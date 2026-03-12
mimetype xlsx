--- v0 (2026-01-30)
+++ v1 (2026-03-12)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R14412ce8847d44b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/896208047be44a9aab720e07e12dd999.psmdcp" Id="R1fc69f8b5f234c2e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rafe0da45f2c34c11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f1ddf82d8bc344b083040ddd5bb58faf.psmdcp" Id="Rf23eb45087664a05" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>NLBNPNL3FSS1</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -390,97 +390,692 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E3"/>
+  <x:dimension ref="A1:E38"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
+        <x:v>46092.8329050926</x:v>
+      </x:c>
+      <x:c r="B3" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C3" s="0">
+        <x:v>0.66</x:v>
+      </x:c>
+      <x:c r="D3" s="0">
+        <x:v>4557.608</x:v>
+      </x:c>
+      <x:c r="E3" s="0">
+        <x:v>5179.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4" spans="1:5">
+      <x:c r="A4" s="1">
+        <x:v>46092.8217592593</x:v>
+      </x:c>
+      <x:c r="B4" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C4" s="0">
+        <x:v>0.66</x:v>
+      </x:c>
+      <x:c r="D4" s="0">
+        <x:v>4557.608</x:v>
+      </x:c>
+      <x:c r="E4" s="0">
+        <x:v>5179.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5" spans="1:5">
+      <x:c r="A5" s="1">
+        <x:v>46091.8213541667</x:v>
+      </x:c>
+      <x:c r="B5" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C5" s="0">
+        <x:v>0.72</x:v>
+      </x:c>
+      <x:c r="D5" s="0">
+        <x:v>4613.048</x:v>
+      </x:c>
+      <x:c r="E5" s="0">
+        <x:v>5242.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="6" spans="1:5">
+      <x:c r="A6" s="1">
+        <x:v>46090.784849537</x:v>
+      </x:c>
+      <x:c r="B6" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C6" s="0">
+        <x:v>0.61</x:v>
+      </x:c>
+      <x:c r="D6" s="0">
+        <x:v>4491.256</x:v>
+      </x:c>
+      <x:c r="E6" s="0">
+        <x:v>5103.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="7" spans="1:5">
+      <x:c r="A7" s="1">
+        <x:v>46087.8165162037</x:v>
+      </x:c>
+      <x:c r="B7" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C7" s="0">
+        <x:v>0.66</x:v>
+      </x:c>
+      <x:c r="D7" s="0">
+        <x:v>4539.656</x:v>
+      </x:c>
+      <x:c r="E7" s="0">
+        <x:v>5158.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="8" spans="1:5">
+      <x:c r="A8" s="1">
+        <x:v>46086.8161805556</x:v>
+      </x:c>
+      <x:c r="B8" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C8" s="0">
+        <x:v>0.59</x:v>
+      </x:c>
+      <x:c r="D8" s="0">
+        <x:v>4469.256</x:v>
+      </x:c>
+      <x:c r="E8" s="0">
+        <x:v>5078.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="9" spans="1:5">
+      <x:c r="A9" s="1">
+        <x:v>46085.8162731481</x:v>
+      </x:c>
+      <x:c r="B9" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C9" s="0">
+        <x:v>0.64</x:v>
+      </x:c>
+      <x:c r="D9" s="0">
+        <x:v>4518.536</x:v>
+      </x:c>
+      <x:c r="E9" s="0">
+        <x:v>5134.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="10" spans="1:5">
+      <x:c r="A10" s="1">
+        <x:v>46084.8163888889</x:v>
+      </x:c>
+      <x:c r="B10" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C10" s="0">
+        <x:v>0.63</x:v>
+      </x:c>
+      <x:c r="D10" s="0">
+        <x:v>4508.856</x:v>
+      </x:c>
+      <x:c r="E10" s="0">
+        <x:v>5123.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="11" spans="1:5">
+      <x:c r="A11" s="1">
+        <x:v>46083.8163194444</x:v>
+      </x:c>
+      <x:c r="B11" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C11" s="0">
+        <x:v>0.84</x:v>
+      </x:c>
+      <x:c r="D11" s="0">
+        <x:v>4674.208</x:v>
+      </x:c>
+      <x:c r="E11" s="0">
+        <x:v>5311.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="12" spans="1:5">
+      <x:c r="A12" s="1">
+        <x:v>46080.819849537</x:v>
+      </x:c>
+      <x:c r="B12" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C12" s="0">
+        <x:v>0.77</x:v>
+      </x:c>
+      <x:c r="D12" s="0">
+        <x:v>4618.152</x:v>
+      </x:c>
+      <x:c r="E12" s="0">
+        <x:v>5247.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="13" spans="1:5">
+      <x:c r="A13" s="1">
+        <x:v>46080.8163425926</x:v>
+      </x:c>
+      <x:c r="B13" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C13" s="0">
+        <x:v>0.77</x:v>
+      </x:c>
+      <x:c r="D13" s="0">
+        <x:v>4618.152</x:v>
+      </x:c>
+      <x:c r="E13" s="0">
+        <x:v>5247.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="14" spans="1:5">
+      <x:c r="A14" s="1">
+        <x:v>46079.8165856482</x:v>
+      </x:c>
+      <x:c r="B14" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C14" s="0">
+        <x:v>0.72</x:v>
+      </x:c>
+      <x:c r="D14" s="0">
+        <x:v>4570.896</x:v>
+      </x:c>
+      <x:c r="E14" s="0">
+        <x:v>5194.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="15" spans="1:5">
+      <x:c r="A15" s="1">
+        <x:v>46078.8752199074</x:v>
+      </x:c>
+      <x:c r="B15" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C15" s="0">
+        <x:v>0.76</x:v>
+      </x:c>
+      <x:c r="D15" s="0">
+        <x:v>4599.056</x:v>
+      </x:c>
+      <x:c r="E15" s="0">
+        <x:v>5226.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="16" spans="1:5">
+      <x:c r="A16" s="1">
+        <x:v>46077.8168055556</x:v>
+      </x:c>
+      <x:c r="B16" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C16" s="0">
+        <x:v>0.71</x:v>
+      </x:c>
+      <x:c r="D16" s="0">
+        <x:v>4555.144</x:v>
+      </x:c>
+      <x:c r="E16" s="0">
+        <x:v>5176.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="17" spans="1:5">
+      <x:c r="A17" s="1">
+        <x:v>46076.8162152778</x:v>
+      </x:c>
+      <x:c r="B17" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C17" s="0">
+        <x:v>0.76</x:v>
+      </x:c>
+      <x:c r="D17" s="0">
+        <x:v>4598.528</x:v>
+      </x:c>
+      <x:c r="E17" s="0">
+        <x:v>5225.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="18" spans="1:5">
+      <x:c r="A18" s="1">
+        <x:v>46073.8161921296</x:v>
+      </x:c>
+      <x:c r="B18" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C18" s="0">
+        <x:v>0.63</x:v>
+      </x:c>
+      <x:c r="D18" s="0">
+        <x:v>4471.192</x:v>
+      </x:c>
+      <x:c r="E18" s="0">
+        <x:v>5080.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="19" spans="1:5">
+      <x:c r="A19" s="1">
+        <x:v>46072.9091203704</x:v>
+      </x:c>
+      <x:c r="B19" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C19" s="0">
+        <x:v>0.57</x:v>
+      </x:c>
+      <x:c r="D19" s="0">
+        <x:v>4397.712</x:v>
+      </x:c>
+      <x:c r="E19" s="0">
+        <x:v>4997.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="20" spans="1:5">
+      <x:c r="A20" s="1">
+        <x:v>46072.8924768519</x:v>
+      </x:c>
+      <x:c r="B20" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C20" s="0">
+        <x:v>0.57</x:v>
+      </x:c>
+      <x:c r="D20" s="0">
+        <x:v>4397.712</x:v>
+      </x:c>
+      <x:c r="E20" s="0">
+        <x:v>4997.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="21" spans="1:5">
+      <x:c r="A21" s="1">
+        <x:v>46072.8585185185</x:v>
+      </x:c>
+      <x:c r="B21" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C21" s="0">
+        <x:v>0.57</x:v>
+      </x:c>
+      <x:c r="D21" s="0">
+        <x:v>4397.712</x:v>
+      </x:c>
+      <x:c r="E21" s="0">
+        <x:v>4997.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="22" spans="1:5">
+      <x:c r="A22" s="1">
+        <x:v>46072.8161921296</x:v>
+      </x:c>
+      <x:c r="B22" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C22" s="0">
+        <x:v>0.57</x:v>
+      </x:c>
+      <x:c r="D22" s="0">
+        <x:v>4397.712</x:v>
+      </x:c>
+      <x:c r="E22" s="0">
+        <x:v>4997.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="23" spans="1:5">
+      <x:c r="A23" s="1">
+        <x:v>46071.8163888889</x:v>
+      </x:c>
+      <x:c r="B23" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C23" s="0">
+        <x:v>0.58</x:v>
+      </x:c>
+      <x:c r="D23" s="0">
+        <x:v>4408.36</x:v>
+      </x:c>
+      <x:c r="E23" s="0">
+        <x:v>5009.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="24" spans="1:5">
+      <x:c r="A24" s="1">
+        <x:v>46070.8161689815</x:v>
+      </x:c>
+      <x:c r="B24" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C24" s="0">
+        <x:v>0.5</x:v>
+      </x:c>
+      <x:c r="D24" s="0">
+        <x:v>4317.192</x:v>
+      </x:c>
+      <x:c r="E24" s="0">
+        <x:v>4905.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="25" spans="1:5">
+      <x:c r="A25" s="1">
+        <x:v>46066.8163657407</x:v>
+      </x:c>
+      <x:c r="B25" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C25" s="0">
+        <x:v>0.63</x:v>
+      </x:c>
+      <x:c r="D25" s="0">
+        <x:v>4440.744</x:v>
+      </x:c>
+      <x:c r="E25" s="0">
+        <x:v>5046.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="26" spans="1:5">
+      <x:c r="A26" s="1">
+        <x:v>46065.8163078704</x:v>
+      </x:c>
+      <x:c r="B26" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C26" s="0">
+        <x:v>0.55</x:v>
+      </x:c>
+      <x:c r="D26" s="0">
+        <x:v>4354.592</x:v>
+      </x:c>
+      <x:c r="E26" s="0">
+        <x:v>4948.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="27" spans="1:5">
+      <x:c r="A27" s="1">
+        <x:v>46064.8162268518</x:v>
+      </x:c>
+      <x:c r="B27" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C27" s="0">
+        <x:v>0.69</x:v>
+      </x:c>
+      <x:c r="D27" s="0">
+        <x:v>4486.68</x:v>
+      </x:c>
+      <x:c r="E27" s="0">
+        <x:v>5098.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="28" spans="1:5">
+      <x:c r="A28" s="1">
+        <x:v>46063.816400463</x:v>
+      </x:c>
+      <x:c r="B28" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C28" s="0">
+        <x:v>0.63</x:v>
+      </x:c>
+      <x:c r="D28" s="0">
+        <x:v>4427.28</x:v>
+      </x:c>
+      <x:c r="E28" s="0">
+        <x:v>5031</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="29" spans="1:5">
+      <x:c r="A29" s="1">
+        <x:v>46062.9109837963</x:v>
+      </x:c>
+      <x:c r="B29" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C29" s="0">
+        <x:v>0.68</x:v>
+      </x:c>
+      <x:c r="D29" s="0">
+        <x:v>4469.872</x:v>
+      </x:c>
+      <x:c r="E29" s="0">
+        <x:v>5079.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="30" spans="1:5">
+      <x:c r="A30" s="1">
+        <x:v>46062.8648958333</x:v>
+      </x:c>
+      <x:c r="B30" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C30" s="0">
+        <x:v>0.68</x:v>
+      </x:c>
+      <x:c r="D30" s="0">
+        <x:v>4469.872</x:v>
+      </x:c>
+      <x:c r="E30" s="0">
+        <x:v>5079.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="31" spans="1:5">
+      <x:c r="A31" s="1">
+        <x:v>46062.8163888889</x:v>
+      </x:c>
+      <x:c r="B31" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C31" s="0">
+        <x:v>0.68</x:v>
+      </x:c>
+      <x:c r="D31" s="0">
+        <x:v>4469.872</x:v>
+      </x:c>
+      <x:c r="E31" s="0">
+        <x:v>5079.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="32" spans="1:5">
+      <x:c r="A32" s="1">
+        <x:v>46059.8655787037</x:v>
+      </x:c>
+      <x:c r="B32" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C32" s="0">
+        <x:v>0.6</x:v>
+      </x:c>
+      <x:c r="D32" s="0">
+        <x:v>4382.224</x:v>
+      </x:c>
+      <x:c r="E32" s="0">
+        <x:v>4979.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="33" spans="1:5">
+      <x:c r="A33" s="1">
+        <x:v>46058.8171527778</x:v>
+      </x:c>
+      <x:c r="B33" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C33" s="0">
+        <x:v>0.53</x:v>
+      </x:c>
+      <x:c r="D33" s="0">
+        <x:v>4302.76</x:v>
+      </x:c>
+      <x:c r="E33" s="0">
+        <x:v>4889.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="34" spans="1:5">
+      <x:c r="A34" s="1">
+        <x:v>46057.8355092593</x:v>
+      </x:c>
+      <x:c r="B34" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C34" s="0">
+        <x:v>0.58</x:v>
+      </x:c>
+      <x:c r="D34" s="0">
+        <x:v>4356.704</x:v>
+      </x:c>
+      <x:c r="E34" s="0">
+        <x:v>4950.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="35" spans="1:5">
+      <x:c r="A35" s="1">
+        <x:v>46056.8221759259</x:v>
+      </x:c>
+      <x:c r="B35" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C35" s="0">
+        <x:v>0.57</x:v>
+      </x:c>
+      <x:c r="D35" s="0">
+        <x:v>4342.8</x:v>
+      </x:c>
+      <x:c r="E35" s="0">
+        <x:v>4935</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="36" spans="1:5">
+      <x:c r="A36" s="1">
+        <x:v>46055.8181481482</x:v>
+      </x:c>
+      <x:c r="B36" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C36" s="0">
+        <x:v>0.37</x:v>
+      </x:c>
+      <x:c r="D36" s="0">
+        <x:v>4094.288</x:v>
+      </x:c>
+      <x:c r="E36" s="0">
+        <x:v>4652.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="37" spans="1:5">
+      <x:c r="A37" s="1">
+        <x:v>46052.8217476852</x:v>
+      </x:c>
+      <x:c r="B37" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C37" s="0">
+        <x:v>0.61</x:v>
+      </x:c>
+      <x:c r="D37" s="0">
+        <x:v>4175.688</x:v>
+      </x:c>
+      <x:c r="E37" s="0">
+        <x:v>4745.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="38" spans="1:5">
+      <x:c r="A38" s="1">
         <x:v>46051.9028240741</x:v>
       </x:c>
-      <x:c r="B3" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C3" s="0">
+      <x:c r="B38" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C38" s="0">
         <x:v>2.99</x:v>
       </x:c>
-      <x:c r="D3" s="0">
+      <x:c r="D38" s="0">
         <x:v>4712.224</x:v>
       </x:c>
-      <x:c r="E3" s="0">
+      <x:c r="E38" s="0">
         <x:v>5354.8</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>