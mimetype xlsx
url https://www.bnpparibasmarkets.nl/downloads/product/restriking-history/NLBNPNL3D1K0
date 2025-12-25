--- v0 (2025-12-05)
+++ v1 (2025-12-25)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5513c3eb6d7e4624" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3947ed4f2b644d998511cee940e2868b.psmdcp" Id="R1041d4124b714358" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcd4b7a47bf584efc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d23ec40e5057430e979733646afb3f96.psmdcp" Id="Rbf5a40522ed644f0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>NLBNPNL3D1K0</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -390,556 +390,930 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E30"/>
+  <x:dimension ref="A1:E52"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>45995.9303703704</x:v>
+        <x:v>46015.925462963</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
-        <x:v>2.45</x:v>
+        <x:v>2.16</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>27371.017</x:v>
+        <x:v>27451.86</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>25581.7</x:v>
+        <x:v>25656.15</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>45995.3278819444</x:v>
+        <x:v>46015.7976967593</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
-        <x:v>2.42</x:v>
+        <x:v>2.16</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>27397.595</x:v>
+        <x:v>27451.856</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>25606.54</x:v>
+        <x:v>25656.146</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>45994.9277662037</x:v>
+        <x:v>46015.3842824074</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
-        <x:v>2.42</x:v>
+        <x:v>2.26</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>27397.49</x:v>
+        <x:v>27378.758</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>25606.54</x:v>
+        <x:v>25587.83</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>45994.3371990741</x:v>
+        <x:v>46014.9278356481</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
-        <x:v>2.42</x:v>
+        <x:v>2.23</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>27343.262</x:v>
+        <x:v>27378.978</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>25555.86</x:v>
+        <x:v>25587.83</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>45993.9304050926</x:v>
+        <x:v>46013.9284722222</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
-        <x:v>2.48</x:v>
+        <x:v>2.37</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>27344.77</x:v>
+        <x:v>27241.297</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>25555.86</x:v>
+        <x:v>25461.7</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>45992.9296875</x:v>
+        <x:v>46013.2967013889</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
-        <x:v>2.76</x:v>
+        <x:v>2.39</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>27116.848</x:v>
+        <x:v>27117.691</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>25342.849</x:v>
+        <x:v>25346.18</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>45989.8196990741</x:v>
+        <x:v>46010.9276388889</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
-        <x:v>2.64</x:v>
+        <x:v>2.51</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>27214.383</x:v>
+        <x:v>27120.413</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>25434.889</x:v>
+        <x:v>25346.18</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>45989.3082523148</x:v>
+        <x:v>46009.9307523148</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
-        <x:v>2.84</x:v>
+        <x:v>2.97</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>27002.577</x:v>
+        <x:v>26770.726</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>25236.939</x:v>
+        <x:v>25019.37</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>45987.9266087963</x:v>
+        <x:v>46008.9276736111</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
-        <x:v>2.91</x:v>
+        <x:v>3.63</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>27002.005</x:v>
+        <x:v>26372.943</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>25236.939</x:v>
+        <x:v>24647.61</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>45987.319537037</x:v>
+        <x:v>46007.9278472222</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C12" s="0">
-        <x:v>3.08</x:v>
+        <x:v>2.94</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>26768.125</x:v>
+        <x:v>26892.246</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>25018.36</x:v>
+        <x:v>25132.94</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>45986.9251157407</x:v>
+        <x:v>46006.9271412037</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0">
-        <x:v>3.25</x:v>
+        <x:v>3.04</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>26769.536</x:v>
+        <x:v>26819.985</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>25018.36</x:v>
+        <x:v>25067.27</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>45986.3107407407</x:v>
+        <x:v>46006.3081134259</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C14" s="0">
-        <x:v>3.52</x:v>
+        <x:v>2.78</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>26614.91</x:v>
+        <x:v>26958.507</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>24873.85</x:v>
+        <x:v>25196.73</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>45985.3068518518</x:v>
+        <x:v>46003.927037037</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
-        <x:v>4.61</x:v>
+        <x:v>2.86</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>25936.018</x:v>
+        <x:v>26959.589</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>24239.573</x:v>
+        <x:v>25196.73</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>45982.9249074074</x:v>
+        <x:v>46003.3313773148</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C16" s="0">
-        <x:v>5.08</x:v>
+        <x:v>2.35</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>25934.646</x:v>
+        <x:v>27483.846</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>24239.573</x:v>
+        <x:v>25686.69</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>45982.3124884259</x:v>
+        <x:v>46002.9321180556</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C17" s="0">
-        <x:v>5.5</x:v>
+        <x:v>2.33</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>25736.49</x:v>
+        <x:v>27484.758</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>24054.38</x:v>
+        <x:v>25686.69</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>45981.9259722222</x:v>
+        <x:v>46001.9271180556</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="0">
-        <x:v>5.6</x:v>
+        <x:v>2.23</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>25733.698</x:v>
+        <x:v>27580.452</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>24054.38</x:v>
+        <x:v>25776.44</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>45981.3119675926</x:v>
+        <x:v>46001.3340740741</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C19" s="0">
-        <x:v>3.4</x:v>
+        <x:v>2.35</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>26360.863</x:v>
+        <x:v>27465.16</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>24640.515</x:v>
+        <x:v>25668.69</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
-        <x:v>45980.9264583333</x:v>
+        <x:v>46000.9276273148</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C20" s="0">
-        <x:v>4.36</x:v>
+        <x:v>2.35</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>26365.174</x:v>
+        <x:v>27465.323</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>24640.515</x:v>
+        <x:v>25668.69</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="1">
-        <x:v>45980.3054166667</x:v>
+        <x:v>46000.3338425926</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C21" s="0">
-        <x:v>4.8</x:v>
+        <x:v>2.38</x:v>
       </x:c>
       <x:c r="D21" s="0">
-        <x:v>26218.136</x:v>
+        <x:v>27421.731</x:v>
       </x:c>
       <x:c r="E21" s="0">
-        <x:v>24503.096</x:v>
+        <x:v>25627.95</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="1">
-        <x:v>45979.9258680556</x:v>
+        <x:v>45999.3304282407</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C22" s="0">
-        <x:v>4.68</x:v>
+        <x:v>2.25</x:v>
       </x:c>
       <x:c r="D22" s="0">
-        <x:v>26217.757</x:v>
+        <x:v>27488.577</x:v>
       </x:c>
       <x:c r="E22" s="0">
-        <x:v>24503.096</x:v>
+        <x:v>25692.05</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="1">
-        <x:v>45979.3133912037</x:v>
+        <x:v>45996.9307986111</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C23" s="0">
-        <x:v>4.39</x:v>
+        <x:v>2.32</x:v>
       </x:c>
       <x:c r="D23" s="0">
-        <x:v>26535.357</x:v>
+        <x:v>27487.503</x:v>
       </x:c>
       <x:c r="E23" s="0">
-        <x:v>24799.918</x:v>
+        <x:v>25692.05</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="1">
-        <x:v>45978.9282175926</x:v>
+        <x:v>45996.3408449074</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C24" s="0">
-        <x:v>4.09</x:v>
+        <x:v>2.34</x:v>
       </x:c>
       <x:c r="D24" s="0">
-        <x:v>26535.42</x:v>
+        <x:v>27369.428</x:v>
       </x:c>
       <x:c r="E24" s="0">
-        <x:v>24799.918</x:v>
+        <x:v>25581.7</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="1">
-        <x:v>45978.3022569444</x:v>
+        <x:v>45995.9303703704</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C25" s="0">
-        <x:v>3.44</x:v>
+        <x:v>2.45</x:v>
       </x:c>
       <x:c r="D25" s="0">
-        <x:v>26758.326</x:v>
+        <x:v>27371.017</x:v>
       </x:c>
       <x:c r="E25" s="0">
-        <x:v>25008.242</x:v>
+        <x:v>25581.7</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="1">
-        <x:v>45975.9258449074</x:v>
+        <x:v>45995.3278819444</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C26" s="0">
-        <x:v>3.71</x:v>
+        <x:v>2.42</x:v>
       </x:c>
       <x:c r="D26" s="0">
-        <x:v>26755.775</x:v>
+        <x:v>27397.595</x:v>
       </x:c>
       <x:c r="E26" s="0">
-        <x:v>25008.242</x:v>
+        <x:v>25606.54</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="1">
-        <x:v>45975.3077662037</x:v>
+        <x:v>45994.9277662037</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C27" s="0">
-        <x:v>3.72</x:v>
+        <x:v>2.42</x:v>
       </x:c>
       <x:c r="D27" s="0">
-        <x:v>26739.961</x:v>
+        <x:v>27397.49</x:v>
       </x:c>
       <x:c r="E27" s="0">
-        <x:v>24993.463</x:v>
+        <x:v>25606.54</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="1">
-        <x:v>45974.9248958333</x:v>
+        <x:v>45994.3371990741</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C28" s="0">
-        <x:v>3.74</x:v>
+        <x:v>2.42</x:v>
       </x:c>
       <x:c r="D28" s="0">
-        <x:v>26742.622</x:v>
+        <x:v>27343.262</x:v>
       </x:c>
       <x:c r="E28" s="0">
-        <x:v>24993.463</x:v>
+        <x:v>25555.86</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="1">
-        <x:v>45974.3773148148</x:v>
+        <x:v>45993.9304050926</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C29" s="0">
-        <x:v>2.9</x:v>
+        <x:v>2.48</x:v>
       </x:c>
       <x:c r="D29" s="0">
-        <x:v>27303.158</x:v>
+        <x:v>27344.77</x:v>
       </x:c>
       <x:c r="E29" s="0">
-        <x:v>25517.328</x:v>
+        <x:v>25555.86</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="1">
+        <x:v>45992.9296875</x:v>
+      </x:c>
+      <x:c r="B30" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C30" s="0">
+        <x:v>2.76</x:v>
+      </x:c>
+      <x:c r="D30" s="0">
+        <x:v>27116.848</x:v>
+      </x:c>
+      <x:c r="E30" s="0">
+        <x:v>25342.849</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="31" spans="1:5">
+      <x:c r="A31" s="1">
+        <x:v>45989.8196990741</x:v>
+      </x:c>
+      <x:c r="B31" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C31" s="0">
+        <x:v>2.64</x:v>
+      </x:c>
+      <x:c r="D31" s="0">
+        <x:v>27214.383</x:v>
+      </x:c>
+      <x:c r="E31" s="0">
+        <x:v>25434.889</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="32" spans="1:5">
+      <x:c r="A32" s="1">
+        <x:v>45989.3082523148</x:v>
+      </x:c>
+      <x:c r="B32" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C32" s="0">
+        <x:v>2.84</x:v>
+      </x:c>
+      <x:c r="D32" s="0">
+        <x:v>27002.577</x:v>
+      </x:c>
+      <x:c r="E32" s="0">
+        <x:v>25236.939</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="33" spans="1:5">
+      <x:c r="A33" s="1">
+        <x:v>45987.9266087963</x:v>
+      </x:c>
+      <x:c r="B33" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C33" s="0">
+        <x:v>2.91</x:v>
+      </x:c>
+      <x:c r="D33" s="0">
+        <x:v>27002.005</x:v>
+      </x:c>
+      <x:c r="E33" s="0">
+        <x:v>25236.939</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="34" spans="1:5">
+      <x:c r="A34" s="1">
+        <x:v>45987.319537037</x:v>
+      </x:c>
+      <x:c r="B34" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C34" s="0">
+        <x:v>3.08</x:v>
+      </x:c>
+      <x:c r="D34" s="0">
+        <x:v>26768.125</x:v>
+      </x:c>
+      <x:c r="E34" s="0">
+        <x:v>25018.36</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="35" spans="1:5">
+      <x:c r="A35" s="1">
+        <x:v>45986.9251157407</x:v>
+      </x:c>
+      <x:c r="B35" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C35" s="0">
+        <x:v>3.25</x:v>
+      </x:c>
+      <x:c r="D35" s="0">
+        <x:v>26769.536</x:v>
+      </x:c>
+      <x:c r="E35" s="0">
+        <x:v>25018.36</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="36" spans="1:5">
+      <x:c r="A36" s="1">
+        <x:v>45986.3107407407</x:v>
+      </x:c>
+      <x:c r="B36" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C36" s="0">
+        <x:v>3.52</x:v>
+      </x:c>
+      <x:c r="D36" s="0">
+        <x:v>26614.91</x:v>
+      </x:c>
+      <x:c r="E36" s="0">
+        <x:v>24873.85</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="37" spans="1:5">
+      <x:c r="A37" s="1">
+        <x:v>45985.3068518518</x:v>
+      </x:c>
+      <x:c r="B37" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C37" s="0">
+        <x:v>4.61</x:v>
+      </x:c>
+      <x:c r="D37" s="0">
+        <x:v>25936.018</x:v>
+      </x:c>
+      <x:c r="E37" s="0">
+        <x:v>24239.573</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="38" spans="1:5">
+      <x:c r="A38" s="1">
+        <x:v>45982.9249074074</x:v>
+      </x:c>
+      <x:c r="B38" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C38" s="0">
+        <x:v>5.08</x:v>
+      </x:c>
+      <x:c r="D38" s="0">
+        <x:v>25934.646</x:v>
+      </x:c>
+      <x:c r="E38" s="0">
+        <x:v>24239.573</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="39" spans="1:5">
+      <x:c r="A39" s="1">
+        <x:v>45982.3124884259</x:v>
+      </x:c>
+      <x:c r="B39" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C39" s="0">
+        <x:v>5.5</x:v>
+      </x:c>
+      <x:c r="D39" s="0">
+        <x:v>25736.49</x:v>
+      </x:c>
+      <x:c r="E39" s="0">
+        <x:v>24054.38</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="40" spans="1:5">
+      <x:c r="A40" s="1">
+        <x:v>45981.9259722222</x:v>
+      </x:c>
+      <x:c r="B40" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C40" s="0">
+        <x:v>5.6</x:v>
+      </x:c>
+      <x:c r="D40" s="0">
+        <x:v>25733.698</x:v>
+      </x:c>
+      <x:c r="E40" s="0">
+        <x:v>24054.38</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="41" spans="1:5">
+      <x:c r="A41" s="1">
+        <x:v>45981.3119675926</x:v>
+      </x:c>
+      <x:c r="B41" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C41" s="0">
+        <x:v>3.4</x:v>
+      </x:c>
+      <x:c r="D41" s="0">
+        <x:v>26360.863</x:v>
+      </x:c>
+      <x:c r="E41" s="0">
+        <x:v>24640.515</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="42" spans="1:5">
+      <x:c r="A42" s="1">
+        <x:v>45980.9264583333</x:v>
+      </x:c>
+      <x:c r="B42" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C42" s="0">
+        <x:v>4.36</x:v>
+      </x:c>
+      <x:c r="D42" s="0">
+        <x:v>26365.174</x:v>
+      </x:c>
+      <x:c r="E42" s="0">
+        <x:v>24640.515</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="43" spans="1:5">
+      <x:c r="A43" s="1">
+        <x:v>45980.3054166667</x:v>
+      </x:c>
+      <x:c r="B43" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C43" s="0">
+        <x:v>4.8</x:v>
+      </x:c>
+      <x:c r="D43" s="0">
+        <x:v>26218.136</x:v>
+      </x:c>
+      <x:c r="E43" s="0">
+        <x:v>24503.096</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="44" spans="1:5">
+      <x:c r="A44" s="1">
+        <x:v>45979.9258680556</x:v>
+      </x:c>
+      <x:c r="B44" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C44" s="0">
+        <x:v>4.68</x:v>
+      </x:c>
+      <x:c r="D44" s="0">
+        <x:v>26217.757</x:v>
+      </x:c>
+      <x:c r="E44" s="0">
+        <x:v>24503.096</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="45" spans="1:5">
+      <x:c r="A45" s="1">
+        <x:v>45979.3133912037</x:v>
+      </x:c>
+      <x:c r="B45" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C45" s="0">
+        <x:v>4.39</x:v>
+      </x:c>
+      <x:c r="D45" s="0">
+        <x:v>26535.357</x:v>
+      </x:c>
+      <x:c r="E45" s="0">
+        <x:v>24799.918</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="46" spans="1:5">
+      <x:c r="A46" s="1">
+        <x:v>45978.9282175926</x:v>
+      </x:c>
+      <x:c r="B46" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C46" s="0">
+        <x:v>4.09</x:v>
+      </x:c>
+      <x:c r="D46" s="0">
+        <x:v>26535.42</x:v>
+      </x:c>
+      <x:c r="E46" s="0">
+        <x:v>24799.918</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="47" spans="1:5">
+      <x:c r="A47" s="1">
+        <x:v>45978.3022569444</x:v>
+      </x:c>
+      <x:c r="B47" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C47" s="0">
+        <x:v>3.44</x:v>
+      </x:c>
+      <x:c r="D47" s="0">
+        <x:v>26758.326</x:v>
+      </x:c>
+      <x:c r="E47" s="0">
+        <x:v>25008.242</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="48" spans="1:5">
+      <x:c r="A48" s="1">
+        <x:v>45975.9258449074</x:v>
+      </x:c>
+      <x:c r="B48" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C48" s="0">
+        <x:v>3.71</x:v>
+      </x:c>
+      <x:c r="D48" s="0">
+        <x:v>26755.775</x:v>
+      </x:c>
+      <x:c r="E48" s="0">
+        <x:v>25008.242</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="49" spans="1:5">
+      <x:c r="A49" s="1">
+        <x:v>45975.3077662037</x:v>
+      </x:c>
+      <x:c r="B49" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C49" s="0">
+        <x:v>3.72</x:v>
+      </x:c>
+      <x:c r="D49" s="0">
+        <x:v>26739.961</x:v>
+      </x:c>
+      <x:c r="E49" s="0">
+        <x:v>24993.463</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="50" spans="1:5">
+      <x:c r="A50" s="1">
+        <x:v>45974.9248958333</x:v>
+      </x:c>
+      <x:c r="B50" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C50" s="0">
+        <x:v>3.74</x:v>
+      </x:c>
+      <x:c r="D50" s="0">
+        <x:v>26742.622</x:v>
+      </x:c>
+      <x:c r="E50" s="0">
+        <x:v>24993.463</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="51" spans="1:5">
+      <x:c r="A51" s="1">
+        <x:v>45974.3773148148</x:v>
+      </x:c>
+      <x:c r="B51" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C51" s="0">
+        <x:v>2.9</x:v>
+      </x:c>
+      <x:c r="D51" s="0">
+        <x:v>27303.158</x:v>
+      </x:c>
+      <x:c r="E51" s="0">
+        <x:v>25517.328</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="52" spans="1:5">
+      <x:c r="A52" s="1">
         <x:v>45973.9253125</x:v>
       </x:c>
-      <x:c r="B30" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C30" s="0">
+      <x:c r="B52" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C52" s="0">
         <x:v>3</x:v>
       </x:c>
-      <x:c r="D30" s="0">
+      <x:c r="D52" s="0">
         <x:v>27303.541</x:v>
       </x:c>
-      <x:c r="E30" s="0">
+      <x:c r="E52" s="0">
         <x:v>25517.328</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>