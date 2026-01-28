--- v1 (2025-12-25)
+++ v2 (2026-01-28)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcd4b7a47bf584efc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d23ec40e5057430e979733646afb3f96.psmdcp" Id="Rbf5a40522ed644f0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4745cd922721485e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d6823151bf9046679de26831d051f2fd.psmdcp" Id="R5a8b6cf185164bfa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>NLBNPNL3D1K0</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -390,930 +390,1389 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E52"/>
+  <x:dimension ref="A1:E79"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>46015.925462963</x:v>
+        <x:v>46050.299212963</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
-        <x:v>2.16</x:v>
+        <x:v>1.59</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>27451.86</x:v>
+        <x:v>27754.996</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>25656.15</x:v>
+        <x:v>25939.74</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>46015.7976967593</x:v>
+        <x:v>46049.9250462963</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
-        <x:v>2.16</x:v>
+        <x:v>1.74</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>27451.856</x:v>
+        <x:v>27755.522</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>25656.146</x:v>
+        <x:v>25939.74</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>46015.3842824074</x:v>
+        <x:v>46048.9248726852</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
-        <x:v>2.26</x:v>
+        <x:v>1.94</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>27378.758</x:v>
+        <x:v>27513.135</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>25587.83</x:v>
+        <x:v>25713.21</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>46014.9278356481</x:v>
+        <x:v>46045.9251851852</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
-        <x:v>2.23</x:v>
+        <x:v>2.04</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>27378.978</x:v>
+        <x:v>27397.853</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>25587.83</x:v>
+        <x:v>25605.47</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>46013.9284722222</x:v>
+        <x:v>46044.9246180556</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
-        <x:v>2.37</x:v>
+        <x:v>2.13</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>27241.297</x:v>
+        <x:v>27304.634</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>25461.7</x:v>
+        <x:v>25518.35</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>46013.2967013889</x:v>
+        <x:v>46043.9254861111</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
-        <x:v>2.39</x:v>
+        <x:v>2.34</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>27117.691</x:v>
+        <x:v>27099.441</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>25346.18</x:v>
+        <x:v>25326.58</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>46010.9276388889</x:v>
+        <x:v>46042.9278935185</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
-        <x:v>2.51</x:v>
+        <x:v>2.79</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>27120.413</x:v>
+        <x:v>26736.7</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>25346.18</x:v>
+        <x:v>24987.57</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>46009.9307523148</x:v>
+        <x:v>46038.9244212963</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
-        <x:v>2.97</x:v>
+        <x:v>2.22</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>26770.726</x:v>
+        <x:v>27316.308</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>25019.37</x:v>
+        <x:v>25529.26</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>46008.9276736111</x:v>
+        <x:v>46037.9281134259</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
-        <x:v>3.63</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>26372.943</x:v>
+        <x:v>27335.365</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>24647.61</x:v>
+        <x:v>25547.07</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>46007.9278472222</x:v>
+        <x:v>46036.9273611111</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C12" s="0">
-        <x:v>2.94</x:v>
+        <x:v>2.29</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>26892.246</x:v>
+        <x:v>27246.886</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>25132.94</x:v>
+        <x:v>25465.94</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>46006.9271412037</x:v>
+        <x:v>46036.3276157407</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0">
-        <x:v>3.04</x:v>
+        <x:v>2.08</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>26819.985</x:v>
+        <x:v>27542.217</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>25067.27</x:v>
+        <x:v>25741.95</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>46006.3081134259</x:v>
+        <x:v>46035.9280092593</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C14" s="0">
-        <x:v>2.78</x:v>
+        <x:v>2.03</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>26958.507</x:v>
+        <x:v>27543.886</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>25196.73</x:v>
+        <x:v>25741.95</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>46003.927037037</x:v>
+        <x:v>46034.9279282407</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
-        <x:v>2.86</x:v>
+        <x:v>1.99</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>26959.589</x:v>
+        <x:v>27592.796</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>25196.73</x:v>
+        <x:v>25787.66</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>46003.3313773148</x:v>
+        <x:v>46031.929224537</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C16" s="0">
-        <x:v>2.35</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>27483.846</x:v>
+        <x:v>27569.339</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>25686.69</x:v>
+        <x:v>25766.26</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>46002.9321180556</x:v>
+        <x:v>46031.324849537</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C17" s="0">
-        <x:v>2.33</x:v>
+        <x:v>2.26</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>27484.758</x:v>
+        <x:v>27292.038</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>25686.69</x:v>
+        <x:v>25507.1</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>46001.9271180556</x:v>
+        <x:v>46030.9270949074</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="0">
-        <x:v>2.23</x:v>
+        <x:v>2.28</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>27580.452</x:v>
+        <x:v>27292.597</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>25776.44</x:v>
+        <x:v>25507.1</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>46001.3340740741</x:v>
+        <x:v>46029.9278819444</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C19" s="0">
-        <x:v>2.35</x:v>
+        <x:v>2.13</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>27465.16</x:v>
+        <x:v>27449.673</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>25668.69</x:v>
+        <x:v>25653.9</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
-        <x:v>46000.9276273148</x:v>
+        <x:v>46028.9272222222</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C20" s="0">
-        <x:v>2.35</x:v>
+        <x:v>2.15</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>27465.323</x:v>
+        <x:v>27434.49</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>25668.69</x:v>
+        <x:v>25639.71</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="1">
-        <x:v>46000.3338425926</x:v>
+        <x:v>46027.9295717593</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C21" s="0">
-        <x:v>2.38</x:v>
+        <x:v>2.42</x:v>
       </x:c>
       <x:c r="D21" s="0">
-        <x:v>27421.731</x:v>
+        <x:v>27179.412</x:v>
       </x:c>
       <x:c r="E21" s="0">
-        <x:v>25627.95</x:v>
+        <x:v>25401.32</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="1">
-        <x:v>45999.3304282407</x:v>
+        <x:v>46024.9271875</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C22" s="0">
-        <x:v>2.25</x:v>
+        <x:v>2.66</x:v>
       </x:c>
       <x:c r="D22" s="0">
-        <x:v>27488.577</x:v>
+        <x:v>26967.775</x:v>
       </x:c>
       <x:c r="E22" s="0">
-        <x:v>25692.05</x:v>
+        <x:v>25206.17</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="1">
-        <x:v>45996.9307986111</x:v>
+        <x:v>46024.2881712963</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C23" s="0">
-        <x:v>2.32</x:v>
+        <x:v>2.38</x:v>
       </x:c>
       <x:c r="D23" s="0">
-        <x:v>27487.503</x:v>
+        <x:v>27014.513</x:v>
       </x:c>
       <x:c r="E23" s="0">
-        <x:v>25692.05</x:v>
+        <x:v>25249.85</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="1">
-        <x:v>45996.3408449074</x:v>
+        <x:v>46022.9253125</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C24" s="0">
-        <x:v>2.34</x:v>
+        <x:v>2.61</x:v>
       </x:c>
       <x:c r="D24" s="0">
-        <x:v>27369.428</x:v>
+        <x:v>27016.337</x:v>
       </x:c>
       <x:c r="E24" s="0">
-        <x:v>25581.7</x:v>
+        <x:v>25249.85</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="1">
-        <x:v>45995.9303703704</x:v>
+        <x:v>46022.3246527778</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C25" s="0">
         <x:v>2.45</x:v>
       </x:c>
       <x:c r="D25" s="0">
-        <x:v>27371.017</x:v>
+        <x:v>27243.937</x:v>
       </x:c>
       <x:c r="E25" s="0">
-        <x:v>25581.7</x:v>
+        <x:v>25462.56</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="1">
-        <x:v>45995.3278819444</x:v>
+        <x:v>46021.927025463</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C26" s="0">
-        <x:v>2.42</x:v>
+        <x:v>2.37</x:v>
       </x:c>
       <x:c r="D26" s="0">
-        <x:v>27397.595</x:v>
+        <x:v>27244.939</x:v>
       </x:c>
       <x:c r="E26" s="0">
-        <x:v>25606.54</x:v>
+        <x:v>25462.56</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="1">
-        <x:v>45994.9277662037</x:v>
+        <x:v>46020.9274421296</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C27" s="0">
-        <x:v>2.42</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="D27" s="0">
-        <x:v>27397.49</x:v>
+        <x:v>27311.7</x:v>
       </x:c>
       <x:c r="E27" s="0">
-        <x:v>25606.54</x:v>
+        <x:v>25525.56</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="1">
-        <x:v>45994.3371990741</x:v>
+        <x:v>46020.3324884259</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C28" s="0">
-        <x:v>2.42</x:v>
+        <x:v>2.22</x:v>
       </x:c>
       <x:c r="D28" s="0">
-        <x:v>27343.262</x:v>
+        <x:v>27438.848</x:v>
       </x:c>
       <x:c r="E28" s="0">
-        <x:v>25555.86</x:v>
+        <x:v>25644.39</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="1">
-        <x:v>45993.9304050926</x:v>
+        <x:v>46017.9264351852</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C29" s="0">
-        <x:v>2.48</x:v>
+        <x:v>2.18</x:v>
       </x:c>
       <x:c r="D29" s="0">
-        <x:v>27344.77</x:v>
+        <x:v>27439.497</x:v>
       </x:c>
       <x:c r="E29" s="0">
-        <x:v>25555.86</x:v>
+        <x:v>25644.39</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="1">
-        <x:v>45992.9296875</x:v>
+        <x:v>46015.925462963</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C30" s="0">
-        <x:v>2.76</x:v>
+        <x:v>2.16</x:v>
       </x:c>
       <x:c r="D30" s="0">
-        <x:v>27116.848</x:v>
+        <x:v>27451.86</x:v>
       </x:c>
       <x:c r="E30" s="0">
-        <x:v>25342.849</x:v>
+        <x:v>25656.15</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="1">
-        <x:v>45989.8196990741</x:v>
+        <x:v>46015.7976967593</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C31" s="0">
-        <x:v>2.64</x:v>
+        <x:v>2.16</x:v>
       </x:c>
       <x:c r="D31" s="0">
-        <x:v>27214.383</x:v>
+        <x:v>27451.856</x:v>
       </x:c>
       <x:c r="E31" s="0">
-        <x:v>25434.889</x:v>
+        <x:v>25656.146</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="1">
-        <x:v>45989.3082523148</x:v>
+        <x:v>46015.3842824074</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C32" s="0">
-        <x:v>2.84</x:v>
+        <x:v>2.26</x:v>
       </x:c>
       <x:c r="D32" s="0">
-        <x:v>27002.577</x:v>
+        <x:v>27378.758</x:v>
       </x:c>
       <x:c r="E32" s="0">
-        <x:v>25236.939</x:v>
+        <x:v>25587.83</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="1">
-        <x:v>45987.9266087963</x:v>
+        <x:v>46014.9278356481</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C33" s="0">
-        <x:v>2.91</x:v>
+        <x:v>2.23</x:v>
       </x:c>
       <x:c r="D33" s="0">
-        <x:v>27002.005</x:v>
+        <x:v>27378.978</x:v>
       </x:c>
       <x:c r="E33" s="0">
-        <x:v>25236.939</x:v>
+        <x:v>25587.83</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="1">
-        <x:v>45987.319537037</x:v>
+        <x:v>46013.9284722222</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C34" s="0">
-        <x:v>3.08</x:v>
+        <x:v>2.37</x:v>
       </x:c>
       <x:c r="D34" s="0">
-        <x:v>26768.125</x:v>
+        <x:v>27241.297</x:v>
       </x:c>
       <x:c r="E34" s="0">
-        <x:v>25018.36</x:v>
+        <x:v>25461.7</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="1">
-        <x:v>45986.9251157407</x:v>
+        <x:v>46013.2967013889</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C35" s="0">
-        <x:v>3.25</x:v>
+        <x:v>2.39</x:v>
       </x:c>
       <x:c r="D35" s="0">
-        <x:v>26769.536</x:v>
+        <x:v>27117.691</x:v>
       </x:c>
       <x:c r="E35" s="0">
-        <x:v>25018.36</x:v>
+        <x:v>25346.18</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="1">
-        <x:v>45986.3107407407</x:v>
+        <x:v>46010.9276388889</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C36" s="0">
-        <x:v>3.52</x:v>
+        <x:v>2.51</x:v>
       </x:c>
       <x:c r="D36" s="0">
-        <x:v>26614.91</x:v>
+        <x:v>27120.413</x:v>
       </x:c>
       <x:c r="E36" s="0">
-        <x:v>24873.85</x:v>
+        <x:v>25346.18</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="1">
-        <x:v>45985.3068518518</x:v>
+        <x:v>46009.9307523148</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C37" s="0">
-        <x:v>4.61</x:v>
+        <x:v>2.97</x:v>
       </x:c>
       <x:c r="D37" s="0">
-        <x:v>25936.018</x:v>
+        <x:v>26770.726</x:v>
       </x:c>
       <x:c r="E37" s="0">
-        <x:v>24239.573</x:v>
+        <x:v>25019.37</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="1">
-        <x:v>45982.9249074074</x:v>
+        <x:v>46008.9276736111</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C38" s="0">
-        <x:v>5.08</x:v>
+        <x:v>3.63</x:v>
       </x:c>
       <x:c r="D38" s="0">
-        <x:v>25934.646</x:v>
+        <x:v>26372.943</x:v>
       </x:c>
       <x:c r="E38" s="0">
-        <x:v>24239.573</x:v>
+        <x:v>24647.61</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="1">
-        <x:v>45982.3124884259</x:v>
+        <x:v>46007.9278472222</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C39" s="0">
-        <x:v>5.5</x:v>
+        <x:v>2.94</x:v>
       </x:c>
       <x:c r="D39" s="0">
-        <x:v>25736.49</x:v>
+        <x:v>26892.246</x:v>
       </x:c>
       <x:c r="E39" s="0">
-        <x:v>24054.38</x:v>
+        <x:v>25132.94</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="1">
-        <x:v>45981.9259722222</x:v>
+        <x:v>46006.9271412037</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C40" s="0">
-        <x:v>5.6</x:v>
+        <x:v>3.04</x:v>
       </x:c>
       <x:c r="D40" s="0">
-        <x:v>25733.698</x:v>
+        <x:v>26819.985</x:v>
       </x:c>
       <x:c r="E40" s="0">
-        <x:v>24054.38</x:v>
+        <x:v>25067.27</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="1">
-        <x:v>45981.3119675926</x:v>
+        <x:v>46006.3081134259</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C41" s="0">
-        <x:v>3.4</x:v>
+        <x:v>2.78</x:v>
       </x:c>
       <x:c r="D41" s="0">
-        <x:v>26360.863</x:v>
+        <x:v>26958.507</x:v>
       </x:c>
       <x:c r="E41" s="0">
-        <x:v>24640.515</x:v>
+        <x:v>25196.73</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="1">
-        <x:v>45980.9264583333</x:v>
+        <x:v>46003.927037037</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C42" s="0">
-        <x:v>4.36</x:v>
+        <x:v>2.86</x:v>
       </x:c>
       <x:c r="D42" s="0">
-        <x:v>26365.174</x:v>
+        <x:v>26959.589</x:v>
       </x:c>
       <x:c r="E42" s="0">
-        <x:v>24640.515</x:v>
+        <x:v>25196.73</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="1">
-        <x:v>45980.3054166667</x:v>
+        <x:v>46003.3313773148</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C43" s="0">
-        <x:v>4.8</x:v>
+        <x:v>2.35</x:v>
       </x:c>
       <x:c r="D43" s="0">
-        <x:v>26218.136</x:v>
+        <x:v>27483.846</x:v>
       </x:c>
       <x:c r="E43" s="0">
-        <x:v>24503.096</x:v>
+        <x:v>25686.69</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="1">
-        <x:v>45979.9258680556</x:v>
+        <x:v>46002.9321180556</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C44" s="0">
-        <x:v>4.68</x:v>
+        <x:v>2.33</x:v>
       </x:c>
       <x:c r="D44" s="0">
-        <x:v>26217.757</x:v>
+        <x:v>27484.758</x:v>
       </x:c>
       <x:c r="E44" s="0">
-        <x:v>24503.096</x:v>
+        <x:v>25686.69</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="1">
-        <x:v>45979.3133912037</x:v>
+        <x:v>46001.9271180556</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C45" s="0">
-        <x:v>4.39</x:v>
+        <x:v>2.23</x:v>
       </x:c>
       <x:c r="D45" s="0">
-        <x:v>26535.357</x:v>
+        <x:v>27580.452</x:v>
       </x:c>
       <x:c r="E45" s="0">
-        <x:v>24799.918</x:v>
+        <x:v>25776.44</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="1">
-        <x:v>45978.9282175926</x:v>
+        <x:v>46001.3340740741</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C46" s="0">
-        <x:v>4.09</x:v>
+        <x:v>2.35</x:v>
       </x:c>
       <x:c r="D46" s="0">
-        <x:v>26535.42</x:v>
+        <x:v>27465.16</x:v>
       </x:c>
       <x:c r="E46" s="0">
-        <x:v>24799.918</x:v>
+        <x:v>25668.69</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="1">
-        <x:v>45978.3022569444</x:v>
+        <x:v>46000.9276273148</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C47" s="0">
-        <x:v>3.44</x:v>
+        <x:v>2.35</x:v>
       </x:c>
       <x:c r="D47" s="0">
-        <x:v>26758.326</x:v>
+        <x:v>27465.323</x:v>
       </x:c>
       <x:c r="E47" s="0">
-        <x:v>25008.242</x:v>
+        <x:v>25668.69</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5">
       <x:c r="A48" s="1">
-        <x:v>45975.9258449074</x:v>
+        <x:v>46000.3338425926</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C48" s="0">
-        <x:v>3.71</x:v>
+        <x:v>2.38</x:v>
       </x:c>
       <x:c r="D48" s="0">
-        <x:v>26755.775</x:v>
+        <x:v>27421.731</x:v>
       </x:c>
       <x:c r="E48" s="0">
-        <x:v>25008.242</x:v>
+        <x:v>25627.95</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
       <x:c r="A49" s="1">
-        <x:v>45975.3077662037</x:v>
+        <x:v>45999.3304282407</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C49" s="0">
-        <x:v>3.72</x:v>
+        <x:v>2.25</x:v>
       </x:c>
       <x:c r="D49" s="0">
-        <x:v>26739.961</x:v>
+        <x:v>27488.577</x:v>
       </x:c>
       <x:c r="E49" s="0">
-        <x:v>24993.463</x:v>
+        <x:v>25692.05</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5">
       <x:c r="A50" s="1">
-        <x:v>45974.9248958333</x:v>
+        <x:v>45996.9307986111</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C50" s="0">
-        <x:v>3.74</x:v>
+        <x:v>2.32</x:v>
       </x:c>
       <x:c r="D50" s="0">
-        <x:v>26742.622</x:v>
+        <x:v>27487.503</x:v>
       </x:c>
       <x:c r="E50" s="0">
-        <x:v>24993.463</x:v>
+        <x:v>25692.05</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5">
       <x:c r="A51" s="1">
-        <x:v>45974.3773148148</x:v>
+        <x:v>45996.3408449074</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C51" s="0">
-        <x:v>2.9</x:v>
+        <x:v>2.34</x:v>
       </x:c>
       <x:c r="D51" s="0">
-        <x:v>27303.158</x:v>
+        <x:v>27369.428</x:v>
       </x:c>
       <x:c r="E51" s="0">
-        <x:v>25517.328</x:v>
+        <x:v>25581.7</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5">
       <x:c r="A52" s="1">
+        <x:v>45995.9303703704</x:v>
+      </x:c>
+      <x:c r="B52" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C52" s="0">
+        <x:v>2.45</x:v>
+      </x:c>
+      <x:c r="D52" s="0">
+        <x:v>27371.017</x:v>
+      </x:c>
+      <x:c r="E52" s="0">
+        <x:v>25581.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="53" spans="1:5">
+      <x:c r="A53" s="1">
+        <x:v>45995.3278819444</x:v>
+      </x:c>
+      <x:c r="B53" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C53" s="0">
+        <x:v>2.42</x:v>
+      </x:c>
+      <x:c r="D53" s="0">
+        <x:v>27397.595</x:v>
+      </x:c>
+      <x:c r="E53" s="0">
+        <x:v>25606.54</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="54" spans="1:5">
+      <x:c r="A54" s="1">
+        <x:v>45994.9277662037</x:v>
+      </x:c>
+      <x:c r="B54" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C54" s="0">
+        <x:v>2.42</x:v>
+      </x:c>
+      <x:c r="D54" s="0">
+        <x:v>27397.49</x:v>
+      </x:c>
+      <x:c r="E54" s="0">
+        <x:v>25606.54</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="55" spans="1:5">
+      <x:c r="A55" s="1">
+        <x:v>45994.3371990741</x:v>
+      </x:c>
+      <x:c r="B55" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C55" s="0">
+        <x:v>2.42</x:v>
+      </x:c>
+      <x:c r="D55" s="0">
+        <x:v>27343.262</x:v>
+      </x:c>
+      <x:c r="E55" s="0">
+        <x:v>25555.86</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="56" spans="1:5">
+      <x:c r="A56" s="1">
+        <x:v>45993.9304050926</x:v>
+      </x:c>
+      <x:c r="B56" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C56" s="0">
+        <x:v>2.48</x:v>
+      </x:c>
+      <x:c r="D56" s="0">
+        <x:v>27344.77</x:v>
+      </x:c>
+      <x:c r="E56" s="0">
+        <x:v>25555.86</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="57" spans="1:5">
+      <x:c r="A57" s="1">
+        <x:v>45992.9296875</x:v>
+      </x:c>
+      <x:c r="B57" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C57" s="0">
+        <x:v>2.76</x:v>
+      </x:c>
+      <x:c r="D57" s="0">
+        <x:v>27116.848</x:v>
+      </x:c>
+      <x:c r="E57" s="0">
+        <x:v>25342.849</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="58" spans="1:5">
+      <x:c r="A58" s="1">
+        <x:v>45989.8196990741</x:v>
+      </x:c>
+      <x:c r="B58" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C58" s="0">
+        <x:v>2.64</x:v>
+      </x:c>
+      <x:c r="D58" s="0">
+        <x:v>27214.383</x:v>
+      </x:c>
+      <x:c r="E58" s="0">
+        <x:v>25434.889</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="59" spans="1:5">
+      <x:c r="A59" s="1">
+        <x:v>45989.3082523148</x:v>
+      </x:c>
+      <x:c r="B59" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C59" s="0">
+        <x:v>2.84</x:v>
+      </x:c>
+      <x:c r="D59" s="0">
+        <x:v>27002.577</x:v>
+      </x:c>
+      <x:c r="E59" s="0">
+        <x:v>25236.939</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="60" spans="1:5">
+      <x:c r="A60" s="1">
+        <x:v>45987.9266087963</x:v>
+      </x:c>
+      <x:c r="B60" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C60" s="0">
+        <x:v>2.91</x:v>
+      </x:c>
+      <x:c r="D60" s="0">
+        <x:v>27002.005</x:v>
+      </x:c>
+      <x:c r="E60" s="0">
+        <x:v>25236.939</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="61" spans="1:5">
+      <x:c r="A61" s="1">
+        <x:v>45987.319537037</x:v>
+      </x:c>
+      <x:c r="B61" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C61" s="0">
+        <x:v>3.08</x:v>
+      </x:c>
+      <x:c r="D61" s="0">
+        <x:v>26768.125</x:v>
+      </x:c>
+      <x:c r="E61" s="0">
+        <x:v>25018.36</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="62" spans="1:5">
+      <x:c r="A62" s="1">
+        <x:v>45986.9251157407</x:v>
+      </x:c>
+      <x:c r="B62" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C62" s="0">
+        <x:v>3.25</x:v>
+      </x:c>
+      <x:c r="D62" s="0">
+        <x:v>26769.536</x:v>
+      </x:c>
+      <x:c r="E62" s="0">
+        <x:v>25018.36</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="63" spans="1:5">
+      <x:c r="A63" s="1">
+        <x:v>45986.3107407407</x:v>
+      </x:c>
+      <x:c r="B63" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C63" s="0">
+        <x:v>3.52</x:v>
+      </x:c>
+      <x:c r="D63" s="0">
+        <x:v>26614.91</x:v>
+      </x:c>
+      <x:c r="E63" s="0">
+        <x:v>24873.85</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="64" spans="1:5">
+      <x:c r="A64" s="1">
+        <x:v>45985.3068518518</x:v>
+      </x:c>
+      <x:c r="B64" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C64" s="0">
+        <x:v>4.61</x:v>
+      </x:c>
+      <x:c r="D64" s="0">
+        <x:v>25936.018</x:v>
+      </x:c>
+      <x:c r="E64" s="0">
+        <x:v>24239.573</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="65" spans="1:5">
+      <x:c r="A65" s="1">
+        <x:v>45982.9249074074</x:v>
+      </x:c>
+      <x:c r="B65" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C65" s="0">
+        <x:v>5.08</x:v>
+      </x:c>
+      <x:c r="D65" s="0">
+        <x:v>25934.646</x:v>
+      </x:c>
+      <x:c r="E65" s="0">
+        <x:v>24239.573</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="66" spans="1:5">
+      <x:c r="A66" s="1">
+        <x:v>45982.3124884259</x:v>
+      </x:c>
+      <x:c r="B66" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C66" s="0">
+        <x:v>5.5</x:v>
+      </x:c>
+      <x:c r="D66" s="0">
+        <x:v>25736.49</x:v>
+      </x:c>
+      <x:c r="E66" s="0">
+        <x:v>24054.38</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="67" spans="1:5">
+      <x:c r="A67" s="1">
+        <x:v>45981.9259722222</x:v>
+      </x:c>
+      <x:c r="B67" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C67" s="0">
+        <x:v>5.6</x:v>
+      </x:c>
+      <x:c r="D67" s="0">
+        <x:v>25733.698</x:v>
+      </x:c>
+      <x:c r="E67" s="0">
+        <x:v>24054.38</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="68" spans="1:5">
+      <x:c r="A68" s="1">
+        <x:v>45981.3119675926</x:v>
+      </x:c>
+      <x:c r="B68" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C68" s="0">
+        <x:v>3.4</x:v>
+      </x:c>
+      <x:c r="D68" s="0">
+        <x:v>26360.863</x:v>
+      </x:c>
+      <x:c r="E68" s="0">
+        <x:v>24640.515</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="69" spans="1:5">
+      <x:c r="A69" s="1">
+        <x:v>45980.9264583333</x:v>
+      </x:c>
+      <x:c r="B69" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C69" s="0">
+        <x:v>4.36</x:v>
+      </x:c>
+      <x:c r="D69" s="0">
+        <x:v>26365.174</x:v>
+      </x:c>
+      <x:c r="E69" s="0">
+        <x:v>24640.515</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="70" spans="1:5">
+      <x:c r="A70" s="1">
+        <x:v>45980.3054166667</x:v>
+      </x:c>
+      <x:c r="B70" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C70" s="0">
+        <x:v>4.8</x:v>
+      </x:c>
+      <x:c r="D70" s="0">
+        <x:v>26218.136</x:v>
+      </x:c>
+      <x:c r="E70" s="0">
+        <x:v>24503.096</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="71" spans="1:5">
+      <x:c r="A71" s="1">
+        <x:v>45979.9258680556</x:v>
+      </x:c>
+      <x:c r="B71" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C71" s="0">
+        <x:v>4.68</x:v>
+      </x:c>
+      <x:c r="D71" s="0">
+        <x:v>26217.757</x:v>
+      </x:c>
+      <x:c r="E71" s="0">
+        <x:v>24503.096</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="72" spans="1:5">
+      <x:c r="A72" s="1">
+        <x:v>45979.3133912037</x:v>
+      </x:c>
+      <x:c r="B72" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C72" s="0">
+        <x:v>4.39</x:v>
+      </x:c>
+      <x:c r="D72" s="0">
+        <x:v>26535.357</x:v>
+      </x:c>
+      <x:c r="E72" s="0">
+        <x:v>24799.918</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="73" spans="1:5">
+      <x:c r="A73" s="1">
+        <x:v>45978.9282175926</x:v>
+      </x:c>
+      <x:c r="B73" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C73" s="0">
+        <x:v>4.09</x:v>
+      </x:c>
+      <x:c r="D73" s="0">
+        <x:v>26535.42</x:v>
+      </x:c>
+      <x:c r="E73" s="0">
+        <x:v>24799.918</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="74" spans="1:5">
+      <x:c r="A74" s="1">
+        <x:v>45978.3022569444</x:v>
+      </x:c>
+      <x:c r="B74" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C74" s="0">
+        <x:v>3.44</x:v>
+      </x:c>
+      <x:c r="D74" s="0">
+        <x:v>26758.326</x:v>
+      </x:c>
+      <x:c r="E74" s="0">
+        <x:v>25008.242</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="75" spans="1:5">
+      <x:c r="A75" s="1">
+        <x:v>45975.9258449074</x:v>
+      </x:c>
+      <x:c r="B75" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C75" s="0">
+        <x:v>3.71</x:v>
+      </x:c>
+      <x:c r="D75" s="0">
+        <x:v>26755.775</x:v>
+      </x:c>
+      <x:c r="E75" s="0">
+        <x:v>25008.242</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="76" spans="1:5">
+      <x:c r="A76" s="1">
+        <x:v>45975.3077662037</x:v>
+      </x:c>
+      <x:c r="B76" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C76" s="0">
+        <x:v>3.72</x:v>
+      </x:c>
+      <x:c r="D76" s="0">
+        <x:v>26739.961</x:v>
+      </x:c>
+      <x:c r="E76" s="0">
+        <x:v>24993.463</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="77" spans="1:5">
+      <x:c r="A77" s="1">
+        <x:v>45974.9248958333</x:v>
+      </x:c>
+      <x:c r="B77" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C77" s="0">
+        <x:v>3.74</x:v>
+      </x:c>
+      <x:c r="D77" s="0">
+        <x:v>26742.622</x:v>
+      </x:c>
+      <x:c r="E77" s="0">
+        <x:v>24993.463</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="78" spans="1:5">
+      <x:c r="A78" s="1">
+        <x:v>45974.3773148148</x:v>
+      </x:c>
+      <x:c r="B78" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C78" s="0">
+        <x:v>2.9</x:v>
+      </x:c>
+      <x:c r="D78" s="0">
+        <x:v>27303.158</x:v>
+      </x:c>
+      <x:c r="E78" s="0">
+        <x:v>25517.328</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="79" spans="1:5">
+      <x:c r="A79" s="1">
         <x:v>45973.9253125</x:v>
       </x:c>
-      <x:c r="B52" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C52" s="0">
+      <x:c r="B79" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C79" s="0">
         <x:v>3</x:v>
       </x:c>
-      <x:c r="D52" s="0">
+      <x:c r="D79" s="0">
         <x:v>27303.541</x:v>
       </x:c>
-      <x:c r="E52" s="0">
+      <x:c r="E79" s="0">
         <x:v>25517.328</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>