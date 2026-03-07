--- v2 (2026-01-28)
+++ v3 (2026-03-07)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4745cd922721485e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d6823151bf9046679de26831d051f2fd.psmdcp" Id="R5a8b6cf185164bfa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R125c859b42254d13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/51443b1107754e759f8ebd8a74d154e2.psmdcp" Id="R316554fceed24d69" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>NLBNPNL3D1K0</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -390,1389 +390,2120 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E79"/>
+  <x:dimension ref="A1:E122"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>46050.299212963</x:v>
+        <x:v>46087.9262847222</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
-        <x:v>1.59</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>27754.996</x:v>
+        <x:v>26364.324</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>25939.74</x:v>
+        <x:v>24643.02</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>46049.9250462963</x:v>
+        <x:v>46087.3067824074</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
-        <x:v>1.74</x:v>
+        <x:v>2.03</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>27755.522</x:v>
+        <x:v>26768.131</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>25939.74</x:v>
+        <x:v>25020.41</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>46048.9248726852</x:v>
+        <x:v>46086.9326273148</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
-        <x:v>1.94</x:v>
+        <x:v>2.12</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>27513.135</x:v>
+        <x:v>26770.095</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>25713.21</x:v>
+        <x:v>25020.41</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>46045.9251851852</x:v>
+        <x:v>46086.3051273148</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
-        <x:v>2.04</x:v>
+        <x:v>2.14</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>27397.853</x:v>
+        <x:v>26848.494</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>25605.47</x:v>
+        <x:v>25093.68</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>46044.9246180556</x:v>
+        <x:v>46085.9285648148</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
-        <x:v>2.13</x:v>
+        <x:v>2.05</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>27304.634</x:v>
+        <x:v>26849.541</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>25518.35</x:v>
+        <x:v>25093.68</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>46043.9254861111</x:v>
+        <x:v>46085.3383796296</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
-        <x:v>2.34</x:v>
+        <x:v>2.74</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>27099.441</x:v>
+        <x:v>26449.789</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>25326.58</x:v>
+        <x:v>24720.08</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>46042.9278935185</x:v>
+        <x:v>46084.9255787037</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
-        <x:v>2.79</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>26736.7</x:v>
+        <x:v>26449.761</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>24987.57</x:v>
+        <x:v>24720.08</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>46038.9244212963</x:v>
+        <x:v>46084.3354050926</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
-        <x:v>2.22</x:v>
+        <x:v>2.51</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>27316.308</x:v>
+        <x:v>26741.358</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>25529.26</x:v>
+        <x:v>24992.6</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>46037.9281134259</x:v>
+        <x:v>46083.9256481481</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
-        <x:v>2.2</x:v>
+        <x:v>2.21</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>27335.365</x:v>
+        <x:v>26741.511</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>25547.07</x:v>
+        <x:v>24992.6</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>46036.9273611111</x:v>
+        <x:v>46083.3084259259</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C12" s="0">
-        <x:v>2.29</x:v>
+        <x:v>2.58</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>27246.886</x:v>
+        <x:v>26706.672</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>25465.94</x:v>
+        <x:v>24960.04</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>46036.3276157407</x:v>
+        <x:v>46080.9257523148</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0">
-        <x:v>2.08</x:v>
+        <x:v>2.25</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>27542.217</x:v>
+        <x:v>26704.342</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>25741.95</x:v>
+        <x:v>24960.04</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>46035.9280092593</x:v>
+        <x:v>46080.3043634259</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C14" s="0">
-        <x:v>2.03</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>27543.886</x:v>
+        <x:v>26783.875</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>25741.95</x:v>
+        <x:v>25034.37</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>46034.9279282407</x:v>
+        <x:v>46079.9258101852</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
-        <x:v>1.99</x:v>
+        <x:v>2.17</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>27592.796</x:v>
+        <x:v>26786.534</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>25787.66</x:v>
+        <x:v>25034.37</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>46031.929224537</x:v>
+        <x:v>46079.2991550926</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C16" s="0">
-        <x:v>2</x:v>
+        <x:v>1.97</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>27569.339</x:v>
+        <x:v>27101.831</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>25766.26</x:v>
+        <x:v>25329.04</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>46031.324849537</x:v>
+        <x:v>46078.925775463</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C17" s="0">
-        <x:v>2.26</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>27292.038</x:v>
+        <x:v>27102.009</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>25507.1</x:v>
+        <x:v>25329.04</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>46030.9270949074</x:v>
+        <x:v>46078.3266203704</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="0">
         <x:v>2.28</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>27292.597</x:v>
+        <x:v>26725.369</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>25507.1</x:v>
+        <x:v>24977.04</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>46029.9278819444</x:v>
+        <x:v>46077.925474537</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C19" s="0">
-        <x:v>2.13</x:v>
+        <x:v>2.29</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>27449.673</x:v>
+        <x:v>26725.433</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>25653.9</x:v>
+        <x:v>24977.04</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
-        <x:v>46028.9272222222</x:v>
+        <x:v>46076.3076157407</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C20" s="0">
-        <x:v>2.15</x:v>
+        <x:v>2.55</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>27434.49</x:v>
+        <x:v>26763.172</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>25639.71</x:v>
+        <x:v>25012.62</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="1">
-        <x:v>46027.9295717593</x:v>
+        <x:v>46073.9253587963</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C21" s="0">
-        <x:v>2.42</x:v>
+        <x:v>2.29</x:v>
       </x:c>
       <x:c r="D21" s="0">
-        <x:v>27179.412</x:v>
+        <x:v>26763.373</x:v>
       </x:c>
       <x:c r="E21" s="0">
-        <x:v>25401.32</x:v>
+        <x:v>25012.62</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="1">
-        <x:v>46024.9271875</x:v>
+        <x:v>46073.3322685185</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C22" s="0">
-        <x:v>2.66</x:v>
+        <x:v>2.46</x:v>
       </x:c>
       <x:c r="D22" s="0">
-        <x:v>26967.775</x:v>
+        <x:v>26533.023</x:v>
       </x:c>
       <x:c r="E22" s="0">
-        <x:v>25206.17</x:v>
+        <x:v>24797.34</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="1">
-        <x:v>46024.2881712963</x:v>
+        <x:v>46072.9253935185</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C23" s="0">
-        <x:v>2.38</x:v>
+        <x:v>2.56</x:v>
       </x:c>
       <x:c r="D23" s="0">
-        <x:v>27014.513</x:v>
+        <x:v>26529.363</x:v>
       </x:c>
       <x:c r="E23" s="0">
-        <x:v>25249.85</x:v>
+        <x:v>24797.34</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="1">
-        <x:v>46022.9253125</x:v>
+        <x:v>46072.3124884259</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C24" s="0">
-        <x:v>2.61</x:v>
+        <x:v>2.41</x:v>
       </x:c>
       <x:c r="D24" s="0">
-        <x:v>27016.337</x:v>
+        <x:v>26638</x:v>
       </x:c>
       <x:c r="E24" s="0">
-        <x:v>25249.85</x:v>
+        <x:v>24898.87</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="1">
-        <x:v>46022.3246527778</x:v>
+        <x:v>46071.9254861111</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C25" s="0">
-        <x:v>2.45</x:v>
+        <x:v>2.44</x:v>
       </x:c>
       <x:c r="D25" s="0">
-        <x:v>27243.937</x:v>
+        <x:v>26641.576</x:v>
       </x:c>
       <x:c r="E25" s="0">
-        <x:v>25462.56</x:v>
+        <x:v>24898.87</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="1">
-        <x:v>46021.927025463</x:v>
+        <x:v>46071.3073148148</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C26" s="0">
-        <x:v>2.37</x:v>
+        <x:v>2.62</x:v>
       </x:c>
       <x:c r="D26" s="0">
-        <x:v>27244.939</x:v>
+        <x:v>26430.498</x:v>
       </x:c>
       <x:c r="E26" s="0">
-        <x:v>25462.56</x:v>
+        <x:v>24701.6</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="1">
-        <x:v>46020.9274421296</x:v>
+        <x:v>46070.9253472222</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C27" s="0">
-        <x:v>2.3</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="D27" s="0">
-        <x:v>27311.7</x:v>
+        <x:v>26429.678</x:v>
       </x:c>
       <x:c r="E27" s="0">
-        <x:v>25525.56</x:v>
+        <x:v>24701.6</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="1">
-        <x:v>46020.3324884259</x:v>
+        <x:v>46070.3023611111</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C28" s="0">
-        <x:v>2.22</x:v>
+        <x:v>2.94</x:v>
       </x:c>
       <x:c r="D28" s="0">
-        <x:v>27438.848</x:v>
+        <x:v>26462.987</x:v>
       </x:c>
       <x:c r="E28" s="0">
-        <x:v>25644.39</x:v>
+        <x:v>24732.73</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="1">
-        <x:v>46017.9264351852</x:v>
+        <x:v>46066.9255324074</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C29" s="0">
-        <x:v>2.18</x:v>
+        <x:v>2.66</x:v>
       </x:c>
       <x:c r="D29" s="0">
-        <x:v>27439.497</x:v>
+        <x:v>26461.002</x:v>
       </x:c>
       <x:c r="E29" s="0">
-        <x:v>25644.39</x:v>
+        <x:v>24732.73</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="1">
-        <x:v>46015.925462963</x:v>
+        <x:v>46066.3087847222</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C30" s="0">
-        <x:v>2.16</x:v>
+        <x:v>2.77</x:v>
       </x:c>
       <x:c r="D30" s="0">
-        <x:v>27451.86</x:v>
+        <x:v>26412.724</x:v>
       </x:c>
       <x:c r="E30" s="0">
-        <x:v>25656.15</x:v>
+        <x:v>24687.61</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="1">
-        <x:v>46015.7976967593</x:v>
+        <x:v>46065.9253703704</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C31" s="0">
-        <x:v>2.16</x:v>
+        <x:v>2.72</x:v>
       </x:c>
       <x:c r="D31" s="0">
-        <x:v>27451.856</x:v>
+        <x:v>26415.743</x:v>
       </x:c>
       <x:c r="E31" s="0">
-        <x:v>25656.146</x:v>
+        <x:v>24687.61</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="1">
-        <x:v>46015.3842824074</x:v>
+        <x:v>46064.9256597222</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C32" s="0">
-        <x:v>2.26</x:v>
+        <x:v>2.18</x:v>
       </x:c>
       <x:c r="D32" s="0">
-        <x:v>27378.758</x:v>
+        <x:v>26965.114</x:v>
       </x:c>
       <x:c r="E32" s="0">
-        <x:v>25587.83</x:v>
+        <x:v>25201.26</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="1">
-        <x:v>46014.9278356481</x:v>
+        <x:v>46064.3233101852</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C33" s="0">
-        <x:v>2.23</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="D33" s="0">
-        <x:v>27378.978</x:v>
+        <x:v>26886.34</x:v>
       </x:c>
       <x:c r="E33" s="0">
-        <x:v>25587.83</x:v>
+        <x:v>25127.64</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="1">
-        <x:v>46013.9284722222</x:v>
+        <x:v>46063.9255324074</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C34" s="0">
-        <x:v>2.37</x:v>
+        <x:v>2.26</x:v>
       </x:c>
       <x:c r="D34" s="0">
-        <x:v>27241.297</x:v>
+        <x:v>26885.665</x:v>
       </x:c>
       <x:c r="E34" s="0">
-        <x:v>25461.7</x:v>
+        <x:v>25127.64</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="1">
-        <x:v>46013.2967013889</x:v>
+        <x:v>46063.3311921296</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C35" s="0">
-        <x:v>2.39</x:v>
+        <x:v>2.18</x:v>
       </x:c>
       <x:c r="D35" s="0">
-        <x:v>27117.691</x:v>
+        <x:v>27036</x:v>
       </x:c>
       <x:c r="E35" s="0">
-        <x:v>25346.18</x:v>
+        <x:v>25268.14</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="1">
-        <x:v>46010.9276388889</x:v>
+        <x:v>46062.9247569444</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C36" s="0">
-        <x:v>2.51</x:v>
+        <x:v>2.12</x:v>
       </x:c>
       <x:c r="D36" s="0">
-        <x:v>27120.413</x:v>
+        <x:v>27035.028</x:v>
       </x:c>
       <x:c r="E36" s="0">
-        <x:v>25346.18</x:v>
+        <x:v>25268.14</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="1">
-        <x:v>46009.9307523148</x:v>
+        <x:v>46062.2992013889</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C37" s="0">
-        <x:v>2.97</x:v>
+        <x:v>2.29</x:v>
       </x:c>
       <x:c r="D37" s="0">
-        <x:v>26770.726</x:v>
+        <x:v>26829.192</x:v>
       </x:c>
       <x:c r="E37" s="0">
-        <x:v>25019.37</x:v>
+        <x:v>25075.77</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="1">
-        <x:v>46008.9276736111</x:v>
+        <x:v>46058.9255439815</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C38" s="0">
-        <x:v>3.63</x:v>
+        <x:v>3.14</x:v>
       </x:c>
       <x:c r="D38" s="0">
-        <x:v>26372.943</x:v>
+        <x:v>26267.098</x:v>
       </x:c>
       <x:c r="E38" s="0">
-        <x:v>24647.61</x:v>
+        <x:v>24548.69</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="1">
-        <x:v>46007.9278472222</x:v>
+        <x:v>46057.9258449074</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C39" s="0">
-        <x:v>2.94</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="D39" s="0">
-        <x:v>26892.246</x:v>
+        <x:v>26633.627</x:v>
       </x:c>
       <x:c r="E39" s="0">
-        <x:v>25132.94</x:v>
+        <x:v>24891.24</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="1">
-        <x:v>46006.9271412037</x:v>
+        <x:v>46056.9428703704</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C40" s="0">
-        <x:v>3.04</x:v>
+        <x:v>2.22</x:v>
       </x:c>
       <x:c r="D40" s="0">
-        <x:v>26819.985</x:v>
+        <x:v>27112.323</x:v>
       </x:c>
       <x:c r="E40" s="0">
-        <x:v>25067.27</x:v>
+        <x:v>25338.62</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="1">
-        <x:v>46006.3081134259</x:v>
+        <x:v>46055.9254513889</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C41" s="0">
-        <x:v>2.78</x:v>
+        <x:v>1.87</x:v>
       </x:c>
       <x:c r="D41" s="0">
-        <x:v>26958.507</x:v>
+        <x:v>27540.313</x:v>
       </x:c>
       <x:c r="E41" s="0">
-        <x:v>25196.73</x:v>
+        <x:v>25738.61</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="1">
-        <x:v>46003.927037037</x:v>
+        <x:v>46052.2983333333</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C42" s="0">
-        <x:v>2.86</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="D42" s="0">
-        <x:v>26959.589</x:v>
+        <x:v>27693.666</x:v>
       </x:c>
       <x:c r="E42" s="0">
-        <x:v>25196.73</x:v>
+        <x:v>25884.29</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="1">
-        <x:v>46003.3313773148</x:v>
+        <x:v>46051.9256481481</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C43" s="0">
-        <x:v>2.35</x:v>
+        <x:v>1.78</x:v>
       </x:c>
       <x:c r="D43" s="0">
-        <x:v>27483.846</x:v>
+        <x:v>27695.818</x:v>
       </x:c>
       <x:c r="E43" s="0">
-        <x:v>25686.69</x:v>
+        <x:v>25884.29</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="1">
-        <x:v>46002.9321180556</x:v>
+        <x:v>46051.3032407407</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C44" s="0">
-        <x:v>2.33</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="D44" s="0">
-        <x:v>27484.758</x:v>
+        <x:v>27844.013</x:v>
       </x:c>
       <x:c r="E44" s="0">
-        <x:v>25686.69</x:v>
+        <x:v>26022.79</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="1">
-        <x:v>46001.9271180556</x:v>
+        <x:v>46050.9251041667</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C45" s="0">
-        <x:v>2.23</x:v>
+        <x:v>1.67</x:v>
       </x:c>
       <x:c r="D45" s="0">
-        <x:v>27580.452</x:v>
+        <x:v>27843.859</x:v>
       </x:c>
       <x:c r="E45" s="0">
-        <x:v>25776.44</x:v>
+        <x:v>26022.79</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="1">
-        <x:v>46001.3340740741</x:v>
+        <x:v>46050.299212963</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C46" s="0">
-        <x:v>2.35</x:v>
+        <x:v>1.59</x:v>
       </x:c>
       <x:c r="D46" s="0">
-        <x:v>27465.16</x:v>
+        <x:v>27754.996</x:v>
       </x:c>
       <x:c r="E46" s="0">
-        <x:v>25668.69</x:v>
+        <x:v>25939.74</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="1">
-        <x:v>46000.9276273148</x:v>
+        <x:v>46049.9250462963</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C47" s="0">
-        <x:v>2.35</x:v>
+        <x:v>1.74</x:v>
       </x:c>
       <x:c r="D47" s="0">
-        <x:v>27465.323</x:v>
+        <x:v>27755.522</x:v>
       </x:c>
       <x:c r="E47" s="0">
-        <x:v>25668.69</x:v>
+        <x:v>25939.74</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5">
       <x:c r="A48" s="1">
-        <x:v>46000.3338425926</x:v>
+        <x:v>46048.9248726852</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C48" s="0">
-        <x:v>2.38</x:v>
+        <x:v>1.94</x:v>
       </x:c>
       <x:c r="D48" s="0">
-        <x:v>27421.731</x:v>
+        <x:v>27513.135</x:v>
       </x:c>
       <x:c r="E48" s="0">
-        <x:v>25627.95</x:v>
+        <x:v>25713.21</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
       <x:c r="A49" s="1">
-        <x:v>45999.3304282407</x:v>
+        <x:v>46045.9251851852</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C49" s="0">
-        <x:v>2.25</x:v>
+        <x:v>2.04</x:v>
       </x:c>
       <x:c r="D49" s="0">
-        <x:v>27488.577</x:v>
+        <x:v>27397.853</x:v>
       </x:c>
       <x:c r="E49" s="0">
-        <x:v>25692.05</x:v>
+        <x:v>25605.47</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5">
       <x:c r="A50" s="1">
-        <x:v>45996.9307986111</x:v>
+        <x:v>46044.9246180556</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C50" s="0">
-        <x:v>2.32</x:v>
+        <x:v>2.13</x:v>
       </x:c>
       <x:c r="D50" s="0">
-        <x:v>27487.503</x:v>
+        <x:v>27304.634</x:v>
       </x:c>
       <x:c r="E50" s="0">
-        <x:v>25692.05</x:v>
+        <x:v>25518.35</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5">
       <x:c r="A51" s="1">
-        <x:v>45996.3408449074</x:v>
+        <x:v>46043.9254861111</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C51" s="0">
         <x:v>2.34</x:v>
       </x:c>
       <x:c r="D51" s="0">
-        <x:v>27369.428</x:v>
+        <x:v>27099.441</x:v>
       </x:c>
       <x:c r="E51" s="0">
-        <x:v>25581.7</x:v>
+        <x:v>25326.58</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5">
       <x:c r="A52" s="1">
-        <x:v>45995.9303703704</x:v>
+        <x:v>46042.9278935185</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C52" s="0">
-        <x:v>2.45</x:v>
+        <x:v>2.79</x:v>
       </x:c>
       <x:c r="D52" s="0">
-        <x:v>27371.017</x:v>
+        <x:v>26736.7</x:v>
       </x:c>
       <x:c r="E52" s="0">
-        <x:v>25581.7</x:v>
+        <x:v>24987.57</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5">
       <x:c r="A53" s="1">
-        <x:v>45995.3278819444</x:v>
+        <x:v>46038.9244212963</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C53" s="0">
-        <x:v>2.42</x:v>
+        <x:v>2.22</x:v>
       </x:c>
       <x:c r="D53" s="0">
-        <x:v>27397.595</x:v>
+        <x:v>27316.308</x:v>
       </x:c>
       <x:c r="E53" s="0">
-        <x:v>25606.54</x:v>
+        <x:v>25529.26</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5">
       <x:c r="A54" s="1">
-        <x:v>45994.9277662037</x:v>
+        <x:v>46037.9281134259</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C54" s="0">
-        <x:v>2.42</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="D54" s="0">
-        <x:v>27397.49</x:v>
+        <x:v>27335.365</x:v>
       </x:c>
       <x:c r="E54" s="0">
-        <x:v>25606.54</x:v>
+        <x:v>25547.07</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5">
       <x:c r="A55" s="1">
-        <x:v>45994.3371990741</x:v>
+        <x:v>46036.9273611111</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C55" s="0">
-        <x:v>2.42</x:v>
+        <x:v>2.29</x:v>
       </x:c>
       <x:c r="D55" s="0">
-        <x:v>27343.262</x:v>
+        <x:v>27246.886</x:v>
       </x:c>
       <x:c r="E55" s="0">
-        <x:v>25555.86</x:v>
+        <x:v>25465.94</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5">
       <x:c r="A56" s="1">
-        <x:v>45993.9304050926</x:v>
+        <x:v>46036.3276157407</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C56" s="0">
-        <x:v>2.48</x:v>
+        <x:v>2.08</x:v>
       </x:c>
       <x:c r="D56" s="0">
-        <x:v>27344.77</x:v>
+        <x:v>27542.217</x:v>
       </x:c>
       <x:c r="E56" s="0">
-        <x:v>25555.86</x:v>
+        <x:v>25741.95</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:5">
       <x:c r="A57" s="1">
-        <x:v>45992.9296875</x:v>
+        <x:v>46035.9280092593</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C57" s="0">
-        <x:v>2.76</x:v>
+        <x:v>2.03</x:v>
       </x:c>
       <x:c r="D57" s="0">
-        <x:v>27116.848</x:v>
+        <x:v>27543.886</x:v>
       </x:c>
       <x:c r="E57" s="0">
-        <x:v>25342.849</x:v>
+        <x:v>25741.95</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:5">
       <x:c r="A58" s="1">
-        <x:v>45989.8196990741</x:v>
+        <x:v>46034.9279282407</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C58" s="0">
-        <x:v>2.64</x:v>
+        <x:v>1.99</x:v>
       </x:c>
       <x:c r="D58" s="0">
-        <x:v>27214.383</x:v>
+        <x:v>27592.796</x:v>
       </x:c>
       <x:c r="E58" s="0">
-        <x:v>25434.889</x:v>
+        <x:v>25787.66</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:5">
       <x:c r="A59" s="1">
-        <x:v>45989.3082523148</x:v>
+        <x:v>46031.929224537</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C59" s="0">
-        <x:v>2.84</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="D59" s="0">
-        <x:v>27002.577</x:v>
+        <x:v>27569.339</x:v>
       </x:c>
       <x:c r="E59" s="0">
-        <x:v>25236.939</x:v>
+        <x:v>25766.26</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:5">
       <x:c r="A60" s="1">
-        <x:v>45987.9266087963</x:v>
+        <x:v>46031.324849537</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C60" s="0">
-        <x:v>2.91</x:v>
+        <x:v>2.26</x:v>
       </x:c>
       <x:c r="D60" s="0">
-        <x:v>27002.005</x:v>
+        <x:v>27292.038</x:v>
       </x:c>
       <x:c r="E60" s="0">
-        <x:v>25236.939</x:v>
+        <x:v>25507.1</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:5">
       <x:c r="A61" s="1">
-        <x:v>45987.319537037</x:v>
+        <x:v>46030.9270949074</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C61" s="0">
-        <x:v>3.08</x:v>
+        <x:v>2.28</x:v>
       </x:c>
       <x:c r="D61" s="0">
-        <x:v>26768.125</x:v>
+        <x:v>27292.597</x:v>
       </x:c>
       <x:c r="E61" s="0">
-        <x:v>25018.36</x:v>
+        <x:v>25507.1</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:5">
       <x:c r="A62" s="1">
-        <x:v>45986.9251157407</x:v>
+        <x:v>46029.9278819444</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C62" s="0">
-        <x:v>3.25</x:v>
+        <x:v>2.13</x:v>
       </x:c>
       <x:c r="D62" s="0">
-        <x:v>26769.536</x:v>
+        <x:v>27449.673</x:v>
       </x:c>
       <x:c r="E62" s="0">
-        <x:v>25018.36</x:v>
+        <x:v>25653.9</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:5">
       <x:c r="A63" s="1">
-        <x:v>45986.3107407407</x:v>
+        <x:v>46028.9272222222</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C63" s="0">
-        <x:v>3.52</x:v>
+        <x:v>2.15</x:v>
       </x:c>
       <x:c r="D63" s="0">
-        <x:v>26614.91</x:v>
+        <x:v>27434.49</x:v>
       </x:c>
       <x:c r="E63" s="0">
-        <x:v>24873.85</x:v>
+        <x:v>25639.71</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:5">
       <x:c r="A64" s="1">
-        <x:v>45985.3068518518</x:v>
+        <x:v>46027.9295717593</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C64" s="0">
-        <x:v>4.61</x:v>
+        <x:v>2.42</x:v>
       </x:c>
       <x:c r="D64" s="0">
-        <x:v>25936.018</x:v>
+        <x:v>27179.412</x:v>
       </x:c>
       <x:c r="E64" s="0">
-        <x:v>24239.573</x:v>
+        <x:v>25401.32</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:5">
       <x:c r="A65" s="1">
-        <x:v>45982.9249074074</x:v>
+        <x:v>46024.9271875</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C65" s="0">
-        <x:v>5.08</x:v>
+        <x:v>2.66</x:v>
       </x:c>
       <x:c r="D65" s="0">
-        <x:v>25934.646</x:v>
+        <x:v>26967.775</x:v>
       </x:c>
       <x:c r="E65" s="0">
-        <x:v>24239.573</x:v>
+        <x:v>25206.17</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:5">
       <x:c r="A66" s="1">
-        <x:v>45982.3124884259</x:v>
+        <x:v>46024.2881712963</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C66" s="0">
-        <x:v>5.5</x:v>
+        <x:v>2.38</x:v>
       </x:c>
       <x:c r="D66" s="0">
-        <x:v>25736.49</x:v>
+        <x:v>27014.513</x:v>
       </x:c>
       <x:c r="E66" s="0">
-        <x:v>24054.38</x:v>
+        <x:v>25249.85</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:5">
       <x:c r="A67" s="1">
-        <x:v>45981.9259722222</x:v>
+        <x:v>46022.9253125</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C67" s="0">
-        <x:v>5.6</x:v>
+        <x:v>2.61</x:v>
       </x:c>
       <x:c r="D67" s="0">
-        <x:v>25733.698</x:v>
+        <x:v>27016.337</x:v>
       </x:c>
       <x:c r="E67" s="0">
-        <x:v>24054.38</x:v>
+        <x:v>25249.85</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:5">
       <x:c r="A68" s="1">
-        <x:v>45981.3119675926</x:v>
+        <x:v>46022.3246527778</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C68" s="0">
-        <x:v>3.4</x:v>
+        <x:v>2.45</x:v>
       </x:c>
       <x:c r="D68" s="0">
-        <x:v>26360.863</x:v>
+        <x:v>27243.937</x:v>
       </x:c>
       <x:c r="E68" s="0">
-        <x:v>24640.515</x:v>
+        <x:v>25462.56</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:5">
       <x:c r="A69" s="1">
-        <x:v>45980.9264583333</x:v>
+        <x:v>46021.927025463</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C69" s="0">
-        <x:v>4.36</x:v>
+        <x:v>2.37</x:v>
       </x:c>
       <x:c r="D69" s="0">
-        <x:v>26365.174</x:v>
+        <x:v>27244.939</x:v>
       </x:c>
       <x:c r="E69" s="0">
-        <x:v>24640.515</x:v>
+        <x:v>25462.56</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:5">
       <x:c r="A70" s="1">
-        <x:v>45980.3054166667</x:v>
+        <x:v>46020.9274421296</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C70" s="0">
-        <x:v>4.8</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="D70" s="0">
-        <x:v>26218.136</x:v>
+        <x:v>27311.7</x:v>
       </x:c>
       <x:c r="E70" s="0">
-        <x:v>24503.096</x:v>
+        <x:v>25525.56</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:5">
       <x:c r="A71" s="1">
-        <x:v>45979.9258680556</x:v>
+        <x:v>46020.3324884259</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C71" s="0">
-        <x:v>4.68</x:v>
+        <x:v>2.22</x:v>
       </x:c>
       <x:c r="D71" s="0">
-        <x:v>26217.757</x:v>
+        <x:v>27438.848</x:v>
       </x:c>
       <x:c r="E71" s="0">
-        <x:v>24503.096</x:v>
+        <x:v>25644.39</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:5">
       <x:c r="A72" s="1">
-        <x:v>45979.3133912037</x:v>
+        <x:v>46017.9264351852</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C72" s="0">
-        <x:v>4.39</x:v>
+        <x:v>2.18</x:v>
       </x:c>
       <x:c r="D72" s="0">
-        <x:v>26535.357</x:v>
+        <x:v>27439.497</x:v>
       </x:c>
       <x:c r="E72" s="0">
-        <x:v>24799.918</x:v>
+        <x:v>25644.39</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:5">
       <x:c r="A73" s="1">
-        <x:v>45978.9282175926</x:v>
+        <x:v>46015.925462963</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C73" s="0">
-        <x:v>4.09</x:v>
+        <x:v>2.16</x:v>
       </x:c>
       <x:c r="D73" s="0">
-        <x:v>26535.42</x:v>
+        <x:v>27451.86</x:v>
       </x:c>
       <x:c r="E73" s="0">
-        <x:v>24799.918</x:v>
+        <x:v>25656.15</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:5">
       <x:c r="A74" s="1">
-        <x:v>45978.3022569444</x:v>
+        <x:v>46015.7976967593</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C74" s="0">
-        <x:v>3.44</x:v>
+        <x:v>2.16</x:v>
       </x:c>
       <x:c r="D74" s="0">
-        <x:v>26758.326</x:v>
+        <x:v>27451.856</x:v>
       </x:c>
       <x:c r="E74" s="0">
-        <x:v>25008.242</x:v>
+        <x:v>25656.146</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:5">
       <x:c r="A75" s="1">
-        <x:v>45975.9258449074</x:v>
+        <x:v>46015.3842824074</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C75" s="0">
-        <x:v>3.71</x:v>
+        <x:v>2.26</x:v>
       </x:c>
       <x:c r="D75" s="0">
-        <x:v>26755.775</x:v>
+        <x:v>27378.758</x:v>
       </x:c>
       <x:c r="E75" s="0">
-        <x:v>25008.242</x:v>
+        <x:v>25587.83</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:5">
       <x:c r="A76" s="1">
-        <x:v>45975.3077662037</x:v>
+        <x:v>46014.9278356481</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C76" s="0">
-        <x:v>3.72</x:v>
+        <x:v>2.23</x:v>
       </x:c>
       <x:c r="D76" s="0">
-        <x:v>26739.961</x:v>
+        <x:v>27378.978</x:v>
       </x:c>
       <x:c r="E76" s="0">
-        <x:v>24993.463</x:v>
+        <x:v>25587.83</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:5">
       <x:c r="A77" s="1">
-        <x:v>45974.9248958333</x:v>
+        <x:v>46013.9284722222</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C77" s="0">
-        <x:v>3.74</x:v>
+        <x:v>2.37</x:v>
       </x:c>
       <x:c r="D77" s="0">
-        <x:v>26742.622</x:v>
+        <x:v>27241.297</x:v>
       </x:c>
       <x:c r="E77" s="0">
-        <x:v>24993.463</x:v>
+        <x:v>25461.7</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:5">
       <x:c r="A78" s="1">
-        <x:v>45974.3773148148</x:v>
+        <x:v>46013.2967013889</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C78" s="0">
-        <x:v>2.9</x:v>
+        <x:v>2.39</x:v>
       </x:c>
       <x:c r="D78" s="0">
-        <x:v>27303.158</x:v>
+        <x:v>27117.691</x:v>
       </x:c>
       <x:c r="E78" s="0">
-        <x:v>25517.328</x:v>
+        <x:v>25346.18</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:5">
       <x:c r="A79" s="1">
+        <x:v>46010.9276388889</x:v>
+      </x:c>
+      <x:c r="B79" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C79" s="0">
+        <x:v>2.51</x:v>
+      </x:c>
+      <x:c r="D79" s="0">
+        <x:v>27120.413</x:v>
+      </x:c>
+      <x:c r="E79" s="0">
+        <x:v>25346.18</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="80" spans="1:5">
+      <x:c r="A80" s="1">
+        <x:v>46009.9307523148</x:v>
+      </x:c>
+      <x:c r="B80" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C80" s="0">
+        <x:v>2.97</x:v>
+      </x:c>
+      <x:c r="D80" s="0">
+        <x:v>26770.726</x:v>
+      </x:c>
+      <x:c r="E80" s="0">
+        <x:v>25019.37</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="81" spans="1:5">
+      <x:c r="A81" s="1">
+        <x:v>46008.9276736111</x:v>
+      </x:c>
+      <x:c r="B81" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C81" s="0">
+        <x:v>3.63</x:v>
+      </x:c>
+      <x:c r="D81" s="0">
+        <x:v>26372.943</x:v>
+      </x:c>
+      <x:c r="E81" s="0">
+        <x:v>24647.61</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="82" spans="1:5">
+      <x:c r="A82" s="1">
+        <x:v>46007.9278472222</x:v>
+      </x:c>
+      <x:c r="B82" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C82" s="0">
+        <x:v>2.94</x:v>
+      </x:c>
+      <x:c r="D82" s="0">
+        <x:v>26892.246</x:v>
+      </x:c>
+      <x:c r="E82" s="0">
+        <x:v>25132.94</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="83" spans="1:5">
+      <x:c r="A83" s="1">
+        <x:v>46006.9271412037</x:v>
+      </x:c>
+      <x:c r="B83" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C83" s="0">
+        <x:v>3.04</x:v>
+      </x:c>
+      <x:c r="D83" s="0">
+        <x:v>26819.985</x:v>
+      </x:c>
+      <x:c r="E83" s="0">
+        <x:v>25067.27</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="84" spans="1:5">
+      <x:c r="A84" s="1">
+        <x:v>46006.3081134259</x:v>
+      </x:c>
+      <x:c r="B84" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C84" s="0">
+        <x:v>2.78</x:v>
+      </x:c>
+      <x:c r="D84" s="0">
+        <x:v>26958.507</x:v>
+      </x:c>
+      <x:c r="E84" s="0">
+        <x:v>25196.73</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="85" spans="1:5">
+      <x:c r="A85" s="1">
+        <x:v>46003.927037037</x:v>
+      </x:c>
+      <x:c r="B85" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C85" s="0">
+        <x:v>2.86</x:v>
+      </x:c>
+      <x:c r="D85" s="0">
+        <x:v>26959.589</x:v>
+      </x:c>
+      <x:c r="E85" s="0">
+        <x:v>25196.73</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="86" spans="1:5">
+      <x:c r="A86" s="1">
+        <x:v>46003.3313773148</x:v>
+      </x:c>
+      <x:c r="B86" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C86" s="0">
+        <x:v>2.35</x:v>
+      </x:c>
+      <x:c r="D86" s="0">
+        <x:v>27483.846</x:v>
+      </x:c>
+      <x:c r="E86" s="0">
+        <x:v>25686.69</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="87" spans="1:5">
+      <x:c r="A87" s="1">
+        <x:v>46002.9321180556</x:v>
+      </x:c>
+      <x:c r="B87" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C87" s="0">
+        <x:v>2.33</x:v>
+      </x:c>
+      <x:c r="D87" s="0">
+        <x:v>27484.758</x:v>
+      </x:c>
+      <x:c r="E87" s="0">
+        <x:v>25686.69</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="88" spans="1:5">
+      <x:c r="A88" s="1">
+        <x:v>46001.9271180556</x:v>
+      </x:c>
+      <x:c r="B88" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C88" s="0">
+        <x:v>2.23</x:v>
+      </x:c>
+      <x:c r="D88" s="0">
+        <x:v>27580.452</x:v>
+      </x:c>
+      <x:c r="E88" s="0">
+        <x:v>25776.44</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="89" spans="1:5">
+      <x:c r="A89" s="1">
+        <x:v>46001.3340740741</x:v>
+      </x:c>
+      <x:c r="B89" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C89" s="0">
+        <x:v>2.35</x:v>
+      </x:c>
+      <x:c r="D89" s="0">
+        <x:v>27465.16</x:v>
+      </x:c>
+      <x:c r="E89" s="0">
+        <x:v>25668.69</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="90" spans="1:5">
+      <x:c r="A90" s="1">
+        <x:v>46000.9276273148</x:v>
+      </x:c>
+      <x:c r="B90" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C90" s="0">
+        <x:v>2.35</x:v>
+      </x:c>
+      <x:c r="D90" s="0">
+        <x:v>27465.323</x:v>
+      </x:c>
+      <x:c r="E90" s="0">
+        <x:v>25668.69</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="91" spans="1:5">
+      <x:c r="A91" s="1">
+        <x:v>46000.3338425926</x:v>
+      </x:c>
+      <x:c r="B91" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C91" s="0">
+        <x:v>2.38</x:v>
+      </x:c>
+      <x:c r="D91" s="0">
+        <x:v>27421.731</x:v>
+      </x:c>
+      <x:c r="E91" s="0">
+        <x:v>25627.95</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="92" spans="1:5">
+      <x:c r="A92" s="1">
+        <x:v>45999.3304282407</x:v>
+      </x:c>
+      <x:c r="B92" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C92" s="0">
+        <x:v>2.25</x:v>
+      </x:c>
+      <x:c r="D92" s="0">
+        <x:v>27488.577</x:v>
+      </x:c>
+      <x:c r="E92" s="0">
+        <x:v>25692.05</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="93" spans="1:5">
+      <x:c r="A93" s="1">
+        <x:v>45996.9307986111</x:v>
+      </x:c>
+      <x:c r="B93" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C93" s="0">
+        <x:v>2.32</x:v>
+      </x:c>
+      <x:c r="D93" s="0">
+        <x:v>27487.503</x:v>
+      </x:c>
+      <x:c r="E93" s="0">
+        <x:v>25692.05</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="94" spans="1:5">
+      <x:c r="A94" s="1">
+        <x:v>45996.3408449074</x:v>
+      </x:c>
+      <x:c r="B94" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C94" s="0">
+        <x:v>2.34</x:v>
+      </x:c>
+      <x:c r="D94" s="0">
+        <x:v>27369.428</x:v>
+      </x:c>
+      <x:c r="E94" s="0">
+        <x:v>25581.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="95" spans="1:5">
+      <x:c r="A95" s="1">
+        <x:v>45995.9303703704</x:v>
+      </x:c>
+      <x:c r="B95" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C95" s="0">
+        <x:v>2.45</x:v>
+      </x:c>
+      <x:c r="D95" s="0">
+        <x:v>27371.017</x:v>
+      </x:c>
+      <x:c r="E95" s="0">
+        <x:v>25581.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="96" spans="1:5">
+      <x:c r="A96" s="1">
+        <x:v>45995.3278819444</x:v>
+      </x:c>
+      <x:c r="B96" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C96" s="0">
+        <x:v>2.42</x:v>
+      </x:c>
+      <x:c r="D96" s="0">
+        <x:v>27397.595</x:v>
+      </x:c>
+      <x:c r="E96" s="0">
+        <x:v>25606.54</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="97" spans="1:5">
+      <x:c r="A97" s="1">
+        <x:v>45994.9277662037</x:v>
+      </x:c>
+      <x:c r="B97" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C97" s="0">
+        <x:v>2.42</x:v>
+      </x:c>
+      <x:c r="D97" s="0">
+        <x:v>27397.49</x:v>
+      </x:c>
+      <x:c r="E97" s="0">
+        <x:v>25606.54</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="98" spans="1:5">
+      <x:c r="A98" s="1">
+        <x:v>45994.3371990741</x:v>
+      </x:c>
+      <x:c r="B98" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C98" s="0">
+        <x:v>2.42</x:v>
+      </x:c>
+      <x:c r="D98" s="0">
+        <x:v>27343.262</x:v>
+      </x:c>
+      <x:c r="E98" s="0">
+        <x:v>25555.86</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="99" spans="1:5">
+      <x:c r="A99" s="1">
+        <x:v>45993.9304050926</x:v>
+      </x:c>
+      <x:c r="B99" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C99" s="0">
+        <x:v>2.48</x:v>
+      </x:c>
+      <x:c r="D99" s="0">
+        <x:v>27344.77</x:v>
+      </x:c>
+      <x:c r="E99" s="0">
+        <x:v>25555.86</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="100" spans="1:5">
+      <x:c r="A100" s="1">
+        <x:v>45992.9296875</x:v>
+      </x:c>
+      <x:c r="B100" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C100" s="0">
+        <x:v>2.76</x:v>
+      </x:c>
+      <x:c r="D100" s="0">
+        <x:v>27116.848</x:v>
+      </x:c>
+      <x:c r="E100" s="0">
+        <x:v>25342.849</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="101" spans="1:5">
+      <x:c r="A101" s="1">
+        <x:v>45989.8196990741</x:v>
+      </x:c>
+      <x:c r="B101" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C101" s="0">
+        <x:v>2.64</x:v>
+      </x:c>
+      <x:c r="D101" s="0">
+        <x:v>27214.383</x:v>
+      </x:c>
+      <x:c r="E101" s="0">
+        <x:v>25434.889</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="102" spans="1:5">
+      <x:c r="A102" s="1">
+        <x:v>45989.3082523148</x:v>
+      </x:c>
+      <x:c r="B102" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C102" s="0">
+        <x:v>2.84</x:v>
+      </x:c>
+      <x:c r="D102" s="0">
+        <x:v>27002.577</x:v>
+      </x:c>
+      <x:c r="E102" s="0">
+        <x:v>25236.939</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="103" spans="1:5">
+      <x:c r="A103" s="1">
+        <x:v>45987.9266087963</x:v>
+      </x:c>
+      <x:c r="B103" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C103" s="0">
+        <x:v>2.91</x:v>
+      </x:c>
+      <x:c r="D103" s="0">
+        <x:v>27002.005</x:v>
+      </x:c>
+      <x:c r="E103" s="0">
+        <x:v>25236.939</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="104" spans="1:5">
+      <x:c r="A104" s="1">
+        <x:v>45987.319537037</x:v>
+      </x:c>
+      <x:c r="B104" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C104" s="0">
+        <x:v>3.08</x:v>
+      </x:c>
+      <x:c r="D104" s="0">
+        <x:v>26768.125</x:v>
+      </x:c>
+      <x:c r="E104" s="0">
+        <x:v>25018.36</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="105" spans="1:5">
+      <x:c r="A105" s="1">
+        <x:v>45986.9251157407</x:v>
+      </x:c>
+      <x:c r="B105" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C105" s="0">
+        <x:v>3.25</x:v>
+      </x:c>
+      <x:c r="D105" s="0">
+        <x:v>26769.536</x:v>
+      </x:c>
+      <x:c r="E105" s="0">
+        <x:v>25018.36</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="106" spans="1:5">
+      <x:c r="A106" s="1">
+        <x:v>45986.3107407407</x:v>
+      </x:c>
+      <x:c r="B106" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C106" s="0">
+        <x:v>3.52</x:v>
+      </x:c>
+      <x:c r="D106" s="0">
+        <x:v>26614.91</x:v>
+      </x:c>
+      <x:c r="E106" s="0">
+        <x:v>24873.85</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="107" spans="1:5">
+      <x:c r="A107" s="1">
+        <x:v>45985.3068518518</x:v>
+      </x:c>
+      <x:c r="B107" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C107" s="0">
+        <x:v>4.61</x:v>
+      </x:c>
+      <x:c r="D107" s="0">
+        <x:v>25936.018</x:v>
+      </x:c>
+      <x:c r="E107" s="0">
+        <x:v>24239.573</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="108" spans="1:5">
+      <x:c r="A108" s="1">
+        <x:v>45982.9249074074</x:v>
+      </x:c>
+      <x:c r="B108" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C108" s="0">
+        <x:v>5.08</x:v>
+      </x:c>
+      <x:c r="D108" s="0">
+        <x:v>25934.646</x:v>
+      </x:c>
+      <x:c r="E108" s="0">
+        <x:v>24239.573</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="109" spans="1:5">
+      <x:c r="A109" s="1">
+        <x:v>45982.3124884259</x:v>
+      </x:c>
+      <x:c r="B109" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C109" s="0">
+        <x:v>5.5</x:v>
+      </x:c>
+      <x:c r="D109" s="0">
+        <x:v>25736.49</x:v>
+      </x:c>
+      <x:c r="E109" s="0">
+        <x:v>24054.38</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="110" spans="1:5">
+      <x:c r="A110" s="1">
+        <x:v>45981.9259722222</x:v>
+      </x:c>
+      <x:c r="B110" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C110" s="0">
+        <x:v>5.6</x:v>
+      </x:c>
+      <x:c r="D110" s="0">
+        <x:v>25733.698</x:v>
+      </x:c>
+      <x:c r="E110" s="0">
+        <x:v>24054.38</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="111" spans="1:5">
+      <x:c r="A111" s="1">
+        <x:v>45981.3119675926</x:v>
+      </x:c>
+      <x:c r="B111" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C111" s="0">
+        <x:v>3.4</x:v>
+      </x:c>
+      <x:c r="D111" s="0">
+        <x:v>26360.863</x:v>
+      </x:c>
+      <x:c r="E111" s="0">
+        <x:v>24640.515</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="112" spans="1:5">
+      <x:c r="A112" s="1">
+        <x:v>45980.9264583333</x:v>
+      </x:c>
+      <x:c r="B112" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C112" s="0">
+        <x:v>4.36</x:v>
+      </x:c>
+      <x:c r="D112" s="0">
+        <x:v>26365.174</x:v>
+      </x:c>
+      <x:c r="E112" s="0">
+        <x:v>24640.515</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="113" spans="1:5">
+      <x:c r="A113" s="1">
+        <x:v>45980.3054166667</x:v>
+      </x:c>
+      <x:c r="B113" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C113" s="0">
+        <x:v>4.8</x:v>
+      </x:c>
+      <x:c r="D113" s="0">
+        <x:v>26218.136</x:v>
+      </x:c>
+      <x:c r="E113" s="0">
+        <x:v>24503.096</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="114" spans="1:5">
+      <x:c r="A114" s="1">
+        <x:v>45979.9258680556</x:v>
+      </x:c>
+      <x:c r="B114" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C114" s="0">
+        <x:v>4.68</x:v>
+      </x:c>
+      <x:c r="D114" s="0">
+        <x:v>26217.757</x:v>
+      </x:c>
+      <x:c r="E114" s="0">
+        <x:v>24503.096</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="115" spans="1:5">
+      <x:c r="A115" s="1">
+        <x:v>45979.3133912037</x:v>
+      </x:c>
+      <x:c r="B115" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C115" s="0">
+        <x:v>4.39</x:v>
+      </x:c>
+      <x:c r="D115" s="0">
+        <x:v>26535.357</x:v>
+      </x:c>
+      <x:c r="E115" s="0">
+        <x:v>24799.918</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="116" spans="1:5">
+      <x:c r="A116" s="1">
+        <x:v>45978.9282175926</x:v>
+      </x:c>
+      <x:c r="B116" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C116" s="0">
+        <x:v>4.09</x:v>
+      </x:c>
+      <x:c r="D116" s="0">
+        <x:v>26535.42</x:v>
+      </x:c>
+      <x:c r="E116" s="0">
+        <x:v>24799.918</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="117" spans="1:5">
+      <x:c r="A117" s="1">
+        <x:v>45978.3022569444</x:v>
+      </x:c>
+      <x:c r="B117" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C117" s="0">
+        <x:v>3.44</x:v>
+      </x:c>
+      <x:c r="D117" s="0">
+        <x:v>26758.326</x:v>
+      </x:c>
+      <x:c r="E117" s="0">
+        <x:v>25008.242</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="118" spans="1:5">
+      <x:c r="A118" s="1">
+        <x:v>45975.9258449074</x:v>
+      </x:c>
+      <x:c r="B118" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C118" s="0">
+        <x:v>3.71</x:v>
+      </x:c>
+      <x:c r="D118" s="0">
+        <x:v>26755.775</x:v>
+      </x:c>
+      <x:c r="E118" s="0">
+        <x:v>25008.242</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="119" spans="1:5">
+      <x:c r="A119" s="1">
+        <x:v>45975.3077662037</x:v>
+      </x:c>
+      <x:c r="B119" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C119" s="0">
+        <x:v>3.72</x:v>
+      </x:c>
+      <x:c r="D119" s="0">
+        <x:v>26739.961</x:v>
+      </x:c>
+      <x:c r="E119" s="0">
+        <x:v>24993.463</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="120" spans="1:5">
+      <x:c r="A120" s="1">
+        <x:v>45974.9248958333</x:v>
+      </x:c>
+      <x:c r="B120" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C120" s="0">
+        <x:v>3.74</x:v>
+      </x:c>
+      <x:c r="D120" s="0">
+        <x:v>26742.622</x:v>
+      </x:c>
+      <x:c r="E120" s="0">
+        <x:v>24993.463</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="121" spans="1:5">
+      <x:c r="A121" s="1">
+        <x:v>45974.3773148148</x:v>
+      </x:c>
+      <x:c r="B121" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C121" s="0">
+        <x:v>2.9</x:v>
+      </x:c>
+      <x:c r="D121" s="0">
+        <x:v>27303.158</x:v>
+      </x:c>
+      <x:c r="E121" s="0">
+        <x:v>25517.328</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="122" spans="1:5">
+      <x:c r="A122" s="1">
         <x:v>45973.9253125</x:v>
       </x:c>
-      <x:c r="B79" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C79" s="0">
+      <x:c r="B122" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C122" s="0">
         <x:v>3</x:v>
       </x:c>
-      <x:c r="D79" s="0">
+      <x:c r="D122" s="0">
         <x:v>27303.541</x:v>
       </x:c>
-      <x:c r="E79" s="0">
+      <x:c r="E122" s="0">
         <x:v>25517.328</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>