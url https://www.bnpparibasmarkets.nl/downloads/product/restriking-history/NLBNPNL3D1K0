--- v3 (2026-03-07)
+++ v4 (2026-03-29)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R125c859b42254d13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/51443b1107754e759f8ebd8a74d154e2.psmdcp" Id="R316554fceed24d69" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R00d9a90bd5ae4805" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f08f9c07622b49ba9521d5ddb3f2508e.psmdcp" Id="Rdc75fde196c44317" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>NLBNPNL3D1K0</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -390,2120 +390,2511 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E122"/>
+  <x:dimension ref="A1:E145"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>46087.9262847222</x:v>
+        <x:v>46108.8851967593</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
-        <x:v>2.5</x:v>
+        <x:v>4.51</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>26364.324</x:v>
+        <x:v>24751.644</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>24643.02</x:v>
+        <x:v>23132.77</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>46087.3067824074</x:v>
+        <x:v>46108.3259837963</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
-        <x:v>2.03</x:v>
+        <x:v>3.36</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>26768.131</x:v>
+        <x:v>25237.659</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>25020.41</x:v>
+        <x:v>23586.99</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>46086.9326273148</x:v>
+        <x:v>46107.8850115741</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
-        <x:v>2.12</x:v>
+        <x:v>3.66</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>26770.095</x:v>
+        <x:v>25238.079</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>25020.41</x:v>
+        <x:v>23586.99</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>46086.3051273148</x:v>
+        <x:v>46106.8850925926</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
-        <x:v>2.14</x:v>
+        <x:v>2.85</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>26848.494</x:v>
+        <x:v>25853.827</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>25093.68</x:v>
+        <x:v>24162.98</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>46085.9285648148</x:v>
+        <x:v>46106.3005555556</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
-        <x:v>2.05</x:v>
+        <x:v>2.81</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>26849.541</x:v>
+        <x:v>25682.06</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>25093.68</x:v>
+        <x:v>24002.45</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>46085.3383796296</x:v>
+        <x:v>46105.8848032407</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
-        <x:v>2.74</x:v>
+        <x:v>3.09</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>26449.789</x:v>
+        <x:v>25682.622</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>24720.08</x:v>
+        <x:v>24002.45</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>46084.9255787037</x:v>
+        <x:v>46104.8850810185</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
-        <x:v>2.5</x:v>
+        <x:v>2.83</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>26449.761</x:v>
+        <x:v>25880.296</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>24720.08</x:v>
+        <x:v>24188.59</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>46084.3354050926</x:v>
+        <x:v>46104.3100462963</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
-        <x:v>2.51</x:v>
+        <x:v>3.56</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>26741.358</x:v>
+        <x:v>25569.525</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>24992.6</x:v>
+        <x:v>23898.15</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>46083.9256481481</x:v>
+        <x:v>46101.8853819444</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
-        <x:v>2.21</x:v>
+        <x:v>3.31</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>26741.511</x:v>
+        <x:v>25569.394</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>24992.6</x:v>
+        <x:v>23898.15</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>46083.3084259259</x:v>
+        <x:v>46101.3104861111</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C12" s="0">
-        <x:v>2.58</x:v>
+        <x:v>2.68</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>26706.672</x:v>
+        <x:v>26058.523</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>24960.04</x:v>
+        <x:v>24355.28</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>46080.9257523148</x:v>
+        <x:v>46100.8877314815</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0">
-        <x:v>2.25</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>26704.342</x:v>
+        <x:v>26060.15</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>24960.04</x:v>
+        <x:v>24355.28</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>46080.3043634259</x:v>
+        <x:v>46099.8875231482</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C14" s="0">
-        <x:v>2.2</x:v>
+        <x:v>2.61</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>26783.875</x:v>
+        <x:v>26134.846</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>25034.37</x:v>
+        <x:v>24425.09</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>46079.9258101852</x:v>
+        <x:v>46098.8845601852</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
-        <x:v>2.17</x:v>
+        <x:v>2.23</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>26786.534</x:v>
+        <x:v>26515.049</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>25034.37</x:v>
+        <x:v>24780.42</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>46079.2991550926</x:v>
+        <x:v>46097.8857638889</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C16" s="0">
-        <x:v>1.97</x:v>
+        <x:v>2.37</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>27101.831</x:v>
+        <x:v>26380.463</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>25329.04</x:v>
+        <x:v>24655.34</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>46078.925775463</x:v>
+        <x:v>46097.3039699074</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C17" s="0">
-        <x:v>1.9</x:v>
+        <x:v>2.53</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>27102.009</x:v>
+        <x:v>26086.63</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>25329.04</x:v>
+        <x:v>24380.73</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>46078.3266203704</x:v>
+        <x:v>46094.8846412037</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="0">
-        <x:v>2.28</x:v>
+        <x:v>2.74</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>26725.369</x:v>
+        <x:v>26084.329</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>24977.04</x:v>
+        <x:v>24380.73</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>46077.925474537</x:v>
+        <x:v>46094.30125</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C19" s="0">
-        <x:v>2.29</x:v>
+        <x:v>2.51</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>26725.433</x:v>
+        <x:v>26247.878</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>24977.04</x:v>
+        <x:v>24533.58</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
-        <x:v>46076.3076157407</x:v>
+        <x:v>46093.8852893518</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C20" s="0">
         <x:v>2.55</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>26763.172</x:v>
+        <x:v>26250.931</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>25012.62</x:v>
+        <x:v>24533.58</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="1">
-        <x:v>46073.9253587963</x:v>
+        <x:v>46092.884849537</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C21" s="0">
-        <x:v>2.29</x:v>
+        <x:v>2.11</x:v>
       </x:c>
       <x:c r="D21" s="0">
-        <x:v>26763.373</x:v>
+        <x:v>26711.438</x:v>
       </x:c>
       <x:c r="E21" s="0">
-        <x:v>25012.62</x:v>
+        <x:v>24965.01</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="1">
-        <x:v>46073.3322685185</x:v>
+        <x:v>46092.3173032407</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C22" s="0">
-        <x:v>2.46</x:v>
+        <x:v>2.08</x:v>
       </x:c>
       <x:c r="D22" s="0">
-        <x:v>26533.023</x:v>
+        <x:v>26702.3</x:v>
       </x:c>
       <x:c r="E22" s="0">
-        <x:v>24797.34</x:v>
+        <x:v>24956.47</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="1">
-        <x:v>46072.9253935185</x:v>
+        <x:v>46091.8851967593</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C23" s="0">
-        <x:v>2.56</x:v>
+        <x:v>2.12</x:v>
       </x:c>
       <x:c r="D23" s="0">
-        <x:v>26529.363</x:v>
+        <x:v>26703.423</x:v>
       </x:c>
       <x:c r="E23" s="0">
-        <x:v>24797.34</x:v>
+        <x:v>24956.47</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="1">
-        <x:v>46072.3124884259</x:v>
+        <x:v>46090.8887037037</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C24" s="0">
-        <x:v>2.41</x:v>
+        <x:v>2.11</x:v>
       </x:c>
       <x:c r="D24" s="0">
-        <x:v>26638</x:v>
+        <x:v>26713.599</x:v>
       </x:c>
       <x:c r="E24" s="0">
-        <x:v>24898.87</x:v>
+        <x:v>24967.248</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="1">
-        <x:v>46071.9254861111</x:v>
+        <x:v>46090.3219791667</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C25" s="0">
-        <x:v>2.44</x:v>
+        <x:v>2.96</x:v>
       </x:c>
       <x:c r="D25" s="0">
-        <x:v>26641.576</x:v>
+        <x:v>26366.675</x:v>
       </x:c>
       <x:c r="E25" s="0">
-        <x:v>24898.87</x:v>
+        <x:v>24643.02</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="1">
-        <x:v>46071.3073148148</x:v>
+        <x:v>46087.9262847222</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C26" s="0">
-        <x:v>2.62</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="D26" s="0">
-        <x:v>26430.498</x:v>
+        <x:v>26364.324</x:v>
       </x:c>
       <x:c r="E26" s="0">
-        <x:v>24701.6</x:v>
+        <x:v>24643.02</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="1">
-        <x:v>46070.9253472222</x:v>
+        <x:v>46087.3067824074</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C27" s="0">
-        <x:v>2.7</x:v>
+        <x:v>2.03</x:v>
       </x:c>
       <x:c r="D27" s="0">
-        <x:v>26429.678</x:v>
+        <x:v>26768.131</x:v>
       </x:c>
       <x:c r="E27" s="0">
-        <x:v>24701.6</x:v>
+        <x:v>25020.41</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="1">
-        <x:v>46070.3023611111</x:v>
+        <x:v>46086.9326273148</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C28" s="0">
-        <x:v>2.94</x:v>
+        <x:v>2.12</x:v>
       </x:c>
       <x:c r="D28" s="0">
-        <x:v>26462.987</x:v>
+        <x:v>26770.095</x:v>
       </x:c>
       <x:c r="E28" s="0">
-        <x:v>24732.73</x:v>
+        <x:v>25020.41</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="1">
-        <x:v>46066.9255324074</x:v>
+        <x:v>46086.3051273148</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C29" s="0">
-        <x:v>2.66</x:v>
+        <x:v>2.14</x:v>
       </x:c>
       <x:c r="D29" s="0">
-        <x:v>26461.002</x:v>
+        <x:v>26848.494</x:v>
       </x:c>
       <x:c r="E29" s="0">
-        <x:v>24732.73</x:v>
+        <x:v>25093.68</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="1">
-        <x:v>46066.3087847222</x:v>
+        <x:v>46085.9285648148</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C30" s="0">
-        <x:v>2.77</x:v>
+        <x:v>2.05</x:v>
       </x:c>
       <x:c r="D30" s="0">
-        <x:v>26412.724</x:v>
+        <x:v>26849.541</x:v>
       </x:c>
       <x:c r="E30" s="0">
-        <x:v>24687.61</x:v>
+        <x:v>25093.68</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="1">
-        <x:v>46065.9253703704</x:v>
+        <x:v>46085.3383796296</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C31" s="0">
-        <x:v>2.72</x:v>
+        <x:v>2.74</x:v>
       </x:c>
       <x:c r="D31" s="0">
-        <x:v>26415.743</x:v>
+        <x:v>26449.789</x:v>
       </x:c>
       <x:c r="E31" s="0">
-        <x:v>24687.61</x:v>
+        <x:v>24720.08</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="1">
-        <x:v>46064.9256597222</x:v>
+        <x:v>46084.9255787037</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C32" s="0">
-        <x:v>2.18</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="D32" s="0">
-        <x:v>26965.114</x:v>
+        <x:v>26449.761</x:v>
       </x:c>
       <x:c r="E32" s="0">
-        <x:v>25201.26</x:v>
+        <x:v>24720.08</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="1">
-        <x:v>46064.3233101852</x:v>
+        <x:v>46084.3354050926</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C33" s="0">
-        <x:v>2.2</x:v>
+        <x:v>2.51</x:v>
       </x:c>
       <x:c r="D33" s="0">
-        <x:v>26886.34</x:v>
+        <x:v>26741.358</x:v>
       </x:c>
       <x:c r="E33" s="0">
-        <x:v>25127.64</x:v>
+        <x:v>24992.6</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="1">
-        <x:v>46063.9255324074</x:v>
+        <x:v>46083.9256481481</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C34" s="0">
-        <x:v>2.26</x:v>
+        <x:v>2.21</x:v>
       </x:c>
       <x:c r="D34" s="0">
-        <x:v>26885.665</x:v>
+        <x:v>26741.511</x:v>
       </x:c>
       <x:c r="E34" s="0">
-        <x:v>25127.64</x:v>
+        <x:v>24992.6</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="1">
-        <x:v>46063.3311921296</x:v>
+        <x:v>46083.3084259259</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C35" s="0">
-        <x:v>2.18</x:v>
+        <x:v>2.58</x:v>
       </x:c>
       <x:c r="D35" s="0">
-        <x:v>27036</x:v>
+        <x:v>26706.672</x:v>
       </x:c>
       <x:c r="E35" s="0">
-        <x:v>25268.14</x:v>
+        <x:v>24960.04</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="1">
-        <x:v>46062.9247569444</x:v>
+        <x:v>46080.9257523148</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C36" s="0">
-        <x:v>2.12</x:v>
+        <x:v>2.25</x:v>
       </x:c>
       <x:c r="D36" s="0">
-        <x:v>27035.028</x:v>
+        <x:v>26704.342</x:v>
       </x:c>
       <x:c r="E36" s="0">
-        <x:v>25268.14</x:v>
+        <x:v>24960.04</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="1">
-        <x:v>46062.2992013889</x:v>
+        <x:v>46080.3043634259</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C37" s="0">
-        <x:v>2.29</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="D37" s="0">
-        <x:v>26829.192</x:v>
+        <x:v>26783.875</x:v>
       </x:c>
       <x:c r="E37" s="0">
-        <x:v>25075.77</x:v>
+        <x:v>25034.37</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="1">
-        <x:v>46058.9255439815</x:v>
+        <x:v>46079.9258101852</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C38" s="0">
-        <x:v>3.14</x:v>
+        <x:v>2.17</x:v>
       </x:c>
       <x:c r="D38" s="0">
-        <x:v>26267.098</x:v>
+        <x:v>26786.534</x:v>
       </x:c>
       <x:c r="E38" s="0">
-        <x:v>24548.69</x:v>
+        <x:v>25034.37</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="1">
-        <x:v>46057.9258449074</x:v>
+        <x:v>46079.2991550926</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C39" s="0">
-        <x:v>2.7</x:v>
+        <x:v>1.97</x:v>
       </x:c>
       <x:c r="D39" s="0">
-        <x:v>26633.627</x:v>
+        <x:v>27101.831</x:v>
       </x:c>
       <x:c r="E39" s="0">
-        <x:v>24891.24</x:v>
+        <x:v>25329.04</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="1">
-        <x:v>46056.9428703704</x:v>
+        <x:v>46078.925775463</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C40" s="0">
-        <x:v>2.22</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="D40" s="0">
-        <x:v>27112.323</x:v>
+        <x:v>27102.009</x:v>
       </x:c>
       <x:c r="E40" s="0">
-        <x:v>25338.62</x:v>
+        <x:v>25329.04</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="1">
-        <x:v>46055.9254513889</x:v>
+        <x:v>46078.3266203704</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C41" s="0">
-        <x:v>1.87</x:v>
+        <x:v>2.28</x:v>
       </x:c>
       <x:c r="D41" s="0">
-        <x:v>27540.313</x:v>
+        <x:v>26725.369</x:v>
       </x:c>
       <x:c r="E41" s="0">
-        <x:v>25738.61</x:v>
+        <x:v>24977.04</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="1">
-        <x:v>46052.2983333333</x:v>
+        <x:v>46077.925474537</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C42" s="0">
-        <x:v>1.9</x:v>
+        <x:v>2.29</x:v>
       </x:c>
       <x:c r="D42" s="0">
-        <x:v>27693.666</x:v>
+        <x:v>26725.433</x:v>
       </x:c>
       <x:c r="E42" s="0">
-        <x:v>25884.29</x:v>
+        <x:v>24977.04</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="1">
-        <x:v>46051.9256481481</x:v>
+        <x:v>46076.3076157407</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C43" s="0">
-        <x:v>1.78</x:v>
+        <x:v>2.55</x:v>
       </x:c>
       <x:c r="D43" s="0">
-        <x:v>27695.818</x:v>
+        <x:v>26763.172</x:v>
       </x:c>
       <x:c r="E43" s="0">
-        <x:v>25884.29</x:v>
+        <x:v>25012.62</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="1">
-        <x:v>46051.3032407407</x:v>
+        <x:v>46073.9253587963</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C44" s="0">
-        <x:v>1.6</x:v>
+        <x:v>2.29</x:v>
       </x:c>
       <x:c r="D44" s="0">
-        <x:v>27844.013</x:v>
+        <x:v>26763.373</x:v>
       </x:c>
       <x:c r="E44" s="0">
-        <x:v>26022.79</x:v>
+        <x:v>25012.62</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="1">
-        <x:v>46050.9251041667</x:v>
+        <x:v>46073.3322685185</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C45" s="0">
-        <x:v>1.67</x:v>
+        <x:v>2.46</x:v>
       </x:c>
       <x:c r="D45" s="0">
-        <x:v>27843.859</x:v>
+        <x:v>26533.023</x:v>
       </x:c>
       <x:c r="E45" s="0">
-        <x:v>26022.79</x:v>
+        <x:v>24797.34</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="1">
-        <x:v>46050.299212963</x:v>
+        <x:v>46072.9253935185</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C46" s="0">
-        <x:v>1.59</x:v>
+        <x:v>2.56</x:v>
       </x:c>
       <x:c r="D46" s="0">
-        <x:v>27754.996</x:v>
+        <x:v>26529.363</x:v>
       </x:c>
       <x:c r="E46" s="0">
-        <x:v>25939.74</x:v>
+        <x:v>24797.34</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="1">
-        <x:v>46049.9250462963</x:v>
+        <x:v>46072.3124884259</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C47" s="0">
-        <x:v>1.74</x:v>
+        <x:v>2.41</x:v>
       </x:c>
       <x:c r="D47" s="0">
-        <x:v>27755.522</x:v>
+        <x:v>26638</x:v>
       </x:c>
       <x:c r="E47" s="0">
-        <x:v>25939.74</x:v>
+        <x:v>24898.87</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5">
       <x:c r="A48" s="1">
-        <x:v>46048.9248726852</x:v>
+        <x:v>46071.9254861111</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C48" s="0">
-        <x:v>1.94</x:v>
+        <x:v>2.44</x:v>
       </x:c>
       <x:c r="D48" s="0">
-        <x:v>27513.135</x:v>
+        <x:v>26641.576</x:v>
       </x:c>
       <x:c r="E48" s="0">
-        <x:v>25713.21</x:v>
+        <x:v>24898.87</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
       <x:c r="A49" s="1">
-        <x:v>46045.9251851852</x:v>
+        <x:v>46071.3073148148</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C49" s="0">
-        <x:v>2.04</x:v>
+        <x:v>2.62</x:v>
       </x:c>
       <x:c r="D49" s="0">
-        <x:v>27397.853</x:v>
+        <x:v>26430.498</x:v>
       </x:c>
       <x:c r="E49" s="0">
-        <x:v>25605.47</x:v>
+        <x:v>24701.6</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5">
       <x:c r="A50" s="1">
-        <x:v>46044.9246180556</x:v>
+        <x:v>46070.9253472222</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C50" s="0">
-        <x:v>2.13</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="D50" s="0">
-        <x:v>27304.634</x:v>
+        <x:v>26429.678</x:v>
       </x:c>
       <x:c r="E50" s="0">
-        <x:v>25518.35</x:v>
+        <x:v>24701.6</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5">
       <x:c r="A51" s="1">
-        <x:v>46043.9254861111</x:v>
+        <x:v>46070.3023611111</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C51" s="0">
-        <x:v>2.34</x:v>
+        <x:v>2.94</x:v>
       </x:c>
       <x:c r="D51" s="0">
-        <x:v>27099.441</x:v>
+        <x:v>26462.987</x:v>
       </x:c>
       <x:c r="E51" s="0">
-        <x:v>25326.58</x:v>
+        <x:v>24732.73</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5">
       <x:c r="A52" s="1">
-        <x:v>46042.9278935185</x:v>
+        <x:v>46066.9255324074</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C52" s="0">
-        <x:v>2.79</x:v>
+        <x:v>2.66</x:v>
       </x:c>
       <x:c r="D52" s="0">
-        <x:v>26736.7</x:v>
+        <x:v>26461.002</x:v>
       </x:c>
       <x:c r="E52" s="0">
-        <x:v>24987.57</x:v>
+        <x:v>24732.73</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5">
       <x:c r="A53" s="1">
-        <x:v>46038.9244212963</x:v>
+        <x:v>46066.3087847222</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C53" s="0">
-        <x:v>2.22</x:v>
+        <x:v>2.77</x:v>
       </x:c>
       <x:c r="D53" s="0">
-        <x:v>27316.308</x:v>
+        <x:v>26412.724</x:v>
       </x:c>
       <x:c r="E53" s="0">
-        <x:v>25529.26</x:v>
+        <x:v>24687.61</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5">
       <x:c r="A54" s="1">
-        <x:v>46037.9281134259</x:v>
+        <x:v>46065.9253703704</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C54" s="0">
-        <x:v>2.2</x:v>
+        <x:v>2.72</x:v>
       </x:c>
       <x:c r="D54" s="0">
-        <x:v>27335.365</x:v>
+        <x:v>26415.743</x:v>
       </x:c>
       <x:c r="E54" s="0">
-        <x:v>25547.07</x:v>
+        <x:v>24687.61</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5">
       <x:c r="A55" s="1">
-        <x:v>46036.9273611111</x:v>
+        <x:v>46064.9256597222</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C55" s="0">
-        <x:v>2.29</x:v>
+        <x:v>2.18</x:v>
       </x:c>
       <x:c r="D55" s="0">
-        <x:v>27246.886</x:v>
+        <x:v>26965.114</x:v>
       </x:c>
       <x:c r="E55" s="0">
-        <x:v>25465.94</x:v>
+        <x:v>25201.26</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5">
       <x:c r="A56" s="1">
-        <x:v>46036.3276157407</x:v>
+        <x:v>46064.3233101852</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C56" s="0">
-        <x:v>2.08</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="D56" s="0">
-        <x:v>27542.217</x:v>
+        <x:v>26886.34</x:v>
       </x:c>
       <x:c r="E56" s="0">
-        <x:v>25741.95</x:v>
+        <x:v>25127.64</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:5">
       <x:c r="A57" s="1">
-        <x:v>46035.9280092593</x:v>
+        <x:v>46063.9255324074</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C57" s="0">
-        <x:v>2.03</x:v>
+        <x:v>2.26</x:v>
       </x:c>
       <x:c r="D57" s="0">
-        <x:v>27543.886</x:v>
+        <x:v>26885.665</x:v>
       </x:c>
       <x:c r="E57" s="0">
-        <x:v>25741.95</x:v>
+        <x:v>25127.64</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:5">
       <x:c r="A58" s="1">
-        <x:v>46034.9279282407</x:v>
+        <x:v>46063.3311921296</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C58" s="0">
-        <x:v>1.99</x:v>
+        <x:v>2.18</x:v>
       </x:c>
       <x:c r="D58" s="0">
-        <x:v>27592.796</x:v>
+        <x:v>27036</x:v>
       </x:c>
       <x:c r="E58" s="0">
-        <x:v>25787.66</x:v>
+        <x:v>25268.14</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:5">
       <x:c r="A59" s="1">
-        <x:v>46031.929224537</x:v>
+        <x:v>46062.9247569444</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C59" s="0">
-        <x:v>2</x:v>
+        <x:v>2.12</x:v>
       </x:c>
       <x:c r="D59" s="0">
-        <x:v>27569.339</x:v>
+        <x:v>27035.028</x:v>
       </x:c>
       <x:c r="E59" s="0">
-        <x:v>25766.26</x:v>
+        <x:v>25268.14</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:5">
       <x:c r="A60" s="1">
-        <x:v>46031.324849537</x:v>
+        <x:v>46062.2992013889</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C60" s="0">
-        <x:v>2.26</x:v>
+        <x:v>2.29</x:v>
       </x:c>
       <x:c r="D60" s="0">
-        <x:v>27292.038</x:v>
+        <x:v>26829.192</x:v>
       </x:c>
       <x:c r="E60" s="0">
-        <x:v>25507.1</x:v>
+        <x:v>25075.77</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:5">
       <x:c r="A61" s="1">
-        <x:v>46030.9270949074</x:v>
+        <x:v>46058.9255439815</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C61" s="0">
-        <x:v>2.28</x:v>
+        <x:v>3.14</x:v>
       </x:c>
       <x:c r="D61" s="0">
-        <x:v>27292.597</x:v>
+        <x:v>26267.098</x:v>
       </x:c>
       <x:c r="E61" s="0">
-        <x:v>25507.1</x:v>
+        <x:v>24548.69</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:5">
       <x:c r="A62" s="1">
-        <x:v>46029.9278819444</x:v>
+        <x:v>46057.9258449074</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C62" s="0">
-        <x:v>2.13</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="D62" s="0">
-        <x:v>27449.673</x:v>
+        <x:v>26633.627</x:v>
       </x:c>
       <x:c r="E62" s="0">
-        <x:v>25653.9</x:v>
+        <x:v>24891.24</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:5">
       <x:c r="A63" s="1">
-        <x:v>46028.9272222222</x:v>
+        <x:v>46056.9428703704</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C63" s="0">
-        <x:v>2.15</x:v>
+        <x:v>2.22</x:v>
       </x:c>
       <x:c r="D63" s="0">
-        <x:v>27434.49</x:v>
+        <x:v>27112.323</x:v>
       </x:c>
       <x:c r="E63" s="0">
-        <x:v>25639.71</x:v>
+        <x:v>25338.62</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:5">
       <x:c r="A64" s="1">
-        <x:v>46027.9295717593</x:v>
+        <x:v>46055.9254513889</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C64" s="0">
-        <x:v>2.42</x:v>
+        <x:v>1.87</x:v>
       </x:c>
       <x:c r="D64" s="0">
-        <x:v>27179.412</x:v>
+        <x:v>27540.313</x:v>
       </x:c>
       <x:c r="E64" s="0">
-        <x:v>25401.32</x:v>
+        <x:v>25738.61</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:5">
       <x:c r="A65" s="1">
-        <x:v>46024.9271875</x:v>
+        <x:v>46052.2983333333</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C65" s="0">
-        <x:v>2.66</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="D65" s="0">
-        <x:v>26967.775</x:v>
+        <x:v>27693.666</x:v>
       </x:c>
       <x:c r="E65" s="0">
-        <x:v>25206.17</x:v>
+        <x:v>25884.29</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:5">
       <x:c r="A66" s="1">
-        <x:v>46024.2881712963</x:v>
+        <x:v>46051.9256481481</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C66" s="0">
-        <x:v>2.38</x:v>
+        <x:v>1.78</x:v>
       </x:c>
       <x:c r="D66" s="0">
-        <x:v>27014.513</x:v>
+        <x:v>27695.818</x:v>
       </x:c>
       <x:c r="E66" s="0">
-        <x:v>25249.85</x:v>
+        <x:v>25884.29</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:5">
       <x:c r="A67" s="1">
-        <x:v>46022.9253125</x:v>
+        <x:v>46051.3032407407</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C67" s="0">
-        <x:v>2.61</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="D67" s="0">
-        <x:v>27016.337</x:v>
+        <x:v>27844.013</x:v>
       </x:c>
       <x:c r="E67" s="0">
-        <x:v>25249.85</x:v>
+        <x:v>26022.79</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:5">
       <x:c r="A68" s="1">
-        <x:v>46022.3246527778</x:v>
+        <x:v>46050.9251041667</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C68" s="0">
-        <x:v>2.45</x:v>
+        <x:v>1.67</x:v>
       </x:c>
       <x:c r="D68" s="0">
-        <x:v>27243.937</x:v>
+        <x:v>27843.859</x:v>
       </x:c>
       <x:c r="E68" s="0">
-        <x:v>25462.56</x:v>
+        <x:v>26022.79</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:5">
       <x:c r="A69" s="1">
-        <x:v>46021.927025463</x:v>
+        <x:v>46050.299212963</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C69" s="0">
-        <x:v>2.37</x:v>
+        <x:v>1.59</x:v>
       </x:c>
       <x:c r="D69" s="0">
-        <x:v>27244.939</x:v>
+        <x:v>27754.996</x:v>
       </x:c>
       <x:c r="E69" s="0">
-        <x:v>25462.56</x:v>
+        <x:v>25939.74</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:5">
       <x:c r="A70" s="1">
-        <x:v>46020.9274421296</x:v>
+        <x:v>46049.9250462963</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C70" s="0">
-        <x:v>2.3</x:v>
+        <x:v>1.74</x:v>
       </x:c>
       <x:c r="D70" s="0">
-        <x:v>27311.7</x:v>
+        <x:v>27755.522</x:v>
       </x:c>
       <x:c r="E70" s="0">
-        <x:v>25525.56</x:v>
+        <x:v>25939.74</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:5">
       <x:c r="A71" s="1">
-        <x:v>46020.3324884259</x:v>
+        <x:v>46048.9248726852</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C71" s="0">
-        <x:v>2.22</x:v>
+        <x:v>1.94</x:v>
       </x:c>
       <x:c r="D71" s="0">
-        <x:v>27438.848</x:v>
+        <x:v>27513.135</x:v>
       </x:c>
       <x:c r="E71" s="0">
-        <x:v>25644.39</x:v>
+        <x:v>25713.21</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:5">
       <x:c r="A72" s="1">
-        <x:v>46017.9264351852</x:v>
+        <x:v>46045.9251851852</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C72" s="0">
-        <x:v>2.18</x:v>
+        <x:v>2.04</x:v>
       </x:c>
       <x:c r="D72" s="0">
-        <x:v>27439.497</x:v>
+        <x:v>27397.853</x:v>
       </x:c>
       <x:c r="E72" s="0">
-        <x:v>25644.39</x:v>
+        <x:v>25605.47</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:5">
       <x:c r="A73" s="1">
-        <x:v>46015.925462963</x:v>
+        <x:v>46044.9246180556</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C73" s="0">
-        <x:v>2.16</x:v>
+        <x:v>2.13</x:v>
       </x:c>
       <x:c r="D73" s="0">
-        <x:v>27451.86</x:v>
+        <x:v>27304.634</x:v>
       </x:c>
       <x:c r="E73" s="0">
-        <x:v>25656.15</x:v>
+        <x:v>25518.35</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:5">
       <x:c r="A74" s="1">
-        <x:v>46015.7976967593</x:v>
+        <x:v>46043.9254861111</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C74" s="0">
-        <x:v>2.16</x:v>
+        <x:v>2.34</x:v>
       </x:c>
       <x:c r="D74" s="0">
-        <x:v>27451.856</x:v>
+        <x:v>27099.441</x:v>
       </x:c>
       <x:c r="E74" s="0">
-        <x:v>25656.146</x:v>
+        <x:v>25326.58</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:5">
       <x:c r="A75" s="1">
-        <x:v>46015.3842824074</x:v>
+        <x:v>46042.9278935185</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C75" s="0">
-        <x:v>2.26</x:v>
+        <x:v>2.79</x:v>
       </x:c>
       <x:c r="D75" s="0">
-        <x:v>27378.758</x:v>
+        <x:v>26736.7</x:v>
       </x:c>
       <x:c r="E75" s="0">
-        <x:v>25587.83</x:v>
+        <x:v>24987.57</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:5">
       <x:c r="A76" s="1">
-        <x:v>46014.9278356481</x:v>
+        <x:v>46038.9244212963</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C76" s="0">
-        <x:v>2.23</x:v>
+        <x:v>2.22</x:v>
       </x:c>
       <x:c r="D76" s="0">
-        <x:v>27378.978</x:v>
+        <x:v>27316.308</x:v>
       </x:c>
       <x:c r="E76" s="0">
-        <x:v>25587.83</x:v>
+        <x:v>25529.26</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:5">
       <x:c r="A77" s="1">
-        <x:v>46013.9284722222</x:v>
+        <x:v>46037.9281134259</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C77" s="0">
-        <x:v>2.37</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="D77" s="0">
-        <x:v>27241.297</x:v>
+        <x:v>27335.365</x:v>
       </x:c>
       <x:c r="E77" s="0">
-        <x:v>25461.7</x:v>
+        <x:v>25547.07</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:5">
       <x:c r="A78" s="1">
-        <x:v>46013.2967013889</x:v>
+        <x:v>46036.9273611111</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C78" s="0">
-        <x:v>2.39</x:v>
+        <x:v>2.29</x:v>
       </x:c>
       <x:c r="D78" s="0">
-        <x:v>27117.691</x:v>
+        <x:v>27246.886</x:v>
       </x:c>
       <x:c r="E78" s="0">
-        <x:v>25346.18</x:v>
+        <x:v>25465.94</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:5">
       <x:c r="A79" s="1">
-        <x:v>46010.9276388889</x:v>
+        <x:v>46036.3276157407</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C79" s="0">
-        <x:v>2.51</x:v>
+        <x:v>2.08</x:v>
       </x:c>
       <x:c r="D79" s="0">
-        <x:v>27120.413</x:v>
+        <x:v>27542.217</x:v>
       </x:c>
       <x:c r="E79" s="0">
-        <x:v>25346.18</x:v>
+        <x:v>25741.95</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:5">
       <x:c r="A80" s="1">
-        <x:v>46009.9307523148</x:v>
+        <x:v>46035.9280092593</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C80" s="0">
-        <x:v>2.97</x:v>
+        <x:v>2.03</x:v>
       </x:c>
       <x:c r="D80" s="0">
-        <x:v>26770.726</x:v>
+        <x:v>27543.886</x:v>
       </x:c>
       <x:c r="E80" s="0">
-        <x:v>25019.37</x:v>
+        <x:v>25741.95</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:5">
       <x:c r="A81" s="1">
-        <x:v>46008.9276736111</x:v>
+        <x:v>46034.9279282407</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C81" s="0">
-        <x:v>3.63</x:v>
+        <x:v>1.99</x:v>
       </x:c>
       <x:c r="D81" s="0">
-        <x:v>26372.943</x:v>
+        <x:v>27592.796</x:v>
       </x:c>
       <x:c r="E81" s="0">
-        <x:v>24647.61</x:v>
+        <x:v>25787.66</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:5">
       <x:c r="A82" s="1">
-        <x:v>46007.9278472222</x:v>
+        <x:v>46031.929224537</x:v>
       </x:c>
       <x:c r="B82" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C82" s="0">
-        <x:v>2.94</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="D82" s="0">
-        <x:v>26892.246</x:v>
+        <x:v>27569.339</x:v>
       </x:c>
       <x:c r="E82" s="0">
-        <x:v>25132.94</x:v>
+        <x:v>25766.26</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:5">
       <x:c r="A83" s="1">
-        <x:v>46006.9271412037</x:v>
+        <x:v>46031.324849537</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C83" s="0">
-        <x:v>3.04</x:v>
+        <x:v>2.26</x:v>
       </x:c>
       <x:c r="D83" s="0">
-        <x:v>26819.985</x:v>
+        <x:v>27292.038</x:v>
       </x:c>
       <x:c r="E83" s="0">
-        <x:v>25067.27</x:v>
+        <x:v>25507.1</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:5">
       <x:c r="A84" s="1">
-        <x:v>46006.3081134259</x:v>
+        <x:v>46030.9270949074</x:v>
       </x:c>
       <x:c r="B84" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C84" s="0">
-        <x:v>2.78</x:v>
+        <x:v>2.28</x:v>
       </x:c>
       <x:c r="D84" s="0">
-        <x:v>26958.507</x:v>
+        <x:v>27292.597</x:v>
       </x:c>
       <x:c r="E84" s="0">
-        <x:v>25196.73</x:v>
+        <x:v>25507.1</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:5">
       <x:c r="A85" s="1">
-        <x:v>46003.927037037</x:v>
+        <x:v>46029.9278819444</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C85" s="0">
-        <x:v>2.86</x:v>
+        <x:v>2.13</x:v>
       </x:c>
       <x:c r="D85" s="0">
-        <x:v>26959.589</x:v>
+        <x:v>27449.673</x:v>
       </x:c>
       <x:c r="E85" s="0">
-        <x:v>25196.73</x:v>
+        <x:v>25653.9</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:5">
       <x:c r="A86" s="1">
-        <x:v>46003.3313773148</x:v>
+        <x:v>46028.9272222222</x:v>
       </x:c>
       <x:c r="B86" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C86" s="0">
-        <x:v>2.35</x:v>
+        <x:v>2.15</x:v>
       </x:c>
       <x:c r="D86" s="0">
-        <x:v>27483.846</x:v>
+        <x:v>27434.49</x:v>
       </x:c>
       <x:c r="E86" s="0">
-        <x:v>25686.69</x:v>
+        <x:v>25639.71</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:5">
       <x:c r="A87" s="1">
-        <x:v>46002.9321180556</x:v>
+        <x:v>46027.9295717593</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C87" s="0">
-        <x:v>2.33</x:v>
+        <x:v>2.42</x:v>
       </x:c>
       <x:c r="D87" s="0">
-        <x:v>27484.758</x:v>
+        <x:v>27179.412</x:v>
       </x:c>
       <x:c r="E87" s="0">
-        <x:v>25686.69</x:v>
+        <x:v>25401.32</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:5">
       <x:c r="A88" s="1">
-        <x:v>46001.9271180556</x:v>
+        <x:v>46024.9271875</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C88" s="0">
-        <x:v>2.23</x:v>
+        <x:v>2.66</x:v>
       </x:c>
       <x:c r="D88" s="0">
-        <x:v>27580.452</x:v>
+        <x:v>26967.775</x:v>
       </x:c>
       <x:c r="E88" s="0">
-        <x:v>25776.44</x:v>
+        <x:v>25206.17</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:5">
       <x:c r="A89" s="1">
-        <x:v>46001.3340740741</x:v>
+        <x:v>46024.2881712963</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C89" s="0">
-        <x:v>2.35</x:v>
+        <x:v>2.38</x:v>
       </x:c>
       <x:c r="D89" s="0">
-        <x:v>27465.16</x:v>
+        <x:v>27014.513</x:v>
       </x:c>
       <x:c r="E89" s="0">
-        <x:v>25668.69</x:v>
+        <x:v>25249.85</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:5">
       <x:c r="A90" s="1">
-        <x:v>46000.9276273148</x:v>
+        <x:v>46022.9253125</x:v>
       </x:c>
       <x:c r="B90" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C90" s="0">
-        <x:v>2.35</x:v>
+        <x:v>2.61</x:v>
       </x:c>
       <x:c r="D90" s="0">
-        <x:v>27465.323</x:v>
+        <x:v>27016.337</x:v>
       </x:c>
       <x:c r="E90" s="0">
-        <x:v>25668.69</x:v>
+        <x:v>25249.85</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:5">
       <x:c r="A91" s="1">
-        <x:v>46000.3338425926</x:v>
+        <x:v>46022.3246527778</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C91" s="0">
-        <x:v>2.38</x:v>
+        <x:v>2.45</x:v>
       </x:c>
       <x:c r="D91" s="0">
-        <x:v>27421.731</x:v>
+        <x:v>27243.937</x:v>
       </x:c>
       <x:c r="E91" s="0">
-        <x:v>25627.95</x:v>
+        <x:v>25462.56</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:5">
       <x:c r="A92" s="1">
-        <x:v>45999.3304282407</x:v>
+        <x:v>46021.927025463</x:v>
       </x:c>
       <x:c r="B92" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C92" s="0">
-        <x:v>2.25</x:v>
+        <x:v>2.37</x:v>
       </x:c>
       <x:c r="D92" s="0">
-        <x:v>27488.577</x:v>
+        <x:v>27244.939</x:v>
       </x:c>
       <x:c r="E92" s="0">
-        <x:v>25692.05</x:v>
+        <x:v>25462.56</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:5">
       <x:c r="A93" s="1">
-        <x:v>45996.9307986111</x:v>
+        <x:v>46020.9274421296</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C93" s="0">
-        <x:v>2.32</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="D93" s="0">
-        <x:v>27487.503</x:v>
+        <x:v>27311.7</x:v>
       </x:c>
       <x:c r="E93" s="0">
-        <x:v>25692.05</x:v>
+        <x:v>25525.56</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:5">
       <x:c r="A94" s="1">
-        <x:v>45996.3408449074</x:v>
+        <x:v>46020.3324884259</x:v>
       </x:c>
       <x:c r="B94" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C94" s="0">
-        <x:v>2.34</x:v>
+        <x:v>2.22</x:v>
       </x:c>
       <x:c r="D94" s="0">
-        <x:v>27369.428</x:v>
+        <x:v>27438.848</x:v>
       </x:c>
       <x:c r="E94" s="0">
-        <x:v>25581.7</x:v>
+        <x:v>25644.39</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:5">
       <x:c r="A95" s="1">
-        <x:v>45995.9303703704</x:v>
+        <x:v>46017.9264351852</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C95" s="0">
-        <x:v>2.45</x:v>
+        <x:v>2.18</x:v>
       </x:c>
       <x:c r="D95" s="0">
-        <x:v>27371.017</x:v>
+        <x:v>27439.497</x:v>
       </x:c>
       <x:c r="E95" s="0">
-        <x:v>25581.7</x:v>
+        <x:v>25644.39</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:5">
       <x:c r="A96" s="1">
-        <x:v>45995.3278819444</x:v>
+        <x:v>46015.925462963</x:v>
       </x:c>
       <x:c r="B96" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C96" s="0">
-        <x:v>2.42</x:v>
+        <x:v>2.16</x:v>
       </x:c>
       <x:c r="D96" s="0">
-        <x:v>27397.595</x:v>
+        <x:v>27451.86</x:v>
       </x:c>
       <x:c r="E96" s="0">
-        <x:v>25606.54</x:v>
+        <x:v>25656.15</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:5">
       <x:c r="A97" s="1">
-        <x:v>45994.9277662037</x:v>
+        <x:v>46015.7976967593</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C97" s="0">
-        <x:v>2.42</x:v>
+        <x:v>2.16</x:v>
       </x:c>
       <x:c r="D97" s="0">
-        <x:v>27397.49</x:v>
+        <x:v>27451.856</x:v>
       </x:c>
       <x:c r="E97" s="0">
-        <x:v>25606.54</x:v>
+        <x:v>25656.146</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:5">
       <x:c r="A98" s="1">
-        <x:v>45994.3371990741</x:v>
+        <x:v>46015.3842824074</x:v>
       </x:c>
       <x:c r="B98" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C98" s="0">
-        <x:v>2.42</x:v>
+        <x:v>2.26</x:v>
       </x:c>
       <x:c r="D98" s="0">
-        <x:v>27343.262</x:v>
+        <x:v>27378.758</x:v>
       </x:c>
       <x:c r="E98" s="0">
-        <x:v>25555.86</x:v>
+        <x:v>25587.83</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:5">
       <x:c r="A99" s="1">
-        <x:v>45993.9304050926</x:v>
+        <x:v>46014.9278356481</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C99" s="0">
-        <x:v>2.48</x:v>
+        <x:v>2.23</x:v>
       </x:c>
       <x:c r="D99" s="0">
-        <x:v>27344.77</x:v>
+        <x:v>27378.978</x:v>
       </x:c>
       <x:c r="E99" s="0">
-        <x:v>25555.86</x:v>
+        <x:v>25587.83</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:5">
       <x:c r="A100" s="1">
-        <x:v>45992.9296875</x:v>
+        <x:v>46013.9284722222</x:v>
       </x:c>
       <x:c r="B100" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C100" s="0">
-        <x:v>2.76</x:v>
+        <x:v>2.37</x:v>
       </x:c>
       <x:c r="D100" s="0">
-        <x:v>27116.848</x:v>
+        <x:v>27241.297</x:v>
       </x:c>
       <x:c r="E100" s="0">
-        <x:v>25342.849</x:v>
+        <x:v>25461.7</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:5">
       <x:c r="A101" s="1">
-        <x:v>45989.8196990741</x:v>
+        <x:v>46013.2967013889</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C101" s="0">
-        <x:v>2.64</x:v>
+        <x:v>2.39</x:v>
       </x:c>
       <x:c r="D101" s="0">
-        <x:v>27214.383</x:v>
+        <x:v>27117.691</x:v>
       </x:c>
       <x:c r="E101" s="0">
-        <x:v>25434.889</x:v>
+        <x:v>25346.18</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:5">
       <x:c r="A102" s="1">
-        <x:v>45989.3082523148</x:v>
+        <x:v>46010.9276388889</x:v>
       </x:c>
       <x:c r="B102" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C102" s="0">
-        <x:v>2.84</x:v>
+        <x:v>2.51</x:v>
       </x:c>
       <x:c r="D102" s="0">
-        <x:v>27002.577</x:v>
+        <x:v>27120.413</x:v>
       </x:c>
       <x:c r="E102" s="0">
-        <x:v>25236.939</x:v>
+        <x:v>25346.18</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:5">
       <x:c r="A103" s="1">
-        <x:v>45987.9266087963</x:v>
+        <x:v>46009.9307523148</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C103" s="0">
-        <x:v>2.91</x:v>
+        <x:v>2.97</x:v>
       </x:c>
       <x:c r="D103" s="0">
-        <x:v>27002.005</x:v>
+        <x:v>26770.726</x:v>
       </x:c>
       <x:c r="E103" s="0">
-        <x:v>25236.939</x:v>
+        <x:v>25019.37</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:5">
       <x:c r="A104" s="1">
-        <x:v>45987.319537037</x:v>
+        <x:v>46008.9276736111</x:v>
       </x:c>
       <x:c r="B104" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C104" s="0">
-        <x:v>3.08</x:v>
+        <x:v>3.63</x:v>
       </x:c>
       <x:c r="D104" s="0">
-        <x:v>26768.125</x:v>
+        <x:v>26372.943</x:v>
       </x:c>
       <x:c r="E104" s="0">
-        <x:v>25018.36</x:v>
+        <x:v>24647.61</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:5">
       <x:c r="A105" s="1">
-        <x:v>45986.9251157407</x:v>
+        <x:v>46007.9278472222</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C105" s="0">
-        <x:v>3.25</x:v>
+        <x:v>2.94</x:v>
       </x:c>
       <x:c r="D105" s="0">
-        <x:v>26769.536</x:v>
+        <x:v>26892.246</x:v>
       </x:c>
       <x:c r="E105" s="0">
-        <x:v>25018.36</x:v>
+        <x:v>25132.94</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:5">
       <x:c r="A106" s="1">
-        <x:v>45986.3107407407</x:v>
+        <x:v>46006.9271412037</x:v>
       </x:c>
       <x:c r="B106" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C106" s="0">
-        <x:v>3.52</x:v>
+        <x:v>3.04</x:v>
       </x:c>
       <x:c r="D106" s="0">
-        <x:v>26614.91</x:v>
+        <x:v>26819.985</x:v>
       </x:c>
       <x:c r="E106" s="0">
-        <x:v>24873.85</x:v>
+        <x:v>25067.27</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:5">
       <x:c r="A107" s="1">
-        <x:v>45985.3068518518</x:v>
+        <x:v>46006.3081134259</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C107" s="0">
-        <x:v>4.61</x:v>
+        <x:v>2.78</x:v>
       </x:c>
       <x:c r="D107" s="0">
-        <x:v>25936.018</x:v>
+        <x:v>26958.507</x:v>
       </x:c>
       <x:c r="E107" s="0">
-        <x:v>24239.573</x:v>
+        <x:v>25196.73</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:5">
       <x:c r="A108" s="1">
-        <x:v>45982.9249074074</x:v>
+        <x:v>46003.927037037</x:v>
       </x:c>
       <x:c r="B108" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C108" s="0">
-        <x:v>5.08</x:v>
+        <x:v>2.86</x:v>
       </x:c>
       <x:c r="D108" s="0">
-        <x:v>25934.646</x:v>
+        <x:v>26959.589</x:v>
       </x:c>
       <x:c r="E108" s="0">
-        <x:v>24239.573</x:v>
+        <x:v>25196.73</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:5">
       <x:c r="A109" s="1">
-        <x:v>45982.3124884259</x:v>
+        <x:v>46003.3313773148</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C109" s="0">
-        <x:v>5.5</x:v>
+        <x:v>2.35</x:v>
       </x:c>
       <x:c r="D109" s="0">
-        <x:v>25736.49</x:v>
+        <x:v>27483.846</x:v>
       </x:c>
       <x:c r="E109" s="0">
-        <x:v>24054.38</x:v>
+        <x:v>25686.69</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:5">
       <x:c r="A110" s="1">
-        <x:v>45981.9259722222</x:v>
+        <x:v>46002.9321180556</x:v>
       </x:c>
       <x:c r="B110" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C110" s="0">
-        <x:v>5.6</x:v>
+        <x:v>2.33</x:v>
       </x:c>
       <x:c r="D110" s="0">
-        <x:v>25733.698</x:v>
+        <x:v>27484.758</x:v>
       </x:c>
       <x:c r="E110" s="0">
-        <x:v>24054.38</x:v>
+        <x:v>25686.69</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:5">
       <x:c r="A111" s="1">
-        <x:v>45981.3119675926</x:v>
+        <x:v>46001.9271180556</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C111" s="0">
-        <x:v>3.4</x:v>
+        <x:v>2.23</x:v>
       </x:c>
       <x:c r="D111" s="0">
-        <x:v>26360.863</x:v>
+        <x:v>27580.452</x:v>
       </x:c>
       <x:c r="E111" s="0">
-        <x:v>24640.515</x:v>
+        <x:v>25776.44</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:5">
       <x:c r="A112" s="1">
-        <x:v>45980.9264583333</x:v>
+        <x:v>46001.3340740741</x:v>
       </x:c>
       <x:c r="B112" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C112" s="0">
-        <x:v>4.36</x:v>
+        <x:v>2.35</x:v>
       </x:c>
       <x:c r="D112" s="0">
-        <x:v>26365.174</x:v>
+        <x:v>27465.16</x:v>
       </x:c>
       <x:c r="E112" s="0">
-        <x:v>24640.515</x:v>
+        <x:v>25668.69</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:5">
       <x:c r="A113" s="1">
-        <x:v>45980.3054166667</x:v>
+        <x:v>46000.9276273148</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C113" s="0">
-        <x:v>4.8</x:v>
+        <x:v>2.35</x:v>
       </x:c>
       <x:c r="D113" s="0">
-        <x:v>26218.136</x:v>
+        <x:v>27465.323</x:v>
       </x:c>
       <x:c r="E113" s="0">
-        <x:v>24503.096</x:v>
+        <x:v>25668.69</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:5">
       <x:c r="A114" s="1">
-        <x:v>45979.9258680556</x:v>
+        <x:v>46000.3338425926</x:v>
       </x:c>
       <x:c r="B114" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C114" s="0">
-        <x:v>4.68</x:v>
+        <x:v>2.38</x:v>
       </x:c>
       <x:c r="D114" s="0">
-        <x:v>26217.757</x:v>
+        <x:v>27421.731</x:v>
       </x:c>
       <x:c r="E114" s="0">
-        <x:v>24503.096</x:v>
+        <x:v>25627.95</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:5">
       <x:c r="A115" s="1">
-        <x:v>45979.3133912037</x:v>
+        <x:v>45999.3304282407</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C115" s="0">
-        <x:v>4.39</x:v>
+        <x:v>2.25</x:v>
       </x:c>
       <x:c r="D115" s="0">
-        <x:v>26535.357</x:v>
+        <x:v>27488.577</x:v>
       </x:c>
       <x:c r="E115" s="0">
-        <x:v>24799.918</x:v>
+        <x:v>25692.05</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:5">
       <x:c r="A116" s="1">
-        <x:v>45978.9282175926</x:v>
+        <x:v>45996.9307986111</x:v>
       </x:c>
       <x:c r="B116" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C116" s="0">
-        <x:v>4.09</x:v>
+        <x:v>2.32</x:v>
       </x:c>
       <x:c r="D116" s="0">
-        <x:v>26535.42</x:v>
+        <x:v>27487.503</x:v>
       </x:c>
       <x:c r="E116" s="0">
-        <x:v>24799.918</x:v>
+        <x:v>25692.05</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:5">
       <x:c r="A117" s="1">
-        <x:v>45978.3022569444</x:v>
+        <x:v>45996.3408449074</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C117" s="0">
-        <x:v>3.44</x:v>
+        <x:v>2.34</x:v>
       </x:c>
       <x:c r="D117" s="0">
-        <x:v>26758.326</x:v>
+        <x:v>27369.428</x:v>
       </x:c>
       <x:c r="E117" s="0">
-        <x:v>25008.242</x:v>
+        <x:v>25581.7</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:5">
       <x:c r="A118" s="1">
-        <x:v>45975.9258449074</x:v>
+        <x:v>45995.9303703704</x:v>
       </x:c>
       <x:c r="B118" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C118" s="0">
-        <x:v>3.71</x:v>
+        <x:v>2.45</x:v>
       </x:c>
       <x:c r="D118" s="0">
-        <x:v>26755.775</x:v>
+        <x:v>27371.017</x:v>
       </x:c>
       <x:c r="E118" s="0">
-        <x:v>25008.242</x:v>
+        <x:v>25581.7</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:5">
       <x:c r="A119" s="1">
-        <x:v>45975.3077662037</x:v>
+        <x:v>45995.3278819444</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C119" s="0">
-        <x:v>3.72</x:v>
+        <x:v>2.42</x:v>
       </x:c>
       <x:c r="D119" s="0">
-        <x:v>26739.961</x:v>
+        <x:v>27397.595</x:v>
       </x:c>
       <x:c r="E119" s="0">
-        <x:v>24993.463</x:v>
+        <x:v>25606.54</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:5">
       <x:c r="A120" s="1">
-        <x:v>45974.9248958333</x:v>
+        <x:v>45994.9277662037</x:v>
       </x:c>
       <x:c r="B120" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C120" s="0">
-        <x:v>3.74</x:v>
+        <x:v>2.42</x:v>
       </x:c>
       <x:c r="D120" s="0">
-        <x:v>26742.622</x:v>
+        <x:v>27397.49</x:v>
       </x:c>
       <x:c r="E120" s="0">
-        <x:v>24993.463</x:v>
+        <x:v>25606.54</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:5">
       <x:c r="A121" s="1">
-        <x:v>45974.3773148148</x:v>
+        <x:v>45994.3371990741</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C121" s="0">
-        <x:v>2.9</x:v>
+        <x:v>2.42</x:v>
       </x:c>
       <x:c r="D121" s="0">
-        <x:v>27303.158</x:v>
+        <x:v>27343.262</x:v>
       </x:c>
       <x:c r="E121" s="0">
-        <x:v>25517.328</x:v>
+        <x:v>25555.86</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:5">
       <x:c r="A122" s="1">
+        <x:v>45993.9304050926</x:v>
+      </x:c>
+      <x:c r="B122" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C122" s="0">
+        <x:v>2.48</x:v>
+      </x:c>
+      <x:c r="D122" s="0">
+        <x:v>27344.77</x:v>
+      </x:c>
+      <x:c r="E122" s="0">
+        <x:v>25555.86</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="123" spans="1:5">
+      <x:c r="A123" s="1">
+        <x:v>45992.9296875</x:v>
+      </x:c>
+      <x:c r="B123" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C123" s="0">
+        <x:v>2.76</x:v>
+      </x:c>
+      <x:c r="D123" s="0">
+        <x:v>27116.848</x:v>
+      </x:c>
+      <x:c r="E123" s="0">
+        <x:v>25342.849</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="124" spans="1:5">
+      <x:c r="A124" s="1">
+        <x:v>45989.8196990741</x:v>
+      </x:c>
+      <x:c r="B124" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C124" s="0">
+        <x:v>2.64</x:v>
+      </x:c>
+      <x:c r="D124" s="0">
+        <x:v>27214.383</x:v>
+      </x:c>
+      <x:c r="E124" s="0">
+        <x:v>25434.889</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="125" spans="1:5">
+      <x:c r="A125" s="1">
+        <x:v>45989.3082523148</x:v>
+      </x:c>
+      <x:c r="B125" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C125" s="0">
+        <x:v>2.84</x:v>
+      </x:c>
+      <x:c r="D125" s="0">
+        <x:v>27002.577</x:v>
+      </x:c>
+      <x:c r="E125" s="0">
+        <x:v>25236.939</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="126" spans="1:5">
+      <x:c r="A126" s="1">
+        <x:v>45987.9266087963</x:v>
+      </x:c>
+      <x:c r="B126" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C126" s="0">
+        <x:v>2.91</x:v>
+      </x:c>
+      <x:c r="D126" s="0">
+        <x:v>27002.005</x:v>
+      </x:c>
+      <x:c r="E126" s="0">
+        <x:v>25236.939</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="127" spans="1:5">
+      <x:c r="A127" s="1">
+        <x:v>45987.319537037</x:v>
+      </x:c>
+      <x:c r="B127" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C127" s="0">
+        <x:v>3.08</x:v>
+      </x:c>
+      <x:c r="D127" s="0">
+        <x:v>26768.125</x:v>
+      </x:c>
+      <x:c r="E127" s="0">
+        <x:v>25018.36</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="128" spans="1:5">
+      <x:c r="A128" s="1">
+        <x:v>45986.9251157407</x:v>
+      </x:c>
+      <x:c r="B128" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C128" s="0">
+        <x:v>3.25</x:v>
+      </x:c>
+      <x:c r="D128" s="0">
+        <x:v>26769.536</x:v>
+      </x:c>
+      <x:c r="E128" s="0">
+        <x:v>25018.36</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="129" spans="1:5">
+      <x:c r="A129" s="1">
+        <x:v>45986.3107407407</x:v>
+      </x:c>
+      <x:c r="B129" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C129" s="0">
+        <x:v>3.52</x:v>
+      </x:c>
+      <x:c r="D129" s="0">
+        <x:v>26614.91</x:v>
+      </x:c>
+      <x:c r="E129" s="0">
+        <x:v>24873.85</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="130" spans="1:5">
+      <x:c r="A130" s="1">
+        <x:v>45985.3068518518</x:v>
+      </x:c>
+      <x:c r="B130" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C130" s="0">
+        <x:v>4.61</x:v>
+      </x:c>
+      <x:c r="D130" s="0">
+        <x:v>25936.018</x:v>
+      </x:c>
+      <x:c r="E130" s="0">
+        <x:v>24239.573</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="131" spans="1:5">
+      <x:c r="A131" s="1">
+        <x:v>45982.9249074074</x:v>
+      </x:c>
+      <x:c r="B131" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C131" s="0">
+        <x:v>5.08</x:v>
+      </x:c>
+      <x:c r="D131" s="0">
+        <x:v>25934.646</x:v>
+      </x:c>
+      <x:c r="E131" s="0">
+        <x:v>24239.573</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="132" spans="1:5">
+      <x:c r="A132" s="1">
+        <x:v>45982.3124884259</x:v>
+      </x:c>
+      <x:c r="B132" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C132" s="0">
+        <x:v>5.5</x:v>
+      </x:c>
+      <x:c r="D132" s="0">
+        <x:v>25736.49</x:v>
+      </x:c>
+      <x:c r="E132" s="0">
+        <x:v>24054.38</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="133" spans="1:5">
+      <x:c r="A133" s="1">
+        <x:v>45981.9259722222</x:v>
+      </x:c>
+      <x:c r="B133" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C133" s="0">
+        <x:v>5.6</x:v>
+      </x:c>
+      <x:c r="D133" s="0">
+        <x:v>25733.698</x:v>
+      </x:c>
+      <x:c r="E133" s="0">
+        <x:v>24054.38</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="134" spans="1:5">
+      <x:c r="A134" s="1">
+        <x:v>45981.3119675926</x:v>
+      </x:c>
+      <x:c r="B134" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C134" s="0">
+        <x:v>3.4</x:v>
+      </x:c>
+      <x:c r="D134" s="0">
+        <x:v>26360.863</x:v>
+      </x:c>
+      <x:c r="E134" s="0">
+        <x:v>24640.515</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="135" spans="1:5">
+      <x:c r="A135" s="1">
+        <x:v>45980.9264583333</x:v>
+      </x:c>
+      <x:c r="B135" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C135" s="0">
+        <x:v>4.36</x:v>
+      </x:c>
+      <x:c r="D135" s="0">
+        <x:v>26365.174</x:v>
+      </x:c>
+      <x:c r="E135" s="0">
+        <x:v>24640.515</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="136" spans="1:5">
+      <x:c r="A136" s="1">
+        <x:v>45980.3054166667</x:v>
+      </x:c>
+      <x:c r="B136" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C136" s="0">
+        <x:v>4.8</x:v>
+      </x:c>
+      <x:c r="D136" s="0">
+        <x:v>26218.136</x:v>
+      </x:c>
+      <x:c r="E136" s="0">
+        <x:v>24503.096</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="137" spans="1:5">
+      <x:c r="A137" s="1">
+        <x:v>45979.9258680556</x:v>
+      </x:c>
+      <x:c r="B137" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C137" s="0">
+        <x:v>4.68</x:v>
+      </x:c>
+      <x:c r="D137" s="0">
+        <x:v>26217.757</x:v>
+      </x:c>
+      <x:c r="E137" s="0">
+        <x:v>24503.096</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="138" spans="1:5">
+      <x:c r="A138" s="1">
+        <x:v>45979.3133912037</x:v>
+      </x:c>
+      <x:c r="B138" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C138" s="0">
+        <x:v>4.39</x:v>
+      </x:c>
+      <x:c r="D138" s="0">
+        <x:v>26535.357</x:v>
+      </x:c>
+      <x:c r="E138" s="0">
+        <x:v>24799.918</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="139" spans="1:5">
+      <x:c r="A139" s="1">
+        <x:v>45978.9282175926</x:v>
+      </x:c>
+      <x:c r="B139" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C139" s="0">
+        <x:v>4.09</x:v>
+      </x:c>
+      <x:c r="D139" s="0">
+        <x:v>26535.42</x:v>
+      </x:c>
+      <x:c r="E139" s="0">
+        <x:v>24799.918</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="140" spans="1:5">
+      <x:c r="A140" s="1">
+        <x:v>45978.3022569444</x:v>
+      </x:c>
+      <x:c r="B140" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C140" s="0">
+        <x:v>3.44</x:v>
+      </x:c>
+      <x:c r="D140" s="0">
+        <x:v>26758.326</x:v>
+      </x:c>
+      <x:c r="E140" s="0">
+        <x:v>25008.242</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="141" spans="1:5">
+      <x:c r="A141" s="1">
+        <x:v>45975.9258449074</x:v>
+      </x:c>
+      <x:c r="B141" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C141" s="0">
+        <x:v>3.71</x:v>
+      </x:c>
+      <x:c r="D141" s="0">
+        <x:v>26755.775</x:v>
+      </x:c>
+      <x:c r="E141" s="0">
+        <x:v>25008.242</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="142" spans="1:5">
+      <x:c r="A142" s="1">
+        <x:v>45975.3077662037</x:v>
+      </x:c>
+      <x:c r="B142" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C142" s="0">
+        <x:v>3.72</x:v>
+      </x:c>
+      <x:c r="D142" s="0">
+        <x:v>26739.961</x:v>
+      </x:c>
+      <x:c r="E142" s="0">
+        <x:v>24993.463</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="143" spans="1:5">
+      <x:c r="A143" s="1">
+        <x:v>45974.9248958333</x:v>
+      </x:c>
+      <x:c r="B143" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C143" s="0">
+        <x:v>3.74</x:v>
+      </x:c>
+      <x:c r="D143" s="0">
+        <x:v>26742.622</x:v>
+      </x:c>
+      <x:c r="E143" s="0">
+        <x:v>24993.463</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="144" spans="1:5">
+      <x:c r="A144" s="1">
+        <x:v>45974.3773148148</x:v>
+      </x:c>
+      <x:c r="B144" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C144" s="0">
+        <x:v>2.9</x:v>
+      </x:c>
+      <x:c r="D144" s="0">
+        <x:v>27303.158</x:v>
+      </x:c>
+      <x:c r="E144" s="0">
+        <x:v>25517.328</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="145" spans="1:5">
+      <x:c r="A145" s="1">
         <x:v>45973.9253125</x:v>
       </x:c>
-      <x:c r="B122" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C122" s="0">
+      <x:c r="B145" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C145" s="0">
         <x:v>3</x:v>
       </x:c>
-      <x:c r="D122" s="0">
+      <x:c r="D145" s="0">
         <x:v>27303.541</x:v>
       </x:c>
-      <x:c r="E122" s="0">
+      <x:c r="E145" s="0">
         <x:v>25517.328</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>