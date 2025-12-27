--- v0 (2025-12-06)
+++ v1 (2025-12-27)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfbecc93880064f5d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3508f961291b48e584641e54025cdcac.psmdcp" Id="R3e7086e8b03e4d11" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e9f60a7ab8b44ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b5342e4425c4451aa6b6633836ecbaac.psmdcp" Id="R640044da1ee6451d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>NLBNPNL3D0P1</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -390,369 +390,607 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E19"/>
+  <x:dimension ref="A1:E33"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>45996.8718634259</x:v>
+        <x:v>46017.8800694444</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
-        <x:v>1.78</x:v>
+        <x:v>2.47</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>67.575</x:v>
+        <x:v>63.854</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>63.75</x:v>
+        <x:v>60.24</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>45995.872962963</x:v>
+        <x:v>46015.8335648148</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
-        <x:v>1.97</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>67.056</x:v>
+        <x:v>65.508</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>63.26</x:v>
+        <x:v>61.8</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>45994.8669675926</x:v>
+        <x:v>46014.8820023148</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
-        <x:v>2.22</x:v>
+        <x:v>1.88</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>66.43</x:v>
+        <x:v>65.582</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>62.67</x:v>
+        <x:v>62.38</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>45993.8696296296</x:v>
+        <x:v>46013.865162037</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
-        <x:v>2.32</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>66.197</x:v>
+        <x:v>65.794</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>62.45</x:v>
+        <x:v>62.07</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>45992.8654976852</x:v>
+        <x:v>46010.8690046296</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
-        <x:v>2.04</x:v>
+        <x:v>2.93</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>66.96</x:v>
+        <x:v>64.098</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>63.17</x:v>
+        <x:v>60.47</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>45989.8774074074</x:v>
+        <x:v>46009.865162037</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
-        <x:v>2.41</x:v>
+        <x:v>3.37</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>66.123</x:v>
+        <x:v>63.409</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>62.38</x:v>
+        <x:v>59.82</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>45988.8776157407</x:v>
+        <x:v>46008.8712962963</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
-        <x:v>2.21</x:v>
+        <x:v>3.47</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>66.642</x:v>
+        <x:v>63.261</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>62.87</x:v>
+        <x:v>59.68</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>45987.8775810185</x:v>
+        <x:v>46007.8682175926</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
-        <x:v>2.36</x:v>
+        <x:v>4.11</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>66.292</x:v>
+        <x:v>62.455</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>62.54</x:v>
+        <x:v>58.92</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>45986.8743981481</x:v>
+        <x:v>46006.8661458333</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
-        <x:v>2.75</x:v>
+        <x:v>3.11</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>65.508</x:v>
+        <x:v>64.194</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>61.8</x:v>
+        <x:v>60.56</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>45985.8709027778</x:v>
+        <x:v>46003.8692939815</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C12" s="0">
-        <x:v>2.34</x:v>
+        <x:v>2.8</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>66.483</x:v>
+        <x:v>64.787</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>63.37</x:v>
+        <x:v>61.12</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>45982.8678935185</x:v>
+        <x:v>46002.8718981482</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0">
-        <x:v>2.78</x:v>
+        <x:v>2.72</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>66.314</x:v>
+        <x:v>64.957</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>62.56</x:v>
+        <x:v>61.28</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>45981.8676736111</x:v>
+        <x:v>46001.8660069444</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C14" s="0">
-        <x:v>2.41</x:v>
+        <x:v>2.31</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>67.183</x:v>
+        <x:v>65.943</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>63.38</x:v>
+        <x:v>62.21</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>45980.866712963</x:v>
+        <x:v>46000.8892361111</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
-        <x:v>2.35</x:v>
+        <x:v>2.43</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>67.321</x:v>
+        <x:v>65.656</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>63.51</x:v>
+        <x:v>61.94</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>45979.8891898148</x:v>
+        <x:v>45999.8773842593</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C16" s="0">
-        <x:v>1.87</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>68.783</x:v>
+        <x:v>66.239</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>64.89</x:v>
+        <x:v>62.49</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>45978.8654976852</x:v>
+        <x:v>45996.8718634259</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C17" s="0">
-        <x:v>2.15</x:v>
+        <x:v>1.78</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>68.052</x:v>
+        <x:v>67.575</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>64.2</x:v>
+        <x:v>63.75</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>45975.8687615741</x:v>
+        <x:v>45995.872962963</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="0">
-        <x:v>2.08</x:v>
+        <x:v>1.97</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>68.253</x:v>
+        <x:v>67.056</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>64.39</x:v>
+        <x:v>63.26</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
+        <x:v>45994.8669675926</x:v>
+      </x:c>
+      <x:c r="B19" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C19" s="0">
+        <x:v>2.22</x:v>
+      </x:c>
+      <x:c r="D19" s="0">
+        <x:v>66.43</x:v>
+      </x:c>
+      <x:c r="E19" s="0">
+        <x:v>62.67</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="20" spans="1:5">
+      <x:c r="A20" s="1">
+        <x:v>45993.8696296296</x:v>
+      </x:c>
+      <x:c r="B20" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C20" s="0">
+        <x:v>2.32</x:v>
+      </x:c>
+      <x:c r="D20" s="0">
+        <x:v>66.197</x:v>
+      </x:c>
+      <x:c r="E20" s="0">
+        <x:v>62.45</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="21" spans="1:5">
+      <x:c r="A21" s="1">
+        <x:v>45992.8654976852</x:v>
+      </x:c>
+      <x:c r="B21" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C21" s="0">
+        <x:v>2.04</x:v>
+      </x:c>
+      <x:c r="D21" s="0">
+        <x:v>66.96</x:v>
+      </x:c>
+      <x:c r="E21" s="0">
+        <x:v>63.17</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="22" spans="1:5">
+      <x:c r="A22" s="1">
+        <x:v>45989.8774074074</x:v>
+      </x:c>
+      <x:c r="B22" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C22" s="0">
+        <x:v>2.41</x:v>
+      </x:c>
+      <x:c r="D22" s="0">
+        <x:v>66.123</x:v>
+      </x:c>
+      <x:c r="E22" s="0">
+        <x:v>62.38</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="23" spans="1:5">
+      <x:c r="A23" s="1">
+        <x:v>45988.8776157407</x:v>
+      </x:c>
+      <x:c r="B23" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C23" s="0">
+        <x:v>2.21</x:v>
+      </x:c>
+      <x:c r="D23" s="0">
+        <x:v>66.642</x:v>
+      </x:c>
+      <x:c r="E23" s="0">
+        <x:v>62.87</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="24" spans="1:5">
+      <x:c r="A24" s="1">
+        <x:v>45987.8775810185</x:v>
+      </x:c>
+      <x:c r="B24" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C24" s="0">
+        <x:v>2.36</x:v>
+      </x:c>
+      <x:c r="D24" s="0">
+        <x:v>66.292</x:v>
+      </x:c>
+      <x:c r="E24" s="0">
+        <x:v>62.54</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="25" spans="1:5">
+      <x:c r="A25" s="1">
+        <x:v>45986.8743981481</x:v>
+      </x:c>
+      <x:c r="B25" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C25" s="0">
+        <x:v>2.75</x:v>
+      </x:c>
+      <x:c r="D25" s="0">
+        <x:v>65.508</x:v>
+      </x:c>
+      <x:c r="E25" s="0">
+        <x:v>61.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="26" spans="1:5">
+      <x:c r="A26" s="1">
+        <x:v>45985.8709027778</x:v>
+      </x:c>
+      <x:c r="B26" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C26" s="0">
+        <x:v>2.34</x:v>
+      </x:c>
+      <x:c r="D26" s="0">
+        <x:v>66.483</x:v>
+      </x:c>
+      <x:c r="E26" s="0">
+        <x:v>63.37</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="27" spans="1:5">
+      <x:c r="A27" s="1">
+        <x:v>45982.8678935185</x:v>
+      </x:c>
+      <x:c r="B27" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C27" s="0">
+        <x:v>2.78</x:v>
+      </x:c>
+      <x:c r="D27" s="0">
+        <x:v>66.314</x:v>
+      </x:c>
+      <x:c r="E27" s="0">
+        <x:v>62.56</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="28" spans="1:5">
+      <x:c r="A28" s="1">
+        <x:v>45981.8676736111</x:v>
+      </x:c>
+      <x:c r="B28" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C28" s="0">
+        <x:v>2.41</x:v>
+      </x:c>
+      <x:c r="D28" s="0">
+        <x:v>67.183</x:v>
+      </x:c>
+      <x:c r="E28" s="0">
+        <x:v>63.38</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="29" spans="1:5">
+      <x:c r="A29" s="1">
+        <x:v>45980.866712963</x:v>
+      </x:c>
+      <x:c r="B29" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C29" s="0">
+        <x:v>2.35</x:v>
+      </x:c>
+      <x:c r="D29" s="0">
+        <x:v>67.321</x:v>
+      </x:c>
+      <x:c r="E29" s="0">
+        <x:v>63.51</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="30" spans="1:5">
+      <x:c r="A30" s="1">
+        <x:v>45979.8891898148</x:v>
+      </x:c>
+      <x:c r="B30" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C30" s="0">
+        <x:v>1.87</x:v>
+      </x:c>
+      <x:c r="D30" s="0">
+        <x:v>68.783</x:v>
+      </x:c>
+      <x:c r="E30" s="0">
+        <x:v>64.89</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="31" spans="1:5">
+      <x:c r="A31" s="1">
+        <x:v>45978.8654976852</x:v>
+      </x:c>
+      <x:c r="B31" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C31" s="0">
+        <x:v>2.15</x:v>
+      </x:c>
+      <x:c r="D31" s="0">
+        <x:v>68.052</x:v>
+      </x:c>
+      <x:c r="E31" s="0">
+        <x:v>64.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="32" spans="1:5">
+      <x:c r="A32" s="1">
+        <x:v>45975.8687615741</x:v>
+      </x:c>
+      <x:c r="B32" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C32" s="0">
+        <x:v>2.08</x:v>
+      </x:c>
+      <x:c r="D32" s="0">
+        <x:v>68.253</x:v>
+      </x:c>
+      <x:c r="E32" s="0">
+        <x:v>64.39</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="33" spans="1:5">
+      <x:c r="A33" s="1">
         <x:v>45974.8920833333</x:v>
       </x:c>
-      <x:c r="B19" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C19" s="0">
+      <x:c r="B33" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C33" s="0">
         <x:v>2.83</x:v>
       </x:c>
-      <x:c r="D19" s="0">
+      <x:c r="D33" s="0">
         <x:v>66.791</x:v>
       </x:c>
-      <x:c r="E19" s="0">
+      <x:c r="E33" s="0">
         <x:v>63.01</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>