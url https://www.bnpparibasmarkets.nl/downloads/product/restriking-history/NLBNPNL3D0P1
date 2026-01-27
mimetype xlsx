--- v1 (2025-12-27)
+++ v2 (2026-01-27)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e9f60a7ab8b44ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b5342e4425c4451aa6b6633836ecbaac.psmdcp" Id="R640044da1ee6451d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R80f3df213f6c4634" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4a85515804134599aa7d7ba6b7daffe0.psmdcp" Id="Raf9e2503ffc148d0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>NLBNPNL3D0P1</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -390,607 +390,947 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E33"/>
+  <x:dimension ref="A1:E53"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>46017.8800694444</x:v>
+        <x:v>46048.8665393519</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
-        <x:v>2.47</x:v>
+        <x:v>0.48</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>63.854</x:v>
+        <x:v>68.656</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>60.24</x:v>
+        <x:v>65.59</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>46015.8335648148</x:v>
+        <x:v>46045.8845023148</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
-        <x:v>1.9</x:v>
+        <x:v>0.46</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>65.508</x:v>
+        <x:v>69.833</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>61.8</x:v>
+        <x:v>65.88</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>46014.8820023148</x:v>
+        <x:v>46044.8798032407</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
-        <x:v>1.88</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>65.582</x:v>
+        <x:v>67.904</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>62.38</x:v>
+        <x:v>64.06</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>46013.865162037</x:v>
+        <x:v>46043.8692592593</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
-        <x:v>2</x:v>
+        <x:v>0.57</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>65.794</x:v>
+        <x:v>69.154</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>62.07</x:v>
+        <x:v>65.24</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>46010.8690046296</x:v>
+        <x:v>46042.8823148148</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
-        <x:v>2.93</x:v>
+        <x:v>0.61</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>64.098</x:v>
+        <x:v>68.815</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>60.47</x:v>
+        <x:v>64.92</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>46009.865162037</x:v>
+        <x:v>46041.8777546296</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
-        <x:v>3.37</x:v>
+        <x:v>0.75</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>63.409</x:v>
+        <x:v>67.776</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>59.82</x:v>
+        <x:v>63.94</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>46008.8712962963</x:v>
+        <x:v>46038.8784953704</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
-        <x:v>3.47</x:v>
+        <x:v>0.72</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>63.261</x:v>
+        <x:v>67.978</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>59.68</x:v>
+        <x:v>64.13</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>46007.8682175926</x:v>
+        <x:v>46037.8783449074</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
-        <x:v>4.11</x:v>
+        <x:v>0.78</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>62.455</x:v>
+        <x:v>67.586</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>58.92</x:v>
+        <x:v>63.76</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>46006.8661458333</x:v>
+        <x:v>46036.8717939815</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
-        <x:v>3.11</x:v>
+        <x:v>0.52</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>64.194</x:v>
+        <x:v>70.511</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>60.56</x:v>
+        <x:v>66.52</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>46003.8692939815</x:v>
+        <x:v>46035.8676851852</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C12" s="0">
-        <x:v>2.8</x:v>
+        <x:v>0.64</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>64.787</x:v>
+        <x:v>69.398</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>61.12</x:v>
+        <x:v>65.47</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>46002.8718981482</x:v>
+        <x:v>46034.8687384259</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0">
-        <x:v>2.72</x:v>
+        <x:v>0.92</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>64.957</x:v>
+        <x:v>67.702</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>61.28</x:v>
+        <x:v>63.87</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>46001.8660069444</x:v>
+        <x:v>46031.8690393519</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C14" s="0">
-        <x:v>2.31</x:v>
+        <x:v>1.03</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>65.943</x:v>
+        <x:v>67.14</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>62.21</x:v>
+        <x:v>63.34</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>46000.8892361111</x:v>
+        <x:v>46030.8658564815</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
-        <x:v>2.43</x:v>
+        <x:v>1.39</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>65.656</x:v>
+        <x:v>65.709</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>61.94</x:v>
+        <x:v>61.99</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>45999.8773842593</x:v>
+        <x:v>46029.865787037</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C16" s="0">
-        <x:v>2.2</x:v>
+        <x:v>2.35</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>66.239</x:v>
+        <x:v>63.558</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>62.49</x:v>
+        <x:v>59.96</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>45996.8718634259</x:v>
+        <x:v>46028.8721412037</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C17" s="0">
-        <x:v>1.78</x:v>
+        <x:v>2.05</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>67.575</x:v>
+        <x:v>64.342</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>63.75</x:v>
+        <x:v>60.7</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>45995.872962963</x:v>
+        <x:v>46027.8692939815</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="0">
-        <x:v>1.97</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>67.056</x:v>
+        <x:v>65.466</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>63.26</x:v>
+        <x:v>61.76</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>45994.8669675926</x:v>
+        <x:v>46024.8692708333</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C19" s="0">
-        <x:v>2.22</x:v>
+        <x:v>2.13</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>66.43</x:v>
+        <x:v>64.395</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>62.67</x:v>
+        <x:v>60.75</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
-        <x:v>45993.8696296296</x:v>
+        <x:v>46022.8666782407</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C20" s="0">
-        <x:v>2.32</x:v>
+        <x:v>2.09</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>66.197</x:v>
+        <x:v>64.501</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>62.45</x:v>
+        <x:v>60.85</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="1">
-        <x:v>45992.8654976852</x:v>
+        <x:v>46021.8699305556</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C21" s="0">
-        <x:v>2.04</x:v>
+        <x:v>1.91</x:v>
       </x:c>
       <x:c r="D21" s="0">
-        <x:v>66.96</x:v>
+        <x:v>65.01</x:v>
       </x:c>
       <x:c r="E21" s="0">
-        <x:v>63.17</x:v>
+        <x:v>61.33</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="1">
-        <x:v>45989.8774074074</x:v>
+        <x:v>46020.8706828704</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C22" s="0">
-        <x:v>2.41</x:v>
+        <x:v>1.85</x:v>
       </x:c>
       <x:c r="D22" s="0">
-        <x:v>66.123</x:v>
+        <x:v>65.179</x:v>
       </x:c>
       <x:c r="E22" s="0">
-        <x:v>62.38</x:v>
+        <x:v>61.49</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="1">
-        <x:v>45988.8776157407</x:v>
+        <x:v>46017.8800694444</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C23" s="0">
-        <x:v>2.21</x:v>
+        <x:v>2.47</x:v>
       </x:c>
       <x:c r="D23" s="0">
-        <x:v>66.642</x:v>
+        <x:v>63.854</x:v>
       </x:c>
       <x:c r="E23" s="0">
-        <x:v>62.87</x:v>
+        <x:v>60.24</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="1">
-        <x:v>45987.8775810185</x:v>
+        <x:v>46015.8335648148</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C24" s="0">
-        <x:v>2.36</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="D24" s="0">
-        <x:v>66.292</x:v>
+        <x:v>65.508</x:v>
       </x:c>
       <x:c r="E24" s="0">
-        <x:v>62.54</x:v>
+        <x:v>61.8</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="1">
-        <x:v>45986.8743981481</x:v>
+        <x:v>46014.8820023148</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C25" s="0">
-        <x:v>2.75</x:v>
+        <x:v>1.88</x:v>
       </x:c>
       <x:c r="D25" s="0">
-        <x:v>65.508</x:v>
+        <x:v>65.582</x:v>
       </x:c>
       <x:c r="E25" s="0">
-        <x:v>61.8</x:v>
+        <x:v>62.38</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="1">
-        <x:v>45985.8709027778</x:v>
+        <x:v>46013.865162037</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C26" s="0">
-        <x:v>2.34</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="D26" s="0">
-        <x:v>66.483</x:v>
+        <x:v>65.794</x:v>
       </x:c>
       <x:c r="E26" s="0">
-        <x:v>63.37</x:v>
+        <x:v>62.07</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="1">
-        <x:v>45982.8678935185</x:v>
+        <x:v>46010.8690046296</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C27" s="0">
-        <x:v>2.78</x:v>
+        <x:v>2.93</x:v>
       </x:c>
       <x:c r="D27" s="0">
-        <x:v>66.314</x:v>
+        <x:v>64.098</x:v>
       </x:c>
       <x:c r="E27" s="0">
-        <x:v>62.56</x:v>
+        <x:v>60.47</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="1">
-        <x:v>45981.8676736111</x:v>
+        <x:v>46009.865162037</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C28" s="0">
-        <x:v>2.41</x:v>
+        <x:v>3.37</x:v>
       </x:c>
       <x:c r="D28" s="0">
-        <x:v>67.183</x:v>
+        <x:v>63.409</x:v>
       </x:c>
       <x:c r="E28" s="0">
-        <x:v>63.38</x:v>
+        <x:v>59.82</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="1">
-        <x:v>45980.866712963</x:v>
+        <x:v>46008.8712962963</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C29" s="0">
-        <x:v>2.35</x:v>
+        <x:v>3.47</x:v>
       </x:c>
       <x:c r="D29" s="0">
-        <x:v>67.321</x:v>
+        <x:v>63.261</x:v>
       </x:c>
       <x:c r="E29" s="0">
-        <x:v>63.51</x:v>
+        <x:v>59.68</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="1">
-        <x:v>45979.8891898148</x:v>
+        <x:v>46007.8682175926</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C30" s="0">
-        <x:v>1.87</x:v>
+        <x:v>4.11</x:v>
       </x:c>
       <x:c r="D30" s="0">
-        <x:v>68.783</x:v>
+        <x:v>62.455</x:v>
       </x:c>
       <x:c r="E30" s="0">
-        <x:v>64.89</x:v>
+        <x:v>58.92</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="1">
-        <x:v>45978.8654976852</x:v>
+        <x:v>46006.8661458333</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C31" s="0">
-        <x:v>2.15</x:v>
+        <x:v>3.11</x:v>
       </x:c>
       <x:c r="D31" s="0">
-        <x:v>68.052</x:v>
+        <x:v>64.194</x:v>
       </x:c>
       <x:c r="E31" s="0">
-        <x:v>64.2</x:v>
+        <x:v>60.56</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="1">
-        <x:v>45975.8687615741</x:v>
+        <x:v>46003.8692939815</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C32" s="0">
-        <x:v>2.08</x:v>
+        <x:v>2.8</x:v>
       </x:c>
       <x:c r="D32" s="0">
-        <x:v>68.253</x:v>
+        <x:v>64.787</x:v>
       </x:c>
       <x:c r="E32" s="0">
-        <x:v>64.39</x:v>
+        <x:v>61.12</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="1">
+        <x:v>46002.8718981482</x:v>
+      </x:c>
+      <x:c r="B33" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C33" s="0">
+        <x:v>2.72</x:v>
+      </x:c>
+      <x:c r="D33" s="0">
+        <x:v>64.957</x:v>
+      </x:c>
+      <x:c r="E33" s="0">
+        <x:v>61.28</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="34" spans="1:5">
+      <x:c r="A34" s="1">
+        <x:v>46001.8660069444</x:v>
+      </x:c>
+      <x:c r="B34" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C34" s="0">
+        <x:v>2.31</x:v>
+      </x:c>
+      <x:c r="D34" s="0">
+        <x:v>65.943</x:v>
+      </x:c>
+      <x:c r="E34" s="0">
+        <x:v>62.21</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="35" spans="1:5">
+      <x:c r="A35" s="1">
+        <x:v>46000.8892361111</x:v>
+      </x:c>
+      <x:c r="B35" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C35" s="0">
+        <x:v>2.43</x:v>
+      </x:c>
+      <x:c r="D35" s="0">
+        <x:v>65.656</x:v>
+      </x:c>
+      <x:c r="E35" s="0">
+        <x:v>61.94</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="36" spans="1:5">
+      <x:c r="A36" s="1">
+        <x:v>45999.8773842593</x:v>
+      </x:c>
+      <x:c r="B36" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C36" s="0">
+        <x:v>2.2</x:v>
+      </x:c>
+      <x:c r="D36" s="0">
+        <x:v>66.239</x:v>
+      </x:c>
+      <x:c r="E36" s="0">
+        <x:v>62.49</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="37" spans="1:5">
+      <x:c r="A37" s="1">
+        <x:v>45996.8718634259</x:v>
+      </x:c>
+      <x:c r="B37" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C37" s="0">
+        <x:v>1.78</x:v>
+      </x:c>
+      <x:c r="D37" s="0">
+        <x:v>67.575</x:v>
+      </x:c>
+      <x:c r="E37" s="0">
+        <x:v>63.75</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="38" spans="1:5">
+      <x:c r="A38" s="1">
+        <x:v>45995.872962963</x:v>
+      </x:c>
+      <x:c r="B38" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C38" s="0">
+        <x:v>1.97</x:v>
+      </x:c>
+      <x:c r="D38" s="0">
+        <x:v>67.056</x:v>
+      </x:c>
+      <x:c r="E38" s="0">
+        <x:v>63.26</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="39" spans="1:5">
+      <x:c r="A39" s="1">
+        <x:v>45994.8669675926</x:v>
+      </x:c>
+      <x:c r="B39" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C39" s="0">
+        <x:v>2.22</x:v>
+      </x:c>
+      <x:c r="D39" s="0">
+        <x:v>66.43</x:v>
+      </x:c>
+      <x:c r="E39" s="0">
+        <x:v>62.67</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="40" spans="1:5">
+      <x:c r="A40" s="1">
+        <x:v>45993.8696296296</x:v>
+      </x:c>
+      <x:c r="B40" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C40" s="0">
+        <x:v>2.32</x:v>
+      </x:c>
+      <x:c r="D40" s="0">
+        <x:v>66.197</x:v>
+      </x:c>
+      <x:c r="E40" s="0">
+        <x:v>62.45</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="41" spans="1:5">
+      <x:c r="A41" s="1">
+        <x:v>45992.8654976852</x:v>
+      </x:c>
+      <x:c r="B41" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C41" s="0">
+        <x:v>2.04</x:v>
+      </x:c>
+      <x:c r="D41" s="0">
+        <x:v>66.96</x:v>
+      </x:c>
+      <x:c r="E41" s="0">
+        <x:v>63.17</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="42" spans="1:5">
+      <x:c r="A42" s="1">
+        <x:v>45989.8774074074</x:v>
+      </x:c>
+      <x:c r="B42" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C42" s="0">
+        <x:v>2.41</x:v>
+      </x:c>
+      <x:c r="D42" s="0">
+        <x:v>66.123</x:v>
+      </x:c>
+      <x:c r="E42" s="0">
+        <x:v>62.38</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="43" spans="1:5">
+      <x:c r="A43" s="1">
+        <x:v>45988.8776157407</x:v>
+      </x:c>
+      <x:c r="B43" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C43" s="0">
+        <x:v>2.21</x:v>
+      </x:c>
+      <x:c r="D43" s="0">
+        <x:v>66.642</x:v>
+      </x:c>
+      <x:c r="E43" s="0">
+        <x:v>62.87</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="44" spans="1:5">
+      <x:c r="A44" s="1">
+        <x:v>45987.8775810185</x:v>
+      </x:c>
+      <x:c r="B44" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C44" s="0">
+        <x:v>2.36</x:v>
+      </x:c>
+      <x:c r="D44" s="0">
+        <x:v>66.292</x:v>
+      </x:c>
+      <x:c r="E44" s="0">
+        <x:v>62.54</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="45" spans="1:5">
+      <x:c r="A45" s="1">
+        <x:v>45986.8743981481</x:v>
+      </x:c>
+      <x:c r="B45" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C45" s="0">
+        <x:v>2.75</x:v>
+      </x:c>
+      <x:c r="D45" s="0">
+        <x:v>65.508</x:v>
+      </x:c>
+      <x:c r="E45" s="0">
+        <x:v>61.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="46" spans="1:5">
+      <x:c r="A46" s="1">
+        <x:v>45985.8709027778</x:v>
+      </x:c>
+      <x:c r="B46" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C46" s="0">
+        <x:v>2.34</x:v>
+      </x:c>
+      <x:c r="D46" s="0">
+        <x:v>66.483</x:v>
+      </x:c>
+      <x:c r="E46" s="0">
+        <x:v>63.37</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="47" spans="1:5">
+      <x:c r="A47" s="1">
+        <x:v>45982.8678935185</x:v>
+      </x:c>
+      <x:c r="B47" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C47" s="0">
+        <x:v>2.78</x:v>
+      </x:c>
+      <x:c r="D47" s="0">
+        <x:v>66.314</x:v>
+      </x:c>
+      <x:c r="E47" s="0">
+        <x:v>62.56</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="48" spans="1:5">
+      <x:c r="A48" s="1">
+        <x:v>45981.8676736111</x:v>
+      </x:c>
+      <x:c r="B48" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C48" s="0">
+        <x:v>2.41</x:v>
+      </x:c>
+      <x:c r="D48" s="0">
+        <x:v>67.183</x:v>
+      </x:c>
+      <x:c r="E48" s="0">
+        <x:v>63.38</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="49" spans="1:5">
+      <x:c r="A49" s="1">
+        <x:v>45980.866712963</x:v>
+      </x:c>
+      <x:c r="B49" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C49" s="0">
+        <x:v>2.35</x:v>
+      </x:c>
+      <x:c r="D49" s="0">
+        <x:v>67.321</x:v>
+      </x:c>
+      <x:c r="E49" s="0">
+        <x:v>63.51</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="50" spans="1:5">
+      <x:c r="A50" s="1">
+        <x:v>45979.8891898148</x:v>
+      </x:c>
+      <x:c r="B50" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C50" s="0">
+        <x:v>1.87</x:v>
+      </x:c>
+      <x:c r="D50" s="0">
+        <x:v>68.783</x:v>
+      </x:c>
+      <x:c r="E50" s="0">
+        <x:v>64.89</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="51" spans="1:5">
+      <x:c r="A51" s="1">
+        <x:v>45978.8654976852</x:v>
+      </x:c>
+      <x:c r="B51" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C51" s="0">
+        <x:v>2.15</x:v>
+      </x:c>
+      <x:c r="D51" s="0">
+        <x:v>68.052</x:v>
+      </x:c>
+      <x:c r="E51" s="0">
+        <x:v>64.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="52" spans="1:5">
+      <x:c r="A52" s="1">
+        <x:v>45975.8687615741</x:v>
+      </x:c>
+      <x:c r="B52" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C52" s="0">
+        <x:v>2.08</x:v>
+      </x:c>
+      <x:c r="D52" s="0">
+        <x:v>68.253</x:v>
+      </x:c>
+      <x:c r="E52" s="0">
+        <x:v>64.39</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="53" spans="1:5">
+      <x:c r="A53" s="1">
         <x:v>45974.8920833333</x:v>
       </x:c>
-      <x:c r="B33" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C33" s="0">
+      <x:c r="B53" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C53" s="0">
         <x:v>2.83</x:v>
       </x:c>
-      <x:c r="D33" s="0">
+      <x:c r="D53" s="0">
         <x:v>66.791</x:v>
       </x:c>
-      <x:c r="E33" s="0">
+      <x:c r="E53" s="0">
         <x:v>63.01</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>