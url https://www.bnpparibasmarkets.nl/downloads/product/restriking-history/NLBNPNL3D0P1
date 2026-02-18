--- v2 (2026-01-27)
+++ v3 (2026-02-18)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R80f3df213f6c4634" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4a85515804134599aa7d7ba6b7daffe0.psmdcp" Id="Raf9e2503ffc148d0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc8b5e7773ec94e26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1805fa122a424b948f7485b4e34a51c1.psmdcp" Id="Rb2cbce522f4a493a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>NLBNPNL3D0P1</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -390,947 +390,1219 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E53"/>
+  <x:dimension ref="A1:E69"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>46048.8665393519</x:v>
+        <x:v>46070.868275463</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
-        <x:v>0.48</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>68.656</x:v>
+        <x:v>71.465</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>65.59</x:v>
+        <x:v>67.42</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>46045.8845023148</x:v>
+        <x:v>46069.8683333333</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
-        <x:v>0.46</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>69.833</x:v>
+        <x:v>72.769</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>65.88</x:v>
+        <x:v>68.65</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>46044.8798032407</x:v>
+        <x:v>46066.8643981482</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
-        <x:v>0.7</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>67.904</x:v>
+        <x:v>71.815</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>64.06</x:v>
+        <x:v>67.75</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>46043.8692592593</x:v>
+        <x:v>46065.8715972222</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
-        <x:v>0.57</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>69.154</x:v>
+        <x:v>71.571</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>65.24</x:v>
+        <x:v>67.52</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>46042.8823148148</x:v>
+        <x:v>46064.9031828704</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
-        <x:v>0.61</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>68.815</x:v>
+        <x:v>73.564</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>64.92</x:v>
+        <x:v>69.4</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>46041.8777546296</x:v>
+        <x:v>46063.9000578704</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
-        <x:v>0.75</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>67.776</x:v>
+        <x:v>72.928</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>63.94</x:v>
+        <x:v>68.8</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>46038.8784953704</x:v>
+        <x:v>46062.9109837963</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
-        <x:v>0.72</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>67.978</x:v>
+        <x:v>73.182</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>64.13</x:v>
+        <x:v>69.04</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>46037.8783449074</x:v>
+        <x:v>46059.8748032407</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
-        <x:v>0.78</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>67.586</x:v>
+        <x:v>72.133</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>63.76</x:v>
+        <x:v>68.05</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>46036.8717939815</x:v>
+        <x:v>46058.868287037</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
-        <x:v>0.52</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>70.511</x:v>
+        <x:v>71.603</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>66.52</x:v>
+        <x:v>67.55</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>46035.8676851852</x:v>
+        <x:v>46057.923912037</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C12" s="0">
-        <x:v>0.64</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>69.398</x:v>
+        <x:v>73.628</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>65.47</x:v>
+        <x:v>69.46</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>46034.8687384259</x:v>
+        <x:v>46056.9108217593</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0">
-        <x:v>0.92</x:v>
+        <x:v>0.21</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>67.702</x:v>
+        <x:v>71.37</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>63.87</x:v>
+        <x:v>67.33</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>46031.8690393519</x:v>
+        <x:v>46055.8725694444</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C14" s="0">
-        <x:v>1.03</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>67.14</x:v>
+        <x:v>70.278</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>63.34</x:v>
+        <x:v>66.3</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>46030.8658564815</x:v>
+        <x:v>46052.8665625</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
-        <x:v>1.39</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>65.709</x:v>
+        <x:v>73.479</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>61.99</x:v>
+        <x:v>69.32</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>46029.865787037</x:v>
+        <x:v>46051.8644560185</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C16" s="0">
-        <x:v>2.35</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>63.558</x:v>
+        <x:v>73.765</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>59.96</x:v>
+        <x:v>69.59</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>46028.8721412037</x:v>
+        <x:v>46050.8643402778</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C17" s="0">
-        <x:v>2.05</x:v>
+        <x:v>0.28</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>64.342</x:v>
+        <x:v>71.412</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>60.7</x:v>
+        <x:v>67.37</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>46027.8692939815</x:v>
+        <x:v>46049.8665277778</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="0">
-        <x:v>1.7</x:v>
+        <x:v>0.32</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>65.466</x:v>
+        <x:v>70.585</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>61.76</x:v>
+        <x:v>66.59</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>46024.8692708333</x:v>
+        <x:v>46048.8665393519</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C19" s="0">
-        <x:v>2.13</x:v>
+        <x:v>0.48</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>64.395</x:v>
+        <x:v>68.656</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>60.75</x:v>
+        <x:v>65.59</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
-        <x:v>46022.8666782407</x:v>
+        <x:v>46045.8845023148</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C20" s="0">
-        <x:v>2.09</x:v>
+        <x:v>0.46</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>64.501</x:v>
+        <x:v>69.833</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>60.85</x:v>
+        <x:v>65.88</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="1">
-        <x:v>46021.8699305556</x:v>
+        <x:v>46044.8798032407</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C21" s="0">
-        <x:v>1.91</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="D21" s="0">
-        <x:v>65.01</x:v>
+        <x:v>67.904</x:v>
       </x:c>
       <x:c r="E21" s="0">
-        <x:v>61.33</x:v>
+        <x:v>64.06</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="1">
-        <x:v>46020.8706828704</x:v>
+        <x:v>46043.8692592593</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C22" s="0">
-        <x:v>1.85</x:v>
+        <x:v>0.57</x:v>
       </x:c>
       <x:c r="D22" s="0">
-        <x:v>65.179</x:v>
+        <x:v>69.154</x:v>
       </x:c>
       <x:c r="E22" s="0">
-        <x:v>61.49</x:v>
+        <x:v>65.24</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="1">
-        <x:v>46017.8800694444</x:v>
+        <x:v>46042.8823148148</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C23" s="0">
-        <x:v>2.47</x:v>
+        <x:v>0.61</x:v>
       </x:c>
       <x:c r="D23" s="0">
-        <x:v>63.854</x:v>
+        <x:v>68.815</x:v>
       </x:c>
       <x:c r="E23" s="0">
-        <x:v>60.24</x:v>
+        <x:v>64.92</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="1">
-        <x:v>46015.8335648148</x:v>
+        <x:v>46041.8777546296</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C24" s="0">
-        <x:v>1.9</x:v>
+        <x:v>0.75</x:v>
       </x:c>
       <x:c r="D24" s="0">
-        <x:v>65.508</x:v>
+        <x:v>67.776</x:v>
       </x:c>
       <x:c r="E24" s="0">
-        <x:v>61.8</x:v>
+        <x:v>63.94</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="1">
-        <x:v>46014.8820023148</x:v>
+        <x:v>46038.8784953704</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C25" s="0">
-        <x:v>1.88</x:v>
+        <x:v>0.72</x:v>
       </x:c>
       <x:c r="D25" s="0">
-        <x:v>65.582</x:v>
+        <x:v>67.978</x:v>
       </x:c>
       <x:c r="E25" s="0">
-        <x:v>62.38</x:v>
+        <x:v>64.13</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="1">
-        <x:v>46013.865162037</x:v>
+        <x:v>46037.8783449074</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C26" s="0">
-        <x:v>2</x:v>
+        <x:v>0.78</x:v>
       </x:c>
       <x:c r="D26" s="0">
-        <x:v>65.794</x:v>
+        <x:v>67.586</x:v>
       </x:c>
       <x:c r="E26" s="0">
-        <x:v>62.07</x:v>
+        <x:v>63.76</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="1">
-        <x:v>46010.8690046296</x:v>
+        <x:v>46036.8717939815</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C27" s="0">
-        <x:v>2.93</x:v>
+        <x:v>0.52</x:v>
       </x:c>
       <x:c r="D27" s="0">
-        <x:v>64.098</x:v>
+        <x:v>70.511</x:v>
       </x:c>
       <x:c r="E27" s="0">
-        <x:v>60.47</x:v>
+        <x:v>66.52</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="1">
-        <x:v>46009.865162037</x:v>
+        <x:v>46035.8676851852</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C28" s="0">
-        <x:v>3.37</x:v>
+        <x:v>0.64</x:v>
       </x:c>
       <x:c r="D28" s="0">
-        <x:v>63.409</x:v>
+        <x:v>69.398</x:v>
       </x:c>
       <x:c r="E28" s="0">
-        <x:v>59.82</x:v>
+        <x:v>65.47</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="1">
-        <x:v>46008.8712962963</x:v>
+        <x:v>46034.8687384259</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C29" s="0">
-        <x:v>3.47</x:v>
+        <x:v>0.92</x:v>
       </x:c>
       <x:c r="D29" s="0">
-        <x:v>63.261</x:v>
+        <x:v>67.702</x:v>
       </x:c>
       <x:c r="E29" s="0">
-        <x:v>59.68</x:v>
+        <x:v>63.87</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="1">
-        <x:v>46007.8682175926</x:v>
+        <x:v>46031.8690393519</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C30" s="0">
-        <x:v>4.11</x:v>
+        <x:v>1.03</x:v>
       </x:c>
       <x:c r="D30" s="0">
-        <x:v>62.455</x:v>
+        <x:v>67.14</x:v>
       </x:c>
       <x:c r="E30" s="0">
-        <x:v>58.92</x:v>
+        <x:v>63.34</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="1">
-        <x:v>46006.8661458333</x:v>
+        <x:v>46030.8658564815</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C31" s="0">
-        <x:v>3.11</x:v>
+        <x:v>1.39</x:v>
       </x:c>
       <x:c r="D31" s="0">
-        <x:v>64.194</x:v>
+        <x:v>65.709</x:v>
       </x:c>
       <x:c r="E31" s="0">
-        <x:v>60.56</x:v>
+        <x:v>61.99</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="1">
-        <x:v>46003.8692939815</x:v>
+        <x:v>46029.865787037</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C32" s="0">
-        <x:v>2.8</x:v>
+        <x:v>2.35</x:v>
       </x:c>
       <x:c r="D32" s="0">
-        <x:v>64.787</x:v>
+        <x:v>63.558</x:v>
       </x:c>
       <x:c r="E32" s="0">
-        <x:v>61.12</x:v>
+        <x:v>59.96</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="1">
-        <x:v>46002.8718981482</x:v>
+        <x:v>46028.8721412037</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C33" s="0">
-        <x:v>2.72</x:v>
+        <x:v>2.05</x:v>
       </x:c>
       <x:c r="D33" s="0">
-        <x:v>64.957</x:v>
+        <x:v>64.342</x:v>
       </x:c>
       <x:c r="E33" s="0">
-        <x:v>61.28</x:v>
+        <x:v>60.7</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="1">
-        <x:v>46001.8660069444</x:v>
+        <x:v>46027.8692939815</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C34" s="0">
-        <x:v>2.31</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="D34" s="0">
-        <x:v>65.943</x:v>
+        <x:v>65.466</x:v>
       </x:c>
       <x:c r="E34" s="0">
-        <x:v>62.21</x:v>
+        <x:v>61.76</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="1">
-        <x:v>46000.8892361111</x:v>
+        <x:v>46024.8692708333</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C35" s="0">
-        <x:v>2.43</x:v>
+        <x:v>2.13</x:v>
       </x:c>
       <x:c r="D35" s="0">
-        <x:v>65.656</x:v>
+        <x:v>64.395</x:v>
       </x:c>
       <x:c r="E35" s="0">
-        <x:v>61.94</x:v>
+        <x:v>60.75</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="1">
-        <x:v>45999.8773842593</x:v>
+        <x:v>46022.8666782407</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C36" s="0">
-        <x:v>2.2</x:v>
+        <x:v>2.09</x:v>
       </x:c>
       <x:c r="D36" s="0">
-        <x:v>66.239</x:v>
+        <x:v>64.501</x:v>
       </x:c>
       <x:c r="E36" s="0">
-        <x:v>62.49</x:v>
+        <x:v>60.85</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="1">
-        <x:v>45996.8718634259</x:v>
+        <x:v>46021.8699305556</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C37" s="0">
-        <x:v>1.78</x:v>
+        <x:v>1.91</x:v>
       </x:c>
       <x:c r="D37" s="0">
-        <x:v>67.575</x:v>
+        <x:v>65.01</x:v>
       </x:c>
       <x:c r="E37" s="0">
-        <x:v>63.75</x:v>
+        <x:v>61.33</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="1">
-        <x:v>45995.872962963</x:v>
+        <x:v>46020.8706828704</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C38" s="0">
-        <x:v>1.97</x:v>
+        <x:v>1.85</x:v>
       </x:c>
       <x:c r="D38" s="0">
-        <x:v>67.056</x:v>
+        <x:v>65.179</x:v>
       </x:c>
       <x:c r="E38" s="0">
-        <x:v>63.26</x:v>
+        <x:v>61.49</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="1">
-        <x:v>45994.8669675926</x:v>
+        <x:v>46017.8800694444</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C39" s="0">
-        <x:v>2.22</x:v>
+        <x:v>2.47</x:v>
       </x:c>
       <x:c r="D39" s="0">
-        <x:v>66.43</x:v>
+        <x:v>63.854</x:v>
       </x:c>
       <x:c r="E39" s="0">
-        <x:v>62.67</x:v>
+        <x:v>60.24</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="1">
-        <x:v>45993.8696296296</x:v>
+        <x:v>46015.8335648148</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C40" s="0">
-        <x:v>2.32</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="D40" s="0">
-        <x:v>66.197</x:v>
+        <x:v>65.508</x:v>
       </x:c>
       <x:c r="E40" s="0">
-        <x:v>62.45</x:v>
+        <x:v>61.8</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="1">
-        <x:v>45992.8654976852</x:v>
+        <x:v>46014.8820023148</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C41" s="0">
-        <x:v>2.04</x:v>
+        <x:v>1.88</x:v>
       </x:c>
       <x:c r="D41" s="0">
-        <x:v>66.96</x:v>
+        <x:v>65.582</x:v>
       </x:c>
       <x:c r="E41" s="0">
-        <x:v>63.17</x:v>
+        <x:v>62.38</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="1">
-        <x:v>45989.8774074074</x:v>
+        <x:v>46013.865162037</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C42" s="0">
-        <x:v>2.41</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="D42" s="0">
-        <x:v>66.123</x:v>
+        <x:v>65.794</x:v>
       </x:c>
       <x:c r="E42" s="0">
-        <x:v>62.38</x:v>
+        <x:v>62.07</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="1">
-        <x:v>45988.8776157407</x:v>
+        <x:v>46010.8690046296</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C43" s="0">
-        <x:v>2.21</x:v>
+        <x:v>2.93</x:v>
       </x:c>
       <x:c r="D43" s="0">
-        <x:v>66.642</x:v>
+        <x:v>64.098</x:v>
       </x:c>
       <x:c r="E43" s="0">
-        <x:v>62.87</x:v>
+        <x:v>60.47</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="1">
-        <x:v>45987.8775810185</x:v>
+        <x:v>46009.865162037</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C44" s="0">
-        <x:v>2.36</x:v>
+        <x:v>3.37</x:v>
       </x:c>
       <x:c r="D44" s="0">
-        <x:v>66.292</x:v>
+        <x:v>63.409</x:v>
       </x:c>
       <x:c r="E44" s="0">
-        <x:v>62.54</x:v>
+        <x:v>59.82</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="1">
-        <x:v>45986.8743981481</x:v>
+        <x:v>46008.8712962963</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C45" s="0">
-        <x:v>2.75</x:v>
+        <x:v>3.47</x:v>
       </x:c>
       <x:c r="D45" s="0">
-        <x:v>65.508</x:v>
+        <x:v>63.261</x:v>
       </x:c>
       <x:c r="E45" s="0">
-        <x:v>61.8</x:v>
+        <x:v>59.68</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="1">
-        <x:v>45985.8709027778</x:v>
+        <x:v>46007.8682175926</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C46" s="0">
-        <x:v>2.34</x:v>
+        <x:v>4.11</x:v>
       </x:c>
       <x:c r="D46" s="0">
-        <x:v>66.483</x:v>
+        <x:v>62.455</x:v>
       </x:c>
       <x:c r="E46" s="0">
-        <x:v>63.37</x:v>
+        <x:v>58.92</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="1">
-        <x:v>45982.8678935185</x:v>
+        <x:v>46006.8661458333</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C47" s="0">
-        <x:v>2.78</x:v>
+        <x:v>3.11</x:v>
       </x:c>
       <x:c r="D47" s="0">
-        <x:v>66.314</x:v>
+        <x:v>64.194</x:v>
       </x:c>
       <x:c r="E47" s="0">
-        <x:v>62.56</x:v>
+        <x:v>60.56</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5">
       <x:c r="A48" s="1">
-        <x:v>45981.8676736111</x:v>
+        <x:v>46003.8692939815</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C48" s="0">
-        <x:v>2.41</x:v>
+        <x:v>2.8</x:v>
       </x:c>
       <x:c r="D48" s="0">
-        <x:v>67.183</x:v>
+        <x:v>64.787</x:v>
       </x:c>
       <x:c r="E48" s="0">
-        <x:v>63.38</x:v>
+        <x:v>61.12</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
       <x:c r="A49" s="1">
-        <x:v>45980.866712963</x:v>
+        <x:v>46002.8718981482</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C49" s="0">
-        <x:v>2.35</x:v>
+        <x:v>2.72</x:v>
       </x:c>
       <x:c r="D49" s="0">
-        <x:v>67.321</x:v>
+        <x:v>64.957</x:v>
       </x:c>
       <x:c r="E49" s="0">
-        <x:v>63.51</x:v>
+        <x:v>61.28</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5">
       <x:c r="A50" s="1">
-        <x:v>45979.8891898148</x:v>
+        <x:v>46001.8660069444</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C50" s="0">
-        <x:v>1.87</x:v>
+        <x:v>2.31</x:v>
       </x:c>
       <x:c r="D50" s="0">
-        <x:v>68.783</x:v>
+        <x:v>65.943</x:v>
       </x:c>
       <x:c r="E50" s="0">
-        <x:v>64.89</x:v>
+        <x:v>62.21</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5">
       <x:c r="A51" s="1">
-        <x:v>45978.8654976852</x:v>
+        <x:v>46000.8892361111</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C51" s="0">
-        <x:v>2.15</x:v>
+        <x:v>2.43</x:v>
       </x:c>
       <x:c r="D51" s="0">
-        <x:v>68.052</x:v>
+        <x:v>65.656</x:v>
       </x:c>
       <x:c r="E51" s="0">
-        <x:v>64.2</x:v>
+        <x:v>61.94</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5">
       <x:c r="A52" s="1">
-        <x:v>45975.8687615741</x:v>
+        <x:v>45999.8773842593</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C52" s="0">
-        <x:v>2.08</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="D52" s="0">
-        <x:v>68.253</x:v>
+        <x:v>66.239</x:v>
       </x:c>
       <x:c r="E52" s="0">
-        <x:v>64.39</x:v>
+        <x:v>62.49</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5">
       <x:c r="A53" s="1">
+        <x:v>45996.8718634259</x:v>
+      </x:c>
+      <x:c r="B53" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C53" s="0">
+        <x:v>1.78</x:v>
+      </x:c>
+      <x:c r="D53" s="0">
+        <x:v>67.575</x:v>
+      </x:c>
+      <x:c r="E53" s="0">
+        <x:v>63.75</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="54" spans="1:5">
+      <x:c r="A54" s="1">
+        <x:v>45995.872962963</x:v>
+      </x:c>
+      <x:c r="B54" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C54" s="0">
+        <x:v>1.97</x:v>
+      </x:c>
+      <x:c r="D54" s="0">
+        <x:v>67.056</x:v>
+      </x:c>
+      <x:c r="E54" s="0">
+        <x:v>63.26</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="55" spans="1:5">
+      <x:c r="A55" s="1">
+        <x:v>45994.8669675926</x:v>
+      </x:c>
+      <x:c r="B55" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C55" s="0">
+        <x:v>2.22</x:v>
+      </x:c>
+      <x:c r="D55" s="0">
+        <x:v>66.43</x:v>
+      </x:c>
+      <x:c r="E55" s="0">
+        <x:v>62.67</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="56" spans="1:5">
+      <x:c r="A56" s="1">
+        <x:v>45993.8696296296</x:v>
+      </x:c>
+      <x:c r="B56" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C56" s="0">
+        <x:v>2.32</x:v>
+      </x:c>
+      <x:c r="D56" s="0">
+        <x:v>66.197</x:v>
+      </x:c>
+      <x:c r="E56" s="0">
+        <x:v>62.45</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="57" spans="1:5">
+      <x:c r="A57" s="1">
+        <x:v>45992.8654976852</x:v>
+      </x:c>
+      <x:c r="B57" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C57" s="0">
+        <x:v>2.04</x:v>
+      </x:c>
+      <x:c r="D57" s="0">
+        <x:v>66.96</x:v>
+      </x:c>
+      <x:c r="E57" s="0">
+        <x:v>63.17</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="58" spans="1:5">
+      <x:c r="A58" s="1">
+        <x:v>45989.8774074074</x:v>
+      </x:c>
+      <x:c r="B58" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C58" s="0">
+        <x:v>2.41</x:v>
+      </x:c>
+      <x:c r="D58" s="0">
+        <x:v>66.123</x:v>
+      </x:c>
+      <x:c r="E58" s="0">
+        <x:v>62.38</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="59" spans="1:5">
+      <x:c r="A59" s="1">
+        <x:v>45988.8776157407</x:v>
+      </x:c>
+      <x:c r="B59" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C59" s="0">
+        <x:v>2.21</x:v>
+      </x:c>
+      <x:c r="D59" s="0">
+        <x:v>66.642</x:v>
+      </x:c>
+      <x:c r="E59" s="0">
+        <x:v>62.87</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="60" spans="1:5">
+      <x:c r="A60" s="1">
+        <x:v>45987.8775810185</x:v>
+      </x:c>
+      <x:c r="B60" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C60" s="0">
+        <x:v>2.36</x:v>
+      </x:c>
+      <x:c r="D60" s="0">
+        <x:v>66.292</x:v>
+      </x:c>
+      <x:c r="E60" s="0">
+        <x:v>62.54</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="61" spans="1:5">
+      <x:c r="A61" s="1">
+        <x:v>45986.8743981481</x:v>
+      </x:c>
+      <x:c r="B61" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C61" s="0">
+        <x:v>2.75</x:v>
+      </x:c>
+      <x:c r="D61" s="0">
+        <x:v>65.508</x:v>
+      </x:c>
+      <x:c r="E61" s="0">
+        <x:v>61.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="62" spans="1:5">
+      <x:c r="A62" s="1">
+        <x:v>45985.8709027778</x:v>
+      </x:c>
+      <x:c r="B62" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C62" s="0">
+        <x:v>2.34</x:v>
+      </x:c>
+      <x:c r="D62" s="0">
+        <x:v>66.483</x:v>
+      </x:c>
+      <x:c r="E62" s="0">
+        <x:v>63.37</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="63" spans="1:5">
+      <x:c r="A63" s="1">
+        <x:v>45982.8678935185</x:v>
+      </x:c>
+      <x:c r="B63" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C63" s="0">
+        <x:v>2.78</x:v>
+      </x:c>
+      <x:c r="D63" s="0">
+        <x:v>66.314</x:v>
+      </x:c>
+      <x:c r="E63" s="0">
+        <x:v>62.56</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="64" spans="1:5">
+      <x:c r="A64" s="1">
+        <x:v>45981.8676736111</x:v>
+      </x:c>
+      <x:c r="B64" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C64" s="0">
+        <x:v>2.41</x:v>
+      </x:c>
+      <x:c r="D64" s="0">
+        <x:v>67.183</x:v>
+      </x:c>
+      <x:c r="E64" s="0">
+        <x:v>63.38</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="65" spans="1:5">
+      <x:c r="A65" s="1">
+        <x:v>45980.866712963</x:v>
+      </x:c>
+      <x:c r="B65" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C65" s="0">
+        <x:v>2.35</x:v>
+      </x:c>
+      <x:c r="D65" s="0">
+        <x:v>67.321</x:v>
+      </x:c>
+      <x:c r="E65" s="0">
+        <x:v>63.51</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="66" spans="1:5">
+      <x:c r="A66" s="1">
+        <x:v>45979.8891898148</x:v>
+      </x:c>
+      <x:c r="B66" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C66" s="0">
+        <x:v>1.87</x:v>
+      </x:c>
+      <x:c r="D66" s="0">
+        <x:v>68.783</x:v>
+      </x:c>
+      <x:c r="E66" s="0">
+        <x:v>64.89</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="67" spans="1:5">
+      <x:c r="A67" s="1">
+        <x:v>45978.8654976852</x:v>
+      </x:c>
+      <x:c r="B67" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C67" s="0">
+        <x:v>2.15</x:v>
+      </x:c>
+      <x:c r="D67" s="0">
+        <x:v>68.052</x:v>
+      </x:c>
+      <x:c r="E67" s="0">
+        <x:v>64.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="68" spans="1:5">
+      <x:c r="A68" s="1">
+        <x:v>45975.8687615741</x:v>
+      </x:c>
+      <x:c r="B68" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C68" s="0">
+        <x:v>2.08</x:v>
+      </x:c>
+      <x:c r="D68" s="0">
+        <x:v>68.253</x:v>
+      </x:c>
+      <x:c r="E68" s="0">
+        <x:v>64.39</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="69" spans="1:5">
+      <x:c r="A69" s="1">
         <x:v>45974.8920833333</x:v>
       </x:c>
-      <x:c r="B53" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C53" s="0">
+      <x:c r="B69" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C69" s="0">
         <x:v>2.83</x:v>
       </x:c>
-      <x:c r="D53" s="0">
+      <x:c r="D69" s="0">
         <x:v>66.791</x:v>
       </x:c>
-      <x:c r="E53" s="0">
+      <x:c r="E69" s="0">
         <x:v>63.01</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>