--- v3 (2026-02-18)
+++ v4 (2026-03-12)
@@ -1,78 +1,81 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc8b5e7773ec94e26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1805fa122a424b948f7485b4e34a51c1.psmdcp" Id="Rb2cbce522f4a493a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbca2c3b4790b4192" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e60ceb3113f146868b01cb8673a64447.psmdcp" Id="R31eedddeddac417f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>NLBNPNL3D0P1</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
     <x:t>Reset type</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Cash value </x:t>
   </x:si>
   <x:si>
     <x:t>Reset threshold</x:t>
   </x:si>
   <x:si>
     <x:t>Reference price (last reset)</x:t>
   </x:si>
   <x:si>
     <x:t>End of day</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Intraday</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="164" formatCode="dd-MM-yyyy HH:mm"/>
   </x:numFmts>
   <x:fonts count="1">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
   </x:fonts>
   <x:fills count="2">
     <x:fill>
       <x:patternFill patternType="none"/>
     </x:fill>
     <x:fill>
       <x:patternFill patternType="gray125"/>
@@ -390,1219 +393,1740 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E69"/>
+  <x:dimension ref="A1:E100"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>46070.868275463</x:v>
+        <x:v>46093.8697685185</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
-      <x:c r="C3" s="0">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D3" s="0">
-        <x:v>71.465</x:v>
+        <x:v>106.488</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>67.42</x:v>
+        <x:v>100.46</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>46069.8683333333</x:v>
+        <x:v>46093.2983912037</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
-        <x:v>6</x:v>
-[...2 lines deleted...]
-        <x:v>0.13</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>72.769</x:v>
+        <x:v>107.685</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>68.65</x:v>
+        <x:v>101.59</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>46066.8643981482</x:v>
+        <x:v>46092.8697916667</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>71.815</x:v>
+        <x:v>97.499</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>67.75</x:v>
+        <x:v>91.98</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>46065.8715972222</x:v>
+        <x:v>46092.8347453704</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="C6" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>71.571</x:v>
+        <x:v>98.652</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>67.52</x:v>
+        <x:v>93.068</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>46064.9031828704</x:v>
+        <x:v>46091.8683680556</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
-        <x:v>0.12</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>73.564</x:v>
+        <x:v>93.068</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>69.4</x:v>
+        <x:v>87.8</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>46063.9000578704</x:v>
+        <x:v>46091.8340972222</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
-        <x:v>0.14</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>72.928</x:v>
+        <x:v>93.068</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>68.8</x:v>
+        <x:v>87.8</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>46062.9109837963</x:v>
+        <x:v>46090.8683796296</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
-        <x:v>0.13</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>73.182</x:v>
+        <x:v>104.898</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>69.04</x:v>
+        <x:v>98.96</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>46059.8748032407</x:v>
+        <x:v>46090.8394560185</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>72.133</x:v>
+        <x:v>104.898</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>68.05</x:v>
+        <x:v>98.96</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>46058.868287037</x:v>
+        <x:v>46090.2976851852</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="C11" s="0">
-        <x:v>0.18</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>71.603</x:v>
+        <x:v>126.67</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>67.55</x:v>
+        <x:v>119.5</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>46057.923912037</x:v>
+        <x:v>46090.2856712963</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="C12" s="0">
-        <x:v>0.13</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>73.628</x:v>
+        <x:v>104.146</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>69.46</x:v>
+        <x:v>98.251</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>46056.9108217593</x:v>
+        <x:v>46087.8684722222</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0">
-        <x:v>0.21</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>71.37</x:v>
+        <x:v>98.251</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>67.33</x:v>
+        <x:v>92.69</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>46055.8725694444</x:v>
+        <x:v>46087.6427199074</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="C14" s="0">
-        <x:v>0.26</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>70.278</x:v>
+        <x:v>96.28</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>66.3</x:v>
+        <x:v>90.83</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>46052.8665625</x:v>
+        <x:v>46086.8684837963</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>73.479</x:v>
+        <x:v>90.535</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>69.32</x:v>
+        <x:v>85.41</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>46051.8644560185</x:v>
+        <x:v>46085.8774652778</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C16" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>73.765</x:v>
+        <x:v>86.284</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>69.59</x:v>
+        <x:v>81.4</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>46050.8643402778</x:v>
+        <x:v>46084.8684259259</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C17" s="0">
-        <x:v>0.28</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>71.412</x:v>
+        <x:v>86.284</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>67.37</x:v>
+        <x:v>81.4</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>46049.8665277778</x:v>
+        <x:v>46084.4632291667</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="C18" s="0">
-        <x:v>0.32</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>70.585</x:v>
+        <x:v>87.349</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>66.59</x:v>
+        <x:v>82.404</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>46048.8665393519</x:v>
+        <x:v>46083.8726851852</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C19" s="0">
-        <x:v>0.48</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>68.656</x:v>
+        <x:v>82.404</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>65.59</x:v>
+        <x:v>77.74</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
-        <x:v>46045.8845023148</x:v>
+        <x:v>46083.2684953704</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="C20" s="0">
-        <x:v>0.46</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>69.833</x:v>
+        <x:v>87.312</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>65.88</x:v>
+        <x:v>82.37</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="1">
-        <x:v>46044.8798032407</x:v>
+        <x:v>46080.8684722222</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C21" s="0">
-        <x:v>0.7</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D21" s="0">
-        <x:v>67.904</x:v>
+        <x:v>77.242</x:v>
       </x:c>
       <x:c r="E21" s="0">
-        <x:v>64.06</x:v>
+        <x:v>72.87</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="1">
-        <x:v>46043.8692592593</x:v>
+        <x:v>46079.8684837963</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C22" s="0">
-        <x:v>0.57</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D22" s="0">
-        <x:v>69.154</x:v>
+        <x:v>75.09</x:v>
       </x:c>
       <x:c r="E22" s="0">
-        <x:v>65.24</x:v>
+        <x:v>70.84</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="1">
-        <x:v>46042.8823148148</x:v>
+        <x:v>46078.9052430556</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C23" s="0">
-        <x:v>0.61</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D23" s="0">
-        <x:v>68.815</x:v>
+        <x:v>74.931</x:v>
       </x:c>
       <x:c r="E23" s="0">
-        <x:v>64.92</x:v>
+        <x:v>70.69</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="1">
-        <x:v>46041.8777546296</x:v>
+        <x:v>46078.8682986111</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C24" s="0">
-        <x:v>0.75</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D24" s="0">
-        <x:v>67.776</x:v>
+        <x:v>74.931</x:v>
       </x:c>
       <x:c r="E24" s="0">
-        <x:v>63.94</x:v>
+        <x:v>70.69</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="1">
-        <x:v>46038.8784953704</x:v>
+        <x:v>46077.8846180556</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C25" s="0">
-        <x:v>0.72</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D25" s="0">
-        <x:v>67.978</x:v>
+        <x:v>74.815</x:v>
       </x:c>
       <x:c r="E25" s="0">
-        <x:v>64.13</x:v>
+        <x:v>70.58</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="1">
-        <x:v>46037.8783449074</x:v>
+        <x:v>46077.8683217593</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C26" s="0">
-        <x:v>0.78</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D26" s="0">
-        <x:v>67.586</x:v>
+        <x:v>74.815</x:v>
       </x:c>
       <x:c r="E26" s="0">
-        <x:v>63.76</x:v>
+        <x:v>70.58</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="1">
-        <x:v>46036.8717939815</x:v>
+        <x:v>46076.868587963</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C27" s="0">
-        <x:v>0.52</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D27" s="0">
-        <x:v>70.511</x:v>
+        <x:v>75.377</x:v>
       </x:c>
       <x:c r="E27" s="0">
-        <x:v>66.52</x:v>
+        <x:v>71.49</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="1">
-        <x:v>46035.8676851852</x:v>
+        <x:v>46073.878275463</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C28" s="0">
-        <x:v>0.64</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D28" s="0">
-        <x:v>69.398</x:v>
+        <x:v>76.066</x:v>
       </x:c>
       <x:c r="E28" s="0">
-        <x:v>65.47</x:v>
+        <x:v>71.76</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="1">
-        <x:v>46034.8687384259</x:v>
+        <x:v>46073.8683796296</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C29" s="0">
-        <x:v>0.92</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D29" s="0">
-        <x:v>67.702</x:v>
+        <x:v>76.066</x:v>
       </x:c>
       <x:c r="E29" s="0">
-        <x:v>63.87</x:v>
+        <x:v>71.76</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="1">
-        <x:v>46031.8690393519</x:v>
+        <x:v>46072.9091203704</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C30" s="0">
-        <x:v>1.03</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D30" s="0">
-        <x:v>67.14</x:v>
+        <x:v>75.96</x:v>
       </x:c>
       <x:c r="E30" s="0">
-        <x:v>63.34</x:v>
+        <x:v>71.66</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="1">
-        <x:v>46030.8658564815</x:v>
+        <x:v>46072.8924768519</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C31" s="0">
-        <x:v>1.39</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D31" s="0">
-        <x:v>65.709</x:v>
+        <x:v>75.96</x:v>
       </x:c>
       <x:c r="E31" s="0">
-        <x:v>61.99</x:v>
+        <x:v>71.66</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="1">
-        <x:v>46029.865787037</x:v>
+        <x:v>46072.8684143519</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C32" s="0">
-        <x:v>2.35</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D32" s="0">
-        <x:v>63.558</x:v>
+        <x:v>75.96</x:v>
       </x:c>
       <x:c r="E32" s="0">
-        <x:v>59.96</x:v>
+        <x:v>71.66</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="1">
-        <x:v>46028.8721412037</x:v>
+        <x:v>46071.8710300926</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C33" s="0">
-        <x:v>2.05</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D33" s="0">
-        <x:v>64.342</x:v>
+        <x:v>74.571</x:v>
       </x:c>
       <x:c r="E33" s="0">
-        <x:v>60.7</x:v>
+        <x:v>70.35</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="1">
-        <x:v>46027.8692939815</x:v>
+        <x:v>46070.868275463</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C34" s="0">
-        <x:v>1.7</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D34" s="0">
-        <x:v>65.466</x:v>
+        <x:v>71.465</x:v>
       </x:c>
       <x:c r="E34" s="0">
-        <x:v>61.76</x:v>
+        <x:v>67.42</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="1">
-        <x:v>46024.8692708333</x:v>
+        <x:v>46069.8683333333</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C35" s="0">
-        <x:v>2.13</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D35" s="0">
-        <x:v>64.395</x:v>
+        <x:v>72.769</x:v>
       </x:c>
       <x:c r="E35" s="0">
-        <x:v>60.75</x:v>
+        <x:v>68.65</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="1">
-        <x:v>46022.8666782407</x:v>
+        <x:v>46066.8643981482</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C36" s="0">
-        <x:v>2.09</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D36" s="0">
-        <x:v>64.501</x:v>
+        <x:v>71.815</x:v>
       </x:c>
       <x:c r="E36" s="0">
-        <x:v>60.85</x:v>
+        <x:v>67.75</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="1">
-        <x:v>46021.8699305556</x:v>
+        <x:v>46065.8715972222</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C37" s="0">
-        <x:v>1.91</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D37" s="0">
-        <x:v>65.01</x:v>
+        <x:v>71.571</x:v>
       </x:c>
       <x:c r="E37" s="0">
-        <x:v>61.33</x:v>
+        <x:v>67.52</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="1">
-        <x:v>46020.8706828704</x:v>
+        <x:v>46064.9031828704</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C38" s="0">
-        <x:v>1.85</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D38" s="0">
-        <x:v>65.179</x:v>
+        <x:v>73.564</x:v>
       </x:c>
       <x:c r="E38" s="0">
-        <x:v>61.49</x:v>
+        <x:v>69.4</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="1">
-        <x:v>46017.8800694444</x:v>
+        <x:v>46063.9000578704</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C39" s="0">
-        <x:v>2.47</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D39" s="0">
-        <x:v>63.854</x:v>
+        <x:v>72.928</x:v>
       </x:c>
       <x:c r="E39" s="0">
-        <x:v>60.24</x:v>
+        <x:v>68.8</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="1">
-        <x:v>46015.8335648148</x:v>
+        <x:v>46062.9109837963</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C40" s="0">
-        <x:v>1.9</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D40" s="0">
-        <x:v>65.508</x:v>
+        <x:v>73.182</x:v>
       </x:c>
       <x:c r="E40" s="0">
-        <x:v>61.8</x:v>
+        <x:v>69.04</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="1">
-        <x:v>46014.8820023148</x:v>
+        <x:v>46059.8748032407</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C41" s="0">
-        <x:v>1.88</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D41" s="0">
-        <x:v>65.582</x:v>
+        <x:v>72.133</x:v>
       </x:c>
       <x:c r="E41" s="0">
-        <x:v>62.38</x:v>
+        <x:v>68.05</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="1">
-        <x:v>46013.865162037</x:v>
+        <x:v>46058.868287037</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C42" s="0">
-        <x:v>2</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D42" s="0">
-        <x:v>65.794</x:v>
+        <x:v>71.603</x:v>
       </x:c>
       <x:c r="E42" s="0">
-        <x:v>62.07</x:v>
+        <x:v>67.55</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="1">
-        <x:v>46010.8690046296</x:v>
+        <x:v>46057.923912037</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C43" s="0">
-        <x:v>2.93</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D43" s="0">
-        <x:v>64.098</x:v>
+        <x:v>73.628</x:v>
       </x:c>
       <x:c r="E43" s="0">
-        <x:v>60.47</x:v>
+        <x:v>69.46</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="1">
-        <x:v>46009.865162037</x:v>
+        <x:v>46056.9108217593</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C44" s="0">
-        <x:v>3.37</x:v>
+        <x:v>0.21</x:v>
       </x:c>
       <x:c r="D44" s="0">
-        <x:v>63.409</x:v>
+        <x:v>71.37</x:v>
       </x:c>
       <x:c r="E44" s="0">
-        <x:v>59.82</x:v>
+        <x:v>67.33</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="1">
-        <x:v>46008.8712962963</x:v>
+        <x:v>46055.8725694444</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C45" s="0">
-        <x:v>3.47</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="D45" s="0">
-        <x:v>63.261</x:v>
+        <x:v>70.278</x:v>
       </x:c>
       <x:c r="E45" s="0">
-        <x:v>59.68</x:v>
+        <x:v>66.3</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="1">
-        <x:v>46007.8682175926</x:v>
+        <x:v>46052.8665625</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C46" s="0">
-        <x:v>4.11</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D46" s="0">
-        <x:v>62.455</x:v>
+        <x:v>73.479</x:v>
       </x:c>
       <x:c r="E46" s="0">
-        <x:v>58.92</x:v>
+        <x:v>69.32</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="1">
-        <x:v>46006.8661458333</x:v>
+        <x:v>46051.8644560185</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C47" s="0">
-        <x:v>3.11</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D47" s="0">
-        <x:v>64.194</x:v>
+        <x:v>73.765</x:v>
       </x:c>
       <x:c r="E47" s="0">
-        <x:v>60.56</x:v>
+        <x:v>69.59</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5">
       <x:c r="A48" s="1">
-        <x:v>46003.8692939815</x:v>
+        <x:v>46050.8643402778</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C48" s="0">
-        <x:v>2.8</x:v>
+        <x:v>0.28</x:v>
       </x:c>
       <x:c r="D48" s="0">
-        <x:v>64.787</x:v>
+        <x:v>71.412</x:v>
       </x:c>
       <x:c r="E48" s="0">
-        <x:v>61.12</x:v>
+        <x:v>67.37</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
       <x:c r="A49" s="1">
-        <x:v>46002.8718981482</x:v>
+        <x:v>46049.8665277778</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C49" s="0">
-        <x:v>2.72</x:v>
+        <x:v>0.32</x:v>
       </x:c>
       <x:c r="D49" s="0">
-        <x:v>64.957</x:v>
+        <x:v>70.585</x:v>
       </x:c>
       <x:c r="E49" s="0">
-        <x:v>61.28</x:v>
+        <x:v>66.59</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5">
       <x:c r="A50" s="1">
-        <x:v>46001.8660069444</x:v>
+        <x:v>46048.8665393519</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C50" s="0">
-        <x:v>2.31</x:v>
+        <x:v>0.48</x:v>
       </x:c>
       <x:c r="D50" s="0">
-        <x:v>65.943</x:v>
+        <x:v>68.656</x:v>
       </x:c>
       <x:c r="E50" s="0">
-        <x:v>62.21</x:v>
+        <x:v>65.59</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5">
       <x:c r="A51" s="1">
-        <x:v>46000.8892361111</x:v>
+        <x:v>46045.8845023148</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C51" s="0">
-        <x:v>2.43</x:v>
+        <x:v>0.46</x:v>
       </x:c>
       <x:c r="D51" s="0">
-        <x:v>65.656</x:v>
+        <x:v>69.833</x:v>
       </x:c>
       <x:c r="E51" s="0">
-        <x:v>61.94</x:v>
+        <x:v>65.88</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5">
       <x:c r="A52" s="1">
-        <x:v>45999.8773842593</x:v>
+        <x:v>46044.8798032407</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C52" s="0">
-        <x:v>2.2</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="D52" s="0">
-        <x:v>66.239</x:v>
+        <x:v>67.904</x:v>
       </x:c>
       <x:c r="E52" s="0">
-        <x:v>62.49</x:v>
+        <x:v>64.06</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5">
       <x:c r="A53" s="1">
-        <x:v>45996.8718634259</x:v>
+        <x:v>46043.8692592593</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C53" s="0">
-        <x:v>1.78</x:v>
+        <x:v>0.57</x:v>
       </x:c>
       <x:c r="D53" s="0">
-        <x:v>67.575</x:v>
+        <x:v>69.154</x:v>
       </x:c>
       <x:c r="E53" s="0">
-        <x:v>63.75</x:v>
+        <x:v>65.24</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5">
       <x:c r="A54" s="1">
-        <x:v>45995.872962963</x:v>
+        <x:v>46042.8823148148</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C54" s="0">
-        <x:v>1.97</x:v>
+        <x:v>0.61</x:v>
       </x:c>
       <x:c r="D54" s="0">
-        <x:v>67.056</x:v>
+        <x:v>68.815</x:v>
       </x:c>
       <x:c r="E54" s="0">
-        <x:v>63.26</x:v>
+        <x:v>64.92</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5">
       <x:c r="A55" s="1">
-        <x:v>45994.8669675926</x:v>
+        <x:v>46041.8777546296</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C55" s="0">
-        <x:v>2.22</x:v>
+        <x:v>0.75</x:v>
       </x:c>
       <x:c r="D55" s="0">
-        <x:v>66.43</x:v>
+        <x:v>67.776</x:v>
       </x:c>
       <x:c r="E55" s="0">
-        <x:v>62.67</x:v>
+        <x:v>63.94</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5">
       <x:c r="A56" s="1">
-        <x:v>45993.8696296296</x:v>
+        <x:v>46038.8784953704</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C56" s="0">
-        <x:v>2.32</x:v>
+        <x:v>0.72</x:v>
       </x:c>
       <x:c r="D56" s="0">
-        <x:v>66.197</x:v>
+        <x:v>67.978</x:v>
       </x:c>
       <x:c r="E56" s="0">
-        <x:v>62.45</x:v>
+        <x:v>64.13</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:5">
       <x:c r="A57" s="1">
-        <x:v>45992.8654976852</x:v>
+        <x:v>46037.8783449074</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C57" s="0">
-        <x:v>2.04</x:v>
+        <x:v>0.78</x:v>
       </x:c>
       <x:c r="D57" s="0">
-        <x:v>66.96</x:v>
+        <x:v>67.586</x:v>
       </x:c>
       <x:c r="E57" s="0">
-        <x:v>63.17</x:v>
+        <x:v>63.76</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:5">
       <x:c r="A58" s="1">
-        <x:v>45989.8774074074</x:v>
+        <x:v>46036.8717939815</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C58" s="0">
-        <x:v>2.41</x:v>
+        <x:v>0.52</x:v>
       </x:c>
       <x:c r="D58" s="0">
-        <x:v>66.123</x:v>
+        <x:v>70.511</x:v>
       </x:c>
       <x:c r="E58" s="0">
-        <x:v>62.38</x:v>
+        <x:v>66.52</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:5">
       <x:c r="A59" s="1">
-        <x:v>45988.8776157407</x:v>
+        <x:v>46035.8676851852</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C59" s="0">
-        <x:v>2.21</x:v>
+        <x:v>0.64</x:v>
       </x:c>
       <x:c r="D59" s="0">
-        <x:v>66.642</x:v>
+        <x:v>69.398</x:v>
       </x:c>
       <x:c r="E59" s="0">
-        <x:v>62.87</x:v>
+        <x:v>65.47</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:5">
       <x:c r="A60" s="1">
-        <x:v>45987.8775810185</x:v>
+        <x:v>46034.8687384259</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C60" s="0">
-        <x:v>2.36</x:v>
+        <x:v>0.92</x:v>
       </x:c>
       <x:c r="D60" s="0">
-        <x:v>66.292</x:v>
+        <x:v>67.702</x:v>
       </x:c>
       <x:c r="E60" s="0">
-        <x:v>62.54</x:v>
+        <x:v>63.87</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:5">
       <x:c r="A61" s="1">
-        <x:v>45986.8743981481</x:v>
+        <x:v>46031.8690393519</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C61" s="0">
-        <x:v>2.75</x:v>
+        <x:v>1.03</x:v>
       </x:c>
       <x:c r="D61" s="0">
-        <x:v>65.508</x:v>
+        <x:v>67.14</x:v>
       </x:c>
       <x:c r="E61" s="0">
-        <x:v>61.8</x:v>
+        <x:v>63.34</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:5">
       <x:c r="A62" s="1">
-        <x:v>45985.8709027778</x:v>
+        <x:v>46030.8658564815</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C62" s="0">
-        <x:v>2.34</x:v>
+        <x:v>1.39</x:v>
       </x:c>
       <x:c r="D62" s="0">
-        <x:v>66.483</x:v>
+        <x:v>65.709</x:v>
       </x:c>
       <x:c r="E62" s="0">
-        <x:v>63.37</x:v>
+        <x:v>61.99</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:5">
       <x:c r="A63" s="1">
-        <x:v>45982.8678935185</x:v>
+        <x:v>46029.865787037</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C63" s="0">
-        <x:v>2.78</x:v>
+        <x:v>2.35</x:v>
       </x:c>
       <x:c r="D63" s="0">
-        <x:v>66.314</x:v>
+        <x:v>63.558</x:v>
       </x:c>
       <x:c r="E63" s="0">
-        <x:v>62.56</x:v>
+        <x:v>59.96</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:5">
       <x:c r="A64" s="1">
-        <x:v>45981.8676736111</x:v>
+        <x:v>46028.8721412037</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C64" s="0">
-        <x:v>2.41</x:v>
+        <x:v>2.05</x:v>
       </x:c>
       <x:c r="D64" s="0">
-        <x:v>67.183</x:v>
+        <x:v>64.342</x:v>
       </x:c>
       <x:c r="E64" s="0">
-        <x:v>63.38</x:v>
+        <x:v>60.7</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:5">
       <x:c r="A65" s="1">
-        <x:v>45980.866712963</x:v>
+        <x:v>46027.8692939815</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C65" s="0">
-        <x:v>2.35</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="D65" s="0">
-        <x:v>67.321</x:v>
+        <x:v>65.466</x:v>
       </x:c>
       <x:c r="E65" s="0">
-        <x:v>63.51</x:v>
+        <x:v>61.76</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:5">
       <x:c r="A66" s="1">
-        <x:v>45979.8891898148</x:v>
+        <x:v>46024.8692708333</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C66" s="0">
-        <x:v>1.87</x:v>
+        <x:v>2.13</x:v>
       </x:c>
       <x:c r="D66" s="0">
-        <x:v>68.783</x:v>
+        <x:v>64.395</x:v>
       </x:c>
       <x:c r="E66" s="0">
-        <x:v>64.89</x:v>
+        <x:v>60.75</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:5">
       <x:c r="A67" s="1">
-        <x:v>45978.8654976852</x:v>
+        <x:v>46022.8666782407</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C67" s="0">
-        <x:v>2.15</x:v>
+        <x:v>2.09</x:v>
       </x:c>
       <x:c r="D67" s="0">
-        <x:v>68.052</x:v>
+        <x:v>64.501</x:v>
       </x:c>
       <x:c r="E67" s="0">
-        <x:v>64.2</x:v>
+        <x:v>60.85</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:5">
       <x:c r="A68" s="1">
-        <x:v>45975.8687615741</x:v>
+        <x:v>46021.8699305556</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C68" s="0">
-        <x:v>2.08</x:v>
+        <x:v>1.91</x:v>
       </x:c>
       <x:c r="D68" s="0">
-        <x:v>68.253</x:v>
+        <x:v>65.01</x:v>
       </x:c>
       <x:c r="E68" s="0">
-        <x:v>64.39</x:v>
+        <x:v>61.33</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:5">
       <x:c r="A69" s="1">
+        <x:v>46020.8706828704</x:v>
+      </x:c>
+      <x:c r="B69" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C69" s="0">
+        <x:v>1.85</x:v>
+      </x:c>
+      <x:c r="D69" s="0">
+        <x:v>65.179</x:v>
+      </x:c>
+      <x:c r="E69" s="0">
+        <x:v>61.49</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="70" spans="1:5">
+      <x:c r="A70" s="1">
+        <x:v>46017.8800694444</x:v>
+      </x:c>
+      <x:c r="B70" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C70" s="0">
+        <x:v>2.47</x:v>
+      </x:c>
+      <x:c r="D70" s="0">
+        <x:v>63.854</x:v>
+      </x:c>
+      <x:c r="E70" s="0">
+        <x:v>60.24</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="71" spans="1:5">
+      <x:c r="A71" s="1">
+        <x:v>46015.8335648148</x:v>
+      </x:c>
+      <x:c r="B71" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C71" s="0">
+        <x:v>1.9</x:v>
+      </x:c>
+      <x:c r="D71" s="0">
+        <x:v>65.508</x:v>
+      </x:c>
+      <x:c r="E71" s="0">
+        <x:v>61.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="72" spans="1:5">
+      <x:c r="A72" s="1">
+        <x:v>46014.8820023148</x:v>
+      </x:c>
+      <x:c r="B72" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C72" s="0">
+        <x:v>1.88</x:v>
+      </x:c>
+      <x:c r="D72" s="0">
+        <x:v>65.582</x:v>
+      </x:c>
+      <x:c r="E72" s="0">
+        <x:v>62.38</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="73" spans="1:5">
+      <x:c r="A73" s="1">
+        <x:v>46013.865162037</x:v>
+      </x:c>
+      <x:c r="B73" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C73" s="0">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="D73" s="0">
+        <x:v>65.794</x:v>
+      </x:c>
+      <x:c r="E73" s="0">
+        <x:v>62.07</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="74" spans="1:5">
+      <x:c r="A74" s="1">
+        <x:v>46010.8690046296</x:v>
+      </x:c>
+      <x:c r="B74" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C74" s="0">
+        <x:v>2.93</x:v>
+      </x:c>
+      <x:c r="D74" s="0">
+        <x:v>64.098</x:v>
+      </x:c>
+      <x:c r="E74" s="0">
+        <x:v>60.47</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="75" spans="1:5">
+      <x:c r="A75" s="1">
+        <x:v>46009.865162037</x:v>
+      </x:c>
+      <x:c r="B75" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C75" s="0">
+        <x:v>3.37</x:v>
+      </x:c>
+      <x:c r="D75" s="0">
+        <x:v>63.409</x:v>
+      </x:c>
+      <x:c r="E75" s="0">
+        <x:v>59.82</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="76" spans="1:5">
+      <x:c r="A76" s="1">
+        <x:v>46008.8712962963</x:v>
+      </x:c>
+      <x:c r="B76" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C76" s="0">
+        <x:v>3.47</x:v>
+      </x:c>
+      <x:c r="D76" s="0">
+        <x:v>63.261</x:v>
+      </x:c>
+      <x:c r="E76" s="0">
+        <x:v>59.68</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="77" spans="1:5">
+      <x:c r="A77" s="1">
+        <x:v>46007.8682175926</x:v>
+      </x:c>
+      <x:c r="B77" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C77" s="0">
+        <x:v>4.11</x:v>
+      </x:c>
+      <x:c r="D77" s="0">
+        <x:v>62.455</x:v>
+      </x:c>
+      <x:c r="E77" s="0">
+        <x:v>58.92</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="78" spans="1:5">
+      <x:c r="A78" s="1">
+        <x:v>46006.8661458333</x:v>
+      </x:c>
+      <x:c r="B78" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C78" s="0">
+        <x:v>3.11</x:v>
+      </x:c>
+      <x:c r="D78" s="0">
+        <x:v>64.194</x:v>
+      </x:c>
+      <x:c r="E78" s="0">
+        <x:v>60.56</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="79" spans="1:5">
+      <x:c r="A79" s="1">
+        <x:v>46003.8692939815</x:v>
+      </x:c>
+      <x:c r="B79" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C79" s="0">
+        <x:v>2.8</x:v>
+      </x:c>
+      <x:c r="D79" s="0">
+        <x:v>64.787</x:v>
+      </x:c>
+      <x:c r="E79" s="0">
+        <x:v>61.12</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="80" spans="1:5">
+      <x:c r="A80" s="1">
+        <x:v>46002.8718981482</x:v>
+      </x:c>
+      <x:c r="B80" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C80" s="0">
+        <x:v>2.72</x:v>
+      </x:c>
+      <x:c r="D80" s="0">
+        <x:v>64.957</x:v>
+      </x:c>
+      <x:c r="E80" s="0">
+        <x:v>61.28</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="81" spans="1:5">
+      <x:c r="A81" s="1">
+        <x:v>46001.8660069444</x:v>
+      </x:c>
+      <x:c r="B81" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C81" s="0">
+        <x:v>2.31</x:v>
+      </x:c>
+      <x:c r="D81" s="0">
+        <x:v>65.943</x:v>
+      </x:c>
+      <x:c r="E81" s="0">
+        <x:v>62.21</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="82" spans="1:5">
+      <x:c r="A82" s="1">
+        <x:v>46000.8892361111</x:v>
+      </x:c>
+      <x:c r="B82" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C82" s="0">
+        <x:v>2.43</x:v>
+      </x:c>
+      <x:c r="D82" s="0">
+        <x:v>65.656</x:v>
+      </x:c>
+      <x:c r="E82" s="0">
+        <x:v>61.94</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="83" spans="1:5">
+      <x:c r="A83" s="1">
+        <x:v>45999.8773842593</x:v>
+      </x:c>
+      <x:c r="B83" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C83" s="0">
+        <x:v>2.2</x:v>
+      </x:c>
+      <x:c r="D83" s="0">
+        <x:v>66.239</x:v>
+      </x:c>
+      <x:c r="E83" s="0">
+        <x:v>62.49</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="84" spans="1:5">
+      <x:c r="A84" s="1">
+        <x:v>45996.8718634259</x:v>
+      </x:c>
+      <x:c r="B84" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C84" s="0">
+        <x:v>1.78</x:v>
+      </x:c>
+      <x:c r="D84" s="0">
+        <x:v>67.575</x:v>
+      </x:c>
+      <x:c r="E84" s="0">
+        <x:v>63.75</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="85" spans="1:5">
+      <x:c r="A85" s="1">
+        <x:v>45995.872962963</x:v>
+      </x:c>
+      <x:c r="B85" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C85" s="0">
+        <x:v>1.97</x:v>
+      </x:c>
+      <x:c r="D85" s="0">
+        <x:v>67.056</x:v>
+      </x:c>
+      <x:c r="E85" s="0">
+        <x:v>63.26</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="86" spans="1:5">
+      <x:c r="A86" s="1">
+        <x:v>45994.8669675926</x:v>
+      </x:c>
+      <x:c r="B86" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C86" s="0">
+        <x:v>2.22</x:v>
+      </x:c>
+      <x:c r="D86" s="0">
+        <x:v>66.43</x:v>
+      </x:c>
+      <x:c r="E86" s="0">
+        <x:v>62.67</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="87" spans="1:5">
+      <x:c r="A87" s="1">
+        <x:v>45993.8696296296</x:v>
+      </x:c>
+      <x:c r="B87" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C87" s="0">
+        <x:v>2.32</x:v>
+      </x:c>
+      <x:c r="D87" s="0">
+        <x:v>66.197</x:v>
+      </x:c>
+      <x:c r="E87" s="0">
+        <x:v>62.45</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="88" spans="1:5">
+      <x:c r="A88" s="1">
+        <x:v>45992.8654976852</x:v>
+      </x:c>
+      <x:c r="B88" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C88" s="0">
+        <x:v>2.04</x:v>
+      </x:c>
+      <x:c r="D88" s="0">
+        <x:v>66.96</x:v>
+      </x:c>
+      <x:c r="E88" s="0">
+        <x:v>63.17</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="89" spans="1:5">
+      <x:c r="A89" s="1">
+        <x:v>45989.8774074074</x:v>
+      </x:c>
+      <x:c r="B89" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C89" s="0">
+        <x:v>2.41</x:v>
+      </x:c>
+      <x:c r="D89" s="0">
+        <x:v>66.123</x:v>
+      </x:c>
+      <x:c r="E89" s="0">
+        <x:v>62.38</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="90" spans="1:5">
+      <x:c r="A90" s="1">
+        <x:v>45988.8776157407</x:v>
+      </x:c>
+      <x:c r="B90" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C90" s="0">
+        <x:v>2.21</x:v>
+      </x:c>
+      <x:c r="D90" s="0">
+        <x:v>66.642</x:v>
+      </x:c>
+      <x:c r="E90" s="0">
+        <x:v>62.87</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="91" spans="1:5">
+      <x:c r="A91" s="1">
+        <x:v>45987.8775810185</x:v>
+      </x:c>
+      <x:c r="B91" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C91" s="0">
+        <x:v>2.36</x:v>
+      </x:c>
+      <x:c r="D91" s="0">
+        <x:v>66.292</x:v>
+      </x:c>
+      <x:c r="E91" s="0">
+        <x:v>62.54</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="92" spans="1:5">
+      <x:c r="A92" s="1">
+        <x:v>45986.8743981481</x:v>
+      </x:c>
+      <x:c r="B92" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C92" s="0">
+        <x:v>2.75</x:v>
+      </x:c>
+      <x:c r="D92" s="0">
+        <x:v>65.508</x:v>
+      </x:c>
+      <x:c r="E92" s="0">
+        <x:v>61.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="93" spans="1:5">
+      <x:c r="A93" s="1">
+        <x:v>45985.8709027778</x:v>
+      </x:c>
+      <x:c r="B93" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C93" s="0">
+        <x:v>2.34</x:v>
+      </x:c>
+      <x:c r="D93" s="0">
+        <x:v>66.483</x:v>
+      </x:c>
+      <x:c r="E93" s="0">
+        <x:v>63.37</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="94" spans="1:5">
+      <x:c r="A94" s="1">
+        <x:v>45982.8678935185</x:v>
+      </x:c>
+      <x:c r="B94" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C94" s="0">
+        <x:v>2.78</x:v>
+      </x:c>
+      <x:c r="D94" s="0">
+        <x:v>66.314</x:v>
+      </x:c>
+      <x:c r="E94" s="0">
+        <x:v>62.56</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="95" spans="1:5">
+      <x:c r="A95" s="1">
+        <x:v>45981.8676736111</x:v>
+      </x:c>
+      <x:c r="B95" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C95" s="0">
+        <x:v>2.41</x:v>
+      </x:c>
+      <x:c r="D95" s="0">
+        <x:v>67.183</x:v>
+      </x:c>
+      <x:c r="E95" s="0">
+        <x:v>63.38</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="96" spans="1:5">
+      <x:c r="A96" s="1">
+        <x:v>45980.866712963</x:v>
+      </x:c>
+      <x:c r="B96" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C96" s="0">
+        <x:v>2.35</x:v>
+      </x:c>
+      <x:c r="D96" s="0">
+        <x:v>67.321</x:v>
+      </x:c>
+      <x:c r="E96" s="0">
+        <x:v>63.51</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="97" spans="1:5">
+      <x:c r="A97" s="1">
+        <x:v>45979.8891898148</x:v>
+      </x:c>
+      <x:c r="B97" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C97" s="0">
+        <x:v>1.87</x:v>
+      </x:c>
+      <x:c r="D97" s="0">
+        <x:v>68.783</x:v>
+      </x:c>
+      <x:c r="E97" s="0">
+        <x:v>64.89</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="98" spans="1:5">
+      <x:c r="A98" s="1">
+        <x:v>45978.8654976852</x:v>
+      </x:c>
+      <x:c r="B98" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C98" s="0">
+        <x:v>2.15</x:v>
+      </x:c>
+      <x:c r="D98" s="0">
+        <x:v>68.052</x:v>
+      </x:c>
+      <x:c r="E98" s="0">
+        <x:v>64.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="99" spans="1:5">
+      <x:c r="A99" s="1">
+        <x:v>45975.8687615741</x:v>
+      </x:c>
+      <x:c r="B99" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C99" s="0">
+        <x:v>2.08</x:v>
+      </x:c>
+      <x:c r="D99" s="0">
+        <x:v>68.253</x:v>
+      </x:c>
+      <x:c r="E99" s="0">
+        <x:v>64.39</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="100" spans="1:5">
+      <x:c r="A100" s="1">
         <x:v>45974.8920833333</x:v>
       </x:c>
-      <x:c r="B69" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C69" s="0">
+      <x:c r="B100" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C100" s="0">
         <x:v>2.83</x:v>
       </x:c>
-      <x:c r="D69" s="0">
+      <x:c r="D100" s="0">
         <x:v>66.791</x:v>
       </x:c>
-      <x:c r="E69" s="0">
+      <x:c r="E100" s="0">
         <x:v>63.01</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>