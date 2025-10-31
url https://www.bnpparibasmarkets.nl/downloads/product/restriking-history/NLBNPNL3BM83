--- v0 (2025-10-11)
+++ v1 (2025-10-31)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R89705387ae814254" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/079fc8e58ea24029b3febcf2eb724ab6.psmdcp" Id="Rd36ffacd88af4688" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R357194acf25c4908" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3f4c469b02e54f868e13f2aaae9a4186.psmdcp" Id="Rf545cacb298149b4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>NLBNPNL3BM83</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -390,131 +390,386 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E5"/>
+  <x:dimension ref="A1:E20"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>45940.9235069444</x:v>
+        <x:v>45961.8818865741</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
-        <x:v>3.29</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>17226.502</x:v>
+        <x:v>18357.701</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>15876.96</x:v>
+        <x:v>16919.54</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>45938.9271180556</x:v>
+        <x:v>45960.8841087963</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
-        <x:v>2.52</x:v>
+        <x:v>1.57</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>17788.195</x:v>
+        <x:v>18282.619</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>16394.65</x:v>
+        <x:v>16850.34</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
+        <x:v>45959.8898263889</x:v>
+      </x:c>
+      <x:c r="B5" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C5" s="0">
+        <x:v>1.33</x:v>
+      </x:c>
+      <x:c r="D5" s="0">
+        <x:v>18614.922</x:v>
+      </x:c>
+      <x:c r="E5" s="0">
+        <x:v>17156.61</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="6" spans="1:5">
+      <x:c r="A6" s="1">
+        <x:v>45958.8875115741</x:v>
+      </x:c>
+      <x:c r="B6" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C6" s="0">
+        <x:v>1.43</x:v>
+      </x:c>
+      <x:c r="D6" s="0">
+        <x:v>18483.029</x:v>
+      </x:c>
+      <x:c r="E6" s="0">
+        <x:v>17035.05</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="7" spans="1:5">
+      <x:c r="A7" s="1">
+        <x:v>45957.8875925926</x:v>
+      </x:c>
+      <x:c r="B7" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C7" s="0">
+        <x:v>1.67</x:v>
+      </x:c>
+      <x:c r="D7" s="0">
+        <x:v>18223.259</x:v>
+      </x:c>
+      <x:c r="E7" s="0">
+        <x:v>16795.63</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="8" spans="1:5">
+      <x:c r="A8" s="1">
+        <x:v>45954.9259259259</x:v>
+      </x:c>
+      <x:c r="B8" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C8" s="0">
+        <x:v>2.02</x:v>
+      </x:c>
+      <x:c r="D8" s="0">
+        <x:v>17905.907</x:v>
+      </x:c>
+      <x:c r="E8" s="0">
+        <x:v>16503.14</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="9" spans="1:5">
+      <x:c r="A9" s="1">
+        <x:v>45953.9278587963</x:v>
+      </x:c>
+      <x:c r="B9" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C9" s="0">
+        <x:v>2.25</x:v>
+      </x:c>
+      <x:c r="D9" s="0">
+        <x:v>17721.446</x:v>
+      </x:c>
+      <x:c r="E9" s="0">
+        <x:v>16333.13</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="10" spans="1:5">
+      <x:c r="A10" s="1">
+        <x:v>45952.9303587963</x:v>
+      </x:c>
+      <x:c r="B10" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C10" s="0">
+        <x:v>2.5</x:v>
+      </x:c>
+      <x:c r="D10" s="0">
+        <x:v>17550.808</x:v>
+      </x:c>
+      <x:c r="E10" s="0">
+        <x:v>16175.86</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="11" spans="1:5">
+      <x:c r="A11" s="1">
+        <x:v>45951.9269212963</x:v>
+      </x:c>
+      <x:c r="B11" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C11" s="0">
+        <x:v>2.17</x:v>
+      </x:c>
+      <x:c r="D11" s="0">
+        <x:v>17818.63</x:v>
+      </x:c>
+      <x:c r="E11" s="0">
+        <x:v>16422.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="12" spans="1:5">
+      <x:c r="A12" s="1">
+        <x:v>45950.9289699074</x:v>
+      </x:c>
+      <x:c r="B12" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C12" s="0">
+        <x:v>2.18</x:v>
+      </x:c>
+      <x:c r="D12" s="0">
+        <x:v>17809.147</x:v>
+      </x:c>
+      <x:c r="E12" s="0">
+        <x:v>16413.96</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="13" spans="1:5">
+      <x:c r="A13" s="1">
+        <x:v>45947.9300694444</x:v>
+      </x:c>
+      <x:c r="B13" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C13" s="0">
+        <x:v>2.65</x:v>
+      </x:c>
+      <x:c r="D13" s="0">
+        <x:v>17493.292</x:v>
+      </x:c>
+      <x:c r="E13" s="0">
+        <x:v>16122.85</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="14" spans="1:5">
+      <x:c r="A14" s="1">
+        <x:v>45946.9261805556</x:v>
+      </x:c>
+      <x:c r="B14" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C14" s="0">
+        <x:v>2.8</x:v>
+      </x:c>
+      <x:c r="D14" s="0">
+        <x:v>17399.429</x:v>
+      </x:c>
+      <x:c r="E14" s="0">
+        <x:v>16036.34</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="15" spans="1:5">
+      <x:c r="A15" s="1">
+        <x:v>45945.9256712963</x:v>
+      </x:c>
+      <x:c r="B15" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C15" s="0">
+        <x:v>2.69</x:v>
+      </x:c>
+      <x:c r="D15" s="0">
+        <x:v>17472.883</x:v>
+      </x:c>
+      <x:c r="E15" s="0">
+        <x:v>16104.04</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="16" spans="1:5">
+      <x:c r="A16" s="1">
+        <x:v>45944.9308680556</x:v>
+      </x:c>
+      <x:c r="B16" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C16" s="0">
+        <x:v>2.79</x:v>
+      </x:c>
+      <x:c r="D16" s="0">
+        <x:v>17406.655</x:v>
+      </x:c>
+      <x:c r="E16" s="0">
+        <x:v>16043</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="17" spans="1:5">
+      <x:c r="A17" s="1">
+        <x:v>45943.9267592593</x:v>
+      </x:c>
+      <x:c r="B17" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C17" s="0">
+        <x:v>2.4</x:v>
+      </x:c>
+      <x:c r="D17" s="0">
+        <x:v>17695.504</x:v>
+      </x:c>
+      <x:c r="E17" s="0">
+        <x:v>16309.22</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="18" spans="1:5">
+      <x:c r="A18" s="1">
+        <x:v>45940.9235069444</x:v>
+      </x:c>
+      <x:c r="B18" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C18" s="0">
+        <x:v>3.29</x:v>
+      </x:c>
+      <x:c r="D18" s="0">
+        <x:v>17226.502</x:v>
+      </x:c>
+      <x:c r="E18" s="0">
+        <x:v>15876.96</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="19" spans="1:5">
+      <x:c r="A19" s="1">
+        <x:v>45938.9271180556</x:v>
+      </x:c>
+      <x:c r="B19" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C19" s="0">
+        <x:v>2.52</x:v>
+      </x:c>
+      <x:c r="D19" s="0">
+        <x:v>17788.195</x:v>
+      </x:c>
+      <x:c r="E19" s="0">
+        <x:v>16394.65</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="20" spans="1:5">
+      <x:c r="A20" s="1">
         <x:v>45937.9281828704</x:v>
       </x:c>
-      <x:c r="B5" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C5" s="0">
+      <x:c r="B20" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C20" s="0">
         <x:v>3</x:v>
       </x:c>
-      <x:c r="D5" s="0">
+      <x:c r="D20" s="0">
         <x:v>17506.746</x:v>
       </x:c>
-      <x:c r="E5" s="0">
+      <x:c r="E20" s="0">
         <x:v>16135.25</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>