--- v1 (2025-10-31)
+++ v2 (2025-12-08)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R357194acf25c4908" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3f4c469b02e54f868e13f2aaae9a4186.psmdcp" Id="Rf545cacb298149b4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1401b71bcccd454d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0baaab44444549459a3b0451f009d783.psmdcp" Id="R6ebc318aa0174c85" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>NLBNPNL3BM83</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -390,386 +390,845 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E20"/>
+  <x:dimension ref="A1:E47"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>45961.8818865741</x:v>
+        <x:v>45999.3304282407</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
-        <x:v>1.5</x:v>
+        <x:v>1.47</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>18357.701</x:v>
+        <x:v>18018.142</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>16919.54</x:v>
+        <x:v>16607.83</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>45960.8841087963</x:v>
+        <x:v>45996.9307986111</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
-        <x:v>1.57</x:v>
+        <x:v>1.51</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>18282.619</x:v>
+        <x:v>17965.235</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>16850.34</x:v>
+        <x:v>16557.82</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>45959.8898263889</x:v>
+        <x:v>45995.9303703704</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
-        <x:v>1.33</x:v>
+        <x:v>1.53</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>18614.922</x:v>
+        <x:v>17940.804</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>17156.61</x:v>
+        <x:v>16535.39</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>45958.8875115741</x:v>
+        <x:v>45995.3278819444</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
-        <x:v>1.43</x:v>
+        <x:v>1.52</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>18483.029</x:v>
+        <x:v>17957.48</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>17035.05</x:v>
+        <x:v>16550.76</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>45957.8875925926</x:v>
+        <x:v>45994.9277662037</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
-        <x:v>1.67</x:v>
+        <x:v>1.51</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>18223.259</x:v>
+        <x:v>17965.104</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>16795.63</x:v>
+        <x:v>16557.7</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>45954.9259259259</x:v>
+        <x:v>45993.9304050926</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
-        <x:v>2.02</x:v>
+        <x:v>1.41</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>17905.907</x:v>
+        <x:v>18087.71</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>16503.14</x:v>
+        <x:v>16670.7</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>45953.9278587963</x:v>
+        <x:v>45992.9296875</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
-        <x:v>2.25</x:v>
+        <x:v>1.51</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>17721.446</x:v>
+        <x:v>17967.763</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>16333.13</x:v>
+        <x:v>16560.15</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>45952.9303587963</x:v>
+        <x:v>45989.8196990741</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
-        <x:v>2.5</x:v>
+        <x:v>1.46</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>17550.808</x:v>
+        <x:v>18037.843</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>16175.86</x:v>
+        <x:v>16624.74</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>45951.9269212963</x:v>
+        <x:v>45987.9266087963</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
-        <x:v>2.17</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>17818.63</x:v>
+        <x:v>17879.715</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>16422.7</x:v>
+        <x:v>16479</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>45950.9289699074</x:v>
+        <x:v>45986.9251157407</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C12" s="0">
-        <x:v>2.18</x:v>
+        <x:v>1.62</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>17809.147</x:v>
+        <x:v>17851.331</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>16413.96</x:v>
+        <x:v>16452.84</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>45947.9300694444</x:v>
+        <x:v>45982.9249074074</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0">
-        <x:v>2.65</x:v>
+        <x:v>2.64</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>17493.292</x:v>
+        <x:v>17142.978</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>16122.85</x:v>
+        <x:v>15799.98</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>45946.9261805556</x:v>
+        <x:v>45981.9259722222</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C14" s="0">
-        <x:v>2.8</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>17399.429</x:v>
+        <x:v>17102.393</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>16036.34</x:v>
+        <x:v>15765.22</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>45945.9256712963</x:v>
+        <x:v>45981.3119675926</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
-        <x:v>2.69</x:v>
+        <x:v>2.22</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>17472.883</x:v>
+        <x:v>17482.002</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>16104.04</x:v>
+        <x:v>16115.09</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>45944.9308680556</x:v>
+        <x:v>45980.9264583333</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C16" s="0">
-        <x:v>2.79</x:v>
+        <x:v>2.22</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>17406.655</x:v>
+        <x:v>17484.873</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>16043</x:v>
+        <x:v>16115.09</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>45943.9267592593</x:v>
+        <x:v>45979.9258680556</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C17" s="0">
-        <x:v>2.4</x:v>
+        <x:v>2.38</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>17695.504</x:v>
+        <x:v>17366.087</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>16309.22</x:v>
+        <x:v>16005.61</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>45940.9235069444</x:v>
+        <x:v>45978.9282175926</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="0">
-        <x:v>3.29</x:v>
+        <x:v>2.09</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>17226.502</x:v>
+        <x:v>17612.208</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>15876.96</x:v>
+        <x:v>16232.45</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>45938.9271180556</x:v>
+        <x:v>45975.9258449074</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C19" s="0">
-        <x:v>2.52</x:v>
+        <x:v>1.95</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>17788.195</x:v>
+        <x:v>17733.956</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>16394.65</x:v>
+        <x:v>16344.66</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
+        <x:v>45974.9248958333</x:v>
+      </x:c>
+      <x:c r="B20" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C20" s="0">
+        <x:v>1.95</x:v>
+      </x:c>
+      <x:c r="D20" s="0">
+        <x:v>17733.696</x:v>
+      </x:c>
+      <x:c r="E20" s="0">
+        <x:v>16344.42</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="21" spans="1:5">
+      <x:c r="A21" s="1">
+        <x:v>45973.9253125</x:v>
+      </x:c>
+      <x:c r="B21" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C21" s="0">
+        <x:v>1.61</x:v>
+      </x:c>
+      <x:c r="D21" s="0">
+        <x:v>18111.211</x:v>
+      </x:c>
+      <x:c r="E21" s="0">
+        <x:v>16692.36</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="22" spans="1:5">
+      <x:c r="A22" s="1">
+        <x:v>45972.9253240741</x:v>
+      </x:c>
+      <x:c r="B22" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C22" s="0">
+        <x:v>1.53</x:v>
+      </x:c>
+      <x:c r="D22" s="0">
+        <x:v>18209.034</x:v>
+      </x:c>
+      <x:c r="E22" s="0">
+        <x:v>16782.52</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="23" spans="1:5">
+      <x:c r="A23" s="1">
+        <x:v>45971.9254282407</x:v>
+      </x:c>
+      <x:c r="B23" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C23" s="0">
+        <x:v>1.51</x:v>
+      </x:c>
+      <x:c r="D23" s="0">
+        <x:v>18235.407</x:v>
+      </x:c>
+      <x:c r="E23" s="0">
+        <x:v>16808.44</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="24" spans="1:5">
+      <x:c r="A24" s="1">
+        <x:v>45971.2992708333</x:v>
+      </x:c>
+      <x:c r="B24" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C24" s="0">
+        <x:v>1.98</x:v>
+      </x:c>
+      <x:c r="D24" s="0">
+        <x:v>17807.668</x:v>
+      </x:c>
+      <x:c r="E24" s="0">
+        <x:v>16414.21</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="25" spans="1:5">
+      <x:c r="A25" s="1">
+        <x:v>45968.925474537</x:v>
+      </x:c>
+      <x:c r="B25" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C25" s="0">
+        <x:v>1.98</x:v>
+      </x:c>
+      <x:c r="D25" s="0">
+        <x:v>17809.418</x:v>
+      </x:c>
+      <x:c r="E25" s="0">
+        <x:v>16414.21</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="26" spans="1:5">
+      <x:c r="A26" s="1">
+        <x:v>45967.9277662037</x:v>
+      </x:c>
+      <x:c r="B26" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C26" s="0">
+        <x:v>1.95</x:v>
+      </x:c>
+      <x:c r="D26" s="0">
+        <x:v>17833.223</x:v>
+      </x:c>
+      <x:c r="E26" s="0">
+        <x:v>16436.15</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="27" spans="1:5">
+      <x:c r="A27" s="1">
+        <x:v>45966.9253587963</x:v>
+      </x:c>
+      <x:c r="B27" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C27" s="0">
+        <x:v>1.71</x:v>
+      </x:c>
+      <x:c r="D27" s="0">
+        <x:v>18094.545</x:v>
+      </x:c>
+      <x:c r="E27" s="0">
+        <x:v>16677</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="28" spans="1:5">
+      <x:c r="A28" s="1">
+        <x:v>45965.9237731481</x:v>
+      </x:c>
+      <x:c r="B28" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C28" s="0">
+        <x:v>1.74</x:v>
+      </x:c>
+      <x:c r="D28" s="0">
+        <x:v>18057.926</x:v>
+      </x:c>
+      <x:c r="E28" s="0">
+        <x:v>16643.25</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="29" spans="1:5">
+      <x:c r="A29" s="1">
+        <x:v>45964.9228819444</x:v>
+      </x:c>
+      <x:c r="B29" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C29" s="0">
+        <x:v>1.45</x:v>
+      </x:c>
+      <x:c r="D29" s="0">
+        <x:v>18421.282</x:v>
+      </x:c>
+      <x:c r="E29" s="0">
+        <x:v>16978.14</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="30" spans="1:5">
+      <x:c r="A30" s="1">
+        <x:v>45961.8818865741</x:v>
+      </x:c>
+      <x:c r="B30" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C30" s="0">
+        <x:v>1.5</x:v>
+      </x:c>
+      <x:c r="D30" s="0">
+        <x:v>18357.701</x:v>
+      </x:c>
+      <x:c r="E30" s="0">
+        <x:v>16919.54</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="31" spans="1:5">
+      <x:c r="A31" s="1">
+        <x:v>45960.8841087963</x:v>
+      </x:c>
+      <x:c r="B31" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C31" s="0">
+        <x:v>1.57</x:v>
+      </x:c>
+      <x:c r="D31" s="0">
+        <x:v>18282.619</x:v>
+      </x:c>
+      <x:c r="E31" s="0">
+        <x:v>16850.34</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="32" spans="1:5">
+      <x:c r="A32" s="1">
+        <x:v>45959.8898263889</x:v>
+      </x:c>
+      <x:c r="B32" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C32" s="0">
+        <x:v>1.33</x:v>
+      </x:c>
+      <x:c r="D32" s="0">
+        <x:v>18614.922</x:v>
+      </x:c>
+      <x:c r="E32" s="0">
+        <x:v>17156.61</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="33" spans="1:5">
+      <x:c r="A33" s="1">
+        <x:v>45958.8875115741</x:v>
+      </x:c>
+      <x:c r="B33" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C33" s="0">
+        <x:v>1.43</x:v>
+      </x:c>
+      <x:c r="D33" s="0">
+        <x:v>18483.029</x:v>
+      </x:c>
+      <x:c r="E33" s="0">
+        <x:v>17035.05</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="34" spans="1:5">
+      <x:c r="A34" s="1">
+        <x:v>45957.8875925926</x:v>
+      </x:c>
+      <x:c r="B34" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C34" s="0">
+        <x:v>1.67</x:v>
+      </x:c>
+      <x:c r="D34" s="0">
+        <x:v>18223.259</x:v>
+      </x:c>
+      <x:c r="E34" s="0">
+        <x:v>16795.63</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="35" spans="1:5">
+      <x:c r="A35" s="1">
+        <x:v>45954.9259259259</x:v>
+      </x:c>
+      <x:c r="B35" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C35" s="0">
+        <x:v>2.02</x:v>
+      </x:c>
+      <x:c r="D35" s="0">
+        <x:v>17905.907</x:v>
+      </x:c>
+      <x:c r="E35" s="0">
+        <x:v>16503.14</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="36" spans="1:5">
+      <x:c r="A36" s="1">
+        <x:v>45953.9278587963</x:v>
+      </x:c>
+      <x:c r="B36" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C36" s="0">
+        <x:v>2.25</x:v>
+      </x:c>
+      <x:c r="D36" s="0">
+        <x:v>17721.446</x:v>
+      </x:c>
+      <x:c r="E36" s="0">
+        <x:v>16333.13</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="37" spans="1:5">
+      <x:c r="A37" s="1">
+        <x:v>45952.9303587963</x:v>
+      </x:c>
+      <x:c r="B37" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C37" s="0">
+        <x:v>2.5</x:v>
+      </x:c>
+      <x:c r="D37" s="0">
+        <x:v>17550.808</x:v>
+      </x:c>
+      <x:c r="E37" s="0">
+        <x:v>16175.86</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="38" spans="1:5">
+      <x:c r="A38" s="1">
+        <x:v>45951.9269212963</x:v>
+      </x:c>
+      <x:c r="B38" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C38" s="0">
+        <x:v>2.17</x:v>
+      </x:c>
+      <x:c r="D38" s="0">
+        <x:v>17818.63</x:v>
+      </x:c>
+      <x:c r="E38" s="0">
+        <x:v>16422.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="39" spans="1:5">
+      <x:c r="A39" s="1">
+        <x:v>45950.9289699074</x:v>
+      </x:c>
+      <x:c r="B39" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C39" s="0">
+        <x:v>2.18</x:v>
+      </x:c>
+      <x:c r="D39" s="0">
+        <x:v>17809.147</x:v>
+      </x:c>
+      <x:c r="E39" s="0">
+        <x:v>16413.96</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="40" spans="1:5">
+      <x:c r="A40" s="1">
+        <x:v>45947.9300694444</x:v>
+      </x:c>
+      <x:c r="B40" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C40" s="0">
+        <x:v>2.65</x:v>
+      </x:c>
+      <x:c r="D40" s="0">
+        <x:v>17493.292</x:v>
+      </x:c>
+      <x:c r="E40" s="0">
+        <x:v>16122.85</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="41" spans="1:5">
+      <x:c r="A41" s="1">
+        <x:v>45946.9261805556</x:v>
+      </x:c>
+      <x:c r="B41" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C41" s="0">
+        <x:v>2.8</x:v>
+      </x:c>
+      <x:c r="D41" s="0">
+        <x:v>17399.429</x:v>
+      </x:c>
+      <x:c r="E41" s="0">
+        <x:v>16036.34</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="42" spans="1:5">
+      <x:c r="A42" s="1">
+        <x:v>45945.9256712963</x:v>
+      </x:c>
+      <x:c r="B42" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C42" s="0">
+        <x:v>2.69</x:v>
+      </x:c>
+      <x:c r="D42" s="0">
+        <x:v>17472.883</x:v>
+      </x:c>
+      <x:c r="E42" s="0">
+        <x:v>16104.04</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="43" spans="1:5">
+      <x:c r="A43" s="1">
+        <x:v>45944.9308680556</x:v>
+      </x:c>
+      <x:c r="B43" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C43" s="0">
+        <x:v>2.79</x:v>
+      </x:c>
+      <x:c r="D43" s="0">
+        <x:v>17406.655</x:v>
+      </x:c>
+      <x:c r="E43" s="0">
+        <x:v>16043</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="44" spans="1:5">
+      <x:c r="A44" s="1">
+        <x:v>45943.9267592593</x:v>
+      </x:c>
+      <x:c r="B44" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C44" s="0">
+        <x:v>2.4</x:v>
+      </x:c>
+      <x:c r="D44" s="0">
+        <x:v>17695.504</x:v>
+      </x:c>
+      <x:c r="E44" s="0">
+        <x:v>16309.22</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="45" spans="1:5">
+      <x:c r="A45" s="1">
+        <x:v>45940.9235069444</x:v>
+      </x:c>
+      <x:c r="B45" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C45" s="0">
+        <x:v>3.29</x:v>
+      </x:c>
+      <x:c r="D45" s="0">
+        <x:v>17226.502</x:v>
+      </x:c>
+      <x:c r="E45" s="0">
+        <x:v>15876.96</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="46" spans="1:5">
+      <x:c r="A46" s="1">
+        <x:v>45938.9271180556</x:v>
+      </x:c>
+      <x:c r="B46" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C46" s="0">
+        <x:v>2.52</x:v>
+      </x:c>
+      <x:c r="D46" s="0">
+        <x:v>17788.195</x:v>
+      </x:c>
+      <x:c r="E46" s="0">
+        <x:v>16394.65</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="47" spans="1:5">
+      <x:c r="A47" s="1">
         <x:v>45937.9281828704</x:v>
       </x:c>
-      <x:c r="B20" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C20" s="0">
+      <x:c r="B47" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C47" s="0">
         <x:v>3</x:v>
       </x:c>
-      <x:c r="D20" s="0">
+      <x:c r="D47" s="0">
         <x:v>17506.746</x:v>
       </x:c>
-      <x:c r="E20" s="0">
+      <x:c r="E47" s="0">
         <x:v>16135.25</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>