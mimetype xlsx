--- v2 (2025-12-08)
+++ v3 (2025-12-30)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1401b71bcccd454d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0baaab44444549459a3b0451f009d783.psmdcp" Id="R6ebc318aa0174c85" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R68597e6a24eb4691" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/637af2f1b0a54d7f98b525c1334191d6.psmdcp" Id="R094ab1d925514100" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>NLBNPNL3BM83</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -390,845 +390,1134 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E47"/>
+  <x:dimension ref="A1:E64"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>45999.3304282407</x:v>
+        <x:v>46020.9274421296</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
-        <x:v>1.47</x:v>
+        <x:v>1.99</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>18018.142</x:v>
+        <x:v>17313.985</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>16607.83</x:v>
+        <x:v>15957.59</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>45996.9307986111</x:v>
+        <x:v>46017.9264351852</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
-        <x:v>1.51</x:v>
+        <x:v>1.86</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>17965.235</x:v>
+        <x:v>17432.532</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>16557.82</x:v>
+        <x:v>16066.85</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>45995.9303703704</x:v>
+        <x:v>46015.925462963</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
-        <x:v>1.53</x:v>
+        <x:v>1.85</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>17940.804</x:v>
+        <x:v>17443.068</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>16535.39</x:v>
+        <x:v>16076.56</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>45995.3278819444</x:v>
+        <x:v>46015.7976967593</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
-        <x:v>1.52</x:v>
+        <x:v>1.85</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>17957.48</x:v>
+        <x:v>17443.133</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>16550.76</x:v>
+        <x:v>16076.62</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>45994.9277662037</x:v>
+        <x:v>46014.9278356481</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
-        <x:v>1.51</x:v>
+        <x:v>1.87</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>17965.104</x:v>
+        <x:v>17427.552</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>16557.7</x:v>
+        <x:v>16062.26</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>45993.9304050926</x:v>
+        <x:v>46013.9284722222</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
-        <x:v>1.41</x:v>
+        <x:v>2.06</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>18087.71</x:v>
+        <x:v>17261.521</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>16670.7</x:v>
+        <x:v>15912.02</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>45992.9296875</x:v>
+        <x:v>46013.2967013889</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
-        <x:v>1.51</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>17967.763</x:v>
+        <x:v>17227.908</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>16560.15</x:v>
+        <x:v>15881.04</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>45989.8196990741</x:v>
+        <x:v>46010.9276388889</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
-        <x:v>1.46</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>18037.843</x:v>
+        <x:v>17230.928</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>16624.74</x:v>
+        <x:v>15881.04</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>45987.9266087963</x:v>
+        <x:v>46009.9307523148</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
-        <x:v>1.6</x:v>
+        <x:v>2.39</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>17879.715</x:v>
+        <x:v>17026.862</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>16479</x:v>
+        <x:v>15692.96</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>45986.9251157407</x:v>
+        <x:v>46008.9276736111</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C12" s="0">
-        <x:v>1.62</x:v>
+        <x:v>2.68</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>17851.331</x:v>
+        <x:v>16841.283</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>16452.84</x:v>
+        <x:v>15521.92</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>45982.9249074074</x:v>
+        <x:v>46007.9278472222</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0">
-        <x:v>2.64</x:v>
+        <x:v>2.25</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>17142.978</x:v>
+        <x:v>17171.883</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>15799.98</x:v>
+        <x:v>15826.62</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>45981.9259722222</x:v>
+        <x:v>46006.9271412037</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C14" s="0">
-        <x:v>2.7</x:v>
+        <x:v>2.37</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>17102.393</x:v>
+        <x:v>17084.536</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>15765.22</x:v>
+        <x:v>15747.12</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>45981.3119675926</x:v>
+        <x:v>46006.3081134259</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
-        <x:v>2.22</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>17482.002</x:v>
+        <x:v>17515.151</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>16115.09</x:v>
+        <x:v>16144</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>45980.9264583333</x:v>
+        <x:v>46003.927037037</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C16" s="0">
-        <x:v>2.22</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>17484.873</x:v>
+        <x:v>17516.24</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>16115.09</x:v>
+        <x:v>16144</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>45979.9258680556</x:v>
+        <x:v>46002.9321180556</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C17" s="0">
-        <x:v>2.38</x:v>
+        <x:v>1.54</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>17366.087</x:v>
+        <x:v>17937.198</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>16005.61</x:v>
+        <x:v>16531.98</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>45978.9282175926</x:v>
+        <x:v>46001.9271180556</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="0">
-        <x:v>2.09</x:v>
+        <x:v>1.48</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>17612.208</x:v>
+        <x:v>18010.501</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>16232.45</x:v>
+        <x:v>16599.54</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>45975.9258449074</x:v>
+        <x:v>46000.9276273148</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C19" s="0">
-        <x:v>1.95</x:v>
+        <x:v>1.45</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>17733.956</x:v>
+        <x:v>18040.989</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>16344.66</x:v>
+        <x:v>16627.64</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
-        <x:v>45974.9248958333</x:v>
+        <x:v>45999.3304282407</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C20" s="0">
-        <x:v>1.95</x:v>
+        <x:v>1.47</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>17733.696</x:v>
+        <x:v>18018.142</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>16344.42</x:v>
+        <x:v>16607.83</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="1">
-        <x:v>45973.9253125</x:v>
+        <x:v>45996.9307986111</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C21" s="0">
-        <x:v>1.61</x:v>
+        <x:v>1.51</x:v>
       </x:c>
       <x:c r="D21" s="0">
-        <x:v>18111.211</x:v>
+        <x:v>17965.235</x:v>
       </x:c>
       <x:c r="E21" s="0">
-        <x:v>16692.36</x:v>
+        <x:v>16557.82</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="1">
-        <x:v>45972.9253240741</x:v>
+        <x:v>45995.9303703704</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C22" s="0">
         <x:v>1.53</x:v>
       </x:c>
       <x:c r="D22" s="0">
-        <x:v>18209.034</x:v>
+        <x:v>17940.804</x:v>
       </x:c>
       <x:c r="E22" s="0">
-        <x:v>16782.52</x:v>
+        <x:v>16535.39</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="1">
-        <x:v>45971.9254282407</x:v>
+        <x:v>45995.3278819444</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C23" s="0">
-        <x:v>1.51</x:v>
+        <x:v>1.52</x:v>
       </x:c>
       <x:c r="D23" s="0">
-        <x:v>18235.407</x:v>
+        <x:v>17957.48</x:v>
       </x:c>
       <x:c r="E23" s="0">
-        <x:v>16808.44</x:v>
+        <x:v>16550.76</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="1">
-        <x:v>45971.2992708333</x:v>
+        <x:v>45994.9277662037</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C24" s="0">
-        <x:v>1.98</x:v>
+        <x:v>1.51</x:v>
       </x:c>
       <x:c r="D24" s="0">
-        <x:v>17807.668</x:v>
+        <x:v>17965.104</x:v>
       </x:c>
       <x:c r="E24" s="0">
-        <x:v>16414.21</x:v>
+        <x:v>16557.7</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="1">
-        <x:v>45968.925474537</x:v>
+        <x:v>45993.9304050926</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C25" s="0">
-        <x:v>1.98</x:v>
+        <x:v>1.41</x:v>
       </x:c>
       <x:c r="D25" s="0">
-        <x:v>17809.418</x:v>
+        <x:v>18087.71</x:v>
       </x:c>
       <x:c r="E25" s="0">
-        <x:v>16414.21</x:v>
+        <x:v>16670.7</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="1">
-        <x:v>45967.9277662037</x:v>
+        <x:v>45992.9296875</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C26" s="0">
-        <x:v>1.95</x:v>
+        <x:v>1.51</x:v>
       </x:c>
       <x:c r="D26" s="0">
-        <x:v>17833.223</x:v>
+        <x:v>17967.763</x:v>
       </x:c>
       <x:c r="E26" s="0">
-        <x:v>16436.15</x:v>
+        <x:v>16560.15</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="1">
-        <x:v>45966.9253587963</x:v>
+        <x:v>45989.8196990741</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C27" s="0">
-        <x:v>1.71</x:v>
+        <x:v>1.46</x:v>
       </x:c>
       <x:c r="D27" s="0">
-        <x:v>18094.545</x:v>
+        <x:v>18037.843</x:v>
       </x:c>
       <x:c r="E27" s="0">
-        <x:v>16677</x:v>
+        <x:v>16624.74</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="1">
-        <x:v>45965.9237731481</x:v>
+        <x:v>45987.9266087963</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C28" s="0">
-        <x:v>1.74</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="D28" s="0">
-        <x:v>18057.926</x:v>
+        <x:v>17879.715</x:v>
       </x:c>
       <x:c r="E28" s="0">
-        <x:v>16643.25</x:v>
+        <x:v>16479</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="1">
-        <x:v>45964.9228819444</x:v>
+        <x:v>45986.9251157407</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C29" s="0">
-        <x:v>1.45</x:v>
+        <x:v>1.62</x:v>
       </x:c>
       <x:c r="D29" s="0">
-        <x:v>18421.282</x:v>
+        <x:v>17851.331</x:v>
       </x:c>
       <x:c r="E29" s="0">
-        <x:v>16978.14</x:v>
+        <x:v>16452.84</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="1">
-        <x:v>45961.8818865741</x:v>
+        <x:v>45982.9249074074</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C30" s="0">
-        <x:v>1.5</x:v>
+        <x:v>2.64</x:v>
       </x:c>
       <x:c r="D30" s="0">
-        <x:v>18357.701</x:v>
+        <x:v>17142.978</x:v>
       </x:c>
       <x:c r="E30" s="0">
-        <x:v>16919.54</x:v>
+        <x:v>15799.98</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="1">
-        <x:v>45960.8841087963</x:v>
+        <x:v>45981.9259722222</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C31" s="0">
-        <x:v>1.57</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="D31" s="0">
-        <x:v>18282.619</x:v>
+        <x:v>17102.393</x:v>
       </x:c>
       <x:c r="E31" s="0">
-        <x:v>16850.34</x:v>
+        <x:v>15765.22</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="1">
-        <x:v>45959.8898263889</x:v>
+        <x:v>45981.3119675926</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C32" s="0">
-        <x:v>1.33</x:v>
+        <x:v>2.22</x:v>
       </x:c>
       <x:c r="D32" s="0">
-        <x:v>18614.922</x:v>
+        <x:v>17482.002</x:v>
       </x:c>
       <x:c r="E32" s="0">
-        <x:v>17156.61</x:v>
+        <x:v>16115.09</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="1">
-        <x:v>45958.8875115741</x:v>
+        <x:v>45980.9264583333</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C33" s="0">
-        <x:v>1.43</x:v>
+        <x:v>2.22</x:v>
       </x:c>
       <x:c r="D33" s="0">
-        <x:v>18483.029</x:v>
+        <x:v>17484.873</x:v>
       </x:c>
       <x:c r="E33" s="0">
-        <x:v>17035.05</x:v>
+        <x:v>16115.09</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="1">
-        <x:v>45957.8875925926</x:v>
+        <x:v>45979.9258680556</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C34" s="0">
-        <x:v>1.67</x:v>
+        <x:v>2.38</x:v>
       </x:c>
       <x:c r="D34" s="0">
-        <x:v>18223.259</x:v>
+        <x:v>17366.087</x:v>
       </x:c>
       <x:c r="E34" s="0">
-        <x:v>16795.63</x:v>
+        <x:v>16005.61</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="1">
-        <x:v>45954.9259259259</x:v>
+        <x:v>45978.9282175926</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C35" s="0">
-        <x:v>2.02</x:v>
+        <x:v>2.09</x:v>
       </x:c>
       <x:c r="D35" s="0">
-        <x:v>17905.907</x:v>
+        <x:v>17612.208</x:v>
       </x:c>
       <x:c r="E35" s="0">
-        <x:v>16503.14</x:v>
+        <x:v>16232.45</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="1">
-        <x:v>45953.9278587963</x:v>
+        <x:v>45975.9258449074</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C36" s="0">
-        <x:v>2.25</x:v>
+        <x:v>1.95</x:v>
       </x:c>
       <x:c r="D36" s="0">
-        <x:v>17721.446</x:v>
+        <x:v>17733.956</x:v>
       </x:c>
       <x:c r="E36" s="0">
-        <x:v>16333.13</x:v>
+        <x:v>16344.66</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="1">
-        <x:v>45952.9303587963</x:v>
+        <x:v>45974.9248958333</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C37" s="0">
-        <x:v>2.5</x:v>
+        <x:v>1.95</x:v>
       </x:c>
       <x:c r="D37" s="0">
-        <x:v>17550.808</x:v>
+        <x:v>17733.696</x:v>
       </x:c>
       <x:c r="E37" s="0">
-        <x:v>16175.86</x:v>
+        <x:v>16344.42</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="1">
-        <x:v>45951.9269212963</x:v>
+        <x:v>45973.9253125</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C38" s="0">
-        <x:v>2.17</x:v>
+        <x:v>1.61</x:v>
       </x:c>
       <x:c r="D38" s="0">
-        <x:v>17818.63</x:v>
+        <x:v>18111.211</x:v>
       </x:c>
       <x:c r="E38" s="0">
-        <x:v>16422.7</x:v>
+        <x:v>16692.36</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="1">
-        <x:v>45950.9289699074</x:v>
+        <x:v>45972.9253240741</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C39" s="0">
-        <x:v>2.18</x:v>
+        <x:v>1.53</x:v>
       </x:c>
       <x:c r="D39" s="0">
-        <x:v>17809.147</x:v>
+        <x:v>18209.034</x:v>
       </x:c>
       <x:c r="E39" s="0">
-        <x:v>16413.96</x:v>
+        <x:v>16782.52</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="1">
-        <x:v>45947.9300694444</x:v>
+        <x:v>45971.9254282407</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C40" s="0">
-        <x:v>2.65</x:v>
+        <x:v>1.51</x:v>
       </x:c>
       <x:c r="D40" s="0">
-        <x:v>17493.292</x:v>
+        <x:v>18235.407</x:v>
       </x:c>
       <x:c r="E40" s="0">
-        <x:v>16122.85</x:v>
+        <x:v>16808.44</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="1">
-        <x:v>45946.9261805556</x:v>
+        <x:v>45971.2992708333</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C41" s="0">
-        <x:v>2.8</x:v>
+        <x:v>1.98</x:v>
       </x:c>
       <x:c r="D41" s="0">
-        <x:v>17399.429</x:v>
+        <x:v>17807.668</x:v>
       </x:c>
       <x:c r="E41" s="0">
-        <x:v>16036.34</x:v>
+        <x:v>16414.21</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="1">
-        <x:v>45945.9256712963</x:v>
+        <x:v>45968.925474537</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C42" s="0">
-        <x:v>2.69</x:v>
+        <x:v>1.98</x:v>
       </x:c>
       <x:c r="D42" s="0">
-        <x:v>17472.883</x:v>
+        <x:v>17809.418</x:v>
       </x:c>
       <x:c r="E42" s="0">
-        <x:v>16104.04</x:v>
+        <x:v>16414.21</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="1">
-        <x:v>45944.9308680556</x:v>
+        <x:v>45967.9277662037</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C43" s="0">
-        <x:v>2.79</x:v>
+        <x:v>1.95</x:v>
       </x:c>
       <x:c r="D43" s="0">
-        <x:v>17406.655</x:v>
+        <x:v>17833.223</x:v>
       </x:c>
       <x:c r="E43" s="0">
-        <x:v>16043</x:v>
+        <x:v>16436.15</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="1">
-        <x:v>45943.9267592593</x:v>
+        <x:v>45966.9253587963</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C44" s="0">
-        <x:v>2.4</x:v>
+        <x:v>1.71</x:v>
       </x:c>
       <x:c r="D44" s="0">
-        <x:v>17695.504</x:v>
+        <x:v>18094.545</x:v>
       </x:c>
       <x:c r="E44" s="0">
-        <x:v>16309.22</x:v>
+        <x:v>16677</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="1">
-        <x:v>45940.9235069444</x:v>
+        <x:v>45965.9237731481</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C45" s="0">
-        <x:v>3.29</x:v>
+        <x:v>1.74</x:v>
       </x:c>
       <x:c r="D45" s="0">
-        <x:v>17226.502</x:v>
+        <x:v>18057.926</x:v>
       </x:c>
       <x:c r="E45" s="0">
-        <x:v>15876.96</x:v>
+        <x:v>16643.25</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="1">
-        <x:v>45938.9271180556</x:v>
+        <x:v>45964.9228819444</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C46" s="0">
-        <x:v>2.52</x:v>
+        <x:v>1.45</x:v>
       </x:c>
       <x:c r="D46" s="0">
-        <x:v>17788.195</x:v>
+        <x:v>18421.282</x:v>
       </x:c>
       <x:c r="E46" s="0">
-        <x:v>16394.65</x:v>
+        <x:v>16978.14</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="1">
+        <x:v>45961.8818865741</x:v>
+      </x:c>
+      <x:c r="B47" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C47" s="0">
+        <x:v>1.5</x:v>
+      </x:c>
+      <x:c r="D47" s="0">
+        <x:v>18357.701</x:v>
+      </x:c>
+      <x:c r="E47" s="0">
+        <x:v>16919.54</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="48" spans="1:5">
+      <x:c r="A48" s="1">
+        <x:v>45960.8841087963</x:v>
+      </x:c>
+      <x:c r="B48" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C48" s="0">
+        <x:v>1.57</x:v>
+      </x:c>
+      <x:c r="D48" s="0">
+        <x:v>18282.619</x:v>
+      </x:c>
+      <x:c r="E48" s="0">
+        <x:v>16850.34</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="49" spans="1:5">
+      <x:c r="A49" s="1">
+        <x:v>45959.8898263889</x:v>
+      </x:c>
+      <x:c r="B49" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C49" s="0">
+        <x:v>1.33</x:v>
+      </x:c>
+      <x:c r="D49" s="0">
+        <x:v>18614.922</x:v>
+      </x:c>
+      <x:c r="E49" s="0">
+        <x:v>17156.61</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="50" spans="1:5">
+      <x:c r="A50" s="1">
+        <x:v>45958.8875115741</x:v>
+      </x:c>
+      <x:c r="B50" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C50" s="0">
+        <x:v>1.43</x:v>
+      </x:c>
+      <x:c r="D50" s="0">
+        <x:v>18483.029</x:v>
+      </x:c>
+      <x:c r="E50" s="0">
+        <x:v>17035.05</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="51" spans="1:5">
+      <x:c r="A51" s="1">
+        <x:v>45957.8875925926</x:v>
+      </x:c>
+      <x:c r="B51" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C51" s="0">
+        <x:v>1.67</x:v>
+      </x:c>
+      <x:c r="D51" s="0">
+        <x:v>18223.259</x:v>
+      </x:c>
+      <x:c r="E51" s="0">
+        <x:v>16795.63</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="52" spans="1:5">
+      <x:c r="A52" s="1">
+        <x:v>45954.9259259259</x:v>
+      </x:c>
+      <x:c r="B52" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C52" s="0">
+        <x:v>2.02</x:v>
+      </x:c>
+      <x:c r="D52" s="0">
+        <x:v>17905.907</x:v>
+      </x:c>
+      <x:c r="E52" s="0">
+        <x:v>16503.14</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="53" spans="1:5">
+      <x:c r="A53" s="1">
+        <x:v>45953.9278587963</x:v>
+      </x:c>
+      <x:c r="B53" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C53" s="0">
+        <x:v>2.25</x:v>
+      </x:c>
+      <x:c r="D53" s="0">
+        <x:v>17721.446</x:v>
+      </x:c>
+      <x:c r="E53" s="0">
+        <x:v>16333.13</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="54" spans="1:5">
+      <x:c r="A54" s="1">
+        <x:v>45952.9303587963</x:v>
+      </x:c>
+      <x:c r="B54" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C54" s="0">
+        <x:v>2.5</x:v>
+      </x:c>
+      <x:c r="D54" s="0">
+        <x:v>17550.808</x:v>
+      </x:c>
+      <x:c r="E54" s="0">
+        <x:v>16175.86</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="55" spans="1:5">
+      <x:c r="A55" s="1">
+        <x:v>45951.9269212963</x:v>
+      </x:c>
+      <x:c r="B55" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C55" s="0">
+        <x:v>2.17</x:v>
+      </x:c>
+      <x:c r="D55" s="0">
+        <x:v>17818.63</x:v>
+      </x:c>
+      <x:c r="E55" s="0">
+        <x:v>16422.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="56" spans="1:5">
+      <x:c r="A56" s="1">
+        <x:v>45950.9289699074</x:v>
+      </x:c>
+      <x:c r="B56" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C56" s="0">
+        <x:v>2.18</x:v>
+      </x:c>
+      <x:c r="D56" s="0">
+        <x:v>17809.147</x:v>
+      </x:c>
+      <x:c r="E56" s="0">
+        <x:v>16413.96</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="57" spans="1:5">
+      <x:c r="A57" s="1">
+        <x:v>45947.9300694444</x:v>
+      </x:c>
+      <x:c r="B57" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C57" s="0">
+        <x:v>2.65</x:v>
+      </x:c>
+      <x:c r="D57" s="0">
+        <x:v>17493.292</x:v>
+      </x:c>
+      <x:c r="E57" s="0">
+        <x:v>16122.85</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="58" spans="1:5">
+      <x:c r="A58" s="1">
+        <x:v>45946.9261805556</x:v>
+      </x:c>
+      <x:c r="B58" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C58" s="0">
+        <x:v>2.8</x:v>
+      </x:c>
+      <x:c r="D58" s="0">
+        <x:v>17399.429</x:v>
+      </x:c>
+      <x:c r="E58" s="0">
+        <x:v>16036.34</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="59" spans="1:5">
+      <x:c r="A59" s="1">
+        <x:v>45945.9256712963</x:v>
+      </x:c>
+      <x:c r="B59" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C59" s="0">
+        <x:v>2.69</x:v>
+      </x:c>
+      <x:c r="D59" s="0">
+        <x:v>17472.883</x:v>
+      </x:c>
+      <x:c r="E59" s="0">
+        <x:v>16104.04</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="60" spans="1:5">
+      <x:c r="A60" s="1">
+        <x:v>45944.9308680556</x:v>
+      </x:c>
+      <x:c r="B60" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C60" s="0">
+        <x:v>2.79</x:v>
+      </x:c>
+      <x:c r="D60" s="0">
+        <x:v>17406.655</x:v>
+      </x:c>
+      <x:c r="E60" s="0">
+        <x:v>16043</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="61" spans="1:5">
+      <x:c r="A61" s="1">
+        <x:v>45943.9267592593</x:v>
+      </x:c>
+      <x:c r="B61" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C61" s="0">
+        <x:v>2.4</x:v>
+      </x:c>
+      <x:c r="D61" s="0">
+        <x:v>17695.504</x:v>
+      </x:c>
+      <x:c r="E61" s="0">
+        <x:v>16309.22</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="62" spans="1:5">
+      <x:c r="A62" s="1">
+        <x:v>45940.9235069444</x:v>
+      </x:c>
+      <x:c r="B62" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C62" s="0">
+        <x:v>3.29</x:v>
+      </x:c>
+      <x:c r="D62" s="0">
+        <x:v>17226.502</x:v>
+      </x:c>
+      <x:c r="E62" s="0">
+        <x:v>15876.96</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="63" spans="1:5">
+      <x:c r="A63" s="1">
+        <x:v>45938.9271180556</x:v>
+      </x:c>
+      <x:c r="B63" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C63" s="0">
+        <x:v>2.52</x:v>
+      </x:c>
+      <x:c r="D63" s="0">
+        <x:v>17788.195</x:v>
+      </x:c>
+      <x:c r="E63" s="0">
+        <x:v>16394.65</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="64" spans="1:5">
+      <x:c r="A64" s="1">
         <x:v>45937.9281828704</x:v>
       </x:c>
-      <x:c r="B47" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C47" s="0">
+      <x:c r="B64" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C64" s="0">
         <x:v>3</x:v>
       </x:c>
-      <x:c r="D47" s="0">
+      <x:c r="D64" s="0">
         <x:v>17506.746</x:v>
       </x:c>
-      <x:c r="E47" s="0">
+      <x:c r="E64" s="0">
         <x:v>16135.25</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>