--- v0 (2025-10-08)
+++ v1 (2025-10-28)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf16dddda346c48d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a56aca3f17e6431dae47925a9edd80d3.psmdcp" Id="Rfd5592d4079741e2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf1e5fec638094b71" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a3941be61b40460eb6a5be599189607e.psmdcp" Id="R6e02043268fc4058" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>NLBNPNL39PI9</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -390,1066 +390,1355 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E60"/>
+  <x:dimension ref="A1:E77"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>45937.9281828704</x:v>
+        <x:v>45958.3305787037</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
-        <x:v>1.77</x:v>
+        <x:v>1.05</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>26951.646</x:v>
+        <x:v>28016.037</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>24840.227</x:v>
+        <x:v>25821.54</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>45936.924224537</x:v>
+        <x:v>45957.8875925926</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
-        <x:v>1.67</x:v>
+        <x:v>1.05</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>27101.735</x:v>
+        <x:v>28016.377</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>24978.558</x:v>
+        <x:v>25821.546</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>45933.9289236111</x:v>
+        <x:v>45954.9259259259</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
-        <x:v>1.81</x:v>
+        <x:v>1.28</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>26889.854</x:v>
+        <x:v>27513.585</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>24785.522</x:v>
+        <x:v>25358.162</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>45933.3311111111</x:v>
+        <x:v>45954.3348148148</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
-        <x:v>1.68</x:v>
+        <x:v>1.37</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>27006.212</x:v>
+        <x:v>27230.674</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>24892.764</x:v>
+        <x:v>25097.415</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>45932.9250231481</x:v>
+        <x:v>45953.9278587963</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
-        <x:v>1.74</x:v>
+        <x:v>1.42</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>27008.649</x:v>
+        <x:v>27230.695</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>24892.764</x:v>
+        <x:v>25097.415</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>45931.9294097222</x:v>
+        <x:v>45952.9303587963</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
-        <x:v>1.8</x:v>
+        <x:v>1.56</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>26907.328</x:v>
+        <x:v>26993.72</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>24800.863</x:v>
+        <x:v>24879.005</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>45931.3342361111</x:v>
+        <x:v>45951.9269212963</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
-        <x:v>1.99</x:v>
+        <x:v>1.42</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>26776.178</x:v>
+        <x:v>27262.937</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>24679.988</x:v>
+        <x:v>25127.131</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>45930.9339814815</x:v>
+        <x:v>45950.9289699074</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
-        <x:v>1.9</x:v>
+        <x:v>1.41</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>26776.931</x:v>
+        <x:v>27278.004</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>24679.988</x:v>
+        <x:v>25141.018</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>45930.3326967593</x:v>
+        <x:v>45947.9300694444</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
-        <x:v>1.95</x:v>
+        <x:v>1.62</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>26702.461</x:v>
+        <x:v>26927.479</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>24611.352</x:v>
+        <x:v>24817.953</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>45929.9324074074</x:v>
+        <x:v>45946.9261805556</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C12" s="0">
-        <x:v>1.95</x:v>
+        <x:v>1.73</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>26703.317</x:v>
+        <x:v>26753.106</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>24611.352</x:v>
+        <x:v>24657.241</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>45926.9299074074</x:v>
+        <x:v>45945.9256712963</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0">
-        <x:v>2.04</x:v>
+        <x:v>1.67</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>26586.262</x:v>
+        <x:v>26848.713</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>24503.848</x:v>
+        <x:v>24745.358</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>45926.3217939815</x:v>
+        <x:v>45944.9308680556</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C14" s="0">
-        <x:v>2.15</x:v>
+        <x:v>1.79</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>26470.669</x:v>
+        <x:v>26668.559</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>24397.311</x:v>
+        <x:v>24579.317</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>45925.9293865741</x:v>
+        <x:v>45943.9267592593</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
-        <x:v>2.13</x:v>
+        <x:v>1.67</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>26471.082</x:v>
+        <x:v>26854.023</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>24397.311</x:v>
+        <x:v>24750.252</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>45924.9296412037</x:v>
+        <x:v>45940.9235069444</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C16" s="0">
-        <x:v>2.04</x:v>
+        <x:v>2.14</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>26585.935</x:v>
+        <x:v>26280.525</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>24503.567</x:v>
+        <x:v>24221.745</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>45924.3777662037</x:v>
+        <x:v>45940.3355092593</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C17" s="0">
-        <x:v>1.92</x:v>
+        <x:v>1.56</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>26669.047</x:v>
+        <x:v>27231.457</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>24580.168</x:v>
+        <x:v>25098.18</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>45923.9252314815</x:v>
+        <x:v>45939.3272800926</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="0">
-        <x:v>1.98</x:v>
+        <x:v>1.55</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>26669.482</x:v>
+        <x:v>27272.793</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>24580.168</x:v>
+        <x:v>25136.623</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>45922.9266898148</x:v>
+        <x:v>45938.9271180556</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C19" s="0">
-        <x:v>1.84</x:v>
+        <x:v>1.56</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>26862.689</x:v>
+        <x:v>27273.236</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>24761.074</x:v>
+        <x:v>25136.623</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
-        <x:v>45922.3338773148</x:v>
+        <x:v>45937.9281828704</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C20" s="0">
-        <x:v>1.97</x:v>
+        <x:v>1.77</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>26716.401</x:v>
+        <x:v>26951.646</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>24626.247</x:v>
+        <x:v>24840.227</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="1">
-        <x:v>45919.9342939815</x:v>
+        <x:v>45936.924224537</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C21" s="0">
-        <x:v>1.95</x:v>
+        <x:v>1.67</x:v>
       </x:c>
       <x:c r="D21" s="0">
-        <x:v>26719.478</x:v>
+        <x:v>27101.735</x:v>
       </x:c>
       <x:c r="E21" s="0">
-        <x:v>24626.247</x:v>
+        <x:v>24978.558</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="1">
-        <x:v>45918.9266087963</x:v>
+        <x:v>45933.9289236111</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C22" s="0">
-        <x:v>2.09</x:v>
+        <x:v>1.81</x:v>
       </x:c>
       <x:c r="D22" s="0">
-        <x:v>26533.56</x:v>
+        <x:v>26889.854</x:v>
       </x:c>
       <x:c r="E22" s="0">
-        <x:v>24454.894</x:v>
+        <x:v>24785.522</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="1">
-        <x:v>45917.9271296296</x:v>
+        <x:v>45933.3311111111</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C23" s="0">
-        <x:v>2.31</x:v>
+        <x:v>1.68</x:v>
       </x:c>
       <x:c r="D23" s="0">
-        <x:v>26282.362</x:v>
+        <x:v>27006.212</x:v>
       </x:c>
       <x:c r="E23" s="0">
-        <x:v>24223.687</x:v>
+        <x:v>24892.764</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="1">
-        <x:v>45917.3258680556</x:v>
+        <x:v>45932.9250231481</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C24" s="0">
-        <x:v>2.28</x:v>
+        <x:v>1.74</x:v>
       </x:c>
       <x:c r="D24" s="0">
-        <x:v>26337.222</x:v>
+        <x:v>27008.649</x:v>
       </x:c>
       <x:c r="E24" s="0">
-        <x:v>24274.249</x:v>
+        <x:v>24892.764</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="1">
-        <x:v>45916.9259490741</x:v>
+        <x:v>45931.9294097222</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C25" s="0">
-        <x:v>2.26</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="D25" s="0">
-        <x:v>26337.56</x:v>
+        <x:v>26907.328</x:v>
       </x:c>
       <x:c r="E25" s="0">
-        <x:v>24274.249</x:v>
+        <x:v>24800.863</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="1">
-        <x:v>45915.9270601852</x:v>
+        <x:v>45931.3342361111</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C26" s="0">
-        <x:v>2.24</x:v>
+        <x:v>1.99</x:v>
       </x:c>
       <x:c r="D26" s="0">
-        <x:v>26356.936</x:v>
+        <x:v>26776.178</x:v>
       </x:c>
       <x:c r="E26" s="0">
-        <x:v>24293.781</x:v>
+        <x:v>24679.988</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="1">
-        <x:v>45915.3170833333</x:v>
+        <x:v>45930.9339814815</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C27" s="0">
-        <x:v>2.43</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="D27" s="0">
-        <x:v>26138.213</x:v>
+        <x:v>26776.931</x:v>
       </x:c>
       <x:c r="E27" s="0">
-        <x:v>24092.193</x:v>
+        <x:v>24679.988</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="1">
-        <x:v>45912.9234259259</x:v>
+        <x:v>45930.3326967593</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C28" s="0">
-        <x:v>2.44</x:v>
+        <x:v>1.95</x:v>
       </x:c>
       <x:c r="D28" s="0">
-        <x:v>26139.203</x:v>
+        <x:v>26702.461</x:v>
       </x:c>
       <x:c r="E28" s="0">
-        <x:v>24092.193</x:v>
+        <x:v>24611.352</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="1">
-        <x:v>45912.3096527778</x:v>
+        <x:v>45929.9324074074</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C29" s="0">
-        <x:v>2.54</x:v>
+        <x:v>1.95</x:v>
       </x:c>
       <x:c r="D29" s="0">
-        <x:v>26031.104</x:v>
+        <x:v>26703.317</x:v>
       </x:c>
       <x:c r="E29" s="0">
-        <x:v>23992.562</x:v>
+        <x:v>24611.352</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="1">
-        <x:v>45911.9251736111</x:v>
+        <x:v>45926.9299074074</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C30" s="0">
-        <x:v>2.55</x:v>
+        <x:v>2.04</x:v>
       </x:c>
       <x:c r="D30" s="0">
-        <x:v>26031.799</x:v>
+        <x:v>26586.262</x:v>
       </x:c>
       <x:c r="E30" s="0">
-        <x:v>23992.562</x:v>
+        <x:v>24503.848</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="1">
-        <x:v>45911.3308101852</x:v>
+        <x:v>45926.3217939815</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C31" s="0">
-        <x:v>2.7</x:v>
+        <x:v>2.15</x:v>
       </x:c>
       <x:c r="D31" s="0">
-        <x:v>25876.327</x:v>
+        <x:v>26470.669</x:v>
       </x:c>
       <x:c r="E31" s="0">
-        <x:v>23849.27</x:v>
+        <x:v>24397.311</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="1">
-        <x:v>45910.9240509259</x:v>
+        <x:v>45925.9293865741</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C32" s="0">
-        <x:v>2.71</x:v>
+        <x:v>2.13</x:v>
       </x:c>
       <x:c r="D32" s="0">
-        <x:v>25876.458</x:v>
+        <x:v>26471.082</x:v>
       </x:c>
       <x:c r="E32" s="0">
-        <x:v>23849.27</x:v>
+        <x:v>24397.311</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="1">
-        <x:v>45909.9244907407</x:v>
+        <x:v>45924.9296412037</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C33" s="0">
-        <x:v>2.72</x:v>
+        <x:v>2.04</x:v>
       </x:c>
       <x:c r="D33" s="0">
-        <x:v>25866.003</x:v>
+        <x:v>26585.935</x:v>
       </x:c>
       <x:c r="E33" s="0">
-        <x:v>23839.796</x:v>
+        <x:v>24503.567</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="1">
-        <x:v>45909.335462963</x:v>
+        <x:v>45924.3777662037</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C34" s="0">
-        <x:v>2.77</x:v>
+        <x:v>1.92</x:v>
       </x:c>
       <x:c r="D34" s="0">
-        <x:v>25781.92</x:v>
+        <x:v>26669.047</x:v>
       </x:c>
       <x:c r="E34" s="0">
-        <x:v>23762.3</x:v>
+        <x:v>24580.168</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="1">
-        <x:v>45908.9240393518</x:v>
+        <x:v>45923.9252314815</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C35" s="0">
-        <x:v>2.81</x:v>
+        <x:v>1.98</x:v>
       </x:c>
       <x:c r="D35" s="0">
-        <x:v>25780.823</x:v>
+        <x:v>26669.482</x:v>
       </x:c>
       <x:c r="E35" s="0">
-        <x:v>23762.3</x:v>
+        <x:v>24580.168</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="1">
-        <x:v>45908.3013541667</x:v>
+        <x:v>45922.9266898148</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C36" s="0">
-        <x:v>2.89</x:v>
+        <x:v>1.84</x:v>
       </x:c>
       <x:c r="D36" s="0">
-        <x:v>25661.628</x:v>
+        <x:v>26862.689</x:v>
       </x:c>
       <x:c r="E36" s="0">
-        <x:v>23652.443</x:v>
+        <x:v>24761.074</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="1">
-        <x:v>45905.9285648148</x:v>
+        <x:v>45922.3338773148</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C37" s="0">
-        <x:v>2.94</x:v>
+        <x:v>1.97</x:v>
       </x:c>
       <x:c r="D37" s="0">
-        <x:v>25659.91</x:v>
+        <x:v>26716.401</x:v>
       </x:c>
       <x:c r="E37" s="0">
-        <x:v>23652.443</x:v>
+        <x:v>24626.247</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="1">
-        <x:v>45905.3095023148</x:v>
+        <x:v>45919.9342939815</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C38" s="0">
-        <x:v>2.87</x:v>
+        <x:v>1.95</x:v>
       </x:c>
       <x:c r="D38" s="0">
-        <x:v>25638.829</x:v>
+        <x:v>26719.478</x:v>
       </x:c>
       <x:c r="E38" s="0">
-        <x:v>23633.013</x:v>
+        <x:v>24626.247</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="1">
-        <x:v>45904.9245601852</x:v>
+        <x:v>45918.9266087963</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C39" s="0">
-        <x:v>2.97</x:v>
+        <x:v>2.09</x:v>
       </x:c>
       <x:c r="D39" s="0">
-        <x:v>25639.595</x:v>
+        <x:v>26533.56</x:v>
       </x:c>
       <x:c r="E39" s="0">
-        <x:v>23633.013</x:v>
+        <x:v>24454.894</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="1">
-        <x:v>45904.3202199074</x:v>
+        <x:v>45917.9271296296</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C40" s="0">
-        <x:v>3.25</x:v>
+        <x:v>2.31</x:v>
       </x:c>
       <x:c r="D40" s="0">
-        <x:v>25402.876</x:v>
+        <x:v>26282.362</x:v>
       </x:c>
       <x:c r="E40" s="0">
-        <x:v>23414.839</x:v>
+        <x:v>24223.687</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="1">
-        <x:v>45903.9235648148</x:v>
+        <x:v>45917.3258680556</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C41" s="0">
-        <x:v>3.27</x:v>
+        <x:v>2.28</x:v>
       </x:c>
       <x:c r="D41" s="0">
-        <x:v>25405.022</x:v>
+        <x:v>26337.222</x:v>
       </x:c>
       <x:c r="E41" s="0">
-        <x:v>23414.839</x:v>
+        <x:v>24274.249</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="1">
-        <x:v>45903.3225115741</x:v>
+        <x:v>45916.9259490741</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C42" s="0">
-        <x:v>3.49</x:v>
+        <x:v>2.26</x:v>
       </x:c>
       <x:c r="D42" s="0">
-        <x:v>25205.674</x:v>
+        <x:v>26337.56</x:v>
       </x:c>
       <x:c r="E42" s="0">
-        <x:v>23231.108</x:v>
+        <x:v>24274.249</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="1">
-        <x:v>45902.923912037</x:v>
+        <x:v>45915.9270601852</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C43" s="0">
-        <x:v>3.55</x:v>
+        <x:v>2.24</x:v>
       </x:c>
       <x:c r="D43" s="0">
-        <x:v>25205.103</x:v>
+        <x:v>26356.936</x:v>
       </x:c>
       <x:c r="E43" s="0">
-        <x:v>23231.108</x:v>
+        <x:v>24293.781</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="1">
-        <x:v>45902.3292013889</x:v>
+        <x:v>45915.3170833333</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C44" s="0">
-        <x:v>3.33</x:v>
+        <x:v>2.43</x:v>
       </x:c>
       <x:c r="D44" s="0">
-        <x:v>25405.082</x:v>
+        <x:v>26138.213</x:v>
       </x:c>
       <x:c r="E44" s="0">
-        <x:v>23415.42</x:v>
+        <x:v>24092.193</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="1">
-        <x:v>45898.9304050926</x:v>
+        <x:v>45912.9234259259</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C45" s="0">
-        <x:v>3.29</x:v>
+        <x:v>2.44</x:v>
       </x:c>
       <x:c r="D45" s="0">
-        <x:v>25403.462</x:v>
+        <x:v>26139.203</x:v>
       </x:c>
       <x:c r="E45" s="0">
-        <x:v>23415.42</x:v>
+        <x:v>24092.193</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="1">
-        <x:v>45898.3268518519</x:v>
+        <x:v>45912.3096527778</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C46" s="0">
-        <x:v>2.97</x:v>
+        <x:v>2.54</x:v>
       </x:c>
       <x:c r="D46" s="0">
-        <x:v>25715.974</x:v>
+        <x:v>26031.104</x:v>
       </x:c>
       <x:c r="E46" s="0">
-        <x:v>23703.45</x:v>
+        <x:v>23992.562</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="1">
-        <x:v>45897.9274768519</x:v>
+        <x:v>45911.9251736111</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C47" s="0">
-        <x:v>2.93</x:v>
+        <x:v>2.55</x:v>
       </x:c>
       <x:c r="D47" s="0">
-        <x:v>25718.243</x:v>
+        <x:v>26031.799</x:v>
       </x:c>
       <x:c r="E47" s="0">
-        <x:v>23703.45</x:v>
+        <x:v>23992.562</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5">
       <x:c r="A48" s="1">
-        <x:v>45896.9248611111</x:v>
+        <x:v>45911.3308101852</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C48" s="0">
-        <x:v>3.11</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="D48" s="0">
-        <x:v>25568.88</x:v>
+        <x:v>25876.327</x:v>
       </x:c>
       <x:c r="E48" s="0">
-        <x:v>23565.846</x:v>
+        <x:v>23849.27</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
       <x:c r="A49" s="1">
-        <x:v>45896.3337615741</x:v>
+        <x:v>45910.9240509259</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C49" s="0">
-        <x:v>3.15</x:v>
+        <x:v>2.71</x:v>
       </x:c>
       <x:c r="D49" s="0">
-        <x:v>25524.88</x:v>
+        <x:v>25876.458</x:v>
       </x:c>
       <x:c r="E49" s="0">
-        <x:v>23525.293</x:v>
+        <x:v>23849.27</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5">
       <x:c r="A50" s="1">
-        <x:v>45895.9240046296</x:v>
+        <x:v>45909.9244907407</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C50" s="0">
-        <x:v>3.16</x:v>
+        <x:v>2.72</x:v>
       </x:c>
       <x:c r="D50" s="0">
-        <x:v>25524.943</x:v>
+        <x:v>25866.003</x:v>
       </x:c>
       <x:c r="E50" s="0">
-        <x:v>23525.293</x:v>
+        <x:v>23839.796</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5">
       <x:c r="A51" s="1">
-        <x:v>45894.9239236111</x:v>
+        <x:v>45909.335462963</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C51" s="0">
-        <x:v>3.3</x:v>
+        <x:v>2.77</x:v>
       </x:c>
       <x:c r="D51" s="0">
-        <x:v>25416.673</x:v>
+        <x:v>25781.92</x:v>
       </x:c>
       <x:c r="E51" s="0">
-        <x:v>23425.605</x:v>
+        <x:v>23762.3</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5">
       <x:c r="A52" s="1">
-        <x:v>45894.3297685185</x:v>
+        <x:v>45908.9240393518</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C52" s="0">
-        <x:v>3.21</x:v>
+        <x:v>2.81</x:v>
       </x:c>
       <x:c r="D52" s="0">
-        <x:v>25495.346</x:v>
+        <x:v>25780.823</x:v>
       </x:c>
       <x:c r="E52" s="0">
-        <x:v>23498.115</x:v>
+        <x:v>23762.3</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5">
       <x:c r="A53" s="1">
-        <x:v>45891.9252083333</x:v>
+        <x:v>45908.3013541667</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C53" s="0">
-        <x:v>3.2</x:v>
+        <x:v>2.89</x:v>
       </x:c>
       <x:c r="D53" s="0">
-        <x:v>25493.439</x:v>
+        <x:v>25661.628</x:v>
       </x:c>
       <x:c r="E53" s="0">
-        <x:v>23498.115</x:v>
+        <x:v>23652.443</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5">
       <x:c r="A54" s="1">
-        <x:v>45891.3279861111</x:v>
+        <x:v>45905.9285648148</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C54" s="0">
-        <x:v>3.82</x:v>
+        <x:v>2.94</x:v>
       </x:c>
       <x:c r="D54" s="0">
-        <x:v>25107.684</x:v>
+        <x:v>25659.91</x:v>
       </x:c>
       <x:c r="E54" s="0">
-        <x:v>23142.58</x:v>
+        <x:v>23652.443</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5">
       <x:c r="A55" s="1">
-        <x:v>45890.9257175926</x:v>
+        <x:v>45905.3095023148</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C55" s="0">
-        <x:v>3.78</x:v>
+        <x:v>2.87</x:v>
       </x:c>
       <x:c r="D55" s="0">
-        <x:v>25105.655</x:v>
+        <x:v>25638.829</x:v>
       </x:c>
       <x:c r="E55" s="0">
-        <x:v>23142.58</x:v>
+        <x:v>23633.013</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5">
       <x:c r="A56" s="1">
-        <x:v>45890.3406944444</x:v>
+        <x:v>45904.9245601852</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C56" s="0">
-        <x:v>3.59</x:v>
+        <x:v>2.97</x:v>
       </x:c>
       <x:c r="D56" s="0">
-        <x:v>25221.74</x:v>
+        <x:v>25639.595</x:v>
       </x:c>
       <x:c r="E56" s="0">
-        <x:v>23249.57</x:v>
+        <x:v>23633.013</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:5">
       <x:c r="A57" s="1">
-        <x:v>45889.9243402778</x:v>
+        <x:v>45904.3202199074</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C57" s="0">
-        <x:v>3.62</x:v>
+        <x:v>3.25</x:v>
       </x:c>
       <x:c r="D57" s="0">
-        <x:v>25225.784</x:v>
+        <x:v>25402.876</x:v>
       </x:c>
       <x:c r="E57" s="0">
-        <x:v>23249.57</x:v>
+        <x:v>23414.839</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:5">
       <x:c r="A58" s="1">
-        <x:v>45888.9238078704</x:v>
+        <x:v>45903.9235648148</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C58" s="0">
-        <x:v>3.42</x:v>
+        <x:v>3.27</x:v>
       </x:c>
       <x:c r="D58" s="0">
-        <x:v>25372.122</x:v>
+        <x:v>25405.022</x:v>
       </x:c>
       <x:c r="E58" s="0">
-        <x:v>23384.77</x:v>
+        <x:v>23414.839</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:5">
       <x:c r="A59" s="1">
-        <x:v>45888.3192939815</x:v>
+        <x:v>45903.3225115741</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C59" s="0">
-        <x:v>3.08</x:v>
+        <x:v>3.49</x:v>
       </x:c>
       <x:c r="D59" s="0">
-        <x:v>25729.075</x:v>
+        <x:v>25205.674</x:v>
       </x:c>
       <x:c r="E59" s="0">
-        <x:v>23713.759</x:v>
+        <x:v>23231.108</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:5">
       <x:c r="A60" s="1">
+        <x:v>45902.923912037</x:v>
+      </x:c>
+      <x:c r="B60" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C60" s="0">
+        <x:v>3.55</x:v>
+      </x:c>
+      <x:c r="D60" s="0">
+        <x:v>25205.103</x:v>
+      </x:c>
+      <x:c r="E60" s="0">
+        <x:v>23231.108</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="61" spans="1:5">
+      <x:c r="A61" s="1">
+        <x:v>45902.3292013889</x:v>
+      </x:c>
+      <x:c r="B61" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C61" s="0">
+        <x:v>3.33</x:v>
+      </x:c>
+      <x:c r="D61" s="0">
+        <x:v>25405.082</x:v>
+      </x:c>
+      <x:c r="E61" s="0">
+        <x:v>23415.42</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="62" spans="1:5">
+      <x:c r="A62" s="1">
+        <x:v>45898.9304050926</x:v>
+      </x:c>
+      <x:c r="B62" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C62" s="0">
+        <x:v>3.29</x:v>
+      </x:c>
+      <x:c r="D62" s="0">
+        <x:v>25403.462</x:v>
+      </x:c>
+      <x:c r="E62" s="0">
+        <x:v>23415.42</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="63" spans="1:5">
+      <x:c r="A63" s="1">
+        <x:v>45898.3268518519</x:v>
+      </x:c>
+      <x:c r="B63" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C63" s="0">
+        <x:v>2.97</x:v>
+      </x:c>
+      <x:c r="D63" s="0">
+        <x:v>25715.974</x:v>
+      </x:c>
+      <x:c r="E63" s="0">
+        <x:v>23703.45</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="64" spans="1:5">
+      <x:c r="A64" s="1">
+        <x:v>45897.9274768519</x:v>
+      </x:c>
+      <x:c r="B64" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C64" s="0">
+        <x:v>2.93</x:v>
+      </x:c>
+      <x:c r="D64" s="0">
+        <x:v>25718.243</x:v>
+      </x:c>
+      <x:c r="E64" s="0">
+        <x:v>23703.45</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="65" spans="1:5">
+      <x:c r="A65" s="1">
+        <x:v>45896.9248611111</x:v>
+      </x:c>
+      <x:c r="B65" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C65" s="0">
+        <x:v>3.11</x:v>
+      </x:c>
+      <x:c r="D65" s="0">
+        <x:v>25568.88</x:v>
+      </x:c>
+      <x:c r="E65" s="0">
+        <x:v>23565.846</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="66" spans="1:5">
+      <x:c r="A66" s="1">
+        <x:v>45896.3337615741</x:v>
+      </x:c>
+      <x:c r="B66" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C66" s="0">
+        <x:v>3.15</x:v>
+      </x:c>
+      <x:c r="D66" s="0">
+        <x:v>25524.88</x:v>
+      </x:c>
+      <x:c r="E66" s="0">
+        <x:v>23525.293</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="67" spans="1:5">
+      <x:c r="A67" s="1">
+        <x:v>45895.9240046296</x:v>
+      </x:c>
+      <x:c r="B67" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C67" s="0">
+        <x:v>3.16</x:v>
+      </x:c>
+      <x:c r="D67" s="0">
+        <x:v>25524.943</x:v>
+      </x:c>
+      <x:c r="E67" s="0">
+        <x:v>23525.293</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="68" spans="1:5">
+      <x:c r="A68" s="1">
+        <x:v>45894.9239236111</x:v>
+      </x:c>
+      <x:c r="B68" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C68" s="0">
+        <x:v>3.3</x:v>
+      </x:c>
+      <x:c r="D68" s="0">
+        <x:v>25416.673</x:v>
+      </x:c>
+      <x:c r="E68" s="0">
+        <x:v>23425.605</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="69" spans="1:5">
+      <x:c r="A69" s="1">
+        <x:v>45894.3297685185</x:v>
+      </x:c>
+      <x:c r="B69" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C69" s="0">
+        <x:v>3.21</x:v>
+      </x:c>
+      <x:c r="D69" s="0">
+        <x:v>25495.346</x:v>
+      </x:c>
+      <x:c r="E69" s="0">
+        <x:v>23498.115</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="70" spans="1:5">
+      <x:c r="A70" s="1">
+        <x:v>45891.9252083333</x:v>
+      </x:c>
+      <x:c r="B70" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C70" s="0">
+        <x:v>3.2</x:v>
+      </x:c>
+      <x:c r="D70" s="0">
+        <x:v>25493.439</x:v>
+      </x:c>
+      <x:c r="E70" s="0">
+        <x:v>23498.115</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="71" spans="1:5">
+      <x:c r="A71" s="1">
+        <x:v>45891.3279861111</x:v>
+      </x:c>
+      <x:c r="B71" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C71" s="0">
+        <x:v>3.82</x:v>
+      </x:c>
+      <x:c r="D71" s="0">
+        <x:v>25107.684</x:v>
+      </x:c>
+      <x:c r="E71" s="0">
+        <x:v>23142.58</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="72" spans="1:5">
+      <x:c r="A72" s="1">
+        <x:v>45890.9257175926</x:v>
+      </x:c>
+      <x:c r="B72" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C72" s="0">
+        <x:v>3.78</x:v>
+      </x:c>
+      <x:c r="D72" s="0">
+        <x:v>25105.655</x:v>
+      </x:c>
+      <x:c r="E72" s="0">
+        <x:v>23142.58</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="73" spans="1:5">
+      <x:c r="A73" s="1">
+        <x:v>45890.3406944444</x:v>
+      </x:c>
+      <x:c r="B73" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C73" s="0">
+        <x:v>3.59</x:v>
+      </x:c>
+      <x:c r="D73" s="0">
+        <x:v>25221.74</x:v>
+      </x:c>
+      <x:c r="E73" s="0">
+        <x:v>23249.57</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="74" spans="1:5">
+      <x:c r="A74" s="1">
+        <x:v>45889.9243402778</x:v>
+      </x:c>
+      <x:c r="B74" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C74" s="0">
+        <x:v>3.62</x:v>
+      </x:c>
+      <x:c r="D74" s="0">
+        <x:v>25225.784</x:v>
+      </x:c>
+      <x:c r="E74" s="0">
+        <x:v>23249.57</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="75" spans="1:5">
+      <x:c r="A75" s="1">
+        <x:v>45888.9238078704</x:v>
+      </x:c>
+      <x:c r="B75" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C75" s="0">
+        <x:v>3.42</x:v>
+      </x:c>
+      <x:c r="D75" s="0">
+        <x:v>25372.122</x:v>
+      </x:c>
+      <x:c r="E75" s="0">
+        <x:v>23384.77</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="76" spans="1:5">
+      <x:c r="A76" s="1">
+        <x:v>45888.3192939815</x:v>
+      </x:c>
+      <x:c r="B76" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C76" s="0">
+        <x:v>3.08</x:v>
+      </x:c>
+      <x:c r="D76" s="0">
+        <x:v>25729.075</x:v>
+      </x:c>
+      <x:c r="E76" s="0">
+        <x:v>23713.759</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="77" spans="1:5">
+      <x:c r="A77" s="1">
         <x:v>45887.924525463</x:v>
       </x:c>
-      <x:c r="B60" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C60" s="0">
+      <x:c r="B77" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C77" s="0">
         <x:v>3</x:v>
       </x:c>
-      <x:c r="D60" s="0">
+      <x:c r="D77" s="0">
         <x:v>25729.428</x:v>
       </x:c>
-      <x:c r="E60" s="0">
+      <x:c r="E77" s="0">
         <x:v>23713.759</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>