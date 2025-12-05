--- v1 (2025-10-28)
+++ v2 (2025-12-05)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf1e5fec638094b71" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a3941be61b40460eb6a5be599189607e.psmdcp" Id="R6e02043268fc4058" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc31dcabbde094231" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b7a6cb75d38d4c95b959208ebb6db348.psmdcp" Id="Ref31ae4ecfc74fed" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>NLBNPNL39PI9</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -390,1355 +390,2120 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E77"/>
+  <x:dimension ref="A1:E122"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>45958.3305787037</x:v>
+        <x:v>45995.9303703704</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
-        <x:v>1.05</x:v>
+        <x:v>0.94</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>28016.037</x:v>
+        <x:v>27754.742</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>25821.54</x:v>
+        <x:v>25581.7</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>45957.8875925926</x:v>
+        <x:v>45995.3278819444</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
-        <x:v>1.05</x:v>
+        <x:v>0.92</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>28016.377</x:v>
+        <x:v>27781.694</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>25821.546</x:v>
+        <x:v>25606.54</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>45954.9259259259</x:v>
+        <x:v>45994.9277662037</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
-        <x:v>1.28</x:v>
+        <x:v>0.93</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>27513.585</x:v>
+        <x:v>27781.588</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>25358.162</x:v>
+        <x:v>25606.54</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>45954.3348148148</x:v>
+        <x:v>45994.3371990741</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
-        <x:v>1.37</x:v>
+        <x:v>0.93</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>27230.674</x:v>
+        <x:v>27726.6</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>25097.415</x:v>
+        <x:v>25555.86</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>45953.9278587963</x:v>
+        <x:v>45993.9304050926</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
-        <x:v>1.42</x:v>
+        <x:v>0.95</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>27230.695</x:v>
+        <x:v>27728.108</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>25097.415</x:v>
+        <x:v>25555.86</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>45952.9303587963</x:v>
+        <x:v>45992.9296875</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
-        <x:v>1.56</x:v>
+        <x:v>1.03</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>26993.72</x:v>
+        <x:v>27496.991</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>24879.005</x:v>
+        <x:v>25342.849</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>45951.9269212963</x:v>
+        <x:v>45989.8196990741</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
-        <x:v>1.42</x:v>
+        <x:v>0.99</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>27262.937</x:v>
+        <x:v>27595.907</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>25127.131</x:v>
+        <x:v>25434.889</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>45950.9289699074</x:v>
+        <x:v>45989.3082523148</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
-        <x:v>1.41</x:v>
+        <x:v>1.05</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>27278.004</x:v>
+        <x:v>27381.131</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>25141.018</x:v>
+        <x:v>25236.939</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>45947.9300694444</x:v>
+        <x:v>45987.9266087963</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
-        <x:v>1.62</x:v>
+        <x:v>1.08</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>26927.479</x:v>
+        <x:v>27380.559</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>24817.953</x:v>
+        <x:v>25236.939</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>45946.9261805556</x:v>
+        <x:v>45987.319537037</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C12" s="0">
-        <x:v>1.73</x:v>
+        <x:v>1.13</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>26753.106</x:v>
+        <x:v>27143.401</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>24657.241</x:v>
+        <x:v>25018.36</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>45945.9256712963</x:v>
+        <x:v>45986.9251157407</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0">
-        <x:v>1.67</x:v>
+        <x:v>1.18</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>26848.713</x:v>
+        <x:v>27144.811</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>24745.358</x:v>
+        <x:v>25018.36</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>45944.9308680556</x:v>
+        <x:v>45986.3107407407</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C14" s="0">
-        <x:v>1.79</x:v>
+        <x:v>1.26</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>26668.559</x:v>
+        <x:v>26988.018</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>24579.317</x:v>
+        <x:v>24873.85</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>45943.9267592593</x:v>
+        <x:v>45985.3068518518</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
-        <x:v>1.67</x:v>
+        <x:v>1.56</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>26854.023</x:v>
+        <x:v>26299.612</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>24750.252</x:v>
+        <x:v>24239.573</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>45940.9235069444</x:v>
+        <x:v>45982.9249074074</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C16" s="0">
-        <x:v>2.14</x:v>
+        <x:v>1.69</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>26280.525</x:v>
+        <x:v>26298.24</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>24221.745</x:v>
+        <x:v>24239.573</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>45940.3355092593</x:v>
+        <x:v>45982.3124884259</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C17" s="0">
-        <x:v>1.56</x:v>
+        <x:v>1.81</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>27231.457</x:v>
+        <x:v>26097.306</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>25098.18</x:v>
+        <x:v>24054.38</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>45939.3272800926</x:v>
+        <x:v>45981.9259722222</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="0">
-        <x:v>1.55</x:v>
+        <x:v>1.84</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>27272.793</x:v>
+        <x:v>26094.514</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>25136.623</x:v>
+        <x:v>24054.38</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>45938.9271180556</x:v>
+        <x:v>45981.3119675926</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C19" s="0">
-        <x:v>1.56</x:v>
+        <x:v>1.21</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>27273.236</x:v>
+        <x:v>26730.471</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>25136.623</x:v>
+        <x:v>24640.515</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
-        <x:v>45937.9281828704</x:v>
+        <x:v>45980.9264583333</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C20" s="0">
-        <x:v>1.77</x:v>
+        <x:v>1.49</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>26951.646</x:v>
+        <x:v>26734.782</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>24840.227</x:v>
+        <x:v>24640.515</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="1">
-        <x:v>45936.924224537</x:v>
+        <x:v>45980.3054166667</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C21" s="0">
-        <x:v>1.67</x:v>
+        <x:v>1.61</x:v>
       </x:c>
       <x:c r="D21" s="0">
-        <x:v>27101.735</x:v>
+        <x:v>26585.682</x:v>
       </x:c>
       <x:c r="E21" s="0">
-        <x:v>24978.558</x:v>
+        <x:v>24503.096</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="1">
-        <x:v>45933.9289236111</x:v>
+        <x:v>45979.9258680556</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C22" s="0">
-        <x:v>1.81</x:v>
+        <x:v>1.57</x:v>
       </x:c>
       <x:c r="D22" s="0">
-        <x:v>26889.854</x:v>
+        <x:v>26585.304</x:v>
       </x:c>
       <x:c r="E22" s="0">
-        <x:v>24785.522</x:v>
+        <x:v>24503.096</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="1">
-        <x:v>45933.3311111111</x:v>
+        <x:v>45979.3133912037</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C23" s="0">
-        <x:v>1.68</x:v>
+        <x:v>1.49</x:v>
       </x:c>
       <x:c r="D23" s="0">
-        <x:v>27006.212</x:v>
+        <x:v>26907.356</x:v>
       </x:c>
       <x:c r="E23" s="0">
-        <x:v>24892.764</x:v>
+        <x:v>24799.918</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="1">
-        <x:v>45932.9250231481</x:v>
+        <x:v>45978.9282175926</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C24" s="0">
-        <x:v>1.74</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="D24" s="0">
-        <x:v>27008.649</x:v>
+        <x:v>26907.419</x:v>
       </x:c>
       <x:c r="E24" s="0">
-        <x:v>24892.764</x:v>
+        <x:v>24799.918</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="1">
-        <x:v>45931.9294097222</x:v>
+        <x:v>45978.3022569444</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C25" s="0">
-        <x:v>1.8</x:v>
+        <x:v>1.22</x:v>
       </x:c>
       <x:c r="D25" s="0">
-        <x:v>26907.328</x:v>
+        <x:v>27133.45</x:v>
       </x:c>
       <x:c r="E25" s="0">
-        <x:v>24800.863</x:v>
+        <x:v>25008.242</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="1">
-        <x:v>45931.3342361111</x:v>
+        <x:v>45975.9258449074</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C26" s="0">
-        <x:v>1.99</x:v>
+        <x:v>1.29</x:v>
       </x:c>
       <x:c r="D26" s="0">
-        <x:v>26776.178</x:v>
+        <x:v>27130.898</x:v>
       </x:c>
       <x:c r="E26" s="0">
-        <x:v>24679.988</x:v>
+        <x:v>25008.242</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="1">
-        <x:v>45930.9339814815</x:v>
+        <x:v>45975.3077662037</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C27" s="0">
-        <x:v>1.9</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="D27" s="0">
-        <x:v>26776.931</x:v>
+        <x:v>27114.863</x:v>
       </x:c>
       <x:c r="E27" s="0">
-        <x:v>24679.988</x:v>
+        <x:v>24993.463</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="1">
-        <x:v>45930.3326967593</x:v>
+        <x:v>45974.9248958333</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C28" s="0">
-        <x:v>1.95</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="D28" s="0">
-        <x:v>26702.461</x:v>
+        <x:v>27117.524</x:v>
       </x:c>
       <x:c r="E28" s="0">
-        <x:v>24611.352</x:v>
+        <x:v>24993.463</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="1">
-        <x:v>45929.9324074074</x:v>
+        <x:v>45974.3773148148</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C29" s="0">
-        <x:v>1.95</x:v>
+        <x:v>1.05</x:v>
       </x:c>
       <x:c r="D29" s="0">
-        <x:v>26703.317</x:v>
+        <x:v>27685.918</x:v>
       </x:c>
       <x:c r="E29" s="0">
-        <x:v>24611.352</x:v>
+        <x:v>25517.328</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="1">
-        <x:v>45926.9299074074</x:v>
+        <x:v>45973.9253125</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C30" s="0">
-        <x:v>2.04</x:v>
+        <x:v>1.08</x:v>
       </x:c>
       <x:c r="D30" s="0">
-        <x:v>26586.262</x:v>
+        <x:v>27686.071</x:v>
       </x:c>
       <x:c r="E30" s="0">
-        <x:v>24503.848</x:v>
+        <x:v>25517.328</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="1">
-        <x:v>45926.3217939815</x:v>
+        <x:v>45973.3365393519</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C31" s="0">
-        <x:v>2.15</x:v>
+        <x:v>1.01</x:v>
       </x:c>
       <x:c r="D31" s="0">
-        <x:v>26470.669</x:v>
+        <x:v>27703.603</x:v>
       </x:c>
       <x:c r="E31" s="0">
-        <x:v>24397.311</x:v>
+        <x:v>25533.486</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="1">
-        <x:v>45925.9293865741</x:v>
+        <x:v>45972.9253240741</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C32" s="0">
-        <x:v>2.13</x:v>
+        <x:v>1.07</x:v>
       </x:c>
       <x:c r="D32" s="0">
-        <x:v>26471.082</x:v>
+        <x:v>27703.832</x:v>
       </x:c>
       <x:c r="E32" s="0">
-        <x:v>24397.311</x:v>
+        <x:v>25533.486</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="1">
-        <x:v>45924.9296412037</x:v>
+        <x:v>45971.9254282407</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C33" s="0">
-        <x:v>2.04</x:v>
+        <x:v>1.04</x:v>
       </x:c>
       <x:c r="D33" s="0">
-        <x:v>26585.935</x:v>
+        <x:v>27785.452</x:v>
       </x:c>
       <x:c r="E33" s="0">
-        <x:v>24503.567</x:v>
+        <x:v>25611.737</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="1">
-        <x:v>45924.3777662037</x:v>
+        <x:v>45971.2992708333</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C34" s="0">
-        <x:v>1.92</x:v>
+        <x:v>1.17</x:v>
       </x:c>
       <x:c r="D34" s="0">
-        <x:v>26669.047</x:v>
+        <x:v>27186.608</x:v>
       </x:c>
       <x:c r="E34" s="0">
-        <x:v>24580.168</x:v>
+        <x:v>25059.808</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="1">
-        <x:v>45923.9252314815</x:v>
+        <x:v>45968.925474537</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C35" s="0">
-        <x:v>1.98</x:v>
+        <x:v>1.34</x:v>
       </x:c>
       <x:c r="D35" s="0">
-        <x:v>26669.482</x:v>
+        <x:v>27189.378</x:v>
       </x:c>
       <x:c r="E35" s="0">
-        <x:v>24580.168</x:v>
+        <x:v>25059.808</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="1">
-        <x:v>45922.9266898148</x:v>
+        <x:v>45968.3147453704</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C36" s="0">
-        <x:v>1.84</x:v>
+        <x:v>1.26</x:v>
       </x:c>
       <x:c r="D36" s="0">
-        <x:v>26862.689</x:v>
+        <x:v>27265.582</x:v>
       </x:c>
       <x:c r="E36" s="0">
-        <x:v>24761.074</x:v>
+        <x:v>25130.042</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="1">
-        <x:v>45922.3338773148</x:v>
+        <x:v>45967.9277662037</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C37" s="0">
-        <x:v>1.97</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="D37" s="0">
-        <x:v>26716.401</x:v>
+        <x:v>27266.096</x:v>
       </x:c>
       <x:c r="E37" s="0">
-        <x:v>24626.247</x:v>
+        <x:v>25130.042</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="1">
-        <x:v>45919.9342939815</x:v>
+        <x:v>45966.9253587963</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C38" s="0">
-        <x:v>1.95</x:v>
+        <x:v>1.09</x:v>
       </x:c>
       <x:c r="D38" s="0">
-        <x:v>26719.478</x:v>
+        <x:v>27797.734</x:v>
       </x:c>
       <x:c r="E38" s="0">
-        <x:v>24626.247</x:v>
+        <x:v>25620.031</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="1">
-        <x:v>45918.9266087963</x:v>
+        <x:v>45965.9237731481</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C39" s="0">
-        <x:v>2.09</x:v>
+        <x:v>1.17</x:v>
       </x:c>
       <x:c r="D39" s="0">
-        <x:v>26533.56</x:v>
+        <x:v>27597.439</x:v>
       </x:c>
       <x:c r="E39" s="0">
-        <x:v>24454.894</x:v>
+        <x:v>25435.704</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="1">
-        <x:v>45917.9271296296</x:v>
+        <x:v>45965.3316666667</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C40" s="0">
-        <x:v>2.31</x:v>
+        <x:v>1.09</x:v>
       </x:c>
       <x:c r="D40" s="0">
-        <x:v>26282.362</x:v>
+        <x:v>28180.343</x:v>
       </x:c>
       <x:c r="E40" s="0">
-        <x:v>24223.687</x:v>
+        <x:v>25972.943</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="1">
-        <x:v>45917.3258680556</x:v>
+        <x:v>45964.9228819444</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C41" s="0">
-        <x:v>2.28</x:v>
+        <x:v>0.97</x:v>
       </x:c>
       <x:c r="D41" s="0">
-        <x:v>26337.222</x:v>
+        <x:v>28180.643</x:v>
       </x:c>
       <x:c r="E41" s="0">
-        <x:v>24274.249</x:v>
+        <x:v>25972.943</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="1">
-        <x:v>45916.9259490741</x:v>
+        <x:v>45961.8818865741</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C42" s="0">
-        <x:v>2.26</x:v>
+        <x:v>1.02</x:v>
       </x:c>
       <x:c r="D42" s="0">
-        <x:v>26337.56</x:v>
+        <x:v>28053.595</x:v>
       </x:c>
       <x:c r="E42" s="0">
-        <x:v>24274.249</x:v>
+        <x:v>25858.126</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="1">
-        <x:v>45915.9270601852</x:v>
+        <x:v>45961.3396180556</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C43" s="0">
-        <x:v>2.24</x:v>
+        <x:v>0.95</x:v>
       </x:c>
       <x:c r="D43" s="0">
-        <x:v>26356.936</x:v>
+        <x:v>27919.8</x:v>
       </x:c>
       <x:c r="E43" s="0">
-        <x:v>24293.781</x:v>
+        <x:v>25734.813</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="1">
-        <x:v>45915.3170833333</x:v>
+        <x:v>45960.8841087963</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C44" s="0">
-        <x:v>2.43</x:v>
+        <x:v>1.07</x:v>
       </x:c>
       <x:c r="D44" s="0">
-        <x:v>26138.213</x:v>
+        <x:v>27922.272</x:v>
       </x:c>
       <x:c r="E44" s="0">
-        <x:v>24092.193</x:v>
+        <x:v>25734.813</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="1">
-        <x:v>45912.9234259259</x:v>
+        <x:v>45959.8898263889</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C45" s="0">
-        <x:v>2.44</x:v>
+        <x:v>0.93</x:v>
       </x:c>
       <x:c r="D45" s="0">
-        <x:v>26139.203</x:v>
+        <x:v>28339.825</x:v>
       </x:c>
       <x:c r="E45" s="0">
-        <x:v>24092.193</x:v>
+        <x:v>26119.846</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="1">
-        <x:v>45912.3096527778</x:v>
+        <x:v>45959.3231944444</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C46" s="0">
-        <x:v>2.54</x:v>
+        <x:v>0.92</x:v>
       </x:c>
       <x:c r="D46" s="0">
-        <x:v>26031.104</x:v>
+        <x:v>28222.98</x:v>
       </x:c>
       <x:c r="E46" s="0">
-        <x:v>23992.562</x:v>
+        <x:v>26012.155</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="1">
-        <x:v>45911.9251736111</x:v>
+        <x:v>45958.8875115741</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C47" s="0">
-        <x:v>2.55</x:v>
+        <x:v>0.97</x:v>
       </x:c>
       <x:c r="D47" s="0">
-        <x:v>26031.799</x:v>
+        <x:v>28222.854</x:v>
       </x:c>
       <x:c r="E47" s="0">
-        <x:v>23992.562</x:v>
+        <x:v>26012.155</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5">
       <x:c r="A48" s="1">
-        <x:v>45911.3308101852</x:v>
+        <x:v>45958.3305787037</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C48" s="0">
-        <x:v>2.7</x:v>
+        <x:v>1.05</x:v>
       </x:c>
       <x:c r="D48" s="0">
-        <x:v>25876.327</x:v>
+        <x:v>28016.037</x:v>
       </x:c>
       <x:c r="E48" s="0">
-        <x:v>23849.27</x:v>
+        <x:v>25821.54</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
       <x:c r="A49" s="1">
-        <x:v>45910.9240509259</x:v>
+        <x:v>45957.8875925926</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C49" s="0">
-        <x:v>2.71</x:v>
+        <x:v>1.05</x:v>
       </x:c>
       <x:c r="D49" s="0">
-        <x:v>25876.458</x:v>
+        <x:v>28016.377</x:v>
       </x:c>
       <x:c r="E49" s="0">
-        <x:v>23849.27</x:v>
+        <x:v>25821.546</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5">
       <x:c r="A50" s="1">
-        <x:v>45909.9244907407</x:v>
+        <x:v>45954.9259259259</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C50" s="0">
-        <x:v>2.72</x:v>
+        <x:v>1.28</x:v>
       </x:c>
       <x:c r="D50" s="0">
-        <x:v>25866.003</x:v>
+        <x:v>27513.585</x:v>
       </x:c>
       <x:c r="E50" s="0">
-        <x:v>23839.796</x:v>
+        <x:v>25358.162</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5">
       <x:c r="A51" s="1">
-        <x:v>45909.335462963</x:v>
+        <x:v>45954.3348148148</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C51" s="0">
-        <x:v>2.77</x:v>
+        <x:v>1.37</x:v>
       </x:c>
       <x:c r="D51" s="0">
-        <x:v>25781.92</x:v>
+        <x:v>27230.674</x:v>
       </x:c>
       <x:c r="E51" s="0">
-        <x:v>23762.3</x:v>
+        <x:v>25097.415</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5">
       <x:c r="A52" s="1">
-        <x:v>45908.9240393518</x:v>
+        <x:v>45953.9278587963</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C52" s="0">
-        <x:v>2.81</x:v>
+        <x:v>1.42</x:v>
       </x:c>
       <x:c r="D52" s="0">
-        <x:v>25780.823</x:v>
+        <x:v>27230.695</x:v>
       </x:c>
       <x:c r="E52" s="0">
-        <x:v>23762.3</x:v>
+        <x:v>25097.415</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5">
       <x:c r="A53" s="1">
-        <x:v>45908.3013541667</x:v>
+        <x:v>45952.9303587963</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C53" s="0">
-        <x:v>2.89</x:v>
+        <x:v>1.56</x:v>
       </x:c>
       <x:c r="D53" s="0">
-        <x:v>25661.628</x:v>
+        <x:v>26993.72</x:v>
       </x:c>
       <x:c r="E53" s="0">
-        <x:v>23652.443</x:v>
+        <x:v>24879.005</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5">
       <x:c r="A54" s="1">
-        <x:v>45905.9285648148</x:v>
+        <x:v>45951.9269212963</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C54" s="0">
-        <x:v>2.94</x:v>
+        <x:v>1.42</x:v>
       </x:c>
       <x:c r="D54" s="0">
-        <x:v>25659.91</x:v>
+        <x:v>27262.937</x:v>
       </x:c>
       <x:c r="E54" s="0">
-        <x:v>23652.443</x:v>
+        <x:v>25127.131</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5">
       <x:c r="A55" s="1">
-        <x:v>45905.3095023148</x:v>
+        <x:v>45950.9289699074</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C55" s="0">
-        <x:v>2.87</x:v>
+        <x:v>1.41</x:v>
       </x:c>
       <x:c r="D55" s="0">
-        <x:v>25638.829</x:v>
+        <x:v>27278.004</x:v>
       </x:c>
       <x:c r="E55" s="0">
-        <x:v>23633.013</x:v>
+        <x:v>25141.018</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5">
       <x:c r="A56" s="1">
-        <x:v>45904.9245601852</x:v>
+        <x:v>45947.9300694444</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C56" s="0">
-        <x:v>2.97</x:v>
+        <x:v>1.62</x:v>
       </x:c>
       <x:c r="D56" s="0">
-        <x:v>25639.595</x:v>
+        <x:v>26927.479</x:v>
       </x:c>
       <x:c r="E56" s="0">
-        <x:v>23633.013</x:v>
+        <x:v>24817.953</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:5">
       <x:c r="A57" s="1">
-        <x:v>45904.3202199074</x:v>
+        <x:v>45946.9261805556</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C57" s="0">
-        <x:v>3.25</x:v>
+        <x:v>1.73</x:v>
       </x:c>
       <x:c r="D57" s="0">
-        <x:v>25402.876</x:v>
+        <x:v>26753.106</x:v>
       </x:c>
       <x:c r="E57" s="0">
-        <x:v>23414.839</x:v>
+        <x:v>24657.241</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:5">
       <x:c r="A58" s="1">
-        <x:v>45903.9235648148</x:v>
+        <x:v>45945.9256712963</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C58" s="0">
-        <x:v>3.27</x:v>
+        <x:v>1.67</x:v>
       </x:c>
       <x:c r="D58" s="0">
-        <x:v>25405.022</x:v>
+        <x:v>26848.713</x:v>
       </x:c>
       <x:c r="E58" s="0">
-        <x:v>23414.839</x:v>
+        <x:v>24745.358</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:5">
       <x:c r="A59" s="1">
-        <x:v>45903.3225115741</x:v>
+        <x:v>45944.9308680556</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C59" s="0">
-        <x:v>3.49</x:v>
+        <x:v>1.79</x:v>
       </x:c>
       <x:c r="D59" s="0">
-        <x:v>25205.674</x:v>
+        <x:v>26668.559</x:v>
       </x:c>
       <x:c r="E59" s="0">
-        <x:v>23231.108</x:v>
+        <x:v>24579.317</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:5">
       <x:c r="A60" s="1">
-        <x:v>45902.923912037</x:v>
+        <x:v>45943.9267592593</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C60" s="0">
-        <x:v>3.55</x:v>
+        <x:v>1.67</x:v>
       </x:c>
       <x:c r="D60" s="0">
-        <x:v>25205.103</x:v>
+        <x:v>26854.023</x:v>
       </x:c>
       <x:c r="E60" s="0">
-        <x:v>23231.108</x:v>
+        <x:v>24750.252</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:5">
       <x:c r="A61" s="1">
-        <x:v>45902.3292013889</x:v>
+        <x:v>45940.9235069444</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C61" s="0">
-        <x:v>3.33</x:v>
+        <x:v>2.14</x:v>
       </x:c>
       <x:c r="D61" s="0">
-        <x:v>25405.082</x:v>
+        <x:v>26280.525</x:v>
       </x:c>
       <x:c r="E61" s="0">
-        <x:v>23415.42</x:v>
+        <x:v>24221.745</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:5">
       <x:c r="A62" s="1">
-        <x:v>45898.9304050926</x:v>
+        <x:v>45940.3355092593</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C62" s="0">
-        <x:v>3.29</x:v>
+        <x:v>1.56</x:v>
       </x:c>
       <x:c r="D62" s="0">
-        <x:v>25403.462</x:v>
+        <x:v>27231.457</x:v>
       </x:c>
       <x:c r="E62" s="0">
-        <x:v>23415.42</x:v>
+        <x:v>25098.18</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:5">
       <x:c r="A63" s="1">
-        <x:v>45898.3268518519</x:v>
+        <x:v>45939.3272800926</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C63" s="0">
-        <x:v>2.97</x:v>
+        <x:v>1.55</x:v>
       </x:c>
       <x:c r="D63" s="0">
-        <x:v>25715.974</x:v>
+        <x:v>27272.793</x:v>
       </x:c>
       <x:c r="E63" s="0">
-        <x:v>23703.45</x:v>
+        <x:v>25136.623</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:5">
       <x:c r="A64" s="1">
-        <x:v>45897.9274768519</x:v>
+        <x:v>45938.9271180556</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C64" s="0">
-        <x:v>2.93</x:v>
+        <x:v>1.56</x:v>
       </x:c>
       <x:c r="D64" s="0">
-        <x:v>25718.243</x:v>
+        <x:v>27273.236</x:v>
       </x:c>
       <x:c r="E64" s="0">
-        <x:v>23703.45</x:v>
+        <x:v>25136.623</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:5">
       <x:c r="A65" s="1">
-        <x:v>45896.9248611111</x:v>
+        <x:v>45937.9281828704</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C65" s="0">
-        <x:v>3.11</x:v>
+        <x:v>1.77</x:v>
       </x:c>
       <x:c r="D65" s="0">
-        <x:v>25568.88</x:v>
+        <x:v>26951.646</x:v>
       </x:c>
       <x:c r="E65" s="0">
-        <x:v>23565.846</x:v>
+        <x:v>24840.227</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:5">
       <x:c r="A66" s="1">
-        <x:v>45896.3337615741</x:v>
+        <x:v>45936.924224537</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C66" s="0">
-        <x:v>3.15</x:v>
+        <x:v>1.67</x:v>
       </x:c>
       <x:c r="D66" s="0">
-        <x:v>25524.88</x:v>
+        <x:v>27101.735</x:v>
       </x:c>
       <x:c r="E66" s="0">
-        <x:v>23525.293</x:v>
+        <x:v>24978.558</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:5">
       <x:c r="A67" s="1">
-        <x:v>45895.9240046296</x:v>
+        <x:v>45933.9289236111</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C67" s="0">
-        <x:v>3.16</x:v>
+        <x:v>1.81</x:v>
       </x:c>
       <x:c r="D67" s="0">
-        <x:v>25524.943</x:v>
+        <x:v>26889.854</x:v>
       </x:c>
       <x:c r="E67" s="0">
-        <x:v>23525.293</x:v>
+        <x:v>24785.522</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:5">
       <x:c r="A68" s="1">
-        <x:v>45894.9239236111</x:v>
+        <x:v>45933.3311111111</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C68" s="0">
-        <x:v>3.3</x:v>
+        <x:v>1.68</x:v>
       </x:c>
       <x:c r="D68" s="0">
-        <x:v>25416.673</x:v>
+        <x:v>27006.212</x:v>
       </x:c>
       <x:c r="E68" s="0">
-        <x:v>23425.605</x:v>
+        <x:v>24892.764</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:5">
       <x:c r="A69" s="1">
-        <x:v>45894.3297685185</x:v>
+        <x:v>45932.9250231481</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C69" s="0">
-        <x:v>3.21</x:v>
+        <x:v>1.74</x:v>
       </x:c>
       <x:c r="D69" s="0">
-        <x:v>25495.346</x:v>
+        <x:v>27008.649</x:v>
       </x:c>
       <x:c r="E69" s="0">
-        <x:v>23498.115</x:v>
+        <x:v>24892.764</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:5">
       <x:c r="A70" s="1">
-        <x:v>45891.9252083333</x:v>
+        <x:v>45931.9294097222</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C70" s="0">
-        <x:v>3.2</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="D70" s="0">
-        <x:v>25493.439</x:v>
+        <x:v>26907.328</x:v>
       </x:c>
       <x:c r="E70" s="0">
-        <x:v>23498.115</x:v>
+        <x:v>24800.863</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:5">
       <x:c r="A71" s="1">
-        <x:v>45891.3279861111</x:v>
+        <x:v>45931.3342361111</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C71" s="0">
-        <x:v>3.82</x:v>
+        <x:v>1.99</x:v>
       </x:c>
       <x:c r="D71" s="0">
-        <x:v>25107.684</x:v>
+        <x:v>26776.178</x:v>
       </x:c>
       <x:c r="E71" s="0">
-        <x:v>23142.58</x:v>
+        <x:v>24679.988</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:5">
       <x:c r="A72" s="1">
-        <x:v>45890.9257175926</x:v>
+        <x:v>45930.9339814815</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C72" s="0">
-        <x:v>3.78</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="D72" s="0">
-        <x:v>25105.655</x:v>
+        <x:v>26776.931</x:v>
       </x:c>
       <x:c r="E72" s="0">
-        <x:v>23142.58</x:v>
+        <x:v>24679.988</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:5">
       <x:c r="A73" s="1">
-        <x:v>45890.3406944444</x:v>
+        <x:v>45930.3326967593</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C73" s="0">
-        <x:v>3.59</x:v>
+        <x:v>1.95</x:v>
       </x:c>
       <x:c r="D73" s="0">
-        <x:v>25221.74</x:v>
+        <x:v>26702.461</x:v>
       </x:c>
       <x:c r="E73" s="0">
-        <x:v>23249.57</x:v>
+        <x:v>24611.352</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:5">
       <x:c r="A74" s="1">
-        <x:v>45889.9243402778</x:v>
+        <x:v>45929.9324074074</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C74" s="0">
-        <x:v>3.62</x:v>
+        <x:v>1.95</x:v>
       </x:c>
       <x:c r="D74" s="0">
-        <x:v>25225.784</x:v>
+        <x:v>26703.317</x:v>
       </x:c>
       <x:c r="E74" s="0">
-        <x:v>23249.57</x:v>
+        <x:v>24611.352</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:5">
       <x:c r="A75" s="1">
-        <x:v>45888.9238078704</x:v>
+        <x:v>45926.9299074074</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C75" s="0">
-        <x:v>3.42</x:v>
+        <x:v>2.04</x:v>
       </x:c>
       <x:c r="D75" s="0">
-        <x:v>25372.122</x:v>
+        <x:v>26586.262</x:v>
       </x:c>
       <x:c r="E75" s="0">
-        <x:v>23384.77</x:v>
+        <x:v>24503.848</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:5">
       <x:c r="A76" s="1">
-        <x:v>45888.3192939815</x:v>
+        <x:v>45926.3217939815</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C76" s="0">
-        <x:v>3.08</x:v>
+        <x:v>2.15</x:v>
       </x:c>
       <x:c r="D76" s="0">
-        <x:v>25729.075</x:v>
+        <x:v>26470.669</x:v>
       </x:c>
       <x:c r="E76" s="0">
-        <x:v>23713.759</x:v>
+        <x:v>24397.311</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:5">
       <x:c r="A77" s="1">
+        <x:v>45925.9293865741</x:v>
+      </x:c>
+      <x:c r="B77" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C77" s="0">
+        <x:v>2.13</x:v>
+      </x:c>
+      <x:c r="D77" s="0">
+        <x:v>26471.082</x:v>
+      </x:c>
+      <x:c r="E77" s="0">
+        <x:v>24397.311</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="78" spans="1:5">
+      <x:c r="A78" s="1">
+        <x:v>45924.9296412037</x:v>
+      </x:c>
+      <x:c r="B78" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C78" s="0">
+        <x:v>2.04</x:v>
+      </x:c>
+      <x:c r="D78" s="0">
+        <x:v>26585.935</x:v>
+      </x:c>
+      <x:c r="E78" s="0">
+        <x:v>24503.567</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="79" spans="1:5">
+      <x:c r="A79" s="1">
+        <x:v>45924.3777662037</x:v>
+      </x:c>
+      <x:c r="B79" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C79" s="0">
+        <x:v>1.92</x:v>
+      </x:c>
+      <x:c r="D79" s="0">
+        <x:v>26669.047</x:v>
+      </x:c>
+      <x:c r="E79" s="0">
+        <x:v>24580.168</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="80" spans="1:5">
+      <x:c r="A80" s="1">
+        <x:v>45923.9252314815</x:v>
+      </x:c>
+      <x:c r="B80" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C80" s="0">
+        <x:v>1.98</x:v>
+      </x:c>
+      <x:c r="D80" s="0">
+        <x:v>26669.482</x:v>
+      </x:c>
+      <x:c r="E80" s="0">
+        <x:v>24580.168</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="81" spans="1:5">
+      <x:c r="A81" s="1">
+        <x:v>45922.9266898148</x:v>
+      </x:c>
+      <x:c r="B81" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C81" s="0">
+        <x:v>1.84</x:v>
+      </x:c>
+      <x:c r="D81" s="0">
+        <x:v>26862.689</x:v>
+      </x:c>
+      <x:c r="E81" s="0">
+        <x:v>24761.074</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="82" spans="1:5">
+      <x:c r="A82" s="1">
+        <x:v>45922.3338773148</x:v>
+      </x:c>
+      <x:c r="B82" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C82" s="0">
+        <x:v>1.97</x:v>
+      </x:c>
+      <x:c r="D82" s="0">
+        <x:v>26716.401</x:v>
+      </x:c>
+      <x:c r="E82" s="0">
+        <x:v>24626.247</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="83" spans="1:5">
+      <x:c r="A83" s="1">
+        <x:v>45919.9342939815</x:v>
+      </x:c>
+      <x:c r="B83" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C83" s="0">
+        <x:v>1.95</x:v>
+      </x:c>
+      <x:c r="D83" s="0">
+        <x:v>26719.478</x:v>
+      </x:c>
+      <x:c r="E83" s="0">
+        <x:v>24626.247</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="84" spans="1:5">
+      <x:c r="A84" s="1">
+        <x:v>45918.9266087963</x:v>
+      </x:c>
+      <x:c r="B84" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C84" s="0">
+        <x:v>2.09</x:v>
+      </x:c>
+      <x:c r="D84" s="0">
+        <x:v>26533.56</x:v>
+      </x:c>
+      <x:c r="E84" s="0">
+        <x:v>24454.894</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="85" spans="1:5">
+      <x:c r="A85" s="1">
+        <x:v>45917.9271296296</x:v>
+      </x:c>
+      <x:c r="B85" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C85" s="0">
+        <x:v>2.31</x:v>
+      </x:c>
+      <x:c r="D85" s="0">
+        <x:v>26282.362</x:v>
+      </x:c>
+      <x:c r="E85" s="0">
+        <x:v>24223.687</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="86" spans="1:5">
+      <x:c r="A86" s="1">
+        <x:v>45917.3258680556</x:v>
+      </x:c>
+      <x:c r="B86" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C86" s="0">
+        <x:v>2.28</x:v>
+      </x:c>
+      <x:c r="D86" s="0">
+        <x:v>26337.222</x:v>
+      </x:c>
+      <x:c r="E86" s="0">
+        <x:v>24274.249</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="87" spans="1:5">
+      <x:c r="A87" s="1">
+        <x:v>45916.9259490741</x:v>
+      </x:c>
+      <x:c r="B87" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C87" s="0">
+        <x:v>2.26</x:v>
+      </x:c>
+      <x:c r="D87" s="0">
+        <x:v>26337.56</x:v>
+      </x:c>
+      <x:c r="E87" s="0">
+        <x:v>24274.249</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="88" spans="1:5">
+      <x:c r="A88" s="1">
+        <x:v>45915.9270601852</x:v>
+      </x:c>
+      <x:c r="B88" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C88" s="0">
+        <x:v>2.24</x:v>
+      </x:c>
+      <x:c r="D88" s="0">
+        <x:v>26356.936</x:v>
+      </x:c>
+      <x:c r="E88" s="0">
+        <x:v>24293.781</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="89" spans="1:5">
+      <x:c r="A89" s="1">
+        <x:v>45915.3170833333</x:v>
+      </x:c>
+      <x:c r="B89" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C89" s="0">
+        <x:v>2.43</x:v>
+      </x:c>
+      <x:c r="D89" s="0">
+        <x:v>26138.213</x:v>
+      </x:c>
+      <x:c r="E89" s="0">
+        <x:v>24092.193</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="90" spans="1:5">
+      <x:c r="A90" s="1">
+        <x:v>45912.9234259259</x:v>
+      </x:c>
+      <x:c r="B90" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C90" s="0">
+        <x:v>2.44</x:v>
+      </x:c>
+      <x:c r="D90" s="0">
+        <x:v>26139.203</x:v>
+      </x:c>
+      <x:c r="E90" s="0">
+        <x:v>24092.193</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="91" spans="1:5">
+      <x:c r="A91" s="1">
+        <x:v>45912.3096527778</x:v>
+      </x:c>
+      <x:c r="B91" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C91" s="0">
+        <x:v>2.54</x:v>
+      </x:c>
+      <x:c r="D91" s="0">
+        <x:v>26031.104</x:v>
+      </x:c>
+      <x:c r="E91" s="0">
+        <x:v>23992.562</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="92" spans="1:5">
+      <x:c r="A92" s="1">
+        <x:v>45911.9251736111</x:v>
+      </x:c>
+      <x:c r="B92" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C92" s="0">
+        <x:v>2.55</x:v>
+      </x:c>
+      <x:c r="D92" s="0">
+        <x:v>26031.799</x:v>
+      </x:c>
+      <x:c r="E92" s="0">
+        <x:v>23992.562</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="93" spans="1:5">
+      <x:c r="A93" s="1">
+        <x:v>45911.3308101852</x:v>
+      </x:c>
+      <x:c r="B93" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C93" s="0">
+        <x:v>2.7</x:v>
+      </x:c>
+      <x:c r="D93" s="0">
+        <x:v>25876.327</x:v>
+      </x:c>
+      <x:c r="E93" s="0">
+        <x:v>23849.27</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="94" spans="1:5">
+      <x:c r="A94" s="1">
+        <x:v>45910.9240509259</x:v>
+      </x:c>
+      <x:c r="B94" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C94" s="0">
+        <x:v>2.71</x:v>
+      </x:c>
+      <x:c r="D94" s="0">
+        <x:v>25876.458</x:v>
+      </x:c>
+      <x:c r="E94" s="0">
+        <x:v>23849.27</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="95" spans="1:5">
+      <x:c r="A95" s="1">
+        <x:v>45909.9244907407</x:v>
+      </x:c>
+      <x:c r="B95" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C95" s="0">
+        <x:v>2.72</x:v>
+      </x:c>
+      <x:c r="D95" s="0">
+        <x:v>25866.003</x:v>
+      </x:c>
+      <x:c r="E95" s="0">
+        <x:v>23839.796</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="96" spans="1:5">
+      <x:c r="A96" s="1">
+        <x:v>45909.335462963</x:v>
+      </x:c>
+      <x:c r="B96" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C96" s="0">
+        <x:v>2.77</x:v>
+      </x:c>
+      <x:c r="D96" s="0">
+        <x:v>25781.92</x:v>
+      </x:c>
+      <x:c r="E96" s="0">
+        <x:v>23762.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="97" spans="1:5">
+      <x:c r="A97" s="1">
+        <x:v>45908.9240393518</x:v>
+      </x:c>
+      <x:c r="B97" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C97" s="0">
+        <x:v>2.81</x:v>
+      </x:c>
+      <x:c r="D97" s="0">
+        <x:v>25780.823</x:v>
+      </x:c>
+      <x:c r="E97" s="0">
+        <x:v>23762.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="98" spans="1:5">
+      <x:c r="A98" s="1">
+        <x:v>45908.3013541667</x:v>
+      </x:c>
+      <x:c r="B98" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C98" s="0">
+        <x:v>2.89</x:v>
+      </x:c>
+      <x:c r="D98" s="0">
+        <x:v>25661.628</x:v>
+      </x:c>
+      <x:c r="E98" s="0">
+        <x:v>23652.443</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="99" spans="1:5">
+      <x:c r="A99" s="1">
+        <x:v>45905.9285648148</x:v>
+      </x:c>
+      <x:c r="B99" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C99" s="0">
+        <x:v>2.94</x:v>
+      </x:c>
+      <x:c r="D99" s="0">
+        <x:v>25659.91</x:v>
+      </x:c>
+      <x:c r="E99" s="0">
+        <x:v>23652.443</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="100" spans="1:5">
+      <x:c r="A100" s="1">
+        <x:v>45905.3095023148</x:v>
+      </x:c>
+      <x:c r="B100" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C100" s="0">
+        <x:v>2.87</x:v>
+      </x:c>
+      <x:c r="D100" s="0">
+        <x:v>25638.829</x:v>
+      </x:c>
+      <x:c r="E100" s="0">
+        <x:v>23633.013</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="101" spans="1:5">
+      <x:c r="A101" s="1">
+        <x:v>45904.9245601852</x:v>
+      </x:c>
+      <x:c r="B101" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C101" s="0">
+        <x:v>2.97</x:v>
+      </x:c>
+      <x:c r="D101" s="0">
+        <x:v>25639.595</x:v>
+      </x:c>
+      <x:c r="E101" s="0">
+        <x:v>23633.013</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="102" spans="1:5">
+      <x:c r="A102" s="1">
+        <x:v>45904.3202199074</x:v>
+      </x:c>
+      <x:c r="B102" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C102" s="0">
+        <x:v>3.25</x:v>
+      </x:c>
+      <x:c r="D102" s="0">
+        <x:v>25402.876</x:v>
+      </x:c>
+      <x:c r="E102" s="0">
+        <x:v>23414.839</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="103" spans="1:5">
+      <x:c r="A103" s="1">
+        <x:v>45903.9235648148</x:v>
+      </x:c>
+      <x:c r="B103" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C103" s="0">
+        <x:v>3.27</x:v>
+      </x:c>
+      <x:c r="D103" s="0">
+        <x:v>25405.022</x:v>
+      </x:c>
+      <x:c r="E103" s="0">
+        <x:v>23414.839</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="104" spans="1:5">
+      <x:c r="A104" s="1">
+        <x:v>45903.3225115741</x:v>
+      </x:c>
+      <x:c r="B104" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C104" s="0">
+        <x:v>3.49</x:v>
+      </x:c>
+      <x:c r="D104" s="0">
+        <x:v>25205.674</x:v>
+      </x:c>
+      <x:c r="E104" s="0">
+        <x:v>23231.108</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="105" spans="1:5">
+      <x:c r="A105" s="1">
+        <x:v>45902.923912037</x:v>
+      </x:c>
+      <x:c r="B105" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C105" s="0">
+        <x:v>3.55</x:v>
+      </x:c>
+      <x:c r="D105" s="0">
+        <x:v>25205.103</x:v>
+      </x:c>
+      <x:c r="E105" s="0">
+        <x:v>23231.108</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="106" spans="1:5">
+      <x:c r="A106" s="1">
+        <x:v>45902.3292013889</x:v>
+      </x:c>
+      <x:c r="B106" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C106" s="0">
+        <x:v>3.33</x:v>
+      </x:c>
+      <x:c r="D106" s="0">
+        <x:v>25405.082</x:v>
+      </x:c>
+      <x:c r="E106" s="0">
+        <x:v>23415.42</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="107" spans="1:5">
+      <x:c r="A107" s="1">
+        <x:v>45898.9304050926</x:v>
+      </x:c>
+      <x:c r="B107" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C107" s="0">
+        <x:v>3.29</x:v>
+      </x:c>
+      <x:c r="D107" s="0">
+        <x:v>25403.462</x:v>
+      </x:c>
+      <x:c r="E107" s="0">
+        <x:v>23415.42</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="108" spans="1:5">
+      <x:c r="A108" s="1">
+        <x:v>45898.3268518519</x:v>
+      </x:c>
+      <x:c r="B108" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C108" s="0">
+        <x:v>2.97</x:v>
+      </x:c>
+      <x:c r="D108" s="0">
+        <x:v>25715.974</x:v>
+      </x:c>
+      <x:c r="E108" s="0">
+        <x:v>23703.45</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="109" spans="1:5">
+      <x:c r="A109" s="1">
+        <x:v>45897.9274768519</x:v>
+      </x:c>
+      <x:c r="B109" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C109" s="0">
+        <x:v>2.93</x:v>
+      </x:c>
+      <x:c r="D109" s="0">
+        <x:v>25718.243</x:v>
+      </x:c>
+      <x:c r="E109" s="0">
+        <x:v>23703.45</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="110" spans="1:5">
+      <x:c r="A110" s="1">
+        <x:v>45896.9248611111</x:v>
+      </x:c>
+      <x:c r="B110" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C110" s="0">
+        <x:v>3.11</x:v>
+      </x:c>
+      <x:c r="D110" s="0">
+        <x:v>25568.88</x:v>
+      </x:c>
+      <x:c r="E110" s="0">
+        <x:v>23565.846</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="111" spans="1:5">
+      <x:c r="A111" s="1">
+        <x:v>45896.3337615741</x:v>
+      </x:c>
+      <x:c r="B111" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C111" s="0">
+        <x:v>3.15</x:v>
+      </x:c>
+      <x:c r="D111" s="0">
+        <x:v>25524.88</x:v>
+      </x:c>
+      <x:c r="E111" s="0">
+        <x:v>23525.293</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="112" spans="1:5">
+      <x:c r="A112" s="1">
+        <x:v>45895.9240046296</x:v>
+      </x:c>
+      <x:c r="B112" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C112" s="0">
+        <x:v>3.16</x:v>
+      </x:c>
+      <x:c r="D112" s="0">
+        <x:v>25524.943</x:v>
+      </x:c>
+      <x:c r="E112" s="0">
+        <x:v>23525.293</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="113" spans="1:5">
+      <x:c r="A113" s="1">
+        <x:v>45894.9239236111</x:v>
+      </x:c>
+      <x:c r="B113" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C113" s="0">
+        <x:v>3.3</x:v>
+      </x:c>
+      <x:c r="D113" s="0">
+        <x:v>25416.673</x:v>
+      </x:c>
+      <x:c r="E113" s="0">
+        <x:v>23425.605</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="114" spans="1:5">
+      <x:c r="A114" s="1">
+        <x:v>45894.3297685185</x:v>
+      </x:c>
+      <x:c r="B114" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C114" s="0">
+        <x:v>3.21</x:v>
+      </x:c>
+      <x:c r="D114" s="0">
+        <x:v>25495.346</x:v>
+      </x:c>
+      <x:c r="E114" s="0">
+        <x:v>23498.115</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="115" spans="1:5">
+      <x:c r="A115" s="1">
+        <x:v>45891.9252083333</x:v>
+      </x:c>
+      <x:c r="B115" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C115" s="0">
+        <x:v>3.2</x:v>
+      </x:c>
+      <x:c r="D115" s="0">
+        <x:v>25493.439</x:v>
+      </x:c>
+      <x:c r="E115" s="0">
+        <x:v>23498.115</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="116" spans="1:5">
+      <x:c r="A116" s="1">
+        <x:v>45891.3279861111</x:v>
+      </x:c>
+      <x:c r="B116" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C116" s="0">
+        <x:v>3.82</x:v>
+      </x:c>
+      <x:c r="D116" s="0">
+        <x:v>25107.684</x:v>
+      </x:c>
+      <x:c r="E116" s="0">
+        <x:v>23142.58</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="117" spans="1:5">
+      <x:c r="A117" s="1">
+        <x:v>45890.9257175926</x:v>
+      </x:c>
+      <x:c r="B117" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C117" s="0">
+        <x:v>3.78</x:v>
+      </x:c>
+      <x:c r="D117" s="0">
+        <x:v>25105.655</x:v>
+      </x:c>
+      <x:c r="E117" s="0">
+        <x:v>23142.58</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="118" spans="1:5">
+      <x:c r="A118" s="1">
+        <x:v>45890.3406944444</x:v>
+      </x:c>
+      <x:c r="B118" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C118" s="0">
+        <x:v>3.59</x:v>
+      </x:c>
+      <x:c r="D118" s="0">
+        <x:v>25221.74</x:v>
+      </x:c>
+      <x:c r="E118" s="0">
+        <x:v>23249.57</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="119" spans="1:5">
+      <x:c r="A119" s="1">
+        <x:v>45889.9243402778</x:v>
+      </x:c>
+      <x:c r="B119" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C119" s="0">
+        <x:v>3.62</x:v>
+      </x:c>
+      <x:c r="D119" s="0">
+        <x:v>25225.784</x:v>
+      </x:c>
+      <x:c r="E119" s="0">
+        <x:v>23249.57</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="120" spans="1:5">
+      <x:c r="A120" s="1">
+        <x:v>45888.9238078704</x:v>
+      </x:c>
+      <x:c r="B120" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C120" s="0">
+        <x:v>3.42</x:v>
+      </x:c>
+      <x:c r="D120" s="0">
+        <x:v>25372.122</x:v>
+      </x:c>
+      <x:c r="E120" s="0">
+        <x:v>23384.77</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="121" spans="1:5">
+      <x:c r="A121" s="1">
+        <x:v>45888.3192939815</x:v>
+      </x:c>
+      <x:c r="B121" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C121" s="0">
+        <x:v>3.08</x:v>
+      </x:c>
+      <x:c r="D121" s="0">
+        <x:v>25729.075</x:v>
+      </x:c>
+      <x:c r="E121" s="0">
+        <x:v>23713.759</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="122" spans="1:5">
+      <x:c r="A122" s="1">
         <x:v>45887.924525463</x:v>
       </x:c>
-      <x:c r="B77" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C77" s="0">
+      <x:c r="B122" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C122" s="0">
         <x:v>3</x:v>
       </x:c>
-      <x:c r="D77" s="0">
+      <x:c r="D122" s="0">
         <x:v>25729.428</x:v>
       </x:c>
-      <x:c r="E77" s="0">
+      <x:c r="E122" s="0">
         <x:v>23713.759</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>