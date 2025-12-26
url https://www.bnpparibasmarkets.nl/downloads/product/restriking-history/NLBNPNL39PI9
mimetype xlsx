--- v2 (2025-12-05)
+++ v3 (2025-12-26)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc31dcabbde094231" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b7a6cb75d38d4c95b959208ebb6db348.psmdcp" Id="Ref31ae4ecfc74fed" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6201e85dabae4393" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/84bd76cce1be4cc3b6082d324997a305.psmdcp" Id="R002a27d8f56d449a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>NLBNPNL39PI9</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -390,2120 +390,2494 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E122"/>
+  <x:dimension ref="A1:E144"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>45995.9303703704</x:v>
+        <x:v>46015.925462963</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
-        <x:v>0.94</x:v>
+        <x:v>0.85</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>27754.742</x:v>
+        <x:v>27836.703</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>25581.7</x:v>
+        <x:v>25656.15</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>45995.3278819444</x:v>
+        <x:v>46015.7976967593</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
-        <x:v>0.92</x:v>
+        <x:v>0.85</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>27781.694</x:v>
+        <x:v>27836.698</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>25606.54</x:v>
+        <x:v>25656.146</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>45994.9277662037</x:v>
+        <x:v>46015.3842824074</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
-        <x:v>0.93</x:v>
+        <x:v>0.88</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>27781.588</x:v>
+        <x:v>27762.576</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>25606.54</x:v>
+        <x:v>25587.83</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>45994.3371990741</x:v>
+        <x:v>46014.9278356481</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
-        <x:v>0.93</x:v>
+        <x:v>0.88</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>27726.6</x:v>
+        <x:v>27762.796</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>25555.86</x:v>
+        <x:v>25587.83</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>45993.9304050926</x:v>
+        <x:v>46013.9284722222</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
-        <x:v>0.95</x:v>
+        <x:v>0.92</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>27728.108</x:v>
+        <x:v>27623.223</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>25555.86</x:v>
+        <x:v>25461.7</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>45992.9296875</x:v>
+        <x:v>46013.2967013889</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
-        <x:v>1.03</x:v>
+        <x:v>0.93</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>27496.991</x:v>
+        <x:v>27497.884</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>25342.849</x:v>
+        <x:v>25346.18</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>45989.8196990741</x:v>
+        <x:v>46010.9276388889</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
-        <x:v>0.99</x:v>
+        <x:v>0.97</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>27595.907</x:v>
+        <x:v>27500.605</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>25434.889</x:v>
+        <x:v>25346.18</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>45989.3082523148</x:v>
+        <x:v>46009.9307523148</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
-        <x:v>1.05</x:v>
+        <x:v>1.11</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>27381.131</x:v>
+        <x:v>27146.016</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>25236.939</x:v>
+        <x:v>25019.37</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>45987.9266087963</x:v>
+        <x:v>46008.9276736111</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
-        <x:v>1.08</x:v>
+        <x:v>1.31</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>27380.559</x:v>
+        <x:v>26742.657</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>25236.939</x:v>
+        <x:v>24647.61</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>45987.319537037</x:v>
+        <x:v>46007.9278472222</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C12" s="0">
-        <x:v>1.13</x:v>
+        <x:v>1.09</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>27143.401</x:v>
+        <x:v>27269.24</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>25018.36</x:v>
+        <x:v>25132.94</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>45986.9251157407</x:v>
+        <x:v>46006.9271412037</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0">
-        <x:v>1.18</x:v>
+        <x:v>1.12</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>27144.811</x:v>
+        <x:v>27195.994</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>25018.36</x:v>
+        <x:v>25067.27</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>45986.3107407407</x:v>
+        <x:v>46006.3081134259</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C14" s="0">
-        <x:v>1.26</x:v>
+        <x:v>1.04</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>26988.018</x:v>
+        <x:v>27336.458</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>24873.85</x:v>
+        <x:v>25196.73</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>45985.3068518518</x:v>
+        <x:v>46003.927037037</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
-        <x:v>1.56</x:v>
+        <x:v>1.07</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>26299.612</x:v>
+        <x:v>27337.54</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>24239.573</x:v>
+        <x:v>25196.73</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>45982.9249074074</x:v>
+        <x:v>46003.3313773148</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C16" s="0">
-        <x:v>1.69</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>26298.24</x:v>
+        <x:v>27869.147</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>24239.573</x:v>
+        <x:v>25686.69</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>45982.3124884259</x:v>
+        <x:v>46002.9321180556</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C17" s="0">
-        <x:v>1.81</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>26097.306</x:v>
+        <x:v>27870.059</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>24054.38</x:v>
+        <x:v>25686.69</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>45981.9259722222</x:v>
+        <x:v>46001.9271180556</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="0">
-        <x:v>1.84</x:v>
+        <x:v>0.87</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>26094.514</x:v>
+        <x:v>27967.099</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>24054.38</x:v>
+        <x:v>25776.44</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>45981.3119675926</x:v>
+        <x:v>46001.3340740741</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C19" s="0">
-        <x:v>1.21</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>26730.471</x:v>
+        <x:v>27850.19</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>24640.515</x:v>
+        <x:v>25668.69</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
-        <x:v>45980.9264583333</x:v>
+        <x:v>46000.9276273148</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C20" s="0">
-        <x:v>1.49</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>26734.782</x:v>
+        <x:v>27850.353</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>24640.515</x:v>
+        <x:v>25668.69</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="1">
-        <x:v>45980.3054166667</x:v>
+        <x:v>46000.3338425926</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C21" s="0">
-        <x:v>1.61</x:v>
+        <x:v>0.91</x:v>
       </x:c>
       <x:c r="D21" s="0">
-        <x:v>26585.682</x:v>
+        <x:v>27806.15</x:v>
       </x:c>
       <x:c r="E21" s="0">
-        <x:v>24503.096</x:v>
+        <x:v>25627.95</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="1">
-        <x:v>45979.9258680556</x:v>
+        <x:v>45999.3304282407</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C22" s="0">
-        <x:v>1.57</x:v>
+        <x:v>0.87</x:v>
       </x:c>
       <x:c r="D22" s="0">
-        <x:v>26585.304</x:v>
+        <x:v>27873.958</x:v>
       </x:c>
       <x:c r="E22" s="0">
-        <x:v>24503.096</x:v>
+        <x:v>25692.05</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="1">
-        <x:v>45979.3133912037</x:v>
+        <x:v>45996.9307986111</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C23" s="0">
-        <x:v>1.49</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="D23" s="0">
-        <x:v>26907.356</x:v>
+        <x:v>27872.883</x:v>
       </x:c>
       <x:c r="E23" s="0">
-        <x:v>24799.918</x:v>
+        <x:v>25692.05</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="1">
-        <x:v>45978.9282175926</x:v>
+        <x:v>45996.3408449074</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C24" s="0">
-        <x:v>1.4</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="D24" s="0">
-        <x:v>26907.419</x:v>
+        <x:v>27753.154</x:v>
       </x:c>
       <x:c r="E24" s="0">
-        <x:v>24799.918</x:v>
+        <x:v>25581.7</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="1">
-        <x:v>45978.3022569444</x:v>
+        <x:v>45995.9303703704</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C25" s="0">
-        <x:v>1.22</x:v>
+        <x:v>0.94</x:v>
       </x:c>
       <x:c r="D25" s="0">
-        <x:v>27133.45</x:v>
+        <x:v>27754.742</x:v>
       </x:c>
       <x:c r="E25" s="0">
-        <x:v>25008.242</x:v>
+        <x:v>25581.7</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="1">
-        <x:v>45975.9258449074</x:v>
+        <x:v>45995.3278819444</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C26" s="0">
-        <x:v>1.29</x:v>
+        <x:v>0.92</x:v>
       </x:c>
       <x:c r="D26" s="0">
-        <x:v>27130.898</x:v>
+        <x:v>27781.694</x:v>
       </x:c>
       <x:c r="E26" s="0">
-        <x:v>25008.242</x:v>
+        <x:v>25606.54</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="1">
-        <x:v>45975.3077662037</x:v>
+        <x:v>45994.9277662037</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C27" s="0">
-        <x:v>1.3</x:v>
+        <x:v>0.93</x:v>
       </x:c>
       <x:c r="D27" s="0">
-        <x:v>27114.863</x:v>
+        <x:v>27781.588</x:v>
       </x:c>
       <x:c r="E27" s="0">
-        <x:v>24993.463</x:v>
+        <x:v>25606.54</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="1">
-        <x:v>45974.9248958333</x:v>
+        <x:v>45994.3371990741</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C28" s="0">
-        <x:v>1.3</x:v>
+        <x:v>0.93</x:v>
       </x:c>
       <x:c r="D28" s="0">
-        <x:v>27117.524</x:v>
+        <x:v>27726.6</x:v>
       </x:c>
       <x:c r="E28" s="0">
-        <x:v>24993.463</x:v>
+        <x:v>25555.86</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="1">
-        <x:v>45974.3773148148</x:v>
+        <x:v>45993.9304050926</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C29" s="0">
-        <x:v>1.05</x:v>
+        <x:v>0.95</x:v>
       </x:c>
       <x:c r="D29" s="0">
-        <x:v>27685.918</x:v>
+        <x:v>27728.108</x:v>
       </x:c>
       <x:c r="E29" s="0">
-        <x:v>25517.328</x:v>
+        <x:v>25555.86</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="1">
-        <x:v>45973.9253125</x:v>
+        <x:v>45992.9296875</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C30" s="0">
-        <x:v>1.08</x:v>
+        <x:v>1.03</x:v>
       </x:c>
       <x:c r="D30" s="0">
-        <x:v>27686.071</x:v>
+        <x:v>27496.991</x:v>
       </x:c>
       <x:c r="E30" s="0">
-        <x:v>25517.328</x:v>
+        <x:v>25342.849</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="1">
-        <x:v>45973.3365393519</x:v>
+        <x:v>45989.8196990741</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C31" s="0">
-        <x:v>1.01</x:v>
+        <x:v>0.99</x:v>
       </x:c>
       <x:c r="D31" s="0">
-        <x:v>27703.603</x:v>
+        <x:v>27595.907</x:v>
       </x:c>
       <x:c r="E31" s="0">
-        <x:v>25533.486</x:v>
+        <x:v>25434.889</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="1">
-        <x:v>45972.9253240741</x:v>
+        <x:v>45989.3082523148</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C32" s="0">
-        <x:v>1.07</x:v>
+        <x:v>1.05</x:v>
       </x:c>
       <x:c r="D32" s="0">
-        <x:v>27703.832</x:v>
+        <x:v>27381.131</x:v>
       </x:c>
       <x:c r="E32" s="0">
-        <x:v>25533.486</x:v>
+        <x:v>25236.939</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="1">
-        <x:v>45971.9254282407</x:v>
+        <x:v>45987.9266087963</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C33" s="0">
-        <x:v>1.04</x:v>
+        <x:v>1.08</x:v>
       </x:c>
       <x:c r="D33" s="0">
-        <x:v>27785.452</x:v>
+        <x:v>27380.559</x:v>
       </x:c>
       <x:c r="E33" s="0">
-        <x:v>25611.737</x:v>
+        <x:v>25236.939</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="1">
-        <x:v>45971.2992708333</x:v>
+        <x:v>45987.319537037</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C34" s="0">
-        <x:v>1.17</x:v>
+        <x:v>1.13</x:v>
       </x:c>
       <x:c r="D34" s="0">
-        <x:v>27186.608</x:v>
+        <x:v>27143.401</x:v>
       </x:c>
       <x:c r="E34" s="0">
-        <x:v>25059.808</x:v>
+        <x:v>25018.36</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="1">
-        <x:v>45968.925474537</x:v>
+        <x:v>45986.9251157407</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C35" s="0">
-        <x:v>1.34</x:v>
+        <x:v>1.18</x:v>
       </x:c>
       <x:c r="D35" s="0">
-        <x:v>27189.378</x:v>
+        <x:v>27144.811</x:v>
       </x:c>
       <x:c r="E35" s="0">
-        <x:v>25059.808</x:v>
+        <x:v>25018.36</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="1">
-        <x:v>45968.3147453704</x:v>
+        <x:v>45986.3107407407</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C36" s="0">
         <x:v>1.26</x:v>
       </x:c>
       <x:c r="D36" s="0">
-        <x:v>27265.582</x:v>
+        <x:v>26988.018</x:v>
       </x:c>
       <x:c r="E36" s="0">
-        <x:v>25130.042</x:v>
+        <x:v>24873.85</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="1">
-        <x:v>45967.9277662037</x:v>
+        <x:v>45985.3068518518</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C37" s="0">
-        <x:v>1.3</x:v>
+        <x:v>1.56</x:v>
       </x:c>
       <x:c r="D37" s="0">
-        <x:v>27266.096</x:v>
+        <x:v>26299.612</x:v>
       </x:c>
       <x:c r="E37" s="0">
-        <x:v>25130.042</x:v>
+        <x:v>24239.573</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="1">
-        <x:v>45966.9253587963</x:v>
+        <x:v>45982.9249074074</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C38" s="0">
-        <x:v>1.09</x:v>
+        <x:v>1.69</x:v>
       </x:c>
       <x:c r="D38" s="0">
-        <x:v>27797.734</x:v>
+        <x:v>26298.24</x:v>
       </x:c>
       <x:c r="E38" s="0">
-        <x:v>25620.031</x:v>
+        <x:v>24239.573</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="1">
-        <x:v>45965.9237731481</x:v>
+        <x:v>45982.3124884259</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C39" s="0">
-        <x:v>1.17</x:v>
+        <x:v>1.81</x:v>
       </x:c>
       <x:c r="D39" s="0">
-        <x:v>27597.439</x:v>
+        <x:v>26097.306</x:v>
       </x:c>
       <x:c r="E39" s="0">
-        <x:v>25435.704</x:v>
+        <x:v>24054.38</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="1">
-        <x:v>45965.3316666667</x:v>
+        <x:v>45981.9259722222</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C40" s="0">
-        <x:v>1.09</x:v>
+        <x:v>1.84</x:v>
       </x:c>
       <x:c r="D40" s="0">
-        <x:v>28180.343</x:v>
+        <x:v>26094.514</x:v>
       </x:c>
       <x:c r="E40" s="0">
-        <x:v>25972.943</x:v>
+        <x:v>24054.38</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="1">
-        <x:v>45964.9228819444</x:v>
+        <x:v>45981.3119675926</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C41" s="0">
-        <x:v>0.97</x:v>
+        <x:v>1.21</x:v>
       </x:c>
       <x:c r="D41" s="0">
-        <x:v>28180.643</x:v>
+        <x:v>26730.471</x:v>
       </x:c>
       <x:c r="E41" s="0">
-        <x:v>25972.943</x:v>
+        <x:v>24640.515</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="1">
-        <x:v>45961.8818865741</x:v>
+        <x:v>45980.9264583333</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C42" s="0">
-        <x:v>1.02</x:v>
+        <x:v>1.49</x:v>
       </x:c>
       <x:c r="D42" s="0">
-        <x:v>28053.595</x:v>
+        <x:v>26734.782</x:v>
       </x:c>
       <x:c r="E42" s="0">
-        <x:v>25858.126</x:v>
+        <x:v>24640.515</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="1">
-        <x:v>45961.3396180556</x:v>
+        <x:v>45980.3054166667</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C43" s="0">
-        <x:v>0.95</x:v>
+        <x:v>1.61</x:v>
       </x:c>
       <x:c r="D43" s="0">
-        <x:v>27919.8</x:v>
+        <x:v>26585.682</x:v>
       </x:c>
       <x:c r="E43" s="0">
-        <x:v>25734.813</x:v>
+        <x:v>24503.096</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="1">
-        <x:v>45960.8841087963</x:v>
+        <x:v>45979.9258680556</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C44" s="0">
-        <x:v>1.07</x:v>
+        <x:v>1.57</x:v>
       </x:c>
       <x:c r="D44" s="0">
-        <x:v>27922.272</x:v>
+        <x:v>26585.304</x:v>
       </x:c>
       <x:c r="E44" s="0">
-        <x:v>25734.813</x:v>
+        <x:v>24503.096</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="1">
-        <x:v>45959.8898263889</x:v>
+        <x:v>45979.3133912037</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C45" s="0">
-        <x:v>0.93</x:v>
+        <x:v>1.49</x:v>
       </x:c>
       <x:c r="D45" s="0">
-        <x:v>28339.825</x:v>
+        <x:v>26907.356</x:v>
       </x:c>
       <x:c r="E45" s="0">
-        <x:v>26119.846</x:v>
+        <x:v>24799.918</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="1">
-        <x:v>45959.3231944444</x:v>
+        <x:v>45978.9282175926</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C46" s="0">
-        <x:v>0.92</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="D46" s="0">
-        <x:v>28222.98</x:v>
+        <x:v>26907.419</x:v>
       </x:c>
       <x:c r="E46" s="0">
-        <x:v>26012.155</x:v>
+        <x:v>24799.918</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="1">
-        <x:v>45958.8875115741</x:v>
+        <x:v>45978.3022569444</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C47" s="0">
-        <x:v>0.97</x:v>
+        <x:v>1.22</x:v>
       </x:c>
       <x:c r="D47" s="0">
-        <x:v>28222.854</x:v>
+        <x:v>27133.45</x:v>
       </x:c>
       <x:c r="E47" s="0">
-        <x:v>26012.155</x:v>
+        <x:v>25008.242</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5">
       <x:c r="A48" s="1">
-        <x:v>45958.3305787037</x:v>
+        <x:v>45975.9258449074</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C48" s="0">
-        <x:v>1.05</x:v>
+        <x:v>1.29</x:v>
       </x:c>
       <x:c r="D48" s="0">
-        <x:v>28016.037</x:v>
+        <x:v>27130.898</x:v>
       </x:c>
       <x:c r="E48" s="0">
-        <x:v>25821.54</x:v>
+        <x:v>25008.242</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
       <x:c r="A49" s="1">
-        <x:v>45957.8875925926</x:v>
+        <x:v>45975.3077662037</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C49" s="0">
-        <x:v>1.05</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="D49" s="0">
-        <x:v>28016.377</x:v>
+        <x:v>27114.863</x:v>
       </x:c>
       <x:c r="E49" s="0">
-        <x:v>25821.546</x:v>
+        <x:v>24993.463</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5">
       <x:c r="A50" s="1">
-        <x:v>45954.9259259259</x:v>
+        <x:v>45974.9248958333</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C50" s="0">
-        <x:v>1.28</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="D50" s="0">
-        <x:v>27513.585</x:v>
+        <x:v>27117.524</x:v>
       </x:c>
       <x:c r="E50" s="0">
-        <x:v>25358.162</x:v>
+        <x:v>24993.463</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5">
       <x:c r="A51" s="1">
-        <x:v>45954.3348148148</x:v>
+        <x:v>45974.3773148148</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C51" s="0">
-        <x:v>1.37</x:v>
+        <x:v>1.05</x:v>
       </x:c>
       <x:c r="D51" s="0">
-        <x:v>27230.674</x:v>
+        <x:v>27685.918</x:v>
       </x:c>
       <x:c r="E51" s="0">
-        <x:v>25097.415</x:v>
+        <x:v>25517.328</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5">
       <x:c r="A52" s="1">
-        <x:v>45953.9278587963</x:v>
+        <x:v>45973.9253125</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C52" s="0">
-        <x:v>1.42</x:v>
+        <x:v>1.08</x:v>
       </x:c>
       <x:c r="D52" s="0">
-        <x:v>27230.695</x:v>
+        <x:v>27686.071</x:v>
       </x:c>
       <x:c r="E52" s="0">
-        <x:v>25097.415</x:v>
+        <x:v>25517.328</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5">
       <x:c r="A53" s="1">
-        <x:v>45952.9303587963</x:v>
+        <x:v>45973.3365393519</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C53" s="0">
-        <x:v>1.56</x:v>
+        <x:v>1.01</x:v>
       </x:c>
       <x:c r="D53" s="0">
-        <x:v>26993.72</x:v>
+        <x:v>27703.603</x:v>
       </x:c>
       <x:c r="E53" s="0">
-        <x:v>24879.005</x:v>
+        <x:v>25533.486</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5">
       <x:c r="A54" s="1">
-        <x:v>45951.9269212963</x:v>
+        <x:v>45972.9253240741</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C54" s="0">
-        <x:v>1.42</x:v>
+        <x:v>1.07</x:v>
       </x:c>
       <x:c r="D54" s="0">
-        <x:v>27262.937</x:v>
+        <x:v>27703.832</x:v>
       </x:c>
       <x:c r="E54" s="0">
-        <x:v>25127.131</x:v>
+        <x:v>25533.486</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5">
       <x:c r="A55" s="1">
-        <x:v>45950.9289699074</x:v>
+        <x:v>45971.9254282407</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C55" s="0">
-        <x:v>1.41</x:v>
+        <x:v>1.04</x:v>
       </x:c>
       <x:c r="D55" s="0">
-        <x:v>27278.004</x:v>
+        <x:v>27785.452</x:v>
       </x:c>
       <x:c r="E55" s="0">
-        <x:v>25141.018</x:v>
+        <x:v>25611.737</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5">
       <x:c r="A56" s="1">
-        <x:v>45947.9300694444</x:v>
+        <x:v>45971.2992708333</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C56" s="0">
-        <x:v>1.62</x:v>
+        <x:v>1.17</x:v>
       </x:c>
       <x:c r="D56" s="0">
-        <x:v>26927.479</x:v>
+        <x:v>27186.608</x:v>
       </x:c>
       <x:c r="E56" s="0">
-        <x:v>24817.953</x:v>
+        <x:v>25059.808</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:5">
       <x:c r="A57" s="1">
-        <x:v>45946.9261805556</x:v>
+        <x:v>45968.925474537</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C57" s="0">
-        <x:v>1.73</x:v>
+        <x:v>1.34</x:v>
       </x:c>
       <x:c r="D57" s="0">
-        <x:v>26753.106</x:v>
+        <x:v>27189.378</x:v>
       </x:c>
       <x:c r="E57" s="0">
-        <x:v>24657.241</x:v>
+        <x:v>25059.808</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:5">
       <x:c r="A58" s="1">
-        <x:v>45945.9256712963</x:v>
+        <x:v>45968.3147453704</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C58" s="0">
-        <x:v>1.67</x:v>
+        <x:v>1.26</x:v>
       </x:c>
       <x:c r="D58" s="0">
-        <x:v>26848.713</x:v>
+        <x:v>27265.582</x:v>
       </x:c>
       <x:c r="E58" s="0">
-        <x:v>24745.358</x:v>
+        <x:v>25130.042</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:5">
       <x:c r="A59" s="1">
-        <x:v>45944.9308680556</x:v>
+        <x:v>45967.9277662037</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C59" s="0">
-        <x:v>1.79</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="D59" s="0">
-        <x:v>26668.559</x:v>
+        <x:v>27266.096</x:v>
       </x:c>
       <x:c r="E59" s="0">
-        <x:v>24579.317</x:v>
+        <x:v>25130.042</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:5">
       <x:c r="A60" s="1">
-        <x:v>45943.9267592593</x:v>
+        <x:v>45966.9253587963</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C60" s="0">
-        <x:v>1.67</x:v>
+        <x:v>1.09</x:v>
       </x:c>
       <x:c r="D60" s="0">
-        <x:v>26854.023</x:v>
+        <x:v>27797.734</x:v>
       </x:c>
       <x:c r="E60" s="0">
-        <x:v>24750.252</x:v>
+        <x:v>25620.031</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:5">
       <x:c r="A61" s="1">
-        <x:v>45940.9235069444</x:v>
+        <x:v>45965.9237731481</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C61" s="0">
-        <x:v>2.14</x:v>
+        <x:v>1.17</x:v>
       </x:c>
       <x:c r="D61" s="0">
-        <x:v>26280.525</x:v>
+        <x:v>27597.439</x:v>
       </x:c>
       <x:c r="E61" s="0">
-        <x:v>24221.745</x:v>
+        <x:v>25435.704</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:5">
       <x:c r="A62" s="1">
-        <x:v>45940.3355092593</x:v>
+        <x:v>45965.3316666667</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C62" s="0">
-        <x:v>1.56</x:v>
+        <x:v>1.09</x:v>
       </x:c>
       <x:c r="D62" s="0">
-        <x:v>27231.457</x:v>
+        <x:v>28180.343</x:v>
       </x:c>
       <x:c r="E62" s="0">
-        <x:v>25098.18</x:v>
+        <x:v>25972.943</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:5">
       <x:c r="A63" s="1">
-        <x:v>45939.3272800926</x:v>
+        <x:v>45964.9228819444</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C63" s="0">
-        <x:v>1.55</x:v>
+        <x:v>0.97</x:v>
       </x:c>
       <x:c r="D63" s="0">
-        <x:v>27272.793</x:v>
+        <x:v>28180.643</x:v>
       </x:c>
       <x:c r="E63" s="0">
-        <x:v>25136.623</x:v>
+        <x:v>25972.943</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:5">
       <x:c r="A64" s="1">
-        <x:v>45938.9271180556</x:v>
+        <x:v>45961.8818865741</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C64" s="0">
-        <x:v>1.56</x:v>
+        <x:v>1.02</x:v>
       </x:c>
       <x:c r="D64" s="0">
-        <x:v>27273.236</x:v>
+        <x:v>28053.595</x:v>
       </x:c>
       <x:c r="E64" s="0">
-        <x:v>25136.623</x:v>
+        <x:v>25858.126</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:5">
       <x:c r="A65" s="1">
-        <x:v>45937.9281828704</x:v>
+        <x:v>45961.3396180556</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C65" s="0">
-        <x:v>1.77</x:v>
+        <x:v>0.95</x:v>
       </x:c>
       <x:c r="D65" s="0">
-        <x:v>26951.646</x:v>
+        <x:v>27919.8</x:v>
       </x:c>
       <x:c r="E65" s="0">
-        <x:v>24840.227</x:v>
+        <x:v>25734.813</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:5">
       <x:c r="A66" s="1">
-        <x:v>45936.924224537</x:v>
+        <x:v>45960.8841087963</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C66" s="0">
-        <x:v>1.67</x:v>
+        <x:v>1.07</x:v>
       </x:c>
       <x:c r="D66" s="0">
-        <x:v>27101.735</x:v>
+        <x:v>27922.272</x:v>
       </x:c>
       <x:c r="E66" s="0">
-        <x:v>24978.558</x:v>
+        <x:v>25734.813</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:5">
       <x:c r="A67" s="1">
-        <x:v>45933.9289236111</x:v>
+        <x:v>45959.8898263889</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C67" s="0">
-        <x:v>1.81</x:v>
+        <x:v>0.93</x:v>
       </x:c>
       <x:c r="D67" s="0">
-        <x:v>26889.854</x:v>
+        <x:v>28339.825</x:v>
       </x:c>
       <x:c r="E67" s="0">
-        <x:v>24785.522</x:v>
+        <x:v>26119.846</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:5">
       <x:c r="A68" s="1">
-        <x:v>45933.3311111111</x:v>
+        <x:v>45959.3231944444</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C68" s="0">
-        <x:v>1.68</x:v>
+        <x:v>0.92</x:v>
       </x:c>
       <x:c r="D68" s="0">
-        <x:v>27006.212</x:v>
+        <x:v>28222.98</x:v>
       </x:c>
       <x:c r="E68" s="0">
-        <x:v>24892.764</x:v>
+        <x:v>26012.155</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:5">
       <x:c r="A69" s="1">
-        <x:v>45932.9250231481</x:v>
+        <x:v>45958.8875115741</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C69" s="0">
-        <x:v>1.74</x:v>
+        <x:v>0.97</x:v>
       </x:c>
       <x:c r="D69" s="0">
-        <x:v>27008.649</x:v>
+        <x:v>28222.854</x:v>
       </x:c>
       <x:c r="E69" s="0">
-        <x:v>24892.764</x:v>
+        <x:v>26012.155</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:5">
       <x:c r="A70" s="1">
-        <x:v>45931.9294097222</x:v>
+        <x:v>45958.3305787037</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C70" s="0">
-        <x:v>1.8</x:v>
+        <x:v>1.05</x:v>
       </x:c>
       <x:c r="D70" s="0">
-        <x:v>26907.328</x:v>
+        <x:v>28016.037</x:v>
       </x:c>
       <x:c r="E70" s="0">
-        <x:v>24800.863</x:v>
+        <x:v>25821.54</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:5">
       <x:c r="A71" s="1">
-        <x:v>45931.3342361111</x:v>
+        <x:v>45957.8875925926</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C71" s="0">
-        <x:v>1.99</x:v>
+        <x:v>1.05</x:v>
       </x:c>
       <x:c r="D71" s="0">
-        <x:v>26776.178</x:v>
+        <x:v>28016.377</x:v>
       </x:c>
       <x:c r="E71" s="0">
-        <x:v>24679.988</x:v>
+        <x:v>25821.546</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:5">
       <x:c r="A72" s="1">
-        <x:v>45930.9339814815</x:v>
+        <x:v>45954.9259259259</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C72" s="0">
-        <x:v>1.9</x:v>
+        <x:v>1.28</x:v>
       </x:c>
       <x:c r="D72" s="0">
-        <x:v>26776.931</x:v>
+        <x:v>27513.585</x:v>
       </x:c>
       <x:c r="E72" s="0">
-        <x:v>24679.988</x:v>
+        <x:v>25358.162</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:5">
       <x:c r="A73" s="1">
-        <x:v>45930.3326967593</x:v>
+        <x:v>45954.3348148148</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C73" s="0">
-        <x:v>1.95</x:v>
+        <x:v>1.37</x:v>
       </x:c>
       <x:c r="D73" s="0">
-        <x:v>26702.461</x:v>
+        <x:v>27230.674</x:v>
       </x:c>
       <x:c r="E73" s="0">
-        <x:v>24611.352</x:v>
+        <x:v>25097.415</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:5">
       <x:c r="A74" s="1">
-        <x:v>45929.9324074074</x:v>
+        <x:v>45953.9278587963</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C74" s="0">
-        <x:v>1.95</x:v>
+        <x:v>1.42</x:v>
       </x:c>
       <x:c r="D74" s="0">
-        <x:v>26703.317</x:v>
+        <x:v>27230.695</x:v>
       </x:c>
       <x:c r="E74" s="0">
-        <x:v>24611.352</x:v>
+        <x:v>25097.415</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:5">
       <x:c r="A75" s="1">
-        <x:v>45926.9299074074</x:v>
+        <x:v>45952.9303587963</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C75" s="0">
-        <x:v>2.04</x:v>
+        <x:v>1.56</x:v>
       </x:c>
       <x:c r="D75" s="0">
-        <x:v>26586.262</x:v>
+        <x:v>26993.72</x:v>
       </x:c>
       <x:c r="E75" s="0">
-        <x:v>24503.848</x:v>
+        <x:v>24879.005</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:5">
       <x:c r="A76" s="1">
-        <x:v>45926.3217939815</x:v>
+        <x:v>45951.9269212963</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C76" s="0">
-        <x:v>2.15</x:v>
+        <x:v>1.42</x:v>
       </x:c>
       <x:c r="D76" s="0">
-        <x:v>26470.669</x:v>
+        <x:v>27262.937</x:v>
       </x:c>
       <x:c r="E76" s="0">
-        <x:v>24397.311</x:v>
+        <x:v>25127.131</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:5">
       <x:c r="A77" s="1">
-        <x:v>45925.9293865741</x:v>
+        <x:v>45950.9289699074</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C77" s="0">
-        <x:v>2.13</x:v>
+        <x:v>1.41</x:v>
       </x:c>
       <x:c r="D77" s="0">
-        <x:v>26471.082</x:v>
+        <x:v>27278.004</x:v>
       </x:c>
       <x:c r="E77" s="0">
-        <x:v>24397.311</x:v>
+        <x:v>25141.018</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:5">
       <x:c r="A78" s="1">
-        <x:v>45924.9296412037</x:v>
+        <x:v>45947.9300694444</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C78" s="0">
-        <x:v>2.04</x:v>
+        <x:v>1.62</x:v>
       </x:c>
       <x:c r="D78" s="0">
-        <x:v>26585.935</x:v>
+        <x:v>26927.479</x:v>
       </x:c>
       <x:c r="E78" s="0">
-        <x:v>24503.567</x:v>
+        <x:v>24817.953</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:5">
       <x:c r="A79" s="1">
-        <x:v>45924.3777662037</x:v>
+        <x:v>45946.9261805556</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C79" s="0">
-        <x:v>1.92</x:v>
+        <x:v>1.73</x:v>
       </x:c>
       <x:c r="D79" s="0">
-        <x:v>26669.047</x:v>
+        <x:v>26753.106</x:v>
       </x:c>
       <x:c r="E79" s="0">
-        <x:v>24580.168</x:v>
+        <x:v>24657.241</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:5">
       <x:c r="A80" s="1">
-        <x:v>45923.9252314815</x:v>
+        <x:v>45945.9256712963</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C80" s="0">
-        <x:v>1.98</x:v>
+        <x:v>1.67</x:v>
       </x:c>
       <x:c r="D80" s="0">
-        <x:v>26669.482</x:v>
+        <x:v>26848.713</x:v>
       </x:c>
       <x:c r="E80" s="0">
-        <x:v>24580.168</x:v>
+        <x:v>24745.358</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:5">
       <x:c r="A81" s="1">
-        <x:v>45922.9266898148</x:v>
+        <x:v>45944.9308680556</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C81" s="0">
-        <x:v>1.84</x:v>
+        <x:v>1.79</x:v>
       </x:c>
       <x:c r="D81" s="0">
-        <x:v>26862.689</x:v>
+        <x:v>26668.559</x:v>
       </x:c>
       <x:c r="E81" s="0">
-        <x:v>24761.074</x:v>
+        <x:v>24579.317</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:5">
       <x:c r="A82" s="1">
-        <x:v>45922.3338773148</x:v>
+        <x:v>45943.9267592593</x:v>
       </x:c>
       <x:c r="B82" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C82" s="0">
-        <x:v>1.97</x:v>
+        <x:v>1.67</x:v>
       </x:c>
       <x:c r="D82" s="0">
-        <x:v>26716.401</x:v>
+        <x:v>26854.023</x:v>
       </x:c>
       <x:c r="E82" s="0">
-        <x:v>24626.247</x:v>
+        <x:v>24750.252</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:5">
       <x:c r="A83" s="1">
-        <x:v>45919.9342939815</x:v>
+        <x:v>45940.9235069444</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C83" s="0">
-        <x:v>1.95</x:v>
+        <x:v>2.14</x:v>
       </x:c>
       <x:c r="D83" s="0">
-        <x:v>26719.478</x:v>
+        <x:v>26280.525</x:v>
       </x:c>
       <x:c r="E83" s="0">
-        <x:v>24626.247</x:v>
+        <x:v>24221.745</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:5">
       <x:c r="A84" s="1">
-        <x:v>45918.9266087963</x:v>
+        <x:v>45940.3355092593</x:v>
       </x:c>
       <x:c r="B84" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C84" s="0">
-        <x:v>2.09</x:v>
+        <x:v>1.56</x:v>
       </x:c>
       <x:c r="D84" s="0">
-        <x:v>26533.56</x:v>
+        <x:v>27231.457</x:v>
       </x:c>
       <x:c r="E84" s="0">
-        <x:v>24454.894</x:v>
+        <x:v>25098.18</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:5">
       <x:c r="A85" s="1">
-        <x:v>45917.9271296296</x:v>
+        <x:v>45939.3272800926</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C85" s="0">
-        <x:v>2.31</x:v>
+        <x:v>1.55</x:v>
       </x:c>
       <x:c r="D85" s="0">
-        <x:v>26282.362</x:v>
+        <x:v>27272.793</x:v>
       </x:c>
       <x:c r="E85" s="0">
-        <x:v>24223.687</x:v>
+        <x:v>25136.623</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:5">
       <x:c r="A86" s="1">
-        <x:v>45917.3258680556</x:v>
+        <x:v>45938.9271180556</x:v>
       </x:c>
       <x:c r="B86" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C86" s="0">
-        <x:v>2.28</x:v>
+        <x:v>1.56</x:v>
       </x:c>
       <x:c r="D86" s="0">
-        <x:v>26337.222</x:v>
+        <x:v>27273.236</x:v>
       </x:c>
       <x:c r="E86" s="0">
-        <x:v>24274.249</x:v>
+        <x:v>25136.623</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:5">
       <x:c r="A87" s="1">
-        <x:v>45916.9259490741</x:v>
+        <x:v>45937.9281828704</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C87" s="0">
-        <x:v>2.26</x:v>
+        <x:v>1.77</x:v>
       </x:c>
       <x:c r="D87" s="0">
-        <x:v>26337.56</x:v>
+        <x:v>26951.646</x:v>
       </x:c>
       <x:c r="E87" s="0">
-        <x:v>24274.249</x:v>
+        <x:v>24840.227</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:5">
       <x:c r="A88" s="1">
-        <x:v>45915.9270601852</x:v>
+        <x:v>45936.924224537</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C88" s="0">
-        <x:v>2.24</x:v>
+        <x:v>1.67</x:v>
       </x:c>
       <x:c r="D88" s="0">
-        <x:v>26356.936</x:v>
+        <x:v>27101.735</x:v>
       </x:c>
       <x:c r="E88" s="0">
-        <x:v>24293.781</x:v>
+        <x:v>24978.558</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:5">
       <x:c r="A89" s="1">
-        <x:v>45915.3170833333</x:v>
+        <x:v>45933.9289236111</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C89" s="0">
-        <x:v>2.43</x:v>
+        <x:v>1.81</x:v>
       </x:c>
       <x:c r="D89" s="0">
-        <x:v>26138.213</x:v>
+        <x:v>26889.854</x:v>
       </x:c>
       <x:c r="E89" s="0">
-        <x:v>24092.193</x:v>
+        <x:v>24785.522</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:5">
       <x:c r="A90" s="1">
-        <x:v>45912.9234259259</x:v>
+        <x:v>45933.3311111111</x:v>
       </x:c>
       <x:c r="B90" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C90" s="0">
-        <x:v>2.44</x:v>
+        <x:v>1.68</x:v>
       </x:c>
       <x:c r="D90" s="0">
-        <x:v>26139.203</x:v>
+        <x:v>27006.212</x:v>
       </x:c>
       <x:c r="E90" s="0">
-        <x:v>24092.193</x:v>
+        <x:v>24892.764</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:5">
       <x:c r="A91" s="1">
-        <x:v>45912.3096527778</x:v>
+        <x:v>45932.9250231481</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C91" s="0">
-        <x:v>2.54</x:v>
+        <x:v>1.74</x:v>
       </x:c>
       <x:c r="D91" s="0">
-        <x:v>26031.104</x:v>
+        <x:v>27008.649</x:v>
       </x:c>
       <x:c r="E91" s="0">
-        <x:v>23992.562</x:v>
+        <x:v>24892.764</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:5">
       <x:c r="A92" s="1">
-        <x:v>45911.9251736111</x:v>
+        <x:v>45931.9294097222</x:v>
       </x:c>
       <x:c r="B92" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C92" s="0">
-        <x:v>2.55</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="D92" s="0">
-        <x:v>26031.799</x:v>
+        <x:v>26907.328</x:v>
       </x:c>
       <x:c r="E92" s="0">
-        <x:v>23992.562</x:v>
+        <x:v>24800.863</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:5">
       <x:c r="A93" s="1">
-        <x:v>45911.3308101852</x:v>
+        <x:v>45931.3342361111</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C93" s="0">
-        <x:v>2.7</x:v>
+        <x:v>1.99</x:v>
       </x:c>
       <x:c r="D93" s="0">
-        <x:v>25876.327</x:v>
+        <x:v>26776.178</x:v>
       </x:c>
       <x:c r="E93" s="0">
-        <x:v>23849.27</x:v>
+        <x:v>24679.988</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:5">
       <x:c r="A94" s="1">
-        <x:v>45910.9240509259</x:v>
+        <x:v>45930.9339814815</x:v>
       </x:c>
       <x:c r="B94" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C94" s="0">
-        <x:v>2.71</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="D94" s="0">
-        <x:v>25876.458</x:v>
+        <x:v>26776.931</x:v>
       </x:c>
       <x:c r="E94" s="0">
-        <x:v>23849.27</x:v>
+        <x:v>24679.988</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:5">
       <x:c r="A95" s="1">
-        <x:v>45909.9244907407</x:v>
+        <x:v>45930.3326967593</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C95" s="0">
-        <x:v>2.72</x:v>
+        <x:v>1.95</x:v>
       </x:c>
       <x:c r="D95" s="0">
-        <x:v>25866.003</x:v>
+        <x:v>26702.461</x:v>
       </x:c>
       <x:c r="E95" s="0">
-        <x:v>23839.796</x:v>
+        <x:v>24611.352</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:5">
       <x:c r="A96" s="1">
-        <x:v>45909.335462963</x:v>
+        <x:v>45929.9324074074</x:v>
       </x:c>
       <x:c r="B96" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C96" s="0">
-        <x:v>2.77</x:v>
+        <x:v>1.95</x:v>
       </x:c>
       <x:c r="D96" s="0">
-        <x:v>25781.92</x:v>
+        <x:v>26703.317</x:v>
       </x:c>
       <x:c r="E96" s="0">
-        <x:v>23762.3</x:v>
+        <x:v>24611.352</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:5">
       <x:c r="A97" s="1">
-        <x:v>45908.9240393518</x:v>
+        <x:v>45926.9299074074</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C97" s="0">
-        <x:v>2.81</x:v>
+        <x:v>2.04</x:v>
       </x:c>
       <x:c r="D97" s="0">
-        <x:v>25780.823</x:v>
+        <x:v>26586.262</x:v>
       </x:c>
       <x:c r="E97" s="0">
-        <x:v>23762.3</x:v>
+        <x:v>24503.848</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:5">
       <x:c r="A98" s="1">
-        <x:v>45908.3013541667</x:v>
+        <x:v>45926.3217939815</x:v>
       </x:c>
       <x:c r="B98" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C98" s="0">
-        <x:v>2.89</x:v>
+        <x:v>2.15</x:v>
       </x:c>
       <x:c r="D98" s="0">
-        <x:v>25661.628</x:v>
+        <x:v>26470.669</x:v>
       </x:c>
       <x:c r="E98" s="0">
-        <x:v>23652.443</x:v>
+        <x:v>24397.311</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:5">
       <x:c r="A99" s="1">
-        <x:v>45905.9285648148</x:v>
+        <x:v>45925.9293865741</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C99" s="0">
-        <x:v>2.94</x:v>
+        <x:v>2.13</x:v>
       </x:c>
       <x:c r="D99" s="0">
-        <x:v>25659.91</x:v>
+        <x:v>26471.082</x:v>
       </x:c>
       <x:c r="E99" s="0">
-        <x:v>23652.443</x:v>
+        <x:v>24397.311</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:5">
       <x:c r="A100" s="1">
-        <x:v>45905.3095023148</x:v>
+        <x:v>45924.9296412037</x:v>
       </x:c>
       <x:c r="B100" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C100" s="0">
-        <x:v>2.87</x:v>
+        <x:v>2.04</x:v>
       </x:c>
       <x:c r="D100" s="0">
-        <x:v>25638.829</x:v>
+        <x:v>26585.935</x:v>
       </x:c>
       <x:c r="E100" s="0">
-        <x:v>23633.013</x:v>
+        <x:v>24503.567</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:5">
       <x:c r="A101" s="1">
-        <x:v>45904.9245601852</x:v>
+        <x:v>45924.3777662037</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C101" s="0">
-        <x:v>2.97</x:v>
+        <x:v>1.92</x:v>
       </x:c>
       <x:c r="D101" s="0">
-        <x:v>25639.595</x:v>
+        <x:v>26669.047</x:v>
       </x:c>
       <x:c r="E101" s="0">
-        <x:v>23633.013</x:v>
+        <x:v>24580.168</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:5">
       <x:c r="A102" s="1">
-        <x:v>45904.3202199074</x:v>
+        <x:v>45923.9252314815</x:v>
       </x:c>
       <x:c r="B102" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C102" s="0">
-        <x:v>3.25</x:v>
+        <x:v>1.98</x:v>
       </x:c>
       <x:c r="D102" s="0">
-        <x:v>25402.876</x:v>
+        <x:v>26669.482</x:v>
       </x:c>
       <x:c r="E102" s="0">
-        <x:v>23414.839</x:v>
+        <x:v>24580.168</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:5">
       <x:c r="A103" s="1">
-        <x:v>45903.9235648148</x:v>
+        <x:v>45922.9266898148</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C103" s="0">
-        <x:v>3.27</x:v>
+        <x:v>1.84</x:v>
       </x:c>
       <x:c r="D103" s="0">
-        <x:v>25405.022</x:v>
+        <x:v>26862.689</x:v>
       </x:c>
       <x:c r="E103" s="0">
-        <x:v>23414.839</x:v>
+        <x:v>24761.074</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:5">
       <x:c r="A104" s="1">
-        <x:v>45903.3225115741</x:v>
+        <x:v>45922.3338773148</x:v>
       </x:c>
       <x:c r="B104" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C104" s="0">
-        <x:v>3.49</x:v>
+        <x:v>1.97</x:v>
       </x:c>
       <x:c r="D104" s="0">
-        <x:v>25205.674</x:v>
+        <x:v>26716.401</x:v>
       </x:c>
       <x:c r="E104" s="0">
-        <x:v>23231.108</x:v>
+        <x:v>24626.247</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:5">
       <x:c r="A105" s="1">
-        <x:v>45902.923912037</x:v>
+        <x:v>45919.9342939815</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C105" s="0">
-        <x:v>3.55</x:v>
+        <x:v>1.95</x:v>
       </x:c>
       <x:c r="D105" s="0">
-        <x:v>25205.103</x:v>
+        <x:v>26719.478</x:v>
       </x:c>
       <x:c r="E105" s="0">
-        <x:v>23231.108</x:v>
+        <x:v>24626.247</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:5">
       <x:c r="A106" s="1">
-        <x:v>45902.3292013889</x:v>
+        <x:v>45918.9266087963</x:v>
       </x:c>
       <x:c r="B106" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C106" s="0">
-        <x:v>3.33</x:v>
+        <x:v>2.09</x:v>
       </x:c>
       <x:c r="D106" s="0">
-        <x:v>25405.082</x:v>
+        <x:v>26533.56</x:v>
       </x:c>
       <x:c r="E106" s="0">
-        <x:v>23415.42</x:v>
+        <x:v>24454.894</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:5">
       <x:c r="A107" s="1">
-        <x:v>45898.9304050926</x:v>
+        <x:v>45917.9271296296</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C107" s="0">
-        <x:v>3.29</x:v>
+        <x:v>2.31</x:v>
       </x:c>
       <x:c r="D107" s="0">
-        <x:v>25403.462</x:v>
+        <x:v>26282.362</x:v>
       </x:c>
       <x:c r="E107" s="0">
-        <x:v>23415.42</x:v>
+        <x:v>24223.687</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:5">
       <x:c r="A108" s="1">
-        <x:v>45898.3268518519</x:v>
+        <x:v>45917.3258680556</x:v>
       </x:c>
       <x:c r="B108" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C108" s="0">
-        <x:v>2.97</x:v>
+        <x:v>2.28</x:v>
       </x:c>
       <x:c r="D108" s="0">
-        <x:v>25715.974</x:v>
+        <x:v>26337.222</x:v>
       </x:c>
       <x:c r="E108" s="0">
-        <x:v>23703.45</x:v>
+        <x:v>24274.249</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:5">
       <x:c r="A109" s="1">
-        <x:v>45897.9274768519</x:v>
+        <x:v>45916.9259490741</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C109" s="0">
-        <x:v>2.93</x:v>
+        <x:v>2.26</x:v>
       </x:c>
       <x:c r="D109" s="0">
-        <x:v>25718.243</x:v>
+        <x:v>26337.56</x:v>
       </x:c>
       <x:c r="E109" s="0">
-        <x:v>23703.45</x:v>
+        <x:v>24274.249</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:5">
       <x:c r="A110" s="1">
-        <x:v>45896.9248611111</x:v>
+        <x:v>45915.9270601852</x:v>
       </x:c>
       <x:c r="B110" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C110" s="0">
-        <x:v>3.11</x:v>
+        <x:v>2.24</x:v>
       </x:c>
       <x:c r="D110" s="0">
-        <x:v>25568.88</x:v>
+        <x:v>26356.936</x:v>
       </x:c>
       <x:c r="E110" s="0">
-        <x:v>23565.846</x:v>
+        <x:v>24293.781</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:5">
       <x:c r="A111" s="1">
-        <x:v>45896.3337615741</x:v>
+        <x:v>45915.3170833333</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C111" s="0">
-        <x:v>3.15</x:v>
+        <x:v>2.43</x:v>
       </x:c>
       <x:c r="D111" s="0">
-        <x:v>25524.88</x:v>
+        <x:v>26138.213</x:v>
       </x:c>
       <x:c r="E111" s="0">
-        <x:v>23525.293</x:v>
+        <x:v>24092.193</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:5">
       <x:c r="A112" s="1">
-        <x:v>45895.9240046296</x:v>
+        <x:v>45912.9234259259</x:v>
       </x:c>
       <x:c r="B112" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C112" s="0">
-        <x:v>3.16</x:v>
+        <x:v>2.44</x:v>
       </x:c>
       <x:c r="D112" s="0">
-        <x:v>25524.943</x:v>
+        <x:v>26139.203</x:v>
       </x:c>
       <x:c r="E112" s="0">
-        <x:v>23525.293</x:v>
+        <x:v>24092.193</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:5">
       <x:c r="A113" s="1">
-        <x:v>45894.9239236111</x:v>
+        <x:v>45912.3096527778</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C113" s="0">
-        <x:v>3.3</x:v>
+        <x:v>2.54</x:v>
       </x:c>
       <x:c r="D113" s="0">
-        <x:v>25416.673</x:v>
+        <x:v>26031.104</x:v>
       </x:c>
       <x:c r="E113" s="0">
-        <x:v>23425.605</x:v>
+        <x:v>23992.562</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:5">
       <x:c r="A114" s="1">
-        <x:v>45894.3297685185</x:v>
+        <x:v>45911.9251736111</x:v>
       </x:c>
       <x:c r="B114" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C114" s="0">
-        <x:v>3.21</x:v>
+        <x:v>2.55</x:v>
       </x:c>
       <x:c r="D114" s="0">
-        <x:v>25495.346</x:v>
+        <x:v>26031.799</x:v>
       </x:c>
       <x:c r="E114" s="0">
-        <x:v>23498.115</x:v>
+        <x:v>23992.562</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:5">
       <x:c r="A115" s="1">
-        <x:v>45891.9252083333</x:v>
+        <x:v>45911.3308101852</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C115" s="0">
-        <x:v>3.2</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="D115" s="0">
-        <x:v>25493.439</x:v>
+        <x:v>25876.327</x:v>
       </x:c>
       <x:c r="E115" s="0">
-        <x:v>23498.115</x:v>
+        <x:v>23849.27</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:5">
       <x:c r="A116" s="1">
-        <x:v>45891.3279861111</x:v>
+        <x:v>45910.9240509259</x:v>
       </x:c>
       <x:c r="B116" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C116" s="0">
-        <x:v>3.82</x:v>
+        <x:v>2.71</x:v>
       </x:c>
       <x:c r="D116" s="0">
-        <x:v>25107.684</x:v>
+        <x:v>25876.458</x:v>
       </x:c>
       <x:c r="E116" s="0">
-        <x:v>23142.58</x:v>
+        <x:v>23849.27</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:5">
       <x:c r="A117" s="1">
-        <x:v>45890.9257175926</x:v>
+        <x:v>45909.9244907407</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C117" s="0">
-        <x:v>3.78</x:v>
+        <x:v>2.72</x:v>
       </x:c>
       <x:c r="D117" s="0">
-        <x:v>25105.655</x:v>
+        <x:v>25866.003</x:v>
       </x:c>
       <x:c r="E117" s="0">
-        <x:v>23142.58</x:v>
+        <x:v>23839.796</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:5">
       <x:c r="A118" s="1">
-        <x:v>45890.3406944444</x:v>
+        <x:v>45909.335462963</x:v>
       </x:c>
       <x:c r="B118" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C118" s="0">
-        <x:v>3.59</x:v>
+        <x:v>2.77</x:v>
       </x:c>
       <x:c r="D118" s="0">
-        <x:v>25221.74</x:v>
+        <x:v>25781.92</x:v>
       </x:c>
       <x:c r="E118" s="0">
-        <x:v>23249.57</x:v>
+        <x:v>23762.3</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:5">
       <x:c r="A119" s="1">
-        <x:v>45889.9243402778</x:v>
+        <x:v>45908.9240393518</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C119" s="0">
-        <x:v>3.62</x:v>
+        <x:v>2.81</x:v>
       </x:c>
       <x:c r="D119" s="0">
-        <x:v>25225.784</x:v>
+        <x:v>25780.823</x:v>
       </x:c>
       <x:c r="E119" s="0">
-        <x:v>23249.57</x:v>
+        <x:v>23762.3</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:5">
       <x:c r="A120" s="1">
-        <x:v>45888.9238078704</x:v>
+        <x:v>45908.3013541667</x:v>
       </x:c>
       <x:c r="B120" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C120" s="0">
-        <x:v>3.42</x:v>
+        <x:v>2.89</x:v>
       </x:c>
       <x:c r="D120" s="0">
-        <x:v>25372.122</x:v>
+        <x:v>25661.628</x:v>
       </x:c>
       <x:c r="E120" s="0">
-        <x:v>23384.77</x:v>
+        <x:v>23652.443</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:5">
       <x:c r="A121" s="1">
-        <x:v>45888.3192939815</x:v>
+        <x:v>45905.9285648148</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C121" s="0">
-        <x:v>3.08</x:v>
+        <x:v>2.94</x:v>
       </x:c>
       <x:c r="D121" s="0">
-        <x:v>25729.075</x:v>
+        <x:v>25659.91</x:v>
       </x:c>
       <x:c r="E121" s="0">
-        <x:v>23713.759</x:v>
+        <x:v>23652.443</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:5">
       <x:c r="A122" s="1">
+        <x:v>45905.3095023148</x:v>
+      </x:c>
+      <x:c r="B122" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C122" s="0">
+        <x:v>2.87</x:v>
+      </x:c>
+      <x:c r="D122" s="0">
+        <x:v>25638.829</x:v>
+      </x:c>
+      <x:c r="E122" s="0">
+        <x:v>23633.013</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="123" spans="1:5">
+      <x:c r="A123" s="1">
+        <x:v>45904.9245601852</x:v>
+      </x:c>
+      <x:c r="B123" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C123" s="0">
+        <x:v>2.97</x:v>
+      </x:c>
+      <x:c r="D123" s="0">
+        <x:v>25639.595</x:v>
+      </x:c>
+      <x:c r="E123" s="0">
+        <x:v>23633.013</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="124" spans="1:5">
+      <x:c r="A124" s="1">
+        <x:v>45904.3202199074</x:v>
+      </x:c>
+      <x:c r="B124" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C124" s="0">
+        <x:v>3.25</x:v>
+      </x:c>
+      <x:c r="D124" s="0">
+        <x:v>25402.876</x:v>
+      </x:c>
+      <x:c r="E124" s="0">
+        <x:v>23414.839</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="125" spans="1:5">
+      <x:c r="A125" s="1">
+        <x:v>45903.9235648148</x:v>
+      </x:c>
+      <x:c r="B125" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C125" s="0">
+        <x:v>3.27</x:v>
+      </x:c>
+      <x:c r="D125" s="0">
+        <x:v>25405.022</x:v>
+      </x:c>
+      <x:c r="E125" s="0">
+        <x:v>23414.839</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="126" spans="1:5">
+      <x:c r="A126" s="1">
+        <x:v>45903.3225115741</x:v>
+      </x:c>
+      <x:c r="B126" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C126" s="0">
+        <x:v>3.49</x:v>
+      </x:c>
+      <x:c r="D126" s="0">
+        <x:v>25205.674</x:v>
+      </x:c>
+      <x:c r="E126" s="0">
+        <x:v>23231.108</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="127" spans="1:5">
+      <x:c r="A127" s="1">
+        <x:v>45902.923912037</x:v>
+      </x:c>
+      <x:c r="B127" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C127" s="0">
+        <x:v>3.55</x:v>
+      </x:c>
+      <x:c r="D127" s="0">
+        <x:v>25205.103</x:v>
+      </x:c>
+      <x:c r="E127" s="0">
+        <x:v>23231.108</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="128" spans="1:5">
+      <x:c r="A128" s="1">
+        <x:v>45902.3292013889</x:v>
+      </x:c>
+      <x:c r="B128" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C128" s="0">
+        <x:v>3.33</x:v>
+      </x:c>
+      <x:c r="D128" s="0">
+        <x:v>25405.082</x:v>
+      </x:c>
+      <x:c r="E128" s="0">
+        <x:v>23415.42</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="129" spans="1:5">
+      <x:c r="A129" s="1">
+        <x:v>45898.9304050926</x:v>
+      </x:c>
+      <x:c r="B129" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C129" s="0">
+        <x:v>3.29</x:v>
+      </x:c>
+      <x:c r="D129" s="0">
+        <x:v>25403.462</x:v>
+      </x:c>
+      <x:c r="E129" s="0">
+        <x:v>23415.42</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="130" spans="1:5">
+      <x:c r="A130" s="1">
+        <x:v>45898.3268518519</x:v>
+      </x:c>
+      <x:c r="B130" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C130" s="0">
+        <x:v>2.97</x:v>
+      </x:c>
+      <x:c r="D130" s="0">
+        <x:v>25715.974</x:v>
+      </x:c>
+      <x:c r="E130" s="0">
+        <x:v>23703.45</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="131" spans="1:5">
+      <x:c r="A131" s="1">
+        <x:v>45897.9274768519</x:v>
+      </x:c>
+      <x:c r="B131" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C131" s="0">
+        <x:v>2.93</x:v>
+      </x:c>
+      <x:c r="D131" s="0">
+        <x:v>25718.243</x:v>
+      </x:c>
+      <x:c r="E131" s="0">
+        <x:v>23703.45</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="132" spans="1:5">
+      <x:c r="A132" s="1">
+        <x:v>45896.9248611111</x:v>
+      </x:c>
+      <x:c r="B132" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C132" s="0">
+        <x:v>3.11</x:v>
+      </x:c>
+      <x:c r="D132" s="0">
+        <x:v>25568.88</x:v>
+      </x:c>
+      <x:c r="E132" s="0">
+        <x:v>23565.846</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="133" spans="1:5">
+      <x:c r="A133" s="1">
+        <x:v>45896.3337615741</x:v>
+      </x:c>
+      <x:c r="B133" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C133" s="0">
+        <x:v>3.15</x:v>
+      </x:c>
+      <x:c r="D133" s="0">
+        <x:v>25524.88</x:v>
+      </x:c>
+      <x:c r="E133" s="0">
+        <x:v>23525.293</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="134" spans="1:5">
+      <x:c r="A134" s="1">
+        <x:v>45895.9240046296</x:v>
+      </x:c>
+      <x:c r="B134" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C134" s="0">
+        <x:v>3.16</x:v>
+      </x:c>
+      <x:c r="D134" s="0">
+        <x:v>25524.943</x:v>
+      </x:c>
+      <x:c r="E134" s="0">
+        <x:v>23525.293</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="135" spans="1:5">
+      <x:c r="A135" s="1">
+        <x:v>45894.9239236111</x:v>
+      </x:c>
+      <x:c r="B135" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C135" s="0">
+        <x:v>3.3</x:v>
+      </x:c>
+      <x:c r="D135" s="0">
+        <x:v>25416.673</x:v>
+      </x:c>
+      <x:c r="E135" s="0">
+        <x:v>23425.605</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="136" spans="1:5">
+      <x:c r="A136" s="1">
+        <x:v>45894.3297685185</x:v>
+      </x:c>
+      <x:c r="B136" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C136" s="0">
+        <x:v>3.21</x:v>
+      </x:c>
+      <x:c r="D136" s="0">
+        <x:v>25495.346</x:v>
+      </x:c>
+      <x:c r="E136" s="0">
+        <x:v>23498.115</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="137" spans="1:5">
+      <x:c r="A137" s="1">
+        <x:v>45891.9252083333</x:v>
+      </x:c>
+      <x:c r="B137" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C137" s="0">
+        <x:v>3.2</x:v>
+      </x:c>
+      <x:c r="D137" s="0">
+        <x:v>25493.439</x:v>
+      </x:c>
+      <x:c r="E137" s="0">
+        <x:v>23498.115</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="138" spans="1:5">
+      <x:c r="A138" s="1">
+        <x:v>45891.3279861111</x:v>
+      </x:c>
+      <x:c r="B138" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C138" s="0">
+        <x:v>3.82</x:v>
+      </x:c>
+      <x:c r="D138" s="0">
+        <x:v>25107.684</x:v>
+      </x:c>
+      <x:c r="E138" s="0">
+        <x:v>23142.58</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="139" spans="1:5">
+      <x:c r="A139" s="1">
+        <x:v>45890.9257175926</x:v>
+      </x:c>
+      <x:c r="B139" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C139" s="0">
+        <x:v>3.78</x:v>
+      </x:c>
+      <x:c r="D139" s="0">
+        <x:v>25105.655</x:v>
+      </x:c>
+      <x:c r="E139" s="0">
+        <x:v>23142.58</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="140" spans="1:5">
+      <x:c r="A140" s="1">
+        <x:v>45890.3406944444</x:v>
+      </x:c>
+      <x:c r="B140" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C140" s="0">
+        <x:v>3.59</x:v>
+      </x:c>
+      <x:c r="D140" s="0">
+        <x:v>25221.74</x:v>
+      </x:c>
+      <x:c r="E140" s="0">
+        <x:v>23249.57</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="141" spans="1:5">
+      <x:c r="A141" s="1">
+        <x:v>45889.9243402778</x:v>
+      </x:c>
+      <x:c r="B141" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C141" s="0">
+        <x:v>3.62</x:v>
+      </x:c>
+      <x:c r="D141" s="0">
+        <x:v>25225.784</x:v>
+      </x:c>
+      <x:c r="E141" s="0">
+        <x:v>23249.57</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="142" spans="1:5">
+      <x:c r="A142" s="1">
+        <x:v>45888.9238078704</x:v>
+      </x:c>
+      <x:c r="B142" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C142" s="0">
+        <x:v>3.42</x:v>
+      </x:c>
+      <x:c r="D142" s="0">
+        <x:v>25372.122</x:v>
+      </x:c>
+      <x:c r="E142" s="0">
+        <x:v>23384.77</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="143" spans="1:5">
+      <x:c r="A143" s="1">
+        <x:v>45888.3192939815</x:v>
+      </x:c>
+      <x:c r="B143" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C143" s="0">
+        <x:v>3.08</x:v>
+      </x:c>
+      <x:c r="D143" s="0">
+        <x:v>25729.075</x:v>
+      </x:c>
+      <x:c r="E143" s="0">
+        <x:v>23713.759</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="144" spans="1:5">
+      <x:c r="A144" s="1">
         <x:v>45887.924525463</x:v>
       </x:c>
-      <x:c r="B122" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C122" s="0">
+      <x:c r="B144" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C144" s="0">
         <x:v>3</x:v>
       </x:c>
-      <x:c r="D122" s="0">
+      <x:c r="D144" s="0">
         <x:v>25729.428</x:v>
       </x:c>
-      <x:c r="E122" s="0">
+      <x:c r="E144" s="0">
         <x:v>23713.759</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>