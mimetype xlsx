--- v3 (2025-12-26)
+++ v4 (2026-01-20)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6201e85dabae4393" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/84bd76cce1be4cc3b6082d324997a305.psmdcp" Id="R002a27d8f56d449a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6e14b109edff4aa9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/afc6b0baee3145e19745abbc5bbd5707.psmdcp" Id="Recb9dc286a6947d7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>NLBNPNL39PI9</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -390,2494 +390,2851 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E144"/>
+  <x:dimension ref="A1:E165"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>46015.925462963</x:v>
+        <x:v>46042.9278935185</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
-        <x:v>0.85</x:v>
+        <x:v>1.07</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>27836.703</x:v>
+        <x:v>27111.514</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>25656.15</x:v>
+        <x:v>24987.57</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>46015.7976967593</x:v>
+        <x:v>46038.9244212963</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
-        <x:v>0.85</x:v>
+        <x:v>0.88</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>27836.698</x:v>
+        <x:v>27699.247</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>25656.146</x:v>
+        <x:v>25529.26</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>46015.3842824074</x:v>
+        <x:v>46037.9281134259</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
-        <x:v>0.88</x:v>
+        <x:v>0.87</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>27762.576</x:v>
+        <x:v>27718.571</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>25587.83</x:v>
+        <x:v>25547.07</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>46014.9278356481</x:v>
+        <x:v>46036.9273611111</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
-        <x:v>0.88</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>27762.796</x:v>
+        <x:v>27628.875</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>25587.83</x:v>
+        <x:v>25465.94</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>46013.9284722222</x:v>
+        <x:v>46036.3276157407</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
-        <x:v>0.92</x:v>
+        <x:v>0.83</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>27623.223</x:v>
+        <x:v>27928.346</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>25461.7</x:v>
+        <x:v>25741.95</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>46013.2967013889</x:v>
+        <x:v>46035.9280092593</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
-        <x:v>0.93</x:v>
+        <x:v>0.81</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>27497.884</x:v>
+        <x:v>27930.016</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>25346.18</x:v>
+        <x:v>25741.95</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>46010.9276388889</x:v>
+        <x:v>46034.9279282407</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
-        <x:v>0.97</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>27500.605</x:v>
+        <x:v>27979.611</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>25346.18</x:v>
+        <x:v>25787.66</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>46009.9307523148</x:v>
+        <x:v>46031.929224537</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
-        <x:v>1.11</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>27146.016</x:v>
+        <x:v>27955.833</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>25019.37</x:v>
+        <x:v>25766.26</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>46008.9276736111</x:v>
+        <x:v>46031.324849537</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
-        <x:v>1.31</x:v>
+        <x:v>0.89</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>26742.657</x:v>
+        <x:v>27674.644</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>24647.61</x:v>
+        <x:v>25507.1</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>46007.9278472222</x:v>
+        <x:v>46030.9270949074</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C12" s="0">
-        <x:v>1.09</x:v>
+        <x:v>0.89</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>27269.24</x:v>
+        <x:v>27675.204</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>25132.94</x:v>
+        <x:v>25507.1</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>46006.9271412037</x:v>
+        <x:v>46029.9278819444</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0">
-        <x:v>1.12</x:v>
+        <x:v>0.85</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>27195.994</x:v>
+        <x:v>27834.482</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>25067.27</x:v>
+        <x:v>25653.9</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>46006.3081134259</x:v>
+        <x:v>46028.9272222222</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C14" s="0">
-        <x:v>1.04</x:v>
+        <x:v>0.85</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>27336.458</x:v>
+        <x:v>27819.085</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>25196.73</x:v>
+        <x:v>25639.71</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>46003.927037037</x:v>
+        <x:v>46027.9295717593</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
-        <x:v>1.07</x:v>
+        <x:v>0.94</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>27337.54</x:v>
+        <x:v>27560.432</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>25196.73</x:v>
+        <x:v>25401.32</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>46003.3313773148</x:v>
+        <x:v>46024.9271875</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C16" s="0">
-        <x:v>0.9</x:v>
+        <x:v>1.02</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>27869.147</x:v>
+        <x:v>27345.868</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>25686.69</x:v>
+        <x:v>25206.17</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>46002.9321180556</x:v>
+        <x:v>46024.2881712963</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C17" s="0">
-        <x:v>0.9</x:v>
+        <x:v>0.93</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>27870.059</x:v>
+        <x:v>27393.261</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>25686.69</x:v>
+        <x:v>25249.85</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>46001.9271180556</x:v>
+        <x:v>46022.9253125</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="0">
-        <x:v>0.87</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>27967.099</x:v>
+        <x:v>27395.085</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>25776.44</x:v>
+        <x:v>25249.85</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>46001.3340740741</x:v>
+        <x:v>46022.3246527778</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C19" s="0">
-        <x:v>0.9</x:v>
+        <x:v>0.95</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>27850.19</x:v>
+        <x:v>27625.875</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>25668.69</x:v>
+        <x:v>25462.56</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
-        <x:v>46000.9276273148</x:v>
+        <x:v>46021.927025463</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C20" s="0">
-        <x:v>0.9</x:v>
+        <x:v>0.92</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>27850.353</x:v>
+        <x:v>27626.878</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>25668.69</x:v>
+        <x:v>25462.56</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="1">
-        <x:v>46000.3338425926</x:v>
+        <x:v>46020.9274421296</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C21" s="0">
-        <x:v>0.91</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="D21" s="0">
-        <x:v>27806.15</x:v>
+        <x:v>27694.583</x:v>
       </x:c>
       <x:c r="E21" s="0">
-        <x:v>25627.95</x:v>
+        <x:v>25525.56</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="1">
-        <x:v>45999.3304282407</x:v>
+        <x:v>46020.3324884259</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C22" s="0">
         <x:v>0.87</x:v>
       </x:c>
       <x:c r="D22" s="0">
-        <x:v>27873.958</x:v>
+        <x:v>27823.514</x:v>
       </x:c>
       <x:c r="E22" s="0">
-        <x:v>25692.05</x:v>
+        <x:v>25644.39</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="1">
-        <x:v>45996.9307986111</x:v>
+        <x:v>46017.9264351852</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C23" s="0">
-        <x:v>0.9</x:v>
+        <x:v>0.86</x:v>
       </x:c>
       <x:c r="D23" s="0">
-        <x:v>27872.883</x:v>
+        <x:v>27824.163</x:v>
       </x:c>
       <x:c r="E23" s="0">
-        <x:v>25692.05</x:v>
+        <x:v>25644.39</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="1">
-        <x:v>45996.3408449074</x:v>
+        <x:v>46015.925462963</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C24" s="0">
-        <x:v>0.9</x:v>
+        <x:v>0.85</x:v>
       </x:c>
       <x:c r="D24" s="0">
-        <x:v>27753.154</x:v>
+        <x:v>27836.703</x:v>
       </x:c>
       <x:c r="E24" s="0">
-        <x:v>25581.7</x:v>
+        <x:v>25656.15</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="1">
-        <x:v>45995.9303703704</x:v>
+        <x:v>46015.7976967593</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C25" s="0">
-        <x:v>0.94</x:v>
+        <x:v>0.85</x:v>
       </x:c>
       <x:c r="D25" s="0">
-        <x:v>27754.742</x:v>
+        <x:v>27836.698</x:v>
       </x:c>
       <x:c r="E25" s="0">
-        <x:v>25581.7</x:v>
+        <x:v>25656.146</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="1">
-        <x:v>45995.3278819444</x:v>
+        <x:v>46015.3842824074</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C26" s="0">
-        <x:v>0.92</x:v>
+        <x:v>0.88</x:v>
       </x:c>
       <x:c r="D26" s="0">
-        <x:v>27781.694</x:v>
+        <x:v>27762.576</x:v>
       </x:c>
       <x:c r="E26" s="0">
-        <x:v>25606.54</x:v>
+        <x:v>25587.83</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="1">
-        <x:v>45994.9277662037</x:v>
+        <x:v>46014.9278356481</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C27" s="0">
-        <x:v>0.93</x:v>
+        <x:v>0.88</x:v>
       </x:c>
       <x:c r="D27" s="0">
-        <x:v>27781.588</x:v>
+        <x:v>27762.796</x:v>
       </x:c>
       <x:c r="E27" s="0">
-        <x:v>25606.54</x:v>
+        <x:v>25587.83</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="1">
-        <x:v>45994.3371990741</x:v>
+        <x:v>46013.9284722222</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C28" s="0">
-        <x:v>0.93</x:v>
+        <x:v>0.92</x:v>
       </x:c>
       <x:c r="D28" s="0">
-        <x:v>27726.6</x:v>
+        <x:v>27623.223</x:v>
       </x:c>
       <x:c r="E28" s="0">
-        <x:v>25555.86</x:v>
+        <x:v>25461.7</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="1">
-        <x:v>45993.9304050926</x:v>
+        <x:v>46013.2967013889</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C29" s="0">
-        <x:v>0.95</x:v>
+        <x:v>0.93</x:v>
       </x:c>
       <x:c r="D29" s="0">
-        <x:v>27728.108</x:v>
+        <x:v>27497.884</x:v>
       </x:c>
       <x:c r="E29" s="0">
-        <x:v>25555.86</x:v>
+        <x:v>25346.18</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="1">
-        <x:v>45992.9296875</x:v>
+        <x:v>46010.9276388889</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C30" s="0">
-        <x:v>1.03</x:v>
+        <x:v>0.97</x:v>
       </x:c>
       <x:c r="D30" s="0">
-        <x:v>27496.991</x:v>
+        <x:v>27500.605</x:v>
       </x:c>
       <x:c r="E30" s="0">
-        <x:v>25342.849</x:v>
+        <x:v>25346.18</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="1">
-        <x:v>45989.8196990741</x:v>
+        <x:v>46009.9307523148</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C31" s="0">
-        <x:v>0.99</x:v>
+        <x:v>1.11</x:v>
       </x:c>
       <x:c r="D31" s="0">
-        <x:v>27595.907</x:v>
+        <x:v>27146.016</x:v>
       </x:c>
       <x:c r="E31" s="0">
-        <x:v>25434.889</x:v>
+        <x:v>25019.37</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="1">
-        <x:v>45989.3082523148</x:v>
+        <x:v>46008.9276736111</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C32" s="0">
-        <x:v>1.05</x:v>
+        <x:v>1.31</x:v>
       </x:c>
       <x:c r="D32" s="0">
-        <x:v>27381.131</x:v>
+        <x:v>26742.657</x:v>
       </x:c>
       <x:c r="E32" s="0">
-        <x:v>25236.939</x:v>
+        <x:v>24647.61</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="1">
-        <x:v>45987.9266087963</x:v>
+        <x:v>46007.9278472222</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C33" s="0">
-        <x:v>1.08</x:v>
+        <x:v>1.09</x:v>
       </x:c>
       <x:c r="D33" s="0">
-        <x:v>27380.559</x:v>
+        <x:v>27269.24</x:v>
       </x:c>
       <x:c r="E33" s="0">
-        <x:v>25236.939</x:v>
+        <x:v>25132.94</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="1">
-        <x:v>45987.319537037</x:v>
+        <x:v>46006.9271412037</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C34" s="0">
-        <x:v>1.13</x:v>
+        <x:v>1.12</x:v>
       </x:c>
       <x:c r="D34" s="0">
-        <x:v>27143.401</x:v>
+        <x:v>27195.994</x:v>
       </x:c>
       <x:c r="E34" s="0">
-        <x:v>25018.36</x:v>
+        <x:v>25067.27</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="1">
-        <x:v>45986.9251157407</x:v>
+        <x:v>46006.3081134259</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C35" s="0">
-        <x:v>1.18</x:v>
+        <x:v>1.04</x:v>
       </x:c>
       <x:c r="D35" s="0">
-        <x:v>27144.811</x:v>
+        <x:v>27336.458</x:v>
       </x:c>
       <x:c r="E35" s="0">
-        <x:v>25018.36</x:v>
+        <x:v>25196.73</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="1">
-        <x:v>45986.3107407407</x:v>
+        <x:v>46003.927037037</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C36" s="0">
-        <x:v>1.26</x:v>
+        <x:v>1.07</x:v>
       </x:c>
       <x:c r="D36" s="0">
-        <x:v>26988.018</x:v>
+        <x:v>27337.54</x:v>
       </x:c>
       <x:c r="E36" s="0">
-        <x:v>24873.85</x:v>
+        <x:v>25196.73</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="1">
-        <x:v>45985.3068518518</x:v>
+        <x:v>46003.3313773148</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C37" s="0">
-        <x:v>1.56</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="D37" s="0">
-        <x:v>26299.612</x:v>
+        <x:v>27869.147</x:v>
       </x:c>
       <x:c r="E37" s="0">
-        <x:v>24239.573</x:v>
+        <x:v>25686.69</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="1">
-        <x:v>45982.9249074074</x:v>
+        <x:v>46002.9321180556</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C38" s="0">
-        <x:v>1.69</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="D38" s="0">
-        <x:v>26298.24</x:v>
+        <x:v>27870.059</x:v>
       </x:c>
       <x:c r="E38" s="0">
-        <x:v>24239.573</x:v>
+        <x:v>25686.69</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="1">
-        <x:v>45982.3124884259</x:v>
+        <x:v>46001.9271180556</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C39" s="0">
-        <x:v>1.81</x:v>
+        <x:v>0.87</x:v>
       </x:c>
       <x:c r="D39" s="0">
-        <x:v>26097.306</x:v>
+        <x:v>27967.099</x:v>
       </x:c>
       <x:c r="E39" s="0">
-        <x:v>24054.38</x:v>
+        <x:v>25776.44</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="1">
-        <x:v>45981.9259722222</x:v>
+        <x:v>46001.3340740741</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C40" s="0">
-        <x:v>1.84</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="D40" s="0">
-        <x:v>26094.514</x:v>
+        <x:v>27850.19</x:v>
       </x:c>
       <x:c r="E40" s="0">
-        <x:v>24054.38</x:v>
+        <x:v>25668.69</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="1">
-        <x:v>45981.3119675926</x:v>
+        <x:v>46000.9276273148</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C41" s="0">
-        <x:v>1.21</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="D41" s="0">
-        <x:v>26730.471</x:v>
+        <x:v>27850.353</x:v>
       </x:c>
       <x:c r="E41" s="0">
-        <x:v>24640.515</x:v>
+        <x:v>25668.69</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="1">
-        <x:v>45980.9264583333</x:v>
+        <x:v>46000.3338425926</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C42" s="0">
-        <x:v>1.49</x:v>
+        <x:v>0.91</x:v>
       </x:c>
       <x:c r="D42" s="0">
-        <x:v>26734.782</x:v>
+        <x:v>27806.15</x:v>
       </x:c>
       <x:c r="E42" s="0">
-        <x:v>24640.515</x:v>
+        <x:v>25627.95</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="1">
-        <x:v>45980.3054166667</x:v>
+        <x:v>45999.3304282407</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C43" s="0">
-        <x:v>1.61</x:v>
+        <x:v>0.87</x:v>
       </x:c>
       <x:c r="D43" s="0">
-        <x:v>26585.682</x:v>
+        <x:v>27873.958</x:v>
       </x:c>
       <x:c r="E43" s="0">
-        <x:v>24503.096</x:v>
+        <x:v>25692.05</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="1">
-        <x:v>45979.9258680556</x:v>
+        <x:v>45996.9307986111</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C44" s="0">
-        <x:v>1.57</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="D44" s="0">
-        <x:v>26585.304</x:v>
+        <x:v>27872.883</x:v>
       </x:c>
       <x:c r="E44" s="0">
-        <x:v>24503.096</x:v>
+        <x:v>25692.05</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="1">
-        <x:v>45979.3133912037</x:v>
+        <x:v>45996.3408449074</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C45" s="0">
-        <x:v>1.49</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="D45" s="0">
-        <x:v>26907.356</x:v>
+        <x:v>27753.154</x:v>
       </x:c>
       <x:c r="E45" s="0">
-        <x:v>24799.918</x:v>
+        <x:v>25581.7</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="1">
-        <x:v>45978.9282175926</x:v>
+        <x:v>45995.9303703704</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C46" s="0">
-        <x:v>1.4</x:v>
+        <x:v>0.94</x:v>
       </x:c>
       <x:c r="D46" s="0">
-        <x:v>26907.419</x:v>
+        <x:v>27754.742</x:v>
       </x:c>
       <x:c r="E46" s="0">
-        <x:v>24799.918</x:v>
+        <x:v>25581.7</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="1">
-        <x:v>45978.3022569444</x:v>
+        <x:v>45995.3278819444</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C47" s="0">
-        <x:v>1.22</x:v>
+        <x:v>0.92</x:v>
       </x:c>
       <x:c r="D47" s="0">
-        <x:v>27133.45</x:v>
+        <x:v>27781.694</x:v>
       </x:c>
       <x:c r="E47" s="0">
-        <x:v>25008.242</x:v>
+        <x:v>25606.54</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5">
       <x:c r="A48" s="1">
-        <x:v>45975.9258449074</x:v>
+        <x:v>45994.9277662037</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C48" s="0">
-        <x:v>1.29</x:v>
+        <x:v>0.93</x:v>
       </x:c>
       <x:c r="D48" s="0">
-        <x:v>27130.898</x:v>
+        <x:v>27781.588</x:v>
       </x:c>
       <x:c r="E48" s="0">
-        <x:v>25008.242</x:v>
+        <x:v>25606.54</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
       <x:c r="A49" s="1">
-        <x:v>45975.3077662037</x:v>
+        <x:v>45994.3371990741</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C49" s="0">
-        <x:v>1.3</x:v>
+        <x:v>0.93</x:v>
       </x:c>
       <x:c r="D49" s="0">
-        <x:v>27114.863</x:v>
+        <x:v>27726.6</x:v>
       </x:c>
       <x:c r="E49" s="0">
-        <x:v>24993.463</x:v>
+        <x:v>25555.86</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5">
       <x:c r="A50" s="1">
-        <x:v>45974.9248958333</x:v>
+        <x:v>45993.9304050926</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C50" s="0">
-        <x:v>1.3</x:v>
+        <x:v>0.95</x:v>
       </x:c>
       <x:c r="D50" s="0">
-        <x:v>27117.524</x:v>
+        <x:v>27728.108</x:v>
       </x:c>
       <x:c r="E50" s="0">
-        <x:v>24993.463</x:v>
+        <x:v>25555.86</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5">
       <x:c r="A51" s="1">
-        <x:v>45974.3773148148</x:v>
+        <x:v>45992.9296875</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C51" s="0">
-        <x:v>1.05</x:v>
+        <x:v>1.03</x:v>
       </x:c>
       <x:c r="D51" s="0">
-        <x:v>27685.918</x:v>
+        <x:v>27496.991</x:v>
       </x:c>
       <x:c r="E51" s="0">
-        <x:v>25517.328</x:v>
+        <x:v>25342.849</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5">
       <x:c r="A52" s="1">
-        <x:v>45973.9253125</x:v>
+        <x:v>45989.8196990741</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C52" s="0">
-        <x:v>1.08</x:v>
+        <x:v>0.99</x:v>
       </x:c>
       <x:c r="D52" s="0">
-        <x:v>27686.071</x:v>
+        <x:v>27595.907</x:v>
       </x:c>
       <x:c r="E52" s="0">
-        <x:v>25517.328</x:v>
+        <x:v>25434.889</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5">
       <x:c r="A53" s="1">
-        <x:v>45973.3365393519</x:v>
+        <x:v>45989.3082523148</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C53" s="0">
-        <x:v>1.01</x:v>
+        <x:v>1.05</x:v>
       </x:c>
       <x:c r="D53" s="0">
-        <x:v>27703.603</x:v>
+        <x:v>27381.131</x:v>
       </x:c>
       <x:c r="E53" s="0">
-        <x:v>25533.486</x:v>
+        <x:v>25236.939</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5">
       <x:c r="A54" s="1">
-        <x:v>45972.9253240741</x:v>
+        <x:v>45987.9266087963</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C54" s="0">
-        <x:v>1.07</x:v>
+        <x:v>1.08</x:v>
       </x:c>
       <x:c r="D54" s="0">
-        <x:v>27703.832</x:v>
+        <x:v>27380.559</x:v>
       </x:c>
       <x:c r="E54" s="0">
-        <x:v>25533.486</x:v>
+        <x:v>25236.939</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5">
       <x:c r="A55" s="1">
-        <x:v>45971.9254282407</x:v>
+        <x:v>45987.319537037</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C55" s="0">
-        <x:v>1.04</x:v>
+        <x:v>1.13</x:v>
       </x:c>
       <x:c r="D55" s="0">
-        <x:v>27785.452</x:v>
+        <x:v>27143.401</x:v>
       </x:c>
       <x:c r="E55" s="0">
-        <x:v>25611.737</x:v>
+        <x:v>25018.36</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5">
       <x:c r="A56" s="1">
-        <x:v>45971.2992708333</x:v>
+        <x:v>45986.9251157407</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C56" s="0">
-        <x:v>1.17</x:v>
+        <x:v>1.18</x:v>
       </x:c>
       <x:c r="D56" s="0">
-        <x:v>27186.608</x:v>
+        <x:v>27144.811</x:v>
       </x:c>
       <x:c r="E56" s="0">
-        <x:v>25059.808</x:v>
+        <x:v>25018.36</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:5">
       <x:c r="A57" s="1">
-        <x:v>45968.925474537</x:v>
+        <x:v>45986.3107407407</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C57" s="0">
-        <x:v>1.34</x:v>
+        <x:v>1.26</x:v>
       </x:c>
       <x:c r="D57" s="0">
-        <x:v>27189.378</x:v>
+        <x:v>26988.018</x:v>
       </x:c>
       <x:c r="E57" s="0">
-        <x:v>25059.808</x:v>
+        <x:v>24873.85</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:5">
       <x:c r="A58" s="1">
-        <x:v>45968.3147453704</x:v>
+        <x:v>45985.3068518518</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C58" s="0">
-        <x:v>1.26</x:v>
+        <x:v>1.56</x:v>
       </x:c>
       <x:c r="D58" s="0">
-        <x:v>27265.582</x:v>
+        <x:v>26299.612</x:v>
       </x:c>
       <x:c r="E58" s="0">
-        <x:v>25130.042</x:v>
+        <x:v>24239.573</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:5">
       <x:c r="A59" s="1">
-        <x:v>45967.9277662037</x:v>
+        <x:v>45982.9249074074</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C59" s="0">
-        <x:v>1.3</x:v>
+        <x:v>1.69</x:v>
       </x:c>
       <x:c r="D59" s="0">
-        <x:v>27266.096</x:v>
+        <x:v>26298.24</x:v>
       </x:c>
       <x:c r="E59" s="0">
-        <x:v>25130.042</x:v>
+        <x:v>24239.573</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:5">
       <x:c r="A60" s="1">
-        <x:v>45966.9253587963</x:v>
+        <x:v>45982.3124884259</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C60" s="0">
-        <x:v>1.09</x:v>
+        <x:v>1.81</x:v>
       </x:c>
       <x:c r="D60" s="0">
-        <x:v>27797.734</x:v>
+        <x:v>26097.306</x:v>
       </x:c>
       <x:c r="E60" s="0">
-        <x:v>25620.031</x:v>
+        <x:v>24054.38</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:5">
       <x:c r="A61" s="1">
-        <x:v>45965.9237731481</x:v>
+        <x:v>45981.9259722222</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C61" s="0">
-        <x:v>1.17</x:v>
+        <x:v>1.84</x:v>
       </x:c>
       <x:c r="D61" s="0">
-        <x:v>27597.439</x:v>
+        <x:v>26094.514</x:v>
       </x:c>
       <x:c r="E61" s="0">
-        <x:v>25435.704</x:v>
+        <x:v>24054.38</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:5">
       <x:c r="A62" s="1">
-        <x:v>45965.3316666667</x:v>
+        <x:v>45981.3119675926</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C62" s="0">
-        <x:v>1.09</x:v>
+        <x:v>1.21</x:v>
       </x:c>
       <x:c r="D62" s="0">
-        <x:v>28180.343</x:v>
+        <x:v>26730.471</x:v>
       </x:c>
       <x:c r="E62" s="0">
-        <x:v>25972.943</x:v>
+        <x:v>24640.515</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:5">
       <x:c r="A63" s="1">
-        <x:v>45964.9228819444</x:v>
+        <x:v>45980.9264583333</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C63" s="0">
-        <x:v>0.97</x:v>
+        <x:v>1.49</x:v>
       </x:c>
       <x:c r="D63" s="0">
-        <x:v>28180.643</x:v>
+        <x:v>26734.782</x:v>
       </x:c>
       <x:c r="E63" s="0">
-        <x:v>25972.943</x:v>
+        <x:v>24640.515</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:5">
       <x:c r="A64" s="1">
-        <x:v>45961.8818865741</x:v>
+        <x:v>45980.3054166667</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C64" s="0">
-        <x:v>1.02</x:v>
+        <x:v>1.61</x:v>
       </x:c>
       <x:c r="D64" s="0">
-        <x:v>28053.595</x:v>
+        <x:v>26585.682</x:v>
       </x:c>
       <x:c r="E64" s="0">
-        <x:v>25858.126</x:v>
+        <x:v>24503.096</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:5">
       <x:c r="A65" s="1">
-        <x:v>45961.3396180556</x:v>
+        <x:v>45979.9258680556</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C65" s="0">
-        <x:v>0.95</x:v>
+        <x:v>1.57</x:v>
       </x:c>
       <x:c r="D65" s="0">
-        <x:v>27919.8</x:v>
+        <x:v>26585.304</x:v>
       </x:c>
       <x:c r="E65" s="0">
-        <x:v>25734.813</x:v>
+        <x:v>24503.096</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:5">
       <x:c r="A66" s="1">
-        <x:v>45960.8841087963</x:v>
+        <x:v>45979.3133912037</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C66" s="0">
-        <x:v>1.07</x:v>
+        <x:v>1.49</x:v>
       </x:c>
       <x:c r="D66" s="0">
-        <x:v>27922.272</x:v>
+        <x:v>26907.356</x:v>
       </x:c>
       <x:c r="E66" s="0">
-        <x:v>25734.813</x:v>
+        <x:v>24799.918</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:5">
       <x:c r="A67" s="1">
-        <x:v>45959.8898263889</x:v>
+        <x:v>45978.9282175926</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C67" s="0">
-        <x:v>0.93</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="D67" s="0">
-        <x:v>28339.825</x:v>
+        <x:v>26907.419</x:v>
       </x:c>
       <x:c r="E67" s="0">
-        <x:v>26119.846</x:v>
+        <x:v>24799.918</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:5">
       <x:c r="A68" s="1">
-        <x:v>45959.3231944444</x:v>
+        <x:v>45978.3022569444</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C68" s="0">
-        <x:v>0.92</x:v>
+        <x:v>1.22</x:v>
       </x:c>
       <x:c r="D68" s="0">
-        <x:v>28222.98</x:v>
+        <x:v>27133.45</x:v>
       </x:c>
       <x:c r="E68" s="0">
-        <x:v>26012.155</x:v>
+        <x:v>25008.242</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:5">
       <x:c r="A69" s="1">
-        <x:v>45958.8875115741</x:v>
+        <x:v>45975.9258449074</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C69" s="0">
-        <x:v>0.97</x:v>
+        <x:v>1.29</x:v>
       </x:c>
       <x:c r="D69" s="0">
-        <x:v>28222.854</x:v>
+        <x:v>27130.898</x:v>
       </x:c>
       <x:c r="E69" s="0">
-        <x:v>26012.155</x:v>
+        <x:v>25008.242</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:5">
       <x:c r="A70" s="1">
-        <x:v>45958.3305787037</x:v>
+        <x:v>45975.3077662037</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C70" s="0">
-        <x:v>1.05</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="D70" s="0">
-        <x:v>28016.037</x:v>
+        <x:v>27114.863</x:v>
       </x:c>
       <x:c r="E70" s="0">
-        <x:v>25821.54</x:v>
+        <x:v>24993.463</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:5">
       <x:c r="A71" s="1">
-        <x:v>45957.8875925926</x:v>
+        <x:v>45974.9248958333</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C71" s="0">
-        <x:v>1.05</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="D71" s="0">
-        <x:v>28016.377</x:v>
+        <x:v>27117.524</x:v>
       </x:c>
       <x:c r="E71" s="0">
-        <x:v>25821.546</x:v>
+        <x:v>24993.463</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:5">
       <x:c r="A72" s="1">
-        <x:v>45954.9259259259</x:v>
+        <x:v>45974.3773148148</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C72" s="0">
-        <x:v>1.28</x:v>
+        <x:v>1.05</x:v>
       </x:c>
       <x:c r="D72" s="0">
-        <x:v>27513.585</x:v>
+        <x:v>27685.918</x:v>
       </x:c>
       <x:c r="E72" s="0">
-        <x:v>25358.162</x:v>
+        <x:v>25517.328</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:5">
       <x:c r="A73" s="1">
-        <x:v>45954.3348148148</x:v>
+        <x:v>45973.9253125</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C73" s="0">
-        <x:v>1.37</x:v>
+        <x:v>1.08</x:v>
       </x:c>
       <x:c r="D73" s="0">
-        <x:v>27230.674</x:v>
+        <x:v>27686.071</x:v>
       </x:c>
       <x:c r="E73" s="0">
-        <x:v>25097.415</x:v>
+        <x:v>25517.328</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:5">
       <x:c r="A74" s="1">
-        <x:v>45953.9278587963</x:v>
+        <x:v>45973.3365393519</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C74" s="0">
-        <x:v>1.42</x:v>
+        <x:v>1.01</x:v>
       </x:c>
       <x:c r="D74" s="0">
-        <x:v>27230.695</x:v>
+        <x:v>27703.603</x:v>
       </x:c>
       <x:c r="E74" s="0">
-        <x:v>25097.415</x:v>
+        <x:v>25533.486</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:5">
       <x:c r="A75" s="1">
-        <x:v>45952.9303587963</x:v>
+        <x:v>45972.9253240741</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C75" s="0">
-        <x:v>1.56</x:v>
+        <x:v>1.07</x:v>
       </x:c>
       <x:c r="D75" s="0">
-        <x:v>26993.72</x:v>
+        <x:v>27703.832</x:v>
       </x:c>
       <x:c r="E75" s="0">
-        <x:v>24879.005</x:v>
+        <x:v>25533.486</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:5">
       <x:c r="A76" s="1">
-        <x:v>45951.9269212963</x:v>
+        <x:v>45971.9254282407</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C76" s="0">
-        <x:v>1.42</x:v>
+        <x:v>1.04</x:v>
       </x:c>
       <x:c r="D76" s="0">
-        <x:v>27262.937</x:v>
+        <x:v>27785.452</x:v>
       </x:c>
       <x:c r="E76" s="0">
-        <x:v>25127.131</x:v>
+        <x:v>25611.737</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:5">
       <x:c r="A77" s="1">
-        <x:v>45950.9289699074</x:v>
+        <x:v>45971.2992708333</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C77" s="0">
-        <x:v>1.41</x:v>
+        <x:v>1.17</x:v>
       </x:c>
       <x:c r="D77" s="0">
-        <x:v>27278.004</x:v>
+        <x:v>27186.608</x:v>
       </x:c>
       <x:c r="E77" s="0">
-        <x:v>25141.018</x:v>
+        <x:v>25059.808</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:5">
       <x:c r="A78" s="1">
-        <x:v>45947.9300694444</x:v>
+        <x:v>45968.925474537</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C78" s="0">
-        <x:v>1.62</x:v>
+        <x:v>1.34</x:v>
       </x:c>
       <x:c r="D78" s="0">
-        <x:v>26927.479</x:v>
+        <x:v>27189.378</x:v>
       </x:c>
       <x:c r="E78" s="0">
-        <x:v>24817.953</x:v>
+        <x:v>25059.808</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:5">
       <x:c r="A79" s="1">
-        <x:v>45946.9261805556</x:v>
+        <x:v>45968.3147453704</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C79" s="0">
-        <x:v>1.73</x:v>
+        <x:v>1.26</x:v>
       </x:c>
       <x:c r="D79" s="0">
-        <x:v>26753.106</x:v>
+        <x:v>27265.582</x:v>
       </x:c>
       <x:c r="E79" s="0">
-        <x:v>24657.241</x:v>
+        <x:v>25130.042</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:5">
       <x:c r="A80" s="1">
-        <x:v>45945.9256712963</x:v>
+        <x:v>45967.9277662037</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C80" s="0">
-        <x:v>1.67</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="D80" s="0">
-        <x:v>26848.713</x:v>
+        <x:v>27266.096</x:v>
       </x:c>
       <x:c r="E80" s="0">
-        <x:v>24745.358</x:v>
+        <x:v>25130.042</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:5">
       <x:c r="A81" s="1">
-        <x:v>45944.9308680556</x:v>
+        <x:v>45966.9253587963</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C81" s="0">
-        <x:v>1.79</x:v>
+        <x:v>1.09</x:v>
       </x:c>
       <x:c r="D81" s="0">
-        <x:v>26668.559</x:v>
+        <x:v>27797.734</x:v>
       </x:c>
       <x:c r="E81" s="0">
-        <x:v>24579.317</x:v>
+        <x:v>25620.031</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:5">
       <x:c r="A82" s="1">
-        <x:v>45943.9267592593</x:v>
+        <x:v>45965.9237731481</x:v>
       </x:c>
       <x:c r="B82" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C82" s="0">
-        <x:v>1.67</x:v>
+        <x:v>1.17</x:v>
       </x:c>
       <x:c r="D82" s="0">
-        <x:v>26854.023</x:v>
+        <x:v>27597.439</x:v>
       </x:c>
       <x:c r="E82" s="0">
-        <x:v>24750.252</x:v>
+        <x:v>25435.704</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:5">
       <x:c r="A83" s="1">
-        <x:v>45940.9235069444</x:v>
+        <x:v>45965.3316666667</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C83" s="0">
-        <x:v>2.14</x:v>
+        <x:v>1.09</x:v>
       </x:c>
       <x:c r="D83" s="0">
-        <x:v>26280.525</x:v>
+        <x:v>28180.343</x:v>
       </x:c>
       <x:c r="E83" s="0">
-        <x:v>24221.745</x:v>
+        <x:v>25972.943</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:5">
       <x:c r="A84" s="1">
-        <x:v>45940.3355092593</x:v>
+        <x:v>45964.9228819444</x:v>
       </x:c>
       <x:c r="B84" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C84" s="0">
-        <x:v>1.56</x:v>
+        <x:v>0.97</x:v>
       </x:c>
       <x:c r="D84" s="0">
-        <x:v>27231.457</x:v>
+        <x:v>28180.643</x:v>
       </x:c>
       <x:c r="E84" s="0">
-        <x:v>25098.18</x:v>
+        <x:v>25972.943</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:5">
       <x:c r="A85" s="1">
-        <x:v>45939.3272800926</x:v>
+        <x:v>45961.8818865741</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C85" s="0">
-        <x:v>1.55</x:v>
+        <x:v>1.02</x:v>
       </x:c>
       <x:c r="D85" s="0">
-        <x:v>27272.793</x:v>
+        <x:v>28053.595</x:v>
       </x:c>
       <x:c r="E85" s="0">
-        <x:v>25136.623</x:v>
+        <x:v>25858.126</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:5">
       <x:c r="A86" s="1">
-        <x:v>45938.9271180556</x:v>
+        <x:v>45961.3396180556</x:v>
       </x:c>
       <x:c r="B86" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C86" s="0">
-        <x:v>1.56</x:v>
+        <x:v>0.95</x:v>
       </x:c>
       <x:c r="D86" s="0">
-        <x:v>27273.236</x:v>
+        <x:v>27919.8</x:v>
       </x:c>
       <x:c r="E86" s="0">
-        <x:v>25136.623</x:v>
+        <x:v>25734.813</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:5">
       <x:c r="A87" s="1">
-        <x:v>45937.9281828704</x:v>
+        <x:v>45960.8841087963</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C87" s="0">
-        <x:v>1.77</x:v>
+        <x:v>1.07</x:v>
       </x:c>
       <x:c r="D87" s="0">
-        <x:v>26951.646</x:v>
+        <x:v>27922.272</x:v>
       </x:c>
       <x:c r="E87" s="0">
-        <x:v>24840.227</x:v>
+        <x:v>25734.813</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:5">
       <x:c r="A88" s="1">
-        <x:v>45936.924224537</x:v>
+        <x:v>45959.8898263889</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C88" s="0">
-        <x:v>1.67</x:v>
+        <x:v>0.93</x:v>
       </x:c>
       <x:c r="D88" s="0">
-        <x:v>27101.735</x:v>
+        <x:v>28339.825</x:v>
       </x:c>
       <x:c r="E88" s="0">
-        <x:v>24978.558</x:v>
+        <x:v>26119.846</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:5">
       <x:c r="A89" s="1">
-        <x:v>45933.9289236111</x:v>
+        <x:v>45959.3231944444</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C89" s="0">
-        <x:v>1.81</x:v>
+        <x:v>0.92</x:v>
       </x:c>
       <x:c r="D89" s="0">
-        <x:v>26889.854</x:v>
+        <x:v>28222.98</x:v>
       </x:c>
       <x:c r="E89" s="0">
-        <x:v>24785.522</x:v>
+        <x:v>26012.155</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:5">
       <x:c r="A90" s="1">
-        <x:v>45933.3311111111</x:v>
+        <x:v>45958.8875115741</x:v>
       </x:c>
       <x:c r="B90" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C90" s="0">
-        <x:v>1.68</x:v>
+        <x:v>0.97</x:v>
       </x:c>
       <x:c r="D90" s="0">
-        <x:v>27006.212</x:v>
+        <x:v>28222.854</x:v>
       </x:c>
       <x:c r="E90" s="0">
-        <x:v>24892.764</x:v>
+        <x:v>26012.155</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:5">
       <x:c r="A91" s="1">
-        <x:v>45932.9250231481</x:v>
+        <x:v>45958.3305787037</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C91" s="0">
-        <x:v>1.74</x:v>
+        <x:v>1.05</x:v>
       </x:c>
       <x:c r="D91" s="0">
-        <x:v>27008.649</x:v>
+        <x:v>28016.037</x:v>
       </x:c>
       <x:c r="E91" s="0">
-        <x:v>24892.764</x:v>
+        <x:v>25821.54</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:5">
       <x:c r="A92" s="1">
-        <x:v>45931.9294097222</x:v>
+        <x:v>45957.8875925926</x:v>
       </x:c>
       <x:c r="B92" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C92" s="0">
-        <x:v>1.8</x:v>
+        <x:v>1.05</x:v>
       </x:c>
       <x:c r="D92" s="0">
-        <x:v>26907.328</x:v>
+        <x:v>28016.377</x:v>
       </x:c>
       <x:c r="E92" s="0">
-        <x:v>24800.863</x:v>
+        <x:v>25821.546</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:5">
       <x:c r="A93" s="1">
-        <x:v>45931.3342361111</x:v>
+        <x:v>45954.9259259259</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C93" s="0">
-        <x:v>1.99</x:v>
+        <x:v>1.28</x:v>
       </x:c>
       <x:c r="D93" s="0">
-        <x:v>26776.178</x:v>
+        <x:v>27513.585</x:v>
       </x:c>
       <x:c r="E93" s="0">
-        <x:v>24679.988</x:v>
+        <x:v>25358.162</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:5">
       <x:c r="A94" s="1">
-        <x:v>45930.9339814815</x:v>
+        <x:v>45954.3348148148</x:v>
       </x:c>
       <x:c r="B94" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C94" s="0">
-        <x:v>1.9</x:v>
+        <x:v>1.37</x:v>
       </x:c>
       <x:c r="D94" s="0">
-        <x:v>26776.931</x:v>
+        <x:v>27230.674</x:v>
       </x:c>
       <x:c r="E94" s="0">
-        <x:v>24679.988</x:v>
+        <x:v>25097.415</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:5">
       <x:c r="A95" s="1">
-        <x:v>45930.3326967593</x:v>
+        <x:v>45953.9278587963</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C95" s="0">
-        <x:v>1.95</x:v>
+        <x:v>1.42</x:v>
       </x:c>
       <x:c r="D95" s="0">
-        <x:v>26702.461</x:v>
+        <x:v>27230.695</x:v>
       </x:c>
       <x:c r="E95" s="0">
-        <x:v>24611.352</x:v>
+        <x:v>25097.415</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:5">
       <x:c r="A96" s="1">
-        <x:v>45929.9324074074</x:v>
+        <x:v>45952.9303587963</x:v>
       </x:c>
       <x:c r="B96" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C96" s="0">
-        <x:v>1.95</x:v>
+        <x:v>1.56</x:v>
       </x:c>
       <x:c r="D96" s="0">
-        <x:v>26703.317</x:v>
+        <x:v>26993.72</x:v>
       </x:c>
       <x:c r="E96" s="0">
-        <x:v>24611.352</x:v>
+        <x:v>24879.005</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:5">
       <x:c r="A97" s="1">
-        <x:v>45926.9299074074</x:v>
+        <x:v>45951.9269212963</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C97" s="0">
-        <x:v>2.04</x:v>
+        <x:v>1.42</x:v>
       </x:c>
       <x:c r="D97" s="0">
-        <x:v>26586.262</x:v>
+        <x:v>27262.937</x:v>
       </x:c>
       <x:c r="E97" s="0">
-        <x:v>24503.848</x:v>
+        <x:v>25127.131</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:5">
       <x:c r="A98" s="1">
-        <x:v>45926.3217939815</x:v>
+        <x:v>45950.9289699074</x:v>
       </x:c>
       <x:c r="B98" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C98" s="0">
-        <x:v>2.15</x:v>
+        <x:v>1.41</x:v>
       </x:c>
       <x:c r="D98" s="0">
-        <x:v>26470.669</x:v>
+        <x:v>27278.004</x:v>
       </x:c>
       <x:c r="E98" s="0">
-        <x:v>24397.311</x:v>
+        <x:v>25141.018</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:5">
       <x:c r="A99" s="1">
-        <x:v>45925.9293865741</x:v>
+        <x:v>45947.9300694444</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C99" s="0">
-        <x:v>2.13</x:v>
+        <x:v>1.62</x:v>
       </x:c>
       <x:c r="D99" s="0">
-        <x:v>26471.082</x:v>
+        <x:v>26927.479</x:v>
       </x:c>
       <x:c r="E99" s="0">
-        <x:v>24397.311</x:v>
+        <x:v>24817.953</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:5">
       <x:c r="A100" s="1">
-        <x:v>45924.9296412037</x:v>
+        <x:v>45946.9261805556</x:v>
       </x:c>
       <x:c r="B100" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C100" s="0">
-        <x:v>2.04</x:v>
+        <x:v>1.73</x:v>
       </x:c>
       <x:c r="D100" s="0">
-        <x:v>26585.935</x:v>
+        <x:v>26753.106</x:v>
       </x:c>
       <x:c r="E100" s="0">
-        <x:v>24503.567</x:v>
+        <x:v>24657.241</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:5">
       <x:c r="A101" s="1">
-        <x:v>45924.3777662037</x:v>
+        <x:v>45945.9256712963</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C101" s="0">
-        <x:v>1.92</x:v>
+        <x:v>1.67</x:v>
       </x:c>
       <x:c r="D101" s="0">
-        <x:v>26669.047</x:v>
+        <x:v>26848.713</x:v>
       </x:c>
       <x:c r="E101" s="0">
-        <x:v>24580.168</x:v>
+        <x:v>24745.358</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:5">
       <x:c r="A102" s="1">
-        <x:v>45923.9252314815</x:v>
+        <x:v>45944.9308680556</x:v>
       </x:c>
       <x:c r="B102" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C102" s="0">
-        <x:v>1.98</x:v>
+        <x:v>1.79</x:v>
       </x:c>
       <x:c r="D102" s="0">
-        <x:v>26669.482</x:v>
+        <x:v>26668.559</x:v>
       </x:c>
       <x:c r="E102" s="0">
-        <x:v>24580.168</x:v>
+        <x:v>24579.317</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:5">
       <x:c r="A103" s="1">
-        <x:v>45922.9266898148</x:v>
+        <x:v>45943.9267592593</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C103" s="0">
-        <x:v>1.84</x:v>
+        <x:v>1.67</x:v>
       </x:c>
       <x:c r="D103" s="0">
-        <x:v>26862.689</x:v>
+        <x:v>26854.023</x:v>
       </x:c>
       <x:c r="E103" s="0">
-        <x:v>24761.074</x:v>
+        <x:v>24750.252</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:5">
       <x:c r="A104" s="1">
-        <x:v>45922.3338773148</x:v>
+        <x:v>45940.9235069444</x:v>
       </x:c>
       <x:c r="B104" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C104" s="0">
-        <x:v>1.97</x:v>
+        <x:v>2.14</x:v>
       </x:c>
       <x:c r="D104" s="0">
-        <x:v>26716.401</x:v>
+        <x:v>26280.525</x:v>
       </x:c>
       <x:c r="E104" s="0">
-        <x:v>24626.247</x:v>
+        <x:v>24221.745</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:5">
       <x:c r="A105" s="1">
-        <x:v>45919.9342939815</x:v>
+        <x:v>45940.3355092593</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C105" s="0">
-        <x:v>1.95</x:v>
+        <x:v>1.56</x:v>
       </x:c>
       <x:c r="D105" s="0">
-        <x:v>26719.478</x:v>
+        <x:v>27231.457</x:v>
       </x:c>
       <x:c r="E105" s="0">
-        <x:v>24626.247</x:v>
+        <x:v>25098.18</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:5">
       <x:c r="A106" s="1">
-        <x:v>45918.9266087963</x:v>
+        <x:v>45939.3272800926</x:v>
       </x:c>
       <x:c r="B106" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C106" s="0">
-        <x:v>2.09</x:v>
+        <x:v>1.55</x:v>
       </x:c>
       <x:c r="D106" s="0">
-        <x:v>26533.56</x:v>
+        <x:v>27272.793</x:v>
       </x:c>
       <x:c r="E106" s="0">
-        <x:v>24454.894</x:v>
+        <x:v>25136.623</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:5">
       <x:c r="A107" s="1">
-        <x:v>45917.9271296296</x:v>
+        <x:v>45938.9271180556</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C107" s="0">
-        <x:v>2.31</x:v>
+        <x:v>1.56</x:v>
       </x:c>
       <x:c r="D107" s="0">
-        <x:v>26282.362</x:v>
+        <x:v>27273.236</x:v>
       </x:c>
       <x:c r="E107" s="0">
-        <x:v>24223.687</x:v>
+        <x:v>25136.623</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:5">
       <x:c r="A108" s="1">
-        <x:v>45917.3258680556</x:v>
+        <x:v>45937.9281828704</x:v>
       </x:c>
       <x:c r="B108" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C108" s="0">
-        <x:v>2.28</x:v>
+        <x:v>1.77</x:v>
       </x:c>
       <x:c r="D108" s="0">
-        <x:v>26337.222</x:v>
+        <x:v>26951.646</x:v>
       </x:c>
       <x:c r="E108" s="0">
-        <x:v>24274.249</x:v>
+        <x:v>24840.227</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:5">
       <x:c r="A109" s="1">
-        <x:v>45916.9259490741</x:v>
+        <x:v>45936.924224537</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C109" s="0">
-        <x:v>2.26</x:v>
+        <x:v>1.67</x:v>
       </x:c>
       <x:c r="D109" s="0">
-        <x:v>26337.56</x:v>
+        <x:v>27101.735</x:v>
       </x:c>
       <x:c r="E109" s="0">
-        <x:v>24274.249</x:v>
+        <x:v>24978.558</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:5">
       <x:c r="A110" s="1">
-        <x:v>45915.9270601852</x:v>
+        <x:v>45933.9289236111</x:v>
       </x:c>
       <x:c r="B110" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C110" s="0">
-        <x:v>2.24</x:v>
+        <x:v>1.81</x:v>
       </x:c>
       <x:c r="D110" s="0">
-        <x:v>26356.936</x:v>
+        <x:v>26889.854</x:v>
       </x:c>
       <x:c r="E110" s="0">
-        <x:v>24293.781</x:v>
+        <x:v>24785.522</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:5">
       <x:c r="A111" s="1">
-        <x:v>45915.3170833333</x:v>
+        <x:v>45933.3311111111</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C111" s="0">
-        <x:v>2.43</x:v>
+        <x:v>1.68</x:v>
       </x:c>
       <x:c r="D111" s="0">
-        <x:v>26138.213</x:v>
+        <x:v>27006.212</x:v>
       </x:c>
       <x:c r="E111" s="0">
-        <x:v>24092.193</x:v>
+        <x:v>24892.764</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:5">
       <x:c r="A112" s="1">
-        <x:v>45912.9234259259</x:v>
+        <x:v>45932.9250231481</x:v>
       </x:c>
       <x:c r="B112" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C112" s="0">
-        <x:v>2.44</x:v>
+        <x:v>1.74</x:v>
       </x:c>
       <x:c r="D112" s="0">
-        <x:v>26139.203</x:v>
+        <x:v>27008.649</x:v>
       </x:c>
       <x:c r="E112" s="0">
-        <x:v>24092.193</x:v>
+        <x:v>24892.764</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:5">
       <x:c r="A113" s="1">
-        <x:v>45912.3096527778</x:v>
+        <x:v>45931.9294097222</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C113" s="0">
-        <x:v>2.54</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="D113" s="0">
-        <x:v>26031.104</x:v>
+        <x:v>26907.328</x:v>
       </x:c>
       <x:c r="E113" s="0">
-        <x:v>23992.562</x:v>
+        <x:v>24800.863</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:5">
       <x:c r="A114" s="1">
-        <x:v>45911.9251736111</x:v>
+        <x:v>45931.3342361111</x:v>
       </x:c>
       <x:c r="B114" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C114" s="0">
-        <x:v>2.55</x:v>
+        <x:v>1.99</x:v>
       </x:c>
       <x:c r="D114" s="0">
-        <x:v>26031.799</x:v>
+        <x:v>26776.178</x:v>
       </x:c>
       <x:c r="E114" s="0">
-        <x:v>23992.562</x:v>
+        <x:v>24679.988</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:5">
       <x:c r="A115" s="1">
-        <x:v>45911.3308101852</x:v>
+        <x:v>45930.9339814815</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C115" s="0">
-        <x:v>2.7</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="D115" s="0">
-        <x:v>25876.327</x:v>
+        <x:v>26776.931</x:v>
       </x:c>
       <x:c r="E115" s="0">
-        <x:v>23849.27</x:v>
+        <x:v>24679.988</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:5">
       <x:c r="A116" s="1">
-        <x:v>45910.9240509259</x:v>
+        <x:v>45930.3326967593</x:v>
       </x:c>
       <x:c r="B116" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C116" s="0">
-        <x:v>2.71</x:v>
+        <x:v>1.95</x:v>
       </x:c>
       <x:c r="D116" s="0">
-        <x:v>25876.458</x:v>
+        <x:v>26702.461</x:v>
       </x:c>
       <x:c r="E116" s="0">
-        <x:v>23849.27</x:v>
+        <x:v>24611.352</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:5">
       <x:c r="A117" s="1">
-        <x:v>45909.9244907407</x:v>
+        <x:v>45929.9324074074</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C117" s="0">
-        <x:v>2.72</x:v>
+        <x:v>1.95</x:v>
       </x:c>
       <x:c r="D117" s="0">
-        <x:v>25866.003</x:v>
+        <x:v>26703.317</x:v>
       </x:c>
       <x:c r="E117" s="0">
-        <x:v>23839.796</x:v>
+        <x:v>24611.352</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:5">
       <x:c r="A118" s="1">
-        <x:v>45909.335462963</x:v>
+        <x:v>45926.9299074074</x:v>
       </x:c>
       <x:c r="B118" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C118" s="0">
-        <x:v>2.77</x:v>
+        <x:v>2.04</x:v>
       </x:c>
       <x:c r="D118" s="0">
-        <x:v>25781.92</x:v>
+        <x:v>26586.262</x:v>
       </x:c>
       <x:c r="E118" s="0">
-        <x:v>23762.3</x:v>
+        <x:v>24503.848</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:5">
       <x:c r="A119" s="1">
-        <x:v>45908.9240393518</x:v>
+        <x:v>45926.3217939815</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C119" s="0">
-        <x:v>2.81</x:v>
+        <x:v>2.15</x:v>
       </x:c>
       <x:c r="D119" s="0">
-        <x:v>25780.823</x:v>
+        <x:v>26470.669</x:v>
       </x:c>
       <x:c r="E119" s="0">
-        <x:v>23762.3</x:v>
+        <x:v>24397.311</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:5">
       <x:c r="A120" s="1">
-        <x:v>45908.3013541667</x:v>
+        <x:v>45925.9293865741</x:v>
       </x:c>
       <x:c r="B120" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C120" s="0">
-        <x:v>2.89</x:v>
+        <x:v>2.13</x:v>
       </x:c>
       <x:c r="D120" s="0">
-        <x:v>25661.628</x:v>
+        <x:v>26471.082</x:v>
       </x:c>
       <x:c r="E120" s="0">
-        <x:v>23652.443</x:v>
+        <x:v>24397.311</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:5">
       <x:c r="A121" s="1">
-        <x:v>45905.9285648148</x:v>
+        <x:v>45924.9296412037</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C121" s="0">
-        <x:v>2.94</x:v>
+        <x:v>2.04</x:v>
       </x:c>
       <x:c r="D121" s="0">
-        <x:v>25659.91</x:v>
+        <x:v>26585.935</x:v>
       </x:c>
       <x:c r="E121" s="0">
-        <x:v>23652.443</x:v>
+        <x:v>24503.567</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:5">
       <x:c r="A122" s="1">
-        <x:v>45905.3095023148</x:v>
+        <x:v>45924.3777662037</x:v>
       </x:c>
       <x:c r="B122" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C122" s="0">
-        <x:v>2.87</x:v>
+        <x:v>1.92</x:v>
       </x:c>
       <x:c r="D122" s="0">
-        <x:v>25638.829</x:v>
+        <x:v>26669.047</x:v>
       </x:c>
       <x:c r="E122" s="0">
-        <x:v>23633.013</x:v>
+        <x:v>24580.168</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:5">
       <x:c r="A123" s="1">
-        <x:v>45904.9245601852</x:v>
+        <x:v>45923.9252314815</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C123" s="0">
-        <x:v>2.97</x:v>
+        <x:v>1.98</x:v>
       </x:c>
       <x:c r="D123" s="0">
-        <x:v>25639.595</x:v>
+        <x:v>26669.482</x:v>
       </x:c>
       <x:c r="E123" s="0">
-        <x:v>23633.013</x:v>
+        <x:v>24580.168</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:5">
       <x:c r="A124" s="1">
-        <x:v>45904.3202199074</x:v>
+        <x:v>45922.9266898148</x:v>
       </x:c>
       <x:c r="B124" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C124" s="0">
-        <x:v>3.25</x:v>
+        <x:v>1.84</x:v>
       </x:c>
       <x:c r="D124" s="0">
-        <x:v>25402.876</x:v>
+        <x:v>26862.689</x:v>
       </x:c>
       <x:c r="E124" s="0">
-        <x:v>23414.839</x:v>
+        <x:v>24761.074</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:5">
       <x:c r="A125" s="1">
-        <x:v>45903.9235648148</x:v>
+        <x:v>45922.3338773148</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C125" s="0">
-        <x:v>3.27</x:v>
+        <x:v>1.97</x:v>
       </x:c>
       <x:c r="D125" s="0">
-        <x:v>25405.022</x:v>
+        <x:v>26716.401</x:v>
       </x:c>
       <x:c r="E125" s="0">
-        <x:v>23414.839</x:v>
+        <x:v>24626.247</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:5">
       <x:c r="A126" s="1">
-        <x:v>45903.3225115741</x:v>
+        <x:v>45919.9342939815</x:v>
       </x:c>
       <x:c r="B126" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C126" s="0">
-        <x:v>3.49</x:v>
+        <x:v>1.95</x:v>
       </x:c>
       <x:c r="D126" s="0">
-        <x:v>25205.674</x:v>
+        <x:v>26719.478</x:v>
       </x:c>
       <x:c r="E126" s="0">
-        <x:v>23231.108</x:v>
+        <x:v>24626.247</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:5">
       <x:c r="A127" s="1">
-        <x:v>45902.923912037</x:v>
+        <x:v>45918.9266087963</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C127" s="0">
-        <x:v>3.55</x:v>
+        <x:v>2.09</x:v>
       </x:c>
       <x:c r="D127" s="0">
-        <x:v>25205.103</x:v>
+        <x:v>26533.56</x:v>
       </x:c>
       <x:c r="E127" s="0">
-        <x:v>23231.108</x:v>
+        <x:v>24454.894</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:5">
       <x:c r="A128" s="1">
-        <x:v>45902.3292013889</x:v>
+        <x:v>45917.9271296296</x:v>
       </x:c>
       <x:c r="B128" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C128" s="0">
-        <x:v>3.33</x:v>
+        <x:v>2.31</x:v>
       </x:c>
       <x:c r="D128" s="0">
-        <x:v>25405.082</x:v>
+        <x:v>26282.362</x:v>
       </x:c>
       <x:c r="E128" s="0">
-        <x:v>23415.42</x:v>
+        <x:v>24223.687</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:5">
       <x:c r="A129" s="1">
-        <x:v>45898.9304050926</x:v>
+        <x:v>45917.3258680556</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C129" s="0">
-        <x:v>3.29</x:v>
+        <x:v>2.28</x:v>
       </x:c>
       <x:c r="D129" s="0">
-        <x:v>25403.462</x:v>
+        <x:v>26337.222</x:v>
       </x:c>
       <x:c r="E129" s="0">
-        <x:v>23415.42</x:v>
+        <x:v>24274.249</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:5">
       <x:c r="A130" s="1">
-        <x:v>45898.3268518519</x:v>
+        <x:v>45916.9259490741</x:v>
       </x:c>
       <x:c r="B130" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C130" s="0">
-        <x:v>2.97</x:v>
+        <x:v>2.26</x:v>
       </x:c>
       <x:c r="D130" s="0">
-        <x:v>25715.974</x:v>
+        <x:v>26337.56</x:v>
       </x:c>
       <x:c r="E130" s="0">
-        <x:v>23703.45</x:v>
+        <x:v>24274.249</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:5">
       <x:c r="A131" s="1">
-        <x:v>45897.9274768519</x:v>
+        <x:v>45915.9270601852</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C131" s="0">
-        <x:v>2.93</x:v>
+        <x:v>2.24</x:v>
       </x:c>
       <x:c r="D131" s="0">
-        <x:v>25718.243</x:v>
+        <x:v>26356.936</x:v>
       </x:c>
       <x:c r="E131" s="0">
-        <x:v>23703.45</x:v>
+        <x:v>24293.781</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:5">
       <x:c r="A132" s="1">
-        <x:v>45896.9248611111</x:v>
+        <x:v>45915.3170833333</x:v>
       </x:c>
       <x:c r="B132" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C132" s="0">
-        <x:v>3.11</x:v>
+        <x:v>2.43</x:v>
       </x:c>
       <x:c r="D132" s="0">
-        <x:v>25568.88</x:v>
+        <x:v>26138.213</x:v>
       </x:c>
       <x:c r="E132" s="0">
-        <x:v>23565.846</x:v>
+        <x:v>24092.193</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:5">
       <x:c r="A133" s="1">
-        <x:v>45896.3337615741</x:v>
+        <x:v>45912.9234259259</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C133" s="0">
-        <x:v>3.15</x:v>
+        <x:v>2.44</x:v>
       </x:c>
       <x:c r="D133" s="0">
-        <x:v>25524.88</x:v>
+        <x:v>26139.203</x:v>
       </x:c>
       <x:c r="E133" s="0">
-        <x:v>23525.293</x:v>
+        <x:v>24092.193</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:5">
       <x:c r="A134" s="1">
-        <x:v>45895.9240046296</x:v>
+        <x:v>45912.3096527778</x:v>
       </x:c>
       <x:c r="B134" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C134" s="0">
-        <x:v>3.16</x:v>
+        <x:v>2.54</x:v>
       </x:c>
       <x:c r="D134" s="0">
-        <x:v>25524.943</x:v>
+        <x:v>26031.104</x:v>
       </x:c>
       <x:c r="E134" s="0">
-        <x:v>23525.293</x:v>
+        <x:v>23992.562</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:5">
       <x:c r="A135" s="1">
-        <x:v>45894.9239236111</x:v>
+        <x:v>45911.9251736111</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C135" s="0">
-        <x:v>3.3</x:v>
+        <x:v>2.55</x:v>
       </x:c>
       <x:c r="D135" s="0">
-        <x:v>25416.673</x:v>
+        <x:v>26031.799</x:v>
       </x:c>
       <x:c r="E135" s="0">
-        <x:v>23425.605</x:v>
+        <x:v>23992.562</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:5">
       <x:c r="A136" s="1">
-        <x:v>45894.3297685185</x:v>
+        <x:v>45911.3308101852</x:v>
       </x:c>
       <x:c r="B136" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C136" s="0">
-        <x:v>3.21</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="D136" s="0">
-        <x:v>25495.346</x:v>
+        <x:v>25876.327</x:v>
       </x:c>
       <x:c r="E136" s="0">
-        <x:v>23498.115</x:v>
+        <x:v>23849.27</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:5">
       <x:c r="A137" s="1">
-        <x:v>45891.9252083333</x:v>
+        <x:v>45910.9240509259</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C137" s="0">
-        <x:v>3.2</x:v>
+        <x:v>2.71</x:v>
       </x:c>
       <x:c r="D137" s="0">
-        <x:v>25493.439</x:v>
+        <x:v>25876.458</x:v>
       </x:c>
       <x:c r="E137" s="0">
-        <x:v>23498.115</x:v>
+        <x:v>23849.27</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:5">
       <x:c r="A138" s="1">
-        <x:v>45891.3279861111</x:v>
+        <x:v>45909.9244907407</x:v>
       </x:c>
       <x:c r="B138" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C138" s="0">
-        <x:v>3.82</x:v>
+        <x:v>2.72</x:v>
       </x:c>
       <x:c r="D138" s="0">
-        <x:v>25107.684</x:v>
+        <x:v>25866.003</x:v>
       </x:c>
       <x:c r="E138" s="0">
-        <x:v>23142.58</x:v>
+        <x:v>23839.796</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:5">
       <x:c r="A139" s="1">
-        <x:v>45890.9257175926</x:v>
+        <x:v>45909.335462963</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C139" s="0">
-        <x:v>3.78</x:v>
+        <x:v>2.77</x:v>
       </x:c>
       <x:c r="D139" s="0">
-        <x:v>25105.655</x:v>
+        <x:v>25781.92</x:v>
       </x:c>
       <x:c r="E139" s="0">
-        <x:v>23142.58</x:v>
+        <x:v>23762.3</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:5">
       <x:c r="A140" s="1">
-        <x:v>45890.3406944444</x:v>
+        <x:v>45908.9240393518</x:v>
       </x:c>
       <x:c r="B140" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C140" s="0">
-        <x:v>3.59</x:v>
+        <x:v>2.81</x:v>
       </x:c>
       <x:c r="D140" s="0">
-        <x:v>25221.74</x:v>
+        <x:v>25780.823</x:v>
       </x:c>
       <x:c r="E140" s="0">
-        <x:v>23249.57</x:v>
+        <x:v>23762.3</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:5">
       <x:c r="A141" s="1">
-        <x:v>45889.9243402778</x:v>
+        <x:v>45908.3013541667</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C141" s="0">
-        <x:v>3.62</x:v>
+        <x:v>2.89</x:v>
       </x:c>
       <x:c r="D141" s="0">
-        <x:v>25225.784</x:v>
+        <x:v>25661.628</x:v>
       </x:c>
       <x:c r="E141" s="0">
-        <x:v>23249.57</x:v>
+        <x:v>23652.443</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:5">
       <x:c r="A142" s="1">
-        <x:v>45888.9238078704</x:v>
+        <x:v>45905.9285648148</x:v>
       </x:c>
       <x:c r="B142" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C142" s="0">
-        <x:v>3.42</x:v>
+        <x:v>2.94</x:v>
       </x:c>
       <x:c r="D142" s="0">
-        <x:v>25372.122</x:v>
+        <x:v>25659.91</x:v>
       </x:c>
       <x:c r="E142" s="0">
-        <x:v>23384.77</x:v>
+        <x:v>23652.443</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:5">
       <x:c r="A143" s="1">
-        <x:v>45888.3192939815</x:v>
+        <x:v>45905.3095023148</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C143" s="0">
-        <x:v>3.08</x:v>
+        <x:v>2.87</x:v>
       </x:c>
       <x:c r="D143" s="0">
-        <x:v>25729.075</x:v>
+        <x:v>25638.829</x:v>
       </x:c>
       <x:c r="E143" s="0">
-        <x:v>23713.759</x:v>
+        <x:v>23633.013</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:5">
       <x:c r="A144" s="1">
+        <x:v>45904.9245601852</x:v>
+      </x:c>
+      <x:c r="B144" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C144" s="0">
+        <x:v>2.97</x:v>
+      </x:c>
+      <x:c r="D144" s="0">
+        <x:v>25639.595</x:v>
+      </x:c>
+      <x:c r="E144" s="0">
+        <x:v>23633.013</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="145" spans="1:5">
+      <x:c r="A145" s="1">
+        <x:v>45904.3202199074</x:v>
+      </x:c>
+      <x:c r="B145" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C145" s="0">
+        <x:v>3.25</x:v>
+      </x:c>
+      <x:c r="D145" s="0">
+        <x:v>25402.876</x:v>
+      </x:c>
+      <x:c r="E145" s="0">
+        <x:v>23414.839</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="146" spans="1:5">
+      <x:c r="A146" s="1">
+        <x:v>45903.9235648148</x:v>
+      </x:c>
+      <x:c r="B146" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C146" s="0">
+        <x:v>3.27</x:v>
+      </x:c>
+      <x:c r="D146" s="0">
+        <x:v>25405.022</x:v>
+      </x:c>
+      <x:c r="E146" s="0">
+        <x:v>23414.839</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="147" spans="1:5">
+      <x:c r="A147" s="1">
+        <x:v>45903.3225115741</x:v>
+      </x:c>
+      <x:c r="B147" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C147" s="0">
+        <x:v>3.49</x:v>
+      </x:c>
+      <x:c r="D147" s="0">
+        <x:v>25205.674</x:v>
+      </x:c>
+      <x:c r="E147" s="0">
+        <x:v>23231.108</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="148" spans="1:5">
+      <x:c r="A148" s="1">
+        <x:v>45902.923912037</x:v>
+      </x:c>
+      <x:c r="B148" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C148" s="0">
+        <x:v>3.55</x:v>
+      </x:c>
+      <x:c r="D148" s="0">
+        <x:v>25205.103</x:v>
+      </x:c>
+      <x:c r="E148" s="0">
+        <x:v>23231.108</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="149" spans="1:5">
+      <x:c r="A149" s="1">
+        <x:v>45902.3292013889</x:v>
+      </x:c>
+      <x:c r="B149" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C149" s="0">
+        <x:v>3.33</x:v>
+      </x:c>
+      <x:c r="D149" s="0">
+        <x:v>25405.082</x:v>
+      </x:c>
+      <x:c r="E149" s="0">
+        <x:v>23415.42</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="150" spans="1:5">
+      <x:c r="A150" s="1">
+        <x:v>45898.9304050926</x:v>
+      </x:c>
+      <x:c r="B150" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C150" s="0">
+        <x:v>3.29</x:v>
+      </x:c>
+      <x:c r="D150" s="0">
+        <x:v>25403.462</x:v>
+      </x:c>
+      <x:c r="E150" s="0">
+        <x:v>23415.42</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="151" spans="1:5">
+      <x:c r="A151" s="1">
+        <x:v>45898.3268518519</x:v>
+      </x:c>
+      <x:c r="B151" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C151" s="0">
+        <x:v>2.97</x:v>
+      </x:c>
+      <x:c r="D151" s="0">
+        <x:v>25715.974</x:v>
+      </x:c>
+      <x:c r="E151" s="0">
+        <x:v>23703.45</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="152" spans="1:5">
+      <x:c r="A152" s="1">
+        <x:v>45897.9274768519</x:v>
+      </x:c>
+      <x:c r="B152" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C152" s="0">
+        <x:v>2.93</x:v>
+      </x:c>
+      <x:c r="D152" s="0">
+        <x:v>25718.243</x:v>
+      </x:c>
+      <x:c r="E152" s="0">
+        <x:v>23703.45</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="153" spans="1:5">
+      <x:c r="A153" s="1">
+        <x:v>45896.9248611111</x:v>
+      </x:c>
+      <x:c r="B153" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C153" s="0">
+        <x:v>3.11</x:v>
+      </x:c>
+      <x:c r="D153" s="0">
+        <x:v>25568.88</x:v>
+      </x:c>
+      <x:c r="E153" s="0">
+        <x:v>23565.846</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="154" spans="1:5">
+      <x:c r="A154" s="1">
+        <x:v>45896.3337615741</x:v>
+      </x:c>
+      <x:c r="B154" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C154" s="0">
+        <x:v>3.15</x:v>
+      </x:c>
+      <x:c r="D154" s="0">
+        <x:v>25524.88</x:v>
+      </x:c>
+      <x:c r="E154" s="0">
+        <x:v>23525.293</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="155" spans="1:5">
+      <x:c r="A155" s="1">
+        <x:v>45895.9240046296</x:v>
+      </x:c>
+      <x:c r="B155" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C155" s="0">
+        <x:v>3.16</x:v>
+      </x:c>
+      <x:c r="D155" s="0">
+        <x:v>25524.943</x:v>
+      </x:c>
+      <x:c r="E155" s="0">
+        <x:v>23525.293</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="156" spans="1:5">
+      <x:c r="A156" s="1">
+        <x:v>45894.9239236111</x:v>
+      </x:c>
+      <x:c r="B156" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C156" s="0">
+        <x:v>3.3</x:v>
+      </x:c>
+      <x:c r="D156" s="0">
+        <x:v>25416.673</x:v>
+      </x:c>
+      <x:c r="E156" s="0">
+        <x:v>23425.605</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="157" spans="1:5">
+      <x:c r="A157" s="1">
+        <x:v>45894.3297685185</x:v>
+      </x:c>
+      <x:c r="B157" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C157" s="0">
+        <x:v>3.21</x:v>
+      </x:c>
+      <x:c r="D157" s="0">
+        <x:v>25495.346</x:v>
+      </x:c>
+      <x:c r="E157" s="0">
+        <x:v>23498.115</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="158" spans="1:5">
+      <x:c r="A158" s="1">
+        <x:v>45891.9252083333</x:v>
+      </x:c>
+      <x:c r="B158" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C158" s="0">
+        <x:v>3.2</x:v>
+      </x:c>
+      <x:c r="D158" s="0">
+        <x:v>25493.439</x:v>
+      </x:c>
+      <x:c r="E158" s="0">
+        <x:v>23498.115</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="159" spans="1:5">
+      <x:c r="A159" s="1">
+        <x:v>45891.3279861111</x:v>
+      </x:c>
+      <x:c r="B159" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C159" s="0">
+        <x:v>3.82</x:v>
+      </x:c>
+      <x:c r="D159" s="0">
+        <x:v>25107.684</x:v>
+      </x:c>
+      <x:c r="E159" s="0">
+        <x:v>23142.58</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="160" spans="1:5">
+      <x:c r="A160" s="1">
+        <x:v>45890.9257175926</x:v>
+      </x:c>
+      <x:c r="B160" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C160" s="0">
+        <x:v>3.78</x:v>
+      </x:c>
+      <x:c r="D160" s="0">
+        <x:v>25105.655</x:v>
+      </x:c>
+      <x:c r="E160" s="0">
+        <x:v>23142.58</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="161" spans="1:5">
+      <x:c r="A161" s="1">
+        <x:v>45890.3406944444</x:v>
+      </x:c>
+      <x:c r="B161" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C161" s="0">
+        <x:v>3.59</x:v>
+      </x:c>
+      <x:c r="D161" s="0">
+        <x:v>25221.74</x:v>
+      </x:c>
+      <x:c r="E161" s="0">
+        <x:v>23249.57</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="162" spans="1:5">
+      <x:c r="A162" s="1">
+        <x:v>45889.9243402778</x:v>
+      </x:c>
+      <x:c r="B162" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C162" s="0">
+        <x:v>3.62</x:v>
+      </x:c>
+      <x:c r="D162" s="0">
+        <x:v>25225.784</x:v>
+      </x:c>
+      <x:c r="E162" s="0">
+        <x:v>23249.57</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="163" spans="1:5">
+      <x:c r="A163" s="1">
+        <x:v>45888.9238078704</x:v>
+      </x:c>
+      <x:c r="B163" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C163" s="0">
+        <x:v>3.42</x:v>
+      </x:c>
+      <x:c r="D163" s="0">
+        <x:v>25372.122</x:v>
+      </x:c>
+      <x:c r="E163" s="0">
+        <x:v>23384.77</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="164" spans="1:5">
+      <x:c r="A164" s="1">
+        <x:v>45888.3192939815</x:v>
+      </x:c>
+      <x:c r="B164" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C164" s="0">
+        <x:v>3.08</x:v>
+      </x:c>
+      <x:c r="D164" s="0">
+        <x:v>25729.075</x:v>
+      </x:c>
+      <x:c r="E164" s="0">
+        <x:v>23713.759</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="165" spans="1:5">
+      <x:c r="A165" s="1">
         <x:v>45887.924525463</x:v>
       </x:c>
-      <x:c r="B144" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C144" s="0">
+      <x:c r="B165" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C165" s="0">
         <x:v>3</x:v>
       </x:c>
-      <x:c r="D144" s="0">
+      <x:c r="D165" s="0">
         <x:v>25729.428</x:v>
       </x:c>
-      <x:c r="E144" s="0">
+      <x:c r="E165" s="0">
         <x:v>23713.759</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>