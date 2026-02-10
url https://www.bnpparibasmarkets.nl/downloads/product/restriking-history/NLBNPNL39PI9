--- v4 (2026-01-20)
+++ v5 (2026-02-10)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6e14b109edff4aa9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/afc6b0baee3145e19745abbc5bbd5707.psmdcp" Id="Recb9dc286a6947d7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R57e9a45ea78f4055" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3f8c66f754764c0aa4d3283b355823e7.psmdcp" Id="Re9bb73a619d242f2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>NLBNPNL39PI9</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -390,2851 +390,3140 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E165"/>
+  <x:dimension ref="A1:E182"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>46042.9278935185</x:v>
+        <x:v>46063.3311921296</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
-        <x:v>1.07</x:v>
+        <x:v>0.88</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>27111.514</x:v>
+        <x:v>27415.022</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>24987.57</x:v>
+        <x:v>25268.14</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>46038.9244212963</x:v>
+        <x:v>46062.9247569444</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
-        <x:v>0.88</x:v>
+        <x:v>0.86</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>27699.247</x:v>
+        <x:v>27414.05</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>25529.26</x:v>
+        <x:v>25268.14</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>46037.9281134259</x:v>
+        <x:v>46062.2992013889</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
-        <x:v>0.87</x:v>
+        <x:v>0.92</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>27718.571</x:v>
+        <x:v>27205.328</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>25547.07</x:v>
+        <x:v>25075.77</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>46036.9273611111</x:v>
+        <x:v>46058.9255439815</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
-        <x:v>0.9</x:v>
+        <x:v>1.19</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>27628.875</x:v>
+        <x:v>26635.329</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>25465.94</x:v>
+        <x:v>24548.69</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>46036.3276157407</x:v>
+        <x:v>46057.9258449074</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
-        <x:v>0.83</x:v>
+        <x:v>1.05</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>27928.346</x:v>
+        <x:v>27006.995</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>25741.95</x:v>
+        <x:v>24891.24</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>46035.9280092593</x:v>
+        <x:v>46056.9428703704</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
-        <x:v>0.81</x:v>
+        <x:v>0.89</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>27930.016</x:v>
+        <x:v>27492.403</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>25741.95</x:v>
+        <x:v>25338.62</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>46034.9279282407</x:v>
+        <x:v>46055.9254513889</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
-        <x:v>0.8</x:v>
+        <x:v>0.77</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>27979.611</x:v>
+        <x:v>27926.392</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>25787.66</x:v>
+        <x:v>25738.61</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>46031.929224537</x:v>
+        <x:v>46052.2983333333</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
-        <x:v>0.8</x:v>
+        <x:v>0.78</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>27955.833</x:v>
+        <x:v>28081.931</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>25766.26</x:v>
+        <x:v>25884.29</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>46031.324849537</x:v>
+        <x:v>46051.9256481481</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
-        <x:v>0.89</x:v>
+        <x:v>0.73</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>27674.644</x:v>
+        <x:v>28084.082</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>25507.1</x:v>
+        <x:v>25884.29</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>46030.9270949074</x:v>
+        <x:v>46051.3032407407</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C12" s="0">
-        <x:v>0.89</x:v>
+        <x:v>0.67</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>27675.204</x:v>
+        <x:v>28234.354</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>25507.1</x:v>
+        <x:v>26022.79</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>46029.9278819444</x:v>
+        <x:v>46050.9251041667</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0">
-        <x:v>0.85</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>27834.482</x:v>
+        <x:v>28234.201</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>25653.9</x:v>
+        <x:v>26022.79</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>46028.9272222222</x:v>
+        <x:v>46050.299212963</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C14" s="0">
-        <x:v>0.85</x:v>
+        <x:v>0.67</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>27819.085</x:v>
+        <x:v>28144.092</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>25639.71</x:v>
+        <x:v>25939.74</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>46027.9295717593</x:v>
+        <x:v>46049.9250462963</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
-        <x:v>0.94</x:v>
+        <x:v>0.72</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>27560.432</x:v>
+        <x:v>28144.618</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>25401.32</x:v>
+        <x:v>25939.74</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>46024.9271875</x:v>
+        <x:v>46048.9248726852</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C16" s="0">
-        <x:v>1.02</x:v>
+        <x:v>0.79</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>27345.868</x:v>
+        <x:v>27898.833</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>25206.17</x:v>
+        <x:v>25713.21</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>46024.2881712963</x:v>
+        <x:v>46045.9251851852</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C17" s="0">
-        <x:v>0.93</x:v>
+        <x:v>0.82</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>27393.261</x:v>
+        <x:v>27781.935</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>25249.85</x:v>
+        <x:v>25605.47</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>46022.9253125</x:v>
+        <x:v>46044.9246180556</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="0">
-        <x:v>1</x:v>
+        <x:v>0.85</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>27395.085</x:v>
+        <x:v>27687.41</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>25249.85</x:v>
+        <x:v>25518.35</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>46022.3246527778</x:v>
+        <x:v>46043.9254861111</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C19" s="0">
-        <x:v>0.95</x:v>
+        <x:v>0.92</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>27625.875</x:v>
+        <x:v>27479.339</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>25462.56</x:v>
+        <x:v>25326.58</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
-        <x:v>46021.927025463</x:v>
+        <x:v>46042.9278935185</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C20" s="0">
-        <x:v>0.92</x:v>
+        <x:v>1.07</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>27626.878</x:v>
+        <x:v>27111.514</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>25462.56</x:v>
+        <x:v>24987.57</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="1">
-        <x:v>46020.9274421296</x:v>
+        <x:v>46038.9244212963</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C21" s="0">
-        <x:v>0.9</x:v>
+        <x:v>0.88</x:v>
       </x:c>
       <x:c r="D21" s="0">
-        <x:v>27694.583</x:v>
+        <x:v>27699.247</x:v>
       </x:c>
       <x:c r="E21" s="0">
-        <x:v>25525.56</x:v>
+        <x:v>25529.26</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="1">
-        <x:v>46020.3324884259</x:v>
+        <x:v>46037.9281134259</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C22" s="0">
         <x:v>0.87</x:v>
       </x:c>
       <x:c r="D22" s="0">
-        <x:v>27823.514</x:v>
+        <x:v>27718.571</x:v>
       </x:c>
       <x:c r="E22" s="0">
-        <x:v>25644.39</x:v>
+        <x:v>25547.07</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="1">
-        <x:v>46017.9264351852</x:v>
+        <x:v>46036.9273611111</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C23" s="0">
-        <x:v>0.86</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="D23" s="0">
-        <x:v>27824.163</x:v>
+        <x:v>27628.875</x:v>
       </x:c>
       <x:c r="E23" s="0">
-        <x:v>25644.39</x:v>
+        <x:v>25465.94</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="1">
-        <x:v>46015.925462963</x:v>
+        <x:v>46036.3276157407</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C24" s="0">
-        <x:v>0.85</x:v>
+        <x:v>0.83</x:v>
       </x:c>
       <x:c r="D24" s="0">
-        <x:v>27836.703</x:v>
+        <x:v>27928.346</x:v>
       </x:c>
       <x:c r="E24" s="0">
-        <x:v>25656.15</x:v>
+        <x:v>25741.95</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="1">
-        <x:v>46015.7976967593</x:v>
+        <x:v>46035.9280092593</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C25" s="0">
-        <x:v>0.85</x:v>
+        <x:v>0.81</x:v>
       </x:c>
       <x:c r="D25" s="0">
-        <x:v>27836.698</x:v>
+        <x:v>27930.016</x:v>
       </x:c>
       <x:c r="E25" s="0">
-        <x:v>25656.146</x:v>
+        <x:v>25741.95</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="1">
-        <x:v>46015.3842824074</x:v>
+        <x:v>46034.9279282407</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C26" s="0">
-        <x:v>0.88</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="D26" s="0">
-        <x:v>27762.576</x:v>
+        <x:v>27979.611</x:v>
       </x:c>
       <x:c r="E26" s="0">
-        <x:v>25587.83</x:v>
+        <x:v>25787.66</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="1">
-        <x:v>46014.9278356481</x:v>
+        <x:v>46031.929224537</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C27" s="0">
-        <x:v>0.88</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="D27" s="0">
-        <x:v>27762.796</x:v>
+        <x:v>27955.833</x:v>
       </x:c>
       <x:c r="E27" s="0">
-        <x:v>25587.83</x:v>
+        <x:v>25766.26</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="1">
-        <x:v>46013.9284722222</x:v>
+        <x:v>46031.324849537</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C28" s="0">
-        <x:v>0.92</x:v>
+        <x:v>0.89</x:v>
       </x:c>
       <x:c r="D28" s="0">
-        <x:v>27623.223</x:v>
+        <x:v>27674.644</x:v>
       </x:c>
       <x:c r="E28" s="0">
-        <x:v>25461.7</x:v>
+        <x:v>25507.1</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="1">
-        <x:v>46013.2967013889</x:v>
+        <x:v>46030.9270949074</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C29" s="0">
-        <x:v>0.93</x:v>
+        <x:v>0.89</x:v>
       </x:c>
       <x:c r="D29" s="0">
-        <x:v>27497.884</x:v>
+        <x:v>27675.204</x:v>
       </x:c>
       <x:c r="E29" s="0">
-        <x:v>25346.18</x:v>
+        <x:v>25507.1</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="1">
-        <x:v>46010.9276388889</x:v>
+        <x:v>46029.9278819444</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C30" s="0">
-        <x:v>0.97</x:v>
+        <x:v>0.85</x:v>
       </x:c>
       <x:c r="D30" s="0">
-        <x:v>27500.605</x:v>
+        <x:v>27834.482</x:v>
       </x:c>
       <x:c r="E30" s="0">
-        <x:v>25346.18</x:v>
+        <x:v>25653.9</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="1">
-        <x:v>46009.9307523148</x:v>
+        <x:v>46028.9272222222</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C31" s="0">
-        <x:v>1.11</x:v>
+        <x:v>0.85</x:v>
       </x:c>
       <x:c r="D31" s="0">
-        <x:v>27146.016</x:v>
+        <x:v>27819.085</x:v>
       </x:c>
       <x:c r="E31" s="0">
-        <x:v>25019.37</x:v>
+        <x:v>25639.71</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="1">
-        <x:v>46008.9276736111</x:v>
+        <x:v>46027.9295717593</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C32" s="0">
-        <x:v>1.31</x:v>
+        <x:v>0.94</x:v>
       </x:c>
       <x:c r="D32" s="0">
-        <x:v>26742.657</x:v>
+        <x:v>27560.432</x:v>
       </x:c>
       <x:c r="E32" s="0">
-        <x:v>24647.61</x:v>
+        <x:v>25401.32</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="1">
-        <x:v>46007.9278472222</x:v>
+        <x:v>46024.9271875</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C33" s="0">
-        <x:v>1.09</x:v>
+        <x:v>1.02</x:v>
       </x:c>
       <x:c r="D33" s="0">
-        <x:v>27269.24</x:v>
+        <x:v>27345.868</x:v>
       </x:c>
       <x:c r="E33" s="0">
-        <x:v>25132.94</x:v>
+        <x:v>25206.17</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="1">
-        <x:v>46006.9271412037</x:v>
+        <x:v>46024.2881712963</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C34" s="0">
-        <x:v>1.12</x:v>
+        <x:v>0.93</x:v>
       </x:c>
       <x:c r="D34" s="0">
-        <x:v>27195.994</x:v>
+        <x:v>27393.261</x:v>
       </x:c>
       <x:c r="E34" s="0">
-        <x:v>25067.27</x:v>
+        <x:v>25249.85</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="1">
-        <x:v>46006.3081134259</x:v>
+        <x:v>46022.9253125</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C35" s="0">
-        <x:v>1.04</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="D35" s="0">
-        <x:v>27336.458</x:v>
+        <x:v>27395.085</x:v>
       </x:c>
       <x:c r="E35" s="0">
-        <x:v>25196.73</x:v>
+        <x:v>25249.85</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="1">
-        <x:v>46003.927037037</x:v>
+        <x:v>46022.3246527778</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C36" s="0">
-        <x:v>1.07</x:v>
+        <x:v>0.95</x:v>
       </x:c>
       <x:c r="D36" s="0">
-        <x:v>27337.54</x:v>
+        <x:v>27625.875</x:v>
       </x:c>
       <x:c r="E36" s="0">
-        <x:v>25196.73</x:v>
+        <x:v>25462.56</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="1">
-        <x:v>46003.3313773148</x:v>
+        <x:v>46021.927025463</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C37" s="0">
-        <x:v>0.9</x:v>
+        <x:v>0.92</x:v>
       </x:c>
       <x:c r="D37" s="0">
-        <x:v>27869.147</x:v>
+        <x:v>27626.878</x:v>
       </x:c>
       <x:c r="E37" s="0">
-        <x:v>25686.69</x:v>
+        <x:v>25462.56</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="1">
-        <x:v>46002.9321180556</x:v>
+        <x:v>46020.9274421296</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C38" s="0">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="D38" s="0">
-        <x:v>27870.059</x:v>
+        <x:v>27694.583</x:v>
       </x:c>
       <x:c r="E38" s="0">
-        <x:v>25686.69</x:v>
+        <x:v>25525.56</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="1">
-        <x:v>46001.9271180556</x:v>
+        <x:v>46020.3324884259</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C39" s="0">
         <x:v>0.87</x:v>
       </x:c>
       <x:c r="D39" s="0">
-        <x:v>27967.099</x:v>
+        <x:v>27823.514</x:v>
       </x:c>
       <x:c r="E39" s="0">
-        <x:v>25776.44</x:v>
+        <x:v>25644.39</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="1">
-        <x:v>46001.3340740741</x:v>
+        <x:v>46017.9264351852</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C40" s="0">
-        <x:v>0.9</x:v>
+        <x:v>0.86</x:v>
       </x:c>
       <x:c r="D40" s="0">
-        <x:v>27850.19</x:v>
+        <x:v>27824.163</x:v>
       </x:c>
       <x:c r="E40" s="0">
-        <x:v>25668.69</x:v>
+        <x:v>25644.39</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="1">
-        <x:v>46000.9276273148</x:v>
+        <x:v>46015.925462963</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C41" s="0">
-        <x:v>0.9</x:v>
+        <x:v>0.85</x:v>
       </x:c>
       <x:c r="D41" s="0">
-        <x:v>27850.353</x:v>
+        <x:v>27836.703</x:v>
       </x:c>
       <x:c r="E41" s="0">
-        <x:v>25668.69</x:v>
+        <x:v>25656.15</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="1">
-        <x:v>46000.3338425926</x:v>
+        <x:v>46015.7976967593</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C42" s="0">
-        <x:v>0.91</x:v>
+        <x:v>0.85</x:v>
       </x:c>
       <x:c r="D42" s="0">
-        <x:v>27806.15</x:v>
+        <x:v>27836.698</x:v>
       </x:c>
       <x:c r="E42" s="0">
-        <x:v>25627.95</x:v>
+        <x:v>25656.146</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="1">
-        <x:v>45999.3304282407</x:v>
+        <x:v>46015.3842824074</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C43" s="0">
-        <x:v>0.87</x:v>
+        <x:v>0.88</x:v>
       </x:c>
       <x:c r="D43" s="0">
-        <x:v>27873.958</x:v>
+        <x:v>27762.576</x:v>
       </x:c>
       <x:c r="E43" s="0">
-        <x:v>25692.05</x:v>
+        <x:v>25587.83</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="1">
-        <x:v>45996.9307986111</x:v>
+        <x:v>46014.9278356481</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C44" s="0">
-        <x:v>0.9</x:v>
+        <x:v>0.88</x:v>
       </x:c>
       <x:c r="D44" s="0">
-        <x:v>27872.883</x:v>
+        <x:v>27762.796</x:v>
       </x:c>
       <x:c r="E44" s="0">
-        <x:v>25692.05</x:v>
+        <x:v>25587.83</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="1">
-        <x:v>45996.3408449074</x:v>
+        <x:v>46013.9284722222</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C45" s="0">
-        <x:v>0.9</x:v>
+        <x:v>0.92</x:v>
       </x:c>
       <x:c r="D45" s="0">
-        <x:v>27753.154</x:v>
+        <x:v>27623.223</x:v>
       </x:c>
       <x:c r="E45" s="0">
-        <x:v>25581.7</x:v>
+        <x:v>25461.7</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="1">
-        <x:v>45995.9303703704</x:v>
+        <x:v>46013.2967013889</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C46" s="0">
-        <x:v>0.94</x:v>
+        <x:v>0.93</x:v>
       </x:c>
       <x:c r="D46" s="0">
-        <x:v>27754.742</x:v>
+        <x:v>27497.884</x:v>
       </x:c>
       <x:c r="E46" s="0">
-        <x:v>25581.7</x:v>
+        <x:v>25346.18</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="1">
-        <x:v>45995.3278819444</x:v>
+        <x:v>46010.9276388889</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C47" s="0">
-        <x:v>0.92</x:v>
+        <x:v>0.97</x:v>
       </x:c>
       <x:c r="D47" s="0">
-        <x:v>27781.694</x:v>
+        <x:v>27500.605</x:v>
       </x:c>
       <x:c r="E47" s="0">
-        <x:v>25606.54</x:v>
+        <x:v>25346.18</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5">
       <x:c r="A48" s="1">
-        <x:v>45994.9277662037</x:v>
+        <x:v>46009.9307523148</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C48" s="0">
-        <x:v>0.93</x:v>
+        <x:v>1.11</x:v>
       </x:c>
       <x:c r="D48" s="0">
-        <x:v>27781.588</x:v>
+        <x:v>27146.016</x:v>
       </x:c>
       <x:c r="E48" s="0">
-        <x:v>25606.54</x:v>
+        <x:v>25019.37</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
       <x:c r="A49" s="1">
-        <x:v>45994.3371990741</x:v>
+        <x:v>46008.9276736111</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C49" s="0">
-        <x:v>0.93</x:v>
+        <x:v>1.31</x:v>
       </x:c>
       <x:c r="D49" s="0">
-        <x:v>27726.6</x:v>
+        <x:v>26742.657</x:v>
       </x:c>
       <x:c r="E49" s="0">
-        <x:v>25555.86</x:v>
+        <x:v>24647.61</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5">
       <x:c r="A50" s="1">
-        <x:v>45993.9304050926</x:v>
+        <x:v>46007.9278472222</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C50" s="0">
-        <x:v>0.95</x:v>
+        <x:v>1.09</x:v>
       </x:c>
       <x:c r="D50" s="0">
-        <x:v>27728.108</x:v>
+        <x:v>27269.24</x:v>
       </x:c>
       <x:c r="E50" s="0">
-        <x:v>25555.86</x:v>
+        <x:v>25132.94</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5">
       <x:c r="A51" s="1">
-        <x:v>45992.9296875</x:v>
+        <x:v>46006.9271412037</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C51" s="0">
-        <x:v>1.03</x:v>
+        <x:v>1.12</x:v>
       </x:c>
       <x:c r="D51" s="0">
-        <x:v>27496.991</x:v>
+        <x:v>27195.994</x:v>
       </x:c>
       <x:c r="E51" s="0">
-        <x:v>25342.849</x:v>
+        <x:v>25067.27</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5">
       <x:c r="A52" s="1">
-        <x:v>45989.8196990741</x:v>
+        <x:v>46006.3081134259</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C52" s="0">
-        <x:v>0.99</x:v>
+        <x:v>1.04</x:v>
       </x:c>
       <x:c r="D52" s="0">
-        <x:v>27595.907</x:v>
+        <x:v>27336.458</x:v>
       </x:c>
       <x:c r="E52" s="0">
-        <x:v>25434.889</x:v>
+        <x:v>25196.73</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5">
       <x:c r="A53" s="1">
-        <x:v>45989.3082523148</x:v>
+        <x:v>46003.927037037</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C53" s="0">
-        <x:v>1.05</x:v>
+        <x:v>1.07</x:v>
       </x:c>
       <x:c r="D53" s="0">
-        <x:v>27381.131</x:v>
+        <x:v>27337.54</x:v>
       </x:c>
       <x:c r="E53" s="0">
-        <x:v>25236.939</x:v>
+        <x:v>25196.73</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5">
       <x:c r="A54" s="1">
-        <x:v>45987.9266087963</x:v>
+        <x:v>46003.3313773148</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C54" s="0">
-        <x:v>1.08</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="D54" s="0">
-        <x:v>27380.559</x:v>
+        <x:v>27869.147</x:v>
       </x:c>
       <x:c r="E54" s="0">
-        <x:v>25236.939</x:v>
+        <x:v>25686.69</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5">
       <x:c r="A55" s="1">
-        <x:v>45987.319537037</x:v>
+        <x:v>46002.9321180556</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C55" s="0">
-        <x:v>1.13</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="D55" s="0">
-        <x:v>27143.401</x:v>
+        <x:v>27870.059</x:v>
       </x:c>
       <x:c r="E55" s="0">
-        <x:v>25018.36</x:v>
+        <x:v>25686.69</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5">
       <x:c r="A56" s="1">
-        <x:v>45986.9251157407</x:v>
+        <x:v>46001.9271180556</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C56" s="0">
-        <x:v>1.18</x:v>
+        <x:v>0.87</x:v>
       </x:c>
       <x:c r="D56" s="0">
-        <x:v>27144.811</x:v>
+        <x:v>27967.099</x:v>
       </x:c>
       <x:c r="E56" s="0">
-        <x:v>25018.36</x:v>
+        <x:v>25776.44</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:5">
       <x:c r="A57" s="1">
-        <x:v>45986.3107407407</x:v>
+        <x:v>46001.3340740741</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C57" s="0">
-        <x:v>1.26</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="D57" s="0">
-        <x:v>26988.018</x:v>
+        <x:v>27850.19</x:v>
       </x:c>
       <x:c r="E57" s="0">
-        <x:v>24873.85</x:v>
+        <x:v>25668.69</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:5">
       <x:c r="A58" s="1">
-        <x:v>45985.3068518518</x:v>
+        <x:v>46000.9276273148</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C58" s="0">
-        <x:v>1.56</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="D58" s="0">
-        <x:v>26299.612</x:v>
+        <x:v>27850.353</x:v>
       </x:c>
       <x:c r="E58" s="0">
-        <x:v>24239.573</x:v>
+        <x:v>25668.69</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:5">
       <x:c r="A59" s="1">
-        <x:v>45982.9249074074</x:v>
+        <x:v>46000.3338425926</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C59" s="0">
-        <x:v>1.69</x:v>
+        <x:v>0.91</x:v>
       </x:c>
       <x:c r="D59" s="0">
-        <x:v>26298.24</x:v>
+        <x:v>27806.15</x:v>
       </x:c>
       <x:c r="E59" s="0">
-        <x:v>24239.573</x:v>
+        <x:v>25627.95</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:5">
       <x:c r="A60" s="1">
-        <x:v>45982.3124884259</x:v>
+        <x:v>45999.3304282407</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C60" s="0">
-        <x:v>1.81</x:v>
+        <x:v>0.87</x:v>
       </x:c>
       <x:c r="D60" s="0">
-        <x:v>26097.306</x:v>
+        <x:v>27873.958</x:v>
       </x:c>
       <x:c r="E60" s="0">
-        <x:v>24054.38</x:v>
+        <x:v>25692.05</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:5">
       <x:c r="A61" s="1">
-        <x:v>45981.9259722222</x:v>
+        <x:v>45996.9307986111</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C61" s="0">
-        <x:v>1.84</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="D61" s="0">
-        <x:v>26094.514</x:v>
+        <x:v>27872.883</x:v>
       </x:c>
       <x:c r="E61" s="0">
-        <x:v>24054.38</x:v>
+        <x:v>25692.05</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:5">
       <x:c r="A62" s="1">
-        <x:v>45981.3119675926</x:v>
+        <x:v>45996.3408449074</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C62" s="0">
-        <x:v>1.21</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="D62" s="0">
-        <x:v>26730.471</x:v>
+        <x:v>27753.154</x:v>
       </x:c>
       <x:c r="E62" s="0">
-        <x:v>24640.515</x:v>
+        <x:v>25581.7</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:5">
       <x:c r="A63" s="1">
-        <x:v>45980.9264583333</x:v>
+        <x:v>45995.9303703704</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C63" s="0">
-        <x:v>1.49</x:v>
+        <x:v>0.94</x:v>
       </x:c>
       <x:c r="D63" s="0">
-        <x:v>26734.782</x:v>
+        <x:v>27754.742</x:v>
       </x:c>
       <x:c r="E63" s="0">
-        <x:v>24640.515</x:v>
+        <x:v>25581.7</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:5">
       <x:c r="A64" s="1">
-        <x:v>45980.3054166667</x:v>
+        <x:v>45995.3278819444</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C64" s="0">
-        <x:v>1.61</x:v>
+        <x:v>0.92</x:v>
       </x:c>
       <x:c r="D64" s="0">
-        <x:v>26585.682</x:v>
+        <x:v>27781.694</x:v>
       </x:c>
       <x:c r="E64" s="0">
-        <x:v>24503.096</x:v>
+        <x:v>25606.54</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:5">
       <x:c r="A65" s="1">
-        <x:v>45979.9258680556</x:v>
+        <x:v>45994.9277662037</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C65" s="0">
-        <x:v>1.57</x:v>
+        <x:v>0.93</x:v>
       </x:c>
       <x:c r="D65" s="0">
-        <x:v>26585.304</x:v>
+        <x:v>27781.588</x:v>
       </x:c>
       <x:c r="E65" s="0">
-        <x:v>24503.096</x:v>
+        <x:v>25606.54</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:5">
       <x:c r="A66" s="1">
-        <x:v>45979.3133912037</x:v>
+        <x:v>45994.3371990741</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C66" s="0">
-        <x:v>1.49</x:v>
+        <x:v>0.93</x:v>
       </x:c>
       <x:c r="D66" s="0">
-        <x:v>26907.356</x:v>
+        <x:v>27726.6</x:v>
       </x:c>
       <x:c r="E66" s="0">
-        <x:v>24799.918</x:v>
+        <x:v>25555.86</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:5">
       <x:c r="A67" s="1">
-        <x:v>45978.9282175926</x:v>
+        <x:v>45993.9304050926</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C67" s="0">
-        <x:v>1.4</x:v>
+        <x:v>0.95</x:v>
       </x:c>
       <x:c r="D67" s="0">
-        <x:v>26907.419</x:v>
+        <x:v>27728.108</x:v>
       </x:c>
       <x:c r="E67" s="0">
-        <x:v>24799.918</x:v>
+        <x:v>25555.86</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:5">
       <x:c r="A68" s="1">
-        <x:v>45978.3022569444</x:v>
+        <x:v>45992.9296875</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C68" s="0">
-        <x:v>1.22</x:v>
+        <x:v>1.03</x:v>
       </x:c>
       <x:c r="D68" s="0">
-        <x:v>27133.45</x:v>
+        <x:v>27496.991</x:v>
       </x:c>
       <x:c r="E68" s="0">
-        <x:v>25008.242</x:v>
+        <x:v>25342.849</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:5">
       <x:c r="A69" s="1">
-        <x:v>45975.9258449074</x:v>
+        <x:v>45989.8196990741</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C69" s="0">
-        <x:v>1.29</x:v>
+        <x:v>0.99</x:v>
       </x:c>
       <x:c r="D69" s="0">
-        <x:v>27130.898</x:v>
+        <x:v>27595.907</x:v>
       </x:c>
       <x:c r="E69" s="0">
-        <x:v>25008.242</x:v>
+        <x:v>25434.889</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:5">
       <x:c r="A70" s="1">
-        <x:v>45975.3077662037</x:v>
+        <x:v>45989.3082523148</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C70" s="0">
-        <x:v>1.3</x:v>
+        <x:v>1.05</x:v>
       </x:c>
       <x:c r="D70" s="0">
-        <x:v>27114.863</x:v>
+        <x:v>27381.131</x:v>
       </x:c>
       <x:c r="E70" s="0">
-        <x:v>24993.463</x:v>
+        <x:v>25236.939</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:5">
       <x:c r="A71" s="1">
-        <x:v>45974.9248958333</x:v>
+        <x:v>45987.9266087963</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C71" s="0">
-        <x:v>1.3</x:v>
+        <x:v>1.08</x:v>
       </x:c>
       <x:c r="D71" s="0">
-        <x:v>27117.524</x:v>
+        <x:v>27380.559</x:v>
       </x:c>
       <x:c r="E71" s="0">
-        <x:v>24993.463</x:v>
+        <x:v>25236.939</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:5">
       <x:c r="A72" s="1">
-        <x:v>45974.3773148148</x:v>
+        <x:v>45987.319537037</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C72" s="0">
-        <x:v>1.05</x:v>
+        <x:v>1.13</x:v>
       </x:c>
       <x:c r="D72" s="0">
-        <x:v>27685.918</x:v>
+        <x:v>27143.401</x:v>
       </x:c>
       <x:c r="E72" s="0">
-        <x:v>25517.328</x:v>
+        <x:v>25018.36</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:5">
       <x:c r="A73" s="1">
-        <x:v>45973.9253125</x:v>
+        <x:v>45986.9251157407</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C73" s="0">
-        <x:v>1.08</x:v>
+        <x:v>1.18</x:v>
       </x:c>
       <x:c r="D73" s="0">
-        <x:v>27686.071</x:v>
+        <x:v>27144.811</x:v>
       </x:c>
       <x:c r="E73" s="0">
-        <x:v>25517.328</x:v>
+        <x:v>25018.36</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:5">
       <x:c r="A74" s="1">
-        <x:v>45973.3365393519</x:v>
+        <x:v>45986.3107407407</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C74" s="0">
-        <x:v>1.01</x:v>
+        <x:v>1.26</x:v>
       </x:c>
       <x:c r="D74" s="0">
-        <x:v>27703.603</x:v>
+        <x:v>26988.018</x:v>
       </x:c>
       <x:c r="E74" s="0">
-        <x:v>25533.486</x:v>
+        <x:v>24873.85</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:5">
       <x:c r="A75" s="1">
-        <x:v>45972.9253240741</x:v>
+        <x:v>45985.3068518518</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C75" s="0">
-        <x:v>1.07</x:v>
+        <x:v>1.56</x:v>
       </x:c>
       <x:c r="D75" s="0">
-        <x:v>27703.832</x:v>
+        <x:v>26299.612</x:v>
       </x:c>
       <x:c r="E75" s="0">
-        <x:v>25533.486</x:v>
+        <x:v>24239.573</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:5">
       <x:c r="A76" s="1">
-        <x:v>45971.9254282407</x:v>
+        <x:v>45982.9249074074</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C76" s="0">
-        <x:v>1.04</x:v>
+        <x:v>1.69</x:v>
       </x:c>
       <x:c r="D76" s="0">
-        <x:v>27785.452</x:v>
+        <x:v>26298.24</x:v>
       </x:c>
       <x:c r="E76" s="0">
-        <x:v>25611.737</x:v>
+        <x:v>24239.573</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:5">
       <x:c r="A77" s="1">
-        <x:v>45971.2992708333</x:v>
+        <x:v>45982.3124884259</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C77" s="0">
-        <x:v>1.17</x:v>
+        <x:v>1.81</x:v>
       </x:c>
       <x:c r="D77" s="0">
-        <x:v>27186.608</x:v>
+        <x:v>26097.306</x:v>
       </x:c>
       <x:c r="E77" s="0">
-        <x:v>25059.808</x:v>
+        <x:v>24054.38</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:5">
       <x:c r="A78" s="1">
-        <x:v>45968.925474537</x:v>
+        <x:v>45981.9259722222</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C78" s="0">
-        <x:v>1.34</x:v>
+        <x:v>1.84</x:v>
       </x:c>
       <x:c r="D78" s="0">
-        <x:v>27189.378</x:v>
+        <x:v>26094.514</x:v>
       </x:c>
       <x:c r="E78" s="0">
-        <x:v>25059.808</x:v>
+        <x:v>24054.38</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:5">
       <x:c r="A79" s="1">
-        <x:v>45968.3147453704</x:v>
+        <x:v>45981.3119675926</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C79" s="0">
-        <x:v>1.26</x:v>
+        <x:v>1.21</x:v>
       </x:c>
       <x:c r="D79" s="0">
-        <x:v>27265.582</x:v>
+        <x:v>26730.471</x:v>
       </x:c>
       <x:c r="E79" s="0">
-        <x:v>25130.042</x:v>
+        <x:v>24640.515</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:5">
       <x:c r="A80" s="1">
-        <x:v>45967.9277662037</x:v>
+        <x:v>45980.9264583333</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C80" s="0">
-        <x:v>1.3</x:v>
+        <x:v>1.49</x:v>
       </x:c>
       <x:c r="D80" s="0">
-        <x:v>27266.096</x:v>
+        <x:v>26734.782</x:v>
       </x:c>
       <x:c r="E80" s="0">
-        <x:v>25130.042</x:v>
+        <x:v>24640.515</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:5">
       <x:c r="A81" s="1">
-        <x:v>45966.9253587963</x:v>
+        <x:v>45980.3054166667</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C81" s="0">
-        <x:v>1.09</x:v>
+        <x:v>1.61</x:v>
       </x:c>
       <x:c r="D81" s="0">
-        <x:v>27797.734</x:v>
+        <x:v>26585.682</x:v>
       </x:c>
       <x:c r="E81" s="0">
-        <x:v>25620.031</x:v>
+        <x:v>24503.096</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:5">
       <x:c r="A82" s="1">
-        <x:v>45965.9237731481</x:v>
+        <x:v>45979.9258680556</x:v>
       </x:c>
       <x:c r="B82" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C82" s="0">
-        <x:v>1.17</x:v>
+        <x:v>1.57</x:v>
       </x:c>
       <x:c r="D82" s="0">
-        <x:v>27597.439</x:v>
+        <x:v>26585.304</x:v>
       </x:c>
       <x:c r="E82" s="0">
-        <x:v>25435.704</x:v>
+        <x:v>24503.096</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:5">
       <x:c r="A83" s="1">
-        <x:v>45965.3316666667</x:v>
+        <x:v>45979.3133912037</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C83" s="0">
-        <x:v>1.09</x:v>
+        <x:v>1.49</x:v>
       </x:c>
       <x:c r="D83" s="0">
-        <x:v>28180.343</x:v>
+        <x:v>26907.356</x:v>
       </x:c>
       <x:c r="E83" s="0">
-        <x:v>25972.943</x:v>
+        <x:v>24799.918</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:5">
       <x:c r="A84" s="1">
-        <x:v>45964.9228819444</x:v>
+        <x:v>45978.9282175926</x:v>
       </x:c>
       <x:c r="B84" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C84" s="0">
-        <x:v>0.97</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="D84" s="0">
-        <x:v>28180.643</x:v>
+        <x:v>26907.419</x:v>
       </x:c>
       <x:c r="E84" s="0">
-        <x:v>25972.943</x:v>
+        <x:v>24799.918</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:5">
       <x:c r="A85" s="1">
-        <x:v>45961.8818865741</x:v>
+        <x:v>45978.3022569444</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C85" s="0">
-        <x:v>1.02</x:v>
+        <x:v>1.22</x:v>
       </x:c>
       <x:c r="D85" s="0">
-        <x:v>28053.595</x:v>
+        <x:v>27133.45</x:v>
       </x:c>
       <x:c r="E85" s="0">
-        <x:v>25858.126</x:v>
+        <x:v>25008.242</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:5">
       <x:c r="A86" s="1">
-        <x:v>45961.3396180556</x:v>
+        <x:v>45975.9258449074</x:v>
       </x:c>
       <x:c r="B86" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C86" s="0">
-        <x:v>0.95</x:v>
+        <x:v>1.29</x:v>
       </x:c>
       <x:c r="D86" s="0">
-        <x:v>27919.8</x:v>
+        <x:v>27130.898</x:v>
       </x:c>
       <x:c r="E86" s="0">
-        <x:v>25734.813</x:v>
+        <x:v>25008.242</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:5">
       <x:c r="A87" s="1">
-        <x:v>45960.8841087963</x:v>
+        <x:v>45975.3077662037</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C87" s="0">
-        <x:v>1.07</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="D87" s="0">
-        <x:v>27922.272</x:v>
+        <x:v>27114.863</x:v>
       </x:c>
       <x:c r="E87" s="0">
-        <x:v>25734.813</x:v>
+        <x:v>24993.463</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:5">
       <x:c r="A88" s="1">
-        <x:v>45959.8898263889</x:v>
+        <x:v>45974.9248958333</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C88" s="0">
-        <x:v>0.93</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="D88" s="0">
-        <x:v>28339.825</x:v>
+        <x:v>27117.524</x:v>
       </x:c>
       <x:c r="E88" s="0">
-        <x:v>26119.846</x:v>
+        <x:v>24993.463</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:5">
       <x:c r="A89" s="1">
-        <x:v>45959.3231944444</x:v>
+        <x:v>45974.3773148148</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C89" s="0">
-        <x:v>0.92</x:v>
+        <x:v>1.05</x:v>
       </x:c>
       <x:c r="D89" s="0">
-        <x:v>28222.98</x:v>
+        <x:v>27685.918</x:v>
       </x:c>
       <x:c r="E89" s="0">
-        <x:v>26012.155</x:v>
+        <x:v>25517.328</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:5">
       <x:c r="A90" s="1">
-        <x:v>45958.8875115741</x:v>
+        <x:v>45973.9253125</x:v>
       </x:c>
       <x:c r="B90" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C90" s="0">
-        <x:v>0.97</x:v>
+        <x:v>1.08</x:v>
       </x:c>
       <x:c r="D90" s="0">
-        <x:v>28222.854</x:v>
+        <x:v>27686.071</x:v>
       </x:c>
       <x:c r="E90" s="0">
-        <x:v>26012.155</x:v>
+        <x:v>25517.328</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:5">
       <x:c r="A91" s="1">
-        <x:v>45958.3305787037</x:v>
+        <x:v>45973.3365393519</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C91" s="0">
-        <x:v>1.05</x:v>
+        <x:v>1.01</x:v>
       </x:c>
       <x:c r="D91" s="0">
-        <x:v>28016.037</x:v>
+        <x:v>27703.603</x:v>
       </x:c>
       <x:c r="E91" s="0">
-        <x:v>25821.54</x:v>
+        <x:v>25533.486</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:5">
       <x:c r="A92" s="1">
-        <x:v>45957.8875925926</x:v>
+        <x:v>45972.9253240741</x:v>
       </x:c>
       <x:c r="B92" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C92" s="0">
-        <x:v>1.05</x:v>
+        <x:v>1.07</x:v>
       </x:c>
       <x:c r="D92" s="0">
-        <x:v>28016.377</x:v>
+        <x:v>27703.832</x:v>
       </x:c>
       <x:c r="E92" s="0">
-        <x:v>25821.546</x:v>
+        <x:v>25533.486</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:5">
       <x:c r="A93" s="1">
-        <x:v>45954.9259259259</x:v>
+        <x:v>45971.9254282407</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C93" s="0">
-        <x:v>1.28</x:v>
+        <x:v>1.04</x:v>
       </x:c>
       <x:c r="D93" s="0">
-        <x:v>27513.585</x:v>
+        <x:v>27785.452</x:v>
       </x:c>
       <x:c r="E93" s="0">
-        <x:v>25358.162</x:v>
+        <x:v>25611.737</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:5">
       <x:c r="A94" s="1">
-        <x:v>45954.3348148148</x:v>
+        <x:v>45971.2992708333</x:v>
       </x:c>
       <x:c r="B94" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C94" s="0">
-        <x:v>1.37</x:v>
+        <x:v>1.17</x:v>
       </x:c>
       <x:c r="D94" s="0">
-        <x:v>27230.674</x:v>
+        <x:v>27186.608</x:v>
       </x:c>
       <x:c r="E94" s="0">
-        <x:v>25097.415</x:v>
+        <x:v>25059.808</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:5">
       <x:c r="A95" s="1">
-        <x:v>45953.9278587963</x:v>
+        <x:v>45968.925474537</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C95" s="0">
-        <x:v>1.42</x:v>
+        <x:v>1.34</x:v>
       </x:c>
       <x:c r="D95" s="0">
-        <x:v>27230.695</x:v>
+        <x:v>27189.378</x:v>
       </x:c>
       <x:c r="E95" s="0">
-        <x:v>25097.415</x:v>
+        <x:v>25059.808</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:5">
       <x:c r="A96" s="1">
-        <x:v>45952.9303587963</x:v>
+        <x:v>45968.3147453704</x:v>
       </x:c>
       <x:c r="B96" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C96" s="0">
-        <x:v>1.56</x:v>
+        <x:v>1.26</x:v>
       </x:c>
       <x:c r="D96" s="0">
-        <x:v>26993.72</x:v>
+        <x:v>27265.582</x:v>
       </x:c>
       <x:c r="E96" s="0">
-        <x:v>24879.005</x:v>
+        <x:v>25130.042</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:5">
       <x:c r="A97" s="1">
-        <x:v>45951.9269212963</x:v>
+        <x:v>45967.9277662037</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C97" s="0">
-        <x:v>1.42</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="D97" s="0">
-        <x:v>27262.937</x:v>
+        <x:v>27266.096</x:v>
       </x:c>
       <x:c r="E97" s="0">
-        <x:v>25127.131</x:v>
+        <x:v>25130.042</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:5">
       <x:c r="A98" s="1">
-        <x:v>45950.9289699074</x:v>
+        <x:v>45966.9253587963</x:v>
       </x:c>
       <x:c r="B98" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C98" s="0">
-        <x:v>1.41</x:v>
+        <x:v>1.09</x:v>
       </x:c>
       <x:c r="D98" s="0">
-        <x:v>27278.004</x:v>
+        <x:v>27797.734</x:v>
       </x:c>
       <x:c r="E98" s="0">
-        <x:v>25141.018</x:v>
+        <x:v>25620.031</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:5">
       <x:c r="A99" s="1">
-        <x:v>45947.9300694444</x:v>
+        <x:v>45965.9237731481</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C99" s="0">
-        <x:v>1.62</x:v>
+        <x:v>1.17</x:v>
       </x:c>
       <x:c r="D99" s="0">
-        <x:v>26927.479</x:v>
+        <x:v>27597.439</x:v>
       </x:c>
       <x:c r="E99" s="0">
-        <x:v>24817.953</x:v>
+        <x:v>25435.704</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:5">
       <x:c r="A100" s="1">
-        <x:v>45946.9261805556</x:v>
+        <x:v>45965.3316666667</x:v>
       </x:c>
       <x:c r="B100" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C100" s="0">
-        <x:v>1.73</x:v>
+        <x:v>1.09</x:v>
       </x:c>
       <x:c r="D100" s="0">
-        <x:v>26753.106</x:v>
+        <x:v>28180.343</x:v>
       </x:c>
       <x:c r="E100" s="0">
-        <x:v>24657.241</x:v>
+        <x:v>25972.943</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:5">
       <x:c r="A101" s="1">
-        <x:v>45945.9256712963</x:v>
+        <x:v>45964.9228819444</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C101" s="0">
-        <x:v>1.67</x:v>
+        <x:v>0.97</x:v>
       </x:c>
       <x:c r="D101" s="0">
-        <x:v>26848.713</x:v>
+        <x:v>28180.643</x:v>
       </x:c>
       <x:c r="E101" s="0">
-        <x:v>24745.358</x:v>
+        <x:v>25972.943</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:5">
       <x:c r="A102" s="1">
-        <x:v>45944.9308680556</x:v>
+        <x:v>45961.8818865741</x:v>
       </x:c>
       <x:c r="B102" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C102" s="0">
-        <x:v>1.79</x:v>
+        <x:v>1.02</x:v>
       </x:c>
       <x:c r="D102" s="0">
-        <x:v>26668.559</x:v>
+        <x:v>28053.595</x:v>
       </x:c>
       <x:c r="E102" s="0">
-        <x:v>24579.317</x:v>
+        <x:v>25858.126</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:5">
       <x:c r="A103" s="1">
-        <x:v>45943.9267592593</x:v>
+        <x:v>45961.3396180556</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C103" s="0">
-        <x:v>1.67</x:v>
+        <x:v>0.95</x:v>
       </x:c>
       <x:c r="D103" s="0">
-        <x:v>26854.023</x:v>
+        <x:v>27919.8</x:v>
       </x:c>
       <x:c r="E103" s="0">
-        <x:v>24750.252</x:v>
+        <x:v>25734.813</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:5">
       <x:c r="A104" s="1">
-        <x:v>45940.9235069444</x:v>
+        <x:v>45960.8841087963</x:v>
       </x:c>
       <x:c r="B104" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C104" s="0">
-        <x:v>2.14</x:v>
+        <x:v>1.07</x:v>
       </x:c>
       <x:c r="D104" s="0">
-        <x:v>26280.525</x:v>
+        <x:v>27922.272</x:v>
       </x:c>
       <x:c r="E104" s="0">
-        <x:v>24221.745</x:v>
+        <x:v>25734.813</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:5">
       <x:c r="A105" s="1">
-        <x:v>45940.3355092593</x:v>
+        <x:v>45959.8898263889</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C105" s="0">
-        <x:v>1.56</x:v>
+        <x:v>0.93</x:v>
       </x:c>
       <x:c r="D105" s="0">
-        <x:v>27231.457</x:v>
+        <x:v>28339.825</x:v>
       </x:c>
       <x:c r="E105" s="0">
-        <x:v>25098.18</x:v>
+        <x:v>26119.846</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:5">
       <x:c r="A106" s="1">
-        <x:v>45939.3272800926</x:v>
+        <x:v>45959.3231944444</x:v>
       </x:c>
       <x:c r="B106" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C106" s="0">
-        <x:v>1.55</x:v>
+        <x:v>0.92</x:v>
       </x:c>
       <x:c r="D106" s="0">
-        <x:v>27272.793</x:v>
+        <x:v>28222.98</x:v>
       </x:c>
       <x:c r="E106" s="0">
-        <x:v>25136.623</x:v>
+        <x:v>26012.155</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:5">
       <x:c r="A107" s="1">
-        <x:v>45938.9271180556</x:v>
+        <x:v>45958.8875115741</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C107" s="0">
-        <x:v>1.56</x:v>
+        <x:v>0.97</x:v>
       </x:c>
       <x:c r="D107" s="0">
-        <x:v>27273.236</x:v>
+        <x:v>28222.854</x:v>
       </x:c>
       <x:c r="E107" s="0">
-        <x:v>25136.623</x:v>
+        <x:v>26012.155</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:5">
       <x:c r="A108" s="1">
-        <x:v>45937.9281828704</x:v>
+        <x:v>45958.3305787037</x:v>
       </x:c>
       <x:c r="B108" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C108" s="0">
-        <x:v>1.77</x:v>
+        <x:v>1.05</x:v>
       </x:c>
       <x:c r="D108" s="0">
-        <x:v>26951.646</x:v>
+        <x:v>28016.037</x:v>
       </x:c>
       <x:c r="E108" s="0">
-        <x:v>24840.227</x:v>
+        <x:v>25821.54</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:5">
       <x:c r="A109" s="1">
-        <x:v>45936.924224537</x:v>
+        <x:v>45957.8875925926</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C109" s="0">
-        <x:v>1.67</x:v>
+        <x:v>1.05</x:v>
       </x:c>
       <x:c r="D109" s="0">
-        <x:v>27101.735</x:v>
+        <x:v>28016.377</x:v>
       </x:c>
       <x:c r="E109" s="0">
-        <x:v>24978.558</x:v>
+        <x:v>25821.546</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:5">
       <x:c r="A110" s="1">
-        <x:v>45933.9289236111</x:v>
+        <x:v>45954.9259259259</x:v>
       </x:c>
       <x:c r="B110" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C110" s="0">
-        <x:v>1.81</x:v>
+        <x:v>1.28</x:v>
       </x:c>
       <x:c r="D110" s="0">
-        <x:v>26889.854</x:v>
+        <x:v>27513.585</x:v>
       </x:c>
       <x:c r="E110" s="0">
-        <x:v>24785.522</x:v>
+        <x:v>25358.162</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:5">
       <x:c r="A111" s="1">
-        <x:v>45933.3311111111</x:v>
+        <x:v>45954.3348148148</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C111" s="0">
-        <x:v>1.68</x:v>
+        <x:v>1.37</x:v>
       </x:c>
       <x:c r="D111" s="0">
-        <x:v>27006.212</x:v>
+        <x:v>27230.674</x:v>
       </x:c>
       <x:c r="E111" s="0">
-        <x:v>24892.764</x:v>
+        <x:v>25097.415</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:5">
       <x:c r="A112" s="1">
-        <x:v>45932.9250231481</x:v>
+        <x:v>45953.9278587963</x:v>
       </x:c>
       <x:c r="B112" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C112" s="0">
-        <x:v>1.74</x:v>
+        <x:v>1.42</x:v>
       </x:c>
       <x:c r="D112" s="0">
-        <x:v>27008.649</x:v>
+        <x:v>27230.695</x:v>
       </x:c>
       <x:c r="E112" s="0">
-        <x:v>24892.764</x:v>
+        <x:v>25097.415</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:5">
       <x:c r="A113" s="1">
-        <x:v>45931.9294097222</x:v>
+        <x:v>45952.9303587963</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C113" s="0">
-        <x:v>1.8</x:v>
+        <x:v>1.56</x:v>
       </x:c>
       <x:c r="D113" s="0">
-        <x:v>26907.328</x:v>
+        <x:v>26993.72</x:v>
       </x:c>
       <x:c r="E113" s="0">
-        <x:v>24800.863</x:v>
+        <x:v>24879.005</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:5">
       <x:c r="A114" s="1">
-        <x:v>45931.3342361111</x:v>
+        <x:v>45951.9269212963</x:v>
       </x:c>
       <x:c r="B114" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C114" s="0">
-        <x:v>1.99</x:v>
+        <x:v>1.42</x:v>
       </x:c>
       <x:c r="D114" s="0">
-        <x:v>26776.178</x:v>
+        <x:v>27262.937</x:v>
       </x:c>
       <x:c r="E114" s="0">
-        <x:v>24679.988</x:v>
+        <x:v>25127.131</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:5">
       <x:c r="A115" s="1">
-        <x:v>45930.9339814815</x:v>
+        <x:v>45950.9289699074</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C115" s="0">
-        <x:v>1.9</x:v>
+        <x:v>1.41</x:v>
       </x:c>
       <x:c r="D115" s="0">
-        <x:v>26776.931</x:v>
+        <x:v>27278.004</x:v>
       </x:c>
       <x:c r="E115" s="0">
-        <x:v>24679.988</x:v>
+        <x:v>25141.018</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:5">
       <x:c r="A116" s="1">
-        <x:v>45930.3326967593</x:v>
+        <x:v>45947.9300694444</x:v>
       </x:c>
       <x:c r="B116" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C116" s="0">
-        <x:v>1.95</x:v>
+        <x:v>1.62</x:v>
       </x:c>
       <x:c r="D116" s="0">
-        <x:v>26702.461</x:v>
+        <x:v>26927.479</x:v>
       </x:c>
       <x:c r="E116" s="0">
-        <x:v>24611.352</x:v>
+        <x:v>24817.953</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:5">
       <x:c r="A117" s="1">
-        <x:v>45929.9324074074</x:v>
+        <x:v>45946.9261805556</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C117" s="0">
-        <x:v>1.95</x:v>
+        <x:v>1.73</x:v>
       </x:c>
       <x:c r="D117" s="0">
-        <x:v>26703.317</x:v>
+        <x:v>26753.106</x:v>
       </x:c>
       <x:c r="E117" s="0">
-        <x:v>24611.352</x:v>
+        <x:v>24657.241</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:5">
       <x:c r="A118" s="1">
-        <x:v>45926.9299074074</x:v>
+        <x:v>45945.9256712963</x:v>
       </x:c>
       <x:c r="B118" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C118" s="0">
-        <x:v>2.04</x:v>
+        <x:v>1.67</x:v>
       </x:c>
       <x:c r="D118" s="0">
-        <x:v>26586.262</x:v>
+        <x:v>26848.713</x:v>
       </x:c>
       <x:c r="E118" s="0">
-        <x:v>24503.848</x:v>
+        <x:v>24745.358</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:5">
       <x:c r="A119" s="1">
-        <x:v>45926.3217939815</x:v>
+        <x:v>45944.9308680556</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C119" s="0">
-        <x:v>2.15</x:v>
+        <x:v>1.79</x:v>
       </x:c>
       <x:c r="D119" s="0">
-        <x:v>26470.669</x:v>
+        <x:v>26668.559</x:v>
       </x:c>
       <x:c r="E119" s="0">
-        <x:v>24397.311</x:v>
+        <x:v>24579.317</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:5">
       <x:c r="A120" s="1">
-        <x:v>45925.9293865741</x:v>
+        <x:v>45943.9267592593</x:v>
       </x:c>
       <x:c r="B120" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C120" s="0">
-        <x:v>2.13</x:v>
+        <x:v>1.67</x:v>
       </x:c>
       <x:c r="D120" s="0">
-        <x:v>26471.082</x:v>
+        <x:v>26854.023</x:v>
       </x:c>
       <x:c r="E120" s="0">
-        <x:v>24397.311</x:v>
+        <x:v>24750.252</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:5">
       <x:c r="A121" s="1">
-        <x:v>45924.9296412037</x:v>
+        <x:v>45940.9235069444</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C121" s="0">
-        <x:v>2.04</x:v>
+        <x:v>2.14</x:v>
       </x:c>
       <x:c r="D121" s="0">
-        <x:v>26585.935</x:v>
+        <x:v>26280.525</x:v>
       </x:c>
       <x:c r="E121" s="0">
-        <x:v>24503.567</x:v>
+        <x:v>24221.745</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:5">
       <x:c r="A122" s="1">
-        <x:v>45924.3777662037</x:v>
+        <x:v>45940.3355092593</x:v>
       </x:c>
       <x:c r="B122" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C122" s="0">
-        <x:v>1.92</x:v>
+        <x:v>1.56</x:v>
       </x:c>
       <x:c r="D122" s="0">
-        <x:v>26669.047</x:v>
+        <x:v>27231.457</x:v>
       </x:c>
       <x:c r="E122" s="0">
-        <x:v>24580.168</x:v>
+        <x:v>25098.18</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:5">
       <x:c r="A123" s="1">
-        <x:v>45923.9252314815</x:v>
+        <x:v>45939.3272800926</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C123" s="0">
-        <x:v>1.98</x:v>
+        <x:v>1.55</x:v>
       </x:c>
       <x:c r="D123" s="0">
-        <x:v>26669.482</x:v>
+        <x:v>27272.793</x:v>
       </x:c>
       <x:c r="E123" s="0">
-        <x:v>24580.168</x:v>
+        <x:v>25136.623</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:5">
       <x:c r="A124" s="1">
-        <x:v>45922.9266898148</x:v>
+        <x:v>45938.9271180556</x:v>
       </x:c>
       <x:c r="B124" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C124" s="0">
-        <x:v>1.84</x:v>
+        <x:v>1.56</x:v>
       </x:c>
       <x:c r="D124" s="0">
-        <x:v>26862.689</x:v>
+        <x:v>27273.236</x:v>
       </x:c>
       <x:c r="E124" s="0">
-        <x:v>24761.074</x:v>
+        <x:v>25136.623</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:5">
       <x:c r="A125" s="1">
-        <x:v>45922.3338773148</x:v>
+        <x:v>45937.9281828704</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C125" s="0">
-        <x:v>1.97</x:v>
+        <x:v>1.77</x:v>
       </x:c>
       <x:c r="D125" s="0">
-        <x:v>26716.401</x:v>
+        <x:v>26951.646</x:v>
       </x:c>
       <x:c r="E125" s="0">
-        <x:v>24626.247</x:v>
+        <x:v>24840.227</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:5">
       <x:c r="A126" s="1">
-        <x:v>45919.9342939815</x:v>
+        <x:v>45936.924224537</x:v>
       </x:c>
       <x:c r="B126" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C126" s="0">
-        <x:v>1.95</x:v>
+        <x:v>1.67</x:v>
       </x:c>
       <x:c r="D126" s="0">
-        <x:v>26719.478</x:v>
+        <x:v>27101.735</x:v>
       </x:c>
       <x:c r="E126" s="0">
-        <x:v>24626.247</x:v>
+        <x:v>24978.558</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:5">
       <x:c r="A127" s="1">
-        <x:v>45918.9266087963</x:v>
+        <x:v>45933.9289236111</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C127" s="0">
-        <x:v>2.09</x:v>
+        <x:v>1.81</x:v>
       </x:c>
       <x:c r="D127" s="0">
-        <x:v>26533.56</x:v>
+        <x:v>26889.854</x:v>
       </x:c>
       <x:c r="E127" s="0">
-        <x:v>24454.894</x:v>
+        <x:v>24785.522</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:5">
       <x:c r="A128" s="1">
-        <x:v>45917.9271296296</x:v>
+        <x:v>45933.3311111111</x:v>
       </x:c>
       <x:c r="B128" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C128" s="0">
-        <x:v>2.31</x:v>
+        <x:v>1.68</x:v>
       </x:c>
       <x:c r="D128" s="0">
-        <x:v>26282.362</x:v>
+        <x:v>27006.212</x:v>
       </x:c>
       <x:c r="E128" s="0">
-        <x:v>24223.687</x:v>
+        <x:v>24892.764</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:5">
       <x:c r="A129" s="1">
-        <x:v>45917.3258680556</x:v>
+        <x:v>45932.9250231481</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C129" s="0">
-        <x:v>2.28</x:v>
+        <x:v>1.74</x:v>
       </x:c>
       <x:c r="D129" s="0">
-        <x:v>26337.222</x:v>
+        <x:v>27008.649</x:v>
       </x:c>
       <x:c r="E129" s="0">
-        <x:v>24274.249</x:v>
+        <x:v>24892.764</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:5">
       <x:c r="A130" s="1">
-        <x:v>45916.9259490741</x:v>
+        <x:v>45931.9294097222</x:v>
       </x:c>
       <x:c r="B130" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C130" s="0">
-        <x:v>2.26</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="D130" s="0">
-        <x:v>26337.56</x:v>
+        <x:v>26907.328</x:v>
       </x:c>
       <x:c r="E130" s="0">
-        <x:v>24274.249</x:v>
+        <x:v>24800.863</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:5">
       <x:c r="A131" s="1">
-        <x:v>45915.9270601852</x:v>
+        <x:v>45931.3342361111</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C131" s="0">
-        <x:v>2.24</x:v>
+        <x:v>1.99</x:v>
       </x:c>
       <x:c r="D131" s="0">
-        <x:v>26356.936</x:v>
+        <x:v>26776.178</x:v>
       </x:c>
       <x:c r="E131" s="0">
-        <x:v>24293.781</x:v>
+        <x:v>24679.988</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:5">
       <x:c r="A132" s="1">
-        <x:v>45915.3170833333</x:v>
+        <x:v>45930.9339814815</x:v>
       </x:c>
       <x:c r="B132" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C132" s="0">
-        <x:v>2.43</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="D132" s="0">
-        <x:v>26138.213</x:v>
+        <x:v>26776.931</x:v>
       </x:c>
       <x:c r="E132" s="0">
-        <x:v>24092.193</x:v>
+        <x:v>24679.988</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:5">
       <x:c r="A133" s="1">
-        <x:v>45912.9234259259</x:v>
+        <x:v>45930.3326967593</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C133" s="0">
-        <x:v>2.44</x:v>
+        <x:v>1.95</x:v>
       </x:c>
       <x:c r="D133" s="0">
-        <x:v>26139.203</x:v>
+        <x:v>26702.461</x:v>
       </x:c>
       <x:c r="E133" s="0">
-        <x:v>24092.193</x:v>
+        <x:v>24611.352</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:5">
       <x:c r="A134" s="1">
-        <x:v>45912.3096527778</x:v>
+        <x:v>45929.9324074074</x:v>
       </x:c>
       <x:c r="B134" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C134" s="0">
-        <x:v>2.54</x:v>
+        <x:v>1.95</x:v>
       </x:c>
       <x:c r="D134" s="0">
-        <x:v>26031.104</x:v>
+        <x:v>26703.317</x:v>
       </x:c>
       <x:c r="E134" s="0">
-        <x:v>23992.562</x:v>
+        <x:v>24611.352</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:5">
       <x:c r="A135" s="1">
-        <x:v>45911.9251736111</x:v>
+        <x:v>45926.9299074074</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C135" s="0">
-        <x:v>2.55</x:v>
+        <x:v>2.04</x:v>
       </x:c>
       <x:c r="D135" s="0">
-        <x:v>26031.799</x:v>
+        <x:v>26586.262</x:v>
       </x:c>
       <x:c r="E135" s="0">
-        <x:v>23992.562</x:v>
+        <x:v>24503.848</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:5">
       <x:c r="A136" s="1">
-        <x:v>45911.3308101852</x:v>
+        <x:v>45926.3217939815</x:v>
       </x:c>
       <x:c r="B136" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C136" s="0">
-        <x:v>2.7</x:v>
+        <x:v>2.15</x:v>
       </x:c>
       <x:c r="D136" s="0">
-        <x:v>25876.327</x:v>
+        <x:v>26470.669</x:v>
       </x:c>
       <x:c r="E136" s="0">
-        <x:v>23849.27</x:v>
+        <x:v>24397.311</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:5">
       <x:c r="A137" s="1">
-        <x:v>45910.9240509259</x:v>
+        <x:v>45925.9293865741</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C137" s="0">
-        <x:v>2.71</x:v>
+        <x:v>2.13</x:v>
       </x:c>
       <x:c r="D137" s="0">
-        <x:v>25876.458</x:v>
+        <x:v>26471.082</x:v>
       </x:c>
       <x:c r="E137" s="0">
-        <x:v>23849.27</x:v>
+        <x:v>24397.311</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:5">
       <x:c r="A138" s="1">
-        <x:v>45909.9244907407</x:v>
+        <x:v>45924.9296412037</x:v>
       </x:c>
       <x:c r="B138" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C138" s="0">
-        <x:v>2.72</x:v>
+        <x:v>2.04</x:v>
       </x:c>
       <x:c r="D138" s="0">
-        <x:v>25866.003</x:v>
+        <x:v>26585.935</x:v>
       </x:c>
       <x:c r="E138" s="0">
-        <x:v>23839.796</x:v>
+        <x:v>24503.567</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:5">
       <x:c r="A139" s="1">
-        <x:v>45909.335462963</x:v>
+        <x:v>45924.3777662037</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C139" s="0">
-        <x:v>2.77</x:v>
+        <x:v>1.92</x:v>
       </x:c>
       <x:c r="D139" s="0">
-        <x:v>25781.92</x:v>
+        <x:v>26669.047</x:v>
       </x:c>
       <x:c r="E139" s="0">
-        <x:v>23762.3</x:v>
+        <x:v>24580.168</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:5">
       <x:c r="A140" s="1">
-        <x:v>45908.9240393518</x:v>
+        <x:v>45923.9252314815</x:v>
       </x:c>
       <x:c r="B140" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C140" s="0">
-        <x:v>2.81</x:v>
+        <x:v>1.98</x:v>
       </x:c>
       <x:c r="D140" s="0">
-        <x:v>25780.823</x:v>
+        <x:v>26669.482</x:v>
       </x:c>
       <x:c r="E140" s="0">
-        <x:v>23762.3</x:v>
+        <x:v>24580.168</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:5">
       <x:c r="A141" s="1">
-        <x:v>45908.3013541667</x:v>
+        <x:v>45922.9266898148</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C141" s="0">
-        <x:v>2.89</x:v>
+        <x:v>1.84</x:v>
       </x:c>
       <x:c r="D141" s="0">
-        <x:v>25661.628</x:v>
+        <x:v>26862.689</x:v>
       </x:c>
       <x:c r="E141" s="0">
-        <x:v>23652.443</x:v>
+        <x:v>24761.074</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:5">
       <x:c r="A142" s="1">
-        <x:v>45905.9285648148</x:v>
+        <x:v>45922.3338773148</x:v>
       </x:c>
       <x:c r="B142" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C142" s="0">
-        <x:v>2.94</x:v>
+        <x:v>1.97</x:v>
       </x:c>
       <x:c r="D142" s="0">
-        <x:v>25659.91</x:v>
+        <x:v>26716.401</x:v>
       </x:c>
       <x:c r="E142" s="0">
-        <x:v>23652.443</x:v>
+        <x:v>24626.247</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:5">
       <x:c r="A143" s="1">
-        <x:v>45905.3095023148</x:v>
+        <x:v>45919.9342939815</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C143" s="0">
-        <x:v>2.87</x:v>
+        <x:v>1.95</x:v>
       </x:c>
       <x:c r="D143" s="0">
-        <x:v>25638.829</x:v>
+        <x:v>26719.478</x:v>
       </x:c>
       <x:c r="E143" s="0">
-        <x:v>23633.013</x:v>
+        <x:v>24626.247</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:5">
       <x:c r="A144" s="1">
-        <x:v>45904.9245601852</x:v>
+        <x:v>45918.9266087963</x:v>
       </x:c>
       <x:c r="B144" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C144" s="0">
-        <x:v>2.97</x:v>
+        <x:v>2.09</x:v>
       </x:c>
       <x:c r="D144" s="0">
-        <x:v>25639.595</x:v>
+        <x:v>26533.56</x:v>
       </x:c>
       <x:c r="E144" s="0">
-        <x:v>23633.013</x:v>
+        <x:v>24454.894</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:5">
       <x:c r="A145" s="1">
-        <x:v>45904.3202199074</x:v>
+        <x:v>45917.9271296296</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C145" s="0">
-        <x:v>3.25</x:v>
+        <x:v>2.31</x:v>
       </x:c>
       <x:c r="D145" s="0">
-        <x:v>25402.876</x:v>
+        <x:v>26282.362</x:v>
       </x:c>
       <x:c r="E145" s="0">
-        <x:v>23414.839</x:v>
+        <x:v>24223.687</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:5">
       <x:c r="A146" s="1">
-        <x:v>45903.9235648148</x:v>
+        <x:v>45917.3258680556</x:v>
       </x:c>
       <x:c r="B146" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C146" s="0">
-        <x:v>3.27</x:v>
+        <x:v>2.28</x:v>
       </x:c>
       <x:c r="D146" s="0">
-        <x:v>25405.022</x:v>
+        <x:v>26337.222</x:v>
       </x:c>
       <x:c r="E146" s="0">
-        <x:v>23414.839</x:v>
+        <x:v>24274.249</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:5">
       <x:c r="A147" s="1">
-        <x:v>45903.3225115741</x:v>
+        <x:v>45916.9259490741</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C147" s="0">
-        <x:v>3.49</x:v>
+        <x:v>2.26</x:v>
       </x:c>
       <x:c r="D147" s="0">
-        <x:v>25205.674</x:v>
+        <x:v>26337.56</x:v>
       </x:c>
       <x:c r="E147" s="0">
-        <x:v>23231.108</x:v>
+        <x:v>24274.249</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:5">
       <x:c r="A148" s="1">
-        <x:v>45902.923912037</x:v>
+        <x:v>45915.9270601852</x:v>
       </x:c>
       <x:c r="B148" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C148" s="0">
-        <x:v>3.55</x:v>
+        <x:v>2.24</x:v>
       </x:c>
       <x:c r="D148" s="0">
-        <x:v>25205.103</x:v>
+        <x:v>26356.936</x:v>
       </x:c>
       <x:c r="E148" s="0">
-        <x:v>23231.108</x:v>
+        <x:v>24293.781</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:5">
       <x:c r="A149" s="1">
-        <x:v>45902.3292013889</x:v>
+        <x:v>45915.3170833333</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C149" s="0">
-        <x:v>3.33</x:v>
+        <x:v>2.43</x:v>
       </x:c>
       <x:c r="D149" s="0">
-        <x:v>25405.082</x:v>
+        <x:v>26138.213</x:v>
       </x:c>
       <x:c r="E149" s="0">
-        <x:v>23415.42</x:v>
+        <x:v>24092.193</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:5">
       <x:c r="A150" s="1">
-        <x:v>45898.9304050926</x:v>
+        <x:v>45912.9234259259</x:v>
       </x:c>
       <x:c r="B150" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C150" s="0">
-        <x:v>3.29</x:v>
+        <x:v>2.44</x:v>
       </x:c>
       <x:c r="D150" s="0">
-        <x:v>25403.462</x:v>
+        <x:v>26139.203</x:v>
       </x:c>
       <x:c r="E150" s="0">
-        <x:v>23415.42</x:v>
+        <x:v>24092.193</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:5">
       <x:c r="A151" s="1">
-        <x:v>45898.3268518519</x:v>
+        <x:v>45912.3096527778</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C151" s="0">
-        <x:v>2.97</x:v>
+        <x:v>2.54</x:v>
       </x:c>
       <x:c r="D151" s="0">
-        <x:v>25715.974</x:v>
+        <x:v>26031.104</x:v>
       </x:c>
       <x:c r="E151" s="0">
-        <x:v>23703.45</x:v>
+        <x:v>23992.562</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:5">
       <x:c r="A152" s="1">
-        <x:v>45897.9274768519</x:v>
+        <x:v>45911.9251736111</x:v>
       </x:c>
       <x:c r="B152" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C152" s="0">
-        <x:v>2.93</x:v>
+        <x:v>2.55</x:v>
       </x:c>
       <x:c r="D152" s="0">
-        <x:v>25718.243</x:v>
+        <x:v>26031.799</x:v>
       </x:c>
       <x:c r="E152" s="0">
-        <x:v>23703.45</x:v>
+        <x:v>23992.562</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:5">
       <x:c r="A153" s="1">
-        <x:v>45896.9248611111</x:v>
+        <x:v>45911.3308101852</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C153" s="0">
-        <x:v>3.11</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="D153" s="0">
-        <x:v>25568.88</x:v>
+        <x:v>25876.327</x:v>
       </x:c>
       <x:c r="E153" s="0">
-        <x:v>23565.846</x:v>
+        <x:v>23849.27</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:5">
       <x:c r="A154" s="1">
-        <x:v>45896.3337615741</x:v>
+        <x:v>45910.9240509259</x:v>
       </x:c>
       <x:c r="B154" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C154" s="0">
-        <x:v>3.15</x:v>
+        <x:v>2.71</x:v>
       </x:c>
       <x:c r="D154" s="0">
-        <x:v>25524.88</x:v>
+        <x:v>25876.458</x:v>
       </x:c>
       <x:c r="E154" s="0">
-        <x:v>23525.293</x:v>
+        <x:v>23849.27</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:5">
       <x:c r="A155" s="1">
-        <x:v>45895.9240046296</x:v>
+        <x:v>45909.9244907407</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C155" s="0">
-        <x:v>3.16</x:v>
+        <x:v>2.72</x:v>
       </x:c>
       <x:c r="D155" s="0">
-        <x:v>25524.943</x:v>
+        <x:v>25866.003</x:v>
       </x:c>
       <x:c r="E155" s="0">
-        <x:v>23525.293</x:v>
+        <x:v>23839.796</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:5">
       <x:c r="A156" s="1">
-        <x:v>45894.9239236111</x:v>
+        <x:v>45909.335462963</x:v>
       </x:c>
       <x:c r="B156" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C156" s="0">
-        <x:v>3.3</x:v>
+        <x:v>2.77</x:v>
       </x:c>
       <x:c r="D156" s="0">
-        <x:v>25416.673</x:v>
+        <x:v>25781.92</x:v>
       </x:c>
       <x:c r="E156" s="0">
-        <x:v>23425.605</x:v>
+        <x:v>23762.3</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:5">
       <x:c r="A157" s="1">
-        <x:v>45894.3297685185</x:v>
+        <x:v>45908.9240393518</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C157" s="0">
-        <x:v>3.21</x:v>
+        <x:v>2.81</x:v>
       </x:c>
       <x:c r="D157" s="0">
-        <x:v>25495.346</x:v>
+        <x:v>25780.823</x:v>
       </x:c>
       <x:c r="E157" s="0">
-        <x:v>23498.115</x:v>
+        <x:v>23762.3</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:5">
       <x:c r="A158" s="1">
-        <x:v>45891.9252083333</x:v>
+        <x:v>45908.3013541667</x:v>
       </x:c>
       <x:c r="B158" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C158" s="0">
-        <x:v>3.2</x:v>
+        <x:v>2.89</x:v>
       </x:c>
       <x:c r="D158" s="0">
-        <x:v>25493.439</x:v>
+        <x:v>25661.628</x:v>
       </x:c>
       <x:c r="E158" s="0">
-        <x:v>23498.115</x:v>
+        <x:v>23652.443</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:5">
       <x:c r="A159" s="1">
-        <x:v>45891.3279861111</x:v>
+        <x:v>45905.9285648148</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C159" s="0">
-        <x:v>3.82</x:v>
+        <x:v>2.94</x:v>
       </x:c>
       <x:c r="D159" s="0">
-        <x:v>25107.684</x:v>
+        <x:v>25659.91</x:v>
       </x:c>
       <x:c r="E159" s="0">
-        <x:v>23142.58</x:v>
+        <x:v>23652.443</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:5">
       <x:c r="A160" s="1">
-        <x:v>45890.9257175926</x:v>
+        <x:v>45905.3095023148</x:v>
       </x:c>
       <x:c r="B160" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C160" s="0">
-        <x:v>3.78</x:v>
+        <x:v>2.87</x:v>
       </x:c>
       <x:c r="D160" s="0">
-        <x:v>25105.655</x:v>
+        <x:v>25638.829</x:v>
       </x:c>
       <x:c r="E160" s="0">
-        <x:v>23142.58</x:v>
+        <x:v>23633.013</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:5">
       <x:c r="A161" s="1">
-        <x:v>45890.3406944444</x:v>
+        <x:v>45904.9245601852</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C161" s="0">
-        <x:v>3.59</x:v>
+        <x:v>2.97</x:v>
       </x:c>
       <x:c r="D161" s="0">
-        <x:v>25221.74</x:v>
+        <x:v>25639.595</x:v>
       </x:c>
       <x:c r="E161" s="0">
-        <x:v>23249.57</x:v>
+        <x:v>23633.013</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:5">
       <x:c r="A162" s="1">
-        <x:v>45889.9243402778</x:v>
+        <x:v>45904.3202199074</x:v>
       </x:c>
       <x:c r="B162" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C162" s="0">
-        <x:v>3.62</x:v>
+        <x:v>3.25</x:v>
       </x:c>
       <x:c r="D162" s="0">
-        <x:v>25225.784</x:v>
+        <x:v>25402.876</x:v>
       </x:c>
       <x:c r="E162" s="0">
-        <x:v>23249.57</x:v>
+        <x:v>23414.839</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:5">
       <x:c r="A163" s="1">
-        <x:v>45888.9238078704</x:v>
+        <x:v>45903.9235648148</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C163" s="0">
-        <x:v>3.42</x:v>
+        <x:v>3.27</x:v>
       </x:c>
       <x:c r="D163" s="0">
-        <x:v>25372.122</x:v>
+        <x:v>25405.022</x:v>
       </x:c>
       <x:c r="E163" s="0">
-        <x:v>23384.77</x:v>
+        <x:v>23414.839</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:5">
       <x:c r="A164" s="1">
-        <x:v>45888.3192939815</x:v>
+        <x:v>45903.3225115741</x:v>
       </x:c>
       <x:c r="B164" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C164" s="0">
-        <x:v>3.08</x:v>
+        <x:v>3.49</x:v>
       </x:c>
       <x:c r="D164" s="0">
-        <x:v>25729.075</x:v>
+        <x:v>25205.674</x:v>
       </x:c>
       <x:c r="E164" s="0">
-        <x:v>23713.759</x:v>
+        <x:v>23231.108</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:5">
       <x:c r="A165" s="1">
+        <x:v>45902.923912037</x:v>
+      </x:c>
+      <x:c r="B165" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C165" s="0">
+        <x:v>3.55</x:v>
+      </x:c>
+      <x:c r="D165" s="0">
+        <x:v>25205.103</x:v>
+      </x:c>
+      <x:c r="E165" s="0">
+        <x:v>23231.108</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="166" spans="1:5">
+      <x:c r="A166" s="1">
+        <x:v>45902.3292013889</x:v>
+      </x:c>
+      <x:c r="B166" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C166" s="0">
+        <x:v>3.33</x:v>
+      </x:c>
+      <x:c r="D166" s="0">
+        <x:v>25405.082</x:v>
+      </x:c>
+      <x:c r="E166" s="0">
+        <x:v>23415.42</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="167" spans="1:5">
+      <x:c r="A167" s="1">
+        <x:v>45898.9304050926</x:v>
+      </x:c>
+      <x:c r="B167" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C167" s="0">
+        <x:v>3.29</x:v>
+      </x:c>
+      <x:c r="D167" s="0">
+        <x:v>25403.462</x:v>
+      </x:c>
+      <x:c r="E167" s="0">
+        <x:v>23415.42</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="168" spans="1:5">
+      <x:c r="A168" s="1">
+        <x:v>45898.3268518519</x:v>
+      </x:c>
+      <x:c r="B168" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C168" s="0">
+        <x:v>2.97</x:v>
+      </x:c>
+      <x:c r="D168" s="0">
+        <x:v>25715.974</x:v>
+      </x:c>
+      <x:c r="E168" s="0">
+        <x:v>23703.45</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="169" spans="1:5">
+      <x:c r="A169" s="1">
+        <x:v>45897.9274768519</x:v>
+      </x:c>
+      <x:c r="B169" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C169" s="0">
+        <x:v>2.93</x:v>
+      </x:c>
+      <x:c r="D169" s="0">
+        <x:v>25718.243</x:v>
+      </x:c>
+      <x:c r="E169" s="0">
+        <x:v>23703.45</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="170" spans="1:5">
+      <x:c r="A170" s="1">
+        <x:v>45896.9248611111</x:v>
+      </x:c>
+      <x:c r="B170" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C170" s="0">
+        <x:v>3.11</x:v>
+      </x:c>
+      <x:c r="D170" s="0">
+        <x:v>25568.88</x:v>
+      </x:c>
+      <x:c r="E170" s="0">
+        <x:v>23565.846</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="171" spans="1:5">
+      <x:c r="A171" s="1">
+        <x:v>45896.3337615741</x:v>
+      </x:c>
+      <x:c r="B171" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C171" s="0">
+        <x:v>3.15</x:v>
+      </x:c>
+      <x:c r="D171" s="0">
+        <x:v>25524.88</x:v>
+      </x:c>
+      <x:c r="E171" s="0">
+        <x:v>23525.293</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="172" spans="1:5">
+      <x:c r="A172" s="1">
+        <x:v>45895.9240046296</x:v>
+      </x:c>
+      <x:c r="B172" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C172" s="0">
+        <x:v>3.16</x:v>
+      </x:c>
+      <x:c r="D172" s="0">
+        <x:v>25524.943</x:v>
+      </x:c>
+      <x:c r="E172" s="0">
+        <x:v>23525.293</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="173" spans="1:5">
+      <x:c r="A173" s="1">
+        <x:v>45894.9239236111</x:v>
+      </x:c>
+      <x:c r="B173" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C173" s="0">
+        <x:v>3.3</x:v>
+      </x:c>
+      <x:c r="D173" s="0">
+        <x:v>25416.673</x:v>
+      </x:c>
+      <x:c r="E173" s="0">
+        <x:v>23425.605</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="174" spans="1:5">
+      <x:c r="A174" s="1">
+        <x:v>45894.3297685185</x:v>
+      </x:c>
+      <x:c r="B174" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C174" s="0">
+        <x:v>3.21</x:v>
+      </x:c>
+      <x:c r="D174" s="0">
+        <x:v>25495.346</x:v>
+      </x:c>
+      <x:c r="E174" s="0">
+        <x:v>23498.115</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="175" spans="1:5">
+      <x:c r="A175" s="1">
+        <x:v>45891.9252083333</x:v>
+      </x:c>
+      <x:c r="B175" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C175" s="0">
+        <x:v>3.2</x:v>
+      </x:c>
+      <x:c r="D175" s="0">
+        <x:v>25493.439</x:v>
+      </x:c>
+      <x:c r="E175" s="0">
+        <x:v>23498.115</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="176" spans="1:5">
+      <x:c r="A176" s="1">
+        <x:v>45891.3279861111</x:v>
+      </x:c>
+      <x:c r="B176" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C176" s="0">
+        <x:v>3.82</x:v>
+      </x:c>
+      <x:c r="D176" s="0">
+        <x:v>25107.684</x:v>
+      </x:c>
+      <x:c r="E176" s="0">
+        <x:v>23142.58</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="177" spans="1:5">
+      <x:c r="A177" s="1">
+        <x:v>45890.9257175926</x:v>
+      </x:c>
+      <x:c r="B177" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C177" s="0">
+        <x:v>3.78</x:v>
+      </x:c>
+      <x:c r="D177" s="0">
+        <x:v>25105.655</x:v>
+      </x:c>
+      <x:c r="E177" s="0">
+        <x:v>23142.58</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="178" spans="1:5">
+      <x:c r="A178" s="1">
+        <x:v>45890.3406944444</x:v>
+      </x:c>
+      <x:c r="B178" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C178" s="0">
+        <x:v>3.59</x:v>
+      </x:c>
+      <x:c r="D178" s="0">
+        <x:v>25221.74</x:v>
+      </x:c>
+      <x:c r="E178" s="0">
+        <x:v>23249.57</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="179" spans="1:5">
+      <x:c r="A179" s="1">
+        <x:v>45889.9243402778</x:v>
+      </x:c>
+      <x:c r="B179" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C179" s="0">
+        <x:v>3.62</x:v>
+      </x:c>
+      <x:c r="D179" s="0">
+        <x:v>25225.784</x:v>
+      </x:c>
+      <x:c r="E179" s="0">
+        <x:v>23249.57</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="180" spans="1:5">
+      <x:c r="A180" s="1">
+        <x:v>45888.9238078704</x:v>
+      </x:c>
+      <x:c r="B180" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C180" s="0">
+        <x:v>3.42</x:v>
+      </x:c>
+      <x:c r="D180" s="0">
+        <x:v>25372.122</x:v>
+      </x:c>
+      <x:c r="E180" s="0">
+        <x:v>23384.77</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="181" spans="1:5">
+      <x:c r="A181" s="1">
+        <x:v>45888.3192939815</x:v>
+      </x:c>
+      <x:c r="B181" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C181" s="0">
+        <x:v>3.08</x:v>
+      </x:c>
+      <x:c r="D181" s="0">
+        <x:v>25729.075</x:v>
+      </x:c>
+      <x:c r="E181" s="0">
+        <x:v>23713.759</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="182" spans="1:5">
+      <x:c r="A182" s="1">
         <x:v>45887.924525463</x:v>
       </x:c>
-      <x:c r="B165" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C165" s="0">
+      <x:c r="B182" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C182" s="0">
         <x:v>3</x:v>
       </x:c>
-      <x:c r="D165" s="0">
+      <x:c r="D182" s="0">
         <x:v>25729.428</x:v>
       </x:c>
-      <x:c r="E165" s="0">
+      <x:c r="E182" s="0">
         <x:v>23713.759</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>