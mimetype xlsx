--- v5 (2026-02-10)
+++ v6 (2026-03-07)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R57e9a45ea78f4055" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3f8c66f754764c0aa4d3283b355823e7.psmdcp" Id="Re9bb73a619d242f2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb9ffd654962843e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c8606c6488f1417a8e5166300c04d58a.psmdcp" Id="R61c5b82df20c4d97" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>NLBNPNL39PI9</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -390,3140 +390,3684 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E182"/>
+  <x:dimension ref="A1:E214"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>46063.3311921296</x:v>
+        <x:v>46087.9262847222</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
-        <x:v>0.88</x:v>
+        <x:v>1.01</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>27415.022</x:v>
+        <x:v>26733.969</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>25268.14</x:v>
+        <x:v>24643.02</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>46062.9247569444</x:v>
+        <x:v>46087.3067824074</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
-        <x:v>0.86</x:v>
+        <x:v>0.85</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>27414.05</x:v>
+        <x:v>27143.437</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>25268.14</x:v>
+        <x:v>25020.41</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>46062.2992013889</x:v>
+        <x:v>46086.9326273148</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
-        <x:v>0.92</x:v>
+        <x:v>0.88</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>27205.328</x:v>
+        <x:v>27145.401</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>25075.77</x:v>
+        <x:v>25020.41</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>46058.9255439815</x:v>
+        <x:v>46086.3051273148</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
-        <x:v>1.19</x:v>
+        <x:v>0.89</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>26635.329</x:v>
+        <x:v>27224.899</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>24548.69</x:v>
+        <x:v>25093.68</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>46057.9258449074</x:v>
+        <x:v>46085.9285648148</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
-        <x:v>1.05</x:v>
+        <x:v>0.85</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>27006.995</x:v>
+        <x:v>27225.946</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>24891.24</x:v>
+        <x:v>25093.68</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>46056.9428703704</x:v>
+        <x:v>46085.3383796296</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
-        <x:v>0.89</x:v>
+        <x:v>1.09</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>27492.403</x:v>
+        <x:v>26820.59</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>25338.62</x:v>
+        <x:v>24720.08</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>46055.9254513889</x:v>
+        <x:v>46084.9255787037</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
-        <x:v>0.77</x:v>
+        <x:v>1.01</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>27926.392</x:v>
+        <x:v>26820.562</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>25738.61</x:v>
+        <x:v>24720.08</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>46052.2983333333</x:v>
+        <x:v>46084.3354050926</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
-        <x:v>0.78</x:v>
+        <x:v>1.01</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>28081.931</x:v>
+        <x:v>27116.247</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>25884.29</x:v>
+        <x:v>24992.6</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>46051.9256481481</x:v>
+        <x:v>46083.9256481481</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
-        <x:v>0.73</x:v>
+        <x:v>0.91</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>28084.082</x:v>
+        <x:v>27116.4</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>25884.29</x:v>
+        <x:v>24992.6</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>46051.3032407407</x:v>
+        <x:v>46083.3084259259</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C12" s="0">
-        <x:v>0.67</x:v>
+        <x:v>1.03</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>28234.354</x:v>
+        <x:v>27081.073</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>26022.79</x:v>
+        <x:v>24960.04</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>46050.9251041667</x:v>
+        <x:v>46080.9257523148</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0">
-        <x:v>0.7</x:v>
+        <x:v>0.92</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>28234.201</x:v>
+        <x:v>27078.743</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>26022.79</x:v>
+        <x:v>24960.04</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>46050.299212963</x:v>
+        <x:v>46080.3043634259</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C14" s="0">
-        <x:v>0.67</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>28144.092</x:v>
+        <x:v>27159.391</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>25939.74</x:v>
+        <x:v>25034.37</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>46049.9250462963</x:v>
+        <x:v>46079.9258101852</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
-        <x:v>0.72</x:v>
+        <x:v>0.89</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>28144.618</x:v>
+        <x:v>27162.05</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>25939.74</x:v>
+        <x:v>25034.37</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>46048.9248726852</x:v>
+        <x:v>46079.2991550926</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C16" s="0">
-        <x:v>0.79</x:v>
+        <x:v>0.82</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>27898.833</x:v>
+        <x:v>27481.767</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>25713.21</x:v>
+        <x:v>25329.04</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>46045.9251851852</x:v>
+        <x:v>46078.925775463</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C17" s="0">
-        <x:v>0.82</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>27781.935</x:v>
+        <x:v>27481.944</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>25605.47</x:v>
+        <x:v>25329.04</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>46044.9246180556</x:v>
+        <x:v>46078.3266203704</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="0">
-        <x:v>0.85</x:v>
+        <x:v>0.92</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>27687.41</x:v>
+        <x:v>27100.024</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>25518.35</x:v>
+        <x:v>24977.04</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>46043.9254861111</x:v>
+        <x:v>46077.925474537</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C19" s="0">
-        <x:v>0.92</x:v>
+        <x:v>0.93</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>27479.339</x:v>
+        <x:v>27100.088</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>25326.58</x:v>
+        <x:v>24977.04</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
-        <x:v>46042.9278935185</x:v>
+        <x:v>46076.3076157407</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C20" s="0">
-        <x:v>1.07</x:v>
+        <x:v>1.02</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>27111.514</x:v>
+        <x:v>27138.362</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>24987.57</x:v>
+        <x:v>25012.62</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="1">
-        <x:v>46038.9244212963</x:v>
+        <x:v>46073.9253587963</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C21" s="0">
-        <x:v>0.88</x:v>
+        <x:v>0.93</x:v>
       </x:c>
       <x:c r="D21" s="0">
-        <x:v>27699.247</x:v>
+        <x:v>27138.562</x:v>
       </x:c>
       <x:c r="E21" s="0">
-        <x:v>25529.26</x:v>
+        <x:v>25012.62</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="1">
-        <x:v>46037.9281134259</x:v>
+        <x:v>46073.3322685185</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C22" s="0">
-        <x:v>0.87</x:v>
+        <x:v>0.98</x:v>
       </x:c>
       <x:c r="D22" s="0">
-        <x:v>27718.571</x:v>
+        <x:v>26904.983</x:v>
       </x:c>
       <x:c r="E22" s="0">
-        <x:v>25547.07</x:v>
+        <x:v>24797.34</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="1">
-        <x:v>46036.9273611111</x:v>
+        <x:v>46072.9253935185</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C23" s="0">
-        <x:v>0.9</x:v>
+        <x:v>1.02</x:v>
       </x:c>
       <x:c r="D23" s="0">
-        <x:v>27628.875</x:v>
+        <x:v>26901.323</x:v>
       </x:c>
       <x:c r="E23" s="0">
-        <x:v>25465.94</x:v>
+        <x:v>24797.34</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="1">
-        <x:v>46036.3276157407</x:v>
+        <x:v>46072.3124884259</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C24" s="0">
-        <x:v>0.83</x:v>
+        <x:v>0.96</x:v>
       </x:c>
       <x:c r="D24" s="0">
-        <x:v>27928.346</x:v>
+        <x:v>27011.483</x:v>
       </x:c>
       <x:c r="E24" s="0">
-        <x:v>25741.95</x:v>
+        <x:v>24898.87</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="1">
-        <x:v>46035.9280092593</x:v>
+        <x:v>46071.9254861111</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C25" s="0">
-        <x:v>0.81</x:v>
+        <x:v>0.98</x:v>
       </x:c>
       <x:c r="D25" s="0">
-        <x:v>27930.016</x:v>
+        <x:v>27015.06</x:v>
       </x:c>
       <x:c r="E25" s="0">
-        <x:v>25741.95</x:v>
+        <x:v>24898.87</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="1">
-        <x:v>46034.9279282407</x:v>
+        <x:v>46071.3073148148</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C26" s="0">
-        <x:v>0.8</x:v>
+        <x:v>1.04</x:v>
       </x:c>
       <x:c r="D26" s="0">
-        <x:v>27979.611</x:v>
+        <x:v>26801.022</x:v>
       </x:c>
       <x:c r="E26" s="0">
-        <x:v>25787.66</x:v>
+        <x:v>24701.6</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="1">
-        <x:v>46031.929224537</x:v>
+        <x:v>46070.9253472222</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C27" s="0">
-        <x:v>0.8</x:v>
+        <x:v>1.06</x:v>
       </x:c>
       <x:c r="D27" s="0">
-        <x:v>27955.833</x:v>
+        <x:v>26800.202</x:v>
       </x:c>
       <x:c r="E27" s="0">
-        <x:v>25766.26</x:v>
+        <x:v>24701.6</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="1">
-        <x:v>46031.324849537</x:v>
+        <x:v>46070.3023611111</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C28" s="0">
-        <x:v>0.89</x:v>
+        <x:v>1.14</x:v>
       </x:c>
       <x:c r="D28" s="0">
-        <x:v>27674.644</x:v>
+        <x:v>26833.978</x:v>
       </x:c>
       <x:c r="E28" s="0">
-        <x:v>25507.1</x:v>
+        <x:v>24732.73</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="1">
-        <x:v>46030.9270949074</x:v>
+        <x:v>46066.9255324074</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C29" s="0">
-        <x:v>0.89</x:v>
+        <x:v>1.05</x:v>
       </x:c>
       <x:c r="D29" s="0">
-        <x:v>27675.204</x:v>
+        <x:v>26831.993</x:v>
       </x:c>
       <x:c r="E29" s="0">
-        <x:v>25507.1</x:v>
+        <x:v>24732.73</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="1">
-        <x:v>46029.9278819444</x:v>
+        <x:v>46066.3087847222</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C30" s="0">
-        <x:v>0.85</x:v>
+        <x:v>1.08</x:v>
       </x:c>
       <x:c r="D30" s="0">
-        <x:v>27834.482</x:v>
+        <x:v>26783.038</x:v>
       </x:c>
       <x:c r="E30" s="0">
-        <x:v>25653.9</x:v>
+        <x:v>24687.61</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="1">
-        <x:v>46028.9272222222</x:v>
+        <x:v>46065.9253703704</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C31" s="0">
-        <x:v>0.85</x:v>
+        <x:v>1.07</x:v>
       </x:c>
       <x:c r="D31" s="0">
-        <x:v>27819.085</x:v>
+        <x:v>26786.057</x:v>
       </x:c>
       <x:c r="E31" s="0">
-        <x:v>25639.71</x:v>
+        <x:v>24687.61</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="1">
-        <x:v>46027.9295717593</x:v>
+        <x:v>46064.9256597222</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C32" s="0">
-        <x:v>0.94</x:v>
+        <x:v>0.89</x:v>
       </x:c>
       <x:c r="D32" s="0">
-        <x:v>27560.432</x:v>
+        <x:v>27343.133</x:v>
       </x:c>
       <x:c r="E32" s="0">
-        <x:v>25401.32</x:v>
+        <x:v>25201.26</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="1">
-        <x:v>46024.9271875</x:v>
+        <x:v>46064.3233101852</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C33" s="0">
-        <x:v>1.02</x:v>
+        <x:v>0.89</x:v>
       </x:c>
       <x:c r="D33" s="0">
-        <x:v>27345.868</x:v>
+        <x:v>27263.255</x:v>
       </x:c>
       <x:c r="E33" s="0">
-        <x:v>25206.17</x:v>
+        <x:v>25127.64</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="1">
-        <x:v>46024.2881712963</x:v>
+        <x:v>46063.9255324074</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C34" s="0">
-        <x:v>0.93</x:v>
+        <x:v>0.91</x:v>
       </x:c>
       <x:c r="D34" s="0">
-        <x:v>27393.261</x:v>
+        <x:v>27262.58</x:v>
       </x:c>
       <x:c r="E34" s="0">
-        <x:v>25249.85</x:v>
+        <x:v>25127.64</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="1">
-        <x:v>46022.9253125</x:v>
+        <x:v>46063.3311921296</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C35" s="0">
-        <x:v>1</x:v>
+        <x:v>0.88</x:v>
       </x:c>
       <x:c r="D35" s="0">
-        <x:v>27395.085</x:v>
+        <x:v>27415.022</x:v>
       </x:c>
       <x:c r="E35" s="0">
-        <x:v>25249.85</x:v>
+        <x:v>25268.14</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="1">
-        <x:v>46022.3246527778</x:v>
+        <x:v>46062.9247569444</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C36" s="0">
-        <x:v>0.95</x:v>
+        <x:v>0.86</x:v>
       </x:c>
       <x:c r="D36" s="0">
-        <x:v>27625.875</x:v>
+        <x:v>27414.05</x:v>
       </x:c>
       <x:c r="E36" s="0">
-        <x:v>25462.56</x:v>
+        <x:v>25268.14</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="1">
-        <x:v>46021.927025463</x:v>
+        <x:v>46062.2992013889</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C37" s="0">
         <x:v>0.92</x:v>
       </x:c>
       <x:c r="D37" s="0">
-        <x:v>27626.878</x:v>
+        <x:v>27205.328</x:v>
       </x:c>
       <x:c r="E37" s="0">
-        <x:v>25462.56</x:v>
+        <x:v>25075.77</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="1">
-        <x:v>46020.9274421296</x:v>
+        <x:v>46058.9255439815</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C38" s="0">
-        <x:v>0.9</x:v>
+        <x:v>1.19</x:v>
       </x:c>
       <x:c r="D38" s="0">
-        <x:v>27694.583</x:v>
+        <x:v>26635.329</x:v>
       </x:c>
       <x:c r="E38" s="0">
-        <x:v>25525.56</x:v>
+        <x:v>24548.69</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="1">
-        <x:v>46020.3324884259</x:v>
+        <x:v>46057.9258449074</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C39" s="0">
-        <x:v>0.87</x:v>
+        <x:v>1.05</x:v>
       </x:c>
       <x:c r="D39" s="0">
-        <x:v>27823.514</x:v>
+        <x:v>27006.995</x:v>
       </x:c>
       <x:c r="E39" s="0">
-        <x:v>25644.39</x:v>
+        <x:v>24891.24</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="1">
-        <x:v>46017.9264351852</x:v>
+        <x:v>46056.9428703704</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C40" s="0">
-        <x:v>0.86</x:v>
+        <x:v>0.89</x:v>
       </x:c>
       <x:c r="D40" s="0">
-        <x:v>27824.163</x:v>
+        <x:v>27492.403</x:v>
       </x:c>
       <x:c r="E40" s="0">
-        <x:v>25644.39</x:v>
+        <x:v>25338.62</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="1">
-        <x:v>46015.925462963</x:v>
+        <x:v>46055.9254513889</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C41" s="0">
-        <x:v>0.85</x:v>
+        <x:v>0.77</x:v>
       </x:c>
       <x:c r="D41" s="0">
-        <x:v>27836.703</x:v>
+        <x:v>27926.392</x:v>
       </x:c>
       <x:c r="E41" s="0">
-        <x:v>25656.15</x:v>
+        <x:v>25738.61</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="1">
-        <x:v>46015.7976967593</x:v>
+        <x:v>46052.2983333333</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C42" s="0">
-        <x:v>0.85</x:v>
+        <x:v>0.78</x:v>
       </x:c>
       <x:c r="D42" s="0">
-        <x:v>27836.698</x:v>
+        <x:v>28081.931</x:v>
       </x:c>
       <x:c r="E42" s="0">
-        <x:v>25656.146</x:v>
+        <x:v>25884.29</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="1">
-        <x:v>46015.3842824074</x:v>
+        <x:v>46051.9256481481</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C43" s="0">
-        <x:v>0.88</x:v>
+        <x:v>0.73</x:v>
       </x:c>
       <x:c r="D43" s="0">
-        <x:v>27762.576</x:v>
+        <x:v>28084.082</x:v>
       </x:c>
       <x:c r="E43" s="0">
-        <x:v>25587.83</x:v>
+        <x:v>25884.29</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="1">
-        <x:v>46014.9278356481</x:v>
+        <x:v>46051.3032407407</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C44" s="0">
-        <x:v>0.88</x:v>
+        <x:v>0.67</x:v>
       </x:c>
       <x:c r="D44" s="0">
-        <x:v>27762.796</x:v>
+        <x:v>28234.354</x:v>
       </x:c>
       <x:c r="E44" s="0">
-        <x:v>25587.83</x:v>
+        <x:v>26022.79</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="1">
-        <x:v>46013.9284722222</x:v>
+        <x:v>46050.9251041667</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C45" s="0">
-        <x:v>0.92</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="D45" s="0">
-        <x:v>27623.223</x:v>
+        <x:v>28234.201</x:v>
       </x:c>
       <x:c r="E45" s="0">
-        <x:v>25461.7</x:v>
+        <x:v>26022.79</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="1">
-        <x:v>46013.2967013889</x:v>
+        <x:v>46050.299212963</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C46" s="0">
-        <x:v>0.93</x:v>
+        <x:v>0.67</x:v>
       </x:c>
       <x:c r="D46" s="0">
-        <x:v>27497.884</x:v>
+        <x:v>28144.092</x:v>
       </x:c>
       <x:c r="E46" s="0">
-        <x:v>25346.18</x:v>
+        <x:v>25939.74</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="1">
-        <x:v>46010.9276388889</x:v>
+        <x:v>46049.9250462963</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C47" s="0">
-        <x:v>0.97</x:v>
+        <x:v>0.72</x:v>
       </x:c>
       <x:c r="D47" s="0">
-        <x:v>27500.605</x:v>
+        <x:v>28144.618</x:v>
       </x:c>
       <x:c r="E47" s="0">
-        <x:v>25346.18</x:v>
+        <x:v>25939.74</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5">
       <x:c r="A48" s="1">
-        <x:v>46009.9307523148</x:v>
+        <x:v>46048.9248726852</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C48" s="0">
-        <x:v>1.11</x:v>
+        <x:v>0.79</x:v>
       </x:c>
       <x:c r="D48" s="0">
-        <x:v>27146.016</x:v>
+        <x:v>27898.833</x:v>
       </x:c>
       <x:c r="E48" s="0">
-        <x:v>25019.37</x:v>
+        <x:v>25713.21</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
       <x:c r="A49" s="1">
-        <x:v>46008.9276736111</x:v>
+        <x:v>46045.9251851852</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C49" s="0">
-        <x:v>1.31</x:v>
+        <x:v>0.82</x:v>
       </x:c>
       <x:c r="D49" s="0">
-        <x:v>26742.657</x:v>
+        <x:v>27781.935</x:v>
       </x:c>
       <x:c r="E49" s="0">
-        <x:v>24647.61</x:v>
+        <x:v>25605.47</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5">
       <x:c r="A50" s="1">
-        <x:v>46007.9278472222</x:v>
+        <x:v>46044.9246180556</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C50" s="0">
-        <x:v>1.09</x:v>
+        <x:v>0.85</x:v>
       </x:c>
       <x:c r="D50" s="0">
-        <x:v>27269.24</x:v>
+        <x:v>27687.41</x:v>
       </x:c>
       <x:c r="E50" s="0">
-        <x:v>25132.94</x:v>
+        <x:v>25518.35</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5">
       <x:c r="A51" s="1">
-        <x:v>46006.9271412037</x:v>
+        <x:v>46043.9254861111</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C51" s="0">
-        <x:v>1.12</x:v>
+        <x:v>0.92</x:v>
       </x:c>
       <x:c r="D51" s="0">
-        <x:v>27195.994</x:v>
+        <x:v>27479.339</x:v>
       </x:c>
       <x:c r="E51" s="0">
-        <x:v>25067.27</x:v>
+        <x:v>25326.58</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5">
       <x:c r="A52" s="1">
-        <x:v>46006.3081134259</x:v>
+        <x:v>46042.9278935185</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C52" s="0">
-        <x:v>1.04</x:v>
+        <x:v>1.07</x:v>
       </x:c>
       <x:c r="D52" s="0">
-        <x:v>27336.458</x:v>
+        <x:v>27111.514</x:v>
       </x:c>
       <x:c r="E52" s="0">
-        <x:v>25196.73</x:v>
+        <x:v>24987.57</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5">
       <x:c r="A53" s="1">
-        <x:v>46003.927037037</x:v>
+        <x:v>46038.9244212963</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C53" s="0">
-        <x:v>1.07</x:v>
+        <x:v>0.88</x:v>
       </x:c>
       <x:c r="D53" s="0">
-        <x:v>27337.54</x:v>
+        <x:v>27699.247</x:v>
       </x:c>
       <x:c r="E53" s="0">
-        <x:v>25196.73</x:v>
+        <x:v>25529.26</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5">
       <x:c r="A54" s="1">
-        <x:v>46003.3313773148</x:v>
+        <x:v>46037.9281134259</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C54" s="0">
-        <x:v>0.9</x:v>
+        <x:v>0.87</x:v>
       </x:c>
       <x:c r="D54" s="0">
-        <x:v>27869.147</x:v>
+        <x:v>27718.571</x:v>
       </x:c>
       <x:c r="E54" s="0">
-        <x:v>25686.69</x:v>
+        <x:v>25547.07</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5">
       <x:c r="A55" s="1">
-        <x:v>46002.9321180556</x:v>
+        <x:v>46036.9273611111</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C55" s="0">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="D55" s="0">
-        <x:v>27870.059</x:v>
+        <x:v>27628.875</x:v>
       </x:c>
       <x:c r="E55" s="0">
-        <x:v>25686.69</x:v>
+        <x:v>25465.94</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5">
       <x:c r="A56" s="1">
-        <x:v>46001.9271180556</x:v>
+        <x:v>46036.3276157407</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C56" s="0">
-        <x:v>0.87</x:v>
+        <x:v>0.83</x:v>
       </x:c>
       <x:c r="D56" s="0">
-        <x:v>27967.099</x:v>
+        <x:v>27928.346</x:v>
       </x:c>
       <x:c r="E56" s="0">
-        <x:v>25776.44</x:v>
+        <x:v>25741.95</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:5">
       <x:c r="A57" s="1">
-        <x:v>46001.3340740741</x:v>
+        <x:v>46035.9280092593</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C57" s="0">
-        <x:v>0.9</x:v>
+        <x:v>0.81</x:v>
       </x:c>
       <x:c r="D57" s="0">
-        <x:v>27850.19</x:v>
+        <x:v>27930.016</x:v>
       </x:c>
       <x:c r="E57" s="0">
-        <x:v>25668.69</x:v>
+        <x:v>25741.95</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:5">
       <x:c r="A58" s="1">
-        <x:v>46000.9276273148</x:v>
+        <x:v>46034.9279282407</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C58" s="0">
-        <x:v>0.9</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="D58" s="0">
-        <x:v>27850.353</x:v>
+        <x:v>27979.611</x:v>
       </x:c>
       <x:c r="E58" s="0">
-        <x:v>25668.69</x:v>
+        <x:v>25787.66</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:5">
       <x:c r="A59" s="1">
-        <x:v>46000.3338425926</x:v>
+        <x:v>46031.929224537</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C59" s="0">
-        <x:v>0.91</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="D59" s="0">
-        <x:v>27806.15</x:v>
+        <x:v>27955.833</x:v>
       </x:c>
       <x:c r="E59" s="0">
-        <x:v>25627.95</x:v>
+        <x:v>25766.26</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:5">
       <x:c r="A60" s="1">
-        <x:v>45999.3304282407</x:v>
+        <x:v>46031.324849537</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C60" s="0">
-        <x:v>0.87</x:v>
+        <x:v>0.89</x:v>
       </x:c>
       <x:c r="D60" s="0">
-        <x:v>27873.958</x:v>
+        <x:v>27674.644</x:v>
       </x:c>
       <x:c r="E60" s="0">
-        <x:v>25692.05</x:v>
+        <x:v>25507.1</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:5">
       <x:c r="A61" s="1">
-        <x:v>45996.9307986111</x:v>
+        <x:v>46030.9270949074</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C61" s="0">
-        <x:v>0.9</x:v>
+        <x:v>0.89</x:v>
       </x:c>
       <x:c r="D61" s="0">
-        <x:v>27872.883</x:v>
+        <x:v>27675.204</x:v>
       </x:c>
       <x:c r="E61" s="0">
-        <x:v>25692.05</x:v>
+        <x:v>25507.1</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:5">
       <x:c r="A62" s="1">
-        <x:v>45996.3408449074</x:v>
+        <x:v>46029.9278819444</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C62" s="0">
-        <x:v>0.9</x:v>
+        <x:v>0.85</x:v>
       </x:c>
       <x:c r="D62" s="0">
-        <x:v>27753.154</x:v>
+        <x:v>27834.482</x:v>
       </x:c>
       <x:c r="E62" s="0">
-        <x:v>25581.7</x:v>
+        <x:v>25653.9</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:5">
       <x:c r="A63" s="1">
-        <x:v>45995.9303703704</x:v>
+        <x:v>46028.9272222222</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C63" s="0">
-        <x:v>0.94</x:v>
+        <x:v>0.85</x:v>
       </x:c>
       <x:c r="D63" s="0">
-        <x:v>27754.742</x:v>
+        <x:v>27819.085</x:v>
       </x:c>
       <x:c r="E63" s="0">
-        <x:v>25581.7</x:v>
+        <x:v>25639.71</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:5">
       <x:c r="A64" s="1">
-        <x:v>45995.3278819444</x:v>
+        <x:v>46027.9295717593</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C64" s="0">
-        <x:v>0.92</x:v>
+        <x:v>0.94</x:v>
       </x:c>
       <x:c r="D64" s="0">
-        <x:v>27781.694</x:v>
+        <x:v>27560.432</x:v>
       </x:c>
       <x:c r="E64" s="0">
-        <x:v>25606.54</x:v>
+        <x:v>25401.32</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:5">
       <x:c r="A65" s="1">
-        <x:v>45994.9277662037</x:v>
+        <x:v>46024.9271875</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C65" s="0">
-        <x:v>0.93</x:v>
+        <x:v>1.02</x:v>
       </x:c>
       <x:c r="D65" s="0">
-        <x:v>27781.588</x:v>
+        <x:v>27345.868</x:v>
       </x:c>
       <x:c r="E65" s="0">
-        <x:v>25606.54</x:v>
+        <x:v>25206.17</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:5">
       <x:c r="A66" s="1">
-        <x:v>45994.3371990741</x:v>
+        <x:v>46024.2881712963</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C66" s="0">
         <x:v>0.93</x:v>
       </x:c>
       <x:c r="D66" s="0">
-        <x:v>27726.6</x:v>
+        <x:v>27393.261</x:v>
       </x:c>
       <x:c r="E66" s="0">
-        <x:v>25555.86</x:v>
+        <x:v>25249.85</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:5">
       <x:c r="A67" s="1">
-        <x:v>45993.9304050926</x:v>
+        <x:v>46022.9253125</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C67" s="0">
-        <x:v>0.95</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="D67" s="0">
-        <x:v>27728.108</x:v>
+        <x:v>27395.085</x:v>
       </x:c>
       <x:c r="E67" s="0">
-        <x:v>25555.86</x:v>
+        <x:v>25249.85</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:5">
       <x:c r="A68" s="1">
-        <x:v>45992.9296875</x:v>
+        <x:v>46022.3246527778</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C68" s="0">
-        <x:v>1.03</x:v>
+        <x:v>0.95</x:v>
       </x:c>
       <x:c r="D68" s="0">
-        <x:v>27496.991</x:v>
+        <x:v>27625.875</x:v>
       </x:c>
       <x:c r="E68" s="0">
-        <x:v>25342.849</x:v>
+        <x:v>25462.56</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:5">
       <x:c r="A69" s="1">
-        <x:v>45989.8196990741</x:v>
+        <x:v>46021.927025463</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C69" s="0">
-        <x:v>0.99</x:v>
+        <x:v>0.92</x:v>
       </x:c>
       <x:c r="D69" s="0">
-        <x:v>27595.907</x:v>
+        <x:v>27626.878</x:v>
       </x:c>
       <x:c r="E69" s="0">
-        <x:v>25434.889</x:v>
+        <x:v>25462.56</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:5">
       <x:c r="A70" s="1">
-        <x:v>45989.3082523148</x:v>
+        <x:v>46020.9274421296</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C70" s="0">
-        <x:v>1.05</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="D70" s="0">
-        <x:v>27381.131</x:v>
+        <x:v>27694.583</x:v>
       </x:c>
       <x:c r="E70" s="0">
-        <x:v>25236.939</x:v>
+        <x:v>25525.56</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:5">
       <x:c r="A71" s="1">
-        <x:v>45987.9266087963</x:v>
+        <x:v>46020.3324884259</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C71" s="0">
-        <x:v>1.08</x:v>
+        <x:v>0.87</x:v>
       </x:c>
       <x:c r="D71" s="0">
-        <x:v>27380.559</x:v>
+        <x:v>27823.514</x:v>
       </x:c>
       <x:c r="E71" s="0">
-        <x:v>25236.939</x:v>
+        <x:v>25644.39</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:5">
       <x:c r="A72" s="1">
-        <x:v>45987.319537037</x:v>
+        <x:v>46017.9264351852</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C72" s="0">
-        <x:v>1.13</x:v>
+        <x:v>0.86</x:v>
       </x:c>
       <x:c r="D72" s="0">
-        <x:v>27143.401</x:v>
+        <x:v>27824.163</x:v>
       </x:c>
       <x:c r="E72" s="0">
-        <x:v>25018.36</x:v>
+        <x:v>25644.39</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:5">
       <x:c r="A73" s="1">
-        <x:v>45986.9251157407</x:v>
+        <x:v>46015.925462963</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C73" s="0">
-        <x:v>1.18</x:v>
+        <x:v>0.85</x:v>
       </x:c>
       <x:c r="D73" s="0">
-        <x:v>27144.811</x:v>
+        <x:v>27836.703</x:v>
       </x:c>
       <x:c r="E73" s="0">
-        <x:v>25018.36</x:v>
+        <x:v>25656.15</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:5">
       <x:c r="A74" s="1">
-        <x:v>45986.3107407407</x:v>
+        <x:v>46015.7976967593</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C74" s="0">
-        <x:v>1.26</x:v>
+        <x:v>0.85</x:v>
       </x:c>
       <x:c r="D74" s="0">
-        <x:v>26988.018</x:v>
+        <x:v>27836.698</x:v>
       </x:c>
       <x:c r="E74" s="0">
-        <x:v>24873.85</x:v>
+        <x:v>25656.146</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:5">
       <x:c r="A75" s="1">
-        <x:v>45985.3068518518</x:v>
+        <x:v>46015.3842824074</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C75" s="0">
-        <x:v>1.56</x:v>
+        <x:v>0.88</x:v>
       </x:c>
       <x:c r="D75" s="0">
-        <x:v>26299.612</x:v>
+        <x:v>27762.576</x:v>
       </x:c>
       <x:c r="E75" s="0">
-        <x:v>24239.573</x:v>
+        <x:v>25587.83</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:5">
       <x:c r="A76" s="1">
-        <x:v>45982.9249074074</x:v>
+        <x:v>46014.9278356481</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C76" s="0">
-        <x:v>1.69</x:v>
+        <x:v>0.88</x:v>
       </x:c>
       <x:c r="D76" s="0">
-        <x:v>26298.24</x:v>
+        <x:v>27762.796</x:v>
       </x:c>
       <x:c r="E76" s="0">
-        <x:v>24239.573</x:v>
+        <x:v>25587.83</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:5">
       <x:c r="A77" s="1">
-        <x:v>45982.3124884259</x:v>
+        <x:v>46013.9284722222</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C77" s="0">
-        <x:v>1.81</x:v>
+        <x:v>0.92</x:v>
       </x:c>
       <x:c r="D77" s="0">
-        <x:v>26097.306</x:v>
+        <x:v>27623.223</x:v>
       </x:c>
       <x:c r="E77" s="0">
-        <x:v>24054.38</x:v>
+        <x:v>25461.7</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:5">
       <x:c r="A78" s="1">
-        <x:v>45981.9259722222</x:v>
+        <x:v>46013.2967013889</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C78" s="0">
-        <x:v>1.84</x:v>
+        <x:v>0.93</x:v>
       </x:c>
       <x:c r="D78" s="0">
-        <x:v>26094.514</x:v>
+        <x:v>27497.884</x:v>
       </x:c>
       <x:c r="E78" s="0">
-        <x:v>24054.38</x:v>
+        <x:v>25346.18</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:5">
       <x:c r="A79" s="1">
-        <x:v>45981.3119675926</x:v>
+        <x:v>46010.9276388889</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C79" s="0">
-        <x:v>1.21</x:v>
+        <x:v>0.97</x:v>
       </x:c>
       <x:c r="D79" s="0">
-        <x:v>26730.471</x:v>
+        <x:v>27500.605</x:v>
       </x:c>
       <x:c r="E79" s="0">
-        <x:v>24640.515</x:v>
+        <x:v>25346.18</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:5">
       <x:c r="A80" s="1">
-        <x:v>45980.9264583333</x:v>
+        <x:v>46009.9307523148</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C80" s="0">
-        <x:v>1.49</x:v>
+        <x:v>1.11</x:v>
       </x:c>
       <x:c r="D80" s="0">
-        <x:v>26734.782</x:v>
+        <x:v>27146.016</x:v>
       </x:c>
       <x:c r="E80" s="0">
-        <x:v>24640.515</x:v>
+        <x:v>25019.37</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:5">
       <x:c r="A81" s="1">
-        <x:v>45980.3054166667</x:v>
+        <x:v>46008.9276736111</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C81" s="0">
-        <x:v>1.61</x:v>
+        <x:v>1.31</x:v>
       </x:c>
       <x:c r="D81" s="0">
-        <x:v>26585.682</x:v>
+        <x:v>26742.657</x:v>
       </x:c>
       <x:c r="E81" s="0">
-        <x:v>24503.096</x:v>
+        <x:v>24647.61</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:5">
       <x:c r="A82" s="1">
-        <x:v>45979.9258680556</x:v>
+        <x:v>46007.9278472222</x:v>
       </x:c>
       <x:c r="B82" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C82" s="0">
-        <x:v>1.57</x:v>
+        <x:v>1.09</x:v>
       </x:c>
       <x:c r="D82" s="0">
-        <x:v>26585.304</x:v>
+        <x:v>27269.24</x:v>
       </x:c>
       <x:c r="E82" s="0">
-        <x:v>24503.096</x:v>
+        <x:v>25132.94</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:5">
       <x:c r="A83" s="1">
-        <x:v>45979.3133912037</x:v>
+        <x:v>46006.9271412037</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C83" s="0">
-        <x:v>1.49</x:v>
+        <x:v>1.12</x:v>
       </x:c>
       <x:c r="D83" s="0">
-        <x:v>26907.356</x:v>
+        <x:v>27195.994</x:v>
       </x:c>
       <x:c r="E83" s="0">
-        <x:v>24799.918</x:v>
+        <x:v>25067.27</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:5">
       <x:c r="A84" s="1">
-        <x:v>45978.9282175926</x:v>
+        <x:v>46006.3081134259</x:v>
       </x:c>
       <x:c r="B84" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C84" s="0">
-        <x:v>1.4</x:v>
+        <x:v>1.04</x:v>
       </x:c>
       <x:c r="D84" s="0">
-        <x:v>26907.419</x:v>
+        <x:v>27336.458</x:v>
       </x:c>
       <x:c r="E84" s="0">
-        <x:v>24799.918</x:v>
+        <x:v>25196.73</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:5">
       <x:c r="A85" s="1">
-        <x:v>45978.3022569444</x:v>
+        <x:v>46003.927037037</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C85" s="0">
-        <x:v>1.22</x:v>
+        <x:v>1.07</x:v>
       </x:c>
       <x:c r="D85" s="0">
-        <x:v>27133.45</x:v>
+        <x:v>27337.54</x:v>
       </x:c>
       <x:c r="E85" s="0">
-        <x:v>25008.242</x:v>
+        <x:v>25196.73</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:5">
       <x:c r="A86" s="1">
-        <x:v>45975.9258449074</x:v>
+        <x:v>46003.3313773148</x:v>
       </x:c>
       <x:c r="B86" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C86" s="0">
-        <x:v>1.29</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="D86" s="0">
-        <x:v>27130.898</x:v>
+        <x:v>27869.147</x:v>
       </x:c>
       <x:c r="E86" s="0">
-        <x:v>25008.242</x:v>
+        <x:v>25686.69</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:5">
       <x:c r="A87" s="1">
-        <x:v>45975.3077662037</x:v>
+        <x:v>46002.9321180556</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C87" s="0">
-        <x:v>1.3</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="D87" s="0">
-        <x:v>27114.863</x:v>
+        <x:v>27870.059</x:v>
       </x:c>
       <x:c r="E87" s="0">
-        <x:v>24993.463</x:v>
+        <x:v>25686.69</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:5">
       <x:c r="A88" s="1">
-        <x:v>45974.9248958333</x:v>
+        <x:v>46001.9271180556</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C88" s="0">
-        <x:v>1.3</x:v>
+        <x:v>0.87</x:v>
       </x:c>
       <x:c r="D88" s="0">
-        <x:v>27117.524</x:v>
+        <x:v>27967.099</x:v>
       </x:c>
       <x:c r="E88" s="0">
-        <x:v>24993.463</x:v>
+        <x:v>25776.44</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:5">
       <x:c r="A89" s="1">
-        <x:v>45974.3773148148</x:v>
+        <x:v>46001.3340740741</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C89" s="0">
-        <x:v>1.05</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="D89" s="0">
-        <x:v>27685.918</x:v>
+        <x:v>27850.19</x:v>
       </x:c>
       <x:c r="E89" s="0">
-        <x:v>25517.328</x:v>
+        <x:v>25668.69</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:5">
       <x:c r="A90" s="1">
-        <x:v>45973.9253125</x:v>
+        <x:v>46000.9276273148</x:v>
       </x:c>
       <x:c r="B90" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C90" s="0">
-        <x:v>1.08</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="D90" s="0">
-        <x:v>27686.071</x:v>
+        <x:v>27850.353</x:v>
       </x:c>
       <x:c r="E90" s="0">
-        <x:v>25517.328</x:v>
+        <x:v>25668.69</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:5">
       <x:c r="A91" s="1">
-        <x:v>45973.3365393519</x:v>
+        <x:v>46000.3338425926</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C91" s="0">
-        <x:v>1.01</x:v>
+        <x:v>0.91</x:v>
       </x:c>
       <x:c r="D91" s="0">
-        <x:v>27703.603</x:v>
+        <x:v>27806.15</x:v>
       </x:c>
       <x:c r="E91" s="0">
-        <x:v>25533.486</x:v>
+        <x:v>25627.95</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:5">
       <x:c r="A92" s="1">
-        <x:v>45972.9253240741</x:v>
+        <x:v>45999.3304282407</x:v>
       </x:c>
       <x:c r="B92" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C92" s="0">
-        <x:v>1.07</x:v>
+        <x:v>0.87</x:v>
       </x:c>
       <x:c r="D92" s="0">
-        <x:v>27703.832</x:v>
+        <x:v>27873.958</x:v>
       </x:c>
       <x:c r="E92" s="0">
-        <x:v>25533.486</x:v>
+        <x:v>25692.05</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:5">
       <x:c r="A93" s="1">
-        <x:v>45971.9254282407</x:v>
+        <x:v>45996.9307986111</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C93" s="0">
-        <x:v>1.04</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="D93" s="0">
-        <x:v>27785.452</x:v>
+        <x:v>27872.883</x:v>
       </x:c>
       <x:c r="E93" s="0">
-        <x:v>25611.737</x:v>
+        <x:v>25692.05</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:5">
       <x:c r="A94" s="1">
-        <x:v>45971.2992708333</x:v>
+        <x:v>45996.3408449074</x:v>
       </x:c>
       <x:c r="B94" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C94" s="0">
-        <x:v>1.17</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="D94" s="0">
-        <x:v>27186.608</x:v>
+        <x:v>27753.154</x:v>
       </x:c>
       <x:c r="E94" s="0">
-        <x:v>25059.808</x:v>
+        <x:v>25581.7</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:5">
       <x:c r="A95" s="1">
-        <x:v>45968.925474537</x:v>
+        <x:v>45995.9303703704</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C95" s="0">
-        <x:v>1.34</x:v>
+        <x:v>0.94</x:v>
       </x:c>
       <x:c r="D95" s="0">
-        <x:v>27189.378</x:v>
+        <x:v>27754.742</x:v>
       </x:c>
       <x:c r="E95" s="0">
-        <x:v>25059.808</x:v>
+        <x:v>25581.7</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:5">
       <x:c r="A96" s="1">
-        <x:v>45968.3147453704</x:v>
+        <x:v>45995.3278819444</x:v>
       </x:c>
       <x:c r="B96" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C96" s="0">
-        <x:v>1.26</x:v>
+        <x:v>0.92</x:v>
       </x:c>
       <x:c r="D96" s="0">
-        <x:v>27265.582</x:v>
+        <x:v>27781.694</x:v>
       </x:c>
       <x:c r="E96" s="0">
-        <x:v>25130.042</x:v>
+        <x:v>25606.54</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:5">
       <x:c r="A97" s="1">
-        <x:v>45967.9277662037</x:v>
+        <x:v>45994.9277662037</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C97" s="0">
-        <x:v>1.3</x:v>
+        <x:v>0.93</x:v>
       </x:c>
       <x:c r="D97" s="0">
-        <x:v>27266.096</x:v>
+        <x:v>27781.588</x:v>
       </x:c>
       <x:c r="E97" s="0">
-        <x:v>25130.042</x:v>
+        <x:v>25606.54</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:5">
       <x:c r="A98" s="1">
-        <x:v>45966.9253587963</x:v>
+        <x:v>45994.3371990741</x:v>
       </x:c>
       <x:c r="B98" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C98" s="0">
-        <x:v>1.09</x:v>
+        <x:v>0.93</x:v>
       </x:c>
       <x:c r="D98" s="0">
-        <x:v>27797.734</x:v>
+        <x:v>27726.6</x:v>
       </x:c>
       <x:c r="E98" s="0">
-        <x:v>25620.031</x:v>
+        <x:v>25555.86</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:5">
       <x:c r="A99" s="1">
-        <x:v>45965.9237731481</x:v>
+        <x:v>45993.9304050926</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C99" s="0">
-        <x:v>1.17</x:v>
+        <x:v>0.95</x:v>
       </x:c>
       <x:c r="D99" s="0">
-        <x:v>27597.439</x:v>
+        <x:v>27728.108</x:v>
       </x:c>
       <x:c r="E99" s="0">
-        <x:v>25435.704</x:v>
+        <x:v>25555.86</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:5">
       <x:c r="A100" s="1">
-        <x:v>45965.3316666667</x:v>
+        <x:v>45992.9296875</x:v>
       </x:c>
       <x:c r="B100" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C100" s="0">
-        <x:v>1.09</x:v>
+        <x:v>1.03</x:v>
       </x:c>
       <x:c r="D100" s="0">
-        <x:v>28180.343</x:v>
+        <x:v>27496.991</x:v>
       </x:c>
       <x:c r="E100" s="0">
-        <x:v>25972.943</x:v>
+        <x:v>25342.849</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:5">
       <x:c r="A101" s="1">
-        <x:v>45964.9228819444</x:v>
+        <x:v>45989.8196990741</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C101" s="0">
-        <x:v>0.97</x:v>
+        <x:v>0.99</x:v>
       </x:c>
       <x:c r="D101" s="0">
-        <x:v>28180.643</x:v>
+        <x:v>27595.907</x:v>
       </x:c>
       <x:c r="E101" s="0">
-        <x:v>25972.943</x:v>
+        <x:v>25434.889</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:5">
       <x:c r="A102" s="1">
-        <x:v>45961.8818865741</x:v>
+        <x:v>45989.3082523148</x:v>
       </x:c>
       <x:c r="B102" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C102" s="0">
-        <x:v>1.02</x:v>
+        <x:v>1.05</x:v>
       </x:c>
       <x:c r="D102" s="0">
-        <x:v>28053.595</x:v>
+        <x:v>27381.131</x:v>
       </x:c>
       <x:c r="E102" s="0">
-        <x:v>25858.126</x:v>
+        <x:v>25236.939</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:5">
       <x:c r="A103" s="1">
-        <x:v>45961.3396180556</x:v>
+        <x:v>45987.9266087963</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C103" s="0">
-        <x:v>0.95</x:v>
+        <x:v>1.08</x:v>
       </x:c>
       <x:c r="D103" s="0">
-        <x:v>27919.8</x:v>
+        <x:v>27380.559</x:v>
       </x:c>
       <x:c r="E103" s="0">
-        <x:v>25734.813</x:v>
+        <x:v>25236.939</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:5">
       <x:c r="A104" s="1">
-        <x:v>45960.8841087963</x:v>
+        <x:v>45987.319537037</x:v>
       </x:c>
       <x:c r="B104" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C104" s="0">
-        <x:v>1.07</x:v>
+        <x:v>1.13</x:v>
       </x:c>
       <x:c r="D104" s="0">
-        <x:v>27922.272</x:v>
+        <x:v>27143.401</x:v>
       </x:c>
       <x:c r="E104" s="0">
-        <x:v>25734.813</x:v>
+        <x:v>25018.36</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:5">
       <x:c r="A105" s="1">
-        <x:v>45959.8898263889</x:v>
+        <x:v>45986.9251157407</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C105" s="0">
-        <x:v>0.93</x:v>
+        <x:v>1.18</x:v>
       </x:c>
       <x:c r="D105" s="0">
-        <x:v>28339.825</x:v>
+        <x:v>27144.811</x:v>
       </x:c>
       <x:c r="E105" s="0">
-        <x:v>26119.846</x:v>
+        <x:v>25018.36</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:5">
       <x:c r="A106" s="1">
-        <x:v>45959.3231944444</x:v>
+        <x:v>45986.3107407407</x:v>
       </x:c>
       <x:c r="B106" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C106" s="0">
-        <x:v>0.92</x:v>
+        <x:v>1.26</x:v>
       </x:c>
       <x:c r="D106" s="0">
-        <x:v>28222.98</x:v>
+        <x:v>26988.018</x:v>
       </x:c>
       <x:c r="E106" s="0">
-        <x:v>26012.155</x:v>
+        <x:v>24873.85</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:5">
       <x:c r="A107" s="1">
-        <x:v>45958.8875115741</x:v>
+        <x:v>45985.3068518518</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C107" s="0">
-        <x:v>0.97</x:v>
+        <x:v>1.56</x:v>
       </x:c>
       <x:c r="D107" s="0">
-        <x:v>28222.854</x:v>
+        <x:v>26299.612</x:v>
       </x:c>
       <x:c r="E107" s="0">
-        <x:v>26012.155</x:v>
+        <x:v>24239.573</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:5">
       <x:c r="A108" s="1">
-        <x:v>45958.3305787037</x:v>
+        <x:v>45982.9249074074</x:v>
       </x:c>
       <x:c r="B108" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C108" s="0">
-        <x:v>1.05</x:v>
+        <x:v>1.69</x:v>
       </x:c>
       <x:c r="D108" s="0">
-        <x:v>28016.037</x:v>
+        <x:v>26298.24</x:v>
       </x:c>
       <x:c r="E108" s="0">
-        <x:v>25821.54</x:v>
+        <x:v>24239.573</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:5">
       <x:c r="A109" s="1">
-        <x:v>45957.8875925926</x:v>
+        <x:v>45982.3124884259</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C109" s="0">
-        <x:v>1.05</x:v>
+        <x:v>1.81</x:v>
       </x:c>
       <x:c r="D109" s="0">
-        <x:v>28016.377</x:v>
+        <x:v>26097.306</x:v>
       </x:c>
       <x:c r="E109" s="0">
-        <x:v>25821.546</x:v>
+        <x:v>24054.38</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:5">
       <x:c r="A110" s="1">
-        <x:v>45954.9259259259</x:v>
+        <x:v>45981.9259722222</x:v>
       </x:c>
       <x:c r="B110" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C110" s="0">
-        <x:v>1.28</x:v>
+        <x:v>1.84</x:v>
       </x:c>
       <x:c r="D110" s="0">
-        <x:v>27513.585</x:v>
+        <x:v>26094.514</x:v>
       </x:c>
       <x:c r="E110" s="0">
-        <x:v>25358.162</x:v>
+        <x:v>24054.38</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:5">
       <x:c r="A111" s="1">
-        <x:v>45954.3348148148</x:v>
+        <x:v>45981.3119675926</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C111" s="0">
-        <x:v>1.37</x:v>
+        <x:v>1.21</x:v>
       </x:c>
       <x:c r="D111" s="0">
-        <x:v>27230.674</x:v>
+        <x:v>26730.471</x:v>
       </x:c>
       <x:c r="E111" s="0">
-        <x:v>25097.415</x:v>
+        <x:v>24640.515</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:5">
       <x:c r="A112" s="1">
-        <x:v>45953.9278587963</x:v>
+        <x:v>45980.9264583333</x:v>
       </x:c>
       <x:c r="B112" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C112" s="0">
-        <x:v>1.42</x:v>
+        <x:v>1.49</x:v>
       </x:c>
       <x:c r="D112" s="0">
-        <x:v>27230.695</x:v>
+        <x:v>26734.782</x:v>
       </x:c>
       <x:c r="E112" s="0">
-        <x:v>25097.415</x:v>
+        <x:v>24640.515</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:5">
       <x:c r="A113" s="1">
-        <x:v>45952.9303587963</x:v>
+        <x:v>45980.3054166667</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C113" s="0">
-        <x:v>1.56</x:v>
+        <x:v>1.61</x:v>
       </x:c>
       <x:c r="D113" s="0">
-        <x:v>26993.72</x:v>
+        <x:v>26585.682</x:v>
       </x:c>
       <x:c r="E113" s="0">
-        <x:v>24879.005</x:v>
+        <x:v>24503.096</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:5">
       <x:c r="A114" s="1">
-        <x:v>45951.9269212963</x:v>
+        <x:v>45979.9258680556</x:v>
       </x:c>
       <x:c r="B114" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C114" s="0">
-        <x:v>1.42</x:v>
+        <x:v>1.57</x:v>
       </x:c>
       <x:c r="D114" s="0">
-        <x:v>27262.937</x:v>
+        <x:v>26585.304</x:v>
       </x:c>
       <x:c r="E114" s="0">
-        <x:v>25127.131</x:v>
+        <x:v>24503.096</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:5">
       <x:c r="A115" s="1">
-        <x:v>45950.9289699074</x:v>
+        <x:v>45979.3133912037</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C115" s="0">
-        <x:v>1.41</x:v>
+        <x:v>1.49</x:v>
       </x:c>
       <x:c r="D115" s="0">
-        <x:v>27278.004</x:v>
+        <x:v>26907.356</x:v>
       </x:c>
       <x:c r="E115" s="0">
-        <x:v>25141.018</x:v>
+        <x:v>24799.918</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:5">
       <x:c r="A116" s="1">
-        <x:v>45947.9300694444</x:v>
+        <x:v>45978.9282175926</x:v>
       </x:c>
       <x:c r="B116" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C116" s="0">
-        <x:v>1.62</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="D116" s="0">
-        <x:v>26927.479</x:v>
+        <x:v>26907.419</x:v>
       </x:c>
       <x:c r="E116" s="0">
-        <x:v>24817.953</x:v>
+        <x:v>24799.918</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:5">
       <x:c r="A117" s="1">
-        <x:v>45946.9261805556</x:v>
+        <x:v>45978.3022569444</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C117" s="0">
-        <x:v>1.73</x:v>
+        <x:v>1.22</x:v>
       </x:c>
       <x:c r="D117" s="0">
-        <x:v>26753.106</x:v>
+        <x:v>27133.45</x:v>
       </x:c>
       <x:c r="E117" s="0">
-        <x:v>24657.241</x:v>
+        <x:v>25008.242</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:5">
       <x:c r="A118" s="1">
-        <x:v>45945.9256712963</x:v>
+        <x:v>45975.9258449074</x:v>
       </x:c>
       <x:c r="B118" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C118" s="0">
-        <x:v>1.67</x:v>
+        <x:v>1.29</x:v>
       </x:c>
       <x:c r="D118" s="0">
-        <x:v>26848.713</x:v>
+        <x:v>27130.898</x:v>
       </x:c>
       <x:c r="E118" s="0">
-        <x:v>24745.358</x:v>
+        <x:v>25008.242</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:5">
       <x:c r="A119" s="1">
-        <x:v>45944.9308680556</x:v>
+        <x:v>45975.3077662037</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C119" s="0">
-        <x:v>1.79</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="D119" s="0">
-        <x:v>26668.559</x:v>
+        <x:v>27114.863</x:v>
       </x:c>
       <x:c r="E119" s="0">
-        <x:v>24579.317</x:v>
+        <x:v>24993.463</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:5">
       <x:c r="A120" s="1">
-        <x:v>45943.9267592593</x:v>
+        <x:v>45974.9248958333</x:v>
       </x:c>
       <x:c r="B120" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C120" s="0">
-        <x:v>1.67</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="D120" s="0">
-        <x:v>26854.023</x:v>
+        <x:v>27117.524</x:v>
       </x:c>
       <x:c r="E120" s="0">
-        <x:v>24750.252</x:v>
+        <x:v>24993.463</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:5">
       <x:c r="A121" s="1">
-        <x:v>45940.9235069444</x:v>
+        <x:v>45974.3773148148</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C121" s="0">
-        <x:v>2.14</x:v>
+        <x:v>1.05</x:v>
       </x:c>
       <x:c r="D121" s="0">
-        <x:v>26280.525</x:v>
+        <x:v>27685.918</x:v>
       </x:c>
       <x:c r="E121" s="0">
-        <x:v>24221.745</x:v>
+        <x:v>25517.328</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:5">
       <x:c r="A122" s="1">
-        <x:v>45940.3355092593</x:v>
+        <x:v>45973.9253125</x:v>
       </x:c>
       <x:c r="B122" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C122" s="0">
-        <x:v>1.56</x:v>
+        <x:v>1.08</x:v>
       </x:c>
       <x:c r="D122" s="0">
-        <x:v>27231.457</x:v>
+        <x:v>27686.071</x:v>
       </x:c>
       <x:c r="E122" s="0">
-        <x:v>25098.18</x:v>
+        <x:v>25517.328</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:5">
       <x:c r="A123" s="1">
-        <x:v>45939.3272800926</x:v>
+        <x:v>45973.3365393519</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C123" s="0">
-        <x:v>1.55</x:v>
+        <x:v>1.01</x:v>
       </x:c>
       <x:c r="D123" s="0">
-        <x:v>27272.793</x:v>
+        <x:v>27703.603</x:v>
       </x:c>
       <x:c r="E123" s="0">
-        <x:v>25136.623</x:v>
+        <x:v>25533.486</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:5">
       <x:c r="A124" s="1">
-        <x:v>45938.9271180556</x:v>
+        <x:v>45972.9253240741</x:v>
       </x:c>
       <x:c r="B124" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C124" s="0">
-        <x:v>1.56</x:v>
+        <x:v>1.07</x:v>
       </x:c>
       <x:c r="D124" s="0">
-        <x:v>27273.236</x:v>
+        <x:v>27703.832</x:v>
       </x:c>
       <x:c r="E124" s="0">
-        <x:v>25136.623</x:v>
+        <x:v>25533.486</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:5">
       <x:c r="A125" s="1">
-        <x:v>45937.9281828704</x:v>
+        <x:v>45971.9254282407</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C125" s="0">
-        <x:v>1.77</x:v>
+        <x:v>1.04</x:v>
       </x:c>
       <x:c r="D125" s="0">
-        <x:v>26951.646</x:v>
+        <x:v>27785.452</x:v>
       </x:c>
       <x:c r="E125" s="0">
-        <x:v>24840.227</x:v>
+        <x:v>25611.737</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:5">
       <x:c r="A126" s="1">
-        <x:v>45936.924224537</x:v>
+        <x:v>45971.2992708333</x:v>
       </x:c>
       <x:c r="B126" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C126" s="0">
-        <x:v>1.67</x:v>
+        <x:v>1.17</x:v>
       </x:c>
       <x:c r="D126" s="0">
-        <x:v>27101.735</x:v>
+        <x:v>27186.608</x:v>
       </x:c>
       <x:c r="E126" s="0">
-        <x:v>24978.558</x:v>
+        <x:v>25059.808</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:5">
       <x:c r="A127" s="1">
-        <x:v>45933.9289236111</x:v>
+        <x:v>45968.925474537</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C127" s="0">
-        <x:v>1.81</x:v>
+        <x:v>1.34</x:v>
       </x:c>
       <x:c r="D127" s="0">
-        <x:v>26889.854</x:v>
+        <x:v>27189.378</x:v>
       </x:c>
       <x:c r="E127" s="0">
-        <x:v>24785.522</x:v>
+        <x:v>25059.808</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:5">
       <x:c r="A128" s="1">
-        <x:v>45933.3311111111</x:v>
+        <x:v>45968.3147453704</x:v>
       </x:c>
       <x:c r="B128" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C128" s="0">
-        <x:v>1.68</x:v>
+        <x:v>1.26</x:v>
       </x:c>
       <x:c r="D128" s="0">
-        <x:v>27006.212</x:v>
+        <x:v>27265.582</x:v>
       </x:c>
       <x:c r="E128" s="0">
-        <x:v>24892.764</x:v>
+        <x:v>25130.042</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:5">
       <x:c r="A129" s="1">
-        <x:v>45932.9250231481</x:v>
+        <x:v>45967.9277662037</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C129" s="0">
-        <x:v>1.74</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="D129" s="0">
-        <x:v>27008.649</x:v>
+        <x:v>27266.096</x:v>
       </x:c>
       <x:c r="E129" s="0">
-        <x:v>24892.764</x:v>
+        <x:v>25130.042</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:5">
       <x:c r="A130" s="1">
-        <x:v>45931.9294097222</x:v>
+        <x:v>45966.9253587963</x:v>
       </x:c>
       <x:c r="B130" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C130" s="0">
-        <x:v>1.8</x:v>
+        <x:v>1.09</x:v>
       </x:c>
       <x:c r="D130" s="0">
-        <x:v>26907.328</x:v>
+        <x:v>27797.734</x:v>
       </x:c>
       <x:c r="E130" s="0">
-        <x:v>24800.863</x:v>
+        <x:v>25620.031</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:5">
       <x:c r="A131" s="1">
-        <x:v>45931.3342361111</x:v>
+        <x:v>45965.9237731481</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C131" s="0">
-        <x:v>1.99</x:v>
+        <x:v>1.17</x:v>
       </x:c>
       <x:c r="D131" s="0">
-        <x:v>26776.178</x:v>
+        <x:v>27597.439</x:v>
       </x:c>
       <x:c r="E131" s="0">
-        <x:v>24679.988</x:v>
+        <x:v>25435.704</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:5">
       <x:c r="A132" s="1">
-        <x:v>45930.9339814815</x:v>
+        <x:v>45965.3316666667</x:v>
       </x:c>
       <x:c r="B132" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C132" s="0">
-        <x:v>1.9</x:v>
+        <x:v>1.09</x:v>
       </x:c>
       <x:c r="D132" s="0">
-        <x:v>26776.931</x:v>
+        <x:v>28180.343</x:v>
       </x:c>
       <x:c r="E132" s="0">
-        <x:v>24679.988</x:v>
+        <x:v>25972.943</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:5">
       <x:c r="A133" s="1">
-        <x:v>45930.3326967593</x:v>
+        <x:v>45964.9228819444</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C133" s="0">
-        <x:v>1.95</x:v>
+        <x:v>0.97</x:v>
       </x:c>
       <x:c r="D133" s="0">
-        <x:v>26702.461</x:v>
+        <x:v>28180.643</x:v>
       </x:c>
       <x:c r="E133" s="0">
-        <x:v>24611.352</x:v>
+        <x:v>25972.943</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:5">
       <x:c r="A134" s="1">
-        <x:v>45929.9324074074</x:v>
+        <x:v>45961.8818865741</x:v>
       </x:c>
       <x:c r="B134" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C134" s="0">
-        <x:v>1.95</x:v>
+        <x:v>1.02</x:v>
       </x:c>
       <x:c r="D134" s="0">
-        <x:v>26703.317</x:v>
+        <x:v>28053.595</x:v>
       </x:c>
       <x:c r="E134" s="0">
-        <x:v>24611.352</x:v>
+        <x:v>25858.126</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:5">
       <x:c r="A135" s="1">
-        <x:v>45926.9299074074</x:v>
+        <x:v>45961.3396180556</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C135" s="0">
-        <x:v>2.04</x:v>
+        <x:v>0.95</x:v>
       </x:c>
       <x:c r="D135" s="0">
-        <x:v>26586.262</x:v>
+        <x:v>27919.8</x:v>
       </x:c>
       <x:c r="E135" s="0">
-        <x:v>24503.848</x:v>
+        <x:v>25734.813</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:5">
       <x:c r="A136" s="1">
-        <x:v>45926.3217939815</x:v>
+        <x:v>45960.8841087963</x:v>
       </x:c>
       <x:c r="B136" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C136" s="0">
-        <x:v>2.15</x:v>
+        <x:v>1.07</x:v>
       </x:c>
       <x:c r="D136" s="0">
-        <x:v>26470.669</x:v>
+        <x:v>27922.272</x:v>
       </x:c>
       <x:c r="E136" s="0">
-        <x:v>24397.311</x:v>
+        <x:v>25734.813</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:5">
       <x:c r="A137" s="1">
-        <x:v>45925.9293865741</x:v>
+        <x:v>45959.8898263889</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C137" s="0">
-        <x:v>2.13</x:v>
+        <x:v>0.93</x:v>
       </x:c>
       <x:c r="D137" s="0">
-        <x:v>26471.082</x:v>
+        <x:v>28339.825</x:v>
       </x:c>
       <x:c r="E137" s="0">
-        <x:v>24397.311</x:v>
+        <x:v>26119.846</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:5">
       <x:c r="A138" s="1">
-        <x:v>45924.9296412037</x:v>
+        <x:v>45959.3231944444</x:v>
       </x:c>
       <x:c r="B138" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C138" s="0">
-        <x:v>2.04</x:v>
+        <x:v>0.92</x:v>
       </x:c>
       <x:c r="D138" s="0">
-        <x:v>26585.935</x:v>
+        <x:v>28222.98</x:v>
       </x:c>
       <x:c r="E138" s="0">
-        <x:v>24503.567</x:v>
+        <x:v>26012.155</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:5">
       <x:c r="A139" s="1">
-        <x:v>45924.3777662037</x:v>
+        <x:v>45958.8875115741</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C139" s="0">
-        <x:v>1.92</x:v>
+        <x:v>0.97</x:v>
       </x:c>
       <x:c r="D139" s="0">
-        <x:v>26669.047</x:v>
+        <x:v>28222.854</x:v>
       </x:c>
       <x:c r="E139" s="0">
-        <x:v>24580.168</x:v>
+        <x:v>26012.155</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:5">
       <x:c r="A140" s="1">
-        <x:v>45923.9252314815</x:v>
+        <x:v>45958.3305787037</x:v>
       </x:c>
       <x:c r="B140" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C140" s="0">
-        <x:v>1.98</x:v>
+        <x:v>1.05</x:v>
       </x:c>
       <x:c r="D140" s="0">
-        <x:v>26669.482</x:v>
+        <x:v>28016.037</x:v>
       </x:c>
       <x:c r="E140" s="0">
-        <x:v>24580.168</x:v>
+        <x:v>25821.54</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:5">
       <x:c r="A141" s="1">
-        <x:v>45922.9266898148</x:v>
+        <x:v>45957.8875925926</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C141" s="0">
-        <x:v>1.84</x:v>
+        <x:v>1.05</x:v>
       </x:c>
       <x:c r="D141" s="0">
-        <x:v>26862.689</x:v>
+        <x:v>28016.377</x:v>
       </x:c>
       <x:c r="E141" s="0">
-        <x:v>24761.074</x:v>
+        <x:v>25821.546</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:5">
       <x:c r="A142" s="1">
-        <x:v>45922.3338773148</x:v>
+        <x:v>45954.9259259259</x:v>
       </x:c>
       <x:c r="B142" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C142" s="0">
-        <x:v>1.97</x:v>
+        <x:v>1.28</x:v>
       </x:c>
       <x:c r="D142" s="0">
-        <x:v>26716.401</x:v>
+        <x:v>27513.585</x:v>
       </x:c>
       <x:c r="E142" s="0">
-        <x:v>24626.247</x:v>
+        <x:v>25358.162</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:5">
       <x:c r="A143" s="1">
-        <x:v>45919.9342939815</x:v>
+        <x:v>45954.3348148148</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C143" s="0">
-        <x:v>1.95</x:v>
+        <x:v>1.37</x:v>
       </x:c>
       <x:c r="D143" s="0">
-        <x:v>26719.478</x:v>
+        <x:v>27230.674</x:v>
       </x:c>
       <x:c r="E143" s="0">
-        <x:v>24626.247</x:v>
+        <x:v>25097.415</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:5">
       <x:c r="A144" s="1">
-        <x:v>45918.9266087963</x:v>
+        <x:v>45953.9278587963</x:v>
       </x:c>
       <x:c r="B144" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C144" s="0">
-        <x:v>2.09</x:v>
+        <x:v>1.42</x:v>
       </x:c>
       <x:c r="D144" s="0">
-        <x:v>26533.56</x:v>
+        <x:v>27230.695</x:v>
       </x:c>
       <x:c r="E144" s="0">
-        <x:v>24454.894</x:v>
+        <x:v>25097.415</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:5">
       <x:c r="A145" s="1">
-        <x:v>45917.9271296296</x:v>
+        <x:v>45952.9303587963</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C145" s="0">
-        <x:v>2.31</x:v>
+        <x:v>1.56</x:v>
       </x:c>
       <x:c r="D145" s="0">
-        <x:v>26282.362</x:v>
+        <x:v>26993.72</x:v>
       </x:c>
       <x:c r="E145" s="0">
-        <x:v>24223.687</x:v>
+        <x:v>24879.005</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:5">
       <x:c r="A146" s="1">
-        <x:v>45917.3258680556</x:v>
+        <x:v>45951.9269212963</x:v>
       </x:c>
       <x:c r="B146" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C146" s="0">
-        <x:v>2.28</x:v>
+        <x:v>1.42</x:v>
       </x:c>
       <x:c r="D146" s="0">
-        <x:v>26337.222</x:v>
+        <x:v>27262.937</x:v>
       </x:c>
       <x:c r="E146" s="0">
-        <x:v>24274.249</x:v>
+        <x:v>25127.131</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:5">
       <x:c r="A147" s="1">
-        <x:v>45916.9259490741</x:v>
+        <x:v>45950.9289699074</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C147" s="0">
-        <x:v>2.26</x:v>
+        <x:v>1.41</x:v>
       </x:c>
       <x:c r="D147" s="0">
-        <x:v>26337.56</x:v>
+        <x:v>27278.004</x:v>
       </x:c>
       <x:c r="E147" s="0">
-        <x:v>24274.249</x:v>
+        <x:v>25141.018</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:5">
       <x:c r="A148" s="1">
-        <x:v>45915.9270601852</x:v>
+        <x:v>45947.9300694444</x:v>
       </x:c>
       <x:c r="B148" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C148" s="0">
-        <x:v>2.24</x:v>
+        <x:v>1.62</x:v>
       </x:c>
       <x:c r="D148" s="0">
-        <x:v>26356.936</x:v>
+        <x:v>26927.479</x:v>
       </x:c>
       <x:c r="E148" s="0">
-        <x:v>24293.781</x:v>
+        <x:v>24817.953</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:5">
       <x:c r="A149" s="1">
-        <x:v>45915.3170833333</x:v>
+        <x:v>45946.9261805556</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C149" s="0">
-        <x:v>2.43</x:v>
+        <x:v>1.73</x:v>
       </x:c>
       <x:c r="D149" s="0">
-        <x:v>26138.213</x:v>
+        <x:v>26753.106</x:v>
       </x:c>
       <x:c r="E149" s="0">
-        <x:v>24092.193</x:v>
+        <x:v>24657.241</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:5">
       <x:c r="A150" s="1">
-        <x:v>45912.9234259259</x:v>
+        <x:v>45945.9256712963</x:v>
       </x:c>
       <x:c r="B150" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C150" s="0">
-        <x:v>2.44</x:v>
+        <x:v>1.67</x:v>
       </x:c>
       <x:c r="D150" s="0">
-        <x:v>26139.203</x:v>
+        <x:v>26848.713</x:v>
       </x:c>
       <x:c r="E150" s="0">
-        <x:v>24092.193</x:v>
+        <x:v>24745.358</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:5">
       <x:c r="A151" s="1">
-        <x:v>45912.3096527778</x:v>
+        <x:v>45944.9308680556</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C151" s="0">
-        <x:v>2.54</x:v>
+        <x:v>1.79</x:v>
       </x:c>
       <x:c r="D151" s="0">
-        <x:v>26031.104</x:v>
+        <x:v>26668.559</x:v>
       </x:c>
       <x:c r="E151" s="0">
-        <x:v>23992.562</x:v>
+        <x:v>24579.317</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:5">
       <x:c r="A152" s="1">
-        <x:v>45911.9251736111</x:v>
+        <x:v>45943.9267592593</x:v>
       </x:c>
       <x:c r="B152" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C152" s="0">
-        <x:v>2.55</x:v>
+        <x:v>1.67</x:v>
       </x:c>
       <x:c r="D152" s="0">
-        <x:v>26031.799</x:v>
+        <x:v>26854.023</x:v>
       </x:c>
       <x:c r="E152" s="0">
-        <x:v>23992.562</x:v>
+        <x:v>24750.252</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:5">
       <x:c r="A153" s="1">
-        <x:v>45911.3308101852</x:v>
+        <x:v>45940.9235069444</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C153" s="0">
-        <x:v>2.7</x:v>
+        <x:v>2.14</x:v>
       </x:c>
       <x:c r="D153" s="0">
-        <x:v>25876.327</x:v>
+        <x:v>26280.525</x:v>
       </x:c>
       <x:c r="E153" s="0">
-        <x:v>23849.27</x:v>
+        <x:v>24221.745</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:5">
       <x:c r="A154" s="1">
-        <x:v>45910.9240509259</x:v>
+        <x:v>45940.3355092593</x:v>
       </x:c>
       <x:c r="B154" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C154" s="0">
-        <x:v>2.71</x:v>
+        <x:v>1.56</x:v>
       </x:c>
       <x:c r="D154" s="0">
-        <x:v>25876.458</x:v>
+        <x:v>27231.457</x:v>
       </x:c>
       <x:c r="E154" s="0">
-        <x:v>23849.27</x:v>
+        <x:v>25098.18</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:5">
       <x:c r="A155" s="1">
-        <x:v>45909.9244907407</x:v>
+        <x:v>45939.3272800926</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C155" s="0">
-        <x:v>2.72</x:v>
+        <x:v>1.55</x:v>
       </x:c>
       <x:c r="D155" s="0">
-        <x:v>25866.003</x:v>
+        <x:v>27272.793</x:v>
       </x:c>
       <x:c r="E155" s="0">
-        <x:v>23839.796</x:v>
+        <x:v>25136.623</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:5">
       <x:c r="A156" s="1">
-        <x:v>45909.335462963</x:v>
+        <x:v>45938.9271180556</x:v>
       </x:c>
       <x:c r="B156" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C156" s="0">
-        <x:v>2.77</x:v>
+        <x:v>1.56</x:v>
       </x:c>
       <x:c r="D156" s="0">
-        <x:v>25781.92</x:v>
+        <x:v>27273.236</x:v>
       </x:c>
       <x:c r="E156" s="0">
-        <x:v>23762.3</x:v>
+        <x:v>25136.623</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:5">
       <x:c r="A157" s="1">
-        <x:v>45908.9240393518</x:v>
+        <x:v>45937.9281828704</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C157" s="0">
-        <x:v>2.81</x:v>
+        <x:v>1.77</x:v>
       </x:c>
       <x:c r="D157" s="0">
-        <x:v>25780.823</x:v>
+        <x:v>26951.646</x:v>
       </x:c>
       <x:c r="E157" s="0">
-        <x:v>23762.3</x:v>
+        <x:v>24840.227</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:5">
       <x:c r="A158" s="1">
-        <x:v>45908.3013541667</x:v>
+        <x:v>45936.924224537</x:v>
       </x:c>
       <x:c r="B158" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C158" s="0">
-        <x:v>2.89</x:v>
+        <x:v>1.67</x:v>
       </x:c>
       <x:c r="D158" s="0">
-        <x:v>25661.628</x:v>
+        <x:v>27101.735</x:v>
       </x:c>
       <x:c r="E158" s="0">
-        <x:v>23652.443</x:v>
+        <x:v>24978.558</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:5">
       <x:c r="A159" s="1">
-        <x:v>45905.9285648148</x:v>
+        <x:v>45933.9289236111</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C159" s="0">
-        <x:v>2.94</x:v>
+        <x:v>1.81</x:v>
       </x:c>
       <x:c r="D159" s="0">
-        <x:v>25659.91</x:v>
+        <x:v>26889.854</x:v>
       </x:c>
       <x:c r="E159" s="0">
-        <x:v>23652.443</x:v>
+        <x:v>24785.522</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:5">
       <x:c r="A160" s="1">
-        <x:v>45905.3095023148</x:v>
+        <x:v>45933.3311111111</x:v>
       </x:c>
       <x:c r="B160" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C160" s="0">
-        <x:v>2.87</x:v>
+        <x:v>1.68</x:v>
       </x:c>
       <x:c r="D160" s="0">
-        <x:v>25638.829</x:v>
+        <x:v>27006.212</x:v>
       </x:c>
       <x:c r="E160" s="0">
-        <x:v>23633.013</x:v>
+        <x:v>24892.764</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:5">
       <x:c r="A161" s="1">
-        <x:v>45904.9245601852</x:v>
+        <x:v>45932.9250231481</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C161" s="0">
-        <x:v>2.97</x:v>
+        <x:v>1.74</x:v>
       </x:c>
       <x:c r="D161" s="0">
-        <x:v>25639.595</x:v>
+        <x:v>27008.649</x:v>
       </x:c>
       <x:c r="E161" s="0">
-        <x:v>23633.013</x:v>
+        <x:v>24892.764</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:5">
       <x:c r="A162" s="1">
-        <x:v>45904.3202199074</x:v>
+        <x:v>45931.9294097222</x:v>
       </x:c>
       <x:c r="B162" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C162" s="0">
-        <x:v>3.25</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="D162" s="0">
-        <x:v>25402.876</x:v>
+        <x:v>26907.328</x:v>
       </x:c>
       <x:c r="E162" s="0">
-        <x:v>23414.839</x:v>
+        <x:v>24800.863</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:5">
       <x:c r="A163" s="1">
-        <x:v>45903.9235648148</x:v>
+        <x:v>45931.3342361111</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C163" s="0">
-        <x:v>3.27</x:v>
+        <x:v>1.99</x:v>
       </x:c>
       <x:c r="D163" s="0">
-        <x:v>25405.022</x:v>
+        <x:v>26776.178</x:v>
       </x:c>
       <x:c r="E163" s="0">
-        <x:v>23414.839</x:v>
+        <x:v>24679.988</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:5">
       <x:c r="A164" s="1">
-        <x:v>45903.3225115741</x:v>
+        <x:v>45930.9339814815</x:v>
       </x:c>
       <x:c r="B164" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C164" s="0">
-        <x:v>3.49</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="D164" s="0">
-        <x:v>25205.674</x:v>
+        <x:v>26776.931</x:v>
       </x:c>
       <x:c r="E164" s="0">
-        <x:v>23231.108</x:v>
+        <x:v>24679.988</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:5">
       <x:c r="A165" s="1">
-        <x:v>45902.923912037</x:v>
+        <x:v>45930.3326967593</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C165" s="0">
-        <x:v>3.55</x:v>
+        <x:v>1.95</x:v>
       </x:c>
       <x:c r="D165" s="0">
-        <x:v>25205.103</x:v>
+        <x:v>26702.461</x:v>
       </x:c>
       <x:c r="E165" s="0">
-        <x:v>23231.108</x:v>
+        <x:v>24611.352</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:5">
       <x:c r="A166" s="1">
-        <x:v>45902.3292013889</x:v>
+        <x:v>45929.9324074074</x:v>
       </x:c>
       <x:c r="B166" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C166" s="0">
-        <x:v>3.33</x:v>
+        <x:v>1.95</x:v>
       </x:c>
       <x:c r="D166" s="0">
-        <x:v>25405.082</x:v>
+        <x:v>26703.317</x:v>
       </x:c>
       <x:c r="E166" s="0">
-        <x:v>23415.42</x:v>
+        <x:v>24611.352</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:5">
       <x:c r="A167" s="1">
-        <x:v>45898.9304050926</x:v>
+        <x:v>45926.9299074074</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C167" s="0">
-        <x:v>3.29</x:v>
+        <x:v>2.04</x:v>
       </x:c>
       <x:c r="D167" s="0">
-        <x:v>25403.462</x:v>
+        <x:v>26586.262</x:v>
       </x:c>
       <x:c r="E167" s="0">
-        <x:v>23415.42</x:v>
+        <x:v>24503.848</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:5">
       <x:c r="A168" s="1">
-        <x:v>45898.3268518519</x:v>
+        <x:v>45926.3217939815</x:v>
       </x:c>
       <x:c r="B168" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C168" s="0">
-        <x:v>2.97</x:v>
+        <x:v>2.15</x:v>
       </x:c>
       <x:c r="D168" s="0">
-        <x:v>25715.974</x:v>
+        <x:v>26470.669</x:v>
       </x:c>
       <x:c r="E168" s="0">
-        <x:v>23703.45</x:v>
+        <x:v>24397.311</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:5">
       <x:c r="A169" s="1">
-        <x:v>45897.9274768519</x:v>
+        <x:v>45925.9293865741</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C169" s="0">
-        <x:v>2.93</x:v>
+        <x:v>2.13</x:v>
       </x:c>
       <x:c r="D169" s="0">
-        <x:v>25718.243</x:v>
+        <x:v>26471.082</x:v>
       </x:c>
       <x:c r="E169" s="0">
-        <x:v>23703.45</x:v>
+        <x:v>24397.311</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:5">
       <x:c r="A170" s="1">
-        <x:v>45896.9248611111</x:v>
+        <x:v>45924.9296412037</x:v>
       </x:c>
       <x:c r="B170" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C170" s="0">
-        <x:v>3.11</x:v>
+        <x:v>2.04</x:v>
       </x:c>
       <x:c r="D170" s="0">
-        <x:v>25568.88</x:v>
+        <x:v>26585.935</x:v>
       </x:c>
       <x:c r="E170" s="0">
-        <x:v>23565.846</x:v>
+        <x:v>24503.567</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:5">
       <x:c r="A171" s="1">
-        <x:v>45896.3337615741</x:v>
+        <x:v>45924.3777662037</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C171" s="0">
-        <x:v>3.15</x:v>
+        <x:v>1.92</x:v>
       </x:c>
       <x:c r="D171" s="0">
-        <x:v>25524.88</x:v>
+        <x:v>26669.047</x:v>
       </x:c>
       <x:c r="E171" s="0">
-        <x:v>23525.293</x:v>
+        <x:v>24580.168</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:5">
       <x:c r="A172" s="1">
-        <x:v>45895.9240046296</x:v>
+        <x:v>45923.9252314815</x:v>
       </x:c>
       <x:c r="B172" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C172" s="0">
-        <x:v>3.16</x:v>
+        <x:v>1.98</x:v>
       </x:c>
       <x:c r="D172" s="0">
-        <x:v>25524.943</x:v>
+        <x:v>26669.482</x:v>
       </x:c>
       <x:c r="E172" s="0">
-        <x:v>23525.293</x:v>
+        <x:v>24580.168</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:5">
       <x:c r="A173" s="1">
-        <x:v>45894.9239236111</x:v>
+        <x:v>45922.9266898148</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C173" s="0">
-        <x:v>3.3</x:v>
+        <x:v>1.84</x:v>
       </x:c>
       <x:c r="D173" s="0">
-        <x:v>25416.673</x:v>
+        <x:v>26862.689</x:v>
       </x:c>
       <x:c r="E173" s="0">
-        <x:v>23425.605</x:v>
+        <x:v>24761.074</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:5">
       <x:c r="A174" s="1">
-        <x:v>45894.3297685185</x:v>
+        <x:v>45922.3338773148</x:v>
       </x:c>
       <x:c r="B174" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C174" s="0">
-        <x:v>3.21</x:v>
+        <x:v>1.97</x:v>
       </x:c>
       <x:c r="D174" s="0">
-        <x:v>25495.346</x:v>
+        <x:v>26716.401</x:v>
       </x:c>
       <x:c r="E174" s="0">
-        <x:v>23498.115</x:v>
+        <x:v>24626.247</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:5">
       <x:c r="A175" s="1">
-        <x:v>45891.9252083333</x:v>
+        <x:v>45919.9342939815</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C175" s="0">
-        <x:v>3.2</x:v>
+        <x:v>1.95</x:v>
       </x:c>
       <x:c r="D175" s="0">
-        <x:v>25493.439</x:v>
+        <x:v>26719.478</x:v>
       </x:c>
       <x:c r="E175" s="0">
-        <x:v>23498.115</x:v>
+        <x:v>24626.247</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:5">
       <x:c r="A176" s="1">
-        <x:v>45891.3279861111</x:v>
+        <x:v>45918.9266087963</x:v>
       </x:c>
       <x:c r="B176" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C176" s="0">
-        <x:v>3.82</x:v>
+        <x:v>2.09</x:v>
       </x:c>
       <x:c r="D176" s="0">
-        <x:v>25107.684</x:v>
+        <x:v>26533.56</x:v>
       </x:c>
       <x:c r="E176" s="0">
-        <x:v>23142.58</x:v>
+        <x:v>24454.894</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:5">
       <x:c r="A177" s="1">
-        <x:v>45890.9257175926</x:v>
+        <x:v>45917.9271296296</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C177" s="0">
-        <x:v>3.78</x:v>
+        <x:v>2.31</x:v>
       </x:c>
       <x:c r="D177" s="0">
-        <x:v>25105.655</x:v>
+        <x:v>26282.362</x:v>
       </x:c>
       <x:c r="E177" s="0">
-        <x:v>23142.58</x:v>
+        <x:v>24223.687</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:5">
       <x:c r="A178" s="1">
-        <x:v>45890.3406944444</x:v>
+        <x:v>45917.3258680556</x:v>
       </x:c>
       <x:c r="B178" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C178" s="0">
-        <x:v>3.59</x:v>
+        <x:v>2.28</x:v>
       </x:c>
       <x:c r="D178" s="0">
-        <x:v>25221.74</x:v>
+        <x:v>26337.222</x:v>
       </x:c>
       <x:c r="E178" s="0">
-        <x:v>23249.57</x:v>
+        <x:v>24274.249</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:5">
       <x:c r="A179" s="1">
-        <x:v>45889.9243402778</x:v>
+        <x:v>45916.9259490741</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C179" s="0">
-        <x:v>3.62</x:v>
+        <x:v>2.26</x:v>
       </x:c>
       <x:c r="D179" s="0">
-        <x:v>25225.784</x:v>
+        <x:v>26337.56</x:v>
       </x:c>
       <x:c r="E179" s="0">
-        <x:v>23249.57</x:v>
+        <x:v>24274.249</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:5">
       <x:c r="A180" s="1">
-        <x:v>45888.9238078704</x:v>
+        <x:v>45915.9270601852</x:v>
       </x:c>
       <x:c r="B180" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C180" s="0">
-        <x:v>3.42</x:v>
+        <x:v>2.24</x:v>
       </x:c>
       <x:c r="D180" s="0">
-        <x:v>25372.122</x:v>
+        <x:v>26356.936</x:v>
       </x:c>
       <x:c r="E180" s="0">
-        <x:v>23384.77</x:v>
+        <x:v>24293.781</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:5">
       <x:c r="A181" s="1">
-        <x:v>45888.3192939815</x:v>
+        <x:v>45915.3170833333</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C181" s="0">
-        <x:v>3.08</x:v>
+        <x:v>2.43</x:v>
       </x:c>
       <x:c r="D181" s="0">
-        <x:v>25729.075</x:v>
+        <x:v>26138.213</x:v>
       </x:c>
       <x:c r="E181" s="0">
-        <x:v>23713.759</x:v>
+        <x:v>24092.193</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:5">
       <x:c r="A182" s="1">
+        <x:v>45912.9234259259</x:v>
+      </x:c>
+      <x:c r="B182" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C182" s="0">
+        <x:v>2.44</x:v>
+      </x:c>
+      <x:c r="D182" s="0">
+        <x:v>26139.203</x:v>
+      </x:c>
+      <x:c r="E182" s="0">
+        <x:v>24092.193</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="183" spans="1:5">
+      <x:c r="A183" s="1">
+        <x:v>45912.3096527778</x:v>
+      </x:c>
+      <x:c r="B183" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C183" s="0">
+        <x:v>2.54</x:v>
+      </x:c>
+      <x:c r="D183" s="0">
+        <x:v>26031.104</x:v>
+      </x:c>
+      <x:c r="E183" s="0">
+        <x:v>23992.562</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="184" spans="1:5">
+      <x:c r="A184" s="1">
+        <x:v>45911.9251736111</x:v>
+      </x:c>
+      <x:c r="B184" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C184" s="0">
+        <x:v>2.55</x:v>
+      </x:c>
+      <x:c r="D184" s="0">
+        <x:v>26031.799</x:v>
+      </x:c>
+      <x:c r="E184" s="0">
+        <x:v>23992.562</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="185" spans="1:5">
+      <x:c r="A185" s="1">
+        <x:v>45911.3308101852</x:v>
+      </x:c>
+      <x:c r="B185" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C185" s="0">
+        <x:v>2.7</x:v>
+      </x:c>
+      <x:c r="D185" s="0">
+        <x:v>25876.327</x:v>
+      </x:c>
+      <x:c r="E185" s="0">
+        <x:v>23849.27</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="186" spans="1:5">
+      <x:c r="A186" s="1">
+        <x:v>45910.9240509259</x:v>
+      </x:c>
+      <x:c r="B186" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C186" s="0">
+        <x:v>2.71</x:v>
+      </x:c>
+      <x:c r="D186" s="0">
+        <x:v>25876.458</x:v>
+      </x:c>
+      <x:c r="E186" s="0">
+        <x:v>23849.27</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="187" spans="1:5">
+      <x:c r="A187" s="1">
+        <x:v>45909.9244907407</x:v>
+      </x:c>
+      <x:c r="B187" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C187" s="0">
+        <x:v>2.72</x:v>
+      </x:c>
+      <x:c r="D187" s="0">
+        <x:v>25866.003</x:v>
+      </x:c>
+      <x:c r="E187" s="0">
+        <x:v>23839.796</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="188" spans="1:5">
+      <x:c r="A188" s="1">
+        <x:v>45909.335462963</x:v>
+      </x:c>
+      <x:c r="B188" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C188" s="0">
+        <x:v>2.77</x:v>
+      </x:c>
+      <x:c r="D188" s="0">
+        <x:v>25781.92</x:v>
+      </x:c>
+      <x:c r="E188" s="0">
+        <x:v>23762.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="189" spans="1:5">
+      <x:c r="A189" s="1">
+        <x:v>45908.9240393518</x:v>
+      </x:c>
+      <x:c r="B189" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C189" s="0">
+        <x:v>2.81</x:v>
+      </x:c>
+      <x:c r="D189" s="0">
+        <x:v>25780.823</x:v>
+      </x:c>
+      <x:c r="E189" s="0">
+        <x:v>23762.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="190" spans="1:5">
+      <x:c r="A190" s="1">
+        <x:v>45908.3013541667</x:v>
+      </x:c>
+      <x:c r="B190" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C190" s="0">
+        <x:v>2.89</x:v>
+      </x:c>
+      <x:c r="D190" s="0">
+        <x:v>25661.628</x:v>
+      </x:c>
+      <x:c r="E190" s="0">
+        <x:v>23652.443</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="191" spans="1:5">
+      <x:c r="A191" s="1">
+        <x:v>45905.9285648148</x:v>
+      </x:c>
+      <x:c r="B191" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C191" s="0">
+        <x:v>2.94</x:v>
+      </x:c>
+      <x:c r="D191" s="0">
+        <x:v>25659.91</x:v>
+      </x:c>
+      <x:c r="E191" s="0">
+        <x:v>23652.443</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="192" spans="1:5">
+      <x:c r="A192" s="1">
+        <x:v>45905.3095023148</x:v>
+      </x:c>
+      <x:c r="B192" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C192" s="0">
+        <x:v>2.87</x:v>
+      </x:c>
+      <x:c r="D192" s="0">
+        <x:v>25638.829</x:v>
+      </x:c>
+      <x:c r="E192" s="0">
+        <x:v>23633.013</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="193" spans="1:5">
+      <x:c r="A193" s="1">
+        <x:v>45904.9245601852</x:v>
+      </x:c>
+      <x:c r="B193" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C193" s="0">
+        <x:v>2.97</x:v>
+      </x:c>
+      <x:c r="D193" s="0">
+        <x:v>25639.595</x:v>
+      </x:c>
+      <x:c r="E193" s="0">
+        <x:v>23633.013</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="194" spans="1:5">
+      <x:c r="A194" s="1">
+        <x:v>45904.3202199074</x:v>
+      </x:c>
+      <x:c r="B194" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C194" s="0">
+        <x:v>3.25</x:v>
+      </x:c>
+      <x:c r="D194" s="0">
+        <x:v>25402.876</x:v>
+      </x:c>
+      <x:c r="E194" s="0">
+        <x:v>23414.839</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="195" spans="1:5">
+      <x:c r="A195" s="1">
+        <x:v>45903.9235648148</x:v>
+      </x:c>
+      <x:c r="B195" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C195" s="0">
+        <x:v>3.27</x:v>
+      </x:c>
+      <x:c r="D195" s="0">
+        <x:v>25405.022</x:v>
+      </x:c>
+      <x:c r="E195" s="0">
+        <x:v>23414.839</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="196" spans="1:5">
+      <x:c r="A196" s="1">
+        <x:v>45903.3225115741</x:v>
+      </x:c>
+      <x:c r="B196" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C196" s="0">
+        <x:v>3.49</x:v>
+      </x:c>
+      <x:c r="D196" s="0">
+        <x:v>25205.674</x:v>
+      </x:c>
+      <x:c r="E196" s="0">
+        <x:v>23231.108</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="197" spans="1:5">
+      <x:c r="A197" s="1">
+        <x:v>45902.923912037</x:v>
+      </x:c>
+      <x:c r="B197" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C197" s="0">
+        <x:v>3.55</x:v>
+      </x:c>
+      <x:c r="D197" s="0">
+        <x:v>25205.103</x:v>
+      </x:c>
+      <x:c r="E197" s="0">
+        <x:v>23231.108</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="198" spans="1:5">
+      <x:c r="A198" s="1">
+        <x:v>45902.3292013889</x:v>
+      </x:c>
+      <x:c r="B198" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C198" s="0">
+        <x:v>3.33</x:v>
+      </x:c>
+      <x:c r="D198" s="0">
+        <x:v>25405.082</x:v>
+      </x:c>
+      <x:c r="E198" s="0">
+        <x:v>23415.42</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="199" spans="1:5">
+      <x:c r="A199" s="1">
+        <x:v>45898.9304050926</x:v>
+      </x:c>
+      <x:c r="B199" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C199" s="0">
+        <x:v>3.29</x:v>
+      </x:c>
+      <x:c r="D199" s="0">
+        <x:v>25403.462</x:v>
+      </x:c>
+      <x:c r="E199" s="0">
+        <x:v>23415.42</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="200" spans="1:5">
+      <x:c r="A200" s="1">
+        <x:v>45898.3268518519</x:v>
+      </x:c>
+      <x:c r="B200" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C200" s="0">
+        <x:v>2.97</x:v>
+      </x:c>
+      <x:c r="D200" s="0">
+        <x:v>25715.974</x:v>
+      </x:c>
+      <x:c r="E200" s="0">
+        <x:v>23703.45</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="201" spans="1:5">
+      <x:c r="A201" s="1">
+        <x:v>45897.9274768519</x:v>
+      </x:c>
+      <x:c r="B201" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C201" s="0">
+        <x:v>2.93</x:v>
+      </x:c>
+      <x:c r="D201" s="0">
+        <x:v>25718.243</x:v>
+      </x:c>
+      <x:c r="E201" s="0">
+        <x:v>23703.45</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="202" spans="1:5">
+      <x:c r="A202" s="1">
+        <x:v>45896.9248611111</x:v>
+      </x:c>
+      <x:c r="B202" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C202" s="0">
+        <x:v>3.11</x:v>
+      </x:c>
+      <x:c r="D202" s="0">
+        <x:v>25568.88</x:v>
+      </x:c>
+      <x:c r="E202" s="0">
+        <x:v>23565.846</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="203" spans="1:5">
+      <x:c r="A203" s="1">
+        <x:v>45896.3337615741</x:v>
+      </x:c>
+      <x:c r="B203" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C203" s="0">
+        <x:v>3.15</x:v>
+      </x:c>
+      <x:c r="D203" s="0">
+        <x:v>25524.88</x:v>
+      </x:c>
+      <x:c r="E203" s="0">
+        <x:v>23525.293</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="204" spans="1:5">
+      <x:c r="A204" s="1">
+        <x:v>45895.9240046296</x:v>
+      </x:c>
+      <x:c r="B204" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C204" s="0">
+        <x:v>3.16</x:v>
+      </x:c>
+      <x:c r="D204" s="0">
+        <x:v>25524.943</x:v>
+      </x:c>
+      <x:c r="E204" s="0">
+        <x:v>23525.293</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="205" spans="1:5">
+      <x:c r="A205" s="1">
+        <x:v>45894.9239236111</x:v>
+      </x:c>
+      <x:c r="B205" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C205" s="0">
+        <x:v>3.3</x:v>
+      </x:c>
+      <x:c r="D205" s="0">
+        <x:v>25416.673</x:v>
+      </x:c>
+      <x:c r="E205" s="0">
+        <x:v>23425.605</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="206" spans="1:5">
+      <x:c r="A206" s="1">
+        <x:v>45894.3297685185</x:v>
+      </x:c>
+      <x:c r="B206" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C206" s="0">
+        <x:v>3.21</x:v>
+      </x:c>
+      <x:c r="D206" s="0">
+        <x:v>25495.346</x:v>
+      </x:c>
+      <x:c r="E206" s="0">
+        <x:v>23498.115</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="207" spans="1:5">
+      <x:c r="A207" s="1">
+        <x:v>45891.9252083333</x:v>
+      </x:c>
+      <x:c r="B207" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C207" s="0">
+        <x:v>3.2</x:v>
+      </x:c>
+      <x:c r="D207" s="0">
+        <x:v>25493.439</x:v>
+      </x:c>
+      <x:c r="E207" s="0">
+        <x:v>23498.115</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="208" spans="1:5">
+      <x:c r="A208" s="1">
+        <x:v>45891.3279861111</x:v>
+      </x:c>
+      <x:c r="B208" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C208" s="0">
+        <x:v>3.82</x:v>
+      </x:c>
+      <x:c r="D208" s="0">
+        <x:v>25107.684</x:v>
+      </x:c>
+      <x:c r="E208" s="0">
+        <x:v>23142.58</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="209" spans="1:5">
+      <x:c r="A209" s="1">
+        <x:v>45890.9257175926</x:v>
+      </x:c>
+      <x:c r="B209" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C209" s="0">
+        <x:v>3.78</x:v>
+      </x:c>
+      <x:c r="D209" s="0">
+        <x:v>25105.655</x:v>
+      </x:c>
+      <x:c r="E209" s="0">
+        <x:v>23142.58</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="210" spans="1:5">
+      <x:c r="A210" s="1">
+        <x:v>45890.3406944444</x:v>
+      </x:c>
+      <x:c r="B210" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C210" s="0">
+        <x:v>3.59</x:v>
+      </x:c>
+      <x:c r="D210" s="0">
+        <x:v>25221.74</x:v>
+      </x:c>
+      <x:c r="E210" s="0">
+        <x:v>23249.57</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="211" spans="1:5">
+      <x:c r="A211" s="1">
+        <x:v>45889.9243402778</x:v>
+      </x:c>
+      <x:c r="B211" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C211" s="0">
+        <x:v>3.62</x:v>
+      </x:c>
+      <x:c r="D211" s="0">
+        <x:v>25225.784</x:v>
+      </x:c>
+      <x:c r="E211" s="0">
+        <x:v>23249.57</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="212" spans="1:5">
+      <x:c r="A212" s="1">
+        <x:v>45888.9238078704</x:v>
+      </x:c>
+      <x:c r="B212" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C212" s="0">
+        <x:v>3.42</x:v>
+      </x:c>
+      <x:c r="D212" s="0">
+        <x:v>25372.122</x:v>
+      </x:c>
+      <x:c r="E212" s="0">
+        <x:v>23384.77</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="213" spans="1:5">
+      <x:c r="A213" s="1">
+        <x:v>45888.3192939815</x:v>
+      </x:c>
+      <x:c r="B213" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C213" s="0">
+        <x:v>3.08</x:v>
+      </x:c>
+      <x:c r="D213" s="0">
+        <x:v>25729.075</x:v>
+      </x:c>
+      <x:c r="E213" s="0">
+        <x:v>23713.759</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="214" spans="1:5">
+      <x:c r="A214" s="1">
         <x:v>45887.924525463</x:v>
       </x:c>
-      <x:c r="B182" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C182" s="0">
+      <x:c r="B214" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C214" s="0">
         <x:v>3</x:v>
       </x:c>
-      <x:c r="D182" s="0">
+      <x:c r="D214" s="0">
         <x:v>25729.428</x:v>
       </x:c>
-      <x:c r="E182" s="0">
+      <x:c r="E214" s="0">
         <x:v>23713.759</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>