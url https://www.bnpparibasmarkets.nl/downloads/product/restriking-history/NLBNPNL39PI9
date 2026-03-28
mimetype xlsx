--- v6 (2026-03-07)
+++ v7 (2026-03-28)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb9ffd654962843e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c8606c6488f1417a8e5166300c04d58a.psmdcp" Id="R61c5b82df20c4d97" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re4dee7c23d334c82" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2986bbab70fb463dbefbf927a15daeb7.psmdcp" Id="R7066414ac44c4af4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>NLBNPNL39PI9</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -390,3684 +390,4075 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E214"/>
+  <x:dimension ref="A1:E237"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>46087.9262847222</x:v>
+        <x:v>46108.8851967593</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
-        <x:v>1.01</x:v>
+        <x:v>1.69</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>26733.969</x:v>
+        <x:v>25098.635</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>24643.02</x:v>
+        <x:v>23132.77</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>46087.3067824074</x:v>
+        <x:v>46108.3259837963</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
-        <x:v>0.85</x:v>
+        <x:v>1.32</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>27143.437</x:v>
+        <x:v>25591.464</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>25020.41</x:v>
+        <x:v>23586.99</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>46086.9326273148</x:v>
+        <x:v>46107.8850115741</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
-        <x:v>0.88</x:v>
+        <x:v>1.41</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>27145.401</x:v>
+        <x:v>25591.884</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>25020.41</x:v>
+        <x:v>23586.99</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>46086.3051273148</x:v>
+        <x:v>46106.8850925926</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
-        <x:v>0.89</x:v>
+        <x:v>1.14</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>27224.899</x:v>
+        <x:v>26216.272</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>25093.68</x:v>
+        <x:v>24162.98</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>46085.9285648148</x:v>
+        <x:v>46106.3005555556</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
-        <x:v>0.85</x:v>
+        <x:v>1.13</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>27225.946</x:v>
+        <x:v>26042.097</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>25093.68</x:v>
+        <x:v>24002.45</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>46085.3383796296</x:v>
+        <x:v>46105.8848032407</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
-        <x:v>1.09</x:v>
+        <x:v>1.22</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>26820.59</x:v>
+        <x:v>26042.658</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>24720.08</x:v>
+        <x:v>24002.45</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>46084.9255787037</x:v>
+        <x:v>46104.8850810185</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
-        <x:v>1.01</x:v>
+        <x:v>1.13</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>26820.562</x:v>
+        <x:v>26243.125</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>24720.08</x:v>
+        <x:v>24188.59</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>46084.3354050926</x:v>
+        <x:v>46104.3100462963</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
-        <x:v>1.01</x:v>
+        <x:v>1.37</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>27116.247</x:v>
+        <x:v>25927.998</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>24992.6</x:v>
+        <x:v>23898.15</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>46083.9256481481</x:v>
+        <x:v>46101.8853819444</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
-        <x:v>0.91</x:v>
+        <x:v>1.29</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>27116.4</x:v>
+        <x:v>25927.866</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>24992.6</x:v>
+        <x:v>23898.15</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>46083.3084259259</x:v>
+        <x:v>46101.3104861111</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C12" s="0">
-        <x:v>1.03</x:v>
+        <x:v>1.08</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>27081.073</x:v>
+        <x:v>26423.852</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>24960.04</x:v>
+        <x:v>24355.28</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>46080.9257523148</x:v>
+        <x:v>46100.8877314815</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0">
-        <x:v>0.92</x:v>
+        <x:v>1.09</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>27078.743</x:v>
+        <x:v>26425.479</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>24960.04</x:v>
+        <x:v>24355.28</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>46080.3043634259</x:v>
+        <x:v>46099.8875231482</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C14" s="0">
-        <x:v>0.9</x:v>
+        <x:v>1.06</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>27159.391</x:v>
+        <x:v>26501.223</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>25034.37</x:v>
+        <x:v>24425.09</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>46079.9258101852</x:v>
+        <x:v>46098.8845601852</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
-        <x:v>0.89</x:v>
+        <x:v>0.92</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>27162.05</x:v>
+        <x:v>26886.756</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>25034.37</x:v>
+        <x:v>24780.42</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>46079.2991550926</x:v>
+        <x:v>46097.8857638889</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C16" s="0">
-        <x:v>0.82</x:v>
+        <x:v>0.97</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>27481.767</x:v>
+        <x:v>26750.293</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>25329.04</x:v>
+        <x:v>24655.34</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>46078.925775463</x:v>
+        <x:v>46097.3039699074</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C17" s="0">
-        <x:v>0.8</x:v>
+        <x:v>1.02</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>27481.944</x:v>
+        <x:v>26452.341</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>25329.04</x:v>
+        <x:v>24380.73</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>46078.3266203704</x:v>
+        <x:v>46094.8846412037</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="0">
-        <x:v>0.92</x:v>
+        <x:v>1.09</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>27100.024</x:v>
+        <x:v>26450.04</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>24977.04</x:v>
+        <x:v>24380.73</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>46077.925474537</x:v>
+        <x:v>46094.30125</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C19" s="0">
-        <x:v>0.93</x:v>
+        <x:v>1.02</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>27100.088</x:v>
+        <x:v>26615.882</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>24977.04</x:v>
+        <x:v>24533.58</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
-        <x:v>46076.3076157407</x:v>
+        <x:v>46093.8852893518</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C20" s="0">
-        <x:v>1.02</x:v>
+        <x:v>1.03</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>27138.362</x:v>
+        <x:v>26618.934</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>25012.62</x:v>
+        <x:v>24533.58</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="1">
-        <x:v>46073.9253587963</x:v>
+        <x:v>46092.884849537</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C21" s="0">
-        <x:v>0.93</x:v>
+        <x:v>0.88</x:v>
       </x:c>
       <x:c r="D21" s="0">
-        <x:v>27138.562</x:v>
+        <x:v>27085.913</x:v>
       </x:c>
       <x:c r="E21" s="0">
-        <x:v>25012.62</x:v>
+        <x:v>24965.01</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="1">
-        <x:v>46073.3322685185</x:v>
+        <x:v>46092.3173032407</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C22" s="0">
-        <x:v>0.98</x:v>
+        <x:v>0.87</x:v>
       </x:c>
       <x:c r="D22" s="0">
-        <x:v>26904.983</x:v>
+        <x:v>27076.647</x:v>
       </x:c>
       <x:c r="E22" s="0">
-        <x:v>24797.34</x:v>
+        <x:v>24956.47</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="1">
-        <x:v>46072.9253935185</x:v>
+        <x:v>46091.8851967593</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C23" s="0">
-        <x:v>1.02</x:v>
+        <x:v>0.88</x:v>
       </x:c>
       <x:c r="D23" s="0">
-        <x:v>26901.323</x:v>
+        <x:v>27077.77</x:v>
       </x:c>
       <x:c r="E23" s="0">
-        <x:v>24797.34</x:v>
+        <x:v>24956.47</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="1">
-        <x:v>46072.3124884259</x:v>
+        <x:v>46090.8887037037</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C24" s="0">
-        <x:v>0.96</x:v>
+        <x:v>0.88</x:v>
       </x:c>
       <x:c r="D24" s="0">
-        <x:v>27011.483</x:v>
+        <x:v>27088.108</x:v>
       </x:c>
       <x:c r="E24" s="0">
-        <x:v>24898.87</x:v>
+        <x:v>24967.248</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="1">
-        <x:v>46071.9254861111</x:v>
+        <x:v>46090.3219791667</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C25" s="0">
-        <x:v>0.98</x:v>
+        <x:v>1.16</x:v>
       </x:c>
       <x:c r="D25" s="0">
-        <x:v>27015.06</x:v>
+        <x:v>26736.321</x:v>
       </x:c>
       <x:c r="E25" s="0">
-        <x:v>24898.87</x:v>
+        <x:v>24643.02</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="1">
-        <x:v>46071.3073148148</x:v>
+        <x:v>46087.9262847222</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C26" s="0">
-        <x:v>1.04</x:v>
+        <x:v>1.01</x:v>
       </x:c>
       <x:c r="D26" s="0">
-        <x:v>26801.022</x:v>
+        <x:v>26733.969</x:v>
       </x:c>
       <x:c r="E26" s="0">
-        <x:v>24701.6</x:v>
+        <x:v>24643.02</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="1">
-        <x:v>46070.9253472222</x:v>
+        <x:v>46087.3067824074</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C27" s="0">
-        <x:v>1.06</x:v>
+        <x:v>0.85</x:v>
       </x:c>
       <x:c r="D27" s="0">
-        <x:v>26800.202</x:v>
+        <x:v>27143.437</x:v>
       </x:c>
       <x:c r="E27" s="0">
-        <x:v>24701.6</x:v>
+        <x:v>25020.41</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="1">
-        <x:v>46070.3023611111</x:v>
+        <x:v>46086.9326273148</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C28" s="0">
-        <x:v>1.14</x:v>
+        <x:v>0.88</x:v>
       </x:c>
       <x:c r="D28" s="0">
-        <x:v>26833.978</x:v>
+        <x:v>27145.401</x:v>
       </x:c>
       <x:c r="E28" s="0">
-        <x:v>24732.73</x:v>
+        <x:v>25020.41</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="1">
-        <x:v>46066.9255324074</x:v>
+        <x:v>46086.3051273148</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C29" s="0">
-        <x:v>1.05</x:v>
+        <x:v>0.89</x:v>
       </x:c>
       <x:c r="D29" s="0">
-        <x:v>26831.993</x:v>
+        <x:v>27224.899</x:v>
       </x:c>
       <x:c r="E29" s="0">
-        <x:v>24732.73</x:v>
+        <x:v>25093.68</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="1">
-        <x:v>46066.3087847222</x:v>
+        <x:v>46085.9285648148</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C30" s="0">
-        <x:v>1.08</x:v>
+        <x:v>0.85</x:v>
       </x:c>
       <x:c r="D30" s="0">
-        <x:v>26783.038</x:v>
+        <x:v>27225.946</x:v>
       </x:c>
       <x:c r="E30" s="0">
-        <x:v>24687.61</x:v>
+        <x:v>25093.68</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="1">
-        <x:v>46065.9253703704</x:v>
+        <x:v>46085.3383796296</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C31" s="0">
-        <x:v>1.07</x:v>
+        <x:v>1.09</x:v>
       </x:c>
       <x:c r="D31" s="0">
-        <x:v>26786.057</x:v>
+        <x:v>26820.59</x:v>
       </x:c>
       <x:c r="E31" s="0">
-        <x:v>24687.61</x:v>
+        <x:v>24720.08</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="1">
-        <x:v>46064.9256597222</x:v>
+        <x:v>46084.9255787037</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C32" s="0">
-        <x:v>0.89</x:v>
+        <x:v>1.01</x:v>
       </x:c>
       <x:c r="D32" s="0">
-        <x:v>27343.133</x:v>
+        <x:v>26820.562</x:v>
       </x:c>
       <x:c r="E32" s="0">
-        <x:v>25201.26</x:v>
+        <x:v>24720.08</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="1">
-        <x:v>46064.3233101852</x:v>
+        <x:v>46084.3354050926</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C33" s="0">
-        <x:v>0.89</x:v>
+        <x:v>1.01</x:v>
       </x:c>
       <x:c r="D33" s="0">
-        <x:v>27263.255</x:v>
+        <x:v>27116.247</x:v>
       </x:c>
       <x:c r="E33" s="0">
-        <x:v>25127.64</x:v>
+        <x:v>24992.6</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="1">
-        <x:v>46063.9255324074</x:v>
+        <x:v>46083.9256481481</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C34" s="0">
         <x:v>0.91</x:v>
       </x:c>
       <x:c r="D34" s="0">
-        <x:v>27262.58</x:v>
+        <x:v>27116.4</x:v>
       </x:c>
       <x:c r="E34" s="0">
-        <x:v>25127.64</x:v>
+        <x:v>24992.6</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="1">
-        <x:v>46063.3311921296</x:v>
+        <x:v>46083.3084259259</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C35" s="0">
-        <x:v>0.88</x:v>
+        <x:v>1.03</x:v>
       </x:c>
       <x:c r="D35" s="0">
-        <x:v>27415.022</x:v>
+        <x:v>27081.073</x:v>
       </x:c>
       <x:c r="E35" s="0">
-        <x:v>25268.14</x:v>
+        <x:v>24960.04</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="1">
-        <x:v>46062.9247569444</x:v>
+        <x:v>46080.9257523148</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C36" s="0">
-        <x:v>0.86</x:v>
+        <x:v>0.92</x:v>
       </x:c>
       <x:c r="D36" s="0">
-        <x:v>27414.05</x:v>
+        <x:v>27078.743</x:v>
       </x:c>
       <x:c r="E36" s="0">
-        <x:v>25268.14</x:v>
+        <x:v>24960.04</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="1">
-        <x:v>46062.2992013889</x:v>
+        <x:v>46080.3043634259</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C37" s="0">
-        <x:v>0.92</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="D37" s="0">
-        <x:v>27205.328</x:v>
+        <x:v>27159.391</x:v>
       </x:c>
       <x:c r="E37" s="0">
-        <x:v>25075.77</x:v>
+        <x:v>25034.37</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="1">
-        <x:v>46058.9255439815</x:v>
+        <x:v>46079.9258101852</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C38" s="0">
-        <x:v>1.19</x:v>
+        <x:v>0.89</x:v>
       </x:c>
       <x:c r="D38" s="0">
-        <x:v>26635.329</x:v>
+        <x:v>27162.05</x:v>
       </x:c>
       <x:c r="E38" s="0">
-        <x:v>24548.69</x:v>
+        <x:v>25034.37</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="1">
-        <x:v>46057.9258449074</x:v>
+        <x:v>46079.2991550926</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C39" s="0">
-        <x:v>1.05</x:v>
+        <x:v>0.82</x:v>
       </x:c>
       <x:c r="D39" s="0">
-        <x:v>27006.995</x:v>
+        <x:v>27481.767</x:v>
       </x:c>
       <x:c r="E39" s="0">
-        <x:v>24891.24</x:v>
+        <x:v>25329.04</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="1">
-        <x:v>46056.9428703704</x:v>
+        <x:v>46078.925775463</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C40" s="0">
-        <x:v>0.89</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="D40" s="0">
-        <x:v>27492.403</x:v>
+        <x:v>27481.944</x:v>
       </x:c>
       <x:c r="E40" s="0">
-        <x:v>25338.62</x:v>
+        <x:v>25329.04</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="1">
-        <x:v>46055.9254513889</x:v>
+        <x:v>46078.3266203704</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C41" s="0">
-        <x:v>0.77</x:v>
+        <x:v>0.92</x:v>
       </x:c>
       <x:c r="D41" s="0">
-        <x:v>27926.392</x:v>
+        <x:v>27100.024</x:v>
       </x:c>
       <x:c r="E41" s="0">
-        <x:v>25738.61</x:v>
+        <x:v>24977.04</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="1">
-        <x:v>46052.2983333333</x:v>
+        <x:v>46077.925474537</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C42" s="0">
-        <x:v>0.78</x:v>
+        <x:v>0.93</x:v>
       </x:c>
       <x:c r="D42" s="0">
-        <x:v>28081.931</x:v>
+        <x:v>27100.088</x:v>
       </x:c>
       <x:c r="E42" s="0">
-        <x:v>25884.29</x:v>
+        <x:v>24977.04</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="1">
-        <x:v>46051.9256481481</x:v>
+        <x:v>46076.3076157407</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C43" s="0">
-        <x:v>0.73</x:v>
+        <x:v>1.02</x:v>
       </x:c>
       <x:c r="D43" s="0">
-        <x:v>28084.082</x:v>
+        <x:v>27138.362</x:v>
       </x:c>
       <x:c r="E43" s="0">
-        <x:v>25884.29</x:v>
+        <x:v>25012.62</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="1">
-        <x:v>46051.3032407407</x:v>
+        <x:v>46073.9253587963</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C44" s="0">
-        <x:v>0.67</x:v>
+        <x:v>0.93</x:v>
       </x:c>
       <x:c r="D44" s="0">
-        <x:v>28234.354</x:v>
+        <x:v>27138.562</x:v>
       </x:c>
       <x:c r="E44" s="0">
-        <x:v>26022.79</x:v>
+        <x:v>25012.62</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="1">
-        <x:v>46050.9251041667</x:v>
+        <x:v>46073.3322685185</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C45" s="0">
-        <x:v>0.7</x:v>
+        <x:v>0.98</x:v>
       </x:c>
       <x:c r="D45" s="0">
-        <x:v>28234.201</x:v>
+        <x:v>26904.983</x:v>
       </x:c>
       <x:c r="E45" s="0">
-        <x:v>26022.79</x:v>
+        <x:v>24797.34</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="1">
-        <x:v>46050.299212963</x:v>
+        <x:v>46072.9253935185</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C46" s="0">
-        <x:v>0.67</x:v>
+        <x:v>1.02</x:v>
       </x:c>
       <x:c r="D46" s="0">
-        <x:v>28144.092</x:v>
+        <x:v>26901.323</x:v>
       </x:c>
       <x:c r="E46" s="0">
-        <x:v>25939.74</x:v>
+        <x:v>24797.34</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="1">
-        <x:v>46049.9250462963</x:v>
+        <x:v>46072.3124884259</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C47" s="0">
-        <x:v>0.72</x:v>
+        <x:v>0.96</x:v>
       </x:c>
       <x:c r="D47" s="0">
-        <x:v>28144.618</x:v>
+        <x:v>27011.483</x:v>
       </x:c>
       <x:c r="E47" s="0">
-        <x:v>25939.74</x:v>
+        <x:v>24898.87</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5">
       <x:c r="A48" s="1">
-        <x:v>46048.9248726852</x:v>
+        <x:v>46071.9254861111</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C48" s="0">
-        <x:v>0.79</x:v>
+        <x:v>0.98</x:v>
       </x:c>
       <x:c r="D48" s="0">
-        <x:v>27898.833</x:v>
+        <x:v>27015.06</x:v>
       </x:c>
       <x:c r="E48" s="0">
-        <x:v>25713.21</x:v>
+        <x:v>24898.87</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
       <x:c r="A49" s="1">
-        <x:v>46045.9251851852</x:v>
+        <x:v>46071.3073148148</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C49" s="0">
-        <x:v>0.82</x:v>
+        <x:v>1.04</x:v>
       </x:c>
       <x:c r="D49" s="0">
-        <x:v>27781.935</x:v>
+        <x:v>26801.022</x:v>
       </x:c>
       <x:c r="E49" s="0">
-        <x:v>25605.47</x:v>
+        <x:v>24701.6</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5">
       <x:c r="A50" s="1">
-        <x:v>46044.9246180556</x:v>
+        <x:v>46070.9253472222</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C50" s="0">
-        <x:v>0.85</x:v>
+        <x:v>1.06</x:v>
       </x:c>
       <x:c r="D50" s="0">
-        <x:v>27687.41</x:v>
+        <x:v>26800.202</x:v>
       </x:c>
       <x:c r="E50" s="0">
-        <x:v>25518.35</x:v>
+        <x:v>24701.6</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5">
       <x:c r="A51" s="1">
-        <x:v>46043.9254861111</x:v>
+        <x:v>46070.3023611111</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C51" s="0">
-        <x:v>0.92</x:v>
+        <x:v>1.14</x:v>
       </x:c>
       <x:c r="D51" s="0">
-        <x:v>27479.339</x:v>
+        <x:v>26833.978</x:v>
       </x:c>
       <x:c r="E51" s="0">
-        <x:v>25326.58</x:v>
+        <x:v>24732.73</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5">
       <x:c r="A52" s="1">
-        <x:v>46042.9278935185</x:v>
+        <x:v>46066.9255324074</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C52" s="0">
-        <x:v>1.07</x:v>
+        <x:v>1.05</x:v>
       </x:c>
       <x:c r="D52" s="0">
-        <x:v>27111.514</x:v>
+        <x:v>26831.993</x:v>
       </x:c>
       <x:c r="E52" s="0">
-        <x:v>24987.57</x:v>
+        <x:v>24732.73</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5">
       <x:c r="A53" s="1">
-        <x:v>46038.9244212963</x:v>
+        <x:v>46066.3087847222</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C53" s="0">
-        <x:v>0.88</x:v>
+        <x:v>1.08</x:v>
       </x:c>
       <x:c r="D53" s="0">
-        <x:v>27699.247</x:v>
+        <x:v>26783.038</x:v>
       </x:c>
       <x:c r="E53" s="0">
-        <x:v>25529.26</x:v>
+        <x:v>24687.61</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5">
       <x:c r="A54" s="1">
-        <x:v>46037.9281134259</x:v>
+        <x:v>46065.9253703704</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C54" s="0">
-        <x:v>0.87</x:v>
+        <x:v>1.07</x:v>
       </x:c>
       <x:c r="D54" s="0">
-        <x:v>27718.571</x:v>
+        <x:v>26786.057</x:v>
       </x:c>
       <x:c r="E54" s="0">
-        <x:v>25547.07</x:v>
+        <x:v>24687.61</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5">
       <x:c r="A55" s="1">
-        <x:v>46036.9273611111</x:v>
+        <x:v>46064.9256597222</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C55" s="0">
-        <x:v>0.9</x:v>
+        <x:v>0.89</x:v>
       </x:c>
       <x:c r="D55" s="0">
-        <x:v>27628.875</x:v>
+        <x:v>27343.133</x:v>
       </x:c>
       <x:c r="E55" s="0">
-        <x:v>25465.94</x:v>
+        <x:v>25201.26</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5">
       <x:c r="A56" s="1">
-        <x:v>46036.3276157407</x:v>
+        <x:v>46064.3233101852</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C56" s="0">
-        <x:v>0.83</x:v>
+        <x:v>0.89</x:v>
       </x:c>
       <x:c r="D56" s="0">
-        <x:v>27928.346</x:v>
+        <x:v>27263.255</x:v>
       </x:c>
       <x:c r="E56" s="0">
-        <x:v>25741.95</x:v>
+        <x:v>25127.64</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:5">
       <x:c r="A57" s="1">
-        <x:v>46035.9280092593</x:v>
+        <x:v>46063.9255324074</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C57" s="0">
-        <x:v>0.81</x:v>
+        <x:v>0.91</x:v>
       </x:c>
       <x:c r="D57" s="0">
-        <x:v>27930.016</x:v>
+        <x:v>27262.58</x:v>
       </x:c>
       <x:c r="E57" s="0">
-        <x:v>25741.95</x:v>
+        <x:v>25127.64</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:5">
       <x:c r="A58" s="1">
-        <x:v>46034.9279282407</x:v>
+        <x:v>46063.3311921296</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C58" s="0">
-        <x:v>0.8</x:v>
+        <x:v>0.88</x:v>
       </x:c>
       <x:c r="D58" s="0">
-        <x:v>27979.611</x:v>
+        <x:v>27415.022</x:v>
       </x:c>
       <x:c r="E58" s="0">
-        <x:v>25787.66</x:v>
+        <x:v>25268.14</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:5">
       <x:c r="A59" s="1">
-        <x:v>46031.929224537</x:v>
+        <x:v>46062.9247569444</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C59" s="0">
-        <x:v>0.8</x:v>
+        <x:v>0.86</x:v>
       </x:c>
       <x:c r="D59" s="0">
-        <x:v>27955.833</x:v>
+        <x:v>27414.05</x:v>
       </x:c>
       <x:c r="E59" s="0">
-        <x:v>25766.26</x:v>
+        <x:v>25268.14</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:5">
       <x:c r="A60" s="1">
-        <x:v>46031.324849537</x:v>
+        <x:v>46062.2992013889</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C60" s="0">
-        <x:v>0.89</x:v>
+        <x:v>0.92</x:v>
       </x:c>
       <x:c r="D60" s="0">
-        <x:v>27674.644</x:v>
+        <x:v>27205.328</x:v>
       </x:c>
       <x:c r="E60" s="0">
-        <x:v>25507.1</x:v>
+        <x:v>25075.77</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:5">
       <x:c r="A61" s="1">
-        <x:v>46030.9270949074</x:v>
+        <x:v>46058.9255439815</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C61" s="0">
-        <x:v>0.89</x:v>
+        <x:v>1.19</x:v>
       </x:c>
       <x:c r="D61" s="0">
-        <x:v>27675.204</x:v>
+        <x:v>26635.329</x:v>
       </x:c>
       <x:c r="E61" s="0">
-        <x:v>25507.1</x:v>
+        <x:v>24548.69</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:5">
       <x:c r="A62" s="1">
-        <x:v>46029.9278819444</x:v>
+        <x:v>46057.9258449074</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C62" s="0">
-        <x:v>0.85</x:v>
+        <x:v>1.05</x:v>
       </x:c>
       <x:c r="D62" s="0">
-        <x:v>27834.482</x:v>
+        <x:v>27006.995</x:v>
       </x:c>
       <x:c r="E62" s="0">
-        <x:v>25653.9</x:v>
+        <x:v>24891.24</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:5">
       <x:c r="A63" s="1">
-        <x:v>46028.9272222222</x:v>
+        <x:v>46056.9428703704</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C63" s="0">
-        <x:v>0.85</x:v>
+        <x:v>0.89</x:v>
       </x:c>
       <x:c r="D63" s="0">
-        <x:v>27819.085</x:v>
+        <x:v>27492.403</x:v>
       </x:c>
       <x:c r="E63" s="0">
-        <x:v>25639.71</x:v>
+        <x:v>25338.62</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:5">
       <x:c r="A64" s="1">
-        <x:v>46027.9295717593</x:v>
+        <x:v>46055.9254513889</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C64" s="0">
-        <x:v>0.94</x:v>
+        <x:v>0.77</x:v>
       </x:c>
       <x:c r="D64" s="0">
-        <x:v>27560.432</x:v>
+        <x:v>27926.392</x:v>
       </x:c>
       <x:c r="E64" s="0">
-        <x:v>25401.32</x:v>
+        <x:v>25738.61</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:5">
       <x:c r="A65" s="1">
-        <x:v>46024.9271875</x:v>
+        <x:v>46052.2983333333</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C65" s="0">
-        <x:v>1.02</x:v>
+        <x:v>0.78</x:v>
       </x:c>
       <x:c r="D65" s="0">
-        <x:v>27345.868</x:v>
+        <x:v>28081.931</x:v>
       </x:c>
       <x:c r="E65" s="0">
-        <x:v>25206.17</x:v>
+        <x:v>25884.29</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:5">
       <x:c r="A66" s="1">
-        <x:v>46024.2881712963</x:v>
+        <x:v>46051.9256481481</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C66" s="0">
-        <x:v>0.93</x:v>
+        <x:v>0.73</x:v>
       </x:c>
       <x:c r="D66" s="0">
-        <x:v>27393.261</x:v>
+        <x:v>28084.082</x:v>
       </x:c>
       <x:c r="E66" s="0">
-        <x:v>25249.85</x:v>
+        <x:v>25884.29</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:5">
       <x:c r="A67" s="1">
-        <x:v>46022.9253125</x:v>
+        <x:v>46051.3032407407</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C67" s="0">
-        <x:v>1</x:v>
+        <x:v>0.67</x:v>
       </x:c>
       <x:c r="D67" s="0">
-        <x:v>27395.085</x:v>
+        <x:v>28234.354</x:v>
       </x:c>
       <x:c r="E67" s="0">
-        <x:v>25249.85</x:v>
+        <x:v>26022.79</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:5">
       <x:c r="A68" s="1">
-        <x:v>46022.3246527778</x:v>
+        <x:v>46050.9251041667</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C68" s="0">
-        <x:v>0.95</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="D68" s="0">
-        <x:v>27625.875</x:v>
+        <x:v>28234.201</x:v>
       </x:c>
       <x:c r="E68" s="0">
-        <x:v>25462.56</x:v>
+        <x:v>26022.79</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:5">
       <x:c r="A69" s="1">
-        <x:v>46021.927025463</x:v>
+        <x:v>46050.299212963</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C69" s="0">
-        <x:v>0.92</x:v>
+        <x:v>0.67</x:v>
       </x:c>
       <x:c r="D69" s="0">
-        <x:v>27626.878</x:v>
+        <x:v>28144.092</x:v>
       </x:c>
       <x:c r="E69" s="0">
-        <x:v>25462.56</x:v>
+        <x:v>25939.74</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:5">
       <x:c r="A70" s="1">
-        <x:v>46020.9274421296</x:v>
+        <x:v>46049.9250462963</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C70" s="0">
-        <x:v>0.9</x:v>
+        <x:v>0.72</x:v>
       </x:c>
       <x:c r="D70" s="0">
-        <x:v>27694.583</x:v>
+        <x:v>28144.618</x:v>
       </x:c>
       <x:c r="E70" s="0">
-        <x:v>25525.56</x:v>
+        <x:v>25939.74</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:5">
       <x:c r="A71" s="1">
-        <x:v>46020.3324884259</x:v>
+        <x:v>46048.9248726852</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C71" s="0">
-        <x:v>0.87</x:v>
+        <x:v>0.79</x:v>
       </x:c>
       <x:c r="D71" s="0">
-        <x:v>27823.514</x:v>
+        <x:v>27898.833</x:v>
       </x:c>
       <x:c r="E71" s="0">
-        <x:v>25644.39</x:v>
+        <x:v>25713.21</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:5">
       <x:c r="A72" s="1">
-        <x:v>46017.9264351852</x:v>
+        <x:v>46045.9251851852</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C72" s="0">
-        <x:v>0.86</x:v>
+        <x:v>0.82</x:v>
       </x:c>
       <x:c r="D72" s="0">
-        <x:v>27824.163</x:v>
+        <x:v>27781.935</x:v>
       </x:c>
       <x:c r="E72" s="0">
-        <x:v>25644.39</x:v>
+        <x:v>25605.47</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:5">
       <x:c r="A73" s="1">
-        <x:v>46015.925462963</x:v>
+        <x:v>46044.9246180556</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C73" s="0">
         <x:v>0.85</x:v>
       </x:c>
       <x:c r="D73" s="0">
-        <x:v>27836.703</x:v>
+        <x:v>27687.41</x:v>
       </x:c>
       <x:c r="E73" s="0">
-        <x:v>25656.15</x:v>
+        <x:v>25518.35</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:5">
       <x:c r="A74" s="1">
-        <x:v>46015.7976967593</x:v>
+        <x:v>46043.9254861111</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C74" s="0">
-        <x:v>0.85</x:v>
+        <x:v>0.92</x:v>
       </x:c>
       <x:c r="D74" s="0">
-        <x:v>27836.698</x:v>
+        <x:v>27479.339</x:v>
       </x:c>
       <x:c r="E74" s="0">
-        <x:v>25656.146</x:v>
+        <x:v>25326.58</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:5">
       <x:c r="A75" s="1">
-        <x:v>46015.3842824074</x:v>
+        <x:v>46042.9278935185</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C75" s="0">
-        <x:v>0.88</x:v>
+        <x:v>1.07</x:v>
       </x:c>
       <x:c r="D75" s="0">
-        <x:v>27762.576</x:v>
+        <x:v>27111.514</x:v>
       </x:c>
       <x:c r="E75" s="0">
-        <x:v>25587.83</x:v>
+        <x:v>24987.57</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:5">
       <x:c r="A76" s="1">
-        <x:v>46014.9278356481</x:v>
+        <x:v>46038.9244212963</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C76" s="0">
         <x:v>0.88</x:v>
       </x:c>
       <x:c r="D76" s="0">
-        <x:v>27762.796</x:v>
+        <x:v>27699.247</x:v>
       </x:c>
       <x:c r="E76" s="0">
-        <x:v>25587.83</x:v>
+        <x:v>25529.26</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:5">
       <x:c r="A77" s="1">
-        <x:v>46013.9284722222</x:v>
+        <x:v>46037.9281134259</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C77" s="0">
-        <x:v>0.92</x:v>
+        <x:v>0.87</x:v>
       </x:c>
       <x:c r="D77" s="0">
-        <x:v>27623.223</x:v>
+        <x:v>27718.571</x:v>
       </x:c>
       <x:c r="E77" s="0">
-        <x:v>25461.7</x:v>
+        <x:v>25547.07</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:5">
       <x:c r="A78" s="1">
-        <x:v>46013.2967013889</x:v>
+        <x:v>46036.9273611111</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C78" s="0">
-        <x:v>0.93</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="D78" s="0">
-        <x:v>27497.884</x:v>
+        <x:v>27628.875</x:v>
       </x:c>
       <x:c r="E78" s="0">
-        <x:v>25346.18</x:v>
+        <x:v>25465.94</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:5">
       <x:c r="A79" s="1">
-        <x:v>46010.9276388889</x:v>
+        <x:v>46036.3276157407</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C79" s="0">
-        <x:v>0.97</x:v>
+        <x:v>0.83</x:v>
       </x:c>
       <x:c r="D79" s="0">
-        <x:v>27500.605</x:v>
+        <x:v>27928.346</x:v>
       </x:c>
       <x:c r="E79" s="0">
-        <x:v>25346.18</x:v>
+        <x:v>25741.95</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:5">
       <x:c r="A80" s="1">
-        <x:v>46009.9307523148</x:v>
+        <x:v>46035.9280092593</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C80" s="0">
-        <x:v>1.11</x:v>
+        <x:v>0.81</x:v>
       </x:c>
       <x:c r="D80" s="0">
-        <x:v>27146.016</x:v>
+        <x:v>27930.016</x:v>
       </x:c>
       <x:c r="E80" s="0">
-        <x:v>25019.37</x:v>
+        <x:v>25741.95</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:5">
       <x:c r="A81" s="1">
-        <x:v>46008.9276736111</x:v>
+        <x:v>46034.9279282407</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C81" s="0">
-        <x:v>1.31</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="D81" s="0">
-        <x:v>26742.657</x:v>
+        <x:v>27979.611</x:v>
       </x:c>
       <x:c r="E81" s="0">
-        <x:v>24647.61</x:v>
+        <x:v>25787.66</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:5">
       <x:c r="A82" s="1">
-        <x:v>46007.9278472222</x:v>
+        <x:v>46031.929224537</x:v>
       </x:c>
       <x:c r="B82" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C82" s="0">
-        <x:v>1.09</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="D82" s="0">
-        <x:v>27269.24</x:v>
+        <x:v>27955.833</x:v>
       </x:c>
       <x:c r="E82" s="0">
-        <x:v>25132.94</x:v>
+        <x:v>25766.26</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:5">
       <x:c r="A83" s="1">
-        <x:v>46006.9271412037</x:v>
+        <x:v>46031.324849537</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C83" s="0">
-        <x:v>1.12</x:v>
+        <x:v>0.89</x:v>
       </x:c>
       <x:c r="D83" s="0">
-        <x:v>27195.994</x:v>
+        <x:v>27674.644</x:v>
       </x:c>
       <x:c r="E83" s="0">
-        <x:v>25067.27</x:v>
+        <x:v>25507.1</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:5">
       <x:c r="A84" s="1">
-        <x:v>46006.3081134259</x:v>
+        <x:v>46030.9270949074</x:v>
       </x:c>
       <x:c r="B84" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C84" s="0">
-        <x:v>1.04</x:v>
+        <x:v>0.89</x:v>
       </x:c>
       <x:c r="D84" s="0">
-        <x:v>27336.458</x:v>
+        <x:v>27675.204</x:v>
       </x:c>
       <x:c r="E84" s="0">
-        <x:v>25196.73</x:v>
+        <x:v>25507.1</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:5">
       <x:c r="A85" s="1">
-        <x:v>46003.927037037</x:v>
+        <x:v>46029.9278819444</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C85" s="0">
-        <x:v>1.07</x:v>
+        <x:v>0.85</x:v>
       </x:c>
       <x:c r="D85" s="0">
-        <x:v>27337.54</x:v>
+        <x:v>27834.482</x:v>
       </x:c>
       <x:c r="E85" s="0">
-        <x:v>25196.73</x:v>
+        <x:v>25653.9</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:5">
       <x:c r="A86" s="1">
-        <x:v>46003.3313773148</x:v>
+        <x:v>46028.9272222222</x:v>
       </x:c>
       <x:c r="B86" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C86" s="0">
-        <x:v>0.9</x:v>
+        <x:v>0.85</x:v>
       </x:c>
       <x:c r="D86" s="0">
-        <x:v>27869.147</x:v>
+        <x:v>27819.085</x:v>
       </x:c>
       <x:c r="E86" s="0">
-        <x:v>25686.69</x:v>
+        <x:v>25639.71</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:5">
       <x:c r="A87" s="1">
-        <x:v>46002.9321180556</x:v>
+        <x:v>46027.9295717593</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C87" s="0">
-        <x:v>0.9</x:v>
+        <x:v>0.94</x:v>
       </x:c>
       <x:c r="D87" s="0">
-        <x:v>27870.059</x:v>
+        <x:v>27560.432</x:v>
       </x:c>
       <x:c r="E87" s="0">
-        <x:v>25686.69</x:v>
+        <x:v>25401.32</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:5">
       <x:c r="A88" s="1">
-        <x:v>46001.9271180556</x:v>
+        <x:v>46024.9271875</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C88" s="0">
-        <x:v>0.87</x:v>
+        <x:v>1.02</x:v>
       </x:c>
       <x:c r="D88" s="0">
-        <x:v>27967.099</x:v>
+        <x:v>27345.868</x:v>
       </x:c>
       <x:c r="E88" s="0">
-        <x:v>25776.44</x:v>
+        <x:v>25206.17</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:5">
       <x:c r="A89" s="1">
-        <x:v>46001.3340740741</x:v>
+        <x:v>46024.2881712963</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C89" s="0">
-        <x:v>0.9</x:v>
+        <x:v>0.93</x:v>
       </x:c>
       <x:c r="D89" s="0">
-        <x:v>27850.19</x:v>
+        <x:v>27393.261</x:v>
       </x:c>
       <x:c r="E89" s="0">
-        <x:v>25668.69</x:v>
+        <x:v>25249.85</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:5">
       <x:c r="A90" s="1">
-        <x:v>46000.9276273148</x:v>
+        <x:v>46022.9253125</x:v>
       </x:c>
       <x:c r="B90" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C90" s="0">
-        <x:v>0.9</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="D90" s="0">
-        <x:v>27850.353</x:v>
+        <x:v>27395.085</x:v>
       </x:c>
       <x:c r="E90" s="0">
-        <x:v>25668.69</x:v>
+        <x:v>25249.85</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:5">
       <x:c r="A91" s="1">
-        <x:v>46000.3338425926</x:v>
+        <x:v>46022.3246527778</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C91" s="0">
-        <x:v>0.91</x:v>
+        <x:v>0.95</x:v>
       </x:c>
       <x:c r="D91" s="0">
-        <x:v>27806.15</x:v>
+        <x:v>27625.875</x:v>
       </x:c>
       <x:c r="E91" s="0">
-        <x:v>25627.95</x:v>
+        <x:v>25462.56</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:5">
       <x:c r="A92" s="1">
-        <x:v>45999.3304282407</x:v>
+        <x:v>46021.927025463</x:v>
       </x:c>
       <x:c r="B92" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C92" s="0">
-        <x:v>0.87</x:v>
+        <x:v>0.92</x:v>
       </x:c>
       <x:c r="D92" s="0">
-        <x:v>27873.958</x:v>
+        <x:v>27626.878</x:v>
       </x:c>
       <x:c r="E92" s="0">
-        <x:v>25692.05</x:v>
+        <x:v>25462.56</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:5">
       <x:c r="A93" s="1">
-        <x:v>45996.9307986111</x:v>
+        <x:v>46020.9274421296</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C93" s="0">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="D93" s="0">
-        <x:v>27872.883</x:v>
+        <x:v>27694.583</x:v>
       </x:c>
       <x:c r="E93" s="0">
-        <x:v>25692.05</x:v>
+        <x:v>25525.56</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:5">
       <x:c r="A94" s="1">
-        <x:v>45996.3408449074</x:v>
+        <x:v>46020.3324884259</x:v>
       </x:c>
       <x:c r="B94" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C94" s="0">
-        <x:v>0.9</x:v>
+        <x:v>0.87</x:v>
       </x:c>
       <x:c r="D94" s="0">
-        <x:v>27753.154</x:v>
+        <x:v>27823.514</x:v>
       </x:c>
       <x:c r="E94" s="0">
-        <x:v>25581.7</x:v>
+        <x:v>25644.39</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:5">
       <x:c r="A95" s="1">
-        <x:v>45995.9303703704</x:v>
+        <x:v>46017.9264351852</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C95" s="0">
-        <x:v>0.94</x:v>
+        <x:v>0.86</x:v>
       </x:c>
       <x:c r="D95" s="0">
-        <x:v>27754.742</x:v>
+        <x:v>27824.163</x:v>
       </x:c>
       <x:c r="E95" s="0">
-        <x:v>25581.7</x:v>
+        <x:v>25644.39</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:5">
       <x:c r="A96" s="1">
-        <x:v>45995.3278819444</x:v>
+        <x:v>46015.925462963</x:v>
       </x:c>
       <x:c r="B96" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C96" s="0">
-        <x:v>0.92</x:v>
+        <x:v>0.85</x:v>
       </x:c>
       <x:c r="D96" s="0">
-        <x:v>27781.694</x:v>
+        <x:v>27836.703</x:v>
       </x:c>
       <x:c r="E96" s="0">
-        <x:v>25606.54</x:v>
+        <x:v>25656.15</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:5">
       <x:c r="A97" s="1">
-        <x:v>45994.9277662037</x:v>
+        <x:v>46015.7976967593</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C97" s="0">
-        <x:v>0.93</x:v>
+        <x:v>0.85</x:v>
       </x:c>
       <x:c r="D97" s="0">
-        <x:v>27781.588</x:v>
+        <x:v>27836.698</x:v>
       </x:c>
       <x:c r="E97" s="0">
-        <x:v>25606.54</x:v>
+        <x:v>25656.146</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:5">
       <x:c r="A98" s="1">
-        <x:v>45994.3371990741</x:v>
+        <x:v>46015.3842824074</x:v>
       </x:c>
       <x:c r="B98" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C98" s="0">
-        <x:v>0.93</x:v>
+        <x:v>0.88</x:v>
       </x:c>
       <x:c r="D98" s="0">
-        <x:v>27726.6</x:v>
+        <x:v>27762.576</x:v>
       </x:c>
       <x:c r="E98" s="0">
-        <x:v>25555.86</x:v>
+        <x:v>25587.83</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:5">
       <x:c r="A99" s="1">
-        <x:v>45993.9304050926</x:v>
+        <x:v>46014.9278356481</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C99" s="0">
-        <x:v>0.95</x:v>
+        <x:v>0.88</x:v>
       </x:c>
       <x:c r="D99" s="0">
-        <x:v>27728.108</x:v>
+        <x:v>27762.796</x:v>
       </x:c>
       <x:c r="E99" s="0">
-        <x:v>25555.86</x:v>
+        <x:v>25587.83</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:5">
       <x:c r="A100" s="1">
-        <x:v>45992.9296875</x:v>
+        <x:v>46013.9284722222</x:v>
       </x:c>
       <x:c r="B100" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C100" s="0">
-        <x:v>1.03</x:v>
+        <x:v>0.92</x:v>
       </x:c>
       <x:c r="D100" s="0">
-        <x:v>27496.991</x:v>
+        <x:v>27623.223</x:v>
       </x:c>
       <x:c r="E100" s="0">
-        <x:v>25342.849</x:v>
+        <x:v>25461.7</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:5">
       <x:c r="A101" s="1">
-        <x:v>45989.8196990741</x:v>
+        <x:v>46013.2967013889</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C101" s="0">
-        <x:v>0.99</x:v>
+        <x:v>0.93</x:v>
       </x:c>
       <x:c r="D101" s="0">
-        <x:v>27595.907</x:v>
+        <x:v>27497.884</x:v>
       </x:c>
       <x:c r="E101" s="0">
-        <x:v>25434.889</x:v>
+        <x:v>25346.18</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:5">
       <x:c r="A102" s="1">
-        <x:v>45989.3082523148</x:v>
+        <x:v>46010.9276388889</x:v>
       </x:c>
       <x:c r="B102" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C102" s="0">
-        <x:v>1.05</x:v>
+        <x:v>0.97</x:v>
       </x:c>
       <x:c r="D102" s="0">
-        <x:v>27381.131</x:v>
+        <x:v>27500.605</x:v>
       </x:c>
       <x:c r="E102" s="0">
-        <x:v>25236.939</x:v>
+        <x:v>25346.18</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:5">
       <x:c r="A103" s="1">
-        <x:v>45987.9266087963</x:v>
+        <x:v>46009.9307523148</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C103" s="0">
-        <x:v>1.08</x:v>
+        <x:v>1.11</x:v>
       </x:c>
       <x:c r="D103" s="0">
-        <x:v>27380.559</x:v>
+        <x:v>27146.016</x:v>
       </x:c>
       <x:c r="E103" s="0">
-        <x:v>25236.939</x:v>
+        <x:v>25019.37</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:5">
       <x:c r="A104" s="1">
-        <x:v>45987.319537037</x:v>
+        <x:v>46008.9276736111</x:v>
       </x:c>
       <x:c r="B104" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C104" s="0">
-        <x:v>1.13</x:v>
+        <x:v>1.31</x:v>
       </x:c>
       <x:c r="D104" s="0">
-        <x:v>27143.401</x:v>
+        <x:v>26742.657</x:v>
       </x:c>
       <x:c r="E104" s="0">
-        <x:v>25018.36</x:v>
+        <x:v>24647.61</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:5">
       <x:c r="A105" s="1">
-        <x:v>45986.9251157407</x:v>
+        <x:v>46007.9278472222</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C105" s="0">
-        <x:v>1.18</x:v>
+        <x:v>1.09</x:v>
       </x:c>
       <x:c r="D105" s="0">
-        <x:v>27144.811</x:v>
+        <x:v>27269.24</x:v>
       </x:c>
       <x:c r="E105" s="0">
-        <x:v>25018.36</x:v>
+        <x:v>25132.94</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:5">
       <x:c r="A106" s="1">
-        <x:v>45986.3107407407</x:v>
+        <x:v>46006.9271412037</x:v>
       </x:c>
       <x:c r="B106" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C106" s="0">
-        <x:v>1.26</x:v>
+        <x:v>1.12</x:v>
       </x:c>
       <x:c r="D106" s="0">
-        <x:v>26988.018</x:v>
+        <x:v>27195.994</x:v>
       </x:c>
       <x:c r="E106" s="0">
-        <x:v>24873.85</x:v>
+        <x:v>25067.27</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:5">
       <x:c r="A107" s="1">
-        <x:v>45985.3068518518</x:v>
+        <x:v>46006.3081134259</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C107" s="0">
-        <x:v>1.56</x:v>
+        <x:v>1.04</x:v>
       </x:c>
       <x:c r="D107" s="0">
-        <x:v>26299.612</x:v>
+        <x:v>27336.458</x:v>
       </x:c>
       <x:c r="E107" s="0">
-        <x:v>24239.573</x:v>
+        <x:v>25196.73</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:5">
       <x:c r="A108" s="1">
-        <x:v>45982.9249074074</x:v>
+        <x:v>46003.927037037</x:v>
       </x:c>
       <x:c r="B108" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C108" s="0">
-        <x:v>1.69</x:v>
+        <x:v>1.07</x:v>
       </x:c>
       <x:c r="D108" s="0">
-        <x:v>26298.24</x:v>
+        <x:v>27337.54</x:v>
       </x:c>
       <x:c r="E108" s="0">
-        <x:v>24239.573</x:v>
+        <x:v>25196.73</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:5">
       <x:c r="A109" s="1">
-        <x:v>45982.3124884259</x:v>
+        <x:v>46003.3313773148</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C109" s="0">
-        <x:v>1.81</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="D109" s="0">
-        <x:v>26097.306</x:v>
+        <x:v>27869.147</x:v>
       </x:c>
       <x:c r="E109" s="0">
-        <x:v>24054.38</x:v>
+        <x:v>25686.69</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:5">
       <x:c r="A110" s="1">
-        <x:v>45981.9259722222</x:v>
+        <x:v>46002.9321180556</x:v>
       </x:c>
       <x:c r="B110" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C110" s="0">
-        <x:v>1.84</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="D110" s="0">
-        <x:v>26094.514</x:v>
+        <x:v>27870.059</x:v>
       </x:c>
       <x:c r="E110" s="0">
-        <x:v>24054.38</x:v>
+        <x:v>25686.69</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:5">
       <x:c r="A111" s="1">
-        <x:v>45981.3119675926</x:v>
+        <x:v>46001.9271180556</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C111" s="0">
-        <x:v>1.21</x:v>
+        <x:v>0.87</x:v>
       </x:c>
       <x:c r="D111" s="0">
-        <x:v>26730.471</x:v>
+        <x:v>27967.099</x:v>
       </x:c>
       <x:c r="E111" s="0">
-        <x:v>24640.515</x:v>
+        <x:v>25776.44</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:5">
       <x:c r="A112" s="1">
-        <x:v>45980.9264583333</x:v>
+        <x:v>46001.3340740741</x:v>
       </x:c>
       <x:c r="B112" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C112" s="0">
-        <x:v>1.49</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="D112" s="0">
-        <x:v>26734.782</x:v>
+        <x:v>27850.19</x:v>
       </x:c>
       <x:c r="E112" s="0">
-        <x:v>24640.515</x:v>
+        <x:v>25668.69</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:5">
       <x:c r="A113" s="1">
-        <x:v>45980.3054166667</x:v>
+        <x:v>46000.9276273148</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C113" s="0">
-        <x:v>1.61</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="D113" s="0">
-        <x:v>26585.682</x:v>
+        <x:v>27850.353</x:v>
       </x:c>
       <x:c r="E113" s="0">
-        <x:v>24503.096</x:v>
+        <x:v>25668.69</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:5">
       <x:c r="A114" s="1">
-        <x:v>45979.9258680556</x:v>
+        <x:v>46000.3338425926</x:v>
       </x:c>
       <x:c r="B114" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C114" s="0">
-        <x:v>1.57</x:v>
+        <x:v>0.91</x:v>
       </x:c>
       <x:c r="D114" s="0">
-        <x:v>26585.304</x:v>
+        <x:v>27806.15</x:v>
       </x:c>
       <x:c r="E114" s="0">
-        <x:v>24503.096</x:v>
+        <x:v>25627.95</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:5">
       <x:c r="A115" s="1">
-        <x:v>45979.3133912037</x:v>
+        <x:v>45999.3304282407</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C115" s="0">
-        <x:v>1.49</x:v>
+        <x:v>0.87</x:v>
       </x:c>
       <x:c r="D115" s="0">
-        <x:v>26907.356</x:v>
+        <x:v>27873.958</x:v>
       </x:c>
       <x:c r="E115" s="0">
-        <x:v>24799.918</x:v>
+        <x:v>25692.05</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:5">
       <x:c r="A116" s="1">
-        <x:v>45978.9282175926</x:v>
+        <x:v>45996.9307986111</x:v>
       </x:c>
       <x:c r="B116" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C116" s="0">
-        <x:v>1.4</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="D116" s="0">
-        <x:v>26907.419</x:v>
+        <x:v>27872.883</x:v>
       </x:c>
       <x:c r="E116" s="0">
-        <x:v>24799.918</x:v>
+        <x:v>25692.05</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:5">
       <x:c r="A117" s="1">
-        <x:v>45978.3022569444</x:v>
+        <x:v>45996.3408449074</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C117" s="0">
-        <x:v>1.22</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="D117" s="0">
-        <x:v>27133.45</x:v>
+        <x:v>27753.154</x:v>
       </x:c>
       <x:c r="E117" s="0">
-        <x:v>25008.242</x:v>
+        <x:v>25581.7</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:5">
       <x:c r="A118" s="1">
-        <x:v>45975.9258449074</x:v>
+        <x:v>45995.9303703704</x:v>
       </x:c>
       <x:c r="B118" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C118" s="0">
-        <x:v>1.29</x:v>
+        <x:v>0.94</x:v>
       </x:c>
       <x:c r="D118" s="0">
-        <x:v>27130.898</x:v>
+        <x:v>27754.742</x:v>
       </x:c>
       <x:c r="E118" s="0">
-        <x:v>25008.242</x:v>
+        <x:v>25581.7</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:5">
       <x:c r="A119" s="1">
-        <x:v>45975.3077662037</x:v>
+        <x:v>45995.3278819444</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C119" s="0">
-        <x:v>1.3</x:v>
+        <x:v>0.92</x:v>
       </x:c>
       <x:c r="D119" s="0">
-        <x:v>27114.863</x:v>
+        <x:v>27781.694</x:v>
       </x:c>
       <x:c r="E119" s="0">
-        <x:v>24993.463</x:v>
+        <x:v>25606.54</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:5">
       <x:c r="A120" s="1">
-        <x:v>45974.9248958333</x:v>
+        <x:v>45994.9277662037</x:v>
       </x:c>
       <x:c r="B120" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C120" s="0">
-        <x:v>1.3</x:v>
+        <x:v>0.93</x:v>
       </x:c>
       <x:c r="D120" s="0">
-        <x:v>27117.524</x:v>
+        <x:v>27781.588</x:v>
       </x:c>
       <x:c r="E120" s="0">
-        <x:v>24993.463</x:v>
+        <x:v>25606.54</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:5">
       <x:c r="A121" s="1">
-        <x:v>45974.3773148148</x:v>
+        <x:v>45994.3371990741</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C121" s="0">
-        <x:v>1.05</x:v>
+        <x:v>0.93</x:v>
       </x:c>
       <x:c r="D121" s="0">
-        <x:v>27685.918</x:v>
+        <x:v>27726.6</x:v>
       </x:c>
       <x:c r="E121" s="0">
-        <x:v>25517.328</x:v>
+        <x:v>25555.86</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:5">
       <x:c r="A122" s="1">
-        <x:v>45973.9253125</x:v>
+        <x:v>45993.9304050926</x:v>
       </x:c>
       <x:c r="B122" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C122" s="0">
-        <x:v>1.08</x:v>
+        <x:v>0.95</x:v>
       </x:c>
       <x:c r="D122" s="0">
-        <x:v>27686.071</x:v>
+        <x:v>27728.108</x:v>
       </x:c>
       <x:c r="E122" s="0">
-        <x:v>25517.328</x:v>
+        <x:v>25555.86</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:5">
       <x:c r="A123" s="1">
-        <x:v>45973.3365393519</x:v>
+        <x:v>45992.9296875</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C123" s="0">
-        <x:v>1.01</x:v>
+        <x:v>1.03</x:v>
       </x:c>
       <x:c r="D123" s="0">
-        <x:v>27703.603</x:v>
+        <x:v>27496.991</x:v>
       </x:c>
       <x:c r="E123" s="0">
-        <x:v>25533.486</x:v>
+        <x:v>25342.849</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:5">
       <x:c r="A124" s="1">
-        <x:v>45972.9253240741</x:v>
+        <x:v>45989.8196990741</x:v>
       </x:c>
       <x:c r="B124" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C124" s="0">
-        <x:v>1.07</x:v>
+        <x:v>0.99</x:v>
       </x:c>
       <x:c r="D124" s="0">
-        <x:v>27703.832</x:v>
+        <x:v>27595.907</x:v>
       </x:c>
       <x:c r="E124" s="0">
-        <x:v>25533.486</x:v>
+        <x:v>25434.889</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:5">
       <x:c r="A125" s="1">
-        <x:v>45971.9254282407</x:v>
+        <x:v>45989.3082523148</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C125" s="0">
-        <x:v>1.04</x:v>
+        <x:v>1.05</x:v>
       </x:c>
       <x:c r="D125" s="0">
-        <x:v>27785.452</x:v>
+        <x:v>27381.131</x:v>
       </x:c>
       <x:c r="E125" s="0">
-        <x:v>25611.737</x:v>
+        <x:v>25236.939</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:5">
       <x:c r="A126" s="1">
-        <x:v>45971.2992708333</x:v>
+        <x:v>45987.9266087963</x:v>
       </x:c>
       <x:c r="B126" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C126" s="0">
-        <x:v>1.17</x:v>
+        <x:v>1.08</x:v>
       </x:c>
       <x:c r="D126" s="0">
-        <x:v>27186.608</x:v>
+        <x:v>27380.559</x:v>
       </x:c>
       <x:c r="E126" s="0">
-        <x:v>25059.808</x:v>
+        <x:v>25236.939</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:5">
       <x:c r="A127" s="1">
-        <x:v>45968.925474537</x:v>
+        <x:v>45987.319537037</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C127" s="0">
-        <x:v>1.34</x:v>
+        <x:v>1.13</x:v>
       </x:c>
       <x:c r="D127" s="0">
-        <x:v>27189.378</x:v>
+        <x:v>27143.401</x:v>
       </x:c>
       <x:c r="E127" s="0">
-        <x:v>25059.808</x:v>
+        <x:v>25018.36</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:5">
       <x:c r="A128" s="1">
-        <x:v>45968.3147453704</x:v>
+        <x:v>45986.9251157407</x:v>
       </x:c>
       <x:c r="B128" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C128" s="0">
-        <x:v>1.26</x:v>
+        <x:v>1.18</x:v>
       </x:c>
       <x:c r="D128" s="0">
-        <x:v>27265.582</x:v>
+        <x:v>27144.811</x:v>
       </x:c>
       <x:c r="E128" s="0">
-        <x:v>25130.042</x:v>
+        <x:v>25018.36</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:5">
       <x:c r="A129" s="1">
-        <x:v>45967.9277662037</x:v>
+        <x:v>45986.3107407407</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C129" s="0">
-        <x:v>1.3</x:v>
+        <x:v>1.26</x:v>
       </x:c>
       <x:c r="D129" s="0">
-        <x:v>27266.096</x:v>
+        <x:v>26988.018</x:v>
       </x:c>
       <x:c r="E129" s="0">
-        <x:v>25130.042</x:v>
+        <x:v>24873.85</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:5">
       <x:c r="A130" s="1">
-        <x:v>45966.9253587963</x:v>
+        <x:v>45985.3068518518</x:v>
       </x:c>
       <x:c r="B130" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C130" s="0">
-        <x:v>1.09</x:v>
+        <x:v>1.56</x:v>
       </x:c>
       <x:c r="D130" s="0">
-        <x:v>27797.734</x:v>
+        <x:v>26299.612</x:v>
       </x:c>
       <x:c r="E130" s="0">
-        <x:v>25620.031</x:v>
+        <x:v>24239.573</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:5">
       <x:c r="A131" s="1">
-        <x:v>45965.9237731481</x:v>
+        <x:v>45982.9249074074</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C131" s="0">
-        <x:v>1.17</x:v>
+        <x:v>1.69</x:v>
       </x:c>
       <x:c r="D131" s="0">
-        <x:v>27597.439</x:v>
+        <x:v>26298.24</x:v>
       </x:c>
       <x:c r="E131" s="0">
-        <x:v>25435.704</x:v>
+        <x:v>24239.573</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:5">
       <x:c r="A132" s="1">
-        <x:v>45965.3316666667</x:v>
+        <x:v>45982.3124884259</x:v>
       </x:c>
       <x:c r="B132" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C132" s="0">
-        <x:v>1.09</x:v>
+        <x:v>1.81</x:v>
       </x:c>
       <x:c r="D132" s="0">
-        <x:v>28180.343</x:v>
+        <x:v>26097.306</x:v>
       </x:c>
       <x:c r="E132" s="0">
-        <x:v>25972.943</x:v>
+        <x:v>24054.38</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:5">
       <x:c r="A133" s="1">
-        <x:v>45964.9228819444</x:v>
+        <x:v>45981.9259722222</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C133" s="0">
-        <x:v>0.97</x:v>
+        <x:v>1.84</x:v>
       </x:c>
       <x:c r="D133" s="0">
-        <x:v>28180.643</x:v>
+        <x:v>26094.514</x:v>
       </x:c>
       <x:c r="E133" s="0">
-        <x:v>25972.943</x:v>
+        <x:v>24054.38</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:5">
       <x:c r="A134" s="1">
-        <x:v>45961.8818865741</x:v>
+        <x:v>45981.3119675926</x:v>
       </x:c>
       <x:c r="B134" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C134" s="0">
-        <x:v>1.02</x:v>
+        <x:v>1.21</x:v>
       </x:c>
       <x:c r="D134" s="0">
-        <x:v>28053.595</x:v>
+        <x:v>26730.471</x:v>
       </x:c>
       <x:c r="E134" s="0">
-        <x:v>25858.126</x:v>
+        <x:v>24640.515</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:5">
       <x:c r="A135" s="1">
-        <x:v>45961.3396180556</x:v>
+        <x:v>45980.9264583333</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C135" s="0">
-        <x:v>0.95</x:v>
+        <x:v>1.49</x:v>
       </x:c>
       <x:c r="D135" s="0">
-        <x:v>27919.8</x:v>
+        <x:v>26734.782</x:v>
       </x:c>
       <x:c r="E135" s="0">
-        <x:v>25734.813</x:v>
+        <x:v>24640.515</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:5">
       <x:c r="A136" s="1">
-        <x:v>45960.8841087963</x:v>
+        <x:v>45980.3054166667</x:v>
       </x:c>
       <x:c r="B136" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C136" s="0">
-        <x:v>1.07</x:v>
+        <x:v>1.61</x:v>
       </x:c>
       <x:c r="D136" s="0">
-        <x:v>27922.272</x:v>
+        <x:v>26585.682</x:v>
       </x:c>
       <x:c r="E136" s="0">
-        <x:v>25734.813</x:v>
+        <x:v>24503.096</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:5">
       <x:c r="A137" s="1">
-        <x:v>45959.8898263889</x:v>
+        <x:v>45979.9258680556</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C137" s="0">
-        <x:v>0.93</x:v>
+        <x:v>1.57</x:v>
       </x:c>
       <x:c r="D137" s="0">
-        <x:v>28339.825</x:v>
+        <x:v>26585.304</x:v>
       </x:c>
       <x:c r="E137" s="0">
-        <x:v>26119.846</x:v>
+        <x:v>24503.096</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:5">
       <x:c r="A138" s="1">
-        <x:v>45959.3231944444</x:v>
+        <x:v>45979.3133912037</x:v>
       </x:c>
       <x:c r="B138" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C138" s="0">
-        <x:v>0.92</x:v>
+        <x:v>1.49</x:v>
       </x:c>
       <x:c r="D138" s="0">
-        <x:v>28222.98</x:v>
+        <x:v>26907.356</x:v>
       </x:c>
       <x:c r="E138" s="0">
-        <x:v>26012.155</x:v>
+        <x:v>24799.918</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:5">
       <x:c r="A139" s="1">
-        <x:v>45958.8875115741</x:v>
+        <x:v>45978.9282175926</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C139" s="0">
-        <x:v>0.97</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="D139" s="0">
-        <x:v>28222.854</x:v>
+        <x:v>26907.419</x:v>
       </x:c>
       <x:c r="E139" s="0">
-        <x:v>26012.155</x:v>
+        <x:v>24799.918</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:5">
       <x:c r="A140" s="1">
-        <x:v>45958.3305787037</x:v>
+        <x:v>45978.3022569444</x:v>
       </x:c>
       <x:c r="B140" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C140" s="0">
-        <x:v>1.05</x:v>
+        <x:v>1.22</x:v>
       </x:c>
       <x:c r="D140" s="0">
-        <x:v>28016.037</x:v>
+        <x:v>27133.45</x:v>
       </x:c>
       <x:c r="E140" s="0">
-        <x:v>25821.54</x:v>
+        <x:v>25008.242</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:5">
       <x:c r="A141" s="1">
-        <x:v>45957.8875925926</x:v>
+        <x:v>45975.9258449074</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C141" s="0">
-        <x:v>1.05</x:v>
+        <x:v>1.29</x:v>
       </x:c>
       <x:c r="D141" s="0">
-        <x:v>28016.377</x:v>
+        <x:v>27130.898</x:v>
       </x:c>
       <x:c r="E141" s="0">
-        <x:v>25821.546</x:v>
+        <x:v>25008.242</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:5">
       <x:c r="A142" s="1">
-        <x:v>45954.9259259259</x:v>
+        <x:v>45975.3077662037</x:v>
       </x:c>
       <x:c r="B142" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C142" s="0">
-        <x:v>1.28</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="D142" s="0">
-        <x:v>27513.585</x:v>
+        <x:v>27114.863</x:v>
       </x:c>
       <x:c r="E142" s="0">
-        <x:v>25358.162</x:v>
+        <x:v>24993.463</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:5">
       <x:c r="A143" s="1">
-        <x:v>45954.3348148148</x:v>
+        <x:v>45974.9248958333</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C143" s="0">
-        <x:v>1.37</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="D143" s="0">
-        <x:v>27230.674</x:v>
+        <x:v>27117.524</x:v>
       </x:c>
       <x:c r="E143" s="0">
-        <x:v>25097.415</x:v>
+        <x:v>24993.463</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:5">
       <x:c r="A144" s="1">
-        <x:v>45953.9278587963</x:v>
+        <x:v>45974.3773148148</x:v>
       </x:c>
       <x:c r="B144" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C144" s="0">
-        <x:v>1.42</x:v>
+        <x:v>1.05</x:v>
       </x:c>
       <x:c r="D144" s="0">
-        <x:v>27230.695</x:v>
+        <x:v>27685.918</x:v>
       </x:c>
       <x:c r="E144" s="0">
-        <x:v>25097.415</x:v>
+        <x:v>25517.328</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:5">
       <x:c r="A145" s="1">
-        <x:v>45952.9303587963</x:v>
+        <x:v>45973.9253125</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C145" s="0">
-        <x:v>1.56</x:v>
+        <x:v>1.08</x:v>
       </x:c>
       <x:c r="D145" s="0">
-        <x:v>26993.72</x:v>
+        <x:v>27686.071</x:v>
       </x:c>
       <x:c r="E145" s="0">
-        <x:v>24879.005</x:v>
+        <x:v>25517.328</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:5">
       <x:c r="A146" s="1">
-        <x:v>45951.9269212963</x:v>
+        <x:v>45973.3365393519</x:v>
       </x:c>
       <x:c r="B146" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C146" s="0">
-        <x:v>1.42</x:v>
+        <x:v>1.01</x:v>
       </x:c>
       <x:c r="D146" s="0">
-        <x:v>27262.937</x:v>
+        <x:v>27703.603</x:v>
       </x:c>
       <x:c r="E146" s="0">
-        <x:v>25127.131</x:v>
+        <x:v>25533.486</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:5">
       <x:c r="A147" s="1">
-        <x:v>45950.9289699074</x:v>
+        <x:v>45972.9253240741</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C147" s="0">
-        <x:v>1.41</x:v>
+        <x:v>1.07</x:v>
       </x:c>
       <x:c r="D147" s="0">
-        <x:v>27278.004</x:v>
+        <x:v>27703.832</x:v>
       </x:c>
       <x:c r="E147" s="0">
-        <x:v>25141.018</x:v>
+        <x:v>25533.486</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:5">
       <x:c r="A148" s="1">
-        <x:v>45947.9300694444</x:v>
+        <x:v>45971.9254282407</x:v>
       </x:c>
       <x:c r="B148" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C148" s="0">
-        <x:v>1.62</x:v>
+        <x:v>1.04</x:v>
       </x:c>
       <x:c r="D148" s="0">
-        <x:v>26927.479</x:v>
+        <x:v>27785.452</x:v>
       </x:c>
       <x:c r="E148" s="0">
-        <x:v>24817.953</x:v>
+        <x:v>25611.737</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:5">
       <x:c r="A149" s="1">
-        <x:v>45946.9261805556</x:v>
+        <x:v>45971.2992708333</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C149" s="0">
-        <x:v>1.73</x:v>
+        <x:v>1.17</x:v>
       </x:c>
       <x:c r="D149" s="0">
-        <x:v>26753.106</x:v>
+        <x:v>27186.608</x:v>
       </x:c>
       <x:c r="E149" s="0">
-        <x:v>24657.241</x:v>
+        <x:v>25059.808</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:5">
       <x:c r="A150" s="1">
-        <x:v>45945.9256712963</x:v>
+        <x:v>45968.925474537</x:v>
       </x:c>
       <x:c r="B150" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C150" s="0">
-        <x:v>1.67</x:v>
+        <x:v>1.34</x:v>
       </x:c>
       <x:c r="D150" s="0">
-        <x:v>26848.713</x:v>
+        <x:v>27189.378</x:v>
       </x:c>
       <x:c r="E150" s="0">
-        <x:v>24745.358</x:v>
+        <x:v>25059.808</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:5">
       <x:c r="A151" s="1">
-        <x:v>45944.9308680556</x:v>
+        <x:v>45968.3147453704</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C151" s="0">
-        <x:v>1.79</x:v>
+        <x:v>1.26</x:v>
       </x:c>
       <x:c r="D151" s="0">
-        <x:v>26668.559</x:v>
+        <x:v>27265.582</x:v>
       </x:c>
       <x:c r="E151" s="0">
-        <x:v>24579.317</x:v>
+        <x:v>25130.042</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:5">
       <x:c r="A152" s="1">
-        <x:v>45943.9267592593</x:v>
+        <x:v>45967.9277662037</x:v>
       </x:c>
       <x:c r="B152" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C152" s="0">
-        <x:v>1.67</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="D152" s="0">
-        <x:v>26854.023</x:v>
+        <x:v>27266.096</x:v>
       </x:c>
       <x:c r="E152" s="0">
-        <x:v>24750.252</x:v>
+        <x:v>25130.042</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:5">
       <x:c r="A153" s="1">
-        <x:v>45940.9235069444</x:v>
+        <x:v>45966.9253587963</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C153" s="0">
-        <x:v>2.14</x:v>
+        <x:v>1.09</x:v>
       </x:c>
       <x:c r="D153" s="0">
-        <x:v>26280.525</x:v>
+        <x:v>27797.734</x:v>
       </x:c>
       <x:c r="E153" s="0">
-        <x:v>24221.745</x:v>
+        <x:v>25620.031</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:5">
       <x:c r="A154" s="1">
-        <x:v>45940.3355092593</x:v>
+        <x:v>45965.9237731481</x:v>
       </x:c>
       <x:c r="B154" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C154" s="0">
-        <x:v>1.56</x:v>
+        <x:v>1.17</x:v>
       </x:c>
       <x:c r="D154" s="0">
-        <x:v>27231.457</x:v>
+        <x:v>27597.439</x:v>
       </x:c>
       <x:c r="E154" s="0">
-        <x:v>25098.18</x:v>
+        <x:v>25435.704</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:5">
       <x:c r="A155" s="1">
-        <x:v>45939.3272800926</x:v>
+        <x:v>45965.3316666667</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C155" s="0">
-        <x:v>1.55</x:v>
+        <x:v>1.09</x:v>
       </x:c>
       <x:c r="D155" s="0">
-        <x:v>27272.793</x:v>
+        <x:v>28180.343</x:v>
       </x:c>
       <x:c r="E155" s="0">
-        <x:v>25136.623</x:v>
+        <x:v>25972.943</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:5">
       <x:c r="A156" s="1">
-        <x:v>45938.9271180556</x:v>
+        <x:v>45964.9228819444</x:v>
       </x:c>
       <x:c r="B156" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C156" s="0">
-        <x:v>1.56</x:v>
+        <x:v>0.97</x:v>
       </x:c>
       <x:c r="D156" s="0">
-        <x:v>27273.236</x:v>
+        <x:v>28180.643</x:v>
       </x:c>
       <x:c r="E156" s="0">
-        <x:v>25136.623</x:v>
+        <x:v>25972.943</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:5">
       <x:c r="A157" s="1">
-        <x:v>45937.9281828704</x:v>
+        <x:v>45961.8818865741</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C157" s="0">
-        <x:v>1.77</x:v>
+        <x:v>1.02</x:v>
       </x:c>
       <x:c r="D157" s="0">
-        <x:v>26951.646</x:v>
+        <x:v>28053.595</x:v>
       </x:c>
       <x:c r="E157" s="0">
-        <x:v>24840.227</x:v>
+        <x:v>25858.126</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:5">
       <x:c r="A158" s="1">
-        <x:v>45936.924224537</x:v>
+        <x:v>45961.3396180556</x:v>
       </x:c>
       <x:c r="B158" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C158" s="0">
-        <x:v>1.67</x:v>
+        <x:v>0.95</x:v>
       </x:c>
       <x:c r="D158" s="0">
-        <x:v>27101.735</x:v>
+        <x:v>27919.8</x:v>
       </x:c>
       <x:c r="E158" s="0">
-        <x:v>24978.558</x:v>
+        <x:v>25734.813</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:5">
       <x:c r="A159" s="1">
-        <x:v>45933.9289236111</x:v>
+        <x:v>45960.8841087963</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C159" s="0">
-        <x:v>1.81</x:v>
+        <x:v>1.07</x:v>
       </x:c>
       <x:c r="D159" s="0">
-        <x:v>26889.854</x:v>
+        <x:v>27922.272</x:v>
       </x:c>
       <x:c r="E159" s="0">
-        <x:v>24785.522</x:v>
+        <x:v>25734.813</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:5">
       <x:c r="A160" s="1">
-        <x:v>45933.3311111111</x:v>
+        <x:v>45959.8898263889</x:v>
       </x:c>
       <x:c r="B160" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C160" s="0">
-        <x:v>1.68</x:v>
+        <x:v>0.93</x:v>
       </x:c>
       <x:c r="D160" s="0">
-        <x:v>27006.212</x:v>
+        <x:v>28339.825</x:v>
       </x:c>
       <x:c r="E160" s="0">
-        <x:v>24892.764</x:v>
+        <x:v>26119.846</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:5">
       <x:c r="A161" s="1">
-        <x:v>45932.9250231481</x:v>
+        <x:v>45959.3231944444</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C161" s="0">
-        <x:v>1.74</x:v>
+        <x:v>0.92</x:v>
       </x:c>
       <x:c r="D161" s="0">
-        <x:v>27008.649</x:v>
+        <x:v>28222.98</x:v>
       </x:c>
       <x:c r="E161" s="0">
-        <x:v>24892.764</x:v>
+        <x:v>26012.155</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:5">
       <x:c r="A162" s="1">
-        <x:v>45931.9294097222</x:v>
+        <x:v>45958.8875115741</x:v>
       </x:c>
       <x:c r="B162" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C162" s="0">
-        <x:v>1.8</x:v>
+        <x:v>0.97</x:v>
       </x:c>
       <x:c r="D162" s="0">
-        <x:v>26907.328</x:v>
+        <x:v>28222.854</x:v>
       </x:c>
       <x:c r="E162" s="0">
-        <x:v>24800.863</x:v>
+        <x:v>26012.155</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:5">
       <x:c r="A163" s="1">
-        <x:v>45931.3342361111</x:v>
+        <x:v>45958.3305787037</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C163" s="0">
-        <x:v>1.99</x:v>
+        <x:v>1.05</x:v>
       </x:c>
       <x:c r="D163" s="0">
-        <x:v>26776.178</x:v>
+        <x:v>28016.037</x:v>
       </x:c>
       <x:c r="E163" s="0">
-        <x:v>24679.988</x:v>
+        <x:v>25821.54</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:5">
       <x:c r="A164" s="1">
-        <x:v>45930.9339814815</x:v>
+        <x:v>45957.8875925926</x:v>
       </x:c>
       <x:c r="B164" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C164" s="0">
-        <x:v>1.9</x:v>
+        <x:v>1.05</x:v>
       </x:c>
       <x:c r="D164" s="0">
-        <x:v>26776.931</x:v>
+        <x:v>28016.377</x:v>
       </x:c>
       <x:c r="E164" s="0">
-        <x:v>24679.988</x:v>
+        <x:v>25821.546</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:5">
       <x:c r="A165" s="1">
-        <x:v>45930.3326967593</x:v>
+        <x:v>45954.9259259259</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C165" s="0">
-        <x:v>1.95</x:v>
+        <x:v>1.28</x:v>
       </x:c>
       <x:c r="D165" s="0">
-        <x:v>26702.461</x:v>
+        <x:v>27513.585</x:v>
       </x:c>
       <x:c r="E165" s="0">
-        <x:v>24611.352</x:v>
+        <x:v>25358.162</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:5">
       <x:c r="A166" s="1">
-        <x:v>45929.9324074074</x:v>
+        <x:v>45954.3348148148</x:v>
       </x:c>
       <x:c r="B166" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C166" s="0">
-        <x:v>1.95</x:v>
+        <x:v>1.37</x:v>
       </x:c>
       <x:c r="D166" s="0">
-        <x:v>26703.317</x:v>
+        <x:v>27230.674</x:v>
       </x:c>
       <x:c r="E166" s="0">
-        <x:v>24611.352</x:v>
+        <x:v>25097.415</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:5">
       <x:c r="A167" s="1">
-        <x:v>45926.9299074074</x:v>
+        <x:v>45953.9278587963</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C167" s="0">
-        <x:v>2.04</x:v>
+        <x:v>1.42</x:v>
       </x:c>
       <x:c r="D167" s="0">
-        <x:v>26586.262</x:v>
+        <x:v>27230.695</x:v>
       </x:c>
       <x:c r="E167" s="0">
-        <x:v>24503.848</x:v>
+        <x:v>25097.415</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:5">
       <x:c r="A168" s="1">
-        <x:v>45926.3217939815</x:v>
+        <x:v>45952.9303587963</x:v>
       </x:c>
       <x:c r="B168" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C168" s="0">
-        <x:v>2.15</x:v>
+        <x:v>1.56</x:v>
       </x:c>
       <x:c r="D168" s="0">
-        <x:v>26470.669</x:v>
+        <x:v>26993.72</x:v>
       </x:c>
       <x:c r="E168" s="0">
-        <x:v>24397.311</x:v>
+        <x:v>24879.005</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:5">
       <x:c r="A169" s="1">
-        <x:v>45925.9293865741</x:v>
+        <x:v>45951.9269212963</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C169" s="0">
-        <x:v>2.13</x:v>
+        <x:v>1.42</x:v>
       </x:c>
       <x:c r="D169" s="0">
-        <x:v>26471.082</x:v>
+        <x:v>27262.937</x:v>
       </x:c>
       <x:c r="E169" s="0">
-        <x:v>24397.311</x:v>
+        <x:v>25127.131</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:5">
       <x:c r="A170" s="1">
-        <x:v>45924.9296412037</x:v>
+        <x:v>45950.9289699074</x:v>
       </x:c>
       <x:c r="B170" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C170" s="0">
-        <x:v>2.04</x:v>
+        <x:v>1.41</x:v>
       </x:c>
       <x:c r="D170" s="0">
-        <x:v>26585.935</x:v>
+        <x:v>27278.004</x:v>
       </x:c>
       <x:c r="E170" s="0">
-        <x:v>24503.567</x:v>
+        <x:v>25141.018</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:5">
       <x:c r="A171" s="1">
-        <x:v>45924.3777662037</x:v>
+        <x:v>45947.9300694444</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C171" s="0">
-        <x:v>1.92</x:v>
+        <x:v>1.62</x:v>
       </x:c>
       <x:c r="D171" s="0">
-        <x:v>26669.047</x:v>
+        <x:v>26927.479</x:v>
       </x:c>
       <x:c r="E171" s="0">
-        <x:v>24580.168</x:v>
+        <x:v>24817.953</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:5">
       <x:c r="A172" s="1">
-        <x:v>45923.9252314815</x:v>
+        <x:v>45946.9261805556</x:v>
       </x:c>
       <x:c r="B172" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C172" s="0">
-        <x:v>1.98</x:v>
+        <x:v>1.73</x:v>
       </x:c>
       <x:c r="D172" s="0">
-        <x:v>26669.482</x:v>
+        <x:v>26753.106</x:v>
       </x:c>
       <x:c r="E172" s="0">
-        <x:v>24580.168</x:v>
+        <x:v>24657.241</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:5">
       <x:c r="A173" s="1">
-        <x:v>45922.9266898148</x:v>
+        <x:v>45945.9256712963</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C173" s="0">
-        <x:v>1.84</x:v>
+        <x:v>1.67</x:v>
       </x:c>
       <x:c r="D173" s="0">
-        <x:v>26862.689</x:v>
+        <x:v>26848.713</x:v>
       </x:c>
       <x:c r="E173" s="0">
-        <x:v>24761.074</x:v>
+        <x:v>24745.358</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:5">
       <x:c r="A174" s="1">
-        <x:v>45922.3338773148</x:v>
+        <x:v>45944.9308680556</x:v>
       </x:c>
       <x:c r="B174" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C174" s="0">
-        <x:v>1.97</x:v>
+        <x:v>1.79</x:v>
       </x:c>
       <x:c r="D174" s="0">
-        <x:v>26716.401</x:v>
+        <x:v>26668.559</x:v>
       </x:c>
       <x:c r="E174" s="0">
-        <x:v>24626.247</x:v>
+        <x:v>24579.317</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:5">
       <x:c r="A175" s="1">
-        <x:v>45919.9342939815</x:v>
+        <x:v>45943.9267592593</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C175" s="0">
-        <x:v>1.95</x:v>
+        <x:v>1.67</x:v>
       </x:c>
       <x:c r="D175" s="0">
-        <x:v>26719.478</x:v>
+        <x:v>26854.023</x:v>
       </x:c>
       <x:c r="E175" s="0">
-        <x:v>24626.247</x:v>
+        <x:v>24750.252</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:5">
       <x:c r="A176" s="1">
-        <x:v>45918.9266087963</x:v>
+        <x:v>45940.9235069444</x:v>
       </x:c>
       <x:c r="B176" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C176" s="0">
-        <x:v>2.09</x:v>
+        <x:v>2.14</x:v>
       </x:c>
       <x:c r="D176" s="0">
-        <x:v>26533.56</x:v>
+        <x:v>26280.525</x:v>
       </x:c>
       <x:c r="E176" s="0">
-        <x:v>24454.894</x:v>
+        <x:v>24221.745</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:5">
       <x:c r="A177" s="1">
-        <x:v>45917.9271296296</x:v>
+        <x:v>45940.3355092593</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C177" s="0">
-        <x:v>2.31</x:v>
+        <x:v>1.56</x:v>
       </x:c>
       <x:c r="D177" s="0">
-        <x:v>26282.362</x:v>
+        <x:v>27231.457</x:v>
       </x:c>
       <x:c r="E177" s="0">
-        <x:v>24223.687</x:v>
+        <x:v>25098.18</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:5">
       <x:c r="A178" s="1">
-        <x:v>45917.3258680556</x:v>
+        <x:v>45939.3272800926</x:v>
       </x:c>
       <x:c r="B178" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C178" s="0">
-        <x:v>2.28</x:v>
+        <x:v>1.55</x:v>
       </x:c>
       <x:c r="D178" s="0">
-        <x:v>26337.222</x:v>
+        <x:v>27272.793</x:v>
       </x:c>
       <x:c r="E178" s="0">
-        <x:v>24274.249</x:v>
+        <x:v>25136.623</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:5">
       <x:c r="A179" s="1">
-        <x:v>45916.9259490741</x:v>
+        <x:v>45938.9271180556</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C179" s="0">
-        <x:v>2.26</x:v>
+        <x:v>1.56</x:v>
       </x:c>
       <x:c r="D179" s="0">
-        <x:v>26337.56</x:v>
+        <x:v>27273.236</x:v>
       </x:c>
       <x:c r="E179" s="0">
-        <x:v>24274.249</x:v>
+        <x:v>25136.623</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:5">
       <x:c r="A180" s="1">
-        <x:v>45915.9270601852</x:v>
+        <x:v>45937.9281828704</x:v>
       </x:c>
       <x:c r="B180" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C180" s="0">
-        <x:v>2.24</x:v>
+        <x:v>1.77</x:v>
       </x:c>
       <x:c r="D180" s="0">
-        <x:v>26356.936</x:v>
+        <x:v>26951.646</x:v>
       </x:c>
       <x:c r="E180" s="0">
-        <x:v>24293.781</x:v>
+        <x:v>24840.227</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:5">
       <x:c r="A181" s="1">
-        <x:v>45915.3170833333</x:v>
+        <x:v>45936.924224537</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C181" s="0">
-        <x:v>2.43</x:v>
+        <x:v>1.67</x:v>
       </x:c>
       <x:c r="D181" s="0">
-        <x:v>26138.213</x:v>
+        <x:v>27101.735</x:v>
       </x:c>
       <x:c r="E181" s="0">
-        <x:v>24092.193</x:v>
+        <x:v>24978.558</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:5">
       <x:c r="A182" s="1">
-        <x:v>45912.9234259259</x:v>
+        <x:v>45933.9289236111</x:v>
       </x:c>
       <x:c r="B182" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C182" s="0">
-        <x:v>2.44</x:v>
+        <x:v>1.81</x:v>
       </x:c>
       <x:c r="D182" s="0">
-        <x:v>26139.203</x:v>
+        <x:v>26889.854</x:v>
       </x:c>
       <x:c r="E182" s="0">
-        <x:v>24092.193</x:v>
+        <x:v>24785.522</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:5">
       <x:c r="A183" s="1">
-        <x:v>45912.3096527778</x:v>
+        <x:v>45933.3311111111</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C183" s="0">
-        <x:v>2.54</x:v>
+        <x:v>1.68</x:v>
       </x:c>
       <x:c r="D183" s="0">
-        <x:v>26031.104</x:v>
+        <x:v>27006.212</x:v>
       </x:c>
       <x:c r="E183" s="0">
-        <x:v>23992.562</x:v>
+        <x:v>24892.764</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:5">
       <x:c r="A184" s="1">
-        <x:v>45911.9251736111</x:v>
+        <x:v>45932.9250231481</x:v>
       </x:c>
       <x:c r="B184" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C184" s="0">
-        <x:v>2.55</x:v>
+        <x:v>1.74</x:v>
       </x:c>
       <x:c r="D184" s="0">
-        <x:v>26031.799</x:v>
+        <x:v>27008.649</x:v>
       </x:c>
       <x:c r="E184" s="0">
-        <x:v>23992.562</x:v>
+        <x:v>24892.764</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:5">
       <x:c r="A185" s="1">
-        <x:v>45911.3308101852</x:v>
+        <x:v>45931.9294097222</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C185" s="0">
-        <x:v>2.7</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="D185" s="0">
-        <x:v>25876.327</x:v>
+        <x:v>26907.328</x:v>
       </x:c>
       <x:c r="E185" s="0">
-        <x:v>23849.27</x:v>
+        <x:v>24800.863</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:5">
       <x:c r="A186" s="1">
-        <x:v>45910.9240509259</x:v>
+        <x:v>45931.3342361111</x:v>
       </x:c>
       <x:c r="B186" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C186" s="0">
-        <x:v>2.71</x:v>
+        <x:v>1.99</x:v>
       </x:c>
       <x:c r="D186" s="0">
-        <x:v>25876.458</x:v>
+        <x:v>26776.178</x:v>
       </x:c>
       <x:c r="E186" s="0">
-        <x:v>23849.27</x:v>
+        <x:v>24679.988</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:5">
       <x:c r="A187" s="1">
-        <x:v>45909.9244907407</x:v>
+        <x:v>45930.9339814815</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C187" s="0">
-        <x:v>2.72</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="D187" s="0">
-        <x:v>25866.003</x:v>
+        <x:v>26776.931</x:v>
       </x:c>
       <x:c r="E187" s="0">
-        <x:v>23839.796</x:v>
+        <x:v>24679.988</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:5">
       <x:c r="A188" s="1">
-        <x:v>45909.335462963</x:v>
+        <x:v>45930.3326967593</x:v>
       </x:c>
       <x:c r="B188" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C188" s="0">
-        <x:v>2.77</x:v>
+        <x:v>1.95</x:v>
       </x:c>
       <x:c r="D188" s="0">
-        <x:v>25781.92</x:v>
+        <x:v>26702.461</x:v>
       </x:c>
       <x:c r="E188" s="0">
-        <x:v>23762.3</x:v>
+        <x:v>24611.352</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:5">
       <x:c r="A189" s="1">
-        <x:v>45908.9240393518</x:v>
+        <x:v>45929.9324074074</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C189" s="0">
-        <x:v>2.81</x:v>
+        <x:v>1.95</x:v>
       </x:c>
       <x:c r="D189" s="0">
-        <x:v>25780.823</x:v>
+        <x:v>26703.317</x:v>
       </x:c>
       <x:c r="E189" s="0">
-        <x:v>23762.3</x:v>
+        <x:v>24611.352</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:5">
       <x:c r="A190" s="1">
-        <x:v>45908.3013541667</x:v>
+        <x:v>45926.9299074074</x:v>
       </x:c>
       <x:c r="B190" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C190" s="0">
-        <x:v>2.89</x:v>
+        <x:v>2.04</x:v>
       </x:c>
       <x:c r="D190" s="0">
-        <x:v>25661.628</x:v>
+        <x:v>26586.262</x:v>
       </x:c>
       <x:c r="E190" s="0">
-        <x:v>23652.443</x:v>
+        <x:v>24503.848</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:5">
       <x:c r="A191" s="1">
-        <x:v>45905.9285648148</x:v>
+        <x:v>45926.3217939815</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C191" s="0">
-        <x:v>2.94</x:v>
+        <x:v>2.15</x:v>
       </x:c>
       <x:c r="D191" s="0">
-        <x:v>25659.91</x:v>
+        <x:v>26470.669</x:v>
       </x:c>
       <x:c r="E191" s="0">
-        <x:v>23652.443</x:v>
+        <x:v>24397.311</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:5">
       <x:c r="A192" s="1">
-        <x:v>45905.3095023148</x:v>
+        <x:v>45925.9293865741</x:v>
       </x:c>
       <x:c r="B192" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C192" s="0">
-        <x:v>2.87</x:v>
+        <x:v>2.13</x:v>
       </x:c>
       <x:c r="D192" s="0">
-        <x:v>25638.829</x:v>
+        <x:v>26471.082</x:v>
       </x:c>
       <x:c r="E192" s="0">
-        <x:v>23633.013</x:v>
+        <x:v>24397.311</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:5">
       <x:c r="A193" s="1">
-        <x:v>45904.9245601852</x:v>
+        <x:v>45924.9296412037</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C193" s="0">
-        <x:v>2.97</x:v>
+        <x:v>2.04</x:v>
       </x:c>
       <x:c r="D193" s="0">
-        <x:v>25639.595</x:v>
+        <x:v>26585.935</x:v>
       </x:c>
       <x:c r="E193" s="0">
-        <x:v>23633.013</x:v>
+        <x:v>24503.567</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:5">
       <x:c r="A194" s="1">
-        <x:v>45904.3202199074</x:v>
+        <x:v>45924.3777662037</x:v>
       </x:c>
       <x:c r="B194" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C194" s="0">
-        <x:v>3.25</x:v>
+        <x:v>1.92</x:v>
       </x:c>
       <x:c r="D194" s="0">
-        <x:v>25402.876</x:v>
+        <x:v>26669.047</x:v>
       </x:c>
       <x:c r="E194" s="0">
-        <x:v>23414.839</x:v>
+        <x:v>24580.168</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:5">
       <x:c r="A195" s="1">
-        <x:v>45903.9235648148</x:v>
+        <x:v>45923.9252314815</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C195" s="0">
-        <x:v>3.27</x:v>
+        <x:v>1.98</x:v>
       </x:c>
       <x:c r="D195" s="0">
-        <x:v>25405.022</x:v>
+        <x:v>26669.482</x:v>
       </x:c>
       <x:c r="E195" s="0">
-        <x:v>23414.839</x:v>
+        <x:v>24580.168</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:5">
       <x:c r="A196" s="1">
-        <x:v>45903.3225115741</x:v>
+        <x:v>45922.9266898148</x:v>
       </x:c>
       <x:c r="B196" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C196" s="0">
-        <x:v>3.49</x:v>
+        <x:v>1.84</x:v>
       </x:c>
       <x:c r="D196" s="0">
-        <x:v>25205.674</x:v>
+        <x:v>26862.689</x:v>
       </x:c>
       <x:c r="E196" s="0">
-        <x:v>23231.108</x:v>
+        <x:v>24761.074</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:5">
       <x:c r="A197" s="1">
-        <x:v>45902.923912037</x:v>
+        <x:v>45922.3338773148</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C197" s="0">
-        <x:v>3.55</x:v>
+        <x:v>1.97</x:v>
       </x:c>
       <x:c r="D197" s="0">
-        <x:v>25205.103</x:v>
+        <x:v>26716.401</x:v>
       </x:c>
       <x:c r="E197" s="0">
-        <x:v>23231.108</x:v>
+        <x:v>24626.247</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:5">
       <x:c r="A198" s="1">
-        <x:v>45902.3292013889</x:v>
+        <x:v>45919.9342939815</x:v>
       </x:c>
       <x:c r="B198" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C198" s="0">
-        <x:v>3.33</x:v>
+        <x:v>1.95</x:v>
       </x:c>
       <x:c r="D198" s="0">
-        <x:v>25405.082</x:v>
+        <x:v>26719.478</x:v>
       </x:c>
       <x:c r="E198" s="0">
-        <x:v>23415.42</x:v>
+        <x:v>24626.247</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:5">
       <x:c r="A199" s="1">
-        <x:v>45898.9304050926</x:v>
+        <x:v>45918.9266087963</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C199" s="0">
-        <x:v>3.29</x:v>
+        <x:v>2.09</x:v>
       </x:c>
       <x:c r="D199" s="0">
-        <x:v>25403.462</x:v>
+        <x:v>26533.56</x:v>
       </x:c>
       <x:c r="E199" s="0">
-        <x:v>23415.42</x:v>
+        <x:v>24454.894</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:5">
       <x:c r="A200" s="1">
-        <x:v>45898.3268518519</x:v>
+        <x:v>45917.9271296296</x:v>
       </x:c>
       <x:c r="B200" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C200" s="0">
-        <x:v>2.97</x:v>
+        <x:v>2.31</x:v>
       </x:c>
       <x:c r="D200" s="0">
-        <x:v>25715.974</x:v>
+        <x:v>26282.362</x:v>
       </x:c>
       <x:c r="E200" s="0">
-        <x:v>23703.45</x:v>
+        <x:v>24223.687</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:5">
       <x:c r="A201" s="1">
-        <x:v>45897.9274768519</x:v>
+        <x:v>45917.3258680556</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C201" s="0">
-        <x:v>2.93</x:v>
+        <x:v>2.28</x:v>
       </x:c>
       <x:c r="D201" s="0">
-        <x:v>25718.243</x:v>
+        <x:v>26337.222</x:v>
       </x:c>
       <x:c r="E201" s="0">
-        <x:v>23703.45</x:v>
+        <x:v>24274.249</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:5">
       <x:c r="A202" s="1">
-        <x:v>45896.9248611111</x:v>
+        <x:v>45916.9259490741</x:v>
       </x:c>
       <x:c r="B202" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C202" s="0">
-        <x:v>3.11</x:v>
+        <x:v>2.26</x:v>
       </x:c>
       <x:c r="D202" s="0">
-        <x:v>25568.88</x:v>
+        <x:v>26337.56</x:v>
       </x:c>
       <x:c r="E202" s="0">
-        <x:v>23565.846</x:v>
+        <x:v>24274.249</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:5">
       <x:c r="A203" s="1">
-        <x:v>45896.3337615741</x:v>
+        <x:v>45915.9270601852</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C203" s="0">
-        <x:v>3.15</x:v>
+        <x:v>2.24</x:v>
       </x:c>
       <x:c r="D203" s="0">
-        <x:v>25524.88</x:v>
+        <x:v>26356.936</x:v>
       </x:c>
       <x:c r="E203" s="0">
-        <x:v>23525.293</x:v>
+        <x:v>24293.781</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:5">
       <x:c r="A204" s="1">
-        <x:v>45895.9240046296</x:v>
+        <x:v>45915.3170833333</x:v>
       </x:c>
       <x:c r="B204" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C204" s="0">
-        <x:v>3.16</x:v>
+        <x:v>2.43</x:v>
       </x:c>
       <x:c r="D204" s="0">
-        <x:v>25524.943</x:v>
+        <x:v>26138.213</x:v>
       </x:c>
       <x:c r="E204" s="0">
-        <x:v>23525.293</x:v>
+        <x:v>24092.193</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:5">
       <x:c r="A205" s="1">
-        <x:v>45894.9239236111</x:v>
+        <x:v>45912.9234259259</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C205" s="0">
-        <x:v>3.3</x:v>
+        <x:v>2.44</x:v>
       </x:c>
       <x:c r="D205" s="0">
-        <x:v>25416.673</x:v>
+        <x:v>26139.203</x:v>
       </x:c>
       <x:c r="E205" s="0">
-        <x:v>23425.605</x:v>
+        <x:v>24092.193</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:5">
       <x:c r="A206" s="1">
-        <x:v>45894.3297685185</x:v>
+        <x:v>45912.3096527778</x:v>
       </x:c>
       <x:c r="B206" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C206" s="0">
-        <x:v>3.21</x:v>
+        <x:v>2.54</x:v>
       </x:c>
       <x:c r="D206" s="0">
-        <x:v>25495.346</x:v>
+        <x:v>26031.104</x:v>
       </x:c>
       <x:c r="E206" s="0">
-        <x:v>23498.115</x:v>
+        <x:v>23992.562</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:5">
       <x:c r="A207" s="1">
-        <x:v>45891.9252083333</x:v>
+        <x:v>45911.9251736111</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C207" s="0">
-        <x:v>3.2</x:v>
+        <x:v>2.55</x:v>
       </x:c>
       <x:c r="D207" s="0">
-        <x:v>25493.439</x:v>
+        <x:v>26031.799</x:v>
       </x:c>
       <x:c r="E207" s="0">
-        <x:v>23498.115</x:v>
+        <x:v>23992.562</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:5">
       <x:c r="A208" s="1">
-        <x:v>45891.3279861111</x:v>
+        <x:v>45911.3308101852</x:v>
       </x:c>
       <x:c r="B208" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C208" s="0">
-        <x:v>3.82</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="D208" s="0">
-        <x:v>25107.684</x:v>
+        <x:v>25876.327</x:v>
       </x:c>
       <x:c r="E208" s="0">
-        <x:v>23142.58</x:v>
+        <x:v>23849.27</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:5">
       <x:c r="A209" s="1">
-        <x:v>45890.9257175926</x:v>
+        <x:v>45910.9240509259</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C209" s="0">
-        <x:v>3.78</x:v>
+        <x:v>2.71</x:v>
       </x:c>
       <x:c r="D209" s="0">
-        <x:v>25105.655</x:v>
+        <x:v>25876.458</x:v>
       </x:c>
       <x:c r="E209" s="0">
-        <x:v>23142.58</x:v>
+        <x:v>23849.27</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:5">
       <x:c r="A210" s="1">
-        <x:v>45890.3406944444</x:v>
+        <x:v>45909.9244907407</x:v>
       </x:c>
       <x:c r="B210" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C210" s="0">
-        <x:v>3.59</x:v>
+        <x:v>2.72</x:v>
       </x:c>
       <x:c r="D210" s="0">
-        <x:v>25221.74</x:v>
+        <x:v>25866.003</x:v>
       </x:c>
       <x:c r="E210" s="0">
-        <x:v>23249.57</x:v>
+        <x:v>23839.796</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:5">
       <x:c r="A211" s="1">
-        <x:v>45889.9243402778</x:v>
+        <x:v>45909.335462963</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C211" s="0">
-        <x:v>3.62</x:v>
+        <x:v>2.77</x:v>
       </x:c>
       <x:c r="D211" s="0">
-        <x:v>25225.784</x:v>
+        <x:v>25781.92</x:v>
       </x:c>
       <x:c r="E211" s="0">
-        <x:v>23249.57</x:v>
+        <x:v>23762.3</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:5">
       <x:c r="A212" s="1">
-        <x:v>45888.9238078704</x:v>
+        <x:v>45908.9240393518</x:v>
       </x:c>
       <x:c r="B212" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C212" s="0">
-        <x:v>3.42</x:v>
+        <x:v>2.81</x:v>
       </x:c>
       <x:c r="D212" s="0">
-        <x:v>25372.122</x:v>
+        <x:v>25780.823</x:v>
       </x:c>
       <x:c r="E212" s="0">
-        <x:v>23384.77</x:v>
+        <x:v>23762.3</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:5">
       <x:c r="A213" s="1">
-        <x:v>45888.3192939815</x:v>
+        <x:v>45908.3013541667</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C213" s="0">
-        <x:v>3.08</x:v>
+        <x:v>2.89</x:v>
       </x:c>
       <x:c r="D213" s="0">
-        <x:v>25729.075</x:v>
+        <x:v>25661.628</x:v>
       </x:c>
       <x:c r="E213" s="0">
-        <x:v>23713.759</x:v>
+        <x:v>23652.443</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:5">
       <x:c r="A214" s="1">
+        <x:v>45905.9285648148</x:v>
+      </x:c>
+      <x:c r="B214" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C214" s="0">
+        <x:v>2.94</x:v>
+      </x:c>
+      <x:c r="D214" s="0">
+        <x:v>25659.91</x:v>
+      </x:c>
+      <x:c r="E214" s="0">
+        <x:v>23652.443</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="215" spans="1:5">
+      <x:c r="A215" s="1">
+        <x:v>45905.3095023148</x:v>
+      </x:c>
+      <x:c r="B215" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C215" s="0">
+        <x:v>2.87</x:v>
+      </x:c>
+      <x:c r="D215" s="0">
+        <x:v>25638.829</x:v>
+      </x:c>
+      <x:c r="E215" s="0">
+        <x:v>23633.013</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="216" spans="1:5">
+      <x:c r="A216" s="1">
+        <x:v>45904.9245601852</x:v>
+      </x:c>
+      <x:c r="B216" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C216" s="0">
+        <x:v>2.97</x:v>
+      </x:c>
+      <x:c r="D216" s="0">
+        <x:v>25639.595</x:v>
+      </x:c>
+      <x:c r="E216" s="0">
+        <x:v>23633.013</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="217" spans="1:5">
+      <x:c r="A217" s="1">
+        <x:v>45904.3202199074</x:v>
+      </x:c>
+      <x:c r="B217" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C217" s="0">
+        <x:v>3.25</x:v>
+      </x:c>
+      <x:c r="D217" s="0">
+        <x:v>25402.876</x:v>
+      </x:c>
+      <x:c r="E217" s="0">
+        <x:v>23414.839</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="218" spans="1:5">
+      <x:c r="A218" s="1">
+        <x:v>45903.9235648148</x:v>
+      </x:c>
+      <x:c r="B218" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C218" s="0">
+        <x:v>3.27</x:v>
+      </x:c>
+      <x:c r="D218" s="0">
+        <x:v>25405.022</x:v>
+      </x:c>
+      <x:c r="E218" s="0">
+        <x:v>23414.839</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="219" spans="1:5">
+      <x:c r="A219" s="1">
+        <x:v>45903.3225115741</x:v>
+      </x:c>
+      <x:c r="B219" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C219" s="0">
+        <x:v>3.49</x:v>
+      </x:c>
+      <x:c r="D219" s="0">
+        <x:v>25205.674</x:v>
+      </x:c>
+      <x:c r="E219" s="0">
+        <x:v>23231.108</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="220" spans="1:5">
+      <x:c r="A220" s="1">
+        <x:v>45902.923912037</x:v>
+      </x:c>
+      <x:c r="B220" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C220" s="0">
+        <x:v>3.55</x:v>
+      </x:c>
+      <x:c r="D220" s="0">
+        <x:v>25205.103</x:v>
+      </x:c>
+      <x:c r="E220" s="0">
+        <x:v>23231.108</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="221" spans="1:5">
+      <x:c r="A221" s="1">
+        <x:v>45902.3292013889</x:v>
+      </x:c>
+      <x:c r="B221" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C221" s="0">
+        <x:v>3.33</x:v>
+      </x:c>
+      <x:c r="D221" s="0">
+        <x:v>25405.082</x:v>
+      </x:c>
+      <x:c r="E221" s="0">
+        <x:v>23415.42</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="222" spans="1:5">
+      <x:c r="A222" s="1">
+        <x:v>45898.9304050926</x:v>
+      </x:c>
+      <x:c r="B222" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C222" s="0">
+        <x:v>3.29</x:v>
+      </x:c>
+      <x:c r="D222" s="0">
+        <x:v>25403.462</x:v>
+      </x:c>
+      <x:c r="E222" s="0">
+        <x:v>23415.42</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="223" spans="1:5">
+      <x:c r="A223" s="1">
+        <x:v>45898.3268518519</x:v>
+      </x:c>
+      <x:c r="B223" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C223" s="0">
+        <x:v>2.97</x:v>
+      </x:c>
+      <x:c r="D223" s="0">
+        <x:v>25715.974</x:v>
+      </x:c>
+      <x:c r="E223" s="0">
+        <x:v>23703.45</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="224" spans="1:5">
+      <x:c r="A224" s="1">
+        <x:v>45897.9274768519</x:v>
+      </x:c>
+      <x:c r="B224" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C224" s="0">
+        <x:v>2.93</x:v>
+      </x:c>
+      <x:c r="D224" s="0">
+        <x:v>25718.243</x:v>
+      </x:c>
+      <x:c r="E224" s="0">
+        <x:v>23703.45</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="225" spans="1:5">
+      <x:c r="A225" s="1">
+        <x:v>45896.9248611111</x:v>
+      </x:c>
+      <x:c r="B225" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C225" s="0">
+        <x:v>3.11</x:v>
+      </x:c>
+      <x:c r="D225" s="0">
+        <x:v>25568.88</x:v>
+      </x:c>
+      <x:c r="E225" s="0">
+        <x:v>23565.846</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="226" spans="1:5">
+      <x:c r="A226" s="1">
+        <x:v>45896.3337615741</x:v>
+      </x:c>
+      <x:c r="B226" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C226" s="0">
+        <x:v>3.15</x:v>
+      </x:c>
+      <x:c r="D226" s="0">
+        <x:v>25524.88</x:v>
+      </x:c>
+      <x:c r="E226" s="0">
+        <x:v>23525.293</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="227" spans="1:5">
+      <x:c r="A227" s="1">
+        <x:v>45895.9240046296</x:v>
+      </x:c>
+      <x:c r="B227" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C227" s="0">
+        <x:v>3.16</x:v>
+      </x:c>
+      <x:c r="D227" s="0">
+        <x:v>25524.943</x:v>
+      </x:c>
+      <x:c r="E227" s="0">
+        <x:v>23525.293</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="228" spans="1:5">
+      <x:c r="A228" s="1">
+        <x:v>45894.9239236111</x:v>
+      </x:c>
+      <x:c r="B228" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C228" s="0">
+        <x:v>3.3</x:v>
+      </x:c>
+      <x:c r="D228" s="0">
+        <x:v>25416.673</x:v>
+      </x:c>
+      <x:c r="E228" s="0">
+        <x:v>23425.605</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="229" spans="1:5">
+      <x:c r="A229" s="1">
+        <x:v>45894.3297685185</x:v>
+      </x:c>
+      <x:c r="B229" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C229" s="0">
+        <x:v>3.21</x:v>
+      </x:c>
+      <x:c r="D229" s="0">
+        <x:v>25495.346</x:v>
+      </x:c>
+      <x:c r="E229" s="0">
+        <x:v>23498.115</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="230" spans="1:5">
+      <x:c r="A230" s="1">
+        <x:v>45891.9252083333</x:v>
+      </x:c>
+      <x:c r="B230" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C230" s="0">
+        <x:v>3.2</x:v>
+      </x:c>
+      <x:c r="D230" s="0">
+        <x:v>25493.439</x:v>
+      </x:c>
+      <x:c r="E230" s="0">
+        <x:v>23498.115</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="231" spans="1:5">
+      <x:c r="A231" s="1">
+        <x:v>45891.3279861111</x:v>
+      </x:c>
+      <x:c r="B231" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C231" s="0">
+        <x:v>3.82</x:v>
+      </x:c>
+      <x:c r="D231" s="0">
+        <x:v>25107.684</x:v>
+      </x:c>
+      <x:c r="E231" s="0">
+        <x:v>23142.58</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="232" spans="1:5">
+      <x:c r="A232" s="1">
+        <x:v>45890.9257175926</x:v>
+      </x:c>
+      <x:c r="B232" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C232" s="0">
+        <x:v>3.78</x:v>
+      </x:c>
+      <x:c r="D232" s="0">
+        <x:v>25105.655</x:v>
+      </x:c>
+      <x:c r="E232" s="0">
+        <x:v>23142.58</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="233" spans="1:5">
+      <x:c r="A233" s="1">
+        <x:v>45890.3406944444</x:v>
+      </x:c>
+      <x:c r="B233" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C233" s="0">
+        <x:v>3.59</x:v>
+      </x:c>
+      <x:c r="D233" s="0">
+        <x:v>25221.74</x:v>
+      </x:c>
+      <x:c r="E233" s="0">
+        <x:v>23249.57</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="234" spans="1:5">
+      <x:c r="A234" s="1">
+        <x:v>45889.9243402778</x:v>
+      </x:c>
+      <x:c r="B234" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C234" s="0">
+        <x:v>3.62</x:v>
+      </x:c>
+      <x:c r="D234" s="0">
+        <x:v>25225.784</x:v>
+      </x:c>
+      <x:c r="E234" s="0">
+        <x:v>23249.57</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="235" spans="1:5">
+      <x:c r="A235" s="1">
+        <x:v>45888.9238078704</x:v>
+      </x:c>
+      <x:c r="B235" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C235" s="0">
+        <x:v>3.42</x:v>
+      </x:c>
+      <x:c r="D235" s="0">
+        <x:v>25372.122</x:v>
+      </x:c>
+      <x:c r="E235" s="0">
+        <x:v>23384.77</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="236" spans="1:5">
+      <x:c r="A236" s="1">
+        <x:v>45888.3192939815</x:v>
+      </x:c>
+      <x:c r="B236" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C236" s="0">
+        <x:v>3.08</x:v>
+      </x:c>
+      <x:c r="D236" s="0">
+        <x:v>25729.075</x:v>
+      </x:c>
+      <x:c r="E236" s="0">
+        <x:v>23713.759</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="237" spans="1:5">
+      <x:c r="A237" s="1">
         <x:v>45887.924525463</x:v>
       </x:c>
-      <x:c r="B214" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C214" s="0">
+      <x:c r="B237" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C237" s="0">
         <x:v>3</x:v>
       </x:c>
-      <x:c r="D214" s="0">
+      <x:c r="D237" s="0">
         <x:v>25729.428</x:v>
       </x:c>
-      <x:c r="E214" s="0">
+      <x:c r="E237" s="0">
         <x:v>23713.759</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>