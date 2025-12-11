--- v0 (2025-10-17)
+++ v1 (2025-12-11)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re952c07b4e1c4125" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4c84d531c6534a0f8ca7ed84bfd6eef6.psmdcp" Id="Re4239c27409b417c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R66171b3fdd434814" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/006126744ea4446b9d956c467394ab77.psmdcp" Id="Rb8fe614d3d8b4e7d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>NLBNPNL37QH3</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>