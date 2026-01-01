--- v1 (2025-12-11)
+++ v2 (2026-01-01)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R66171b3fdd434814" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/006126744ea4446b9d956c467394ab77.psmdcp" Id="Rb8fe614d3d8b4e7d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfe965619daac45e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/21a6e92ab07b42328b9c13082b8f94bc.psmdcp" Id="R1353c34c7ded407d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>NLBNPNL37QH3</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>