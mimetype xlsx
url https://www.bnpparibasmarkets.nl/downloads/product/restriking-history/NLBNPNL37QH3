--- v2 (2026-01-01)
+++ v3 (2026-01-01)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfe965619daac45e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/21a6e92ab07b42328b9c13082b8f94bc.psmdcp" Id="R1353c34c7ded407d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra3b77fa474c14a4a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a30d0d4ac9884b2790cfdfc68853b413.psmdcp" Id="R3b59a213b0b64a56" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>NLBNPNL37QH3</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>