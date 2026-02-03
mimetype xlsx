--- v3 (2026-01-01)
+++ v4 (2026-02-03)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra3b77fa474c14a4a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a30d0d4ac9884b2790cfdfc68853b413.psmdcp" Id="R3b59a213b0b64a56" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7040c1fc8bf9442e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2c7720658b6942fb975ab4163ba6d9a5.psmdcp" Id="Rec8fa2520c7442b2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>NLBNPNL37QH3</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>