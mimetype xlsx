--- v4 (2026-02-03)
+++ v5 (2026-03-03)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7040c1fc8bf9442e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2c7720658b6942fb975ab4163ba6d9a5.psmdcp" Id="Rec8fa2520c7442b2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc66f21fd24924b28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5925e9821b75409aa65673a19b1948a6.psmdcp" Id="Rec79d810dd42481c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>NLBNPNL37QH3</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>