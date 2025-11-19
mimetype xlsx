--- v0 (2025-10-21)
+++ v1 (2025-11-19)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R97429efba5354700" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a2ac0a85bac44b4098ff1d4f12fee3d2.psmdcp" Id="Ra07574314f2746c8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4018c12d396142a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8884df2b95e34e378ca059cf764cfcea.psmdcp" Id="R397b9a9c124c41ab" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>NLBNPNL37QG5</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>