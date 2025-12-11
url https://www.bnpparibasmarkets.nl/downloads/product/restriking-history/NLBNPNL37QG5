--- v1 (2025-11-19)
+++ v2 (2025-12-11)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4018c12d396142a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8884df2b95e34e378ca059cf764cfcea.psmdcp" Id="R397b9a9c124c41ab" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde3383e3d1e54cd8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/07e72001daf84844a77bc7fb17610793.psmdcp" Id="R070f5badfdae4937" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>NLBNPNL37QG5</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>