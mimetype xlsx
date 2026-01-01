--- v2 (2025-12-11)
+++ v3 (2026-01-01)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde3383e3d1e54cd8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/07e72001daf84844a77bc7fb17610793.psmdcp" Id="R070f5badfdae4937" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7b17e3c418c44bea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c1c241afd0694c8daa74a57bf1378122.psmdcp" Id="R30c3b073ef2b4383" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>NLBNPNL37QG5</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>