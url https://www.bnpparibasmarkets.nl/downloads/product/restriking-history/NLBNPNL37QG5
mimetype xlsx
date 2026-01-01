--- v3 (2026-01-01)
+++ v4 (2026-01-01)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7b17e3c418c44bea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c1c241afd0694c8daa74a57bf1378122.psmdcp" Id="R30c3b073ef2b4383" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R928b9d6e0e7a4614" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/828740fc18d94c29bf977162f1ec2e27.psmdcp" Id="R40c6473466894468" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>NLBNPNL37QG5</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>