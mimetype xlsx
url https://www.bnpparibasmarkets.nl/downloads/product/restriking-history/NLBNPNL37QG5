--- v4 (2026-01-01)
+++ v5 (2026-02-03)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R928b9d6e0e7a4614" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/828740fc18d94c29bf977162f1ec2e27.psmdcp" Id="R40c6473466894468" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R84be8c4b115041b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f5e2e0f268df43c79f9f8c28c085461e.psmdcp" Id="R516aae3ba7a04cc6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>NLBNPNL37QG5</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>