--- v5 (2026-02-03)
+++ v6 (2026-03-03)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R84be8c4b115041b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f5e2e0f268df43c79f9f8c28c085461e.psmdcp" Id="R516aae3ba7a04cc6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0e8f092004af449f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/447ff2fa84aa4a768f56a020ac9f80f4.psmdcp" Id="R5a5d32175014425e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>NLBNPNL37QG5</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>