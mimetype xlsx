--- v0 (2025-11-03)
+++ v1 (2025-12-11)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R53bff854689f4b77" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c0bc5ec0e692413c959de5cbf3bbc51d.psmdcp" Id="Rdce516ada6564da1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R540e4aba324140a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7f515e0201a246c9bd5ed026b383394a.psmdcp" Id="R0de1af189aae451f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>NLBNPNL36VY0</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>