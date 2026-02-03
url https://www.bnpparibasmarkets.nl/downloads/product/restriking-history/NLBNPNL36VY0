--- v1 (2025-12-11)
+++ v2 (2026-02-03)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R540e4aba324140a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7f515e0201a246c9bd5ed026b383394a.psmdcp" Id="R0de1af189aae451f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra71e06fa428242ea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d91eb1bfb5624630aac7ecbc4fb61743.psmdcp" Id="R2e2e8fea46e740fa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>NLBNPNL36VY0</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>