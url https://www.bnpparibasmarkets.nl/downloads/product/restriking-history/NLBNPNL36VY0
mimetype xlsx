--- v2 (2026-02-03)
+++ v3 (2026-02-24)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra71e06fa428242ea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d91eb1bfb5624630aac7ecbc4fb61743.psmdcp" Id="R2e2e8fea46e740fa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R28b39cb2cb6644c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/24cf95dafb144bb1b0ca54e80165fd91.psmdcp" Id="R94569c098d2145a6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>NLBNPNL36VY0</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>