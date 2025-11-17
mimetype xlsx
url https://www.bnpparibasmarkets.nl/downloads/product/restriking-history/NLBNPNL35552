--- v0 (2025-10-19)
+++ v1 (2025-11-17)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9093a9eed0464168" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0b2983ddb5f94ff4945e9324f1830f20.psmdcp" Id="R62f35d989523474b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R874c7bd447774305" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8866d78ea45b4c788829a6d97ace04fb.psmdcp" Id="R37cde7a53a9e4ecf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>NLBNPNL35552</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -390,2069 +390,2460 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E119"/>
+  <x:dimension ref="A1:E142"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>45947.8256018519</x:v>
+        <x:v>45975.8263425926</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>4466.098</x:v>
+        <x:v>4339.852</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>4213.3</x:v>
+        <x:v>4094.2</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>45946.8237847222</x:v>
+        <x:v>45974.8559722222</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>4562.876</x:v>
+        <x:v>4446.17</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>4304.6</x:v>
+        <x:v>4194.5</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>45945.8233680556</x:v>
+        <x:v>45973.8250115741</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>4453.696</x:v>
+        <x:v>4466.416</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>4201.6</x:v>
+        <x:v>4213.6</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>45944.8282986111</x:v>
+        <x:v>45972.8325115741</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>4413.204</x:v>
+        <x:v>4363.278</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>4163.4</x:v>
+        <x:v>4116.3</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>45943.8403472222</x:v>
+        <x:v>45971.8316203704</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>4380.98</x:v>
+        <x:v>4369.32</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>4133</x:v>
+        <x:v>4122</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>45940.8233449074</x:v>
+        <x:v>45968.8265509259</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
-        <x:v>0.1</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>4240.424</x:v>
+        <x:v>4250.388</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>4000.4</x:v>
+        <x:v>4009.8</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>45939.8284953704</x:v>
+        <x:v>45967.856724537</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
-        <x:v>0.11</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>4210.956</x:v>
+        <x:v>4230.46</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>3972.6</x:v>
+        <x:v>3991</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>45938.8250231482</x:v>
+        <x:v>45967.8527893519</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
-        <x:v>0.08</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>4314.73</x:v>
+        <x:v>4230.46</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>4070.5</x:v>
+        <x:v>3991</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>45937.8252314815</x:v>
+        <x:v>45967.8429050926</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
-        <x:v>0.11</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>4244.664</x:v>
+        <x:v>4230.46</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>4004.4</x:v>
+        <x:v>3991</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>45936.8237384259</x:v>
+        <x:v>45967.8321412037</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C12" s="0">
-        <x:v>0.12</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>4214.878</x:v>
+        <x:v>4230.46</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>3976.3</x:v>
+        <x:v>3991</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>45933.8235763889</x:v>
+        <x:v>45966.8257638889</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>4143.434</x:v>
+        <x:v>4232.474</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>3908.9</x:v>
+        <x:v>3992.9</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>45932.824525463</x:v>
+        <x:v>45965.8373263889</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C14" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>4100.186</x:v>
+        <x:v>4198.13</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>3868.1</x:v>
+        <x:v>3960.5</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>45931.8251041667</x:v>
+        <x:v>45964.8251041667</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>4131.35</x:v>
+        <x:v>4254.84</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>3897.5</x:v>
+        <x:v>4014</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>45930.8240046296</x:v>
+        <x:v>45961.7823032407</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C16" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>4105.592</x:v>
+        <x:v>4236.29</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>3873.2</x:v>
+        <x:v>3996.5</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>45929.8229398148</x:v>
+        <x:v>45960.7838310185</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C17" s="0">
-        <x:v>0.2</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>4086.512</x:v>
+        <x:v>4256.854</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>3855.2</x:v>
+        <x:v>4015.9</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>45926.8238888889</x:v>
+        <x:v>45959.7819328704</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="0">
-        <x:v>0.24</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>4037.54</x:v>
+        <x:v>4240.742</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>3809</x:v>
+        <x:v>4000.7</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>45925.8238657407</x:v>
+        <x:v>45958.7844444444</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C19" s="0">
-        <x:v>0.28</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>3997.366</x:v>
+        <x:v>4222.086</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>3771.1</x:v>
+        <x:v>3983.1</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
-        <x:v>45924.8325347222</x:v>
+        <x:v>45957.784849537</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C20" s="0">
-        <x:v>0.29</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>3994.186</x:v>
+        <x:v>4260.882</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>3768.1</x:v>
+        <x:v>4019.7</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="1">
-        <x:v>45923.8421527778</x:v>
+        <x:v>45954.8273726852</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C21" s="0">
-        <x:v>0.25</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D21" s="0">
-        <x:v>4044.642</x:v>
+        <x:v>4386.068</x:v>
       </x:c>
       <x:c r="E21" s="0">
-        <x:v>3815.7</x:v>
+        <x:v>4137.8</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="1">
-        <x:v>45922.8390625</x:v>
+        <x:v>45953.8264236111</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C22" s="0">
-        <x:v>0.29</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D22" s="0">
-        <x:v>4001.606</x:v>
+        <x:v>4394.336</x:v>
       </x:c>
       <x:c r="E22" s="0">
-        <x:v>3775.1</x:v>
+        <x:v>4145.6</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="1">
-        <x:v>45919.8403587963</x:v>
+        <x:v>45952.8312615741</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C23" s="0">
-        <x:v>0.39</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D23" s="0">
-        <x:v>3928.148</x:v>
+        <x:v>4309.324</x:v>
       </x:c>
       <x:c r="E23" s="0">
-        <x:v>3705.8</x:v>
+        <x:v>4065.4</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="1">
-        <x:v>45918.8309027778</x:v>
+        <x:v>45951.8353125</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C24" s="0">
-        <x:v>0.44</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D24" s="0">
-        <x:v>3898.998</x:v>
+        <x:v>4355.646</x:v>
       </x:c>
       <x:c r="E24" s="0">
-        <x:v>3678.3</x:v>
+        <x:v>4109.1</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="1">
-        <x:v>45917.8347222222</x:v>
+        <x:v>45950.8514814815</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C25" s="0">
-        <x:v>0.38</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D25" s="0">
-        <x:v>3940.868</x:v>
+        <x:v>4620.964</x:v>
       </x:c>
       <x:c r="E25" s="0">
-        <x:v>3717.8</x:v>
+        <x:v>4359.4</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="1">
-        <x:v>45916.8237731481</x:v>
+        <x:v>45947.8256018519</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C26" s="0">
-        <x:v>0.37</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D26" s="0">
-        <x:v>3948.606</x:v>
+        <x:v>4466.098</x:v>
       </x:c>
       <x:c r="E26" s="0">
-        <x:v>3725.1</x:v>
+        <x:v>4213.3</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="1">
-        <x:v>45915.8287152778</x:v>
+        <x:v>45946.8237847222</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C27" s="0">
-        <x:v>0.38</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D27" s="0">
-        <x:v>3942.14</x:v>
+        <x:v>4562.876</x:v>
       </x:c>
       <x:c r="E27" s="0">
-        <x:v>3719</x:v>
+        <x:v>4304.6</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="1">
-        <x:v>45912.8242824074</x:v>
+        <x:v>45945.8233680556</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C28" s="0">
-        <x:v>0.44</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D28" s="0">
-        <x:v>3907.584</x:v>
+        <x:v>4453.696</x:v>
       </x:c>
       <x:c r="E28" s="0">
-        <x:v>3686.4</x:v>
+        <x:v>4201.6</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="1">
-        <x:v>45911.8249305556</x:v>
+        <x:v>45944.8282986111</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C29" s="0">
-        <x:v>0.46</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D29" s="0">
-        <x:v>3894.016</x:v>
+        <x:v>4413.204</x:v>
       </x:c>
       <x:c r="E29" s="0">
-        <x:v>3673.6</x:v>
+        <x:v>4163.4</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="1">
-        <x:v>45910.8234375</x:v>
+        <x:v>45943.8403472222</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C30" s="0">
-        <x:v>0.44</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D30" s="0">
-        <x:v>3902.92</x:v>
+        <x:v>4380.98</x:v>
       </x:c>
       <x:c r="E30" s="0">
-        <x:v>3682</x:v>
+        <x:v>4133</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="1">
-        <x:v>45909.8234953704</x:v>
+        <x:v>45940.8233449074</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C31" s="0">
-        <x:v>0.44</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D31" s="0">
-        <x:v>3903.132</x:v>
+        <x:v>4240.424</x:v>
       </x:c>
       <x:c r="E31" s="0">
-        <x:v>3682.2</x:v>
+        <x:v>4000.4</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="1">
-        <x:v>45908.8227777778</x:v>
+        <x:v>45939.8284953704</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C32" s="0">
-        <x:v>0.45</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D32" s="0">
-        <x:v>3898.044</x:v>
+        <x:v>4210.956</x:v>
       </x:c>
       <x:c r="E32" s="0">
-        <x:v>3677.4</x:v>
+        <x:v>3972.6</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="1">
-        <x:v>45905.8690740741</x:v>
+        <x:v>45938.8250231482</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C33" s="0">
-        <x:v>0.5</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D33" s="0">
-        <x:v>3872.498</x:v>
+        <x:v>4314.73</x:v>
       </x:c>
       <x:c r="E33" s="0">
-        <x:v>3653.3</x:v>
+        <x:v>4070.5</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="1">
-        <x:v>45904.8310416667</x:v>
+        <x:v>45937.8252314815</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C34" s="0">
-        <x:v>0.61</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D34" s="0">
-        <x:v>3823.102</x:v>
+        <x:v>4244.664</x:v>
       </x:c>
       <x:c r="E34" s="0">
-        <x:v>3606.7</x:v>
+        <x:v>4004.4</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="1">
-        <x:v>45903.8280208333</x:v>
+        <x:v>45936.8237384259</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C35" s="0">
-        <x:v>0.55</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D35" s="0">
-        <x:v>3853.63</x:v>
+        <x:v>4214.878</x:v>
       </x:c>
       <x:c r="E35" s="0">
-        <x:v>3635.5</x:v>
+        <x:v>3976.3</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="1">
-        <x:v>45902.8240625</x:v>
+        <x:v>45933.8235763889</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C36" s="0">
-        <x:v>0.66</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D36" s="0">
-        <x:v>3807.732</x:v>
+        <x:v>4143.434</x:v>
       </x:c>
       <x:c r="E36" s="0">
-        <x:v>3592.2</x:v>
+        <x:v>3908.9</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="1">
-        <x:v>45898.8248263889</x:v>
+        <x:v>45932.824525463</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C37" s="0">
-        <x:v>0.95</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D37" s="0">
-        <x:v>3727.066</x:v>
+        <x:v>4100.186</x:v>
       </x:c>
       <x:c r="E37" s="0">
-        <x:v>3516.1</x:v>
+        <x:v>3868.1</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="1">
-        <x:v>45897.8404166667</x:v>
+        <x:v>45931.8251041667</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C38" s="0">
-        <x:v>1.15</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D38" s="0">
-        <x:v>3682.758</x:v>
+        <x:v>4131.35</x:v>
       </x:c>
       <x:c r="E38" s="0">
-        <x:v>3474.3</x:v>
+        <x:v>3897.5</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="1">
-        <x:v>45896.8352314815</x:v>
+        <x:v>45930.8240046296</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C39" s="0">
-        <x:v>1.28</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D39" s="0">
-        <x:v>3655.516</x:v>
+        <x:v>4105.592</x:v>
       </x:c>
       <x:c r="E39" s="0">
-        <x:v>3448.6</x:v>
+        <x:v>3873.2</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="1">
-        <x:v>45895.8272800926</x:v>
+        <x:v>45929.8229398148</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C40" s="0">
-        <x:v>1.37</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D40" s="0">
-        <x:v>3638.98</x:v>
+        <x:v>4086.512</x:v>
       </x:c>
       <x:c r="E40" s="0">
-        <x:v>3433</x:v>
+        <x:v>3855.2</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="1">
-        <x:v>45894.8408449074</x:v>
+        <x:v>45926.8238888889</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C41" s="0">
-        <x:v>1.47</x:v>
+        <x:v>0.24</x:v>
       </x:c>
       <x:c r="D41" s="0">
-        <x:v>3622.55</x:v>
+        <x:v>4037.54</x:v>
       </x:c>
       <x:c r="E41" s="0">
-        <x:v>3417.5</x:v>
+        <x:v>3809</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="1">
-        <x:v>45891.8256018519</x:v>
+        <x:v>45925.8238657407</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C42" s="0">
-        <x:v>1.46</x:v>
+        <x:v>0.28</x:v>
       </x:c>
       <x:c r="D42" s="0">
-        <x:v>3623.61</x:v>
+        <x:v>3997.366</x:v>
       </x:c>
       <x:c r="E42" s="0">
-        <x:v>3418.5</x:v>
+        <x:v>3771.1</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="1">
-        <x:v>45890.8256597222</x:v>
+        <x:v>45924.8325347222</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C43" s="0">
-        <x:v>1.73</x:v>
+        <x:v>0.29</x:v>
       </x:c>
       <x:c r="D43" s="0">
-        <x:v>3584.496</x:v>
+        <x:v>3994.186</x:v>
       </x:c>
       <x:c r="E43" s="0">
-        <x:v>3381.6</x:v>
+        <x:v>3768.1</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="1">
-        <x:v>45889.8244675926</x:v>
+        <x:v>45923.8421527778</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C44" s="0">
-        <x:v>1.68</x:v>
+        <x:v>0.25</x:v>
       </x:c>
       <x:c r="D44" s="0">
-        <x:v>3591.81</x:v>
+        <x:v>4044.642</x:v>
       </x:c>
       <x:c r="E44" s="0">
-        <x:v>3388.5</x:v>
+        <x:v>3815.7</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="1">
-        <x:v>45888.8241782407</x:v>
+        <x:v>45922.8390625</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C45" s="0">
-        <x:v>1.92</x:v>
+        <x:v>0.29</x:v>
       </x:c>
       <x:c r="D45" s="0">
-        <x:v>3560.222</x:v>
+        <x:v>4001.606</x:v>
       </x:c>
       <x:c r="E45" s="0">
-        <x:v>3358.7</x:v>
+        <x:v>3775.1</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="1">
-        <x:v>45887.8261342593</x:v>
+        <x:v>45919.8403587963</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C46" s="0">
-        <x:v>1.78</x:v>
+        <x:v>0.39</x:v>
       </x:c>
       <x:c r="D46" s="0">
-        <x:v>3580.68</x:v>
+        <x:v>3928.148</x:v>
       </x:c>
       <x:c r="E46" s="0">
-        <x:v>3378</x:v>
+        <x:v>3705.8</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="1">
-        <x:v>45884.8236574074</x:v>
+        <x:v>45918.8309027778</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C47" s="0">
-        <x:v>1.75</x:v>
+        <x:v>0.44</x:v>
       </x:c>
       <x:c r="D47" s="0">
-        <x:v>3585.556</x:v>
+        <x:v>3898.998</x:v>
       </x:c>
       <x:c r="E47" s="0">
-        <x:v>3382.6</x:v>
+        <x:v>3678.3</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5">
       <x:c r="A48" s="1">
-        <x:v>45883.8470023148</x:v>
+        <x:v>45917.8347222222</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C48" s="0">
-        <x:v>1.75</x:v>
+        <x:v>0.38</x:v>
       </x:c>
       <x:c r="D48" s="0">
-        <x:v>3586.192</x:v>
+        <x:v>3940.868</x:v>
       </x:c>
       <x:c r="E48" s="0">
-        <x:v>3383.2</x:v>
+        <x:v>3717.8</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
       <x:c r="A49" s="1">
-        <x:v>45882.843125</x:v>
+        <x:v>45916.8237731481</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C49" s="0">
-        <x:v>1.58</x:v>
+        <x:v>0.37</x:v>
       </x:c>
       <x:c r="D49" s="0">
-        <x:v>3612.798</x:v>
+        <x:v>3948.606</x:v>
       </x:c>
       <x:c r="E49" s="0">
-        <x:v>3408.3</x:v>
+        <x:v>3725.1</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5">
       <x:c r="A50" s="1">
-        <x:v>45881.822662037</x:v>
+        <x:v>45915.8287152778</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C50" s="0">
-        <x:v>1.65</x:v>
+        <x:v>0.38</x:v>
       </x:c>
       <x:c r="D50" s="0">
-        <x:v>3602.94</x:v>
+        <x:v>3942.14</x:v>
       </x:c>
       <x:c r="E50" s="0">
-        <x:v>3399</x:v>
+        <x:v>3719</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5">
       <x:c r="A51" s="1">
-        <x:v>45880.8266898148</x:v>
+        <x:v>45912.8242824074</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C51" s="0">
-        <x:v>1.61</x:v>
+        <x:v>0.44</x:v>
       </x:c>
       <x:c r="D51" s="0">
-        <x:v>3608.982</x:v>
+        <x:v>3907.584</x:v>
       </x:c>
       <x:c r="E51" s="0">
-        <x:v>3404.7</x:v>
+        <x:v>3686.4</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5">
       <x:c r="A52" s="1">
-        <x:v>45877.8248032407</x:v>
+        <x:v>45911.8249305556</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C52" s="0">
-        <x:v>1.2</x:v>
+        <x:v>0.46</x:v>
       </x:c>
       <x:c r="D52" s="0">
-        <x:v>3700.778</x:v>
+        <x:v>3894.016</x:v>
       </x:c>
       <x:c r="E52" s="0">
-        <x:v>3491.3</x:v>
+        <x:v>3673.6</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5">
       <x:c r="A53" s="1">
-        <x:v>45876.8256134259</x:v>
+        <x:v>45910.8234375</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C53" s="0">
-        <x:v>1.41</x:v>
+        <x:v>0.44</x:v>
       </x:c>
       <x:c r="D53" s="0">
-        <x:v>3660.922</x:v>
+        <x:v>3902.92</x:v>
       </x:c>
       <x:c r="E53" s="0">
-        <x:v>3453.7</x:v>
+        <x:v>3682</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5">
       <x:c r="A54" s="1">
-        <x:v>45875.8240162037</x:v>
+        <x:v>45909.8234953704</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C54" s="0">
-        <x:v>1.54</x:v>
+        <x:v>0.44</x:v>
       </x:c>
       <x:c r="D54" s="0">
-        <x:v>3639.404</x:v>
+        <x:v>3903.132</x:v>
       </x:c>
       <x:c r="E54" s="0">
-        <x:v>3433.4</x:v>
+        <x:v>3682.2</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5">
       <x:c r="A55" s="1">
-        <x:v>45874.8240277778</x:v>
+        <x:v>45908.8227777778</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C55" s="0">
-        <x:v>1.54</x:v>
+        <x:v>0.45</x:v>
       </x:c>
       <x:c r="D55" s="0">
-        <x:v>3640.782</x:v>
+        <x:v>3898.044</x:v>
       </x:c>
       <x:c r="E55" s="0">
-        <x:v>3434.7</x:v>
+        <x:v>3677.4</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5">
       <x:c r="A56" s="1">
-        <x:v>45873.826400463</x:v>
+        <x:v>45905.8690740741</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C56" s="0">
-        <x:v>1.59</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="D56" s="0">
-        <x:v>3631.984</x:v>
+        <x:v>3872.498</x:v>
       </x:c>
       <x:c r="E56" s="0">
-        <x:v>3426.4</x:v>
+        <x:v>3653.3</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:5">
       <x:c r="A57" s="1">
-        <x:v>45870.8315277778</x:v>
+        <x:v>45904.8310416667</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C57" s="0">
-        <x:v>1.79</x:v>
+        <x:v>0.61</x:v>
       </x:c>
       <x:c r="D57" s="0">
-        <x:v>3603.788</x:v>
+        <x:v>3823.102</x:v>
       </x:c>
       <x:c r="E57" s="0">
-        <x:v>3399.8</x:v>
+        <x:v>3606.7</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:5">
       <x:c r="A58" s="1">
-        <x:v>45869.8289930556</x:v>
+        <x:v>45903.8280208333</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C58" s="0">
-        <x:v>2.28</x:v>
+        <x:v>0.55</x:v>
       </x:c>
       <x:c r="D58" s="0">
-        <x:v>3549.516</x:v>
+        <x:v>3853.63</x:v>
       </x:c>
       <x:c r="E58" s="0">
-        <x:v>3348.6</x:v>
+        <x:v>3635.5</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:5">
       <x:c r="A59" s="1">
-        <x:v>45868.8234606481</x:v>
+        <x:v>45902.8240625</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C59" s="0">
-        <x:v>2.24</x:v>
+        <x:v>0.66</x:v>
       </x:c>
       <x:c r="D59" s="0">
-        <x:v>3553.968</x:v>
+        <x:v>3807.732</x:v>
       </x:c>
       <x:c r="E59" s="0">
-        <x:v>3352.8</x:v>
+        <x:v>3592.2</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:5">
       <x:c r="A60" s="1">
-        <x:v>45867.8250694444</x:v>
+        <x:v>45898.8248263889</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C60" s="0">
-        <x:v>2.01</x:v>
+        <x:v>0.95</x:v>
       </x:c>
       <x:c r="D60" s="0">
-        <x:v>3584.072</x:v>
+        <x:v>3727.066</x:v>
       </x:c>
       <x:c r="E60" s="0">
-        <x:v>3381.2</x:v>
+        <x:v>3516.1</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:5">
       <x:c r="A61" s="1">
-        <x:v>45866.8322916667</x:v>
+        <x:v>45897.8404166667</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C61" s="0">
-        <x:v>2.13</x:v>
+        <x:v>1.15</x:v>
       </x:c>
       <x:c r="D61" s="0">
-        <x:v>3570.08</x:v>
+        <x:v>3682.758</x:v>
       </x:c>
       <x:c r="E61" s="0">
-        <x:v>3368</x:v>
+        <x:v>3474.3</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:5">
       <x:c r="A62" s="1">
-        <x:v>45863.8404166667</x:v>
+        <x:v>45896.8352314815</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C62" s="0">
-        <x:v>1.94</x:v>
+        <x:v>1.28</x:v>
       </x:c>
       <x:c r="D62" s="0">
-        <x:v>3596.05</x:v>
+        <x:v>3655.516</x:v>
       </x:c>
       <x:c r="E62" s="0">
-        <x:v>3392.5</x:v>
+        <x:v>3448.6</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:5">
       <x:c r="A63" s="1">
-        <x:v>45862.8566319444</x:v>
+        <x:v>45895.8272800926</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C63" s="0">
-        <x:v>1.67</x:v>
+        <x:v>1.37</x:v>
       </x:c>
       <x:c r="D63" s="0">
-        <x:v>3636.966</x:v>
+        <x:v>3638.98</x:v>
       </x:c>
       <x:c r="E63" s="0">
-        <x:v>3373.5</x:v>
+        <x:v>3433</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:5">
       <x:c r="A64" s="1">
-        <x:v>45861.8323842593</x:v>
+        <x:v>45894.8408449074</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C64" s="0">
-        <x:v>1.52</x:v>
+        <x:v>1.47</x:v>
       </x:c>
       <x:c r="D64" s="0">
-        <x:v>3601.456</x:v>
+        <x:v>3622.55</x:v>
       </x:c>
       <x:c r="E64" s="0">
-        <x:v>3397.6</x:v>
+        <x:v>3417.5</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:5">
       <x:c r="A65" s="1">
-        <x:v>45860.8328240741</x:v>
+        <x:v>45891.8256018519</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C65" s="0">
-        <x:v>1.28</x:v>
+        <x:v>1.46</x:v>
       </x:c>
       <x:c r="D65" s="0">
-        <x:v>3650.322</x:v>
+        <x:v>3623.61</x:v>
       </x:c>
       <x:c r="E65" s="0">
-        <x:v>3443.7</x:v>
+        <x:v>3418.5</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:5">
       <x:c r="A66" s="1">
-        <x:v>45859.8410185185</x:v>
+        <x:v>45890.8256597222</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C66" s="0">
-        <x:v>1.52</x:v>
+        <x:v>1.73</x:v>
       </x:c>
       <x:c r="D66" s="0">
-        <x:v>3610.784</x:v>
+        <x:v>3584.496</x:v>
       </x:c>
       <x:c r="E66" s="0">
-        <x:v>3406.4</x:v>
+        <x:v>3381.6</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:5">
       <x:c r="A67" s="1">
-        <x:v>45856.8230787037</x:v>
+        <x:v>45889.8244675926</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C67" s="0">
-        <x:v>1.9</x:v>
+        <x:v>1.68</x:v>
       </x:c>
       <x:c r="D67" s="0">
-        <x:v>3559.798</x:v>
+        <x:v>3591.81</x:v>
       </x:c>
       <x:c r="E67" s="0">
-        <x:v>3358.3</x:v>
+        <x:v>3388.5</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:5">
       <x:c r="A68" s="1">
-        <x:v>45855.8238657407</x:v>
+        <x:v>45888.8241782407</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C68" s="0">
-        <x:v>2.01</x:v>
+        <x:v>1.92</x:v>
       </x:c>
       <x:c r="D68" s="0">
-        <x:v>3546.018</x:v>
+        <x:v>3560.222</x:v>
       </x:c>
       <x:c r="E68" s="0">
-        <x:v>3345.3</x:v>
+        <x:v>3358.7</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:5">
       <x:c r="A69" s="1">
-        <x:v>45854.8590046296</x:v>
+        <x:v>45887.8261342593</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C69" s="0">
-        <x:v>1.9</x:v>
+        <x:v>1.78</x:v>
       </x:c>
       <x:c r="D69" s="0">
-        <x:v>3560.646</x:v>
+        <x:v>3580.68</x:v>
       </x:c>
       <x:c r="E69" s="0">
-        <x:v>3359.1</x:v>
+        <x:v>3378</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:5">
       <x:c r="A70" s="1">
-        <x:v>45853.8525925926</x:v>
+        <x:v>45884.8236574074</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C70" s="0">
-        <x:v>2.1</x:v>
+        <x:v>1.75</x:v>
       </x:c>
       <x:c r="D70" s="0">
-        <x:v>3536.902</x:v>
+        <x:v>3585.556</x:v>
       </x:c>
       <x:c r="E70" s="0">
-        <x:v>3336.7</x:v>
+        <x:v>3382.6</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:5">
       <x:c r="A71" s="1">
-        <x:v>45852.8231018518</x:v>
+        <x:v>45883.8470023148</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C71" s="0">
-        <x:v>1.93</x:v>
+        <x:v>1.75</x:v>
       </x:c>
       <x:c r="D71" s="0">
-        <x:v>3560.646</x:v>
+        <x:v>3586.192</x:v>
       </x:c>
       <x:c r="E71" s="0">
-        <x:v>3359.1</x:v>
+        <x:v>3383.2</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:5">
       <x:c r="A72" s="1">
-        <x:v>45849.8240046296</x:v>
+        <x:v>45882.843125</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C72" s="0">
-        <x:v>1.89</x:v>
+        <x:v>1.58</x:v>
       </x:c>
       <x:c r="D72" s="0">
-        <x:v>3565.84</x:v>
+        <x:v>3612.798</x:v>
       </x:c>
       <x:c r="E72" s="0">
-        <x:v>3364</x:v>
+        <x:v>3408.3</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:5">
       <x:c r="A73" s="1">
-        <x:v>45848.8285763889</x:v>
+        <x:v>45881.822662037</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C73" s="0">
-        <x:v>2.26</x:v>
+        <x:v>1.65</x:v>
       </x:c>
       <x:c r="D73" s="0">
-        <x:v>3525.242</x:v>
+        <x:v>3602.94</x:v>
       </x:c>
       <x:c r="E73" s="0">
-        <x:v>3325.7</x:v>
+        <x:v>3399</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:5">
       <x:c r="A74" s="1">
-        <x:v>45847.823587963</x:v>
+        <x:v>45880.8266898148</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C74" s="0">
-        <x:v>2.3</x:v>
+        <x:v>1.61</x:v>
       </x:c>
       <x:c r="D74" s="0">
-        <x:v>3520.26</x:v>
+        <x:v>3608.982</x:v>
       </x:c>
       <x:c r="E74" s="0">
-        <x:v>3321</x:v>
+        <x:v>3404.7</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:5">
       <x:c r="A75" s="1">
-        <x:v>45846.8267939815</x:v>
+        <x:v>45877.8248032407</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C75" s="0">
-        <x:v>2.34</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="D75" s="0">
-        <x:v>3515.914</x:v>
+        <x:v>3700.778</x:v>
       </x:c>
       <x:c r="E75" s="0">
-        <x:v>3316.9</x:v>
+        <x:v>3491.3</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:5">
       <x:c r="A76" s="1">
-        <x:v>45845.8307523148</x:v>
+        <x:v>45876.8256134259</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C76" s="0">
-        <x:v>2.12</x:v>
+        <x:v>1.41</x:v>
       </x:c>
       <x:c r="D76" s="0">
-        <x:v>3543.368</x:v>
+        <x:v>3660.922</x:v>
       </x:c>
       <x:c r="E76" s="0">
-        <x:v>3342.8</x:v>
+        <x:v>3453.7</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:5">
       <x:c r="A77" s="1">
-        <x:v>45841.8258449074</x:v>
+        <x:v>45875.8240162037</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C77" s="0">
-        <x:v>2.12</x:v>
+        <x:v>1.54</x:v>
       </x:c>
       <x:c r="D77" s="0">
-        <x:v>3543.474</x:v>
+        <x:v>3639.404</x:v>
       </x:c>
       <x:c r="E77" s="0">
-        <x:v>3342.9</x:v>
+        <x:v>3433.4</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:5">
       <x:c r="A78" s="1">
-        <x:v>45840.8229282407</x:v>
+        <x:v>45874.8240277778</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C78" s="0">
-        <x:v>1.98</x:v>
+        <x:v>1.54</x:v>
       </x:c>
       <x:c r="D78" s="0">
-        <x:v>3561.282</x:v>
+        <x:v>3640.782</x:v>
       </x:c>
       <x:c r="E78" s="0">
-        <x:v>3359.7</x:v>
+        <x:v>3434.7</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:5">
       <x:c r="A79" s="1">
-        <x:v>45839.8275810185</x:v>
+        <x:v>45873.826400463</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C79" s="0">
-        <x:v>2.07</x:v>
+        <x:v>1.59</x:v>
       </x:c>
       <x:c r="D79" s="0">
-        <x:v>3550.788</x:v>
+        <x:v>3631.984</x:v>
       </x:c>
       <x:c r="E79" s="0">
-        <x:v>3349.8</x:v>
+        <x:v>3426.4</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:5">
       <x:c r="A80" s="1">
-        <x:v>45838.8345601852</x:v>
+        <x:v>45870.8315277778</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C80" s="0">
-        <x:v>2.52</x:v>
+        <x:v>1.79</x:v>
       </x:c>
       <x:c r="D80" s="0">
-        <x:v>3506.162</x:v>
+        <x:v>3603.788</x:v>
       </x:c>
       <x:c r="E80" s="0">
-        <x:v>3307.7</x:v>
+        <x:v>3399.8</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:5">
       <x:c r="A81" s="1">
-        <x:v>45835.8364699074</x:v>
+        <x:v>45869.8289930556</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C81" s="0">
-        <x:v>2.76</x:v>
+        <x:v>2.28</x:v>
       </x:c>
       <x:c r="D81" s="0">
-        <x:v>3484.856</x:v>
+        <x:v>3549.516</x:v>
       </x:c>
       <x:c r="E81" s="0">
-        <x:v>3287.6</x:v>
+        <x:v>3348.6</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:5">
       <x:c r="A82" s="1">
-        <x:v>45834.8417013889</x:v>
+        <x:v>45868.8234606481</x:v>
       </x:c>
       <x:c r="B82" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C82" s="0">
-        <x:v>2.21</x:v>
+        <x:v>2.24</x:v>
       </x:c>
       <x:c r="D82" s="0">
-        <x:v>3548.88</x:v>
+        <x:v>3553.968</x:v>
       </x:c>
       <x:c r="E82" s="0">
-        <x:v>3348</x:v>
+        <x:v>3352.8</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:5">
       <x:c r="A83" s="1">
-        <x:v>45833.8280787037</x:v>
+        <x:v>45867.8250694444</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C83" s="0">
-        <x:v>2.26</x:v>
+        <x:v>2.01</x:v>
       </x:c>
       <x:c r="D83" s="0">
-        <x:v>3543.686</x:v>
+        <x:v>3584.072</x:v>
       </x:c>
       <x:c r="E83" s="0">
-        <x:v>3343.1</x:v>
+        <x:v>3381.2</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:5">
       <x:c r="A84" s="1">
-        <x:v>45832.8236689815</x:v>
+        <x:v>45866.8322916667</x:v>
       </x:c>
       <x:c r="B84" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C84" s="0">
-        <x:v>2.35</x:v>
+        <x:v>2.13</x:v>
       </x:c>
       <x:c r="D84" s="0">
-        <x:v>3533.934</x:v>
+        <x:v>3570.08</x:v>
       </x:c>
       <x:c r="E84" s="0">
-        <x:v>3333.9</x:v>
+        <x:v>3368</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:5">
       <x:c r="A85" s="1">
-        <x:v>45831.8248611111</x:v>
+        <x:v>45863.8404166667</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C85" s="0">
-        <x:v>1.88</x:v>
+        <x:v>1.94</x:v>
       </x:c>
       <x:c r="D85" s="0">
-        <x:v>3598.7</x:v>
+        <x:v>3596.05</x:v>
       </x:c>
       <x:c r="E85" s="0">
-        <x:v>3395</x:v>
+        <x:v>3392.5</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:5">
       <x:c r="A86" s="1">
-        <x:v>45828.8267013889</x:v>
+        <x:v>45862.8566319444</x:v>
       </x:c>
       <x:c r="B86" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C86" s="0">
-        <x:v>1.96</x:v>
+        <x:v>1.67</x:v>
       </x:c>
       <x:c r="D86" s="0">
-        <x:v>3588.842</x:v>
+        <x:v>3636.966</x:v>
       </x:c>
       <x:c r="E86" s="0">
-        <x:v>3385.7</x:v>
+        <x:v>3373.5</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:5">
       <x:c r="A87" s="1">
-        <x:v>45826.8327199074</x:v>
+        <x:v>45861.8323842593</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C87" s="0">
-        <x:v>1.79</x:v>
+        <x:v>1.52</x:v>
       </x:c>
       <x:c r="D87" s="0">
-        <x:v>3612.586</x:v>
+        <x:v>3601.456</x:v>
       </x:c>
       <x:c r="E87" s="0">
-        <x:v>3408.1</x:v>
+        <x:v>3397.6</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:5">
       <x:c r="A88" s="1">
-        <x:v>45825.8233101852</x:v>
+        <x:v>45860.8328240741</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C88" s="0">
-        <x:v>1.8</x:v>
+        <x:v>1.28</x:v>
       </x:c>
       <x:c r="D88" s="0">
-        <x:v>3611.314</x:v>
+        <x:v>3650.322</x:v>
       </x:c>
       <x:c r="E88" s="0">
-        <x:v>3406.9</x:v>
+        <x:v>3443.7</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:5">
       <x:c r="A89" s="1">
-        <x:v>45824.8368171296</x:v>
+        <x:v>45859.8410185185</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C89" s="0">
-        <x:v>1.73</x:v>
+        <x:v>1.52</x:v>
       </x:c>
       <x:c r="D89" s="0">
-        <x:v>3622.338</x:v>
+        <x:v>3610.784</x:v>
       </x:c>
       <x:c r="E89" s="0">
-        <x:v>3417.3</x:v>
+        <x:v>3406.4</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:5">
       <x:c r="A90" s="1">
-        <x:v>45821.829849537</x:v>
+        <x:v>45856.8230787037</x:v>
       </x:c>
       <x:c r="B90" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C90" s="0">
-        <x:v>1.51</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="D90" s="0">
-        <x:v>3659.968</x:v>
+        <x:v>3559.798</x:v>
       </x:c>
       <x:c r="E90" s="0">
-        <x:v>3452.8</x:v>
+        <x:v>3358.3</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:5">
       <x:c r="A91" s="1">
-        <x:v>45820.8298032407</x:v>
+        <x:v>45855.8238657407</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C91" s="0">
-        <x:v>1.91</x:v>
+        <x:v>2.01</x:v>
       </x:c>
       <x:c r="D91" s="0">
-        <x:v>3606.544</x:v>
+        <x:v>3546.018</x:v>
       </x:c>
       <x:c r="E91" s="0">
-        <x:v>3402.4</x:v>
+        <x:v>3345.3</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:5">
       <x:c r="A92" s="1">
-        <x:v>45819.8345486111</x:v>
+        <x:v>45854.8590046296</x:v>
       </x:c>
       <x:c r="B92" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C92" s="0">
-        <x:v>2.54</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="D92" s="0">
-        <x:v>3544.322</x:v>
+        <x:v>3560.646</x:v>
       </x:c>
       <x:c r="E92" s="0">
-        <x:v>3343.7</x:v>
+        <x:v>3359.1</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:5">
       <x:c r="A93" s="1">
-        <x:v>45818.8240972222</x:v>
+        <x:v>45853.8525925926</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C93" s="0">
-        <x:v>2.54</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="D93" s="0">
-        <x:v>3544.004</x:v>
+        <x:v>3536.902</x:v>
       </x:c>
       <x:c r="E93" s="0">
-        <x:v>3343.4</x:v>
+        <x:v>3336.7</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:5">
       <x:c r="A94" s="1">
-        <x:v>45817.8239467593</x:v>
+        <x:v>45852.8231018518</x:v>
       </x:c>
       <x:c r="B94" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C94" s="0">
-        <x:v>2.43</x:v>
+        <x:v>1.93</x:v>
       </x:c>
       <x:c r="D94" s="0">
-        <x:v>3556.194</x:v>
+        <x:v>3560.646</x:v>
       </x:c>
       <x:c r="E94" s="0">
-        <x:v>3354.9</x:v>
+        <x:v>3359.1</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:5">
       <x:c r="A95" s="1">
-        <x:v>45814.8280324074</x:v>
+        <x:v>45849.8240046296</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C95" s="0">
-        <x:v>2.52</x:v>
+        <x:v>1.89</x:v>
       </x:c>
       <x:c r="D95" s="0">
-        <x:v>3547.396</x:v>
+        <x:v>3565.84</x:v>
       </x:c>
       <x:c r="E95" s="0">
-        <x:v>3346.6</x:v>
+        <x:v>3364</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:5">
       <x:c r="A96" s="1">
-        <x:v>45813.8231828704</x:v>
+        <x:v>45848.8285763889</x:v>
       </x:c>
       <x:c r="B96" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C96" s="0">
         <x:v>2.26</x:v>
       </x:c>
       <x:c r="D96" s="0">
-        <x:v>3577.606</x:v>
+        <x:v>3525.242</x:v>
       </x:c>
       <x:c r="E96" s="0">
-        <x:v>3375.1</x:v>
+        <x:v>3325.7</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:5">
       <x:c r="A97" s="1">
-        <x:v>45812.8567824074</x:v>
+        <x:v>45847.823587963</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C97" s="0">
-        <x:v>2.05</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="D97" s="0">
-        <x:v>3603.152</x:v>
+        <x:v>3520.26</x:v>
       </x:c>
       <x:c r="E97" s="0">
-        <x:v>3399.2</x:v>
+        <x:v>3321</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:5">
       <x:c r="A98" s="1">
-        <x:v>45811.8941782407</x:v>
+        <x:v>45846.8267939815</x:v>
       </x:c>
       <x:c r="B98" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C98" s="0">
-        <x:v>2.26</x:v>
+        <x:v>2.34</x:v>
       </x:c>
       <x:c r="D98" s="0">
-        <x:v>3579.726</x:v>
+        <x:v>3515.914</x:v>
       </x:c>
       <x:c r="E98" s="0">
-        <x:v>3377.1</x:v>
+        <x:v>3316.9</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:5">
       <x:c r="A99" s="1">
-        <x:v>45811.8794907407</x:v>
+        <x:v>45845.8307523148</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C99" s="0">
-        <x:v>2.26</x:v>
+        <x:v>2.12</x:v>
       </x:c>
       <x:c r="D99" s="0">
-        <x:v>3579.726</x:v>
+        <x:v>3543.368</x:v>
       </x:c>
       <x:c r="E99" s="0">
-        <x:v>3377.1</x:v>
+        <x:v>3342.8</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:5">
       <x:c r="A100" s="1">
-        <x:v>45810.8625347222</x:v>
+        <x:v>45841.8258449074</x:v>
       </x:c>
       <x:c r="B100" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C100" s="0">
-        <x:v>2.09</x:v>
+        <x:v>2.12</x:v>
       </x:c>
       <x:c r="D100" s="0">
-        <x:v>3601.032</x:v>
+        <x:v>3543.474</x:v>
       </x:c>
       <x:c r="E100" s="0">
-        <x:v>3397.2</x:v>
+        <x:v>3342.9</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:5">
       <x:c r="A101" s="1">
-        <x:v>45810.8250462963</x:v>
+        <x:v>45840.8229282407</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C101" s="0">
-        <x:v>2.09</x:v>
+        <x:v>1.98</x:v>
       </x:c>
       <x:c r="D101" s="0">
-        <x:v>3601.032</x:v>
+        <x:v>3561.282</x:v>
       </x:c>
       <x:c r="E101" s="0">
-        <x:v>3397.2</x:v>
+        <x:v>3359.7</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:5">
       <x:c r="A102" s="1">
-        <x:v>45800.8238541667</x:v>
+        <x:v>45839.8275810185</x:v>
       </x:c>
       <x:c r="B102" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C102" s="0">
-        <x:v>2.42</x:v>
+        <x:v>2.07</x:v>
       </x:c>
       <x:c r="D102" s="0">
-        <x:v>3598.17</x:v>
+        <x:v>3550.788</x:v>
       </x:c>
       <x:c r="E102" s="0">
-        <x:v>3394.5</x:v>
+        <x:v>3349.8</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:5">
       <x:c r="A103" s="1">
-        <x:v>45799.8239583333</x:v>
+        <x:v>45838.8345601852</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C103" s="0">
-        <x:v>3.46</x:v>
+        <x:v>2.52</x:v>
       </x:c>
       <x:c r="D103" s="0">
-        <x:v>3523.016</x:v>
+        <x:v>3506.162</x:v>
       </x:c>
       <x:c r="E103" s="0">
-        <x:v>3295</x:v>
+        <x:v>3307.7</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:5">
       <x:c r="A104" s="1">
-        <x:v>45798.8240856481</x:v>
+        <x:v>45835.8364699074</x:v>
       </x:c>
       <x:c r="B104" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C104" s="0">
-        <x:v>3.21</x:v>
+        <x:v>2.76</x:v>
       </x:c>
       <x:c r="D104" s="0">
-        <x:v>3512.31</x:v>
+        <x:v>3484.856</x:v>
       </x:c>
       <x:c r="E104" s="0">
-        <x:v>3313.5</x:v>
+        <x:v>3287.6</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:5">
       <x:c r="A105" s="1">
-        <x:v>45797.8268402778</x:v>
+        <x:v>45834.8417013889</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C105" s="0">
-        <x:v>3.66</x:v>
+        <x:v>2.21</x:v>
       </x:c>
       <x:c r="D105" s="0">
-        <x:v>3481.676</x:v>
+        <x:v>3548.88</x:v>
       </x:c>
       <x:c r="E105" s="0">
-        <x:v>3284.6</x:v>
+        <x:v>3348</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:5">
       <x:c r="A106" s="1">
-        <x:v>45796.8311226852</x:v>
+        <x:v>45833.8280787037</x:v>
       </x:c>
       <x:c r="B106" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C106" s="0">
-        <x:v>4.7</x:v>
+        <x:v>2.26</x:v>
       </x:c>
       <x:c r="D106" s="0">
-        <x:v>3427.51</x:v>
+        <x:v>3543.686</x:v>
       </x:c>
       <x:c r="E106" s="0">
-        <x:v>3233.5</x:v>
+        <x:v>3343.1</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:5">
       <x:c r="A107" s="1">
-        <x:v>45793.82375</x:v>
+        <x:v>45832.8236689815</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C107" s="0">
-        <x:v>5.92</x:v>
+        <x:v>2.35</x:v>
       </x:c>
       <x:c r="D107" s="0">
-        <x:v>3378.432</x:v>
+        <x:v>3533.934</x:v>
       </x:c>
       <x:c r="E107" s="0">
-        <x:v>3187.2</x:v>
+        <x:v>3333.9</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:5">
       <x:c r="A108" s="1">
-        <x:v>45792.8270949074</x:v>
+        <x:v>45831.8248611111</x:v>
       </x:c>
       <x:c r="B108" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C108" s="0">
-        <x:v>5.06</x:v>
+        <x:v>1.88</x:v>
       </x:c>
       <x:c r="D108" s="0">
-        <x:v>3420.196</x:v>
+        <x:v>3598.7</x:v>
       </x:c>
       <x:c r="E108" s="0">
-        <x:v>3226.6</x:v>
+        <x:v>3395</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:5">
       <x:c r="A109" s="1">
-        <x:v>45791.8231712963</x:v>
+        <x:v>45828.8267013889</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C109" s="0">
-        <x:v>6.09</x:v>
+        <x:v>1.96</x:v>
       </x:c>
       <x:c r="D109" s="0">
-        <x:v>3379.598</x:v>
+        <x:v>3588.842</x:v>
       </x:c>
       <x:c r="E109" s="0">
-        <x:v>3188.3</x:v>
+        <x:v>3385.7</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:5">
       <x:c r="A110" s="1">
-        <x:v>45790.825</x:v>
+        <x:v>45826.8327199074</x:v>
       </x:c>
       <x:c r="B110" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C110" s="0">
-        <x:v>4.85</x:v>
+        <x:v>1.79</x:v>
       </x:c>
       <x:c r="D110" s="0">
-        <x:v>3442.668</x:v>
+        <x:v>3612.586</x:v>
       </x:c>
       <x:c r="E110" s="0">
-        <x:v>3247.8</x:v>
+        <x:v>3408.1</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:5">
       <x:c r="A111" s="1">
-        <x:v>45789.8237847222</x:v>
+        <x:v>45825.8233101852</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C111" s="0">
-        <x:v>5.31</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="D111" s="0">
-        <x:v>3421.68</x:v>
+        <x:v>3611.314</x:v>
       </x:c>
       <x:c r="E111" s="0">
-        <x:v>3228</x:v>
+        <x:v>3406.9</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:5">
       <x:c r="A112" s="1">
-        <x:v>45786.8321296296</x:v>
+        <x:v>45824.8368171296</x:v>
       </x:c>
       <x:c r="B112" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C112" s="0">
-        <x:v>3.58</x:v>
+        <x:v>1.73</x:v>
       </x:c>
       <x:c r="D112" s="0">
-        <x:v>3544.64</x:v>
+        <x:v>3622.338</x:v>
       </x:c>
       <x:c r="E112" s="0">
-        <x:v>3344</x:v>
+        <x:v>3417.3</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:5">
       <x:c r="A113" s="1">
-        <x:v>45785.8261805556</x:v>
+        <x:v>45821.829849537</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C113" s="0">
-        <x:v>4.27</x:v>
+        <x:v>1.51</x:v>
       </x:c>
       <x:c r="D113" s="0">
-        <x:v>3504.36</x:v>
+        <x:v>3659.968</x:v>
       </x:c>
       <x:c r="E113" s="0">
-        <x:v>3306</x:v>
+        <x:v>3452.8</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:5">
       <x:c r="A114" s="1">
-        <x:v>45784.8969907407</x:v>
+        <x:v>45820.8298032407</x:v>
       </x:c>
       <x:c r="B114" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C114" s="0">
-        <x:v>3.15</x:v>
+        <x:v>1.91</x:v>
       </x:c>
       <x:c r="D114" s="0">
-        <x:v>3595.414</x:v>
+        <x:v>3606.544</x:v>
       </x:c>
       <x:c r="E114" s="0">
-        <x:v>3391.9</x:v>
+        <x:v>3402.4</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:5">
       <x:c r="A115" s="1">
-        <x:v>45784.8529861111</x:v>
+        <x:v>45819.8345486111</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C115" s="0">
-        <x:v>3.15</x:v>
+        <x:v>2.54</x:v>
       </x:c>
       <x:c r="D115" s="0">
-        <x:v>3595.414</x:v>
+        <x:v>3544.322</x:v>
       </x:c>
       <x:c r="E115" s="0">
-        <x:v>3391.9</x:v>
+        <x:v>3343.7</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:5">
       <x:c r="A116" s="1">
-        <x:v>45783.8302430556</x:v>
+        <x:v>45818.8240972222</x:v>
       </x:c>
       <x:c r="B116" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C116" s="0">
-        <x:v>2.8</x:v>
+        <x:v>2.54</x:v>
       </x:c>
       <x:c r="D116" s="0">
-        <x:v>3628.168</x:v>
+        <x:v>3544.004</x:v>
       </x:c>
       <x:c r="E116" s="0">
-        <x:v>3422.8</x:v>
+        <x:v>3343.4</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:5">
       <x:c r="A117" s="1">
-        <x:v>45777.8390162037</x:v>
+        <x:v>45817.8239467593</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C117" s="0">
-        <x:v>5.61</x:v>
+        <x:v>2.43</x:v>
       </x:c>
       <x:c r="D117" s="0">
-        <x:v>3518.246</x:v>
+        <x:v>3556.194</x:v>
       </x:c>
       <x:c r="E117" s="0">
-        <x:v>3319.1</x:v>
+        <x:v>3354.9</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:5">
       <x:c r="A118" s="1">
-        <x:v>45776.8444328704</x:v>
+        <x:v>45814.8280324074</x:v>
       </x:c>
       <x:c r="B118" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C118" s="0">
-        <x:v>5.29</x:v>
+        <x:v>2.52</x:v>
       </x:c>
       <x:c r="D118" s="0">
-        <x:v>3533.616</x:v>
+        <x:v>3547.396</x:v>
       </x:c>
       <x:c r="E118" s="0">
-        <x:v>3333.6</x:v>
+        <x:v>3346.6</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:5">
       <x:c r="A119" s="1">
+        <x:v>45813.8231828704</x:v>
+      </x:c>
+      <x:c r="B119" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C119" s="0">
+        <x:v>2.26</x:v>
+      </x:c>
+      <x:c r="D119" s="0">
+        <x:v>3577.606</x:v>
+      </x:c>
+      <x:c r="E119" s="0">
+        <x:v>3375.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="120" spans="1:5">
+      <x:c r="A120" s="1">
+        <x:v>45812.8567824074</x:v>
+      </x:c>
+      <x:c r="B120" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C120" s="0">
+        <x:v>2.05</x:v>
+      </x:c>
+      <x:c r="D120" s="0">
+        <x:v>3603.152</x:v>
+      </x:c>
+      <x:c r="E120" s="0">
+        <x:v>3399.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="121" spans="1:5">
+      <x:c r="A121" s="1">
+        <x:v>45811.8941782407</x:v>
+      </x:c>
+      <x:c r="B121" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C121" s="0">
+        <x:v>2.26</x:v>
+      </x:c>
+      <x:c r="D121" s="0">
+        <x:v>3579.726</x:v>
+      </x:c>
+      <x:c r="E121" s="0">
+        <x:v>3377.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="122" spans="1:5">
+      <x:c r="A122" s="1">
+        <x:v>45811.8794907407</x:v>
+      </x:c>
+      <x:c r="B122" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C122" s="0">
+        <x:v>2.26</x:v>
+      </x:c>
+      <x:c r="D122" s="0">
+        <x:v>3579.726</x:v>
+      </x:c>
+      <x:c r="E122" s="0">
+        <x:v>3377.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="123" spans="1:5">
+      <x:c r="A123" s="1">
+        <x:v>45810.8625347222</x:v>
+      </x:c>
+      <x:c r="B123" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C123" s="0">
+        <x:v>2.09</x:v>
+      </x:c>
+      <x:c r="D123" s="0">
+        <x:v>3601.032</x:v>
+      </x:c>
+      <x:c r="E123" s="0">
+        <x:v>3397.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="124" spans="1:5">
+      <x:c r="A124" s="1">
+        <x:v>45810.8250462963</x:v>
+      </x:c>
+      <x:c r="B124" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C124" s="0">
+        <x:v>2.09</x:v>
+      </x:c>
+      <x:c r="D124" s="0">
+        <x:v>3601.032</x:v>
+      </x:c>
+      <x:c r="E124" s="0">
+        <x:v>3397.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="125" spans="1:5">
+      <x:c r="A125" s="1">
+        <x:v>45800.8238541667</x:v>
+      </x:c>
+      <x:c r="B125" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C125" s="0">
+        <x:v>2.42</x:v>
+      </x:c>
+      <x:c r="D125" s="0">
+        <x:v>3598.17</x:v>
+      </x:c>
+      <x:c r="E125" s="0">
+        <x:v>3394.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="126" spans="1:5">
+      <x:c r="A126" s="1">
+        <x:v>45799.8239583333</x:v>
+      </x:c>
+      <x:c r="B126" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C126" s="0">
+        <x:v>3.46</x:v>
+      </x:c>
+      <x:c r="D126" s="0">
+        <x:v>3523.016</x:v>
+      </x:c>
+      <x:c r="E126" s="0">
+        <x:v>3295</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="127" spans="1:5">
+      <x:c r="A127" s="1">
+        <x:v>45798.8240856481</x:v>
+      </x:c>
+      <x:c r="B127" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C127" s="0">
+        <x:v>3.21</x:v>
+      </x:c>
+      <x:c r="D127" s="0">
+        <x:v>3512.31</x:v>
+      </x:c>
+      <x:c r="E127" s="0">
+        <x:v>3313.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="128" spans="1:5">
+      <x:c r="A128" s="1">
+        <x:v>45797.8268402778</x:v>
+      </x:c>
+      <x:c r="B128" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C128" s="0">
+        <x:v>3.66</x:v>
+      </x:c>
+      <x:c r="D128" s="0">
+        <x:v>3481.676</x:v>
+      </x:c>
+      <x:c r="E128" s="0">
+        <x:v>3284.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="129" spans="1:5">
+      <x:c r="A129" s="1">
+        <x:v>45796.8311226852</x:v>
+      </x:c>
+      <x:c r="B129" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C129" s="0">
+        <x:v>4.7</x:v>
+      </x:c>
+      <x:c r="D129" s="0">
+        <x:v>3427.51</x:v>
+      </x:c>
+      <x:c r="E129" s="0">
+        <x:v>3233.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="130" spans="1:5">
+      <x:c r="A130" s="1">
+        <x:v>45793.82375</x:v>
+      </x:c>
+      <x:c r="B130" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C130" s="0">
+        <x:v>5.92</x:v>
+      </x:c>
+      <x:c r="D130" s="0">
+        <x:v>3378.432</x:v>
+      </x:c>
+      <x:c r="E130" s="0">
+        <x:v>3187.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="131" spans="1:5">
+      <x:c r="A131" s="1">
+        <x:v>45792.8270949074</x:v>
+      </x:c>
+      <x:c r="B131" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C131" s="0">
+        <x:v>5.06</x:v>
+      </x:c>
+      <x:c r="D131" s="0">
+        <x:v>3420.196</x:v>
+      </x:c>
+      <x:c r="E131" s="0">
+        <x:v>3226.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="132" spans="1:5">
+      <x:c r="A132" s="1">
+        <x:v>45791.8231712963</x:v>
+      </x:c>
+      <x:c r="B132" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C132" s="0">
+        <x:v>6.09</x:v>
+      </x:c>
+      <x:c r="D132" s="0">
+        <x:v>3379.598</x:v>
+      </x:c>
+      <x:c r="E132" s="0">
+        <x:v>3188.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="133" spans="1:5">
+      <x:c r="A133" s="1">
+        <x:v>45790.825</x:v>
+      </x:c>
+      <x:c r="B133" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C133" s="0">
+        <x:v>4.85</x:v>
+      </x:c>
+      <x:c r="D133" s="0">
+        <x:v>3442.668</x:v>
+      </x:c>
+      <x:c r="E133" s="0">
+        <x:v>3247.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="134" spans="1:5">
+      <x:c r="A134" s="1">
+        <x:v>45789.8237847222</x:v>
+      </x:c>
+      <x:c r="B134" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C134" s="0">
+        <x:v>5.31</x:v>
+      </x:c>
+      <x:c r="D134" s="0">
+        <x:v>3421.68</x:v>
+      </x:c>
+      <x:c r="E134" s="0">
+        <x:v>3228</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="135" spans="1:5">
+      <x:c r="A135" s="1">
+        <x:v>45786.8321296296</x:v>
+      </x:c>
+      <x:c r="B135" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C135" s="0">
+        <x:v>3.58</x:v>
+      </x:c>
+      <x:c r="D135" s="0">
+        <x:v>3544.64</x:v>
+      </x:c>
+      <x:c r="E135" s="0">
+        <x:v>3344</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="136" spans="1:5">
+      <x:c r="A136" s="1">
+        <x:v>45785.8261805556</x:v>
+      </x:c>
+      <x:c r="B136" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C136" s="0">
+        <x:v>4.27</x:v>
+      </x:c>
+      <x:c r="D136" s="0">
+        <x:v>3504.36</x:v>
+      </x:c>
+      <x:c r="E136" s="0">
+        <x:v>3306</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="137" spans="1:5">
+      <x:c r="A137" s="1">
+        <x:v>45784.8969907407</x:v>
+      </x:c>
+      <x:c r="B137" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C137" s="0">
+        <x:v>3.15</x:v>
+      </x:c>
+      <x:c r="D137" s="0">
+        <x:v>3595.414</x:v>
+      </x:c>
+      <x:c r="E137" s="0">
+        <x:v>3391.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="138" spans="1:5">
+      <x:c r="A138" s="1">
+        <x:v>45784.8529861111</x:v>
+      </x:c>
+      <x:c r="B138" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C138" s="0">
+        <x:v>3.15</x:v>
+      </x:c>
+      <x:c r="D138" s="0">
+        <x:v>3595.414</x:v>
+      </x:c>
+      <x:c r="E138" s="0">
+        <x:v>3391.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="139" spans="1:5">
+      <x:c r="A139" s="1">
+        <x:v>45783.8302430556</x:v>
+      </x:c>
+      <x:c r="B139" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C139" s="0">
+        <x:v>2.8</x:v>
+      </x:c>
+      <x:c r="D139" s="0">
+        <x:v>3628.168</x:v>
+      </x:c>
+      <x:c r="E139" s="0">
+        <x:v>3422.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="140" spans="1:5">
+      <x:c r="A140" s="1">
+        <x:v>45777.8390162037</x:v>
+      </x:c>
+      <x:c r="B140" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C140" s="0">
+        <x:v>5.61</x:v>
+      </x:c>
+      <x:c r="D140" s="0">
+        <x:v>3518.246</x:v>
+      </x:c>
+      <x:c r="E140" s="0">
+        <x:v>3319.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="141" spans="1:5">
+      <x:c r="A141" s="1">
+        <x:v>45776.8444328704</x:v>
+      </x:c>
+      <x:c r="B141" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C141" s="0">
+        <x:v>5.29</x:v>
+      </x:c>
+      <x:c r="D141" s="0">
+        <x:v>3533.616</x:v>
+      </x:c>
+      <x:c r="E141" s="0">
+        <x:v>3333.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="142" spans="1:5">
+      <x:c r="A142" s="1">
         <x:v>45775.8451157407</x:v>
       </x:c>
-      <x:c r="B119" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C119" s="0">
+      <x:c r="B142" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C142" s="0">
         <x:v>5</x:v>
       </x:c>
-      <x:c r="D119" s="0">
+      <x:c r="D142" s="0">
         <x:v>3548.562</x:v>
       </x:c>
-      <x:c r="E119" s="0">
+      <x:c r="E142" s="0">
         <x:v>3347.7</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>