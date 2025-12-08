--- v1 (2025-11-17)
+++ v2 (2025-12-08)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R874c7bd447774305" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8866d78ea45b4c788829a6d97ace04fb.psmdcp" Id="R37cde7a53a9e4ecf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R018746c71eec43b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f06a70bc502747dc8f5014f1b331857c.psmdcp" Id="R1f6b36336ed745dc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>NLBNPNL35552</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -390,2460 +390,2715 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E142"/>
+  <x:dimension ref="A1:E157"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>45975.8263425926</x:v>
+        <x:v>45999.8272106481</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>4339.852</x:v>
+        <x:v>4470.762</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>4094.2</x:v>
+        <x:v>4217.7</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>45974.8559722222</x:v>
+        <x:v>45996.8263194444</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>4446.17</x:v>
+        <x:v>4497.58</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>4194.5</x:v>
+        <x:v>4243</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>45973.8250115741</x:v>
+        <x:v>45995.8232291667</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>4466.416</x:v>
+        <x:v>4497.58</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>4213.6</x:v>
+        <x:v>4243</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>45972.8325115741</x:v>
+        <x:v>45994.8237152778</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>4363.278</x:v>
+        <x:v>4486.45</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>4116.3</x:v>
+        <x:v>4232.5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>45971.8316203704</x:v>
+        <x:v>45993.8229513889</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>4369.32</x:v>
+        <x:v>4474.048</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>4122</x:v>
+        <x:v>4220.8</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>45968.8265509259</x:v>
+        <x:v>45992.8242824074</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>4250.388</x:v>
+        <x:v>4531.288</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>4009.8</x:v>
+        <x:v>4274.8</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>45967.856724537</x:v>
+        <x:v>45989.8354861111</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>4230.46</x:v>
+        <x:v>4510.194</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>3991</x:v>
+        <x:v>4254.9</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>45967.8527893519</x:v>
+        <x:v>45987.8265162037</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>4230.46</x:v>
+        <x:v>4454.438</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>3991</x:v>
+        <x:v>4202.3</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>45967.8429050926</x:v>
+        <x:v>45986.8420601852</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>4230.46</x:v>
+        <x:v>4427.938</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>3991</x:v>
+        <x:v>4177.3</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>45967.8321412037</x:v>
+        <x:v>45985.8473148148</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C12" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>4230.46</x:v>
+        <x:v>4378.648</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>3991</x:v>
+        <x:v>4130.8</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>45966.8257638889</x:v>
+        <x:v>45982.8240972222</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>4232.474</x:v>
+        <x:v>4362.96</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>3992.9</x:v>
+        <x:v>4116</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>45965.8373263889</x:v>
+        <x:v>45981.8589236111</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C14" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>4198.13</x:v>
+        <x:v>4341.442</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>3960.5</x:v>
+        <x:v>4060</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>45964.8251041667</x:v>
+        <x:v>45980.8244791667</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>4254.84</x:v>
+        <x:v>4327.768</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>4014</x:v>
+        <x:v>4082.8</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>45961.7823032407</x:v>
+        <x:v>45979.8891898148</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C16" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>4236.29</x:v>
+        <x:v>4310.49</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>3996.5</x:v>
+        <x:v>4066.5</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>45960.7838310185</x:v>
+        <x:v>45978.8252083333</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C17" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>4256.854</x:v>
+        <x:v>4318.97</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>4015.9</x:v>
+        <x:v>4074.5</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>45959.7819328704</x:v>
+        <x:v>45975.8263425926</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>4240.742</x:v>
+        <x:v>4339.852</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>4000.7</x:v>
+        <x:v>4094.2</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>45958.7844444444</x:v>
+        <x:v>45974.8559722222</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C19" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>4222.086</x:v>
+        <x:v>4446.17</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>3983.1</x:v>
+        <x:v>4194.5</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
-        <x:v>45957.784849537</x:v>
+        <x:v>45973.8250115741</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C20" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>4260.882</x:v>
+        <x:v>4466.416</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>4019.7</x:v>
+        <x:v>4213.6</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="1">
-        <x:v>45954.8273726852</x:v>
+        <x:v>45972.8325115741</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C21" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D21" s="0">
-        <x:v>4386.068</x:v>
+        <x:v>4363.278</x:v>
       </x:c>
       <x:c r="E21" s="0">
-        <x:v>4137.8</x:v>
+        <x:v>4116.3</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="1">
-        <x:v>45953.8264236111</x:v>
+        <x:v>45971.8316203704</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C22" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D22" s="0">
-        <x:v>4394.336</x:v>
+        <x:v>4369.32</x:v>
       </x:c>
       <x:c r="E22" s="0">
-        <x:v>4145.6</x:v>
+        <x:v>4122</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="1">
-        <x:v>45952.8312615741</x:v>
+        <x:v>45968.8265509259</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C23" s="0">
         <x:v>0.04</x:v>
       </x:c>
       <x:c r="D23" s="0">
-        <x:v>4309.324</x:v>
+        <x:v>4250.388</x:v>
       </x:c>
       <x:c r="E23" s="0">
-        <x:v>4065.4</x:v>
+        <x:v>4009.8</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="1">
-        <x:v>45951.8353125</x:v>
+        <x:v>45967.856724537</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C24" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D24" s="0">
-        <x:v>4355.646</x:v>
+        <x:v>4230.46</x:v>
       </x:c>
       <x:c r="E24" s="0">
-        <x:v>4109.1</x:v>
+        <x:v>3991</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="1">
-        <x:v>45950.8514814815</x:v>
+        <x:v>45967.8527893519</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C25" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D25" s="0">
-        <x:v>4620.964</x:v>
+        <x:v>4230.46</x:v>
       </x:c>
       <x:c r="E25" s="0">
-        <x:v>4359.4</x:v>
+        <x:v>3991</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="1">
-        <x:v>45947.8256018519</x:v>
+        <x:v>45967.8429050926</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C26" s="0">
         <x:v>0.04</x:v>
       </x:c>
       <x:c r="D26" s="0">
-        <x:v>4466.098</x:v>
+        <x:v>4230.46</x:v>
       </x:c>
       <x:c r="E26" s="0">
-        <x:v>4213.3</x:v>
+        <x:v>3991</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="1">
-        <x:v>45946.8237847222</x:v>
+        <x:v>45967.8321412037</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C27" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D27" s="0">
-        <x:v>4562.876</x:v>
+        <x:v>4230.46</x:v>
       </x:c>
       <x:c r="E27" s="0">
-        <x:v>4304.6</x:v>
+        <x:v>3991</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="1">
-        <x:v>45945.8233680556</x:v>
+        <x:v>45966.8257638889</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C28" s="0">
         <x:v>0.04</x:v>
       </x:c>
       <x:c r="D28" s="0">
-        <x:v>4453.696</x:v>
+        <x:v>4232.474</x:v>
       </x:c>
       <x:c r="E28" s="0">
-        <x:v>4201.6</x:v>
+        <x:v>3992.9</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="1">
-        <x:v>45944.8282986111</x:v>
+        <x:v>45965.8373263889</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C29" s="0">
         <x:v>0.05</x:v>
       </x:c>
       <x:c r="D29" s="0">
-        <x:v>4413.204</x:v>
+        <x:v>4198.13</x:v>
       </x:c>
       <x:c r="E29" s="0">
-        <x:v>4163.4</x:v>
+        <x:v>3960.5</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="1">
-        <x:v>45943.8403472222</x:v>
+        <x:v>45964.8251041667</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C30" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D30" s="0">
-        <x:v>4380.98</x:v>
+        <x:v>4254.84</x:v>
       </x:c>
       <x:c r="E30" s="0">
-        <x:v>4133</x:v>
+        <x:v>4014</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="1">
-        <x:v>45940.8233449074</x:v>
+        <x:v>45961.7823032407</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C31" s="0">
-        <x:v>0.1</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D31" s="0">
-        <x:v>4240.424</x:v>
+        <x:v>4236.29</x:v>
       </x:c>
       <x:c r="E31" s="0">
-        <x:v>4000.4</x:v>
+        <x:v>3996.5</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="1">
-        <x:v>45939.8284953704</x:v>
+        <x:v>45960.7838310185</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C32" s="0">
-        <x:v>0.11</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D32" s="0">
-        <x:v>4210.956</x:v>
+        <x:v>4256.854</x:v>
       </x:c>
       <x:c r="E32" s="0">
-        <x:v>3972.6</x:v>
+        <x:v>4015.9</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="1">
-        <x:v>45938.8250231482</x:v>
+        <x:v>45959.7819328704</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C33" s="0">
-        <x:v>0.08</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D33" s="0">
-        <x:v>4314.73</x:v>
+        <x:v>4240.742</x:v>
       </x:c>
       <x:c r="E33" s="0">
-        <x:v>4070.5</x:v>
+        <x:v>4000.7</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="1">
-        <x:v>45937.8252314815</x:v>
+        <x:v>45958.7844444444</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C34" s="0">
-        <x:v>0.11</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D34" s="0">
-        <x:v>4244.664</x:v>
+        <x:v>4222.086</x:v>
       </x:c>
       <x:c r="E34" s="0">
-        <x:v>4004.4</x:v>
+        <x:v>3983.1</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="1">
-        <x:v>45936.8237384259</x:v>
+        <x:v>45957.784849537</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C35" s="0">
-        <x:v>0.12</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D35" s="0">
-        <x:v>4214.878</x:v>
+        <x:v>4260.882</x:v>
       </x:c>
       <x:c r="E35" s="0">
-        <x:v>3976.3</x:v>
+        <x:v>4019.7</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="1">
-        <x:v>45933.8235763889</x:v>
+        <x:v>45954.8273726852</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C36" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D36" s="0">
-        <x:v>4143.434</x:v>
+        <x:v>4386.068</x:v>
       </x:c>
       <x:c r="E36" s="0">
-        <x:v>3908.9</x:v>
+        <x:v>4137.8</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="1">
-        <x:v>45932.824525463</x:v>
+        <x:v>45953.8264236111</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C37" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D37" s="0">
-        <x:v>4100.186</x:v>
+        <x:v>4394.336</x:v>
       </x:c>
       <x:c r="E37" s="0">
-        <x:v>3868.1</x:v>
+        <x:v>4145.6</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="1">
-        <x:v>45931.8251041667</x:v>
+        <x:v>45952.8312615741</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C38" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D38" s="0">
-        <x:v>4131.35</x:v>
+        <x:v>4309.324</x:v>
       </x:c>
       <x:c r="E38" s="0">
-        <x:v>3897.5</x:v>
+        <x:v>4065.4</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="1">
-        <x:v>45930.8240046296</x:v>
+        <x:v>45951.8353125</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C39" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D39" s="0">
-        <x:v>4105.592</x:v>
+        <x:v>4355.646</x:v>
       </x:c>
       <x:c r="E39" s="0">
-        <x:v>3873.2</x:v>
+        <x:v>4109.1</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="1">
-        <x:v>45929.8229398148</x:v>
+        <x:v>45950.8514814815</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C40" s="0">
-        <x:v>0.2</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D40" s="0">
-        <x:v>4086.512</x:v>
+        <x:v>4620.964</x:v>
       </x:c>
       <x:c r="E40" s="0">
-        <x:v>3855.2</x:v>
+        <x:v>4359.4</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="1">
-        <x:v>45926.8238888889</x:v>
+        <x:v>45947.8256018519</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C41" s="0">
-        <x:v>0.24</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D41" s="0">
-        <x:v>4037.54</x:v>
+        <x:v>4466.098</x:v>
       </x:c>
       <x:c r="E41" s="0">
-        <x:v>3809</x:v>
+        <x:v>4213.3</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="1">
-        <x:v>45925.8238657407</x:v>
+        <x:v>45946.8237847222</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C42" s="0">
-        <x:v>0.28</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D42" s="0">
-        <x:v>3997.366</x:v>
+        <x:v>4562.876</x:v>
       </x:c>
       <x:c r="E42" s="0">
-        <x:v>3771.1</x:v>
+        <x:v>4304.6</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="1">
-        <x:v>45924.8325347222</x:v>
+        <x:v>45945.8233680556</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C43" s="0">
-        <x:v>0.29</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D43" s="0">
-        <x:v>3994.186</x:v>
+        <x:v>4453.696</x:v>
       </x:c>
       <x:c r="E43" s="0">
-        <x:v>3768.1</x:v>
+        <x:v>4201.6</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="1">
-        <x:v>45923.8421527778</x:v>
+        <x:v>45944.8282986111</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C44" s="0">
-        <x:v>0.25</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D44" s="0">
-        <x:v>4044.642</x:v>
+        <x:v>4413.204</x:v>
       </x:c>
       <x:c r="E44" s="0">
-        <x:v>3815.7</x:v>
+        <x:v>4163.4</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="1">
-        <x:v>45922.8390625</x:v>
+        <x:v>45943.8403472222</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C45" s="0">
-        <x:v>0.29</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D45" s="0">
-        <x:v>4001.606</x:v>
+        <x:v>4380.98</x:v>
       </x:c>
       <x:c r="E45" s="0">
-        <x:v>3775.1</x:v>
+        <x:v>4133</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="1">
-        <x:v>45919.8403587963</x:v>
+        <x:v>45940.8233449074</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C46" s="0">
-        <x:v>0.39</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D46" s="0">
-        <x:v>3928.148</x:v>
+        <x:v>4240.424</x:v>
       </x:c>
       <x:c r="E46" s="0">
-        <x:v>3705.8</x:v>
+        <x:v>4000.4</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="1">
-        <x:v>45918.8309027778</x:v>
+        <x:v>45939.8284953704</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C47" s="0">
-        <x:v>0.44</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D47" s="0">
-        <x:v>3898.998</x:v>
+        <x:v>4210.956</x:v>
       </x:c>
       <x:c r="E47" s="0">
-        <x:v>3678.3</x:v>
+        <x:v>3972.6</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5">
       <x:c r="A48" s="1">
-        <x:v>45917.8347222222</x:v>
+        <x:v>45938.8250231482</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C48" s="0">
-        <x:v>0.38</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D48" s="0">
-        <x:v>3940.868</x:v>
+        <x:v>4314.73</x:v>
       </x:c>
       <x:c r="E48" s="0">
-        <x:v>3717.8</x:v>
+        <x:v>4070.5</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
       <x:c r="A49" s="1">
-        <x:v>45916.8237731481</x:v>
+        <x:v>45937.8252314815</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C49" s="0">
-        <x:v>0.37</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D49" s="0">
-        <x:v>3948.606</x:v>
+        <x:v>4244.664</x:v>
       </x:c>
       <x:c r="E49" s="0">
-        <x:v>3725.1</x:v>
+        <x:v>4004.4</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5">
       <x:c r="A50" s="1">
-        <x:v>45915.8287152778</x:v>
+        <x:v>45936.8237384259</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C50" s="0">
-        <x:v>0.38</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D50" s="0">
-        <x:v>3942.14</x:v>
+        <x:v>4214.878</x:v>
       </x:c>
       <x:c r="E50" s="0">
-        <x:v>3719</x:v>
+        <x:v>3976.3</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5">
       <x:c r="A51" s="1">
-        <x:v>45912.8242824074</x:v>
+        <x:v>45933.8235763889</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C51" s="0">
-        <x:v>0.44</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D51" s="0">
-        <x:v>3907.584</x:v>
+        <x:v>4143.434</x:v>
       </x:c>
       <x:c r="E51" s="0">
-        <x:v>3686.4</x:v>
+        <x:v>3908.9</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5">
       <x:c r="A52" s="1">
-        <x:v>45911.8249305556</x:v>
+        <x:v>45932.824525463</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C52" s="0">
-        <x:v>0.46</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D52" s="0">
-        <x:v>3894.016</x:v>
+        <x:v>4100.186</x:v>
       </x:c>
       <x:c r="E52" s="0">
-        <x:v>3673.6</x:v>
+        <x:v>3868.1</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5">
       <x:c r="A53" s="1">
-        <x:v>45910.8234375</x:v>
+        <x:v>45931.8251041667</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C53" s="0">
-        <x:v>0.44</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D53" s="0">
-        <x:v>3902.92</x:v>
+        <x:v>4131.35</x:v>
       </x:c>
       <x:c r="E53" s="0">
-        <x:v>3682</x:v>
+        <x:v>3897.5</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5">
       <x:c r="A54" s="1">
-        <x:v>45909.8234953704</x:v>
+        <x:v>45930.8240046296</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C54" s="0">
-        <x:v>0.44</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D54" s="0">
-        <x:v>3903.132</x:v>
+        <x:v>4105.592</x:v>
       </x:c>
       <x:c r="E54" s="0">
-        <x:v>3682.2</x:v>
+        <x:v>3873.2</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5">
       <x:c r="A55" s="1">
-        <x:v>45908.8227777778</x:v>
+        <x:v>45929.8229398148</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C55" s="0">
-        <x:v>0.45</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D55" s="0">
-        <x:v>3898.044</x:v>
+        <x:v>4086.512</x:v>
       </x:c>
       <x:c r="E55" s="0">
-        <x:v>3677.4</x:v>
+        <x:v>3855.2</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5">
       <x:c r="A56" s="1">
-        <x:v>45905.8690740741</x:v>
+        <x:v>45926.8238888889</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C56" s="0">
-        <x:v>0.5</x:v>
+        <x:v>0.24</x:v>
       </x:c>
       <x:c r="D56" s="0">
-        <x:v>3872.498</x:v>
+        <x:v>4037.54</x:v>
       </x:c>
       <x:c r="E56" s="0">
-        <x:v>3653.3</x:v>
+        <x:v>3809</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:5">
       <x:c r="A57" s="1">
-        <x:v>45904.8310416667</x:v>
+        <x:v>45925.8238657407</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C57" s="0">
-        <x:v>0.61</x:v>
+        <x:v>0.28</x:v>
       </x:c>
       <x:c r="D57" s="0">
-        <x:v>3823.102</x:v>
+        <x:v>3997.366</x:v>
       </x:c>
       <x:c r="E57" s="0">
-        <x:v>3606.7</x:v>
+        <x:v>3771.1</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:5">
       <x:c r="A58" s="1">
-        <x:v>45903.8280208333</x:v>
+        <x:v>45924.8325347222</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C58" s="0">
-        <x:v>0.55</x:v>
+        <x:v>0.29</x:v>
       </x:c>
       <x:c r="D58" s="0">
-        <x:v>3853.63</x:v>
+        <x:v>3994.186</x:v>
       </x:c>
       <x:c r="E58" s="0">
-        <x:v>3635.5</x:v>
+        <x:v>3768.1</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:5">
       <x:c r="A59" s="1">
-        <x:v>45902.8240625</x:v>
+        <x:v>45923.8421527778</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C59" s="0">
-        <x:v>0.66</x:v>
+        <x:v>0.25</x:v>
       </x:c>
       <x:c r="D59" s="0">
-        <x:v>3807.732</x:v>
+        <x:v>4044.642</x:v>
       </x:c>
       <x:c r="E59" s="0">
-        <x:v>3592.2</x:v>
+        <x:v>3815.7</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:5">
       <x:c r="A60" s="1">
-        <x:v>45898.8248263889</x:v>
+        <x:v>45922.8390625</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C60" s="0">
-        <x:v>0.95</x:v>
+        <x:v>0.29</x:v>
       </x:c>
       <x:c r="D60" s="0">
-        <x:v>3727.066</x:v>
+        <x:v>4001.606</x:v>
       </x:c>
       <x:c r="E60" s="0">
-        <x:v>3516.1</x:v>
+        <x:v>3775.1</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:5">
       <x:c r="A61" s="1">
-        <x:v>45897.8404166667</x:v>
+        <x:v>45919.8403587963</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C61" s="0">
-        <x:v>1.15</x:v>
+        <x:v>0.39</x:v>
       </x:c>
       <x:c r="D61" s="0">
-        <x:v>3682.758</x:v>
+        <x:v>3928.148</x:v>
       </x:c>
       <x:c r="E61" s="0">
-        <x:v>3474.3</x:v>
+        <x:v>3705.8</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:5">
       <x:c r="A62" s="1">
-        <x:v>45896.8352314815</x:v>
+        <x:v>45918.8309027778</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C62" s="0">
-        <x:v>1.28</x:v>
+        <x:v>0.44</x:v>
       </x:c>
       <x:c r="D62" s="0">
-        <x:v>3655.516</x:v>
+        <x:v>3898.998</x:v>
       </x:c>
       <x:c r="E62" s="0">
-        <x:v>3448.6</x:v>
+        <x:v>3678.3</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:5">
       <x:c r="A63" s="1">
-        <x:v>45895.8272800926</x:v>
+        <x:v>45917.8347222222</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C63" s="0">
-        <x:v>1.37</x:v>
+        <x:v>0.38</x:v>
       </x:c>
       <x:c r="D63" s="0">
-        <x:v>3638.98</x:v>
+        <x:v>3940.868</x:v>
       </x:c>
       <x:c r="E63" s="0">
-        <x:v>3433</x:v>
+        <x:v>3717.8</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:5">
       <x:c r="A64" s="1">
-        <x:v>45894.8408449074</x:v>
+        <x:v>45916.8237731481</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C64" s="0">
-        <x:v>1.47</x:v>
+        <x:v>0.37</x:v>
       </x:c>
       <x:c r="D64" s="0">
-        <x:v>3622.55</x:v>
+        <x:v>3948.606</x:v>
       </x:c>
       <x:c r="E64" s="0">
-        <x:v>3417.5</x:v>
+        <x:v>3725.1</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:5">
       <x:c r="A65" s="1">
-        <x:v>45891.8256018519</x:v>
+        <x:v>45915.8287152778</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C65" s="0">
-        <x:v>1.46</x:v>
+        <x:v>0.38</x:v>
       </x:c>
       <x:c r="D65" s="0">
-        <x:v>3623.61</x:v>
+        <x:v>3942.14</x:v>
       </x:c>
       <x:c r="E65" s="0">
-        <x:v>3418.5</x:v>
+        <x:v>3719</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:5">
       <x:c r="A66" s="1">
-        <x:v>45890.8256597222</x:v>
+        <x:v>45912.8242824074</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C66" s="0">
-        <x:v>1.73</x:v>
+        <x:v>0.44</x:v>
       </x:c>
       <x:c r="D66" s="0">
-        <x:v>3584.496</x:v>
+        <x:v>3907.584</x:v>
       </x:c>
       <x:c r="E66" s="0">
-        <x:v>3381.6</x:v>
+        <x:v>3686.4</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:5">
       <x:c r="A67" s="1">
-        <x:v>45889.8244675926</x:v>
+        <x:v>45911.8249305556</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C67" s="0">
-        <x:v>1.68</x:v>
+        <x:v>0.46</x:v>
       </x:c>
       <x:c r="D67" s="0">
-        <x:v>3591.81</x:v>
+        <x:v>3894.016</x:v>
       </x:c>
       <x:c r="E67" s="0">
-        <x:v>3388.5</x:v>
+        <x:v>3673.6</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:5">
       <x:c r="A68" s="1">
-        <x:v>45888.8241782407</x:v>
+        <x:v>45910.8234375</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C68" s="0">
-        <x:v>1.92</x:v>
+        <x:v>0.44</x:v>
       </x:c>
       <x:c r="D68" s="0">
-        <x:v>3560.222</x:v>
+        <x:v>3902.92</x:v>
       </x:c>
       <x:c r="E68" s="0">
-        <x:v>3358.7</x:v>
+        <x:v>3682</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:5">
       <x:c r="A69" s="1">
-        <x:v>45887.8261342593</x:v>
+        <x:v>45909.8234953704</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C69" s="0">
-        <x:v>1.78</x:v>
+        <x:v>0.44</x:v>
       </x:c>
       <x:c r="D69" s="0">
-        <x:v>3580.68</x:v>
+        <x:v>3903.132</x:v>
       </x:c>
       <x:c r="E69" s="0">
-        <x:v>3378</x:v>
+        <x:v>3682.2</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:5">
       <x:c r="A70" s="1">
-        <x:v>45884.8236574074</x:v>
+        <x:v>45908.8227777778</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C70" s="0">
-        <x:v>1.75</x:v>
+        <x:v>0.45</x:v>
       </x:c>
       <x:c r="D70" s="0">
-        <x:v>3585.556</x:v>
+        <x:v>3898.044</x:v>
       </x:c>
       <x:c r="E70" s="0">
-        <x:v>3382.6</x:v>
+        <x:v>3677.4</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:5">
       <x:c r="A71" s="1">
-        <x:v>45883.8470023148</x:v>
+        <x:v>45905.8690740741</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C71" s="0">
-        <x:v>1.75</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="D71" s="0">
-        <x:v>3586.192</x:v>
+        <x:v>3872.498</x:v>
       </x:c>
       <x:c r="E71" s="0">
-        <x:v>3383.2</x:v>
+        <x:v>3653.3</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:5">
       <x:c r="A72" s="1">
-        <x:v>45882.843125</x:v>
+        <x:v>45904.8310416667</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C72" s="0">
-        <x:v>1.58</x:v>
+        <x:v>0.61</x:v>
       </x:c>
       <x:c r="D72" s="0">
-        <x:v>3612.798</x:v>
+        <x:v>3823.102</x:v>
       </x:c>
       <x:c r="E72" s="0">
-        <x:v>3408.3</x:v>
+        <x:v>3606.7</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:5">
       <x:c r="A73" s="1">
-        <x:v>45881.822662037</x:v>
+        <x:v>45903.8280208333</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C73" s="0">
-        <x:v>1.65</x:v>
+        <x:v>0.55</x:v>
       </x:c>
       <x:c r="D73" s="0">
-        <x:v>3602.94</x:v>
+        <x:v>3853.63</x:v>
       </x:c>
       <x:c r="E73" s="0">
-        <x:v>3399</x:v>
+        <x:v>3635.5</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:5">
       <x:c r="A74" s="1">
-        <x:v>45880.8266898148</x:v>
+        <x:v>45902.8240625</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C74" s="0">
-        <x:v>1.61</x:v>
+        <x:v>0.66</x:v>
       </x:c>
       <x:c r="D74" s="0">
-        <x:v>3608.982</x:v>
+        <x:v>3807.732</x:v>
       </x:c>
       <x:c r="E74" s="0">
-        <x:v>3404.7</x:v>
+        <x:v>3592.2</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:5">
       <x:c r="A75" s="1">
-        <x:v>45877.8248032407</x:v>
+        <x:v>45898.8248263889</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C75" s="0">
-        <x:v>1.2</x:v>
+        <x:v>0.95</x:v>
       </x:c>
       <x:c r="D75" s="0">
-        <x:v>3700.778</x:v>
+        <x:v>3727.066</x:v>
       </x:c>
       <x:c r="E75" s="0">
-        <x:v>3491.3</x:v>
+        <x:v>3516.1</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:5">
       <x:c r="A76" s="1">
-        <x:v>45876.8256134259</x:v>
+        <x:v>45897.8404166667</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C76" s="0">
-        <x:v>1.41</x:v>
+        <x:v>1.15</x:v>
       </x:c>
       <x:c r="D76" s="0">
-        <x:v>3660.922</x:v>
+        <x:v>3682.758</x:v>
       </x:c>
       <x:c r="E76" s="0">
-        <x:v>3453.7</x:v>
+        <x:v>3474.3</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:5">
       <x:c r="A77" s="1">
-        <x:v>45875.8240162037</x:v>
+        <x:v>45896.8352314815</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C77" s="0">
-        <x:v>1.54</x:v>
+        <x:v>1.28</x:v>
       </x:c>
       <x:c r="D77" s="0">
-        <x:v>3639.404</x:v>
+        <x:v>3655.516</x:v>
       </x:c>
       <x:c r="E77" s="0">
-        <x:v>3433.4</x:v>
+        <x:v>3448.6</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:5">
       <x:c r="A78" s="1">
-        <x:v>45874.8240277778</x:v>
+        <x:v>45895.8272800926</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C78" s="0">
-        <x:v>1.54</x:v>
+        <x:v>1.37</x:v>
       </x:c>
       <x:c r="D78" s="0">
-        <x:v>3640.782</x:v>
+        <x:v>3638.98</x:v>
       </x:c>
       <x:c r="E78" s="0">
-        <x:v>3434.7</x:v>
+        <x:v>3433</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:5">
       <x:c r="A79" s="1">
-        <x:v>45873.826400463</x:v>
+        <x:v>45894.8408449074</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C79" s="0">
-        <x:v>1.59</x:v>
+        <x:v>1.47</x:v>
       </x:c>
       <x:c r="D79" s="0">
-        <x:v>3631.984</x:v>
+        <x:v>3622.55</x:v>
       </x:c>
       <x:c r="E79" s="0">
-        <x:v>3426.4</x:v>
+        <x:v>3417.5</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:5">
       <x:c r="A80" s="1">
-        <x:v>45870.8315277778</x:v>
+        <x:v>45891.8256018519</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C80" s="0">
-        <x:v>1.79</x:v>
+        <x:v>1.46</x:v>
       </x:c>
       <x:c r="D80" s="0">
-        <x:v>3603.788</x:v>
+        <x:v>3623.61</x:v>
       </x:c>
       <x:c r="E80" s="0">
-        <x:v>3399.8</x:v>
+        <x:v>3418.5</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:5">
       <x:c r="A81" s="1">
-        <x:v>45869.8289930556</x:v>
+        <x:v>45890.8256597222</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C81" s="0">
-        <x:v>2.28</x:v>
+        <x:v>1.73</x:v>
       </x:c>
       <x:c r="D81" s="0">
-        <x:v>3549.516</x:v>
+        <x:v>3584.496</x:v>
       </x:c>
       <x:c r="E81" s="0">
-        <x:v>3348.6</x:v>
+        <x:v>3381.6</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:5">
       <x:c r="A82" s="1">
-        <x:v>45868.8234606481</x:v>
+        <x:v>45889.8244675926</x:v>
       </x:c>
       <x:c r="B82" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C82" s="0">
-        <x:v>2.24</x:v>
+        <x:v>1.68</x:v>
       </x:c>
       <x:c r="D82" s="0">
-        <x:v>3553.968</x:v>
+        <x:v>3591.81</x:v>
       </x:c>
       <x:c r="E82" s="0">
-        <x:v>3352.8</x:v>
+        <x:v>3388.5</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:5">
       <x:c r="A83" s="1">
-        <x:v>45867.8250694444</x:v>
+        <x:v>45888.8241782407</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C83" s="0">
-        <x:v>2.01</x:v>
+        <x:v>1.92</x:v>
       </x:c>
       <x:c r="D83" s="0">
-        <x:v>3584.072</x:v>
+        <x:v>3560.222</x:v>
       </x:c>
       <x:c r="E83" s="0">
-        <x:v>3381.2</x:v>
+        <x:v>3358.7</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:5">
       <x:c r="A84" s="1">
-        <x:v>45866.8322916667</x:v>
+        <x:v>45887.8261342593</x:v>
       </x:c>
       <x:c r="B84" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C84" s="0">
-        <x:v>2.13</x:v>
+        <x:v>1.78</x:v>
       </x:c>
       <x:c r="D84" s="0">
-        <x:v>3570.08</x:v>
+        <x:v>3580.68</x:v>
       </x:c>
       <x:c r="E84" s="0">
-        <x:v>3368</x:v>
+        <x:v>3378</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:5">
       <x:c r="A85" s="1">
-        <x:v>45863.8404166667</x:v>
+        <x:v>45884.8236574074</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C85" s="0">
-        <x:v>1.94</x:v>
+        <x:v>1.75</x:v>
       </x:c>
       <x:c r="D85" s="0">
-        <x:v>3596.05</x:v>
+        <x:v>3585.556</x:v>
       </x:c>
       <x:c r="E85" s="0">
-        <x:v>3392.5</x:v>
+        <x:v>3382.6</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:5">
       <x:c r="A86" s="1">
-        <x:v>45862.8566319444</x:v>
+        <x:v>45883.8470023148</x:v>
       </x:c>
       <x:c r="B86" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C86" s="0">
-        <x:v>1.67</x:v>
+        <x:v>1.75</x:v>
       </x:c>
       <x:c r="D86" s="0">
-        <x:v>3636.966</x:v>
+        <x:v>3586.192</x:v>
       </x:c>
       <x:c r="E86" s="0">
-        <x:v>3373.5</x:v>
+        <x:v>3383.2</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:5">
       <x:c r="A87" s="1">
-        <x:v>45861.8323842593</x:v>
+        <x:v>45882.843125</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C87" s="0">
-        <x:v>1.52</x:v>
+        <x:v>1.58</x:v>
       </x:c>
       <x:c r="D87" s="0">
-        <x:v>3601.456</x:v>
+        <x:v>3612.798</x:v>
       </x:c>
       <x:c r="E87" s="0">
-        <x:v>3397.6</x:v>
+        <x:v>3408.3</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:5">
       <x:c r="A88" s="1">
-        <x:v>45860.8328240741</x:v>
+        <x:v>45881.822662037</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C88" s="0">
-        <x:v>1.28</x:v>
+        <x:v>1.65</x:v>
       </x:c>
       <x:c r="D88" s="0">
-        <x:v>3650.322</x:v>
+        <x:v>3602.94</x:v>
       </x:c>
       <x:c r="E88" s="0">
-        <x:v>3443.7</x:v>
+        <x:v>3399</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:5">
       <x:c r="A89" s="1">
-        <x:v>45859.8410185185</x:v>
+        <x:v>45880.8266898148</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C89" s="0">
-        <x:v>1.52</x:v>
+        <x:v>1.61</x:v>
       </x:c>
       <x:c r="D89" s="0">
-        <x:v>3610.784</x:v>
+        <x:v>3608.982</x:v>
       </x:c>
       <x:c r="E89" s="0">
-        <x:v>3406.4</x:v>
+        <x:v>3404.7</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:5">
       <x:c r="A90" s="1">
-        <x:v>45856.8230787037</x:v>
+        <x:v>45877.8248032407</x:v>
       </x:c>
       <x:c r="B90" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C90" s="0">
-        <x:v>1.9</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="D90" s="0">
-        <x:v>3559.798</x:v>
+        <x:v>3700.778</x:v>
       </x:c>
       <x:c r="E90" s="0">
-        <x:v>3358.3</x:v>
+        <x:v>3491.3</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:5">
       <x:c r="A91" s="1">
-        <x:v>45855.8238657407</x:v>
+        <x:v>45876.8256134259</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C91" s="0">
-        <x:v>2.01</x:v>
+        <x:v>1.41</x:v>
       </x:c>
       <x:c r="D91" s="0">
-        <x:v>3546.018</x:v>
+        <x:v>3660.922</x:v>
       </x:c>
       <x:c r="E91" s="0">
-        <x:v>3345.3</x:v>
+        <x:v>3453.7</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:5">
       <x:c r="A92" s="1">
-        <x:v>45854.8590046296</x:v>
+        <x:v>45875.8240162037</x:v>
       </x:c>
       <x:c r="B92" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C92" s="0">
-        <x:v>1.9</x:v>
+        <x:v>1.54</x:v>
       </x:c>
       <x:c r="D92" s="0">
-        <x:v>3560.646</x:v>
+        <x:v>3639.404</x:v>
       </x:c>
       <x:c r="E92" s="0">
-        <x:v>3359.1</x:v>
+        <x:v>3433.4</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:5">
       <x:c r="A93" s="1">
-        <x:v>45853.8525925926</x:v>
+        <x:v>45874.8240277778</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C93" s="0">
-        <x:v>2.1</x:v>
+        <x:v>1.54</x:v>
       </x:c>
       <x:c r="D93" s="0">
-        <x:v>3536.902</x:v>
+        <x:v>3640.782</x:v>
       </x:c>
       <x:c r="E93" s="0">
-        <x:v>3336.7</x:v>
+        <x:v>3434.7</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:5">
       <x:c r="A94" s="1">
-        <x:v>45852.8231018518</x:v>
+        <x:v>45873.826400463</x:v>
       </x:c>
       <x:c r="B94" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C94" s="0">
-        <x:v>1.93</x:v>
+        <x:v>1.59</x:v>
       </x:c>
       <x:c r="D94" s="0">
-        <x:v>3560.646</x:v>
+        <x:v>3631.984</x:v>
       </x:c>
       <x:c r="E94" s="0">
-        <x:v>3359.1</x:v>
+        <x:v>3426.4</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:5">
       <x:c r="A95" s="1">
-        <x:v>45849.8240046296</x:v>
+        <x:v>45870.8315277778</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C95" s="0">
-        <x:v>1.89</x:v>
+        <x:v>1.79</x:v>
       </x:c>
       <x:c r="D95" s="0">
-        <x:v>3565.84</x:v>
+        <x:v>3603.788</x:v>
       </x:c>
       <x:c r="E95" s="0">
-        <x:v>3364</x:v>
+        <x:v>3399.8</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:5">
       <x:c r="A96" s="1">
-        <x:v>45848.8285763889</x:v>
+        <x:v>45869.8289930556</x:v>
       </x:c>
       <x:c r="B96" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C96" s="0">
-        <x:v>2.26</x:v>
+        <x:v>2.28</x:v>
       </x:c>
       <x:c r="D96" s="0">
-        <x:v>3525.242</x:v>
+        <x:v>3549.516</x:v>
       </x:c>
       <x:c r="E96" s="0">
-        <x:v>3325.7</x:v>
+        <x:v>3348.6</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:5">
       <x:c r="A97" s="1">
-        <x:v>45847.823587963</x:v>
+        <x:v>45868.8234606481</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C97" s="0">
-        <x:v>2.3</x:v>
+        <x:v>2.24</x:v>
       </x:c>
       <x:c r="D97" s="0">
-        <x:v>3520.26</x:v>
+        <x:v>3553.968</x:v>
       </x:c>
       <x:c r="E97" s="0">
-        <x:v>3321</x:v>
+        <x:v>3352.8</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:5">
       <x:c r="A98" s="1">
-        <x:v>45846.8267939815</x:v>
+        <x:v>45867.8250694444</x:v>
       </x:c>
       <x:c r="B98" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C98" s="0">
-        <x:v>2.34</x:v>
+        <x:v>2.01</x:v>
       </x:c>
       <x:c r="D98" s="0">
-        <x:v>3515.914</x:v>
+        <x:v>3584.072</x:v>
       </x:c>
       <x:c r="E98" s="0">
-        <x:v>3316.9</x:v>
+        <x:v>3381.2</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:5">
       <x:c r="A99" s="1">
-        <x:v>45845.8307523148</x:v>
+        <x:v>45866.8322916667</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C99" s="0">
-        <x:v>2.12</x:v>
+        <x:v>2.13</x:v>
       </x:c>
       <x:c r="D99" s="0">
-        <x:v>3543.368</x:v>
+        <x:v>3570.08</x:v>
       </x:c>
       <x:c r="E99" s="0">
-        <x:v>3342.8</x:v>
+        <x:v>3368</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:5">
       <x:c r="A100" s="1">
-        <x:v>45841.8258449074</x:v>
+        <x:v>45863.8404166667</x:v>
       </x:c>
       <x:c r="B100" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C100" s="0">
-        <x:v>2.12</x:v>
+        <x:v>1.94</x:v>
       </x:c>
       <x:c r="D100" s="0">
-        <x:v>3543.474</x:v>
+        <x:v>3596.05</x:v>
       </x:c>
       <x:c r="E100" s="0">
-        <x:v>3342.9</x:v>
+        <x:v>3392.5</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:5">
       <x:c r="A101" s="1">
-        <x:v>45840.8229282407</x:v>
+        <x:v>45862.8566319444</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C101" s="0">
-        <x:v>1.98</x:v>
+        <x:v>1.67</x:v>
       </x:c>
       <x:c r="D101" s="0">
-        <x:v>3561.282</x:v>
+        <x:v>3636.966</x:v>
       </x:c>
       <x:c r="E101" s="0">
-        <x:v>3359.7</x:v>
+        <x:v>3373.5</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:5">
       <x:c r="A102" s="1">
-        <x:v>45839.8275810185</x:v>
+        <x:v>45861.8323842593</x:v>
       </x:c>
       <x:c r="B102" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C102" s="0">
-        <x:v>2.07</x:v>
+        <x:v>1.52</x:v>
       </x:c>
       <x:c r="D102" s="0">
-        <x:v>3550.788</x:v>
+        <x:v>3601.456</x:v>
       </x:c>
       <x:c r="E102" s="0">
-        <x:v>3349.8</x:v>
+        <x:v>3397.6</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:5">
       <x:c r="A103" s="1">
-        <x:v>45838.8345601852</x:v>
+        <x:v>45860.8328240741</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C103" s="0">
-        <x:v>2.52</x:v>
+        <x:v>1.28</x:v>
       </x:c>
       <x:c r="D103" s="0">
-        <x:v>3506.162</x:v>
+        <x:v>3650.322</x:v>
       </x:c>
       <x:c r="E103" s="0">
-        <x:v>3307.7</x:v>
+        <x:v>3443.7</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:5">
       <x:c r="A104" s="1">
-        <x:v>45835.8364699074</x:v>
+        <x:v>45859.8410185185</x:v>
       </x:c>
       <x:c r="B104" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C104" s="0">
-        <x:v>2.76</x:v>
+        <x:v>1.52</x:v>
       </x:c>
       <x:c r="D104" s="0">
-        <x:v>3484.856</x:v>
+        <x:v>3610.784</x:v>
       </x:c>
       <x:c r="E104" s="0">
-        <x:v>3287.6</x:v>
+        <x:v>3406.4</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:5">
       <x:c r="A105" s="1">
-        <x:v>45834.8417013889</x:v>
+        <x:v>45856.8230787037</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C105" s="0">
-        <x:v>2.21</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="D105" s="0">
-        <x:v>3548.88</x:v>
+        <x:v>3559.798</x:v>
       </x:c>
       <x:c r="E105" s="0">
-        <x:v>3348</x:v>
+        <x:v>3358.3</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:5">
       <x:c r="A106" s="1">
-        <x:v>45833.8280787037</x:v>
+        <x:v>45855.8238657407</x:v>
       </x:c>
       <x:c r="B106" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C106" s="0">
-        <x:v>2.26</x:v>
+        <x:v>2.01</x:v>
       </x:c>
       <x:c r="D106" s="0">
-        <x:v>3543.686</x:v>
+        <x:v>3546.018</x:v>
       </x:c>
       <x:c r="E106" s="0">
-        <x:v>3343.1</x:v>
+        <x:v>3345.3</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:5">
       <x:c r="A107" s="1">
-        <x:v>45832.8236689815</x:v>
+        <x:v>45854.8590046296</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C107" s="0">
-        <x:v>2.35</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="D107" s="0">
-        <x:v>3533.934</x:v>
+        <x:v>3560.646</x:v>
       </x:c>
       <x:c r="E107" s="0">
-        <x:v>3333.9</x:v>
+        <x:v>3359.1</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:5">
       <x:c r="A108" s="1">
-        <x:v>45831.8248611111</x:v>
+        <x:v>45853.8525925926</x:v>
       </x:c>
       <x:c r="B108" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C108" s="0">
-        <x:v>1.88</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="D108" s="0">
-        <x:v>3598.7</x:v>
+        <x:v>3536.902</x:v>
       </x:c>
       <x:c r="E108" s="0">
-        <x:v>3395</x:v>
+        <x:v>3336.7</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:5">
       <x:c r="A109" s="1">
-        <x:v>45828.8267013889</x:v>
+        <x:v>45852.8231018518</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C109" s="0">
-        <x:v>1.96</x:v>
+        <x:v>1.93</x:v>
       </x:c>
       <x:c r="D109" s="0">
-        <x:v>3588.842</x:v>
+        <x:v>3560.646</x:v>
       </x:c>
       <x:c r="E109" s="0">
-        <x:v>3385.7</x:v>
+        <x:v>3359.1</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:5">
       <x:c r="A110" s="1">
-        <x:v>45826.8327199074</x:v>
+        <x:v>45849.8240046296</x:v>
       </x:c>
       <x:c r="B110" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C110" s="0">
-        <x:v>1.79</x:v>
+        <x:v>1.89</x:v>
       </x:c>
       <x:c r="D110" s="0">
-        <x:v>3612.586</x:v>
+        <x:v>3565.84</x:v>
       </x:c>
       <x:c r="E110" s="0">
-        <x:v>3408.1</x:v>
+        <x:v>3364</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:5">
       <x:c r="A111" s="1">
-        <x:v>45825.8233101852</x:v>
+        <x:v>45848.8285763889</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C111" s="0">
-        <x:v>1.8</x:v>
+        <x:v>2.26</x:v>
       </x:c>
       <x:c r="D111" s="0">
-        <x:v>3611.314</x:v>
+        <x:v>3525.242</x:v>
       </x:c>
       <x:c r="E111" s="0">
-        <x:v>3406.9</x:v>
+        <x:v>3325.7</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:5">
       <x:c r="A112" s="1">
-        <x:v>45824.8368171296</x:v>
+        <x:v>45847.823587963</x:v>
       </x:c>
       <x:c r="B112" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C112" s="0">
-        <x:v>1.73</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="D112" s="0">
-        <x:v>3622.338</x:v>
+        <x:v>3520.26</x:v>
       </x:c>
       <x:c r="E112" s="0">
-        <x:v>3417.3</x:v>
+        <x:v>3321</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:5">
       <x:c r="A113" s="1">
-        <x:v>45821.829849537</x:v>
+        <x:v>45846.8267939815</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C113" s="0">
-        <x:v>1.51</x:v>
+        <x:v>2.34</x:v>
       </x:c>
       <x:c r="D113" s="0">
-        <x:v>3659.968</x:v>
+        <x:v>3515.914</x:v>
       </x:c>
       <x:c r="E113" s="0">
-        <x:v>3452.8</x:v>
+        <x:v>3316.9</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:5">
       <x:c r="A114" s="1">
-        <x:v>45820.8298032407</x:v>
+        <x:v>45845.8307523148</x:v>
       </x:c>
       <x:c r="B114" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C114" s="0">
-        <x:v>1.91</x:v>
+        <x:v>2.12</x:v>
       </x:c>
       <x:c r="D114" s="0">
-        <x:v>3606.544</x:v>
+        <x:v>3543.368</x:v>
       </x:c>
       <x:c r="E114" s="0">
-        <x:v>3402.4</x:v>
+        <x:v>3342.8</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:5">
       <x:c r="A115" s="1">
-        <x:v>45819.8345486111</x:v>
+        <x:v>45841.8258449074</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C115" s="0">
-        <x:v>2.54</x:v>
+        <x:v>2.12</x:v>
       </x:c>
       <x:c r="D115" s="0">
-        <x:v>3544.322</x:v>
+        <x:v>3543.474</x:v>
       </x:c>
       <x:c r="E115" s="0">
-        <x:v>3343.7</x:v>
+        <x:v>3342.9</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:5">
       <x:c r="A116" s="1">
-        <x:v>45818.8240972222</x:v>
+        <x:v>45840.8229282407</x:v>
       </x:c>
       <x:c r="B116" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C116" s="0">
-        <x:v>2.54</x:v>
+        <x:v>1.98</x:v>
       </x:c>
       <x:c r="D116" s="0">
-        <x:v>3544.004</x:v>
+        <x:v>3561.282</x:v>
       </x:c>
       <x:c r="E116" s="0">
-        <x:v>3343.4</x:v>
+        <x:v>3359.7</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:5">
       <x:c r="A117" s="1">
-        <x:v>45817.8239467593</x:v>
+        <x:v>45839.8275810185</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C117" s="0">
-        <x:v>2.43</x:v>
+        <x:v>2.07</x:v>
       </x:c>
       <x:c r="D117" s="0">
-        <x:v>3556.194</x:v>
+        <x:v>3550.788</x:v>
       </x:c>
       <x:c r="E117" s="0">
-        <x:v>3354.9</x:v>
+        <x:v>3349.8</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:5">
       <x:c r="A118" s="1">
-        <x:v>45814.8280324074</x:v>
+        <x:v>45838.8345601852</x:v>
       </x:c>
       <x:c r="B118" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C118" s="0">
         <x:v>2.52</x:v>
       </x:c>
       <x:c r="D118" s="0">
-        <x:v>3547.396</x:v>
+        <x:v>3506.162</x:v>
       </x:c>
       <x:c r="E118" s="0">
-        <x:v>3346.6</x:v>
+        <x:v>3307.7</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:5">
       <x:c r="A119" s="1">
-        <x:v>45813.8231828704</x:v>
+        <x:v>45835.8364699074</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C119" s="0">
-        <x:v>2.26</x:v>
+        <x:v>2.76</x:v>
       </x:c>
       <x:c r="D119" s="0">
-        <x:v>3577.606</x:v>
+        <x:v>3484.856</x:v>
       </x:c>
       <x:c r="E119" s="0">
-        <x:v>3375.1</x:v>
+        <x:v>3287.6</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:5">
       <x:c r="A120" s="1">
-        <x:v>45812.8567824074</x:v>
+        <x:v>45834.8417013889</x:v>
       </x:c>
       <x:c r="B120" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C120" s="0">
-        <x:v>2.05</x:v>
+        <x:v>2.21</x:v>
       </x:c>
       <x:c r="D120" s="0">
-        <x:v>3603.152</x:v>
+        <x:v>3548.88</x:v>
       </x:c>
       <x:c r="E120" s="0">
-        <x:v>3399.2</x:v>
+        <x:v>3348</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:5">
       <x:c r="A121" s="1">
-        <x:v>45811.8941782407</x:v>
+        <x:v>45833.8280787037</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C121" s="0">
         <x:v>2.26</x:v>
       </x:c>
       <x:c r="D121" s="0">
-        <x:v>3579.726</x:v>
+        <x:v>3543.686</x:v>
       </x:c>
       <x:c r="E121" s="0">
-        <x:v>3377.1</x:v>
+        <x:v>3343.1</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:5">
       <x:c r="A122" s="1">
-        <x:v>45811.8794907407</x:v>
+        <x:v>45832.8236689815</x:v>
       </x:c>
       <x:c r="B122" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C122" s="0">
-        <x:v>2.26</x:v>
+        <x:v>2.35</x:v>
       </x:c>
       <x:c r="D122" s="0">
-        <x:v>3579.726</x:v>
+        <x:v>3533.934</x:v>
       </x:c>
       <x:c r="E122" s="0">
-        <x:v>3377.1</x:v>
+        <x:v>3333.9</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:5">
       <x:c r="A123" s="1">
-        <x:v>45810.8625347222</x:v>
+        <x:v>45831.8248611111</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C123" s="0">
-        <x:v>2.09</x:v>
+        <x:v>1.88</x:v>
       </x:c>
       <x:c r="D123" s="0">
-        <x:v>3601.032</x:v>
+        <x:v>3598.7</x:v>
       </x:c>
       <x:c r="E123" s="0">
-        <x:v>3397.2</x:v>
+        <x:v>3395</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:5">
       <x:c r="A124" s="1">
-        <x:v>45810.8250462963</x:v>
+        <x:v>45828.8267013889</x:v>
       </x:c>
       <x:c r="B124" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C124" s="0">
-        <x:v>2.09</x:v>
+        <x:v>1.96</x:v>
       </x:c>
       <x:c r="D124" s="0">
-        <x:v>3601.032</x:v>
+        <x:v>3588.842</x:v>
       </x:c>
       <x:c r="E124" s="0">
-        <x:v>3397.2</x:v>
+        <x:v>3385.7</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:5">
       <x:c r="A125" s="1">
-        <x:v>45800.8238541667</x:v>
+        <x:v>45826.8327199074</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C125" s="0">
-        <x:v>2.42</x:v>
+        <x:v>1.79</x:v>
       </x:c>
       <x:c r="D125" s="0">
-        <x:v>3598.17</x:v>
+        <x:v>3612.586</x:v>
       </x:c>
       <x:c r="E125" s="0">
-        <x:v>3394.5</x:v>
+        <x:v>3408.1</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:5">
       <x:c r="A126" s="1">
-        <x:v>45799.8239583333</x:v>
+        <x:v>45825.8233101852</x:v>
       </x:c>
       <x:c r="B126" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C126" s="0">
-        <x:v>3.46</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="D126" s="0">
-        <x:v>3523.016</x:v>
+        <x:v>3611.314</x:v>
       </x:c>
       <x:c r="E126" s="0">
-        <x:v>3295</x:v>
+        <x:v>3406.9</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:5">
       <x:c r="A127" s="1">
-        <x:v>45798.8240856481</x:v>
+        <x:v>45824.8368171296</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C127" s="0">
-        <x:v>3.21</x:v>
+        <x:v>1.73</x:v>
       </x:c>
       <x:c r="D127" s="0">
-        <x:v>3512.31</x:v>
+        <x:v>3622.338</x:v>
       </x:c>
       <x:c r="E127" s="0">
-        <x:v>3313.5</x:v>
+        <x:v>3417.3</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:5">
       <x:c r="A128" s="1">
-        <x:v>45797.8268402778</x:v>
+        <x:v>45821.829849537</x:v>
       </x:c>
       <x:c r="B128" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C128" s="0">
-        <x:v>3.66</x:v>
+        <x:v>1.51</x:v>
       </x:c>
       <x:c r="D128" s="0">
-        <x:v>3481.676</x:v>
+        <x:v>3659.968</x:v>
       </x:c>
       <x:c r="E128" s="0">
-        <x:v>3284.6</x:v>
+        <x:v>3452.8</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:5">
       <x:c r="A129" s="1">
-        <x:v>45796.8311226852</x:v>
+        <x:v>45820.8298032407</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C129" s="0">
-        <x:v>4.7</x:v>
+        <x:v>1.91</x:v>
       </x:c>
       <x:c r="D129" s="0">
-        <x:v>3427.51</x:v>
+        <x:v>3606.544</x:v>
       </x:c>
       <x:c r="E129" s="0">
-        <x:v>3233.5</x:v>
+        <x:v>3402.4</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:5">
       <x:c r="A130" s="1">
-        <x:v>45793.82375</x:v>
+        <x:v>45819.8345486111</x:v>
       </x:c>
       <x:c r="B130" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C130" s="0">
-        <x:v>5.92</x:v>
+        <x:v>2.54</x:v>
       </x:c>
       <x:c r="D130" s="0">
-        <x:v>3378.432</x:v>
+        <x:v>3544.322</x:v>
       </x:c>
       <x:c r="E130" s="0">
-        <x:v>3187.2</x:v>
+        <x:v>3343.7</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:5">
       <x:c r="A131" s="1">
-        <x:v>45792.8270949074</x:v>
+        <x:v>45818.8240972222</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C131" s="0">
-        <x:v>5.06</x:v>
+        <x:v>2.54</x:v>
       </x:c>
       <x:c r="D131" s="0">
-        <x:v>3420.196</x:v>
+        <x:v>3544.004</x:v>
       </x:c>
       <x:c r="E131" s="0">
-        <x:v>3226.6</x:v>
+        <x:v>3343.4</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:5">
       <x:c r="A132" s="1">
-        <x:v>45791.8231712963</x:v>
+        <x:v>45817.8239467593</x:v>
       </x:c>
       <x:c r="B132" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C132" s="0">
-        <x:v>6.09</x:v>
+        <x:v>2.43</x:v>
       </x:c>
       <x:c r="D132" s="0">
-        <x:v>3379.598</x:v>
+        <x:v>3556.194</x:v>
       </x:c>
       <x:c r="E132" s="0">
-        <x:v>3188.3</x:v>
+        <x:v>3354.9</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:5">
       <x:c r="A133" s="1">
-        <x:v>45790.825</x:v>
+        <x:v>45814.8280324074</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C133" s="0">
-        <x:v>4.85</x:v>
+        <x:v>2.52</x:v>
       </x:c>
       <x:c r="D133" s="0">
-        <x:v>3442.668</x:v>
+        <x:v>3547.396</x:v>
       </x:c>
       <x:c r="E133" s="0">
-        <x:v>3247.8</x:v>
+        <x:v>3346.6</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:5">
       <x:c r="A134" s="1">
-        <x:v>45789.8237847222</x:v>
+        <x:v>45813.8231828704</x:v>
       </x:c>
       <x:c r="B134" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C134" s="0">
-        <x:v>5.31</x:v>
+        <x:v>2.26</x:v>
       </x:c>
       <x:c r="D134" s="0">
-        <x:v>3421.68</x:v>
+        <x:v>3577.606</x:v>
       </x:c>
       <x:c r="E134" s="0">
-        <x:v>3228</x:v>
+        <x:v>3375.1</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:5">
       <x:c r="A135" s="1">
-        <x:v>45786.8321296296</x:v>
+        <x:v>45812.8567824074</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C135" s="0">
-        <x:v>3.58</x:v>
+        <x:v>2.05</x:v>
       </x:c>
       <x:c r="D135" s="0">
-        <x:v>3544.64</x:v>
+        <x:v>3603.152</x:v>
       </x:c>
       <x:c r="E135" s="0">
-        <x:v>3344</x:v>
+        <x:v>3399.2</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:5">
       <x:c r="A136" s="1">
-        <x:v>45785.8261805556</x:v>
+        <x:v>45811.8941782407</x:v>
       </x:c>
       <x:c r="B136" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C136" s="0">
-        <x:v>4.27</x:v>
+        <x:v>2.26</x:v>
       </x:c>
       <x:c r="D136" s="0">
-        <x:v>3504.36</x:v>
+        <x:v>3579.726</x:v>
       </x:c>
       <x:c r="E136" s="0">
-        <x:v>3306</x:v>
+        <x:v>3377.1</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:5">
       <x:c r="A137" s="1">
-        <x:v>45784.8969907407</x:v>
+        <x:v>45811.8794907407</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C137" s="0">
-        <x:v>3.15</x:v>
+        <x:v>2.26</x:v>
       </x:c>
       <x:c r="D137" s="0">
-        <x:v>3595.414</x:v>
+        <x:v>3579.726</x:v>
       </x:c>
       <x:c r="E137" s="0">
-        <x:v>3391.9</x:v>
+        <x:v>3377.1</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:5">
       <x:c r="A138" s="1">
-        <x:v>45784.8529861111</x:v>
+        <x:v>45810.8625347222</x:v>
       </x:c>
       <x:c r="B138" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C138" s="0">
-        <x:v>3.15</x:v>
+        <x:v>2.09</x:v>
       </x:c>
       <x:c r="D138" s="0">
-        <x:v>3595.414</x:v>
+        <x:v>3601.032</x:v>
       </x:c>
       <x:c r="E138" s="0">
-        <x:v>3391.9</x:v>
+        <x:v>3397.2</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:5">
       <x:c r="A139" s="1">
-        <x:v>45783.8302430556</x:v>
+        <x:v>45810.8250462963</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C139" s="0">
-        <x:v>2.8</x:v>
+        <x:v>2.09</x:v>
       </x:c>
       <x:c r="D139" s="0">
-        <x:v>3628.168</x:v>
+        <x:v>3601.032</x:v>
       </x:c>
       <x:c r="E139" s="0">
-        <x:v>3422.8</x:v>
+        <x:v>3397.2</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:5">
       <x:c r="A140" s="1">
-        <x:v>45777.8390162037</x:v>
+        <x:v>45800.8238541667</x:v>
       </x:c>
       <x:c r="B140" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C140" s="0">
-        <x:v>5.61</x:v>
+        <x:v>2.42</x:v>
       </x:c>
       <x:c r="D140" s="0">
-        <x:v>3518.246</x:v>
+        <x:v>3598.17</x:v>
       </x:c>
       <x:c r="E140" s="0">
-        <x:v>3319.1</x:v>
+        <x:v>3394.5</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:5">
       <x:c r="A141" s="1">
-        <x:v>45776.8444328704</x:v>
+        <x:v>45799.8239583333</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C141" s="0">
-        <x:v>5.29</x:v>
+        <x:v>3.46</x:v>
       </x:c>
       <x:c r="D141" s="0">
-        <x:v>3533.616</x:v>
+        <x:v>3523.016</x:v>
       </x:c>
       <x:c r="E141" s="0">
-        <x:v>3333.6</x:v>
+        <x:v>3295</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:5">
       <x:c r="A142" s="1">
+        <x:v>45798.8240856481</x:v>
+      </x:c>
+      <x:c r="B142" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C142" s="0">
+        <x:v>3.21</x:v>
+      </x:c>
+      <x:c r="D142" s="0">
+        <x:v>3512.31</x:v>
+      </x:c>
+      <x:c r="E142" s="0">
+        <x:v>3313.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="143" spans="1:5">
+      <x:c r="A143" s="1">
+        <x:v>45797.8268402778</x:v>
+      </x:c>
+      <x:c r="B143" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C143" s="0">
+        <x:v>3.66</x:v>
+      </x:c>
+      <x:c r="D143" s="0">
+        <x:v>3481.676</x:v>
+      </x:c>
+      <x:c r="E143" s="0">
+        <x:v>3284.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="144" spans="1:5">
+      <x:c r="A144" s="1">
+        <x:v>45796.8311226852</x:v>
+      </x:c>
+      <x:c r="B144" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C144" s="0">
+        <x:v>4.7</x:v>
+      </x:c>
+      <x:c r="D144" s="0">
+        <x:v>3427.51</x:v>
+      </x:c>
+      <x:c r="E144" s="0">
+        <x:v>3233.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="145" spans="1:5">
+      <x:c r="A145" s="1">
+        <x:v>45793.82375</x:v>
+      </x:c>
+      <x:c r="B145" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C145" s="0">
+        <x:v>5.92</x:v>
+      </x:c>
+      <x:c r="D145" s="0">
+        <x:v>3378.432</x:v>
+      </x:c>
+      <x:c r="E145" s="0">
+        <x:v>3187.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="146" spans="1:5">
+      <x:c r="A146" s="1">
+        <x:v>45792.8270949074</x:v>
+      </x:c>
+      <x:c r="B146" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C146" s="0">
+        <x:v>5.06</x:v>
+      </x:c>
+      <x:c r="D146" s="0">
+        <x:v>3420.196</x:v>
+      </x:c>
+      <x:c r="E146" s="0">
+        <x:v>3226.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="147" spans="1:5">
+      <x:c r="A147" s="1">
+        <x:v>45791.8231712963</x:v>
+      </x:c>
+      <x:c r="B147" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C147" s="0">
+        <x:v>6.09</x:v>
+      </x:c>
+      <x:c r="D147" s="0">
+        <x:v>3379.598</x:v>
+      </x:c>
+      <x:c r="E147" s="0">
+        <x:v>3188.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="148" spans="1:5">
+      <x:c r="A148" s="1">
+        <x:v>45790.825</x:v>
+      </x:c>
+      <x:c r="B148" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C148" s="0">
+        <x:v>4.85</x:v>
+      </x:c>
+      <x:c r="D148" s="0">
+        <x:v>3442.668</x:v>
+      </x:c>
+      <x:c r="E148" s="0">
+        <x:v>3247.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="149" spans="1:5">
+      <x:c r="A149" s="1">
+        <x:v>45789.8237847222</x:v>
+      </x:c>
+      <x:c r="B149" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C149" s="0">
+        <x:v>5.31</x:v>
+      </x:c>
+      <x:c r="D149" s="0">
+        <x:v>3421.68</x:v>
+      </x:c>
+      <x:c r="E149" s="0">
+        <x:v>3228</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="150" spans="1:5">
+      <x:c r="A150" s="1">
+        <x:v>45786.8321296296</x:v>
+      </x:c>
+      <x:c r="B150" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C150" s="0">
+        <x:v>3.58</x:v>
+      </x:c>
+      <x:c r="D150" s="0">
+        <x:v>3544.64</x:v>
+      </x:c>
+      <x:c r="E150" s="0">
+        <x:v>3344</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="151" spans="1:5">
+      <x:c r="A151" s="1">
+        <x:v>45785.8261805556</x:v>
+      </x:c>
+      <x:c r="B151" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C151" s="0">
+        <x:v>4.27</x:v>
+      </x:c>
+      <x:c r="D151" s="0">
+        <x:v>3504.36</x:v>
+      </x:c>
+      <x:c r="E151" s="0">
+        <x:v>3306</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="152" spans="1:5">
+      <x:c r="A152" s="1">
+        <x:v>45784.8969907407</x:v>
+      </x:c>
+      <x:c r="B152" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C152" s="0">
+        <x:v>3.15</x:v>
+      </x:c>
+      <x:c r="D152" s="0">
+        <x:v>3595.414</x:v>
+      </x:c>
+      <x:c r="E152" s="0">
+        <x:v>3391.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="153" spans="1:5">
+      <x:c r="A153" s="1">
+        <x:v>45784.8529861111</x:v>
+      </x:c>
+      <x:c r="B153" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C153" s="0">
+        <x:v>3.15</x:v>
+      </x:c>
+      <x:c r="D153" s="0">
+        <x:v>3595.414</x:v>
+      </x:c>
+      <x:c r="E153" s="0">
+        <x:v>3391.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="154" spans="1:5">
+      <x:c r="A154" s="1">
+        <x:v>45783.8302430556</x:v>
+      </x:c>
+      <x:c r="B154" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C154" s="0">
+        <x:v>2.8</x:v>
+      </x:c>
+      <x:c r="D154" s="0">
+        <x:v>3628.168</x:v>
+      </x:c>
+      <x:c r="E154" s="0">
+        <x:v>3422.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="155" spans="1:5">
+      <x:c r="A155" s="1">
+        <x:v>45777.8390162037</x:v>
+      </x:c>
+      <x:c r="B155" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C155" s="0">
+        <x:v>5.61</x:v>
+      </x:c>
+      <x:c r="D155" s="0">
+        <x:v>3518.246</x:v>
+      </x:c>
+      <x:c r="E155" s="0">
+        <x:v>3319.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="156" spans="1:5">
+      <x:c r="A156" s="1">
+        <x:v>45776.8444328704</x:v>
+      </x:c>
+      <x:c r="B156" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C156" s="0">
+        <x:v>5.29</x:v>
+      </x:c>
+      <x:c r="D156" s="0">
+        <x:v>3533.616</x:v>
+      </x:c>
+      <x:c r="E156" s="0">
+        <x:v>3333.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="157" spans="1:5">
+      <x:c r="A157" s="1">
         <x:v>45775.8451157407</x:v>
       </x:c>
-      <x:c r="B142" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C142" s="0">
+      <x:c r="B157" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C157" s="0">
         <x:v>5</x:v>
       </x:c>
-      <x:c r="D142" s="0">
+      <x:c r="D157" s="0">
         <x:v>3548.562</x:v>
       </x:c>
-      <x:c r="E142" s="0">
+      <x:c r="E157" s="0">
         <x:v>3347.7</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>