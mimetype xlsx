--- v2 (2025-12-08)
+++ v3 (2025-12-30)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R018746c71eec43b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f06a70bc502747dc8f5014f1b331857c.psmdcp" Id="R1f6b36336ed745dc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8463872e997e4b63" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8d86b11e45684931bb83b73da672da5b.psmdcp" Id="R87a94ec3b5044319" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>NLBNPNL35552</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -390,2715 +390,2936 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E157"/>
+  <x:dimension ref="A1:E170"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>45999.8272106481</x:v>
+        <x:v>46020.8393402778</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>4470.762</x:v>
+        <x:v>4604.216</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>4217.7</x:v>
+        <x:v>4343.6</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>45996.8263194444</x:v>
+        <x:v>46014.8341898148</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
         <x:v>0.01</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>4497.58</x:v>
+        <x:v>4776.042</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>4243</x:v>
+        <x:v>4505.7</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>45995.8232291667</x:v>
+        <x:v>46014.825474537</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
         <x:v>0.01</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>4497.58</x:v>
+        <x:v>4776.042</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>4243</x:v>
+        <x:v>4505.7</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>45994.8237152778</x:v>
+        <x:v>46013.830787037</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>4486.45</x:v>
+        <x:v>4737.564</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>4232.5</x:v>
+        <x:v>4469.4</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>45993.8229513889</x:v>
+        <x:v>46010.8267592593</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>4474.048</x:v>
+        <x:v>4650.538</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>4220.8</x:v>
+        <x:v>4387.3</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>45992.8242824074</x:v>
+        <x:v>46009.8283333333</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
         <x:v>0.01</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>4531.288</x:v>
+        <x:v>4626.37</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>4274.8</x:v>
+        <x:v>4364.5</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>45989.8354861111</x:v>
+        <x:v>46008.8262962963</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
         <x:v>0.01</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>4510.194</x:v>
+        <x:v>4636.334</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>4254.9</x:v>
+        <x:v>4373.9</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>45987.8265162037</x:v>
+        <x:v>46007.8233680556</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>4454.438</x:v>
+        <x:v>4592.238</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>4202.3</x:v>
+        <x:v>4332.3</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>45986.8420601852</x:v>
+        <x:v>46006.8309722222</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>4427.938</x:v>
+        <x:v>4595.312</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>4177.3</x:v>
+        <x:v>4335.2</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>45985.8473148148</x:v>
+        <x:v>46003.8253240741</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C12" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>4378.648</x:v>
+        <x:v>4587.998</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>4130.8</x:v>
+        <x:v>4328.3</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>45982.8240972222</x:v>
+        <x:v>46002.8233680556</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>4362.96</x:v>
+        <x:v>4571.78</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>4116</x:v>
+        <x:v>4313</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>45981.8589236111</x:v>
+        <x:v>46001.8248611111</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C14" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>4341.442</x:v>
+        <x:v>4478.182</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>4060</x:v>
+        <x:v>4224.7</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>45980.8244791667</x:v>
+        <x:v>46000.8228125</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>4327.768</x:v>
+        <x:v>4490.372</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>4082.8</x:v>
+        <x:v>4236.2</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>45979.8891898148</x:v>
+        <x:v>45999.8272106481</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C16" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>4310.49</x:v>
+        <x:v>4470.762</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>4066.5</x:v>
+        <x:v>4217.7</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>45978.8252083333</x:v>
+        <x:v>45996.8263194444</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C17" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>4318.97</x:v>
+        <x:v>4497.58</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>4074.5</x:v>
+        <x:v>4243</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>45975.8263425926</x:v>
+        <x:v>45995.8232291667</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>4339.852</x:v>
+        <x:v>4497.58</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>4094.2</x:v>
+        <x:v>4243</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>45974.8559722222</x:v>
+        <x:v>45994.8237152778</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C19" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>4446.17</x:v>
+        <x:v>4486.45</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>4194.5</x:v>
+        <x:v>4232.5</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
-        <x:v>45973.8250115741</x:v>
+        <x:v>45993.8229513889</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C20" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>4466.416</x:v>
+        <x:v>4474.048</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>4213.6</x:v>
+        <x:v>4220.8</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="1">
-        <x:v>45972.8325115741</x:v>
+        <x:v>45992.8242824074</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C21" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D21" s="0">
-        <x:v>4363.278</x:v>
+        <x:v>4531.288</x:v>
       </x:c>
       <x:c r="E21" s="0">
-        <x:v>4116.3</x:v>
+        <x:v>4274.8</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="1">
-        <x:v>45971.8316203704</x:v>
+        <x:v>45989.8354861111</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C22" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D22" s="0">
-        <x:v>4369.32</x:v>
+        <x:v>4510.194</x:v>
       </x:c>
       <x:c r="E22" s="0">
-        <x:v>4122</x:v>
+        <x:v>4254.9</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="1">
-        <x:v>45968.8265509259</x:v>
+        <x:v>45987.8265162037</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C23" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D23" s="0">
-        <x:v>4250.388</x:v>
+        <x:v>4454.438</x:v>
       </x:c>
       <x:c r="E23" s="0">
-        <x:v>4009.8</x:v>
+        <x:v>4202.3</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="1">
-        <x:v>45967.856724537</x:v>
+        <x:v>45986.8420601852</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C24" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D24" s="0">
-        <x:v>4230.46</x:v>
+        <x:v>4427.938</x:v>
       </x:c>
       <x:c r="E24" s="0">
-        <x:v>3991</x:v>
+        <x:v>4177.3</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="1">
-        <x:v>45967.8527893519</x:v>
+        <x:v>45985.8473148148</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C25" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D25" s="0">
-        <x:v>4230.46</x:v>
+        <x:v>4378.648</x:v>
       </x:c>
       <x:c r="E25" s="0">
-        <x:v>3991</x:v>
+        <x:v>4130.8</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="1">
-        <x:v>45967.8429050926</x:v>
+        <x:v>45982.8240972222</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C26" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D26" s="0">
-        <x:v>4230.46</x:v>
+        <x:v>4362.96</x:v>
       </x:c>
       <x:c r="E26" s="0">
-        <x:v>3991</x:v>
+        <x:v>4116</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="1">
-        <x:v>45967.8321412037</x:v>
+        <x:v>45981.8589236111</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C27" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D27" s="0">
-        <x:v>4230.46</x:v>
+        <x:v>4341.442</x:v>
       </x:c>
       <x:c r="E27" s="0">
-        <x:v>3991</x:v>
+        <x:v>4060</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="1">
-        <x:v>45966.8257638889</x:v>
+        <x:v>45980.8244791667</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C28" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D28" s="0">
-        <x:v>4232.474</x:v>
+        <x:v>4327.768</x:v>
       </x:c>
       <x:c r="E28" s="0">
-        <x:v>3992.9</x:v>
+        <x:v>4082.8</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="1">
-        <x:v>45965.8373263889</x:v>
+        <x:v>45979.8891898148</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C29" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D29" s="0">
-        <x:v>4198.13</x:v>
+        <x:v>4310.49</x:v>
       </x:c>
       <x:c r="E29" s="0">
-        <x:v>3960.5</x:v>
+        <x:v>4066.5</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="1">
-        <x:v>45964.8251041667</x:v>
+        <x:v>45978.8252083333</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C30" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D30" s="0">
-        <x:v>4254.84</x:v>
+        <x:v>4318.97</x:v>
       </x:c>
       <x:c r="E30" s="0">
-        <x:v>4014</x:v>
+        <x:v>4074.5</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="1">
-        <x:v>45961.7823032407</x:v>
+        <x:v>45975.8263425926</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C31" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D31" s="0">
-        <x:v>4236.29</x:v>
+        <x:v>4339.852</x:v>
       </x:c>
       <x:c r="E31" s="0">
-        <x:v>3996.5</x:v>
+        <x:v>4094.2</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="1">
-        <x:v>45960.7838310185</x:v>
+        <x:v>45974.8559722222</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C32" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D32" s="0">
-        <x:v>4256.854</x:v>
+        <x:v>4446.17</x:v>
       </x:c>
       <x:c r="E32" s="0">
-        <x:v>4015.9</x:v>
+        <x:v>4194.5</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="1">
-        <x:v>45959.7819328704</x:v>
+        <x:v>45973.8250115741</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C33" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D33" s="0">
-        <x:v>4240.742</x:v>
+        <x:v>4466.416</x:v>
       </x:c>
       <x:c r="E33" s="0">
-        <x:v>4000.7</x:v>
+        <x:v>4213.6</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="1">
-        <x:v>45958.7844444444</x:v>
+        <x:v>45972.8325115741</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C34" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D34" s="0">
-        <x:v>4222.086</x:v>
+        <x:v>4363.278</x:v>
       </x:c>
       <x:c r="E34" s="0">
-        <x:v>3983.1</x:v>
+        <x:v>4116.3</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="1">
-        <x:v>45957.784849537</x:v>
+        <x:v>45971.8316203704</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C35" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D35" s="0">
-        <x:v>4260.882</x:v>
+        <x:v>4369.32</x:v>
       </x:c>
       <x:c r="E35" s="0">
-        <x:v>4019.7</x:v>
+        <x:v>4122</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="1">
-        <x:v>45954.8273726852</x:v>
+        <x:v>45968.8265509259</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C36" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D36" s="0">
-        <x:v>4386.068</x:v>
+        <x:v>4250.388</x:v>
       </x:c>
       <x:c r="E36" s="0">
-        <x:v>4137.8</x:v>
+        <x:v>4009.8</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="1">
-        <x:v>45953.8264236111</x:v>
+        <x:v>45967.856724537</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C37" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D37" s="0">
-        <x:v>4394.336</x:v>
+        <x:v>4230.46</x:v>
       </x:c>
       <x:c r="E37" s="0">
-        <x:v>4145.6</x:v>
+        <x:v>3991</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="1">
-        <x:v>45952.8312615741</x:v>
+        <x:v>45967.8527893519</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C38" s="0">
         <x:v>0.04</x:v>
       </x:c>
       <x:c r="D38" s="0">
-        <x:v>4309.324</x:v>
+        <x:v>4230.46</x:v>
       </x:c>
       <x:c r="E38" s="0">
-        <x:v>4065.4</x:v>
+        <x:v>3991</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="1">
-        <x:v>45951.8353125</x:v>
+        <x:v>45967.8429050926</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C39" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D39" s="0">
-        <x:v>4355.646</x:v>
+        <x:v>4230.46</x:v>
       </x:c>
       <x:c r="E39" s="0">
-        <x:v>4109.1</x:v>
+        <x:v>3991</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="1">
-        <x:v>45950.8514814815</x:v>
+        <x:v>45967.8321412037</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C40" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D40" s="0">
-        <x:v>4620.964</x:v>
+        <x:v>4230.46</x:v>
       </x:c>
       <x:c r="E40" s="0">
-        <x:v>4359.4</x:v>
+        <x:v>3991</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="1">
-        <x:v>45947.8256018519</x:v>
+        <x:v>45966.8257638889</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C41" s="0">
         <x:v>0.04</x:v>
       </x:c>
       <x:c r="D41" s="0">
-        <x:v>4466.098</x:v>
+        <x:v>4232.474</x:v>
       </x:c>
       <x:c r="E41" s="0">
-        <x:v>4213.3</x:v>
+        <x:v>3992.9</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="1">
-        <x:v>45946.8237847222</x:v>
+        <x:v>45965.8373263889</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C42" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D42" s="0">
-        <x:v>4562.876</x:v>
+        <x:v>4198.13</x:v>
       </x:c>
       <x:c r="E42" s="0">
-        <x:v>4304.6</x:v>
+        <x:v>3960.5</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="1">
-        <x:v>45945.8233680556</x:v>
+        <x:v>45964.8251041667</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C43" s="0">
         <x:v>0.04</x:v>
       </x:c>
       <x:c r="D43" s="0">
-        <x:v>4453.696</x:v>
+        <x:v>4254.84</x:v>
       </x:c>
       <x:c r="E43" s="0">
-        <x:v>4201.6</x:v>
+        <x:v>4014</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="1">
-        <x:v>45944.8282986111</x:v>
+        <x:v>45961.7823032407</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C44" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D44" s="0">
-        <x:v>4413.204</x:v>
+        <x:v>4236.29</x:v>
       </x:c>
       <x:c r="E44" s="0">
-        <x:v>4163.4</x:v>
+        <x:v>3996.5</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="1">
-        <x:v>45943.8403472222</x:v>
+        <x:v>45960.7838310185</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C45" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D45" s="0">
-        <x:v>4380.98</x:v>
+        <x:v>4256.854</x:v>
       </x:c>
       <x:c r="E45" s="0">
-        <x:v>4133</x:v>
+        <x:v>4015.9</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="1">
-        <x:v>45940.8233449074</x:v>
+        <x:v>45959.7819328704</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C46" s="0">
-        <x:v>0.1</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D46" s="0">
-        <x:v>4240.424</x:v>
+        <x:v>4240.742</x:v>
       </x:c>
       <x:c r="E46" s="0">
-        <x:v>4000.4</x:v>
+        <x:v>4000.7</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="1">
-        <x:v>45939.8284953704</x:v>
+        <x:v>45958.7844444444</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C47" s="0">
-        <x:v>0.11</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D47" s="0">
-        <x:v>4210.956</x:v>
+        <x:v>4222.086</x:v>
       </x:c>
       <x:c r="E47" s="0">
-        <x:v>3972.6</x:v>
+        <x:v>3983.1</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5">
       <x:c r="A48" s="1">
-        <x:v>45938.8250231482</x:v>
+        <x:v>45957.784849537</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C48" s="0">
-        <x:v>0.08</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D48" s="0">
-        <x:v>4314.73</x:v>
+        <x:v>4260.882</x:v>
       </x:c>
       <x:c r="E48" s="0">
-        <x:v>4070.5</x:v>
+        <x:v>4019.7</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
       <x:c r="A49" s="1">
-        <x:v>45937.8252314815</x:v>
+        <x:v>45954.8273726852</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C49" s="0">
-        <x:v>0.11</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D49" s="0">
-        <x:v>4244.664</x:v>
+        <x:v>4386.068</x:v>
       </x:c>
       <x:c r="E49" s="0">
-        <x:v>4004.4</x:v>
+        <x:v>4137.8</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5">
       <x:c r="A50" s="1">
-        <x:v>45936.8237384259</x:v>
+        <x:v>45953.8264236111</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C50" s="0">
-        <x:v>0.12</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D50" s="0">
-        <x:v>4214.878</x:v>
+        <x:v>4394.336</x:v>
       </x:c>
       <x:c r="E50" s="0">
-        <x:v>3976.3</x:v>
+        <x:v>4145.6</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5">
       <x:c r="A51" s="1">
-        <x:v>45933.8235763889</x:v>
+        <x:v>45952.8312615741</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C51" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D51" s="0">
-        <x:v>4143.434</x:v>
+        <x:v>4309.324</x:v>
       </x:c>
       <x:c r="E51" s="0">
-        <x:v>3908.9</x:v>
+        <x:v>4065.4</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5">
       <x:c r="A52" s="1">
-        <x:v>45932.824525463</x:v>
+        <x:v>45951.8353125</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C52" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D52" s="0">
-        <x:v>4100.186</x:v>
+        <x:v>4355.646</x:v>
       </x:c>
       <x:c r="E52" s="0">
-        <x:v>3868.1</x:v>
+        <x:v>4109.1</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5">
       <x:c r="A53" s="1">
-        <x:v>45931.8251041667</x:v>
+        <x:v>45950.8514814815</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C53" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D53" s="0">
-        <x:v>4131.35</x:v>
+        <x:v>4620.964</x:v>
       </x:c>
       <x:c r="E53" s="0">
-        <x:v>3897.5</x:v>
+        <x:v>4359.4</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5">
       <x:c r="A54" s="1">
-        <x:v>45930.8240046296</x:v>
+        <x:v>45947.8256018519</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C54" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D54" s="0">
-        <x:v>4105.592</x:v>
+        <x:v>4466.098</x:v>
       </x:c>
       <x:c r="E54" s="0">
-        <x:v>3873.2</x:v>
+        <x:v>4213.3</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5">
       <x:c r="A55" s="1">
-        <x:v>45929.8229398148</x:v>
+        <x:v>45946.8237847222</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C55" s="0">
-        <x:v>0.2</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D55" s="0">
-        <x:v>4086.512</x:v>
+        <x:v>4562.876</x:v>
       </x:c>
       <x:c r="E55" s="0">
-        <x:v>3855.2</x:v>
+        <x:v>4304.6</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5">
       <x:c r="A56" s="1">
-        <x:v>45926.8238888889</x:v>
+        <x:v>45945.8233680556</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C56" s="0">
-        <x:v>0.24</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D56" s="0">
-        <x:v>4037.54</x:v>
+        <x:v>4453.696</x:v>
       </x:c>
       <x:c r="E56" s="0">
-        <x:v>3809</x:v>
+        <x:v>4201.6</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:5">
       <x:c r="A57" s="1">
-        <x:v>45925.8238657407</x:v>
+        <x:v>45944.8282986111</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C57" s="0">
-        <x:v>0.28</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D57" s="0">
-        <x:v>3997.366</x:v>
+        <x:v>4413.204</x:v>
       </x:c>
       <x:c r="E57" s="0">
-        <x:v>3771.1</x:v>
+        <x:v>4163.4</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:5">
       <x:c r="A58" s="1">
-        <x:v>45924.8325347222</x:v>
+        <x:v>45943.8403472222</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C58" s="0">
-        <x:v>0.29</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D58" s="0">
-        <x:v>3994.186</x:v>
+        <x:v>4380.98</x:v>
       </x:c>
       <x:c r="E58" s="0">
-        <x:v>3768.1</x:v>
+        <x:v>4133</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:5">
       <x:c r="A59" s="1">
-        <x:v>45923.8421527778</x:v>
+        <x:v>45940.8233449074</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C59" s="0">
-        <x:v>0.25</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D59" s="0">
-        <x:v>4044.642</x:v>
+        <x:v>4240.424</x:v>
       </x:c>
       <x:c r="E59" s="0">
-        <x:v>3815.7</x:v>
+        <x:v>4000.4</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:5">
       <x:c r="A60" s="1">
-        <x:v>45922.8390625</x:v>
+        <x:v>45939.8284953704</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C60" s="0">
-        <x:v>0.29</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D60" s="0">
-        <x:v>4001.606</x:v>
+        <x:v>4210.956</x:v>
       </x:c>
       <x:c r="E60" s="0">
-        <x:v>3775.1</x:v>
+        <x:v>3972.6</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:5">
       <x:c r="A61" s="1">
-        <x:v>45919.8403587963</x:v>
+        <x:v>45938.8250231482</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C61" s="0">
-        <x:v>0.39</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D61" s="0">
-        <x:v>3928.148</x:v>
+        <x:v>4314.73</x:v>
       </x:c>
       <x:c r="E61" s="0">
-        <x:v>3705.8</x:v>
+        <x:v>4070.5</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:5">
       <x:c r="A62" s="1">
-        <x:v>45918.8309027778</x:v>
+        <x:v>45937.8252314815</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C62" s="0">
-        <x:v>0.44</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D62" s="0">
-        <x:v>3898.998</x:v>
+        <x:v>4244.664</x:v>
       </x:c>
       <x:c r="E62" s="0">
-        <x:v>3678.3</x:v>
+        <x:v>4004.4</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:5">
       <x:c r="A63" s="1">
-        <x:v>45917.8347222222</x:v>
+        <x:v>45936.8237384259</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C63" s="0">
-        <x:v>0.38</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D63" s="0">
-        <x:v>3940.868</x:v>
+        <x:v>4214.878</x:v>
       </x:c>
       <x:c r="E63" s="0">
-        <x:v>3717.8</x:v>
+        <x:v>3976.3</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:5">
       <x:c r="A64" s="1">
-        <x:v>45916.8237731481</x:v>
+        <x:v>45933.8235763889</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C64" s="0">
-        <x:v>0.37</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D64" s="0">
-        <x:v>3948.606</x:v>
+        <x:v>4143.434</x:v>
       </x:c>
       <x:c r="E64" s="0">
-        <x:v>3725.1</x:v>
+        <x:v>3908.9</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:5">
       <x:c r="A65" s="1">
-        <x:v>45915.8287152778</x:v>
+        <x:v>45932.824525463</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C65" s="0">
-        <x:v>0.38</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D65" s="0">
-        <x:v>3942.14</x:v>
+        <x:v>4100.186</x:v>
       </x:c>
       <x:c r="E65" s="0">
-        <x:v>3719</x:v>
+        <x:v>3868.1</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:5">
       <x:c r="A66" s="1">
-        <x:v>45912.8242824074</x:v>
+        <x:v>45931.8251041667</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C66" s="0">
-        <x:v>0.44</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D66" s="0">
-        <x:v>3907.584</x:v>
+        <x:v>4131.35</x:v>
       </x:c>
       <x:c r="E66" s="0">
-        <x:v>3686.4</x:v>
+        <x:v>3897.5</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:5">
       <x:c r="A67" s="1">
-        <x:v>45911.8249305556</x:v>
+        <x:v>45930.8240046296</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C67" s="0">
-        <x:v>0.46</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D67" s="0">
-        <x:v>3894.016</x:v>
+        <x:v>4105.592</x:v>
       </x:c>
       <x:c r="E67" s="0">
-        <x:v>3673.6</x:v>
+        <x:v>3873.2</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:5">
       <x:c r="A68" s="1">
-        <x:v>45910.8234375</x:v>
+        <x:v>45929.8229398148</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C68" s="0">
-        <x:v>0.44</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D68" s="0">
-        <x:v>3902.92</x:v>
+        <x:v>4086.512</x:v>
       </x:c>
       <x:c r="E68" s="0">
-        <x:v>3682</x:v>
+        <x:v>3855.2</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:5">
       <x:c r="A69" s="1">
-        <x:v>45909.8234953704</x:v>
+        <x:v>45926.8238888889</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C69" s="0">
-        <x:v>0.44</x:v>
+        <x:v>0.24</x:v>
       </x:c>
       <x:c r="D69" s="0">
-        <x:v>3903.132</x:v>
+        <x:v>4037.54</x:v>
       </x:c>
       <x:c r="E69" s="0">
-        <x:v>3682.2</x:v>
+        <x:v>3809</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:5">
       <x:c r="A70" s="1">
-        <x:v>45908.8227777778</x:v>
+        <x:v>45925.8238657407</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C70" s="0">
-        <x:v>0.45</x:v>
+        <x:v>0.28</x:v>
       </x:c>
       <x:c r="D70" s="0">
-        <x:v>3898.044</x:v>
+        <x:v>3997.366</x:v>
       </x:c>
       <x:c r="E70" s="0">
-        <x:v>3677.4</x:v>
+        <x:v>3771.1</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:5">
       <x:c r="A71" s="1">
-        <x:v>45905.8690740741</x:v>
+        <x:v>45924.8325347222</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C71" s="0">
-        <x:v>0.5</x:v>
+        <x:v>0.29</x:v>
       </x:c>
       <x:c r="D71" s="0">
-        <x:v>3872.498</x:v>
+        <x:v>3994.186</x:v>
       </x:c>
       <x:c r="E71" s="0">
-        <x:v>3653.3</x:v>
+        <x:v>3768.1</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:5">
       <x:c r="A72" s="1">
-        <x:v>45904.8310416667</x:v>
+        <x:v>45923.8421527778</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C72" s="0">
-        <x:v>0.61</x:v>
+        <x:v>0.25</x:v>
       </x:c>
       <x:c r="D72" s="0">
-        <x:v>3823.102</x:v>
+        <x:v>4044.642</x:v>
       </x:c>
       <x:c r="E72" s="0">
-        <x:v>3606.7</x:v>
+        <x:v>3815.7</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:5">
       <x:c r="A73" s="1">
-        <x:v>45903.8280208333</x:v>
+        <x:v>45922.8390625</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C73" s="0">
-        <x:v>0.55</x:v>
+        <x:v>0.29</x:v>
       </x:c>
       <x:c r="D73" s="0">
-        <x:v>3853.63</x:v>
+        <x:v>4001.606</x:v>
       </x:c>
       <x:c r="E73" s="0">
-        <x:v>3635.5</x:v>
+        <x:v>3775.1</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:5">
       <x:c r="A74" s="1">
-        <x:v>45902.8240625</x:v>
+        <x:v>45919.8403587963</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C74" s="0">
-        <x:v>0.66</x:v>
+        <x:v>0.39</x:v>
       </x:c>
       <x:c r="D74" s="0">
-        <x:v>3807.732</x:v>
+        <x:v>3928.148</x:v>
       </x:c>
       <x:c r="E74" s="0">
-        <x:v>3592.2</x:v>
+        <x:v>3705.8</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:5">
       <x:c r="A75" s="1">
-        <x:v>45898.8248263889</x:v>
+        <x:v>45918.8309027778</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C75" s="0">
-        <x:v>0.95</x:v>
+        <x:v>0.44</x:v>
       </x:c>
       <x:c r="D75" s="0">
-        <x:v>3727.066</x:v>
+        <x:v>3898.998</x:v>
       </x:c>
       <x:c r="E75" s="0">
-        <x:v>3516.1</x:v>
+        <x:v>3678.3</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:5">
       <x:c r="A76" s="1">
-        <x:v>45897.8404166667</x:v>
+        <x:v>45917.8347222222</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C76" s="0">
-        <x:v>1.15</x:v>
+        <x:v>0.38</x:v>
       </x:c>
       <x:c r="D76" s="0">
-        <x:v>3682.758</x:v>
+        <x:v>3940.868</x:v>
       </x:c>
       <x:c r="E76" s="0">
-        <x:v>3474.3</x:v>
+        <x:v>3717.8</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:5">
       <x:c r="A77" s="1">
-        <x:v>45896.8352314815</x:v>
+        <x:v>45916.8237731481</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C77" s="0">
-        <x:v>1.28</x:v>
+        <x:v>0.37</x:v>
       </x:c>
       <x:c r="D77" s="0">
-        <x:v>3655.516</x:v>
+        <x:v>3948.606</x:v>
       </x:c>
       <x:c r="E77" s="0">
-        <x:v>3448.6</x:v>
+        <x:v>3725.1</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:5">
       <x:c r="A78" s="1">
-        <x:v>45895.8272800926</x:v>
+        <x:v>45915.8287152778</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C78" s="0">
-        <x:v>1.37</x:v>
+        <x:v>0.38</x:v>
       </x:c>
       <x:c r="D78" s="0">
-        <x:v>3638.98</x:v>
+        <x:v>3942.14</x:v>
       </x:c>
       <x:c r="E78" s="0">
-        <x:v>3433</x:v>
+        <x:v>3719</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:5">
       <x:c r="A79" s="1">
-        <x:v>45894.8408449074</x:v>
+        <x:v>45912.8242824074</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C79" s="0">
-        <x:v>1.47</x:v>
+        <x:v>0.44</x:v>
       </x:c>
       <x:c r="D79" s="0">
-        <x:v>3622.55</x:v>
+        <x:v>3907.584</x:v>
       </x:c>
       <x:c r="E79" s="0">
-        <x:v>3417.5</x:v>
+        <x:v>3686.4</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:5">
       <x:c r="A80" s="1">
-        <x:v>45891.8256018519</x:v>
+        <x:v>45911.8249305556</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C80" s="0">
-        <x:v>1.46</x:v>
+        <x:v>0.46</x:v>
       </x:c>
       <x:c r="D80" s="0">
-        <x:v>3623.61</x:v>
+        <x:v>3894.016</x:v>
       </x:c>
       <x:c r="E80" s="0">
-        <x:v>3418.5</x:v>
+        <x:v>3673.6</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:5">
       <x:c r="A81" s="1">
-        <x:v>45890.8256597222</x:v>
+        <x:v>45910.8234375</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C81" s="0">
-        <x:v>1.73</x:v>
+        <x:v>0.44</x:v>
       </x:c>
       <x:c r="D81" s="0">
-        <x:v>3584.496</x:v>
+        <x:v>3902.92</x:v>
       </x:c>
       <x:c r="E81" s="0">
-        <x:v>3381.6</x:v>
+        <x:v>3682</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:5">
       <x:c r="A82" s="1">
-        <x:v>45889.8244675926</x:v>
+        <x:v>45909.8234953704</x:v>
       </x:c>
       <x:c r="B82" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C82" s="0">
-        <x:v>1.68</x:v>
+        <x:v>0.44</x:v>
       </x:c>
       <x:c r="D82" s="0">
-        <x:v>3591.81</x:v>
+        <x:v>3903.132</x:v>
       </x:c>
       <x:c r="E82" s="0">
-        <x:v>3388.5</x:v>
+        <x:v>3682.2</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:5">
       <x:c r="A83" s="1">
-        <x:v>45888.8241782407</x:v>
+        <x:v>45908.8227777778</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C83" s="0">
-        <x:v>1.92</x:v>
+        <x:v>0.45</x:v>
       </x:c>
       <x:c r="D83" s="0">
-        <x:v>3560.222</x:v>
+        <x:v>3898.044</x:v>
       </x:c>
       <x:c r="E83" s="0">
-        <x:v>3358.7</x:v>
+        <x:v>3677.4</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:5">
       <x:c r="A84" s="1">
-        <x:v>45887.8261342593</x:v>
+        <x:v>45905.8690740741</x:v>
       </x:c>
       <x:c r="B84" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C84" s="0">
-        <x:v>1.78</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="D84" s="0">
-        <x:v>3580.68</x:v>
+        <x:v>3872.498</x:v>
       </x:c>
       <x:c r="E84" s="0">
-        <x:v>3378</x:v>
+        <x:v>3653.3</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:5">
       <x:c r="A85" s="1">
-        <x:v>45884.8236574074</x:v>
+        <x:v>45904.8310416667</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C85" s="0">
-        <x:v>1.75</x:v>
+        <x:v>0.61</x:v>
       </x:c>
       <x:c r="D85" s="0">
-        <x:v>3585.556</x:v>
+        <x:v>3823.102</x:v>
       </x:c>
       <x:c r="E85" s="0">
-        <x:v>3382.6</x:v>
+        <x:v>3606.7</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:5">
       <x:c r="A86" s="1">
-        <x:v>45883.8470023148</x:v>
+        <x:v>45903.8280208333</x:v>
       </x:c>
       <x:c r="B86" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C86" s="0">
-        <x:v>1.75</x:v>
+        <x:v>0.55</x:v>
       </x:c>
       <x:c r="D86" s="0">
-        <x:v>3586.192</x:v>
+        <x:v>3853.63</x:v>
       </x:c>
       <x:c r="E86" s="0">
-        <x:v>3383.2</x:v>
+        <x:v>3635.5</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:5">
       <x:c r="A87" s="1">
-        <x:v>45882.843125</x:v>
+        <x:v>45902.8240625</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C87" s="0">
-        <x:v>1.58</x:v>
+        <x:v>0.66</x:v>
       </x:c>
       <x:c r="D87" s="0">
-        <x:v>3612.798</x:v>
+        <x:v>3807.732</x:v>
       </x:c>
       <x:c r="E87" s="0">
-        <x:v>3408.3</x:v>
+        <x:v>3592.2</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:5">
       <x:c r="A88" s="1">
-        <x:v>45881.822662037</x:v>
+        <x:v>45898.8248263889</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C88" s="0">
-        <x:v>1.65</x:v>
+        <x:v>0.95</x:v>
       </x:c>
       <x:c r="D88" s="0">
-        <x:v>3602.94</x:v>
+        <x:v>3727.066</x:v>
       </x:c>
       <x:c r="E88" s="0">
-        <x:v>3399</x:v>
+        <x:v>3516.1</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:5">
       <x:c r="A89" s="1">
-        <x:v>45880.8266898148</x:v>
+        <x:v>45897.8404166667</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C89" s="0">
-        <x:v>1.61</x:v>
+        <x:v>1.15</x:v>
       </x:c>
       <x:c r="D89" s="0">
-        <x:v>3608.982</x:v>
+        <x:v>3682.758</x:v>
       </x:c>
       <x:c r="E89" s="0">
-        <x:v>3404.7</x:v>
+        <x:v>3474.3</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:5">
       <x:c r="A90" s="1">
-        <x:v>45877.8248032407</x:v>
+        <x:v>45896.8352314815</x:v>
       </x:c>
       <x:c r="B90" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C90" s="0">
-        <x:v>1.2</x:v>
+        <x:v>1.28</x:v>
       </x:c>
       <x:c r="D90" s="0">
-        <x:v>3700.778</x:v>
+        <x:v>3655.516</x:v>
       </x:c>
       <x:c r="E90" s="0">
-        <x:v>3491.3</x:v>
+        <x:v>3448.6</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:5">
       <x:c r="A91" s="1">
-        <x:v>45876.8256134259</x:v>
+        <x:v>45895.8272800926</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C91" s="0">
-        <x:v>1.41</x:v>
+        <x:v>1.37</x:v>
       </x:c>
       <x:c r="D91" s="0">
-        <x:v>3660.922</x:v>
+        <x:v>3638.98</x:v>
       </x:c>
       <x:c r="E91" s="0">
-        <x:v>3453.7</x:v>
+        <x:v>3433</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:5">
       <x:c r="A92" s="1">
-        <x:v>45875.8240162037</x:v>
+        <x:v>45894.8408449074</x:v>
       </x:c>
       <x:c r="B92" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C92" s="0">
-        <x:v>1.54</x:v>
+        <x:v>1.47</x:v>
       </x:c>
       <x:c r="D92" s="0">
-        <x:v>3639.404</x:v>
+        <x:v>3622.55</x:v>
       </x:c>
       <x:c r="E92" s="0">
-        <x:v>3433.4</x:v>
+        <x:v>3417.5</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:5">
       <x:c r="A93" s="1">
-        <x:v>45874.8240277778</x:v>
+        <x:v>45891.8256018519</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C93" s="0">
-        <x:v>1.54</x:v>
+        <x:v>1.46</x:v>
       </x:c>
       <x:c r="D93" s="0">
-        <x:v>3640.782</x:v>
+        <x:v>3623.61</x:v>
       </x:c>
       <x:c r="E93" s="0">
-        <x:v>3434.7</x:v>
+        <x:v>3418.5</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:5">
       <x:c r="A94" s="1">
-        <x:v>45873.826400463</x:v>
+        <x:v>45890.8256597222</x:v>
       </x:c>
       <x:c r="B94" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C94" s="0">
-        <x:v>1.59</x:v>
+        <x:v>1.73</x:v>
       </x:c>
       <x:c r="D94" s="0">
-        <x:v>3631.984</x:v>
+        <x:v>3584.496</x:v>
       </x:c>
       <x:c r="E94" s="0">
-        <x:v>3426.4</x:v>
+        <x:v>3381.6</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:5">
       <x:c r="A95" s="1">
-        <x:v>45870.8315277778</x:v>
+        <x:v>45889.8244675926</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C95" s="0">
-        <x:v>1.79</x:v>
+        <x:v>1.68</x:v>
       </x:c>
       <x:c r="D95" s="0">
-        <x:v>3603.788</x:v>
+        <x:v>3591.81</x:v>
       </x:c>
       <x:c r="E95" s="0">
-        <x:v>3399.8</x:v>
+        <x:v>3388.5</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:5">
       <x:c r="A96" s="1">
-        <x:v>45869.8289930556</x:v>
+        <x:v>45888.8241782407</x:v>
       </x:c>
       <x:c r="B96" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C96" s="0">
-        <x:v>2.28</x:v>
+        <x:v>1.92</x:v>
       </x:c>
       <x:c r="D96" s="0">
-        <x:v>3549.516</x:v>
+        <x:v>3560.222</x:v>
       </x:c>
       <x:c r="E96" s="0">
-        <x:v>3348.6</x:v>
+        <x:v>3358.7</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:5">
       <x:c r="A97" s="1">
-        <x:v>45868.8234606481</x:v>
+        <x:v>45887.8261342593</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C97" s="0">
-        <x:v>2.24</x:v>
+        <x:v>1.78</x:v>
       </x:c>
       <x:c r="D97" s="0">
-        <x:v>3553.968</x:v>
+        <x:v>3580.68</x:v>
       </x:c>
       <x:c r="E97" s="0">
-        <x:v>3352.8</x:v>
+        <x:v>3378</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:5">
       <x:c r="A98" s="1">
-        <x:v>45867.8250694444</x:v>
+        <x:v>45884.8236574074</x:v>
       </x:c>
       <x:c r="B98" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C98" s="0">
-        <x:v>2.01</x:v>
+        <x:v>1.75</x:v>
       </x:c>
       <x:c r="D98" s="0">
-        <x:v>3584.072</x:v>
+        <x:v>3585.556</x:v>
       </x:c>
       <x:c r="E98" s="0">
-        <x:v>3381.2</x:v>
+        <x:v>3382.6</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:5">
       <x:c r="A99" s="1">
-        <x:v>45866.8322916667</x:v>
+        <x:v>45883.8470023148</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C99" s="0">
-        <x:v>2.13</x:v>
+        <x:v>1.75</x:v>
       </x:c>
       <x:c r="D99" s="0">
-        <x:v>3570.08</x:v>
+        <x:v>3586.192</x:v>
       </x:c>
       <x:c r="E99" s="0">
-        <x:v>3368</x:v>
+        <x:v>3383.2</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:5">
       <x:c r="A100" s="1">
-        <x:v>45863.8404166667</x:v>
+        <x:v>45882.843125</x:v>
       </x:c>
       <x:c r="B100" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C100" s="0">
-        <x:v>1.94</x:v>
+        <x:v>1.58</x:v>
       </x:c>
       <x:c r="D100" s="0">
-        <x:v>3596.05</x:v>
+        <x:v>3612.798</x:v>
       </x:c>
       <x:c r="E100" s="0">
-        <x:v>3392.5</x:v>
+        <x:v>3408.3</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:5">
       <x:c r="A101" s="1">
-        <x:v>45862.8566319444</x:v>
+        <x:v>45881.822662037</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C101" s="0">
-        <x:v>1.67</x:v>
+        <x:v>1.65</x:v>
       </x:c>
       <x:c r="D101" s="0">
-        <x:v>3636.966</x:v>
+        <x:v>3602.94</x:v>
       </x:c>
       <x:c r="E101" s="0">
-        <x:v>3373.5</x:v>
+        <x:v>3399</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:5">
       <x:c r="A102" s="1">
-        <x:v>45861.8323842593</x:v>
+        <x:v>45880.8266898148</x:v>
       </x:c>
       <x:c r="B102" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C102" s="0">
-        <x:v>1.52</x:v>
+        <x:v>1.61</x:v>
       </x:c>
       <x:c r="D102" s="0">
-        <x:v>3601.456</x:v>
+        <x:v>3608.982</x:v>
       </x:c>
       <x:c r="E102" s="0">
-        <x:v>3397.6</x:v>
+        <x:v>3404.7</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:5">
       <x:c r="A103" s="1">
-        <x:v>45860.8328240741</x:v>
+        <x:v>45877.8248032407</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C103" s="0">
-        <x:v>1.28</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="D103" s="0">
-        <x:v>3650.322</x:v>
+        <x:v>3700.778</x:v>
       </x:c>
       <x:c r="E103" s="0">
-        <x:v>3443.7</x:v>
+        <x:v>3491.3</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:5">
       <x:c r="A104" s="1">
-        <x:v>45859.8410185185</x:v>
+        <x:v>45876.8256134259</x:v>
       </x:c>
       <x:c r="B104" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C104" s="0">
-        <x:v>1.52</x:v>
+        <x:v>1.41</x:v>
       </x:c>
       <x:c r="D104" s="0">
-        <x:v>3610.784</x:v>
+        <x:v>3660.922</x:v>
       </x:c>
       <x:c r="E104" s="0">
-        <x:v>3406.4</x:v>
+        <x:v>3453.7</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:5">
       <x:c r="A105" s="1">
-        <x:v>45856.8230787037</x:v>
+        <x:v>45875.8240162037</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C105" s="0">
-        <x:v>1.9</x:v>
+        <x:v>1.54</x:v>
       </x:c>
       <x:c r="D105" s="0">
-        <x:v>3559.798</x:v>
+        <x:v>3639.404</x:v>
       </x:c>
       <x:c r="E105" s="0">
-        <x:v>3358.3</x:v>
+        <x:v>3433.4</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:5">
       <x:c r="A106" s="1">
-        <x:v>45855.8238657407</x:v>
+        <x:v>45874.8240277778</x:v>
       </x:c>
       <x:c r="B106" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C106" s="0">
-        <x:v>2.01</x:v>
+        <x:v>1.54</x:v>
       </x:c>
       <x:c r="D106" s="0">
-        <x:v>3546.018</x:v>
+        <x:v>3640.782</x:v>
       </x:c>
       <x:c r="E106" s="0">
-        <x:v>3345.3</x:v>
+        <x:v>3434.7</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:5">
       <x:c r="A107" s="1">
-        <x:v>45854.8590046296</x:v>
+        <x:v>45873.826400463</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C107" s="0">
-        <x:v>1.9</x:v>
+        <x:v>1.59</x:v>
       </x:c>
       <x:c r="D107" s="0">
-        <x:v>3560.646</x:v>
+        <x:v>3631.984</x:v>
       </x:c>
       <x:c r="E107" s="0">
-        <x:v>3359.1</x:v>
+        <x:v>3426.4</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:5">
       <x:c r="A108" s="1">
-        <x:v>45853.8525925926</x:v>
+        <x:v>45870.8315277778</x:v>
       </x:c>
       <x:c r="B108" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C108" s="0">
-        <x:v>2.1</x:v>
+        <x:v>1.79</x:v>
       </x:c>
       <x:c r="D108" s="0">
-        <x:v>3536.902</x:v>
+        <x:v>3603.788</x:v>
       </x:c>
       <x:c r="E108" s="0">
-        <x:v>3336.7</x:v>
+        <x:v>3399.8</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:5">
       <x:c r="A109" s="1">
-        <x:v>45852.8231018518</x:v>
+        <x:v>45869.8289930556</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C109" s="0">
-        <x:v>1.93</x:v>
+        <x:v>2.28</x:v>
       </x:c>
       <x:c r="D109" s="0">
-        <x:v>3560.646</x:v>
+        <x:v>3549.516</x:v>
       </x:c>
       <x:c r="E109" s="0">
-        <x:v>3359.1</x:v>
+        <x:v>3348.6</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:5">
       <x:c r="A110" s="1">
-        <x:v>45849.8240046296</x:v>
+        <x:v>45868.8234606481</x:v>
       </x:c>
       <x:c r="B110" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C110" s="0">
-        <x:v>1.89</x:v>
+        <x:v>2.24</x:v>
       </x:c>
       <x:c r="D110" s="0">
-        <x:v>3565.84</x:v>
+        <x:v>3553.968</x:v>
       </x:c>
       <x:c r="E110" s="0">
-        <x:v>3364</x:v>
+        <x:v>3352.8</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:5">
       <x:c r="A111" s="1">
-        <x:v>45848.8285763889</x:v>
+        <x:v>45867.8250694444</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C111" s="0">
-        <x:v>2.26</x:v>
+        <x:v>2.01</x:v>
       </x:c>
       <x:c r="D111" s="0">
-        <x:v>3525.242</x:v>
+        <x:v>3584.072</x:v>
       </x:c>
       <x:c r="E111" s="0">
-        <x:v>3325.7</x:v>
+        <x:v>3381.2</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:5">
       <x:c r="A112" s="1">
-        <x:v>45847.823587963</x:v>
+        <x:v>45866.8322916667</x:v>
       </x:c>
       <x:c r="B112" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C112" s="0">
-        <x:v>2.3</x:v>
+        <x:v>2.13</x:v>
       </x:c>
       <x:c r="D112" s="0">
-        <x:v>3520.26</x:v>
+        <x:v>3570.08</x:v>
       </x:c>
       <x:c r="E112" s="0">
-        <x:v>3321</x:v>
+        <x:v>3368</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:5">
       <x:c r="A113" s="1">
-        <x:v>45846.8267939815</x:v>
+        <x:v>45863.8404166667</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C113" s="0">
-        <x:v>2.34</x:v>
+        <x:v>1.94</x:v>
       </x:c>
       <x:c r="D113" s="0">
-        <x:v>3515.914</x:v>
+        <x:v>3596.05</x:v>
       </x:c>
       <x:c r="E113" s="0">
-        <x:v>3316.9</x:v>
+        <x:v>3392.5</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:5">
       <x:c r="A114" s="1">
-        <x:v>45845.8307523148</x:v>
+        <x:v>45862.8566319444</x:v>
       </x:c>
       <x:c r="B114" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C114" s="0">
-        <x:v>2.12</x:v>
+        <x:v>1.67</x:v>
       </x:c>
       <x:c r="D114" s="0">
-        <x:v>3543.368</x:v>
+        <x:v>3636.966</x:v>
       </x:c>
       <x:c r="E114" s="0">
-        <x:v>3342.8</x:v>
+        <x:v>3373.5</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:5">
       <x:c r="A115" s="1">
-        <x:v>45841.8258449074</x:v>
+        <x:v>45861.8323842593</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C115" s="0">
-        <x:v>2.12</x:v>
+        <x:v>1.52</x:v>
       </x:c>
       <x:c r="D115" s="0">
-        <x:v>3543.474</x:v>
+        <x:v>3601.456</x:v>
       </x:c>
       <x:c r="E115" s="0">
-        <x:v>3342.9</x:v>
+        <x:v>3397.6</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:5">
       <x:c r="A116" s="1">
-        <x:v>45840.8229282407</x:v>
+        <x:v>45860.8328240741</x:v>
       </x:c>
       <x:c r="B116" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C116" s="0">
-        <x:v>1.98</x:v>
+        <x:v>1.28</x:v>
       </x:c>
       <x:c r="D116" s="0">
-        <x:v>3561.282</x:v>
+        <x:v>3650.322</x:v>
       </x:c>
       <x:c r="E116" s="0">
-        <x:v>3359.7</x:v>
+        <x:v>3443.7</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:5">
       <x:c r="A117" s="1">
-        <x:v>45839.8275810185</x:v>
+        <x:v>45859.8410185185</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C117" s="0">
-        <x:v>2.07</x:v>
+        <x:v>1.52</x:v>
       </x:c>
       <x:c r="D117" s="0">
-        <x:v>3550.788</x:v>
+        <x:v>3610.784</x:v>
       </x:c>
       <x:c r="E117" s="0">
-        <x:v>3349.8</x:v>
+        <x:v>3406.4</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:5">
       <x:c r="A118" s="1">
-        <x:v>45838.8345601852</x:v>
+        <x:v>45856.8230787037</x:v>
       </x:c>
       <x:c r="B118" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C118" s="0">
-        <x:v>2.52</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="D118" s="0">
-        <x:v>3506.162</x:v>
+        <x:v>3559.798</x:v>
       </x:c>
       <x:c r="E118" s="0">
-        <x:v>3307.7</x:v>
+        <x:v>3358.3</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:5">
       <x:c r="A119" s="1">
-        <x:v>45835.8364699074</x:v>
+        <x:v>45855.8238657407</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C119" s="0">
-        <x:v>2.76</x:v>
+        <x:v>2.01</x:v>
       </x:c>
       <x:c r="D119" s="0">
-        <x:v>3484.856</x:v>
+        <x:v>3546.018</x:v>
       </x:c>
       <x:c r="E119" s="0">
-        <x:v>3287.6</x:v>
+        <x:v>3345.3</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:5">
       <x:c r="A120" s="1">
-        <x:v>45834.8417013889</x:v>
+        <x:v>45854.8590046296</x:v>
       </x:c>
       <x:c r="B120" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C120" s="0">
-        <x:v>2.21</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="D120" s="0">
-        <x:v>3548.88</x:v>
+        <x:v>3560.646</x:v>
       </x:c>
       <x:c r="E120" s="0">
-        <x:v>3348</x:v>
+        <x:v>3359.1</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:5">
       <x:c r="A121" s="1">
-        <x:v>45833.8280787037</x:v>
+        <x:v>45853.8525925926</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C121" s="0">
-        <x:v>2.26</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="D121" s="0">
-        <x:v>3543.686</x:v>
+        <x:v>3536.902</x:v>
       </x:c>
       <x:c r="E121" s="0">
-        <x:v>3343.1</x:v>
+        <x:v>3336.7</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:5">
       <x:c r="A122" s="1">
-        <x:v>45832.8236689815</x:v>
+        <x:v>45852.8231018518</x:v>
       </x:c>
       <x:c r="B122" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C122" s="0">
-        <x:v>2.35</x:v>
+        <x:v>1.93</x:v>
       </x:c>
       <x:c r="D122" s="0">
-        <x:v>3533.934</x:v>
+        <x:v>3560.646</x:v>
       </x:c>
       <x:c r="E122" s="0">
-        <x:v>3333.9</x:v>
+        <x:v>3359.1</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:5">
       <x:c r="A123" s="1">
-        <x:v>45831.8248611111</x:v>
+        <x:v>45849.8240046296</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C123" s="0">
-        <x:v>1.88</x:v>
+        <x:v>1.89</x:v>
       </x:c>
       <x:c r="D123" s="0">
-        <x:v>3598.7</x:v>
+        <x:v>3565.84</x:v>
       </x:c>
       <x:c r="E123" s="0">
-        <x:v>3395</x:v>
+        <x:v>3364</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:5">
       <x:c r="A124" s="1">
-        <x:v>45828.8267013889</x:v>
+        <x:v>45848.8285763889</x:v>
       </x:c>
       <x:c r="B124" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C124" s="0">
-        <x:v>1.96</x:v>
+        <x:v>2.26</x:v>
       </x:c>
       <x:c r="D124" s="0">
-        <x:v>3588.842</x:v>
+        <x:v>3525.242</x:v>
       </x:c>
       <x:c r="E124" s="0">
-        <x:v>3385.7</x:v>
+        <x:v>3325.7</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:5">
       <x:c r="A125" s="1">
-        <x:v>45826.8327199074</x:v>
+        <x:v>45847.823587963</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C125" s="0">
-        <x:v>1.79</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="D125" s="0">
-        <x:v>3612.586</x:v>
+        <x:v>3520.26</x:v>
       </x:c>
       <x:c r="E125" s="0">
-        <x:v>3408.1</x:v>
+        <x:v>3321</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:5">
       <x:c r="A126" s="1">
-        <x:v>45825.8233101852</x:v>
+        <x:v>45846.8267939815</x:v>
       </x:c>
       <x:c r="B126" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C126" s="0">
-        <x:v>1.8</x:v>
+        <x:v>2.34</x:v>
       </x:c>
       <x:c r="D126" s="0">
-        <x:v>3611.314</x:v>
+        <x:v>3515.914</x:v>
       </x:c>
       <x:c r="E126" s="0">
-        <x:v>3406.9</x:v>
+        <x:v>3316.9</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:5">
       <x:c r="A127" s="1">
-        <x:v>45824.8368171296</x:v>
+        <x:v>45845.8307523148</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C127" s="0">
-        <x:v>1.73</x:v>
+        <x:v>2.12</x:v>
       </x:c>
       <x:c r="D127" s="0">
-        <x:v>3622.338</x:v>
+        <x:v>3543.368</x:v>
       </x:c>
       <x:c r="E127" s="0">
-        <x:v>3417.3</x:v>
+        <x:v>3342.8</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:5">
       <x:c r="A128" s="1">
-        <x:v>45821.829849537</x:v>
+        <x:v>45841.8258449074</x:v>
       </x:c>
       <x:c r="B128" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C128" s="0">
-        <x:v>1.51</x:v>
+        <x:v>2.12</x:v>
       </x:c>
       <x:c r="D128" s="0">
-        <x:v>3659.968</x:v>
+        <x:v>3543.474</x:v>
       </x:c>
       <x:c r="E128" s="0">
-        <x:v>3452.8</x:v>
+        <x:v>3342.9</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:5">
       <x:c r="A129" s="1">
-        <x:v>45820.8298032407</x:v>
+        <x:v>45840.8229282407</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C129" s="0">
-        <x:v>1.91</x:v>
+        <x:v>1.98</x:v>
       </x:c>
       <x:c r="D129" s="0">
-        <x:v>3606.544</x:v>
+        <x:v>3561.282</x:v>
       </x:c>
       <x:c r="E129" s="0">
-        <x:v>3402.4</x:v>
+        <x:v>3359.7</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:5">
       <x:c r="A130" s="1">
-        <x:v>45819.8345486111</x:v>
+        <x:v>45839.8275810185</x:v>
       </x:c>
       <x:c r="B130" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C130" s="0">
-        <x:v>2.54</x:v>
+        <x:v>2.07</x:v>
       </x:c>
       <x:c r="D130" s="0">
-        <x:v>3544.322</x:v>
+        <x:v>3550.788</x:v>
       </x:c>
       <x:c r="E130" s="0">
-        <x:v>3343.7</x:v>
+        <x:v>3349.8</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:5">
       <x:c r="A131" s="1">
-        <x:v>45818.8240972222</x:v>
+        <x:v>45838.8345601852</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C131" s="0">
-        <x:v>2.54</x:v>
+        <x:v>2.52</x:v>
       </x:c>
       <x:c r="D131" s="0">
-        <x:v>3544.004</x:v>
+        <x:v>3506.162</x:v>
       </x:c>
       <x:c r="E131" s="0">
-        <x:v>3343.4</x:v>
+        <x:v>3307.7</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:5">
       <x:c r="A132" s="1">
-        <x:v>45817.8239467593</x:v>
+        <x:v>45835.8364699074</x:v>
       </x:c>
       <x:c r="B132" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C132" s="0">
-        <x:v>2.43</x:v>
+        <x:v>2.76</x:v>
       </x:c>
       <x:c r="D132" s="0">
-        <x:v>3556.194</x:v>
+        <x:v>3484.856</x:v>
       </x:c>
       <x:c r="E132" s="0">
-        <x:v>3354.9</x:v>
+        <x:v>3287.6</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:5">
       <x:c r="A133" s="1">
-        <x:v>45814.8280324074</x:v>
+        <x:v>45834.8417013889</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C133" s="0">
-        <x:v>2.52</x:v>
+        <x:v>2.21</x:v>
       </x:c>
       <x:c r="D133" s="0">
-        <x:v>3547.396</x:v>
+        <x:v>3548.88</x:v>
       </x:c>
       <x:c r="E133" s="0">
-        <x:v>3346.6</x:v>
+        <x:v>3348</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:5">
       <x:c r="A134" s="1">
-        <x:v>45813.8231828704</x:v>
+        <x:v>45833.8280787037</x:v>
       </x:c>
       <x:c r="B134" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C134" s="0">
         <x:v>2.26</x:v>
       </x:c>
       <x:c r="D134" s="0">
-        <x:v>3577.606</x:v>
+        <x:v>3543.686</x:v>
       </x:c>
       <x:c r="E134" s="0">
-        <x:v>3375.1</x:v>
+        <x:v>3343.1</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:5">
       <x:c r="A135" s="1">
-        <x:v>45812.8567824074</x:v>
+        <x:v>45832.8236689815</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C135" s="0">
-        <x:v>2.05</x:v>
+        <x:v>2.35</x:v>
       </x:c>
       <x:c r="D135" s="0">
-        <x:v>3603.152</x:v>
+        <x:v>3533.934</x:v>
       </x:c>
       <x:c r="E135" s="0">
-        <x:v>3399.2</x:v>
+        <x:v>3333.9</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:5">
       <x:c r="A136" s="1">
-        <x:v>45811.8941782407</x:v>
+        <x:v>45831.8248611111</x:v>
       </x:c>
       <x:c r="B136" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C136" s="0">
-        <x:v>2.26</x:v>
+        <x:v>1.88</x:v>
       </x:c>
       <x:c r="D136" s="0">
-        <x:v>3579.726</x:v>
+        <x:v>3598.7</x:v>
       </x:c>
       <x:c r="E136" s="0">
-        <x:v>3377.1</x:v>
+        <x:v>3395</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:5">
       <x:c r="A137" s="1">
-        <x:v>45811.8794907407</x:v>
+        <x:v>45828.8267013889</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C137" s="0">
-        <x:v>2.26</x:v>
+        <x:v>1.96</x:v>
       </x:c>
       <x:c r="D137" s="0">
-        <x:v>3579.726</x:v>
+        <x:v>3588.842</x:v>
       </x:c>
       <x:c r="E137" s="0">
-        <x:v>3377.1</x:v>
+        <x:v>3385.7</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:5">
       <x:c r="A138" s="1">
-        <x:v>45810.8625347222</x:v>
+        <x:v>45826.8327199074</x:v>
       </x:c>
       <x:c r="B138" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C138" s="0">
-        <x:v>2.09</x:v>
+        <x:v>1.79</x:v>
       </x:c>
       <x:c r="D138" s="0">
-        <x:v>3601.032</x:v>
+        <x:v>3612.586</x:v>
       </x:c>
       <x:c r="E138" s="0">
-        <x:v>3397.2</x:v>
+        <x:v>3408.1</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:5">
       <x:c r="A139" s="1">
-        <x:v>45810.8250462963</x:v>
+        <x:v>45825.8233101852</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C139" s="0">
-        <x:v>2.09</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="D139" s="0">
-        <x:v>3601.032</x:v>
+        <x:v>3611.314</x:v>
       </x:c>
       <x:c r="E139" s="0">
-        <x:v>3397.2</x:v>
+        <x:v>3406.9</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:5">
       <x:c r="A140" s="1">
-        <x:v>45800.8238541667</x:v>
+        <x:v>45824.8368171296</x:v>
       </x:c>
       <x:c r="B140" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C140" s="0">
-        <x:v>2.42</x:v>
+        <x:v>1.73</x:v>
       </x:c>
       <x:c r="D140" s="0">
-        <x:v>3598.17</x:v>
+        <x:v>3622.338</x:v>
       </x:c>
       <x:c r="E140" s="0">
-        <x:v>3394.5</x:v>
+        <x:v>3417.3</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:5">
       <x:c r="A141" s="1">
-        <x:v>45799.8239583333</x:v>
+        <x:v>45821.829849537</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C141" s="0">
-        <x:v>3.46</x:v>
+        <x:v>1.51</x:v>
       </x:c>
       <x:c r="D141" s="0">
-        <x:v>3523.016</x:v>
+        <x:v>3659.968</x:v>
       </x:c>
       <x:c r="E141" s="0">
-        <x:v>3295</x:v>
+        <x:v>3452.8</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:5">
       <x:c r="A142" s="1">
-        <x:v>45798.8240856481</x:v>
+        <x:v>45820.8298032407</x:v>
       </x:c>
       <x:c r="B142" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C142" s="0">
-        <x:v>3.21</x:v>
+        <x:v>1.91</x:v>
       </x:c>
       <x:c r="D142" s="0">
-        <x:v>3512.31</x:v>
+        <x:v>3606.544</x:v>
       </x:c>
       <x:c r="E142" s="0">
-        <x:v>3313.5</x:v>
+        <x:v>3402.4</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:5">
       <x:c r="A143" s="1">
-        <x:v>45797.8268402778</x:v>
+        <x:v>45819.8345486111</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C143" s="0">
-        <x:v>3.66</x:v>
+        <x:v>2.54</x:v>
       </x:c>
       <x:c r="D143" s="0">
-        <x:v>3481.676</x:v>
+        <x:v>3544.322</x:v>
       </x:c>
       <x:c r="E143" s="0">
-        <x:v>3284.6</x:v>
+        <x:v>3343.7</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:5">
       <x:c r="A144" s="1">
-        <x:v>45796.8311226852</x:v>
+        <x:v>45818.8240972222</x:v>
       </x:c>
       <x:c r="B144" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C144" s="0">
-        <x:v>4.7</x:v>
+        <x:v>2.54</x:v>
       </x:c>
       <x:c r="D144" s="0">
-        <x:v>3427.51</x:v>
+        <x:v>3544.004</x:v>
       </x:c>
       <x:c r="E144" s="0">
-        <x:v>3233.5</x:v>
+        <x:v>3343.4</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:5">
       <x:c r="A145" s="1">
-        <x:v>45793.82375</x:v>
+        <x:v>45817.8239467593</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C145" s="0">
-        <x:v>5.92</x:v>
+        <x:v>2.43</x:v>
       </x:c>
       <x:c r="D145" s="0">
-        <x:v>3378.432</x:v>
+        <x:v>3556.194</x:v>
       </x:c>
       <x:c r="E145" s="0">
-        <x:v>3187.2</x:v>
+        <x:v>3354.9</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:5">
       <x:c r="A146" s="1">
-        <x:v>45792.8270949074</x:v>
+        <x:v>45814.8280324074</x:v>
       </x:c>
       <x:c r="B146" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C146" s="0">
-        <x:v>5.06</x:v>
+        <x:v>2.52</x:v>
       </x:c>
       <x:c r="D146" s="0">
-        <x:v>3420.196</x:v>
+        <x:v>3547.396</x:v>
       </x:c>
       <x:c r="E146" s="0">
-        <x:v>3226.6</x:v>
+        <x:v>3346.6</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:5">
       <x:c r="A147" s="1">
-        <x:v>45791.8231712963</x:v>
+        <x:v>45813.8231828704</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C147" s="0">
-        <x:v>6.09</x:v>
+        <x:v>2.26</x:v>
       </x:c>
       <x:c r="D147" s="0">
-        <x:v>3379.598</x:v>
+        <x:v>3577.606</x:v>
       </x:c>
       <x:c r="E147" s="0">
-        <x:v>3188.3</x:v>
+        <x:v>3375.1</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:5">
       <x:c r="A148" s="1">
-        <x:v>45790.825</x:v>
+        <x:v>45812.8567824074</x:v>
       </x:c>
       <x:c r="B148" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C148" s="0">
-        <x:v>4.85</x:v>
+        <x:v>2.05</x:v>
       </x:c>
       <x:c r="D148" s="0">
-        <x:v>3442.668</x:v>
+        <x:v>3603.152</x:v>
       </x:c>
       <x:c r="E148" s="0">
-        <x:v>3247.8</x:v>
+        <x:v>3399.2</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:5">
       <x:c r="A149" s="1">
-        <x:v>45789.8237847222</x:v>
+        <x:v>45811.8941782407</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C149" s="0">
-        <x:v>5.31</x:v>
+        <x:v>2.26</x:v>
       </x:c>
       <x:c r="D149" s="0">
-        <x:v>3421.68</x:v>
+        <x:v>3579.726</x:v>
       </x:c>
       <x:c r="E149" s="0">
-        <x:v>3228</x:v>
+        <x:v>3377.1</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:5">
       <x:c r="A150" s="1">
-        <x:v>45786.8321296296</x:v>
+        <x:v>45811.8794907407</x:v>
       </x:c>
       <x:c r="B150" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C150" s="0">
-        <x:v>3.58</x:v>
+        <x:v>2.26</x:v>
       </x:c>
       <x:c r="D150" s="0">
-        <x:v>3544.64</x:v>
+        <x:v>3579.726</x:v>
       </x:c>
       <x:c r="E150" s="0">
-        <x:v>3344</x:v>
+        <x:v>3377.1</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:5">
       <x:c r="A151" s="1">
-        <x:v>45785.8261805556</x:v>
+        <x:v>45810.8625347222</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C151" s="0">
-        <x:v>4.27</x:v>
+        <x:v>2.09</x:v>
       </x:c>
       <x:c r="D151" s="0">
-        <x:v>3504.36</x:v>
+        <x:v>3601.032</x:v>
       </x:c>
       <x:c r="E151" s="0">
-        <x:v>3306</x:v>
+        <x:v>3397.2</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:5">
       <x:c r="A152" s="1">
-        <x:v>45784.8969907407</x:v>
+        <x:v>45810.8250462963</x:v>
       </x:c>
       <x:c r="B152" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C152" s="0">
-        <x:v>3.15</x:v>
+        <x:v>2.09</x:v>
       </x:c>
       <x:c r="D152" s="0">
-        <x:v>3595.414</x:v>
+        <x:v>3601.032</x:v>
       </x:c>
       <x:c r="E152" s="0">
-        <x:v>3391.9</x:v>
+        <x:v>3397.2</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:5">
       <x:c r="A153" s="1">
-        <x:v>45784.8529861111</x:v>
+        <x:v>45800.8238541667</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C153" s="0">
-        <x:v>3.15</x:v>
+        <x:v>2.42</x:v>
       </x:c>
       <x:c r="D153" s="0">
-        <x:v>3595.414</x:v>
+        <x:v>3598.17</x:v>
       </x:c>
       <x:c r="E153" s="0">
-        <x:v>3391.9</x:v>
+        <x:v>3394.5</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:5">
       <x:c r="A154" s="1">
-        <x:v>45783.8302430556</x:v>
+        <x:v>45799.8239583333</x:v>
       </x:c>
       <x:c r="B154" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C154" s="0">
-        <x:v>2.8</x:v>
+        <x:v>3.46</x:v>
       </x:c>
       <x:c r="D154" s="0">
-        <x:v>3628.168</x:v>
+        <x:v>3523.016</x:v>
       </x:c>
       <x:c r="E154" s="0">
-        <x:v>3422.8</x:v>
+        <x:v>3295</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:5">
       <x:c r="A155" s="1">
-        <x:v>45777.8390162037</x:v>
+        <x:v>45798.8240856481</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C155" s="0">
-        <x:v>5.61</x:v>
+        <x:v>3.21</x:v>
       </x:c>
       <x:c r="D155" s="0">
-        <x:v>3518.246</x:v>
+        <x:v>3512.31</x:v>
       </x:c>
       <x:c r="E155" s="0">
-        <x:v>3319.1</x:v>
+        <x:v>3313.5</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:5">
       <x:c r="A156" s="1">
-        <x:v>45776.8444328704</x:v>
+        <x:v>45797.8268402778</x:v>
       </x:c>
       <x:c r="B156" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C156" s="0">
-        <x:v>5.29</x:v>
+        <x:v>3.66</x:v>
       </x:c>
       <x:c r="D156" s="0">
-        <x:v>3533.616</x:v>
+        <x:v>3481.676</x:v>
       </x:c>
       <x:c r="E156" s="0">
-        <x:v>3333.6</x:v>
+        <x:v>3284.6</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:5">
       <x:c r="A157" s="1">
+        <x:v>45796.8311226852</x:v>
+      </x:c>
+      <x:c r="B157" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C157" s="0">
+        <x:v>4.7</x:v>
+      </x:c>
+      <x:c r="D157" s="0">
+        <x:v>3427.51</x:v>
+      </x:c>
+      <x:c r="E157" s="0">
+        <x:v>3233.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="158" spans="1:5">
+      <x:c r="A158" s="1">
+        <x:v>45793.82375</x:v>
+      </x:c>
+      <x:c r="B158" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C158" s="0">
+        <x:v>5.92</x:v>
+      </x:c>
+      <x:c r="D158" s="0">
+        <x:v>3378.432</x:v>
+      </x:c>
+      <x:c r="E158" s="0">
+        <x:v>3187.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="159" spans="1:5">
+      <x:c r="A159" s="1">
+        <x:v>45792.8270949074</x:v>
+      </x:c>
+      <x:c r="B159" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C159" s="0">
+        <x:v>5.06</x:v>
+      </x:c>
+      <x:c r="D159" s="0">
+        <x:v>3420.196</x:v>
+      </x:c>
+      <x:c r="E159" s="0">
+        <x:v>3226.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="160" spans="1:5">
+      <x:c r="A160" s="1">
+        <x:v>45791.8231712963</x:v>
+      </x:c>
+      <x:c r="B160" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C160" s="0">
+        <x:v>6.09</x:v>
+      </x:c>
+      <x:c r="D160" s="0">
+        <x:v>3379.598</x:v>
+      </x:c>
+      <x:c r="E160" s="0">
+        <x:v>3188.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="161" spans="1:5">
+      <x:c r="A161" s="1">
+        <x:v>45790.825</x:v>
+      </x:c>
+      <x:c r="B161" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C161" s="0">
+        <x:v>4.85</x:v>
+      </x:c>
+      <x:c r="D161" s="0">
+        <x:v>3442.668</x:v>
+      </x:c>
+      <x:c r="E161" s="0">
+        <x:v>3247.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="162" spans="1:5">
+      <x:c r="A162" s="1">
+        <x:v>45789.8237847222</x:v>
+      </x:c>
+      <x:c r="B162" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C162" s="0">
+        <x:v>5.31</x:v>
+      </x:c>
+      <x:c r="D162" s="0">
+        <x:v>3421.68</x:v>
+      </x:c>
+      <x:c r="E162" s="0">
+        <x:v>3228</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="163" spans="1:5">
+      <x:c r="A163" s="1">
+        <x:v>45786.8321296296</x:v>
+      </x:c>
+      <x:c r="B163" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C163" s="0">
+        <x:v>3.58</x:v>
+      </x:c>
+      <x:c r="D163" s="0">
+        <x:v>3544.64</x:v>
+      </x:c>
+      <x:c r="E163" s="0">
+        <x:v>3344</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="164" spans="1:5">
+      <x:c r="A164" s="1">
+        <x:v>45785.8261805556</x:v>
+      </x:c>
+      <x:c r="B164" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C164" s="0">
+        <x:v>4.27</x:v>
+      </x:c>
+      <x:c r="D164" s="0">
+        <x:v>3504.36</x:v>
+      </x:c>
+      <x:c r="E164" s="0">
+        <x:v>3306</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="165" spans="1:5">
+      <x:c r="A165" s="1">
+        <x:v>45784.8969907407</x:v>
+      </x:c>
+      <x:c r="B165" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C165" s="0">
+        <x:v>3.15</x:v>
+      </x:c>
+      <x:c r="D165" s="0">
+        <x:v>3595.414</x:v>
+      </x:c>
+      <x:c r="E165" s="0">
+        <x:v>3391.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="166" spans="1:5">
+      <x:c r="A166" s="1">
+        <x:v>45784.8529861111</x:v>
+      </x:c>
+      <x:c r="B166" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C166" s="0">
+        <x:v>3.15</x:v>
+      </x:c>
+      <x:c r="D166" s="0">
+        <x:v>3595.414</x:v>
+      </x:c>
+      <x:c r="E166" s="0">
+        <x:v>3391.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="167" spans="1:5">
+      <x:c r="A167" s="1">
+        <x:v>45783.8302430556</x:v>
+      </x:c>
+      <x:c r="B167" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C167" s="0">
+        <x:v>2.8</x:v>
+      </x:c>
+      <x:c r="D167" s="0">
+        <x:v>3628.168</x:v>
+      </x:c>
+      <x:c r="E167" s="0">
+        <x:v>3422.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="168" spans="1:5">
+      <x:c r="A168" s="1">
+        <x:v>45777.8390162037</x:v>
+      </x:c>
+      <x:c r="B168" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C168" s="0">
+        <x:v>5.61</x:v>
+      </x:c>
+      <x:c r="D168" s="0">
+        <x:v>3518.246</x:v>
+      </x:c>
+      <x:c r="E168" s="0">
+        <x:v>3319.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="169" spans="1:5">
+      <x:c r="A169" s="1">
+        <x:v>45776.8444328704</x:v>
+      </x:c>
+      <x:c r="B169" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C169" s="0">
+        <x:v>5.29</x:v>
+      </x:c>
+      <x:c r="D169" s="0">
+        <x:v>3533.616</x:v>
+      </x:c>
+      <x:c r="E169" s="0">
+        <x:v>3333.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="170" spans="1:5">
+      <x:c r="A170" s="1">
         <x:v>45775.8451157407</x:v>
       </x:c>
-      <x:c r="B157" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C157" s="0">
+      <x:c r="B170" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C170" s="0">
         <x:v>5</x:v>
       </x:c>
-      <x:c r="D157" s="0">
+      <x:c r="D170" s="0">
         <x:v>3548.562</x:v>
       </x:c>
-      <x:c r="E157" s="0">
+      <x:c r="E170" s="0">
         <x:v>3347.7</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>