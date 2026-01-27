--- v3 (2025-12-30)
+++ v4 (2026-01-27)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8463872e997e4b63" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8d86b11e45684931bb83b73da672da5b.psmdcp" Id="R87a94ec3b5044319" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R26c70e3855a4442a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7a255a267d214e3a86d8804c433d4231.psmdcp" Id="Rb4cc9389b4664bec" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>NLBNPNL35552</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -390,2936 +390,3242 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E170"/>
+  <x:dimension ref="A1:E188"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>46020.8393402778</x:v>
+        <x:v>46049.8227199074</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>4604.216</x:v>
+        <x:v>5427.836</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>4343.6</x:v>
+        <x:v>5120.6</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>46014.8341898148</x:v>
+        <x:v>46048.8231134259</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>4776.042</x:v>
+        <x:v>5429.638</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>4505.7</x:v>
+        <x:v>5122.3</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>46014.825474537</x:v>
+        <x:v>46045.827349537</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>4776.042</x:v>
+        <x:v>5318.02</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>4505.7</x:v>
+        <x:v>4979.7</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>46013.830787037</x:v>
+        <x:v>46044.8500462963</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>4737.564</x:v>
+        <x:v>5208.204</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>4469.4</x:v>
+        <x:v>4913.4</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>46010.8267592593</x:v>
+        <x:v>46043.8455439815</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>4650.538</x:v>
+        <x:v>5127.75</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>4387.3</x:v>
+        <x:v>4837.5</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>46009.8283333333</x:v>
+        <x:v>46042.8283333333</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>4626.37</x:v>
+        <x:v>5051.748</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>4364.5</x:v>
+        <x:v>4765.8</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>46008.8262962963</x:v>
+        <x:v>46038.8262731481</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>4636.334</x:v>
+        <x:v>4871.124</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>4373.9</x:v>
+        <x:v>4595.4</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>46007.8233680556</x:v>
+        <x:v>46037.8245833333</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>4592.238</x:v>
+        <x:v>4901.122</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>4332.3</x:v>
+        <x:v>4623.7</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>46006.8309722222</x:v>
+        <x:v>46036.8248611111</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>4595.312</x:v>
+        <x:v>4913.842</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>4335.2</x:v>
+        <x:v>4635.7</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>46003.8253240741</x:v>
+        <x:v>46035.8275925926</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C12" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>4587.998</x:v>
+        <x:v>4875.046</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>4328.3</x:v>
+        <x:v>4599.1</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>46002.8233680556</x:v>
+        <x:v>46034.8259490741</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>4571.78</x:v>
+        <x:v>4891.582</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>4313</x:v>
+        <x:v>4614.7</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>46001.8248611111</x:v>
+        <x:v>46031.8226041667</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C14" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>4478.182</x:v>
+        <x:v>4770.954</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>4224.7</x:v>
+        <x:v>4500.9</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>46000.8228125</x:v>
+        <x:v>46030.8292592593</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>4490.372</x:v>
+        <x:v>4728.342</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>4236.2</x:v>
+        <x:v>4460.7</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>45999.8272106481</x:v>
+        <x:v>46029.8237037037</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C16" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>4470.762</x:v>
+        <x:v>4730.25</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>4217.7</x:v>
+        <x:v>4462.5</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>45996.8263194444</x:v>
+        <x:v>46028.8240972222</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C17" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>4497.58</x:v>
+        <x:v>4765.866</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>4243</x:v>
+        <x:v>4496.1</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>45995.8232291667</x:v>
+        <x:v>46027.8218981481</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>4497.58</x:v>
+        <x:v>4718.59</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>4243</x:v>
+        <x:v>4451.5</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>45994.8237152778</x:v>
+        <x:v>46024.8229976852</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C19" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>4486.45</x:v>
+        <x:v>4589.376</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>4232.5</x:v>
+        <x:v>4329.6</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
-        <x:v>45993.8229513889</x:v>
+        <x:v>46021.8342708333</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C20" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>4474.048</x:v>
+        <x:v>4649.478</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>4220.8</x:v>
+        <x:v>4386.3</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="1">
-        <x:v>45992.8242824074</x:v>
+        <x:v>46020.8393402778</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C21" s="0">
         <x:v>0.01</x:v>
       </x:c>
       <x:c r="D21" s="0">
-        <x:v>4531.288</x:v>
+        <x:v>4604.216</x:v>
       </x:c>
       <x:c r="E21" s="0">
-        <x:v>4274.8</x:v>
+        <x:v>4343.6</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="1">
-        <x:v>45989.8354861111</x:v>
+        <x:v>46014.8341898148</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C22" s="0">
         <x:v>0.01</x:v>
       </x:c>
       <x:c r="D22" s="0">
-        <x:v>4510.194</x:v>
+        <x:v>4776.042</x:v>
       </x:c>
       <x:c r="E22" s="0">
-        <x:v>4254.9</x:v>
+        <x:v>4505.7</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="1">
-        <x:v>45987.8265162037</x:v>
+        <x:v>46014.825474537</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C23" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D23" s="0">
-        <x:v>4454.438</x:v>
+        <x:v>4776.042</x:v>
       </x:c>
       <x:c r="E23" s="0">
-        <x:v>4202.3</x:v>
+        <x:v>4505.7</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="1">
-        <x:v>45986.8420601852</x:v>
+        <x:v>46013.830787037</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C24" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D24" s="0">
-        <x:v>4427.938</x:v>
+        <x:v>4737.564</x:v>
       </x:c>
       <x:c r="E24" s="0">
-        <x:v>4177.3</x:v>
+        <x:v>4469.4</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="1">
-        <x:v>45985.8473148148</x:v>
+        <x:v>46010.8267592593</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C25" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D25" s="0">
-        <x:v>4378.648</x:v>
+        <x:v>4650.538</x:v>
       </x:c>
       <x:c r="E25" s="0">
-        <x:v>4130.8</x:v>
+        <x:v>4387.3</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="1">
-        <x:v>45982.8240972222</x:v>
+        <x:v>46009.8283333333</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C26" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D26" s="0">
-        <x:v>4362.96</x:v>
+        <x:v>4626.37</x:v>
       </x:c>
       <x:c r="E26" s="0">
-        <x:v>4116</x:v>
+        <x:v>4364.5</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="1">
-        <x:v>45981.8589236111</x:v>
+        <x:v>46008.8262962963</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C27" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D27" s="0">
-        <x:v>4341.442</x:v>
+        <x:v>4636.334</x:v>
       </x:c>
       <x:c r="E27" s="0">
-        <x:v>4060</x:v>
+        <x:v>4373.9</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="1">
-        <x:v>45980.8244791667</x:v>
+        <x:v>46007.8233680556</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C28" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D28" s="0">
-        <x:v>4327.768</x:v>
+        <x:v>4592.238</x:v>
       </x:c>
       <x:c r="E28" s="0">
-        <x:v>4082.8</x:v>
+        <x:v>4332.3</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="1">
-        <x:v>45979.8891898148</x:v>
+        <x:v>46006.8309722222</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C29" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D29" s="0">
-        <x:v>4310.49</x:v>
+        <x:v>4595.312</x:v>
       </x:c>
       <x:c r="E29" s="0">
-        <x:v>4066.5</x:v>
+        <x:v>4335.2</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="1">
-        <x:v>45978.8252083333</x:v>
+        <x:v>46003.8253240741</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C30" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D30" s="0">
-        <x:v>4318.97</x:v>
+        <x:v>4587.998</x:v>
       </x:c>
       <x:c r="E30" s="0">
-        <x:v>4074.5</x:v>
+        <x:v>4328.3</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="1">
-        <x:v>45975.8263425926</x:v>
+        <x:v>46002.8233680556</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C31" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D31" s="0">
-        <x:v>4339.852</x:v>
+        <x:v>4571.78</x:v>
       </x:c>
       <x:c r="E31" s="0">
-        <x:v>4094.2</x:v>
+        <x:v>4313</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="1">
-        <x:v>45974.8559722222</x:v>
+        <x:v>46001.8248611111</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C32" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D32" s="0">
-        <x:v>4446.17</x:v>
+        <x:v>4478.182</x:v>
       </x:c>
       <x:c r="E32" s="0">
-        <x:v>4194.5</x:v>
+        <x:v>4224.7</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="1">
-        <x:v>45973.8250115741</x:v>
+        <x:v>46000.8228125</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C33" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D33" s="0">
-        <x:v>4466.416</x:v>
+        <x:v>4490.372</x:v>
       </x:c>
       <x:c r="E33" s="0">
-        <x:v>4213.6</x:v>
+        <x:v>4236.2</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="1">
-        <x:v>45972.8325115741</x:v>
+        <x:v>45999.8272106481</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C34" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D34" s="0">
-        <x:v>4363.278</x:v>
+        <x:v>4470.762</x:v>
       </x:c>
       <x:c r="E34" s="0">
-        <x:v>4116.3</x:v>
+        <x:v>4217.7</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="1">
-        <x:v>45971.8316203704</x:v>
+        <x:v>45996.8263194444</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C35" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D35" s="0">
-        <x:v>4369.32</x:v>
+        <x:v>4497.58</x:v>
       </x:c>
       <x:c r="E35" s="0">
-        <x:v>4122</x:v>
+        <x:v>4243</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="1">
-        <x:v>45968.8265509259</x:v>
+        <x:v>45995.8232291667</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C36" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D36" s="0">
-        <x:v>4250.388</x:v>
+        <x:v>4497.58</x:v>
       </x:c>
       <x:c r="E36" s="0">
-        <x:v>4009.8</x:v>
+        <x:v>4243</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="1">
-        <x:v>45967.856724537</x:v>
+        <x:v>45994.8237152778</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C37" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D37" s="0">
-        <x:v>4230.46</x:v>
+        <x:v>4486.45</x:v>
       </x:c>
       <x:c r="E37" s="0">
-        <x:v>3991</x:v>
+        <x:v>4232.5</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="1">
-        <x:v>45967.8527893519</x:v>
+        <x:v>45993.8229513889</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C38" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D38" s="0">
-        <x:v>4230.46</x:v>
+        <x:v>4474.048</x:v>
       </x:c>
       <x:c r="E38" s="0">
-        <x:v>3991</x:v>
+        <x:v>4220.8</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="1">
-        <x:v>45967.8429050926</x:v>
+        <x:v>45992.8242824074</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C39" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D39" s="0">
-        <x:v>4230.46</x:v>
+        <x:v>4531.288</x:v>
       </x:c>
       <x:c r="E39" s="0">
-        <x:v>3991</x:v>
+        <x:v>4274.8</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="1">
-        <x:v>45967.8321412037</x:v>
+        <x:v>45989.8354861111</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C40" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D40" s="0">
-        <x:v>4230.46</x:v>
+        <x:v>4510.194</x:v>
       </x:c>
       <x:c r="E40" s="0">
-        <x:v>3991</x:v>
+        <x:v>4254.9</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="1">
-        <x:v>45966.8257638889</x:v>
+        <x:v>45987.8265162037</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C41" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D41" s="0">
-        <x:v>4232.474</x:v>
+        <x:v>4454.438</x:v>
       </x:c>
       <x:c r="E41" s="0">
-        <x:v>3992.9</x:v>
+        <x:v>4202.3</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="1">
-        <x:v>45965.8373263889</x:v>
+        <x:v>45986.8420601852</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C42" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D42" s="0">
-        <x:v>4198.13</x:v>
+        <x:v>4427.938</x:v>
       </x:c>
       <x:c r="E42" s="0">
-        <x:v>3960.5</x:v>
+        <x:v>4177.3</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="1">
-        <x:v>45964.8251041667</x:v>
+        <x:v>45985.8473148148</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C43" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D43" s="0">
-        <x:v>4254.84</x:v>
+        <x:v>4378.648</x:v>
       </x:c>
       <x:c r="E43" s="0">
-        <x:v>4014</x:v>
+        <x:v>4130.8</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="1">
-        <x:v>45961.7823032407</x:v>
+        <x:v>45982.8240972222</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C44" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D44" s="0">
-        <x:v>4236.29</x:v>
+        <x:v>4362.96</x:v>
       </x:c>
       <x:c r="E44" s="0">
-        <x:v>3996.5</x:v>
+        <x:v>4116</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="1">
-        <x:v>45960.7838310185</x:v>
+        <x:v>45981.8589236111</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C45" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D45" s="0">
-        <x:v>4256.854</x:v>
+        <x:v>4341.442</x:v>
       </x:c>
       <x:c r="E45" s="0">
-        <x:v>4015.9</x:v>
+        <x:v>4060</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="1">
-        <x:v>45959.7819328704</x:v>
+        <x:v>45980.8244791667</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C46" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D46" s="0">
-        <x:v>4240.742</x:v>
+        <x:v>4327.768</x:v>
       </x:c>
       <x:c r="E46" s="0">
-        <x:v>4000.7</x:v>
+        <x:v>4082.8</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="1">
-        <x:v>45958.7844444444</x:v>
+        <x:v>45979.8891898148</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C47" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D47" s="0">
-        <x:v>4222.086</x:v>
+        <x:v>4310.49</x:v>
       </x:c>
       <x:c r="E47" s="0">
-        <x:v>3983.1</x:v>
+        <x:v>4066.5</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5">
       <x:c r="A48" s="1">
-        <x:v>45957.784849537</x:v>
+        <x:v>45978.8252083333</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C48" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D48" s="0">
-        <x:v>4260.882</x:v>
+        <x:v>4318.97</x:v>
       </x:c>
       <x:c r="E48" s="0">
-        <x:v>4019.7</x:v>
+        <x:v>4074.5</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
       <x:c r="A49" s="1">
-        <x:v>45954.8273726852</x:v>
+        <x:v>45975.8263425926</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C49" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D49" s="0">
-        <x:v>4386.068</x:v>
+        <x:v>4339.852</x:v>
       </x:c>
       <x:c r="E49" s="0">
-        <x:v>4137.8</x:v>
+        <x:v>4094.2</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5">
       <x:c r="A50" s="1">
-        <x:v>45953.8264236111</x:v>
+        <x:v>45974.8559722222</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C50" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D50" s="0">
-        <x:v>4394.336</x:v>
+        <x:v>4446.17</x:v>
       </x:c>
       <x:c r="E50" s="0">
-        <x:v>4145.6</x:v>
+        <x:v>4194.5</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5">
       <x:c r="A51" s="1">
-        <x:v>45952.8312615741</x:v>
+        <x:v>45973.8250115741</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C51" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D51" s="0">
-        <x:v>4309.324</x:v>
+        <x:v>4466.416</x:v>
       </x:c>
       <x:c r="E51" s="0">
-        <x:v>4065.4</x:v>
+        <x:v>4213.6</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5">
       <x:c r="A52" s="1">
-        <x:v>45951.8353125</x:v>
+        <x:v>45972.8325115741</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C52" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D52" s="0">
-        <x:v>4355.646</x:v>
+        <x:v>4363.278</x:v>
       </x:c>
       <x:c r="E52" s="0">
-        <x:v>4109.1</x:v>
+        <x:v>4116.3</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5">
       <x:c r="A53" s="1">
-        <x:v>45950.8514814815</x:v>
+        <x:v>45971.8316203704</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C53" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D53" s="0">
-        <x:v>4620.964</x:v>
+        <x:v>4369.32</x:v>
       </x:c>
       <x:c r="E53" s="0">
-        <x:v>4359.4</x:v>
+        <x:v>4122</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5">
       <x:c r="A54" s="1">
-        <x:v>45947.8256018519</x:v>
+        <x:v>45968.8265509259</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C54" s="0">
         <x:v>0.04</x:v>
       </x:c>
       <x:c r="D54" s="0">
-        <x:v>4466.098</x:v>
+        <x:v>4250.388</x:v>
       </x:c>
       <x:c r="E54" s="0">
-        <x:v>4213.3</x:v>
+        <x:v>4009.8</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5">
       <x:c r="A55" s="1">
-        <x:v>45946.8237847222</x:v>
+        <x:v>45967.856724537</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C55" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D55" s="0">
-        <x:v>4562.876</x:v>
+        <x:v>4230.46</x:v>
       </x:c>
       <x:c r="E55" s="0">
-        <x:v>4304.6</x:v>
+        <x:v>3991</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5">
       <x:c r="A56" s="1">
-        <x:v>45945.8233680556</x:v>
+        <x:v>45967.8527893519</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C56" s="0">
         <x:v>0.04</x:v>
       </x:c>
       <x:c r="D56" s="0">
-        <x:v>4453.696</x:v>
+        <x:v>4230.46</x:v>
       </x:c>
       <x:c r="E56" s="0">
-        <x:v>4201.6</x:v>
+        <x:v>3991</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:5">
       <x:c r="A57" s="1">
-        <x:v>45944.8282986111</x:v>
+        <x:v>45967.8429050926</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C57" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D57" s="0">
-        <x:v>4413.204</x:v>
+        <x:v>4230.46</x:v>
       </x:c>
       <x:c r="E57" s="0">
-        <x:v>4163.4</x:v>
+        <x:v>3991</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:5">
       <x:c r="A58" s="1">
-        <x:v>45943.8403472222</x:v>
+        <x:v>45967.8321412037</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C58" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D58" s="0">
-        <x:v>4380.98</x:v>
+        <x:v>4230.46</x:v>
       </x:c>
       <x:c r="E58" s="0">
-        <x:v>4133</x:v>
+        <x:v>3991</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:5">
       <x:c r="A59" s="1">
-        <x:v>45940.8233449074</x:v>
+        <x:v>45966.8257638889</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C59" s="0">
-        <x:v>0.1</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D59" s="0">
-        <x:v>4240.424</x:v>
+        <x:v>4232.474</x:v>
       </x:c>
       <x:c r="E59" s="0">
-        <x:v>4000.4</x:v>
+        <x:v>3992.9</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:5">
       <x:c r="A60" s="1">
-        <x:v>45939.8284953704</x:v>
+        <x:v>45965.8373263889</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C60" s="0">
-        <x:v>0.11</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D60" s="0">
-        <x:v>4210.956</x:v>
+        <x:v>4198.13</x:v>
       </x:c>
       <x:c r="E60" s="0">
-        <x:v>3972.6</x:v>
+        <x:v>3960.5</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:5">
       <x:c r="A61" s="1">
-        <x:v>45938.8250231482</x:v>
+        <x:v>45964.8251041667</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C61" s="0">
-        <x:v>0.08</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D61" s="0">
-        <x:v>4314.73</x:v>
+        <x:v>4254.84</x:v>
       </x:c>
       <x:c r="E61" s="0">
-        <x:v>4070.5</x:v>
+        <x:v>4014</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:5">
       <x:c r="A62" s="1">
-        <x:v>45937.8252314815</x:v>
+        <x:v>45961.7823032407</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C62" s="0">
-        <x:v>0.11</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D62" s="0">
-        <x:v>4244.664</x:v>
+        <x:v>4236.29</x:v>
       </x:c>
       <x:c r="E62" s="0">
-        <x:v>4004.4</x:v>
+        <x:v>3996.5</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:5">
       <x:c r="A63" s="1">
-        <x:v>45936.8237384259</x:v>
+        <x:v>45960.7838310185</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C63" s="0">
-        <x:v>0.12</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D63" s="0">
-        <x:v>4214.878</x:v>
+        <x:v>4256.854</x:v>
       </x:c>
       <x:c r="E63" s="0">
-        <x:v>3976.3</x:v>
+        <x:v>4015.9</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:5">
       <x:c r="A64" s="1">
-        <x:v>45933.8235763889</x:v>
+        <x:v>45959.7819328704</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C64" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D64" s="0">
-        <x:v>4143.434</x:v>
+        <x:v>4240.742</x:v>
       </x:c>
       <x:c r="E64" s="0">
-        <x:v>3908.9</x:v>
+        <x:v>4000.7</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:5">
       <x:c r="A65" s="1">
-        <x:v>45932.824525463</x:v>
+        <x:v>45958.7844444444</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C65" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D65" s="0">
-        <x:v>4100.186</x:v>
+        <x:v>4222.086</x:v>
       </x:c>
       <x:c r="E65" s="0">
-        <x:v>3868.1</x:v>
+        <x:v>3983.1</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:5">
       <x:c r="A66" s="1">
-        <x:v>45931.8251041667</x:v>
+        <x:v>45957.784849537</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C66" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D66" s="0">
-        <x:v>4131.35</x:v>
+        <x:v>4260.882</x:v>
       </x:c>
       <x:c r="E66" s="0">
-        <x:v>3897.5</x:v>
+        <x:v>4019.7</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:5">
       <x:c r="A67" s="1">
-        <x:v>45930.8240046296</x:v>
+        <x:v>45954.8273726852</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C67" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D67" s="0">
-        <x:v>4105.592</x:v>
+        <x:v>4386.068</x:v>
       </x:c>
       <x:c r="E67" s="0">
-        <x:v>3873.2</x:v>
+        <x:v>4137.8</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:5">
       <x:c r="A68" s="1">
-        <x:v>45929.8229398148</x:v>
+        <x:v>45953.8264236111</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C68" s="0">
-        <x:v>0.2</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D68" s="0">
-        <x:v>4086.512</x:v>
+        <x:v>4394.336</x:v>
       </x:c>
       <x:c r="E68" s="0">
-        <x:v>3855.2</x:v>
+        <x:v>4145.6</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:5">
       <x:c r="A69" s="1">
-        <x:v>45926.8238888889</x:v>
+        <x:v>45952.8312615741</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C69" s="0">
-        <x:v>0.24</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D69" s="0">
-        <x:v>4037.54</x:v>
+        <x:v>4309.324</x:v>
       </x:c>
       <x:c r="E69" s="0">
-        <x:v>3809</x:v>
+        <x:v>4065.4</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:5">
       <x:c r="A70" s="1">
-        <x:v>45925.8238657407</x:v>
+        <x:v>45951.8353125</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C70" s="0">
-        <x:v>0.28</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D70" s="0">
-        <x:v>3997.366</x:v>
+        <x:v>4355.646</x:v>
       </x:c>
       <x:c r="E70" s="0">
-        <x:v>3771.1</x:v>
+        <x:v>4109.1</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:5">
       <x:c r="A71" s="1">
-        <x:v>45924.8325347222</x:v>
+        <x:v>45950.8514814815</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C71" s="0">
-        <x:v>0.29</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D71" s="0">
-        <x:v>3994.186</x:v>
+        <x:v>4620.964</x:v>
       </x:c>
       <x:c r="E71" s="0">
-        <x:v>3768.1</x:v>
+        <x:v>4359.4</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:5">
       <x:c r="A72" s="1">
-        <x:v>45923.8421527778</x:v>
+        <x:v>45947.8256018519</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C72" s="0">
-        <x:v>0.25</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D72" s="0">
-        <x:v>4044.642</x:v>
+        <x:v>4466.098</x:v>
       </x:c>
       <x:c r="E72" s="0">
-        <x:v>3815.7</x:v>
+        <x:v>4213.3</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:5">
       <x:c r="A73" s="1">
-        <x:v>45922.8390625</x:v>
+        <x:v>45946.8237847222</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C73" s="0">
-        <x:v>0.29</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D73" s="0">
-        <x:v>4001.606</x:v>
+        <x:v>4562.876</x:v>
       </x:c>
       <x:c r="E73" s="0">
-        <x:v>3775.1</x:v>
+        <x:v>4304.6</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:5">
       <x:c r="A74" s="1">
-        <x:v>45919.8403587963</x:v>
+        <x:v>45945.8233680556</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C74" s="0">
-        <x:v>0.39</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D74" s="0">
-        <x:v>3928.148</x:v>
+        <x:v>4453.696</x:v>
       </x:c>
       <x:c r="E74" s="0">
-        <x:v>3705.8</x:v>
+        <x:v>4201.6</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:5">
       <x:c r="A75" s="1">
-        <x:v>45918.8309027778</x:v>
+        <x:v>45944.8282986111</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C75" s="0">
-        <x:v>0.44</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D75" s="0">
-        <x:v>3898.998</x:v>
+        <x:v>4413.204</x:v>
       </x:c>
       <x:c r="E75" s="0">
-        <x:v>3678.3</x:v>
+        <x:v>4163.4</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:5">
       <x:c r="A76" s="1">
-        <x:v>45917.8347222222</x:v>
+        <x:v>45943.8403472222</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C76" s="0">
-        <x:v>0.38</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D76" s="0">
-        <x:v>3940.868</x:v>
+        <x:v>4380.98</x:v>
       </x:c>
       <x:c r="E76" s="0">
-        <x:v>3717.8</x:v>
+        <x:v>4133</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:5">
       <x:c r="A77" s="1">
-        <x:v>45916.8237731481</x:v>
+        <x:v>45940.8233449074</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C77" s="0">
-        <x:v>0.37</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D77" s="0">
-        <x:v>3948.606</x:v>
+        <x:v>4240.424</x:v>
       </x:c>
       <x:c r="E77" s="0">
-        <x:v>3725.1</x:v>
+        <x:v>4000.4</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:5">
       <x:c r="A78" s="1">
-        <x:v>45915.8287152778</x:v>
+        <x:v>45939.8284953704</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C78" s="0">
-        <x:v>0.38</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D78" s="0">
-        <x:v>3942.14</x:v>
+        <x:v>4210.956</x:v>
       </x:c>
       <x:c r="E78" s="0">
-        <x:v>3719</x:v>
+        <x:v>3972.6</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:5">
       <x:c r="A79" s="1">
-        <x:v>45912.8242824074</x:v>
+        <x:v>45938.8250231482</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C79" s="0">
-        <x:v>0.44</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D79" s="0">
-        <x:v>3907.584</x:v>
+        <x:v>4314.73</x:v>
       </x:c>
       <x:c r="E79" s="0">
-        <x:v>3686.4</x:v>
+        <x:v>4070.5</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:5">
       <x:c r="A80" s="1">
-        <x:v>45911.8249305556</x:v>
+        <x:v>45937.8252314815</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C80" s="0">
-        <x:v>0.46</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D80" s="0">
-        <x:v>3894.016</x:v>
+        <x:v>4244.664</x:v>
       </x:c>
       <x:c r="E80" s="0">
-        <x:v>3673.6</x:v>
+        <x:v>4004.4</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:5">
       <x:c r="A81" s="1">
-        <x:v>45910.8234375</x:v>
+        <x:v>45936.8237384259</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C81" s="0">
-        <x:v>0.44</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D81" s="0">
-        <x:v>3902.92</x:v>
+        <x:v>4214.878</x:v>
       </x:c>
       <x:c r="E81" s="0">
-        <x:v>3682</x:v>
+        <x:v>3976.3</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:5">
       <x:c r="A82" s="1">
-        <x:v>45909.8234953704</x:v>
+        <x:v>45933.8235763889</x:v>
       </x:c>
       <x:c r="B82" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C82" s="0">
-        <x:v>0.44</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D82" s="0">
-        <x:v>3903.132</x:v>
+        <x:v>4143.434</x:v>
       </x:c>
       <x:c r="E82" s="0">
-        <x:v>3682.2</x:v>
+        <x:v>3908.9</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:5">
       <x:c r="A83" s="1">
-        <x:v>45908.8227777778</x:v>
+        <x:v>45932.824525463</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C83" s="0">
-        <x:v>0.45</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D83" s="0">
-        <x:v>3898.044</x:v>
+        <x:v>4100.186</x:v>
       </x:c>
       <x:c r="E83" s="0">
-        <x:v>3677.4</x:v>
+        <x:v>3868.1</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:5">
       <x:c r="A84" s="1">
-        <x:v>45905.8690740741</x:v>
+        <x:v>45931.8251041667</x:v>
       </x:c>
       <x:c r="B84" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C84" s="0">
-        <x:v>0.5</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D84" s="0">
-        <x:v>3872.498</x:v>
+        <x:v>4131.35</x:v>
       </x:c>
       <x:c r="E84" s="0">
-        <x:v>3653.3</x:v>
+        <x:v>3897.5</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:5">
       <x:c r="A85" s="1">
-        <x:v>45904.8310416667</x:v>
+        <x:v>45930.8240046296</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C85" s="0">
-        <x:v>0.61</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D85" s="0">
-        <x:v>3823.102</x:v>
+        <x:v>4105.592</x:v>
       </x:c>
       <x:c r="E85" s="0">
-        <x:v>3606.7</x:v>
+        <x:v>3873.2</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:5">
       <x:c r="A86" s="1">
-        <x:v>45903.8280208333</x:v>
+        <x:v>45929.8229398148</x:v>
       </x:c>
       <x:c r="B86" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C86" s="0">
-        <x:v>0.55</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D86" s="0">
-        <x:v>3853.63</x:v>
+        <x:v>4086.512</x:v>
       </x:c>
       <x:c r="E86" s="0">
-        <x:v>3635.5</x:v>
+        <x:v>3855.2</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:5">
       <x:c r="A87" s="1">
-        <x:v>45902.8240625</x:v>
+        <x:v>45926.8238888889</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C87" s="0">
-        <x:v>0.66</x:v>
+        <x:v>0.24</x:v>
       </x:c>
       <x:c r="D87" s="0">
-        <x:v>3807.732</x:v>
+        <x:v>4037.54</x:v>
       </x:c>
       <x:c r="E87" s="0">
-        <x:v>3592.2</x:v>
+        <x:v>3809</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:5">
       <x:c r="A88" s="1">
-        <x:v>45898.8248263889</x:v>
+        <x:v>45925.8238657407</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C88" s="0">
-        <x:v>0.95</x:v>
+        <x:v>0.28</x:v>
       </x:c>
       <x:c r="D88" s="0">
-        <x:v>3727.066</x:v>
+        <x:v>3997.366</x:v>
       </x:c>
       <x:c r="E88" s="0">
-        <x:v>3516.1</x:v>
+        <x:v>3771.1</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:5">
       <x:c r="A89" s="1">
-        <x:v>45897.8404166667</x:v>
+        <x:v>45924.8325347222</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C89" s="0">
-        <x:v>1.15</x:v>
+        <x:v>0.29</x:v>
       </x:c>
       <x:c r="D89" s="0">
-        <x:v>3682.758</x:v>
+        <x:v>3994.186</x:v>
       </x:c>
       <x:c r="E89" s="0">
-        <x:v>3474.3</x:v>
+        <x:v>3768.1</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:5">
       <x:c r="A90" s="1">
-        <x:v>45896.8352314815</x:v>
+        <x:v>45923.8421527778</x:v>
       </x:c>
       <x:c r="B90" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C90" s="0">
-        <x:v>1.28</x:v>
+        <x:v>0.25</x:v>
       </x:c>
       <x:c r="D90" s="0">
-        <x:v>3655.516</x:v>
+        <x:v>4044.642</x:v>
       </x:c>
       <x:c r="E90" s="0">
-        <x:v>3448.6</x:v>
+        <x:v>3815.7</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:5">
       <x:c r="A91" s="1">
-        <x:v>45895.8272800926</x:v>
+        <x:v>45922.8390625</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C91" s="0">
-        <x:v>1.37</x:v>
+        <x:v>0.29</x:v>
       </x:c>
       <x:c r="D91" s="0">
-        <x:v>3638.98</x:v>
+        <x:v>4001.606</x:v>
       </x:c>
       <x:c r="E91" s="0">
-        <x:v>3433</x:v>
+        <x:v>3775.1</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:5">
       <x:c r="A92" s="1">
-        <x:v>45894.8408449074</x:v>
+        <x:v>45919.8403587963</x:v>
       </x:c>
       <x:c r="B92" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C92" s="0">
-        <x:v>1.47</x:v>
+        <x:v>0.39</x:v>
       </x:c>
       <x:c r="D92" s="0">
-        <x:v>3622.55</x:v>
+        <x:v>3928.148</x:v>
       </x:c>
       <x:c r="E92" s="0">
-        <x:v>3417.5</x:v>
+        <x:v>3705.8</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:5">
       <x:c r="A93" s="1">
-        <x:v>45891.8256018519</x:v>
+        <x:v>45918.8309027778</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C93" s="0">
-        <x:v>1.46</x:v>
+        <x:v>0.44</x:v>
       </x:c>
       <x:c r="D93" s="0">
-        <x:v>3623.61</x:v>
+        <x:v>3898.998</x:v>
       </x:c>
       <x:c r="E93" s="0">
-        <x:v>3418.5</x:v>
+        <x:v>3678.3</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:5">
       <x:c r="A94" s="1">
-        <x:v>45890.8256597222</x:v>
+        <x:v>45917.8347222222</x:v>
       </x:c>
       <x:c r="B94" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C94" s="0">
-        <x:v>1.73</x:v>
+        <x:v>0.38</x:v>
       </x:c>
       <x:c r="D94" s="0">
-        <x:v>3584.496</x:v>
+        <x:v>3940.868</x:v>
       </x:c>
       <x:c r="E94" s="0">
-        <x:v>3381.6</x:v>
+        <x:v>3717.8</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:5">
       <x:c r="A95" s="1">
-        <x:v>45889.8244675926</x:v>
+        <x:v>45916.8237731481</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C95" s="0">
-        <x:v>1.68</x:v>
+        <x:v>0.37</x:v>
       </x:c>
       <x:c r="D95" s="0">
-        <x:v>3591.81</x:v>
+        <x:v>3948.606</x:v>
       </x:c>
       <x:c r="E95" s="0">
-        <x:v>3388.5</x:v>
+        <x:v>3725.1</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:5">
       <x:c r="A96" s="1">
-        <x:v>45888.8241782407</x:v>
+        <x:v>45915.8287152778</x:v>
       </x:c>
       <x:c r="B96" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C96" s="0">
-        <x:v>1.92</x:v>
+        <x:v>0.38</x:v>
       </x:c>
       <x:c r="D96" s="0">
-        <x:v>3560.222</x:v>
+        <x:v>3942.14</x:v>
       </x:c>
       <x:c r="E96" s="0">
-        <x:v>3358.7</x:v>
+        <x:v>3719</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:5">
       <x:c r="A97" s="1">
-        <x:v>45887.8261342593</x:v>
+        <x:v>45912.8242824074</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C97" s="0">
-        <x:v>1.78</x:v>
+        <x:v>0.44</x:v>
       </x:c>
       <x:c r="D97" s="0">
-        <x:v>3580.68</x:v>
+        <x:v>3907.584</x:v>
       </x:c>
       <x:c r="E97" s="0">
-        <x:v>3378</x:v>
+        <x:v>3686.4</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:5">
       <x:c r="A98" s="1">
-        <x:v>45884.8236574074</x:v>
+        <x:v>45911.8249305556</x:v>
       </x:c>
       <x:c r="B98" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C98" s="0">
-        <x:v>1.75</x:v>
+        <x:v>0.46</x:v>
       </x:c>
       <x:c r="D98" s="0">
-        <x:v>3585.556</x:v>
+        <x:v>3894.016</x:v>
       </x:c>
       <x:c r="E98" s="0">
-        <x:v>3382.6</x:v>
+        <x:v>3673.6</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:5">
       <x:c r="A99" s="1">
-        <x:v>45883.8470023148</x:v>
+        <x:v>45910.8234375</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C99" s="0">
-        <x:v>1.75</x:v>
+        <x:v>0.44</x:v>
       </x:c>
       <x:c r="D99" s="0">
-        <x:v>3586.192</x:v>
+        <x:v>3902.92</x:v>
       </x:c>
       <x:c r="E99" s="0">
-        <x:v>3383.2</x:v>
+        <x:v>3682</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:5">
       <x:c r="A100" s="1">
-        <x:v>45882.843125</x:v>
+        <x:v>45909.8234953704</x:v>
       </x:c>
       <x:c r="B100" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C100" s="0">
-        <x:v>1.58</x:v>
+        <x:v>0.44</x:v>
       </x:c>
       <x:c r="D100" s="0">
-        <x:v>3612.798</x:v>
+        <x:v>3903.132</x:v>
       </x:c>
       <x:c r="E100" s="0">
-        <x:v>3408.3</x:v>
+        <x:v>3682.2</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:5">
       <x:c r="A101" s="1">
-        <x:v>45881.822662037</x:v>
+        <x:v>45908.8227777778</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C101" s="0">
-        <x:v>1.65</x:v>
+        <x:v>0.45</x:v>
       </x:c>
       <x:c r="D101" s="0">
-        <x:v>3602.94</x:v>
+        <x:v>3898.044</x:v>
       </x:c>
       <x:c r="E101" s="0">
-        <x:v>3399</x:v>
+        <x:v>3677.4</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:5">
       <x:c r="A102" s="1">
-        <x:v>45880.8266898148</x:v>
+        <x:v>45905.8690740741</x:v>
       </x:c>
       <x:c r="B102" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C102" s="0">
-        <x:v>1.61</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="D102" s="0">
-        <x:v>3608.982</x:v>
+        <x:v>3872.498</x:v>
       </x:c>
       <x:c r="E102" s="0">
-        <x:v>3404.7</x:v>
+        <x:v>3653.3</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:5">
       <x:c r="A103" s="1">
-        <x:v>45877.8248032407</x:v>
+        <x:v>45904.8310416667</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C103" s="0">
-        <x:v>1.2</x:v>
+        <x:v>0.61</x:v>
       </x:c>
       <x:c r="D103" s="0">
-        <x:v>3700.778</x:v>
+        <x:v>3823.102</x:v>
       </x:c>
       <x:c r="E103" s="0">
-        <x:v>3491.3</x:v>
+        <x:v>3606.7</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:5">
       <x:c r="A104" s="1">
-        <x:v>45876.8256134259</x:v>
+        <x:v>45903.8280208333</x:v>
       </x:c>
       <x:c r="B104" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C104" s="0">
-        <x:v>1.41</x:v>
+        <x:v>0.55</x:v>
       </x:c>
       <x:c r="D104" s="0">
-        <x:v>3660.922</x:v>
+        <x:v>3853.63</x:v>
       </x:c>
       <x:c r="E104" s="0">
-        <x:v>3453.7</x:v>
+        <x:v>3635.5</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:5">
       <x:c r="A105" s="1">
-        <x:v>45875.8240162037</x:v>
+        <x:v>45902.8240625</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C105" s="0">
-        <x:v>1.54</x:v>
+        <x:v>0.66</x:v>
       </x:c>
       <x:c r="D105" s="0">
-        <x:v>3639.404</x:v>
+        <x:v>3807.732</x:v>
       </x:c>
       <x:c r="E105" s="0">
-        <x:v>3433.4</x:v>
+        <x:v>3592.2</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:5">
       <x:c r="A106" s="1">
-        <x:v>45874.8240277778</x:v>
+        <x:v>45898.8248263889</x:v>
       </x:c>
       <x:c r="B106" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C106" s="0">
-        <x:v>1.54</x:v>
+        <x:v>0.95</x:v>
       </x:c>
       <x:c r="D106" s="0">
-        <x:v>3640.782</x:v>
+        <x:v>3727.066</x:v>
       </x:c>
       <x:c r="E106" s="0">
-        <x:v>3434.7</x:v>
+        <x:v>3516.1</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:5">
       <x:c r="A107" s="1">
-        <x:v>45873.826400463</x:v>
+        <x:v>45897.8404166667</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C107" s="0">
-        <x:v>1.59</x:v>
+        <x:v>1.15</x:v>
       </x:c>
       <x:c r="D107" s="0">
-        <x:v>3631.984</x:v>
+        <x:v>3682.758</x:v>
       </x:c>
       <x:c r="E107" s="0">
-        <x:v>3426.4</x:v>
+        <x:v>3474.3</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:5">
       <x:c r="A108" s="1">
-        <x:v>45870.8315277778</x:v>
+        <x:v>45896.8352314815</x:v>
       </x:c>
       <x:c r="B108" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C108" s="0">
-        <x:v>1.79</x:v>
+        <x:v>1.28</x:v>
       </x:c>
       <x:c r="D108" s="0">
-        <x:v>3603.788</x:v>
+        <x:v>3655.516</x:v>
       </x:c>
       <x:c r="E108" s="0">
-        <x:v>3399.8</x:v>
+        <x:v>3448.6</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:5">
       <x:c r="A109" s="1">
-        <x:v>45869.8289930556</x:v>
+        <x:v>45895.8272800926</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C109" s="0">
-        <x:v>2.28</x:v>
+        <x:v>1.37</x:v>
       </x:c>
       <x:c r="D109" s="0">
-        <x:v>3549.516</x:v>
+        <x:v>3638.98</x:v>
       </x:c>
       <x:c r="E109" s="0">
-        <x:v>3348.6</x:v>
+        <x:v>3433</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:5">
       <x:c r="A110" s="1">
-        <x:v>45868.8234606481</x:v>
+        <x:v>45894.8408449074</x:v>
       </x:c>
       <x:c r="B110" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C110" s="0">
-        <x:v>2.24</x:v>
+        <x:v>1.47</x:v>
       </x:c>
       <x:c r="D110" s="0">
-        <x:v>3553.968</x:v>
+        <x:v>3622.55</x:v>
       </x:c>
       <x:c r="E110" s="0">
-        <x:v>3352.8</x:v>
+        <x:v>3417.5</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:5">
       <x:c r="A111" s="1">
-        <x:v>45867.8250694444</x:v>
+        <x:v>45891.8256018519</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C111" s="0">
-        <x:v>2.01</x:v>
+        <x:v>1.46</x:v>
       </x:c>
       <x:c r="D111" s="0">
-        <x:v>3584.072</x:v>
+        <x:v>3623.61</x:v>
       </x:c>
       <x:c r="E111" s="0">
-        <x:v>3381.2</x:v>
+        <x:v>3418.5</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:5">
       <x:c r="A112" s="1">
-        <x:v>45866.8322916667</x:v>
+        <x:v>45890.8256597222</x:v>
       </x:c>
       <x:c r="B112" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C112" s="0">
-        <x:v>2.13</x:v>
+        <x:v>1.73</x:v>
       </x:c>
       <x:c r="D112" s="0">
-        <x:v>3570.08</x:v>
+        <x:v>3584.496</x:v>
       </x:c>
       <x:c r="E112" s="0">
-        <x:v>3368</x:v>
+        <x:v>3381.6</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:5">
       <x:c r="A113" s="1">
-        <x:v>45863.8404166667</x:v>
+        <x:v>45889.8244675926</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C113" s="0">
-        <x:v>1.94</x:v>
+        <x:v>1.68</x:v>
       </x:c>
       <x:c r="D113" s="0">
-        <x:v>3596.05</x:v>
+        <x:v>3591.81</x:v>
       </x:c>
       <x:c r="E113" s="0">
-        <x:v>3392.5</x:v>
+        <x:v>3388.5</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:5">
       <x:c r="A114" s="1">
-        <x:v>45862.8566319444</x:v>
+        <x:v>45888.8241782407</x:v>
       </x:c>
       <x:c r="B114" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C114" s="0">
-        <x:v>1.67</x:v>
+        <x:v>1.92</x:v>
       </x:c>
       <x:c r="D114" s="0">
-        <x:v>3636.966</x:v>
+        <x:v>3560.222</x:v>
       </x:c>
       <x:c r="E114" s="0">
-        <x:v>3373.5</x:v>
+        <x:v>3358.7</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:5">
       <x:c r="A115" s="1">
-        <x:v>45861.8323842593</x:v>
+        <x:v>45887.8261342593</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C115" s="0">
-        <x:v>1.52</x:v>
+        <x:v>1.78</x:v>
       </x:c>
       <x:c r="D115" s="0">
-        <x:v>3601.456</x:v>
+        <x:v>3580.68</x:v>
       </x:c>
       <x:c r="E115" s="0">
-        <x:v>3397.6</x:v>
+        <x:v>3378</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:5">
       <x:c r="A116" s="1">
-        <x:v>45860.8328240741</x:v>
+        <x:v>45884.8236574074</x:v>
       </x:c>
       <x:c r="B116" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C116" s="0">
-        <x:v>1.28</x:v>
+        <x:v>1.75</x:v>
       </x:c>
       <x:c r="D116" s="0">
-        <x:v>3650.322</x:v>
+        <x:v>3585.556</x:v>
       </x:c>
       <x:c r="E116" s="0">
-        <x:v>3443.7</x:v>
+        <x:v>3382.6</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:5">
       <x:c r="A117" s="1">
-        <x:v>45859.8410185185</x:v>
+        <x:v>45883.8470023148</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C117" s="0">
-        <x:v>1.52</x:v>
+        <x:v>1.75</x:v>
       </x:c>
       <x:c r="D117" s="0">
-        <x:v>3610.784</x:v>
+        <x:v>3586.192</x:v>
       </x:c>
       <x:c r="E117" s="0">
-        <x:v>3406.4</x:v>
+        <x:v>3383.2</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:5">
       <x:c r="A118" s="1">
-        <x:v>45856.8230787037</x:v>
+        <x:v>45882.843125</x:v>
       </x:c>
       <x:c r="B118" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C118" s="0">
-        <x:v>1.9</x:v>
+        <x:v>1.58</x:v>
       </x:c>
       <x:c r="D118" s="0">
-        <x:v>3559.798</x:v>
+        <x:v>3612.798</x:v>
       </x:c>
       <x:c r="E118" s="0">
-        <x:v>3358.3</x:v>
+        <x:v>3408.3</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:5">
       <x:c r="A119" s="1">
-        <x:v>45855.8238657407</x:v>
+        <x:v>45881.822662037</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C119" s="0">
-        <x:v>2.01</x:v>
+        <x:v>1.65</x:v>
       </x:c>
       <x:c r="D119" s="0">
-        <x:v>3546.018</x:v>
+        <x:v>3602.94</x:v>
       </x:c>
       <x:c r="E119" s="0">
-        <x:v>3345.3</x:v>
+        <x:v>3399</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:5">
       <x:c r="A120" s="1">
-        <x:v>45854.8590046296</x:v>
+        <x:v>45880.8266898148</x:v>
       </x:c>
       <x:c r="B120" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C120" s="0">
-        <x:v>1.9</x:v>
+        <x:v>1.61</x:v>
       </x:c>
       <x:c r="D120" s="0">
-        <x:v>3560.646</x:v>
+        <x:v>3608.982</x:v>
       </x:c>
       <x:c r="E120" s="0">
-        <x:v>3359.1</x:v>
+        <x:v>3404.7</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:5">
       <x:c r="A121" s="1">
-        <x:v>45853.8525925926</x:v>
+        <x:v>45877.8248032407</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C121" s="0">
-        <x:v>2.1</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="D121" s="0">
-        <x:v>3536.902</x:v>
+        <x:v>3700.778</x:v>
       </x:c>
       <x:c r="E121" s="0">
-        <x:v>3336.7</x:v>
+        <x:v>3491.3</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:5">
       <x:c r="A122" s="1">
-        <x:v>45852.8231018518</x:v>
+        <x:v>45876.8256134259</x:v>
       </x:c>
       <x:c r="B122" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C122" s="0">
-        <x:v>1.93</x:v>
+        <x:v>1.41</x:v>
       </x:c>
       <x:c r="D122" s="0">
-        <x:v>3560.646</x:v>
+        <x:v>3660.922</x:v>
       </x:c>
       <x:c r="E122" s="0">
-        <x:v>3359.1</x:v>
+        <x:v>3453.7</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:5">
       <x:c r="A123" s="1">
-        <x:v>45849.8240046296</x:v>
+        <x:v>45875.8240162037</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C123" s="0">
-        <x:v>1.89</x:v>
+        <x:v>1.54</x:v>
       </x:c>
       <x:c r="D123" s="0">
-        <x:v>3565.84</x:v>
+        <x:v>3639.404</x:v>
       </x:c>
       <x:c r="E123" s="0">
-        <x:v>3364</x:v>
+        <x:v>3433.4</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:5">
       <x:c r="A124" s="1">
-        <x:v>45848.8285763889</x:v>
+        <x:v>45874.8240277778</x:v>
       </x:c>
       <x:c r="B124" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C124" s="0">
-        <x:v>2.26</x:v>
+        <x:v>1.54</x:v>
       </x:c>
       <x:c r="D124" s="0">
-        <x:v>3525.242</x:v>
+        <x:v>3640.782</x:v>
       </x:c>
       <x:c r="E124" s="0">
-        <x:v>3325.7</x:v>
+        <x:v>3434.7</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:5">
       <x:c r="A125" s="1">
-        <x:v>45847.823587963</x:v>
+        <x:v>45873.826400463</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C125" s="0">
-        <x:v>2.3</x:v>
+        <x:v>1.59</x:v>
       </x:c>
       <x:c r="D125" s="0">
-        <x:v>3520.26</x:v>
+        <x:v>3631.984</x:v>
       </x:c>
       <x:c r="E125" s="0">
-        <x:v>3321</x:v>
+        <x:v>3426.4</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:5">
       <x:c r="A126" s="1">
-        <x:v>45846.8267939815</x:v>
+        <x:v>45870.8315277778</x:v>
       </x:c>
       <x:c r="B126" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C126" s="0">
-        <x:v>2.34</x:v>
+        <x:v>1.79</x:v>
       </x:c>
       <x:c r="D126" s="0">
-        <x:v>3515.914</x:v>
+        <x:v>3603.788</x:v>
       </x:c>
       <x:c r="E126" s="0">
-        <x:v>3316.9</x:v>
+        <x:v>3399.8</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:5">
       <x:c r="A127" s="1">
-        <x:v>45845.8307523148</x:v>
+        <x:v>45869.8289930556</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C127" s="0">
-        <x:v>2.12</x:v>
+        <x:v>2.28</x:v>
       </x:c>
       <x:c r="D127" s="0">
-        <x:v>3543.368</x:v>
+        <x:v>3549.516</x:v>
       </x:c>
       <x:c r="E127" s="0">
-        <x:v>3342.8</x:v>
+        <x:v>3348.6</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:5">
       <x:c r="A128" s="1">
-        <x:v>45841.8258449074</x:v>
+        <x:v>45868.8234606481</x:v>
       </x:c>
       <x:c r="B128" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C128" s="0">
-        <x:v>2.12</x:v>
+        <x:v>2.24</x:v>
       </x:c>
       <x:c r="D128" s="0">
-        <x:v>3543.474</x:v>
+        <x:v>3553.968</x:v>
       </x:c>
       <x:c r="E128" s="0">
-        <x:v>3342.9</x:v>
+        <x:v>3352.8</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:5">
       <x:c r="A129" s="1">
-        <x:v>45840.8229282407</x:v>
+        <x:v>45867.8250694444</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C129" s="0">
-        <x:v>1.98</x:v>
+        <x:v>2.01</x:v>
       </x:c>
       <x:c r="D129" s="0">
-        <x:v>3561.282</x:v>
+        <x:v>3584.072</x:v>
       </x:c>
       <x:c r="E129" s="0">
-        <x:v>3359.7</x:v>
+        <x:v>3381.2</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:5">
       <x:c r="A130" s="1">
-        <x:v>45839.8275810185</x:v>
+        <x:v>45866.8322916667</x:v>
       </x:c>
       <x:c r="B130" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C130" s="0">
-        <x:v>2.07</x:v>
+        <x:v>2.13</x:v>
       </x:c>
       <x:c r="D130" s="0">
-        <x:v>3550.788</x:v>
+        <x:v>3570.08</x:v>
       </x:c>
       <x:c r="E130" s="0">
-        <x:v>3349.8</x:v>
+        <x:v>3368</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:5">
       <x:c r="A131" s="1">
-        <x:v>45838.8345601852</x:v>
+        <x:v>45863.8404166667</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C131" s="0">
-        <x:v>2.52</x:v>
+        <x:v>1.94</x:v>
       </x:c>
       <x:c r="D131" s="0">
-        <x:v>3506.162</x:v>
+        <x:v>3596.05</x:v>
       </x:c>
       <x:c r="E131" s="0">
-        <x:v>3307.7</x:v>
+        <x:v>3392.5</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:5">
       <x:c r="A132" s="1">
-        <x:v>45835.8364699074</x:v>
+        <x:v>45862.8566319444</x:v>
       </x:c>
       <x:c r="B132" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C132" s="0">
-        <x:v>2.76</x:v>
+        <x:v>1.67</x:v>
       </x:c>
       <x:c r="D132" s="0">
-        <x:v>3484.856</x:v>
+        <x:v>3636.966</x:v>
       </x:c>
       <x:c r="E132" s="0">
-        <x:v>3287.6</x:v>
+        <x:v>3373.5</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:5">
       <x:c r="A133" s="1">
-        <x:v>45834.8417013889</x:v>
+        <x:v>45861.8323842593</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C133" s="0">
-        <x:v>2.21</x:v>
+        <x:v>1.52</x:v>
       </x:c>
       <x:c r="D133" s="0">
-        <x:v>3548.88</x:v>
+        <x:v>3601.456</x:v>
       </x:c>
       <x:c r="E133" s="0">
-        <x:v>3348</x:v>
+        <x:v>3397.6</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:5">
       <x:c r="A134" s="1">
-        <x:v>45833.8280787037</x:v>
+        <x:v>45860.8328240741</x:v>
       </x:c>
       <x:c r="B134" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C134" s="0">
-        <x:v>2.26</x:v>
+        <x:v>1.28</x:v>
       </x:c>
       <x:c r="D134" s="0">
-        <x:v>3543.686</x:v>
+        <x:v>3650.322</x:v>
       </x:c>
       <x:c r="E134" s="0">
-        <x:v>3343.1</x:v>
+        <x:v>3443.7</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:5">
       <x:c r="A135" s="1">
-        <x:v>45832.8236689815</x:v>
+        <x:v>45859.8410185185</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C135" s="0">
-        <x:v>2.35</x:v>
+        <x:v>1.52</x:v>
       </x:c>
       <x:c r="D135" s="0">
-        <x:v>3533.934</x:v>
+        <x:v>3610.784</x:v>
       </x:c>
       <x:c r="E135" s="0">
-        <x:v>3333.9</x:v>
+        <x:v>3406.4</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:5">
       <x:c r="A136" s="1">
-        <x:v>45831.8248611111</x:v>
+        <x:v>45856.8230787037</x:v>
       </x:c>
       <x:c r="B136" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C136" s="0">
-        <x:v>1.88</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="D136" s="0">
-        <x:v>3598.7</x:v>
+        <x:v>3559.798</x:v>
       </x:c>
       <x:c r="E136" s="0">
-        <x:v>3395</x:v>
+        <x:v>3358.3</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:5">
       <x:c r="A137" s="1">
-        <x:v>45828.8267013889</x:v>
+        <x:v>45855.8238657407</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C137" s="0">
-        <x:v>1.96</x:v>
+        <x:v>2.01</x:v>
       </x:c>
       <x:c r="D137" s="0">
-        <x:v>3588.842</x:v>
+        <x:v>3546.018</x:v>
       </x:c>
       <x:c r="E137" s="0">
-        <x:v>3385.7</x:v>
+        <x:v>3345.3</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:5">
       <x:c r="A138" s="1">
-        <x:v>45826.8327199074</x:v>
+        <x:v>45854.8590046296</x:v>
       </x:c>
       <x:c r="B138" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C138" s="0">
-        <x:v>1.79</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="D138" s="0">
-        <x:v>3612.586</x:v>
+        <x:v>3560.646</x:v>
       </x:c>
       <x:c r="E138" s="0">
-        <x:v>3408.1</x:v>
+        <x:v>3359.1</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:5">
       <x:c r="A139" s="1">
-        <x:v>45825.8233101852</x:v>
+        <x:v>45853.8525925926</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C139" s="0">
-        <x:v>1.8</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="D139" s="0">
-        <x:v>3611.314</x:v>
+        <x:v>3536.902</x:v>
       </x:c>
       <x:c r="E139" s="0">
-        <x:v>3406.9</x:v>
+        <x:v>3336.7</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:5">
       <x:c r="A140" s="1">
-        <x:v>45824.8368171296</x:v>
+        <x:v>45852.8231018518</x:v>
       </x:c>
       <x:c r="B140" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C140" s="0">
-        <x:v>1.73</x:v>
+        <x:v>1.93</x:v>
       </x:c>
       <x:c r="D140" s="0">
-        <x:v>3622.338</x:v>
+        <x:v>3560.646</x:v>
       </x:c>
       <x:c r="E140" s="0">
-        <x:v>3417.3</x:v>
+        <x:v>3359.1</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:5">
       <x:c r="A141" s="1">
-        <x:v>45821.829849537</x:v>
+        <x:v>45849.8240046296</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C141" s="0">
-        <x:v>1.51</x:v>
+        <x:v>1.89</x:v>
       </x:c>
       <x:c r="D141" s="0">
-        <x:v>3659.968</x:v>
+        <x:v>3565.84</x:v>
       </x:c>
       <x:c r="E141" s="0">
-        <x:v>3452.8</x:v>
+        <x:v>3364</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:5">
       <x:c r="A142" s="1">
-        <x:v>45820.8298032407</x:v>
+        <x:v>45848.8285763889</x:v>
       </x:c>
       <x:c r="B142" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C142" s="0">
-        <x:v>1.91</x:v>
+        <x:v>2.26</x:v>
       </x:c>
       <x:c r="D142" s="0">
-        <x:v>3606.544</x:v>
+        <x:v>3525.242</x:v>
       </x:c>
       <x:c r="E142" s="0">
-        <x:v>3402.4</x:v>
+        <x:v>3325.7</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:5">
       <x:c r="A143" s="1">
-        <x:v>45819.8345486111</x:v>
+        <x:v>45847.823587963</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C143" s="0">
-        <x:v>2.54</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="D143" s="0">
-        <x:v>3544.322</x:v>
+        <x:v>3520.26</x:v>
       </x:c>
       <x:c r="E143" s="0">
-        <x:v>3343.7</x:v>
+        <x:v>3321</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:5">
       <x:c r="A144" s="1">
-        <x:v>45818.8240972222</x:v>
+        <x:v>45846.8267939815</x:v>
       </x:c>
       <x:c r="B144" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C144" s="0">
-        <x:v>2.54</x:v>
+        <x:v>2.34</x:v>
       </x:c>
       <x:c r="D144" s="0">
-        <x:v>3544.004</x:v>
+        <x:v>3515.914</x:v>
       </x:c>
       <x:c r="E144" s="0">
-        <x:v>3343.4</x:v>
+        <x:v>3316.9</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:5">
       <x:c r="A145" s="1">
-        <x:v>45817.8239467593</x:v>
+        <x:v>45845.8307523148</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C145" s="0">
-        <x:v>2.43</x:v>
+        <x:v>2.12</x:v>
       </x:c>
       <x:c r="D145" s="0">
-        <x:v>3556.194</x:v>
+        <x:v>3543.368</x:v>
       </x:c>
       <x:c r="E145" s="0">
-        <x:v>3354.9</x:v>
+        <x:v>3342.8</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:5">
       <x:c r="A146" s="1">
-        <x:v>45814.8280324074</x:v>
+        <x:v>45841.8258449074</x:v>
       </x:c>
       <x:c r="B146" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C146" s="0">
-        <x:v>2.52</x:v>
+        <x:v>2.12</x:v>
       </x:c>
       <x:c r="D146" s="0">
-        <x:v>3547.396</x:v>
+        <x:v>3543.474</x:v>
       </x:c>
       <x:c r="E146" s="0">
-        <x:v>3346.6</x:v>
+        <x:v>3342.9</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:5">
       <x:c r="A147" s="1">
-        <x:v>45813.8231828704</x:v>
+        <x:v>45840.8229282407</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C147" s="0">
-        <x:v>2.26</x:v>
+        <x:v>1.98</x:v>
       </x:c>
       <x:c r="D147" s="0">
-        <x:v>3577.606</x:v>
+        <x:v>3561.282</x:v>
       </x:c>
       <x:c r="E147" s="0">
-        <x:v>3375.1</x:v>
+        <x:v>3359.7</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:5">
       <x:c r="A148" s="1">
-        <x:v>45812.8567824074</x:v>
+        <x:v>45839.8275810185</x:v>
       </x:c>
       <x:c r="B148" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C148" s="0">
-        <x:v>2.05</x:v>
+        <x:v>2.07</x:v>
       </x:c>
       <x:c r="D148" s="0">
-        <x:v>3603.152</x:v>
+        <x:v>3550.788</x:v>
       </x:c>
       <x:c r="E148" s="0">
-        <x:v>3399.2</x:v>
+        <x:v>3349.8</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:5">
       <x:c r="A149" s="1">
-        <x:v>45811.8941782407</x:v>
+        <x:v>45838.8345601852</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C149" s="0">
-        <x:v>2.26</x:v>
+        <x:v>2.52</x:v>
       </x:c>
       <x:c r="D149" s="0">
-        <x:v>3579.726</x:v>
+        <x:v>3506.162</x:v>
       </x:c>
       <x:c r="E149" s="0">
-        <x:v>3377.1</x:v>
+        <x:v>3307.7</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:5">
       <x:c r="A150" s="1">
-        <x:v>45811.8794907407</x:v>
+        <x:v>45835.8364699074</x:v>
       </x:c>
       <x:c r="B150" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C150" s="0">
-        <x:v>2.26</x:v>
+        <x:v>2.76</x:v>
       </x:c>
       <x:c r="D150" s="0">
-        <x:v>3579.726</x:v>
+        <x:v>3484.856</x:v>
       </x:c>
       <x:c r="E150" s="0">
-        <x:v>3377.1</x:v>
+        <x:v>3287.6</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:5">
       <x:c r="A151" s="1">
-        <x:v>45810.8625347222</x:v>
+        <x:v>45834.8417013889</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C151" s="0">
-        <x:v>2.09</x:v>
+        <x:v>2.21</x:v>
       </x:c>
       <x:c r="D151" s="0">
-        <x:v>3601.032</x:v>
+        <x:v>3548.88</x:v>
       </x:c>
       <x:c r="E151" s="0">
-        <x:v>3397.2</x:v>
+        <x:v>3348</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:5">
       <x:c r="A152" s="1">
-        <x:v>45810.8250462963</x:v>
+        <x:v>45833.8280787037</x:v>
       </x:c>
       <x:c r="B152" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C152" s="0">
-        <x:v>2.09</x:v>
+        <x:v>2.26</x:v>
       </x:c>
       <x:c r="D152" s="0">
-        <x:v>3601.032</x:v>
+        <x:v>3543.686</x:v>
       </x:c>
       <x:c r="E152" s="0">
-        <x:v>3397.2</x:v>
+        <x:v>3343.1</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:5">
       <x:c r="A153" s="1">
-        <x:v>45800.8238541667</x:v>
+        <x:v>45832.8236689815</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C153" s="0">
-        <x:v>2.42</x:v>
+        <x:v>2.35</x:v>
       </x:c>
       <x:c r="D153" s="0">
-        <x:v>3598.17</x:v>
+        <x:v>3533.934</x:v>
       </x:c>
       <x:c r="E153" s="0">
-        <x:v>3394.5</x:v>
+        <x:v>3333.9</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:5">
       <x:c r="A154" s="1">
-        <x:v>45799.8239583333</x:v>
+        <x:v>45831.8248611111</x:v>
       </x:c>
       <x:c r="B154" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C154" s="0">
-        <x:v>3.46</x:v>
+        <x:v>1.88</x:v>
       </x:c>
       <x:c r="D154" s="0">
-        <x:v>3523.016</x:v>
+        <x:v>3598.7</x:v>
       </x:c>
       <x:c r="E154" s="0">
-        <x:v>3295</x:v>
+        <x:v>3395</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:5">
       <x:c r="A155" s="1">
-        <x:v>45798.8240856481</x:v>
+        <x:v>45828.8267013889</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C155" s="0">
-        <x:v>3.21</x:v>
+        <x:v>1.96</x:v>
       </x:c>
       <x:c r="D155" s="0">
-        <x:v>3512.31</x:v>
+        <x:v>3588.842</x:v>
       </x:c>
       <x:c r="E155" s="0">
-        <x:v>3313.5</x:v>
+        <x:v>3385.7</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:5">
       <x:c r="A156" s="1">
-        <x:v>45797.8268402778</x:v>
+        <x:v>45826.8327199074</x:v>
       </x:c>
       <x:c r="B156" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C156" s="0">
-        <x:v>3.66</x:v>
+        <x:v>1.79</x:v>
       </x:c>
       <x:c r="D156" s="0">
-        <x:v>3481.676</x:v>
+        <x:v>3612.586</x:v>
       </x:c>
       <x:c r="E156" s="0">
-        <x:v>3284.6</x:v>
+        <x:v>3408.1</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:5">
       <x:c r="A157" s="1">
-        <x:v>45796.8311226852</x:v>
+        <x:v>45825.8233101852</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C157" s="0">
-        <x:v>4.7</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="D157" s="0">
-        <x:v>3427.51</x:v>
+        <x:v>3611.314</x:v>
       </x:c>
       <x:c r="E157" s="0">
-        <x:v>3233.5</x:v>
+        <x:v>3406.9</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:5">
       <x:c r="A158" s="1">
-        <x:v>45793.82375</x:v>
+        <x:v>45824.8368171296</x:v>
       </x:c>
       <x:c r="B158" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C158" s="0">
-        <x:v>5.92</x:v>
+        <x:v>1.73</x:v>
       </x:c>
       <x:c r="D158" s="0">
-        <x:v>3378.432</x:v>
+        <x:v>3622.338</x:v>
       </x:c>
       <x:c r="E158" s="0">
-        <x:v>3187.2</x:v>
+        <x:v>3417.3</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:5">
       <x:c r="A159" s="1">
-        <x:v>45792.8270949074</x:v>
+        <x:v>45821.829849537</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C159" s="0">
-        <x:v>5.06</x:v>
+        <x:v>1.51</x:v>
       </x:c>
       <x:c r="D159" s="0">
-        <x:v>3420.196</x:v>
+        <x:v>3659.968</x:v>
       </x:c>
       <x:c r="E159" s="0">
-        <x:v>3226.6</x:v>
+        <x:v>3452.8</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:5">
       <x:c r="A160" s="1">
-        <x:v>45791.8231712963</x:v>
+        <x:v>45820.8298032407</x:v>
       </x:c>
       <x:c r="B160" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C160" s="0">
-        <x:v>6.09</x:v>
+        <x:v>1.91</x:v>
       </x:c>
       <x:c r="D160" s="0">
-        <x:v>3379.598</x:v>
+        <x:v>3606.544</x:v>
       </x:c>
       <x:c r="E160" s="0">
-        <x:v>3188.3</x:v>
+        <x:v>3402.4</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:5">
       <x:c r="A161" s="1">
-        <x:v>45790.825</x:v>
+        <x:v>45819.8345486111</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C161" s="0">
-        <x:v>4.85</x:v>
+        <x:v>2.54</x:v>
       </x:c>
       <x:c r="D161" s="0">
-        <x:v>3442.668</x:v>
+        <x:v>3544.322</x:v>
       </x:c>
       <x:c r="E161" s="0">
-        <x:v>3247.8</x:v>
+        <x:v>3343.7</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:5">
       <x:c r="A162" s="1">
-        <x:v>45789.8237847222</x:v>
+        <x:v>45818.8240972222</x:v>
       </x:c>
       <x:c r="B162" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C162" s="0">
-        <x:v>5.31</x:v>
+        <x:v>2.54</x:v>
       </x:c>
       <x:c r="D162" s="0">
-        <x:v>3421.68</x:v>
+        <x:v>3544.004</x:v>
       </x:c>
       <x:c r="E162" s="0">
-        <x:v>3228</x:v>
+        <x:v>3343.4</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:5">
       <x:c r="A163" s="1">
-        <x:v>45786.8321296296</x:v>
+        <x:v>45817.8239467593</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C163" s="0">
-        <x:v>3.58</x:v>
+        <x:v>2.43</x:v>
       </x:c>
       <x:c r="D163" s="0">
-        <x:v>3544.64</x:v>
+        <x:v>3556.194</x:v>
       </x:c>
       <x:c r="E163" s="0">
-        <x:v>3344</x:v>
+        <x:v>3354.9</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:5">
       <x:c r="A164" s="1">
-        <x:v>45785.8261805556</x:v>
+        <x:v>45814.8280324074</x:v>
       </x:c>
       <x:c r="B164" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C164" s="0">
-        <x:v>4.27</x:v>
+        <x:v>2.52</x:v>
       </x:c>
       <x:c r="D164" s="0">
-        <x:v>3504.36</x:v>
+        <x:v>3547.396</x:v>
       </x:c>
       <x:c r="E164" s="0">
-        <x:v>3306</x:v>
+        <x:v>3346.6</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:5">
       <x:c r="A165" s="1">
-        <x:v>45784.8969907407</x:v>
+        <x:v>45813.8231828704</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C165" s="0">
-        <x:v>3.15</x:v>
+        <x:v>2.26</x:v>
       </x:c>
       <x:c r="D165" s="0">
-        <x:v>3595.414</x:v>
+        <x:v>3577.606</x:v>
       </x:c>
       <x:c r="E165" s="0">
-        <x:v>3391.9</x:v>
+        <x:v>3375.1</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:5">
       <x:c r="A166" s="1">
-        <x:v>45784.8529861111</x:v>
+        <x:v>45812.8567824074</x:v>
       </x:c>
       <x:c r="B166" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C166" s="0">
-        <x:v>3.15</x:v>
+        <x:v>2.05</x:v>
       </x:c>
       <x:c r="D166" s="0">
-        <x:v>3595.414</x:v>
+        <x:v>3603.152</x:v>
       </x:c>
       <x:c r="E166" s="0">
-        <x:v>3391.9</x:v>
+        <x:v>3399.2</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:5">
       <x:c r="A167" s="1">
-        <x:v>45783.8302430556</x:v>
+        <x:v>45811.8941782407</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C167" s="0">
-        <x:v>2.8</x:v>
+        <x:v>2.26</x:v>
       </x:c>
       <x:c r="D167" s="0">
-        <x:v>3628.168</x:v>
+        <x:v>3579.726</x:v>
       </x:c>
       <x:c r="E167" s="0">
-        <x:v>3422.8</x:v>
+        <x:v>3377.1</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:5">
       <x:c r="A168" s="1">
-        <x:v>45777.8390162037</x:v>
+        <x:v>45811.8794907407</x:v>
       </x:c>
       <x:c r="B168" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C168" s="0">
-        <x:v>5.61</x:v>
+        <x:v>2.26</x:v>
       </x:c>
       <x:c r="D168" s="0">
-        <x:v>3518.246</x:v>
+        <x:v>3579.726</x:v>
       </x:c>
       <x:c r="E168" s="0">
-        <x:v>3319.1</x:v>
+        <x:v>3377.1</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:5">
       <x:c r="A169" s="1">
-        <x:v>45776.8444328704</x:v>
+        <x:v>45810.8625347222</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C169" s="0">
-        <x:v>5.29</x:v>
+        <x:v>2.09</x:v>
       </x:c>
       <x:c r="D169" s="0">
-        <x:v>3533.616</x:v>
+        <x:v>3601.032</x:v>
       </x:c>
       <x:c r="E169" s="0">
-        <x:v>3333.6</x:v>
+        <x:v>3397.2</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:5">
       <x:c r="A170" s="1">
+        <x:v>45810.8250462963</x:v>
+      </x:c>
+      <x:c r="B170" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C170" s="0">
+        <x:v>2.09</x:v>
+      </x:c>
+      <x:c r="D170" s="0">
+        <x:v>3601.032</x:v>
+      </x:c>
+      <x:c r="E170" s="0">
+        <x:v>3397.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="171" spans="1:5">
+      <x:c r="A171" s="1">
+        <x:v>45800.8238541667</x:v>
+      </x:c>
+      <x:c r="B171" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C171" s="0">
+        <x:v>2.42</x:v>
+      </x:c>
+      <x:c r="D171" s="0">
+        <x:v>3598.17</x:v>
+      </x:c>
+      <x:c r="E171" s="0">
+        <x:v>3394.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="172" spans="1:5">
+      <x:c r="A172" s="1">
+        <x:v>45799.8239583333</x:v>
+      </x:c>
+      <x:c r="B172" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C172" s="0">
+        <x:v>3.46</x:v>
+      </x:c>
+      <x:c r="D172" s="0">
+        <x:v>3523.016</x:v>
+      </x:c>
+      <x:c r="E172" s="0">
+        <x:v>3295</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="173" spans="1:5">
+      <x:c r="A173" s="1">
+        <x:v>45798.8240856481</x:v>
+      </x:c>
+      <x:c r="B173" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C173" s="0">
+        <x:v>3.21</x:v>
+      </x:c>
+      <x:c r="D173" s="0">
+        <x:v>3512.31</x:v>
+      </x:c>
+      <x:c r="E173" s="0">
+        <x:v>3313.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="174" spans="1:5">
+      <x:c r="A174" s="1">
+        <x:v>45797.8268402778</x:v>
+      </x:c>
+      <x:c r="B174" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C174" s="0">
+        <x:v>3.66</x:v>
+      </x:c>
+      <x:c r="D174" s="0">
+        <x:v>3481.676</x:v>
+      </x:c>
+      <x:c r="E174" s="0">
+        <x:v>3284.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="175" spans="1:5">
+      <x:c r="A175" s="1">
+        <x:v>45796.8311226852</x:v>
+      </x:c>
+      <x:c r="B175" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C175" s="0">
+        <x:v>4.7</x:v>
+      </x:c>
+      <x:c r="D175" s="0">
+        <x:v>3427.51</x:v>
+      </x:c>
+      <x:c r="E175" s="0">
+        <x:v>3233.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="176" spans="1:5">
+      <x:c r="A176" s="1">
+        <x:v>45793.82375</x:v>
+      </x:c>
+      <x:c r="B176" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C176" s="0">
+        <x:v>5.92</x:v>
+      </x:c>
+      <x:c r="D176" s="0">
+        <x:v>3378.432</x:v>
+      </x:c>
+      <x:c r="E176" s="0">
+        <x:v>3187.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="177" spans="1:5">
+      <x:c r="A177" s="1">
+        <x:v>45792.8270949074</x:v>
+      </x:c>
+      <x:c r="B177" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C177" s="0">
+        <x:v>5.06</x:v>
+      </x:c>
+      <x:c r="D177" s="0">
+        <x:v>3420.196</x:v>
+      </x:c>
+      <x:c r="E177" s="0">
+        <x:v>3226.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="178" spans="1:5">
+      <x:c r="A178" s="1">
+        <x:v>45791.8231712963</x:v>
+      </x:c>
+      <x:c r="B178" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C178" s="0">
+        <x:v>6.09</x:v>
+      </x:c>
+      <x:c r="D178" s="0">
+        <x:v>3379.598</x:v>
+      </x:c>
+      <x:c r="E178" s="0">
+        <x:v>3188.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="179" spans="1:5">
+      <x:c r="A179" s="1">
+        <x:v>45790.825</x:v>
+      </x:c>
+      <x:c r="B179" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C179" s="0">
+        <x:v>4.85</x:v>
+      </x:c>
+      <x:c r="D179" s="0">
+        <x:v>3442.668</x:v>
+      </x:c>
+      <x:c r="E179" s="0">
+        <x:v>3247.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="180" spans="1:5">
+      <x:c r="A180" s="1">
+        <x:v>45789.8237847222</x:v>
+      </x:c>
+      <x:c r="B180" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C180" s="0">
+        <x:v>5.31</x:v>
+      </x:c>
+      <x:c r="D180" s="0">
+        <x:v>3421.68</x:v>
+      </x:c>
+      <x:c r="E180" s="0">
+        <x:v>3228</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="181" spans="1:5">
+      <x:c r="A181" s="1">
+        <x:v>45786.8321296296</x:v>
+      </x:c>
+      <x:c r="B181" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C181" s="0">
+        <x:v>3.58</x:v>
+      </x:c>
+      <x:c r="D181" s="0">
+        <x:v>3544.64</x:v>
+      </x:c>
+      <x:c r="E181" s="0">
+        <x:v>3344</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="182" spans="1:5">
+      <x:c r="A182" s="1">
+        <x:v>45785.8261805556</x:v>
+      </x:c>
+      <x:c r="B182" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C182" s="0">
+        <x:v>4.27</x:v>
+      </x:c>
+      <x:c r="D182" s="0">
+        <x:v>3504.36</x:v>
+      </x:c>
+      <x:c r="E182" s="0">
+        <x:v>3306</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="183" spans="1:5">
+      <x:c r="A183" s="1">
+        <x:v>45784.8969907407</x:v>
+      </x:c>
+      <x:c r="B183" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C183" s="0">
+        <x:v>3.15</x:v>
+      </x:c>
+      <x:c r="D183" s="0">
+        <x:v>3595.414</x:v>
+      </x:c>
+      <x:c r="E183" s="0">
+        <x:v>3391.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="184" spans="1:5">
+      <x:c r="A184" s="1">
+        <x:v>45784.8529861111</x:v>
+      </x:c>
+      <x:c r="B184" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C184" s="0">
+        <x:v>3.15</x:v>
+      </x:c>
+      <x:c r="D184" s="0">
+        <x:v>3595.414</x:v>
+      </x:c>
+      <x:c r="E184" s="0">
+        <x:v>3391.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="185" spans="1:5">
+      <x:c r="A185" s="1">
+        <x:v>45783.8302430556</x:v>
+      </x:c>
+      <x:c r="B185" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C185" s="0">
+        <x:v>2.8</x:v>
+      </x:c>
+      <x:c r="D185" s="0">
+        <x:v>3628.168</x:v>
+      </x:c>
+      <x:c r="E185" s="0">
+        <x:v>3422.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="186" spans="1:5">
+      <x:c r="A186" s="1">
+        <x:v>45777.8390162037</x:v>
+      </x:c>
+      <x:c r="B186" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C186" s="0">
+        <x:v>5.61</x:v>
+      </x:c>
+      <x:c r="D186" s="0">
+        <x:v>3518.246</x:v>
+      </x:c>
+      <x:c r="E186" s="0">
+        <x:v>3319.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="187" spans="1:5">
+      <x:c r="A187" s="1">
+        <x:v>45776.8444328704</x:v>
+      </x:c>
+      <x:c r="B187" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C187" s="0">
+        <x:v>5.29</x:v>
+      </x:c>
+      <x:c r="D187" s="0">
+        <x:v>3533.616</x:v>
+      </x:c>
+      <x:c r="E187" s="0">
+        <x:v>3333.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="188" spans="1:5">
+      <x:c r="A188" s="1">
         <x:v>45775.8451157407</x:v>
       </x:c>
-      <x:c r="B170" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C170" s="0">
+      <x:c r="B188" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C188" s="0">
         <x:v>5</x:v>
       </x:c>
-      <x:c r="D170" s="0">
+      <x:c r="D188" s="0">
         <x:v>3548.562</x:v>
       </x:c>
-      <x:c r="E170" s="0">
+      <x:c r="E188" s="0">
         <x:v>3347.7</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>