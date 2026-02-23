--- v4 (2026-01-27)
+++ v5 (2026-02-23)
@@ -1,78 +1,81 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R26c70e3855a4442a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7a255a267d214e3a86d8804c433d4231.psmdcp" Id="Rb4cc9389b4664bec" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R16a05bb99e9b4542" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ad7d2a0d8bb343a186916be245d1e5bf.psmdcp" Id="R3c1897ee61a54526" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>NLBNPNL35552</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
     <x:t>Reset type</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Cash value </x:t>
   </x:si>
   <x:si>
     <x:t>Reset threshold</x:t>
   </x:si>
   <x:si>
     <x:t>Reference price (last reset)</x:t>
   </x:si>
   <x:si>
     <x:t>End of day</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Intraday</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="164" formatCode="dd-MM-yyyy HH:mm"/>
   </x:numFmts>
   <x:fonts count="1">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
   </x:fonts>
   <x:fills count="2">
     <x:fill>
       <x:patternFill patternType="none"/>
     </x:fill>
     <x:fill>
       <x:patternFill patternType="gray125"/>
@@ -390,3242 +393,3514 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E188"/>
+  <x:dimension ref="A1:E204"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>46049.8227199074</x:v>
+        <x:v>46064.8162268518</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>5427.836</x:v>
+        <x:v>5404.41</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>5120.6</x:v>
+        <x:v>5098.5</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>46048.8231134259</x:v>
+        <x:v>46063.816400463</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>5429.638</x:v>
+        <x:v>5332.86</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>5122.3</x:v>
+        <x:v>5031</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>46045.827349537</x:v>
+        <x:v>46062.9109837963</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>5318.02</x:v>
+        <x:v>5384.164</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>4979.7</x:v>
+        <x:v>5079.4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>46044.8500462963</x:v>
+        <x:v>46062.8648958333</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>5208.204</x:v>
+        <x:v>5384.164</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>4913.4</x:v>
+        <x:v>5079.4</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>46043.8455439815</x:v>
+        <x:v>46062.8163888889</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>5127.75</x:v>
+        <x:v>5384.164</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>4837.5</x:v>
+        <x:v>5079.4</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>46042.8283333333</x:v>
+        <x:v>46059.8655787037</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>5051.748</x:v>
+        <x:v>5278.588</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>4765.8</x:v>
+        <x:v>4979.8</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>46038.8262731481</x:v>
+        <x:v>46058.8171527778</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>4871.124</x:v>
+        <x:v>5182.87</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>4595.4</x:v>
+        <x:v>4889.5</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>46037.8245833333</x:v>
+        <x:v>46057.8355092593</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>4901.122</x:v>
+        <x:v>5247.848</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>4623.7</x:v>
+        <x:v>4950.8</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>46036.8248611111</x:v>
+        <x:v>46056.8221759259</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>4913.842</x:v>
+        <x:v>5231.1</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>4635.7</x:v>
+        <x:v>4935</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>46035.8275925926</x:v>
+        <x:v>46056.3550810185</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="C12" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>4875.046</x:v>
+        <x:v>5235.34</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>4599.1</x:v>
+        <x:v>4939</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>46034.8259490741</x:v>
+        <x:v>46055.8181481482</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>4891.582</x:v>
+        <x:v>4931.756</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>4614.7</x:v>
+        <x:v>4652.6</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>46031.8226041667</x:v>
+        <x:v>46052.8217476852</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C14" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>4770.954</x:v>
+        <x:v>5029.806</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>4500.9</x:v>
+        <x:v>4745.1</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>46030.8292592593</x:v>
+        <x:v>46051.9028240741</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>4728.342</x:v>
+        <x:v>5676.088</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>4460.7</x:v>
+        <x:v>5354.8</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>46029.8237037037</x:v>
+        <x:v>46051.8152430556</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C16" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>4730.25</x:v>
+        <x:v>5621.816</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>4462.5</x:v>
+        <x:v>5303.6</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>46028.8240972222</x:v>
+        <x:v>46050.8226041667</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C17" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>4765.866</x:v>
+        <x:v>5660.612</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>4496.1</x:v>
+        <x:v>5340.2</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>46027.8218981481</x:v>
+        <x:v>46050.8133680556</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>4718.59</x:v>
+        <x:v>5660.612</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>4451.5</x:v>
+        <x:v>5340.2</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>46024.8229976852</x:v>
+        <x:v>46049.8227199074</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C19" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>4589.376</x:v>
+        <x:v>5427.836</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>4329.6</x:v>
+        <x:v>5120.6</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
-        <x:v>46021.8342708333</x:v>
+        <x:v>46048.8231134259</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C20" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>4649.478</x:v>
+        <x:v>5429.638</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>4386.3</x:v>
+        <x:v>5122.3</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="1">
-        <x:v>46020.8393402778</x:v>
+        <x:v>46045.827349537</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C21" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D21" s="0">
-        <x:v>4604.216</x:v>
+        <x:v>5318.02</x:v>
       </x:c>
       <x:c r="E21" s="0">
-        <x:v>4343.6</x:v>
+        <x:v>4979.7</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="1">
-        <x:v>46014.8341898148</x:v>
+        <x:v>46044.8500462963</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C22" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D22" s="0">
-        <x:v>4776.042</x:v>
+        <x:v>5208.204</x:v>
       </x:c>
       <x:c r="E22" s="0">
-        <x:v>4505.7</x:v>
+        <x:v>4913.4</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="1">
-        <x:v>46014.825474537</x:v>
+        <x:v>46043.8455439815</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C23" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D23" s="0">
-        <x:v>4776.042</x:v>
+        <x:v>5127.75</x:v>
       </x:c>
       <x:c r="E23" s="0">
-        <x:v>4505.7</x:v>
+        <x:v>4837.5</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="1">
-        <x:v>46013.830787037</x:v>
+        <x:v>46042.8283333333</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C24" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D24" s="0">
-        <x:v>4737.564</x:v>
+        <x:v>5051.748</x:v>
       </x:c>
       <x:c r="E24" s="0">
-        <x:v>4469.4</x:v>
+        <x:v>4765.8</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="1">
-        <x:v>46010.8267592593</x:v>
+        <x:v>46038.8262731481</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C25" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D25" s="0">
-        <x:v>4650.538</x:v>
+        <x:v>4871.124</x:v>
       </x:c>
       <x:c r="E25" s="0">
-        <x:v>4387.3</x:v>
+        <x:v>4595.4</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="1">
-        <x:v>46009.8283333333</x:v>
+        <x:v>46037.8245833333</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C26" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D26" s="0">
-        <x:v>4626.37</x:v>
+        <x:v>4901.122</x:v>
       </x:c>
       <x:c r="E26" s="0">
-        <x:v>4364.5</x:v>
+        <x:v>4623.7</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="1">
-        <x:v>46008.8262962963</x:v>
+        <x:v>46036.8248611111</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C27" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D27" s="0">
-        <x:v>4636.334</x:v>
+        <x:v>4913.842</x:v>
       </x:c>
       <x:c r="E27" s="0">
-        <x:v>4373.9</x:v>
+        <x:v>4635.7</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="1">
-        <x:v>46007.8233680556</x:v>
+        <x:v>46035.8275925926</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C28" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D28" s="0">
-        <x:v>4592.238</x:v>
+        <x:v>4875.046</x:v>
       </x:c>
       <x:c r="E28" s="0">
-        <x:v>4332.3</x:v>
+        <x:v>4599.1</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="1">
-        <x:v>46006.8309722222</x:v>
+        <x:v>46034.8259490741</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C29" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D29" s="0">
-        <x:v>4595.312</x:v>
+        <x:v>4891.582</x:v>
       </x:c>
       <x:c r="E29" s="0">
-        <x:v>4335.2</x:v>
+        <x:v>4614.7</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="1">
-        <x:v>46003.8253240741</x:v>
+        <x:v>46031.8226041667</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C30" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D30" s="0">
-        <x:v>4587.998</x:v>
+        <x:v>4770.954</x:v>
       </x:c>
       <x:c r="E30" s="0">
-        <x:v>4328.3</x:v>
+        <x:v>4500.9</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="1">
-        <x:v>46002.8233680556</x:v>
+        <x:v>46030.8292592593</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C31" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D31" s="0">
-        <x:v>4571.78</x:v>
+        <x:v>4728.342</x:v>
       </x:c>
       <x:c r="E31" s="0">
-        <x:v>4313</x:v>
+        <x:v>4460.7</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="1">
-        <x:v>46001.8248611111</x:v>
+        <x:v>46029.8237037037</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C32" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D32" s="0">
-        <x:v>4478.182</x:v>
+        <x:v>4730.25</x:v>
       </x:c>
       <x:c r="E32" s="0">
-        <x:v>4224.7</x:v>
+        <x:v>4462.5</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="1">
-        <x:v>46000.8228125</x:v>
+        <x:v>46028.8240972222</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C33" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D33" s="0">
-        <x:v>4490.372</x:v>
+        <x:v>4765.866</x:v>
       </x:c>
       <x:c r="E33" s="0">
-        <x:v>4236.2</x:v>
+        <x:v>4496.1</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="1">
-        <x:v>45999.8272106481</x:v>
+        <x:v>46027.8218981481</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C34" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D34" s="0">
-        <x:v>4470.762</x:v>
+        <x:v>4718.59</x:v>
       </x:c>
       <x:c r="E34" s="0">
-        <x:v>4217.7</x:v>
+        <x:v>4451.5</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="1">
-        <x:v>45996.8263194444</x:v>
+        <x:v>46024.8229976852</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C35" s="0">
         <x:v>0.01</x:v>
       </x:c>
       <x:c r="D35" s="0">
-        <x:v>4497.58</x:v>
+        <x:v>4589.376</x:v>
       </x:c>
       <x:c r="E35" s="0">
-        <x:v>4243</x:v>
+        <x:v>4329.6</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="1">
-        <x:v>45995.8232291667</x:v>
+        <x:v>46021.8342708333</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C36" s="0">
         <x:v>0.01</x:v>
       </x:c>
       <x:c r="D36" s="0">
-        <x:v>4497.58</x:v>
+        <x:v>4649.478</x:v>
       </x:c>
       <x:c r="E36" s="0">
-        <x:v>4243</x:v>
+        <x:v>4386.3</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="1">
-        <x:v>45994.8237152778</x:v>
+        <x:v>46020.8393402778</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C37" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D37" s="0">
-        <x:v>4486.45</x:v>
+        <x:v>4604.216</x:v>
       </x:c>
       <x:c r="E37" s="0">
-        <x:v>4232.5</x:v>
+        <x:v>4343.6</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="1">
-        <x:v>45993.8229513889</x:v>
+        <x:v>46014.8341898148</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C38" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D38" s="0">
-        <x:v>4474.048</x:v>
+        <x:v>4776.042</x:v>
       </x:c>
       <x:c r="E38" s="0">
-        <x:v>4220.8</x:v>
+        <x:v>4505.7</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="1">
-        <x:v>45992.8242824074</x:v>
+        <x:v>46014.825474537</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C39" s="0">
         <x:v>0.01</x:v>
       </x:c>
       <x:c r="D39" s="0">
-        <x:v>4531.288</x:v>
+        <x:v>4776.042</x:v>
       </x:c>
       <x:c r="E39" s="0">
-        <x:v>4274.8</x:v>
+        <x:v>4505.7</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="1">
-        <x:v>45989.8354861111</x:v>
+        <x:v>46013.830787037</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C40" s="0">
         <x:v>0.01</x:v>
       </x:c>
       <x:c r="D40" s="0">
-        <x:v>4510.194</x:v>
+        <x:v>4737.564</x:v>
       </x:c>
       <x:c r="E40" s="0">
-        <x:v>4254.9</x:v>
+        <x:v>4469.4</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="1">
-        <x:v>45987.8265162037</x:v>
+        <x:v>46010.8267592593</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C41" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D41" s="0">
-        <x:v>4454.438</x:v>
+        <x:v>4650.538</x:v>
       </x:c>
       <x:c r="E41" s="0">
-        <x:v>4202.3</x:v>
+        <x:v>4387.3</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="1">
-        <x:v>45986.8420601852</x:v>
+        <x:v>46009.8283333333</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C42" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D42" s="0">
-        <x:v>4427.938</x:v>
+        <x:v>4626.37</x:v>
       </x:c>
       <x:c r="E42" s="0">
-        <x:v>4177.3</x:v>
+        <x:v>4364.5</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="1">
-        <x:v>45985.8473148148</x:v>
+        <x:v>46008.8262962963</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C43" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D43" s="0">
-        <x:v>4378.648</x:v>
+        <x:v>4636.334</x:v>
       </x:c>
       <x:c r="E43" s="0">
-        <x:v>4130.8</x:v>
+        <x:v>4373.9</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="1">
-        <x:v>45982.8240972222</x:v>
+        <x:v>46007.8233680556</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C44" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D44" s="0">
-        <x:v>4362.96</x:v>
+        <x:v>4592.238</x:v>
       </x:c>
       <x:c r="E44" s="0">
-        <x:v>4116</x:v>
+        <x:v>4332.3</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="1">
-        <x:v>45981.8589236111</x:v>
+        <x:v>46006.8309722222</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C45" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D45" s="0">
-        <x:v>4341.442</x:v>
+        <x:v>4595.312</x:v>
       </x:c>
       <x:c r="E45" s="0">
-        <x:v>4060</x:v>
+        <x:v>4335.2</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="1">
-        <x:v>45980.8244791667</x:v>
+        <x:v>46003.8253240741</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C46" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D46" s="0">
-        <x:v>4327.768</x:v>
+        <x:v>4587.998</x:v>
       </x:c>
       <x:c r="E46" s="0">
-        <x:v>4082.8</x:v>
+        <x:v>4328.3</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="1">
-        <x:v>45979.8891898148</x:v>
+        <x:v>46002.8233680556</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C47" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D47" s="0">
-        <x:v>4310.49</x:v>
+        <x:v>4571.78</x:v>
       </x:c>
       <x:c r="E47" s="0">
-        <x:v>4066.5</x:v>
+        <x:v>4313</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5">
       <x:c r="A48" s="1">
-        <x:v>45978.8252083333</x:v>
+        <x:v>46001.8248611111</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C48" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D48" s="0">
-        <x:v>4318.97</x:v>
+        <x:v>4478.182</x:v>
       </x:c>
       <x:c r="E48" s="0">
-        <x:v>4074.5</x:v>
+        <x:v>4224.7</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
       <x:c r="A49" s="1">
-        <x:v>45975.8263425926</x:v>
+        <x:v>46000.8228125</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C49" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D49" s="0">
-        <x:v>4339.852</x:v>
+        <x:v>4490.372</x:v>
       </x:c>
       <x:c r="E49" s="0">
-        <x:v>4094.2</x:v>
+        <x:v>4236.2</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5">
       <x:c r="A50" s="1">
-        <x:v>45974.8559722222</x:v>
+        <x:v>45999.8272106481</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C50" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D50" s="0">
-        <x:v>4446.17</x:v>
+        <x:v>4470.762</x:v>
       </x:c>
       <x:c r="E50" s="0">
-        <x:v>4194.5</x:v>
+        <x:v>4217.7</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5">
       <x:c r="A51" s="1">
-        <x:v>45973.8250115741</x:v>
+        <x:v>45996.8263194444</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C51" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D51" s="0">
-        <x:v>4466.416</x:v>
+        <x:v>4497.58</x:v>
       </x:c>
       <x:c r="E51" s="0">
-        <x:v>4213.6</x:v>
+        <x:v>4243</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5">
       <x:c r="A52" s="1">
-        <x:v>45972.8325115741</x:v>
+        <x:v>45995.8232291667</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C52" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D52" s="0">
-        <x:v>4363.278</x:v>
+        <x:v>4497.58</x:v>
       </x:c>
       <x:c r="E52" s="0">
-        <x:v>4116.3</x:v>
+        <x:v>4243</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5">
       <x:c r="A53" s="1">
-        <x:v>45971.8316203704</x:v>
+        <x:v>45994.8237152778</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C53" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D53" s="0">
-        <x:v>4369.32</x:v>
+        <x:v>4486.45</x:v>
       </x:c>
       <x:c r="E53" s="0">
-        <x:v>4122</x:v>
+        <x:v>4232.5</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5">
       <x:c r="A54" s="1">
-        <x:v>45968.8265509259</x:v>
+        <x:v>45993.8229513889</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C54" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D54" s="0">
-        <x:v>4250.388</x:v>
+        <x:v>4474.048</x:v>
       </x:c>
       <x:c r="E54" s="0">
-        <x:v>4009.8</x:v>
+        <x:v>4220.8</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5">
       <x:c r="A55" s="1">
-        <x:v>45967.856724537</x:v>
+        <x:v>45992.8242824074</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C55" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D55" s="0">
-        <x:v>4230.46</x:v>
+        <x:v>4531.288</x:v>
       </x:c>
       <x:c r="E55" s="0">
-        <x:v>3991</x:v>
+        <x:v>4274.8</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5">
       <x:c r="A56" s="1">
-        <x:v>45967.8527893519</x:v>
+        <x:v>45989.8354861111</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C56" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D56" s="0">
-        <x:v>4230.46</x:v>
+        <x:v>4510.194</x:v>
       </x:c>
       <x:c r="E56" s="0">
-        <x:v>3991</x:v>
+        <x:v>4254.9</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:5">
       <x:c r="A57" s="1">
-        <x:v>45967.8429050926</x:v>
+        <x:v>45987.8265162037</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C57" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D57" s="0">
-        <x:v>4230.46</x:v>
+        <x:v>4454.438</x:v>
       </x:c>
       <x:c r="E57" s="0">
-        <x:v>3991</x:v>
+        <x:v>4202.3</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:5">
       <x:c r="A58" s="1">
-        <x:v>45967.8321412037</x:v>
+        <x:v>45986.8420601852</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C58" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D58" s="0">
-        <x:v>4230.46</x:v>
+        <x:v>4427.938</x:v>
       </x:c>
       <x:c r="E58" s="0">
-        <x:v>3991</x:v>
+        <x:v>4177.3</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:5">
       <x:c r="A59" s="1">
-        <x:v>45966.8257638889</x:v>
+        <x:v>45985.8473148148</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C59" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D59" s="0">
-        <x:v>4232.474</x:v>
+        <x:v>4378.648</x:v>
       </x:c>
       <x:c r="E59" s="0">
-        <x:v>3992.9</x:v>
+        <x:v>4130.8</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:5">
       <x:c r="A60" s="1">
-        <x:v>45965.8373263889</x:v>
+        <x:v>45982.8240972222</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C60" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D60" s="0">
-        <x:v>4198.13</x:v>
+        <x:v>4362.96</x:v>
       </x:c>
       <x:c r="E60" s="0">
-        <x:v>3960.5</x:v>
+        <x:v>4116</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:5">
       <x:c r="A61" s="1">
-        <x:v>45964.8251041667</x:v>
+        <x:v>45981.8589236111</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C61" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D61" s="0">
-        <x:v>4254.84</x:v>
+        <x:v>4341.442</x:v>
       </x:c>
       <x:c r="E61" s="0">
-        <x:v>4014</x:v>
+        <x:v>4060</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:5">
       <x:c r="A62" s="1">
-        <x:v>45961.7823032407</x:v>
+        <x:v>45980.8244791667</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C62" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D62" s="0">
-        <x:v>4236.29</x:v>
+        <x:v>4327.768</x:v>
       </x:c>
       <x:c r="E62" s="0">
-        <x:v>3996.5</x:v>
+        <x:v>4082.8</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:5">
       <x:c r="A63" s="1">
-        <x:v>45960.7838310185</x:v>
+        <x:v>45979.8891898148</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C63" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D63" s="0">
-        <x:v>4256.854</x:v>
+        <x:v>4310.49</x:v>
       </x:c>
       <x:c r="E63" s="0">
-        <x:v>4015.9</x:v>
+        <x:v>4066.5</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:5">
       <x:c r="A64" s="1">
-        <x:v>45959.7819328704</x:v>
+        <x:v>45978.8252083333</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C64" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D64" s="0">
-        <x:v>4240.742</x:v>
+        <x:v>4318.97</x:v>
       </x:c>
       <x:c r="E64" s="0">
-        <x:v>4000.7</x:v>
+        <x:v>4074.5</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:5">
       <x:c r="A65" s="1">
-        <x:v>45958.7844444444</x:v>
+        <x:v>45975.8263425926</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C65" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D65" s="0">
-        <x:v>4222.086</x:v>
+        <x:v>4339.852</x:v>
       </x:c>
       <x:c r="E65" s="0">
-        <x:v>3983.1</x:v>
+        <x:v>4094.2</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:5">
       <x:c r="A66" s="1">
-        <x:v>45957.784849537</x:v>
+        <x:v>45974.8559722222</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C66" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D66" s="0">
-        <x:v>4260.882</x:v>
+        <x:v>4446.17</x:v>
       </x:c>
       <x:c r="E66" s="0">
-        <x:v>4019.7</x:v>
+        <x:v>4194.5</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:5">
       <x:c r="A67" s="1">
-        <x:v>45954.8273726852</x:v>
+        <x:v>45973.8250115741</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C67" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D67" s="0">
-        <x:v>4386.068</x:v>
+        <x:v>4466.416</x:v>
       </x:c>
       <x:c r="E67" s="0">
-        <x:v>4137.8</x:v>
+        <x:v>4213.6</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:5">
       <x:c r="A68" s="1">
-        <x:v>45953.8264236111</x:v>
+        <x:v>45972.8325115741</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C68" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D68" s="0">
-        <x:v>4394.336</x:v>
+        <x:v>4363.278</x:v>
       </x:c>
       <x:c r="E68" s="0">
-        <x:v>4145.6</x:v>
+        <x:v>4116.3</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:5">
       <x:c r="A69" s="1">
-        <x:v>45952.8312615741</x:v>
+        <x:v>45971.8316203704</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C69" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D69" s="0">
-        <x:v>4309.324</x:v>
+        <x:v>4369.32</x:v>
       </x:c>
       <x:c r="E69" s="0">
-        <x:v>4065.4</x:v>
+        <x:v>4122</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:5">
       <x:c r="A70" s="1">
-        <x:v>45951.8353125</x:v>
+        <x:v>45968.8265509259</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C70" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D70" s="0">
-        <x:v>4355.646</x:v>
+        <x:v>4250.388</x:v>
       </x:c>
       <x:c r="E70" s="0">
-        <x:v>4109.1</x:v>
+        <x:v>4009.8</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:5">
       <x:c r="A71" s="1">
-        <x:v>45950.8514814815</x:v>
+        <x:v>45967.856724537</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C71" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D71" s="0">
-        <x:v>4620.964</x:v>
+        <x:v>4230.46</x:v>
       </x:c>
       <x:c r="E71" s="0">
-        <x:v>4359.4</x:v>
+        <x:v>3991</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:5">
       <x:c r="A72" s="1">
-        <x:v>45947.8256018519</x:v>
+        <x:v>45967.8527893519</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C72" s="0">
         <x:v>0.04</x:v>
       </x:c>
       <x:c r="D72" s="0">
-        <x:v>4466.098</x:v>
+        <x:v>4230.46</x:v>
       </x:c>
       <x:c r="E72" s="0">
-        <x:v>4213.3</x:v>
+        <x:v>3991</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:5">
       <x:c r="A73" s="1">
-        <x:v>45946.8237847222</x:v>
+        <x:v>45967.8429050926</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C73" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D73" s="0">
-        <x:v>4562.876</x:v>
+        <x:v>4230.46</x:v>
       </x:c>
       <x:c r="E73" s="0">
-        <x:v>4304.6</x:v>
+        <x:v>3991</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:5">
       <x:c r="A74" s="1">
-        <x:v>45945.8233680556</x:v>
+        <x:v>45967.8321412037</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C74" s="0">
         <x:v>0.04</x:v>
       </x:c>
       <x:c r="D74" s="0">
-        <x:v>4453.696</x:v>
+        <x:v>4230.46</x:v>
       </x:c>
       <x:c r="E74" s="0">
-        <x:v>4201.6</x:v>
+        <x:v>3991</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:5">
       <x:c r="A75" s="1">
-        <x:v>45944.8282986111</x:v>
+        <x:v>45966.8257638889</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C75" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D75" s="0">
-        <x:v>4413.204</x:v>
+        <x:v>4232.474</x:v>
       </x:c>
       <x:c r="E75" s="0">
-        <x:v>4163.4</x:v>
+        <x:v>3992.9</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:5">
       <x:c r="A76" s="1">
-        <x:v>45943.8403472222</x:v>
+        <x:v>45965.8373263889</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C76" s="0">
         <x:v>0.05</x:v>
       </x:c>
       <x:c r="D76" s="0">
-        <x:v>4380.98</x:v>
+        <x:v>4198.13</x:v>
       </x:c>
       <x:c r="E76" s="0">
-        <x:v>4133</x:v>
+        <x:v>3960.5</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:5">
       <x:c r="A77" s="1">
-        <x:v>45940.8233449074</x:v>
+        <x:v>45964.8251041667</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C77" s="0">
-        <x:v>0.1</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D77" s="0">
-        <x:v>4240.424</x:v>
+        <x:v>4254.84</x:v>
       </x:c>
       <x:c r="E77" s="0">
-        <x:v>4000.4</x:v>
+        <x:v>4014</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:5">
       <x:c r="A78" s="1">
-        <x:v>45939.8284953704</x:v>
+        <x:v>45961.7823032407</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C78" s="0">
-        <x:v>0.11</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D78" s="0">
-        <x:v>4210.956</x:v>
+        <x:v>4236.29</x:v>
       </x:c>
       <x:c r="E78" s="0">
-        <x:v>3972.6</x:v>
+        <x:v>3996.5</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:5">
       <x:c r="A79" s="1">
-        <x:v>45938.8250231482</x:v>
+        <x:v>45960.7838310185</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C79" s="0">
-        <x:v>0.08</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D79" s="0">
-        <x:v>4314.73</x:v>
+        <x:v>4256.854</x:v>
       </x:c>
       <x:c r="E79" s="0">
-        <x:v>4070.5</x:v>
+        <x:v>4015.9</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:5">
       <x:c r="A80" s="1">
-        <x:v>45937.8252314815</x:v>
+        <x:v>45959.7819328704</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C80" s="0">
-        <x:v>0.11</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D80" s="0">
-        <x:v>4244.664</x:v>
+        <x:v>4240.742</x:v>
       </x:c>
       <x:c r="E80" s="0">
-        <x:v>4004.4</x:v>
+        <x:v>4000.7</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:5">
       <x:c r="A81" s="1">
-        <x:v>45936.8237384259</x:v>
+        <x:v>45958.7844444444</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C81" s="0">
-        <x:v>0.12</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D81" s="0">
-        <x:v>4214.878</x:v>
+        <x:v>4222.086</x:v>
       </x:c>
       <x:c r="E81" s="0">
-        <x:v>3976.3</x:v>
+        <x:v>3983.1</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:5">
       <x:c r="A82" s="1">
-        <x:v>45933.8235763889</x:v>
+        <x:v>45957.784849537</x:v>
       </x:c>
       <x:c r="B82" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C82" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D82" s="0">
-        <x:v>4143.434</x:v>
+        <x:v>4260.882</x:v>
       </x:c>
       <x:c r="E82" s="0">
-        <x:v>3908.9</x:v>
+        <x:v>4019.7</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:5">
       <x:c r="A83" s="1">
-        <x:v>45932.824525463</x:v>
+        <x:v>45954.8273726852</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C83" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D83" s="0">
-        <x:v>4100.186</x:v>
+        <x:v>4386.068</x:v>
       </x:c>
       <x:c r="E83" s="0">
-        <x:v>3868.1</x:v>
+        <x:v>4137.8</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:5">
       <x:c r="A84" s="1">
-        <x:v>45931.8251041667</x:v>
+        <x:v>45953.8264236111</x:v>
       </x:c>
       <x:c r="B84" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C84" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D84" s="0">
-        <x:v>4131.35</x:v>
+        <x:v>4394.336</x:v>
       </x:c>
       <x:c r="E84" s="0">
-        <x:v>3897.5</x:v>
+        <x:v>4145.6</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:5">
       <x:c r="A85" s="1">
-        <x:v>45930.8240046296</x:v>
+        <x:v>45952.8312615741</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C85" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D85" s="0">
-        <x:v>4105.592</x:v>
+        <x:v>4309.324</x:v>
       </x:c>
       <x:c r="E85" s="0">
-        <x:v>3873.2</x:v>
+        <x:v>4065.4</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:5">
       <x:c r="A86" s="1">
-        <x:v>45929.8229398148</x:v>
+        <x:v>45951.8353125</x:v>
       </x:c>
       <x:c r="B86" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C86" s="0">
-        <x:v>0.2</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D86" s="0">
-        <x:v>4086.512</x:v>
+        <x:v>4355.646</x:v>
       </x:c>
       <x:c r="E86" s="0">
-        <x:v>3855.2</x:v>
+        <x:v>4109.1</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:5">
       <x:c r="A87" s="1">
-        <x:v>45926.8238888889</x:v>
+        <x:v>45950.8514814815</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C87" s="0">
-        <x:v>0.24</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D87" s="0">
-        <x:v>4037.54</x:v>
+        <x:v>4620.964</x:v>
       </x:c>
       <x:c r="E87" s="0">
-        <x:v>3809</x:v>
+        <x:v>4359.4</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:5">
       <x:c r="A88" s="1">
-        <x:v>45925.8238657407</x:v>
+        <x:v>45947.8256018519</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C88" s="0">
-        <x:v>0.28</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D88" s="0">
-        <x:v>3997.366</x:v>
+        <x:v>4466.098</x:v>
       </x:c>
       <x:c r="E88" s="0">
-        <x:v>3771.1</x:v>
+        <x:v>4213.3</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:5">
       <x:c r="A89" s="1">
-        <x:v>45924.8325347222</x:v>
+        <x:v>45946.8237847222</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C89" s="0">
-        <x:v>0.29</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D89" s="0">
-        <x:v>3994.186</x:v>
+        <x:v>4562.876</x:v>
       </x:c>
       <x:c r="E89" s="0">
-        <x:v>3768.1</x:v>
+        <x:v>4304.6</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:5">
       <x:c r="A90" s="1">
-        <x:v>45923.8421527778</x:v>
+        <x:v>45945.8233680556</x:v>
       </x:c>
       <x:c r="B90" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C90" s="0">
-        <x:v>0.25</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D90" s="0">
-        <x:v>4044.642</x:v>
+        <x:v>4453.696</x:v>
       </x:c>
       <x:c r="E90" s="0">
-        <x:v>3815.7</x:v>
+        <x:v>4201.6</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:5">
       <x:c r="A91" s="1">
-        <x:v>45922.8390625</x:v>
+        <x:v>45944.8282986111</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C91" s="0">
-        <x:v>0.29</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D91" s="0">
-        <x:v>4001.606</x:v>
+        <x:v>4413.204</x:v>
       </x:c>
       <x:c r="E91" s="0">
-        <x:v>3775.1</x:v>
+        <x:v>4163.4</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:5">
       <x:c r="A92" s="1">
-        <x:v>45919.8403587963</x:v>
+        <x:v>45943.8403472222</x:v>
       </x:c>
       <x:c r="B92" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C92" s="0">
-        <x:v>0.39</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D92" s="0">
-        <x:v>3928.148</x:v>
+        <x:v>4380.98</x:v>
       </x:c>
       <x:c r="E92" s="0">
-        <x:v>3705.8</x:v>
+        <x:v>4133</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:5">
       <x:c r="A93" s="1">
-        <x:v>45918.8309027778</x:v>
+        <x:v>45940.8233449074</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C93" s="0">
-        <x:v>0.44</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D93" s="0">
-        <x:v>3898.998</x:v>
+        <x:v>4240.424</x:v>
       </x:c>
       <x:c r="E93" s="0">
-        <x:v>3678.3</x:v>
+        <x:v>4000.4</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:5">
       <x:c r="A94" s="1">
-        <x:v>45917.8347222222</x:v>
+        <x:v>45939.8284953704</x:v>
       </x:c>
       <x:c r="B94" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C94" s="0">
-        <x:v>0.38</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D94" s="0">
-        <x:v>3940.868</x:v>
+        <x:v>4210.956</x:v>
       </x:c>
       <x:c r="E94" s="0">
-        <x:v>3717.8</x:v>
+        <x:v>3972.6</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:5">
       <x:c r="A95" s="1">
-        <x:v>45916.8237731481</x:v>
+        <x:v>45938.8250231482</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C95" s="0">
-        <x:v>0.37</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D95" s="0">
-        <x:v>3948.606</x:v>
+        <x:v>4314.73</x:v>
       </x:c>
       <x:c r="E95" s="0">
-        <x:v>3725.1</x:v>
+        <x:v>4070.5</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:5">
       <x:c r="A96" s="1">
-        <x:v>45915.8287152778</x:v>
+        <x:v>45937.8252314815</x:v>
       </x:c>
       <x:c r="B96" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C96" s="0">
-        <x:v>0.38</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D96" s="0">
-        <x:v>3942.14</x:v>
+        <x:v>4244.664</x:v>
       </x:c>
       <x:c r="E96" s="0">
-        <x:v>3719</x:v>
+        <x:v>4004.4</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:5">
       <x:c r="A97" s="1">
-        <x:v>45912.8242824074</x:v>
+        <x:v>45936.8237384259</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C97" s="0">
-        <x:v>0.44</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D97" s="0">
-        <x:v>3907.584</x:v>
+        <x:v>4214.878</x:v>
       </x:c>
       <x:c r="E97" s="0">
-        <x:v>3686.4</x:v>
+        <x:v>3976.3</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:5">
       <x:c r="A98" s="1">
-        <x:v>45911.8249305556</x:v>
+        <x:v>45933.8235763889</x:v>
       </x:c>
       <x:c r="B98" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C98" s="0">
-        <x:v>0.46</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D98" s="0">
-        <x:v>3894.016</x:v>
+        <x:v>4143.434</x:v>
       </x:c>
       <x:c r="E98" s="0">
-        <x:v>3673.6</x:v>
+        <x:v>3908.9</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:5">
       <x:c r="A99" s="1">
-        <x:v>45910.8234375</x:v>
+        <x:v>45932.824525463</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C99" s="0">
-        <x:v>0.44</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D99" s="0">
-        <x:v>3902.92</x:v>
+        <x:v>4100.186</x:v>
       </x:c>
       <x:c r="E99" s="0">
-        <x:v>3682</x:v>
+        <x:v>3868.1</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:5">
       <x:c r="A100" s="1">
-        <x:v>45909.8234953704</x:v>
+        <x:v>45931.8251041667</x:v>
       </x:c>
       <x:c r="B100" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C100" s="0">
-        <x:v>0.44</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D100" s="0">
-        <x:v>3903.132</x:v>
+        <x:v>4131.35</x:v>
       </x:c>
       <x:c r="E100" s="0">
-        <x:v>3682.2</x:v>
+        <x:v>3897.5</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:5">
       <x:c r="A101" s="1">
-        <x:v>45908.8227777778</x:v>
+        <x:v>45930.8240046296</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C101" s="0">
-        <x:v>0.45</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D101" s="0">
-        <x:v>3898.044</x:v>
+        <x:v>4105.592</x:v>
       </x:c>
       <x:c r="E101" s="0">
-        <x:v>3677.4</x:v>
+        <x:v>3873.2</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:5">
       <x:c r="A102" s="1">
-        <x:v>45905.8690740741</x:v>
+        <x:v>45929.8229398148</x:v>
       </x:c>
       <x:c r="B102" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C102" s="0">
-        <x:v>0.5</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D102" s="0">
-        <x:v>3872.498</x:v>
+        <x:v>4086.512</x:v>
       </x:c>
       <x:c r="E102" s="0">
-        <x:v>3653.3</x:v>
+        <x:v>3855.2</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:5">
       <x:c r="A103" s="1">
-        <x:v>45904.8310416667</x:v>
+        <x:v>45926.8238888889</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C103" s="0">
-        <x:v>0.61</x:v>
+        <x:v>0.24</x:v>
       </x:c>
       <x:c r="D103" s="0">
-        <x:v>3823.102</x:v>
+        <x:v>4037.54</x:v>
       </x:c>
       <x:c r="E103" s="0">
-        <x:v>3606.7</x:v>
+        <x:v>3809</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:5">
       <x:c r="A104" s="1">
-        <x:v>45903.8280208333</x:v>
+        <x:v>45925.8238657407</x:v>
       </x:c>
       <x:c r="B104" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C104" s="0">
-        <x:v>0.55</x:v>
+        <x:v>0.28</x:v>
       </x:c>
       <x:c r="D104" s="0">
-        <x:v>3853.63</x:v>
+        <x:v>3997.366</x:v>
       </x:c>
       <x:c r="E104" s="0">
-        <x:v>3635.5</x:v>
+        <x:v>3771.1</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:5">
       <x:c r="A105" s="1">
-        <x:v>45902.8240625</x:v>
+        <x:v>45924.8325347222</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C105" s="0">
-        <x:v>0.66</x:v>
+        <x:v>0.29</x:v>
       </x:c>
       <x:c r="D105" s="0">
-        <x:v>3807.732</x:v>
+        <x:v>3994.186</x:v>
       </x:c>
       <x:c r="E105" s="0">
-        <x:v>3592.2</x:v>
+        <x:v>3768.1</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:5">
       <x:c r="A106" s="1">
-        <x:v>45898.8248263889</x:v>
+        <x:v>45923.8421527778</x:v>
       </x:c>
       <x:c r="B106" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C106" s="0">
-        <x:v>0.95</x:v>
+        <x:v>0.25</x:v>
       </x:c>
       <x:c r="D106" s="0">
-        <x:v>3727.066</x:v>
+        <x:v>4044.642</x:v>
       </x:c>
       <x:c r="E106" s="0">
-        <x:v>3516.1</x:v>
+        <x:v>3815.7</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:5">
       <x:c r="A107" s="1">
-        <x:v>45897.8404166667</x:v>
+        <x:v>45922.8390625</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C107" s="0">
-        <x:v>1.15</x:v>
+        <x:v>0.29</x:v>
       </x:c>
       <x:c r="D107" s="0">
-        <x:v>3682.758</x:v>
+        <x:v>4001.606</x:v>
       </x:c>
       <x:c r="E107" s="0">
-        <x:v>3474.3</x:v>
+        <x:v>3775.1</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:5">
       <x:c r="A108" s="1">
-        <x:v>45896.8352314815</x:v>
+        <x:v>45919.8403587963</x:v>
       </x:c>
       <x:c r="B108" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C108" s="0">
-        <x:v>1.28</x:v>
+        <x:v>0.39</x:v>
       </x:c>
       <x:c r="D108" s="0">
-        <x:v>3655.516</x:v>
+        <x:v>3928.148</x:v>
       </x:c>
       <x:c r="E108" s="0">
-        <x:v>3448.6</x:v>
+        <x:v>3705.8</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:5">
       <x:c r="A109" s="1">
-        <x:v>45895.8272800926</x:v>
+        <x:v>45918.8309027778</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C109" s="0">
-        <x:v>1.37</x:v>
+        <x:v>0.44</x:v>
       </x:c>
       <x:c r="D109" s="0">
-        <x:v>3638.98</x:v>
+        <x:v>3898.998</x:v>
       </x:c>
       <x:c r="E109" s="0">
-        <x:v>3433</x:v>
+        <x:v>3678.3</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:5">
       <x:c r="A110" s="1">
-        <x:v>45894.8408449074</x:v>
+        <x:v>45917.8347222222</x:v>
       </x:c>
       <x:c r="B110" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C110" s="0">
-        <x:v>1.47</x:v>
+        <x:v>0.38</x:v>
       </x:c>
       <x:c r="D110" s="0">
-        <x:v>3622.55</x:v>
+        <x:v>3940.868</x:v>
       </x:c>
       <x:c r="E110" s="0">
-        <x:v>3417.5</x:v>
+        <x:v>3717.8</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:5">
       <x:c r="A111" s="1">
-        <x:v>45891.8256018519</x:v>
+        <x:v>45916.8237731481</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C111" s="0">
-        <x:v>1.46</x:v>
+        <x:v>0.37</x:v>
       </x:c>
       <x:c r="D111" s="0">
-        <x:v>3623.61</x:v>
+        <x:v>3948.606</x:v>
       </x:c>
       <x:c r="E111" s="0">
-        <x:v>3418.5</x:v>
+        <x:v>3725.1</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:5">
       <x:c r="A112" s="1">
-        <x:v>45890.8256597222</x:v>
+        <x:v>45915.8287152778</x:v>
       </x:c>
       <x:c r="B112" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C112" s="0">
-        <x:v>1.73</x:v>
+        <x:v>0.38</x:v>
       </x:c>
       <x:c r="D112" s="0">
-        <x:v>3584.496</x:v>
+        <x:v>3942.14</x:v>
       </x:c>
       <x:c r="E112" s="0">
-        <x:v>3381.6</x:v>
+        <x:v>3719</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:5">
       <x:c r="A113" s="1">
-        <x:v>45889.8244675926</x:v>
+        <x:v>45912.8242824074</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C113" s="0">
-        <x:v>1.68</x:v>
+        <x:v>0.44</x:v>
       </x:c>
       <x:c r="D113" s="0">
-        <x:v>3591.81</x:v>
+        <x:v>3907.584</x:v>
       </x:c>
       <x:c r="E113" s="0">
-        <x:v>3388.5</x:v>
+        <x:v>3686.4</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:5">
       <x:c r="A114" s="1">
-        <x:v>45888.8241782407</x:v>
+        <x:v>45911.8249305556</x:v>
       </x:c>
       <x:c r="B114" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C114" s="0">
-        <x:v>1.92</x:v>
+        <x:v>0.46</x:v>
       </x:c>
       <x:c r="D114" s="0">
-        <x:v>3560.222</x:v>
+        <x:v>3894.016</x:v>
       </x:c>
       <x:c r="E114" s="0">
-        <x:v>3358.7</x:v>
+        <x:v>3673.6</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:5">
       <x:c r="A115" s="1">
-        <x:v>45887.8261342593</x:v>
+        <x:v>45910.8234375</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C115" s="0">
-        <x:v>1.78</x:v>
+        <x:v>0.44</x:v>
       </x:c>
       <x:c r="D115" s="0">
-        <x:v>3580.68</x:v>
+        <x:v>3902.92</x:v>
       </x:c>
       <x:c r="E115" s="0">
-        <x:v>3378</x:v>
+        <x:v>3682</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:5">
       <x:c r="A116" s="1">
-        <x:v>45884.8236574074</x:v>
+        <x:v>45909.8234953704</x:v>
       </x:c>
       <x:c r="B116" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C116" s="0">
-        <x:v>1.75</x:v>
+        <x:v>0.44</x:v>
       </x:c>
       <x:c r="D116" s="0">
-        <x:v>3585.556</x:v>
+        <x:v>3903.132</x:v>
       </x:c>
       <x:c r="E116" s="0">
-        <x:v>3382.6</x:v>
+        <x:v>3682.2</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:5">
       <x:c r="A117" s="1">
-        <x:v>45883.8470023148</x:v>
+        <x:v>45908.8227777778</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C117" s="0">
-        <x:v>1.75</x:v>
+        <x:v>0.45</x:v>
       </x:c>
       <x:c r="D117" s="0">
-        <x:v>3586.192</x:v>
+        <x:v>3898.044</x:v>
       </x:c>
       <x:c r="E117" s="0">
-        <x:v>3383.2</x:v>
+        <x:v>3677.4</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:5">
       <x:c r="A118" s="1">
-        <x:v>45882.843125</x:v>
+        <x:v>45905.8690740741</x:v>
       </x:c>
       <x:c r="B118" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C118" s="0">
-        <x:v>1.58</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="D118" s="0">
-        <x:v>3612.798</x:v>
+        <x:v>3872.498</x:v>
       </x:c>
       <x:c r="E118" s="0">
-        <x:v>3408.3</x:v>
+        <x:v>3653.3</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:5">
       <x:c r="A119" s="1">
-        <x:v>45881.822662037</x:v>
+        <x:v>45904.8310416667</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C119" s="0">
-        <x:v>1.65</x:v>
+        <x:v>0.61</x:v>
       </x:c>
       <x:c r="D119" s="0">
-        <x:v>3602.94</x:v>
+        <x:v>3823.102</x:v>
       </x:c>
       <x:c r="E119" s="0">
-        <x:v>3399</x:v>
+        <x:v>3606.7</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:5">
       <x:c r="A120" s="1">
-        <x:v>45880.8266898148</x:v>
+        <x:v>45903.8280208333</x:v>
       </x:c>
       <x:c r="B120" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C120" s="0">
-        <x:v>1.61</x:v>
+        <x:v>0.55</x:v>
       </x:c>
       <x:c r="D120" s="0">
-        <x:v>3608.982</x:v>
+        <x:v>3853.63</x:v>
       </x:c>
       <x:c r="E120" s="0">
-        <x:v>3404.7</x:v>
+        <x:v>3635.5</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:5">
       <x:c r="A121" s="1">
-        <x:v>45877.8248032407</x:v>
+        <x:v>45902.8240625</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C121" s="0">
-        <x:v>1.2</x:v>
+        <x:v>0.66</x:v>
       </x:c>
       <x:c r="D121" s="0">
-        <x:v>3700.778</x:v>
+        <x:v>3807.732</x:v>
       </x:c>
       <x:c r="E121" s="0">
-        <x:v>3491.3</x:v>
+        <x:v>3592.2</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:5">
       <x:c r="A122" s="1">
-        <x:v>45876.8256134259</x:v>
+        <x:v>45898.8248263889</x:v>
       </x:c>
       <x:c r="B122" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C122" s="0">
-        <x:v>1.41</x:v>
+        <x:v>0.95</x:v>
       </x:c>
       <x:c r="D122" s="0">
-        <x:v>3660.922</x:v>
+        <x:v>3727.066</x:v>
       </x:c>
       <x:c r="E122" s="0">
-        <x:v>3453.7</x:v>
+        <x:v>3516.1</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:5">
       <x:c r="A123" s="1">
-        <x:v>45875.8240162037</x:v>
+        <x:v>45897.8404166667</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C123" s="0">
-        <x:v>1.54</x:v>
+        <x:v>1.15</x:v>
       </x:c>
       <x:c r="D123" s="0">
-        <x:v>3639.404</x:v>
+        <x:v>3682.758</x:v>
       </x:c>
       <x:c r="E123" s="0">
-        <x:v>3433.4</x:v>
+        <x:v>3474.3</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:5">
       <x:c r="A124" s="1">
-        <x:v>45874.8240277778</x:v>
+        <x:v>45896.8352314815</x:v>
       </x:c>
       <x:c r="B124" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C124" s="0">
-        <x:v>1.54</x:v>
+        <x:v>1.28</x:v>
       </x:c>
       <x:c r="D124" s="0">
-        <x:v>3640.782</x:v>
+        <x:v>3655.516</x:v>
       </x:c>
       <x:c r="E124" s="0">
-        <x:v>3434.7</x:v>
+        <x:v>3448.6</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:5">
       <x:c r="A125" s="1">
-        <x:v>45873.826400463</x:v>
+        <x:v>45895.8272800926</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C125" s="0">
-        <x:v>1.59</x:v>
+        <x:v>1.37</x:v>
       </x:c>
       <x:c r="D125" s="0">
-        <x:v>3631.984</x:v>
+        <x:v>3638.98</x:v>
       </x:c>
       <x:c r="E125" s="0">
-        <x:v>3426.4</x:v>
+        <x:v>3433</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:5">
       <x:c r="A126" s="1">
-        <x:v>45870.8315277778</x:v>
+        <x:v>45894.8408449074</x:v>
       </x:c>
       <x:c r="B126" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C126" s="0">
-        <x:v>1.79</x:v>
+        <x:v>1.47</x:v>
       </x:c>
       <x:c r="D126" s="0">
-        <x:v>3603.788</x:v>
+        <x:v>3622.55</x:v>
       </x:c>
       <x:c r="E126" s="0">
-        <x:v>3399.8</x:v>
+        <x:v>3417.5</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:5">
       <x:c r="A127" s="1">
-        <x:v>45869.8289930556</x:v>
+        <x:v>45891.8256018519</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C127" s="0">
-        <x:v>2.28</x:v>
+        <x:v>1.46</x:v>
       </x:c>
       <x:c r="D127" s="0">
-        <x:v>3549.516</x:v>
+        <x:v>3623.61</x:v>
       </x:c>
       <x:c r="E127" s="0">
-        <x:v>3348.6</x:v>
+        <x:v>3418.5</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:5">
       <x:c r="A128" s="1">
-        <x:v>45868.8234606481</x:v>
+        <x:v>45890.8256597222</x:v>
       </x:c>
       <x:c r="B128" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C128" s="0">
-        <x:v>2.24</x:v>
+        <x:v>1.73</x:v>
       </x:c>
       <x:c r="D128" s="0">
-        <x:v>3553.968</x:v>
+        <x:v>3584.496</x:v>
       </x:c>
       <x:c r="E128" s="0">
-        <x:v>3352.8</x:v>
+        <x:v>3381.6</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:5">
       <x:c r="A129" s="1">
-        <x:v>45867.8250694444</x:v>
+        <x:v>45889.8244675926</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C129" s="0">
-        <x:v>2.01</x:v>
+        <x:v>1.68</x:v>
       </x:c>
       <x:c r="D129" s="0">
-        <x:v>3584.072</x:v>
+        <x:v>3591.81</x:v>
       </x:c>
       <x:c r="E129" s="0">
-        <x:v>3381.2</x:v>
+        <x:v>3388.5</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:5">
       <x:c r="A130" s="1">
-        <x:v>45866.8322916667</x:v>
+        <x:v>45888.8241782407</x:v>
       </x:c>
       <x:c r="B130" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C130" s="0">
-        <x:v>2.13</x:v>
+        <x:v>1.92</x:v>
       </x:c>
       <x:c r="D130" s="0">
-        <x:v>3570.08</x:v>
+        <x:v>3560.222</x:v>
       </x:c>
       <x:c r="E130" s="0">
-        <x:v>3368</x:v>
+        <x:v>3358.7</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:5">
       <x:c r="A131" s="1">
-        <x:v>45863.8404166667</x:v>
+        <x:v>45887.8261342593</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C131" s="0">
-        <x:v>1.94</x:v>
+        <x:v>1.78</x:v>
       </x:c>
       <x:c r="D131" s="0">
-        <x:v>3596.05</x:v>
+        <x:v>3580.68</x:v>
       </x:c>
       <x:c r="E131" s="0">
-        <x:v>3392.5</x:v>
+        <x:v>3378</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:5">
       <x:c r="A132" s="1">
-        <x:v>45862.8566319444</x:v>
+        <x:v>45884.8236574074</x:v>
       </x:c>
       <x:c r="B132" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C132" s="0">
-        <x:v>1.67</x:v>
+        <x:v>1.75</x:v>
       </x:c>
       <x:c r="D132" s="0">
-        <x:v>3636.966</x:v>
+        <x:v>3585.556</x:v>
       </x:c>
       <x:c r="E132" s="0">
-        <x:v>3373.5</x:v>
+        <x:v>3382.6</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:5">
       <x:c r="A133" s="1">
-        <x:v>45861.8323842593</x:v>
+        <x:v>45883.8470023148</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C133" s="0">
-        <x:v>1.52</x:v>
+        <x:v>1.75</x:v>
       </x:c>
       <x:c r="D133" s="0">
-        <x:v>3601.456</x:v>
+        <x:v>3586.192</x:v>
       </x:c>
       <x:c r="E133" s="0">
-        <x:v>3397.6</x:v>
+        <x:v>3383.2</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:5">
       <x:c r="A134" s="1">
-        <x:v>45860.8328240741</x:v>
+        <x:v>45882.843125</x:v>
       </x:c>
       <x:c r="B134" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C134" s="0">
-        <x:v>1.28</x:v>
+        <x:v>1.58</x:v>
       </x:c>
       <x:c r="D134" s="0">
-        <x:v>3650.322</x:v>
+        <x:v>3612.798</x:v>
       </x:c>
       <x:c r="E134" s="0">
-        <x:v>3443.7</x:v>
+        <x:v>3408.3</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:5">
       <x:c r="A135" s="1">
-        <x:v>45859.8410185185</x:v>
+        <x:v>45881.822662037</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C135" s="0">
-        <x:v>1.52</x:v>
+        <x:v>1.65</x:v>
       </x:c>
       <x:c r="D135" s="0">
-        <x:v>3610.784</x:v>
+        <x:v>3602.94</x:v>
       </x:c>
       <x:c r="E135" s="0">
-        <x:v>3406.4</x:v>
+        <x:v>3399</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:5">
       <x:c r="A136" s="1">
-        <x:v>45856.8230787037</x:v>
+        <x:v>45880.8266898148</x:v>
       </x:c>
       <x:c r="B136" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C136" s="0">
-        <x:v>1.9</x:v>
+        <x:v>1.61</x:v>
       </x:c>
       <x:c r="D136" s="0">
-        <x:v>3559.798</x:v>
+        <x:v>3608.982</x:v>
       </x:c>
       <x:c r="E136" s="0">
-        <x:v>3358.3</x:v>
+        <x:v>3404.7</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:5">
       <x:c r="A137" s="1">
-        <x:v>45855.8238657407</x:v>
+        <x:v>45877.8248032407</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C137" s="0">
-        <x:v>2.01</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="D137" s="0">
-        <x:v>3546.018</x:v>
+        <x:v>3700.778</x:v>
       </x:c>
       <x:c r="E137" s="0">
-        <x:v>3345.3</x:v>
+        <x:v>3491.3</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:5">
       <x:c r="A138" s="1">
-        <x:v>45854.8590046296</x:v>
+        <x:v>45876.8256134259</x:v>
       </x:c>
       <x:c r="B138" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C138" s="0">
-        <x:v>1.9</x:v>
+        <x:v>1.41</x:v>
       </x:c>
       <x:c r="D138" s="0">
-        <x:v>3560.646</x:v>
+        <x:v>3660.922</x:v>
       </x:c>
       <x:c r="E138" s="0">
-        <x:v>3359.1</x:v>
+        <x:v>3453.7</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:5">
       <x:c r="A139" s="1">
-        <x:v>45853.8525925926</x:v>
+        <x:v>45875.8240162037</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C139" s="0">
-        <x:v>2.1</x:v>
+        <x:v>1.54</x:v>
       </x:c>
       <x:c r="D139" s="0">
-        <x:v>3536.902</x:v>
+        <x:v>3639.404</x:v>
       </x:c>
       <x:c r="E139" s="0">
-        <x:v>3336.7</x:v>
+        <x:v>3433.4</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:5">
       <x:c r="A140" s="1">
-        <x:v>45852.8231018518</x:v>
+        <x:v>45874.8240277778</x:v>
       </x:c>
       <x:c r="B140" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C140" s="0">
-        <x:v>1.93</x:v>
+        <x:v>1.54</x:v>
       </x:c>
       <x:c r="D140" s="0">
-        <x:v>3560.646</x:v>
+        <x:v>3640.782</x:v>
       </x:c>
       <x:c r="E140" s="0">
-        <x:v>3359.1</x:v>
+        <x:v>3434.7</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:5">
       <x:c r="A141" s="1">
-        <x:v>45849.8240046296</x:v>
+        <x:v>45873.826400463</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C141" s="0">
-        <x:v>1.89</x:v>
+        <x:v>1.59</x:v>
       </x:c>
       <x:c r="D141" s="0">
-        <x:v>3565.84</x:v>
+        <x:v>3631.984</x:v>
       </x:c>
       <x:c r="E141" s="0">
-        <x:v>3364</x:v>
+        <x:v>3426.4</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:5">
       <x:c r="A142" s="1">
-        <x:v>45848.8285763889</x:v>
+        <x:v>45870.8315277778</x:v>
       </x:c>
       <x:c r="B142" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C142" s="0">
-        <x:v>2.26</x:v>
+        <x:v>1.79</x:v>
       </x:c>
       <x:c r="D142" s="0">
-        <x:v>3525.242</x:v>
+        <x:v>3603.788</x:v>
       </x:c>
       <x:c r="E142" s="0">
-        <x:v>3325.7</x:v>
+        <x:v>3399.8</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:5">
       <x:c r="A143" s="1">
-        <x:v>45847.823587963</x:v>
+        <x:v>45869.8289930556</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C143" s="0">
-        <x:v>2.3</x:v>
+        <x:v>2.28</x:v>
       </x:c>
       <x:c r="D143" s="0">
-        <x:v>3520.26</x:v>
+        <x:v>3549.516</x:v>
       </x:c>
       <x:c r="E143" s="0">
-        <x:v>3321</x:v>
+        <x:v>3348.6</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:5">
       <x:c r="A144" s="1">
-        <x:v>45846.8267939815</x:v>
+        <x:v>45868.8234606481</x:v>
       </x:c>
       <x:c r="B144" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C144" s="0">
-        <x:v>2.34</x:v>
+        <x:v>2.24</x:v>
       </x:c>
       <x:c r="D144" s="0">
-        <x:v>3515.914</x:v>
+        <x:v>3553.968</x:v>
       </x:c>
       <x:c r="E144" s="0">
-        <x:v>3316.9</x:v>
+        <x:v>3352.8</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:5">
       <x:c r="A145" s="1">
-        <x:v>45845.8307523148</x:v>
+        <x:v>45867.8250694444</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C145" s="0">
-        <x:v>2.12</x:v>
+        <x:v>2.01</x:v>
       </x:c>
       <x:c r="D145" s="0">
-        <x:v>3543.368</x:v>
+        <x:v>3584.072</x:v>
       </x:c>
       <x:c r="E145" s="0">
-        <x:v>3342.8</x:v>
+        <x:v>3381.2</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:5">
       <x:c r="A146" s="1">
-        <x:v>45841.8258449074</x:v>
+        <x:v>45866.8322916667</x:v>
       </x:c>
       <x:c r="B146" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C146" s="0">
-        <x:v>2.12</x:v>
+        <x:v>2.13</x:v>
       </x:c>
       <x:c r="D146" s="0">
-        <x:v>3543.474</x:v>
+        <x:v>3570.08</x:v>
       </x:c>
       <x:c r="E146" s="0">
-        <x:v>3342.9</x:v>
+        <x:v>3368</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:5">
       <x:c r="A147" s="1">
-        <x:v>45840.8229282407</x:v>
+        <x:v>45863.8404166667</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C147" s="0">
-        <x:v>1.98</x:v>
+        <x:v>1.94</x:v>
       </x:c>
       <x:c r="D147" s="0">
-        <x:v>3561.282</x:v>
+        <x:v>3596.05</x:v>
       </x:c>
       <x:c r="E147" s="0">
-        <x:v>3359.7</x:v>
+        <x:v>3392.5</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:5">
       <x:c r="A148" s="1">
-        <x:v>45839.8275810185</x:v>
+        <x:v>45862.8566319444</x:v>
       </x:c>
       <x:c r="B148" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C148" s="0">
-        <x:v>2.07</x:v>
+        <x:v>1.67</x:v>
       </x:c>
       <x:c r="D148" s="0">
-        <x:v>3550.788</x:v>
+        <x:v>3636.966</x:v>
       </x:c>
       <x:c r="E148" s="0">
-        <x:v>3349.8</x:v>
+        <x:v>3373.5</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:5">
       <x:c r="A149" s="1">
-        <x:v>45838.8345601852</x:v>
+        <x:v>45861.8323842593</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C149" s="0">
-        <x:v>2.52</x:v>
+        <x:v>1.52</x:v>
       </x:c>
       <x:c r="D149" s="0">
-        <x:v>3506.162</x:v>
+        <x:v>3601.456</x:v>
       </x:c>
       <x:c r="E149" s="0">
-        <x:v>3307.7</x:v>
+        <x:v>3397.6</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:5">
       <x:c r="A150" s="1">
-        <x:v>45835.8364699074</x:v>
+        <x:v>45860.8328240741</x:v>
       </x:c>
       <x:c r="B150" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C150" s="0">
-        <x:v>2.76</x:v>
+        <x:v>1.28</x:v>
       </x:c>
       <x:c r="D150" s="0">
-        <x:v>3484.856</x:v>
+        <x:v>3650.322</x:v>
       </x:c>
       <x:c r="E150" s="0">
-        <x:v>3287.6</x:v>
+        <x:v>3443.7</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:5">
       <x:c r="A151" s="1">
-        <x:v>45834.8417013889</x:v>
+        <x:v>45859.8410185185</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C151" s="0">
-        <x:v>2.21</x:v>
+        <x:v>1.52</x:v>
       </x:c>
       <x:c r="D151" s="0">
-        <x:v>3548.88</x:v>
+        <x:v>3610.784</x:v>
       </x:c>
       <x:c r="E151" s="0">
-        <x:v>3348</x:v>
+        <x:v>3406.4</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:5">
       <x:c r="A152" s="1">
-        <x:v>45833.8280787037</x:v>
+        <x:v>45856.8230787037</x:v>
       </x:c>
       <x:c r="B152" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C152" s="0">
-        <x:v>2.26</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="D152" s="0">
-        <x:v>3543.686</x:v>
+        <x:v>3559.798</x:v>
       </x:c>
       <x:c r="E152" s="0">
-        <x:v>3343.1</x:v>
+        <x:v>3358.3</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:5">
       <x:c r="A153" s="1">
-        <x:v>45832.8236689815</x:v>
+        <x:v>45855.8238657407</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C153" s="0">
-        <x:v>2.35</x:v>
+        <x:v>2.01</x:v>
       </x:c>
       <x:c r="D153" s="0">
-        <x:v>3533.934</x:v>
+        <x:v>3546.018</x:v>
       </x:c>
       <x:c r="E153" s="0">
-        <x:v>3333.9</x:v>
+        <x:v>3345.3</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:5">
       <x:c r="A154" s="1">
-        <x:v>45831.8248611111</x:v>
+        <x:v>45854.8590046296</x:v>
       </x:c>
       <x:c r="B154" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C154" s="0">
-        <x:v>1.88</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="D154" s="0">
-        <x:v>3598.7</x:v>
+        <x:v>3560.646</x:v>
       </x:c>
       <x:c r="E154" s="0">
-        <x:v>3395</x:v>
+        <x:v>3359.1</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:5">
       <x:c r="A155" s="1">
-        <x:v>45828.8267013889</x:v>
+        <x:v>45853.8525925926</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C155" s="0">
-        <x:v>1.96</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="D155" s="0">
-        <x:v>3588.842</x:v>
+        <x:v>3536.902</x:v>
       </x:c>
       <x:c r="E155" s="0">
-        <x:v>3385.7</x:v>
+        <x:v>3336.7</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:5">
       <x:c r="A156" s="1">
-        <x:v>45826.8327199074</x:v>
+        <x:v>45852.8231018518</x:v>
       </x:c>
       <x:c r="B156" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C156" s="0">
-        <x:v>1.79</x:v>
+        <x:v>1.93</x:v>
       </x:c>
       <x:c r="D156" s="0">
-        <x:v>3612.586</x:v>
+        <x:v>3560.646</x:v>
       </x:c>
       <x:c r="E156" s="0">
-        <x:v>3408.1</x:v>
+        <x:v>3359.1</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:5">
       <x:c r="A157" s="1">
-        <x:v>45825.8233101852</x:v>
+        <x:v>45849.8240046296</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C157" s="0">
-        <x:v>1.8</x:v>
+        <x:v>1.89</x:v>
       </x:c>
       <x:c r="D157" s="0">
-        <x:v>3611.314</x:v>
+        <x:v>3565.84</x:v>
       </x:c>
       <x:c r="E157" s="0">
-        <x:v>3406.9</x:v>
+        <x:v>3364</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:5">
       <x:c r="A158" s="1">
-        <x:v>45824.8368171296</x:v>
+        <x:v>45848.8285763889</x:v>
       </x:c>
       <x:c r="B158" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C158" s="0">
-        <x:v>1.73</x:v>
+        <x:v>2.26</x:v>
       </x:c>
       <x:c r="D158" s="0">
-        <x:v>3622.338</x:v>
+        <x:v>3525.242</x:v>
       </x:c>
       <x:c r="E158" s="0">
-        <x:v>3417.3</x:v>
+        <x:v>3325.7</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:5">
       <x:c r="A159" s="1">
-        <x:v>45821.829849537</x:v>
+        <x:v>45847.823587963</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C159" s="0">
-        <x:v>1.51</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="D159" s="0">
-        <x:v>3659.968</x:v>
+        <x:v>3520.26</x:v>
       </x:c>
       <x:c r="E159" s="0">
-        <x:v>3452.8</x:v>
+        <x:v>3321</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:5">
       <x:c r="A160" s="1">
-        <x:v>45820.8298032407</x:v>
+        <x:v>45846.8267939815</x:v>
       </x:c>
       <x:c r="B160" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C160" s="0">
-        <x:v>1.91</x:v>
+        <x:v>2.34</x:v>
       </x:c>
       <x:c r="D160" s="0">
-        <x:v>3606.544</x:v>
+        <x:v>3515.914</x:v>
       </x:c>
       <x:c r="E160" s="0">
-        <x:v>3402.4</x:v>
+        <x:v>3316.9</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:5">
       <x:c r="A161" s="1">
-        <x:v>45819.8345486111</x:v>
+        <x:v>45845.8307523148</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C161" s="0">
-        <x:v>2.54</x:v>
+        <x:v>2.12</x:v>
       </x:c>
       <x:c r="D161" s="0">
-        <x:v>3544.322</x:v>
+        <x:v>3543.368</x:v>
       </x:c>
       <x:c r="E161" s="0">
-        <x:v>3343.7</x:v>
+        <x:v>3342.8</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:5">
       <x:c r="A162" s="1">
-        <x:v>45818.8240972222</x:v>
+        <x:v>45841.8258449074</x:v>
       </x:c>
       <x:c r="B162" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C162" s="0">
-        <x:v>2.54</x:v>
+        <x:v>2.12</x:v>
       </x:c>
       <x:c r="D162" s="0">
-        <x:v>3544.004</x:v>
+        <x:v>3543.474</x:v>
       </x:c>
       <x:c r="E162" s="0">
-        <x:v>3343.4</x:v>
+        <x:v>3342.9</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:5">
       <x:c r="A163" s="1">
-        <x:v>45817.8239467593</x:v>
+        <x:v>45840.8229282407</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C163" s="0">
-        <x:v>2.43</x:v>
+        <x:v>1.98</x:v>
       </x:c>
       <x:c r="D163" s="0">
-        <x:v>3556.194</x:v>
+        <x:v>3561.282</x:v>
       </x:c>
       <x:c r="E163" s="0">
-        <x:v>3354.9</x:v>
+        <x:v>3359.7</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:5">
       <x:c r="A164" s="1">
-        <x:v>45814.8280324074</x:v>
+        <x:v>45839.8275810185</x:v>
       </x:c>
       <x:c r="B164" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C164" s="0">
-        <x:v>2.52</x:v>
+        <x:v>2.07</x:v>
       </x:c>
       <x:c r="D164" s="0">
-        <x:v>3547.396</x:v>
+        <x:v>3550.788</x:v>
       </x:c>
       <x:c r="E164" s="0">
-        <x:v>3346.6</x:v>
+        <x:v>3349.8</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:5">
       <x:c r="A165" s="1">
-        <x:v>45813.8231828704</x:v>
+        <x:v>45838.8345601852</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C165" s="0">
-        <x:v>2.26</x:v>
+        <x:v>2.52</x:v>
       </x:c>
       <x:c r="D165" s="0">
-        <x:v>3577.606</x:v>
+        <x:v>3506.162</x:v>
       </x:c>
       <x:c r="E165" s="0">
-        <x:v>3375.1</x:v>
+        <x:v>3307.7</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:5">
       <x:c r="A166" s="1">
-        <x:v>45812.8567824074</x:v>
+        <x:v>45835.8364699074</x:v>
       </x:c>
       <x:c r="B166" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C166" s="0">
-        <x:v>2.05</x:v>
+        <x:v>2.76</x:v>
       </x:c>
       <x:c r="D166" s="0">
-        <x:v>3603.152</x:v>
+        <x:v>3484.856</x:v>
       </x:c>
       <x:c r="E166" s="0">
-        <x:v>3399.2</x:v>
+        <x:v>3287.6</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:5">
       <x:c r="A167" s="1">
-        <x:v>45811.8941782407</x:v>
+        <x:v>45834.8417013889</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C167" s="0">
-        <x:v>2.26</x:v>
+        <x:v>2.21</x:v>
       </x:c>
       <x:c r="D167" s="0">
-        <x:v>3579.726</x:v>
+        <x:v>3548.88</x:v>
       </x:c>
       <x:c r="E167" s="0">
-        <x:v>3377.1</x:v>
+        <x:v>3348</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:5">
       <x:c r="A168" s="1">
-        <x:v>45811.8794907407</x:v>
+        <x:v>45833.8280787037</x:v>
       </x:c>
       <x:c r="B168" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C168" s="0">
         <x:v>2.26</x:v>
       </x:c>
       <x:c r="D168" s="0">
-        <x:v>3579.726</x:v>
+        <x:v>3543.686</x:v>
       </x:c>
       <x:c r="E168" s="0">
-        <x:v>3377.1</x:v>
+        <x:v>3343.1</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:5">
       <x:c r="A169" s="1">
-        <x:v>45810.8625347222</x:v>
+        <x:v>45832.8236689815</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C169" s="0">
-        <x:v>2.09</x:v>
+        <x:v>2.35</x:v>
       </x:c>
       <x:c r="D169" s="0">
-        <x:v>3601.032</x:v>
+        <x:v>3533.934</x:v>
       </x:c>
       <x:c r="E169" s="0">
-        <x:v>3397.2</x:v>
+        <x:v>3333.9</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:5">
       <x:c r="A170" s="1">
-        <x:v>45810.8250462963</x:v>
+        <x:v>45831.8248611111</x:v>
       </x:c>
       <x:c r="B170" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C170" s="0">
-        <x:v>2.09</x:v>
+        <x:v>1.88</x:v>
       </x:c>
       <x:c r="D170" s="0">
-        <x:v>3601.032</x:v>
+        <x:v>3598.7</x:v>
       </x:c>
       <x:c r="E170" s="0">
-        <x:v>3397.2</x:v>
+        <x:v>3395</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:5">
       <x:c r="A171" s="1">
-        <x:v>45800.8238541667</x:v>
+        <x:v>45828.8267013889</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C171" s="0">
-        <x:v>2.42</x:v>
+        <x:v>1.96</x:v>
       </x:c>
       <x:c r="D171" s="0">
-        <x:v>3598.17</x:v>
+        <x:v>3588.842</x:v>
       </x:c>
       <x:c r="E171" s="0">
-        <x:v>3394.5</x:v>
+        <x:v>3385.7</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:5">
       <x:c r="A172" s="1">
-        <x:v>45799.8239583333</x:v>
+        <x:v>45826.8327199074</x:v>
       </x:c>
       <x:c r="B172" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C172" s="0">
-        <x:v>3.46</x:v>
+        <x:v>1.79</x:v>
       </x:c>
       <x:c r="D172" s="0">
-        <x:v>3523.016</x:v>
+        <x:v>3612.586</x:v>
       </x:c>
       <x:c r="E172" s="0">
-        <x:v>3295</x:v>
+        <x:v>3408.1</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:5">
       <x:c r="A173" s="1">
-        <x:v>45798.8240856481</x:v>
+        <x:v>45825.8233101852</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C173" s="0">
-        <x:v>3.21</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="D173" s="0">
-        <x:v>3512.31</x:v>
+        <x:v>3611.314</x:v>
       </x:c>
       <x:c r="E173" s="0">
-        <x:v>3313.5</x:v>
+        <x:v>3406.9</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:5">
       <x:c r="A174" s="1">
-        <x:v>45797.8268402778</x:v>
+        <x:v>45824.8368171296</x:v>
       </x:c>
       <x:c r="B174" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C174" s="0">
-        <x:v>3.66</x:v>
+        <x:v>1.73</x:v>
       </x:c>
       <x:c r="D174" s="0">
-        <x:v>3481.676</x:v>
+        <x:v>3622.338</x:v>
       </x:c>
       <x:c r="E174" s="0">
-        <x:v>3284.6</x:v>
+        <x:v>3417.3</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:5">
       <x:c r="A175" s="1">
-        <x:v>45796.8311226852</x:v>
+        <x:v>45821.829849537</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C175" s="0">
-        <x:v>4.7</x:v>
+        <x:v>1.51</x:v>
       </x:c>
       <x:c r="D175" s="0">
-        <x:v>3427.51</x:v>
+        <x:v>3659.968</x:v>
       </x:c>
       <x:c r="E175" s="0">
-        <x:v>3233.5</x:v>
+        <x:v>3452.8</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:5">
       <x:c r="A176" s="1">
-        <x:v>45793.82375</x:v>
+        <x:v>45820.8298032407</x:v>
       </x:c>
       <x:c r="B176" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C176" s="0">
-        <x:v>5.92</x:v>
+        <x:v>1.91</x:v>
       </x:c>
       <x:c r="D176" s="0">
-        <x:v>3378.432</x:v>
+        <x:v>3606.544</x:v>
       </x:c>
       <x:c r="E176" s="0">
-        <x:v>3187.2</x:v>
+        <x:v>3402.4</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:5">
       <x:c r="A177" s="1">
-        <x:v>45792.8270949074</x:v>
+        <x:v>45819.8345486111</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C177" s="0">
-        <x:v>5.06</x:v>
+        <x:v>2.54</x:v>
       </x:c>
       <x:c r="D177" s="0">
-        <x:v>3420.196</x:v>
+        <x:v>3544.322</x:v>
       </x:c>
       <x:c r="E177" s="0">
-        <x:v>3226.6</x:v>
+        <x:v>3343.7</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:5">
       <x:c r="A178" s="1">
-        <x:v>45791.8231712963</x:v>
+        <x:v>45818.8240972222</x:v>
       </x:c>
       <x:c r="B178" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C178" s="0">
-        <x:v>6.09</x:v>
+        <x:v>2.54</x:v>
       </x:c>
       <x:c r="D178" s="0">
-        <x:v>3379.598</x:v>
+        <x:v>3544.004</x:v>
       </x:c>
       <x:c r="E178" s="0">
-        <x:v>3188.3</x:v>
+        <x:v>3343.4</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:5">
       <x:c r="A179" s="1">
-        <x:v>45790.825</x:v>
+        <x:v>45817.8239467593</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C179" s="0">
-        <x:v>4.85</x:v>
+        <x:v>2.43</x:v>
       </x:c>
       <x:c r="D179" s="0">
-        <x:v>3442.668</x:v>
+        <x:v>3556.194</x:v>
       </x:c>
       <x:c r="E179" s="0">
-        <x:v>3247.8</x:v>
+        <x:v>3354.9</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:5">
       <x:c r="A180" s="1">
-        <x:v>45789.8237847222</x:v>
+        <x:v>45814.8280324074</x:v>
       </x:c>
       <x:c r="B180" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C180" s="0">
-        <x:v>5.31</x:v>
+        <x:v>2.52</x:v>
       </x:c>
       <x:c r="D180" s="0">
-        <x:v>3421.68</x:v>
+        <x:v>3547.396</x:v>
       </x:c>
       <x:c r="E180" s="0">
-        <x:v>3228</x:v>
+        <x:v>3346.6</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:5">
       <x:c r="A181" s="1">
-        <x:v>45786.8321296296</x:v>
+        <x:v>45813.8231828704</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C181" s="0">
-        <x:v>3.58</x:v>
+        <x:v>2.26</x:v>
       </x:c>
       <x:c r="D181" s="0">
-        <x:v>3544.64</x:v>
+        <x:v>3577.606</x:v>
       </x:c>
       <x:c r="E181" s="0">
-        <x:v>3344</x:v>
+        <x:v>3375.1</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:5">
       <x:c r="A182" s="1">
-        <x:v>45785.8261805556</x:v>
+        <x:v>45812.8567824074</x:v>
       </x:c>
       <x:c r="B182" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C182" s="0">
-        <x:v>4.27</x:v>
+        <x:v>2.05</x:v>
       </x:c>
       <x:c r="D182" s="0">
-        <x:v>3504.36</x:v>
+        <x:v>3603.152</x:v>
       </x:c>
       <x:c r="E182" s="0">
-        <x:v>3306</x:v>
+        <x:v>3399.2</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:5">
       <x:c r="A183" s="1">
-        <x:v>45784.8969907407</x:v>
+        <x:v>45811.8941782407</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C183" s="0">
-        <x:v>3.15</x:v>
+        <x:v>2.26</x:v>
       </x:c>
       <x:c r="D183" s="0">
-        <x:v>3595.414</x:v>
+        <x:v>3579.726</x:v>
       </x:c>
       <x:c r="E183" s="0">
-        <x:v>3391.9</x:v>
+        <x:v>3377.1</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:5">
       <x:c r="A184" s="1">
-        <x:v>45784.8529861111</x:v>
+        <x:v>45811.8794907407</x:v>
       </x:c>
       <x:c r="B184" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C184" s="0">
-        <x:v>3.15</x:v>
+        <x:v>2.26</x:v>
       </x:c>
       <x:c r="D184" s="0">
-        <x:v>3595.414</x:v>
+        <x:v>3579.726</x:v>
       </x:c>
       <x:c r="E184" s="0">
-        <x:v>3391.9</x:v>
+        <x:v>3377.1</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:5">
       <x:c r="A185" s="1">
-        <x:v>45783.8302430556</x:v>
+        <x:v>45810.8625347222</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C185" s="0">
-        <x:v>2.8</x:v>
+        <x:v>2.09</x:v>
       </x:c>
       <x:c r="D185" s="0">
-        <x:v>3628.168</x:v>
+        <x:v>3601.032</x:v>
       </x:c>
       <x:c r="E185" s="0">
-        <x:v>3422.8</x:v>
+        <x:v>3397.2</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:5">
       <x:c r="A186" s="1">
-        <x:v>45777.8390162037</x:v>
+        <x:v>45810.8250462963</x:v>
       </x:c>
       <x:c r="B186" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C186" s="0">
-        <x:v>5.61</x:v>
+        <x:v>2.09</x:v>
       </x:c>
       <x:c r="D186" s="0">
-        <x:v>3518.246</x:v>
+        <x:v>3601.032</x:v>
       </x:c>
       <x:c r="E186" s="0">
-        <x:v>3319.1</x:v>
+        <x:v>3397.2</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:5">
       <x:c r="A187" s="1">
-        <x:v>45776.8444328704</x:v>
+        <x:v>45800.8238541667</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C187" s="0">
-        <x:v>5.29</x:v>
+        <x:v>2.42</x:v>
       </x:c>
       <x:c r="D187" s="0">
-        <x:v>3533.616</x:v>
+        <x:v>3598.17</x:v>
       </x:c>
       <x:c r="E187" s="0">
-        <x:v>3333.6</x:v>
+        <x:v>3394.5</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:5">
       <x:c r="A188" s="1">
+        <x:v>45799.8239583333</x:v>
+      </x:c>
+      <x:c r="B188" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C188" s="0">
+        <x:v>3.46</x:v>
+      </x:c>
+      <x:c r="D188" s="0">
+        <x:v>3523.016</x:v>
+      </x:c>
+      <x:c r="E188" s="0">
+        <x:v>3295</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="189" spans="1:5">
+      <x:c r="A189" s="1">
+        <x:v>45798.8240856481</x:v>
+      </x:c>
+      <x:c r="B189" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C189" s="0">
+        <x:v>3.21</x:v>
+      </x:c>
+      <x:c r="D189" s="0">
+        <x:v>3512.31</x:v>
+      </x:c>
+      <x:c r="E189" s="0">
+        <x:v>3313.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="190" spans="1:5">
+      <x:c r="A190" s="1">
+        <x:v>45797.8268402778</x:v>
+      </x:c>
+      <x:c r="B190" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C190" s="0">
+        <x:v>3.66</x:v>
+      </x:c>
+      <x:c r="D190" s="0">
+        <x:v>3481.676</x:v>
+      </x:c>
+      <x:c r="E190" s="0">
+        <x:v>3284.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="191" spans="1:5">
+      <x:c r="A191" s="1">
+        <x:v>45796.8311226852</x:v>
+      </x:c>
+      <x:c r="B191" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C191" s="0">
+        <x:v>4.7</x:v>
+      </x:c>
+      <x:c r="D191" s="0">
+        <x:v>3427.51</x:v>
+      </x:c>
+      <x:c r="E191" s="0">
+        <x:v>3233.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="192" spans="1:5">
+      <x:c r="A192" s="1">
+        <x:v>45793.82375</x:v>
+      </x:c>
+      <x:c r="B192" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C192" s="0">
+        <x:v>5.92</x:v>
+      </x:c>
+      <x:c r="D192" s="0">
+        <x:v>3378.432</x:v>
+      </x:c>
+      <x:c r="E192" s="0">
+        <x:v>3187.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="193" spans="1:5">
+      <x:c r="A193" s="1">
+        <x:v>45792.8270949074</x:v>
+      </x:c>
+      <x:c r="B193" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C193" s="0">
+        <x:v>5.06</x:v>
+      </x:c>
+      <x:c r="D193" s="0">
+        <x:v>3420.196</x:v>
+      </x:c>
+      <x:c r="E193" s="0">
+        <x:v>3226.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="194" spans="1:5">
+      <x:c r="A194" s="1">
+        <x:v>45791.8231712963</x:v>
+      </x:c>
+      <x:c r="B194" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C194" s="0">
+        <x:v>6.09</x:v>
+      </x:c>
+      <x:c r="D194" s="0">
+        <x:v>3379.598</x:v>
+      </x:c>
+      <x:c r="E194" s="0">
+        <x:v>3188.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="195" spans="1:5">
+      <x:c r="A195" s="1">
+        <x:v>45790.825</x:v>
+      </x:c>
+      <x:c r="B195" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C195" s="0">
+        <x:v>4.85</x:v>
+      </x:c>
+      <x:c r="D195" s="0">
+        <x:v>3442.668</x:v>
+      </x:c>
+      <x:c r="E195" s="0">
+        <x:v>3247.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="196" spans="1:5">
+      <x:c r="A196" s="1">
+        <x:v>45789.8237847222</x:v>
+      </x:c>
+      <x:c r="B196" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C196" s="0">
+        <x:v>5.31</x:v>
+      </x:c>
+      <x:c r="D196" s="0">
+        <x:v>3421.68</x:v>
+      </x:c>
+      <x:c r="E196" s="0">
+        <x:v>3228</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="197" spans="1:5">
+      <x:c r="A197" s="1">
+        <x:v>45786.8321296296</x:v>
+      </x:c>
+      <x:c r="B197" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C197" s="0">
+        <x:v>3.58</x:v>
+      </x:c>
+      <x:c r="D197" s="0">
+        <x:v>3544.64</x:v>
+      </x:c>
+      <x:c r="E197" s="0">
+        <x:v>3344</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="198" spans="1:5">
+      <x:c r="A198" s="1">
+        <x:v>45785.8261805556</x:v>
+      </x:c>
+      <x:c r="B198" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C198" s="0">
+        <x:v>4.27</x:v>
+      </x:c>
+      <x:c r="D198" s="0">
+        <x:v>3504.36</x:v>
+      </x:c>
+      <x:c r="E198" s="0">
+        <x:v>3306</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="199" spans="1:5">
+      <x:c r="A199" s="1">
+        <x:v>45784.8969907407</x:v>
+      </x:c>
+      <x:c r="B199" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C199" s="0">
+        <x:v>3.15</x:v>
+      </x:c>
+      <x:c r="D199" s="0">
+        <x:v>3595.414</x:v>
+      </x:c>
+      <x:c r="E199" s="0">
+        <x:v>3391.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="200" spans="1:5">
+      <x:c r="A200" s="1">
+        <x:v>45784.8529861111</x:v>
+      </x:c>
+      <x:c r="B200" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C200" s="0">
+        <x:v>3.15</x:v>
+      </x:c>
+      <x:c r="D200" s="0">
+        <x:v>3595.414</x:v>
+      </x:c>
+      <x:c r="E200" s="0">
+        <x:v>3391.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="201" spans="1:5">
+      <x:c r="A201" s="1">
+        <x:v>45783.8302430556</x:v>
+      </x:c>
+      <x:c r="B201" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C201" s="0">
+        <x:v>2.8</x:v>
+      </x:c>
+      <x:c r="D201" s="0">
+        <x:v>3628.168</x:v>
+      </x:c>
+      <x:c r="E201" s="0">
+        <x:v>3422.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="202" spans="1:5">
+      <x:c r="A202" s="1">
+        <x:v>45777.8390162037</x:v>
+      </x:c>
+      <x:c r="B202" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C202" s="0">
+        <x:v>5.61</x:v>
+      </x:c>
+      <x:c r="D202" s="0">
+        <x:v>3518.246</x:v>
+      </x:c>
+      <x:c r="E202" s="0">
+        <x:v>3319.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="203" spans="1:5">
+      <x:c r="A203" s="1">
+        <x:v>45776.8444328704</x:v>
+      </x:c>
+      <x:c r="B203" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C203" s="0">
+        <x:v>5.29</x:v>
+      </x:c>
+      <x:c r="D203" s="0">
+        <x:v>3533.616</x:v>
+      </x:c>
+      <x:c r="E203" s="0">
+        <x:v>3333.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="204" spans="1:5">
+      <x:c r="A204" s="1">
         <x:v>45775.8451157407</x:v>
       </x:c>
-      <x:c r="B188" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C188" s="0">
+      <x:c r="B204" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C204" s="0">
         <x:v>5</x:v>
       </x:c>
-      <x:c r="D188" s="0">
+      <x:c r="D204" s="0">
         <x:v>3548.562</x:v>
       </x:c>
-      <x:c r="E188" s="0">
+      <x:c r="E204" s="0">
         <x:v>3347.7</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>