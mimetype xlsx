--- v5 (2026-02-23)
+++ v6 (2026-03-18)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R16a05bb99e9b4542" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ad7d2a0d8bb343a186916be245d1e5bf.psmdcp" Id="R3c1897ee61a54526" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R749759ece8734f74" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/fc68eff026034ba1a10a94a160d89e15.psmdcp" Id="R96bdb6bdd7ed4bb8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>NLBNPNL35552</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>