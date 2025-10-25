--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rea305fb8a8a24db0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/92b7b4c23fa1462cbd904069c3be65da.psmdcp" Id="R3d14e82c077c4ece" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R35eb27c185a04e30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/fb19235d1ea14fbb9a1ae4df103223bb.psmdcp" Id="R8e7dd71e5e824cda" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>NLBNPNL32X59</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>