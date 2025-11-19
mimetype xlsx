--- v1 (2025-10-25)
+++ v2 (2025-11-19)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R35eb27c185a04e30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/fb19235d1ea14fbb9a1ae4df103223bb.psmdcp" Id="R8e7dd71e5e824cda" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfe7ea989e7004212" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f631f73762834148b2fc623431daada3.psmdcp" Id="R3b958ef88a7c4a5c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>NLBNPNL32X59</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>