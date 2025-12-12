--- v2 (2025-11-19)
+++ v3 (2025-12-12)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfe7ea989e7004212" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f631f73762834148b2fc623431daada3.psmdcp" Id="R3b958ef88a7c4a5c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1534c3914f3549a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/334a80bc6e1546938e287566ea9dac6d.psmdcp" Id="Rbe844ba8a9464bc8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>NLBNPNL32X59</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>