--- v3 (2025-12-12)
+++ v4 (2026-02-04)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1534c3914f3549a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/334a80bc6e1546938e287566ea9dac6d.psmdcp" Id="Rbe844ba8a9464bc8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra3df0cedcaad47f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0fdccffe4c7d4f588fbe873df20c7824.psmdcp" Id="R33bac03238ee44f6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>NLBNPNL32X59</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>