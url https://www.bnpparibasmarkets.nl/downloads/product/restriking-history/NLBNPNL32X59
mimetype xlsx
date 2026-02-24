--- v4 (2026-02-04)
+++ v5 (2026-02-24)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra3df0cedcaad47f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0fdccffe4c7d4f588fbe873df20c7824.psmdcp" Id="R33bac03238ee44f6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b8687f01c5e46d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/735fd52b06d744588b23a8ae590a32a9.psmdcp" Id="Rce91a114c91a4c02" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>NLBNPNL32X59</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>