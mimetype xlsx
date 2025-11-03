--- v0 (2025-10-04)
+++ v1 (2025-11-03)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R31a33cf8175f4ed9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e14ad82b07a144999b68b324ff1f85c5.psmdcp" Id="Rb27b41860e8c4fa5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9d3e4bd817304be3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3b9e1f2e0be44aa4a2124c743c91add3.psmdcp" Id="Ra7568e3c25574f57" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>NLBNPNL31Y83</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>