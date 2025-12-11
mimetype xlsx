--- v1 (2025-11-03)
+++ v2 (2025-12-11)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9d3e4bd817304be3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3b9e1f2e0be44aa4a2124c743c91add3.psmdcp" Id="Ra7568e3c25574f57" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re1284f656c5646d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2b5bba99621446069038e06910840de0.psmdcp" Id="R61dc0c465c4c4f32" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>NLBNPNL31Y83</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>