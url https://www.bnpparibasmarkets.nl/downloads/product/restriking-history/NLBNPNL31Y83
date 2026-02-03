--- v2 (2025-12-11)
+++ v3 (2026-02-03)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re1284f656c5646d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2b5bba99621446069038e06910840de0.psmdcp" Id="R61dc0c465c4c4f32" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra92d7bd48d2744af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/af7663221ee34c0cbeced6f45d705783.psmdcp" Id="Rd2e6d9dd4d4d4812" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>NLBNPNL31Y83</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>