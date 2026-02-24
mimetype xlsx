--- v3 (2026-02-03)
+++ v4 (2026-02-24)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra92d7bd48d2744af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/af7663221ee34c0cbeced6f45d705783.psmdcp" Id="Rd2e6d9dd4d4d4812" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re803f2eb44414cab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8ce939c79ed846a3bf84f491efd47ff9.psmdcp" Id="R7a7060456f934a64" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>NLBNPNL31Y83</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>