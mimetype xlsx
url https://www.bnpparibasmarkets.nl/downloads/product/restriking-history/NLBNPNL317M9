--- v0 (2025-10-21)
+++ v1 (2025-12-11)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc3827081cac2419e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/282a38478be048a59041fd887c61ed5e.psmdcp" Id="R06a7fa8ffee04ce1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R342cc5d977f14dbf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/91e088ffdcef4602b9e93676897df075.psmdcp" Id="Re5567ae391424cd3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>NLBNPNL317M9</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>