--- v1 (2025-12-11)
+++ v2 (2026-01-09)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R342cc5d977f14dbf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/91e088ffdcef4602b9e93676897df075.psmdcp" Id="Re5567ae391424cd3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0e90716030124a14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/42a88f3401a1435b88612cc8efb6872c.psmdcp" Id="R6d2cf2d40f1b46fb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>NLBNPNL317M9</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>