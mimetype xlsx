--- v2 (2026-01-09)
+++ v3 (2026-02-03)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0e90716030124a14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/42a88f3401a1435b88612cc8efb6872c.psmdcp" Id="R6d2cf2d40f1b46fb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra9c8d35884054161" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8e502f23ae704483a2e319e4b05a9109.psmdcp" Id="R64d14ea1bd8340d3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>NLBNPNL317M9</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>