--- v3 (2026-02-03)
+++ v4 (2026-03-03)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra9c8d35884054161" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8e502f23ae704483a2e319e4b05a9109.psmdcp" Id="R64d14ea1bd8340d3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rabdbfd921a224e10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/36855666a41f40858956f5edbbb63e57.psmdcp" Id="R44fa8d92a2864128" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>NLBNPNL317M9</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>