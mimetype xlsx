--- v0 (2025-10-25)
+++ v1 (2025-11-19)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re8715a67efa04b2f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/00287990cecb4daaa658915541383c44.psmdcp" Id="Rbaa555e8053e4ed3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3ffeac2c334c4f35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/198290bad0c14f008c356872ca2aa5d7.psmdcp" Id="R135a6acffb1946cf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>NLBNPNL30SK8</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>