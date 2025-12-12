--- v1 (2025-11-19)
+++ v2 (2025-12-12)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3ffeac2c334c4f35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/198290bad0c14f008c356872ca2aa5d7.psmdcp" Id="R135a6acffb1946cf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R537bc1f5483b4567" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/79dca83c40084ff28a8683c423543bb1.psmdcp" Id="Raf8e01b717a7475a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>NLBNPNL30SK8</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>