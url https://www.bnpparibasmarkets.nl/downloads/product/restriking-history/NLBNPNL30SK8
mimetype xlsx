--- v2 (2025-12-12)
+++ v3 (2026-01-09)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R537bc1f5483b4567" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/79dca83c40084ff28a8683c423543bb1.psmdcp" Id="Raf8e01b717a7475a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra4dc5e3fb5774f69" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f6637eb7281844da8b3489b801c722ce.psmdcp" Id="Rc327be467b23456a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>NLBNPNL30SK8</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>