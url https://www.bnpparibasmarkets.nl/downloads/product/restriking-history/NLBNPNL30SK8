--- v3 (2026-01-09)
+++ v4 (2026-02-04)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra4dc5e3fb5774f69" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f6637eb7281844da8b3489b801c722ce.psmdcp" Id="Rc327be467b23456a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc8ac5252bc314c5a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c8a27699f5074eaf8de5ef343d9d1013.psmdcp" Id="R4f4ed7cf08b84be8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>NLBNPNL30SK8</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>