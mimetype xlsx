--- v4 (2026-02-04)
+++ v5 (2026-02-24)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc8ac5252bc314c5a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c8a27699f5074eaf8de5ef343d9d1013.psmdcp" Id="R4f4ed7cf08b84be8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R13fe2d0c5953422c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f2e06102d94f44e791c81a3c318cf436.psmdcp" Id="R4f6755b6856443e7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>NLBNPNL30SK8</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>