--- v0 (2025-10-01)
+++ v1 (2025-11-01)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R62c0e56a9274452f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/bf7d23641baf4d7e9e7f718b48742452.psmdcp" Id="R39797d7713d4481f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R480c3f9e7de4464e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/da66846642a844e19b9aaeb7419eb6e7.psmdcp" Id="R1f40cbdc5046494b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>NLBNPNL2YGG4</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>