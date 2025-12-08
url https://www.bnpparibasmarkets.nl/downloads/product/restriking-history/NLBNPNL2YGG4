--- v1 (2025-11-01)
+++ v2 (2025-12-08)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R480c3f9e7de4464e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/da66846642a844e19b9aaeb7419eb6e7.psmdcp" Id="R1f40cbdc5046494b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7fc94081d0544562" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/91dd16d0f91942119f8baf43e8b1d570.psmdcp" Id="R3e65ee277df64a93" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>NLBNPNL2YGG4</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>