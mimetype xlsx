--- v2 (2025-12-08)
+++ v3 (2025-12-30)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7fc94081d0544562" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/91dd16d0f91942119f8baf43e8b1d570.psmdcp" Id="R3e65ee277df64a93" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5cc47a32fc7049e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/036e419de3d946fe95926b3a307c33f3.psmdcp" Id="R70d354a034524f42" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>NLBNPNL2YGG4</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>