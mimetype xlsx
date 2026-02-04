--- v3 (2025-12-30)
+++ v4 (2026-02-04)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5cc47a32fc7049e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/036e419de3d946fe95926b3a307c33f3.psmdcp" Id="R70d354a034524f42" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc2bb5a1b36ef4acf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5c733fb64038482a873ab6abdbc9cdd7.psmdcp" Id="R130213c138b342e8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>NLBNPNL2YGG4</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>