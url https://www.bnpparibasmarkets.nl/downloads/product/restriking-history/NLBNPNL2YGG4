--- v4 (2026-02-04)
+++ v5 (2026-02-24)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc2bb5a1b36ef4acf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5c733fb64038482a873ab6abdbc9cdd7.psmdcp" Id="R130213c138b342e8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2ee24d27c2114722" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2973422cbc4444fcb3bbbb0bff6c5253.psmdcp" Id="R5e5e75b6f95d4f6e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>NLBNPNL2YGG4</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>