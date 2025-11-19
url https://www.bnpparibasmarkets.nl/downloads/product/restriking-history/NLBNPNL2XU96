--- v0 (2025-10-27)
+++ v1 (2025-11-19)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd1c7bd9337af4010" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/721d364b5fdb4ef1a6b06c0669db209a.psmdcp" Id="R60ced799681f4ef2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9e8a1fb28ae147f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6184d2eb86ea4e4aad06a66050f692a6.psmdcp" Id="R2c25a157943241f1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>NLBNPNL2XU96</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>