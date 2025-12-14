--- v1 (2025-11-19)
+++ v2 (2025-12-14)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9e8a1fb28ae147f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6184d2eb86ea4e4aad06a66050f692a6.psmdcp" Id="R2c25a157943241f1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R17df39983c0946df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/74fe368b3eed46e49c376adbbf102b5f.psmdcp" Id="R2dd9264049fc41a5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>NLBNPNL2XU96</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>