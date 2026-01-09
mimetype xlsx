--- v2 (2025-12-14)
+++ v3 (2026-01-09)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R17df39983c0946df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/74fe368b3eed46e49c376adbbf102b5f.psmdcp" Id="R2dd9264049fc41a5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcee715585ac24d7c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/47d1710604d04f7b880f6220f1cf1e86.psmdcp" Id="R00bc7606d6854d20" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>NLBNPNL2XU96</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>