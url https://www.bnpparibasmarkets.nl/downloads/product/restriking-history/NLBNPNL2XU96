--- v3 (2026-01-09)
+++ v4 (2026-02-03)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcee715585ac24d7c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/47d1710604d04f7b880f6220f1cf1e86.psmdcp" Id="R00bc7606d6854d20" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R777fd340e16340bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f58cd049b6bd44fcbaef05feed2d1b96.psmdcp" Id="R4269240ce22540d9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>NLBNPNL2XU96</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>