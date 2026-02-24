--- v4 (2026-02-03)
+++ v5 (2026-02-24)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R777fd340e16340bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f58cd049b6bd44fcbaef05feed2d1b96.psmdcp" Id="R4269240ce22540d9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rae22c0982b6249b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/58948d94fb49414e95201bde7bd8fdf3.psmdcp" Id="Re6f678ddcc23441d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>NLBNPNL2XU96</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>