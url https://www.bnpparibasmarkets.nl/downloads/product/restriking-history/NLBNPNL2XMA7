--- v0 (2025-10-24)
+++ v1 (2025-11-19)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R41987ab53217412c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/08eb37a0630e4334868e6e81cfa84b87.psmdcp" Id="R048e744c26de45c6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re79d9bc9b97f40ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a789f61bc315416c9896ebadf510aa72.psmdcp" Id="R9c9343a1f1344caa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>NLBNPNL2XMA7</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>