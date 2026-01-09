--- v1 (2025-11-19)
+++ v2 (2026-01-09)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re79d9bc9b97f40ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a789f61bc315416c9896ebadf510aa72.psmdcp" Id="R9c9343a1f1344caa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda1571a7937e4d34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/91e266b9c7bb4416b395f20c47423159.psmdcp" Id="R17ec5c5df69b4564" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>NLBNPNL2XMA7</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>