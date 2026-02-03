--- v2 (2026-01-09)
+++ v3 (2026-02-03)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda1571a7937e4d34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/91e266b9c7bb4416b395f20c47423159.psmdcp" Id="R17ec5c5df69b4564" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re0805d71d58047f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4fd608427e8b4c20b3cf5e7659b431bb.psmdcp" Id="Ra716d560f2274492" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>NLBNPNL2XMA7</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>