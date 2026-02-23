--- v3 (2026-02-03)
+++ v4 (2026-02-23)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re0805d71d58047f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4fd608427e8b4c20b3cf5e7659b431bb.psmdcp" Id="Ra716d560f2274492" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R87ee9ec58cf24c9f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f53f40a122c848529856720e6b666224.psmdcp" Id="R2a3813b941d44789" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>NLBNPNL2XMA7</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>