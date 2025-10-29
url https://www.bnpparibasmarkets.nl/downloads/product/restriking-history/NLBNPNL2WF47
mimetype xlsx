--- v0 (2025-10-01)
+++ v1 (2025-10-29)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R800e4bef3d3f4ce8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f9aff8c099ab44bb81727ff57f31a894.psmdcp" Id="R5d0eb9c2d7704f1e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1748787e56a64e19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/87b1245ed67647b58d68094e1e8c0b69.psmdcp" Id="Rff50079b58434866" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>NLBNPNL2WF47</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>