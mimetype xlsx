--- v1 (2025-10-29)
+++ v2 (2025-11-19)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1748787e56a64e19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/87b1245ed67647b58d68094e1e8c0b69.psmdcp" Id="Rff50079b58434866" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R39cc55bdca354625" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/aa77eac25547451db8903243f80815f4.psmdcp" Id="R33c731b676d0417e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>NLBNPNL2WF47</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>