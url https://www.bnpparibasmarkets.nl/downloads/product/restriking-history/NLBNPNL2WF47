--- v2 (2025-11-19)
+++ v3 (2025-12-10)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R39cc55bdca354625" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/aa77eac25547451db8903243f80815f4.psmdcp" Id="R33c731b676d0417e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda5d80f6518f4c87" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e2ad494b5dd345efb86d97f65399f15d.psmdcp" Id="Rfec02e6b0e124f4f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>NLBNPNL2WF47</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>