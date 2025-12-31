--- v3 (2025-12-10)
+++ v4 (2025-12-31)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda5d80f6518f4c87" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e2ad494b5dd345efb86d97f65399f15d.psmdcp" Id="Rfec02e6b0e124f4f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd7a5d511e9544219" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/92e2655fdba24fd3ab70347ff941dc99.psmdcp" Id="R5f25150ab216440f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>NLBNPNL2WF47</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>