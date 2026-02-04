--- v4 (2025-12-31)
+++ v5 (2026-02-04)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd7a5d511e9544219" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/92e2655fdba24fd3ab70347ff941dc99.psmdcp" Id="R5f25150ab216440f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R27f60778980541c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/af6588f626a747d7a1b4b87922756ed6.psmdcp" Id="R9726d0830b4d45ae" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>NLBNPNL2WF47</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>