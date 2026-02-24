--- v5 (2026-02-04)
+++ v6 (2026-02-24)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R27f60778980541c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/af6588f626a747d7a1b4b87922756ed6.psmdcp" Id="R9726d0830b4d45ae" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9dabfeddaeb84b6d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e182ad1ae7e4426c8dc2df4db0de4d29.psmdcp" Id="R938bc96f2ad14c6e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>NLBNPNL2WF47</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>