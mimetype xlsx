--- v0 (2025-10-04)
+++ v1 (2025-10-29)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R21d031c37147476b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4d5afd6f153b4d588539aadaaa8762d6.psmdcp" Id="R29092db02c884b58" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb96c97a10ef24e77" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3707adb2422441ae99be1ebd83f9f5c8.psmdcp" Id="Rb841ea04c20540a7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>NLBNPNL2UA10</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -390,5061 +390,5333 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E295"/>
+  <x:dimension ref="A1:E311"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>45933.9289236111</x:v>
+        <x:v>45958.8875115741</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
-        <x:v>3.8</x:v>
+        <x:v>4.9</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>603.976</x:v>
+        <x:v>638.724</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>710.56</x:v>
+        <x:v>751.44</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>45932.9250231481</x:v>
+        <x:v>45957.8875925926</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
-        <x:v>4.4</x:v>
+        <x:v>4.88</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>617.992</x:v>
+        <x:v>638.197</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>727.05</x:v>
+        <x:v>750.82</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>45931.9294097222</x:v>
+        <x:v>45954.9259259259</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
-        <x:v>4.07</x:v>
+        <x:v>4.45</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>609.739</x:v>
+        <x:v>627.606</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>717.34</x:v>
+        <x:v>738.36</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>45930.9339814815</x:v>
+        <x:v>45953.9278587963</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
-        <x:v>4.74</x:v>
+        <x:v>4.3</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>624.223</x:v>
+        <x:v>623.9</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>734.38</x:v>
+        <x:v>734</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>45929.9324074074</x:v>
+        <x:v>45952.9303587963</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
-        <x:v>5.12</x:v>
+        <x:v>4.28</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>631.89</x:v>
+        <x:v>623.398</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>743.4</x:v>
+        <x:v>733.41</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>45926.9299074074</x:v>
+        <x:v>45951.9269212963</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
-        <x:v>5.15</x:v>
+        <x:v>4.28</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>632.188</x:v>
+        <x:v>623.28</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>743.75</x:v>
+        <x:v>733.27</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>45925.9293865741</x:v>
+        <x:v>45950.9289699074</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
-        <x:v>5.37</x:v>
+        <x:v>4.25</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>636.574</x:v>
+        <x:v>622.344</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>748.91</x:v>
+        <x:v>732.17</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>45924.9296412037</x:v>
+        <x:v>45947.9300694444</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
-        <x:v>5.93</x:v>
+        <x:v>3.78</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>646.561</x:v>
+        <x:v>609.378</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>760.66</x:v>
+        <x:v>716.915</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>45923.9252314815</x:v>
+        <x:v>45946.9261805556</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
-        <x:v>5.7</x:v>
+        <x:v>3.63</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>642.09</x:v>
+        <x:v>605.26</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>755.4</x:v>
+        <x:v>712.07</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>45922.9266898148</x:v>
+        <x:v>45945.9256712963</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C12" s="0">
-        <x:v>6.18</x:v>
+        <x:v>3.81</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>650.018</x:v>
+        <x:v>609.918</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>765.16</x:v>
+        <x:v>717.55</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>45922.3338773148</x:v>
+        <x:v>45944.9308680556</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0">
-        <x:v>6.75</x:v>
+        <x:v>3.55</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>661.256</x:v>
+        <x:v>602.352</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>778.38</x:v>
+        <x:v>708.65</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>45919.9342939815</x:v>
+        <x:v>45943.9267592593</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C14" s="0">
-        <x:v>6.88</x:v>
+        <x:v>3.77</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>661.623</x:v>
+        <x:v>608.345</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>778.38</x:v>
+        <x:v>715.7</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>45918.9266087963</x:v>
+        <x:v>45940.9235069444</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
-        <x:v>6.99</x:v>
+        <x:v>3.48</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>663.212</x:v>
+        <x:v>599.505</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>780.25</x:v>
+        <x:v>705.3</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>45917.9271296296</x:v>
+        <x:v>45938.9271180556</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C16" s="0">
-        <x:v>6.76</x:v>
+        <x:v>4.01</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>659.358</x:v>
+        <x:v>610.164</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>775.715</x:v>
+        <x:v>717.84</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>45916.9259490741</x:v>
+        <x:v>45937.9281828704</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C17" s="0">
-        <x:v>6.94</x:v>
+        <x:v>3.86</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>662.15</x:v>
+        <x:v>606.118</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>779</x:v>
+        <x:v>713.08</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>45915.9270601852</x:v>
+        <x:v>45936.924224537</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="0">
-        <x:v>6.25</x:v>
+        <x:v>3.95</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>649.995</x:v>
+        <x:v>608.311</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>764.7</x:v>
+        <x:v>715.66</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>45912.9234259259</x:v>
+        <x:v>45933.9289236111</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C19" s="0">
-        <x:v>5.85</x:v>
+        <x:v>3.8</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>642.252</x:v>
+        <x:v>603.976</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>755.59</x:v>
+        <x:v>710.56</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
-        <x:v>45911.9251736111</x:v>
+        <x:v>45932.9250231481</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C20" s="0">
-        <x:v>5.64</x:v>
+        <x:v>4.4</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>638.265</x:v>
+        <x:v>617.992</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>750.9</x:v>
+        <x:v>727.05</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="1">
-        <x:v>45910.9240509259</x:v>
+        <x:v>45931.9294097222</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C21" s="0">
-        <x:v>5.7</x:v>
+        <x:v>4.07</x:v>
       </x:c>
       <x:c r="D21" s="0">
-        <x:v>639.183</x:v>
+        <x:v>609.739</x:v>
       </x:c>
       <x:c r="E21" s="0">
-        <x:v>751.98</x:v>
+        <x:v>717.34</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="1">
-        <x:v>45909.9244907407</x:v>
+        <x:v>45930.9339814815</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C22" s="0">
-        <x:v>6.39</x:v>
+        <x:v>4.74</x:v>
       </x:c>
       <x:c r="D22" s="0">
-        <x:v>650.845</x:v>
+        <x:v>624.223</x:v>
       </x:c>
       <x:c r="E22" s="0">
-        <x:v>765.7</x:v>
+        <x:v>734.38</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="1">
-        <x:v>45908.9240393518</x:v>
+        <x:v>45929.9324074074</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C23" s="0">
-        <x:v>5.78</x:v>
+        <x:v>5.12</x:v>
       </x:c>
       <x:c r="D23" s="0">
-        <x:v>639.455</x:v>
+        <x:v>631.89</x:v>
       </x:c>
       <x:c r="E23" s="0">
-        <x:v>752.3</x:v>
+        <x:v>743.4</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="1">
-        <x:v>45905.9285648148</x:v>
+        <x:v>45926.9299074074</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C24" s="0">
-        <x:v>5.81</x:v>
+        <x:v>5.15</x:v>
       </x:c>
       <x:c r="D24" s="0">
-        <x:v>639.582</x:v>
+        <x:v>632.188</x:v>
       </x:c>
       <x:c r="E24" s="0">
-        <x:v>752.45</x:v>
+        <x:v>743.75</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="1">
-        <x:v>45904.9245601852</x:v>
+        <x:v>45925.9293865741</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C25" s="0">
-        <x:v>5.64</x:v>
+        <x:v>5.37</x:v>
       </x:c>
       <x:c r="D25" s="0">
-        <x:v>636.352</x:v>
+        <x:v>636.574</x:v>
       </x:c>
       <x:c r="E25" s="0">
-        <x:v>748.65</x:v>
+        <x:v>748.91</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="1">
-        <x:v>45903.9235648148</x:v>
+        <x:v>45924.9296412037</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C26" s="0">
-        <x:v>5.16</x:v>
+        <x:v>5.93</x:v>
       </x:c>
       <x:c r="D26" s="0">
-        <x:v>626.492</x:v>
+        <x:v>646.561</x:v>
       </x:c>
       <x:c r="E26" s="0">
-        <x:v>737.05</x:v>
+        <x:v>760.66</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="1">
-        <x:v>45902.923912037</x:v>
+        <x:v>45923.9252314815</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C27" s="0">
-        <x:v>5.08</x:v>
+        <x:v>5.7</x:v>
       </x:c>
       <x:c r="D27" s="0">
-        <x:v>624.844</x:v>
+        <x:v>642.09</x:v>
       </x:c>
       <x:c r="E27" s="0">
-        <x:v>735.11</x:v>
+        <x:v>755.4</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="1">
-        <x:v>45898.9304050926</x:v>
+        <x:v>45922.9266898148</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C28" s="0">
-        <x:v>5.26</x:v>
+        <x:v>6.18</x:v>
       </x:c>
       <x:c r="D28" s="0">
-        <x:v>627.895</x:v>
+        <x:v>650.018</x:v>
       </x:c>
       <x:c r="E28" s="0">
-        <x:v>738.7</x:v>
+        <x:v>765.16</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="1">
-        <x:v>45897.9274768519</x:v>
+        <x:v>45922.3338773148</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C29" s="0">
-        <x:v>5.85</x:v>
+        <x:v>6.75</x:v>
       </x:c>
       <x:c r="D29" s="0">
-        <x:v>638.444</x:v>
+        <x:v>661.256</x:v>
       </x:c>
       <x:c r="E29" s="0">
-        <x:v>751.11</x:v>
+        <x:v>778.38</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="1">
-        <x:v>45896.9248611111</x:v>
+        <x:v>45919.9342939815</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C30" s="0">
-        <x:v>5.68</x:v>
+        <x:v>6.88</x:v>
       </x:c>
       <x:c r="D30" s="0">
-        <x:v>635.273</x:v>
+        <x:v>661.623</x:v>
       </x:c>
       <x:c r="E30" s="0">
-        <x:v>747.38</x:v>
+        <x:v>778.38</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="1">
-        <x:v>45895.9240046296</x:v>
+        <x:v>45918.9266087963</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C31" s="0">
-        <x:v>6.01</x:v>
+        <x:v>6.99</x:v>
       </x:c>
       <x:c r="D31" s="0">
-        <x:v>640.985</x:v>
+        <x:v>663.212</x:v>
       </x:c>
       <x:c r="E31" s="0">
-        <x:v>754.1</x:v>
+        <x:v>780.25</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="1">
-        <x:v>45894.9239236111</x:v>
+        <x:v>45917.9271296296</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C32" s="0">
-        <x:v>5.98</x:v>
+        <x:v>6.76</x:v>
       </x:c>
       <x:c r="D32" s="0">
-        <x:v>640.305</x:v>
+        <x:v>659.358</x:v>
       </x:c>
       <x:c r="E32" s="0">
-        <x:v>753.3</x:v>
+        <x:v>775.715</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="1">
-        <x:v>45891.9252083333</x:v>
+        <x:v>45916.9259490741</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C33" s="0">
-        <x:v>6.07</x:v>
+        <x:v>6.94</x:v>
       </x:c>
       <x:c r="D33" s="0">
-        <x:v>641.572</x:v>
+        <x:v>662.15</x:v>
       </x:c>
       <x:c r="E33" s="0">
-        <x:v>754.79</x:v>
+        <x:v>779</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="1">
-        <x:v>45890.9257175926</x:v>
+        <x:v>45915.9270601852</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C34" s="0">
-        <x:v>5.39</x:v>
+        <x:v>6.25</x:v>
       </x:c>
       <x:c r="D34" s="0">
-        <x:v>628.235</x:v>
+        <x:v>649.995</x:v>
       </x:c>
       <x:c r="E34" s="0">
-        <x:v>739.1</x:v>
+        <x:v>764.7</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="1">
-        <x:v>45889.9243402778</x:v>
+        <x:v>45912.9234259259</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C35" s="0">
-        <x:v>5.8</x:v>
+        <x:v>5.85</x:v>
       </x:c>
       <x:c r="D35" s="0">
-        <x:v>635.562</x:v>
+        <x:v>642.252</x:v>
       </x:c>
       <x:c r="E35" s="0">
-        <x:v>747.72</x:v>
+        <x:v>755.59</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="1">
-        <x:v>45888.9238078704</x:v>
+        <x:v>45911.9251736111</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C36" s="0">
-        <x:v>5.99</x:v>
+        <x:v>5.64</x:v>
       </x:c>
       <x:c r="D36" s="0">
-        <x:v>638.758</x:v>
+        <x:v>638.265</x:v>
       </x:c>
       <x:c r="E36" s="0">
-        <x:v>751.48</x:v>
+        <x:v>750.9</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="1">
-        <x:v>45887.924525463</x:v>
+        <x:v>45910.9240509259</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C37" s="0">
-        <x:v>6.84</x:v>
+        <x:v>5.7</x:v>
       </x:c>
       <x:c r="D37" s="0">
-        <x:v>652.264</x:v>
+        <x:v>639.183</x:v>
       </x:c>
       <x:c r="E37" s="0">
-        <x:v>767.37</x:v>
+        <x:v>751.98</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="1">
-        <x:v>45884.9247685185</x:v>
+        <x:v>45909.9244907407</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C38" s="0">
-        <x:v>7.96</x:v>
+        <x:v>6.39</x:v>
       </x:c>
       <x:c r="D38" s="0">
-        <x:v>667.446</x:v>
+        <x:v>650.845</x:v>
       </x:c>
       <x:c r="E38" s="0">
-        <x:v>785.23</x:v>
+        <x:v>765.7</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="1">
-        <x:v>45883.9240972222</x:v>
+        <x:v>45908.9240393518</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C39" s="0">
-        <x:v>7.78</x:v>
+        <x:v>5.78</x:v>
       </x:c>
       <x:c r="D39" s="0">
-        <x:v>664.81</x:v>
+        <x:v>639.455</x:v>
       </x:c>
       <x:c r="E39" s="0">
-        <x:v>782.13</x:v>
+        <x:v>752.3</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="1">
-        <x:v>45882.923900463</x:v>
+        <x:v>45905.9285648148</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C40" s="0">
-        <x:v>7.67</x:v>
+        <x:v>5.81</x:v>
       </x:c>
       <x:c r="D40" s="0">
-        <x:v>663.068</x:v>
+        <x:v>639.582</x:v>
       </x:c>
       <x:c r="E40" s="0">
-        <x:v>780.08</x:v>
+        <x:v>752.45</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="1">
-        <x:v>45881.9233217593</x:v>
+        <x:v>45904.9245601852</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C41" s="0">
-        <x:v>8.3</x:v>
+        <x:v>5.64</x:v>
       </x:c>
       <x:c r="D41" s="0">
-        <x:v>671.5</x:v>
+        <x:v>636.352</x:v>
       </x:c>
       <x:c r="E41" s="0">
-        <x:v>790</x:v>
+        <x:v>748.65</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="1">
-        <x:v>45880.9235763889</x:v>
+        <x:v>45903.9235648148</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C42" s="0">
-        <x:v>6.99</x:v>
+        <x:v>5.16</x:v>
       </x:c>
       <x:c r="D42" s="0">
-        <x:v>650.99</x:v>
+        <x:v>626.492</x:v>
       </x:c>
       <x:c r="E42" s="0">
-        <x:v>765.87</x:v>
+        <x:v>737.05</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="1">
-        <x:v>45877.9331944444</x:v>
+        <x:v>45902.923912037</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C43" s="0">
-        <x:v>7.2</x:v>
+        <x:v>5.08</x:v>
       </x:c>
       <x:c r="D43" s="0">
-        <x:v>653.905</x:v>
+        <x:v>624.844</x:v>
       </x:c>
       <x:c r="E43" s="0">
-        <x:v>769.3</x:v>
+        <x:v>735.11</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="1">
-        <x:v>45876.9385069444</x:v>
+        <x:v>45898.9304050926</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C44" s="0">
-        <x:v>6.81</x:v>
+        <x:v>5.26</x:v>
       </x:c>
       <x:c r="D44" s="0">
-        <x:v>647.556</x:v>
+        <x:v>627.895</x:v>
       </x:c>
       <x:c r="E44" s="0">
-        <x:v>761.83</x:v>
+        <x:v>738.7</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="1">
-        <x:v>45875.9344328704</x:v>
+        <x:v>45897.9274768519</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C45" s="0">
-        <x:v>7.4</x:v>
+        <x:v>5.85</x:v>
       </x:c>
       <x:c r="D45" s="0">
-        <x:v>656.192</x:v>
+        <x:v>638.444</x:v>
       </x:c>
       <x:c r="E45" s="0">
-        <x:v>771.99</x:v>
+        <x:v>751.11</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="1">
-        <x:v>45874.9326388889</x:v>
+        <x:v>45896.9248611111</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C46" s="0">
-        <x:v>6.95</x:v>
+        <x:v>5.68</x:v>
       </x:c>
       <x:c r="D46" s="0">
-        <x:v>648.941</x:v>
+        <x:v>635.273</x:v>
       </x:c>
       <x:c r="E46" s="0">
-        <x:v>763.46</x:v>
+        <x:v>747.38</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="1">
-        <x:v>45873.9313310185</x:v>
+        <x:v>45895.9240046296</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C47" s="0">
-        <x:v>7.73</x:v>
+        <x:v>6.01</x:v>
       </x:c>
       <x:c r="D47" s="0">
-        <x:v>659.914</x:v>
+        <x:v>640.985</x:v>
       </x:c>
       <x:c r="E47" s="0">
-        <x:v>776.37</x:v>
+        <x:v>754.1</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5">
       <x:c r="A48" s="1">
-        <x:v>45870.9274305556</x:v>
+        <x:v>45894.9239236111</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C48" s="0">
-        <x:v>6.4</x:v>
+        <x:v>5.98</x:v>
       </x:c>
       <x:c r="D48" s="0">
-        <x:v>637.508</x:v>
+        <x:v>640.305</x:v>
       </x:c>
       <x:c r="E48" s="0">
-        <x:v>750.01</x:v>
+        <x:v>753.3</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
       <x:c r="A49" s="1">
-        <x:v>45869.9244560185</x:v>
+        <x:v>45891.9252083333</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C49" s="0">
-        <x:v>7.83</x:v>
+        <x:v>6.07</x:v>
       </x:c>
       <x:c r="D49" s="0">
-        <x:v>657.424</x:v>
+        <x:v>641.572</x:v>
       </x:c>
       <x:c r="E49" s="0">
-        <x:v>773.44</x:v>
+        <x:v>754.79</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5">
       <x:c r="A50" s="1">
-        <x:v>45868.9254861111</x:v>
+        <x:v>45890.9257175926</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C50" s="0">
-        <x:v>4.69</x:v>
+        <x:v>5.39</x:v>
       </x:c>
       <x:c r="D50" s="0">
-        <x:v>590.928</x:v>
+        <x:v>628.235</x:v>
       </x:c>
       <x:c r="E50" s="0">
-        <x:v>695.21</x:v>
+        <x:v>739.1</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5">
       <x:c r="A51" s="1">
-        <x:v>45867.9289236111</x:v>
+        <x:v>45889.9243402778</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C51" s="0">
-        <x:v>4.89</x:v>
+        <x:v>5.8</x:v>
       </x:c>
       <x:c r="D51" s="0">
-        <x:v>595</x:v>
+        <x:v>635.562</x:v>
       </x:c>
       <x:c r="E51" s="0">
-        <x:v>700</x:v>
+        <x:v>747.72</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5">
       <x:c r="A52" s="1">
-        <x:v>45866.9278703704</x:v>
+        <x:v>45888.9238078704</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C52" s="0">
-        <x:v>5.75</x:v>
+        <x:v>5.99</x:v>
       </x:c>
       <x:c r="D52" s="0">
-        <x:v>609.986</x:v>
+        <x:v>638.758</x:v>
       </x:c>
       <x:c r="E52" s="0">
-        <x:v>717.63</x:v>
+        <x:v>751.48</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5">
       <x:c r="A53" s="1">
-        <x:v>45863.9269097222</x:v>
+        <x:v>45887.924525463</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C53" s="0">
-        <x:v>5.53</x:v>
+        <x:v>6.84</x:v>
       </x:c>
       <x:c r="D53" s="0">
-        <x:v>605.778</x:v>
+        <x:v>652.264</x:v>
       </x:c>
       <x:c r="E53" s="0">
-        <x:v>712.68</x:v>
+        <x:v>767.37</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5">
       <x:c r="A54" s="1">
-        <x:v>45862.9245486111</x:v>
+        <x:v>45884.9247685185</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C54" s="0">
-        <x:v>5.64</x:v>
+        <x:v>7.96</x:v>
       </x:c>
       <x:c r="D54" s="0">
-        <x:v>607.58</x:v>
+        <x:v>667.446</x:v>
       </x:c>
       <x:c r="E54" s="0">
-        <x:v>714.8</x:v>
+        <x:v>785.23</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5">
       <x:c r="A55" s="1">
-        <x:v>45861.9264583333</x:v>
+        <x:v>45883.9240972222</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C55" s="0">
-        <x:v>5.59</x:v>
+        <x:v>7.78</x:v>
       </x:c>
       <x:c r="D55" s="0">
-        <x:v>606.543</x:v>
+        <x:v>664.81</x:v>
       </x:c>
       <x:c r="E55" s="0">
-        <x:v>713.58</x:v>
+        <x:v>782.13</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5">
       <x:c r="A56" s="1">
-        <x:v>45860.926099537</x:v>
+        <x:v>45882.923900463</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C56" s="0">
-        <x:v>5.21</x:v>
+        <x:v>7.67</x:v>
       </x:c>
       <x:c r="D56" s="0">
-        <x:v>599.088</x:v>
+        <x:v>663.068</x:v>
       </x:c>
       <x:c r="E56" s="0">
-        <x:v>704.81</x:v>
+        <x:v>780.08</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:5">
       <x:c r="A57" s="1">
-        <x:v>45859.9272916667</x:v>
+        <x:v>45881.9233217593</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C57" s="0">
-        <x:v>5.6</x:v>
+        <x:v>8.3</x:v>
       </x:c>
       <x:c r="D57" s="0">
-        <x:v>606.02</x:v>
+        <x:v>671.5</x:v>
       </x:c>
       <x:c r="E57" s="0">
-        <x:v>712.965</x:v>
+        <x:v>790</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:5">
       <x:c r="A58" s="1">
-        <x:v>45856.9492592593</x:v>
+        <x:v>45880.9235763889</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C58" s="0">
-        <x:v>5.23</x:v>
+        <x:v>6.99</x:v>
       </x:c>
       <x:c r="D58" s="0">
-        <x:v>598.638</x:v>
+        <x:v>650.99</x:v>
       </x:c>
       <x:c r="E58" s="0">
-        <x:v>704.28</x:v>
+        <x:v>765.87</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:5">
       <x:c r="A59" s="1">
-        <x:v>45855.9327662037</x:v>
+        <x:v>45877.9331944444</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C59" s="0">
-        <x:v>5.11</x:v>
+        <x:v>7.2</x:v>
       </x:c>
       <x:c r="D59" s="0">
-        <x:v>596.198</x:v>
+        <x:v>653.905</x:v>
       </x:c>
       <x:c r="E59" s="0">
-        <x:v>701.41</x:v>
+        <x:v>769.3</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:5">
       <x:c r="A60" s="1">
-        <x:v>45854.9359027778</x:v>
+        <x:v>45876.9385069444</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C60" s="0">
-        <x:v>5.18</x:v>
+        <x:v>6.81</x:v>
       </x:c>
       <x:c r="D60" s="0">
-        <x:v>597.474</x:v>
+        <x:v>647.556</x:v>
       </x:c>
       <x:c r="E60" s="0">
-        <x:v>702.91</x:v>
+        <x:v>761.83</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:5">
       <x:c r="A61" s="1">
-        <x:v>45853.9276041667</x:v>
+        <x:v>45875.9344328704</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C61" s="0">
-        <x:v>5.54</x:v>
+        <x:v>7.4</x:v>
       </x:c>
       <x:c r="D61" s="0">
-        <x:v>603.832</x:v>
+        <x:v>656.192</x:v>
       </x:c>
       <x:c r="E61" s="0">
-        <x:v>710.39</x:v>
+        <x:v>771.99</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:5">
       <x:c r="A62" s="1">
-        <x:v>45852.9328587963</x:v>
+        <x:v>45874.9326388889</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C62" s="0">
-        <x:v>6.08</x:v>
+        <x:v>6.95</x:v>
       </x:c>
       <x:c r="D62" s="0">
-        <x:v>612.782</x:v>
+        <x:v>648.941</x:v>
       </x:c>
       <x:c r="E62" s="0">
-        <x:v>720.92</x:v>
+        <x:v>763.46</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:5">
       <x:c r="A63" s="1">
-        <x:v>45849.9250462963</x:v>
+        <x:v>45873.9313310185</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C63" s="0">
-        <x:v>5.93</x:v>
+        <x:v>7.73</x:v>
       </x:c>
       <x:c r="D63" s="0">
-        <x:v>609.884</x:v>
+        <x:v>659.914</x:v>
       </x:c>
       <x:c r="E63" s="0">
-        <x:v>717.51</x:v>
+        <x:v>776.37</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:5">
       <x:c r="A64" s="1">
-        <x:v>45848.9261805556</x:v>
+        <x:v>45870.9274305556</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C64" s="0">
-        <x:v>6.45</x:v>
+        <x:v>6.4</x:v>
       </x:c>
       <x:c r="D64" s="0">
-        <x:v>618.154</x:v>
+        <x:v>637.508</x:v>
       </x:c>
       <x:c r="E64" s="0">
-        <x:v>727.24</x:v>
+        <x:v>750.01</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:5">
       <x:c r="A65" s="1">
-        <x:v>45847.9258101852</x:v>
+        <x:v>45869.9244560185</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C65" s="0">
-        <x:v>6.76</x:v>
+        <x:v>7.83</x:v>
       </x:c>
       <x:c r="D65" s="0">
-        <x:v>622.863</x:v>
+        <x:v>657.424</x:v>
       </x:c>
       <x:c r="E65" s="0">
-        <x:v>732.78</x:v>
+        <x:v>773.44</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:5">
       <x:c r="A66" s="1">
-        <x:v>45846.924849537</x:v>
+        <x:v>45868.9254861111</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C66" s="0">
-        <x:v>6.15</x:v>
+        <x:v>4.69</x:v>
       </x:c>
       <x:c r="D66" s="0">
-        <x:v>612.57</x:v>
+        <x:v>590.928</x:v>
       </x:c>
       <x:c r="E66" s="0">
-        <x:v>720.67</x:v>
+        <x:v>695.21</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:5">
       <x:c r="A67" s="1">
-        <x:v>45845.9275115741</x:v>
+        <x:v>45867.9289236111</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C67" s="0">
-        <x:v>6.04</x:v>
+        <x:v>4.89</x:v>
       </x:c>
       <x:c r="D67" s="0">
-        <x:v>610.598</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="E67" s="0">
-        <x:v>718.35</x:v>
+        <x:v>700</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:5">
       <x:c r="A68" s="1">
-        <x:v>45841.8023611111</x:v>
+        <x:v>45866.9278703704</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C68" s="0">
-        <x:v>6.1</x:v>
+        <x:v>5.75</x:v>
       </x:c>
       <x:c r="D68" s="0">
-        <x:v>611.158</x:v>
+        <x:v>609.986</x:v>
       </x:c>
       <x:c r="E68" s="0">
-        <x:v>719.01</x:v>
+        <x:v>717.63</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:5">
       <x:c r="A69" s="1">
-        <x:v>45840.930462963</x:v>
+        <x:v>45863.9269097222</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C69" s="0">
-        <x:v>5.84</x:v>
+        <x:v>5.53</x:v>
       </x:c>
       <x:c r="D69" s="0">
-        <x:v>606.534</x:v>
+        <x:v>605.778</x:v>
       </x:c>
       <x:c r="E69" s="0">
-        <x:v>713.57</x:v>
+        <x:v>712.68</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:5">
       <x:c r="A70" s="1">
-        <x:v>45839.9249768518</x:v>
+        <x:v>45862.9245486111</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C70" s="0">
-        <x:v>6.14</x:v>
+        <x:v>5.64</x:v>
       </x:c>
       <x:c r="D70" s="0">
-        <x:v>611.337</x:v>
+        <x:v>607.58</x:v>
       </x:c>
       <x:c r="E70" s="0">
-        <x:v>719.22</x:v>
+        <x:v>714.8</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:5">
       <x:c r="A71" s="1">
-        <x:v>45838.9258101852</x:v>
+        <x:v>45861.9264583333</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C71" s="0">
-        <x:v>7.26</x:v>
+        <x:v>5.59</x:v>
       </x:c>
       <x:c r="D71" s="0">
-        <x:v>627.376</x:v>
+        <x:v>606.543</x:v>
       </x:c>
       <x:c r="E71" s="0">
-        <x:v>738.09</x:v>
+        <x:v>713.58</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:5">
       <x:c r="A72" s="1">
-        <x:v>45835.9282175926</x:v>
+        <x:v>45860.926099537</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C72" s="0">
-        <x:v>7.03</x:v>
+        <x:v>5.21</x:v>
       </x:c>
       <x:c r="D72" s="0">
-        <x:v>623.586</x:v>
+        <x:v>599.088</x:v>
       </x:c>
       <x:c r="E72" s="0">
-        <x:v>733.63</x:v>
+        <x:v>704.81</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:5">
       <x:c r="A73" s="1">
-        <x:v>45834.9274189815</x:v>
+        <x:v>45859.9272916667</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C73" s="0">
-        <x:v>6.62</x:v>
+        <x:v>5.6</x:v>
       </x:c>
       <x:c r="D73" s="0">
-        <x:v>617.176</x:v>
+        <x:v>606.02</x:v>
       </x:c>
       <x:c r="E73" s="0">
-        <x:v>726.09</x:v>
+        <x:v>712.965</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:5">
       <x:c r="A74" s="1">
-        <x:v>45833.9267824074</x:v>
+        <x:v>45856.9492592593</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C74" s="0">
-        <x:v>5.78</x:v>
+        <x:v>5.23</x:v>
       </x:c>
       <x:c r="D74" s="0">
-        <x:v>602.378</x:v>
+        <x:v>598.638</x:v>
       </x:c>
       <x:c r="E74" s="0">
-        <x:v>708.68</x:v>
+        <x:v>704.28</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:5">
       <x:c r="A75" s="1">
-        <x:v>45832.9265972222</x:v>
+        <x:v>45855.9327662037</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C75" s="0">
-        <x:v>5.96</x:v>
+        <x:v>5.11</x:v>
       </x:c>
       <x:c r="D75" s="0">
-        <x:v>605.37</x:v>
+        <x:v>596.198</x:v>
       </x:c>
       <x:c r="E75" s="0">
-        <x:v>712.2</x:v>
+        <x:v>701.41</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:5">
       <x:c r="A76" s="1">
-        <x:v>45831.9246643518</x:v>
+        <x:v>45854.9359027778</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C76" s="0">
-        <x:v>5.34</x:v>
+        <x:v>5.18</x:v>
       </x:c>
       <x:c r="D76" s="0">
-        <x:v>593.75</x:v>
+        <x:v>597.474</x:v>
       </x:c>
       <x:c r="E76" s="0">
-        <x:v>698.53</x:v>
+        <x:v>702.91</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:5">
       <x:c r="A77" s="1">
-        <x:v>45828.9428819444</x:v>
+        <x:v>45853.9276041667</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C77" s="0">
-        <x:v>4.69</x:v>
+        <x:v>5.54</x:v>
       </x:c>
       <x:c r="D77" s="0">
-        <x:v>579.998</x:v>
+        <x:v>603.832</x:v>
       </x:c>
       <x:c r="E77" s="0">
-        <x:v>682.35</x:v>
+        <x:v>710.39</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:5">
       <x:c r="A78" s="1">
-        <x:v>45826.9303587963</x:v>
+        <x:v>45852.9328587963</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C78" s="0">
-        <x:v>5.31</x:v>
+        <x:v>6.08</x:v>
       </x:c>
       <x:c r="D78" s="0">
-        <x:v>591.404</x:v>
+        <x:v>612.782</x:v>
       </x:c>
       <x:c r="E78" s="0">
-        <x:v>695.77</x:v>
+        <x:v>720.92</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:5">
       <x:c r="A79" s="1">
-        <x:v>45825.9254166667</x:v>
+        <x:v>45849.9250462963</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C79" s="0">
-        <x:v>5.39</x:v>
+        <x:v>5.93</x:v>
       </x:c>
       <x:c r="D79" s="0">
-        <x:v>592.646</x:v>
+        <x:v>609.884</x:v>
       </x:c>
       <x:c r="E79" s="0">
-        <x:v>697.23</x:v>
+        <x:v>717.51</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:5">
       <x:c r="A80" s="1">
-        <x:v>45824.9235069444</x:v>
+        <x:v>45848.9261805556</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C80" s="0">
-        <x:v>5.63</x:v>
+        <x:v>6.45</x:v>
       </x:c>
       <x:c r="D80" s="0">
-        <x:v>596.434</x:v>
+        <x:v>618.154</x:v>
       </x:c>
       <x:c r="E80" s="0">
-        <x:v>702.12</x:v>
+        <x:v>727.24</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:5">
       <x:c r="A81" s="1">
-        <x:v>45824.3396180556</x:v>
+        <x:v>45847.9258101852</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C81" s="0">
-        <x:v>4.93</x:v>
+        <x:v>6.76</x:v>
       </x:c>
       <x:c r="D81" s="0">
-        <x:v>580.072</x:v>
+        <x:v>622.863</x:v>
       </x:c>
       <x:c r="E81" s="0">
-        <x:v>682.87</x:v>
+        <x:v>732.78</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:5">
       <x:c r="A82" s="1">
-        <x:v>45821.9252777778</x:v>
+        <x:v>45846.924849537</x:v>
       </x:c>
       <x:c r="B82" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C82" s="0">
-        <x:v>4.81</x:v>
+        <x:v>6.15</x:v>
       </x:c>
       <x:c r="D82" s="0">
-        <x:v>580.44</x:v>
+        <x:v>612.57</x:v>
       </x:c>
       <x:c r="E82" s="0">
-        <x:v>682.87</x:v>
+        <x:v>720.67</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:5">
       <x:c r="A83" s="1">
-        <x:v>45820.9288773148</x:v>
+        <x:v>45845.9275115741</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C83" s="0">
-        <x:v>5.3</x:v>
+        <x:v>6.04</x:v>
       </x:c>
       <x:c r="D83" s="0">
-        <x:v>589.356</x:v>
+        <x:v>610.598</x:v>
       </x:c>
       <x:c r="E83" s="0">
-        <x:v>693.36</x:v>
+        <x:v>718.35</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:5">
       <x:c r="A84" s="1">
-        <x:v>45819.9235416667</x:v>
+        <x:v>45841.8023611111</x:v>
       </x:c>
       <x:c r="B84" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C84" s="0">
-        <x:v>5.34</x:v>
+        <x:v>6.1</x:v>
       </x:c>
       <x:c r="D84" s="0">
-        <x:v>590.019</x:v>
+        <x:v>611.158</x:v>
       </x:c>
       <x:c r="E84" s="0">
-        <x:v>694.14</x:v>
+        <x:v>719.01</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:5">
       <x:c r="A85" s="1">
-        <x:v>45818.9234953704</x:v>
+        <x:v>45840.930462963</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C85" s="0">
-        <x:v>5.76</x:v>
+        <x:v>5.84</x:v>
       </x:c>
       <x:c r="D85" s="0">
-        <x:v>597.04</x:v>
+        <x:v>606.534</x:v>
       </x:c>
       <x:c r="E85" s="0">
-        <x:v>702.4</x:v>
+        <x:v>713.57</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:5">
       <x:c r="A86" s="1">
-        <x:v>45817.9248958333</x:v>
+        <x:v>45839.9249768518</x:v>
       </x:c>
       <x:c r="B86" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C86" s="0">
-        <x:v>5.37</x:v>
+        <x:v>6.14</x:v>
       </x:c>
       <x:c r="D86" s="0">
-        <x:v>589.951</x:v>
+        <x:v>611.337</x:v>
       </x:c>
       <x:c r="E86" s="0">
-        <x:v>694.06</x:v>
+        <x:v>719.22</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:5">
       <x:c r="A87" s="1">
-        <x:v>45814.9279398148</x:v>
+        <x:v>45838.9258101852</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C87" s="0">
-        <x:v>5.57</x:v>
+        <x:v>7.26</x:v>
       </x:c>
       <x:c r="D87" s="0">
-        <x:v>593.054</x:v>
+        <x:v>627.376</x:v>
       </x:c>
       <x:c r="E87" s="0">
-        <x:v>697.71</x:v>
+        <x:v>738.09</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:5">
       <x:c r="A88" s="1">
-        <x:v>45813.9311805556</x:v>
+        <x:v>45835.9282175926</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C88" s="0">
-        <x:v>5</x:v>
+        <x:v>7.03</x:v>
       </x:c>
       <x:c r="D88" s="0">
-        <x:v>581.927</x:v>
+        <x:v>623.586</x:v>
       </x:c>
       <x:c r="E88" s="0">
-        <x:v>684.62</x:v>
+        <x:v>733.63</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:5">
       <x:c r="A89" s="1">
-        <x:v>45812.9288888889</x:v>
+        <x:v>45834.9274189815</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C89" s="0">
-        <x:v>5.15</x:v>
+        <x:v>6.62</x:v>
       </x:c>
       <x:c r="D89" s="0">
-        <x:v>584.758</x:v>
+        <x:v>617.176</x:v>
       </x:c>
       <x:c r="E89" s="0">
-        <x:v>687.95</x:v>
+        <x:v>726.09</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:5">
       <x:c r="A90" s="1">
-        <x:v>45811.9362847222</x:v>
+        <x:v>45833.9267824074</x:v>
       </x:c>
       <x:c r="B90" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C90" s="0">
-        <x:v>4.34</x:v>
+        <x:v>5.78</x:v>
       </x:c>
       <x:c r="D90" s="0">
-        <x:v>566.822</x:v>
+        <x:v>602.378</x:v>
       </x:c>
       <x:c r="E90" s="0">
-        <x:v>666.85</x:v>
+        <x:v>708.68</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:5">
       <x:c r="A91" s="1">
-        <x:v>45810.9414467593</x:v>
+        <x:v>45832.9265972222</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C91" s="0">
-        <x:v>4.5</x:v>
+        <x:v>5.96</x:v>
       </x:c>
       <x:c r="D91" s="0">
-        <x:v>570.265</x:v>
+        <x:v>605.37</x:v>
       </x:c>
       <x:c r="E91" s="0">
-        <x:v>670.9</x:v>
+        <x:v>712.2</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:5">
       <x:c r="A92" s="1">
-        <x:v>45800.9242361111</x:v>
+        <x:v>45831.9246643518</x:v>
       </x:c>
       <x:c r="B92" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C92" s="0">
-        <x:v>3.11</x:v>
+        <x:v>5.34</x:v>
       </x:c>
       <x:c r="D92" s="0">
-        <x:v>533.001</x:v>
+        <x:v>593.75</x:v>
       </x:c>
       <x:c r="E92" s="0">
-        <x:v>627.06</x:v>
+        <x:v>698.53</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:5">
       <x:c r="A93" s="1">
-        <x:v>45799.9263194444</x:v>
+        <x:v>45828.9428819444</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C93" s="0">
-        <x:v>3.42</x:v>
+        <x:v>4.69</x:v>
       </x:c>
       <x:c r="D93" s="0">
-        <x:v>541.084</x:v>
+        <x:v>579.998</x:v>
       </x:c>
       <x:c r="E93" s="0">
-        <x:v>636.57</x:v>
+        <x:v>682.35</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:5">
       <x:c r="A94" s="1">
-        <x:v>45798.9249537037</x:v>
+        <x:v>45826.9303587963</x:v>
       </x:c>
       <x:c r="B94" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C94" s="0">
-        <x:v>3.39</x:v>
+        <x:v>5.31</x:v>
       </x:c>
       <x:c r="D94" s="0">
-        <x:v>540.175</x:v>
+        <x:v>591.404</x:v>
       </x:c>
       <x:c r="E94" s="0">
-        <x:v>635.5</x:v>
+        <x:v>695.77</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:5">
       <x:c r="A95" s="1">
-        <x:v>45797.9233912037</x:v>
+        <x:v>45825.9254166667</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C95" s="0">
-        <x:v>3.45</x:v>
+        <x:v>5.39</x:v>
       </x:c>
       <x:c r="D95" s="0">
-        <x:v>541.535</x:v>
+        <x:v>592.646</x:v>
       </x:c>
       <x:c r="E95" s="0">
-        <x:v>637.1</x:v>
+        <x:v>697.23</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:5">
       <x:c r="A96" s="1">
-        <x:v>45796.9245023148</x:v>
+        <x:v>45824.9235069444</x:v>
       </x:c>
       <x:c r="B96" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C96" s="0">
-        <x:v>3.56</x:v>
+        <x:v>5.63</x:v>
       </x:c>
       <x:c r="D96" s="0">
-        <x:v>544.366</x:v>
+        <x:v>596.434</x:v>
       </x:c>
       <x:c r="E96" s="0">
-        <x:v>640.43</x:v>
+        <x:v>702.12</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:5">
       <x:c r="A97" s="1">
-        <x:v>45793.9259953704</x:v>
+        <x:v>45824.3396180556</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C97" s="0">
-        <x:v>3.57</x:v>
+        <x:v>4.93</x:v>
       </x:c>
       <x:c r="D97" s="0">
-        <x:v>544.289</x:v>
+        <x:v>580.072</x:v>
       </x:c>
       <x:c r="E97" s="0">
-        <x:v>640.34</x:v>
+        <x:v>682.87</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:5">
       <x:c r="A98" s="1">
-        <x:v>45792.9360300926</x:v>
+        <x:v>45821.9252777778</x:v>
       </x:c>
       <x:c r="B98" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C98" s="0">
-        <x:v>3.7</x:v>
+        <x:v>4.81</x:v>
       </x:c>
       <x:c r="D98" s="0">
-        <x:v>547.298</x:v>
+        <x:v>580.44</x:v>
       </x:c>
       <x:c r="E98" s="0">
-        <x:v>643.88</x:v>
+        <x:v>682.87</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:5">
       <x:c r="A99" s="1">
-        <x:v>45791.9275578704</x:v>
+        <x:v>45820.9288773148</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C99" s="0">
-        <x:v>4.31</x:v>
+        <x:v>5.3</x:v>
       </x:c>
       <x:c r="D99" s="0">
-        <x:v>560.456</x:v>
+        <x:v>589.356</x:v>
       </x:c>
       <x:c r="E99" s="0">
-        <x:v>659.36</x:v>
+        <x:v>693.36</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:5">
       <x:c r="A100" s="1">
-        <x:v>45790.9286689815</x:v>
+        <x:v>45819.9235416667</x:v>
       </x:c>
       <x:c r="B100" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C100" s="0">
-        <x:v>4.19</x:v>
+        <x:v>5.34</x:v>
       </x:c>
       <x:c r="D100" s="0">
-        <x:v>557.626</x:v>
+        <x:v>590.019</x:v>
       </x:c>
       <x:c r="E100" s="0">
-        <x:v>656.03</x:v>
+        <x:v>694.14</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:5">
       <x:c r="A101" s="1">
-        <x:v>45789.9278009259</x:v>
+        <x:v>45818.9234953704</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C101" s="0">
-        <x:v>3.63</x:v>
+        <x:v>5.76</x:v>
       </x:c>
       <x:c r="D101" s="0">
-        <x:v>543.516</x:v>
+        <x:v>597.04</x:v>
       </x:c>
       <x:c r="E101" s="0">
-        <x:v>639.43</x:v>
+        <x:v>702.4</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:5">
       <x:c r="A102" s="1">
-        <x:v>45786.9254050926</x:v>
+        <x:v>45817.9248958333</x:v>
       </x:c>
       <x:c r="B102" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C102" s="0">
-        <x:v>2.46</x:v>
+        <x:v>5.37</x:v>
       </x:c>
       <x:c r="D102" s="0">
-        <x:v>503.616</x:v>
+        <x:v>589.951</x:v>
       </x:c>
       <x:c r="E102" s="0">
-        <x:v>592.49</x:v>
+        <x:v>694.06</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:5">
       <x:c r="A103" s="1">
-        <x:v>45785.9240393518</x:v>
+        <x:v>45814.9279398148</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C103" s="0">
-        <x:v>2.61</x:v>
+        <x:v>5.57</x:v>
       </x:c>
       <x:c r="D103" s="0">
-        <x:v>508.308</x:v>
+        <x:v>593.054</x:v>
       </x:c>
       <x:c r="E103" s="0">
-        <x:v>598.01</x:v>
+        <x:v>697.71</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:5">
       <x:c r="A104" s="1">
-        <x:v>45784.9235416667</x:v>
+        <x:v>45813.9311805556</x:v>
       </x:c>
       <x:c r="B104" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C104" s="0">
-        <x:v>2.58</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="D104" s="0">
-        <x:v>507.288</x:v>
+        <x:v>581.927</x:v>
       </x:c>
       <x:c r="E104" s="0">
-        <x:v>596.81</x:v>
+        <x:v>684.62</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:5">
       <x:c r="A105" s="1">
-        <x:v>45783.9247685185</x:v>
+        <x:v>45812.9288888889</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C105" s="0">
-        <x:v>2.36</x:v>
+        <x:v>5.15</x:v>
       </x:c>
       <x:c r="D105" s="0">
-        <x:v>499.214</x:v>
+        <x:v>584.758</x:v>
       </x:c>
       <x:c r="E105" s="0">
-        <x:v>587.31</x:v>
+        <x:v>687.95</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:5">
       <x:c r="A106" s="1">
-        <x:v>45782.9244328704</x:v>
+        <x:v>45811.9362847222</x:v>
       </x:c>
       <x:c r="B106" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C106" s="0">
-        <x:v>2.68</x:v>
+        <x:v>4.34</x:v>
       </x:c>
       <x:c r="D106" s="0">
-        <x:v>509.38</x:v>
+        <x:v>566.822</x:v>
       </x:c>
       <x:c r="E106" s="0">
-        <x:v>599.27</x:v>
+        <x:v>666.85</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:5">
       <x:c r="A107" s="1">
-        <x:v>45779.9288657407</x:v>
+        <x:v>45810.9414467593</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C107" s="0">
-        <x:v>2.63</x:v>
+        <x:v>4.5</x:v>
       </x:c>
       <x:c r="D107" s="0">
-        <x:v>507.467</x:v>
+        <x:v>570.265</x:v>
       </x:c>
       <x:c r="E107" s="0">
-        <x:v>597.02</x:v>
+        <x:v>670.9</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:5">
       <x:c r="A108" s="1">
-        <x:v>45777.9324305556</x:v>
+        <x:v>45800.9242361111</x:v>
       </x:c>
       <x:c r="B108" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C108" s="0">
-        <x:v>1.73</x:v>
+        <x:v>3.11</x:v>
       </x:c>
       <x:c r="D108" s="0">
-        <x:v>466.65</x:v>
+        <x:v>533.001</x:v>
       </x:c>
       <x:c r="E108" s="0">
-        <x:v>549</x:v>
+        <x:v>627.06</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:5">
       <x:c r="A109" s="1">
-        <x:v>45776.9249189815</x:v>
+        <x:v>45799.9263194444</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C109" s="0">
-        <x:v>1.84</x:v>
+        <x:v>3.42</x:v>
       </x:c>
       <x:c r="D109" s="0">
-        <x:v>471.274</x:v>
+        <x:v>541.084</x:v>
       </x:c>
       <x:c r="E109" s="0">
-        <x:v>554.44</x:v>
+        <x:v>636.57</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:5">
       <x:c r="A110" s="1">
-        <x:v>45775.93125</x:v>
+        <x:v>45798.9249537037</x:v>
       </x:c>
       <x:c r="B110" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C110" s="0">
-        <x:v>1.75</x:v>
+        <x:v>3.39</x:v>
       </x:c>
       <x:c r="D110" s="0">
-        <x:v>467.279</x:v>
+        <x:v>540.175</x:v>
       </x:c>
       <x:c r="E110" s="0">
-        <x:v>549.74</x:v>
+        <x:v>635.5</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:5">
       <x:c r="A111" s="1">
-        <x:v>45772.9279282407</x:v>
+        <x:v>45797.9233912037</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C111" s="0">
-        <x:v>1.71</x:v>
+        <x:v>3.45</x:v>
       </x:c>
       <x:c r="D111" s="0">
-        <x:v>465.18</x:v>
+        <x:v>541.535</x:v>
       </x:c>
       <x:c r="E111" s="0">
-        <x:v>547.27</x:v>
+        <x:v>637.1</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:5">
       <x:c r="A112" s="1">
-        <x:v>45771.9286921296</x:v>
+        <x:v>45796.9245023148</x:v>
       </x:c>
       <x:c r="B112" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C112" s="0">
-        <x:v>1.48</x:v>
+        <x:v>3.56</x:v>
       </x:c>
       <x:c r="D112" s="0">
-        <x:v>453.178</x:v>
+        <x:v>544.366</x:v>
       </x:c>
       <x:c r="E112" s="0">
-        <x:v>533.15</x:v>
+        <x:v>640.43</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:5">
       <x:c r="A113" s="1">
-        <x:v>45770.9297800926</x:v>
+        <x:v>45793.9259953704</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C113" s="0">
-        <x:v>1.29</x:v>
+        <x:v>3.57</x:v>
       </x:c>
       <x:c r="D113" s="0">
-        <x:v>442.23</x:v>
+        <x:v>544.289</x:v>
       </x:c>
       <x:c r="E113" s="0">
-        <x:v>520.27</x:v>
+        <x:v>640.34</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:5">
       <x:c r="A114" s="1">
-        <x:v>45769.9290856481</x:v>
+        <x:v>45792.9360300926</x:v>
       </x:c>
       <x:c r="B114" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C114" s="0">
-        <x:v>1.04</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="D114" s="0">
-        <x:v>425.238</x:v>
+        <x:v>547.298</x:v>
       </x:c>
       <x:c r="E114" s="0">
-        <x:v>500.28</x:v>
+        <x:v>643.88</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:5">
       <x:c r="A115" s="1">
-        <x:v>45764.930787037</x:v>
+        <x:v>45791.9275578704</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C115" s="0">
-        <x:v>1.06</x:v>
+        <x:v>4.31</x:v>
       </x:c>
       <x:c r="D115" s="0">
-        <x:v>426.258</x:v>
+        <x:v>560.456</x:v>
       </x:c>
       <x:c r="E115" s="0">
-        <x:v>501.48</x:v>
+        <x:v>659.36</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:5">
       <x:c r="A116" s="1">
-        <x:v>45763.9303125</x:v>
+        <x:v>45790.9286689815</x:v>
       </x:c>
       <x:c r="B116" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C116" s="0">
-        <x:v>1.07</x:v>
+        <x:v>4.19</x:v>
       </x:c>
       <x:c r="D116" s="0">
-        <x:v>426.964</x:v>
+        <x:v>557.626</x:v>
       </x:c>
       <x:c r="E116" s="0">
-        <x:v>502.31</x:v>
+        <x:v>656.03</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:5">
       <x:c r="A117" s="1">
-        <x:v>45762.9290740741</x:v>
+        <x:v>45789.9278009259</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C117" s="0">
-        <x:v>1.38</x:v>
+        <x:v>3.63</x:v>
       </x:c>
       <x:c r="D117" s="0">
-        <x:v>443.292</x:v>
+        <x:v>543.516</x:v>
       </x:c>
       <x:c r="E117" s="0">
-        <x:v>521.52</x:v>
+        <x:v>639.43</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:5">
       <x:c r="A118" s="1">
-        <x:v>45761.9296643519</x:v>
+        <x:v>45786.9254050926</x:v>
       </x:c>
       <x:c r="B118" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C118" s="0">
-        <x:v>1.55</x:v>
+        <x:v>2.46</x:v>
       </x:c>
       <x:c r="D118" s="0">
-        <x:v>451.758</x:v>
+        <x:v>503.616</x:v>
       </x:c>
       <x:c r="E118" s="0">
-        <x:v>531.48</x:v>
+        <x:v>592.49</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:5">
       <x:c r="A119" s="1">
-        <x:v>45758.9254282407</x:v>
+        <x:v>45785.9240393518</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C119" s="0">
-        <x:v>1.8</x:v>
+        <x:v>2.61</x:v>
       </x:c>
       <x:c r="D119" s="0">
-        <x:v>462.034</x:v>
+        <x:v>508.308</x:v>
       </x:c>
       <x:c r="E119" s="0">
-        <x:v>543.57</x:v>
+        <x:v>598.01</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:5">
       <x:c r="A120" s="1">
-        <x:v>45757.9250231481</x:v>
+        <x:v>45784.9235416667</x:v>
       </x:c>
       <x:c r="B120" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C120" s="0">
-        <x:v>1.86</x:v>
+        <x:v>2.58</x:v>
       </x:c>
       <x:c r="D120" s="0">
-        <x:v>464.346</x:v>
+        <x:v>507.288</x:v>
       </x:c>
       <x:c r="E120" s="0">
-        <x:v>546.29</x:v>
+        <x:v>596.81</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:5">
       <x:c r="A121" s="1">
-        <x:v>45756.9250694444</x:v>
+        <x:v>45783.9247685185</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C121" s="0">
-        <x:v>3.12</x:v>
+        <x:v>2.36</x:v>
       </x:c>
       <x:c r="D121" s="0">
-        <x:v>497.904</x:v>
+        <x:v>499.214</x:v>
       </x:c>
       <x:c r="E121" s="0">
-        <x:v>585.77</x:v>
+        <x:v>587.31</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:5">
       <x:c r="A122" s="1">
-        <x:v>45755.9267013889</x:v>
+        <x:v>45782.9244328704</x:v>
       </x:c>
       <x:c r="B122" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C122" s="0">
-        <x:v>1.66</x:v>
+        <x:v>2.68</x:v>
       </x:c>
       <x:c r="D122" s="0">
-        <x:v>433.882</x:v>
+        <x:v>509.38</x:v>
       </x:c>
       <x:c r="E122" s="0">
-        <x:v>510.45</x:v>
+        <x:v>599.27</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:5">
       <x:c r="A123" s="1">
-        <x:v>45754.9257175926</x:v>
+        <x:v>45779.9288657407</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C123" s="0">
-        <x:v>1.78</x:v>
+        <x:v>2.63</x:v>
       </x:c>
       <x:c r="D123" s="0">
-        <x:v>438.812</x:v>
+        <x:v>507.467</x:v>
       </x:c>
       <x:c r="E123" s="0">
-        <x:v>516.25</x:v>
+        <x:v>597.02</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:5">
       <x:c r="A124" s="1">
-        <x:v>45751.9453240741</x:v>
+        <x:v>45777.9324305556</x:v>
       </x:c>
       <x:c r="B124" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C124" s="0">
-        <x:v>1.57</x:v>
+        <x:v>1.73</x:v>
       </x:c>
       <x:c r="D124" s="0">
-        <x:v>429.02</x:v>
+        <x:v>466.65</x:v>
       </x:c>
       <x:c r="E124" s="0">
-        <x:v>504.73</x:v>
+        <x:v>549</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:5">
       <x:c r="A125" s="1">
-        <x:v>45750.9256944444</x:v>
+        <x:v>45776.9249189815</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C125" s="0">
-        <x:v>2.26</x:v>
+        <x:v>1.84</x:v>
       </x:c>
       <x:c r="D125" s="0">
-        <x:v>451.877</x:v>
+        <x:v>471.274</x:v>
       </x:c>
       <x:c r="E125" s="0">
-        <x:v>531.62</x:v>
+        <x:v>554.44</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:5">
       <x:c r="A126" s="1">
-        <x:v>45748.9242013889</x:v>
+        <x:v>45775.93125</x:v>
       </x:c>
       <x:c r="B126" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C126" s="0">
-        <x:v>5</x:v>
+        <x:v>1.75</x:v>
       </x:c>
       <x:c r="D126" s="0">
-        <x:v>498.1</x:v>
+        <x:v>467.279</x:v>
       </x:c>
       <x:c r="E126" s="0">
-        <x:v>586</x:v>
+        <x:v>549.74</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:5">
       <x:c r="A127" s="1">
-        <x:v>45747.9264351852</x:v>
+        <x:v>45772.9279282407</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C127" s="0">
-        <x:v>4.55</x:v>
+        <x:v>1.71</x:v>
       </x:c>
       <x:c r="D127" s="0">
-        <x:v>489.906</x:v>
+        <x:v>465.18</x:v>
       </x:c>
       <x:c r="E127" s="0">
-        <x:v>576.36</x:v>
+        <x:v>547.27</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:5">
       <x:c r="A128" s="1">
-        <x:v>45744.883900463</x:v>
+        <x:v>45771.9286921296</x:v>
       </x:c>
       <x:c r="B128" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C128" s="0">
-        <x:v>4.59</x:v>
+        <x:v>1.48</x:v>
       </x:c>
       <x:c r="D128" s="0">
-        <x:v>490.229</x:v>
+        <x:v>453.178</x:v>
       </x:c>
       <x:c r="E128" s="0">
-        <x:v>576.74</x:v>
+        <x:v>533.15</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:5">
       <x:c r="A129" s="1">
-        <x:v>45743.8879166667</x:v>
+        <x:v>45770.9297800926</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C129" s="0">
-        <x:v>6.18</x:v>
+        <x:v>1.29</x:v>
       </x:c>
       <x:c r="D129" s="0">
-        <x:v>512.193</x:v>
+        <x:v>442.23</x:v>
       </x:c>
       <x:c r="E129" s="0">
-        <x:v>602.58</x:v>
+        <x:v>520.27</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:5">
       <x:c r="A130" s="1">
-        <x:v>45742.8862384259</x:v>
+        <x:v>45769.9290856481</x:v>
       </x:c>
       <x:c r="B130" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C130" s="0">
-        <x:v>6.75</x:v>
+        <x:v>1.04</x:v>
       </x:c>
       <x:c r="D130" s="0">
-        <x:v>519.333</x:v>
+        <x:v>425.238</x:v>
       </x:c>
       <x:c r="E130" s="0">
-        <x:v>610.98</x:v>
+        <x:v>500.28</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:5">
       <x:c r="A131" s="1">
-        <x:v>45741.8884606482</x:v>
+        <x:v>45764.930787037</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C131" s="0">
-        <x:v>7.92</x:v>
+        <x:v>1.06</x:v>
       </x:c>
       <x:c r="D131" s="0">
-        <x:v>532.364</x:v>
+        <x:v>426.258</x:v>
       </x:c>
       <x:c r="E131" s="0">
-        <x:v>626.31</x:v>
+        <x:v>501.48</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:5">
       <x:c r="A132" s="1">
-        <x:v>45740.8886111111</x:v>
+        <x:v>45763.9303125</x:v>
       </x:c>
       <x:c r="B132" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C132" s="0">
-        <x:v>7.39</x:v>
+        <x:v>1.07</x:v>
       </x:c>
       <x:c r="D132" s="0">
-        <x:v>526.022</x:v>
+        <x:v>426.964</x:v>
       </x:c>
       <x:c r="E132" s="0">
-        <x:v>618.85</x:v>
+        <x:v>502.31</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:5">
       <x:c r="A133" s="1">
-        <x:v>45737.8932986111</x:v>
+        <x:v>45762.9290740741</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C133" s="0">
-        <x:v>6.04</x:v>
+        <x:v>1.38</x:v>
       </x:c>
       <x:c r="D133" s="0">
-        <x:v>506.812</x:v>
+        <x:v>443.292</x:v>
       </x:c>
       <x:c r="E133" s="0">
-        <x:v>596.25</x:v>
+        <x:v>521.52</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:5">
       <x:c r="A134" s="1">
-        <x:v>45736.8918287037</x:v>
+        <x:v>45761.9296643519</x:v>
       </x:c>
       <x:c r="B134" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C134" s="0">
-        <x:v>5.47</x:v>
+        <x:v>1.55</x:v>
       </x:c>
       <x:c r="D134" s="0">
-        <x:v>498.1</x:v>
+        <x:v>451.758</x:v>
       </x:c>
       <x:c r="E134" s="0">
-        <x:v>586</x:v>
+        <x:v>531.48</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:5">
       <x:c r="A135" s="1">
-        <x:v>45735.891724537</x:v>
+        <x:v>45758.9254282407</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C135" s="0">
-        <x:v>5.37</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="D135" s="0">
-        <x:v>496.451</x:v>
+        <x:v>462.034</x:v>
       </x:c>
       <x:c r="E135" s="0">
-        <x:v>584.06</x:v>
+        <x:v>543.57</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:5">
       <x:c r="A136" s="1">
-        <x:v>45734.8848958333</x:v>
+        <x:v>45757.9250231481</x:v>
       </x:c>
       <x:c r="B136" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C136" s="0">
-        <x:v>5.28</x:v>
+        <x:v>1.86</x:v>
       </x:c>
       <x:c r="D136" s="0">
-        <x:v>495.006</x:v>
+        <x:v>464.346</x:v>
       </x:c>
       <x:c r="E136" s="0">
-        <x:v>582.36</x:v>
+        <x:v>546.29</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:5">
       <x:c r="A137" s="1">
-        <x:v>45733.8857986111</x:v>
+        <x:v>45756.9250694444</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C137" s="0">
-        <x:v>6.81</x:v>
+        <x:v>3.12</x:v>
       </x:c>
       <x:c r="D137" s="0">
-        <x:v>514.165</x:v>
+        <x:v>497.904</x:v>
       </x:c>
       <x:c r="E137" s="0">
-        <x:v>604.9</x:v>
+        <x:v>585.77</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:5">
       <x:c r="A138" s="1">
-        <x:v>45730.8910532407</x:v>
+        <x:v>45755.9267013889</x:v>
       </x:c>
       <x:c r="B138" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C138" s="0">
-        <x:v>7.03</x:v>
+        <x:v>1.66</x:v>
       </x:c>
       <x:c r="D138" s="0">
-        <x:v>501.676</x:v>
+        <x:v>433.882</x:v>
       </x:c>
       <x:c r="E138" s="0">
-        <x:v>607.6</x:v>
+        <x:v>510.45</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:5">
       <x:c r="A139" s="1">
-        <x:v>45730.329212963</x:v>
+        <x:v>45754.9257175926</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C139" s="0">
-        <x:v>6.41</x:v>
+        <x:v>1.78</x:v>
       </x:c>
       <x:c r="D139" s="0">
-        <x:v>501.676</x:v>
+        <x:v>438.812</x:v>
       </x:c>
       <x:c r="E139" s="0">
-        <x:v>590.64</x:v>
+        <x:v>516.25</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:5">
       <x:c r="A140" s="1">
-        <x:v>45729.9202893519</x:v>
+        <x:v>45751.9453240741</x:v>
       </x:c>
       <x:c r="B140" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C140" s="0">
-        <x:v>5.98</x:v>
+        <x:v>1.57</x:v>
       </x:c>
       <x:c r="D140" s="0">
-        <x:v>502.044</x:v>
+        <x:v>429.02</x:v>
       </x:c>
       <x:c r="E140" s="0">
-        <x:v>0</x:v>
+        <x:v>504.73</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:5">
       <x:c r="A141" s="1">
-        <x:v>45728.8940856481</x:v>
+        <x:v>45750.9256944444</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C141" s="0">
-        <x:v>8.32</x:v>
+        <x:v>2.26</x:v>
       </x:c>
       <x:c r="D141" s="0">
-        <x:v>526.626</x:v>
+        <x:v>451.877</x:v>
       </x:c>
       <x:c r="E141" s="0">
-        <x:v>0</x:v>
+        <x:v>531.62</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:5">
       <x:c r="A142" s="1">
-        <x:v>45727.8961805556</x:v>
+        <x:v>45748.9242013889</x:v>
       </x:c>
       <x:c r="B142" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C142" s="0">
-        <x:v>7.32</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="D142" s="0">
-        <x:v>514.854</x:v>
+        <x:v>498.1</x:v>
       </x:c>
       <x:c r="E142" s="0">
-        <x:v>605.71</x:v>
+        <x:v>586</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:5">
       <x:c r="A143" s="1">
-        <x:v>45726.8939467593</x:v>
+        <x:v>45747.9264351852</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C143" s="0">
-        <x:v>6.8</x:v>
+        <x:v>4.55</x:v>
       </x:c>
       <x:c r="D143" s="0">
-        <x:v>531.811</x:v>
+        <x:v>489.906</x:v>
       </x:c>
       <x:c r="E143" s="0">
-        <x:v>625.66</x:v>
+        <x:v>576.36</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:5">
       <x:c r="A144" s="1">
-        <x:v>45723.92375</x:v>
+        <x:v>45744.883900463</x:v>
       </x:c>
       <x:c r="B144" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C144" s="0">
-        <x:v>9.3</x:v>
+        <x:v>4.59</x:v>
       </x:c>
       <x:c r="D144" s="0">
-        <x:v>533.74</x:v>
+        <x:v>490.229</x:v>
       </x:c>
       <x:c r="E144" s="0">
-        <x:v>627.93</x:v>
+        <x:v>576.74</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:5">
       <x:c r="A145" s="1">
-        <x:v>45722.9231365741</x:v>
+        <x:v>45743.8879166667</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C145" s="0">
-        <x:v>9.52</x:v>
+        <x:v>6.18</x:v>
       </x:c>
       <x:c r="D145" s="0">
-        <x:v>558</x:v>
+        <x:v>512.193</x:v>
       </x:c>
       <x:c r="E145" s="0">
-        <x:v>656.47</x:v>
+        <x:v>602.58</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:5">
       <x:c r="A146" s="1">
-        <x:v>45721.9268402778</x:v>
+        <x:v>45742.8862384259</x:v>
       </x:c>
       <x:c r="B146" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C146" s="0">
-        <x:v>12.9</x:v>
+        <x:v>6.75</x:v>
       </x:c>
       <x:c r="D146" s="0">
-        <x:v>544</x:v>
+        <x:v>519.333</x:v>
       </x:c>
       <x:c r="E146" s="0">
-        <x:v>640</x:v>
+        <x:v>610.98</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:5">
       <x:c r="A147" s="1">
-        <x:v>45720.9245833333</x:v>
+        <x:v>45741.8884606482</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C147" s="0">
-        <x:v>11.18</x:v>
+        <x:v>7.92</x:v>
       </x:c>
       <x:c r="D147" s="0">
-        <x:v>556.792</x:v>
+        <x:v>532.364</x:v>
       </x:c>
       <x:c r="E147" s="0">
-        <x:v>655.05</x:v>
+        <x:v>626.31</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:5">
       <x:c r="A148" s="1">
-        <x:v>45719.9236805556</x:v>
+        <x:v>45740.8886111111</x:v>
       </x:c>
       <x:c r="B148" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C148" s="0">
-        <x:v>12.99</x:v>
+        <x:v>7.39</x:v>
       </x:c>
       <x:c r="D148" s="0">
-        <x:v>567.97</x:v>
+        <x:v>526.022</x:v>
       </x:c>
       <x:c r="E148" s="0">
-        <x:v>668.2</x:v>
+        <x:v>618.85</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:5">
       <x:c r="A149" s="1">
-        <x:v>45716.9268981482</x:v>
+        <x:v>45737.8932986111</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C149" s="0">
-        <x:v>14.78</x:v>
+        <x:v>6.04</x:v>
       </x:c>
       <x:c r="D149" s="0">
-        <x:v>559.504</x:v>
+        <x:v>506.812</x:v>
       </x:c>
       <x:c r="E149" s="0">
-        <x:v>658.24</x:v>
+        <x:v>596.25</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:5">
       <x:c r="A150" s="1">
-        <x:v>45715.92375</x:v>
+        <x:v>45736.8918287037</x:v>
       </x:c>
       <x:c r="B150" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C150" s="0">
-        <x:v>13.56</x:v>
+        <x:v>5.47</x:v>
       </x:c>
       <x:c r="D150" s="0">
-        <x:v>572.645</x:v>
+        <x:v>498.1</x:v>
       </x:c>
       <x:c r="E150" s="0">
-        <x:v>673.7</x:v>
+        <x:v>586</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:5">
       <x:c r="A151" s="1">
-        <x:v>45714.9285069444</x:v>
+        <x:v>45735.891724537</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C151" s="0">
-        <x:v>15.75</x:v>
+        <x:v>5.37</x:v>
       </x:c>
       <x:c r="D151" s="0">
-        <x:v>558.875</x:v>
+        <x:v>496.451</x:v>
       </x:c>
       <x:c r="E151" s="0">
-        <x:v>657.5</x:v>
+        <x:v>584.06</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:5">
       <x:c r="A152" s="1">
-        <x:v>45713.923900463</x:v>
+        <x:v>45734.8848958333</x:v>
       </x:c>
       <x:c r="B152" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C152" s="0">
-        <x:v>13.73</x:v>
+        <x:v>5.28</x:v>
       </x:c>
       <x:c r="D152" s="0">
-        <x:v>567.91</x:v>
+        <x:v>495.006</x:v>
       </x:c>
       <x:c r="E152" s="0">
-        <x:v>668.13</x:v>
+        <x:v>582.36</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:5">
       <x:c r="A153" s="1">
-        <x:v>45712.926875</x:v>
+        <x:v>45733.8857986111</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C153" s="0">
-        <x:v>15.2</x:v>
+        <x:v>6.81</x:v>
       </x:c>
       <x:c r="D153" s="0">
-        <x:v>581.018</x:v>
+        <x:v>514.165</x:v>
       </x:c>
       <x:c r="E153" s="0">
-        <x:v>683.55</x:v>
+        <x:v>604.9</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:5">
       <x:c r="A154" s="1">
-        <x:v>45709.9264814815</x:v>
+        <x:v>45730.8910532407</x:v>
       </x:c>
       <x:c r="B154" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C154" s="0">
-        <x:v>17.65</x:v>
+        <x:v>7.03</x:v>
       </x:c>
       <x:c r="D154" s="0">
-        <x:v>590.614</x:v>
+        <x:v>501.676</x:v>
       </x:c>
       <x:c r="E154" s="0">
-        <x:v>694.84</x:v>
+        <x:v>607.6</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:5">
       <x:c r="A155" s="1">
-        <x:v>45708.9232175926</x:v>
+        <x:v>45730.329212963</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C155" s="0">
-        <x:v>19.58</x:v>
+        <x:v>6.41</x:v>
       </x:c>
       <x:c r="D155" s="0">
-        <x:v>598.204</x:v>
+        <x:v>501.676</x:v>
       </x:c>
       <x:c r="E155" s="0">
-        <x:v>703.77</x:v>
+        <x:v>590.64</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:5">
       <x:c r="A156" s="1">
-        <x:v>45707.9353819444</x:v>
+        <x:v>45729.9202893519</x:v>
       </x:c>
       <x:c r="B156" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C156" s="0">
-        <x:v>21.22</x:v>
+        <x:v>5.98</x:v>
       </x:c>
       <x:c r="D156" s="0">
-        <x:v>608.914</x:v>
+        <x:v>502.044</x:v>
       </x:c>
       <x:c r="E156" s="0">
-        <x:v>716.37</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:5">
       <x:c r="A157" s="1">
-        <x:v>45706.9293634259</x:v>
+        <x:v>45728.8940856481</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C157" s="0">
-        <x:v>23.75</x:v>
+        <x:v>8.32</x:v>
       </x:c>
       <x:c r="D157" s="0">
-        <x:v>626.17</x:v>
+        <x:v>526.626</x:v>
       </x:c>
       <x:c r="E157" s="0">
-        <x:v>736.67</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:5">
       <x:c r="A158" s="1">
-        <x:v>45702.9276157407</x:v>
+        <x:v>45727.8961805556</x:v>
       </x:c>
       <x:c r="B158" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C158" s="0">
-        <x:v>28.61</x:v>
+        <x:v>7.32</x:v>
       </x:c>
       <x:c r="D158" s="0">
-        <x:v>619.276</x:v>
+        <x:v>514.854</x:v>
       </x:c>
       <x:c r="E158" s="0">
-        <x:v>728.56</x:v>
+        <x:v>605.71</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:5">
       <x:c r="A159" s="1">
-        <x:v>45700.9255092593</x:v>
+        <x:v>45726.8939467593</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C159" s="0">
-        <x:v>26.19</x:v>
+        <x:v>6.8</x:v>
       </x:c>
       <x:c r="D159" s="0">
-        <x:v>611.83</x:v>
+        <x:v>531.811</x:v>
       </x:c>
       <x:c r="E159" s="0">
-        <x:v>719.8</x:v>
+        <x:v>625.66</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:5">
       <x:c r="A160" s="1">
-        <x:v>45699.927662037</x:v>
+        <x:v>45723.92375</x:v>
       </x:c>
       <x:c r="B160" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C160" s="0">
-        <x:v>25.05</x:v>
+        <x:v>9.3</x:v>
       </x:c>
       <x:c r="D160" s="0">
-        <x:v>609.79</x:v>
+        <x:v>533.74</x:v>
       </x:c>
       <x:c r="E160" s="0">
-        <x:v>717.4</x:v>
+        <x:v>627.93</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:5">
       <x:c r="A161" s="1">
-        <x:v>45698.9262268519</x:v>
+        <x:v>45722.9231365741</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C161" s="0">
-        <x:v>24.58</x:v>
+        <x:v>9.52</x:v>
       </x:c>
       <x:c r="D161" s="0">
-        <x:v>609.79</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="E161" s="0">
-        <x:v>717.4</x:v>
+        <x:v>656.47</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:5">
       <x:c r="A162" s="1">
-        <x:v>45695.9360300926</x:v>
+        <x:v>45721.9268402778</x:v>
       </x:c>
       <x:c r="B162" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C162" s="0">
-        <x:v>24.08</x:v>
+        <x:v>12.9</x:v>
       </x:c>
       <x:c r="D162" s="0">
-        <x:v>605.192</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="E162" s="0">
-        <x:v>711.99</x:v>
+        <x:v>640</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:5">
       <x:c r="A163" s="1">
-        <x:v>45694.9237615741</x:v>
+        <x:v>45720.9245833333</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C163" s="0">
-        <x:v>23.6</x:v>
+        <x:v>11.18</x:v>
       </x:c>
       <x:c r="D163" s="0">
-        <x:v>599.14</x:v>
+        <x:v>556.792</x:v>
       </x:c>
       <x:c r="E163" s="0">
-        <x:v>704.87</x:v>
+        <x:v>655.05</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:5">
       <x:c r="A164" s="1">
-        <x:v>45693.9253125</x:v>
+        <x:v>45719.9236805556</x:v>
       </x:c>
       <x:c r="B164" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C164" s="0">
-        <x:v>22.28</x:v>
+        <x:v>12.99</x:v>
       </x:c>
       <x:c r="D164" s="0">
-        <x:v>599.14</x:v>
+        <x:v>567.97</x:v>
       </x:c>
       <x:c r="E164" s="0">
-        <x:v>704.87</x:v>
+        <x:v>668.2</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:5">
       <x:c r="A165" s="1">
-        <x:v>45692.9271180556</x:v>
+        <x:v>45716.9268981482</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C165" s="0">
-        <x:v>22.17</x:v>
+        <x:v>14.78</x:v>
       </x:c>
       <x:c r="D165" s="0">
-        <x:v>598.562</x:v>
+        <x:v>559.504</x:v>
       </x:c>
       <x:c r="E165" s="0">
-        <x:v>704.19</x:v>
+        <x:v>658.24</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:5">
       <x:c r="A166" s="1">
-        <x:v>45691.9280787037</x:v>
+        <x:v>45715.92375</x:v>
       </x:c>
       <x:c r="B166" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C166" s="0">
-        <x:v>20.98</x:v>
+        <x:v>13.56</x:v>
       </x:c>
       <x:c r="D166" s="0">
-        <x:v>592.841</x:v>
+        <x:v>572.645</x:v>
       </x:c>
       <x:c r="E166" s="0">
-        <x:v>697.46</x:v>
+        <x:v>673.7</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:5">
       <x:c r="A167" s="1">
-        <x:v>45688.9467939815</x:v>
+        <x:v>45714.9285069444</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C167" s="0">
-        <x:v>19.63</x:v>
+        <x:v>15.75</x:v>
       </x:c>
       <x:c r="D167" s="0">
-        <x:v>585.803</x:v>
+        <x:v>558.875</x:v>
       </x:c>
       <x:c r="E167" s="0">
-        <x:v>689.18</x:v>
+        <x:v>657.5</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:5">
       <x:c r="A168" s="1">
-        <x:v>45687.9293055556</x:v>
+        <x:v>45713.923900463</x:v>
       </x:c>
       <x:c r="B168" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C168" s="0">
-        <x:v>19.29</x:v>
+        <x:v>13.73</x:v>
       </x:c>
       <x:c r="D168" s="0">
-        <x:v>583.95</x:v>
+        <x:v>567.91</x:v>
       </x:c>
       <x:c r="E168" s="0">
-        <x:v>687</x:v>
+        <x:v>668.13</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:5">
       <x:c r="A169" s="1">
-        <x:v>45686.9239930556</x:v>
+        <x:v>45712.926875</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C169" s="0">
-        <x:v>17.66</x:v>
+        <x:v>15.2</x:v>
       </x:c>
       <x:c r="D169" s="0">
-        <x:v>575.016</x:v>
+        <x:v>581.018</x:v>
       </x:c>
       <x:c r="E169" s="0">
-        <x:v>676.49</x:v>
+        <x:v>683.55</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:5">
       <x:c r="A170" s="1">
-        <x:v>45685.9322106481</x:v>
+        <x:v>45709.9264814815</x:v>
       </x:c>
       <x:c r="B170" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C170" s="0">
-        <x:v>17.34</x:v>
+        <x:v>17.65</x:v>
       </x:c>
       <x:c r="D170" s="0">
-        <x:v>573.18</x:v>
+        <x:v>590.614</x:v>
       </x:c>
       <x:c r="E170" s="0">
-        <x:v>674.33</x:v>
+        <x:v>694.84</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:5">
       <x:c r="A171" s="1">
-        <x:v>45681.9227893519</x:v>
+        <x:v>45708.9232175926</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C171" s="0">
-        <x:v>13.81</x:v>
+        <x:v>19.58</x:v>
       </x:c>
       <x:c r="D171" s="0">
-        <x:v>550.366</x:v>
+        <x:v>598.204</x:v>
       </x:c>
       <x:c r="E171" s="0">
-        <x:v>647.49</x:v>
+        <x:v>703.77</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:5">
       <x:c r="A172" s="1">
-        <x:v>45679.9244212963</x:v>
+        <x:v>45707.9353819444</x:v>
       </x:c>
       <x:c r="B172" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C172" s="0">
-        <x:v>11.14</x:v>
+        <x:v>21.22</x:v>
       </x:c>
       <x:c r="D172" s="0">
-        <x:v>529.975</x:v>
+        <x:v>608.914</x:v>
       </x:c>
       <x:c r="E172" s="0">
-        <x:v>623.5</x:v>
+        <x:v>716.37</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:5">
       <x:c r="A173" s="1">
-        <x:v>45678.9235300926</x:v>
+        <x:v>45706.9293634259</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C173" s="0">
-        <x:v>10.44</x:v>
+        <x:v>23.75</x:v>
       </x:c>
       <x:c r="D173" s="0">
-        <x:v>523.991</x:v>
+        <x:v>626.17</x:v>
       </x:c>
       <x:c r="E173" s="0">
-        <x:v>616.46</x:v>
+        <x:v>736.67</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:5">
       <x:c r="A174" s="1">
-        <x:v>45674.9244675926</x:v>
+        <x:v>45702.9276157407</x:v>
       </x:c>
       <x:c r="B174" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C174" s="0">
-        <x:v>10.12</x:v>
+        <x:v>28.61</x:v>
       </x:c>
       <x:c r="D174" s="0">
-        <x:v>520.854</x:v>
+        <x:v>619.276</x:v>
       </x:c>
       <x:c r="E174" s="0">
-        <x:v>612.77</x:v>
+        <x:v>728.56</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:5">
       <x:c r="A175" s="1">
-        <x:v>45673.9256018518</x:v>
+        <x:v>45700.9255092593</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C175" s="0">
-        <x:v>9.98</x:v>
+        <x:v>26.19</x:v>
       </x:c>
       <x:c r="D175" s="0">
-        <x:v>519.605</x:v>
+        <x:v>611.83</x:v>
       </x:c>
       <x:c r="E175" s="0">
-        <x:v>611.3</x:v>
+        <x:v>719.8</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:5">
       <x:c r="A176" s="1">
-        <x:v>45672.926087963</x:v>
+        <x:v>45699.927662037</x:v>
       </x:c>
       <x:c r="B176" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C176" s="0">
-        <x:v>10.59</x:v>
+        <x:v>25.05</x:v>
       </x:c>
       <x:c r="D176" s="0">
-        <x:v>524.552</x:v>
+        <x:v>609.79</x:v>
       </x:c>
       <x:c r="E176" s="0">
-        <x:v>617.12</x:v>
+        <x:v>717.4</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:5">
       <x:c r="A177" s="1">
-        <x:v>45671.9240856481</x:v>
+        <x:v>45698.9262268519</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C177" s="0">
-        <x:v>8.61</x:v>
+        <x:v>24.58</x:v>
       </x:c>
       <x:c r="D177" s="0">
-        <x:v>505.112</x:v>
+        <x:v>609.79</x:v>
       </x:c>
       <x:c r="E177" s="0">
-        <x:v>594.25</x:v>
+        <x:v>717.4</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:5">
       <x:c r="A178" s="1">
-        <x:v>45670.9314814815</x:v>
+        <x:v>45695.9360300926</x:v>
       </x:c>
       <x:c r="B178" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C178" s="0">
-        <x:v>10.02</x:v>
+        <x:v>24.08</x:v>
       </x:c>
       <x:c r="D178" s="0">
-        <x:v>517.08</x:v>
+        <x:v>605.192</x:v>
       </x:c>
       <x:c r="E178" s="0">
-        <x:v>608.33</x:v>
+        <x:v>711.99</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:5">
       <x:c r="A179" s="1">
-        <x:v>45667.9296759259</x:v>
+        <x:v>45694.9237615741</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C179" s="0">
-        <x:v>10.85</x:v>
+        <x:v>23.6</x:v>
       </x:c>
       <x:c r="D179" s="0">
-        <x:v>523.481</x:v>
+        <x:v>599.14</x:v>
       </x:c>
       <x:c r="E179" s="0">
-        <x:v>615.86</x:v>
+        <x:v>704.87</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:5">
       <x:c r="A180" s="1">
-        <x:v>45665.925787037</x:v>
+        <x:v>45693.9253125</x:v>
       </x:c>
       <x:c r="B180" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C180" s="0">
-        <x:v>10.35</x:v>
+        <x:v>22.28</x:v>
       </x:c>
       <x:c r="D180" s="0">
-        <x:v>519.112</x:v>
+        <x:v>599.14</x:v>
       </x:c>
       <x:c r="E180" s="0">
-        <x:v>610.72</x:v>
+        <x:v>704.87</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:5">
       <x:c r="A181" s="1">
-        <x:v>45664.9260648148</x:v>
+        <x:v>45692.9271180556</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C181" s="0">
-        <x:v>11.14</x:v>
+        <x:v>22.17</x:v>
       </x:c>
       <x:c r="D181" s="0">
-        <x:v>525.206</x:v>
+        <x:v>598.562</x:v>
       </x:c>
       <x:c r="E181" s="0">
-        <x:v>617.89</x:v>
+        <x:v>704.19</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:5">
       <x:c r="A182" s="1">
-        <x:v>45663.9232986111</x:v>
+        <x:v>45691.9280787037</x:v>
       </x:c>
       <x:c r="B182" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C182" s="0">
-        <x:v>12.63</x:v>
+        <x:v>20.98</x:v>
       </x:c>
       <x:c r="D182" s="0">
-        <x:v>535.67</x:v>
+        <x:v>592.841</x:v>
       </x:c>
       <x:c r="E182" s="0">
-        <x:v>630.2</x:v>
+        <x:v>697.46</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:5">
       <x:c r="A183" s="1">
-        <x:v>45660.9250347222</x:v>
+        <x:v>45688.9467939815</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C183" s="0">
-        <x:v>10.1</x:v>
+        <x:v>19.63</x:v>
       </x:c>
       <x:c r="D183" s="0">
-        <x:v>513.936</x:v>
+        <x:v>585.803</x:v>
       </x:c>
       <x:c r="E183" s="0">
-        <x:v>604.63</x:v>
+        <x:v>689.18</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:5">
       <x:c r="A184" s="1">
-        <x:v>45659.9244675926</x:v>
+        <x:v>45687.9293055556</x:v>
       </x:c>
       <x:c r="B184" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C184" s="0">
-        <x:v>9.59</x:v>
+        <x:v>19.29</x:v>
       </x:c>
       <x:c r="D184" s="0">
-        <x:v>509.354</x:v>
+        <x:v>583.95</x:v>
       </x:c>
       <x:c r="E184" s="0">
-        <x:v>599.24</x:v>
+        <x:v>687</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:5">
       <x:c r="A185" s="1">
-        <x:v>45656.9242708333</x:v>
+        <x:v>45686.9239930556</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C185" s="0">
-        <x:v>8.9</x:v>
+        <x:v>17.66</x:v>
       </x:c>
       <x:c r="D185" s="0">
-        <x:v>502.554</x:v>
+        <x:v>575.016</x:v>
       </x:c>
       <x:c r="E185" s="0">
-        <x:v>591.24</x:v>
+        <x:v>676.49</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:5">
       <x:c r="A186" s="1">
-        <x:v>45653.9297685185</x:v>
+        <x:v>45685.9322106481</x:v>
       </x:c>
       <x:c r="B186" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C186" s="0">
-        <x:v>9.77</x:v>
+        <x:v>17.34</x:v>
       </x:c>
       <x:c r="D186" s="0">
-        <x:v>509.838</x:v>
+        <x:v>573.18</x:v>
       </x:c>
       <x:c r="E186" s="0">
-        <x:v>599.81</x:v>
+        <x:v>674.33</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:5">
       <x:c r="A187" s="1">
-        <x:v>45649.9280208333</x:v>
+        <x:v>45681.9227893519</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C187" s="0">
-        <x:v>9.82</x:v>
+        <x:v>13.81</x:v>
       </x:c>
       <x:c r="D187" s="0">
-        <x:v>509.872</x:v>
+        <x:v>550.366</x:v>
       </x:c>
       <x:c r="E187" s="0">
-        <x:v>599.85</x:v>
+        <x:v>647.49</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:5">
       <x:c r="A188" s="1">
-        <x:v>45646.9391666667</x:v>
+        <x:v>45679.9244212963</x:v>
       </x:c>
       <x:c r="B188" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C188" s="0">
-        <x:v>8.56</x:v>
+        <x:v>11.14</x:v>
       </x:c>
       <x:c r="D188" s="0">
-        <x:v>497.462</x:v>
+        <x:v>529.975</x:v>
       </x:c>
       <x:c r="E188" s="0">
-        <x:v>585.25</x:v>
+        <x:v>623.5</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:5">
       <x:c r="A189" s="1">
-        <x:v>45646.9253009259</x:v>
+        <x:v>45678.9235300926</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C189" s="0">
-        <x:v>8.56</x:v>
+        <x:v>10.44</x:v>
       </x:c>
       <x:c r="D189" s="0">
-        <x:v>497.462</x:v>
+        <x:v>523.991</x:v>
       </x:c>
       <x:c r="E189" s="0">
-        <x:v>585.25</x:v>
+        <x:v>616.46</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:5">
       <x:c r="A190" s="1">
-        <x:v>45645.9285532407</x:v>
+        <x:v>45674.9244675926</x:v>
       </x:c>
       <x:c r="B190" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C190" s="0">
-        <x:v>9.57</x:v>
+        <x:v>10.12</x:v>
       </x:c>
       <x:c r="D190" s="0">
-        <x:v>506.234</x:v>
+        <x:v>520.854</x:v>
       </x:c>
       <x:c r="E190" s="0">
-        <x:v>595.57</x:v>
+        <x:v>612.77</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:5">
       <x:c r="A191" s="1">
-        <x:v>45644.9406134259</x:v>
+        <x:v>45673.9256018518</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C191" s="0">
-        <x:v>9.74</x:v>
+        <x:v>9.98</x:v>
       </x:c>
       <x:c r="D191" s="0">
-        <x:v>507.612</x:v>
+        <x:v>519.605</x:v>
       </x:c>
       <x:c r="E191" s="0">
-        <x:v>597.19</x:v>
+        <x:v>611.3</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:5">
       <x:c r="A192" s="1">
-        <x:v>45643.9374305556</x:v>
+        <x:v>45672.926087963</x:v>
       </x:c>
       <x:c r="B192" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C192" s="0">
-        <x:v>12.43</x:v>
+        <x:v>10.59</x:v>
       </x:c>
       <x:c r="D192" s="0">
-        <x:v>526.524</x:v>
+        <x:v>524.552</x:v>
       </x:c>
       <x:c r="E192" s="0">
-        <x:v>619.44</x:v>
+        <x:v>617.12</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:5">
       <x:c r="A193" s="1">
-        <x:v>45642.9331481481</x:v>
+        <x:v>45671.9240856481</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C193" s="0">
-        <x:v>13.05</x:v>
+        <x:v>8.61</x:v>
       </x:c>
       <x:c r="D193" s="0">
-        <x:v>530.604</x:v>
+        <x:v>505.112</x:v>
       </x:c>
       <x:c r="E193" s="0">
-        <x:v>624.24</x:v>
+        <x:v>594.25</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:5">
       <x:c r="A194" s="1">
-        <x:v>45642.3397685185</x:v>
+        <x:v>45670.9314814815</x:v>
       </x:c>
       <x:c r="B194" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C194" s="0">
-        <x:v>12.7</x:v>
+        <x:v>10.02</x:v>
       </x:c>
       <x:c r="D194" s="0">
-        <x:v>527.298</x:v>
+        <x:v>517.08</x:v>
       </x:c>
       <x:c r="E194" s="0">
-        <x:v>620.35</x:v>
+        <x:v>608.33</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:5">
       <x:c r="A195" s="1">
-        <x:v>45639.9310532407</x:v>
+        <x:v>45667.9296759259</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C195" s="0">
-        <x:v>12.58</x:v>
+        <x:v>10.85</x:v>
       </x:c>
       <x:c r="D195" s="0">
-        <x:v>527.298</x:v>
+        <x:v>523.481</x:v>
       </x:c>
       <x:c r="E195" s="0">
-        <x:v>620.35</x:v>
+        <x:v>615.86</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:5">
       <x:c r="A196" s="1">
-        <x:v>45638.9302777778</x:v>
+        <x:v>45665.925787037</x:v>
       </x:c>
       <x:c r="B196" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C196" s="0">
-        <x:v>13.98</x:v>
+        <x:v>10.35</x:v>
       </x:c>
       <x:c r="D196" s="0">
-        <x:v>536.172</x:v>
+        <x:v>519.112</x:v>
       </x:c>
       <x:c r="E196" s="0">
-        <x:v>630.79</x:v>
+        <x:v>610.72</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:5">
       <x:c r="A197" s="1">
-        <x:v>45637.9260069444</x:v>
+        <x:v>45664.9260648148</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C197" s="0">
-        <x:v>14.25</x:v>
+        <x:v>11.14</x:v>
       </x:c>
       <x:c r="D197" s="0">
-        <x:v>537.778</x:v>
+        <x:v>525.206</x:v>
       </x:c>
       <x:c r="E197" s="0">
-        <x:v>632.68</x:v>
+        <x:v>617.89</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:5">
       <x:c r="A198" s="1">
-        <x:v>45636.9246527778</x:v>
+        <x:v>45663.9232986111</x:v>
       </x:c>
       <x:c r="B198" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C198" s="0">
         <x:v>12.63</x:v>
       </x:c>
       <x:c r="D198" s="0">
-        <x:v>526.422</x:v>
+        <x:v>535.67</x:v>
       </x:c>
       <x:c r="E198" s="0">
-        <x:v>619.32</x:v>
+        <x:v>630.2</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:5">
       <x:c r="A199" s="1">
-        <x:v>45635.9292939815</x:v>
+        <x:v>45660.9250347222</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C199" s="0">
-        <x:v>11.97</x:v>
+        <x:v>10.1</x:v>
       </x:c>
       <x:c r="D199" s="0">
-        <x:v>521.534</x:v>
+        <x:v>513.936</x:v>
       </x:c>
       <x:c r="E199" s="0">
-        <x:v>613.57</x:v>
+        <x:v>604.63</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:5">
       <x:c r="A200" s="1">
-        <x:v>45632.930162037</x:v>
+        <x:v>45659.9244675926</x:v>
       </x:c>
       <x:c r="B200" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C200" s="0">
-        <x:v>13.33</x:v>
+        <x:v>9.59</x:v>
       </x:c>
       <x:c r="D200" s="0">
-        <x:v>530.204</x:v>
+        <x:v>509.354</x:v>
       </x:c>
       <x:c r="E200" s="0">
-        <x:v>623.77</x:v>
+        <x:v>599.24</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:5">
       <x:c r="A201" s="1">
-        <x:v>45631.9230439815</x:v>
+        <x:v>45656.9242708333</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C201" s="0">
-        <x:v>11.64</x:v>
+        <x:v>8.9</x:v>
       </x:c>
       <x:c r="D201" s="0">
-        <x:v>517.59</x:v>
+        <x:v>502.554</x:v>
       </x:c>
       <x:c r="E201" s="0">
-        <x:v>608.93</x:v>
+        <x:v>591.24</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:5">
       <x:c r="A202" s="1">
-        <x:v>45630.9239583333</x:v>
+        <x:v>45653.9297685185</x:v>
       </x:c>
       <x:c r="B202" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C202" s="0">
-        <x:v>12.23</x:v>
+        <x:v>9.77</x:v>
       </x:c>
       <x:c r="D202" s="0">
-        <x:v>521.713</x:v>
+        <x:v>509.838</x:v>
       </x:c>
       <x:c r="E202" s="0">
-        <x:v>613.78</x:v>
+        <x:v>599.81</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:5">
       <x:c r="A203" s="1">
-        <x:v>45628.9241666667</x:v>
+        <x:v>45649.9280208333</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C203" s="0">
-        <x:v>10.11</x:v>
+        <x:v>9.82</x:v>
       </x:c>
       <x:c r="D203" s="0">
-        <x:v>503.906</x:v>
+        <x:v>509.872</x:v>
       </x:c>
       <x:c r="E203" s="0">
-        <x:v>592.83</x:v>
+        <x:v>599.85</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:5">
       <x:c r="A204" s="1">
-        <x:v>45625.8309143518</x:v>
+        <x:v>45646.9391666667</x:v>
       </x:c>
       <x:c r="B204" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C204" s="0">
-        <x:v>8.5</x:v>
+        <x:v>8.56</x:v>
       </x:c>
       <x:c r="D204" s="0">
-        <x:v>488.172</x:v>
+        <x:v>497.462</x:v>
       </x:c>
       <x:c r="E204" s="0">
-        <x:v>574.32</x:v>
+        <x:v>585.25</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:5">
       <x:c r="A205" s="1">
-        <x:v>45623.9383449074</x:v>
+        <x:v>45646.9253009259</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C205" s="0">
-        <x:v>8.08</x:v>
+        <x:v>8.56</x:v>
       </x:c>
       <x:c r="D205" s="0">
-        <x:v>483.82</x:v>
+        <x:v>497.462</x:v>
       </x:c>
       <x:c r="E205" s="0">
-        <x:v>569.2</x:v>
+        <x:v>585.25</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:5">
       <x:c r="A206" s="1">
-        <x:v>45622.9256134259</x:v>
+        <x:v>45645.9285532407</x:v>
       </x:c>
       <x:c r="B206" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C206" s="0">
-        <x:v>8.47</x:v>
+        <x:v>9.57</x:v>
       </x:c>
       <x:c r="D206" s="0">
-        <x:v>487.509</x:v>
+        <x:v>506.234</x:v>
       </x:c>
       <x:c r="E206" s="0">
-        <x:v>573.54</x:v>
+        <x:v>595.57</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:5">
       <x:c r="A207" s="1">
-        <x:v>45621.9280439815</x:v>
+        <x:v>45644.9406134259</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C207" s="0">
-        <x:v>7.78</x:v>
+        <x:v>9.74</x:v>
       </x:c>
       <x:c r="D207" s="0">
-        <x:v>480.344</x:v>
+        <x:v>507.612</x:v>
       </x:c>
       <x:c r="E207" s="0">
-        <x:v>565.11</x:v>
+        <x:v>597.19</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:5">
       <x:c r="A208" s="1">
-        <x:v>45618.9261574074</x:v>
+        <x:v>45643.9374305556</x:v>
       </x:c>
       <x:c r="B208" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C208" s="0">
-        <x:v>7.34</x:v>
+        <x:v>12.43</x:v>
       </x:c>
       <x:c r="D208" s="0">
-        <x:v>475.269</x:v>
+        <x:v>526.524</x:v>
       </x:c>
       <x:c r="E208" s="0">
-        <x:v>559.14</x:v>
+        <x:v>619.44</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:5">
       <x:c r="A209" s="1">
-        <x:v>45617.9238194444</x:v>
+        <x:v>45642.9331481481</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C209" s="0">
-        <x:v>7.67</x:v>
+        <x:v>13.05</x:v>
       </x:c>
       <x:c r="D209" s="0">
-        <x:v>478.626</x:v>
+        <x:v>530.604</x:v>
       </x:c>
       <x:c r="E209" s="0">
-        <x:v>563.09</x:v>
+        <x:v>624.24</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:5">
       <x:c r="A210" s="1">
-        <x:v>45616.9246643518</x:v>
+        <x:v>45642.3397685185</x:v>
       </x:c>
       <x:c r="B210" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C210" s="0">
-        <x:v>7.88</x:v>
+        <x:v>12.7</x:v>
       </x:c>
       <x:c r="D210" s="0">
-        <x:v>480.692</x:v>
+        <x:v>527.298</x:v>
       </x:c>
       <x:c r="E210" s="0">
-        <x:v>565.52</x:v>
+        <x:v>620.35</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:5">
       <x:c r="A211" s="1">
-        <x:v>45615.9253009259</x:v>
+        <x:v>45639.9310532407</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C211" s="0">
-        <x:v>7.53</x:v>
+        <x:v>12.58</x:v>
       </x:c>
       <x:c r="D211" s="0">
-        <x:v>476.926</x:v>
+        <x:v>527.298</x:v>
       </x:c>
       <x:c r="E211" s="0">
-        <x:v>561.09</x:v>
+        <x:v>620.35</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:5">
       <x:c r="A212" s="1">
-        <x:v>45614.924212963</x:v>
+        <x:v>45638.9302777778</x:v>
       </x:c>
       <x:c r="B212" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C212" s="0">
-        <x:v>7.03</x:v>
+        <x:v>13.98</x:v>
       </x:c>
       <x:c r="D212" s="0">
-        <x:v>471.24</x:v>
+        <x:v>536.172</x:v>
       </x:c>
       <x:c r="E212" s="0">
-        <x:v>554.4</x:v>
+        <x:v>630.79</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:5">
       <x:c r="A213" s="1">
-        <x:v>45611.9273958333</x:v>
+        <x:v>45637.9260069444</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C213" s="0">
-        <x:v>7.03</x:v>
+        <x:v>14.25</x:v>
       </x:c>
       <x:c r="D213" s="0">
-        <x:v>470.968</x:v>
+        <x:v>537.778</x:v>
       </x:c>
       <x:c r="E213" s="0">
-        <x:v>554.08</x:v>
+        <x:v>632.68</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:5">
       <x:c r="A214" s="1">
-        <x:v>45610.9252662037</x:v>
+        <x:v>45636.9246527778</x:v>
       </x:c>
       <x:c r="B214" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C214" s="0">
-        <x:v>9.27</x:v>
+        <x:v>12.63</x:v>
       </x:c>
       <x:c r="D214" s="0">
-        <x:v>490.586</x:v>
+        <x:v>526.422</x:v>
       </x:c>
       <x:c r="E214" s="0">
-        <x:v>577.16</x:v>
+        <x:v>619.32</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:5">
       <x:c r="A215" s="1">
-        <x:v>45609.9228587963</x:v>
+        <x:v>45635.9292939815</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C215" s="0">
-        <x:v>9.56</x:v>
+        <x:v>11.97</x:v>
       </x:c>
       <x:c r="D215" s="0">
-        <x:v>493</x:v>
+        <x:v>521.534</x:v>
       </x:c>
       <x:c r="E215" s="0">
-        <x:v>580</x:v>
+        <x:v>613.57</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:5">
       <x:c r="A216" s="1">
-        <x:v>45608.9377893519</x:v>
+        <x:v>45632.930162037</x:v>
       </x:c>
       <x:c r="B216" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C216" s="0">
-        <x:v>10.07</x:v>
+        <x:v>13.33</x:v>
       </x:c>
       <x:c r="D216" s="0">
-        <x:v>497.097</x:v>
+        <x:v>530.204</x:v>
       </x:c>
       <x:c r="E216" s="0">
-        <x:v>584.82</x:v>
+        <x:v>623.77</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:5">
       <x:c r="A217" s="1">
-        <x:v>45607.9260648148</x:v>
+        <x:v>45631.9230439815</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C217" s="0">
-        <x:v>9.91</x:v>
+        <x:v>11.64</x:v>
       </x:c>
       <x:c r="D217" s="0">
-        <x:v>495.694</x:v>
+        <x:v>517.59</x:v>
       </x:c>
       <x:c r="E217" s="0">
-        <x:v>583.17</x:v>
+        <x:v>608.93</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:5">
       <x:c r="A218" s="1">
-        <x:v>45604.925625</x:v>
+        <x:v>45630.9239583333</x:v>
       </x:c>
       <x:c r="B218" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C218" s="0">
-        <x:v>10.61</x:v>
+        <x:v>12.23</x:v>
       </x:c>
       <x:c r="D218" s="0">
-        <x:v>500.939</x:v>
+        <x:v>521.713</x:v>
       </x:c>
       <x:c r="E218" s="0">
-        <x:v>589.34</x:v>
+        <x:v>613.78</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:5">
       <x:c r="A219" s="1">
-        <x:v>45603.923900463</x:v>
+        <x:v>45628.9241666667</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C219" s="0">
-        <x:v>10.89</x:v>
+        <x:v>10.11</x:v>
       </x:c>
       <x:c r="D219" s="0">
-        <x:v>502.945</x:v>
+        <x:v>503.906</x:v>
       </x:c>
       <x:c r="E219" s="0">
-        <x:v>591.7</x:v>
+        <x:v>592.83</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:5">
       <x:c r="A220" s="1">
-        <x:v>45602.925625</x:v>
+        <x:v>45625.8309143518</x:v>
       </x:c>
       <x:c r="B220" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C220" s="0">
-        <x:v>9.04</x:v>
+        <x:v>8.5</x:v>
       </x:c>
       <x:c r="D220" s="0">
-        <x:v>486.242</x:v>
+        <x:v>488.172</x:v>
       </x:c>
       <x:c r="E220" s="0">
-        <x:v>572.05</x:v>
+        <x:v>574.32</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:5">
       <x:c r="A221" s="1">
-        <x:v>45601.9256481481</x:v>
+        <x:v>45623.9383449074</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C221" s="0">
-        <x:v>9.08</x:v>
+        <x:v>8.08</x:v>
       </x:c>
       <x:c r="D221" s="0">
-        <x:v>486.566</x:v>
+        <x:v>483.82</x:v>
       </x:c>
       <x:c r="E221" s="0">
-        <x:v>572.43</x:v>
+        <x:v>569.2</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:5">
       <x:c r="A222" s="1">
-        <x:v>45600.9294560185</x:v>
+        <x:v>45622.9256134259</x:v>
       </x:c>
       <x:c r="B222" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C222" s="0">
-        <x:v>8.08</x:v>
+        <x:v>8.47</x:v>
       </x:c>
       <x:c r="D222" s="0">
-        <x:v>476.578</x:v>
+        <x:v>487.509</x:v>
       </x:c>
       <x:c r="E222" s="0">
-        <x:v>560.68</x:v>
+        <x:v>573.54</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:5">
       <x:c r="A223" s="1">
-        <x:v>45597.8878240741</x:v>
+        <x:v>45621.9280439815</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C223" s="0">
-        <x:v>8.7</x:v>
+        <x:v>7.78</x:v>
       </x:c>
       <x:c r="D223" s="0">
-        <x:v>482.086</x:v>
+        <x:v>480.344</x:v>
       </x:c>
       <x:c r="E223" s="0">
-        <x:v>567.16</x:v>
+        <x:v>565.11</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:5">
       <x:c r="A224" s="1">
-        <x:v>45596.8871180556</x:v>
+        <x:v>45618.9261574074</x:v>
       </x:c>
       <x:c r="B224" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C224" s="0">
-        <x:v>8.75</x:v>
+        <x:v>7.34</x:v>
       </x:c>
       <x:c r="D224" s="0">
-        <x:v>482.443</x:v>
+        <x:v>475.269</x:v>
       </x:c>
       <x:c r="E224" s="0">
-        <x:v>567.58</x:v>
+        <x:v>559.14</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:5">
       <x:c r="A225" s="1">
-        <x:v>45595.8839930556</x:v>
+        <x:v>45617.9238194444</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C225" s="0">
-        <x:v>11.62</x:v>
+        <x:v>7.67</x:v>
       </x:c>
       <x:c r="D225" s="0">
-        <x:v>503.03</x:v>
+        <x:v>478.626</x:v>
       </x:c>
       <x:c r="E225" s="0">
-        <x:v>591.8</x:v>
+        <x:v>563.09</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:5">
       <x:c r="A226" s="1">
-        <x:v>45594.8862962963</x:v>
+        <x:v>45616.9246643518</x:v>
       </x:c>
       <x:c r="B226" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C226" s="0">
-        <x:v>11.81</x:v>
+        <x:v>7.88</x:v>
       </x:c>
       <x:c r="D226" s="0">
-        <x:v>504.288</x:v>
+        <x:v>480.692</x:v>
       </x:c>
       <x:c r="E226" s="0">
-        <x:v>593.28</x:v>
+        <x:v>565.52</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:5">
       <x:c r="A227" s="1">
-        <x:v>45593.8878125</x:v>
+        <x:v>45615.9253009259</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C227" s="0">
-        <x:v>10.22</x:v>
+        <x:v>7.53</x:v>
       </x:c>
       <x:c r="D227" s="0">
-        <x:v>491.436</x:v>
+        <x:v>476.926</x:v>
       </x:c>
       <x:c r="E227" s="0">
-        <x:v>578.16</x:v>
+        <x:v>561.09</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:5">
       <x:c r="A228" s="1">
-        <x:v>45590.9259259259</x:v>
+        <x:v>45614.924212963</x:v>
       </x:c>
       <x:c r="B228" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C228" s="0">
-        <x:v>9.75</x:v>
+        <x:v>7.03</x:v>
       </x:c>
       <x:c r="D228" s="0">
-        <x:v>487.262</x:v>
+        <x:v>471.24</x:v>
       </x:c>
       <x:c r="E228" s="0">
-        <x:v>573.25</x:v>
+        <x:v>554.4</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:5">
       <x:c r="A229" s="1">
-        <x:v>45589.9268287037</x:v>
+        <x:v>45611.9273958333</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C229" s="0">
-        <x:v>9.23</x:v>
+        <x:v>7.03</x:v>
       </x:c>
       <x:c r="D229" s="0">
-        <x:v>482.613</x:v>
+        <x:v>470.968</x:v>
       </x:c>
       <x:c r="E229" s="0">
-        <x:v>567.78</x:v>
+        <x:v>554.08</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:5">
       <x:c r="A230" s="1">
-        <x:v>45588.9251041667</x:v>
+        <x:v>45610.9252662037</x:v>
       </x:c>
       <x:c r="B230" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C230" s="0">
-        <x:v>8.85</x:v>
+        <x:v>9.27</x:v>
       </x:c>
       <x:c r="D230" s="0">
-        <x:v>479.136</x:v>
+        <x:v>490.586</x:v>
       </x:c>
       <x:c r="E230" s="0">
-        <x:v>563.69</x:v>
+        <x:v>577.16</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:5">
       <x:c r="A231" s="1">
-        <x:v>45587.928587963</x:v>
+        <x:v>45609.9228587963</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C231" s="0">
-        <x:v>10.93</x:v>
+        <x:v>9.56</x:v>
       </x:c>
       <x:c r="D231" s="0">
-        <x:v>494.708</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="E231" s="0">
-        <x:v>582.01</x:v>
+        <x:v>580</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:5">
       <x:c r="A232" s="1">
-        <x:v>45586.9257407407</x:v>
+        <x:v>45608.9377893519</x:v>
       </x:c>
       <x:c r="B232" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C232" s="0">
-        <x:v>10.21</x:v>
+        <x:v>10.07</x:v>
       </x:c>
       <x:c r="D232" s="0">
-        <x:v>488.886</x:v>
+        <x:v>497.097</x:v>
       </x:c>
       <x:c r="E232" s="0">
-        <x:v>575.16</x:v>
+        <x:v>584.82</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:5">
       <x:c r="A233" s="1">
-        <x:v>45582.9404050926</x:v>
+        <x:v>45607.9260648148</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C233" s="0">
-        <x:v>10.45</x:v>
+        <x:v>9.91</x:v>
       </x:c>
       <x:c r="D233" s="0">
-        <x:v>490.39</x:v>
+        <x:v>495.694</x:v>
       </x:c>
       <x:c r="E233" s="0">
-        <x:v>576.93</x:v>
+        <x:v>583.17</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:5">
       <x:c r="A234" s="1">
-        <x:v>45580.939212963</x:v>
+        <x:v>45604.925625</x:v>
       </x:c>
       <x:c r="B234" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C234" s="0">
-        <x:v>11.59</x:v>
+        <x:v>10.61</x:v>
       </x:c>
       <x:c r="D234" s="0">
-        <x:v>498.33</x:v>
+        <x:v>500.939</x:v>
       </x:c>
       <x:c r="E234" s="0">
-        <x:v>586.27</x:v>
+        <x:v>589.34</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:5">
       <x:c r="A235" s="1">
-        <x:v>45579.9269328704</x:v>
+        <x:v>45603.923900463</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C235" s="0">
-        <x:v>12.11</x:v>
+        <x:v>10.89</x:v>
       </x:c>
       <x:c r="D235" s="0">
-        <x:v>501.857</x:v>
+        <x:v>502.945</x:v>
       </x:c>
       <x:c r="E235" s="0">
-        <x:v>590.42</x:v>
+        <x:v>591.7</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:5">
       <x:c r="A236" s="1">
-        <x:v>45576.9277314815</x:v>
+        <x:v>45602.925625</x:v>
       </x:c>
       <x:c r="B236" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C236" s="0">
-        <x:v>12.1</x:v>
+        <x:v>9.04</x:v>
       </x:c>
       <x:c r="D236" s="0">
-        <x:v>501.458</x:v>
+        <x:v>486.242</x:v>
       </x:c>
       <x:c r="E236" s="0">
-        <x:v>589.95</x:v>
+        <x:v>572.05</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:5">
       <x:c r="A237" s="1">
-        <x:v>45575.9297685185</x:v>
+        <x:v>45601.9256481481</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C237" s="0">
-        <x:v>11.4</x:v>
+        <x:v>9.08</x:v>
       </x:c>
       <x:c r="D237" s="0">
-        <x:v>496.256</x:v>
+        <x:v>486.566</x:v>
       </x:c>
       <x:c r="E237" s="0">
-        <x:v>583.83</x:v>
+        <x:v>572.43</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:5">
       <x:c r="A238" s="1">
-        <x:v>45574.9233101852</x:v>
+        <x:v>45600.9294560185</x:v>
       </x:c>
       <x:c r="B238" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C238" s="0">
-        <x:v>12.24</x:v>
+        <x:v>8.08</x:v>
       </x:c>
       <x:c r="D238" s="0">
-        <x:v>501.934</x:v>
+        <x:v>476.578</x:v>
       </x:c>
       <x:c r="E238" s="0">
-        <x:v>590.51</x:v>
+        <x:v>560.68</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:5">
       <x:c r="A239" s="1">
-        <x:v>45573.9227314815</x:v>
+        <x:v>45597.8878240741</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C239" s="0">
-        <x:v>12.56</x:v>
+        <x:v>8.7</x:v>
       </x:c>
       <x:c r="D239" s="0">
-        <x:v>503.956</x:v>
+        <x:v>482.086</x:v>
       </x:c>
       <x:c r="E239" s="0">
-        <x:v>592.89</x:v>
+        <x:v>567.16</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:5">
       <x:c r="A240" s="1">
-        <x:v>45572.9228935185</x:v>
+        <x:v>45596.8871180556</x:v>
       </x:c>
       <x:c r="B240" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C240" s="0">
-        <x:v>11.61</x:v>
+        <x:v>8.75</x:v>
       </x:c>
       <x:c r="D240" s="0">
-        <x:v>497.063</x:v>
+        <x:v>482.443</x:v>
       </x:c>
       <x:c r="E240" s="0">
-        <x:v>584.78</x:v>
+        <x:v>567.58</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:5">
       <x:c r="A241" s="1">
-        <x:v>45569.9240972222</x:v>
+        <x:v>45595.8839930556</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C241" s="0">
-        <x:v>13.13</x:v>
+        <x:v>11.62</x:v>
       </x:c>
       <x:c r="D241" s="0">
-        <x:v>506.549</x:v>
+        <x:v>503.03</x:v>
       </x:c>
       <x:c r="E241" s="0">
-        <x:v>595.94</x:v>
+        <x:v>591.8</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:5">
       <x:c r="A242" s="1">
-        <x:v>45568.9237152778</x:v>
+        <x:v>45594.8862962963</x:v>
       </x:c>
       <x:c r="B242" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C242" s="0">
-        <x:v>11.57</x:v>
+        <x:v>11.81</x:v>
       </x:c>
       <x:c r="D242" s="0">
-        <x:v>495.354</x:v>
+        <x:v>504.288</x:v>
       </x:c>
       <x:c r="E242" s="0">
-        <x:v>582.77</x:v>
+        <x:v>593.28</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:5">
       <x:c r="A243" s="1">
-        <x:v>45567.9236458333</x:v>
+        <x:v>45593.8878125</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C243" s="0">
-        <x:v>10.49</x:v>
+        <x:v>10.22</x:v>
       </x:c>
       <x:c r="D243" s="0">
-        <x:v>486.888</x:v>
+        <x:v>491.436</x:v>
       </x:c>
       <x:c r="E243" s="0">
-        <x:v>572.81</x:v>
+        <x:v>578.16</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:5">
       <x:c r="A244" s="1">
-        <x:v>45566.9238310185</x:v>
+        <x:v>45590.9259259259</x:v>
       </x:c>
       <x:c r="B244" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C244" s="0">
-        <x:v>10.92</x:v>
+        <x:v>9.75</x:v>
       </x:c>
       <x:c r="D244" s="0">
-        <x:v>490</x:v>
+        <x:v>487.262</x:v>
       </x:c>
       <x:c r="E244" s="0">
-        <x:v>576.47</x:v>
+        <x:v>573.25</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:5">
       <x:c r="A245" s="1">
-        <x:v>45565.9307060185</x:v>
+        <x:v>45589.9268287037</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C245" s="0">
-        <x:v>10.49</x:v>
+        <x:v>9.23</x:v>
       </x:c>
       <x:c r="D245" s="0">
-        <x:v>486.574</x:v>
+        <x:v>482.613</x:v>
       </x:c>
       <x:c r="E245" s="0">
-        <x:v>572.44</x:v>
+        <x:v>567.78</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:5">
       <x:c r="A246" s="1">
-        <x:v>45562.924849537</x:v>
+        <x:v>45588.9251041667</x:v>
       </x:c>
       <x:c r="B246" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C246" s="0">
-        <x:v>9.99</x:v>
+        <x:v>8.85</x:v>
       </x:c>
       <x:c r="D246" s="0">
-        <x:v>482.256</x:v>
+        <x:v>479.136</x:v>
       </x:c>
       <x:c r="E246" s="0">
-        <x:v>567.36</x:v>
+        <x:v>563.69</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:5">
       <x:c r="A247" s="1">
-        <x:v>45561.9242824074</x:v>
+        <x:v>45587.928587963</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C247" s="0">
-        <x:v>10.05</x:v>
+        <x:v>10.93</x:v>
       </x:c>
       <x:c r="D247" s="0">
-        <x:v>482.664</x:v>
+        <x:v>494.708</x:v>
       </x:c>
       <x:c r="E247" s="0">
-        <x:v>567.84</x:v>
+        <x:v>582.01</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:5">
       <x:c r="A248" s="1">
-        <x:v>45560.9242708333</x:v>
+        <x:v>45586.9257407407</x:v>
       </x:c>
       <x:c r="B248" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C248" s="0">
-        <x:v>10.11</x:v>
+        <x:v>10.21</x:v>
       </x:c>
       <x:c r="D248" s="0">
-        <x:v>483.064</x:v>
+        <x:v>488.886</x:v>
       </x:c>
       <x:c r="E248" s="0">
-        <x:v>568.31</x:v>
+        <x:v>575.16</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:5">
       <x:c r="A249" s="1">
-        <x:v>45559.9250694444</x:v>
+        <x:v>45582.9404050926</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C249" s="0">
-        <x:v>9.61</x:v>
+        <x:v>10.45</x:v>
       </x:c>
       <x:c r="D249" s="0">
-        <x:v>478.83</x:v>
+        <x:v>490.39</x:v>
       </x:c>
       <x:c r="E249" s="0">
-        <x:v>563.33</x:v>
+        <x:v>576.93</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:5">
       <x:c r="A250" s="1">
-        <x:v>45558.9281018519</x:v>
+        <x:v>45580.939212963</x:v>
       </x:c>
       <x:c r="B250" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C250" s="0">
-        <x:v>9.74</x:v>
+        <x:v>11.59</x:v>
       </x:c>
       <x:c r="D250" s="0">
-        <x:v>479.748</x:v>
+        <x:v>498.33</x:v>
       </x:c>
       <x:c r="E250" s="0">
-        <x:v>564.41</x:v>
+        <x:v>586.27</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:5">
       <x:c r="A251" s="1">
-        <x:v>45555.9288310185</x:v>
+        <x:v>45579.9269328704</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C251" s="0">
-        <x:v>9.46</x:v>
+        <x:v>12.11</x:v>
       </x:c>
       <x:c r="D251" s="0">
-        <x:v>477.148</x:v>
+        <x:v>501.857</x:v>
       </x:c>
       <x:c r="E251" s="0">
-        <x:v>561.35</x:v>
+        <x:v>590.42</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:5">
       <x:c r="A252" s="1">
-        <x:v>45554.9249074074</x:v>
+        <x:v>45576.9277314815</x:v>
       </x:c>
       <x:c r="B252" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C252" s="0">
-        <x:v>9.25</x:v>
+        <x:v>12.1</x:v>
       </x:c>
       <x:c r="D252" s="0">
-        <x:v>475.235</x:v>
+        <x:v>501.458</x:v>
       </x:c>
       <x:c r="E252" s="0">
-        <x:v>559.1</x:v>
+        <x:v>589.95</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:5">
       <x:c r="A253" s="1">
-        <x:v>45553.9237847222</x:v>
+        <x:v>45575.9297685185</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C253" s="0">
-        <x:v>7.49</x:v>
+        <x:v>11.4</x:v>
       </x:c>
       <x:c r="D253" s="0">
-        <x:v>457.258</x:v>
+        <x:v>496.256</x:v>
       </x:c>
       <x:c r="E253" s="0">
-        <x:v>537.95</x:v>
+        <x:v>583.83</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:5">
       <x:c r="A254" s="1">
-        <x:v>45552.9224537037</x:v>
+        <x:v>45574.9233101852</x:v>
       </x:c>
       <x:c r="B254" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C254" s="0">
-        <x:v>7.36</x:v>
+        <x:v>12.24</x:v>
       </x:c>
       <x:c r="D254" s="0">
-        <x:v>455.868</x:v>
+        <x:v>501.934</x:v>
       </x:c>
       <x:c r="E254" s="0">
-        <x:v>536.315</x:v>
+        <x:v>590.51</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:5">
       <x:c r="A255" s="1">
-        <x:v>45551.9244444444</x:v>
+        <x:v>45573.9227314815</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C255" s="0">
-        <x:v>7.13</x:v>
+        <x:v>12.56</x:v>
       </x:c>
       <x:c r="D255" s="0">
-        <x:v>453.288</x:v>
+        <x:v>503.956</x:v>
       </x:c>
       <x:c r="E255" s="0">
-        <x:v>533.28</x:v>
+        <x:v>592.89</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:5">
       <x:c r="A256" s="1">
-        <x:v>45551.332337963</x:v>
+        <x:v>45572.9228935185</x:v>
       </x:c>
       <x:c r="B256" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C256" s="0">
-        <x:v>6.36</x:v>
+        <x:v>11.61</x:v>
       </x:c>
       <x:c r="D256" s="0">
-        <x:v>445.927</x:v>
+        <x:v>497.063</x:v>
       </x:c>
       <x:c r="E256" s="0">
-        <x:v>524.62</x:v>
+        <x:v>584.78</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:5">
       <x:c r="A257" s="1">
-        <x:v>45547.9299189815</x:v>
+        <x:v>45569.9240972222</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C257" s="0">
-        <x:v>6.57</x:v>
+        <x:v>13.13</x:v>
       </x:c>
       <x:c r="D257" s="0">
-        <x:v>446.76</x:v>
+        <x:v>506.549</x:v>
       </x:c>
       <x:c r="E257" s="0">
-        <x:v>525.6</x:v>
+        <x:v>595.94</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:5">
       <x:c r="A258" s="1">
-        <x:v>45546.9263078704</x:v>
+        <x:v>45568.9237152778</x:v>
       </x:c>
       <x:c r="B258" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C258" s="0">
-        <x:v>5.66</x:v>
+        <x:v>11.57</x:v>
       </x:c>
       <x:c r="D258" s="0">
-        <x:v>435.056</x:v>
+        <x:v>495.354</x:v>
       </x:c>
       <x:c r="E258" s="0">
-        <x:v>511.83</x:v>
+        <x:v>582.77</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:5">
       <x:c r="A259" s="1">
-        <x:v>45545.9252893518</x:v>
+        <x:v>45567.9236458333</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C259" s="0">
-        <x:v>5.23</x:v>
+        <x:v>10.49</x:v>
       </x:c>
       <x:c r="D259" s="0">
-        <x:v>429.072</x:v>
+        <x:v>486.888</x:v>
       </x:c>
       <x:c r="E259" s="0">
-        <x:v>504.79</x:v>
+        <x:v>572.81</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:5">
       <x:c r="A260" s="1">
-        <x:v>45544.9242824074</x:v>
+        <x:v>45566.9238310185</x:v>
       </x:c>
       <x:c r="B260" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C260" s="0">
-        <x:v>5.24</x:v>
+        <x:v>10.92</x:v>
       </x:c>
       <x:c r="D260" s="0">
-        <x:v>429.072</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="E260" s="0">
-        <x:v>504.79</x:v>
+        <x:v>576.47</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:5">
       <x:c r="A261" s="1">
-        <x:v>45541.9261342593</x:v>
+        <x:v>45565.9307060185</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C261" s="0">
-        <x:v>4.98</x:v>
+        <x:v>10.49</x:v>
       </x:c>
       <x:c r="D261" s="0">
-        <x:v>425.23</x:v>
+        <x:v>486.574</x:v>
       </x:c>
       <x:c r="E261" s="0">
-        <x:v>500.27</x:v>
+        <x:v>572.44</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:5">
       <x:c r="A262" s="1">
-        <x:v>45540.9253935185</x:v>
+        <x:v>45562.924849537</x:v>
       </x:c>
       <x:c r="B262" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C262" s="0">
-        <x:v>6.18</x:v>
+        <x:v>9.99</x:v>
       </x:c>
       <x:c r="D262" s="0">
-        <x:v>439.331</x:v>
+        <x:v>482.256</x:v>
       </x:c>
       <x:c r="E262" s="0">
-        <x:v>516.86</x:v>
+        <x:v>567.36</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:5">
       <x:c r="A263" s="1">
-        <x:v>45539.9231365741</x:v>
+        <x:v>45561.9242824074</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C263" s="0">
-        <x:v>5.91</x:v>
+        <x:v>10.05</x:v>
       </x:c>
       <x:c r="D263" s="0">
-        <x:v>435.829</x:v>
+        <x:v>482.664</x:v>
       </x:c>
       <x:c r="E263" s="0">
-        <x:v>512.74</x:v>
+        <x:v>567.84</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:5">
       <x:c r="A264" s="1">
-        <x:v>45534.9322222222</x:v>
+        <x:v>45560.9242708333</x:v>
       </x:c>
       <x:c r="B264" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C264" s="0">
-        <x:v>6.6</x:v>
+        <x:v>10.11</x:v>
       </x:c>
       <x:c r="D264" s="0">
-        <x:v>443.114</x:v>
+        <x:v>483.064</x:v>
       </x:c>
       <x:c r="E264" s="0">
-        <x:v>521.31</x:v>
+        <x:v>568.31</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:5">
       <x:c r="A265" s="1">
-        <x:v>45533.930462963</x:v>
+        <x:v>45559.9250694444</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C265" s="0">
-        <x:v>6.38</x:v>
+        <x:v>9.61</x:v>
       </x:c>
       <x:c r="D265" s="0">
-        <x:v>440.487</x:v>
+        <x:v>478.83</x:v>
       </x:c>
       <x:c r="E265" s="0">
-        <x:v>518.22</x:v>
+        <x:v>563.33</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:5">
       <x:c r="A266" s="1">
-        <x:v>45532.9225462963</x:v>
+        <x:v>45558.9281018519</x:v>
       </x:c>
       <x:c r="B266" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C266" s="0">
-        <x:v>6.29</x:v>
+        <x:v>9.74</x:v>
       </x:c>
       <x:c r="D266" s="0">
-        <x:v>439.263</x:v>
+        <x:v>479.748</x:v>
       </x:c>
       <x:c r="E266" s="0">
-        <x:v>516.78</x:v>
+        <x:v>564.41</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:5">
       <x:c r="A267" s="1">
-        <x:v>45531.9245138889</x:v>
+        <x:v>45555.9288310185</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C267" s="0">
-        <x:v>6.47</x:v>
+        <x:v>9.46</x:v>
       </x:c>
       <x:c r="D267" s="0">
-        <x:v>441.235</x:v>
+        <x:v>477.148</x:v>
       </x:c>
       <x:c r="E267" s="0">
-        <x:v>519.1</x:v>
+        <x:v>561.35</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:5">
       <x:c r="A268" s="1">
-        <x:v>45530.924212963</x:v>
+        <x:v>45554.9249074074</x:v>
       </x:c>
       <x:c r="B268" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C268" s="0">
-        <x:v>6.63</x:v>
+        <x:v>9.25</x:v>
       </x:c>
       <x:c r="D268" s="0">
-        <x:v>442.952</x:v>
+        <x:v>475.235</x:v>
       </x:c>
       <x:c r="E268" s="0">
-        <x:v>521.12</x:v>
+        <x:v>559.1</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:5">
       <x:c r="A269" s="1">
-        <x:v>45527.9240162037</x:v>
+        <x:v>45553.9237847222</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C269" s="0">
-        <x:v>7.22</x:v>
+        <x:v>7.49</x:v>
       </x:c>
       <x:c r="D269" s="0">
-        <x:v>448.8</x:v>
+        <x:v>457.258</x:v>
       </x:c>
       <x:c r="E269" s="0">
-        <x:v>528</x:v>
+        <x:v>537.95</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:5">
       <x:c r="A270" s="1">
-        <x:v>45526.9255671296</x:v>
+        <x:v>45552.9224537037</x:v>
       </x:c>
       <x:c r="B270" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C270" s="0">
-        <x:v>7.57</x:v>
+        <x:v>7.36</x:v>
       </x:c>
       <x:c r="D270" s="0">
-        <x:v>452.14</x:v>
+        <x:v>455.868</x:v>
       </x:c>
       <x:c r="E270" s="0">
-        <x:v>531.93</x:v>
+        <x:v>536.315</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:5">
       <x:c r="A271" s="1">
-        <x:v>45525.923287037</x:v>
+        <x:v>45551.9244444444</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C271" s="0">
-        <x:v>7.86</x:v>
+        <x:v>7.13</x:v>
       </x:c>
       <x:c r="D271" s="0">
-        <x:v>454.886</x:v>
+        <x:v>453.288</x:v>
       </x:c>
       <x:c r="E271" s="0">
-        <x:v>535.16</x:v>
+        <x:v>533.28</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:5">
       <x:c r="A272" s="1">
-        <x:v>45524.9226736111</x:v>
+        <x:v>45551.332337963</x:v>
       </x:c>
       <x:c r="B272" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C272" s="0">
-        <x:v>7.18</x:v>
+        <x:v>6.36</x:v>
       </x:c>
       <x:c r="D272" s="0">
-        <x:v>447.72</x:v>
+        <x:v>445.927</x:v>
       </x:c>
       <x:c r="E272" s="0">
-        <x:v>526.73</x:v>
+        <x:v>524.62</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:5">
       <x:c r="A273" s="1">
-        <x:v>45523.9245138889</x:v>
+        <x:v>45547.9299189815</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C273" s="0">
-        <x:v>7.4</x:v>
+        <x:v>6.57</x:v>
       </x:c>
       <x:c r="D273" s="0">
-        <x:v>448.307</x:v>
+        <x:v>446.76</x:v>
       </x:c>
       <x:c r="E273" s="0">
-        <x:v>527.42</x:v>
+        <x:v>525.6</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:5">
       <x:c r="A274" s="1">
-        <x:v>45520.9331018518</x:v>
+        <x:v>45546.9263078704</x:v>
       </x:c>
       <x:c r="B274" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C274" s="0">
-        <x:v>7.28</x:v>
+        <x:v>5.66</x:v>
       </x:c>
       <x:c r="D274" s="0">
-        <x:v>448.307</x:v>
+        <x:v>435.056</x:v>
       </x:c>
       <x:c r="E274" s="0">
-        <x:v>527.42</x:v>
+        <x:v>511.83</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:5">
       <x:c r="A275" s="1">
-        <x:v>45519.9272569444</x:v>
+        <x:v>45545.9252893518</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C275" s="0">
-        <x:v>8.19</x:v>
+        <x:v>5.23</x:v>
       </x:c>
       <x:c r="D275" s="0">
-        <x:v>456.73</x:v>
+        <x:v>429.072</x:v>
       </x:c>
       <x:c r="E275" s="0">
-        <x:v>537.33</x:v>
+        <x:v>504.79</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:5">
       <x:c r="A276" s="1">
-        <x:v>45518.9339930556</x:v>
+        <x:v>45544.9242824074</x:v>
       </x:c>
       <x:c r="B276" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C276" s="0">
-        <x:v>7.32</x:v>
+        <x:v>5.24</x:v>
       </x:c>
       <x:c r="D276" s="0">
-        <x:v>447.746</x:v>
+        <x:v>429.072</x:v>
       </x:c>
       <x:c r="E276" s="0">
-        <x:v>526.76</x:v>
+        <x:v>504.79</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:5">
       <x:c r="A277" s="1">
-        <x:v>45517.931712963</x:v>
+        <x:v>45541.9261342593</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C277" s="0">
-        <x:v>7.48</x:v>
+        <x:v>4.98</x:v>
       </x:c>
       <x:c r="D277" s="0">
-        <x:v>449.259</x:v>
+        <x:v>425.23</x:v>
       </x:c>
       <x:c r="E277" s="0">
-        <x:v>528.54</x:v>
+        <x:v>500.27</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:5">
       <x:c r="A278" s="1">
-        <x:v>45516.9273958333</x:v>
+        <x:v>45540.9253935185</x:v>
       </x:c>
       <x:c r="B278" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C278" s="0">
-        <x:v>6.53</x:v>
+        <x:v>6.18</x:v>
       </x:c>
       <x:c r="D278" s="0">
-        <x:v>438.558</x:v>
+        <x:v>439.331</x:v>
       </x:c>
       <x:c r="E278" s="0">
-        <x:v>515.95</x:v>
+        <x:v>516.86</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:5">
       <x:c r="A279" s="1">
-        <x:v>45513.93</x:v>
+        <x:v>45539.9231365741</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C279" s="0">
-        <x:v>6.7</x:v>
+        <x:v>5.91</x:v>
       </x:c>
       <x:c r="D279" s="0">
-        <x:v>440.104</x:v>
+        <x:v>435.829</x:v>
       </x:c>
       <x:c r="E279" s="0">
-        <x:v>517.77</x:v>
+        <x:v>512.74</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:5">
       <x:c r="A280" s="1">
-        <x:v>45512.9331597222</x:v>
+        <x:v>45534.9322222222</x:v>
       </x:c>
       <x:c r="B280" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C280" s="0">
-        <x:v>6.12</x:v>
+        <x:v>6.6</x:v>
       </x:c>
       <x:c r="D280" s="0">
-        <x:v>433.186</x:v>
+        <x:v>443.114</x:v>
       </x:c>
       <x:c r="E280" s="0">
-        <x:v>509.63</x:v>
+        <x:v>521.31</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:5">
       <x:c r="A281" s="1">
-        <x:v>45511.9284375</x:v>
+        <x:v>45533.930462963</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C281" s="0">
-        <x:v>4.88</x:v>
+        <x:v>6.38</x:v>
       </x:c>
       <x:c r="D281" s="0">
-        <x:v>415.582</x:v>
+        <x:v>440.487</x:v>
       </x:c>
       <x:c r="E281" s="0">
-        <x:v>488.92</x:v>
+        <x:v>518.22</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:5">
       <x:c r="A282" s="1">
-        <x:v>45510.9305439815</x:v>
+        <x:v>45532.9225462963</x:v>
       </x:c>
       <x:c r="B282" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C282" s="0">
-        <x:v>5.22</x:v>
+        <x:v>6.29</x:v>
       </x:c>
       <x:c r="D282" s="0">
-        <x:v>419.976</x:v>
+        <x:v>439.263</x:v>
       </x:c>
       <x:c r="E282" s="0">
-        <x:v>494.09</x:v>
+        <x:v>516.78</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:5">
       <x:c r="A283" s="1">
-        <x:v>45509.9290162037</x:v>
+        <x:v>45531.9245138889</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C283" s="0">
-        <x:v>4.24</x:v>
+        <x:v>6.47</x:v>
       </x:c>
       <x:c r="D283" s="0">
-        <x:v>404.37</x:v>
+        <x:v>441.235</x:v>
       </x:c>
       <x:c r="E283" s="0">
-        <x:v>475.73</x:v>
+        <x:v>519.1</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:5">
       <x:c r="A284" s="1">
-        <x:v>45506.9320717593</x:v>
+        <x:v>45530.924212963</x:v>
       </x:c>
       <x:c r="B284" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C284" s="0">
-        <x:v>5.03</x:v>
+        <x:v>6.63</x:v>
       </x:c>
       <x:c r="D284" s="0">
-        <x:v>414.919</x:v>
+        <x:v>442.952</x:v>
       </x:c>
       <x:c r="E284" s="0">
-        <x:v>488.14</x:v>
+        <x:v>521.12</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:5">
       <x:c r="A285" s="1">
-        <x:v>45505.9288773148</x:v>
+        <x:v>45527.9240162037</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C285" s="0">
-        <x:v>5.69</x:v>
+        <x:v>7.22</x:v>
       </x:c>
       <x:c r="D285" s="0">
-        <x:v>423.079</x:v>
+        <x:v>448.8</x:v>
       </x:c>
       <x:c r="E285" s="0">
-        <x:v>497.74</x:v>
+        <x:v>528</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:5">
       <x:c r="A286" s="1">
-        <x:v>45504.930474537</x:v>
+        <x:v>45526.9255671296</x:v>
       </x:c>
       <x:c r="B286" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C286" s="0">
-        <x:v>4.42</x:v>
+        <x:v>7.57</x:v>
       </x:c>
       <x:c r="D286" s="0">
-        <x:v>403.606</x:v>
+        <x:v>452.14</x:v>
       </x:c>
       <x:c r="E286" s="0">
-        <x:v>474.83</x:v>
+        <x:v>531.93</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:5">
       <x:c r="A287" s="1">
-        <x:v>45503.9262152778</x:v>
+        <x:v>45525.923287037</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C287" s="0">
-        <x:v>3.84</x:v>
+        <x:v>7.86</x:v>
       </x:c>
       <x:c r="D287" s="0">
-        <x:v>393.712</x:v>
+        <x:v>454.886</x:v>
       </x:c>
       <x:c r="E287" s="0">
-        <x:v>463.19</x:v>
+        <x:v>535.16</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:5">
       <x:c r="A288" s="1">
-        <x:v>45502.9221180556</x:v>
+        <x:v>45524.9226736111</x:v>
       </x:c>
       <x:c r="B288" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C288" s="0">
-        <x:v>3.98</x:v>
+        <x:v>7.18</x:v>
       </x:c>
       <x:c r="D288" s="0">
-        <x:v>395.854</x:v>
+        <x:v>447.72</x:v>
       </x:c>
       <x:c r="E288" s="0">
-        <x:v>465.71</x:v>
+        <x:v>526.73</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:5">
       <x:c r="A289" s="1">
-        <x:v>45499.9228472222</x:v>
+        <x:v>45523.9245138889</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C289" s="0">
-        <x:v>3.99</x:v>
+        <x:v>7.4</x:v>
       </x:c>
       <x:c r="D289" s="0">
-        <x:v>395.845</x:v>
+        <x:v>448.307</x:v>
       </x:c>
       <x:c r="E289" s="0">
-        <x:v>465.7</x:v>
+        <x:v>527.42</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:5">
       <x:c r="A290" s="1">
-        <x:v>45498.9225578704</x:v>
+        <x:v>45520.9331018518</x:v>
       </x:c>
       <x:c r="B290" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C290" s="0">
-        <x:v>3.44</x:v>
+        <x:v>7.28</x:v>
       </x:c>
       <x:c r="D290" s="0">
-        <x:v>385.398</x:v>
+        <x:v>448.307</x:v>
       </x:c>
       <x:c r="E290" s="0">
-        <x:v>453.41</x:v>
+        <x:v>527.42</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:5">
       <x:c r="A291" s="1">
-        <x:v>45497.9292824074</x:v>
+        <x:v>45519.9272569444</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C291" s="0">
-        <x:v>3.84</x:v>
+        <x:v>8.19</x:v>
       </x:c>
       <x:c r="D291" s="0">
-        <x:v>392.08</x:v>
+        <x:v>456.73</x:v>
       </x:c>
       <x:c r="E291" s="0">
-        <x:v>461.27</x:v>
+        <x:v>537.33</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:5">
       <x:c r="A292" s="1">
-        <x:v>45496.9225347222</x:v>
+        <x:v>45518.9339930556</x:v>
       </x:c>
       <x:c r="B292" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C292" s="0">
-        <x:v>5.79</x:v>
+        <x:v>7.32</x:v>
       </x:c>
       <x:c r="D292" s="0">
-        <x:v>415.386</x:v>
+        <x:v>447.746</x:v>
       </x:c>
       <x:c r="E292" s="0">
-        <x:v>488.69</x:v>
+        <x:v>526.76</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:5">
       <x:c r="A293" s="1">
-        <x:v>45495.9267592593</x:v>
+        <x:v>45517.931712963</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C293" s="0">
-        <x:v>5.71</x:v>
+        <x:v>7.48</x:v>
       </x:c>
       <x:c r="D293" s="0">
-        <x:v>414.29</x:v>
+        <x:v>449.259</x:v>
       </x:c>
       <x:c r="E293" s="0">
-        <x:v>487.4</x:v>
+        <x:v>528.54</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:5">
       <x:c r="A294" s="1">
-        <x:v>45492.9245138889</x:v>
+        <x:v>45516.9273958333</x:v>
       </x:c>
       <x:c r="B294" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C294" s="0">
-        <x:v>5.05</x:v>
+        <x:v>6.53</x:v>
       </x:c>
       <x:c r="D294" s="0">
-        <x:v>405.272</x:v>
+        <x:v>438.558</x:v>
       </x:c>
       <x:c r="E294" s="0">
-        <x:v>476.79</x:v>
+        <x:v>515.95</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:5">
       <x:c r="A295" s="1">
+        <x:v>45513.93</x:v>
+      </x:c>
+      <x:c r="B295" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C295" s="0">
+        <x:v>6.7</x:v>
+      </x:c>
+      <x:c r="D295" s="0">
+        <x:v>440.104</x:v>
+      </x:c>
+      <x:c r="E295" s="0">
+        <x:v>517.77</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="296" spans="1:5">
+      <x:c r="A296" s="1">
+        <x:v>45512.9331597222</x:v>
+      </x:c>
+      <x:c r="B296" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C296" s="0">
+        <x:v>6.12</x:v>
+      </x:c>
+      <x:c r="D296" s="0">
+        <x:v>433.186</x:v>
+      </x:c>
+      <x:c r="E296" s="0">
+        <x:v>509.63</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="297" spans="1:5">
+      <x:c r="A297" s="1">
+        <x:v>45511.9284375</x:v>
+      </x:c>
+      <x:c r="B297" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C297" s="0">
+        <x:v>4.88</x:v>
+      </x:c>
+      <x:c r="D297" s="0">
+        <x:v>415.582</x:v>
+      </x:c>
+      <x:c r="E297" s="0">
+        <x:v>488.92</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="298" spans="1:5">
+      <x:c r="A298" s="1">
+        <x:v>45510.9305439815</x:v>
+      </x:c>
+      <x:c r="B298" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C298" s="0">
+        <x:v>5.22</x:v>
+      </x:c>
+      <x:c r="D298" s="0">
+        <x:v>419.976</x:v>
+      </x:c>
+      <x:c r="E298" s="0">
+        <x:v>494.09</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="299" spans="1:5">
+      <x:c r="A299" s="1">
+        <x:v>45509.9290162037</x:v>
+      </x:c>
+      <x:c r="B299" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C299" s="0">
+        <x:v>4.24</x:v>
+      </x:c>
+      <x:c r="D299" s="0">
+        <x:v>404.37</x:v>
+      </x:c>
+      <x:c r="E299" s="0">
+        <x:v>475.73</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="300" spans="1:5">
+      <x:c r="A300" s="1">
+        <x:v>45506.9320717593</x:v>
+      </x:c>
+      <x:c r="B300" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C300" s="0">
+        <x:v>5.03</x:v>
+      </x:c>
+      <x:c r="D300" s="0">
+        <x:v>414.919</x:v>
+      </x:c>
+      <x:c r="E300" s="0">
+        <x:v>488.14</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="301" spans="1:5">
+      <x:c r="A301" s="1">
+        <x:v>45505.9288773148</x:v>
+      </x:c>
+      <x:c r="B301" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C301" s="0">
+        <x:v>5.69</x:v>
+      </x:c>
+      <x:c r="D301" s="0">
+        <x:v>423.079</x:v>
+      </x:c>
+      <x:c r="E301" s="0">
+        <x:v>497.74</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="302" spans="1:5">
+      <x:c r="A302" s="1">
+        <x:v>45504.930474537</x:v>
+      </x:c>
+      <x:c r="B302" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C302" s="0">
+        <x:v>4.42</x:v>
+      </x:c>
+      <x:c r="D302" s="0">
+        <x:v>403.606</x:v>
+      </x:c>
+      <x:c r="E302" s="0">
+        <x:v>474.83</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="303" spans="1:5">
+      <x:c r="A303" s="1">
+        <x:v>45503.9262152778</x:v>
+      </x:c>
+      <x:c r="B303" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C303" s="0">
+        <x:v>3.84</x:v>
+      </x:c>
+      <x:c r="D303" s="0">
+        <x:v>393.712</x:v>
+      </x:c>
+      <x:c r="E303" s="0">
+        <x:v>463.19</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="304" spans="1:5">
+      <x:c r="A304" s="1">
+        <x:v>45502.9221180556</x:v>
+      </x:c>
+      <x:c r="B304" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C304" s="0">
+        <x:v>3.98</x:v>
+      </x:c>
+      <x:c r="D304" s="0">
+        <x:v>395.854</x:v>
+      </x:c>
+      <x:c r="E304" s="0">
+        <x:v>465.71</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="305" spans="1:5">
+      <x:c r="A305" s="1">
+        <x:v>45499.9228472222</x:v>
+      </x:c>
+      <x:c r="B305" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C305" s="0">
+        <x:v>3.99</x:v>
+      </x:c>
+      <x:c r="D305" s="0">
+        <x:v>395.845</x:v>
+      </x:c>
+      <x:c r="E305" s="0">
+        <x:v>465.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="306" spans="1:5">
+      <x:c r="A306" s="1">
+        <x:v>45498.9225578704</x:v>
+      </x:c>
+      <x:c r="B306" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C306" s="0">
+        <x:v>3.44</x:v>
+      </x:c>
+      <x:c r="D306" s="0">
+        <x:v>385.398</x:v>
+      </x:c>
+      <x:c r="E306" s="0">
+        <x:v>453.41</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="307" spans="1:5">
+      <x:c r="A307" s="1">
+        <x:v>45497.9292824074</x:v>
+      </x:c>
+      <x:c r="B307" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C307" s="0">
+        <x:v>3.84</x:v>
+      </x:c>
+      <x:c r="D307" s="0">
+        <x:v>392.08</x:v>
+      </x:c>
+      <x:c r="E307" s="0">
+        <x:v>461.27</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="308" spans="1:5">
+      <x:c r="A308" s="1">
+        <x:v>45496.9225347222</x:v>
+      </x:c>
+      <x:c r="B308" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C308" s="0">
+        <x:v>5.79</x:v>
+      </x:c>
+      <x:c r="D308" s="0">
+        <x:v>415.386</x:v>
+      </x:c>
+      <x:c r="E308" s="0">
+        <x:v>488.69</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="309" spans="1:5">
+      <x:c r="A309" s="1">
+        <x:v>45495.9267592593</x:v>
+      </x:c>
+      <x:c r="B309" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C309" s="0">
+        <x:v>5.71</x:v>
+      </x:c>
+      <x:c r="D309" s="0">
+        <x:v>414.29</x:v>
+      </x:c>
+      <x:c r="E309" s="0">
+        <x:v>487.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="310" spans="1:5">
+      <x:c r="A310" s="1">
+        <x:v>45492.9245138889</x:v>
+      </x:c>
+      <x:c r="B310" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C310" s="0">
+        <x:v>5.05</x:v>
+      </x:c>
+      <x:c r="D310" s="0">
+        <x:v>405.272</x:v>
+      </x:c>
+      <x:c r="E310" s="0">
+        <x:v>476.79</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="311" spans="1:5">
+      <x:c r="A311" s="1">
         <x:v>45491.9233101852</x:v>
       </x:c>
-      <x:c r="B295" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C295" s="0">
+      <x:c r="B311" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C311" s="0">
         <x:v>5</x:v>
       </x:c>
-      <x:c r="D295" s="0">
+      <x:c r="D311" s="0">
         <x:v>404.472</x:v>
       </x:c>
-      <x:c r="E295" s="0">
+      <x:c r="E311" s="0">
         <x:v>475.85</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>