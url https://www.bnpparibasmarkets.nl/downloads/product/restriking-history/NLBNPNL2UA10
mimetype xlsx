--- v1 (2025-10-29)
+++ v2 (2025-12-14)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb96c97a10ef24e77" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3707adb2422441ae99be1ebd83f9f5c8.psmdcp" Id="Rb841ea04c20540a7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb8d9774b2485473c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e7b191f9143a4f2ab3e5338e07c4a99a.psmdcp" Id="R5642cba1c18c45d0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>NLBNPNL2UA10</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -390,5333 +390,5843 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E311"/>
+  <x:dimension ref="A1:E341"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>45958.8875115741</x:v>
+        <x:v>46003.927037037</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
-        <x:v>4.9</x:v>
+        <x:v>1.05</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>638.724</x:v>
+        <x:v>547.596</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>751.44</x:v>
+        <x:v>644.23</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>45957.8875925926</x:v>
+        <x:v>46002.9321180556</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
-        <x:v>4.88</x:v>
+        <x:v>1.14</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>638.197</x:v>
+        <x:v>554.804</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>750.82</x:v>
+        <x:v>652.71</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>45954.9259259259</x:v>
+        <x:v>46001.9271180556</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
-        <x:v>4.45</x:v>
+        <x:v>1.12</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>627.606</x:v>
+        <x:v>552.61</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>738.36</x:v>
+        <x:v>650.13</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>45953.9278587963</x:v>
+        <x:v>46000.9276273148</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
-        <x:v>4.3</x:v>
+        <x:v>1.19</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>623.9</x:v>
+        <x:v>558.416</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>734</x:v>
+        <x:v>656.96</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>45952.9303587963</x:v>
+        <x:v>45996.9307986111</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
-        <x:v>4.28</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>623.398</x:v>
+        <x:v>572.407</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>733.41</x:v>
+        <x:v>673.42</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>45951.9269212963</x:v>
+        <x:v>45995.9303703704</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
-        <x:v>4.28</x:v>
+        <x:v>1.26</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>623.28</x:v>
+        <x:v>562.3</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>733.27</x:v>
+        <x:v>661.53</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>45950.9289699074</x:v>
+        <x:v>45994.9277662037</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
-        <x:v>4.25</x:v>
+        <x:v>1.05</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>622.344</x:v>
+        <x:v>543.66</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>732.17</x:v>
+        <x:v>639.6</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>45947.9300694444</x:v>
+        <x:v>45993.9304050926</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
-        <x:v>3.78</x:v>
+        <x:v>1.13</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>609.378</x:v>
+        <x:v>550.035</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>716.915</x:v>
+        <x:v>647.1</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>45946.9261805556</x:v>
+        <x:v>45992.9296875</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
-        <x:v>3.63</x:v>
+        <x:v>1.07</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>605.26</x:v>
+        <x:v>544.74</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>712.07</x:v>
+        <x:v>640.87</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>45945.9256712963</x:v>
+        <x:v>45989.8196990741</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C12" s="0">
-        <x:v>3.81</x:v>
+        <x:v>1.14</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>609.918</x:v>
+        <x:v>550.758</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>717.55</x:v>
+        <x:v>647.95</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>45944.9308680556</x:v>
+        <x:v>45987.9266087963</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0">
-        <x:v>3.55</x:v>
+        <x:v>1.01</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>602.352</x:v>
+        <x:v>538.568</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>708.65</x:v>
+        <x:v>633.61</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>45943.9267592593</x:v>
+        <x:v>45986.9251157407</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C14" s="0">
-        <x:v>3.77</x:v>
+        <x:v>1.04</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>608.345</x:v>
+        <x:v>540.787</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>715.7</x:v>
+        <x:v>636.22</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>45940.9235069444</x:v>
+        <x:v>45982.9249074074</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
-        <x:v>3.48</x:v>
+        <x:v>0.71</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>599.505</x:v>
+        <x:v>505.112</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>705.3</x:v>
+        <x:v>594.25</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>45938.9271180556</x:v>
+        <x:v>45981.9259722222</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C16" s="0">
-        <x:v>4.01</x:v>
+        <x:v>0.68</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>610.164</x:v>
+        <x:v>500.778</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>717.84</x:v>
+        <x:v>589.15</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>45937.9281828704</x:v>
+        <x:v>45980.9264583333</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C17" s="0">
-        <x:v>3.86</x:v>
+        <x:v>0.69</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>606.118</x:v>
+        <x:v>501.772</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>713.08</x:v>
+        <x:v>590.32</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>45936.924224537</x:v>
+        <x:v>45979.9258680556</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="0">
-        <x:v>3.95</x:v>
+        <x:v>0.74</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>608.311</x:v>
+        <x:v>508.036</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>715.66</x:v>
+        <x:v>597.69</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>45933.9289236111</x:v>
+        <x:v>45978.9282175926</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C19" s="0">
-        <x:v>3.8</x:v>
+        <x:v>0.78</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>603.976</x:v>
+        <x:v>511.708</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>710.56</x:v>
+        <x:v>602.01</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
-        <x:v>45932.9250231481</x:v>
+        <x:v>45975.9258449074</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C20" s="0">
-        <x:v>4.4</x:v>
+        <x:v>0.84</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>617.992</x:v>
+        <x:v>518.041</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>727.05</x:v>
+        <x:v>609.46</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="1">
-        <x:v>45931.9294097222</x:v>
+        <x:v>45974.9248958333</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C21" s="0">
-        <x:v>4.07</x:v>
+        <x:v>0.85</x:v>
       </x:c>
       <x:c r="D21" s="0">
-        <x:v>609.739</x:v>
+        <x:v>518.406</x:v>
       </x:c>
       <x:c r="E21" s="0">
-        <x:v>717.34</x:v>
+        <x:v>609.89</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="1">
-        <x:v>45930.9339814815</x:v>
+        <x:v>45973.9253125</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C22" s="0">
-        <x:v>4.74</x:v>
+        <x:v>0.84</x:v>
       </x:c>
       <x:c r="D22" s="0">
-        <x:v>624.223</x:v>
+        <x:v>517.658</x:v>
       </x:c>
       <x:c r="E22" s="0">
-        <x:v>734.38</x:v>
+        <x:v>609.01</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="1">
-        <x:v>45929.9324074074</x:v>
+        <x:v>45972.9253240741</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C23" s="0">
-        <x:v>5.12</x:v>
+        <x:v>1.02</x:v>
       </x:c>
       <x:c r="D23" s="0">
-        <x:v>631.89</x:v>
+        <x:v>533.018</x:v>
       </x:c>
       <x:c r="E23" s="0">
-        <x:v>743.4</x:v>
+        <x:v>627.08</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="1">
-        <x:v>45926.9299074074</x:v>
+        <x:v>45971.9254282407</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C24" s="0">
-        <x:v>5.15</x:v>
+        <x:v>1.06</x:v>
       </x:c>
       <x:c r="D24" s="0">
-        <x:v>632.188</x:v>
+        <x:v>536.996</x:v>
       </x:c>
       <x:c r="E24" s="0">
-        <x:v>743.75</x:v>
+        <x:v>631.76</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="1">
-        <x:v>45925.9293865741</x:v>
+        <x:v>45968.925474537</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C25" s="0">
-        <x:v>5.37</x:v>
+        <x:v>0.97</x:v>
       </x:c>
       <x:c r="D25" s="0">
-        <x:v>636.574</x:v>
+        <x:v>528.454</x:v>
       </x:c>
       <x:c r="E25" s="0">
-        <x:v>748.91</x:v>
+        <x:v>621.71</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="1">
-        <x:v>45924.9296412037</x:v>
+        <x:v>45967.9277662037</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C26" s="0">
-        <x:v>5.93</x:v>
+        <x:v>0.95</x:v>
       </x:c>
       <x:c r="D26" s="0">
-        <x:v>646.561</x:v>
+        <x:v>526.099</x:v>
       </x:c>
       <x:c r="E26" s="0">
-        <x:v>760.66</x:v>
+        <x:v>618.94</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="1">
-        <x:v>45923.9252314815</x:v>
+        <x:v>45966.9253587963</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C27" s="0">
-        <x:v>5.7</x:v>
+        <x:v>1.13</x:v>
       </x:c>
       <x:c r="D27" s="0">
-        <x:v>642.09</x:v>
+        <x:v>540.558</x:v>
       </x:c>
       <x:c r="E27" s="0">
-        <x:v>755.4</x:v>
+        <x:v>635.95</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="1">
-        <x:v>45922.9266898148</x:v>
+        <x:v>45965.9237731481</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C28" s="0">
-        <x:v>6.18</x:v>
+        <x:v>1.05</x:v>
       </x:c>
       <x:c r="D28" s="0">
-        <x:v>650.018</x:v>
+        <x:v>533.222</x:v>
       </x:c>
       <x:c r="E28" s="0">
-        <x:v>765.16</x:v>
+        <x:v>627.32</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="1">
-        <x:v>45922.3338773148</x:v>
+        <x:v>45964.9228819444</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C29" s="0">
-        <x:v>6.75</x:v>
+        <x:v>1.16</x:v>
       </x:c>
       <x:c r="D29" s="0">
-        <x:v>661.256</x:v>
+        <x:v>542.054</x:v>
       </x:c>
       <x:c r="E29" s="0">
-        <x:v>778.38</x:v>
+        <x:v>637.71</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="1">
-        <x:v>45919.9342939815</x:v>
+        <x:v>45961.8818865741</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C30" s="0">
-        <x:v>6.88</x:v>
+        <x:v>1.29</x:v>
       </x:c>
       <x:c r="D30" s="0">
-        <x:v>661.623</x:v>
+        <x:v>551.098</x:v>
       </x:c>
       <x:c r="E30" s="0">
-        <x:v>778.38</x:v>
+        <x:v>648.35</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="1">
-        <x:v>45918.9266087963</x:v>
+        <x:v>45960.8841087963</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C31" s="0">
-        <x:v>6.99</x:v>
+        <x:v>1.55</x:v>
       </x:c>
       <x:c r="D31" s="0">
-        <x:v>663.212</x:v>
+        <x:v>566.5</x:v>
       </x:c>
       <x:c r="E31" s="0">
-        <x:v>780.25</x:v>
+        <x:v>666.47</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="1">
-        <x:v>45917.9271296296</x:v>
+        <x:v>45959.8898263889</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C32" s="0">
-        <x:v>6.76</x:v>
+        <x:v>4.9</x:v>
       </x:c>
       <x:c r="D32" s="0">
-        <x:v>659.358</x:v>
+        <x:v>638.92</x:v>
       </x:c>
       <x:c r="E32" s="0">
-        <x:v>775.715</x:v>
+        <x:v>751.67</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="1">
-        <x:v>45916.9259490741</x:v>
+        <x:v>45958.8875115741</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C33" s="0">
-        <x:v>6.94</x:v>
+        <x:v>4.9</x:v>
       </x:c>
       <x:c r="D33" s="0">
-        <x:v>662.15</x:v>
+        <x:v>638.724</x:v>
       </x:c>
       <x:c r="E33" s="0">
-        <x:v>779</x:v>
+        <x:v>751.44</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="1">
-        <x:v>45915.9270601852</x:v>
+        <x:v>45957.8875925926</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C34" s="0">
-        <x:v>6.25</x:v>
+        <x:v>4.88</x:v>
       </x:c>
       <x:c r="D34" s="0">
-        <x:v>649.995</x:v>
+        <x:v>638.197</x:v>
       </x:c>
       <x:c r="E34" s="0">
-        <x:v>764.7</x:v>
+        <x:v>750.82</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="1">
-        <x:v>45912.9234259259</x:v>
+        <x:v>45954.9259259259</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C35" s="0">
-        <x:v>5.85</x:v>
+        <x:v>4.45</x:v>
       </x:c>
       <x:c r="D35" s="0">
-        <x:v>642.252</x:v>
+        <x:v>627.606</x:v>
       </x:c>
       <x:c r="E35" s="0">
-        <x:v>755.59</x:v>
+        <x:v>738.36</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="1">
-        <x:v>45911.9251736111</x:v>
+        <x:v>45953.9278587963</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C36" s="0">
-        <x:v>5.64</x:v>
+        <x:v>4.3</x:v>
       </x:c>
       <x:c r="D36" s="0">
-        <x:v>638.265</x:v>
+        <x:v>623.9</x:v>
       </x:c>
       <x:c r="E36" s="0">
-        <x:v>750.9</x:v>
+        <x:v>734</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="1">
-        <x:v>45910.9240509259</x:v>
+        <x:v>45952.9303587963</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C37" s="0">
-        <x:v>5.7</x:v>
+        <x:v>4.28</x:v>
       </x:c>
       <x:c r="D37" s="0">
-        <x:v>639.183</x:v>
+        <x:v>623.398</x:v>
       </x:c>
       <x:c r="E37" s="0">
-        <x:v>751.98</x:v>
+        <x:v>733.41</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="1">
-        <x:v>45909.9244907407</x:v>
+        <x:v>45951.9269212963</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C38" s="0">
-        <x:v>6.39</x:v>
+        <x:v>4.28</x:v>
       </x:c>
       <x:c r="D38" s="0">
-        <x:v>650.845</x:v>
+        <x:v>623.28</x:v>
       </x:c>
       <x:c r="E38" s="0">
-        <x:v>765.7</x:v>
+        <x:v>733.27</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="1">
-        <x:v>45908.9240393518</x:v>
+        <x:v>45950.9289699074</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C39" s="0">
-        <x:v>5.78</x:v>
+        <x:v>4.25</x:v>
       </x:c>
       <x:c r="D39" s="0">
-        <x:v>639.455</x:v>
+        <x:v>622.344</x:v>
       </x:c>
       <x:c r="E39" s="0">
-        <x:v>752.3</x:v>
+        <x:v>732.17</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="1">
-        <x:v>45905.9285648148</x:v>
+        <x:v>45947.9300694444</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C40" s="0">
-        <x:v>5.81</x:v>
+        <x:v>3.78</x:v>
       </x:c>
       <x:c r="D40" s="0">
-        <x:v>639.582</x:v>
+        <x:v>609.378</x:v>
       </x:c>
       <x:c r="E40" s="0">
-        <x:v>752.45</x:v>
+        <x:v>716.915</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="1">
-        <x:v>45904.9245601852</x:v>
+        <x:v>45946.9261805556</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C41" s="0">
-        <x:v>5.64</x:v>
+        <x:v>3.63</x:v>
       </x:c>
       <x:c r="D41" s="0">
-        <x:v>636.352</x:v>
+        <x:v>605.26</x:v>
       </x:c>
       <x:c r="E41" s="0">
-        <x:v>748.65</x:v>
+        <x:v>712.07</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="1">
-        <x:v>45903.9235648148</x:v>
+        <x:v>45945.9256712963</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C42" s="0">
-        <x:v>5.16</x:v>
+        <x:v>3.81</x:v>
       </x:c>
       <x:c r="D42" s="0">
-        <x:v>626.492</x:v>
+        <x:v>609.918</x:v>
       </x:c>
       <x:c r="E42" s="0">
-        <x:v>737.05</x:v>
+        <x:v>717.55</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="1">
-        <x:v>45902.923912037</x:v>
+        <x:v>45944.9308680556</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C43" s="0">
-        <x:v>5.08</x:v>
+        <x:v>3.55</x:v>
       </x:c>
       <x:c r="D43" s="0">
-        <x:v>624.844</x:v>
+        <x:v>602.352</x:v>
       </x:c>
       <x:c r="E43" s="0">
-        <x:v>735.11</x:v>
+        <x:v>708.65</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="1">
-        <x:v>45898.9304050926</x:v>
+        <x:v>45943.9267592593</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C44" s="0">
-        <x:v>5.26</x:v>
+        <x:v>3.77</x:v>
       </x:c>
       <x:c r="D44" s="0">
-        <x:v>627.895</x:v>
+        <x:v>608.345</x:v>
       </x:c>
       <x:c r="E44" s="0">
-        <x:v>738.7</x:v>
+        <x:v>715.7</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="1">
-        <x:v>45897.9274768519</x:v>
+        <x:v>45940.9235069444</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C45" s="0">
-        <x:v>5.85</x:v>
+        <x:v>3.48</x:v>
       </x:c>
       <x:c r="D45" s="0">
-        <x:v>638.444</x:v>
+        <x:v>599.505</x:v>
       </x:c>
       <x:c r="E45" s="0">
-        <x:v>751.11</x:v>
+        <x:v>705.3</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="1">
-        <x:v>45896.9248611111</x:v>
+        <x:v>45938.9271180556</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C46" s="0">
-        <x:v>5.68</x:v>
+        <x:v>4.01</x:v>
       </x:c>
       <x:c r="D46" s="0">
-        <x:v>635.273</x:v>
+        <x:v>610.164</x:v>
       </x:c>
       <x:c r="E46" s="0">
-        <x:v>747.38</x:v>
+        <x:v>717.84</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="1">
-        <x:v>45895.9240046296</x:v>
+        <x:v>45937.9281828704</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C47" s="0">
-        <x:v>6.01</x:v>
+        <x:v>3.86</x:v>
       </x:c>
       <x:c r="D47" s="0">
-        <x:v>640.985</x:v>
+        <x:v>606.118</x:v>
       </x:c>
       <x:c r="E47" s="0">
-        <x:v>754.1</x:v>
+        <x:v>713.08</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5">
       <x:c r="A48" s="1">
-        <x:v>45894.9239236111</x:v>
+        <x:v>45936.924224537</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C48" s="0">
-        <x:v>5.98</x:v>
+        <x:v>3.95</x:v>
       </x:c>
       <x:c r="D48" s="0">
-        <x:v>640.305</x:v>
+        <x:v>608.311</x:v>
       </x:c>
       <x:c r="E48" s="0">
-        <x:v>753.3</x:v>
+        <x:v>715.66</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
       <x:c r="A49" s="1">
-        <x:v>45891.9252083333</x:v>
+        <x:v>45933.9289236111</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C49" s="0">
-        <x:v>6.07</x:v>
+        <x:v>3.8</x:v>
       </x:c>
       <x:c r="D49" s="0">
-        <x:v>641.572</x:v>
+        <x:v>603.976</x:v>
       </x:c>
       <x:c r="E49" s="0">
-        <x:v>754.79</x:v>
+        <x:v>710.56</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5">
       <x:c r="A50" s="1">
-        <x:v>45890.9257175926</x:v>
+        <x:v>45932.9250231481</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C50" s="0">
-        <x:v>5.39</x:v>
+        <x:v>4.4</x:v>
       </x:c>
       <x:c r="D50" s="0">
-        <x:v>628.235</x:v>
+        <x:v>617.992</x:v>
       </x:c>
       <x:c r="E50" s="0">
-        <x:v>739.1</x:v>
+        <x:v>727.05</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5">
       <x:c r="A51" s="1">
-        <x:v>45889.9243402778</x:v>
+        <x:v>45931.9294097222</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C51" s="0">
-        <x:v>5.8</x:v>
+        <x:v>4.07</x:v>
       </x:c>
       <x:c r="D51" s="0">
-        <x:v>635.562</x:v>
+        <x:v>609.739</x:v>
       </x:c>
       <x:c r="E51" s="0">
-        <x:v>747.72</x:v>
+        <x:v>717.34</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5">
       <x:c r="A52" s="1">
-        <x:v>45888.9238078704</x:v>
+        <x:v>45930.9339814815</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C52" s="0">
-        <x:v>5.99</x:v>
+        <x:v>4.74</x:v>
       </x:c>
       <x:c r="D52" s="0">
-        <x:v>638.758</x:v>
+        <x:v>624.223</x:v>
       </x:c>
       <x:c r="E52" s="0">
-        <x:v>751.48</x:v>
+        <x:v>734.38</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5">
       <x:c r="A53" s="1">
-        <x:v>45887.924525463</x:v>
+        <x:v>45929.9324074074</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C53" s="0">
-        <x:v>6.84</x:v>
+        <x:v>5.12</x:v>
       </x:c>
       <x:c r="D53" s="0">
-        <x:v>652.264</x:v>
+        <x:v>631.89</x:v>
       </x:c>
       <x:c r="E53" s="0">
-        <x:v>767.37</x:v>
+        <x:v>743.4</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5">
       <x:c r="A54" s="1">
-        <x:v>45884.9247685185</x:v>
+        <x:v>45926.9299074074</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C54" s="0">
-        <x:v>7.96</x:v>
+        <x:v>5.15</x:v>
       </x:c>
       <x:c r="D54" s="0">
-        <x:v>667.446</x:v>
+        <x:v>632.188</x:v>
       </x:c>
       <x:c r="E54" s="0">
-        <x:v>785.23</x:v>
+        <x:v>743.75</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5">
       <x:c r="A55" s="1">
-        <x:v>45883.9240972222</x:v>
+        <x:v>45925.9293865741</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C55" s="0">
-        <x:v>7.78</x:v>
+        <x:v>5.37</x:v>
       </x:c>
       <x:c r="D55" s="0">
-        <x:v>664.81</x:v>
+        <x:v>636.574</x:v>
       </x:c>
       <x:c r="E55" s="0">
-        <x:v>782.13</x:v>
+        <x:v>748.91</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5">
       <x:c r="A56" s="1">
-        <x:v>45882.923900463</x:v>
+        <x:v>45924.9296412037</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C56" s="0">
-        <x:v>7.67</x:v>
+        <x:v>5.93</x:v>
       </x:c>
       <x:c r="D56" s="0">
-        <x:v>663.068</x:v>
+        <x:v>646.561</x:v>
       </x:c>
       <x:c r="E56" s="0">
-        <x:v>780.08</x:v>
+        <x:v>760.66</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:5">
       <x:c r="A57" s="1">
-        <x:v>45881.9233217593</x:v>
+        <x:v>45923.9252314815</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C57" s="0">
-        <x:v>8.3</x:v>
+        <x:v>5.7</x:v>
       </x:c>
       <x:c r="D57" s="0">
-        <x:v>671.5</x:v>
+        <x:v>642.09</x:v>
       </x:c>
       <x:c r="E57" s="0">
-        <x:v>790</x:v>
+        <x:v>755.4</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:5">
       <x:c r="A58" s="1">
-        <x:v>45880.9235763889</x:v>
+        <x:v>45922.9266898148</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C58" s="0">
-        <x:v>6.99</x:v>
+        <x:v>6.18</x:v>
       </x:c>
       <x:c r="D58" s="0">
-        <x:v>650.99</x:v>
+        <x:v>650.018</x:v>
       </x:c>
       <x:c r="E58" s="0">
-        <x:v>765.87</x:v>
+        <x:v>765.16</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:5">
       <x:c r="A59" s="1">
-        <x:v>45877.9331944444</x:v>
+        <x:v>45922.3338773148</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C59" s="0">
-        <x:v>7.2</x:v>
+        <x:v>6.75</x:v>
       </x:c>
       <x:c r="D59" s="0">
-        <x:v>653.905</x:v>
+        <x:v>661.256</x:v>
       </x:c>
       <x:c r="E59" s="0">
-        <x:v>769.3</x:v>
+        <x:v>778.38</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:5">
       <x:c r="A60" s="1">
-        <x:v>45876.9385069444</x:v>
+        <x:v>45919.9342939815</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C60" s="0">
-        <x:v>6.81</x:v>
+        <x:v>6.88</x:v>
       </x:c>
       <x:c r="D60" s="0">
-        <x:v>647.556</x:v>
+        <x:v>661.623</x:v>
       </x:c>
       <x:c r="E60" s="0">
-        <x:v>761.83</x:v>
+        <x:v>778.38</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:5">
       <x:c r="A61" s="1">
-        <x:v>45875.9344328704</x:v>
+        <x:v>45918.9266087963</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C61" s="0">
-        <x:v>7.4</x:v>
+        <x:v>6.99</x:v>
       </x:c>
       <x:c r="D61" s="0">
-        <x:v>656.192</x:v>
+        <x:v>663.212</x:v>
       </x:c>
       <x:c r="E61" s="0">
-        <x:v>771.99</x:v>
+        <x:v>780.25</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:5">
       <x:c r="A62" s="1">
-        <x:v>45874.9326388889</x:v>
+        <x:v>45917.9271296296</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C62" s="0">
-        <x:v>6.95</x:v>
+        <x:v>6.76</x:v>
       </x:c>
       <x:c r="D62" s="0">
-        <x:v>648.941</x:v>
+        <x:v>659.358</x:v>
       </x:c>
       <x:c r="E62" s="0">
-        <x:v>763.46</x:v>
+        <x:v>775.715</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:5">
       <x:c r="A63" s="1">
-        <x:v>45873.9313310185</x:v>
+        <x:v>45916.9259490741</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C63" s="0">
-        <x:v>7.73</x:v>
+        <x:v>6.94</x:v>
       </x:c>
       <x:c r="D63" s="0">
-        <x:v>659.914</x:v>
+        <x:v>662.15</x:v>
       </x:c>
       <x:c r="E63" s="0">
-        <x:v>776.37</x:v>
+        <x:v>779</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:5">
       <x:c r="A64" s="1">
-        <x:v>45870.9274305556</x:v>
+        <x:v>45915.9270601852</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C64" s="0">
-        <x:v>6.4</x:v>
+        <x:v>6.25</x:v>
       </x:c>
       <x:c r="D64" s="0">
-        <x:v>637.508</x:v>
+        <x:v>649.995</x:v>
       </x:c>
       <x:c r="E64" s="0">
-        <x:v>750.01</x:v>
+        <x:v>764.7</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:5">
       <x:c r="A65" s="1">
-        <x:v>45869.9244560185</x:v>
+        <x:v>45912.9234259259</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C65" s="0">
-        <x:v>7.83</x:v>
+        <x:v>5.85</x:v>
       </x:c>
       <x:c r="D65" s="0">
-        <x:v>657.424</x:v>
+        <x:v>642.252</x:v>
       </x:c>
       <x:c r="E65" s="0">
-        <x:v>773.44</x:v>
+        <x:v>755.59</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:5">
       <x:c r="A66" s="1">
-        <x:v>45868.9254861111</x:v>
+        <x:v>45911.9251736111</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C66" s="0">
-        <x:v>4.69</x:v>
+        <x:v>5.64</x:v>
       </x:c>
       <x:c r="D66" s="0">
-        <x:v>590.928</x:v>
+        <x:v>638.265</x:v>
       </x:c>
       <x:c r="E66" s="0">
-        <x:v>695.21</x:v>
+        <x:v>750.9</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:5">
       <x:c r="A67" s="1">
-        <x:v>45867.9289236111</x:v>
+        <x:v>45910.9240509259</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C67" s="0">
-        <x:v>4.89</x:v>
+        <x:v>5.7</x:v>
       </x:c>
       <x:c r="D67" s="0">
-        <x:v>595</x:v>
+        <x:v>639.183</x:v>
       </x:c>
       <x:c r="E67" s="0">
-        <x:v>700</x:v>
+        <x:v>751.98</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:5">
       <x:c r="A68" s="1">
-        <x:v>45866.9278703704</x:v>
+        <x:v>45909.9244907407</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C68" s="0">
-        <x:v>5.75</x:v>
+        <x:v>6.39</x:v>
       </x:c>
       <x:c r="D68" s="0">
-        <x:v>609.986</x:v>
+        <x:v>650.845</x:v>
       </x:c>
       <x:c r="E68" s="0">
-        <x:v>717.63</x:v>
+        <x:v>765.7</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:5">
       <x:c r="A69" s="1">
-        <x:v>45863.9269097222</x:v>
+        <x:v>45908.9240393518</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C69" s="0">
-        <x:v>5.53</x:v>
+        <x:v>5.78</x:v>
       </x:c>
       <x:c r="D69" s="0">
-        <x:v>605.778</x:v>
+        <x:v>639.455</x:v>
       </x:c>
       <x:c r="E69" s="0">
-        <x:v>712.68</x:v>
+        <x:v>752.3</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:5">
       <x:c r="A70" s="1">
-        <x:v>45862.9245486111</x:v>
+        <x:v>45905.9285648148</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C70" s="0">
-        <x:v>5.64</x:v>
+        <x:v>5.81</x:v>
       </x:c>
       <x:c r="D70" s="0">
-        <x:v>607.58</x:v>
+        <x:v>639.582</x:v>
       </x:c>
       <x:c r="E70" s="0">
-        <x:v>714.8</x:v>
+        <x:v>752.45</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:5">
       <x:c r="A71" s="1">
-        <x:v>45861.9264583333</x:v>
+        <x:v>45904.9245601852</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C71" s="0">
-        <x:v>5.59</x:v>
+        <x:v>5.64</x:v>
       </x:c>
       <x:c r="D71" s="0">
-        <x:v>606.543</x:v>
+        <x:v>636.352</x:v>
       </x:c>
       <x:c r="E71" s="0">
-        <x:v>713.58</x:v>
+        <x:v>748.65</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:5">
       <x:c r="A72" s="1">
-        <x:v>45860.926099537</x:v>
+        <x:v>45903.9235648148</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C72" s="0">
-        <x:v>5.21</x:v>
+        <x:v>5.16</x:v>
       </x:c>
       <x:c r="D72" s="0">
-        <x:v>599.088</x:v>
+        <x:v>626.492</x:v>
       </x:c>
       <x:c r="E72" s="0">
-        <x:v>704.81</x:v>
+        <x:v>737.05</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:5">
       <x:c r="A73" s="1">
-        <x:v>45859.9272916667</x:v>
+        <x:v>45902.923912037</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C73" s="0">
-        <x:v>5.6</x:v>
+        <x:v>5.08</x:v>
       </x:c>
       <x:c r="D73" s="0">
-        <x:v>606.02</x:v>
+        <x:v>624.844</x:v>
       </x:c>
       <x:c r="E73" s="0">
-        <x:v>712.965</x:v>
+        <x:v>735.11</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:5">
       <x:c r="A74" s="1">
-        <x:v>45856.9492592593</x:v>
+        <x:v>45898.9304050926</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C74" s="0">
-        <x:v>5.23</x:v>
+        <x:v>5.26</x:v>
       </x:c>
       <x:c r="D74" s="0">
-        <x:v>598.638</x:v>
+        <x:v>627.895</x:v>
       </x:c>
       <x:c r="E74" s="0">
-        <x:v>704.28</x:v>
+        <x:v>738.7</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:5">
       <x:c r="A75" s="1">
-        <x:v>45855.9327662037</x:v>
+        <x:v>45897.9274768519</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C75" s="0">
-        <x:v>5.11</x:v>
+        <x:v>5.85</x:v>
       </x:c>
       <x:c r="D75" s="0">
-        <x:v>596.198</x:v>
+        <x:v>638.444</x:v>
       </x:c>
       <x:c r="E75" s="0">
-        <x:v>701.41</x:v>
+        <x:v>751.11</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:5">
       <x:c r="A76" s="1">
-        <x:v>45854.9359027778</x:v>
+        <x:v>45896.9248611111</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C76" s="0">
-        <x:v>5.18</x:v>
+        <x:v>5.68</x:v>
       </x:c>
       <x:c r="D76" s="0">
-        <x:v>597.474</x:v>
+        <x:v>635.273</x:v>
       </x:c>
       <x:c r="E76" s="0">
-        <x:v>702.91</x:v>
+        <x:v>747.38</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:5">
       <x:c r="A77" s="1">
-        <x:v>45853.9276041667</x:v>
+        <x:v>45895.9240046296</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C77" s="0">
-        <x:v>5.54</x:v>
+        <x:v>6.01</x:v>
       </x:c>
       <x:c r="D77" s="0">
-        <x:v>603.832</x:v>
+        <x:v>640.985</x:v>
       </x:c>
       <x:c r="E77" s="0">
-        <x:v>710.39</x:v>
+        <x:v>754.1</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:5">
       <x:c r="A78" s="1">
-        <x:v>45852.9328587963</x:v>
+        <x:v>45894.9239236111</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C78" s="0">
-        <x:v>6.08</x:v>
+        <x:v>5.98</x:v>
       </x:c>
       <x:c r="D78" s="0">
-        <x:v>612.782</x:v>
+        <x:v>640.305</x:v>
       </x:c>
       <x:c r="E78" s="0">
-        <x:v>720.92</x:v>
+        <x:v>753.3</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:5">
       <x:c r="A79" s="1">
-        <x:v>45849.9250462963</x:v>
+        <x:v>45891.9252083333</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C79" s="0">
-        <x:v>5.93</x:v>
+        <x:v>6.07</x:v>
       </x:c>
       <x:c r="D79" s="0">
-        <x:v>609.884</x:v>
+        <x:v>641.572</x:v>
       </x:c>
       <x:c r="E79" s="0">
-        <x:v>717.51</x:v>
+        <x:v>754.79</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:5">
       <x:c r="A80" s="1">
-        <x:v>45848.9261805556</x:v>
+        <x:v>45890.9257175926</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C80" s="0">
-        <x:v>6.45</x:v>
+        <x:v>5.39</x:v>
       </x:c>
       <x:c r="D80" s="0">
-        <x:v>618.154</x:v>
+        <x:v>628.235</x:v>
       </x:c>
       <x:c r="E80" s="0">
-        <x:v>727.24</x:v>
+        <x:v>739.1</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:5">
       <x:c r="A81" s="1">
-        <x:v>45847.9258101852</x:v>
+        <x:v>45889.9243402778</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C81" s="0">
-        <x:v>6.76</x:v>
+        <x:v>5.8</x:v>
       </x:c>
       <x:c r="D81" s="0">
-        <x:v>622.863</x:v>
+        <x:v>635.562</x:v>
       </x:c>
       <x:c r="E81" s="0">
-        <x:v>732.78</x:v>
+        <x:v>747.72</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:5">
       <x:c r="A82" s="1">
-        <x:v>45846.924849537</x:v>
+        <x:v>45888.9238078704</x:v>
       </x:c>
       <x:c r="B82" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C82" s="0">
-        <x:v>6.15</x:v>
+        <x:v>5.99</x:v>
       </x:c>
       <x:c r="D82" s="0">
-        <x:v>612.57</x:v>
+        <x:v>638.758</x:v>
       </x:c>
       <x:c r="E82" s="0">
-        <x:v>720.67</x:v>
+        <x:v>751.48</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:5">
       <x:c r="A83" s="1">
-        <x:v>45845.9275115741</x:v>
+        <x:v>45887.924525463</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C83" s="0">
-        <x:v>6.04</x:v>
+        <x:v>6.84</x:v>
       </x:c>
       <x:c r="D83" s="0">
-        <x:v>610.598</x:v>
+        <x:v>652.264</x:v>
       </x:c>
       <x:c r="E83" s="0">
-        <x:v>718.35</x:v>
+        <x:v>767.37</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:5">
       <x:c r="A84" s="1">
-        <x:v>45841.8023611111</x:v>
+        <x:v>45884.9247685185</x:v>
       </x:c>
       <x:c r="B84" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C84" s="0">
-        <x:v>6.1</x:v>
+        <x:v>7.96</x:v>
       </x:c>
       <x:c r="D84" s="0">
-        <x:v>611.158</x:v>
+        <x:v>667.446</x:v>
       </x:c>
       <x:c r="E84" s="0">
-        <x:v>719.01</x:v>
+        <x:v>785.23</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:5">
       <x:c r="A85" s="1">
-        <x:v>45840.930462963</x:v>
+        <x:v>45883.9240972222</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C85" s="0">
-        <x:v>5.84</x:v>
+        <x:v>7.78</x:v>
       </x:c>
       <x:c r="D85" s="0">
-        <x:v>606.534</x:v>
+        <x:v>664.81</x:v>
       </x:c>
       <x:c r="E85" s="0">
-        <x:v>713.57</x:v>
+        <x:v>782.13</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:5">
       <x:c r="A86" s="1">
-        <x:v>45839.9249768518</x:v>
+        <x:v>45882.923900463</x:v>
       </x:c>
       <x:c r="B86" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C86" s="0">
-        <x:v>6.14</x:v>
+        <x:v>7.67</x:v>
       </x:c>
       <x:c r="D86" s="0">
-        <x:v>611.337</x:v>
+        <x:v>663.068</x:v>
       </x:c>
       <x:c r="E86" s="0">
-        <x:v>719.22</x:v>
+        <x:v>780.08</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:5">
       <x:c r="A87" s="1">
-        <x:v>45838.9258101852</x:v>
+        <x:v>45881.9233217593</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C87" s="0">
-        <x:v>7.26</x:v>
+        <x:v>8.3</x:v>
       </x:c>
       <x:c r="D87" s="0">
-        <x:v>627.376</x:v>
+        <x:v>671.5</x:v>
       </x:c>
       <x:c r="E87" s="0">
-        <x:v>738.09</x:v>
+        <x:v>790</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:5">
       <x:c r="A88" s="1">
-        <x:v>45835.9282175926</x:v>
+        <x:v>45880.9235763889</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C88" s="0">
-        <x:v>7.03</x:v>
+        <x:v>6.99</x:v>
       </x:c>
       <x:c r="D88" s="0">
-        <x:v>623.586</x:v>
+        <x:v>650.99</x:v>
       </x:c>
       <x:c r="E88" s="0">
-        <x:v>733.63</x:v>
+        <x:v>765.87</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:5">
       <x:c r="A89" s="1">
-        <x:v>45834.9274189815</x:v>
+        <x:v>45877.9331944444</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C89" s="0">
-        <x:v>6.62</x:v>
+        <x:v>7.2</x:v>
       </x:c>
       <x:c r="D89" s="0">
-        <x:v>617.176</x:v>
+        <x:v>653.905</x:v>
       </x:c>
       <x:c r="E89" s="0">
-        <x:v>726.09</x:v>
+        <x:v>769.3</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:5">
       <x:c r="A90" s="1">
-        <x:v>45833.9267824074</x:v>
+        <x:v>45876.9385069444</x:v>
       </x:c>
       <x:c r="B90" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C90" s="0">
-        <x:v>5.78</x:v>
+        <x:v>6.81</x:v>
       </x:c>
       <x:c r="D90" s="0">
-        <x:v>602.378</x:v>
+        <x:v>647.556</x:v>
       </x:c>
       <x:c r="E90" s="0">
-        <x:v>708.68</x:v>
+        <x:v>761.83</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:5">
       <x:c r="A91" s="1">
-        <x:v>45832.9265972222</x:v>
+        <x:v>45875.9344328704</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C91" s="0">
-        <x:v>5.96</x:v>
+        <x:v>7.4</x:v>
       </x:c>
       <x:c r="D91" s="0">
-        <x:v>605.37</x:v>
+        <x:v>656.192</x:v>
       </x:c>
       <x:c r="E91" s="0">
-        <x:v>712.2</x:v>
+        <x:v>771.99</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:5">
       <x:c r="A92" s="1">
-        <x:v>45831.9246643518</x:v>
+        <x:v>45874.9326388889</x:v>
       </x:c>
       <x:c r="B92" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C92" s="0">
-        <x:v>5.34</x:v>
+        <x:v>6.95</x:v>
       </x:c>
       <x:c r="D92" s="0">
-        <x:v>593.75</x:v>
+        <x:v>648.941</x:v>
       </x:c>
       <x:c r="E92" s="0">
-        <x:v>698.53</x:v>
+        <x:v>763.46</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:5">
       <x:c r="A93" s="1">
-        <x:v>45828.9428819444</x:v>
+        <x:v>45873.9313310185</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C93" s="0">
-        <x:v>4.69</x:v>
+        <x:v>7.73</x:v>
       </x:c>
       <x:c r="D93" s="0">
-        <x:v>579.998</x:v>
+        <x:v>659.914</x:v>
       </x:c>
       <x:c r="E93" s="0">
-        <x:v>682.35</x:v>
+        <x:v>776.37</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:5">
       <x:c r="A94" s="1">
-        <x:v>45826.9303587963</x:v>
+        <x:v>45870.9274305556</x:v>
       </x:c>
       <x:c r="B94" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C94" s="0">
-        <x:v>5.31</x:v>
+        <x:v>6.4</x:v>
       </x:c>
       <x:c r="D94" s="0">
-        <x:v>591.404</x:v>
+        <x:v>637.508</x:v>
       </x:c>
       <x:c r="E94" s="0">
-        <x:v>695.77</x:v>
+        <x:v>750.01</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:5">
       <x:c r="A95" s="1">
-        <x:v>45825.9254166667</x:v>
+        <x:v>45869.9244560185</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C95" s="0">
-        <x:v>5.39</x:v>
+        <x:v>7.83</x:v>
       </x:c>
       <x:c r="D95" s="0">
-        <x:v>592.646</x:v>
+        <x:v>657.424</x:v>
       </x:c>
       <x:c r="E95" s="0">
-        <x:v>697.23</x:v>
+        <x:v>773.44</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:5">
       <x:c r="A96" s="1">
-        <x:v>45824.9235069444</x:v>
+        <x:v>45868.9254861111</x:v>
       </x:c>
       <x:c r="B96" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C96" s="0">
-        <x:v>5.63</x:v>
+        <x:v>4.69</x:v>
       </x:c>
       <x:c r="D96" s="0">
-        <x:v>596.434</x:v>
+        <x:v>590.928</x:v>
       </x:c>
       <x:c r="E96" s="0">
-        <x:v>702.12</x:v>
+        <x:v>695.21</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:5">
       <x:c r="A97" s="1">
-        <x:v>45824.3396180556</x:v>
+        <x:v>45867.9289236111</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C97" s="0">
-        <x:v>4.93</x:v>
+        <x:v>4.89</x:v>
       </x:c>
       <x:c r="D97" s="0">
-        <x:v>580.072</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="E97" s="0">
-        <x:v>682.87</x:v>
+        <x:v>700</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:5">
       <x:c r="A98" s="1">
-        <x:v>45821.9252777778</x:v>
+        <x:v>45866.9278703704</x:v>
       </x:c>
       <x:c r="B98" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C98" s="0">
-        <x:v>4.81</x:v>
+        <x:v>5.75</x:v>
       </x:c>
       <x:c r="D98" s="0">
-        <x:v>580.44</x:v>
+        <x:v>609.986</x:v>
       </x:c>
       <x:c r="E98" s="0">
-        <x:v>682.87</x:v>
+        <x:v>717.63</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:5">
       <x:c r="A99" s="1">
-        <x:v>45820.9288773148</x:v>
+        <x:v>45863.9269097222</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C99" s="0">
-        <x:v>5.3</x:v>
+        <x:v>5.53</x:v>
       </x:c>
       <x:c r="D99" s="0">
-        <x:v>589.356</x:v>
+        <x:v>605.778</x:v>
       </x:c>
       <x:c r="E99" s="0">
-        <x:v>693.36</x:v>
+        <x:v>712.68</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:5">
       <x:c r="A100" s="1">
-        <x:v>45819.9235416667</x:v>
+        <x:v>45862.9245486111</x:v>
       </x:c>
       <x:c r="B100" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C100" s="0">
-        <x:v>5.34</x:v>
+        <x:v>5.64</x:v>
       </x:c>
       <x:c r="D100" s="0">
-        <x:v>590.019</x:v>
+        <x:v>607.58</x:v>
       </x:c>
       <x:c r="E100" s="0">
-        <x:v>694.14</x:v>
+        <x:v>714.8</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:5">
       <x:c r="A101" s="1">
-        <x:v>45818.9234953704</x:v>
+        <x:v>45861.9264583333</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C101" s="0">
-        <x:v>5.76</x:v>
+        <x:v>5.59</x:v>
       </x:c>
       <x:c r="D101" s="0">
-        <x:v>597.04</x:v>
+        <x:v>606.543</x:v>
       </x:c>
       <x:c r="E101" s="0">
-        <x:v>702.4</x:v>
+        <x:v>713.58</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:5">
       <x:c r="A102" s="1">
-        <x:v>45817.9248958333</x:v>
+        <x:v>45860.926099537</x:v>
       </x:c>
       <x:c r="B102" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C102" s="0">
-        <x:v>5.37</x:v>
+        <x:v>5.21</x:v>
       </x:c>
       <x:c r="D102" s="0">
-        <x:v>589.951</x:v>
+        <x:v>599.088</x:v>
       </x:c>
       <x:c r="E102" s="0">
-        <x:v>694.06</x:v>
+        <x:v>704.81</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:5">
       <x:c r="A103" s="1">
-        <x:v>45814.9279398148</x:v>
+        <x:v>45859.9272916667</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C103" s="0">
-        <x:v>5.57</x:v>
+        <x:v>5.6</x:v>
       </x:c>
       <x:c r="D103" s="0">
-        <x:v>593.054</x:v>
+        <x:v>606.02</x:v>
       </x:c>
       <x:c r="E103" s="0">
-        <x:v>697.71</x:v>
+        <x:v>712.965</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:5">
       <x:c r="A104" s="1">
-        <x:v>45813.9311805556</x:v>
+        <x:v>45856.9492592593</x:v>
       </x:c>
       <x:c r="B104" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C104" s="0">
-        <x:v>5</x:v>
+        <x:v>5.23</x:v>
       </x:c>
       <x:c r="D104" s="0">
-        <x:v>581.927</x:v>
+        <x:v>598.638</x:v>
       </x:c>
       <x:c r="E104" s="0">
-        <x:v>684.62</x:v>
+        <x:v>704.28</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:5">
       <x:c r="A105" s="1">
-        <x:v>45812.9288888889</x:v>
+        <x:v>45855.9327662037</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C105" s="0">
-        <x:v>5.15</x:v>
+        <x:v>5.11</x:v>
       </x:c>
       <x:c r="D105" s="0">
-        <x:v>584.758</x:v>
+        <x:v>596.198</x:v>
       </x:c>
       <x:c r="E105" s="0">
-        <x:v>687.95</x:v>
+        <x:v>701.41</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:5">
       <x:c r="A106" s="1">
-        <x:v>45811.9362847222</x:v>
+        <x:v>45854.9359027778</x:v>
       </x:c>
       <x:c r="B106" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C106" s="0">
-        <x:v>4.34</x:v>
+        <x:v>5.18</x:v>
       </x:c>
       <x:c r="D106" s="0">
-        <x:v>566.822</x:v>
+        <x:v>597.474</x:v>
       </x:c>
       <x:c r="E106" s="0">
-        <x:v>666.85</x:v>
+        <x:v>702.91</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:5">
       <x:c r="A107" s="1">
-        <x:v>45810.9414467593</x:v>
+        <x:v>45853.9276041667</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C107" s="0">
-        <x:v>4.5</x:v>
+        <x:v>5.54</x:v>
       </x:c>
       <x:c r="D107" s="0">
-        <x:v>570.265</x:v>
+        <x:v>603.832</x:v>
       </x:c>
       <x:c r="E107" s="0">
-        <x:v>670.9</x:v>
+        <x:v>710.39</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:5">
       <x:c r="A108" s="1">
-        <x:v>45800.9242361111</x:v>
+        <x:v>45852.9328587963</x:v>
       </x:c>
       <x:c r="B108" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C108" s="0">
-        <x:v>3.11</x:v>
+        <x:v>6.08</x:v>
       </x:c>
       <x:c r="D108" s="0">
-        <x:v>533.001</x:v>
+        <x:v>612.782</x:v>
       </x:c>
       <x:c r="E108" s="0">
-        <x:v>627.06</x:v>
+        <x:v>720.92</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:5">
       <x:c r="A109" s="1">
-        <x:v>45799.9263194444</x:v>
+        <x:v>45849.9250462963</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C109" s="0">
-        <x:v>3.42</x:v>
+        <x:v>5.93</x:v>
       </x:c>
       <x:c r="D109" s="0">
-        <x:v>541.084</x:v>
+        <x:v>609.884</x:v>
       </x:c>
       <x:c r="E109" s="0">
-        <x:v>636.57</x:v>
+        <x:v>717.51</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:5">
       <x:c r="A110" s="1">
-        <x:v>45798.9249537037</x:v>
+        <x:v>45848.9261805556</x:v>
       </x:c>
       <x:c r="B110" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C110" s="0">
-        <x:v>3.39</x:v>
+        <x:v>6.45</x:v>
       </x:c>
       <x:c r="D110" s="0">
-        <x:v>540.175</x:v>
+        <x:v>618.154</x:v>
       </x:c>
       <x:c r="E110" s="0">
-        <x:v>635.5</x:v>
+        <x:v>727.24</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:5">
       <x:c r="A111" s="1">
-        <x:v>45797.9233912037</x:v>
+        <x:v>45847.9258101852</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C111" s="0">
-        <x:v>3.45</x:v>
+        <x:v>6.76</x:v>
       </x:c>
       <x:c r="D111" s="0">
-        <x:v>541.535</x:v>
+        <x:v>622.863</x:v>
       </x:c>
       <x:c r="E111" s="0">
-        <x:v>637.1</x:v>
+        <x:v>732.78</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:5">
       <x:c r="A112" s="1">
-        <x:v>45796.9245023148</x:v>
+        <x:v>45846.924849537</x:v>
       </x:c>
       <x:c r="B112" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C112" s="0">
-        <x:v>3.56</x:v>
+        <x:v>6.15</x:v>
       </x:c>
       <x:c r="D112" s="0">
-        <x:v>544.366</x:v>
+        <x:v>612.57</x:v>
       </x:c>
       <x:c r="E112" s="0">
-        <x:v>640.43</x:v>
+        <x:v>720.67</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:5">
       <x:c r="A113" s="1">
-        <x:v>45793.9259953704</x:v>
+        <x:v>45845.9275115741</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C113" s="0">
-        <x:v>3.57</x:v>
+        <x:v>6.04</x:v>
       </x:c>
       <x:c r="D113" s="0">
-        <x:v>544.289</x:v>
+        <x:v>610.598</x:v>
       </x:c>
       <x:c r="E113" s="0">
-        <x:v>640.34</x:v>
+        <x:v>718.35</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:5">
       <x:c r="A114" s="1">
-        <x:v>45792.9360300926</x:v>
+        <x:v>45841.8023611111</x:v>
       </x:c>
       <x:c r="B114" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C114" s="0">
-        <x:v>3.7</x:v>
+        <x:v>6.1</x:v>
       </x:c>
       <x:c r="D114" s="0">
-        <x:v>547.298</x:v>
+        <x:v>611.158</x:v>
       </x:c>
       <x:c r="E114" s="0">
-        <x:v>643.88</x:v>
+        <x:v>719.01</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:5">
       <x:c r="A115" s="1">
-        <x:v>45791.9275578704</x:v>
+        <x:v>45840.930462963</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C115" s="0">
-        <x:v>4.31</x:v>
+        <x:v>5.84</x:v>
       </x:c>
       <x:c r="D115" s="0">
-        <x:v>560.456</x:v>
+        <x:v>606.534</x:v>
       </x:c>
       <x:c r="E115" s="0">
-        <x:v>659.36</x:v>
+        <x:v>713.57</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:5">
       <x:c r="A116" s="1">
-        <x:v>45790.9286689815</x:v>
+        <x:v>45839.9249768518</x:v>
       </x:c>
       <x:c r="B116" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C116" s="0">
-        <x:v>4.19</x:v>
+        <x:v>6.14</x:v>
       </x:c>
       <x:c r="D116" s="0">
-        <x:v>557.626</x:v>
+        <x:v>611.337</x:v>
       </x:c>
       <x:c r="E116" s="0">
-        <x:v>656.03</x:v>
+        <x:v>719.22</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:5">
       <x:c r="A117" s="1">
-        <x:v>45789.9278009259</x:v>
+        <x:v>45838.9258101852</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C117" s="0">
-        <x:v>3.63</x:v>
+        <x:v>7.26</x:v>
       </x:c>
       <x:c r="D117" s="0">
-        <x:v>543.516</x:v>
+        <x:v>627.376</x:v>
       </x:c>
       <x:c r="E117" s="0">
-        <x:v>639.43</x:v>
+        <x:v>738.09</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:5">
       <x:c r="A118" s="1">
-        <x:v>45786.9254050926</x:v>
+        <x:v>45835.9282175926</x:v>
       </x:c>
       <x:c r="B118" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C118" s="0">
-        <x:v>2.46</x:v>
+        <x:v>7.03</x:v>
       </x:c>
       <x:c r="D118" s="0">
-        <x:v>503.616</x:v>
+        <x:v>623.586</x:v>
       </x:c>
       <x:c r="E118" s="0">
-        <x:v>592.49</x:v>
+        <x:v>733.63</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:5">
       <x:c r="A119" s="1">
-        <x:v>45785.9240393518</x:v>
+        <x:v>45834.9274189815</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C119" s="0">
-        <x:v>2.61</x:v>
+        <x:v>6.62</x:v>
       </x:c>
       <x:c r="D119" s="0">
-        <x:v>508.308</x:v>
+        <x:v>617.176</x:v>
       </x:c>
       <x:c r="E119" s="0">
-        <x:v>598.01</x:v>
+        <x:v>726.09</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:5">
       <x:c r="A120" s="1">
-        <x:v>45784.9235416667</x:v>
+        <x:v>45833.9267824074</x:v>
       </x:c>
       <x:c r="B120" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C120" s="0">
-        <x:v>2.58</x:v>
+        <x:v>5.78</x:v>
       </x:c>
       <x:c r="D120" s="0">
-        <x:v>507.288</x:v>
+        <x:v>602.378</x:v>
       </x:c>
       <x:c r="E120" s="0">
-        <x:v>596.81</x:v>
+        <x:v>708.68</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:5">
       <x:c r="A121" s="1">
-        <x:v>45783.9247685185</x:v>
+        <x:v>45832.9265972222</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C121" s="0">
-        <x:v>2.36</x:v>
+        <x:v>5.96</x:v>
       </x:c>
       <x:c r="D121" s="0">
-        <x:v>499.214</x:v>
+        <x:v>605.37</x:v>
       </x:c>
       <x:c r="E121" s="0">
-        <x:v>587.31</x:v>
+        <x:v>712.2</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:5">
       <x:c r="A122" s="1">
-        <x:v>45782.9244328704</x:v>
+        <x:v>45831.9246643518</x:v>
       </x:c>
       <x:c r="B122" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C122" s="0">
-        <x:v>2.68</x:v>
+        <x:v>5.34</x:v>
       </x:c>
       <x:c r="D122" s="0">
-        <x:v>509.38</x:v>
+        <x:v>593.75</x:v>
       </x:c>
       <x:c r="E122" s="0">
-        <x:v>599.27</x:v>
+        <x:v>698.53</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:5">
       <x:c r="A123" s="1">
-        <x:v>45779.9288657407</x:v>
+        <x:v>45828.9428819444</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C123" s="0">
-        <x:v>2.63</x:v>
+        <x:v>4.69</x:v>
       </x:c>
       <x:c r="D123" s="0">
-        <x:v>507.467</x:v>
+        <x:v>579.998</x:v>
       </x:c>
       <x:c r="E123" s="0">
-        <x:v>597.02</x:v>
+        <x:v>682.35</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:5">
       <x:c r="A124" s="1">
-        <x:v>45777.9324305556</x:v>
+        <x:v>45826.9303587963</x:v>
       </x:c>
       <x:c r="B124" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C124" s="0">
-        <x:v>1.73</x:v>
+        <x:v>5.31</x:v>
       </x:c>
       <x:c r="D124" s="0">
-        <x:v>466.65</x:v>
+        <x:v>591.404</x:v>
       </x:c>
       <x:c r="E124" s="0">
-        <x:v>549</x:v>
+        <x:v>695.77</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:5">
       <x:c r="A125" s="1">
-        <x:v>45776.9249189815</x:v>
+        <x:v>45825.9254166667</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C125" s="0">
-        <x:v>1.84</x:v>
+        <x:v>5.39</x:v>
       </x:c>
       <x:c r="D125" s="0">
-        <x:v>471.274</x:v>
+        <x:v>592.646</x:v>
       </x:c>
       <x:c r="E125" s="0">
-        <x:v>554.44</x:v>
+        <x:v>697.23</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:5">
       <x:c r="A126" s="1">
-        <x:v>45775.93125</x:v>
+        <x:v>45824.9235069444</x:v>
       </x:c>
       <x:c r="B126" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C126" s="0">
-        <x:v>1.75</x:v>
+        <x:v>5.63</x:v>
       </x:c>
       <x:c r="D126" s="0">
-        <x:v>467.279</x:v>
+        <x:v>596.434</x:v>
       </x:c>
       <x:c r="E126" s="0">
-        <x:v>549.74</x:v>
+        <x:v>702.12</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:5">
       <x:c r="A127" s="1">
-        <x:v>45772.9279282407</x:v>
+        <x:v>45824.3396180556</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C127" s="0">
-        <x:v>1.71</x:v>
+        <x:v>4.93</x:v>
       </x:c>
       <x:c r="D127" s="0">
-        <x:v>465.18</x:v>
+        <x:v>580.072</x:v>
       </x:c>
       <x:c r="E127" s="0">
-        <x:v>547.27</x:v>
+        <x:v>682.87</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:5">
       <x:c r="A128" s="1">
-        <x:v>45771.9286921296</x:v>
+        <x:v>45821.9252777778</x:v>
       </x:c>
       <x:c r="B128" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C128" s="0">
-        <x:v>1.48</x:v>
+        <x:v>4.81</x:v>
       </x:c>
       <x:c r="D128" s="0">
-        <x:v>453.178</x:v>
+        <x:v>580.44</x:v>
       </x:c>
       <x:c r="E128" s="0">
-        <x:v>533.15</x:v>
+        <x:v>682.87</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:5">
       <x:c r="A129" s="1">
-        <x:v>45770.9297800926</x:v>
+        <x:v>45820.9288773148</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C129" s="0">
-        <x:v>1.29</x:v>
+        <x:v>5.3</x:v>
       </x:c>
       <x:c r="D129" s="0">
-        <x:v>442.23</x:v>
+        <x:v>589.356</x:v>
       </x:c>
       <x:c r="E129" s="0">
-        <x:v>520.27</x:v>
+        <x:v>693.36</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:5">
       <x:c r="A130" s="1">
-        <x:v>45769.9290856481</x:v>
+        <x:v>45819.9235416667</x:v>
       </x:c>
       <x:c r="B130" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C130" s="0">
-        <x:v>1.04</x:v>
+        <x:v>5.34</x:v>
       </x:c>
       <x:c r="D130" s="0">
-        <x:v>425.238</x:v>
+        <x:v>590.019</x:v>
       </x:c>
       <x:c r="E130" s="0">
-        <x:v>500.28</x:v>
+        <x:v>694.14</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:5">
       <x:c r="A131" s="1">
-        <x:v>45764.930787037</x:v>
+        <x:v>45818.9234953704</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C131" s="0">
-        <x:v>1.06</x:v>
+        <x:v>5.76</x:v>
       </x:c>
       <x:c r="D131" s="0">
-        <x:v>426.258</x:v>
+        <x:v>597.04</x:v>
       </x:c>
       <x:c r="E131" s="0">
-        <x:v>501.48</x:v>
+        <x:v>702.4</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:5">
       <x:c r="A132" s="1">
-        <x:v>45763.9303125</x:v>
+        <x:v>45817.9248958333</x:v>
       </x:c>
       <x:c r="B132" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C132" s="0">
-        <x:v>1.07</x:v>
+        <x:v>5.37</x:v>
       </x:c>
       <x:c r="D132" s="0">
-        <x:v>426.964</x:v>
+        <x:v>589.951</x:v>
       </x:c>
       <x:c r="E132" s="0">
-        <x:v>502.31</x:v>
+        <x:v>694.06</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:5">
       <x:c r="A133" s="1">
-        <x:v>45762.9290740741</x:v>
+        <x:v>45814.9279398148</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C133" s="0">
-        <x:v>1.38</x:v>
+        <x:v>5.57</x:v>
       </x:c>
       <x:c r="D133" s="0">
-        <x:v>443.292</x:v>
+        <x:v>593.054</x:v>
       </x:c>
       <x:c r="E133" s="0">
-        <x:v>521.52</x:v>
+        <x:v>697.71</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:5">
       <x:c r="A134" s="1">
-        <x:v>45761.9296643519</x:v>
+        <x:v>45813.9311805556</x:v>
       </x:c>
       <x:c r="B134" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C134" s="0">
-        <x:v>1.55</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="D134" s="0">
-        <x:v>451.758</x:v>
+        <x:v>581.927</x:v>
       </x:c>
       <x:c r="E134" s="0">
-        <x:v>531.48</x:v>
+        <x:v>684.62</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:5">
       <x:c r="A135" s="1">
-        <x:v>45758.9254282407</x:v>
+        <x:v>45812.9288888889</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C135" s="0">
-        <x:v>1.8</x:v>
+        <x:v>5.15</x:v>
       </x:c>
       <x:c r="D135" s="0">
-        <x:v>462.034</x:v>
+        <x:v>584.758</x:v>
       </x:c>
       <x:c r="E135" s="0">
-        <x:v>543.57</x:v>
+        <x:v>687.95</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:5">
       <x:c r="A136" s="1">
-        <x:v>45757.9250231481</x:v>
+        <x:v>45811.9362847222</x:v>
       </x:c>
       <x:c r="B136" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C136" s="0">
-        <x:v>1.86</x:v>
+        <x:v>4.34</x:v>
       </x:c>
       <x:c r="D136" s="0">
-        <x:v>464.346</x:v>
+        <x:v>566.822</x:v>
       </x:c>
       <x:c r="E136" s="0">
-        <x:v>546.29</x:v>
+        <x:v>666.85</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:5">
       <x:c r="A137" s="1">
-        <x:v>45756.9250694444</x:v>
+        <x:v>45810.9414467593</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C137" s="0">
-        <x:v>3.12</x:v>
+        <x:v>4.5</x:v>
       </x:c>
       <x:c r="D137" s="0">
-        <x:v>497.904</x:v>
+        <x:v>570.265</x:v>
       </x:c>
       <x:c r="E137" s="0">
-        <x:v>585.77</x:v>
+        <x:v>670.9</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:5">
       <x:c r="A138" s="1">
-        <x:v>45755.9267013889</x:v>
+        <x:v>45800.9242361111</x:v>
       </x:c>
       <x:c r="B138" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C138" s="0">
-        <x:v>1.66</x:v>
+        <x:v>3.11</x:v>
       </x:c>
       <x:c r="D138" s="0">
-        <x:v>433.882</x:v>
+        <x:v>533.001</x:v>
       </x:c>
       <x:c r="E138" s="0">
-        <x:v>510.45</x:v>
+        <x:v>627.06</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:5">
       <x:c r="A139" s="1">
-        <x:v>45754.9257175926</x:v>
+        <x:v>45799.9263194444</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C139" s="0">
-        <x:v>1.78</x:v>
+        <x:v>3.42</x:v>
       </x:c>
       <x:c r="D139" s="0">
-        <x:v>438.812</x:v>
+        <x:v>541.084</x:v>
       </x:c>
       <x:c r="E139" s="0">
-        <x:v>516.25</x:v>
+        <x:v>636.57</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:5">
       <x:c r="A140" s="1">
-        <x:v>45751.9453240741</x:v>
+        <x:v>45798.9249537037</x:v>
       </x:c>
       <x:c r="B140" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C140" s="0">
-        <x:v>1.57</x:v>
+        <x:v>3.39</x:v>
       </x:c>
       <x:c r="D140" s="0">
-        <x:v>429.02</x:v>
+        <x:v>540.175</x:v>
       </x:c>
       <x:c r="E140" s="0">
-        <x:v>504.73</x:v>
+        <x:v>635.5</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:5">
       <x:c r="A141" s="1">
-        <x:v>45750.9256944444</x:v>
+        <x:v>45797.9233912037</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C141" s="0">
-        <x:v>2.26</x:v>
+        <x:v>3.45</x:v>
       </x:c>
       <x:c r="D141" s="0">
-        <x:v>451.877</x:v>
+        <x:v>541.535</x:v>
       </x:c>
       <x:c r="E141" s="0">
-        <x:v>531.62</x:v>
+        <x:v>637.1</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:5">
       <x:c r="A142" s="1">
-        <x:v>45748.9242013889</x:v>
+        <x:v>45796.9245023148</x:v>
       </x:c>
       <x:c r="B142" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C142" s="0">
-        <x:v>5</x:v>
+        <x:v>3.56</x:v>
       </x:c>
       <x:c r="D142" s="0">
-        <x:v>498.1</x:v>
+        <x:v>544.366</x:v>
       </x:c>
       <x:c r="E142" s="0">
-        <x:v>586</x:v>
+        <x:v>640.43</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:5">
       <x:c r="A143" s="1">
-        <x:v>45747.9264351852</x:v>
+        <x:v>45793.9259953704</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C143" s="0">
-        <x:v>4.55</x:v>
+        <x:v>3.57</x:v>
       </x:c>
       <x:c r="D143" s="0">
-        <x:v>489.906</x:v>
+        <x:v>544.289</x:v>
       </x:c>
       <x:c r="E143" s="0">
-        <x:v>576.36</x:v>
+        <x:v>640.34</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:5">
       <x:c r="A144" s="1">
-        <x:v>45744.883900463</x:v>
+        <x:v>45792.9360300926</x:v>
       </x:c>
       <x:c r="B144" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C144" s="0">
-        <x:v>4.59</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="D144" s="0">
-        <x:v>490.229</x:v>
+        <x:v>547.298</x:v>
       </x:c>
       <x:c r="E144" s="0">
-        <x:v>576.74</x:v>
+        <x:v>643.88</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:5">
       <x:c r="A145" s="1">
-        <x:v>45743.8879166667</x:v>
+        <x:v>45791.9275578704</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C145" s="0">
-        <x:v>6.18</x:v>
+        <x:v>4.31</x:v>
       </x:c>
       <x:c r="D145" s="0">
-        <x:v>512.193</x:v>
+        <x:v>560.456</x:v>
       </x:c>
       <x:c r="E145" s="0">
-        <x:v>602.58</x:v>
+        <x:v>659.36</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:5">
       <x:c r="A146" s="1">
-        <x:v>45742.8862384259</x:v>
+        <x:v>45790.9286689815</x:v>
       </x:c>
       <x:c r="B146" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C146" s="0">
-        <x:v>6.75</x:v>
+        <x:v>4.19</x:v>
       </x:c>
       <x:c r="D146" s="0">
-        <x:v>519.333</x:v>
+        <x:v>557.626</x:v>
       </x:c>
       <x:c r="E146" s="0">
-        <x:v>610.98</x:v>
+        <x:v>656.03</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:5">
       <x:c r="A147" s="1">
-        <x:v>45741.8884606482</x:v>
+        <x:v>45789.9278009259</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C147" s="0">
-        <x:v>7.92</x:v>
+        <x:v>3.63</x:v>
       </x:c>
       <x:c r="D147" s="0">
-        <x:v>532.364</x:v>
+        <x:v>543.516</x:v>
       </x:c>
       <x:c r="E147" s="0">
-        <x:v>626.31</x:v>
+        <x:v>639.43</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:5">
       <x:c r="A148" s="1">
-        <x:v>45740.8886111111</x:v>
+        <x:v>45786.9254050926</x:v>
       </x:c>
       <x:c r="B148" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C148" s="0">
-        <x:v>7.39</x:v>
+        <x:v>2.46</x:v>
       </x:c>
       <x:c r="D148" s="0">
-        <x:v>526.022</x:v>
+        <x:v>503.616</x:v>
       </x:c>
       <x:c r="E148" s="0">
-        <x:v>618.85</x:v>
+        <x:v>592.49</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:5">
       <x:c r="A149" s="1">
-        <x:v>45737.8932986111</x:v>
+        <x:v>45785.9240393518</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C149" s="0">
-        <x:v>6.04</x:v>
+        <x:v>2.61</x:v>
       </x:c>
       <x:c r="D149" s="0">
-        <x:v>506.812</x:v>
+        <x:v>508.308</x:v>
       </x:c>
       <x:c r="E149" s="0">
-        <x:v>596.25</x:v>
+        <x:v>598.01</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:5">
       <x:c r="A150" s="1">
-        <x:v>45736.8918287037</x:v>
+        <x:v>45784.9235416667</x:v>
       </x:c>
       <x:c r="B150" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C150" s="0">
-        <x:v>5.47</x:v>
+        <x:v>2.58</x:v>
       </x:c>
       <x:c r="D150" s="0">
-        <x:v>498.1</x:v>
+        <x:v>507.288</x:v>
       </x:c>
       <x:c r="E150" s="0">
-        <x:v>586</x:v>
+        <x:v>596.81</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:5">
       <x:c r="A151" s="1">
-        <x:v>45735.891724537</x:v>
+        <x:v>45783.9247685185</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C151" s="0">
-        <x:v>5.37</x:v>
+        <x:v>2.36</x:v>
       </x:c>
       <x:c r="D151" s="0">
-        <x:v>496.451</x:v>
+        <x:v>499.214</x:v>
       </x:c>
       <x:c r="E151" s="0">
-        <x:v>584.06</x:v>
+        <x:v>587.31</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:5">
       <x:c r="A152" s="1">
-        <x:v>45734.8848958333</x:v>
+        <x:v>45782.9244328704</x:v>
       </x:c>
       <x:c r="B152" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C152" s="0">
-        <x:v>5.28</x:v>
+        <x:v>2.68</x:v>
       </x:c>
       <x:c r="D152" s="0">
-        <x:v>495.006</x:v>
+        <x:v>509.38</x:v>
       </x:c>
       <x:c r="E152" s="0">
-        <x:v>582.36</x:v>
+        <x:v>599.27</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:5">
       <x:c r="A153" s="1">
-        <x:v>45733.8857986111</x:v>
+        <x:v>45779.9288657407</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C153" s="0">
-        <x:v>6.81</x:v>
+        <x:v>2.63</x:v>
       </x:c>
       <x:c r="D153" s="0">
-        <x:v>514.165</x:v>
+        <x:v>507.467</x:v>
       </x:c>
       <x:c r="E153" s="0">
-        <x:v>604.9</x:v>
+        <x:v>597.02</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:5">
       <x:c r="A154" s="1">
-        <x:v>45730.8910532407</x:v>
+        <x:v>45777.9324305556</x:v>
       </x:c>
       <x:c r="B154" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C154" s="0">
-        <x:v>7.03</x:v>
+        <x:v>1.73</x:v>
       </x:c>
       <x:c r="D154" s="0">
-        <x:v>501.676</x:v>
+        <x:v>466.65</x:v>
       </x:c>
       <x:c r="E154" s="0">
-        <x:v>607.6</x:v>
+        <x:v>549</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:5">
       <x:c r="A155" s="1">
-        <x:v>45730.329212963</x:v>
+        <x:v>45776.9249189815</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C155" s="0">
-        <x:v>6.41</x:v>
+        <x:v>1.84</x:v>
       </x:c>
       <x:c r="D155" s="0">
-        <x:v>501.676</x:v>
+        <x:v>471.274</x:v>
       </x:c>
       <x:c r="E155" s="0">
-        <x:v>590.64</x:v>
+        <x:v>554.44</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:5">
       <x:c r="A156" s="1">
-        <x:v>45729.9202893519</x:v>
+        <x:v>45775.93125</x:v>
       </x:c>
       <x:c r="B156" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C156" s="0">
-        <x:v>5.98</x:v>
+        <x:v>1.75</x:v>
       </x:c>
       <x:c r="D156" s="0">
-        <x:v>502.044</x:v>
+        <x:v>467.279</x:v>
       </x:c>
       <x:c r="E156" s="0">
-        <x:v>0</x:v>
+        <x:v>549.74</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:5">
       <x:c r="A157" s="1">
-        <x:v>45728.8940856481</x:v>
+        <x:v>45772.9279282407</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C157" s="0">
-        <x:v>8.32</x:v>
+        <x:v>1.71</x:v>
       </x:c>
       <x:c r="D157" s="0">
-        <x:v>526.626</x:v>
+        <x:v>465.18</x:v>
       </x:c>
       <x:c r="E157" s="0">
-        <x:v>0</x:v>
+        <x:v>547.27</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:5">
       <x:c r="A158" s="1">
-        <x:v>45727.8961805556</x:v>
+        <x:v>45771.9286921296</x:v>
       </x:c>
       <x:c r="B158" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C158" s="0">
-        <x:v>7.32</x:v>
+        <x:v>1.48</x:v>
       </x:c>
       <x:c r="D158" s="0">
-        <x:v>514.854</x:v>
+        <x:v>453.178</x:v>
       </x:c>
       <x:c r="E158" s="0">
-        <x:v>605.71</x:v>
+        <x:v>533.15</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:5">
       <x:c r="A159" s="1">
-        <x:v>45726.8939467593</x:v>
+        <x:v>45770.9297800926</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C159" s="0">
-        <x:v>6.8</x:v>
+        <x:v>1.29</x:v>
       </x:c>
       <x:c r="D159" s="0">
-        <x:v>531.811</x:v>
+        <x:v>442.23</x:v>
       </x:c>
       <x:c r="E159" s="0">
-        <x:v>625.66</x:v>
+        <x:v>520.27</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:5">
       <x:c r="A160" s="1">
-        <x:v>45723.92375</x:v>
+        <x:v>45769.9290856481</x:v>
       </x:c>
       <x:c r="B160" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C160" s="0">
-        <x:v>9.3</x:v>
+        <x:v>1.04</x:v>
       </x:c>
       <x:c r="D160" s="0">
-        <x:v>533.74</x:v>
+        <x:v>425.238</x:v>
       </x:c>
       <x:c r="E160" s="0">
-        <x:v>627.93</x:v>
+        <x:v>500.28</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:5">
       <x:c r="A161" s="1">
-        <x:v>45722.9231365741</x:v>
+        <x:v>45764.930787037</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C161" s="0">
-        <x:v>9.52</x:v>
+        <x:v>1.06</x:v>
       </x:c>
       <x:c r="D161" s="0">
-        <x:v>558</x:v>
+        <x:v>426.258</x:v>
       </x:c>
       <x:c r="E161" s="0">
-        <x:v>656.47</x:v>
+        <x:v>501.48</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:5">
       <x:c r="A162" s="1">
-        <x:v>45721.9268402778</x:v>
+        <x:v>45763.9303125</x:v>
       </x:c>
       <x:c r="B162" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C162" s="0">
-        <x:v>12.9</x:v>
+        <x:v>1.07</x:v>
       </x:c>
       <x:c r="D162" s="0">
-        <x:v>544</x:v>
+        <x:v>426.964</x:v>
       </x:c>
       <x:c r="E162" s="0">
-        <x:v>640</x:v>
+        <x:v>502.31</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:5">
       <x:c r="A163" s="1">
-        <x:v>45720.9245833333</x:v>
+        <x:v>45762.9290740741</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C163" s="0">
-        <x:v>11.18</x:v>
+        <x:v>1.38</x:v>
       </x:c>
       <x:c r="D163" s="0">
-        <x:v>556.792</x:v>
+        <x:v>443.292</x:v>
       </x:c>
       <x:c r="E163" s="0">
-        <x:v>655.05</x:v>
+        <x:v>521.52</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:5">
       <x:c r="A164" s="1">
-        <x:v>45719.9236805556</x:v>
+        <x:v>45761.9296643519</x:v>
       </x:c>
       <x:c r="B164" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C164" s="0">
-        <x:v>12.99</x:v>
+        <x:v>1.55</x:v>
       </x:c>
       <x:c r="D164" s="0">
-        <x:v>567.97</x:v>
+        <x:v>451.758</x:v>
       </x:c>
       <x:c r="E164" s="0">
-        <x:v>668.2</x:v>
+        <x:v>531.48</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:5">
       <x:c r="A165" s="1">
-        <x:v>45716.9268981482</x:v>
+        <x:v>45758.9254282407</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C165" s="0">
-        <x:v>14.78</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="D165" s="0">
-        <x:v>559.504</x:v>
+        <x:v>462.034</x:v>
       </x:c>
       <x:c r="E165" s="0">
-        <x:v>658.24</x:v>
+        <x:v>543.57</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:5">
       <x:c r="A166" s="1">
-        <x:v>45715.92375</x:v>
+        <x:v>45757.9250231481</x:v>
       </x:c>
       <x:c r="B166" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C166" s="0">
-        <x:v>13.56</x:v>
+        <x:v>1.86</x:v>
       </x:c>
       <x:c r="D166" s="0">
-        <x:v>572.645</x:v>
+        <x:v>464.346</x:v>
       </x:c>
       <x:c r="E166" s="0">
-        <x:v>673.7</x:v>
+        <x:v>546.29</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:5">
       <x:c r="A167" s="1">
-        <x:v>45714.9285069444</x:v>
+        <x:v>45756.9250694444</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C167" s="0">
-        <x:v>15.75</x:v>
+        <x:v>3.12</x:v>
       </x:c>
       <x:c r="D167" s="0">
-        <x:v>558.875</x:v>
+        <x:v>497.904</x:v>
       </x:c>
       <x:c r="E167" s="0">
-        <x:v>657.5</x:v>
+        <x:v>585.77</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:5">
       <x:c r="A168" s="1">
-        <x:v>45713.923900463</x:v>
+        <x:v>45755.9267013889</x:v>
       </x:c>
       <x:c r="B168" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C168" s="0">
-        <x:v>13.73</x:v>
+        <x:v>1.66</x:v>
       </x:c>
       <x:c r="D168" s="0">
-        <x:v>567.91</x:v>
+        <x:v>433.882</x:v>
       </x:c>
       <x:c r="E168" s="0">
-        <x:v>668.13</x:v>
+        <x:v>510.45</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:5">
       <x:c r="A169" s="1">
-        <x:v>45712.926875</x:v>
+        <x:v>45754.9257175926</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C169" s="0">
-        <x:v>15.2</x:v>
+        <x:v>1.78</x:v>
       </x:c>
       <x:c r="D169" s="0">
-        <x:v>581.018</x:v>
+        <x:v>438.812</x:v>
       </x:c>
       <x:c r="E169" s="0">
-        <x:v>683.55</x:v>
+        <x:v>516.25</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:5">
       <x:c r="A170" s="1">
-        <x:v>45709.9264814815</x:v>
+        <x:v>45751.9453240741</x:v>
       </x:c>
       <x:c r="B170" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C170" s="0">
-        <x:v>17.65</x:v>
+        <x:v>1.57</x:v>
       </x:c>
       <x:c r="D170" s="0">
-        <x:v>590.614</x:v>
+        <x:v>429.02</x:v>
       </x:c>
       <x:c r="E170" s="0">
-        <x:v>694.84</x:v>
+        <x:v>504.73</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:5">
       <x:c r="A171" s="1">
-        <x:v>45708.9232175926</x:v>
+        <x:v>45750.9256944444</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C171" s="0">
-        <x:v>19.58</x:v>
+        <x:v>2.26</x:v>
       </x:c>
       <x:c r="D171" s="0">
-        <x:v>598.204</x:v>
+        <x:v>451.877</x:v>
       </x:c>
       <x:c r="E171" s="0">
-        <x:v>703.77</x:v>
+        <x:v>531.62</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:5">
       <x:c r="A172" s="1">
-        <x:v>45707.9353819444</x:v>
+        <x:v>45748.9242013889</x:v>
       </x:c>
       <x:c r="B172" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C172" s="0">
-        <x:v>21.22</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="D172" s="0">
-        <x:v>608.914</x:v>
+        <x:v>498.1</x:v>
       </x:c>
       <x:c r="E172" s="0">
-        <x:v>716.37</x:v>
+        <x:v>586</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:5">
       <x:c r="A173" s="1">
-        <x:v>45706.9293634259</x:v>
+        <x:v>45747.9264351852</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C173" s="0">
-        <x:v>23.75</x:v>
+        <x:v>4.55</x:v>
       </x:c>
       <x:c r="D173" s="0">
-        <x:v>626.17</x:v>
+        <x:v>489.906</x:v>
       </x:c>
       <x:c r="E173" s="0">
-        <x:v>736.67</x:v>
+        <x:v>576.36</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:5">
       <x:c r="A174" s="1">
-        <x:v>45702.9276157407</x:v>
+        <x:v>45744.883900463</x:v>
       </x:c>
       <x:c r="B174" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C174" s="0">
-        <x:v>28.61</x:v>
+        <x:v>4.59</x:v>
       </x:c>
       <x:c r="D174" s="0">
-        <x:v>619.276</x:v>
+        <x:v>490.229</x:v>
       </x:c>
       <x:c r="E174" s="0">
-        <x:v>728.56</x:v>
+        <x:v>576.74</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:5">
       <x:c r="A175" s="1">
-        <x:v>45700.9255092593</x:v>
+        <x:v>45743.8879166667</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C175" s="0">
-        <x:v>26.19</x:v>
+        <x:v>6.18</x:v>
       </x:c>
       <x:c r="D175" s="0">
-        <x:v>611.83</x:v>
+        <x:v>512.193</x:v>
       </x:c>
       <x:c r="E175" s="0">
-        <x:v>719.8</x:v>
+        <x:v>602.58</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:5">
       <x:c r="A176" s="1">
-        <x:v>45699.927662037</x:v>
+        <x:v>45742.8862384259</x:v>
       </x:c>
       <x:c r="B176" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C176" s="0">
-        <x:v>25.05</x:v>
+        <x:v>6.75</x:v>
       </x:c>
       <x:c r="D176" s="0">
-        <x:v>609.79</x:v>
+        <x:v>519.333</x:v>
       </x:c>
       <x:c r="E176" s="0">
-        <x:v>717.4</x:v>
+        <x:v>610.98</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:5">
       <x:c r="A177" s="1">
-        <x:v>45698.9262268519</x:v>
+        <x:v>45741.8884606482</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C177" s="0">
-        <x:v>24.58</x:v>
+        <x:v>7.92</x:v>
       </x:c>
       <x:c r="D177" s="0">
-        <x:v>609.79</x:v>
+        <x:v>532.364</x:v>
       </x:c>
       <x:c r="E177" s="0">
-        <x:v>717.4</x:v>
+        <x:v>626.31</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:5">
       <x:c r="A178" s="1">
-        <x:v>45695.9360300926</x:v>
+        <x:v>45740.8886111111</x:v>
       </x:c>
       <x:c r="B178" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C178" s="0">
-        <x:v>24.08</x:v>
+        <x:v>7.39</x:v>
       </x:c>
       <x:c r="D178" s="0">
-        <x:v>605.192</x:v>
+        <x:v>526.022</x:v>
       </x:c>
       <x:c r="E178" s="0">
-        <x:v>711.99</x:v>
+        <x:v>618.85</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:5">
       <x:c r="A179" s="1">
-        <x:v>45694.9237615741</x:v>
+        <x:v>45737.8932986111</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C179" s="0">
-        <x:v>23.6</x:v>
+        <x:v>6.04</x:v>
       </x:c>
       <x:c r="D179" s="0">
-        <x:v>599.14</x:v>
+        <x:v>506.812</x:v>
       </x:c>
       <x:c r="E179" s="0">
-        <x:v>704.87</x:v>
+        <x:v>596.25</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:5">
       <x:c r="A180" s="1">
-        <x:v>45693.9253125</x:v>
+        <x:v>45736.8918287037</x:v>
       </x:c>
       <x:c r="B180" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C180" s="0">
-        <x:v>22.28</x:v>
+        <x:v>5.47</x:v>
       </x:c>
       <x:c r="D180" s="0">
-        <x:v>599.14</x:v>
+        <x:v>498.1</x:v>
       </x:c>
       <x:c r="E180" s="0">
-        <x:v>704.87</x:v>
+        <x:v>586</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:5">
       <x:c r="A181" s="1">
-        <x:v>45692.9271180556</x:v>
+        <x:v>45735.891724537</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C181" s="0">
-        <x:v>22.17</x:v>
+        <x:v>5.37</x:v>
       </x:c>
       <x:c r="D181" s="0">
-        <x:v>598.562</x:v>
+        <x:v>496.451</x:v>
       </x:c>
       <x:c r="E181" s="0">
-        <x:v>704.19</x:v>
+        <x:v>584.06</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:5">
       <x:c r="A182" s="1">
-        <x:v>45691.9280787037</x:v>
+        <x:v>45734.8848958333</x:v>
       </x:c>
       <x:c r="B182" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C182" s="0">
-        <x:v>20.98</x:v>
+        <x:v>5.28</x:v>
       </x:c>
       <x:c r="D182" s="0">
-        <x:v>592.841</x:v>
+        <x:v>495.006</x:v>
       </x:c>
       <x:c r="E182" s="0">
-        <x:v>697.46</x:v>
+        <x:v>582.36</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:5">
       <x:c r="A183" s="1">
-        <x:v>45688.9467939815</x:v>
+        <x:v>45733.8857986111</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C183" s="0">
-        <x:v>19.63</x:v>
+        <x:v>6.81</x:v>
       </x:c>
       <x:c r="D183" s="0">
-        <x:v>585.803</x:v>
+        <x:v>514.165</x:v>
       </x:c>
       <x:c r="E183" s="0">
-        <x:v>689.18</x:v>
+        <x:v>604.9</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:5">
       <x:c r="A184" s="1">
-        <x:v>45687.9293055556</x:v>
+        <x:v>45730.8910532407</x:v>
       </x:c>
       <x:c r="B184" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C184" s="0">
-        <x:v>19.29</x:v>
+        <x:v>7.03</x:v>
       </x:c>
       <x:c r="D184" s="0">
-        <x:v>583.95</x:v>
+        <x:v>501.676</x:v>
       </x:c>
       <x:c r="E184" s="0">
-        <x:v>687</x:v>
+        <x:v>607.6</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:5">
       <x:c r="A185" s="1">
-        <x:v>45686.9239930556</x:v>
+        <x:v>45730.329212963</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C185" s="0">
-        <x:v>17.66</x:v>
+        <x:v>6.41</x:v>
       </x:c>
       <x:c r="D185" s="0">
-        <x:v>575.016</x:v>
+        <x:v>501.676</x:v>
       </x:c>
       <x:c r="E185" s="0">
-        <x:v>676.49</x:v>
+        <x:v>590.64</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:5">
       <x:c r="A186" s="1">
-        <x:v>45685.9322106481</x:v>
+        <x:v>45729.9202893519</x:v>
       </x:c>
       <x:c r="B186" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C186" s="0">
-        <x:v>17.34</x:v>
+        <x:v>5.98</x:v>
       </x:c>
       <x:c r="D186" s="0">
-        <x:v>573.18</x:v>
+        <x:v>502.044</x:v>
       </x:c>
       <x:c r="E186" s="0">
-        <x:v>674.33</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:5">
       <x:c r="A187" s="1">
-        <x:v>45681.9227893519</x:v>
+        <x:v>45728.8940856481</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C187" s="0">
-        <x:v>13.81</x:v>
+        <x:v>8.32</x:v>
       </x:c>
       <x:c r="D187" s="0">
-        <x:v>550.366</x:v>
+        <x:v>526.626</x:v>
       </x:c>
       <x:c r="E187" s="0">
-        <x:v>647.49</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:5">
       <x:c r="A188" s="1">
-        <x:v>45679.9244212963</x:v>
+        <x:v>45727.8961805556</x:v>
       </x:c>
       <x:c r="B188" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C188" s="0">
-        <x:v>11.14</x:v>
+        <x:v>7.32</x:v>
       </x:c>
       <x:c r="D188" s="0">
-        <x:v>529.975</x:v>
+        <x:v>514.854</x:v>
       </x:c>
       <x:c r="E188" s="0">
-        <x:v>623.5</x:v>
+        <x:v>605.71</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:5">
       <x:c r="A189" s="1">
-        <x:v>45678.9235300926</x:v>
+        <x:v>45726.8939467593</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C189" s="0">
-        <x:v>10.44</x:v>
+        <x:v>6.8</x:v>
       </x:c>
       <x:c r="D189" s="0">
-        <x:v>523.991</x:v>
+        <x:v>531.811</x:v>
       </x:c>
       <x:c r="E189" s="0">
-        <x:v>616.46</x:v>
+        <x:v>625.66</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:5">
       <x:c r="A190" s="1">
-        <x:v>45674.9244675926</x:v>
+        <x:v>45723.92375</x:v>
       </x:c>
       <x:c r="B190" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C190" s="0">
-        <x:v>10.12</x:v>
+        <x:v>9.3</x:v>
       </x:c>
       <x:c r="D190" s="0">
-        <x:v>520.854</x:v>
+        <x:v>533.74</x:v>
       </x:c>
       <x:c r="E190" s="0">
-        <x:v>612.77</x:v>
+        <x:v>627.93</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:5">
       <x:c r="A191" s="1">
-        <x:v>45673.9256018518</x:v>
+        <x:v>45722.9231365741</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C191" s="0">
-        <x:v>9.98</x:v>
+        <x:v>9.52</x:v>
       </x:c>
       <x:c r="D191" s="0">
-        <x:v>519.605</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="E191" s="0">
-        <x:v>611.3</x:v>
+        <x:v>656.47</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:5">
       <x:c r="A192" s="1">
-        <x:v>45672.926087963</x:v>
+        <x:v>45721.9268402778</x:v>
       </x:c>
       <x:c r="B192" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C192" s="0">
-        <x:v>10.59</x:v>
+        <x:v>12.9</x:v>
       </x:c>
       <x:c r="D192" s="0">
-        <x:v>524.552</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="E192" s="0">
-        <x:v>617.12</x:v>
+        <x:v>640</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:5">
       <x:c r="A193" s="1">
-        <x:v>45671.9240856481</x:v>
+        <x:v>45720.9245833333</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C193" s="0">
-        <x:v>8.61</x:v>
+        <x:v>11.18</x:v>
       </x:c>
       <x:c r="D193" s="0">
-        <x:v>505.112</x:v>
+        <x:v>556.792</x:v>
       </x:c>
       <x:c r="E193" s="0">
-        <x:v>594.25</x:v>
+        <x:v>655.05</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:5">
       <x:c r="A194" s="1">
-        <x:v>45670.9314814815</x:v>
+        <x:v>45719.9236805556</x:v>
       </x:c>
       <x:c r="B194" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C194" s="0">
-        <x:v>10.02</x:v>
+        <x:v>12.99</x:v>
       </x:c>
       <x:c r="D194" s="0">
-        <x:v>517.08</x:v>
+        <x:v>567.97</x:v>
       </x:c>
       <x:c r="E194" s="0">
-        <x:v>608.33</x:v>
+        <x:v>668.2</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:5">
       <x:c r="A195" s="1">
-        <x:v>45667.9296759259</x:v>
+        <x:v>45716.9268981482</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C195" s="0">
-        <x:v>10.85</x:v>
+        <x:v>14.78</x:v>
       </x:c>
       <x:c r="D195" s="0">
-        <x:v>523.481</x:v>
+        <x:v>559.504</x:v>
       </x:c>
       <x:c r="E195" s="0">
-        <x:v>615.86</x:v>
+        <x:v>658.24</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:5">
       <x:c r="A196" s="1">
-        <x:v>45665.925787037</x:v>
+        <x:v>45715.92375</x:v>
       </x:c>
       <x:c r="B196" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C196" s="0">
-        <x:v>10.35</x:v>
+        <x:v>13.56</x:v>
       </x:c>
       <x:c r="D196" s="0">
-        <x:v>519.112</x:v>
+        <x:v>572.645</x:v>
       </x:c>
       <x:c r="E196" s="0">
-        <x:v>610.72</x:v>
+        <x:v>673.7</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:5">
       <x:c r="A197" s="1">
-        <x:v>45664.9260648148</x:v>
+        <x:v>45714.9285069444</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C197" s="0">
-        <x:v>11.14</x:v>
+        <x:v>15.75</x:v>
       </x:c>
       <x:c r="D197" s="0">
-        <x:v>525.206</x:v>
+        <x:v>558.875</x:v>
       </x:c>
       <x:c r="E197" s="0">
-        <x:v>617.89</x:v>
+        <x:v>657.5</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:5">
       <x:c r="A198" s="1">
-        <x:v>45663.9232986111</x:v>
+        <x:v>45713.923900463</x:v>
       </x:c>
       <x:c r="B198" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C198" s="0">
-        <x:v>12.63</x:v>
+        <x:v>13.73</x:v>
       </x:c>
       <x:c r="D198" s="0">
-        <x:v>535.67</x:v>
+        <x:v>567.91</x:v>
       </x:c>
       <x:c r="E198" s="0">
-        <x:v>630.2</x:v>
+        <x:v>668.13</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:5">
       <x:c r="A199" s="1">
-        <x:v>45660.9250347222</x:v>
+        <x:v>45712.926875</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C199" s="0">
-        <x:v>10.1</x:v>
+        <x:v>15.2</x:v>
       </x:c>
       <x:c r="D199" s="0">
-        <x:v>513.936</x:v>
+        <x:v>581.018</x:v>
       </x:c>
       <x:c r="E199" s="0">
-        <x:v>604.63</x:v>
+        <x:v>683.55</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:5">
       <x:c r="A200" s="1">
-        <x:v>45659.9244675926</x:v>
+        <x:v>45709.9264814815</x:v>
       </x:c>
       <x:c r="B200" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C200" s="0">
-        <x:v>9.59</x:v>
+        <x:v>17.65</x:v>
       </x:c>
       <x:c r="D200" s="0">
-        <x:v>509.354</x:v>
+        <x:v>590.614</x:v>
       </x:c>
       <x:c r="E200" s="0">
-        <x:v>599.24</x:v>
+        <x:v>694.84</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:5">
       <x:c r="A201" s="1">
-        <x:v>45656.9242708333</x:v>
+        <x:v>45708.9232175926</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C201" s="0">
-        <x:v>8.9</x:v>
+        <x:v>19.58</x:v>
       </x:c>
       <x:c r="D201" s="0">
-        <x:v>502.554</x:v>
+        <x:v>598.204</x:v>
       </x:c>
       <x:c r="E201" s="0">
-        <x:v>591.24</x:v>
+        <x:v>703.77</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:5">
       <x:c r="A202" s="1">
-        <x:v>45653.9297685185</x:v>
+        <x:v>45707.9353819444</x:v>
       </x:c>
       <x:c r="B202" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C202" s="0">
-        <x:v>9.77</x:v>
+        <x:v>21.22</x:v>
       </x:c>
       <x:c r="D202" s="0">
-        <x:v>509.838</x:v>
+        <x:v>608.914</x:v>
       </x:c>
       <x:c r="E202" s="0">
-        <x:v>599.81</x:v>
+        <x:v>716.37</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:5">
       <x:c r="A203" s="1">
-        <x:v>45649.9280208333</x:v>
+        <x:v>45706.9293634259</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C203" s="0">
-        <x:v>9.82</x:v>
+        <x:v>23.75</x:v>
       </x:c>
       <x:c r="D203" s="0">
-        <x:v>509.872</x:v>
+        <x:v>626.17</x:v>
       </x:c>
       <x:c r="E203" s="0">
-        <x:v>599.85</x:v>
+        <x:v>736.67</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:5">
       <x:c r="A204" s="1">
-        <x:v>45646.9391666667</x:v>
+        <x:v>45702.9276157407</x:v>
       </x:c>
       <x:c r="B204" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C204" s="0">
-        <x:v>8.56</x:v>
+        <x:v>28.61</x:v>
       </x:c>
       <x:c r="D204" s="0">
-        <x:v>497.462</x:v>
+        <x:v>619.276</x:v>
       </x:c>
       <x:c r="E204" s="0">
-        <x:v>585.25</x:v>
+        <x:v>728.56</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:5">
       <x:c r="A205" s="1">
-        <x:v>45646.9253009259</x:v>
+        <x:v>45700.9255092593</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C205" s="0">
-        <x:v>8.56</x:v>
+        <x:v>26.19</x:v>
       </x:c>
       <x:c r="D205" s="0">
-        <x:v>497.462</x:v>
+        <x:v>611.83</x:v>
       </x:c>
       <x:c r="E205" s="0">
-        <x:v>585.25</x:v>
+        <x:v>719.8</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:5">
       <x:c r="A206" s="1">
-        <x:v>45645.9285532407</x:v>
+        <x:v>45699.927662037</x:v>
       </x:c>
       <x:c r="B206" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C206" s="0">
-        <x:v>9.57</x:v>
+        <x:v>25.05</x:v>
       </x:c>
       <x:c r="D206" s="0">
-        <x:v>506.234</x:v>
+        <x:v>609.79</x:v>
       </x:c>
       <x:c r="E206" s="0">
-        <x:v>595.57</x:v>
+        <x:v>717.4</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:5">
       <x:c r="A207" s="1">
-        <x:v>45644.9406134259</x:v>
+        <x:v>45698.9262268519</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C207" s="0">
-        <x:v>9.74</x:v>
+        <x:v>24.58</x:v>
       </x:c>
       <x:c r="D207" s="0">
-        <x:v>507.612</x:v>
+        <x:v>609.79</x:v>
       </x:c>
       <x:c r="E207" s="0">
-        <x:v>597.19</x:v>
+        <x:v>717.4</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:5">
       <x:c r="A208" s="1">
-        <x:v>45643.9374305556</x:v>
+        <x:v>45695.9360300926</x:v>
       </x:c>
       <x:c r="B208" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C208" s="0">
-        <x:v>12.43</x:v>
+        <x:v>24.08</x:v>
       </x:c>
       <x:c r="D208" s="0">
-        <x:v>526.524</x:v>
+        <x:v>605.192</x:v>
       </x:c>
       <x:c r="E208" s="0">
-        <x:v>619.44</x:v>
+        <x:v>711.99</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:5">
       <x:c r="A209" s="1">
-        <x:v>45642.9331481481</x:v>
+        <x:v>45694.9237615741</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C209" s="0">
-        <x:v>13.05</x:v>
+        <x:v>23.6</x:v>
       </x:c>
       <x:c r="D209" s="0">
-        <x:v>530.604</x:v>
+        <x:v>599.14</x:v>
       </x:c>
       <x:c r="E209" s="0">
-        <x:v>624.24</x:v>
+        <x:v>704.87</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:5">
       <x:c r="A210" s="1">
-        <x:v>45642.3397685185</x:v>
+        <x:v>45693.9253125</x:v>
       </x:c>
       <x:c r="B210" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C210" s="0">
-        <x:v>12.7</x:v>
+        <x:v>22.28</x:v>
       </x:c>
       <x:c r="D210" s="0">
-        <x:v>527.298</x:v>
+        <x:v>599.14</x:v>
       </x:c>
       <x:c r="E210" s="0">
-        <x:v>620.35</x:v>
+        <x:v>704.87</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:5">
       <x:c r="A211" s="1">
-        <x:v>45639.9310532407</x:v>
+        <x:v>45692.9271180556</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C211" s="0">
-        <x:v>12.58</x:v>
+        <x:v>22.17</x:v>
       </x:c>
       <x:c r="D211" s="0">
-        <x:v>527.298</x:v>
+        <x:v>598.562</x:v>
       </x:c>
       <x:c r="E211" s="0">
-        <x:v>620.35</x:v>
+        <x:v>704.19</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:5">
       <x:c r="A212" s="1">
-        <x:v>45638.9302777778</x:v>
+        <x:v>45691.9280787037</x:v>
       </x:c>
       <x:c r="B212" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C212" s="0">
-        <x:v>13.98</x:v>
+        <x:v>20.98</x:v>
       </x:c>
       <x:c r="D212" s="0">
-        <x:v>536.172</x:v>
+        <x:v>592.841</x:v>
       </x:c>
       <x:c r="E212" s="0">
-        <x:v>630.79</x:v>
+        <x:v>697.46</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:5">
       <x:c r="A213" s="1">
-        <x:v>45637.9260069444</x:v>
+        <x:v>45688.9467939815</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C213" s="0">
-        <x:v>14.25</x:v>
+        <x:v>19.63</x:v>
       </x:c>
       <x:c r="D213" s="0">
-        <x:v>537.778</x:v>
+        <x:v>585.803</x:v>
       </x:c>
       <x:c r="E213" s="0">
-        <x:v>632.68</x:v>
+        <x:v>689.18</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:5">
       <x:c r="A214" s="1">
-        <x:v>45636.9246527778</x:v>
+        <x:v>45687.9293055556</x:v>
       </x:c>
       <x:c r="B214" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C214" s="0">
-        <x:v>12.63</x:v>
+        <x:v>19.29</x:v>
       </x:c>
       <x:c r="D214" s="0">
-        <x:v>526.422</x:v>
+        <x:v>583.95</x:v>
       </x:c>
       <x:c r="E214" s="0">
-        <x:v>619.32</x:v>
+        <x:v>687</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:5">
       <x:c r="A215" s="1">
-        <x:v>45635.9292939815</x:v>
+        <x:v>45686.9239930556</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C215" s="0">
-        <x:v>11.97</x:v>
+        <x:v>17.66</x:v>
       </x:c>
       <x:c r="D215" s="0">
-        <x:v>521.534</x:v>
+        <x:v>575.016</x:v>
       </x:c>
       <x:c r="E215" s="0">
-        <x:v>613.57</x:v>
+        <x:v>676.49</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:5">
       <x:c r="A216" s="1">
-        <x:v>45632.930162037</x:v>
+        <x:v>45685.9322106481</x:v>
       </x:c>
       <x:c r="B216" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C216" s="0">
-        <x:v>13.33</x:v>
+        <x:v>17.34</x:v>
       </x:c>
       <x:c r="D216" s="0">
-        <x:v>530.204</x:v>
+        <x:v>573.18</x:v>
       </x:c>
       <x:c r="E216" s="0">
-        <x:v>623.77</x:v>
+        <x:v>674.33</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:5">
       <x:c r="A217" s="1">
-        <x:v>45631.9230439815</x:v>
+        <x:v>45681.9227893519</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C217" s="0">
-        <x:v>11.64</x:v>
+        <x:v>13.81</x:v>
       </x:c>
       <x:c r="D217" s="0">
-        <x:v>517.59</x:v>
+        <x:v>550.366</x:v>
       </x:c>
       <x:c r="E217" s="0">
-        <x:v>608.93</x:v>
+        <x:v>647.49</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:5">
       <x:c r="A218" s="1">
-        <x:v>45630.9239583333</x:v>
+        <x:v>45679.9244212963</x:v>
       </x:c>
       <x:c r="B218" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C218" s="0">
-        <x:v>12.23</x:v>
+        <x:v>11.14</x:v>
       </x:c>
       <x:c r="D218" s="0">
-        <x:v>521.713</x:v>
+        <x:v>529.975</x:v>
       </x:c>
       <x:c r="E218" s="0">
-        <x:v>613.78</x:v>
+        <x:v>623.5</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:5">
       <x:c r="A219" s="1">
-        <x:v>45628.9241666667</x:v>
+        <x:v>45678.9235300926</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C219" s="0">
-        <x:v>10.11</x:v>
+        <x:v>10.44</x:v>
       </x:c>
       <x:c r="D219" s="0">
-        <x:v>503.906</x:v>
+        <x:v>523.991</x:v>
       </x:c>
       <x:c r="E219" s="0">
-        <x:v>592.83</x:v>
+        <x:v>616.46</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:5">
       <x:c r="A220" s="1">
-        <x:v>45625.8309143518</x:v>
+        <x:v>45674.9244675926</x:v>
       </x:c>
       <x:c r="B220" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C220" s="0">
-        <x:v>8.5</x:v>
+        <x:v>10.12</x:v>
       </x:c>
       <x:c r="D220" s="0">
-        <x:v>488.172</x:v>
+        <x:v>520.854</x:v>
       </x:c>
       <x:c r="E220" s="0">
-        <x:v>574.32</x:v>
+        <x:v>612.77</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:5">
       <x:c r="A221" s="1">
-        <x:v>45623.9383449074</x:v>
+        <x:v>45673.9256018518</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C221" s="0">
-        <x:v>8.08</x:v>
+        <x:v>9.98</x:v>
       </x:c>
       <x:c r="D221" s="0">
-        <x:v>483.82</x:v>
+        <x:v>519.605</x:v>
       </x:c>
       <x:c r="E221" s="0">
-        <x:v>569.2</x:v>
+        <x:v>611.3</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:5">
       <x:c r="A222" s="1">
-        <x:v>45622.9256134259</x:v>
+        <x:v>45672.926087963</x:v>
       </x:c>
       <x:c r="B222" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C222" s="0">
-        <x:v>8.47</x:v>
+        <x:v>10.59</x:v>
       </x:c>
       <x:c r="D222" s="0">
-        <x:v>487.509</x:v>
+        <x:v>524.552</x:v>
       </x:c>
       <x:c r="E222" s="0">
-        <x:v>573.54</x:v>
+        <x:v>617.12</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:5">
       <x:c r="A223" s="1">
-        <x:v>45621.9280439815</x:v>
+        <x:v>45671.9240856481</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C223" s="0">
-        <x:v>7.78</x:v>
+        <x:v>8.61</x:v>
       </x:c>
       <x:c r="D223" s="0">
-        <x:v>480.344</x:v>
+        <x:v>505.112</x:v>
       </x:c>
       <x:c r="E223" s="0">
-        <x:v>565.11</x:v>
+        <x:v>594.25</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:5">
       <x:c r="A224" s="1">
-        <x:v>45618.9261574074</x:v>
+        <x:v>45670.9314814815</x:v>
       </x:c>
       <x:c r="B224" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C224" s="0">
-        <x:v>7.34</x:v>
+        <x:v>10.02</x:v>
       </x:c>
       <x:c r="D224" s="0">
-        <x:v>475.269</x:v>
+        <x:v>517.08</x:v>
       </x:c>
       <x:c r="E224" s="0">
-        <x:v>559.14</x:v>
+        <x:v>608.33</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:5">
       <x:c r="A225" s="1">
-        <x:v>45617.9238194444</x:v>
+        <x:v>45667.9296759259</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C225" s="0">
-        <x:v>7.67</x:v>
+        <x:v>10.85</x:v>
       </x:c>
       <x:c r="D225" s="0">
-        <x:v>478.626</x:v>
+        <x:v>523.481</x:v>
       </x:c>
       <x:c r="E225" s="0">
-        <x:v>563.09</x:v>
+        <x:v>615.86</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:5">
       <x:c r="A226" s="1">
-        <x:v>45616.9246643518</x:v>
+        <x:v>45665.925787037</x:v>
       </x:c>
       <x:c r="B226" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C226" s="0">
-        <x:v>7.88</x:v>
+        <x:v>10.35</x:v>
       </x:c>
       <x:c r="D226" s="0">
-        <x:v>480.692</x:v>
+        <x:v>519.112</x:v>
       </x:c>
       <x:c r="E226" s="0">
-        <x:v>565.52</x:v>
+        <x:v>610.72</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:5">
       <x:c r="A227" s="1">
-        <x:v>45615.9253009259</x:v>
+        <x:v>45664.9260648148</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C227" s="0">
-        <x:v>7.53</x:v>
+        <x:v>11.14</x:v>
       </x:c>
       <x:c r="D227" s="0">
-        <x:v>476.926</x:v>
+        <x:v>525.206</x:v>
       </x:c>
       <x:c r="E227" s="0">
-        <x:v>561.09</x:v>
+        <x:v>617.89</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:5">
       <x:c r="A228" s="1">
-        <x:v>45614.924212963</x:v>
+        <x:v>45663.9232986111</x:v>
       </x:c>
       <x:c r="B228" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C228" s="0">
-        <x:v>7.03</x:v>
+        <x:v>12.63</x:v>
       </x:c>
       <x:c r="D228" s="0">
-        <x:v>471.24</x:v>
+        <x:v>535.67</x:v>
       </x:c>
       <x:c r="E228" s="0">
-        <x:v>554.4</x:v>
+        <x:v>630.2</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:5">
       <x:c r="A229" s="1">
-        <x:v>45611.9273958333</x:v>
+        <x:v>45660.9250347222</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C229" s="0">
-        <x:v>7.03</x:v>
+        <x:v>10.1</x:v>
       </x:c>
       <x:c r="D229" s="0">
-        <x:v>470.968</x:v>
+        <x:v>513.936</x:v>
       </x:c>
       <x:c r="E229" s="0">
-        <x:v>554.08</x:v>
+        <x:v>604.63</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:5">
       <x:c r="A230" s="1">
-        <x:v>45610.9252662037</x:v>
+        <x:v>45659.9244675926</x:v>
       </x:c>
       <x:c r="B230" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C230" s="0">
-        <x:v>9.27</x:v>
+        <x:v>9.59</x:v>
       </x:c>
       <x:c r="D230" s="0">
-        <x:v>490.586</x:v>
+        <x:v>509.354</x:v>
       </x:c>
       <x:c r="E230" s="0">
-        <x:v>577.16</x:v>
+        <x:v>599.24</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:5">
       <x:c r="A231" s="1">
-        <x:v>45609.9228587963</x:v>
+        <x:v>45656.9242708333</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C231" s="0">
-        <x:v>9.56</x:v>
+        <x:v>8.9</x:v>
       </x:c>
       <x:c r="D231" s="0">
-        <x:v>493</x:v>
+        <x:v>502.554</x:v>
       </x:c>
       <x:c r="E231" s="0">
-        <x:v>580</x:v>
+        <x:v>591.24</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:5">
       <x:c r="A232" s="1">
-        <x:v>45608.9377893519</x:v>
+        <x:v>45653.9297685185</x:v>
       </x:c>
       <x:c r="B232" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C232" s="0">
-        <x:v>10.07</x:v>
+        <x:v>9.77</x:v>
       </x:c>
       <x:c r="D232" s="0">
-        <x:v>497.097</x:v>
+        <x:v>509.838</x:v>
       </x:c>
       <x:c r="E232" s="0">
-        <x:v>584.82</x:v>
+        <x:v>599.81</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:5">
       <x:c r="A233" s="1">
-        <x:v>45607.9260648148</x:v>
+        <x:v>45649.9280208333</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C233" s="0">
-        <x:v>9.91</x:v>
+        <x:v>9.82</x:v>
       </x:c>
       <x:c r="D233" s="0">
-        <x:v>495.694</x:v>
+        <x:v>509.872</x:v>
       </x:c>
       <x:c r="E233" s="0">
-        <x:v>583.17</x:v>
+        <x:v>599.85</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:5">
       <x:c r="A234" s="1">
-        <x:v>45604.925625</x:v>
+        <x:v>45646.9391666667</x:v>
       </x:c>
       <x:c r="B234" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C234" s="0">
-        <x:v>10.61</x:v>
+        <x:v>8.56</x:v>
       </x:c>
       <x:c r="D234" s="0">
-        <x:v>500.939</x:v>
+        <x:v>497.462</x:v>
       </x:c>
       <x:c r="E234" s="0">
-        <x:v>589.34</x:v>
+        <x:v>585.25</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:5">
       <x:c r="A235" s="1">
-        <x:v>45603.923900463</x:v>
+        <x:v>45646.9253009259</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C235" s="0">
-        <x:v>10.89</x:v>
+        <x:v>8.56</x:v>
       </x:c>
       <x:c r="D235" s="0">
-        <x:v>502.945</x:v>
+        <x:v>497.462</x:v>
       </x:c>
       <x:c r="E235" s="0">
-        <x:v>591.7</x:v>
+        <x:v>585.25</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:5">
       <x:c r="A236" s="1">
-        <x:v>45602.925625</x:v>
+        <x:v>45645.9285532407</x:v>
       </x:c>
       <x:c r="B236" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C236" s="0">
-        <x:v>9.04</x:v>
+        <x:v>9.57</x:v>
       </x:c>
       <x:c r="D236" s="0">
-        <x:v>486.242</x:v>
+        <x:v>506.234</x:v>
       </x:c>
       <x:c r="E236" s="0">
-        <x:v>572.05</x:v>
+        <x:v>595.57</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:5">
       <x:c r="A237" s="1">
-        <x:v>45601.9256481481</x:v>
+        <x:v>45644.9406134259</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C237" s="0">
-        <x:v>9.08</x:v>
+        <x:v>9.74</x:v>
       </x:c>
       <x:c r="D237" s="0">
-        <x:v>486.566</x:v>
+        <x:v>507.612</x:v>
       </x:c>
       <x:c r="E237" s="0">
-        <x:v>572.43</x:v>
+        <x:v>597.19</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:5">
       <x:c r="A238" s="1">
-        <x:v>45600.9294560185</x:v>
+        <x:v>45643.9374305556</x:v>
       </x:c>
       <x:c r="B238" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C238" s="0">
-        <x:v>8.08</x:v>
+        <x:v>12.43</x:v>
       </x:c>
       <x:c r="D238" s="0">
-        <x:v>476.578</x:v>
+        <x:v>526.524</x:v>
       </x:c>
       <x:c r="E238" s="0">
-        <x:v>560.68</x:v>
+        <x:v>619.44</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:5">
       <x:c r="A239" s="1">
-        <x:v>45597.8878240741</x:v>
+        <x:v>45642.9331481481</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C239" s="0">
-        <x:v>8.7</x:v>
+        <x:v>13.05</x:v>
       </x:c>
       <x:c r="D239" s="0">
-        <x:v>482.086</x:v>
+        <x:v>530.604</x:v>
       </x:c>
       <x:c r="E239" s="0">
-        <x:v>567.16</x:v>
+        <x:v>624.24</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:5">
       <x:c r="A240" s="1">
-        <x:v>45596.8871180556</x:v>
+        <x:v>45642.3397685185</x:v>
       </x:c>
       <x:c r="B240" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C240" s="0">
-        <x:v>8.75</x:v>
+        <x:v>12.7</x:v>
       </x:c>
       <x:c r="D240" s="0">
-        <x:v>482.443</x:v>
+        <x:v>527.298</x:v>
       </x:c>
       <x:c r="E240" s="0">
-        <x:v>567.58</x:v>
+        <x:v>620.35</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:5">
       <x:c r="A241" s="1">
-        <x:v>45595.8839930556</x:v>
+        <x:v>45639.9310532407</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C241" s="0">
-        <x:v>11.62</x:v>
+        <x:v>12.58</x:v>
       </x:c>
       <x:c r="D241" s="0">
-        <x:v>503.03</x:v>
+        <x:v>527.298</x:v>
       </x:c>
       <x:c r="E241" s="0">
-        <x:v>591.8</x:v>
+        <x:v>620.35</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:5">
       <x:c r="A242" s="1">
-        <x:v>45594.8862962963</x:v>
+        <x:v>45638.9302777778</x:v>
       </x:c>
       <x:c r="B242" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C242" s="0">
-        <x:v>11.81</x:v>
+        <x:v>13.98</x:v>
       </x:c>
       <x:c r="D242" s="0">
-        <x:v>504.288</x:v>
+        <x:v>536.172</x:v>
       </x:c>
       <x:c r="E242" s="0">
-        <x:v>593.28</x:v>
+        <x:v>630.79</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:5">
       <x:c r="A243" s="1">
-        <x:v>45593.8878125</x:v>
+        <x:v>45637.9260069444</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C243" s="0">
-        <x:v>10.22</x:v>
+        <x:v>14.25</x:v>
       </x:c>
       <x:c r="D243" s="0">
-        <x:v>491.436</x:v>
+        <x:v>537.778</x:v>
       </x:c>
       <x:c r="E243" s="0">
-        <x:v>578.16</x:v>
+        <x:v>632.68</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:5">
       <x:c r="A244" s="1">
-        <x:v>45590.9259259259</x:v>
+        <x:v>45636.9246527778</x:v>
       </x:c>
       <x:c r="B244" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C244" s="0">
-        <x:v>9.75</x:v>
+        <x:v>12.63</x:v>
       </x:c>
       <x:c r="D244" s="0">
-        <x:v>487.262</x:v>
+        <x:v>526.422</x:v>
       </x:c>
       <x:c r="E244" s="0">
-        <x:v>573.25</x:v>
+        <x:v>619.32</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:5">
       <x:c r="A245" s="1">
-        <x:v>45589.9268287037</x:v>
+        <x:v>45635.9292939815</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C245" s="0">
-        <x:v>9.23</x:v>
+        <x:v>11.97</x:v>
       </x:c>
       <x:c r="D245" s="0">
-        <x:v>482.613</x:v>
+        <x:v>521.534</x:v>
       </x:c>
       <x:c r="E245" s="0">
-        <x:v>567.78</x:v>
+        <x:v>613.57</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:5">
       <x:c r="A246" s="1">
-        <x:v>45588.9251041667</x:v>
+        <x:v>45632.930162037</x:v>
       </x:c>
       <x:c r="B246" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C246" s="0">
-        <x:v>8.85</x:v>
+        <x:v>13.33</x:v>
       </x:c>
       <x:c r="D246" s="0">
-        <x:v>479.136</x:v>
+        <x:v>530.204</x:v>
       </x:c>
       <x:c r="E246" s="0">
-        <x:v>563.69</x:v>
+        <x:v>623.77</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:5">
       <x:c r="A247" s="1">
-        <x:v>45587.928587963</x:v>
+        <x:v>45631.9230439815</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C247" s="0">
-        <x:v>10.93</x:v>
+        <x:v>11.64</x:v>
       </x:c>
       <x:c r="D247" s="0">
-        <x:v>494.708</x:v>
+        <x:v>517.59</x:v>
       </x:c>
       <x:c r="E247" s="0">
-        <x:v>582.01</x:v>
+        <x:v>608.93</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:5">
       <x:c r="A248" s="1">
-        <x:v>45586.9257407407</x:v>
+        <x:v>45630.9239583333</x:v>
       </x:c>
       <x:c r="B248" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C248" s="0">
-        <x:v>10.21</x:v>
+        <x:v>12.23</x:v>
       </x:c>
       <x:c r="D248" s="0">
-        <x:v>488.886</x:v>
+        <x:v>521.713</x:v>
       </x:c>
       <x:c r="E248" s="0">
-        <x:v>575.16</x:v>
+        <x:v>613.78</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:5">
       <x:c r="A249" s="1">
-        <x:v>45582.9404050926</x:v>
+        <x:v>45628.9241666667</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C249" s="0">
-        <x:v>10.45</x:v>
+        <x:v>10.11</x:v>
       </x:c>
       <x:c r="D249" s="0">
-        <x:v>490.39</x:v>
+        <x:v>503.906</x:v>
       </x:c>
       <x:c r="E249" s="0">
-        <x:v>576.93</x:v>
+        <x:v>592.83</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:5">
       <x:c r="A250" s="1">
-        <x:v>45580.939212963</x:v>
+        <x:v>45625.8309143518</x:v>
       </x:c>
       <x:c r="B250" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C250" s="0">
-        <x:v>11.59</x:v>
+        <x:v>8.5</x:v>
       </x:c>
       <x:c r="D250" s="0">
-        <x:v>498.33</x:v>
+        <x:v>488.172</x:v>
       </x:c>
       <x:c r="E250" s="0">
-        <x:v>586.27</x:v>
+        <x:v>574.32</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:5">
       <x:c r="A251" s="1">
-        <x:v>45579.9269328704</x:v>
+        <x:v>45623.9383449074</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C251" s="0">
-        <x:v>12.11</x:v>
+        <x:v>8.08</x:v>
       </x:c>
       <x:c r="D251" s="0">
-        <x:v>501.857</x:v>
+        <x:v>483.82</x:v>
       </x:c>
       <x:c r="E251" s="0">
-        <x:v>590.42</x:v>
+        <x:v>569.2</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:5">
       <x:c r="A252" s="1">
-        <x:v>45576.9277314815</x:v>
+        <x:v>45622.9256134259</x:v>
       </x:c>
       <x:c r="B252" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C252" s="0">
-        <x:v>12.1</x:v>
+        <x:v>8.47</x:v>
       </x:c>
       <x:c r="D252" s="0">
-        <x:v>501.458</x:v>
+        <x:v>487.509</x:v>
       </x:c>
       <x:c r="E252" s="0">
-        <x:v>589.95</x:v>
+        <x:v>573.54</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:5">
       <x:c r="A253" s="1">
-        <x:v>45575.9297685185</x:v>
+        <x:v>45621.9280439815</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C253" s="0">
-        <x:v>11.4</x:v>
+        <x:v>7.78</x:v>
       </x:c>
       <x:c r="D253" s="0">
-        <x:v>496.256</x:v>
+        <x:v>480.344</x:v>
       </x:c>
       <x:c r="E253" s="0">
-        <x:v>583.83</x:v>
+        <x:v>565.11</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:5">
       <x:c r="A254" s="1">
-        <x:v>45574.9233101852</x:v>
+        <x:v>45618.9261574074</x:v>
       </x:c>
       <x:c r="B254" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C254" s="0">
-        <x:v>12.24</x:v>
+        <x:v>7.34</x:v>
       </x:c>
       <x:c r="D254" s="0">
-        <x:v>501.934</x:v>
+        <x:v>475.269</x:v>
       </x:c>
       <x:c r="E254" s="0">
-        <x:v>590.51</x:v>
+        <x:v>559.14</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:5">
       <x:c r="A255" s="1">
-        <x:v>45573.9227314815</x:v>
+        <x:v>45617.9238194444</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C255" s="0">
-        <x:v>12.56</x:v>
+        <x:v>7.67</x:v>
       </x:c>
       <x:c r="D255" s="0">
-        <x:v>503.956</x:v>
+        <x:v>478.626</x:v>
       </x:c>
       <x:c r="E255" s="0">
-        <x:v>592.89</x:v>
+        <x:v>563.09</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:5">
       <x:c r="A256" s="1">
-        <x:v>45572.9228935185</x:v>
+        <x:v>45616.9246643518</x:v>
       </x:c>
       <x:c r="B256" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C256" s="0">
-        <x:v>11.61</x:v>
+        <x:v>7.88</x:v>
       </x:c>
       <x:c r="D256" s="0">
-        <x:v>497.063</x:v>
+        <x:v>480.692</x:v>
       </x:c>
       <x:c r="E256" s="0">
-        <x:v>584.78</x:v>
+        <x:v>565.52</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:5">
       <x:c r="A257" s="1">
-        <x:v>45569.9240972222</x:v>
+        <x:v>45615.9253009259</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C257" s="0">
-        <x:v>13.13</x:v>
+        <x:v>7.53</x:v>
       </x:c>
       <x:c r="D257" s="0">
-        <x:v>506.549</x:v>
+        <x:v>476.926</x:v>
       </x:c>
       <x:c r="E257" s="0">
-        <x:v>595.94</x:v>
+        <x:v>561.09</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:5">
       <x:c r="A258" s="1">
-        <x:v>45568.9237152778</x:v>
+        <x:v>45614.924212963</x:v>
       </x:c>
       <x:c r="B258" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C258" s="0">
-        <x:v>11.57</x:v>
+        <x:v>7.03</x:v>
       </x:c>
       <x:c r="D258" s="0">
-        <x:v>495.354</x:v>
+        <x:v>471.24</x:v>
       </x:c>
       <x:c r="E258" s="0">
-        <x:v>582.77</x:v>
+        <x:v>554.4</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:5">
       <x:c r="A259" s="1">
-        <x:v>45567.9236458333</x:v>
+        <x:v>45611.9273958333</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C259" s="0">
-        <x:v>10.49</x:v>
+        <x:v>7.03</x:v>
       </x:c>
       <x:c r="D259" s="0">
-        <x:v>486.888</x:v>
+        <x:v>470.968</x:v>
       </x:c>
       <x:c r="E259" s="0">
-        <x:v>572.81</x:v>
+        <x:v>554.08</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:5">
       <x:c r="A260" s="1">
-        <x:v>45566.9238310185</x:v>
+        <x:v>45610.9252662037</x:v>
       </x:c>
       <x:c r="B260" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C260" s="0">
-        <x:v>10.92</x:v>
+        <x:v>9.27</x:v>
       </x:c>
       <x:c r="D260" s="0">
-        <x:v>490</x:v>
+        <x:v>490.586</x:v>
       </x:c>
       <x:c r="E260" s="0">
-        <x:v>576.47</x:v>
+        <x:v>577.16</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:5">
       <x:c r="A261" s="1">
-        <x:v>45565.9307060185</x:v>
+        <x:v>45609.9228587963</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C261" s="0">
-        <x:v>10.49</x:v>
+        <x:v>9.56</x:v>
       </x:c>
       <x:c r="D261" s="0">
-        <x:v>486.574</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="E261" s="0">
-        <x:v>572.44</x:v>
+        <x:v>580</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:5">
       <x:c r="A262" s="1">
-        <x:v>45562.924849537</x:v>
+        <x:v>45608.9377893519</x:v>
       </x:c>
       <x:c r="B262" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C262" s="0">
-        <x:v>9.99</x:v>
+        <x:v>10.07</x:v>
       </x:c>
       <x:c r="D262" s="0">
-        <x:v>482.256</x:v>
+        <x:v>497.097</x:v>
       </x:c>
       <x:c r="E262" s="0">
-        <x:v>567.36</x:v>
+        <x:v>584.82</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:5">
       <x:c r="A263" s="1">
-        <x:v>45561.9242824074</x:v>
+        <x:v>45607.9260648148</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C263" s="0">
-        <x:v>10.05</x:v>
+        <x:v>9.91</x:v>
       </x:c>
       <x:c r="D263" s="0">
-        <x:v>482.664</x:v>
+        <x:v>495.694</x:v>
       </x:c>
       <x:c r="E263" s="0">
-        <x:v>567.84</x:v>
+        <x:v>583.17</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:5">
       <x:c r="A264" s="1">
-        <x:v>45560.9242708333</x:v>
+        <x:v>45604.925625</x:v>
       </x:c>
       <x:c r="B264" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C264" s="0">
-        <x:v>10.11</x:v>
+        <x:v>10.61</x:v>
       </x:c>
       <x:c r="D264" s="0">
-        <x:v>483.064</x:v>
+        <x:v>500.939</x:v>
       </x:c>
       <x:c r="E264" s="0">
-        <x:v>568.31</x:v>
+        <x:v>589.34</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:5">
       <x:c r="A265" s="1">
-        <x:v>45559.9250694444</x:v>
+        <x:v>45603.923900463</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C265" s="0">
-        <x:v>9.61</x:v>
+        <x:v>10.89</x:v>
       </x:c>
       <x:c r="D265" s="0">
-        <x:v>478.83</x:v>
+        <x:v>502.945</x:v>
       </x:c>
       <x:c r="E265" s="0">
-        <x:v>563.33</x:v>
+        <x:v>591.7</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:5">
       <x:c r="A266" s="1">
-        <x:v>45558.9281018519</x:v>
+        <x:v>45602.925625</x:v>
       </x:c>
       <x:c r="B266" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C266" s="0">
-        <x:v>9.74</x:v>
+        <x:v>9.04</x:v>
       </x:c>
       <x:c r="D266" s="0">
-        <x:v>479.748</x:v>
+        <x:v>486.242</x:v>
       </x:c>
       <x:c r="E266" s="0">
-        <x:v>564.41</x:v>
+        <x:v>572.05</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:5">
       <x:c r="A267" s="1">
-        <x:v>45555.9288310185</x:v>
+        <x:v>45601.9256481481</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C267" s="0">
-        <x:v>9.46</x:v>
+        <x:v>9.08</x:v>
       </x:c>
       <x:c r="D267" s="0">
-        <x:v>477.148</x:v>
+        <x:v>486.566</x:v>
       </x:c>
       <x:c r="E267" s="0">
-        <x:v>561.35</x:v>
+        <x:v>572.43</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:5">
       <x:c r="A268" s="1">
-        <x:v>45554.9249074074</x:v>
+        <x:v>45600.9294560185</x:v>
       </x:c>
       <x:c r="B268" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C268" s="0">
-        <x:v>9.25</x:v>
+        <x:v>8.08</x:v>
       </x:c>
       <x:c r="D268" s="0">
-        <x:v>475.235</x:v>
+        <x:v>476.578</x:v>
       </x:c>
       <x:c r="E268" s="0">
-        <x:v>559.1</x:v>
+        <x:v>560.68</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:5">
       <x:c r="A269" s="1">
-        <x:v>45553.9237847222</x:v>
+        <x:v>45597.8878240741</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C269" s="0">
-        <x:v>7.49</x:v>
+        <x:v>8.7</x:v>
       </x:c>
       <x:c r="D269" s="0">
-        <x:v>457.258</x:v>
+        <x:v>482.086</x:v>
       </x:c>
       <x:c r="E269" s="0">
-        <x:v>537.95</x:v>
+        <x:v>567.16</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:5">
       <x:c r="A270" s="1">
-        <x:v>45552.9224537037</x:v>
+        <x:v>45596.8871180556</x:v>
       </x:c>
       <x:c r="B270" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C270" s="0">
-        <x:v>7.36</x:v>
+        <x:v>8.75</x:v>
       </x:c>
       <x:c r="D270" s="0">
-        <x:v>455.868</x:v>
+        <x:v>482.443</x:v>
       </x:c>
       <x:c r="E270" s="0">
-        <x:v>536.315</x:v>
+        <x:v>567.58</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:5">
       <x:c r="A271" s="1">
-        <x:v>45551.9244444444</x:v>
+        <x:v>45595.8839930556</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C271" s="0">
-        <x:v>7.13</x:v>
+        <x:v>11.62</x:v>
       </x:c>
       <x:c r="D271" s="0">
-        <x:v>453.288</x:v>
+        <x:v>503.03</x:v>
       </x:c>
       <x:c r="E271" s="0">
-        <x:v>533.28</x:v>
+        <x:v>591.8</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:5">
       <x:c r="A272" s="1">
-        <x:v>45551.332337963</x:v>
+        <x:v>45594.8862962963</x:v>
       </x:c>
       <x:c r="B272" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C272" s="0">
-        <x:v>6.36</x:v>
+        <x:v>11.81</x:v>
       </x:c>
       <x:c r="D272" s="0">
-        <x:v>445.927</x:v>
+        <x:v>504.288</x:v>
       </x:c>
       <x:c r="E272" s="0">
-        <x:v>524.62</x:v>
+        <x:v>593.28</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:5">
       <x:c r="A273" s="1">
-        <x:v>45547.9299189815</x:v>
+        <x:v>45593.8878125</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C273" s="0">
-        <x:v>6.57</x:v>
+        <x:v>10.22</x:v>
       </x:c>
       <x:c r="D273" s="0">
-        <x:v>446.76</x:v>
+        <x:v>491.436</x:v>
       </x:c>
       <x:c r="E273" s="0">
-        <x:v>525.6</x:v>
+        <x:v>578.16</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:5">
       <x:c r="A274" s="1">
-        <x:v>45546.9263078704</x:v>
+        <x:v>45590.9259259259</x:v>
       </x:c>
       <x:c r="B274" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C274" s="0">
-        <x:v>5.66</x:v>
+        <x:v>9.75</x:v>
       </x:c>
       <x:c r="D274" s="0">
-        <x:v>435.056</x:v>
+        <x:v>487.262</x:v>
       </x:c>
       <x:c r="E274" s="0">
-        <x:v>511.83</x:v>
+        <x:v>573.25</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:5">
       <x:c r="A275" s="1">
-        <x:v>45545.9252893518</x:v>
+        <x:v>45589.9268287037</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C275" s="0">
-        <x:v>5.23</x:v>
+        <x:v>9.23</x:v>
       </x:c>
       <x:c r="D275" s="0">
-        <x:v>429.072</x:v>
+        <x:v>482.613</x:v>
       </x:c>
       <x:c r="E275" s="0">
-        <x:v>504.79</x:v>
+        <x:v>567.78</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:5">
       <x:c r="A276" s="1">
-        <x:v>45544.9242824074</x:v>
+        <x:v>45588.9251041667</x:v>
       </x:c>
       <x:c r="B276" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C276" s="0">
-        <x:v>5.24</x:v>
+        <x:v>8.85</x:v>
       </x:c>
       <x:c r="D276" s="0">
-        <x:v>429.072</x:v>
+        <x:v>479.136</x:v>
       </x:c>
       <x:c r="E276" s="0">
-        <x:v>504.79</x:v>
+        <x:v>563.69</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:5">
       <x:c r="A277" s="1">
-        <x:v>45541.9261342593</x:v>
+        <x:v>45587.928587963</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C277" s="0">
-        <x:v>4.98</x:v>
+        <x:v>10.93</x:v>
       </x:c>
       <x:c r="D277" s="0">
-        <x:v>425.23</x:v>
+        <x:v>494.708</x:v>
       </x:c>
       <x:c r="E277" s="0">
-        <x:v>500.27</x:v>
+        <x:v>582.01</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:5">
       <x:c r="A278" s="1">
-        <x:v>45540.9253935185</x:v>
+        <x:v>45586.9257407407</x:v>
       </x:c>
       <x:c r="B278" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C278" s="0">
-        <x:v>6.18</x:v>
+        <x:v>10.21</x:v>
       </x:c>
       <x:c r="D278" s="0">
-        <x:v>439.331</x:v>
+        <x:v>488.886</x:v>
       </x:c>
       <x:c r="E278" s="0">
-        <x:v>516.86</x:v>
+        <x:v>575.16</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:5">
       <x:c r="A279" s="1">
-        <x:v>45539.9231365741</x:v>
+        <x:v>45582.9404050926</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C279" s="0">
-        <x:v>5.91</x:v>
+        <x:v>10.45</x:v>
       </x:c>
       <x:c r="D279" s="0">
-        <x:v>435.829</x:v>
+        <x:v>490.39</x:v>
       </x:c>
       <x:c r="E279" s="0">
-        <x:v>512.74</x:v>
+        <x:v>576.93</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:5">
       <x:c r="A280" s="1">
-        <x:v>45534.9322222222</x:v>
+        <x:v>45580.939212963</x:v>
       </x:c>
       <x:c r="B280" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C280" s="0">
-        <x:v>6.6</x:v>
+        <x:v>11.59</x:v>
       </x:c>
       <x:c r="D280" s="0">
-        <x:v>443.114</x:v>
+        <x:v>498.33</x:v>
       </x:c>
       <x:c r="E280" s="0">
-        <x:v>521.31</x:v>
+        <x:v>586.27</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:5">
       <x:c r="A281" s="1">
-        <x:v>45533.930462963</x:v>
+        <x:v>45579.9269328704</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C281" s="0">
-        <x:v>6.38</x:v>
+        <x:v>12.11</x:v>
       </x:c>
       <x:c r="D281" s="0">
-        <x:v>440.487</x:v>
+        <x:v>501.857</x:v>
       </x:c>
       <x:c r="E281" s="0">
-        <x:v>518.22</x:v>
+        <x:v>590.42</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:5">
       <x:c r="A282" s="1">
-        <x:v>45532.9225462963</x:v>
+        <x:v>45576.9277314815</x:v>
       </x:c>
       <x:c r="B282" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C282" s="0">
-        <x:v>6.29</x:v>
+        <x:v>12.1</x:v>
       </x:c>
       <x:c r="D282" s="0">
-        <x:v>439.263</x:v>
+        <x:v>501.458</x:v>
       </x:c>
       <x:c r="E282" s="0">
-        <x:v>516.78</x:v>
+        <x:v>589.95</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:5">
       <x:c r="A283" s="1">
-        <x:v>45531.9245138889</x:v>
+        <x:v>45575.9297685185</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C283" s="0">
-        <x:v>6.47</x:v>
+        <x:v>11.4</x:v>
       </x:c>
       <x:c r="D283" s="0">
-        <x:v>441.235</x:v>
+        <x:v>496.256</x:v>
       </x:c>
       <x:c r="E283" s="0">
-        <x:v>519.1</x:v>
+        <x:v>583.83</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:5">
       <x:c r="A284" s="1">
-        <x:v>45530.924212963</x:v>
+        <x:v>45574.9233101852</x:v>
       </x:c>
       <x:c r="B284" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C284" s="0">
-        <x:v>6.63</x:v>
+        <x:v>12.24</x:v>
       </x:c>
       <x:c r="D284" s="0">
-        <x:v>442.952</x:v>
+        <x:v>501.934</x:v>
       </x:c>
       <x:c r="E284" s="0">
-        <x:v>521.12</x:v>
+        <x:v>590.51</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:5">
       <x:c r="A285" s="1">
-        <x:v>45527.9240162037</x:v>
+        <x:v>45573.9227314815</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C285" s="0">
-        <x:v>7.22</x:v>
+        <x:v>12.56</x:v>
       </x:c>
       <x:c r="D285" s="0">
-        <x:v>448.8</x:v>
+        <x:v>503.956</x:v>
       </x:c>
       <x:c r="E285" s="0">
-        <x:v>528</x:v>
+        <x:v>592.89</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:5">
       <x:c r="A286" s="1">
-        <x:v>45526.9255671296</x:v>
+        <x:v>45572.9228935185</x:v>
       </x:c>
       <x:c r="B286" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C286" s="0">
-        <x:v>7.57</x:v>
+        <x:v>11.61</x:v>
       </x:c>
       <x:c r="D286" s="0">
-        <x:v>452.14</x:v>
+        <x:v>497.063</x:v>
       </x:c>
       <x:c r="E286" s="0">
-        <x:v>531.93</x:v>
+        <x:v>584.78</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:5">
       <x:c r="A287" s="1">
-        <x:v>45525.923287037</x:v>
+        <x:v>45569.9240972222</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C287" s="0">
-        <x:v>7.86</x:v>
+        <x:v>13.13</x:v>
       </x:c>
       <x:c r="D287" s="0">
-        <x:v>454.886</x:v>
+        <x:v>506.549</x:v>
       </x:c>
       <x:c r="E287" s="0">
-        <x:v>535.16</x:v>
+        <x:v>595.94</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:5">
       <x:c r="A288" s="1">
-        <x:v>45524.9226736111</x:v>
+        <x:v>45568.9237152778</x:v>
       </x:c>
       <x:c r="B288" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C288" s="0">
-        <x:v>7.18</x:v>
+        <x:v>11.57</x:v>
       </x:c>
       <x:c r="D288" s="0">
-        <x:v>447.72</x:v>
+        <x:v>495.354</x:v>
       </x:c>
       <x:c r="E288" s="0">
-        <x:v>526.73</x:v>
+        <x:v>582.77</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:5">
       <x:c r="A289" s="1">
-        <x:v>45523.9245138889</x:v>
+        <x:v>45567.9236458333</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C289" s="0">
-        <x:v>7.4</x:v>
+        <x:v>10.49</x:v>
       </x:c>
       <x:c r="D289" s="0">
-        <x:v>448.307</x:v>
+        <x:v>486.888</x:v>
       </x:c>
       <x:c r="E289" s="0">
-        <x:v>527.42</x:v>
+        <x:v>572.81</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:5">
       <x:c r="A290" s="1">
-        <x:v>45520.9331018518</x:v>
+        <x:v>45566.9238310185</x:v>
       </x:c>
       <x:c r="B290" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C290" s="0">
-        <x:v>7.28</x:v>
+        <x:v>10.92</x:v>
       </x:c>
       <x:c r="D290" s="0">
-        <x:v>448.307</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="E290" s="0">
-        <x:v>527.42</x:v>
+        <x:v>576.47</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:5">
       <x:c r="A291" s="1">
-        <x:v>45519.9272569444</x:v>
+        <x:v>45565.9307060185</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C291" s="0">
-        <x:v>8.19</x:v>
+        <x:v>10.49</x:v>
       </x:c>
       <x:c r="D291" s="0">
-        <x:v>456.73</x:v>
+        <x:v>486.574</x:v>
       </x:c>
       <x:c r="E291" s="0">
-        <x:v>537.33</x:v>
+        <x:v>572.44</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:5">
       <x:c r="A292" s="1">
-        <x:v>45518.9339930556</x:v>
+        <x:v>45562.924849537</x:v>
       </x:c>
       <x:c r="B292" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C292" s="0">
-        <x:v>7.32</x:v>
+        <x:v>9.99</x:v>
       </x:c>
       <x:c r="D292" s="0">
-        <x:v>447.746</x:v>
+        <x:v>482.256</x:v>
       </x:c>
       <x:c r="E292" s="0">
-        <x:v>526.76</x:v>
+        <x:v>567.36</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:5">
       <x:c r="A293" s="1">
-        <x:v>45517.931712963</x:v>
+        <x:v>45561.9242824074</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C293" s="0">
-        <x:v>7.48</x:v>
+        <x:v>10.05</x:v>
       </x:c>
       <x:c r="D293" s="0">
-        <x:v>449.259</x:v>
+        <x:v>482.664</x:v>
       </x:c>
       <x:c r="E293" s="0">
-        <x:v>528.54</x:v>
+        <x:v>567.84</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:5">
       <x:c r="A294" s="1">
-        <x:v>45516.9273958333</x:v>
+        <x:v>45560.9242708333</x:v>
       </x:c>
       <x:c r="B294" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C294" s="0">
-        <x:v>6.53</x:v>
+        <x:v>10.11</x:v>
       </x:c>
       <x:c r="D294" s="0">
-        <x:v>438.558</x:v>
+        <x:v>483.064</x:v>
       </x:c>
       <x:c r="E294" s="0">
-        <x:v>515.95</x:v>
+        <x:v>568.31</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:5">
       <x:c r="A295" s="1">
-        <x:v>45513.93</x:v>
+        <x:v>45559.9250694444</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C295" s="0">
-        <x:v>6.7</x:v>
+        <x:v>9.61</x:v>
       </x:c>
       <x:c r="D295" s="0">
-        <x:v>440.104</x:v>
+        <x:v>478.83</x:v>
       </x:c>
       <x:c r="E295" s="0">
-        <x:v>517.77</x:v>
+        <x:v>563.33</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:5">
       <x:c r="A296" s="1">
-        <x:v>45512.9331597222</x:v>
+        <x:v>45558.9281018519</x:v>
       </x:c>
       <x:c r="B296" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C296" s="0">
-        <x:v>6.12</x:v>
+        <x:v>9.74</x:v>
       </x:c>
       <x:c r="D296" s="0">
-        <x:v>433.186</x:v>
+        <x:v>479.748</x:v>
       </x:c>
       <x:c r="E296" s="0">
-        <x:v>509.63</x:v>
+        <x:v>564.41</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:5">
       <x:c r="A297" s="1">
-        <x:v>45511.9284375</x:v>
+        <x:v>45555.9288310185</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C297" s="0">
-        <x:v>4.88</x:v>
+        <x:v>9.46</x:v>
       </x:c>
       <x:c r="D297" s="0">
-        <x:v>415.582</x:v>
+        <x:v>477.148</x:v>
       </x:c>
       <x:c r="E297" s="0">
-        <x:v>488.92</x:v>
+        <x:v>561.35</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:5">
       <x:c r="A298" s="1">
-        <x:v>45510.9305439815</x:v>
+        <x:v>45554.9249074074</x:v>
       </x:c>
       <x:c r="B298" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C298" s="0">
-        <x:v>5.22</x:v>
+        <x:v>9.25</x:v>
       </x:c>
       <x:c r="D298" s="0">
-        <x:v>419.976</x:v>
+        <x:v>475.235</x:v>
       </x:c>
       <x:c r="E298" s="0">
-        <x:v>494.09</x:v>
+        <x:v>559.1</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:5">
       <x:c r="A299" s="1">
-        <x:v>45509.9290162037</x:v>
+        <x:v>45553.9237847222</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C299" s="0">
-        <x:v>4.24</x:v>
+        <x:v>7.49</x:v>
       </x:c>
       <x:c r="D299" s="0">
-        <x:v>404.37</x:v>
+        <x:v>457.258</x:v>
       </x:c>
       <x:c r="E299" s="0">
-        <x:v>475.73</x:v>
+        <x:v>537.95</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:5">
       <x:c r="A300" s="1">
-        <x:v>45506.9320717593</x:v>
+        <x:v>45552.9224537037</x:v>
       </x:c>
       <x:c r="B300" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C300" s="0">
-        <x:v>5.03</x:v>
+        <x:v>7.36</x:v>
       </x:c>
       <x:c r="D300" s="0">
-        <x:v>414.919</x:v>
+        <x:v>455.868</x:v>
       </x:c>
       <x:c r="E300" s="0">
-        <x:v>488.14</x:v>
+        <x:v>536.315</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:5">
       <x:c r="A301" s="1">
-        <x:v>45505.9288773148</x:v>
+        <x:v>45551.9244444444</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C301" s="0">
-        <x:v>5.69</x:v>
+        <x:v>7.13</x:v>
       </x:c>
       <x:c r="D301" s="0">
-        <x:v>423.079</x:v>
+        <x:v>453.288</x:v>
       </x:c>
       <x:c r="E301" s="0">
-        <x:v>497.74</x:v>
+        <x:v>533.28</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:5">
       <x:c r="A302" s="1">
-        <x:v>45504.930474537</x:v>
+        <x:v>45551.332337963</x:v>
       </x:c>
       <x:c r="B302" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C302" s="0">
-        <x:v>4.42</x:v>
+        <x:v>6.36</x:v>
       </x:c>
       <x:c r="D302" s="0">
-        <x:v>403.606</x:v>
+        <x:v>445.927</x:v>
       </x:c>
       <x:c r="E302" s="0">
-        <x:v>474.83</x:v>
+        <x:v>524.62</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:5">
       <x:c r="A303" s="1">
-        <x:v>45503.9262152778</x:v>
+        <x:v>45547.9299189815</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C303" s="0">
-        <x:v>3.84</x:v>
+        <x:v>6.57</x:v>
       </x:c>
       <x:c r="D303" s="0">
-        <x:v>393.712</x:v>
+        <x:v>446.76</x:v>
       </x:c>
       <x:c r="E303" s="0">
-        <x:v>463.19</x:v>
+        <x:v>525.6</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:5">
       <x:c r="A304" s="1">
-        <x:v>45502.9221180556</x:v>
+        <x:v>45546.9263078704</x:v>
       </x:c>
       <x:c r="B304" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C304" s="0">
-        <x:v>3.98</x:v>
+        <x:v>5.66</x:v>
       </x:c>
       <x:c r="D304" s="0">
-        <x:v>395.854</x:v>
+        <x:v>435.056</x:v>
       </x:c>
       <x:c r="E304" s="0">
-        <x:v>465.71</x:v>
+        <x:v>511.83</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:5">
       <x:c r="A305" s="1">
-        <x:v>45499.9228472222</x:v>
+        <x:v>45545.9252893518</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C305" s="0">
-        <x:v>3.99</x:v>
+        <x:v>5.23</x:v>
       </x:c>
       <x:c r="D305" s="0">
-        <x:v>395.845</x:v>
+        <x:v>429.072</x:v>
       </x:c>
       <x:c r="E305" s="0">
-        <x:v>465.7</x:v>
+        <x:v>504.79</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:5">
       <x:c r="A306" s="1">
-        <x:v>45498.9225578704</x:v>
+        <x:v>45544.9242824074</x:v>
       </x:c>
       <x:c r="B306" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C306" s="0">
-        <x:v>3.44</x:v>
+        <x:v>5.24</x:v>
       </x:c>
       <x:c r="D306" s="0">
-        <x:v>385.398</x:v>
+        <x:v>429.072</x:v>
       </x:c>
       <x:c r="E306" s="0">
-        <x:v>453.41</x:v>
+        <x:v>504.79</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:5">
       <x:c r="A307" s="1">
-        <x:v>45497.9292824074</x:v>
+        <x:v>45541.9261342593</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C307" s="0">
-        <x:v>3.84</x:v>
+        <x:v>4.98</x:v>
       </x:c>
       <x:c r="D307" s="0">
-        <x:v>392.08</x:v>
+        <x:v>425.23</x:v>
       </x:c>
       <x:c r="E307" s="0">
-        <x:v>461.27</x:v>
+        <x:v>500.27</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:5">
       <x:c r="A308" s="1">
-        <x:v>45496.9225347222</x:v>
+        <x:v>45540.9253935185</x:v>
       </x:c>
       <x:c r="B308" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C308" s="0">
-        <x:v>5.79</x:v>
+        <x:v>6.18</x:v>
       </x:c>
       <x:c r="D308" s="0">
-        <x:v>415.386</x:v>
+        <x:v>439.331</x:v>
       </x:c>
       <x:c r="E308" s="0">
-        <x:v>488.69</x:v>
+        <x:v>516.86</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:5">
       <x:c r="A309" s="1">
-        <x:v>45495.9267592593</x:v>
+        <x:v>45539.9231365741</x:v>
       </x:c>
       <x:c r="B309" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C309" s="0">
-        <x:v>5.71</x:v>
+        <x:v>5.91</x:v>
       </x:c>
       <x:c r="D309" s="0">
-        <x:v>414.29</x:v>
+        <x:v>435.829</x:v>
       </x:c>
       <x:c r="E309" s="0">
-        <x:v>487.4</x:v>
+        <x:v>512.74</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:5">
       <x:c r="A310" s="1">
-        <x:v>45492.9245138889</x:v>
+        <x:v>45534.9322222222</x:v>
       </x:c>
       <x:c r="B310" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C310" s="0">
-        <x:v>5.05</x:v>
+        <x:v>6.6</x:v>
       </x:c>
       <x:c r="D310" s="0">
-        <x:v>405.272</x:v>
+        <x:v>443.114</x:v>
       </x:c>
       <x:c r="E310" s="0">
-        <x:v>476.79</x:v>
+        <x:v>521.31</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:5">
       <x:c r="A311" s="1">
+        <x:v>45533.930462963</x:v>
+      </x:c>
+      <x:c r="B311" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C311" s="0">
+        <x:v>6.38</x:v>
+      </x:c>
+      <x:c r="D311" s="0">
+        <x:v>440.487</x:v>
+      </x:c>
+      <x:c r="E311" s="0">
+        <x:v>518.22</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="312" spans="1:5">
+      <x:c r="A312" s="1">
+        <x:v>45532.9225462963</x:v>
+      </x:c>
+      <x:c r="B312" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C312" s="0">
+        <x:v>6.29</x:v>
+      </x:c>
+      <x:c r="D312" s="0">
+        <x:v>439.263</x:v>
+      </x:c>
+      <x:c r="E312" s="0">
+        <x:v>516.78</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="313" spans="1:5">
+      <x:c r="A313" s="1">
+        <x:v>45531.9245138889</x:v>
+      </x:c>
+      <x:c r="B313" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C313" s="0">
+        <x:v>6.47</x:v>
+      </x:c>
+      <x:c r="D313" s="0">
+        <x:v>441.235</x:v>
+      </x:c>
+      <x:c r="E313" s="0">
+        <x:v>519.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="314" spans="1:5">
+      <x:c r="A314" s="1">
+        <x:v>45530.924212963</x:v>
+      </x:c>
+      <x:c r="B314" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C314" s="0">
+        <x:v>6.63</x:v>
+      </x:c>
+      <x:c r="D314" s="0">
+        <x:v>442.952</x:v>
+      </x:c>
+      <x:c r="E314" s="0">
+        <x:v>521.12</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="315" spans="1:5">
+      <x:c r="A315" s="1">
+        <x:v>45527.9240162037</x:v>
+      </x:c>
+      <x:c r="B315" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C315" s="0">
+        <x:v>7.22</x:v>
+      </x:c>
+      <x:c r="D315" s="0">
+        <x:v>448.8</x:v>
+      </x:c>
+      <x:c r="E315" s="0">
+        <x:v>528</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="316" spans="1:5">
+      <x:c r="A316" s="1">
+        <x:v>45526.9255671296</x:v>
+      </x:c>
+      <x:c r="B316" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C316" s="0">
+        <x:v>7.57</x:v>
+      </x:c>
+      <x:c r="D316" s="0">
+        <x:v>452.14</x:v>
+      </x:c>
+      <x:c r="E316" s="0">
+        <x:v>531.93</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="317" spans="1:5">
+      <x:c r="A317" s="1">
+        <x:v>45525.923287037</x:v>
+      </x:c>
+      <x:c r="B317" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C317" s="0">
+        <x:v>7.86</x:v>
+      </x:c>
+      <x:c r="D317" s="0">
+        <x:v>454.886</x:v>
+      </x:c>
+      <x:c r="E317" s="0">
+        <x:v>535.16</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="318" spans="1:5">
+      <x:c r="A318" s="1">
+        <x:v>45524.9226736111</x:v>
+      </x:c>
+      <x:c r="B318" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C318" s="0">
+        <x:v>7.18</x:v>
+      </x:c>
+      <x:c r="D318" s="0">
+        <x:v>447.72</x:v>
+      </x:c>
+      <x:c r="E318" s="0">
+        <x:v>526.73</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="319" spans="1:5">
+      <x:c r="A319" s="1">
+        <x:v>45523.9245138889</x:v>
+      </x:c>
+      <x:c r="B319" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C319" s="0">
+        <x:v>7.4</x:v>
+      </x:c>
+      <x:c r="D319" s="0">
+        <x:v>448.307</x:v>
+      </x:c>
+      <x:c r="E319" s="0">
+        <x:v>527.42</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="320" spans="1:5">
+      <x:c r="A320" s="1">
+        <x:v>45520.9331018518</x:v>
+      </x:c>
+      <x:c r="B320" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C320" s="0">
+        <x:v>7.28</x:v>
+      </x:c>
+      <x:c r="D320" s="0">
+        <x:v>448.307</x:v>
+      </x:c>
+      <x:c r="E320" s="0">
+        <x:v>527.42</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="321" spans="1:5">
+      <x:c r="A321" s="1">
+        <x:v>45519.9272569444</x:v>
+      </x:c>
+      <x:c r="B321" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C321" s="0">
+        <x:v>8.19</x:v>
+      </x:c>
+      <x:c r="D321" s="0">
+        <x:v>456.73</x:v>
+      </x:c>
+      <x:c r="E321" s="0">
+        <x:v>537.33</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="322" spans="1:5">
+      <x:c r="A322" s="1">
+        <x:v>45518.9339930556</x:v>
+      </x:c>
+      <x:c r="B322" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C322" s="0">
+        <x:v>7.32</x:v>
+      </x:c>
+      <x:c r="D322" s="0">
+        <x:v>447.746</x:v>
+      </x:c>
+      <x:c r="E322" s="0">
+        <x:v>526.76</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="323" spans="1:5">
+      <x:c r="A323" s="1">
+        <x:v>45517.931712963</x:v>
+      </x:c>
+      <x:c r="B323" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C323" s="0">
+        <x:v>7.48</x:v>
+      </x:c>
+      <x:c r="D323" s="0">
+        <x:v>449.259</x:v>
+      </x:c>
+      <x:c r="E323" s="0">
+        <x:v>528.54</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="324" spans="1:5">
+      <x:c r="A324" s="1">
+        <x:v>45516.9273958333</x:v>
+      </x:c>
+      <x:c r="B324" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C324" s="0">
+        <x:v>6.53</x:v>
+      </x:c>
+      <x:c r="D324" s="0">
+        <x:v>438.558</x:v>
+      </x:c>
+      <x:c r="E324" s="0">
+        <x:v>515.95</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="325" spans="1:5">
+      <x:c r="A325" s="1">
+        <x:v>45513.93</x:v>
+      </x:c>
+      <x:c r="B325" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C325" s="0">
+        <x:v>6.7</x:v>
+      </x:c>
+      <x:c r="D325" s="0">
+        <x:v>440.104</x:v>
+      </x:c>
+      <x:c r="E325" s="0">
+        <x:v>517.77</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="326" spans="1:5">
+      <x:c r="A326" s="1">
+        <x:v>45512.9331597222</x:v>
+      </x:c>
+      <x:c r="B326" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C326" s="0">
+        <x:v>6.12</x:v>
+      </x:c>
+      <x:c r="D326" s="0">
+        <x:v>433.186</x:v>
+      </x:c>
+      <x:c r="E326" s="0">
+        <x:v>509.63</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="327" spans="1:5">
+      <x:c r="A327" s="1">
+        <x:v>45511.9284375</x:v>
+      </x:c>
+      <x:c r="B327" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C327" s="0">
+        <x:v>4.88</x:v>
+      </x:c>
+      <x:c r="D327" s="0">
+        <x:v>415.582</x:v>
+      </x:c>
+      <x:c r="E327" s="0">
+        <x:v>488.92</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="328" spans="1:5">
+      <x:c r="A328" s="1">
+        <x:v>45510.9305439815</x:v>
+      </x:c>
+      <x:c r="B328" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C328" s="0">
+        <x:v>5.22</x:v>
+      </x:c>
+      <x:c r="D328" s="0">
+        <x:v>419.976</x:v>
+      </x:c>
+      <x:c r="E328" s="0">
+        <x:v>494.09</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="329" spans="1:5">
+      <x:c r="A329" s="1">
+        <x:v>45509.9290162037</x:v>
+      </x:c>
+      <x:c r="B329" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C329" s="0">
+        <x:v>4.24</x:v>
+      </x:c>
+      <x:c r="D329" s="0">
+        <x:v>404.37</x:v>
+      </x:c>
+      <x:c r="E329" s="0">
+        <x:v>475.73</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="330" spans="1:5">
+      <x:c r="A330" s="1">
+        <x:v>45506.9320717593</x:v>
+      </x:c>
+      <x:c r="B330" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C330" s="0">
+        <x:v>5.03</x:v>
+      </x:c>
+      <x:c r="D330" s="0">
+        <x:v>414.919</x:v>
+      </x:c>
+      <x:c r="E330" s="0">
+        <x:v>488.14</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="331" spans="1:5">
+      <x:c r="A331" s="1">
+        <x:v>45505.9288773148</x:v>
+      </x:c>
+      <x:c r="B331" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C331" s="0">
+        <x:v>5.69</x:v>
+      </x:c>
+      <x:c r="D331" s="0">
+        <x:v>423.079</x:v>
+      </x:c>
+      <x:c r="E331" s="0">
+        <x:v>497.74</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="332" spans="1:5">
+      <x:c r="A332" s="1">
+        <x:v>45504.930474537</x:v>
+      </x:c>
+      <x:c r="B332" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C332" s="0">
+        <x:v>4.42</x:v>
+      </x:c>
+      <x:c r="D332" s="0">
+        <x:v>403.606</x:v>
+      </x:c>
+      <x:c r="E332" s="0">
+        <x:v>474.83</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="333" spans="1:5">
+      <x:c r="A333" s="1">
+        <x:v>45503.9262152778</x:v>
+      </x:c>
+      <x:c r="B333" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C333" s="0">
+        <x:v>3.84</x:v>
+      </x:c>
+      <x:c r="D333" s="0">
+        <x:v>393.712</x:v>
+      </x:c>
+      <x:c r="E333" s="0">
+        <x:v>463.19</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="334" spans="1:5">
+      <x:c r="A334" s="1">
+        <x:v>45502.9221180556</x:v>
+      </x:c>
+      <x:c r="B334" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C334" s="0">
+        <x:v>3.98</x:v>
+      </x:c>
+      <x:c r="D334" s="0">
+        <x:v>395.854</x:v>
+      </x:c>
+      <x:c r="E334" s="0">
+        <x:v>465.71</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="335" spans="1:5">
+      <x:c r="A335" s="1">
+        <x:v>45499.9228472222</x:v>
+      </x:c>
+      <x:c r="B335" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C335" s="0">
+        <x:v>3.99</x:v>
+      </x:c>
+      <x:c r="D335" s="0">
+        <x:v>395.845</x:v>
+      </x:c>
+      <x:c r="E335" s="0">
+        <x:v>465.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="336" spans="1:5">
+      <x:c r="A336" s="1">
+        <x:v>45498.9225578704</x:v>
+      </x:c>
+      <x:c r="B336" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C336" s="0">
+        <x:v>3.44</x:v>
+      </x:c>
+      <x:c r="D336" s="0">
+        <x:v>385.398</x:v>
+      </x:c>
+      <x:c r="E336" s="0">
+        <x:v>453.41</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="337" spans="1:5">
+      <x:c r="A337" s="1">
+        <x:v>45497.9292824074</x:v>
+      </x:c>
+      <x:c r="B337" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C337" s="0">
+        <x:v>3.84</x:v>
+      </x:c>
+      <x:c r="D337" s="0">
+        <x:v>392.08</x:v>
+      </x:c>
+      <x:c r="E337" s="0">
+        <x:v>461.27</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="338" spans="1:5">
+      <x:c r="A338" s="1">
+        <x:v>45496.9225347222</x:v>
+      </x:c>
+      <x:c r="B338" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C338" s="0">
+        <x:v>5.79</x:v>
+      </x:c>
+      <x:c r="D338" s="0">
+        <x:v>415.386</x:v>
+      </x:c>
+      <x:c r="E338" s="0">
+        <x:v>488.69</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="339" spans="1:5">
+      <x:c r="A339" s="1">
+        <x:v>45495.9267592593</x:v>
+      </x:c>
+      <x:c r="B339" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C339" s="0">
+        <x:v>5.71</x:v>
+      </x:c>
+      <x:c r="D339" s="0">
+        <x:v>414.29</x:v>
+      </x:c>
+      <x:c r="E339" s="0">
+        <x:v>487.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="340" spans="1:5">
+      <x:c r="A340" s="1">
+        <x:v>45492.9245138889</x:v>
+      </x:c>
+      <x:c r="B340" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C340" s="0">
+        <x:v>5.05</x:v>
+      </x:c>
+      <x:c r="D340" s="0">
+        <x:v>405.272</x:v>
+      </x:c>
+      <x:c r="E340" s="0">
+        <x:v>476.79</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="341" spans="1:5">
+      <x:c r="A341" s="1">
         <x:v>45491.9233101852</x:v>
       </x:c>
-      <x:c r="B311" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C311" s="0">
+      <x:c r="B341" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C341" s="0">
         <x:v>5</x:v>
       </x:c>
-      <x:c r="D311" s="0">
+      <x:c r="D341" s="0">
         <x:v>404.472</x:v>
       </x:c>
-      <x:c r="E311" s="0">
+      <x:c r="E341" s="0">
         <x:v>475.85</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>