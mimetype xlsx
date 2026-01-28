--- v2 (2025-12-14)
+++ v3 (2026-01-28)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb8d9774b2485473c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e7b191f9143a4f2ab3e5338e07c4a99a.psmdcp" Id="R5642cba1c18c45d0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2717838e4b6c45f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b797f2cf236248fca767e58511d2e924.psmdcp" Id="R64f44f56c80147ce" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>NLBNPNL2UA10</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -390,5843 +390,6302 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E341"/>
+  <x:dimension ref="A1:E368"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>46003.927037037</x:v>
+        <x:v>46049.9250462963</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
-        <x:v>1.05</x:v>
+        <x:v>1.16</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>547.596</x:v>
+        <x:v>572.024</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>644.23</x:v>
+        <x:v>672.97</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>46002.9321180556</x:v>
+        <x:v>46048.9248726852</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
-        <x:v>1.14</x:v>
+        <x:v>1.16</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>554.804</x:v>
+        <x:v>571.506</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>652.71</x:v>
+        <x:v>672.36</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>46001.9271180556</x:v>
+        <x:v>46045.9251851852</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
-        <x:v>1.12</x:v>
+        <x:v>1.03</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>552.61</x:v>
+        <x:v>559.946</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>650.13</x:v>
+        <x:v>658.76</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>46000.9276273148</x:v>
+        <x:v>46044.9246180556</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
-        <x:v>1.19</x:v>
+        <x:v>0.94</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>558.416</x:v>
+        <x:v>550.486</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>656.96</x:v>
+        <x:v>647.63</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>45996.9307986111</x:v>
+        <x:v>46043.9254861111</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
-        <x:v>1.4</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>572.407</x:v>
+        <x:v>521.016</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>673.42</x:v>
+        <x:v>612.96</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>45995.9303703704</x:v>
+        <x:v>46042.9278935185</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
-        <x:v>1.26</x:v>
+        <x:v>0.64</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>562.3</x:v>
+        <x:v>513.502</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>661.53</x:v>
+        <x:v>604.12</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>45994.9277662037</x:v>
+        <x:v>46038.9244212963</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
-        <x:v>1.05</x:v>
+        <x:v>0.77</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>543.66</x:v>
+        <x:v>527.212</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>639.6</x:v>
+        <x:v>620.25</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>45993.9304050926</x:v>
+        <x:v>46037.9281134259</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
-        <x:v>1.13</x:v>
+        <x:v>0.77</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>550.035</x:v>
+        <x:v>527.68</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>647.1</x:v>
+        <x:v>620.8</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>45992.9296875</x:v>
+        <x:v>46036.9273611111</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
-        <x:v>1.07</x:v>
+        <x:v>0.73</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>544.74</x:v>
+        <x:v>523.192</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>640.87</x:v>
+        <x:v>615.52</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>45989.8196990741</x:v>
+        <x:v>46035.9280092593</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C12" s="0">
-        <x:v>1.14</x:v>
+        <x:v>0.86</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>550.758</x:v>
+        <x:v>536.426</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>647.95</x:v>
+        <x:v>631.09</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>45987.9266087963</x:v>
+        <x:v>46034.9279282407</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0">
-        <x:v>1.01</x:v>
+        <x:v>0.96</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>538.568</x:v>
+        <x:v>545.674</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>633.61</x:v>
+        <x:v>641.97</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>45986.9251157407</x:v>
+        <x:v>46031.929224537</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C14" s="0">
-        <x:v>1.04</x:v>
+        <x:v>1.07</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>540.787</x:v>
+        <x:v>555.101</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>636.22</x:v>
+        <x:v>653.06</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>45982.9249074074</x:v>
+        <x:v>46030.9270949074</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
-        <x:v>0.71</x:v>
+        <x:v>1.01</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>505.112</x:v>
+        <x:v>549.151</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>594.25</x:v>
+        <x:v>646.06</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>45981.9259722222</x:v>
+        <x:v>46029.9278819444</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C16" s="0">
-        <x:v>0.68</x:v>
+        <x:v>1.03</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>500.778</x:v>
+        <x:v>551.386</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>589.15</x:v>
+        <x:v>648.69</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>45980.9264583333</x:v>
+        <x:v>46028.9272222222</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C17" s="0">
-        <x:v>0.69</x:v>
+        <x:v>1.16</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>501.772</x:v>
+        <x:v>561.527</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>590.32</x:v>
+        <x:v>660.62</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>45979.9258680556</x:v>
+        <x:v>46027.9295717593</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="0">
-        <x:v>0.74</x:v>
+        <x:v>1.14</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>508.036</x:v>
+        <x:v>559.972</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>597.69</x:v>
+        <x:v>658.79</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>45978.9282175926</x:v>
+        <x:v>46024.9271875</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C19" s="0">
-        <x:v>0.78</x:v>
+        <x:v>1.06</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>511.708</x:v>
+        <x:v>552.848</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>602.01</x:v>
+        <x:v>650.41</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
-        <x:v>45975.9258449074</x:v>
+        <x:v>46021.927025463</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C20" s="0">
-        <x:v>0.84</x:v>
+        <x:v>1.24</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>518.041</x:v>
+        <x:v>566.058</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>609.46</x:v>
+        <x:v>665.95</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="1">
-        <x:v>45974.9248958333</x:v>
+        <x:v>46020.9274421296</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C21" s="0">
-        <x:v>0.85</x:v>
+        <x:v>1.17</x:v>
       </x:c>
       <x:c r="D21" s="0">
-        <x:v>518.406</x:v>
+        <x:v>559.886</x:v>
       </x:c>
       <x:c r="E21" s="0">
-        <x:v>609.89</x:v>
+        <x:v>658.69</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="1">
-        <x:v>45973.9253125</x:v>
+        <x:v>46014.9278356481</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C22" s="0">
-        <x:v>0.84</x:v>
+        <x:v>1.24</x:v>
       </x:c>
       <x:c r="D22" s="0">
-        <x:v>517.658</x:v>
+        <x:v>565.199</x:v>
       </x:c>
       <x:c r="E22" s="0">
-        <x:v>609.01</x:v>
+        <x:v>664.94</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="1">
-        <x:v>45972.9253240741</x:v>
+        <x:v>46013.9284722222</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C23" s="0">
-        <x:v>1.02</x:v>
+        <x:v>1.21</x:v>
       </x:c>
       <x:c r="D23" s="0">
-        <x:v>533.018</x:v>
+        <x:v>562.275</x:v>
       </x:c>
       <x:c r="E23" s="0">
-        <x:v>627.08</x:v>
+        <x:v>661.5</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="1">
-        <x:v>45971.9254282407</x:v>
+        <x:v>46010.9276388889</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C24" s="0">
-        <x:v>1.06</x:v>
+        <x:v>1.18</x:v>
       </x:c>
       <x:c r="D24" s="0">
-        <x:v>536.996</x:v>
+        <x:v>559.954</x:v>
       </x:c>
       <x:c r="E24" s="0">
-        <x:v>631.76</x:v>
+        <x:v>658.77</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="1">
-        <x:v>45968.925474537</x:v>
+        <x:v>46009.9307523148</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C25" s="0">
-        <x:v>0.97</x:v>
+        <x:v>1.25</x:v>
       </x:c>
       <x:c r="D25" s="0">
-        <x:v>528.454</x:v>
+        <x:v>564.782</x:v>
       </x:c>
       <x:c r="E25" s="0">
-        <x:v>621.71</x:v>
+        <x:v>664.45</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="1">
-        <x:v>45967.9277662037</x:v>
+        <x:v>46008.9276736111</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C26" s="0">
-        <x:v>0.95</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="D26" s="0">
-        <x:v>526.099</x:v>
+        <x:v>552.075</x:v>
       </x:c>
       <x:c r="E26" s="0">
-        <x:v>618.94</x:v>
+        <x:v>649.5</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="1">
-        <x:v>45966.9253587963</x:v>
+        <x:v>46007.9278472222</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C27" s="0">
-        <x:v>1.13</x:v>
+        <x:v>1.18</x:v>
       </x:c>
       <x:c r="D27" s="0">
-        <x:v>540.558</x:v>
+        <x:v>558.578</x:v>
       </x:c>
       <x:c r="E27" s="0">
-        <x:v>635.95</x:v>
+        <x:v>657.15</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="1">
-        <x:v>45965.9237731481</x:v>
+        <x:v>46006.9271412037</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C28" s="0">
-        <x:v>1.05</x:v>
+        <x:v>1.08</x:v>
       </x:c>
       <x:c r="D28" s="0">
-        <x:v>533.222</x:v>
+        <x:v>550.016</x:v>
       </x:c>
       <x:c r="E28" s="0">
-        <x:v>627.32</x:v>
+        <x:v>647.51</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="1">
-        <x:v>45964.9228819444</x:v>
+        <x:v>46006.3081134259</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C29" s="0">
-        <x:v>1.16</x:v>
+        <x:v>1.05</x:v>
       </x:c>
       <x:c r="D29" s="0">
-        <x:v>542.054</x:v>
+        <x:v>547.228</x:v>
       </x:c>
       <x:c r="E29" s="0">
-        <x:v>637.71</x:v>
+        <x:v>644.23</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="1">
-        <x:v>45961.8818865741</x:v>
+        <x:v>46003.927037037</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C30" s="0">
-        <x:v>1.29</x:v>
+        <x:v>1.05</x:v>
       </x:c>
       <x:c r="D30" s="0">
-        <x:v>551.098</x:v>
+        <x:v>547.596</x:v>
       </x:c>
       <x:c r="E30" s="0">
-        <x:v>648.35</x:v>
+        <x:v>644.23</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="1">
-        <x:v>45960.8841087963</x:v>
+        <x:v>46002.9321180556</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C31" s="0">
-        <x:v>1.55</x:v>
+        <x:v>1.14</x:v>
       </x:c>
       <x:c r="D31" s="0">
-        <x:v>566.5</x:v>
+        <x:v>554.804</x:v>
       </x:c>
       <x:c r="E31" s="0">
-        <x:v>666.47</x:v>
+        <x:v>652.71</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="1">
-        <x:v>45959.8898263889</x:v>
+        <x:v>46001.9271180556</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C32" s="0">
-        <x:v>4.9</x:v>
+        <x:v>1.12</x:v>
       </x:c>
       <x:c r="D32" s="0">
-        <x:v>638.92</x:v>
+        <x:v>552.61</x:v>
       </x:c>
       <x:c r="E32" s="0">
-        <x:v>751.67</x:v>
+        <x:v>650.13</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="1">
-        <x:v>45958.8875115741</x:v>
+        <x:v>46000.9276273148</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C33" s="0">
-        <x:v>4.9</x:v>
+        <x:v>1.19</x:v>
       </x:c>
       <x:c r="D33" s="0">
-        <x:v>638.724</x:v>
+        <x:v>558.416</x:v>
       </x:c>
       <x:c r="E33" s="0">
-        <x:v>751.44</x:v>
+        <x:v>656.96</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="1">
-        <x:v>45957.8875925926</x:v>
+        <x:v>45996.9307986111</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C34" s="0">
-        <x:v>4.88</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="D34" s="0">
-        <x:v>638.197</x:v>
+        <x:v>572.407</x:v>
       </x:c>
       <x:c r="E34" s="0">
-        <x:v>750.82</x:v>
+        <x:v>673.42</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="1">
-        <x:v>45954.9259259259</x:v>
+        <x:v>45995.9303703704</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C35" s="0">
-        <x:v>4.45</x:v>
+        <x:v>1.26</x:v>
       </x:c>
       <x:c r="D35" s="0">
-        <x:v>627.606</x:v>
+        <x:v>562.3</x:v>
       </x:c>
       <x:c r="E35" s="0">
-        <x:v>738.36</x:v>
+        <x:v>661.53</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="1">
-        <x:v>45953.9278587963</x:v>
+        <x:v>45994.9277662037</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C36" s="0">
-        <x:v>4.3</x:v>
+        <x:v>1.05</x:v>
       </x:c>
       <x:c r="D36" s="0">
-        <x:v>623.9</x:v>
+        <x:v>543.66</x:v>
       </x:c>
       <x:c r="E36" s="0">
-        <x:v>734</x:v>
+        <x:v>639.6</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="1">
-        <x:v>45952.9303587963</x:v>
+        <x:v>45993.9304050926</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C37" s="0">
-        <x:v>4.28</x:v>
+        <x:v>1.13</x:v>
       </x:c>
       <x:c r="D37" s="0">
-        <x:v>623.398</x:v>
+        <x:v>550.035</x:v>
       </x:c>
       <x:c r="E37" s="0">
-        <x:v>733.41</x:v>
+        <x:v>647.1</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="1">
-        <x:v>45951.9269212963</x:v>
+        <x:v>45992.9296875</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C38" s="0">
-        <x:v>4.28</x:v>
+        <x:v>1.07</x:v>
       </x:c>
       <x:c r="D38" s="0">
-        <x:v>623.28</x:v>
+        <x:v>544.74</x:v>
       </x:c>
       <x:c r="E38" s="0">
-        <x:v>733.27</x:v>
+        <x:v>640.87</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="1">
-        <x:v>45950.9289699074</x:v>
+        <x:v>45989.8196990741</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C39" s="0">
-        <x:v>4.25</x:v>
+        <x:v>1.14</x:v>
       </x:c>
       <x:c r="D39" s="0">
-        <x:v>622.344</x:v>
+        <x:v>550.758</x:v>
       </x:c>
       <x:c r="E39" s="0">
-        <x:v>732.17</x:v>
+        <x:v>647.95</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="1">
-        <x:v>45947.9300694444</x:v>
+        <x:v>45987.9266087963</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C40" s="0">
-        <x:v>3.78</x:v>
+        <x:v>1.01</x:v>
       </x:c>
       <x:c r="D40" s="0">
-        <x:v>609.378</x:v>
+        <x:v>538.568</x:v>
       </x:c>
       <x:c r="E40" s="0">
-        <x:v>716.915</x:v>
+        <x:v>633.61</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="1">
-        <x:v>45946.9261805556</x:v>
+        <x:v>45986.9251157407</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C41" s="0">
-        <x:v>3.63</x:v>
+        <x:v>1.04</x:v>
       </x:c>
       <x:c r="D41" s="0">
-        <x:v>605.26</x:v>
+        <x:v>540.787</x:v>
       </x:c>
       <x:c r="E41" s="0">
-        <x:v>712.07</x:v>
+        <x:v>636.22</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="1">
-        <x:v>45945.9256712963</x:v>
+        <x:v>45982.9249074074</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C42" s="0">
-        <x:v>3.81</x:v>
+        <x:v>0.71</x:v>
       </x:c>
       <x:c r="D42" s="0">
-        <x:v>609.918</x:v>
+        <x:v>505.112</x:v>
       </x:c>
       <x:c r="E42" s="0">
-        <x:v>717.55</x:v>
+        <x:v>594.25</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="1">
-        <x:v>45944.9308680556</x:v>
+        <x:v>45981.9259722222</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C43" s="0">
-        <x:v>3.55</x:v>
+        <x:v>0.68</x:v>
       </x:c>
       <x:c r="D43" s="0">
-        <x:v>602.352</x:v>
+        <x:v>500.778</x:v>
       </x:c>
       <x:c r="E43" s="0">
-        <x:v>708.65</x:v>
+        <x:v>589.15</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="1">
-        <x:v>45943.9267592593</x:v>
+        <x:v>45980.9264583333</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C44" s="0">
-        <x:v>3.77</x:v>
+        <x:v>0.69</x:v>
       </x:c>
       <x:c r="D44" s="0">
-        <x:v>608.345</x:v>
+        <x:v>501.772</x:v>
       </x:c>
       <x:c r="E44" s="0">
-        <x:v>715.7</x:v>
+        <x:v>590.32</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="1">
-        <x:v>45940.9235069444</x:v>
+        <x:v>45979.9258680556</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C45" s="0">
-        <x:v>3.48</x:v>
+        <x:v>0.74</x:v>
       </x:c>
       <x:c r="D45" s="0">
-        <x:v>599.505</x:v>
+        <x:v>508.036</x:v>
       </x:c>
       <x:c r="E45" s="0">
-        <x:v>705.3</x:v>
+        <x:v>597.69</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="1">
-        <x:v>45938.9271180556</x:v>
+        <x:v>45978.9282175926</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C46" s="0">
-        <x:v>4.01</x:v>
+        <x:v>0.78</x:v>
       </x:c>
       <x:c r="D46" s="0">
-        <x:v>610.164</x:v>
+        <x:v>511.708</x:v>
       </x:c>
       <x:c r="E46" s="0">
-        <x:v>717.84</x:v>
+        <x:v>602.01</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="1">
-        <x:v>45937.9281828704</x:v>
+        <x:v>45975.9258449074</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C47" s="0">
-        <x:v>3.86</x:v>
+        <x:v>0.84</x:v>
       </x:c>
       <x:c r="D47" s="0">
-        <x:v>606.118</x:v>
+        <x:v>518.041</x:v>
       </x:c>
       <x:c r="E47" s="0">
-        <x:v>713.08</x:v>
+        <x:v>609.46</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5">
       <x:c r="A48" s="1">
-        <x:v>45936.924224537</x:v>
+        <x:v>45974.9248958333</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C48" s="0">
-        <x:v>3.95</x:v>
+        <x:v>0.85</x:v>
       </x:c>
       <x:c r="D48" s="0">
-        <x:v>608.311</x:v>
+        <x:v>518.406</x:v>
       </x:c>
       <x:c r="E48" s="0">
-        <x:v>715.66</x:v>
+        <x:v>609.89</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
       <x:c r="A49" s="1">
-        <x:v>45933.9289236111</x:v>
+        <x:v>45973.9253125</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C49" s="0">
-        <x:v>3.8</x:v>
+        <x:v>0.84</x:v>
       </x:c>
       <x:c r="D49" s="0">
-        <x:v>603.976</x:v>
+        <x:v>517.658</x:v>
       </x:c>
       <x:c r="E49" s="0">
-        <x:v>710.56</x:v>
+        <x:v>609.01</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5">
       <x:c r="A50" s="1">
-        <x:v>45932.9250231481</x:v>
+        <x:v>45972.9253240741</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C50" s="0">
-        <x:v>4.4</x:v>
+        <x:v>1.02</x:v>
       </x:c>
       <x:c r="D50" s="0">
-        <x:v>617.992</x:v>
+        <x:v>533.018</x:v>
       </x:c>
       <x:c r="E50" s="0">
-        <x:v>727.05</x:v>
+        <x:v>627.08</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5">
       <x:c r="A51" s="1">
-        <x:v>45931.9294097222</x:v>
+        <x:v>45971.9254282407</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C51" s="0">
-        <x:v>4.07</x:v>
+        <x:v>1.06</x:v>
       </x:c>
       <x:c r="D51" s="0">
-        <x:v>609.739</x:v>
+        <x:v>536.996</x:v>
       </x:c>
       <x:c r="E51" s="0">
-        <x:v>717.34</x:v>
+        <x:v>631.76</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5">
       <x:c r="A52" s="1">
-        <x:v>45930.9339814815</x:v>
+        <x:v>45968.925474537</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C52" s="0">
-        <x:v>4.74</x:v>
+        <x:v>0.97</x:v>
       </x:c>
       <x:c r="D52" s="0">
-        <x:v>624.223</x:v>
+        <x:v>528.454</x:v>
       </x:c>
       <x:c r="E52" s="0">
-        <x:v>734.38</x:v>
+        <x:v>621.71</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5">
       <x:c r="A53" s="1">
-        <x:v>45929.9324074074</x:v>
+        <x:v>45967.9277662037</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C53" s="0">
-        <x:v>5.12</x:v>
+        <x:v>0.95</x:v>
       </x:c>
       <x:c r="D53" s="0">
-        <x:v>631.89</x:v>
+        <x:v>526.099</x:v>
       </x:c>
       <x:c r="E53" s="0">
-        <x:v>743.4</x:v>
+        <x:v>618.94</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5">
       <x:c r="A54" s="1">
-        <x:v>45926.9299074074</x:v>
+        <x:v>45966.9253587963</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C54" s="0">
-        <x:v>5.15</x:v>
+        <x:v>1.13</x:v>
       </x:c>
       <x:c r="D54" s="0">
-        <x:v>632.188</x:v>
+        <x:v>540.558</x:v>
       </x:c>
       <x:c r="E54" s="0">
-        <x:v>743.75</x:v>
+        <x:v>635.95</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5">
       <x:c r="A55" s="1">
-        <x:v>45925.9293865741</x:v>
+        <x:v>45965.9237731481</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C55" s="0">
-        <x:v>5.37</x:v>
+        <x:v>1.05</x:v>
       </x:c>
       <x:c r="D55" s="0">
-        <x:v>636.574</x:v>
+        <x:v>533.222</x:v>
       </x:c>
       <x:c r="E55" s="0">
-        <x:v>748.91</x:v>
+        <x:v>627.32</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5">
       <x:c r="A56" s="1">
-        <x:v>45924.9296412037</x:v>
+        <x:v>45964.9228819444</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C56" s="0">
-        <x:v>5.93</x:v>
+        <x:v>1.16</x:v>
       </x:c>
       <x:c r="D56" s="0">
-        <x:v>646.561</x:v>
+        <x:v>542.054</x:v>
       </x:c>
       <x:c r="E56" s="0">
-        <x:v>760.66</x:v>
+        <x:v>637.71</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:5">
       <x:c r="A57" s="1">
-        <x:v>45923.9252314815</x:v>
+        <x:v>45961.8818865741</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C57" s="0">
-        <x:v>5.7</x:v>
+        <x:v>1.29</x:v>
       </x:c>
       <x:c r="D57" s="0">
-        <x:v>642.09</x:v>
+        <x:v>551.098</x:v>
       </x:c>
       <x:c r="E57" s="0">
-        <x:v>755.4</x:v>
+        <x:v>648.35</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:5">
       <x:c r="A58" s="1">
-        <x:v>45922.9266898148</x:v>
+        <x:v>45960.8841087963</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C58" s="0">
-        <x:v>6.18</x:v>
+        <x:v>1.55</x:v>
       </x:c>
       <x:c r="D58" s="0">
-        <x:v>650.018</x:v>
+        <x:v>566.5</x:v>
       </x:c>
       <x:c r="E58" s="0">
-        <x:v>765.16</x:v>
+        <x:v>666.47</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:5">
       <x:c r="A59" s="1">
-        <x:v>45922.3338773148</x:v>
+        <x:v>45959.8898263889</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C59" s="0">
-        <x:v>6.75</x:v>
+        <x:v>4.9</x:v>
       </x:c>
       <x:c r="D59" s="0">
-        <x:v>661.256</x:v>
+        <x:v>638.92</x:v>
       </x:c>
       <x:c r="E59" s="0">
-        <x:v>778.38</x:v>
+        <x:v>751.67</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:5">
       <x:c r="A60" s="1">
-        <x:v>45919.9342939815</x:v>
+        <x:v>45958.8875115741</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C60" s="0">
-        <x:v>6.88</x:v>
+        <x:v>4.9</x:v>
       </x:c>
       <x:c r="D60" s="0">
-        <x:v>661.623</x:v>
+        <x:v>638.724</x:v>
       </x:c>
       <x:c r="E60" s="0">
-        <x:v>778.38</x:v>
+        <x:v>751.44</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:5">
       <x:c r="A61" s="1">
-        <x:v>45918.9266087963</x:v>
+        <x:v>45957.8875925926</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C61" s="0">
-        <x:v>6.99</x:v>
+        <x:v>4.88</x:v>
       </x:c>
       <x:c r="D61" s="0">
-        <x:v>663.212</x:v>
+        <x:v>638.197</x:v>
       </x:c>
       <x:c r="E61" s="0">
-        <x:v>780.25</x:v>
+        <x:v>750.82</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:5">
       <x:c r="A62" s="1">
-        <x:v>45917.9271296296</x:v>
+        <x:v>45954.9259259259</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C62" s="0">
-        <x:v>6.76</x:v>
+        <x:v>4.45</x:v>
       </x:c>
       <x:c r="D62" s="0">
-        <x:v>659.358</x:v>
+        <x:v>627.606</x:v>
       </x:c>
       <x:c r="E62" s="0">
-        <x:v>775.715</x:v>
+        <x:v>738.36</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:5">
       <x:c r="A63" s="1">
-        <x:v>45916.9259490741</x:v>
+        <x:v>45953.9278587963</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C63" s="0">
-        <x:v>6.94</x:v>
+        <x:v>4.3</x:v>
       </x:c>
       <x:c r="D63" s="0">
-        <x:v>662.15</x:v>
+        <x:v>623.9</x:v>
       </x:c>
       <x:c r="E63" s="0">
-        <x:v>779</x:v>
+        <x:v>734</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:5">
       <x:c r="A64" s="1">
-        <x:v>45915.9270601852</x:v>
+        <x:v>45952.9303587963</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C64" s="0">
-        <x:v>6.25</x:v>
+        <x:v>4.28</x:v>
       </x:c>
       <x:c r="D64" s="0">
-        <x:v>649.995</x:v>
+        <x:v>623.398</x:v>
       </x:c>
       <x:c r="E64" s="0">
-        <x:v>764.7</x:v>
+        <x:v>733.41</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:5">
       <x:c r="A65" s="1">
-        <x:v>45912.9234259259</x:v>
+        <x:v>45951.9269212963</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C65" s="0">
-        <x:v>5.85</x:v>
+        <x:v>4.28</x:v>
       </x:c>
       <x:c r="D65" s="0">
-        <x:v>642.252</x:v>
+        <x:v>623.28</x:v>
       </x:c>
       <x:c r="E65" s="0">
-        <x:v>755.59</x:v>
+        <x:v>733.27</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:5">
       <x:c r="A66" s="1">
-        <x:v>45911.9251736111</x:v>
+        <x:v>45950.9289699074</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C66" s="0">
-        <x:v>5.64</x:v>
+        <x:v>4.25</x:v>
       </x:c>
       <x:c r="D66" s="0">
-        <x:v>638.265</x:v>
+        <x:v>622.344</x:v>
       </x:c>
       <x:c r="E66" s="0">
-        <x:v>750.9</x:v>
+        <x:v>732.17</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:5">
       <x:c r="A67" s="1">
-        <x:v>45910.9240509259</x:v>
+        <x:v>45947.9300694444</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C67" s="0">
-        <x:v>5.7</x:v>
+        <x:v>3.78</x:v>
       </x:c>
       <x:c r="D67" s="0">
-        <x:v>639.183</x:v>
+        <x:v>609.378</x:v>
       </x:c>
       <x:c r="E67" s="0">
-        <x:v>751.98</x:v>
+        <x:v>716.915</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:5">
       <x:c r="A68" s="1">
-        <x:v>45909.9244907407</x:v>
+        <x:v>45946.9261805556</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C68" s="0">
-        <x:v>6.39</x:v>
+        <x:v>3.63</x:v>
       </x:c>
       <x:c r="D68" s="0">
-        <x:v>650.845</x:v>
+        <x:v>605.26</x:v>
       </x:c>
       <x:c r="E68" s="0">
-        <x:v>765.7</x:v>
+        <x:v>712.07</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:5">
       <x:c r="A69" s="1">
-        <x:v>45908.9240393518</x:v>
+        <x:v>45945.9256712963</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C69" s="0">
-        <x:v>5.78</x:v>
+        <x:v>3.81</x:v>
       </x:c>
       <x:c r="D69" s="0">
-        <x:v>639.455</x:v>
+        <x:v>609.918</x:v>
       </x:c>
       <x:c r="E69" s="0">
-        <x:v>752.3</x:v>
+        <x:v>717.55</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:5">
       <x:c r="A70" s="1">
-        <x:v>45905.9285648148</x:v>
+        <x:v>45944.9308680556</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C70" s="0">
-        <x:v>5.81</x:v>
+        <x:v>3.55</x:v>
       </x:c>
       <x:c r="D70" s="0">
-        <x:v>639.582</x:v>
+        <x:v>602.352</x:v>
       </x:c>
       <x:c r="E70" s="0">
-        <x:v>752.45</x:v>
+        <x:v>708.65</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:5">
       <x:c r="A71" s="1">
-        <x:v>45904.9245601852</x:v>
+        <x:v>45943.9267592593</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C71" s="0">
-        <x:v>5.64</x:v>
+        <x:v>3.77</x:v>
       </x:c>
       <x:c r="D71" s="0">
-        <x:v>636.352</x:v>
+        <x:v>608.345</x:v>
       </x:c>
       <x:c r="E71" s="0">
-        <x:v>748.65</x:v>
+        <x:v>715.7</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:5">
       <x:c r="A72" s="1">
-        <x:v>45903.9235648148</x:v>
+        <x:v>45940.9235069444</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C72" s="0">
-        <x:v>5.16</x:v>
+        <x:v>3.48</x:v>
       </x:c>
       <x:c r="D72" s="0">
-        <x:v>626.492</x:v>
+        <x:v>599.505</x:v>
       </x:c>
       <x:c r="E72" s="0">
-        <x:v>737.05</x:v>
+        <x:v>705.3</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:5">
       <x:c r="A73" s="1">
-        <x:v>45902.923912037</x:v>
+        <x:v>45938.9271180556</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C73" s="0">
-        <x:v>5.08</x:v>
+        <x:v>4.01</x:v>
       </x:c>
       <x:c r="D73" s="0">
-        <x:v>624.844</x:v>
+        <x:v>610.164</x:v>
       </x:c>
       <x:c r="E73" s="0">
-        <x:v>735.11</x:v>
+        <x:v>717.84</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:5">
       <x:c r="A74" s="1">
-        <x:v>45898.9304050926</x:v>
+        <x:v>45937.9281828704</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C74" s="0">
-        <x:v>5.26</x:v>
+        <x:v>3.86</x:v>
       </x:c>
       <x:c r="D74" s="0">
-        <x:v>627.895</x:v>
+        <x:v>606.118</x:v>
       </x:c>
       <x:c r="E74" s="0">
-        <x:v>738.7</x:v>
+        <x:v>713.08</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:5">
       <x:c r="A75" s="1">
-        <x:v>45897.9274768519</x:v>
+        <x:v>45936.924224537</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C75" s="0">
-        <x:v>5.85</x:v>
+        <x:v>3.95</x:v>
       </x:c>
       <x:c r="D75" s="0">
-        <x:v>638.444</x:v>
+        <x:v>608.311</x:v>
       </x:c>
       <x:c r="E75" s="0">
-        <x:v>751.11</x:v>
+        <x:v>715.66</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:5">
       <x:c r="A76" s="1">
-        <x:v>45896.9248611111</x:v>
+        <x:v>45933.9289236111</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C76" s="0">
-        <x:v>5.68</x:v>
+        <x:v>3.8</x:v>
       </x:c>
       <x:c r="D76" s="0">
-        <x:v>635.273</x:v>
+        <x:v>603.976</x:v>
       </x:c>
       <x:c r="E76" s="0">
-        <x:v>747.38</x:v>
+        <x:v>710.56</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:5">
       <x:c r="A77" s="1">
-        <x:v>45895.9240046296</x:v>
+        <x:v>45932.9250231481</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C77" s="0">
-        <x:v>6.01</x:v>
+        <x:v>4.4</x:v>
       </x:c>
       <x:c r="D77" s="0">
-        <x:v>640.985</x:v>
+        <x:v>617.992</x:v>
       </x:c>
       <x:c r="E77" s="0">
-        <x:v>754.1</x:v>
+        <x:v>727.05</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:5">
       <x:c r="A78" s="1">
-        <x:v>45894.9239236111</x:v>
+        <x:v>45931.9294097222</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C78" s="0">
-        <x:v>5.98</x:v>
+        <x:v>4.07</x:v>
       </x:c>
       <x:c r="D78" s="0">
-        <x:v>640.305</x:v>
+        <x:v>609.739</x:v>
       </x:c>
       <x:c r="E78" s="0">
-        <x:v>753.3</x:v>
+        <x:v>717.34</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:5">
       <x:c r="A79" s="1">
-        <x:v>45891.9252083333</x:v>
+        <x:v>45930.9339814815</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C79" s="0">
-        <x:v>6.07</x:v>
+        <x:v>4.74</x:v>
       </x:c>
       <x:c r="D79" s="0">
-        <x:v>641.572</x:v>
+        <x:v>624.223</x:v>
       </x:c>
       <x:c r="E79" s="0">
-        <x:v>754.79</x:v>
+        <x:v>734.38</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:5">
       <x:c r="A80" s="1">
-        <x:v>45890.9257175926</x:v>
+        <x:v>45929.9324074074</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C80" s="0">
-        <x:v>5.39</x:v>
+        <x:v>5.12</x:v>
       </x:c>
       <x:c r="D80" s="0">
-        <x:v>628.235</x:v>
+        <x:v>631.89</x:v>
       </x:c>
       <x:c r="E80" s="0">
-        <x:v>739.1</x:v>
+        <x:v>743.4</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:5">
       <x:c r="A81" s="1">
-        <x:v>45889.9243402778</x:v>
+        <x:v>45926.9299074074</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C81" s="0">
-        <x:v>5.8</x:v>
+        <x:v>5.15</x:v>
       </x:c>
       <x:c r="D81" s="0">
-        <x:v>635.562</x:v>
+        <x:v>632.188</x:v>
       </x:c>
       <x:c r="E81" s="0">
-        <x:v>747.72</x:v>
+        <x:v>743.75</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:5">
       <x:c r="A82" s="1">
-        <x:v>45888.9238078704</x:v>
+        <x:v>45925.9293865741</x:v>
       </x:c>
       <x:c r="B82" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C82" s="0">
-        <x:v>5.99</x:v>
+        <x:v>5.37</x:v>
       </x:c>
       <x:c r="D82" s="0">
-        <x:v>638.758</x:v>
+        <x:v>636.574</x:v>
       </x:c>
       <x:c r="E82" s="0">
-        <x:v>751.48</x:v>
+        <x:v>748.91</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:5">
       <x:c r="A83" s="1">
-        <x:v>45887.924525463</x:v>
+        <x:v>45924.9296412037</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C83" s="0">
-        <x:v>6.84</x:v>
+        <x:v>5.93</x:v>
       </x:c>
       <x:c r="D83" s="0">
-        <x:v>652.264</x:v>
+        <x:v>646.561</x:v>
       </x:c>
       <x:c r="E83" s="0">
-        <x:v>767.37</x:v>
+        <x:v>760.66</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:5">
       <x:c r="A84" s="1">
-        <x:v>45884.9247685185</x:v>
+        <x:v>45923.9252314815</x:v>
       </x:c>
       <x:c r="B84" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C84" s="0">
-        <x:v>7.96</x:v>
+        <x:v>5.7</x:v>
       </x:c>
       <x:c r="D84" s="0">
-        <x:v>667.446</x:v>
+        <x:v>642.09</x:v>
       </x:c>
       <x:c r="E84" s="0">
-        <x:v>785.23</x:v>
+        <x:v>755.4</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:5">
       <x:c r="A85" s="1">
-        <x:v>45883.9240972222</x:v>
+        <x:v>45922.9266898148</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C85" s="0">
-        <x:v>7.78</x:v>
+        <x:v>6.18</x:v>
       </x:c>
       <x:c r="D85" s="0">
-        <x:v>664.81</x:v>
+        <x:v>650.018</x:v>
       </x:c>
       <x:c r="E85" s="0">
-        <x:v>782.13</x:v>
+        <x:v>765.16</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:5">
       <x:c r="A86" s="1">
-        <x:v>45882.923900463</x:v>
+        <x:v>45922.3338773148</x:v>
       </x:c>
       <x:c r="B86" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C86" s="0">
-        <x:v>7.67</x:v>
+        <x:v>6.75</x:v>
       </x:c>
       <x:c r="D86" s="0">
-        <x:v>663.068</x:v>
+        <x:v>661.256</x:v>
       </x:c>
       <x:c r="E86" s="0">
-        <x:v>780.08</x:v>
+        <x:v>778.38</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:5">
       <x:c r="A87" s="1">
-        <x:v>45881.9233217593</x:v>
+        <x:v>45919.9342939815</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C87" s="0">
-        <x:v>8.3</x:v>
+        <x:v>6.88</x:v>
       </x:c>
       <x:c r="D87" s="0">
-        <x:v>671.5</x:v>
+        <x:v>661.623</x:v>
       </x:c>
       <x:c r="E87" s="0">
-        <x:v>790</x:v>
+        <x:v>778.38</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:5">
       <x:c r="A88" s="1">
-        <x:v>45880.9235763889</x:v>
+        <x:v>45918.9266087963</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C88" s="0">
         <x:v>6.99</x:v>
       </x:c>
       <x:c r="D88" s="0">
-        <x:v>650.99</x:v>
+        <x:v>663.212</x:v>
       </x:c>
       <x:c r="E88" s="0">
-        <x:v>765.87</x:v>
+        <x:v>780.25</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:5">
       <x:c r="A89" s="1">
-        <x:v>45877.9331944444</x:v>
+        <x:v>45917.9271296296</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C89" s="0">
-        <x:v>7.2</x:v>
+        <x:v>6.76</x:v>
       </x:c>
       <x:c r="D89" s="0">
-        <x:v>653.905</x:v>
+        <x:v>659.358</x:v>
       </x:c>
       <x:c r="E89" s="0">
-        <x:v>769.3</x:v>
+        <x:v>775.715</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:5">
       <x:c r="A90" s="1">
-        <x:v>45876.9385069444</x:v>
+        <x:v>45916.9259490741</x:v>
       </x:c>
       <x:c r="B90" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C90" s="0">
-        <x:v>6.81</x:v>
+        <x:v>6.94</x:v>
       </x:c>
       <x:c r="D90" s="0">
-        <x:v>647.556</x:v>
+        <x:v>662.15</x:v>
       </x:c>
       <x:c r="E90" s="0">
-        <x:v>761.83</x:v>
+        <x:v>779</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:5">
       <x:c r="A91" s="1">
-        <x:v>45875.9344328704</x:v>
+        <x:v>45915.9270601852</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C91" s="0">
-        <x:v>7.4</x:v>
+        <x:v>6.25</x:v>
       </x:c>
       <x:c r="D91" s="0">
-        <x:v>656.192</x:v>
+        <x:v>649.995</x:v>
       </x:c>
       <x:c r="E91" s="0">
-        <x:v>771.99</x:v>
+        <x:v>764.7</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:5">
       <x:c r="A92" s="1">
-        <x:v>45874.9326388889</x:v>
+        <x:v>45912.9234259259</x:v>
       </x:c>
       <x:c r="B92" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C92" s="0">
-        <x:v>6.95</x:v>
+        <x:v>5.85</x:v>
       </x:c>
       <x:c r="D92" s="0">
-        <x:v>648.941</x:v>
+        <x:v>642.252</x:v>
       </x:c>
       <x:c r="E92" s="0">
-        <x:v>763.46</x:v>
+        <x:v>755.59</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:5">
       <x:c r="A93" s="1">
-        <x:v>45873.9313310185</x:v>
+        <x:v>45911.9251736111</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C93" s="0">
-        <x:v>7.73</x:v>
+        <x:v>5.64</x:v>
       </x:c>
       <x:c r="D93" s="0">
-        <x:v>659.914</x:v>
+        <x:v>638.265</x:v>
       </x:c>
       <x:c r="E93" s="0">
-        <x:v>776.37</x:v>
+        <x:v>750.9</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:5">
       <x:c r="A94" s="1">
-        <x:v>45870.9274305556</x:v>
+        <x:v>45910.9240509259</x:v>
       </x:c>
       <x:c r="B94" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C94" s="0">
-        <x:v>6.4</x:v>
+        <x:v>5.7</x:v>
       </x:c>
       <x:c r="D94" s="0">
-        <x:v>637.508</x:v>
+        <x:v>639.183</x:v>
       </x:c>
       <x:c r="E94" s="0">
-        <x:v>750.01</x:v>
+        <x:v>751.98</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:5">
       <x:c r="A95" s="1">
-        <x:v>45869.9244560185</x:v>
+        <x:v>45909.9244907407</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C95" s="0">
-        <x:v>7.83</x:v>
+        <x:v>6.39</x:v>
       </x:c>
       <x:c r="D95" s="0">
-        <x:v>657.424</x:v>
+        <x:v>650.845</x:v>
       </x:c>
       <x:c r="E95" s="0">
-        <x:v>773.44</x:v>
+        <x:v>765.7</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:5">
       <x:c r="A96" s="1">
-        <x:v>45868.9254861111</x:v>
+        <x:v>45908.9240393518</x:v>
       </x:c>
       <x:c r="B96" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C96" s="0">
-        <x:v>4.69</x:v>
+        <x:v>5.78</x:v>
       </x:c>
       <x:c r="D96" s="0">
-        <x:v>590.928</x:v>
+        <x:v>639.455</x:v>
       </x:c>
       <x:c r="E96" s="0">
-        <x:v>695.21</x:v>
+        <x:v>752.3</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:5">
       <x:c r="A97" s="1">
-        <x:v>45867.9289236111</x:v>
+        <x:v>45905.9285648148</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C97" s="0">
-        <x:v>4.89</x:v>
+        <x:v>5.81</x:v>
       </x:c>
       <x:c r="D97" s="0">
-        <x:v>595</x:v>
+        <x:v>639.582</x:v>
       </x:c>
       <x:c r="E97" s="0">
-        <x:v>700</x:v>
+        <x:v>752.45</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:5">
       <x:c r="A98" s="1">
-        <x:v>45866.9278703704</x:v>
+        <x:v>45904.9245601852</x:v>
       </x:c>
       <x:c r="B98" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C98" s="0">
-        <x:v>5.75</x:v>
+        <x:v>5.64</x:v>
       </x:c>
       <x:c r="D98" s="0">
-        <x:v>609.986</x:v>
+        <x:v>636.352</x:v>
       </x:c>
       <x:c r="E98" s="0">
-        <x:v>717.63</x:v>
+        <x:v>748.65</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:5">
       <x:c r="A99" s="1">
-        <x:v>45863.9269097222</x:v>
+        <x:v>45903.9235648148</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C99" s="0">
-        <x:v>5.53</x:v>
+        <x:v>5.16</x:v>
       </x:c>
       <x:c r="D99" s="0">
-        <x:v>605.778</x:v>
+        <x:v>626.492</x:v>
       </x:c>
       <x:c r="E99" s="0">
-        <x:v>712.68</x:v>
+        <x:v>737.05</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:5">
       <x:c r="A100" s="1">
-        <x:v>45862.9245486111</x:v>
+        <x:v>45902.923912037</x:v>
       </x:c>
       <x:c r="B100" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C100" s="0">
-        <x:v>5.64</x:v>
+        <x:v>5.08</x:v>
       </x:c>
       <x:c r="D100" s="0">
-        <x:v>607.58</x:v>
+        <x:v>624.844</x:v>
       </x:c>
       <x:c r="E100" s="0">
-        <x:v>714.8</x:v>
+        <x:v>735.11</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:5">
       <x:c r="A101" s="1">
-        <x:v>45861.9264583333</x:v>
+        <x:v>45898.9304050926</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C101" s="0">
-        <x:v>5.59</x:v>
+        <x:v>5.26</x:v>
       </x:c>
       <x:c r="D101" s="0">
-        <x:v>606.543</x:v>
+        <x:v>627.895</x:v>
       </x:c>
       <x:c r="E101" s="0">
-        <x:v>713.58</x:v>
+        <x:v>738.7</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:5">
       <x:c r="A102" s="1">
-        <x:v>45860.926099537</x:v>
+        <x:v>45897.9274768519</x:v>
       </x:c>
       <x:c r="B102" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C102" s="0">
-        <x:v>5.21</x:v>
+        <x:v>5.85</x:v>
       </x:c>
       <x:c r="D102" s="0">
-        <x:v>599.088</x:v>
+        <x:v>638.444</x:v>
       </x:c>
       <x:c r="E102" s="0">
-        <x:v>704.81</x:v>
+        <x:v>751.11</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:5">
       <x:c r="A103" s="1">
-        <x:v>45859.9272916667</x:v>
+        <x:v>45896.9248611111</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C103" s="0">
-        <x:v>5.6</x:v>
+        <x:v>5.68</x:v>
       </x:c>
       <x:c r="D103" s="0">
-        <x:v>606.02</x:v>
+        <x:v>635.273</x:v>
       </x:c>
       <x:c r="E103" s="0">
-        <x:v>712.965</x:v>
+        <x:v>747.38</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:5">
       <x:c r="A104" s="1">
-        <x:v>45856.9492592593</x:v>
+        <x:v>45895.9240046296</x:v>
       </x:c>
       <x:c r="B104" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C104" s="0">
-        <x:v>5.23</x:v>
+        <x:v>6.01</x:v>
       </x:c>
       <x:c r="D104" s="0">
-        <x:v>598.638</x:v>
+        <x:v>640.985</x:v>
       </x:c>
       <x:c r="E104" s="0">
-        <x:v>704.28</x:v>
+        <x:v>754.1</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:5">
       <x:c r="A105" s="1">
-        <x:v>45855.9327662037</x:v>
+        <x:v>45894.9239236111</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C105" s="0">
-        <x:v>5.11</x:v>
+        <x:v>5.98</x:v>
       </x:c>
       <x:c r="D105" s="0">
-        <x:v>596.198</x:v>
+        <x:v>640.305</x:v>
       </x:c>
       <x:c r="E105" s="0">
-        <x:v>701.41</x:v>
+        <x:v>753.3</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:5">
       <x:c r="A106" s="1">
-        <x:v>45854.9359027778</x:v>
+        <x:v>45891.9252083333</x:v>
       </x:c>
       <x:c r="B106" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C106" s="0">
-        <x:v>5.18</x:v>
+        <x:v>6.07</x:v>
       </x:c>
       <x:c r="D106" s="0">
-        <x:v>597.474</x:v>
+        <x:v>641.572</x:v>
       </x:c>
       <x:c r="E106" s="0">
-        <x:v>702.91</x:v>
+        <x:v>754.79</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:5">
       <x:c r="A107" s="1">
-        <x:v>45853.9276041667</x:v>
+        <x:v>45890.9257175926</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C107" s="0">
-        <x:v>5.54</x:v>
+        <x:v>5.39</x:v>
       </x:c>
       <x:c r="D107" s="0">
-        <x:v>603.832</x:v>
+        <x:v>628.235</x:v>
       </x:c>
       <x:c r="E107" s="0">
-        <x:v>710.39</x:v>
+        <x:v>739.1</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:5">
       <x:c r="A108" s="1">
-        <x:v>45852.9328587963</x:v>
+        <x:v>45889.9243402778</x:v>
       </x:c>
       <x:c r="B108" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C108" s="0">
-        <x:v>6.08</x:v>
+        <x:v>5.8</x:v>
       </x:c>
       <x:c r="D108" s="0">
-        <x:v>612.782</x:v>
+        <x:v>635.562</x:v>
       </x:c>
       <x:c r="E108" s="0">
-        <x:v>720.92</x:v>
+        <x:v>747.72</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:5">
       <x:c r="A109" s="1">
-        <x:v>45849.9250462963</x:v>
+        <x:v>45888.9238078704</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C109" s="0">
-        <x:v>5.93</x:v>
+        <x:v>5.99</x:v>
       </x:c>
       <x:c r="D109" s="0">
-        <x:v>609.884</x:v>
+        <x:v>638.758</x:v>
       </x:c>
       <x:c r="E109" s="0">
-        <x:v>717.51</x:v>
+        <x:v>751.48</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:5">
       <x:c r="A110" s="1">
-        <x:v>45848.9261805556</x:v>
+        <x:v>45887.924525463</x:v>
       </x:c>
       <x:c r="B110" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C110" s="0">
-        <x:v>6.45</x:v>
+        <x:v>6.84</x:v>
       </x:c>
       <x:c r="D110" s="0">
-        <x:v>618.154</x:v>
+        <x:v>652.264</x:v>
       </x:c>
       <x:c r="E110" s="0">
-        <x:v>727.24</x:v>
+        <x:v>767.37</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:5">
       <x:c r="A111" s="1">
-        <x:v>45847.9258101852</x:v>
+        <x:v>45884.9247685185</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C111" s="0">
-        <x:v>6.76</x:v>
+        <x:v>7.96</x:v>
       </x:c>
       <x:c r="D111" s="0">
-        <x:v>622.863</x:v>
+        <x:v>667.446</x:v>
       </x:c>
       <x:c r="E111" s="0">
-        <x:v>732.78</x:v>
+        <x:v>785.23</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:5">
       <x:c r="A112" s="1">
-        <x:v>45846.924849537</x:v>
+        <x:v>45883.9240972222</x:v>
       </x:c>
       <x:c r="B112" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C112" s="0">
-        <x:v>6.15</x:v>
+        <x:v>7.78</x:v>
       </x:c>
       <x:c r="D112" s="0">
-        <x:v>612.57</x:v>
+        <x:v>664.81</x:v>
       </x:c>
       <x:c r="E112" s="0">
-        <x:v>720.67</x:v>
+        <x:v>782.13</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:5">
       <x:c r="A113" s="1">
-        <x:v>45845.9275115741</x:v>
+        <x:v>45882.923900463</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C113" s="0">
-        <x:v>6.04</x:v>
+        <x:v>7.67</x:v>
       </x:c>
       <x:c r="D113" s="0">
-        <x:v>610.598</x:v>
+        <x:v>663.068</x:v>
       </x:c>
       <x:c r="E113" s="0">
-        <x:v>718.35</x:v>
+        <x:v>780.08</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:5">
       <x:c r="A114" s="1">
-        <x:v>45841.8023611111</x:v>
+        <x:v>45881.9233217593</x:v>
       </x:c>
       <x:c r="B114" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C114" s="0">
-        <x:v>6.1</x:v>
+        <x:v>8.3</x:v>
       </x:c>
       <x:c r="D114" s="0">
-        <x:v>611.158</x:v>
+        <x:v>671.5</x:v>
       </x:c>
       <x:c r="E114" s="0">
-        <x:v>719.01</x:v>
+        <x:v>790</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:5">
       <x:c r="A115" s="1">
-        <x:v>45840.930462963</x:v>
+        <x:v>45880.9235763889</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C115" s="0">
-        <x:v>5.84</x:v>
+        <x:v>6.99</x:v>
       </x:c>
       <x:c r="D115" s="0">
-        <x:v>606.534</x:v>
+        <x:v>650.99</x:v>
       </x:c>
       <x:c r="E115" s="0">
-        <x:v>713.57</x:v>
+        <x:v>765.87</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:5">
       <x:c r="A116" s="1">
-        <x:v>45839.9249768518</x:v>
+        <x:v>45877.9331944444</x:v>
       </x:c>
       <x:c r="B116" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C116" s="0">
-        <x:v>6.14</x:v>
+        <x:v>7.2</x:v>
       </x:c>
       <x:c r="D116" s="0">
-        <x:v>611.337</x:v>
+        <x:v>653.905</x:v>
       </x:c>
       <x:c r="E116" s="0">
-        <x:v>719.22</x:v>
+        <x:v>769.3</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:5">
       <x:c r="A117" s="1">
-        <x:v>45838.9258101852</x:v>
+        <x:v>45876.9385069444</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C117" s="0">
-        <x:v>7.26</x:v>
+        <x:v>6.81</x:v>
       </x:c>
       <x:c r="D117" s="0">
-        <x:v>627.376</x:v>
+        <x:v>647.556</x:v>
       </x:c>
       <x:c r="E117" s="0">
-        <x:v>738.09</x:v>
+        <x:v>761.83</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:5">
       <x:c r="A118" s="1">
-        <x:v>45835.9282175926</x:v>
+        <x:v>45875.9344328704</x:v>
       </x:c>
       <x:c r="B118" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C118" s="0">
-        <x:v>7.03</x:v>
+        <x:v>7.4</x:v>
       </x:c>
       <x:c r="D118" s="0">
-        <x:v>623.586</x:v>
+        <x:v>656.192</x:v>
       </x:c>
       <x:c r="E118" s="0">
-        <x:v>733.63</x:v>
+        <x:v>771.99</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:5">
       <x:c r="A119" s="1">
-        <x:v>45834.9274189815</x:v>
+        <x:v>45874.9326388889</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C119" s="0">
-        <x:v>6.62</x:v>
+        <x:v>6.95</x:v>
       </x:c>
       <x:c r="D119" s="0">
-        <x:v>617.176</x:v>
+        <x:v>648.941</x:v>
       </x:c>
       <x:c r="E119" s="0">
-        <x:v>726.09</x:v>
+        <x:v>763.46</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:5">
       <x:c r="A120" s="1">
-        <x:v>45833.9267824074</x:v>
+        <x:v>45873.9313310185</x:v>
       </x:c>
       <x:c r="B120" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C120" s="0">
-        <x:v>5.78</x:v>
+        <x:v>7.73</x:v>
       </x:c>
       <x:c r="D120" s="0">
-        <x:v>602.378</x:v>
+        <x:v>659.914</x:v>
       </x:c>
       <x:c r="E120" s="0">
-        <x:v>708.68</x:v>
+        <x:v>776.37</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:5">
       <x:c r="A121" s="1">
-        <x:v>45832.9265972222</x:v>
+        <x:v>45870.9274305556</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C121" s="0">
-        <x:v>5.96</x:v>
+        <x:v>6.4</x:v>
       </x:c>
       <x:c r="D121" s="0">
-        <x:v>605.37</x:v>
+        <x:v>637.508</x:v>
       </x:c>
       <x:c r="E121" s="0">
-        <x:v>712.2</x:v>
+        <x:v>750.01</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:5">
       <x:c r="A122" s="1">
-        <x:v>45831.9246643518</x:v>
+        <x:v>45869.9244560185</x:v>
       </x:c>
       <x:c r="B122" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C122" s="0">
-        <x:v>5.34</x:v>
+        <x:v>7.83</x:v>
       </x:c>
       <x:c r="D122" s="0">
-        <x:v>593.75</x:v>
+        <x:v>657.424</x:v>
       </x:c>
       <x:c r="E122" s="0">
-        <x:v>698.53</x:v>
+        <x:v>773.44</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:5">
       <x:c r="A123" s="1">
-        <x:v>45828.9428819444</x:v>
+        <x:v>45868.9254861111</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C123" s="0">
         <x:v>4.69</x:v>
       </x:c>
       <x:c r="D123" s="0">
-        <x:v>579.998</x:v>
+        <x:v>590.928</x:v>
       </x:c>
       <x:c r="E123" s="0">
-        <x:v>682.35</x:v>
+        <x:v>695.21</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:5">
       <x:c r="A124" s="1">
-        <x:v>45826.9303587963</x:v>
+        <x:v>45867.9289236111</x:v>
       </x:c>
       <x:c r="B124" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C124" s="0">
-        <x:v>5.31</x:v>
+        <x:v>4.89</x:v>
       </x:c>
       <x:c r="D124" s="0">
-        <x:v>591.404</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="E124" s="0">
-        <x:v>695.77</x:v>
+        <x:v>700</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:5">
       <x:c r="A125" s="1">
-        <x:v>45825.9254166667</x:v>
+        <x:v>45866.9278703704</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C125" s="0">
-        <x:v>5.39</x:v>
+        <x:v>5.75</x:v>
       </x:c>
       <x:c r="D125" s="0">
-        <x:v>592.646</x:v>
+        <x:v>609.986</x:v>
       </x:c>
       <x:c r="E125" s="0">
-        <x:v>697.23</x:v>
+        <x:v>717.63</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:5">
       <x:c r="A126" s="1">
-        <x:v>45824.9235069444</x:v>
+        <x:v>45863.9269097222</x:v>
       </x:c>
       <x:c r="B126" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C126" s="0">
-        <x:v>5.63</x:v>
+        <x:v>5.53</x:v>
       </x:c>
       <x:c r="D126" s="0">
-        <x:v>596.434</x:v>
+        <x:v>605.778</x:v>
       </x:c>
       <x:c r="E126" s="0">
-        <x:v>702.12</x:v>
+        <x:v>712.68</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:5">
       <x:c r="A127" s="1">
-        <x:v>45824.3396180556</x:v>
+        <x:v>45862.9245486111</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C127" s="0">
-        <x:v>4.93</x:v>
+        <x:v>5.64</x:v>
       </x:c>
       <x:c r="D127" s="0">
-        <x:v>580.072</x:v>
+        <x:v>607.58</x:v>
       </x:c>
       <x:c r="E127" s="0">
-        <x:v>682.87</x:v>
+        <x:v>714.8</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:5">
       <x:c r="A128" s="1">
-        <x:v>45821.9252777778</x:v>
+        <x:v>45861.9264583333</x:v>
       </x:c>
       <x:c r="B128" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C128" s="0">
-        <x:v>4.81</x:v>
+        <x:v>5.59</x:v>
       </x:c>
       <x:c r="D128" s="0">
-        <x:v>580.44</x:v>
+        <x:v>606.543</x:v>
       </x:c>
       <x:c r="E128" s="0">
-        <x:v>682.87</x:v>
+        <x:v>713.58</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:5">
       <x:c r="A129" s="1">
-        <x:v>45820.9288773148</x:v>
+        <x:v>45860.926099537</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C129" s="0">
-        <x:v>5.3</x:v>
+        <x:v>5.21</x:v>
       </x:c>
       <x:c r="D129" s="0">
-        <x:v>589.356</x:v>
+        <x:v>599.088</x:v>
       </x:c>
       <x:c r="E129" s="0">
-        <x:v>693.36</x:v>
+        <x:v>704.81</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:5">
       <x:c r="A130" s="1">
-        <x:v>45819.9235416667</x:v>
+        <x:v>45859.9272916667</x:v>
       </x:c>
       <x:c r="B130" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C130" s="0">
-        <x:v>5.34</x:v>
+        <x:v>5.6</x:v>
       </x:c>
       <x:c r="D130" s="0">
-        <x:v>590.019</x:v>
+        <x:v>606.02</x:v>
       </x:c>
       <x:c r="E130" s="0">
-        <x:v>694.14</x:v>
+        <x:v>712.965</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:5">
       <x:c r="A131" s="1">
-        <x:v>45818.9234953704</x:v>
+        <x:v>45856.9492592593</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C131" s="0">
-        <x:v>5.76</x:v>
+        <x:v>5.23</x:v>
       </x:c>
       <x:c r="D131" s="0">
-        <x:v>597.04</x:v>
+        <x:v>598.638</x:v>
       </x:c>
       <x:c r="E131" s="0">
-        <x:v>702.4</x:v>
+        <x:v>704.28</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:5">
       <x:c r="A132" s="1">
-        <x:v>45817.9248958333</x:v>
+        <x:v>45855.9327662037</x:v>
       </x:c>
       <x:c r="B132" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C132" s="0">
-        <x:v>5.37</x:v>
+        <x:v>5.11</x:v>
       </x:c>
       <x:c r="D132" s="0">
-        <x:v>589.951</x:v>
+        <x:v>596.198</x:v>
       </x:c>
       <x:c r="E132" s="0">
-        <x:v>694.06</x:v>
+        <x:v>701.41</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:5">
       <x:c r="A133" s="1">
-        <x:v>45814.9279398148</x:v>
+        <x:v>45854.9359027778</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C133" s="0">
-        <x:v>5.57</x:v>
+        <x:v>5.18</x:v>
       </x:c>
       <x:c r="D133" s="0">
-        <x:v>593.054</x:v>
+        <x:v>597.474</x:v>
       </x:c>
       <x:c r="E133" s="0">
-        <x:v>697.71</x:v>
+        <x:v>702.91</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:5">
       <x:c r="A134" s="1">
-        <x:v>45813.9311805556</x:v>
+        <x:v>45853.9276041667</x:v>
       </x:c>
       <x:c r="B134" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C134" s="0">
-        <x:v>5</x:v>
+        <x:v>5.54</x:v>
       </x:c>
       <x:c r="D134" s="0">
-        <x:v>581.927</x:v>
+        <x:v>603.832</x:v>
       </x:c>
       <x:c r="E134" s="0">
-        <x:v>684.62</x:v>
+        <x:v>710.39</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:5">
       <x:c r="A135" s="1">
-        <x:v>45812.9288888889</x:v>
+        <x:v>45852.9328587963</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C135" s="0">
-        <x:v>5.15</x:v>
+        <x:v>6.08</x:v>
       </x:c>
       <x:c r="D135" s="0">
-        <x:v>584.758</x:v>
+        <x:v>612.782</x:v>
       </x:c>
       <x:c r="E135" s="0">
-        <x:v>687.95</x:v>
+        <x:v>720.92</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:5">
       <x:c r="A136" s="1">
-        <x:v>45811.9362847222</x:v>
+        <x:v>45849.9250462963</x:v>
       </x:c>
       <x:c r="B136" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C136" s="0">
-        <x:v>4.34</x:v>
+        <x:v>5.93</x:v>
       </x:c>
       <x:c r="D136" s="0">
-        <x:v>566.822</x:v>
+        <x:v>609.884</x:v>
       </x:c>
       <x:c r="E136" s="0">
-        <x:v>666.85</x:v>
+        <x:v>717.51</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:5">
       <x:c r="A137" s="1">
-        <x:v>45810.9414467593</x:v>
+        <x:v>45848.9261805556</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C137" s="0">
-        <x:v>4.5</x:v>
+        <x:v>6.45</x:v>
       </x:c>
       <x:c r="D137" s="0">
-        <x:v>570.265</x:v>
+        <x:v>618.154</x:v>
       </x:c>
       <x:c r="E137" s="0">
-        <x:v>670.9</x:v>
+        <x:v>727.24</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:5">
       <x:c r="A138" s="1">
-        <x:v>45800.9242361111</x:v>
+        <x:v>45847.9258101852</x:v>
       </x:c>
       <x:c r="B138" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C138" s="0">
-        <x:v>3.11</x:v>
+        <x:v>6.76</x:v>
       </x:c>
       <x:c r="D138" s="0">
-        <x:v>533.001</x:v>
+        <x:v>622.863</x:v>
       </x:c>
       <x:c r="E138" s="0">
-        <x:v>627.06</x:v>
+        <x:v>732.78</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:5">
       <x:c r="A139" s="1">
-        <x:v>45799.9263194444</x:v>
+        <x:v>45846.924849537</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C139" s="0">
-        <x:v>3.42</x:v>
+        <x:v>6.15</x:v>
       </x:c>
       <x:c r="D139" s="0">
-        <x:v>541.084</x:v>
+        <x:v>612.57</x:v>
       </x:c>
       <x:c r="E139" s="0">
-        <x:v>636.57</x:v>
+        <x:v>720.67</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:5">
       <x:c r="A140" s="1">
-        <x:v>45798.9249537037</x:v>
+        <x:v>45845.9275115741</x:v>
       </x:c>
       <x:c r="B140" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C140" s="0">
-        <x:v>3.39</x:v>
+        <x:v>6.04</x:v>
       </x:c>
       <x:c r="D140" s="0">
-        <x:v>540.175</x:v>
+        <x:v>610.598</x:v>
       </x:c>
       <x:c r="E140" s="0">
-        <x:v>635.5</x:v>
+        <x:v>718.35</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:5">
       <x:c r="A141" s="1">
-        <x:v>45797.9233912037</x:v>
+        <x:v>45841.8023611111</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C141" s="0">
-        <x:v>3.45</x:v>
+        <x:v>6.1</x:v>
       </x:c>
       <x:c r="D141" s="0">
-        <x:v>541.535</x:v>
+        <x:v>611.158</x:v>
       </x:c>
       <x:c r="E141" s="0">
-        <x:v>637.1</x:v>
+        <x:v>719.01</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:5">
       <x:c r="A142" s="1">
-        <x:v>45796.9245023148</x:v>
+        <x:v>45840.930462963</x:v>
       </x:c>
       <x:c r="B142" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C142" s="0">
-        <x:v>3.56</x:v>
+        <x:v>5.84</x:v>
       </x:c>
       <x:c r="D142" s="0">
-        <x:v>544.366</x:v>
+        <x:v>606.534</x:v>
       </x:c>
       <x:c r="E142" s="0">
-        <x:v>640.43</x:v>
+        <x:v>713.57</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:5">
       <x:c r="A143" s="1">
-        <x:v>45793.9259953704</x:v>
+        <x:v>45839.9249768518</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C143" s="0">
-        <x:v>3.57</x:v>
+        <x:v>6.14</x:v>
       </x:c>
       <x:c r="D143" s="0">
-        <x:v>544.289</x:v>
+        <x:v>611.337</x:v>
       </x:c>
       <x:c r="E143" s="0">
-        <x:v>640.34</x:v>
+        <x:v>719.22</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:5">
       <x:c r="A144" s="1">
-        <x:v>45792.9360300926</x:v>
+        <x:v>45838.9258101852</x:v>
       </x:c>
       <x:c r="B144" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C144" s="0">
-        <x:v>3.7</x:v>
+        <x:v>7.26</x:v>
       </x:c>
       <x:c r="D144" s="0">
-        <x:v>547.298</x:v>
+        <x:v>627.376</x:v>
       </x:c>
       <x:c r="E144" s="0">
-        <x:v>643.88</x:v>
+        <x:v>738.09</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:5">
       <x:c r="A145" s="1">
-        <x:v>45791.9275578704</x:v>
+        <x:v>45835.9282175926</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C145" s="0">
-        <x:v>4.31</x:v>
+        <x:v>7.03</x:v>
       </x:c>
       <x:c r="D145" s="0">
-        <x:v>560.456</x:v>
+        <x:v>623.586</x:v>
       </x:c>
       <x:c r="E145" s="0">
-        <x:v>659.36</x:v>
+        <x:v>733.63</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:5">
       <x:c r="A146" s="1">
-        <x:v>45790.9286689815</x:v>
+        <x:v>45834.9274189815</x:v>
       </x:c>
       <x:c r="B146" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C146" s="0">
-        <x:v>4.19</x:v>
+        <x:v>6.62</x:v>
       </x:c>
       <x:c r="D146" s="0">
-        <x:v>557.626</x:v>
+        <x:v>617.176</x:v>
       </x:c>
       <x:c r="E146" s="0">
-        <x:v>656.03</x:v>
+        <x:v>726.09</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:5">
       <x:c r="A147" s="1">
-        <x:v>45789.9278009259</x:v>
+        <x:v>45833.9267824074</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C147" s="0">
-        <x:v>3.63</x:v>
+        <x:v>5.78</x:v>
       </x:c>
       <x:c r="D147" s="0">
-        <x:v>543.516</x:v>
+        <x:v>602.378</x:v>
       </x:c>
       <x:c r="E147" s="0">
-        <x:v>639.43</x:v>
+        <x:v>708.68</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:5">
       <x:c r="A148" s="1">
-        <x:v>45786.9254050926</x:v>
+        <x:v>45832.9265972222</x:v>
       </x:c>
       <x:c r="B148" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C148" s="0">
-        <x:v>2.46</x:v>
+        <x:v>5.96</x:v>
       </x:c>
       <x:c r="D148" s="0">
-        <x:v>503.616</x:v>
+        <x:v>605.37</x:v>
       </x:c>
       <x:c r="E148" s="0">
-        <x:v>592.49</x:v>
+        <x:v>712.2</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:5">
       <x:c r="A149" s="1">
-        <x:v>45785.9240393518</x:v>
+        <x:v>45831.9246643518</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C149" s="0">
-        <x:v>2.61</x:v>
+        <x:v>5.34</x:v>
       </x:c>
       <x:c r="D149" s="0">
-        <x:v>508.308</x:v>
+        <x:v>593.75</x:v>
       </x:c>
       <x:c r="E149" s="0">
-        <x:v>598.01</x:v>
+        <x:v>698.53</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:5">
       <x:c r="A150" s="1">
-        <x:v>45784.9235416667</x:v>
+        <x:v>45828.9428819444</x:v>
       </x:c>
       <x:c r="B150" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C150" s="0">
-        <x:v>2.58</x:v>
+        <x:v>4.69</x:v>
       </x:c>
       <x:c r="D150" s="0">
-        <x:v>507.288</x:v>
+        <x:v>579.998</x:v>
       </x:c>
       <x:c r="E150" s="0">
-        <x:v>596.81</x:v>
+        <x:v>682.35</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:5">
       <x:c r="A151" s="1">
-        <x:v>45783.9247685185</x:v>
+        <x:v>45826.9303587963</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C151" s="0">
-        <x:v>2.36</x:v>
+        <x:v>5.31</x:v>
       </x:c>
       <x:c r="D151" s="0">
-        <x:v>499.214</x:v>
+        <x:v>591.404</x:v>
       </x:c>
       <x:c r="E151" s="0">
-        <x:v>587.31</x:v>
+        <x:v>695.77</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:5">
       <x:c r="A152" s="1">
-        <x:v>45782.9244328704</x:v>
+        <x:v>45825.9254166667</x:v>
       </x:c>
       <x:c r="B152" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C152" s="0">
-        <x:v>2.68</x:v>
+        <x:v>5.39</x:v>
       </x:c>
       <x:c r="D152" s="0">
-        <x:v>509.38</x:v>
+        <x:v>592.646</x:v>
       </x:c>
       <x:c r="E152" s="0">
-        <x:v>599.27</x:v>
+        <x:v>697.23</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:5">
       <x:c r="A153" s="1">
-        <x:v>45779.9288657407</x:v>
+        <x:v>45824.9235069444</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C153" s="0">
-        <x:v>2.63</x:v>
+        <x:v>5.63</x:v>
       </x:c>
       <x:c r="D153" s="0">
-        <x:v>507.467</x:v>
+        <x:v>596.434</x:v>
       </x:c>
       <x:c r="E153" s="0">
-        <x:v>597.02</x:v>
+        <x:v>702.12</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:5">
       <x:c r="A154" s="1">
-        <x:v>45777.9324305556</x:v>
+        <x:v>45824.3396180556</x:v>
       </x:c>
       <x:c r="B154" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C154" s="0">
-        <x:v>1.73</x:v>
+        <x:v>4.93</x:v>
       </x:c>
       <x:c r="D154" s="0">
-        <x:v>466.65</x:v>
+        <x:v>580.072</x:v>
       </x:c>
       <x:c r="E154" s="0">
-        <x:v>549</x:v>
+        <x:v>682.87</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:5">
       <x:c r="A155" s="1">
-        <x:v>45776.9249189815</x:v>
+        <x:v>45821.9252777778</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C155" s="0">
-        <x:v>1.84</x:v>
+        <x:v>4.81</x:v>
       </x:c>
       <x:c r="D155" s="0">
-        <x:v>471.274</x:v>
+        <x:v>580.44</x:v>
       </x:c>
       <x:c r="E155" s="0">
-        <x:v>554.44</x:v>
+        <x:v>682.87</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:5">
       <x:c r="A156" s="1">
-        <x:v>45775.93125</x:v>
+        <x:v>45820.9288773148</x:v>
       </x:c>
       <x:c r="B156" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C156" s="0">
-        <x:v>1.75</x:v>
+        <x:v>5.3</x:v>
       </x:c>
       <x:c r="D156" s="0">
-        <x:v>467.279</x:v>
+        <x:v>589.356</x:v>
       </x:c>
       <x:c r="E156" s="0">
-        <x:v>549.74</x:v>
+        <x:v>693.36</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:5">
       <x:c r="A157" s="1">
-        <x:v>45772.9279282407</x:v>
+        <x:v>45819.9235416667</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C157" s="0">
-        <x:v>1.71</x:v>
+        <x:v>5.34</x:v>
       </x:c>
       <x:c r="D157" s="0">
-        <x:v>465.18</x:v>
+        <x:v>590.019</x:v>
       </x:c>
       <x:c r="E157" s="0">
-        <x:v>547.27</x:v>
+        <x:v>694.14</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:5">
       <x:c r="A158" s="1">
-        <x:v>45771.9286921296</x:v>
+        <x:v>45818.9234953704</x:v>
       </x:c>
       <x:c r="B158" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C158" s="0">
-        <x:v>1.48</x:v>
+        <x:v>5.76</x:v>
       </x:c>
       <x:c r="D158" s="0">
-        <x:v>453.178</x:v>
+        <x:v>597.04</x:v>
       </x:c>
       <x:c r="E158" s="0">
-        <x:v>533.15</x:v>
+        <x:v>702.4</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:5">
       <x:c r="A159" s="1">
-        <x:v>45770.9297800926</x:v>
+        <x:v>45817.9248958333</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C159" s="0">
-        <x:v>1.29</x:v>
+        <x:v>5.37</x:v>
       </x:c>
       <x:c r="D159" s="0">
-        <x:v>442.23</x:v>
+        <x:v>589.951</x:v>
       </x:c>
       <x:c r="E159" s="0">
-        <x:v>520.27</x:v>
+        <x:v>694.06</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:5">
       <x:c r="A160" s="1">
-        <x:v>45769.9290856481</x:v>
+        <x:v>45814.9279398148</x:v>
       </x:c>
       <x:c r="B160" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C160" s="0">
-        <x:v>1.04</x:v>
+        <x:v>5.57</x:v>
       </x:c>
       <x:c r="D160" s="0">
-        <x:v>425.238</x:v>
+        <x:v>593.054</x:v>
       </x:c>
       <x:c r="E160" s="0">
-        <x:v>500.28</x:v>
+        <x:v>697.71</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:5">
       <x:c r="A161" s="1">
-        <x:v>45764.930787037</x:v>
+        <x:v>45813.9311805556</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C161" s="0">
-        <x:v>1.06</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="D161" s="0">
-        <x:v>426.258</x:v>
+        <x:v>581.927</x:v>
       </x:c>
       <x:c r="E161" s="0">
-        <x:v>501.48</x:v>
+        <x:v>684.62</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:5">
       <x:c r="A162" s="1">
-        <x:v>45763.9303125</x:v>
+        <x:v>45812.9288888889</x:v>
       </x:c>
       <x:c r="B162" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C162" s="0">
-        <x:v>1.07</x:v>
+        <x:v>5.15</x:v>
       </x:c>
       <x:c r="D162" s="0">
-        <x:v>426.964</x:v>
+        <x:v>584.758</x:v>
       </x:c>
       <x:c r="E162" s="0">
-        <x:v>502.31</x:v>
+        <x:v>687.95</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:5">
       <x:c r="A163" s="1">
-        <x:v>45762.9290740741</x:v>
+        <x:v>45811.9362847222</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C163" s="0">
-        <x:v>1.38</x:v>
+        <x:v>4.34</x:v>
       </x:c>
       <x:c r="D163" s="0">
-        <x:v>443.292</x:v>
+        <x:v>566.822</x:v>
       </x:c>
       <x:c r="E163" s="0">
-        <x:v>521.52</x:v>
+        <x:v>666.85</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:5">
       <x:c r="A164" s="1">
-        <x:v>45761.9296643519</x:v>
+        <x:v>45810.9414467593</x:v>
       </x:c>
       <x:c r="B164" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C164" s="0">
-        <x:v>1.55</x:v>
+        <x:v>4.5</x:v>
       </x:c>
       <x:c r="D164" s="0">
-        <x:v>451.758</x:v>
+        <x:v>570.265</x:v>
       </x:c>
       <x:c r="E164" s="0">
-        <x:v>531.48</x:v>
+        <x:v>670.9</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:5">
       <x:c r="A165" s="1">
-        <x:v>45758.9254282407</x:v>
+        <x:v>45800.9242361111</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C165" s="0">
-        <x:v>1.8</x:v>
+        <x:v>3.11</x:v>
       </x:c>
       <x:c r="D165" s="0">
-        <x:v>462.034</x:v>
+        <x:v>533.001</x:v>
       </x:c>
       <x:c r="E165" s="0">
-        <x:v>543.57</x:v>
+        <x:v>627.06</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:5">
       <x:c r="A166" s="1">
-        <x:v>45757.9250231481</x:v>
+        <x:v>45799.9263194444</x:v>
       </x:c>
       <x:c r="B166" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C166" s="0">
-        <x:v>1.86</x:v>
+        <x:v>3.42</x:v>
       </x:c>
       <x:c r="D166" s="0">
-        <x:v>464.346</x:v>
+        <x:v>541.084</x:v>
       </x:c>
       <x:c r="E166" s="0">
-        <x:v>546.29</x:v>
+        <x:v>636.57</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:5">
       <x:c r="A167" s="1">
-        <x:v>45756.9250694444</x:v>
+        <x:v>45798.9249537037</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C167" s="0">
-        <x:v>3.12</x:v>
+        <x:v>3.39</x:v>
       </x:c>
       <x:c r="D167" s="0">
-        <x:v>497.904</x:v>
+        <x:v>540.175</x:v>
       </x:c>
       <x:c r="E167" s="0">
-        <x:v>585.77</x:v>
+        <x:v>635.5</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:5">
       <x:c r="A168" s="1">
-        <x:v>45755.9267013889</x:v>
+        <x:v>45797.9233912037</x:v>
       </x:c>
       <x:c r="B168" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C168" s="0">
-        <x:v>1.66</x:v>
+        <x:v>3.45</x:v>
       </x:c>
       <x:c r="D168" s="0">
-        <x:v>433.882</x:v>
+        <x:v>541.535</x:v>
       </x:c>
       <x:c r="E168" s="0">
-        <x:v>510.45</x:v>
+        <x:v>637.1</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:5">
       <x:c r="A169" s="1">
-        <x:v>45754.9257175926</x:v>
+        <x:v>45796.9245023148</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C169" s="0">
-        <x:v>1.78</x:v>
+        <x:v>3.56</x:v>
       </x:c>
       <x:c r="D169" s="0">
-        <x:v>438.812</x:v>
+        <x:v>544.366</x:v>
       </x:c>
       <x:c r="E169" s="0">
-        <x:v>516.25</x:v>
+        <x:v>640.43</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:5">
       <x:c r="A170" s="1">
-        <x:v>45751.9453240741</x:v>
+        <x:v>45793.9259953704</x:v>
       </x:c>
       <x:c r="B170" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C170" s="0">
-        <x:v>1.57</x:v>
+        <x:v>3.57</x:v>
       </x:c>
       <x:c r="D170" s="0">
-        <x:v>429.02</x:v>
+        <x:v>544.289</x:v>
       </x:c>
       <x:c r="E170" s="0">
-        <x:v>504.73</x:v>
+        <x:v>640.34</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:5">
       <x:c r="A171" s="1">
-        <x:v>45750.9256944444</x:v>
+        <x:v>45792.9360300926</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C171" s="0">
-        <x:v>2.26</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="D171" s="0">
-        <x:v>451.877</x:v>
+        <x:v>547.298</x:v>
       </x:c>
       <x:c r="E171" s="0">
-        <x:v>531.62</x:v>
+        <x:v>643.88</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:5">
       <x:c r="A172" s="1">
-        <x:v>45748.9242013889</x:v>
+        <x:v>45791.9275578704</x:v>
       </x:c>
       <x:c r="B172" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C172" s="0">
-        <x:v>5</x:v>
+        <x:v>4.31</x:v>
       </x:c>
       <x:c r="D172" s="0">
-        <x:v>498.1</x:v>
+        <x:v>560.456</x:v>
       </x:c>
       <x:c r="E172" s="0">
-        <x:v>586</x:v>
+        <x:v>659.36</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:5">
       <x:c r="A173" s="1">
-        <x:v>45747.9264351852</x:v>
+        <x:v>45790.9286689815</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C173" s="0">
-        <x:v>4.55</x:v>
+        <x:v>4.19</x:v>
       </x:c>
       <x:c r="D173" s="0">
-        <x:v>489.906</x:v>
+        <x:v>557.626</x:v>
       </x:c>
       <x:c r="E173" s="0">
-        <x:v>576.36</x:v>
+        <x:v>656.03</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:5">
       <x:c r="A174" s="1">
-        <x:v>45744.883900463</x:v>
+        <x:v>45789.9278009259</x:v>
       </x:c>
       <x:c r="B174" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C174" s="0">
-        <x:v>4.59</x:v>
+        <x:v>3.63</x:v>
       </x:c>
       <x:c r="D174" s="0">
-        <x:v>490.229</x:v>
+        <x:v>543.516</x:v>
       </x:c>
       <x:c r="E174" s="0">
-        <x:v>576.74</x:v>
+        <x:v>639.43</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:5">
       <x:c r="A175" s="1">
-        <x:v>45743.8879166667</x:v>
+        <x:v>45786.9254050926</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C175" s="0">
-        <x:v>6.18</x:v>
+        <x:v>2.46</x:v>
       </x:c>
       <x:c r="D175" s="0">
-        <x:v>512.193</x:v>
+        <x:v>503.616</x:v>
       </x:c>
       <x:c r="E175" s="0">
-        <x:v>602.58</x:v>
+        <x:v>592.49</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:5">
       <x:c r="A176" s="1">
-        <x:v>45742.8862384259</x:v>
+        <x:v>45785.9240393518</x:v>
       </x:c>
       <x:c r="B176" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C176" s="0">
-        <x:v>6.75</x:v>
+        <x:v>2.61</x:v>
       </x:c>
       <x:c r="D176" s="0">
-        <x:v>519.333</x:v>
+        <x:v>508.308</x:v>
       </x:c>
       <x:c r="E176" s="0">
-        <x:v>610.98</x:v>
+        <x:v>598.01</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:5">
       <x:c r="A177" s="1">
-        <x:v>45741.8884606482</x:v>
+        <x:v>45784.9235416667</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C177" s="0">
-        <x:v>7.92</x:v>
+        <x:v>2.58</x:v>
       </x:c>
       <x:c r="D177" s="0">
-        <x:v>532.364</x:v>
+        <x:v>507.288</x:v>
       </x:c>
       <x:c r="E177" s="0">
-        <x:v>626.31</x:v>
+        <x:v>596.81</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:5">
       <x:c r="A178" s="1">
-        <x:v>45740.8886111111</x:v>
+        <x:v>45783.9247685185</x:v>
       </x:c>
       <x:c r="B178" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C178" s="0">
-        <x:v>7.39</x:v>
+        <x:v>2.36</x:v>
       </x:c>
       <x:c r="D178" s="0">
-        <x:v>526.022</x:v>
+        <x:v>499.214</x:v>
       </x:c>
       <x:c r="E178" s="0">
-        <x:v>618.85</x:v>
+        <x:v>587.31</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:5">
       <x:c r="A179" s="1">
-        <x:v>45737.8932986111</x:v>
+        <x:v>45782.9244328704</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C179" s="0">
-        <x:v>6.04</x:v>
+        <x:v>2.68</x:v>
       </x:c>
       <x:c r="D179" s="0">
-        <x:v>506.812</x:v>
+        <x:v>509.38</x:v>
       </x:c>
       <x:c r="E179" s="0">
-        <x:v>596.25</x:v>
+        <x:v>599.27</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:5">
       <x:c r="A180" s="1">
-        <x:v>45736.8918287037</x:v>
+        <x:v>45779.9288657407</x:v>
       </x:c>
       <x:c r="B180" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C180" s="0">
-        <x:v>5.47</x:v>
+        <x:v>2.63</x:v>
       </x:c>
       <x:c r="D180" s="0">
-        <x:v>498.1</x:v>
+        <x:v>507.467</x:v>
       </x:c>
       <x:c r="E180" s="0">
-        <x:v>586</x:v>
+        <x:v>597.02</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:5">
       <x:c r="A181" s="1">
-        <x:v>45735.891724537</x:v>
+        <x:v>45777.9324305556</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C181" s="0">
-        <x:v>5.37</x:v>
+        <x:v>1.73</x:v>
       </x:c>
       <x:c r="D181" s="0">
-        <x:v>496.451</x:v>
+        <x:v>466.65</x:v>
       </x:c>
       <x:c r="E181" s="0">
-        <x:v>584.06</x:v>
+        <x:v>549</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:5">
       <x:c r="A182" s="1">
-        <x:v>45734.8848958333</x:v>
+        <x:v>45776.9249189815</x:v>
       </x:c>
       <x:c r="B182" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C182" s="0">
-        <x:v>5.28</x:v>
+        <x:v>1.84</x:v>
       </x:c>
       <x:c r="D182" s="0">
-        <x:v>495.006</x:v>
+        <x:v>471.274</x:v>
       </x:c>
       <x:c r="E182" s="0">
-        <x:v>582.36</x:v>
+        <x:v>554.44</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:5">
       <x:c r="A183" s="1">
-        <x:v>45733.8857986111</x:v>
+        <x:v>45775.93125</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C183" s="0">
-        <x:v>6.81</x:v>
+        <x:v>1.75</x:v>
       </x:c>
       <x:c r="D183" s="0">
-        <x:v>514.165</x:v>
+        <x:v>467.279</x:v>
       </x:c>
       <x:c r="E183" s="0">
-        <x:v>604.9</x:v>
+        <x:v>549.74</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:5">
       <x:c r="A184" s="1">
-        <x:v>45730.8910532407</x:v>
+        <x:v>45772.9279282407</x:v>
       </x:c>
       <x:c r="B184" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C184" s="0">
-        <x:v>7.03</x:v>
+        <x:v>1.71</x:v>
       </x:c>
       <x:c r="D184" s="0">
-        <x:v>501.676</x:v>
+        <x:v>465.18</x:v>
       </x:c>
       <x:c r="E184" s="0">
-        <x:v>607.6</x:v>
+        <x:v>547.27</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:5">
       <x:c r="A185" s="1">
-        <x:v>45730.329212963</x:v>
+        <x:v>45771.9286921296</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C185" s="0">
-        <x:v>6.41</x:v>
+        <x:v>1.48</x:v>
       </x:c>
       <x:c r="D185" s="0">
-        <x:v>501.676</x:v>
+        <x:v>453.178</x:v>
       </x:c>
       <x:c r="E185" s="0">
-        <x:v>590.64</x:v>
+        <x:v>533.15</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:5">
       <x:c r="A186" s="1">
-        <x:v>45729.9202893519</x:v>
+        <x:v>45770.9297800926</x:v>
       </x:c>
       <x:c r="B186" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C186" s="0">
-        <x:v>5.98</x:v>
+        <x:v>1.29</x:v>
       </x:c>
       <x:c r="D186" s="0">
-        <x:v>502.044</x:v>
+        <x:v>442.23</x:v>
       </x:c>
       <x:c r="E186" s="0">
-        <x:v>0</x:v>
+        <x:v>520.27</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:5">
       <x:c r="A187" s="1">
-        <x:v>45728.8940856481</x:v>
+        <x:v>45769.9290856481</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C187" s="0">
-        <x:v>8.32</x:v>
+        <x:v>1.04</x:v>
       </x:c>
       <x:c r="D187" s="0">
-        <x:v>526.626</x:v>
+        <x:v>425.238</x:v>
       </x:c>
       <x:c r="E187" s="0">
-        <x:v>0</x:v>
+        <x:v>500.28</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:5">
       <x:c r="A188" s="1">
-        <x:v>45727.8961805556</x:v>
+        <x:v>45764.930787037</x:v>
       </x:c>
       <x:c r="B188" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C188" s="0">
-        <x:v>7.32</x:v>
+        <x:v>1.06</x:v>
       </x:c>
       <x:c r="D188" s="0">
-        <x:v>514.854</x:v>
+        <x:v>426.258</x:v>
       </x:c>
       <x:c r="E188" s="0">
-        <x:v>605.71</x:v>
+        <x:v>501.48</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:5">
       <x:c r="A189" s="1">
-        <x:v>45726.8939467593</x:v>
+        <x:v>45763.9303125</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C189" s="0">
-        <x:v>6.8</x:v>
+        <x:v>1.07</x:v>
       </x:c>
       <x:c r="D189" s="0">
-        <x:v>531.811</x:v>
+        <x:v>426.964</x:v>
       </x:c>
       <x:c r="E189" s="0">
-        <x:v>625.66</x:v>
+        <x:v>502.31</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:5">
       <x:c r="A190" s="1">
-        <x:v>45723.92375</x:v>
+        <x:v>45762.9290740741</x:v>
       </x:c>
       <x:c r="B190" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C190" s="0">
-        <x:v>9.3</x:v>
+        <x:v>1.38</x:v>
       </x:c>
       <x:c r="D190" s="0">
-        <x:v>533.74</x:v>
+        <x:v>443.292</x:v>
       </x:c>
       <x:c r="E190" s="0">
-        <x:v>627.93</x:v>
+        <x:v>521.52</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:5">
       <x:c r="A191" s="1">
-        <x:v>45722.9231365741</x:v>
+        <x:v>45761.9296643519</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C191" s="0">
-        <x:v>9.52</x:v>
+        <x:v>1.55</x:v>
       </x:c>
       <x:c r="D191" s="0">
-        <x:v>558</x:v>
+        <x:v>451.758</x:v>
       </x:c>
       <x:c r="E191" s="0">
-        <x:v>656.47</x:v>
+        <x:v>531.48</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:5">
       <x:c r="A192" s="1">
-        <x:v>45721.9268402778</x:v>
+        <x:v>45758.9254282407</x:v>
       </x:c>
       <x:c r="B192" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C192" s="0">
-        <x:v>12.9</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="D192" s="0">
-        <x:v>544</x:v>
+        <x:v>462.034</x:v>
       </x:c>
       <x:c r="E192" s="0">
-        <x:v>640</x:v>
+        <x:v>543.57</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:5">
       <x:c r="A193" s="1">
-        <x:v>45720.9245833333</x:v>
+        <x:v>45757.9250231481</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C193" s="0">
-        <x:v>11.18</x:v>
+        <x:v>1.86</x:v>
       </x:c>
       <x:c r="D193" s="0">
-        <x:v>556.792</x:v>
+        <x:v>464.346</x:v>
       </x:c>
       <x:c r="E193" s="0">
-        <x:v>655.05</x:v>
+        <x:v>546.29</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:5">
       <x:c r="A194" s="1">
-        <x:v>45719.9236805556</x:v>
+        <x:v>45756.9250694444</x:v>
       </x:c>
       <x:c r="B194" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C194" s="0">
-        <x:v>12.99</x:v>
+        <x:v>3.12</x:v>
       </x:c>
       <x:c r="D194" s="0">
-        <x:v>567.97</x:v>
+        <x:v>497.904</x:v>
       </x:c>
       <x:c r="E194" s="0">
-        <x:v>668.2</x:v>
+        <x:v>585.77</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:5">
       <x:c r="A195" s="1">
-        <x:v>45716.9268981482</x:v>
+        <x:v>45755.9267013889</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C195" s="0">
-        <x:v>14.78</x:v>
+        <x:v>1.66</x:v>
       </x:c>
       <x:c r="D195" s="0">
-        <x:v>559.504</x:v>
+        <x:v>433.882</x:v>
       </x:c>
       <x:c r="E195" s="0">
-        <x:v>658.24</x:v>
+        <x:v>510.45</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:5">
       <x:c r="A196" s="1">
-        <x:v>45715.92375</x:v>
+        <x:v>45754.9257175926</x:v>
       </x:c>
       <x:c r="B196" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C196" s="0">
-        <x:v>13.56</x:v>
+        <x:v>1.78</x:v>
       </x:c>
       <x:c r="D196" s="0">
-        <x:v>572.645</x:v>
+        <x:v>438.812</x:v>
       </x:c>
       <x:c r="E196" s="0">
-        <x:v>673.7</x:v>
+        <x:v>516.25</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:5">
       <x:c r="A197" s="1">
-        <x:v>45714.9285069444</x:v>
+        <x:v>45751.9453240741</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C197" s="0">
-        <x:v>15.75</x:v>
+        <x:v>1.57</x:v>
       </x:c>
       <x:c r="D197" s="0">
-        <x:v>558.875</x:v>
+        <x:v>429.02</x:v>
       </x:c>
       <x:c r="E197" s="0">
-        <x:v>657.5</x:v>
+        <x:v>504.73</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:5">
       <x:c r="A198" s="1">
-        <x:v>45713.923900463</x:v>
+        <x:v>45750.9256944444</x:v>
       </x:c>
       <x:c r="B198" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C198" s="0">
-        <x:v>13.73</x:v>
+        <x:v>2.26</x:v>
       </x:c>
       <x:c r="D198" s="0">
-        <x:v>567.91</x:v>
+        <x:v>451.877</x:v>
       </x:c>
       <x:c r="E198" s="0">
-        <x:v>668.13</x:v>
+        <x:v>531.62</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:5">
       <x:c r="A199" s="1">
-        <x:v>45712.926875</x:v>
+        <x:v>45748.9242013889</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C199" s="0">
-        <x:v>15.2</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="D199" s="0">
-        <x:v>581.018</x:v>
+        <x:v>498.1</x:v>
       </x:c>
       <x:c r="E199" s="0">
-        <x:v>683.55</x:v>
+        <x:v>586</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:5">
       <x:c r="A200" s="1">
-        <x:v>45709.9264814815</x:v>
+        <x:v>45747.9264351852</x:v>
       </x:c>
       <x:c r="B200" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C200" s="0">
-        <x:v>17.65</x:v>
+        <x:v>4.55</x:v>
       </x:c>
       <x:c r="D200" s="0">
-        <x:v>590.614</x:v>
+        <x:v>489.906</x:v>
       </x:c>
       <x:c r="E200" s="0">
-        <x:v>694.84</x:v>
+        <x:v>576.36</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:5">
       <x:c r="A201" s="1">
-        <x:v>45708.9232175926</x:v>
+        <x:v>45744.883900463</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C201" s="0">
-        <x:v>19.58</x:v>
+        <x:v>4.59</x:v>
       </x:c>
       <x:c r="D201" s="0">
-        <x:v>598.204</x:v>
+        <x:v>490.229</x:v>
       </x:c>
       <x:c r="E201" s="0">
-        <x:v>703.77</x:v>
+        <x:v>576.74</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:5">
       <x:c r="A202" s="1">
-        <x:v>45707.9353819444</x:v>
+        <x:v>45743.8879166667</x:v>
       </x:c>
       <x:c r="B202" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C202" s="0">
-        <x:v>21.22</x:v>
+        <x:v>6.18</x:v>
       </x:c>
       <x:c r="D202" s="0">
-        <x:v>608.914</x:v>
+        <x:v>512.193</x:v>
       </x:c>
       <x:c r="E202" s="0">
-        <x:v>716.37</x:v>
+        <x:v>602.58</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:5">
       <x:c r="A203" s="1">
-        <x:v>45706.9293634259</x:v>
+        <x:v>45742.8862384259</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C203" s="0">
-        <x:v>23.75</x:v>
+        <x:v>6.75</x:v>
       </x:c>
       <x:c r="D203" s="0">
-        <x:v>626.17</x:v>
+        <x:v>519.333</x:v>
       </x:c>
       <x:c r="E203" s="0">
-        <x:v>736.67</x:v>
+        <x:v>610.98</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:5">
       <x:c r="A204" s="1">
-        <x:v>45702.9276157407</x:v>
+        <x:v>45741.8884606482</x:v>
       </x:c>
       <x:c r="B204" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C204" s="0">
-        <x:v>28.61</x:v>
+        <x:v>7.92</x:v>
       </x:c>
       <x:c r="D204" s="0">
-        <x:v>619.276</x:v>
+        <x:v>532.364</x:v>
       </x:c>
       <x:c r="E204" s="0">
-        <x:v>728.56</x:v>
+        <x:v>626.31</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:5">
       <x:c r="A205" s="1">
-        <x:v>45700.9255092593</x:v>
+        <x:v>45740.8886111111</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C205" s="0">
-        <x:v>26.19</x:v>
+        <x:v>7.39</x:v>
       </x:c>
       <x:c r="D205" s="0">
-        <x:v>611.83</x:v>
+        <x:v>526.022</x:v>
       </x:c>
       <x:c r="E205" s="0">
-        <x:v>719.8</x:v>
+        <x:v>618.85</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:5">
       <x:c r="A206" s="1">
-        <x:v>45699.927662037</x:v>
+        <x:v>45737.8932986111</x:v>
       </x:c>
       <x:c r="B206" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C206" s="0">
-        <x:v>25.05</x:v>
+        <x:v>6.04</x:v>
       </x:c>
       <x:c r="D206" s="0">
-        <x:v>609.79</x:v>
+        <x:v>506.812</x:v>
       </x:c>
       <x:c r="E206" s="0">
-        <x:v>717.4</x:v>
+        <x:v>596.25</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:5">
       <x:c r="A207" s="1">
-        <x:v>45698.9262268519</x:v>
+        <x:v>45736.8918287037</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C207" s="0">
-        <x:v>24.58</x:v>
+        <x:v>5.47</x:v>
       </x:c>
       <x:c r="D207" s="0">
-        <x:v>609.79</x:v>
+        <x:v>498.1</x:v>
       </x:c>
       <x:c r="E207" s="0">
-        <x:v>717.4</x:v>
+        <x:v>586</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:5">
       <x:c r="A208" s="1">
-        <x:v>45695.9360300926</x:v>
+        <x:v>45735.891724537</x:v>
       </x:c>
       <x:c r="B208" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C208" s="0">
-        <x:v>24.08</x:v>
+        <x:v>5.37</x:v>
       </x:c>
       <x:c r="D208" s="0">
-        <x:v>605.192</x:v>
+        <x:v>496.451</x:v>
       </x:c>
       <x:c r="E208" s="0">
-        <x:v>711.99</x:v>
+        <x:v>584.06</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:5">
       <x:c r="A209" s="1">
-        <x:v>45694.9237615741</x:v>
+        <x:v>45734.8848958333</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C209" s="0">
-        <x:v>23.6</x:v>
+        <x:v>5.28</x:v>
       </x:c>
       <x:c r="D209" s="0">
-        <x:v>599.14</x:v>
+        <x:v>495.006</x:v>
       </x:c>
       <x:c r="E209" s="0">
-        <x:v>704.87</x:v>
+        <x:v>582.36</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:5">
       <x:c r="A210" s="1">
-        <x:v>45693.9253125</x:v>
+        <x:v>45733.8857986111</x:v>
       </x:c>
       <x:c r="B210" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C210" s="0">
-        <x:v>22.28</x:v>
+        <x:v>6.81</x:v>
       </x:c>
       <x:c r="D210" s="0">
-        <x:v>599.14</x:v>
+        <x:v>514.165</x:v>
       </x:c>
       <x:c r="E210" s="0">
-        <x:v>704.87</x:v>
+        <x:v>604.9</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:5">
       <x:c r="A211" s="1">
-        <x:v>45692.9271180556</x:v>
+        <x:v>45730.8910532407</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C211" s="0">
-        <x:v>22.17</x:v>
+        <x:v>7.03</x:v>
       </x:c>
       <x:c r="D211" s="0">
-        <x:v>598.562</x:v>
+        <x:v>501.676</x:v>
       </x:c>
       <x:c r="E211" s="0">
-        <x:v>704.19</x:v>
+        <x:v>607.6</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:5">
       <x:c r="A212" s="1">
-        <x:v>45691.9280787037</x:v>
+        <x:v>45730.329212963</x:v>
       </x:c>
       <x:c r="B212" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C212" s="0">
-        <x:v>20.98</x:v>
+        <x:v>6.41</x:v>
       </x:c>
       <x:c r="D212" s="0">
-        <x:v>592.841</x:v>
+        <x:v>501.676</x:v>
       </x:c>
       <x:c r="E212" s="0">
-        <x:v>697.46</x:v>
+        <x:v>590.64</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:5">
       <x:c r="A213" s="1">
-        <x:v>45688.9467939815</x:v>
+        <x:v>45729.9202893519</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C213" s="0">
-        <x:v>19.63</x:v>
+        <x:v>5.98</x:v>
       </x:c>
       <x:c r="D213" s="0">
-        <x:v>585.803</x:v>
+        <x:v>502.044</x:v>
       </x:c>
       <x:c r="E213" s="0">
-        <x:v>689.18</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:5">
       <x:c r="A214" s="1">
-        <x:v>45687.9293055556</x:v>
+        <x:v>45728.8940856481</x:v>
       </x:c>
       <x:c r="B214" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C214" s="0">
-        <x:v>19.29</x:v>
+        <x:v>8.32</x:v>
       </x:c>
       <x:c r="D214" s="0">
-        <x:v>583.95</x:v>
+        <x:v>526.626</x:v>
       </x:c>
       <x:c r="E214" s="0">
-        <x:v>687</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:5">
       <x:c r="A215" s="1">
-        <x:v>45686.9239930556</x:v>
+        <x:v>45727.8961805556</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C215" s="0">
-        <x:v>17.66</x:v>
+        <x:v>7.32</x:v>
       </x:c>
       <x:c r="D215" s="0">
-        <x:v>575.016</x:v>
+        <x:v>514.854</x:v>
       </x:c>
       <x:c r="E215" s="0">
-        <x:v>676.49</x:v>
+        <x:v>605.71</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:5">
       <x:c r="A216" s="1">
-        <x:v>45685.9322106481</x:v>
+        <x:v>45726.8939467593</x:v>
       </x:c>
       <x:c r="B216" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C216" s="0">
-        <x:v>17.34</x:v>
+        <x:v>6.8</x:v>
       </x:c>
       <x:c r="D216" s="0">
-        <x:v>573.18</x:v>
+        <x:v>531.811</x:v>
       </x:c>
       <x:c r="E216" s="0">
-        <x:v>674.33</x:v>
+        <x:v>625.66</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:5">
       <x:c r="A217" s="1">
-        <x:v>45681.9227893519</x:v>
+        <x:v>45723.92375</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C217" s="0">
-        <x:v>13.81</x:v>
+        <x:v>9.3</x:v>
       </x:c>
       <x:c r="D217" s="0">
-        <x:v>550.366</x:v>
+        <x:v>533.74</x:v>
       </x:c>
       <x:c r="E217" s="0">
-        <x:v>647.49</x:v>
+        <x:v>627.93</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:5">
       <x:c r="A218" s="1">
-        <x:v>45679.9244212963</x:v>
+        <x:v>45722.9231365741</x:v>
       </x:c>
       <x:c r="B218" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C218" s="0">
-        <x:v>11.14</x:v>
+        <x:v>9.52</x:v>
       </x:c>
       <x:c r="D218" s="0">
-        <x:v>529.975</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="E218" s="0">
-        <x:v>623.5</x:v>
+        <x:v>656.47</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:5">
       <x:c r="A219" s="1">
-        <x:v>45678.9235300926</x:v>
+        <x:v>45721.9268402778</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C219" s="0">
-        <x:v>10.44</x:v>
+        <x:v>12.9</x:v>
       </x:c>
       <x:c r="D219" s="0">
-        <x:v>523.991</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="E219" s="0">
-        <x:v>616.46</x:v>
+        <x:v>640</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:5">
       <x:c r="A220" s="1">
-        <x:v>45674.9244675926</x:v>
+        <x:v>45720.9245833333</x:v>
       </x:c>
       <x:c r="B220" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C220" s="0">
-        <x:v>10.12</x:v>
+        <x:v>11.18</x:v>
       </x:c>
       <x:c r="D220" s="0">
-        <x:v>520.854</x:v>
+        <x:v>556.792</x:v>
       </x:c>
       <x:c r="E220" s="0">
-        <x:v>612.77</x:v>
+        <x:v>655.05</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:5">
       <x:c r="A221" s="1">
-        <x:v>45673.9256018518</x:v>
+        <x:v>45719.9236805556</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C221" s="0">
-        <x:v>9.98</x:v>
+        <x:v>12.99</x:v>
       </x:c>
       <x:c r="D221" s="0">
-        <x:v>519.605</x:v>
+        <x:v>567.97</x:v>
       </x:c>
       <x:c r="E221" s="0">
-        <x:v>611.3</x:v>
+        <x:v>668.2</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:5">
       <x:c r="A222" s="1">
-        <x:v>45672.926087963</x:v>
+        <x:v>45716.9268981482</x:v>
       </x:c>
       <x:c r="B222" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C222" s="0">
-        <x:v>10.59</x:v>
+        <x:v>14.78</x:v>
       </x:c>
       <x:c r="D222" s="0">
-        <x:v>524.552</x:v>
+        <x:v>559.504</x:v>
       </x:c>
       <x:c r="E222" s="0">
-        <x:v>617.12</x:v>
+        <x:v>658.24</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:5">
       <x:c r="A223" s="1">
-        <x:v>45671.9240856481</x:v>
+        <x:v>45715.92375</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C223" s="0">
-        <x:v>8.61</x:v>
+        <x:v>13.56</x:v>
       </x:c>
       <x:c r="D223" s="0">
-        <x:v>505.112</x:v>
+        <x:v>572.645</x:v>
       </x:c>
       <x:c r="E223" s="0">
-        <x:v>594.25</x:v>
+        <x:v>673.7</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:5">
       <x:c r="A224" s="1">
-        <x:v>45670.9314814815</x:v>
+        <x:v>45714.9285069444</x:v>
       </x:c>
       <x:c r="B224" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C224" s="0">
-        <x:v>10.02</x:v>
+        <x:v>15.75</x:v>
       </x:c>
       <x:c r="D224" s="0">
-        <x:v>517.08</x:v>
+        <x:v>558.875</x:v>
       </x:c>
       <x:c r="E224" s="0">
-        <x:v>608.33</x:v>
+        <x:v>657.5</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:5">
       <x:c r="A225" s="1">
-        <x:v>45667.9296759259</x:v>
+        <x:v>45713.923900463</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C225" s="0">
-        <x:v>10.85</x:v>
+        <x:v>13.73</x:v>
       </x:c>
       <x:c r="D225" s="0">
-        <x:v>523.481</x:v>
+        <x:v>567.91</x:v>
       </x:c>
       <x:c r="E225" s="0">
-        <x:v>615.86</x:v>
+        <x:v>668.13</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:5">
       <x:c r="A226" s="1">
-        <x:v>45665.925787037</x:v>
+        <x:v>45712.926875</x:v>
       </x:c>
       <x:c r="B226" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C226" s="0">
-        <x:v>10.35</x:v>
+        <x:v>15.2</x:v>
       </x:c>
       <x:c r="D226" s="0">
-        <x:v>519.112</x:v>
+        <x:v>581.018</x:v>
       </x:c>
       <x:c r="E226" s="0">
-        <x:v>610.72</x:v>
+        <x:v>683.55</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:5">
       <x:c r="A227" s="1">
-        <x:v>45664.9260648148</x:v>
+        <x:v>45709.9264814815</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C227" s="0">
-        <x:v>11.14</x:v>
+        <x:v>17.65</x:v>
       </x:c>
       <x:c r="D227" s="0">
-        <x:v>525.206</x:v>
+        <x:v>590.614</x:v>
       </x:c>
       <x:c r="E227" s="0">
-        <x:v>617.89</x:v>
+        <x:v>694.84</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:5">
       <x:c r="A228" s="1">
-        <x:v>45663.9232986111</x:v>
+        <x:v>45708.9232175926</x:v>
       </x:c>
       <x:c r="B228" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C228" s="0">
-        <x:v>12.63</x:v>
+        <x:v>19.58</x:v>
       </x:c>
       <x:c r="D228" s="0">
-        <x:v>535.67</x:v>
+        <x:v>598.204</x:v>
       </x:c>
       <x:c r="E228" s="0">
-        <x:v>630.2</x:v>
+        <x:v>703.77</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:5">
       <x:c r="A229" s="1">
-        <x:v>45660.9250347222</x:v>
+        <x:v>45707.9353819444</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C229" s="0">
-        <x:v>10.1</x:v>
+        <x:v>21.22</x:v>
       </x:c>
       <x:c r="D229" s="0">
-        <x:v>513.936</x:v>
+        <x:v>608.914</x:v>
       </x:c>
       <x:c r="E229" s="0">
-        <x:v>604.63</x:v>
+        <x:v>716.37</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:5">
       <x:c r="A230" s="1">
-        <x:v>45659.9244675926</x:v>
+        <x:v>45706.9293634259</x:v>
       </x:c>
       <x:c r="B230" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C230" s="0">
-        <x:v>9.59</x:v>
+        <x:v>23.75</x:v>
       </x:c>
       <x:c r="D230" s="0">
-        <x:v>509.354</x:v>
+        <x:v>626.17</x:v>
       </x:c>
       <x:c r="E230" s="0">
-        <x:v>599.24</x:v>
+        <x:v>736.67</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:5">
       <x:c r="A231" s="1">
-        <x:v>45656.9242708333</x:v>
+        <x:v>45702.9276157407</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C231" s="0">
-        <x:v>8.9</x:v>
+        <x:v>28.61</x:v>
       </x:c>
       <x:c r="D231" s="0">
-        <x:v>502.554</x:v>
+        <x:v>619.276</x:v>
       </x:c>
       <x:c r="E231" s="0">
-        <x:v>591.24</x:v>
+        <x:v>728.56</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:5">
       <x:c r="A232" s="1">
-        <x:v>45653.9297685185</x:v>
+        <x:v>45700.9255092593</x:v>
       </x:c>
       <x:c r="B232" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C232" s="0">
-        <x:v>9.77</x:v>
+        <x:v>26.19</x:v>
       </x:c>
       <x:c r="D232" s="0">
-        <x:v>509.838</x:v>
+        <x:v>611.83</x:v>
       </x:c>
       <x:c r="E232" s="0">
-        <x:v>599.81</x:v>
+        <x:v>719.8</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:5">
       <x:c r="A233" s="1">
-        <x:v>45649.9280208333</x:v>
+        <x:v>45699.927662037</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C233" s="0">
-        <x:v>9.82</x:v>
+        <x:v>25.05</x:v>
       </x:c>
       <x:c r="D233" s="0">
-        <x:v>509.872</x:v>
+        <x:v>609.79</x:v>
       </x:c>
       <x:c r="E233" s="0">
-        <x:v>599.85</x:v>
+        <x:v>717.4</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:5">
       <x:c r="A234" s="1">
-        <x:v>45646.9391666667</x:v>
+        <x:v>45698.9262268519</x:v>
       </x:c>
       <x:c r="B234" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C234" s="0">
-        <x:v>8.56</x:v>
+        <x:v>24.58</x:v>
       </x:c>
       <x:c r="D234" s="0">
-        <x:v>497.462</x:v>
+        <x:v>609.79</x:v>
       </x:c>
       <x:c r="E234" s="0">
-        <x:v>585.25</x:v>
+        <x:v>717.4</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:5">
       <x:c r="A235" s="1">
-        <x:v>45646.9253009259</x:v>
+        <x:v>45695.9360300926</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C235" s="0">
-        <x:v>8.56</x:v>
+        <x:v>24.08</x:v>
       </x:c>
       <x:c r="D235" s="0">
-        <x:v>497.462</x:v>
+        <x:v>605.192</x:v>
       </x:c>
       <x:c r="E235" s="0">
-        <x:v>585.25</x:v>
+        <x:v>711.99</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:5">
       <x:c r="A236" s="1">
-        <x:v>45645.9285532407</x:v>
+        <x:v>45694.9237615741</x:v>
       </x:c>
       <x:c r="B236" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C236" s="0">
-        <x:v>9.57</x:v>
+        <x:v>23.6</x:v>
       </x:c>
       <x:c r="D236" s="0">
-        <x:v>506.234</x:v>
+        <x:v>599.14</x:v>
       </x:c>
       <x:c r="E236" s="0">
-        <x:v>595.57</x:v>
+        <x:v>704.87</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:5">
       <x:c r="A237" s="1">
-        <x:v>45644.9406134259</x:v>
+        <x:v>45693.9253125</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C237" s="0">
-        <x:v>9.74</x:v>
+        <x:v>22.28</x:v>
       </x:c>
       <x:c r="D237" s="0">
-        <x:v>507.612</x:v>
+        <x:v>599.14</x:v>
       </x:c>
       <x:c r="E237" s="0">
-        <x:v>597.19</x:v>
+        <x:v>704.87</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:5">
       <x:c r="A238" s="1">
-        <x:v>45643.9374305556</x:v>
+        <x:v>45692.9271180556</x:v>
       </x:c>
       <x:c r="B238" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C238" s="0">
-        <x:v>12.43</x:v>
+        <x:v>22.17</x:v>
       </x:c>
       <x:c r="D238" s="0">
-        <x:v>526.524</x:v>
+        <x:v>598.562</x:v>
       </x:c>
       <x:c r="E238" s="0">
-        <x:v>619.44</x:v>
+        <x:v>704.19</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:5">
       <x:c r="A239" s="1">
-        <x:v>45642.9331481481</x:v>
+        <x:v>45691.9280787037</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C239" s="0">
-        <x:v>13.05</x:v>
+        <x:v>20.98</x:v>
       </x:c>
       <x:c r="D239" s="0">
-        <x:v>530.604</x:v>
+        <x:v>592.841</x:v>
       </x:c>
       <x:c r="E239" s="0">
-        <x:v>624.24</x:v>
+        <x:v>697.46</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:5">
       <x:c r="A240" s="1">
-        <x:v>45642.3397685185</x:v>
+        <x:v>45688.9467939815</x:v>
       </x:c>
       <x:c r="B240" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C240" s="0">
-        <x:v>12.7</x:v>
+        <x:v>19.63</x:v>
       </x:c>
       <x:c r="D240" s="0">
-        <x:v>527.298</x:v>
+        <x:v>585.803</x:v>
       </x:c>
       <x:c r="E240" s="0">
-        <x:v>620.35</x:v>
+        <x:v>689.18</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:5">
       <x:c r="A241" s="1">
-        <x:v>45639.9310532407</x:v>
+        <x:v>45687.9293055556</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C241" s="0">
-        <x:v>12.58</x:v>
+        <x:v>19.29</x:v>
       </x:c>
       <x:c r="D241" s="0">
-        <x:v>527.298</x:v>
+        <x:v>583.95</x:v>
       </x:c>
       <x:c r="E241" s="0">
-        <x:v>620.35</x:v>
+        <x:v>687</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:5">
       <x:c r="A242" s="1">
-        <x:v>45638.9302777778</x:v>
+        <x:v>45686.9239930556</x:v>
       </x:c>
       <x:c r="B242" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C242" s="0">
-        <x:v>13.98</x:v>
+        <x:v>17.66</x:v>
       </x:c>
       <x:c r="D242" s="0">
-        <x:v>536.172</x:v>
+        <x:v>575.016</x:v>
       </x:c>
       <x:c r="E242" s="0">
-        <x:v>630.79</x:v>
+        <x:v>676.49</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:5">
       <x:c r="A243" s="1">
-        <x:v>45637.9260069444</x:v>
+        <x:v>45685.9322106481</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C243" s="0">
-        <x:v>14.25</x:v>
+        <x:v>17.34</x:v>
       </x:c>
       <x:c r="D243" s="0">
-        <x:v>537.778</x:v>
+        <x:v>573.18</x:v>
       </x:c>
       <x:c r="E243" s="0">
-        <x:v>632.68</x:v>
+        <x:v>674.33</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:5">
       <x:c r="A244" s="1">
-        <x:v>45636.9246527778</x:v>
+        <x:v>45681.9227893519</x:v>
       </x:c>
       <x:c r="B244" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C244" s="0">
-        <x:v>12.63</x:v>
+        <x:v>13.81</x:v>
       </x:c>
       <x:c r="D244" s="0">
-        <x:v>526.422</x:v>
+        <x:v>550.366</x:v>
       </x:c>
       <x:c r="E244" s="0">
-        <x:v>619.32</x:v>
+        <x:v>647.49</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:5">
       <x:c r="A245" s="1">
-        <x:v>45635.9292939815</x:v>
+        <x:v>45679.9244212963</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C245" s="0">
-        <x:v>11.97</x:v>
+        <x:v>11.14</x:v>
       </x:c>
       <x:c r="D245" s="0">
-        <x:v>521.534</x:v>
+        <x:v>529.975</x:v>
       </x:c>
       <x:c r="E245" s="0">
-        <x:v>613.57</x:v>
+        <x:v>623.5</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:5">
       <x:c r="A246" s="1">
-        <x:v>45632.930162037</x:v>
+        <x:v>45678.9235300926</x:v>
       </x:c>
       <x:c r="B246" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C246" s="0">
-        <x:v>13.33</x:v>
+        <x:v>10.44</x:v>
       </x:c>
       <x:c r="D246" s="0">
-        <x:v>530.204</x:v>
+        <x:v>523.991</x:v>
       </x:c>
       <x:c r="E246" s="0">
-        <x:v>623.77</x:v>
+        <x:v>616.46</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:5">
       <x:c r="A247" s="1">
-        <x:v>45631.9230439815</x:v>
+        <x:v>45674.9244675926</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C247" s="0">
-        <x:v>11.64</x:v>
+        <x:v>10.12</x:v>
       </x:c>
       <x:c r="D247" s="0">
-        <x:v>517.59</x:v>
+        <x:v>520.854</x:v>
       </x:c>
       <x:c r="E247" s="0">
-        <x:v>608.93</x:v>
+        <x:v>612.77</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:5">
       <x:c r="A248" s="1">
-        <x:v>45630.9239583333</x:v>
+        <x:v>45673.9256018518</x:v>
       </x:c>
       <x:c r="B248" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C248" s="0">
-        <x:v>12.23</x:v>
+        <x:v>9.98</x:v>
       </x:c>
       <x:c r="D248" s="0">
-        <x:v>521.713</x:v>
+        <x:v>519.605</x:v>
       </x:c>
       <x:c r="E248" s="0">
-        <x:v>613.78</x:v>
+        <x:v>611.3</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:5">
       <x:c r="A249" s="1">
-        <x:v>45628.9241666667</x:v>
+        <x:v>45672.926087963</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C249" s="0">
-        <x:v>10.11</x:v>
+        <x:v>10.59</x:v>
       </x:c>
       <x:c r="D249" s="0">
-        <x:v>503.906</x:v>
+        <x:v>524.552</x:v>
       </x:c>
       <x:c r="E249" s="0">
-        <x:v>592.83</x:v>
+        <x:v>617.12</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:5">
       <x:c r="A250" s="1">
-        <x:v>45625.8309143518</x:v>
+        <x:v>45671.9240856481</x:v>
       </x:c>
       <x:c r="B250" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C250" s="0">
-        <x:v>8.5</x:v>
+        <x:v>8.61</x:v>
       </x:c>
       <x:c r="D250" s="0">
-        <x:v>488.172</x:v>
+        <x:v>505.112</x:v>
       </x:c>
       <x:c r="E250" s="0">
-        <x:v>574.32</x:v>
+        <x:v>594.25</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:5">
       <x:c r="A251" s="1">
-        <x:v>45623.9383449074</x:v>
+        <x:v>45670.9314814815</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C251" s="0">
-        <x:v>8.08</x:v>
+        <x:v>10.02</x:v>
       </x:c>
       <x:c r="D251" s="0">
-        <x:v>483.82</x:v>
+        <x:v>517.08</x:v>
       </x:c>
       <x:c r="E251" s="0">
-        <x:v>569.2</x:v>
+        <x:v>608.33</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:5">
       <x:c r="A252" s="1">
-        <x:v>45622.9256134259</x:v>
+        <x:v>45667.9296759259</x:v>
       </x:c>
       <x:c r="B252" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C252" s="0">
-        <x:v>8.47</x:v>
+        <x:v>10.85</x:v>
       </x:c>
       <x:c r="D252" s="0">
-        <x:v>487.509</x:v>
+        <x:v>523.481</x:v>
       </x:c>
       <x:c r="E252" s="0">
-        <x:v>573.54</x:v>
+        <x:v>615.86</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:5">
       <x:c r="A253" s="1">
-        <x:v>45621.9280439815</x:v>
+        <x:v>45665.925787037</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C253" s="0">
-        <x:v>7.78</x:v>
+        <x:v>10.35</x:v>
       </x:c>
       <x:c r="D253" s="0">
-        <x:v>480.344</x:v>
+        <x:v>519.112</x:v>
       </x:c>
       <x:c r="E253" s="0">
-        <x:v>565.11</x:v>
+        <x:v>610.72</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:5">
       <x:c r="A254" s="1">
-        <x:v>45618.9261574074</x:v>
+        <x:v>45664.9260648148</x:v>
       </x:c>
       <x:c r="B254" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C254" s="0">
-        <x:v>7.34</x:v>
+        <x:v>11.14</x:v>
       </x:c>
       <x:c r="D254" s="0">
-        <x:v>475.269</x:v>
+        <x:v>525.206</x:v>
       </x:c>
       <x:c r="E254" s="0">
-        <x:v>559.14</x:v>
+        <x:v>617.89</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:5">
       <x:c r="A255" s="1">
-        <x:v>45617.9238194444</x:v>
+        <x:v>45663.9232986111</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C255" s="0">
-        <x:v>7.67</x:v>
+        <x:v>12.63</x:v>
       </x:c>
       <x:c r="D255" s="0">
-        <x:v>478.626</x:v>
+        <x:v>535.67</x:v>
       </x:c>
       <x:c r="E255" s="0">
-        <x:v>563.09</x:v>
+        <x:v>630.2</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:5">
       <x:c r="A256" s="1">
-        <x:v>45616.9246643518</x:v>
+        <x:v>45660.9250347222</x:v>
       </x:c>
       <x:c r="B256" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C256" s="0">
-        <x:v>7.88</x:v>
+        <x:v>10.1</x:v>
       </x:c>
       <x:c r="D256" s="0">
-        <x:v>480.692</x:v>
+        <x:v>513.936</x:v>
       </x:c>
       <x:c r="E256" s="0">
-        <x:v>565.52</x:v>
+        <x:v>604.63</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:5">
       <x:c r="A257" s="1">
-        <x:v>45615.9253009259</x:v>
+        <x:v>45659.9244675926</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C257" s="0">
-        <x:v>7.53</x:v>
+        <x:v>9.59</x:v>
       </x:c>
       <x:c r="D257" s="0">
-        <x:v>476.926</x:v>
+        <x:v>509.354</x:v>
       </x:c>
       <x:c r="E257" s="0">
-        <x:v>561.09</x:v>
+        <x:v>599.24</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:5">
       <x:c r="A258" s="1">
-        <x:v>45614.924212963</x:v>
+        <x:v>45656.9242708333</x:v>
       </x:c>
       <x:c r="B258" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C258" s="0">
-        <x:v>7.03</x:v>
+        <x:v>8.9</x:v>
       </x:c>
       <x:c r="D258" s="0">
-        <x:v>471.24</x:v>
+        <x:v>502.554</x:v>
       </x:c>
       <x:c r="E258" s="0">
-        <x:v>554.4</x:v>
+        <x:v>591.24</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:5">
       <x:c r="A259" s="1">
-        <x:v>45611.9273958333</x:v>
+        <x:v>45653.9297685185</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C259" s="0">
-        <x:v>7.03</x:v>
+        <x:v>9.77</x:v>
       </x:c>
       <x:c r="D259" s="0">
-        <x:v>470.968</x:v>
+        <x:v>509.838</x:v>
       </x:c>
       <x:c r="E259" s="0">
-        <x:v>554.08</x:v>
+        <x:v>599.81</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:5">
       <x:c r="A260" s="1">
-        <x:v>45610.9252662037</x:v>
+        <x:v>45649.9280208333</x:v>
       </x:c>
       <x:c r="B260" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C260" s="0">
-        <x:v>9.27</x:v>
+        <x:v>9.82</x:v>
       </x:c>
       <x:c r="D260" s="0">
-        <x:v>490.586</x:v>
+        <x:v>509.872</x:v>
       </x:c>
       <x:c r="E260" s="0">
-        <x:v>577.16</x:v>
+        <x:v>599.85</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:5">
       <x:c r="A261" s="1">
-        <x:v>45609.9228587963</x:v>
+        <x:v>45646.9391666667</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C261" s="0">
-        <x:v>9.56</x:v>
+        <x:v>8.56</x:v>
       </x:c>
       <x:c r="D261" s="0">
-        <x:v>493</x:v>
+        <x:v>497.462</x:v>
       </x:c>
       <x:c r="E261" s="0">
-        <x:v>580</x:v>
+        <x:v>585.25</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:5">
       <x:c r="A262" s="1">
-        <x:v>45608.9377893519</x:v>
+        <x:v>45646.9253009259</x:v>
       </x:c>
       <x:c r="B262" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C262" s="0">
-        <x:v>10.07</x:v>
+        <x:v>8.56</x:v>
       </x:c>
       <x:c r="D262" s="0">
-        <x:v>497.097</x:v>
+        <x:v>497.462</x:v>
       </x:c>
       <x:c r="E262" s="0">
-        <x:v>584.82</x:v>
+        <x:v>585.25</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:5">
       <x:c r="A263" s="1">
-        <x:v>45607.9260648148</x:v>
+        <x:v>45645.9285532407</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C263" s="0">
-        <x:v>9.91</x:v>
+        <x:v>9.57</x:v>
       </x:c>
       <x:c r="D263" s="0">
-        <x:v>495.694</x:v>
+        <x:v>506.234</x:v>
       </x:c>
       <x:c r="E263" s="0">
-        <x:v>583.17</x:v>
+        <x:v>595.57</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:5">
       <x:c r="A264" s="1">
-        <x:v>45604.925625</x:v>
+        <x:v>45644.9406134259</x:v>
       </x:c>
       <x:c r="B264" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C264" s="0">
-        <x:v>10.61</x:v>
+        <x:v>9.74</x:v>
       </x:c>
       <x:c r="D264" s="0">
-        <x:v>500.939</x:v>
+        <x:v>507.612</x:v>
       </x:c>
       <x:c r="E264" s="0">
-        <x:v>589.34</x:v>
+        <x:v>597.19</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:5">
       <x:c r="A265" s="1">
-        <x:v>45603.923900463</x:v>
+        <x:v>45643.9374305556</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C265" s="0">
-        <x:v>10.89</x:v>
+        <x:v>12.43</x:v>
       </x:c>
       <x:c r="D265" s="0">
-        <x:v>502.945</x:v>
+        <x:v>526.524</x:v>
       </x:c>
       <x:c r="E265" s="0">
-        <x:v>591.7</x:v>
+        <x:v>619.44</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:5">
       <x:c r="A266" s="1">
-        <x:v>45602.925625</x:v>
+        <x:v>45642.9331481481</x:v>
       </x:c>
       <x:c r="B266" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C266" s="0">
-        <x:v>9.04</x:v>
+        <x:v>13.05</x:v>
       </x:c>
       <x:c r="D266" s="0">
-        <x:v>486.242</x:v>
+        <x:v>530.604</x:v>
       </x:c>
       <x:c r="E266" s="0">
-        <x:v>572.05</x:v>
+        <x:v>624.24</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:5">
       <x:c r="A267" s="1">
-        <x:v>45601.9256481481</x:v>
+        <x:v>45642.3397685185</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C267" s="0">
-        <x:v>9.08</x:v>
+        <x:v>12.7</x:v>
       </x:c>
       <x:c r="D267" s="0">
-        <x:v>486.566</x:v>
+        <x:v>527.298</x:v>
       </x:c>
       <x:c r="E267" s="0">
-        <x:v>572.43</x:v>
+        <x:v>620.35</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:5">
       <x:c r="A268" s="1">
-        <x:v>45600.9294560185</x:v>
+        <x:v>45639.9310532407</x:v>
       </x:c>
       <x:c r="B268" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C268" s="0">
-        <x:v>8.08</x:v>
+        <x:v>12.58</x:v>
       </x:c>
       <x:c r="D268" s="0">
-        <x:v>476.578</x:v>
+        <x:v>527.298</x:v>
       </x:c>
       <x:c r="E268" s="0">
-        <x:v>560.68</x:v>
+        <x:v>620.35</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:5">
       <x:c r="A269" s="1">
-        <x:v>45597.8878240741</x:v>
+        <x:v>45638.9302777778</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C269" s="0">
-        <x:v>8.7</x:v>
+        <x:v>13.98</x:v>
       </x:c>
       <x:c r="D269" s="0">
-        <x:v>482.086</x:v>
+        <x:v>536.172</x:v>
       </x:c>
       <x:c r="E269" s="0">
-        <x:v>567.16</x:v>
+        <x:v>630.79</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:5">
       <x:c r="A270" s="1">
-        <x:v>45596.8871180556</x:v>
+        <x:v>45637.9260069444</x:v>
       </x:c>
       <x:c r="B270" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C270" s="0">
-        <x:v>8.75</x:v>
+        <x:v>14.25</x:v>
       </x:c>
       <x:c r="D270" s="0">
-        <x:v>482.443</x:v>
+        <x:v>537.778</x:v>
       </x:c>
       <x:c r="E270" s="0">
-        <x:v>567.58</x:v>
+        <x:v>632.68</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:5">
       <x:c r="A271" s="1">
-        <x:v>45595.8839930556</x:v>
+        <x:v>45636.9246527778</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C271" s="0">
-        <x:v>11.62</x:v>
+        <x:v>12.63</x:v>
       </x:c>
       <x:c r="D271" s="0">
-        <x:v>503.03</x:v>
+        <x:v>526.422</x:v>
       </x:c>
       <x:c r="E271" s="0">
-        <x:v>591.8</x:v>
+        <x:v>619.32</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:5">
       <x:c r="A272" s="1">
-        <x:v>45594.8862962963</x:v>
+        <x:v>45635.9292939815</x:v>
       </x:c>
       <x:c r="B272" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C272" s="0">
-        <x:v>11.81</x:v>
+        <x:v>11.97</x:v>
       </x:c>
       <x:c r="D272" s="0">
-        <x:v>504.288</x:v>
+        <x:v>521.534</x:v>
       </x:c>
       <x:c r="E272" s="0">
-        <x:v>593.28</x:v>
+        <x:v>613.57</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:5">
       <x:c r="A273" s="1">
-        <x:v>45593.8878125</x:v>
+        <x:v>45632.930162037</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C273" s="0">
-        <x:v>10.22</x:v>
+        <x:v>13.33</x:v>
       </x:c>
       <x:c r="D273" s="0">
-        <x:v>491.436</x:v>
+        <x:v>530.204</x:v>
       </x:c>
       <x:c r="E273" s="0">
-        <x:v>578.16</x:v>
+        <x:v>623.77</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:5">
       <x:c r="A274" s="1">
-        <x:v>45590.9259259259</x:v>
+        <x:v>45631.9230439815</x:v>
       </x:c>
       <x:c r="B274" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C274" s="0">
-        <x:v>9.75</x:v>
+        <x:v>11.64</x:v>
       </x:c>
       <x:c r="D274" s="0">
-        <x:v>487.262</x:v>
+        <x:v>517.59</x:v>
       </x:c>
       <x:c r="E274" s="0">
-        <x:v>573.25</x:v>
+        <x:v>608.93</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:5">
       <x:c r="A275" s="1">
-        <x:v>45589.9268287037</x:v>
+        <x:v>45630.9239583333</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C275" s="0">
-        <x:v>9.23</x:v>
+        <x:v>12.23</x:v>
       </x:c>
       <x:c r="D275" s="0">
-        <x:v>482.613</x:v>
+        <x:v>521.713</x:v>
       </x:c>
       <x:c r="E275" s="0">
-        <x:v>567.78</x:v>
+        <x:v>613.78</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:5">
       <x:c r="A276" s="1">
-        <x:v>45588.9251041667</x:v>
+        <x:v>45628.9241666667</x:v>
       </x:c>
       <x:c r="B276" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C276" s="0">
-        <x:v>8.85</x:v>
+        <x:v>10.11</x:v>
       </x:c>
       <x:c r="D276" s="0">
-        <x:v>479.136</x:v>
+        <x:v>503.906</x:v>
       </x:c>
       <x:c r="E276" s="0">
-        <x:v>563.69</x:v>
+        <x:v>592.83</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:5">
       <x:c r="A277" s="1">
-        <x:v>45587.928587963</x:v>
+        <x:v>45625.8309143518</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C277" s="0">
-        <x:v>10.93</x:v>
+        <x:v>8.5</x:v>
       </x:c>
       <x:c r="D277" s="0">
-        <x:v>494.708</x:v>
+        <x:v>488.172</x:v>
       </x:c>
       <x:c r="E277" s="0">
-        <x:v>582.01</x:v>
+        <x:v>574.32</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:5">
       <x:c r="A278" s="1">
-        <x:v>45586.9257407407</x:v>
+        <x:v>45623.9383449074</x:v>
       </x:c>
       <x:c r="B278" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C278" s="0">
-        <x:v>10.21</x:v>
+        <x:v>8.08</x:v>
       </x:c>
       <x:c r="D278" s="0">
-        <x:v>488.886</x:v>
+        <x:v>483.82</x:v>
       </x:c>
       <x:c r="E278" s="0">
-        <x:v>575.16</x:v>
+        <x:v>569.2</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:5">
       <x:c r="A279" s="1">
-        <x:v>45582.9404050926</x:v>
+        <x:v>45622.9256134259</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C279" s="0">
-        <x:v>10.45</x:v>
+        <x:v>8.47</x:v>
       </x:c>
       <x:c r="D279" s="0">
-        <x:v>490.39</x:v>
+        <x:v>487.509</x:v>
       </x:c>
       <x:c r="E279" s="0">
-        <x:v>576.93</x:v>
+        <x:v>573.54</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:5">
       <x:c r="A280" s="1">
-        <x:v>45580.939212963</x:v>
+        <x:v>45621.9280439815</x:v>
       </x:c>
       <x:c r="B280" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C280" s="0">
-        <x:v>11.59</x:v>
+        <x:v>7.78</x:v>
       </x:c>
       <x:c r="D280" s="0">
-        <x:v>498.33</x:v>
+        <x:v>480.344</x:v>
       </x:c>
       <x:c r="E280" s="0">
-        <x:v>586.27</x:v>
+        <x:v>565.11</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:5">
       <x:c r="A281" s="1">
-        <x:v>45579.9269328704</x:v>
+        <x:v>45618.9261574074</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C281" s="0">
-        <x:v>12.11</x:v>
+        <x:v>7.34</x:v>
       </x:c>
       <x:c r="D281" s="0">
-        <x:v>501.857</x:v>
+        <x:v>475.269</x:v>
       </x:c>
       <x:c r="E281" s="0">
-        <x:v>590.42</x:v>
+        <x:v>559.14</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:5">
       <x:c r="A282" s="1">
-        <x:v>45576.9277314815</x:v>
+        <x:v>45617.9238194444</x:v>
       </x:c>
       <x:c r="B282" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C282" s="0">
-        <x:v>12.1</x:v>
+        <x:v>7.67</x:v>
       </x:c>
       <x:c r="D282" s="0">
-        <x:v>501.458</x:v>
+        <x:v>478.626</x:v>
       </x:c>
       <x:c r="E282" s="0">
-        <x:v>589.95</x:v>
+        <x:v>563.09</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:5">
       <x:c r="A283" s="1">
-        <x:v>45575.9297685185</x:v>
+        <x:v>45616.9246643518</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C283" s="0">
-        <x:v>11.4</x:v>
+        <x:v>7.88</x:v>
       </x:c>
       <x:c r="D283" s="0">
-        <x:v>496.256</x:v>
+        <x:v>480.692</x:v>
       </x:c>
       <x:c r="E283" s="0">
-        <x:v>583.83</x:v>
+        <x:v>565.52</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:5">
       <x:c r="A284" s="1">
-        <x:v>45574.9233101852</x:v>
+        <x:v>45615.9253009259</x:v>
       </x:c>
       <x:c r="B284" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C284" s="0">
-        <x:v>12.24</x:v>
+        <x:v>7.53</x:v>
       </x:c>
       <x:c r="D284" s="0">
-        <x:v>501.934</x:v>
+        <x:v>476.926</x:v>
       </x:c>
       <x:c r="E284" s="0">
-        <x:v>590.51</x:v>
+        <x:v>561.09</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:5">
       <x:c r="A285" s="1">
-        <x:v>45573.9227314815</x:v>
+        <x:v>45614.924212963</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C285" s="0">
-        <x:v>12.56</x:v>
+        <x:v>7.03</x:v>
       </x:c>
       <x:c r="D285" s="0">
-        <x:v>503.956</x:v>
+        <x:v>471.24</x:v>
       </x:c>
       <x:c r="E285" s="0">
-        <x:v>592.89</x:v>
+        <x:v>554.4</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:5">
       <x:c r="A286" s="1">
-        <x:v>45572.9228935185</x:v>
+        <x:v>45611.9273958333</x:v>
       </x:c>
       <x:c r="B286" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C286" s="0">
-        <x:v>11.61</x:v>
+        <x:v>7.03</x:v>
       </x:c>
       <x:c r="D286" s="0">
-        <x:v>497.063</x:v>
+        <x:v>470.968</x:v>
       </x:c>
       <x:c r="E286" s="0">
-        <x:v>584.78</x:v>
+        <x:v>554.08</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:5">
       <x:c r="A287" s="1">
-        <x:v>45569.9240972222</x:v>
+        <x:v>45610.9252662037</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C287" s="0">
-        <x:v>13.13</x:v>
+        <x:v>9.27</x:v>
       </x:c>
       <x:c r="D287" s="0">
-        <x:v>506.549</x:v>
+        <x:v>490.586</x:v>
       </x:c>
       <x:c r="E287" s="0">
-        <x:v>595.94</x:v>
+        <x:v>577.16</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:5">
       <x:c r="A288" s="1">
-        <x:v>45568.9237152778</x:v>
+        <x:v>45609.9228587963</x:v>
       </x:c>
       <x:c r="B288" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C288" s="0">
-        <x:v>11.57</x:v>
+        <x:v>9.56</x:v>
       </x:c>
       <x:c r="D288" s="0">
-        <x:v>495.354</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="E288" s="0">
-        <x:v>582.77</x:v>
+        <x:v>580</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:5">
       <x:c r="A289" s="1">
-        <x:v>45567.9236458333</x:v>
+        <x:v>45608.9377893519</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C289" s="0">
-        <x:v>10.49</x:v>
+        <x:v>10.07</x:v>
       </x:c>
       <x:c r="D289" s="0">
-        <x:v>486.888</x:v>
+        <x:v>497.097</x:v>
       </x:c>
       <x:c r="E289" s="0">
-        <x:v>572.81</x:v>
+        <x:v>584.82</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:5">
       <x:c r="A290" s="1">
-        <x:v>45566.9238310185</x:v>
+        <x:v>45607.9260648148</x:v>
       </x:c>
       <x:c r="B290" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C290" s="0">
-        <x:v>10.92</x:v>
+        <x:v>9.91</x:v>
       </x:c>
       <x:c r="D290" s="0">
-        <x:v>490</x:v>
+        <x:v>495.694</x:v>
       </x:c>
       <x:c r="E290" s="0">
-        <x:v>576.47</x:v>
+        <x:v>583.17</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:5">
       <x:c r="A291" s="1">
-        <x:v>45565.9307060185</x:v>
+        <x:v>45604.925625</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C291" s="0">
-        <x:v>10.49</x:v>
+        <x:v>10.61</x:v>
       </x:c>
       <x:c r="D291" s="0">
-        <x:v>486.574</x:v>
+        <x:v>500.939</x:v>
       </x:c>
       <x:c r="E291" s="0">
-        <x:v>572.44</x:v>
+        <x:v>589.34</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:5">
       <x:c r="A292" s="1">
-        <x:v>45562.924849537</x:v>
+        <x:v>45603.923900463</x:v>
       </x:c>
       <x:c r="B292" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C292" s="0">
-        <x:v>9.99</x:v>
+        <x:v>10.89</x:v>
       </x:c>
       <x:c r="D292" s="0">
-        <x:v>482.256</x:v>
+        <x:v>502.945</x:v>
       </x:c>
       <x:c r="E292" s="0">
-        <x:v>567.36</x:v>
+        <x:v>591.7</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:5">
       <x:c r="A293" s="1">
-        <x:v>45561.9242824074</x:v>
+        <x:v>45602.925625</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C293" s="0">
-        <x:v>10.05</x:v>
+        <x:v>9.04</x:v>
       </x:c>
       <x:c r="D293" s="0">
-        <x:v>482.664</x:v>
+        <x:v>486.242</x:v>
       </x:c>
       <x:c r="E293" s="0">
-        <x:v>567.84</x:v>
+        <x:v>572.05</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:5">
       <x:c r="A294" s="1">
-        <x:v>45560.9242708333</x:v>
+        <x:v>45601.9256481481</x:v>
       </x:c>
       <x:c r="B294" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C294" s="0">
-        <x:v>10.11</x:v>
+        <x:v>9.08</x:v>
       </x:c>
       <x:c r="D294" s="0">
-        <x:v>483.064</x:v>
+        <x:v>486.566</x:v>
       </x:c>
       <x:c r="E294" s="0">
-        <x:v>568.31</x:v>
+        <x:v>572.43</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:5">
       <x:c r="A295" s="1">
-        <x:v>45559.9250694444</x:v>
+        <x:v>45600.9294560185</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C295" s="0">
-        <x:v>9.61</x:v>
+        <x:v>8.08</x:v>
       </x:c>
       <x:c r="D295" s="0">
-        <x:v>478.83</x:v>
+        <x:v>476.578</x:v>
       </x:c>
       <x:c r="E295" s="0">
-        <x:v>563.33</x:v>
+        <x:v>560.68</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:5">
       <x:c r="A296" s="1">
-        <x:v>45558.9281018519</x:v>
+        <x:v>45597.8878240741</x:v>
       </x:c>
       <x:c r="B296" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C296" s="0">
-        <x:v>9.74</x:v>
+        <x:v>8.7</x:v>
       </x:c>
       <x:c r="D296" s="0">
-        <x:v>479.748</x:v>
+        <x:v>482.086</x:v>
       </x:c>
       <x:c r="E296" s="0">
-        <x:v>564.41</x:v>
+        <x:v>567.16</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:5">
       <x:c r="A297" s="1">
-        <x:v>45555.9288310185</x:v>
+        <x:v>45596.8871180556</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C297" s="0">
-        <x:v>9.46</x:v>
+        <x:v>8.75</x:v>
       </x:c>
       <x:c r="D297" s="0">
-        <x:v>477.148</x:v>
+        <x:v>482.443</x:v>
       </x:c>
       <x:c r="E297" s="0">
-        <x:v>561.35</x:v>
+        <x:v>567.58</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:5">
       <x:c r="A298" s="1">
-        <x:v>45554.9249074074</x:v>
+        <x:v>45595.8839930556</x:v>
       </x:c>
       <x:c r="B298" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C298" s="0">
-        <x:v>9.25</x:v>
+        <x:v>11.62</x:v>
       </x:c>
       <x:c r="D298" s="0">
-        <x:v>475.235</x:v>
+        <x:v>503.03</x:v>
       </x:c>
       <x:c r="E298" s="0">
-        <x:v>559.1</x:v>
+        <x:v>591.8</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:5">
       <x:c r="A299" s="1">
-        <x:v>45553.9237847222</x:v>
+        <x:v>45594.8862962963</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C299" s="0">
-        <x:v>7.49</x:v>
+        <x:v>11.81</x:v>
       </x:c>
       <x:c r="D299" s="0">
-        <x:v>457.258</x:v>
+        <x:v>504.288</x:v>
       </x:c>
       <x:c r="E299" s="0">
-        <x:v>537.95</x:v>
+        <x:v>593.28</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:5">
       <x:c r="A300" s="1">
-        <x:v>45552.9224537037</x:v>
+        <x:v>45593.8878125</x:v>
       </x:c>
       <x:c r="B300" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C300" s="0">
-        <x:v>7.36</x:v>
+        <x:v>10.22</x:v>
       </x:c>
       <x:c r="D300" s="0">
-        <x:v>455.868</x:v>
+        <x:v>491.436</x:v>
       </x:c>
       <x:c r="E300" s="0">
-        <x:v>536.315</x:v>
+        <x:v>578.16</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:5">
       <x:c r="A301" s="1">
-        <x:v>45551.9244444444</x:v>
+        <x:v>45590.9259259259</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C301" s="0">
-        <x:v>7.13</x:v>
+        <x:v>9.75</x:v>
       </x:c>
       <x:c r="D301" s="0">
-        <x:v>453.288</x:v>
+        <x:v>487.262</x:v>
       </x:c>
       <x:c r="E301" s="0">
-        <x:v>533.28</x:v>
+        <x:v>573.25</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:5">
       <x:c r="A302" s="1">
-        <x:v>45551.332337963</x:v>
+        <x:v>45589.9268287037</x:v>
       </x:c>
       <x:c r="B302" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C302" s="0">
-        <x:v>6.36</x:v>
+        <x:v>9.23</x:v>
       </x:c>
       <x:c r="D302" s="0">
-        <x:v>445.927</x:v>
+        <x:v>482.613</x:v>
       </x:c>
       <x:c r="E302" s="0">
-        <x:v>524.62</x:v>
+        <x:v>567.78</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:5">
       <x:c r="A303" s="1">
-        <x:v>45547.9299189815</x:v>
+        <x:v>45588.9251041667</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C303" s="0">
-        <x:v>6.57</x:v>
+        <x:v>8.85</x:v>
       </x:c>
       <x:c r="D303" s="0">
-        <x:v>446.76</x:v>
+        <x:v>479.136</x:v>
       </x:c>
       <x:c r="E303" s="0">
-        <x:v>525.6</x:v>
+        <x:v>563.69</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:5">
       <x:c r="A304" s="1">
-        <x:v>45546.9263078704</x:v>
+        <x:v>45587.928587963</x:v>
       </x:c>
       <x:c r="B304" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C304" s="0">
-        <x:v>5.66</x:v>
+        <x:v>10.93</x:v>
       </x:c>
       <x:c r="D304" s="0">
-        <x:v>435.056</x:v>
+        <x:v>494.708</x:v>
       </x:c>
       <x:c r="E304" s="0">
-        <x:v>511.83</x:v>
+        <x:v>582.01</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:5">
       <x:c r="A305" s="1">
-        <x:v>45545.9252893518</x:v>
+        <x:v>45586.9257407407</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C305" s="0">
-        <x:v>5.23</x:v>
+        <x:v>10.21</x:v>
       </x:c>
       <x:c r="D305" s="0">
-        <x:v>429.072</x:v>
+        <x:v>488.886</x:v>
       </x:c>
       <x:c r="E305" s="0">
-        <x:v>504.79</x:v>
+        <x:v>575.16</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:5">
       <x:c r="A306" s="1">
-        <x:v>45544.9242824074</x:v>
+        <x:v>45582.9404050926</x:v>
       </x:c>
       <x:c r="B306" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C306" s="0">
-        <x:v>5.24</x:v>
+        <x:v>10.45</x:v>
       </x:c>
       <x:c r="D306" s="0">
-        <x:v>429.072</x:v>
+        <x:v>490.39</x:v>
       </x:c>
       <x:c r="E306" s="0">
-        <x:v>504.79</x:v>
+        <x:v>576.93</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:5">
       <x:c r="A307" s="1">
-        <x:v>45541.9261342593</x:v>
+        <x:v>45580.939212963</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C307" s="0">
-        <x:v>4.98</x:v>
+        <x:v>11.59</x:v>
       </x:c>
       <x:c r="D307" s="0">
-        <x:v>425.23</x:v>
+        <x:v>498.33</x:v>
       </x:c>
       <x:c r="E307" s="0">
-        <x:v>500.27</x:v>
+        <x:v>586.27</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:5">
       <x:c r="A308" s="1">
-        <x:v>45540.9253935185</x:v>
+        <x:v>45579.9269328704</x:v>
       </x:c>
       <x:c r="B308" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C308" s="0">
-        <x:v>6.18</x:v>
+        <x:v>12.11</x:v>
       </x:c>
       <x:c r="D308" s="0">
-        <x:v>439.331</x:v>
+        <x:v>501.857</x:v>
       </x:c>
       <x:c r="E308" s="0">
-        <x:v>516.86</x:v>
+        <x:v>590.42</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:5">
       <x:c r="A309" s="1">
-        <x:v>45539.9231365741</x:v>
+        <x:v>45576.9277314815</x:v>
       </x:c>
       <x:c r="B309" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C309" s="0">
-        <x:v>5.91</x:v>
+        <x:v>12.1</x:v>
       </x:c>
       <x:c r="D309" s="0">
-        <x:v>435.829</x:v>
+        <x:v>501.458</x:v>
       </x:c>
       <x:c r="E309" s="0">
-        <x:v>512.74</x:v>
+        <x:v>589.95</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:5">
       <x:c r="A310" s="1">
-        <x:v>45534.9322222222</x:v>
+        <x:v>45575.9297685185</x:v>
       </x:c>
       <x:c r="B310" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C310" s="0">
-        <x:v>6.6</x:v>
+        <x:v>11.4</x:v>
       </x:c>
       <x:c r="D310" s="0">
-        <x:v>443.114</x:v>
+        <x:v>496.256</x:v>
       </x:c>
       <x:c r="E310" s="0">
-        <x:v>521.31</x:v>
+        <x:v>583.83</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:5">
       <x:c r="A311" s="1">
-        <x:v>45533.930462963</x:v>
+        <x:v>45574.9233101852</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C311" s="0">
-        <x:v>6.38</x:v>
+        <x:v>12.24</x:v>
       </x:c>
       <x:c r="D311" s="0">
-        <x:v>440.487</x:v>
+        <x:v>501.934</x:v>
       </x:c>
       <x:c r="E311" s="0">
-        <x:v>518.22</x:v>
+        <x:v>590.51</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:5">
       <x:c r="A312" s="1">
-        <x:v>45532.9225462963</x:v>
+        <x:v>45573.9227314815</x:v>
       </x:c>
       <x:c r="B312" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C312" s="0">
-        <x:v>6.29</x:v>
+        <x:v>12.56</x:v>
       </x:c>
       <x:c r="D312" s="0">
-        <x:v>439.263</x:v>
+        <x:v>503.956</x:v>
       </x:c>
       <x:c r="E312" s="0">
-        <x:v>516.78</x:v>
+        <x:v>592.89</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:5">
       <x:c r="A313" s="1">
-        <x:v>45531.9245138889</x:v>
+        <x:v>45572.9228935185</x:v>
       </x:c>
       <x:c r="B313" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C313" s="0">
-        <x:v>6.47</x:v>
+        <x:v>11.61</x:v>
       </x:c>
       <x:c r="D313" s="0">
-        <x:v>441.235</x:v>
+        <x:v>497.063</x:v>
       </x:c>
       <x:c r="E313" s="0">
-        <x:v>519.1</x:v>
+        <x:v>584.78</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:5">
       <x:c r="A314" s="1">
-        <x:v>45530.924212963</x:v>
+        <x:v>45569.9240972222</x:v>
       </x:c>
       <x:c r="B314" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C314" s="0">
-        <x:v>6.63</x:v>
+        <x:v>13.13</x:v>
       </x:c>
       <x:c r="D314" s="0">
-        <x:v>442.952</x:v>
+        <x:v>506.549</x:v>
       </x:c>
       <x:c r="E314" s="0">
-        <x:v>521.12</x:v>
+        <x:v>595.94</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:5">
       <x:c r="A315" s="1">
-        <x:v>45527.9240162037</x:v>
+        <x:v>45568.9237152778</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C315" s="0">
-        <x:v>7.22</x:v>
+        <x:v>11.57</x:v>
       </x:c>
       <x:c r="D315" s="0">
-        <x:v>448.8</x:v>
+        <x:v>495.354</x:v>
       </x:c>
       <x:c r="E315" s="0">
-        <x:v>528</x:v>
+        <x:v>582.77</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:5">
       <x:c r="A316" s="1">
-        <x:v>45526.9255671296</x:v>
+        <x:v>45567.9236458333</x:v>
       </x:c>
       <x:c r="B316" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C316" s="0">
-        <x:v>7.57</x:v>
+        <x:v>10.49</x:v>
       </x:c>
       <x:c r="D316" s="0">
-        <x:v>452.14</x:v>
+        <x:v>486.888</x:v>
       </x:c>
       <x:c r="E316" s="0">
-        <x:v>531.93</x:v>
+        <x:v>572.81</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:5">
       <x:c r="A317" s="1">
-        <x:v>45525.923287037</x:v>
+        <x:v>45566.9238310185</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C317" s="0">
-        <x:v>7.86</x:v>
+        <x:v>10.92</x:v>
       </x:c>
       <x:c r="D317" s="0">
-        <x:v>454.886</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="E317" s="0">
-        <x:v>535.16</x:v>
+        <x:v>576.47</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:5">
       <x:c r="A318" s="1">
-        <x:v>45524.9226736111</x:v>
+        <x:v>45565.9307060185</x:v>
       </x:c>
       <x:c r="B318" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C318" s="0">
-        <x:v>7.18</x:v>
+        <x:v>10.49</x:v>
       </x:c>
       <x:c r="D318" s="0">
-        <x:v>447.72</x:v>
+        <x:v>486.574</x:v>
       </x:c>
       <x:c r="E318" s="0">
-        <x:v>526.73</x:v>
+        <x:v>572.44</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:5">
       <x:c r="A319" s="1">
-        <x:v>45523.9245138889</x:v>
+        <x:v>45562.924849537</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C319" s="0">
-        <x:v>7.4</x:v>
+        <x:v>9.99</x:v>
       </x:c>
       <x:c r="D319" s="0">
-        <x:v>448.307</x:v>
+        <x:v>482.256</x:v>
       </x:c>
       <x:c r="E319" s="0">
-        <x:v>527.42</x:v>
+        <x:v>567.36</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:5">
       <x:c r="A320" s="1">
-        <x:v>45520.9331018518</x:v>
+        <x:v>45561.9242824074</x:v>
       </x:c>
       <x:c r="B320" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C320" s="0">
-        <x:v>7.28</x:v>
+        <x:v>10.05</x:v>
       </x:c>
       <x:c r="D320" s="0">
-        <x:v>448.307</x:v>
+        <x:v>482.664</x:v>
       </x:c>
       <x:c r="E320" s="0">
-        <x:v>527.42</x:v>
+        <x:v>567.84</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:5">
       <x:c r="A321" s="1">
-        <x:v>45519.9272569444</x:v>
+        <x:v>45560.9242708333</x:v>
       </x:c>
       <x:c r="B321" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C321" s="0">
-        <x:v>8.19</x:v>
+        <x:v>10.11</x:v>
       </x:c>
       <x:c r="D321" s="0">
-        <x:v>456.73</x:v>
+        <x:v>483.064</x:v>
       </x:c>
       <x:c r="E321" s="0">
-        <x:v>537.33</x:v>
+        <x:v>568.31</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:5">
       <x:c r="A322" s="1">
-        <x:v>45518.9339930556</x:v>
+        <x:v>45559.9250694444</x:v>
       </x:c>
       <x:c r="B322" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C322" s="0">
-        <x:v>7.32</x:v>
+        <x:v>9.61</x:v>
       </x:c>
       <x:c r="D322" s="0">
-        <x:v>447.746</x:v>
+        <x:v>478.83</x:v>
       </x:c>
       <x:c r="E322" s="0">
-        <x:v>526.76</x:v>
+        <x:v>563.33</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:5">
       <x:c r="A323" s="1">
-        <x:v>45517.931712963</x:v>
+        <x:v>45558.9281018519</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C323" s="0">
-        <x:v>7.48</x:v>
+        <x:v>9.74</x:v>
       </x:c>
       <x:c r="D323" s="0">
-        <x:v>449.259</x:v>
+        <x:v>479.748</x:v>
       </x:c>
       <x:c r="E323" s="0">
-        <x:v>528.54</x:v>
+        <x:v>564.41</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:5">
       <x:c r="A324" s="1">
-        <x:v>45516.9273958333</x:v>
+        <x:v>45555.9288310185</x:v>
       </x:c>
       <x:c r="B324" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C324" s="0">
-        <x:v>6.53</x:v>
+        <x:v>9.46</x:v>
       </x:c>
       <x:c r="D324" s="0">
-        <x:v>438.558</x:v>
+        <x:v>477.148</x:v>
       </x:c>
       <x:c r="E324" s="0">
-        <x:v>515.95</x:v>
+        <x:v>561.35</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:5">
       <x:c r="A325" s="1">
-        <x:v>45513.93</x:v>
+        <x:v>45554.9249074074</x:v>
       </x:c>
       <x:c r="B325" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C325" s="0">
-        <x:v>6.7</x:v>
+        <x:v>9.25</x:v>
       </x:c>
       <x:c r="D325" s="0">
-        <x:v>440.104</x:v>
+        <x:v>475.235</x:v>
       </x:c>
       <x:c r="E325" s="0">
-        <x:v>517.77</x:v>
+        <x:v>559.1</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:5">
       <x:c r="A326" s="1">
-        <x:v>45512.9331597222</x:v>
+        <x:v>45553.9237847222</x:v>
       </x:c>
       <x:c r="B326" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C326" s="0">
-        <x:v>6.12</x:v>
+        <x:v>7.49</x:v>
       </x:c>
       <x:c r="D326" s="0">
-        <x:v>433.186</x:v>
+        <x:v>457.258</x:v>
       </x:c>
       <x:c r="E326" s="0">
-        <x:v>509.63</x:v>
+        <x:v>537.95</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:5">
       <x:c r="A327" s="1">
-        <x:v>45511.9284375</x:v>
+        <x:v>45552.9224537037</x:v>
       </x:c>
       <x:c r="B327" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C327" s="0">
-        <x:v>4.88</x:v>
+        <x:v>7.36</x:v>
       </x:c>
       <x:c r="D327" s="0">
-        <x:v>415.582</x:v>
+        <x:v>455.868</x:v>
       </x:c>
       <x:c r="E327" s="0">
-        <x:v>488.92</x:v>
+        <x:v>536.315</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:5">
       <x:c r="A328" s="1">
-        <x:v>45510.9305439815</x:v>
+        <x:v>45551.9244444444</x:v>
       </x:c>
       <x:c r="B328" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C328" s="0">
-        <x:v>5.22</x:v>
+        <x:v>7.13</x:v>
       </x:c>
       <x:c r="D328" s="0">
-        <x:v>419.976</x:v>
+        <x:v>453.288</x:v>
       </x:c>
       <x:c r="E328" s="0">
-        <x:v>494.09</x:v>
+        <x:v>533.28</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:5">
       <x:c r="A329" s="1">
-        <x:v>45509.9290162037</x:v>
+        <x:v>45551.332337963</x:v>
       </x:c>
       <x:c r="B329" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C329" s="0">
-        <x:v>4.24</x:v>
+        <x:v>6.36</x:v>
       </x:c>
       <x:c r="D329" s="0">
-        <x:v>404.37</x:v>
+        <x:v>445.927</x:v>
       </x:c>
       <x:c r="E329" s="0">
-        <x:v>475.73</x:v>
+        <x:v>524.62</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:5">
       <x:c r="A330" s="1">
-        <x:v>45506.9320717593</x:v>
+        <x:v>45547.9299189815</x:v>
       </x:c>
       <x:c r="B330" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C330" s="0">
-        <x:v>5.03</x:v>
+        <x:v>6.57</x:v>
       </x:c>
       <x:c r="D330" s="0">
-        <x:v>414.919</x:v>
+        <x:v>446.76</x:v>
       </x:c>
       <x:c r="E330" s="0">
-        <x:v>488.14</x:v>
+        <x:v>525.6</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:5">
       <x:c r="A331" s="1">
-        <x:v>45505.9288773148</x:v>
+        <x:v>45546.9263078704</x:v>
       </x:c>
       <x:c r="B331" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C331" s="0">
-        <x:v>5.69</x:v>
+        <x:v>5.66</x:v>
       </x:c>
       <x:c r="D331" s="0">
-        <x:v>423.079</x:v>
+        <x:v>435.056</x:v>
       </x:c>
       <x:c r="E331" s="0">
-        <x:v>497.74</x:v>
+        <x:v>511.83</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:5">
       <x:c r="A332" s="1">
-        <x:v>45504.930474537</x:v>
+        <x:v>45545.9252893518</x:v>
       </x:c>
       <x:c r="B332" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C332" s="0">
-        <x:v>4.42</x:v>
+        <x:v>5.23</x:v>
       </x:c>
       <x:c r="D332" s="0">
-        <x:v>403.606</x:v>
+        <x:v>429.072</x:v>
       </x:c>
       <x:c r="E332" s="0">
-        <x:v>474.83</x:v>
+        <x:v>504.79</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:5">
       <x:c r="A333" s="1">
-        <x:v>45503.9262152778</x:v>
+        <x:v>45544.9242824074</x:v>
       </x:c>
       <x:c r="B333" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C333" s="0">
-        <x:v>3.84</x:v>
+        <x:v>5.24</x:v>
       </x:c>
       <x:c r="D333" s="0">
-        <x:v>393.712</x:v>
+        <x:v>429.072</x:v>
       </x:c>
       <x:c r="E333" s="0">
-        <x:v>463.19</x:v>
+        <x:v>504.79</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:5">
       <x:c r="A334" s="1">
-        <x:v>45502.9221180556</x:v>
+        <x:v>45541.9261342593</x:v>
       </x:c>
       <x:c r="B334" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C334" s="0">
-        <x:v>3.98</x:v>
+        <x:v>4.98</x:v>
       </x:c>
       <x:c r="D334" s="0">
-        <x:v>395.854</x:v>
+        <x:v>425.23</x:v>
       </x:c>
       <x:c r="E334" s="0">
-        <x:v>465.71</x:v>
+        <x:v>500.27</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:5">
       <x:c r="A335" s="1">
-        <x:v>45499.9228472222</x:v>
+        <x:v>45540.9253935185</x:v>
       </x:c>
       <x:c r="B335" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C335" s="0">
-        <x:v>3.99</x:v>
+        <x:v>6.18</x:v>
       </x:c>
       <x:c r="D335" s="0">
-        <x:v>395.845</x:v>
+        <x:v>439.331</x:v>
       </x:c>
       <x:c r="E335" s="0">
-        <x:v>465.7</x:v>
+        <x:v>516.86</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:5">
       <x:c r="A336" s="1">
-        <x:v>45498.9225578704</x:v>
+        <x:v>45539.9231365741</x:v>
       </x:c>
       <x:c r="B336" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C336" s="0">
-        <x:v>3.44</x:v>
+        <x:v>5.91</x:v>
       </x:c>
       <x:c r="D336" s="0">
-        <x:v>385.398</x:v>
+        <x:v>435.829</x:v>
       </x:c>
       <x:c r="E336" s="0">
-        <x:v>453.41</x:v>
+        <x:v>512.74</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:5">
       <x:c r="A337" s="1">
-        <x:v>45497.9292824074</x:v>
+        <x:v>45534.9322222222</x:v>
       </x:c>
       <x:c r="B337" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C337" s="0">
-        <x:v>3.84</x:v>
+        <x:v>6.6</x:v>
       </x:c>
       <x:c r="D337" s="0">
-        <x:v>392.08</x:v>
+        <x:v>443.114</x:v>
       </x:c>
       <x:c r="E337" s="0">
-        <x:v>461.27</x:v>
+        <x:v>521.31</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:5">
       <x:c r="A338" s="1">
-        <x:v>45496.9225347222</x:v>
+        <x:v>45533.930462963</x:v>
       </x:c>
       <x:c r="B338" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C338" s="0">
-        <x:v>5.79</x:v>
+        <x:v>6.38</x:v>
       </x:c>
       <x:c r="D338" s="0">
-        <x:v>415.386</x:v>
+        <x:v>440.487</x:v>
       </x:c>
       <x:c r="E338" s="0">
-        <x:v>488.69</x:v>
+        <x:v>518.22</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:5">
       <x:c r="A339" s="1">
-        <x:v>45495.9267592593</x:v>
+        <x:v>45532.9225462963</x:v>
       </x:c>
       <x:c r="B339" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C339" s="0">
-        <x:v>5.71</x:v>
+        <x:v>6.29</x:v>
       </x:c>
       <x:c r="D339" s="0">
-        <x:v>414.29</x:v>
+        <x:v>439.263</x:v>
       </x:c>
       <x:c r="E339" s="0">
-        <x:v>487.4</x:v>
+        <x:v>516.78</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:5">
       <x:c r="A340" s="1">
-        <x:v>45492.9245138889</x:v>
+        <x:v>45531.9245138889</x:v>
       </x:c>
       <x:c r="B340" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C340" s="0">
-        <x:v>5.05</x:v>
+        <x:v>6.47</x:v>
       </x:c>
       <x:c r="D340" s="0">
-        <x:v>405.272</x:v>
+        <x:v>441.235</x:v>
       </x:c>
       <x:c r="E340" s="0">
-        <x:v>476.79</x:v>
+        <x:v>519.1</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:5">
       <x:c r="A341" s="1">
+        <x:v>45530.924212963</x:v>
+      </x:c>
+      <x:c r="B341" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C341" s="0">
+        <x:v>6.63</x:v>
+      </x:c>
+      <x:c r="D341" s="0">
+        <x:v>442.952</x:v>
+      </x:c>
+      <x:c r="E341" s="0">
+        <x:v>521.12</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="342" spans="1:5">
+      <x:c r="A342" s="1">
+        <x:v>45527.9240162037</x:v>
+      </x:c>
+      <x:c r="B342" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C342" s="0">
+        <x:v>7.22</x:v>
+      </x:c>
+      <x:c r="D342" s="0">
+        <x:v>448.8</x:v>
+      </x:c>
+      <x:c r="E342" s="0">
+        <x:v>528</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="343" spans="1:5">
+      <x:c r="A343" s="1">
+        <x:v>45526.9255671296</x:v>
+      </x:c>
+      <x:c r="B343" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C343" s="0">
+        <x:v>7.57</x:v>
+      </x:c>
+      <x:c r="D343" s="0">
+        <x:v>452.14</x:v>
+      </x:c>
+      <x:c r="E343" s="0">
+        <x:v>531.93</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="344" spans="1:5">
+      <x:c r="A344" s="1">
+        <x:v>45525.923287037</x:v>
+      </x:c>
+      <x:c r="B344" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C344" s="0">
+        <x:v>7.86</x:v>
+      </x:c>
+      <x:c r="D344" s="0">
+        <x:v>454.886</x:v>
+      </x:c>
+      <x:c r="E344" s="0">
+        <x:v>535.16</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="345" spans="1:5">
+      <x:c r="A345" s="1">
+        <x:v>45524.9226736111</x:v>
+      </x:c>
+      <x:c r="B345" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C345" s="0">
+        <x:v>7.18</x:v>
+      </x:c>
+      <x:c r="D345" s="0">
+        <x:v>447.72</x:v>
+      </x:c>
+      <x:c r="E345" s="0">
+        <x:v>526.73</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="346" spans="1:5">
+      <x:c r="A346" s="1">
+        <x:v>45523.9245138889</x:v>
+      </x:c>
+      <x:c r="B346" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C346" s="0">
+        <x:v>7.4</x:v>
+      </x:c>
+      <x:c r="D346" s="0">
+        <x:v>448.307</x:v>
+      </x:c>
+      <x:c r="E346" s="0">
+        <x:v>527.42</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="347" spans="1:5">
+      <x:c r="A347" s="1">
+        <x:v>45520.9331018518</x:v>
+      </x:c>
+      <x:c r="B347" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C347" s="0">
+        <x:v>7.28</x:v>
+      </x:c>
+      <x:c r="D347" s="0">
+        <x:v>448.307</x:v>
+      </x:c>
+      <x:c r="E347" s="0">
+        <x:v>527.42</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="348" spans="1:5">
+      <x:c r="A348" s="1">
+        <x:v>45519.9272569444</x:v>
+      </x:c>
+      <x:c r="B348" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C348" s="0">
+        <x:v>8.19</x:v>
+      </x:c>
+      <x:c r="D348" s="0">
+        <x:v>456.73</x:v>
+      </x:c>
+      <x:c r="E348" s="0">
+        <x:v>537.33</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="349" spans="1:5">
+      <x:c r="A349" s="1">
+        <x:v>45518.9339930556</x:v>
+      </x:c>
+      <x:c r="B349" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C349" s="0">
+        <x:v>7.32</x:v>
+      </x:c>
+      <x:c r="D349" s="0">
+        <x:v>447.746</x:v>
+      </x:c>
+      <x:c r="E349" s="0">
+        <x:v>526.76</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="350" spans="1:5">
+      <x:c r="A350" s="1">
+        <x:v>45517.931712963</x:v>
+      </x:c>
+      <x:c r="B350" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C350" s="0">
+        <x:v>7.48</x:v>
+      </x:c>
+      <x:c r="D350" s="0">
+        <x:v>449.259</x:v>
+      </x:c>
+      <x:c r="E350" s="0">
+        <x:v>528.54</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="351" spans="1:5">
+      <x:c r="A351" s="1">
+        <x:v>45516.9273958333</x:v>
+      </x:c>
+      <x:c r="B351" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C351" s="0">
+        <x:v>6.53</x:v>
+      </x:c>
+      <x:c r="D351" s="0">
+        <x:v>438.558</x:v>
+      </x:c>
+      <x:c r="E351" s="0">
+        <x:v>515.95</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="352" spans="1:5">
+      <x:c r="A352" s="1">
+        <x:v>45513.93</x:v>
+      </x:c>
+      <x:c r="B352" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C352" s="0">
+        <x:v>6.7</x:v>
+      </x:c>
+      <x:c r="D352" s="0">
+        <x:v>440.104</x:v>
+      </x:c>
+      <x:c r="E352" s="0">
+        <x:v>517.77</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="353" spans="1:5">
+      <x:c r="A353" s="1">
+        <x:v>45512.9331597222</x:v>
+      </x:c>
+      <x:c r="B353" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C353" s="0">
+        <x:v>6.12</x:v>
+      </x:c>
+      <x:c r="D353" s="0">
+        <x:v>433.186</x:v>
+      </x:c>
+      <x:c r="E353" s="0">
+        <x:v>509.63</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="354" spans="1:5">
+      <x:c r="A354" s="1">
+        <x:v>45511.9284375</x:v>
+      </x:c>
+      <x:c r="B354" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C354" s="0">
+        <x:v>4.88</x:v>
+      </x:c>
+      <x:c r="D354" s="0">
+        <x:v>415.582</x:v>
+      </x:c>
+      <x:c r="E354" s="0">
+        <x:v>488.92</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="355" spans="1:5">
+      <x:c r="A355" s="1">
+        <x:v>45510.9305439815</x:v>
+      </x:c>
+      <x:c r="B355" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C355" s="0">
+        <x:v>5.22</x:v>
+      </x:c>
+      <x:c r="D355" s="0">
+        <x:v>419.976</x:v>
+      </x:c>
+      <x:c r="E355" s="0">
+        <x:v>494.09</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="356" spans="1:5">
+      <x:c r="A356" s="1">
+        <x:v>45509.9290162037</x:v>
+      </x:c>
+      <x:c r="B356" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C356" s="0">
+        <x:v>4.24</x:v>
+      </x:c>
+      <x:c r="D356" s="0">
+        <x:v>404.37</x:v>
+      </x:c>
+      <x:c r="E356" s="0">
+        <x:v>475.73</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="357" spans="1:5">
+      <x:c r="A357" s="1">
+        <x:v>45506.9320717593</x:v>
+      </x:c>
+      <x:c r="B357" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C357" s="0">
+        <x:v>5.03</x:v>
+      </x:c>
+      <x:c r="D357" s="0">
+        <x:v>414.919</x:v>
+      </x:c>
+      <x:c r="E357" s="0">
+        <x:v>488.14</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="358" spans="1:5">
+      <x:c r="A358" s="1">
+        <x:v>45505.9288773148</x:v>
+      </x:c>
+      <x:c r="B358" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C358" s="0">
+        <x:v>5.69</x:v>
+      </x:c>
+      <x:c r="D358" s="0">
+        <x:v>423.079</x:v>
+      </x:c>
+      <x:c r="E358" s="0">
+        <x:v>497.74</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="359" spans="1:5">
+      <x:c r="A359" s="1">
+        <x:v>45504.930474537</x:v>
+      </x:c>
+      <x:c r="B359" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C359" s="0">
+        <x:v>4.42</x:v>
+      </x:c>
+      <x:c r="D359" s="0">
+        <x:v>403.606</x:v>
+      </x:c>
+      <x:c r="E359" s="0">
+        <x:v>474.83</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="360" spans="1:5">
+      <x:c r="A360" s="1">
+        <x:v>45503.9262152778</x:v>
+      </x:c>
+      <x:c r="B360" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C360" s="0">
+        <x:v>3.84</x:v>
+      </x:c>
+      <x:c r="D360" s="0">
+        <x:v>393.712</x:v>
+      </x:c>
+      <x:c r="E360" s="0">
+        <x:v>463.19</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="361" spans="1:5">
+      <x:c r="A361" s="1">
+        <x:v>45502.9221180556</x:v>
+      </x:c>
+      <x:c r="B361" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C361" s="0">
+        <x:v>3.98</x:v>
+      </x:c>
+      <x:c r="D361" s="0">
+        <x:v>395.854</x:v>
+      </x:c>
+      <x:c r="E361" s="0">
+        <x:v>465.71</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="362" spans="1:5">
+      <x:c r="A362" s="1">
+        <x:v>45499.9228472222</x:v>
+      </x:c>
+      <x:c r="B362" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C362" s="0">
+        <x:v>3.99</x:v>
+      </x:c>
+      <x:c r="D362" s="0">
+        <x:v>395.845</x:v>
+      </x:c>
+      <x:c r="E362" s="0">
+        <x:v>465.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="363" spans="1:5">
+      <x:c r="A363" s="1">
+        <x:v>45498.9225578704</x:v>
+      </x:c>
+      <x:c r="B363" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C363" s="0">
+        <x:v>3.44</x:v>
+      </x:c>
+      <x:c r="D363" s="0">
+        <x:v>385.398</x:v>
+      </x:c>
+      <x:c r="E363" s="0">
+        <x:v>453.41</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="364" spans="1:5">
+      <x:c r="A364" s="1">
+        <x:v>45497.9292824074</x:v>
+      </x:c>
+      <x:c r="B364" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C364" s="0">
+        <x:v>3.84</x:v>
+      </x:c>
+      <x:c r="D364" s="0">
+        <x:v>392.08</x:v>
+      </x:c>
+      <x:c r="E364" s="0">
+        <x:v>461.27</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="365" spans="1:5">
+      <x:c r="A365" s="1">
+        <x:v>45496.9225347222</x:v>
+      </x:c>
+      <x:c r="B365" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C365" s="0">
+        <x:v>5.79</x:v>
+      </x:c>
+      <x:c r="D365" s="0">
+        <x:v>415.386</x:v>
+      </x:c>
+      <x:c r="E365" s="0">
+        <x:v>488.69</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="366" spans="1:5">
+      <x:c r="A366" s="1">
+        <x:v>45495.9267592593</x:v>
+      </x:c>
+      <x:c r="B366" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C366" s="0">
+        <x:v>5.71</x:v>
+      </x:c>
+      <x:c r="D366" s="0">
+        <x:v>414.29</x:v>
+      </x:c>
+      <x:c r="E366" s="0">
+        <x:v>487.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="367" spans="1:5">
+      <x:c r="A367" s="1">
+        <x:v>45492.9245138889</x:v>
+      </x:c>
+      <x:c r="B367" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C367" s="0">
+        <x:v>5.05</x:v>
+      </x:c>
+      <x:c r="D367" s="0">
+        <x:v>405.272</x:v>
+      </x:c>
+      <x:c r="E367" s="0">
+        <x:v>476.79</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="368" spans="1:5">
+      <x:c r="A368" s="1">
         <x:v>45491.9233101852</x:v>
       </x:c>
-      <x:c r="B341" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C341" s="0">
+      <x:c r="B368" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C368" s="0">
         <x:v>5</x:v>
       </x:c>
-      <x:c r="D341" s="0">
+      <x:c r="D368" s="0">
         <x:v>404.472</x:v>
       </x:c>
-      <x:c r="E341" s="0">
+      <x:c r="E368" s="0">
         <x:v>475.85</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>