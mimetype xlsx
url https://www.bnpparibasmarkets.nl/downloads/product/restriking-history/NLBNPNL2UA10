--- v3 (2026-01-28)
+++ v4 (2026-03-07)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2717838e4b6c45f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b797f2cf236248fca767e58511d2e924.psmdcp" Id="R64f44f56c80147ce" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R56c4339540ae4c30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9ea42ad9c5124fb39ade4cb684387bac.psmdcp" Id="Rce968db6c63d48d4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>NLBNPNL2UA10</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -390,6302 +390,6710 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E368"/>
+  <x:dimension ref="A1:E392"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>46049.9250462963</x:v>
+        <x:v>46087.9262847222</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
-        <x:v>1.16</x:v>
+        <x:v>0.68</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>572.024</x:v>
+        <x:v>548.131</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>672.97</x:v>
+        <x:v>644.86</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>46048.9248726852</x:v>
+        <x:v>46086.9326273148</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
-        <x:v>1.16</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>571.506</x:v>
+        <x:v>561.484</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>672.36</x:v>
+        <x:v>660.57</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>46045.9251851852</x:v>
+        <x:v>46085.9285648148</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
-        <x:v>1.03</x:v>
+        <x:v>0.86</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>559.946</x:v>
+        <x:v>567.57</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>658.76</x:v>
+        <x:v>667.73</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>46044.9246180556</x:v>
+        <x:v>46084.9255787037</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
-        <x:v>0.94</x:v>
+        <x:v>0.77</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>550.486</x:v>
+        <x:v>556.818</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>647.63</x:v>
+        <x:v>655.08</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>46043.9254861111</x:v>
+        <x:v>46083.9256481481</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
-        <x:v>0.7</x:v>
+        <x:v>0.76</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>521.016</x:v>
+        <x:v>555.526</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>612.96</x:v>
+        <x:v>653.56</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>46042.9278935185</x:v>
+        <x:v>46080.9257523148</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
-        <x:v>0.64</x:v>
+        <x:v>0.72</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>513.502</x:v>
+        <x:v>550.953</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>604.12</x:v>
+        <x:v>648.18</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>46038.9244212963</x:v>
+        <x:v>46079.9258101852</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
-        <x:v>0.77</x:v>
+        <x:v>0.79</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>527.212</x:v>
+        <x:v>558.458</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>620.25</x:v>
+        <x:v>657.01</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>46037.9281134259</x:v>
+        <x:v>46078.925775463</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
         <x:v>0.77</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>527.68</x:v>
+        <x:v>555.636</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>620.8</x:v>
+        <x:v>653.69</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>46036.9273611111</x:v>
+        <x:v>46077.925474537</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
-        <x:v>0.73</x:v>
+        <x:v>0.68</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>523.192</x:v>
+        <x:v>543.405</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>615.52</x:v>
+        <x:v>639.3</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>46035.9280092593</x:v>
+        <x:v>46073.9253587963</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C12" s="0">
-        <x:v>0.86</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>536.426</x:v>
+        <x:v>557.311</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>631.09</x:v>
+        <x:v>655.66</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>46034.9279282407</x:v>
+        <x:v>46072.9253935185</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0">
-        <x:v>0.96</x:v>
+        <x:v>0.73</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>545.674</x:v>
+        <x:v>548.063</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>641.97</x:v>
+        <x:v>644.78</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>46031.929224537</x:v>
+        <x:v>46071.9254861111</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C14" s="0">
-        <x:v>1.07</x:v>
+        <x:v>0.72</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>555.101</x:v>
+        <x:v>546.737</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>653.06</x:v>
+        <x:v>643.22</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>46030.9270949074</x:v>
+        <x:v>46070.9253472222</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
-        <x:v>1.01</x:v>
+        <x:v>0.69</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>549.151</x:v>
+        <x:v>543.396</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>646.06</x:v>
+        <x:v>639.29</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>46029.9278819444</x:v>
+        <x:v>46066.9255324074</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C16" s="0">
-        <x:v>1.03</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>551.386</x:v>
+        <x:v>543.804</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>648.69</x:v>
+        <x:v>639.77</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>46028.9272222222</x:v>
+        <x:v>46065.9253703704</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C17" s="0">
-        <x:v>1.16</x:v>
+        <x:v>0.77</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>561.527</x:v>
+        <x:v>552.338</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>660.62</x:v>
+        <x:v>649.81</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>46027.9295717593</x:v>
+        <x:v>46064.9256597222</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="0">
-        <x:v>1.14</x:v>
+        <x:v>0.93</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>559.972</x:v>
+        <x:v>568.386</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>658.79</x:v>
+        <x:v>668.69</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>46024.9271875</x:v>
+        <x:v>46063.9255324074</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C19" s="0">
-        <x:v>1.06</x:v>
+        <x:v>0.95</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>552.848</x:v>
+        <x:v>570.112</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>650.41</x:v>
+        <x:v>670.72</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
-        <x:v>46021.927025463</x:v>
+        <x:v>46062.9247569444</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C20" s="0">
-        <x:v>1.24</x:v>
+        <x:v>1.01</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>566.058</x:v>
+        <x:v>575.637</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>665.95</x:v>
+        <x:v>677.22</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="1">
-        <x:v>46020.9274421296</x:v>
+        <x:v>46058.9255439815</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C21" s="0">
-        <x:v>1.17</x:v>
+        <x:v>0.96</x:v>
       </x:c>
       <x:c r="D21" s="0">
-        <x:v>559.886</x:v>
+        <x:v>569.678</x:v>
       </x:c>
       <x:c r="E21" s="0">
-        <x:v>658.69</x:v>
+        <x:v>670.21</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="1">
-        <x:v>46014.9278356481</x:v>
+        <x:v>46057.9258449074</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C22" s="0">
-        <x:v>1.24</x:v>
+        <x:v>0.95</x:v>
       </x:c>
       <x:c r="D22" s="0">
-        <x:v>565.199</x:v>
+        <x:v>568.642</x:v>
       </x:c>
       <x:c r="E22" s="0">
-        <x:v>664.94</x:v>
+        <x:v>668.99</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="1">
-        <x:v>46013.9284722222</x:v>
+        <x:v>46056.9428703704</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C23" s="0">
-        <x:v>1.21</x:v>
+        <x:v>1.18</x:v>
       </x:c>
       <x:c r="D23" s="0">
-        <x:v>562.275</x:v>
+        <x:v>587.945</x:v>
       </x:c>
       <x:c r="E23" s="0">
-        <x:v>661.5</x:v>
+        <x:v>691.7</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="1">
-        <x:v>46010.9276388889</x:v>
+        <x:v>46055.9254513889</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C24" s="0">
-        <x:v>1.18</x:v>
+        <x:v>1.36</x:v>
       </x:c>
       <x:c r="D24" s="0">
-        <x:v>559.954</x:v>
+        <x:v>600.448</x:v>
       </x:c>
       <x:c r="E24" s="0">
-        <x:v>658.77</x:v>
+        <x:v>706.41</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="1">
-        <x:v>46009.9307523148</x:v>
+        <x:v>46051.9256481481</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C25" s="0">
-        <x:v>1.25</x:v>
+        <x:v>1.81</x:v>
       </x:c>
       <x:c r="D25" s="0">
-        <x:v>564.782</x:v>
+        <x:v>627.564</x:v>
       </x:c>
       <x:c r="E25" s="0">
-        <x:v>664.45</x:v>
+        <x:v>738.31</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="1">
-        <x:v>46008.9276736111</x:v>
+        <x:v>46050.9251041667</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C26" s="0">
-        <x:v>1.1</x:v>
+        <x:v>1.12</x:v>
       </x:c>
       <x:c r="D26" s="0">
-        <x:v>552.075</x:v>
+        <x:v>568.42</x:v>
       </x:c>
       <x:c r="E26" s="0">
-        <x:v>649.5</x:v>
+        <x:v>668.73</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="1">
-        <x:v>46007.9278472222</x:v>
+        <x:v>46049.9250462963</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C27" s="0">
-        <x:v>1.18</x:v>
+        <x:v>1.16</x:v>
       </x:c>
       <x:c r="D27" s="0">
-        <x:v>558.578</x:v>
+        <x:v>572.024</x:v>
       </x:c>
       <x:c r="E27" s="0">
-        <x:v>657.15</x:v>
+        <x:v>672.97</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="1">
-        <x:v>46006.9271412037</x:v>
+        <x:v>46048.9248726852</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C28" s="0">
-        <x:v>1.08</x:v>
+        <x:v>1.16</x:v>
       </x:c>
       <x:c r="D28" s="0">
-        <x:v>550.016</x:v>
+        <x:v>571.506</x:v>
       </x:c>
       <x:c r="E28" s="0">
-        <x:v>647.51</x:v>
+        <x:v>672.36</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="1">
-        <x:v>46006.3081134259</x:v>
+        <x:v>46045.9251851852</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C29" s="0">
-        <x:v>1.05</x:v>
+        <x:v>1.03</x:v>
       </x:c>
       <x:c r="D29" s="0">
-        <x:v>547.228</x:v>
+        <x:v>559.946</x:v>
       </x:c>
       <x:c r="E29" s="0">
-        <x:v>644.23</x:v>
+        <x:v>658.76</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="1">
-        <x:v>46003.927037037</x:v>
+        <x:v>46044.9246180556</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C30" s="0">
-        <x:v>1.05</x:v>
+        <x:v>0.94</x:v>
       </x:c>
       <x:c r="D30" s="0">
-        <x:v>547.596</x:v>
+        <x:v>550.486</x:v>
       </x:c>
       <x:c r="E30" s="0">
-        <x:v>644.23</x:v>
+        <x:v>647.63</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="1">
-        <x:v>46002.9321180556</x:v>
+        <x:v>46043.9254861111</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C31" s="0">
-        <x:v>1.14</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="D31" s="0">
-        <x:v>554.804</x:v>
+        <x:v>521.016</x:v>
       </x:c>
       <x:c r="E31" s="0">
-        <x:v>652.71</x:v>
+        <x:v>612.96</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="1">
-        <x:v>46001.9271180556</x:v>
+        <x:v>46042.9278935185</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C32" s="0">
-        <x:v>1.12</x:v>
+        <x:v>0.64</x:v>
       </x:c>
       <x:c r="D32" s="0">
-        <x:v>552.61</x:v>
+        <x:v>513.502</x:v>
       </x:c>
       <x:c r="E32" s="0">
-        <x:v>650.13</x:v>
+        <x:v>604.12</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="1">
-        <x:v>46000.9276273148</x:v>
+        <x:v>46038.9244212963</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C33" s="0">
-        <x:v>1.19</x:v>
+        <x:v>0.77</x:v>
       </x:c>
       <x:c r="D33" s="0">
-        <x:v>558.416</x:v>
+        <x:v>527.212</x:v>
       </x:c>
       <x:c r="E33" s="0">
-        <x:v>656.96</x:v>
+        <x:v>620.25</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="1">
-        <x:v>45996.9307986111</x:v>
+        <x:v>46037.9281134259</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C34" s="0">
-        <x:v>1.4</x:v>
+        <x:v>0.77</x:v>
       </x:c>
       <x:c r="D34" s="0">
-        <x:v>572.407</x:v>
+        <x:v>527.68</x:v>
       </x:c>
       <x:c r="E34" s="0">
-        <x:v>673.42</x:v>
+        <x:v>620.8</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="1">
-        <x:v>45995.9303703704</x:v>
+        <x:v>46036.9273611111</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C35" s="0">
-        <x:v>1.26</x:v>
+        <x:v>0.73</x:v>
       </x:c>
       <x:c r="D35" s="0">
-        <x:v>562.3</x:v>
+        <x:v>523.192</x:v>
       </x:c>
       <x:c r="E35" s="0">
-        <x:v>661.53</x:v>
+        <x:v>615.52</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="1">
-        <x:v>45994.9277662037</x:v>
+        <x:v>46035.9280092593</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C36" s="0">
-        <x:v>1.05</x:v>
+        <x:v>0.86</x:v>
       </x:c>
       <x:c r="D36" s="0">
-        <x:v>543.66</x:v>
+        <x:v>536.426</x:v>
       </x:c>
       <x:c r="E36" s="0">
-        <x:v>639.6</x:v>
+        <x:v>631.09</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="1">
-        <x:v>45993.9304050926</x:v>
+        <x:v>46034.9279282407</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C37" s="0">
-        <x:v>1.13</x:v>
+        <x:v>0.96</x:v>
       </x:c>
       <x:c r="D37" s="0">
-        <x:v>550.035</x:v>
+        <x:v>545.674</x:v>
       </x:c>
       <x:c r="E37" s="0">
-        <x:v>647.1</x:v>
+        <x:v>641.97</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="1">
-        <x:v>45992.9296875</x:v>
+        <x:v>46031.929224537</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C38" s="0">
         <x:v>1.07</x:v>
       </x:c>
       <x:c r="D38" s="0">
-        <x:v>544.74</x:v>
+        <x:v>555.101</x:v>
       </x:c>
       <x:c r="E38" s="0">
-        <x:v>640.87</x:v>
+        <x:v>653.06</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="1">
-        <x:v>45989.8196990741</x:v>
+        <x:v>46030.9270949074</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C39" s="0">
-        <x:v>1.14</x:v>
+        <x:v>1.01</x:v>
       </x:c>
       <x:c r="D39" s="0">
-        <x:v>550.758</x:v>
+        <x:v>549.151</x:v>
       </x:c>
       <x:c r="E39" s="0">
-        <x:v>647.95</x:v>
+        <x:v>646.06</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="1">
-        <x:v>45987.9266087963</x:v>
+        <x:v>46029.9278819444</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C40" s="0">
-        <x:v>1.01</x:v>
+        <x:v>1.03</x:v>
       </x:c>
       <x:c r="D40" s="0">
-        <x:v>538.568</x:v>
+        <x:v>551.386</x:v>
       </x:c>
       <x:c r="E40" s="0">
-        <x:v>633.61</x:v>
+        <x:v>648.69</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="1">
-        <x:v>45986.9251157407</x:v>
+        <x:v>46028.9272222222</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C41" s="0">
-        <x:v>1.04</x:v>
+        <x:v>1.16</x:v>
       </x:c>
       <x:c r="D41" s="0">
-        <x:v>540.787</x:v>
+        <x:v>561.527</x:v>
       </x:c>
       <x:c r="E41" s="0">
-        <x:v>636.22</x:v>
+        <x:v>660.62</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="1">
-        <x:v>45982.9249074074</x:v>
+        <x:v>46027.9295717593</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C42" s="0">
-        <x:v>0.71</x:v>
+        <x:v>1.14</x:v>
       </x:c>
       <x:c r="D42" s="0">
-        <x:v>505.112</x:v>
+        <x:v>559.972</x:v>
       </x:c>
       <x:c r="E42" s="0">
-        <x:v>594.25</x:v>
+        <x:v>658.79</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="1">
-        <x:v>45981.9259722222</x:v>
+        <x:v>46024.9271875</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C43" s="0">
-        <x:v>0.68</x:v>
+        <x:v>1.06</x:v>
       </x:c>
       <x:c r="D43" s="0">
-        <x:v>500.778</x:v>
+        <x:v>552.848</x:v>
       </x:c>
       <x:c r="E43" s="0">
-        <x:v>589.15</x:v>
+        <x:v>650.41</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="1">
-        <x:v>45980.9264583333</x:v>
+        <x:v>46021.927025463</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C44" s="0">
-        <x:v>0.69</x:v>
+        <x:v>1.24</x:v>
       </x:c>
       <x:c r="D44" s="0">
-        <x:v>501.772</x:v>
+        <x:v>566.058</x:v>
       </x:c>
       <x:c r="E44" s="0">
-        <x:v>590.32</x:v>
+        <x:v>665.95</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="1">
-        <x:v>45979.9258680556</x:v>
+        <x:v>46020.9274421296</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C45" s="0">
-        <x:v>0.74</x:v>
+        <x:v>1.17</x:v>
       </x:c>
       <x:c r="D45" s="0">
-        <x:v>508.036</x:v>
+        <x:v>559.886</x:v>
       </x:c>
       <x:c r="E45" s="0">
-        <x:v>597.69</x:v>
+        <x:v>658.69</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="1">
-        <x:v>45978.9282175926</x:v>
+        <x:v>46014.9278356481</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C46" s="0">
-        <x:v>0.78</x:v>
+        <x:v>1.24</x:v>
       </x:c>
       <x:c r="D46" s="0">
-        <x:v>511.708</x:v>
+        <x:v>565.199</x:v>
       </x:c>
       <x:c r="E46" s="0">
-        <x:v>602.01</x:v>
+        <x:v>664.94</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="1">
-        <x:v>45975.9258449074</x:v>
+        <x:v>46013.9284722222</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C47" s="0">
-        <x:v>0.84</x:v>
+        <x:v>1.21</x:v>
       </x:c>
       <x:c r="D47" s="0">
-        <x:v>518.041</x:v>
+        <x:v>562.275</x:v>
       </x:c>
       <x:c r="E47" s="0">
-        <x:v>609.46</x:v>
+        <x:v>661.5</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5">
       <x:c r="A48" s="1">
-        <x:v>45974.9248958333</x:v>
+        <x:v>46010.9276388889</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C48" s="0">
-        <x:v>0.85</x:v>
+        <x:v>1.18</x:v>
       </x:c>
       <x:c r="D48" s="0">
-        <x:v>518.406</x:v>
+        <x:v>559.954</x:v>
       </x:c>
       <x:c r="E48" s="0">
-        <x:v>609.89</x:v>
+        <x:v>658.77</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
       <x:c r="A49" s="1">
-        <x:v>45973.9253125</x:v>
+        <x:v>46009.9307523148</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C49" s="0">
-        <x:v>0.84</x:v>
+        <x:v>1.25</x:v>
       </x:c>
       <x:c r="D49" s="0">
-        <x:v>517.658</x:v>
+        <x:v>564.782</x:v>
       </x:c>
       <x:c r="E49" s="0">
-        <x:v>609.01</x:v>
+        <x:v>664.45</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5">
       <x:c r="A50" s="1">
-        <x:v>45972.9253240741</x:v>
+        <x:v>46008.9276736111</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C50" s="0">
-        <x:v>1.02</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="D50" s="0">
-        <x:v>533.018</x:v>
+        <x:v>552.075</x:v>
       </x:c>
       <x:c r="E50" s="0">
-        <x:v>627.08</x:v>
+        <x:v>649.5</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5">
       <x:c r="A51" s="1">
-        <x:v>45971.9254282407</x:v>
+        <x:v>46007.9278472222</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C51" s="0">
-        <x:v>1.06</x:v>
+        <x:v>1.18</x:v>
       </x:c>
       <x:c r="D51" s="0">
-        <x:v>536.996</x:v>
+        <x:v>558.578</x:v>
       </x:c>
       <x:c r="E51" s="0">
-        <x:v>631.76</x:v>
+        <x:v>657.15</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5">
       <x:c r="A52" s="1">
-        <x:v>45968.925474537</x:v>
+        <x:v>46006.9271412037</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C52" s="0">
-        <x:v>0.97</x:v>
+        <x:v>1.08</x:v>
       </x:c>
       <x:c r="D52" s="0">
-        <x:v>528.454</x:v>
+        <x:v>550.016</x:v>
       </x:c>
       <x:c r="E52" s="0">
-        <x:v>621.71</x:v>
+        <x:v>647.51</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5">
       <x:c r="A53" s="1">
-        <x:v>45967.9277662037</x:v>
+        <x:v>46006.3081134259</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C53" s="0">
-        <x:v>0.95</x:v>
+        <x:v>1.05</x:v>
       </x:c>
       <x:c r="D53" s="0">
-        <x:v>526.099</x:v>
+        <x:v>547.228</x:v>
       </x:c>
       <x:c r="E53" s="0">
-        <x:v>618.94</x:v>
+        <x:v>644.23</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5">
       <x:c r="A54" s="1">
-        <x:v>45966.9253587963</x:v>
+        <x:v>46003.927037037</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C54" s="0">
-        <x:v>1.13</x:v>
+        <x:v>1.05</x:v>
       </x:c>
       <x:c r="D54" s="0">
-        <x:v>540.558</x:v>
+        <x:v>547.596</x:v>
       </x:c>
       <x:c r="E54" s="0">
-        <x:v>635.95</x:v>
+        <x:v>644.23</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5">
       <x:c r="A55" s="1">
-        <x:v>45965.9237731481</x:v>
+        <x:v>46002.9321180556</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C55" s="0">
-        <x:v>1.05</x:v>
+        <x:v>1.14</x:v>
       </x:c>
       <x:c r="D55" s="0">
-        <x:v>533.222</x:v>
+        <x:v>554.804</x:v>
       </x:c>
       <x:c r="E55" s="0">
-        <x:v>627.32</x:v>
+        <x:v>652.71</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5">
       <x:c r="A56" s="1">
-        <x:v>45964.9228819444</x:v>
+        <x:v>46001.9271180556</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C56" s="0">
-        <x:v>1.16</x:v>
+        <x:v>1.12</x:v>
       </x:c>
       <x:c r="D56" s="0">
-        <x:v>542.054</x:v>
+        <x:v>552.61</x:v>
       </x:c>
       <x:c r="E56" s="0">
-        <x:v>637.71</x:v>
+        <x:v>650.13</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:5">
       <x:c r="A57" s="1">
-        <x:v>45961.8818865741</x:v>
+        <x:v>46000.9276273148</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C57" s="0">
-        <x:v>1.29</x:v>
+        <x:v>1.19</x:v>
       </x:c>
       <x:c r="D57" s="0">
-        <x:v>551.098</x:v>
+        <x:v>558.416</x:v>
       </x:c>
       <x:c r="E57" s="0">
-        <x:v>648.35</x:v>
+        <x:v>656.96</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:5">
       <x:c r="A58" s="1">
-        <x:v>45960.8841087963</x:v>
+        <x:v>45996.9307986111</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C58" s="0">
-        <x:v>1.55</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="D58" s="0">
-        <x:v>566.5</x:v>
+        <x:v>572.407</x:v>
       </x:c>
       <x:c r="E58" s="0">
-        <x:v>666.47</x:v>
+        <x:v>673.42</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:5">
       <x:c r="A59" s="1">
-        <x:v>45959.8898263889</x:v>
+        <x:v>45995.9303703704</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C59" s="0">
-        <x:v>4.9</x:v>
+        <x:v>1.26</x:v>
       </x:c>
       <x:c r="D59" s="0">
-        <x:v>638.92</x:v>
+        <x:v>562.3</x:v>
       </x:c>
       <x:c r="E59" s="0">
-        <x:v>751.67</x:v>
+        <x:v>661.53</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:5">
       <x:c r="A60" s="1">
-        <x:v>45958.8875115741</x:v>
+        <x:v>45994.9277662037</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C60" s="0">
-        <x:v>4.9</x:v>
+        <x:v>1.05</x:v>
       </x:c>
       <x:c r="D60" s="0">
-        <x:v>638.724</x:v>
+        <x:v>543.66</x:v>
       </x:c>
       <x:c r="E60" s="0">
-        <x:v>751.44</x:v>
+        <x:v>639.6</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:5">
       <x:c r="A61" s="1">
-        <x:v>45957.8875925926</x:v>
+        <x:v>45993.9304050926</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C61" s="0">
-        <x:v>4.88</x:v>
+        <x:v>1.13</x:v>
       </x:c>
       <x:c r="D61" s="0">
-        <x:v>638.197</x:v>
+        <x:v>550.035</x:v>
       </x:c>
       <x:c r="E61" s="0">
-        <x:v>750.82</x:v>
+        <x:v>647.1</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:5">
       <x:c r="A62" s="1">
-        <x:v>45954.9259259259</x:v>
+        <x:v>45992.9296875</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C62" s="0">
-        <x:v>4.45</x:v>
+        <x:v>1.07</x:v>
       </x:c>
       <x:c r="D62" s="0">
-        <x:v>627.606</x:v>
+        <x:v>544.74</x:v>
       </x:c>
       <x:c r="E62" s="0">
-        <x:v>738.36</x:v>
+        <x:v>640.87</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:5">
       <x:c r="A63" s="1">
-        <x:v>45953.9278587963</x:v>
+        <x:v>45989.8196990741</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C63" s="0">
-        <x:v>4.3</x:v>
+        <x:v>1.14</x:v>
       </x:c>
       <x:c r="D63" s="0">
-        <x:v>623.9</x:v>
+        <x:v>550.758</x:v>
       </x:c>
       <x:c r="E63" s="0">
-        <x:v>734</x:v>
+        <x:v>647.95</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:5">
       <x:c r="A64" s="1">
-        <x:v>45952.9303587963</x:v>
+        <x:v>45987.9266087963</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C64" s="0">
-        <x:v>4.28</x:v>
+        <x:v>1.01</x:v>
       </x:c>
       <x:c r="D64" s="0">
-        <x:v>623.398</x:v>
+        <x:v>538.568</x:v>
       </x:c>
       <x:c r="E64" s="0">
-        <x:v>733.41</x:v>
+        <x:v>633.61</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:5">
       <x:c r="A65" s="1">
-        <x:v>45951.9269212963</x:v>
+        <x:v>45986.9251157407</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C65" s="0">
-        <x:v>4.28</x:v>
+        <x:v>1.04</x:v>
       </x:c>
       <x:c r="D65" s="0">
-        <x:v>623.28</x:v>
+        <x:v>540.787</x:v>
       </x:c>
       <x:c r="E65" s="0">
-        <x:v>733.27</x:v>
+        <x:v>636.22</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:5">
       <x:c r="A66" s="1">
-        <x:v>45950.9289699074</x:v>
+        <x:v>45982.9249074074</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C66" s="0">
-        <x:v>4.25</x:v>
+        <x:v>0.71</x:v>
       </x:c>
       <x:c r="D66" s="0">
-        <x:v>622.344</x:v>
+        <x:v>505.112</x:v>
       </x:c>
       <x:c r="E66" s="0">
-        <x:v>732.17</x:v>
+        <x:v>594.25</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:5">
       <x:c r="A67" s="1">
-        <x:v>45947.9300694444</x:v>
+        <x:v>45981.9259722222</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C67" s="0">
-        <x:v>3.78</x:v>
+        <x:v>0.68</x:v>
       </x:c>
       <x:c r="D67" s="0">
-        <x:v>609.378</x:v>
+        <x:v>500.778</x:v>
       </x:c>
       <x:c r="E67" s="0">
-        <x:v>716.915</x:v>
+        <x:v>589.15</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:5">
       <x:c r="A68" s="1">
-        <x:v>45946.9261805556</x:v>
+        <x:v>45980.9264583333</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C68" s="0">
-        <x:v>3.63</x:v>
+        <x:v>0.69</x:v>
       </x:c>
       <x:c r="D68" s="0">
-        <x:v>605.26</x:v>
+        <x:v>501.772</x:v>
       </x:c>
       <x:c r="E68" s="0">
-        <x:v>712.07</x:v>
+        <x:v>590.32</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:5">
       <x:c r="A69" s="1">
-        <x:v>45945.9256712963</x:v>
+        <x:v>45979.9258680556</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C69" s="0">
-        <x:v>3.81</x:v>
+        <x:v>0.74</x:v>
       </x:c>
       <x:c r="D69" s="0">
-        <x:v>609.918</x:v>
+        <x:v>508.036</x:v>
       </x:c>
       <x:c r="E69" s="0">
-        <x:v>717.55</x:v>
+        <x:v>597.69</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:5">
       <x:c r="A70" s="1">
-        <x:v>45944.9308680556</x:v>
+        <x:v>45978.9282175926</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C70" s="0">
-        <x:v>3.55</x:v>
+        <x:v>0.78</x:v>
       </x:c>
       <x:c r="D70" s="0">
-        <x:v>602.352</x:v>
+        <x:v>511.708</x:v>
       </x:c>
       <x:c r="E70" s="0">
-        <x:v>708.65</x:v>
+        <x:v>602.01</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:5">
       <x:c r="A71" s="1">
-        <x:v>45943.9267592593</x:v>
+        <x:v>45975.9258449074</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C71" s="0">
-        <x:v>3.77</x:v>
+        <x:v>0.84</x:v>
       </x:c>
       <x:c r="D71" s="0">
-        <x:v>608.345</x:v>
+        <x:v>518.041</x:v>
       </x:c>
       <x:c r="E71" s="0">
-        <x:v>715.7</x:v>
+        <x:v>609.46</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:5">
       <x:c r="A72" s="1">
-        <x:v>45940.9235069444</x:v>
+        <x:v>45974.9248958333</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C72" s="0">
-        <x:v>3.48</x:v>
+        <x:v>0.85</x:v>
       </x:c>
       <x:c r="D72" s="0">
-        <x:v>599.505</x:v>
+        <x:v>518.406</x:v>
       </x:c>
       <x:c r="E72" s="0">
-        <x:v>705.3</x:v>
+        <x:v>609.89</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:5">
       <x:c r="A73" s="1">
-        <x:v>45938.9271180556</x:v>
+        <x:v>45973.9253125</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C73" s="0">
-        <x:v>4.01</x:v>
+        <x:v>0.84</x:v>
       </x:c>
       <x:c r="D73" s="0">
-        <x:v>610.164</x:v>
+        <x:v>517.658</x:v>
       </x:c>
       <x:c r="E73" s="0">
-        <x:v>717.84</x:v>
+        <x:v>609.01</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:5">
       <x:c r="A74" s="1">
-        <x:v>45937.9281828704</x:v>
+        <x:v>45972.9253240741</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C74" s="0">
-        <x:v>3.86</x:v>
+        <x:v>1.02</x:v>
       </x:c>
       <x:c r="D74" s="0">
-        <x:v>606.118</x:v>
+        <x:v>533.018</x:v>
       </x:c>
       <x:c r="E74" s="0">
-        <x:v>713.08</x:v>
+        <x:v>627.08</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:5">
       <x:c r="A75" s="1">
-        <x:v>45936.924224537</x:v>
+        <x:v>45971.9254282407</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C75" s="0">
-        <x:v>3.95</x:v>
+        <x:v>1.06</x:v>
       </x:c>
       <x:c r="D75" s="0">
-        <x:v>608.311</x:v>
+        <x:v>536.996</x:v>
       </x:c>
       <x:c r="E75" s="0">
-        <x:v>715.66</x:v>
+        <x:v>631.76</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:5">
       <x:c r="A76" s="1">
-        <x:v>45933.9289236111</x:v>
+        <x:v>45968.925474537</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C76" s="0">
-        <x:v>3.8</x:v>
+        <x:v>0.97</x:v>
       </x:c>
       <x:c r="D76" s="0">
-        <x:v>603.976</x:v>
+        <x:v>528.454</x:v>
       </x:c>
       <x:c r="E76" s="0">
-        <x:v>710.56</x:v>
+        <x:v>621.71</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:5">
       <x:c r="A77" s="1">
-        <x:v>45932.9250231481</x:v>
+        <x:v>45967.9277662037</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C77" s="0">
-        <x:v>4.4</x:v>
+        <x:v>0.95</x:v>
       </x:c>
       <x:c r="D77" s="0">
-        <x:v>617.992</x:v>
+        <x:v>526.099</x:v>
       </x:c>
       <x:c r="E77" s="0">
-        <x:v>727.05</x:v>
+        <x:v>618.94</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:5">
       <x:c r="A78" s="1">
-        <x:v>45931.9294097222</x:v>
+        <x:v>45966.9253587963</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C78" s="0">
-        <x:v>4.07</x:v>
+        <x:v>1.13</x:v>
       </x:c>
       <x:c r="D78" s="0">
-        <x:v>609.739</x:v>
+        <x:v>540.558</x:v>
       </x:c>
       <x:c r="E78" s="0">
-        <x:v>717.34</x:v>
+        <x:v>635.95</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:5">
       <x:c r="A79" s="1">
-        <x:v>45930.9339814815</x:v>
+        <x:v>45965.9237731481</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C79" s="0">
-        <x:v>4.74</x:v>
+        <x:v>1.05</x:v>
       </x:c>
       <x:c r="D79" s="0">
-        <x:v>624.223</x:v>
+        <x:v>533.222</x:v>
       </x:c>
       <x:c r="E79" s="0">
-        <x:v>734.38</x:v>
+        <x:v>627.32</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:5">
       <x:c r="A80" s="1">
-        <x:v>45929.9324074074</x:v>
+        <x:v>45964.9228819444</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C80" s="0">
-        <x:v>5.12</x:v>
+        <x:v>1.16</x:v>
       </x:c>
       <x:c r="D80" s="0">
-        <x:v>631.89</x:v>
+        <x:v>542.054</x:v>
       </x:c>
       <x:c r="E80" s="0">
-        <x:v>743.4</x:v>
+        <x:v>637.71</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:5">
       <x:c r="A81" s="1">
-        <x:v>45926.9299074074</x:v>
+        <x:v>45961.8818865741</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C81" s="0">
-        <x:v>5.15</x:v>
+        <x:v>1.29</x:v>
       </x:c>
       <x:c r="D81" s="0">
-        <x:v>632.188</x:v>
+        <x:v>551.098</x:v>
       </x:c>
       <x:c r="E81" s="0">
-        <x:v>743.75</x:v>
+        <x:v>648.35</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:5">
       <x:c r="A82" s="1">
-        <x:v>45925.9293865741</x:v>
+        <x:v>45960.8841087963</x:v>
       </x:c>
       <x:c r="B82" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C82" s="0">
-        <x:v>5.37</x:v>
+        <x:v>1.55</x:v>
       </x:c>
       <x:c r="D82" s="0">
-        <x:v>636.574</x:v>
+        <x:v>566.5</x:v>
       </x:c>
       <x:c r="E82" s="0">
-        <x:v>748.91</x:v>
+        <x:v>666.47</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:5">
       <x:c r="A83" s="1">
-        <x:v>45924.9296412037</x:v>
+        <x:v>45959.8898263889</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C83" s="0">
-        <x:v>5.93</x:v>
+        <x:v>4.9</x:v>
       </x:c>
       <x:c r="D83" s="0">
-        <x:v>646.561</x:v>
+        <x:v>638.92</x:v>
       </x:c>
       <x:c r="E83" s="0">
-        <x:v>760.66</x:v>
+        <x:v>751.67</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:5">
       <x:c r="A84" s="1">
-        <x:v>45923.9252314815</x:v>
+        <x:v>45958.8875115741</x:v>
       </x:c>
       <x:c r="B84" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C84" s="0">
-        <x:v>5.7</x:v>
+        <x:v>4.9</x:v>
       </x:c>
       <x:c r="D84" s="0">
-        <x:v>642.09</x:v>
+        <x:v>638.724</x:v>
       </x:c>
       <x:c r="E84" s="0">
-        <x:v>755.4</x:v>
+        <x:v>751.44</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:5">
       <x:c r="A85" s="1">
-        <x:v>45922.9266898148</x:v>
+        <x:v>45957.8875925926</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C85" s="0">
-        <x:v>6.18</x:v>
+        <x:v>4.88</x:v>
       </x:c>
       <x:c r="D85" s="0">
-        <x:v>650.018</x:v>
+        <x:v>638.197</x:v>
       </x:c>
       <x:c r="E85" s="0">
-        <x:v>765.16</x:v>
+        <x:v>750.82</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:5">
       <x:c r="A86" s="1">
-        <x:v>45922.3338773148</x:v>
+        <x:v>45954.9259259259</x:v>
       </x:c>
       <x:c r="B86" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C86" s="0">
-        <x:v>6.75</x:v>
+        <x:v>4.45</x:v>
       </x:c>
       <x:c r="D86" s="0">
-        <x:v>661.256</x:v>
+        <x:v>627.606</x:v>
       </x:c>
       <x:c r="E86" s="0">
-        <x:v>778.38</x:v>
+        <x:v>738.36</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:5">
       <x:c r="A87" s="1">
-        <x:v>45919.9342939815</x:v>
+        <x:v>45953.9278587963</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C87" s="0">
-        <x:v>6.88</x:v>
+        <x:v>4.3</x:v>
       </x:c>
       <x:c r="D87" s="0">
-        <x:v>661.623</x:v>
+        <x:v>623.9</x:v>
       </x:c>
       <x:c r="E87" s="0">
-        <x:v>778.38</x:v>
+        <x:v>734</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:5">
       <x:c r="A88" s="1">
-        <x:v>45918.9266087963</x:v>
+        <x:v>45952.9303587963</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C88" s="0">
-        <x:v>6.99</x:v>
+        <x:v>4.28</x:v>
       </x:c>
       <x:c r="D88" s="0">
-        <x:v>663.212</x:v>
+        <x:v>623.398</x:v>
       </x:c>
       <x:c r="E88" s="0">
-        <x:v>780.25</x:v>
+        <x:v>733.41</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:5">
       <x:c r="A89" s="1">
-        <x:v>45917.9271296296</x:v>
+        <x:v>45951.9269212963</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C89" s="0">
-        <x:v>6.76</x:v>
+        <x:v>4.28</x:v>
       </x:c>
       <x:c r="D89" s="0">
-        <x:v>659.358</x:v>
+        <x:v>623.28</x:v>
       </x:c>
       <x:c r="E89" s="0">
-        <x:v>775.715</x:v>
+        <x:v>733.27</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:5">
       <x:c r="A90" s="1">
-        <x:v>45916.9259490741</x:v>
+        <x:v>45950.9289699074</x:v>
       </x:c>
       <x:c r="B90" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C90" s="0">
-        <x:v>6.94</x:v>
+        <x:v>4.25</x:v>
       </x:c>
       <x:c r="D90" s="0">
-        <x:v>662.15</x:v>
+        <x:v>622.344</x:v>
       </x:c>
       <x:c r="E90" s="0">
-        <x:v>779</x:v>
+        <x:v>732.17</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:5">
       <x:c r="A91" s="1">
-        <x:v>45915.9270601852</x:v>
+        <x:v>45947.9300694444</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C91" s="0">
-        <x:v>6.25</x:v>
+        <x:v>3.78</x:v>
       </x:c>
       <x:c r="D91" s="0">
-        <x:v>649.995</x:v>
+        <x:v>609.378</x:v>
       </x:c>
       <x:c r="E91" s="0">
-        <x:v>764.7</x:v>
+        <x:v>716.915</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:5">
       <x:c r="A92" s="1">
-        <x:v>45912.9234259259</x:v>
+        <x:v>45946.9261805556</x:v>
       </x:c>
       <x:c r="B92" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C92" s="0">
-        <x:v>5.85</x:v>
+        <x:v>3.63</x:v>
       </x:c>
       <x:c r="D92" s="0">
-        <x:v>642.252</x:v>
+        <x:v>605.26</x:v>
       </x:c>
       <x:c r="E92" s="0">
-        <x:v>755.59</x:v>
+        <x:v>712.07</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:5">
       <x:c r="A93" s="1">
-        <x:v>45911.9251736111</x:v>
+        <x:v>45945.9256712963</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C93" s="0">
-        <x:v>5.64</x:v>
+        <x:v>3.81</x:v>
       </x:c>
       <x:c r="D93" s="0">
-        <x:v>638.265</x:v>
+        <x:v>609.918</x:v>
       </x:c>
       <x:c r="E93" s="0">
-        <x:v>750.9</x:v>
+        <x:v>717.55</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:5">
       <x:c r="A94" s="1">
-        <x:v>45910.9240509259</x:v>
+        <x:v>45944.9308680556</x:v>
       </x:c>
       <x:c r="B94" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C94" s="0">
-        <x:v>5.7</x:v>
+        <x:v>3.55</x:v>
       </x:c>
       <x:c r="D94" s="0">
-        <x:v>639.183</x:v>
+        <x:v>602.352</x:v>
       </x:c>
       <x:c r="E94" s="0">
-        <x:v>751.98</x:v>
+        <x:v>708.65</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:5">
       <x:c r="A95" s="1">
-        <x:v>45909.9244907407</x:v>
+        <x:v>45943.9267592593</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C95" s="0">
-        <x:v>6.39</x:v>
+        <x:v>3.77</x:v>
       </x:c>
       <x:c r="D95" s="0">
-        <x:v>650.845</x:v>
+        <x:v>608.345</x:v>
       </x:c>
       <x:c r="E95" s="0">
-        <x:v>765.7</x:v>
+        <x:v>715.7</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:5">
       <x:c r="A96" s="1">
-        <x:v>45908.9240393518</x:v>
+        <x:v>45940.9235069444</x:v>
       </x:c>
       <x:c r="B96" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C96" s="0">
-        <x:v>5.78</x:v>
+        <x:v>3.48</x:v>
       </x:c>
       <x:c r="D96" s="0">
-        <x:v>639.455</x:v>
+        <x:v>599.505</x:v>
       </x:c>
       <x:c r="E96" s="0">
-        <x:v>752.3</x:v>
+        <x:v>705.3</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:5">
       <x:c r="A97" s="1">
-        <x:v>45905.9285648148</x:v>
+        <x:v>45938.9271180556</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C97" s="0">
-        <x:v>5.81</x:v>
+        <x:v>4.01</x:v>
       </x:c>
       <x:c r="D97" s="0">
-        <x:v>639.582</x:v>
+        <x:v>610.164</x:v>
       </x:c>
       <x:c r="E97" s="0">
-        <x:v>752.45</x:v>
+        <x:v>717.84</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:5">
       <x:c r="A98" s="1">
-        <x:v>45904.9245601852</x:v>
+        <x:v>45937.9281828704</x:v>
       </x:c>
       <x:c r="B98" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C98" s="0">
-        <x:v>5.64</x:v>
+        <x:v>3.86</x:v>
       </x:c>
       <x:c r="D98" s="0">
-        <x:v>636.352</x:v>
+        <x:v>606.118</x:v>
       </x:c>
       <x:c r="E98" s="0">
-        <x:v>748.65</x:v>
+        <x:v>713.08</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:5">
       <x:c r="A99" s="1">
-        <x:v>45903.9235648148</x:v>
+        <x:v>45936.924224537</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C99" s="0">
-        <x:v>5.16</x:v>
+        <x:v>3.95</x:v>
       </x:c>
       <x:c r="D99" s="0">
-        <x:v>626.492</x:v>
+        <x:v>608.311</x:v>
       </x:c>
       <x:c r="E99" s="0">
-        <x:v>737.05</x:v>
+        <x:v>715.66</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:5">
       <x:c r="A100" s="1">
-        <x:v>45902.923912037</x:v>
+        <x:v>45933.9289236111</x:v>
       </x:c>
       <x:c r="B100" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C100" s="0">
-        <x:v>5.08</x:v>
+        <x:v>3.8</x:v>
       </x:c>
       <x:c r="D100" s="0">
-        <x:v>624.844</x:v>
+        <x:v>603.976</x:v>
       </x:c>
       <x:c r="E100" s="0">
-        <x:v>735.11</x:v>
+        <x:v>710.56</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:5">
       <x:c r="A101" s="1">
-        <x:v>45898.9304050926</x:v>
+        <x:v>45932.9250231481</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C101" s="0">
-        <x:v>5.26</x:v>
+        <x:v>4.4</x:v>
       </x:c>
       <x:c r="D101" s="0">
-        <x:v>627.895</x:v>
+        <x:v>617.992</x:v>
       </x:c>
       <x:c r="E101" s="0">
-        <x:v>738.7</x:v>
+        <x:v>727.05</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:5">
       <x:c r="A102" s="1">
-        <x:v>45897.9274768519</x:v>
+        <x:v>45931.9294097222</x:v>
       </x:c>
       <x:c r="B102" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C102" s="0">
-        <x:v>5.85</x:v>
+        <x:v>4.07</x:v>
       </x:c>
       <x:c r="D102" s="0">
-        <x:v>638.444</x:v>
+        <x:v>609.739</x:v>
       </x:c>
       <x:c r="E102" s="0">
-        <x:v>751.11</x:v>
+        <x:v>717.34</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:5">
       <x:c r="A103" s="1">
-        <x:v>45896.9248611111</x:v>
+        <x:v>45930.9339814815</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C103" s="0">
-        <x:v>5.68</x:v>
+        <x:v>4.74</x:v>
       </x:c>
       <x:c r="D103" s="0">
-        <x:v>635.273</x:v>
+        <x:v>624.223</x:v>
       </x:c>
       <x:c r="E103" s="0">
-        <x:v>747.38</x:v>
+        <x:v>734.38</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:5">
       <x:c r="A104" s="1">
-        <x:v>45895.9240046296</x:v>
+        <x:v>45929.9324074074</x:v>
       </x:c>
       <x:c r="B104" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C104" s="0">
-        <x:v>6.01</x:v>
+        <x:v>5.12</x:v>
       </x:c>
       <x:c r="D104" s="0">
-        <x:v>640.985</x:v>
+        <x:v>631.89</x:v>
       </x:c>
       <x:c r="E104" s="0">
-        <x:v>754.1</x:v>
+        <x:v>743.4</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:5">
       <x:c r="A105" s="1">
-        <x:v>45894.9239236111</x:v>
+        <x:v>45926.9299074074</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C105" s="0">
-        <x:v>5.98</x:v>
+        <x:v>5.15</x:v>
       </x:c>
       <x:c r="D105" s="0">
-        <x:v>640.305</x:v>
+        <x:v>632.188</x:v>
       </x:c>
       <x:c r="E105" s="0">
-        <x:v>753.3</x:v>
+        <x:v>743.75</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:5">
       <x:c r="A106" s="1">
-        <x:v>45891.9252083333</x:v>
+        <x:v>45925.9293865741</x:v>
       </x:c>
       <x:c r="B106" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C106" s="0">
-        <x:v>6.07</x:v>
+        <x:v>5.37</x:v>
       </x:c>
       <x:c r="D106" s="0">
-        <x:v>641.572</x:v>
+        <x:v>636.574</x:v>
       </x:c>
       <x:c r="E106" s="0">
-        <x:v>754.79</x:v>
+        <x:v>748.91</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:5">
       <x:c r="A107" s="1">
-        <x:v>45890.9257175926</x:v>
+        <x:v>45924.9296412037</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C107" s="0">
-        <x:v>5.39</x:v>
+        <x:v>5.93</x:v>
       </x:c>
       <x:c r="D107" s="0">
-        <x:v>628.235</x:v>
+        <x:v>646.561</x:v>
       </x:c>
       <x:c r="E107" s="0">
-        <x:v>739.1</x:v>
+        <x:v>760.66</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:5">
       <x:c r="A108" s="1">
-        <x:v>45889.9243402778</x:v>
+        <x:v>45923.9252314815</x:v>
       </x:c>
       <x:c r="B108" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C108" s="0">
-        <x:v>5.8</x:v>
+        <x:v>5.7</x:v>
       </x:c>
       <x:c r="D108" s="0">
-        <x:v>635.562</x:v>
+        <x:v>642.09</x:v>
       </x:c>
       <x:c r="E108" s="0">
-        <x:v>747.72</x:v>
+        <x:v>755.4</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:5">
       <x:c r="A109" s="1">
-        <x:v>45888.9238078704</x:v>
+        <x:v>45922.9266898148</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C109" s="0">
-        <x:v>5.99</x:v>
+        <x:v>6.18</x:v>
       </x:c>
       <x:c r="D109" s="0">
-        <x:v>638.758</x:v>
+        <x:v>650.018</x:v>
       </x:c>
       <x:c r="E109" s="0">
-        <x:v>751.48</x:v>
+        <x:v>765.16</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:5">
       <x:c r="A110" s="1">
-        <x:v>45887.924525463</x:v>
+        <x:v>45922.3338773148</x:v>
       </x:c>
       <x:c r="B110" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C110" s="0">
-        <x:v>6.84</x:v>
+        <x:v>6.75</x:v>
       </x:c>
       <x:c r="D110" s="0">
-        <x:v>652.264</x:v>
+        <x:v>661.256</x:v>
       </x:c>
       <x:c r="E110" s="0">
-        <x:v>767.37</x:v>
+        <x:v>778.38</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:5">
       <x:c r="A111" s="1">
-        <x:v>45884.9247685185</x:v>
+        <x:v>45919.9342939815</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C111" s="0">
-        <x:v>7.96</x:v>
+        <x:v>6.88</x:v>
       </x:c>
       <x:c r="D111" s="0">
-        <x:v>667.446</x:v>
+        <x:v>661.623</x:v>
       </x:c>
       <x:c r="E111" s="0">
-        <x:v>785.23</x:v>
+        <x:v>778.38</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:5">
       <x:c r="A112" s="1">
-        <x:v>45883.9240972222</x:v>
+        <x:v>45918.9266087963</x:v>
       </x:c>
       <x:c r="B112" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C112" s="0">
-        <x:v>7.78</x:v>
+        <x:v>6.99</x:v>
       </x:c>
       <x:c r="D112" s="0">
-        <x:v>664.81</x:v>
+        <x:v>663.212</x:v>
       </x:c>
       <x:c r="E112" s="0">
-        <x:v>782.13</x:v>
+        <x:v>780.25</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:5">
       <x:c r="A113" s="1">
-        <x:v>45882.923900463</x:v>
+        <x:v>45917.9271296296</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C113" s="0">
-        <x:v>7.67</x:v>
+        <x:v>6.76</x:v>
       </x:c>
       <x:c r="D113" s="0">
-        <x:v>663.068</x:v>
+        <x:v>659.358</x:v>
       </x:c>
       <x:c r="E113" s="0">
-        <x:v>780.08</x:v>
+        <x:v>775.715</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:5">
       <x:c r="A114" s="1">
-        <x:v>45881.9233217593</x:v>
+        <x:v>45916.9259490741</x:v>
       </x:c>
       <x:c r="B114" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C114" s="0">
-        <x:v>8.3</x:v>
+        <x:v>6.94</x:v>
       </x:c>
       <x:c r="D114" s="0">
-        <x:v>671.5</x:v>
+        <x:v>662.15</x:v>
       </x:c>
       <x:c r="E114" s="0">
-        <x:v>790</x:v>
+        <x:v>779</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:5">
       <x:c r="A115" s="1">
-        <x:v>45880.9235763889</x:v>
+        <x:v>45915.9270601852</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C115" s="0">
-        <x:v>6.99</x:v>
+        <x:v>6.25</x:v>
       </x:c>
       <x:c r="D115" s="0">
-        <x:v>650.99</x:v>
+        <x:v>649.995</x:v>
       </x:c>
       <x:c r="E115" s="0">
-        <x:v>765.87</x:v>
+        <x:v>764.7</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:5">
       <x:c r="A116" s="1">
-        <x:v>45877.9331944444</x:v>
+        <x:v>45912.9234259259</x:v>
       </x:c>
       <x:c r="B116" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C116" s="0">
-        <x:v>7.2</x:v>
+        <x:v>5.85</x:v>
       </x:c>
       <x:c r="D116" s="0">
-        <x:v>653.905</x:v>
+        <x:v>642.252</x:v>
       </x:c>
       <x:c r="E116" s="0">
-        <x:v>769.3</x:v>
+        <x:v>755.59</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:5">
       <x:c r="A117" s="1">
-        <x:v>45876.9385069444</x:v>
+        <x:v>45911.9251736111</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C117" s="0">
-        <x:v>6.81</x:v>
+        <x:v>5.64</x:v>
       </x:c>
       <x:c r="D117" s="0">
-        <x:v>647.556</x:v>
+        <x:v>638.265</x:v>
       </x:c>
       <x:c r="E117" s="0">
-        <x:v>761.83</x:v>
+        <x:v>750.9</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:5">
       <x:c r="A118" s="1">
-        <x:v>45875.9344328704</x:v>
+        <x:v>45910.9240509259</x:v>
       </x:c>
       <x:c r="B118" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C118" s="0">
-        <x:v>7.4</x:v>
+        <x:v>5.7</x:v>
       </x:c>
       <x:c r="D118" s="0">
-        <x:v>656.192</x:v>
+        <x:v>639.183</x:v>
       </x:c>
       <x:c r="E118" s="0">
-        <x:v>771.99</x:v>
+        <x:v>751.98</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:5">
       <x:c r="A119" s="1">
-        <x:v>45874.9326388889</x:v>
+        <x:v>45909.9244907407</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C119" s="0">
-        <x:v>6.95</x:v>
+        <x:v>6.39</x:v>
       </x:c>
       <x:c r="D119" s="0">
-        <x:v>648.941</x:v>
+        <x:v>650.845</x:v>
       </x:c>
       <x:c r="E119" s="0">
-        <x:v>763.46</x:v>
+        <x:v>765.7</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:5">
       <x:c r="A120" s="1">
-        <x:v>45873.9313310185</x:v>
+        <x:v>45908.9240393518</x:v>
       </x:c>
       <x:c r="B120" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C120" s="0">
-        <x:v>7.73</x:v>
+        <x:v>5.78</x:v>
       </x:c>
       <x:c r="D120" s="0">
-        <x:v>659.914</x:v>
+        <x:v>639.455</x:v>
       </x:c>
       <x:c r="E120" s="0">
-        <x:v>776.37</x:v>
+        <x:v>752.3</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:5">
       <x:c r="A121" s="1">
-        <x:v>45870.9274305556</x:v>
+        <x:v>45905.9285648148</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C121" s="0">
-        <x:v>6.4</x:v>
+        <x:v>5.81</x:v>
       </x:c>
       <x:c r="D121" s="0">
-        <x:v>637.508</x:v>
+        <x:v>639.582</x:v>
       </x:c>
       <x:c r="E121" s="0">
-        <x:v>750.01</x:v>
+        <x:v>752.45</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:5">
       <x:c r="A122" s="1">
-        <x:v>45869.9244560185</x:v>
+        <x:v>45904.9245601852</x:v>
       </x:c>
       <x:c r="B122" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C122" s="0">
-        <x:v>7.83</x:v>
+        <x:v>5.64</x:v>
       </x:c>
       <x:c r="D122" s="0">
-        <x:v>657.424</x:v>
+        <x:v>636.352</x:v>
       </x:c>
       <x:c r="E122" s="0">
-        <x:v>773.44</x:v>
+        <x:v>748.65</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:5">
       <x:c r="A123" s="1">
-        <x:v>45868.9254861111</x:v>
+        <x:v>45903.9235648148</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C123" s="0">
-        <x:v>4.69</x:v>
+        <x:v>5.16</x:v>
       </x:c>
       <x:c r="D123" s="0">
-        <x:v>590.928</x:v>
+        <x:v>626.492</x:v>
       </x:c>
       <x:c r="E123" s="0">
-        <x:v>695.21</x:v>
+        <x:v>737.05</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:5">
       <x:c r="A124" s="1">
-        <x:v>45867.9289236111</x:v>
+        <x:v>45902.923912037</x:v>
       </x:c>
       <x:c r="B124" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C124" s="0">
-        <x:v>4.89</x:v>
+        <x:v>5.08</x:v>
       </x:c>
       <x:c r="D124" s="0">
-        <x:v>595</x:v>
+        <x:v>624.844</x:v>
       </x:c>
       <x:c r="E124" s="0">
-        <x:v>700</x:v>
+        <x:v>735.11</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:5">
       <x:c r="A125" s="1">
-        <x:v>45866.9278703704</x:v>
+        <x:v>45898.9304050926</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C125" s="0">
-        <x:v>5.75</x:v>
+        <x:v>5.26</x:v>
       </x:c>
       <x:c r="D125" s="0">
-        <x:v>609.986</x:v>
+        <x:v>627.895</x:v>
       </x:c>
       <x:c r="E125" s="0">
-        <x:v>717.63</x:v>
+        <x:v>738.7</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:5">
       <x:c r="A126" s="1">
-        <x:v>45863.9269097222</x:v>
+        <x:v>45897.9274768519</x:v>
       </x:c>
       <x:c r="B126" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C126" s="0">
-        <x:v>5.53</x:v>
+        <x:v>5.85</x:v>
       </x:c>
       <x:c r="D126" s="0">
-        <x:v>605.778</x:v>
+        <x:v>638.444</x:v>
       </x:c>
       <x:c r="E126" s="0">
-        <x:v>712.68</x:v>
+        <x:v>751.11</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:5">
       <x:c r="A127" s="1">
-        <x:v>45862.9245486111</x:v>
+        <x:v>45896.9248611111</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C127" s="0">
-        <x:v>5.64</x:v>
+        <x:v>5.68</x:v>
       </x:c>
       <x:c r="D127" s="0">
-        <x:v>607.58</x:v>
+        <x:v>635.273</x:v>
       </x:c>
       <x:c r="E127" s="0">
-        <x:v>714.8</x:v>
+        <x:v>747.38</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:5">
       <x:c r="A128" s="1">
-        <x:v>45861.9264583333</x:v>
+        <x:v>45895.9240046296</x:v>
       </x:c>
       <x:c r="B128" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C128" s="0">
-        <x:v>5.59</x:v>
+        <x:v>6.01</x:v>
       </x:c>
       <x:c r="D128" s="0">
-        <x:v>606.543</x:v>
+        <x:v>640.985</x:v>
       </x:c>
       <x:c r="E128" s="0">
-        <x:v>713.58</x:v>
+        <x:v>754.1</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:5">
       <x:c r="A129" s="1">
-        <x:v>45860.926099537</x:v>
+        <x:v>45894.9239236111</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C129" s="0">
-        <x:v>5.21</x:v>
+        <x:v>5.98</x:v>
       </x:c>
       <x:c r="D129" s="0">
-        <x:v>599.088</x:v>
+        <x:v>640.305</x:v>
       </x:c>
       <x:c r="E129" s="0">
-        <x:v>704.81</x:v>
+        <x:v>753.3</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:5">
       <x:c r="A130" s="1">
-        <x:v>45859.9272916667</x:v>
+        <x:v>45891.9252083333</x:v>
       </x:c>
       <x:c r="B130" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C130" s="0">
-        <x:v>5.6</x:v>
+        <x:v>6.07</x:v>
       </x:c>
       <x:c r="D130" s="0">
-        <x:v>606.02</x:v>
+        <x:v>641.572</x:v>
       </x:c>
       <x:c r="E130" s="0">
-        <x:v>712.965</x:v>
+        <x:v>754.79</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:5">
       <x:c r="A131" s="1">
-        <x:v>45856.9492592593</x:v>
+        <x:v>45890.9257175926</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C131" s="0">
-        <x:v>5.23</x:v>
+        <x:v>5.39</x:v>
       </x:c>
       <x:c r="D131" s="0">
-        <x:v>598.638</x:v>
+        <x:v>628.235</x:v>
       </x:c>
       <x:c r="E131" s="0">
-        <x:v>704.28</x:v>
+        <x:v>739.1</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:5">
       <x:c r="A132" s="1">
-        <x:v>45855.9327662037</x:v>
+        <x:v>45889.9243402778</x:v>
       </x:c>
       <x:c r="B132" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C132" s="0">
-        <x:v>5.11</x:v>
+        <x:v>5.8</x:v>
       </x:c>
       <x:c r="D132" s="0">
-        <x:v>596.198</x:v>
+        <x:v>635.562</x:v>
       </x:c>
       <x:c r="E132" s="0">
-        <x:v>701.41</x:v>
+        <x:v>747.72</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:5">
       <x:c r="A133" s="1">
-        <x:v>45854.9359027778</x:v>
+        <x:v>45888.9238078704</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C133" s="0">
-        <x:v>5.18</x:v>
+        <x:v>5.99</x:v>
       </x:c>
       <x:c r="D133" s="0">
-        <x:v>597.474</x:v>
+        <x:v>638.758</x:v>
       </x:c>
       <x:c r="E133" s="0">
-        <x:v>702.91</x:v>
+        <x:v>751.48</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:5">
       <x:c r="A134" s="1">
-        <x:v>45853.9276041667</x:v>
+        <x:v>45887.924525463</x:v>
       </x:c>
       <x:c r="B134" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C134" s="0">
-        <x:v>5.54</x:v>
+        <x:v>6.84</x:v>
       </x:c>
       <x:c r="D134" s="0">
-        <x:v>603.832</x:v>
+        <x:v>652.264</x:v>
       </x:c>
       <x:c r="E134" s="0">
-        <x:v>710.39</x:v>
+        <x:v>767.37</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:5">
       <x:c r="A135" s="1">
-        <x:v>45852.9328587963</x:v>
+        <x:v>45884.9247685185</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C135" s="0">
-        <x:v>6.08</x:v>
+        <x:v>7.96</x:v>
       </x:c>
       <x:c r="D135" s="0">
-        <x:v>612.782</x:v>
+        <x:v>667.446</x:v>
       </x:c>
       <x:c r="E135" s="0">
-        <x:v>720.92</x:v>
+        <x:v>785.23</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:5">
       <x:c r="A136" s="1">
-        <x:v>45849.9250462963</x:v>
+        <x:v>45883.9240972222</x:v>
       </x:c>
       <x:c r="B136" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C136" s="0">
-        <x:v>5.93</x:v>
+        <x:v>7.78</x:v>
       </x:c>
       <x:c r="D136" s="0">
-        <x:v>609.884</x:v>
+        <x:v>664.81</x:v>
       </x:c>
       <x:c r="E136" s="0">
-        <x:v>717.51</x:v>
+        <x:v>782.13</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:5">
       <x:c r="A137" s="1">
-        <x:v>45848.9261805556</x:v>
+        <x:v>45882.923900463</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C137" s="0">
-        <x:v>6.45</x:v>
+        <x:v>7.67</x:v>
       </x:c>
       <x:c r="D137" s="0">
-        <x:v>618.154</x:v>
+        <x:v>663.068</x:v>
       </x:c>
       <x:c r="E137" s="0">
-        <x:v>727.24</x:v>
+        <x:v>780.08</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:5">
       <x:c r="A138" s="1">
-        <x:v>45847.9258101852</x:v>
+        <x:v>45881.9233217593</x:v>
       </x:c>
       <x:c r="B138" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C138" s="0">
-        <x:v>6.76</x:v>
+        <x:v>8.3</x:v>
       </x:c>
       <x:c r="D138" s="0">
-        <x:v>622.863</x:v>
+        <x:v>671.5</x:v>
       </x:c>
       <x:c r="E138" s="0">
-        <x:v>732.78</x:v>
+        <x:v>790</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:5">
       <x:c r="A139" s="1">
-        <x:v>45846.924849537</x:v>
+        <x:v>45880.9235763889</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C139" s="0">
-        <x:v>6.15</x:v>
+        <x:v>6.99</x:v>
       </x:c>
       <x:c r="D139" s="0">
-        <x:v>612.57</x:v>
+        <x:v>650.99</x:v>
       </x:c>
       <x:c r="E139" s="0">
-        <x:v>720.67</x:v>
+        <x:v>765.87</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:5">
       <x:c r="A140" s="1">
-        <x:v>45845.9275115741</x:v>
+        <x:v>45877.9331944444</x:v>
       </x:c>
       <x:c r="B140" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C140" s="0">
-        <x:v>6.04</x:v>
+        <x:v>7.2</x:v>
       </x:c>
       <x:c r="D140" s="0">
-        <x:v>610.598</x:v>
+        <x:v>653.905</x:v>
       </x:c>
       <x:c r="E140" s="0">
-        <x:v>718.35</x:v>
+        <x:v>769.3</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:5">
       <x:c r="A141" s="1">
-        <x:v>45841.8023611111</x:v>
+        <x:v>45876.9385069444</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C141" s="0">
-        <x:v>6.1</x:v>
+        <x:v>6.81</x:v>
       </x:c>
       <x:c r="D141" s="0">
-        <x:v>611.158</x:v>
+        <x:v>647.556</x:v>
       </x:c>
       <x:c r="E141" s="0">
-        <x:v>719.01</x:v>
+        <x:v>761.83</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:5">
       <x:c r="A142" s="1">
-        <x:v>45840.930462963</x:v>
+        <x:v>45875.9344328704</x:v>
       </x:c>
       <x:c r="B142" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C142" s="0">
-        <x:v>5.84</x:v>
+        <x:v>7.4</x:v>
       </x:c>
       <x:c r="D142" s="0">
-        <x:v>606.534</x:v>
+        <x:v>656.192</x:v>
       </x:c>
       <x:c r="E142" s="0">
-        <x:v>713.57</x:v>
+        <x:v>771.99</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:5">
       <x:c r="A143" s="1">
-        <x:v>45839.9249768518</x:v>
+        <x:v>45874.9326388889</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C143" s="0">
-        <x:v>6.14</x:v>
+        <x:v>6.95</x:v>
       </x:c>
       <x:c r="D143" s="0">
-        <x:v>611.337</x:v>
+        <x:v>648.941</x:v>
       </x:c>
       <x:c r="E143" s="0">
-        <x:v>719.22</x:v>
+        <x:v>763.46</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:5">
       <x:c r="A144" s="1">
-        <x:v>45838.9258101852</x:v>
+        <x:v>45873.9313310185</x:v>
       </x:c>
       <x:c r="B144" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C144" s="0">
-        <x:v>7.26</x:v>
+        <x:v>7.73</x:v>
       </x:c>
       <x:c r="D144" s="0">
-        <x:v>627.376</x:v>
+        <x:v>659.914</x:v>
       </x:c>
       <x:c r="E144" s="0">
-        <x:v>738.09</x:v>
+        <x:v>776.37</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:5">
       <x:c r="A145" s="1">
-        <x:v>45835.9282175926</x:v>
+        <x:v>45870.9274305556</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C145" s="0">
-        <x:v>7.03</x:v>
+        <x:v>6.4</x:v>
       </x:c>
       <x:c r="D145" s="0">
-        <x:v>623.586</x:v>
+        <x:v>637.508</x:v>
       </x:c>
       <x:c r="E145" s="0">
-        <x:v>733.63</x:v>
+        <x:v>750.01</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:5">
       <x:c r="A146" s="1">
-        <x:v>45834.9274189815</x:v>
+        <x:v>45869.9244560185</x:v>
       </x:c>
       <x:c r="B146" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C146" s="0">
-        <x:v>6.62</x:v>
+        <x:v>7.83</x:v>
       </x:c>
       <x:c r="D146" s="0">
-        <x:v>617.176</x:v>
+        <x:v>657.424</x:v>
       </x:c>
       <x:c r="E146" s="0">
-        <x:v>726.09</x:v>
+        <x:v>773.44</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:5">
       <x:c r="A147" s="1">
-        <x:v>45833.9267824074</x:v>
+        <x:v>45868.9254861111</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C147" s="0">
-        <x:v>5.78</x:v>
+        <x:v>4.69</x:v>
       </x:c>
       <x:c r="D147" s="0">
-        <x:v>602.378</x:v>
+        <x:v>590.928</x:v>
       </x:c>
       <x:c r="E147" s="0">
-        <x:v>708.68</x:v>
+        <x:v>695.21</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:5">
       <x:c r="A148" s="1">
-        <x:v>45832.9265972222</x:v>
+        <x:v>45867.9289236111</x:v>
       </x:c>
       <x:c r="B148" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C148" s="0">
-        <x:v>5.96</x:v>
+        <x:v>4.89</x:v>
       </x:c>
       <x:c r="D148" s="0">
-        <x:v>605.37</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="E148" s="0">
-        <x:v>712.2</x:v>
+        <x:v>700</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:5">
       <x:c r="A149" s="1">
-        <x:v>45831.9246643518</x:v>
+        <x:v>45866.9278703704</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C149" s="0">
-        <x:v>5.34</x:v>
+        <x:v>5.75</x:v>
       </x:c>
       <x:c r="D149" s="0">
-        <x:v>593.75</x:v>
+        <x:v>609.986</x:v>
       </x:c>
       <x:c r="E149" s="0">
-        <x:v>698.53</x:v>
+        <x:v>717.63</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:5">
       <x:c r="A150" s="1">
-        <x:v>45828.9428819444</x:v>
+        <x:v>45863.9269097222</x:v>
       </x:c>
       <x:c r="B150" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C150" s="0">
-        <x:v>4.69</x:v>
+        <x:v>5.53</x:v>
       </x:c>
       <x:c r="D150" s="0">
-        <x:v>579.998</x:v>
+        <x:v>605.778</x:v>
       </x:c>
       <x:c r="E150" s="0">
-        <x:v>682.35</x:v>
+        <x:v>712.68</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:5">
       <x:c r="A151" s="1">
-        <x:v>45826.9303587963</x:v>
+        <x:v>45862.9245486111</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C151" s="0">
-        <x:v>5.31</x:v>
+        <x:v>5.64</x:v>
       </x:c>
       <x:c r="D151" s="0">
-        <x:v>591.404</x:v>
+        <x:v>607.58</x:v>
       </x:c>
       <x:c r="E151" s="0">
-        <x:v>695.77</x:v>
+        <x:v>714.8</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:5">
       <x:c r="A152" s="1">
-        <x:v>45825.9254166667</x:v>
+        <x:v>45861.9264583333</x:v>
       </x:c>
       <x:c r="B152" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C152" s="0">
-        <x:v>5.39</x:v>
+        <x:v>5.59</x:v>
       </x:c>
       <x:c r="D152" s="0">
-        <x:v>592.646</x:v>
+        <x:v>606.543</x:v>
       </x:c>
       <x:c r="E152" s="0">
-        <x:v>697.23</x:v>
+        <x:v>713.58</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:5">
       <x:c r="A153" s="1">
-        <x:v>45824.9235069444</x:v>
+        <x:v>45860.926099537</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C153" s="0">
-        <x:v>5.63</x:v>
+        <x:v>5.21</x:v>
       </x:c>
       <x:c r="D153" s="0">
-        <x:v>596.434</x:v>
+        <x:v>599.088</x:v>
       </x:c>
       <x:c r="E153" s="0">
-        <x:v>702.12</x:v>
+        <x:v>704.81</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:5">
       <x:c r="A154" s="1">
-        <x:v>45824.3396180556</x:v>
+        <x:v>45859.9272916667</x:v>
       </x:c>
       <x:c r="B154" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C154" s="0">
-        <x:v>4.93</x:v>
+        <x:v>5.6</x:v>
       </x:c>
       <x:c r="D154" s="0">
-        <x:v>580.072</x:v>
+        <x:v>606.02</x:v>
       </x:c>
       <x:c r="E154" s="0">
-        <x:v>682.87</x:v>
+        <x:v>712.965</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:5">
       <x:c r="A155" s="1">
-        <x:v>45821.9252777778</x:v>
+        <x:v>45856.9492592593</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C155" s="0">
-        <x:v>4.81</x:v>
+        <x:v>5.23</x:v>
       </x:c>
       <x:c r="D155" s="0">
-        <x:v>580.44</x:v>
+        <x:v>598.638</x:v>
       </x:c>
       <x:c r="E155" s="0">
-        <x:v>682.87</x:v>
+        <x:v>704.28</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:5">
       <x:c r="A156" s="1">
-        <x:v>45820.9288773148</x:v>
+        <x:v>45855.9327662037</x:v>
       </x:c>
       <x:c r="B156" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C156" s="0">
-        <x:v>5.3</x:v>
+        <x:v>5.11</x:v>
       </x:c>
       <x:c r="D156" s="0">
-        <x:v>589.356</x:v>
+        <x:v>596.198</x:v>
       </x:c>
       <x:c r="E156" s="0">
-        <x:v>693.36</x:v>
+        <x:v>701.41</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:5">
       <x:c r="A157" s="1">
-        <x:v>45819.9235416667</x:v>
+        <x:v>45854.9359027778</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C157" s="0">
-        <x:v>5.34</x:v>
+        <x:v>5.18</x:v>
       </x:c>
       <x:c r="D157" s="0">
-        <x:v>590.019</x:v>
+        <x:v>597.474</x:v>
       </x:c>
       <x:c r="E157" s="0">
-        <x:v>694.14</x:v>
+        <x:v>702.91</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:5">
       <x:c r="A158" s="1">
-        <x:v>45818.9234953704</x:v>
+        <x:v>45853.9276041667</x:v>
       </x:c>
       <x:c r="B158" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C158" s="0">
-        <x:v>5.76</x:v>
+        <x:v>5.54</x:v>
       </x:c>
       <x:c r="D158" s="0">
-        <x:v>597.04</x:v>
+        <x:v>603.832</x:v>
       </x:c>
       <x:c r="E158" s="0">
-        <x:v>702.4</x:v>
+        <x:v>710.39</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:5">
       <x:c r="A159" s="1">
-        <x:v>45817.9248958333</x:v>
+        <x:v>45852.9328587963</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C159" s="0">
-        <x:v>5.37</x:v>
+        <x:v>6.08</x:v>
       </x:c>
       <x:c r="D159" s="0">
-        <x:v>589.951</x:v>
+        <x:v>612.782</x:v>
       </x:c>
       <x:c r="E159" s="0">
-        <x:v>694.06</x:v>
+        <x:v>720.92</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:5">
       <x:c r="A160" s="1">
-        <x:v>45814.9279398148</x:v>
+        <x:v>45849.9250462963</x:v>
       </x:c>
       <x:c r="B160" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C160" s="0">
-        <x:v>5.57</x:v>
+        <x:v>5.93</x:v>
       </x:c>
       <x:c r="D160" s="0">
-        <x:v>593.054</x:v>
+        <x:v>609.884</x:v>
       </x:c>
       <x:c r="E160" s="0">
-        <x:v>697.71</x:v>
+        <x:v>717.51</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:5">
       <x:c r="A161" s="1">
-        <x:v>45813.9311805556</x:v>
+        <x:v>45848.9261805556</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C161" s="0">
-        <x:v>5</x:v>
+        <x:v>6.45</x:v>
       </x:c>
       <x:c r="D161" s="0">
-        <x:v>581.927</x:v>
+        <x:v>618.154</x:v>
       </x:c>
       <x:c r="E161" s="0">
-        <x:v>684.62</x:v>
+        <x:v>727.24</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:5">
       <x:c r="A162" s="1">
-        <x:v>45812.9288888889</x:v>
+        <x:v>45847.9258101852</x:v>
       </x:c>
       <x:c r="B162" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C162" s="0">
-        <x:v>5.15</x:v>
+        <x:v>6.76</x:v>
       </x:c>
       <x:c r="D162" s="0">
-        <x:v>584.758</x:v>
+        <x:v>622.863</x:v>
       </x:c>
       <x:c r="E162" s="0">
-        <x:v>687.95</x:v>
+        <x:v>732.78</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:5">
       <x:c r="A163" s="1">
-        <x:v>45811.9362847222</x:v>
+        <x:v>45846.924849537</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C163" s="0">
-        <x:v>4.34</x:v>
+        <x:v>6.15</x:v>
       </x:c>
       <x:c r="D163" s="0">
-        <x:v>566.822</x:v>
+        <x:v>612.57</x:v>
       </x:c>
       <x:c r="E163" s="0">
-        <x:v>666.85</x:v>
+        <x:v>720.67</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:5">
       <x:c r="A164" s="1">
-        <x:v>45810.9414467593</x:v>
+        <x:v>45845.9275115741</x:v>
       </x:c>
       <x:c r="B164" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C164" s="0">
-        <x:v>4.5</x:v>
+        <x:v>6.04</x:v>
       </x:c>
       <x:c r="D164" s="0">
-        <x:v>570.265</x:v>
+        <x:v>610.598</x:v>
       </x:c>
       <x:c r="E164" s="0">
-        <x:v>670.9</x:v>
+        <x:v>718.35</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:5">
       <x:c r="A165" s="1">
-        <x:v>45800.9242361111</x:v>
+        <x:v>45841.8023611111</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C165" s="0">
-        <x:v>3.11</x:v>
+        <x:v>6.1</x:v>
       </x:c>
       <x:c r="D165" s="0">
-        <x:v>533.001</x:v>
+        <x:v>611.158</x:v>
       </x:c>
       <x:c r="E165" s="0">
-        <x:v>627.06</x:v>
+        <x:v>719.01</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:5">
       <x:c r="A166" s="1">
-        <x:v>45799.9263194444</x:v>
+        <x:v>45840.930462963</x:v>
       </x:c>
       <x:c r="B166" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C166" s="0">
-        <x:v>3.42</x:v>
+        <x:v>5.84</x:v>
       </x:c>
       <x:c r="D166" s="0">
-        <x:v>541.084</x:v>
+        <x:v>606.534</x:v>
       </x:c>
       <x:c r="E166" s="0">
-        <x:v>636.57</x:v>
+        <x:v>713.57</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:5">
       <x:c r="A167" s="1">
-        <x:v>45798.9249537037</x:v>
+        <x:v>45839.9249768518</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C167" s="0">
-        <x:v>3.39</x:v>
+        <x:v>6.14</x:v>
       </x:c>
       <x:c r="D167" s="0">
-        <x:v>540.175</x:v>
+        <x:v>611.337</x:v>
       </x:c>
       <x:c r="E167" s="0">
-        <x:v>635.5</x:v>
+        <x:v>719.22</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:5">
       <x:c r="A168" s="1">
-        <x:v>45797.9233912037</x:v>
+        <x:v>45838.9258101852</x:v>
       </x:c>
       <x:c r="B168" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C168" s="0">
-        <x:v>3.45</x:v>
+        <x:v>7.26</x:v>
       </x:c>
       <x:c r="D168" s="0">
-        <x:v>541.535</x:v>
+        <x:v>627.376</x:v>
       </x:c>
       <x:c r="E168" s="0">
-        <x:v>637.1</x:v>
+        <x:v>738.09</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:5">
       <x:c r="A169" s="1">
-        <x:v>45796.9245023148</x:v>
+        <x:v>45835.9282175926</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C169" s="0">
-        <x:v>3.56</x:v>
+        <x:v>7.03</x:v>
       </x:c>
       <x:c r="D169" s="0">
-        <x:v>544.366</x:v>
+        <x:v>623.586</x:v>
       </x:c>
       <x:c r="E169" s="0">
-        <x:v>640.43</x:v>
+        <x:v>733.63</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:5">
       <x:c r="A170" s="1">
-        <x:v>45793.9259953704</x:v>
+        <x:v>45834.9274189815</x:v>
       </x:c>
       <x:c r="B170" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C170" s="0">
-        <x:v>3.57</x:v>
+        <x:v>6.62</x:v>
       </x:c>
       <x:c r="D170" s="0">
-        <x:v>544.289</x:v>
+        <x:v>617.176</x:v>
       </x:c>
       <x:c r="E170" s="0">
-        <x:v>640.34</x:v>
+        <x:v>726.09</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:5">
       <x:c r="A171" s="1">
-        <x:v>45792.9360300926</x:v>
+        <x:v>45833.9267824074</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C171" s="0">
-        <x:v>3.7</x:v>
+        <x:v>5.78</x:v>
       </x:c>
       <x:c r="D171" s="0">
-        <x:v>547.298</x:v>
+        <x:v>602.378</x:v>
       </x:c>
       <x:c r="E171" s="0">
-        <x:v>643.88</x:v>
+        <x:v>708.68</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:5">
       <x:c r="A172" s="1">
-        <x:v>45791.9275578704</x:v>
+        <x:v>45832.9265972222</x:v>
       </x:c>
       <x:c r="B172" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C172" s="0">
-        <x:v>4.31</x:v>
+        <x:v>5.96</x:v>
       </x:c>
       <x:c r="D172" s="0">
-        <x:v>560.456</x:v>
+        <x:v>605.37</x:v>
       </x:c>
       <x:c r="E172" s="0">
-        <x:v>659.36</x:v>
+        <x:v>712.2</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:5">
       <x:c r="A173" s="1">
-        <x:v>45790.9286689815</x:v>
+        <x:v>45831.9246643518</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C173" s="0">
-        <x:v>4.19</x:v>
+        <x:v>5.34</x:v>
       </x:c>
       <x:c r="D173" s="0">
-        <x:v>557.626</x:v>
+        <x:v>593.75</x:v>
       </x:c>
       <x:c r="E173" s="0">
-        <x:v>656.03</x:v>
+        <x:v>698.53</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:5">
       <x:c r="A174" s="1">
-        <x:v>45789.9278009259</x:v>
+        <x:v>45828.9428819444</x:v>
       </x:c>
       <x:c r="B174" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C174" s="0">
-        <x:v>3.63</x:v>
+        <x:v>4.69</x:v>
       </x:c>
       <x:c r="D174" s="0">
-        <x:v>543.516</x:v>
+        <x:v>579.998</x:v>
       </x:c>
       <x:c r="E174" s="0">
-        <x:v>639.43</x:v>
+        <x:v>682.35</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:5">
       <x:c r="A175" s="1">
-        <x:v>45786.9254050926</x:v>
+        <x:v>45826.9303587963</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C175" s="0">
-        <x:v>2.46</x:v>
+        <x:v>5.31</x:v>
       </x:c>
       <x:c r="D175" s="0">
-        <x:v>503.616</x:v>
+        <x:v>591.404</x:v>
       </x:c>
       <x:c r="E175" s="0">
-        <x:v>592.49</x:v>
+        <x:v>695.77</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:5">
       <x:c r="A176" s="1">
-        <x:v>45785.9240393518</x:v>
+        <x:v>45825.9254166667</x:v>
       </x:c>
       <x:c r="B176" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C176" s="0">
-        <x:v>2.61</x:v>
+        <x:v>5.39</x:v>
       </x:c>
       <x:c r="D176" s="0">
-        <x:v>508.308</x:v>
+        <x:v>592.646</x:v>
       </x:c>
       <x:c r="E176" s="0">
-        <x:v>598.01</x:v>
+        <x:v>697.23</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:5">
       <x:c r="A177" s="1">
-        <x:v>45784.9235416667</x:v>
+        <x:v>45824.9235069444</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C177" s="0">
-        <x:v>2.58</x:v>
+        <x:v>5.63</x:v>
       </x:c>
       <x:c r="D177" s="0">
-        <x:v>507.288</x:v>
+        <x:v>596.434</x:v>
       </x:c>
       <x:c r="E177" s="0">
-        <x:v>596.81</x:v>
+        <x:v>702.12</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:5">
       <x:c r="A178" s="1">
-        <x:v>45783.9247685185</x:v>
+        <x:v>45824.3396180556</x:v>
       </x:c>
       <x:c r="B178" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C178" s="0">
-        <x:v>2.36</x:v>
+        <x:v>4.93</x:v>
       </x:c>
       <x:c r="D178" s="0">
-        <x:v>499.214</x:v>
+        <x:v>580.072</x:v>
       </x:c>
       <x:c r="E178" s="0">
-        <x:v>587.31</x:v>
+        <x:v>682.87</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:5">
       <x:c r="A179" s="1">
-        <x:v>45782.9244328704</x:v>
+        <x:v>45821.9252777778</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C179" s="0">
-        <x:v>2.68</x:v>
+        <x:v>4.81</x:v>
       </x:c>
       <x:c r="D179" s="0">
-        <x:v>509.38</x:v>
+        <x:v>580.44</x:v>
       </x:c>
       <x:c r="E179" s="0">
-        <x:v>599.27</x:v>
+        <x:v>682.87</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:5">
       <x:c r="A180" s="1">
-        <x:v>45779.9288657407</x:v>
+        <x:v>45820.9288773148</x:v>
       </x:c>
       <x:c r="B180" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C180" s="0">
-        <x:v>2.63</x:v>
+        <x:v>5.3</x:v>
       </x:c>
       <x:c r="D180" s="0">
-        <x:v>507.467</x:v>
+        <x:v>589.356</x:v>
       </x:c>
       <x:c r="E180" s="0">
-        <x:v>597.02</x:v>
+        <x:v>693.36</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:5">
       <x:c r="A181" s="1">
-        <x:v>45777.9324305556</x:v>
+        <x:v>45819.9235416667</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C181" s="0">
-        <x:v>1.73</x:v>
+        <x:v>5.34</x:v>
       </x:c>
       <x:c r="D181" s="0">
-        <x:v>466.65</x:v>
+        <x:v>590.019</x:v>
       </x:c>
       <x:c r="E181" s="0">
-        <x:v>549</x:v>
+        <x:v>694.14</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:5">
       <x:c r="A182" s="1">
-        <x:v>45776.9249189815</x:v>
+        <x:v>45818.9234953704</x:v>
       </x:c>
       <x:c r="B182" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C182" s="0">
-        <x:v>1.84</x:v>
+        <x:v>5.76</x:v>
       </x:c>
       <x:c r="D182" s="0">
-        <x:v>471.274</x:v>
+        <x:v>597.04</x:v>
       </x:c>
       <x:c r="E182" s="0">
-        <x:v>554.44</x:v>
+        <x:v>702.4</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:5">
       <x:c r="A183" s="1">
-        <x:v>45775.93125</x:v>
+        <x:v>45817.9248958333</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C183" s="0">
-        <x:v>1.75</x:v>
+        <x:v>5.37</x:v>
       </x:c>
       <x:c r="D183" s="0">
-        <x:v>467.279</x:v>
+        <x:v>589.951</x:v>
       </x:c>
       <x:c r="E183" s="0">
-        <x:v>549.74</x:v>
+        <x:v>694.06</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:5">
       <x:c r="A184" s="1">
-        <x:v>45772.9279282407</x:v>
+        <x:v>45814.9279398148</x:v>
       </x:c>
       <x:c r="B184" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C184" s="0">
-        <x:v>1.71</x:v>
+        <x:v>5.57</x:v>
       </x:c>
       <x:c r="D184" s="0">
-        <x:v>465.18</x:v>
+        <x:v>593.054</x:v>
       </x:c>
       <x:c r="E184" s="0">
-        <x:v>547.27</x:v>
+        <x:v>697.71</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:5">
       <x:c r="A185" s="1">
-        <x:v>45771.9286921296</x:v>
+        <x:v>45813.9311805556</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C185" s="0">
-        <x:v>1.48</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="D185" s="0">
-        <x:v>453.178</x:v>
+        <x:v>581.927</x:v>
       </x:c>
       <x:c r="E185" s="0">
-        <x:v>533.15</x:v>
+        <x:v>684.62</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:5">
       <x:c r="A186" s="1">
-        <x:v>45770.9297800926</x:v>
+        <x:v>45812.9288888889</x:v>
       </x:c>
       <x:c r="B186" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C186" s="0">
-        <x:v>1.29</x:v>
+        <x:v>5.15</x:v>
       </x:c>
       <x:c r="D186" s="0">
-        <x:v>442.23</x:v>
+        <x:v>584.758</x:v>
       </x:c>
       <x:c r="E186" s="0">
-        <x:v>520.27</x:v>
+        <x:v>687.95</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:5">
       <x:c r="A187" s="1">
-        <x:v>45769.9290856481</x:v>
+        <x:v>45811.9362847222</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C187" s="0">
-        <x:v>1.04</x:v>
+        <x:v>4.34</x:v>
       </x:c>
       <x:c r="D187" s="0">
-        <x:v>425.238</x:v>
+        <x:v>566.822</x:v>
       </x:c>
       <x:c r="E187" s="0">
-        <x:v>500.28</x:v>
+        <x:v>666.85</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:5">
       <x:c r="A188" s="1">
-        <x:v>45764.930787037</x:v>
+        <x:v>45810.9414467593</x:v>
       </x:c>
       <x:c r="B188" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C188" s="0">
-        <x:v>1.06</x:v>
+        <x:v>4.5</x:v>
       </x:c>
       <x:c r="D188" s="0">
-        <x:v>426.258</x:v>
+        <x:v>570.265</x:v>
       </x:c>
       <x:c r="E188" s="0">
-        <x:v>501.48</x:v>
+        <x:v>670.9</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:5">
       <x:c r="A189" s="1">
-        <x:v>45763.9303125</x:v>
+        <x:v>45800.9242361111</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C189" s="0">
-        <x:v>1.07</x:v>
+        <x:v>3.11</x:v>
       </x:c>
       <x:c r="D189" s="0">
-        <x:v>426.964</x:v>
+        <x:v>533.001</x:v>
       </x:c>
       <x:c r="E189" s="0">
-        <x:v>502.31</x:v>
+        <x:v>627.06</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:5">
       <x:c r="A190" s="1">
-        <x:v>45762.9290740741</x:v>
+        <x:v>45799.9263194444</x:v>
       </x:c>
       <x:c r="B190" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C190" s="0">
-        <x:v>1.38</x:v>
+        <x:v>3.42</x:v>
       </x:c>
       <x:c r="D190" s="0">
-        <x:v>443.292</x:v>
+        <x:v>541.084</x:v>
       </x:c>
       <x:c r="E190" s="0">
-        <x:v>521.52</x:v>
+        <x:v>636.57</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:5">
       <x:c r="A191" s="1">
-        <x:v>45761.9296643519</x:v>
+        <x:v>45798.9249537037</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C191" s="0">
-        <x:v>1.55</x:v>
+        <x:v>3.39</x:v>
       </x:c>
       <x:c r="D191" s="0">
-        <x:v>451.758</x:v>
+        <x:v>540.175</x:v>
       </x:c>
       <x:c r="E191" s="0">
-        <x:v>531.48</x:v>
+        <x:v>635.5</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:5">
       <x:c r="A192" s="1">
-        <x:v>45758.9254282407</x:v>
+        <x:v>45797.9233912037</x:v>
       </x:c>
       <x:c r="B192" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C192" s="0">
-        <x:v>1.8</x:v>
+        <x:v>3.45</x:v>
       </x:c>
       <x:c r="D192" s="0">
-        <x:v>462.034</x:v>
+        <x:v>541.535</x:v>
       </x:c>
       <x:c r="E192" s="0">
-        <x:v>543.57</x:v>
+        <x:v>637.1</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:5">
       <x:c r="A193" s="1">
-        <x:v>45757.9250231481</x:v>
+        <x:v>45796.9245023148</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C193" s="0">
-        <x:v>1.86</x:v>
+        <x:v>3.56</x:v>
       </x:c>
       <x:c r="D193" s="0">
-        <x:v>464.346</x:v>
+        <x:v>544.366</x:v>
       </x:c>
       <x:c r="E193" s="0">
-        <x:v>546.29</x:v>
+        <x:v>640.43</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:5">
       <x:c r="A194" s="1">
-        <x:v>45756.9250694444</x:v>
+        <x:v>45793.9259953704</x:v>
       </x:c>
       <x:c r="B194" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C194" s="0">
-        <x:v>3.12</x:v>
+        <x:v>3.57</x:v>
       </x:c>
       <x:c r="D194" s="0">
-        <x:v>497.904</x:v>
+        <x:v>544.289</x:v>
       </x:c>
       <x:c r="E194" s="0">
-        <x:v>585.77</x:v>
+        <x:v>640.34</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:5">
       <x:c r="A195" s="1">
-        <x:v>45755.9267013889</x:v>
+        <x:v>45792.9360300926</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C195" s="0">
-        <x:v>1.66</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="D195" s="0">
-        <x:v>433.882</x:v>
+        <x:v>547.298</x:v>
       </x:c>
       <x:c r="E195" s="0">
-        <x:v>510.45</x:v>
+        <x:v>643.88</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:5">
       <x:c r="A196" s="1">
-        <x:v>45754.9257175926</x:v>
+        <x:v>45791.9275578704</x:v>
       </x:c>
       <x:c r="B196" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C196" s="0">
-        <x:v>1.78</x:v>
+        <x:v>4.31</x:v>
       </x:c>
       <x:c r="D196" s="0">
-        <x:v>438.812</x:v>
+        <x:v>560.456</x:v>
       </x:c>
       <x:c r="E196" s="0">
-        <x:v>516.25</x:v>
+        <x:v>659.36</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:5">
       <x:c r="A197" s="1">
-        <x:v>45751.9453240741</x:v>
+        <x:v>45790.9286689815</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C197" s="0">
-        <x:v>1.57</x:v>
+        <x:v>4.19</x:v>
       </x:c>
       <x:c r="D197" s="0">
-        <x:v>429.02</x:v>
+        <x:v>557.626</x:v>
       </x:c>
       <x:c r="E197" s="0">
-        <x:v>504.73</x:v>
+        <x:v>656.03</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:5">
       <x:c r="A198" s="1">
-        <x:v>45750.9256944444</x:v>
+        <x:v>45789.9278009259</x:v>
       </x:c>
       <x:c r="B198" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C198" s="0">
-        <x:v>2.26</x:v>
+        <x:v>3.63</x:v>
       </x:c>
       <x:c r="D198" s="0">
-        <x:v>451.877</x:v>
+        <x:v>543.516</x:v>
       </x:c>
       <x:c r="E198" s="0">
-        <x:v>531.62</x:v>
+        <x:v>639.43</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:5">
       <x:c r="A199" s="1">
-        <x:v>45748.9242013889</x:v>
+        <x:v>45786.9254050926</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C199" s="0">
-        <x:v>5</x:v>
+        <x:v>2.46</x:v>
       </x:c>
       <x:c r="D199" s="0">
-        <x:v>498.1</x:v>
+        <x:v>503.616</x:v>
       </x:c>
       <x:c r="E199" s="0">
-        <x:v>586</x:v>
+        <x:v>592.49</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:5">
       <x:c r="A200" s="1">
-        <x:v>45747.9264351852</x:v>
+        <x:v>45785.9240393518</x:v>
       </x:c>
       <x:c r="B200" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C200" s="0">
-        <x:v>4.55</x:v>
+        <x:v>2.61</x:v>
       </x:c>
       <x:c r="D200" s="0">
-        <x:v>489.906</x:v>
+        <x:v>508.308</x:v>
       </x:c>
       <x:c r="E200" s="0">
-        <x:v>576.36</x:v>
+        <x:v>598.01</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:5">
       <x:c r="A201" s="1">
-        <x:v>45744.883900463</x:v>
+        <x:v>45784.9235416667</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C201" s="0">
-        <x:v>4.59</x:v>
+        <x:v>2.58</x:v>
       </x:c>
       <x:c r="D201" s="0">
-        <x:v>490.229</x:v>
+        <x:v>507.288</x:v>
       </x:c>
       <x:c r="E201" s="0">
-        <x:v>576.74</x:v>
+        <x:v>596.81</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:5">
       <x:c r="A202" s="1">
-        <x:v>45743.8879166667</x:v>
+        <x:v>45783.9247685185</x:v>
       </x:c>
       <x:c r="B202" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C202" s="0">
-        <x:v>6.18</x:v>
+        <x:v>2.36</x:v>
       </x:c>
       <x:c r="D202" s="0">
-        <x:v>512.193</x:v>
+        <x:v>499.214</x:v>
       </x:c>
       <x:c r="E202" s="0">
-        <x:v>602.58</x:v>
+        <x:v>587.31</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:5">
       <x:c r="A203" s="1">
-        <x:v>45742.8862384259</x:v>
+        <x:v>45782.9244328704</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C203" s="0">
-        <x:v>6.75</x:v>
+        <x:v>2.68</x:v>
       </x:c>
       <x:c r="D203" s="0">
-        <x:v>519.333</x:v>
+        <x:v>509.38</x:v>
       </x:c>
       <x:c r="E203" s="0">
-        <x:v>610.98</x:v>
+        <x:v>599.27</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:5">
       <x:c r="A204" s="1">
-        <x:v>45741.8884606482</x:v>
+        <x:v>45779.9288657407</x:v>
       </x:c>
       <x:c r="B204" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C204" s="0">
-        <x:v>7.92</x:v>
+        <x:v>2.63</x:v>
       </x:c>
       <x:c r="D204" s="0">
-        <x:v>532.364</x:v>
+        <x:v>507.467</x:v>
       </x:c>
       <x:c r="E204" s="0">
-        <x:v>626.31</x:v>
+        <x:v>597.02</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:5">
       <x:c r="A205" s="1">
-        <x:v>45740.8886111111</x:v>
+        <x:v>45777.9324305556</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C205" s="0">
-        <x:v>7.39</x:v>
+        <x:v>1.73</x:v>
       </x:c>
       <x:c r="D205" s="0">
-        <x:v>526.022</x:v>
+        <x:v>466.65</x:v>
       </x:c>
       <x:c r="E205" s="0">
-        <x:v>618.85</x:v>
+        <x:v>549</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:5">
       <x:c r="A206" s="1">
-        <x:v>45737.8932986111</x:v>
+        <x:v>45776.9249189815</x:v>
       </x:c>
       <x:c r="B206" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C206" s="0">
-        <x:v>6.04</x:v>
+        <x:v>1.84</x:v>
       </x:c>
       <x:c r="D206" s="0">
-        <x:v>506.812</x:v>
+        <x:v>471.274</x:v>
       </x:c>
       <x:c r="E206" s="0">
-        <x:v>596.25</x:v>
+        <x:v>554.44</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:5">
       <x:c r="A207" s="1">
-        <x:v>45736.8918287037</x:v>
+        <x:v>45775.93125</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C207" s="0">
-        <x:v>5.47</x:v>
+        <x:v>1.75</x:v>
       </x:c>
       <x:c r="D207" s="0">
-        <x:v>498.1</x:v>
+        <x:v>467.279</x:v>
       </x:c>
       <x:c r="E207" s="0">
-        <x:v>586</x:v>
+        <x:v>549.74</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:5">
       <x:c r="A208" s="1">
-        <x:v>45735.891724537</x:v>
+        <x:v>45772.9279282407</x:v>
       </x:c>
       <x:c r="B208" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C208" s="0">
-        <x:v>5.37</x:v>
+        <x:v>1.71</x:v>
       </x:c>
       <x:c r="D208" s="0">
-        <x:v>496.451</x:v>
+        <x:v>465.18</x:v>
       </x:c>
       <x:c r="E208" s="0">
-        <x:v>584.06</x:v>
+        <x:v>547.27</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:5">
       <x:c r="A209" s="1">
-        <x:v>45734.8848958333</x:v>
+        <x:v>45771.9286921296</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C209" s="0">
-        <x:v>5.28</x:v>
+        <x:v>1.48</x:v>
       </x:c>
       <x:c r="D209" s="0">
-        <x:v>495.006</x:v>
+        <x:v>453.178</x:v>
       </x:c>
       <x:c r="E209" s="0">
-        <x:v>582.36</x:v>
+        <x:v>533.15</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:5">
       <x:c r="A210" s="1">
-        <x:v>45733.8857986111</x:v>
+        <x:v>45770.9297800926</x:v>
       </x:c>
       <x:c r="B210" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C210" s="0">
-        <x:v>6.81</x:v>
+        <x:v>1.29</x:v>
       </x:c>
       <x:c r="D210" s="0">
-        <x:v>514.165</x:v>
+        <x:v>442.23</x:v>
       </x:c>
       <x:c r="E210" s="0">
-        <x:v>604.9</x:v>
+        <x:v>520.27</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:5">
       <x:c r="A211" s="1">
-        <x:v>45730.8910532407</x:v>
+        <x:v>45769.9290856481</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C211" s="0">
-        <x:v>7.03</x:v>
+        <x:v>1.04</x:v>
       </x:c>
       <x:c r="D211" s="0">
-        <x:v>501.676</x:v>
+        <x:v>425.238</x:v>
       </x:c>
       <x:c r="E211" s="0">
-        <x:v>607.6</x:v>
+        <x:v>500.28</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:5">
       <x:c r="A212" s="1">
-        <x:v>45730.329212963</x:v>
+        <x:v>45764.930787037</x:v>
       </x:c>
       <x:c r="B212" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C212" s="0">
-        <x:v>6.41</x:v>
+        <x:v>1.06</x:v>
       </x:c>
       <x:c r="D212" s="0">
-        <x:v>501.676</x:v>
+        <x:v>426.258</x:v>
       </x:c>
       <x:c r="E212" s="0">
-        <x:v>590.64</x:v>
+        <x:v>501.48</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:5">
       <x:c r="A213" s="1">
-        <x:v>45729.9202893519</x:v>
+        <x:v>45763.9303125</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C213" s="0">
-        <x:v>5.98</x:v>
+        <x:v>1.07</x:v>
       </x:c>
       <x:c r="D213" s="0">
-        <x:v>502.044</x:v>
+        <x:v>426.964</x:v>
       </x:c>
       <x:c r="E213" s="0">
-        <x:v>0</x:v>
+        <x:v>502.31</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:5">
       <x:c r="A214" s="1">
-        <x:v>45728.8940856481</x:v>
+        <x:v>45762.9290740741</x:v>
       </x:c>
       <x:c r="B214" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C214" s="0">
-        <x:v>8.32</x:v>
+        <x:v>1.38</x:v>
       </x:c>
       <x:c r="D214" s="0">
-        <x:v>526.626</x:v>
+        <x:v>443.292</x:v>
       </x:c>
       <x:c r="E214" s="0">
-        <x:v>0</x:v>
+        <x:v>521.52</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:5">
       <x:c r="A215" s="1">
-        <x:v>45727.8961805556</x:v>
+        <x:v>45761.9296643519</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C215" s="0">
-        <x:v>7.32</x:v>
+        <x:v>1.55</x:v>
       </x:c>
       <x:c r="D215" s="0">
-        <x:v>514.854</x:v>
+        <x:v>451.758</x:v>
       </x:c>
       <x:c r="E215" s="0">
-        <x:v>605.71</x:v>
+        <x:v>531.48</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:5">
       <x:c r="A216" s="1">
-        <x:v>45726.8939467593</x:v>
+        <x:v>45758.9254282407</x:v>
       </x:c>
       <x:c r="B216" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C216" s="0">
-        <x:v>6.8</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="D216" s="0">
-        <x:v>531.811</x:v>
+        <x:v>462.034</x:v>
       </x:c>
       <x:c r="E216" s="0">
-        <x:v>625.66</x:v>
+        <x:v>543.57</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:5">
       <x:c r="A217" s="1">
-        <x:v>45723.92375</x:v>
+        <x:v>45757.9250231481</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C217" s="0">
-        <x:v>9.3</x:v>
+        <x:v>1.86</x:v>
       </x:c>
       <x:c r="D217" s="0">
-        <x:v>533.74</x:v>
+        <x:v>464.346</x:v>
       </x:c>
       <x:c r="E217" s="0">
-        <x:v>627.93</x:v>
+        <x:v>546.29</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:5">
       <x:c r="A218" s="1">
-        <x:v>45722.9231365741</x:v>
+        <x:v>45756.9250694444</x:v>
       </x:c>
       <x:c r="B218" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C218" s="0">
-        <x:v>9.52</x:v>
+        <x:v>3.12</x:v>
       </x:c>
       <x:c r="D218" s="0">
-        <x:v>558</x:v>
+        <x:v>497.904</x:v>
       </x:c>
       <x:c r="E218" s="0">
-        <x:v>656.47</x:v>
+        <x:v>585.77</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:5">
       <x:c r="A219" s="1">
-        <x:v>45721.9268402778</x:v>
+        <x:v>45755.9267013889</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C219" s="0">
-        <x:v>12.9</x:v>
+        <x:v>1.66</x:v>
       </x:c>
       <x:c r="D219" s="0">
-        <x:v>544</x:v>
+        <x:v>433.882</x:v>
       </x:c>
       <x:c r="E219" s="0">
-        <x:v>640</x:v>
+        <x:v>510.45</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:5">
       <x:c r="A220" s="1">
-        <x:v>45720.9245833333</x:v>
+        <x:v>45754.9257175926</x:v>
       </x:c>
       <x:c r="B220" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C220" s="0">
-        <x:v>11.18</x:v>
+        <x:v>1.78</x:v>
       </x:c>
       <x:c r="D220" s="0">
-        <x:v>556.792</x:v>
+        <x:v>438.812</x:v>
       </x:c>
       <x:c r="E220" s="0">
-        <x:v>655.05</x:v>
+        <x:v>516.25</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:5">
       <x:c r="A221" s="1">
-        <x:v>45719.9236805556</x:v>
+        <x:v>45751.9453240741</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C221" s="0">
-        <x:v>12.99</x:v>
+        <x:v>1.57</x:v>
       </x:c>
       <x:c r="D221" s="0">
-        <x:v>567.97</x:v>
+        <x:v>429.02</x:v>
       </x:c>
       <x:c r="E221" s="0">
-        <x:v>668.2</x:v>
+        <x:v>504.73</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:5">
       <x:c r="A222" s="1">
-        <x:v>45716.9268981482</x:v>
+        <x:v>45750.9256944444</x:v>
       </x:c>
       <x:c r="B222" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C222" s="0">
-        <x:v>14.78</x:v>
+        <x:v>2.26</x:v>
       </x:c>
       <x:c r="D222" s="0">
-        <x:v>559.504</x:v>
+        <x:v>451.877</x:v>
       </x:c>
       <x:c r="E222" s="0">
-        <x:v>658.24</x:v>
+        <x:v>531.62</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:5">
       <x:c r="A223" s="1">
-        <x:v>45715.92375</x:v>
+        <x:v>45748.9242013889</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C223" s="0">
-        <x:v>13.56</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="D223" s="0">
-        <x:v>572.645</x:v>
+        <x:v>498.1</x:v>
       </x:c>
       <x:c r="E223" s="0">
-        <x:v>673.7</x:v>
+        <x:v>586</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:5">
       <x:c r="A224" s="1">
-        <x:v>45714.9285069444</x:v>
+        <x:v>45747.9264351852</x:v>
       </x:c>
       <x:c r="B224" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C224" s="0">
-        <x:v>15.75</x:v>
+        <x:v>4.55</x:v>
       </x:c>
       <x:c r="D224" s="0">
-        <x:v>558.875</x:v>
+        <x:v>489.906</x:v>
       </x:c>
       <x:c r="E224" s="0">
-        <x:v>657.5</x:v>
+        <x:v>576.36</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:5">
       <x:c r="A225" s="1">
-        <x:v>45713.923900463</x:v>
+        <x:v>45744.883900463</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C225" s="0">
-        <x:v>13.73</x:v>
+        <x:v>4.59</x:v>
       </x:c>
       <x:c r="D225" s="0">
-        <x:v>567.91</x:v>
+        <x:v>490.229</x:v>
       </x:c>
       <x:c r="E225" s="0">
-        <x:v>668.13</x:v>
+        <x:v>576.74</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:5">
       <x:c r="A226" s="1">
-        <x:v>45712.926875</x:v>
+        <x:v>45743.8879166667</x:v>
       </x:c>
       <x:c r="B226" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C226" s="0">
-        <x:v>15.2</x:v>
+        <x:v>6.18</x:v>
       </x:c>
       <x:c r="D226" s="0">
-        <x:v>581.018</x:v>
+        <x:v>512.193</x:v>
       </x:c>
       <x:c r="E226" s="0">
-        <x:v>683.55</x:v>
+        <x:v>602.58</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:5">
       <x:c r="A227" s="1">
-        <x:v>45709.9264814815</x:v>
+        <x:v>45742.8862384259</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C227" s="0">
-        <x:v>17.65</x:v>
+        <x:v>6.75</x:v>
       </x:c>
       <x:c r="D227" s="0">
-        <x:v>590.614</x:v>
+        <x:v>519.333</x:v>
       </x:c>
       <x:c r="E227" s="0">
-        <x:v>694.84</x:v>
+        <x:v>610.98</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:5">
       <x:c r="A228" s="1">
-        <x:v>45708.9232175926</x:v>
+        <x:v>45741.8884606482</x:v>
       </x:c>
       <x:c r="B228" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C228" s="0">
-        <x:v>19.58</x:v>
+        <x:v>7.92</x:v>
       </x:c>
       <x:c r="D228" s="0">
-        <x:v>598.204</x:v>
+        <x:v>532.364</x:v>
       </x:c>
       <x:c r="E228" s="0">
-        <x:v>703.77</x:v>
+        <x:v>626.31</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:5">
       <x:c r="A229" s="1">
-        <x:v>45707.9353819444</x:v>
+        <x:v>45740.8886111111</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C229" s="0">
-        <x:v>21.22</x:v>
+        <x:v>7.39</x:v>
       </x:c>
       <x:c r="D229" s="0">
-        <x:v>608.914</x:v>
+        <x:v>526.022</x:v>
       </x:c>
       <x:c r="E229" s="0">
-        <x:v>716.37</x:v>
+        <x:v>618.85</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:5">
       <x:c r="A230" s="1">
-        <x:v>45706.9293634259</x:v>
+        <x:v>45737.8932986111</x:v>
       </x:c>
       <x:c r="B230" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C230" s="0">
-        <x:v>23.75</x:v>
+        <x:v>6.04</x:v>
       </x:c>
       <x:c r="D230" s="0">
-        <x:v>626.17</x:v>
+        <x:v>506.812</x:v>
       </x:c>
       <x:c r="E230" s="0">
-        <x:v>736.67</x:v>
+        <x:v>596.25</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:5">
       <x:c r="A231" s="1">
-        <x:v>45702.9276157407</x:v>
+        <x:v>45736.8918287037</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C231" s="0">
-        <x:v>28.61</x:v>
+        <x:v>5.47</x:v>
       </x:c>
       <x:c r="D231" s="0">
-        <x:v>619.276</x:v>
+        <x:v>498.1</x:v>
       </x:c>
       <x:c r="E231" s="0">
-        <x:v>728.56</x:v>
+        <x:v>586</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:5">
       <x:c r="A232" s="1">
-        <x:v>45700.9255092593</x:v>
+        <x:v>45735.891724537</x:v>
       </x:c>
       <x:c r="B232" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C232" s="0">
-        <x:v>26.19</x:v>
+        <x:v>5.37</x:v>
       </x:c>
       <x:c r="D232" s="0">
-        <x:v>611.83</x:v>
+        <x:v>496.451</x:v>
       </x:c>
       <x:c r="E232" s="0">
-        <x:v>719.8</x:v>
+        <x:v>584.06</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:5">
       <x:c r="A233" s="1">
-        <x:v>45699.927662037</x:v>
+        <x:v>45734.8848958333</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C233" s="0">
-        <x:v>25.05</x:v>
+        <x:v>5.28</x:v>
       </x:c>
       <x:c r="D233" s="0">
-        <x:v>609.79</x:v>
+        <x:v>495.006</x:v>
       </x:c>
       <x:c r="E233" s="0">
-        <x:v>717.4</x:v>
+        <x:v>582.36</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:5">
       <x:c r="A234" s="1">
-        <x:v>45698.9262268519</x:v>
+        <x:v>45733.8857986111</x:v>
       </x:c>
       <x:c r="B234" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C234" s="0">
-        <x:v>24.58</x:v>
+        <x:v>6.81</x:v>
       </x:c>
       <x:c r="D234" s="0">
-        <x:v>609.79</x:v>
+        <x:v>514.165</x:v>
       </x:c>
       <x:c r="E234" s="0">
-        <x:v>717.4</x:v>
+        <x:v>604.9</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:5">
       <x:c r="A235" s="1">
-        <x:v>45695.9360300926</x:v>
+        <x:v>45730.8910532407</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C235" s="0">
-        <x:v>24.08</x:v>
+        <x:v>7.03</x:v>
       </x:c>
       <x:c r="D235" s="0">
-        <x:v>605.192</x:v>
+        <x:v>501.676</x:v>
       </x:c>
       <x:c r="E235" s="0">
-        <x:v>711.99</x:v>
+        <x:v>607.6</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:5">
       <x:c r="A236" s="1">
-        <x:v>45694.9237615741</x:v>
+        <x:v>45730.329212963</x:v>
       </x:c>
       <x:c r="B236" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C236" s="0">
-        <x:v>23.6</x:v>
+        <x:v>6.41</x:v>
       </x:c>
       <x:c r="D236" s="0">
-        <x:v>599.14</x:v>
+        <x:v>501.676</x:v>
       </x:c>
       <x:c r="E236" s="0">
-        <x:v>704.87</x:v>
+        <x:v>590.64</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:5">
       <x:c r="A237" s="1">
-        <x:v>45693.9253125</x:v>
+        <x:v>45729.9202893519</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C237" s="0">
-        <x:v>22.28</x:v>
+        <x:v>5.98</x:v>
       </x:c>
       <x:c r="D237" s="0">
-        <x:v>599.14</x:v>
+        <x:v>502.044</x:v>
       </x:c>
       <x:c r="E237" s="0">
-        <x:v>704.87</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:5">
       <x:c r="A238" s="1">
-        <x:v>45692.9271180556</x:v>
+        <x:v>45728.8940856481</x:v>
       </x:c>
       <x:c r="B238" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C238" s="0">
-        <x:v>22.17</x:v>
+        <x:v>8.32</x:v>
       </x:c>
       <x:c r="D238" s="0">
-        <x:v>598.562</x:v>
+        <x:v>526.626</x:v>
       </x:c>
       <x:c r="E238" s="0">
-        <x:v>704.19</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:5">
       <x:c r="A239" s="1">
-        <x:v>45691.9280787037</x:v>
+        <x:v>45727.8961805556</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C239" s="0">
-        <x:v>20.98</x:v>
+        <x:v>7.32</x:v>
       </x:c>
       <x:c r="D239" s="0">
-        <x:v>592.841</x:v>
+        <x:v>514.854</x:v>
       </x:c>
       <x:c r="E239" s="0">
-        <x:v>697.46</x:v>
+        <x:v>605.71</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:5">
       <x:c r="A240" s="1">
-        <x:v>45688.9467939815</x:v>
+        <x:v>45726.8939467593</x:v>
       </x:c>
       <x:c r="B240" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C240" s="0">
-        <x:v>19.63</x:v>
+        <x:v>6.8</x:v>
       </x:c>
       <x:c r="D240" s="0">
-        <x:v>585.803</x:v>
+        <x:v>531.811</x:v>
       </x:c>
       <x:c r="E240" s="0">
-        <x:v>689.18</x:v>
+        <x:v>625.66</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:5">
       <x:c r="A241" s="1">
-        <x:v>45687.9293055556</x:v>
+        <x:v>45723.92375</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C241" s="0">
-        <x:v>19.29</x:v>
+        <x:v>9.3</x:v>
       </x:c>
       <x:c r="D241" s="0">
-        <x:v>583.95</x:v>
+        <x:v>533.74</x:v>
       </x:c>
       <x:c r="E241" s="0">
-        <x:v>687</x:v>
+        <x:v>627.93</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:5">
       <x:c r="A242" s="1">
-        <x:v>45686.9239930556</x:v>
+        <x:v>45722.9231365741</x:v>
       </x:c>
       <x:c r="B242" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C242" s="0">
-        <x:v>17.66</x:v>
+        <x:v>9.52</x:v>
       </x:c>
       <x:c r="D242" s="0">
-        <x:v>575.016</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="E242" s="0">
-        <x:v>676.49</x:v>
+        <x:v>656.47</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:5">
       <x:c r="A243" s="1">
-        <x:v>45685.9322106481</x:v>
+        <x:v>45721.9268402778</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C243" s="0">
-        <x:v>17.34</x:v>
+        <x:v>12.9</x:v>
       </x:c>
       <x:c r="D243" s="0">
-        <x:v>573.18</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="E243" s="0">
-        <x:v>674.33</x:v>
+        <x:v>640</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:5">
       <x:c r="A244" s="1">
-        <x:v>45681.9227893519</x:v>
+        <x:v>45720.9245833333</x:v>
       </x:c>
       <x:c r="B244" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C244" s="0">
-        <x:v>13.81</x:v>
+        <x:v>11.18</x:v>
       </x:c>
       <x:c r="D244" s="0">
-        <x:v>550.366</x:v>
+        <x:v>556.792</x:v>
       </x:c>
       <x:c r="E244" s="0">
-        <x:v>647.49</x:v>
+        <x:v>655.05</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:5">
       <x:c r="A245" s="1">
-        <x:v>45679.9244212963</x:v>
+        <x:v>45719.9236805556</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C245" s="0">
-        <x:v>11.14</x:v>
+        <x:v>12.99</x:v>
       </x:c>
       <x:c r="D245" s="0">
-        <x:v>529.975</x:v>
+        <x:v>567.97</x:v>
       </x:c>
       <x:c r="E245" s="0">
-        <x:v>623.5</x:v>
+        <x:v>668.2</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:5">
       <x:c r="A246" s="1">
-        <x:v>45678.9235300926</x:v>
+        <x:v>45716.9268981482</x:v>
       </x:c>
       <x:c r="B246" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C246" s="0">
-        <x:v>10.44</x:v>
+        <x:v>14.78</x:v>
       </x:c>
       <x:c r="D246" s="0">
-        <x:v>523.991</x:v>
+        <x:v>559.504</x:v>
       </x:c>
       <x:c r="E246" s="0">
-        <x:v>616.46</x:v>
+        <x:v>658.24</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:5">
       <x:c r="A247" s="1">
-        <x:v>45674.9244675926</x:v>
+        <x:v>45715.92375</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C247" s="0">
-        <x:v>10.12</x:v>
+        <x:v>13.56</x:v>
       </x:c>
       <x:c r="D247" s="0">
-        <x:v>520.854</x:v>
+        <x:v>572.645</x:v>
       </x:c>
       <x:c r="E247" s="0">
-        <x:v>612.77</x:v>
+        <x:v>673.7</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:5">
       <x:c r="A248" s="1">
-        <x:v>45673.9256018518</x:v>
+        <x:v>45714.9285069444</x:v>
       </x:c>
       <x:c r="B248" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C248" s="0">
-        <x:v>9.98</x:v>
+        <x:v>15.75</x:v>
       </x:c>
       <x:c r="D248" s="0">
-        <x:v>519.605</x:v>
+        <x:v>558.875</x:v>
       </x:c>
       <x:c r="E248" s="0">
-        <x:v>611.3</x:v>
+        <x:v>657.5</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:5">
       <x:c r="A249" s="1">
-        <x:v>45672.926087963</x:v>
+        <x:v>45713.923900463</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C249" s="0">
-        <x:v>10.59</x:v>
+        <x:v>13.73</x:v>
       </x:c>
       <x:c r="D249" s="0">
-        <x:v>524.552</x:v>
+        <x:v>567.91</x:v>
       </x:c>
       <x:c r="E249" s="0">
-        <x:v>617.12</x:v>
+        <x:v>668.13</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:5">
       <x:c r="A250" s="1">
-        <x:v>45671.9240856481</x:v>
+        <x:v>45712.926875</x:v>
       </x:c>
       <x:c r="B250" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C250" s="0">
-        <x:v>8.61</x:v>
+        <x:v>15.2</x:v>
       </x:c>
       <x:c r="D250" s="0">
-        <x:v>505.112</x:v>
+        <x:v>581.018</x:v>
       </x:c>
       <x:c r="E250" s="0">
-        <x:v>594.25</x:v>
+        <x:v>683.55</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:5">
       <x:c r="A251" s="1">
-        <x:v>45670.9314814815</x:v>
+        <x:v>45709.9264814815</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C251" s="0">
-        <x:v>10.02</x:v>
+        <x:v>17.65</x:v>
       </x:c>
       <x:c r="D251" s="0">
-        <x:v>517.08</x:v>
+        <x:v>590.614</x:v>
       </x:c>
       <x:c r="E251" s="0">
-        <x:v>608.33</x:v>
+        <x:v>694.84</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:5">
       <x:c r="A252" s="1">
-        <x:v>45667.9296759259</x:v>
+        <x:v>45708.9232175926</x:v>
       </x:c>
       <x:c r="B252" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C252" s="0">
-        <x:v>10.85</x:v>
+        <x:v>19.58</x:v>
       </x:c>
       <x:c r="D252" s="0">
-        <x:v>523.481</x:v>
+        <x:v>598.204</x:v>
       </x:c>
       <x:c r="E252" s="0">
-        <x:v>615.86</x:v>
+        <x:v>703.77</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:5">
       <x:c r="A253" s="1">
-        <x:v>45665.925787037</x:v>
+        <x:v>45707.9353819444</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C253" s="0">
-        <x:v>10.35</x:v>
+        <x:v>21.22</x:v>
       </x:c>
       <x:c r="D253" s="0">
-        <x:v>519.112</x:v>
+        <x:v>608.914</x:v>
       </x:c>
       <x:c r="E253" s="0">
-        <x:v>610.72</x:v>
+        <x:v>716.37</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:5">
       <x:c r="A254" s="1">
-        <x:v>45664.9260648148</x:v>
+        <x:v>45706.9293634259</x:v>
       </x:c>
       <x:c r="B254" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C254" s="0">
-        <x:v>11.14</x:v>
+        <x:v>23.75</x:v>
       </x:c>
       <x:c r="D254" s="0">
-        <x:v>525.206</x:v>
+        <x:v>626.17</x:v>
       </x:c>
       <x:c r="E254" s="0">
-        <x:v>617.89</x:v>
+        <x:v>736.67</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:5">
       <x:c r="A255" s="1">
-        <x:v>45663.9232986111</x:v>
+        <x:v>45702.9276157407</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C255" s="0">
-        <x:v>12.63</x:v>
+        <x:v>28.61</x:v>
       </x:c>
       <x:c r="D255" s="0">
-        <x:v>535.67</x:v>
+        <x:v>619.276</x:v>
       </x:c>
       <x:c r="E255" s="0">
-        <x:v>630.2</x:v>
+        <x:v>728.56</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:5">
       <x:c r="A256" s="1">
-        <x:v>45660.9250347222</x:v>
+        <x:v>45700.9255092593</x:v>
       </x:c>
       <x:c r="B256" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C256" s="0">
-        <x:v>10.1</x:v>
+        <x:v>26.19</x:v>
       </x:c>
       <x:c r="D256" s="0">
-        <x:v>513.936</x:v>
+        <x:v>611.83</x:v>
       </x:c>
       <x:c r="E256" s="0">
-        <x:v>604.63</x:v>
+        <x:v>719.8</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:5">
       <x:c r="A257" s="1">
-        <x:v>45659.9244675926</x:v>
+        <x:v>45699.927662037</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C257" s="0">
-        <x:v>9.59</x:v>
+        <x:v>25.05</x:v>
       </x:c>
       <x:c r="D257" s="0">
-        <x:v>509.354</x:v>
+        <x:v>609.79</x:v>
       </x:c>
       <x:c r="E257" s="0">
-        <x:v>599.24</x:v>
+        <x:v>717.4</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:5">
       <x:c r="A258" s="1">
-        <x:v>45656.9242708333</x:v>
+        <x:v>45698.9262268519</x:v>
       </x:c>
       <x:c r="B258" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C258" s="0">
-        <x:v>8.9</x:v>
+        <x:v>24.58</x:v>
       </x:c>
       <x:c r="D258" s="0">
-        <x:v>502.554</x:v>
+        <x:v>609.79</x:v>
       </x:c>
       <x:c r="E258" s="0">
-        <x:v>591.24</x:v>
+        <x:v>717.4</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:5">
       <x:c r="A259" s="1">
-        <x:v>45653.9297685185</x:v>
+        <x:v>45695.9360300926</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C259" s="0">
-        <x:v>9.77</x:v>
+        <x:v>24.08</x:v>
       </x:c>
       <x:c r="D259" s="0">
-        <x:v>509.838</x:v>
+        <x:v>605.192</x:v>
       </x:c>
       <x:c r="E259" s="0">
-        <x:v>599.81</x:v>
+        <x:v>711.99</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:5">
       <x:c r="A260" s="1">
-        <x:v>45649.9280208333</x:v>
+        <x:v>45694.9237615741</x:v>
       </x:c>
       <x:c r="B260" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C260" s="0">
-        <x:v>9.82</x:v>
+        <x:v>23.6</x:v>
       </x:c>
       <x:c r="D260" s="0">
-        <x:v>509.872</x:v>
+        <x:v>599.14</x:v>
       </x:c>
       <x:c r="E260" s="0">
-        <x:v>599.85</x:v>
+        <x:v>704.87</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:5">
       <x:c r="A261" s="1">
-        <x:v>45646.9391666667</x:v>
+        <x:v>45693.9253125</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C261" s="0">
-        <x:v>8.56</x:v>
+        <x:v>22.28</x:v>
       </x:c>
       <x:c r="D261" s="0">
-        <x:v>497.462</x:v>
+        <x:v>599.14</x:v>
       </x:c>
       <x:c r="E261" s="0">
-        <x:v>585.25</x:v>
+        <x:v>704.87</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:5">
       <x:c r="A262" s="1">
-        <x:v>45646.9253009259</x:v>
+        <x:v>45692.9271180556</x:v>
       </x:c>
       <x:c r="B262" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C262" s="0">
-        <x:v>8.56</x:v>
+        <x:v>22.17</x:v>
       </x:c>
       <x:c r="D262" s="0">
-        <x:v>497.462</x:v>
+        <x:v>598.562</x:v>
       </x:c>
       <x:c r="E262" s="0">
-        <x:v>585.25</x:v>
+        <x:v>704.19</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:5">
       <x:c r="A263" s="1">
-        <x:v>45645.9285532407</x:v>
+        <x:v>45691.9280787037</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C263" s="0">
-        <x:v>9.57</x:v>
+        <x:v>20.98</x:v>
       </x:c>
       <x:c r="D263" s="0">
-        <x:v>506.234</x:v>
+        <x:v>592.841</x:v>
       </x:c>
       <x:c r="E263" s="0">
-        <x:v>595.57</x:v>
+        <x:v>697.46</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:5">
       <x:c r="A264" s="1">
-        <x:v>45644.9406134259</x:v>
+        <x:v>45688.9467939815</x:v>
       </x:c>
       <x:c r="B264" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C264" s="0">
-        <x:v>9.74</x:v>
+        <x:v>19.63</x:v>
       </x:c>
       <x:c r="D264" s="0">
-        <x:v>507.612</x:v>
+        <x:v>585.803</x:v>
       </x:c>
       <x:c r="E264" s="0">
-        <x:v>597.19</x:v>
+        <x:v>689.18</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:5">
       <x:c r="A265" s="1">
-        <x:v>45643.9374305556</x:v>
+        <x:v>45687.9293055556</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C265" s="0">
-        <x:v>12.43</x:v>
+        <x:v>19.29</x:v>
       </x:c>
       <x:c r="D265" s="0">
-        <x:v>526.524</x:v>
+        <x:v>583.95</x:v>
       </x:c>
       <x:c r="E265" s="0">
-        <x:v>619.44</x:v>
+        <x:v>687</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:5">
       <x:c r="A266" s="1">
-        <x:v>45642.9331481481</x:v>
+        <x:v>45686.9239930556</x:v>
       </x:c>
       <x:c r="B266" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C266" s="0">
-        <x:v>13.05</x:v>
+        <x:v>17.66</x:v>
       </x:c>
       <x:c r="D266" s="0">
-        <x:v>530.604</x:v>
+        <x:v>575.016</x:v>
       </x:c>
       <x:c r="E266" s="0">
-        <x:v>624.24</x:v>
+        <x:v>676.49</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:5">
       <x:c r="A267" s="1">
-        <x:v>45642.3397685185</x:v>
+        <x:v>45685.9322106481</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C267" s="0">
-        <x:v>12.7</x:v>
+        <x:v>17.34</x:v>
       </x:c>
       <x:c r="D267" s="0">
-        <x:v>527.298</x:v>
+        <x:v>573.18</x:v>
       </x:c>
       <x:c r="E267" s="0">
-        <x:v>620.35</x:v>
+        <x:v>674.33</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:5">
       <x:c r="A268" s="1">
-        <x:v>45639.9310532407</x:v>
+        <x:v>45681.9227893519</x:v>
       </x:c>
       <x:c r="B268" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C268" s="0">
-        <x:v>12.58</x:v>
+        <x:v>13.81</x:v>
       </x:c>
       <x:c r="D268" s="0">
-        <x:v>527.298</x:v>
+        <x:v>550.366</x:v>
       </x:c>
       <x:c r="E268" s="0">
-        <x:v>620.35</x:v>
+        <x:v>647.49</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:5">
       <x:c r="A269" s="1">
-        <x:v>45638.9302777778</x:v>
+        <x:v>45679.9244212963</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C269" s="0">
-        <x:v>13.98</x:v>
+        <x:v>11.14</x:v>
       </x:c>
       <x:c r="D269" s="0">
-        <x:v>536.172</x:v>
+        <x:v>529.975</x:v>
       </x:c>
       <x:c r="E269" s="0">
-        <x:v>630.79</x:v>
+        <x:v>623.5</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:5">
       <x:c r="A270" s="1">
-        <x:v>45637.9260069444</x:v>
+        <x:v>45678.9235300926</x:v>
       </x:c>
       <x:c r="B270" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C270" s="0">
-        <x:v>14.25</x:v>
+        <x:v>10.44</x:v>
       </x:c>
       <x:c r="D270" s="0">
-        <x:v>537.778</x:v>
+        <x:v>523.991</x:v>
       </x:c>
       <x:c r="E270" s="0">
-        <x:v>632.68</x:v>
+        <x:v>616.46</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:5">
       <x:c r="A271" s="1">
-        <x:v>45636.9246527778</x:v>
+        <x:v>45674.9244675926</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C271" s="0">
-        <x:v>12.63</x:v>
+        <x:v>10.12</x:v>
       </x:c>
       <x:c r="D271" s="0">
-        <x:v>526.422</x:v>
+        <x:v>520.854</x:v>
       </x:c>
       <x:c r="E271" s="0">
-        <x:v>619.32</x:v>
+        <x:v>612.77</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:5">
       <x:c r="A272" s="1">
-        <x:v>45635.9292939815</x:v>
+        <x:v>45673.9256018518</x:v>
       </x:c>
       <x:c r="B272" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C272" s="0">
-        <x:v>11.97</x:v>
+        <x:v>9.98</x:v>
       </x:c>
       <x:c r="D272" s="0">
-        <x:v>521.534</x:v>
+        <x:v>519.605</x:v>
       </x:c>
       <x:c r="E272" s="0">
-        <x:v>613.57</x:v>
+        <x:v>611.3</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:5">
       <x:c r="A273" s="1">
-        <x:v>45632.930162037</x:v>
+        <x:v>45672.926087963</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C273" s="0">
-        <x:v>13.33</x:v>
+        <x:v>10.59</x:v>
       </x:c>
       <x:c r="D273" s="0">
-        <x:v>530.204</x:v>
+        <x:v>524.552</x:v>
       </x:c>
       <x:c r="E273" s="0">
-        <x:v>623.77</x:v>
+        <x:v>617.12</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:5">
       <x:c r="A274" s="1">
-        <x:v>45631.9230439815</x:v>
+        <x:v>45671.9240856481</x:v>
       </x:c>
       <x:c r="B274" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C274" s="0">
-        <x:v>11.64</x:v>
+        <x:v>8.61</x:v>
       </x:c>
       <x:c r="D274" s="0">
-        <x:v>517.59</x:v>
+        <x:v>505.112</x:v>
       </x:c>
       <x:c r="E274" s="0">
-        <x:v>608.93</x:v>
+        <x:v>594.25</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:5">
       <x:c r="A275" s="1">
-        <x:v>45630.9239583333</x:v>
+        <x:v>45670.9314814815</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C275" s="0">
-        <x:v>12.23</x:v>
+        <x:v>10.02</x:v>
       </x:c>
       <x:c r="D275" s="0">
-        <x:v>521.713</x:v>
+        <x:v>517.08</x:v>
       </x:c>
       <x:c r="E275" s="0">
-        <x:v>613.78</x:v>
+        <x:v>608.33</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:5">
       <x:c r="A276" s="1">
-        <x:v>45628.9241666667</x:v>
+        <x:v>45667.9296759259</x:v>
       </x:c>
       <x:c r="B276" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C276" s="0">
-        <x:v>10.11</x:v>
+        <x:v>10.85</x:v>
       </x:c>
       <x:c r="D276" s="0">
-        <x:v>503.906</x:v>
+        <x:v>523.481</x:v>
       </x:c>
       <x:c r="E276" s="0">
-        <x:v>592.83</x:v>
+        <x:v>615.86</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:5">
       <x:c r="A277" s="1">
-        <x:v>45625.8309143518</x:v>
+        <x:v>45665.925787037</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C277" s="0">
-        <x:v>8.5</x:v>
+        <x:v>10.35</x:v>
       </x:c>
       <x:c r="D277" s="0">
-        <x:v>488.172</x:v>
+        <x:v>519.112</x:v>
       </x:c>
       <x:c r="E277" s="0">
-        <x:v>574.32</x:v>
+        <x:v>610.72</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:5">
       <x:c r="A278" s="1">
-        <x:v>45623.9383449074</x:v>
+        <x:v>45664.9260648148</x:v>
       </x:c>
       <x:c r="B278" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C278" s="0">
-        <x:v>8.08</x:v>
+        <x:v>11.14</x:v>
       </x:c>
       <x:c r="D278" s="0">
-        <x:v>483.82</x:v>
+        <x:v>525.206</x:v>
       </x:c>
       <x:c r="E278" s="0">
-        <x:v>569.2</x:v>
+        <x:v>617.89</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:5">
       <x:c r="A279" s="1">
-        <x:v>45622.9256134259</x:v>
+        <x:v>45663.9232986111</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C279" s="0">
-        <x:v>8.47</x:v>
+        <x:v>12.63</x:v>
       </x:c>
       <x:c r="D279" s="0">
-        <x:v>487.509</x:v>
+        <x:v>535.67</x:v>
       </x:c>
       <x:c r="E279" s="0">
-        <x:v>573.54</x:v>
+        <x:v>630.2</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:5">
       <x:c r="A280" s="1">
-        <x:v>45621.9280439815</x:v>
+        <x:v>45660.9250347222</x:v>
       </x:c>
       <x:c r="B280" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C280" s="0">
-        <x:v>7.78</x:v>
+        <x:v>10.1</x:v>
       </x:c>
       <x:c r="D280" s="0">
-        <x:v>480.344</x:v>
+        <x:v>513.936</x:v>
       </x:c>
       <x:c r="E280" s="0">
-        <x:v>565.11</x:v>
+        <x:v>604.63</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:5">
       <x:c r="A281" s="1">
-        <x:v>45618.9261574074</x:v>
+        <x:v>45659.9244675926</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C281" s="0">
-        <x:v>7.34</x:v>
+        <x:v>9.59</x:v>
       </x:c>
       <x:c r="D281" s="0">
-        <x:v>475.269</x:v>
+        <x:v>509.354</x:v>
       </x:c>
       <x:c r="E281" s="0">
-        <x:v>559.14</x:v>
+        <x:v>599.24</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:5">
       <x:c r="A282" s="1">
-        <x:v>45617.9238194444</x:v>
+        <x:v>45656.9242708333</x:v>
       </x:c>
       <x:c r="B282" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C282" s="0">
-        <x:v>7.67</x:v>
+        <x:v>8.9</x:v>
       </x:c>
       <x:c r="D282" s="0">
-        <x:v>478.626</x:v>
+        <x:v>502.554</x:v>
       </x:c>
       <x:c r="E282" s="0">
-        <x:v>563.09</x:v>
+        <x:v>591.24</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:5">
       <x:c r="A283" s="1">
-        <x:v>45616.9246643518</x:v>
+        <x:v>45653.9297685185</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C283" s="0">
-        <x:v>7.88</x:v>
+        <x:v>9.77</x:v>
       </x:c>
       <x:c r="D283" s="0">
-        <x:v>480.692</x:v>
+        <x:v>509.838</x:v>
       </x:c>
       <x:c r="E283" s="0">
-        <x:v>565.52</x:v>
+        <x:v>599.81</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:5">
       <x:c r="A284" s="1">
-        <x:v>45615.9253009259</x:v>
+        <x:v>45649.9280208333</x:v>
       </x:c>
       <x:c r="B284" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C284" s="0">
-        <x:v>7.53</x:v>
+        <x:v>9.82</x:v>
       </x:c>
       <x:c r="D284" s="0">
-        <x:v>476.926</x:v>
+        <x:v>509.872</x:v>
       </x:c>
       <x:c r="E284" s="0">
-        <x:v>561.09</x:v>
+        <x:v>599.85</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:5">
       <x:c r="A285" s="1">
-        <x:v>45614.924212963</x:v>
+        <x:v>45646.9391666667</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C285" s="0">
-        <x:v>7.03</x:v>
+        <x:v>8.56</x:v>
       </x:c>
       <x:c r="D285" s="0">
-        <x:v>471.24</x:v>
+        <x:v>497.462</x:v>
       </x:c>
       <x:c r="E285" s="0">
-        <x:v>554.4</x:v>
+        <x:v>585.25</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:5">
       <x:c r="A286" s="1">
-        <x:v>45611.9273958333</x:v>
+        <x:v>45646.9253009259</x:v>
       </x:c>
       <x:c r="B286" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C286" s="0">
-        <x:v>7.03</x:v>
+        <x:v>8.56</x:v>
       </x:c>
       <x:c r="D286" s="0">
-        <x:v>470.968</x:v>
+        <x:v>497.462</x:v>
       </x:c>
       <x:c r="E286" s="0">
-        <x:v>554.08</x:v>
+        <x:v>585.25</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:5">
       <x:c r="A287" s="1">
-        <x:v>45610.9252662037</x:v>
+        <x:v>45645.9285532407</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C287" s="0">
-        <x:v>9.27</x:v>
+        <x:v>9.57</x:v>
       </x:c>
       <x:c r="D287" s="0">
-        <x:v>490.586</x:v>
+        <x:v>506.234</x:v>
       </x:c>
       <x:c r="E287" s="0">
-        <x:v>577.16</x:v>
+        <x:v>595.57</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:5">
       <x:c r="A288" s="1">
-        <x:v>45609.9228587963</x:v>
+        <x:v>45644.9406134259</x:v>
       </x:c>
       <x:c r="B288" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C288" s="0">
-        <x:v>9.56</x:v>
+        <x:v>9.74</x:v>
       </x:c>
       <x:c r="D288" s="0">
-        <x:v>493</x:v>
+        <x:v>507.612</x:v>
       </x:c>
       <x:c r="E288" s="0">
-        <x:v>580</x:v>
+        <x:v>597.19</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:5">
       <x:c r="A289" s="1">
-        <x:v>45608.9377893519</x:v>
+        <x:v>45643.9374305556</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C289" s="0">
-        <x:v>10.07</x:v>
+        <x:v>12.43</x:v>
       </x:c>
       <x:c r="D289" s="0">
-        <x:v>497.097</x:v>
+        <x:v>526.524</x:v>
       </x:c>
       <x:c r="E289" s="0">
-        <x:v>584.82</x:v>
+        <x:v>619.44</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:5">
       <x:c r="A290" s="1">
-        <x:v>45607.9260648148</x:v>
+        <x:v>45642.9331481481</x:v>
       </x:c>
       <x:c r="B290" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C290" s="0">
-        <x:v>9.91</x:v>
+        <x:v>13.05</x:v>
       </x:c>
       <x:c r="D290" s="0">
-        <x:v>495.694</x:v>
+        <x:v>530.604</x:v>
       </x:c>
       <x:c r="E290" s="0">
-        <x:v>583.17</x:v>
+        <x:v>624.24</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:5">
       <x:c r="A291" s="1">
-        <x:v>45604.925625</x:v>
+        <x:v>45642.3397685185</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C291" s="0">
-        <x:v>10.61</x:v>
+        <x:v>12.7</x:v>
       </x:c>
       <x:c r="D291" s="0">
-        <x:v>500.939</x:v>
+        <x:v>527.298</x:v>
       </x:c>
       <x:c r="E291" s="0">
-        <x:v>589.34</x:v>
+        <x:v>620.35</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:5">
       <x:c r="A292" s="1">
-        <x:v>45603.923900463</x:v>
+        <x:v>45639.9310532407</x:v>
       </x:c>
       <x:c r="B292" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C292" s="0">
-        <x:v>10.89</x:v>
+        <x:v>12.58</x:v>
       </x:c>
       <x:c r="D292" s="0">
-        <x:v>502.945</x:v>
+        <x:v>527.298</x:v>
       </x:c>
       <x:c r="E292" s="0">
-        <x:v>591.7</x:v>
+        <x:v>620.35</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:5">
       <x:c r="A293" s="1">
-        <x:v>45602.925625</x:v>
+        <x:v>45638.9302777778</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C293" s="0">
-        <x:v>9.04</x:v>
+        <x:v>13.98</x:v>
       </x:c>
       <x:c r="D293" s="0">
-        <x:v>486.242</x:v>
+        <x:v>536.172</x:v>
       </x:c>
       <x:c r="E293" s="0">
-        <x:v>572.05</x:v>
+        <x:v>630.79</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:5">
       <x:c r="A294" s="1">
-        <x:v>45601.9256481481</x:v>
+        <x:v>45637.9260069444</x:v>
       </x:c>
       <x:c r="B294" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C294" s="0">
-        <x:v>9.08</x:v>
+        <x:v>14.25</x:v>
       </x:c>
       <x:c r="D294" s="0">
-        <x:v>486.566</x:v>
+        <x:v>537.778</x:v>
       </x:c>
       <x:c r="E294" s="0">
-        <x:v>572.43</x:v>
+        <x:v>632.68</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:5">
       <x:c r="A295" s="1">
-        <x:v>45600.9294560185</x:v>
+        <x:v>45636.9246527778</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C295" s="0">
-        <x:v>8.08</x:v>
+        <x:v>12.63</x:v>
       </x:c>
       <x:c r="D295" s="0">
-        <x:v>476.578</x:v>
+        <x:v>526.422</x:v>
       </x:c>
       <x:c r="E295" s="0">
-        <x:v>560.68</x:v>
+        <x:v>619.32</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:5">
       <x:c r="A296" s="1">
-        <x:v>45597.8878240741</x:v>
+        <x:v>45635.9292939815</x:v>
       </x:c>
       <x:c r="B296" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C296" s="0">
-        <x:v>8.7</x:v>
+        <x:v>11.97</x:v>
       </x:c>
       <x:c r="D296" s="0">
-        <x:v>482.086</x:v>
+        <x:v>521.534</x:v>
       </x:c>
       <x:c r="E296" s="0">
-        <x:v>567.16</x:v>
+        <x:v>613.57</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:5">
       <x:c r="A297" s="1">
-        <x:v>45596.8871180556</x:v>
+        <x:v>45632.930162037</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C297" s="0">
-        <x:v>8.75</x:v>
+        <x:v>13.33</x:v>
       </x:c>
       <x:c r="D297" s="0">
-        <x:v>482.443</x:v>
+        <x:v>530.204</x:v>
       </x:c>
       <x:c r="E297" s="0">
-        <x:v>567.58</x:v>
+        <x:v>623.77</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:5">
       <x:c r="A298" s="1">
-        <x:v>45595.8839930556</x:v>
+        <x:v>45631.9230439815</x:v>
       </x:c>
       <x:c r="B298" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C298" s="0">
-        <x:v>11.62</x:v>
+        <x:v>11.64</x:v>
       </x:c>
       <x:c r="D298" s="0">
-        <x:v>503.03</x:v>
+        <x:v>517.59</x:v>
       </x:c>
       <x:c r="E298" s="0">
-        <x:v>591.8</x:v>
+        <x:v>608.93</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:5">
       <x:c r="A299" s="1">
-        <x:v>45594.8862962963</x:v>
+        <x:v>45630.9239583333</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C299" s="0">
-        <x:v>11.81</x:v>
+        <x:v>12.23</x:v>
       </x:c>
       <x:c r="D299" s="0">
-        <x:v>504.288</x:v>
+        <x:v>521.713</x:v>
       </x:c>
       <x:c r="E299" s="0">
-        <x:v>593.28</x:v>
+        <x:v>613.78</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:5">
       <x:c r="A300" s="1">
-        <x:v>45593.8878125</x:v>
+        <x:v>45628.9241666667</x:v>
       </x:c>
       <x:c r="B300" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C300" s="0">
-        <x:v>10.22</x:v>
+        <x:v>10.11</x:v>
       </x:c>
       <x:c r="D300" s="0">
-        <x:v>491.436</x:v>
+        <x:v>503.906</x:v>
       </x:c>
       <x:c r="E300" s="0">
-        <x:v>578.16</x:v>
+        <x:v>592.83</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:5">
       <x:c r="A301" s="1">
-        <x:v>45590.9259259259</x:v>
+        <x:v>45625.8309143518</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C301" s="0">
-        <x:v>9.75</x:v>
+        <x:v>8.5</x:v>
       </x:c>
       <x:c r="D301" s="0">
-        <x:v>487.262</x:v>
+        <x:v>488.172</x:v>
       </x:c>
       <x:c r="E301" s="0">
-        <x:v>573.25</x:v>
+        <x:v>574.32</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:5">
       <x:c r="A302" s="1">
-        <x:v>45589.9268287037</x:v>
+        <x:v>45623.9383449074</x:v>
       </x:c>
       <x:c r="B302" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C302" s="0">
-        <x:v>9.23</x:v>
+        <x:v>8.08</x:v>
       </x:c>
       <x:c r="D302" s="0">
-        <x:v>482.613</x:v>
+        <x:v>483.82</x:v>
       </x:c>
       <x:c r="E302" s="0">
-        <x:v>567.78</x:v>
+        <x:v>569.2</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:5">
       <x:c r="A303" s="1">
-        <x:v>45588.9251041667</x:v>
+        <x:v>45622.9256134259</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C303" s="0">
-        <x:v>8.85</x:v>
+        <x:v>8.47</x:v>
       </x:c>
       <x:c r="D303" s="0">
-        <x:v>479.136</x:v>
+        <x:v>487.509</x:v>
       </x:c>
       <x:c r="E303" s="0">
-        <x:v>563.69</x:v>
+        <x:v>573.54</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:5">
       <x:c r="A304" s="1">
-        <x:v>45587.928587963</x:v>
+        <x:v>45621.9280439815</x:v>
       </x:c>
       <x:c r="B304" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C304" s="0">
-        <x:v>10.93</x:v>
+        <x:v>7.78</x:v>
       </x:c>
       <x:c r="D304" s="0">
-        <x:v>494.708</x:v>
+        <x:v>480.344</x:v>
       </x:c>
       <x:c r="E304" s="0">
-        <x:v>582.01</x:v>
+        <x:v>565.11</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:5">
       <x:c r="A305" s="1">
-        <x:v>45586.9257407407</x:v>
+        <x:v>45618.9261574074</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C305" s="0">
-        <x:v>10.21</x:v>
+        <x:v>7.34</x:v>
       </x:c>
       <x:c r="D305" s="0">
-        <x:v>488.886</x:v>
+        <x:v>475.269</x:v>
       </x:c>
       <x:c r="E305" s="0">
-        <x:v>575.16</x:v>
+        <x:v>559.14</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:5">
       <x:c r="A306" s="1">
-        <x:v>45582.9404050926</x:v>
+        <x:v>45617.9238194444</x:v>
       </x:c>
       <x:c r="B306" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C306" s="0">
-        <x:v>10.45</x:v>
+        <x:v>7.67</x:v>
       </x:c>
       <x:c r="D306" s="0">
-        <x:v>490.39</x:v>
+        <x:v>478.626</x:v>
       </x:c>
       <x:c r="E306" s="0">
-        <x:v>576.93</x:v>
+        <x:v>563.09</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:5">
       <x:c r="A307" s="1">
-        <x:v>45580.939212963</x:v>
+        <x:v>45616.9246643518</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C307" s="0">
-        <x:v>11.59</x:v>
+        <x:v>7.88</x:v>
       </x:c>
       <x:c r="D307" s="0">
-        <x:v>498.33</x:v>
+        <x:v>480.692</x:v>
       </x:c>
       <x:c r="E307" s="0">
-        <x:v>586.27</x:v>
+        <x:v>565.52</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:5">
       <x:c r="A308" s="1">
-        <x:v>45579.9269328704</x:v>
+        <x:v>45615.9253009259</x:v>
       </x:c>
       <x:c r="B308" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C308" s="0">
-        <x:v>12.11</x:v>
+        <x:v>7.53</x:v>
       </x:c>
       <x:c r="D308" s="0">
-        <x:v>501.857</x:v>
+        <x:v>476.926</x:v>
       </x:c>
       <x:c r="E308" s="0">
-        <x:v>590.42</x:v>
+        <x:v>561.09</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:5">
       <x:c r="A309" s="1">
-        <x:v>45576.9277314815</x:v>
+        <x:v>45614.924212963</x:v>
       </x:c>
       <x:c r="B309" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C309" s="0">
-        <x:v>12.1</x:v>
+        <x:v>7.03</x:v>
       </x:c>
       <x:c r="D309" s="0">
-        <x:v>501.458</x:v>
+        <x:v>471.24</x:v>
       </x:c>
       <x:c r="E309" s="0">
-        <x:v>589.95</x:v>
+        <x:v>554.4</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:5">
       <x:c r="A310" s="1">
-        <x:v>45575.9297685185</x:v>
+        <x:v>45611.9273958333</x:v>
       </x:c>
       <x:c r="B310" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C310" s="0">
-        <x:v>11.4</x:v>
+        <x:v>7.03</x:v>
       </x:c>
       <x:c r="D310" s="0">
-        <x:v>496.256</x:v>
+        <x:v>470.968</x:v>
       </x:c>
       <x:c r="E310" s="0">
-        <x:v>583.83</x:v>
+        <x:v>554.08</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:5">
       <x:c r="A311" s="1">
-        <x:v>45574.9233101852</x:v>
+        <x:v>45610.9252662037</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C311" s="0">
-        <x:v>12.24</x:v>
+        <x:v>9.27</x:v>
       </x:c>
       <x:c r="D311" s="0">
-        <x:v>501.934</x:v>
+        <x:v>490.586</x:v>
       </x:c>
       <x:c r="E311" s="0">
-        <x:v>590.51</x:v>
+        <x:v>577.16</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:5">
       <x:c r="A312" s="1">
-        <x:v>45573.9227314815</x:v>
+        <x:v>45609.9228587963</x:v>
       </x:c>
       <x:c r="B312" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C312" s="0">
-        <x:v>12.56</x:v>
+        <x:v>9.56</x:v>
       </x:c>
       <x:c r="D312" s="0">
-        <x:v>503.956</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="E312" s="0">
-        <x:v>592.89</x:v>
+        <x:v>580</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:5">
       <x:c r="A313" s="1">
-        <x:v>45572.9228935185</x:v>
+        <x:v>45608.9377893519</x:v>
       </x:c>
       <x:c r="B313" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C313" s="0">
-        <x:v>11.61</x:v>
+        <x:v>10.07</x:v>
       </x:c>
       <x:c r="D313" s="0">
-        <x:v>497.063</x:v>
+        <x:v>497.097</x:v>
       </x:c>
       <x:c r="E313" s="0">
-        <x:v>584.78</x:v>
+        <x:v>584.82</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:5">
       <x:c r="A314" s="1">
-        <x:v>45569.9240972222</x:v>
+        <x:v>45607.9260648148</x:v>
       </x:c>
       <x:c r="B314" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C314" s="0">
-        <x:v>13.13</x:v>
+        <x:v>9.91</x:v>
       </x:c>
       <x:c r="D314" s="0">
-        <x:v>506.549</x:v>
+        <x:v>495.694</x:v>
       </x:c>
       <x:c r="E314" s="0">
-        <x:v>595.94</x:v>
+        <x:v>583.17</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:5">
       <x:c r="A315" s="1">
-        <x:v>45568.9237152778</x:v>
+        <x:v>45604.925625</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C315" s="0">
-        <x:v>11.57</x:v>
+        <x:v>10.61</x:v>
       </x:c>
       <x:c r="D315" s="0">
-        <x:v>495.354</x:v>
+        <x:v>500.939</x:v>
       </x:c>
       <x:c r="E315" s="0">
-        <x:v>582.77</x:v>
+        <x:v>589.34</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:5">
       <x:c r="A316" s="1">
-        <x:v>45567.9236458333</x:v>
+        <x:v>45603.923900463</x:v>
       </x:c>
       <x:c r="B316" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C316" s="0">
-        <x:v>10.49</x:v>
+        <x:v>10.89</x:v>
       </x:c>
       <x:c r="D316" s="0">
-        <x:v>486.888</x:v>
+        <x:v>502.945</x:v>
       </x:c>
       <x:c r="E316" s="0">
-        <x:v>572.81</x:v>
+        <x:v>591.7</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:5">
       <x:c r="A317" s="1">
-        <x:v>45566.9238310185</x:v>
+        <x:v>45602.925625</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C317" s="0">
-        <x:v>10.92</x:v>
+        <x:v>9.04</x:v>
       </x:c>
       <x:c r="D317" s="0">
-        <x:v>490</x:v>
+        <x:v>486.242</x:v>
       </x:c>
       <x:c r="E317" s="0">
-        <x:v>576.47</x:v>
+        <x:v>572.05</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:5">
       <x:c r="A318" s="1">
-        <x:v>45565.9307060185</x:v>
+        <x:v>45601.9256481481</x:v>
       </x:c>
       <x:c r="B318" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C318" s="0">
-        <x:v>10.49</x:v>
+        <x:v>9.08</x:v>
       </x:c>
       <x:c r="D318" s="0">
-        <x:v>486.574</x:v>
+        <x:v>486.566</x:v>
       </x:c>
       <x:c r="E318" s="0">
-        <x:v>572.44</x:v>
+        <x:v>572.43</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:5">
       <x:c r="A319" s="1">
-        <x:v>45562.924849537</x:v>
+        <x:v>45600.9294560185</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C319" s="0">
-        <x:v>9.99</x:v>
+        <x:v>8.08</x:v>
       </x:c>
       <x:c r="D319" s="0">
-        <x:v>482.256</x:v>
+        <x:v>476.578</x:v>
       </x:c>
       <x:c r="E319" s="0">
-        <x:v>567.36</x:v>
+        <x:v>560.68</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:5">
       <x:c r="A320" s="1">
-        <x:v>45561.9242824074</x:v>
+        <x:v>45597.8878240741</x:v>
       </x:c>
       <x:c r="B320" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C320" s="0">
-        <x:v>10.05</x:v>
+        <x:v>8.7</x:v>
       </x:c>
       <x:c r="D320" s="0">
-        <x:v>482.664</x:v>
+        <x:v>482.086</x:v>
       </x:c>
       <x:c r="E320" s="0">
-        <x:v>567.84</x:v>
+        <x:v>567.16</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:5">
       <x:c r="A321" s="1">
-        <x:v>45560.9242708333</x:v>
+        <x:v>45596.8871180556</x:v>
       </x:c>
       <x:c r="B321" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C321" s="0">
-        <x:v>10.11</x:v>
+        <x:v>8.75</x:v>
       </x:c>
       <x:c r="D321" s="0">
-        <x:v>483.064</x:v>
+        <x:v>482.443</x:v>
       </x:c>
       <x:c r="E321" s="0">
-        <x:v>568.31</x:v>
+        <x:v>567.58</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:5">
       <x:c r="A322" s="1">
-        <x:v>45559.9250694444</x:v>
+        <x:v>45595.8839930556</x:v>
       </x:c>
       <x:c r="B322" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C322" s="0">
-        <x:v>9.61</x:v>
+        <x:v>11.62</x:v>
       </x:c>
       <x:c r="D322" s="0">
-        <x:v>478.83</x:v>
+        <x:v>503.03</x:v>
       </x:c>
       <x:c r="E322" s="0">
-        <x:v>563.33</x:v>
+        <x:v>591.8</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:5">
       <x:c r="A323" s="1">
-        <x:v>45558.9281018519</x:v>
+        <x:v>45594.8862962963</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C323" s="0">
-        <x:v>9.74</x:v>
+        <x:v>11.81</x:v>
       </x:c>
       <x:c r="D323" s="0">
-        <x:v>479.748</x:v>
+        <x:v>504.288</x:v>
       </x:c>
       <x:c r="E323" s="0">
-        <x:v>564.41</x:v>
+        <x:v>593.28</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:5">
       <x:c r="A324" s="1">
-        <x:v>45555.9288310185</x:v>
+        <x:v>45593.8878125</x:v>
       </x:c>
       <x:c r="B324" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C324" s="0">
-        <x:v>9.46</x:v>
+        <x:v>10.22</x:v>
       </x:c>
       <x:c r="D324" s="0">
-        <x:v>477.148</x:v>
+        <x:v>491.436</x:v>
       </x:c>
       <x:c r="E324" s="0">
-        <x:v>561.35</x:v>
+        <x:v>578.16</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:5">
       <x:c r="A325" s="1">
-        <x:v>45554.9249074074</x:v>
+        <x:v>45590.9259259259</x:v>
       </x:c>
       <x:c r="B325" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C325" s="0">
-        <x:v>9.25</x:v>
+        <x:v>9.75</x:v>
       </x:c>
       <x:c r="D325" s="0">
-        <x:v>475.235</x:v>
+        <x:v>487.262</x:v>
       </x:c>
       <x:c r="E325" s="0">
-        <x:v>559.1</x:v>
+        <x:v>573.25</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:5">
       <x:c r="A326" s="1">
-        <x:v>45553.9237847222</x:v>
+        <x:v>45589.9268287037</x:v>
       </x:c>
       <x:c r="B326" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C326" s="0">
-        <x:v>7.49</x:v>
+        <x:v>9.23</x:v>
       </x:c>
       <x:c r="D326" s="0">
-        <x:v>457.258</x:v>
+        <x:v>482.613</x:v>
       </x:c>
       <x:c r="E326" s="0">
-        <x:v>537.95</x:v>
+        <x:v>567.78</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:5">
       <x:c r="A327" s="1">
-        <x:v>45552.9224537037</x:v>
+        <x:v>45588.9251041667</x:v>
       </x:c>
       <x:c r="B327" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C327" s="0">
-        <x:v>7.36</x:v>
+        <x:v>8.85</x:v>
       </x:c>
       <x:c r="D327" s="0">
-        <x:v>455.868</x:v>
+        <x:v>479.136</x:v>
       </x:c>
       <x:c r="E327" s="0">
-        <x:v>536.315</x:v>
+        <x:v>563.69</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:5">
       <x:c r="A328" s="1">
-        <x:v>45551.9244444444</x:v>
+        <x:v>45587.928587963</x:v>
       </x:c>
       <x:c r="B328" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C328" s="0">
-        <x:v>7.13</x:v>
+        <x:v>10.93</x:v>
       </x:c>
       <x:c r="D328" s="0">
-        <x:v>453.288</x:v>
+        <x:v>494.708</x:v>
       </x:c>
       <x:c r="E328" s="0">
-        <x:v>533.28</x:v>
+        <x:v>582.01</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:5">
       <x:c r="A329" s="1">
-        <x:v>45551.332337963</x:v>
+        <x:v>45586.9257407407</x:v>
       </x:c>
       <x:c r="B329" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C329" s="0">
-        <x:v>6.36</x:v>
+        <x:v>10.21</x:v>
       </x:c>
       <x:c r="D329" s="0">
-        <x:v>445.927</x:v>
+        <x:v>488.886</x:v>
       </x:c>
       <x:c r="E329" s="0">
-        <x:v>524.62</x:v>
+        <x:v>575.16</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:5">
       <x:c r="A330" s="1">
-        <x:v>45547.9299189815</x:v>
+        <x:v>45582.9404050926</x:v>
       </x:c>
       <x:c r="B330" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C330" s="0">
-        <x:v>6.57</x:v>
+        <x:v>10.45</x:v>
       </x:c>
       <x:c r="D330" s="0">
-        <x:v>446.76</x:v>
+        <x:v>490.39</x:v>
       </x:c>
       <x:c r="E330" s="0">
-        <x:v>525.6</x:v>
+        <x:v>576.93</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:5">
       <x:c r="A331" s="1">
-        <x:v>45546.9263078704</x:v>
+        <x:v>45580.939212963</x:v>
       </x:c>
       <x:c r="B331" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C331" s="0">
-        <x:v>5.66</x:v>
+        <x:v>11.59</x:v>
       </x:c>
       <x:c r="D331" s="0">
-        <x:v>435.056</x:v>
+        <x:v>498.33</x:v>
       </x:c>
       <x:c r="E331" s="0">
-        <x:v>511.83</x:v>
+        <x:v>586.27</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:5">
       <x:c r="A332" s="1">
-        <x:v>45545.9252893518</x:v>
+        <x:v>45579.9269328704</x:v>
       </x:c>
       <x:c r="B332" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C332" s="0">
-        <x:v>5.23</x:v>
+        <x:v>12.11</x:v>
       </x:c>
       <x:c r="D332" s="0">
-        <x:v>429.072</x:v>
+        <x:v>501.857</x:v>
       </x:c>
       <x:c r="E332" s="0">
-        <x:v>504.79</x:v>
+        <x:v>590.42</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:5">
       <x:c r="A333" s="1">
-        <x:v>45544.9242824074</x:v>
+        <x:v>45576.9277314815</x:v>
       </x:c>
       <x:c r="B333" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C333" s="0">
-        <x:v>5.24</x:v>
+        <x:v>12.1</x:v>
       </x:c>
       <x:c r="D333" s="0">
-        <x:v>429.072</x:v>
+        <x:v>501.458</x:v>
       </x:c>
       <x:c r="E333" s="0">
-        <x:v>504.79</x:v>
+        <x:v>589.95</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:5">
       <x:c r="A334" s="1">
-        <x:v>45541.9261342593</x:v>
+        <x:v>45575.9297685185</x:v>
       </x:c>
       <x:c r="B334" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C334" s="0">
-        <x:v>4.98</x:v>
+        <x:v>11.4</x:v>
       </x:c>
       <x:c r="D334" s="0">
-        <x:v>425.23</x:v>
+        <x:v>496.256</x:v>
       </x:c>
       <x:c r="E334" s="0">
-        <x:v>500.27</x:v>
+        <x:v>583.83</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:5">
       <x:c r="A335" s="1">
-        <x:v>45540.9253935185</x:v>
+        <x:v>45574.9233101852</x:v>
       </x:c>
       <x:c r="B335" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C335" s="0">
-        <x:v>6.18</x:v>
+        <x:v>12.24</x:v>
       </x:c>
       <x:c r="D335" s="0">
-        <x:v>439.331</x:v>
+        <x:v>501.934</x:v>
       </x:c>
       <x:c r="E335" s="0">
-        <x:v>516.86</x:v>
+        <x:v>590.51</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:5">
       <x:c r="A336" s="1">
-        <x:v>45539.9231365741</x:v>
+        <x:v>45573.9227314815</x:v>
       </x:c>
       <x:c r="B336" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C336" s="0">
-        <x:v>5.91</x:v>
+        <x:v>12.56</x:v>
       </x:c>
       <x:c r="D336" s="0">
-        <x:v>435.829</x:v>
+        <x:v>503.956</x:v>
       </x:c>
       <x:c r="E336" s="0">
-        <x:v>512.74</x:v>
+        <x:v>592.89</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:5">
       <x:c r="A337" s="1">
-        <x:v>45534.9322222222</x:v>
+        <x:v>45572.9228935185</x:v>
       </x:c>
       <x:c r="B337" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C337" s="0">
-        <x:v>6.6</x:v>
+        <x:v>11.61</x:v>
       </x:c>
       <x:c r="D337" s="0">
-        <x:v>443.114</x:v>
+        <x:v>497.063</x:v>
       </x:c>
       <x:c r="E337" s="0">
-        <x:v>521.31</x:v>
+        <x:v>584.78</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:5">
       <x:c r="A338" s="1">
-        <x:v>45533.930462963</x:v>
+        <x:v>45569.9240972222</x:v>
       </x:c>
       <x:c r="B338" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C338" s="0">
-        <x:v>6.38</x:v>
+        <x:v>13.13</x:v>
       </x:c>
       <x:c r="D338" s="0">
-        <x:v>440.487</x:v>
+        <x:v>506.549</x:v>
       </x:c>
       <x:c r="E338" s="0">
-        <x:v>518.22</x:v>
+        <x:v>595.94</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:5">
       <x:c r="A339" s="1">
-        <x:v>45532.9225462963</x:v>
+        <x:v>45568.9237152778</x:v>
       </x:c>
       <x:c r="B339" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C339" s="0">
-        <x:v>6.29</x:v>
+        <x:v>11.57</x:v>
       </x:c>
       <x:c r="D339" s="0">
-        <x:v>439.263</x:v>
+        <x:v>495.354</x:v>
       </x:c>
       <x:c r="E339" s="0">
-        <x:v>516.78</x:v>
+        <x:v>582.77</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:5">
       <x:c r="A340" s="1">
-        <x:v>45531.9245138889</x:v>
+        <x:v>45567.9236458333</x:v>
       </x:c>
       <x:c r="B340" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C340" s="0">
-        <x:v>6.47</x:v>
+        <x:v>10.49</x:v>
       </x:c>
       <x:c r="D340" s="0">
-        <x:v>441.235</x:v>
+        <x:v>486.888</x:v>
       </x:c>
       <x:c r="E340" s="0">
-        <x:v>519.1</x:v>
+        <x:v>572.81</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:5">
       <x:c r="A341" s="1">
-        <x:v>45530.924212963</x:v>
+        <x:v>45566.9238310185</x:v>
       </x:c>
       <x:c r="B341" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C341" s="0">
-        <x:v>6.63</x:v>
+        <x:v>10.92</x:v>
       </x:c>
       <x:c r="D341" s="0">
-        <x:v>442.952</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="E341" s="0">
-        <x:v>521.12</x:v>
+        <x:v>576.47</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:5">
       <x:c r="A342" s="1">
-        <x:v>45527.9240162037</x:v>
+        <x:v>45565.9307060185</x:v>
       </x:c>
       <x:c r="B342" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C342" s="0">
-        <x:v>7.22</x:v>
+        <x:v>10.49</x:v>
       </x:c>
       <x:c r="D342" s="0">
-        <x:v>448.8</x:v>
+        <x:v>486.574</x:v>
       </x:c>
       <x:c r="E342" s="0">
-        <x:v>528</x:v>
+        <x:v>572.44</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:5">
       <x:c r="A343" s="1">
-        <x:v>45526.9255671296</x:v>
+        <x:v>45562.924849537</x:v>
       </x:c>
       <x:c r="B343" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C343" s="0">
-        <x:v>7.57</x:v>
+        <x:v>9.99</x:v>
       </x:c>
       <x:c r="D343" s="0">
-        <x:v>452.14</x:v>
+        <x:v>482.256</x:v>
       </x:c>
       <x:c r="E343" s="0">
-        <x:v>531.93</x:v>
+        <x:v>567.36</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:5">
       <x:c r="A344" s="1">
-        <x:v>45525.923287037</x:v>
+        <x:v>45561.9242824074</x:v>
       </x:c>
       <x:c r="B344" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C344" s="0">
-        <x:v>7.86</x:v>
+        <x:v>10.05</x:v>
       </x:c>
       <x:c r="D344" s="0">
-        <x:v>454.886</x:v>
+        <x:v>482.664</x:v>
       </x:c>
       <x:c r="E344" s="0">
-        <x:v>535.16</x:v>
+        <x:v>567.84</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:5">
       <x:c r="A345" s="1">
-        <x:v>45524.9226736111</x:v>
+        <x:v>45560.9242708333</x:v>
       </x:c>
       <x:c r="B345" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C345" s="0">
-        <x:v>7.18</x:v>
+        <x:v>10.11</x:v>
       </x:c>
       <x:c r="D345" s="0">
-        <x:v>447.72</x:v>
+        <x:v>483.064</x:v>
       </x:c>
       <x:c r="E345" s="0">
-        <x:v>526.73</x:v>
+        <x:v>568.31</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:5">
       <x:c r="A346" s="1">
-        <x:v>45523.9245138889</x:v>
+        <x:v>45559.9250694444</x:v>
       </x:c>
       <x:c r="B346" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C346" s="0">
-        <x:v>7.4</x:v>
+        <x:v>9.61</x:v>
       </x:c>
       <x:c r="D346" s="0">
-        <x:v>448.307</x:v>
+        <x:v>478.83</x:v>
       </x:c>
       <x:c r="E346" s="0">
-        <x:v>527.42</x:v>
+        <x:v>563.33</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:5">
       <x:c r="A347" s="1">
-        <x:v>45520.9331018518</x:v>
+        <x:v>45558.9281018519</x:v>
       </x:c>
       <x:c r="B347" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C347" s="0">
-        <x:v>7.28</x:v>
+        <x:v>9.74</x:v>
       </x:c>
       <x:c r="D347" s="0">
-        <x:v>448.307</x:v>
+        <x:v>479.748</x:v>
       </x:c>
       <x:c r="E347" s="0">
-        <x:v>527.42</x:v>
+        <x:v>564.41</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:5">
       <x:c r="A348" s="1">
-        <x:v>45519.9272569444</x:v>
+        <x:v>45555.9288310185</x:v>
       </x:c>
       <x:c r="B348" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C348" s="0">
-        <x:v>8.19</x:v>
+        <x:v>9.46</x:v>
       </x:c>
       <x:c r="D348" s="0">
-        <x:v>456.73</x:v>
+        <x:v>477.148</x:v>
       </x:c>
       <x:c r="E348" s="0">
-        <x:v>537.33</x:v>
+        <x:v>561.35</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:5">
       <x:c r="A349" s="1">
-        <x:v>45518.9339930556</x:v>
+        <x:v>45554.9249074074</x:v>
       </x:c>
       <x:c r="B349" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C349" s="0">
-        <x:v>7.32</x:v>
+        <x:v>9.25</x:v>
       </x:c>
       <x:c r="D349" s="0">
-        <x:v>447.746</x:v>
+        <x:v>475.235</x:v>
       </x:c>
       <x:c r="E349" s="0">
-        <x:v>526.76</x:v>
+        <x:v>559.1</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:5">
       <x:c r="A350" s="1">
-        <x:v>45517.931712963</x:v>
+        <x:v>45553.9237847222</x:v>
       </x:c>
       <x:c r="B350" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C350" s="0">
-        <x:v>7.48</x:v>
+        <x:v>7.49</x:v>
       </x:c>
       <x:c r="D350" s="0">
-        <x:v>449.259</x:v>
+        <x:v>457.258</x:v>
       </x:c>
       <x:c r="E350" s="0">
-        <x:v>528.54</x:v>
+        <x:v>537.95</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:5">
       <x:c r="A351" s="1">
-        <x:v>45516.9273958333</x:v>
+        <x:v>45552.9224537037</x:v>
       </x:c>
       <x:c r="B351" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C351" s="0">
-        <x:v>6.53</x:v>
+        <x:v>7.36</x:v>
       </x:c>
       <x:c r="D351" s="0">
-        <x:v>438.558</x:v>
+        <x:v>455.868</x:v>
       </x:c>
       <x:c r="E351" s="0">
-        <x:v>515.95</x:v>
+        <x:v>536.315</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:5">
       <x:c r="A352" s="1">
-        <x:v>45513.93</x:v>
+        <x:v>45551.9244444444</x:v>
       </x:c>
       <x:c r="B352" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C352" s="0">
-        <x:v>6.7</x:v>
+        <x:v>7.13</x:v>
       </x:c>
       <x:c r="D352" s="0">
-        <x:v>440.104</x:v>
+        <x:v>453.288</x:v>
       </x:c>
       <x:c r="E352" s="0">
-        <x:v>517.77</x:v>
+        <x:v>533.28</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:5">
       <x:c r="A353" s="1">
-        <x:v>45512.9331597222</x:v>
+        <x:v>45551.332337963</x:v>
       </x:c>
       <x:c r="B353" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C353" s="0">
-        <x:v>6.12</x:v>
+        <x:v>6.36</x:v>
       </x:c>
       <x:c r="D353" s="0">
-        <x:v>433.186</x:v>
+        <x:v>445.927</x:v>
       </x:c>
       <x:c r="E353" s="0">
-        <x:v>509.63</x:v>
+        <x:v>524.62</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:5">
       <x:c r="A354" s="1">
-        <x:v>45511.9284375</x:v>
+        <x:v>45547.9299189815</x:v>
       </x:c>
       <x:c r="B354" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C354" s="0">
-        <x:v>4.88</x:v>
+        <x:v>6.57</x:v>
       </x:c>
       <x:c r="D354" s="0">
-        <x:v>415.582</x:v>
+        <x:v>446.76</x:v>
       </x:c>
       <x:c r="E354" s="0">
-        <x:v>488.92</x:v>
+        <x:v>525.6</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:5">
       <x:c r="A355" s="1">
-        <x:v>45510.9305439815</x:v>
+        <x:v>45546.9263078704</x:v>
       </x:c>
       <x:c r="B355" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C355" s="0">
-        <x:v>5.22</x:v>
+        <x:v>5.66</x:v>
       </x:c>
       <x:c r="D355" s="0">
-        <x:v>419.976</x:v>
+        <x:v>435.056</x:v>
       </x:c>
       <x:c r="E355" s="0">
-        <x:v>494.09</x:v>
+        <x:v>511.83</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:5">
       <x:c r="A356" s="1">
-        <x:v>45509.9290162037</x:v>
+        <x:v>45545.9252893518</x:v>
       </x:c>
       <x:c r="B356" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C356" s="0">
-        <x:v>4.24</x:v>
+        <x:v>5.23</x:v>
       </x:c>
       <x:c r="D356" s="0">
-        <x:v>404.37</x:v>
+        <x:v>429.072</x:v>
       </x:c>
       <x:c r="E356" s="0">
-        <x:v>475.73</x:v>
+        <x:v>504.79</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:5">
       <x:c r="A357" s="1">
-        <x:v>45506.9320717593</x:v>
+        <x:v>45544.9242824074</x:v>
       </x:c>
       <x:c r="B357" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C357" s="0">
-        <x:v>5.03</x:v>
+        <x:v>5.24</x:v>
       </x:c>
       <x:c r="D357" s="0">
-        <x:v>414.919</x:v>
+        <x:v>429.072</x:v>
       </x:c>
       <x:c r="E357" s="0">
-        <x:v>488.14</x:v>
+        <x:v>504.79</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:5">
       <x:c r="A358" s="1">
-        <x:v>45505.9288773148</x:v>
+        <x:v>45541.9261342593</x:v>
       </x:c>
       <x:c r="B358" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C358" s="0">
-        <x:v>5.69</x:v>
+        <x:v>4.98</x:v>
       </x:c>
       <x:c r="D358" s="0">
-        <x:v>423.079</x:v>
+        <x:v>425.23</x:v>
       </x:c>
       <x:c r="E358" s="0">
-        <x:v>497.74</x:v>
+        <x:v>500.27</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:5">
       <x:c r="A359" s="1">
-        <x:v>45504.930474537</x:v>
+        <x:v>45540.9253935185</x:v>
       </x:c>
       <x:c r="B359" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C359" s="0">
-        <x:v>4.42</x:v>
+        <x:v>6.18</x:v>
       </x:c>
       <x:c r="D359" s="0">
-        <x:v>403.606</x:v>
+        <x:v>439.331</x:v>
       </x:c>
       <x:c r="E359" s="0">
-        <x:v>474.83</x:v>
+        <x:v>516.86</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:5">
       <x:c r="A360" s="1">
-        <x:v>45503.9262152778</x:v>
+        <x:v>45539.9231365741</x:v>
       </x:c>
       <x:c r="B360" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C360" s="0">
-        <x:v>3.84</x:v>
+        <x:v>5.91</x:v>
       </x:c>
       <x:c r="D360" s="0">
-        <x:v>393.712</x:v>
+        <x:v>435.829</x:v>
       </x:c>
       <x:c r="E360" s="0">
-        <x:v>463.19</x:v>
+        <x:v>512.74</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:5">
       <x:c r="A361" s="1">
-        <x:v>45502.9221180556</x:v>
+        <x:v>45534.9322222222</x:v>
       </x:c>
       <x:c r="B361" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C361" s="0">
-        <x:v>3.98</x:v>
+        <x:v>6.6</x:v>
       </x:c>
       <x:c r="D361" s="0">
-        <x:v>395.854</x:v>
+        <x:v>443.114</x:v>
       </x:c>
       <x:c r="E361" s="0">
-        <x:v>465.71</x:v>
+        <x:v>521.31</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:5">
       <x:c r="A362" s="1">
-        <x:v>45499.9228472222</x:v>
+        <x:v>45533.930462963</x:v>
       </x:c>
       <x:c r="B362" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C362" s="0">
-        <x:v>3.99</x:v>
+        <x:v>6.38</x:v>
       </x:c>
       <x:c r="D362" s="0">
-        <x:v>395.845</x:v>
+        <x:v>440.487</x:v>
       </x:c>
       <x:c r="E362" s="0">
-        <x:v>465.7</x:v>
+        <x:v>518.22</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:5">
       <x:c r="A363" s="1">
-        <x:v>45498.9225578704</x:v>
+        <x:v>45532.9225462963</x:v>
       </x:c>
       <x:c r="B363" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C363" s="0">
-        <x:v>3.44</x:v>
+        <x:v>6.29</x:v>
       </x:c>
       <x:c r="D363" s="0">
-        <x:v>385.398</x:v>
+        <x:v>439.263</x:v>
       </x:c>
       <x:c r="E363" s="0">
-        <x:v>453.41</x:v>
+        <x:v>516.78</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:5">
       <x:c r="A364" s="1">
-        <x:v>45497.9292824074</x:v>
+        <x:v>45531.9245138889</x:v>
       </x:c>
       <x:c r="B364" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C364" s="0">
-        <x:v>3.84</x:v>
+        <x:v>6.47</x:v>
       </x:c>
       <x:c r="D364" s="0">
-        <x:v>392.08</x:v>
+        <x:v>441.235</x:v>
       </x:c>
       <x:c r="E364" s="0">
-        <x:v>461.27</x:v>
+        <x:v>519.1</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:5">
       <x:c r="A365" s="1">
-        <x:v>45496.9225347222</x:v>
+        <x:v>45530.924212963</x:v>
       </x:c>
       <x:c r="B365" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C365" s="0">
-        <x:v>5.79</x:v>
+        <x:v>6.63</x:v>
       </x:c>
       <x:c r="D365" s="0">
-        <x:v>415.386</x:v>
+        <x:v>442.952</x:v>
       </x:c>
       <x:c r="E365" s="0">
-        <x:v>488.69</x:v>
+        <x:v>521.12</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:5">
       <x:c r="A366" s="1">
-        <x:v>45495.9267592593</x:v>
+        <x:v>45527.9240162037</x:v>
       </x:c>
       <x:c r="B366" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C366" s="0">
-        <x:v>5.71</x:v>
+        <x:v>7.22</x:v>
       </x:c>
       <x:c r="D366" s="0">
-        <x:v>414.29</x:v>
+        <x:v>448.8</x:v>
       </x:c>
       <x:c r="E366" s="0">
-        <x:v>487.4</x:v>
+        <x:v>528</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:5">
       <x:c r="A367" s="1">
-        <x:v>45492.9245138889</x:v>
+        <x:v>45526.9255671296</x:v>
       </x:c>
       <x:c r="B367" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C367" s="0">
-        <x:v>5.05</x:v>
+        <x:v>7.57</x:v>
       </x:c>
       <x:c r="D367" s="0">
-        <x:v>405.272</x:v>
+        <x:v>452.14</x:v>
       </x:c>
       <x:c r="E367" s="0">
-        <x:v>476.79</x:v>
+        <x:v>531.93</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:5">
       <x:c r="A368" s="1">
+        <x:v>45525.923287037</x:v>
+      </x:c>
+      <x:c r="B368" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C368" s="0">
+        <x:v>7.86</x:v>
+      </x:c>
+      <x:c r="D368" s="0">
+        <x:v>454.886</x:v>
+      </x:c>
+      <x:c r="E368" s="0">
+        <x:v>535.16</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="369" spans="1:5">
+      <x:c r="A369" s="1">
+        <x:v>45524.9226736111</x:v>
+      </x:c>
+      <x:c r="B369" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C369" s="0">
+        <x:v>7.18</x:v>
+      </x:c>
+      <x:c r="D369" s="0">
+        <x:v>447.72</x:v>
+      </x:c>
+      <x:c r="E369" s="0">
+        <x:v>526.73</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="370" spans="1:5">
+      <x:c r="A370" s="1">
+        <x:v>45523.9245138889</x:v>
+      </x:c>
+      <x:c r="B370" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C370" s="0">
+        <x:v>7.4</x:v>
+      </x:c>
+      <x:c r="D370" s="0">
+        <x:v>448.307</x:v>
+      </x:c>
+      <x:c r="E370" s="0">
+        <x:v>527.42</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="371" spans="1:5">
+      <x:c r="A371" s="1">
+        <x:v>45520.9331018518</x:v>
+      </x:c>
+      <x:c r="B371" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C371" s="0">
+        <x:v>7.28</x:v>
+      </x:c>
+      <x:c r="D371" s="0">
+        <x:v>448.307</x:v>
+      </x:c>
+      <x:c r="E371" s="0">
+        <x:v>527.42</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="372" spans="1:5">
+      <x:c r="A372" s="1">
+        <x:v>45519.9272569444</x:v>
+      </x:c>
+      <x:c r="B372" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C372" s="0">
+        <x:v>8.19</x:v>
+      </x:c>
+      <x:c r="D372" s="0">
+        <x:v>456.73</x:v>
+      </x:c>
+      <x:c r="E372" s="0">
+        <x:v>537.33</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="373" spans="1:5">
+      <x:c r="A373" s="1">
+        <x:v>45518.9339930556</x:v>
+      </x:c>
+      <x:c r="B373" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C373" s="0">
+        <x:v>7.32</x:v>
+      </x:c>
+      <x:c r="D373" s="0">
+        <x:v>447.746</x:v>
+      </x:c>
+      <x:c r="E373" s="0">
+        <x:v>526.76</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="374" spans="1:5">
+      <x:c r="A374" s="1">
+        <x:v>45517.931712963</x:v>
+      </x:c>
+      <x:c r="B374" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C374" s="0">
+        <x:v>7.48</x:v>
+      </x:c>
+      <x:c r="D374" s="0">
+        <x:v>449.259</x:v>
+      </x:c>
+      <x:c r="E374" s="0">
+        <x:v>528.54</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="375" spans="1:5">
+      <x:c r="A375" s="1">
+        <x:v>45516.9273958333</x:v>
+      </x:c>
+      <x:c r="B375" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C375" s="0">
+        <x:v>6.53</x:v>
+      </x:c>
+      <x:c r="D375" s="0">
+        <x:v>438.558</x:v>
+      </x:c>
+      <x:c r="E375" s="0">
+        <x:v>515.95</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="376" spans="1:5">
+      <x:c r="A376" s="1">
+        <x:v>45513.93</x:v>
+      </x:c>
+      <x:c r="B376" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C376" s="0">
+        <x:v>6.7</x:v>
+      </x:c>
+      <x:c r="D376" s="0">
+        <x:v>440.104</x:v>
+      </x:c>
+      <x:c r="E376" s="0">
+        <x:v>517.77</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="377" spans="1:5">
+      <x:c r="A377" s="1">
+        <x:v>45512.9331597222</x:v>
+      </x:c>
+      <x:c r="B377" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C377" s="0">
+        <x:v>6.12</x:v>
+      </x:c>
+      <x:c r="D377" s="0">
+        <x:v>433.186</x:v>
+      </x:c>
+      <x:c r="E377" s="0">
+        <x:v>509.63</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="378" spans="1:5">
+      <x:c r="A378" s="1">
+        <x:v>45511.9284375</x:v>
+      </x:c>
+      <x:c r="B378" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C378" s="0">
+        <x:v>4.88</x:v>
+      </x:c>
+      <x:c r="D378" s="0">
+        <x:v>415.582</x:v>
+      </x:c>
+      <x:c r="E378" s="0">
+        <x:v>488.92</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="379" spans="1:5">
+      <x:c r="A379" s="1">
+        <x:v>45510.9305439815</x:v>
+      </x:c>
+      <x:c r="B379" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C379" s="0">
+        <x:v>5.22</x:v>
+      </x:c>
+      <x:c r="D379" s="0">
+        <x:v>419.976</x:v>
+      </x:c>
+      <x:c r="E379" s="0">
+        <x:v>494.09</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="380" spans="1:5">
+      <x:c r="A380" s="1">
+        <x:v>45509.9290162037</x:v>
+      </x:c>
+      <x:c r="B380" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C380" s="0">
+        <x:v>4.24</x:v>
+      </x:c>
+      <x:c r="D380" s="0">
+        <x:v>404.37</x:v>
+      </x:c>
+      <x:c r="E380" s="0">
+        <x:v>475.73</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="381" spans="1:5">
+      <x:c r="A381" s="1">
+        <x:v>45506.9320717593</x:v>
+      </x:c>
+      <x:c r="B381" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C381" s="0">
+        <x:v>5.03</x:v>
+      </x:c>
+      <x:c r="D381" s="0">
+        <x:v>414.919</x:v>
+      </x:c>
+      <x:c r="E381" s="0">
+        <x:v>488.14</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="382" spans="1:5">
+      <x:c r="A382" s="1">
+        <x:v>45505.9288773148</x:v>
+      </x:c>
+      <x:c r="B382" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C382" s="0">
+        <x:v>5.69</x:v>
+      </x:c>
+      <x:c r="D382" s="0">
+        <x:v>423.079</x:v>
+      </x:c>
+      <x:c r="E382" s="0">
+        <x:v>497.74</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="383" spans="1:5">
+      <x:c r="A383" s="1">
+        <x:v>45504.930474537</x:v>
+      </x:c>
+      <x:c r="B383" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C383" s="0">
+        <x:v>4.42</x:v>
+      </x:c>
+      <x:c r="D383" s="0">
+        <x:v>403.606</x:v>
+      </x:c>
+      <x:c r="E383" s="0">
+        <x:v>474.83</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="384" spans="1:5">
+      <x:c r="A384" s="1">
+        <x:v>45503.9262152778</x:v>
+      </x:c>
+      <x:c r="B384" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C384" s="0">
+        <x:v>3.84</x:v>
+      </x:c>
+      <x:c r="D384" s="0">
+        <x:v>393.712</x:v>
+      </x:c>
+      <x:c r="E384" s="0">
+        <x:v>463.19</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="385" spans="1:5">
+      <x:c r="A385" s="1">
+        <x:v>45502.9221180556</x:v>
+      </x:c>
+      <x:c r="B385" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C385" s="0">
+        <x:v>3.98</x:v>
+      </x:c>
+      <x:c r="D385" s="0">
+        <x:v>395.854</x:v>
+      </x:c>
+      <x:c r="E385" s="0">
+        <x:v>465.71</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="386" spans="1:5">
+      <x:c r="A386" s="1">
+        <x:v>45499.9228472222</x:v>
+      </x:c>
+      <x:c r="B386" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C386" s="0">
+        <x:v>3.99</x:v>
+      </x:c>
+      <x:c r="D386" s="0">
+        <x:v>395.845</x:v>
+      </x:c>
+      <x:c r="E386" s="0">
+        <x:v>465.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="387" spans="1:5">
+      <x:c r="A387" s="1">
+        <x:v>45498.9225578704</x:v>
+      </x:c>
+      <x:c r="B387" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C387" s="0">
+        <x:v>3.44</x:v>
+      </x:c>
+      <x:c r="D387" s="0">
+        <x:v>385.398</x:v>
+      </x:c>
+      <x:c r="E387" s="0">
+        <x:v>453.41</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="388" spans="1:5">
+      <x:c r="A388" s="1">
+        <x:v>45497.9292824074</x:v>
+      </x:c>
+      <x:c r="B388" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C388" s="0">
+        <x:v>3.84</x:v>
+      </x:c>
+      <x:c r="D388" s="0">
+        <x:v>392.08</x:v>
+      </x:c>
+      <x:c r="E388" s="0">
+        <x:v>461.27</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="389" spans="1:5">
+      <x:c r="A389" s="1">
+        <x:v>45496.9225347222</x:v>
+      </x:c>
+      <x:c r="B389" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C389" s="0">
+        <x:v>5.79</x:v>
+      </x:c>
+      <x:c r="D389" s="0">
+        <x:v>415.386</x:v>
+      </x:c>
+      <x:c r="E389" s="0">
+        <x:v>488.69</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="390" spans="1:5">
+      <x:c r="A390" s="1">
+        <x:v>45495.9267592593</x:v>
+      </x:c>
+      <x:c r="B390" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C390" s="0">
+        <x:v>5.71</x:v>
+      </x:c>
+      <x:c r="D390" s="0">
+        <x:v>414.29</x:v>
+      </x:c>
+      <x:c r="E390" s="0">
+        <x:v>487.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="391" spans="1:5">
+      <x:c r="A391" s="1">
+        <x:v>45492.9245138889</x:v>
+      </x:c>
+      <x:c r="B391" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C391" s="0">
+        <x:v>5.05</x:v>
+      </x:c>
+      <x:c r="D391" s="0">
+        <x:v>405.272</x:v>
+      </x:c>
+      <x:c r="E391" s="0">
+        <x:v>476.79</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="392" spans="1:5">
+      <x:c r="A392" s="1">
         <x:v>45491.9233101852</x:v>
       </x:c>
-      <x:c r="B368" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C368" s="0">
+      <x:c r="B392" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C392" s="0">
         <x:v>5</x:v>
       </x:c>
-      <x:c r="D368" s="0">
+      <x:c r="D392" s="0">
         <x:v>404.472</x:v>
       </x:c>
-      <x:c r="E368" s="0">
+      <x:c r="E392" s="0">
         <x:v>475.85</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>