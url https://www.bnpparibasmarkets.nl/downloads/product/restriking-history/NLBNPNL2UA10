--- v4 (2026-03-07)
+++ v5 (2026-03-28)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R56c4339540ae4c30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9ea42ad9c5124fb39ade4cb684387bac.psmdcp" Id="Rce968db6c63d48d4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc36d59e3e4514fb8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d1d7d63d867d4c65b3555b15e64da9f7.psmdcp" Id="R10fb89a7b0be4697" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>NLBNPNL2UA10</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -390,6710 +390,6982 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E392"/>
+  <x:dimension ref="A1:E408"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>46087.9262847222</x:v>
+        <x:v>46108.8851967593</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
-        <x:v>0.68</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>548.131</x:v>
+        <x:v>446.862</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>644.86</x:v>
+        <x:v>525.72</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>46086.9326273148</x:v>
+        <x:v>46107.8850115741</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
-        <x:v>0.8</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>561.484</x:v>
+        <x:v>465.409</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>660.57</x:v>
+        <x:v>547.54</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>46085.9285648148</x:v>
+        <x:v>46106.8850925926</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
-        <x:v>0.86</x:v>
+        <x:v>0.39</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>567.57</x:v>
+        <x:v>505.656</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>667.73</x:v>
+        <x:v>594.89</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>46084.9255787037</x:v>
+        <x:v>46105.8848032407</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
-        <x:v>0.77</x:v>
+        <x:v>0.38</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>556.818</x:v>
+        <x:v>503.982</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>655.08</x:v>
+        <x:v>592.92</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>46083.9256481481</x:v>
+        <x:v>46104.8850810185</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
-        <x:v>0.76</x:v>
+        <x:v>0.43</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>555.526</x:v>
+        <x:v>513.451</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>653.56</x:v>
+        <x:v>604.06</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>46080.9257523148</x:v>
+        <x:v>46101.8853819444</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
-        <x:v>0.72</x:v>
+        <x:v>0.39</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>550.953</x:v>
+        <x:v>504.611</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>648.18</x:v>
+        <x:v>593.66</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>46079.9258101852</x:v>
+        <x:v>46100.8877314815</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
-        <x:v>0.79</x:v>
+        <x:v>0.45</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>558.458</x:v>
+        <x:v>515.695</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>657.01</x:v>
+        <x:v>606.7</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>46078.925775463</x:v>
+        <x:v>46099.8875231482</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
-        <x:v>0.77</x:v>
+        <x:v>0.49</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>555.636</x:v>
+        <x:v>523.328</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>653.69</x:v>
+        <x:v>615.68</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>46077.925474537</x:v>
+        <x:v>46098.8845601852</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
-        <x:v>0.68</x:v>
+        <x:v>0.52</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>543.405</x:v>
+        <x:v>529.261</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>639.3</x:v>
+        <x:v>622.66</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>46073.9253587963</x:v>
+        <x:v>46097.8857638889</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C12" s="0">
-        <x:v>0.8</x:v>
+        <x:v>0.55</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>557.311</x:v>
+        <x:v>532.965</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>655.66</x:v>
+        <x:v>627.45</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>46072.9253935185</x:v>
+        <x:v>46097.3039699074</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0">
-        <x:v>0.73</x:v>
+        <x:v>0.49</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>548.063</x:v>
+        <x:v>521.286</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>644.78</x:v>
+        <x:v>613.71</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>46071.9254861111</x:v>
+        <x:v>46094.8846412037</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C14" s="0">
-        <x:v>0.72</x:v>
+        <x:v>0.49</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>546.737</x:v>
+        <x:v>521.654</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>643.22</x:v>
+        <x:v>613.71</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>46070.9253472222</x:v>
+        <x:v>46093.8852893518</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
-        <x:v>0.69</x:v>
+        <x:v>0.63</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>543.396</x:v>
+        <x:v>542.453</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>639.29</x:v>
+        <x:v>638.18</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>46066.9255324074</x:v>
+        <x:v>46092.884849537</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C16" s="0">
-        <x:v>0.7</x:v>
+        <x:v>0.75</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>543.804</x:v>
+        <x:v>556.631</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>639.77</x:v>
+        <x:v>654.86</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>46065.9253703704</x:v>
+        <x:v>46091.8851967593</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C17" s="0">
-        <x:v>0.77</x:v>
+        <x:v>0.74</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>552.338</x:v>
+        <x:v>555.96</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>649.81</x:v>
+        <x:v>654.07</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>46064.9256597222</x:v>
+        <x:v>46090.8887037037</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="0">
-        <x:v>0.93</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>568.386</x:v>
+        <x:v>550.282</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>668.69</x:v>
+        <x:v>647.39</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>46063.9255324074</x:v>
+        <x:v>46087.9262847222</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C19" s="0">
-        <x:v>0.95</x:v>
+        <x:v>0.68</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>570.112</x:v>
+        <x:v>548.131</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>670.72</x:v>
+        <x:v>644.86</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
-        <x:v>46062.9247569444</x:v>
+        <x:v>46086.9326273148</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C20" s="0">
-        <x:v>1.01</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>575.637</x:v>
+        <x:v>561.484</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>677.22</x:v>
+        <x:v>660.57</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="1">
-        <x:v>46058.9255439815</x:v>
+        <x:v>46085.9285648148</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C21" s="0">
-        <x:v>0.96</x:v>
+        <x:v>0.86</x:v>
       </x:c>
       <x:c r="D21" s="0">
-        <x:v>569.678</x:v>
+        <x:v>567.57</x:v>
       </x:c>
       <x:c r="E21" s="0">
-        <x:v>670.21</x:v>
+        <x:v>667.73</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="1">
-        <x:v>46057.9258449074</x:v>
+        <x:v>46084.9255787037</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C22" s="0">
-        <x:v>0.95</x:v>
+        <x:v>0.77</x:v>
       </x:c>
       <x:c r="D22" s="0">
-        <x:v>568.642</x:v>
+        <x:v>556.818</x:v>
       </x:c>
       <x:c r="E22" s="0">
-        <x:v>668.99</x:v>
+        <x:v>655.08</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="1">
-        <x:v>46056.9428703704</x:v>
+        <x:v>46083.9256481481</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C23" s="0">
-        <x:v>1.18</x:v>
+        <x:v>0.76</x:v>
       </x:c>
       <x:c r="D23" s="0">
-        <x:v>587.945</x:v>
+        <x:v>555.526</x:v>
       </x:c>
       <x:c r="E23" s="0">
-        <x:v>691.7</x:v>
+        <x:v>653.56</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="1">
-        <x:v>46055.9254513889</x:v>
+        <x:v>46080.9257523148</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C24" s="0">
-        <x:v>1.36</x:v>
+        <x:v>0.72</x:v>
       </x:c>
       <x:c r="D24" s="0">
-        <x:v>600.448</x:v>
+        <x:v>550.953</x:v>
       </x:c>
       <x:c r="E24" s="0">
-        <x:v>706.41</x:v>
+        <x:v>648.18</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="1">
-        <x:v>46051.9256481481</x:v>
+        <x:v>46079.9258101852</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C25" s="0">
-        <x:v>1.81</x:v>
+        <x:v>0.79</x:v>
       </x:c>
       <x:c r="D25" s="0">
-        <x:v>627.564</x:v>
+        <x:v>558.458</x:v>
       </x:c>
       <x:c r="E25" s="0">
-        <x:v>738.31</x:v>
+        <x:v>657.01</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="1">
-        <x:v>46050.9251041667</x:v>
+        <x:v>46078.925775463</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C26" s="0">
-        <x:v>1.12</x:v>
+        <x:v>0.77</x:v>
       </x:c>
       <x:c r="D26" s="0">
-        <x:v>568.42</x:v>
+        <x:v>555.636</x:v>
       </x:c>
       <x:c r="E26" s="0">
-        <x:v>668.73</x:v>
+        <x:v>653.69</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="1">
-        <x:v>46049.9250462963</x:v>
+        <x:v>46077.925474537</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C27" s="0">
-        <x:v>1.16</x:v>
+        <x:v>0.68</x:v>
       </x:c>
       <x:c r="D27" s="0">
-        <x:v>572.024</x:v>
+        <x:v>543.405</x:v>
       </x:c>
       <x:c r="E27" s="0">
-        <x:v>672.97</x:v>
+        <x:v>639.3</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="1">
-        <x:v>46048.9248726852</x:v>
+        <x:v>46073.9253587963</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C28" s="0">
-        <x:v>1.16</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="D28" s="0">
-        <x:v>571.506</x:v>
+        <x:v>557.311</x:v>
       </x:c>
       <x:c r="E28" s="0">
-        <x:v>672.36</x:v>
+        <x:v>655.66</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="1">
-        <x:v>46045.9251851852</x:v>
+        <x:v>46072.9253935185</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C29" s="0">
-        <x:v>1.03</x:v>
+        <x:v>0.73</x:v>
       </x:c>
       <x:c r="D29" s="0">
-        <x:v>559.946</x:v>
+        <x:v>548.063</x:v>
       </x:c>
       <x:c r="E29" s="0">
-        <x:v>658.76</x:v>
+        <x:v>644.78</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="1">
-        <x:v>46044.9246180556</x:v>
+        <x:v>46071.9254861111</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C30" s="0">
-        <x:v>0.94</x:v>
+        <x:v>0.72</x:v>
       </x:c>
       <x:c r="D30" s="0">
-        <x:v>550.486</x:v>
+        <x:v>546.737</x:v>
       </x:c>
       <x:c r="E30" s="0">
-        <x:v>647.63</x:v>
+        <x:v>643.22</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="1">
-        <x:v>46043.9254861111</x:v>
+        <x:v>46070.9253472222</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C31" s="0">
-        <x:v>0.7</x:v>
+        <x:v>0.69</x:v>
       </x:c>
       <x:c r="D31" s="0">
-        <x:v>521.016</x:v>
+        <x:v>543.396</x:v>
       </x:c>
       <x:c r="E31" s="0">
-        <x:v>612.96</x:v>
+        <x:v>639.29</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="1">
-        <x:v>46042.9278935185</x:v>
+        <x:v>46066.9255324074</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C32" s="0">
-        <x:v>0.64</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="D32" s="0">
-        <x:v>513.502</x:v>
+        <x:v>543.804</x:v>
       </x:c>
       <x:c r="E32" s="0">
-        <x:v>604.12</x:v>
+        <x:v>639.77</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="1">
-        <x:v>46038.9244212963</x:v>
+        <x:v>46065.9253703704</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C33" s="0">
         <x:v>0.77</x:v>
       </x:c>
       <x:c r="D33" s="0">
-        <x:v>527.212</x:v>
+        <x:v>552.338</x:v>
       </x:c>
       <x:c r="E33" s="0">
-        <x:v>620.25</x:v>
+        <x:v>649.81</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="1">
-        <x:v>46037.9281134259</x:v>
+        <x:v>46064.9256597222</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C34" s="0">
-        <x:v>0.77</x:v>
+        <x:v>0.93</x:v>
       </x:c>
       <x:c r="D34" s="0">
-        <x:v>527.68</x:v>
+        <x:v>568.386</x:v>
       </x:c>
       <x:c r="E34" s="0">
-        <x:v>620.8</x:v>
+        <x:v>668.69</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="1">
-        <x:v>46036.9273611111</x:v>
+        <x:v>46063.9255324074</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C35" s="0">
-        <x:v>0.73</x:v>
+        <x:v>0.95</x:v>
       </x:c>
       <x:c r="D35" s="0">
-        <x:v>523.192</x:v>
+        <x:v>570.112</x:v>
       </x:c>
       <x:c r="E35" s="0">
-        <x:v>615.52</x:v>
+        <x:v>670.72</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="1">
-        <x:v>46035.9280092593</x:v>
+        <x:v>46062.9247569444</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C36" s="0">
-        <x:v>0.86</x:v>
+        <x:v>1.01</x:v>
       </x:c>
       <x:c r="D36" s="0">
-        <x:v>536.426</x:v>
+        <x:v>575.637</x:v>
       </x:c>
       <x:c r="E36" s="0">
-        <x:v>631.09</x:v>
+        <x:v>677.22</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="1">
-        <x:v>46034.9279282407</x:v>
+        <x:v>46058.9255439815</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C37" s="0">
         <x:v>0.96</x:v>
       </x:c>
       <x:c r="D37" s="0">
-        <x:v>545.674</x:v>
+        <x:v>569.678</x:v>
       </x:c>
       <x:c r="E37" s="0">
-        <x:v>641.97</x:v>
+        <x:v>670.21</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="1">
-        <x:v>46031.929224537</x:v>
+        <x:v>46057.9258449074</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C38" s="0">
-        <x:v>1.07</x:v>
+        <x:v>0.95</x:v>
       </x:c>
       <x:c r="D38" s="0">
-        <x:v>555.101</x:v>
+        <x:v>568.642</x:v>
       </x:c>
       <x:c r="E38" s="0">
-        <x:v>653.06</x:v>
+        <x:v>668.99</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="1">
-        <x:v>46030.9270949074</x:v>
+        <x:v>46056.9428703704</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C39" s="0">
-        <x:v>1.01</x:v>
+        <x:v>1.18</x:v>
       </x:c>
       <x:c r="D39" s="0">
-        <x:v>549.151</x:v>
+        <x:v>587.945</x:v>
       </x:c>
       <x:c r="E39" s="0">
-        <x:v>646.06</x:v>
+        <x:v>691.7</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="1">
-        <x:v>46029.9278819444</x:v>
+        <x:v>46055.9254513889</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C40" s="0">
-        <x:v>1.03</x:v>
+        <x:v>1.36</x:v>
       </x:c>
       <x:c r="D40" s="0">
-        <x:v>551.386</x:v>
+        <x:v>600.448</x:v>
       </x:c>
       <x:c r="E40" s="0">
-        <x:v>648.69</x:v>
+        <x:v>706.41</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="1">
-        <x:v>46028.9272222222</x:v>
+        <x:v>46051.9256481481</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C41" s="0">
-        <x:v>1.16</x:v>
+        <x:v>1.81</x:v>
       </x:c>
       <x:c r="D41" s="0">
-        <x:v>561.527</x:v>
+        <x:v>627.564</x:v>
       </x:c>
       <x:c r="E41" s="0">
-        <x:v>660.62</x:v>
+        <x:v>738.31</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="1">
-        <x:v>46027.9295717593</x:v>
+        <x:v>46050.9251041667</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C42" s="0">
-        <x:v>1.14</x:v>
+        <x:v>1.12</x:v>
       </x:c>
       <x:c r="D42" s="0">
-        <x:v>559.972</x:v>
+        <x:v>568.42</x:v>
       </x:c>
       <x:c r="E42" s="0">
-        <x:v>658.79</x:v>
+        <x:v>668.73</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="1">
-        <x:v>46024.9271875</x:v>
+        <x:v>46049.9250462963</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C43" s="0">
-        <x:v>1.06</x:v>
+        <x:v>1.16</x:v>
       </x:c>
       <x:c r="D43" s="0">
-        <x:v>552.848</x:v>
+        <x:v>572.024</x:v>
       </x:c>
       <x:c r="E43" s="0">
-        <x:v>650.41</x:v>
+        <x:v>672.97</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="1">
-        <x:v>46021.927025463</x:v>
+        <x:v>46048.9248726852</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C44" s="0">
-        <x:v>1.24</x:v>
+        <x:v>1.16</x:v>
       </x:c>
       <x:c r="D44" s="0">
-        <x:v>566.058</x:v>
+        <x:v>571.506</x:v>
       </x:c>
       <x:c r="E44" s="0">
-        <x:v>665.95</x:v>
+        <x:v>672.36</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="1">
-        <x:v>46020.9274421296</x:v>
+        <x:v>46045.9251851852</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C45" s="0">
-        <x:v>1.17</x:v>
+        <x:v>1.03</x:v>
       </x:c>
       <x:c r="D45" s="0">
-        <x:v>559.886</x:v>
+        <x:v>559.946</x:v>
       </x:c>
       <x:c r="E45" s="0">
-        <x:v>658.69</x:v>
+        <x:v>658.76</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="1">
-        <x:v>46014.9278356481</x:v>
+        <x:v>46044.9246180556</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C46" s="0">
-        <x:v>1.24</x:v>
+        <x:v>0.94</x:v>
       </x:c>
       <x:c r="D46" s="0">
-        <x:v>565.199</x:v>
+        <x:v>550.486</x:v>
       </x:c>
       <x:c r="E46" s="0">
-        <x:v>664.94</x:v>
+        <x:v>647.63</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="1">
-        <x:v>46013.9284722222</x:v>
+        <x:v>46043.9254861111</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C47" s="0">
-        <x:v>1.21</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="D47" s="0">
-        <x:v>562.275</x:v>
+        <x:v>521.016</x:v>
       </x:c>
       <x:c r="E47" s="0">
-        <x:v>661.5</x:v>
+        <x:v>612.96</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5">
       <x:c r="A48" s="1">
-        <x:v>46010.9276388889</x:v>
+        <x:v>46042.9278935185</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C48" s="0">
-        <x:v>1.18</x:v>
+        <x:v>0.64</x:v>
       </x:c>
       <x:c r="D48" s="0">
-        <x:v>559.954</x:v>
+        <x:v>513.502</x:v>
       </x:c>
       <x:c r="E48" s="0">
-        <x:v>658.77</x:v>
+        <x:v>604.12</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
       <x:c r="A49" s="1">
-        <x:v>46009.9307523148</x:v>
+        <x:v>46038.9244212963</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C49" s="0">
-        <x:v>1.25</x:v>
+        <x:v>0.77</x:v>
       </x:c>
       <x:c r="D49" s="0">
-        <x:v>564.782</x:v>
+        <x:v>527.212</x:v>
       </x:c>
       <x:c r="E49" s="0">
-        <x:v>664.45</x:v>
+        <x:v>620.25</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5">
       <x:c r="A50" s="1">
-        <x:v>46008.9276736111</x:v>
+        <x:v>46037.9281134259</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C50" s="0">
-        <x:v>1.1</x:v>
+        <x:v>0.77</x:v>
       </x:c>
       <x:c r="D50" s="0">
-        <x:v>552.075</x:v>
+        <x:v>527.68</x:v>
       </x:c>
       <x:c r="E50" s="0">
-        <x:v>649.5</x:v>
+        <x:v>620.8</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5">
       <x:c r="A51" s="1">
-        <x:v>46007.9278472222</x:v>
+        <x:v>46036.9273611111</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C51" s="0">
-        <x:v>1.18</x:v>
+        <x:v>0.73</x:v>
       </x:c>
       <x:c r="D51" s="0">
-        <x:v>558.578</x:v>
+        <x:v>523.192</x:v>
       </x:c>
       <x:c r="E51" s="0">
-        <x:v>657.15</x:v>
+        <x:v>615.52</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5">
       <x:c r="A52" s="1">
-        <x:v>46006.9271412037</x:v>
+        <x:v>46035.9280092593</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C52" s="0">
-        <x:v>1.08</x:v>
+        <x:v>0.86</x:v>
       </x:c>
       <x:c r="D52" s="0">
-        <x:v>550.016</x:v>
+        <x:v>536.426</x:v>
       </x:c>
       <x:c r="E52" s="0">
-        <x:v>647.51</x:v>
+        <x:v>631.09</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5">
       <x:c r="A53" s="1">
-        <x:v>46006.3081134259</x:v>
+        <x:v>46034.9279282407</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C53" s="0">
-        <x:v>1.05</x:v>
+        <x:v>0.96</x:v>
       </x:c>
       <x:c r="D53" s="0">
-        <x:v>547.228</x:v>
+        <x:v>545.674</x:v>
       </x:c>
       <x:c r="E53" s="0">
-        <x:v>644.23</x:v>
+        <x:v>641.97</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5">
       <x:c r="A54" s="1">
-        <x:v>46003.927037037</x:v>
+        <x:v>46031.929224537</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C54" s="0">
-        <x:v>1.05</x:v>
+        <x:v>1.07</x:v>
       </x:c>
       <x:c r="D54" s="0">
-        <x:v>547.596</x:v>
+        <x:v>555.101</x:v>
       </x:c>
       <x:c r="E54" s="0">
-        <x:v>644.23</x:v>
+        <x:v>653.06</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5">
       <x:c r="A55" s="1">
-        <x:v>46002.9321180556</x:v>
+        <x:v>46030.9270949074</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C55" s="0">
-        <x:v>1.14</x:v>
+        <x:v>1.01</x:v>
       </x:c>
       <x:c r="D55" s="0">
-        <x:v>554.804</x:v>
+        <x:v>549.151</x:v>
       </x:c>
       <x:c r="E55" s="0">
-        <x:v>652.71</x:v>
+        <x:v>646.06</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5">
       <x:c r="A56" s="1">
-        <x:v>46001.9271180556</x:v>
+        <x:v>46029.9278819444</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C56" s="0">
-        <x:v>1.12</x:v>
+        <x:v>1.03</x:v>
       </x:c>
       <x:c r="D56" s="0">
-        <x:v>552.61</x:v>
+        <x:v>551.386</x:v>
       </x:c>
       <x:c r="E56" s="0">
-        <x:v>650.13</x:v>
+        <x:v>648.69</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:5">
       <x:c r="A57" s="1">
-        <x:v>46000.9276273148</x:v>
+        <x:v>46028.9272222222</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C57" s="0">
-        <x:v>1.19</x:v>
+        <x:v>1.16</x:v>
       </x:c>
       <x:c r="D57" s="0">
-        <x:v>558.416</x:v>
+        <x:v>561.527</x:v>
       </x:c>
       <x:c r="E57" s="0">
-        <x:v>656.96</x:v>
+        <x:v>660.62</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:5">
       <x:c r="A58" s="1">
-        <x:v>45996.9307986111</x:v>
+        <x:v>46027.9295717593</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C58" s="0">
-        <x:v>1.4</x:v>
+        <x:v>1.14</x:v>
       </x:c>
       <x:c r="D58" s="0">
-        <x:v>572.407</x:v>
+        <x:v>559.972</x:v>
       </x:c>
       <x:c r="E58" s="0">
-        <x:v>673.42</x:v>
+        <x:v>658.79</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:5">
       <x:c r="A59" s="1">
-        <x:v>45995.9303703704</x:v>
+        <x:v>46024.9271875</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C59" s="0">
-        <x:v>1.26</x:v>
+        <x:v>1.06</x:v>
       </x:c>
       <x:c r="D59" s="0">
-        <x:v>562.3</x:v>
+        <x:v>552.848</x:v>
       </x:c>
       <x:c r="E59" s="0">
-        <x:v>661.53</x:v>
+        <x:v>650.41</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:5">
       <x:c r="A60" s="1">
-        <x:v>45994.9277662037</x:v>
+        <x:v>46021.927025463</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C60" s="0">
-        <x:v>1.05</x:v>
+        <x:v>1.24</x:v>
       </x:c>
       <x:c r="D60" s="0">
-        <x:v>543.66</x:v>
+        <x:v>566.058</x:v>
       </x:c>
       <x:c r="E60" s="0">
-        <x:v>639.6</x:v>
+        <x:v>665.95</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:5">
       <x:c r="A61" s="1">
-        <x:v>45993.9304050926</x:v>
+        <x:v>46020.9274421296</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C61" s="0">
-        <x:v>1.13</x:v>
+        <x:v>1.17</x:v>
       </x:c>
       <x:c r="D61" s="0">
-        <x:v>550.035</x:v>
+        <x:v>559.886</x:v>
       </x:c>
       <x:c r="E61" s="0">
-        <x:v>647.1</x:v>
+        <x:v>658.69</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:5">
       <x:c r="A62" s="1">
-        <x:v>45992.9296875</x:v>
+        <x:v>46014.9278356481</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C62" s="0">
-        <x:v>1.07</x:v>
+        <x:v>1.24</x:v>
       </x:c>
       <x:c r="D62" s="0">
-        <x:v>544.74</x:v>
+        <x:v>565.199</x:v>
       </x:c>
       <x:c r="E62" s="0">
-        <x:v>640.87</x:v>
+        <x:v>664.94</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:5">
       <x:c r="A63" s="1">
-        <x:v>45989.8196990741</x:v>
+        <x:v>46013.9284722222</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C63" s="0">
-        <x:v>1.14</x:v>
+        <x:v>1.21</x:v>
       </x:c>
       <x:c r="D63" s="0">
-        <x:v>550.758</x:v>
+        <x:v>562.275</x:v>
       </x:c>
       <x:c r="E63" s="0">
-        <x:v>647.95</x:v>
+        <x:v>661.5</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:5">
       <x:c r="A64" s="1">
-        <x:v>45987.9266087963</x:v>
+        <x:v>46010.9276388889</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C64" s="0">
-        <x:v>1.01</x:v>
+        <x:v>1.18</x:v>
       </x:c>
       <x:c r="D64" s="0">
-        <x:v>538.568</x:v>
+        <x:v>559.954</x:v>
       </x:c>
       <x:c r="E64" s="0">
-        <x:v>633.61</x:v>
+        <x:v>658.77</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:5">
       <x:c r="A65" s="1">
-        <x:v>45986.9251157407</x:v>
+        <x:v>46009.9307523148</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C65" s="0">
-        <x:v>1.04</x:v>
+        <x:v>1.25</x:v>
       </x:c>
       <x:c r="D65" s="0">
-        <x:v>540.787</x:v>
+        <x:v>564.782</x:v>
       </x:c>
       <x:c r="E65" s="0">
-        <x:v>636.22</x:v>
+        <x:v>664.45</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:5">
       <x:c r="A66" s="1">
-        <x:v>45982.9249074074</x:v>
+        <x:v>46008.9276736111</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C66" s="0">
-        <x:v>0.71</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="D66" s="0">
-        <x:v>505.112</x:v>
+        <x:v>552.075</x:v>
       </x:c>
       <x:c r="E66" s="0">
-        <x:v>594.25</x:v>
+        <x:v>649.5</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:5">
       <x:c r="A67" s="1">
-        <x:v>45981.9259722222</x:v>
+        <x:v>46007.9278472222</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C67" s="0">
-        <x:v>0.68</x:v>
+        <x:v>1.18</x:v>
       </x:c>
       <x:c r="D67" s="0">
-        <x:v>500.778</x:v>
+        <x:v>558.578</x:v>
       </x:c>
       <x:c r="E67" s="0">
-        <x:v>589.15</x:v>
+        <x:v>657.15</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:5">
       <x:c r="A68" s="1">
-        <x:v>45980.9264583333</x:v>
+        <x:v>46006.9271412037</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C68" s="0">
-        <x:v>0.69</x:v>
+        <x:v>1.08</x:v>
       </x:c>
       <x:c r="D68" s="0">
-        <x:v>501.772</x:v>
+        <x:v>550.016</x:v>
       </x:c>
       <x:c r="E68" s="0">
-        <x:v>590.32</x:v>
+        <x:v>647.51</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:5">
       <x:c r="A69" s="1">
-        <x:v>45979.9258680556</x:v>
+        <x:v>46006.3081134259</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C69" s="0">
-        <x:v>0.74</x:v>
+        <x:v>1.05</x:v>
       </x:c>
       <x:c r="D69" s="0">
-        <x:v>508.036</x:v>
+        <x:v>547.228</x:v>
       </x:c>
       <x:c r="E69" s="0">
-        <x:v>597.69</x:v>
+        <x:v>644.23</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:5">
       <x:c r="A70" s="1">
-        <x:v>45978.9282175926</x:v>
+        <x:v>46003.927037037</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C70" s="0">
-        <x:v>0.78</x:v>
+        <x:v>1.05</x:v>
       </x:c>
       <x:c r="D70" s="0">
-        <x:v>511.708</x:v>
+        <x:v>547.596</x:v>
       </x:c>
       <x:c r="E70" s="0">
-        <x:v>602.01</x:v>
+        <x:v>644.23</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:5">
       <x:c r="A71" s="1">
-        <x:v>45975.9258449074</x:v>
+        <x:v>46002.9321180556</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C71" s="0">
-        <x:v>0.84</x:v>
+        <x:v>1.14</x:v>
       </x:c>
       <x:c r="D71" s="0">
-        <x:v>518.041</x:v>
+        <x:v>554.804</x:v>
       </x:c>
       <x:c r="E71" s="0">
-        <x:v>609.46</x:v>
+        <x:v>652.71</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:5">
       <x:c r="A72" s="1">
-        <x:v>45974.9248958333</x:v>
+        <x:v>46001.9271180556</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C72" s="0">
-        <x:v>0.85</x:v>
+        <x:v>1.12</x:v>
       </x:c>
       <x:c r="D72" s="0">
-        <x:v>518.406</x:v>
+        <x:v>552.61</x:v>
       </x:c>
       <x:c r="E72" s="0">
-        <x:v>609.89</x:v>
+        <x:v>650.13</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:5">
       <x:c r="A73" s="1">
-        <x:v>45973.9253125</x:v>
+        <x:v>46000.9276273148</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C73" s="0">
-        <x:v>0.84</x:v>
+        <x:v>1.19</x:v>
       </x:c>
       <x:c r="D73" s="0">
-        <x:v>517.658</x:v>
+        <x:v>558.416</x:v>
       </x:c>
       <x:c r="E73" s="0">
-        <x:v>609.01</x:v>
+        <x:v>656.96</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:5">
       <x:c r="A74" s="1">
-        <x:v>45972.9253240741</x:v>
+        <x:v>45996.9307986111</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C74" s="0">
-        <x:v>1.02</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="D74" s="0">
-        <x:v>533.018</x:v>
+        <x:v>572.407</x:v>
       </x:c>
       <x:c r="E74" s="0">
-        <x:v>627.08</x:v>
+        <x:v>673.42</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:5">
       <x:c r="A75" s="1">
-        <x:v>45971.9254282407</x:v>
+        <x:v>45995.9303703704</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C75" s="0">
-        <x:v>1.06</x:v>
+        <x:v>1.26</x:v>
       </x:c>
       <x:c r="D75" s="0">
-        <x:v>536.996</x:v>
+        <x:v>562.3</x:v>
       </x:c>
       <x:c r="E75" s="0">
-        <x:v>631.76</x:v>
+        <x:v>661.53</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:5">
       <x:c r="A76" s="1">
-        <x:v>45968.925474537</x:v>
+        <x:v>45994.9277662037</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C76" s="0">
-        <x:v>0.97</x:v>
+        <x:v>1.05</x:v>
       </x:c>
       <x:c r="D76" s="0">
-        <x:v>528.454</x:v>
+        <x:v>543.66</x:v>
       </x:c>
       <x:c r="E76" s="0">
-        <x:v>621.71</x:v>
+        <x:v>639.6</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:5">
       <x:c r="A77" s="1">
-        <x:v>45967.9277662037</x:v>
+        <x:v>45993.9304050926</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C77" s="0">
-        <x:v>0.95</x:v>
+        <x:v>1.13</x:v>
       </x:c>
       <x:c r="D77" s="0">
-        <x:v>526.099</x:v>
+        <x:v>550.035</x:v>
       </x:c>
       <x:c r="E77" s="0">
-        <x:v>618.94</x:v>
+        <x:v>647.1</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:5">
       <x:c r="A78" s="1">
-        <x:v>45966.9253587963</x:v>
+        <x:v>45992.9296875</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C78" s="0">
-        <x:v>1.13</x:v>
+        <x:v>1.07</x:v>
       </x:c>
       <x:c r="D78" s="0">
-        <x:v>540.558</x:v>
+        <x:v>544.74</x:v>
       </x:c>
       <x:c r="E78" s="0">
-        <x:v>635.95</x:v>
+        <x:v>640.87</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:5">
       <x:c r="A79" s="1">
-        <x:v>45965.9237731481</x:v>
+        <x:v>45989.8196990741</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C79" s="0">
-        <x:v>1.05</x:v>
+        <x:v>1.14</x:v>
       </x:c>
       <x:c r="D79" s="0">
-        <x:v>533.222</x:v>
+        <x:v>550.758</x:v>
       </x:c>
       <x:c r="E79" s="0">
-        <x:v>627.32</x:v>
+        <x:v>647.95</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:5">
       <x:c r="A80" s="1">
-        <x:v>45964.9228819444</x:v>
+        <x:v>45987.9266087963</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C80" s="0">
-        <x:v>1.16</x:v>
+        <x:v>1.01</x:v>
       </x:c>
       <x:c r="D80" s="0">
-        <x:v>542.054</x:v>
+        <x:v>538.568</x:v>
       </x:c>
       <x:c r="E80" s="0">
-        <x:v>637.71</x:v>
+        <x:v>633.61</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:5">
       <x:c r="A81" s="1">
-        <x:v>45961.8818865741</x:v>
+        <x:v>45986.9251157407</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C81" s="0">
-        <x:v>1.29</x:v>
+        <x:v>1.04</x:v>
       </x:c>
       <x:c r="D81" s="0">
-        <x:v>551.098</x:v>
+        <x:v>540.787</x:v>
       </x:c>
       <x:c r="E81" s="0">
-        <x:v>648.35</x:v>
+        <x:v>636.22</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:5">
       <x:c r="A82" s="1">
-        <x:v>45960.8841087963</x:v>
+        <x:v>45982.9249074074</x:v>
       </x:c>
       <x:c r="B82" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C82" s="0">
-        <x:v>1.55</x:v>
+        <x:v>0.71</x:v>
       </x:c>
       <x:c r="D82" s="0">
-        <x:v>566.5</x:v>
+        <x:v>505.112</x:v>
       </x:c>
       <x:c r="E82" s="0">
-        <x:v>666.47</x:v>
+        <x:v>594.25</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:5">
       <x:c r="A83" s="1">
-        <x:v>45959.8898263889</x:v>
+        <x:v>45981.9259722222</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C83" s="0">
-        <x:v>4.9</x:v>
+        <x:v>0.68</x:v>
       </x:c>
       <x:c r="D83" s="0">
-        <x:v>638.92</x:v>
+        <x:v>500.778</x:v>
       </x:c>
       <x:c r="E83" s="0">
-        <x:v>751.67</x:v>
+        <x:v>589.15</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:5">
       <x:c r="A84" s="1">
-        <x:v>45958.8875115741</x:v>
+        <x:v>45980.9264583333</x:v>
       </x:c>
       <x:c r="B84" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C84" s="0">
-        <x:v>4.9</x:v>
+        <x:v>0.69</x:v>
       </x:c>
       <x:c r="D84" s="0">
-        <x:v>638.724</x:v>
+        <x:v>501.772</x:v>
       </x:c>
       <x:c r="E84" s="0">
-        <x:v>751.44</x:v>
+        <x:v>590.32</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:5">
       <x:c r="A85" s="1">
-        <x:v>45957.8875925926</x:v>
+        <x:v>45979.9258680556</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C85" s="0">
-        <x:v>4.88</x:v>
+        <x:v>0.74</x:v>
       </x:c>
       <x:c r="D85" s="0">
-        <x:v>638.197</x:v>
+        <x:v>508.036</x:v>
       </x:c>
       <x:c r="E85" s="0">
-        <x:v>750.82</x:v>
+        <x:v>597.69</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:5">
       <x:c r="A86" s="1">
-        <x:v>45954.9259259259</x:v>
+        <x:v>45978.9282175926</x:v>
       </x:c>
       <x:c r="B86" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C86" s="0">
-        <x:v>4.45</x:v>
+        <x:v>0.78</x:v>
       </x:c>
       <x:c r="D86" s="0">
-        <x:v>627.606</x:v>
+        <x:v>511.708</x:v>
       </x:c>
       <x:c r="E86" s="0">
-        <x:v>738.36</x:v>
+        <x:v>602.01</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:5">
       <x:c r="A87" s="1">
-        <x:v>45953.9278587963</x:v>
+        <x:v>45975.9258449074</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C87" s="0">
-        <x:v>4.3</x:v>
+        <x:v>0.84</x:v>
       </x:c>
       <x:c r="D87" s="0">
-        <x:v>623.9</x:v>
+        <x:v>518.041</x:v>
       </x:c>
       <x:c r="E87" s="0">
-        <x:v>734</x:v>
+        <x:v>609.46</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:5">
       <x:c r="A88" s="1">
-        <x:v>45952.9303587963</x:v>
+        <x:v>45974.9248958333</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C88" s="0">
-        <x:v>4.28</x:v>
+        <x:v>0.85</x:v>
       </x:c>
       <x:c r="D88" s="0">
-        <x:v>623.398</x:v>
+        <x:v>518.406</x:v>
       </x:c>
       <x:c r="E88" s="0">
-        <x:v>733.41</x:v>
+        <x:v>609.89</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:5">
       <x:c r="A89" s="1">
-        <x:v>45951.9269212963</x:v>
+        <x:v>45973.9253125</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C89" s="0">
-        <x:v>4.28</x:v>
+        <x:v>0.84</x:v>
       </x:c>
       <x:c r="D89" s="0">
-        <x:v>623.28</x:v>
+        <x:v>517.658</x:v>
       </x:c>
       <x:c r="E89" s="0">
-        <x:v>733.27</x:v>
+        <x:v>609.01</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:5">
       <x:c r="A90" s="1">
-        <x:v>45950.9289699074</x:v>
+        <x:v>45972.9253240741</x:v>
       </x:c>
       <x:c r="B90" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C90" s="0">
-        <x:v>4.25</x:v>
+        <x:v>1.02</x:v>
       </x:c>
       <x:c r="D90" s="0">
-        <x:v>622.344</x:v>
+        <x:v>533.018</x:v>
       </x:c>
       <x:c r="E90" s="0">
-        <x:v>732.17</x:v>
+        <x:v>627.08</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:5">
       <x:c r="A91" s="1">
-        <x:v>45947.9300694444</x:v>
+        <x:v>45971.9254282407</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C91" s="0">
-        <x:v>3.78</x:v>
+        <x:v>1.06</x:v>
       </x:c>
       <x:c r="D91" s="0">
-        <x:v>609.378</x:v>
+        <x:v>536.996</x:v>
       </x:c>
       <x:c r="E91" s="0">
-        <x:v>716.915</x:v>
+        <x:v>631.76</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:5">
       <x:c r="A92" s="1">
-        <x:v>45946.9261805556</x:v>
+        <x:v>45968.925474537</x:v>
       </x:c>
       <x:c r="B92" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C92" s="0">
-        <x:v>3.63</x:v>
+        <x:v>0.97</x:v>
       </x:c>
       <x:c r="D92" s="0">
-        <x:v>605.26</x:v>
+        <x:v>528.454</x:v>
       </x:c>
       <x:c r="E92" s="0">
-        <x:v>712.07</x:v>
+        <x:v>621.71</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:5">
       <x:c r="A93" s="1">
-        <x:v>45945.9256712963</x:v>
+        <x:v>45967.9277662037</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C93" s="0">
-        <x:v>3.81</x:v>
+        <x:v>0.95</x:v>
       </x:c>
       <x:c r="D93" s="0">
-        <x:v>609.918</x:v>
+        <x:v>526.099</x:v>
       </x:c>
       <x:c r="E93" s="0">
-        <x:v>717.55</x:v>
+        <x:v>618.94</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:5">
       <x:c r="A94" s="1">
-        <x:v>45944.9308680556</x:v>
+        <x:v>45966.9253587963</x:v>
       </x:c>
       <x:c r="B94" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C94" s="0">
-        <x:v>3.55</x:v>
+        <x:v>1.13</x:v>
       </x:c>
       <x:c r="D94" s="0">
-        <x:v>602.352</x:v>
+        <x:v>540.558</x:v>
       </x:c>
       <x:c r="E94" s="0">
-        <x:v>708.65</x:v>
+        <x:v>635.95</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:5">
       <x:c r="A95" s="1">
-        <x:v>45943.9267592593</x:v>
+        <x:v>45965.9237731481</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C95" s="0">
-        <x:v>3.77</x:v>
+        <x:v>1.05</x:v>
       </x:c>
       <x:c r="D95" s="0">
-        <x:v>608.345</x:v>
+        <x:v>533.222</x:v>
       </x:c>
       <x:c r="E95" s="0">
-        <x:v>715.7</x:v>
+        <x:v>627.32</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:5">
       <x:c r="A96" s="1">
-        <x:v>45940.9235069444</x:v>
+        <x:v>45964.9228819444</x:v>
       </x:c>
       <x:c r="B96" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C96" s="0">
-        <x:v>3.48</x:v>
+        <x:v>1.16</x:v>
       </x:c>
       <x:c r="D96" s="0">
-        <x:v>599.505</x:v>
+        <x:v>542.054</x:v>
       </x:c>
       <x:c r="E96" s="0">
-        <x:v>705.3</x:v>
+        <x:v>637.71</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:5">
       <x:c r="A97" s="1">
-        <x:v>45938.9271180556</x:v>
+        <x:v>45961.8818865741</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C97" s="0">
-        <x:v>4.01</x:v>
+        <x:v>1.29</x:v>
       </x:c>
       <x:c r="D97" s="0">
-        <x:v>610.164</x:v>
+        <x:v>551.098</x:v>
       </x:c>
       <x:c r="E97" s="0">
-        <x:v>717.84</x:v>
+        <x:v>648.35</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:5">
       <x:c r="A98" s="1">
-        <x:v>45937.9281828704</x:v>
+        <x:v>45960.8841087963</x:v>
       </x:c>
       <x:c r="B98" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C98" s="0">
-        <x:v>3.86</x:v>
+        <x:v>1.55</x:v>
       </x:c>
       <x:c r="D98" s="0">
-        <x:v>606.118</x:v>
+        <x:v>566.5</x:v>
       </x:c>
       <x:c r="E98" s="0">
-        <x:v>713.08</x:v>
+        <x:v>666.47</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:5">
       <x:c r="A99" s="1">
-        <x:v>45936.924224537</x:v>
+        <x:v>45959.8898263889</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C99" s="0">
-        <x:v>3.95</x:v>
+        <x:v>4.9</x:v>
       </x:c>
       <x:c r="D99" s="0">
-        <x:v>608.311</x:v>
+        <x:v>638.92</x:v>
       </x:c>
       <x:c r="E99" s="0">
-        <x:v>715.66</x:v>
+        <x:v>751.67</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:5">
       <x:c r="A100" s="1">
-        <x:v>45933.9289236111</x:v>
+        <x:v>45958.8875115741</x:v>
       </x:c>
       <x:c r="B100" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C100" s="0">
-        <x:v>3.8</x:v>
+        <x:v>4.9</x:v>
       </x:c>
       <x:c r="D100" s="0">
-        <x:v>603.976</x:v>
+        <x:v>638.724</x:v>
       </x:c>
       <x:c r="E100" s="0">
-        <x:v>710.56</x:v>
+        <x:v>751.44</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:5">
       <x:c r="A101" s="1">
-        <x:v>45932.9250231481</x:v>
+        <x:v>45957.8875925926</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C101" s="0">
-        <x:v>4.4</x:v>
+        <x:v>4.88</x:v>
       </x:c>
       <x:c r="D101" s="0">
-        <x:v>617.992</x:v>
+        <x:v>638.197</x:v>
       </x:c>
       <x:c r="E101" s="0">
-        <x:v>727.05</x:v>
+        <x:v>750.82</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:5">
       <x:c r="A102" s="1">
-        <x:v>45931.9294097222</x:v>
+        <x:v>45954.9259259259</x:v>
       </x:c>
       <x:c r="B102" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C102" s="0">
-        <x:v>4.07</x:v>
+        <x:v>4.45</x:v>
       </x:c>
       <x:c r="D102" s="0">
-        <x:v>609.739</x:v>
+        <x:v>627.606</x:v>
       </x:c>
       <x:c r="E102" s="0">
-        <x:v>717.34</x:v>
+        <x:v>738.36</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:5">
       <x:c r="A103" s="1">
-        <x:v>45930.9339814815</x:v>
+        <x:v>45953.9278587963</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C103" s="0">
-        <x:v>4.74</x:v>
+        <x:v>4.3</x:v>
       </x:c>
       <x:c r="D103" s="0">
-        <x:v>624.223</x:v>
+        <x:v>623.9</x:v>
       </x:c>
       <x:c r="E103" s="0">
-        <x:v>734.38</x:v>
+        <x:v>734</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:5">
       <x:c r="A104" s="1">
-        <x:v>45929.9324074074</x:v>
+        <x:v>45952.9303587963</x:v>
       </x:c>
       <x:c r="B104" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C104" s="0">
-        <x:v>5.12</x:v>
+        <x:v>4.28</x:v>
       </x:c>
       <x:c r="D104" s="0">
-        <x:v>631.89</x:v>
+        <x:v>623.398</x:v>
       </x:c>
       <x:c r="E104" s="0">
-        <x:v>743.4</x:v>
+        <x:v>733.41</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:5">
       <x:c r="A105" s="1">
-        <x:v>45926.9299074074</x:v>
+        <x:v>45951.9269212963</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C105" s="0">
-        <x:v>5.15</x:v>
+        <x:v>4.28</x:v>
       </x:c>
       <x:c r="D105" s="0">
-        <x:v>632.188</x:v>
+        <x:v>623.28</x:v>
       </x:c>
       <x:c r="E105" s="0">
-        <x:v>743.75</x:v>
+        <x:v>733.27</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:5">
       <x:c r="A106" s="1">
-        <x:v>45925.9293865741</x:v>
+        <x:v>45950.9289699074</x:v>
       </x:c>
       <x:c r="B106" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C106" s="0">
-        <x:v>5.37</x:v>
+        <x:v>4.25</x:v>
       </x:c>
       <x:c r="D106" s="0">
-        <x:v>636.574</x:v>
+        <x:v>622.344</x:v>
       </x:c>
       <x:c r="E106" s="0">
-        <x:v>748.91</x:v>
+        <x:v>732.17</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:5">
       <x:c r="A107" s="1">
-        <x:v>45924.9296412037</x:v>
+        <x:v>45947.9300694444</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C107" s="0">
-        <x:v>5.93</x:v>
+        <x:v>3.78</x:v>
       </x:c>
       <x:c r="D107" s="0">
-        <x:v>646.561</x:v>
+        <x:v>609.378</x:v>
       </x:c>
       <x:c r="E107" s="0">
-        <x:v>760.66</x:v>
+        <x:v>716.915</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:5">
       <x:c r="A108" s="1">
-        <x:v>45923.9252314815</x:v>
+        <x:v>45946.9261805556</x:v>
       </x:c>
       <x:c r="B108" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C108" s="0">
-        <x:v>5.7</x:v>
+        <x:v>3.63</x:v>
       </x:c>
       <x:c r="D108" s="0">
-        <x:v>642.09</x:v>
+        <x:v>605.26</x:v>
       </x:c>
       <x:c r="E108" s="0">
-        <x:v>755.4</x:v>
+        <x:v>712.07</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:5">
       <x:c r="A109" s="1">
-        <x:v>45922.9266898148</x:v>
+        <x:v>45945.9256712963</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C109" s="0">
-        <x:v>6.18</x:v>
+        <x:v>3.81</x:v>
       </x:c>
       <x:c r="D109" s="0">
-        <x:v>650.018</x:v>
+        <x:v>609.918</x:v>
       </x:c>
       <x:c r="E109" s="0">
-        <x:v>765.16</x:v>
+        <x:v>717.55</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:5">
       <x:c r="A110" s="1">
-        <x:v>45922.3338773148</x:v>
+        <x:v>45944.9308680556</x:v>
       </x:c>
       <x:c r="B110" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C110" s="0">
-        <x:v>6.75</x:v>
+        <x:v>3.55</x:v>
       </x:c>
       <x:c r="D110" s="0">
-        <x:v>661.256</x:v>
+        <x:v>602.352</x:v>
       </x:c>
       <x:c r="E110" s="0">
-        <x:v>778.38</x:v>
+        <x:v>708.65</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:5">
       <x:c r="A111" s="1">
-        <x:v>45919.9342939815</x:v>
+        <x:v>45943.9267592593</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C111" s="0">
-        <x:v>6.88</x:v>
+        <x:v>3.77</x:v>
       </x:c>
       <x:c r="D111" s="0">
-        <x:v>661.623</x:v>
+        <x:v>608.345</x:v>
       </x:c>
       <x:c r="E111" s="0">
-        <x:v>778.38</x:v>
+        <x:v>715.7</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:5">
       <x:c r="A112" s="1">
-        <x:v>45918.9266087963</x:v>
+        <x:v>45940.9235069444</x:v>
       </x:c>
       <x:c r="B112" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C112" s="0">
-        <x:v>6.99</x:v>
+        <x:v>3.48</x:v>
       </x:c>
       <x:c r="D112" s="0">
-        <x:v>663.212</x:v>
+        <x:v>599.505</x:v>
       </x:c>
       <x:c r="E112" s="0">
-        <x:v>780.25</x:v>
+        <x:v>705.3</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:5">
       <x:c r="A113" s="1">
-        <x:v>45917.9271296296</x:v>
+        <x:v>45938.9271180556</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C113" s="0">
-        <x:v>6.76</x:v>
+        <x:v>4.01</x:v>
       </x:c>
       <x:c r="D113" s="0">
-        <x:v>659.358</x:v>
+        <x:v>610.164</x:v>
       </x:c>
       <x:c r="E113" s="0">
-        <x:v>775.715</x:v>
+        <x:v>717.84</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:5">
       <x:c r="A114" s="1">
-        <x:v>45916.9259490741</x:v>
+        <x:v>45937.9281828704</x:v>
       </x:c>
       <x:c r="B114" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C114" s="0">
-        <x:v>6.94</x:v>
+        <x:v>3.86</x:v>
       </x:c>
       <x:c r="D114" s="0">
-        <x:v>662.15</x:v>
+        <x:v>606.118</x:v>
       </x:c>
       <x:c r="E114" s="0">
-        <x:v>779</x:v>
+        <x:v>713.08</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:5">
       <x:c r="A115" s="1">
-        <x:v>45915.9270601852</x:v>
+        <x:v>45936.924224537</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C115" s="0">
-        <x:v>6.25</x:v>
+        <x:v>3.95</x:v>
       </x:c>
       <x:c r="D115" s="0">
-        <x:v>649.995</x:v>
+        <x:v>608.311</x:v>
       </x:c>
       <x:c r="E115" s="0">
-        <x:v>764.7</x:v>
+        <x:v>715.66</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:5">
       <x:c r="A116" s="1">
-        <x:v>45912.9234259259</x:v>
+        <x:v>45933.9289236111</x:v>
       </x:c>
       <x:c r="B116" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C116" s="0">
-        <x:v>5.85</x:v>
+        <x:v>3.8</x:v>
       </x:c>
       <x:c r="D116" s="0">
-        <x:v>642.252</x:v>
+        <x:v>603.976</x:v>
       </x:c>
       <x:c r="E116" s="0">
-        <x:v>755.59</x:v>
+        <x:v>710.56</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:5">
       <x:c r="A117" s="1">
-        <x:v>45911.9251736111</x:v>
+        <x:v>45932.9250231481</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C117" s="0">
-        <x:v>5.64</x:v>
+        <x:v>4.4</x:v>
       </x:c>
       <x:c r="D117" s="0">
-        <x:v>638.265</x:v>
+        <x:v>617.992</x:v>
       </x:c>
       <x:c r="E117" s="0">
-        <x:v>750.9</x:v>
+        <x:v>727.05</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:5">
       <x:c r="A118" s="1">
-        <x:v>45910.9240509259</x:v>
+        <x:v>45931.9294097222</x:v>
       </x:c>
       <x:c r="B118" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C118" s="0">
-        <x:v>5.7</x:v>
+        <x:v>4.07</x:v>
       </x:c>
       <x:c r="D118" s="0">
-        <x:v>639.183</x:v>
+        <x:v>609.739</x:v>
       </x:c>
       <x:c r="E118" s="0">
-        <x:v>751.98</x:v>
+        <x:v>717.34</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:5">
       <x:c r="A119" s="1">
-        <x:v>45909.9244907407</x:v>
+        <x:v>45930.9339814815</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C119" s="0">
-        <x:v>6.39</x:v>
+        <x:v>4.74</x:v>
       </x:c>
       <x:c r="D119" s="0">
-        <x:v>650.845</x:v>
+        <x:v>624.223</x:v>
       </x:c>
       <x:c r="E119" s="0">
-        <x:v>765.7</x:v>
+        <x:v>734.38</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:5">
       <x:c r="A120" s="1">
-        <x:v>45908.9240393518</x:v>
+        <x:v>45929.9324074074</x:v>
       </x:c>
       <x:c r="B120" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C120" s="0">
-        <x:v>5.78</x:v>
+        <x:v>5.12</x:v>
       </x:c>
       <x:c r="D120" s="0">
-        <x:v>639.455</x:v>
+        <x:v>631.89</x:v>
       </x:c>
       <x:c r="E120" s="0">
-        <x:v>752.3</x:v>
+        <x:v>743.4</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:5">
       <x:c r="A121" s="1">
-        <x:v>45905.9285648148</x:v>
+        <x:v>45926.9299074074</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C121" s="0">
-        <x:v>5.81</x:v>
+        <x:v>5.15</x:v>
       </x:c>
       <x:c r="D121" s="0">
-        <x:v>639.582</x:v>
+        <x:v>632.188</x:v>
       </x:c>
       <x:c r="E121" s="0">
-        <x:v>752.45</x:v>
+        <x:v>743.75</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:5">
       <x:c r="A122" s="1">
-        <x:v>45904.9245601852</x:v>
+        <x:v>45925.9293865741</x:v>
       </x:c>
       <x:c r="B122" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C122" s="0">
-        <x:v>5.64</x:v>
+        <x:v>5.37</x:v>
       </x:c>
       <x:c r="D122" s="0">
-        <x:v>636.352</x:v>
+        <x:v>636.574</x:v>
       </x:c>
       <x:c r="E122" s="0">
-        <x:v>748.65</x:v>
+        <x:v>748.91</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:5">
       <x:c r="A123" s="1">
-        <x:v>45903.9235648148</x:v>
+        <x:v>45924.9296412037</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C123" s="0">
-        <x:v>5.16</x:v>
+        <x:v>5.93</x:v>
       </x:c>
       <x:c r="D123" s="0">
-        <x:v>626.492</x:v>
+        <x:v>646.561</x:v>
       </x:c>
       <x:c r="E123" s="0">
-        <x:v>737.05</x:v>
+        <x:v>760.66</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:5">
       <x:c r="A124" s="1">
-        <x:v>45902.923912037</x:v>
+        <x:v>45923.9252314815</x:v>
       </x:c>
       <x:c r="B124" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C124" s="0">
-        <x:v>5.08</x:v>
+        <x:v>5.7</x:v>
       </x:c>
       <x:c r="D124" s="0">
-        <x:v>624.844</x:v>
+        <x:v>642.09</x:v>
       </x:c>
       <x:c r="E124" s="0">
-        <x:v>735.11</x:v>
+        <x:v>755.4</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:5">
       <x:c r="A125" s="1">
-        <x:v>45898.9304050926</x:v>
+        <x:v>45922.9266898148</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C125" s="0">
-        <x:v>5.26</x:v>
+        <x:v>6.18</x:v>
       </x:c>
       <x:c r="D125" s="0">
-        <x:v>627.895</x:v>
+        <x:v>650.018</x:v>
       </x:c>
       <x:c r="E125" s="0">
-        <x:v>738.7</x:v>
+        <x:v>765.16</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:5">
       <x:c r="A126" s="1">
-        <x:v>45897.9274768519</x:v>
+        <x:v>45922.3338773148</x:v>
       </x:c>
       <x:c r="B126" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C126" s="0">
-        <x:v>5.85</x:v>
+        <x:v>6.75</x:v>
       </x:c>
       <x:c r="D126" s="0">
-        <x:v>638.444</x:v>
+        <x:v>661.256</x:v>
       </x:c>
       <x:c r="E126" s="0">
-        <x:v>751.11</x:v>
+        <x:v>778.38</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:5">
       <x:c r="A127" s="1">
-        <x:v>45896.9248611111</x:v>
+        <x:v>45919.9342939815</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C127" s="0">
-        <x:v>5.68</x:v>
+        <x:v>6.88</x:v>
       </x:c>
       <x:c r="D127" s="0">
-        <x:v>635.273</x:v>
+        <x:v>661.623</x:v>
       </x:c>
       <x:c r="E127" s="0">
-        <x:v>747.38</x:v>
+        <x:v>778.38</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:5">
       <x:c r="A128" s="1">
-        <x:v>45895.9240046296</x:v>
+        <x:v>45918.9266087963</x:v>
       </x:c>
       <x:c r="B128" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C128" s="0">
-        <x:v>6.01</x:v>
+        <x:v>6.99</x:v>
       </x:c>
       <x:c r="D128" s="0">
-        <x:v>640.985</x:v>
+        <x:v>663.212</x:v>
       </x:c>
       <x:c r="E128" s="0">
-        <x:v>754.1</x:v>
+        <x:v>780.25</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:5">
       <x:c r="A129" s="1">
-        <x:v>45894.9239236111</x:v>
+        <x:v>45917.9271296296</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C129" s="0">
-        <x:v>5.98</x:v>
+        <x:v>6.76</x:v>
       </x:c>
       <x:c r="D129" s="0">
-        <x:v>640.305</x:v>
+        <x:v>659.358</x:v>
       </x:c>
       <x:c r="E129" s="0">
-        <x:v>753.3</x:v>
+        <x:v>775.715</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:5">
       <x:c r="A130" s="1">
-        <x:v>45891.9252083333</x:v>
+        <x:v>45916.9259490741</x:v>
       </x:c>
       <x:c r="B130" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C130" s="0">
-        <x:v>6.07</x:v>
+        <x:v>6.94</x:v>
       </x:c>
       <x:c r="D130" s="0">
-        <x:v>641.572</x:v>
+        <x:v>662.15</x:v>
       </x:c>
       <x:c r="E130" s="0">
-        <x:v>754.79</x:v>
+        <x:v>779</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:5">
       <x:c r="A131" s="1">
-        <x:v>45890.9257175926</x:v>
+        <x:v>45915.9270601852</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C131" s="0">
-        <x:v>5.39</x:v>
+        <x:v>6.25</x:v>
       </x:c>
       <x:c r="D131" s="0">
-        <x:v>628.235</x:v>
+        <x:v>649.995</x:v>
       </x:c>
       <x:c r="E131" s="0">
-        <x:v>739.1</x:v>
+        <x:v>764.7</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:5">
       <x:c r="A132" s="1">
-        <x:v>45889.9243402778</x:v>
+        <x:v>45912.9234259259</x:v>
       </x:c>
       <x:c r="B132" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C132" s="0">
-        <x:v>5.8</x:v>
+        <x:v>5.85</x:v>
       </x:c>
       <x:c r="D132" s="0">
-        <x:v>635.562</x:v>
+        <x:v>642.252</x:v>
       </x:c>
       <x:c r="E132" s="0">
-        <x:v>747.72</x:v>
+        <x:v>755.59</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:5">
       <x:c r="A133" s="1">
-        <x:v>45888.9238078704</x:v>
+        <x:v>45911.9251736111</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C133" s="0">
-        <x:v>5.99</x:v>
+        <x:v>5.64</x:v>
       </x:c>
       <x:c r="D133" s="0">
-        <x:v>638.758</x:v>
+        <x:v>638.265</x:v>
       </x:c>
       <x:c r="E133" s="0">
-        <x:v>751.48</x:v>
+        <x:v>750.9</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:5">
       <x:c r="A134" s="1">
-        <x:v>45887.924525463</x:v>
+        <x:v>45910.9240509259</x:v>
       </x:c>
       <x:c r="B134" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C134" s="0">
-        <x:v>6.84</x:v>
+        <x:v>5.7</x:v>
       </x:c>
       <x:c r="D134" s="0">
-        <x:v>652.264</x:v>
+        <x:v>639.183</x:v>
       </x:c>
       <x:c r="E134" s="0">
-        <x:v>767.37</x:v>
+        <x:v>751.98</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:5">
       <x:c r="A135" s="1">
-        <x:v>45884.9247685185</x:v>
+        <x:v>45909.9244907407</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C135" s="0">
-        <x:v>7.96</x:v>
+        <x:v>6.39</x:v>
       </x:c>
       <x:c r="D135" s="0">
-        <x:v>667.446</x:v>
+        <x:v>650.845</x:v>
       </x:c>
       <x:c r="E135" s="0">
-        <x:v>785.23</x:v>
+        <x:v>765.7</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:5">
       <x:c r="A136" s="1">
-        <x:v>45883.9240972222</x:v>
+        <x:v>45908.9240393518</x:v>
       </x:c>
       <x:c r="B136" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C136" s="0">
-        <x:v>7.78</x:v>
+        <x:v>5.78</x:v>
       </x:c>
       <x:c r="D136" s="0">
-        <x:v>664.81</x:v>
+        <x:v>639.455</x:v>
       </x:c>
       <x:c r="E136" s="0">
-        <x:v>782.13</x:v>
+        <x:v>752.3</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:5">
       <x:c r="A137" s="1">
-        <x:v>45882.923900463</x:v>
+        <x:v>45905.9285648148</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C137" s="0">
-        <x:v>7.67</x:v>
+        <x:v>5.81</x:v>
       </x:c>
       <x:c r="D137" s="0">
-        <x:v>663.068</x:v>
+        <x:v>639.582</x:v>
       </x:c>
       <x:c r="E137" s="0">
-        <x:v>780.08</x:v>
+        <x:v>752.45</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:5">
       <x:c r="A138" s="1">
-        <x:v>45881.9233217593</x:v>
+        <x:v>45904.9245601852</x:v>
       </x:c>
       <x:c r="B138" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C138" s="0">
-        <x:v>8.3</x:v>
+        <x:v>5.64</x:v>
       </x:c>
       <x:c r="D138" s="0">
-        <x:v>671.5</x:v>
+        <x:v>636.352</x:v>
       </x:c>
       <x:c r="E138" s="0">
-        <x:v>790</x:v>
+        <x:v>748.65</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:5">
       <x:c r="A139" s="1">
-        <x:v>45880.9235763889</x:v>
+        <x:v>45903.9235648148</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C139" s="0">
-        <x:v>6.99</x:v>
+        <x:v>5.16</x:v>
       </x:c>
       <x:c r="D139" s="0">
-        <x:v>650.99</x:v>
+        <x:v>626.492</x:v>
       </x:c>
       <x:c r="E139" s="0">
-        <x:v>765.87</x:v>
+        <x:v>737.05</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:5">
       <x:c r="A140" s="1">
-        <x:v>45877.9331944444</x:v>
+        <x:v>45902.923912037</x:v>
       </x:c>
       <x:c r="B140" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C140" s="0">
-        <x:v>7.2</x:v>
+        <x:v>5.08</x:v>
       </x:c>
       <x:c r="D140" s="0">
-        <x:v>653.905</x:v>
+        <x:v>624.844</x:v>
       </x:c>
       <x:c r="E140" s="0">
-        <x:v>769.3</x:v>
+        <x:v>735.11</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:5">
       <x:c r="A141" s="1">
-        <x:v>45876.9385069444</x:v>
+        <x:v>45898.9304050926</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C141" s="0">
-        <x:v>6.81</x:v>
+        <x:v>5.26</x:v>
       </x:c>
       <x:c r="D141" s="0">
-        <x:v>647.556</x:v>
+        <x:v>627.895</x:v>
       </x:c>
       <x:c r="E141" s="0">
-        <x:v>761.83</x:v>
+        <x:v>738.7</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:5">
       <x:c r="A142" s="1">
-        <x:v>45875.9344328704</x:v>
+        <x:v>45897.9274768519</x:v>
       </x:c>
       <x:c r="B142" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C142" s="0">
-        <x:v>7.4</x:v>
+        <x:v>5.85</x:v>
       </x:c>
       <x:c r="D142" s="0">
-        <x:v>656.192</x:v>
+        <x:v>638.444</x:v>
       </x:c>
       <x:c r="E142" s="0">
-        <x:v>771.99</x:v>
+        <x:v>751.11</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:5">
       <x:c r="A143" s="1">
-        <x:v>45874.9326388889</x:v>
+        <x:v>45896.9248611111</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C143" s="0">
-        <x:v>6.95</x:v>
+        <x:v>5.68</x:v>
       </x:c>
       <x:c r="D143" s="0">
-        <x:v>648.941</x:v>
+        <x:v>635.273</x:v>
       </x:c>
       <x:c r="E143" s="0">
-        <x:v>763.46</x:v>
+        <x:v>747.38</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:5">
       <x:c r="A144" s="1">
-        <x:v>45873.9313310185</x:v>
+        <x:v>45895.9240046296</x:v>
       </x:c>
       <x:c r="B144" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C144" s="0">
-        <x:v>7.73</x:v>
+        <x:v>6.01</x:v>
       </x:c>
       <x:c r="D144" s="0">
-        <x:v>659.914</x:v>
+        <x:v>640.985</x:v>
       </x:c>
       <x:c r="E144" s="0">
-        <x:v>776.37</x:v>
+        <x:v>754.1</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:5">
       <x:c r="A145" s="1">
-        <x:v>45870.9274305556</x:v>
+        <x:v>45894.9239236111</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C145" s="0">
-        <x:v>6.4</x:v>
+        <x:v>5.98</x:v>
       </x:c>
       <x:c r="D145" s="0">
-        <x:v>637.508</x:v>
+        <x:v>640.305</x:v>
       </x:c>
       <x:c r="E145" s="0">
-        <x:v>750.01</x:v>
+        <x:v>753.3</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:5">
       <x:c r="A146" s="1">
-        <x:v>45869.9244560185</x:v>
+        <x:v>45891.9252083333</x:v>
       </x:c>
       <x:c r="B146" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C146" s="0">
-        <x:v>7.83</x:v>
+        <x:v>6.07</x:v>
       </x:c>
       <x:c r="D146" s="0">
-        <x:v>657.424</x:v>
+        <x:v>641.572</x:v>
       </x:c>
       <x:c r="E146" s="0">
-        <x:v>773.44</x:v>
+        <x:v>754.79</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:5">
       <x:c r="A147" s="1">
-        <x:v>45868.9254861111</x:v>
+        <x:v>45890.9257175926</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C147" s="0">
-        <x:v>4.69</x:v>
+        <x:v>5.39</x:v>
       </x:c>
       <x:c r="D147" s="0">
-        <x:v>590.928</x:v>
+        <x:v>628.235</x:v>
       </x:c>
       <x:c r="E147" s="0">
-        <x:v>695.21</x:v>
+        <x:v>739.1</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:5">
       <x:c r="A148" s="1">
-        <x:v>45867.9289236111</x:v>
+        <x:v>45889.9243402778</x:v>
       </x:c>
       <x:c r="B148" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C148" s="0">
-        <x:v>4.89</x:v>
+        <x:v>5.8</x:v>
       </x:c>
       <x:c r="D148" s="0">
-        <x:v>595</x:v>
+        <x:v>635.562</x:v>
       </x:c>
       <x:c r="E148" s="0">
-        <x:v>700</x:v>
+        <x:v>747.72</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:5">
       <x:c r="A149" s="1">
-        <x:v>45866.9278703704</x:v>
+        <x:v>45888.9238078704</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C149" s="0">
-        <x:v>5.75</x:v>
+        <x:v>5.99</x:v>
       </x:c>
       <x:c r="D149" s="0">
-        <x:v>609.986</x:v>
+        <x:v>638.758</x:v>
       </x:c>
       <x:c r="E149" s="0">
-        <x:v>717.63</x:v>
+        <x:v>751.48</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:5">
       <x:c r="A150" s="1">
-        <x:v>45863.9269097222</x:v>
+        <x:v>45887.924525463</x:v>
       </x:c>
       <x:c r="B150" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C150" s="0">
-        <x:v>5.53</x:v>
+        <x:v>6.84</x:v>
       </x:c>
       <x:c r="D150" s="0">
-        <x:v>605.778</x:v>
+        <x:v>652.264</x:v>
       </x:c>
       <x:c r="E150" s="0">
-        <x:v>712.68</x:v>
+        <x:v>767.37</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:5">
       <x:c r="A151" s="1">
-        <x:v>45862.9245486111</x:v>
+        <x:v>45884.9247685185</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C151" s="0">
-        <x:v>5.64</x:v>
+        <x:v>7.96</x:v>
       </x:c>
       <x:c r="D151" s="0">
-        <x:v>607.58</x:v>
+        <x:v>667.446</x:v>
       </x:c>
       <x:c r="E151" s="0">
-        <x:v>714.8</x:v>
+        <x:v>785.23</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:5">
       <x:c r="A152" s="1">
-        <x:v>45861.9264583333</x:v>
+        <x:v>45883.9240972222</x:v>
       </x:c>
       <x:c r="B152" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C152" s="0">
-        <x:v>5.59</x:v>
+        <x:v>7.78</x:v>
       </x:c>
       <x:c r="D152" s="0">
-        <x:v>606.543</x:v>
+        <x:v>664.81</x:v>
       </x:c>
       <x:c r="E152" s="0">
-        <x:v>713.58</x:v>
+        <x:v>782.13</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:5">
       <x:c r="A153" s="1">
-        <x:v>45860.926099537</x:v>
+        <x:v>45882.923900463</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C153" s="0">
-        <x:v>5.21</x:v>
+        <x:v>7.67</x:v>
       </x:c>
       <x:c r="D153" s="0">
-        <x:v>599.088</x:v>
+        <x:v>663.068</x:v>
       </x:c>
       <x:c r="E153" s="0">
-        <x:v>704.81</x:v>
+        <x:v>780.08</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:5">
       <x:c r="A154" s="1">
-        <x:v>45859.9272916667</x:v>
+        <x:v>45881.9233217593</x:v>
       </x:c>
       <x:c r="B154" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C154" s="0">
-        <x:v>5.6</x:v>
+        <x:v>8.3</x:v>
       </x:c>
       <x:c r="D154" s="0">
-        <x:v>606.02</x:v>
+        <x:v>671.5</x:v>
       </x:c>
       <x:c r="E154" s="0">
-        <x:v>712.965</x:v>
+        <x:v>790</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:5">
       <x:c r="A155" s="1">
-        <x:v>45856.9492592593</x:v>
+        <x:v>45880.9235763889</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C155" s="0">
-        <x:v>5.23</x:v>
+        <x:v>6.99</x:v>
       </x:c>
       <x:c r="D155" s="0">
-        <x:v>598.638</x:v>
+        <x:v>650.99</x:v>
       </x:c>
       <x:c r="E155" s="0">
-        <x:v>704.28</x:v>
+        <x:v>765.87</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:5">
       <x:c r="A156" s="1">
-        <x:v>45855.9327662037</x:v>
+        <x:v>45877.9331944444</x:v>
       </x:c>
       <x:c r="B156" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C156" s="0">
-        <x:v>5.11</x:v>
+        <x:v>7.2</x:v>
       </x:c>
       <x:c r="D156" s="0">
-        <x:v>596.198</x:v>
+        <x:v>653.905</x:v>
       </x:c>
       <x:c r="E156" s="0">
-        <x:v>701.41</x:v>
+        <x:v>769.3</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:5">
       <x:c r="A157" s="1">
-        <x:v>45854.9359027778</x:v>
+        <x:v>45876.9385069444</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C157" s="0">
-        <x:v>5.18</x:v>
+        <x:v>6.81</x:v>
       </x:c>
       <x:c r="D157" s="0">
-        <x:v>597.474</x:v>
+        <x:v>647.556</x:v>
       </x:c>
       <x:c r="E157" s="0">
-        <x:v>702.91</x:v>
+        <x:v>761.83</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:5">
       <x:c r="A158" s="1">
-        <x:v>45853.9276041667</x:v>
+        <x:v>45875.9344328704</x:v>
       </x:c>
       <x:c r="B158" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C158" s="0">
-        <x:v>5.54</x:v>
+        <x:v>7.4</x:v>
       </x:c>
       <x:c r="D158" s="0">
-        <x:v>603.832</x:v>
+        <x:v>656.192</x:v>
       </x:c>
       <x:c r="E158" s="0">
-        <x:v>710.39</x:v>
+        <x:v>771.99</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:5">
       <x:c r="A159" s="1">
-        <x:v>45852.9328587963</x:v>
+        <x:v>45874.9326388889</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C159" s="0">
-        <x:v>6.08</x:v>
+        <x:v>6.95</x:v>
       </x:c>
       <x:c r="D159" s="0">
-        <x:v>612.782</x:v>
+        <x:v>648.941</x:v>
       </x:c>
       <x:c r="E159" s="0">
-        <x:v>720.92</x:v>
+        <x:v>763.46</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:5">
       <x:c r="A160" s="1">
-        <x:v>45849.9250462963</x:v>
+        <x:v>45873.9313310185</x:v>
       </x:c>
       <x:c r="B160" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C160" s="0">
-        <x:v>5.93</x:v>
+        <x:v>7.73</x:v>
       </x:c>
       <x:c r="D160" s="0">
-        <x:v>609.884</x:v>
+        <x:v>659.914</x:v>
       </x:c>
       <x:c r="E160" s="0">
-        <x:v>717.51</x:v>
+        <x:v>776.37</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:5">
       <x:c r="A161" s="1">
-        <x:v>45848.9261805556</x:v>
+        <x:v>45870.9274305556</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C161" s="0">
-        <x:v>6.45</x:v>
+        <x:v>6.4</x:v>
       </x:c>
       <x:c r="D161" s="0">
-        <x:v>618.154</x:v>
+        <x:v>637.508</x:v>
       </x:c>
       <x:c r="E161" s="0">
-        <x:v>727.24</x:v>
+        <x:v>750.01</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:5">
       <x:c r="A162" s="1">
-        <x:v>45847.9258101852</x:v>
+        <x:v>45869.9244560185</x:v>
       </x:c>
       <x:c r="B162" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C162" s="0">
-        <x:v>6.76</x:v>
+        <x:v>7.83</x:v>
       </x:c>
       <x:c r="D162" s="0">
-        <x:v>622.863</x:v>
+        <x:v>657.424</x:v>
       </x:c>
       <x:c r="E162" s="0">
-        <x:v>732.78</x:v>
+        <x:v>773.44</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:5">
       <x:c r="A163" s="1">
-        <x:v>45846.924849537</x:v>
+        <x:v>45868.9254861111</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C163" s="0">
-        <x:v>6.15</x:v>
+        <x:v>4.69</x:v>
       </x:c>
       <x:c r="D163" s="0">
-        <x:v>612.57</x:v>
+        <x:v>590.928</x:v>
       </x:c>
       <x:c r="E163" s="0">
-        <x:v>720.67</x:v>
+        <x:v>695.21</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:5">
       <x:c r="A164" s="1">
-        <x:v>45845.9275115741</x:v>
+        <x:v>45867.9289236111</x:v>
       </x:c>
       <x:c r="B164" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C164" s="0">
-        <x:v>6.04</x:v>
+        <x:v>4.89</x:v>
       </x:c>
       <x:c r="D164" s="0">
-        <x:v>610.598</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="E164" s="0">
-        <x:v>718.35</x:v>
+        <x:v>700</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:5">
       <x:c r="A165" s="1">
-        <x:v>45841.8023611111</x:v>
+        <x:v>45866.9278703704</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C165" s="0">
-        <x:v>6.1</x:v>
+        <x:v>5.75</x:v>
       </x:c>
       <x:c r="D165" s="0">
-        <x:v>611.158</x:v>
+        <x:v>609.986</x:v>
       </x:c>
       <x:c r="E165" s="0">
-        <x:v>719.01</x:v>
+        <x:v>717.63</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:5">
       <x:c r="A166" s="1">
-        <x:v>45840.930462963</x:v>
+        <x:v>45863.9269097222</x:v>
       </x:c>
       <x:c r="B166" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C166" s="0">
-        <x:v>5.84</x:v>
+        <x:v>5.53</x:v>
       </x:c>
       <x:c r="D166" s="0">
-        <x:v>606.534</x:v>
+        <x:v>605.778</x:v>
       </x:c>
       <x:c r="E166" s="0">
-        <x:v>713.57</x:v>
+        <x:v>712.68</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:5">
       <x:c r="A167" s="1">
-        <x:v>45839.9249768518</x:v>
+        <x:v>45862.9245486111</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C167" s="0">
-        <x:v>6.14</x:v>
+        <x:v>5.64</x:v>
       </x:c>
       <x:c r="D167" s="0">
-        <x:v>611.337</x:v>
+        <x:v>607.58</x:v>
       </x:c>
       <x:c r="E167" s="0">
-        <x:v>719.22</x:v>
+        <x:v>714.8</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:5">
       <x:c r="A168" s="1">
-        <x:v>45838.9258101852</x:v>
+        <x:v>45861.9264583333</x:v>
       </x:c>
       <x:c r="B168" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C168" s="0">
-        <x:v>7.26</x:v>
+        <x:v>5.59</x:v>
       </x:c>
       <x:c r="D168" s="0">
-        <x:v>627.376</x:v>
+        <x:v>606.543</x:v>
       </x:c>
       <x:c r="E168" s="0">
-        <x:v>738.09</x:v>
+        <x:v>713.58</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:5">
       <x:c r="A169" s="1">
-        <x:v>45835.9282175926</x:v>
+        <x:v>45860.926099537</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C169" s="0">
-        <x:v>7.03</x:v>
+        <x:v>5.21</x:v>
       </x:c>
       <x:c r="D169" s="0">
-        <x:v>623.586</x:v>
+        <x:v>599.088</x:v>
       </x:c>
       <x:c r="E169" s="0">
-        <x:v>733.63</x:v>
+        <x:v>704.81</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:5">
       <x:c r="A170" s="1">
-        <x:v>45834.9274189815</x:v>
+        <x:v>45859.9272916667</x:v>
       </x:c>
       <x:c r="B170" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C170" s="0">
-        <x:v>6.62</x:v>
+        <x:v>5.6</x:v>
       </x:c>
       <x:c r="D170" s="0">
-        <x:v>617.176</x:v>
+        <x:v>606.02</x:v>
       </x:c>
       <x:c r="E170" s="0">
-        <x:v>726.09</x:v>
+        <x:v>712.965</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:5">
       <x:c r="A171" s="1">
-        <x:v>45833.9267824074</x:v>
+        <x:v>45856.9492592593</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C171" s="0">
-        <x:v>5.78</x:v>
+        <x:v>5.23</x:v>
       </x:c>
       <x:c r="D171" s="0">
-        <x:v>602.378</x:v>
+        <x:v>598.638</x:v>
       </x:c>
       <x:c r="E171" s="0">
-        <x:v>708.68</x:v>
+        <x:v>704.28</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:5">
       <x:c r="A172" s="1">
-        <x:v>45832.9265972222</x:v>
+        <x:v>45855.9327662037</x:v>
       </x:c>
       <x:c r="B172" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C172" s="0">
-        <x:v>5.96</x:v>
+        <x:v>5.11</x:v>
       </x:c>
       <x:c r="D172" s="0">
-        <x:v>605.37</x:v>
+        <x:v>596.198</x:v>
       </x:c>
       <x:c r="E172" s="0">
-        <x:v>712.2</x:v>
+        <x:v>701.41</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:5">
       <x:c r="A173" s="1">
-        <x:v>45831.9246643518</x:v>
+        <x:v>45854.9359027778</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C173" s="0">
-        <x:v>5.34</x:v>
+        <x:v>5.18</x:v>
       </x:c>
       <x:c r="D173" s="0">
-        <x:v>593.75</x:v>
+        <x:v>597.474</x:v>
       </x:c>
       <x:c r="E173" s="0">
-        <x:v>698.53</x:v>
+        <x:v>702.91</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:5">
       <x:c r="A174" s="1">
-        <x:v>45828.9428819444</x:v>
+        <x:v>45853.9276041667</x:v>
       </x:c>
       <x:c r="B174" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C174" s="0">
-        <x:v>4.69</x:v>
+        <x:v>5.54</x:v>
       </x:c>
       <x:c r="D174" s="0">
-        <x:v>579.998</x:v>
+        <x:v>603.832</x:v>
       </x:c>
       <x:c r="E174" s="0">
-        <x:v>682.35</x:v>
+        <x:v>710.39</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:5">
       <x:c r="A175" s="1">
-        <x:v>45826.9303587963</x:v>
+        <x:v>45852.9328587963</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C175" s="0">
-        <x:v>5.31</x:v>
+        <x:v>6.08</x:v>
       </x:c>
       <x:c r="D175" s="0">
-        <x:v>591.404</x:v>
+        <x:v>612.782</x:v>
       </x:c>
       <x:c r="E175" s="0">
-        <x:v>695.77</x:v>
+        <x:v>720.92</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:5">
       <x:c r="A176" s="1">
-        <x:v>45825.9254166667</x:v>
+        <x:v>45849.9250462963</x:v>
       </x:c>
       <x:c r="B176" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C176" s="0">
-        <x:v>5.39</x:v>
+        <x:v>5.93</x:v>
       </x:c>
       <x:c r="D176" s="0">
-        <x:v>592.646</x:v>
+        <x:v>609.884</x:v>
       </x:c>
       <x:c r="E176" s="0">
-        <x:v>697.23</x:v>
+        <x:v>717.51</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:5">
       <x:c r="A177" s="1">
-        <x:v>45824.9235069444</x:v>
+        <x:v>45848.9261805556</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C177" s="0">
-        <x:v>5.63</x:v>
+        <x:v>6.45</x:v>
       </x:c>
       <x:c r="D177" s="0">
-        <x:v>596.434</x:v>
+        <x:v>618.154</x:v>
       </x:c>
       <x:c r="E177" s="0">
-        <x:v>702.12</x:v>
+        <x:v>727.24</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:5">
       <x:c r="A178" s="1">
-        <x:v>45824.3396180556</x:v>
+        <x:v>45847.9258101852</x:v>
       </x:c>
       <x:c r="B178" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C178" s="0">
-        <x:v>4.93</x:v>
+        <x:v>6.76</x:v>
       </x:c>
       <x:c r="D178" s="0">
-        <x:v>580.072</x:v>
+        <x:v>622.863</x:v>
       </x:c>
       <x:c r="E178" s="0">
-        <x:v>682.87</x:v>
+        <x:v>732.78</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:5">
       <x:c r="A179" s="1">
-        <x:v>45821.9252777778</x:v>
+        <x:v>45846.924849537</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C179" s="0">
-        <x:v>4.81</x:v>
+        <x:v>6.15</x:v>
       </x:c>
       <x:c r="D179" s="0">
-        <x:v>580.44</x:v>
+        <x:v>612.57</x:v>
       </x:c>
       <x:c r="E179" s="0">
-        <x:v>682.87</x:v>
+        <x:v>720.67</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:5">
       <x:c r="A180" s="1">
-        <x:v>45820.9288773148</x:v>
+        <x:v>45845.9275115741</x:v>
       </x:c>
       <x:c r="B180" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C180" s="0">
-        <x:v>5.3</x:v>
+        <x:v>6.04</x:v>
       </x:c>
       <x:c r="D180" s="0">
-        <x:v>589.356</x:v>
+        <x:v>610.598</x:v>
       </x:c>
       <x:c r="E180" s="0">
-        <x:v>693.36</x:v>
+        <x:v>718.35</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:5">
       <x:c r="A181" s="1">
-        <x:v>45819.9235416667</x:v>
+        <x:v>45841.8023611111</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C181" s="0">
-        <x:v>5.34</x:v>
+        <x:v>6.1</x:v>
       </x:c>
       <x:c r="D181" s="0">
-        <x:v>590.019</x:v>
+        <x:v>611.158</x:v>
       </x:c>
       <x:c r="E181" s="0">
-        <x:v>694.14</x:v>
+        <x:v>719.01</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:5">
       <x:c r="A182" s="1">
-        <x:v>45818.9234953704</x:v>
+        <x:v>45840.930462963</x:v>
       </x:c>
       <x:c r="B182" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C182" s="0">
-        <x:v>5.76</x:v>
+        <x:v>5.84</x:v>
       </x:c>
       <x:c r="D182" s="0">
-        <x:v>597.04</x:v>
+        <x:v>606.534</x:v>
       </x:c>
       <x:c r="E182" s="0">
-        <x:v>702.4</x:v>
+        <x:v>713.57</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:5">
       <x:c r="A183" s="1">
-        <x:v>45817.9248958333</x:v>
+        <x:v>45839.9249768518</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C183" s="0">
-        <x:v>5.37</x:v>
+        <x:v>6.14</x:v>
       </x:c>
       <x:c r="D183" s="0">
-        <x:v>589.951</x:v>
+        <x:v>611.337</x:v>
       </x:c>
       <x:c r="E183" s="0">
-        <x:v>694.06</x:v>
+        <x:v>719.22</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:5">
       <x:c r="A184" s="1">
-        <x:v>45814.9279398148</x:v>
+        <x:v>45838.9258101852</x:v>
       </x:c>
       <x:c r="B184" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C184" s="0">
-        <x:v>5.57</x:v>
+        <x:v>7.26</x:v>
       </x:c>
       <x:c r="D184" s="0">
-        <x:v>593.054</x:v>
+        <x:v>627.376</x:v>
       </x:c>
       <x:c r="E184" s="0">
-        <x:v>697.71</x:v>
+        <x:v>738.09</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:5">
       <x:c r="A185" s="1">
-        <x:v>45813.9311805556</x:v>
+        <x:v>45835.9282175926</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C185" s="0">
-        <x:v>5</x:v>
+        <x:v>7.03</x:v>
       </x:c>
       <x:c r="D185" s="0">
-        <x:v>581.927</x:v>
+        <x:v>623.586</x:v>
       </x:c>
       <x:c r="E185" s="0">
-        <x:v>684.62</x:v>
+        <x:v>733.63</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:5">
       <x:c r="A186" s="1">
-        <x:v>45812.9288888889</x:v>
+        <x:v>45834.9274189815</x:v>
       </x:c>
       <x:c r="B186" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C186" s="0">
-        <x:v>5.15</x:v>
+        <x:v>6.62</x:v>
       </x:c>
       <x:c r="D186" s="0">
-        <x:v>584.758</x:v>
+        <x:v>617.176</x:v>
       </x:c>
       <x:c r="E186" s="0">
-        <x:v>687.95</x:v>
+        <x:v>726.09</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:5">
       <x:c r="A187" s="1">
-        <x:v>45811.9362847222</x:v>
+        <x:v>45833.9267824074</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C187" s="0">
-        <x:v>4.34</x:v>
+        <x:v>5.78</x:v>
       </x:c>
       <x:c r="D187" s="0">
-        <x:v>566.822</x:v>
+        <x:v>602.378</x:v>
       </x:c>
       <x:c r="E187" s="0">
-        <x:v>666.85</x:v>
+        <x:v>708.68</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:5">
       <x:c r="A188" s="1">
-        <x:v>45810.9414467593</x:v>
+        <x:v>45832.9265972222</x:v>
       </x:c>
       <x:c r="B188" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C188" s="0">
-        <x:v>4.5</x:v>
+        <x:v>5.96</x:v>
       </x:c>
       <x:c r="D188" s="0">
-        <x:v>570.265</x:v>
+        <x:v>605.37</x:v>
       </x:c>
       <x:c r="E188" s="0">
-        <x:v>670.9</x:v>
+        <x:v>712.2</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:5">
       <x:c r="A189" s="1">
-        <x:v>45800.9242361111</x:v>
+        <x:v>45831.9246643518</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C189" s="0">
-        <x:v>3.11</x:v>
+        <x:v>5.34</x:v>
       </x:c>
       <x:c r="D189" s="0">
-        <x:v>533.001</x:v>
+        <x:v>593.75</x:v>
       </x:c>
       <x:c r="E189" s="0">
-        <x:v>627.06</x:v>
+        <x:v>698.53</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:5">
       <x:c r="A190" s="1">
-        <x:v>45799.9263194444</x:v>
+        <x:v>45828.9428819444</x:v>
       </x:c>
       <x:c r="B190" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C190" s="0">
-        <x:v>3.42</x:v>
+        <x:v>4.69</x:v>
       </x:c>
       <x:c r="D190" s="0">
-        <x:v>541.084</x:v>
+        <x:v>579.998</x:v>
       </x:c>
       <x:c r="E190" s="0">
-        <x:v>636.57</x:v>
+        <x:v>682.35</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:5">
       <x:c r="A191" s="1">
-        <x:v>45798.9249537037</x:v>
+        <x:v>45826.9303587963</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C191" s="0">
-        <x:v>3.39</x:v>
+        <x:v>5.31</x:v>
       </x:c>
       <x:c r="D191" s="0">
-        <x:v>540.175</x:v>
+        <x:v>591.404</x:v>
       </x:c>
       <x:c r="E191" s="0">
-        <x:v>635.5</x:v>
+        <x:v>695.77</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:5">
       <x:c r="A192" s="1">
-        <x:v>45797.9233912037</x:v>
+        <x:v>45825.9254166667</x:v>
       </x:c>
       <x:c r="B192" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C192" s="0">
-        <x:v>3.45</x:v>
+        <x:v>5.39</x:v>
       </x:c>
       <x:c r="D192" s="0">
-        <x:v>541.535</x:v>
+        <x:v>592.646</x:v>
       </x:c>
       <x:c r="E192" s="0">
-        <x:v>637.1</x:v>
+        <x:v>697.23</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:5">
       <x:c r="A193" s="1">
-        <x:v>45796.9245023148</x:v>
+        <x:v>45824.9235069444</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C193" s="0">
-        <x:v>3.56</x:v>
+        <x:v>5.63</x:v>
       </x:c>
       <x:c r="D193" s="0">
-        <x:v>544.366</x:v>
+        <x:v>596.434</x:v>
       </x:c>
       <x:c r="E193" s="0">
-        <x:v>640.43</x:v>
+        <x:v>702.12</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:5">
       <x:c r="A194" s="1">
-        <x:v>45793.9259953704</x:v>
+        <x:v>45824.3396180556</x:v>
       </x:c>
       <x:c r="B194" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C194" s="0">
-        <x:v>3.57</x:v>
+        <x:v>4.93</x:v>
       </x:c>
       <x:c r="D194" s="0">
-        <x:v>544.289</x:v>
+        <x:v>580.072</x:v>
       </x:c>
       <x:c r="E194" s="0">
-        <x:v>640.34</x:v>
+        <x:v>682.87</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:5">
       <x:c r="A195" s="1">
-        <x:v>45792.9360300926</x:v>
+        <x:v>45821.9252777778</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C195" s="0">
-        <x:v>3.7</x:v>
+        <x:v>4.81</x:v>
       </x:c>
       <x:c r="D195" s="0">
-        <x:v>547.298</x:v>
+        <x:v>580.44</x:v>
       </x:c>
       <x:c r="E195" s="0">
-        <x:v>643.88</x:v>
+        <x:v>682.87</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:5">
       <x:c r="A196" s="1">
-        <x:v>45791.9275578704</x:v>
+        <x:v>45820.9288773148</x:v>
       </x:c>
       <x:c r="B196" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C196" s="0">
-        <x:v>4.31</x:v>
+        <x:v>5.3</x:v>
       </x:c>
       <x:c r="D196" s="0">
-        <x:v>560.456</x:v>
+        <x:v>589.356</x:v>
       </x:c>
       <x:c r="E196" s="0">
-        <x:v>659.36</x:v>
+        <x:v>693.36</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:5">
       <x:c r="A197" s="1">
-        <x:v>45790.9286689815</x:v>
+        <x:v>45819.9235416667</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C197" s="0">
-        <x:v>4.19</x:v>
+        <x:v>5.34</x:v>
       </x:c>
       <x:c r="D197" s="0">
-        <x:v>557.626</x:v>
+        <x:v>590.019</x:v>
       </x:c>
       <x:c r="E197" s="0">
-        <x:v>656.03</x:v>
+        <x:v>694.14</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:5">
       <x:c r="A198" s="1">
-        <x:v>45789.9278009259</x:v>
+        <x:v>45818.9234953704</x:v>
       </x:c>
       <x:c r="B198" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C198" s="0">
-        <x:v>3.63</x:v>
+        <x:v>5.76</x:v>
       </x:c>
       <x:c r="D198" s="0">
-        <x:v>543.516</x:v>
+        <x:v>597.04</x:v>
       </x:c>
       <x:c r="E198" s="0">
-        <x:v>639.43</x:v>
+        <x:v>702.4</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:5">
       <x:c r="A199" s="1">
-        <x:v>45786.9254050926</x:v>
+        <x:v>45817.9248958333</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C199" s="0">
-        <x:v>2.46</x:v>
+        <x:v>5.37</x:v>
       </x:c>
       <x:c r="D199" s="0">
-        <x:v>503.616</x:v>
+        <x:v>589.951</x:v>
       </x:c>
       <x:c r="E199" s="0">
-        <x:v>592.49</x:v>
+        <x:v>694.06</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:5">
       <x:c r="A200" s="1">
-        <x:v>45785.9240393518</x:v>
+        <x:v>45814.9279398148</x:v>
       </x:c>
       <x:c r="B200" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C200" s="0">
-        <x:v>2.61</x:v>
+        <x:v>5.57</x:v>
       </x:c>
       <x:c r="D200" s="0">
-        <x:v>508.308</x:v>
+        <x:v>593.054</x:v>
       </x:c>
       <x:c r="E200" s="0">
-        <x:v>598.01</x:v>
+        <x:v>697.71</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:5">
       <x:c r="A201" s="1">
-        <x:v>45784.9235416667</x:v>
+        <x:v>45813.9311805556</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C201" s="0">
-        <x:v>2.58</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="D201" s="0">
-        <x:v>507.288</x:v>
+        <x:v>581.927</x:v>
       </x:c>
       <x:c r="E201" s="0">
-        <x:v>596.81</x:v>
+        <x:v>684.62</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:5">
       <x:c r="A202" s="1">
-        <x:v>45783.9247685185</x:v>
+        <x:v>45812.9288888889</x:v>
       </x:c>
       <x:c r="B202" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C202" s="0">
-        <x:v>2.36</x:v>
+        <x:v>5.15</x:v>
       </x:c>
       <x:c r="D202" s="0">
-        <x:v>499.214</x:v>
+        <x:v>584.758</x:v>
       </x:c>
       <x:c r="E202" s="0">
-        <x:v>587.31</x:v>
+        <x:v>687.95</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:5">
       <x:c r="A203" s="1">
-        <x:v>45782.9244328704</x:v>
+        <x:v>45811.9362847222</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C203" s="0">
-        <x:v>2.68</x:v>
+        <x:v>4.34</x:v>
       </x:c>
       <x:c r="D203" s="0">
-        <x:v>509.38</x:v>
+        <x:v>566.822</x:v>
       </x:c>
       <x:c r="E203" s="0">
-        <x:v>599.27</x:v>
+        <x:v>666.85</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:5">
       <x:c r="A204" s="1">
-        <x:v>45779.9288657407</x:v>
+        <x:v>45810.9414467593</x:v>
       </x:c>
       <x:c r="B204" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C204" s="0">
-        <x:v>2.63</x:v>
+        <x:v>4.5</x:v>
       </x:c>
       <x:c r="D204" s="0">
-        <x:v>507.467</x:v>
+        <x:v>570.265</x:v>
       </x:c>
       <x:c r="E204" s="0">
-        <x:v>597.02</x:v>
+        <x:v>670.9</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:5">
       <x:c r="A205" s="1">
-        <x:v>45777.9324305556</x:v>
+        <x:v>45800.9242361111</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C205" s="0">
-        <x:v>1.73</x:v>
+        <x:v>3.11</x:v>
       </x:c>
       <x:c r="D205" s="0">
-        <x:v>466.65</x:v>
+        <x:v>533.001</x:v>
       </x:c>
       <x:c r="E205" s="0">
-        <x:v>549</x:v>
+        <x:v>627.06</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:5">
       <x:c r="A206" s="1">
-        <x:v>45776.9249189815</x:v>
+        <x:v>45799.9263194444</x:v>
       </x:c>
       <x:c r="B206" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C206" s="0">
-        <x:v>1.84</x:v>
+        <x:v>3.42</x:v>
       </x:c>
       <x:c r="D206" s="0">
-        <x:v>471.274</x:v>
+        <x:v>541.084</x:v>
       </x:c>
       <x:c r="E206" s="0">
-        <x:v>554.44</x:v>
+        <x:v>636.57</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:5">
       <x:c r="A207" s="1">
-        <x:v>45775.93125</x:v>
+        <x:v>45798.9249537037</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C207" s="0">
-        <x:v>1.75</x:v>
+        <x:v>3.39</x:v>
       </x:c>
       <x:c r="D207" s="0">
-        <x:v>467.279</x:v>
+        <x:v>540.175</x:v>
       </x:c>
       <x:c r="E207" s="0">
-        <x:v>549.74</x:v>
+        <x:v>635.5</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:5">
       <x:c r="A208" s="1">
-        <x:v>45772.9279282407</x:v>
+        <x:v>45797.9233912037</x:v>
       </x:c>
       <x:c r="B208" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C208" s="0">
-        <x:v>1.71</x:v>
+        <x:v>3.45</x:v>
       </x:c>
       <x:c r="D208" s="0">
-        <x:v>465.18</x:v>
+        <x:v>541.535</x:v>
       </x:c>
       <x:c r="E208" s="0">
-        <x:v>547.27</x:v>
+        <x:v>637.1</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:5">
       <x:c r="A209" s="1">
-        <x:v>45771.9286921296</x:v>
+        <x:v>45796.9245023148</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C209" s="0">
-        <x:v>1.48</x:v>
+        <x:v>3.56</x:v>
       </x:c>
       <x:c r="D209" s="0">
-        <x:v>453.178</x:v>
+        <x:v>544.366</x:v>
       </x:c>
       <x:c r="E209" s="0">
-        <x:v>533.15</x:v>
+        <x:v>640.43</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:5">
       <x:c r="A210" s="1">
-        <x:v>45770.9297800926</x:v>
+        <x:v>45793.9259953704</x:v>
       </x:c>
       <x:c r="B210" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C210" s="0">
-        <x:v>1.29</x:v>
+        <x:v>3.57</x:v>
       </x:c>
       <x:c r="D210" s="0">
-        <x:v>442.23</x:v>
+        <x:v>544.289</x:v>
       </x:c>
       <x:c r="E210" s="0">
-        <x:v>520.27</x:v>
+        <x:v>640.34</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:5">
       <x:c r="A211" s="1">
-        <x:v>45769.9290856481</x:v>
+        <x:v>45792.9360300926</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C211" s="0">
-        <x:v>1.04</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="D211" s="0">
-        <x:v>425.238</x:v>
+        <x:v>547.298</x:v>
       </x:c>
       <x:c r="E211" s="0">
-        <x:v>500.28</x:v>
+        <x:v>643.88</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:5">
       <x:c r="A212" s="1">
-        <x:v>45764.930787037</x:v>
+        <x:v>45791.9275578704</x:v>
       </x:c>
       <x:c r="B212" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C212" s="0">
-        <x:v>1.06</x:v>
+        <x:v>4.31</x:v>
       </x:c>
       <x:c r="D212" s="0">
-        <x:v>426.258</x:v>
+        <x:v>560.456</x:v>
       </x:c>
       <x:c r="E212" s="0">
-        <x:v>501.48</x:v>
+        <x:v>659.36</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:5">
       <x:c r="A213" s="1">
-        <x:v>45763.9303125</x:v>
+        <x:v>45790.9286689815</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C213" s="0">
-        <x:v>1.07</x:v>
+        <x:v>4.19</x:v>
       </x:c>
       <x:c r="D213" s="0">
-        <x:v>426.964</x:v>
+        <x:v>557.626</x:v>
       </x:c>
       <x:c r="E213" s="0">
-        <x:v>502.31</x:v>
+        <x:v>656.03</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:5">
       <x:c r="A214" s="1">
-        <x:v>45762.9290740741</x:v>
+        <x:v>45789.9278009259</x:v>
       </x:c>
       <x:c r="B214" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C214" s="0">
-        <x:v>1.38</x:v>
+        <x:v>3.63</x:v>
       </x:c>
       <x:c r="D214" s="0">
-        <x:v>443.292</x:v>
+        <x:v>543.516</x:v>
       </x:c>
       <x:c r="E214" s="0">
-        <x:v>521.52</x:v>
+        <x:v>639.43</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:5">
       <x:c r="A215" s="1">
-        <x:v>45761.9296643519</x:v>
+        <x:v>45786.9254050926</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C215" s="0">
-        <x:v>1.55</x:v>
+        <x:v>2.46</x:v>
       </x:c>
       <x:c r="D215" s="0">
-        <x:v>451.758</x:v>
+        <x:v>503.616</x:v>
       </x:c>
       <x:c r="E215" s="0">
-        <x:v>531.48</x:v>
+        <x:v>592.49</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:5">
       <x:c r="A216" s="1">
-        <x:v>45758.9254282407</x:v>
+        <x:v>45785.9240393518</x:v>
       </x:c>
       <x:c r="B216" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C216" s="0">
-        <x:v>1.8</x:v>
+        <x:v>2.61</x:v>
       </x:c>
       <x:c r="D216" s="0">
-        <x:v>462.034</x:v>
+        <x:v>508.308</x:v>
       </x:c>
       <x:c r="E216" s="0">
-        <x:v>543.57</x:v>
+        <x:v>598.01</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:5">
       <x:c r="A217" s="1">
-        <x:v>45757.9250231481</x:v>
+        <x:v>45784.9235416667</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C217" s="0">
-        <x:v>1.86</x:v>
+        <x:v>2.58</x:v>
       </x:c>
       <x:c r="D217" s="0">
-        <x:v>464.346</x:v>
+        <x:v>507.288</x:v>
       </x:c>
       <x:c r="E217" s="0">
-        <x:v>546.29</x:v>
+        <x:v>596.81</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:5">
       <x:c r="A218" s="1">
-        <x:v>45756.9250694444</x:v>
+        <x:v>45783.9247685185</x:v>
       </x:c>
       <x:c r="B218" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C218" s="0">
-        <x:v>3.12</x:v>
+        <x:v>2.36</x:v>
       </x:c>
       <x:c r="D218" s="0">
-        <x:v>497.904</x:v>
+        <x:v>499.214</x:v>
       </x:c>
       <x:c r="E218" s="0">
-        <x:v>585.77</x:v>
+        <x:v>587.31</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:5">
       <x:c r="A219" s="1">
-        <x:v>45755.9267013889</x:v>
+        <x:v>45782.9244328704</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C219" s="0">
-        <x:v>1.66</x:v>
+        <x:v>2.68</x:v>
       </x:c>
       <x:c r="D219" s="0">
-        <x:v>433.882</x:v>
+        <x:v>509.38</x:v>
       </x:c>
       <x:c r="E219" s="0">
-        <x:v>510.45</x:v>
+        <x:v>599.27</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:5">
       <x:c r="A220" s="1">
-        <x:v>45754.9257175926</x:v>
+        <x:v>45779.9288657407</x:v>
       </x:c>
       <x:c r="B220" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C220" s="0">
-        <x:v>1.78</x:v>
+        <x:v>2.63</x:v>
       </x:c>
       <x:c r="D220" s="0">
-        <x:v>438.812</x:v>
+        <x:v>507.467</x:v>
       </x:c>
       <x:c r="E220" s="0">
-        <x:v>516.25</x:v>
+        <x:v>597.02</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:5">
       <x:c r="A221" s="1">
-        <x:v>45751.9453240741</x:v>
+        <x:v>45777.9324305556</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C221" s="0">
-        <x:v>1.57</x:v>
+        <x:v>1.73</x:v>
       </x:c>
       <x:c r="D221" s="0">
-        <x:v>429.02</x:v>
+        <x:v>466.65</x:v>
       </x:c>
       <x:c r="E221" s="0">
-        <x:v>504.73</x:v>
+        <x:v>549</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:5">
       <x:c r="A222" s="1">
-        <x:v>45750.9256944444</x:v>
+        <x:v>45776.9249189815</x:v>
       </x:c>
       <x:c r="B222" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C222" s="0">
-        <x:v>2.26</x:v>
+        <x:v>1.84</x:v>
       </x:c>
       <x:c r="D222" s="0">
-        <x:v>451.877</x:v>
+        <x:v>471.274</x:v>
       </x:c>
       <x:c r="E222" s="0">
-        <x:v>531.62</x:v>
+        <x:v>554.44</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:5">
       <x:c r="A223" s="1">
-        <x:v>45748.9242013889</x:v>
+        <x:v>45775.93125</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C223" s="0">
-        <x:v>5</x:v>
+        <x:v>1.75</x:v>
       </x:c>
       <x:c r="D223" s="0">
-        <x:v>498.1</x:v>
+        <x:v>467.279</x:v>
       </x:c>
       <x:c r="E223" s="0">
-        <x:v>586</x:v>
+        <x:v>549.74</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:5">
       <x:c r="A224" s="1">
-        <x:v>45747.9264351852</x:v>
+        <x:v>45772.9279282407</x:v>
       </x:c>
       <x:c r="B224" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C224" s="0">
-        <x:v>4.55</x:v>
+        <x:v>1.71</x:v>
       </x:c>
       <x:c r="D224" s="0">
-        <x:v>489.906</x:v>
+        <x:v>465.18</x:v>
       </x:c>
       <x:c r="E224" s="0">
-        <x:v>576.36</x:v>
+        <x:v>547.27</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:5">
       <x:c r="A225" s="1">
-        <x:v>45744.883900463</x:v>
+        <x:v>45771.9286921296</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C225" s="0">
-        <x:v>4.59</x:v>
+        <x:v>1.48</x:v>
       </x:c>
       <x:c r="D225" s="0">
-        <x:v>490.229</x:v>
+        <x:v>453.178</x:v>
       </x:c>
       <x:c r="E225" s="0">
-        <x:v>576.74</x:v>
+        <x:v>533.15</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:5">
       <x:c r="A226" s="1">
-        <x:v>45743.8879166667</x:v>
+        <x:v>45770.9297800926</x:v>
       </x:c>
       <x:c r="B226" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C226" s="0">
-        <x:v>6.18</x:v>
+        <x:v>1.29</x:v>
       </x:c>
       <x:c r="D226" s="0">
-        <x:v>512.193</x:v>
+        <x:v>442.23</x:v>
       </x:c>
       <x:c r="E226" s="0">
-        <x:v>602.58</x:v>
+        <x:v>520.27</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:5">
       <x:c r="A227" s="1">
-        <x:v>45742.8862384259</x:v>
+        <x:v>45769.9290856481</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C227" s="0">
-        <x:v>6.75</x:v>
+        <x:v>1.04</x:v>
       </x:c>
       <x:c r="D227" s="0">
-        <x:v>519.333</x:v>
+        <x:v>425.238</x:v>
       </x:c>
       <x:c r="E227" s="0">
-        <x:v>610.98</x:v>
+        <x:v>500.28</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:5">
       <x:c r="A228" s="1">
-        <x:v>45741.8884606482</x:v>
+        <x:v>45764.930787037</x:v>
       </x:c>
       <x:c r="B228" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C228" s="0">
-        <x:v>7.92</x:v>
+        <x:v>1.06</x:v>
       </x:c>
       <x:c r="D228" s="0">
-        <x:v>532.364</x:v>
+        <x:v>426.258</x:v>
       </x:c>
       <x:c r="E228" s="0">
-        <x:v>626.31</x:v>
+        <x:v>501.48</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:5">
       <x:c r="A229" s="1">
-        <x:v>45740.8886111111</x:v>
+        <x:v>45763.9303125</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C229" s="0">
-        <x:v>7.39</x:v>
+        <x:v>1.07</x:v>
       </x:c>
       <x:c r="D229" s="0">
-        <x:v>526.022</x:v>
+        <x:v>426.964</x:v>
       </x:c>
       <x:c r="E229" s="0">
-        <x:v>618.85</x:v>
+        <x:v>502.31</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:5">
       <x:c r="A230" s="1">
-        <x:v>45737.8932986111</x:v>
+        <x:v>45762.9290740741</x:v>
       </x:c>
       <x:c r="B230" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C230" s="0">
-        <x:v>6.04</x:v>
+        <x:v>1.38</x:v>
       </x:c>
       <x:c r="D230" s="0">
-        <x:v>506.812</x:v>
+        <x:v>443.292</x:v>
       </x:c>
       <x:c r="E230" s="0">
-        <x:v>596.25</x:v>
+        <x:v>521.52</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:5">
       <x:c r="A231" s="1">
-        <x:v>45736.8918287037</x:v>
+        <x:v>45761.9296643519</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C231" s="0">
-        <x:v>5.47</x:v>
+        <x:v>1.55</x:v>
       </x:c>
       <x:c r="D231" s="0">
-        <x:v>498.1</x:v>
+        <x:v>451.758</x:v>
       </x:c>
       <x:c r="E231" s="0">
-        <x:v>586</x:v>
+        <x:v>531.48</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:5">
       <x:c r="A232" s="1">
-        <x:v>45735.891724537</x:v>
+        <x:v>45758.9254282407</x:v>
       </x:c>
       <x:c r="B232" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C232" s="0">
-        <x:v>5.37</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="D232" s="0">
-        <x:v>496.451</x:v>
+        <x:v>462.034</x:v>
       </x:c>
       <x:c r="E232" s="0">
-        <x:v>584.06</x:v>
+        <x:v>543.57</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:5">
       <x:c r="A233" s="1">
-        <x:v>45734.8848958333</x:v>
+        <x:v>45757.9250231481</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C233" s="0">
-        <x:v>5.28</x:v>
+        <x:v>1.86</x:v>
       </x:c>
       <x:c r="D233" s="0">
-        <x:v>495.006</x:v>
+        <x:v>464.346</x:v>
       </x:c>
       <x:c r="E233" s="0">
-        <x:v>582.36</x:v>
+        <x:v>546.29</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:5">
       <x:c r="A234" s="1">
-        <x:v>45733.8857986111</x:v>
+        <x:v>45756.9250694444</x:v>
       </x:c>
       <x:c r="B234" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C234" s="0">
-        <x:v>6.81</x:v>
+        <x:v>3.12</x:v>
       </x:c>
       <x:c r="D234" s="0">
-        <x:v>514.165</x:v>
+        <x:v>497.904</x:v>
       </x:c>
       <x:c r="E234" s="0">
-        <x:v>604.9</x:v>
+        <x:v>585.77</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:5">
       <x:c r="A235" s="1">
-        <x:v>45730.8910532407</x:v>
+        <x:v>45755.9267013889</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C235" s="0">
-        <x:v>7.03</x:v>
+        <x:v>1.66</x:v>
       </x:c>
       <x:c r="D235" s="0">
-        <x:v>501.676</x:v>
+        <x:v>433.882</x:v>
       </x:c>
       <x:c r="E235" s="0">
-        <x:v>607.6</x:v>
+        <x:v>510.45</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:5">
       <x:c r="A236" s="1">
-        <x:v>45730.329212963</x:v>
+        <x:v>45754.9257175926</x:v>
       </x:c>
       <x:c r="B236" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C236" s="0">
-        <x:v>6.41</x:v>
+        <x:v>1.78</x:v>
       </x:c>
       <x:c r="D236" s="0">
-        <x:v>501.676</x:v>
+        <x:v>438.812</x:v>
       </x:c>
       <x:c r="E236" s="0">
-        <x:v>590.64</x:v>
+        <x:v>516.25</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:5">
       <x:c r="A237" s="1">
-        <x:v>45729.9202893519</x:v>
+        <x:v>45751.9453240741</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C237" s="0">
-        <x:v>5.98</x:v>
+        <x:v>1.57</x:v>
       </x:c>
       <x:c r="D237" s="0">
-        <x:v>502.044</x:v>
+        <x:v>429.02</x:v>
       </x:c>
       <x:c r="E237" s="0">
-        <x:v>0</x:v>
+        <x:v>504.73</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:5">
       <x:c r="A238" s="1">
-        <x:v>45728.8940856481</x:v>
+        <x:v>45750.9256944444</x:v>
       </x:c>
       <x:c r="B238" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C238" s="0">
-        <x:v>8.32</x:v>
+        <x:v>2.26</x:v>
       </x:c>
       <x:c r="D238" s="0">
-        <x:v>526.626</x:v>
+        <x:v>451.877</x:v>
       </x:c>
       <x:c r="E238" s="0">
-        <x:v>0</x:v>
+        <x:v>531.62</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:5">
       <x:c r="A239" s="1">
-        <x:v>45727.8961805556</x:v>
+        <x:v>45748.9242013889</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C239" s="0">
-        <x:v>7.32</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="D239" s="0">
-        <x:v>514.854</x:v>
+        <x:v>498.1</x:v>
       </x:c>
       <x:c r="E239" s="0">
-        <x:v>605.71</x:v>
+        <x:v>586</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:5">
       <x:c r="A240" s="1">
-        <x:v>45726.8939467593</x:v>
+        <x:v>45747.9264351852</x:v>
       </x:c>
       <x:c r="B240" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C240" s="0">
-        <x:v>6.8</x:v>
+        <x:v>4.55</x:v>
       </x:c>
       <x:c r="D240" s="0">
-        <x:v>531.811</x:v>
+        <x:v>489.906</x:v>
       </x:c>
       <x:c r="E240" s="0">
-        <x:v>625.66</x:v>
+        <x:v>576.36</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:5">
       <x:c r="A241" s="1">
-        <x:v>45723.92375</x:v>
+        <x:v>45744.883900463</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C241" s="0">
-        <x:v>9.3</x:v>
+        <x:v>4.59</x:v>
       </x:c>
       <x:c r="D241" s="0">
-        <x:v>533.74</x:v>
+        <x:v>490.229</x:v>
       </x:c>
       <x:c r="E241" s="0">
-        <x:v>627.93</x:v>
+        <x:v>576.74</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:5">
       <x:c r="A242" s="1">
-        <x:v>45722.9231365741</x:v>
+        <x:v>45743.8879166667</x:v>
       </x:c>
       <x:c r="B242" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C242" s="0">
-        <x:v>9.52</x:v>
+        <x:v>6.18</x:v>
       </x:c>
       <x:c r="D242" s="0">
-        <x:v>558</x:v>
+        <x:v>512.193</x:v>
       </x:c>
       <x:c r="E242" s="0">
-        <x:v>656.47</x:v>
+        <x:v>602.58</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:5">
       <x:c r="A243" s="1">
-        <x:v>45721.9268402778</x:v>
+        <x:v>45742.8862384259</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C243" s="0">
-        <x:v>12.9</x:v>
+        <x:v>6.75</x:v>
       </x:c>
       <x:c r="D243" s="0">
-        <x:v>544</x:v>
+        <x:v>519.333</x:v>
       </x:c>
       <x:c r="E243" s="0">
-        <x:v>640</x:v>
+        <x:v>610.98</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:5">
       <x:c r="A244" s="1">
-        <x:v>45720.9245833333</x:v>
+        <x:v>45741.8884606482</x:v>
       </x:c>
       <x:c r="B244" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C244" s="0">
-        <x:v>11.18</x:v>
+        <x:v>7.92</x:v>
       </x:c>
       <x:c r="D244" s="0">
-        <x:v>556.792</x:v>
+        <x:v>532.364</x:v>
       </x:c>
       <x:c r="E244" s="0">
-        <x:v>655.05</x:v>
+        <x:v>626.31</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:5">
       <x:c r="A245" s="1">
-        <x:v>45719.9236805556</x:v>
+        <x:v>45740.8886111111</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C245" s="0">
-        <x:v>12.99</x:v>
+        <x:v>7.39</x:v>
       </x:c>
       <x:c r="D245" s="0">
-        <x:v>567.97</x:v>
+        <x:v>526.022</x:v>
       </x:c>
       <x:c r="E245" s="0">
-        <x:v>668.2</x:v>
+        <x:v>618.85</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:5">
       <x:c r="A246" s="1">
-        <x:v>45716.9268981482</x:v>
+        <x:v>45737.8932986111</x:v>
       </x:c>
       <x:c r="B246" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C246" s="0">
-        <x:v>14.78</x:v>
+        <x:v>6.04</x:v>
       </x:c>
       <x:c r="D246" s="0">
-        <x:v>559.504</x:v>
+        <x:v>506.812</x:v>
       </x:c>
       <x:c r="E246" s="0">
-        <x:v>658.24</x:v>
+        <x:v>596.25</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:5">
       <x:c r="A247" s="1">
-        <x:v>45715.92375</x:v>
+        <x:v>45736.8918287037</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C247" s="0">
-        <x:v>13.56</x:v>
+        <x:v>5.47</x:v>
       </x:c>
       <x:c r="D247" s="0">
-        <x:v>572.645</x:v>
+        <x:v>498.1</x:v>
       </x:c>
       <x:c r="E247" s="0">
-        <x:v>673.7</x:v>
+        <x:v>586</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:5">
       <x:c r="A248" s="1">
-        <x:v>45714.9285069444</x:v>
+        <x:v>45735.891724537</x:v>
       </x:c>
       <x:c r="B248" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C248" s="0">
-        <x:v>15.75</x:v>
+        <x:v>5.37</x:v>
       </x:c>
       <x:c r="D248" s="0">
-        <x:v>558.875</x:v>
+        <x:v>496.451</x:v>
       </x:c>
       <x:c r="E248" s="0">
-        <x:v>657.5</x:v>
+        <x:v>584.06</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:5">
       <x:c r="A249" s="1">
-        <x:v>45713.923900463</x:v>
+        <x:v>45734.8848958333</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C249" s="0">
-        <x:v>13.73</x:v>
+        <x:v>5.28</x:v>
       </x:c>
       <x:c r="D249" s="0">
-        <x:v>567.91</x:v>
+        <x:v>495.006</x:v>
       </x:c>
       <x:c r="E249" s="0">
-        <x:v>668.13</x:v>
+        <x:v>582.36</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:5">
       <x:c r="A250" s="1">
-        <x:v>45712.926875</x:v>
+        <x:v>45733.8857986111</x:v>
       </x:c>
       <x:c r="B250" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C250" s="0">
-        <x:v>15.2</x:v>
+        <x:v>6.81</x:v>
       </x:c>
       <x:c r="D250" s="0">
-        <x:v>581.018</x:v>
+        <x:v>514.165</x:v>
       </x:c>
       <x:c r="E250" s="0">
-        <x:v>683.55</x:v>
+        <x:v>604.9</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:5">
       <x:c r="A251" s="1">
-        <x:v>45709.9264814815</x:v>
+        <x:v>45730.8910532407</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C251" s="0">
-        <x:v>17.65</x:v>
+        <x:v>7.03</x:v>
       </x:c>
       <x:c r="D251" s="0">
-        <x:v>590.614</x:v>
+        <x:v>501.676</x:v>
       </x:c>
       <x:c r="E251" s="0">
-        <x:v>694.84</x:v>
+        <x:v>607.6</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:5">
       <x:c r="A252" s="1">
-        <x:v>45708.9232175926</x:v>
+        <x:v>45730.329212963</x:v>
       </x:c>
       <x:c r="B252" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C252" s="0">
-        <x:v>19.58</x:v>
+        <x:v>6.41</x:v>
       </x:c>
       <x:c r="D252" s="0">
-        <x:v>598.204</x:v>
+        <x:v>501.676</x:v>
       </x:c>
       <x:c r="E252" s="0">
-        <x:v>703.77</x:v>
+        <x:v>590.64</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:5">
       <x:c r="A253" s="1">
-        <x:v>45707.9353819444</x:v>
+        <x:v>45729.9202893519</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C253" s="0">
-        <x:v>21.22</x:v>
+        <x:v>5.98</x:v>
       </x:c>
       <x:c r="D253" s="0">
-        <x:v>608.914</x:v>
+        <x:v>502.044</x:v>
       </x:c>
       <x:c r="E253" s="0">
-        <x:v>716.37</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:5">
       <x:c r="A254" s="1">
-        <x:v>45706.9293634259</x:v>
+        <x:v>45728.8940856481</x:v>
       </x:c>
       <x:c r="B254" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C254" s="0">
-        <x:v>23.75</x:v>
+        <x:v>8.32</x:v>
       </x:c>
       <x:c r="D254" s="0">
-        <x:v>626.17</x:v>
+        <x:v>526.626</x:v>
       </x:c>
       <x:c r="E254" s="0">
-        <x:v>736.67</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:5">
       <x:c r="A255" s="1">
-        <x:v>45702.9276157407</x:v>
+        <x:v>45727.8961805556</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C255" s="0">
-        <x:v>28.61</x:v>
+        <x:v>7.32</x:v>
       </x:c>
       <x:c r="D255" s="0">
-        <x:v>619.276</x:v>
+        <x:v>514.854</x:v>
       </x:c>
       <x:c r="E255" s="0">
-        <x:v>728.56</x:v>
+        <x:v>605.71</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:5">
       <x:c r="A256" s="1">
-        <x:v>45700.9255092593</x:v>
+        <x:v>45726.8939467593</x:v>
       </x:c>
       <x:c r="B256" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C256" s="0">
-        <x:v>26.19</x:v>
+        <x:v>6.8</x:v>
       </x:c>
       <x:c r="D256" s="0">
-        <x:v>611.83</x:v>
+        <x:v>531.811</x:v>
       </x:c>
       <x:c r="E256" s="0">
-        <x:v>719.8</x:v>
+        <x:v>625.66</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:5">
       <x:c r="A257" s="1">
-        <x:v>45699.927662037</x:v>
+        <x:v>45723.92375</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C257" s="0">
-        <x:v>25.05</x:v>
+        <x:v>9.3</x:v>
       </x:c>
       <x:c r="D257" s="0">
-        <x:v>609.79</x:v>
+        <x:v>533.74</x:v>
       </x:c>
       <x:c r="E257" s="0">
-        <x:v>717.4</x:v>
+        <x:v>627.93</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:5">
       <x:c r="A258" s="1">
-        <x:v>45698.9262268519</x:v>
+        <x:v>45722.9231365741</x:v>
       </x:c>
       <x:c r="B258" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C258" s="0">
-        <x:v>24.58</x:v>
+        <x:v>9.52</x:v>
       </x:c>
       <x:c r="D258" s="0">
-        <x:v>609.79</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="E258" s="0">
-        <x:v>717.4</x:v>
+        <x:v>656.47</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:5">
       <x:c r="A259" s="1">
-        <x:v>45695.9360300926</x:v>
+        <x:v>45721.9268402778</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C259" s="0">
-        <x:v>24.08</x:v>
+        <x:v>12.9</x:v>
       </x:c>
       <x:c r="D259" s="0">
-        <x:v>605.192</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="E259" s="0">
-        <x:v>711.99</x:v>
+        <x:v>640</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:5">
       <x:c r="A260" s="1">
-        <x:v>45694.9237615741</x:v>
+        <x:v>45720.9245833333</x:v>
       </x:c>
       <x:c r="B260" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C260" s="0">
-        <x:v>23.6</x:v>
+        <x:v>11.18</x:v>
       </x:c>
       <x:c r="D260" s="0">
-        <x:v>599.14</x:v>
+        <x:v>556.792</x:v>
       </x:c>
       <x:c r="E260" s="0">
-        <x:v>704.87</x:v>
+        <x:v>655.05</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:5">
       <x:c r="A261" s="1">
-        <x:v>45693.9253125</x:v>
+        <x:v>45719.9236805556</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C261" s="0">
-        <x:v>22.28</x:v>
+        <x:v>12.99</x:v>
       </x:c>
       <x:c r="D261" s="0">
-        <x:v>599.14</x:v>
+        <x:v>567.97</x:v>
       </x:c>
       <x:c r="E261" s="0">
-        <x:v>704.87</x:v>
+        <x:v>668.2</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:5">
       <x:c r="A262" s="1">
-        <x:v>45692.9271180556</x:v>
+        <x:v>45716.9268981482</x:v>
       </x:c>
       <x:c r="B262" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C262" s="0">
-        <x:v>22.17</x:v>
+        <x:v>14.78</x:v>
       </x:c>
       <x:c r="D262" s="0">
-        <x:v>598.562</x:v>
+        <x:v>559.504</x:v>
       </x:c>
       <x:c r="E262" s="0">
-        <x:v>704.19</x:v>
+        <x:v>658.24</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:5">
       <x:c r="A263" s="1">
-        <x:v>45691.9280787037</x:v>
+        <x:v>45715.92375</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C263" s="0">
-        <x:v>20.98</x:v>
+        <x:v>13.56</x:v>
       </x:c>
       <x:c r="D263" s="0">
-        <x:v>592.841</x:v>
+        <x:v>572.645</x:v>
       </x:c>
       <x:c r="E263" s="0">
-        <x:v>697.46</x:v>
+        <x:v>673.7</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:5">
       <x:c r="A264" s="1">
-        <x:v>45688.9467939815</x:v>
+        <x:v>45714.9285069444</x:v>
       </x:c>
       <x:c r="B264" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C264" s="0">
-        <x:v>19.63</x:v>
+        <x:v>15.75</x:v>
       </x:c>
       <x:c r="D264" s="0">
-        <x:v>585.803</x:v>
+        <x:v>558.875</x:v>
       </x:c>
       <x:c r="E264" s="0">
-        <x:v>689.18</x:v>
+        <x:v>657.5</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:5">
       <x:c r="A265" s="1">
-        <x:v>45687.9293055556</x:v>
+        <x:v>45713.923900463</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C265" s="0">
-        <x:v>19.29</x:v>
+        <x:v>13.73</x:v>
       </x:c>
       <x:c r="D265" s="0">
-        <x:v>583.95</x:v>
+        <x:v>567.91</x:v>
       </x:c>
       <x:c r="E265" s="0">
-        <x:v>687</x:v>
+        <x:v>668.13</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:5">
       <x:c r="A266" s="1">
-        <x:v>45686.9239930556</x:v>
+        <x:v>45712.926875</x:v>
       </x:c>
       <x:c r="B266" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C266" s="0">
-        <x:v>17.66</x:v>
+        <x:v>15.2</x:v>
       </x:c>
       <x:c r="D266" s="0">
-        <x:v>575.016</x:v>
+        <x:v>581.018</x:v>
       </x:c>
       <x:c r="E266" s="0">
-        <x:v>676.49</x:v>
+        <x:v>683.55</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:5">
       <x:c r="A267" s="1">
-        <x:v>45685.9322106481</x:v>
+        <x:v>45709.9264814815</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C267" s="0">
-        <x:v>17.34</x:v>
+        <x:v>17.65</x:v>
       </x:c>
       <x:c r="D267" s="0">
-        <x:v>573.18</x:v>
+        <x:v>590.614</x:v>
       </x:c>
       <x:c r="E267" s="0">
-        <x:v>674.33</x:v>
+        <x:v>694.84</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:5">
       <x:c r="A268" s="1">
-        <x:v>45681.9227893519</x:v>
+        <x:v>45708.9232175926</x:v>
       </x:c>
       <x:c r="B268" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C268" s="0">
-        <x:v>13.81</x:v>
+        <x:v>19.58</x:v>
       </x:c>
       <x:c r="D268" s="0">
-        <x:v>550.366</x:v>
+        <x:v>598.204</x:v>
       </x:c>
       <x:c r="E268" s="0">
-        <x:v>647.49</x:v>
+        <x:v>703.77</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:5">
       <x:c r="A269" s="1">
-        <x:v>45679.9244212963</x:v>
+        <x:v>45707.9353819444</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C269" s="0">
-        <x:v>11.14</x:v>
+        <x:v>21.22</x:v>
       </x:c>
       <x:c r="D269" s="0">
-        <x:v>529.975</x:v>
+        <x:v>608.914</x:v>
       </x:c>
       <x:c r="E269" s="0">
-        <x:v>623.5</x:v>
+        <x:v>716.37</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:5">
       <x:c r="A270" s="1">
-        <x:v>45678.9235300926</x:v>
+        <x:v>45706.9293634259</x:v>
       </x:c>
       <x:c r="B270" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C270" s="0">
-        <x:v>10.44</x:v>
+        <x:v>23.75</x:v>
       </x:c>
       <x:c r="D270" s="0">
-        <x:v>523.991</x:v>
+        <x:v>626.17</x:v>
       </x:c>
       <x:c r="E270" s="0">
-        <x:v>616.46</x:v>
+        <x:v>736.67</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:5">
       <x:c r="A271" s="1">
-        <x:v>45674.9244675926</x:v>
+        <x:v>45702.9276157407</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C271" s="0">
-        <x:v>10.12</x:v>
+        <x:v>28.61</x:v>
       </x:c>
       <x:c r="D271" s="0">
-        <x:v>520.854</x:v>
+        <x:v>619.276</x:v>
       </x:c>
       <x:c r="E271" s="0">
-        <x:v>612.77</x:v>
+        <x:v>728.56</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:5">
       <x:c r="A272" s="1">
-        <x:v>45673.9256018518</x:v>
+        <x:v>45700.9255092593</x:v>
       </x:c>
       <x:c r="B272" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C272" s="0">
-        <x:v>9.98</x:v>
+        <x:v>26.19</x:v>
       </x:c>
       <x:c r="D272" s="0">
-        <x:v>519.605</x:v>
+        <x:v>611.83</x:v>
       </x:c>
       <x:c r="E272" s="0">
-        <x:v>611.3</x:v>
+        <x:v>719.8</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:5">
       <x:c r="A273" s="1">
-        <x:v>45672.926087963</x:v>
+        <x:v>45699.927662037</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C273" s="0">
-        <x:v>10.59</x:v>
+        <x:v>25.05</x:v>
       </x:c>
       <x:c r="D273" s="0">
-        <x:v>524.552</x:v>
+        <x:v>609.79</x:v>
       </x:c>
       <x:c r="E273" s="0">
-        <x:v>617.12</x:v>
+        <x:v>717.4</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:5">
       <x:c r="A274" s="1">
-        <x:v>45671.9240856481</x:v>
+        <x:v>45698.9262268519</x:v>
       </x:c>
       <x:c r="B274" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C274" s="0">
-        <x:v>8.61</x:v>
+        <x:v>24.58</x:v>
       </x:c>
       <x:c r="D274" s="0">
-        <x:v>505.112</x:v>
+        <x:v>609.79</x:v>
       </x:c>
       <x:c r="E274" s="0">
-        <x:v>594.25</x:v>
+        <x:v>717.4</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:5">
       <x:c r="A275" s="1">
-        <x:v>45670.9314814815</x:v>
+        <x:v>45695.9360300926</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C275" s="0">
-        <x:v>10.02</x:v>
+        <x:v>24.08</x:v>
       </x:c>
       <x:c r="D275" s="0">
-        <x:v>517.08</x:v>
+        <x:v>605.192</x:v>
       </x:c>
       <x:c r="E275" s="0">
-        <x:v>608.33</x:v>
+        <x:v>711.99</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:5">
       <x:c r="A276" s="1">
-        <x:v>45667.9296759259</x:v>
+        <x:v>45694.9237615741</x:v>
       </x:c>
       <x:c r="B276" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C276" s="0">
-        <x:v>10.85</x:v>
+        <x:v>23.6</x:v>
       </x:c>
       <x:c r="D276" s="0">
-        <x:v>523.481</x:v>
+        <x:v>599.14</x:v>
       </x:c>
       <x:c r="E276" s="0">
-        <x:v>615.86</x:v>
+        <x:v>704.87</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:5">
       <x:c r="A277" s="1">
-        <x:v>45665.925787037</x:v>
+        <x:v>45693.9253125</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C277" s="0">
-        <x:v>10.35</x:v>
+        <x:v>22.28</x:v>
       </x:c>
       <x:c r="D277" s="0">
-        <x:v>519.112</x:v>
+        <x:v>599.14</x:v>
       </x:c>
       <x:c r="E277" s="0">
-        <x:v>610.72</x:v>
+        <x:v>704.87</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:5">
       <x:c r="A278" s="1">
-        <x:v>45664.9260648148</x:v>
+        <x:v>45692.9271180556</x:v>
       </x:c>
       <x:c r="B278" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C278" s="0">
-        <x:v>11.14</x:v>
+        <x:v>22.17</x:v>
       </x:c>
       <x:c r="D278" s="0">
-        <x:v>525.206</x:v>
+        <x:v>598.562</x:v>
       </x:c>
       <x:c r="E278" s="0">
-        <x:v>617.89</x:v>
+        <x:v>704.19</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:5">
       <x:c r="A279" s="1">
-        <x:v>45663.9232986111</x:v>
+        <x:v>45691.9280787037</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C279" s="0">
-        <x:v>12.63</x:v>
+        <x:v>20.98</x:v>
       </x:c>
       <x:c r="D279" s="0">
-        <x:v>535.67</x:v>
+        <x:v>592.841</x:v>
       </x:c>
       <x:c r="E279" s="0">
-        <x:v>630.2</x:v>
+        <x:v>697.46</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:5">
       <x:c r="A280" s="1">
-        <x:v>45660.9250347222</x:v>
+        <x:v>45688.9467939815</x:v>
       </x:c>
       <x:c r="B280" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C280" s="0">
-        <x:v>10.1</x:v>
+        <x:v>19.63</x:v>
       </x:c>
       <x:c r="D280" s="0">
-        <x:v>513.936</x:v>
+        <x:v>585.803</x:v>
       </x:c>
       <x:c r="E280" s="0">
-        <x:v>604.63</x:v>
+        <x:v>689.18</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:5">
       <x:c r="A281" s="1">
-        <x:v>45659.9244675926</x:v>
+        <x:v>45687.9293055556</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C281" s="0">
-        <x:v>9.59</x:v>
+        <x:v>19.29</x:v>
       </x:c>
       <x:c r="D281" s="0">
-        <x:v>509.354</x:v>
+        <x:v>583.95</x:v>
       </x:c>
       <x:c r="E281" s="0">
-        <x:v>599.24</x:v>
+        <x:v>687</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:5">
       <x:c r="A282" s="1">
-        <x:v>45656.9242708333</x:v>
+        <x:v>45686.9239930556</x:v>
       </x:c>
       <x:c r="B282" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C282" s="0">
-        <x:v>8.9</x:v>
+        <x:v>17.66</x:v>
       </x:c>
       <x:c r="D282" s="0">
-        <x:v>502.554</x:v>
+        <x:v>575.016</x:v>
       </x:c>
       <x:c r="E282" s="0">
-        <x:v>591.24</x:v>
+        <x:v>676.49</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:5">
       <x:c r="A283" s="1">
-        <x:v>45653.9297685185</x:v>
+        <x:v>45685.9322106481</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C283" s="0">
-        <x:v>9.77</x:v>
+        <x:v>17.34</x:v>
       </x:c>
       <x:c r="D283" s="0">
-        <x:v>509.838</x:v>
+        <x:v>573.18</x:v>
       </x:c>
       <x:c r="E283" s="0">
-        <x:v>599.81</x:v>
+        <x:v>674.33</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:5">
       <x:c r="A284" s="1">
-        <x:v>45649.9280208333</x:v>
+        <x:v>45681.9227893519</x:v>
       </x:c>
       <x:c r="B284" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C284" s="0">
-        <x:v>9.82</x:v>
+        <x:v>13.81</x:v>
       </x:c>
       <x:c r="D284" s="0">
-        <x:v>509.872</x:v>
+        <x:v>550.366</x:v>
       </x:c>
       <x:c r="E284" s="0">
-        <x:v>599.85</x:v>
+        <x:v>647.49</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:5">
       <x:c r="A285" s="1">
-        <x:v>45646.9391666667</x:v>
+        <x:v>45679.9244212963</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C285" s="0">
-        <x:v>8.56</x:v>
+        <x:v>11.14</x:v>
       </x:c>
       <x:c r="D285" s="0">
-        <x:v>497.462</x:v>
+        <x:v>529.975</x:v>
       </x:c>
       <x:c r="E285" s="0">
-        <x:v>585.25</x:v>
+        <x:v>623.5</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:5">
       <x:c r="A286" s="1">
-        <x:v>45646.9253009259</x:v>
+        <x:v>45678.9235300926</x:v>
       </x:c>
       <x:c r="B286" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C286" s="0">
-        <x:v>8.56</x:v>
+        <x:v>10.44</x:v>
       </x:c>
       <x:c r="D286" s="0">
-        <x:v>497.462</x:v>
+        <x:v>523.991</x:v>
       </x:c>
       <x:c r="E286" s="0">
-        <x:v>585.25</x:v>
+        <x:v>616.46</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:5">
       <x:c r="A287" s="1">
-        <x:v>45645.9285532407</x:v>
+        <x:v>45674.9244675926</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C287" s="0">
-        <x:v>9.57</x:v>
+        <x:v>10.12</x:v>
       </x:c>
       <x:c r="D287" s="0">
-        <x:v>506.234</x:v>
+        <x:v>520.854</x:v>
       </x:c>
       <x:c r="E287" s="0">
-        <x:v>595.57</x:v>
+        <x:v>612.77</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:5">
       <x:c r="A288" s="1">
-        <x:v>45644.9406134259</x:v>
+        <x:v>45673.9256018518</x:v>
       </x:c>
       <x:c r="B288" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C288" s="0">
-        <x:v>9.74</x:v>
+        <x:v>9.98</x:v>
       </x:c>
       <x:c r="D288" s="0">
-        <x:v>507.612</x:v>
+        <x:v>519.605</x:v>
       </x:c>
       <x:c r="E288" s="0">
-        <x:v>597.19</x:v>
+        <x:v>611.3</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:5">
       <x:c r="A289" s="1">
-        <x:v>45643.9374305556</x:v>
+        <x:v>45672.926087963</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C289" s="0">
-        <x:v>12.43</x:v>
+        <x:v>10.59</x:v>
       </x:c>
       <x:c r="D289" s="0">
-        <x:v>526.524</x:v>
+        <x:v>524.552</x:v>
       </x:c>
       <x:c r="E289" s="0">
-        <x:v>619.44</x:v>
+        <x:v>617.12</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:5">
       <x:c r="A290" s="1">
-        <x:v>45642.9331481481</x:v>
+        <x:v>45671.9240856481</x:v>
       </x:c>
       <x:c r="B290" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C290" s="0">
-        <x:v>13.05</x:v>
+        <x:v>8.61</x:v>
       </x:c>
       <x:c r="D290" s="0">
-        <x:v>530.604</x:v>
+        <x:v>505.112</x:v>
       </x:c>
       <x:c r="E290" s="0">
-        <x:v>624.24</x:v>
+        <x:v>594.25</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:5">
       <x:c r="A291" s="1">
-        <x:v>45642.3397685185</x:v>
+        <x:v>45670.9314814815</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C291" s="0">
-        <x:v>12.7</x:v>
+        <x:v>10.02</x:v>
       </x:c>
       <x:c r="D291" s="0">
-        <x:v>527.298</x:v>
+        <x:v>517.08</x:v>
       </x:c>
       <x:c r="E291" s="0">
-        <x:v>620.35</x:v>
+        <x:v>608.33</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:5">
       <x:c r="A292" s="1">
-        <x:v>45639.9310532407</x:v>
+        <x:v>45667.9296759259</x:v>
       </x:c>
       <x:c r="B292" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C292" s="0">
-        <x:v>12.58</x:v>
+        <x:v>10.85</x:v>
       </x:c>
       <x:c r="D292" s="0">
-        <x:v>527.298</x:v>
+        <x:v>523.481</x:v>
       </x:c>
       <x:c r="E292" s="0">
-        <x:v>620.35</x:v>
+        <x:v>615.86</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:5">
       <x:c r="A293" s="1">
-        <x:v>45638.9302777778</x:v>
+        <x:v>45665.925787037</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C293" s="0">
-        <x:v>13.98</x:v>
+        <x:v>10.35</x:v>
       </x:c>
       <x:c r="D293" s="0">
-        <x:v>536.172</x:v>
+        <x:v>519.112</x:v>
       </x:c>
       <x:c r="E293" s="0">
-        <x:v>630.79</x:v>
+        <x:v>610.72</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:5">
       <x:c r="A294" s="1">
-        <x:v>45637.9260069444</x:v>
+        <x:v>45664.9260648148</x:v>
       </x:c>
       <x:c r="B294" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C294" s="0">
-        <x:v>14.25</x:v>
+        <x:v>11.14</x:v>
       </x:c>
       <x:c r="D294" s="0">
-        <x:v>537.778</x:v>
+        <x:v>525.206</x:v>
       </x:c>
       <x:c r="E294" s="0">
-        <x:v>632.68</x:v>
+        <x:v>617.89</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:5">
       <x:c r="A295" s="1">
-        <x:v>45636.9246527778</x:v>
+        <x:v>45663.9232986111</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C295" s="0">
         <x:v>12.63</x:v>
       </x:c>
       <x:c r="D295" s="0">
-        <x:v>526.422</x:v>
+        <x:v>535.67</x:v>
       </x:c>
       <x:c r="E295" s="0">
-        <x:v>619.32</x:v>
+        <x:v>630.2</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:5">
       <x:c r="A296" s="1">
-        <x:v>45635.9292939815</x:v>
+        <x:v>45660.9250347222</x:v>
       </x:c>
       <x:c r="B296" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C296" s="0">
-        <x:v>11.97</x:v>
+        <x:v>10.1</x:v>
       </x:c>
       <x:c r="D296" s="0">
-        <x:v>521.534</x:v>
+        <x:v>513.936</x:v>
       </x:c>
       <x:c r="E296" s="0">
-        <x:v>613.57</x:v>
+        <x:v>604.63</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:5">
       <x:c r="A297" s="1">
-        <x:v>45632.930162037</x:v>
+        <x:v>45659.9244675926</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C297" s="0">
-        <x:v>13.33</x:v>
+        <x:v>9.59</x:v>
       </x:c>
       <x:c r="D297" s="0">
-        <x:v>530.204</x:v>
+        <x:v>509.354</x:v>
       </x:c>
       <x:c r="E297" s="0">
-        <x:v>623.77</x:v>
+        <x:v>599.24</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:5">
       <x:c r="A298" s="1">
-        <x:v>45631.9230439815</x:v>
+        <x:v>45656.9242708333</x:v>
       </x:c>
       <x:c r="B298" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C298" s="0">
-        <x:v>11.64</x:v>
+        <x:v>8.9</x:v>
       </x:c>
       <x:c r="D298" s="0">
-        <x:v>517.59</x:v>
+        <x:v>502.554</x:v>
       </x:c>
       <x:c r="E298" s="0">
-        <x:v>608.93</x:v>
+        <x:v>591.24</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:5">
       <x:c r="A299" s="1">
-        <x:v>45630.9239583333</x:v>
+        <x:v>45653.9297685185</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C299" s="0">
-        <x:v>12.23</x:v>
+        <x:v>9.77</x:v>
       </x:c>
       <x:c r="D299" s="0">
-        <x:v>521.713</x:v>
+        <x:v>509.838</x:v>
       </x:c>
       <x:c r="E299" s="0">
-        <x:v>613.78</x:v>
+        <x:v>599.81</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:5">
       <x:c r="A300" s="1">
-        <x:v>45628.9241666667</x:v>
+        <x:v>45649.9280208333</x:v>
       </x:c>
       <x:c r="B300" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C300" s="0">
-        <x:v>10.11</x:v>
+        <x:v>9.82</x:v>
       </x:c>
       <x:c r="D300" s="0">
-        <x:v>503.906</x:v>
+        <x:v>509.872</x:v>
       </x:c>
       <x:c r="E300" s="0">
-        <x:v>592.83</x:v>
+        <x:v>599.85</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:5">
       <x:c r="A301" s="1">
-        <x:v>45625.8309143518</x:v>
+        <x:v>45646.9391666667</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C301" s="0">
-        <x:v>8.5</x:v>
+        <x:v>8.56</x:v>
       </x:c>
       <x:c r="D301" s="0">
-        <x:v>488.172</x:v>
+        <x:v>497.462</x:v>
       </x:c>
       <x:c r="E301" s="0">
-        <x:v>574.32</x:v>
+        <x:v>585.25</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:5">
       <x:c r="A302" s="1">
-        <x:v>45623.9383449074</x:v>
+        <x:v>45646.9253009259</x:v>
       </x:c>
       <x:c r="B302" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C302" s="0">
-        <x:v>8.08</x:v>
+        <x:v>8.56</x:v>
       </x:c>
       <x:c r="D302" s="0">
-        <x:v>483.82</x:v>
+        <x:v>497.462</x:v>
       </x:c>
       <x:c r="E302" s="0">
-        <x:v>569.2</x:v>
+        <x:v>585.25</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:5">
       <x:c r="A303" s="1">
-        <x:v>45622.9256134259</x:v>
+        <x:v>45645.9285532407</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C303" s="0">
-        <x:v>8.47</x:v>
+        <x:v>9.57</x:v>
       </x:c>
       <x:c r="D303" s="0">
-        <x:v>487.509</x:v>
+        <x:v>506.234</x:v>
       </x:c>
       <x:c r="E303" s="0">
-        <x:v>573.54</x:v>
+        <x:v>595.57</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:5">
       <x:c r="A304" s="1">
-        <x:v>45621.9280439815</x:v>
+        <x:v>45644.9406134259</x:v>
       </x:c>
       <x:c r="B304" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C304" s="0">
-        <x:v>7.78</x:v>
+        <x:v>9.74</x:v>
       </x:c>
       <x:c r="D304" s="0">
-        <x:v>480.344</x:v>
+        <x:v>507.612</x:v>
       </x:c>
       <x:c r="E304" s="0">
-        <x:v>565.11</x:v>
+        <x:v>597.19</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:5">
       <x:c r="A305" s="1">
-        <x:v>45618.9261574074</x:v>
+        <x:v>45643.9374305556</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C305" s="0">
-        <x:v>7.34</x:v>
+        <x:v>12.43</x:v>
       </x:c>
       <x:c r="D305" s="0">
-        <x:v>475.269</x:v>
+        <x:v>526.524</x:v>
       </x:c>
       <x:c r="E305" s="0">
-        <x:v>559.14</x:v>
+        <x:v>619.44</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:5">
       <x:c r="A306" s="1">
-        <x:v>45617.9238194444</x:v>
+        <x:v>45642.9331481481</x:v>
       </x:c>
       <x:c r="B306" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C306" s="0">
-        <x:v>7.67</x:v>
+        <x:v>13.05</x:v>
       </x:c>
       <x:c r="D306" s="0">
-        <x:v>478.626</x:v>
+        <x:v>530.604</x:v>
       </x:c>
       <x:c r="E306" s="0">
-        <x:v>563.09</x:v>
+        <x:v>624.24</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:5">
       <x:c r="A307" s="1">
-        <x:v>45616.9246643518</x:v>
+        <x:v>45642.3397685185</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C307" s="0">
-        <x:v>7.88</x:v>
+        <x:v>12.7</x:v>
       </x:c>
       <x:c r="D307" s="0">
-        <x:v>480.692</x:v>
+        <x:v>527.298</x:v>
       </x:c>
       <x:c r="E307" s="0">
-        <x:v>565.52</x:v>
+        <x:v>620.35</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:5">
       <x:c r="A308" s="1">
-        <x:v>45615.9253009259</x:v>
+        <x:v>45639.9310532407</x:v>
       </x:c>
       <x:c r="B308" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C308" s="0">
-        <x:v>7.53</x:v>
+        <x:v>12.58</x:v>
       </x:c>
       <x:c r="D308" s="0">
-        <x:v>476.926</x:v>
+        <x:v>527.298</x:v>
       </x:c>
       <x:c r="E308" s="0">
-        <x:v>561.09</x:v>
+        <x:v>620.35</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:5">
       <x:c r="A309" s="1">
-        <x:v>45614.924212963</x:v>
+        <x:v>45638.9302777778</x:v>
       </x:c>
       <x:c r="B309" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C309" s="0">
-        <x:v>7.03</x:v>
+        <x:v>13.98</x:v>
       </x:c>
       <x:c r="D309" s="0">
-        <x:v>471.24</x:v>
+        <x:v>536.172</x:v>
       </x:c>
       <x:c r="E309" s="0">
-        <x:v>554.4</x:v>
+        <x:v>630.79</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:5">
       <x:c r="A310" s="1">
-        <x:v>45611.9273958333</x:v>
+        <x:v>45637.9260069444</x:v>
       </x:c>
       <x:c r="B310" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C310" s="0">
-        <x:v>7.03</x:v>
+        <x:v>14.25</x:v>
       </x:c>
       <x:c r="D310" s="0">
-        <x:v>470.968</x:v>
+        <x:v>537.778</x:v>
       </x:c>
       <x:c r="E310" s="0">
-        <x:v>554.08</x:v>
+        <x:v>632.68</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:5">
       <x:c r="A311" s="1">
-        <x:v>45610.9252662037</x:v>
+        <x:v>45636.9246527778</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C311" s="0">
-        <x:v>9.27</x:v>
+        <x:v>12.63</x:v>
       </x:c>
       <x:c r="D311" s="0">
-        <x:v>490.586</x:v>
+        <x:v>526.422</x:v>
       </x:c>
       <x:c r="E311" s="0">
-        <x:v>577.16</x:v>
+        <x:v>619.32</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:5">
       <x:c r="A312" s="1">
-        <x:v>45609.9228587963</x:v>
+        <x:v>45635.9292939815</x:v>
       </x:c>
       <x:c r="B312" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C312" s="0">
-        <x:v>9.56</x:v>
+        <x:v>11.97</x:v>
       </x:c>
       <x:c r="D312" s="0">
-        <x:v>493</x:v>
+        <x:v>521.534</x:v>
       </x:c>
       <x:c r="E312" s="0">
-        <x:v>580</x:v>
+        <x:v>613.57</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:5">
       <x:c r="A313" s="1">
-        <x:v>45608.9377893519</x:v>
+        <x:v>45632.930162037</x:v>
       </x:c>
       <x:c r="B313" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C313" s="0">
-        <x:v>10.07</x:v>
+        <x:v>13.33</x:v>
       </x:c>
       <x:c r="D313" s="0">
-        <x:v>497.097</x:v>
+        <x:v>530.204</x:v>
       </x:c>
       <x:c r="E313" s="0">
-        <x:v>584.82</x:v>
+        <x:v>623.77</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:5">
       <x:c r="A314" s="1">
-        <x:v>45607.9260648148</x:v>
+        <x:v>45631.9230439815</x:v>
       </x:c>
       <x:c r="B314" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C314" s="0">
-        <x:v>9.91</x:v>
+        <x:v>11.64</x:v>
       </x:c>
       <x:c r="D314" s="0">
-        <x:v>495.694</x:v>
+        <x:v>517.59</x:v>
       </x:c>
       <x:c r="E314" s="0">
-        <x:v>583.17</x:v>
+        <x:v>608.93</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:5">
       <x:c r="A315" s="1">
-        <x:v>45604.925625</x:v>
+        <x:v>45630.9239583333</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C315" s="0">
-        <x:v>10.61</x:v>
+        <x:v>12.23</x:v>
       </x:c>
       <x:c r="D315" s="0">
-        <x:v>500.939</x:v>
+        <x:v>521.713</x:v>
       </x:c>
       <x:c r="E315" s="0">
-        <x:v>589.34</x:v>
+        <x:v>613.78</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:5">
       <x:c r="A316" s="1">
-        <x:v>45603.923900463</x:v>
+        <x:v>45628.9241666667</x:v>
       </x:c>
       <x:c r="B316" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C316" s="0">
-        <x:v>10.89</x:v>
+        <x:v>10.11</x:v>
       </x:c>
       <x:c r="D316" s="0">
-        <x:v>502.945</x:v>
+        <x:v>503.906</x:v>
       </x:c>
       <x:c r="E316" s="0">
-        <x:v>591.7</x:v>
+        <x:v>592.83</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:5">
       <x:c r="A317" s="1">
-        <x:v>45602.925625</x:v>
+        <x:v>45625.8309143518</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C317" s="0">
-        <x:v>9.04</x:v>
+        <x:v>8.5</x:v>
       </x:c>
       <x:c r="D317" s="0">
-        <x:v>486.242</x:v>
+        <x:v>488.172</x:v>
       </x:c>
       <x:c r="E317" s="0">
-        <x:v>572.05</x:v>
+        <x:v>574.32</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:5">
       <x:c r="A318" s="1">
-        <x:v>45601.9256481481</x:v>
+        <x:v>45623.9383449074</x:v>
       </x:c>
       <x:c r="B318" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C318" s="0">
-        <x:v>9.08</x:v>
+        <x:v>8.08</x:v>
       </x:c>
       <x:c r="D318" s="0">
-        <x:v>486.566</x:v>
+        <x:v>483.82</x:v>
       </x:c>
       <x:c r="E318" s="0">
-        <x:v>572.43</x:v>
+        <x:v>569.2</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:5">
       <x:c r="A319" s="1">
-        <x:v>45600.9294560185</x:v>
+        <x:v>45622.9256134259</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C319" s="0">
-        <x:v>8.08</x:v>
+        <x:v>8.47</x:v>
       </x:c>
       <x:c r="D319" s="0">
-        <x:v>476.578</x:v>
+        <x:v>487.509</x:v>
       </x:c>
       <x:c r="E319" s="0">
-        <x:v>560.68</x:v>
+        <x:v>573.54</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:5">
       <x:c r="A320" s="1">
-        <x:v>45597.8878240741</x:v>
+        <x:v>45621.9280439815</x:v>
       </x:c>
       <x:c r="B320" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C320" s="0">
-        <x:v>8.7</x:v>
+        <x:v>7.78</x:v>
       </x:c>
       <x:c r="D320" s="0">
-        <x:v>482.086</x:v>
+        <x:v>480.344</x:v>
       </x:c>
       <x:c r="E320" s="0">
-        <x:v>567.16</x:v>
+        <x:v>565.11</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:5">
       <x:c r="A321" s="1">
-        <x:v>45596.8871180556</x:v>
+        <x:v>45618.9261574074</x:v>
       </x:c>
       <x:c r="B321" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C321" s="0">
-        <x:v>8.75</x:v>
+        <x:v>7.34</x:v>
       </x:c>
       <x:c r="D321" s="0">
-        <x:v>482.443</x:v>
+        <x:v>475.269</x:v>
       </x:c>
       <x:c r="E321" s="0">
-        <x:v>567.58</x:v>
+        <x:v>559.14</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:5">
       <x:c r="A322" s="1">
-        <x:v>45595.8839930556</x:v>
+        <x:v>45617.9238194444</x:v>
       </x:c>
       <x:c r="B322" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C322" s="0">
-        <x:v>11.62</x:v>
+        <x:v>7.67</x:v>
       </x:c>
       <x:c r="D322" s="0">
-        <x:v>503.03</x:v>
+        <x:v>478.626</x:v>
       </x:c>
       <x:c r="E322" s="0">
-        <x:v>591.8</x:v>
+        <x:v>563.09</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:5">
       <x:c r="A323" s="1">
-        <x:v>45594.8862962963</x:v>
+        <x:v>45616.9246643518</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C323" s="0">
-        <x:v>11.81</x:v>
+        <x:v>7.88</x:v>
       </x:c>
       <x:c r="D323" s="0">
-        <x:v>504.288</x:v>
+        <x:v>480.692</x:v>
       </x:c>
       <x:c r="E323" s="0">
-        <x:v>593.28</x:v>
+        <x:v>565.52</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:5">
       <x:c r="A324" s="1">
-        <x:v>45593.8878125</x:v>
+        <x:v>45615.9253009259</x:v>
       </x:c>
       <x:c r="B324" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C324" s="0">
-        <x:v>10.22</x:v>
+        <x:v>7.53</x:v>
       </x:c>
       <x:c r="D324" s="0">
-        <x:v>491.436</x:v>
+        <x:v>476.926</x:v>
       </x:c>
       <x:c r="E324" s="0">
-        <x:v>578.16</x:v>
+        <x:v>561.09</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:5">
       <x:c r="A325" s="1">
-        <x:v>45590.9259259259</x:v>
+        <x:v>45614.924212963</x:v>
       </x:c>
       <x:c r="B325" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C325" s="0">
-        <x:v>9.75</x:v>
+        <x:v>7.03</x:v>
       </x:c>
       <x:c r="D325" s="0">
-        <x:v>487.262</x:v>
+        <x:v>471.24</x:v>
       </x:c>
       <x:c r="E325" s="0">
-        <x:v>573.25</x:v>
+        <x:v>554.4</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:5">
       <x:c r="A326" s="1">
-        <x:v>45589.9268287037</x:v>
+        <x:v>45611.9273958333</x:v>
       </x:c>
       <x:c r="B326" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C326" s="0">
-        <x:v>9.23</x:v>
+        <x:v>7.03</x:v>
       </x:c>
       <x:c r="D326" s="0">
-        <x:v>482.613</x:v>
+        <x:v>470.968</x:v>
       </x:c>
       <x:c r="E326" s="0">
-        <x:v>567.78</x:v>
+        <x:v>554.08</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:5">
       <x:c r="A327" s="1">
-        <x:v>45588.9251041667</x:v>
+        <x:v>45610.9252662037</x:v>
       </x:c>
       <x:c r="B327" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C327" s="0">
-        <x:v>8.85</x:v>
+        <x:v>9.27</x:v>
       </x:c>
       <x:c r="D327" s="0">
-        <x:v>479.136</x:v>
+        <x:v>490.586</x:v>
       </x:c>
       <x:c r="E327" s="0">
-        <x:v>563.69</x:v>
+        <x:v>577.16</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:5">
       <x:c r="A328" s="1">
-        <x:v>45587.928587963</x:v>
+        <x:v>45609.9228587963</x:v>
       </x:c>
       <x:c r="B328" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C328" s="0">
-        <x:v>10.93</x:v>
+        <x:v>9.56</x:v>
       </x:c>
       <x:c r="D328" s="0">
-        <x:v>494.708</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="E328" s="0">
-        <x:v>582.01</x:v>
+        <x:v>580</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:5">
       <x:c r="A329" s="1">
-        <x:v>45586.9257407407</x:v>
+        <x:v>45608.9377893519</x:v>
       </x:c>
       <x:c r="B329" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C329" s="0">
-        <x:v>10.21</x:v>
+        <x:v>10.07</x:v>
       </x:c>
       <x:c r="D329" s="0">
-        <x:v>488.886</x:v>
+        <x:v>497.097</x:v>
       </x:c>
       <x:c r="E329" s="0">
-        <x:v>575.16</x:v>
+        <x:v>584.82</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:5">
       <x:c r="A330" s="1">
-        <x:v>45582.9404050926</x:v>
+        <x:v>45607.9260648148</x:v>
       </x:c>
       <x:c r="B330" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C330" s="0">
-        <x:v>10.45</x:v>
+        <x:v>9.91</x:v>
       </x:c>
       <x:c r="D330" s="0">
-        <x:v>490.39</x:v>
+        <x:v>495.694</x:v>
       </x:c>
       <x:c r="E330" s="0">
-        <x:v>576.93</x:v>
+        <x:v>583.17</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:5">
       <x:c r="A331" s="1">
-        <x:v>45580.939212963</x:v>
+        <x:v>45604.925625</x:v>
       </x:c>
       <x:c r="B331" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C331" s="0">
-        <x:v>11.59</x:v>
+        <x:v>10.61</x:v>
       </x:c>
       <x:c r="D331" s="0">
-        <x:v>498.33</x:v>
+        <x:v>500.939</x:v>
       </x:c>
       <x:c r="E331" s="0">
-        <x:v>586.27</x:v>
+        <x:v>589.34</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:5">
       <x:c r="A332" s="1">
-        <x:v>45579.9269328704</x:v>
+        <x:v>45603.923900463</x:v>
       </x:c>
       <x:c r="B332" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C332" s="0">
-        <x:v>12.11</x:v>
+        <x:v>10.89</x:v>
       </x:c>
       <x:c r="D332" s="0">
-        <x:v>501.857</x:v>
+        <x:v>502.945</x:v>
       </x:c>
       <x:c r="E332" s="0">
-        <x:v>590.42</x:v>
+        <x:v>591.7</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:5">
       <x:c r="A333" s="1">
-        <x:v>45576.9277314815</x:v>
+        <x:v>45602.925625</x:v>
       </x:c>
       <x:c r="B333" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C333" s="0">
-        <x:v>12.1</x:v>
+        <x:v>9.04</x:v>
       </x:c>
       <x:c r="D333" s="0">
-        <x:v>501.458</x:v>
+        <x:v>486.242</x:v>
       </x:c>
       <x:c r="E333" s="0">
-        <x:v>589.95</x:v>
+        <x:v>572.05</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:5">
       <x:c r="A334" s="1">
-        <x:v>45575.9297685185</x:v>
+        <x:v>45601.9256481481</x:v>
       </x:c>
       <x:c r="B334" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C334" s="0">
-        <x:v>11.4</x:v>
+        <x:v>9.08</x:v>
       </x:c>
       <x:c r="D334" s="0">
-        <x:v>496.256</x:v>
+        <x:v>486.566</x:v>
       </x:c>
       <x:c r="E334" s="0">
-        <x:v>583.83</x:v>
+        <x:v>572.43</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:5">
       <x:c r="A335" s="1">
-        <x:v>45574.9233101852</x:v>
+        <x:v>45600.9294560185</x:v>
       </x:c>
       <x:c r="B335" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C335" s="0">
-        <x:v>12.24</x:v>
+        <x:v>8.08</x:v>
       </x:c>
       <x:c r="D335" s="0">
-        <x:v>501.934</x:v>
+        <x:v>476.578</x:v>
       </x:c>
       <x:c r="E335" s="0">
-        <x:v>590.51</x:v>
+        <x:v>560.68</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:5">
       <x:c r="A336" s="1">
-        <x:v>45573.9227314815</x:v>
+        <x:v>45597.8878240741</x:v>
       </x:c>
       <x:c r="B336" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C336" s="0">
-        <x:v>12.56</x:v>
+        <x:v>8.7</x:v>
       </x:c>
       <x:c r="D336" s="0">
-        <x:v>503.956</x:v>
+        <x:v>482.086</x:v>
       </x:c>
       <x:c r="E336" s="0">
-        <x:v>592.89</x:v>
+        <x:v>567.16</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:5">
       <x:c r="A337" s="1">
-        <x:v>45572.9228935185</x:v>
+        <x:v>45596.8871180556</x:v>
       </x:c>
       <x:c r="B337" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C337" s="0">
-        <x:v>11.61</x:v>
+        <x:v>8.75</x:v>
       </x:c>
       <x:c r="D337" s="0">
-        <x:v>497.063</x:v>
+        <x:v>482.443</x:v>
       </x:c>
       <x:c r="E337" s="0">
-        <x:v>584.78</x:v>
+        <x:v>567.58</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:5">
       <x:c r="A338" s="1">
-        <x:v>45569.9240972222</x:v>
+        <x:v>45595.8839930556</x:v>
       </x:c>
       <x:c r="B338" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C338" s="0">
-        <x:v>13.13</x:v>
+        <x:v>11.62</x:v>
       </x:c>
       <x:c r="D338" s="0">
-        <x:v>506.549</x:v>
+        <x:v>503.03</x:v>
       </x:c>
       <x:c r="E338" s="0">
-        <x:v>595.94</x:v>
+        <x:v>591.8</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:5">
       <x:c r="A339" s="1">
-        <x:v>45568.9237152778</x:v>
+        <x:v>45594.8862962963</x:v>
       </x:c>
       <x:c r="B339" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C339" s="0">
-        <x:v>11.57</x:v>
+        <x:v>11.81</x:v>
       </x:c>
       <x:c r="D339" s="0">
-        <x:v>495.354</x:v>
+        <x:v>504.288</x:v>
       </x:c>
       <x:c r="E339" s="0">
-        <x:v>582.77</x:v>
+        <x:v>593.28</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:5">
       <x:c r="A340" s="1">
-        <x:v>45567.9236458333</x:v>
+        <x:v>45593.8878125</x:v>
       </x:c>
       <x:c r="B340" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C340" s="0">
-        <x:v>10.49</x:v>
+        <x:v>10.22</x:v>
       </x:c>
       <x:c r="D340" s="0">
-        <x:v>486.888</x:v>
+        <x:v>491.436</x:v>
       </x:c>
       <x:c r="E340" s="0">
-        <x:v>572.81</x:v>
+        <x:v>578.16</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:5">
       <x:c r="A341" s="1">
-        <x:v>45566.9238310185</x:v>
+        <x:v>45590.9259259259</x:v>
       </x:c>
       <x:c r="B341" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C341" s="0">
-        <x:v>10.92</x:v>
+        <x:v>9.75</x:v>
       </x:c>
       <x:c r="D341" s="0">
-        <x:v>490</x:v>
+        <x:v>487.262</x:v>
       </x:c>
       <x:c r="E341" s="0">
-        <x:v>576.47</x:v>
+        <x:v>573.25</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:5">
       <x:c r="A342" s="1">
-        <x:v>45565.9307060185</x:v>
+        <x:v>45589.9268287037</x:v>
       </x:c>
       <x:c r="B342" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C342" s="0">
-        <x:v>10.49</x:v>
+        <x:v>9.23</x:v>
       </x:c>
       <x:c r="D342" s="0">
-        <x:v>486.574</x:v>
+        <x:v>482.613</x:v>
       </x:c>
       <x:c r="E342" s="0">
-        <x:v>572.44</x:v>
+        <x:v>567.78</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:5">
       <x:c r="A343" s="1">
-        <x:v>45562.924849537</x:v>
+        <x:v>45588.9251041667</x:v>
       </x:c>
       <x:c r="B343" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C343" s="0">
-        <x:v>9.99</x:v>
+        <x:v>8.85</x:v>
       </x:c>
       <x:c r="D343" s="0">
-        <x:v>482.256</x:v>
+        <x:v>479.136</x:v>
       </x:c>
       <x:c r="E343" s="0">
-        <x:v>567.36</x:v>
+        <x:v>563.69</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:5">
       <x:c r="A344" s="1">
-        <x:v>45561.9242824074</x:v>
+        <x:v>45587.928587963</x:v>
       </x:c>
       <x:c r="B344" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C344" s="0">
-        <x:v>10.05</x:v>
+        <x:v>10.93</x:v>
       </x:c>
       <x:c r="D344" s="0">
-        <x:v>482.664</x:v>
+        <x:v>494.708</x:v>
       </x:c>
       <x:c r="E344" s="0">
-        <x:v>567.84</x:v>
+        <x:v>582.01</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:5">
       <x:c r="A345" s="1">
-        <x:v>45560.9242708333</x:v>
+        <x:v>45586.9257407407</x:v>
       </x:c>
       <x:c r="B345" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C345" s="0">
-        <x:v>10.11</x:v>
+        <x:v>10.21</x:v>
       </x:c>
       <x:c r="D345" s="0">
-        <x:v>483.064</x:v>
+        <x:v>488.886</x:v>
       </x:c>
       <x:c r="E345" s="0">
-        <x:v>568.31</x:v>
+        <x:v>575.16</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:5">
       <x:c r="A346" s="1">
-        <x:v>45559.9250694444</x:v>
+        <x:v>45582.9404050926</x:v>
       </x:c>
       <x:c r="B346" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C346" s="0">
-        <x:v>9.61</x:v>
+        <x:v>10.45</x:v>
       </x:c>
       <x:c r="D346" s="0">
-        <x:v>478.83</x:v>
+        <x:v>490.39</x:v>
       </x:c>
       <x:c r="E346" s="0">
-        <x:v>563.33</x:v>
+        <x:v>576.93</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:5">
       <x:c r="A347" s="1">
-        <x:v>45558.9281018519</x:v>
+        <x:v>45580.939212963</x:v>
       </x:c>
       <x:c r="B347" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C347" s="0">
-        <x:v>9.74</x:v>
+        <x:v>11.59</x:v>
       </x:c>
       <x:c r="D347" s="0">
-        <x:v>479.748</x:v>
+        <x:v>498.33</x:v>
       </x:c>
       <x:c r="E347" s="0">
-        <x:v>564.41</x:v>
+        <x:v>586.27</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:5">
       <x:c r="A348" s="1">
-        <x:v>45555.9288310185</x:v>
+        <x:v>45579.9269328704</x:v>
       </x:c>
       <x:c r="B348" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C348" s="0">
-        <x:v>9.46</x:v>
+        <x:v>12.11</x:v>
       </x:c>
       <x:c r="D348" s="0">
-        <x:v>477.148</x:v>
+        <x:v>501.857</x:v>
       </x:c>
       <x:c r="E348" s="0">
-        <x:v>561.35</x:v>
+        <x:v>590.42</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:5">
       <x:c r="A349" s="1">
-        <x:v>45554.9249074074</x:v>
+        <x:v>45576.9277314815</x:v>
       </x:c>
       <x:c r="B349" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C349" s="0">
-        <x:v>9.25</x:v>
+        <x:v>12.1</x:v>
       </x:c>
       <x:c r="D349" s="0">
-        <x:v>475.235</x:v>
+        <x:v>501.458</x:v>
       </x:c>
       <x:c r="E349" s="0">
-        <x:v>559.1</x:v>
+        <x:v>589.95</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:5">
       <x:c r="A350" s="1">
-        <x:v>45553.9237847222</x:v>
+        <x:v>45575.9297685185</x:v>
       </x:c>
       <x:c r="B350" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C350" s="0">
-        <x:v>7.49</x:v>
+        <x:v>11.4</x:v>
       </x:c>
       <x:c r="D350" s="0">
-        <x:v>457.258</x:v>
+        <x:v>496.256</x:v>
       </x:c>
       <x:c r="E350" s="0">
-        <x:v>537.95</x:v>
+        <x:v>583.83</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:5">
       <x:c r="A351" s="1">
-        <x:v>45552.9224537037</x:v>
+        <x:v>45574.9233101852</x:v>
       </x:c>
       <x:c r="B351" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C351" s="0">
-        <x:v>7.36</x:v>
+        <x:v>12.24</x:v>
       </x:c>
       <x:c r="D351" s="0">
-        <x:v>455.868</x:v>
+        <x:v>501.934</x:v>
       </x:c>
       <x:c r="E351" s="0">
-        <x:v>536.315</x:v>
+        <x:v>590.51</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:5">
       <x:c r="A352" s="1">
-        <x:v>45551.9244444444</x:v>
+        <x:v>45573.9227314815</x:v>
       </x:c>
       <x:c r="B352" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C352" s="0">
-        <x:v>7.13</x:v>
+        <x:v>12.56</x:v>
       </x:c>
       <x:c r="D352" s="0">
-        <x:v>453.288</x:v>
+        <x:v>503.956</x:v>
       </x:c>
       <x:c r="E352" s="0">
-        <x:v>533.28</x:v>
+        <x:v>592.89</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:5">
       <x:c r="A353" s="1">
-        <x:v>45551.332337963</x:v>
+        <x:v>45572.9228935185</x:v>
       </x:c>
       <x:c r="B353" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C353" s="0">
-        <x:v>6.36</x:v>
+        <x:v>11.61</x:v>
       </x:c>
       <x:c r="D353" s="0">
-        <x:v>445.927</x:v>
+        <x:v>497.063</x:v>
       </x:c>
       <x:c r="E353" s="0">
-        <x:v>524.62</x:v>
+        <x:v>584.78</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:5">
       <x:c r="A354" s="1">
-        <x:v>45547.9299189815</x:v>
+        <x:v>45569.9240972222</x:v>
       </x:c>
       <x:c r="B354" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C354" s="0">
-        <x:v>6.57</x:v>
+        <x:v>13.13</x:v>
       </x:c>
       <x:c r="D354" s="0">
-        <x:v>446.76</x:v>
+        <x:v>506.549</x:v>
       </x:c>
       <x:c r="E354" s="0">
-        <x:v>525.6</x:v>
+        <x:v>595.94</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:5">
       <x:c r="A355" s="1">
-        <x:v>45546.9263078704</x:v>
+        <x:v>45568.9237152778</x:v>
       </x:c>
       <x:c r="B355" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C355" s="0">
-        <x:v>5.66</x:v>
+        <x:v>11.57</x:v>
       </x:c>
       <x:c r="D355" s="0">
-        <x:v>435.056</x:v>
+        <x:v>495.354</x:v>
       </x:c>
       <x:c r="E355" s="0">
-        <x:v>511.83</x:v>
+        <x:v>582.77</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:5">
       <x:c r="A356" s="1">
-        <x:v>45545.9252893518</x:v>
+        <x:v>45567.9236458333</x:v>
       </x:c>
       <x:c r="B356" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C356" s="0">
-        <x:v>5.23</x:v>
+        <x:v>10.49</x:v>
       </x:c>
       <x:c r="D356" s="0">
-        <x:v>429.072</x:v>
+        <x:v>486.888</x:v>
       </x:c>
       <x:c r="E356" s="0">
-        <x:v>504.79</x:v>
+        <x:v>572.81</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:5">
       <x:c r="A357" s="1">
-        <x:v>45544.9242824074</x:v>
+        <x:v>45566.9238310185</x:v>
       </x:c>
       <x:c r="B357" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C357" s="0">
-        <x:v>5.24</x:v>
+        <x:v>10.92</x:v>
       </x:c>
       <x:c r="D357" s="0">
-        <x:v>429.072</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="E357" s="0">
-        <x:v>504.79</x:v>
+        <x:v>576.47</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:5">
       <x:c r="A358" s="1">
-        <x:v>45541.9261342593</x:v>
+        <x:v>45565.9307060185</x:v>
       </x:c>
       <x:c r="B358" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C358" s="0">
-        <x:v>4.98</x:v>
+        <x:v>10.49</x:v>
       </x:c>
       <x:c r="D358" s="0">
-        <x:v>425.23</x:v>
+        <x:v>486.574</x:v>
       </x:c>
       <x:c r="E358" s="0">
-        <x:v>500.27</x:v>
+        <x:v>572.44</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:5">
       <x:c r="A359" s="1">
-        <x:v>45540.9253935185</x:v>
+        <x:v>45562.924849537</x:v>
       </x:c>
       <x:c r="B359" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C359" s="0">
-        <x:v>6.18</x:v>
+        <x:v>9.99</x:v>
       </x:c>
       <x:c r="D359" s="0">
-        <x:v>439.331</x:v>
+        <x:v>482.256</x:v>
       </x:c>
       <x:c r="E359" s="0">
-        <x:v>516.86</x:v>
+        <x:v>567.36</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:5">
       <x:c r="A360" s="1">
-        <x:v>45539.9231365741</x:v>
+        <x:v>45561.9242824074</x:v>
       </x:c>
       <x:c r="B360" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C360" s="0">
-        <x:v>5.91</x:v>
+        <x:v>10.05</x:v>
       </x:c>
       <x:c r="D360" s="0">
-        <x:v>435.829</x:v>
+        <x:v>482.664</x:v>
       </x:c>
       <x:c r="E360" s="0">
-        <x:v>512.74</x:v>
+        <x:v>567.84</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:5">
       <x:c r="A361" s="1">
-        <x:v>45534.9322222222</x:v>
+        <x:v>45560.9242708333</x:v>
       </x:c>
       <x:c r="B361" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C361" s="0">
-        <x:v>6.6</x:v>
+        <x:v>10.11</x:v>
       </x:c>
       <x:c r="D361" s="0">
-        <x:v>443.114</x:v>
+        <x:v>483.064</x:v>
       </x:c>
       <x:c r="E361" s="0">
-        <x:v>521.31</x:v>
+        <x:v>568.31</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:5">
       <x:c r="A362" s="1">
-        <x:v>45533.930462963</x:v>
+        <x:v>45559.9250694444</x:v>
       </x:c>
       <x:c r="B362" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C362" s="0">
-        <x:v>6.38</x:v>
+        <x:v>9.61</x:v>
       </x:c>
       <x:c r="D362" s="0">
-        <x:v>440.487</x:v>
+        <x:v>478.83</x:v>
       </x:c>
       <x:c r="E362" s="0">
-        <x:v>518.22</x:v>
+        <x:v>563.33</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:5">
       <x:c r="A363" s="1">
-        <x:v>45532.9225462963</x:v>
+        <x:v>45558.9281018519</x:v>
       </x:c>
       <x:c r="B363" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C363" s="0">
-        <x:v>6.29</x:v>
+        <x:v>9.74</x:v>
       </x:c>
       <x:c r="D363" s="0">
-        <x:v>439.263</x:v>
+        <x:v>479.748</x:v>
       </x:c>
       <x:c r="E363" s="0">
-        <x:v>516.78</x:v>
+        <x:v>564.41</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:5">
       <x:c r="A364" s="1">
-        <x:v>45531.9245138889</x:v>
+        <x:v>45555.9288310185</x:v>
       </x:c>
       <x:c r="B364" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C364" s="0">
-        <x:v>6.47</x:v>
+        <x:v>9.46</x:v>
       </x:c>
       <x:c r="D364" s="0">
-        <x:v>441.235</x:v>
+        <x:v>477.148</x:v>
       </x:c>
       <x:c r="E364" s="0">
-        <x:v>519.1</x:v>
+        <x:v>561.35</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:5">
       <x:c r="A365" s="1">
-        <x:v>45530.924212963</x:v>
+        <x:v>45554.9249074074</x:v>
       </x:c>
       <x:c r="B365" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C365" s="0">
-        <x:v>6.63</x:v>
+        <x:v>9.25</x:v>
       </x:c>
       <x:c r="D365" s="0">
-        <x:v>442.952</x:v>
+        <x:v>475.235</x:v>
       </x:c>
       <x:c r="E365" s="0">
-        <x:v>521.12</x:v>
+        <x:v>559.1</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:5">
       <x:c r="A366" s="1">
-        <x:v>45527.9240162037</x:v>
+        <x:v>45553.9237847222</x:v>
       </x:c>
       <x:c r="B366" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C366" s="0">
-        <x:v>7.22</x:v>
+        <x:v>7.49</x:v>
       </x:c>
       <x:c r="D366" s="0">
-        <x:v>448.8</x:v>
+        <x:v>457.258</x:v>
       </x:c>
       <x:c r="E366" s="0">
-        <x:v>528</x:v>
+        <x:v>537.95</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:5">
       <x:c r="A367" s="1">
-        <x:v>45526.9255671296</x:v>
+        <x:v>45552.9224537037</x:v>
       </x:c>
       <x:c r="B367" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C367" s="0">
-        <x:v>7.57</x:v>
+        <x:v>7.36</x:v>
       </x:c>
       <x:c r="D367" s="0">
-        <x:v>452.14</x:v>
+        <x:v>455.868</x:v>
       </x:c>
       <x:c r="E367" s="0">
-        <x:v>531.93</x:v>
+        <x:v>536.315</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:5">
       <x:c r="A368" s="1">
-        <x:v>45525.923287037</x:v>
+        <x:v>45551.9244444444</x:v>
       </x:c>
       <x:c r="B368" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C368" s="0">
-        <x:v>7.86</x:v>
+        <x:v>7.13</x:v>
       </x:c>
       <x:c r="D368" s="0">
-        <x:v>454.886</x:v>
+        <x:v>453.288</x:v>
       </x:c>
       <x:c r="E368" s="0">
-        <x:v>535.16</x:v>
+        <x:v>533.28</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:5">
       <x:c r="A369" s="1">
-        <x:v>45524.9226736111</x:v>
+        <x:v>45551.332337963</x:v>
       </x:c>
       <x:c r="B369" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C369" s="0">
-        <x:v>7.18</x:v>
+        <x:v>6.36</x:v>
       </x:c>
       <x:c r="D369" s="0">
-        <x:v>447.72</x:v>
+        <x:v>445.927</x:v>
       </x:c>
       <x:c r="E369" s="0">
-        <x:v>526.73</x:v>
+        <x:v>524.62</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:5">
       <x:c r="A370" s="1">
-        <x:v>45523.9245138889</x:v>
+        <x:v>45547.9299189815</x:v>
       </x:c>
       <x:c r="B370" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C370" s="0">
-        <x:v>7.4</x:v>
+        <x:v>6.57</x:v>
       </x:c>
       <x:c r="D370" s="0">
-        <x:v>448.307</x:v>
+        <x:v>446.76</x:v>
       </x:c>
       <x:c r="E370" s="0">
-        <x:v>527.42</x:v>
+        <x:v>525.6</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:5">
       <x:c r="A371" s="1">
-        <x:v>45520.9331018518</x:v>
+        <x:v>45546.9263078704</x:v>
       </x:c>
       <x:c r="B371" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C371" s="0">
-        <x:v>7.28</x:v>
+        <x:v>5.66</x:v>
       </x:c>
       <x:c r="D371" s="0">
-        <x:v>448.307</x:v>
+        <x:v>435.056</x:v>
       </x:c>
       <x:c r="E371" s="0">
-        <x:v>527.42</x:v>
+        <x:v>511.83</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:5">
       <x:c r="A372" s="1">
-        <x:v>45519.9272569444</x:v>
+        <x:v>45545.9252893518</x:v>
       </x:c>
       <x:c r="B372" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C372" s="0">
-        <x:v>8.19</x:v>
+        <x:v>5.23</x:v>
       </x:c>
       <x:c r="D372" s="0">
-        <x:v>456.73</x:v>
+        <x:v>429.072</x:v>
       </x:c>
       <x:c r="E372" s="0">
-        <x:v>537.33</x:v>
+        <x:v>504.79</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:5">
       <x:c r="A373" s="1">
-        <x:v>45518.9339930556</x:v>
+        <x:v>45544.9242824074</x:v>
       </x:c>
       <x:c r="B373" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C373" s="0">
-        <x:v>7.32</x:v>
+        <x:v>5.24</x:v>
       </x:c>
       <x:c r="D373" s="0">
-        <x:v>447.746</x:v>
+        <x:v>429.072</x:v>
       </x:c>
       <x:c r="E373" s="0">
-        <x:v>526.76</x:v>
+        <x:v>504.79</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:5">
       <x:c r="A374" s="1">
-        <x:v>45517.931712963</x:v>
+        <x:v>45541.9261342593</x:v>
       </x:c>
       <x:c r="B374" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C374" s="0">
-        <x:v>7.48</x:v>
+        <x:v>4.98</x:v>
       </x:c>
       <x:c r="D374" s="0">
-        <x:v>449.259</x:v>
+        <x:v>425.23</x:v>
       </x:c>
       <x:c r="E374" s="0">
-        <x:v>528.54</x:v>
+        <x:v>500.27</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:5">
       <x:c r="A375" s="1">
-        <x:v>45516.9273958333</x:v>
+        <x:v>45540.9253935185</x:v>
       </x:c>
       <x:c r="B375" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C375" s="0">
-        <x:v>6.53</x:v>
+        <x:v>6.18</x:v>
       </x:c>
       <x:c r="D375" s="0">
-        <x:v>438.558</x:v>
+        <x:v>439.331</x:v>
       </x:c>
       <x:c r="E375" s="0">
-        <x:v>515.95</x:v>
+        <x:v>516.86</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:5">
       <x:c r="A376" s="1">
-        <x:v>45513.93</x:v>
+        <x:v>45539.9231365741</x:v>
       </x:c>
       <x:c r="B376" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C376" s="0">
-        <x:v>6.7</x:v>
+        <x:v>5.91</x:v>
       </x:c>
       <x:c r="D376" s="0">
-        <x:v>440.104</x:v>
+        <x:v>435.829</x:v>
       </x:c>
       <x:c r="E376" s="0">
-        <x:v>517.77</x:v>
+        <x:v>512.74</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:5">
       <x:c r="A377" s="1">
-        <x:v>45512.9331597222</x:v>
+        <x:v>45534.9322222222</x:v>
       </x:c>
       <x:c r="B377" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C377" s="0">
-        <x:v>6.12</x:v>
+        <x:v>6.6</x:v>
       </x:c>
       <x:c r="D377" s="0">
-        <x:v>433.186</x:v>
+        <x:v>443.114</x:v>
       </x:c>
       <x:c r="E377" s="0">
-        <x:v>509.63</x:v>
+        <x:v>521.31</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:5">
       <x:c r="A378" s="1">
-        <x:v>45511.9284375</x:v>
+        <x:v>45533.930462963</x:v>
       </x:c>
       <x:c r="B378" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C378" s="0">
-        <x:v>4.88</x:v>
+        <x:v>6.38</x:v>
       </x:c>
       <x:c r="D378" s="0">
-        <x:v>415.582</x:v>
+        <x:v>440.487</x:v>
       </x:c>
       <x:c r="E378" s="0">
-        <x:v>488.92</x:v>
+        <x:v>518.22</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:5">
       <x:c r="A379" s="1">
-        <x:v>45510.9305439815</x:v>
+        <x:v>45532.9225462963</x:v>
       </x:c>
       <x:c r="B379" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C379" s="0">
-        <x:v>5.22</x:v>
+        <x:v>6.29</x:v>
       </x:c>
       <x:c r="D379" s="0">
-        <x:v>419.976</x:v>
+        <x:v>439.263</x:v>
       </x:c>
       <x:c r="E379" s="0">
-        <x:v>494.09</x:v>
+        <x:v>516.78</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:5">
       <x:c r="A380" s="1">
-        <x:v>45509.9290162037</x:v>
+        <x:v>45531.9245138889</x:v>
       </x:c>
       <x:c r="B380" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C380" s="0">
-        <x:v>4.24</x:v>
+        <x:v>6.47</x:v>
       </x:c>
       <x:c r="D380" s="0">
-        <x:v>404.37</x:v>
+        <x:v>441.235</x:v>
       </x:c>
       <x:c r="E380" s="0">
-        <x:v>475.73</x:v>
+        <x:v>519.1</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:5">
       <x:c r="A381" s="1">
-        <x:v>45506.9320717593</x:v>
+        <x:v>45530.924212963</x:v>
       </x:c>
       <x:c r="B381" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C381" s="0">
-        <x:v>5.03</x:v>
+        <x:v>6.63</x:v>
       </x:c>
       <x:c r="D381" s="0">
-        <x:v>414.919</x:v>
+        <x:v>442.952</x:v>
       </x:c>
       <x:c r="E381" s="0">
-        <x:v>488.14</x:v>
+        <x:v>521.12</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:5">
       <x:c r="A382" s="1">
-        <x:v>45505.9288773148</x:v>
+        <x:v>45527.9240162037</x:v>
       </x:c>
       <x:c r="B382" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C382" s="0">
-        <x:v>5.69</x:v>
+        <x:v>7.22</x:v>
       </x:c>
       <x:c r="D382" s="0">
-        <x:v>423.079</x:v>
+        <x:v>448.8</x:v>
       </x:c>
       <x:c r="E382" s="0">
-        <x:v>497.74</x:v>
+        <x:v>528</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:5">
       <x:c r="A383" s="1">
-        <x:v>45504.930474537</x:v>
+        <x:v>45526.9255671296</x:v>
       </x:c>
       <x:c r="B383" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C383" s="0">
-        <x:v>4.42</x:v>
+        <x:v>7.57</x:v>
       </x:c>
       <x:c r="D383" s="0">
-        <x:v>403.606</x:v>
+        <x:v>452.14</x:v>
       </x:c>
       <x:c r="E383" s="0">
-        <x:v>474.83</x:v>
+        <x:v>531.93</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:5">
       <x:c r="A384" s="1">
-        <x:v>45503.9262152778</x:v>
+        <x:v>45525.923287037</x:v>
       </x:c>
       <x:c r="B384" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C384" s="0">
-        <x:v>3.84</x:v>
+        <x:v>7.86</x:v>
       </x:c>
       <x:c r="D384" s="0">
-        <x:v>393.712</x:v>
+        <x:v>454.886</x:v>
       </x:c>
       <x:c r="E384" s="0">
-        <x:v>463.19</x:v>
+        <x:v>535.16</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:5">
       <x:c r="A385" s="1">
-        <x:v>45502.9221180556</x:v>
+        <x:v>45524.9226736111</x:v>
       </x:c>
       <x:c r="B385" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C385" s="0">
-        <x:v>3.98</x:v>
+        <x:v>7.18</x:v>
       </x:c>
       <x:c r="D385" s="0">
-        <x:v>395.854</x:v>
+        <x:v>447.72</x:v>
       </x:c>
       <x:c r="E385" s="0">
-        <x:v>465.71</x:v>
+        <x:v>526.73</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:5">
       <x:c r="A386" s="1">
-        <x:v>45499.9228472222</x:v>
+        <x:v>45523.9245138889</x:v>
       </x:c>
       <x:c r="B386" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C386" s="0">
-        <x:v>3.99</x:v>
+        <x:v>7.4</x:v>
       </x:c>
       <x:c r="D386" s="0">
-        <x:v>395.845</x:v>
+        <x:v>448.307</x:v>
       </x:c>
       <x:c r="E386" s="0">
-        <x:v>465.7</x:v>
+        <x:v>527.42</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:5">
       <x:c r="A387" s="1">
-        <x:v>45498.9225578704</x:v>
+        <x:v>45520.9331018518</x:v>
       </x:c>
       <x:c r="B387" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C387" s="0">
-        <x:v>3.44</x:v>
+        <x:v>7.28</x:v>
       </x:c>
       <x:c r="D387" s="0">
-        <x:v>385.398</x:v>
+        <x:v>448.307</x:v>
       </x:c>
       <x:c r="E387" s="0">
-        <x:v>453.41</x:v>
+        <x:v>527.42</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:5">
       <x:c r="A388" s="1">
-        <x:v>45497.9292824074</x:v>
+        <x:v>45519.9272569444</x:v>
       </x:c>
       <x:c r="B388" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C388" s="0">
-        <x:v>3.84</x:v>
+        <x:v>8.19</x:v>
       </x:c>
       <x:c r="D388" s="0">
-        <x:v>392.08</x:v>
+        <x:v>456.73</x:v>
       </x:c>
       <x:c r="E388" s="0">
-        <x:v>461.27</x:v>
+        <x:v>537.33</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:5">
       <x:c r="A389" s="1">
-        <x:v>45496.9225347222</x:v>
+        <x:v>45518.9339930556</x:v>
       </x:c>
       <x:c r="B389" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C389" s="0">
-        <x:v>5.79</x:v>
+        <x:v>7.32</x:v>
       </x:c>
       <x:c r="D389" s="0">
-        <x:v>415.386</x:v>
+        <x:v>447.746</x:v>
       </x:c>
       <x:c r="E389" s="0">
-        <x:v>488.69</x:v>
+        <x:v>526.76</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:5">
       <x:c r="A390" s="1">
-        <x:v>45495.9267592593</x:v>
+        <x:v>45517.931712963</x:v>
       </x:c>
       <x:c r="B390" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C390" s="0">
-        <x:v>5.71</x:v>
+        <x:v>7.48</x:v>
       </x:c>
       <x:c r="D390" s="0">
-        <x:v>414.29</x:v>
+        <x:v>449.259</x:v>
       </x:c>
       <x:c r="E390" s="0">
-        <x:v>487.4</x:v>
+        <x:v>528.54</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:5">
       <x:c r="A391" s="1">
-        <x:v>45492.9245138889</x:v>
+        <x:v>45516.9273958333</x:v>
       </x:c>
       <x:c r="B391" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C391" s="0">
-        <x:v>5.05</x:v>
+        <x:v>6.53</x:v>
       </x:c>
       <x:c r="D391" s="0">
-        <x:v>405.272</x:v>
+        <x:v>438.558</x:v>
       </x:c>
       <x:c r="E391" s="0">
-        <x:v>476.79</x:v>
+        <x:v>515.95</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:5">
       <x:c r="A392" s="1">
+        <x:v>45513.93</x:v>
+      </x:c>
+      <x:c r="B392" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C392" s="0">
+        <x:v>6.7</x:v>
+      </x:c>
+      <x:c r="D392" s="0">
+        <x:v>440.104</x:v>
+      </x:c>
+      <x:c r="E392" s="0">
+        <x:v>517.77</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="393" spans="1:5">
+      <x:c r="A393" s="1">
+        <x:v>45512.9331597222</x:v>
+      </x:c>
+      <x:c r="B393" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C393" s="0">
+        <x:v>6.12</x:v>
+      </x:c>
+      <x:c r="D393" s="0">
+        <x:v>433.186</x:v>
+      </x:c>
+      <x:c r="E393" s="0">
+        <x:v>509.63</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="394" spans="1:5">
+      <x:c r="A394" s="1">
+        <x:v>45511.9284375</x:v>
+      </x:c>
+      <x:c r="B394" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C394" s="0">
+        <x:v>4.88</x:v>
+      </x:c>
+      <x:c r="D394" s="0">
+        <x:v>415.582</x:v>
+      </x:c>
+      <x:c r="E394" s="0">
+        <x:v>488.92</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="395" spans="1:5">
+      <x:c r="A395" s="1">
+        <x:v>45510.9305439815</x:v>
+      </x:c>
+      <x:c r="B395" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C395" s="0">
+        <x:v>5.22</x:v>
+      </x:c>
+      <x:c r="D395" s="0">
+        <x:v>419.976</x:v>
+      </x:c>
+      <x:c r="E395" s="0">
+        <x:v>494.09</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="396" spans="1:5">
+      <x:c r="A396" s="1">
+        <x:v>45509.9290162037</x:v>
+      </x:c>
+      <x:c r="B396" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C396" s="0">
+        <x:v>4.24</x:v>
+      </x:c>
+      <x:c r="D396" s="0">
+        <x:v>404.37</x:v>
+      </x:c>
+      <x:c r="E396" s="0">
+        <x:v>475.73</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="397" spans="1:5">
+      <x:c r="A397" s="1">
+        <x:v>45506.9320717593</x:v>
+      </x:c>
+      <x:c r="B397" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C397" s="0">
+        <x:v>5.03</x:v>
+      </x:c>
+      <x:c r="D397" s="0">
+        <x:v>414.919</x:v>
+      </x:c>
+      <x:c r="E397" s="0">
+        <x:v>488.14</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="398" spans="1:5">
+      <x:c r="A398" s="1">
+        <x:v>45505.9288773148</x:v>
+      </x:c>
+      <x:c r="B398" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C398" s="0">
+        <x:v>5.69</x:v>
+      </x:c>
+      <x:c r="D398" s="0">
+        <x:v>423.079</x:v>
+      </x:c>
+      <x:c r="E398" s="0">
+        <x:v>497.74</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="399" spans="1:5">
+      <x:c r="A399" s="1">
+        <x:v>45504.930474537</x:v>
+      </x:c>
+      <x:c r="B399" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C399" s="0">
+        <x:v>4.42</x:v>
+      </x:c>
+      <x:c r="D399" s="0">
+        <x:v>403.606</x:v>
+      </x:c>
+      <x:c r="E399" s="0">
+        <x:v>474.83</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="400" spans="1:5">
+      <x:c r="A400" s="1">
+        <x:v>45503.9262152778</x:v>
+      </x:c>
+      <x:c r="B400" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C400" s="0">
+        <x:v>3.84</x:v>
+      </x:c>
+      <x:c r="D400" s="0">
+        <x:v>393.712</x:v>
+      </x:c>
+      <x:c r="E400" s="0">
+        <x:v>463.19</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="401" spans="1:5">
+      <x:c r="A401" s="1">
+        <x:v>45502.9221180556</x:v>
+      </x:c>
+      <x:c r="B401" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C401" s="0">
+        <x:v>3.98</x:v>
+      </x:c>
+      <x:c r="D401" s="0">
+        <x:v>395.854</x:v>
+      </x:c>
+      <x:c r="E401" s="0">
+        <x:v>465.71</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="402" spans="1:5">
+      <x:c r="A402" s="1">
+        <x:v>45499.9228472222</x:v>
+      </x:c>
+      <x:c r="B402" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C402" s="0">
+        <x:v>3.99</x:v>
+      </x:c>
+      <x:c r="D402" s="0">
+        <x:v>395.845</x:v>
+      </x:c>
+      <x:c r="E402" s="0">
+        <x:v>465.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="403" spans="1:5">
+      <x:c r="A403" s="1">
+        <x:v>45498.9225578704</x:v>
+      </x:c>
+      <x:c r="B403" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C403" s="0">
+        <x:v>3.44</x:v>
+      </x:c>
+      <x:c r="D403" s="0">
+        <x:v>385.398</x:v>
+      </x:c>
+      <x:c r="E403" s="0">
+        <x:v>453.41</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="404" spans="1:5">
+      <x:c r="A404" s="1">
+        <x:v>45497.9292824074</x:v>
+      </x:c>
+      <x:c r="B404" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C404" s="0">
+        <x:v>3.84</x:v>
+      </x:c>
+      <x:c r="D404" s="0">
+        <x:v>392.08</x:v>
+      </x:c>
+      <x:c r="E404" s="0">
+        <x:v>461.27</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="405" spans="1:5">
+      <x:c r="A405" s="1">
+        <x:v>45496.9225347222</x:v>
+      </x:c>
+      <x:c r="B405" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C405" s="0">
+        <x:v>5.79</x:v>
+      </x:c>
+      <x:c r="D405" s="0">
+        <x:v>415.386</x:v>
+      </x:c>
+      <x:c r="E405" s="0">
+        <x:v>488.69</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="406" spans="1:5">
+      <x:c r="A406" s="1">
+        <x:v>45495.9267592593</x:v>
+      </x:c>
+      <x:c r="B406" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C406" s="0">
+        <x:v>5.71</x:v>
+      </x:c>
+      <x:c r="D406" s="0">
+        <x:v>414.29</x:v>
+      </x:c>
+      <x:c r="E406" s="0">
+        <x:v>487.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="407" spans="1:5">
+      <x:c r="A407" s="1">
+        <x:v>45492.9245138889</x:v>
+      </x:c>
+      <x:c r="B407" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C407" s="0">
+        <x:v>5.05</x:v>
+      </x:c>
+      <x:c r="D407" s="0">
+        <x:v>405.272</x:v>
+      </x:c>
+      <x:c r="E407" s="0">
+        <x:v>476.79</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="408" spans="1:5">
+      <x:c r="A408" s="1">
         <x:v>45491.9233101852</x:v>
       </x:c>
-      <x:c r="B392" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C392" s="0">
+      <x:c r="B408" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C408" s="0">
         <x:v>5</x:v>
       </x:c>
-      <x:c r="D392" s="0">
+      <x:c r="D408" s="0">
         <x:v>404.472</x:v>
       </x:c>
-      <x:c r="E392" s="0">
+      <x:c r="E408" s="0">
         <x:v>475.85</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>