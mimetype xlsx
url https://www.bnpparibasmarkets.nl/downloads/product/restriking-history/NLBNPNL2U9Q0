--- v0 (2025-10-01)
+++ v1 (2025-10-27)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3821444c2a55467b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/60b5b03ea6f2457e9ac2dd4451e5d8c7.psmdcp" Id="Rba2e9796d65d479c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R02af7c80f8464c7d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6cff6abf61994c42ab6736ee09cef4b3.psmdcp" Id="Rbdfff6bcf2954d61" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>NLBNPNL2U9Q0</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>