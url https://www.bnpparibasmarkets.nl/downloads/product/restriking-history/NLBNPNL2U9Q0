--- v1 (2025-10-27)
+++ v2 (2025-11-19)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R02af7c80f8464c7d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6cff6abf61994c42ab6736ee09cef4b3.psmdcp" Id="Rbdfff6bcf2954d61" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1d33f9058f2942ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/42b9c3ac5d1d401a905aa0ea1535763d.psmdcp" Id="Rc055bd60f92c497b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>NLBNPNL2U9Q0</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>