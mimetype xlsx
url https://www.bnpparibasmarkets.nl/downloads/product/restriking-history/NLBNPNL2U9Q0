--- v2 (2025-11-19)
+++ v3 (2025-12-11)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1d33f9058f2942ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/42b9c3ac5d1d401a905aa0ea1535763d.psmdcp" Id="Rc055bd60f92c497b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5d9a8c3d8d974db4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/24ac288ea6d945d5b1c7d4b2838491a1.psmdcp" Id="Rc3019c0a15444c24" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>NLBNPNL2U9Q0</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>