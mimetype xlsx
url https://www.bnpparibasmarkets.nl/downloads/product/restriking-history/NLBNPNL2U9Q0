--- v3 (2025-12-11)
+++ v4 (2026-01-09)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5d9a8c3d8d974db4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/24ac288ea6d945d5b1c7d4b2838491a1.psmdcp" Id="Rc3019c0a15444c24" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R03c1bb56d0444078" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/188fc1925f0249f29fe1e820e1619a93.psmdcp" Id="R9a145e257c7d458d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>NLBNPNL2U9Q0</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>