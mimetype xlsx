--- v4 (2026-01-09)
+++ v5 (2026-02-03)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R03c1bb56d0444078" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/188fc1925f0249f29fe1e820e1619a93.psmdcp" Id="R9a145e257c7d458d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rafa5021666dc4756" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1914e31c7fd646f9b107ab484c157262.psmdcp" Id="Ra6c3e6d33eec4a35" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>NLBNPNL2U9Q0</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>