--- v5 (2026-02-03)
+++ v6 (2026-02-24)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rafa5021666dc4756" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1914e31c7fd646f9b107ab484c157262.psmdcp" Id="Ra6c3e6d33eec4a35" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0134241e93c34023" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/805f5089279c413da254a1df6026e7f0.psmdcp" Id="R4cf65b88e27d4567" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>NLBNPNL2U9Q0</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>