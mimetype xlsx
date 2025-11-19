--- v0 (2025-10-24)
+++ v1 (2025-11-19)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R168b0f5e74734aa5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/76098d6798e7432c8d29cd3f3be6bc03.psmdcp" Id="R7c515c7de3b74c61" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0beac7e4cb2441ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7e3ff637f55e45f2863c186fd758231e.psmdcp" Id="Rbdb19f954c044c0b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>NLBNPNL2OM55</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>