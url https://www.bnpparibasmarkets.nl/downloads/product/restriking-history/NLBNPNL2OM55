--- v1 (2025-11-19)
+++ v2 (2025-12-14)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0beac7e4cb2441ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7e3ff637f55e45f2863c186fd758231e.psmdcp" Id="Rbdb19f954c044c0b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R683bd58c2c87469a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b35cf6427658446f9511dc34672ef2fd.psmdcp" Id="R112382fd7bf44140" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>NLBNPNL2OM55</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>