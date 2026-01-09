--- v2 (2025-12-14)
+++ v3 (2026-01-09)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R683bd58c2c87469a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b35cf6427658446f9511dc34672ef2fd.psmdcp" Id="R112382fd7bf44140" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R28572537139e4f26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a4219d48766c4c8f8b8fc78cb8cddb2b.psmdcp" Id="Ref2ee33cb786420c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>NLBNPNL2OM55</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>