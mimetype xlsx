--- v3 (2026-01-09)
+++ v4 (2026-02-03)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R28572537139e4f26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a4219d48766c4c8f8b8fc78cb8cddb2b.psmdcp" Id="Ref2ee33cb786420c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7968ab32913940e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/050ea04656a34ebeb1ac05989392a03d.psmdcp" Id="Rd4862bb070c24c3c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>NLBNPNL2OM55</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>