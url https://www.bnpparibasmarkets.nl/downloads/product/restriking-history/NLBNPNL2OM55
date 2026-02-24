--- v4 (2026-02-03)
+++ v5 (2026-02-24)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7968ab32913940e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/050ea04656a34ebeb1ac05989392a03d.psmdcp" Id="Rd4862bb070c24c3c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra5d9cb54875945e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/104785208838475c99c797702dbfa0e4.psmdcp" Id="R5c121982428f4d5e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>NLBNPNL2OM55</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>