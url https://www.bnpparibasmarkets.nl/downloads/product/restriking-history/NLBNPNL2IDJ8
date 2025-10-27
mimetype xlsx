--- v0 (2025-10-01)
+++ v1 (2025-10-27)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R21c9549b9ed34220" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7278e0e8386b4a91a60805277cd8b0c3.psmdcp" Id="R38e1cc4e29d14f98" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R83cb20bde24440d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8a80dcd5b6554240af6bb9660d40db80.psmdcp" Id="R7634b220f9704eff" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>NLBNPNL2IDJ8</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>