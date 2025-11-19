--- v1 (2025-10-27)
+++ v2 (2025-11-19)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R83cb20bde24440d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8a80dcd5b6554240af6bb9660d40db80.psmdcp" Id="R7634b220f9704eff" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Radbdf1c61da14c76" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a8041d086829495d840a615574cfe703.psmdcp" Id="Rfa051c242713414d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>NLBNPNL2IDJ8</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>