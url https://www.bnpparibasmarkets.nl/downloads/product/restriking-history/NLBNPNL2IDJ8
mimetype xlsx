--- v2 (2025-11-19)
+++ v3 (2025-12-11)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Radbdf1c61da14c76" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a8041d086829495d840a615574cfe703.psmdcp" Id="Rfa051c242713414d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf5638aec764b4fe3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1b7f748411ab48298ab156a11014f178.psmdcp" Id="Rfce6b66a87c643a6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>NLBNPNL2IDJ8</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>