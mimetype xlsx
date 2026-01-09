--- v3 (2025-12-11)
+++ v4 (2026-01-09)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf5638aec764b4fe3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1b7f748411ab48298ab156a11014f178.psmdcp" Id="Rfce6b66a87c643a6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4a481831b10c4ee9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/83d960149ac341b8bbbd7d3ffec63255.psmdcp" Id="R1b4215984f5549de" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>NLBNPNL2IDJ8</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>