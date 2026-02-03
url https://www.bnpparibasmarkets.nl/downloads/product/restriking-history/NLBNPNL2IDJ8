--- v4 (2026-01-09)
+++ v5 (2026-02-03)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4a481831b10c4ee9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/83d960149ac341b8bbbd7d3ffec63255.psmdcp" Id="R1b4215984f5549de" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra5aaf2289fc545b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/685e1941784b4e4daa569b48cd7ed7ff.psmdcp" Id="R3f400d140983423b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>NLBNPNL2IDJ8</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>