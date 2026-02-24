--- v5 (2026-02-03)
+++ v6 (2026-02-24)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra5aaf2289fc545b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/685e1941784b4e4daa569b48cd7ed7ff.psmdcp" Id="R3f400d140983423b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd9fb7825afa648a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5019687d6cd8419eb6fe600e0f392eee.psmdcp" Id="Rd2874cd0b3524958" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>NLBNPNL2IDJ8</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>