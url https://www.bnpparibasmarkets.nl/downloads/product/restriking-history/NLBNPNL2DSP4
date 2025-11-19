--- v0 (2025-10-27)
+++ v1 (2025-11-19)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdb1cacb0d3544054" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c8bcdc3e12674fdb915b633b75ffc34c.psmdcp" Id="R6d7c6eef6a824b32" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R76133cd671f348ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4c7e2fc9ba164fdb98847fd1dae24d65.psmdcp" Id="R17daabfa8dab482f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>NLBNPNL2DSP4</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>