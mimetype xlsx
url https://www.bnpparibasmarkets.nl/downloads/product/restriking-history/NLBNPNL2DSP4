--- v1 (2025-11-19)
+++ v2 (2025-12-14)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R76133cd671f348ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4c7e2fc9ba164fdb98847fd1dae24d65.psmdcp" Id="R17daabfa8dab482f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R655f653cc8e24870" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1910a2c947ba48a481a89730e34b99cc.psmdcp" Id="R357663545f054442" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>NLBNPNL2DSP4</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>