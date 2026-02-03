--- v2 (2025-12-14)
+++ v3 (2026-02-03)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R655f653cc8e24870" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1910a2c947ba48a481a89730e34b99cc.psmdcp" Id="R357663545f054442" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4b6305cd8d4843ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9d7de7a746704998b4eb242afe6c74a5.psmdcp" Id="R3654897139e0495b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>NLBNPNL2DSP4</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>