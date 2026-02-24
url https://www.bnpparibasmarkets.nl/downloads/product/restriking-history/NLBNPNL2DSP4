--- v3 (2026-02-03)
+++ v4 (2026-02-24)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4b6305cd8d4843ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9d7de7a746704998b4eb242afe6c74a5.psmdcp" Id="R3654897139e0495b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R705c6252806e4e24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/25b811ffe1c549d9ad38bcee214793cc.psmdcp" Id="R1004dcb631be4877" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>NLBNPNL2DSP4</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>