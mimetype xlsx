--- v0 (2025-10-21)
+++ v1 (2026-01-09)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfc4440374042466b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e1110a5b34fd4e0f99b90a45c5fe8888.psmdcp" Id="R02709e8095e445ac" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f55afa88132453e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7b71f1bb5b3545cd965f83c9cb0c1f73.psmdcp" Id="Rb73ad343219742a5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>NLBNPNL245I0</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>