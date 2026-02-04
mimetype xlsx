--- v1 (2026-01-09)
+++ v2 (2026-02-04)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f55afa88132453e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7b71f1bb5b3545cd965f83c9cb0c1f73.psmdcp" Id="Rb73ad343219742a5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6adbe8936a774bc5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9640f65e9a53452fb4281fe55e592dd9.psmdcp" Id="R9ff4d6f70cb54e09" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>NLBNPNL245I0</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>