--- v2 (2026-02-04)
+++ v3 (2026-02-24)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6adbe8936a774bc5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9640f65e9a53452fb4281fe55e592dd9.psmdcp" Id="R9ff4d6f70cb54e09" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re1a7af171a4c40e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c69815d4a61f407bbb73d84507e37e98.psmdcp" Id="R1b5506565a6b464c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>NLBNPNL245I0</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>