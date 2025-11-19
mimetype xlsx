--- v0 (2025-10-24)
+++ v1 (2025-11-19)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3210540d71ff47df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6c25f54180e64b5a904030fb0ae1b451.psmdcp" Id="R462a5c8ddcae4080" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb1d4f1bb2cbc4c3f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/721c8b246d364979993d76e30d4b4da6.psmdcp" Id="Re291ee4240c5422b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>NLBNPNL1VHB1</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>