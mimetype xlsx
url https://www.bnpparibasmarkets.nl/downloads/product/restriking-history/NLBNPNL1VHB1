--- v1 (2025-11-19)
+++ v2 (2025-12-13)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb1d4f1bb2cbc4c3f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/721c8b246d364979993d76e30d4b4da6.psmdcp" Id="Re291ee4240c5422b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R22efd5caa8264845" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1e77aa58c6d44ee9aa8316e1bd0e3e0a.psmdcp" Id="Rc83e4f04c6dd45df" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>NLBNPNL1VHB1</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>