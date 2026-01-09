--- v2 (2025-12-13)
+++ v3 (2026-01-09)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R22efd5caa8264845" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1e77aa58c6d44ee9aa8316e1bd0e3e0a.psmdcp" Id="Rc83e4f04c6dd45df" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R13448ea2b69849fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/27137b0d58424540b94fdd4e5f37c3de.psmdcp" Id="R9339644c14dd43f2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>NLBNPNL1VHB1</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>