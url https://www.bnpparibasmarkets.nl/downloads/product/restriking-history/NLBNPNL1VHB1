--- v3 (2026-01-09)
+++ v4 (2026-02-03)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R13448ea2b69849fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/27137b0d58424540b94fdd4e5f37c3de.psmdcp" Id="R9339644c14dd43f2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R34d4ea689f2244d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a22735dc9320441a972dca0f98a32bde.psmdcp" Id="R5f156f18f2614655" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>NLBNPNL1VHB1</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>