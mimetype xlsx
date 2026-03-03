--- v4 (2026-02-03)
+++ v5 (2026-03-03)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R34d4ea689f2244d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a22735dc9320441a972dca0f98a32bde.psmdcp" Id="R5f156f18f2614655" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd2c3cca5a8c04992" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d00c03ef87bb4a6baad36f87308b2ac7.psmdcp" Id="Re17cf2711f7f49d5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>NLBNPNL1VHB1</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>