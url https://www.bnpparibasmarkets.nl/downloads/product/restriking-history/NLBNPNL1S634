--- v0 (2025-10-07)
+++ v1 (2025-10-27)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4c090b674f82430c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/731f7dc1aa7143ae980596216b277aae.psmdcp" Id="R49b57e8bd07d421b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2ccf09feded747b3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/61b43af1677e4ce6bb517196f6e92f0b.psmdcp" Id="R8550e71f4d274a69" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>NLBNPNL1S634</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>