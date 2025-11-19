--- v1 (2025-10-27)
+++ v2 (2025-11-19)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2ccf09feded747b3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/61b43af1677e4ce6bb517196f6e92f0b.psmdcp" Id="R8550e71f4d274a69" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb95652c81eb147ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/410bfb04f4794878aa1a1c85846a5b85.psmdcp" Id="Rfa86e25b293f41ab" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>NLBNPNL1S634</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>