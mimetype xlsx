--- v2 (2025-11-19)
+++ v3 (2025-12-12)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb95652c81eb147ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/410bfb04f4794878aa1a1c85846a5b85.psmdcp" Id="Rfa86e25b293f41ab" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R63f48915ddfe4dcd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1daccf305e2a45f2a82b2f83ad9b9289.psmdcp" Id="R80da5d51f1f74b60" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>NLBNPNL1S634</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>