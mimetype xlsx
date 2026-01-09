--- v3 (2025-12-12)
+++ v4 (2026-01-09)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R63f48915ddfe4dcd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1daccf305e2a45f2a82b2f83ad9b9289.psmdcp" Id="R80da5d51f1f74b60" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb08db7e4b7ba4590" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1648a16a85c24206853b688573c9b8a3.psmdcp" Id="Rb685b73ee0a544e8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>NLBNPNL1S634</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>