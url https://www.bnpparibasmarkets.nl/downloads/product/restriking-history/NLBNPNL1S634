--- v4 (2026-01-09)
+++ v5 (2026-02-04)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb08db7e4b7ba4590" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1648a16a85c24206853b688573c9b8a3.psmdcp" Id="Rb685b73ee0a544e8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re7e570d97e1f4dde" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1144f6412aec4f8da9bd7bb0f0a916d7.psmdcp" Id="R0864305114d442fc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>NLBNPNL1S634</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>