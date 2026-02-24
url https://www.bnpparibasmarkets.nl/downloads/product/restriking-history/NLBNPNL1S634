--- v5 (2026-02-04)
+++ v6 (2026-02-24)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re7e570d97e1f4dde" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1144f6412aec4f8da9bd7bb0f0a916d7.psmdcp" Id="R0864305114d442fc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb404e10a9f7a4486" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f4d276bb9f6c4ba19fd0e6273975cb2f.psmdcp" Id="R80c965ab645f4643" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>NLBNPNL1S634</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>