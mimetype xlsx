--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf6c0c442d03d4dd5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/fd1f9679d59a4f11a2417c0be4af1d65.psmdcp" Id="Rbe220cb6a9ee456e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R24fc1e77d6df4e2b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/aa7eaae8557c436b9d9a3cbd8d76c0bd.psmdcp" Id="Rfd33e6a227694e7b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>NLBNPNL1S5N0</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>