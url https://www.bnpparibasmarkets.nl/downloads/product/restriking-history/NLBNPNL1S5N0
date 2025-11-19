--- v1 (2025-10-25)
+++ v2 (2025-11-19)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R24fc1e77d6df4e2b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/aa7eaae8557c436b9d9a3cbd8d76c0bd.psmdcp" Id="Rfd33e6a227694e7b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R193d18c18fbc4b33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/092536dfd769484888f503307ba9caad.psmdcp" Id="R37ce458d97fd468c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>NLBNPNL1S5N0</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>