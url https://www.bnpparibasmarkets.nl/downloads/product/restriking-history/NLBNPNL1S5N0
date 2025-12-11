--- v2 (2025-11-19)
+++ v3 (2025-12-11)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R193d18c18fbc4b33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/092536dfd769484888f503307ba9caad.psmdcp" Id="R37ce458d97fd468c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf588854f93404731" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1fefb635c70a4ecf870c0d9b053e8c14.psmdcp" Id="R95477a1b69174cb9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>NLBNPNL1S5N0</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>