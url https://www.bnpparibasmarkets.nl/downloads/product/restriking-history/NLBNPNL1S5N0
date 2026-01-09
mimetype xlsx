--- v3 (2025-12-11)
+++ v4 (2026-01-09)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf588854f93404731" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1fefb635c70a4ecf870c0d9b053e8c14.psmdcp" Id="R95477a1b69174cb9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rea1e318da0714274" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2c96103acf0441cab53b353243dd9628.psmdcp" Id="Rd93664826aad4307" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>NLBNPNL1S5N0</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>