--- v4 (2026-01-09)
+++ v5 (2026-02-04)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rea1e318da0714274" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2c96103acf0441cab53b353243dd9628.psmdcp" Id="Rd93664826aad4307" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0ade92baab224332" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4f2e656233d4419ca034f4bed61c7106.psmdcp" Id="R6d85b85d1be840be" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>NLBNPNL1S5N0</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>