--- v5 (2026-02-04)
+++ v6 (2026-02-24)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0ade92baab224332" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4f2e656233d4419ca034f4bed61c7106.psmdcp" Id="R6d85b85d1be840be" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R04c4188701b64184" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/cf4cf3708954427597385ffae916a706.psmdcp" Id="Rbc81adb6fb0b4d85" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>NLBNPNL1S5N0</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>