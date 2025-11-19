--- v0 (2025-10-21)
+++ v1 (2025-11-19)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1b5798495394411f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b0b7fa9e6f6f4527a5ebeae8ca51c41d.psmdcp" Id="R023cd82c960046b3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7767e68d34594d5a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/90c10b3e32be4413967dfcee9bb89f2b.psmdcp" Id="R5253798bbe514260" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>NLBNPNL1S1N9</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>