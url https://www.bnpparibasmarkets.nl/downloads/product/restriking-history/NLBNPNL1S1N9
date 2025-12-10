--- v1 (2025-11-19)
+++ v2 (2025-12-10)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7767e68d34594d5a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/90c10b3e32be4413967dfcee9bb89f2b.psmdcp" Id="R5253798bbe514260" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra9d7adb4f2ef4e83" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ee7e7be876ab43cfa1a513df57df4295.psmdcp" Id="R5c779bbc2cc94c37" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>NLBNPNL1S1N9</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>