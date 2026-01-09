--- v2 (2025-12-10)
+++ v3 (2026-01-09)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra9d7adb4f2ef4e83" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ee7e7be876ab43cfa1a513df57df4295.psmdcp" Id="R5c779bbc2cc94c37" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R67f6266b10664e1c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/31744329e63e4c4abf22c25d49aa5b35.psmdcp" Id="Rd067a46061ae4950" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>NLBNPNL1S1N9</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>