--- v3 (2026-01-09)
+++ v4 (2026-02-04)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R67f6266b10664e1c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/31744329e63e4c4abf22c25d49aa5b35.psmdcp" Id="Rd067a46061ae4950" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9e499a251cef4f4e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/85253526fa294ef5b8553b697f0bd3bd.psmdcp" Id="Ra1b610caaa5c4eb6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>NLBNPNL1S1N9</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>