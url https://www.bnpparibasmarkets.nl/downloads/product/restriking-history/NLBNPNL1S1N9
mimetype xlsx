--- v4 (2026-02-04)
+++ v5 (2026-02-24)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9e499a251cef4f4e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/85253526fa294ef5b8553b697f0bd3bd.psmdcp" Id="Ra1b610caaa5c4eb6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6173f0a40ae14ae4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d988b543114f401495e5fd22cbf5f1b6.psmdcp" Id="R3d40118db0764308" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>NLBNPNL1S1N9</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>