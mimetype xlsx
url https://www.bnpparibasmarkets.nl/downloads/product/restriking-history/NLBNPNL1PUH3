--- v0 (2025-10-27)
+++ v1 (2025-11-19)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R748af819d6014a77" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/558c518196cd40e585bb6a0612630959.psmdcp" Id="Ra127ba6cdbce400a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbebb3c0c976b44e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e7fcbc388693488c8651e237dda5d4d5.psmdcp" Id="Rae9d7647335e4c92" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>NLBNPNL1PUH3</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>