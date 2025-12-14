--- v1 (2025-11-19)
+++ v2 (2025-12-14)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbebb3c0c976b44e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e7fcbc388693488c8651e237dda5d4d5.psmdcp" Id="Rae9d7647335e4c92" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a1c01796d674dbf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/de832f4f6e0047e9b1644fcf6059f8fd.psmdcp" Id="R36017bd2bbc04645" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>NLBNPNL1PUH3</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>