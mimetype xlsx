--- v2 (2025-12-14)
+++ v3 (2026-01-09)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a1c01796d674dbf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/de832f4f6e0047e9b1644fcf6059f8fd.psmdcp" Id="R36017bd2bbc04645" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9358911bf0ca4742" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a8e0e8ccc89f47a1a9599f260b02cc46.psmdcp" Id="Rdfa86f627e3446c3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>NLBNPNL1PUH3</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>