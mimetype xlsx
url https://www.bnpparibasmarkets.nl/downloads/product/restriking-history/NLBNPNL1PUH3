--- v3 (2026-01-09)
+++ v4 (2026-02-03)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9358911bf0ca4742" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a8e0e8ccc89f47a1a9599f260b02cc46.psmdcp" Id="Rdfa86f627e3446c3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3f953a03546a4afc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0cc6319cf29f45fc88d81cdbb6d47443.psmdcp" Id="R4a2cec8af08f4857" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>NLBNPNL1PUH3</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>