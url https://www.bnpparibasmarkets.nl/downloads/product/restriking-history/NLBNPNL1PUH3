--- v4 (2026-02-03)
+++ v5 (2026-02-24)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3f953a03546a4afc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0cc6319cf29f45fc88d81cdbb6d47443.psmdcp" Id="R4a2cec8af08f4857" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8e9e6afb6b504af2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/92e4e1973532418ab2cf5dfbeb73d47b.psmdcp" Id="R4f8b046706724218" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>NLBNPNL1PUH3</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>