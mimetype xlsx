--- v0 (2025-10-27)
+++ v1 (2025-11-19)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa489048ee2045f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d9a211bac16546759582bb0b7d2398cd.psmdcp" Id="R077b0c2b7cdf4eb2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4142411ab2b246a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9e6526d94f5c45c68f97230e26f407d4.psmdcp" Id="R581f3e39fb634dfe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>NLBNPNL1P7Z3</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>