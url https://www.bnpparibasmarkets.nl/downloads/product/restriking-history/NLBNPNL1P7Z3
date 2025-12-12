--- v1 (2025-11-19)
+++ v2 (2025-12-12)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4142411ab2b246a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9e6526d94f5c45c68f97230e26f407d4.psmdcp" Id="R581f3e39fb634dfe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raec1934d34f943ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9008920ddf534dd4afe92ee552647d7b.psmdcp" Id="Rb0f39b0d656d412d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>NLBNPNL1P7Z3</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>