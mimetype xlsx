--- v2 (2025-12-12)
+++ v3 (2026-01-09)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raec1934d34f943ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9008920ddf534dd4afe92ee552647d7b.psmdcp" Id="Rb0f39b0d656d412d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5ba2e8d586bf4af6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f989e2afebb74c2f8884696188e7fa4f.psmdcp" Id="Rc32c0cddbd87435b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>NLBNPNL1P7Z3</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>