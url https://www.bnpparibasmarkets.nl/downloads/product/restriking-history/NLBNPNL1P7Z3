--- v3 (2026-01-09)
+++ v4 (2026-02-04)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5ba2e8d586bf4af6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f989e2afebb74c2f8884696188e7fa4f.psmdcp" Id="Rc32c0cddbd87435b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R06e2541b38454143" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/acc5ca42cbc04b32ba66e3e1377e3731.psmdcp" Id="Rabe5f98be0ba4d0b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>NLBNPNL1P7Z3</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>