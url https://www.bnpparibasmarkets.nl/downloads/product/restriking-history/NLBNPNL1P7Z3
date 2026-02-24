--- v4 (2026-02-04)
+++ v5 (2026-02-24)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R06e2541b38454143" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/acc5ca42cbc04b32ba66e3e1377e3731.psmdcp" Id="Rabe5f98be0ba4d0b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R565172c11f004604" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e59628f1c59e46228557d4a9875c6adc.psmdcp" Id="R90b76eae71e24f73" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>NLBNPNL1P7Z3</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>