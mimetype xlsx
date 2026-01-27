--- v0 (2025-12-22)
+++ v1 (2026-01-27)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Recb7435287b44c15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8a9e086f1f684e4ca4a538a2c65b2fb7.psmdcp" Id="R4d71362e2ed44e74" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R74e6d2e8fabf4dea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/dc20fd8c70a34e06a722a0e2c6f5b30e.psmdcp" Id="R86077cad3e914475" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>DE000BB4Q997</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -390,97 +390,437 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E3"/>
+  <x:dimension ref="A1:E23"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
+        <x:v>46048.9248032407</x:v>
+      </x:c>
+      <x:c r="B3" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C3" s="0">
+        <x:v>2.77</x:v>
+      </x:c>
+      <x:c r="D3" s="0">
+        <x:v>430.584</x:v>
+      </x:c>
+      <x:c r="E3" s="0">
+        <x:v>512.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4" spans="1:5">
+      <x:c r="A4" s="1">
+        <x:v>46045.9251273148</x:v>
+      </x:c>
+      <x:c r="B4" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C4" s="0">
+        <x:v>2.8</x:v>
+      </x:c>
+      <x:c r="D4" s="0">
+        <x:v>431.096</x:v>
+      </x:c>
+      <x:c r="E4" s="0">
+        <x:v>513.21</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5" spans="1:5">
+      <x:c r="A5" s="1">
+        <x:v>46044.9245601852</x:v>
+      </x:c>
+      <x:c r="B5" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C5" s="0">
+        <x:v>2.44</x:v>
+      </x:c>
+      <x:c r="D5" s="0">
+        <x:v>418.858</x:v>
+      </x:c>
+      <x:c r="E5" s="0">
+        <x:v>498.64</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="6" spans="1:5">
+      <x:c r="A6" s="1">
+        <x:v>46043.9253935185</x:v>
+      </x:c>
+      <x:c r="B6" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C6" s="0">
+        <x:v>2.53</x:v>
+      </x:c>
+      <x:c r="D6" s="0">
+        <x:v>421.84</x:v>
+      </x:c>
+      <x:c r="E6" s="0">
+        <x:v>502.19</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="7" spans="1:5">
+      <x:c r="A7" s="1">
+        <x:v>46042.9279050926</x:v>
+      </x:c>
+      <x:c r="B7" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C7" s="0">
+        <x:v>2.78</x:v>
+      </x:c>
+      <x:c r="D7" s="0">
+        <x:v>429.517</x:v>
+      </x:c>
+      <x:c r="E7" s="0">
+        <x:v>511.33</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="8" spans="1:5">
+      <x:c r="A8" s="1">
+        <x:v>46038.9243171296</x:v>
+      </x:c>
+      <x:c r="B8" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C8" s="0">
+        <x:v>2.62</x:v>
+      </x:c>
+      <x:c r="D8" s="0">
+        <x:v>423.78</x:v>
+      </x:c>
+      <x:c r="E8" s="0">
+        <x:v>504.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="9" spans="1:5">
+      <x:c r="A9" s="1">
+        <x:v>46037.9280671296</x:v>
+      </x:c>
+      <x:c r="B9" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C9" s="0">
+        <x:v>2.71</x:v>
+      </x:c>
+      <x:c r="D9" s="0">
+        <x:v>426.754</x:v>
+      </x:c>
+      <x:c r="E9" s="0">
+        <x:v>508.04</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="10" spans="1:5">
+      <x:c r="A10" s="1">
+        <x:v>46036.9272800926</x:v>
+      </x:c>
+      <x:c r="B10" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C10" s="0">
+        <x:v>3.38</x:v>
+      </x:c>
+      <x:c r="D10" s="0">
+        <x:v>444.293</x:v>
+      </x:c>
+      <x:c r="E10" s="0">
+        <x:v>528.92</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="11" spans="1:5">
+      <x:c r="A11" s="1">
+        <x:v>46035.9279166667</x:v>
+      </x:c>
+      <x:c r="B11" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C11" s="0">
+        <x:v>3.58</x:v>
+      </x:c>
+      <x:c r="D11" s="0">
+        <x:v>449.098</x:v>
+      </x:c>
+      <x:c r="E11" s="0">
+        <x:v>534.64</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="12" spans="1:5">
+      <x:c r="A12" s="1">
+        <x:v>46034.9278935185</x:v>
+      </x:c>
+      <x:c r="B12" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C12" s="0">
+        <x:v>3.43</x:v>
+      </x:c>
+      <x:c r="D12" s="0">
+        <x:v>445.2</x:v>
+      </x:c>
+      <x:c r="E12" s="0">
+        <x:v>530</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="13" spans="1:5">
+      <x:c r="A13" s="1">
+        <x:v>46031.9291666667</x:v>
+      </x:c>
+      <x:c r="B13" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C13" s="0">
+        <x:v>3.77</x:v>
+      </x:c>
+      <x:c r="D13" s="0">
+        <x:v>453.071</x:v>
+      </x:c>
+      <x:c r="E13" s="0">
+        <x:v>539.37</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="14" spans="1:5">
+      <x:c r="A14" s="1">
+        <x:v>46030.927025463</x:v>
+      </x:c>
+      <x:c r="B14" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C14" s="0">
+        <x:v>4.33</x:v>
+      </x:c>
+      <x:c r="D14" s="0">
+        <x:v>465.091</x:v>
+      </x:c>
+      <x:c r="E14" s="0">
+        <x:v>553.68</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="15" spans="1:5">
+      <x:c r="A15" s="1">
+        <x:v>46029.9278935185</x:v>
+      </x:c>
+      <x:c r="B15" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C15" s="0">
+        <x:v>5.04</x:v>
+      </x:c>
+      <x:c r="D15" s="0">
+        <x:v>478.481</x:v>
+      </x:c>
+      <x:c r="E15" s="0">
+        <x:v>569.62</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="16" spans="1:5">
+      <x:c r="A16" s="1">
+        <x:v>46028.9271759259</x:v>
+      </x:c>
+      <x:c r="B16" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C16" s="0">
+        <x:v>5.12</x:v>
+      </x:c>
+      <x:c r="D16" s="0">
+        <x:v>480.001</x:v>
+      </x:c>
+      <x:c r="E16" s="0">
+        <x:v>571.43</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="17" spans="1:5">
+      <x:c r="A17" s="1">
+        <x:v>46027.9296064815</x:v>
+      </x:c>
+      <x:c r="B17" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C17" s="0">
+        <x:v>6.29</x:v>
+      </x:c>
+      <x:c r="D17" s="0">
+        <x:v>498.448</x:v>
+      </x:c>
+      <x:c r="E17" s="0">
+        <x:v>593.39</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="18" spans="1:5">
+      <x:c r="A18" s="1">
+        <x:v>46024.9271875</x:v>
+      </x:c>
+      <x:c r="B18" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C18" s="0">
+        <x:v>5.44</x:v>
+      </x:c>
+      <x:c r="D18" s="0">
+        <x:v>483</x:v>
+      </x:c>
+      <x:c r="E18" s="0">
+        <x:v>575</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="19" spans="1:5">
+      <x:c r="A19" s="1">
+        <x:v>46021.9269560185</x:v>
+      </x:c>
+      <x:c r="B19" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C19" s="0">
+        <x:v>5.53</x:v>
+      </x:c>
+      <x:c r="D19" s="0">
+        <x:v>484.411</x:v>
+      </x:c>
+      <x:c r="E19" s="0">
+        <x:v>576.68</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="20" spans="1:5">
+      <x:c r="A20" s="1">
+        <x:v>46020.9273611111</x:v>
+      </x:c>
+      <x:c r="B20" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C20" s="0">
+        <x:v>5.76</x:v>
+      </x:c>
+      <x:c r="D20" s="0">
+        <x:v>488.2</x:v>
+      </x:c>
+      <x:c r="E20" s="0">
+        <x:v>581.19</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="21" spans="1:5">
+      <x:c r="A21" s="1">
+        <x:v>46014.9278356481</x:v>
+      </x:c>
+      <x:c r="B21" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C21" s="0">
+        <x:v>5.7</x:v>
+      </x:c>
+      <x:c r="D21" s="0">
+        <x:v>486.688</x:v>
+      </x:c>
+      <x:c r="E21" s="0">
+        <x:v>579.39</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="22" spans="1:5">
+      <x:c r="A22" s="1">
+        <x:v>46013.9284837963</x:v>
+      </x:c>
+      <x:c r="B22" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C22" s="0">
+        <x:v>5.68</x:v>
+      </x:c>
+      <x:c r="D22" s="0">
+        <x:v>486.192</x:v>
+      </x:c>
+      <x:c r="E22" s="0">
+        <x:v>578.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="23" spans="1:5">
+      <x:c r="A23" s="1">
         <x:v>46010.9275810185</x:v>
       </x:c>
-      <x:c r="B3" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C3" s="0">
+      <x:c r="B23" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C23" s="0">
         <x:v>5.86</x:v>
       </x:c>
-      <x:c r="D3" s="0">
+      <x:c r="D23" s="0">
         <x:v>489.014</x:v>
       </x:c>
-      <x:c r="E3" s="0">
+      <x:c r="E23" s="0">
         <x:v>582.16</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>