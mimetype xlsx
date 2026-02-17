--- v1 (2026-01-27)
+++ v2 (2026-02-17)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R74e6d2e8fabf4dea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/dc20fd8c70a34e06a722a0e2c6f5b30e.psmdcp" Id="R86077cad3e914475" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf7e4e008b26d4293" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3b618b331c594faf84a21ceac2cc6321.psmdcp" Id="R1066bf26d28c4b4c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>DE000BB4Q997</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -390,437 +390,658 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E23"/>
+  <x:dimension ref="A1:E36"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>46048.9248032407</x:v>
+        <x:v>46070.9253587963</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
-        <x:v>2.77</x:v>
+        <x:v>1.03</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>430.584</x:v>
+        <x:v>388.769</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>512.6</x:v>
+        <x:v>462.82</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>46045.9251273148</x:v>
+        <x:v>46066.9255324074</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
-        <x:v>2.8</x:v>
+        <x:v>0.99</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>431.096</x:v>
+        <x:v>385.006</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>513.21</x:v>
+        <x:v>458.34</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>46044.9245601852</x:v>
+        <x:v>46065.9252893518</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
-        <x:v>2.44</x:v>
+        <x:v>0.87</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>418.858</x:v>
+        <x:v>374.464</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>498.64</x:v>
+        <x:v>445.79</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>46043.9253935185</x:v>
+        <x:v>46064.9255671296</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
-        <x:v>2.53</x:v>
+        <x:v>1.51</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>421.84</x:v>
+        <x:v>409.223</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>502.19</x:v>
+        <x:v>487.17</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>46042.9279050926</x:v>
+        <x:v>46063.925474537</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
-        <x:v>2.78</x:v>
+        <x:v>1.35</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>429.517</x:v>
+        <x:v>399.857</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>511.33</x:v>
+        <x:v>476.02</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>46038.9243171296</x:v>
+        <x:v>46062.9247222222</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
-        <x:v>2.62</x:v>
+        <x:v>0.78</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>423.78</x:v>
+        <x:v>348.466</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>504.5</x:v>
+        <x:v>414.84</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>46037.9280671296</x:v>
+        <x:v>46058.925474537</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
-        <x:v>2.71</x:v>
+        <x:v>0.77</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>426.754</x:v>
+        <x:v>346.71</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>508.04</x:v>
+        <x:v>412.75</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>46036.9272800926</x:v>
+        <x:v>46057.9258680556</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
-        <x:v>3.38</x:v>
+        <x:v>1.12</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>444.293</x:v>
+        <x:v>370.045</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>528.92</x:v>
+        <x:v>440.53</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>46035.9279166667</x:v>
+        <x:v>46056.9428819444</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
-        <x:v>3.58</x:v>
+        <x:v>1.74</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>449.098</x:v>
+        <x:v>398.152</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>534.64</x:v>
+        <x:v>473.99</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>46034.9278935185</x:v>
+        <x:v>46055.9254513889</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C12" s="0">
-        <x:v>3.43</x:v>
+        <x:v>2.64</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>445.2</x:v>
+        <x:v>427.207</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>530</x:v>
+        <x:v>508.58</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>46031.9291666667</x:v>
+        <x:v>46051.9255324074</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0">
-        <x:v>3.77</x:v>
+        <x:v>2.54</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>453.071</x:v>
+        <x:v>423.293</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>539.37</x:v>
+        <x:v>503.92</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>46030.927025463</x:v>
+        <x:v>46050.9251157407</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C14" s="0">
-        <x:v>4.33</x:v>
+        <x:v>2.66</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>465.091</x:v>
+        <x:v>427.308</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>553.68</x:v>
+        <x:v>508.7</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>46029.9278935185</x:v>
+        <x:v>46049.9249768518</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
-        <x:v>5.04</x:v>
+        <x:v>2.75</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>478.481</x:v>
+        <x:v>429.828</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>569.62</x:v>
+        <x:v>511.7</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>46028.9271759259</x:v>
+        <x:v>46048.9248032407</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C16" s="0">
-        <x:v>5.12</x:v>
+        <x:v>2.77</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>480.001</x:v>
+        <x:v>430.584</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>571.43</x:v>
+        <x:v>512.6</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>46027.9296064815</x:v>
+        <x:v>46045.9251273148</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C17" s="0">
-        <x:v>6.29</x:v>
+        <x:v>2.8</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>498.448</x:v>
+        <x:v>431.096</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>593.39</x:v>
+        <x:v>513.21</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>46024.9271875</x:v>
+        <x:v>46044.9245601852</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="0">
-        <x:v>5.44</x:v>
+        <x:v>2.44</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>483</x:v>
+        <x:v>418.858</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>575</x:v>
+        <x:v>498.64</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>46021.9269560185</x:v>
+        <x:v>46043.9253935185</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C19" s="0">
-        <x:v>5.53</x:v>
+        <x:v>2.53</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>484.411</x:v>
+        <x:v>421.84</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>576.68</x:v>
+        <x:v>502.19</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
-        <x:v>46020.9273611111</x:v>
+        <x:v>46042.9279050926</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C20" s="0">
-        <x:v>5.76</x:v>
+        <x:v>2.78</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>488.2</x:v>
+        <x:v>429.517</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>581.19</x:v>
+        <x:v>511.33</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="1">
-        <x:v>46014.9278356481</x:v>
+        <x:v>46038.9243171296</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C21" s="0">
-        <x:v>5.7</x:v>
+        <x:v>2.62</x:v>
       </x:c>
       <x:c r="D21" s="0">
-        <x:v>486.688</x:v>
+        <x:v>423.78</x:v>
       </x:c>
       <x:c r="E21" s="0">
-        <x:v>579.39</x:v>
+        <x:v>504.5</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="1">
-        <x:v>46013.9284837963</x:v>
+        <x:v>46037.9280671296</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C22" s="0">
-        <x:v>5.68</x:v>
+        <x:v>2.71</x:v>
       </x:c>
       <x:c r="D22" s="0">
-        <x:v>486.192</x:v>
+        <x:v>426.754</x:v>
       </x:c>
       <x:c r="E22" s="0">
-        <x:v>578.8</x:v>
+        <x:v>508.04</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="1">
+        <x:v>46036.9272800926</x:v>
+      </x:c>
+      <x:c r="B23" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C23" s="0">
+        <x:v>3.38</x:v>
+      </x:c>
+      <x:c r="D23" s="0">
+        <x:v>444.293</x:v>
+      </x:c>
+      <x:c r="E23" s="0">
+        <x:v>528.92</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="24" spans="1:5">
+      <x:c r="A24" s="1">
+        <x:v>46035.9279166667</x:v>
+      </x:c>
+      <x:c r="B24" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C24" s="0">
+        <x:v>3.58</x:v>
+      </x:c>
+      <x:c r="D24" s="0">
+        <x:v>449.098</x:v>
+      </x:c>
+      <x:c r="E24" s="0">
+        <x:v>534.64</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="25" spans="1:5">
+      <x:c r="A25" s="1">
+        <x:v>46034.9278935185</x:v>
+      </x:c>
+      <x:c r="B25" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C25" s="0">
+        <x:v>3.43</x:v>
+      </x:c>
+      <x:c r="D25" s="0">
+        <x:v>445.2</x:v>
+      </x:c>
+      <x:c r="E25" s="0">
+        <x:v>530</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="26" spans="1:5">
+      <x:c r="A26" s="1">
+        <x:v>46031.9291666667</x:v>
+      </x:c>
+      <x:c r="B26" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C26" s="0">
+        <x:v>3.77</x:v>
+      </x:c>
+      <x:c r="D26" s="0">
+        <x:v>453.071</x:v>
+      </x:c>
+      <x:c r="E26" s="0">
+        <x:v>539.37</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="27" spans="1:5">
+      <x:c r="A27" s="1">
+        <x:v>46030.927025463</x:v>
+      </x:c>
+      <x:c r="B27" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C27" s="0">
+        <x:v>4.33</x:v>
+      </x:c>
+      <x:c r="D27" s="0">
+        <x:v>465.091</x:v>
+      </x:c>
+      <x:c r="E27" s="0">
+        <x:v>553.68</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="28" spans="1:5">
+      <x:c r="A28" s="1">
+        <x:v>46029.9278935185</x:v>
+      </x:c>
+      <x:c r="B28" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C28" s="0">
+        <x:v>5.04</x:v>
+      </x:c>
+      <x:c r="D28" s="0">
+        <x:v>478.481</x:v>
+      </x:c>
+      <x:c r="E28" s="0">
+        <x:v>569.62</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="29" spans="1:5">
+      <x:c r="A29" s="1">
+        <x:v>46028.9271759259</x:v>
+      </x:c>
+      <x:c r="B29" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C29" s="0">
+        <x:v>5.12</x:v>
+      </x:c>
+      <x:c r="D29" s="0">
+        <x:v>480.001</x:v>
+      </x:c>
+      <x:c r="E29" s="0">
+        <x:v>571.43</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="30" spans="1:5">
+      <x:c r="A30" s="1">
+        <x:v>46027.9296064815</x:v>
+      </x:c>
+      <x:c r="B30" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C30" s="0">
+        <x:v>6.29</x:v>
+      </x:c>
+      <x:c r="D30" s="0">
+        <x:v>498.448</x:v>
+      </x:c>
+      <x:c r="E30" s="0">
+        <x:v>593.39</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="31" spans="1:5">
+      <x:c r="A31" s="1">
+        <x:v>46024.9271875</x:v>
+      </x:c>
+      <x:c r="B31" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C31" s="0">
+        <x:v>5.44</x:v>
+      </x:c>
+      <x:c r="D31" s="0">
+        <x:v>483</x:v>
+      </x:c>
+      <x:c r="E31" s="0">
+        <x:v>575</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="32" spans="1:5">
+      <x:c r="A32" s="1">
+        <x:v>46021.9269560185</x:v>
+      </x:c>
+      <x:c r="B32" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C32" s="0">
+        <x:v>5.53</x:v>
+      </x:c>
+      <x:c r="D32" s="0">
+        <x:v>484.411</x:v>
+      </x:c>
+      <x:c r="E32" s="0">
+        <x:v>576.68</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="33" spans="1:5">
+      <x:c r="A33" s="1">
+        <x:v>46020.9273611111</x:v>
+      </x:c>
+      <x:c r="B33" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C33" s="0">
+        <x:v>5.76</x:v>
+      </x:c>
+      <x:c r="D33" s="0">
+        <x:v>488.2</x:v>
+      </x:c>
+      <x:c r="E33" s="0">
+        <x:v>581.19</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="34" spans="1:5">
+      <x:c r="A34" s="1">
+        <x:v>46014.9278356481</x:v>
+      </x:c>
+      <x:c r="B34" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C34" s="0">
+        <x:v>5.7</x:v>
+      </x:c>
+      <x:c r="D34" s="0">
+        <x:v>486.688</x:v>
+      </x:c>
+      <x:c r="E34" s="0">
+        <x:v>579.39</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="35" spans="1:5">
+      <x:c r="A35" s="1">
+        <x:v>46013.9284837963</x:v>
+      </x:c>
+      <x:c r="B35" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C35" s="0">
+        <x:v>5.68</x:v>
+      </x:c>
+      <x:c r="D35" s="0">
+        <x:v>486.192</x:v>
+      </x:c>
+      <x:c r="E35" s="0">
+        <x:v>578.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="36" spans="1:5">
+      <x:c r="A36" s="1">
         <x:v>46010.9275810185</x:v>
       </x:c>
-      <x:c r="B23" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C23" s="0">
+      <x:c r="B36" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C36" s="0">
         <x:v>5.86</x:v>
       </x:c>
-      <x:c r="D23" s="0">
+      <x:c r="D36" s="0">
         <x:v>489.014</x:v>
       </x:c>
-      <x:c r="E23" s="0">
+      <x:c r="E36" s="0">
         <x:v>582.16</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>