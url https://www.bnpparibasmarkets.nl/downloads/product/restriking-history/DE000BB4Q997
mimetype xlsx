--- v2 (2026-02-17)
+++ v3 (2026-03-11)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf7e4e008b26d4293" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3b618b331c594faf84a21ceac2cc6321.psmdcp" Id="R1066bf26d28c4b4c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R912428c6790a4a94" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6c48a8a542764c648d0ff974d60f6a3f.psmdcp" Id="R5d739ff900fb49e6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>DE000BB4Q997</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -390,658 +390,896 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E36"/>
+  <x:dimension ref="A1:E50"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>46070.9253587963</x:v>
+        <x:v>46091.8851273148</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
-        <x:v>1.03</x:v>
+        <x:v>1.73</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>388.769</x:v>
+        <x:v>445.418</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>462.82</x:v>
+        <x:v>530.26</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>46066.9255324074</x:v>
+        <x:v>46090.8886689815</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
-        <x:v>0.99</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>385.006</x:v>
+        <x:v>457.699</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>458.34</x:v>
+        <x:v>544.88</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>46065.9252893518</x:v>
+        <x:v>46087.9263078704</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
-        <x:v>0.87</x:v>
+        <x:v>2.45</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>374.464</x:v>
+        <x:v>474.76</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>445.79</x:v>
+        <x:v>565.19</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>46064.9255671296</x:v>
+        <x:v>46086.9325462963</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
-        <x:v>1.51</x:v>
+        <x:v>2.19</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>409.223</x:v>
+        <x:v>463.781</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>487.17</x:v>
+        <x:v>552.12</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>46063.925474537</x:v>
+        <x:v>46085.9284837963</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
-        <x:v>1.35</x:v>
+        <x:v>1.88</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>399.857</x:v>
+        <x:v>448.636</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>476.02</x:v>
+        <x:v>534.09</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>46062.9247222222</x:v>
+        <x:v>46084.9255208333</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
-        <x:v>0.78</x:v>
+        <x:v>1.65</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>348.466</x:v>
+        <x:v>436.766</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>414.84</x:v>
+        <x:v>519.96</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>46058.925474537</x:v>
+        <x:v>46083.9255555556</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
-        <x:v>0.77</x:v>
+        <x:v>1.47</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>346.71</x:v>
+        <x:v>426.115</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>412.75</x:v>
+        <x:v>507.28</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>46057.9258680556</x:v>
+        <x:v>46080.9256944444</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
-        <x:v>1.12</x:v>
+        <x:v>1.59</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>370.045</x:v>
+        <x:v>432.55</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>440.53</x:v>
+        <x:v>514.94</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>46056.9428819444</x:v>
+        <x:v>46079.9258217593</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
-        <x:v>1.74</x:v>
+        <x:v>1.33</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>398.152</x:v>
+        <x:v>416.346</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>473.99</x:v>
+        <x:v>495.65</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>46055.9254513889</x:v>
+        <x:v>46078.9257291667</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C12" s="0">
-        <x:v>2.64</x:v>
+        <x:v>0.99</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>427.207</x:v>
+        <x:v>389.155</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>508.58</x:v>
+        <x:v>463.28</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>46051.9255324074</x:v>
+        <x:v>46077.925474537</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0">
-        <x:v>2.54</x:v>
+        <x:v>1.02</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>423.293</x:v>
+        <x:v>391.154</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>503.92</x:v>
+        <x:v>465.66</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>46050.9251157407</x:v>
+        <x:v>46073.9253703704</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C14" s="0">
-        <x:v>2.66</x:v>
+        <x:v>1.36</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>427.308</x:v>
+        <x:v>412.104</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>508.7</x:v>
+        <x:v>490.6</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>46049.9249768518</x:v>
+        <x:v>46072.9253125</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
-        <x:v>2.75</x:v>
+        <x:v>1.29</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>429.828</x:v>
+        <x:v>407.644</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>511.7</x:v>
+        <x:v>485.29</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>46048.9248032407</x:v>
+        <x:v>46071.9254050926</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C16" s="0">
-        <x:v>2.77</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>430.584</x:v>
+        <x:v>401.167</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>512.6</x:v>
+        <x:v>477.58</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>46045.9251273148</x:v>
+        <x:v>46070.9253587963</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C17" s="0">
-        <x:v>2.8</x:v>
+        <x:v>1.03</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>431.096</x:v>
+        <x:v>388.769</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>513.21</x:v>
+        <x:v>462.82</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>46044.9245601852</x:v>
+        <x:v>46066.9255324074</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="0">
-        <x:v>2.44</x:v>
+        <x:v>0.99</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>418.858</x:v>
+        <x:v>385.006</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>498.64</x:v>
+        <x:v>458.34</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>46043.9253935185</x:v>
+        <x:v>46065.9252893518</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C19" s="0">
-        <x:v>2.53</x:v>
+        <x:v>0.87</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>421.84</x:v>
+        <x:v>374.464</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>502.19</x:v>
+        <x:v>445.79</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
-        <x:v>46042.9279050926</x:v>
+        <x:v>46064.9255671296</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C20" s="0">
-        <x:v>2.78</x:v>
+        <x:v>1.51</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>429.517</x:v>
+        <x:v>409.223</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>511.33</x:v>
+        <x:v>487.17</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="1">
-        <x:v>46038.9243171296</x:v>
+        <x:v>46063.925474537</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C21" s="0">
-        <x:v>2.62</x:v>
+        <x:v>1.35</x:v>
       </x:c>
       <x:c r="D21" s="0">
-        <x:v>423.78</x:v>
+        <x:v>399.857</x:v>
       </x:c>
       <x:c r="E21" s="0">
-        <x:v>504.5</x:v>
+        <x:v>476.02</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="1">
-        <x:v>46037.9280671296</x:v>
+        <x:v>46062.9247222222</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C22" s="0">
-        <x:v>2.71</x:v>
+        <x:v>0.78</x:v>
       </x:c>
       <x:c r="D22" s="0">
-        <x:v>426.754</x:v>
+        <x:v>348.466</x:v>
       </x:c>
       <x:c r="E22" s="0">
-        <x:v>508.04</x:v>
+        <x:v>414.84</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="1">
-        <x:v>46036.9272800926</x:v>
+        <x:v>46058.925474537</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C23" s="0">
-        <x:v>3.38</x:v>
+        <x:v>0.77</x:v>
       </x:c>
       <x:c r="D23" s="0">
-        <x:v>444.293</x:v>
+        <x:v>346.71</x:v>
       </x:c>
       <x:c r="E23" s="0">
-        <x:v>528.92</x:v>
+        <x:v>412.75</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="1">
-        <x:v>46035.9279166667</x:v>
+        <x:v>46057.9258680556</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C24" s="0">
-        <x:v>3.58</x:v>
+        <x:v>1.12</x:v>
       </x:c>
       <x:c r="D24" s="0">
-        <x:v>449.098</x:v>
+        <x:v>370.045</x:v>
       </x:c>
       <x:c r="E24" s="0">
-        <x:v>534.64</x:v>
+        <x:v>440.53</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="1">
-        <x:v>46034.9278935185</x:v>
+        <x:v>46056.9428819444</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C25" s="0">
-        <x:v>3.43</x:v>
+        <x:v>1.74</x:v>
       </x:c>
       <x:c r="D25" s="0">
-        <x:v>445.2</x:v>
+        <x:v>398.152</x:v>
       </x:c>
       <x:c r="E25" s="0">
-        <x:v>530</x:v>
+        <x:v>473.99</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="1">
-        <x:v>46031.9291666667</x:v>
+        <x:v>46055.9254513889</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C26" s="0">
-        <x:v>3.77</x:v>
+        <x:v>2.64</x:v>
       </x:c>
       <x:c r="D26" s="0">
-        <x:v>453.071</x:v>
+        <x:v>427.207</x:v>
       </x:c>
       <x:c r="E26" s="0">
-        <x:v>539.37</x:v>
+        <x:v>508.58</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="1">
-        <x:v>46030.927025463</x:v>
+        <x:v>46051.9255324074</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C27" s="0">
-        <x:v>4.33</x:v>
+        <x:v>2.54</x:v>
       </x:c>
       <x:c r="D27" s="0">
-        <x:v>465.091</x:v>
+        <x:v>423.293</x:v>
       </x:c>
       <x:c r="E27" s="0">
-        <x:v>553.68</x:v>
+        <x:v>503.92</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="1">
-        <x:v>46029.9278935185</x:v>
+        <x:v>46050.9251157407</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C28" s="0">
-        <x:v>5.04</x:v>
+        <x:v>2.66</x:v>
       </x:c>
       <x:c r="D28" s="0">
-        <x:v>478.481</x:v>
+        <x:v>427.308</x:v>
       </x:c>
       <x:c r="E28" s="0">
-        <x:v>569.62</x:v>
+        <x:v>508.7</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="1">
-        <x:v>46028.9271759259</x:v>
+        <x:v>46049.9249768518</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C29" s="0">
-        <x:v>5.12</x:v>
+        <x:v>2.75</x:v>
       </x:c>
       <x:c r="D29" s="0">
-        <x:v>480.001</x:v>
+        <x:v>429.828</x:v>
       </x:c>
       <x:c r="E29" s="0">
-        <x:v>571.43</x:v>
+        <x:v>511.7</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="1">
-        <x:v>46027.9296064815</x:v>
+        <x:v>46048.9248032407</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C30" s="0">
-        <x:v>6.29</x:v>
+        <x:v>2.77</x:v>
       </x:c>
       <x:c r="D30" s="0">
-        <x:v>498.448</x:v>
+        <x:v>430.584</x:v>
       </x:c>
       <x:c r="E30" s="0">
-        <x:v>593.39</x:v>
+        <x:v>512.6</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="1">
-        <x:v>46024.9271875</x:v>
+        <x:v>46045.9251273148</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C31" s="0">
-        <x:v>5.44</x:v>
+        <x:v>2.8</x:v>
       </x:c>
       <x:c r="D31" s="0">
-        <x:v>483</x:v>
+        <x:v>431.096</x:v>
       </x:c>
       <x:c r="E31" s="0">
-        <x:v>575</x:v>
+        <x:v>513.21</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="1">
-        <x:v>46021.9269560185</x:v>
+        <x:v>46044.9245601852</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C32" s="0">
-        <x:v>5.53</x:v>
+        <x:v>2.44</x:v>
       </x:c>
       <x:c r="D32" s="0">
-        <x:v>484.411</x:v>
+        <x:v>418.858</x:v>
       </x:c>
       <x:c r="E32" s="0">
-        <x:v>576.68</x:v>
+        <x:v>498.64</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="1">
-        <x:v>46020.9273611111</x:v>
+        <x:v>46043.9253935185</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C33" s="0">
-        <x:v>5.76</x:v>
+        <x:v>2.53</x:v>
       </x:c>
       <x:c r="D33" s="0">
-        <x:v>488.2</x:v>
+        <x:v>421.84</x:v>
       </x:c>
       <x:c r="E33" s="0">
-        <x:v>581.19</x:v>
+        <x:v>502.19</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="1">
-        <x:v>46014.9278356481</x:v>
+        <x:v>46042.9279050926</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C34" s="0">
-        <x:v>5.7</x:v>
+        <x:v>2.78</x:v>
       </x:c>
       <x:c r="D34" s="0">
-        <x:v>486.688</x:v>
+        <x:v>429.517</x:v>
       </x:c>
       <x:c r="E34" s="0">
-        <x:v>579.39</x:v>
+        <x:v>511.33</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="1">
-        <x:v>46013.9284837963</x:v>
+        <x:v>46038.9243171296</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C35" s="0">
-        <x:v>5.68</x:v>
+        <x:v>2.62</x:v>
       </x:c>
       <x:c r="D35" s="0">
-        <x:v>486.192</x:v>
+        <x:v>423.78</x:v>
       </x:c>
       <x:c r="E35" s="0">
-        <x:v>578.8</x:v>
+        <x:v>504.5</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="1">
+        <x:v>46037.9280671296</x:v>
+      </x:c>
+      <x:c r="B36" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C36" s="0">
+        <x:v>2.71</x:v>
+      </x:c>
+      <x:c r="D36" s="0">
+        <x:v>426.754</x:v>
+      </x:c>
+      <x:c r="E36" s="0">
+        <x:v>508.04</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="37" spans="1:5">
+      <x:c r="A37" s="1">
+        <x:v>46036.9272800926</x:v>
+      </x:c>
+      <x:c r="B37" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C37" s="0">
+        <x:v>3.38</x:v>
+      </x:c>
+      <x:c r="D37" s="0">
+        <x:v>444.293</x:v>
+      </x:c>
+      <x:c r="E37" s="0">
+        <x:v>528.92</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="38" spans="1:5">
+      <x:c r="A38" s="1">
+        <x:v>46035.9279166667</x:v>
+      </x:c>
+      <x:c r="B38" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C38" s="0">
+        <x:v>3.58</x:v>
+      </x:c>
+      <x:c r="D38" s="0">
+        <x:v>449.098</x:v>
+      </x:c>
+      <x:c r="E38" s="0">
+        <x:v>534.64</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="39" spans="1:5">
+      <x:c r="A39" s="1">
+        <x:v>46034.9278935185</x:v>
+      </x:c>
+      <x:c r="B39" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C39" s="0">
+        <x:v>3.43</x:v>
+      </x:c>
+      <x:c r="D39" s="0">
+        <x:v>445.2</x:v>
+      </x:c>
+      <x:c r="E39" s="0">
+        <x:v>530</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="40" spans="1:5">
+      <x:c r="A40" s="1">
+        <x:v>46031.9291666667</x:v>
+      </x:c>
+      <x:c r="B40" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C40" s="0">
+        <x:v>3.77</x:v>
+      </x:c>
+      <x:c r="D40" s="0">
+        <x:v>453.071</x:v>
+      </x:c>
+      <x:c r="E40" s="0">
+        <x:v>539.37</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="41" spans="1:5">
+      <x:c r="A41" s="1">
+        <x:v>46030.927025463</x:v>
+      </x:c>
+      <x:c r="B41" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C41" s="0">
+        <x:v>4.33</x:v>
+      </x:c>
+      <x:c r="D41" s="0">
+        <x:v>465.091</x:v>
+      </x:c>
+      <x:c r="E41" s="0">
+        <x:v>553.68</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="42" spans="1:5">
+      <x:c r="A42" s="1">
+        <x:v>46029.9278935185</x:v>
+      </x:c>
+      <x:c r="B42" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C42" s="0">
+        <x:v>5.04</x:v>
+      </x:c>
+      <x:c r="D42" s="0">
+        <x:v>478.481</x:v>
+      </x:c>
+      <x:c r="E42" s="0">
+        <x:v>569.62</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="43" spans="1:5">
+      <x:c r="A43" s="1">
+        <x:v>46028.9271759259</x:v>
+      </x:c>
+      <x:c r="B43" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C43" s="0">
+        <x:v>5.12</x:v>
+      </x:c>
+      <x:c r="D43" s="0">
+        <x:v>480.001</x:v>
+      </x:c>
+      <x:c r="E43" s="0">
+        <x:v>571.43</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="44" spans="1:5">
+      <x:c r="A44" s="1">
+        <x:v>46027.9296064815</x:v>
+      </x:c>
+      <x:c r="B44" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C44" s="0">
+        <x:v>6.29</x:v>
+      </x:c>
+      <x:c r="D44" s="0">
+        <x:v>498.448</x:v>
+      </x:c>
+      <x:c r="E44" s="0">
+        <x:v>593.39</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="45" spans="1:5">
+      <x:c r="A45" s="1">
+        <x:v>46024.9271875</x:v>
+      </x:c>
+      <x:c r="B45" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C45" s="0">
+        <x:v>5.44</x:v>
+      </x:c>
+      <x:c r="D45" s="0">
+        <x:v>483</x:v>
+      </x:c>
+      <x:c r="E45" s="0">
+        <x:v>575</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="46" spans="1:5">
+      <x:c r="A46" s="1">
+        <x:v>46021.9269560185</x:v>
+      </x:c>
+      <x:c r="B46" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C46" s="0">
+        <x:v>5.53</x:v>
+      </x:c>
+      <x:c r="D46" s="0">
+        <x:v>484.411</x:v>
+      </x:c>
+      <x:c r="E46" s="0">
+        <x:v>576.68</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="47" spans="1:5">
+      <x:c r="A47" s="1">
+        <x:v>46020.9273611111</x:v>
+      </x:c>
+      <x:c r="B47" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C47" s="0">
+        <x:v>5.76</x:v>
+      </x:c>
+      <x:c r="D47" s="0">
+        <x:v>488.2</x:v>
+      </x:c>
+      <x:c r="E47" s="0">
+        <x:v>581.19</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="48" spans="1:5">
+      <x:c r="A48" s="1">
+        <x:v>46014.9278356481</x:v>
+      </x:c>
+      <x:c r="B48" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C48" s="0">
+        <x:v>5.7</x:v>
+      </x:c>
+      <x:c r="D48" s="0">
+        <x:v>486.688</x:v>
+      </x:c>
+      <x:c r="E48" s="0">
+        <x:v>579.39</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="49" spans="1:5">
+      <x:c r="A49" s="1">
+        <x:v>46013.9284837963</x:v>
+      </x:c>
+      <x:c r="B49" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C49" s="0">
+        <x:v>5.68</x:v>
+      </x:c>
+      <x:c r="D49" s="0">
+        <x:v>486.192</x:v>
+      </x:c>
+      <x:c r="E49" s="0">
+        <x:v>578.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="50" spans="1:5">
+      <x:c r="A50" s="1">
         <x:v>46010.9275810185</x:v>
       </x:c>
-      <x:c r="B36" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C36" s="0">
+      <x:c r="B50" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C50" s="0">
         <x:v>5.86</x:v>
       </x:c>
-      <x:c r="D36" s="0">
+      <x:c r="D50" s="0">
         <x:v>489.014</x:v>
       </x:c>
-      <x:c r="E36" s="0">
+      <x:c r="E50" s="0">
         <x:v>582.16</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>