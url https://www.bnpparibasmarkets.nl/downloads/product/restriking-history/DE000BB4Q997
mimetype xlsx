--- v3 (2026-03-11)
+++ v4 (2026-03-31)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R912428c6790a4a94" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6c48a8a542764c648d0ff974d60f6a3f.psmdcp" Id="R5d739ff900fb49e6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4973c61965ee43a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f79da1e8492e4e179a2833b2dd8f3504.psmdcp" Id="R21955558484a4a93" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>DE000BB4Q997</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -390,896 +390,1134 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E50"/>
+  <x:dimension ref="A1:E64"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>46091.8851273148</x:v>
+        <x:v>46111.9303819444</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
-        <x:v>1.73</x:v>
+        <x:v>0.89</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>445.418</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>530.26</x:v>
+        <x:v>475</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>46090.8886689815</x:v>
+        <x:v>46108.8852083333</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
-        <x:v>2</x:v>
+        <x:v>0.87</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>457.699</x:v>
+        <x:v>396.883</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>544.88</x:v>
+        <x:v>472.48</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>46087.9263078704</x:v>
+        <x:v>46107.8849421296</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
-        <x:v>2.45</x:v>
+        <x:v>0.92</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>474.76</x:v>
+        <x:v>401.671</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>565.19</x:v>
+        <x:v>478.18</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>46086.9325462963</x:v>
+        <x:v>46106.8850925926</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
-        <x:v>2.19</x:v>
+        <x:v>0.88</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>463.781</x:v>
+        <x:v>397.496</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>552.12</x:v>
+        <x:v>473.21</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>46085.9284837963</x:v>
+        <x:v>46105.8848148148</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
-        <x:v>1.88</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>448.636</x:v>
+        <x:v>407.274</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>534.09</x:v>
+        <x:v>484.85</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>46084.9255208333</x:v>
+        <x:v>46104.8850925926</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
-        <x:v>1.65</x:v>
+        <x:v>1.08</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>436.766</x:v>
+        <x:v>413.608</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>519.96</x:v>
+        <x:v>492.39</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>46083.9255555556</x:v>
+        <x:v>46101.8852893518</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
-        <x:v>1.47</x:v>
+        <x:v>0.91</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>426.115</x:v>
+        <x:v>398.614</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>507.28</x:v>
+        <x:v>474.54</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>46080.9256944444</x:v>
+        <x:v>46100.8877430556</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
-        <x:v>1.59</x:v>
+        <x:v>0.99</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>432.55</x:v>
+        <x:v>405.317</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>514.94</x:v>
+        <x:v>482.52</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>46079.9258217593</x:v>
+        <x:v>46099.8875231482</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
-        <x:v>1.33</x:v>
+        <x:v>1.49</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>416.346</x:v>
+        <x:v>434.045</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>495.65</x:v>
+        <x:v>516.72</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>46078.9257291667</x:v>
+        <x:v>46098.8845601852</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C12" s="0">
-        <x:v>0.99</x:v>
+        <x:v>1.62</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>389.155</x:v>
+        <x:v>441.193</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>463.28</x:v>
+        <x:v>525.23</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>46077.925474537</x:v>
+        <x:v>46097.8857060185</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0">
-        <x:v>1.02</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>391.154</x:v>
+        <x:v>440.16</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>465.66</x:v>
+        <x:v>524</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>46073.9253703704</x:v>
+        <x:v>46094.8845486111</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C14" s="0">
-        <x:v>1.36</x:v>
+        <x:v>1.49</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>412.104</x:v>
+        <x:v>433.49</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>490.6</x:v>
+        <x:v>516.06</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>46072.9253125</x:v>
+        <x:v>46093.8851967593</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
-        <x:v>1.29</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>407.644</x:v>
+        <x:v>428.056</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>485.29</x:v>
+        <x:v>509.59</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>46071.9254050926</x:v>
+        <x:v>46092.8847685185</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C16" s="0">
-        <x:v>1.2</x:v>
+        <x:v>1.47</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>401.167</x:v>
+        <x:v>432.071</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>477.58</x:v>
+        <x:v>514.37</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>46070.9253587963</x:v>
+        <x:v>46091.8851273148</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C17" s="0">
-        <x:v>1.03</x:v>
+        <x:v>1.73</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>388.769</x:v>
+        <x:v>445.418</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>462.82</x:v>
+        <x:v>530.26</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>46066.9255324074</x:v>
+        <x:v>46090.8886689815</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="0">
-        <x:v>0.99</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>385.006</x:v>
+        <x:v>457.699</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>458.34</x:v>
+        <x:v>544.88</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>46065.9252893518</x:v>
+        <x:v>46087.9263078704</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C19" s="0">
-        <x:v>0.87</x:v>
+        <x:v>2.45</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>374.464</x:v>
+        <x:v>474.76</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>445.79</x:v>
+        <x:v>565.19</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
-        <x:v>46064.9255671296</x:v>
+        <x:v>46086.9325462963</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C20" s="0">
-        <x:v>1.51</x:v>
+        <x:v>2.19</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>409.223</x:v>
+        <x:v>463.781</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>487.17</x:v>
+        <x:v>552.12</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="1">
-        <x:v>46063.925474537</x:v>
+        <x:v>46085.9284837963</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C21" s="0">
-        <x:v>1.35</x:v>
+        <x:v>1.88</x:v>
       </x:c>
       <x:c r="D21" s="0">
-        <x:v>399.857</x:v>
+        <x:v>448.636</x:v>
       </x:c>
       <x:c r="E21" s="0">
-        <x:v>476.02</x:v>
+        <x:v>534.09</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="1">
-        <x:v>46062.9247222222</x:v>
+        <x:v>46084.9255208333</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C22" s="0">
-        <x:v>0.78</x:v>
+        <x:v>1.65</x:v>
       </x:c>
       <x:c r="D22" s="0">
-        <x:v>348.466</x:v>
+        <x:v>436.766</x:v>
       </x:c>
       <x:c r="E22" s="0">
-        <x:v>414.84</x:v>
+        <x:v>519.96</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="1">
-        <x:v>46058.925474537</x:v>
+        <x:v>46083.9255555556</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C23" s="0">
-        <x:v>0.77</x:v>
+        <x:v>1.47</x:v>
       </x:c>
       <x:c r="D23" s="0">
-        <x:v>346.71</x:v>
+        <x:v>426.115</x:v>
       </x:c>
       <x:c r="E23" s="0">
-        <x:v>412.75</x:v>
+        <x:v>507.28</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="1">
-        <x:v>46057.9258680556</x:v>
+        <x:v>46080.9256944444</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C24" s="0">
-        <x:v>1.12</x:v>
+        <x:v>1.59</x:v>
       </x:c>
       <x:c r="D24" s="0">
-        <x:v>370.045</x:v>
+        <x:v>432.55</x:v>
       </x:c>
       <x:c r="E24" s="0">
-        <x:v>440.53</x:v>
+        <x:v>514.94</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="1">
-        <x:v>46056.9428819444</x:v>
+        <x:v>46079.9258217593</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C25" s="0">
-        <x:v>1.74</x:v>
+        <x:v>1.33</x:v>
       </x:c>
       <x:c r="D25" s="0">
-        <x:v>398.152</x:v>
+        <x:v>416.346</x:v>
       </x:c>
       <x:c r="E25" s="0">
-        <x:v>473.99</x:v>
+        <x:v>495.65</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="1">
-        <x:v>46055.9254513889</x:v>
+        <x:v>46078.9257291667</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C26" s="0">
-        <x:v>2.64</x:v>
+        <x:v>0.99</x:v>
       </x:c>
       <x:c r="D26" s="0">
-        <x:v>427.207</x:v>
+        <x:v>389.155</x:v>
       </x:c>
       <x:c r="E26" s="0">
-        <x:v>508.58</x:v>
+        <x:v>463.28</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="1">
-        <x:v>46051.9255324074</x:v>
+        <x:v>46077.925474537</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C27" s="0">
-        <x:v>2.54</x:v>
+        <x:v>1.02</x:v>
       </x:c>
       <x:c r="D27" s="0">
-        <x:v>423.293</x:v>
+        <x:v>391.154</x:v>
       </x:c>
       <x:c r="E27" s="0">
-        <x:v>503.92</x:v>
+        <x:v>465.66</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="1">
-        <x:v>46050.9251157407</x:v>
+        <x:v>46073.9253703704</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C28" s="0">
-        <x:v>2.66</x:v>
+        <x:v>1.36</x:v>
       </x:c>
       <x:c r="D28" s="0">
-        <x:v>427.308</x:v>
+        <x:v>412.104</x:v>
       </x:c>
       <x:c r="E28" s="0">
-        <x:v>508.7</x:v>
+        <x:v>490.6</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="1">
-        <x:v>46049.9249768518</x:v>
+        <x:v>46072.9253125</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C29" s="0">
-        <x:v>2.75</x:v>
+        <x:v>1.29</x:v>
       </x:c>
       <x:c r="D29" s="0">
-        <x:v>429.828</x:v>
+        <x:v>407.644</x:v>
       </x:c>
       <x:c r="E29" s="0">
-        <x:v>511.7</x:v>
+        <x:v>485.29</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="1">
-        <x:v>46048.9248032407</x:v>
+        <x:v>46071.9254050926</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C30" s="0">
-        <x:v>2.77</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="D30" s="0">
-        <x:v>430.584</x:v>
+        <x:v>401.167</x:v>
       </x:c>
       <x:c r="E30" s="0">
-        <x:v>512.6</x:v>
+        <x:v>477.58</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="1">
-        <x:v>46045.9251273148</x:v>
+        <x:v>46070.9253587963</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C31" s="0">
-        <x:v>2.8</x:v>
+        <x:v>1.03</x:v>
       </x:c>
       <x:c r="D31" s="0">
-        <x:v>431.096</x:v>
+        <x:v>388.769</x:v>
       </x:c>
       <x:c r="E31" s="0">
-        <x:v>513.21</x:v>
+        <x:v>462.82</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="1">
-        <x:v>46044.9245601852</x:v>
+        <x:v>46066.9255324074</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C32" s="0">
-        <x:v>2.44</x:v>
+        <x:v>0.99</x:v>
       </x:c>
       <x:c r="D32" s="0">
-        <x:v>418.858</x:v>
+        <x:v>385.006</x:v>
       </x:c>
       <x:c r="E32" s="0">
-        <x:v>498.64</x:v>
+        <x:v>458.34</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="1">
-        <x:v>46043.9253935185</x:v>
+        <x:v>46065.9252893518</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C33" s="0">
-        <x:v>2.53</x:v>
+        <x:v>0.87</x:v>
       </x:c>
       <x:c r="D33" s="0">
-        <x:v>421.84</x:v>
+        <x:v>374.464</x:v>
       </x:c>
       <x:c r="E33" s="0">
-        <x:v>502.19</x:v>
+        <x:v>445.79</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="1">
-        <x:v>46042.9279050926</x:v>
+        <x:v>46064.9255671296</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C34" s="0">
-        <x:v>2.78</x:v>
+        <x:v>1.51</x:v>
       </x:c>
       <x:c r="D34" s="0">
-        <x:v>429.517</x:v>
+        <x:v>409.223</x:v>
       </x:c>
       <x:c r="E34" s="0">
-        <x:v>511.33</x:v>
+        <x:v>487.17</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="1">
-        <x:v>46038.9243171296</x:v>
+        <x:v>46063.925474537</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C35" s="0">
-        <x:v>2.62</x:v>
+        <x:v>1.35</x:v>
       </x:c>
       <x:c r="D35" s="0">
-        <x:v>423.78</x:v>
+        <x:v>399.857</x:v>
       </x:c>
       <x:c r="E35" s="0">
-        <x:v>504.5</x:v>
+        <x:v>476.02</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="1">
-        <x:v>46037.9280671296</x:v>
+        <x:v>46062.9247222222</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C36" s="0">
-        <x:v>2.71</x:v>
+        <x:v>0.78</x:v>
       </x:c>
       <x:c r="D36" s="0">
-        <x:v>426.754</x:v>
+        <x:v>348.466</x:v>
       </x:c>
       <x:c r="E36" s="0">
-        <x:v>508.04</x:v>
+        <x:v>414.84</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="1">
-        <x:v>46036.9272800926</x:v>
+        <x:v>46058.925474537</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C37" s="0">
-        <x:v>3.38</x:v>
+        <x:v>0.77</x:v>
       </x:c>
       <x:c r="D37" s="0">
-        <x:v>444.293</x:v>
+        <x:v>346.71</x:v>
       </x:c>
       <x:c r="E37" s="0">
-        <x:v>528.92</x:v>
+        <x:v>412.75</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="1">
-        <x:v>46035.9279166667</x:v>
+        <x:v>46057.9258680556</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C38" s="0">
-        <x:v>3.58</x:v>
+        <x:v>1.12</x:v>
       </x:c>
       <x:c r="D38" s="0">
-        <x:v>449.098</x:v>
+        <x:v>370.045</x:v>
       </x:c>
       <x:c r="E38" s="0">
-        <x:v>534.64</x:v>
+        <x:v>440.53</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="1">
-        <x:v>46034.9278935185</x:v>
+        <x:v>46056.9428819444</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C39" s="0">
-        <x:v>3.43</x:v>
+        <x:v>1.74</x:v>
       </x:c>
       <x:c r="D39" s="0">
-        <x:v>445.2</x:v>
+        <x:v>398.152</x:v>
       </x:c>
       <x:c r="E39" s="0">
-        <x:v>530</x:v>
+        <x:v>473.99</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="1">
-        <x:v>46031.9291666667</x:v>
+        <x:v>46055.9254513889</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C40" s="0">
-        <x:v>3.77</x:v>
+        <x:v>2.64</x:v>
       </x:c>
       <x:c r="D40" s="0">
-        <x:v>453.071</x:v>
+        <x:v>427.207</x:v>
       </x:c>
       <x:c r="E40" s="0">
-        <x:v>539.37</x:v>
+        <x:v>508.58</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="1">
-        <x:v>46030.927025463</x:v>
+        <x:v>46051.9255324074</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C41" s="0">
-        <x:v>4.33</x:v>
+        <x:v>2.54</x:v>
       </x:c>
       <x:c r="D41" s="0">
-        <x:v>465.091</x:v>
+        <x:v>423.293</x:v>
       </x:c>
       <x:c r="E41" s="0">
-        <x:v>553.68</x:v>
+        <x:v>503.92</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="1">
-        <x:v>46029.9278935185</x:v>
+        <x:v>46050.9251157407</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C42" s="0">
-        <x:v>5.04</x:v>
+        <x:v>2.66</x:v>
       </x:c>
       <x:c r="D42" s="0">
-        <x:v>478.481</x:v>
+        <x:v>427.308</x:v>
       </x:c>
       <x:c r="E42" s="0">
-        <x:v>569.62</x:v>
+        <x:v>508.7</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="1">
-        <x:v>46028.9271759259</x:v>
+        <x:v>46049.9249768518</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C43" s="0">
-        <x:v>5.12</x:v>
+        <x:v>2.75</x:v>
       </x:c>
       <x:c r="D43" s="0">
-        <x:v>480.001</x:v>
+        <x:v>429.828</x:v>
       </x:c>
       <x:c r="E43" s="0">
-        <x:v>571.43</x:v>
+        <x:v>511.7</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="1">
-        <x:v>46027.9296064815</x:v>
+        <x:v>46048.9248032407</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C44" s="0">
-        <x:v>6.29</x:v>
+        <x:v>2.77</x:v>
       </x:c>
       <x:c r="D44" s="0">
-        <x:v>498.448</x:v>
+        <x:v>430.584</x:v>
       </x:c>
       <x:c r="E44" s="0">
-        <x:v>593.39</x:v>
+        <x:v>512.6</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="1">
-        <x:v>46024.9271875</x:v>
+        <x:v>46045.9251273148</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C45" s="0">
-        <x:v>5.44</x:v>
+        <x:v>2.8</x:v>
       </x:c>
       <x:c r="D45" s="0">
-        <x:v>483</x:v>
+        <x:v>431.096</x:v>
       </x:c>
       <x:c r="E45" s="0">
-        <x:v>575</x:v>
+        <x:v>513.21</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="1">
-        <x:v>46021.9269560185</x:v>
+        <x:v>46044.9245601852</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C46" s="0">
-        <x:v>5.53</x:v>
+        <x:v>2.44</x:v>
       </x:c>
       <x:c r="D46" s="0">
-        <x:v>484.411</x:v>
+        <x:v>418.858</x:v>
       </x:c>
       <x:c r="E46" s="0">
-        <x:v>576.68</x:v>
+        <x:v>498.64</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="1">
-        <x:v>46020.9273611111</x:v>
+        <x:v>46043.9253935185</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C47" s="0">
-        <x:v>5.76</x:v>
+        <x:v>2.53</x:v>
       </x:c>
       <x:c r="D47" s="0">
-        <x:v>488.2</x:v>
+        <x:v>421.84</x:v>
       </x:c>
       <x:c r="E47" s="0">
-        <x:v>581.19</x:v>
+        <x:v>502.19</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5">
       <x:c r="A48" s="1">
-        <x:v>46014.9278356481</x:v>
+        <x:v>46042.9279050926</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C48" s="0">
-        <x:v>5.7</x:v>
+        <x:v>2.78</x:v>
       </x:c>
       <x:c r="D48" s="0">
-        <x:v>486.688</x:v>
+        <x:v>429.517</x:v>
       </x:c>
       <x:c r="E48" s="0">
-        <x:v>579.39</x:v>
+        <x:v>511.33</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
       <x:c r="A49" s="1">
-        <x:v>46013.9284837963</x:v>
+        <x:v>46038.9243171296</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C49" s="0">
-        <x:v>5.68</x:v>
+        <x:v>2.62</x:v>
       </x:c>
       <x:c r="D49" s="0">
-        <x:v>486.192</x:v>
+        <x:v>423.78</x:v>
       </x:c>
       <x:c r="E49" s="0">
-        <x:v>578.8</x:v>
+        <x:v>504.5</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5">
       <x:c r="A50" s="1">
+        <x:v>46037.9280671296</x:v>
+      </x:c>
+      <x:c r="B50" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C50" s="0">
+        <x:v>2.71</x:v>
+      </x:c>
+      <x:c r="D50" s="0">
+        <x:v>426.754</x:v>
+      </x:c>
+      <x:c r="E50" s="0">
+        <x:v>508.04</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="51" spans="1:5">
+      <x:c r="A51" s="1">
+        <x:v>46036.9272800926</x:v>
+      </x:c>
+      <x:c r="B51" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C51" s="0">
+        <x:v>3.38</x:v>
+      </x:c>
+      <x:c r="D51" s="0">
+        <x:v>444.293</x:v>
+      </x:c>
+      <x:c r="E51" s="0">
+        <x:v>528.92</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="52" spans="1:5">
+      <x:c r="A52" s="1">
+        <x:v>46035.9279166667</x:v>
+      </x:c>
+      <x:c r="B52" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C52" s="0">
+        <x:v>3.58</x:v>
+      </x:c>
+      <x:c r="D52" s="0">
+        <x:v>449.098</x:v>
+      </x:c>
+      <x:c r="E52" s="0">
+        <x:v>534.64</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="53" spans="1:5">
+      <x:c r="A53" s="1">
+        <x:v>46034.9278935185</x:v>
+      </x:c>
+      <x:c r="B53" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C53" s="0">
+        <x:v>3.43</x:v>
+      </x:c>
+      <x:c r="D53" s="0">
+        <x:v>445.2</x:v>
+      </x:c>
+      <x:c r="E53" s="0">
+        <x:v>530</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="54" spans="1:5">
+      <x:c r="A54" s="1">
+        <x:v>46031.9291666667</x:v>
+      </x:c>
+      <x:c r="B54" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C54" s="0">
+        <x:v>3.77</x:v>
+      </x:c>
+      <x:c r="D54" s="0">
+        <x:v>453.071</x:v>
+      </x:c>
+      <x:c r="E54" s="0">
+        <x:v>539.37</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="55" spans="1:5">
+      <x:c r="A55" s="1">
+        <x:v>46030.927025463</x:v>
+      </x:c>
+      <x:c r="B55" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C55" s="0">
+        <x:v>4.33</x:v>
+      </x:c>
+      <x:c r="D55" s="0">
+        <x:v>465.091</x:v>
+      </x:c>
+      <x:c r="E55" s="0">
+        <x:v>553.68</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="56" spans="1:5">
+      <x:c r="A56" s="1">
+        <x:v>46029.9278935185</x:v>
+      </x:c>
+      <x:c r="B56" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C56" s="0">
+        <x:v>5.04</x:v>
+      </x:c>
+      <x:c r="D56" s="0">
+        <x:v>478.481</x:v>
+      </x:c>
+      <x:c r="E56" s="0">
+        <x:v>569.62</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="57" spans="1:5">
+      <x:c r="A57" s="1">
+        <x:v>46028.9271759259</x:v>
+      </x:c>
+      <x:c r="B57" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C57" s="0">
+        <x:v>5.12</x:v>
+      </x:c>
+      <x:c r="D57" s="0">
+        <x:v>480.001</x:v>
+      </x:c>
+      <x:c r="E57" s="0">
+        <x:v>571.43</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="58" spans="1:5">
+      <x:c r="A58" s="1">
+        <x:v>46027.9296064815</x:v>
+      </x:c>
+      <x:c r="B58" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C58" s="0">
+        <x:v>6.29</x:v>
+      </x:c>
+      <x:c r="D58" s="0">
+        <x:v>498.448</x:v>
+      </x:c>
+      <x:c r="E58" s="0">
+        <x:v>593.39</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="59" spans="1:5">
+      <x:c r="A59" s="1">
+        <x:v>46024.9271875</x:v>
+      </x:c>
+      <x:c r="B59" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C59" s="0">
+        <x:v>5.44</x:v>
+      </x:c>
+      <x:c r="D59" s="0">
+        <x:v>483</x:v>
+      </x:c>
+      <x:c r="E59" s="0">
+        <x:v>575</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="60" spans="1:5">
+      <x:c r="A60" s="1">
+        <x:v>46021.9269560185</x:v>
+      </x:c>
+      <x:c r="B60" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C60" s="0">
+        <x:v>5.53</x:v>
+      </x:c>
+      <x:c r="D60" s="0">
+        <x:v>484.411</x:v>
+      </x:c>
+      <x:c r="E60" s="0">
+        <x:v>576.68</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="61" spans="1:5">
+      <x:c r="A61" s="1">
+        <x:v>46020.9273611111</x:v>
+      </x:c>
+      <x:c r="B61" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C61" s="0">
+        <x:v>5.76</x:v>
+      </x:c>
+      <x:c r="D61" s="0">
+        <x:v>488.2</x:v>
+      </x:c>
+      <x:c r="E61" s="0">
+        <x:v>581.19</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="62" spans="1:5">
+      <x:c r="A62" s="1">
+        <x:v>46014.9278356481</x:v>
+      </x:c>
+      <x:c r="B62" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C62" s="0">
+        <x:v>5.7</x:v>
+      </x:c>
+      <x:c r="D62" s="0">
+        <x:v>486.688</x:v>
+      </x:c>
+      <x:c r="E62" s="0">
+        <x:v>579.39</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="63" spans="1:5">
+      <x:c r="A63" s="1">
+        <x:v>46013.9284837963</x:v>
+      </x:c>
+      <x:c r="B63" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C63" s="0">
+        <x:v>5.68</x:v>
+      </x:c>
+      <x:c r="D63" s="0">
+        <x:v>486.192</x:v>
+      </x:c>
+      <x:c r="E63" s="0">
+        <x:v>578.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="64" spans="1:5">
+      <x:c r="A64" s="1">
         <x:v>46010.9275810185</x:v>
       </x:c>
-      <x:c r="B50" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C50" s="0">
+      <x:c r="B64" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C64" s="0">
         <x:v>5.86</x:v>
       </x:c>
-      <x:c r="D50" s="0">
+      <x:c r="D64" s="0">
         <x:v>489.014</x:v>
       </x:c>
-      <x:c r="E50" s="0">
+      <x:c r="E64" s="0">
         <x:v>582.16</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>