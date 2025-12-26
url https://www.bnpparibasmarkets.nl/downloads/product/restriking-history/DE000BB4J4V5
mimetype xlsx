--- v0 (2025-12-06)
+++ v1 (2025-12-26)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf133eda62e414384" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e7eeccc413ad48fb939021b8f63e7a59.psmdcp" Id="Rb3bd8cc645d84df3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R98165afe3e504ce9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b77f326b6775443093ee7221a4d1eb58.psmdcp" Id="R9c39c554bce64e1c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>DE000BB4J4V5</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -390,352 +390,692 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E18"/>
+  <x:dimension ref="A1:E38"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>45996.8263078704</x:v>
+        <x:v>46017.3034490741</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
-        <x:v>0.28</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>60.825</x:v>
+        <x:v>77.25</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>59.053</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>45996.662962963</x:v>
+        <x:v>46014.8341898148</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
-        <x:v>0.4</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>60.992</x:v>
+        <x:v>73.271</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>59.216</x:v>
+        <x:v>71.137</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>45995.8232291667</x:v>
+        <x:v>46014.6006944444</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
-        <x:v>0.49</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>59.216</x:v>
+        <x:v>72.741</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>57.491</x:v>
+        <x:v>70.622</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>45994.8237037037</x:v>
+        <x:v>46013.830787037</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
-        <x:v>0.38</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>60.379</x:v>
+        <x:v>70.622</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>58.62</x:v>
+        <x:v>68.565</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>45993.8229398148</x:v>
+        <x:v>46013.2686805556</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
-        <x:v>0.4</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>60.464</x:v>
+        <x:v>69.261</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>58.703</x:v>
+        <x:v>67.243</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>45992.8242939815</x:v>
+        <x:v>46010.8267476852</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
-        <x:v>0.34</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>60.916</x:v>
+        <x:v>69.514</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>59.142</x:v>
+        <x:v>67.489</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>45992.7262847222</x:v>
+        <x:v>46010.7093981481</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
-        <x:v>0.36</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>60.644</x:v>
+        <x:v>69.261</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>58.878</x:v>
+        <x:v>67.243</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>45989.839375</x:v>
+        <x:v>46009.8283333333</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
-        <x:v>0.66</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>58.878</x:v>
+        <x:v>67.176</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>57.163</x:v>
+        <x:v>65.219</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>45989.6256597222</x:v>
+        <x:v>46008.8262962963</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
-        <x:v>1.4</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>56.872</x:v>
+        <x:v>68.908</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>55.215</x:v>
+        <x:v>66.901</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>45987.8265162037</x:v>
+        <x:v>46008.313587963</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C12" s="0">
-        <x:v>2.55</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>55.215</x:v>
+        <x:v>68.245</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>53.607</x:v>
+        <x:v>66.258</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>45987.7191782407</x:v>
+        <x:v>46007.8233564815</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0">
-        <x:v>2.9</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>54.773</x:v>
+        <x:v>65.223</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>53.178</x:v>
+        <x:v>63.323</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>45986.8420486111</x:v>
+        <x:v>46006.8309722222</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C14" s="0">
-        <x:v>5.27</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>53.178</x:v>
+        <x:v>65.497</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>51.629</x:v>
+        <x:v>63.589</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>45985.8473032407</x:v>
+        <x:v>46006.4087731481</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
-        <x:v>6.57</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>52.489</x:v>
+        <x:v>65.803</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>50.96</x:v>
+        <x:v>63.886</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>45982.8240972222</x:v>
+        <x:v>46003.8253125</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C16" s="0">
-        <x:v>7.5</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>52.073</x:v>
+        <x:v>63.867</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>49.913</x:v>
+        <x:v>62.007</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>45981.858912037</x:v>
+        <x:v>46002.8233564815</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C17" s="0">
-        <x:v>6.73</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>51.81</x:v>
+        <x:v>66.53</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>50.301</x:v>
+        <x:v>64.592</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
+        <x:v>46002.3244791667</x:v>
+      </x:c>
+      <x:c r="B18" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C18" s="0">
+        <x:v>0.08</x:v>
+      </x:c>
+      <x:c r="D18" s="0">
+        <x:v>64.746</x:v>
+      </x:c>
+      <x:c r="E18" s="0">
+        <x:v>62.86</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="19" spans="1:5">
+      <x:c r="A19" s="1">
+        <x:v>46001.824849537</x:v>
+      </x:c>
+      <x:c r="B19" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C19" s="0">
+        <x:v>0.16</x:v>
+      </x:c>
+      <x:c r="D19" s="0">
+        <x:v>62.86</x:v>
+      </x:c>
+      <x:c r="E19" s="0">
+        <x:v>61.029</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="20" spans="1:5">
+      <x:c r="A20" s="1">
+        <x:v>46000.8228009259</x:v>
+      </x:c>
+      <x:c r="B20" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C20" s="0">
+        <x:v>0.15</x:v>
+      </x:c>
+      <x:c r="D20" s="0">
+        <x:v>62.665</x:v>
+      </x:c>
+      <x:c r="E20" s="0">
+        <x:v>60.84</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="21" spans="1:5">
+      <x:c r="A21" s="1">
+        <x:v>46000.6844907407</x:v>
+      </x:c>
+      <x:c r="B21" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C21" s="0">
+        <x:v>0.17</x:v>
+      </x:c>
+      <x:c r="D21" s="0">
+        <x:v>62.065</x:v>
+      </x:c>
+      <x:c r="E21" s="0">
+        <x:v>60.258</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="22" spans="1:5">
+      <x:c r="A22" s="1">
+        <x:v>45999.8272106481</x:v>
+      </x:c>
+      <x:c r="B22" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C22" s="0">
+        <x:v>0.32</x:v>
+      </x:c>
+      <x:c r="D22" s="0">
+        <x:v>60.157</x:v>
+      </x:c>
+      <x:c r="E22" s="0">
+        <x:v>58.405</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="23" spans="1:5">
+      <x:c r="A23" s="1">
+        <x:v>45996.8263078704</x:v>
+      </x:c>
+      <x:c r="B23" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C23" s="0">
+        <x:v>0.28</x:v>
+      </x:c>
+      <x:c r="D23" s="0">
+        <x:v>60.825</x:v>
+      </x:c>
+      <x:c r="E23" s="0">
+        <x:v>59.053</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="24" spans="1:5">
+      <x:c r="A24" s="1">
+        <x:v>45996.662962963</x:v>
+      </x:c>
+      <x:c r="B24" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C24" s="0">
+        <x:v>0.4</x:v>
+      </x:c>
+      <x:c r="D24" s="0">
+        <x:v>60.992</x:v>
+      </x:c>
+      <x:c r="E24" s="0">
+        <x:v>59.216</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="25" spans="1:5">
+      <x:c r="A25" s="1">
+        <x:v>45995.8232291667</x:v>
+      </x:c>
+      <x:c r="B25" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C25" s="0">
+        <x:v>0.49</x:v>
+      </x:c>
+      <x:c r="D25" s="0">
+        <x:v>59.216</x:v>
+      </x:c>
+      <x:c r="E25" s="0">
+        <x:v>57.491</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="26" spans="1:5">
+      <x:c r="A26" s="1">
+        <x:v>45994.8237037037</x:v>
+      </x:c>
+      <x:c r="B26" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C26" s="0">
+        <x:v>0.38</x:v>
+      </x:c>
+      <x:c r="D26" s="0">
+        <x:v>60.379</x:v>
+      </x:c>
+      <x:c r="E26" s="0">
+        <x:v>58.62</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="27" spans="1:5">
+      <x:c r="A27" s="1">
+        <x:v>45993.8229398148</x:v>
+      </x:c>
+      <x:c r="B27" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C27" s="0">
+        <x:v>0.4</x:v>
+      </x:c>
+      <x:c r="D27" s="0">
+        <x:v>60.464</x:v>
+      </x:c>
+      <x:c r="E27" s="0">
+        <x:v>58.703</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="28" spans="1:5">
+      <x:c r="A28" s="1">
+        <x:v>45992.8242939815</x:v>
+      </x:c>
+      <x:c r="B28" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C28" s="0">
+        <x:v>0.34</x:v>
+      </x:c>
+      <x:c r="D28" s="0">
+        <x:v>60.916</x:v>
+      </x:c>
+      <x:c r="E28" s="0">
+        <x:v>59.142</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="29" spans="1:5">
+      <x:c r="A29" s="1">
+        <x:v>45992.7262847222</x:v>
+      </x:c>
+      <x:c r="B29" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C29" s="0">
+        <x:v>0.36</x:v>
+      </x:c>
+      <x:c r="D29" s="0">
+        <x:v>60.644</x:v>
+      </x:c>
+      <x:c r="E29" s="0">
+        <x:v>58.878</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="30" spans="1:5">
+      <x:c r="A30" s="1">
+        <x:v>45989.839375</x:v>
+      </x:c>
+      <x:c r="B30" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C30" s="0">
+        <x:v>0.66</x:v>
+      </x:c>
+      <x:c r="D30" s="0">
+        <x:v>58.878</x:v>
+      </x:c>
+      <x:c r="E30" s="0">
+        <x:v>57.163</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="31" spans="1:5">
+      <x:c r="A31" s="1">
+        <x:v>45989.6256597222</x:v>
+      </x:c>
+      <x:c r="B31" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C31" s="0">
+        <x:v>1.4</x:v>
+      </x:c>
+      <x:c r="D31" s="0">
+        <x:v>56.872</x:v>
+      </x:c>
+      <x:c r="E31" s="0">
+        <x:v>55.215</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="32" spans="1:5">
+      <x:c r="A32" s="1">
+        <x:v>45987.8265162037</x:v>
+      </x:c>
+      <x:c r="B32" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C32" s="0">
+        <x:v>2.55</x:v>
+      </x:c>
+      <x:c r="D32" s="0">
+        <x:v>55.215</x:v>
+      </x:c>
+      <x:c r="E32" s="0">
+        <x:v>53.607</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="33" spans="1:5">
+      <x:c r="A33" s="1">
+        <x:v>45987.7191782407</x:v>
+      </x:c>
+      <x:c r="B33" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C33" s="0">
+        <x:v>2.9</x:v>
+      </x:c>
+      <x:c r="D33" s="0">
+        <x:v>54.773</x:v>
+      </x:c>
+      <x:c r="E33" s="0">
+        <x:v>53.178</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="34" spans="1:5">
+      <x:c r="A34" s="1">
+        <x:v>45986.8420486111</x:v>
+      </x:c>
+      <x:c r="B34" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C34" s="0">
+        <x:v>5.27</x:v>
+      </x:c>
+      <x:c r="D34" s="0">
+        <x:v>53.178</x:v>
+      </x:c>
+      <x:c r="E34" s="0">
+        <x:v>51.629</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="35" spans="1:5">
+      <x:c r="A35" s="1">
+        <x:v>45985.8473032407</x:v>
+      </x:c>
+      <x:c r="B35" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C35" s="0">
+        <x:v>6.57</x:v>
+      </x:c>
+      <x:c r="D35" s="0">
+        <x:v>52.489</x:v>
+      </x:c>
+      <x:c r="E35" s="0">
+        <x:v>50.96</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="36" spans="1:5">
+      <x:c r="A36" s="1">
+        <x:v>45982.8240972222</x:v>
+      </x:c>
+      <x:c r="B36" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C36" s="0">
+        <x:v>7.5</x:v>
+      </x:c>
+      <x:c r="D36" s="0">
+        <x:v>52.073</x:v>
+      </x:c>
+      <x:c r="E36" s="0">
+        <x:v>49.913</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="37" spans="1:5">
+      <x:c r="A37" s="1">
+        <x:v>45981.858912037</x:v>
+      </x:c>
+      <x:c r="B37" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C37" s="0">
+        <x:v>6.73</x:v>
+      </x:c>
+      <x:c r="D37" s="0">
+        <x:v>51.81</x:v>
+      </x:c>
+      <x:c r="E37" s="0">
+        <x:v>50.301</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="38" spans="1:5">
+      <x:c r="A38" s="1">
         <x:v>45980.8244444444</x:v>
       </x:c>
-      <x:c r="B18" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C18" s="0">
+      <x:c r="B38" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C38" s="0">
         <x:v>5.79</x:v>
       </x:c>
-      <x:c r="D18" s="0">
+      <x:c r="D38" s="0">
         <x:v>52.38</x:v>
       </x:c>
-      <x:c r="E18" s="0">
+      <x:c r="E38" s="0">
         <x:v>50.854</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>