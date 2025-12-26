--- v1 (2025-12-26)
+++ v2 (2025-12-26)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R98165afe3e504ce9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b77f326b6775443093ee7221a4d1eb58.psmdcp" Id="R9c39c554bce64e1c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R432d85a13d124569" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b47e96d539fb440d889cd7665a0ab866.psmdcp" Id="R30df65f383c3442b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>DE000BB4J4V5</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>