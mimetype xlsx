--- v2 (2025-12-26)
+++ v3 (2026-01-18)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R432d85a13d124569" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b47e96d539fb440d889cd7665a0ab866.psmdcp" Id="R30df65f383c3442b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf595c8a25c4d4a17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/eeaa4566cbfe4a6ab725a6936ef5abe7.psmdcp" Id="R7a628337f2314251" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>DE000BB4J4V5</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -390,692 +390,1151 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E38"/>
+  <x:dimension ref="A1:E65"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>46017.3034490741</x:v>
+        <x:v>46038.8262615741</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>77.25</x:v>
+        <x:v>91.193</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>75</x:v>
+        <x:v>88.537</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>46014.8341898148</x:v>
+        <x:v>46037.8245717593</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>73.271</x:v>
+        <x:v>95.117</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>71.137</x:v>
+        <x:v>92.347</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>46014.6006944444</x:v>
+        <x:v>46036.810162037</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>72.741</x:v>
+        <x:v>94.127</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>70.622</x:v>
+        <x:v>91.385</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>46013.830787037</x:v>
+        <x:v>46036.3234259259</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>70.622</x:v>
+        <x:v>93.833</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>68.565</x:v>
+        <x:v>91.1</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>46013.2686805556</x:v>
+        <x:v>46035.8275810185</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>69.261</x:v>
+        <x:v>88.928</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>67.243</x:v>
+        <x:v>86.338</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>46010.8267476852</x:v>
+        <x:v>46035.6125694444</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>69.514</x:v>
+        <x:v>90.382</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>67.489</x:v>
+        <x:v>87.75</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>46010.7093981481</x:v>
+        <x:v>46034.8259375</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>69.261</x:v>
+        <x:v>87.644</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>67.243</x:v>
+        <x:v>85.091</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>46009.8283333333</x:v>
+        <x:v>46034.2909027778</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>67.176</x:v>
+        <x:v>82.112</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>65.219</x:v>
+        <x:v>79.72</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>46008.8262962963</x:v>
+        <x:v>46031.8203703704</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>68.908</x:v>
+        <x:v>81.721</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>66.901</x:v>
+        <x:v>79.341</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>46008.313587963</x:v>
+        <x:v>46031.6831944444</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C12" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>68.245</x:v>
+        <x:v>82.112</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>66.258</x:v>
+        <x:v>79.72</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>46007.8233564815</x:v>
+        <x:v>46031.3791550926</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>65.223</x:v>
+        <x:v>79.72</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>63.323</x:v>
+        <x:v>77.398</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>46006.8309722222</x:v>
+        <x:v>46030.8103240741</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C14" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>65.497</x:v>
+        <x:v>77.398</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>63.589</x:v>
+        <x:v>75.144</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>46006.4087731481</x:v>
+        <x:v>46029.8148842593</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>65.803</x:v>
+        <x:v>79.941</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>63.886</x:v>
+        <x:v>77.613</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>46003.8253125</x:v>
+        <x:v>46028.811099537</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C16" s="0">
-        <x:v>0.12</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>63.867</x:v>
+        <x:v>83.47</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>62.007</x:v>
+        <x:v>81.039</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>46002.8233564815</x:v>
+        <x:v>46028.7885185185</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C17" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>66.53</x:v>
+        <x:v>83.765</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>64.592</x:v>
+        <x:v>81.325</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>46002.3244791667</x:v>
+        <x:v>46028.325474537</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="0">
-        <x:v>0.08</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>64.746</x:v>
+        <x:v>81.325</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>62.86</x:v>
+        <x:v>78.957</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>46001.824849537</x:v>
+        <x:v>46027.8181944444</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C19" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>62.86</x:v>
+        <x:v>78.957</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>61.029</x:v>
+        <x:v>76.657</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
-        <x:v>46000.8228009259</x:v>
+        <x:v>46027.7427314815</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C20" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>62.665</x:v>
+        <x:v>79.748</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>60.84</x:v>
+        <x:v>77.425</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="1">
-        <x:v>46000.6844907407</x:v>
+        <x:v>46027.3170486111</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C21" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D21" s="0">
-        <x:v>62.065</x:v>
+        <x:v>77.425</x:v>
       </x:c>
       <x:c r="E21" s="0">
-        <x:v>60.258</x:v>
+        <x:v>75.17</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="1">
-        <x:v>45999.8272106481</x:v>
+        <x:v>46024.8229976852</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C22" s="0">
-        <x:v>0.32</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D22" s="0">
-        <x:v>60.157</x:v>
+        <x:v>73.146</x:v>
       </x:c>
       <x:c r="E22" s="0">
-        <x:v>58.405</x:v>
+        <x:v>71.015</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="1">
-        <x:v>45996.8263078704</x:v>
+        <x:v>46021.8342708333</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C23" s="0">
-        <x:v>0.28</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D23" s="0">
-        <x:v>60.825</x:v>
+        <x:v>80.257</x:v>
       </x:c>
       <x:c r="E23" s="0">
-        <x:v>59.053</x:v>
+        <x:v>77.919</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="1">
-        <x:v>45996.662962963</x:v>
+        <x:v>46021.7486689815</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C24" s="0">
-        <x:v>0.4</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D24" s="0">
-        <x:v>60.992</x:v>
+        <x:v>79.037</x:v>
       </x:c>
       <x:c r="E24" s="0">
-        <x:v>59.216</x:v>
+        <x:v>76.735</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="1">
-        <x:v>45995.8232291667</x:v>
+        <x:v>46021.3114467593</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C25" s="0">
-        <x:v>0.49</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D25" s="0">
-        <x:v>59.216</x:v>
+        <x:v>76.735</x:v>
       </x:c>
       <x:c r="E25" s="0">
-        <x:v>57.491</x:v>
+        <x:v>74.5</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="1">
-        <x:v>45994.8237037037</x:v>
+        <x:v>46020.8393171296</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C26" s="0">
-        <x:v>0.38</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D26" s="0">
-        <x:v>60.379</x:v>
+        <x:v>72.574</x:v>
       </x:c>
       <x:c r="E26" s="0">
-        <x:v>58.62</x:v>
+        <x:v>70.46</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="1">
-        <x:v>45993.8229398148</x:v>
+        <x:v>46020.366087963</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C27" s="0">
-        <x:v>0.4</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D27" s="0">
-        <x:v>60.464</x:v>
+        <x:v>84.949</x:v>
       </x:c>
       <x:c r="E27" s="0">
-        <x:v>58.703</x:v>
+        <x:v>82.474</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="1">
-        <x:v>45992.8242939815</x:v>
+        <x:v>46020.3121643519</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C28" s="0">
-        <x:v>0.34</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D28" s="0">
-        <x:v>60.916</x:v>
+        <x:v>82.474</x:v>
       </x:c>
       <x:c r="E28" s="0">
-        <x:v>59.142</x:v>
+        <x:v>80.072</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="1">
-        <x:v>45992.7262847222</x:v>
+        <x:v>46017.8088773148</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C29" s="0">
-        <x:v>0.36</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D29" s="0">
-        <x:v>60.644</x:v>
+        <x:v>80.072</x:v>
       </x:c>
       <x:c r="E29" s="0">
-        <x:v>58.878</x:v>
+        <x:v>77.74</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="1">
-        <x:v>45989.839375</x:v>
+        <x:v>46017.3034490741</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C30" s="0">
-        <x:v>0.66</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D30" s="0">
-        <x:v>58.878</x:v>
+        <x:v>77.25</x:v>
       </x:c>
       <x:c r="E30" s="0">
-        <x:v>57.163</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="1">
-        <x:v>45989.6256597222</x:v>
+        <x:v>46014.8341898148</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C31" s="0">
-        <x:v>1.4</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D31" s="0">
-        <x:v>56.872</x:v>
+        <x:v>73.271</x:v>
       </x:c>
       <x:c r="E31" s="0">
-        <x:v>55.215</x:v>
+        <x:v>71.137</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="1">
-        <x:v>45987.8265162037</x:v>
+        <x:v>46014.6006944444</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C32" s="0">
-        <x:v>2.55</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D32" s="0">
-        <x:v>55.215</x:v>
+        <x:v>72.741</x:v>
       </x:c>
       <x:c r="E32" s="0">
-        <x:v>53.607</x:v>
+        <x:v>70.622</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="1">
-        <x:v>45987.7191782407</x:v>
+        <x:v>46013.830787037</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C33" s="0">
-        <x:v>2.9</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D33" s="0">
-        <x:v>54.773</x:v>
+        <x:v>70.622</x:v>
       </x:c>
       <x:c r="E33" s="0">
-        <x:v>53.178</x:v>
+        <x:v>68.565</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="1">
-        <x:v>45986.8420486111</x:v>
+        <x:v>46013.2686805556</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C34" s="0">
-        <x:v>5.27</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D34" s="0">
-        <x:v>53.178</x:v>
+        <x:v>69.261</x:v>
       </x:c>
       <x:c r="E34" s="0">
-        <x:v>51.629</x:v>
+        <x:v>67.243</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="1">
-        <x:v>45985.8473032407</x:v>
+        <x:v>46010.8267476852</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C35" s="0">
-        <x:v>6.57</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D35" s="0">
-        <x:v>52.489</x:v>
+        <x:v>69.514</x:v>
       </x:c>
       <x:c r="E35" s="0">
-        <x:v>50.96</x:v>
+        <x:v>67.489</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="1">
-        <x:v>45982.8240972222</x:v>
+        <x:v>46010.7093981481</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C36" s="0">
-        <x:v>7.5</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D36" s="0">
-        <x:v>52.073</x:v>
+        <x:v>69.261</x:v>
       </x:c>
       <x:c r="E36" s="0">
-        <x:v>49.913</x:v>
+        <x:v>67.243</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="1">
-        <x:v>45981.858912037</x:v>
+        <x:v>46009.8283333333</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C37" s="0">
-        <x:v>6.73</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D37" s="0">
-        <x:v>51.81</x:v>
+        <x:v>67.176</x:v>
       </x:c>
       <x:c r="E37" s="0">
-        <x:v>50.301</x:v>
+        <x:v>65.219</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="1">
+        <x:v>46008.8262962963</x:v>
+      </x:c>
+      <x:c r="B38" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C38" s="0">
+        <x:v>0.01</x:v>
+      </x:c>
+      <x:c r="D38" s="0">
+        <x:v>68.908</x:v>
+      </x:c>
+      <x:c r="E38" s="0">
+        <x:v>66.901</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="39" spans="1:5">
+      <x:c r="A39" s="1">
+        <x:v>46008.313587963</x:v>
+      </x:c>
+      <x:c r="B39" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C39" s="0">
+        <x:v>0.01</x:v>
+      </x:c>
+      <x:c r="D39" s="0">
+        <x:v>68.245</x:v>
+      </x:c>
+      <x:c r="E39" s="0">
+        <x:v>66.258</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="40" spans="1:5">
+      <x:c r="A40" s="1">
+        <x:v>46007.8233564815</x:v>
+      </x:c>
+      <x:c r="B40" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C40" s="0">
+        <x:v>0.04</x:v>
+      </x:c>
+      <x:c r="D40" s="0">
+        <x:v>65.223</x:v>
+      </x:c>
+      <x:c r="E40" s="0">
+        <x:v>63.323</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="41" spans="1:5">
+      <x:c r="A41" s="1">
+        <x:v>46006.8309722222</x:v>
+      </x:c>
+      <x:c r="B41" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C41" s="0">
+        <x:v>0.04</x:v>
+      </x:c>
+      <x:c r="D41" s="0">
+        <x:v>65.497</x:v>
+      </x:c>
+      <x:c r="E41" s="0">
+        <x:v>63.589</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="42" spans="1:5">
+      <x:c r="A42" s="1">
+        <x:v>46006.4087731481</x:v>
+      </x:c>
+      <x:c r="B42" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C42" s="0">
+        <x:v>0.04</x:v>
+      </x:c>
+      <x:c r="D42" s="0">
+        <x:v>65.803</x:v>
+      </x:c>
+      <x:c r="E42" s="0">
+        <x:v>63.886</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="43" spans="1:5">
+      <x:c r="A43" s="1">
+        <x:v>46003.8253125</x:v>
+      </x:c>
+      <x:c r="B43" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C43" s="0">
+        <x:v>0.12</x:v>
+      </x:c>
+      <x:c r="D43" s="0">
+        <x:v>63.867</x:v>
+      </x:c>
+      <x:c r="E43" s="0">
+        <x:v>62.007</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="44" spans="1:5">
+      <x:c r="A44" s="1">
+        <x:v>46002.8233564815</x:v>
+      </x:c>
+      <x:c r="B44" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C44" s="0">
+        <x:v>0.05</x:v>
+      </x:c>
+      <x:c r="D44" s="0">
+        <x:v>66.53</x:v>
+      </x:c>
+      <x:c r="E44" s="0">
+        <x:v>64.592</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="45" spans="1:5">
+      <x:c r="A45" s="1">
+        <x:v>46002.3244791667</x:v>
+      </x:c>
+      <x:c r="B45" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C45" s="0">
+        <x:v>0.08</x:v>
+      </x:c>
+      <x:c r="D45" s="0">
+        <x:v>64.746</x:v>
+      </x:c>
+      <x:c r="E45" s="0">
+        <x:v>62.86</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="46" spans="1:5">
+      <x:c r="A46" s="1">
+        <x:v>46001.824849537</x:v>
+      </x:c>
+      <x:c r="B46" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C46" s="0">
+        <x:v>0.16</x:v>
+      </x:c>
+      <x:c r="D46" s="0">
+        <x:v>62.86</x:v>
+      </x:c>
+      <x:c r="E46" s="0">
+        <x:v>61.029</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="47" spans="1:5">
+      <x:c r="A47" s="1">
+        <x:v>46000.8228009259</x:v>
+      </x:c>
+      <x:c r="B47" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C47" s="0">
+        <x:v>0.15</x:v>
+      </x:c>
+      <x:c r="D47" s="0">
+        <x:v>62.665</x:v>
+      </x:c>
+      <x:c r="E47" s="0">
+        <x:v>60.84</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="48" spans="1:5">
+      <x:c r="A48" s="1">
+        <x:v>46000.6844907407</x:v>
+      </x:c>
+      <x:c r="B48" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C48" s="0">
+        <x:v>0.17</x:v>
+      </x:c>
+      <x:c r="D48" s="0">
+        <x:v>62.065</x:v>
+      </x:c>
+      <x:c r="E48" s="0">
+        <x:v>60.258</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="49" spans="1:5">
+      <x:c r="A49" s="1">
+        <x:v>45999.8272106481</x:v>
+      </x:c>
+      <x:c r="B49" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C49" s="0">
+        <x:v>0.32</x:v>
+      </x:c>
+      <x:c r="D49" s="0">
+        <x:v>60.157</x:v>
+      </x:c>
+      <x:c r="E49" s="0">
+        <x:v>58.405</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="50" spans="1:5">
+      <x:c r="A50" s="1">
+        <x:v>45996.8263078704</x:v>
+      </x:c>
+      <x:c r="B50" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C50" s="0">
+        <x:v>0.28</x:v>
+      </x:c>
+      <x:c r="D50" s="0">
+        <x:v>60.825</x:v>
+      </x:c>
+      <x:c r="E50" s="0">
+        <x:v>59.053</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="51" spans="1:5">
+      <x:c r="A51" s="1">
+        <x:v>45996.662962963</x:v>
+      </x:c>
+      <x:c r="B51" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C51" s="0">
+        <x:v>0.4</x:v>
+      </x:c>
+      <x:c r="D51" s="0">
+        <x:v>60.992</x:v>
+      </x:c>
+      <x:c r="E51" s="0">
+        <x:v>59.216</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="52" spans="1:5">
+      <x:c r="A52" s="1">
+        <x:v>45995.8232291667</x:v>
+      </x:c>
+      <x:c r="B52" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C52" s="0">
+        <x:v>0.49</x:v>
+      </x:c>
+      <x:c r="D52" s="0">
+        <x:v>59.216</x:v>
+      </x:c>
+      <x:c r="E52" s="0">
+        <x:v>57.491</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="53" spans="1:5">
+      <x:c r="A53" s="1">
+        <x:v>45994.8237037037</x:v>
+      </x:c>
+      <x:c r="B53" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C53" s="0">
+        <x:v>0.38</x:v>
+      </x:c>
+      <x:c r="D53" s="0">
+        <x:v>60.379</x:v>
+      </x:c>
+      <x:c r="E53" s="0">
+        <x:v>58.62</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="54" spans="1:5">
+      <x:c r="A54" s="1">
+        <x:v>45993.8229398148</x:v>
+      </x:c>
+      <x:c r="B54" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C54" s="0">
+        <x:v>0.4</x:v>
+      </x:c>
+      <x:c r="D54" s="0">
+        <x:v>60.464</x:v>
+      </x:c>
+      <x:c r="E54" s="0">
+        <x:v>58.703</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="55" spans="1:5">
+      <x:c r="A55" s="1">
+        <x:v>45992.8242939815</x:v>
+      </x:c>
+      <x:c r="B55" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C55" s="0">
+        <x:v>0.34</x:v>
+      </x:c>
+      <x:c r="D55" s="0">
+        <x:v>60.916</x:v>
+      </x:c>
+      <x:c r="E55" s="0">
+        <x:v>59.142</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="56" spans="1:5">
+      <x:c r="A56" s="1">
+        <x:v>45992.7262847222</x:v>
+      </x:c>
+      <x:c r="B56" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C56" s="0">
+        <x:v>0.36</x:v>
+      </x:c>
+      <x:c r="D56" s="0">
+        <x:v>60.644</x:v>
+      </x:c>
+      <x:c r="E56" s="0">
+        <x:v>58.878</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="57" spans="1:5">
+      <x:c r="A57" s="1">
+        <x:v>45989.839375</x:v>
+      </x:c>
+      <x:c r="B57" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C57" s="0">
+        <x:v>0.66</x:v>
+      </x:c>
+      <x:c r="D57" s="0">
+        <x:v>58.878</x:v>
+      </x:c>
+      <x:c r="E57" s="0">
+        <x:v>57.163</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="58" spans="1:5">
+      <x:c r="A58" s="1">
+        <x:v>45989.6256597222</x:v>
+      </x:c>
+      <x:c r="B58" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C58" s="0">
+        <x:v>1.4</x:v>
+      </x:c>
+      <x:c r="D58" s="0">
+        <x:v>56.872</x:v>
+      </x:c>
+      <x:c r="E58" s="0">
+        <x:v>55.215</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="59" spans="1:5">
+      <x:c r="A59" s="1">
+        <x:v>45987.8265162037</x:v>
+      </x:c>
+      <x:c r="B59" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C59" s="0">
+        <x:v>2.55</x:v>
+      </x:c>
+      <x:c r="D59" s="0">
+        <x:v>55.215</x:v>
+      </x:c>
+      <x:c r="E59" s="0">
+        <x:v>53.607</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="60" spans="1:5">
+      <x:c r="A60" s="1">
+        <x:v>45987.7191782407</x:v>
+      </x:c>
+      <x:c r="B60" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C60" s="0">
+        <x:v>2.9</x:v>
+      </x:c>
+      <x:c r="D60" s="0">
+        <x:v>54.773</x:v>
+      </x:c>
+      <x:c r="E60" s="0">
+        <x:v>53.178</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="61" spans="1:5">
+      <x:c r="A61" s="1">
+        <x:v>45986.8420486111</x:v>
+      </x:c>
+      <x:c r="B61" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C61" s="0">
+        <x:v>5.27</x:v>
+      </x:c>
+      <x:c r="D61" s="0">
+        <x:v>53.178</x:v>
+      </x:c>
+      <x:c r="E61" s="0">
+        <x:v>51.629</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="62" spans="1:5">
+      <x:c r="A62" s="1">
+        <x:v>45985.8473032407</x:v>
+      </x:c>
+      <x:c r="B62" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C62" s="0">
+        <x:v>6.57</x:v>
+      </x:c>
+      <x:c r="D62" s="0">
+        <x:v>52.489</x:v>
+      </x:c>
+      <x:c r="E62" s="0">
+        <x:v>50.96</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="63" spans="1:5">
+      <x:c r="A63" s="1">
+        <x:v>45982.8240972222</x:v>
+      </x:c>
+      <x:c r="B63" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C63" s="0">
+        <x:v>7.5</x:v>
+      </x:c>
+      <x:c r="D63" s="0">
+        <x:v>52.073</x:v>
+      </x:c>
+      <x:c r="E63" s="0">
+        <x:v>49.913</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="64" spans="1:5">
+      <x:c r="A64" s="1">
+        <x:v>45981.858912037</x:v>
+      </x:c>
+      <x:c r="B64" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C64" s="0">
+        <x:v>6.73</x:v>
+      </x:c>
+      <x:c r="D64" s="0">
+        <x:v>51.81</x:v>
+      </x:c>
+      <x:c r="E64" s="0">
+        <x:v>50.301</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="65" spans="1:5">
+      <x:c r="A65" s="1">
         <x:v>45980.8244444444</x:v>
       </x:c>
-      <x:c r="B38" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C38" s="0">
+      <x:c r="B65" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C65" s="0">
         <x:v>5.79</x:v>
       </x:c>
-      <x:c r="D38" s="0">
+      <x:c r="D65" s="0">
         <x:v>52.38</x:v>
       </x:c>
-      <x:c r="E38" s="0">
+      <x:c r="E65" s="0">
         <x:v>50.854</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>