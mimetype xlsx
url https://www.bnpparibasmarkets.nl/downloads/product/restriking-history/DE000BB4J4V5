--- v3 (2026-01-18)
+++ v4 (2026-02-08)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf595c8a25c4d4a17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/eeaa4566cbfe4a6ab725a6936ef5abe7.psmdcp" Id="R7a628337f2314251" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc6c040fef09f4c54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4ba31ed60d0e49d3b436843e1861db7f.psmdcp" Id="Rdec0d48bfbb2451a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>DE000BB4J4V5</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -390,1151 +390,1600 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E65"/>
+  <x:dimension ref="A1:E96"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>46038.8262615741</x:v>
+        <x:v>46059.8916898148</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
-      <x:c r="C3" s="0">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D3" s="0">
-        <x:v>91.193</x:v>
+        <x:v>79.202</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>88.537</x:v>
+        <x:v>76.895</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>46037.8245717593</x:v>
+        <x:v>46058.8145023148</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
-      <x:c r="C4" s="0">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D4" s="0">
-        <x:v>95.117</x:v>
+        <x:v>79.015</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>92.347</x:v>
+        <x:v>76.714</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>46036.810162037</x:v>
+        <x:v>46058.2943981482</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
-      <x:c r="C5" s="0">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D5" s="0">
-        <x:v>94.127</x:v>
+        <x:v>92.222</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>91.385</x:v>
+        <x:v>89.536</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>46036.3234259259</x:v>
+        <x:v>46057.8355092593</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
-      <x:c r="C6" s="0">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D6" s="0">
-        <x:v>93.833</x:v>
+        <x:v>86.928</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>91.1</x:v>
+        <x:v>84.396</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>46035.8275810185</x:v>
+        <x:v>46057.6013888889</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
-      <x:c r="C7" s="0">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D7" s="0">
-        <x:v>88.928</x:v>
+        <x:v>93.622</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>86.338</x:v>
+        <x:v>90.895</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>46035.6125694444</x:v>
+        <x:v>46057.2919560185</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
-      <x:c r="C8" s="0">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D8" s="0">
-        <x:v>90.382</x:v>
+        <x:v>90.176</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>87.75</x:v>
+        <x:v>87.55</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>46034.8259375</x:v>
+        <x:v>46056.8221759259</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
-      <x:c r="C9" s="0">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D9" s="0">
-        <x:v>87.644</x:v>
+        <x:v>85.8</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>85.091</x:v>
+        <x:v>83.301</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>46034.2909027778</x:v>
+        <x:v>46056.4031944444</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
-      <x:c r="C10" s="0">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D10" s="0">
-        <x:v>82.112</x:v>
+        <x:v>90.176</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>79.72</x:v>
+        <x:v>87.55</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>46031.8203703704</x:v>
+        <x:v>46056.2710648148</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
-      <x:c r="C11" s="0">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D11" s="0">
-        <x:v>81.721</x:v>
+        <x:v>87.55</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>79.341</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>46031.6831944444</x:v>
+        <x:v>46055.8168981482</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
-      <x:c r="C12" s="0">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D12" s="0">
-        <x:v>82.112</x:v>
+        <x:v>79.319</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>79.72</x:v>
+        <x:v>77.009</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>46031.3791550926</x:v>
+        <x:v>46055.4032291667</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
-      <x:c r="C13" s="0">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D13" s="0">
-        <x:v>79.72</x:v>
+        <x:v>88.387</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>77.398</x:v>
+        <x:v>85.813</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>46030.8103240741</x:v>
+        <x:v>46055.3412384259</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
-      <x:c r="C14" s="0">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D14" s="0">
-        <x:v>77.398</x:v>
+        <x:v>85.813</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>75.144</x:v>
+        <x:v>83.314</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>46029.8148842593</x:v>
+        <x:v>46055.2677546296</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
-      <x:c r="C15" s="0">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D15" s="0">
-        <x:v>79.941</x:v>
+        <x:v>83.314</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>77.613</x:v>
+        <x:v>80.887</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>46028.811099537</x:v>
+        <x:v>46052.8121296296</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
-      <x:c r="C16" s="0">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D16" s="0">
-        <x:v>83.47</x:v>
+        <x:v>80.887</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>81.039</x:v>
+        <x:v>78.531</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>46028.7885185185</x:v>
+        <x:v>46052.2848032407</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
-      <x:c r="C17" s="0">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D17" s="0">
-        <x:v>83.765</x:v>
+        <x:v>121.398</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>81.325</x:v>
+        <x:v>117.862</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>46028.325474537</x:v>
+        <x:v>46051.8152314815</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
-      <x:c r="C18" s="0">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D18" s="0">
-        <x:v>81.325</x:v>
+        <x:v>117.862</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>78.957</x:v>
+        <x:v>114.429</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>46027.8181944444</x:v>
+        <x:v>46051.2833680556</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
-      <x:c r="C19" s="0">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D19" s="0">
-        <x:v>78.957</x:v>
+        <x:v>122.787</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>76.657</x:v>
+        <x:v>119.211</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
-        <x:v>46027.7427314815</x:v>
+        <x:v>46050.8226157407</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
-      <x:c r="C20" s="0">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D20" s="0">
-        <x:v>79.748</x:v>
+        <x:v>116.94</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>77.425</x:v>
+        <x:v>113.534</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="1">
-        <x:v>46027.3170486111</x:v>
+        <x:v>46050.8107523148</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
-      <x:c r="C21" s="0">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D21" s="0">
-        <x:v>77.425</x:v>
+        <x:v>116.94</x:v>
       </x:c>
       <x:c r="E21" s="0">
-        <x:v>75.17</x:v>
+        <x:v>113.534</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="1">
-        <x:v>46024.8229976852</x:v>
+        <x:v>46050.2867708333</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
-      <x:c r="C22" s="0">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D22" s="0">
-        <x:v>73.146</x:v>
+        <x:v>118.45</x:v>
       </x:c>
       <x:c r="E22" s="0">
-        <x:v>71.015</x:v>
+        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="1">
-        <x:v>46021.8342708333</x:v>
+        <x:v>46049.8227083333</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
-      <x:c r="C23" s="0">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D23" s="0">
-        <x:v>80.257</x:v>
+        <x:v>109.136</x:v>
       </x:c>
       <x:c r="E23" s="0">
-        <x:v>77.919</x:v>
+        <x:v>105.957</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="1">
-        <x:v>46021.7486689815</x:v>
+        <x:v>46048.8122222222</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
-      <x:c r="C24" s="0">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D24" s="0">
-        <x:v>79.037</x:v>
+        <x:v>118.969</x:v>
       </x:c>
       <x:c r="E24" s="0">
-        <x:v>76.735</x:v>
+        <x:v>115.504</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="1">
-        <x:v>46021.3114467593</x:v>
+        <x:v>46048.7535763889</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
-      <x:c r="C25" s="0">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D25" s="0">
-        <x:v>76.735</x:v>
+        <x:v>118.589</x:v>
       </x:c>
       <x:c r="E25" s="0">
-        <x:v>74.5</x:v>
+        <x:v>115.135</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="1">
-        <x:v>46020.8393171296</x:v>
+        <x:v>46045.8273148148</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
-      <x:c r="C26" s="0">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D26" s="0">
-        <x:v>72.574</x:v>
+        <x:v>104.373</x:v>
       </x:c>
       <x:c r="E26" s="0">
-        <x:v>70.46</x:v>
+        <x:v>101.333</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="1">
-        <x:v>46020.366087963</x:v>
+        <x:v>46045.2787615741</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
-      <x:c r="C27" s="0">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D27" s="0">
-        <x:v>84.949</x:v>
+        <x:v>102.241</x:v>
       </x:c>
       <x:c r="E27" s="0">
-        <x:v>82.474</x:v>
+        <x:v>99.263</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="1">
-        <x:v>46020.3121643519</x:v>
+        <x:v>46044.8500231481</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
-      <x:c r="C28" s="0">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D28" s="0">
-        <x:v>82.474</x:v>
+        <x:v>99.263</x:v>
       </x:c>
       <x:c r="E28" s="0">
-        <x:v>80.072</x:v>
+        <x:v>96.372</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="1">
-        <x:v>46017.8088773148</x:v>
+        <x:v>46044.6993402778</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C29" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D29" s="0">
-        <x:v>80.072</x:v>
+        <x:v>98.293</x:v>
       </x:c>
       <x:c r="E29" s="0">
-        <x:v>77.74</x:v>
+        <x:v>95.43</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="1">
-        <x:v>46017.3034490741</x:v>
+        <x:v>46043.8259259259</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C30" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D30" s="0">
-        <x:v>77.25</x:v>
+        <x:v>95.416</x:v>
       </x:c>
       <x:c r="E30" s="0">
-        <x:v>75</x:v>
+        <x:v>92.637</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="1">
-        <x:v>46014.8341898148</x:v>
+        <x:v>46042.8283333333</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C31" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D31" s="0">
-        <x:v>73.271</x:v>
+        <x:v>97.475</x:v>
       </x:c>
       <x:c r="E31" s="0">
-        <x:v>71.137</x:v>
+        <x:v>94.636</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="1">
-        <x:v>46014.6006944444</x:v>
+        <x:v>46042.2832291667</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C32" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D32" s="0">
-        <x:v>72.741</x:v>
+        <x:v>93.929</x:v>
       </x:c>
       <x:c r="E32" s="0">
-        <x:v>70.622</x:v>
+        <x:v>91.193</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="1">
-        <x:v>46013.830787037</x:v>
+        <x:v>46041.2891319444</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C33" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D33" s="0">
-        <x:v>70.622</x:v>
+        <x:v>93.929</x:v>
       </x:c>
       <x:c r="E33" s="0">
-        <x:v>68.565</x:v>
+        <x:v>91.193</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="1">
-        <x:v>46013.2686805556</x:v>
+        <x:v>46038.8262615741</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C34" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D34" s="0">
-        <x:v>69.261</x:v>
+        <x:v>91.193</x:v>
       </x:c>
       <x:c r="E34" s="0">
-        <x:v>67.243</x:v>
+        <x:v>88.537</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="1">
-        <x:v>46010.8267476852</x:v>
+        <x:v>46037.8245717593</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C35" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D35" s="0">
-        <x:v>69.514</x:v>
+        <x:v>95.117</x:v>
       </x:c>
       <x:c r="E35" s="0">
-        <x:v>67.489</x:v>
+        <x:v>92.347</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="1">
-        <x:v>46010.7093981481</x:v>
+        <x:v>46036.810162037</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C36" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D36" s="0">
-        <x:v>69.261</x:v>
+        <x:v>94.127</x:v>
       </x:c>
       <x:c r="E36" s="0">
-        <x:v>67.243</x:v>
+        <x:v>91.385</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="1">
-        <x:v>46009.8283333333</x:v>
+        <x:v>46036.3234259259</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C37" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D37" s="0">
-        <x:v>67.176</x:v>
+        <x:v>93.833</x:v>
       </x:c>
       <x:c r="E37" s="0">
-        <x:v>65.219</x:v>
+        <x:v>91.1</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="1">
-        <x:v>46008.8262962963</x:v>
+        <x:v>46035.8275810185</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C38" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D38" s="0">
-        <x:v>68.908</x:v>
+        <x:v>88.928</x:v>
       </x:c>
       <x:c r="E38" s="0">
-        <x:v>66.901</x:v>
+        <x:v>86.338</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="1">
-        <x:v>46008.313587963</x:v>
+        <x:v>46035.6125694444</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C39" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D39" s="0">
-        <x:v>68.245</x:v>
+        <x:v>90.382</x:v>
       </x:c>
       <x:c r="E39" s="0">
-        <x:v>66.258</x:v>
+        <x:v>87.75</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="1">
-        <x:v>46007.8233564815</x:v>
+        <x:v>46034.8259375</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C40" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D40" s="0">
-        <x:v>65.223</x:v>
+        <x:v>87.644</x:v>
       </x:c>
       <x:c r="E40" s="0">
-        <x:v>63.323</x:v>
+        <x:v>85.091</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="1">
-        <x:v>46006.8309722222</x:v>
+        <x:v>46034.2909027778</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C41" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D41" s="0">
-        <x:v>65.497</x:v>
+        <x:v>82.112</x:v>
       </x:c>
       <x:c r="E41" s="0">
-        <x:v>63.589</x:v>
+        <x:v>79.72</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="1">
-        <x:v>46006.4087731481</x:v>
+        <x:v>46031.8203703704</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C42" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D42" s="0">
-        <x:v>65.803</x:v>
+        <x:v>81.721</x:v>
       </x:c>
       <x:c r="E42" s="0">
-        <x:v>63.886</x:v>
+        <x:v>79.341</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="1">
-        <x:v>46003.8253125</x:v>
+        <x:v>46031.6831944444</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C43" s="0">
-        <x:v>0.12</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D43" s="0">
-        <x:v>63.867</x:v>
+        <x:v>82.112</x:v>
       </x:c>
       <x:c r="E43" s="0">
-        <x:v>62.007</x:v>
+        <x:v>79.72</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="1">
-        <x:v>46002.8233564815</x:v>
+        <x:v>46031.3791550926</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C44" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D44" s="0">
-        <x:v>66.53</x:v>
+        <x:v>79.72</x:v>
       </x:c>
       <x:c r="E44" s="0">
-        <x:v>64.592</x:v>
+        <x:v>77.398</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="1">
-        <x:v>46002.3244791667</x:v>
+        <x:v>46030.8103240741</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C45" s="0">
-        <x:v>0.08</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D45" s="0">
-        <x:v>64.746</x:v>
+        <x:v>77.398</x:v>
       </x:c>
       <x:c r="E45" s="0">
-        <x:v>62.86</x:v>
+        <x:v>75.144</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="1">
-        <x:v>46001.824849537</x:v>
+        <x:v>46029.8148842593</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C46" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D46" s="0">
-        <x:v>62.86</x:v>
+        <x:v>79.941</x:v>
       </x:c>
       <x:c r="E46" s="0">
-        <x:v>61.029</x:v>
+        <x:v>77.613</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="1">
-        <x:v>46000.8228009259</x:v>
+        <x:v>46028.811099537</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C47" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D47" s="0">
-        <x:v>62.665</x:v>
+        <x:v>83.47</x:v>
       </x:c>
       <x:c r="E47" s="0">
-        <x:v>60.84</x:v>
+        <x:v>81.039</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5">
       <x:c r="A48" s="1">
-        <x:v>46000.6844907407</x:v>
+        <x:v>46028.7885185185</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C48" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D48" s="0">
-        <x:v>62.065</x:v>
+        <x:v>83.765</x:v>
       </x:c>
       <x:c r="E48" s="0">
-        <x:v>60.258</x:v>
+        <x:v>81.325</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
       <x:c r="A49" s="1">
-        <x:v>45999.8272106481</x:v>
+        <x:v>46028.325474537</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C49" s="0">
-        <x:v>0.32</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D49" s="0">
-        <x:v>60.157</x:v>
+        <x:v>81.325</x:v>
       </x:c>
       <x:c r="E49" s="0">
-        <x:v>58.405</x:v>
+        <x:v>78.957</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5">
       <x:c r="A50" s="1">
-        <x:v>45996.8263078704</x:v>
+        <x:v>46027.8181944444</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C50" s="0">
-        <x:v>0.28</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D50" s="0">
-        <x:v>60.825</x:v>
+        <x:v>78.957</x:v>
       </x:c>
       <x:c r="E50" s="0">
-        <x:v>59.053</x:v>
+        <x:v>76.657</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5">
       <x:c r="A51" s="1">
-        <x:v>45996.662962963</x:v>
+        <x:v>46027.7427314815</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C51" s="0">
-        <x:v>0.4</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D51" s="0">
-        <x:v>60.992</x:v>
+        <x:v>79.748</x:v>
       </x:c>
       <x:c r="E51" s="0">
-        <x:v>59.216</x:v>
+        <x:v>77.425</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5">
       <x:c r="A52" s="1">
-        <x:v>45995.8232291667</x:v>
+        <x:v>46027.3170486111</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C52" s="0">
-        <x:v>0.49</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D52" s="0">
-        <x:v>59.216</x:v>
+        <x:v>77.425</x:v>
       </x:c>
       <x:c r="E52" s="0">
-        <x:v>57.491</x:v>
+        <x:v>75.17</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5">
       <x:c r="A53" s="1">
-        <x:v>45994.8237037037</x:v>
+        <x:v>46024.8229976852</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C53" s="0">
-        <x:v>0.38</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D53" s="0">
-        <x:v>60.379</x:v>
+        <x:v>73.146</x:v>
       </x:c>
       <x:c r="E53" s="0">
-        <x:v>58.62</x:v>
+        <x:v>71.015</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5">
       <x:c r="A54" s="1">
-        <x:v>45993.8229398148</x:v>
+        <x:v>46021.8342708333</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C54" s="0">
-        <x:v>0.4</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D54" s="0">
-        <x:v>60.464</x:v>
+        <x:v>80.257</x:v>
       </x:c>
       <x:c r="E54" s="0">
-        <x:v>58.703</x:v>
+        <x:v>77.919</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5">
       <x:c r="A55" s="1">
-        <x:v>45992.8242939815</x:v>
+        <x:v>46021.7486689815</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C55" s="0">
-        <x:v>0.34</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D55" s="0">
-        <x:v>60.916</x:v>
+        <x:v>79.037</x:v>
       </x:c>
       <x:c r="E55" s="0">
-        <x:v>59.142</x:v>
+        <x:v>76.735</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5">
       <x:c r="A56" s="1">
-        <x:v>45992.7262847222</x:v>
+        <x:v>46021.3114467593</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C56" s="0">
-        <x:v>0.36</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D56" s="0">
-        <x:v>60.644</x:v>
+        <x:v>76.735</x:v>
       </x:c>
       <x:c r="E56" s="0">
-        <x:v>58.878</x:v>
+        <x:v>74.5</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:5">
       <x:c r="A57" s="1">
-        <x:v>45989.839375</x:v>
+        <x:v>46020.8393171296</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C57" s="0">
-        <x:v>0.66</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D57" s="0">
-        <x:v>58.878</x:v>
+        <x:v>72.574</x:v>
       </x:c>
       <x:c r="E57" s="0">
-        <x:v>57.163</x:v>
+        <x:v>70.46</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:5">
       <x:c r="A58" s="1">
-        <x:v>45989.6256597222</x:v>
+        <x:v>46020.366087963</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C58" s="0">
-        <x:v>1.4</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D58" s="0">
-        <x:v>56.872</x:v>
+        <x:v>84.949</x:v>
       </x:c>
       <x:c r="E58" s="0">
-        <x:v>55.215</x:v>
+        <x:v>82.474</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:5">
       <x:c r="A59" s="1">
-        <x:v>45987.8265162037</x:v>
+        <x:v>46020.3121643519</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C59" s="0">
-        <x:v>2.55</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D59" s="0">
-        <x:v>55.215</x:v>
+        <x:v>82.474</x:v>
       </x:c>
       <x:c r="E59" s="0">
-        <x:v>53.607</x:v>
+        <x:v>80.072</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:5">
       <x:c r="A60" s="1">
-        <x:v>45987.7191782407</x:v>
+        <x:v>46017.8088773148</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C60" s="0">
-        <x:v>2.9</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D60" s="0">
-        <x:v>54.773</x:v>
+        <x:v>80.072</x:v>
       </x:c>
       <x:c r="E60" s="0">
-        <x:v>53.178</x:v>
+        <x:v>77.74</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:5">
       <x:c r="A61" s="1">
-        <x:v>45986.8420486111</x:v>
+        <x:v>46017.3034490741</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C61" s="0">
-        <x:v>5.27</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D61" s="0">
-        <x:v>53.178</x:v>
+        <x:v>77.25</x:v>
       </x:c>
       <x:c r="E61" s="0">
-        <x:v>51.629</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:5">
       <x:c r="A62" s="1">
-        <x:v>45985.8473032407</x:v>
+        <x:v>46014.8341898148</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C62" s="0">
-        <x:v>6.57</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D62" s="0">
-        <x:v>52.489</x:v>
+        <x:v>73.271</x:v>
       </x:c>
       <x:c r="E62" s="0">
-        <x:v>50.96</x:v>
+        <x:v>71.137</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:5">
       <x:c r="A63" s="1">
-        <x:v>45982.8240972222</x:v>
+        <x:v>46014.6006944444</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C63" s="0">
-        <x:v>7.5</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D63" s="0">
-        <x:v>52.073</x:v>
+        <x:v>72.741</x:v>
       </x:c>
       <x:c r="E63" s="0">
-        <x:v>49.913</x:v>
+        <x:v>70.622</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:5">
       <x:c r="A64" s="1">
-        <x:v>45981.858912037</x:v>
+        <x:v>46013.830787037</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C64" s="0">
-        <x:v>6.73</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D64" s="0">
-        <x:v>51.81</x:v>
+        <x:v>70.622</x:v>
       </x:c>
       <x:c r="E64" s="0">
-        <x:v>50.301</x:v>
+        <x:v>68.565</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:5">
       <x:c r="A65" s="1">
+        <x:v>46013.2686805556</x:v>
+      </x:c>
+      <x:c r="B65" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C65" s="0">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="D65" s="0">
+        <x:v>69.261</x:v>
+      </x:c>
+      <x:c r="E65" s="0">
+        <x:v>67.243</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="66" spans="1:5">
+      <x:c r="A66" s="1">
+        <x:v>46010.8267476852</x:v>
+      </x:c>
+      <x:c r="B66" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C66" s="0">
+        <x:v>0.01</x:v>
+      </x:c>
+      <x:c r="D66" s="0">
+        <x:v>69.514</x:v>
+      </x:c>
+      <x:c r="E66" s="0">
+        <x:v>67.489</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="67" spans="1:5">
+      <x:c r="A67" s="1">
+        <x:v>46010.7093981481</x:v>
+      </x:c>
+      <x:c r="B67" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C67" s="0">
+        <x:v>0.01</x:v>
+      </x:c>
+      <x:c r="D67" s="0">
+        <x:v>69.261</x:v>
+      </x:c>
+      <x:c r="E67" s="0">
+        <x:v>67.243</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="68" spans="1:5">
+      <x:c r="A68" s="1">
+        <x:v>46009.8283333333</x:v>
+      </x:c>
+      <x:c r="B68" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C68" s="0">
+        <x:v>0.02</x:v>
+      </x:c>
+      <x:c r="D68" s="0">
+        <x:v>67.176</x:v>
+      </x:c>
+      <x:c r="E68" s="0">
+        <x:v>65.219</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="69" spans="1:5">
+      <x:c r="A69" s="1">
+        <x:v>46008.8262962963</x:v>
+      </x:c>
+      <x:c r="B69" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C69" s="0">
+        <x:v>0.01</x:v>
+      </x:c>
+      <x:c r="D69" s="0">
+        <x:v>68.908</x:v>
+      </x:c>
+      <x:c r="E69" s="0">
+        <x:v>66.901</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="70" spans="1:5">
+      <x:c r="A70" s="1">
+        <x:v>46008.313587963</x:v>
+      </x:c>
+      <x:c r="B70" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C70" s="0">
+        <x:v>0.01</x:v>
+      </x:c>
+      <x:c r="D70" s="0">
+        <x:v>68.245</x:v>
+      </x:c>
+      <x:c r="E70" s="0">
+        <x:v>66.258</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="71" spans="1:5">
+      <x:c r="A71" s="1">
+        <x:v>46007.8233564815</x:v>
+      </x:c>
+      <x:c r="B71" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C71" s="0">
+        <x:v>0.04</x:v>
+      </x:c>
+      <x:c r="D71" s="0">
+        <x:v>65.223</x:v>
+      </x:c>
+      <x:c r="E71" s="0">
+        <x:v>63.323</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="72" spans="1:5">
+      <x:c r="A72" s="1">
+        <x:v>46006.8309722222</x:v>
+      </x:c>
+      <x:c r="B72" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C72" s="0">
+        <x:v>0.04</x:v>
+      </x:c>
+      <x:c r="D72" s="0">
+        <x:v>65.497</x:v>
+      </x:c>
+      <x:c r="E72" s="0">
+        <x:v>63.589</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="73" spans="1:5">
+      <x:c r="A73" s="1">
+        <x:v>46006.4087731481</x:v>
+      </x:c>
+      <x:c r="B73" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C73" s="0">
+        <x:v>0.04</x:v>
+      </x:c>
+      <x:c r="D73" s="0">
+        <x:v>65.803</x:v>
+      </x:c>
+      <x:c r="E73" s="0">
+        <x:v>63.886</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="74" spans="1:5">
+      <x:c r="A74" s="1">
+        <x:v>46003.8253125</x:v>
+      </x:c>
+      <x:c r="B74" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C74" s="0">
+        <x:v>0.12</x:v>
+      </x:c>
+      <x:c r="D74" s="0">
+        <x:v>63.867</x:v>
+      </x:c>
+      <x:c r="E74" s="0">
+        <x:v>62.007</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="75" spans="1:5">
+      <x:c r="A75" s="1">
+        <x:v>46002.8233564815</x:v>
+      </x:c>
+      <x:c r="B75" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C75" s="0">
+        <x:v>0.05</x:v>
+      </x:c>
+      <x:c r="D75" s="0">
+        <x:v>66.53</x:v>
+      </x:c>
+      <x:c r="E75" s="0">
+        <x:v>64.592</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="76" spans="1:5">
+      <x:c r="A76" s="1">
+        <x:v>46002.3244791667</x:v>
+      </x:c>
+      <x:c r="B76" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C76" s="0">
+        <x:v>0.08</x:v>
+      </x:c>
+      <x:c r="D76" s="0">
+        <x:v>64.746</x:v>
+      </x:c>
+      <x:c r="E76" s="0">
+        <x:v>62.86</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="77" spans="1:5">
+      <x:c r="A77" s="1">
+        <x:v>46001.824849537</x:v>
+      </x:c>
+      <x:c r="B77" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C77" s="0">
+        <x:v>0.16</x:v>
+      </x:c>
+      <x:c r="D77" s="0">
+        <x:v>62.86</x:v>
+      </x:c>
+      <x:c r="E77" s="0">
+        <x:v>61.029</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="78" spans="1:5">
+      <x:c r="A78" s="1">
+        <x:v>46000.8228009259</x:v>
+      </x:c>
+      <x:c r="B78" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C78" s="0">
+        <x:v>0.15</x:v>
+      </x:c>
+      <x:c r="D78" s="0">
+        <x:v>62.665</x:v>
+      </x:c>
+      <x:c r="E78" s="0">
+        <x:v>60.84</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="79" spans="1:5">
+      <x:c r="A79" s="1">
+        <x:v>46000.6844907407</x:v>
+      </x:c>
+      <x:c r="B79" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C79" s="0">
+        <x:v>0.17</x:v>
+      </x:c>
+      <x:c r="D79" s="0">
+        <x:v>62.065</x:v>
+      </x:c>
+      <x:c r="E79" s="0">
+        <x:v>60.258</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="80" spans="1:5">
+      <x:c r="A80" s="1">
+        <x:v>45999.8272106481</x:v>
+      </x:c>
+      <x:c r="B80" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C80" s="0">
+        <x:v>0.32</x:v>
+      </x:c>
+      <x:c r="D80" s="0">
+        <x:v>60.157</x:v>
+      </x:c>
+      <x:c r="E80" s="0">
+        <x:v>58.405</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="81" spans="1:5">
+      <x:c r="A81" s="1">
+        <x:v>45996.8263078704</x:v>
+      </x:c>
+      <x:c r="B81" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C81" s="0">
+        <x:v>0.28</x:v>
+      </x:c>
+      <x:c r="D81" s="0">
+        <x:v>60.825</x:v>
+      </x:c>
+      <x:c r="E81" s="0">
+        <x:v>59.053</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="82" spans="1:5">
+      <x:c r="A82" s="1">
+        <x:v>45996.662962963</x:v>
+      </x:c>
+      <x:c r="B82" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C82" s="0">
+        <x:v>0.4</x:v>
+      </x:c>
+      <x:c r="D82" s="0">
+        <x:v>60.992</x:v>
+      </x:c>
+      <x:c r="E82" s="0">
+        <x:v>59.216</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="83" spans="1:5">
+      <x:c r="A83" s="1">
+        <x:v>45995.8232291667</x:v>
+      </x:c>
+      <x:c r="B83" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C83" s="0">
+        <x:v>0.49</x:v>
+      </x:c>
+      <x:c r="D83" s="0">
+        <x:v>59.216</x:v>
+      </x:c>
+      <x:c r="E83" s="0">
+        <x:v>57.491</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="84" spans="1:5">
+      <x:c r="A84" s="1">
+        <x:v>45994.8237037037</x:v>
+      </x:c>
+      <x:c r="B84" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C84" s="0">
+        <x:v>0.38</x:v>
+      </x:c>
+      <x:c r="D84" s="0">
+        <x:v>60.379</x:v>
+      </x:c>
+      <x:c r="E84" s="0">
+        <x:v>58.62</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="85" spans="1:5">
+      <x:c r="A85" s="1">
+        <x:v>45993.8229398148</x:v>
+      </x:c>
+      <x:c r="B85" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C85" s="0">
+        <x:v>0.4</x:v>
+      </x:c>
+      <x:c r="D85" s="0">
+        <x:v>60.464</x:v>
+      </x:c>
+      <x:c r="E85" s="0">
+        <x:v>58.703</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="86" spans="1:5">
+      <x:c r="A86" s="1">
+        <x:v>45992.8242939815</x:v>
+      </x:c>
+      <x:c r="B86" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C86" s="0">
+        <x:v>0.34</x:v>
+      </x:c>
+      <x:c r="D86" s="0">
+        <x:v>60.916</x:v>
+      </x:c>
+      <x:c r="E86" s="0">
+        <x:v>59.142</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="87" spans="1:5">
+      <x:c r="A87" s="1">
+        <x:v>45992.7262847222</x:v>
+      </x:c>
+      <x:c r="B87" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C87" s="0">
+        <x:v>0.36</x:v>
+      </x:c>
+      <x:c r="D87" s="0">
+        <x:v>60.644</x:v>
+      </x:c>
+      <x:c r="E87" s="0">
+        <x:v>58.878</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="88" spans="1:5">
+      <x:c r="A88" s="1">
+        <x:v>45989.839375</x:v>
+      </x:c>
+      <x:c r="B88" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C88" s="0">
+        <x:v>0.66</x:v>
+      </x:c>
+      <x:c r="D88" s="0">
+        <x:v>58.878</x:v>
+      </x:c>
+      <x:c r="E88" s="0">
+        <x:v>57.163</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="89" spans="1:5">
+      <x:c r="A89" s="1">
+        <x:v>45989.6256597222</x:v>
+      </x:c>
+      <x:c r="B89" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C89" s="0">
+        <x:v>1.4</x:v>
+      </x:c>
+      <x:c r="D89" s="0">
+        <x:v>56.872</x:v>
+      </x:c>
+      <x:c r="E89" s="0">
+        <x:v>55.215</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="90" spans="1:5">
+      <x:c r="A90" s="1">
+        <x:v>45987.8265162037</x:v>
+      </x:c>
+      <x:c r="B90" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C90" s="0">
+        <x:v>2.55</x:v>
+      </x:c>
+      <x:c r="D90" s="0">
+        <x:v>55.215</x:v>
+      </x:c>
+      <x:c r="E90" s="0">
+        <x:v>53.607</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="91" spans="1:5">
+      <x:c r="A91" s="1">
+        <x:v>45987.7191782407</x:v>
+      </x:c>
+      <x:c r="B91" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C91" s="0">
+        <x:v>2.9</x:v>
+      </x:c>
+      <x:c r="D91" s="0">
+        <x:v>54.773</x:v>
+      </x:c>
+      <x:c r="E91" s="0">
+        <x:v>53.178</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="92" spans="1:5">
+      <x:c r="A92" s="1">
+        <x:v>45986.8420486111</x:v>
+      </x:c>
+      <x:c r="B92" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C92" s="0">
+        <x:v>5.27</x:v>
+      </x:c>
+      <x:c r="D92" s="0">
+        <x:v>53.178</x:v>
+      </x:c>
+      <x:c r="E92" s="0">
+        <x:v>51.629</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="93" spans="1:5">
+      <x:c r="A93" s="1">
+        <x:v>45985.8473032407</x:v>
+      </x:c>
+      <x:c r="B93" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C93" s="0">
+        <x:v>6.57</x:v>
+      </x:c>
+      <x:c r="D93" s="0">
+        <x:v>52.489</x:v>
+      </x:c>
+      <x:c r="E93" s="0">
+        <x:v>50.96</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="94" spans="1:5">
+      <x:c r="A94" s="1">
+        <x:v>45982.8240972222</x:v>
+      </x:c>
+      <x:c r="B94" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C94" s="0">
+        <x:v>7.5</x:v>
+      </x:c>
+      <x:c r="D94" s="0">
+        <x:v>52.073</x:v>
+      </x:c>
+      <x:c r="E94" s="0">
+        <x:v>49.913</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="95" spans="1:5">
+      <x:c r="A95" s="1">
+        <x:v>45981.858912037</x:v>
+      </x:c>
+      <x:c r="B95" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C95" s="0">
+        <x:v>6.73</x:v>
+      </x:c>
+      <x:c r="D95" s="0">
+        <x:v>51.81</x:v>
+      </x:c>
+      <x:c r="E95" s="0">
+        <x:v>50.301</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="96" spans="1:5">
+      <x:c r="A96" s="1">
         <x:v>45980.8244444444</x:v>
       </x:c>
-      <x:c r="B65" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C65" s="0">
+      <x:c r="B96" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C96" s="0">
         <x:v>5.79</x:v>
       </x:c>
-      <x:c r="D65" s="0">
+      <x:c r="D96" s="0">
         <x:v>52.38</x:v>
       </x:c>
-      <x:c r="E65" s="0">
+      <x:c r="E96" s="0">
         <x:v>50.854</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>