--- v4 (2026-02-08)
+++ v5 (2026-03-05)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc6c040fef09f4c54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4ba31ed60d0e49d3b436843e1861db7f.psmdcp" Id="Rdec0d48bfbb2451a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3307270c0f2d43f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f396ab666bd6439492813a2578d2b560.psmdcp" Id="R8d9fd60fa3a44ccb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>DE000BB4J4V5</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -390,1600 +390,1936 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E96"/>
+  <x:dimension ref="A1:E120"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>46059.8916898148</x:v>
+        <x:v>46080.8128587963</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>79.202</x:v>
+        <x:v>96.09</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>76.895</x:v>
+        <x:v>93.291</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>46058.8145023148</x:v>
+        <x:v>46080.6987268518</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>79.015</x:v>
+        <x:v>96.542</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>76.714</x:v>
+        <x:v>93.73</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>46058.2943981482</x:v>
+        <x:v>46080.2898611111</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>92.222</x:v>
+        <x:v>93.73</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>89.536</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>46057.8355092593</x:v>
+        <x:v>46079.8129513889</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>86.928</x:v>
+        <x:v>90.212</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>84.396</x:v>
+        <x:v>87.584</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>46057.6013888889</x:v>
+        <x:v>46078.9052314815</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>93.622</x:v>
+        <x:v>94.379</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>90.895</x:v>
+        <x:v>91.63</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>46057.2919560185</x:v>
+        <x:v>46078.2853703704</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>90.176</x:v>
+        <x:v>94.59</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>87.55</x:v>
+        <x:v>91.835</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>46056.8221759259</x:v>
+        <x:v>46077.8846180556</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>85.8</x:v>
+        <x:v>90.774</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>83.301</x:v>
+        <x:v>88.13</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>46056.4031944444</x:v>
+        <x:v>46076.8139351852</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>90.176</x:v>
+        <x:v>89.834</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>87.55</x:v>
+        <x:v>86.573</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>46056.2710648148</x:v>
+        <x:v>46076.2927083333</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>87.55</x:v>
+        <x:v>90.316</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>85</x:v>
+        <x:v>87.685</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>46055.8168981482</x:v>
+        <x:v>46073.8130092593</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>79.319</x:v>
+        <x:v>84.813</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>77.009</x:v>
+        <x:v>82.343</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>46055.4032291667</x:v>
+        <x:v>46073.6981597222</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>88.387</x:v>
+        <x:v>84.833</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>85.813</x:v>
+        <x:v>82.362</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>46055.3412384259</x:v>
+        <x:v>46073.4199189815</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>85.813</x:v>
+        <x:v>82.362</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>83.314</x:v>
+        <x:v>79.963</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>46055.2677546296</x:v>
+        <x:v>46072.8158564815</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>83.314</x:v>
+        <x:v>79.963</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>80.887</x:v>
+        <x:v>77.634</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>46052.8121296296</x:v>
+        <x:v>46071.8149768518</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>80.887</x:v>
+        <x:v>79.926</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>78.531</x:v>
+        <x:v>77.598</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>46052.2848032407</x:v>
+        <x:v>46071.6694675926</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>121.398</x:v>
+        <x:v>80.359</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>117.862</x:v>
+        <x:v>78.019</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>46051.8152314815</x:v>
+        <x:v>46071.2971759259</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>117.862</x:v>
+        <x:v>78.019</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>114.429</x:v>
+        <x:v>75.746</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>46051.2833680556</x:v>
+        <x:v>46070.8127777778</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>122.787</x:v>
+        <x:v>75.746</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>119.211</x:v>
+        <x:v>73.54</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
-        <x:v>46050.8226157407</x:v>
+        <x:v>46066.8129282407</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>116.94</x:v>
+        <x:v>80.303</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>113.534</x:v>
+        <x:v>77.964</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="1">
-        <x:v>46050.8107523148</x:v>
+        <x:v>46066.3714236111</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="D21" s="0">
-        <x:v>116.94</x:v>
+        <x:v>80.291</x:v>
       </x:c>
       <x:c r="E21" s="0">
-        <x:v>113.534</x:v>
+        <x:v>77.952</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="1">
-        <x:v>46050.2867708333</x:v>
+        <x:v>46065.8128356481</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="D22" s="0">
-        <x:v>118.45</x:v>
+        <x:v>77.952</x:v>
       </x:c>
       <x:c r="E22" s="0">
-        <x:v>115</x:v>
+        <x:v>75.682</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="1">
-        <x:v>46049.8227083333</x:v>
+        <x:v>46064.9031597222</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="D23" s="0">
-        <x:v>109.136</x:v>
+        <x:v>86.438</x:v>
       </x:c>
       <x:c r="E23" s="0">
-        <x:v>105.957</x:v>
+        <x:v>83.92</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="1">
-        <x:v>46048.8122222222</x:v>
+        <x:v>46063.8997685185</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="D24" s="0">
-        <x:v>118.969</x:v>
+        <x:v>82.796</x:v>
       </x:c>
       <x:c r="E24" s="0">
-        <x:v>115.504</x:v>
+        <x:v>80.384</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="1">
-        <x:v>46048.7535763889</x:v>
+        <x:v>46062.8130902778</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="D25" s="0">
-        <x:v>118.589</x:v>
+        <x:v>84.701</x:v>
       </x:c>
       <x:c r="E25" s="0">
-        <x:v>115.135</x:v>
+        <x:v>82.234</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="1">
-        <x:v>46045.8273148148</x:v>
+        <x:v>46062.2795138889</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="D26" s="0">
-        <x:v>104.373</x:v>
+        <x:v>84.408</x:v>
       </x:c>
       <x:c r="E26" s="0">
-        <x:v>101.333</x:v>
+        <x:v>81.95</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="1">
-        <x:v>46045.2787615741</x:v>
+        <x:v>46059.8916898148</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="D27" s="0">
-        <x:v>102.241</x:v>
+        <x:v>79.202</x:v>
       </x:c>
       <x:c r="E27" s="0">
-        <x:v>99.263</x:v>
+        <x:v>76.895</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="1">
-        <x:v>46044.8500231481</x:v>
+        <x:v>46058.8145023148</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="D28" s="0">
-        <x:v>99.263</x:v>
+        <x:v>79.015</x:v>
       </x:c>
       <x:c r="E28" s="0">
-        <x:v>96.372</x:v>
+        <x:v>76.714</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="1">
-        <x:v>46044.6993402778</x:v>
+        <x:v>46058.2943981482</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
-      <x:c r="C29" s="0">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D29" s="0">
-        <x:v>98.293</x:v>
+        <x:v>92.222</x:v>
       </x:c>
       <x:c r="E29" s="0">
-        <x:v>95.43</x:v>
+        <x:v>89.536</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="1">
-        <x:v>46043.8259259259</x:v>
+        <x:v>46057.8355092593</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
-      <x:c r="C30" s="0">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D30" s="0">
-        <x:v>95.416</x:v>
+        <x:v>86.928</x:v>
       </x:c>
       <x:c r="E30" s="0">
-        <x:v>92.637</x:v>
+        <x:v>84.396</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="1">
-        <x:v>46042.8283333333</x:v>
+        <x:v>46057.6013888889</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
-      <x:c r="C31" s="0">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D31" s="0">
-        <x:v>97.475</x:v>
+        <x:v>93.622</x:v>
       </x:c>
       <x:c r="E31" s="0">
-        <x:v>94.636</x:v>
+        <x:v>90.895</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="1">
-        <x:v>46042.2832291667</x:v>
+        <x:v>46057.2919560185</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
-      <x:c r="C32" s="0">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D32" s="0">
-        <x:v>93.929</x:v>
+        <x:v>90.176</x:v>
       </x:c>
       <x:c r="E32" s="0">
-        <x:v>91.193</x:v>
+        <x:v>87.55</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="1">
-        <x:v>46041.2891319444</x:v>
+        <x:v>46056.8221759259</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
-      <x:c r="C33" s="0">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D33" s="0">
-        <x:v>93.929</x:v>
+        <x:v>85.8</x:v>
       </x:c>
       <x:c r="E33" s="0">
-        <x:v>91.193</x:v>
+        <x:v>83.301</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="1">
-        <x:v>46038.8262615741</x:v>
+        <x:v>46056.4031944444</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
-      <x:c r="C34" s="0">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D34" s="0">
-        <x:v>91.193</x:v>
+        <x:v>90.176</x:v>
       </x:c>
       <x:c r="E34" s="0">
-        <x:v>88.537</x:v>
+        <x:v>87.55</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="1">
-        <x:v>46037.8245717593</x:v>
+        <x:v>46056.2710648148</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
-      <x:c r="C35" s="0">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D35" s="0">
-        <x:v>95.117</x:v>
+        <x:v>87.55</x:v>
       </x:c>
       <x:c r="E35" s="0">
-        <x:v>92.347</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="1">
-        <x:v>46036.810162037</x:v>
+        <x:v>46055.8168981482</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
-      <x:c r="C36" s="0">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D36" s="0">
-        <x:v>94.127</x:v>
+        <x:v>79.319</x:v>
       </x:c>
       <x:c r="E36" s="0">
-        <x:v>91.385</x:v>
+        <x:v>77.009</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="1">
-        <x:v>46036.3234259259</x:v>
+        <x:v>46055.4032291667</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
-      <x:c r="C37" s="0">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D37" s="0">
-        <x:v>93.833</x:v>
+        <x:v>88.387</x:v>
       </x:c>
       <x:c r="E37" s="0">
-        <x:v>91.1</x:v>
+        <x:v>85.813</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="1">
-        <x:v>46035.8275810185</x:v>
+        <x:v>46055.3412384259</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
-      <x:c r="C38" s="0">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D38" s="0">
-        <x:v>88.928</x:v>
+        <x:v>85.813</x:v>
       </x:c>
       <x:c r="E38" s="0">
-        <x:v>86.338</x:v>
+        <x:v>83.314</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="1">
-        <x:v>46035.6125694444</x:v>
+        <x:v>46055.2677546296</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
-      <x:c r="C39" s="0">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D39" s="0">
-        <x:v>90.382</x:v>
+        <x:v>83.314</x:v>
       </x:c>
       <x:c r="E39" s="0">
-        <x:v>87.75</x:v>
+        <x:v>80.887</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="1">
-        <x:v>46034.8259375</x:v>
+        <x:v>46052.8121296296</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
-      <x:c r="C40" s="0">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D40" s="0">
-        <x:v>87.644</x:v>
+        <x:v>80.887</x:v>
       </x:c>
       <x:c r="E40" s="0">
-        <x:v>85.091</x:v>
+        <x:v>78.531</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="1">
-        <x:v>46034.2909027778</x:v>
+        <x:v>46052.2848032407</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
-      <x:c r="C41" s="0">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D41" s="0">
-        <x:v>82.112</x:v>
+        <x:v>121.398</x:v>
       </x:c>
       <x:c r="E41" s="0">
-        <x:v>79.72</x:v>
+        <x:v>117.862</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="1">
-        <x:v>46031.8203703704</x:v>
+        <x:v>46051.8152314815</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
-      <x:c r="C42" s="0">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D42" s="0">
-        <x:v>81.721</x:v>
+        <x:v>117.862</x:v>
       </x:c>
       <x:c r="E42" s="0">
-        <x:v>79.341</x:v>
+        <x:v>114.429</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="1">
-        <x:v>46031.6831944444</x:v>
+        <x:v>46051.2833680556</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
-      <x:c r="C43" s="0">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D43" s="0">
-        <x:v>82.112</x:v>
+        <x:v>122.787</x:v>
       </x:c>
       <x:c r="E43" s="0">
-        <x:v>79.72</x:v>
+        <x:v>119.211</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="1">
-        <x:v>46031.3791550926</x:v>
+        <x:v>46050.8226157407</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
-      <x:c r="C44" s="0">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D44" s="0">
-        <x:v>79.72</x:v>
+        <x:v>116.94</x:v>
       </x:c>
       <x:c r="E44" s="0">
-        <x:v>77.398</x:v>
+        <x:v>113.534</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="1">
-        <x:v>46030.8103240741</x:v>
+        <x:v>46050.8107523148</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
-      <x:c r="C45" s="0">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D45" s="0">
-        <x:v>77.398</x:v>
+        <x:v>116.94</x:v>
       </x:c>
       <x:c r="E45" s="0">
-        <x:v>75.144</x:v>
+        <x:v>113.534</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="1">
-        <x:v>46029.8148842593</x:v>
+        <x:v>46050.2867708333</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
-      <x:c r="C46" s="0">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D46" s="0">
-        <x:v>79.941</x:v>
+        <x:v>118.45</x:v>
       </x:c>
       <x:c r="E46" s="0">
-        <x:v>77.613</x:v>
+        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="1">
-        <x:v>46028.811099537</x:v>
+        <x:v>46049.8227083333</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
-      <x:c r="C47" s="0">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D47" s="0">
-        <x:v>83.47</x:v>
+        <x:v>109.136</x:v>
       </x:c>
       <x:c r="E47" s="0">
-        <x:v>81.039</x:v>
+        <x:v>105.957</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5">
       <x:c r="A48" s="1">
-        <x:v>46028.7885185185</x:v>
+        <x:v>46048.8122222222</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
-      <x:c r="C48" s="0">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D48" s="0">
-        <x:v>83.765</x:v>
+        <x:v>118.969</x:v>
       </x:c>
       <x:c r="E48" s="0">
-        <x:v>81.325</x:v>
+        <x:v>115.504</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
       <x:c r="A49" s="1">
-        <x:v>46028.325474537</x:v>
+        <x:v>46048.7535763889</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
-      <x:c r="C49" s="0">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D49" s="0">
-        <x:v>81.325</x:v>
+        <x:v>118.589</x:v>
       </x:c>
       <x:c r="E49" s="0">
-        <x:v>78.957</x:v>
+        <x:v>115.135</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5">
       <x:c r="A50" s="1">
-        <x:v>46027.8181944444</x:v>
+        <x:v>46045.8273148148</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
-      <x:c r="C50" s="0">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D50" s="0">
-        <x:v>78.957</x:v>
+        <x:v>104.373</x:v>
       </x:c>
       <x:c r="E50" s="0">
-        <x:v>76.657</x:v>
+        <x:v>101.333</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5">
       <x:c r="A51" s="1">
-        <x:v>46027.7427314815</x:v>
+        <x:v>46045.2787615741</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
-      <x:c r="C51" s="0">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D51" s="0">
-        <x:v>79.748</x:v>
+        <x:v>102.241</x:v>
       </x:c>
       <x:c r="E51" s="0">
-        <x:v>77.425</x:v>
+        <x:v>99.263</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5">
       <x:c r="A52" s="1">
-        <x:v>46027.3170486111</x:v>
+        <x:v>46044.8500231481</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
-      <x:c r="C52" s="0">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D52" s="0">
-        <x:v>77.425</x:v>
+        <x:v>99.263</x:v>
       </x:c>
       <x:c r="E52" s="0">
-        <x:v>75.17</x:v>
+        <x:v>96.372</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5">
       <x:c r="A53" s="1">
-        <x:v>46024.8229976852</x:v>
+        <x:v>46044.6993402778</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C53" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D53" s="0">
-        <x:v>73.146</x:v>
+        <x:v>98.293</x:v>
       </x:c>
       <x:c r="E53" s="0">
-        <x:v>71.015</x:v>
+        <x:v>95.43</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5">
       <x:c r="A54" s="1">
-        <x:v>46021.8342708333</x:v>
+        <x:v>46043.8259259259</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C54" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D54" s="0">
-        <x:v>80.257</x:v>
+        <x:v>95.416</x:v>
       </x:c>
       <x:c r="E54" s="0">
-        <x:v>77.919</x:v>
+        <x:v>92.637</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5">
       <x:c r="A55" s="1">
-        <x:v>46021.7486689815</x:v>
+        <x:v>46042.8283333333</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C55" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D55" s="0">
-        <x:v>79.037</x:v>
+        <x:v>97.475</x:v>
       </x:c>
       <x:c r="E55" s="0">
-        <x:v>76.735</x:v>
+        <x:v>94.636</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5">
       <x:c r="A56" s="1">
-        <x:v>46021.3114467593</x:v>
+        <x:v>46042.2832291667</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C56" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D56" s="0">
-        <x:v>76.735</x:v>
+        <x:v>93.929</x:v>
       </x:c>
       <x:c r="E56" s="0">
-        <x:v>74.5</x:v>
+        <x:v>91.193</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:5">
       <x:c r="A57" s="1">
-        <x:v>46020.8393171296</x:v>
+        <x:v>46041.2891319444</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C57" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D57" s="0">
-        <x:v>72.574</x:v>
+        <x:v>93.929</x:v>
       </x:c>
       <x:c r="E57" s="0">
-        <x:v>70.46</x:v>
+        <x:v>91.193</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:5">
       <x:c r="A58" s="1">
-        <x:v>46020.366087963</x:v>
+        <x:v>46038.8262615741</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C58" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D58" s="0">
-        <x:v>84.949</x:v>
+        <x:v>91.193</x:v>
       </x:c>
       <x:c r="E58" s="0">
-        <x:v>82.474</x:v>
+        <x:v>88.537</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:5">
       <x:c r="A59" s="1">
-        <x:v>46020.3121643519</x:v>
+        <x:v>46037.8245717593</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C59" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D59" s="0">
-        <x:v>82.474</x:v>
+        <x:v>95.117</x:v>
       </x:c>
       <x:c r="E59" s="0">
-        <x:v>80.072</x:v>
+        <x:v>92.347</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:5">
       <x:c r="A60" s="1">
-        <x:v>46017.8088773148</x:v>
+        <x:v>46036.810162037</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C60" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D60" s="0">
-        <x:v>80.072</x:v>
+        <x:v>94.127</x:v>
       </x:c>
       <x:c r="E60" s="0">
-        <x:v>77.74</x:v>
+        <x:v>91.385</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:5">
       <x:c r="A61" s="1">
-        <x:v>46017.3034490741</x:v>
+        <x:v>46036.3234259259</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C61" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D61" s="0">
-        <x:v>77.25</x:v>
+        <x:v>93.833</x:v>
       </x:c>
       <x:c r="E61" s="0">
-        <x:v>75</x:v>
+        <x:v>91.1</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:5">
       <x:c r="A62" s="1">
-        <x:v>46014.8341898148</x:v>
+        <x:v>46035.8275810185</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C62" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D62" s="0">
-        <x:v>73.271</x:v>
+        <x:v>88.928</x:v>
       </x:c>
       <x:c r="E62" s="0">
-        <x:v>71.137</x:v>
+        <x:v>86.338</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:5">
       <x:c r="A63" s="1">
-        <x:v>46014.6006944444</x:v>
+        <x:v>46035.6125694444</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C63" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D63" s="0">
-        <x:v>72.741</x:v>
+        <x:v>90.382</x:v>
       </x:c>
       <x:c r="E63" s="0">
-        <x:v>70.622</x:v>
+        <x:v>87.75</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:5">
       <x:c r="A64" s="1">
-        <x:v>46013.830787037</x:v>
+        <x:v>46034.8259375</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C64" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D64" s="0">
-        <x:v>70.622</x:v>
+        <x:v>87.644</x:v>
       </x:c>
       <x:c r="E64" s="0">
-        <x:v>68.565</x:v>
+        <x:v>85.091</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:5">
       <x:c r="A65" s="1">
-        <x:v>46013.2686805556</x:v>
+        <x:v>46034.2909027778</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C65" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D65" s="0">
-        <x:v>69.261</x:v>
+        <x:v>82.112</x:v>
       </x:c>
       <x:c r="E65" s="0">
-        <x:v>67.243</x:v>
+        <x:v>79.72</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:5">
       <x:c r="A66" s="1">
-        <x:v>46010.8267476852</x:v>
+        <x:v>46031.8203703704</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C66" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D66" s="0">
-        <x:v>69.514</x:v>
+        <x:v>81.721</x:v>
       </x:c>
       <x:c r="E66" s="0">
-        <x:v>67.489</x:v>
+        <x:v>79.341</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:5">
       <x:c r="A67" s="1">
-        <x:v>46010.7093981481</x:v>
+        <x:v>46031.6831944444</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C67" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D67" s="0">
-        <x:v>69.261</x:v>
+        <x:v>82.112</x:v>
       </x:c>
       <x:c r="E67" s="0">
-        <x:v>67.243</x:v>
+        <x:v>79.72</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:5">
       <x:c r="A68" s="1">
-        <x:v>46009.8283333333</x:v>
+        <x:v>46031.3791550926</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C68" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D68" s="0">
-        <x:v>67.176</x:v>
+        <x:v>79.72</x:v>
       </x:c>
       <x:c r="E68" s="0">
-        <x:v>65.219</x:v>
+        <x:v>77.398</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:5">
       <x:c r="A69" s="1">
-        <x:v>46008.8262962963</x:v>
+        <x:v>46030.8103240741</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C69" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D69" s="0">
-        <x:v>68.908</x:v>
+        <x:v>77.398</x:v>
       </x:c>
       <x:c r="E69" s="0">
-        <x:v>66.901</x:v>
+        <x:v>75.144</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:5">
       <x:c r="A70" s="1">
-        <x:v>46008.313587963</x:v>
+        <x:v>46029.8148842593</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C70" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D70" s="0">
-        <x:v>68.245</x:v>
+        <x:v>79.941</x:v>
       </x:c>
       <x:c r="E70" s="0">
-        <x:v>66.258</x:v>
+        <x:v>77.613</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:5">
       <x:c r="A71" s="1">
-        <x:v>46007.8233564815</x:v>
+        <x:v>46028.811099537</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C71" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D71" s="0">
-        <x:v>65.223</x:v>
+        <x:v>83.47</x:v>
       </x:c>
       <x:c r="E71" s="0">
-        <x:v>63.323</x:v>
+        <x:v>81.039</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:5">
       <x:c r="A72" s="1">
-        <x:v>46006.8309722222</x:v>
+        <x:v>46028.7885185185</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C72" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D72" s="0">
-        <x:v>65.497</x:v>
+        <x:v>83.765</x:v>
       </x:c>
       <x:c r="E72" s="0">
-        <x:v>63.589</x:v>
+        <x:v>81.325</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:5">
       <x:c r="A73" s="1">
-        <x:v>46006.4087731481</x:v>
+        <x:v>46028.325474537</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C73" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D73" s="0">
-        <x:v>65.803</x:v>
+        <x:v>81.325</x:v>
       </x:c>
       <x:c r="E73" s="0">
-        <x:v>63.886</x:v>
+        <x:v>78.957</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:5">
       <x:c r="A74" s="1">
-        <x:v>46003.8253125</x:v>
+        <x:v>46027.8181944444</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C74" s="0">
-        <x:v>0.12</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D74" s="0">
-        <x:v>63.867</x:v>
+        <x:v>78.957</x:v>
       </x:c>
       <x:c r="E74" s="0">
-        <x:v>62.007</x:v>
+        <x:v>76.657</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:5">
       <x:c r="A75" s="1">
-        <x:v>46002.8233564815</x:v>
+        <x:v>46027.7427314815</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C75" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D75" s="0">
-        <x:v>66.53</x:v>
+        <x:v>79.748</x:v>
       </x:c>
       <x:c r="E75" s="0">
-        <x:v>64.592</x:v>
+        <x:v>77.425</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:5">
       <x:c r="A76" s="1">
-        <x:v>46002.3244791667</x:v>
+        <x:v>46027.3170486111</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C76" s="0">
-        <x:v>0.08</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D76" s="0">
-        <x:v>64.746</x:v>
+        <x:v>77.425</x:v>
       </x:c>
       <x:c r="E76" s="0">
-        <x:v>62.86</x:v>
+        <x:v>75.17</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:5">
       <x:c r="A77" s="1">
-        <x:v>46001.824849537</x:v>
+        <x:v>46024.8229976852</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C77" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D77" s="0">
-        <x:v>62.86</x:v>
+        <x:v>73.146</x:v>
       </x:c>
       <x:c r="E77" s="0">
-        <x:v>61.029</x:v>
+        <x:v>71.015</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:5">
       <x:c r="A78" s="1">
-        <x:v>46000.8228009259</x:v>
+        <x:v>46021.8342708333</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C78" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D78" s="0">
-        <x:v>62.665</x:v>
+        <x:v>80.257</x:v>
       </x:c>
       <x:c r="E78" s="0">
-        <x:v>60.84</x:v>
+        <x:v>77.919</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:5">
       <x:c r="A79" s="1">
-        <x:v>46000.6844907407</x:v>
+        <x:v>46021.7486689815</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C79" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D79" s="0">
-        <x:v>62.065</x:v>
+        <x:v>79.037</x:v>
       </x:c>
       <x:c r="E79" s="0">
-        <x:v>60.258</x:v>
+        <x:v>76.735</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:5">
       <x:c r="A80" s="1">
-        <x:v>45999.8272106481</x:v>
+        <x:v>46021.3114467593</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C80" s="0">
-        <x:v>0.32</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D80" s="0">
-        <x:v>60.157</x:v>
+        <x:v>76.735</x:v>
       </x:c>
       <x:c r="E80" s="0">
-        <x:v>58.405</x:v>
+        <x:v>74.5</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:5">
       <x:c r="A81" s="1">
-        <x:v>45996.8263078704</x:v>
+        <x:v>46020.8393171296</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C81" s="0">
-        <x:v>0.28</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D81" s="0">
-        <x:v>60.825</x:v>
+        <x:v>72.574</x:v>
       </x:c>
       <x:c r="E81" s="0">
-        <x:v>59.053</x:v>
+        <x:v>70.46</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:5">
       <x:c r="A82" s="1">
-        <x:v>45996.662962963</x:v>
+        <x:v>46020.366087963</x:v>
       </x:c>
       <x:c r="B82" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C82" s="0">
-        <x:v>0.4</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D82" s="0">
-        <x:v>60.992</x:v>
+        <x:v>84.949</x:v>
       </x:c>
       <x:c r="E82" s="0">
-        <x:v>59.216</x:v>
+        <x:v>82.474</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:5">
       <x:c r="A83" s="1">
-        <x:v>45995.8232291667</x:v>
+        <x:v>46020.3121643519</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C83" s="0">
-        <x:v>0.49</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D83" s="0">
-        <x:v>59.216</x:v>
+        <x:v>82.474</x:v>
       </x:c>
       <x:c r="E83" s="0">
-        <x:v>57.491</x:v>
+        <x:v>80.072</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:5">
       <x:c r="A84" s="1">
-        <x:v>45994.8237037037</x:v>
+        <x:v>46017.8088773148</x:v>
       </x:c>
       <x:c r="B84" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C84" s="0">
-        <x:v>0.38</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D84" s="0">
-        <x:v>60.379</x:v>
+        <x:v>80.072</x:v>
       </x:c>
       <x:c r="E84" s="0">
-        <x:v>58.62</x:v>
+        <x:v>77.74</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:5">
       <x:c r="A85" s="1">
-        <x:v>45993.8229398148</x:v>
+        <x:v>46017.3034490741</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C85" s="0">
-        <x:v>0.4</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D85" s="0">
-        <x:v>60.464</x:v>
+        <x:v>77.25</x:v>
       </x:c>
       <x:c r="E85" s="0">
-        <x:v>58.703</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:5">
       <x:c r="A86" s="1">
-        <x:v>45992.8242939815</x:v>
+        <x:v>46014.8341898148</x:v>
       </x:c>
       <x:c r="B86" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C86" s="0">
-        <x:v>0.34</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D86" s="0">
-        <x:v>60.916</x:v>
+        <x:v>73.271</x:v>
       </x:c>
       <x:c r="E86" s="0">
-        <x:v>59.142</x:v>
+        <x:v>71.137</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:5">
       <x:c r="A87" s="1">
-        <x:v>45992.7262847222</x:v>
+        <x:v>46014.6006944444</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C87" s="0">
-        <x:v>0.36</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D87" s="0">
-        <x:v>60.644</x:v>
+        <x:v>72.741</x:v>
       </x:c>
       <x:c r="E87" s="0">
-        <x:v>58.878</x:v>
+        <x:v>70.622</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:5">
       <x:c r="A88" s="1">
-        <x:v>45989.839375</x:v>
+        <x:v>46013.830787037</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C88" s="0">
-        <x:v>0.66</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D88" s="0">
-        <x:v>58.878</x:v>
+        <x:v>70.622</x:v>
       </x:c>
       <x:c r="E88" s="0">
-        <x:v>57.163</x:v>
+        <x:v>68.565</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:5">
       <x:c r="A89" s="1">
-        <x:v>45989.6256597222</x:v>
+        <x:v>46013.2686805556</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C89" s="0">
-        <x:v>1.4</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D89" s="0">
-        <x:v>56.872</x:v>
+        <x:v>69.261</x:v>
       </x:c>
       <x:c r="E89" s="0">
-        <x:v>55.215</x:v>
+        <x:v>67.243</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:5">
       <x:c r="A90" s="1">
-        <x:v>45987.8265162037</x:v>
+        <x:v>46010.8267476852</x:v>
       </x:c>
       <x:c r="B90" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C90" s="0">
-        <x:v>2.55</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D90" s="0">
-        <x:v>55.215</x:v>
+        <x:v>69.514</x:v>
       </x:c>
       <x:c r="E90" s="0">
-        <x:v>53.607</x:v>
+        <x:v>67.489</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:5">
       <x:c r="A91" s="1">
-        <x:v>45987.7191782407</x:v>
+        <x:v>46010.7093981481</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C91" s="0">
-        <x:v>2.9</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D91" s="0">
-        <x:v>54.773</x:v>
+        <x:v>69.261</x:v>
       </x:c>
       <x:c r="E91" s="0">
-        <x:v>53.178</x:v>
+        <x:v>67.243</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:5">
       <x:c r="A92" s="1">
-        <x:v>45986.8420486111</x:v>
+        <x:v>46009.8283333333</x:v>
       </x:c>
       <x:c r="B92" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C92" s="0">
-        <x:v>5.27</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D92" s="0">
-        <x:v>53.178</x:v>
+        <x:v>67.176</x:v>
       </x:c>
       <x:c r="E92" s="0">
-        <x:v>51.629</x:v>
+        <x:v>65.219</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:5">
       <x:c r="A93" s="1">
-        <x:v>45985.8473032407</x:v>
+        <x:v>46008.8262962963</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C93" s="0">
-        <x:v>6.57</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D93" s="0">
-        <x:v>52.489</x:v>
+        <x:v>68.908</x:v>
       </x:c>
       <x:c r="E93" s="0">
-        <x:v>50.96</x:v>
+        <x:v>66.901</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:5">
       <x:c r="A94" s="1">
-        <x:v>45982.8240972222</x:v>
+        <x:v>46008.313587963</x:v>
       </x:c>
       <x:c r="B94" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C94" s="0">
-        <x:v>7.5</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D94" s="0">
-        <x:v>52.073</x:v>
+        <x:v>68.245</x:v>
       </x:c>
       <x:c r="E94" s="0">
-        <x:v>49.913</x:v>
+        <x:v>66.258</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:5">
       <x:c r="A95" s="1">
-        <x:v>45981.858912037</x:v>
+        <x:v>46007.8233564815</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C95" s="0">
-        <x:v>6.73</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D95" s="0">
-        <x:v>51.81</x:v>
+        <x:v>65.223</x:v>
       </x:c>
       <x:c r="E95" s="0">
-        <x:v>50.301</x:v>
+        <x:v>63.323</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:5">
       <x:c r="A96" s="1">
+        <x:v>46006.8309722222</x:v>
+      </x:c>
+      <x:c r="B96" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C96" s="0">
+        <x:v>0.04</x:v>
+      </x:c>
+      <x:c r="D96" s="0">
+        <x:v>65.497</x:v>
+      </x:c>
+      <x:c r="E96" s="0">
+        <x:v>63.589</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="97" spans="1:5">
+      <x:c r="A97" s="1">
+        <x:v>46006.4087731481</x:v>
+      </x:c>
+      <x:c r="B97" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C97" s="0">
+        <x:v>0.04</x:v>
+      </x:c>
+      <x:c r="D97" s="0">
+        <x:v>65.803</x:v>
+      </x:c>
+      <x:c r="E97" s="0">
+        <x:v>63.886</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="98" spans="1:5">
+      <x:c r="A98" s="1">
+        <x:v>46003.8253125</x:v>
+      </x:c>
+      <x:c r="B98" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C98" s="0">
+        <x:v>0.12</x:v>
+      </x:c>
+      <x:c r="D98" s="0">
+        <x:v>63.867</x:v>
+      </x:c>
+      <x:c r="E98" s="0">
+        <x:v>62.007</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="99" spans="1:5">
+      <x:c r="A99" s="1">
+        <x:v>46002.8233564815</x:v>
+      </x:c>
+      <x:c r="B99" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C99" s="0">
+        <x:v>0.05</x:v>
+      </x:c>
+      <x:c r="D99" s="0">
+        <x:v>66.53</x:v>
+      </x:c>
+      <x:c r="E99" s="0">
+        <x:v>64.592</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="100" spans="1:5">
+      <x:c r="A100" s="1">
+        <x:v>46002.3244791667</x:v>
+      </x:c>
+      <x:c r="B100" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C100" s="0">
+        <x:v>0.08</x:v>
+      </x:c>
+      <x:c r="D100" s="0">
+        <x:v>64.746</x:v>
+      </x:c>
+      <x:c r="E100" s="0">
+        <x:v>62.86</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="101" spans="1:5">
+      <x:c r="A101" s="1">
+        <x:v>46001.824849537</x:v>
+      </x:c>
+      <x:c r="B101" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C101" s="0">
+        <x:v>0.16</x:v>
+      </x:c>
+      <x:c r="D101" s="0">
+        <x:v>62.86</x:v>
+      </x:c>
+      <x:c r="E101" s="0">
+        <x:v>61.029</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="102" spans="1:5">
+      <x:c r="A102" s="1">
+        <x:v>46000.8228009259</x:v>
+      </x:c>
+      <x:c r="B102" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C102" s="0">
+        <x:v>0.15</x:v>
+      </x:c>
+      <x:c r="D102" s="0">
+        <x:v>62.665</x:v>
+      </x:c>
+      <x:c r="E102" s="0">
+        <x:v>60.84</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="103" spans="1:5">
+      <x:c r="A103" s="1">
+        <x:v>46000.6844907407</x:v>
+      </x:c>
+      <x:c r="B103" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C103" s="0">
+        <x:v>0.17</x:v>
+      </x:c>
+      <x:c r="D103" s="0">
+        <x:v>62.065</x:v>
+      </x:c>
+      <x:c r="E103" s="0">
+        <x:v>60.258</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="104" spans="1:5">
+      <x:c r="A104" s="1">
+        <x:v>45999.8272106481</x:v>
+      </x:c>
+      <x:c r="B104" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C104" s="0">
+        <x:v>0.32</x:v>
+      </x:c>
+      <x:c r="D104" s="0">
+        <x:v>60.157</x:v>
+      </x:c>
+      <x:c r="E104" s="0">
+        <x:v>58.405</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="105" spans="1:5">
+      <x:c r="A105" s="1">
+        <x:v>45996.8263078704</x:v>
+      </x:c>
+      <x:c r="B105" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C105" s="0">
+        <x:v>0.28</x:v>
+      </x:c>
+      <x:c r="D105" s="0">
+        <x:v>60.825</x:v>
+      </x:c>
+      <x:c r="E105" s="0">
+        <x:v>59.053</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="106" spans="1:5">
+      <x:c r="A106" s="1">
+        <x:v>45996.662962963</x:v>
+      </x:c>
+      <x:c r="B106" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C106" s="0">
+        <x:v>0.4</x:v>
+      </x:c>
+      <x:c r="D106" s="0">
+        <x:v>60.992</x:v>
+      </x:c>
+      <x:c r="E106" s="0">
+        <x:v>59.216</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="107" spans="1:5">
+      <x:c r="A107" s="1">
+        <x:v>45995.8232291667</x:v>
+      </x:c>
+      <x:c r="B107" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C107" s="0">
+        <x:v>0.49</x:v>
+      </x:c>
+      <x:c r="D107" s="0">
+        <x:v>59.216</x:v>
+      </x:c>
+      <x:c r="E107" s="0">
+        <x:v>57.491</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="108" spans="1:5">
+      <x:c r="A108" s="1">
+        <x:v>45994.8237037037</x:v>
+      </x:c>
+      <x:c r="B108" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C108" s="0">
+        <x:v>0.38</x:v>
+      </x:c>
+      <x:c r="D108" s="0">
+        <x:v>60.379</x:v>
+      </x:c>
+      <x:c r="E108" s="0">
+        <x:v>58.62</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="109" spans="1:5">
+      <x:c r="A109" s="1">
+        <x:v>45993.8229398148</x:v>
+      </x:c>
+      <x:c r="B109" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C109" s="0">
+        <x:v>0.4</x:v>
+      </x:c>
+      <x:c r="D109" s="0">
+        <x:v>60.464</x:v>
+      </x:c>
+      <x:c r="E109" s="0">
+        <x:v>58.703</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="110" spans="1:5">
+      <x:c r="A110" s="1">
+        <x:v>45992.8242939815</x:v>
+      </x:c>
+      <x:c r="B110" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C110" s="0">
+        <x:v>0.34</x:v>
+      </x:c>
+      <x:c r="D110" s="0">
+        <x:v>60.916</x:v>
+      </x:c>
+      <x:c r="E110" s="0">
+        <x:v>59.142</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="111" spans="1:5">
+      <x:c r="A111" s="1">
+        <x:v>45992.7262847222</x:v>
+      </x:c>
+      <x:c r="B111" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C111" s="0">
+        <x:v>0.36</x:v>
+      </x:c>
+      <x:c r="D111" s="0">
+        <x:v>60.644</x:v>
+      </x:c>
+      <x:c r="E111" s="0">
+        <x:v>58.878</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="112" spans="1:5">
+      <x:c r="A112" s="1">
+        <x:v>45989.839375</x:v>
+      </x:c>
+      <x:c r="B112" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C112" s="0">
+        <x:v>0.66</x:v>
+      </x:c>
+      <x:c r="D112" s="0">
+        <x:v>58.878</x:v>
+      </x:c>
+      <x:c r="E112" s="0">
+        <x:v>57.163</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="113" spans="1:5">
+      <x:c r="A113" s="1">
+        <x:v>45989.6256597222</x:v>
+      </x:c>
+      <x:c r="B113" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C113" s="0">
+        <x:v>1.4</x:v>
+      </x:c>
+      <x:c r="D113" s="0">
+        <x:v>56.872</x:v>
+      </x:c>
+      <x:c r="E113" s="0">
+        <x:v>55.215</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="114" spans="1:5">
+      <x:c r="A114" s="1">
+        <x:v>45987.8265162037</x:v>
+      </x:c>
+      <x:c r="B114" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C114" s="0">
+        <x:v>2.55</x:v>
+      </x:c>
+      <x:c r="D114" s="0">
+        <x:v>55.215</x:v>
+      </x:c>
+      <x:c r="E114" s="0">
+        <x:v>53.607</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="115" spans="1:5">
+      <x:c r="A115" s="1">
+        <x:v>45987.7191782407</x:v>
+      </x:c>
+      <x:c r="B115" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C115" s="0">
+        <x:v>2.9</x:v>
+      </x:c>
+      <x:c r="D115" s="0">
+        <x:v>54.773</x:v>
+      </x:c>
+      <x:c r="E115" s="0">
+        <x:v>53.178</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="116" spans="1:5">
+      <x:c r="A116" s="1">
+        <x:v>45986.8420486111</x:v>
+      </x:c>
+      <x:c r="B116" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C116" s="0">
+        <x:v>5.27</x:v>
+      </x:c>
+      <x:c r="D116" s="0">
+        <x:v>53.178</x:v>
+      </x:c>
+      <x:c r="E116" s="0">
+        <x:v>51.629</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="117" spans="1:5">
+      <x:c r="A117" s="1">
+        <x:v>45985.8473032407</x:v>
+      </x:c>
+      <x:c r="B117" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C117" s="0">
+        <x:v>6.57</x:v>
+      </x:c>
+      <x:c r="D117" s="0">
+        <x:v>52.489</x:v>
+      </x:c>
+      <x:c r="E117" s="0">
+        <x:v>50.96</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="118" spans="1:5">
+      <x:c r="A118" s="1">
+        <x:v>45982.8240972222</x:v>
+      </x:c>
+      <x:c r="B118" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C118" s="0">
+        <x:v>7.5</x:v>
+      </x:c>
+      <x:c r="D118" s="0">
+        <x:v>52.073</x:v>
+      </x:c>
+      <x:c r="E118" s="0">
+        <x:v>49.913</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="119" spans="1:5">
+      <x:c r="A119" s="1">
+        <x:v>45981.858912037</x:v>
+      </x:c>
+      <x:c r="B119" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C119" s="0">
+        <x:v>6.73</x:v>
+      </x:c>
+      <x:c r="D119" s="0">
+        <x:v>51.81</x:v>
+      </x:c>
+      <x:c r="E119" s="0">
+        <x:v>50.301</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="120" spans="1:5">
+      <x:c r="A120" s="1">
         <x:v>45980.8244444444</x:v>
       </x:c>
-      <x:c r="B96" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C96" s="0">
+      <x:c r="B120" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C120" s="0">
         <x:v>5.79</x:v>
       </x:c>
-      <x:c r="D96" s="0">
+      <x:c r="D120" s="0">
         <x:v>52.38</x:v>
       </x:c>
-      <x:c r="E96" s="0">
+      <x:c r="E120" s="0">
         <x:v>50.854</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>