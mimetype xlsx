--- v0 (2025-11-07)
+++ v1 (2025-12-05)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac0e76543eb44780" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d841a94301a94c1884a6c9720410583a.psmdcp" Id="Re469dab516ac447a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rccb9dd53680242cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/88abdf990b64464cbe3bcdd7165558ec.psmdcp" Id="R822760e045ba4120" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>DE000BB4GEV2</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -390,114 +390,692 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E4"/>
+  <x:dimension ref="A1:E38"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>45967.9277893519</x:v>
+        <x:v>45995.9303009259</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
-        <x:v>7.28</x:v>
+        <x:v>4.21</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>26637.844</x:v>
+        <x:v>27115.2</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>25130.042</x:v>
+        <x:v>25581.7</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
+        <x:v>45995.3278587963</x:v>
+      </x:c>
+      <x:c r="B4" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C4" s="0">
+        <x:v>4.14</x:v>
+      </x:c>
+      <x:c r="D4" s="0">
+        <x:v>27141.53</x:v>
+      </x:c>
+      <x:c r="E4" s="0">
+        <x:v>25606.54</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5" spans="1:5">
+      <x:c r="A5" s="1">
+        <x:v>45994.9276967593</x:v>
+      </x:c>
+      <x:c r="B5" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C5" s="0">
+        <x:v>4.15</x:v>
+      </x:c>
+      <x:c r="D5" s="0">
+        <x:v>27141.424</x:v>
+      </x:c>
+      <x:c r="E5" s="0">
+        <x:v>25606.54</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="6" spans="1:5">
+      <x:c r="A6" s="1">
+        <x:v>45994.3371875</x:v>
+      </x:c>
+      <x:c r="B6" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C6" s="0">
+        <x:v>4.15</x:v>
+      </x:c>
+      <x:c r="D6" s="0">
+        <x:v>27087.704</x:v>
+      </x:c>
+      <x:c r="E6" s="0">
+        <x:v>25555.86</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="7" spans="1:5">
+      <x:c r="A7" s="1">
+        <x:v>45993.9303240741</x:v>
+      </x:c>
+      <x:c r="B7" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C7" s="0">
+        <x:v>4.27</x:v>
+      </x:c>
+      <x:c r="D7" s="0">
+        <x:v>27089.212</x:v>
+      </x:c>
+      <x:c r="E7" s="0">
+        <x:v>25555.86</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="8" spans="1:5">
+      <x:c r="A8" s="1">
+        <x:v>45992.9296990741</x:v>
+      </x:c>
+      <x:c r="B8" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C8" s="0">
+        <x:v>4.84</x:v>
+      </x:c>
+      <x:c r="D8" s="0">
+        <x:v>26863.42</x:v>
+      </x:c>
+      <x:c r="E8" s="0">
+        <x:v>25342.849</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="9" spans="1:5">
+      <x:c r="A9" s="1">
+        <x:v>45989.8197106481</x:v>
+      </x:c>
+      <x:c r="B9" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C9" s="0">
+        <x:v>4.6</x:v>
+      </x:c>
+      <x:c r="D9" s="0">
+        <x:v>26960.034</x:v>
+      </x:c>
+      <x:c r="E9" s="0">
+        <x:v>25434.889</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="10" spans="1:5">
+      <x:c r="A10" s="1">
+        <x:v>45989.3082638889</x:v>
+      </x:c>
+      <x:c r="B10" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C10" s="0">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c r="D10" s="0">
+        <x:v>26750.208</x:v>
+      </x:c>
+      <x:c r="E10" s="0">
+        <x:v>25236.939</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="11" spans="1:5">
+      <x:c r="A11" s="1">
+        <x:v>45987.9265509259</x:v>
+      </x:c>
+      <x:c r="B11" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C11" s="0">
+        <x:v>5.16</x:v>
+      </x:c>
+      <x:c r="D11" s="0">
+        <x:v>26749.635</x:v>
+      </x:c>
+      <x:c r="E11" s="0">
+        <x:v>25236.939</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="12" spans="1:5">
+      <x:c r="A12" s="1">
+        <x:v>45987.319537037</x:v>
+      </x:c>
+      <x:c r="B12" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C12" s="0">
+        <x:v>5.51</x:v>
+      </x:c>
+      <x:c r="D12" s="0">
+        <x:v>26517.942</x:v>
+      </x:c>
+      <x:c r="E12" s="0">
+        <x:v>25018.36</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="13" spans="1:5">
+      <x:c r="A13" s="1">
+        <x:v>45986.9250347222</x:v>
+      </x:c>
+      <x:c r="B13" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C13" s="0">
+        <x:v>5.88</x:v>
+      </x:c>
+      <x:c r="D13" s="0">
+        <x:v>26519.352</x:v>
+      </x:c>
+      <x:c r="E13" s="0">
+        <x:v>25018.36</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="14" spans="1:5">
+      <x:c r="A14" s="1">
+        <x:v>45986.3107407407</x:v>
+      </x:c>
+      <x:c r="B14" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C14" s="0">
+        <x:v>6.44</x:v>
+      </x:c>
+      <x:c r="D14" s="0">
+        <x:v>26366.172</x:v>
+      </x:c>
+      <x:c r="E14" s="0">
+        <x:v>24873.85</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="15" spans="1:5">
+      <x:c r="A15" s="1">
+        <x:v>45985.3068518518</x:v>
+      </x:c>
+      <x:c r="B15" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C15" s="0">
+        <x:v>8.97</x:v>
+      </x:c>
+      <x:c r="D15" s="0">
+        <x:v>25693.622</x:v>
+      </x:c>
+      <x:c r="E15" s="0">
+        <x:v>24239.573</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="16" spans="1:5">
+      <x:c r="A16" s="1">
+        <x:v>45982.9249074074</x:v>
+      </x:c>
+      <x:c r="B16" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C16" s="0">
+        <x:v>10.06</x:v>
+      </x:c>
+      <x:c r="D16" s="0">
+        <x:v>25692.251</x:v>
+      </x:c>
+      <x:c r="E16" s="0">
+        <x:v>24239.573</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="17" spans="1:5">
+      <x:c r="A17" s="1">
+        <x:v>45982.3124884259</x:v>
+      </x:c>
+      <x:c r="B17" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C17" s="0">
+        <x:v>11.05</x:v>
+      </x:c>
+      <x:c r="D17" s="0">
+        <x:v>25495.946</x:v>
+      </x:c>
+      <x:c r="E17" s="0">
+        <x:v>24054.38</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="18" spans="1:5">
+      <x:c r="A18" s="1">
+        <x:v>45981.9259027778</x:v>
+      </x:c>
+      <x:c r="B18" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C18" s="0">
+        <x:v>11.28</x:v>
+      </x:c>
+      <x:c r="D18" s="0">
+        <x:v>25493.155</x:v>
+      </x:c>
+      <x:c r="E18" s="0">
+        <x:v>24054.38</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="19" spans="1:5">
+      <x:c r="A19" s="1">
+        <x:v>45981.3119675926</x:v>
+      </x:c>
+      <x:c r="B19" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C19" s="0">
+        <x:v>6.3</x:v>
+      </x:c>
+      <x:c r="D19" s="0">
+        <x:v>26114.458</x:v>
+      </x:c>
+      <x:c r="E19" s="0">
+        <x:v>24640.515</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="20" spans="1:5">
+      <x:c r="A20" s="1">
+        <x:v>45980.926412037</x:v>
+      </x:c>
+      <x:c r="B20" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C20" s="0">
+        <x:v>8.47</x:v>
+      </x:c>
+      <x:c r="D20" s="0">
+        <x:v>26118.769</x:v>
+      </x:c>
+      <x:c r="E20" s="0">
+        <x:v>24640.515</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="21" spans="1:5">
+      <x:c r="A21" s="1">
+        <x:v>45979.9258680556</x:v>
+      </x:c>
+      <x:c r="B21" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C21" s="0">
+        <x:v>9.19</x:v>
+      </x:c>
+      <x:c r="D21" s="0">
+        <x:v>25972.726</x:v>
+      </x:c>
+      <x:c r="E21" s="0">
+        <x:v>24503.096</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="22" spans="1:5">
+      <x:c r="A22" s="1">
+        <x:v>45979.3133912037</x:v>
+      </x:c>
+      <x:c r="B22" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C22" s="0">
+        <x:v>8.55</x:v>
+      </x:c>
+      <x:c r="D22" s="0">
+        <x:v>26287.358</x:v>
+      </x:c>
+      <x:c r="E22" s="0">
+        <x:v>24799.918</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="23" spans="1:5">
+      <x:c r="A23" s="1">
+        <x:v>45978.9281365741</x:v>
+      </x:c>
+      <x:c r="B23" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C23" s="0">
+        <x:v>7.87</x:v>
+      </x:c>
+      <x:c r="D23" s="0">
+        <x:v>26287.421</x:v>
+      </x:c>
+      <x:c r="E23" s="0">
+        <x:v>24799.918</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="24" spans="1:5">
+      <x:c r="A24" s="1">
+        <x:v>45978.3022453704</x:v>
+      </x:c>
+      <x:c r="B24" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C24" s="0">
+        <x:v>6.43</x:v>
+      </x:c>
+      <x:c r="D24" s="0">
+        <x:v>26508.244</x:v>
+      </x:c>
+      <x:c r="E24" s="0">
+        <x:v>25008.242</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="25" spans="1:5">
+      <x:c r="A25" s="1">
+        <x:v>45975.9257986111</x:v>
+      </x:c>
+      <x:c r="B25" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C25" s="0">
+        <x:v>7.04</x:v>
+      </x:c>
+      <x:c r="D25" s="0">
+        <x:v>26505.692</x:v>
+      </x:c>
+      <x:c r="E25" s="0">
+        <x:v>25008.242</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="26" spans="1:5">
+      <x:c r="A26" s="1">
+        <x:v>45975.3077546296</x:v>
+      </x:c>
+      <x:c r="B26" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C26" s="0">
+        <x:v>7.05</x:v>
+      </x:c>
+      <x:c r="D26" s="0">
+        <x:v>26490.026</x:v>
+      </x:c>
+      <x:c r="E26" s="0">
+        <x:v>24993.463</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="27" spans="1:5">
+      <x:c r="A27" s="1">
+        <x:v>45974.924849537</x:v>
+      </x:c>
+      <x:c r="B27" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C27" s="0">
+        <x:v>7.1</x:v>
+      </x:c>
+      <x:c r="D27" s="0">
+        <x:v>26492.688</x:v>
+      </x:c>
+      <x:c r="E27" s="0">
+        <x:v>24993.463</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="28" spans="1:5">
+      <x:c r="A28" s="1">
+        <x:v>45974.3773032407</x:v>
+      </x:c>
+      <x:c r="B28" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C28" s="0">
+        <x:v>5.31</x:v>
+      </x:c>
+      <x:c r="D28" s="0">
+        <x:v>27047.984</x:v>
+      </x:c>
+      <x:c r="E28" s="0">
+        <x:v>25517.328</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="29" spans="1:5">
+      <x:c r="A29" s="1">
+        <x:v>45974.3182638889</x:v>
+      </x:c>
+      <x:c r="B29" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C29" s="0">
+        <x:v>5.23</x:v>
+      </x:c>
+      <x:c r="D29" s="0">
+        <x:v>27047.984</x:v>
+      </x:c>
+      <x:c r="E29" s="0">
+        <x:v>25517.328</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="30" spans="1:5">
+      <x:c r="A30" s="1">
+        <x:v>45973.9253356481</x:v>
+      </x:c>
+      <x:c r="B30" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C30" s="0">
+        <x:v>5.51</x:v>
+      </x:c>
+      <x:c r="D30" s="0">
+        <x:v>27048.138</x:v>
+      </x:c>
+      <x:c r="E30" s="0">
+        <x:v>25517.328</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="31" spans="1:5">
+      <x:c r="A31" s="1">
+        <x:v>45973.3365393519</x:v>
+      </x:c>
+      <x:c r="B31" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C31" s="0">
+        <x:v>5.04</x:v>
+      </x:c>
+      <x:c r="D31" s="0">
+        <x:v>27065.266</x:v>
+      </x:c>
+      <x:c r="E31" s="0">
+        <x:v>25533.486</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="32" spans="1:5">
+      <x:c r="A32" s="1">
+        <x:v>45972.9253240741</x:v>
+      </x:c>
+      <x:c r="B32" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C32" s="0">
+        <x:v>5.46</x:v>
+      </x:c>
+      <x:c r="D32" s="0">
+        <x:v>27065.495</x:v>
+      </x:c>
+      <x:c r="E32" s="0">
+        <x:v>25533.486</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="33" spans="1:5">
+      <x:c r="A33" s="1">
+        <x:v>45971.9253703704</x:v>
+      </x:c>
+      <x:c r="B33" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C33" s="0">
+        <x:v>5.24</x:v>
+      </x:c>
+      <x:c r="D33" s="0">
+        <x:v>27145.158</x:v>
+      </x:c>
+      <x:c r="E33" s="0">
+        <x:v>25611.737</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="34" spans="1:5">
+      <x:c r="A34" s="1">
+        <x:v>45971.2992708333</x:v>
+      </x:c>
+      <x:c r="B34" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C34" s="0">
+        <x:v>6.22</x:v>
+      </x:c>
+      <x:c r="D34" s="0">
+        <x:v>26560.113</x:v>
+      </x:c>
+      <x:c r="E34" s="0">
+        <x:v>25059.808</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="35" spans="1:5">
+      <x:c r="A35" s="1">
+        <x:v>45968.9253935185</x:v>
+      </x:c>
+      <x:c r="B35" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C35" s="0">
+        <x:v>7.57</x:v>
+      </x:c>
+      <x:c r="D35" s="0">
+        <x:v>26562.882</x:v>
+      </x:c>
+      <x:c r="E35" s="0">
+        <x:v>25059.808</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="36" spans="1:5">
+      <x:c r="A36" s="1">
+        <x:v>45968.3147337963</x:v>
+      </x:c>
+      <x:c r="B36" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C36" s="0">
+        <x:v>6.94</x:v>
+      </x:c>
+      <x:c r="D36" s="0">
+        <x:v>26637.33</x:v>
+      </x:c>
+      <x:c r="E36" s="0">
+        <x:v>25130.042</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="37" spans="1:5">
+      <x:c r="A37" s="1">
+        <x:v>45967.9277893519</x:v>
+      </x:c>
+      <x:c r="B37" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C37" s="0">
+        <x:v>7.28</x:v>
+      </x:c>
+      <x:c r="D37" s="0">
+        <x:v>26637.844</x:v>
+      </x:c>
+      <x:c r="E37" s="0">
+        <x:v>25130.042</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="38" spans="1:5">
+      <x:c r="A38" s="1">
         <x:v>45966.9253587963</x:v>
       </x:c>
-      <x:c r="B4" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C4" s="0">
+      <x:c r="B38" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C38" s="0">
         <x:v>5.74</x:v>
       </x:c>
-      <x:c r="D4" s="0">
+      <x:c r="D38" s="0">
         <x:v>27157.233</x:v>
       </x:c>
-      <x:c r="E4" s="0">
+      <x:c r="E38" s="0">
         <x:v>25620.031</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>