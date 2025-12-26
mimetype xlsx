--- v1 (2025-12-05)
+++ v2 (2025-12-26)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rccb9dd53680242cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/88abdf990b64464cbe3bcdd7165558ec.psmdcp" Id="R822760e045ba4120" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc12857a07be44ceb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8583dee4aa1746879a6886981ad31689.psmdcp" Id="R26fd34adb1f04b6c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>DE000BB4GEV2</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -390,692 +390,1032 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E38"/>
+  <x:dimension ref="A1:E58"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>45995.9303009259</x:v>
+        <x:v>46015.3842824074</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
-        <x:v>4.21</x:v>
+        <x:v>3.77</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>27115.2</x:v>
+        <x:v>27123.1</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>25581.7</x:v>
+        <x:v>25587.83</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>45995.3278587963</x:v>
+        <x:v>46014.9278356481</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
-        <x:v>4.14</x:v>
+        <x:v>3.71</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>27141.53</x:v>
+        <x:v>27123.1</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>25606.54</x:v>
+        <x:v>25587.83</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>45994.9276967593</x:v>
+        <x:v>46013.9284837963</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
-        <x:v>4.15</x:v>
+        <x:v>3.98</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>27141.424</x:v>
+        <x:v>26986.68</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>25606.54</x:v>
+        <x:v>25461.7</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>45994.3371875</x:v>
+        <x:v>46013.296712963</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
-        <x:v>4.15</x:v>
+        <x:v>4.02</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>27087.704</x:v>
+        <x:v>26864.229</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>25555.86</x:v>
+        <x:v>25346.18</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>45993.9303240741</x:v>
+        <x:v>46010.9275810185</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
-        <x:v>4.27</x:v>
+        <x:v>4.25</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>27089.212</x:v>
+        <x:v>26866.951</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>25555.86</x:v>
+        <x:v>25346.18</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>45992.9296990741</x:v>
+        <x:v>46009.930787037</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
-        <x:v>4.84</x:v>
+        <x:v>5.2</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>26863.42</x:v>
+        <x:v>26520.532</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>25342.849</x:v>
+        <x:v>25019.37</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>45989.8197106481</x:v>
+        <x:v>46008.9275925926</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
-        <x:v>4.6</x:v>
+        <x:v>6.59</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>26960.034</x:v>
+        <x:v>26126.467</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>25434.889</x:v>
+        <x:v>24647.61</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>45989.3082638889</x:v>
+        <x:v>46007.9277662037</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
-        <x:v>5</x:v>
+        <x:v>5.18</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>26750.208</x:v>
+        <x:v>26640.916</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>25236.939</x:v>
+        <x:v>25132.94</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>45987.9265509259</x:v>
+        <x:v>46006.9271064815</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
-        <x:v>5.16</x:v>
+        <x:v>5.38</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>26749.635</x:v>
+        <x:v>26569.312</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>25236.939</x:v>
+        <x:v>25067.27</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>45987.319537037</x:v>
+        <x:v>46006.3081018518</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C12" s="0">
-        <x:v>5.51</x:v>
+        <x:v>4.85</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>26517.942</x:v>
+        <x:v>26706.54</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>25018.36</x:v>
+        <x:v>25196.73</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>45986.9250347222</x:v>
+        <x:v>46003.9269907407</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0">
-        <x:v>5.88</x:v>
+        <x:v>5.01</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>26519.352</x:v>
+        <x:v>26707.622</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>25018.36</x:v>
+        <x:v>25196.73</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>45986.3107407407</x:v>
+        <x:v>46003.3313773148</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C14" s="0">
-        <x:v>6.44</x:v>
+        <x:v>4.01</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>26366.172</x:v>
+        <x:v>27226.98</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>24873.85</x:v>
+        <x:v>25686.69</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>45985.3068518518</x:v>
+        <x:v>46002.9320023148</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
-        <x:v>8.97</x:v>
+        <x:v>3.96</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>25693.622</x:v>
+        <x:v>27227.891</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>24239.573</x:v>
+        <x:v>25686.69</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>45982.9249074074</x:v>
+        <x:v>46001.927025463</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C16" s="0">
-        <x:v>10.06</x:v>
+        <x:v>3.77</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>25692.251</x:v>
+        <x:v>27322.688</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>24239.573</x:v>
+        <x:v>25776.44</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>45982.3124884259</x:v>
+        <x:v>46001.3340509259</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C17" s="0">
-        <x:v>11.05</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>25495.946</x:v>
+        <x:v>27208.473</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>24054.38</x:v>
+        <x:v>25668.69</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>45981.9259027778</x:v>
+        <x:v>46000.9275810185</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="0">
-        <x:v>11.28</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>25493.155</x:v>
+        <x:v>27208.636</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>24054.38</x:v>
+        <x:v>25668.69</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>45981.3119675926</x:v>
+        <x:v>46000.3338310185</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C19" s="0">
-        <x:v>6.3</x:v>
+        <x:v>4.06</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>26114.458</x:v>
+        <x:v>27165.452</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>24640.515</x:v>
+        <x:v>25627.95</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
-        <x:v>45980.926412037</x:v>
+        <x:v>45999.3304282407</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C20" s="0">
-        <x:v>8.47</x:v>
+        <x:v>3.8</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>26118.769</x:v>
+        <x:v>27231.657</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>24640.515</x:v>
+        <x:v>25692.05</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="1">
-        <x:v>45979.9258680556</x:v>
+        <x:v>45996.9307407407</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C21" s="0">
-        <x:v>9.19</x:v>
+        <x:v>3.95</x:v>
       </x:c>
       <x:c r="D21" s="0">
-        <x:v>25972.726</x:v>
+        <x:v>27230.582</x:v>
       </x:c>
       <x:c r="E21" s="0">
-        <x:v>24503.096</x:v>
+        <x:v>25692.05</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="1">
-        <x:v>45979.3133912037</x:v>
+        <x:v>45996.3408333333</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C22" s="0">
-        <x:v>8.55</x:v>
+        <x:v>3.99</x:v>
       </x:c>
       <x:c r="D22" s="0">
-        <x:v>26287.358</x:v>
+        <x:v>27113.611</x:v>
       </x:c>
       <x:c r="E22" s="0">
-        <x:v>24799.918</x:v>
+        <x:v>25581.7</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="1">
-        <x:v>45978.9281365741</x:v>
+        <x:v>45995.9303009259</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C23" s="0">
-        <x:v>7.87</x:v>
+        <x:v>4.21</x:v>
       </x:c>
       <x:c r="D23" s="0">
-        <x:v>26287.421</x:v>
+        <x:v>27115.2</x:v>
       </x:c>
       <x:c r="E23" s="0">
-        <x:v>24799.918</x:v>
+        <x:v>25581.7</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="1">
-        <x:v>45978.3022453704</x:v>
+        <x:v>45995.3278587963</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C24" s="0">
-        <x:v>6.43</x:v>
+        <x:v>4.14</x:v>
       </x:c>
       <x:c r="D24" s="0">
-        <x:v>26508.244</x:v>
+        <x:v>27141.53</x:v>
       </x:c>
       <x:c r="E24" s="0">
-        <x:v>25008.242</x:v>
+        <x:v>25606.54</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="1">
-        <x:v>45975.9257986111</x:v>
+        <x:v>45994.9276967593</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C25" s="0">
-        <x:v>7.04</x:v>
+        <x:v>4.15</x:v>
       </x:c>
       <x:c r="D25" s="0">
-        <x:v>26505.692</x:v>
+        <x:v>27141.424</x:v>
       </x:c>
       <x:c r="E25" s="0">
-        <x:v>25008.242</x:v>
+        <x:v>25606.54</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="1">
-        <x:v>45975.3077546296</x:v>
+        <x:v>45994.3371875</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C26" s="0">
-        <x:v>7.05</x:v>
+        <x:v>4.15</x:v>
       </x:c>
       <x:c r="D26" s="0">
-        <x:v>26490.026</x:v>
+        <x:v>27087.704</x:v>
       </x:c>
       <x:c r="E26" s="0">
-        <x:v>24993.463</x:v>
+        <x:v>25555.86</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="1">
-        <x:v>45974.924849537</x:v>
+        <x:v>45993.9303240741</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C27" s="0">
-        <x:v>7.1</x:v>
+        <x:v>4.27</x:v>
       </x:c>
       <x:c r="D27" s="0">
-        <x:v>26492.688</x:v>
+        <x:v>27089.212</x:v>
       </x:c>
       <x:c r="E27" s="0">
-        <x:v>24993.463</x:v>
+        <x:v>25555.86</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="1">
-        <x:v>45974.3773032407</x:v>
+        <x:v>45992.9296990741</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C28" s="0">
-        <x:v>5.31</x:v>
+        <x:v>4.84</x:v>
       </x:c>
       <x:c r="D28" s="0">
-        <x:v>27047.984</x:v>
+        <x:v>26863.42</x:v>
       </x:c>
       <x:c r="E28" s="0">
-        <x:v>25517.328</x:v>
+        <x:v>25342.849</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="1">
-        <x:v>45974.3182638889</x:v>
+        <x:v>45989.8197106481</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C29" s="0">
-        <x:v>5.23</x:v>
+        <x:v>4.6</x:v>
       </x:c>
       <x:c r="D29" s="0">
-        <x:v>27047.984</x:v>
+        <x:v>26960.034</x:v>
       </x:c>
       <x:c r="E29" s="0">
-        <x:v>25517.328</x:v>
+        <x:v>25434.889</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="1">
-        <x:v>45973.9253356481</x:v>
+        <x:v>45989.3082638889</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C30" s="0">
-        <x:v>5.51</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="D30" s="0">
-        <x:v>27048.138</x:v>
+        <x:v>26750.208</x:v>
       </x:c>
       <x:c r="E30" s="0">
-        <x:v>25517.328</x:v>
+        <x:v>25236.939</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="1">
-        <x:v>45973.3365393519</x:v>
+        <x:v>45987.9265509259</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C31" s="0">
-        <x:v>5.04</x:v>
+        <x:v>5.16</x:v>
       </x:c>
       <x:c r="D31" s="0">
-        <x:v>27065.266</x:v>
+        <x:v>26749.635</x:v>
       </x:c>
       <x:c r="E31" s="0">
-        <x:v>25533.486</x:v>
+        <x:v>25236.939</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="1">
-        <x:v>45972.9253240741</x:v>
+        <x:v>45987.319537037</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C32" s="0">
-        <x:v>5.46</x:v>
+        <x:v>5.51</x:v>
       </x:c>
       <x:c r="D32" s="0">
-        <x:v>27065.495</x:v>
+        <x:v>26517.942</x:v>
       </x:c>
       <x:c r="E32" s="0">
-        <x:v>25533.486</x:v>
+        <x:v>25018.36</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="1">
-        <x:v>45971.9253703704</x:v>
+        <x:v>45986.9250347222</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C33" s="0">
-        <x:v>5.24</x:v>
+        <x:v>5.88</x:v>
       </x:c>
       <x:c r="D33" s="0">
-        <x:v>27145.158</x:v>
+        <x:v>26519.352</x:v>
       </x:c>
       <x:c r="E33" s="0">
-        <x:v>25611.737</x:v>
+        <x:v>25018.36</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="1">
-        <x:v>45971.2992708333</x:v>
+        <x:v>45986.3107407407</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C34" s="0">
-        <x:v>6.22</x:v>
+        <x:v>6.44</x:v>
       </x:c>
       <x:c r="D34" s="0">
-        <x:v>26560.113</x:v>
+        <x:v>26366.172</x:v>
       </x:c>
       <x:c r="E34" s="0">
-        <x:v>25059.808</x:v>
+        <x:v>24873.85</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="1">
-        <x:v>45968.9253935185</x:v>
+        <x:v>45985.3068518518</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C35" s="0">
-        <x:v>7.57</x:v>
+        <x:v>8.97</x:v>
       </x:c>
       <x:c r="D35" s="0">
-        <x:v>26562.882</x:v>
+        <x:v>25693.622</x:v>
       </x:c>
       <x:c r="E35" s="0">
-        <x:v>25059.808</x:v>
+        <x:v>24239.573</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="1">
-        <x:v>45968.3147337963</x:v>
+        <x:v>45982.9249074074</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C36" s="0">
-        <x:v>6.94</x:v>
+        <x:v>10.06</x:v>
       </x:c>
       <x:c r="D36" s="0">
-        <x:v>26637.33</x:v>
+        <x:v>25692.251</x:v>
       </x:c>
       <x:c r="E36" s="0">
-        <x:v>25130.042</x:v>
+        <x:v>24239.573</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="1">
-        <x:v>45967.9277893519</x:v>
+        <x:v>45982.3124884259</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C37" s="0">
-        <x:v>7.28</x:v>
+        <x:v>11.05</x:v>
       </x:c>
       <x:c r="D37" s="0">
-        <x:v>26637.844</x:v>
+        <x:v>25495.946</x:v>
       </x:c>
       <x:c r="E37" s="0">
-        <x:v>25130.042</x:v>
+        <x:v>24054.38</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="1">
+        <x:v>45981.9259027778</x:v>
+      </x:c>
+      <x:c r="B38" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C38" s="0">
+        <x:v>11.28</x:v>
+      </x:c>
+      <x:c r="D38" s="0">
+        <x:v>25493.155</x:v>
+      </x:c>
+      <x:c r="E38" s="0">
+        <x:v>24054.38</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="39" spans="1:5">
+      <x:c r="A39" s="1">
+        <x:v>45981.3119675926</x:v>
+      </x:c>
+      <x:c r="B39" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C39" s="0">
+        <x:v>6.3</x:v>
+      </x:c>
+      <x:c r="D39" s="0">
+        <x:v>26114.458</x:v>
+      </x:c>
+      <x:c r="E39" s="0">
+        <x:v>24640.515</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="40" spans="1:5">
+      <x:c r="A40" s="1">
+        <x:v>45980.926412037</x:v>
+      </x:c>
+      <x:c r="B40" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C40" s="0">
+        <x:v>8.47</x:v>
+      </x:c>
+      <x:c r="D40" s="0">
+        <x:v>26118.769</x:v>
+      </x:c>
+      <x:c r="E40" s="0">
+        <x:v>24640.515</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="41" spans="1:5">
+      <x:c r="A41" s="1">
+        <x:v>45979.9258680556</x:v>
+      </x:c>
+      <x:c r="B41" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C41" s="0">
+        <x:v>9.19</x:v>
+      </x:c>
+      <x:c r="D41" s="0">
+        <x:v>25972.726</x:v>
+      </x:c>
+      <x:c r="E41" s="0">
+        <x:v>24503.096</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="42" spans="1:5">
+      <x:c r="A42" s="1">
+        <x:v>45979.3133912037</x:v>
+      </x:c>
+      <x:c r="B42" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C42" s="0">
+        <x:v>8.55</x:v>
+      </x:c>
+      <x:c r="D42" s="0">
+        <x:v>26287.358</x:v>
+      </x:c>
+      <x:c r="E42" s="0">
+        <x:v>24799.918</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="43" spans="1:5">
+      <x:c r="A43" s="1">
+        <x:v>45978.9281365741</x:v>
+      </x:c>
+      <x:c r="B43" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C43" s="0">
+        <x:v>7.87</x:v>
+      </x:c>
+      <x:c r="D43" s="0">
+        <x:v>26287.421</x:v>
+      </x:c>
+      <x:c r="E43" s="0">
+        <x:v>24799.918</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="44" spans="1:5">
+      <x:c r="A44" s="1">
+        <x:v>45978.3022453704</x:v>
+      </x:c>
+      <x:c r="B44" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C44" s="0">
+        <x:v>6.43</x:v>
+      </x:c>
+      <x:c r="D44" s="0">
+        <x:v>26508.244</x:v>
+      </x:c>
+      <x:c r="E44" s="0">
+        <x:v>25008.242</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="45" spans="1:5">
+      <x:c r="A45" s="1">
+        <x:v>45975.9257986111</x:v>
+      </x:c>
+      <x:c r="B45" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C45" s="0">
+        <x:v>7.04</x:v>
+      </x:c>
+      <x:c r="D45" s="0">
+        <x:v>26505.692</x:v>
+      </x:c>
+      <x:c r="E45" s="0">
+        <x:v>25008.242</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="46" spans="1:5">
+      <x:c r="A46" s="1">
+        <x:v>45975.3077546296</x:v>
+      </x:c>
+      <x:c r="B46" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C46" s="0">
+        <x:v>7.05</x:v>
+      </x:c>
+      <x:c r="D46" s="0">
+        <x:v>26490.026</x:v>
+      </x:c>
+      <x:c r="E46" s="0">
+        <x:v>24993.463</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="47" spans="1:5">
+      <x:c r="A47" s="1">
+        <x:v>45974.924849537</x:v>
+      </x:c>
+      <x:c r="B47" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C47" s="0">
+        <x:v>7.1</x:v>
+      </x:c>
+      <x:c r="D47" s="0">
+        <x:v>26492.688</x:v>
+      </x:c>
+      <x:c r="E47" s="0">
+        <x:v>24993.463</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="48" spans="1:5">
+      <x:c r="A48" s="1">
+        <x:v>45974.3773032407</x:v>
+      </x:c>
+      <x:c r="B48" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C48" s="0">
+        <x:v>5.31</x:v>
+      </x:c>
+      <x:c r="D48" s="0">
+        <x:v>27047.984</x:v>
+      </x:c>
+      <x:c r="E48" s="0">
+        <x:v>25517.328</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="49" spans="1:5">
+      <x:c r="A49" s="1">
+        <x:v>45974.3182638889</x:v>
+      </x:c>
+      <x:c r="B49" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C49" s="0">
+        <x:v>5.23</x:v>
+      </x:c>
+      <x:c r="D49" s="0">
+        <x:v>27047.984</x:v>
+      </x:c>
+      <x:c r="E49" s="0">
+        <x:v>25517.328</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="50" spans="1:5">
+      <x:c r="A50" s="1">
+        <x:v>45973.9253356481</x:v>
+      </x:c>
+      <x:c r="B50" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C50" s="0">
+        <x:v>5.51</x:v>
+      </x:c>
+      <x:c r="D50" s="0">
+        <x:v>27048.138</x:v>
+      </x:c>
+      <x:c r="E50" s="0">
+        <x:v>25517.328</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="51" spans="1:5">
+      <x:c r="A51" s="1">
+        <x:v>45973.3365393519</x:v>
+      </x:c>
+      <x:c r="B51" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C51" s="0">
+        <x:v>5.04</x:v>
+      </x:c>
+      <x:c r="D51" s="0">
+        <x:v>27065.266</x:v>
+      </x:c>
+      <x:c r="E51" s="0">
+        <x:v>25533.486</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="52" spans="1:5">
+      <x:c r="A52" s="1">
+        <x:v>45972.9253240741</x:v>
+      </x:c>
+      <x:c r="B52" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C52" s="0">
+        <x:v>5.46</x:v>
+      </x:c>
+      <x:c r="D52" s="0">
+        <x:v>27065.495</x:v>
+      </x:c>
+      <x:c r="E52" s="0">
+        <x:v>25533.486</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="53" spans="1:5">
+      <x:c r="A53" s="1">
+        <x:v>45971.9253703704</x:v>
+      </x:c>
+      <x:c r="B53" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C53" s="0">
+        <x:v>5.24</x:v>
+      </x:c>
+      <x:c r="D53" s="0">
+        <x:v>27145.158</x:v>
+      </x:c>
+      <x:c r="E53" s="0">
+        <x:v>25611.737</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="54" spans="1:5">
+      <x:c r="A54" s="1">
+        <x:v>45971.2992708333</x:v>
+      </x:c>
+      <x:c r="B54" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C54" s="0">
+        <x:v>6.22</x:v>
+      </x:c>
+      <x:c r="D54" s="0">
+        <x:v>26560.113</x:v>
+      </x:c>
+      <x:c r="E54" s="0">
+        <x:v>25059.808</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="55" spans="1:5">
+      <x:c r="A55" s="1">
+        <x:v>45968.9253935185</x:v>
+      </x:c>
+      <x:c r="B55" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C55" s="0">
+        <x:v>7.57</x:v>
+      </x:c>
+      <x:c r="D55" s="0">
+        <x:v>26562.882</x:v>
+      </x:c>
+      <x:c r="E55" s="0">
+        <x:v>25059.808</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="56" spans="1:5">
+      <x:c r="A56" s="1">
+        <x:v>45968.3147337963</x:v>
+      </x:c>
+      <x:c r="B56" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C56" s="0">
+        <x:v>6.94</x:v>
+      </x:c>
+      <x:c r="D56" s="0">
+        <x:v>26637.33</x:v>
+      </x:c>
+      <x:c r="E56" s="0">
+        <x:v>25130.042</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="57" spans="1:5">
+      <x:c r="A57" s="1">
+        <x:v>45967.9277893519</x:v>
+      </x:c>
+      <x:c r="B57" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C57" s="0">
+        <x:v>7.28</x:v>
+      </x:c>
+      <x:c r="D57" s="0">
+        <x:v>26637.844</x:v>
+      </x:c>
+      <x:c r="E57" s="0">
+        <x:v>25130.042</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="58" spans="1:5">
+      <x:c r="A58" s="1">
         <x:v>45966.9253587963</x:v>
       </x:c>
-      <x:c r="B38" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C38" s="0">
+      <x:c r="B58" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C58" s="0">
         <x:v>5.74</x:v>
       </x:c>
-      <x:c r="D38" s="0">
+      <x:c r="D58" s="0">
         <x:v>27157.233</x:v>
       </x:c>
-      <x:c r="E38" s="0">
+      <x:c r="E58" s="0">
         <x:v>25620.031</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>