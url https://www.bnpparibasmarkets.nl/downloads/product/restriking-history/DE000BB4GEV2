--- v2 (2025-12-26)
+++ v3 (2026-01-20)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc12857a07be44ceb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8583dee4aa1746879a6886981ad31689.psmdcp" Id="R26fd34adb1f04b6c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1321e1d4123a4bc1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/79c3c2be571241c287d7707d7fc2578d.psmdcp" Id="R8d1bdf544d2848b7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>DE000BB4GEV2</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -390,1032 +390,1355 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E58"/>
+  <x:dimension ref="A1:E77"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>46015.3842824074</x:v>
+        <x:v>46042.9279050926</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
-        <x:v>3.77</x:v>
+        <x:v>4.76</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>27123.1</x:v>
+        <x:v>26486.824</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>25587.83</x:v>
+        <x:v>24987.57</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>46014.9278356481</x:v>
+        <x:v>46038.9243171296</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
-        <x:v>3.71</x:v>
+        <x:v>3.66</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>27123.1</x:v>
+        <x:v>27061.016</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>25587.83</x:v>
+        <x:v>25529.26</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>46013.9284837963</x:v>
+        <x:v>46037.9280671296</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
-        <x:v>3.98</x:v>
+        <x:v>3.62</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>26986.68</x:v>
+        <x:v>27079.894</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>25461.7</x:v>
+        <x:v>25547.07</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>46013.296712963</x:v>
+        <x:v>46036.9272800926</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
-        <x:v>4.02</x:v>
+        <x:v>3.79</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>26864.229</x:v>
+        <x:v>26992.227</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>25346.18</x:v>
+        <x:v>25465.94</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>46010.9275810185</x:v>
+        <x:v>46036.3275810185</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
-        <x:v>4.25</x:v>
+        <x:v>3.39</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>26866.951</x:v>
+        <x:v>27284.797</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>25346.18</x:v>
+        <x:v>25741.95</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>46009.930787037</x:v>
+        <x:v>46035.9279166667</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
-        <x:v>5.2</x:v>
+        <x:v>3.3</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>26520.532</x:v>
+        <x:v>27286.467</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>25019.37</x:v>
+        <x:v>25741.95</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>46008.9275925926</x:v>
+        <x:v>46034.9278935185</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
-        <x:v>6.59</x:v>
+        <x:v>3.21</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>26126.467</x:v>
+        <x:v>27334.92</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>24647.61</x:v>
+        <x:v>25787.66</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>46007.9277662037</x:v>
+        <x:v>46031.9291666667</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
-        <x:v>5.18</x:v>
+        <x:v>3.25</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>26640.916</x:v>
+        <x:v>27311.676</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>25132.94</x:v>
+        <x:v>25766.26</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>46006.9271064815</x:v>
+        <x:v>46031.324837963</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
-        <x:v>5.38</x:v>
+        <x:v>3.75</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>26569.312</x:v>
+        <x:v>27036.967</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>25067.27</x:v>
+        <x:v>25507.1</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>46006.3081018518</x:v>
+        <x:v>46030.927025463</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C12" s="0">
-        <x:v>4.85</x:v>
+        <x:v>3.78</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>26706.54</x:v>
+        <x:v>27037.526</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>25196.73</x:v>
+        <x:v>25507.1</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>46003.9269907407</x:v>
+        <x:v>46029.9278935185</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0">
-        <x:v>5.01</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>26707.622</x:v>
+        <x:v>27193.134</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>25196.73</x:v>
+        <x:v>25653.9</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>46003.3313773148</x:v>
+        <x:v>46028.9271759259</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C14" s="0">
-        <x:v>4.01</x:v>
+        <x:v>3.53</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>27226.98</x:v>
+        <x:v>27178.093</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>25686.69</x:v>
+        <x:v>25639.71</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>46002.9320023148</x:v>
+        <x:v>46027.9296064815</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
-        <x:v>3.96</x:v>
+        <x:v>4.06</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>27227.891</x:v>
+        <x:v>26925.399</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>25686.69</x:v>
+        <x:v>25401.32</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>46001.927025463</x:v>
+        <x:v>46024.9271875</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C16" s="0">
-        <x:v>3.77</x:v>
+        <x:v>4.54</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>27322.688</x:v>
+        <x:v>26715.714</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>25776.44</x:v>
+        <x:v>25206.17</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>46001.3340509259</x:v>
+        <x:v>46024.2881712963</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C17" s="0">
-        <x:v>4</x:v>
+        <x:v>4.05</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>27208.473</x:v>
+        <x:v>26987.487</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>25668.69</x:v>
+        <x:v>25462.56</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>46000.9275810185</x:v>
+        <x:v>46022.3246412037</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="0">
-        <x:v>4</x:v>
+        <x:v>4.15</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>27208.636</x:v>
+        <x:v>26990.314</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>25668.69</x:v>
+        <x:v>25462.56</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>46000.3338310185</x:v>
+        <x:v>46021.9269560185</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C19" s="0">
-        <x:v>4.06</x:v>
+        <x:v>3.98</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>27165.452</x:v>
+        <x:v>26990.314</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>25627.95</x:v>
+        <x:v>25462.56</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
-        <x:v>45999.3304282407</x:v>
+        <x:v>46020.9273611111</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C20" s="0">
-        <x:v>3.8</x:v>
+        <x:v>3.85</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>27231.657</x:v>
+        <x:v>27056.444</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>25692.05</x:v>
+        <x:v>25525.56</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="1">
-        <x:v>45996.9307407407</x:v>
+        <x:v>46020.3323611111</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C21" s="0">
-        <x:v>3.95</x:v>
+        <x:v>3.69</x:v>
       </x:c>
       <x:c r="D21" s="0">
-        <x:v>27230.582</x:v>
+        <x:v>27122.45</x:v>
       </x:c>
       <x:c r="E21" s="0">
-        <x:v>25692.05</x:v>
+        <x:v>25587.83</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="1">
-        <x:v>45996.3408333333</x:v>
+        <x:v>46015.3842824074</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C22" s="0">
-        <x:v>3.99</x:v>
+        <x:v>3.77</x:v>
       </x:c>
       <x:c r="D22" s="0">
-        <x:v>27113.611</x:v>
+        <x:v>27123.1</x:v>
       </x:c>
       <x:c r="E22" s="0">
-        <x:v>25581.7</x:v>
+        <x:v>25587.83</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="1">
-        <x:v>45995.9303009259</x:v>
+        <x:v>46014.9278356481</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C23" s="0">
-        <x:v>4.21</x:v>
+        <x:v>3.71</x:v>
       </x:c>
       <x:c r="D23" s="0">
-        <x:v>27115.2</x:v>
+        <x:v>27123.1</x:v>
       </x:c>
       <x:c r="E23" s="0">
-        <x:v>25581.7</x:v>
+        <x:v>25587.83</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="1">
-        <x:v>45995.3278587963</x:v>
+        <x:v>46013.9284837963</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C24" s="0">
-        <x:v>4.14</x:v>
+        <x:v>3.98</x:v>
       </x:c>
       <x:c r="D24" s="0">
-        <x:v>27141.53</x:v>
+        <x:v>26986.68</x:v>
       </x:c>
       <x:c r="E24" s="0">
-        <x:v>25606.54</x:v>
+        <x:v>25461.7</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="1">
-        <x:v>45994.9276967593</x:v>
+        <x:v>46013.296712963</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C25" s="0">
-        <x:v>4.15</x:v>
+        <x:v>4.02</x:v>
       </x:c>
       <x:c r="D25" s="0">
-        <x:v>27141.424</x:v>
+        <x:v>26864.229</x:v>
       </x:c>
       <x:c r="E25" s="0">
-        <x:v>25606.54</x:v>
+        <x:v>25346.18</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="1">
-        <x:v>45994.3371875</x:v>
+        <x:v>46010.9275810185</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C26" s="0">
-        <x:v>4.15</x:v>
+        <x:v>4.25</x:v>
       </x:c>
       <x:c r="D26" s="0">
-        <x:v>27087.704</x:v>
+        <x:v>26866.951</x:v>
       </x:c>
       <x:c r="E26" s="0">
-        <x:v>25555.86</x:v>
+        <x:v>25346.18</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="1">
-        <x:v>45993.9303240741</x:v>
+        <x:v>46009.930787037</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C27" s="0">
-        <x:v>4.27</x:v>
+        <x:v>5.2</x:v>
       </x:c>
       <x:c r="D27" s="0">
-        <x:v>27089.212</x:v>
+        <x:v>26520.532</x:v>
       </x:c>
       <x:c r="E27" s="0">
-        <x:v>25555.86</x:v>
+        <x:v>25019.37</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="1">
-        <x:v>45992.9296990741</x:v>
+        <x:v>46008.9275925926</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C28" s="0">
-        <x:v>4.84</x:v>
+        <x:v>6.59</x:v>
       </x:c>
       <x:c r="D28" s="0">
-        <x:v>26863.42</x:v>
+        <x:v>26126.467</x:v>
       </x:c>
       <x:c r="E28" s="0">
-        <x:v>25342.849</x:v>
+        <x:v>24647.61</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="1">
-        <x:v>45989.8197106481</x:v>
+        <x:v>46007.9277662037</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C29" s="0">
-        <x:v>4.6</x:v>
+        <x:v>5.18</x:v>
       </x:c>
       <x:c r="D29" s="0">
-        <x:v>26960.034</x:v>
+        <x:v>26640.916</x:v>
       </x:c>
       <x:c r="E29" s="0">
-        <x:v>25434.889</x:v>
+        <x:v>25132.94</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="1">
-        <x:v>45989.3082638889</x:v>
+        <x:v>46006.9271064815</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C30" s="0">
-        <x:v>5</x:v>
+        <x:v>5.38</x:v>
       </x:c>
       <x:c r="D30" s="0">
-        <x:v>26750.208</x:v>
+        <x:v>26569.312</x:v>
       </x:c>
       <x:c r="E30" s="0">
-        <x:v>25236.939</x:v>
+        <x:v>25067.27</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="1">
-        <x:v>45987.9265509259</x:v>
+        <x:v>46006.3081018518</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C31" s="0">
-        <x:v>5.16</x:v>
+        <x:v>4.85</x:v>
       </x:c>
       <x:c r="D31" s="0">
-        <x:v>26749.635</x:v>
+        <x:v>26706.54</x:v>
       </x:c>
       <x:c r="E31" s="0">
-        <x:v>25236.939</x:v>
+        <x:v>25196.73</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="1">
-        <x:v>45987.319537037</x:v>
+        <x:v>46003.9269907407</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C32" s="0">
-        <x:v>5.51</x:v>
+        <x:v>5.01</x:v>
       </x:c>
       <x:c r="D32" s="0">
-        <x:v>26517.942</x:v>
+        <x:v>26707.622</x:v>
       </x:c>
       <x:c r="E32" s="0">
-        <x:v>25018.36</x:v>
+        <x:v>25196.73</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="1">
-        <x:v>45986.9250347222</x:v>
+        <x:v>46003.3313773148</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C33" s="0">
-        <x:v>5.88</x:v>
+        <x:v>4.01</x:v>
       </x:c>
       <x:c r="D33" s="0">
-        <x:v>26519.352</x:v>
+        <x:v>27226.98</x:v>
       </x:c>
       <x:c r="E33" s="0">
-        <x:v>25018.36</x:v>
+        <x:v>25686.69</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="1">
-        <x:v>45986.3107407407</x:v>
+        <x:v>46002.9320023148</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C34" s="0">
-        <x:v>6.44</x:v>
+        <x:v>3.96</x:v>
       </x:c>
       <x:c r="D34" s="0">
-        <x:v>26366.172</x:v>
+        <x:v>27227.891</x:v>
       </x:c>
       <x:c r="E34" s="0">
-        <x:v>24873.85</x:v>
+        <x:v>25686.69</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="1">
-        <x:v>45985.3068518518</x:v>
+        <x:v>46001.927025463</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C35" s="0">
-        <x:v>8.97</x:v>
+        <x:v>3.77</x:v>
       </x:c>
       <x:c r="D35" s="0">
-        <x:v>25693.622</x:v>
+        <x:v>27322.688</x:v>
       </x:c>
       <x:c r="E35" s="0">
-        <x:v>24239.573</x:v>
+        <x:v>25776.44</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="1">
-        <x:v>45982.9249074074</x:v>
+        <x:v>46001.3340509259</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C36" s="0">
-        <x:v>10.06</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="D36" s="0">
-        <x:v>25692.251</x:v>
+        <x:v>27208.473</x:v>
       </x:c>
       <x:c r="E36" s="0">
-        <x:v>24239.573</x:v>
+        <x:v>25668.69</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="1">
-        <x:v>45982.3124884259</x:v>
+        <x:v>46000.9275810185</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C37" s="0">
-        <x:v>11.05</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="D37" s="0">
-        <x:v>25495.946</x:v>
+        <x:v>27208.636</x:v>
       </x:c>
       <x:c r="E37" s="0">
-        <x:v>24054.38</x:v>
+        <x:v>25668.69</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="1">
-        <x:v>45981.9259027778</x:v>
+        <x:v>46000.3338310185</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C38" s="0">
-        <x:v>11.28</x:v>
+        <x:v>4.06</x:v>
       </x:c>
       <x:c r="D38" s="0">
-        <x:v>25493.155</x:v>
+        <x:v>27165.452</x:v>
       </x:c>
       <x:c r="E38" s="0">
-        <x:v>24054.38</x:v>
+        <x:v>25627.95</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="1">
-        <x:v>45981.3119675926</x:v>
+        <x:v>45999.3304282407</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C39" s="0">
-        <x:v>6.3</x:v>
+        <x:v>3.8</x:v>
       </x:c>
       <x:c r="D39" s="0">
-        <x:v>26114.458</x:v>
+        <x:v>27231.657</x:v>
       </x:c>
       <x:c r="E39" s="0">
-        <x:v>24640.515</x:v>
+        <x:v>25692.05</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="1">
-        <x:v>45980.926412037</x:v>
+        <x:v>45996.9307407407</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C40" s="0">
-        <x:v>8.47</x:v>
+        <x:v>3.95</x:v>
       </x:c>
       <x:c r="D40" s="0">
-        <x:v>26118.769</x:v>
+        <x:v>27230.582</x:v>
       </x:c>
       <x:c r="E40" s="0">
-        <x:v>24640.515</x:v>
+        <x:v>25692.05</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="1">
-        <x:v>45979.9258680556</x:v>
+        <x:v>45996.3408333333</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C41" s="0">
-        <x:v>9.19</x:v>
+        <x:v>3.99</x:v>
       </x:c>
       <x:c r="D41" s="0">
-        <x:v>25972.726</x:v>
+        <x:v>27113.611</x:v>
       </x:c>
       <x:c r="E41" s="0">
-        <x:v>24503.096</x:v>
+        <x:v>25581.7</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="1">
-        <x:v>45979.3133912037</x:v>
+        <x:v>45995.9303009259</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C42" s="0">
-        <x:v>8.55</x:v>
+        <x:v>4.21</x:v>
       </x:c>
       <x:c r="D42" s="0">
-        <x:v>26287.358</x:v>
+        <x:v>27115.2</x:v>
       </x:c>
       <x:c r="E42" s="0">
-        <x:v>24799.918</x:v>
+        <x:v>25581.7</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="1">
-        <x:v>45978.9281365741</x:v>
+        <x:v>45995.3278587963</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C43" s="0">
-        <x:v>7.87</x:v>
+        <x:v>4.14</x:v>
       </x:c>
       <x:c r="D43" s="0">
-        <x:v>26287.421</x:v>
+        <x:v>27141.53</x:v>
       </x:c>
       <x:c r="E43" s="0">
-        <x:v>24799.918</x:v>
+        <x:v>25606.54</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="1">
-        <x:v>45978.3022453704</x:v>
+        <x:v>45994.9276967593</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C44" s="0">
-        <x:v>6.43</x:v>
+        <x:v>4.15</x:v>
       </x:c>
       <x:c r="D44" s="0">
-        <x:v>26508.244</x:v>
+        <x:v>27141.424</x:v>
       </x:c>
       <x:c r="E44" s="0">
-        <x:v>25008.242</x:v>
+        <x:v>25606.54</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="1">
-        <x:v>45975.9257986111</x:v>
+        <x:v>45994.3371875</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C45" s="0">
-        <x:v>7.04</x:v>
+        <x:v>4.15</x:v>
       </x:c>
       <x:c r="D45" s="0">
-        <x:v>26505.692</x:v>
+        <x:v>27087.704</x:v>
       </x:c>
       <x:c r="E45" s="0">
-        <x:v>25008.242</x:v>
+        <x:v>25555.86</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="1">
-        <x:v>45975.3077546296</x:v>
+        <x:v>45993.9303240741</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C46" s="0">
-        <x:v>7.05</x:v>
+        <x:v>4.27</x:v>
       </x:c>
       <x:c r="D46" s="0">
-        <x:v>26490.026</x:v>
+        <x:v>27089.212</x:v>
       </x:c>
       <x:c r="E46" s="0">
-        <x:v>24993.463</x:v>
+        <x:v>25555.86</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="1">
-        <x:v>45974.924849537</x:v>
+        <x:v>45992.9296990741</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C47" s="0">
-        <x:v>7.1</x:v>
+        <x:v>4.84</x:v>
       </x:c>
       <x:c r="D47" s="0">
-        <x:v>26492.688</x:v>
+        <x:v>26863.42</x:v>
       </x:c>
       <x:c r="E47" s="0">
-        <x:v>24993.463</x:v>
+        <x:v>25342.849</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5">
       <x:c r="A48" s="1">
-        <x:v>45974.3773032407</x:v>
+        <x:v>45989.8197106481</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C48" s="0">
-        <x:v>5.31</x:v>
+        <x:v>4.6</x:v>
       </x:c>
       <x:c r="D48" s="0">
-        <x:v>27047.984</x:v>
+        <x:v>26960.034</x:v>
       </x:c>
       <x:c r="E48" s="0">
-        <x:v>25517.328</x:v>
+        <x:v>25434.889</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
       <x:c r="A49" s="1">
-        <x:v>45974.3182638889</x:v>
+        <x:v>45989.3082638889</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C49" s="0">
-        <x:v>5.23</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="D49" s="0">
-        <x:v>27047.984</x:v>
+        <x:v>26750.208</x:v>
       </x:c>
       <x:c r="E49" s="0">
-        <x:v>25517.328</x:v>
+        <x:v>25236.939</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5">
       <x:c r="A50" s="1">
-        <x:v>45973.9253356481</x:v>
+        <x:v>45987.9265509259</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C50" s="0">
-        <x:v>5.51</x:v>
+        <x:v>5.16</x:v>
       </x:c>
       <x:c r="D50" s="0">
-        <x:v>27048.138</x:v>
+        <x:v>26749.635</x:v>
       </x:c>
       <x:c r="E50" s="0">
-        <x:v>25517.328</x:v>
+        <x:v>25236.939</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5">
       <x:c r="A51" s="1">
-        <x:v>45973.3365393519</x:v>
+        <x:v>45987.319537037</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C51" s="0">
-        <x:v>5.04</x:v>
+        <x:v>5.51</x:v>
       </x:c>
       <x:c r="D51" s="0">
-        <x:v>27065.266</x:v>
+        <x:v>26517.942</x:v>
       </x:c>
       <x:c r="E51" s="0">
-        <x:v>25533.486</x:v>
+        <x:v>25018.36</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5">
       <x:c r="A52" s="1">
-        <x:v>45972.9253240741</x:v>
+        <x:v>45986.9250347222</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C52" s="0">
-        <x:v>5.46</x:v>
+        <x:v>5.88</x:v>
       </x:c>
       <x:c r="D52" s="0">
-        <x:v>27065.495</x:v>
+        <x:v>26519.352</x:v>
       </x:c>
       <x:c r="E52" s="0">
-        <x:v>25533.486</x:v>
+        <x:v>25018.36</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5">
       <x:c r="A53" s="1">
-        <x:v>45971.9253703704</x:v>
+        <x:v>45986.3107407407</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C53" s="0">
-        <x:v>5.24</x:v>
+        <x:v>6.44</x:v>
       </x:c>
       <x:c r="D53" s="0">
-        <x:v>27145.158</x:v>
+        <x:v>26366.172</x:v>
       </x:c>
       <x:c r="E53" s="0">
-        <x:v>25611.737</x:v>
+        <x:v>24873.85</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5">
       <x:c r="A54" s="1">
-        <x:v>45971.2992708333</x:v>
+        <x:v>45985.3068518518</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C54" s="0">
-        <x:v>6.22</x:v>
+        <x:v>8.97</x:v>
       </x:c>
       <x:c r="D54" s="0">
-        <x:v>26560.113</x:v>
+        <x:v>25693.622</x:v>
       </x:c>
       <x:c r="E54" s="0">
-        <x:v>25059.808</x:v>
+        <x:v>24239.573</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5">
       <x:c r="A55" s="1">
-        <x:v>45968.9253935185</x:v>
+        <x:v>45982.9249074074</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C55" s="0">
-        <x:v>7.57</x:v>
+        <x:v>10.06</x:v>
       </x:c>
       <x:c r="D55" s="0">
-        <x:v>26562.882</x:v>
+        <x:v>25692.251</x:v>
       </x:c>
       <x:c r="E55" s="0">
-        <x:v>25059.808</x:v>
+        <x:v>24239.573</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5">
       <x:c r="A56" s="1">
-        <x:v>45968.3147337963</x:v>
+        <x:v>45982.3124884259</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C56" s="0">
-        <x:v>6.94</x:v>
+        <x:v>11.05</x:v>
       </x:c>
       <x:c r="D56" s="0">
-        <x:v>26637.33</x:v>
+        <x:v>25495.946</x:v>
       </x:c>
       <x:c r="E56" s="0">
-        <x:v>25130.042</x:v>
+        <x:v>24054.38</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:5">
       <x:c r="A57" s="1">
-        <x:v>45967.9277893519</x:v>
+        <x:v>45981.9259027778</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C57" s="0">
-        <x:v>7.28</x:v>
+        <x:v>11.28</x:v>
       </x:c>
       <x:c r="D57" s="0">
-        <x:v>26637.844</x:v>
+        <x:v>25493.155</x:v>
       </x:c>
       <x:c r="E57" s="0">
-        <x:v>25130.042</x:v>
+        <x:v>24054.38</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:5">
       <x:c r="A58" s="1">
+        <x:v>45981.3119675926</x:v>
+      </x:c>
+      <x:c r="B58" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C58" s="0">
+        <x:v>6.3</x:v>
+      </x:c>
+      <x:c r="D58" s="0">
+        <x:v>26114.458</x:v>
+      </x:c>
+      <x:c r="E58" s="0">
+        <x:v>24640.515</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="59" spans="1:5">
+      <x:c r="A59" s="1">
+        <x:v>45980.926412037</x:v>
+      </x:c>
+      <x:c r="B59" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C59" s="0">
+        <x:v>8.47</x:v>
+      </x:c>
+      <x:c r="D59" s="0">
+        <x:v>26118.769</x:v>
+      </x:c>
+      <x:c r="E59" s="0">
+        <x:v>24640.515</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="60" spans="1:5">
+      <x:c r="A60" s="1">
+        <x:v>45979.9258680556</x:v>
+      </x:c>
+      <x:c r="B60" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C60" s="0">
+        <x:v>9.19</x:v>
+      </x:c>
+      <x:c r="D60" s="0">
+        <x:v>25972.726</x:v>
+      </x:c>
+      <x:c r="E60" s="0">
+        <x:v>24503.096</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="61" spans="1:5">
+      <x:c r="A61" s="1">
+        <x:v>45979.3133912037</x:v>
+      </x:c>
+      <x:c r="B61" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C61" s="0">
+        <x:v>8.55</x:v>
+      </x:c>
+      <x:c r="D61" s="0">
+        <x:v>26287.358</x:v>
+      </x:c>
+      <x:c r="E61" s="0">
+        <x:v>24799.918</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="62" spans="1:5">
+      <x:c r="A62" s="1">
+        <x:v>45978.9281365741</x:v>
+      </x:c>
+      <x:c r="B62" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C62" s="0">
+        <x:v>7.87</x:v>
+      </x:c>
+      <x:c r="D62" s="0">
+        <x:v>26287.421</x:v>
+      </x:c>
+      <x:c r="E62" s="0">
+        <x:v>24799.918</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="63" spans="1:5">
+      <x:c r="A63" s="1">
+        <x:v>45978.3022453704</x:v>
+      </x:c>
+      <x:c r="B63" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C63" s="0">
+        <x:v>6.43</x:v>
+      </x:c>
+      <x:c r="D63" s="0">
+        <x:v>26508.244</x:v>
+      </x:c>
+      <x:c r="E63" s="0">
+        <x:v>25008.242</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="64" spans="1:5">
+      <x:c r="A64" s="1">
+        <x:v>45975.9257986111</x:v>
+      </x:c>
+      <x:c r="B64" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C64" s="0">
+        <x:v>7.04</x:v>
+      </x:c>
+      <x:c r="D64" s="0">
+        <x:v>26505.692</x:v>
+      </x:c>
+      <x:c r="E64" s="0">
+        <x:v>25008.242</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="65" spans="1:5">
+      <x:c r="A65" s="1">
+        <x:v>45975.3077546296</x:v>
+      </x:c>
+      <x:c r="B65" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C65" s="0">
+        <x:v>7.05</x:v>
+      </x:c>
+      <x:c r="D65" s="0">
+        <x:v>26490.026</x:v>
+      </x:c>
+      <x:c r="E65" s="0">
+        <x:v>24993.463</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="66" spans="1:5">
+      <x:c r="A66" s="1">
+        <x:v>45974.924849537</x:v>
+      </x:c>
+      <x:c r="B66" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C66" s="0">
+        <x:v>7.1</x:v>
+      </x:c>
+      <x:c r="D66" s="0">
+        <x:v>26492.688</x:v>
+      </x:c>
+      <x:c r="E66" s="0">
+        <x:v>24993.463</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="67" spans="1:5">
+      <x:c r="A67" s="1">
+        <x:v>45974.3773032407</x:v>
+      </x:c>
+      <x:c r="B67" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C67" s="0">
+        <x:v>5.31</x:v>
+      </x:c>
+      <x:c r="D67" s="0">
+        <x:v>27047.984</x:v>
+      </x:c>
+      <x:c r="E67" s="0">
+        <x:v>25517.328</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="68" spans="1:5">
+      <x:c r="A68" s="1">
+        <x:v>45974.3182638889</x:v>
+      </x:c>
+      <x:c r="B68" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C68" s="0">
+        <x:v>5.23</x:v>
+      </x:c>
+      <x:c r="D68" s="0">
+        <x:v>27047.984</x:v>
+      </x:c>
+      <x:c r="E68" s="0">
+        <x:v>25517.328</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="69" spans="1:5">
+      <x:c r="A69" s="1">
+        <x:v>45973.9253356481</x:v>
+      </x:c>
+      <x:c r="B69" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C69" s="0">
+        <x:v>5.51</x:v>
+      </x:c>
+      <x:c r="D69" s="0">
+        <x:v>27048.138</x:v>
+      </x:c>
+      <x:c r="E69" s="0">
+        <x:v>25517.328</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="70" spans="1:5">
+      <x:c r="A70" s="1">
+        <x:v>45973.3365393519</x:v>
+      </x:c>
+      <x:c r="B70" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C70" s="0">
+        <x:v>5.04</x:v>
+      </x:c>
+      <x:c r="D70" s="0">
+        <x:v>27065.266</x:v>
+      </x:c>
+      <x:c r="E70" s="0">
+        <x:v>25533.486</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="71" spans="1:5">
+      <x:c r="A71" s="1">
+        <x:v>45972.9253240741</x:v>
+      </x:c>
+      <x:c r="B71" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C71" s="0">
+        <x:v>5.46</x:v>
+      </x:c>
+      <x:c r="D71" s="0">
+        <x:v>27065.495</x:v>
+      </x:c>
+      <x:c r="E71" s="0">
+        <x:v>25533.486</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="72" spans="1:5">
+      <x:c r="A72" s="1">
+        <x:v>45971.9253703704</x:v>
+      </x:c>
+      <x:c r="B72" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C72" s="0">
+        <x:v>5.24</x:v>
+      </x:c>
+      <x:c r="D72" s="0">
+        <x:v>27145.158</x:v>
+      </x:c>
+      <x:c r="E72" s="0">
+        <x:v>25611.737</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="73" spans="1:5">
+      <x:c r="A73" s="1">
+        <x:v>45971.2992708333</x:v>
+      </x:c>
+      <x:c r="B73" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C73" s="0">
+        <x:v>6.22</x:v>
+      </x:c>
+      <x:c r="D73" s="0">
+        <x:v>26560.113</x:v>
+      </x:c>
+      <x:c r="E73" s="0">
+        <x:v>25059.808</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="74" spans="1:5">
+      <x:c r="A74" s="1">
+        <x:v>45968.9253935185</x:v>
+      </x:c>
+      <x:c r="B74" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C74" s="0">
+        <x:v>7.57</x:v>
+      </x:c>
+      <x:c r="D74" s="0">
+        <x:v>26562.882</x:v>
+      </x:c>
+      <x:c r="E74" s="0">
+        <x:v>25059.808</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="75" spans="1:5">
+      <x:c r="A75" s="1">
+        <x:v>45968.3147337963</x:v>
+      </x:c>
+      <x:c r="B75" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C75" s="0">
+        <x:v>6.94</x:v>
+      </x:c>
+      <x:c r="D75" s="0">
+        <x:v>26637.33</x:v>
+      </x:c>
+      <x:c r="E75" s="0">
+        <x:v>25130.042</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="76" spans="1:5">
+      <x:c r="A76" s="1">
+        <x:v>45967.9277893519</x:v>
+      </x:c>
+      <x:c r="B76" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C76" s="0">
+        <x:v>7.28</x:v>
+      </x:c>
+      <x:c r="D76" s="0">
+        <x:v>26637.844</x:v>
+      </x:c>
+      <x:c r="E76" s="0">
+        <x:v>25130.042</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="77" spans="1:5">
+      <x:c r="A77" s="1">
         <x:v>45966.9253587963</x:v>
       </x:c>
-      <x:c r="B58" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C58" s="0">
+      <x:c r="B77" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C77" s="0">
         <x:v>5.74</x:v>
       </x:c>
-      <x:c r="D58" s="0">
+      <x:c r="D77" s="0">
         <x:v>27157.233</x:v>
       </x:c>
-      <x:c r="E58" s="0">
+      <x:c r="E77" s="0">
         <x:v>25620.031</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>