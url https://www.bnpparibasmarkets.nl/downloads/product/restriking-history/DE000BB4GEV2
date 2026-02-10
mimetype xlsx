--- v3 (2026-01-20)
+++ v4 (2026-02-10)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1321e1d4123a4bc1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/79c3c2be571241c287d7707d7fc2578d.psmdcp" Id="R8d1bdf544d2848b7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcbbc9dae2d94442e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/25d42e073efd420d86c08def7a30a9a7.psmdcp" Id="R679af55dcd9a47da" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>DE000BB4GEV2</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -390,1355 +390,1644 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E77"/>
+  <x:dimension ref="A1:E94"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>46042.9279050926</x:v>
+        <x:v>46063.3311689815</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
-        <x:v>4.76</x:v>
+        <x:v>3.45</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>26486.824</x:v>
+        <x:v>26783.319</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>24987.57</x:v>
+        <x:v>25268.14</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>46038.9243171296</x:v>
+        <x:v>46062.9247222222</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
-        <x:v>3.66</x:v>
+        <x:v>3.35</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>27061.016</x:v>
+        <x:v>26782.346</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>25529.26</x:v>
+        <x:v>25268.14</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>46037.9280671296</x:v>
+        <x:v>46062.2991203704</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
-        <x:v>3.62</x:v>
+        <x:v>3.68</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>27079.894</x:v>
+        <x:v>26578.434</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>25547.07</x:v>
+        <x:v>25075.77</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>46036.9272800926</x:v>
+        <x:v>46058.925474537</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
-        <x:v>3.79</x:v>
+        <x:v>5.37</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>26992.227</x:v>
+        <x:v>26021.611</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>25465.94</x:v>
+        <x:v>24548.69</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>46036.3275810185</x:v>
+        <x:v>46057.9258680556</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
-        <x:v>3.39</x:v>
+        <x:v>4.5</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>27284.797</x:v>
+        <x:v>26384.714</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>25741.95</x:v>
+        <x:v>24891.24</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>46035.9279166667</x:v>
+        <x:v>46056.9428819444</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
-        <x:v>3.3</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>27286.467</x:v>
+        <x:v>26858.937</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>25741.95</x:v>
+        <x:v>25338.62</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>46034.9278935185</x:v>
+        <x:v>46055.9254513889</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
-        <x:v>3.21</x:v>
+        <x:v>2.96</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>27334.92</x:v>
+        <x:v>27282.927</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>25787.66</x:v>
+        <x:v>25738.61</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>46031.9291666667</x:v>
+        <x:v>46052.2983449074</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
-        <x:v>3.25</x:v>
+        <x:v>3.01</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>27311.676</x:v>
+        <x:v>27434.824</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>25766.26</x:v>
+        <x:v>25884.29</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>46031.324837963</x:v>
+        <x:v>46051.9255324074</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
-        <x:v>3.75</x:v>
+        <x:v>2.79</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>27036.967</x:v>
+        <x:v>27436.975</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>25507.1</x:v>
+        <x:v>25884.29</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>46030.927025463</x:v>
+        <x:v>46051.3032291667</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C12" s="0">
-        <x:v>3.78</x:v>
+        <x:v>2.46</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>27037.526</x:v>
+        <x:v>27583.785</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>25507.1</x:v>
+        <x:v>26022.79</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>46029.9278935185</x:v>
+        <x:v>46050.9251157407</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0">
-        <x:v>3.5</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>27193.134</x:v>
+        <x:v>27583.631</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>25653.9</x:v>
+        <x:v>26022.79</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>46028.9271759259</x:v>
+        <x:v>46050.299224537</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C14" s="0">
-        <x:v>3.53</x:v>
+        <x:v>2.46</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>27178.093</x:v>
+        <x:v>27495.598</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>25639.71</x:v>
+        <x:v>25939.74</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>46027.9296064815</x:v>
+        <x:v>46049.9249768518</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
-        <x:v>4.06</x:v>
+        <x:v>2.72</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>26925.399</x:v>
+        <x:v>27496.124</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>25401.32</x:v>
+        <x:v>25939.74</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>46024.9271875</x:v>
+        <x:v>46048.9248032407</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C16" s="0">
-        <x:v>4.54</x:v>
+        <x:v>3.1</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>26715.714</x:v>
+        <x:v>27256.003</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>25206.17</x:v>
+        <x:v>25713.21</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>46024.2881712963</x:v>
+        <x:v>46045.9251273148</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C17" s="0">
-        <x:v>4.05</x:v>
+        <x:v>3.29</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>26987.487</x:v>
+        <x:v>27141.798</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>25462.56</x:v>
+        <x:v>25605.47</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>46022.3246412037</x:v>
+        <x:v>46044.9245601852</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="0">
-        <x:v>4.15</x:v>
+        <x:v>3.45</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>26990.314</x:v>
+        <x:v>27049.451</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>25462.56</x:v>
+        <x:v>25518.35</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>46021.9269560185</x:v>
+        <x:v>46043.9253935185</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C19" s="0">
-        <x:v>3.98</x:v>
+        <x:v>3.85</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>26990.314</x:v>
+        <x:v>26846.175</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>25462.56</x:v>
+        <x:v>25326.58</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
-        <x:v>46020.9273611111</x:v>
+        <x:v>46042.9279050926</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C20" s="0">
-        <x:v>3.85</x:v>
+        <x:v>4.76</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>27056.444</x:v>
+        <x:v>26486.824</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>25525.56</x:v>
+        <x:v>24987.57</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="1">
-        <x:v>46020.3323611111</x:v>
+        <x:v>46038.9243171296</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C21" s="0">
-        <x:v>3.69</x:v>
+        <x:v>3.66</x:v>
       </x:c>
       <x:c r="D21" s="0">
-        <x:v>27122.45</x:v>
+        <x:v>27061.016</x:v>
       </x:c>
       <x:c r="E21" s="0">
-        <x:v>25587.83</x:v>
+        <x:v>25529.26</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="1">
-        <x:v>46015.3842824074</x:v>
+        <x:v>46037.9280671296</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C22" s="0">
-        <x:v>3.77</x:v>
+        <x:v>3.62</x:v>
       </x:c>
       <x:c r="D22" s="0">
-        <x:v>27123.1</x:v>
+        <x:v>27079.894</x:v>
       </x:c>
       <x:c r="E22" s="0">
-        <x:v>25587.83</x:v>
+        <x:v>25547.07</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="1">
-        <x:v>46014.9278356481</x:v>
+        <x:v>46036.9272800926</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C23" s="0">
-        <x:v>3.71</x:v>
+        <x:v>3.79</x:v>
       </x:c>
       <x:c r="D23" s="0">
-        <x:v>27123.1</x:v>
+        <x:v>26992.227</x:v>
       </x:c>
       <x:c r="E23" s="0">
-        <x:v>25587.83</x:v>
+        <x:v>25465.94</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="1">
-        <x:v>46013.9284837963</x:v>
+        <x:v>46036.3275810185</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C24" s="0">
-        <x:v>3.98</x:v>
+        <x:v>3.39</x:v>
       </x:c>
       <x:c r="D24" s="0">
-        <x:v>26986.68</x:v>
+        <x:v>27284.797</x:v>
       </x:c>
       <x:c r="E24" s="0">
-        <x:v>25461.7</x:v>
+        <x:v>25741.95</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="1">
-        <x:v>46013.296712963</x:v>
+        <x:v>46035.9279166667</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C25" s="0">
-        <x:v>4.02</x:v>
+        <x:v>3.3</x:v>
       </x:c>
       <x:c r="D25" s="0">
-        <x:v>26864.229</x:v>
+        <x:v>27286.467</x:v>
       </x:c>
       <x:c r="E25" s="0">
-        <x:v>25346.18</x:v>
+        <x:v>25741.95</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="1">
-        <x:v>46010.9275810185</x:v>
+        <x:v>46034.9278935185</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C26" s="0">
-        <x:v>4.25</x:v>
+        <x:v>3.21</x:v>
       </x:c>
       <x:c r="D26" s="0">
-        <x:v>26866.951</x:v>
+        <x:v>27334.92</x:v>
       </x:c>
       <x:c r="E26" s="0">
-        <x:v>25346.18</x:v>
+        <x:v>25787.66</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="1">
-        <x:v>46009.930787037</x:v>
+        <x:v>46031.9291666667</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C27" s="0">
-        <x:v>5.2</x:v>
+        <x:v>3.25</x:v>
       </x:c>
       <x:c r="D27" s="0">
-        <x:v>26520.532</x:v>
+        <x:v>27311.676</x:v>
       </x:c>
       <x:c r="E27" s="0">
-        <x:v>25019.37</x:v>
+        <x:v>25766.26</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="1">
-        <x:v>46008.9275925926</x:v>
+        <x:v>46031.324837963</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C28" s="0">
-        <x:v>6.59</x:v>
+        <x:v>3.75</x:v>
       </x:c>
       <x:c r="D28" s="0">
-        <x:v>26126.467</x:v>
+        <x:v>27036.967</x:v>
       </x:c>
       <x:c r="E28" s="0">
-        <x:v>24647.61</x:v>
+        <x:v>25507.1</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="1">
-        <x:v>46007.9277662037</x:v>
+        <x:v>46030.927025463</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C29" s="0">
-        <x:v>5.18</x:v>
+        <x:v>3.78</x:v>
       </x:c>
       <x:c r="D29" s="0">
-        <x:v>26640.916</x:v>
+        <x:v>27037.526</x:v>
       </x:c>
       <x:c r="E29" s="0">
-        <x:v>25132.94</x:v>
+        <x:v>25507.1</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="1">
-        <x:v>46006.9271064815</x:v>
+        <x:v>46029.9278935185</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C30" s="0">
-        <x:v>5.38</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="D30" s="0">
-        <x:v>26569.312</x:v>
+        <x:v>27193.134</x:v>
       </x:c>
       <x:c r="E30" s="0">
-        <x:v>25067.27</x:v>
+        <x:v>25653.9</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="1">
-        <x:v>46006.3081018518</x:v>
+        <x:v>46028.9271759259</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C31" s="0">
-        <x:v>4.85</x:v>
+        <x:v>3.53</x:v>
       </x:c>
       <x:c r="D31" s="0">
-        <x:v>26706.54</x:v>
+        <x:v>27178.093</x:v>
       </x:c>
       <x:c r="E31" s="0">
-        <x:v>25196.73</x:v>
+        <x:v>25639.71</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="1">
-        <x:v>46003.9269907407</x:v>
+        <x:v>46027.9296064815</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C32" s="0">
-        <x:v>5.01</x:v>
+        <x:v>4.06</x:v>
       </x:c>
       <x:c r="D32" s="0">
-        <x:v>26707.622</x:v>
+        <x:v>26925.399</x:v>
       </x:c>
       <x:c r="E32" s="0">
-        <x:v>25196.73</x:v>
+        <x:v>25401.32</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="1">
-        <x:v>46003.3313773148</x:v>
+        <x:v>46024.9271875</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C33" s="0">
-        <x:v>4.01</x:v>
+        <x:v>4.54</x:v>
       </x:c>
       <x:c r="D33" s="0">
-        <x:v>27226.98</x:v>
+        <x:v>26715.714</x:v>
       </x:c>
       <x:c r="E33" s="0">
-        <x:v>25686.69</x:v>
+        <x:v>25206.17</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="1">
-        <x:v>46002.9320023148</x:v>
+        <x:v>46024.2881712963</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C34" s="0">
-        <x:v>3.96</x:v>
+        <x:v>4.05</x:v>
       </x:c>
       <x:c r="D34" s="0">
-        <x:v>27227.891</x:v>
+        <x:v>26987.487</x:v>
       </x:c>
       <x:c r="E34" s="0">
-        <x:v>25686.69</x:v>
+        <x:v>25462.56</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="1">
-        <x:v>46001.927025463</x:v>
+        <x:v>46022.3246412037</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C35" s="0">
-        <x:v>3.77</x:v>
+        <x:v>4.15</x:v>
       </x:c>
       <x:c r="D35" s="0">
-        <x:v>27322.688</x:v>
+        <x:v>26990.314</x:v>
       </x:c>
       <x:c r="E35" s="0">
-        <x:v>25776.44</x:v>
+        <x:v>25462.56</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="1">
-        <x:v>46001.3340509259</x:v>
+        <x:v>46021.9269560185</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C36" s="0">
-        <x:v>4</x:v>
+        <x:v>3.98</x:v>
       </x:c>
       <x:c r="D36" s="0">
-        <x:v>27208.473</x:v>
+        <x:v>26990.314</x:v>
       </x:c>
       <x:c r="E36" s="0">
-        <x:v>25668.69</x:v>
+        <x:v>25462.56</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="1">
-        <x:v>46000.9275810185</x:v>
+        <x:v>46020.9273611111</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C37" s="0">
-        <x:v>4</x:v>
+        <x:v>3.85</x:v>
       </x:c>
       <x:c r="D37" s="0">
-        <x:v>27208.636</x:v>
+        <x:v>27056.444</x:v>
       </x:c>
       <x:c r="E37" s="0">
-        <x:v>25668.69</x:v>
+        <x:v>25525.56</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="1">
-        <x:v>46000.3338310185</x:v>
+        <x:v>46020.3323611111</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C38" s="0">
-        <x:v>4.06</x:v>
+        <x:v>3.69</x:v>
       </x:c>
       <x:c r="D38" s="0">
-        <x:v>27165.452</x:v>
+        <x:v>27122.45</x:v>
       </x:c>
       <x:c r="E38" s="0">
-        <x:v>25627.95</x:v>
+        <x:v>25587.83</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="1">
-        <x:v>45999.3304282407</x:v>
+        <x:v>46015.3842824074</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C39" s="0">
-        <x:v>3.8</x:v>
+        <x:v>3.77</x:v>
       </x:c>
       <x:c r="D39" s="0">
-        <x:v>27231.657</x:v>
+        <x:v>27123.1</x:v>
       </x:c>
       <x:c r="E39" s="0">
-        <x:v>25692.05</x:v>
+        <x:v>25587.83</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="1">
-        <x:v>45996.9307407407</x:v>
+        <x:v>46014.9278356481</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C40" s="0">
-        <x:v>3.95</x:v>
+        <x:v>3.71</x:v>
       </x:c>
       <x:c r="D40" s="0">
-        <x:v>27230.582</x:v>
+        <x:v>27123.1</x:v>
       </x:c>
       <x:c r="E40" s="0">
-        <x:v>25692.05</x:v>
+        <x:v>25587.83</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="1">
-        <x:v>45996.3408333333</x:v>
+        <x:v>46013.9284837963</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C41" s="0">
-        <x:v>3.99</x:v>
+        <x:v>3.98</x:v>
       </x:c>
       <x:c r="D41" s="0">
-        <x:v>27113.611</x:v>
+        <x:v>26986.68</x:v>
       </x:c>
       <x:c r="E41" s="0">
-        <x:v>25581.7</x:v>
+        <x:v>25461.7</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="1">
-        <x:v>45995.9303009259</x:v>
+        <x:v>46013.296712963</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C42" s="0">
-        <x:v>4.21</x:v>
+        <x:v>4.02</x:v>
       </x:c>
       <x:c r="D42" s="0">
-        <x:v>27115.2</x:v>
+        <x:v>26864.229</x:v>
       </x:c>
       <x:c r="E42" s="0">
-        <x:v>25581.7</x:v>
+        <x:v>25346.18</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="1">
-        <x:v>45995.3278587963</x:v>
+        <x:v>46010.9275810185</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C43" s="0">
-        <x:v>4.14</x:v>
+        <x:v>4.25</x:v>
       </x:c>
       <x:c r="D43" s="0">
-        <x:v>27141.53</x:v>
+        <x:v>26866.951</x:v>
       </x:c>
       <x:c r="E43" s="0">
-        <x:v>25606.54</x:v>
+        <x:v>25346.18</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="1">
-        <x:v>45994.9276967593</x:v>
+        <x:v>46009.930787037</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C44" s="0">
-        <x:v>4.15</x:v>
+        <x:v>5.2</x:v>
       </x:c>
       <x:c r="D44" s="0">
-        <x:v>27141.424</x:v>
+        <x:v>26520.532</x:v>
       </x:c>
       <x:c r="E44" s="0">
-        <x:v>25606.54</x:v>
+        <x:v>25019.37</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="1">
-        <x:v>45994.3371875</x:v>
+        <x:v>46008.9275925926</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C45" s="0">
-        <x:v>4.15</x:v>
+        <x:v>6.59</x:v>
       </x:c>
       <x:c r="D45" s="0">
-        <x:v>27087.704</x:v>
+        <x:v>26126.467</x:v>
       </x:c>
       <x:c r="E45" s="0">
-        <x:v>25555.86</x:v>
+        <x:v>24647.61</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="1">
-        <x:v>45993.9303240741</x:v>
+        <x:v>46007.9277662037</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C46" s="0">
-        <x:v>4.27</x:v>
+        <x:v>5.18</x:v>
       </x:c>
       <x:c r="D46" s="0">
-        <x:v>27089.212</x:v>
+        <x:v>26640.916</x:v>
       </x:c>
       <x:c r="E46" s="0">
-        <x:v>25555.86</x:v>
+        <x:v>25132.94</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="1">
-        <x:v>45992.9296990741</x:v>
+        <x:v>46006.9271064815</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C47" s="0">
-        <x:v>4.84</x:v>
+        <x:v>5.38</x:v>
       </x:c>
       <x:c r="D47" s="0">
-        <x:v>26863.42</x:v>
+        <x:v>26569.312</x:v>
       </x:c>
       <x:c r="E47" s="0">
-        <x:v>25342.849</x:v>
+        <x:v>25067.27</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5">
       <x:c r="A48" s="1">
-        <x:v>45989.8197106481</x:v>
+        <x:v>46006.3081018518</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C48" s="0">
-        <x:v>4.6</x:v>
+        <x:v>4.85</x:v>
       </x:c>
       <x:c r="D48" s="0">
-        <x:v>26960.034</x:v>
+        <x:v>26706.54</x:v>
       </x:c>
       <x:c r="E48" s="0">
-        <x:v>25434.889</x:v>
+        <x:v>25196.73</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
       <x:c r="A49" s="1">
-        <x:v>45989.3082638889</x:v>
+        <x:v>46003.9269907407</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C49" s="0">
-        <x:v>5</x:v>
+        <x:v>5.01</x:v>
       </x:c>
       <x:c r="D49" s="0">
-        <x:v>26750.208</x:v>
+        <x:v>26707.622</x:v>
       </x:c>
       <x:c r="E49" s="0">
-        <x:v>25236.939</x:v>
+        <x:v>25196.73</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5">
       <x:c r="A50" s="1">
-        <x:v>45987.9265509259</x:v>
+        <x:v>46003.3313773148</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C50" s="0">
-        <x:v>5.16</x:v>
+        <x:v>4.01</x:v>
       </x:c>
       <x:c r="D50" s="0">
-        <x:v>26749.635</x:v>
+        <x:v>27226.98</x:v>
       </x:c>
       <x:c r="E50" s="0">
-        <x:v>25236.939</x:v>
+        <x:v>25686.69</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5">
       <x:c r="A51" s="1">
-        <x:v>45987.319537037</x:v>
+        <x:v>46002.9320023148</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C51" s="0">
-        <x:v>5.51</x:v>
+        <x:v>3.96</x:v>
       </x:c>
       <x:c r="D51" s="0">
-        <x:v>26517.942</x:v>
+        <x:v>27227.891</x:v>
       </x:c>
       <x:c r="E51" s="0">
-        <x:v>25018.36</x:v>
+        <x:v>25686.69</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5">
       <x:c r="A52" s="1">
-        <x:v>45986.9250347222</x:v>
+        <x:v>46001.927025463</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C52" s="0">
-        <x:v>5.88</x:v>
+        <x:v>3.77</x:v>
       </x:c>
       <x:c r="D52" s="0">
-        <x:v>26519.352</x:v>
+        <x:v>27322.688</x:v>
       </x:c>
       <x:c r="E52" s="0">
-        <x:v>25018.36</x:v>
+        <x:v>25776.44</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5">
       <x:c r="A53" s="1">
-        <x:v>45986.3107407407</x:v>
+        <x:v>46001.3340509259</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C53" s="0">
-        <x:v>6.44</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="D53" s="0">
-        <x:v>26366.172</x:v>
+        <x:v>27208.473</x:v>
       </x:c>
       <x:c r="E53" s="0">
-        <x:v>24873.85</x:v>
+        <x:v>25668.69</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5">
       <x:c r="A54" s="1">
-        <x:v>45985.3068518518</x:v>
+        <x:v>46000.9275810185</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C54" s="0">
-        <x:v>8.97</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="D54" s="0">
-        <x:v>25693.622</x:v>
+        <x:v>27208.636</x:v>
       </x:c>
       <x:c r="E54" s="0">
-        <x:v>24239.573</x:v>
+        <x:v>25668.69</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5">
       <x:c r="A55" s="1">
-        <x:v>45982.9249074074</x:v>
+        <x:v>46000.3338310185</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C55" s="0">
-        <x:v>10.06</x:v>
+        <x:v>4.06</x:v>
       </x:c>
       <x:c r="D55" s="0">
-        <x:v>25692.251</x:v>
+        <x:v>27165.452</x:v>
       </x:c>
       <x:c r="E55" s="0">
-        <x:v>24239.573</x:v>
+        <x:v>25627.95</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5">
       <x:c r="A56" s="1">
-        <x:v>45982.3124884259</x:v>
+        <x:v>45999.3304282407</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C56" s="0">
-        <x:v>11.05</x:v>
+        <x:v>3.8</x:v>
       </x:c>
       <x:c r="D56" s="0">
-        <x:v>25495.946</x:v>
+        <x:v>27231.657</x:v>
       </x:c>
       <x:c r="E56" s="0">
-        <x:v>24054.38</x:v>
+        <x:v>25692.05</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:5">
       <x:c r="A57" s="1">
-        <x:v>45981.9259027778</x:v>
+        <x:v>45996.9307407407</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C57" s="0">
-        <x:v>11.28</x:v>
+        <x:v>3.95</x:v>
       </x:c>
       <x:c r="D57" s="0">
-        <x:v>25493.155</x:v>
+        <x:v>27230.582</x:v>
       </x:c>
       <x:c r="E57" s="0">
-        <x:v>24054.38</x:v>
+        <x:v>25692.05</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:5">
       <x:c r="A58" s="1">
-        <x:v>45981.3119675926</x:v>
+        <x:v>45996.3408333333</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C58" s="0">
-        <x:v>6.3</x:v>
+        <x:v>3.99</x:v>
       </x:c>
       <x:c r="D58" s="0">
-        <x:v>26114.458</x:v>
+        <x:v>27113.611</x:v>
       </x:c>
       <x:c r="E58" s="0">
-        <x:v>24640.515</x:v>
+        <x:v>25581.7</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:5">
       <x:c r="A59" s="1">
-        <x:v>45980.926412037</x:v>
+        <x:v>45995.9303009259</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C59" s="0">
-        <x:v>8.47</x:v>
+        <x:v>4.21</x:v>
       </x:c>
       <x:c r="D59" s="0">
-        <x:v>26118.769</x:v>
+        <x:v>27115.2</x:v>
       </x:c>
       <x:c r="E59" s="0">
-        <x:v>24640.515</x:v>
+        <x:v>25581.7</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:5">
       <x:c r="A60" s="1">
-        <x:v>45979.9258680556</x:v>
+        <x:v>45995.3278587963</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C60" s="0">
-        <x:v>9.19</x:v>
+        <x:v>4.14</x:v>
       </x:c>
       <x:c r="D60" s="0">
-        <x:v>25972.726</x:v>
+        <x:v>27141.53</x:v>
       </x:c>
       <x:c r="E60" s="0">
-        <x:v>24503.096</x:v>
+        <x:v>25606.54</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:5">
       <x:c r="A61" s="1">
-        <x:v>45979.3133912037</x:v>
+        <x:v>45994.9276967593</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C61" s="0">
-        <x:v>8.55</x:v>
+        <x:v>4.15</x:v>
       </x:c>
       <x:c r="D61" s="0">
-        <x:v>26287.358</x:v>
+        <x:v>27141.424</x:v>
       </x:c>
       <x:c r="E61" s="0">
-        <x:v>24799.918</x:v>
+        <x:v>25606.54</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:5">
       <x:c r="A62" s="1">
-        <x:v>45978.9281365741</x:v>
+        <x:v>45994.3371875</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C62" s="0">
-        <x:v>7.87</x:v>
+        <x:v>4.15</x:v>
       </x:c>
       <x:c r="D62" s="0">
-        <x:v>26287.421</x:v>
+        <x:v>27087.704</x:v>
       </x:c>
       <x:c r="E62" s="0">
-        <x:v>24799.918</x:v>
+        <x:v>25555.86</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:5">
       <x:c r="A63" s="1">
-        <x:v>45978.3022453704</x:v>
+        <x:v>45993.9303240741</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C63" s="0">
-        <x:v>6.43</x:v>
+        <x:v>4.27</x:v>
       </x:c>
       <x:c r="D63" s="0">
-        <x:v>26508.244</x:v>
+        <x:v>27089.212</x:v>
       </x:c>
       <x:c r="E63" s="0">
-        <x:v>25008.242</x:v>
+        <x:v>25555.86</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:5">
       <x:c r="A64" s="1">
-        <x:v>45975.9257986111</x:v>
+        <x:v>45992.9296990741</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C64" s="0">
-        <x:v>7.04</x:v>
+        <x:v>4.84</x:v>
       </x:c>
       <x:c r="D64" s="0">
-        <x:v>26505.692</x:v>
+        <x:v>26863.42</x:v>
       </x:c>
       <x:c r="E64" s="0">
-        <x:v>25008.242</x:v>
+        <x:v>25342.849</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:5">
       <x:c r="A65" s="1">
-        <x:v>45975.3077546296</x:v>
+        <x:v>45989.8197106481</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C65" s="0">
-        <x:v>7.05</x:v>
+        <x:v>4.6</x:v>
       </x:c>
       <x:c r="D65" s="0">
-        <x:v>26490.026</x:v>
+        <x:v>26960.034</x:v>
       </x:c>
       <x:c r="E65" s="0">
-        <x:v>24993.463</x:v>
+        <x:v>25434.889</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:5">
       <x:c r="A66" s="1">
-        <x:v>45974.924849537</x:v>
+        <x:v>45989.3082638889</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C66" s="0">
-        <x:v>7.1</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="D66" s="0">
-        <x:v>26492.688</x:v>
+        <x:v>26750.208</x:v>
       </x:c>
       <x:c r="E66" s="0">
-        <x:v>24993.463</x:v>
+        <x:v>25236.939</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:5">
       <x:c r="A67" s="1">
-        <x:v>45974.3773032407</x:v>
+        <x:v>45987.9265509259</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C67" s="0">
-        <x:v>5.31</x:v>
+        <x:v>5.16</x:v>
       </x:c>
       <x:c r="D67" s="0">
-        <x:v>27047.984</x:v>
+        <x:v>26749.635</x:v>
       </x:c>
       <x:c r="E67" s="0">
-        <x:v>25517.328</x:v>
+        <x:v>25236.939</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:5">
       <x:c r="A68" s="1">
-        <x:v>45974.3182638889</x:v>
+        <x:v>45987.319537037</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C68" s="0">
-        <x:v>5.23</x:v>
+        <x:v>5.51</x:v>
       </x:c>
       <x:c r="D68" s="0">
-        <x:v>27047.984</x:v>
+        <x:v>26517.942</x:v>
       </x:c>
       <x:c r="E68" s="0">
-        <x:v>25517.328</x:v>
+        <x:v>25018.36</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:5">
       <x:c r="A69" s="1">
-        <x:v>45973.9253356481</x:v>
+        <x:v>45986.9250347222</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C69" s="0">
-        <x:v>5.51</x:v>
+        <x:v>5.88</x:v>
       </x:c>
       <x:c r="D69" s="0">
-        <x:v>27048.138</x:v>
+        <x:v>26519.352</x:v>
       </x:c>
       <x:c r="E69" s="0">
-        <x:v>25517.328</x:v>
+        <x:v>25018.36</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:5">
       <x:c r="A70" s="1">
-        <x:v>45973.3365393519</x:v>
+        <x:v>45986.3107407407</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C70" s="0">
-        <x:v>5.04</x:v>
+        <x:v>6.44</x:v>
       </x:c>
       <x:c r="D70" s="0">
-        <x:v>27065.266</x:v>
+        <x:v>26366.172</x:v>
       </x:c>
       <x:c r="E70" s="0">
-        <x:v>25533.486</x:v>
+        <x:v>24873.85</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:5">
       <x:c r="A71" s="1">
-        <x:v>45972.9253240741</x:v>
+        <x:v>45985.3068518518</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C71" s="0">
-        <x:v>5.46</x:v>
+        <x:v>8.97</x:v>
       </x:c>
       <x:c r="D71" s="0">
-        <x:v>27065.495</x:v>
+        <x:v>25693.622</x:v>
       </x:c>
       <x:c r="E71" s="0">
-        <x:v>25533.486</x:v>
+        <x:v>24239.573</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:5">
       <x:c r="A72" s="1">
-        <x:v>45971.9253703704</x:v>
+        <x:v>45982.9249074074</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C72" s="0">
-        <x:v>5.24</x:v>
+        <x:v>10.06</x:v>
       </x:c>
       <x:c r="D72" s="0">
-        <x:v>27145.158</x:v>
+        <x:v>25692.251</x:v>
       </x:c>
       <x:c r="E72" s="0">
-        <x:v>25611.737</x:v>
+        <x:v>24239.573</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:5">
       <x:c r="A73" s="1">
-        <x:v>45971.2992708333</x:v>
+        <x:v>45982.3124884259</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C73" s="0">
-        <x:v>6.22</x:v>
+        <x:v>11.05</x:v>
       </x:c>
       <x:c r="D73" s="0">
-        <x:v>26560.113</x:v>
+        <x:v>25495.946</x:v>
       </x:c>
       <x:c r="E73" s="0">
-        <x:v>25059.808</x:v>
+        <x:v>24054.38</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:5">
       <x:c r="A74" s="1">
-        <x:v>45968.9253935185</x:v>
+        <x:v>45981.9259027778</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C74" s="0">
-        <x:v>7.57</x:v>
+        <x:v>11.28</x:v>
       </x:c>
       <x:c r="D74" s="0">
-        <x:v>26562.882</x:v>
+        <x:v>25493.155</x:v>
       </x:c>
       <x:c r="E74" s="0">
-        <x:v>25059.808</x:v>
+        <x:v>24054.38</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:5">
       <x:c r="A75" s="1">
-        <x:v>45968.3147337963</x:v>
+        <x:v>45981.3119675926</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C75" s="0">
-        <x:v>6.94</x:v>
+        <x:v>6.3</x:v>
       </x:c>
       <x:c r="D75" s="0">
-        <x:v>26637.33</x:v>
+        <x:v>26114.458</x:v>
       </x:c>
       <x:c r="E75" s="0">
-        <x:v>25130.042</x:v>
+        <x:v>24640.515</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:5">
       <x:c r="A76" s="1">
-        <x:v>45967.9277893519</x:v>
+        <x:v>45980.926412037</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C76" s="0">
-        <x:v>7.28</x:v>
+        <x:v>8.47</x:v>
       </x:c>
       <x:c r="D76" s="0">
-        <x:v>26637.844</x:v>
+        <x:v>26118.769</x:v>
       </x:c>
       <x:c r="E76" s="0">
-        <x:v>25130.042</x:v>
+        <x:v>24640.515</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:5">
       <x:c r="A77" s="1">
+        <x:v>45979.9258680556</x:v>
+      </x:c>
+      <x:c r="B77" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C77" s="0">
+        <x:v>9.19</x:v>
+      </x:c>
+      <x:c r="D77" s="0">
+        <x:v>25972.726</x:v>
+      </x:c>
+      <x:c r="E77" s="0">
+        <x:v>24503.096</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="78" spans="1:5">
+      <x:c r="A78" s="1">
+        <x:v>45979.3133912037</x:v>
+      </x:c>
+      <x:c r="B78" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C78" s="0">
+        <x:v>8.55</x:v>
+      </x:c>
+      <x:c r="D78" s="0">
+        <x:v>26287.358</x:v>
+      </x:c>
+      <x:c r="E78" s="0">
+        <x:v>24799.918</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="79" spans="1:5">
+      <x:c r="A79" s="1">
+        <x:v>45978.9281365741</x:v>
+      </x:c>
+      <x:c r="B79" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C79" s="0">
+        <x:v>7.87</x:v>
+      </x:c>
+      <x:c r="D79" s="0">
+        <x:v>26287.421</x:v>
+      </x:c>
+      <x:c r="E79" s="0">
+        <x:v>24799.918</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="80" spans="1:5">
+      <x:c r="A80" s="1">
+        <x:v>45978.3022453704</x:v>
+      </x:c>
+      <x:c r="B80" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C80" s="0">
+        <x:v>6.43</x:v>
+      </x:c>
+      <x:c r="D80" s="0">
+        <x:v>26508.244</x:v>
+      </x:c>
+      <x:c r="E80" s="0">
+        <x:v>25008.242</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="81" spans="1:5">
+      <x:c r="A81" s="1">
+        <x:v>45975.9257986111</x:v>
+      </x:c>
+      <x:c r="B81" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C81" s="0">
+        <x:v>7.04</x:v>
+      </x:c>
+      <x:c r="D81" s="0">
+        <x:v>26505.692</x:v>
+      </x:c>
+      <x:c r="E81" s="0">
+        <x:v>25008.242</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="82" spans="1:5">
+      <x:c r="A82" s="1">
+        <x:v>45975.3077546296</x:v>
+      </x:c>
+      <x:c r="B82" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C82" s="0">
+        <x:v>7.05</x:v>
+      </x:c>
+      <x:c r="D82" s="0">
+        <x:v>26490.026</x:v>
+      </x:c>
+      <x:c r="E82" s="0">
+        <x:v>24993.463</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="83" spans="1:5">
+      <x:c r="A83" s="1">
+        <x:v>45974.924849537</x:v>
+      </x:c>
+      <x:c r="B83" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C83" s="0">
+        <x:v>7.1</x:v>
+      </x:c>
+      <x:c r="D83" s="0">
+        <x:v>26492.688</x:v>
+      </x:c>
+      <x:c r="E83" s="0">
+        <x:v>24993.463</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="84" spans="1:5">
+      <x:c r="A84" s="1">
+        <x:v>45974.3773032407</x:v>
+      </x:c>
+      <x:c r="B84" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C84" s="0">
+        <x:v>5.31</x:v>
+      </x:c>
+      <x:c r="D84" s="0">
+        <x:v>27047.984</x:v>
+      </x:c>
+      <x:c r="E84" s="0">
+        <x:v>25517.328</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="85" spans="1:5">
+      <x:c r="A85" s="1">
+        <x:v>45974.3182638889</x:v>
+      </x:c>
+      <x:c r="B85" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C85" s="0">
+        <x:v>5.23</x:v>
+      </x:c>
+      <x:c r="D85" s="0">
+        <x:v>27047.984</x:v>
+      </x:c>
+      <x:c r="E85" s="0">
+        <x:v>25517.328</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="86" spans="1:5">
+      <x:c r="A86" s="1">
+        <x:v>45973.9253356481</x:v>
+      </x:c>
+      <x:c r="B86" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C86" s="0">
+        <x:v>5.51</x:v>
+      </x:c>
+      <x:c r="D86" s="0">
+        <x:v>27048.138</x:v>
+      </x:c>
+      <x:c r="E86" s="0">
+        <x:v>25517.328</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="87" spans="1:5">
+      <x:c r="A87" s="1">
+        <x:v>45973.3365393519</x:v>
+      </x:c>
+      <x:c r="B87" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C87" s="0">
+        <x:v>5.04</x:v>
+      </x:c>
+      <x:c r="D87" s="0">
+        <x:v>27065.266</x:v>
+      </x:c>
+      <x:c r="E87" s="0">
+        <x:v>25533.486</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="88" spans="1:5">
+      <x:c r="A88" s="1">
+        <x:v>45972.9253240741</x:v>
+      </x:c>
+      <x:c r="B88" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C88" s="0">
+        <x:v>5.46</x:v>
+      </x:c>
+      <x:c r="D88" s="0">
+        <x:v>27065.495</x:v>
+      </x:c>
+      <x:c r="E88" s="0">
+        <x:v>25533.486</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="89" spans="1:5">
+      <x:c r="A89" s="1">
+        <x:v>45971.9253703704</x:v>
+      </x:c>
+      <x:c r="B89" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C89" s="0">
+        <x:v>5.24</x:v>
+      </x:c>
+      <x:c r="D89" s="0">
+        <x:v>27145.158</x:v>
+      </x:c>
+      <x:c r="E89" s="0">
+        <x:v>25611.737</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="90" spans="1:5">
+      <x:c r="A90" s="1">
+        <x:v>45971.2992708333</x:v>
+      </x:c>
+      <x:c r="B90" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C90" s="0">
+        <x:v>6.22</x:v>
+      </x:c>
+      <x:c r="D90" s="0">
+        <x:v>26560.113</x:v>
+      </x:c>
+      <x:c r="E90" s="0">
+        <x:v>25059.808</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="91" spans="1:5">
+      <x:c r="A91" s="1">
+        <x:v>45968.9253935185</x:v>
+      </x:c>
+      <x:c r="B91" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C91" s="0">
+        <x:v>7.57</x:v>
+      </x:c>
+      <x:c r="D91" s="0">
+        <x:v>26562.882</x:v>
+      </x:c>
+      <x:c r="E91" s="0">
+        <x:v>25059.808</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="92" spans="1:5">
+      <x:c r="A92" s="1">
+        <x:v>45968.3147337963</x:v>
+      </x:c>
+      <x:c r="B92" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C92" s="0">
+        <x:v>6.94</x:v>
+      </x:c>
+      <x:c r="D92" s="0">
+        <x:v>26637.33</x:v>
+      </x:c>
+      <x:c r="E92" s="0">
+        <x:v>25130.042</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="93" spans="1:5">
+      <x:c r="A93" s="1">
+        <x:v>45967.9277893519</x:v>
+      </x:c>
+      <x:c r="B93" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C93" s="0">
+        <x:v>7.28</x:v>
+      </x:c>
+      <x:c r="D93" s="0">
+        <x:v>26637.844</x:v>
+      </x:c>
+      <x:c r="E93" s="0">
+        <x:v>25130.042</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="94" spans="1:5">
+      <x:c r="A94" s="1">
         <x:v>45966.9253587963</x:v>
       </x:c>
-      <x:c r="B77" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C77" s="0">
+      <x:c r="B94" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C94" s="0">
         <x:v>5.74</x:v>
       </x:c>
-      <x:c r="D77" s="0">
+      <x:c r="D94" s="0">
         <x:v>27157.233</x:v>
       </x:c>
-      <x:c r="E77" s="0">
+      <x:c r="E94" s="0">
         <x:v>25620.031</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>