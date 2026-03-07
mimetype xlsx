--- v4 (2026-02-10)
+++ v5 (2026-03-07)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcbbc9dae2d94442e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/25d42e073efd420d86c08def7a30a9a7.psmdcp" Id="R679af55dcd9a47da" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5d71d3a8d5a14dda" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9032200954fe41db90ef6e4f994289d0.psmdcp" Id="Rd1a95dafd5444adf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>DE000BB4GEV2</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -390,1644 +390,2171 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E94"/>
+  <x:dimension ref="A1:E125"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>46063.3311689815</x:v>
+        <x:v>46087.9263078704</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
-        <x:v>3.45</x:v>
+        <x:v>3.97</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>26783.319</x:v>
+        <x:v>26117.894</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>25268.14</x:v>
+        <x:v>24643.02</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>46062.9247222222</x:v>
+        <x:v>46087.3067939815</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
-        <x:v>3.35</x:v>
+        <x:v>3.12</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>26782.346</x:v>
+        <x:v>26517.927</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>25268.14</x:v>
+        <x:v>25020.41</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>46062.2991203704</x:v>
+        <x:v>46086.9325462963</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
-        <x:v>3.68</x:v>
+        <x:v>3.28</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>26578.434</x:v>
+        <x:v>26519.891</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>25075.77</x:v>
+        <x:v>25020.41</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>46058.925474537</x:v>
+        <x:v>46086.3051273148</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
-        <x:v>5.37</x:v>
+        <x:v>3.32</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>26021.611</x:v>
+        <x:v>26597.557</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>24548.69</x:v>
+        <x:v>25093.68</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>46057.9258680556</x:v>
+        <x:v>46085.9284837963</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
-        <x:v>4.5</x:v>
+        <x:v>3.15</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>26384.714</x:v>
+        <x:v>26598.604</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>24891.24</x:v>
+        <x:v>25093.68</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>46056.9428819444</x:v>
+        <x:v>46085.3383796296</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
-        <x:v>3.6</x:v>
+        <x:v>4.44</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>26858.937</x:v>
+        <x:v>26202.588</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>25338.62</x:v>
+        <x:v>24720.08</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>46055.9254513889</x:v>
+        <x:v>46084.9255208333</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
-        <x:v>2.96</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>27282.927</x:v>
+        <x:v>26202.56</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>25738.61</x:v>
+        <x:v>24720.08</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>46052.2983449074</x:v>
+        <x:v>46084.3354050926</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
-        <x:v>3.01</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>27434.824</x:v>
+        <x:v>26491.432</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>25884.29</x:v>
+        <x:v>24992.6</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>46051.9255324074</x:v>
+        <x:v>46083.9255555556</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
-        <x:v>2.79</x:v>
+        <x:v>3.47</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>27436.975</x:v>
+        <x:v>26491.585</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>25884.29</x:v>
+        <x:v>24992.6</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>46051.3032291667</x:v>
+        <x:v>46083.3084027778</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C12" s="0">
-        <x:v>2.46</x:v>
+        <x:v>4.14</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>27583.785</x:v>
+        <x:v>26457.072</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>26022.79</x:v>
+        <x:v>24960.04</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>46050.9251157407</x:v>
+        <x:v>46080.9256944444</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0">
-        <x:v>2.6</x:v>
+        <x:v>3.53</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>27583.631</x:v>
+        <x:v>26454.742</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>26022.79</x:v>
+        <x:v>24960.04</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>46050.299224537</x:v>
+        <x:v>46080.3043518519</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C14" s="0">
-        <x:v>2.46</x:v>
+        <x:v>3.45</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>27495.598</x:v>
+        <x:v>26533.531</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>25939.74</x:v>
+        <x:v>25034.37</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>46049.9249768518</x:v>
+        <x:v>46079.9258217593</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
-        <x:v>2.72</x:v>
+        <x:v>3.39</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>27496.124</x:v>
+        <x:v>26536.19</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>25939.74</x:v>
+        <x:v>25034.37</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>46048.9248032407</x:v>
+        <x:v>46079.2991666667</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C16" s="0">
-        <x:v>3.1</x:v>
+        <x:v>3.03</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>27256.003</x:v>
+        <x:v>26848.541</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>25713.21</x:v>
+        <x:v>25329.04</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>46045.9251273148</x:v>
+        <x:v>46078.9257291667</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C17" s="0">
-        <x:v>3.29</x:v>
+        <x:v>2.91</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>27141.798</x:v>
+        <x:v>26848.718</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>25605.47</x:v>
+        <x:v>25329.04</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>46044.9245601852</x:v>
+        <x:v>46078.3266087963</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="0">
-        <x:v>3.45</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>27049.451</x:v>
+        <x:v>26475.598</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>25518.35</x:v>
+        <x:v>24977.04</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>46043.9253935185</x:v>
+        <x:v>46077.925474537</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C19" s="0">
-        <x:v>3.85</x:v>
+        <x:v>3.63</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>26846.175</x:v>
+        <x:v>26475.662</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>25326.58</x:v>
+        <x:v>24977.04</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
-        <x:v>46042.9279050926</x:v>
+        <x:v>46076.3076273148</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C20" s="0">
-        <x:v>4.76</x:v>
+        <x:v>4.13</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>26486.824</x:v>
+        <x:v>26513.046</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>24987.57</x:v>
+        <x:v>25012.62</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="1">
-        <x:v>46038.9243171296</x:v>
+        <x:v>46073.9253703704</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C21" s="0">
-        <x:v>3.66</x:v>
+        <x:v>3.65</x:v>
       </x:c>
       <x:c r="D21" s="0">
-        <x:v>27061.016</x:v>
+        <x:v>26513.246</x:v>
       </x:c>
       <x:c r="E21" s="0">
-        <x:v>25529.26</x:v>
+        <x:v>25012.62</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="1">
-        <x:v>46037.9280671296</x:v>
+        <x:v>46073.3322800926</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C22" s="0">
-        <x:v>3.62</x:v>
+        <x:v>3.97</x:v>
       </x:c>
       <x:c r="D22" s="0">
-        <x:v>27079.894</x:v>
+        <x:v>26285.05</x:v>
       </x:c>
       <x:c r="E22" s="0">
-        <x:v>25547.07</x:v>
+        <x:v>24797.34</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="1">
-        <x:v>46036.9272800926</x:v>
+        <x:v>46072.9253125</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C23" s="0">
-        <x:v>3.79</x:v>
+        <x:v>4.15</x:v>
       </x:c>
       <x:c r="D23" s="0">
-        <x:v>26992.227</x:v>
+        <x:v>26281.39</x:v>
       </x:c>
       <x:c r="E23" s="0">
-        <x:v>25465.94</x:v>
+        <x:v>24797.34</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="1">
-        <x:v>46036.3275810185</x:v>
+        <x:v>46072.3124768519</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C24" s="0">
-        <x:v>3.39</x:v>
+        <x:v>3.86</x:v>
       </x:c>
       <x:c r="D24" s="0">
-        <x:v>27284.797</x:v>
+        <x:v>26389.011</x:v>
       </x:c>
       <x:c r="E24" s="0">
-        <x:v>25741.95</x:v>
+        <x:v>24898.87</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="1">
-        <x:v>46035.9279166667</x:v>
+        <x:v>46071.9254050926</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C25" s="0">
-        <x:v>3.3</x:v>
+        <x:v>3.93</x:v>
       </x:c>
       <x:c r="D25" s="0">
-        <x:v>27286.467</x:v>
+        <x:v>26392.588</x:v>
       </x:c>
       <x:c r="E25" s="0">
-        <x:v>25741.95</x:v>
+        <x:v>24898.87</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="1">
-        <x:v>46034.9278935185</x:v>
+        <x:v>46071.3073032407</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C26" s="0">
-        <x:v>3.21</x:v>
+        <x:v>4.28</x:v>
       </x:c>
       <x:c r="D26" s="0">
-        <x:v>27334.92</x:v>
+        <x:v>26183.482</x:v>
       </x:c>
       <x:c r="E26" s="0">
-        <x:v>25787.66</x:v>
+        <x:v>24701.6</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="1">
-        <x:v>46031.9291666667</x:v>
+        <x:v>46070.9253587963</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C27" s="0">
-        <x:v>3.25</x:v>
+        <x:v>4.43</x:v>
       </x:c>
       <x:c r="D27" s="0">
-        <x:v>27311.676</x:v>
+        <x:v>26182.662</x:v>
       </x:c>
       <x:c r="E27" s="0">
-        <x:v>25766.26</x:v>
+        <x:v>24701.6</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="1">
-        <x:v>46031.324837963</x:v>
+        <x:v>46070.3023611111</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C28" s="0">
-        <x:v>3.75</x:v>
+        <x:v>4.89</x:v>
       </x:c>
       <x:c r="D28" s="0">
-        <x:v>27036.967</x:v>
+        <x:v>26215.66</x:v>
       </x:c>
       <x:c r="E28" s="0">
-        <x:v>25507.1</x:v>
+        <x:v>24732.73</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="1">
-        <x:v>46030.927025463</x:v>
+        <x:v>46066.9255324074</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C29" s="0">
-        <x:v>3.78</x:v>
+        <x:v>4.34</x:v>
       </x:c>
       <x:c r="D29" s="0">
-        <x:v>27037.526</x:v>
+        <x:v>26213.675</x:v>
       </x:c>
       <x:c r="E29" s="0">
-        <x:v>25507.1</x:v>
+        <x:v>24732.73</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="1">
-        <x:v>46029.9278935185</x:v>
+        <x:v>46066.3087962963</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C30" s="0">
-        <x:v>3.5</x:v>
+        <x:v>4.56</x:v>
       </x:c>
       <x:c r="D30" s="0">
-        <x:v>27193.134</x:v>
+        <x:v>26165.848</x:v>
       </x:c>
       <x:c r="E30" s="0">
-        <x:v>25653.9</x:v>
+        <x:v>24687.61</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="1">
-        <x:v>46028.9271759259</x:v>
+        <x:v>46065.9252893518</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C31" s="0">
-        <x:v>3.53</x:v>
+        <x:v>4.46</x:v>
       </x:c>
       <x:c r="D31" s="0">
-        <x:v>27178.093</x:v>
+        <x:v>26168.867</x:v>
       </x:c>
       <x:c r="E31" s="0">
-        <x:v>25639.71</x:v>
+        <x:v>24687.61</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="1">
-        <x:v>46027.9296064815</x:v>
+        <x:v>46064.9255671296</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C32" s="0">
-        <x:v>4.06</x:v>
+        <x:v>3.47</x:v>
       </x:c>
       <x:c r="D32" s="0">
-        <x:v>26925.399</x:v>
+        <x:v>26713.101</x:v>
       </x:c>
       <x:c r="E32" s="0">
-        <x:v>25401.32</x:v>
+        <x:v>25201.26</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="1">
-        <x:v>46024.9271875</x:v>
+        <x:v>46063.925474537</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C33" s="0">
-        <x:v>4.54</x:v>
+        <x:v>3.62</x:v>
       </x:c>
       <x:c r="D33" s="0">
-        <x:v>26715.714</x:v>
+        <x:v>26634.389</x:v>
       </x:c>
       <x:c r="E33" s="0">
-        <x:v>25206.17</x:v>
+        <x:v>25127.64</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="1">
-        <x:v>46024.2881712963</x:v>
+        <x:v>46063.3311689815</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C34" s="0">
-        <x:v>4.05</x:v>
+        <x:v>3.45</x:v>
       </x:c>
       <x:c r="D34" s="0">
-        <x:v>26987.487</x:v>
+        <x:v>26783.319</x:v>
       </x:c>
       <x:c r="E34" s="0">
-        <x:v>25462.56</x:v>
+        <x:v>25268.14</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="1">
-        <x:v>46022.3246412037</x:v>
+        <x:v>46062.9247222222</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C35" s="0">
-        <x:v>4.15</x:v>
+        <x:v>3.35</x:v>
       </x:c>
       <x:c r="D35" s="0">
-        <x:v>26990.314</x:v>
+        <x:v>26782.346</x:v>
       </x:c>
       <x:c r="E35" s="0">
-        <x:v>25462.56</x:v>
+        <x:v>25268.14</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="1">
-        <x:v>46021.9269560185</x:v>
+        <x:v>46062.2991203704</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C36" s="0">
-        <x:v>3.98</x:v>
+        <x:v>3.68</x:v>
       </x:c>
       <x:c r="D36" s="0">
-        <x:v>26990.314</x:v>
+        <x:v>26578.434</x:v>
       </x:c>
       <x:c r="E36" s="0">
-        <x:v>25462.56</x:v>
+        <x:v>25075.77</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="1">
-        <x:v>46020.9273611111</x:v>
+        <x:v>46058.925474537</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C37" s="0">
-        <x:v>3.85</x:v>
+        <x:v>5.37</x:v>
       </x:c>
       <x:c r="D37" s="0">
-        <x:v>27056.444</x:v>
+        <x:v>26021.611</x:v>
       </x:c>
       <x:c r="E37" s="0">
-        <x:v>25525.56</x:v>
+        <x:v>24548.69</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="1">
-        <x:v>46020.3323611111</x:v>
+        <x:v>46057.9258680556</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C38" s="0">
-        <x:v>3.69</x:v>
+        <x:v>4.5</x:v>
       </x:c>
       <x:c r="D38" s="0">
-        <x:v>27122.45</x:v>
+        <x:v>26384.714</x:v>
       </x:c>
       <x:c r="E38" s="0">
-        <x:v>25587.83</x:v>
+        <x:v>24891.24</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="1">
-        <x:v>46015.3842824074</x:v>
+        <x:v>46056.9428819444</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C39" s="0">
-        <x:v>3.77</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="D39" s="0">
-        <x:v>27123.1</x:v>
+        <x:v>26858.937</x:v>
       </x:c>
       <x:c r="E39" s="0">
-        <x:v>25587.83</x:v>
+        <x:v>25338.62</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="1">
-        <x:v>46014.9278356481</x:v>
+        <x:v>46055.9254513889</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C40" s="0">
-        <x:v>3.71</x:v>
+        <x:v>2.96</x:v>
       </x:c>
       <x:c r="D40" s="0">
-        <x:v>27123.1</x:v>
+        <x:v>27282.927</x:v>
       </x:c>
       <x:c r="E40" s="0">
-        <x:v>25587.83</x:v>
+        <x:v>25738.61</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="1">
-        <x:v>46013.9284837963</x:v>
+        <x:v>46052.2983449074</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C41" s="0">
-        <x:v>3.98</x:v>
+        <x:v>3.01</x:v>
       </x:c>
       <x:c r="D41" s="0">
-        <x:v>26986.68</x:v>
+        <x:v>27434.824</x:v>
       </x:c>
       <x:c r="E41" s="0">
-        <x:v>25461.7</x:v>
+        <x:v>25884.29</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="1">
-        <x:v>46013.296712963</x:v>
+        <x:v>46051.9255324074</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C42" s="0">
-        <x:v>4.02</x:v>
+        <x:v>2.79</x:v>
       </x:c>
       <x:c r="D42" s="0">
-        <x:v>26864.229</x:v>
+        <x:v>27436.975</x:v>
       </x:c>
       <x:c r="E42" s="0">
-        <x:v>25346.18</x:v>
+        <x:v>25884.29</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="1">
-        <x:v>46010.9275810185</x:v>
+        <x:v>46051.3032291667</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C43" s="0">
-        <x:v>4.25</x:v>
+        <x:v>2.46</x:v>
       </x:c>
       <x:c r="D43" s="0">
-        <x:v>26866.951</x:v>
+        <x:v>27583.785</x:v>
       </x:c>
       <x:c r="E43" s="0">
-        <x:v>25346.18</x:v>
+        <x:v>26022.79</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="1">
-        <x:v>46009.930787037</x:v>
+        <x:v>46050.9251157407</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C44" s="0">
-        <x:v>5.2</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="D44" s="0">
-        <x:v>26520.532</x:v>
+        <x:v>27583.631</x:v>
       </x:c>
       <x:c r="E44" s="0">
-        <x:v>25019.37</x:v>
+        <x:v>26022.79</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="1">
-        <x:v>46008.9275925926</x:v>
+        <x:v>46050.299224537</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C45" s="0">
-        <x:v>6.59</x:v>
+        <x:v>2.46</x:v>
       </x:c>
       <x:c r="D45" s="0">
-        <x:v>26126.467</x:v>
+        <x:v>27495.598</x:v>
       </x:c>
       <x:c r="E45" s="0">
-        <x:v>24647.61</x:v>
+        <x:v>25939.74</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="1">
-        <x:v>46007.9277662037</x:v>
+        <x:v>46049.9249768518</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C46" s="0">
-        <x:v>5.18</x:v>
+        <x:v>2.72</x:v>
       </x:c>
       <x:c r="D46" s="0">
-        <x:v>26640.916</x:v>
+        <x:v>27496.124</x:v>
       </x:c>
       <x:c r="E46" s="0">
-        <x:v>25132.94</x:v>
+        <x:v>25939.74</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="1">
-        <x:v>46006.9271064815</x:v>
+        <x:v>46048.9248032407</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C47" s="0">
-        <x:v>5.38</x:v>
+        <x:v>3.1</x:v>
       </x:c>
       <x:c r="D47" s="0">
-        <x:v>26569.312</x:v>
+        <x:v>27256.003</x:v>
       </x:c>
       <x:c r="E47" s="0">
-        <x:v>25067.27</x:v>
+        <x:v>25713.21</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5">
       <x:c r="A48" s="1">
-        <x:v>46006.3081018518</x:v>
+        <x:v>46045.9251273148</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C48" s="0">
-        <x:v>4.85</x:v>
+        <x:v>3.29</x:v>
       </x:c>
       <x:c r="D48" s="0">
-        <x:v>26706.54</x:v>
+        <x:v>27141.798</x:v>
       </x:c>
       <x:c r="E48" s="0">
-        <x:v>25196.73</x:v>
+        <x:v>25605.47</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
       <x:c r="A49" s="1">
-        <x:v>46003.9269907407</x:v>
+        <x:v>46044.9245601852</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C49" s="0">
-        <x:v>5.01</x:v>
+        <x:v>3.45</x:v>
       </x:c>
       <x:c r="D49" s="0">
-        <x:v>26707.622</x:v>
+        <x:v>27049.451</x:v>
       </x:c>
       <x:c r="E49" s="0">
-        <x:v>25196.73</x:v>
+        <x:v>25518.35</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5">
       <x:c r="A50" s="1">
-        <x:v>46003.3313773148</x:v>
+        <x:v>46043.9253935185</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C50" s="0">
-        <x:v>4.01</x:v>
+        <x:v>3.85</x:v>
       </x:c>
       <x:c r="D50" s="0">
-        <x:v>27226.98</x:v>
+        <x:v>26846.175</x:v>
       </x:c>
       <x:c r="E50" s="0">
-        <x:v>25686.69</x:v>
+        <x:v>25326.58</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5">
       <x:c r="A51" s="1">
-        <x:v>46002.9320023148</x:v>
+        <x:v>46042.9279050926</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C51" s="0">
-        <x:v>3.96</x:v>
+        <x:v>4.76</x:v>
       </x:c>
       <x:c r="D51" s="0">
-        <x:v>27227.891</x:v>
+        <x:v>26486.824</x:v>
       </x:c>
       <x:c r="E51" s="0">
-        <x:v>25686.69</x:v>
+        <x:v>24987.57</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5">
       <x:c r="A52" s="1">
-        <x:v>46001.927025463</x:v>
+        <x:v>46038.9243171296</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C52" s="0">
-        <x:v>3.77</x:v>
+        <x:v>3.66</x:v>
       </x:c>
       <x:c r="D52" s="0">
-        <x:v>27322.688</x:v>
+        <x:v>27061.016</x:v>
       </x:c>
       <x:c r="E52" s="0">
-        <x:v>25776.44</x:v>
+        <x:v>25529.26</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5">
       <x:c r="A53" s="1">
-        <x:v>46001.3340509259</x:v>
+        <x:v>46037.9280671296</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C53" s="0">
-        <x:v>4</x:v>
+        <x:v>3.62</x:v>
       </x:c>
       <x:c r="D53" s="0">
-        <x:v>27208.473</x:v>
+        <x:v>27079.894</x:v>
       </x:c>
       <x:c r="E53" s="0">
-        <x:v>25668.69</x:v>
+        <x:v>25547.07</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5">
       <x:c r="A54" s="1">
-        <x:v>46000.9275810185</x:v>
+        <x:v>46036.9272800926</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C54" s="0">
-        <x:v>4</x:v>
+        <x:v>3.79</x:v>
       </x:c>
       <x:c r="D54" s="0">
-        <x:v>27208.636</x:v>
+        <x:v>26992.227</x:v>
       </x:c>
       <x:c r="E54" s="0">
-        <x:v>25668.69</x:v>
+        <x:v>25465.94</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5">
       <x:c r="A55" s="1">
-        <x:v>46000.3338310185</x:v>
+        <x:v>46036.3275810185</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C55" s="0">
-        <x:v>4.06</x:v>
+        <x:v>3.39</x:v>
       </x:c>
       <x:c r="D55" s="0">
-        <x:v>27165.452</x:v>
+        <x:v>27284.797</x:v>
       </x:c>
       <x:c r="E55" s="0">
-        <x:v>25627.95</x:v>
+        <x:v>25741.95</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5">
       <x:c r="A56" s="1">
-        <x:v>45999.3304282407</x:v>
+        <x:v>46035.9279166667</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C56" s="0">
-        <x:v>3.8</x:v>
+        <x:v>3.3</x:v>
       </x:c>
       <x:c r="D56" s="0">
-        <x:v>27231.657</x:v>
+        <x:v>27286.467</x:v>
       </x:c>
       <x:c r="E56" s="0">
-        <x:v>25692.05</x:v>
+        <x:v>25741.95</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:5">
       <x:c r="A57" s="1">
-        <x:v>45996.9307407407</x:v>
+        <x:v>46034.9278935185</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C57" s="0">
-        <x:v>3.95</x:v>
+        <x:v>3.21</x:v>
       </x:c>
       <x:c r="D57" s="0">
-        <x:v>27230.582</x:v>
+        <x:v>27334.92</x:v>
       </x:c>
       <x:c r="E57" s="0">
-        <x:v>25692.05</x:v>
+        <x:v>25787.66</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:5">
       <x:c r="A58" s="1">
-        <x:v>45996.3408333333</x:v>
+        <x:v>46031.9291666667</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C58" s="0">
-        <x:v>3.99</x:v>
+        <x:v>3.25</x:v>
       </x:c>
       <x:c r="D58" s="0">
-        <x:v>27113.611</x:v>
+        <x:v>27311.676</x:v>
       </x:c>
       <x:c r="E58" s="0">
-        <x:v>25581.7</x:v>
+        <x:v>25766.26</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:5">
       <x:c r="A59" s="1">
-        <x:v>45995.9303009259</x:v>
+        <x:v>46031.324837963</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C59" s="0">
-        <x:v>4.21</x:v>
+        <x:v>3.75</x:v>
       </x:c>
       <x:c r="D59" s="0">
-        <x:v>27115.2</x:v>
+        <x:v>27036.967</x:v>
       </x:c>
       <x:c r="E59" s="0">
-        <x:v>25581.7</x:v>
+        <x:v>25507.1</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:5">
       <x:c r="A60" s="1">
-        <x:v>45995.3278587963</x:v>
+        <x:v>46030.927025463</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C60" s="0">
-        <x:v>4.14</x:v>
+        <x:v>3.78</x:v>
       </x:c>
       <x:c r="D60" s="0">
-        <x:v>27141.53</x:v>
+        <x:v>27037.526</x:v>
       </x:c>
       <x:c r="E60" s="0">
-        <x:v>25606.54</x:v>
+        <x:v>25507.1</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:5">
       <x:c r="A61" s="1">
-        <x:v>45994.9276967593</x:v>
+        <x:v>46029.9278935185</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C61" s="0">
-        <x:v>4.15</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="D61" s="0">
-        <x:v>27141.424</x:v>
+        <x:v>27193.134</x:v>
       </x:c>
       <x:c r="E61" s="0">
-        <x:v>25606.54</x:v>
+        <x:v>25653.9</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:5">
       <x:c r="A62" s="1">
-        <x:v>45994.3371875</x:v>
+        <x:v>46028.9271759259</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C62" s="0">
-        <x:v>4.15</x:v>
+        <x:v>3.53</x:v>
       </x:c>
       <x:c r="D62" s="0">
-        <x:v>27087.704</x:v>
+        <x:v>27178.093</x:v>
       </x:c>
       <x:c r="E62" s="0">
-        <x:v>25555.86</x:v>
+        <x:v>25639.71</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:5">
       <x:c r="A63" s="1">
-        <x:v>45993.9303240741</x:v>
+        <x:v>46027.9296064815</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C63" s="0">
-        <x:v>4.27</x:v>
+        <x:v>4.06</x:v>
       </x:c>
       <x:c r="D63" s="0">
-        <x:v>27089.212</x:v>
+        <x:v>26925.399</x:v>
       </x:c>
       <x:c r="E63" s="0">
-        <x:v>25555.86</x:v>
+        <x:v>25401.32</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:5">
       <x:c r="A64" s="1">
-        <x:v>45992.9296990741</x:v>
+        <x:v>46024.9271875</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C64" s="0">
-        <x:v>4.84</x:v>
+        <x:v>4.54</x:v>
       </x:c>
       <x:c r="D64" s="0">
-        <x:v>26863.42</x:v>
+        <x:v>26715.714</x:v>
       </x:c>
       <x:c r="E64" s="0">
-        <x:v>25342.849</x:v>
+        <x:v>25206.17</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:5">
       <x:c r="A65" s="1">
-        <x:v>45989.8197106481</x:v>
+        <x:v>46024.2881712963</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C65" s="0">
-        <x:v>4.6</x:v>
+        <x:v>4.05</x:v>
       </x:c>
       <x:c r="D65" s="0">
-        <x:v>26960.034</x:v>
+        <x:v>26987.487</x:v>
       </x:c>
       <x:c r="E65" s="0">
-        <x:v>25434.889</x:v>
+        <x:v>25462.56</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:5">
       <x:c r="A66" s="1">
-        <x:v>45989.3082638889</x:v>
+        <x:v>46022.3246412037</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C66" s="0">
-        <x:v>5</x:v>
+        <x:v>4.15</x:v>
       </x:c>
       <x:c r="D66" s="0">
-        <x:v>26750.208</x:v>
+        <x:v>26990.314</x:v>
       </x:c>
       <x:c r="E66" s="0">
-        <x:v>25236.939</x:v>
+        <x:v>25462.56</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:5">
       <x:c r="A67" s="1">
-        <x:v>45987.9265509259</x:v>
+        <x:v>46021.9269560185</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C67" s="0">
-        <x:v>5.16</x:v>
+        <x:v>3.98</x:v>
       </x:c>
       <x:c r="D67" s="0">
-        <x:v>26749.635</x:v>
+        <x:v>26990.314</x:v>
       </x:c>
       <x:c r="E67" s="0">
-        <x:v>25236.939</x:v>
+        <x:v>25462.56</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:5">
       <x:c r="A68" s="1">
-        <x:v>45987.319537037</x:v>
+        <x:v>46020.9273611111</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C68" s="0">
-        <x:v>5.51</x:v>
+        <x:v>3.85</x:v>
       </x:c>
       <x:c r="D68" s="0">
-        <x:v>26517.942</x:v>
+        <x:v>27056.444</x:v>
       </x:c>
       <x:c r="E68" s="0">
-        <x:v>25018.36</x:v>
+        <x:v>25525.56</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:5">
       <x:c r="A69" s="1">
-        <x:v>45986.9250347222</x:v>
+        <x:v>46020.3323611111</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C69" s="0">
-        <x:v>5.88</x:v>
+        <x:v>3.69</x:v>
       </x:c>
       <x:c r="D69" s="0">
-        <x:v>26519.352</x:v>
+        <x:v>27122.45</x:v>
       </x:c>
       <x:c r="E69" s="0">
-        <x:v>25018.36</x:v>
+        <x:v>25587.83</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:5">
       <x:c r="A70" s="1">
-        <x:v>45986.3107407407</x:v>
+        <x:v>46015.3842824074</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C70" s="0">
-        <x:v>6.44</x:v>
+        <x:v>3.77</x:v>
       </x:c>
       <x:c r="D70" s="0">
-        <x:v>26366.172</x:v>
+        <x:v>27123.1</x:v>
       </x:c>
       <x:c r="E70" s="0">
-        <x:v>24873.85</x:v>
+        <x:v>25587.83</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:5">
       <x:c r="A71" s="1">
-        <x:v>45985.3068518518</x:v>
+        <x:v>46014.9278356481</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C71" s="0">
-        <x:v>8.97</x:v>
+        <x:v>3.71</x:v>
       </x:c>
       <x:c r="D71" s="0">
-        <x:v>25693.622</x:v>
+        <x:v>27123.1</x:v>
       </x:c>
       <x:c r="E71" s="0">
-        <x:v>24239.573</x:v>
+        <x:v>25587.83</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:5">
       <x:c r="A72" s="1">
-        <x:v>45982.9249074074</x:v>
+        <x:v>46013.9284837963</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C72" s="0">
-        <x:v>10.06</x:v>
+        <x:v>3.98</x:v>
       </x:c>
       <x:c r="D72" s="0">
-        <x:v>25692.251</x:v>
+        <x:v>26986.68</x:v>
       </x:c>
       <x:c r="E72" s="0">
-        <x:v>24239.573</x:v>
+        <x:v>25461.7</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:5">
       <x:c r="A73" s="1">
-        <x:v>45982.3124884259</x:v>
+        <x:v>46013.296712963</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C73" s="0">
-        <x:v>11.05</x:v>
+        <x:v>4.02</x:v>
       </x:c>
       <x:c r="D73" s="0">
-        <x:v>25495.946</x:v>
+        <x:v>26864.229</x:v>
       </x:c>
       <x:c r="E73" s="0">
-        <x:v>24054.38</x:v>
+        <x:v>25346.18</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:5">
       <x:c r="A74" s="1">
-        <x:v>45981.9259027778</x:v>
+        <x:v>46010.9275810185</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C74" s="0">
-        <x:v>11.28</x:v>
+        <x:v>4.25</x:v>
       </x:c>
       <x:c r="D74" s="0">
-        <x:v>25493.155</x:v>
+        <x:v>26866.951</x:v>
       </x:c>
       <x:c r="E74" s="0">
-        <x:v>24054.38</x:v>
+        <x:v>25346.18</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:5">
       <x:c r="A75" s="1">
-        <x:v>45981.3119675926</x:v>
+        <x:v>46009.930787037</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C75" s="0">
-        <x:v>6.3</x:v>
+        <x:v>5.2</x:v>
       </x:c>
       <x:c r="D75" s="0">
-        <x:v>26114.458</x:v>
+        <x:v>26520.532</x:v>
       </x:c>
       <x:c r="E75" s="0">
-        <x:v>24640.515</x:v>
+        <x:v>25019.37</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:5">
       <x:c r="A76" s="1">
-        <x:v>45980.926412037</x:v>
+        <x:v>46008.9275925926</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C76" s="0">
-        <x:v>8.47</x:v>
+        <x:v>6.59</x:v>
       </x:c>
       <x:c r="D76" s="0">
-        <x:v>26118.769</x:v>
+        <x:v>26126.467</x:v>
       </x:c>
       <x:c r="E76" s="0">
-        <x:v>24640.515</x:v>
+        <x:v>24647.61</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:5">
       <x:c r="A77" s="1">
-        <x:v>45979.9258680556</x:v>
+        <x:v>46007.9277662037</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C77" s="0">
-        <x:v>9.19</x:v>
+        <x:v>5.18</x:v>
       </x:c>
       <x:c r="D77" s="0">
-        <x:v>25972.726</x:v>
+        <x:v>26640.916</x:v>
       </x:c>
       <x:c r="E77" s="0">
-        <x:v>24503.096</x:v>
+        <x:v>25132.94</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:5">
       <x:c r="A78" s="1">
-        <x:v>45979.3133912037</x:v>
+        <x:v>46006.9271064815</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C78" s="0">
-        <x:v>8.55</x:v>
+        <x:v>5.38</x:v>
       </x:c>
       <x:c r="D78" s="0">
-        <x:v>26287.358</x:v>
+        <x:v>26569.312</x:v>
       </x:c>
       <x:c r="E78" s="0">
-        <x:v>24799.918</x:v>
+        <x:v>25067.27</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:5">
       <x:c r="A79" s="1">
-        <x:v>45978.9281365741</x:v>
+        <x:v>46006.3081018518</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C79" s="0">
-        <x:v>7.87</x:v>
+        <x:v>4.85</x:v>
       </x:c>
       <x:c r="D79" s="0">
-        <x:v>26287.421</x:v>
+        <x:v>26706.54</x:v>
       </x:c>
       <x:c r="E79" s="0">
-        <x:v>24799.918</x:v>
+        <x:v>25196.73</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:5">
       <x:c r="A80" s="1">
-        <x:v>45978.3022453704</x:v>
+        <x:v>46003.9269907407</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C80" s="0">
-        <x:v>6.43</x:v>
+        <x:v>5.01</x:v>
       </x:c>
       <x:c r="D80" s="0">
-        <x:v>26508.244</x:v>
+        <x:v>26707.622</x:v>
       </x:c>
       <x:c r="E80" s="0">
-        <x:v>25008.242</x:v>
+        <x:v>25196.73</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:5">
       <x:c r="A81" s="1">
-        <x:v>45975.9257986111</x:v>
+        <x:v>46003.3313773148</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C81" s="0">
-        <x:v>7.04</x:v>
+        <x:v>4.01</x:v>
       </x:c>
       <x:c r="D81" s="0">
-        <x:v>26505.692</x:v>
+        <x:v>27226.98</x:v>
       </x:c>
       <x:c r="E81" s="0">
-        <x:v>25008.242</x:v>
+        <x:v>25686.69</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:5">
       <x:c r="A82" s="1">
-        <x:v>45975.3077546296</x:v>
+        <x:v>46002.9320023148</x:v>
       </x:c>
       <x:c r="B82" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C82" s="0">
-        <x:v>7.05</x:v>
+        <x:v>3.96</x:v>
       </x:c>
       <x:c r="D82" s="0">
-        <x:v>26490.026</x:v>
+        <x:v>27227.891</x:v>
       </x:c>
       <x:c r="E82" s="0">
-        <x:v>24993.463</x:v>
+        <x:v>25686.69</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:5">
       <x:c r="A83" s="1">
-        <x:v>45974.924849537</x:v>
+        <x:v>46001.927025463</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C83" s="0">
-        <x:v>7.1</x:v>
+        <x:v>3.77</x:v>
       </x:c>
       <x:c r="D83" s="0">
-        <x:v>26492.688</x:v>
+        <x:v>27322.688</x:v>
       </x:c>
       <x:c r="E83" s="0">
-        <x:v>24993.463</x:v>
+        <x:v>25776.44</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:5">
       <x:c r="A84" s="1">
-        <x:v>45974.3773032407</x:v>
+        <x:v>46001.3340509259</x:v>
       </x:c>
       <x:c r="B84" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C84" s="0">
-        <x:v>5.31</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="D84" s="0">
-        <x:v>27047.984</x:v>
+        <x:v>27208.473</x:v>
       </x:c>
       <x:c r="E84" s="0">
-        <x:v>25517.328</x:v>
+        <x:v>25668.69</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:5">
       <x:c r="A85" s="1">
-        <x:v>45974.3182638889</x:v>
+        <x:v>46000.9275810185</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C85" s="0">
-        <x:v>5.23</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="D85" s="0">
-        <x:v>27047.984</x:v>
+        <x:v>27208.636</x:v>
       </x:c>
       <x:c r="E85" s="0">
-        <x:v>25517.328</x:v>
+        <x:v>25668.69</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:5">
       <x:c r="A86" s="1">
-        <x:v>45973.9253356481</x:v>
+        <x:v>46000.3338310185</x:v>
       </x:c>
       <x:c r="B86" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C86" s="0">
-        <x:v>5.51</x:v>
+        <x:v>4.06</x:v>
       </x:c>
       <x:c r="D86" s="0">
-        <x:v>27048.138</x:v>
+        <x:v>27165.452</x:v>
       </x:c>
       <x:c r="E86" s="0">
-        <x:v>25517.328</x:v>
+        <x:v>25627.95</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:5">
       <x:c r="A87" s="1">
-        <x:v>45973.3365393519</x:v>
+        <x:v>45999.3304282407</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C87" s="0">
-        <x:v>5.04</x:v>
+        <x:v>3.8</x:v>
       </x:c>
       <x:c r="D87" s="0">
-        <x:v>27065.266</x:v>
+        <x:v>27231.657</x:v>
       </x:c>
       <x:c r="E87" s="0">
-        <x:v>25533.486</x:v>
+        <x:v>25692.05</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:5">
       <x:c r="A88" s="1">
-        <x:v>45972.9253240741</x:v>
+        <x:v>45996.9307407407</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C88" s="0">
-        <x:v>5.46</x:v>
+        <x:v>3.95</x:v>
       </x:c>
       <x:c r="D88" s="0">
-        <x:v>27065.495</x:v>
+        <x:v>27230.582</x:v>
       </x:c>
       <x:c r="E88" s="0">
-        <x:v>25533.486</x:v>
+        <x:v>25692.05</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:5">
       <x:c r="A89" s="1">
-        <x:v>45971.9253703704</x:v>
+        <x:v>45996.3408333333</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C89" s="0">
-        <x:v>5.24</x:v>
+        <x:v>3.99</x:v>
       </x:c>
       <x:c r="D89" s="0">
-        <x:v>27145.158</x:v>
+        <x:v>27113.611</x:v>
       </x:c>
       <x:c r="E89" s="0">
-        <x:v>25611.737</x:v>
+        <x:v>25581.7</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:5">
       <x:c r="A90" s="1">
-        <x:v>45971.2992708333</x:v>
+        <x:v>45995.9303009259</x:v>
       </x:c>
       <x:c r="B90" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C90" s="0">
-        <x:v>6.22</x:v>
+        <x:v>4.21</x:v>
       </x:c>
       <x:c r="D90" s="0">
-        <x:v>26560.113</x:v>
+        <x:v>27115.2</x:v>
       </x:c>
       <x:c r="E90" s="0">
-        <x:v>25059.808</x:v>
+        <x:v>25581.7</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:5">
       <x:c r="A91" s="1">
-        <x:v>45968.9253935185</x:v>
+        <x:v>45995.3278587963</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C91" s="0">
-        <x:v>7.57</x:v>
+        <x:v>4.14</x:v>
       </x:c>
       <x:c r="D91" s="0">
-        <x:v>26562.882</x:v>
+        <x:v>27141.53</x:v>
       </x:c>
       <x:c r="E91" s="0">
-        <x:v>25059.808</x:v>
+        <x:v>25606.54</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:5">
       <x:c r="A92" s="1">
-        <x:v>45968.3147337963</x:v>
+        <x:v>45994.9276967593</x:v>
       </x:c>
       <x:c r="B92" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C92" s="0">
-        <x:v>6.94</x:v>
+        <x:v>4.15</x:v>
       </x:c>
       <x:c r="D92" s="0">
-        <x:v>26637.33</x:v>
+        <x:v>27141.424</x:v>
       </x:c>
       <x:c r="E92" s="0">
-        <x:v>25130.042</x:v>
+        <x:v>25606.54</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:5">
       <x:c r="A93" s="1">
-        <x:v>45967.9277893519</x:v>
+        <x:v>45994.3371875</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C93" s="0">
-        <x:v>7.28</x:v>
+        <x:v>4.15</x:v>
       </x:c>
       <x:c r="D93" s="0">
-        <x:v>26637.844</x:v>
+        <x:v>27087.704</x:v>
       </x:c>
       <x:c r="E93" s="0">
-        <x:v>25130.042</x:v>
+        <x:v>25555.86</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:5">
       <x:c r="A94" s="1">
+        <x:v>45993.9303240741</x:v>
+      </x:c>
+      <x:c r="B94" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C94" s="0">
+        <x:v>4.27</x:v>
+      </x:c>
+      <x:c r="D94" s="0">
+        <x:v>27089.212</x:v>
+      </x:c>
+      <x:c r="E94" s="0">
+        <x:v>25555.86</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="95" spans="1:5">
+      <x:c r="A95" s="1">
+        <x:v>45992.9296990741</x:v>
+      </x:c>
+      <x:c r="B95" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C95" s="0">
+        <x:v>4.84</x:v>
+      </x:c>
+      <x:c r="D95" s="0">
+        <x:v>26863.42</x:v>
+      </x:c>
+      <x:c r="E95" s="0">
+        <x:v>25342.849</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="96" spans="1:5">
+      <x:c r="A96" s="1">
+        <x:v>45989.8197106481</x:v>
+      </x:c>
+      <x:c r="B96" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C96" s="0">
+        <x:v>4.6</x:v>
+      </x:c>
+      <x:c r="D96" s="0">
+        <x:v>26960.034</x:v>
+      </x:c>
+      <x:c r="E96" s="0">
+        <x:v>25434.889</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="97" spans="1:5">
+      <x:c r="A97" s="1">
+        <x:v>45989.3082638889</x:v>
+      </x:c>
+      <x:c r="B97" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C97" s="0">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c r="D97" s="0">
+        <x:v>26750.208</x:v>
+      </x:c>
+      <x:c r="E97" s="0">
+        <x:v>25236.939</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="98" spans="1:5">
+      <x:c r="A98" s="1">
+        <x:v>45987.9265509259</x:v>
+      </x:c>
+      <x:c r="B98" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C98" s="0">
+        <x:v>5.16</x:v>
+      </x:c>
+      <x:c r="D98" s="0">
+        <x:v>26749.635</x:v>
+      </x:c>
+      <x:c r="E98" s="0">
+        <x:v>25236.939</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="99" spans="1:5">
+      <x:c r="A99" s="1">
+        <x:v>45987.319537037</x:v>
+      </x:c>
+      <x:c r="B99" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C99" s="0">
+        <x:v>5.51</x:v>
+      </x:c>
+      <x:c r="D99" s="0">
+        <x:v>26517.942</x:v>
+      </x:c>
+      <x:c r="E99" s="0">
+        <x:v>25018.36</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="100" spans="1:5">
+      <x:c r="A100" s="1">
+        <x:v>45986.9250347222</x:v>
+      </x:c>
+      <x:c r="B100" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C100" s="0">
+        <x:v>5.88</x:v>
+      </x:c>
+      <x:c r="D100" s="0">
+        <x:v>26519.352</x:v>
+      </x:c>
+      <x:c r="E100" s="0">
+        <x:v>25018.36</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="101" spans="1:5">
+      <x:c r="A101" s="1">
+        <x:v>45986.3107407407</x:v>
+      </x:c>
+      <x:c r="B101" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C101" s="0">
+        <x:v>6.44</x:v>
+      </x:c>
+      <x:c r="D101" s="0">
+        <x:v>26366.172</x:v>
+      </x:c>
+      <x:c r="E101" s="0">
+        <x:v>24873.85</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="102" spans="1:5">
+      <x:c r="A102" s="1">
+        <x:v>45985.3068518518</x:v>
+      </x:c>
+      <x:c r="B102" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C102" s="0">
+        <x:v>8.97</x:v>
+      </x:c>
+      <x:c r="D102" s="0">
+        <x:v>25693.622</x:v>
+      </x:c>
+      <x:c r="E102" s="0">
+        <x:v>24239.573</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="103" spans="1:5">
+      <x:c r="A103" s="1">
+        <x:v>45982.9249074074</x:v>
+      </x:c>
+      <x:c r="B103" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C103" s="0">
+        <x:v>10.06</x:v>
+      </x:c>
+      <x:c r="D103" s="0">
+        <x:v>25692.251</x:v>
+      </x:c>
+      <x:c r="E103" s="0">
+        <x:v>24239.573</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="104" spans="1:5">
+      <x:c r="A104" s="1">
+        <x:v>45982.3124884259</x:v>
+      </x:c>
+      <x:c r="B104" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C104" s="0">
+        <x:v>11.05</x:v>
+      </x:c>
+      <x:c r="D104" s="0">
+        <x:v>25495.946</x:v>
+      </x:c>
+      <x:c r="E104" s="0">
+        <x:v>24054.38</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="105" spans="1:5">
+      <x:c r="A105" s="1">
+        <x:v>45981.9259027778</x:v>
+      </x:c>
+      <x:c r="B105" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C105" s="0">
+        <x:v>11.28</x:v>
+      </x:c>
+      <x:c r="D105" s="0">
+        <x:v>25493.155</x:v>
+      </x:c>
+      <x:c r="E105" s="0">
+        <x:v>24054.38</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="106" spans="1:5">
+      <x:c r="A106" s="1">
+        <x:v>45981.3119675926</x:v>
+      </x:c>
+      <x:c r="B106" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C106" s="0">
+        <x:v>6.3</x:v>
+      </x:c>
+      <x:c r="D106" s="0">
+        <x:v>26114.458</x:v>
+      </x:c>
+      <x:c r="E106" s="0">
+        <x:v>24640.515</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="107" spans="1:5">
+      <x:c r="A107" s="1">
+        <x:v>45980.926412037</x:v>
+      </x:c>
+      <x:c r="B107" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C107" s="0">
+        <x:v>8.47</x:v>
+      </x:c>
+      <x:c r="D107" s="0">
+        <x:v>26118.769</x:v>
+      </x:c>
+      <x:c r="E107" s="0">
+        <x:v>24640.515</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="108" spans="1:5">
+      <x:c r="A108" s="1">
+        <x:v>45979.9258680556</x:v>
+      </x:c>
+      <x:c r="B108" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C108" s="0">
+        <x:v>9.19</x:v>
+      </x:c>
+      <x:c r="D108" s="0">
+        <x:v>25972.726</x:v>
+      </x:c>
+      <x:c r="E108" s="0">
+        <x:v>24503.096</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="109" spans="1:5">
+      <x:c r="A109" s="1">
+        <x:v>45979.3133912037</x:v>
+      </x:c>
+      <x:c r="B109" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C109" s="0">
+        <x:v>8.55</x:v>
+      </x:c>
+      <x:c r="D109" s="0">
+        <x:v>26287.358</x:v>
+      </x:c>
+      <x:c r="E109" s="0">
+        <x:v>24799.918</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="110" spans="1:5">
+      <x:c r="A110" s="1">
+        <x:v>45978.9281365741</x:v>
+      </x:c>
+      <x:c r="B110" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C110" s="0">
+        <x:v>7.87</x:v>
+      </x:c>
+      <x:c r="D110" s="0">
+        <x:v>26287.421</x:v>
+      </x:c>
+      <x:c r="E110" s="0">
+        <x:v>24799.918</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="111" spans="1:5">
+      <x:c r="A111" s="1">
+        <x:v>45978.3022453704</x:v>
+      </x:c>
+      <x:c r="B111" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C111" s="0">
+        <x:v>6.43</x:v>
+      </x:c>
+      <x:c r="D111" s="0">
+        <x:v>26508.244</x:v>
+      </x:c>
+      <x:c r="E111" s="0">
+        <x:v>25008.242</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="112" spans="1:5">
+      <x:c r="A112" s="1">
+        <x:v>45975.9257986111</x:v>
+      </x:c>
+      <x:c r="B112" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C112" s="0">
+        <x:v>7.04</x:v>
+      </x:c>
+      <x:c r="D112" s="0">
+        <x:v>26505.692</x:v>
+      </x:c>
+      <x:c r="E112" s="0">
+        <x:v>25008.242</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="113" spans="1:5">
+      <x:c r="A113" s="1">
+        <x:v>45975.3077546296</x:v>
+      </x:c>
+      <x:c r="B113" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C113" s="0">
+        <x:v>7.05</x:v>
+      </x:c>
+      <x:c r="D113" s="0">
+        <x:v>26490.026</x:v>
+      </x:c>
+      <x:c r="E113" s="0">
+        <x:v>24993.463</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="114" spans="1:5">
+      <x:c r="A114" s="1">
+        <x:v>45974.924849537</x:v>
+      </x:c>
+      <x:c r="B114" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C114" s="0">
+        <x:v>7.1</x:v>
+      </x:c>
+      <x:c r="D114" s="0">
+        <x:v>26492.688</x:v>
+      </x:c>
+      <x:c r="E114" s="0">
+        <x:v>24993.463</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="115" spans="1:5">
+      <x:c r="A115" s="1">
+        <x:v>45974.3773032407</x:v>
+      </x:c>
+      <x:c r="B115" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C115" s="0">
+        <x:v>5.31</x:v>
+      </x:c>
+      <x:c r="D115" s="0">
+        <x:v>27047.984</x:v>
+      </x:c>
+      <x:c r="E115" s="0">
+        <x:v>25517.328</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="116" spans="1:5">
+      <x:c r="A116" s="1">
+        <x:v>45974.3182638889</x:v>
+      </x:c>
+      <x:c r="B116" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C116" s="0">
+        <x:v>5.23</x:v>
+      </x:c>
+      <x:c r="D116" s="0">
+        <x:v>27047.984</x:v>
+      </x:c>
+      <x:c r="E116" s="0">
+        <x:v>25517.328</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="117" spans="1:5">
+      <x:c r="A117" s="1">
+        <x:v>45973.9253356481</x:v>
+      </x:c>
+      <x:c r="B117" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C117" s="0">
+        <x:v>5.51</x:v>
+      </x:c>
+      <x:c r="D117" s="0">
+        <x:v>27048.138</x:v>
+      </x:c>
+      <x:c r="E117" s="0">
+        <x:v>25517.328</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="118" spans="1:5">
+      <x:c r="A118" s="1">
+        <x:v>45973.3365393519</x:v>
+      </x:c>
+      <x:c r="B118" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C118" s="0">
+        <x:v>5.04</x:v>
+      </x:c>
+      <x:c r="D118" s="0">
+        <x:v>27065.266</x:v>
+      </x:c>
+      <x:c r="E118" s="0">
+        <x:v>25533.486</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="119" spans="1:5">
+      <x:c r="A119" s="1">
+        <x:v>45972.9253240741</x:v>
+      </x:c>
+      <x:c r="B119" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C119" s="0">
+        <x:v>5.46</x:v>
+      </x:c>
+      <x:c r="D119" s="0">
+        <x:v>27065.495</x:v>
+      </x:c>
+      <x:c r="E119" s="0">
+        <x:v>25533.486</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="120" spans="1:5">
+      <x:c r="A120" s="1">
+        <x:v>45971.9253703704</x:v>
+      </x:c>
+      <x:c r="B120" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C120" s="0">
+        <x:v>5.24</x:v>
+      </x:c>
+      <x:c r="D120" s="0">
+        <x:v>27145.158</x:v>
+      </x:c>
+      <x:c r="E120" s="0">
+        <x:v>25611.737</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="121" spans="1:5">
+      <x:c r="A121" s="1">
+        <x:v>45971.2992708333</x:v>
+      </x:c>
+      <x:c r="B121" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C121" s="0">
+        <x:v>6.22</x:v>
+      </x:c>
+      <x:c r="D121" s="0">
+        <x:v>26560.113</x:v>
+      </x:c>
+      <x:c r="E121" s="0">
+        <x:v>25059.808</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="122" spans="1:5">
+      <x:c r="A122" s="1">
+        <x:v>45968.9253935185</x:v>
+      </x:c>
+      <x:c r="B122" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C122" s="0">
+        <x:v>7.57</x:v>
+      </x:c>
+      <x:c r="D122" s="0">
+        <x:v>26562.882</x:v>
+      </x:c>
+      <x:c r="E122" s="0">
+        <x:v>25059.808</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="123" spans="1:5">
+      <x:c r="A123" s="1">
+        <x:v>45968.3147337963</x:v>
+      </x:c>
+      <x:c r="B123" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C123" s="0">
+        <x:v>6.94</x:v>
+      </x:c>
+      <x:c r="D123" s="0">
+        <x:v>26637.33</x:v>
+      </x:c>
+      <x:c r="E123" s="0">
+        <x:v>25130.042</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="124" spans="1:5">
+      <x:c r="A124" s="1">
+        <x:v>45967.9277893519</x:v>
+      </x:c>
+      <x:c r="B124" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C124" s="0">
+        <x:v>7.28</x:v>
+      </x:c>
+      <x:c r="D124" s="0">
+        <x:v>26637.844</x:v>
+      </x:c>
+      <x:c r="E124" s="0">
+        <x:v>25130.042</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="125" spans="1:5">
+      <x:c r="A125" s="1">
         <x:v>45966.9253587963</x:v>
       </x:c>
-      <x:c r="B94" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C94" s="0">
+      <x:c r="B125" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C125" s="0">
         <x:v>5.74</x:v>
       </x:c>
-      <x:c r="D94" s="0">
+      <x:c r="D125" s="0">
         <x:v>27157.233</x:v>
       </x:c>
-      <x:c r="E94" s="0">
+      <x:c r="E125" s="0">
         <x:v>25620.031</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>