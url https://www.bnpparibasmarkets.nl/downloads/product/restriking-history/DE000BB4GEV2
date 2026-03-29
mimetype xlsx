--- v5 (2026-03-07)
+++ v6 (2026-03-29)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5d71d3a8d5a14dda" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9032200954fe41db90ef6e4f994289d0.psmdcp" Id="Rd1a95dafd5444adf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7210defd5ea4411d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/bebc6dab8da54e099e05779345df578c.psmdcp" Id="R59a3cb85454c4ac8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>DE000BB4GEV2</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -390,2171 +390,2562 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E125"/>
+  <x:dimension ref="A1:E148"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>46087.9263078704</x:v>
+        <x:v>46108.8852083333</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
-        <x:v>3.97</x:v>
+        <x:v>7.66</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>26117.894</x:v>
+        <x:v>24520.316</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>24643.02</x:v>
+        <x:v>23132.77</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>46087.3067939815</x:v>
+        <x:v>46108.3259837963</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
-        <x:v>3.12</x:v>
+        <x:v>5.45</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>26517.927</x:v>
+        <x:v>25001.789</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>25020.41</x:v>
+        <x:v>23586.99</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>46086.9325462963</x:v>
+        <x:v>46107.8849421296</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
-        <x:v>3.28</x:v>
+        <x:v>6.03</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>26519.891</x:v>
+        <x:v>25002.209</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>25020.41</x:v>
+        <x:v>23586.99</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>46086.3051273148</x:v>
+        <x:v>46106.8850925926</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
-        <x:v>3.32</x:v>
+        <x:v>4.52</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>26597.557</x:v>
+        <x:v>25612.198</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>25093.68</x:v>
+        <x:v>24162.98</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>46085.9284837963</x:v>
+        <x:v>46106.3005555556</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
-        <x:v>3.15</x:v>
+        <x:v>4.45</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>26598.604</x:v>
+        <x:v>25442.036</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>25093.68</x:v>
+        <x:v>24002.45</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>46085.3383796296</x:v>
+        <x:v>46105.8848148148</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
-        <x:v>4.44</x:v>
+        <x:v>4.99</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>26202.588</x:v>
+        <x:v>25442.597</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>24720.08</x:v>
+        <x:v>24002.45</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>46084.9255208333</x:v>
+        <x:v>46104.8850925926</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
-        <x:v>4</x:v>
+        <x:v>4.5</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>26202.56</x:v>
+        <x:v>25638.41</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>24720.08</x:v>
+        <x:v>24188.59</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>46084.3354050926</x:v>
+        <x:v>46104.3100462963</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
-        <x:v>4</x:v>
+        <x:v>5.89</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>26491.432</x:v>
+        <x:v>25330.544</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>24992.6</x:v>
+        <x:v>23898.15</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>46083.9255555556</x:v>
+        <x:v>46101.8852893518</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
-        <x:v>3.47</x:v>
+        <x:v>5.42</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>26491.585</x:v>
+        <x:v>25330.412</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>24992.6</x:v>
+        <x:v>23898.15</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>46083.3084027778</x:v>
+        <x:v>46101.310462963</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C12" s="0">
-        <x:v>4.14</x:v>
+        <x:v>4.25</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>26457.072</x:v>
+        <x:v>25814.97</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>24960.04</x:v>
+        <x:v>24355.28</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>46080.9256944444</x:v>
+        <x:v>46100.8877430556</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0">
-        <x:v>3.53</x:v>
+        <x:v>4.29</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>26454.742</x:v>
+        <x:v>25816.597</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>24960.04</x:v>
+        <x:v>24355.28</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>46080.3043518519</x:v>
+        <x:v>46099.8875231482</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C14" s="0">
-        <x:v>3.45</x:v>
+        <x:v>4.12</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>26533.531</x:v>
+        <x:v>25890.595</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>25034.37</x:v>
+        <x:v>24425.09</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>46079.9258217593</x:v>
+        <x:v>46098.8845601852</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
-        <x:v>3.39</x:v>
+        <x:v>3.43</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>26536.19</x:v>
+        <x:v>26267.245</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>25034.37</x:v>
+        <x:v>24780.42</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>46079.2991666667</x:v>
+        <x:v>46097.8857060185</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C16" s="0">
-        <x:v>3.03</x:v>
+        <x:v>3.69</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>26848.541</x:v>
+        <x:v>26133.909</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>25329.04</x:v>
+        <x:v>24655.34</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>46078.9257291667</x:v>
+        <x:v>46097.3039583333</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C17" s="0">
-        <x:v>2.91</x:v>
+        <x:v>3.98</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>26848.718</x:v>
+        <x:v>25842.823</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>25329.04</x:v>
+        <x:v>24380.73</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>46078.3266087963</x:v>
+        <x:v>46094.8845486111</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="0">
-        <x:v>3.6</x:v>
+        <x:v>4.38</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>26475.598</x:v>
+        <x:v>25840.521</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>24977.04</x:v>
+        <x:v>24380.73</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>46077.925474537</x:v>
+        <x:v>46094.3012268519</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C19" s="0">
-        <x:v>3.63</x:v>
+        <x:v>3.95</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>26475.662</x:v>
+        <x:v>26002.542</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>24977.04</x:v>
+        <x:v>24533.58</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
-        <x:v>46076.3076273148</x:v>
+        <x:v>46093.8851967593</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C20" s="0">
-        <x:v>4.13</x:v>
+        <x:v>4.03</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>26513.046</x:v>
+        <x:v>26005.595</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>25012.62</x:v>
+        <x:v>24533.58</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="1">
-        <x:v>46073.9253703704</x:v>
+        <x:v>46092.8847685185</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C21" s="0">
-        <x:v>3.65</x:v>
+        <x:v>3.24</x:v>
       </x:c>
       <x:c r="D21" s="0">
-        <x:v>26513.246</x:v>
+        <x:v>26461.788</x:v>
       </x:c>
       <x:c r="E21" s="0">
-        <x:v>25012.62</x:v>
+        <x:v>24965.01</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="1">
-        <x:v>46073.3322800926</x:v>
+        <x:v>46092.3172916667</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C22" s="0">
-        <x:v>3.97</x:v>
+        <x:v>3.18</x:v>
       </x:c>
       <x:c r="D22" s="0">
-        <x:v>26285.05</x:v>
+        <x:v>26452.735</x:v>
       </x:c>
       <x:c r="E22" s="0">
-        <x:v>24797.34</x:v>
+        <x:v>24956.47</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="1">
-        <x:v>46072.9253125</x:v>
+        <x:v>46091.8851273148</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C23" s="0">
-        <x:v>4.15</x:v>
+        <x:v>3.26</x:v>
       </x:c>
       <x:c r="D23" s="0">
-        <x:v>26281.39</x:v>
+        <x:v>26453.858</x:v>
       </x:c>
       <x:c r="E23" s="0">
-        <x:v>24797.34</x:v>
+        <x:v>24956.47</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="1">
-        <x:v>46072.3124768519</x:v>
+        <x:v>46090.8886689815</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C24" s="0">
-        <x:v>3.86</x:v>
+        <x:v>3.24</x:v>
       </x:c>
       <x:c r="D24" s="0">
-        <x:v>26389.011</x:v>
+        <x:v>26463.927</x:v>
       </x:c>
       <x:c r="E24" s="0">
-        <x:v>24898.87</x:v>
+        <x:v>24967.248</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="1">
-        <x:v>46071.9254050926</x:v>
+        <x:v>46090.3219791667</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C25" s="0">
-        <x:v>3.93</x:v>
+        <x:v>4.81</x:v>
       </x:c>
       <x:c r="D25" s="0">
-        <x:v>26392.588</x:v>
+        <x:v>26120.245</x:v>
       </x:c>
       <x:c r="E25" s="0">
-        <x:v>24898.87</x:v>
+        <x:v>24643.02</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="1">
-        <x:v>46071.3073032407</x:v>
+        <x:v>46087.9263078704</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C26" s="0">
-        <x:v>4.28</x:v>
+        <x:v>3.97</x:v>
       </x:c>
       <x:c r="D26" s="0">
-        <x:v>26183.482</x:v>
+        <x:v>26117.894</x:v>
       </x:c>
       <x:c r="E26" s="0">
-        <x:v>24701.6</x:v>
+        <x:v>24643.02</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="1">
-        <x:v>46070.9253587963</x:v>
+        <x:v>46087.3067939815</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C27" s="0">
-        <x:v>4.43</x:v>
+        <x:v>3.12</x:v>
       </x:c>
       <x:c r="D27" s="0">
-        <x:v>26182.662</x:v>
+        <x:v>26517.927</x:v>
       </x:c>
       <x:c r="E27" s="0">
-        <x:v>24701.6</x:v>
+        <x:v>25020.41</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="1">
-        <x:v>46070.3023611111</x:v>
+        <x:v>46086.9325462963</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C28" s="0">
-        <x:v>4.89</x:v>
+        <x:v>3.28</x:v>
       </x:c>
       <x:c r="D28" s="0">
-        <x:v>26215.66</x:v>
+        <x:v>26519.891</x:v>
       </x:c>
       <x:c r="E28" s="0">
-        <x:v>24732.73</x:v>
+        <x:v>25020.41</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="1">
-        <x:v>46066.9255324074</x:v>
+        <x:v>46086.3051273148</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C29" s="0">
-        <x:v>4.34</x:v>
+        <x:v>3.32</x:v>
       </x:c>
       <x:c r="D29" s="0">
-        <x:v>26213.675</x:v>
+        <x:v>26597.557</x:v>
       </x:c>
       <x:c r="E29" s="0">
-        <x:v>24732.73</x:v>
+        <x:v>25093.68</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="1">
-        <x:v>46066.3087962963</x:v>
+        <x:v>46085.9284837963</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C30" s="0">
-        <x:v>4.56</x:v>
+        <x:v>3.15</x:v>
       </x:c>
       <x:c r="D30" s="0">
-        <x:v>26165.848</x:v>
+        <x:v>26598.604</x:v>
       </x:c>
       <x:c r="E30" s="0">
-        <x:v>24687.61</x:v>
+        <x:v>25093.68</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="1">
-        <x:v>46065.9252893518</x:v>
+        <x:v>46085.3383796296</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C31" s="0">
-        <x:v>4.46</x:v>
+        <x:v>4.44</x:v>
       </x:c>
       <x:c r="D31" s="0">
-        <x:v>26168.867</x:v>
+        <x:v>26202.588</x:v>
       </x:c>
       <x:c r="E31" s="0">
-        <x:v>24687.61</x:v>
+        <x:v>24720.08</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="1">
-        <x:v>46064.9255671296</x:v>
+        <x:v>46084.9255208333</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C32" s="0">
-        <x:v>3.47</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="D32" s="0">
-        <x:v>26713.101</x:v>
+        <x:v>26202.56</x:v>
       </x:c>
       <x:c r="E32" s="0">
-        <x:v>25201.26</x:v>
+        <x:v>24720.08</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="1">
-        <x:v>46063.925474537</x:v>
+        <x:v>46084.3354050926</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C33" s="0">
-        <x:v>3.62</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="D33" s="0">
-        <x:v>26634.389</x:v>
+        <x:v>26491.432</x:v>
       </x:c>
       <x:c r="E33" s="0">
-        <x:v>25127.64</x:v>
+        <x:v>24992.6</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="1">
-        <x:v>46063.3311689815</x:v>
+        <x:v>46083.9255555556</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C34" s="0">
-        <x:v>3.45</x:v>
+        <x:v>3.47</x:v>
       </x:c>
       <x:c r="D34" s="0">
-        <x:v>26783.319</x:v>
+        <x:v>26491.585</x:v>
       </x:c>
       <x:c r="E34" s="0">
-        <x:v>25268.14</x:v>
+        <x:v>24992.6</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="1">
-        <x:v>46062.9247222222</x:v>
+        <x:v>46083.3084027778</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C35" s="0">
-        <x:v>3.35</x:v>
+        <x:v>4.14</x:v>
       </x:c>
       <x:c r="D35" s="0">
-        <x:v>26782.346</x:v>
+        <x:v>26457.072</x:v>
       </x:c>
       <x:c r="E35" s="0">
-        <x:v>25268.14</x:v>
+        <x:v>24960.04</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="1">
-        <x:v>46062.2991203704</x:v>
+        <x:v>46080.9256944444</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C36" s="0">
-        <x:v>3.68</x:v>
+        <x:v>3.53</x:v>
       </x:c>
       <x:c r="D36" s="0">
-        <x:v>26578.434</x:v>
+        <x:v>26454.742</x:v>
       </x:c>
       <x:c r="E36" s="0">
-        <x:v>25075.77</x:v>
+        <x:v>24960.04</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="1">
-        <x:v>46058.925474537</x:v>
+        <x:v>46080.3043518519</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C37" s="0">
-        <x:v>5.37</x:v>
+        <x:v>3.45</x:v>
       </x:c>
       <x:c r="D37" s="0">
-        <x:v>26021.611</x:v>
+        <x:v>26533.531</x:v>
       </x:c>
       <x:c r="E37" s="0">
-        <x:v>24548.69</x:v>
+        <x:v>25034.37</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="1">
-        <x:v>46057.9258680556</x:v>
+        <x:v>46079.9258217593</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C38" s="0">
-        <x:v>4.5</x:v>
+        <x:v>3.39</x:v>
       </x:c>
       <x:c r="D38" s="0">
-        <x:v>26384.714</x:v>
+        <x:v>26536.19</x:v>
       </x:c>
       <x:c r="E38" s="0">
-        <x:v>24891.24</x:v>
+        <x:v>25034.37</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="1">
-        <x:v>46056.9428819444</x:v>
+        <x:v>46079.2991666667</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C39" s="0">
-        <x:v>3.6</x:v>
+        <x:v>3.03</x:v>
       </x:c>
       <x:c r="D39" s="0">
-        <x:v>26858.937</x:v>
+        <x:v>26848.541</x:v>
       </x:c>
       <x:c r="E39" s="0">
-        <x:v>25338.62</x:v>
+        <x:v>25329.04</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="1">
-        <x:v>46055.9254513889</x:v>
+        <x:v>46078.9257291667</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C40" s="0">
-        <x:v>2.96</x:v>
+        <x:v>2.91</x:v>
       </x:c>
       <x:c r="D40" s="0">
-        <x:v>27282.927</x:v>
+        <x:v>26848.718</x:v>
       </x:c>
       <x:c r="E40" s="0">
-        <x:v>25738.61</x:v>
+        <x:v>25329.04</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="1">
-        <x:v>46052.2983449074</x:v>
+        <x:v>46078.3266087963</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C41" s="0">
-        <x:v>3.01</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="D41" s="0">
-        <x:v>27434.824</x:v>
+        <x:v>26475.598</x:v>
       </x:c>
       <x:c r="E41" s="0">
-        <x:v>25884.29</x:v>
+        <x:v>24977.04</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="1">
-        <x:v>46051.9255324074</x:v>
+        <x:v>46077.925474537</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C42" s="0">
-        <x:v>2.79</x:v>
+        <x:v>3.63</x:v>
       </x:c>
       <x:c r="D42" s="0">
-        <x:v>27436.975</x:v>
+        <x:v>26475.662</x:v>
       </x:c>
       <x:c r="E42" s="0">
-        <x:v>25884.29</x:v>
+        <x:v>24977.04</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="1">
-        <x:v>46051.3032291667</x:v>
+        <x:v>46076.3076273148</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C43" s="0">
-        <x:v>2.46</x:v>
+        <x:v>4.13</x:v>
       </x:c>
       <x:c r="D43" s="0">
-        <x:v>27583.785</x:v>
+        <x:v>26513.046</x:v>
       </x:c>
       <x:c r="E43" s="0">
-        <x:v>26022.79</x:v>
+        <x:v>25012.62</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="1">
-        <x:v>46050.9251157407</x:v>
+        <x:v>46073.9253703704</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C44" s="0">
-        <x:v>2.6</x:v>
+        <x:v>3.65</x:v>
       </x:c>
       <x:c r="D44" s="0">
-        <x:v>27583.631</x:v>
+        <x:v>26513.246</x:v>
       </x:c>
       <x:c r="E44" s="0">
-        <x:v>26022.79</x:v>
+        <x:v>25012.62</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="1">
-        <x:v>46050.299224537</x:v>
+        <x:v>46073.3322800926</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C45" s="0">
-        <x:v>2.46</x:v>
+        <x:v>3.97</x:v>
       </x:c>
       <x:c r="D45" s="0">
-        <x:v>27495.598</x:v>
+        <x:v>26285.05</x:v>
       </x:c>
       <x:c r="E45" s="0">
-        <x:v>25939.74</x:v>
+        <x:v>24797.34</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="1">
-        <x:v>46049.9249768518</x:v>
+        <x:v>46072.9253125</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C46" s="0">
-        <x:v>2.72</x:v>
+        <x:v>4.15</x:v>
       </x:c>
       <x:c r="D46" s="0">
-        <x:v>27496.124</x:v>
+        <x:v>26281.39</x:v>
       </x:c>
       <x:c r="E46" s="0">
-        <x:v>25939.74</x:v>
+        <x:v>24797.34</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="1">
-        <x:v>46048.9248032407</x:v>
+        <x:v>46072.3124768519</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C47" s="0">
-        <x:v>3.1</x:v>
+        <x:v>3.86</x:v>
       </x:c>
       <x:c r="D47" s="0">
-        <x:v>27256.003</x:v>
+        <x:v>26389.011</x:v>
       </x:c>
       <x:c r="E47" s="0">
-        <x:v>25713.21</x:v>
+        <x:v>24898.87</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5">
       <x:c r="A48" s="1">
-        <x:v>46045.9251273148</x:v>
+        <x:v>46071.9254050926</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C48" s="0">
-        <x:v>3.29</x:v>
+        <x:v>3.93</x:v>
       </x:c>
       <x:c r="D48" s="0">
-        <x:v>27141.798</x:v>
+        <x:v>26392.588</x:v>
       </x:c>
       <x:c r="E48" s="0">
-        <x:v>25605.47</x:v>
+        <x:v>24898.87</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
       <x:c r="A49" s="1">
-        <x:v>46044.9245601852</x:v>
+        <x:v>46071.3073032407</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C49" s="0">
-        <x:v>3.45</x:v>
+        <x:v>4.28</x:v>
       </x:c>
       <x:c r="D49" s="0">
-        <x:v>27049.451</x:v>
+        <x:v>26183.482</x:v>
       </x:c>
       <x:c r="E49" s="0">
-        <x:v>25518.35</x:v>
+        <x:v>24701.6</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5">
       <x:c r="A50" s="1">
-        <x:v>46043.9253935185</x:v>
+        <x:v>46070.9253587963</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C50" s="0">
-        <x:v>3.85</x:v>
+        <x:v>4.43</x:v>
       </x:c>
       <x:c r="D50" s="0">
-        <x:v>26846.175</x:v>
+        <x:v>26182.662</x:v>
       </x:c>
       <x:c r="E50" s="0">
-        <x:v>25326.58</x:v>
+        <x:v>24701.6</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5">
       <x:c r="A51" s="1">
-        <x:v>46042.9279050926</x:v>
+        <x:v>46070.3023611111</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C51" s="0">
-        <x:v>4.76</x:v>
+        <x:v>4.89</x:v>
       </x:c>
       <x:c r="D51" s="0">
-        <x:v>26486.824</x:v>
+        <x:v>26215.66</x:v>
       </x:c>
       <x:c r="E51" s="0">
-        <x:v>24987.57</x:v>
+        <x:v>24732.73</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5">
       <x:c r="A52" s="1">
-        <x:v>46038.9243171296</x:v>
+        <x:v>46066.9255324074</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C52" s="0">
-        <x:v>3.66</x:v>
+        <x:v>4.34</x:v>
       </x:c>
       <x:c r="D52" s="0">
-        <x:v>27061.016</x:v>
+        <x:v>26213.675</x:v>
       </x:c>
       <x:c r="E52" s="0">
-        <x:v>25529.26</x:v>
+        <x:v>24732.73</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5">
       <x:c r="A53" s="1">
-        <x:v>46037.9280671296</x:v>
+        <x:v>46066.3087962963</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C53" s="0">
-        <x:v>3.62</x:v>
+        <x:v>4.56</x:v>
       </x:c>
       <x:c r="D53" s="0">
-        <x:v>27079.894</x:v>
+        <x:v>26165.848</x:v>
       </x:c>
       <x:c r="E53" s="0">
-        <x:v>25547.07</x:v>
+        <x:v>24687.61</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5">
       <x:c r="A54" s="1">
-        <x:v>46036.9272800926</x:v>
+        <x:v>46065.9252893518</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C54" s="0">
-        <x:v>3.79</x:v>
+        <x:v>4.46</x:v>
       </x:c>
       <x:c r="D54" s="0">
-        <x:v>26992.227</x:v>
+        <x:v>26168.867</x:v>
       </x:c>
       <x:c r="E54" s="0">
-        <x:v>25465.94</x:v>
+        <x:v>24687.61</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5">
       <x:c r="A55" s="1">
-        <x:v>46036.3275810185</x:v>
+        <x:v>46064.9255671296</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C55" s="0">
-        <x:v>3.39</x:v>
+        <x:v>3.47</x:v>
       </x:c>
       <x:c r="D55" s="0">
-        <x:v>27284.797</x:v>
+        <x:v>26713.101</x:v>
       </x:c>
       <x:c r="E55" s="0">
-        <x:v>25741.95</x:v>
+        <x:v>25201.26</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5">
       <x:c r="A56" s="1">
-        <x:v>46035.9279166667</x:v>
+        <x:v>46063.925474537</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C56" s="0">
-        <x:v>3.3</x:v>
+        <x:v>3.62</x:v>
       </x:c>
       <x:c r="D56" s="0">
-        <x:v>27286.467</x:v>
+        <x:v>26634.389</x:v>
       </x:c>
       <x:c r="E56" s="0">
-        <x:v>25741.95</x:v>
+        <x:v>25127.64</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:5">
       <x:c r="A57" s="1">
-        <x:v>46034.9278935185</x:v>
+        <x:v>46063.3311689815</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C57" s="0">
-        <x:v>3.21</x:v>
+        <x:v>3.45</x:v>
       </x:c>
       <x:c r="D57" s="0">
-        <x:v>27334.92</x:v>
+        <x:v>26783.319</x:v>
       </x:c>
       <x:c r="E57" s="0">
-        <x:v>25787.66</x:v>
+        <x:v>25268.14</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:5">
       <x:c r="A58" s="1">
-        <x:v>46031.9291666667</x:v>
+        <x:v>46062.9247222222</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C58" s="0">
-        <x:v>3.25</x:v>
+        <x:v>3.35</x:v>
       </x:c>
       <x:c r="D58" s="0">
-        <x:v>27311.676</x:v>
+        <x:v>26782.346</x:v>
       </x:c>
       <x:c r="E58" s="0">
-        <x:v>25766.26</x:v>
+        <x:v>25268.14</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:5">
       <x:c r="A59" s="1">
-        <x:v>46031.324837963</x:v>
+        <x:v>46062.2991203704</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C59" s="0">
-        <x:v>3.75</x:v>
+        <x:v>3.68</x:v>
       </x:c>
       <x:c r="D59" s="0">
-        <x:v>27036.967</x:v>
+        <x:v>26578.434</x:v>
       </x:c>
       <x:c r="E59" s="0">
-        <x:v>25507.1</x:v>
+        <x:v>25075.77</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:5">
       <x:c r="A60" s="1">
-        <x:v>46030.927025463</x:v>
+        <x:v>46058.925474537</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C60" s="0">
-        <x:v>3.78</x:v>
+        <x:v>5.37</x:v>
       </x:c>
       <x:c r="D60" s="0">
-        <x:v>27037.526</x:v>
+        <x:v>26021.611</x:v>
       </x:c>
       <x:c r="E60" s="0">
-        <x:v>25507.1</x:v>
+        <x:v>24548.69</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:5">
       <x:c r="A61" s="1">
-        <x:v>46029.9278935185</x:v>
+        <x:v>46057.9258680556</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C61" s="0">
-        <x:v>3.5</x:v>
+        <x:v>4.5</x:v>
       </x:c>
       <x:c r="D61" s="0">
-        <x:v>27193.134</x:v>
+        <x:v>26384.714</x:v>
       </x:c>
       <x:c r="E61" s="0">
-        <x:v>25653.9</x:v>
+        <x:v>24891.24</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:5">
       <x:c r="A62" s="1">
-        <x:v>46028.9271759259</x:v>
+        <x:v>46056.9428819444</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C62" s="0">
-        <x:v>3.53</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="D62" s="0">
-        <x:v>27178.093</x:v>
+        <x:v>26858.937</x:v>
       </x:c>
       <x:c r="E62" s="0">
-        <x:v>25639.71</x:v>
+        <x:v>25338.62</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:5">
       <x:c r="A63" s="1">
-        <x:v>46027.9296064815</x:v>
+        <x:v>46055.9254513889</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C63" s="0">
-        <x:v>4.06</x:v>
+        <x:v>2.96</x:v>
       </x:c>
       <x:c r="D63" s="0">
-        <x:v>26925.399</x:v>
+        <x:v>27282.927</x:v>
       </x:c>
       <x:c r="E63" s="0">
-        <x:v>25401.32</x:v>
+        <x:v>25738.61</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:5">
       <x:c r="A64" s="1">
-        <x:v>46024.9271875</x:v>
+        <x:v>46052.2983449074</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C64" s="0">
-        <x:v>4.54</x:v>
+        <x:v>3.01</x:v>
       </x:c>
       <x:c r="D64" s="0">
-        <x:v>26715.714</x:v>
+        <x:v>27434.824</x:v>
       </x:c>
       <x:c r="E64" s="0">
-        <x:v>25206.17</x:v>
+        <x:v>25884.29</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:5">
       <x:c r="A65" s="1">
-        <x:v>46024.2881712963</x:v>
+        <x:v>46051.9255324074</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C65" s="0">
-        <x:v>4.05</x:v>
+        <x:v>2.79</x:v>
       </x:c>
       <x:c r="D65" s="0">
-        <x:v>26987.487</x:v>
+        <x:v>27436.975</x:v>
       </x:c>
       <x:c r="E65" s="0">
-        <x:v>25462.56</x:v>
+        <x:v>25884.29</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:5">
       <x:c r="A66" s="1">
-        <x:v>46022.3246412037</x:v>
+        <x:v>46051.3032291667</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C66" s="0">
-        <x:v>4.15</x:v>
+        <x:v>2.46</x:v>
       </x:c>
       <x:c r="D66" s="0">
-        <x:v>26990.314</x:v>
+        <x:v>27583.785</x:v>
       </x:c>
       <x:c r="E66" s="0">
-        <x:v>25462.56</x:v>
+        <x:v>26022.79</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:5">
       <x:c r="A67" s="1">
-        <x:v>46021.9269560185</x:v>
+        <x:v>46050.9251157407</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C67" s="0">
-        <x:v>3.98</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="D67" s="0">
-        <x:v>26990.314</x:v>
+        <x:v>27583.631</x:v>
       </x:c>
       <x:c r="E67" s="0">
-        <x:v>25462.56</x:v>
+        <x:v>26022.79</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:5">
       <x:c r="A68" s="1">
-        <x:v>46020.9273611111</x:v>
+        <x:v>46050.299224537</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C68" s="0">
-        <x:v>3.85</x:v>
+        <x:v>2.46</x:v>
       </x:c>
       <x:c r="D68" s="0">
-        <x:v>27056.444</x:v>
+        <x:v>27495.598</x:v>
       </x:c>
       <x:c r="E68" s="0">
-        <x:v>25525.56</x:v>
+        <x:v>25939.74</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:5">
       <x:c r="A69" s="1">
-        <x:v>46020.3323611111</x:v>
+        <x:v>46049.9249768518</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C69" s="0">
-        <x:v>3.69</x:v>
+        <x:v>2.72</x:v>
       </x:c>
       <x:c r="D69" s="0">
-        <x:v>27122.45</x:v>
+        <x:v>27496.124</x:v>
       </x:c>
       <x:c r="E69" s="0">
-        <x:v>25587.83</x:v>
+        <x:v>25939.74</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:5">
       <x:c r="A70" s="1">
-        <x:v>46015.3842824074</x:v>
+        <x:v>46048.9248032407</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C70" s="0">
-        <x:v>3.77</x:v>
+        <x:v>3.1</x:v>
       </x:c>
       <x:c r="D70" s="0">
-        <x:v>27123.1</x:v>
+        <x:v>27256.003</x:v>
       </x:c>
       <x:c r="E70" s="0">
-        <x:v>25587.83</x:v>
+        <x:v>25713.21</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:5">
       <x:c r="A71" s="1">
-        <x:v>46014.9278356481</x:v>
+        <x:v>46045.9251273148</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C71" s="0">
-        <x:v>3.71</x:v>
+        <x:v>3.29</x:v>
       </x:c>
       <x:c r="D71" s="0">
-        <x:v>27123.1</x:v>
+        <x:v>27141.798</x:v>
       </x:c>
       <x:c r="E71" s="0">
-        <x:v>25587.83</x:v>
+        <x:v>25605.47</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:5">
       <x:c r="A72" s="1">
-        <x:v>46013.9284837963</x:v>
+        <x:v>46044.9245601852</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C72" s="0">
-        <x:v>3.98</x:v>
+        <x:v>3.45</x:v>
       </x:c>
       <x:c r="D72" s="0">
-        <x:v>26986.68</x:v>
+        <x:v>27049.451</x:v>
       </x:c>
       <x:c r="E72" s="0">
-        <x:v>25461.7</x:v>
+        <x:v>25518.35</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:5">
       <x:c r="A73" s="1">
-        <x:v>46013.296712963</x:v>
+        <x:v>46043.9253935185</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C73" s="0">
-        <x:v>4.02</x:v>
+        <x:v>3.85</x:v>
       </x:c>
       <x:c r="D73" s="0">
-        <x:v>26864.229</x:v>
+        <x:v>26846.175</x:v>
       </x:c>
       <x:c r="E73" s="0">
-        <x:v>25346.18</x:v>
+        <x:v>25326.58</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:5">
       <x:c r="A74" s="1">
-        <x:v>46010.9275810185</x:v>
+        <x:v>46042.9279050926</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C74" s="0">
-        <x:v>4.25</x:v>
+        <x:v>4.76</x:v>
       </x:c>
       <x:c r="D74" s="0">
-        <x:v>26866.951</x:v>
+        <x:v>26486.824</x:v>
       </x:c>
       <x:c r="E74" s="0">
-        <x:v>25346.18</x:v>
+        <x:v>24987.57</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:5">
       <x:c r="A75" s="1">
-        <x:v>46009.930787037</x:v>
+        <x:v>46038.9243171296</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C75" s="0">
-        <x:v>5.2</x:v>
+        <x:v>3.66</x:v>
       </x:c>
       <x:c r="D75" s="0">
-        <x:v>26520.532</x:v>
+        <x:v>27061.016</x:v>
       </x:c>
       <x:c r="E75" s="0">
-        <x:v>25019.37</x:v>
+        <x:v>25529.26</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:5">
       <x:c r="A76" s="1">
-        <x:v>46008.9275925926</x:v>
+        <x:v>46037.9280671296</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C76" s="0">
-        <x:v>6.59</x:v>
+        <x:v>3.62</x:v>
       </x:c>
       <x:c r="D76" s="0">
-        <x:v>26126.467</x:v>
+        <x:v>27079.894</x:v>
       </x:c>
       <x:c r="E76" s="0">
-        <x:v>24647.61</x:v>
+        <x:v>25547.07</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:5">
       <x:c r="A77" s="1">
-        <x:v>46007.9277662037</x:v>
+        <x:v>46036.9272800926</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C77" s="0">
-        <x:v>5.18</x:v>
+        <x:v>3.79</x:v>
       </x:c>
       <x:c r="D77" s="0">
-        <x:v>26640.916</x:v>
+        <x:v>26992.227</x:v>
       </x:c>
       <x:c r="E77" s="0">
-        <x:v>25132.94</x:v>
+        <x:v>25465.94</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:5">
       <x:c r="A78" s="1">
-        <x:v>46006.9271064815</x:v>
+        <x:v>46036.3275810185</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C78" s="0">
-        <x:v>5.38</x:v>
+        <x:v>3.39</x:v>
       </x:c>
       <x:c r="D78" s="0">
-        <x:v>26569.312</x:v>
+        <x:v>27284.797</x:v>
       </x:c>
       <x:c r="E78" s="0">
-        <x:v>25067.27</x:v>
+        <x:v>25741.95</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:5">
       <x:c r="A79" s="1">
-        <x:v>46006.3081018518</x:v>
+        <x:v>46035.9279166667</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C79" s="0">
-        <x:v>4.85</x:v>
+        <x:v>3.3</x:v>
       </x:c>
       <x:c r="D79" s="0">
-        <x:v>26706.54</x:v>
+        <x:v>27286.467</x:v>
       </x:c>
       <x:c r="E79" s="0">
-        <x:v>25196.73</x:v>
+        <x:v>25741.95</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:5">
       <x:c r="A80" s="1">
-        <x:v>46003.9269907407</x:v>
+        <x:v>46034.9278935185</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C80" s="0">
-        <x:v>5.01</x:v>
+        <x:v>3.21</x:v>
       </x:c>
       <x:c r="D80" s="0">
-        <x:v>26707.622</x:v>
+        <x:v>27334.92</x:v>
       </x:c>
       <x:c r="E80" s="0">
-        <x:v>25196.73</x:v>
+        <x:v>25787.66</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:5">
       <x:c r="A81" s="1">
-        <x:v>46003.3313773148</x:v>
+        <x:v>46031.9291666667</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C81" s="0">
-        <x:v>4.01</x:v>
+        <x:v>3.25</x:v>
       </x:c>
       <x:c r="D81" s="0">
-        <x:v>27226.98</x:v>
+        <x:v>27311.676</x:v>
       </x:c>
       <x:c r="E81" s="0">
-        <x:v>25686.69</x:v>
+        <x:v>25766.26</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:5">
       <x:c r="A82" s="1">
-        <x:v>46002.9320023148</x:v>
+        <x:v>46031.324837963</x:v>
       </x:c>
       <x:c r="B82" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C82" s="0">
-        <x:v>3.96</x:v>
+        <x:v>3.75</x:v>
       </x:c>
       <x:c r="D82" s="0">
-        <x:v>27227.891</x:v>
+        <x:v>27036.967</x:v>
       </x:c>
       <x:c r="E82" s="0">
-        <x:v>25686.69</x:v>
+        <x:v>25507.1</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:5">
       <x:c r="A83" s="1">
-        <x:v>46001.927025463</x:v>
+        <x:v>46030.927025463</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C83" s="0">
-        <x:v>3.77</x:v>
+        <x:v>3.78</x:v>
       </x:c>
       <x:c r="D83" s="0">
-        <x:v>27322.688</x:v>
+        <x:v>27037.526</x:v>
       </x:c>
       <x:c r="E83" s="0">
-        <x:v>25776.44</x:v>
+        <x:v>25507.1</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:5">
       <x:c r="A84" s="1">
-        <x:v>46001.3340509259</x:v>
+        <x:v>46029.9278935185</x:v>
       </x:c>
       <x:c r="B84" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C84" s="0">
-        <x:v>4</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="D84" s="0">
-        <x:v>27208.473</x:v>
+        <x:v>27193.134</x:v>
       </x:c>
       <x:c r="E84" s="0">
-        <x:v>25668.69</x:v>
+        <x:v>25653.9</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:5">
       <x:c r="A85" s="1">
-        <x:v>46000.9275810185</x:v>
+        <x:v>46028.9271759259</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C85" s="0">
-        <x:v>4</x:v>
+        <x:v>3.53</x:v>
       </x:c>
       <x:c r="D85" s="0">
-        <x:v>27208.636</x:v>
+        <x:v>27178.093</x:v>
       </x:c>
       <x:c r="E85" s="0">
-        <x:v>25668.69</x:v>
+        <x:v>25639.71</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:5">
       <x:c r="A86" s="1">
-        <x:v>46000.3338310185</x:v>
+        <x:v>46027.9296064815</x:v>
       </x:c>
       <x:c r="B86" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C86" s="0">
         <x:v>4.06</x:v>
       </x:c>
       <x:c r="D86" s="0">
-        <x:v>27165.452</x:v>
+        <x:v>26925.399</x:v>
       </x:c>
       <x:c r="E86" s="0">
-        <x:v>25627.95</x:v>
+        <x:v>25401.32</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:5">
       <x:c r="A87" s="1">
-        <x:v>45999.3304282407</x:v>
+        <x:v>46024.9271875</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C87" s="0">
-        <x:v>3.8</x:v>
+        <x:v>4.54</x:v>
       </x:c>
       <x:c r="D87" s="0">
-        <x:v>27231.657</x:v>
+        <x:v>26715.714</x:v>
       </x:c>
       <x:c r="E87" s="0">
-        <x:v>25692.05</x:v>
+        <x:v>25206.17</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:5">
       <x:c r="A88" s="1">
-        <x:v>45996.9307407407</x:v>
+        <x:v>46024.2881712963</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C88" s="0">
-        <x:v>3.95</x:v>
+        <x:v>4.05</x:v>
       </x:c>
       <x:c r="D88" s="0">
-        <x:v>27230.582</x:v>
+        <x:v>26987.487</x:v>
       </x:c>
       <x:c r="E88" s="0">
-        <x:v>25692.05</x:v>
+        <x:v>25462.56</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:5">
       <x:c r="A89" s="1">
-        <x:v>45996.3408333333</x:v>
+        <x:v>46022.3246412037</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C89" s="0">
-        <x:v>3.99</x:v>
+        <x:v>4.15</x:v>
       </x:c>
       <x:c r="D89" s="0">
-        <x:v>27113.611</x:v>
+        <x:v>26990.314</x:v>
       </x:c>
       <x:c r="E89" s="0">
-        <x:v>25581.7</x:v>
+        <x:v>25462.56</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:5">
       <x:c r="A90" s="1">
-        <x:v>45995.9303009259</x:v>
+        <x:v>46021.9269560185</x:v>
       </x:c>
       <x:c r="B90" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C90" s="0">
-        <x:v>4.21</x:v>
+        <x:v>3.98</x:v>
       </x:c>
       <x:c r="D90" s="0">
-        <x:v>27115.2</x:v>
+        <x:v>26990.314</x:v>
       </x:c>
       <x:c r="E90" s="0">
-        <x:v>25581.7</x:v>
+        <x:v>25462.56</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:5">
       <x:c r="A91" s="1">
-        <x:v>45995.3278587963</x:v>
+        <x:v>46020.9273611111</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C91" s="0">
-        <x:v>4.14</x:v>
+        <x:v>3.85</x:v>
       </x:c>
       <x:c r="D91" s="0">
-        <x:v>27141.53</x:v>
+        <x:v>27056.444</x:v>
       </x:c>
       <x:c r="E91" s="0">
-        <x:v>25606.54</x:v>
+        <x:v>25525.56</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:5">
       <x:c r="A92" s="1">
-        <x:v>45994.9276967593</x:v>
+        <x:v>46020.3323611111</x:v>
       </x:c>
       <x:c r="B92" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C92" s="0">
-        <x:v>4.15</x:v>
+        <x:v>3.69</x:v>
       </x:c>
       <x:c r="D92" s="0">
-        <x:v>27141.424</x:v>
+        <x:v>27122.45</x:v>
       </x:c>
       <x:c r="E92" s="0">
-        <x:v>25606.54</x:v>
+        <x:v>25587.83</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:5">
       <x:c r="A93" s="1">
-        <x:v>45994.3371875</x:v>
+        <x:v>46015.3842824074</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C93" s="0">
-        <x:v>4.15</x:v>
+        <x:v>3.77</x:v>
       </x:c>
       <x:c r="D93" s="0">
-        <x:v>27087.704</x:v>
+        <x:v>27123.1</x:v>
       </x:c>
       <x:c r="E93" s="0">
-        <x:v>25555.86</x:v>
+        <x:v>25587.83</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:5">
       <x:c r="A94" s="1">
-        <x:v>45993.9303240741</x:v>
+        <x:v>46014.9278356481</x:v>
       </x:c>
       <x:c r="B94" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C94" s="0">
-        <x:v>4.27</x:v>
+        <x:v>3.71</x:v>
       </x:c>
       <x:c r="D94" s="0">
-        <x:v>27089.212</x:v>
+        <x:v>27123.1</x:v>
       </x:c>
       <x:c r="E94" s="0">
-        <x:v>25555.86</x:v>
+        <x:v>25587.83</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:5">
       <x:c r="A95" s="1">
-        <x:v>45992.9296990741</x:v>
+        <x:v>46013.9284837963</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C95" s="0">
-        <x:v>4.84</x:v>
+        <x:v>3.98</x:v>
       </x:c>
       <x:c r="D95" s="0">
-        <x:v>26863.42</x:v>
+        <x:v>26986.68</x:v>
       </x:c>
       <x:c r="E95" s="0">
-        <x:v>25342.849</x:v>
+        <x:v>25461.7</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:5">
       <x:c r="A96" s="1">
-        <x:v>45989.8197106481</x:v>
+        <x:v>46013.296712963</x:v>
       </x:c>
       <x:c r="B96" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C96" s="0">
-        <x:v>4.6</x:v>
+        <x:v>4.02</x:v>
       </x:c>
       <x:c r="D96" s="0">
-        <x:v>26960.034</x:v>
+        <x:v>26864.229</x:v>
       </x:c>
       <x:c r="E96" s="0">
-        <x:v>25434.889</x:v>
+        <x:v>25346.18</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:5">
       <x:c r="A97" s="1">
-        <x:v>45989.3082638889</x:v>
+        <x:v>46010.9275810185</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C97" s="0">
-        <x:v>5</x:v>
+        <x:v>4.25</x:v>
       </x:c>
       <x:c r="D97" s="0">
-        <x:v>26750.208</x:v>
+        <x:v>26866.951</x:v>
       </x:c>
       <x:c r="E97" s="0">
-        <x:v>25236.939</x:v>
+        <x:v>25346.18</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:5">
       <x:c r="A98" s="1">
-        <x:v>45987.9265509259</x:v>
+        <x:v>46009.930787037</x:v>
       </x:c>
       <x:c r="B98" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C98" s="0">
-        <x:v>5.16</x:v>
+        <x:v>5.2</x:v>
       </x:c>
       <x:c r="D98" s="0">
-        <x:v>26749.635</x:v>
+        <x:v>26520.532</x:v>
       </x:c>
       <x:c r="E98" s="0">
-        <x:v>25236.939</x:v>
+        <x:v>25019.37</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:5">
       <x:c r="A99" s="1">
-        <x:v>45987.319537037</x:v>
+        <x:v>46008.9275925926</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C99" s="0">
-        <x:v>5.51</x:v>
+        <x:v>6.59</x:v>
       </x:c>
       <x:c r="D99" s="0">
-        <x:v>26517.942</x:v>
+        <x:v>26126.467</x:v>
       </x:c>
       <x:c r="E99" s="0">
-        <x:v>25018.36</x:v>
+        <x:v>24647.61</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:5">
       <x:c r="A100" s="1">
-        <x:v>45986.9250347222</x:v>
+        <x:v>46007.9277662037</x:v>
       </x:c>
       <x:c r="B100" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C100" s="0">
-        <x:v>5.88</x:v>
+        <x:v>5.18</x:v>
       </x:c>
       <x:c r="D100" s="0">
-        <x:v>26519.352</x:v>
+        <x:v>26640.916</x:v>
       </x:c>
       <x:c r="E100" s="0">
-        <x:v>25018.36</x:v>
+        <x:v>25132.94</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:5">
       <x:c r="A101" s="1">
-        <x:v>45986.3107407407</x:v>
+        <x:v>46006.9271064815</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C101" s="0">
-        <x:v>6.44</x:v>
+        <x:v>5.38</x:v>
       </x:c>
       <x:c r="D101" s="0">
-        <x:v>26366.172</x:v>
+        <x:v>26569.312</x:v>
       </x:c>
       <x:c r="E101" s="0">
-        <x:v>24873.85</x:v>
+        <x:v>25067.27</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:5">
       <x:c r="A102" s="1">
-        <x:v>45985.3068518518</x:v>
+        <x:v>46006.3081018518</x:v>
       </x:c>
       <x:c r="B102" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C102" s="0">
-        <x:v>8.97</x:v>
+        <x:v>4.85</x:v>
       </x:c>
       <x:c r="D102" s="0">
-        <x:v>25693.622</x:v>
+        <x:v>26706.54</x:v>
       </x:c>
       <x:c r="E102" s="0">
-        <x:v>24239.573</x:v>
+        <x:v>25196.73</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:5">
       <x:c r="A103" s="1">
-        <x:v>45982.9249074074</x:v>
+        <x:v>46003.9269907407</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C103" s="0">
-        <x:v>10.06</x:v>
+        <x:v>5.01</x:v>
       </x:c>
       <x:c r="D103" s="0">
-        <x:v>25692.251</x:v>
+        <x:v>26707.622</x:v>
       </x:c>
       <x:c r="E103" s="0">
-        <x:v>24239.573</x:v>
+        <x:v>25196.73</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:5">
       <x:c r="A104" s="1">
-        <x:v>45982.3124884259</x:v>
+        <x:v>46003.3313773148</x:v>
       </x:c>
       <x:c r="B104" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C104" s="0">
-        <x:v>11.05</x:v>
+        <x:v>4.01</x:v>
       </x:c>
       <x:c r="D104" s="0">
-        <x:v>25495.946</x:v>
+        <x:v>27226.98</x:v>
       </x:c>
       <x:c r="E104" s="0">
-        <x:v>24054.38</x:v>
+        <x:v>25686.69</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:5">
       <x:c r="A105" s="1">
-        <x:v>45981.9259027778</x:v>
+        <x:v>46002.9320023148</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C105" s="0">
-        <x:v>11.28</x:v>
+        <x:v>3.96</x:v>
       </x:c>
       <x:c r="D105" s="0">
-        <x:v>25493.155</x:v>
+        <x:v>27227.891</x:v>
       </x:c>
       <x:c r="E105" s="0">
-        <x:v>24054.38</x:v>
+        <x:v>25686.69</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:5">
       <x:c r="A106" s="1">
-        <x:v>45981.3119675926</x:v>
+        <x:v>46001.927025463</x:v>
       </x:c>
       <x:c r="B106" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C106" s="0">
-        <x:v>6.3</x:v>
+        <x:v>3.77</x:v>
       </x:c>
       <x:c r="D106" s="0">
-        <x:v>26114.458</x:v>
+        <x:v>27322.688</x:v>
       </x:c>
       <x:c r="E106" s="0">
-        <x:v>24640.515</x:v>
+        <x:v>25776.44</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:5">
       <x:c r="A107" s="1">
-        <x:v>45980.926412037</x:v>
+        <x:v>46001.3340509259</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C107" s="0">
-        <x:v>8.47</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="D107" s="0">
-        <x:v>26118.769</x:v>
+        <x:v>27208.473</x:v>
       </x:c>
       <x:c r="E107" s="0">
-        <x:v>24640.515</x:v>
+        <x:v>25668.69</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:5">
       <x:c r="A108" s="1">
-        <x:v>45979.9258680556</x:v>
+        <x:v>46000.9275810185</x:v>
       </x:c>
       <x:c r="B108" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C108" s="0">
-        <x:v>9.19</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="D108" s="0">
-        <x:v>25972.726</x:v>
+        <x:v>27208.636</x:v>
       </x:c>
       <x:c r="E108" s="0">
-        <x:v>24503.096</x:v>
+        <x:v>25668.69</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:5">
       <x:c r="A109" s="1">
-        <x:v>45979.3133912037</x:v>
+        <x:v>46000.3338310185</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C109" s="0">
-        <x:v>8.55</x:v>
+        <x:v>4.06</x:v>
       </x:c>
       <x:c r="D109" s="0">
-        <x:v>26287.358</x:v>
+        <x:v>27165.452</x:v>
       </x:c>
       <x:c r="E109" s="0">
-        <x:v>24799.918</x:v>
+        <x:v>25627.95</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:5">
       <x:c r="A110" s="1">
-        <x:v>45978.9281365741</x:v>
+        <x:v>45999.3304282407</x:v>
       </x:c>
       <x:c r="B110" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C110" s="0">
-        <x:v>7.87</x:v>
+        <x:v>3.8</x:v>
       </x:c>
       <x:c r="D110" s="0">
-        <x:v>26287.421</x:v>
+        <x:v>27231.657</x:v>
       </x:c>
       <x:c r="E110" s="0">
-        <x:v>24799.918</x:v>
+        <x:v>25692.05</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:5">
       <x:c r="A111" s="1">
-        <x:v>45978.3022453704</x:v>
+        <x:v>45996.9307407407</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C111" s="0">
-        <x:v>6.43</x:v>
+        <x:v>3.95</x:v>
       </x:c>
       <x:c r="D111" s="0">
-        <x:v>26508.244</x:v>
+        <x:v>27230.582</x:v>
       </x:c>
       <x:c r="E111" s="0">
-        <x:v>25008.242</x:v>
+        <x:v>25692.05</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:5">
       <x:c r="A112" s="1">
-        <x:v>45975.9257986111</x:v>
+        <x:v>45996.3408333333</x:v>
       </x:c>
       <x:c r="B112" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C112" s="0">
-        <x:v>7.04</x:v>
+        <x:v>3.99</x:v>
       </x:c>
       <x:c r="D112" s="0">
-        <x:v>26505.692</x:v>
+        <x:v>27113.611</x:v>
       </x:c>
       <x:c r="E112" s="0">
-        <x:v>25008.242</x:v>
+        <x:v>25581.7</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:5">
       <x:c r="A113" s="1">
-        <x:v>45975.3077546296</x:v>
+        <x:v>45995.9303009259</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C113" s="0">
-        <x:v>7.05</x:v>
+        <x:v>4.21</x:v>
       </x:c>
       <x:c r="D113" s="0">
-        <x:v>26490.026</x:v>
+        <x:v>27115.2</x:v>
       </x:c>
       <x:c r="E113" s="0">
-        <x:v>24993.463</x:v>
+        <x:v>25581.7</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:5">
       <x:c r="A114" s="1">
-        <x:v>45974.924849537</x:v>
+        <x:v>45995.3278587963</x:v>
       </x:c>
       <x:c r="B114" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C114" s="0">
-        <x:v>7.1</x:v>
+        <x:v>4.14</x:v>
       </x:c>
       <x:c r="D114" s="0">
-        <x:v>26492.688</x:v>
+        <x:v>27141.53</x:v>
       </x:c>
       <x:c r="E114" s="0">
-        <x:v>24993.463</x:v>
+        <x:v>25606.54</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:5">
       <x:c r="A115" s="1">
-        <x:v>45974.3773032407</x:v>
+        <x:v>45994.9276967593</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C115" s="0">
-        <x:v>5.31</x:v>
+        <x:v>4.15</x:v>
       </x:c>
       <x:c r="D115" s="0">
-        <x:v>27047.984</x:v>
+        <x:v>27141.424</x:v>
       </x:c>
       <x:c r="E115" s="0">
-        <x:v>25517.328</x:v>
+        <x:v>25606.54</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:5">
       <x:c r="A116" s="1">
-        <x:v>45974.3182638889</x:v>
+        <x:v>45994.3371875</x:v>
       </x:c>
       <x:c r="B116" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C116" s="0">
-        <x:v>5.23</x:v>
+        <x:v>4.15</x:v>
       </x:c>
       <x:c r="D116" s="0">
-        <x:v>27047.984</x:v>
+        <x:v>27087.704</x:v>
       </x:c>
       <x:c r="E116" s="0">
-        <x:v>25517.328</x:v>
+        <x:v>25555.86</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:5">
       <x:c r="A117" s="1">
-        <x:v>45973.9253356481</x:v>
+        <x:v>45993.9303240741</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C117" s="0">
-        <x:v>5.51</x:v>
+        <x:v>4.27</x:v>
       </x:c>
       <x:c r="D117" s="0">
-        <x:v>27048.138</x:v>
+        <x:v>27089.212</x:v>
       </x:c>
       <x:c r="E117" s="0">
-        <x:v>25517.328</x:v>
+        <x:v>25555.86</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:5">
       <x:c r="A118" s="1">
-        <x:v>45973.3365393519</x:v>
+        <x:v>45992.9296990741</x:v>
       </x:c>
       <x:c r="B118" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C118" s="0">
-        <x:v>5.04</x:v>
+        <x:v>4.84</x:v>
       </x:c>
       <x:c r="D118" s="0">
-        <x:v>27065.266</x:v>
+        <x:v>26863.42</x:v>
       </x:c>
       <x:c r="E118" s="0">
-        <x:v>25533.486</x:v>
+        <x:v>25342.849</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:5">
       <x:c r="A119" s="1">
-        <x:v>45972.9253240741</x:v>
+        <x:v>45989.8197106481</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C119" s="0">
-        <x:v>5.46</x:v>
+        <x:v>4.6</x:v>
       </x:c>
       <x:c r="D119" s="0">
-        <x:v>27065.495</x:v>
+        <x:v>26960.034</x:v>
       </x:c>
       <x:c r="E119" s="0">
-        <x:v>25533.486</x:v>
+        <x:v>25434.889</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:5">
       <x:c r="A120" s="1">
-        <x:v>45971.9253703704</x:v>
+        <x:v>45989.3082638889</x:v>
       </x:c>
       <x:c r="B120" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C120" s="0">
-        <x:v>5.24</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="D120" s="0">
-        <x:v>27145.158</x:v>
+        <x:v>26750.208</x:v>
       </x:c>
       <x:c r="E120" s="0">
-        <x:v>25611.737</x:v>
+        <x:v>25236.939</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:5">
       <x:c r="A121" s="1">
-        <x:v>45971.2992708333</x:v>
+        <x:v>45987.9265509259</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C121" s="0">
-        <x:v>6.22</x:v>
+        <x:v>5.16</x:v>
       </x:c>
       <x:c r="D121" s="0">
-        <x:v>26560.113</x:v>
+        <x:v>26749.635</x:v>
       </x:c>
       <x:c r="E121" s="0">
-        <x:v>25059.808</x:v>
+        <x:v>25236.939</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:5">
       <x:c r="A122" s="1">
-        <x:v>45968.9253935185</x:v>
+        <x:v>45987.319537037</x:v>
       </x:c>
       <x:c r="B122" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C122" s="0">
-        <x:v>7.57</x:v>
+        <x:v>5.51</x:v>
       </x:c>
       <x:c r="D122" s="0">
-        <x:v>26562.882</x:v>
+        <x:v>26517.942</x:v>
       </x:c>
       <x:c r="E122" s="0">
-        <x:v>25059.808</x:v>
+        <x:v>25018.36</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:5">
       <x:c r="A123" s="1">
-        <x:v>45968.3147337963</x:v>
+        <x:v>45986.9250347222</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C123" s="0">
-        <x:v>6.94</x:v>
+        <x:v>5.88</x:v>
       </x:c>
       <x:c r="D123" s="0">
-        <x:v>26637.33</x:v>
+        <x:v>26519.352</x:v>
       </x:c>
       <x:c r="E123" s="0">
-        <x:v>25130.042</x:v>
+        <x:v>25018.36</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:5">
       <x:c r="A124" s="1">
-        <x:v>45967.9277893519</x:v>
+        <x:v>45986.3107407407</x:v>
       </x:c>
       <x:c r="B124" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C124" s="0">
-        <x:v>7.28</x:v>
+        <x:v>6.44</x:v>
       </x:c>
       <x:c r="D124" s="0">
-        <x:v>26637.844</x:v>
+        <x:v>26366.172</x:v>
       </x:c>
       <x:c r="E124" s="0">
-        <x:v>25130.042</x:v>
+        <x:v>24873.85</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:5">
       <x:c r="A125" s="1">
+        <x:v>45985.3068518518</x:v>
+      </x:c>
+      <x:c r="B125" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C125" s="0">
+        <x:v>8.97</x:v>
+      </x:c>
+      <x:c r="D125" s="0">
+        <x:v>25693.622</x:v>
+      </x:c>
+      <x:c r="E125" s="0">
+        <x:v>24239.573</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="126" spans="1:5">
+      <x:c r="A126" s="1">
+        <x:v>45982.9249074074</x:v>
+      </x:c>
+      <x:c r="B126" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C126" s="0">
+        <x:v>10.06</x:v>
+      </x:c>
+      <x:c r="D126" s="0">
+        <x:v>25692.251</x:v>
+      </x:c>
+      <x:c r="E126" s="0">
+        <x:v>24239.573</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="127" spans="1:5">
+      <x:c r="A127" s="1">
+        <x:v>45982.3124884259</x:v>
+      </x:c>
+      <x:c r="B127" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C127" s="0">
+        <x:v>11.05</x:v>
+      </x:c>
+      <x:c r="D127" s="0">
+        <x:v>25495.946</x:v>
+      </x:c>
+      <x:c r="E127" s="0">
+        <x:v>24054.38</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="128" spans="1:5">
+      <x:c r="A128" s="1">
+        <x:v>45981.9259027778</x:v>
+      </x:c>
+      <x:c r="B128" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C128" s="0">
+        <x:v>11.28</x:v>
+      </x:c>
+      <x:c r="D128" s="0">
+        <x:v>25493.155</x:v>
+      </x:c>
+      <x:c r="E128" s="0">
+        <x:v>24054.38</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="129" spans="1:5">
+      <x:c r="A129" s="1">
+        <x:v>45981.3119675926</x:v>
+      </x:c>
+      <x:c r="B129" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C129" s="0">
+        <x:v>6.3</x:v>
+      </x:c>
+      <x:c r="D129" s="0">
+        <x:v>26114.458</x:v>
+      </x:c>
+      <x:c r="E129" s="0">
+        <x:v>24640.515</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="130" spans="1:5">
+      <x:c r="A130" s="1">
+        <x:v>45980.926412037</x:v>
+      </x:c>
+      <x:c r="B130" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C130" s="0">
+        <x:v>8.47</x:v>
+      </x:c>
+      <x:c r="D130" s="0">
+        <x:v>26118.769</x:v>
+      </x:c>
+      <x:c r="E130" s="0">
+        <x:v>24640.515</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="131" spans="1:5">
+      <x:c r="A131" s="1">
+        <x:v>45979.9258680556</x:v>
+      </x:c>
+      <x:c r="B131" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C131" s="0">
+        <x:v>9.19</x:v>
+      </x:c>
+      <x:c r="D131" s="0">
+        <x:v>25972.726</x:v>
+      </x:c>
+      <x:c r="E131" s="0">
+        <x:v>24503.096</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="132" spans="1:5">
+      <x:c r="A132" s="1">
+        <x:v>45979.3133912037</x:v>
+      </x:c>
+      <x:c r="B132" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C132" s="0">
+        <x:v>8.55</x:v>
+      </x:c>
+      <x:c r="D132" s="0">
+        <x:v>26287.358</x:v>
+      </x:c>
+      <x:c r="E132" s="0">
+        <x:v>24799.918</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="133" spans="1:5">
+      <x:c r="A133" s="1">
+        <x:v>45978.9281365741</x:v>
+      </x:c>
+      <x:c r="B133" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C133" s="0">
+        <x:v>7.87</x:v>
+      </x:c>
+      <x:c r="D133" s="0">
+        <x:v>26287.421</x:v>
+      </x:c>
+      <x:c r="E133" s="0">
+        <x:v>24799.918</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="134" spans="1:5">
+      <x:c r="A134" s="1">
+        <x:v>45978.3022453704</x:v>
+      </x:c>
+      <x:c r="B134" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C134" s="0">
+        <x:v>6.43</x:v>
+      </x:c>
+      <x:c r="D134" s="0">
+        <x:v>26508.244</x:v>
+      </x:c>
+      <x:c r="E134" s="0">
+        <x:v>25008.242</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="135" spans="1:5">
+      <x:c r="A135" s="1">
+        <x:v>45975.9257986111</x:v>
+      </x:c>
+      <x:c r="B135" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C135" s="0">
+        <x:v>7.04</x:v>
+      </x:c>
+      <x:c r="D135" s="0">
+        <x:v>26505.692</x:v>
+      </x:c>
+      <x:c r="E135" s="0">
+        <x:v>25008.242</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="136" spans="1:5">
+      <x:c r="A136" s="1">
+        <x:v>45975.3077546296</x:v>
+      </x:c>
+      <x:c r="B136" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C136" s="0">
+        <x:v>7.05</x:v>
+      </x:c>
+      <x:c r="D136" s="0">
+        <x:v>26490.026</x:v>
+      </x:c>
+      <x:c r="E136" s="0">
+        <x:v>24993.463</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="137" spans="1:5">
+      <x:c r="A137" s="1">
+        <x:v>45974.924849537</x:v>
+      </x:c>
+      <x:c r="B137" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C137" s="0">
+        <x:v>7.1</x:v>
+      </x:c>
+      <x:c r="D137" s="0">
+        <x:v>26492.688</x:v>
+      </x:c>
+      <x:c r="E137" s="0">
+        <x:v>24993.463</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="138" spans="1:5">
+      <x:c r="A138" s="1">
+        <x:v>45974.3773032407</x:v>
+      </x:c>
+      <x:c r="B138" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C138" s="0">
+        <x:v>5.31</x:v>
+      </x:c>
+      <x:c r="D138" s="0">
+        <x:v>27047.984</x:v>
+      </x:c>
+      <x:c r="E138" s="0">
+        <x:v>25517.328</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="139" spans="1:5">
+      <x:c r="A139" s="1">
+        <x:v>45974.3182638889</x:v>
+      </x:c>
+      <x:c r="B139" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C139" s="0">
+        <x:v>5.23</x:v>
+      </x:c>
+      <x:c r="D139" s="0">
+        <x:v>27047.984</x:v>
+      </x:c>
+      <x:c r="E139" s="0">
+        <x:v>25517.328</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="140" spans="1:5">
+      <x:c r="A140" s="1">
+        <x:v>45973.9253356481</x:v>
+      </x:c>
+      <x:c r="B140" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C140" s="0">
+        <x:v>5.51</x:v>
+      </x:c>
+      <x:c r="D140" s="0">
+        <x:v>27048.138</x:v>
+      </x:c>
+      <x:c r="E140" s="0">
+        <x:v>25517.328</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="141" spans="1:5">
+      <x:c r="A141" s="1">
+        <x:v>45973.3365393519</x:v>
+      </x:c>
+      <x:c r="B141" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C141" s="0">
+        <x:v>5.04</x:v>
+      </x:c>
+      <x:c r="D141" s="0">
+        <x:v>27065.266</x:v>
+      </x:c>
+      <x:c r="E141" s="0">
+        <x:v>25533.486</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="142" spans="1:5">
+      <x:c r="A142" s="1">
+        <x:v>45972.9253240741</x:v>
+      </x:c>
+      <x:c r="B142" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C142" s="0">
+        <x:v>5.46</x:v>
+      </x:c>
+      <x:c r="D142" s="0">
+        <x:v>27065.495</x:v>
+      </x:c>
+      <x:c r="E142" s="0">
+        <x:v>25533.486</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="143" spans="1:5">
+      <x:c r="A143" s="1">
+        <x:v>45971.9253703704</x:v>
+      </x:c>
+      <x:c r="B143" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C143" s="0">
+        <x:v>5.24</x:v>
+      </x:c>
+      <x:c r="D143" s="0">
+        <x:v>27145.158</x:v>
+      </x:c>
+      <x:c r="E143" s="0">
+        <x:v>25611.737</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="144" spans="1:5">
+      <x:c r="A144" s="1">
+        <x:v>45971.2992708333</x:v>
+      </x:c>
+      <x:c r="B144" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C144" s="0">
+        <x:v>6.22</x:v>
+      </x:c>
+      <x:c r="D144" s="0">
+        <x:v>26560.113</x:v>
+      </x:c>
+      <x:c r="E144" s="0">
+        <x:v>25059.808</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="145" spans="1:5">
+      <x:c r="A145" s="1">
+        <x:v>45968.9253935185</x:v>
+      </x:c>
+      <x:c r="B145" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C145" s="0">
+        <x:v>7.57</x:v>
+      </x:c>
+      <x:c r="D145" s="0">
+        <x:v>26562.882</x:v>
+      </x:c>
+      <x:c r="E145" s="0">
+        <x:v>25059.808</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="146" spans="1:5">
+      <x:c r="A146" s="1">
+        <x:v>45968.3147337963</x:v>
+      </x:c>
+      <x:c r="B146" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C146" s="0">
+        <x:v>6.94</x:v>
+      </x:c>
+      <x:c r="D146" s="0">
+        <x:v>26637.33</x:v>
+      </x:c>
+      <x:c r="E146" s="0">
+        <x:v>25130.042</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="147" spans="1:5">
+      <x:c r="A147" s="1">
+        <x:v>45967.9277893519</x:v>
+      </x:c>
+      <x:c r="B147" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C147" s="0">
+        <x:v>7.28</x:v>
+      </x:c>
+      <x:c r="D147" s="0">
+        <x:v>26637.844</x:v>
+      </x:c>
+      <x:c r="E147" s="0">
+        <x:v>25130.042</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="148" spans="1:5">
+      <x:c r="A148" s="1">
         <x:v>45966.9253587963</x:v>
       </x:c>
-      <x:c r="B125" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C125" s="0">
+      <x:c r="B148" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C148" s="0">
         <x:v>5.74</x:v>
       </x:c>
-      <x:c r="D125" s="0">
+      <x:c r="D148" s="0">
         <x:v>27157.233</x:v>
       </x:c>
-      <x:c r="E125" s="0">
+      <x:c r="E148" s="0">
         <x:v>25620.031</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>