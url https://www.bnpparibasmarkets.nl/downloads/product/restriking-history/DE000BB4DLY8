--- v0 (2025-10-29)
+++ v1 (2025-12-02)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf8b4c79685ce4689" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6fa683a13c7e415fba66be3ef8327c7c.psmdcp" Id="Rc8342a20ba894ef0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd2fe1ad2cf634b0e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2c97b7c92cbb43bab3f893493c9b5f38.psmdcp" Id="Re6f22436287f45b0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>DE000BB4DLY8</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -390,318 +390,845 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E16"/>
+  <x:dimension ref="A1:E47"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>45959.7636111111</x:v>
+        <x:v>45992.7417476852</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
-        <x:v>3.67</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>29.65</x:v>
+        <x:v>32.271</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>25.56</x:v>
+        <x:v>27.82</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>45959.7417361111</x:v>
+        <x:v>45989.7430787037</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
-        <x:v>3.67</x:v>
+        <x:v>1.74</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>29.65</x:v>
+        <x:v>32.898</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>25.56</x:v>
+        <x:v>28.36</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>45958.7414467593</x:v>
+        <x:v>45988.7414814815</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
-        <x:v>3.31</x:v>
+        <x:v>1.74</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>30.299</x:v>
+        <x:v>32.874</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>26.12</x:v>
+        <x:v>28.34</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>45957.7415277778</x:v>
+        <x:v>45987.7425462963</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
-        <x:v>3.1</x:v>
+        <x:v>2.19</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>30.717</x:v>
+        <x:v>31.598</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>26.48</x:v>
+        <x:v>27.24</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>45954.7429166667</x:v>
+        <x:v>45986.7689583333</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
-        <x:v>2.63</x:v>
+        <x:v>2.38</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>31.854</x:v>
+        <x:v>31.088</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>27.46</x:v>
+        <x:v>26.8</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>45953.7427546296</x:v>
+        <x:v>45986.7424768519</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
-        <x:v>2.54</x:v>
+        <x:v>2.38</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>32.086</x:v>
+        <x:v>31.088</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>27.66</x:v>
+        <x:v>26.8</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>45952.7607523148</x:v>
+        <x:v>45985.7417476852</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
-        <x:v>2.48</x:v>
+        <x:v>2.53</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>32.248</x:v>
+        <x:v>30.74</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>27.8</x:v>
+        <x:v>26.5</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>45952.7424189815</x:v>
+        <x:v>45982.7637962963</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
-        <x:v>2.48</x:v>
+        <x:v>4.24</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>32.248</x:v>
+        <x:v>28.443</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>27.8</x:v>
+        <x:v>24.52</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>45951.7421180556</x:v>
+        <x:v>45981.7416435185</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
-        <x:v>2.59</x:v>
+        <x:v>4.54</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>31.97</x:v>
+        <x:v>28.072</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>27.56</x:v>
+        <x:v>24.2</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>45950.8197106481</x:v>
+        <x:v>45980.7413310185</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C12" s="0">
-        <x:v>2.33</x:v>
+        <x:v>5.36</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>32.712</x:v>
+        <x:v>27.237</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>28.2</x:v>
+        <x:v>23.48</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>45947.7631018519</x:v>
+        <x:v>45979.7621180556</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0">
-        <x:v>2.83</x:v>
+        <x:v>5.68</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>31.598</x:v>
+        <x:v>26.935</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>27.24</x:v>
+        <x:v>23.22</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>45946.7603125</x:v>
+        <x:v>45979.7413657407</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C14" s="0">
-        <x:v>4.21</x:v>
+        <x:v>5.68</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>29.65</x:v>
+        <x:v>26.935</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>25.56</x:v>
+        <x:v>23.22</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>45946.7415509259</x:v>
+        <x:v>45978.7625115741</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
-        <x:v>4.21</x:v>
+        <x:v>5.49</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>29.65</x:v>
+        <x:v>27.121</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>25.56</x:v>
+        <x:v>23.38</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
+        <x:v>45975.7665972222</x:v>
+      </x:c>
+      <x:c r="B16" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C16" s="0">
+        <x:v>5.57</x:v>
+      </x:c>
+      <x:c r="D16" s="0">
+        <x:v>27.051</x:v>
+      </x:c>
+      <x:c r="E16" s="0">
+        <x:v>23.32</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="17" spans="1:5">
+      <x:c r="A17" s="1">
+        <x:v>45975.7415972222</x:v>
+      </x:c>
+      <x:c r="B17" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C17" s="0">
+        <x:v>5.57</x:v>
+      </x:c>
+      <x:c r="D17" s="0">
+        <x:v>27.051</x:v>
+      </x:c>
+      <x:c r="E17" s="0">
+        <x:v>23.32</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="18" spans="1:5">
+      <x:c r="A18" s="1">
+        <x:v>45974.7420486111</x:v>
+      </x:c>
+      <x:c r="B18" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C18" s="0">
+        <x:v>5.11</x:v>
+      </x:c>
+      <x:c r="D18" s="0">
+        <x:v>27.538</x:v>
+      </x:c>
+      <x:c r="E18" s="0">
+        <x:v>23.74</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="19" spans="1:5">
+      <x:c r="A19" s="1">
+        <x:v>45973.7618518519</x:v>
+      </x:c>
+      <x:c r="B19" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C19" s="0">
+        <x:v>5.25</x:v>
+      </x:c>
+      <x:c r="D19" s="0">
+        <x:v>27.399</x:v>
+      </x:c>
+      <x:c r="E19" s="0">
+        <x:v>23.62</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="20" spans="1:5">
+      <x:c r="A20" s="1">
+        <x:v>45973.7425231481</x:v>
+      </x:c>
+      <x:c r="B20" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C20" s="0">
+        <x:v>5.25</x:v>
+      </x:c>
+      <x:c r="D20" s="0">
+        <x:v>27.399</x:v>
+      </x:c>
+      <x:c r="E20" s="0">
+        <x:v>23.62</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="21" spans="1:5">
+      <x:c r="A21" s="1">
+        <x:v>45972.7415046296</x:v>
+      </x:c>
+      <x:c r="B21" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C21" s="0">
+        <x:v>5.08</x:v>
+      </x:c>
+      <x:c r="D21" s="0">
+        <x:v>27.585</x:v>
+      </x:c>
+      <x:c r="E21" s="0">
+        <x:v>23.78</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="22" spans="1:5">
+      <x:c r="A22" s="1">
+        <x:v>45968.7599189815</x:v>
+      </x:c>
+      <x:c r="B22" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C22" s="0">
+        <x:v>4.93</x:v>
+      </x:c>
+      <x:c r="D22" s="0">
+        <x:v>27.747</x:v>
+      </x:c>
+      <x:c r="E22" s="0">
+        <x:v>23.92</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="23" spans="1:5">
+      <x:c r="A23" s="1">
+        <x:v>45968.7418981481</x:v>
+      </x:c>
+      <x:c r="B23" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C23" s="0">
+        <x:v>4.93</x:v>
+      </x:c>
+      <x:c r="D23" s="0">
+        <x:v>27.747</x:v>
+      </x:c>
+      <x:c r="E23" s="0">
+        <x:v>23.92</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="24" spans="1:5">
+      <x:c r="A24" s="1">
+        <x:v>45967.7415856481</x:v>
+      </x:c>
+      <x:c r="B24" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C24" s="0">
+        <x:v>5.08</x:v>
+      </x:c>
+      <x:c r="D24" s="0">
+        <x:v>27.585</x:v>
+      </x:c>
+      <x:c r="E24" s="0">
+        <x:v>23.78</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="25" spans="1:5">
+      <x:c r="A25" s="1">
+        <x:v>45966.7604166667</x:v>
+      </x:c>
+      <x:c r="B25" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C25" s="0">
+        <x:v>4.73</x:v>
+      </x:c>
+      <x:c r="D25" s="0">
+        <x:v>28.002</x:v>
+      </x:c>
+      <x:c r="E25" s="0">
+        <x:v>24.14</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="26" spans="1:5">
+      <x:c r="A26" s="1">
+        <x:v>45966.7414930556</x:v>
+      </x:c>
+      <x:c r="B26" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C26" s="0">
+        <x:v>4.73</x:v>
+      </x:c>
+      <x:c r="D26" s="0">
+        <x:v>28.002</x:v>
+      </x:c>
+      <x:c r="E26" s="0">
+        <x:v>24.14</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="27" spans="1:5">
+      <x:c r="A27" s="1">
+        <x:v>45965.7581018519</x:v>
+      </x:c>
+      <x:c r="B27" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C27" s="0">
+        <x:v>4.62</x:v>
+      </x:c>
+      <x:c r="D27" s="0">
+        <x:v>28.142</x:v>
+      </x:c>
+      <x:c r="E27" s="0">
+        <x:v>24.26</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="28" spans="1:5">
+      <x:c r="A28" s="1">
+        <x:v>45965.7415856481</x:v>
+      </x:c>
+      <x:c r="B28" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C28" s="0">
+        <x:v>4.62</x:v>
+      </x:c>
+      <x:c r="D28" s="0">
+        <x:v>28.142</x:v>
+      </x:c>
+      <x:c r="E28" s="0">
+        <x:v>24.26</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="29" spans="1:5">
+      <x:c r="A29" s="1">
+        <x:v>45964.741712963</x:v>
+      </x:c>
+      <x:c r="B29" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C29" s="0">
+        <x:v>4.3</x:v>
+      </x:c>
+      <x:c r="D29" s="0">
+        <x:v>28.559</x:v>
+      </x:c>
+      <x:c r="E29" s="0">
+        <x:v>24.62</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="30" spans="1:5">
+      <x:c r="A30" s="1">
+        <x:v>45961.8177777778</x:v>
+      </x:c>
+      <x:c r="B30" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C30" s="0">
+        <x:v>3.52</x:v>
+      </x:c>
+      <x:c r="D30" s="0">
+        <x:v>29.882</x:v>
+      </x:c>
+      <x:c r="E30" s="0">
+        <x:v>25.76</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="31" spans="1:5">
+      <x:c r="A31" s="1">
+        <x:v>45961.7595833333</x:v>
+      </x:c>
+      <x:c r="B31" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C31" s="0">
+        <x:v>3.52</x:v>
+      </x:c>
+      <x:c r="D31" s="0">
+        <x:v>29.882</x:v>
+      </x:c>
+      <x:c r="E31" s="0">
+        <x:v>25.76</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="32" spans="1:5">
+      <x:c r="A32" s="1">
+        <x:v>45961.7415740741</x:v>
+      </x:c>
+      <x:c r="B32" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C32" s="0">
+        <x:v>3.52</x:v>
+      </x:c>
+      <x:c r="D32" s="0">
+        <x:v>29.882</x:v>
+      </x:c>
+      <x:c r="E32" s="0">
+        <x:v>25.76</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="33" spans="1:5">
+      <x:c r="A33" s="1">
+        <x:v>45960.7414699074</x:v>
+      </x:c>
+      <x:c r="B33" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C33" s="0">
+        <x:v>3.55</x:v>
+      </x:c>
+      <x:c r="D33" s="0">
+        <x:v>29.835</x:v>
+      </x:c>
+      <x:c r="E33" s="0">
+        <x:v>25.72</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="34" spans="1:5">
+      <x:c r="A34" s="1">
+        <x:v>45959.7636111111</x:v>
+      </x:c>
+      <x:c r="B34" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C34" s="0">
+        <x:v>3.67</x:v>
+      </x:c>
+      <x:c r="D34" s="0">
+        <x:v>29.65</x:v>
+      </x:c>
+      <x:c r="E34" s="0">
+        <x:v>25.56</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="35" spans="1:5">
+      <x:c r="A35" s="1">
+        <x:v>45959.7417361111</x:v>
+      </x:c>
+      <x:c r="B35" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C35" s="0">
+        <x:v>3.67</x:v>
+      </x:c>
+      <x:c r="D35" s="0">
+        <x:v>29.65</x:v>
+      </x:c>
+      <x:c r="E35" s="0">
+        <x:v>25.56</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="36" spans="1:5">
+      <x:c r="A36" s="1">
+        <x:v>45958.7414467593</x:v>
+      </x:c>
+      <x:c r="B36" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C36" s="0">
+        <x:v>3.31</x:v>
+      </x:c>
+      <x:c r="D36" s="0">
+        <x:v>30.299</x:v>
+      </x:c>
+      <x:c r="E36" s="0">
+        <x:v>26.12</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="37" spans="1:5">
+      <x:c r="A37" s="1">
+        <x:v>45957.7415277778</x:v>
+      </x:c>
+      <x:c r="B37" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C37" s="0">
+        <x:v>3.1</x:v>
+      </x:c>
+      <x:c r="D37" s="0">
+        <x:v>30.717</x:v>
+      </x:c>
+      <x:c r="E37" s="0">
+        <x:v>26.48</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="38" spans="1:5">
+      <x:c r="A38" s="1">
+        <x:v>45954.7429166667</x:v>
+      </x:c>
+      <x:c r="B38" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C38" s="0">
+        <x:v>2.63</x:v>
+      </x:c>
+      <x:c r="D38" s="0">
+        <x:v>31.854</x:v>
+      </x:c>
+      <x:c r="E38" s="0">
+        <x:v>27.46</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="39" spans="1:5">
+      <x:c r="A39" s="1">
+        <x:v>45953.7427546296</x:v>
+      </x:c>
+      <x:c r="B39" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C39" s="0">
+        <x:v>2.54</x:v>
+      </x:c>
+      <x:c r="D39" s="0">
+        <x:v>32.086</x:v>
+      </x:c>
+      <x:c r="E39" s="0">
+        <x:v>27.66</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="40" spans="1:5">
+      <x:c r="A40" s="1">
+        <x:v>45952.7607523148</x:v>
+      </x:c>
+      <x:c r="B40" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C40" s="0">
+        <x:v>2.48</x:v>
+      </x:c>
+      <x:c r="D40" s="0">
+        <x:v>32.248</x:v>
+      </x:c>
+      <x:c r="E40" s="0">
+        <x:v>27.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="41" spans="1:5">
+      <x:c r="A41" s="1">
+        <x:v>45952.7424189815</x:v>
+      </x:c>
+      <x:c r="B41" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C41" s="0">
+        <x:v>2.48</x:v>
+      </x:c>
+      <x:c r="D41" s="0">
+        <x:v>32.248</x:v>
+      </x:c>
+      <x:c r="E41" s="0">
+        <x:v>27.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="42" spans="1:5">
+      <x:c r="A42" s="1">
+        <x:v>45951.7421180556</x:v>
+      </x:c>
+      <x:c r="B42" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C42" s="0">
+        <x:v>2.59</x:v>
+      </x:c>
+      <x:c r="D42" s="0">
+        <x:v>31.97</x:v>
+      </x:c>
+      <x:c r="E42" s="0">
+        <x:v>27.56</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="43" spans="1:5">
+      <x:c r="A43" s="1">
+        <x:v>45950.8197106481</x:v>
+      </x:c>
+      <x:c r="B43" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C43" s="0">
+        <x:v>2.33</x:v>
+      </x:c>
+      <x:c r="D43" s="0">
+        <x:v>32.712</x:v>
+      </x:c>
+      <x:c r="E43" s="0">
+        <x:v>28.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="44" spans="1:5">
+      <x:c r="A44" s="1">
+        <x:v>45947.7631018519</x:v>
+      </x:c>
+      <x:c r="B44" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C44" s="0">
+        <x:v>2.83</x:v>
+      </x:c>
+      <x:c r="D44" s="0">
+        <x:v>31.598</x:v>
+      </x:c>
+      <x:c r="E44" s="0">
+        <x:v>27.24</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="45" spans="1:5">
+      <x:c r="A45" s="1">
+        <x:v>45946.7603125</x:v>
+      </x:c>
+      <x:c r="B45" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C45" s="0">
+        <x:v>4.21</x:v>
+      </x:c>
+      <x:c r="D45" s="0">
+        <x:v>29.65</x:v>
+      </x:c>
+      <x:c r="E45" s="0">
+        <x:v>25.56</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="46" spans="1:5">
+      <x:c r="A46" s="1">
+        <x:v>45946.7415509259</x:v>
+      </x:c>
+      <x:c r="B46" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C46" s="0">
+        <x:v>4.21</x:v>
+      </x:c>
+      <x:c r="D46" s="0">
+        <x:v>29.65</x:v>
+      </x:c>
+      <x:c r="E46" s="0">
+        <x:v>25.56</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="47" spans="1:5">
+      <x:c r="A47" s="1">
         <x:v>45945.7689236111</x:v>
       </x:c>
-      <x:c r="B16" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C16" s="0">
+      <x:c r="B47" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C47" s="0">
         <x:v>5</x:v>
       </x:c>
-      <x:c r="D16" s="0">
+      <x:c r="D47" s="0">
         <x:v>28.745</x:v>
       </x:c>
-      <x:c r="E16" s="0">
+      <x:c r="E47" s="0">
         <x:v>24.78</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>