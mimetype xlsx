--- v1 (2025-12-02)
+++ v2 (2026-01-23)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd2fe1ad2cf634b0e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2c97b7c92cbb43bab3f893493c9b5f38.psmdcp" Id="Re6f22436287f45b0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R330b167f725c4bd4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0397e293503e4b6faf678d1c012afd7d.psmdcp" Id="R887d43cb530b49b1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>DE000BB4DLY8</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -390,845 +390,1644 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E47"/>
+  <x:dimension ref="A1:E94"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>45992.7417476852</x:v>
+        <x:v>46044.7737037037</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
-        <x:v>1.9</x:v>
+        <x:v>0.87</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>32.271</x:v>
+        <x:v>36.517</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>27.82</x:v>
+        <x:v>31.48</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>45989.7430787037</x:v>
+        <x:v>46044.7425231481</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
-        <x:v>1.74</x:v>
+        <x:v>0.87</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>32.898</x:v>
+        <x:v>36.517</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>28.36</x:v>
+        <x:v>31.48</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>45988.7414814815</x:v>
+        <x:v>46043.7727314815</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
-        <x:v>1.74</x:v>
+        <x:v>0.95</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>32.874</x:v>
+        <x:v>35.914</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>28.34</x:v>
+        <x:v>30.96</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>45987.7425462963</x:v>
+        <x:v>46043.7426736111</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
-        <x:v>2.19</x:v>
+        <x:v>0.95</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>31.598</x:v>
+        <x:v>35.914</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>27.24</x:v>
+        <x:v>30.96</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>45986.7689583333</x:v>
+        <x:v>46042.7743055556</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
-        <x:v>2.38</x:v>
+        <x:v>0.99</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>31.088</x:v>
+        <x:v>35.635</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>26.8</x:v>
+        <x:v>30.72</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>45986.7424768519</x:v>
+        <x:v>46042.7413888889</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
-        <x:v>2.38</x:v>
+        <x:v>0.99</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>31.088</x:v>
+        <x:v>35.635</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>26.8</x:v>
+        <x:v>30.72</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>45985.7417476852</x:v>
+        <x:v>46041.773599537</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
-        <x:v>2.53</x:v>
+        <x:v>0.92</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>30.74</x:v>
+        <x:v>36.215</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>26.5</x:v>
+        <x:v>31.22</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>45982.7637962963</x:v>
+        <x:v>46041.7428356481</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
-        <x:v>4.24</x:v>
+        <x:v>0.92</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>28.443</x:v>
+        <x:v>36.215</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>24.52</x:v>
+        <x:v>31.22</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>45981.7416435185</x:v>
+        <x:v>46038.7738888889</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
-        <x:v>4.54</x:v>
+        <x:v>0.91</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>28.072</x:v>
+        <x:v>36.262</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>24.2</x:v>
+        <x:v>31.26</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>45980.7413310185</x:v>
+        <x:v>46038.7428587963</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C12" s="0">
-        <x:v>5.36</x:v>
+        <x:v>0.91</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>27.237</x:v>
+        <x:v>36.262</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>23.48</x:v>
+        <x:v>31.26</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>45979.7621180556</x:v>
+        <x:v>46037.7736458333</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0">
-        <x:v>5.68</x:v>
+        <x:v>1.21</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>26.935</x:v>
+        <x:v>34.568</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>23.22</x:v>
+        <x:v>29.8</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>45979.7413657407</x:v>
+        <x:v>46037.7426157407</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C14" s="0">
-        <x:v>5.68</x:v>
+        <x:v>1.21</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>26.935</x:v>
+        <x:v>34.568</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>23.22</x:v>
+        <x:v>29.8</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>45978.7625115741</x:v>
+        <x:v>46036.774224537</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
-        <x:v>5.49</x:v>
+        <x:v>1.32</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>27.121</x:v>
+        <x:v>33.988</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>23.38</x:v>
+        <x:v>29.3</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>45975.7665972222</x:v>
+        <x:v>46036.7428125</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C16" s="0">
-        <x:v>5.57</x:v>
+        <x:v>1.32</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>27.051</x:v>
+        <x:v>33.988</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>23.32</x:v>
+        <x:v>29.3</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>45975.7415972222</x:v>
+        <x:v>46035.7726851852</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C17" s="0">
-        <x:v>5.57</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>27.051</x:v>
+        <x:v>34.707</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>23.32</x:v>
+        <x:v>29.92</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>45974.7420486111</x:v>
+        <x:v>46035.7424421296</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="0">
-        <x:v>5.11</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>27.538</x:v>
+        <x:v>34.707</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>23.74</x:v>
+        <x:v>29.92</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>45973.7618518519</x:v>
+        <x:v>46034.7734722222</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C19" s="0">
-        <x:v>5.25</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>27.399</x:v>
+        <x:v>34.684</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>23.62</x:v>
+        <x:v>29.9</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
-        <x:v>45973.7425231481</x:v>
+        <x:v>46031.7746759259</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C20" s="0">
-        <x:v>5.25</x:v>
+        <x:v>1.19</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>27.399</x:v>
+        <x:v>34.754</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>23.62</x:v>
+        <x:v>29.96</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="1">
-        <x:v>45972.7415046296</x:v>
+        <x:v>46031.7466435185</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C21" s="0">
-        <x:v>5.08</x:v>
+        <x:v>1.19</x:v>
       </x:c>
       <x:c r="D21" s="0">
-        <x:v>27.585</x:v>
+        <x:v>34.754</x:v>
       </x:c>
       <x:c r="E21" s="0">
-        <x:v>23.78</x:v>
+        <x:v>29.96</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="1">
-        <x:v>45968.7599189815</x:v>
+        <x:v>46030.7735763889</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C22" s="0">
-        <x:v>4.93</x:v>
+        <x:v>1.23</x:v>
       </x:c>
       <x:c r="D22" s="0">
-        <x:v>27.747</x:v>
+        <x:v>34.545</x:v>
       </x:c>
       <x:c r="E22" s="0">
-        <x:v>23.92</x:v>
+        <x:v>29.78</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="1">
-        <x:v>45968.7418981481</x:v>
+        <x:v>46030.7425</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C23" s="0">
-        <x:v>4.93</x:v>
+        <x:v>1.23</x:v>
       </x:c>
       <x:c r="D23" s="0">
-        <x:v>27.747</x:v>
+        <x:v>34.545</x:v>
       </x:c>
       <x:c r="E23" s="0">
-        <x:v>23.92</x:v>
+        <x:v>29.78</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="1">
-        <x:v>45967.7415856481</x:v>
+        <x:v>46029.7726851852</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C24" s="0">
-        <x:v>5.08</x:v>
+        <x:v>1.23</x:v>
       </x:c>
       <x:c r="D24" s="0">
-        <x:v>27.585</x:v>
+        <x:v>34.522</x:v>
       </x:c>
       <x:c r="E24" s="0">
-        <x:v>23.78</x:v>
+        <x:v>29.76</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="1">
-        <x:v>45966.7604166667</x:v>
+        <x:v>46029.7414583333</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C25" s="0">
-        <x:v>4.73</x:v>
+        <x:v>1.23</x:v>
       </x:c>
       <x:c r="D25" s="0">
-        <x:v>28.002</x:v>
+        <x:v>34.522</x:v>
       </x:c>
       <x:c r="E25" s="0">
-        <x:v>24.14</x:v>
+        <x:v>29.76</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="1">
-        <x:v>45966.7414930556</x:v>
+        <x:v>46028.7421875</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C26" s="0">
-        <x:v>4.73</x:v>
+        <x:v>1.14</x:v>
       </x:c>
       <x:c r="D26" s="0">
-        <x:v>28.002</x:v>
+        <x:v>35.078</x:v>
       </x:c>
       <x:c r="E26" s="0">
-        <x:v>24.14</x:v>
+        <x:v>30.24</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="1">
-        <x:v>45965.7581018519</x:v>
+        <x:v>46027.7425925926</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C27" s="0">
-        <x:v>4.62</x:v>
+        <x:v>1.34</x:v>
       </x:c>
       <x:c r="D27" s="0">
-        <x:v>28.142</x:v>
+        <x:v>34.058</x:v>
       </x:c>
       <x:c r="E27" s="0">
-        <x:v>24.26</x:v>
+        <x:v>29.36</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="1">
-        <x:v>45965.7415856481</x:v>
+        <x:v>46024.7412962963</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C28" s="0">
-        <x:v>4.62</x:v>
+        <x:v>1.26</x:v>
       </x:c>
       <x:c r="D28" s="0">
-        <x:v>28.142</x:v>
+        <x:v>34.545</x:v>
       </x:c>
       <x:c r="E28" s="0">
-        <x:v>24.26</x:v>
+        <x:v>29.78</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="1">
-        <x:v>45964.741712963</x:v>
+        <x:v>46021.7414583333</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C29" s="0">
-        <x:v>4.3</x:v>
+        <x:v>1.28</x:v>
       </x:c>
       <x:c r="D29" s="0">
-        <x:v>28.559</x:v>
+        <x:v>34.429</x:v>
       </x:c>
       <x:c r="E29" s="0">
-        <x:v>24.62</x:v>
+        <x:v>29.68</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="1">
-        <x:v>45961.8177777778</x:v>
+        <x:v>46020.7412037037</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C30" s="0">
-        <x:v>3.52</x:v>
+        <x:v>1.35</x:v>
       </x:c>
       <x:c r="D30" s="0">
-        <x:v>29.882</x:v>
+        <x:v>34.058</x:v>
       </x:c>
       <x:c r="E30" s="0">
-        <x:v>25.76</x:v>
+        <x:v>29.36</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="1">
-        <x:v>45961.7595833333</x:v>
+        <x:v>46014.7421296296</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C31" s="0">
-        <x:v>3.52</x:v>
+        <x:v>1.51</x:v>
       </x:c>
       <x:c r="D31" s="0">
-        <x:v>29.882</x:v>
+        <x:v>33.362</x:v>
       </x:c>
       <x:c r="E31" s="0">
-        <x:v>25.76</x:v>
+        <x:v>28.76</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="1">
-        <x:v>45961.7415740741</x:v>
+        <x:v>46013.7415856481</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C32" s="0">
-        <x:v>3.52</x:v>
+        <x:v>1.54</x:v>
       </x:c>
       <x:c r="D32" s="0">
-        <x:v>29.882</x:v>
+        <x:v>33.246</x:v>
       </x:c>
       <x:c r="E32" s="0">
-        <x:v>25.76</x:v>
+        <x:v>28.66</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="1">
-        <x:v>45960.7414699074</x:v>
+        <x:v>46010.7427777778</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C33" s="0">
-        <x:v>3.55</x:v>
+        <x:v>1.54</x:v>
       </x:c>
       <x:c r="D33" s="0">
-        <x:v>29.835</x:v>
+        <x:v>33.222</x:v>
       </x:c>
       <x:c r="E33" s="0">
-        <x:v>25.72</x:v>
+        <x:v>28.64</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="1">
-        <x:v>45959.7636111111</x:v>
+        <x:v>46009.742037037</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C34" s="0">
-        <x:v>3.67</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="D34" s="0">
-        <x:v>29.65</x:v>
+        <x:v>33.895</x:v>
       </x:c>
       <x:c r="E34" s="0">
-        <x:v>25.56</x:v>
+        <x:v>29.22</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="1">
-        <x:v>45959.7417361111</x:v>
+        <x:v>46008.7426736111</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C35" s="0">
-        <x:v>3.67</x:v>
+        <x:v>1.51</x:v>
       </x:c>
       <x:c r="D35" s="0">
-        <x:v>29.65</x:v>
+        <x:v>33.408</x:v>
       </x:c>
       <x:c r="E35" s="0">
-        <x:v>25.56</x:v>
+        <x:v>28.8</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="1">
-        <x:v>45958.7414467593</x:v>
+        <x:v>46007.7675347222</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C36" s="0">
-        <x:v>3.31</x:v>
+        <x:v>1.78</x:v>
       </x:c>
       <x:c r="D36" s="0">
-        <x:v>30.299</x:v>
+        <x:v>32.434</x:v>
       </x:c>
       <x:c r="E36" s="0">
-        <x:v>26.12</x:v>
+        <x:v>27.96</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="1">
-        <x:v>45957.7415277778</x:v>
+        <x:v>46006.7734953704</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C37" s="0">
-        <x:v>3.1</x:v>
+        <x:v>1.73</x:v>
       </x:c>
       <x:c r="D37" s="0">
-        <x:v>30.717</x:v>
+        <x:v>32.642</x:v>
       </x:c>
       <x:c r="E37" s="0">
-        <x:v>26.48</x:v>
+        <x:v>28.14</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="1">
-        <x:v>45954.7429166667</x:v>
+        <x:v>46006.7423958333</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C38" s="0">
-        <x:v>2.63</x:v>
+        <x:v>1.73</x:v>
       </x:c>
       <x:c r="D38" s="0">
-        <x:v>31.854</x:v>
+        <x:v>32.642</x:v>
       </x:c>
       <x:c r="E38" s="0">
-        <x:v>27.46</x:v>
+        <x:v>28.14</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="1">
-        <x:v>45953.7427546296</x:v>
+        <x:v>46003.7426041667</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C39" s="0">
-        <x:v>2.54</x:v>
+        <x:v>1.75</x:v>
       </x:c>
       <x:c r="D39" s="0">
-        <x:v>32.086</x:v>
+        <x:v>32.55</x:v>
       </x:c>
       <x:c r="E39" s="0">
-        <x:v>27.66</x:v>
+        <x:v>28.06</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="1">
-        <x:v>45952.7607523148</x:v>
+        <x:v>46002.7740509259</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C40" s="0">
-        <x:v>2.48</x:v>
+        <x:v>1.89</x:v>
       </x:c>
       <x:c r="D40" s="0">
-        <x:v>32.248</x:v>
+        <x:v>32.086</x:v>
       </x:c>
       <x:c r="E40" s="0">
-        <x:v>27.8</x:v>
+        <x:v>27.66</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="1">
-        <x:v>45952.7424189815</x:v>
+        <x:v>46002.7415162037</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C41" s="0">
-        <x:v>2.48</x:v>
+        <x:v>1.89</x:v>
       </x:c>
       <x:c r="D41" s="0">
-        <x:v>32.248</x:v>
+        <x:v>32.086</x:v>
       </x:c>
       <x:c r="E41" s="0">
-        <x:v>27.8</x:v>
+        <x:v>27.66</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="1">
-        <x:v>45951.7421180556</x:v>
+        <x:v>46001.7725810185</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C42" s="0">
-        <x:v>2.59</x:v>
+        <x:v>1.99</x:v>
       </x:c>
       <x:c r="D42" s="0">
-        <x:v>31.97</x:v>
+        <x:v>31.761</x:v>
       </x:c>
       <x:c r="E42" s="0">
-        <x:v>27.56</x:v>
+        <x:v>27.38</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="1">
-        <x:v>45950.8197106481</x:v>
+        <x:v>46001.7423726852</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C43" s="0">
-        <x:v>2.33</x:v>
+        <x:v>1.99</x:v>
       </x:c>
       <x:c r="D43" s="0">
-        <x:v>32.712</x:v>
+        <x:v>31.761</x:v>
       </x:c>
       <x:c r="E43" s="0">
-        <x:v>28.2</x:v>
+        <x:v>27.38</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="1">
-        <x:v>45947.7631018519</x:v>
+        <x:v>46000.7422222222</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C44" s="0">
-        <x:v>2.83</x:v>
+        <x:v>2.17</x:v>
       </x:c>
       <x:c r="D44" s="0">
-        <x:v>31.598</x:v>
+        <x:v>31.25</x:v>
       </x:c>
       <x:c r="E44" s="0">
-        <x:v>27.24</x:v>
+        <x:v>26.94</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="1">
-        <x:v>45946.7603125</x:v>
+        <x:v>45999.7428009259</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C45" s="0">
-        <x:v>4.21</x:v>
+        <x:v>1.87</x:v>
       </x:c>
       <x:c r="D45" s="0">
-        <x:v>29.65</x:v>
+        <x:v>32.271</x:v>
       </x:c>
       <x:c r="E45" s="0">
-        <x:v>25.56</x:v>
+        <x:v>27.82</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="1">
-        <x:v>45946.7415509259</x:v>
+        <x:v>45996.7416203704</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C46" s="0">
-        <x:v>4.21</x:v>
+        <x:v>1.73</x:v>
       </x:c>
       <x:c r="D46" s="0">
-        <x:v>29.65</x:v>
+        <x:v>32.805</x:v>
       </x:c>
       <x:c r="E46" s="0">
-        <x:v>25.56</x:v>
+        <x:v>28.28</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="1">
+        <x:v>45995.7431712963</x:v>
+      </x:c>
+      <x:c r="B47" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C47" s="0">
+        <x:v>1.8</x:v>
+      </x:c>
+      <x:c r="D47" s="0">
+        <x:v>32.55</x:v>
+      </x:c>
+      <x:c r="E47" s="0">
+        <x:v>28.06</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="48" spans="1:5">
+      <x:c r="A48" s="1">
+        <x:v>45994.7431944444</x:v>
+      </x:c>
+      <x:c r="B48" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C48" s="0">
+        <x:v>1.65</x:v>
+      </x:c>
+      <x:c r="D48" s="0">
+        <x:v>33.176</x:v>
+      </x:c>
+      <x:c r="E48" s="0">
+        <x:v>28.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="49" spans="1:5">
+      <x:c r="A49" s="1">
+        <x:v>45993.7428356481</x:v>
+      </x:c>
+      <x:c r="B49" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C49" s="0">
+        <x:v>1.77</x:v>
+      </x:c>
+      <x:c r="D49" s="0">
+        <x:v>32.712</x:v>
+      </x:c>
+      <x:c r="E49" s="0">
+        <x:v>28.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="50" spans="1:5">
+      <x:c r="A50" s="1">
+        <x:v>45992.7417476852</x:v>
+      </x:c>
+      <x:c r="B50" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C50" s="0">
+        <x:v>1.9</x:v>
+      </x:c>
+      <x:c r="D50" s="0">
+        <x:v>32.271</x:v>
+      </x:c>
+      <x:c r="E50" s="0">
+        <x:v>27.82</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="51" spans="1:5">
+      <x:c r="A51" s="1">
+        <x:v>45989.7430787037</x:v>
+      </x:c>
+      <x:c r="B51" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C51" s="0">
+        <x:v>1.74</x:v>
+      </x:c>
+      <x:c r="D51" s="0">
+        <x:v>32.898</x:v>
+      </x:c>
+      <x:c r="E51" s="0">
+        <x:v>28.36</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="52" spans="1:5">
+      <x:c r="A52" s="1">
+        <x:v>45988.7414814815</x:v>
+      </x:c>
+      <x:c r="B52" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C52" s="0">
+        <x:v>1.74</x:v>
+      </x:c>
+      <x:c r="D52" s="0">
+        <x:v>32.874</x:v>
+      </x:c>
+      <x:c r="E52" s="0">
+        <x:v>28.34</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="53" spans="1:5">
+      <x:c r="A53" s="1">
+        <x:v>45987.7425462963</x:v>
+      </x:c>
+      <x:c r="B53" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C53" s="0">
+        <x:v>2.19</x:v>
+      </x:c>
+      <x:c r="D53" s="0">
+        <x:v>31.598</x:v>
+      </x:c>
+      <x:c r="E53" s="0">
+        <x:v>27.24</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="54" spans="1:5">
+      <x:c r="A54" s="1">
+        <x:v>45986.7689583333</x:v>
+      </x:c>
+      <x:c r="B54" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C54" s="0">
+        <x:v>2.38</x:v>
+      </x:c>
+      <x:c r="D54" s="0">
+        <x:v>31.088</x:v>
+      </x:c>
+      <x:c r="E54" s="0">
+        <x:v>26.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="55" spans="1:5">
+      <x:c r="A55" s="1">
+        <x:v>45986.7424768519</x:v>
+      </x:c>
+      <x:c r="B55" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C55" s="0">
+        <x:v>2.38</x:v>
+      </x:c>
+      <x:c r="D55" s="0">
+        <x:v>31.088</x:v>
+      </x:c>
+      <x:c r="E55" s="0">
+        <x:v>26.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="56" spans="1:5">
+      <x:c r="A56" s="1">
+        <x:v>45985.7417476852</x:v>
+      </x:c>
+      <x:c r="B56" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C56" s="0">
+        <x:v>2.53</x:v>
+      </x:c>
+      <x:c r="D56" s="0">
+        <x:v>30.74</x:v>
+      </x:c>
+      <x:c r="E56" s="0">
+        <x:v>26.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="57" spans="1:5">
+      <x:c r="A57" s="1">
+        <x:v>45982.7637962963</x:v>
+      </x:c>
+      <x:c r="B57" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C57" s="0">
+        <x:v>4.24</x:v>
+      </x:c>
+      <x:c r="D57" s="0">
+        <x:v>28.443</x:v>
+      </x:c>
+      <x:c r="E57" s="0">
+        <x:v>24.52</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="58" spans="1:5">
+      <x:c r="A58" s="1">
+        <x:v>45981.7416435185</x:v>
+      </x:c>
+      <x:c r="B58" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C58" s="0">
+        <x:v>4.54</x:v>
+      </x:c>
+      <x:c r="D58" s="0">
+        <x:v>28.072</x:v>
+      </x:c>
+      <x:c r="E58" s="0">
+        <x:v>24.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="59" spans="1:5">
+      <x:c r="A59" s="1">
+        <x:v>45980.7413310185</x:v>
+      </x:c>
+      <x:c r="B59" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C59" s="0">
+        <x:v>5.36</x:v>
+      </x:c>
+      <x:c r="D59" s="0">
+        <x:v>27.237</x:v>
+      </x:c>
+      <x:c r="E59" s="0">
+        <x:v>23.48</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="60" spans="1:5">
+      <x:c r="A60" s="1">
+        <x:v>45979.7621180556</x:v>
+      </x:c>
+      <x:c r="B60" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C60" s="0">
+        <x:v>5.68</x:v>
+      </x:c>
+      <x:c r="D60" s="0">
+        <x:v>26.935</x:v>
+      </x:c>
+      <x:c r="E60" s="0">
+        <x:v>23.22</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="61" spans="1:5">
+      <x:c r="A61" s="1">
+        <x:v>45979.7413657407</x:v>
+      </x:c>
+      <x:c r="B61" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C61" s="0">
+        <x:v>5.68</x:v>
+      </x:c>
+      <x:c r="D61" s="0">
+        <x:v>26.935</x:v>
+      </x:c>
+      <x:c r="E61" s="0">
+        <x:v>23.22</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="62" spans="1:5">
+      <x:c r="A62" s="1">
+        <x:v>45978.7625115741</x:v>
+      </x:c>
+      <x:c r="B62" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C62" s="0">
+        <x:v>5.49</x:v>
+      </x:c>
+      <x:c r="D62" s="0">
+        <x:v>27.121</x:v>
+      </x:c>
+      <x:c r="E62" s="0">
+        <x:v>23.38</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="63" spans="1:5">
+      <x:c r="A63" s="1">
+        <x:v>45975.7665972222</x:v>
+      </x:c>
+      <x:c r="B63" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C63" s="0">
+        <x:v>5.57</x:v>
+      </x:c>
+      <x:c r="D63" s="0">
+        <x:v>27.051</x:v>
+      </x:c>
+      <x:c r="E63" s="0">
+        <x:v>23.32</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="64" spans="1:5">
+      <x:c r="A64" s="1">
+        <x:v>45975.7415972222</x:v>
+      </x:c>
+      <x:c r="B64" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C64" s="0">
+        <x:v>5.57</x:v>
+      </x:c>
+      <x:c r="D64" s="0">
+        <x:v>27.051</x:v>
+      </x:c>
+      <x:c r="E64" s="0">
+        <x:v>23.32</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="65" spans="1:5">
+      <x:c r="A65" s="1">
+        <x:v>45974.7420486111</x:v>
+      </x:c>
+      <x:c r="B65" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C65" s="0">
+        <x:v>5.11</x:v>
+      </x:c>
+      <x:c r="D65" s="0">
+        <x:v>27.538</x:v>
+      </x:c>
+      <x:c r="E65" s="0">
+        <x:v>23.74</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="66" spans="1:5">
+      <x:c r="A66" s="1">
+        <x:v>45973.7618518519</x:v>
+      </x:c>
+      <x:c r="B66" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C66" s="0">
+        <x:v>5.25</x:v>
+      </x:c>
+      <x:c r="D66" s="0">
+        <x:v>27.399</x:v>
+      </x:c>
+      <x:c r="E66" s="0">
+        <x:v>23.62</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="67" spans="1:5">
+      <x:c r="A67" s="1">
+        <x:v>45973.7425231481</x:v>
+      </x:c>
+      <x:c r="B67" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C67" s="0">
+        <x:v>5.25</x:v>
+      </x:c>
+      <x:c r="D67" s="0">
+        <x:v>27.399</x:v>
+      </x:c>
+      <x:c r="E67" s="0">
+        <x:v>23.62</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="68" spans="1:5">
+      <x:c r="A68" s="1">
+        <x:v>45972.7415046296</x:v>
+      </x:c>
+      <x:c r="B68" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C68" s="0">
+        <x:v>5.08</x:v>
+      </x:c>
+      <x:c r="D68" s="0">
+        <x:v>27.585</x:v>
+      </x:c>
+      <x:c r="E68" s="0">
+        <x:v>23.78</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="69" spans="1:5">
+      <x:c r="A69" s="1">
+        <x:v>45968.7599189815</x:v>
+      </x:c>
+      <x:c r="B69" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C69" s="0">
+        <x:v>4.93</x:v>
+      </x:c>
+      <x:c r="D69" s="0">
+        <x:v>27.747</x:v>
+      </x:c>
+      <x:c r="E69" s="0">
+        <x:v>23.92</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="70" spans="1:5">
+      <x:c r="A70" s="1">
+        <x:v>45968.7418981481</x:v>
+      </x:c>
+      <x:c r="B70" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C70" s="0">
+        <x:v>4.93</x:v>
+      </x:c>
+      <x:c r="D70" s="0">
+        <x:v>27.747</x:v>
+      </x:c>
+      <x:c r="E70" s="0">
+        <x:v>23.92</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="71" spans="1:5">
+      <x:c r="A71" s="1">
+        <x:v>45967.7415856481</x:v>
+      </x:c>
+      <x:c r="B71" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C71" s="0">
+        <x:v>5.08</x:v>
+      </x:c>
+      <x:c r="D71" s="0">
+        <x:v>27.585</x:v>
+      </x:c>
+      <x:c r="E71" s="0">
+        <x:v>23.78</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="72" spans="1:5">
+      <x:c r="A72" s="1">
+        <x:v>45966.7604166667</x:v>
+      </x:c>
+      <x:c r="B72" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C72" s="0">
+        <x:v>4.73</x:v>
+      </x:c>
+      <x:c r="D72" s="0">
+        <x:v>28.002</x:v>
+      </x:c>
+      <x:c r="E72" s="0">
+        <x:v>24.14</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="73" spans="1:5">
+      <x:c r="A73" s="1">
+        <x:v>45966.7414930556</x:v>
+      </x:c>
+      <x:c r="B73" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C73" s="0">
+        <x:v>4.73</x:v>
+      </x:c>
+      <x:c r="D73" s="0">
+        <x:v>28.002</x:v>
+      </x:c>
+      <x:c r="E73" s="0">
+        <x:v>24.14</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="74" spans="1:5">
+      <x:c r="A74" s="1">
+        <x:v>45965.7581018519</x:v>
+      </x:c>
+      <x:c r="B74" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C74" s="0">
+        <x:v>4.62</x:v>
+      </x:c>
+      <x:c r="D74" s="0">
+        <x:v>28.142</x:v>
+      </x:c>
+      <x:c r="E74" s="0">
+        <x:v>24.26</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="75" spans="1:5">
+      <x:c r="A75" s="1">
+        <x:v>45965.7415856481</x:v>
+      </x:c>
+      <x:c r="B75" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C75" s="0">
+        <x:v>4.62</x:v>
+      </x:c>
+      <x:c r="D75" s="0">
+        <x:v>28.142</x:v>
+      </x:c>
+      <x:c r="E75" s="0">
+        <x:v>24.26</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="76" spans="1:5">
+      <x:c r="A76" s="1">
+        <x:v>45964.741712963</x:v>
+      </x:c>
+      <x:c r="B76" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C76" s="0">
+        <x:v>4.3</x:v>
+      </x:c>
+      <x:c r="D76" s="0">
+        <x:v>28.559</x:v>
+      </x:c>
+      <x:c r="E76" s="0">
+        <x:v>24.62</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="77" spans="1:5">
+      <x:c r="A77" s="1">
+        <x:v>45961.8177777778</x:v>
+      </x:c>
+      <x:c r="B77" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C77" s="0">
+        <x:v>3.52</x:v>
+      </x:c>
+      <x:c r="D77" s="0">
+        <x:v>29.882</x:v>
+      </x:c>
+      <x:c r="E77" s="0">
+        <x:v>25.76</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="78" spans="1:5">
+      <x:c r="A78" s="1">
+        <x:v>45961.7595833333</x:v>
+      </x:c>
+      <x:c r="B78" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C78" s="0">
+        <x:v>3.52</x:v>
+      </x:c>
+      <x:c r="D78" s="0">
+        <x:v>29.882</x:v>
+      </x:c>
+      <x:c r="E78" s="0">
+        <x:v>25.76</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="79" spans="1:5">
+      <x:c r="A79" s="1">
+        <x:v>45961.7415740741</x:v>
+      </x:c>
+      <x:c r="B79" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C79" s="0">
+        <x:v>3.52</x:v>
+      </x:c>
+      <x:c r="D79" s="0">
+        <x:v>29.882</x:v>
+      </x:c>
+      <x:c r="E79" s="0">
+        <x:v>25.76</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="80" spans="1:5">
+      <x:c r="A80" s="1">
+        <x:v>45960.7414699074</x:v>
+      </x:c>
+      <x:c r="B80" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C80" s="0">
+        <x:v>3.55</x:v>
+      </x:c>
+      <x:c r="D80" s="0">
+        <x:v>29.835</x:v>
+      </x:c>
+      <x:c r="E80" s="0">
+        <x:v>25.72</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="81" spans="1:5">
+      <x:c r="A81" s="1">
+        <x:v>45959.7636111111</x:v>
+      </x:c>
+      <x:c r="B81" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C81" s="0">
+        <x:v>3.67</x:v>
+      </x:c>
+      <x:c r="D81" s="0">
+        <x:v>29.65</x:v>
+      </x:c>
+      <x:c r="E81" s="0">
+        <x:v>25.56</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="82" spans="1:5">
+      <x:c r="A82" s="1">
+        <x:v>45959.7417361111</x:v>
+      </x:c>
+      <x:c r="B82" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C82" s="0">
+        <x:v>3.67</x:v>
+      </x:c>
+      <x:c r="D82" s="0">
+        <x:v>29.65</x:v>
+      </x:c>
+      <x:c r="E82" s="0">
+        <x:v>25.56</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="83" spans="1:5">
+      <x:c r="A83" s="1">
+        <x:v>45958.7414467593</x:v>
+      </x:c>
+      <x:c r="B83" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C83" s="0">
+        <x:v>3.31</x:v>
+      </x:c>
+      <x:c r="D83" s="0">
+        <x:v>30.299</x:v>
+      </x:c>
+      <x:c r="E83" s="0">
+        <x:v>26.12</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="84" spans="1:5">
+      <x:c r="A84" s="1">
+        <x:v>45957.7415277778</x:v>
+      </x:c>
+      <x:c r="B84" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C84" s="0">
+        <x:v>3.1</x:v>
+      </x:c>
+      <x:c r="D84" s="0">
+        <x:v>30.717</x:v>
+      </x:c>
+      <x:c r="E84" s="0">
+        <x:v>26.48</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="85" spans="1:5">
+      <x:c r="A85" s="1">
+        <x:v>45954.7429166667</x:v>
+      </x:c>
+      <x:c r="B85" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C85" s="0">
+        <x:v>2.63</x:v>
+      </x:c>
+      <x:c r="D85" s="0">
+        <x:v>31.854</x:v>
+      </x:c>
+      <x:c r="E85" s="0">
+        <x:v>27.46</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="86" spans="1:5">
+      <x:c r="A86" s="1">
+        <x:v>45953.7427546296</x:v>
+      </x:c>
+      <x:c r="B86" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C86" s="0">
+        <x:v>2.54</x:v>
+      </x:c>
+      <x:c r="D86" s="0">
+        <x:v>32.086</x:v>
+      </x:c>
+      <x:c r="E86" s="0">
+        <x:v>27.66</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="87" spans="1:5">
+      <x:c r="A87" s="1">
+        <x:v>45952.7607523148</x:v>
+      </x:c>
+      <x:c r="B87" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C87" s="0">
+        <x:v>2.48</x:v>
+      </x:c>
+      <x:c r="D87" s="0">
+        <x:v>32.248</x:v>
+      </x:c>
+      <x:c r="E87" s="0">
+        <x:v>27.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="88" spans="1:5">
+      <x:c r="A88" s="1">
+        <x:v>45952.7424189815</x:v>
+      </x:c>
+      <x:c r="B88" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C88" s="0">
+        <x:v>2.48</x:v>
+      </x:c>
+      <x:c r="D88" s="0">
+        <x:v>32.248</x:v>
+      </x:c>
+      <x:c r="E88" s="0">
+        <x:v>27.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="89" spans="1:5">
+      <x:c r="A89" s="1">
+        <x:v>45951.7421180556</x:v>
+      </x:c>
+      <x:c r="B89" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C89" s="0">
+        <x:v>2.59</x:v>
+      </x:c>
+      <x:c r="D89" s="0">
+        <x:v>31.97</x:v>
+      </x:c>
+      <x:c r="E89" s="0">
+        <x:v>27.56</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="90" spans="1:5">
+      <x:c r="A90" s="1">
+        <x:v>45950.8197106481</x:v>
+      </x:c>
+      <x:c r="B90" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C90" s="0">
+        <x:v>2.33</x:v>
+      </x:c>
+      <x:c r="D90" s="0">
+        <x:v>32.712</x:v>
+      </x:c>
+      <x:c r="E90" s="0">
+        <x:v>28.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="91" spans="1:5">
+      <x:c r="A91" s="1">
+        <x:v>45947.7631018519</x:v>
+      </x:c>
+      <x:c r="B91" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C91" s="0">
+        <x:v>2.83</x:v>
+      </x:c>
+      <x:c r="D91" s="0">
+        <x:v>31.598</x:v>
+      </x:c>
+      <x:c r="E91" s="0">
+        <x:v>27.24</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="92" spans="1:5">
+      <x:c r="A92" s="1">
+        <x:v>45946.7603125</x:v>
+      </x:c>
+      <x:c r="B92" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C92" s="0">
+        <x:v>4.21</x:v>
+      </x:c>
+      <x:c r="D92" s="0">
+        <x:v>29.65</x:v>
+      </x:c>
+      <x:c r="E92" s="0">
+        <x:v>25.56</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="93" spans="1:5">
+      <x:c r="A93" s="1">
+        <x:v>45946.7415509259</x:v>
+      </x:c>
+      <x:c r="B93" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C93" s="0">
+        <x:v>4.21</x:v>
+      </x:c>
+      <x:c r="D93" s="0">
+        <x:v>29.65</x:v>
+      </x:c>
+      <x:c r="E93" s="0">
+        <x:v>25.56</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="94" spans="1:5">
+      <x:c r="A94" s="1">
         <x:v>45945.7689236111</x:v>
       </x:c>
-      <x:c r="B47" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C47" s="0">
+      <x:c r="B94" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C94" s="0">
         <x:v>5</x:v>
       </x:c>
-      <x:c r="D47" s="0">
+      <x:c r="D94" s="0">
         <x:v>28.745</x:v>
       </x:c>
-      <x:c r="E47" s="0">
+      <x:c r="E94" s="0">
         <x:v>24.78</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>