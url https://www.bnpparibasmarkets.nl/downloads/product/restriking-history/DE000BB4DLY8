--- v2 (2026-01-23)
+++ v3 (2026-02-12)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R330b167f725c4bd4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0397e293503e4b6faf678d1c012afd7d.psmdcp" Id="R887d43cb530b49b1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5018dfcbbd0f496b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/cf0ba756ccbc4d99906f82caf7c65eb7.psmdcp" Id="Rac4a5dab79114d83" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>DE000BB4DLY8</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -390,1644 +390,2001 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E94"/>
+  <x:dimension ref="A1:E115"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>46044.7737037037</x:v>
+        <x:v>46064.7744675926</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
-        <x:v>0.87</x:v>
+        <x:v>0.76</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>36.517</x:v>
+        <x:v>36.192</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>31.48</x:v>
+        <x:v>31.2</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>46044.7425231481</x:v>
+        <x:v>46063.7747222222</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
-        <x:v>0.87</x:v>
+        <x:v>0.68</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>36.517</x:v>
+        <x:v>37.004</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>31.48</x:v>
+        <x:v>31.9</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>46043.7727314815</x:v>
+        <x:v>46063.7432638889</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
-        <x:v>0.95</x:v>
+        <x:v>0.68</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>35.914</x:v>
+        <x:v>37.004</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>30.96</x:v>
+        <x:v>31.9</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>46043.7426736111</x:v>
+        <x:v>46062.7728587963</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
-        <x:v>0.95</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>35.914</x:v>
+        <x:v>36.818</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>30.96</x:v>
+        <x:v>31.74</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>46042.7743055556</x:v>
+        <x:v>46062.7431481481</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
-        <x:v>0.99</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>35.635</x:v>
+        <x:v>36.818</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>30.72</x:v>
+        <x:v>31.74</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>46042.7413888889</x:v>
+        <x:v>46059.7424652778</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
-        <x:v>0.99</x:v>
+        <x:v>0.72</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>35.635</x:v>
+        <x:v>36.563</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>30.72</x:v>
+        <x:v>31.52</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>46041.773599537</x:v>
+        <x:v>46058.7434606481</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
-        <x:v>0.92</x:v>
+        <x:v>0.68</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>36.215</x:v>
+        <x:v>37.074</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>31.22</x:v>
+        <x:v>31.96</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>46041.7428356481</x:v>
+        <x:v>46057.7740162037</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
-        <x:v>0.92</x:v>
+        <x:v>0.69</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>36.215</x:v>
+        <x:v>36.958</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>31.22</x:v>
+        <x:v>31.86</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>46038.7738888889</x:v>
+        <x:v>46057.7431944444</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
-        <x:v>0.91</x:v>
+        <x:v>0.69</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>36.262</x:v>
+        <x:v>36.958</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>31.26</x:v>
+        <x:v>31.86</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>46038.7428587963</x:v>
+        <x:v>46056.7740277778</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C12" s="0">
-        <x:v>0.91</x:v>
+        <x:v>0.71</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>36.262</x:v>
+        <x:v>36.702</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>31.26</x:v>
+        <x:v>31.64</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>46037.7736458333</x:v>
+        <x:v>46056.742974537</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0">
-        <x:v>1.21</x:v>
+        <x:v>0.71</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>34.568</x:v>
+        <x:v>36.702</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>29.8</x:v>
+        <x:v>31.64</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>46037.7426157407</x:v>
+        <x:v>46055.7738773148</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C14" s="0">
-        <x:v>1.21</x:v>
+        <x:v>0.68</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>34.568</x:v>
+        <x:v>37.12</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>29.8</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>46036.774224537</x:v>
+        <x:v>46055.7428587963</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
-        <x:v>1.32</x:v>
+        <x:v>0.68</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>33.988</x:v>
+        <x:v>37.12</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>29.3</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>46036.7428125</x:v>
+        <x:v>46052.7750115741</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C16" s="0">
-        <x:v>1.32</x:v>
+        <x:v>0.66</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>33.988</x:v>
+        <x:v>37.329</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>29.3</x:v>
+        <x:v>32.18</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>46035.7726851852</x:v>
+        <x:v>46052.7432291667</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C17" s="0">
-        <x:v>1.2</x:v>
+        <x:v>0.66</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>34.707</x:v>
+        <x:v>37.329</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>29.92</x:v>
+        <x:v>32.18</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>46035.7424421296</x:v>
+        <x:v>46051.7427893519</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="0">
-        <x:v>1.2</x:v>
+        <x:v>0.67</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>34.707</x:v>
+        <x:v>37.19</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>29.92</x:v>
+        <x:v>32.06</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>46034.7734722222</x:v>
+        <x:v>46050.7427893519</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C19" s="0">
-        <x:v>1.2</x:v>
+        <x:v>0.58</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>34.684</x:v>
+        <x:v>38.419</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>29.9</x:v>
+        <x:v>33.12</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
-        <x:v>46031.7746759259</x:v>
+        <x:v>46049.7424652778</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C20" s="0">
-        <x:v>1.19</x:v>
+        <x:v>0.62</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>34.754</x:v>
+        <x:v>37.932</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>29.96</x:v>
+        <x:v>32.7</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="1">
-        <x:v>46031.7466435185</x:v>
+        <x:v>46048.7747800926</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C21" s="0">
-        <x:v>1.19</x:v>
+        <x:v>0.52</x:v>
       </x:c>
       <x:c r="D21" s="0">
-        <x:v>34.754</x:v>
+        <x:v>39.44</x:v>
       </x:c>
       <x:c r="E21" s="0">
-        <x:v>29.96</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="1">
-        <x:v>46030.7735763889</x:v>
+        <x:v>46045.7737268519</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C22" s="0">
-        <x:v>1.23</x:v>
+        <x:v>0.88</x:v>
       </x:c>
       <x:c r="D22" s="0">
-        <x:v>34.545</x:v>
+        <x:v>36.424</x:v>
       </x:c>
       <x:c r="E22" s="0">
-        <x:v>29.78</x:v>
+        <x:v>31.4</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="1">
-        <x:v>46030.7425</x:v>
+        <x:v>46045.7423032407</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C23" s="0">
-        <x:v>1.23</x:v>
+        <x:v>0.88</x:v>
       </x:c>
       <x:c r="D23" s="0">
-        <x:v>34.545</x:v>
+        <x:v>36.424</x:v>
       </x:c>
       <x:c r="E23" s="0">
-        <x:v>29.78</x:v>
+        <x:v>31.4</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="1">
-        <x:v>46029.7726851852</x:v>
+        <x:v>46044.7737037037</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C24" s="0">
-        <x:v>1.23</x:v>
+        <x:v>0.87</x:v>
       </x:c>
       <x:c r="D24" s="0">
-        <x:v>34.522</x:v>
+        <x:v>36.517</x:v>
       </x:c>
       <x:c r="E24" s="0">
-        <x:v>29.76</x:v>
+        <x:v>31.48</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="1">
-        <x:v>46029.7414583333</x:v>
+        <x:v>46044.7425231481</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C25" s="0">
-        <x:v>1.23</x:v>
+        <x:v>0.87</x:v>
       </x:c>
       <x:c r="D25" s="0">
-        <x:v>34.522</x:v>
+        <x:v>36.517</x:v>
       </x:c>
       <x:c r="E25" s="0">
-        <x:v>29.76</x:v>
+        <x:v>31.48</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="1">
-        <x:v>46028.7421875</x:v>
+        <x:v>46043.7727314815</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C26" s="0">
-        <x:v>1.14</x:v>
+        <x:v>0.95</x:v>
       </x:c>
       <x:c r="D26" s="0">
-        <x:v>35.078</x:v>
+        <x:v>35.914</x:v>
       </x:c>
       <x:c r="E26" s="0">
-        <x:v>30.24</x:v>
+        <x:v>30.96</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="1">
-        <x:v>46027.7425925926</x:v>
+        <x:v>46043.7426736111</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C27" s="0">
-        <x:v>1.34</x:v>
+        <x:v>0.95</x:v>
       </x:c>
       <x:c r="D27" s="0">
-        <x:v>34.058</x:v>
+        <x:v>35.914</x:v>
       </x:c>
       <x:c r="E27" s="0">
-        <x:v>29.36</x:v>
+        <x:v>30.96</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="1">
-        <x:v>46024.7412962963</x:v>
+        <x:v>46042.7743055556</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C28" s="0">
-        <x:v>1.26</x:v>
+        <x:v>0.99</x:v>
       </x:c>
       <x:c r="D28" s="0">
-        <x:v>34.545</x:v>
+        <x:v>35.635</x:v>
       </x:c>
       <x:c r="E28" s="0">
-        <x:v>29.78</x:v>
+        <x:v>30.72</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="1">
-        <x:v>46021.7414583333</x:v>
+        <x:v>46042.7413888889</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C29" s="0">
-        <x:v>1.28</x:v>
+        <x:v>0.99</x:v>
       </x:c>
       <x:c r="D29" s="0">
-        <x:v>34.429</x:v>
+        <x:v>35.635</x:v>
       </x:c>
       <x:c r="E29" s="0">
-        <x:v>29.68</x:v>
+        <x:v>30.72</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="1">
-        <x:v>46020.7412037037</x:v>
+        <x:v>46041.773599537</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C30" s="0">
-        <x:v>1.35</x:v>
+        <x:v>0.92</x:v>
       </x:c>
       <x:c r="D30" s="0">
-        <x:v>34.058</x:v>
+        <x:v>36.215</x:v>
       </x:c>
       <x:c r="E30" s="0">
-        <x:v>29.36</x:v>
+        <x:v>31.22</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="1">
-        <x:v>46014.7421296296</x:v>
+        <x:v>46041.7428356481</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C31" s="0">
-        <x:v>1.51</x:v>
+        <x:v>0.92</x:v>
       </x:c>
       <x:c r="D31" s="0">
-        <x:v>33.362</x:v>
+        <x:v>36.215</x:v>
       </x:c>
       <x:c r="E31" s="0">
-        <x:v>28.76</x:v>
+        <x:v>31.22</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="1">
-        <x:v>46013.7415856481</x:v>
+        <x:v>46038.7738888889</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C32" s="0">
-        <x:v>1.54</x:v>
+        <x:v>0.91</x:v>
       </x:c>
       <x:c r="D32" s="0">
-        <x:v>33.246</x:v>
+        <x:v>36.262</x:v>
       </x:c>
       <x:c r="E32" s="0">
-        <x:v>28.66</x:v>
+        <x:v>31.26</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="1">
-        <x:v>46010.7427777778</x:v>
+        <x:v>46038.7428587963</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C33" s="0">
-        <x:v>1.54</x:v>
+        <x:v>0.91</x:v>
       </x:c>
       <x:c r="D33" s="0">
-        <x:v>33.222</x:v>
+        <x:v>36.262</x:v>
       </x:c>
       <x:c r="E33" s="0">
-        <x:v>28.64</x:v>
+        <x:v>31.26</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="1">
-        <x:v>46009.742037037</x:v>
+        <x:v>46037.7736458333</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C34" s="0">
-        <x:v>1.4</x:v>
+        <x:v>1.21</x:v>
       </x:c>
       <x:c r="D34" s="0">
-        <x:v>33.895</x:v>
+        <x:v>34.568</x:v>
       </x:c>
       <x:c r="E34" s="0">
-        <x:v>29.22</x:v>
+        <x:v>29.8</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="1">
-        <x:v>46008.7426736111</x:v>
+        <x:v>46037.7426157407</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C35" s="0">
-        <x:v>1.51</x:v>
+        <x:v>1.21</x:v>
       </x:c>
       <x:c r="D35" s="0">
-        <x:v>33.408</x:v>
+        <x:v>34.568</x:v>
       </x:c>
       <x:c r="E35" s="0">
-        <x:v>28.8</x:v>
+        <x:v>29.8</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="1">
-        <x:v>46007.7675347222</x:v>
+        <x:v>46036.774224537</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C36" s="0">
-        <x:v>1.78</x:v>
+        <x:v>1.32</x:v>
       </x:c>
       <x:c r="D36" s="0">
-        <x:v>32.434</x:v>
+        <x:v>33.988</x:v>
       </x:c>
       <x:c r="E36" s="0">
-        <x:v>27.96</x:v>
+        <x:v>29.3</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="1">
-        <x:v>46006.7734953704</x:v>
+        <x:v>46036.7428125</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C37" s="0">
-        <x:v>1.73</x:v>
+        <x:v>1.32</x:v>
       </x:c>
       <x:c r="D37" s="0">
-        <x:v>32.642</x:v>
+        <x:v>33.988</x:v>
       </x:c>
       <x:c r="E37" s="0">
-        <x:v>28.14</x:v>
+        <x:v>29.3</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="1">
-        <x:v>46006.7423958333</x:v>
+        <x:v>46035.7726851852</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C38" s="0">
-        <x:v>1.73</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="D38" s="0">
-        <x:v>32.642</x:v>
+        <x:v>34.707</x:v>
       </x:c>
       <x:c r="E38" s="0">
-        <x:v>28.14</x:v>
+        <x:v>29.92</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="1">
-        <x:v>46003.7426041667</x:v>
+        <x:v>46035.7424421296</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C39" s="0">
-        <x:v>1.75</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="D39" s="0">
-        <x:v>32.55</x:v>
+        <x:v>34.707</x:v>
       </x:c>
       <x:c r="E39" s="0">
-        <x:v>28.06</x:v>
+        <x:v>29.92</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="1">
-        <x:v>46002.7740509259</x:v>
+        <x:v>46034.7734722222</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C40" s="0">
-        <x:v>1.89</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="D40" s="0">
-        <x:v>32.086</x:v>
+        <x:v>34.684</x:v>
       </x:c>
       <x:c r="E40" s="0">
-        <x:v>27.66</x:v>
+        <x:v>29.9</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="1">
-        <x:v>46002.7415162037</x:v>
+        <x:v>46031.7746759259</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C41" s="0">
-        <x:v>1.89</x:v>
+        <x:v>1.19</x:v>
       </x:c>
       <x:c r="D41" s="0">
-        <x:v>32.086</x:v>
+        <x:v>34.754</x:v>
       </x:c>
       <x:c r="E41" s="0">
-        <x:v>27.66</x:v>
+        <x:v>29.96</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="1">
-        <x:v>46001.7725810185</x:v>
+        <x:v>46031.7466435185</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C42" s="0">
-        <x:v>1.99</x:v>
+        <x:v>1.19</x:v>
       </x:c>
       <x:c r="D42" s="0">
-        <x:v>31.761</x:v>
+        <x:v>34.754</x:v>
       </x:c>
       <x:c r="E42" s="0">
-        <x:v>27.38</x:v>
+        <x:v>29.96</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="1">
-        <x:v>46001.7423726852</x:v>
+        <x:v>46030.7735763889</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C43" s="0">
-        <x:v>1.99</x:v>
+        <x:v>1.23</x:v>
       </x:c>
       <x:c r="D43" s="0">
-        <x:v>31.761</x:v>
+        <x:v>34.545</x:v>
       </x:c>
       <x:c r="E43" s="0">
-        <x:v>27.38</x:v>
+        <x:v>29.78</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="1">
-        <x:v>46000.7422222222</x:v>
+        <x:v>46030.7425</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C44" s="0">
-        <x:v>2.17</x:v>
+        <x:v>1.23</x:v>
       </x:c>
       <x:c r="D44" s="0">
-        <x:v>31.25</x:v>
+        <x:v>34.545</x:v>
       </x:c>
       <x:c r="E44" s="0">
-        <x:v>26.94</x:v>
+        <x:v>29.78</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="1">
-        <x:v>45999.7428009259</x:v>
+        <x:v>46029.7726851852</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C45" s="0">
-        <x:v>1.87</x:v>
+        <x:v>1.23</x:v>
       </x:c>
       <x:c r="D45" s="0">
-        <x:v>32.271</x:v>
+        <x:v>34.522</x:v>
       </x:c>
       <x:c r="E45" s="0">
-        <x:v>27.82</x:v>
+        <x:v>29.76</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="1">
-        <x:v>45996.7416203704</x:v>
+        <x:v>46029.7414583333</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C46" s="0">
-        <x:v>1.73</x:v>
+        <x:v>1.23</x:v>
       </x:c>
       <x:c r="D46" s="0">
-        <x:v>32.805</x:v>
+        <x:v>34.522</x:v>
       </x:c>
       <x:c r="E46" s="0">
-        <x:v>28.28</x:v>
+        <x:v>29.76</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="1">
-        <x:v>45995.7431712963</x:v>
+        <x:v>46028.7421875</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C47" s="0">
-        <x:v>1.8</x:v>
+        <x:v>1.14</x:v>
       </x:c>
       <x:c r="D47" s="0">
-        <x:v>32.55</x:v>
+        <x:v>35.078</x:v>
       </x:c>
       <x:c r="E47" s="0">
-        <x:v>28.06</x:v>
+        <x:v>30.24</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5">
       <x:c r="A48" s="1">
-        <x:v>45994.7431944444</x:v>
+        <x:v>46027.7425925926</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C48" s="0">
-        <x:v>1.65</x:v>
+        <x:v>1.34</x:v>
       </x:c>
       <x:c r="D48" s="0">
-        <x:v>33.176</x:v>
+        <x:v>34.058</x:v>
       </x:c>
       <x:c r="E48" s="0">
-        <x:v>28.6</x:v>
+        <x:v>29.36</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
       <x:c r="A49" s="1">
-        <x:v>45993.7428356481</x:v>
+        <x:v>46024.7412962963</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C49" s="0">
-        <x:v>1.77</x:v>
+        <x:v>1.26</x:v>
       </x:c>
       <x:c r="D49" s="0">
-        <x:v>32.712</x:v>
+        <x:v>34.545</x:v>
       </x:c>
       <x:c r="E49" s="0">
-        <x:v>28.2</x:v>
+        <x:v>29.78</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5">
       <x:c r="A50" s="1">
-        <x:v>45992.7417476852</x:v>
+        <x:v>46021.7414583333</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C50" s="0">
-        <x:v>1.9</x:v>
+        <x:v>1.28</x:v>
       </x:c>
       <x:c r="D50" s="0">
-        <x:v>32.271</x:v>
+        <x:v>34.429</x:v>
       </x:c>
       <x:c r="E50" s="0">
-        <x:v>27.82</x:v>
+        <x:v>29.68</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5">
       <x:c r="A51" s="1">
-        <x:v>45989.7430787037</x:v>
+        <x:v>46020.7412037037</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C51" s="0">
-        <x:v>1.74</x:v>
+        <x:v>1.35</x:v>
       </x:c>
       <x:c r="D51" s="0">
-        <x:v>32.898</x:v>
+        <x:v>34.058</x:v>
       </x:c>
       <x:c r="E51" s="0">
-        <x:v>28.36</x:v>
+        <x:v>29.36</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5">
       <x:c r="A52" s="1">
-        <x:v>45988.7414814815</x:v>
+        <x:v>46014.7421296296</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C52" s="0">
-        <x:v>1.74</x:v>
+        <x:v>1.51</x:v>
       </x:c>
       <x:c r="D52" s="0">
-        <x:v>32.874</x:v>
+        <x:v>33.362</x:v>
       </x:c>
       <x:c r="E52" s="0">
-        <x:v>28.34</x:v>
+        <x:v>28.76</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5">
       <x:c r="A53" s="1">
-        <x:v>45987.7425462963</x:v>
+        <x:v>46013.7415856481</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C53" s="0">
-        <x:v>2.19</x:v>
+        <x:v>1.54</x:v>
       </x:c>
       <x:c r="D53" s="0">
-        <x:v>31.598</x:v>
+        <x:v>33.246</x:v>
       </x:c>
       <x:c r="E53" s="0">
-        <x:v>27.24</x:v>
+        <x:v>28.66</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5">
       <x:c r="A54" s="1">
-        <x:v>45986.7689583333</x:v>
+        <x:v>46010.7427777778</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C54" s="0">
-        <x:v>2.38</x:v>
+        <x:v>1.54</x:v>
       </x:c>
       <x:c r="D54" s="0">
-        <x:v>31.088</x:v>
+        <x:v>33.222</x:v>
       </x:c>
       <x:c r="E54" s="0">
-        <x:v>26.8</x:v>
+        <x:v>28.64</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5">
       <x:c r="A55" s="1">
-        <x:v>45986.7424768519</x:v>
+        <x:v>46009.742037037</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C55" s="0">
-        <x:v>2.38</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="D55" s="0">
-        <x:v>31.088</x:v>
+        <x:v>33.895</x:v>
       </x:c>
       <x:c r="E55" s="0">
-        <x:v>26.8</x:v>
+        <x:v>29.22</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5">
       <x:c r="A56" s="1">
-        <x:v>45985.7417476852</x:v>
+        <x:v>46008.7426736111</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C56" s="0">
-        <x:v>2.53</x:v>
+        <x:v>1.51</x:v>
       </x:c>
       <x:c r="D56" s="0">
-        <x:v>30.74</x:v>
+        <x:v>33.408</x:v>
       </x:c>
       <x:c r="E56" s="0">
-        <x:v>26.5</x:v>
+        <x:v>28.8</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:5">
       <x:c r="A57" s="1">
-        <x:v>45982.7637962963</x:v>
+        <x:v>46007.7675347222</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C57" s="0">
-        <x:v>4.24</x:v>
+        <x:v>1.78</x:v>
       </x:c>
       <x:c r="D57" s="0">
-        <x:v>28.443</x:v>
+        <x:v>32.434</x:v>
       </x:c>
       <x:c r="E57" s="0">
-        <x:v>24.52</x:v>
+        <x:v>27.96</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:5">
       <x:c r="A58" s="1">
-        <x:v>45981.7416435185</x:v>
+        <x:v>46006.7734953704</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C58" s="0">
-        <x:v>4.54</x:v>
+        <x:v>1.73</x:v>
       </x:c>
       <x:c r="D58" s="0">
-        <x:v>28.072</x:v>
+        <x:v>32.642</x:v>
       </x:c>
       <x:c r="E58" s="0">
-        <x:v>24.2</x:v>
+        <x:v>28.14</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:5">
       <x:c r="A59" s="1">
-        <x:v>45980.7413310185</x:v>
+        <x:v>46006.7423958333</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C59" s="0">
-        <x:v>5.36</x:v>
+        <x:v>1.73</x:v>
       </x:c>
       <x:c r="D59" s="0">
-        <x:v>27.237</x:v>
+        <x:v>32.642</x:v>
       </x:c>
       <x:c r="E59" s="0">
-        <x:v>23.48</x:v>
+        <x:v>28.14</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:5">
       <x:c r="A60" s="1">
-        <x:v>45979.7621180556</x:v>
+        <x:v>46003.7426041667</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C60" s="0">
-        <x:v>5.68</x:v>
+        <x:v>1.75</x:v>
       </x:c>
       <x:c r="D60" s="0">
-        <x:v>26.935</x:v>
+        <x:v>32.55</x:v>
       </x:c>
       <x:c r="E60" s="0">
-        <x:v>23.22</x:v>
+        <x:v>28.06</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:5">
       <x:c r="A61" s="1">
-        <x:v>45979.7413657407</x:v>
+        <x:v>46002.7740509259</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C61" s="0">
-        <x:v>5.68</x:v>
+        <x:v>1.89</x:v>
       </x:c>
       <x:c r="D61" s="0">
-        <x:v>26.935</x:v>
+        <x:v>32.086</x:v>
       </x:c>
       <x:c r="E61" s="0">
-        <x:v>23.22</x:v>
+        <x:v>27.66</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:5">
       <x:c r="A62" s="1">
-        <x:v>45978.7625115741</x:v>
+        <x:v>46002.7415162037</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C62" s="0">
-        <x:v>5.49</x:v>
+        <x:v>1.89</x:v>
       </x:c>
       <x:c r="D62" s="0">
-        <x:v>27.121</x:v>
+        <x:v>32.086</x:v>
       </x:c>
       <x:c r="E62" s="0">
-        <x:v>23.38</x:v>
+        <x:v>27.66</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:5">
       <x:c r="A63" s="1">
-        <x:v>45975.7665972222</x:v>
+        <x:v>46001.7725810185</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C63" s="0">
-        <x:v>5.57</x:v>
+        <x:v>1.99</x:v>
       </x:c>
       <x:c r="D63" s="0">
-        <x:v>27.051</x:v>
+        <x:v>31.761</x:v>
       </x:c>
       <x:c r="E63" s="0">
-        <x:v>23.32</x:v>
+        <x:v>27.38</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:5">
       <x:c r="A64" s="1">
-        <x:v>45975.7415972222</x:v>
+        <x:v>46001.7423726852</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C64" s="0">
-        <x:v>5.57</x:v>
+        <x:v>1.99</x:v>
       </x:c>
       <x:c r="D64" s="0">
-        <x:v>27.051</x:v>
+        <x:v>31.761</x:v>
       </x:c>
       <x:c r="E64" s="0">
-        <x:v>23.32</x:v>
+        <x:v>27.38</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:5">
       <x:c r="A65" s="1">
-        <x:v>45974.7420486111</x:v>
+        <x:v>46000.7422222222</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C65" s="0">
-        <x:v>5.11</x:v>
+        <x:v>2.17</x:v>
       </x:c>
       <x:c r="D65" s="0">
-        <x:v>27.538</x:v>
+        <x:v>31.25</x:v>
       </x:c>
       <x:c r="E65" s="0">
-        <x:v>23.74</x:v>
+        <x:v>26.94</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:5">
       <x:c r="A66" s="1">
-        <x:v>45973.7618518519</x:v>
+        <x:v>45999.7428009259</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C66" s="0">
-        <x:v>5.25</x:v>
+        <x:v>1.87</x:v>
       </x:c>
       <x:c r="D66" s="0">
-        <x:v>27.399</x:v>
+        <x:v>32.271</x:v>
       </x:c>
       <x:c r="E66" s="0">
-        <x:v>23.62</x:v>
+        <x:v>27.82</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:5">
       <x:c r="A67" s="1">
-        <x:v>45973.7425231481</x:v>
+        <x:v>45996.7416203704</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C67" s="0">
-        <x:v>5.25</x:v>
+        <x:v>1.73</x:v>
       </x:c>
       <x:c r="D67" s="0">
-        <x:v>27.399</x:v>
+        <x:v>32.805</x:v>
       </x:c>
       <x:c r="E67" s="0">
-        <x:v>23.62</x:v>
+        <x:v>28.28</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:5">
       <x:c r="A68" s="1">
-        <x:v>45972.7415046296</x:v>
+        <x:v>45995.7431712963</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C68" s="0">
-        <x:v>5.08</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="D68" s="0">
-        <x:v>27.585</x:v>
+        <x:v>32.55</x:v>
       </x:c>
       <x:c r="E68" s="0">
-        <x:v>23.78</x:v>
+        <x:v>28.06</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:5">
       <x:c r="A69" s="1">
-        <x:v>45968.7599189815</x:v>
+        <x:v>45994.7431944444</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C69" s="0">
-        <x:v>4.93</x:v>
+        <x:v>1.65</x:v>
       </x:c>
       <x:c r="D69" s="0">
-        <x:v>27.747</x:v>
+        <x:v>33.176</x:v>
       </x:c>
       <x:c r="E69" s="0">
-        <x:v>23.92</x:v>
+        <x:v>28.6</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:5">
       <x:c r="A70" s="1">
-        <x:v>45968.7418981481</x:v>
+        <x:v>45993.7428356481</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C70" s="0">
-        <x:v>4.93</x:v>
+        <x:v>1.77</x:v>
       </x:c>
       <x:c r="D70" s="0">
-        <x:v>27.747</x:v>
+        <x:v>32.712</x:v>
       </x:c>
       <x:c r="E70" s="0">
-        <x:v>23.92</x:v>
+        <x:v>28.2</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:5">
       <x:c r="A71" s="1">
-        <x:v>45967.7415856481</x:v>
+        <x:v>45992.7417476852</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C71" s="0">
-        <x:v>5.08</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="D71" s="0">
-        <x:v>27.585</x:v>
+        <x:v>32.271</x:v>
       </x:c>
       <x:c r="E71" s="0">
-        <x:v>23.78</x:v>
+        <x:v>27.82</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:5">
       <x:c r="A72" s="1">
-        <x:v>45966.7604166667</x:v>
+        <x:v>45989.7430787037</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C72" s="0">
-        <x:v>4.73</x:v>
+        <x:v>1.74</x:v>
       </x:c>
       <x:c r="D72" s="0">
-        <x:v>28.002</x:v>
+        <x:v>32.898</x:v>
       </x:c>
       <x:c r="E72" s="0">
-        <x:v>24.14</x:v>
+        <x:v>28.36</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:5">
       <x:c r="A73" s="1">
-        <x:v>45966.7414930556</x:v>
+        <x:v>45988.7414814815</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C73" s="0">
-        <x:v>4.73</x:v>
+        <x:v>1.74</x:v>
       </x:c>
       <x:c r="D73" s="0">
-        <x:v>28.002</x:v>
+        <x:v>32.874</x:v>
       </x:c>
       <x:c r="E73" s="0">
-        <x:v>24.14</x:v>
+        <x:v>28.34</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:5">
       <x:c r="A74" s="1">
-        <x:v>45965.7581018519</x:v>
+        <x:v>45987.7425462963</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C74" s="0">
-        <x:v>4.62</x:v>
+        <x:v>2.19</x:v>
       </x:c>
       <x:c r="D74" s="0">
-        <x:v>28.142</x:v>
+        <x:v>31.598</x:v>
       </x:c>
       <x:c r="E74" s="0">
-        <x:v>24.26</x:v>
+        <x:v>27.24</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:5">
       <x:c r="A75" s="1">
-        <x:v>45965.7415856481</x:v>
+        <x:v>45986.7689583333</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C75" s="0">
-        <x:v>4.62</x:v>
+        <x:v>2.38</x:v>
       </x:c>
       <x:c r="D75" s="0">
-        <x:v>28.142</x:v>
+        <x:v>31.088</x:v>
       </x:c>
       <x:c r="E75" s="0">
-        <x:v>24.26</x:v>
+        <x:v>26.8</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:5">
       <x:c r="A76" s="1">
-        <x:v>45964.741712963</x:v>
+        <x:v>45986.7424768519</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C76" s="0">
-        <x:v>4.3</x:v>
+        <x:v>2.38</x:v>
       </x:c>
       <x:c r="D76" s="0">
-        <x:v>28.559</x:v>
+        <x:v>31.088</x:v>
       </x:c>
       <x:c r="E76" s="0">
-        <x:v>24.62</x:v>
+        <x:v>26.8</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:5">
       <x:c r="A77" s="1">
-        <x:v>45961.8177777778</x:v>
+        <x:v>45985.7417476852</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C77" s="0">
-        <x:v>3.52</x:v>
+        <x:v>2.53</x:v>
       </x:c>
       <x:c r="D77" s="0">
-        <x:v>29.882</x:v>
+        <x:v>30.74</x:v>
       </x:c>
       <x:c r="E77" s="0">
-        <x:v>25.76</x:v>
+        <x:v>26.5</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:5">
       <x:c r="A78" s="1">
-        <x:v>45961.7595833333</x:v>
+        <x:v>45982.7637962963</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C78" s="0">
-        <x:v>3.52</x:v>
+        <x:v>4.24</x:v>
       </x:c>
       <x:c r="D78" s="0">
-        <x:v>29.882</x:v>
+        <x:v>28.443</x:v>
       </x:c>
       <x:c r="E78" s="0">
-        <x:v>25.76</x:v>
+        <x:v>24.52</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:5">
       <x:c r="A79" s="1">
-        <x:v>45961.7415740741</x:v>
+        <x:v>45981.7416435185</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C79" s="0">
-        <x:v>3.52</x:v>
+        <x:v>4.54</x:v>
       </x:c>
       <x:c r="D79" s="0">
-        <x:v>29.882</x:v>
+        <x:v>28.072</x:v>
       </x:c>
       <x:c r="E79" s="0">
-        <x:v>25.76</x:v>
+        <x:v>24.2</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:5">
       <x:c r="A80" s="1">
-        <x:v>45960.7414699074</x:v>
+        <x:v>45980.7413310185</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C80" s="0">
-        <x:v>3.55</x:v>
+        <x:v>5.36</x:v>
       </x:c>
       <x:c r="D80" s="0">
-        <x:v>29.835</x:v>
+        <x:v>27.237</x:v>
       </x:c>
       <x:c r="E80" s="0">
-        <x:v>25.72</x:v>
+        <x:v>23.48</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:5">
       <x:c r="A81" s="1">
-        <x:v>45959.7636111111</x:v>
+        <x:v>45979.7621180556</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C81" s="0">
-        <x:v>3.67</x:v>
+        <x:v>5.68</x:v>
       </x:c>
       <x:c r="D81" s="0">
-        <x:v>29.65</x:v>
+        <x:v>26.935</x:v>
       </x:c>
       <x:c r="E81" s="0">
-        <x:v>25.56</x:v>
+        <x:v>23.22</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:5">
       <x:c r="A82" s="1">
-        <x:v>45959.7417361111</x:v>
+        <x:v>45979.7413657407</x:v>
       </x:c>
       <x:c r="B82" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C82" s="0">
-        <x:v>3.67</x:v>
+        <x:v>5.68</x:v>
       </x:c>
       <x:c r="D82" s="0">
-        <x:v>29.65</x:v>
+        <x:v>26.935</x:v>
       </x:c>
       <x:c r="E82" s="0">
-        <x:v>25.56</x:v>
+        <x:v>23.22</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:5">
       <x:c r="A83" s="1">
-        <x:v>45958.7414467593</x:v>
+        <x:v>45978.7625115741</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C83" s="0">
-        <x:v>3.31</x:v>
+        <x:v>5.49</x:v>
       </x:c>
       <x:c r="D83" s="0">
-        <x:v>30.299</x:v>
+        <x:v>27.121</x:v>
       </x:c>
       <x:c r="E83" s="0">
-        <x:v>26.12</x:v>
+        <x:v>23.38</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:5">
       <x:c r="A84" s="1">
-        <x:v>45957.7415277778</x:v>
+        <x:v>45975.7665972222</x:v>
       </x:c>
       <x:c r="B84" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C84" s="0">
-        <x:v>3.1</x:v>
+        <x:v>5.57</x:v>
       </x:c>
       <x:c r="D84" s="0">
-        <x:v>30.717</x:v>
+        <x:v>27.051</x:v>
       </x:c>
       <x:c r="E84" s="0">
-        <x:v>26.48</x:v>
+        <x:v>23.32</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:5">
       <x:c r="A85" s="1">
-        <x:v>45954.7429166667</x:v>
+        <x:v>45975.7415972222</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C85" s="0">
-        <x:v>2.63</x:v>
+        <x:v>5.57</x:v>
       </x:c>
       <x:c r="D85" s="0">
-        <x:v>31.854</x:v>
+        <x:v>27.051</x:v>
       </x:c>
       <x:c r="E85" s="0">
-        <x:v>27.46</x:v>
+        <x:v>23.32</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:5">
       <x:c r="A86" s="1">
-        <x:v>45953.7427546296</x:v>
+        <x:v>45974.7420486111</x:v>
       </x:c>
       <x:c r="B86" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C86" s="0">
-        <x:v>2.54</x:v>
+        <x:v>5.11</x:v>
       </x:c>
       <x:c r="D86" s="0">
-        <x:v>32.086</x:v>
+        <x:v>27.538</x:v>
       </x:c>
       <x:c r="E86" s="0">
-        <x:v>27.66</x:v>
+        <x:v>23.74</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:5">
       <x:c r="A87" s="1">
-        <x:v>45952.7607523148</x:v>
+        <x:v>45973.7618518519</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C87" s="0">
-        <x:v>2.48</x:v>
+        <x:v>5.25</x:v>
       </x:c>
       <x:c r="D87" s="0">
-        <x:v>32.248</x:v>
+        <x:v>27.399</x:v>
       </x:c>
       <x:c r="E87" s="0">
-        <x:v>27.8</x:v>
+        <x:v>23.62</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:5">
       <x:c r="A88" s="1">
-        <x:v>45952.7424189815</x:v>
+        <x:v>45973.7425231481</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C88" s="0">
-        <x:v>2.48</x:v>
+        <x:v>5.25</x:v>
       </x:c>
       <x:c r="D88" s="0">
-        <x:v>32.248</x:v>
+        <x:v>27.399</x:v>
       </x:c>
       <x:c r="E88" s="0">
-        <x:v>27.8</x:v>
+        <x:v>23.62</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:5">
       <x:c r="A89" s="1">
-        <x:v>45951.7421180556</x:v>
+        <x:v>45972.7415046296</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C89" s="0">
-        <x:v>2.59</x:v>
+        <x:v>5.08</x:v>
       </x:c>
       <x:c r="D89" s="0">
-        <x:v>31.97</x:v>
+        <x:v>27.585</x:v>
       </x:c>
       <x:c r="E89" s="0">
-        <x:v>27.56</x:v>
+        <x:v>23.78</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:5">
       <x:c r="A90" s="1">
-        <x:v>45950.8197106481</x:v>
+        <x:v>45968.7599189815</x:v>
       </x:c>
       <x:c r="B90" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C90" s="0">
-        <x:v>2.33</x:v>
+        <x:v>4.93</x:v>
       </x:c>
       <x:c r="D90" s="0">
-        <x:v>32.712</x:v>
+        <x:v>27.747</x:v>
       </x:c>
       <x:c r="E90" s="0">
-        <x:v>28.2</x:v>
+        <x:v>23.92</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:5">
       <x:c r="A91" s="1">
-        <x:v>45947.7631018519</x:v>
+        <x:v>45968.7418981481</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C91" s="0">
-        <x:v>2.83</x:v>
+        <x:v>4.93</x:v>
       </x:c>
       <x:c r="D91" s="0">
-        <x:v>31.598</x:v>
+        <x:v>27.747</x:v>
       </x:c>
       <x:c r="E91" s="0">
-        <x:v>27.24</x:v>
+        <x:v>23.92</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:5">
       <x:c r="A92" s="1">
-        <x:v>45946.7603125</x:v>
+        <x:v>45967.7415856481</x:v>
       </x:c>
       <x:c r="B92" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C92" s="0">
-        <x:v>4.21</x:v>
+        <x:v>5.08</x:v>
       </x:c>
       <x:c r="D92" s="0">
-        <x:v>29.65</x:v>
+        <x:v>27.585</x:v>
       </x:c>
       <x:c r="E92" s="0">
-        <x:v>25.56</x:v>
+        <x:v>23.78</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:5">
       <x:c r="A93" s="1">
-        <x:v>45946.7415509259</x:v>
+        <x:v>45966.7604166667</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C93" s="0">
-        <x:v>4.21</x:v>
+        <x:v>4.73</x:v>
       </x:c>
       <x:c r="D93" s="0">
-        <x:v>29.65</x:v>
+        <x:v>28.002</x:v>
       </x:c>
       <x:c r="E93" s="0">
-        <x:v>25.56</x:v>
+        <x:v>24.14</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:5">
       <x:c r="A94" s="1">
+        <x:v>45966.7414930556</x:v>
+      </x:c>
+      <x:c r="B94" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C94" s="0">
+        <x:v>4.73</x:v>
+      </x:c>
+      <x:c r="D94" s="0">
+        <x:v>28.002</x:v>
+      </x:c>
+      <x:c r="E94" s="0">
+        <x:v>24.14</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="95" spans="1:5">
+      <x:c r="A95" s="1">
+        <x:v>45965.7581018519</x:v>
+      </x:c>
+      <x:c r="B95" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C95" s="0">
+        <x:v>4.62</x:v>
+      </x:c>
+      <x:c r="D95" s="0">
+        <x:v>28.142</x:v>
+      </x:c>
+      <x:c r="E95" s="0">
+        <x:v>24.26</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="96" spans="1:5">
+      <x:c r="A96" s="1">
+        <x:v>45965.7415856481</x:v>
+      </x:c>
+      <x:c r="B96" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C96" s="0">
+        <x:v>4.62</x:v>
+      </x:c>
+      <x:c r="D96" s="0">
+        <x:v>28.142</x:v>
+      </x:c>
+      <x:c r="E96" s="0">
+        <x:v>24.26</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="97" spans="1:5">
+      <x:c r="A97" s="1">
+        <x:v>45964.741712963</x:v>
+      </x:c>
+      <x:c r="B97" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C97" s="0">
+        <x:v>4.3</x:v>
+      </x:c>
+      <x:c r="D97" s="0">
+        <x:v>28.559</x:v>
+      </x:c>
+      <x:c r="E97" s="0">
+        <x:v>24.62</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="98" spans="1:5">
+      <x:c r="A98" s="1">
+        <x:v>45961.8177777778</x:v>
+      </x:c>
+      <x:c r="B98" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C98" s="0">
+        <x:v>3.52</x:v>
+      </x:c>
+      <x:c r="D98" s="0">
+        <x:v>29.882</x:v>
+      </x:c>
+      <x:c r="E98" s="0">
+        <x:v>25.76</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="99" spans="1:5">
+      <x:c r="A99" s="1">
+        <x:v>45961.7595833333</x:v>
+      </x:c>
+      <x:c r="B99" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C99" s="0">
+        <x:v>3.52</x:v>
+      </x:c>
+      <x:c r="D99" s="0">
+        <x:v>29.882</x:v>
+      </x:c>
+      <x:c r="E99" s="0">
+        <x:v>25.76</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="100" spans="1:5">
+      <x:c r="A100" s="1">
+        <x:v>45961.7415740741</x:v>
+      </x:c>
+      <x:c r="B100" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C100" s="0">
+        <x:v>3.52</x:v>
+      </x:c>
+      <x:c r="D100" s="0">
+        <x:v>29.882</x:v>
+      </x:c>
+      <x:c r="E100" s="0">
+        <x:v>25.76</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="101" spans="1:5">
+      <x:c r="A101" s="1">
+        <x:v>45960.7414699074</x:v>
+      </x:c>
+      <x:c r="B101" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C101" s="0">
+        <x:v>3.55</x:v>
+      </x:c>
+      <x:c r="D101" s="0">
+        <x:v>29.835</x:v>
+      </x:c>
+      <x:c r="E101" s="0">
+        <x:v>25.72</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="102" spans="1:5">
+      <x:c r="A102" s="1">
+        <x:v>45959.7636111111</x:v>
+      </x:c>
+      <x:c r="B102" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C102" s="0">
+        <x:v>3.67</x:v>
+      </x:c>
+      <x:c r="D102" s="0">
+        <x:v>29.65</x:v>
+      </x:c>
+      <x:c r="E102" s="0">
+        <x:v>25.56</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="103" spans="1:5">
+      <x:c r="A103" s="1">
+        <x:v>45959.7417361111</x:v>
+      </x:c>
+      <x:c r="B103" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C103" s="0">
+        <x:v>3.67</x:v>
+      </x:c>
+      <x:c r="D103" s="0">
+        <x:v>29.65</x:v>
+      </x:c>
+      <x:c r="E103" s="0">
+        <x:v>25.56</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="104" spans="1:5">
+      <x:c r="A104" s="1">
+        <x:v>45958.7414467593</x:v>
+      </x:c>
+      <x:c r="B104" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C104" s="0">
+        <x:v>3.31</x:v>
+      </x:c>
+      <x:c r="D104" s="0">
+        <x:v>30.299</x:v>
+      </x:c>
+      <x:c r="E104" s="0">
+        <x:v>26.12</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="105" spans="1:5">
+      <x:c r="A105" s="1">
+        <x:v>45957.7415277778</x:v>
+      </x:c>
+      <x:c r="B105" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C105" s="0">
+        <x:v>3.1</x:v>
+      </x:c>
+      <x:c r="D105" s="0">
+        <x:v>30.717</x:v>
+      </x:c>
+      <x:c r="E105" s="0">
+        <x:v>26.48</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="106" spans="1:5">
+      <x:c r="A106" s="1">
+        <x:v>45954.7429166667</x:v>
+      </x:c>
+      <x:c r="B106" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C106" s="0">
+        <x:v>2.63</x:v>
+      </x:c>
+      <x:c r="D106" s="0">
+        <x:v>31.854</x:v>
+      </x:c>
+      <x:c r="E106" s="0">
+        <x:v>27.46</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="107" spans="1:5">
+      <x:c r="A107" s="1">
+        <x:v>45953.7427546296</x:v>
+      </x:c>
+      <x:c r="B107" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C107" s="0">
+        <x:v>2.54</x:v>
+      </x:c>
+      <x:c r="D107" s="0">
+        <x:v>32.086</x:v>
+      </x:c>
+      <x:c r="E107" s="0">
+        <x:v>27.66</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="108" spans="1:5">
+      <x:c r="A108" s="1">
+        <x:v>45952.7607523148</x:v>
+      </x:c>
+      <x:c r="B108" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C108" s="0">
+        <x:v>2.48</x:v>
+      </x:c>
+      <x:c r="D108" s="0">
+        <x:v>32.248</x:v>
+      </x:c>
+      <x:c r="E108" s="0">
+        <x:v>27.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="109" spans="1:5">
+      <x:c r="A109" s="1">
+        <x:v>45952.7424189815</x:v>
+      </x:c>
+      <x:c r="B109" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C109" s="0">
+        <x:v>2.48</x:v>
+      </x:c>
+      <x:c r="D109" s="0">
+        <x:v>32.248</x:v>
+      </x:c>
+      <x:c r="E109" s="0">
+        <x:v>27.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="110" spans="1:5">
+      <x:c r="A110" s="1">
+        <x:v>45951.7421180556</x:v>
+      </x:c>
+      <x:c r="B110" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C110" s="0">
+        <x:v>2.59</x:v>
+      </x:c>
+      <x:c r="D110" s="0">
+        <x:v>31.97</x:v>
+      </x:c>
+      <x:c r="E110" s="0">
+        <x:v>27.56</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="111" spans="1:5">
+      <x:c r="A111" s="1">
+        <x:v>45950.8197106481</x:v>
+      </x:c>
+      <x:c r="B111" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C111" s="0">
+        <x:v>2.33</x:v>
+      </x:c>
+      <x:c r="D111" s="0">
+        <x:v>32.712</x:v>
+      </x:c>
+      <x:c r="E111" s="0">
+        <x:v>28.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="112" spans="1:5">
+      <x:c r="A112" s="1">
+        <x:v>45947.7631018519</x:v>
+      </x:c>
+      <x:c r="B112" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C112" s="0">
+        <x:v>2.83</x:v>
+      </x:c>
+      <x:c r="D112" s="0">
+        <x:v>31.598</x:v>
+      </x:c>
+      <x:c r="E112" s="0">
+        <x:v>27.24</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="113" spans="1:5">
+      <x:c r="A113" s="1">
+        <x:v>45946.7603125</x:v>
+      </x:c>
+      <x:c r="B113" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C113" s="0">
+        <x:v>4.21</x:v>
+      </x:c>
+      <x:c r="D113" s="0">
+        <x:v>29.65</x:v>
+      </x:c>
+      <x:c r="E113" s="0">
+        <x:v>25.56</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="114" spans="1:5">
+      <x:c r="A114" s="1">
+        <x:v>45946.7415509259</x:v>
+      </x:c>
+      <x:c r="B114" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C114" s="0">
+        <x:v>4.21</x:v>
+      </x:c>
+      <x:c r="D114" s="0">
+        <x:v>29.65</x:v>
+      </x:c>
+      <x:c r="E114" s="0">
+        <x:v>25.56</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="115" spans="1:5">
+      <x:c r="A115" s="1">
         <x:v>45945.7689236111</x:v>
       </x:c>
-      <x:c r="B94" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C94" s="0">
+      <x:c r="B115" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C115" s="0">
         <x:v>5</x:v>
       </x:c>
-      <x:c r="D94" s="0">
+      <x:c r="D115" s="0">
         <x:v>28.745</x:v>
       </x:c>
-      <x:c r="E94" s="0">
+      <x:c r="E115" s="0">
         <x:v>24.78</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>