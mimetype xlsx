--- v3 (2026-02-12)
+++ v4 (2026-03-07)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5018dfcbbd0f496b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/cf0ba756ccbc4d99906f82caf7c65eb7.psmdcp" Id="Rac4a5dab79114d83" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3a17a46092274de9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/26e1c20ae8044cfd8985b37fe486392a.psmdcp" Id="R2d39e86e094f417f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>DE000BB4DLY8</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -390,2001 +390,2562 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E115"/>
+  <x:dimension ref="A1:E148"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>46064.7744675926</x:v>
+        <x:v>46087.7750694444</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
-        <x:v>0.76</x:v>
+        <x:v>0.93</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>36.192</x:v>
+        <x:v>34.29</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>31.2</x:v>
+        <x:v>29.56</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>46063.7747222222</x:v>
+        <x:v>46087.7445717593</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
-        <x:v>0.68</x:v>
+        <x:v>0.93</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>37.004</x:v>
+        <x:v>34.29</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>31.9</x:v>
+        <x:v>29.56</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>46063.7432638889</x:v>
+        <x:v>46086.7747222222</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
-        <x:v>0.68</x:v>
+        <x:v>0.91</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>37.004</x:v>
+        <x:v>34.406</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>31.9</x:v>
+        <x:v>29.66</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>46062.7728587963</x:v>
+        <x:v>46086.7431712963</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
-        <x:v>0.7</x:v>
+        <x:v>0.91</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>36.818</x:v>
+        <x:v>34.406</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>31.74</x:v>
+        <x:v>29.66</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>46062.7431481481</x:v>
+        <x:v>46085.7747685185</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
-        <x:v>0.7</x:v>
+        <x:v>0.86</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>36.818</x:v>
+        <x:v>34.8</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>31.74</x:v>
+        <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>46059.7424652778</x:v>
+        <x:v>46085.7437847222</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
-        <x:v>0.72</x:v>
+        <x:v>0.86</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>36.563</x:v>
+        <x:v>34.8</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>31.52</x:v>
+        <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>46058.7434606481</x:v>
+        <x:v>46084.7759606481</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
-        <x:v>0.68</x:v>
+        <x:v>0.95</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>37.074</x:v>
+        <x:v>34.174</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>31.96</x:v>
+        <x:v>29.46</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>46057.7740162037</x:v>
+        <x:v>46084.7433680556</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
-        <x:v>0.69</x:v>
+        <x:v>0.95</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>36.958</x:v>
+        <x:v>34.174</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>31.86</x:v>
+        <x:v>29.46</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>46057.7431944444</x:v>
+        <x:v>46083.7757060185</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
-        <x:v>0.69</x:v>
+        <x:v>0.81</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>36.958</x:v>
+        <x:v>35.38</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>31.86</x:v>
+        <x:v>30.5</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>46056.7740277778</x:v>
+        <x:v>46083.7432523148</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C12" s="0">
-        <x:v>0.71</x:v>
+        <x:v>0.81</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>36.702</x:v>
+        <x:v>35.38</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>31.64</x:v>
+        <x:v>30.5</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>46056.742974537</x:v>
+        <x:v>46080.7755555556</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0">
         <x:v>0.71</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>36.702</x:v>
+        <x:v>36.47</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>31.64</x:v>
+        <x:v>31.44</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>46055.7738773148</x:v>
+        <x:v>46080.74375</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C14" s="0">
-        <x:v>0.68</x:v>
+        <x:v>0.71</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>37.12</x:v>
+        <x:v>36.47</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>32</x:v>
+        <x:v>31.44</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>46055.7428587963</x:v>
+        <x:v>46079.7753703704</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
-        <x:v>0.68</x:v>
+        <x:v>0.75</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>37.12</x:v>
+        <x:v>36.006</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>32</x:v>
+        <x:v>31.04</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>46052.7750115741</x:v>
+        <x:v>46079.7436342593</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C16" s="0">
-        <x:v>0.66</x:v>
+        <x:v>0.75</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>37.329</x:v>
+        <x:v>36.006</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>32.18</x:v>
+        <x:v>31.04</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>46052.7432291667</x:v>
+        <x:v>46078.775150463</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C17" s="0">
-        <x:v>0.66</x:v>
+        <x:v>0.74</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>37.329</x:v>
+        <x:v>36.122</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>32.18</x:v>
+        <x:v>31.14</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>46051.7427893519</x:v>
+        <x:v>46078.743125</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="0">
-        <x:v>0.67</x:v>
+        <x:v>0.74</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>37.19</x:v>
+        <x:v>36.122</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>32.06</x:v>
+        <x:v>31.14</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>46050.7427893519</x:v>
+        <x:v>46077.7753587963</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C19" s="0">
-        <x:v>0.58</x:v>
+        <x:v>0.69</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>38.419</x:v>
+        <x:v>36.656</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>33.12</x:v>
+        <x:v>31.6</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
-        <x:v>46049.7424652778</x:v>
+        <x:v>46077.7429513889</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C20" s="0">
-        <x:v>0.62</x:v>
+        <x:v>0.69</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>37.932</x:v>
+        <x:v>36.656</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>32.7</x:v>
+        <x:v>31.6</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="1">
-        <x:v>46048.7747800926</x:v>
+        <x:v>46076.7747916667</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C21" s="0">
-        <x:v>0.52</x:v>
+        <x:v>0.71</x:v>
       </x:c>
       <x:c r="D21" s="0">
-        <x:v>39.44</x:v>
+        <x:v>36.47</x:v>
       </x:c>
       <x:c r="E21" s="0">
-        <x:v>34</x:v>
+        <x:v>31.44</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="1">
-        <x:v>46045.7737268519</x:v>
+        <x:v>46076.7431365741</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C22" s="0">
-        <x:v>0.88</x:v>
+        <x:v>0.71</x:v>
       </x:c>
       <x:c r="D22" s="0">
-        <x:v>36.424</x:v>
+        <x:v>36.47</x:v>
       </x:c>
       <x:c r="E22" s="0">
-        <x:v>31.4</x:v>
+        <x:v>31.44</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="1">
-        <x:v>46045.7423032407</x:v>
+        <x:v>46073.7430439815</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C23" s="0">
-        <x:v>0.88</x:v>
+        <x:v>0.64</x:v>
       </x:c>
       <x:c r="D23" s="0">
-        <x:v>36.424</x:v>
+        <x:v>37.282</x:v>
       </x:c>
       <x:c r="E23" s="0">
-        <x:v>31.4</x:v>
+        <x:v>32.14</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="1">
-        <x:v>46044.7737037037</x:v>
+        <x:v>46072.7740509259</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C24" s="0">
-        <x:v>0.87</x:v>
+        <x:v>0.65</x:v>
       </x:c>
       <x:c r="D24" s="0">
-        <x:v>36.517</x:v>
+        <x:v>37.143</x:v>
       </x:c>
       <x:c r="E24" s="0">
-        <x:v>31.48</x:v>
+        <x:v>32.02</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="1">
-        <x:v>46044.7425231481</x:v>
+        <x:v>46072.742962963</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C25" s="0">
-        <x:v>0.87</x:v>
+        <x:v>0.65</x:v>
       </x:c>
       <x:c r="D25" s="0">
-        <x:v>36.517</x:v>
+        <x:v>37.143</x:v>
       </x:c>
       <x:c r="E25" s="0">
-        <x:v>31.48</x:v>
+        <x:v>32.02</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="1">
-        <x:v>46043.7727314815</x:v>
+        <x:v>46071.7730671296</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C26" s="0">
-        <x:v>0.95</x:v>
+        <x:v>0.68</x:v>
       </x:c>
       <x:c r="D26" s="0">
-        <x:v>35.914</x:v>
+        <x:v>36.818</x:v>
       </x:c>
       <x:c r="E26" s="0">
-        <x:v>30.96</x:v>
+        <x:v>31.74</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="1">
-        <x:v>46043.7426736111</x:v>
+        <x:v>46071.7427083333</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C27" s="0">
-        <x:v>0.95</x:v>
+        <x:v>0.68</x:v>
       </x:c>
       <x:c r="D27" s="0">
-        <x:v>35.914</x:v>
+        <x:v>36.818</x:v>
       </x:c>
       <x:c r="E27" s="0">
-        <x:v>30.96</x:v>
+        <x:v>31.74</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="1">
-        <x:v>46042.7743055556</x:v>
+        <x:v>46070.7737037037</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C28" s="0">
-        <x:v>0.99</x:v>
+        <x:v>0.71</x:v>
       </x:c>
       <x:c r="D28" s="0">
-        <x:v>35.635</x:v>
+        <x:v>36.517</x:v>
       </x:c>
       <x:c r="E28" s="0">
-        <x:v>30.72</x:v>
+        <x:v>31.48</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="1">
-        <x:v>46042.7413888889</x:v>
+        <x:v>46070.7427777778</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C29" s="0">
-        <x:v>0.99</x:v>
+        <x:v>0.71</x:v>
       </x:c>
       <x:c r="D29" s="0">
-        <x:v>35.635</x:v>
+        <x:v>36.517</x:v>
       </x:c>
       <x:c r="E29" s="0">
-        <x:v>30.72</x:v>
+        <x:v>31.48</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="1">
-        <x:v>46041.773599537</x:v>
+        <x:v>46069.7747453704</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C30" s="0">
-        <x:v>0.92</x:v>
+        <x:v>0.76</x:v>
       </x:c>
       <x:c r="D30" s="0">
-        <x:v>36.215</x:v>
+        <x:v>36.076</x:v>
       </x:c>
       <x:c r="E30" s="0">
-        <x:v>31.22</x:v>
+        <x:v>31.1</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="1">
-        <x:v>46041.7428356481</x:v>
+        <x:v>46069.7429861111</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C31" s="0">
-        <x:v>0.92</x:v>
+        <x:v>0.76</x:v>
       </x:c>
       <x:c r="D31" s="0">
-        <x:v>36.215</x:v>
+        <x:v>36.076</x:v>
       </x:c>
       <x:c r="E31" s="0">
-        <x:v>31.22</x:v>
+        <x:v>31.1</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="1">
-        <x:v>46038.7738888889</x:v>
+        <x:v>46066.7740625</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C32" s="0">
-        <x:v>0.91</x:v>
+        <x:v>0.77</x:v>
       </x:c>
       <x:c r="D32" s="0">
-        <x:v>36.262</x:v>
+        <x:v>35.937</x:v>
       </x:c>
       <x:c r="E32" s="0">
-        <x:v>31.26</x:v>
+        <x:v>30.98</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="1">
-        <x:v>46038.7428587963</x:v>
+        <x:v>46066.743275463</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C33" s="0">
-        <x:v>0.91</x:v>
+        <x:v>0.77</x:v>
       </x:c>
       <x:c r="D33" s="0">
-        <x:v>36.262</x:v>
+        <x:v>35.937</x:v>
       </x:c>
       <x:c r="E33" s="0">
-        <x:v>31.26</x:v>
+        <x:v>30.98</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="1">
-        <x:v>46037.7736458333</x:v>
+        <x:v>46065.7730787037</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C34" s="0">
-        <x:v>1.21</x:v>
+        <x:v>0.84</x:v>
       </x:c>
       <x:c r="D34" s="0">
-        <x:v>34.568</x:v>
+        <x:v>35.403</x:v>
       </x:c>
       <x:c r="E34" s="0">
-        <x:v>29.8</x:v>
+        <x:v>30.52</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="1">
-        <x:v>46037.7426157407</x:v>
+        <x:v>46065.7430208333</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C35" s="0">
-        <x:v>1.21</x:v>
+        <x:v>0.84</x:v>
       </x:c>
       <x:c r="D35" s="0">
-        <x:v>34.568</x:v>
+        <x:v>35.403</x:v>
       </x:c>
       <x:c r="E35" s="0">
-        <x:v>29.8</x:v>
+        <x:v>30.52</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="1">
-        <x:v>46036.774224537</x:v>
+        <x:v>46064.7744675926</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C36" s="0">
-        <x:v>1.32</x:v>
+        <x:v>0.76</x:v>
       </x:c>
       <x:c r="D36" s="0">
-        <x:v>33.988</x:v>
+        <x:v>36.192</x:v>
       </x:c>
       <x:c r="E36" s="0">
-        <x:v>29.3</x:v>
+        <x:v>31.2</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="1">
-        <x:v>46036.7428125</x:v>
+        <x:v>46063.7747222222</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C37" s="0">
-        <x:v>1.32</x:v>
+        <x:v>0.68</x:v>
       </x:c>
       <x:c r="D37" s="0">
-        <x:v>33.988</x:v>
+        <x:v>37.004</x:v>
       </x:c>
       <x:c r="E37" s="0">
-        <x:v>29.3</x:v>
+        <x:v>31.9</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="1">
-        <x:v>46035.7726851852</x:v>
+        <x:v>46063.7432638889</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C38" s="0">
-        <x:v>1.2</x:v>
+        <x:v>0.68</x:v>
       </x:c>
       <x:c r="D38" s="0">
-        <x:v>34.707</x:v>
+        <x:v>37.004</x:v>
       </x:c>
       <x:c r="E38" s="0">
-        <x:v>29.92</x:v>
+        <x:v>31.9</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="1">
-        <x:v>46035.7424421296</x:v>
+        <x:v>46062.7728587963</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C39" s="0">
-        <x:v>1.2</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="D39" s="0">
-        <x:v>34.707</x:v>
+        <x:v>36.818</x:v>
       </x:c>
       <x:c r="E39" s="0">
-        <x:v>29.92</x:v>
+        <x:v>31.74</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="1">
-        <x:v>46034.7734722222</x:v>
+        <x:v>46062.7431481481</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C40" s="0">
-        <x:v>1.2</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="D40" s="0">
-        <x:v>34.684</x:v>
+        <x:v>36.818</x:v>
       </x:c>
       <x:c r="E40" s="0">
-        <x:v>29.9</x:v>
+        <x:v>31.74</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="1">
-        <x:v>46031.7746759259</x:v>
+        <x:v>46059.7424652778</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C41" s="0">
-        <x:v>1.19</x:v>
+        <x:v>0.72</x:v>
       </x:c>
       <x:c r="D41" s="0">
-        <x:v>34.754</x:v>
+        <x:v>36.563</x:v>
       </x:c>
       <x:c r="E41" s="0">
-        <x:v>29.96</x:v>
+        <x:v>31.52</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="1">
-        <x:v>46031.7466435185</x:v>
+        <x:v>46058.7434606481</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C42" s="0">
-        <x:v>1.19</x:v>
+        <x:v>0.68</x:v>
       </x:c>
       <x:c r="D42" s="0">
-        <x:v>34.754</x:v>
+        <x:v>37.074</x:v>
       </x:c>
       <x:c r="E42" s="0">
-        <x:v>29.96</x:v>
+        <x:v>31.96</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="1">
-        <x:v>46030.7735763889</x:v>
+        <x:v>46057.7740162037</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C43" s="0">
-        <x:v>1.23</x:v>
+        <x:v>0.69</x:v>
       </x:c>
       <x:c r="D43" s="0">
-        <x:v>34.545</x:v>
+        <x:v>36.958</x:v>
       </x:c>
       <x:c r="E43" s="0">
-        <x:v>29.78</x:v>
+        <x:v>31.86</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="1">
-        <x:v>46030.7425</x:v>
+        <x:v>46057.7431944444</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C44" s="0">
-        <x:v>1.23</x:v>
+        <x:v>0.69</x:v>
       </x:c>
       <x:c r="D44" s="0">
-        <x:v>34.545</x:v>
+        <x:v>36.958</x:v>
       </x:c>
       <x:c r="E44" s="0">
-        <x:v>29.78</x:v>
+        <x:v>31.86</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="1">
-        <x:v>46029.7726851852</x:v>
+        <x:v>46056.7740277778</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C45" s="0">
-        <x:v>1.23</x:v>
+        <x:v>0.71</x:v>
       </x:c>
       <x:c r="D45" s="0">
-        <x:v>34.522</x:v>
+        <x:v>36.702</x:v>
       </x:c>
       <x:c r="E45" s="0">
-        <x:v>29.76</x:v>
+        <x:v>31.64</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="1">
-        <x:v>46029.7414583333</x:v>
+        <x:v>46056.742974537</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C46" s="0">
-        <x:v>1.23</x:v>
+        <x:v>0.71</x:v>
       </x:c>
       <x:c r="D46" s="0">
-        <x:v>34.522</x:v>
+        <x:v>36.702</x:v>
       </x:c>
       <x:c r="E46" s="0">
-        <x:v>29.76</x:v>
+        <x:v>31.64</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="1">
-        <x:v>46028.7421875</x:v>
+        <x:v>46055.7738773148</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C47" s="0">
-        <x:v>1.14</x:v>
+        <x:v>0.68</x:v>
       </x:c>
       <x:c r="D47" s="0">
-        <x:v>35.078</x:v>
+        <x:v>37.12</x:v>
       </x:c>
       <x:c r="E47" s="0">
-        <x:v>30.24</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5">
       <x:c r="A48" s="1">
-        <x:v>46027.7425925926</x:v>
+        <x:v>46055.7428587963</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C48" s="0">
-        <x:v>1.34</x:v>
+        <x:v>0.68</x:v>
       </x:c>
       <x:c r="D48" s="0">
-        <x:v>34.058</x:v>
+        <x:v>37.12</x:v>
       </x:c>
       <x:c r="E48" s="0">
-        <x:v>29.36</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
       <x:c r="A49" s="1">
-        <x:v>46024.7412962963</x:v>
+        <x:v>46052.7750115741</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C49" s="0">
-        <x:v>1.26</x:v>
+        <x:v>0.66</x:v>
       </x:c>
       <x:c r="D49" s="0">
-        <x:v>34.545</x:v>
+        <x:v>37.329</x:v>
       </x:c>
       <x:c r="E49" s="0">
-        <x:v>29.78</x:v>
+        <x:v>32.18</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5">
       <x:c r="A50" s="1">
-        <x:v>46021.7414583333</x:v>
+        <x:v>46052.7432291667</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C50" s="0">
-        <x:v>1.28</x:v>
+        <x:v>0.66</x:v>
       </x:c>
       <x:c r="D50" s="0">
-        <x:v>34.429</x:v>
+        <x:v>37.329</x:v>
       </x:c>
       <x:c r="E50" s="0">
-        <x:v>29.68</x:v>
+        <x:v>32.18</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5">
       <x:c r="A51" s="1">
-        <x:v>46020.7412037037</x:v>
+        <x:v>46051.7427893519</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C51" s="0">
-        <x:v>1.35</x:v>
+        <x:v>0.67</x:v>
       </x:c>
       <x:c r="D51" s="0">
-        <x:v>34.058</x:v>
+        <x:v>37.19</x:v>
       </x:c>
       <x:c r="E51" s="0">
-        <x:v>29.36</x:v>
+        <x:v>32.06</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5">
       <x:c r="A52" s="1">
-        <x:v>46014.7421296296</x:v>
+        <x:v>46050.7427893519</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C52" s="0">
-        <x:v>1.51</x:v>
+        <x:v>0.58</x:v>
       </x:c>
       <x:c r="D52" s="0">
-        <x:v>33.362</x:v>
+        <x:v>38.419</x:v>
       </x:c>
       <x:c r="E52" s="0">
-        <x:v>28.76</x:v>
+        <x:v>33.12</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5">
       <x:c r="A53" s="1">
-        <x:v>46013.7415856481</x:v>
+        <x:v>46049.7424652778</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C53" s="0">
-        <x:v>1.54</x:v>
+        <x:v>0.62</x:v>
       </x:c>
       <x:c r="D53" s="0">
-        <x:v>33.246</x:v>
+        <x:v>37.932</x:v>
       </x:c>
       <x:c r="E53" s="0">
-        <x:v>28.66</x:v>
+        <x:v>32.7</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5">
       <x:c r="A54" s="1">
-        <x:v>46010.7427777778</x:v>
+        <x:v>46048.7747800926</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C54" s="0">
-        <x:v>1.54</x:v>
+        <x:v>0.52</x:v>
       </x:c>
       <x:c r="D54" s="0">
-        <x:v>33.222</x:v>
+        <x:v>39.44</x:v>
       </x:c>
       <x:c r="E54" s="0">
-        <x:v>28.64</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5">
       <x:c r="A55" s="1">
-        <x:v>46009.742037037</x:v>
+        <x:v>46045.7737268519</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C55" s="0">
-        <x:v>1.4</x:v>
+        <x:v>0.88</x:v>
       </x:c>
       <x:c r="D55" s="0">
-        <x:v>33.895</x:v>
+        <x:v>36.424</x:v>
       </x:c>
       <x:c r="E55" s="0">
-        <x:v>29.22</x:v>
+        <x:v>31.4</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5">
       <x:c r="A56" s="1">
-        <x:v>46008.7426736111</x:v>
+        <x:v>46045.7423032407</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C56" s="0">
-        <x:v>1.51</x:v>
+        <x:v>0.88</x:v>
       </x:c>
       <x:c r="D56" s="0">
-        <x:v>33.408</x:v>
+        <x:v>36.424</x:v>
       </x:c>
       <x:c r="E56" s="0">
-        <x:v>28.8</x:v>
+        <x:v>31.4</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:5">
       <x:c r="A57" s="1">
-        <x:v>46007.7675347222</x:v>
+        <x:v>46044.7737037037</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C57" s="0">
-        <x:v>1.78</x:v>
+        <x:v>0.87</x:v>
       </x:c>
       <x:c r="D57" s="0">
-        <x:v>32.434</x:v>
+        <x:v>36.517</x:v>
       </x:c>
       <x:c r="E57" s="0">
-        <x:v>27.96</x:v>
+        <x:v>31.48</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:5">
       <x:c r="A58" s="1">
-        <x:v>46006.7734953704</x:v>
+        <x:v>46044.7425231481</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C58" s="0">
-        <x:v>1.73</x:v>
+        <x:v>0.87</x:v>
       </x:c>
       <x:c r="D58" s="0">
-        <x:v>32.642</x:v>
+        <x:v>36.517</x:v>
       </x:c>
       <x:c r="E58" s="0">
-        <x:v>28.14</x:v>
+        <x:v>31.48</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:5">
       <x:c r="A59" s="1">
-        <x:v>46006.7423958333</x:v>
+        <x:v>46043.7727314815</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C59" s="0">
-        <x:v>1.73</x:v>
+        <x:v>0.95</x:v>
       </x:c>
       <x:c r="D59" s="0">
-        <x:v>32.642</x:v>
+        <x:v>35.914</x:v>
       </x:c>
       <x:c r="E59" s="0">
-        <x:v>28.14</x:v>
+        <x:v>30.96</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:5">
       <x:c r="A60" s="1">
-        <x:v>46003.7426041667</x:v>
+        <x:v>46043.7426736111</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C60" s="0">
-        <x:v>1.75</x:v>
+        <x:v>0.95</x:v>
       </x:c>
       <x:c r="D60" s="0">
-        <x:v>32.55</x:v>
+        <x:v>35.914</x:v>
       </x:c>
       <x:c r="E60" s="0">
-        <x:v>28.06</x:v>
+        <x:v>30.96</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:5">
       <x:c r="A61" s="1">
-        <x:v>46002.7740509259</x:v>
+        <x:v>46042.7743055556</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C61" s="0">
-        <x:v>1.89</x:v>
+        <x:v>0.99</x:v>
       </x:c>
       <x:c r="D61" s="0">
-        <x:v>32.086</x:v>
+        <x:v>35.635</x:v>
       </x:c>
       <x:c r="E61" s="0">
-        <x:v>27.66</x:v>
+        <x:v>30.72</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:5">
       <x:c r="A62" s="1">
-        <x:v>46002.7415162037</x:v>
+        <x:v>46042.7413888889</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C62" s="0">
-        <x:v>1.89</x:v>
+        <x:v>0.99</x:v>
       </x:c>
       <x:c r="D62" s="0">
-        <x:v>32.086</x:v>
+        <x:v>35.635</x:v>
       </x:c>
       <x:c r="E62" s="0">
-        <x:v>27.66</x:v>
+        <x:v>30.72</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:5">
       <x:c r="A63" s="1">
-        <x:v>46001.7725810185</x:v>
+        <x:v>46041.773599537</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C63" s="0">
-        <x:v>1.99</x:v>
+        <x:v>0.92</x:v>
       </x:c>
       <x:c r="D63" s="0">
-        <x:v>31.761</x:v>
+        <x:v>36.215</x:v>
       </x:c>
       <x:c r="E63" s="0">
-        <x:v>27.38</x:v>
+        <x:v>31.22</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:5">
       <x:c r="A64" s="1">
-        <x:v>46001.7423726852</x:v>
+        <x:v>46041.7428356481</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C64" s="0">
-        <x:v>1.99</x:v>
+        <x:v>0.92</x:v>
       </x:c>
       <x:c r="D64" s="0">
-        <x:v>31.761</x:v>
+        <x:v>36.215</x:v>
       </x:c>
       <x:c r="E64" s="0">
-        <x:v>27.38</x:v>
+        <x:v>31.22</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:5">
       <x:c r="A65" s="1">
-        <x:v>46000.7422222222</x:v>
+        <x:v>46038.7738888889</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C65" s="0">
-        <x:v>2.17</x:v>
+        <x:v>0.91</x:v>
       </x:c>
       <x:c r="D65" s="0">
-        <x:v>31.25</x:v>
+        <x:v>36.262</x:v>
       </x:c>
       <x:c r="E65" s="0">
-        <x:v>26.94</x:v>
+        <x:v>31.26</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:5">
       <x:c r="A66" s="1">
-        <x:v>45999.7428009259</x:v>
+        <x:v>46038.7428587963</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C66" s="0">
-        <x:v>1.87</x:v>
+        <x:v>0.91</x:v>
       </x:c>
       <x:c r="D66" s="0">
-        <x:v>32.271</x:v>
+        <x:v>36.262</x:v>
       </x:c>
       <x:c r="E66" s="0">
-        <x:v>27.82</x:v>
+        <x:v>31.26</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:5">
       <x:c r="A67" s="1">
-        <x:v>45996.7416203704</x:v>
+        <x:v>46037.7736458333</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C67" s="0">
-        <x:v>1.73</x:v>
+        <x:v>1.21</x:v>
       </x:c>
       <x:c r="D67" s="0">
-        <x:v>32.805</x:v>
+        <x:v>34.568</x:v>
       </x:c>
       <x:c r="E67" s="0">
-        <x:v>28.28</x:v>
+        <x:v>29.8</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:5">
       <x:c r="A68" s="1">
-        <x:v>45995.7431712963</x:v>
+        <x:v>46037.7426157407</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C68" s="0">
-        <x:v>1.8</x:v>
+        <x:v>1.21</x:v>
       </x:c>
       <x:c r="D68" s="0">
-        <x:v>32.55</x:v>
+        <x:v>34.568</x:v>
       </x:c>
       <x:c r="E68" s="0">
-        <x:v>28.06</x:v>
+        <x:v>29.8</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:5">
       <x:c r="A69" s="1">
-        <x:v>45994.7431944444</x:v>
+        <x:v>46036.774224537</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C69" s="0">
-        <x:v>1.65</x:v>
+        <x:v>1.32</x:v>
       </x:c>
       <x:c r="D69" s="0">
-        <x:v>33.176</x:v>
+        <x:v>33.988</x:v>
       </x:c>
       <x:c r="E69" s="0">
-        <x:v>28.6</x:v>
+        <x:v>29.3</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:5">
       <x:c r="A70" s="1">
-        <x:v>45993.7428356481</x:v>
+        <x:v>46036.7428125</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C70" s="0">
-        <x:v>1.77</x:v>
+        <x:v>1.32</x:v>
       </x:c>
       <x:c r="D70" s="0">
-        <x:v>32.712</x:v>
+        <x:v>33.988</x:v>
       </x:c>
       <x:c r="E70" s="0">
-        <x:v>28.2</x:v>
+        <x:v>29.3</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:5">
       <x:c r="A71" s="1">
-        <x:v>45992.7417476852</x:v>
+        <x:v>46035.7726851852</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C71" s="0">
-        <x:v>1.9</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="D71" s="0">
-        <x:v>32.271</x:v>
+        <x:v>34.707</x:v>
       </x:c>
       <x:c r="E71" s="0">
-        <x:v>27.82</x:v>
+        <x:v>29.92</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:5">
       <x:c r="A72" s="1">
-        <x:v>45989.7430787037</x:v>
+        <x:v>46035.7424421296</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C72" s="0">
-        <x:v>1.74</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="D72" s="0">
-        <x:v>32.898</x:v>
+        <x:v>34.707</x:v>
       </x:c>
       <x:c r="E72" s="0">
-        <x:v>28.36</x:v>
+        <x:v>29.92</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:5">
       <x:c r="A73" s="1">
-        <x:v>45988.7414814815</x:v>
+        <x:v>46034.7734722222</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C73" s="0">
-        <x:v>1.74</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="D73" s="0">
-        <x:v>32.874</x:v>
+        <x:v>34.684</x:v>
       </x:c>
       <x:c r="E73" s="0">
-        <x:v>28.34</x:v>
+        <x:v>29.9</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:5">
       <x:c r="A74" s="1">
-        <x:v>45987.7425462963</x:v>
+        <x:v>46031.7746759259</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C74" s="0">
-        <x:v>2.19</x:v>
+        <x:v>1.19</x:v>
       </x:c>
       <x:c r="D74" s="0">
-        <x:v>31.598</x:v>
+        <x:v>34.754</x:v>
       </x:c>
       <x:c r="E74" s="0">
-        <x:v>27.24</x:v>
+        <x:v>29.96</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:5">
       <x:c r="A75" s="1">
-        <x:v>45986.7689583333</x:v>
+        <x:v>46031.7466435185</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C75" s="0">
-        <x:v>2.38</x:v>
+        <x:v>1.19</x:v>
       </x:c>
       <x:c r="D75" s="0">
-        <x:v>31.088</x:v>
+        <x:v>34.754</x:v>
       </x:c>
       <x:c r="E75" s="0">
-        <x:v>26.8</x:v>
+        <x:v>29.96</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:5">
       <x:c r="A76" s="1">
-        <x:v>45986.7424768519</x:v>
+        <x:v>46030.7735763889</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C76" s="0">
-        <x:v>2.38</x:v>
+        <x:v>1.23</x:v>
       </x:c>
       <x:c r="D76" s="0">
-        <x:v>31.088</x:v>
+        <x:v>34.545</x:v>
       </x:c>
       <x:c r="E76" s="0">
-        <x:v>26.8</x:v>
+        <x:v>29.78</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:5">
       <x:c r="A77" s="1">
-        <x:v>45985.7417476852</x:v>
+        <x:v>46030.7425</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C77" s="0">
-        <x:v>2.53</x:v>
+        <x:v>1.23</x:v>
       </x:c>
       <x:c r="D77" s="0">
-        <x:v>30.74</x:v>
+        <x:v>34.545</x:v>
       </x:c>
       <x:c r="E77" s="0">
-        <x:v>26.5</x:v>
+        <x:v>29.78</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:5">
       <x:c r="A78" s="1">
-        <x:v>45982.7637962963</x:v>
+        <x:v>46029.7726851852</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C78" s="0">
-        <x:v>4.24</x:v>
+        <x:v>1.23</x:v>
       </x:c>
       <x:c r="D78" s="0">
-        <x:v>28.443</x:v>
+        <x:v>34.522</x:v>
       </x:c>
       <x:c r="E78" s="0">
-        <x:v>24.52</x:v>
+        <x:v>29.76</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:5">
       <x:c r="A79" s="1">
-        <x:v>45981.7416435185</x:v>
+        <x:v>46029.7414583333</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C79" s="0">
-        <x:v>4.54</x:v>
+        <x:v>1.23</x:v>
       </x:c>
       <x:c r="D79" s="0">
-        <x:v>28.072</x:v>
+        <x:v>34.522</x:v>
       </x:c>
       <x:c r="E79" s="0">
-        <x:v>24.2</x:v>
+        <x:v>29.76</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:5">
       <x:c r="A80" s="1">
-        <x:v>45980.7413310185</x:v>
+        <x:v>46028.7421875</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C80" s="0">
-        <x:v>5.36</x:v>
+        <x:v>1.14</x:v>
       </x:c>
       <x:c r="D80" s="0">
-        <x:v>27.237</x:v>
+        <x:v>35.078</x:v>
       </x:c>
       <x:c r="E80" s="0">
-        <x:v>23.48</x:v>
+        <x:v>30.24</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:5">
       <x:c r="A81" s="1">
-        <x:v>45979.7621180556</x:v>
+        <x:v>46027.7425925926</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C81" s="0">
-        <x:v>5.68</x:v>
+        <x:v>1.34</x:v>
       </x:c>
       <x:c r="D81" s="0">
-        <x:v>26.935</x:v>
+        <x:v>34.058</x:v>
       </x:c>
       <x:c r="E81" s="0">
-        <x:v>23.22</x:v>
+        <x:v>29.36</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:5">
       <x:c r="A82" s="1">
-        <x:v>45979.7413657407</x:v>
+        <x:v>46024.7412962963</x:v>
       </x:c>
       <x:c r="B82" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C82" s="0">
-        <x:v>5.68</x:v>
+        <x:v>1.26</x:v>
       </x:c>
       <x:c r="D82" s="0">
-        <x:v>26.935</x:v>
+        <x:v>34.545</x:v>
       </x:c>
       <x:c r="E82" s="0">
-        <x:v>23.22</x:v>
+        <x:v>29.78</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:5">
       <x:c r="A83" s="1">
-        <x:v>45978.7625115741</x:v>
+        <x:v>46021.7414583333</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C83" s="0">
-        <x:v>5.49</x:v>
+        <x:v>1.28</x:v>
       </x:c>
       <x:c r="D83" s="0">
-        <x:v>27.121</x:v>
+        <x:v>34.429</x:v>
       </x:c>
       <x:c r="E83" s="0">
-        <x:v>23.38</x:v>
+        <x:v>29.68</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:5">
       <x:c r="A84" s="1">
-        <x:v>45975.7665972222</x:v>
+        <x:v>46020.7412037037</x:v>
       </x:c>
       <x:c r="B84" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C84" s="0">
-        <x:v>5.57</x:v>
+        <x:v>1.35</x:v>
       </x:c>
       <x:c r="D84" s="0">
-        <x:v>27.051</x:v>
+        <x:v>34.058</x:v>
       </x:c>
       <x:c r="E84" s="0">
-        <x:v>23.32</x:v>
+        <x:v>29.36</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:5">
       <x:c r="A85" s="1">
-        <x:v>45975.7415972222</x:v>
+        <x:v>46014.7421296296</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C85" s="0">
-        <x:v>5.57</x:v>
+        <x:v>1.51</x:v>
       </x:c>
       <x:c r="D85" s="0">
-        <x:v>27.051</x:v>
+        <x:v>33.362</x:v>
       </x:c>
       <x:c r="E85" s="0">
-        <x:v>23.32</x:v>
+        <x:v>28.76</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:5">
       <x:c r="A86" s="1">
-        <x:v>45974.7420486111</x:v>
+        <x:v>46013.7415856481</x:v>
       </x:c>
       <x:c r="B86" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C86" s="0">
-        <x:v>5.11</x:v>
+        <x:v>1.54</x:v>
       </x:c>
       <x:c r="D86" s="0">
-        <x:v>27.538</x:v>
+        <x:v>33.246</x:v>
       </x:c>
       <x:c r="E86" s="0">
-        <x:v>23.74</x:v>
+        <x:v>28.66</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:5">
       <x:c r="A87" s="1">
-        <x:v>45973.7618518519</x:v>
+        <x:v>46010.7427777778</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C87" s="0">
-        <x:v>5.25</x:v>
+        <x:v>1.54</x:v>
       </x:c>
       <x:c r="D87" s="0">
-        <x:v>27.399</x:v>
+        <x:v>33.222</x:v>
       </x:c>
       <x:c r="E87" s="0">
-        <x:v>23.62</x:v>
+        <x:v>28.64</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:5">
       <x:c r="A88" s="1">
-        <x:v>45973.7425231481</x:v>
+        <x:v>46009.742037037</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C88" s="0">
-        <x:v>5.25</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="D88" s="0">
-        <x:v>27.399</x:v>
+        <x:v>33.895</x:v>
       </x:c>
       <x:c r="E88" s="0">
-        <x:v>23.62</x:v>
+        <x:v>29.22</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:5">
       <x:c r="A89" s="1">
-        <x:v>45972.7415046296</x:v>
+        <x:v>46008.7426736111</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C89" s="0">
-        <x:v>5.08</x:v>
+        <x:v>1.51</x:v>
       </x:c>
       <x:c r="D89" s="0">
-        <x:v>27.585</x:v>
+        <x:v>33.408</x:v>
       </x:c>
       <x:c r="E89" s="0">
-        <x:v>23.78</x:v>
+        <x:v>28.8</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:5">
       <x:c r="A90" s="1">
-        <x:v>45968.7599189815</x:v>
+        <x:v>46007.7675347222</x:v>
       </x:c>
       <x:c r="B90" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C90" s="0">
-        <x:v>4.93</x:v>
+        <x:v>1.78</x:v>
       </x:c>
       <x:c r="D90" s="0">
-        <x:v>27.747</x:v>
+        <x:v>32.434</x:v>
       </x:c>
       <x:c r="E90" s="0">
-        <x:v>23.92</x:v>
+        <x:v>27.96</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:5">
       <x:c r="A91" s="1">
-        <x:v>45968.7418981481</x:v>
+        <x:v>46006.7734953704</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C91" s="0">
-        <x:v>4.93</x:v>
+        <x:v>1.73</x:v>
       </x:c>
       <x:c r="D91" s="0">
-        <x:v>27.747</x:v>
+        <x:v>32.642</x:v>
       </x:c>
       <x:c r="E91" s="0">
-        <x:v>23.92</x:v>
+        <x:v>28.14</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:5">
       <x:c r="A92" s="1">
-        <x:v>45967.7415856481</x:v>
+        <x:v>46006.7423958333</x:v>
       </x:c>
       <x:c r="B92" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C92" s="0">
-        <x:v>5.08</x:v>
+        <x:v>1.73</x:v>
       </x:c>
       <x:c r="D92" s="0">
-        <x:v>27.585</x:v>
+        <x:v>32.642</x:v>
       </x:c>
       <x:c r="E92" s="0">
-        <x:v>23.78</x:v>
+        <x:v>28.14</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:5">
       <x:c r="A93" s="1">
-        <x:v>45966.7604166667</x:v>
+        <x:v>46003.7426041667</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C93" s="0">
-        <x:v>4.73</x:v>
+        <x:v>1.75</x:v>
       </x:c>
       <x:c r="D93" s="0">
-        <x:v>28.002</x:v>
+        <x:v>32.55</x:v>
       </x:c>
       <x:c r="E93" s="0">
-        <x:v>24.14</x:v>
+        <x:v>28.06</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:5">
       <x:c r="A94" s="1">
-        <x:v>45966.7414930556</x:v>
+        <x:v>46002.7740509259</x:v>
       </x:c>
       <x:c r="B94" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C94" s="0">
-        <x:v>4.73</x:v>
+        <x:v>1.89</x:v>
       </x:c>
       <x:c r="D94" s="0">
-        <x:v>28.002</x:v>
+        <x:v>32.086</x:v>
       </x:c>
       <x:c r="E94" s="0">
-        <x:v>24.14</x:v>
+        <x:v>27.66</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:5">
       <x:c r="A95" s="1">
-        <x:v>45965.7581018519</x:v>
+        <x:v>46002.7415162037</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C95" s="0">
-        <x:v>4.62</x:v>
+        <x:v>1.89</x:v>
       </x:c>
       <x:c r="D95" s="0">
-        <x:v>28.142</x:v>
+        <x:v>32.086</x:v>
       </x:c>
       <x:c r="E95" s="0">
-        <x:v>24.26</x:v>
+        <x:v>27.66</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:5">
       <x:c r="A96" s="1">
-        <x:v>45965.7415856481</x:v>
+        <x:v>46001.7725810185</x:v>
       </x:c>
       <x:c r="B96" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C96" s="0">
-        <x:v>4.62</x:v>
+        <x:v>1.99</x:v>
       </x:c>
       <x:c r="D96" s="0">
-        <x:v>28.142</x:v>
+        <x:v>31.761</x:v>
       </x:c>
       <x:c r="E96" s="0">
-        <x:v>24.26</x:v>
+        <x:v>27.38</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:5">
       <x:c r="A97" s="1">
-        <x:v>45964.741712963</x:v>
+        <x:v>46001.7423726852</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C97" s="0">
-        <x:v>4.3</x:v>
+        <x:v>1.99</x:v>
       </x:c>
       <x:c r="D97" s="0">
-        <x:v>28.559</x:v>
+        <x:v>31.761</x:v>
       </x:c>
       <x:c r="E97" s="0">
-        <x:v>24.62</x:v>
+        <x:v>27.38</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:5">
       <x:c r="A98" s="1">
-        <x:v>45961.8177777778</x:v>
+        <x:v>46000.7422222222</x:v>
       </x:c>
       <x:c r="B98" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C98" s="0">
-        <x:v>3.52</x:v>
+        <x:v>2.17</x:v>
       </x:c>
       <x:c r="D98" s="0">
-        <x:v>29.882</x:v>
+        <x:v>31.25</x:v>
       </x:c>
       <x:c r="E98" s="0">
-        <x:v>25.76</x:v>
+        <x:v>26.94</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:5">
       <x:c r="A99" s="1">
-        <x:v>45961.7595833333</x:v>
+        <x:v>45999.7428009259</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C99" s="0">
-        <x:v>3.52</x:v>
+        <x:v>1.87</x:v>
       </x:c>
       <x:c r="D99" s="0">
-        <x:v>29.882</x:v>
+        <x:v>32.271</x:v>
       </x:c>
       <x:c r="E99" s="0">
-        <x:v>25.76</x:v>
+        <x:v>27.82</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:5">
       <x:c r="A100" s="1">
-        <x:v>45961.7415740741</x:v>
+        <x:v>45996.7416203704</x:v>
       </x:c>
       <x:c r="B100" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C100" s="0">
-        <x:v>3.52</x:v>
+        <x:v>1.73</x:v>
       </x:c>
       <x:c r="D100" s="0">
-        <x:v>29.882</x:v>
+        <x:v>32.805</x:v>
       </x:c>
       <x:c r="E100" s="0">
-        <x:v>25.76</x:v>
+        <x:v>28.28</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:5">
       <x:c r="A101" s="1">
-        <x:v>45960.7414699074</x:v>
+        <x:v>45995.7431712963</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C101" s="0">
-        <x:v>3.55</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="D101" s="0">
-        <x:v>29.835</x:v>
+        <x:v>32.55</x:v>
       </x:c>
       <x:c r="E101" s="0">
-        <x:v>25.72</x:v>
+        <x:v>28.06</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:5">
       <x:c r="A102" s="1">
-        <x:v>45959.7636111111</x:v>
+        <x:v>45994.7431944444</x:v>
       </x:c>
       <x:c r="B102" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C102" s="0">
-        <x:v>3.67</x:v>
+        <x:v>1.65</x:v>
       </x:c>
       <x:c r="D102" s="0">
-        <x:v>29.65</x:v>
+        <x:v>33.176</x:v>
       </x:c>
       <x:c r="E102" s="0">
-        <x:v>25.56</x:v>
+        <x:v>28.6</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:5">
       <x:c r="A103" s="1">
-        <x:v>45959.7417361111</x:v>
+        <x:v>45993.7428356481</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C103" s="0">
-        <x:v>3.67</x:v>
+        <x:v>1.77</x:v>
       </x:c>
       <x:c r="D103" s="0">
-        <x:v>29.65</x:v>
+        <x:v>32.712</x:v>
       </x:c>
       <x:c r="E103" s="0">
-        <x:v>25.56</x:v>
+        <x:v>28.2</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:5">
       <x:c r="A104" s="1">
-        <x:v>45958.7414467593</x:v>
+        <x:v>45992.7417476852</x:v>
       </x:c>
       <x:c r="B104" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C104" s="0">
-        <x:v>3.31</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="D104" s="0">
-        <x:v>30.299</x:v>
+        <x:v>32.271</x:v>
       </x:c>
       <x:c r="E104" s="0">
-        <x:v>26.12</x:v>
+        <x:v>27.82</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:5">
       <x:c r="A105" s="1">
-        <x:v>45957.7415277778</x:v>
+        <x:v>45989.7430787037</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C105" s="0">
-        <x:v>3.1</x:v>
+        <x:v>1.74</x:v>
       </x:c>
       <x:c r="D105" s="0">
-        <x:v>30.717</x:v>
+        <x:v>32.898</x:v>
       </x:c>
       <x:c r="E105" s="0">
-        <x:v>26.48</x:v>
+        <x:v>28.36</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:5">
       <x:c r="A106" s="1">
-        <x:v>45954.7429166667</x:v>
+        <x:v>45988.7414814815</x:v>
       </x:c>
       <x:c r="B106" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C106" s="0">
-        <x:v>2.63</x:v>
+        <x:v>1.74</x:v>
       </x:c>
       <x:c r="D106" s="0">
-        <x:v>31.854</x:v>
+        <x:v>32.874</x:v>
       </x:c>
       <x:c r="E106" s="0">
-        <x:v>27.46</x:v>
+        <x:v>28.34</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:5">
       <x:c r="A107" s="1">
-        <x:v>45953.7427546296</x:v>
+        <x:v>45987.7425462963</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C107" s="0">
-        <x:v>2.54</x:v>
+        <x:v>2.19</x:v>
       </x:c>
       <x:c r="D107" s="0">
-        <x:v>32.086</x:v>
+        <x:v>31.598</x:v>
       </x:c>
       <x:c r="E107" s="0">
-        <x:v>27.66</x:v>
+        <x:v>27.24</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:5">
       <x:c r="A108" s="1">
-        <x:v>45952.7607523148</x:v>
+        <x:v>45986.7689583333</x:v>
       </x:c>
       <x:c r="B108" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C108" s="0">
-        <x:v>2.48</x:v>
+        <x:v>2.38</x:v>
       </x:c>
       <x:c r="D108" s="0">
-        <x:v>32.248</x:v>
+        <x:v>31.088</x:v>
       </x:c>
       <x:c r="E108" s="0">
-        <x:v>27.8</x:v>
+        <x:v>26.8</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:5">
       <x:c r="A109" s="1">
-        <x:v>45952.7424189815</x:v>
+        <x:v>45986.7424768519</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C109" s="0">
-        <x:v>2.48</x:v>
+        <x:v>2.38</x:v>
       </x:c>
       <x:c r="D109" s="0">
-        <x:v>32.248</x:v>
+        <x:v>31.088</x:v>
       </x:c>
       <x:c r="E109" s="0">
-        <x:v>27.8</x:v>
+        <x:v>26.8</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:5">
       <x:c r="A110" s="1">
-        <x:v>45951.7421180556</x:v>
+        <x:v>45985.7417476852</x:v>
       </x:c>
       <x:c r="B110" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C110" s="0">
-        <x:v>2.59</x:v>
+        <x:v>2.53</x:v>
       </x:c>
       <x:c r="D110" s="0">
-        <x:v>31.97</x:v>
+        <x:v>30.74</x:v>
       </x:c>
       <x:c r="E110" s="0">
-        <x:v>27.56</x:v>
+        <x:v>26.5</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:5">
       <x:c r="A111" s="1">
-        <x:v>45950.8197106481</x:v>
+        <x:v>45982.7637962963</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C111" s="0">
-        <x:v>2.33</x:v>
+        <x:v>4.24</x:v>
       </x:c>
       <x:c r="D111" s="0">
-        <x:v>32.712</x:v>
+        <x:v>28.443</x:v>
       </x:c>
       <x:c r="E111" s="0">
-        <x:v>28.2</x:v>
+        <x:v>24.52</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:5">
       <x:c r="A112" s="1">
-        <x:v>45947.7631018519</x:v>
+        <x:v>45981.7416435185</x:v>
       </x:c>
       <x:c r="B112" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C112" s="0">
-        <x:v>2.83</x:v>
+        <x:v>4.54</x:v>
       </x:c>
       <x:c r="D112" s="0">
-        <x:v>31.598</x:v>
+        <x:v>28.072</x:v>
       </x:c>
       <x:c r="E112" s="0">
-        <x:v>27.24</x:v>
+        <x:v>24.2</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:5">
       <x:c r="A113" s="1">
-        <x:v>45946.7603125</x:v>
+        <x:v>45980.7413310185</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C113" s="0">
-        <x:v>4.21</x:v>
+        <x:v>5.36</x:v>
       </x:c>
       <x:c r="D113" s="0">
-        <x:v>29.65</x:v>
+        <x:v>27.237</x:v>
       </x:c>
       <x:c r="E113" s="0">
-        <x:v>25.56</x:v>
+        <x:v>23.48</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:5">
       <x:c r="A114" s="1">
-        <x:v>45946.7415509259</x:v>
+        <x:v>45979.7621180556</x:v>
       </x:c>
       <x:c r="B114" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C114" s="0">
-        <x:v>4.21</x:v>
+        <x:v>5.68</x:v>
       </x:c>
       <x:c r="D114" s="0">
-        <x:v>29.65</x:v>
+        <x:v>26.935</x:v>
       </x:c>
       <x:c r="E114" s="0">
-        <x:v>25.56</x:v>
+        <x:v>23.22</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:5">
       <x:c r="A115" s="1">
+        <x:v>45979.7413657407</x:v>
+      </x:c>
+      <x:c r="B115" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C115" s="0">
+        <x:v>5.68</x:v>
+      </x:c>
+      <x:c r="D115" s="0">
+        <x:v>26.935</x:v>
+      </x:c>
+      <x:c r="E115" s="0">
+        <x:v>23.22</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="116" spans="1:5">
+      <x:c r="A116" s="1">
+        <x:v>45978.7625115741</x:v>
+      </x:c>
+      <x:c r="B116" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C116" s="0">
+        <x:v>5.49</x:v>
+      </x:c>
+      <x:c r="D116" s="0">
+        <x:v>27.121</x:v>
+      </x:c>
+      <x:c r="E116" s="0">
+        <x:v>23.38</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="117" spans="1:5">
+      <x:c r="A117" s="1">
+        <x:v>45975.7665972222</x:v>
+      </x:c>
+      <x:c r="B117" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C117" s="0">
+        <x:v>5.57</x:v>
+      </x:c>
+      <x:c r="D117" s="0">
+        <x:v>27.051</x:v>
+      </x:c>
+      <x:c r="E117" s="0">
+        <x:v>23.32</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="118" spans="1:5">
+      <x:c r="A118" s="1">
+        <x:v>45975.7415972222</x:v>
+      </x:c>
+      <x:c r="B118" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C118" s="0">
+        <x:v>5.57</x:v>
+      </x:c>
+      <x:c r="D118" s="0">
+        <x:v>27.051</x:v>
+      </x:c>
+      <x:c r="E118" s="0">
+        <x:v>23.32</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="119" spans="1:5">
+      <x:c r="A119" s="1">
+        <x:v>45974.7420486111</x:v>
+      </x:c>
+      <x:c r="B119" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C119" s="0">
+        <x:v>5.11</x:v>
+      </x:c>
+      <x:c r="D119" s="0">
+        <x:v>27.538</x:v>
+      </x:c>
+      <x:c r="E119" s="0">
+        <x:v>23.74</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="120" spans="1:5">
+      <x:c r="A120" s="1">
+        <x:v>45973.7618518519</x:v>
+      </x:c>
+      <x:c r="B120" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C120" s="0">
+        <x:v>5.25</x:v>
+      </x:c>
+      <x:c r="D120" s="0">
+        <x:v>27.399</x:v>
+      </x:c>
+      <x:c r="E120" s="0">
+        <x:v>23.62</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="121" spans="1:5">
+      <x:c r="A121" s="1">
+        <x:v>45973.7425231481</x:v>
+      </x:c>
+      <x:c r="B121" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C121" s="0">
+        <x:v>5.25</x:v>
+      </x:c>
+      <x:c r="D121" s="0">
+        <x:v>27.399</x:v>
+      </x:c>
+      <x:c r="E121" s="0">
+        <x:v>23.62</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="122" spans="1:5">
+      <x:c r="A122" s="1">
+        <x:v>45972.7415046296</x:v>
+      </x:c>
+      <x:c r="B122" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C122" s="0">
+        <x:v>5.08</x:v>
+      </x:c>
+      <x:c r="D122" s="0">
+        <x:v>27.585</x:v>
+      </x:c>
+      <x:c r="E122" s="0">
+        <x:v>23.78</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="123" spans="1:5">
+      <x:c r="A123" s="1">
+        <x:v>45968.7599189815</x:v>
+      </x:c>
+      <x:c r="B123" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C123" s="0">
+        <x:v>4.93</x:v>
+      </x:c>
+      <x:c r="D123" s="0">
+        <x:v>27.747</x:v>
+      </x:c>
+      <x:c r="E123" s="0">
+        <x:v>23.92</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="124" spans="1:5">
+      <x:c r="A124" s="1">
+        <x:v>45968.7418981481</x:v>
+      </x:c>
+      <x:c r="B124" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C124" s="0">
+        <x:v>4.93</x:v>
+      </x:c>
+      <x:c r="D124" s="0">
+        <x:v>27.747</x:v>
+      </x:c>
+      <x:c r="E124" s="0">
+        <x:v>23.92</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="125" spans="1:5">
+      <x:c r="A125" s="1">
+        <x:v>45967.7415856481</x:v>
+      </x:c>
+      <x:c r="B125" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C125" s="0">
+        <x:v>5.08</x:v>
+      </x:c>
+      <x:c r="D125" s="0">
+        <x:v>27.585</x:v>
+      </x:c>
+      <x:c r="E125" s="0">
+        <x:v>23.78</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="126" spans="1:5">
+      <x:c r="A126" s="1">
+        <x:v>45966.7604166667</x:v>
+      </x:c>
+      <x:c r="B126" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C126" s="0">
+        <x:v>4.73</x:v>
+      </x:c>
+      <x:c r="D126" s="0">
+        <x:v>28.002</x:v>
+      </x:c>
+      <x:c r="E126" s="0">
+        <x:v>24.14</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="127" spans="1:5">
+      <x:c r="A127" s="1">
+        <x:v>45966.7414930556</x:v>
+      </x:c>
+      <x:c r="B127" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C127" s="0">
+        <x:v>4.73</x:v>
+      </x:c>
+      <x:c r="D127" s="0">
+        <x:v>28.002</x:v>
+      </x:c>
+      <x:c r="E127" s="0">
+        <x:v>24.14</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="128" spans="1:5">
+      <x:c r="A128" s="1">
+        <x:v>45965.7581018519</x:v>
+      </x:c>
+      <x:c r="B128" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C128" s="0">
+        <x:v>4.62</x:v>
+      </x:c>
+      <x:c r="D128" s="0">
+        <x:v>28.142</x:v>
+      </x:c>
+      <x:c r="E128" s="0">
+        <x:v>24.26</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="129" spans="1:5">
+      <x:c r="A129" s="1">
+        <x:v>45965.7415856481</x:v>
+      </x:c>
+      <x:c r="B129" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C129" s="0">
+        <x:v>4.62</x:v>
+      </x:c>
+      <x:c r="D129" s="0">
+        <x:v>28.142</x:v>
+      </x:c>
+      <x:c r="E129" s="0">
+        <x:v>24.26</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="130" spans="1:5">
+      <x:c r="A130" s="1">
+        <x:v>45964.741712963</x:v>
+      </x:c>
+      <x:c r="B130" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C130" s="0">
+        <x:v>4.3</x:v>
+      </x:c>
+      <x:c r="D130" s="0">
+        <x:v>28.559</x:v>
+      </x:c>
+      <x:c r="E130" s="0">
+        <x:v>24.62</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="131" spans="1:5">
+      <x:c r="A131" s="1">
+        <x:v>45961.8177777778</x:v>
+      </x:c>
+      <x:c r="B131" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C131" s="0">
+        <x:v>3.52</x:v>
+      </x:c>
+      <x:c r="D131" s="0">
+        <x:v>29.882</x:v>
+      </x:c>
+      <x:c r="E131" s="0">
+        <x:v>25.76</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="132" spans="1:5">
+      <x:c r="A132" s="1">
+        <x:v>45961.7595833333</x:v>
+      </x:c>
+      <x:c r="B132" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C132" s="0">
+        <x:v>3.52</x:v>
+      </x:c>
+      <x:c r="D132" s="0">
+        <x:v>29.882</x:v>
+      </x:c>
+      <x:c r="E132" s="0">
+        <x:v>25.76</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="133" spans="1:5">
+      <x:c r="A133" s="1">
+        <x:v>45961.7415740741</x:v>
+      </x:c>
+      <x:c r="B133" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C133" s="0">
+        <x:v>3.52</x:v>
+      </x:c>
+      <x:c r="D133" s="0">
+        <x:v>29.882</x:v>
+      </x:c>
+      <x:c r="E133" s="0">
+        <x:v>25.76</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="134" spans="1:5">
+      <x:c r="A134" s="1">
+        <x:v>45960.7414699074</x:v>
+      </x:c>
+      <x:c r="B134" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C134" s="0">
+        <x:v>3.55</x:v>
+      </x:c>
+      <x:c r="D134" s="0">
+        <x:v>29.835</x:v>
+      </x:c>
+      <x:c r="E134" s="0">
+        <x:v>25.72</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="135" spans="1:5">
+      <x:c r="A135" s="1">
+        <x:v>45959.7636111111</x:v>
+      </x:c>
+      <x:c r="B135" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C135" s="0">
+        <x:v>3.67</x:v>
+      </x:c>
+      <x:c r="D135" s="0">
+        <x:v>29.65</x:v>
+      </x:c>
+      <x:c r="E135" s="0">
+        <x:v>25.56</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="136" spans="1:5">
+      <x:c r="A136" s="1">
+        <x:v>45959.7417361111</x:v>
+      </x:c>
+      <x:c r="B136" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C136" s="0">
+        <x:v>3.67</x:v>
+      </x:c>
+      <x:c r="D136" s="0">
+        <x:v>29.65</x:v>
+      </x:c>
+      <x:c r="E136" s="0">
+        <x:v>25.56</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="137" spans="1:5">
+      <x:c r="A137" s="1">
+        <x:v>45958.7414467593</x:v>
+      </x:c>
+      <x:c r="B137" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C137" s="0">
+        <x:v>3.31</x:v>
+      </x:c>
+      <x:c r="D137" s="0">
+        <x:v>30.299</x:v>
+      </x:c>
+      <x:c r="E137" s="0">
+        <x:v>26.12</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="138" spans="1:5">
+      <x:c r="A138" s="1">
+        <x:v>45957.7415277778</x:v>
+      </x:c>
+      <x:c r="B138" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C138" s="0">
+        <x:v>3.1</x:v>
+      </x:c>
+      <x:c r="D138" s="0">
+        <x:v>30.717</x:v>
+      </x:c>
+      <x:c r="E138" s="0">
+        <x:v>26.48</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="139" spans="1:5">
+      <x:c r="A139" s="1">
+        <x:v>45954.7429166667</x:v>
+      </x:c>
+      <x:c r="B139" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C139" s="0">
+        <x:v>2.63</x:v>
+      </x:c>
+      <x:c r="D139" s="0">
+        <x:v>31.854</x:v>
+      </x:c>
+      <x:c r="E139" s="0">
+        <x:v>27.46</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="140" spans="1:5">
+      <x:c r="A140" s="1">
+        <x:v>45953.7427546296</x:v>
+      </x:c>
+      <x:c r="B140" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C140" s="0">
+        <x:v>2.54</x:v>
+      </x:c>
+      <x:c r="D140" s="0">
+        <x:v>32.086</x:v>
+      </x:c>
+      <x:c r="E140" s="0">
+        <x:v>27.66</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="141" spans="1:5">
+      <x:c r="A141" s="1">
+        <x:v>45952.7607523148</x:v>
+      </x:c>
+      <x:c r="B141" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C141" s="0">
+        <x:v>2.48</x:v>
+      </x:c>
+      <x:c r="D141" s="0">
+        <x:v>32.248</x:v>
+      </x:c>
+      <x:c r="E141" s="0">
+        <x:v>27.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="142" spans="1:5">
+      <x:c r="A142" s="1">
+        <x:v>45952.7424189815</x:v>
+      </x:c>
+      <x:c r="B142" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C142" s="0">
+        <x:v>2.48</x:v>
+      </x:c>
+      <x:c r="D142" s="0">
+        <x:v>32.248</x:v>
+      </x:c>
+      <x:c r="E142" s="0">
+        <x:v>27.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="143" spans="1:5">
+      <x:c r="A143" s="1">
+        <x:v>45951.7421180556</x:v>
+      </x:c>
+      <x:c r="B143" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C143" s="0">
+        <x:v>2.59</x:v>
+      </x:c>
+      <x:c r="D143" s="0">
+        <x:v>31.97</x:v>
+      </x:c>
+      <x:c r="E143" s="0">
+        <x:v>27.56</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="144" spans="1:5">
+      <x:c r="A144" s="1">
+        <x:v>45950.8197106481</x:v>
+      </x:c>
+      <x:c r="B144" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C144" s="0">
+        <x:v>2.33</x:v>
+      </x:c>
+      <x:c r="D144" s="0">
+        <x:v>32.712</x:v>
+      </x:c>
+      <x:c r="E144" s="0">
+        <x:v>28.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="145" spans="1:5">
+      <x:c r="A145" s="1">
+        <x:v>45947.7631018519</x:v>
+      </x:c>
+      <x:c r="B145" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C145" s="0">
+        <x:v>2.83</x:v>
+      </x:c>
+      <x:c r="D145" s="0">
+        <x:v>31.598</x:v>
+      </x:c>
+      <x:c r="E145" s="0">
+        <x:v>27.24</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="146" spans="1:5">
+      <x:c r="A146" s="1">
+        <x:v>45946.7603125</x:v>
+      </x:c>
+      <x:c r="B146" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C146" s="0">
+        <x:v>4.21</x:v>
+      </x:c>
+      <x:c r="D146" s="0">
+        <x:v>29.65</x:v>
+      </x:c>
+      <x:c r="E146" s="0">
+        <x:v>25.56</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="147" spans="1:5">
+      <x:c r="A147" s="1">
+        <x:v>45946.7415509259</x:v>
+      </x:c>
+      <x:c r="B147" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C147" s="0">
+        <x:v>4.21</x:v>
+      </x:c>
+      <x:c r="D147" s="0">
+        <x:v>29.65</x:v>
+      </x:c>
+      <x:c r="E147" s="0">
+        <x:v>25.56</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="148" spans="1:5">
+      <x:c r="A148" s="1">
         <x:v>45945.7689236111</x:v>
       </x:c>
-      <x:c r="B115" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C115" s="0">
+      <x:c r="B148" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C148" s="0">
         <x:v>5</x:v>
       </x:c>
-      <x:c r="D115" s="0">
+      <x:c r="D148" s="0">
         <x:v>28.745</x:v>
       </x:c>
-      <x:c r="E115" s="0">
+      <x:c r="E148" s="0">
         <x:v>24.78</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>