--- v4 (2026-03-07)
+++ v5 (2026-03-28)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3a17a46092274de9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/26e1c20ae8044cfd8985b37fe486392a.psmdcp" Id="R2d39e86e094f417f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R52d6b0ffb6854adc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/92dd91efd1114a26a6723728d9a0dd9b.psmdcp" Id="Rb5d06c90cdbb429a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>DE000BB4DLY8</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -390,2562 +390,3072 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E148"/>
+  <x:dimension ref="A1:E178"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>46087.7750694444</x:v>
+        <x:v>46108.7744791667</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
-        <x:v>0.93</x:v>
+        <x:v>0.72</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>34.29</x:v>
+        <x:v>34.614</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>29.56</x:v>
+        <x:v>29.84</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>46087.7445717593</x:v>
+        <x:v>46108.7434143519</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
-        <x:v>0.93</x:v>
+        <x:v>0.72</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>34.29</x:v>
+        <x:v>34.614</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>29.56</x:v>
+        <x:v>29.84</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>46086.7747222222</x:v>
+        <x:v>46107.7742476852</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
-        <x:v>0.91</x:v>
+        <x:v>0.61</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>34.406</x:v>
+        <x:v>35.96</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>29.66</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>46086.7431712963</x:v>
+        <x:v>46107.7440162037</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
-        <x:v>0.91</x:v>
+        <x:v>0.61</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>34.406</x:v>
+        <x:v>35.96</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>29.66</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>46085.7747685185</x:v>
+        <x:v>46106.7746296296</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
-        <x:v>0.86</x:v>
+        <x:v>0.59</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>34.8</x:v>
+        <x:v>36.146</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>30</x:v>
+        <x:v>31.16</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>46085.7437847222</x:v>
+        <x:v>46106.7431712963</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
-        <x:v>0.86</x:v>
+        <x:v>0.59</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>34.8</x:v>
+        <x:v>36.146</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>30</x:v>
+        <x:v>31.16</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>46084.7759606481</x:v>
+        <x:v>46105.774849537</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
-        <x:v>0.95</x:v>
+        <x:v>0.77</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>34.174</x:v>
+        <x:v>34.545</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>29.46</x:v>
+        <x:v>29.78</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>46084.7433680556</x:v>
+        <x:v>46105.7432986111</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
-        <x:v>0.95</x:v>
+        <x:v>0.77</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>34.174</x:v>
+        <x:v>34.545</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>29.46</x:v>
+        <x:v>29.78</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>46083.7757060185</x:v>
+        <x:v>46104.7745949074</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
-        <x:v>0.81</x:v>
+        <x:v>0.84</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>35.38</x:v>
+        <x:v>33.965</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>30.5</x:v>
+        <x:v>29.28</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>46083.7432523148</x:v>
+        <x:v>46104.7436805556</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C12" s="0">
-        <x:v>0.81</x:v>
+        <x:v>0.84</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>35.38</x:v>
+        <x:v>33.965</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>30.5</x:v>
+        <x:v>29.28</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>46080.7755555556</x:v>
+        <x:v>46101.7753240741</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0">
-        <x:v>0.71</x:v>
+        <x:v>0.82</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>36.47</x:v>
+        <x:v>34.197</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>31.44</x:v>
+        <x:v>29.48</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>46080.74375</x:v>
+        <x:v>46101.7434259259</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C14" s="0">
-        <x:v>0.71</x:v>
+        <x:v>0.82</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>36.47</x:v>
+        <x:v>34.197</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>31.44</x:v>
+        <x:v>29.48</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>46079.7753703704</x:v>
+        <x:v>46100.7817708333</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
-        <x:v>0.75</x:v>
+        <x:v>0.73</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>36.006</x:v>
+        <x:v>35.078</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>31.04</x:v>
+        <x:v>30.24</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>46079.7436342593</x:v>
+        <x:v>46100.7466666667</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C16" s="0">
-        <x:v>0.75</x:v>
+        <x:v>0.73</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>36.006</x:v>
+        <x:v>35.078</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>31.04</x:v>
+        <x:v>30.24</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>46078.775150463</x:v>
+        <x:v>46099.779224537</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C17" s="0">
-        <x:v>0.74</x:v>
+        <x:v>0.59</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>36.122</x:v>
+        <x:v>36.772</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>31.14</x:v>
+        <x:v>31.7</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>46078.743125</x:v>
+        <x:v>46099.7461342593</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="0">
-        <x:v>0.74</x:v>
+        <x:v>0.59</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>36.122</x:v>
+        <x:v>36.772</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>31.14</x:v>
+        <x:v>31.7</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>46077.7753587963</x:v>
+        <x:v>46098.7753125</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C19" s="0">
-        <x:v>0.69</x:v>
+        <x:v>0.63</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>36.656</x:v>
+        <x:v>36.285</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>31.6</x:v>
+        <x:v>31.28</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
-        <x:v>46077.7429513889</x:v>
+        <x:v>46098.7430439815</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C20" s="0">
-        <x:v>0.69</x:v>
+        <x:v>0.63</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>36.656</x:v>
+        <x:v>36.285</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>31.6</x:v>
+        <x:v>31.28</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="1">
-        <x:v>46076.7747916667</x:v>
+        <x:v>46097.7768171296</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C21" s="0">
-        <x:v>0.71</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="D21" s="0">
-        <x:v>36.47</x:v>
+        <x:v>35.589</x:v>
       </x:c>
       <x:c r="E21" s="0">
-        <x:v>31.44</x:v>
+        <x:v>30.68</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="1">
-        <x:v>46076.7431365741</x:v>
+        <x:v>46097.7457291667</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C22" s="0">
-        <x:v>0.71</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="D22" s="0">
-        <x:v>36.47</x:v>
+        <x:v>35.589</x:v>
       </x:c>
       <x:c r="E22" s="0">
-        <x:v>31.44</x:v>
+        <x:v>30.68</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="1">
-        <x:v>46073.7430439815</x:v>
+        <x:v>46094.7759259259</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C23" s="0">
-        <x:v>0.64</x:v>
+        <x:v>0.76</x:v>
       </x:c>
       <x:c r="D23" s="0">
-        <x:v>37.282</x:v>
+        <x:v>35.032</x:v>
       </x:c>
       <x:c r="E23" s="0">
-        <x:v>32.14</x:v>
+        <x:v>30.2</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="1">
-        <x:v>46072.7740509259</x:v>
+        <x:v>46094.7432638889</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C24" s="0">
-        <x:v>0.65</x:v>
+        <x:v>0.76</x:v>
       </x:c>
       <x:c r="D24" s="0">
-        <x:v>37.143</x:v>
+        <x:v>35.032</x:v>
       </x:c>
       <x:c r="E24" s="0">
-        <x:v>32.02</x:v>
+        <x:v>30.2</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="1">
-        <x:v>46072.742962963</x:v>
+        <x:v>46093.7746412037</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C25" s="0">
-        <x:v>0.65</x:v>
+        <x:v>0.75</x:v>
       </x:c>
       <x:c r="D25" s="0">
-        <x:v>37.143</x:v>
+        <x:v>35.148</x:v>
       </x:c>
       <x:c r="E25" s="0">
-        <x:v>32.02</x:v>
+        <x:v>30.3</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="1">
-        <x:v>46071.7730671296</x:v>
+        <x:v>46093.743275463</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C26" s="0">
-        <x:v>0.68</x:v>
+        <x:v>0.75</x:v>
       </x:c>
       <x:c r="D26" s="0">
-        <x:v>36.818</x:v>
+        <x:v>35.148</x:v>
       </x:c>
       <x:c r="E26" s="0">
-        <x:v>31.74</x:v>
+        <x:v>30.3</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="1">
-        <x:v>46071.7427083333</x:v>
+        <x:v>46092.7757175926</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C27" s="0">
-        <x:v>0.68</x:v>
+        <x:v>1.08</x:v>
       </x:c>
       <x:c r="D27" s="0">
-        <x:v>36.818</x:v>
+        <x:v>33.13</x:v>
       </x:c>
       <x:c r="E27" s="0">
-        <x:v>31.74</x:v>
+        <x:v>28.56</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="1">
-        <x:v>46070.7737037037</x:v>
+        <x:v>46092.7433333333</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C28" s="0">
-        <x:v>0.71</x:v>
+        <x:v>1.08</x:v>
       </x:c>
       <x:c r="D28" s="0">
-        <x:v>36.517</x:v>
+        <x:v>33.13</x:v>
       </x:c>
       <x:c r="E28" s="0">
-        <x:v>31.48</x:v>
+        <x:v>28.56</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="1">
-        <x:v>46070.7427777778</x:v>
+        <x:v>46091.7751851852</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C29" s="0">
-        <x:v>0.71</x:v>
+        <x:v>0.92</x:v>
       </x:c>
       <x:c r="D29" s="0">
-        <x:v>36.517</x:v>
+        <x:v>34.336</x:v>
       </x:c>
       <x:c r="E29" s="0">
-        <x:v>31.48</x:v>
+        <x:v>29.6</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="1">
-        <x:v>46069.7747453704</x:v>
+        <x:v>46091.7432986111</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C30" s="0">
-        <x:v>0.76</x:v>
+        <x:v>0.92</x:v>
       </x:c>
       <x:c r="D30" s="0">
-        <x:v>36.076</x:v>
+        <x:v>34.336</x:v>
       </x:c>
       <x:c r="E30" s="0">
-        <x:v>31.1</x:v>
+        <x:v>29.6</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="1">
-        <x:v>46069.7429861111</x:v>
+        <x:v>46090.7753935185</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C31" s="0">
-        <x:v>0.76</x:v>
+        <x:v>0.97</x:v>
       </x:c>
       <x:c r="D31" s="0">
-        <x:v>36.076</x:v>
+        <x:v>33.965</x:v>
       </x:c>
       <x:c r="E31" s="0">
-        <x:v>31.1</x:v>
+        <x:v>29.28</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="1">
-        <x:v>46066.7740625</x:v>
+        <x:v>46090.743587963</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C32" s="0">
-        <x:v>0.77</x:v>
+        <x:v>0.97</x:v>
       </x:c>
       <x:c r="D32" s="0">
-        <x:v>35.937</x:v>
+        <x:v>33.965</x:v>
       </x:c>
       <x:c r="E32" s="0">
-        <x:v>30.98</x:v>
+        <x:v>29.28</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="1">
-        <x:v>46066.743275463</x:v>
+        <x:v>46087.7750694444</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C33" s="0">
-        <x:v>0.77</x:v>
+        <x:v>0.93</x:v>
       </x:c>
       <x:c r="D33" s="0">
-        <x:v>35.937</x:v>
+        <x:v>34.29</x:v>
       </x:c>
       <x:c r="E33" s="0">
-        <x:v>30.98</x:v>
+        <x:v>29.56</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="1">
-        <x:v>46065.7730787037</x:v>
+        <x:v>46087.7445717593</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C34" s="0">
-        <x:v>0.84</x:v>
+        <x:v>0.93</x:v>
       </x:c>
       <x:c r="D34" s="0">
-        <x:v>35.403</x:v>
+        <x:v>34.29</x:v>
       </x:c>
       <x:c r="E34" s="0">
-        <x:v>30.52</x:v>
+        <x:v>29.56</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="1">
-        <x:v>46065.7430208333</x:v>
+        <x:v>46086.7747222222</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C35" s="0">
-        <x:v>0.84</x:v>
+        <x:v>0.91</x:v>
       </x:c>
       <x:c r="D35" s="0">
-        <x:v>35.403</x:v>
+        <x:v>34.406</x:v>
       </x:c>
       <x:c r="E35" s="0">
-        <x:v>30.52</x:v>
+        <x:v>29.66</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="1">
-        <x:v>46064.7744675926</x:v>
+        <x:v>46086.7431712963</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C36" s="0">
-        <x:v>0.76</x:v>
+        <x:v>0.91</x:v>
       </x:c>
       <x:c r="D36" s="0">
-        <x:v>36.192</x:v>
+        <x:v>34.406</x:v>
       </x:c>
       <x:c r="E36" s="0">
-        <x:v>31.2</x:v>
+        <x:v>29.66</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="1">
-        <x:v>46063.7747222222</x:v>
+        <x:v>46085.7747685185</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C37" s="0">
-        <x:v>0.68</x:v>
+        <x:v>0.86</x:v>
       </x:c>
       <x:c r="D37" s="0">
-        <x:v>37.004</x:v>
+        <x:v>34.8</x:v>
       </x:c>
       <x:c r="E37" s="0">
-        <x:v>31.9</x:v>
+        <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="1">
-        <x:v>46063.7432638889</x:v>
+        <x:v>46085.7437847222</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C38" s="0">
-        <x:v>0.68</x:v>
+        <x:v>0.86</x:v>
       </x:c>
       <x:c r="D38" s="0">
-        <x:v>37.004</x:v>
+        <x:v>34.8</x:v>
       </x:c>
       <x:c r="E38" s="0">
-        <x:v>31.9</x:v>
+        <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="1">
-        <x:v>46062.7728587963</x:v>
+        <x:v>46084.7759606481</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C39" s="0">
-        <x:v>0.7</x:v>
+        <x:v>0.95</x:v>
       </x:c>
       <x:c r="D39" s="0">
-        <x:v>36.818</x:v>
+        <x:v>34.174</x:v>
       </x:c>
       <x:c r="E39" s="0">
-        <x:v>31.74</x:v>
+        <x:v>29.46</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="1">
-        <x:v>46062.7431481481</x:v>
+        <x:v>46084.7433680556</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C40" s="0">
-        <x:v>0.7</x:v>
+        <x:v>0.95</x:v>
       </x:c>
       <x:c r="D40" s="0">
-        <x:v>36.818</x:v>
+        <x:v>34.174</x:v>
       </x:c>
       <x:c r="E40" s="0">
-        <x:v>31.74</x:v>
+        <x:v>29.46</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="1">
-        <x:v>46059.7424652778</x:v>
+        <x:v>46083.7757060185</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C41" s="0">
-        <x:v>0.72</x:v>
+        <x:v>0.81</x:v>
       </x:c>
       <x:c r="D41" s="0">
-        <x:v>36.563</x:v>
+        <x:v>35.38</x:v>
       </x:c>
       <x:c r="E41" s="0">
-        <x:v>31.52</x:v>
+        <x:v>30.5</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="1">
-        <x:v>46058.7434606481</x:v>
+        <x:v>46083.7432523148</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C42" s="0">
-        <x:v>0.68</x:v>
+        <x:v>0.81</x:v>
       </x:c>
       <x:c r="D42" s="0">
-        <x:v>37.074</x:v>
+        <x:v>35.38</x:v>
       </x:c>
       <x:c r="E42" s="0">
-        <x:v>31.96</x:v>
+        <x:v>30.5</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="1">
-        <x:v>46057.7740162037</x:v>
+        <x:v>46080.7755555556</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C43" s="0">
-        <x:v>0.69</x:v>
+        <x:v>0.71</x:v>
       </x:c>
       <x:c r="D43" s="0">
-        <x:v>36.958</x:v>
+        <x:v>36.47</x:v>
       </x:c>
       <x:c r="E43" s="0">
-        <x:v>31.86</x:v>
+        <x:v>31.44</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="1">
-        <x:v>46057.7431944444</x:v>
+        <x:v>46080.74375</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C44" s="0">
-        <x:v>0.69</x:v>
+        <x:v>0.71</x:v>
       </x:c>
       <x:c r="D44" s="0">
-        <x:v>36.958</x:v>
+        <x:v>36.47</x:v>
       </x:c>
       <x:c r="E44" s="0">
-        <x:v>31.86</x:v>
+        <x:v>31.44</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="1">
-        <x:v>46056.7740277778</x:v>
+        <x:v>46079.7753703704</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C45" s="0">
-        <x:v>0.71</x:v>
+        <x:v>0.75</x:v>
       </x:c>
       <x:c r="D45" s="0">
-        <x:v>36.702</x:v>
+        <x:v>36.006</x:v>
       </x:c>
       <x:c r="E45" s="0">
-        <x:v>31.64</x:v>
+        <x:v>31.04</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="1">
-        <x:v>46056.742974537</x:v>
+        <x:v>46079.7436342593</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C46" s="0">
-        <x:v>0.71</x:v>
+        <x:v>0.75</x:v>
       </x:c>
       <x:c r="D46" s="0">
-        <x:v>36.702</x:v>
+        <x:v>36.006</x:v>
       </x:c>
       <x:c r="E46" s="0">
-        <x:v>31.64</x:v>
+        <x:v>31.04</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="1">
-        <x:v>46055.7738773148</x:v>
+        <x:v>46078.775150463</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C47" s="0">
-        <x:v>0.68</x:v>
+        <x:v>0.74</x:v>
       </x:c>
       <x:c r="D47" s="0">
-        <x:v>37.12</x:v>
+        <x:v>36.122</x:v>
       </x:c>
       <x:c r="E47" s="0">
-        <x:v>32</x:v>
+        <x:v>31.14</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5">
       <x:c r="A48" s="1">
-        <x:v>46055.7428587963</x:v>
+        <x:v>46078.743125</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C48" s="0">
-        <x:v>0.68</x:v>
+        <x:v>0.74</x:v>
       </x:c>
       <x:c r="D48" s="0">
-        <x:v>37.12</x:v>
+        <x:v>36.122</x:v>
       </x:c>
       <x:c r="E48" s="0">
-        <x:v>32</x:v>
+        <x:v>31.14</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
       <x:c r="A49" s="1">
-        <x:v>46052.7750115741</x:v>
+        <x:v>46077.7753587963</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C49" s="0">
-        <x:v>0.66</x:v>
+        <x:v>0.69</x:v>
       </x:c>
       <x:c r="D49" s="0">
-        <x:v>37.329</x:v>
+        <x:v>36.656</x:v>
       </x:c>
       <x:c r="E49" s="0">
-        <x:v>32.18</x:v>
+        <x:v>31.6</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5">
       <x:c r="A50" s="1">
-        <x:v>46052.7432291667</x:v>
+        <x:v>46077.7429513889</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C50" s="0">
-        <x:v>0.66</x:v>
+        <x:v>0.69</x:v>
       </x:c>
       <x:c r="D50" s="0">
-        <x:v>37.329</x:v>
+        <x:v>36.656</x:v>
       </x:c>
       <x:c r="E50" s="0">
-        <x:v>32.18</x:v>
+        <x:v>31.6</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5">
       <x:c r="A51" s="1">
-        <x:v>46051.7427893519</x:v>
+        <x:v>46076.7747916667</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C51" s="0">
-        <x:v>0.67</x:v>
+        <x:v>0.71</x:v>
       </x:c>
       <x:c r="D51" s="0">
-        <x:v>37.19</x:v>
+        <x:v>36.47</x:v>
       </x:c>
       <x:c r="E51" s="0">
-        <x:v>32.06</x:v>
+        <x:v>31.44</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5">
       <x:c r="A52" s="1">
-        <x:v>46050.7427893519</x:v>
+        <x:v>46076.7431365741</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C52" s="0">
-        <x:v>0.58</x:v>
+        <x:v>0.71</x:v>
       </x:c>
       <x:c r="D52" s="0">
-        <x:v>38.419</x:v>
+        <x:v>36.47</x:v>
       </x:c>
       <x:c r="E52" s="0">
-        <x:v>33.12</x:v>
+        <x:v>31.44</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5">
       <x:c r="A53" s="1">
-        <x:v>46049.7424652778</x:v>
+        <x:v>46073.7430439815</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C53" s="0">
-        <x:v>0.62</x:v>
+        <x:v>0.64</x:v>
       </x:c>
       <x:c r="D53" s="0">
-        <x:v>37.932</x:v>
+        <x:v>37.282</x:v>
       </x:c>
       <x:c r="E53" s="0">
-        <x:v>32.7</x:v>
+        <x:v>32.14</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5">
       <x:c r="A54" s="1">
-        <x:v>46048.7747800926</x:v>
+        <x:v>46072.7740509259</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C54" s="0">
-        <x:v>0.52</x:v>
+        <x:v>0.65</x:v>
       </x:c>
       <x:c r="D54" s="0">
-        <x:v>39.44</x:v>
+        <x:v>37.143</x:v>
       </x:c>
       <x:c r="E54" s="0">
-        <x:v>34</x:v>
+        <x:v>32.02</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5">
       <x:c r="A55" s="1">
-        <x:v>46045.7737268519</x:v>
+        <x:v>46072.742962963</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C55" s="0">
-        <x:v>0.88</x:v>
+        <x:v>0.65</x:v>
       </x:c>
       <x:c r="D55" s="0">
-        <x:v>36.424</x:v>
+        <x:v>37.143</x:v>
       </x:c>
       <x:c r="E55" s="0">
-        <x:v>31.4</x:v>
+        <x:v>32.02</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5">
       <x:c r="A56" s="1">
-        <x:v>46045.7423032407</x:v>
+        <x:v>46071.7730671296</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C56" s="0">
-        <x:v>0.88</x:v>
+        <x:v>0.68</x:v>
       </x:c>
       <x:c r="D56" s="0">
-        <x:v>36.424</x:v>
+        <x:v>36.818</x:v>
       </x:c>
       <x:c r="E56" s="0">
-        <x:v>31.4</x:v>
+        <x:v>31.74</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:5">
       <x:c r="A57" s="1">
-        <x:v>46044.7737037037</x:v>
+        <x:v>46071.7427083333</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C57" s="0">
-        <x:v>0.87</x:v>
+        <x:v>0.68</x:v>
       </x:c>
       <x:c r="D57" s="0">
-        <x:v>36.517</x:v>
+        <x:v>36.818</x:v>
       </x:c>
       <x:c r="E57" s="0">
-        <x:v>31.48</x:v>
+        <x:v>31.74</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:5">
       <x:c r="A58" s="1">
-        <x:v>46044.7425231481</x:v>
+        <x:v>46070.7737037037</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C58" s="0">
-        <x:v>0.87</x:v>
+        <x:v>0.71</x:v>
       </x:c>
       <x:c r="D58" s="0">
         <x:v>36.517</x:v>
       </x:c>
       <x:c r="E58" s="0">
         <x:v>31.48</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:5">
       <x:c r="A59" s="1">
-        <x:v>46043.7727314815</x:v>
+        <x:v>46070.7427777778</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C59" s="0">
-        <x:v>0.95</x:v>
+        <x:v>0.71</x:v>
       </x:c>
       <x:c r="D59" s="0">
-        <x:v>35.914</x:v>
+        <x:v>36.517</x:v>
       </x:c>
       <x:c r="E59" s="0">
-        <x:v>30.96</x:v>
+        <x:v>31.48</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:5">
       <x:c r="A60" s="1">
-        <x:v>46043.7426736111</x:v>
+        <x:v>46069.7747453704</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C60" s="0">
-        <x:v>0.95</x:v>
+        <x:v>0.76</x:v>
       </x:c>
       <x:c r="D60" s="0">
-        <x:v>35.914</x:v>
+        <x:v>36.076</x:v>
       </x:c>
       <x:c r="E60" s="0">
-        <x:v>30.96</x:v>
+        <x:v>31.1</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:5">
       <x:c r="A61" s="1">
-        <x:v>46042.7743055556</x:v>
+        <x:v>46069.7429861111</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C61" s="0">
-        <x:v>0.99</x:v>
+        <x:v>0.76</x:v>
       </x:c>
       <x:c r="D61" s="0">
-        <x:v>35.635</x:v>
+        <x:v>36.076</x:v>
       </x:c>
       <x:c r="E61" s="0">
-        <x:v>30.72</x:v>
+        <x:v>31.1</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:5">
       <x:c r="A62" s="1">
-        <x:v>46042.7413888889</x:v>
+        <x:v>46066.7740625</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C62" s="0">
-        <x:v>0.99</x:v>
+        <x:v>0.77</x:v>
       </x:c>
       <x:c r="D62" s="0">
-        <x:v>35.635</x:v>
+        <x:v>35.937</x:v>
       </x:c>
       <x:c r="E62" s="0">
-        <x:v>30.72</x:v>
+        <x:v>30.98</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:5">
       <x:c r="A63" s="1">
-        <x:v>46041.773599537</x:v>
+        <x:v>46066.743275463</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C63" s="0">
-        <x:v>0.92</x:v>
+        <x:v>0.77</x:v>
       </x:c>
       <x:c r="D63" s="0">
-        <x:v>36.215</x:v>
+        <x:v>35.937</x:v>
       </x:c>
       <x:c r="E63" s="0">
-        <x:v>31.22</x:v>
+        <x:v>30.98</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:5">
       <x:c r="A64" s="1">
-        <x:v>46041.7428356481</x:v>
+        <x:v>46065.7730787037</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C64" s="0">
-        <x:v>0.92</x:v>
+        <x:v>0.84</x:v>
       </x:c>
       <x:c r="D64" s="0">
-        <x:v>36.215</x:v>
+        <x:v>35.403</x:v>
       </x:c>
       <x:c r="E64" s="0">
-        <x:v>31.22</x:v>
+        <x:v>30.52</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:5">
       <x:c r="A65" s="1">
-        <x:v>46038.7738888889</x:v>
+        <x:v>46065.7430208333</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C65" s="0">
-        <x:v>0.91</x:v>
+        <x:v>0.84</x:v>
       </x:c>
       <x:c r="D65" s="0">
-        <x:v>36.262</x:v>
+        <x:v>35.403</x:v>
       </x:c>
       <x:c r="E65" s="0">
-        <x:v>31.26</x:v>
+        <x:v>30.52</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:5">
       <x:c r="A66" s="1">
-        <x:v>46038.7428587963</x:v>
+        <x:v>46064.7744675926</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C66" s="0">
-        <x:v>0.91</x:v>
+        <x:v>0.76</x:v>
       </x:c>
       <x:c r="D66" s="0">
-        <x:v>36.262</x:v>
+        <x:v>36.192</x:v>
       </x:c>
       <x:c r="E66" s="0">
-        <x:v>31.26</x:v>
+        <x:v>31.2</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:5">
       <x:c r="A67" s="1">
-        <x:v>46037.7736458333</x:v>
+        <x:v>46063.7747222222</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C67" s="0">
-        <x:v>1.21</x:v>
+        <x:v>0.68</x:v>
       </x:c>
       <x:c r="D67" s="0">
-        <x:v>34.568</x:v>
+        <x:v>37.004</x:v>
       </x:c>
       <x:c r="E67" s="0">
-        <x:v>29.8</x:v>
+        <x:v>31.9</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:5">
       <x:c r="A68" s="1">
-        <x:v>46037.7426157407</x:v>
+        <x:v>46063.7432638889</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C68" s="0">
-        <x:v>1.21</x:v>
+        <x:v>0.68</x:v>
       </x:c>
       <x:c r="D68" s="0">
-        <x:v>34.568</x:v>
+        <x:v>37.004</x:v>
       </x:c>
       <x:c r="E68" s="0">
-        <x:v>29.8</x:v>
+        <x:v>31.9</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:5">
       <x:c r="A69" s="1">
-        <x:v>46036.774224537</x:v>
+        <x:v>46062.7728587963</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C69" s="0">
-        <x:v>1.32</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="D69" s="0">
-        <x:v>33.988</x:v>
+        <x:v>36.818</x:v>
       </x:c>
       <x:c r="E69" s="0">
-        <x:v>29.3</x:v>
+        <x:v>31.74</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:5">
       <x:c r="A70" s="1">
-        <x:v>46036.7428125</x:v>
+        <x:v>46062.7431481481</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C70" s="0">
-        <x:v>1.32</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="D70" s="0">
-        <x:v>33.988</x:v>
+        <x:v>36.818</x:v>
       </x:c>
       <x:c r="E70" s="0">
-        <x:v>29.3</x:v>
+        <x:v>31.74</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:5">
       <x:c r="A71" s="1">
-        <x:v>46035.7726851852</x:v>
+        <x:v>46059.7424652778</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C71" s="0">
-        <x:v>1.2</x:v>
+        <x:v>0.72</x:v>
       </x:c>
       <x:c r="D71" s="0">
-        <x:v>34.707</x:v>
+        <x:v>36.563</x:v>
       </x:c>
       <x:c r="E71" s="0">
-        <x:v>29.92</x:v>
+        <x:v>31.52</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:5">
       <x:c r="A72" s="1">
-        <x:v>46035.7424421296</x:v>
+        <x:v>46058.7434606481</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C72" s="0">
-        <x:v>1.2</x:v>
+        <x:v>0.68</x:v>
       </x:c>
       <x:c r="D72" s="0">
-        <x:v>34.707</x:v>
+        <x:v>37.074</x:v>
       </x:c>
       <x:c r="E72" s="0">
-        <x:v>29.92</x:v>
+        <x:v>31.96</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:5">
       <x:c r="A73" s="1">
-        <x:v>46034.7734722222</x:v>
+        <x:v>46057.7740162037</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C73" s="0">
-        <x:v>1.2</x:v>
+        <x:v>0.69</x:v>
       </x:c>
       <x:c r="D73" s="0">
-        <x:v>34.684</x:v>
+        <x:v>36.958</x:v>
       </x:c>
       <x:c r="E73" s="0">
-        <x:v>29.9</x:v>
+        <x:v>31.86</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:5">
       <x:c r="A74" s="1">
-        <x:v>46031.7746759259</x:v>
+        <x:v>46057.7431944444</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C74" s="0">
-        <x:v>1.19</x:v>
+        <x:v>0.69</x:v>
       </x:c>
       <x:c r="D74" s="0">
-        <x:v>34.754</x:v>
+        <x:v>36.958</x:v>
       </x:c>
       <x:c r="E74" s="0">
-        <x:v>29.96</x:v>
+        <x:v>31.86</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:5">
       <x:c r="A75" s="1">
-        <x:v>46031.7466435185</x:v>
+        <x:v>46056.7740277778</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C75" s="0">
-        <x:v>1.19</x:v>
+        <x:v>0.71</x:v>
       </x:c>
       <x:c r="D75" s="0">
-        <x:v>34.754</x:v>
+        <x:v>36.702</x:v>
       </x:c>
       <x:c r="E75" s="0">
-        <x:v>29.96</x:v>
+        <x:v>31.64</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:5">
       <x:c r="A76" s="1">
-        <x:v>46030.7735763889</x:v>
+        <x:v>46056.742974537</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C76" s="0">
-        <x:v>1.23</x:v>
+        <x:v>0.71</x:v>
       </x:c>
       <x:c r="D76" s="0">
-        <x:v>34.545</x:v>
+        <x:v>36.702</x:v>
       </x:c>
       <x:c r="E76" s="0">
-        <x:v>29.78</x:v>
+        <x:v>31.64</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:5">
       <x:c r="A77" s="1">
-        <x:v>46030.7425</x:v>
+        <x:v>46055.7738773148</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C77" s="0">
-        <x:v>1.23</x:v>
+        <x:v>0.68</x:v>
       </x:c>
       <x:c r="D77" s="0">
-        <x:v>34.545</x:v>
+        <x:v>37.12</x:v>
       </x:c>
       <x:c r="E77" s="0">
-        <x:v>29.78</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:5">
       <x:c r="A78" s="1">
-        <x:v>46029.7726851852</x:v>
+        <x:v>46055.7428587963</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C78" s="0">
-        <x:v>1.23</x:v>
+        <x:v>0.68</x:v>
       </x:c>
       <x:c r="D78" s="0">
-        <x:v>34.522</x:v>
+        <x:v>37.12</x:v>
       </x:c>
       <x:c r="E78" s="0">
-        <x:v>29.76</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:5">
       <x:c r="A79" s="1">
-        <x:v>46029.7414583333</x:v>
+        <x:v>46052.7750115741</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C79" s="0">
-        <x:v>1.23</x:v>
+        <x:v>0.66</x:v>
       </x:c>
       <x:c r="D79" s="0">
-        <x:v>34.522</x:v>
+        <x:v>37.329</x:v>
       </x:c>
       <x:c r="E79" s="0">
-        <x:v>29.76</x:v>
+        <x:v>32.18</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:5">
       <x:c r="A80" s="1">
-        <x:v>46028.7421875</x:v>
+        <x:v>46052.7432291667</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C80" s="0">
-        <x:v>1.14</x:v>
+        <x:v>0.66</x:v>
       </x:c>
       <x:c r="D80" s="0">
-        <x:v>35.078</x:v>
+        <x:v>37.329</x:v>
       </x:c>
       <x:c r="E80" s="0">
-        <x:v>30.24</x:v>
+        <x:v>32.18</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:5">
       <x:c r="A81" s="1">
-        <x:v>46027.7425925926</x:v>
+        <x:v>46051.7427893519</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C81" s="0">
-        <x:v>1.34</x:v>
+        <x:v>0.67</x:v>
       </x:c>
       <x:c r="D81" s="0">
-        <x:v>34.058</x:v>
+        <x:v>37.19</x:v>
       </x:c>
       <x:c r="E81" s="0">
-        <x:v>29.36</x:v>
+        <x:v>32.06</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:5">
       <x:c r="A82" s="1">
-        <x:v>46024.7412962963</x:v>
+        <x:v>46050.7427893519</x:v>
       </x:c>
       <x:c r="B82" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C82" s="0">
-        <x:v>1.26</x:v>
+        <x:v>0.58</x:v>
       </x:c>
       <x:c r="D82" s="0">
-        <x:v>34.545</x:v>
+        <x:v>38.419</x:v>
       </x:c>
       <x:c r="E82" s="0">
-        <x:v>29.78</x:v>
+        <x:v>33.12</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:5">
       <x:c r="A83" s="1">
-        <x:v>46021.7414583333</x:v>
+        <x:v>46049.7424652778</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C83" s="0">
-        <x:v>1.28</x:v>
+        <x:v>0.62</x:v>
       </x:c>
       <x:c r="D83" s="0">
-        <x:v>34.429</x:v>
+        <x:v>37.932</x:v>
       </x:c>
       <x:c r="E83" s="0">
-        <x:v>29.68</x:v>
+        <x:v>32.7</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:5">
       <x:c r="A84" s="1">
-        <x:v>46020.7412037037</x:v>
+        <x:v>46048.7747800926</x:v>
       </x:c>
       <x:c r="B84" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C84" s="0">
-        <x:v>1.35</x:v>
+        <x:v>0.52</x:v>
       </x:c>
       <x:c r="D84" s="0">
-        <x:v>34.058</x:v>
+        <x:v>39.44</x:v>
       </x:c>
       <x:c r="E84" s="0">
-        <x:v>29.36</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:5">
       <x:c r="A85" s="1">
-        <x:v>46014.7421296296</x:v>
+        <x:v>46045.7737268519</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C85" s="0">
-        <x:v>1.51</x:v>
+        <x:v>0.88</x:v>
       </x:c>
       <x:c r="D85" s="0">
-        <x:v>33.362</x:v>
+        <x:v>36.424</x:v>
       </x:c>
       <x:c r="E85" s="0">
-        <x:v>28.76</x:v>
+        <x:v>31.4</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:5">
       <x:c r="A86" s="1">
-        <x:v>46013.7415856481</x:v>
+        <x:v>46045.7423032407</x:v>
       </x:c>
       <x:c r="B86" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C86" s="0">
-        <x:v>1.54</x:v>
+        <x:v>0.88</x:v>
       </x:c>
       <x:c r="D86" s="0">
-        <x:v>33.246</x:v>
+        <x:v>36.424</x:v>
       </x:c>
       <x:c r="E86" s="0">
-        <x:v>28.66</x:v>
+        <x:v>31.4</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:5">
       <x:c r="A87" s="1">
-        <x:v>46010.7427777778</x:v>
+        <x:v>46044.7737037037</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C87" s="0">
-        <x:v>1.54</x:v>
+        <x:v>0.87</x:v>
       </x:c>
       <x:c r="D87" s="0">
-        <x:v>33.222</x:v>
+        <x:v>36.517</x:v>
       </x:c>
       <x:c r="E87" s="0">
-        <x:v>28.64</x:v>
+        <x:v>31.48</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:5">
       <x:c r="A88" s="1">
-        <x:v>46009.742037037</x:v>
+        <x:v>46044.7425231481</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C88" s="0">
-        <x:v>1.4</x:v>
+        <x:v>0.87</x:v>
       </x:c>
       <x:c r="D88" s="0">
-        <x:v>33.895</x:v>
+        <x:v>36.517</x:v>
       </x:c>
       <x:c r="E88" s="0">
-        <x:v>29.22</x:v>
+        <x:v>31.48</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:5">
       <x:c r="A89" s="1">
-        <x:v>46008.7426736111</x:v>
+        <x:v>46043.7727314815</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C89" s="0">
-        <x:v>1.51</x:v>
+        <x:v>0.95</x:v>
       </x:c>
       <x:c r="D89" s="0">
-        <x:v>33.408</x:v>
+        <x:v>35.914</x:v>
       </x:c>
       <x:c r="E89" s="0">
-        <x:v>28.8</x:v>
+        <x:v>30.96</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:5">
       <x:c r="A90" s="1">
-        <x:v>46007.7675347222</x:v>
+        <x:v>46043.7426736111</x:v>
       </x:c>
       <x:c r="B90" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C90" s="0">
-        <x:v>1.78</x:v>
+        <x:v>0.95</x:v>
       </x:c>
       <x:c r="D90" s="0">
-        <x:v>32.434</x:v>
+        <x:v>35.914</x:v>
       </x:c>
       <x:c r="E90" s="0">
-        <x:v>27.96</x:v>
+        <x:v>30.96</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:5">
       <x:c r="A91" s="1">
-        <x:v>46006.7734953704</x:v>
+        <x:v>46042.7743055556</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C91" s="0">
-        <x:v>1.73</x:v>
+        <x:v>0.99</x:v>
       </x:c>
       <x:c r="D91" s="0">
-        <x:v>32.642</x:v>
+        <x:v>35.635</x:v>
       </x:c>
       <x:c r="E91" s="0">
-        <x:v>28.14</x:v>
+        <x:v>30.72</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:5">
       <x:c r="A92" s="1">
-        <x:v>46006.7423958333</x:v>
+        <x:v>46042.7413888889</x:v>
       </x:c>
       <x:c r="B92" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C92" s="0">
-        <x:v>1.73</x:v>
+        <x:v>0.99</x:v>
       </x:c>
       <x:c r="D92" s="0">
-        <x:v>32.642</x:v>
+        <x:v>35.635</x:v>
       </x:c>
       <x:c r="E92" s="0">
-        <x:v>28.14</x:v>
+        <x:v>30.72</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:5">
       <x:c r="A93" s="1">
-        <x:v>46003.7426041667</x:v>
+        <x:v>46041.773599537</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C93" s="0">
-        <x:v>1.75</x:v>
+        <x:v>0.92</x:v>
       </x:c>
       <x:c r="D93" s="0">
-        <x:v>32.55</x:v>
+        <x:v>36.215</x:v>
       </x:c>
       <x:c r="E93" s="0">
-        <x:v>28.06</x:v>
+        <x:v>31.22</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:5">
       <x:c r="A94" s="1">
-        <x:v>46002.7740509259</x:v>
+        <x:v>46041.7428356481</x:v>
       </x:c>
       <x:c r="B94" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C94" s="0">
-        <x:v>1.89</x:v>
+        <x:v>0.92</x:v>
       </x:c>
       <x:c r="D94" s="0">
-        <x:v>32.086</x:v>
+        <x:v>36.215</x:v>
       </x:c>
       <x:c r="E94" s="0">
-        <x:v>27.66</x:v>
+        <x:v>31.22</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:5">
       <x:c r="A95" s="1">
-        <x:v>46002.7415162037</x:v>
+        <x:v>46038.7738888889</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C95" s="0">
-        <x:v>1.89</x:v>
+        <x:v>0.91</x:v>
       </x:c>
       <x:c r="D95" s="0">
-        <x:v>32.086</x:v>
+        <x:v>36.262</x:v>
       </x:c>
       <x:c r="E95" s="0">
-        <x:v>27.66</x:v>
+        <x:v>31.26</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:5">
       <x:c r="A96" s="1">
-        <x:v>46001.7725810185</x:v>
+        <x:v>46038.7428587963</x:v>
       </x:c>
       <x:c r="B96" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C96" s="0">
-        <x:v>1.99</x:v>
+        <x:v>0.91</x:v>
       </x:c>
       <x:c r="D96" s="0">
-        <x:v>31.761</x:v>
+        <x:v>36.262</x:v>
       </x:c>
       <x:c r="E96" s="0">
-        <x:v>27.38</x:v>
+        <x:v>31.26</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:5">
       <x:c r="A97" s="1">
-        <x:v>46001.7423726852</x:v>
+        <x:v>46037.7736458333</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C97" s="0">
-        <x:v>1.99</x:v>
+        <x:v>1.21</x:v>
       </x:c>
       <x:c r="D97" s="0">
-        <x:v>31.761</x:v>
+        <x:v>34.568</x:v>
       </x:c>
       <x:c r="E97" s="0">
-        <x:v>27.38</x:v>
+        <x:v>29.8</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:5">
       <x:c r="A98" s="1">
-        <x:v>46000.7422222222</x:v>
+        <x:v>46037.7426157407</x:v>
       </x:c>
       <x:c r="B98" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C98" s="0">
-        <x:v>2.17</x:v>
+        <x:v>1.21</x:v>
       </x:c>
       <x:c r="D98" s="0">
-        <x:v>31.25</x:v>
+        <x:v>34.568</x:v>
       </x:c>
       <x:c r="E98" s="0">
-        <x:v>26.94</x:v>
+        <x:v>29.8</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:5">
       <x:c r="A99" s="1">
-        <x:v>45999.7428009259</x:v>
+        <x:v>46036.774224537</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C99" s="0">
-        <x:v>1.87</x:v>
+        <x:v>1.32</x:v>
       </x:c>
       <x:c r="D99" s="0">
-        <x:v>32.271</x:v>
+        <x:v>33.988</x:v>
       </x:c>
       <x:c r="E99" s="0">
-        <x:v>27.82</x:v>
+        <x:v>29.3</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:5">
       <x:c r="A100" s="1">
-        <x:v>45996.7416203704</x:v>
+        <x:v>46036.7428125</x:v>
       </x:c>
       <x:c r="B100" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C100" s="0">
-        <x:v>1.73</x:v>
+        <x:v>1.32</x:v>
       </x:c>
       <x:c r="D100" s="0">
-        <x:v>32.805</x:v>
+        <x:v>33.988</x:v>
       </x:c>
       <x:c r="E100" s="0">
-        <x:v>28.28</x:v>
+        <x:v>29.3</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:5">
       <x:c r="A101" s="1">
-        <x:v>45995.7431712963</x:v>
+        <x:v>46035.7726851852</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C101" s="0">
-        <x:v>1.8</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="D101" s="0">
-        <x:v>32.55</x:v>
+        <x:v>34.707</x:v>
       </x:c>
       <x:c r="E101" s="0">
-        <x:v>28.06</x:v>
+        <x:v>29.92</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:5">
       <x:c r="A102" s="1">
-        <x:v>45994.7431944444</x:v>
+        <x:v>46035.7424421296</x:v>
       </x:c>
       <x:c r="B102" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C102" s="0">
-        <x:v>1.65</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="D102" s="0">
-        <x:v>33.176</x:v>
+        <x:v>34.707</x:v>
       </x:c>
       <x:c r="E102" s="0">
-        <x:v>28.6</x:v>
+        <x:v>29.92</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:5">
       <x:c r="A103" s="1">
-        <x:v>45993.7428356481</x:v>
+        <x:v>46034.7734722222</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C103" s="0">
-        <x:v>1.77</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="D103" s="0">
-        <x:v>32.712</x:v>
+        <x:v>34.684</x:v>
       </x:c>
       <x:c r="E103" s="0">
-        <x:v>28.2</x:v>
+        <x:v>29.9</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:5">
       <x:c r="A104" s="1">
-        <x:v>45992.7417476852</x:v>
+        <x:v>46031.7746759259</x:v>
       </x:c>
       <x:c r="B104" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C104" s="0">
-        <x:v>1.9</x:v>
+        <x:v>1.19</x:v>
       </x:c>
       <x:c r="D104" s="0">
-        <x:v>32.271</x:v>
+        <x:v>34.754</x:v>
       </x:c>
       <x:c r="E104" s="0">
-        <x:v>27.82</x:v>
+        <x:v>29.96</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:5">
       <x:c r="A105" s="1">
-        <x:v>45989.7430787037</x:v>
+        <x:v>46031.7466435185</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C105" s="0">
-        <x:v>1.74</x:v>
+        <x:v>1.19</x:v>
       </x:c>
       <x:c r="D105" s="0">
-        <x:v>32.898</x:v>
+        <x:v>34.754</x:v>
       </x:c>
       <x:c r="E105" s="0">
-        <x:v>28.36</x:v>
+        <x:v>29.96</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:5">
       <x:c r="A106" s="1">
-        <x:v>45988.7414814815</x:v>
+        <x:v>46030.7735763889</x:v>
       </x:c>
       <x:c r="B106" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C106" s="0">
-        <x:v>1.74</x:v>
+        <x:v>1.23</x:v>
       </x:c>
       <x:c r="D106" s="0">
-        <x:v>32.874</x:v>
+        <x:v>34.545</x:v>
       </x:c>
       <x:c r="E106" s="0">
-        <x:v>28.34</x:v>
+        <x:v>29.78</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:5">
       <x:c r="A107" s="1">
-        <x:v>45987.7425462963</x:v>
+        <x:v>46030.7425</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C107" s="0">
-        <x:v>2.19</x:v>
+        <x:v>1.23</x:v>
       </x:c>
       <x:c r="D107" s="0">
-        <x:v>31.598</x:v>
+        <x:v>34.545</x:v>
       </x:c>
       <x:c r="E107" s="0">
-        <x:v>27.24</x:v>
+        <x:v>29.78</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:5">
       <x:c r="A108" s="1">
-        <x:v>45986.7689583333</x:v>
+        <x:v>46029.7726851852</x:v>
       </x:c>
       <x:c r="B108" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C108" s="0">
-        <x:v>2.38</x:v>
+        <x:v>1.23</x:v>
       </x:c>
       <x:c r="D108" s="0">
-        <x:v>31.088</x:v>
+        <x:v>34.522</x:v>
       </x:c>
       <x:c r="E108" s="0">
-        <x:v>26.8</x:v>
+        <x:v>29.76</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:5">
       <x:c r="A109" s="1">
-        <x:v>45986.7424768519</x:v>
+        <x:v>46029.7414583333</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C109" s="0">
-        <x:v>2.38</x:v>
+        <x:v>1.23</x:v>
       </x:c>
       <x:c r="D109" s="0">
-        <x:v>31.088</x:v>
+        <x:v>34.522</x:v>
       </x:c>
       <x:c r="E109" s="0">
-        <x:v>26.8</x:v>
+        <x:v>29.76</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:5">
       <x:c r="A110" s="1">
-        <x:v>45985.7417476852</x:v>
+        <x:v>46028.7421875</x:v>
       </x:c>
       <x:c r="B110" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C110" s="0">
-        <x:v>2.53</x:v>
+        <x:v>1.14</x:v>
       </x:c>
       <x:c r="D110" s="0">
-        <x:v>30.74</x:v>
+        <x:v>35.078</x:v>
       </x:c>
       <x:c r="E110" s="0">
-        <x:v>26.5</x:v>
+        <x:v>30.24</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:5">
       <x:c r="A111" s="1">
-        <x:v>45982.7637962963</x:v>
+        <x:v>46027.7425925926</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C111" s="0">
-        <x:v>4.24</x:v>
+        <x:v>1.34</x:v>
       </x:c>
       <x:c r="D111" s="0">
-        <x:v>28.443</x:v>
+        <x:v>34.058</x:v>
       </x:c>
       <x:c r="E111" s="0">
-        <x:v>24.52</x:v>
+        <x:v>29.36</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:5">
       <x:c r="A112" s="1">
-        <x:v>45981.7416435185</x:v>
+        <x:v>46024.7412962963</x:v>
       </x:c>
       <x:c r="B112" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C112" s="0">
-        <x:v>4.54</x:v>
+        <x:v>1.26</x:v>
       </x:c>
       <x:c r="D112" s="0">
-        <x:v>28.072</x:v>
+        <x:v>34.545</x:v>
       </x:c>
       <x:c r="E112" s="0">
-        <x:v>24.2</x:v>
+        <x:v>29.78</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:5">
       <x:c r="A113" s="1">
-        <x:v>45980.7413310185</x:v>
+        <x:v>46021.7414583333</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C113" s="0">
-        <x:v>5.36</x:v>
+        <x:v>1.28</x:v>
       </x:c>
       <x:c r="D113" s="0">
-        <x:v>27.237</x:v>
+        <x:v>34.429</x:v>
       </x:c>
       <x:c r="E113" s="0">
-        <x:v>23.48</x:v>
+        <x:v>29.68</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:5">
       <x:c r="A114" s="1">
-        <x:v>45979.7621180556</x:v>
+        <x:v>46020.7412037037</x:v>
       </x:c>
       <x:c r="B114" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C114" s="0">
-        <x:v>5.68</x:v>
+        <x:v>1.35</x:v>
       </x:c>
       <x:c r="D114" s="0">
-        <x:v>26.935</x:v>
+        <x:v>34.058</x:v>
       </x:c>
       <x:c r="E114" s="0">
-        <x:v>23.22</x:v>
+        <x:v>29.36</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:5">
       <x:c r="A115" s="1">
-        <x:v>45979.7413657407</x:v>
+        <x:v>46014.7421296296</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C115" s="0">
-        <x:v>5.68</x:v>
+        <x:v>1.51</x:v>
       </x:c>
       <x:c r="D115" s="0">
-        <x:v>26.935</x:v>
+        <x:v>33.362</x:v>
       </x:c>
       <x:c r="E115" s="0">
-        <x:v>23.22</x:v>
+        <x:v>28.76</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:5">
       <x:c r="A116" s="1">
-        <x:v>45978.7625115741</x:v>
+        <x:v>46013.7415856481</x:v>
       </x:c>
       <x:c r="B116" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C116" s="0">
-        <x:v>5.49</x:v>
+        <x:v>1.54</x:v>
       </x:c>
       <x:c r="D116" s="0">
-        <x:v>27.121</x:v>
+        <x:v>33.246</x:v>
       </x:c>
       <x:c r="E116" s="0">
-        <x:v>23.38</x:v>
+        <x:v>28.66</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:5">
       <x:c r="A117" s="1">
-        <x:v>45975.7665972222</x:v>
+        <x:v>46010.7427777778</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C117" s="0">
-        <x:v>5.57</x:v>
+        <x:v>1.54</x:v>
       </x:c>
       <x:c r="D117" s="0">
-        <x:v>27.051</x:v>
+        <x:v>33.222</x:v>
       </x:c>
       <x:c r="E117" s="0">
-        <x:v>23.32</x:v>
+        <x:v>28.64</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:5">
       <x:c r="A118" s="1">
-        <x:v>45975.7415972222</x:v>
+        <x:v>46009.742037037</x:v>
       </x:c>
       <x:c r="B118" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C118" s="0">
-        <x:v>5.57</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="D118" s="0">
-        <x:v>27.051</x:v>
+        <x:v>33.895</x:v>
       </x:c>
       <x:c r="E118" s="0">
-        <x:v>23.32</x:v>
+        <x:v>29.22</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:5">
       <x:c r="A119" s="1">
-        <x:v>45974.7420486111</x:v>
+        <x:v>46008.7426736111</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C119" s="0">
-        <x:v>5.11</x:v>
+        <x:v>1.51</x:v>
       </x:c>
       <x:c r="D119" s="0">
-        <x:v>27.538</x:v>
+        <x:v>33.408</x:v>
       </x:c>
       <x:c r="E119" s="0">
-        <x:v>23.74</x:v>
+        <x:v>28.8</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:5">
       <x:c r="A120" s="1">
-        <x:v>45973.7618518519</x:v>
+        <x:v>46007.7675347222</x:v>
       </x:c>
       <x:c r="B120" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C120" s="0">
-        <x:v>5.25</x:v>
+        <x:v>1.78</x:v>
       </x:c>
       <x:c r="D120" s="0">
-        <x:v>27.399</x:v>
+        <x:v>32.434</x:v>
       </x:c>
       <x:c r="E120" s="0">
-        <x:v>23.62</x:v>
+        <x:v>27.96</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:5">
       <x:c r="A121" s="1">
-        <x:v>45973.7425231481</x:v>
+        <x:v>46006.7734953704</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C121" s="0">
-        <x:v>5.25</x:v>
+        <x:v>1.73</x:v>
       </x:c>
       <x:c r="D121" s="0">
-        <x:v>27.399</x:v>
+        <x:v>32.642</x:v>
       </x:c>
       <x:c r="E121" s="0">
-        <x:v>23.62</x:v>
+        <x:v>28.14</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:5">
       <x:c r="A122" s="1">
-        <x:v>45972.7415046296</x:v>
+        <x:v>46006.7423958333</x:v>
       </x:c>
       <x:c r="B122" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C122" s="0">
-        <x:v>5.08</x:v>
+        <x:v>1.73</x:v>
       </x:c>
       <x:c r="D122" s="0">
-        <x:v>27.585</x:v>
+        <x:v>32.642</x:v>
       </x:c>
       <x:c r="E122" s="0">
-        <x:v>23.78</x:v>
+        <x:v>28.14</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:5">
       <x:c r="A123" s="1">
-        <x:v>45968.7599189815</x:v>
+        <x:v>46003.7426041667</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C123" s="0">
-        <x:v>4.93</x:v>
+        <x:v>1.75</x:v>
       </x:c>
       <x:c r="D123" s="0">
-        <x:v>27.747</x:v>
+        <x:v>32.55</x:v>
       </x:c>
       <x:c r="E123" s="0">
-        <x:v>23.92</x:v>
+        <x:v>28.06</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:5">
       <x:c r="A124" s="1">
-        <x:v>45968.7418981481</x:v>
+        <x:v>46002.7740509259</x:v>
       </x:c>
       <x:c r="B124" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C124" s="0">
-        <x:v>4.93</x:v>
+        <x:v>1.89</x:v>
       </x:c>
       <x:c r="D124" s="0">
-        <x:v>27.747</x:v>
+        <x:v>32.086</x:v>
       </x:c>
       <x:c r="E124" s="0">
-        <x:v>23.92</x:v>
+        <x:v>27.66</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:5">
       <x:c r="A125" s="1">
-        <x:v>45967.7415856481</x:v>
+        <x:v>46002.7415162037</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C125" s="0">
-        <x:v>5.08</x:v>
+        <x:v>1.89</x:v>
       </x:c>
       <x:c r="D125" s="0">
-        <x:v>27.585</x:v>
+        <x:v>32.086</x:v>
       </x:c>
       <x:c r="E125" s="0">
-        <x:v>23.78</x:v>
+        <x:v>27.66</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:5">
       <x:c r="A126" s="1">
-        <x:v>45966.7604166667</x:v>
+        <x:v>46001.7725810185</x:v>
       </x:c>
       <x:c r="B126" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C126" s="0">
-        <x:v>4.73</x:v>
+        <x:v>1.99</x:v>
       </x:c>
       <x:c r="D126" s="0">
-        <x:v>28.002</x:v>
+        <x:v>31.761</x:v>
       </x:c>
       <x:c r="E126" s="0">
-        <x:v>24.14</x:v>
+        <x:v>27.38</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:5">
       <x:c r="A127" s="1">
-        <x:v>45966.7414930556</x:v>
+        <x:v>46001.7423726852</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C127" s="0">
-        <x:v>4.73</x:v>
+        <x:v>1.99</x:v>
       </x:c>
       <x:c r="D127" s="0">
-        <x:v>28.002</x:v>
+        <x:v>31.761</x:v>
       </x:c>
       <x:c r="E127" s="0">
-        <x:v>24.14</x:v>
+        <x:v>27.38</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:5">
       <x:c r="A128" s="1">
-        <x:v>45965.7581018519</x:v>
+        <x:v>46000.7422222222</x:v>
       </x:c>
       <x:c r="B128" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C128" s="0">
-        <x:v>4.62</x:v>
+        <x:v>2.17</x:v>
       </x:c>
       <x:c r="D128" s="0">
-        <x:v>28.142</x:v>
+        <x:v>31.25</x:v>
       </x:c>
       <x:c r="E128" s="0">
-        <x:v>24.26</x:v>
+        <x:v>26.94</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:5">
       <x:c r="A129" s="1">
-        <x:v>45965.7415856481</x:v>
+        <x:v>45999.7428009259</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C129" s="0">
-        <x:v>4.62</x:v>
+        <x:v>1.87</x:v>
       </x:c>
       <x:c r="D129" s="0">
-        <x:v>28.142</x:v>
+        <x:v>32.271</x:v>
       </x:c>
       <x:c r="E129" s="0">
-        <x:v>24.26</x:v>
+        <x:v>27.82</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:5">
       <x:c r="A130" s="1">
-        <x:v>45964.741712963</x:v>
+        <x:v>45996.7416203704</x:v>
       </x:c>
       <x:c r="B130" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C130" s="0">
-        <x:v>4.3</x:v>
+        <x:v>1.73</x:v>
       </x:c>
       <x:c r="D130" s="0">
-        <x:v>28.559</x:v>
+        <x:v>32.805</x:v>
       </x:c>
       <x:c r="E130" s="0">
-        <x:v>24.62</x:v>
+        <x:v>28.28</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:5">
       <x:c r="A131" s="1">
-        <x:v>45961.8177777778</x:v>
+        <x:v>45995.7431712963</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C131" s="0">
-        <x:v>3.52</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="D131" s="0">
-        <x:v>29.882</x:v>
+        <x:v>32.55</x:v>
       </x:c>
       <x:c r="E131" s="0">
-        <x:v>25.76</x:v>
+        <x:v>28.06</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:5">
       <x:c r="A132" s="1">
-        <x:v>45961.7595833333</x:v>
+        <x:v>45994.7431944444</x:v>
       </x:c>
       <x:c r="B132" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C132" s="0">
-        <x:v>3.52</x:v>
+        <x:v>1.65</x:v>
       </x:c>
       <x:c r="D132" s="0">
-        <x:v>29.882</x:v>
+        <x:v>33.176</x:v>
       </x:c>
       <x:c r="E132" s="0">
-        <x:v>25.76</x:v>
+        <x:v>28.6</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:5">
       <x:c r="A133" s="1">
-        <x:v>45961.7415740741</x:v>
+        <x:v>45993.7428356481</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C133" s="0">
-        <x:v>3.52</x:v>
+        <x:v>1.77</x:v>
       </x:c>
       <x:c r="D133" s="0">
-        <x:v>29.882</x:v>
+        <x:v>32.712</x:v>
       </x:c>
       <x:c r="E133" s="0">
-        <x:v>25.76</x:v>
+        <x:v>28.2</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:5">
       <x:c r="A134" s="1">
-        <x:v>45960.7414699074</x:v>
+        <x:v>45992.7417476852</x:v>
       </x:c>
       <x:c r="B134" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C134" s="0">
-        <x:v>3.55</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="D134" s="0">
-        <x:v>29.835</x:v>
+        <x:v>32.271</x:v>
       </x:c>
       <x:c r="E134" s="0">
-        <x:v>25.72</x:v>
+        <x:v>27.82</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:5">
       <x:c r="A135" s="1">
-        <x:v>45959.7636111111</x:v>
+        <x:v>45989.7430787037</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C135" s="0">
-        <x:v>3.67</x:v>
+        <x:v>1.74</x:v>
       </x:c>
       <x:c r="D135" s="0">
-        <x:v>29.65</x:v>
+        <x:v>32.898</x:v>
       </x:c>
       <x:c r="E135" s="0">
-        <x:v>25.56</x:v>
+        <x:v>28.36</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:5">
       <x:c r="A136" s="1">
-        <x:v>45959.7417361111</x:v>
+        <x:v>45988.7414814815</x:v>
       </x:c>
       <x:c r="B136" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C136" s="0">
-        <x:v>3.67</x:v>
+        <x:v>1.74</x:v>
       </x:c>
       <x:c r="D136" s="0">
-        <x:v>29.65</x:v>
+        <x:v>32.874</x:v>
       </x:c>
       <x:c r="E136" s="0">
-        <x:v>25.56</x:v>
+        <x:v>28.34</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:5">
       <x:c r="A137" s="1">
-        <x:v>45958.7414467593</x:v>
+        <x:v>45987.7425462963</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C137" s="0">
-        <x:v>3.31</x:v>
+        <x:v>2.19</x:v>
       </x:c>
       <x:c r="D137" s="0">
-        <x:v>30.299</x:v>
+        <x:v>31.598</x:v>
       </x:c>
       <x:c r="E137" s="0">
-        <x:v>26.12</x:v>
+        <x:v>27.24</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:5">
       <x:c r="A138" s="1">
-        <x:v>45957.7415277778</x:v>
+        <x:v>45986.7689583333</x:v>
       </x:c>
       <x:c r="B138" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C138" s="0">
-        <x:v>3.1</x:v>
+        <x:v>2.38</x:v>
       </x:c>
       <x:c r="D138" s="0">
-        <x:v>30.717</x:v>
+        <x:v>31.088</x:v>
       </x:c>
       <x:c r="E138" s="0">
-        <x:v>26.48</x:v>
+        <x:v>26.8</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:5">
       <x:c r="A139" s="1">
-        <x:v>45954.7429166667</x:v>
+        <x:v>45986.7424768519</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C139" s="0">
-        <x:v>2.63</x:v>
+        <x:v>2.38</x:v>
       </x:c>
       <x:c r="D139" s="0">
-        <x:v>31.854</x:v>
+        <x:v>31.088</x:v>
       </x:c>
       <x:c r="E139" s="0">
-        <x:v>27.46</x:v>
+        <x:v>26.8</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:5">
       <x:c r="A140" s="1">
-        <x:v>45953.7427546296</x:v>
+        <x:v>45985.7417476852</x:v>
       </x:c>
       <x:c r="B140" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C140" s="0">
-        <x:v>2.54</x:v>
+        <x:v>2.53</x:v>
       </x:c>
       <x:c r="D140" s="0">
-        <x:v>32.086</x:v>
+        <x:v>30.74</x:v>
       </x:c>
       <x:c r="E140" s="0">
-        <x:v>27.66</x:v>
+        <x:v>26.5</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:5">
       <x:c r="A141" s="1">
-        <x:v>45952.7607523148</x:v>
+        <x:v>45982.7637962963</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C141" s="0">
-        <x:v>2.48</x:v>
+        <x:v>4.24</x:v>
       </x:c>
       <x:c r="D141" s="0">
-        <x:v>32.248</x:v>
+        <x:v>28.443</x:v>
       </x:c>
       <x:c r="E141" s="0">
-        <x:v>27.8</x:v>
+        <x:v>24.52</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:5">
       <x:c r="A142" s="1">
-        <x:v>45952.7424189815</x:v>
+        <x:v>45981.7416435185</x:v>
       </x:c>
       <x:c r="B142" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C142" s="0">
-        <x:v>2.48</x:v>
+        <x:v>4.54</x:v>
       </x:c>
       <x:c r="D142" s="0">
-        <x:v>32.248</x:v>
+        <x:v>28.072</x:v>
       </x:c>
       <x:c r="E142" s="0">
-        <x:v>27.8</x:v>
+        <x:v>24.2</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:5">
       <x:c r="A143" s="1">
-        <x:v>45951.7421180556</x:v>
+        <x:v>45980.7413310185</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C143" s="0">
-        <x:v>2.59</x:v>
+        <x:v>5.36</x:v>
       </x:c>
       <x:c r="D143" s="0">
-        <x:v>31.97</x:v>
+        <x:v>27.237</x:v>
       </x:c>
       <x:c r="E143" s="0">
-        <x:v>27.56</x:v>
+        <x:v>23.48</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:5">
       <x:c r="A144" s="1">
-        <x:v>45950.8197106481</x:v>
+        <x:v>45979.7621180556</x:v>
       </x:c>
       <x:c r="B144" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C144" s="0">
-        <x:v>2.33</x:v>
+        <x:v>5.68</x:v>
       </x:c>
       <x:c r="D144" s="0">
-        <x:v>32.712</x:v>
+        <x:v>26.935</x:v>
       </x:c>
       <x:c r="E144" s="0">
-        <x:v>28.2</x:v>
+        <x:v>23.22</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:5">
       <x:c r="A145" s="1">
-        <x:v>45947.7631018519</x:v>
+        <x:v>45979.7413657407</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C145" s="0">
-        <x:v>2.83</x:v>
+        <x:v>5.68</x:v>
       </x:c>
       <x:c r="D145" s="0">
-        <x:v>31.598</x:v>
+        <x:v>26.935</x:v>
       </x:c>
       <x:c r="E145" s="0">
-        <x:v>27.24</x:v>
+        <x:v>23.22</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:5">
       <x:c r="A146" s="1">
-        <x:v>45946.7603125</x:v>
+        <x:v>45978.7625115741</x:v>
       </x:c>
       <x:c r="B146" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C146" s="0">
-        <x:v>4.21</x:v>
+        <x:v>5.49</x:v>
       </x:c>
       <x:c r="D146" s="0">
-        <x:v>29.65</x:v>
+        <x:v>27.121</x:v>
       </x:c>
       <x:c r="E146" s="0">
-        <x:v>25.56</x:v>
+        <x:v>23.38</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:5">
       <x:c r="A147" s="1">
-        <x:v>45946.7415509259</x:v>
+        <x:v>45975.7665972222</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C147" s="0">
-        <x:v>4.21</x:v>
+        <x:v>5.57</x:v>
       </x:c>
       <x:c r="D147" s="0">
-        <x:v>29.65</x:v>
+        <x:v>27.051</x:v>
       </x:c>
       <x:c r="E147" s="0">
-        <x:v>25.56</x:v>
+        <x:v>23.32</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:5">
       <x:c r="A148" s="1">
+        <x:v>45975.7415972222</x:v>
+      </x:c>
+      <x:c r="B148" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C148" s="0">
+        <x:v>5.57</x:v>
+      </x:c>
+      <x:c r="D148" s="0">
+        <x:v>27.051</x:v>
+      </x:c>
+      <x:c r="E148" s="0">
+        <x:v>23.32</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="149" spans="1:5">
+      <x:c r="A149" s="1">
+        <x:v>45974.7420486111</x:v>
+      </x:c>
+      <x:c r="B149" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C149" s="0">
+        <x:v>5.11</x:v>
+      </x:c>
+      <x:c r="D149" s="0">
+        <x:v>27.538</x:v>
+      </x:c>
+      <x:c r="E149" s="0">
+        <x:v>23.74</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="150" spans="1:5">
+      <x:c r="A150" s="1">
+        <x:v>45973.7618518519</x:v>
+      </x:c>
+      <x:c r="B150" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C150" s="0">
+        <x:v>5.25</x:v>
+      </x:c>
+      <x:c r="D150" s="0">
+        <x:v>27.399</x:v>
+      </x:c>
+      <x:c r="E150" s="0">
+        <x:v>23.62</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="151" spans="1:5">
+      <x:c r="A151" s="1">
+        <x:v>45973.7425231481</x:v>
+      </x:c>
+      <x:c r="B151" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C151" s="0">
+        <x:v>5.25</x:v>
+      </x:c>
+      <x:c r="D151" s="0">
+        <x:v>27.399</x:v>
+      </x:c>
+      <x:c r="E151" s="0">
+        <x:v>23.62</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="152" spans="1:5">
+      <x:c r="A152" s="1">
+        <x:v>45972.7415046296</x:v>
+      </x:c>
+      <x:c r="B152" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C152" s="0">
+        <x:v>5.08</x:v>
+      </x:c>
+      <x:c r="D152" s="0">
+        <x:v>27.585</x:v>
+      </x:c>
+      <x:c r="E152" s="0">
+        <x:v>23.78</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="153" spans="1:5">
+      <x:c r="A153" s="1">
+        <x:v>45968.7599189815</x:v>
+      </x:c>
+      <x:c r="B153" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C153" s="0">
+        <x:v>4.93</x:v>
+      </x:c>
+      <x:c r="D153" s="0">
+        <x:v>27.747</x:v>
+      </x:c>
+      <x:c r="E153" s="0">
+        <x:v>23.92</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="154" spans="1:5">
+      <x:c r="A154" s="1">
+        <x:v>45968.7418981481</x:v>
+      </x:c>
+      <x:c r="B154" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C154" s="0">
+        <x:v>4.93</x:v>
+      </x:c>
+      <x:c r="D154" s="0">
+        <x:v>27.747</x:v>
+      </x:c>
+      <x:c r="E154" s="0">
+        <x:v>23.92</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="155" spans="1:5">
+      <x:c r="A155" s="1">
+        <x:v>45967.7415856481</x:v>
+      </x:c>
+      <x:c r="B155" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C155" s="0">
+        <x:v>5.08</x:v>
+      </x:c>
+      <x:c r="D155" s="0">
+        <x:v>27.585</x:v>
+      </x:c>
+      <x:c r="E155" s="0">
+        <x:v>23.78</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="156" spans="1:5">
+      <x:c r="A156" s="1">
+        <x:v>45966.7604166667</x:v>
+      </x:c>
+      <x:c r="B156" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C156" s="0">
+        <x:v>4.73</x:v>
+      </x:c>
+      <x:c r="D156" s="0">
+        <x:v>28.002</x:v>
+      </x:c>
+      <x:c r="E156" s="0">
+        <x:v>24.14</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="157" spans="1:5">
+      <x:c r="A157" s="1">
+        <x:v>45966.7414930556</x:v>
+      </x:c>
+      <x:c r="B157" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C157" s="0">
+        <x:v>4.73</x:v>
+      </x:c>
+      <x:c r="D157" s="0">
+        <x:v>28.002</x:v>
+      </x:c>
+      <x:c r="E157" s="0">
+        <x:v>24.14</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="158" spans="1:5">
+      <x:c r="A158" s="1">
+        <x:v>45965.7581018519</x:v>
+      </x:c>
+      <x:c r="B158" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C158" s="0">
+        <x:v>4.62</x:v>
+      </x:c>
+      <x:c r="D158" s="0">
+        <x:v>28.142</x:v>
+      </x:c>
+      <x:c r="E158" s="0">
+        <x:v>24.26</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="159" spans="1:5">
+      <x:c r="A159" s="1">
+        <x:v>45965.7415856481</x:v>
+      </x:c>
+      <x:c r="B159" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C159" s="0">
+        <x:v>4.62</x:v>
+      </x:c>
+      <x:c r="D159" s="0">
+        <x:v>28.142</x:v>
+      </x:c>
+      <x:c r="E159" s="0">
+        <x:v>24.26</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="160" spans="1:5">
+      <x:c r="A160" s="1">
+        <x:v>45964.741712963</x:v>
+      </x:c>
+      <x:c r="B160" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C160" s="0">
+        <x:v>4.3</x:v>
+      </x:c>
+      <x:c r="D160" s="0">
+        <x:v>28.559</x:v>
+      </x:c>
+      <x:c r="E160" s="0">
+        <x:v>24.62</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="161" spans="1:5">
+      <x:c r="A161" s="1">
+        <x:v>45961.8177777778</x:v>
+      </x:c>
+      <x:c r="B161" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C161" s="0">
+        <x:v>3.52</x:v>
+      </x:c>
+      <x:c r="D161" s="0">
+        <x:v>29.882</x:v>
+      </x:c>
+      <x:c r="E161" s="0">
+        <x:v>25.76</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="162" spans="1:5">
+      <x:c r="A162" s="1">
+        <x:v>45961.7595833333</x:v>
+      </x:c>
+      <x:c r="B162" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C162" s="0">
+        <x:v>3.52</x:v>
+      </x:c>
+      <x:c r="D162" s="0">
+        <x:v>29.882</x:v>
+      </x:c>
+      <x:c r="E162" s="0">
+        <x:v>25.76</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="163" spans="1:5">
+      <x:c r="A163" s="1">
+        <x:v>45961.7415740741</x:v>
+      </x:c>
+      <x:c r="B163" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C163" s="0">
+        <x:v>3.52</x:v>
+      </x:c>
+      <x:c r="D163" s="0">
+        <x:v>29.882</x:v>
+      </x:c>
+      <x:c r="E163" s="0">
+        <x:v>25.76</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="164" spans="1:5">
+      <x:c r="A164" s="1">
+        <x:v>45960.7414699074</x:v>
+      </x:c>
+      <x:c r="B164" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C164" s="0">
+        <x:v>3.55</x:v>
+      </x:c>
+      <x:c r="D164" s="0">
+        <x:v>29.835</x:v>
+      </x:c>
+      <x:c r="E164" s="0">
+        <x:v>25.72</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="165" spans="1:5">
+      <x:c r="A165" s="1">
+        <x:v>45959.7636111111</x:v>
+      </x:c>
+      <x:c r="B165" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C165" s="0">
+        <x:v>3.67</x:v>
+      </x:c>
+      <x:c r="D165" s="0">
+        <x:v>29.65</x:v>
+      </x:c>
+      <x:c r="E165" s="0">
+        <x:v>25.56</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="166" spans="1:5">
+      <x:c r="A166" s="1">
+        <x:v>45959.7417361111</x:v>
+      </x:c>
+      <x:c r="B166" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C166" s="0">
+        <x:v>3.67</x:v>
+      </x:c>
+      <x:c r="D166" s="0">
+        <x:v>29.65</x:v>
+      </x:c>
+      <x:c r="E166" s="0">
+        <x:v>25.56</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="167" spans="1:5">
+      <x:c r="A167" s="1">
+        <x:v>45958.7414467593</x:v>
+      </x:c>
+      <x:c r="B167" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C167" s="0">
+        <x:v>3.31</x:v>
+      </x:c>
+      <x:c r="D167" s="0">
+        <x:v>30.299</x:v>
+      </x:c>
+      <x:c r="E167" s="0">
+        <x:v>26.12</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="168" spans="1:5">
+      <x:c r="A168" s="1">
+        <x:v>45957.7415277778</x:v>
+      </x:c>
+      <x:c r="B168" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C168" s="0">
+        <x:v>3.1</x:v>
+      </x:c>
+      <x:c r="D168" s="0">
+        <x:v>30.717</x:v>
+      </x:c>
+      <x:c r="E168" s="0">
+        <x:v>26.48</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="169" spans="1:5">
+      <x:c r="A169" s="1">
+        <x:v>45954.7429166667</x:v>
+      </x:c>
+      <x:c r="B169" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C169" s="0">
+        <x:v>2.63</x:v>
+      </x:c>
+      <x:c r="D169" s="0">
+        <x:v>31.854</x:v>
+      </x:c>
+      <x:c r="E169" s="0">
+        <x:v>27.46</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="170" spans="1:5">
+      <x:c r="A170" s="1">
+        <x:v>45953.7427546296</x:v>
+      </x:c>
+      <x:c r="B170" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C170" s="0">
+        <x:v>2.54</x:v>
+      </x:c>
+      <x:c r="D170" s="0">
+        <x:v>32.086</x:v>
+      </x:c>
+      <x:c r="E170" s="0">
+        <x:v>27.66</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="171" spans="1:5">
+      <x:c r="A171" s="1">
+        <x:v>45952.7607523148</x:v>
+      </x:c>
+      <x:c r="B171" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C171" s="0">
+        <x:v>2.48</x:v>
+      </x:c>
+      <x:c r="D171" s="0">
+        <x:v>32.248</x:v>
+      </x:c>
+      <x:c r="E171" s="0">
+        <x:v>27.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="172" spans="1:5">
+      <x:c r="A172" s="1">
+        <x:v>45952.7424189815</x:v>
+      </x:c>
+      <x:c r="B172" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C172" s="0">
+        <x:v>2.48</x:v>
+      </x:c>
+      <x:c r="D172" s="0">
+        <x:v>32.248</x:v>
+      </x:c>
+      <x:c r="E172" s="0">
+        <x:v>27.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="173" spans="1:5">
+      <x:c r="A173" s="1">
+        <x:v>45951.7421180556</x:v>
+      </x:c>
+      <x:c r="B173" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C173" s="0">
+        <x:v>2.59</x:v>
+      </x:c>
+      <x:c r="D173" s="0">
+        <x:v>31.97</x:v>
+      </x:c>
+      <x:c r="E173" s="0">
+        <x:v>27.56</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="174" spans="1:5">
+      <x:c r="A174" s="1">
+        <x:v>45950.8197106481</x:v>
+      </x:c>
+      <x:c r="B174" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C174" s="0">
+        <x:v>2.33</x:v>
+      </x:c>
+      <x:c r="D174" s="0">
+        <x:v>32.712</x:v>
+      </x:c>
+      <x:c r="E174" s="0">
+        <x:v>28.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="175" spans="1:5">
+      <x:c r="A175" s="1">
+        <x:v>45947.7631018519</x:v>
+      </x:c>
+      <x:c r="B175" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C175" s="0">
+        <x:v>2.83</x:v>
+      </x:c>
+      <x:c r="D175" s="0">
+        <x:v>31.598</x:v>
+      </x:c>
+      <x:c r="E175" s="0">
+        <x:v>27.24</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="176" spans="1:5">
+      <x:c r="A176" s="1">
+        <x:v>45946.7603125</x:v>
+      </x:c>
+      <x:c r="B176" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C176" s="0">
+        <x:v>4.21</x:v>
+      </x:c>
+      <x:c r="D176" s="0">
+        <x:v>29.65</x:v>
+      </x:c>
+      <x:c r="E176" s="0">
+        <x:v>25.56</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="177" spans="1:5">
+      <x:c r="A177" s="1">
+        <x:v>45946.7415509259</x:v>
+      </x:c>
+      <x:c r="B177" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C177" s="0">
+        <x:v>4.21</x:v>
+      </x:c>
+      <x:c r="D177" s="0">
+        <x:v>29.65</x:v>
+      </x:c>
+      <x:c r="E177" s="0">
+        <x:v>25.56</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="178" spans="1:5">
+      <x:c r="A178" s="1">
         <x:v>45945.7689236111</x:v>
       </x:c>
-      <x:c r="B148" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C148" s="0">
+      <x:c r="B178" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C178" s="0">
         <x:v>5</x:v>
       </x:c>
-      <x:c r="D148" s="0">
+      <x:c r="D178" s="0">
         <x:v>28.745</x:v>
       </x:c>
-      <x:c r="E148" s="0">
+      <x:c r="E178" s="0">
         <x:v>24.78</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>