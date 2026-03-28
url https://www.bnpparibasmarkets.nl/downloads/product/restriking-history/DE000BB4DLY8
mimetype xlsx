--- v5 (2026-03-28)
+++ v6 (2026-03-28)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R52d6b0ffb6854adc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/92dd91efd1114a26a6723728d9a0dd9b.psmdcp" Id="Rb5d06c90cdbb429a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd532d4c61edd4fdf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/eb25c0c6fc724b15a45a9fc3bc60bc5a.psmdcp" Id="R902a2329693242b3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>DE000BB4DLY8</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>