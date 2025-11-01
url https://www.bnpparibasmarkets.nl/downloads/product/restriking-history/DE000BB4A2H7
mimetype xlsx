--- v0 (2025-10-05)
+++ v1 (2025-11-01)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfb34923bfd3c454f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/900d7e3f038d4c98b521d5f68041d01c.psmdcp" Id="R64d5293518ca4c16" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf302adcdd63245e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/bbc7ce5c94d240eb8ddca9442ca1b542.psmdcp" Id="Re33df89c9c484f84" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>DE000BB4A2H7</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -390,131 +390,471 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E5"/>
+  <x:dimension ref="A1:E25"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>45933.805775463</x:v>
+        <x:v>45961.7660300926</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
-        <x:v>6.81</x:v>
+        <x:v>4.24</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>1379.364</x:v>
+        <x:v>1323.336</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>1642.1</x:v>
+        <x:v>1575.4</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>45932.8073032407</x:v>
+        <x:v>45960.7838310185</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
-        <x:v>5.79</x:v>
+        <x:v>4.82</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>1332.24</x:v>
+        <x:v>1356.012</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>1586</x:v>
+        <x:v>1614.3</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
+        <x:v>45959.7635069444</x:v>
+      </x:c>
+      <x:c r="B5" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C5" s="0">
+        <x:v>4.63</x:v>
+      </x:c>
+      <x:c r="D5" s="0">
+        <x:v>1344.672</x:v>
+      </x:c>
+      <x:c r="E5" s="0">
+        <x:v>1600.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="6" spans="1:5">
+      <x:c r="A6" s="1">
+        <x:v>45958.7756018518</x:v>
+      </x:c>
+      <x:c r="B6" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C6" s="0">
+        <x:v>4.41</x:v>
+      </x:c>
+      <x:c r="D6" s="0">
+        <x:v>1331.232</x:v>
+      </x:c>
+      <x:c r="E6" s="0">
+        <x:v>1584.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="7" spans="1:5">
+      <x:c r="A7" s="1">
+        <x:v>45957.7639583333</x:v>
+      </x:c>
+      <x:c r="B7" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C7" s="0">
+        <x:v>4.39</x:v>
+      </x:c>
+      <x:c r="D7" s="0">
+        <x:v>1330.14</x:v>
+      </x:c>
+      <x:c r="E7" s="0">
+        <x:v>1583.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="8" spans="1:5">
+      <x:c r="A8" s="1">
+        <x:v>45954.8060185185</x:v>
+      </x:c>
+      <x:c r="B8" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C8" s="0">
+        <x:v>4.66</x:v>
+      </x:c>
+      <x:c r="D8" s="0">
+        <x:v>1345.344</x:v>
+      </x:c>
+      <x:c r="E8" s="0">
+        <x:v>1601.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="9" spans="1:5">
+      <x:c r="A9" s="1">
+        <x:v>45953.8040625</x:v>
+      </x:c>
+      <x:c r="B9" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C9" s="0">
+        <x:v>4.59</x:v>
+      </x:c>
+      <x:c r="D9" s="0">
+        <x:v>1341.228</x:v>
+      </x:c>
+      <x:c r="E9" s="0">
+        <x:v>1596.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="10" spans="1:5">
+      <x:c r="A10" s="1">
+        <x:v>45952.8312615741</x:v>
+      </x:c>
+      <x:c r="B10" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C10" s="0">
+        <x:v>4.02</x:v>
+      </x:c>
+      <x:c r="D10" s="0">
+        <x:v>1304.1</x:v>
+      </x:c>
+      <x:c r="E10" s="0">
+        <x:v>1552.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="11" spans="1:5">
+      <x:c r="A11" s="1">
+        <x:v>45951.8107638889</x:v>
+      </x:c>
+      <x:c r="B11" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C11" s="0">
+        <x:v>3.62</x:v>
+      </x:c>
+      <x:c r="D11" s="0">
+        <x:v>1276.212</x:v>
+      </x:c>
+      <x:c r="E11" s="0">
+        <x:v>1519.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="12" spans="1:5">
+      <x:c r="A12" s="1">
+        <x:v>45950.804224537</x:v>
+      </x:c>
+      <x:c r="B12" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C12" s="0">
+        <x:v>6.06</x:v>
+      </x:c>
+      <x:c r="D12" s="0">
+        <x:v>1387.848</x:v>
+      </x:c>
+      <x:c r="E12" s="0">
+        <x:v>1652.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="13" spans="1:5">
+      <x:c r="A13" s="1">
+        <x:v>45947.8066435185</x:v>
+      </x:c>
+      <x:c r="B13" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C13" s="0">
+        <x:v>5.51</x:v>
+      </x:c>
+      <x:c r="D13" s="0">
+        <x:v>1360.38</x:v>
+      </x:c>
+      <x:c r="E13" s="0">
+        <x:v>1619.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="14" spans="1:5">
+      <x:c r="A14" s="1">
+        <x:v>45946.8058564815</x:v>
+      </x:c>
+      <x:c r="B14" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C14" s="0">
+        <x:v>8.99</x:v>
+      </x:c>
+      <x:c r="D14" s="0">
+        <x:v>1474.284</x:v>
+      </x:c>
+      <x:c r="E14" s="0">
+        <x:v>1755.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="15" spans="1:5">
+      <x:c r="A15" s="1">
+        <x:v>45945.8045486111</x:v>
+      </x:c>
+      <x:c r="B15" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C15" s="0">
+        <x:v>7.5</x:v>
+      </x:c>
+      <x:c r="D15" s="0">
+        <x:v>1417.836</x:v>
+      </x:c>
+      <x:c r="E15" s="0">
+        <x:v>1687.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="16" spans="1:5">
+      <x:c r="A16" s="1">
+        <x:v>45944.8068518518</x:v>
+      </x:c>
+      <x:c r="B16" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C16" s="0">
+        <x:v>7.25</x:v>
+      </x:c>
+      <x:c r="D16" s="0">
+        <x:v>1408.26</x:v>
+      </x:c>
+      <x:c r="E16" s="0">
+        <x:v>1676.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="17" spans="1:5">
+      <x:c r="A17" s="1">
+        <x:v>45943.8109837963</x:v>
+      </x:c>
+      <x:c r="B17" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C17" s="0">
+        <x:v>7.6</x:v>
+      </x:c>
+      <x:c r="D17" s="0">
+        <x:v>1421.112</x:v>
+      </x:c>
+      <x:c r="E17" s="0">
+        <x:v>1691.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="18" spans="1:5">
+      <x:c r="A18" s="1">
+        <x:v>45940.8036111111</x:v>
+      </x:c>
+      <x:c r="B18" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C18" s="0">
+        <x:v>6.27</x:v>
+      </x:c>
+      <x:c r="D18" s="0">
+        <x:v>1363.32</x:v>
+      </x:c>
+      <x:c r="E18" s="0">
+        <x:v>1623</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="19" spans="1:5">
+      <x:c r="A19" s="1">
+        <x:v>45939.8053587963</x:v>
+      </x:c>
+      <x:c r="B19" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C19" s="0">
+        <x:v>6.98</x:v>
+      </x:c>
+      <x:c r="D19" s="0">
+        <x:v>1391.376</x:v>
+      </x:c>
+      <x:c r="E19" s="0">
+        <x:v>1656.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="20" spans="1:5">
+      <x:c r="A20" s="1">
+        <x:v>45938.807337963</x:v>
+      </x:c>
+      <x:c r="B20" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C20" s="0">
+        <x:v>8.03</x:v>
+      </x:c>
+      <x:c r="D20" s="0">
+        <x:v>1428.672</x:v>
+      </x:c>
+      <x:c r="E20" s="0">
+        <x:v>1700.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="21" spans="1:5">
+      <x:c r="A21" s="1">
+        <x:v>45937.8040162037</x:v>
+      </x:c>
+      <x:c r="B21" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C21" s="0">
+        <x:v>6.96</x:v>
+      </x:c>
+      <x:c r="D21" s="0">
+        <x:v>1385.832</x:v>
+      </x:c>
+      <x:c r="E21" s="0">
+        <x:v>1649.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="22" spans="1:5">
+      <x:c r="A22" s="1">
+        <x:v>45936.8055208333</x:v>
+      </x:c>
+      <x:c r="B22" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C22" s="0">
+        <x:v>7.16</x:v>
+      </x:c>
+      <x:c r="D22" s="0">
+        <x:v>1393.812</x:v>
+      </x:c>
+      <x:c r="E22" s="0">
+        <x:v>1659.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="23" spans="1:5">
+      <x:c r="A23" s="1">
+        <x:v>45933.805775463</x:v>
+      </x:c>
+      <x:c r="B23" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C23" s="0">
+        <x:v>6.81</x:v>
+      </x:c>
+      <x:c r="D23" s="0">
+        <x:v>1379.364</x:v>
+      </x:c>
+      <x:c r="E23" s="0">
+        <x:v>1642.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="24" spans="1:5">
+      <x:c r="A24" s="1">
+        <x:v>45932.8073032407</x:v>
+      </x:c>
+      <x:c r="B24" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C24" s="0">
+        <x:v>5.79</x:v>
+      </x:c>
+      <x:c r="D24" s="0">
+        <x:v>1332.24</x:v>
+      </x:c>
+      <x:c r="E24" s="0">
+        <x:v>1586</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="25" spans="1:5">
+      <x:c r="A25" s="1">
         <x:v>45931.8080555556</x:v>
       </x:c>
-      <x:c r="B5" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C5" s="0">
+      <x:c r="B25" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C25" s="0">
         <x:v>5.88</x:v>
       </x:c>
-      <x:c r="D5" s="0">
+      <x:c r="D25" s="0">
         <x:v>1336.188</x:v>
       </x:c>
-      <x:c r="E5" s="0">
+      <x:c r="E25" s="0">
         <x:v>1590.7</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>