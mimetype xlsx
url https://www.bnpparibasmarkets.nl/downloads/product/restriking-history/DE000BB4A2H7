--- v1 (2025-11-01)
+++ v2 (2026-01-27)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf302adcdd63245e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/bbc7ce5c94d240eb8ddca9442ca1b542.psmdcp" Id="Re33df89c9c484f84" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R61729f4820dd4c83" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5855f998304341f2bcfa9c5aa0104f6f.psmdcp" Id="R5fb899d0dcd348af" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>DE000BB4A2H7</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -390,471 +390,1389 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E25"/>
+  <x:dimension ref="A1:E79"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>45961.7660300926</x:v>
+        <x:v>46048.8074421296</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
-        <x:v>4.24</x:v>
+        <x:v>41.3</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>1323.336</x:v>
+        <x:v>2417.604</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>1575.4</x:v>
+        <x:v>2878.1</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>45960.7838310185</x:v>
+        <x:v>46045.8273148148</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
-        <x:v>4.82</x:v>
+        <x:v>33.08</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>1356.012</x:v>
+        <x:v>2302.692</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>1614.3</x:v>
+        <x:v>2741.3</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>45959.7635069444</x:v>
+        <x:v>46044.8044907407</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
-        <x:v>4.63</x:v>
+        <x:v>25.09</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>1344.672</x:v>
+        <x:v>2164.596</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>1600.8</x:v>
+        <x:v>2576.9</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>45958.7756018518</x:v>
+        <x:v>46043.8140046296</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
-        <x:v>4.41</x:v>
+        <x:v>21.57</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>1331.232</x:v>
+        <x:v>2096.052</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>1584.8</x:v>
+        <x:v>2495.3</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>45957.7639583333</x:v>
+        <x:v>46042.8146643518</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
-        <x:v>4.39</x:v>
+        <x:v>19.77</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>1330.14</x:v>
+        <x:v>2058.42</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>1583.5</x:v>
+        <x:v>2450.5</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>45954.8060185185</x:v>
+        <x:v>46038.8043634259</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
-        <x:v>4.66</x:v>
+        <x:v>15.52</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>1345.344</x:v>
+        <x:v>1951.068</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>1601.6</x:v>
+        <x:v>2322.7</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>45953.8040625</x:v>
+        <x:v>46037.8080324074</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
-        <x:v>4.59</x:v>
+        <x:v>18.95</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>1341.228</x:v>
+        <x:v>2024.316</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>1596.7</x:v>
+        <x:v>2409.9</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>45952.8312615741</x:v>
+        <x:v>46036.8088657407</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
-        <x:v>4.02</x:v>
+        <x:v>18.05</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>1304.1</x:v>
+        <x:v>2004.072</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>1552.5</x:v>
+        <x:v>2385.8</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>45951.8107638889</x:v>
+        <x:v>46035.8100231482</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
-        <x:v>3.62</x:v>
+        <x:v>16.89</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>1276.212</x:v>
+        <x:v>1976.772</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>1519.3</x:v>
+        <x:v>2353.3</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>45950.804224537</x:v>
+        <x:v>46034.8056944444</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C12" s="0">
-        <x:v>6.06</x:v>
+        <x:v>17.92</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>1387.848</x:v>
+        <x:v>1999.704</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>1652.2</x:v>
+        <x:v>2380.6</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>45947.8066435185</x:v>
+        <x:v>46031.8060300926</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0">
-        <x:v>5.51</x:v>
+        <x:v>15.16</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>1360.38</x:v>
+        <x:v>1929.228</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>1619.5</x:v>
+        <x:v>2296.7</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>45946.8058564815</x:v>
+        <x:v>46030.8038078704</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C14" s="0">
-        <x:v>8.99</x:v>
+        <x:v>14.25</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>1474.284</x:v>
+        <x:v>1904.7</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>1755.1</x:v>
+        <x:v>2267.5</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>45945.8045486111</x:v>
+        <x:v>46029.8142476852</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
-        <x:v>7.5</x:v>
+        <x:v>14.29</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>1417.836</x:v>
+        <x:v>1905.624</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>1687.9</x:v>
+        <x:v>2268.6</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>45944.8068518518</x:v>
+        <x:v>46028.8065625</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C16" s="0">
-        <x:v>7.25</x:v>
+        <x:v>22.86</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>1408.26</x:v>
+        <x:v>2060.016</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>1676.5</x:v>
+        <x:v>2452.4</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>45943.8109837963</x:v>
+        <x:v>46027.8038310185</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C17" s="0">
-        <x:v>7.6</x:v>
+        <x:v>16.74</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>1421.112</x:v>
+        <x:v>1919.568</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>1691.8</x:v>
+        <x:v>2285.2</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>45940.8036111111</x:v>
+        <x:v>46024.8062615741</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="0">
-        <x:v>6.27</x:v>
+        <x:v>12.44</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>1363.32</x:v>
+        <x:v>1795.08</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>1623</x:v>
+        <x:v>2137</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>45939.8053587963</x:v>
+        <x:v>46021.8068518518</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C19" s="0">
-        <x:v>6.98</x:v>
+        <x:v>16.88</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>1391.376</x:v>
+        <x:v>1894.284</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>1656.4</x:v>
+        <x:v>2255.1</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
-        <x:v>45938.807337963</x:v>
+        <x:v>46020.8076157407</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C20" s="0">
-        <x:v>8.03</x:v>
+        <x:v>13.16</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>1428.672</x:v>
+        <x:v>1793.064</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>1700.8</x:v>
+        <x:v>2134.6</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="1">
-        <x:v>45937.8040162037</x:v>
+        <x:v>46014.825474537</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C21" s="0">
-        <x:v>6.96</x:v>
+        <x:v>21.38</x:v>
       </x:c>
       <x:c r="D21" s="0">
-        <x:v>1385.832</x:v>
+        <x:v>1941.492</x:v>
       </x:c>
       <x:c r="E21" s="0">
-        <x:v>1649.8</x:v>
+        <x:v>2287.4</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="1">
-        <x:v>45936.8055208333</x:v>
+        <x:v>46013.8104513889</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C22" s="0">
-        <x:v>7.16</x:v>
+        <x:v>14.51</x:v>
       </x:c>
       <x:c r="D22" s="0">
-        <x:v>1393.812</x:v>
+        <x:v>1755.096</x:v>
       </x:c>
       <x:c r="E22" s="0">
-        <x:v>1659.3</x:v>
+        <x:v>2089.4</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="1">
-        <x:v>45933.805775463</x:v>
+        <x:v>46010.8080787037</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C23" s="0">
-        <x:v>6.81</x:v>
+        <x:v>12.35</x:v>
       </x:c>
       <x:c r="D23" s="0">
-        <x:v>1379.364</x:v>
+        <x:v>1695.624</x:v>
       </x:c>
       <x:c r="E23" s="0">
-        <x:v>1642.1</x:v>
+        <x:v>2018.6</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="1">
-        <x:v>45932.8073032407</x:v>
+        <x:v>46009.8075694444</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C24" s="0">
-        <x:v>5.79</x:v>
+        <x:v>10.77</x:v>
       </x:c>
       <x:c r="D24" s="0">
-        <x:v>1332.24</x:v>
+        <x:v>1647.156</x:v>
       </x:c>
       <x:c r="E24" s="0">
-        <x:v>1586</x:v>
+        <x:v>1960.9</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="1">
+        <x:v>46008.8042824074</x:v>
+      </x:c>
+      <x:c r="B25" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C25" s="0">
+        <x:v>10.18</x:v>
+      </x:c>
+      <x:c r="D25" s="0">
+        <x:v>1628.004</x:v>
+      </x:c>
+      <x:c r="E25" s="0">
+        <x:v>1938.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="26" spans="1:5">
+      <x:c r="A26" s="1">
+        <x:v>46007.8046296296</x:v>
+      </x:c>
+      <x:c r="B26" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C26" s="0">
+        <x:v>8.72</x:v>
+      </x:c>
+      <x:c r="D26" s="0">
+        <x:v>1575.42</x:v>
+      </x:c>
+      <x:c r="E26" s="0">
+        <x:v>1875.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="27" spans="1:5">
+      <x:c r="A27" s="1">
+        <x:v>46006.8038773148</x:v>
+      </x:c>
+      <x:c r="B27" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C27" s="0">
+        <x:v>7.5</x:v>
+      </x:c>
+      <x:c r="D27" s="0">
+        <x:v>1525.356</x:v>
+      </x:c>
+      <x:c r="E27" s="0">
+        <x:v>1815.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="28" spans="1:5">
+      <x:c r="A28" s="1">
+        <x:v>46003.8080324074</x:v>
+      </x:c>
+      <x:c r="B28" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C28" s="0">
+        <x:v>6.51</x:v>
+      </x:c>
+      <x:c r="D28" s="0">
+        <x:v>1480.5</x:v>
+      </x:c>
+      <x:c r="E28" s="0">
+        <x:v>1762.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="29" spans="1:5">
+      <x:c r="A29" s="1">
+        <x:v>46002.8086111111</x:v>
+      </x:c>
+      <x:c r="B29" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C29" s="0">
+        <x:v>5.7</x:v>
+      </x:c>
+      <x:c r="D29" s="0">
+        <x:v>1439.088</x:v>
+      </x:c>
+      <x:c r="E29" s="0">
+        <x:v>1713.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="30" spans="1:5">
+      <x:c r="A30" s="1">
+        <x:v>46001.8053472222</x:v>
+      </x:c>
+      <x:c r="B30" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C30" s="0">
+        <x:v>4.75</x:v>
+      </x:c>
+      <x:c r="D30" s="0">
+        <x:v>1383.648</x:v>
+      </x:c>
+      <x:c r="E30" s="0">
+        <x:v>1647.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="31" spans="1:5">
+      <x:c r="A31" s="1">
+        <x:v>46000.8084953704</x:v>
+      </x:c>
+      <x:c r="B31" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C31" s="0">
+        <x:v>5.63</x:v>
+      </x:c>
+      <x:c r="D31" s="0">
+        <x:v>1428.42</x:v>
+      </x:c>
+      <x:c r="E31" s="0">
+        <x:v>1700.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="32" spans="1:5">
+      <x:c r="A32" s="1">
+        <x:v>45999.8272106481</x:v>
+      </x:c>
+      <x:c r="B32" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C32" s="0">
+        <x:v>5.03</x:v>
+      </x:c>
+      <x:c r="D32" s="0">
+        <x:v>1394.736</x:v>
+      </x:c>
+      <x:c r="E32" s="0">
+        <x:v>1660.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="33" spans="1:5">
+      <x:c r="A33" s="1">
+        <x:v>45996.8218981481</x:v>
+      </x:c>
+      <x:c r="B33" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C33" s="0">
+        <x:v>5.03</x:v>
+      </x:c>
+      <x:c r="D33" s="0">
+        <x:v>1394.82</x:v>
+      </x:c>
+      <x:c r="E33" s="0">
+        <x:v>1660.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="34" spans="1:5">
+      <x:c r="A34" s="1">
+        <x:v>45995.8163078704</x:v>
+      </x:c>
+      <x:c r="B34" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C34" s="0">
+        <x:v>5.04</x:v>
+      </x:c>
+      <x:c r="D34" s="0">
+        <x:v>1394.904</x:v>
+      </x:c>
+      <x:c r="E34" s="0">
+        <x:v>1660.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="35" spans="1:5">
+      <x:c r="A35" s="1">
+        <x:v>45994.8053356481</x:v>
+      </x:c>
+      <x:c r="B35" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C35" s="0">
+        <x:v>5.07</x:v>
+      </x:c>
+      <x:c r="D35" s="0">
+        <x:v>1396.668</x:v>
+      </x:c>
+      <x:c r="E35" s="0">
+        <x:v>1662.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="36" spans="1:5">
+      <x:c r="A36" s="1">
+        <x:v>45993.8043055556</x:v>
+      </x:c>
+      <x:c r="B36" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C36" s="0">
+        <x:v>4.89</x:v>
+      </x:c>
+      <x:c r="D36" s="0">
+        <x:v>1386.168</x:v>
+      </x:c>
+      <x:c r="E36" s="0">
+        <x:v>1650.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="37" spans="1:5">
+      <x:c r="A37" s="1">
+        <x:v>45992.8056828704</x:v>
+      </x:c>
+      <x:c r="B37" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C37" s="0">
+        <x:v>5.32</x:v>
+      </x:c>
+      <x:c r="D37" s="0">
+        <x:v>1409.016</x:v>
+      </x:c>
+      <x:c r="E37" s="0">
+        <x:v>1677.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="38" spans="1:5">
+      <x:c r="A38" s="1">
+        <x:v>45989.8354861111</x:v>
+      </x:c>
+      <x:c r="B38" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C38" s="0">
+        <x:v>5.45</x:v>
+      </x:c>
+      <x:c r="D38" s="0">
+        <x:v>1415.4</x:v>
+      </x:c>
+      <x:c r="E38" s="0">
+        <x:v>1685</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="39" spans="1:5">
+      <x:c r="A39" s="1">
+        <x:v>45987.8084259259</x:v>
+      </x:c>
+      <x:c r="B39" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C39" s="0">
+        <x:v>4.15</x:v>
+      </x:c>
+      <x:c r="D39" s="0">
+        <x:v>1332.408</x:v>
+      </x:c>
+      <x:c r="E39" s="0">
+        <x:v>1586.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="40" spans="1:5">
+      <x:c r="A40" s="1">
+        <x:v>45986.804525463</x:v>
+      </x:c>
+      <x:c r="B40" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C40" s="0">
+        <x:v>3.9</x:v>
+      </x:c>
+      <x:c r="D40" s="0">
+        <x:v>1315.44</x:v>
+      </x:c>
+      <x:c r="E40" s="0">
+        <x:v>1566</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="41" spans="1:5">
+      <x:c r="A41" s="1">
+        <x:v>45985.8058912037</x:v>
+      </x:c>
+      <x:c r="B41" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C41" s="0">
+        <x:v>3.74</x:v>
+      </x:c>
+      <x:c r="D41" s="0">
+        <x:v>1304.184</x:v>
+      </x:c>
+      <x:c r="E41" s="0">
+        <x:v>1552.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="42" spans="1:5">
+      <x:c r="A42" s="1">
+        <x:v>45982.8073032407</x:v>
+      </x:c>
+      <x:c r="B42" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C42" s="0">
+        <x:v>3.43</x:v>
+      </x:c>
+      <x:c r="D42" s="0">
+        <x:v>1280.328</x:v>
+      </x:c>
+      <x:c r="E42" s="0">
+        <x:v>1524.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="43" spans="1:5">
+      <x:c r="A43" s="1">
+        <x:v>45981.8058217593</x:v>
+      </x:c>
+      <x:c r="B43" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C43" s="0">
+        <x:v>3.35</x:v>
+      </x:c>
+      <x:c r="D43" s="0">
+        <x:v>1274.448</x:v>
+      </x:c>
+      <x:c r="E43" s="0">
+        <x:v>1517.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="44" spans="1:5">
+      <x:c r="A44" s="1">
+        <x:v>45980.8060185185</x:v>
+      </x:c>
+      <x:c r="B44" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C44" s="0">
+        <x:v>3.84</x:v>
+      </x:c>
+      <x:c r="D44" s="0">
+        <x:v>1307.712</x:v>
+      </x:c>
+      <x:c r="E44" s="0">
+        <x:v>1556.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="45" spans="1:5">
+      <x:c r="A45" s="1">
+        <x:v>45979.8891898148</x:v>
+      </x:c>
+      <x:c r="B45" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C45" s="0">
+        <x:v>3.82</x:v>
+      </x:c>
+      <x:c r="D45" s="0">
+        <x:v>1306.368</x:v>
+      </x:c>
+      <x:c r="E45" s="0">
+        <x:v>1555.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="46" spans="1:5">
+      <x:c r="A46" s="1">
+        <x:v>45978.8107060185</x:v>
+      </x:c>
+      <x:c r="B46" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C46" s="0">
+        <x:v>3.83</x:v>
+      </x:c>
+      <x:c r="D46" s="0">
+        <x:v>1306.788</x:v>
+      </x:c>
+      <x:c r="E46" s="0">
+        <x:v>1555.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="47" spans="1:5">
+      <x:c r="A47" s="1">
+        <x:v>45975.8037847222</x:v>
+      </x:c>
+      <x:c r="B47" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C47" s="0">
+        <x:v>3.95</x:v>
+      </x:c>
+      <x:c r="D47" s="0">
+        <x:v>1314.768</x:v>
+      </x:c>
+      <x:c r="E47" s="0">
+        <x:v>1565.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="48" spans="1:5">
+      <x:c r="A48" s="1">
+        <x:v>45974.8036226852</x:v>
+      </x:c>
+      <x:c r="B48" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C48" s="0">
+        <x:v>4.66</x:v>
+      </x:c>
+      <x:c r="D48" s="0">
+        <x:v>1355.676</x:v>
+      </x:c>
+      <x:c r="E48" s="0">
+        <x:v>1613.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="49" spans="1:5">
+      <x:c r="A49" s="1">
+        <x:v>45973.8090277778</x:v>
+      </x:c>
+      <x:c r="B49" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C49" s="0">
+        <x:v>4.92</x:v>
+      </x:c>
+      <x:c r="D49" s="0">
+        <x:v>1370.376</x:v>
+      </x:c>
+      <x:c r="E49" s="0">
+        <x:v>1631.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="50" spans="1:5">
+      <x:c r="A50" s="1">
+        <x:v>45972.806412037</x:v>
+      </x:c>
+      <x:c r="B50" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C50" s="0">
+        <x:v>4.46</x:v>
+      </x:c>
+      <x:c r="D50" s="0">
+        <x:v>1342.572</x:v>
+      </x:c>
+      <x:c r="E50" s="0">
+        <x:v>1598.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="51" spans="1:5">
+      <x:c r="A51" s="1">
+        <x:v>45971.804375</x:v>
+      </x:c>
+      <x:c r="B51" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C51" s="0">
+        <x:v>4.49</x:v>
+      </x:c>
+      <x:c r="D51" s="0">
+        <x:v>1344.42</x:v>
+      </x:c>
+      <x:c r="E51" s="0">
+        <x:v>1600.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="52" spans="1:5">
+      <x:c r="A52" s="1">
+        <x:v>45968.8111226852</x:v>
+      </x:c>
+      <x:c r="B52" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C52" s="0">
+        <x:v>3.86</x:v>
+      </x:c>
+      <x:c r="D52" s="0">
+        <x:v>1301.244</x:v>
+      </x:c>
+      <x:c r="E52" s="0">
+        <x:v>1549.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="53" spans="1:5">
+      <x:c r="A53" s="1">
+        <x:v>45967.8042824074</x:v>
+      </x:c>
+      <x:c r="B53" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C53" s="0">
+        <x:v>3.72</x:v>
+      </x:c>
+      <x:c r="D53" s="0">
+        <x:v>1291.584</x:v>
+      </x:c>
+      <x:c r="E53" s="0">
+        <x:v>1537.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="54" spans="1:5">
+      <x:c r="A54" s="1">
+        <x:v>45966.8059953704</x:v>
+      </x:c>
+      <x:c r="B54" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C54" s="0">
+        <x:v>4.04</x:v>
+      </x:c>
+      <x:c r="D54" s="0">
+        <x:v>1312.584</x:v>
+      </x:c>
+      <x:c r="E54" s="0">
+        <x:v>1562.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="55" spans="1:5">
+      <x:c r="A55" s="1">
+        <x:v>45965.8372800926</x:v>
+      </x:c>
+      <x:c r="B55" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C55" s="0">
+        <x:v>3.9</x:v>
+      </x:c>
+      <x:c r="D55" s="0">
+        <x:v>1302.588</x:v>
+      </x:c>
+      <x:c r="E55" s="0">
+        <x:v>1550.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="56" spans="1:5">
+      <x:c r="A56" s="1">
+        <x:v>45964.8250925926</x:v>
+      </x:c>
+      <x:c r="B56" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C56" s="0">
+        <x:v>4.32</x:v>
+      </x:c>
+      <x:c r="D56" s="0">
+        <x:v>1328.376</x:v>
+      </x:c>
+      <x:c r="E56" s="0">
+        <x:v>1581.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="57" spans="1:5">
+      <x:c r="A57" s="1">
+        <x:v>45961.7660300926</x:v>
+      </x:c>
+      <x:c r="B57" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C57" s="0">
+        <x:v>4.24</x:v>
+      </x:c>
+      <x:c r="D57" s="0">
+        <x:v>1323.336</x:v>
+      </x:c>
+      <x:c r="E57" s="0">
+        <x:v>1575.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="58" spans="1:5">
+      <x:c r="A58" s="1">
+        <x:v>45960.7838310185</x:v>
+      </x:c>
+      <x:c r="B58" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C58" s="0">
+        <x:v>4.82</x:v>
+      </x:c>
+      <x:c r="D58" s="0">
+        <x:v>1356.012</x:v>
+      </x:c>
+      <x:c r="E58" s="0">
+        <x:v>1614.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="59" spans="1:5">
+      <x:c r="A59" s="1">
+        <x:v>45959.7635069444</x:v>
+      </x:c>
+      <x:c r="B59" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C59" s="0">
+        <x:v>4.63</x:v>
+      </x:c>
+      <x:c r="D59" s="0">
+        <x:v>1344.672</x:v>
+      </x:c>
+      <x:c r="E59" s="0">
+        <x:v>1600.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="60" spans="1:5">
+      <x:c r="A60" s="1">
+        <x:v>45958.7756018518</x:v>
+      </x:c>
+      <x:c r="B60" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C60" s="0">
+        <x:v>4.41</x:v>
+      </x:c>
+      <x:c r="D60" s="0">
+        <x:v>1331.232</x:v>
+      </x:c>
+      <x:c r="E60" s="0">
+        <x:v>1584.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="61" spans="1:5">
+      <x:c r="A61" s="1">
+        <x:v>45957.7639583333</x:v>
+      </x:c>
+      <x:c r="B61" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C61" s="0">
+        <x:v>4.39</x:v>
+      </x:c>
+      <x:c r="D61" s="0">
+        <x:v>1330.14</x:v>
+      </x:c>
+      <x:c r="E61" s="0">
+        <x:v>1583.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="62" spans="1:5">
+      <x:c r="A62" s="1">
+        <x:v>45954.8060185185</x:v>
+      </x:c>
+      <x:c r="B62" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C62" s="0">
+        <x:v>4.66</x:v>
+      </x:c>
+      <x:c r="D62" s="0">
+        <x:v>1345.344</x:v>
+      </x:c>
+      <x:c r="E62" s="0">
+        <x:v>1601.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="63" spans="1:5">
+      <x:c r="A63" s="1">
+        <x:v>45953.8040625</x:v>
+      </x:c>
+      <x:c r="B63" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C63" s="0">
+        <x:v>4.59</x:v>
+      </x:c>
+      <x:c r="D63" s="0">
+        <x:v>1341.228</x:v>
+      </x:c>
+      <x:c r="E63" s="0">
+        <x:v>1596.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="64" spans="1:5">
+      <x:c r="A64" s="1">
+        <x:v>45952.8312615741</x:v>
+      </x:c>
+      <x:c r="B64" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C64" s="0">
+        <x:v>4.02</x:v>
+      </x:c>
+      <x:c r="D64" s="0">
+        <x:v>1304.1</x:v>
+      </x:c>
+      <x:c r="E64" s="0">
+        <x:v>1552.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="65" spans="1:5">
+      <x:c r="A65" s="1">
+        <x:v>45951.8107638889</x:v>
+      </x:c>
+      <x:c r="B65" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C65" s="0">
+        <x:v>3.62</x:v>
+      </x:c>
+      <x:c r="D65" s="0">
+        <x:v>1276.212</x:v>
+      </x:c>
+      <x:c r="E65" s="0">
+        <x:v>1519.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="66" spans="1:5">
+      <x:c r="A66" s="1">
+        <x:v>45950.804224537</x:v>
+      </x:c>
+      <x:c r="B66" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C66" s="0">
+        <x:v>6.06</x:v>
+      </x:c>
+      <x:c r="D66" s="0">
+        <x:v>1387.848</x:v>
+      </x:c>
+      <x:c r="E66" s="0">
+        <x:v>1652.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="67" spans="1:5">
+      <x:c r="A67" s="1">
+        <x:v>45947.8066435185</x:v>
+      </x:c>
+      <x:c r="B67" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C67" s="0">
+        <x:v>5.51</x:v>
+      </x:c>
+      <x:c r="D67" s="0">
+        <x:v>1360.38</x:v>
+      </x:c>
+      <x:c r="E67" s="0">
+        <x:v>1619.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="68" spans="1:5">
+      <x:c r="A68" s="1">
+        <x:v>45946.8058564815</x:v>
+      </x:c>
+      <x:c r="B68" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C68" s="0">
+        <x:v>8.99</x:v>
+      </x:c>
+      <x:c r="D68" s="0">
+        <x:v>1474.284</x:v>
+      </x:c>
+      <x:c r="E68" s="0">
+        <x:v>1755.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="69" spans="1:5">
+      <x:c r="A69" s="1">
+        <x:v>45945.8045486111</x:v>
+      </x:c>
+      <x:c r="B69" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C69" s="0">
+        <x:v>7.5</x:v>
+      </x:c>
+      <x:c r="D69" s="0">
+        <x:v>1417.836</x:v>
+      </x:c>
+      <x:c r="E69" s="0">
+        <x:v>1687.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="70" spans="1:5">
+      <x:c r="A70" s="1">
+        <x:v>45944.8068518518</x:v>
+      </x:c>
+      <x:c r="B70" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C70" s="0">
+        <x:v>7.25</x:v>
+      </x:c>
+      <x:c r="D70" s="0">
+        <x:v>1408.26</x:v>
+      </x:c>
+      <x:c r="E70" s="0">
+        <x:v>1676.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="71" spans="1:5">
+      <x:c r="A71" s="1">
+        <x:v>45943.8109837963</x:v>
+      </x:c>
+      <x:c r="B71" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C71" s="0">
+        <x:v>7.6</x:v>
+      </x:c>
+      <x:c r="D71" s="0">
+        <x:v>1421.112</x:v>
+      </x:c>
+      <x:c r="E71" s="0">
+        <x:v>1691.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="72" spans="1:5">
+      <x:c r="A72" s="1">
+        <x:v>45940.8036111111</x:v>
+      </x:c>
+      <x:c r="B72" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C72" s="0">
+        <x:v>6.27</x:v>
+      </x:c>
+      <x:c r="D72" s="0">
+        <x:v>1363.32</x:v>
+      </x:c>
+      <x:c r="E72" s="0">
+        <x:v>1623</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="73" spans="1:5">
+      <x:c r="A73" s="1">
+        <x:v>45939.8053587963</x:v>
+      </x:c>
+      <x:c r="B73" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C73" s="0">
+        <x:v>6.98</x:v>
+      </x:c>
+      <x:c r="D73" s="0">
+        <x:v>1391.376</x:v>
+      </x:c>
+      <x:c r="E73" s="0">
+        <x:v>1656.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="74" spans="1:5">
+      <x:c r="A74" s="1">
+        <x:v>45938.807337963</x:v>
+      </x:c>
+      <x:c r="B74" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C74" s="0">
+        <x:v>8.03</x:v>
+      </x:c>
+      <x:c r="D74" s="0">
+        <x:v>1428.672</x:v>
+      </x:c>
+      <x:c r="E74" s="0">
+        <x:v>1700.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="75" spans="1:5">
+      <x:c r="A75" s="1">
+        <x:v>45937.8040162037</x:v>
+      </x:c>
+      <x:c r="B75" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C75" s="0">
+        <x:v>6.96</x:v>
+      </x:c>
+      <x:c r="D75" s="0">
+        <x:v>1385.832</x:v>
+      </x:c>
+      <x:c r="E75" s="0">
+        <x:v>1649.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="76" spans="1:5">
+      <x:c r="A76" s="1">
+        <x:v>45936.8055208333</x:v>
+      </x:c>
+      <x:c r="B76" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C76" s="0">
+        <x:v>7.16</x:v>
+      </x:c>
+      <x:c r="D76" s="0">
+        <x:v>1393.812</x:v>
+      </x:c>
+      <x:c r="E76" s="0">
+        <x:v>1659.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="77" spans="1:5">
+      <x:c r="A77" s="1">
+        <x:v>45933.805775463</x:v>
+      </x:c>
+      <x:c r="B77" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C77" s="0">
+        <x:v>6.81</x:v>
+      </x:c>
+      <x:c r="D77" s="0">
+        <x:v>1379.364</x:v>
+      </x:c>
+      <x:c r="E77" s="0">
+        <x:v>1642.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="78" spans="1:5">
+      <x:c r="A78" s="1">
+        <x:v>45932.8073032407</x:v>
+      </x:c>
+      <x:c r="B78" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C78" s="0">
+        <x:v>5.79</x:v>
+      </x:c>
+      <x:c r="D78" s="0">
+        <x:v>1332.24</x:v>
+      </x:c>
+      <x:c r="E78" s="0">
+        <x:v>1586</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="79" spans="1:5">
+      <x:c r="A79" s="1">
         <x:v>45931.8080555556</x:v>
       </x:c>
-      <x:c r="B25" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C25" s="0">
+      <x:c r="B79" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C79" s="0">
         <x:v>5.88</x:v>
       </x:c>
-      <x:c r="D25" s="0">
+      <x:c r="D79" s="0">
         <x:v>1336.188</x:v>
       </x:c>
-      <x:c r="E25" s="0">
+      <x:c r="E79" s="0">
         <x:v>1590.7</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>