--- v2 (2026-01-27)
+++ v3 (2026-03-08)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R61729f4820dd4c83" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5855f998304341f2bcfa9c5aa0104f6f.psmdcp" Id="R5fb899d0dcd348af" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9ed039a2cf33439d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a8d88287eae3417abf41280620fb35db.psmdcp" Id="R548c5a79d1d341e4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>DE000BB4A2H7</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -390,1389 +390,1882 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E79"/>
+  <x:dimension ref="A1:E108"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>46048.8074421296</x:v>
+        <x:v>46087.8108564815</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
-        <x:v>41.3</x:v>
+        <x:v>2.11</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>2417.604</x:v>
+        <x:v>1799.028</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>2878.1</x:v>
+        <x:v>2141.7</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>46045.8273148148</x:v>
+        <x:v>46086.8046759259</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
-        <x:v>33.08</x:v>
+        <x:v>2.05</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>2302.692</x:v>
+        <x:v>1788.612</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>2741.3</x:v>
+        <x:v>2129.3</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>46044.8044907407</x:v>
+        <x:v>46085.8050925926</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
-        <x:v>25.09</x:v>
+        <x:v>2.18</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>2164.596</x:v>
+        <x:v>1809.36</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>2576.9</x:v>
+        <x:v>2154</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>46043.8140046296</x:v>
+        <x:v>46084.8044444444</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
-        <x:v>21.57</x:v>
+        <x:v>1.83</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>2096.052</x:v>
+        <x:v>1743.42</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>2495.3</x:v>
+        <x:v>2075.5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>46042.8146643518</x:v>
+        <x:v>46083.8044328704</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
-        <x:v>19.77</x:v>
+        <x:v>3.79</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>2058.42</x:v>
+        <x:v>1944.516</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>2450.5</x:v>
+        <x:v>2314.9</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>46038.8043634259</x:v>
+        <x:v>46080.819837963</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
-        <x:v>15.52</x:v>
+        <x:v>4.33</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>1951.068</x:v>
+        <x:v>1993.74</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>2322.7</x:v>
+        <x:v>2373.5</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>46037.8080324074</x:v>
+        <x:v>46079.8044907407</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
-        <x:v>18.95</x:v>
+        <x:v>3.34</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>2024.316</x:v>
+        <x:v>1881.264</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>2409.9</x:v>
+        <x:v>2239.6</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>46036.8088657407</x:v>
+        <x:v>46078.8763773148</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
-        <x:v>18.05</x:v>
+        <x:v>4.16</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>2004.072</x:v>
+        <x:v>1958.628</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>2385.8</x:v>
+        <x:v>2331.7</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>46035.8100231482</x:v>
+        <x:v>46077.8047106481</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
-        <x:v>16.89</x:v>
+        <x:v>3.13</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>1976.772</x:v>
+        <x:v>1837.332</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>2353.3</x:v>
+        <x:v>2187.3</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>46034.8056944444</x:v>
+        <x:v>46076.8046296296</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C12" s="0">
-        <x:v>17.92</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>1999.704</x:v>
+        <x:v>1808.184</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>2380.6</x:v>
+        <x:v>2152.6</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>46031.8060300926</x:v>
+        <x:v>46073.8113657407</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0">
-        <x:v>15.16</x:v>
+        <x:v>3.06</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>1929.228</x:v>
+        <x:v>1827.84</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>2296.7</x:v>
+        <x:v>2176</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>46030.8038078704</x:v>
+        <x:v>46072.8044097222</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C14" s="0">
-        <x:v>14.25</x:v>
+        <x:v>2.43</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>1904.7</x:v>
+        <x:v>1737.708</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>2267.5</x:v>
+        <x:v>2068.7</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>46029.8142476852</x:v>
+        <x:v>46071.8043865741</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
-        <x:v>14.29</x:v>
+        <x:v>2.72</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>1905.624</x:v>
+        <x:v>1774.836</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>2268.6</x:v>
+        <x:v>2112.9</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>46028.8065625</x:v>
+        <x:v>46070.8044791667</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C16" s="0">
-        <x:v>22.86</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>2060.016</x:v>
+        <x:v>1695.372</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>2452.4</x:v>
+        <x:v>2018.3</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>46027.8038310185</x:v>
+        <x:v>46066.8044328704</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C17" s="0">
-        <x:v>16.74</x:v>
+        <x:v>2.57</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>1919.568</x:v>
+        <x:v>1744.764</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>2285.2</x:v>
+        <x:v>2077.1</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>46024.8062615741</x:v>
+        <x:v>46065.8044444444</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="0">
-        <x:v>12.44</x:v>
+        <x:v>2.26</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>1795.08</x:v>
+        <x:v>1698.228</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>2137</x:v>
+        <x:v>2021.7</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>46021.8068518518</x:v>
+        <x:v>46064.8044560185</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C19" s="0">
-        <x:v>16.88</x:v>
+        <x:v>3.18</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>1894.284</x:v>
+        <x:v>1802.388</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>2255.1</x:v>
+        <x:v>2145.7</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
-        <x:v>46020.8076157407</x:v>
+        <x:v>46063.8045717593</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C20" s="0">
-        <x:v>13.16</x:v>
+        <x:v>2.87</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>1793.064</x:v>
+        <x:v>1764.42</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>2134.6</x:v>
+        <x:v>2100.5</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="1">
-        <x:v>46014.825474537</x:v>
+        <x:v>46062.8049884259</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C21" s="0">
-        <x:v>21.38</x:v>
+        <x:v>2.99</x:v>
       </x:c>
       <x:c r="D21" s="0">
-        <x:v>1941.492</x:v>
+        <x:v>1777.86</x:v>
       </x:c>
       <x:c r="E21" s="0">
-        <x:v>2287.4</x:v>
+        <x:v>2116.5</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="1">
-        <x:v>46013.8104513889</x:v>
+        <x:v>46059.8747800926</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C22" s="0">
-        <x:v>14.51</x:v>
+        <x:v>2.87</x:v>
       </x:c>
       <x:c r="D22" s="0">
-        <x:v>1755.096</x:v>
+        <x:v>1763.496</x:v>
       </x:c>
       <x:c r="E22" s="0">
-        <x:v>2089.4</x:v>
+        <x:v>2099.4</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="1">
-        <x:v>46010.8080787037</x:v>
+        <x:v>46058.8046412037</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C23" s="0">
-        <x:v>12.35</x:v>
+        <x:v>2.69</x:v>
       </x:c>
       <x:c r="D23" s="0">
-        <x:v>1695.624</x:v>
+        <x:v>1739.304</x:v>
       </x:c>
       <x:c r="E23" s="0">
-        <x:v>2018.6</x:v>
+        <x:v>2070.6</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="1">
-        <x:v>46009.8075694444</x:v>
+        <x:v>46057.8043981481</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C24" s="0">
-        <x:v>10.77</x:v>
+        <x:v>3.55</x:v>
       </x:c>
       <x:c r="D24" s="0">
-        <x:v>1647.156</x:v>
+        <x:v>1828.428</x:v>
       </x:c>
       <x:c r="E24" s="0">
-        <x:v>1960.9</x:v>
+        <x:v>2176.7</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="1">
-        <x:v>46008.8042824074</x:v>
+        <x:v>46056.8044328704</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C25" s="0">
-        <x:v>10.18</x:v>
+        <x:v>3.83</x:v>
       </x:c>
       <x:c r="D25" s="0">
-        <x:v>1628.004</x:v>
+        <x:v>1855.392</x:v>
       </x:c>
       <x:c r="E25" s="0">
-        <x:v>1938.1</x:v>
+        <x:v>2208.8</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="1">
-        <x:v>46007.8046296296</x:v>
+        <x:v>46055.8168981482</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C26" s="0">
-        <x:v>8.72</x:v>
+        <x:v>3.73</x:v>
       </x:c>
       <x:c r="D26" s="0">
-        <x:v>1575.42</x:v>
+        <x:v>1767.444</x:v>
       </x:c>
       <x:c r="E26" s="0">
-        <x:v>1875.5</x:v>
+        <x:v>2104.1</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="1">
-        <x:v>46006.8038773148</x:v>
+        <x:v>46052.8046990741</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C27" s="0">
-        <x:v>7.5</x:v>
+        <x:v>3.21</x:v>
       </x:c>
       <x:c r="D27" s="0">
-        <x:v>1525.356</x:v>
+        <x:v>1782.144</x:v>
       </x:c>
       <x:c r="E27" s="0">
-        <x:v>1815.9</x:v>
+        <x:v>2121.6</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="1">
-        <x:v>46003.8080324074</x:v>
+        <x:v>46052.4478587963</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C28" s="0">
-        <x:v>6.51</x:v>
+        <x:v>15.18</x:v>
       </x:c>
       <x:c r="D28" s="0">
-        <x:v>1480.5</x:v>
+        <x:v>1847.472</x:v>
       </x:c>
       <x:c r="E28" s="0">
-        <x:v>1762.5</x:v>
+        <x:v>2199.372</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="1">
-        <x:v>46002.8086111111</x:v>
+        <x:v>46051.8047916667</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C29" s="0">
-        <x:v>5.7</x:v>
+        <x:v>19.46</x:v>
       </x:c>
       <x:c r="D29" s="0">
-        <x:v>1439.088</x:v>
+        <x:v>2199.372</x:v>
       </x:c>
       <x:c r="E29" s="0">
-        <x:v>1713.2</x:v>
+        <x:v>2618.3</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="1">
-        <x:v>46001.8053472222</x:v>
+        <x:v>46050.8052314815</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C30" s="0">
-        <x:v>4.75</x:v>
+        <x:v>19.89</x:v>
       </x:c>
       <x:c r="D30" s="0">
-        <x:v>1383.648</x:v>
+        <x:v>2208.78</x:v>
       </x:c>
       <x:c r="E30" s="0">
-        <x:v>1647.2</x:v>
+        <x:v>2629.5</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="1">
-        <x:v>46000.8084953704</x:v>
+        <x:v>46049.8064814815</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C31" s="0">
-        <x:v>5.63</x:v>
+        <x:v>16.84</x:v>
       </x:c>
       <x:c r="D31" s="0">
-        <x:v>1428.42</x:v>
+        <x:v>2131.332</x:v>
       </x:c>
       <x:c r="E31" s="0">
-        <x:v>1700.5</x:v>
+        <x:v>2537.3</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="1">
-        <x:v>45999.8272106481</x:v>
+        <x:v>46048.8074421296</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C32" s="0">
-        <x:v>5.03</x:v>
+        <x:v>41.3</x:v>
       </x:c>
       <x:c r="D32" s="0">
-        <x:v>1394.736</x:v>
+        <x:v>2417.604</x:v>
       </x:c>
       <x:c r="E32" s="0">
-        <x:v>1660.4</x:v>
+        <x:v>2878.1</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="1">
-        <x:v>45996.8218981481</x:v>
+        <x:v>46045.8273148148</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C33" s="0">
-        <x:v>5.03</x:v>
+        <x:v>33.08</x:v>
       </x:c>
       <x:c r="D33" s="0">
-        <x:v>1394.82</x:v>
+        <x:v>2302.692</x:v>
       </x:c>
       <x:c r="E33" s="0">
-        <x:v>1660.5</x:v>
+        <x:v>2741.3</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="1">
-        <x:v>45995.8163078704</x:v>
+        <x:v>46044.8044907407</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C34" s="0">
-        <x:v>5.04</x:v>
+        <x:v>25.09</x:v>
       </x:c>
       <x:c r="D34" s="0">
-        <x:v>1394.904</x:v>
+        <x:v>2164.596</x:v>
       </x:c>
       <x:c r="E34" s="0">
-        <x:v>1660.6</x:v>
+        <x:v>2576.9</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="1">
-        <x:v>45994.8053356481</x:v>
+        <x:v>46043.8140046296</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C35" s="0">
-        <x:v>5.07</x:v>
+        <x:v>21.57</x:v>
       </x:c>
       <x:c r="D35" s="0">
-        <x:v>1396.668</x:v>
+        <x:v>2096.052</x:v>
       </x:c>
       <x:c r="E35" s="0">
-        <x:v>1662.7</x:v>
+        <x:v>2495.3</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="1">
-        <x:v>45993.8043055556</x:v>
+        <x:v>46042.8146643518</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C36" s="0">
-        <x:v>4.89</x:v>
+        <x:v>19.77</x:v>
       </x:c>
       <x:c r="D36" s="0">
-        <x:v>1386.168</x:v>
+        <x:v>2058.42</x:v>
       </x:c>
       <x:c r="E36" s="0">
-        <x:v>1650.2</x:v>
+        <x:v>2450.5</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="1">
-        <x:v>45992.8056828704</x:v>
+        <x:v>46038.8043634259</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C37" s="0">
-        <x:v>5.32</x:v>
+        <x:v>15.52</x:v>
       </x:c>
       <x:c r="D37" s="0">
-        <x:v>1409.016</x:v>
+        <x:v>1951.068</x:v>
       </x:c>
       <x:c r="E37" s="0">
-        <x:v>1677.4</x:v>
+        <x:v>2322.7</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="1">
-        <x:v>45989.8354861111</x:v>
+        <x:v>46037.8080324074</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C38" s="0">
-        <x:v>5.45</x:v>
+        <x:v>18.95</x:v>
       </x:c>
       <x:c r="D38" s="0">
-        <x:v>1415.4</x:v>
+        <x:v>2024.316</x:v>
       </x:c>
       <x:c r="E38" s="0">
-        <x:v>1685</x:v>
+        <x:v>2409.9</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="1">
-        <x:v>45987.8084259259</x:v>
+        <x:v>46036.8088657407</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C39" s="0">
-        <x:v>4.15</x:v>
+        <x:v>18.05</x:v>
       </x:c>
       <x:c r="D39" s="0">
-        <x:v>1332.408</x:v>
+        <x:v>2004.072</x:v>
       </x:c>
       <x:c r="E39" s="0">
-        <x:v>1586.2</x:v>
+        <x:v>2385.8</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="1">
-        <x:v>45986.804525463</x:v>
+        <x:v>46035.8100231482</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C40" s="0">
-        <x:v>3.9</x:v>
+        <x:v>16.89</x:v>
       </x:c>
       <x:c r="D40" s="0">
-        <x:v>1315.44</x:v>
+        <x:v>1976.772</x:v>
       </x:c>
       <x:c r="E40" s="0">
-        <x:v>1566</x:v>
+        <x:v>2353.3</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="1">
-        <x:v>45985.8058912037</x:v>
+        <x:v>46034.8056944444</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C41" s="0">
-        <x:v>3.74</x:v>
+        <x:v>17.92</x:v>
       </x:c>
       <x:c r="D41" s="0">
-        <x:v>1304.184</x:v>
+        <x:v>1999.704</x:v>
       </x:c>
       <x:c r="E41" s="0">
-        <x:v>1552.6</x:v>
+        <x:v>2380.6</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="1">
-        <x:v>45982.8073032407</x:v>
+        <x:v>46031.8060300926</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C42" s="0">
-        <x:v>3.43</x:v>
+        <x:v>15.16</x:v>
       </x:c>
       <x:c r="D42" s="0">
-        <x:v>1280.328</x:v>
+        <x:v>1929.228</x:v>
       </x:c>
       <x:c r="E42" s="0">
-        <x:v>1524.2</x:v>
+        <x:v>2296.7</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="1">
-        <x:v>45981.8058217593</x:v>
+        <x:v>46030.8038078704</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C43" s="0">
-        <x:v>3.35</x:v>
+        <x:v>14.25</x:v>
       </x:c>
       <x:c r="D43" s="0">
-        <x:v>1274.448</x:v>
+        <x:v>1904.7</x:v>
       </x:c>
       <x:c r="E43" s="0">
-        <x:v>1517.2</x:v>
+        <x:v>2267.5</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="1">
-        <x:v>45980.8060185185</x:v>
+        <x:v>46029.8142476852</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C44" s="0">
-        <x:v>3.84</x:v>
+        <x:v>14.29</x:v>
       </x:c>
       <x:c r="D44" s="0">
-        <x:v>1307.712</x:v>
+        <x:v>1905.624</x:v>
       </x:c>
       <x:c r="E44" s="0">
-        <x:v>1556.8</x:v>
+        <x:v>2268.6</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="1">
-        <x:v>45979.8891898148</x:v>
+        <x:v>46028.8065625</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C45" s="0">
-        <x:v>3.82</x:v>
+        <x:v>22.86</x:v>
       </x:c>
       <x:c r="D45" s="0">
-        <x:v>1306.368</x:v>
+        <x:v>2060.016</x:v>
       </x:c>
       <x:c r="E45" s="0">
-        <x:v>1555.2</x:v>
+        <x:v>2452.4</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="1">
-        <x:v>45978.8107060185</x:v>
+        <x:v>46027.8038310185</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C46" s="0">
-        <x:v>3.83</x:v>
+        <x:v>16.74</x:v>
       </x:c>
       <x:c r="D46" s="0">
-        <x:v>1306.788</x:v>
+        <x:v>1919.568</x:v>
       </x:c>
       <x:c r="E46" s="0">
-        <x:v>1555.7</x:v>
+        <x:v>2285.2</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="1">
-        <x:v>45975.8037847222</x:v>
+        <x:v>46024.8062615741</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C47" s="0">
-        <x:v>3.95</x:v>
+        <x:v>12.44</x:v>
       </x:c>
       <x:c r="D47" s="0">
-        <x:v>1314.768</x:v>
+        <x:v>1795.08</x:v>
       </x:c>
       <x:c r="E47" s="0">
-        <x:v>1565.2</x:v>
+        <x:v>2137</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5">
       <x:c r="A48" s="1">
-        <x:v>45974.8036226852</x:v>
+        <x:v>46021.8068518518</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C48" s="0">
-        <x:v>4.66</x:v>
+        <x:v>16.88</x:v>
       </x:c>
       <x:c r="D48" s="0">
-        <x:v>1355.676</x:v>
+        <x:v>1894.284</x:v>
       </x:c>
       <x:c r="E48" s="0">
-        <x:v>1613.9</x:v>
+        <x:v>2255.1</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
       <x:c r="A49" s="1">
-        <x:v>45973.8090277778</x:v>
+        <x:v>46020.8076157407</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C49" s="0">
-        <x:v>4.92</x:v>
+        <x:v>13.16</x:v>
       </x:c>
       <x:c r="D49" s="0">
-        <x:v>1370.376</x:v>
+        <x:v>1793.064</x:v>
       </x:c>
       <x:c r="E49" s="0">
-        <x:v>1631.4</x:v>
+        <x:v>2134.6</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5">
       <x:c r="A50" s="1">
-        <x:v>45972.806412037</x:v>
+        <x:v>46014.825474537</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C50" s="0">
-        <x:v>4.46</x:v>
+        <x:v>21.38</x:v>
       </x:c>
       <x:c r="D50" s="0">
-        <x:v>1342.572</x:v>
+        <x:v>1941.492</x:v>
       </x:c>
       <x:c r="E50" s="0">
-        <x:v>1598.3</x:v>
+        <x:v>2287.4</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5">
       <x:c r="A51" s="1">
-        <x:v>45971.804375</x:v>
+        <x:v>46013.8104513889</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C51" s="0">
-        <x:v>4.49</x:v>
+        <x:v>14.51</x:v>
       </x:c>
       <x:c r="D51" s="0">
-        <x:v>1344.42</x:v>
+        <x:v>1755.096</x:v>
       </x:c>
       <x:c r="E51" s="0">
-        <x:v>1600.5</x:v>
+        <x:v>2089.4</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5">
       <x:c r="A52" s="1">
-        <x:v>45968.8111226852</x:v>
+        <x:v>46010.8080787037</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C52" s="0">
-        <x:v>3.86</x:v>
+        <x:v>12.35</x:v>
       </x:c>
       <x:c r="D52" s="0">
-        <x:v>1301.244</x:v>
+        <x:v>1695.624</x:v>
       </x:c>
       <x:c r="E52" s="0">
-        <x:v>1549.1</x:v>
+        <x:v>2018.6</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5">
       <x:c r="A53" s="1">
-        <x:v>45967.8042824074</x:v>
+        <x:v>46009.8075694444</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C53" s="0">
-        <x:v>3.72</x:v>
+        <x:v>10.77</x:v>
       </x:c>
       <x:c r="D53" s="0">
-        <x:v>1291.584</x:v>
+        <x:v>1647.156</x:v>
       </x:c>
       <x:c r="E53" s="0">
-        <x:v>1537.6</x:v>
+        <x:v>1960.9</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5">
       <x:c r="A54" s="1">
-        <x:v>45966.8059953704</x:v>
+        <x:v>46008.8042824074</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C54" s="0">
-        <x:v>4.04</x:v>
+        <x:v>10.18</x:v>
       </x:c>
       <x:c r="D54" s="0">
-        <x:v>1312.584</x:v>
+        <x:v>1628.004</x:v>
       </x:c>
       <x:c r="E54" s="0">
-        <x:v>1562.6</x:v>
+        <x:v>1938.1</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5">
       <x:c r="A55" s="1">
-        <x:v>45965.8372800926</x:v>
+        <x:v>46007.8046296296</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C55" s="0">
-        <x:v>3.9</x:v>
+        <x:v>8.72</x:v>
       </x:c>
       <x:c r="D55" s="0">
-        <x:v>1302.588</x:v>
+        <x:v>1575.42</x:v>
       </x:c>
       <x:c r="E55" s="0">
-        <x:v>1550.7</x:v>
+        <x:v>1875.5</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5">
       <x:c r="A56" s="1">
-        <x:v>45964.8250925926</x:v>
+        <x:v>46006.8038773148</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C56" s="0">
-        <x:v>4.32</x:v>
+        <x:v>7.5</x:v>
       </x:c>
       <x:c r="D56" s="0">
-        <x:v>1328.376</x:v>
+        <x:v>1525.356</x:v>
       </x:c>
       <x:c r="E56" s="0">
-        <x:v>1581.4</x:v>
+        <x:v>1815.9</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:5">
       <x:c r="A57" s="1">
-        <x:v>45961.7660300926</x:v>
+        <x:v>46003.8080324074</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C57" s="0">
-        <x:v>4.24</x:v>
+        <x:v>6.51</x:v>
       </x:c>
       <x:c r="D57" s="0">
-        <x:v>1323.336</x:v>
+        <x:v>1480.5</x:v>
       </x:c>
       <x:c r="E57" s="0">
-        <x:v>1575.4</x:v>
+        <x:v>1762.5</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:5">
       <x:c r="A58" s="1">
-        <x:v>45960.7838310185</x:v>
+        <x:v>46002.8086111111</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C58" s="0">
-        <x:v>4.82</x:v>
+        <x:v>5.7</x:v>
       </x:c>
       <x:c r="D58" s="0">
-        <x:v>1356.012</x:v>
+        <x:v>1439.088</x:v>
       </x:c>
       <x:c r="E58" s="0">
-        <x:v>1614.3</x:v>
+        <x:v>1713.2</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:5">
       <x:c r="A59" s="1">
-        <x:v>45959.7635069444</x:v>
+        <x:v>46001.8053472222</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C59" s="0">
-        <x:v>4.63</x:v>
+        <x:v>4.75</x:v>
       </x:c>
       <x:c r="D59" s="0">
-        <x:v>1344.672</x:v>
+        <x:v>1383.648</x:v>
       </x:c>
       <x:c r="E59" s="0">
-        <x:v>1600.8</x:v>
+        <x:v>1647.2</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:5">
       <x:c r="A60" s="1">
-        <x:v>45958.7756018518</x:v>
+        <x:v>46000.8084953704</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C60" s="0">
-        <x:v>4.41</x:v>
+        <x:v>5.63</x:v>
       </x:c>
       <x:c r="D60" s="0">
-        <x:v>1331.232</x:v>
+        <x:v>1428.42</x:v>
       </x:c>
       <x:c r="E60" s="0">
-        <x:v>1584.8</x:v>
+        <x:v>1700.5</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:5">
       <x:c r="A61" s="1">
-        <x:v>45957.7639583333</x:v>
+        <x:v>45999.8272106481</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C61" s="0">
-        <x:v>4.39</x:v>
+        <x:v>5.03</x:v>
       </x:c>
       <x:c r="D61" s="0">
-        <x:v>1330.14</x:v>
+        <x:v>1394.736</x:v>
       </x:c>
       <x:c r="E61" s="0">
-        <x:v>1583.5</x:v>
+        <x:v>1660.4</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:5">
       <x:c r="A62" s="1">
-        <x:v>45954.8060185185</x:v>
+        <x:v>45996.8218981481</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C62" s="0">
-        <x:v>4.66</x:v>
+        <x:v>5.03</x:v>
       </x:c>
       <x:c r="D62" s="0">
-        <x:v>1345.344</x:v>
+        <x:v>1394.82</x:v>
       </x:c>
       <x:c r="E62" s="0">
-        <x:v>1601.6</x:v>
+        <x:v>1660.5</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:5">
       <x:c r="A63" s="1">
-        <x:v>45953.8040625</x:v>
+        <x:v>45995.8163078704</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C63" s="0">
-        <x:v>4.59</x:v>
+        <x:v>5.04</x:v>
       </x:c>
       <x:c r="D63" s="0">
-        <x:v>1341.228</x:v>
+        <x:v>1394.904</x:v>
       </x:c>
       <x:c r="E63" s="0">
-        <x:v>1596.7</x:v>
+        <x:v>1660.6</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:5">
       <x:c r="A64" s="1">
-        <x:v>45952.8312615741</x:v>
+        <x:v>45994.8053356481</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C64" s="0">
-        <x:v>4.02</x:v>
+        <x:v>5.07</x:v>
       </x:c>
       <x:c r="D64" s="0">
-        <x:v>1304.1</x:v>
+        <x:v>1396.668</x:v>
       </x:c>
       <x:c r="E64" s="0">
-        <x:v>1552.5</x:v>
+        <x:v>1662.7</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:5">
       <x:c r="A65" s="1">
-        <x:v>45951.8107638889</x:v>
+        <x:v>45993.8043055556</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C65" s="0">
-        <x:v>3.62</x:v>
+        <x:v>4.89</x:v>
       </x:c>
       <x:c r="D65" s="0">
-        <x:v>1276.212</x:v>
+        <x:v>1386.168</x:v>
       </x:c>
       <x:c r="E65" s="0">
-        <x:v>1519.3</x:v>
+        <x:v>1650.2</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:5">
       <x:c r="A66" s="1">
-        <x:v>45950.804224537</x:v>
+        <x:v>45992.8056828704</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C66" s="0">
-        <x:v>6.06</x:v>
+        <x:v>5.32</x:v>
       </x:c>
       <x:c r="D66" s="0">
-        <x:v>1387.848</x:v>
+        <x:v>1409.016</x:v>
       </x:c>
       <x:c r="E66" s="0">
-        <x:v>1652.2</x:v>
+        <x:v>1677.4</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:5">
       <x:c r="A67" s="1">
-        <x:v>45947.8066435185</x:v>
+        <x:v>45989.8354861111</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C67" s="0">
-        <x:v>5.51</x:v>
+        <x:v>5.45</x:v>
       </x:c>
       <x:c r="D67" s="0">
-        <x:v>1360.38</x:v>
+        <x:v>1415.4</x:v>
       </x:c>
       <x:c r="E67" s="0">
-        <x:v>1619.5</x:v>
+        <x:v>1685</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:5">
       <x:c r="A68" s="1">
-        <x:v>45946.8058564815</x:v>
+        <x:v>45987.8084259259</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C68" s="0">
-        <x:v>8.99</x:v>
+        <x:v>4.15</x:v>
       </x:c>
       <x:c r="D68" s="0">
-        <x:v>1474.284</x:v>
+        <x:v>1332.408</x:v>
       </x:c>
       <x:c r="E68" s="0">
-        <x:v>1755.1</x:v>
+        <x:v>1586.2</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:5">
       <x:c r="A69" s="1">
-        <x:v>45945.8045486111</x:v>
+        <x:v>45986.804525463</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C69" s="0">
-        <x:v>7.5</x:v>
+        <x:v>3.9</x:v>
       </x:c>
       <x:c r="D69" s="0">
-        <x:v>1417.836</x:v>
+        <x:v>1315.44</x:v>
       </x:c>
       <x:c r="E69" s="0">
-        <x:v>1687.9</x:v>
+        <x:v>1566</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:5">
       <x:c r="A70" s="1">
-        <x:v>45944.8068518518</x:v>
+        <x:v>45985.8058912037</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C70" s="0">
-        <x:v>7.25</x:v>
+        <x:v>3.74</x:v>
       </x:c>
       <x:c r="D70" s="0">
-        <x:v>1408.26</x:v>
+        <x:v>1304.184</x:v>
       </x:c>
       <x:c r="E70" s="0">
-        <x:v>1676.5</x:v>
+        <x:v>1552.6</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:5">
       <x:c r="A71" s="1">
-        <x:v>45943.8109837963</x:v>
+        <x:v>45982.8073032407</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C71" s="0">
-        <x:v>7.6</x:v>
+        <x:v>3.43</x:v>
       </x:c>
       <x:c r="D71" s="0">
-        <x:v>1421.112</x:v>
+        <x:v>1280.328</x:v>
       </x:c>
       <x:c r="E71" s="0">
-        <x:v>1691.8</x:v>
+        <x:v>1524.2</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:5">
       <x:c r="A72" s="1">
-        <x:v>45940.8036111111</x:v>
+        <x:v>45981.8058217593</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C72" s="0">
-        <x:v>6.27</x:v>
+        <x:v>3.35</x:v>
       </x:c>
       <x:c r="D72" s="0">
-        <x:v>1363.32</x:v>
+        <x:v>1274.448</x:v>
       </x:c>
       <x:c r="E72" s="0">
-        <x:v>1623</x:v>
+        <x:v>1517.2</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:5">
       <x:c r="A73" s="1">
-        <x:v>45939.8053587963</x:v>
+        <x:v>45980.8060185185</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C73" s="0">
-        <x:v>6.98</x:v>
+        <x:v>3.84</x:v>
       </x:c>
       <x:c r="D73" s="0">
-        <x:v>1391.376</x:v>
+        <x:v>1307.712</x:v>
       </x:c>
       <x:c r="E73" s="0">
-        <x:v>1656.4</x:v>
+        <x:v>1556.8</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:5">
       <x:c r="A74" s="1">
-        <x:v>45938.807337963</x:v>
+        <x:v>45979.8891898148</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C74" s="0">
-        <x:v>8.03</x:v>
+        <x:v>3.82</x:v>
       </x:c>
       <x:c r="D74" s="0">
-        <x:v>1428.672</x:v>
+        <x:v>1306.368</x:v>
       </x:c>
       <x:c r="E74" s="0">
-        <x:v>1700.8</x:v>
+        <x:v>1555.2</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:5">
       <x:c r="A75" s="1">
-        <x:v>45937.8040162037</x:v>
+        <x:v>45978.8107060185</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C75" s="0">
-        <x:v>6.96</x:v>
+        <x:v>3.83</x:v>
       </x:c>
       <x:c r="D75" s="0">
-        <x:v>1385.832</x:v>
+        <x:v>1306.788</x:v>
       </x:c>
       <x:c r="E75" s="0">
-        <x:v>1649.8</x:v>
+        <x:v>1555.7</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:5">
       <x:c r="A76" s="1">
-        <x:v>45936.8055208333</x:v>
+        <x:v>45975.8037847222</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C76" s="0">
-        <x:v>7.16</x:v>
+        <x:v>3.95</x:v>
       </x:c>
       <x:c r="D76" s="0">
-        <x:v>1393.812</x:v>
+        <x:v>1314.768</x:v>
       </x:c>
       <x:c r="E76" s="0">
-        <x:v>1659.3</x:v>
+        <x:v>1565.2</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:5">
       <x:c r="A77" s="1">
-        <x:v>45933.805775463</x:v>
+        <x:v>45974.8036226852</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C77" s="0">
-        <x:v>6.81</x:v>
+        <x:v>4.66</x:v>
       </x:c>
       <x:c r="D77" s="0">
-        <x:v>1379.364</x:v>
+        <x:v>1355.676</x:v>
       </x:c>
       <x:c r="E77" s="0">
-        <x:v>1642.1</x:v>
+        <x:v>1613.9</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:5">
       <x:c r="A78" s="1">
-        <x:v>45932.8073032407</x:v>
+        <x:v>45973.8090277778</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C78" s="0">
-        <x:v>5.79</x:v>
+        <x:v>4.92</x:v>
       </x:c>
       <x:c r="D78" s="0">
-        <x:v>1332.24</x:v>
+        <x:v>1370.376</x:v>
       </x:c>
       <x:c r="E78" s="0">
-        <x:v>1586</x:v>
+        <x:v>1631.4</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:5">
       <x:c r="A79" s="1">
+        <x:v>45972.806412037</x:v>
+      </x:c>
+      <x:c r="B79" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C79" s="0">
+        <x:v>4.46</x:v>
+      </x:c>
+      <x:c r="D79" s="0">
+        <x:v>1342.572</x:v>
+      </x:c>
+      <x:c r="E79" s="0">
+        <x:v>1598.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="80" spans="1:5">
+      <x:c r="A80" s="1">
+        <x:v>45971.804375</x:v>
+      </x:c>
+      <x:c r="B80" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C80" s="0">
+        <x:v>4.49</x:v>
+      </x:c>
+      <x:c r="D80" s="0">
+        <x:v>1344.42</x:v>
+      </x:c>
+      <x:c r="E80" s="0">
+        <x:v>1600.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="81" spans="1:5">
+      <x:c r="A81" s="1">
+        <x:v>45968.8111226852</x:v>
+      </x:c>
+      <x:c r="B81" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C81" s="0">
+        <x:v>3.86</x:v>
+      </x:c>
+      <x:c r="D81" s="0">
+        <x:v>1301.244</x:v>
+      </x:c>
+      <x:c r="E81" s="0">
+        <x:v>1549.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="82" spans="1:5">
+      <x:c r="A82" s="1">
+        <x:v>45967.8042824074</x:v>
+      </x:c>
+      <x:c r="B82" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C82" s="0">
+        <x:v>3.72</x:v>
+      </x:c>
+      <x:c r="D82" s="0">
+        <x:v>1291.584</x:v>
+      </x:c>
+      <x:c r="E82" s="0">
+        <x:v>1537.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="83" spans="1:5">
+      <x:c r="A83" s="1">
+        <x:v>45966.8059953704</x:v>
+      </x:c>
+      <x:c r="B83" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C83" s="0">
+        <x:v>4.04</x:v>
+      </x:c>
+      <x:c r="D83" s="0">
+        <x:v>1312.584</x:v>
+      </x:c>
+      <x:c r="E83" s="0">
+        <x:v>1562.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="84" spans="1:5">
+      <x:c r="A84" s="1">
+        <x:v>45965.8372800926</x:v>
+      </x:c>
+      <x:c r="B84" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C84" s="0">
+        <x:v>3.9</x:v>
+      </x:c>
+      <x:c r="D84" s="0">
+        <x:v>1302.588</x:v>
+      </x:c>
+      <x:c r="E84" s="0">
+        <x:v>1550.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="85" spans="1:5">
+      <x:c r="A85" s="1">
+        <x:v>45964.8250925926</x:v>
+      </x:c>
+      <x:c r="B85" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C85" s="0">
+        <x:v>4.32</x:v>
+      </x:c>
+      <x:c r="D85" s="0">
+        <x:v>1328.376</x:v>
+      </x:c>
+      <x:c r="E85" s="0">
+        <x:v>1581.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="86" spans="1:5">
+      <x:c r="A86" s="1">
+        <x:v>45961.7660300926</x:v>
+      </x:c>
+      <x:c r="B86" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C86" s="0">
+        <x:v>4.24</x:v>
+      </x:c>
+      <x:c r="D86" s="0">
+        <x:v>1323.336</x:v>
+      </x:c>
+      <x:c r="E86" s="0">
+        <x:v>1575.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="87" spans="1:5">
+      <x:c r="A87" s="1">
+        <x:v>45960.7838310185</x:v>
+      </x:c>
+      <x:c r="B87" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C87" s="0">
+        <x:v>4.82</x:v>
+      </x:c>
+      <x:c r="D87" s="0">
+        <x:v>1356.012</x:v>
+      </x:c>
+      <x:c r="E87" s="0">
+        <x:v>1614.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="88" spans="1:5">
+      <x:c r="A88" s="1">
+        <x:v>45959.7635069444</x:v>
+      </x:c>
+      <x:c r="B88" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C88" s="0">
+        <x:v>4.63</x:v>
+      </x:c>
+      <x:c r="D88" s="0">
+        <x:v>1344.672</x:v>
+      </x:c>
+      <x:c r="E88" s="0">
+        <x:v>1600.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="89" spans="1:5">
+      <x:c r="A89" s="1">
+        <x:v>45958.7756018518</x:v>
+      </x:c>
+      <x:c r="B89" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C89" s="0">
+        <x:v>4.41</x:v>
+      </x:c>
+      <x:c r="D89" s="0">
+        <x:v>1331.232</x:v>
+      </x:c>
+      <x:c r="E89" s="0">
+        <x:v>1584.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="90" spans="1:5">
+      <x:c r="A90" s="1">
+        <x:v>45957.7639583333</x:v>
+      </x:c>
+      <x:c r="B90" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C90" s="0">
+        <x:v>4.39</x:v>
+      </x:c>
+      <x:c r="D90" s="0">
+        <x:v>1330.14</x:v>
+      </x:c>
+      <x:c r="E90" s="0">
+        <x:v>1583.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="91" spans="1:5">
+      <x:c r="A91" s="1">
+        <x:v>45954.8060185185</x:v>
+      </x:c>
+      <x:c r="B91" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C91" s="0">
+        <x:v>4.66</x:v>
+      </x:c>
+      <x:c r="D91" s="0">
+        <x:v>1345.344</x:v>
+      </x:c>
+      <x:c r="E91" s="0">
+        <x:v>1601.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="92" spans="1:5">
+      <x:c r="A92" s="1">
+        <x:v>45953.8040625</x:v>
+      </x:c>
+      <x:c r="B92" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C92" s="0">
+        <x:v>4.59</x:v>
+      </x:c>
+      <x:c r="D92" s="0">
+        <x:v>1341.228</x:v>
+      </x:c>
+      <x:c r="E92" s="0">
+        <x:v>1596.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="93" spans="1:5">
+      <x:c r="A93" s="1">
+        <x:v>45952.8312615741</x:v>
+      </x:c>
+      <x:c r="B93" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C93" s="0">
+        <x:v>4.02</x:v>
+      </x:c>
+      <x:c r="D93" s="0">
+        <x:v>1304.1</x:v>
+      </x:c>
+      <x:c r="E93" s="0">
+        <x:v>1552.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="94" spans="1:5">
+      <x:c r="A94" s="1">
+        <x:v>45951.8107638889</x:v>
+      </x:c>
+      <x:c r="B94" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C94" s="0">
+        <x:v>3.62</x:v>
+      </x:c>
+      <x:c r="D94" s="0">
+        <x:v>1276.212</x:v>
+      </x:c>
+      <x:c r="E94" s="0">
+        <x:v>1519.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="95" spans="1:5">
+      <x:c r="A95" s="1">
+        <x:v>45950.804224537</x:v>
+      </x:c>
+      <x:c r="B95" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C95" s="0">
+        <x:v>6.06</x:v>
+      </x:c>
+      <x:c r="D95" s="0">
+        <x:v>1387.848</x:v>
+      </x:c>
+      <x:c r="E95" s="0">
+        <x:v>1652.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="96" spans="1:5">
+      <x:c r="A96" s="1">
+        <x:v>45947.8066435185</x:v>
+      </x:c>
+      <x:c r="B96" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C96" s="0">
+        <x:v>5.51</x:v>
+      </x:c>
+      <x:c r="D96" s="0">
+        <x:v>1360.38</x:v>
+      </x:c>
+      <x:c r="E96" s="0">
+        <x:v>1619.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="97" spans="1:5">
+      <x:c r="A97" s="1">
+        <x:v>45946.8058564815</x:v>
+      </x:c>
+      <x:c r="B97" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C97" s="0">
+        <x:v>8.99</x:v>
+      </x:c>
+      <x:c r="D97" s="0">
+        <x:v>1474.284</x:v>
+      </x:c>
+      <x:c r="E97" s="0">
+        <x:v>1755.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="98" spans="1:5">
+      <x:c r="A98" s="1">
+        <x:v>45945.8045486111</x:v>
+      </x:c>
+      <x:c r="B98" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C98" s="0">
+        <x:v>7.5</x:v>
+      </x:c>
+      <x:c r="D98" s="0">
+        <x:v>1417.836</x:v>
+      </x:c>
+      <x:c r="E98" s="0">
+        <x:v>1687.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="99" spans="1:5">
+      <x:c r="A99" s="1">
+        <x:v>45944.8068518518</x:v>
+      </x:c>
+      <x:c r="B99" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C99" s="0">
+        <x:v>7.25</x:v>
+      </x:c>
+      <x:c r="D99" s="0">
+        <x:v>1408.26</x:v>
+      </x:c>
+      <x:c r="E99" s="0">
+        <x:v>1676.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="100" spans="1:5">
+      <x:c r="A100" s="1">
+        <x:v>45943.8109837963</x:v>
+      </x:c>
+      <x:c r="B100" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C100" s="0">
+        <x:v>7.6</x:v>
+      </x:c>
+      <x:c r="D100" s="0">
+        <x:v>1421.112</x:v>
+      </x:c>
+      <x:c r="E100" s="0">
+        <x:v>1691.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="101" spans="1:5">
+      <x:c r="A101" s="1">
+        <x:v>45940.8036111111</x:v>
+      </x:c>
+      <x:c r="B101" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C101" s="0">
+        <x:v>6.27</x:v>
+      </x:c>
+      <x:c r="D101" s="0">
+        <x:v>1363.32</x:v>
+      </x:c>
+      <x:c r="E101" s="0">
+        <x:v>1623</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="102" spans="1:5">
+      <x:c r="A102" s="1">
+        <x:v>45939.8053587963</x:v>
+      </x:c>
+      <x:c r="B102" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C102" s="0">
+        <x:v>6.98</x:v>
+      </x:c>
+      <x:c r="D102" s="0">
+        <x:v>1391.376</x:v>
+      </x:c>
+      <x:c r="E102" s="0">
+        <x:v>1656.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="103" spans="1:5">
+      <x:c r="A103" s="1">
+        <x:v>45938.807337963</x:v>
+      </x:c>
+      <x:c r="B103" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C103" s="0">
+        <x:v>8.03</x:v>
+      </x:c>
+      <x:c r="D103" s="0">
+        <x:v>1428.672</x:v>
+      </x:c>
+      <x:c r="E103" s="0">
+        <x:v>1700.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="104" spans="1:5">
+      <x:c r="A104" s="1">
+        <x:v>45937.8040162037</x:v>
+      </x:c>
+      <x:c r="B104" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C104" s="0">
+        <x:v>6.96</x:v>
+      </x:c>
+      <x:c r="D104" s="0">
+        <x:v>1385.832</x:v>
+      </x:c>
+      <x:c r="E104" s="0">
+        <x:v>1649.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="105" spans="1:5">
+      <x:c r="A105" s="1">
+        <x:v>45936.8055208333</x:v>
+      </x:c>
+      <x:c r="B105" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C105" s="0">
+        <x:v>7.16</x:v>
+      </x:c>
+      <x:c r="D105" s="0">
+        <x:v>1393.812</x:v>
+      </x:c>
+      <x:c r="E105" s="0">
+        <x:v>1659.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="106" spans="1:5">
+      <x:c r="A106" s="1">
+        <x:v>45933.805775463</x:v>
+      </x:c>
+      <x:c r="B106" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C106" s="0">
+        <x:v>6.81</x:v>
+      </x:c>
+      <x:c r="D106" s="0">
+        <x:v>1379.364</x:v>
+      </x:c>
+      <x:c r="E106" s="0">
+        <x:v>1642.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="107" spans="1:5">
+      <x:c r="A107" s="1">
+        <x:v>45932.8073032407</x:v>
+      </x:c>
+      <x:c r="B107" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C107" s="0">
+        <x:v>5.79</x:v>
+      </x:c>
+      <x:c r="D107" s="0">
+        <x:v>1332.24</x:v>
+      </x:c>
+      <x:c r="E107" s="0">
+        <x:v>1586</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="108" spans="1:5">
+      <x:c r="A108" s="1">
         <x:v>45931.8080555556</x:v>
       </x:c>
-      <x:c r="B79" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C79" s="0">
+      <x:c r="B108" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C108" s="0">
         <x:v>5.88</x:v>
       </x:c>
-      <x:c r="D79" s="0">
+      <x:c r="D108" s="0">
         <x:v>1336.188</x:v>
       </x:c>
-      <x:c r="E79" s="0">
+      <x:c r="E108" s="0">
         <x:v>1590.7</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>