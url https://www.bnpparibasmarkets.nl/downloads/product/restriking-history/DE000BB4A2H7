--- v3 (2026-03-08)
+++ v4 (2026-03-28)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9ed039a2cf33439d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a8d88287eae3417abf41280620fb35db.psmdcp" Id="R548c5a79d1d341e4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R04ccae224c534201" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f5cf540533b142acb2cc99ebbb28dd1e.psmdcp" Id="R67ba05bddcf14887" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>DE000BB4A2H7</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -390,1882 +390,2154 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E108"/>
+  <x:dimension ref="A1:E124"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>46087.8108564815</x:v>
+        <x:v>46108.7627430556</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
-        <x:v>2.11</x:v>
+        <x:v>0.87</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>1799.028</x:v>
+        <x:v>1585.164</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>2141.7</x:v>
+        <x:v>1887.1</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>46086.8046759259</x:v>
+        <x:v>46107.7627430556</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
-        <x:v>2.05</x:v>
+        <x:v>0.81</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>1788.612</x:v>
+        <x:v>1560.132</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>2129.3</x:v>
+        <x:v>1857.3</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>46085.8050925926</x:v>
+        <x:v>46106.7628819444</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
-        <x:v>2.18</x:v>
+        <x:v>1.04</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>1809.36</x:v>
+        <x:v>1631.952</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>2154</x:v>
+        <x:v>1942.8</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>46084.8044444444</x:v>
+        <x:v>46105.7675925926</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
-        <x:v>1.83</x:v>
+        <x:v>0.96</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>1743.42</x:v>
+        <x:v>1606.332</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>2075.5</x:v>
+        <x:v>1892.6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>46083.8044328704</x:v>
+        <x:v>46104.7627662037</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
-        <x:v>3.79</x:v>
+        <x:v>0.89</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>1944.516</x:v>
+        <x:v>1565.508</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>2314.9</x:v>
+        <x:v>1863.7</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>46080.819837963</x:v>
+        <x:v>46101.7627777778</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
-        <x:v>4.33</x:v>
+        <x:v>1.22</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>1993.74</x:v>
+        <x:v>1655.22</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>2373.5</x:v>
+        <x:v>1970.5</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>46079.8044907407</x:v>
+        <x:v>46100.7689814815</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
-        <x:v>3.34</x:v>
+        <x:v>1.15</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>1881.264</x:v>
+        <x:v>1632.708</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>2239.6</x:v>
+        <x:v>1943.7</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>46078.8763773148</x:v>
+        <x:v>46099.7627083333</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
-        <x:v>4.16</x:v>
+        <x:v>1.58</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>1958.628</x:v>
+        <x:v>1727.544</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>2331.7</x:v>
+        <x:v>2056.6</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>46077.8047106481</x:v>
+        <x:v>46098.7627546296</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
-        <x:v>3.13</x:v>
+        <x:v>1.94</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>1837.332</x:v>
+        <x:v>1794.66</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>2187.3</x:v>
+        <x:v>2136.5</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>46076.8046296296</x:v>
+        <x:v>46097.7627083333</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C12" s="0">
-        <x:v>2.9</x:v>
+        <x:v>1.77</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>1808.184</x:v>
+        <x:v>1759.716</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>2152.6</x:v>
+        <x:v>2094.9</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>46073.8113657407</x:v>
+        <x:v>46094.7626967593</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0">
-        <x:v>3.06</x:v>
+        <x:v>1.57</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>1827.84</x:v>
+        <x:v>1715.364</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>2176</x:v>
+        <x:v>2042.1</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>46072.8044097222</x:v>
+        <x:v>46093.7628819444</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C14" s="0">
-        <x:v>2.43</x:v>
+        <x:v>2.19</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>1737.708</x:v>
+        <x:v>1819.02</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>2068.7</x:v>
+        <x:v>2165.5</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>46071.8043865741</x:v>
+        <x:v>46092.7627546296</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
-        <x:v>2.72</x:v>
+        <x:v>2.41</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>1774.836</x:v>
+        <x:v>1851.612</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>2112.9</x:v>
+        <x:v>2204.3</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>46070.8044791667</x:v>
+        <x:v>46091.7627083333</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C16" s="0">
-        <x:v>2.2</x:v>
+        <x:v>2.58</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>1695.372</x:v>
+        <x:v>1876.812</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>2018.3</x:v>
+        <x:v>2234.3</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>46066.8044328704</x:v>
+        <x:v>46090.784837963</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C17" s="0">
-        <x:v>2.57</x:v>
+        <x:v>2.24</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>1744.764</x:v>
+        <x:v>1821.876</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>2077.1</x:v>
+        <x:v>2168.9</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>46065.8044444444</x:v>
+        <x:v>46090.7627314815</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="0">
-        <x:v>2.26</x:v>
+        <x:v>2.24</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>1698.228</x:v>
+        <x:v>1821.876</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>2021.7</x:v>
+        <x:v>2168.9</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>46064.8044560185</x:v>
+        <x:v>46087.8108564815</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C19" s="0">
-        <x:v>3.18</x:v>
+        <x:v>2.11</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>1802.388</x:v>
+        <x:v>1799.028</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>2145.7</x:v>
+        <x:v>2141.7</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
-        <x:v>46063.8045717593</x:v>
+        <x:v>46086.8046759259</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C20" s="0">
-        <x:v>2.87</x:v>
+        <x:v>2.05</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>1764.42</x:v>
+        <x:v>1788.612</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>2100.5</x:v>
+        <x:v>2129.3</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="1">
-        <x:v>46062.8049884259</x:v>
+        <x:v>46085.8050925926</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C21" s="0">
-        <x:v>2.99</x:v>
+        <x:v>2.18</x:v>
       </x:c>
       <x:c r="D21" s="0">
-        <x:v>1777.86</x:v>
+        <x:v>1809.36</x:v>
       </x:c>
       <x:c r="E21" s="0">
-        <x:v>2116.5</x:v>
+        <x:v>2154</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="1">
-        <x:v>46059.8747800926</x:v>
+        <x:v>46084.8044444444</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C22" s="0">
-        <x:v>2.87</x:v>
+        <x:v>1.83</x:v>
       </x:c>
       <x:c r="D22" s="0">
-        <x:v>1763.496</x:v>
+        <x:v>1743.42</x:v>
       </x:c>
       <x:c r="E22" s="0">
-        <x:v>2099.4</x:v>
+        <x:v>2075.5</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="1">
-        <x:v>46058.8046412037</x:v>
+        <x:v>46083.8044328704</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C23" s="0">
-        <x:v>2.69</x:v>
+        <x:v>3.79</x:v>
       </x:c>
       <x:c r="D23" s="0">
-        <x:v>1739.304</x:v>
+        <x:v>1944.516</x:v>
       </x:c>
       <x:c r="E23" s="0">
-        <x:v>2070.6</x:v>
+        <x:v>2314.9</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="1">
-        <x:v>46057.8043981481</x:v>
+        <x:v>46080.819837963</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C24" s="0">
-        <x:v>3.55</x:v>
+        <x:v>4.33</x:v>
       </x:c>
       <x:c r="D24" s="0">
-        <x:v>1828.428</x:v>
+        <x:v>1993.74</x:v>
       </x:c>
       <x:c r="E24" s="0">
-        <x:v>2176.7</x:v>
+        <x:v>2373.5</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="1">
-        <x:v>46056.8044328704</x:v>
+        <x:v>46079.8044907407</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C25" s="0">
-        <x:v>3.83</x:v>
+        <x:v>3.34</x:v>
       </x:c>
       <x:c r="D25" s="0">
-        <x:v>1855.392</x:v>
+        <x:v>1881.264</x:v>
       </x:c>
       <x:c r="E25" s="0">
-        <x:v>2208.8</x:v>
+        <x:v>2239.6</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="1">
-        <x:v>46055.8168981482</x:v>
+        <x:v>46078.8763773148</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C26" s="0">
-        <x:v>3.73</x:v>
+        <x:v>4.16</x:v>
       </x:c>
       <x:c r="D26" s="0">
-        <x:v>1767.444</x:v>
+        <x:v>1958.628</x:v>
       </x:c>
       <x:c r="E26" s="0">
-        <x:v>2104.1</x:v>
+        <x:v>2331.7</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="1">
-        <x:v>46052.8046990741</x:v>
+        <x:v>46077.8047106481</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C27" s="0">
-        <x:v>3.21</x:v>
+        <x:v>3.13</x:v>
       </x:c>
       <x:c r="D27" s="0">
-        <x:v>1782.144</x:v>
+        <x:v>1837.332</x:v>
       </x:c>
       <x:c r="E27" s="0">
-        <x:v>2121.6</x:v>
+        <x:v>2187.3</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="1">
-        <x:v>46052.4478587963</x:v>
+        <x:v>46076.8046296296</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C28" s="0">
-        <x:v>15.18</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="D28" s="0">
-        <x:v>1847.472</x:v>
+        <x:v>1808.184</x:v>
       </x:c>
       <x:c r="E28" s="0">
-        <x:v>2199.372</x:v>
+        <x:v>2152.6</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="1">
-        <x:v>46051.8047916667</x:v>
+        <x:v>46073.8113657407</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C29" s="0">
-        <x:v>19.46</x:v>
+        <x:v>3.06</x:v>
       </x:c>
       <x:c r="D29" s="0">
-        <x:v>2199.372</x:v>
+        <x:v>1827.84</x:v>
       </x:c>
       <x:c r="E29" s="0">
-        <x:v>2618.3</x:v>
+        <x:v>2176</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="1">
-        <x:v>46050.8052314815</x:v>
+        <x:v>46072.8044097222</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C30" s="0">
-        <x:v>19.89</x:v>
+        <x:v>2.43</x:v>
       </x:c>
       <x:c r="D30" s="0">
-        <x:v>2208.78</x:v>
+        <x:v>1737.708</x:v>
       </x:c>
       <x:c r="E30" s="0">
-        <x:v>2629.5</x:v>
+        <x:v>2068.7</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="1">
-        <x:v>46049.8064814815</x:v>
+        <x:v>46071.8043865741</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C31" s="0">
-        <x:v>16.84</x:v>
+        <x:v>2.72</x:v>
       </x:c>
       <x:c r="D31" s="0">
-        <x:v>2131.332</x:v>
+        <x:v>1774.836</x:v>
       </x:c>
       <x:c r="E31" s="0">
-        <x:v>2537.3</x:v>
+        <x:v>2112.9</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="1">
-        <x:v>46048.8074421296</x:v>
+        <x:v>46070.8044791667</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C32" s="0">
-        <x:v>41.3</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="D32" s="0">
-        <x:v>2417.604</x:v>
+        <x:v>1695.372</x:v>
       </x:c>
       <x:c r="E32" s="0">
-        <x:v>2878.1</x:v>
+        <x:v>2018.3</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="1">
-        <x:v>46045.8273148148</x:v>
+        <x:v>46066.8044328704</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C33" s="0">
-        <x:v>33.08</x:v>
+        <x:v>2.57</x:v>
       </x:c>
       <x:c r="D33" s="0">
-        <x:v>2302.692</x:v>
+        <x:v>1744.764</x:v>
       </x:c>
       <x:c r="E33" s="0">
-        <x:v>2741.3</x:v>
+        <x:v>2077.1</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="1">
-        <x:v>46044.8044907407</x:v>
+        <x:v>46065.8044444444</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C34" s="0">
-        <x:v>25.09</x:v>
+        <x:v>2.26</x:v>
       </x:c>
       <x:c r="D34" s="0">
-        <x:v>2164.596</x:v>
+        <x:v>1698.228</x:v>
       </x:c>
       <x:c r="E34" s="0">
-        <x:v>2576.9</x:v>
+        <x:v>2021.7</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="1">
-        <x:v>46043.8140046296</x:v>
+        <x:v>46064.8044560185</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C35" s="0">
-        <x:v>21.57</x:v>
+        <x:v>3.18</x:v>
       </x:c>
       <x:c r="D35" s="0">
-        <x:v>2096.052</x:v>
+        <x:v>1802.388</x:v>
       </x:c>
       <x:c r="E35" s="0">
-        <x:v>2495.3</x:v>
+        <x:v>2145.7</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="1">
-        <x:v>46042.8146643518</x:v>
+        <x:v>46063.8045717593</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C36" s="0">
-        <x:v>19.77</x:v>
+        <x:v>2.87</x:v>
       </x:c>
       <x:c r="D36" s="0">
-        <x:v>2058.42</x:v>
+        <x:v>1764.42</x:v>
       </x:c>
       <x:c r="E36" s="0">
-        <x:v>2450.5</x:v>
+        <x:v>2100.5</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="1">
-        <x:v>46038.8043634259</x:v>
+        <x:v>46062.8049884259</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C37" s="0">
-        <x:v>15.52</x:v>
+        <x:v>2.99</x:v>
       </x:c>
       <x:c r="D37" s="0">
-        <x:v>1951.068</x:v>
+        <x:v>1777.86</x:v>
       </x:c>
       <x:c r="E37" s="0">
-        <x:v>2322.7</x:v>
+        <x:v>2116.5</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="1">
-        <x:v>46037.8080324074</x:v>
+        <x:v>46059.8747800926</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C38" s="0">
-        <x:v>18.95</x:v>
+        <x:v>2.87</x:v>
       </x:c>
       <x:c r="D38" s="0">
-        <x:v>2024.316</x:v>
+        <x:v>1763.496</x:v>
       </x:c>
       <x:c r="E38" s="0">
-        <x:v>2409.9</x:v>
+        <x:v>2099.4</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="1">
-        <x:v>46036.8088657407</x:v>
+        <x:v>46058.8046412037</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C39" s="0">
-        <x:v>18.05</x:v>
+        <x:v>2.69</x:v>
       </x:c>
       <x:c r="D39" s="0">
-        <x:v>2004.072</x:v>
+        <x:v>1739.304</x:v>
       </x:c>
       <x:c r="E39" s="0">
-        <x:v>2385.8</x:v>
+        <x:v>2070.6</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="1">
-        <x:v>46035.8100231482</x:v>
+        <x:v>46057.8043981481</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C40" s="0">
-        <x:v>16.89</x:v>
+        <x:v>3.55</x:v>
       </x:c>
       <x:c r="D40" s="0">
-        <x:v>1976.772</x:v>
+        <x:v>1828.428</x:v>
       </x:c>
       <x:c r="E40" s="0">
-        <x:v>2353.3</x:v>
+        <x:v>2176.7</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="1">
-        <x:v>46034.8056944444</x:v>
+        <x:v>46056.8044328704</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C41" s="0">
-        <x:v>17.92</x:v>
+        <x:v>3.83</x:v>
       </x:c>
       <x:c r="D41" s="0">
-        <x:v>1999.704</x:v>
+        <x:v>1855.392</x:v>
       </x:c>
       <x:c r="E41" s="0">
-        <x:v>2380.6</x:v>
+        <x:v>2208.8</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="1">
-        <x:v>46031.8060300926</x:v>
+        <x:v>46055.8168981482</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C42" s="0">
-        <x:v>15.16</x:v>
+        <x:v>3.73</x:v>
       </x:c>
       <x:c r="D42" s="0">
-        <x:v>1929.228</x:v>
+        <x:v>1767.444</x:v>
       </x:c>
       <x:c r="E42" s="0">
-        <x:v>2296.7</x:v>
+        <x:v>2104.1</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="1">
-        <x:v>46030.8038078704</x:v>
+        <x:v>46052.8046990741</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C43" s="0">
-        <x:v>14.25</x:v>
+        <x:v>3.21</x:v>
       </x:c>
       <x:c r="D43" s="0">
-        <x:v>1904.7</x:v>
+        <x:v>1782.144</x:v>
       </x:c>
       <x:c r="E43" s="0">
-        <x:v>2267.5</x:v>
+        <x:v>2121.6</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="1">
-        <x:v>46029.8142476852</x:v>
+        <x:v>46052.4478587963</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C44" s="0">
-        <x:v>14.29</x:v>
+        <x:v>15.18</x:v>
       </x:c>
       <x:c r="D44" s="0">
-        <x:v>1905.624</x:v>
+        <x:v>1847.472</x:v>
       </x:c>
       <x:c r="E44" s="0">
-        <x:v>2268.6</x:v>
+        <x:v>2199.372</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="1">
-        <x:v>46028.8065625</x:v>
+        <x:v>46051.8047916667</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C45" s="0">
-        <x:v>22.86</x:v>
+        <x:v>19.46</x:v>
       </x:c>
       <x:c r="D45" s="0">
-        <x:v>2060.016</x:v>
+        <x:v>2199.372</x:v>
       </x:c>
       <x:c r="E45" s="0">
-        <x:v>2452.4</x:v>
+        <x:v>2618.3</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="1">
-        <x:v>46027.8038310185</x:v>
+        <x:v>46050.8052314815</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C46" s="0">
-        <x:v>16.74</x:v>
+        <x:v>19.89</x:v>
       </x:c>
       <x:c r="D46" s="0">
-        <x:v>1919.568</x:v>
+        <x:v>2208.78</x:v>
       </x:c>
       <x:c r="E46" s="0">
-        <x:v>2285.2</x:v>
+        <x:v>2629.5</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="1">
-        <x:v>46024.8062615741</x:v>
+        <x:v>46049.8064814815</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C47" s="0">
-        <x:v>12.44</x:v>
+        <x:v>16.84</x:v>
       </x:c>
       <x:c r="D47" s="0">
-        <x:v>1795.08</x:v>
+        <x:v>2131.332</x:v>
       </x:c>
       <x:c r="E47" s="0">
-        <x:v>2137</x:v>
+        <x:v>2537.3</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5">
       <x:c r="A48" s="1">
-        <x:v>46021.8068518518</x:v>
+        <x:v>46048.8074421296</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C48" s="0">
-        <x:v>16.88</x:v>
+        <x:v>41.3</x:v>
       </x:c>
       <x:c r="D48" s="0">
-        <x:v>1894.284</x:v>
+        <x:v>2417.604</x:v>
       </x:c>
       <x:c r="E48" s="0">
-        <x:v>2255.1</x:v>
+        <x:v>2878.1</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
       <x:c r="A49" s="1">
-        <x:v>46020.8076157407</x:v>
+        <x:v>46045.8273148148</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C49" s="0">
-        <x:v>13.16</x:v>
+        <x:v>33.08</x:v>
       </x:c>
       <x:c r="D49" s="0">
-        <x:v>1793.064</x:v>
+        <x:v>2302.692</x:v>
       </x:c>
       <x:c r="E49" s="0">
-        <x:v>2134.6</x:v>
+        <x:v>2741.3</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5">
       <x:c r="A50" s="1">
-        <x:v>46014.825474537</x:v>
+        <x:v>46044.8044907407</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C50" s="0">
-        <x:v>21.38</x:v>
+        <x:v>25.09</x:v>
       </x:c>
       <x:c r="D50" s="0">
-        <x:v>1941.492</x:v>
+        <x:v>2164.596</x:v>
       </x:c>
       <x:c r="E50" s="0">
-        <x:v>2287.4</x:v>
+        <x:v>2576.9</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5">
       <x:c r="A51" s="1">
-        <x:v>46013.8104513889</x:v>
+        <x:v>46043.8140046296</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C51" s="0">
-        <x:v>14.51</x:v>
+        <x:v>21.57</x:v>
       </x:c>
       <x:c r="D51" s="0">
-        <x:v>1755.096</x:v>
+        <x:v>2096.052</x:v>
       </x:c>
       <x:c r="E51" s="0">
-        <x:v>2089.4</x:v>
+        <x:v>2495.3</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5">
       <x:c r="A52" s="1">
-        <x:v>46010.8080787037</x:v>
+        <x:v>46042.8146643518</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C52" s="0">
-        <x:v>12.35</x:v>
+        <x:v>19.77</x:v>
       </x:c>
       <x:c r="D52" s="0">
-        <x:v>1695.624</x:v>
+        <x:v>2058.42</x:v>
       </x:c>
       <x:c r="E52" s="0">
-        <x:v>2018.6</x:v>
+        <x:v>2450.5</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5">
       <x:c r="A53" s="1">
-        <x:v>46009.8075694444</x:v>
+        <x:v>46038.8043634259</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C53" s="0">
-        <x:v>10.77</x:v>
+        <x:v>15.52</x:v>
       </x:c>
       <x:c r="D53" s="0">
-        <x:v>1647.156</x:v>
+        <x:v>1951.068</x:v>
       </x:c>
       <x:c r="E53" s="0">
-        <x:v>1960.9</x:v>
+        <x:v>2322.7</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5">
       <x:c r="A54" s="1">
-        <x:v>46008.8042824074</x:v>
+        <x:v>46037.8080324074</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C54" s="0">
-        <x:v>10.18</x:v>
+        <x:v>18.95</x:v>
       </x:c>
       <x:c r="D54" s="0">
-        <x:v>1628.004</x:v>
+        <x:v>2024.316</x:v>
       </x:c>
       <x:c r="E54" s="0">
-        <x:v>1938.1</x:v>
+        <x:v>2409.9</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5">
       <x:c r="A55" s="1">
-        <x:v>46007.8046296296</x:v>
+        <x:v>46036.8088657407</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C55" s="0">
-        <x:v>8.72</x:v>
+        <x:v>18.05</x:v>
       </x:c>
       <x:c r="D55" s="0">
-        <x:v>1575.42</x:v>
+        <x:v>2004.072</x:v>
       </x:c>
       <x:c r="E55" s="0">
-        <x:v>1875.5</x:v>
+        <x:v>2385.8</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5">
       <x:c r="A56" s="1">
-        <x:v>46006.8038773148</x:v>
+        <x:v>46035.8100231482</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C56" s="0">
-        <x:v>7.5</x:v>
+        <x:v>16.89</x:v>
       </x:c>
       <x:c r="D56" s="0">
-        <x:v>1525.356</x:v>
+        <x:v>1976.772</x:v>
       </x:c>
       <x:c r="E56" s="0">
-        <x:v>1815.9</x:v>
+        <x:v>2353.3</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:5">
       <x:c r="A57" s="1">
-        <x:v>46003.8080324074</x:v>
+        <x:v>46034.8056944444</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C57" s="0">
-        <x:v>6.51</x:v>
+        <x:v>17.92</x:v>
       </x:c>
       <x:c r="D57" s="0">
-        <x:v>1480.5</x:v>
+        <x:v>1999.704</x:v>
       </x:c>
       <x:c r="E57" s="0">
-        <x:v>1762.5</x:v>
+        <x:v>2380.6</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:5">
       <x:c r="A58" s="1">
-        <x:v>46002.8086111111</x:v>
+        <x:v>46031.8060300926</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C58" s="0">
-        <x:v>5.7</x:v>
+        <x:v>15.16</x:v>
       </x:c>
       <x:c r="D58" s="0">
-        <x:v>1439.088</x:v>
+        <x:v>1929.228</x:v>
       </x:c>
       <x:c r="E58" s="0">
-        <x:v>1713.2</x:v>
+        <x:v>2296.7</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:5">
       <x:c r="A59" s="1">
-        <x:v>46001.8053472222</x:v>
+        <x:v>46030.8038078704</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C59" s="0">
-        <x:v>4.75</x:v>
+        <x:v>14.25</x:v>
       </x:c>
       <x:c r="D59" s="0">
-        <x:v>1383.648</x:v>
+        <x:v>1904.7</x:v>
       </x:c>
       <x:c r="E59" s="0">
-        <x:v>1647.2</x:v>
+        <x:v>2267.5</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:5">
       <x:c r="A60" s="1">
-        <x:v>46000.8084953704</x:v>
+        <x:v>46029.8142476852</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C60" s="0">
-        <x:v>5.63</x:v>
+        <x:v>14.29</x:v>
       </x:c>
       <x:c r="D60" s="0">
-        <x:v>1428.42</x:v>
+        <x:v>1905.624</x:v>
       </x:c>
       <x:c r="E60" s="0">
-        <x:v>1700.5</x:v>
+        <x:v>2268.6</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:5">
       <x:c r="A61" s="1">
-        <x:v>45999.8272106481</x:v>
+        <x:v>46028.8065625</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C61" s="0">
-        <x:v>5.03</x:v>
+        <x:v>22.86</x:v>
       </x:c>
       <x:c r="D61" s="0">
-        <x:v>1394.736</x:v>
+        <x:v>2060.016</x:v>
       </x:c>
       <x:c r="E61" s="0">
-        <x:v>1660.4</x:v>
+        <x:v>2452.4</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:5">
       <x:c r="A62" s="1">
-        <x:v>45996.8218981481</x:v>
+        <x:v>46027.8038310185</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C62" s="0">
-        <x:v>5.03</x:v>
+        <x:v>16.74</x:v>
       </x:c>
       <x:c r="D62" s="0">
-        <x:v>1394.82</x:v>
+        <x:v>1919.568</x:v>
       </x:c>
       <x:c r="E62" s="0">
-        <x:v>1660.5</x:v>
+        <x:v>2285.2</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:5">
       <x:c r="A63" s="1">
-        <x:v>45995.8163078704</x:v>
+        <x:v>46024.8062615741</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C63" s="0">
-        <x:v>5.04</x:v>
+        <x:v>12.44</x:v>
       </x:c>
       <x:c r="D63" s="0">
-        <x:v>1394.904</x:v>
+        <x:v>1795.08</x:v>
       </x:c>
       <x:c r="E63" s="0">
-        <x:v>1660.6</x:v>
+        <x:v>2137</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:5">
       <x:c r="A64" s="1">
-        <x:v>45994.8053356481</x:v>
+        <x:v>46021.8068518518</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C64" s="0">
-        <x:v>5.07</x:v>
+        <x:v>16.88</x:v>
       </x:c>
       <x:c r="D64" s="0">
-        <x:v>1396.668</x:v>
+        <x:v>1894.284</x:v>
       </x:c>
       <x:c r="E64" s="0">
-        <x:v>1662.7</x:v>
+        <x:v>2255.1</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:5">
       <x:c r="A65" s="1">
-        <x:v>45993.8043055556</x:v>
+        <x:v>46020.8076157407</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C65" s="0">
-        <x:v>4.89</x:v>
+        <x:v>13.16</x:v>
       </x:c>
       <x:c r="D65" s="0">
-        <x:v>1386.168</x:v>
+        <x:v>1793.064</x:v>
       </x:c>
       <x:c r="E65" s="0">
-        <x:v>1650.2</x:v>
+        <x:v>2134.6</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:5">
       <x:c r="A66" s="1">
-        <x:v>45992.8056828704</x:v>
+        <x:v>46014.825474537</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C66" s="0">
-        <x:v>5.32</x:v>
+        <x:v>21.38</x:v>
       </x:c>
       <x:c r="D66" s="0">
-        <x:v>1409.016</x:v>
+        <x:v>1941.492</x:v>
       </x:c>
       <x:c r="E66" s="0">
-        <x:v>1677.4</x:v>
+        <x:v>2287.4</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:5">
       <x:c r="A67" s="1">
-        <x:v>45989.8354861111</x:v>
+        <x:v>46013.8104513889</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C67" s="0">
-        <x:v>5.45</x:v>
+        <x:v>14.51</x:v>
       </x:c>
       <x:c r="D67" s="0">
-        <x:v>1415.4</x:v>
+        <x:v>1755.096</x:v>
       </x:c>
       <x:c r="E67" s="0">
-        <x:v>1685</x:v>
+        <x:v>2089.4</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:5">
       <x:c r="A68" s="1">
-        <x:v>45987.8084259259</x:v>
+        <x:v>46010.8080787037</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C68" s="0">
-        <x:v>4.15</x:v>
+        <x:v>12.35</x:v>
       </x:c>
       <x:c r="D68" s="0">
-        <x:v>1332.408</x:v>
+        <x:v>1695.624</x:v>
       </x:c>
       <x:c r="E68" s="0">
-        <x:v>1586.2</x:v>
+        <x:v>2018.6</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:5">
       <x:c r="A69" s="1">
-        <x:v>45986.804525463</x:v>
+        <x:v>46009.8075694444</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C69" s="0">
-        <x:v>3.9</x:v>
+        <x:v>10.77</x:v>
       </x:c>
       <x:c r="D69" s="0">
-        <x:v>1315.44</x:v>
+        <x:v>1647.156</x:v>
       </x:c>
       <x:c r="E69" s="0">
-        <x:v>1566</x:v>
+        <x:v>1960.9</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:5">
       <x:c r="A70" s="1">
-        <x:v>45985.8058912037</x:v>
+        <x:v>46008.8042824074</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C70" s="0">
-        <x:v>3.74</x:v>
+        <x:v>10.18</x:v>
       </x:c>
       <x:c r="D70" s="0">
-        <x:v>1304.184</x:v>
+        <x:v>1628.004</x:v>
       </x:c>
       <x:c r="E70" s="0">
-        <x:v>1552.6</x:v>
+        <x:v>1938.1</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:5">
       <x:c r="A71" s="1">
-        <x:v>45982.8073032407</x:v>
+        <x:v>46007.8046296296</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C71" s="0">
-        <x:v>3.43</x:v>
+        <x:v>8.72</x:v>
       </x:c>
       <x:c r="D71" s="0">
-        <x:v>1280.328</x:v>
+        <x:v>1575.42</x:v>
       </x:c>
       <x:c r="E71" s="0">
-        <x:v>1524.2</x:v>
+        <x:v>1875.5</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:5">
       <x:c r="A72" s="1">
-        <x:v>45981.8058217593</x:v>
+        <x:v>46006.8038773148</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C72" s="0">
-        <x:v>3.35</x:v>
+        <x:v>7.5</x:v>
       </x:c>
       <x:c r="D72" s="0">
-        <x:v>1274.448</x:v>
+        <x:v>1525.356</x:v>
       </x:c>
       <x:c r="E72" s="0">
-        <x:v>1517.2</x:v>
+        <x:v>1815.9</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:5">
       <x:c r="A73" s="1">
-        <x:v>45980.8060185185</x:v>
+        <x:v>46003.8080324074</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C73" s="0">
-        <x:v>3.84</x:v>
+        <x:v>6.51</x:v>
       </x:c>
       <x:c r="D73" s="0">
-        <x:v>1307.712</x:v>
+        <x:v>1480.5</x:v>
       </x:c>
       <x:c r="E73" s="0">
-        <x:v>1556.8</x:v>
+        <x:v>1762.5</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:5">
       <x:c r="A74" s="1">
-        <x:v>45979.8891898148</x:v>
+        <x:v>46002.8086111111</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C74" s="0">
-        <x:v>3.82</x:v>
+        <x:v>5.7</x:v>
       </x:c>
       <x:c r="D74" s="0">
-        <x:v>1306.368</x:v>
+        <x:v>1439.088</x:v>
       </x:c>
       <x:c r="E74" s="0">
-        <x:v>1555.2</x:v>
+        <x:v>1713.2</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:5">
       <x:c r="A75" s="1">
-        <x:v>45978.8107060185</x:v>
+        <x:v>46001.8053472222</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C75" s="0">
-        <x:v>3.83</x:v>
+        <x:v>4.75</x:v>
       </x:c>
       <x:c r="D75" s="0">
-        <x:v>1306.788</x:v>
+        <x:v>1383.648</x:v>
       </x:c>
       <x:c r="E75" s="0">
-        <x:v>1555.7</x:v>
+        <x:v>1647.2</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:5">
       <x:c r="A76" s="1">
-        <x:v>45975.8037847222</x:v>
+        <x:v>46000.8084953704</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C76" s="0">
-        <x:v>3.95</x:v>
+        <x:v>5.63</x:v>
       </x:c>
       <x:c r="D76" s="0">
-        <x:v>1314.768</x:v>
+        <x:v>1428.42</x:v>
       </x:c>
       <x:c r="E76" s="0">
-        <x:v>1565.2</x:v>
+        <x:v>1700.5</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:5">
       <x:c r="A77" s="1">
-        <x:v>45974.8036226852</x:v>
+        <x:v>45999.8272106481</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C77" s="0">
-        <x:v>4.66</x:v>
+        <x:v>5.03</x:v>
       </x:c>
       <x:c r="D77" s="0">
-        <x:v>1355.676</x:v>
+        <x:v>1394.736</x:v>
       </x:c>
       <x:c r="E77" s="0">
-        <x:v>1613.9</x:v>
+        <x:v>1660.4</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:5">
       <x:c r="A78" s="1">
-        <x:v>45973.8090277778</x:v>
+        <x:v>45996.8218981481</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C78" s="0">
-        <x:v>4.92</x:v>
+        <x:v>5.03</x:v>
       </x:c>
       <x:c r="D78" s="0">
-        <x:v>1370.376</x:v>
+        <x:v>1394.82</x:v>
       </x:c>
       <x:c r="E78" s="0">
-        <x:v>1631.4</x:v>
+        <x:v>1660.5</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:5">
       <x:c r="A79" s="1">
-        <x:v>45972.806412037</x:v>
+        <x:v>45995.8163078704</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C79" s="0">
-        <x:v>4.46</x:v>
+        <x:v>5.04</x:v>
       </x:c>
       <x:c r="D79" s="0">
-        <x:v>1342.572</x:v>
+        <x:v>1394.904</x:v>
       </x:c>
       <x:c r="E79" s="0">
-        <x:v>1598.3</x:v>
+        <x:v>1660.6</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:5">
       <x:c r="A80" s="1">
-        <x:v>45971.804375</x:v>
+        <x:v>45994.8053356481</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C80" s="0">
-        <x:v>4.49</x:v>
+        <x:v>5.07</x:v>
       </x:c>
       <x:c r="D80" s="0">
-        <x:v>1344.42</x:v>
+        <x:v>1396.668</x:v>
       </x:c>
       <x:c r="E80" s="0">
-        <x:v>1600.5</x:v>
+        <x:v>1662.7</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:5">
       <x:c r="A81" s="1">
-        <x:v>45968.8111226852</x:v>
+        <x:v>45993.8043055556</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C81" s="0">
-        <x:v>3.86</x:v>
+        <x:v>4.89</x:v>
       </x:c>
       <x:c r="D81" s="0">
-        <x:v>1301.244</x:v>
+        <x:v>1386.168</x:v>
       </x:c>
       <x:c r="E81" s="0">
-        <x:v>1549.1</x:v>
+        <x:v>1650.2</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:5">
       <x:c r="A82" s="1">
-        <x:v>45967.8042824074</x:v>
+        <x:v>45992.8056828704</x:v>
       </x:c>
       <x:c r="B82" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C82" s="0">
-        <x:v>3.72</x:v>
+        <x:v>5.32</x:v>
       </x:c>
       <x:c r="D82" s="0">
-        <x:v>1291.584</x:v>
+        <x:v>1409.016</x:v>
       </x:c>
       <x:c r="E82" s="0">
-        <x:v>1537.6</x:v>
+        <x:v>1677.4</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:5">
       <x:c r="A83" s="1">
-        <x:v>45966.8059953704</x:v>
+        <x:v>45989.8354861111</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C83" s="0">
-        <x:v>4.04</x:v>
+        <x:v>5.45</x:v>
       </x:c>
       <x:c r="D83" s="0">
-        <x:v>1312.584</x:v>
+        <x:v>1415.4</x:v>
       </x:c>
       <x:c r="E83" s="0">
-        <x:v>1562.6</x:v>
+        <x:v>1685</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:5">
       <x:c r="A84" s="1">
-        <x:v>45965.8372800926</x:v>
+        <x:v>45987.8084259259</x:v>
       </x:c>
       <x:c r="B84" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C84" s="0">
-        <x:v>3.9</x:v>
+        <x:v>4.15</x:v>
       </x:c>
       <x:c r="D84" s="0">
-        <x:v>1302.588</x:v>
+        <x:v>1332.408</x:v>
       </x:c>
       <x:c r="E84" s="0">
-        <x:v>1550.7</x:v>
+        <x:v>1586.2</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:5">
       <x:c r="A85" s="1">
-        <x:v>45964.8250925926</x:v>
+        <x:v>45986.804525463</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C85" s="0">
-        <x:v>4.32</x:v>
+        <x:v>3.9</x:v>
       </x:c>
       <x:c r="D85" s="0">
-        <x:v>1328.376</x:v>
+        <x:v>1315.44</x:v>
       </x:c>
       <x:c r="E85" s="0">
-        <x:v>1581.4</x:v>
+        <x:v>1566</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:5">
       <x:c r="A86" s="1">
-        <x:v>45961.7660300926</x:v>
+        <x:v>45985.8058912037</x:v>
       </x:c>
       <x:c r="B86" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C86" s="0">
-        <x:v>4.24</x:v>
+        <x:v>3.74</x:v>
       </x:c>
       <x:c r="D86" s="0">
-        <x:v>1323.336</x:v>
+        <x:v>1304.184</x:v>
       </x:c>
       <x:c r="E86" s="0">
-        <x:v>1575.4</x:v>
+        <x:v>1552.6</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:5">
       <x:c r="A87" s="1">
-        <x:v>45960.7838310185</x:v>
+        <x:v>45982.8073032407</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C87" s="0">
-        <x:v>4.82</x:v>
+        <x:v>3.43</x:v>
       </x:c>
       <x:c r="D87" s="0">
-        <x:v>1356.012</x:v>
+        <x:v>1280.328</x:v>
       </x:c>
       <x:c r="E87" s="0">
-        <x:v>1614.3</x:v>
+        <x:v>1524.2</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:5">
       <x:c r="A88" s="1">
-        <x:v>45959.7635069444</x:v>
+        <x:v>45981.8058217593</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C88" s="0">
-        <x:v>4.63</x:v>
+        <x:v>3.35</x:v>
       </x:c>
       <x:c r="D88" s="0">
-        <x:v>1344.672</x:v>
+        <x:v>1274.448</x:v>
       </x:c>
       <x:c r="E88" s="0">
-        <x:v>1600.8</x:v>
+        <x:v>1517.2</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:5">
       <x:c r="A89" s="1">
-        <x:v>45958.7756018518</x:v>
+        <x:v>45980.8060185185</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C89" s="0">
-        <x:v>4.41</x:v>
+        <x:v>3.84</x:v>
       </x:c>
       <x:c r="D89" s="0">
-        <x:v>1331.232</x:v>
+        <x:v>1307.712</x:v>
       </x:c>
       <x:c r="E89" s="0">
-        <x:v>1584.8</x:v>
+        <x:v>1556.8</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:5">
       <x:c r="A90" s="1">
-        <x:v>45957.7639583333</x:v>
+        <x:v>45979.8891898148</x:v>
       </x:c>
       <x:c r="B90" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C90" s="0">
-        <x:v>4.39</x:v>
+        <x:v>3.82</x:v>
       </x:c>
       <x:c r="D90" s="0">
-        <x:v>1330.14</x:v>
+        <x:v>1306.368</x:v>
       </x:c>
       <x:c r="E90" s="0">
-        <x:v>1583.5</x:v>
+        <x:v>1555.2</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:5">
       <x:c r="A91" s="1">
-        <x:v>45954.8060185185</x:v>
+        <x:v>45978.8107060185</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C91" s="0">
-        <x:v>4.66</x:v>
+        <x:v>3.83</x:v>
       </x:c>
       <x:c r="D91" s="0">
-        <x:v>1345.344</x:v>
+        <x:v>1306.788</x:v>
       </x:c>
       <x:c r="E91" s="0">
-        <x:v>1601.6</x:v>
+        <x:v>1555.7</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:5">
       <x:c r="A92" s="1">
-        <x:v>45953.8040625</x:v>
+        <x:v>45975.8037847222</x:v>
       </x:c>
       <x:c r="B92" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C92" s="0">
-        <x:v>4.59</x:v>
+        <x:v>3.95</x:v>
       </x:c>
       <x:c r="D92" s="0">
-        <x:v>1341.228</x:v>
+        <x:v>1314.768</x:v>
       </x:c>
       <x:c r="E92" s="0">
-        <x:v>1596.7</x:v>
+        <x:v>1565.2</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:5">
       <x:c r="A93" s="1">
-        <x:v>45952.8312615741</x:v>
+        <x:v>45974.8036226852</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C93" s="0">
-        <x:v>4.02</x:v>
+        <x:v>4.66</x:v>
       </x:c>
       <x:c r="D93" s="0">
-        <x:v>1304.1</x:v>
+        <x:v>1355.676</x:v>
       </x:c>
       <x:c r="E93" s="0">
-        <x:v>1552.5</x:v>
+        <x:v>1613.9</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:5">
       <x:c r="A94" s="1">
-        <x:v>45951.8107638889</x:v>
+        <x:v>45973.8090277778</x:v>
       </x:c>
       <x:c r="B94" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C94" s="0">
-        <x:v>3.62</x:v>
+        <x:v>4.92</x:v>
       </x:c>
       <x:c r="D94" s="0">
-        <x:v>1276.212</x:v>
+        <x:v>1370.376</x:v>
       </x:c>
       <x:c r="E94" s="0">
-        <x:v>1519.3</x:v>
+        <x:v>1631.4</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:5">
       <x:c r="A95" s="1">
-        <x:v>45950.804224537</x:v>
+        <x:v>45972.806412037</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C95" s="0">
-        <x:v>6.06</x:v>
+        <x:v>4.46</x:v>
       </x:c>
       <x:c r="D95" s="0">
-        <x:v>1387.848</x:v>
+        <x:v>1342.572</x:v>
       </x:c>
       <x:c r="E95" s="0">
-        <x:v>1652.2</x:v>
+        <x:v>1598.3</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:5">
       <x:c r="A96" s="1">
-        <x:v>45947.8066435185</x:v>
+        <x:v>45971.804375</x:v>
       </x:c>
       <x:c r="B96" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C96" s="0">
-        <x:v>5.51</x:v>
+        <x:v>4.49</x:v>
       </x:c>
       <x:c r="D96" s="0">
-        <x:v>1360.38</x:v>
+        <x:v>1344.42</x:v>
       </x:c>
       <x:c r="E96" s="0">
-        <x:v>1619.5</x:v>
+        <x:v>1600.5</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:5">
       <x:c r="A97" s="1">
-        <x:v>45946.8058564815</x:v>
+        <x:v>45968.8111226852</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C97" s="0">
-        <x:v>8.99</x:v>
+        <x:v>3.86</x:v>
       </x:c>
       <x:c r="D97" s="0">
-        <x:v>1474.284</x:v>
+        <x:v>1301.244</x:v>
       </x:c>
       <x:c r="E97" s="0">
-        <x:v>1755.1</x:v>
+        <x:v>1549.1</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:5">
       <x:c r="A98" s="1">
-        <x:v>45945.8045486111</x:v>
+        <x:v>45967.8042824074</x:v>
       </x:c>
       <x:c r="B98" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C98" s="0">
-        <x:v>7.5</x:v>
+        <x:v>3.72</x:v>
       </x:c>
       <x:c r="D98" s="0">
-        <x:v>1417.836</x:v>
+        <x:v>1291.584</x:v>
       </x:c>
       <x:c r="E98" s="0">
-        <x:v>1687.9</x:v>
+        <x:v>1537.6</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:5">
       <x:c r="A99" s="1">
-        <x:v>45944.8068518518</x:v>
+        <x:v>45966.8059953704</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C99" s="0">
-        <x:v>7.25</x:v>
+        <x:v>4.04</x:v>
       </x:c>
       <x:c r="D99" s="0">
-        <x:v>1408.26</x:v>
+        <x:v>1312.584</x:v>
       </x:c>
       <x:c r="E99" s="0">
-        <x:v>1676.5</x:v>
+        <x:v>1562.6</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:5">
       <x:c r="A100" s="1">
-        <x:v>45943.8109837963</x:v>
+        <x:v>45965.8372800926</x:v>
       </x:c>
       <x:c r="B100" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C100" s="0">
-        <x:v>7.6</x:v>
+        <x:v>3.9</x:v>
       </x:c>
       <x:c r="D100" s="0">
-        <x:v>1421.112</x:v>
+        <x:v>1302.588</x:v>
       </x:c>
       <x:c r="E100" s="0">
-        <x:v>1691.8</x:v>
+        <x:v>1550.7</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:5">
       <x:c r="A101" s="1">
-        <x:v>45940.8036111111</x:v>
+        <x:v>45964.8250925926</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C101" s="0">
-        <x:v>6.27</x:v>
+        <x:v>4.32</x:v>
       </x:c>
       <x:c r="D101" s="0">
-        <x:v>1363.32</x:v>
+        <x:v>1328.376</x:v>
       </x:c>
       <x:c r="E101" s="0">
-        <x:v>1623</x:v>
+        <x:v>1581.4</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:5">
       <x:c r="A102" s="1">
-        <x:v>45939.8053587963</x:v>
+        <x:v>45961.7660300926</x:v>
       </x:c>
       <x:c r="B102" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C102" s="0">
-        <x:v>6.98</x:v>
+        <x:v>4.24</x:v>
       </x:c>
       <x:c r="D102" s="0">
-        <x:v>1391.376</x:v>
+        <x:v>1323.336</x:v>
       </x:c>
       <x:c r="E102" s="0">
-        <x:v>1656.4</x:v>
+        <x:v>1575.4</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:5">
       <x:c r="A103" s="1">
-        <x:v>45938.807337963</x:v>
+        <x:v>45960.7838310185</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C103" s="0">
-        <x:v>8.03</x:v>
+        <x:v>4.82</x:v>
       </x:c>
       <x:c r="D103" s="0">
-        <x:v>1428.672</x:v>
+        <x:v>1356.012</x:v>
       </x:c>
       <x:c r="E103" s="0">
-        <x:v>1700.8</x:v>
+        <x:v>1614.3</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:5">
       <x:c r="A104" s="1">
-        <x:v>45937.8040162037</x:v>
+        <x:v>45959.7635069444</x:v>
       </x:c>
       <x:c r="B104" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C104" s="0">
-        <x:v>6.96</x:v>
+        <x:v>4.63</x:v>
       </x:c>
       <x:c r="D104" s="0">
-        <x:v>1385.832</x:v>
+        <x:v>1344.672</x:v>
       </x:c>
       <x:c r="E104" s="0">
-        <x:v>1649.8</x:v>
+        <x:v>1600.8</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:5">
       <x:c r="A105" s="1">
-        <x:v>45936.8055208333</x:v>
+        <x:v>45958.7756018518</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C105" s="0">
-        <x:v>7.16</x:v>
+        <x:v>4.41</x:v>
       </x:c>
       <x:c r="D105" s="0">
-        <x:v>1393.812</x:v>
+        <x:v>1331.232</x:v>
       </x:c>
       <x:c r="E105" s="0">
-        <x:v>1659.3</x:v>
+        <x:v>1584.8</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:5">
       <x:c r="A106" s="1">
-        <x:v>45933.805775463</x:v>
+        <x:v>45957.7639583333</x:v>
       </x:c>
       <x:c r="B106" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C106" s="0">
-        <x:v>6.81</x:v>
+        <x:v>4.39</x:v>
       </x:c>
       <x:c r="D106" s="0">
-        <x:v>1379.364</x:v>
+        <x:v>1330.14</x:v>
       </x:c>
       <x:c r="E106" s="0">
-        <x:v>1642.1</x:v>
+        <x:v>1583.5</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:5">
       <x:c r="A107" s="1">
-        <x:v>45932.8073032407</x:v>
+        <x:v>45954.8060185185</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C107" s="0">
-        <x:v>5.79</x:v>
+        <x:v>4.66</x:v>
       </x:c>
       <x:c r="D107" s="0">
-        <x:v>1332.24</x:v>
+        <x:v>1345.344</x:v>
       </x:c>
       <x:c r="E107" s="0">
-        <x:v>1586</x:v>
+        <x:v>1601.6</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:5">
       <x:c r="A108" s="1">
+        <x:v>45953.8040625</x:v>
+      </x:c>
+      <x:c r="B108" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C108" s="0">
+        <x:v>4.59</x:v>
+      </x:c>
+      <x:c r="D108" s="0">
+        <x:v>1341.228</x:v>
+      </x:c>
+      <x:c r="E108" s="0">
+        <x:v>1596.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="109" spans="1:5">
+      <x:c r="A109" s="1">
+        <x:v>45952.8312615741</x:v>
+      </x:c>
+      <x:c r="B109" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C109" s="0">
+        <x:v>4.02</x:v>
+      </x:c>
+      <x:c r="D109" s="0">
+        <x:v>1304.1</x:v>
+      </x:c>
+      <x:c r="E109" s="0">
+        <x:v>1552.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="110" spans="1:5">
+      <x:c r="A110" s="1">
+        <x:v>45951.8107638889</x:v>
+      </x:c>
+      <x:c r="B110" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C110" s="0">
+        <x:v>3.62</x:v>
+      </x:c>
+      <x:c r="D110" s="0">
+        <x:v>1276.212</x:v>
+      </x:c>
+      <x:c r="E110" s="0">
+        <x:v>1519.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="111" spans="1:5">
+      <x:c r="A111" s="1">
+        <x:v>45950.804224537</x:v>
+      </x:c>
+      <x:c r="B111" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C111" s="0">
+        <x:v>6.06</x:v>
+      </x:c>
+      <x:c r="D111" s="0">
+        <x:v>1387.848</x:v>
+      </x:c>
+      <x:c r="E111" s="0">
+        <x:v>1652.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="112" spans="1:5">
+      <x:c r="A112" s="1">
+        <x:v>45947.8066435185</x:v>
+      </x:c>
+      <x:c r="B112" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C112" s="0">
+        <x:v>5.51</x:v>
+      </x:c>
+      <x:c r="D112" s="0">
+        <x:v>1360.38</x:v>
+      </x:c>
+      <x:c r="E112" s="0">
+        <x:v>1619.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="113" spans="1:5">
+      <x:c r="A113" s="1">
+        <x:v>45946.8058564815</x:v>
+      </x:c>
+      <x:c r="B113" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C113" s="0">
+        <x:v>8.99</x:v>
+      </x:c>
+      <x:c r="D113" s="0">
+        <x:v>1474.284</x:v>
+      </x:c>
+      <x:c r="E113" s="0">
+        <x:v>1755.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="114" spans="1:5">
+      <x:c r="A114" s="1">
+        <x:v>45945.8045486111</x:v>
+      </x:c>
+      <x:c r="B114" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C114" s="0">
+        <x:v>7.5</x:v>
+      </x:c>
+      <x:c r="D114" s="0">
+        <x:v>1417.836</x:v>
+      </x:c>
+      <x:c r="E114" s="0">
+        <x:v>1687.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="115" spans="1:5">
+      <x:c r="A115" s="1">
+        <x:v>45944.8068518518</x:v>
+      </x:c>
+      <x:c r="B115" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C115" s="0">
+        <x:v>7.25</x:v>
+      </x:c>
+      <x:c r="D115" s="0">
+        <x:v>1408.26</x:v>
+      </x:c>
+      <x:c r="E115" s="0">
+        <x:v>1676.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="116" spans="1:5">
+      <x:c r="A116" s="1">
+        <x:v>45943.8109837963</x:v>
+      </x:c>
+      <x:c r="B116" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C116" s="0">
+        <x:v>7.6</x:v>
+      </x:c>
+      <x:c r="D116" s="0">
+        <x:v>1421.112</x:v>
+      </x:c>
+      <x:c r="E116" s="0">
+        <x:v>1691.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="117" spans="1:5">
+      <x:c r="A117" s="1">
+        <x:v>45940.8036111111</x:v>
+      </x:c>
+      <x:c r="B117" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C117" s="0">
+        <x:v>6.27</x:v>
+      </x:c>
+      <x:c r="D117" s="0">
+        <x:v>1363.32</x:v>
+      </x:c>
+      <x:c r="E117" s="0">
+        <x:v>1623</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="118" spans="1:5">
+      <x:c r="A118" s="1">
+        <x:v>45939.8053587963</x:v>
+      </x:c>
+      <x:c r="B118" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C118" s="0">
+        <x:v>6.98</x:v>
+      </x:c>
+      <x:c r="D118" s="0">
+        <x:v>1391.376</x:v>
+      </x:c>
+      <x:c r="E118" s="0">
+        <x:v>1656.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="119" spans="1:5">
+      <x:c r="A119" s="1">
+        <x:v>45938.807337963</x:v>
+      </x:c>
+      <x:c r="B119" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C119" s="0">
+        <x:v>8.03</x:v>
+      </x:c>
+      <x:c r="D119" s="0">
+        <x:v>1428.672</x:v>
+      </x:c>
+      <x:c r="E119" s="0">
+        <x:v>1700.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="120" spans="1:5">
+      <x:c r="A120" s="1">
+        <x:v>45937.8040162037</x:v>
+      </x:c>
+      <x:c r="B120" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C120" s="0">
+        <x:v>6.96</x:v>
+      </x:c>
+      <x:c r="D120" s="0">
+        <x:v>1385.832</x:v>
+      </x:c>
+      <x:c r="E120" s="0">
+        <x:v>1649.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="121" spans="1:5">
+      <x:c r="A121" s="1">
+        <x:v>45936.8055208333</x:v>
+      </x:c>
+      <x:c r="B121" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C121" s="0">
+        <x:v>7.16</x:v>
+      </x:c>
+      <x:c r="D121" s="0">
+        <x:v>1393.812</x:v>
+      </x:c>
+      <x:c r="E121" s="0">
+        <x:v>1659.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="122" spans="1:5">
+      <x:c r="A122" s="1">
+        <x:v>45933.805775463</x:v>
+      </x:c>
+      <x:c r="B122" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C122" s="0">
+        <x:v>6.81</x:v>
+      </x:c>
+      <x:c r="D122" s="0">
+        <x:v>1379.364</x:v>
+      </x:c>
+      <x:c r="E122" s="0">
+        <x:v>1642.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="123" spans="1:5">
+      <x:c r="A123" s="1">
+        <x:v>45932.8073032407</x:v>
+      </x:c>
+      <x:c r="B123" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C123" s="0">
+        <x:v>5.79</x:v>
+      </x:c>
+      <x:c r="D123" s="0">
+        <x:v>1332.24</x:v>
+      </x:c>
+      <x:c r="E123" s="0">
+        <x:v>1586</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="124" spans="1:5">
+      <x:c r="A124" s="1">
         <x:v>45931.8080555556</x:v>
       </x:c>
-      <x:c r="B108" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C108" s="0">
+      <x:c r="B124" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C124" s="0">
         <x:v>5.88</x:v>
       </x:c>
-      <x:c r="D108" s="0">
+      <x:c r="D124" s="0">
         <x:v>1336.188</x:v>
       </x:c>
-      <x:c r="E108" s="0">
+      <x:c r="E124" s="0">
         <x:v>1590.7</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>