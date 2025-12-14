--- v0 (2025-10-19)
+++ v1 (2025-12-14)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R99f22465450d4898" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3d54939e82404ff4bb3faae7938490bf.psmdcp" Id="R65d006f699e346d7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra9482caef5584404" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/010324b7548b4a129d85b2017b63a6a9.psmdcp" Id="Rd690a3dfea4147b3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>DE000BB3Z5S9</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -390,1202 +390,1950 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E68"/>
+  <x:dimension ref="A1:E112"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>45947.715462963</x:v>
+        <x:v>46003.7156597222</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
-        <x:v>45.27</x:v>
+        <x:v>73.19</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>228.984</x:v>
+        <x:v>256.62</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>272.6</x:v>
+        <x:v>305.5</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>45946.7155787037</x:v>
+        <x:v>46002.7740509259</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
-        <x:v>45.8</x:v>
+        <x:v>80.76</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>229.488</x:v>
+        <x:v>261.492</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>273.2</x:v>
+        <x:v>311.3</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>45945.715474537</x:v>
+        <x:v>46002.7156018519</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
-        <x:v>45</x:v>
+        <x:v>80.76</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>228.648</x:v>
+        <x:v>261.492</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>272.2</x:v>
+        <x:v>311.3</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>45944.7155787037</x:v>
+        <x:v>46001.7725810185</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
-        <x:v>45.12</x:v>
+        <x:v>74.94</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>228.732</x:v>
+        <x:v>257.46</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>272.3</x:v>
+        <x:v>306.5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>45943.7160416667</x:v>
+        <x:v>46001.7599537037</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
-        <x:v>44.73</x:v>
+        <x:v>74.94</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>228.312</x:v>
+        <x:v>257.46</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>271.8</x:v>
+        <x:v>306.5</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>45940.7628009259</x:v>
+        <x:v>46000.715625</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
-        <x:v>48.8</x:v>
+        <x:v>69.57</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>232.092</x:v>
+        <x:v>253.512</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>276.3</x:v>
+        <x:v>301.8</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>45939.7572106481</x:v>
+        <x:v>45999.7155671296</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
-        <x:v>43.95</x:v>
+        <x:v>71.26</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>227.052</x:v>
+        <x:v>254.688</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>270.3</x:v>
+        <x:v>303.2</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>45938.7190277778</x:v>
+        <x:v>45996.7615277778</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
-        <x:v>44.89</x:v>
+        <x:v>70.46</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>227.976</x:v>
+        <x:v>254.016</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>271.4</x:v>
+        <x:v>302.4</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>45937.7189236111</x:v>
+        <x:v>45996.7156365741</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
-        <x:v>42.16</x:v>
+        <x:v>70.46</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>225.036</x:v>
+        <x:v>254.016</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>267.9</x:v>
+        <x:v>302.4</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>45936.7190972222</x:v>
+        <x:v>45995.7618518519</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C12" s="0">
-        <x:v>44.49</x:v>
+        <x:v>68.79</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>227.388</x:v>
+        <x:v>252.756</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>270.7</x:v>
+        <x:v>300.9</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>45933.7559837963</x:v>
+        <x:v>45994.7156597222</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0">
-        <x:v>43.92</x:v>
+        <x:v>67.59</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>226.716</x:v>
+        <x:v>251.832</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>269.9</x:v>
+        <x:v>299.8</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>45932.7758449074</x:v>
+        <x:v>45993.7157060185</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C14" s="0">
-        <x:v>40.51</x:v>
+        <x:v>70.8</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>222.936</x:v>
+        <x:v>254.1</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>265.4</x:v>
+        <x:v>302.5</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>45931.7588888889</x:v>
+        <x:v>45992.7156134259</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
-        <x:v>48.5</x:v>
+        <x:v>65.14</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>230.496</x:v>
+        <x:v>249.732</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>274.4</x:v>
+        <x:v>297.3</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>45930.7579398148</x:v>
+        <x:v>45989.7157291667</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C16" s="0">
-        <x:v>45.58</x:v>
+        <x:v>63.86</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>227.556</x:v>
+        <x:v>248.64</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>270.9</x:v>
+        <x:v>296</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>45929.7560416667</x:v>
+        <x:v>45988.7156481482</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C17" s="0">
-        <x:v>47.52</x:v>
+        <x:v>64.88</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>229.404</x:v>
+        <x:v>249.396</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>273.1</x:v>
+        <x:v>296.9</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>45926.7572569444</x:v>
+        <x:v>45987.7155555556</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="0">
-        <x:v>49.69</x:v>
+        <x:v>63.42</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>231.336</x:v>
+        <x:v>248.22</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>275.4</x:v>
+        <x:v>295.5</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>45925.7565625</x:v>
+        <x:v>45986.7689583333</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C19" s="0">
-        <x:v>45.36</x:v>
+        <x:v>60.36</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>226.968</x:v>
+        <x:v>245.7</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>270.2</x:v>
+        <x:v>292.5</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
-        <x:v>45924.7579976852</x:v>
+        <x:v>45986.7156481482</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C20" s="0">
-        <x:v>45.22</x:v>
+        <x:v>60.36</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>226.8</x:v>
+        <x:v>245.7</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>270</x:v>
+        <x:v>292.5</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="1">
-        <x:v>45923.7566435185</x:v>
+        <x:v>45985.7158564815</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C21" s="0">
-        <x:v>50.27</x:v>
+        <x:v>56.67</x:v>
       </x:c>
       <x:c r="D21" s="0">
-        <x:v>231.42</x:v>
+        <x:v>242.508</x:v>
       </x:c>
       <x:c r="E21" s="0">
-        <x:v>275.5</x:v>
+        <x:v>288.7</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="1">
-        <x:v>45922.7577430556</x:v>
+        <x:v>45982.7206018519</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C22" s="0">
-        <x:v>44.05</x:v>
+        <x:v>54.03</x:v>
       </x:c>
       <x:c r="D22" s="0">
-        <x:v>225.036</x:v>
+        <x:v>240.072</x:v>
       </x:c>
       <x:c r="E22" s="0">
-        <x:v>267.9</x:v>
+        <x:v>285.8</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="1">
-        <x:v>45919.7643287037</x:v>
+        <x:v>45981.7155555556</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C23" s="0">
-        <x:v>45.66</x:v>
+        <x:v>56.52</x:v>
       </x:c>
       <x:c r="D23" s="0">
-        <x:v>226.548</x:v>
+        <x:v>242.172</x:v>
       </x:c>
       <x:c r="E23" s="0">
-        <x:v>269.7</x:v>
+        <x:v>288.3</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="1">
-        <x:v>45918.7598148148</x:v>
+        <x:v>45980.7155902778</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C24" s="0">
-        <x:v>43.02</x:v>
+        <x:v>53.91</x:v>
       </x:c>
       <x:c r="D24" s="0">
-        <x:v>223.776</x:v>
+        <x:v>239.82</x:v>
       </x:c>
       <x:c r="E24" s="0">
-        <x:v>266.4</x:v>
+        <x:v>285.5</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="1">
-        <x:v>45917.7674537037</x:v>
+        <x:v>45979.7156134259</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C25" s="0">
-        <x:v>41.78</x:v>
+        <x:v>53.38</x:v>
       </x:c>
       <x:c r="D25" s="0">
-        <x:v>222.432</x:v>
+        <x:v>239.316</x:v>
       </x:c>
       <x:c r="E25" s="0">
-        <x:v>264.8</x:v>
+        <x:v>284.9</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="1">
-        <x:v>45916.7611111111</x:v>
+        <x:v>45978.7154861111</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C26" s="0">
-        <x:v>41.5</x:v>
+        <x:v>61.87</x:v>
       </x:c>
       <x:c r="D26" s="0">
-        <x:v>222.096</x:v>
+        <x:v>246.036</x:v>
       </x:c>
       <x:c r="E26" s="0">
-        <x:v>264.4</x:v>
+        <x:v>292.9</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="1">
-        <x:v>45915.7621527778</x:v>
+        <x:v>45975.7155671296</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C27" s="0">
-        <x:v>44.6</x:v>
+        <x:v>64.16</x:v>
       </x:c>
       <x:c r="D27" s="0">
-        <x:v>225.204</x:v>
+        <x:v>247.716</x:v>
       </x:c>
       <x:c r="E27" s="0">
-        <x:v>268.1</x:v>
+        <x:v>294.9</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="1">
-        <x:v>45912.7594212963</x:v>
+        <x:v>45974.7159143519</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C28" s="0">
-        <x:v>41.83</x:v>
+        <x:v>71.71</x:v>
       </x:c>
       <x:c r="D28" s="0">
-        <x:v>222.18</x:v>
+        <x:v>253.008</x:v>
       </x:c>
       <x:c r="E28" s="0">
-        <x:v>264.5</x:v>
+        <x:v>301.2</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="1">
-        <x:v>45911.75875</x:v>
+        <x:v>45973.7618518519</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C29" s="0">
-        <x:v>40.4</x:v>
+        <x:v>73.83</x:v>
       </x:c>
       <x:c r="D29" s="0">
-        <x:v>220.584</x:v>
+        <x:v>254.436</x:v>
       </x:c>
       <x:c r="E29" s="0">
-        <x:v>262.6</x:v>
+        <x:v>302.9</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="1">
-        <x:v>45910.7661342593</x:v>
+        <x:v>45972.715474537</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C30" s="0">
-        <x:v>41.45</x:v>
+        <x:v>67.3</x:v>
       </x:c>
       <x:c r="D30" s="0">
-        <x:v>221.676</x:v>
+        <x:v>249.564</x:v>
       </x:c>
       <x:c r="E30" s="0">
-        <x:v>263.9</x:v>
+        <x:v>297.1</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="1">
-        <x:v>45909.7555787037</x:v>
+        <x:v>45968.7155902778</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C31" s="0">
-        <x:v>39.36</x:v>
+        <x:v>60.97</x:v>
       </x:c>
       <x:c r="D31" s="0">
-        <x:v>219.324</x:v>
+        <x:v>244.44</x:v>
       </x:c>
       <x:c r="E31" s="0">
-        <x:v>261.1</x:v>
+        <x:v>291</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="1">
-        <x:v>45908.7626157407</x:v>
+        <x:v>45967.7155555556</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C32" s="0">
-        <x:v>38.64</x:v>
+        <x:v>62.94</x:v>
       </x:c>
       <x:c r="D32" s="0">
-        <x:v>218.484</x:v>
+        <x:v>245.952</x:v>
       </x:c>
       <x:c r="E32" s="0">
-        <x:v>260.1</x:v>
+        <x:v>292.8</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="1">
-        <x:v>45905.7753009259</x:v>
+        <x:v>45966.7155208333</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C33" s="0">
-        <x:v>37.84</x:v>
+        <x:v>60.68</x:v>
       </x:c>
       <x:c r="D33" s="0">
-        <x:v>217.476</x:v>
+        <x:v>244.104</x:v>
       </x:c>
       <x:c r="E33" s="0">
-        <x:v>258.9</x:v>
+        <x:v>290.6</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="1">
-        <x:v>45904.7633564815</x:v>
+        <x:v>45965.7159722222</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C34" s="0">
-        <x:v>40.73</x:v>
+        <x:v>59.39</x:v>
       </x:c>
       <x:c r="D34" s="0">
-        <x:v>220.584</x:v>
+        <x:v>243.012</x:v>
       </x:c>
       <x:c r="E34" s="0">
-        <x:v>262.6</x:v>
+        <x:v>289.3</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="1">
-        <x:v>45903.7601157407</x:v>
+        <x:v>45964.7156365741</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C35" s="0">
-        <x:v>38.32</x:v>
+        <x:v>60.46</x:v>
       </x:c>
       <x:c r="D35" s="0">
-        <x:v>217.812</x:v>
+        <x:v>243.852</x:v>
       </x:c>
       <x:c r="E35" s="0">
-        <x:v>259.3</x:v>
+        <x:v>290.3</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="1">
-        <x:v>45902.7618055556</x:v>
+        <x:v>45961.8177777778</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C36" s="0">
-        <x:v>38.34</x:v>
+        <x:v>59.55</x:v>
       </x:c>
       <x:c r="D36" s="0">
-        <x:v>217.812</x:v>
+        <x:v>243.012</x:v>
       </x:c>
       <x:c r="E36" s="0">
-        <x:v>259.3</x:v>
+        <x:v>289.3</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="1">
-        <x:v>45901.7594444444</x:v>
+        <x:v>45961.7155671296</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C37" s="0">
-        <x:v>41.52</x:v>
+        <x:v>59.55</x:v>
       </x:c>
       <x:c r="D37" s="0">
-        <x:v>221.172</x:v>
+        <x:v>243.012</x:v>
       </x:c>
       <x:c r="E37" s="0">
-        <x:v>263.3</x:v>
+        <x:v>289.3</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="1">
-        <x:v>45898.7627083333</x:v>
+        <x:v>45960.7155324074</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C38" s="0">
-        <x:v>40.82</x:v>
+        <x:v>51.79</x:v>
       </x:c>
       <x:c r="D38" s="0">
-        <x:v>220.332</x:v>
+        <x:v>235.788</x:v>
       </x:c>
       <x:c r="E38" s="0">
-        <x:v>262.3</x:v>
+        <x:v>280.7</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="1">
-        <x:v>45897.7575925926</x:v>
+        <x:v>45959.716087963</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C39" s="0">
-        <x:v>41.8</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="D39" s="0">
-        <x:v>221.34</x:v>
+        <x:v>235.032</x:v>
       </x:c>
       <x:c r="E39" s="0">
-        <x:v>263.5</x:v>
+        <x:v>279.8</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="1">
-        <x:v>45896.7598263889</x:v>
+        <x:v>45958.7156712963</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C40" s="0">
-        <x:v>42.06</x:v>
+        <x:v>49.17</x:v>
       </x:c>
       <x:c r="D40" s="0">
-        <x:v>221.592</x:v>
+        <x:v>233.268</x:v>
       </x:c>
       <x:c r="E40" s="0">
-        <x:v>263.8</x:v>
+        <x:v>277.7</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="1">
-        <x:v>45895.7574884259</x:v>
+        <x:v>45957.7155787037</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C41" s="0">
-        <x:v>48.24</x:v>
+        <x:v>47.07</x:v>
       </x:c>
       <x:c r="D41" s="0">
-        <x:v>227.388</x:v>
+        <x:v>231.168</x:v>
       </x:c>
       <x:c r="E41" s="0">
-        <x:v>270.7</x:v>
+        <x:v>275.2</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="1">
-        <x:v>45894.7570138889</x:v>
+        <x:v>45954.7155902778</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C42" s="0">
-        <x:v>51.97</x:v>
+        <x:v>44.69</x:v>
       </x:c>
       <x:c r="D42" s="0">
-        <x:v>230.664</x:v>
+        <x:v>228.648</x:v>
       </x:c>
       <x:c r="E42" s="0">
-        <x:v>274.6</x:v>
+        <x:v>272.2</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="1">
-        <x:v>45891.7584606481</x:v>
+        <x:v>45953.7155439815</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C43" s="0">
-        <x:v>52.93</x:v>
+        <x:v>46.41</x:v>
       </x:c>
       <x:c r="D43" s="0">
-        <x:v>231.42</x:v>
+        <x:v>230.328</x:v>
       </x:c>
       <x:c r="E43" s="0">
-        <x:v>275.5</x:v>
+        <x:v>274.2</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="1">
-        <x:v>45890.7565277778</x:v>
+        <x:v>45952.7157523148</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C44" s="0">
-        <x:v>53.16</x:v>
+        <x:v>45.28</x:v>
       </x:c>
       <x:c r="D44" s="0">
-        <x:v>231.588</x:v>
+        <x:v>229.152</x:v>
       </x:c>
       <x:c r="E44" s="0">
-        <x:v>275.7</x:v>
+        <x:v>272.8</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="1">
-        <x:v>45889.759375</x:v>
+        <x:v>45951.7155324074</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C45" s="0">
-        <x:v>50.24</x:v>
+        <x:v>46.23</x:v>
       </x:c>
       <x:c r="D45" s="0">
-        <x:v>228.9</x:v>
+        <x:v>230.076</x:v>
       </x:c>
       <x:c r="E45" s="0">
-        <x:v>272.5</x:v>
+        <x:v>273.9</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="1">
-        <x:v>45888.7607291667</x:v>
+        <x:v>45950.7155671296</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C46" s="0">
-        <x:v>49.99</x:v>
+        <x:v>45.19</x:v>
       </x:c>
       <x:c r="D46" s="0">
-        <x:v>228.648</x:v>
+        <x:v>228.984</x:v>
       </x:c>
       <x:c r="E46" s="0">
-        <x:v>272.2</x:v>
+        <x:v>272.6</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="1">
-        <x:v>45887.7582523148</x:v>
+        <x:v>45947.715462963</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C47" s="0">
-        <x:v>46.55</x:v>
+        <x:v>45.27</x:v>
       </x:c>
       <x:c r="D47" s="0">
-        <x:v>225.288</x:v>
+        <x:v>228.984</x:v>
       </x:c>
       <x:c r="E47" s="0">
-        <x:v>268.2</x:v>
+        <x:v>272.6</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5">
       <x:c r="A48" s="1">
-        <x:v>45884.7577546296</x:v>
+        <x:v>45946.7155787037</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C48" s="0">
-        <x:v>50.64</x:v>
+        <x:v>45.8</x:v>
       </x:c>
       <x:c r="D48" s="0">
-        <x:v>228.9</x:v>
+        <x:v>229.488</x:v>
       </x:c>
       <x:c r="E48" s="0">
-        <x:v>272.5</x:v>
+        <x:v>273.2</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
       <x:c r="A49" s="1">
-        <x:v>45883.7578472222</x:v>
+        <x:v>45945.715474537</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C49" s="0">
-        <x:v>51.62</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="D49" s="0">
-        <x:v>229.74</x:v>
+        <x:v>228.648</x:v>
       </x:c>
       <x:c r="E49" s="0">
-        <x:v>273.5</x:v>
+        <x:v>272.2</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5">
       <x:c r="A50" s="1">
-        <x:v>45882.7698611111</x:v>
+        <x:v>45944.7155787037</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C50" s="0">
-        <x:v>49.91</x:v>
+        <x:v>45.12</x:v>
       </x:c>
       <x:c r="D50" s="0">
-        <x:v>228.144</x:v>
+        <x:v>228.732</x:v>
       </x:c>
       <x:c r="E50" s="0">
-        <x:v>271.6</x:v>
+        <x:v>272.3</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5">
       <x:c r="A51" s="1">
-        <x:v>45882.7608333333</x:v>
+        <x:v>45943.7160416667</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C51" s="0">
-        <x:v>49.91</x:v>
+        <x:v>44.73</x:v>
       </x:c>
       <x:c r="D51" s="0">
-        <x:v>228.144</x:v>
+        <x:v>228.312</x:v>
       </x:c>
       <x:c r="E51" s="0">
-        <x:v>271.6</x:v>
+        <x:v>271.8</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5">
       <x:c r="A52" s="1">
-        <x:v>45881.7571296296</x:v>
+        <x:v>45940.7628009259</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C52" s="0">
-        <x:v>49.39</x:v>
+        <x:v>48.8</x:v>
       </x:c>
       <x:c r="D52" s="0">
-        <x:v>227.64</x:v>
+        <x:v>232.092</x:v>
       </x:c>
       <x:c r="E52" s="0">
-        <x:v>271</x:v>
+        <x:v>276.3</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5">
       <x:c r="A53" s="1">
-        <x:v>45880.7586689815</x:v>
+        <x:v>45939.7572106481</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C53" s="0">
-        <x:v>45.65</x:v>
+        <x:v>43.95</x:v>
       </x:c>
       <x:c r="D53" s="0">
-        <x:v>223.944</x:v>
+        <x:v>227.052</x:v>
       </x:c>
       <x:c r="E53" s="0">
-        <x:v>266.6</x:v>
+        <x:v>270.3</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5">
       <x:c r="A54" s="1">
-        <x:v>45877.7857523148</x:v>
+        <x:v>45938.7190277778</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C54" s="0">
-        <x:v>44.4</x:v>
+        <x:v>44.89</x:v>
       </x:c>
       <x:c r="D54" s="0">
-        <x:v>222.6</x:v>
+        <x:v>227.976</x:v>
       </x:c>
       <x:c r="E54" s="0">
-        <x:v>265</x:v>
+        <x:v>271.4</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5">
       <x:c r="A55" s="1">
-        <x:v>45876.7589467593</x:v>
+        <x:v>45937.7189236111</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C55" s="0">
-        <x:v>43.19</x:v>
+        <x:v>42.16</x:v>
       </x:c>
       <x:c r="D55" s="0">
-        <x:v>221.34</x:v>
+        <x:v>225.036</x:v>
       </x:c>
       <x:c r="E55" s="0">
-        <x:v>263.5</x:v>
+        <x:v>267.9</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5">
       <x:c r="A56" s="1">
-        <x:v>45875.7594444444</x:v>
+        <x:v>45936.7190972222</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C56" s="0">
-        <x:v>41.4</x:v>
+        <x:v>44.49</x:v>
       </x:c>
       <x:c r="D56" s="0">
-        <x:v>219.408</x:v>
+        <x:v>227.388</x:v>
       </x:c>
       <x:c r="E56" s="0">
-        <x:v>261.2</x:v>
+        <x:v>270.7</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:5">
       <x:c r="A57" s="1">
-        <x:v>45874.7580092593</x:v>
+        <x:v>45933.7559837963</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C57" s="0">
-        <x:v>38.64</x:v>
+        <x:v>43.92</x:v>
       </x:c>
       <x:c r="D57" s="0">
-        <x:v>216.3</x:v>
+        <x:v>226.716</x:v>
       </x:c>
       <x:c r="E57" s="0">
-        <x:v>257.5</x:v>
+        <x:v>269.9</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:5">
       <x:c r="A58" s="1">
-        <x:v>45873.7607986111</x:v>
+        <x:v>45932.7758449074</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C58" s="0">
-        <x:v>40.7</x:v>
+        <x:v>40.51</x:v>
       </x:c>
       <x:c r="D58" s="0">
-        <x:v>218.484</x:v>
+        <x:v>222.936</x:v>
       </x:c>
       <x:c r="E58" s="0">
-        <x:v>260.1</x:v>
+        <x:v>265.4</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:5">
       <x:c r="A59" s="1">
-        <x:v>45870.7602314815</x:v>
+        <x:v>45931.7588888889</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C59" s="0">
-        <x:v>37</x:v>
+        <x:v>48.5</x:v>
       </x:c>
       <x:c r="D59" s="0">
-        <x:v>214.116</x:v>
+        <x:v>230.496</x:v>
       </x:c>
       <x:c r="E59" s="0">
-        <x:v>254.9</x:v>
+        <x:v>274.4</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:5">
       <x:c r="A60" s="1">
-        <x:v>45869.7836574074</x:v>
+        <x:v>45930.7579398148</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C60" s="0">
-        <x:v>41.49</x:v>
+        <x:v>45.58</x:v>
       </x:c>
       <x:c r="D60" s="0">
-        <x:v>218.82</x:v>
+        <x:v>227.556</x:v>
       </x:c>
       <x:c r="E60" s="0">
-        <x:v>260.5</x:v>
+        <x:v>270.9</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:5">
       <x:c r="A61" s="1">
-        <x:v>45868.7572569444</x:v>
+        <x:v>45929.7560416667</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C61" s="0">
-        <x:v>42.32</x:v>
+        <x:v>47.52</x:v>
       </x:c>
       <x:c r="D61" s="0">
-        <x:v>219.66</x:v>
+        <x:v>229.404</x:v>
       </x:c>
       <x:c r="E61" s="0">
-        <x:v>261.5</x:v>
+        <x:v>273.1</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:5">
       <x:c r="A62" s="1">
-        <x:v>45867.786099537</x:v>
+        <x:v>45926.7572569444</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C62" s="0">
-        <x:v>41.87</x:v>
+        <x:v>49.69</x:v>
       </x:c>
       <x:c r="D62" s="0">
-        <x:v>219.156</x:v>
+        <x:v>231.336</x:v>
       </x:c>
       <x:c r="E62" s="0">
-        <x:v>260.9</x:v>
+        <x:v>275.4</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:5">
       <x:c r="A63" s="1">
-        <x:v>45866.7583101852</x:v>
+        <x:v>45925.7565625</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C63" s="0">
-        <x:v>41.02</x:v>
+        <x:v>45.36</x:v>
       </x:c>
       <x:c r="D63" s="0">
-        <x:v>218.232</x:v>
+        <x:v>226.968</x:v>
       </x:c>
       <x:c r="E63" s="0">
-        <x:v>259.8</x:v>
+        <x:v>270.2</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:5">
       <x:c r="A64" s="1">
-        <x:v>45863.756724537</x:v>
+        <x:v>45924.7579976852</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C64" s="0">
-        <x:v>41.18</x:v>
+        <x:v>45.22</x:v>
       </x:c>
       <x:c r="D64" s="0">
-        <x:v>218.316</x:v>
+        <x:v>226.8</x:v>
       </x:c>
       <x:c r="E64" s="0">
-        <x:v>259.9</x:v>
+        <x:v>270</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:5">
       <x:c r="A65" s="1">
-        <x:v>45862.7626967593</x:v>
+        <x:v>45923.7566435185</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C65" s="0">
-        <x:v>41.77</x:v>
+        <x:v>50.27</x:v>
       </x:c>
       <x:c r="D65" s="0">
-        <x:v>218.904</x:v>
+        <x:v>231.42</x:v>
       </x:c>
       <x:c r="E65" s="0">
-        <x:v>260.6</x:v>
+        <x:v>275.5</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:5">
       <x:c r="A66" s="1">
-        <x:v>45861.7587037037</x:v>
+        <x:v>45922.7577430556</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C66" s="0">
-        <x:v>39.49</x:v>
+        <x:v>44.05</x:v>
       </x:c>
       <x:c r="D66" s="0">
-        <x:v>216.384</x:v>
+        <x:v>225.036</x:v>
       </x:c>
       <x:c r="E66" s="0">
-        <x:v>257.6</x:v>
+        <x:v>267.9</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:5">
       <x:c r="A67" s="1">
-        <x:v>45860.7619097222</x:v>
+        <x:v>45919.7643287037</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C67" s="0">
-        <x:v>38.03</x:v>
+        <x:v>45.66</x:v>
       </x:c>
       <x:c r="D67" s="0">
-        <x:v>214.704</x:v>
+        <x:v>226.548</x:v>
       </x:c>
       <x:c r="E67" s="0">
-        <x:v>255.6</x:v>
+        <x:v>269.7</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:5">
       <x:c r="A68" s="1">
+        <x:v>45918.7598148148</x:v>
+      </x:c>
+      <x:c r="B68" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C68" s="0">
+        <x:v>43.02</x:v>
+      </x:c>
+      <x:c r="D68" s="0">
+        <x:v>223.776</x:v>
+      </x:c>
+      <x:c r="E68" s="0">
+        <x:v>266.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="69" spans="1:5">
+      <x:c r="A69" s="1">
+        <x:v>45917.7674537037</x:v>
+      </x:c>
+      <x:c r="B69" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C69" s="0">
+        <x:v>41.78</x:v>
+      </x:c>
+      <x:c r="D69" s="0">
+        <x:v>222.432</x:v>
+      </x:c>
+      <x:c r="E69" s="0">
+        <x:v>264.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="70" spans="1:5">
+      <x:c r="A70" s="1">
+        <x:v>45916.7611111111</x:v>
+      </x:c>
+      <x:c r="B70" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C70" s="0">
+        <x:v>41.5</x:v>
+      </x:c>
+      <x:c r="D70" s="0">
+        <x:v>222.096</x:v>
+      </x:c>
+      <x:c r="E70" s="0">
+        <x:v>264.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="71" spans="1:5">
+      <x:c r="A71" s="1">
+        <x:v>45915.7621527778</x:v>
+      </x:c>
+      <x:c r="B71" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C71" s="0">
+        <x:v>44.6</x:v>
+      </x:c>
+      <x:c r="D71" s="0">
+        <x:v>225.204</x:v>
+      </x:c>
+      <x:c r="E71" s="0">
+        <x:v>268.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="72" spans="1:5">
+      <x:c r="A72" s="1">
+        <x:v>45912.7594212963</x:v>
+      </x:c>
+      <x:c r="B72" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C72" s="0">
+        <x:v>41.83</x:v>
+      </x:c>
+      <x:c r="D72" s="0">
+        <x:v>222.18</x:v>
+      </x:c>
+      <x:c r="E72" s="0">
+        <x:v>264.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="73" spans="1:5">
+      <x:c r="A73" s="1">
+        <x:v>45911.75875</x:v>
+      </x:c>
+      <x:c r="B73" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C73" s="0">
+        <x:v>40.4</x:v>
+      </x:c>
+      <x:c r="D73" s="0">
+        <x:v>220.584</x:v>
+      </x:c>
+      <x:c r="E73" s="0">
+        <x:v>262.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="74" spans="1:5">
+      <x:c r="A74" s="1">
+        <x:v>45910.7661342593</x:v>
+      </x:c>
+      <x:c r="B74" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C74" s="0">
+        <x:v>41.45</x:v>
+      </x:c>
+      <x:c r="D74" s="0">
+        <x:v>221.676</x:v>
+      </x:c>
+      <x:c r="E74" s="0">
+        <x:v>263.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="75" spans="1:5">
+      <x:c r="A75" s="1">
+        <x:v>45909.7555787037</x:v>
+      </x:c>
+      <x:c r="B75" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C75" s="0">
+        <x:v>39.36</x:v>
+      </x:c>
+      <x:c r="D75" s="0">
+        <x:v>219.324</x:v>
+      </x:c>
+      <x:c r="E75" s="0">
+        <x:v>261.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="76" spans="1:5">
+      <x:c r="A76" s="1">
+        <x:v>45908.7626157407</x:v>
+      </x:c>
+      <x:c r="B76" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C76" s="0">
+        <x:v>38.64</x:v>
+      </x:c>
+      <x:c r="D76" s="0">
+        <x:v>218.484</x:v>
+      </x:c>
+      <x:c r="E76" s="0">
+        <x:v>260.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="77" spans="1:5">
+      <x:c r="A77" s="1">
+        <x:v>45905.7753009259</x:v>
+      </x:c>
+      <x:c r="B77" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C77" s="0">
+        <x:v>37.84</x:v>
+      </x:c>
+      <x:c r="D77" s="0">
+        <x:v>217.476</x:v>
+      </x:c>
+      <x:c r="E77" s="0">
+        <x:v>258.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="78" spans="1:5">
+      <x:c r="A78" s="1">
+        <x:v>45904.7633564815</x:v>
+      </x:c>
+      <x:c r="B78" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C78" s="0">
+        <x:v>40.73</x:v>
+      </x:c>
+      <x:c r="D78" s="0">
+        <x:v>220.584</x:v>
+      </x:c>
+      <x:c r="E78" s="0">
+        <x:v>262.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="79" spans="1:5">
+      <x:c r="A79" s="1">
+        <x:v>45903.7601157407</x:v>
+      </x:c>
+      <x:c r="B79" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C79" s="0">
+        <x:v>38.32</x:v>
+      </x:c>
+      <x:c r="D79" s="0">
+        <x:v>217.812</x:v>
+      </x:c>
+      <x:c r="E79" s="0">
+        <x:v>259.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="80" spans="1:5">
+      <x:c r="A80" s="1">
+        <x:v>45902.7618055556</x:v>
+      </x:c>
+      <x:c r="B80" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C80" s="0">
+        <x:v>38.34</x:v>
+      </x:c>
+      <x:c r="D80" s="0">
+        <x:v>217.812</x:v>
+      </x:c>
+      <x:c r="E80" s="0">
+        <x:v>259.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="81" spans="1:5">
+      <x:c r="A81" s="1">
+        <x:v>45901.7594444444</x:v>
+      </x:c>
+      <x:c r="B81" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C81" s="0">
+        <x:v>41.52</x:v>
+      </x:c>
+      <x:c r="D81" s="0">
+        <x:v>221.172</x:v>
+      </x:c>
+      <x:c r="E81" s="0">
+        <x:v>263.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="82" spans="1:5">
+      <x:c r="A82" s="1">
+        <x:v>45898.7627083333</x:v>
+      </x:c>
+      <x:c r="B82" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C82" s="0">
+        <x:v>40.82</x:v>
+      </x:c>
+      <x:c r="D82" s="0">
+        <x:v>220.332</x:v>
+      </x:c>
+      <x:c r="E82" s="0">
+        <x:v>262.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="83" spans="1:5">
+      <x:c r="A83" s="1">
+        <x:v>45897.7575925926</x:v>
+      </x:c>
+      <x:c r="B83" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C83" s="0">
+        <x:v>41.8</x:v>
+      </x:c>
+      <x:c r="D83" s="0">
+        <x:v>221.34</x:v>
+      </x:c>
+      <x:c r="E83" s="0">
+        <x:v>263.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="84" spans="1:5">
+      <x:c r="A84" s="1">
+        <x:v>45896.7598263889</x:v>
+      </x:c>
+      <x:c r="B84" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C84" s="0">
+        <x:v>42.06</x:v>
+      </x:c>
+      <x:c r="D84" s="0">
+        <x:v>221.592</x:v>
+      </x:c>
+      <x:c r="E84" s="0">
+        <x:v>263.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="85" spans="1:5">
+      <x:c r="A85" s="1">
+        <x:v>45895.7574884259</x:v>
+      </x:c>
+      <x:c r="B85" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C85" s="0">
+        <x:v>48.24</x:v>
+      </x:c>
+      <x:c r="D85" s="0">
+        <x:v>227.388</x:v>
+      </x:c>
+      <x:c r="E85" s="0">
+        <x:v>270.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="86" spans="1:5">
+      <x:c r="A86" s="1">
+        <x:v>45894.7570138889</x:v>
+      </x:c>
+      <x:c r="B86" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C86" s="0">
+        <x:v>51.97</x:v>
+      </x:c>
+      <x:c r="D86" s="0">
+        <x:v>230.664</x:v>
+      </x:c>
+      <x:c r="E86" s="0">
+        <x:v>274.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="87" spans="1:5">
+      <x:c r="A87" s="1">
+        <x:v>45891.7584606481</x:v>
+      </x:c>
+      <x:c r="B87" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C87" s="0">
+        <x:v>52.93</x:v>
+      </x:c>
+      <x:c r="D87" s="0">
+        <x:v>231.42</x:v>
+      </x:c>
+      <x:c r="E87" s="0">
+        <x:v>275.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="88" spans="1:5">
+      <x:c r="A88" s="1">
+        <x:v>45890.7565277778</x:v>
+      </x:c>
+      <x:c r="B88" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C88" s="0">
+        <x:v>53.16</x:v>
+      </x:c>
+      <x:c r="D88" s="0">
+        <x:v>231.588</x:v>
+      </x:c>
+      <x:c r="E88" s="0">
+        <x:v>275.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="89" spans="1:5">
+      <x:c r="A89" s="1">
+        <x:v>45889.759375</x:v>
+      </x:c>
+      <x:c r="B89" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C89" s="0">
+        <x:v>50.24</x:v>
+      </x:c>
+      <x:c r="D89" s="0">
+        <x:v>228.9</x:v>
+      </x:c>
+      <x:c r="E89" s="0">
+        <x:v>272.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="90" spans="1:5">
+      <x:c r="A90" s="1">
+        <x:v>45888.7607291667</x:v>
+      </x:c>
+      <x:c r="B90" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C90" s="0">
+        <x:v>49.99</x:v>
+      </x:c>
+      <x:c r="D90" s="0">
+        <x:v>228.648</x:v>
+      </x:c>
+      <x:c r="E90" s="0">
+        <x:v>272.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="91" spans="1:5">
+      <x:c r="A91" s="1">
+        <x:v>45887.7582523148</x:v>
+      </x:c>
+      <x:c r="B91" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C91" s="0">
+        <x:v>46.55</x:v>
+      </x:c>
+      <x:c r="D91" s="0">
+        <x:v>225.288</x:v>
+      </x:c>
+      <x:c r="E91" s="0">
+        <x:v>268.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="92" spans="1:5">
+      <x:c r="A92" s="1">
+        <x:v>45884.7577546296</x:v>
+      </x:c>
+      <x:c r="B92" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C92" s="0">
+        <x:v>50.64</x:v>
+      </x:c>
+      <x:c r="D92" s="0">
+        <x:v>228.9</x:v>
+      </x:c>
+      <x:c r="E92" s="0">
+        <x:v>272.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="93" spans="1:5">
+      <x:c r="A93" s="1">
+        <x:v>45883.7578472222</x:v>
+      </x:c>
+      <x:c r="B93" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C93" s="0">
+        <x:v>51.62</x:v>
+      </x:c>
+      <x:c r="D93" s="0">
+        <x:v>229.74</x:v>
+      </x:c>
+      <x:c r="E93" s="0">
+        <x:v>273.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="94" spans="1:5">
+      <x:c r="A94" s="1">
+        <x:v>45882.7698611111</x:v>
+      </x:c>
+      <x:c r="B94" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C94" s="0">
+        <x:v>49.91</x:v>
+      </x:c>
+      <x:c r="D94" s="0">
+        <x:v>228.144</x:v>
+      </x:c>
+      <x:c r="E94" s="0">
+        <x:v>271.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="95" spans="1:5">
+      <x:c r="A95" s="1">
+        <x:v>45882.7608333333</x:v>
+      </x:c>
+      <x:c r="B95" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C95" s="0">
+        <x:v>49.91</x:v>
+      </x:c>
+      <x:c r="D95" s="0">
+        <x:v>228.144</x:v>
+      </x:c>
+      <x:c r="E95" s="0">
+        <x:v>271.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="96" spans="1:5">
+      <x:c r="A96" s="1">
+        <x:v>45881.7571296296</x:v>
+      </x:c>
+      <x:c r="B96" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C96" s="0">
+        <x:v>49.39</x:v>
+      </x:c>
+      <x:c r="D96" s="0">
+        <x:v>227.64</x:v>
+      </x:c>
+      <x:c r="E96" s="0">
+        <x:v>271</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="97" spans="1:5">
+      <x:c r="A97" s="1">
+        <x:v>45880.7586689815</x:v>
+      </x:c>
+      <x:c r="B97" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C97" s="0">
+        <x:v>45.65</x:v>
+      </x:c>
+      <x:c r="D97" s="0">
+        <x:v>223.944</x:v>
+      </x:c>
+      <x:c r="E97" s="0">
+        <x:v>266.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="98" spans="1:5">
+      <x:c r="A98" s="1">
+        <x:v>45877.7857523148</x:v>
+      </x:c>
+      <x:c r="B98" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C98" s="0">
+        <x:v>44.4</x:v>
+      </x:c>
+      <x:c r="D98" s="0">
+        <x:v>222.6</x:v>
+      </x:c>
+      <x:c r="E98" s="0">
+        <x:v>265</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="99" spans="1:5">
+      <x:c r="A99" s="1">
+        <x:v>45876.7589467593</x:v>
+      </x:c>
+      <x:c r="B99" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C99" s="0">
+        <x:v>43.19</x:v>
+      </x:c>
+      <x:c r="D99" s="0">
+        <x:v>221.34</x:v>
+      </x:c>
+      <x:c r="E99" s="0">
+        <x:v>263.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="100" spans="1:5">
+      <x:c r="A100" s="1">
+        <x:v>45875.7594444444</x:v>
+      </x:c>
+      <x:c r="B100" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C100" s="0">
+        <x:v>41.4</x:v>
+      </x:c>
+      <x:c r="D100" s="0">
+        <x:v>219.408</x:v>
+      </x:c>
+      <x:c r="E100" s="0">
+        <x:v>261.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="101" spans="1:5">
+      <x:c r="A101" s="1">
+        <x:v>45874.7580092593</x:v>
+      </x:c>
+      <x:c r="B101" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C101" s="0">
+        <x:v>38.64</x:v>
+      </x:c>
+      <x:c r="D101" s="0">
+        <x:v>216.3</x:v>
+      </x:c>
+      <x:c r="E101" s="0">
+        <x:v>257.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="102" spans="1:5">
+      <x:c r="A102" s="1">
+        <x:v>45873.7607986111</x:v>
+      </x:c>
+      <x:c r="B102" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C102" s="0">
+        <x:v>40.7</x:v>
+      </x:c>
+      <x:c r="D102" s="0">
+        <x:v>218.484</x:v>
+      </x:c>
+      <x:c r="E102" s="0">
+        <x:v>260.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="103" spans="1:5">
+      <x:c r="A103" s="1">
+        <x:v>45870.7602314815</x:v>
+      </x:c>
+      <x:c r="B103" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C103" s="0">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="D103" s="0">
+        <x:v>214.116</x:v>
+      </x:c>
+      <x:c r="E103" s="0">
+        <x:v>254.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="104" spans="1:5">
+      <x:c r="A104" s="1">
+        <x:v>45869.7836574074</x:v>
+      </x:c>
+      <x:c r="B104" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C104" s="0">
+        <x:v>41.49</x:v>
+      </x:c>
+      <x:c r="D104" s="0">
+        <x:v>218.82</x:v>
+      </x:c>
+      <x:c r="E104" s="0">
+        <x:v>260.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="105" spans="1:5">
+      <x:c r="A105" s="1">
+        <x:v>45868.7572569444</x:v>
+      </x:c>
+      <x:c r="B105" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C105" s="0">
+        <x:v>42.32</x:v>
+      </x:c>
+      <x:c r="D105" s="0">
+        <x:v>219.66</x:v>
+      </x:c>
+      <x:c r="E105" s="0">
+        <x:v>261.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="106" spans="1:5">
+      <x:c r="A106" s="1">
+        <x:v>45867.786099537</x:v>
+      </x:c>
+      <x:c r="B106" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C106" s="0">
+        <x:v>41.87</x:v>
+      </x:c>
+      <x:c r="D106" s="0">
+        <x:v>219.156</x:v>
+      </x:c>
+      <x:c r="E106" s="0">
+        <x:v>260.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="107" spans="1:5">
+      <x:c r="A107" s="1">
+        <x:v>45866.7583101852</x:v>
+      </x:c>
+      <x:c r="B107" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C107" s="0">
+        <x:v>41.02</x:v>
+      </x:c>
+      <x:c r="D107" s="0">
+        <x:v>218.232</x:v>
+      </x:c>
+      <x:c r="E107" s="0">
+        <x:v>259.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="108" spans="1:5">
+      <x:c r="A108" s="1">
+        <x:v>45863.756724537</x:v>
+      </x:c>
+      <x:c r="B108" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C108" s="0">
+        <x:v>41.18</x:v>
+      </x:c>
+      <x:c r="D108" s="0">
+        <x:v>218.316</x:v>
+      </x:c>
+      <x:c r="E108" s="0">
+        <x:v>259.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="109" spans="1:5">
+      <x:c r="A109" s="1">
+        <x:v>45862.7626967593</x:v>
+      </x:c>
+      <x:c r="B109" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C109" s="0">
+        <x:v>41.77</x:v>
+      </x:c>
+      <x:c r="D109" s="0">
+        <x:v>218.904</x:v>
+      </x:c>
+      <x:c r="E109" s="0">
+        <x:v>260.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="110" spans="1:5">
+      <x:c r="A110" s="1">
+        <x:v>45861.7587037037</x:v>
+      </x:c>
+      <x:c r="B110" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C110" s="0">
+        <x:v>39.49</x:v>
+      </x:c>
+      <x:c r="D110" s="0">
+        <x:v>216.384</x:v>
+      </x:c>
+      <x:c r="E110" s="0">
+        <x:v>257.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="111" spans="1:5">
+      <x:c r="A111" s="1">
+        <x:v>45860.7619097222</x:v>
+      </x:c>
+      <x:c r="B111" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C111" s="0">
+        <x:v>38.03</x:v>
+      </x:c>
+      <x:c r="D111" s="0">
+        <x:v>214.704</x:v>
+      </x:c>
+      <x:c r="E111" s="0">
+        <x:v>255.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="112" spans="1:5">
+      <x:c r="A112" s="1">
         <x:v>45859.7636921296</x:v>
       </x:c>
-      <x:c r="B68" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C68" s="0">
+      <x:c r="B112" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C112" s="0">
         <x:v>37.32</x:v>
       </x:c>
-      <x:c r="D68" s="0">
+      <x:c r="D112" s="0">
         <x:v>213.864</x:v>
       </x:c>
-      <x:c r="E68" s="0">
+      <x:c r="E112" s="0">
         <x:v>254.6</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>