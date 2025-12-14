--- v1 (2025-12-14)
+++ v2 (2025-12-14)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra9482caef5584404" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/010324b7548b4a129d85b2017b63a6a9.psmdcp" Id="Rd690a3dfea4147b3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R04363930ab9b4497" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/fdb19ca22fc5441dab97367d9f17260b.psmdcp" Id="Ra7b930b17ed54fad" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>DE000BB3Z5S9</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>