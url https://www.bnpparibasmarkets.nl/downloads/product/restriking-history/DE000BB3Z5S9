--- v2 (2025-12-14)
+++ v3 (2026-02-04)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R04363930ab9b4497" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/fdb19ca22fc5441dab97367d9f17260b.psmdcp" Id="Ra7b930b17ed54fad" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R501c658374cd425c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d9448d0b6e064c1a872a8a996be7fa72.psmdcp" Id="R638b8eb762fd4e9f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>DE000BB3Z5S9</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -390,1950 +390,2851 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E112"/>
+  <x:dimension ref="A1:E165"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>46003.7156597222</x:v>
+        <x:v>46057.7740162037</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
-        <x:v>73.19</x:v>
+        <x:v>103.71</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>256.62</x:v>
+        <x:v>279.132</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>305.5</x:v>
+        <x:v>332.3</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>46002.7740509259</x:v>
+        <x:v>46057.7157986111</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
-        <x:v>80.76</x:v>
+        <x:v>103.71</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>261.492</x:v>
+        <x:v>279.132</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>311.3</x:v>
+        <x:v>332.3</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>46002.7156018519</x:v>
+        <x:v>46056.7740277778</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
-        <x:v>80.76</x:v>
+        <x:v>101.92</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>261.492</x:v>
+        <x:v>278.124</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>311.3</x:v>
+        <x:v>331.1</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>46001.7725810185</x:v>
+        <x:v>46056.7157060185</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
-        <x:v>74.94</x:v>
+        <x:v>101.92</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>257.46</x:v>
+        <x:v>278.124</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>306.5</x:v>
+        <x:v>331.1</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>46001.7599537037</x:v>
+        <x:v>46055.7738773148</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
-        <x:v>74.94</x:v>
+        <x:v>97.96</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>257.46</x:v>
+        <x:v>275.856</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>306.5</x:v>
+        <x:v>328.4</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>46000.715625</x:v>
+        <x:v>46055.7155787037</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
-        <x:v>69.57</x:v>
+        <x:v>97.96</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>253.512</x:v>
+        <x:v>275.856</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>301.8</x:v>
+        <x:v>328.4</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>45999.7155671296</x:v>
+        <x:v>46052.7750115741</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
-        <x:v>71.26</x:v>
+        <x:v>88.62</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>254.688</x:v>
+        <x:v>270.06</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>303.2</x:v>
+        <x:v>321.5</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>45996.7615277778</x:v>
+        <x:v>46052.7156365741</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
-        <x:v>70.46</x:v>
+        <x:v>88.62</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>254.016</x:v>
+        <x:v>270.06</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>302.4</x:v>
+        <x:v>321.5</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>45996.7156365741</x:v>
+        <x:v>46051.715474537</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
-        <x:v>70.46</x:v>
+        <x:v>84.43</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>254.016</x:v>
+        <x:v>267.372</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>302.4</x:v>
+        <x:v>318.3</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>45995.7618518519</x:v>
+        <x:v>46050.7157986111</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C12" s="0">
-        <x:v>68.79</x:v>
+        <x:v>87.2</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>252.756</x:v>
+        <x:v>269.052</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>300.9</x:v>
+        <x:v>320.3</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>45994.7156597222</x:v>
+        <x:v>46049.7155902778</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0">
-        <x:v>67.59</x:v>
+        <x:v>94.99</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>251.832</x:v>
+        <x:v>273.504</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>299.8</x:v>
+        <x:v>325.6</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>45993.7157060185</x:v>
+        <x:v>46048.7747800926</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C14" s="0">
-        <x:v>70.8</x:v>
+        <x:v>89.75</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>254.1</x:v>
+        <x:v>270.312</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>302.5</x:v>
+        <x:v>321.8</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>45992.7156134259</x:v>
+        <x:v>46045.7737268519</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
-        <x:v>65.14</x:v>
+        <x:v>86.53</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>249.732</x:v>
+        <x:v>268.212</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>297.3</x:v>
+        <x:v>319.3</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>45989.7157291667</x:v>
+        <x:v>46045.7155324074</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C16" s="0">
-        <x:v>63.86</x:v>
+        <x:v>86.53</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>248.64</x:v>
+        <x:v>268.212</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>296</x:v>
+        <x:v>319.3</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>45988.7156481482</x:v>
+        <x:v>46044.7737037037</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C17" s="0">
-        <x:v>64.88</x:v>
+        <x:v>91.4</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>249.396</x:v>
+        <x:v>271.068</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>296.9</x:v>
+        <x:v>322.7</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>45987.7155555556</x:v>
+        <x:v>46044.7155555556</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="0">
-        <x:v>63.42</x:v>
+        <x:v>91.4</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>248.22</x:v>
+        <x:v>271.068</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>295.5</x:v>
+        <x:v>322.7</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>45986.7689583333</x:v>
+        <x:v>46043.7727314815</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C19" s="0">
-        <x:v>60.36</x:v>
+        <x:v>80.32</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>245.7</x:v>
+        <x:v>263.76</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>292.5</x:v>
+        <x:v>314</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
-        <x:v>45986.7156481482</x:v>
+        <x:v>46043.7155439815</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C20" s="0">
-        <x:v>60.36</x:v>
+        <x:v>80.32</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>245.7</x:v>
+        <x:v>263.76</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>292.5</x:v>
+        <x:v>314</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="1">
-        <x:v>45985.7158564815</x:v>
+        <x:v>46042.9279050926</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C21" s="0">
-        <x:v>56.67</x:v>
+        <x:v>79.49</x:v>
       </x:c>
       <x:c r="D21" s="0">
-        <x:v>242.508</x:v>
+        <x:v>263.172</x:v>
       </x:c>
       <x:c r="E21" s="0">
-        <x:v>288.7</x:v>
+        <x:v>313.3</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="1">
-        <x:v>45982.7206018519</x:v>
+        <x:v>46042.7822453704</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C22" s="0">
-        <x:v>54.03</x:v>
+        <x:v>79.49</x:v>
       </x:c>
       <x:c r="D22" s="0">
-        <x:v>240.072</x:v>
+        <x:v>263.172</x:v>
       </x:c>
       <x:c r="E22" s="0">
-        <x:v>285.8</x:v>
+        <x:v>313.3</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="1">
-        <x:v>45981.7155555556</x:v>
+        <x:v>46042.7743055556</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C23" s="0">
-        <x:v>56.52</x:v>
+        <x:v>79.49</x:v>
       </x:c>
       <x:c r="D23" s="0">
-        <x:v>242.172</x:v>
+        <x:v>263.172</x:v>
       </x:c>
       <x:c r="E23" s="0">
-        <x:v>288.3</x:v>
+        <x:v>313.3</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="1">
-        <x:v>45980.7155902778</x:v>
+        <x:v>46042.7176388889</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C24" s="0">
-        <x:v>53.91</x:v>
+        <x:v>79.49</x:v>
       </x:c>
       <x:c r="D24" s="0">
-        <x:v>239.82</x:v>
+        <x:v>263.172</x:v>
       </x:c>
       <x:c r="E24" s="0">
-        <x:v>285.5</x:v>
+        <x:v>313.3</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="1">
-        <x:v>45979.7156134259</x:v>
+        <x:v>46041.773599537</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C25" s="0">
-        <x:v>53.38</x:v>
+        <x:v>85.17</x:v>
       </x:c>
       <x:c r="D25" s="0">
-        <x:v>239.316</x:v>
+        <x:v>266.7</x:v>
       </x:c>
       <x:c r="E25" s="0">
-        <x:v>284.9</x:v>
+        <x:v>317.5</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="1">
-        <x:v>45978.7154861111</x:v>
+        <x:v>46041.7156944444</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C26" s="0">
-        <x:v>61.87</x:v>
+        <x:v>85.17</x:v>
       </x:c>
       <x:c r="D26" s="0">
-        <x:v>246.036</x:v>
+        <x:v>266.7</x:v>
       </x:c>
       <x:c r="E26" s="0">
-        <x:v>292.9</x:v>
+        <x:v>317.5</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="1">
-        <x:v>45975.7155671296</x:v>
+        <x:v>46038.7738888889</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C27" s="0">
-        <x:v>64.16</x:v>
+        <x:v>93.6</x:v>
       </x:c>
       <x:c r="D27" s="0">
-        <x:v>247.716</x:v>
+        <x:v>271.488</x:v>
       </x:c>
       <x:c r="E27" s="0">
-        <x:v>294.9</x:v>
+        <x:v>323.2</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="1">
-        <x:v>45974.7159143519</x:v>
+        <x:v>46038.7156481482</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C28" s="0">
-        <x:v>71.71</x:v>
+        <x:v>93.6</x:v>
       </x:c>
       <x:c r="D28" s="0">
-        <x:v>253.008</x:v>
+        <x:v>271.488</x:v>
       </x:c>
       <x:c r="E28" s="0">
-        <x:v>301.2</x:v>
+        <x:v>323.2</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="1">
-        <x:v>45973.7618518519</x:v>
+        <x:v>46037.7736458333</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C29" s="0">
-        <x:v>73.83</x:v>
+        <x:v>94.1</x:v>
       </x:c>
       <x:c r="D29" s="0">
-        <x:v>254.436</x:v>
+        <x:v>271.74</x:v>
       </x:c>
       <x:c r="E29" s="0">
-        <x:v>302.9</x:v>
+        <x:v>323.5</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="1">
-        <x:v>45972.715474537</x:v>
+        <x:v>46037.715625</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C30" s="0">
-        <x:v>67.3</x:v>
+        <x:v>94.1</x:v>
       </x:c>
       <x:c r="D30" s="0">
-        <x:v>249.564</x:v>
+        <x:v>271.74</x:v>
       </x:c>
       <x:c r="E30" s="0">
-        <x:v>297.1</x:v>
+        <x:v>323.5</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="1">
-        <x:v>45968.7155902778</x:v>
+        <x:v>46036.774224537</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C31" s="0">
-        <x:v>60.97</x:v>
+        <x:v>95.34</x:v>
       </x:c>
       <x:c r="D31" s="0">
-        <x:v>244.44</x:v>
+        <x:v>272.412</x:v>
       </x:c>
       <x:c r="E31" s="0">
-        <x:v>291</x:v>
+        <x:v>324.3</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="1">
-        <x:v>45967.7155555556</x:v>
+        <x:v>46036.7157175926</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C32" s="0">
-        <x:v>62.94</x:v>
+        <x:v>95.34</x:v>
       </x:c>
       <x:c r="D32" s="0">
-        <x:v>245.952</x:v>
+        <x:v>272.412</x:v>
       </x:c>
       <x:c r="E32" s="0">
-        <x:v>292.8</x:v>
+        <x:v>324.3</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="1">
-        <x:v>45966.7155208333</x:v>
+        <x:v>46035.7726851852</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C33" s="0">
-        <x:v>60.68</x:v>
+        <x:v>88.6</x:v>
       </x:c>
       <x:c r="D33" s="0">
-        <x:v>244.104</x:v>
+        <x:v>268.296</x:v>
       </x:c>
       <x:c r="E33" s="0">
-        <x:v>290.6</x:v>
+        <x:v>319.4</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="1">
-        <x:v>45965.7159722222</x:v>
+        <x:v>46035.7155787037</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C34" s="0">
-        <x:v>59.39</x:v>
+        <x:v>88.6</x:v>
       </x:c>
       <x:c r="D34" s="0">
-        <x:v>243.012</x:v>
+        <x:v>268.296</x:v>
       </x:c>
       <x:c r="E34" s="0">
-        <x:v>289.3</x:v>
+        <x:v>319.4</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="1">
-        <x:v>45964.7156365741</x:v>
+        <x:v>46034.7734722222</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C35" s="0">
-        <x:v>60.46</x:v>
+        <x:v>82.36</x:v>
       </x:c>
       <x:c r="D35" s="0">
-        <x:v>243.852</x:v>
+        <x:v>264.264</x:v>
       </x:c>
       <x:c r="E35" s="0">
-        <x:v>290.3</x:v>
+        <x:v>314.6</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="1">
-        <x:v>45961.8177777778</x:v>
+        <x:v>46034.7155787037</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C36" s="0">
-        <x:v>59.55</x:v>
+        <x:v>82.36</x:v>
       </x:c>
       <x:c r="D36" s="0">
-        <x:v>243.012</x:v>
+        <x:v>264.264</x:v>
       </x:c>
       <x:c r="E36" s="0">
-        <x:v>289.3</x:v>
+        <x:v>314.6</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="1">
-        <x:v>45961.7155671296</x:v>
+        <x:v>46031.7746759259</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C37" s="0">
-        <x:v>59.55</x:v>
+        <x:v>81.35</x:v>
       </x:c>
       <x:c r="D37" s="0">
-        <x:v>243.012</x:v>
+        <x:v>263.508</x:v>
       </x:c>
       <x:c r="E37" s="0">
-        <x:v>289.3</x:v>
+        <x:v>313.7</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="1">
-        <x:v>45960.7155324074</x:v>
+        <x:v>46031.7156018519</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C38" s="0">
-        <x:v>51.79</x:v>
+        <x:v>81.35</x:v>
       </x:c>
       <x:c r="D38" s="0">
-        <x:v>235.788</x:v>
+        <x:v>263.508</x:v>
       </x:c>
       <x:c r="E38" s="0">
-        <x:v>280.7</x:v>
+        <x:v>313.7</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="1">
-        <x:v>45959.716087963</x:v>
+        <x:v>46030.7735763889</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C39" s="0">
-        <x:v>51</x:v>
+        <x:v>82.45</x:v>
       </x:c>
       <x:c r="D39" s="0">
-        <x:v>235.032</x:v>
+        <x:v>264.18</x:v>
       </x:c>
       <x:c r="E39" s="0">
-        <x:v>279.8</x:v>
+        <x:v>314.5</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="1">
-        <x:v>45958.7156712963</x:v>
+        <x:v>46030.7158680556</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C40" s="0">
-        <x:v>49.17</x:v>
+        <x:v>82.45</x:v>
       </x:c>
       <x:c r="D40" s="0">
-        <x:v>233.268</x:v>
+        <x:v>264.18</x:v>
       </x:c>
       <x:c r="E40" s="0">
-        <x:v>277.7</x:v>
+        <x:v>314.5</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="1">
-        <x:v>45957.7155787037</x:v>
+        <x:v>46029.7726851852</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C41" s="0">
-        <x:v>47.07</x:v>
+        <x:v>81.85</x:v>
       </x:c>
       <x:c r="D41" s="0">
-        <x:v>231.168</x:v>
+        <x:v>263.76</x:v>
       </x:c>
       <x:c r="E41" s="0">
-        <x:v>275.2</x:v>
+        <x:v>314</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="1">
-        <x:v>45954.7155902778</x:v>
+        <x:v>46029.715775463</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C42" s="0">
-        <x:v>44.69</x:v>
+        <x:v>81.85</x:v>
       </x:c>
       <x:c r="D42" s="0">
-        <x:v>228.648</x:v>
+        <x:v>263.76</x:v>
       </x:c>
       <x:c r="E42" s="0">
-        <x:v>272.2</x:v>
+        <x:v>314</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="1">
-        <x:v>45953.7155439815</x:v>
+        <x:v>46028.7155902778</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C43" s="0">
-        <x:v>46.41</x:v>
+        <x:v>89.32</x:v>
       </x:c>
       <x:c r="D43" s="0">
-        <x:v>230.328</x:v>
+        <x:v>268.212</x:v>
       </x:c>
       <x:c r="E43" s="0">
-        <x:v>274.2</x:v>
+        <x:v>319.3</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="1">
-        <x:v>45952.7157523148</x:v>
+        <x:v>46027.7155902778</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C44" s="0">
-        <x:v>45.28</x:v>
+        <x:v>94.81</x:v>
       </x:c>
       <x:c r="D44" s="0">
-        <x:v>229.152</x:v>
+        <x:v>271.32</x:v>
       </x:c>
       <x:c r="E44" s="0">
-        <x:v>272.8</x:v>
+        <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="1">
-        <x:v>45951.7155324074</x:v>
+        <x:v>46024.7511342593</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C45" s="0">
-        <x:v>46.23</x:v>
+        <x:v>90.05</x:v>
       </x:c>
       <x:c r="D45" s="0">
-        <x:v>230.076</x:v>
+        <x:v>268.38</x:v>
       </x:c>
       <x:c r="E45" s="0">
-        <x:v>273.9</x:v>
+        <x:v>319.5</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="1">
-        <x:v>45950.7155671296</x:v>
+        <x:v>46021.7350925926</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C46" s="0">
-        <x:v>45.19</x:v>
+        <x:v>88.96</x:v>
       </x:c>
       <x:c r="D46" s="0">
-        <x:v>228.984</x:v>
+        <x:v>267.624</x:v>
       </x:c>
       <x:c r="E46" s="0">
-        <x:v>272.6</x:v>
+        <x:v>318.6</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="1">
-        <x:v>45947.715462963</x:v>
+        <x:v>46020.7558912037</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C47" s="0">
-        <x:v>45.27</x:v>
+        <x:v>85.24</x:v>
       </x:c>
       <x:c r="D47" s="0">
-        <x:v>228.984</x:v>
+        <x:v>265.272</x:v>
       </x:c>
       <x:c r="E47" s="0">
-        <x:v>272.6</x:v>
+        <x:v>315.8</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5">
       <x:c r="A48" s="1">
-        <x:v>45946.7155787037</x:v>
+        <x:v>46014.7155787037</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C48" s="0">
-        <x:v>45.8</x:v>
+        <x:v>85.56</x:v>
       </x:c>
       <x:c r="D48" s="0">
-        <x:v>229.488</x:v>
+        <x:v>265.272</x:v>
       </x:c>
       <x:c r="E48" s="0">
-        <x:v>273.2</x:v>
+        <x:v>315.8</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
       <x:c r="A49" s="1">
-        <x:v>45945.715474537</x:v>
+        <x:v>46013.715625</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C49" s="0">
-        <x:v>45</x:v>
+        <x:v>83.1</x:v>
       </x:c>
       <x:c r="D49" s="0">
-        <x:v>228.648</x:v>
+        <x:v>263.676</x:v>
       </x:c>
       <x:c r="E49" s="0">
-        <x:v>272.2</x:v>
+        <x:v>313.9</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5">
       <x:c r="A50" s="1">
-        <x:v>45944.7155787037</x:v>
+        <x:v>46010.715625</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C50" s="0">
-        <x:v>45.12</x:v>
+        <x:v>82.73</x:v>
       </x:c>
       <x:c r="D50" s="0">
-        <x:v>228.732</x:v>
+        <x:v>263.34</x:v>
       </x:c>
       <x:c r="E50" s="0">
-        <x:v>272.3</x:v>
+        <x:v>313.5</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5">
       <x:c r="A51" s="1">
-        <x:v>45943.7160416667</x:v>
+        <x:v>46009.7161921296</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C51" s="0">
-        <x:v>44.73</x:v>
+        <x:v>77.28</x:v>
       </x:c>
       <x:c r="D51" s="0">
-        <x:v>228.312</x:v>
+        <x:v>259.644</x:v>
       </x:c>
       <x:c r="E51" s="0">
-        <x:v>271.8</x:v>
+        <x:v>309.1</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5">
       <x:c r="A52" s="1">
-        <x:v>45940.7628009259</x:v>
+        <x:v>46008.7156828704</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C52" s="0">
-        <x:v>48.8</x:v>
+        <x:v>77.45</x:v>
       </x:c>
       <x:c r="D52" s="0">
-        <x:v>232.092</x:v>
+        <x:v>259.728</x:v>
       </x:c>
       <x:c r="E52" s="0">
-        <x:v>276.3</x:v>
+        <x:v>309.2</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5">
       <x:c r="A53" s="1">
-        <x:v>45939.7572106481</x:v>
+        <x:v>46007.7156597222</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C53" s="0">
-        <x:v>43.95</x:v>
+        <x:v>75.9</x:v>
       </x:c>
       <x:c r="D53" s="0">
-        <x:v>227.052</x:v>
+        <x:v>258.636</x:v>
       </x:c>
       <x:c r="E53" s="0">
-        <x:v>270.3</x:v>
+        <x:v>307.9</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5">
       <x:c r="A54" s="1">
-        <x:v>45938.7190277778</x:v>
+        <x:v>46006.7734953704</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C54" s="0">
-        <x:v>44.89</x:v>
+        <x:v>74.01</x:v>
       </x:c>
       <x:c r="D54" s="0">
-        <x:v>227.976</x:v>
+        <x:v>257.292</x:v>
       </x:c>
       <x:c r="E54" s="0">
-        <x:v>271.4</x:v>
+        <x:v>306.3</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5">
       <x:c r="A55" s="1">
-        <x:v>45937.7189236111</x:v>
+        <x:v>46006.7155902778</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C55" s="0">
-        <x:v>42.16</x:v>
+        <x:v>74.01</x:v>
       </x:c>
       <x:c r="D55" s="0">
-        <x:v>225.036</x:v>
+        <x:v>257.292</x:v>
       </x:c>
       <x:c r="E55" s="0">
-        <x:v>267.9</x:v>
+        <x:v>306.3</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5">
       <x:c r="A56" s="1">
-        <x:v>45936.7190972222</x:v>
+        <x:v>46003.7156597222</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C56" s="0">
-        <x:v>44.49</x:v>
+        <x:v>73.19</x:v>
       </x:c>
       <x:c r="D56" s="0">
-        <x:v>227.388</x:v>
+        <x:v>256.62</x:v>
       </x:c>
       <x:c r="E56" s="0">
-        <x:v>270.7</x:v>
+        <x:v>305.5</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:5">
       <x:c r="A57" s="1">
-        <x:v>45933.7559837963</x:v>
+        <x:v>46002.7740509259</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C57" s="0">
-        <x:v>43.92</x:v>
+        <x:v>80.76</x:v>
       </x:c>
       <x:c r="D57" s="0">
-        <x:v>226.716</x:v>
+        <x:v>261.492</x:v>
       </x:c>
       <x:c r="E57" s="0">
-        <x:v>269.9</x:v>
+        <x:v>311.3</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:5">
       <x:c r="A58" s="1">
-        <x:v>45932.7758449074</x:v>
+        <x:v>46002.7156018519</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C58" s="0">
-        <x:v>40.51</x:v>
+        <x:v>80.76</x:v>
       </x:c>
       <x:c r="D58" s="0">
-        <x:v>222.936</x:v>
+        <x:v>261.492</x:v>
       </x:c>
       <x:c r="E58" s="0">
-        <x:v>265.4</x:v>
+        <x:v>311.3</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:5">
       <x:c r="A59" s="1">
-        <x:v>45931.7588888889</x:v>
+        <x:v>46001.7725810185</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C59" s="0">
-        <x:v>48.5</x:v>
+        <x:v>74.94</x:v>
       </x:c>
       <x:c r="D59" s="0">
-        <x:v>230.496</x:v>
+        <x:v>257.46</x:v>
       </x:c>
       <x:c r="E59" s="0">
-        <x:v>274.4</x:v>
+        <x:v>306.5</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:5">
       <x:c r="A60" s="1">
-        <x:v>45930.7579398148</x:v>
+        <x:v>46001.7599537037</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C60" s="0">
-        <x:v>45.58</x:v>
+        <x:v>74.94</x:v>
       </x:c>
       <x:c r="D60" s="0">
-        <x:v>227.556</x:v>
+        <x:v>257.46</x:v>
       </x:c>
       <x:c r="E60" s="0">
-        <x:v>270.9</x:v>
+        <x:v>306.5</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:5">
       <x:c r="A61" s="1">
-        <x:v>45929.7560416667</x:v>
+        <x:v>46000.715625</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C61" s="0">
-        <x:v>47.52</x:v>
+        <x:v>69.57</x:v>
       </x:c>
       <x:c r="D61" s="0">
-        <x:v>229.404</x:v>
+        <x:v>253.512</x:v>
       </x:c>
       <x:c r="E61" s="0">
-        <x:v>273.1</x:v>
+        <x:v>301.8</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:5">
       <x:c r="A62" s="1">
-        <x:v>45926.7572569444</x:v>
+        <x:v>45999.7155671296</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C62" s="0">
-        <x:v>49.69</x:v>
+        <x:v>71.26</x:v>
       </x:c>
       <x:c r="D62" s="0">
-        <x:v>231.336</x:v>
+        <x:v>254.688</x:v>
       </x:c>
       <x:c r="E62" s="0">
-        <x:v>275.4</x:v>
+        <x:v>303.2</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:5">
       <x:c r="A63" s="1">
-        <x:v>45925.7565625</x:v>
+        <x:v>45996.7615277778</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C63" s="0">
-        <x:v>45.36</x:v>
+        <x:v>70.46</x:v>
       </x:c>
       <x:c r="D63" s="0">
-        <x:v>226.968</x:v>
+        <x:v>254.016</x:v>
       </x:c>
       <x:c r="E63" s="0">
-        <x:v>270.2</x:v>
+        <x:v>302.4</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:5">
       <x:c r="A64" s="1">
-        <x:v>45924.7579976852</x:v>
+        <x:v>45996.7156365741</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C64" s="0">
-        <x:v>45.22</x:v>
+        <x:v>70.46</x:v>
       </x:c>
       <x:c r="D64" s="0">
-        <x:v>226.8</x:v>
+        <x:v>254.016</x:v>
       </x:c>
       <x:c r="E64" s="0">
-        <x:v>270</x:v>
+        <x:v>302.4</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:5">
       <x:c r="A65" s="1">
-        <x:v>45923.7566435185</x:v>
+        <x:v>45995.7618518519</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C65" s="0">
-        <x:v>50.27</x:v>
+        <x:v>68.79</x:v>
       </x:c>
       <x:c r="D65" s="0">
-        <x:v>231.42</x:v>
+        <x:v>252.756</x:v>
       </x:c>
       <x:c r="E65" s="0">
-        <x:v>275.5</x:v>
+        <x:v>300.9</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:5">
       <x:c r="A66" s="1">
-        <x:v>45922.7577430556</x:v>
+        <x:v>45994.7156597222</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C66" s="0">
-        <x:v>44.05</x:v>
+        <x:v>67.59</x:v>
       </x:c>
       <x:c r="D66" s="0">
-        <x:v>225.036</x:v>
+        <x:v>251.832</x:v>
       </x:c>
       <x:c r="E66" s="0">
-        <x:v>267.9</x:v>
+        <x:v>299.8</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:5">
       <x:c r="A67" s="1">
-        <x:v>45919.7643287037</x:v>
+        <x:v>45993.7157060185</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C67" s="0">
-        <x:v>45.66</x:v>
+        <x:v>70.8</x:v>
       </x:c>
       <x:c r="D67" s="0">
-        <x:v>226.548</x:v>
+        <x:v>254.1</x:v>
       </x:c>
       <x:c r="E67" s="0">
-        <x:v>269.7</x:v>
+        <x:v>302.5</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:5">
       <x:c r="A68" s="1">
-        <x:v>45918.7598148148</x:v>
+        <x:v>45992.7156134259</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C68" s="0">
-        <x:v>43.02</x:v>
+        <x:v>65.14</x:v>
       </x:c>
       <x:c r="D68" s="0">
-        <x:v>223.776</x:v>
+        <x:v>249.732</x:v>
       </x:c>
       <x:c r="E68" s="0">
-        <x:v>266.4</x:v>
+        <x:v>297.3</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:5">
       <x:c r="A69" s="1">
-        <x:v>45917.7674537037</x:v>
+        <x:v>45989.7157291667</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C69" s="0">
-        <x:v>41.78</x:v>
+        <x:v>63.86</x:v>
       </x:c>
       <x:c r="D69" s="0">
-        <x:v>222.432</x:v>
+        <x:v>248.64</x:v>
       </x:c>
       <x:c r="E69" s="0">
-        <x:v>264.8</x:v>
+        <x:v>296</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:5">
       <x:c r="A70" s="1">
-        <x:v>45916.7611111111</x:v>
+        <x:v>45988.7156481482</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C70" s="0">
-        <x:v>41.5</x:v>
+        <x:v>64.88</x:v>
       </x:c>
       <x:c r="D70" s="0">
-        <x:v>222.096</x:v>
+        <x:v>249.396</x:v>
       </x:c>
       <x:c r="E70" s="0">
-        <x:v>264.4</x:v>
+        <x:v>296.9</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:5">
       <x:c r="A71" s="1">
-        <x:v>45915.7621527778</x:v>
+        <x:v>45987.7155555556</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C71" s="0">
-        <x:v>44.6</x:v>
+        <x:v>63.42</x:v>
       </x:c>
       <x:c r="D71" s="0">
-        <x:v>225.204</x:v>
+        <x:v>248.22</x:v>
       </x:c>
       <x:c r="E71" s="0">
-        <x:v>268.1</x:v>
+        <x:v>295.5</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:5">
       <x:c r="A72" s="1">
-        <x:v>45912.7594212963</x:v>
+        <x:v>45986.7689583333</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C72" s="0">
-        <x:v>41.83</x:v>
+        <x:v>60.36</x:v>
       </x:c>
       <x:c r="D72" s="0">
-        <x:v>222.18</x:v>
+        <x:v>245.7</x:v>
       </x:c>
       <x:c r="E72" s="0">
-        <x:v>264.5</x:v>
+        <x:v>292.5</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:5">
       <x:c r="A73" s="1">
-        <x:v>45911.75875</x:v>
+        <x:v>45986.7156481482</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C73" s="0">
-        <x:v>40.4</x:v>
+        <x:v>60.36</x:v>
       </x:c>
       <x:c r="D73" s="0">
-        <x:v>220.584</x:v>
+        <x:v>245.7</x:v>
       </x:c>
       <x:c r="E73" s="0">
-        <x:v>262.6</x:v>
+        <x:v>292.5</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:5">
       <x:c r="A74" s="1">
-        <x:v>45910.7661342593</x:v>
+        <x:v>45985.7158564815</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C74" s="0">
-        <x:v>41.45</x:v>
+        <x:v>56.67</x:v>
       </x:c>
       <x:c r="D74" s="0">
-        <x:v>221.676</x:v>
+        <x:v>242.508</x:v>
       </x:c>
       <x:c r="E74" s="0">
-        <x:v>263.9</x:v>
+        <x:v>288.7</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:5">
       <x:c r="A75" s="1">
-        <x:v>45909.7555787037</x:v>
+        <x:v>45982.7206018519</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C75" s="0">
-        <x:v>39.36</x:v>
+        <x:v>54.03</x:v>
       </x:c>
       <x:c r="D75" s="0">
-        <x:v>219.324</x:v>
+        <x:v>240.072</x:v>
       </x:c>
       <x:c r="E75" s="0">
-        <x:v>261.1</x:v>
+        <x:v>285.8</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:5">
       <x:c r="A76" s="1">
-        <x:v>45908.7626157407</x:v>
+        <x:v>45981.7155555556</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C76" s="0">
-        <x:v>38.64</x:v>
+        <x:v>56.52</x:v>
       </x:c>
       <x:c r="D76" s="0">
-        <x:v>218.484</x:v>
+        <x:v>242.172</x:v>
       </x:c>
       <x:c r="E76" s="0">
-        <x:v>260.1</x:v>
+        <x:v>288.3</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:5">
       <x:c r="A77" s="1">
-        <x:v>45905.7753009259</x:v>
+        <x:v>45980.7155902778</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C77" s="0">
-        <x:v>37.84</x:v>
+        <x:v>53.91</x:v>
       </x:c>
       <x:c r="D77" s="0">
-        <x:v>217.476</x:v>
+        <x:v>239.82</x:v>
       </x:c>
       <x:c r="E77" s="0">
-        <x:v>258.9</x:v>
+        <x:v>285.5</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:5">
       <x:c r="A78" s="1">
-        <x:v>45904.7633564815</x:v>
+        <x:v>45979.7156134259</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C78" s="0">
-        <x:v>40.73</x:v>
+        <x:v>53.38</x:v>
       </x:c>
       <x:c r="D78" s="0">
-        <x:v>220.584</x:v>
+        <x:v>239.316</x:v>
       </x:c>
       <x:c r="E78" s="0">
-        <x:v>262.6</x:v>
+        <x:v>284.9</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:5">
       <x:c r="A79" s="1">
-        <x:v>45903.7601157407</x:v>
+        <x:v>45978.7154861111</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C79" s="0">
-        <x:v>38.32</x:v>
+        <x:v>61.87</x:v>
       </x:c>
       <x:c r="D79" s="0">
-        <x:v>217.812</x:v>
+        <x:v>246.036</x:v>
       </x:c>
       <x:c r="E79" s="0">
-        <x:v>259.3</x:v>
+        <x:v>292.9</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:5">
       <x:c r="A80" s="1">
-        <x:v>45902.7618055556</x:v>
+        <x:v>45975.7155671296</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C80" s="0">
-        <x:v>38.34</x:v>
+        <x:v>64.16</x:v>
       </x:c>
       <x:c r="D80" s="0">
-        <x:v>217.812</x:v>
+        <x:v>247.716</x:v>
       </x:c>
       <x:c r="E80" s="0">
-        <x:v>259.3</x:v>
+        <x:v>294.9</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:5">
       <x:c r="A81" s="1">
-        <x:v>45901.7594444444</x:v>
+        <x:v>45974.7159143519</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C81" s="0">
-        <x:v>41.52</x:v>
+        <x:v>71.71</x:v>
       </x:c>
       <x:c r="D81" s="0">
-        <x:v>221.172</x:v>
+        <x:v>253.008</x:v>
       </x:c>
       <x:c r="E81" s="0">
-        <x:v>263.3</x:v>
+        <x:v>301.2</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:5">
       <x:c r="A82" s="1">
-        <x:v>45898.7627083333</x:v>
+        <x:v>45973.7618518519</x:v>
       </x:c>
       <x:c r="B82" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C82" s="0">
-        <x:v>40.82</x:v>
+        <x:v>73.83</x:v>
       </x:c>
       <x:c r="D82" s="0">
-        <x:v>220.332</x:v>
+        <x:v>254.436</x:v>
       </x:c>
       <x:c r="E82" s="0">
-        <x:v>262.3</x:v>
+        <x:v>302.9</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:5">
       <x:c r="A83" s="1">
-        <x:v>45897.7575925926</x:v>
+        <x:v>45972.715474537</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C83" s="0">
-        <x:v>41.8</x:v>
+        <x:v>67.3</x:v>
       </x:c>
       <x:c r="D83" s="0">
-        <x:v>221.34</x:v>
+        <x:v>249.564</x:v>
       </x:c>
       <x:c r="E83" s="0">
-        <x:v>263.5</x:v>
+        <x:v>297.1</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:5">
       <x:c r="A84" s="1">
-        <x:v>45896.7598263889</x:v>
+        <x:v>45968.7155902778</x:v>
       </x:c>
       <x:c r="B84" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C84" s="0">
-        <x:v>42.06</x:v>
+        <x:v>60.97</x:v>
       </x:c>
       <x:c r="D84" s="0">
-        <x:v>221.592</x:v>
+        <x:v>244.44</x:v>
       </x:c>
       <x:c r="E84" s="0">
-        <x:v>263.8</x:v>
+        <x:v>291</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:5">
       <x:c r="A85" s="1">
-        <x:v>45895.7574884259</x:v>
+        <x:v>45967.7155555556</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C85" s="0">
-        <x:v>48.24</x:v>
+        <x:v>62.94</x:v>
       </x:c>
       <x:c r="D85" s="0">
-        <x:v>227.388</x:v>
+        <x:v>245.952</x:v>
       </x:c>
       <x:c r="E85" s="0">
-        <x:v>270.7</x:v>
+        <x:v>292.8</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:5">
       <x:c r="A86" s="1">
-        <x:v>45894.7570138889</x:v>
+        <x:v>45966.7155208333</x:v>
       </x:c>
       <x:c r="B86" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C86" s="0">
-        <x:v>51.97</x:v>
+        <x:v>60.68</x:v>
       </x:c>
       <x:c r="D86" s="0">
-        <x:v>230.664</x:v>
+        <x:v>244.104</x:v>
       </x:c>
       <x:c r="E86" s="0">
-        <x:v>274.6</x:v>
+        <x:v>290.6</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:5">
       <x:c r="A87" s="1">
-        <x:v>45891.7584606481</x:v>
+        <x:v>45965.7159722222</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C87" s="0">
-        <x:v>52.93</x:v>
+        <x:v>59.39</x:v>
       </x:c>
       <x:c r="D87" s="0">
-        <x:v>231.42</x:v>
+        <x:v>243.012</x:v>
       </x:c>
       <x:c r="E87" s="0">
-        <x:v>275.5</x:v>
+        <x:v>289.3</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:5">
       <x:c r="A88" s="1">
-        <x:v>45890.7565277778</x:v>
+        <x:v>45964.7156365741</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C88" s="0">
-        <x:v>53.16</x:v>
+        <x:v>60.46</x:v>
       </x:c>
       <x:c r="D88" s="0">
-        <x:v>231.588</x:v>
+        <x:v>243.852</x:v>
       </x:c>
       <x:c r="E88" s="0">
-        <x:v>275.7</x:v>
+        <x:v>290.3</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:5">
       <x:c r="A89" s="1">
-        <x:v>45889.759375</x:v>
+        <x:v>45961.8177777778</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C89" s="0">
-        <x:v>50.24</x:v>
+        <x:v>59.55</x:v>
       </x:c>
       <x:c r="D89" s="0">
-        <x:v>228.9</x:v>
+        <x:v>243.012</x:v>
       </x:c>
       <x:c r="E89" s="0">
-        <x:v>272.5</x:v>
+        <x:v>289.3</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:5">
       <x:c r="A90" s="1">
-        <x:v>45888.7607291667</x:v>
+        <x:v>45961.7155671296</x:v>
       </x:c>
       <x:c r="B90" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C90" s="0">
-        <x:v>49.99</x:v>
+        <x:v>59.55</x:v>
       </x:c>
       <x:c r="D90" s="0">
-        <x:v>228.648</x:v>
+        <x:v>243.012</x:v>
       </x:c>
       <x:c r="E90" s="0">
-        <x:v>272.2</x:v>
+        <x:v>289.3</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:5">
       <x:c r="A91" s="1">
-        <x:v>45887.7582523148</x:v>
+        <x:v>45960.7155324074</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C91" s="0">
-        <x:v>46.55</x:v>
+        <x:v>51.79</x:v>
       </x:c>
       <x:c r="D91" s="0">
-        <x:v>225.288</x:v>
+        <x:v>235.788</x:v>
       </x:c>
       <x:c r="E91" s="0">
-        <x:v>268.2</x:v>
+        <x:v>280.7</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:5">
       <x:c r="A92" s="1">
-        <x:v>45884.7577546296</x:v>
+        <x:v>45959.716087963</x:v>
       </x:c>
       <x:c r="B92" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C92" s="0">
-        <x:v>50.64</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="D92" s="0">
-        <x:v>228.9</x:v>
+        <x:v>235.032</x:v>
       </x:c>
       <x:c r="E92" s="0">
-        <x:v>272.5</x:v>
+        <x:v>279.8</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:5">
       <x:c r="A93" s="1">
-        <x:v>45883.7578472222</x:v>
+        <x:v>45958.7156712963</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C93" s="0">
-        <x:v>51.62</x:v>
+        <x:v>49.17</x:v>
       </x:c>
       <x:c r="D93" s="0">
-        <x:v>229.74</x:v>
+        <x:v>233.268</x:v>
       </x:c>
       <x:c r="E93" s="0">
-        <x:v>273.5</x:v>
+        <x:v>277.7</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:5">
       <x:c r="A94" s="1">
-        <x:v>45882.7698611111</x:v>
+        <x:v>45957.7155787037</x:v>
       </x:c>
       <x:c r="B94" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C94" s="0">
-        <x:v>49.91</x:v>
+        <x:v>47.07</x:v>
       </x:c>
       <x:c r="D94" s="0">
-        <x:v>228.144</x:v>
+        <x:v>231.168</x:v>
       </x:c>
       <x:c r="E94" s="0">
-        <x:v>271.6</x:v>
+        <x:v>275.2</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:5">
       <x:c r="A95" s="1">
-        <x:v>45882.7608333333</x:v>
+        <x:v>45954.7155902778</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C95" s="0">
-        <x:v>49.91</x:v>
+        <x:v>44.69</x:v>
       </x:c>
       <x:c r="D95" s="0">
-        <x:v>228.144</x:v>
+        <x:v>228.648</x:v>
       </x:c>
       <x:c r="E95" s="0">
-        <x:v>271.6</x:v>
+        <x:v>272.2</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:5">
       <x:c r="A96" s="1">
-        <x:v>45881.7571296296</x:v>
+        <x:v>45953.7155439815</x:v>
       </x:c>
       <x:c r="B96" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C96" s="0">
-        <x:v>49.39</x:v>
+        <x:v>46.41</x:v>
       </x:c>
       <x:c r="D96" s="0">
-        <x:v>227.64</x:v>
+        <x:v>230.328</x:v>
       </x:c>
       <x:c r="E96" s="0">
-        <x:v>271</x:v>
+        <x:v>274.2</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:5">
       <x:c r="A97" s="1">
-        <x:v>45880.7586689815</x:v>
+        <x:v>45952.7157523148</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C97" s="0">
-        <x:v>45.65</x:v>
+        <x:v>45.28</x:v>
       </x:c>
       <x:c r="D97" s="0">
-        <x:v>223.944</x:v>
+        <x:v>229.152</x:v>
       </x:c>
       <x:c r="E97" s="0">
-        <x:v>266.6</x:v>
+        <x:v>272.8</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:5">
       <x:c r="A98" s="1">
-        <x:v>45877.7857523148</x:v>
+        <x:v>45951.7155324074</x:v>
       </x:c>
       <x:c r="B98" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C98" s="0">
-        <x:v>44.4</x:v>
+        <x:v>46.23</x:v>
       </x:c>
       <x:c r="D98" s="0">
-        <x:v>222.6</x:v>
+        <x:v>230.076</x:v>
       </x:c>
       <x:c r="E98" s="0">
-        <x:v>265</x:v>
+        <x:v>273.9</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:5">
       <x:c r="A99" s="1">
-        <x:v>45876.7589467593</x:v>
+        <x:v>45950.7155671296</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C99" s="0">
-        <x:v>43.19</x:v>
+        <x:v>45.19</x:v>
       </x:c>
       <x:c r="D99" s="0">
-        <x:v>221.34</x:v>
+        <x:v>228.984</x:v>
       </x:c>
       <x:c r="E99" s="0">
-        <x:v>263.5</x:v>
+        <x:v>272.6</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:5">
       <x:c r="A100" s="1">
-        <x:v>45875.7594444444</x:v>
+        <x:v>45947.715462963</x:v>
       </x:c>
       <x:c r="B100" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C100" s="0">
-        <x:v>41.4</x:v>
+        <x:v>45.27</x:v>
       </x:c>
       <x:c r="D100" s="0">
-        <x:v>219.408</x:v>
+        <x:v>228.984</x:v>
       </x:c>
       <x:c r="E100" s="0">
-        <x:v>261.2</x:v>
+        <x:v>272.6</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:5">
       <x:c r="A101" s="1">
-        <x:v>45874.7580092593</x:v>
+        <x:v>45946.7155787037</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C101" s="0">
-        <x:v>38.64</x:v>
+        <x:v>45.8</x:v>
       </x:c>
       <x:c r="D101" s="0">
-        <x:v>216.3</x:v>
+        <x:v>229.488</x:v>
       </x:c>
       <x:c r="E101" s="0">
-        <x:v>257.5</x:v>
+        <x:v>273.2</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:5">
       <x:c r="A102" s="1">
-        <x:v>45873.7607986111</x:v>
+        <x:v>45945.715474537</x:v>
       </x:c>
       <x:c r="B102" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C102" s="0">
-        <x:v>40.7</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="D102" s="0">
-        <x:v>218.484</x:v>
+        <x:v>228.648</x:v>
       </x:c>
       <x:c r="E102" s="0">
-        <x:v>260.1</x:v>
+        <x:v>272.2</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:5">
       <x:c r="A103" s="1">
-        <x:v>45870.7602314815</x:v>
+        <x:v>45944.7155787037</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C103" s="0">
-        <x:v>37</x:v>
+        <x:v>45.12</x:v>
       </x:c>
       <x:c r="D103" s="0">
-        <x:v>214.116</x:v>
+        <x:v>228.732</x:v>
       </x:c>
       <x:c r="E103" s="0">
-        <x:v>254.9</x:v>
+        <x:v>272.3</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:5">
       <x:c r="A104" s="1">
-        <x:v>45869.7836574074</x:v>
+        <x:v>45943.7160416667</x:v>
       </x:c>
       <x:c r="B104" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C104" s="0">
-        <x:v>41.49</x:v>
+        <x:v>44.73</x:v>
       </x:c>
       <x:c r="D104" s="0">
-        <x:v>218.82</x:v>
+        <x:v>228.312</x:v>
       </x:c>
       <x:c r="E104" s="0">
-        <x:v>260.5</x:v>
+        <x:v>271.8</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:5">
       <x:c r="A105" s="1">
-        <x:v>45868.7572569444</x:v>
+        <x:v>45940.7628009259</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C105" s="0">
-        <x:v>42.32</x:v>
+        <x:v>48.8</x:v>
       </x:c>
       <x:c r="D105" s="0">
-        <x:v>219.66</x:v>
+        <x:v>232.092</x:v>
       </x:c>
       <x:c r="E105" s="0">
-        <x:v>261.5</x:v>
+        <x:v>276.3</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:5">
       <x:c r="A106" s="1">
-        <x:v>45867.786099537</x:v>
+        <x:v>45939.7572106481</x:v>
       </x:c>
       <x:c r="B106" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C106" s="0">
-        <x:v>41.87</x:v>
+        <x:v>43.95</x:v>
       </x:c>
       <x:c r="D106" s="0">
-        <x:v>219.156</x:v>
+        <x:v>227.052</x:v>
       </x:c>
       <x:c r="E106" s="0">
-        <x:v>260.9</x:v>
+        <x:v>270.3</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:5">
       <x:c r="A107" s="1">
-        <x:v>45866.7583101852</x:v>
+        <x:v>45938.7190277778</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C107" s="0">
-        <x:v>41.02</x:v>
+        <x:v>44.89</x:v>
       </x:c>
       <x:c r="D107" s="0">
-        <x:v>218.232</x:v>
+        <x:v>227.976</x:v>
       </x:c>
       <x:c r="E107" s="0">
-        <x:v>259.8</x:v>
+        <x:v>271.4</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:5">
       <x:c r="A108" s="1">
-        <x:v>45863.756724537</x:v>
+        <x:v>45937.7189236111</x:v>
       </x:c>
       <x:c r="B108" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C108" s="0">
-        <x:v>41.18</x:v>
+        <x:v>42.16</x:v>
       </x:c>
       <x:c r="D108" s="0">
-        <x:v>218.316</x:v>
+        <x:v>225.036</x:v>
       </x:c>
       <x:c r="E108" s="0">
-        <x:v>259.9</x:v>
+        <x:v>267.9</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:5">
       <x:c r="A109" s="1">
-        <x:v>45862.7626967593</x:v>
+        <x:v>45936.7190972222</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C109" s="0">
-        <x:v>41.77</x:v>
+        <x:v>44.49</x:v>
       </x:c>
       <x:c r="D109" s="0">
-        <x:v>218.904</x:v>
+        <x:v>227.388</x:v>
       </x:c>
       <x:c r="E109" s="0">
-        <x:v>260.6</x:v>
+        <x:v>270.7</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:5">
       <x:c r="A110" s="1">
-        <x:v>45861.7587037037</x:v>
+        <x:v>45933.7559837963</x:v>
       </x:c>
       <x:c r="B110" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C110" s="0">
-        <x:v>39.49</x:v>
+        <x:v>43.92</x:v>
       </x:c>
       <x:c r="D110" s="0">
-        <x:v>216.384</x:v>
+        <x:v>226.716</x:v>
       </x:c>
       <x:c r="E110" s="0">
-        <x:v>257.6</x:v>
+        <x:v>269.9</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:5">
       <x:c r="A111" s="1">
-        <x:v>45860.7619097222</x:v>
+        <x:v>45932.7758449074</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C111" s="0">
-        <x:v>38.03</x:v>
+        <x:v>40.51</x:v>
       </x:c>
       <x:c r="D111" s="0">
-        <x:v>214.704</x:v>
+        <x:v>222.936</x:v>
       </x:c>
       <x:c r="E111" s="0">
-        <x:v>255.6</x:v>
+        <x:v>265.4</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:5">
       <x:c r="A112" s="1">
+        <x:v>45931.7588888889</x:v>
+      </x:c>
+      <x:c r="B112" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C112" s="0">
+        <x:v>48.5</x:v>
+      </x:c>
+      <x:c r="D112" s="0">
+        <x:v>230.496</x:v>
+      </x:c>
+      <x:c r="E112" s="0">
+        <x:v>274.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="113" spans="1:5">
+      <x:c r="A113" s="1">
+        <x:v>45930.7579398148</x:v>
+      </x:c>
+      <x:c r="B113" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C113" s="0">
+        <x:v>45.58</x:v>
+      </x:c>
+      <x:c r="D113" s="0">
+        <x:v>227.556</x:v>
+      </x:c>
+      <x:c r="E113" s="0">
+        <x:v>270.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="114" spans="1:5">
+      <x:c r="A114" s="1">
+        <x:v>45929.7560416667</x:v>
+      </x:c>
+      <x:c r="B114" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C114" s="0">
+        <x:v>47.52</x:v>
+      </x:c>
+      <x:c r="D114" s="0">
+        <x:v>229.404</x:v>
+      </x:c>
+      <x:c r="E114" s="0">
+        <x:v>273.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="115" spans="1:5">
+      <x:c r="A115" s="1">
+        <x:v>45926.7572569444</x:v>
+      </x:c>
+      <x:c r="B115" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C115" s="0">
+        <x:v>49.69</x:v>
+      </x:c>
+      <x:c r="D115" s="0">
+        <x:v>231.336</x:v>
+      </x:c>
+      <x:c r="E115" s="0">
+        <x:v>275.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="116" spans="1:5">
+      <x:c r="A116" s="1">
+        <x:v>45925.7565625</x:v>
+      </x:c>
+      <x:c r="B116" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C116" s="0">
+        <x:v>45.36</x:v>
+      </x:c>
+      <x:c r="D116" s="0">
+        <x:v>226.968</x:v>
+      </x:c>
+      <x:c r="E116" s="0">
+        <x:v>270.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="117" spans="1:5">
+      <x:c r="A117" s="1">
+        <x:v>45924.7579976852</x:v>
+      </x:c>
+      <x:c r="B117" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C117" s="0">
+        <x:v>45.22</x:v>
+      </x:c>
+      <x:c r="D117" s="0">
+        <x:v>226.8</x:v>
+      </x:c>
+      <x:c r="E117" s="0">
+        <x:v>270</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="118" spans="1:5">
+      <x:c r="A118" s="1">
+        <x:v>45923.7566435185</x:v>
+      </x:c>
+      <x:c r="B118" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C118" s="0">
+        <x:v>50.27</x:v>
+      </x:c>
+      <x:c r="D118" s="0">
+        <x:v>231.42</x:v>
+      </x:c>
+      <x:c r="E118" s="0">
+        <x:v>275.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="119" spans="1:5">
+      <x:c r="A119" s="1">
+        <x:v>45922.7577430556</x:v>
+      </x:c>
+      <x:c r="B119" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C119" s="0">
+        <x:v>44.05</x:v>
+      </x:c>
+      <x:c r="D119" s="0">
+        <x:v>225.036</x:v>
+      </x:c>
+      <x:c r="E119" s="0">
+        <x:v>267.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="120" spans="1:5">
+      <x:c r="A120" s="1">
+        <x:v>45919.7643287037</x:v>
+      </x:c>
+      <x:c r="B120" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C120" s="0">
+        <x:v>45.66</x:v>
+      </x:c>
+      <x:c r="D120" s="0">
+        <x:v>226.548</x:v>
+      </x:c>
+      <x:c r="E120" s="0">
+        <x:v>269.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="121" spans="1:5">
+      <x:c r="A121" s="1">
+        <x:v>45918.7598148148</x:v>
+      </x:c>
+      <x:c r="B121" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C121" s="0">
+        <x:v>43.02</x:v>
+      </x:c>
+      <x:c r="D121" s="0">
+        <x:v>223.776</x:v>
+      </x:c>
+      <x:c r="E121" s="0">
+        <x:v>266.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="122" spans="1:5">
+      <x:c r="A122" s="1">
+        <x:v>45917.7674537037</x:v>
+      </x:c>
+      <x:c r="B122" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C122" s="0">
+        <x:v>41.78</x:v>
+      </x:c>
+      <x:c r="D122" s="0">
+        <x:v>222.432</x:v>
+      </x:c>
+      <x:c r="E122" s="0">
+        <x:v>264.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="123" spans="1:5">
+      <x:c r="A123" s="1">
+        <x:v>45916.7611111111</x:v>
+      </x:c>
+      <x:c r="B123" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C123" s="0">
+        <x:v>41.5</x:v>
+      </x:c>
+      <x:c r="D123" s="0">
+        <x:v>222.096</x:v>
+      </x:c>
+      <x:c r="E123" s="0">
+        <x:v>264.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="124" spans="1:5">
+      <x:c r="A124" s="1">
+        <x:v>45915.7621527778</x:v>
+      </x:c>
+      <x:c r="B124" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C124" s="0">
+        <x:v>44.6</x:v>
+      </x:c>
+      <x:c r="D124" s="0">
+        <x:v>225.204</x:v>
+      </x:c>
+      <x:c r="E124" s="0">
+        <x:v>268.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="125" spans="1:5">
+      <x:c r="A125" s="1">
+        <x:v>45912.7594212963</x:v>
+      </x:c>
+      <x:c r="B125" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C125" s="0">
+        <x:v>41.83</x:v>
+      </x:c>
+      <x:c r="D125" s="0">
+        <x:v>222.18</x:v>
+      </x:c>
+      <x:c r="E125" s="0">
+        <x:v>264.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="126" spans="1:5">
+      <x:c r="A126" s="1">
+        <x:v>45911.75875</x:v>
+      </x:c>
+      <x:c r="B126" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C126" s="0">
+        <x:v>40.4</x:v>
+      </x:c>
+      <x:c r="D126" s="0">
+        <x:v>220.584</x:v>
+      </x:c>
+      <x:c r="E126" s="0">
+        <x:v>262.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="127" spans="1:5">
+      <x:c r="A127" s="1">
+        <x:v>45910.7661342593</x:v>
+      </x:c>
+      <x:c r="B127" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C127" s="0">
+        <x:v>41.45</x:v>
+      </x:c>
+      <x:c r="D127" s="0">
+        <x:v>221.676</x:v>
+      </x:c>
+      <x:c r="E127" s="0">
+        <x:v>263.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="128" spans="1:5">
+      <x:c r="A128" s="1">
+        <x:v>45909.7555787037</x:v>
+      </x:c>
+      <x:c r="B128" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C128" s="0">
+        <x:v>39.36</x:v>
+      </x:c>
+      <x:c r="D128" s="0">
+        <x:v>219.324</x:v>
+      </x:c>
+      <x:c r="E128" s="0">
+        <x:v>261.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="129" spans="1:5">
+      <x:c r="A129" s="1">
+        <x:v>45908.7626157407</x:v>
+      </x:c>
+      <x:c r="B129" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C129" s="0">
+        <x:v>38.64</x:v>
+      </x:c>
+      <x:c r="D129" s="0">
+        <x:v>218.484</x:v>
+      </x:c>
+      <x:c r="E129" s="0">
+        <x:v>260.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="130" spans="1:5">
+      <x:c r="A130" s="1">
+        <x:v>45905.7753009259</x:v>
+      </x:c>
+      <x:c r="B130" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C130" s="0">
+        <x:v>37.84</x:v>
+      </x:c>
+      <x:c r="D130" s="0">
+        <x:v>217.476</x:v>
+      </x:c>
+      <x:c r="E130" s="0">
+        <x:v>258.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="131" spans="1:5">
+      <x:c r="A131" s="1">
+        <x:v>45904.7633564815</x:v>
+      </x:c>
+      <x:c r="B131" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C131" s="0">
+        <x:v>40.73</x:v>
+      </x:c>
+      <x:c r="D131" s="0">
+        <x:v>220.584</x:v>
+      </x:c>
+      <x:c r="E131" s="0">
+        <x:v>262.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="132" spans="1:5">
+      <x:c r="A132" s="1">
+        <x:v>45903.7601157407</x:v>
+      </x:c>
+      <x:c r="B132" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C132" s="0">
+        <x:v>38.32</x:v>
+      </x:c>
+      <x:c r="D132" s="0">
+        <x:v>217.812</x:v>
+      </x:c>
+      <x:c r="E132" s="0">
+        <x:v>259.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="133" spans="1:5">
+      <x:c r="A133" s="1">
+        <x:v>45902.7618055556</x:v>
+      </x:c>
+      <x:c r="B133" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C133" s="0">
+        <x:v>38.34</x:v>
+      </x:c>
+      <x:c r="D133" s="0">
+        <x:v>217.812</x:v>
+      </x:c>
+      <x:c r="E133" s="0">
+        <x:v>259.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="134" spans="1:5">
+      <x:c r="A134" s="1">
+        <x:v>45901.7594444444</x:v>
+      </x:c>
+      <x:c r="B134" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C134" s="0">
+        <x:v>41.52</x:v>
+      </x:c>
+      <x:c r="D134" s="0">
+        <x:v>221.172</x:v>
+      </x:c>
+      <x:c r="E134" s="0">
+        <x:v>263.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="135" spans="1:5">
+      <x:c r="A135" s="1">
+        <x:v>45898.7627083333</x:v>
+      </x:c>
+      <x:c r="B135" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C135" s="0">
+        <x:v>40.82</x:v>
+      </x:c>
+      <x:c r="D135" s="0">
+        <x:v>220.332</x:v>
+      </x:c>
+      <x:c r="E135" s="0">
+        <x:v>262.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="136" spans="1:5">
+      <x:c r="A136" s="1">
+        <x:v>45897.7575925926</x:v>
+      </x:c>
+      <x:c r="B136" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C136" s="0">
+        <x:v>41.8</x:v>
+      </x:c>
+      <x:c r="D136" s="0">
+        <x:v>221.34</x:v>
+      </x:c>
+      <x:c r="E136" s="0">
+        <x:v>263.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="137" spans="1:5">
+      <x:c r="A137" s="1">
+        <x:v>45896.7598263889</x:v>
+      </x:c>
+      <x:c r="B137" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C137" s="0">
+        <x:v>42.06</x:v>
+      </x:c>
+      <x:c r="D137" s="0">
+        <x:v>221.592</x:v>
+      </x:c>
+      <x:c r="E137" s="0">
+        <x:v>263.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="138" spans="1:5">
+      <x:c r="A138" s="1">
+        <x:v>45895.7574884259</x:v>
+      </x:c>
+      <x:c r="B138" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C138" s="0">
+        <x:v>48.24</x:v>
+      </x:c>
+      <x:c r="D138" s="0">
+        <x:v>227.388</x:v>
+      </x:c>
+      <x:c r="E138" s="0">
+        <x:v>270.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="139" spans="1:5">
+      <x:c r="A139" s="1">
+        <x:v>45894.7570138889</x:v>
+      </x:c>
+      <x:c r="B139" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C139" s="0">
+        <x:v>51.97</x:v>
+      </x:c>
+      <x:c r="D139" s="0">
+        <x:v>230.664</x:v>
+      </x:c>
+      <x:c r="E139" s="0">
+        <x:v>274.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="140" spans="1:5">
+      <x:c r="A140" s="1">
+        <x:v>45891.7584606481</x:v>
+      </x:c>
+      <x:c r="B140" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C140" s="0">
+        <x:v>52.93</x:v>
+      </x:c>
+      <x:c r="D140" s="0">
+        <x:v>231.42</x:v>
+      </x:c>
+      <x:c r="E140" s="0">
+        <x:v>275.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="141" spans="1:5">
+      <x:c r="A141" s="1">
+        <x:v>45890.7565277778</x:v>
+      </x:c>
+      <x:c r="B141" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C141" s="0">
+        <x:v>53.16</x:v>
+      </x:c>
+      <x:c r="D141" s="0">
+        <x:v>231.588</x:v>
+      </x:c>
+      <x:c r="E141" s="0">
+        <x:v>275.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="142" spans="1:5">
+      <x:c r="A142" s="1">
+        <x:v>45889.759375</x:v>
+      </x:c>
+      <x:c r="B142" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C142" s="0">
+        <x:v>50.24</x:v>
+      </x:c>
+      <x:c r="D142" s="0">
+        <x:v>228.9</x:v>
+      </x:c>
+      <x:c r="E142" s="0">
+        <x:v>272.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="143" spans="1:5">
+      <x:c r="A143" s="1">
+        <x:v>45888.7607291667</x:v>
+      </x:c>
+      <x:c r="B143" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C143" s="0">
+        <x:v>49.99</x:v>
+      </x:c>
+      <x:c r="D143" s="0">
+        <x:v>228.648</x:v>
+      </x:c>
+      <x:c r="E143" s="0">
+        <x:v>272.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="144" spans="1:5">
+      <x:c r="A144" s="1">
+        <x:v>45887.7582523148</x:v>
+      </x:c>
+      <x:c r="B144" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C144" s="0">
+        <x:v>46.55</x:v>
+      </x:c>
+      <x:c r="D144" s="0">
+        <x:v>225.288</x:v>
+      </x:c>
+      <x:c r="E144" s="0">
+        <x:v>268.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="145" spans="1:5">
+      <x:c r="A145" s="1">
+        <x:v>45884.7577546296</x:v>
+      </x:c>
+      <x:c r="B145" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C145" s="0">
+        <x:v>50.64</x:v>
+      </x:c>
+      <x:c r="D145" s="0">
+        <x:v>228.9</x:v>
+      </x:c>
+      <x:c r="E145" s="0">
+        <x:v>272.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="146" spans="1:5">
+      <x:c r="A146" s="1">
+        <x:v>45883.7578472222</x:v>
+      </x:c>
+      <x:c r="B146" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C146" s="0">
+        <x:v>51.62</x:v>
+      </x:c>
+      <x:c r="D146" s="0">
+        <x:v>229.74</x:v>
+      </x:c>
+      <x:c r="E146" s="0">
+        <x:v>273.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="147" spans="1:5">
+      <x:c r="A147" s="1">
+        <x:v>45882.7698611111</x:v>
+      </x:c>
+      <x:c r="B147" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C147" s="0">
+        <x:v>49.91</x:v>
+      </x:c>
+      <x:c r="D147" s="0">
+        <x:v>228.144</x:v>
+      </x:c>
+      <x:c r="E147" s="0">
+        <x:v>271.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="148" spans="1:5">
+      <x:c r="A148" s="1">
+        <x:v>45882.7608333333</x:v>
+      </x:c>
+      <x:c r="B148" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C148" s="0">
+        <x:v>49.91</x:v>
+      </x:c>
+      <x:c r="D148" s="0">
+        <x:v>228.144</x:v>
+      </x:c>
+      <x:c r="E148" s="0">
+        <x:v>271.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="149" spans="1:5">
+      <x:c r="A149" s="1">
+        <x:v>45881.7571296296</x:v>
+      </x:c>
+      <x:c r="B149" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C149" s="0">
+        <x:v>49.39</x:v>
+      </x:c>
+      <x:c r="D149" s="0">
+        <x:v>227.64</x:v>
+      </x:c>
+      <x:c r="E149" s="0">
+        <x:v>271</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="150" spans="1:5">
+      <x:c r="A150" s="1">
+        <x:v>45880.7586689815</x:v>
+      </x:c>
+      <x:c r="B150" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C150" s="0">
+        <x:v>45.65</x:v>
+      </x:c>
+      <x:c r="D150" s="0">
+        <x:v>223.944</x:v>
+      </x:c>
+      <x:c r="E150" s="0">
+        <x:v>266.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="151" spans="1:5">
+      <x:c r="A151" s="1">
+        <x:v>45877.7857523148</x:v>
+      </x:c>
+      <x:c r="B151" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C151" s="0">
+        <x:v>44.4</x:v>
+      </x:c>
+      <x:c r="D151" s="0">
+        <x:v>222.6</x:v>
+      </x:c>
+      <x:c r="E151" s="0">
+        <x:v>265</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="152" spans="1:5">
+      <x:c r="A152" s="1">
+        <x:v>45876.7589467593</x:v>
+      </x:c>
+      <x:c r="B152" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C152" s="0">
+        <x:v>43.19</x:v>
+      </x:c>
+      <x:c r="D152" s="0">
+        <x:v>221.34</x:v>
+      </x:c>
+      <x:c r="E152" s="0">
+        <x:v>263.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="153" spans="1:5">
+      <x:c r="A153" s="1">
+        <x:v>45875.7594444444</x:v>
+      </x:c>
+      <x:c r="B153" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C153" s="0">
+        <x:v>41.4</x:v>
+      </x:c>
+      <x:c r="D153" s="0">
+        <x:v>219.408</x:v>
+      </x:c>
+      <x:c r="E153" s="0">
+        <x:v>261.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="154" spans="1:5">
+      <x:c r="A154" s="1">
+        <x:v>45874.7580092593</x:v>
+      </x:c>
+      <x:c r="B154" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C154" s="0">
+        <x:v>38.64</x:v>
+      </x:c>
+      <x:c r="D154" s="0">
+        <x:v>216.3</x:v>
+      </x:c>
+      <x:c r="E154" s="0">
+        <x:v>257.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="155" spans="1:5">
+      <x:c r="A155" s="1">
+        <x:v>45873.7607986111</x:v>
+      </x:c>
+      <x:c r="B155" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C155" s="0">
+        <x:v>40.7</x:v>
+      </x:c>
+      <x:c r="D155" s="0">
+        <x:v>218.484</x:v>
+      </x:c>
+      <x:c r="E155" s="0">
+        <x:v>260.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="156" spans="1:5">
+      <x:c r="A156" s="1">
+        <x:v>45870.7602314815</x:v>
+      </x:c>
+      <x:c r="B156" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C156" s="0">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="D156" s="0">
+        <x:v>214.116</x:v>
+      </x:c>
+      <x:c r="E156" s="0">
+        <x:v>254.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="157" spans="1:5">
+      <x:c r="A157" s="1">
+        <x:v>45869.7836574074</x:v>
+      </x:c>
+      <x:c r="B157" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C157" s="0">
+        <x:v>41.49</x:v>
+      </x:c>
+      <x:c r="D157" s="0">
+        <x:v>218.82</x:v>
+      </x:c>
+      <x:c r="E157" s="0">
+        <x:v>260.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="158" spans="1:5">
+      <x:c r="A158" s="1">
+        <x:v>45868.7572569444</x:v>
+      </x:c>
+      <x:c r="B158" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C158" s="0">
+        <x:v>42.32</x:v>
+      </x:c>
+      <x:c r="D158" s="0">
+        <x:v>219.66</x:v>
+      </x:c>
+      <x:c r="E158" s="0">
+        <x:v>261.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="159" spans="1:5">
+      <x:c r="A159" s="1">
+        <x:v>45867.786099537</x:v>
+      </x:c>
+      <x:c r="B159" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C159" s="0">
+        <x:v>41.87</x:v>
+      </x:c>
+      <x:c r="D159" s="0">
+        <x:v>219.156</x:v>
+      </x:c>
+      <x:c r="E159" s="0">
+        <x:v>260.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="160" spans="1:5">
+      <x:c r="A160" s="1">
+        <x:v>45866.7583101852</x:v>
+      </x:c>
+      <x:c r="B160" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C160" s="0">
+        <x:v>41.02</x:v>
+      </x:c>
+      <x:c r="D160" s="0">
+        <x:v>218.232</x:v>
+      </x:c>
+      <x:c r="E160" s="0">
+        <x:v>259.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="161" spans="1:5">
+      <x:c r="A161" s="1">
+        <x:v>45863.756724537</x:v>
+      </x:c>
+      <x:c r="B161" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C161" s="0">
+        <x:v>41.18</x:v>
+      </x:c>
+      <x:c r="D161" s="0">
+        <x:v>218.316</x:v>
+      </x:c>
+      <x:c r="E161" s="0">
+        <x:v>259.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="162" spans="1:5">
+      <x:c r="A162" s="1">
+        <x:v>45862.7626967593</x:v>
+      </x:c>
+      <x:c r="B162" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C162" s="0">
+        <x:v>41.77</x:v>
+      </x:c>
+      <x:c r="D162" s="0">
+        <x:v>218.904</x:v>
+      </x:c>
+      <x:c r="E162" s="0">
+        <x:v>260.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="163" spans="1:5">
+      <x:c r="A163" s="1">
+        <x:v>45861.7587037037</x:v>
+      </x:c>
+      <x:c r="B163" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C163" s="0">
+        <x:v>39.49</x:v>
+      </x:c>
+      <x:c r="D163" s="0">
+        <x:v>216.384</x:v>
+      </x:c>
+      <x:c r="E163" s="0">
+        <x:v>257.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="164" spans="1:5">
+      <x:c r="A164" s="1">
+        <x:v>45860.7619097222</x:v>
+      </x:c>
+      <x:c r="B164" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C164" s="0">
+        <x:v>38.03</x:v>
+      </x:c>
+      <x:c r="D164" s="0">
+        <x:v>214.704</x:v>
+      </x:c>
+      <x:c r="E164" s="0">
+        <x:v>255.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="165" spans="1:5">
+      <x:c r="A165" s="1">
         <x:v>45859.7636921296</x:v>
       </x:c>
-      <x:c r="B112" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C112" s="0">
+      <x:c r="B165" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C165" s="0">
         <x:v>37.32</x:v>
       </x:c>
-      <x:c r="D112" s="0">
+      <x:c r="D165" s="0">
         <x:v>213.864</x:v>
       </x:c>
-      <x:c r="E112" s="0">
+      <x:c r="E165" s="0">
         <x:v>254.6</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>