--- v3 (2026-02-04)
+++ v4 (2026-03-07)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R501c658374cd425c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d9448d0b6e064c1a872a8a996be7fa72.psmdcp" Id="R638b8eb762fd4e9f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf776c282c1694041" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a41862ad1af84bbeab6bcf2bd399659d.psmdcp" Id="R27d8455b3fc14b15" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>DE000BB3Z5S9</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -390,2851 +390,3531 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E165"/>
+  <x:dimension ref="A1:E205"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>46057.7740162037</x:v>
+        <x:v>46087.7750694444</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
-        <x:v>103.71</x:v>
+        <x:v>74.34</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>279.132</x:v>
+        <x:v>266.112</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>332.3</x:v>
+        <x:v>316.8</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>46057.7157986111</x:v>
+        <x:v>46087.715625</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
-        <x:v>103.71</x:v>
+        <x:v>74.34</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>279.132</x:v>
+        <x:v>266.112</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>332.3</x:v>
+        <x:v>316.8</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>46056.7740277778</x:v>
+        <x:v>46086.7747222222</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
-        <x:v>101.92</x:v>
+        <x:v>83.98</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>278.124</x:v>
+        <x:v>272.328</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>331.1</x:v>
+        <x:v>324.2</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>46056.7157060185</x:v>
+        <x:v>46086.7162384259</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
-        <x:v>101.92</x:v>
+        <x:v>83.98</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>278.124</x:v>
+        <x:v>272.328</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>331.1</x:v>
+        <x:v>324.2</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>46055.7738773148</x:v>
+        <x:v>46085.7747685185</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
-        <x:v>97.96</x:v>
+        <x:v>87.65</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>275.856</x:v>
+        <x:v>274.596</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>328.4</x:v>
+        <x:v>326.9</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>46055.7155787037</x:v>
+        <x:v>46085.7160648148</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
-        <x:v>97.96</x:v>
+        <x:v>87.65</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>275.856</x:v>
+        <x:v>274.596</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>328.4</x:v>
+        <x:v>326.9</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>46052.7750115741</x:v>
+        <x:v>46084.7759606481</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
-        <x:v>88.62</x:v>
+        <x:v>75.75</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>270.06</x:v>
+        <x:v>266.196</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>321.5</x:v>
+        <x:v>316.9</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>46052.7156365741</x:v>
+        <x:v>46084.7159027778</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
-        <x:v>88.62</x:v>
+        <x:v>75.75</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>270.06</x:v>
+        <x:v>266.196</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>321.5</x:v>
+        <x:v>316.9</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>46051.715474537</x:v>
+        <x:v>46083.7757060185</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
-        <x:v>84.43</x:v>
+        <x:v>84.27</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>267.372</x:v>
+        <x:v>271.656</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>318.3</x:v>
+        <x:v>323.4</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>46050.7157986111</x:v>
+        <x:v>46083.7169675926</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C12" s="0">
-        <x:v>87.2</x:v>
+        <x:v>84.27</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>269.052</x:v>
+        <x:v>271.656</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>320.3</x:v>
+        <x:v>323.4</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>46049.7155902778</x:v>
+        <x:v>46080.7755555556</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0">
-        <x:v>94.99</x:v>
+        <x:v>93.99</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>273.504</x:v>
+        <x:v>277.284</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>325.6</x:v>
+        <x:v>330.1</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>46048.7747800926</x:v>
+        <x:v>46080.7156481482</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C14" s="0">
-        <x:v>89.75</x:v>
+        <x:v>93.99</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>270.312</x:v>
+        <x:v>277.284</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>321.8</x:v>
+        <x:v>330.1</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>46045.7737268519</x:v>
+        <x:v>46079.7753703704</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
-        <x:v>86.53</x:v>
+        <x:v>97.57</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>268.212</x:v>
+        <x:v>279.3</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>319.3</x:v>
+        <x:v>332.5</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>46045.7155324074</x:v>
+        <x:v>46079.7158333333</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C16" s="0">
-        <x:v>86.53</x:v>
+        <x:v>97.57</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>268.212</x:v>
+        <x:v>279.3</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>319.3</x:v>
+        <x:v>332.5</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>46044.7737037037</x:v>
+        <x:v>46078.775150463</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C17" s="0">
-        <x:v>91.4</x:v>
+        <x:v>101.58</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>271.068</x:v>
+        <x:v>281.484</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>322.7</x:v>
+        <x:v>335.1</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>46044.7155555556</x:v>
+        <x:v>46078.715625</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="0">
-        <x:v>91.4</x:v>
+        <x:v>101.58</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>271.068</x:v>
+        <x:v>281.484</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>322.7</x:v>
+        <x:v>335.1</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>46043.7727314815</x:v>
+        <x:v>46077.7753587963</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C19" s="0">
-        <x:v>80.32</x:v>
+        <x:v>98.68</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>263.76</x:v>
+        <x:v>279.804</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>314</x:v>
+        <x:v>333.1</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
-        <x:v>46043.7155439815</x:v>
+        <x:v>46077.7156134259</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C20" s="0">
-        <x:v>80.32</x:v>
+        <x:v>98.68</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>263.76</x:v>
+        <x:v>279.804</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>314</x:v>
+        <x:v>333.1</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="1">
-        <x:v>46042.9279050926</x:v>
+        <x:v>46076.7747916667</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C21" s="0">
-        <x:v>79.49</x:v>
+        <x:v>112.78</x:v>
       </x:c>
       <x:c r="D21" s="0">
-        <x:v>263.172</x:v>
+        <x:v>286.944</x:v>
       </x:c>
       <x:c r="E21" s="0">
-        <x:v>313.3</x:v>
+        <x:v>341.6</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="1">
-        <x:v>46042.7822453704</x:v>
+        <x:v>46076.7158796296</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C22" s="0">
-        <x:v>79.49</x:v>
+        <x:v>112.78</x:v>
       </x:c>
       <x:c r="D22" s="0">
-        <x:v>263.172</x:v>
+        <x:v>286.944</x:v>
       </x:c>
       <x:c r="E22" s="0">
-        <x:v>313.3</x:v>
+        <x:v>341.6</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="1">
-        <x:v>46042.7743055556</x:v>
+        <x:v>46073.715775463</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C23" s="0">
-        <x:v>79.49</x:v>
+        <x:v>117.26</x:v>
       </x:c>
       <x:c r="D23" s="0">
-        <x:v>263.172</x:v>
+        <x:v>289.044</x:v>
       </x:c>
       <x:c r="E23" s="0">
-        <x:v>313.3</x:v>
+        <x:v>344.1</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="1">
-        <x:v>46042.7176388889</x:v>
+        <x:v>46072.7740509259</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C24" s="0">
-        <x:v>79.49</x:v>
+        <x:v>104.7</x:v>
       </x:c>
       <x:c r="D24" s="0">
-        <x:v>263.172</x:v>
+        <x:v>282.24</x:v>
       </x:c>
       <x:c r="E24" s="0">
-        <x:v>313.3</x:v>
+        <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="1">
-        <x:v>46041.773599537</x:v>
+        <x:v>46072.7155787037</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C25" s="0">
-        <x:v>85.17</x:v>
+        <x:v>104.7</x:v>
       </x:c>
       <x:c r="D25" s="0">
-        <x:v>266.7</x:v>
+        <x:v>282.24</x:v>
       </x:c>
       <x:c r="E25" s="0">
-        <x:v>317.5</x:v>
+        <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="1">
-        <x:v>46041.7156944444</x:v>
+        <x:v>46071.7730671296</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C26" s="0">
-        <x:v>85.17</x:v>
+        <x:v>111.5</x:v>
       </x:c>
       <x:c r="D26" s="0">
-        <x:v>266.7</x:v>
+        <x:v>285.684</x:v>
       </x:c>
       <x:c r="E26" s="0">
-        <x:v>317.5</x:v>
+        <x:v>340.1</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="1">
-        <x:v>46038.7738888889</x:v>
+        <x:v>46071.7155787037</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C27" s="0">
-        <x:v>93.6</x:v>
+        <x:v>111.5</x:v>
       </x:c>
       <x:c r="D27" s="0">
-        <x:v>271.488</x:v>
+        <x:v>285.684</x:v>
       </x:c>
       <x:c r="E27" s="0">
-        <x:v>323.2</x:v>
+        <x:v>340.1</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="1">
-        <x:v>46038.7156481482</x:v>
+        <x:v>46070.7737037037</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C28" s="0">
-        <x:v>93.6</x:v>
+        <x:v>107.12</x:v>
       </x:c>
       <x:c r="D28" s="0">
-        <x:v>271.488</x:v>
+        <x:v>283.332</x:v>
       </x:c>
       <x:c r="E28" s="0">
-        <x:v>323.2</x:v>
+        <x:v>337.3</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="1">
-        <x:v>46037.7736458333</x:v>
+        <x:v>46070.7158680556</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C29" s="0">
-        <x:v>94.1</x:v>
+        <x:v>107.12</x:v>
       </x:c>
       <x:c r="D29" s="0">
-        <x:v>271.74</x:v>
+        <x:v>283.332</x:v>
       </x:c>
       <x:c r="E29" s="0">
-        <x:v>323.5</x:v>
+        <x:v>337.3</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="1">
-        <x:v>46037.715625</x:v>
+        <x:v>46069.7747453704</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C30" s="0">
-        <x:v>94.1</x:v>
+        <x:v>102.58</x:v>
       </x:c>
       <x:c r="D30" s="0">
-        <x:v>271.74</x:v>
+        <x:v>280.812</x:v>
       </x:c>
       <x:c r="E30" s="0">
-        <x:v>323.5</x:v>
+        <x:v>334.3</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="1">
-        <x:v>46036.774224537</x:v>
+        <x:v>46069.7157638889</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C31" s="0">
-        <x:v>95.34</x:v>
+        <x:v>102.58</x:v>
       </x:c>
       <x:c r="D31" s="0">
-        <x:v>272.412</x:v>
+        <x:v>280.812</x:v>
       </x:c>
       <x:c r="E31" s="0">
-        <x:v>324.3</x:v>
+        <x:v>334.3</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="1">
-        <x:v>46036.7157175926</x:v>
+        <x:v>46066.7740625</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C32" s="0">
-        <x:v>95.34</x:v>
+        <x:v>91.02</x:v>
       </x:c>
       <x:c r="D32" s="0">
-        <x:v>272.412</x:v>
+        <x:v>273.756</x:v>
       </x:c>
       <x:c r="E32" s="0">
-        <x:v>324.3</x:v>
+        <x:v>325.9</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="1">
-        <x:v>46035.7726851852</x:v>
+        <x:v>46066.7158333333</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C33" s="0">
-        <x:v>88.6</x:v>
+        <x:v>91.02</x:v>
       </x:c>
       <x:c r="D33" s="0">
-        <x:v>268.296</x:v>
+        <x:v>273.756</x:v>
       </x:c>
       <x:c r="E33" s="0">
-        <x:v>319.4</x:v>
+        <x:v>325.9</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="1">
-        <x:v>46035.7155787037</x:v>
+        <x:v>46065.7730787037</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C34" s="0">
-        <x:v>88.6</x:v>
+        <x:v>110.56</x:v>
       </x:c>
       <x:c r="D34" s="0">
-        <x:v>268.296</x:v>
+        <x:v>283.752</x:v>
       </x:c>
       <x:c r="E34" s="0">
-        <x:v>319.4</x:v>
+        <x:v>337.8</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="1">
-        <x:v>46034.7734722222</x:v>
+        <x:v>46065.7161342593</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C35" s="0">
-        <x:v>82.36</x:v>
+        <x:v>110.56</x:v>
       </x:c>
       <x:c r="D35" s="0">
-        <x:v>264.264</x:v>
+        <x:v>283.752</x:v>
       </x:c>
       <x:c r="E35" s="0">
-        <x:v>314.6</x:v>
+        <x:v>337.8</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="1">
-        <x:v>46034.7155787037</x:v>
+        <x:v>46064.7744675926</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C36" s="0">
-        <x:v>82.36</x:v>
+        <x:v>113.14</x:v>
       </x:c>
       <x:c r="D36" s="0">
-        <x:v>264.264</x:v>
+        <x:v>285.012</x:v>
       </x:c>
       <x:c r="E36" s="0">
-        <x:v>314.6</x:v>
+        <x:v>339.3</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="1">
-        <x:v>46031.7746759259</x:v>
+        <x:v>46063.7747222222</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C37" s="0">
-        <x:v>81.35</x:v>
+        <x:v>120.4</x:v>
       </x:c>
       <x:c r="D37" s="0">
-        <x:v>263.508</x:v>
+        <x:v>288.456</x:v>
       </x:c>
       <x:c r="E37" s="0">
-        <x:v>313.7</x:v>
+        <x:v>343.4</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="1">
-        <x:v>46031.7156018519</x:v>
+        <x:v>46063.7158217593</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C38" s="0">
-        <x:v>81.35</x:v>
+        <x:v>120.4</x:v>
       </x:c>
       <x:c r="D38" s="0">
-        <x:v>263.508</x:v>
+        <x:v>288.456</x:v>
       </x:c>
       <x:c r="E38" s="0">
-        <x:v>313.7</x:v>
+        <x:v>343.4</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="1">
-        <x:v>46030.7735763889</x:v>
+        <x:v>46062.7728587963</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C39" s="0">
-        <x:v>82.45</x:v>
+        <x:v>119.43</x:v>
       </x:c>
       <x:c r="D39" s="0">
-        <x:v>264.18</x:v>
+        <x:v>287.952</x:v>
       </x:c>
       <x:c r="E39" s="0">
-        <x:v>314.5</x:v>
+        <x:v>342.8</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="1">
-        <x:v>46030.7158680556</x:v>
+        <x:v>46062.7155902778</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C40" s="0">
-        <x:v>82.45</x:v>
+        <x:v>119.43</x:v>
       </x:c>
       <x:c r="D40" s="0">
-        <x:v>264.18</x:v>
+        <x:v>287.952</x:v>
       </x:c>
       <x:c r="E40" s="0">
-        <x:v>314.5</x:v>
+        <x:v>342.8</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="1">
-        <x:v>46029.7726851852</x:v>
+        <x:v>46059.7156944444</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C41" s="0">
-        <x:v>81.85</x:v>
+        <x:v>115.41</x:v>
       </x:c>
       <x:c r="D41" s="0">
-        <x:v>263.76</x:v>
+        <x:v>285.852</x:v>
       </x:c>
       <x:c r="E41" s="0">
-        <x:v>314</x:v>
+        <x:v>340.3</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="1">
-        <x:v>46029.715775463</x:v>
+        <x:v>46058.7158564815</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C42" s="0">
-        <x:v>81.85</x:v>
+        <x:v>100.7</x:v>
       </x:c>
       <x:c r="D42" s="0">
-        <x:v>263.76</x:v>
+        <x:v>277.704</x:v>
       </x:c>
       <x:c r="E42" s="0">
-        <x:v>314</x:v>
+        <x:v>330.6</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="1">
-        <x:v>46028.7155902778</x:v>
+        <x:v>46057.7740162037</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C43" s="0">
-        <x:v>89.32</x:v>
+        <x:v>103.71</x:v>
       </x:c>
       <x:c r="D43" s="0">
-        <x:v>268.212</x:v>
+        <x:v>279.132</x:v>
       </x:c>
       <x:c r="E43" s="0">
-        <x:v>319.3</x:v>
+        <x:v>332.3</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="1">
-        <x:v>46027.7155902778</x:v>
+        <x:v>46057.7157986111</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C44" s="0">
-        <x:v>94.81</x:v>
+        <x:v>103.71</x:v>
       </x:c>
       <x:c r="D44" s="0">
-        <x:v>271.32</x:v>
+        <x:v>279.132</x:v>
       </x:c>
       <x:c r="E44" s="0">
-        <x:v>323</x:v>
+        <x:v>332.3</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="1">
-        <x:v>46024.7511342593</x:v>
+        <x:v>46056.7740277778</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C45" s="0">
-        <x:v>90.05</x:v>
+        <x:v>101.92</x:v>
       </x:c>
       <x:c r="D45" s="0">
-        <x:v>268.38</x:v>
+        <x:v>278.124</x:v>
       </x:c>
       <x:c r="E45" s="0">
-        <x:v>319.5</x:v>
+        <x:v>331.1</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="1">
-        <x:v>46021.7350925926</x:v>
+        <x:v>46056.7157060185</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C46" s="0">
-        <x:v>88.96</x:v>
+        <x:v>101.92</x:v>
       </x:c>
       <x:c r="D46" s="0">
-        <x:v>267.624</x:v>
+        <x:v>278.124</x:v>
       </x:c>
       <x:c r="E46" s="0">
-        <x:v>318.6</x:v>
+        <x:v>331.1</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="1">
-        <x:v>46020.7558912037</x:v>
+        <x:v>46055.7738773148</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C47" s="0">
-        <x:v>85.24</x:v>
+        <x:v>97.96</x:v>
       </x:c>
       <x:c r="D47" s="0">
-        <x:v>265.272</x:v>
+        <x:v>275.856</x:v>
       </x:c>
       <x:c r="E47" s="0">
-        <x:v>315.8</x:v>
+        <x:v>328.4</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5">
       <x:c r="A48" s="1">
-        <x:v>46014.7155787037</x:v>
+        <x:v>46055.7155787037</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C48" s="0">
-        <x:v>85.56</x:v>
+        <x:v>97.96</x:v>
       </x:c>
       <x:c r="D48" s="0">
-        <x:v>265.272</x:v>
+        <x:v>275.856</x:v>
       </x:c>
       <x:c r="E48" s="0">
-        <x:v>315.8</x:v>
+        <x:v>328.4</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
       <x:c r="A49" s="1">
-        <x:v>46013.715625</x:v>
+        <x:v>46052.7750115741</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C49" s="0">
-        <x:v>83.1</x:v>
+        <x:v>88.62</x:v>
       </x:c>
       <x:c r="D49" s="0">
-        <x:v>263.676</x:v>
+        <x:v>270.06</x:v>
       </x:c>
       <x:c r="E49" s="0">
-        <x:v>313.9</x:v>
+        <x:v>321.5</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5">
       <x:c r="A50" s="1">
-        <x:v>46010.715625</x:v>
+        <x:v>46052.7156365741</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C50" s="0">
-        <x:v>82.73</x:v>
+        <x:v>88.62</x:v>
       </x:c>
       <x:c r="D50" s="0">
-        <x:v>263.34</x:v>
+        <x:v>270.06</x:v>
       </x:c>
       <x:c r="E50" s="0">
-        <x:v>313.5</x:v>
+        <x:v>321.5</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5">
       <x:c r="A51" s="1">
-        <x:v>46009.7161921296</x:v>
+        <x:v>46051.715474537</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C51" s="0">
-        <x:v>77.28</x:v>
+        <x:v>84.43</x:v>
       </x:c>
       <x:c r="D51" s="0">
-        <x:v>259.644</x:v>
+        <x:v>267.372</x:v>
       </x:c>
       <x:c r="E51" s="0">
-        <x:v>309.1</x:v>
+        <x:v>318.3</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5">
       <x:c r="A52" s="1">
-        <x:v>46008.7156828704</x:v>
+        <x:v>46050.7157986111</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C52" s="0">
-        <x:v>77.45</x:v>
+        <x:v>87.2</x:v>
       </x:c>
       <x:c r="D52" s="0">
-        <x:v>259.728</x:v>
+        <x:v>269.052</x:v>
       </x:c>
       <x:c r="E52" s="0">
-        <x:v>309.2</x:v>
+        <x:v>320.3</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5">
       <x:c r="A53" s="1">
-        <x:v>46007.7156597222</x:v>
+        <x:v>46049.7155902778</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C53" s="0">
-        <x:v>75.9</x:v>
+        <x:v>94.99</x:v>
       </x:c>
       <x:c r="D53" s="0">
-        <x:v>258.636</x:v>
+        <x:v>273.504</x:v>
       </x:c>
       <x:c r="E53" s="0">
-        <x:v>307.9</x:v>
+        <x:v>325.6</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5">
       <x:c r="A54" s="1">
-        <x:v>46006.7734953704</x:v>
+        <x:v>46048.7747800926</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C54" s="0">
-        <x:v>74.01</x:v>
+        <x:v>89.75</x:v>
       </x:c>
       <x:c r="D54" s="0">
-        <x:v>257.292</x:v>
+        <x:v>270.312</x:v>
       </x:c>
       <x:c r="E54" s="0">
-        <x:v>306.3</x:v>
+        <x:v>321.8</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5">
       <x:c r="A55" s="1">
-        <x:v>46006.7155902778</x:v>
+        <x:v>46045.7737268519</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C55" s="0">
-        <x:v>74.01</x:v>
+        <x:v>86.53</x:v>
       </x:c>
       <x:c r="D55" s="0">
-        <x:v>257.292</x:v>
+        <x:v>268.212</x:v>
       </x:c>
       <x:c r="E55" s="0">
-        <x:v>306.3</x:v>
+        <x:v>319.3</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5">
       <x:c r="A56" s="1">
-        <x:v>46003.7156597222</x:v>
+        <x:v>46045.7155324074</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C56" s="0">
-        <x:v>73.19</x:v>
+        <x:v>86.53</x:v>
       </x:c>
       <x:c r="D56" s="0">
-        <x:v>256.62</x:v>
+        <x:v>268.212</x:v>
       </x:c>
       <x:c r="E56" s="0">
-        <x:v>305.5</x:v>
+        <x:v>319.3</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:5">
       <x:c r="A57" s="1">
-        <x:v>46002.7740509259</x:v>
+        <x:v>46044.7737037037</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C57" s="0">
-        <x:v>80.76</x:v>
+        <x:v>91.4</x:v>
       </x:c>
       <x:c r="D57" s="0">
-        <x:v>261.492</x:v>
+        <x:v>271.068</x:v>
       </x:c>
       <x:c r="E57" s="0">
-        <x:v>311.3</x:v>
+        <x:v>322.7</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:5">
       <x:c r="A58" s="1">
-        <x:v>46002.7156018519</x:v>
+        <x:v>46044.7155555556</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C58" s="0">
-        <x:v>80.76</x:v>
+        <x:v>91.4</x:v>
       </x:c>
       <x:c r="D58" s="0">
-        <x:v>261.492</x:v>
+        <x:v>271.068</x:v>
       </x:c>
       <x:c r="E58" s="0">
-        <x:v>311.3</x:v>
+        <x:v>322.7</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:5">
       <x:c r="A59" s="1">
-        <x:v>46001.7725810185</x:v>
+        <x:v>46043.7727314815</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C59" s="0">
-        <x:v>74.94</x:v>
+        <x:v>80.32</x:v>
       </x:c>
       <x:c r="D59" s="0">
-        <x:v>257.46</x:v>
+        <x:v>263.76</x:v>
       </x:c>
       <x:c r="E59" s="0">
-        <x:v>306.5</x:v>
+        <x:v>314</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:5">
       <x:c r="A60" s="1">
-        <x:v>46001.7599537037</x:v>
+        <x:v>46043.7155439815</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C60" s="0">
-        <x:v>74.94</x:v>
+        <x:v>80.32</x:v>
       </x:c>
       <x:c r="D60" s="0">
-        <x:v>257.46</x:v>
+        <x:v>263.76</x:v>
       </x:c>
       <x:c r="E60" s="0">
-        <x:v>306.5</x:v>
+        <x:v>314</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:5">
       <x:c r="A61" s="1">
-        <x:v>46000.715625</x:v>
+        <x:v>46042.9279050926</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C61" s="0">
-        <x:v>69.57</x:v>
+        <x:v>79.49</x:v>
       </x:c>
       <x:c r="D61" s="0">
-        <x:v>253.512</x:v>
+        <x:v>263.172</x:v>
       </x:c>
       <x:c r="E61" s="0">
-        <x:v>301.8</x:v>
+        <x:v>313.3</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:5">
       <x:c r="A62" s="1">
-        <x:v>45999.7155671296</x:v>
+        <x:v>46042.7822453704</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C62" s="0">
-        <x:v>71.26</x:v>
+        <x:v>79.49</x:v>
       </x:c>
       <x:c r="D62" s="0">
-        <x:v>254.688</x:v>
+        <x:v>263.172</x:v>
       </x:c>
       <x:c r="E62" s="0">
-        <x:v>303.2</x:v>
+        <x:v>313.3</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:5">
       <x:c r="A63" s="1">
-        <x:v>45996.7615277778</x:v>
+        <x:v>46042.7743055556</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C63" s="0">
-        <x:v>70.46</x:v>
+        <x:v>79.49</x:v>
       </x:c>
       <x:c r="D63" s="0">
-        <x:v>254.016</x:v>
+        <x:v>263.172</x:v>
       </x:c>
       <x:c r="E63" s="0">
-        <x:v>302.4</x:v>
+        <x:v>313.3</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:5">
       <x:c r="A64" s="1">
-        <x:v>45996.7156365741</x:v>
+        <x:v>46042.7176388889</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C64" s="0">
-        <x:v>70.46</x:v>
+        <x:v>79.49</x:v>
       </x:c>
       <x:c r="D64" s="0">
-        <x:v>254.016</x:v>
+        <x:v>263.172</x:v>
       </x:c>
       <x:c r="E64" s="0">
-        <x:v>302.4</x:v>
+        <x:v>313.3</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:5">
       <x:c r="A65" s="1">
-        <x:v>45995.7618518519</x:v>
+        <x:v>46041.773599537</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C65" s="0">
-        <x:v>68.79</x:v>
+        <x:v>85.17</x:v>
       </x:c>
       <x:c r="D65" s="0">
-        <x:v>252.756</x:v>
+        <x:v>266.7</x:v>
       </x:c>
       <x:c r="E65" s="0">
-        <x:v>300.9</x:v>
+        <x:v>317.5</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:5">
       <x:c r="A66" s="1">
-        <x:v>45994.7156597222</x:v>
+        <x:v>46041.7156944444</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C66" s="0">
-        <x:v>67.59</x:v>
+        <x:v>85.17</x:v>
       </x:c>
       <x:c r="D66" s="0">
-        <x:v>251.832</x:v>
+        <x:v>266.7</x:v>
       </x:c>
       <x:c r="E66" s="0">
-        <x:v>299.8</x:v>
+        <x:v>317.5</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:5">
       <x:c r="A67" s="1">
-        <x:v>45993.7157060185</x:v>
+        <x:v>46038.7738888889</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C67" s="0">
-        <x:v>70.8</x:v>
+        <x:v>93.6</x:v>
       </x:c>
       <x:c r="D67" s="0">
-        <x:v>254.1</x:v>
+        <x:v>271.488</x:v>
       </x:c>
       <x:c r="E67" s="0">
-        <x:v>302.5</x:v>
+        <x:v>323.2</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:5">
       <x:c r="A68" s="1">
-        <x:v>45992.7156134259</x:v>
+        <x:v>46038.7156481482</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C68" s="0">
-        <x:v>65.14</x:v>
+        <x:v>93.6</x:v>
       </x:c>
       <x:c r="D68" s="0">
-        <x:v>249.732</x:v>
+        <x:v>271.488</x:v>
       </x:c>
       <x:c r="E68" s="0">
-        <x:v>297.3</x:v>
+        <x:v>323.2</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:5">
       <x:c r="A69" s="1">
-        <x:v>45989.7157291667</x:v>
+        <x:v>46037.7736458333</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C69" s="0">
-        <x:v>63.86</x:v>
+        <x:v>94.1</x:v>
       </x:c>
       <x:c r="D69" s="0">
-        <x:v>248.64</x:v>
+        <x:v>271.74</x:v>
       </x:c>
       <x:c r="E69" s="0">
-        <x:v>296</x:v>
+        <x:v>323.5</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:5">
       <x:c r="A70" s="1">
-        <x:v>45988.7156481482</x:v>
+        <x:v>46037.715625</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C70" s="0">
-        <x:v>64.88</x:v>
+        <x:v>94.1</x:v>
       </x:c>
       <x:c r="D70" s="0">
-        <x:v>249.396</x:v>
+        <x:v>271.74</x:v>
       </x:c>
       <x:c r="E70" s="0">
-        <x:v>296.9</x:v>
+        <x:v>323.5</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:5">
       <x:c r="A71" s="1">
-        <x:v>45987.7155555556</x:v>
+        <x:v>46036.774224537</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C71" s="0">
-        <x:v>63.42</x:v>
+        <x:v>95.34</x:v>
       </x:c>
       <x:c r="D71" s="0">
-        <x:v>248.22</x:v>
+        <x:v>272.412</x:v>
       </x:c>
       <x:c r="E71" s="0">
-        <x:v>295.5</x:v>
+        <x:v>324.3</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:5">
       <x:c r="A72" s="1">
-        <x:v>45986.7689583333</x:v>
+        <x:v>46036.7157175926</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C72" s="0">
-        <x:v>60.36</x:v>
+        <x:v>95.34</x:v>
       </x:c>
       <x:c r="D72" s="0">
-        <x:v>245.7</x:v>
+        <x:v>272.412</x:v>
       </x:c>
       <x:c r="E72" s="0">
-        <x:v>292.5</x:v>
+        <x:v>324.3</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:5">
       <x:c r="A73" s="1">
-        <x:v>45986.7156481482</x:v>
+        <x:v>46035.7726851852</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C73" s="0">
-        <x:v>60.36</x:v>
+        <x:v>88.6</x:v>
       </x:c>
       <x:c r="D73" s="0">
-        <x:v>245.7</x:v>
+        <x:v>268.296</x:v>
       </x:c>
       <x:c r="E73" s="0">
-        <x:v>292.5</x:v>
+        <x:v>319.4</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:5">
       <x:c r="A74" s="1">
-        <x:v>45985.7158564815</x:v>
+        <x:v>46035.7155787037</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C74" s="0">
-        <x:v>56.67</x:v>
+        <x:v>88.6</x:v>
       </x:c>
       <x:c r="D74" s="0">
-        <x:v>242.508</x:v>
+        <x:v>268.296</x:v>
       </x:c>
       <x:c r="E74" s="0">
-        <x:v>288.7</x:v>
+        <x:v>319.4</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:5">
       <x:c r="A75" s="1">
-        <x:v>45982.7206018519</x:v>
+        <x:v>46034.7734722222</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C75" s="0">
-        <x:v>54.03</x:v>
+        <x:v>82.36</x:v>
       </x:c>
       <x:c r="D75" s="0">
-        <x:v>240.072</x:v>
+        <x:v>264.264</x:v>
       </x:c>
       <x:c r="E75" s="0">
-        <x:v>285.8</x:v>
+        <x:v>314.6</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:5">
       <x:c r="A76" s="1">
-        <x:v>45981.7155555556</x:v>
+        <x:v>46034.7155787037</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C76" s="0">
-        <x:v>56.52</x:v>
+        <x:v>82.36</x:v>
       </x:c>
       <x:c r="D76" s="0">
-        <x:v>242.172</x:v>
+        <x:v>264.264</x:v>
       </x:c>
       <x:c r="E76" s="0">
-        <x:v>288.3</x:v>
+        <x:v>314.6</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:5">
       <x:c r="A77" s="1">
-        <x:v>45980.7155902778</x:v>
+        <x:v>46031.7746759259</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C77" s="0">
-        <x:v>53.91</x:v>
+        <x:v>81.35</x:v>
       </x:c>
       <x:c r="D77" s="0">
-        <x:v>239.82</x:v>
+        <x:v>263.508</x:v>
       </x:c>
       <x:c r="E77" s="0">
-        <x:v>285.5</x:v>
+        <x:v>313.7</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:5">
       <x:c r="A78" s="1">
-        <x:v>45979.7156134259</x:v>
+        <x:v>46031.7156018519</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C78" s="0">
-        <x:v>53.38</x:v>
+        <x:v>81.35</x:v>
       </x:c>
       <x:c r="D78" s="0">
-        <x:v>239.316</x:v>
+        <x:v>263.508</x:v>
       </x:c>
       <x:c r="E78" s="0">
-        <x:v>284.9</x:v>
+        <x:v>313.7</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:5">
       <x:c r="A79" s="1">
-        <x:v>45978.7154861111</x:v>
+        <x:v>46030.7735763889</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C79" s="0">
-        <x:v>61.87</x:v>
+        <x:v>82.45</x:v>
       </x:c>
       <x:c r="D79" s="0">
-        <x:v>246.036</x:v>
+        <x:v>264.18</x:v>
       </x:c>
       <x:c r="E79" s="0">
-        <x:v>292.9</x:v>
+        <x:v>314.5</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:5">
       <x:c r="A80" s="1">
-        <x:v>45975.7155671296</x:v>
+        <x:v>46030.7158680556</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C80" s="0">
-        <x:v>64.16</x:v>
+        <x:v>82.45</x:v>
       </x:c>
       <x:c r="D80" s="0">
-        <x:v>247.716</x:v>
+        <x:v>264.18</x:v>
       </x:c>
       <x:c r="E80" s="0">
-        <x:v>294.9</x:v>
+        <x:v>314.5</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:5">
       <x:c r="A81" s="1">
-        <x:v>45974.7159143519</x:v>
+        <x:v>46029.7726851852</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C81" s="0">
-        <x:v>71.71</x:v>
+        <x:v>81.85</x:v>
       </x:c>
       <x:c r="D81" s="0">
-        <x:v>253.008</x:v>
+        <x:v>263.76</x:v>
       </x:c>
       <x:c r="E81" s="0">
-        <x:v>301.2</x:v>
+        <x:v>314</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:5">
       <x:c r="A82" s="1">
-        <x:v>45973.7618518519</x:v>
+        <x:v>46029.715775463</x:v>
       </x:c>
       <x:c r="B82" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C82" s="0">
-        <x:v>73.83</x:v>
+        <x:v>81.85</x:v>
       </x:c>
       <x:c r="D82" s="0">
-        <x:v>254.436</x:v>
+        <x:v>263.76</x:v>
       </x:c>
       <x:c r="E82" s="0">
-        <x:v>302.9</x:v>
+        <x:v>314</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:5">
       <x:c r="A83" s="1">
-        <x:v>45972.715474537</x:v>
+        <x:v>46028.7155902778</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C83" s="0">
-        <x:v>67.3</x:v>
+        <x:v>89.32</x:v>
       </x:c>
       <x:c r="D83" s="0">
-        <x:v>249.564</x:v>
+        <x:v>268.212</x:v>
       </x:c>
       <x:c r="E83" s="0">
-        <x:v>297.1</x:v>
+        <x:v>319.3</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:5">
       <x:c r="A84" s="1">
-        <x:v>45968.7155902778</x:v>
+        <x:v>46027.7155902778</x:v>
       </x:c>
       <x:c r="B84" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C84" s="0">
-        <x:v>60.97</x:v>
+        <x:v>94.81</x:v>
       </x:c>
       <x:c r="D84" s="0">
-        <x:v>244.44</x:v>
+        <x:v>271.32</x:v>
       </x:c>
       <x:c r="E84" s="0">
-        <x:v>291</x:v>
+        <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:5">
       <x:c r="A85" s="1">
-        <x:v>45967.7155555556</x:v>
+        <x:v>46024.7511342593</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C85" s="0">
-        <x:v>62.94</x:v>
+        <x:v>90.05</x:v>
       </x:c>
       <x:c r="D85" s="0">
-        <x:v>245.952</x:v>
+        <x:v>268.38</x:v>
       </x:c>
       <x:c r="E85" s="0">
-        <x:v>292.8</x:v>
+        <x:v>319.5</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:5">
       <x:c r="A86" s="1">
-        <x:v>45966.7155208333</x:v>
+        <x:v>46021.7350925926</x:v>
       </x:c>
       <x:c r="B86" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C86" s="0">
-        <x:v>60.68</x:v>
+        <x:v>88.96</x:v>
       </x:c>
       <x:c r="D86" s="0">
-        <x:v>244.104</x:v>
+        <x:v>267.624</x:v>
       </x:c>
       <x:c r="E86" s="0">
-        <x:v>290.6</x:v>
+        <x:v>318.6</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:5">
       <x:c r="A87" s="1">
-        <x:v>45965.7159722222</x:v>
+        <x:v>46020.7558912037</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C87" s="0">
-        <x:v>59.39</x:v>
+        <x:v>85.24</x:v>
       </x:c>
       <x:c r="D87" s="0">
-        <x:v>243.012</x:v>
+        <x:v>265.272</x:v>
       </x:c>
       <x:c r="E87" s="0">
-        <x:v>289.3</x:v>
+        <x:v>315.8</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:5">
       <x:c r="A88" s="1">
-        <x:v>45964.7156365741</x:v>
+        <x:v>46014.7155787037</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C88" s="0">
-        <x:v>60.46</x:v>
+        <x:v>85.56</x:v>
       </x:c>
       <x:c r="D88" s="0">
-        <x:v>243.852</x:v>
+        <x:v>265.272</x:v>
       </x:c>
       <x:c r="E88" s="0">
-        <x:v>290.3</x:v>
+        <x:v>315.8</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:5">
       <x:c r="A89" s="1">
-        <x:v>45961.8177777778</x:v>
+        <x:v>46013.715625</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C89" s="0">
-        <x:v>59.55</x:v>
+        <x:v>83.1</x:v>
       </x:c>
       <x:c r="D89" s="0">
-        <x:v>243.012</x:v>
+        <x:v>263.676</x:v>
       </x:c>
       <x:c r="E89" s="0">
-        <x:v>289.3</x:v>
+        <x:v>313.9</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:5">
       <x:c r="A90" s="1">
-        <x:v>45961.7155671296</x:v>
+        <x:v>46010.715625</x:v>
       </x:c>
       <x:c r="B90" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C90" s="0">
-        <x:v>59.55</x:v>
+        <x:v>82.73</x:v>
       </x:c>
       <x:c r="D90" s="0">
-        <x:v>243.012</x:v>
+        <x:v>263.34</x:v>
       </x:c>
       <x:c r="E90" s="0">
-        <x:v>289.3</x:v>
+        <x:v>313.5</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:5">
       <x:c r="A91" s="1">
-        <x:v>45960.7155324074</x:v>
+        <x:v>46009.7161921296</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C91" s="0">
-        <x:v>51.79</x:v>
+        <x:v>77.28</x:v>
       </x:c>
       <x:c r="D91" s="0">
-        <x:v>235.788</x:v>
+        <x:v>259.644</x:v>
       </x:c>
       <x:c r="E91" s="0">
-        <x:v>280.7</x:v>
+        <x:v>309.1</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:5">
       <x:c r="A92" s="1">
-        <x:v>45959.716087963</x:v>
+        <x:v>46008.7156828704</x:v>
       </x:c>
       <x:c r="B92" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C92" s="0">
-        <x:v>51</x:v>
+        <x:v>77.45</x:v>
       </x:c>
       <x:c r="D92" s="0">
-        <x:v>235.032</x:v>
+        <x:v>259.728</x:v>
       </x:c>
       <x:c r="E92" s="0">
-        <x:v>279.8</x:v>
+        <x:v>309.2</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:5">
       <x:c r="A93" s="1">
-        <x:v>45958.7156712963</x:v>
+        <x:v>46007.7156597222</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C93" s="0">
-        <x:v>49.17</x:v>
+        <x:v>75.9</x:v>
       </x:c>
       <x:c r="D93" s="0">
-        <x:v>233.268</x:v>
+        <x:v>258.636</x:v>
       </x:c>
       <x:c r="E93" s="0">
-        <x:v>277.7</x:v>
+        <x:v>307.9</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:5">
       <x:c r="A94" s="1">
-        <x:v>45957.7155787037</x:v>
+        <x:v>46006.7734953704</x:v>
       </x:c>
       <x:c r="B94" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C94" s="0">
-        <x:v>47.07</x:v>
+        <x:v>74.01</x:v>
       </x:c>
       <x:c r="D94" s="0">
-        <x:v>231.168</x:v>
+        <x:v>257.292</x:v>
       </x:c>
       <x:c r="E94" s="0">
-        <x:v>275.2</x:v>
+        <x:v>306.3</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:5">
       <x:c r="A95" s="1">
-        <x:v>45954.7155902778</x:v>
+        <x:v>46006.7155902778</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C95" s="0">
-        <x:v>44.69</x:v>
+        <x:v>74.01</x:v>
       </x:c>
       <x:c r="D95" s="0">
-        <x:v>228.648</x:v>
+        <x:v>257.292</x:v>
       </x:c>
       <x:c r="E95" s="0">
-        <x:v>272.2</x:v>
+        <x:v>306.3</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:5">
       <x:c r="A96" s="1">
-        <x:v>45953.7155439815</x:v>
+        <x:v>46003.7156597222</x:v>
       </x:c>
       <x:c r="B96" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C96" s="0">
-        <x:v>46.41</x:v>
+        <x:v>73.19</x:v>
       </x:c>
       <x:c r="D96" s="0">
-        <x:v>230.328</x:v>
+        <x:v>256.62</x:v>
       </x:c>
       <x:c r="E96" s="0">
-        <x:v>274.2</x:v>
+        <x:v>305.5</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:5">
       <x:c r="A97" s="1">
-        <x:v>45952.7157523148</x:v>
+        <x:v>46002.7740509259</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C97" s="0">
-        <x:v>45.28</x:v>
+        <x:v>80.76</x:v>
       </x:c>
       <x:c r="D97" s="0">
-        <x:v>229.152</x:v>
+        <x:v>261.492</x:v>
       </x:c>
       <x:c r="E97" s="0">
-        <x:v>272.8</x:v>
+        <x:v>311.3</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:5">
       <x:c r="A98" s="1">
-        <x:v>45951.7155324074</x:v>
+        <x:v>46002.7156018519</x:v>
       </x:c>
       <x:c r="B98" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C98" s="0">
-        <x:v>46.23</x:v>
+        <x:v>80.76</x:v>
       </x:c>
       <x:c r="D98" s="0">
-        <x:v>230.076</x:v>
+        <x:v>261.492</x:v>
       </x:c>
       <x:c r="E98" s="0">
-        <x:v>273.9</x:v>
+        <x:v>311.3</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:5">
       <x:c r="A99" s="1">
-        <x:v>45950.7155671296</x:v>
+        <x:v>46001.7725810185</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C99" s="0">
-        <x:v>45.19</x:v>
+        <x:v>74.94</x:v>
       </x:c>
       <x:c r="D99" s="0">
-        <x:v>228.984</x:v>
+        <x:v>257.46</x:v>
       </x:c>
       <x:c r="E99" s="0">
-        <x:v>272.6</x:v>
+        <x:v>306.5</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:5">
       <x:c r="A100" s="1">
-        <x:v>45947.715462963</x:v>
+        <x:v>46001.7599537037</x:v>
       </x:c>
       <x:c r="B100" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C100" s="0">
-        <x:v>45.27</x:v>
+        <x:v>74.94</x:v>
       </x:c>
       <x:c r="D100" s="0">
-        <x:v>228.984</x:v>
+        <x:v>257.46</x:v>
       </x:c>
       <x:c r="E100" s="0">
-        <x:v>272.6</x:v>
+        <x:v>306.5</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:5">
       <x:c r="A101" s="1">
-        <x:v>45946.7155787037</x:v>
+        <x:v>46000.715625</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C101" s="0">
-        <x:v>45.8</x:v>
+        <x:v>69.57</x:v>
       </x:c>
       <x:c r="D101" s="0">
-        <x:v>229.488</x:v>
+        <x:v>253.512</x:v>
       </x:c>
       <x:c r="E101" s="0">
-        <x:v>273.2</x:v>
+        <x:v>301.8</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:5">
       <x:c r="A102" s="1">
-        <x:v>45945.715474537</x:v>
+        <x:v>45999.7155671296</x:v>
       </x:c>
       <x:c r="B102" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C102" s="0">
-        <x:v>45</x:v>
+        <x:v>71.26</x:v>
       </x:c>
       <x:c r="D102" s="0">
-        <x:v>228.648</x:v>
+        <x:v>254.688</x:v>
       </x:c>
       <x:c r="E102" s="0">
-        <x:v>272.2</x:v>
+        <x:v>303.2</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:5">
       <x:c r="A103" s="1">
-        <x:v>45944.7155787037</x:v>
+        <x:v>45996.7615277778</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C103" s="0">
-        <x:v>45.12</x:v>
+        <x:v>70.46</x:v>
       </x:c>
       <x:c r="D103" s="0">
-        <x:v>228.732</x:v>
+        <x:v>254.016</x:v>
       </x:c>
       <x:c r="E103" s="0">
-        <x:v>272.3</x:v>
+        <x:v>302.4</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:5">
       <x:c r="A104" s="1">
-        <x:v>45943.7160416667</x:v>
+        <x:v>45996.7156365741</x:v>
       </x:c>
       <x:c r="B104" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C104" s="0">
-        <x:v>44.73</x:v>
+        <x:v>70.46</x:v>
       </x:c>
       <x:c r="D104" s="0">
-        <x:v>228.312</x:v>
+        <x:v>254.016</x:v>
       </x:c>
       <x:c r="E104" s="0">
-        <x:v>271.8</x:v>
+        <x:v>302.4</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:5">
       <x:c r="A105" s="1">
-        <x:v>45940.7628009259</x:v>
+        <x:v>45995.7618518519</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C105" s="0">
-        <x:v>48.8</x:v>
+        <x:v>68.79</x:v>
       </x:c>
       <x:c r="D105" s="0">
-        <x:v>232.092</x:v>
+        <x:v>252.756</x:v>
       </x:c>
       <x:c r="E105" s="0">
-        <x:v>276.3</x:v>
+        <x:v>300.9</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:5">
       <x:c r="A106" s="1">
-        <x:v>45939.7572106481</x:v>
+        <x:v>45994.7156597222</x:v>
       </x:c>
       <x:c r="B106" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C106" s="0">
-        <x:v>43.95</x:v>
+        <x:v>67.59</x:v>
       </x:c>
       <x:c r="D106" s="0">
-        <x:v>227.052</x:v>
+        <x:v>251.832</x:v>
       </x:c>
       <x:c r="E106" s="0">
-        <x:v>270.3</x:v>
+        <x:v>299.8</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:5">
       <x:c r="A107" s="1">
-        <x:v>45938.7190277778</x:v>
+        <x:v>45993.7157060185</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C107" s="0">
-        <x:v>44.89</x:v>
+        <x:v>70.8</x:v>
       </x:c>
       <x:c r="D107" s="0">
-        <x:v>227.976</x:v>
+        <x:v>254.1</x:v>
       </x:c>
       <x:c r="E107" s="0">
-        <x:v>271.4</x:v>
+        <x:v>302.5</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:5">
       <x:c r="A108" s="1">
-        <x:v>45937.7189236111</x:v>
+        <x:v>45992.7156134259</x:v>
       </x:c>
       <x:c r="B108" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C108" s="0">
-        <x:v>42.16</x:v>
+        <x:v>65.14</x:v>
       </x:c>
       <x:c r="D108" s="0">
-        <x:v>225.036</x:v>
+        <x:v>249.732</x:v>
       </x:c>
       <x:c r="E108" s="0">
-        <x:v>267.9</x:v>
+        <x:v>297.3</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:5">
       <x:c r="A109" s="1">
-        <x:v>45936.7190972222</x:v>
+        <x:v>45989.7157291667</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C109" s="0">
-        <x:v>44.49</x:v>
+        <x:v>63.86</x:v>
       </x:c>
       <x:c r="D109" s="0">
-        <x:v>227.388</x:v>
+        <x:v>248.64</x:v>
       </x:c>
       <x:c r="E109" s="0">
-        <x:v>270.7</x:v>
+        <x:v>296</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:5">
       <x:c r="A110" s="1">
-        <x:v>45933.7559837963</x:v>
+        <x:v>45988.7156481482</x:v>
       </x:c>
       <x:c r="B110" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C110" s="0">
-        <x:v>43.92</x:v>
+        <x:v>64.88</x:v>
       </x:c>
       <x:c r="D110" s="0">
-        <x:v>226.716</x:v>
+        <x:v>249.396</x:v>
       </x:c>
       <x:c r="E110" s="0">
-        <x:v>269.9</x:v>
+        <x:v>296.9</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:5">
       <x:c r="A111" s="1">
-        <x:v>45932.7758449074</x:v>
+        <x:v>45987.7155555556</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C111" s="0">
-        <x:v>40.51</x:v>
+        <x:v>63.42</x:v>
       </x:c>
       <x:c r="D111" s="0">
-        <x:v>222.936</x:v>
+        <x:v>248.22</x:v>
       </x:c>
       <x:c r="E111" s="0">
-        <x:v>265.4</x:v>
+        <x:v>295.5</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:5">
       <x:c r="A112" s="1">
-        <x:v>45931.7588888889</x:v>
+        <x:v>45986.7689583333</x:v>
       </x:c>
       <x:c r="B112" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C112" s="0">
-        <x:v>48.5</x:v>
+        <x:v>60.36</x:v>
       </x:c>
       <x:c r="D112" s="0">
-        <x:v>230.496</x:v>
+        <x:v>245.7</x:v>
       </x:c>
       <x:c r="E112" s="0">
-        <x:v>274.4</x:v>
+        <x:v>292.5</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:5">
       <x:c r="A113" s="1">
-        <x:v>45930.7579398148</x:v>
+        <x:v>45986.7156481482</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C113" s="0">
-        <x:v>45.58</x:v>
+        <x:v>60.36</x:v>
       </x:c>
       <x:c r="D113" s="0">
-        <x:v>227.556</x:v>
+        <x:v>245.7</x:v>
       </x:c>
       <x:c r="E113" s="0">
-        <x:v>270.9</x:v>
+        <x:v>292.5</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:5">
       <x:c r="A114" s="1">
-        <x:v>45929.7560416667</x:v>
+        <x:v>45985.7158564815</x:v>
       </x:c>
       <x:c r="B114" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C114" s="0">
-        <x:v>47.52</x:v>
+        <x:v>56.67</x:v>
       </x:c>
       <x:c r="D114" s="0">
-        <x:v>229.404</x:v>
+        <x:v>242.508</x:v>
       </x:c>
       <x:c r="E114" s="0">
-        <x:v>273.1</x:v>
+        <x:v>288.7</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:5">
       <x:c r="A115" s="1">
-        <x:v>45926.7572569444</x:v>
+        <x:v>45982.7206018519</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C115" s="0">
-        <x:v>49.69</x:v>
+        <x:v>54.03</x:v>
       </x:c>
       <x:c r="D115" s="0">
-        <x:v>231.336</x:v>
+        <x:v>240.072</x:v>
       </x:c>
       <x:c r="E115" s="0">
-        <x:v>275.4</x:v>
+        <x:v>285.8</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:5">
       <x:c r="A116" s="1">
-        <x:v>45925.7565625</x:v>
+        <x:v>45981.7155555556</x:v>
       </x:c>
       <x:c r="B116" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C116" s="0">
-        <x:v>45.36</x:v>
+        <x:v>56.52</x:v>
       </x:c>
       <x:c r="D116" s="0">
-        <x:v>226.968</x:v>
+        <x:v>242.172</x:v>
       </x:c>
       <x:c r="E116" s="0">
-        <x:v>270.2</x:v>
+        <x:v>288.3</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:5">
       <x:c r="A117" s="1">
-        <x:v>45924.7579976852</x:v>
+        <x:v>45980.7155902778</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C117" s="0">
-        <x:v>45.22</x:v>
+        <x:v>53.91</x:v>
       </x:c>
       <x:c r="D117" s="0">
-        <x:v>226.8</x:v>
+        <x:v>239.82</x:v>
       </x:c>
       <x:c r="E117" s="0">
-        <x:v>270</x:v>
+        <x:v>285.5</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:5">
       <x:c r="A118" s="1">
-        <x:v>45923.7566435185</x:v>
+        <x:v>45979.7156134259</x:v>
       </x:c>
       <x:c r="B118" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C118" s="0">
-        <x:v>50.27</x:v>
+        <x:v>53.38</x:v>
       </x:c>
       <x:c r="D118" s="0">
-        <x:v>231.42</x:v>
+        <x:v>239.316</x:v>
       </x:c>
       <x:c r="E118" s="0">
-        <x:v>275.5</x:v>
+        <x:v>284.9</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:5">
       <x:c r="A119" s="1">
-        <x:v>45922.7577430556</x:v>
+        <x:v>45978.7154861111</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C119" s="0">
-        <x:v>44.05</x:v>
+        <x:v>61.87</x:v>
       </x:c>
       <x:c r="D119" s="0">
-        <x:v>225.036</x:v>
+        <x:v>246.036</x:v>
       </x:c>
       <x:c r="E119" s="0">
-        <x:v>267.9</x:v>
+        <x:v>292.9</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:5">
       <x:c r="A120" s="1">
-        <x:v>45919.7643287037</x:v>
+        <x:v>45975.7155671296</x:v>
       </x:c>
       <x:c r="B120" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C120" s="0">
-        <x:v>45.66</x:v>
+        <x:v>64.16</x:v>
       </x:c>
       <x:c r="D120" s="0">
-        <x:v>226.548</x:v>
+        <x:v>247.716</x:v>
       </x:c>
       <x:c r="E120" s="0">
-        <x:v>269.7</x:v>
+        <x:v>294.9</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:5">
       <x:c r="A121" s="1">
-        <x:v>45918.7598148148</x:v>
+        <x:v>45974.7159143519</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C121" s="0">
-        <x:v>43.02</x:v>
+        <x:v>71.71</x:v>
       </x:c>
       <x:c r="D121" s="0">
-        <x:v>223.776</x:v>
+        <x:v>253.008</x:v>
       </x:c>
       <x:c r="E121" s="0">
-        <x:v>266.4</x:v>
+        <x:v>301.2</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:5">
       <x:c r="A122" s="1">
-        <x:v>45917.7674537037</x:v>
+        <x:v>45973.7618518519</x:v>
       </x:c>
       <x:c r="B122" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C122" s="0">
-        <x:v>41.78</x:v>
+        <x:v>73.83</x:v>
       </x:c>
       <x:c r="D122" s="0">
-        <x:v>222.432</x:v>
+        <x:v>254.436</x:v>
       </x:c>
       <x:c r="E122" s="0">
-        <x:v>264.8</x:v>
+        <x:v>302.9</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:5">
       <x:c r="A123" s="1">
-        <x:v>45916.7611111111</x:v>
+        <x:v>45972.715474537</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C123" s="0">
-        <x:v>41.5</x:v>
+        <x:v>67.3</x:v>
       </x:c>
       <x:c r="D123" s="0">
-        <x:v>222.096</x:v>
+        <x:v>249.564</x:v>
       </x:c>
       <x:c r="E123" s="0">
-        <x:v>264.4</x:v>
+        <x:v>297.1</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:5">
       <x:c r="A124" s="1">
-        <x:v>45915.7621527778</x:v>
+        <x:v>45968.7155902778</x:v>
       </x:c>
       <x:c r="B124" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C124" s="0">
-        <x:v>44.6</x:v>
+        <x:v>60.97</x:v>
       </x:c>
       <x:c r="D124" s="0">
-        <x:v>225.204</x:v>
+        <x:v>244.44</x:v>
       </x:c>
       <x:c r="E124" s="0">
-        <x:v>268.1</x:v>
+        <x:v>291</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:5">
       <x:c r="A125" s="1">
-        <x:v>45912.7594212963</x:v>
+        <x:v>45967.7155555556</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C125" s="0">
-        <x:v>41.83</x:v>
+        <x:v>62.94</x:v>
       </x:c>
       <x:c r="D125" s="0">
-        <x:v>222.18</x:v>
+        <x:v>245.952</x:v>
       </x:c>
       <x:c r="E125" s="0">
-        <x:v>264.5</x:v>
+        <x:v>292.8</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:5">
       <x:c r="A126" s="1">
-        <x:v>45911.75875</x:v>
+        <x:v>45966.7155208333</x:v>
       </x:c>
       <x:c r="B126" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C126" s="0">
-        <x:v>40.4</x:v>
+        <x:v>60.68</x:v>
       </x:c>
       <x:c r="D126" s="0">
-        <x:v>220.584</x:v>
+        <x:v>244.104</x:v>
       </x:c>
       <x:c r="E126" s="0">
-        <x:v>262.6</x:v>
+        <x:v>290.6</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:5">
       <x:c r="A127" s="1">
-        <x:v>45910.7661342593</x:v>
+        <x:v>45965.7159722222</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C127" s="0">
-        <x:v>41.45</x:v>
+        <x:v>59.39</x:v>
       </x:c>
       <x:c r="D127" s="0">
-        <x:v>221.676</x:v>
+        <x:v>243.012</x:v>
       </x:c>
       <x:c r="E127" s="0">
-        <x:v>263.9</x:v>
+        <x:v>289.3</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:5">
       <x:c r="A128" s="1">
-        <x:v>45909.7555787037</x:v>
+        <x:v>45964.7156365741</x:v>
       </x:c>
       <x:c r="B128" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C128" s="0">
-        <x:v>39.36</x:v>
+        <x:v>60.46</x:v>
       </x:c>
       <x:c r="D128" s="0">
-        <x:v>219.324</x:v>
+        <x:v>243.852</x:v>
       </x:c>
       <x:c r="E128" s="0">
-        <x:v>261.1</x:v>
+        <x:v>290.3</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:5">
       <x:c r="A129" s="1">
-        <x:v>45908.7626157407</x:v>
+        <x:v>45961.8177777778</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C129" s="0">
-        <x:v>38.64</x:v>
+        <x:v>59.55</x:v>
       </x:c>
       <x:c r="D129" s="0">
-        <x:v>218.484</x:v>
+        <x:v>243.012</x:v>
       </x:c>
       <x:c r="E129" s="0">
-        <x:v>260.1</x:v>
+        <x:v>289.3</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:5">
       <x:c r="A130" s="1">
-        <x:v>45905.7753009259</x:v>
+        <x:v>45961.7155671296</x:v>
       </x:c>
       <x:c r="B130" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C130" s="0">
-        <x:v>37.84</x:v>
+        <x:v>59.55</x:v>
       </x:c>
       <x:c r="D130" s="0">
-        <x:v>217.476</x:v>
+        <x:v>243.012</x:v>
       </x:c>
       <x:c r="E130" s="0">
-        <x:v>258.9</x:v>
+        <x:v>289.3</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:5">
       <x:c r="A131" s="1">
-        <x:v>45904.7633564815</x:v>
+        <x:v>45960.7155324074</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C131" s="0">
-        <x:v>40.73</x:v>
+        <x:v>51.79</x:v>
       </x:c>
       <x:c r="D131" s="0">
-        <x:v>220.584</x:v>
+        <x:v>235.788</x:v>
       </x:c>
       <x:c r="E131" s="0">
-        <x:v>262.6</x:v>
+        <x:v>280.7</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:5">
       <x:c r="A132" s="1">
-        <x:v>45903.7601157407</x:v>
+        <x:v>45959.716087963</x:v>
       </x:c>
       <x:c r="B132" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C132" s="0">
-        <x:v>38.32</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="D132" s="0">
-        <x:v>217.812</x:v>
+        <x:v>235.032</x:v>
       </x:c>
       <x:c r="E132" s="0">
-        <x:v>259.3</x:v>
+        <x:v>279.8</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:5">
       <x:c r="A133" s="1">
-        <x:v>45902.7618055556</x:v>
+        <x:v>45958.7156712963</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C133" s="0">
-        <x:v>38.34</x:v>
+        <x:v>49.17</x:v>
       </x:c>
       <x:c r="D133" s="0">
-        <x:v>217.812</x:v>
+        <x:v>233.268</x:v>
       </x:c>
       <x:c r="E133" s="0">
-        <x:v>259.3</x:v>
+        <x:v>277.7</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:5">
       <x:c r="A134" s="1">
-        <x:v>45901.7594444444</x:v>
+        <x:v>45957.7155787037</x:v>
       </x:c>
       <x:c r="B134" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C134" s="0">
-        <x:v>41.52</x:v>
+        <x:v>47.07</x:v>
       </x:c>
       <x:c r="D134" s="0">
-        <x:v>221.172</x:v>
+        <x:v>231.168</x:v>
       </x:c>
       <x:c r="E134" s="0">
-        <x:v>263.3</x:v>
+        <x:v>275.2</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:5">
       <x:c r="A135" s="1">
-        <x:v>45898.7627083333</x:v>
+        <x:v>45954.7155902778</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C135" s="0">
-        <x:v>40.82</x:v>
+        <x:v>44.69</x:v>
       </x:c>
       <x:c r="D135" s="0">
-        <x:v>220.332</x:v>
+        <x:v>228.648</x:v>
       </x:c>
       <x:c r="E135" s="0">
-        <x:v>262.3</x:v>
+        <x:v>272.2</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:5">
       <x:c r="A136" s="1">
-        <x:v>45897.7575925926</x:v>
+        <x:v>45953.7155439815</x:v>
       </x:c>
       <x:c r="B136" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C136" s="0">
-        <x:v>41.8</x:v>
+        <x:v>46.41</x:v>
       </x:c>
       <x:c r="D136" s="0">
-        <x:v>221.34</x:v>
+        <x:v>230.328</x:v>
       </x:c>
       <x:c r="E136" s="0">
-        <x:v>263.5</x:v>
+        <x:v>274.2</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:5">
       <x:c r="A137" s="1">
-        <x:v>45896.7598263889</x:v>
+        <x:v>45952.7157523148</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C137" s="0">
-        <x:v>42.06</x:v>
+        <x:v>45.28</x:v>
       </x:c>
       <x:c r="D137" s="0">
-        <x:v>221.592</x:v>
+        <x:v>229.152</x:v>
       </x:c>
       <x:c r="E137" s="0">
-        <x:v>263.8</x:v>
+        <x:v>272.8</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:5">
       <x:c r="A138" s="1">
-        <x:v>45895.7574884259</x:v>
+        <x:v>45951.7155324074</x:v>
       </x:c>
       <x:c r="B138" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C138" s="0">
-        <x:v>48.24</x:v>
+        <x:v>46.23</x:v>
       </x:c>
       <x:c r="D138" s="0">
-        <x:v>227.388</x:v>
+        <x:v>230.076</x:v>
       </x:c>
       <x:c r="E138" s="0">
-        <x:v>270.7</x:v>
+        <x:v>273.9</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:5">
       <x:c r="A139" s="1">
-        <x:v>45894.7570138889</x:v>
+        <x:v>45950.7155671296</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C139" s="0">
-        <x:v>51.97</x:v>
+        <x:v>45.19</x:v>
       </x:c>
       <x:c r="D139" s="0">
-        <x:v>230.664</x:v>
+        <x:v>228.984</x:v>
       </x:c>
       <x:c r="E139" s="0">
-        <x:v>274.6</x:v>
+        <x:v>272.6</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:5">
       <x:c r="A140" s="1">
-        <x:v>45891.7584606481</x:v>
+        <x:v>45947.715462963</x:v>
       </x:c>
       <x:c r="B140" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C140" s="0">
-        <x:v>52.93</x:v>
+        <x:v>45.27</x:v>
       </x:c>
       <x:c r="D140" s="0">
-        <x:v>231.42</x:v>
+        <x:v>228.984</x:v>
       </x:c>
       <x:c r="E140" s="0">
-        <x:v>275.5</x:v>
+        <x:v>272.6</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:5">
       <x:c r="A141" s="1">
-        <x:v>45890.7565277778</x:v>
+        <x:v>45946.7155787037</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C141" s="0">
-        <x:v>53.16</x:v>
+        <x:v>45.8</x:v>
       </x:c>
       <x:c r="D141" s="0">
-        <x:v>231.588</x:v>
+        <x:v>229.488</x:v>
       </x:c>
       <x:c r="E141" s="0">
-        <x:v>275.7</x:v>
+        <x:v>273.2</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:5">
       <x:c r="A142" s="1">
-        <x:v>45889.759375</x:v>
+        <x:v>45945.715474537</x:v>
       </x:c>
       <x:c r="B142" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C142" s="0">
-        <x:v>50.24</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="D142" s="0">
-        <x:v>228.9</x:v>
+        <x:v>228.648</x:v>
       </x:c>
       <x:c r="E142" s="0">
-        <x:v>272.5</x:v>
+        <x:v>272.2</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:5">
       <x:c r="A143" s="1">
-        <x:v>45888.7607291667</x:v>
+        <x:v>45944.7155787037</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C143" s="0">
-        <x:v>49.99</x:v>
+        <x:v>45.12</x:v>
       </x:c>
       <x:c r="D143" s="0">
-        <x:v>228.648</x:v>
+        <x:v>228.732</x:v>
       </x:c>
       <x:c r="E143" s="0">
-        <x:v>272.2</x:v>
+        <x:v>272.3</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:5">
       <x:c r="A144" s="1">
-        <x:v>45887.7582523148</x:v>
+        <x:v>45943.7160416667</x:v>
       </x:c>
       <x:c r="B144" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C144" s="0">
-        <x:v>46.55</x:v>
+        <x:v>44.73</x:v>
       </x:c>
       <x:c r="D144" s="0">
-        <x:v>225.288</x:v>
+        <x:v>228.312</x:v>
       </x:c>
       <x:c r="E144" s="0">
-        <x:v>268.2</x:v>
+        <x:v>271.8</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:5">
       <x:c r="A145" s="1">
-        <x:v>45884.7577546296</x:v>
+        <x:v>45940.7628009259</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C145" s="0">
-        <x:v>50.64</x:v>
+        <x:v>48.8</x:v>
       </x:c>
       <x:c r="D145" s="0">
-        <x:v>228.9</x:v>
+        <x:v>232.092</x:v>
       </x:c>
       <x:c r="E145" s="0">
-        <x:v>272.5</x:v>
+        <x:v>276.3</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:5">
       <x:c r="A146" s="1">
-        <x:v>45883.7578472222</x:v>
+        <x:v>45939.7572106481</x:v>
       </x:c>
       <x:c r="B146" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C146" s="0">
-        <x:v>51.62</x:v>
+        <x:v>43.95</x:v>
       </x:c>
       <x:c r="D146" s="0">
-        <x:v>229.74</x:v>
+        <x:v>227.052</x:v>
       </x:c>
       <x:c r="E146" s="0">
-        <x:v>273.5</x:v>
+        <x:v>270.3</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:5">
       <x:c r="A147" s="1">
-        <x:v>45882.7698611111</x:v>
+        <x:v>45938.7190277778</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C147" s="0">
-        <x:v>49.91</x:v>
+        <x:v>44.89</x:v>
       </x:c>
       <x:c r="D147" s="0">
-        <x:v>228.144</x:v>
+        <x:v>227.976</x:v>
       </x:c>
       <x:c r="E147" s="0">
-        <x:v>271.6</x:v>
+        <x:v>271.4</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:5">
       <x:c r="A148" s="1">
-        <x:v>45882.7608333333</x:v>
+        <x:v>45937.7189236111</x:v>
       </x:c>
       <x:c r="B148" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C148" s="0">
-        <x:v>49.91</x:v>
+        <x:v>42.16</x:v>
       </x:c>
       <x:c r="D148" s="0">
-        <x:v>228.144</x:v>
+        <x:v>225.036</x:v>
       </x:c>
       <x:c r="E148" s="0">
-        <x:v>271.6</x:v>
+        <x:v>267.9</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:5">
       <x:c r="A149" s="1">
-        <x:v>45881.7571296296</x:v>
+        <x:v>45936.7190972222</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C149" s="0">
-        <x:v>49.39</x:v>
+        <x:v>44.49</x:v>
       </x:c>
       <x:c r="D149" s="0">
-        <x:v>227.64</x:v>
+        <x:v>227.388</x:v>
       </x:c>
       <x:c r="E149" s="0">
-        <x:v>271</x:v>
+        <x:v>270.7</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:5">
       <x:c r="A150" s="1">
-        <x:v>45880.7586689815</x:v>
+        <x:v>45933.7559837963</x:v>
       </x:c>
       <x:c r="B150" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C150" s="0">
-        <x:v>45.65</x:v>
+        <x:v>43.92</x:v>
       </x:c>
       <x:c r="D150" s="0">
-        <x:v>223.944</x:v>
+        <x:v>226.716</x:v>
       </x:c>
       <x:c r="E150" s="0">
-        <x:v>266.6</x:v>
+        <x:v>269.9</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:5">
       <x:c r="A151" s="1">
-        <x:v>45877.7857523148</x:v>
+        <x:v>45932.7758449074</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C151" s="0">
-        <x:v>44.4</x:v>
+        <x:v>40.51</x:v>
       </x:c>
       <x:c r="D151" s="0">
-        <x:v>222.6</x:v>
+        <x:v>222.936</x:v>
       </x:c>
       <x:c r="E151" s="0">
-        <x:v>265</x:v>
+        <x:v>265.4</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:5">
       <x:c r="A152" s="1">
-        <x:v>45876.7589467593</x:v>
+        <x:v>45931.7588888889</x:v>
       </x:c>
       <x:c r="B152" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C152" s="0">
-        <x:v>43.19</x:v>
+        <x:v>48.5</x:v>
       </x:c>
       <x:c r="D152" s="0">
-        <x:v>221.34</x:v>
+        <x:v>230.496</x:v>
       </x:c>
       <x:c r="E152" s="0">
-        <x:v>263.5</x:v>
+        <x:v>274.4</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:5">
       <x:c r="A153" s="1">
-        <x:v>45875.7594444444</x:v>
+        <x:v>45930.7579398148</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C153" s="0">
-        <x:v>41.4</x:v>
+        <x:v>45.58</x:v>
       </x:c>
       <x:c r="D153" s="0">
-        <x:v>219.408</x:v>
+        <x:v>227.556</x:v>
       </x:c>
       <x:c r="E153" s="0">
-        <x:v>261.2</x:v>
+        <x:v>270.9</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:5">
       <x:c r="A154" s="1">
-        <x:v>45874.7580092593</x:v>
+        <x:v>45929.7560416667</x:v>
       </x:c>
       <x:c r="B154" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C154" s="0">
-        <x:v>38.64</x:v>
+        <x:v>47.52</x:v>
       </x:c>
       <x:c r="D154" s="0">
-        <x:v>216.3</x:v>
+        <x:v>229.404</x:v>
       </x:c>
       <x:c r="E154" s="0">
-        <x:v>257.5</x:v>
+        <x:v>273.1</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:5">
       <x:c r="A155" s="1">
-        <x:v>45873.7607986111</x:v>
+        <x:v>45926.7572569444</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C155" s="0">
-        <x:v>40.7</x:v>
+        <x:v>49.69</x:v>
       </x:c>
       <x:c r="D155" s="0">
-        <x:v>218.484</x:v>
+        <x:v>231.336</x:v>
       </x:c>
       <x:c r="E155" s="0">
-        <x:v>260.1</x:v>
+        <x:v>275.4</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:5">
       <x:c r="A156" s="1">
-        <x:v>45870.7602314815</x:v>
+        <x:v>45925.7565625</x:v>
       </x:c>
       <x:c r="B156" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C156" s="0">
-        <x:v>37</x:v>
+        <x:v>45.36</x:v>
       </x:c>
       <x:c r="D156" s="0">
-        <x:v>214.116</x:v>
+        <x:v>226.968</x:v>
       </x:c>
       <x:c r="E156" s="0">
-        <x:v>254.9</x:v>
+        <x:v>270.2</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:5">
       <x:c r="A157" s="1">
-        <x:v>45869.7836574074</x:v>
+        <x:v>45924.7579976852</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C157" s="0">
-        <x:v>41.49</x:v>
+        <x:v>45.22</x:v>
       </x:c>
       <x:c r="D157" s="0">
-        <x:v>218.82</x:v>
+        <x:v>226.8</x:v>
       </x:c>
       <x:c r="E157" s="0">
-        <x:v>260.5</x:v>
+        <x:v>270</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:5">
       <x:c r="A158" s="1">
-        <x:v>45868.7572569444</x:v>
+        <x:v>45923.7566435185</x:v>
       </x:c>
       <x:c r="B158" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C158" s="0">
-        <x:v>42.32</x:v>
+        <x:v>50.27</x:v>
       </x:c>
       <x:c r="D158" s="0">
-        <x:v>219.66</x:v>
+        <x:v>231.42</x:v>
       </x:c>
       <x:c r="E158" s="0">
-        <x:v>261.5</x:v>
+        <x:v>275.5</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:5">
       <x:c r="A159" s="1">
-        <x:v>45867.786099537</x:v>
+        <x:v>45922.7577430556</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C159" s="0">
-        <x:v>41.87</x:v>
+        <x:v>44.05</x:v>
       </x:c>
       <x:c r="D159" s="0">
-        <x:v>219.156</x:v>
+        <x:v>225.036</x:v>
       </x:c>
       <x:c r="E159" s="0">
-        <x:v>260.9</x:v>
+        <x:v>267.9</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:5">
       <x:c r="A160" s="1">
-        <x:v>45866.7583101852</x:v>
+        <x:v>45919.7643287037</x:v>
       </x:c>
       <x:c r="B160" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C160" s="0">
-        <x:v>41.02</x:v>
+        <x:v>45.66</x:v>
       </x:c>
       <x:c r="D160" s="0">
-        <x:v>218.232</x:v>
+        <x:v>226.548</x:v>
       </x:c>
       <x:c r="E160" s="0">
-        <x:v>259.8</x:v>
+        <x:v>269.7</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:5">
       <x:c r="A161" s="1">
-        <x:v>45863.756724537</x:v>
+        <x:v>45918.7598148148</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C161" s="0">
-        <x:v>41.18</x:v>
+        <x:v>43.02</x:v>
       </x:c>
       <x:c r="D161" s="0">
-        <x:v>218.316</x:v>
+        <x:v>223.776</x:v>
       </x:c>
       <x:c r="E161" s="0">
-        <x:v>259.9</x:v>
+        <x:v>266.4</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:5">
       <x:c r="A162" s="1">
-        <x:v>45862.7626967593</x:v>
+        <x:v>45917.7674537037</x:v>
       </x:c>
       <x:c r="B162" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C162" s="0">
-        <x:v>41.77</x:v>
+        <x:v>41.78</x:v>
       </x:c>
       <x:c r="D162" s="0">
-        <x:v>218.904</x:v>
+        <x:v>222.432</x:v>
       </x:c>
       <x:c r="E162" s="0">
-        <x:v>260.6</x:v>
+        <x:v>264.8</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:5">
       <x:c r="A163" s="1">
-        <x:v>45861.7587037037</x:v>
+        <x:v>45916.7611111111</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C163" s="0">
-        <x:v>39.49</x:v>
+        <x:v>41.5</x:v>
       </x:c>
       <x:c r="D163" s="0">
-        <x:v>216.384</x:v>
+        <x:v>222.096</x:v>
       </x:c>
       <x:c r="E163" s="0">
-        <x:v>257.6</x:v>
+        <x:v>264.4</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:5">
       <x:c r="A164" s="1">
-        <x:v>45860.7619097222</x:v>
+        <x:v>45915.7621527778</x:v>
       </x:c>
       <x:c r="B164" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C164" s="0">
-        <x:v>38.03</x:v>
+        <x:v>44.6</x:v>
       </x:c>
       <x:c r="D164" s="0">
-        <x:v>214.704</x:v>
+        <x:v>225.204</x:v>
       </x:c>
       <x:c r="E164" s="0">
-        <x:v>255.6</x:v>
+        <x:v>268.1</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:5">
       <x:c r="A165" s="1">
+        <x:v>45912.7594212963</x:v>
+      </x:c>
+      <x:c r="B165" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C165" s="0">
+        <x:v>41.83</x:v>
+      </x:c>
+      <x:c r="D165" s="0">
+        <x:v>222.18</x:v>
+      </x:c>
+      <x:c r="E165" s="0">
+        <x:v>264.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="166" spans="1:5">
+      <x:c r="A166" s="1">
+        <x:v>45911.75875</x:v>
+      </x:c>
+      <x:c r="B166" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C166" s="0">
+        <x:v>40.4</x:v>
+      </x:c>
+      <x:c r="D166" s="0">
+        <x:v>220.584</x:v>
+      </x:c>
+      <x:c r="E166" s="0">
+        <x:v>262.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="167" spans="1:5">
+      <x:c r="A167" s="1">
+        <x:v>45910.7661342593</x:v>
+      </x:c>
+      <x:c r="B167" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C167" s="0">
+        <x:v>41.45</x:v>
+      </x:c>
+      <x:c r="D167" s="0">
+        <x:v>221.676</x:v>
+      </x:c>
+      <x:c r="E167" s="0">
+        <x:v>263.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="168" spans="1:5">
+      <x:c r="A168" s="1">
+        <x:v>45909.7555787037</x:v>
+      </x:c>
+      <x:c r="B168" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C168" s="0">
+        <x:v>39.36</x:v>
+      </x:c>
+      <x:c r="D168" s="0">
+        <x:v>219.324</x:v>
+      </x:c>
+      <x:c r="E168" s="0">
+        <x:v>261.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="169" spans="1:5">
+      <x:c r="A169" s="1">
+        <x:v>45908.7626157407</x:v>
+      </x:c>
+      <x:c r="B169" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C169" s="0">
+        <x:v>38.64</x:v>
+      </x:c>
+      <x:c r="D169" s="0">
+        <x:v>218.484</x:v>
+      </x:c>
+      <x:c r="E169" s="0">
+        <x:v>260.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="170" spans="1:5">
+      <x:c r="A170" s="1">
+        <x:v>45905.7753009259</x:v>
+      </x:c>
+      <x:c r="B170" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C170" s="0">
+        <x:v>37.84</x:v>
+      </x:c>
+      <x:c r="D170" s="0">
+        <x:v>217.476</x:v>
+      </x:c>
+      <x:c r="E170" s="0">
+        <x:v>258.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="171" spans="1:5">
+      <x:c r="A171" s="1">
+        <x:v>45904.7633564815</x:v>
+      </x:c>
+      <x:c r="B171" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C171" s="0">
+        <x:v>40.73</x:v>
+      </x:c>
+      <x:c r="D171" s="0">
+        <x:v>220.584</x:v>
+      </x:c>
+      <x:c r="E171" s="0">
+        <x:v>262.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="172" spans="1:5">
+      <x:c r="A172" s="1">
+        <x:v>45903.7601157407</x:v>
+      </x:c>
+      <x:c r="B172" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C172" s="0">
+        <x:v>38.32</x:v>
+      </x:c>
+      <x:c r="D172" s="0">
+        <x:v>217.812</x:v>
+      </x:c>
+      <x:c r="E172" s="0">
+        <x:v>259.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="173" spans="1:5">
+      <x:c r="A173" s="1">
+        <x:v>45902.7618055556</x:v>
+      </x:c>
+      <x:c r="B173" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C173" s="0">
+        <x:v>38.34</x:v>
+      </x:c>
+      <x:c r="D173" s="0">
+        <x:v>217.812</x:v>
+      </x:c>
+      <x:c r="E173" s="0">
+        <x:v>259.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="174" spans="1:5">
+      <x:c r="A174" s="1">
+        <x:v>45901.7594444444</x:v>
+      </x:c>
+      <x:c r="B174" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C174" s="0">
+        <x:v>41.52</x:v>
+      </x:c>
+      <x:c r="D174" s="0">
+        <x:v>221.172</x:v>
+      </x:c>
+      <x:c r="E174" s="0">
+        <x:v>263.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="175" spans="1:5">
+      <x:c r="A175" s="1">
+        <x:v>45898.7627083333</x:v>
+      </x:c>
+      <x:c r="B175" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C175" s="0">
+        <x:v>40.82</x:v>
+      </x:c>
+      <x:c r="D175" s="0">
+        <x:v>220.332</x:v>
+      </x:c>
+      <x:c r="E175" s="0">
+        <x:v>262.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="176" spans="1:5">
+      <x:c r="A176" s="1">
+        <x:v>45897.7575925926</x:v>
+      </x:c>
+      <x:c r="B176" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C176" s="0">
+        <x:v>41.8</x:v>
+      </x:c>
+      <x:c r="D176" s="0">
+        <x:v>221.34</x:v>
+      </x:c>
+      <x:c r="E176" s="0">
+        <x:v>263.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="177" spans="1:5">
+      <x:c r="A177" s="1">
+        <x:v>45896.7598263889</x:v>
+      </x:c>
+      <x:c r="B177" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C177" s="0">
+        <x:v>42.06</x:v>
+      </x:c>
+      <x:c r="D177" s="0">
+        <x:v>221.592</x:v>
+      </x:c>
+      <x:c r="E177" s="0">
+        <x:v>263.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="178" spans="1:5">
+      <x:c r="A178" s="1">
+        <x:v>45895.7574884259</x:v>
+      </x:c>
+      <x:c r="B178" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C178" s="0">
+        <x:v>48.24</x:v>
+      </x:c>
+      <x:c r="D178" s="0">
+        <x:v>227.388</x:v>
+      </x:c>
+      <x:c r="E178" s="0">
+        <x:v>270.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="179" spans="1:5">
+      <x:c r="A179" s="1">
+        <x:v>45894.7570138889</x:v>
+      </x:c>
+      <x:c r="B179" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C179" s="0">
+        <x:v>51.97</x:v>
+      </x:c>
+      <x:c r="D179" s="0">
+        <x:v>230.664</x:v>
+      </x:c>
+      <x:c r="E179" s="0">
+        <x:v>274.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="180" spans="1:5">
+      <x:c r="A180" s="1">
+        <x:v>45891.7584606481</x:v>
+      </x:c>
+      <x:c r="B180" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C180" s="0">
+        <x:v>52.93</x:v>
+      </x:c>
+      <x:c r="D180" s="0">
+        <x:v>231.42</x:v>
+      </x:c>
+      <x:c r="E180" s="0">
+        <x:v>275.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="181" spans="1:5">
+      <x:c r="A181" s="1">
+        <x:v>45890.7565277778</x:v>
+      </x:c>
+      <x:c r="B181" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C181" s="0">
+        <x:v>53.16</x:v>
+      </x:c>
+      <x:c r="D181" s="0">
+        <x:v>231.588</x:v>
+      </x:c>
+      <x:c r="E181" s="0">
+        <x:v>275.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="182" spans="1:5">
+      <x:c r="A182" s="1">
+        <x:v>45889.759375</x:v>
+      </x:c>
+      <x:c r="B182" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C182" s="0">
+        <x:v>50.24</x:v>
+      </x:c>
+      <x:c r="D182" s="0">
+        <x:v>228.9</x:v>
+      </x:c>
+      <x:c r="E182" s="0">
+        <x:v>272.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="183" spans="1:5">
+      <x:c r="A183" s="1">
+        <x:v>45888.7607291667</x:v>
+      </x:c>
+      <x:c r="B183" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C183" s="0">
+        <x:v>49.99</x:v>
+      </x:c>
+      <x:c r="D183" s="0">
+        <x:v>228.648</x:v>
+      </x:c>
+      <x:c r="E183" s="0">
+        <x:v>272.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="184" spans="1:5">
+      <x:c r="A184" s="1">
+        <x:v>45887.7582523148</x:v>
+      </x:c>
+      <x:c r="B184" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C184" s="0">
+        <x:v>46.55</x:v>
+      </x:c>
+      <x:c r="D184" s="0">
+        <x:v>225.288</x:v>
+      </x:c>
+      <x:c r="E184" s="0">
+        <x:v>268.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="185" spans="1:5">
+      <x:c r="A185" s="1">
+        <x:v>45884.7577546296</x:v>
+      </x:c>
+      <x:c r="B185" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C185" s="0">
+        <x:v>50.64</x:v>
+      </x:c>
+      <x:c r="D185" s="0">
+        <x:v>228.9</x:v>
+      </x:c>
+      <x:c r="E185" s="0">
+        <x:v>272.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="186" spans="1:5">
+      <x:c r="A186" s="1">
+        <x:v>45883.7578472222</x:v>
+      </x:c>
+      <x:c r="B186" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C186" s="0">
+        <x:v>51.62</x:v>
+      </x:c>
+      <x:c r="D186" s="0">
+        <x:v>229.74</x:v>
+      </x:c>
+      <x:c r="E186" s="0">
+        <x:v>273.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="187" spans="1:5">
+      <x:c r="A187" s="1">
+        <x:v>45882.7698611111</x:v>
+      </x:c>
+      <x:c r="B187" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C187" s="0">
+        <x:v>49.91</x:v>
+      </x:c>
+      <x:c r="D187" s="0">
+        <x:v>228.144</x:v>
+      </x:c>
+      <x:c r="E187" s="0">
+        <x:v>271.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="188" spans="1:5">
+      <x:c r="A188" s="1">
+        <x:v>45882.7608333333</x:v>
+      </x:c>
+      <x:c r="B188" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C188" s="0">
+        <x:v>49.91</x:v>
+      </x:c>
+      <x:c r="D188" s="0">
+        <x:v>228.144</x:v>
+      </x:c>
+      <x:c r="E188" s="0">
+        <x:v>271.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="189" spans="1:5">
+      <x:c r="A189" s="1">
+        <x:v>45881.7571296296</x:v>
+      </x:c>
+      <x:c r="B189" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C189" s="0">
+        <x:v>49.39</x:v>
+      </x:c>
+      <x:c r="D189" s="0">
+        <x:v>227.64</x:v>
+      </x:c>
+      <x:c r="E189" s="0">
+        <x:v>271</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="190" spans="1:5">
+      <x:c r="A190" s="1">
+        <x:v>45880.7586689815</x:v>
+      </x:c>
+      <x:c r="B190" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C190" s="0">
+        <x:v>45.65</x:v>
+      </x:c>
+      <x:c r="D190" s="0">
+        <x:v>223.944</x:v>
+      </x:c>
+      <x:c r="E190" s="0">
+        <x:v>266.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="191" spans="1:5">
+      <x:c r="A191" s="1">
+        <x:v>45877.7857523148</x:v>
+      </x:c>
+      <x:c r="B191" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C191" s="0">
+        <x:v>44.4</x:v>
+      </x:c>
+      <x:c r="D191" s="0">
+        <x:v>222.6</x:v>
+      </x:c>
+      <x:c r="E191" s="0">
+        <x:v>265</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="192" spans="1:5">
+      <x:c r="A192" s="1">
+        <x:v>45876.7589467593</x:v>
+      </x:c>
+      <x:c r="B192" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C192" s="0">
+        <x:v>43.19</x:v>
+      </x:c>
+      <x:c r="D192" s="0">
+        <x:v>221.34</x:v>
+      </x:c>
+      <x:c r="E192" s="0">
+        <x:v>263.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="193" spans="1:5">
+      <x:c r="A193" s="1">
+        <x:v>45875.7594444444</x:v>
+      </x:c>
+      <x:c r="B193" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C193" s="0">
+        <x:v>41.4</x:v>
+      </x:c>
+      <x:c r="D193" s="0">
+        <x:v>219.408</x:v>
+      </x:c>
+      <x:c r="E193" s="0">
+        <x:v>261.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="194" spans="1:5">
+      <x:c r="A194" s="1">
+        <x:v>45874.7580092593</x:v>
+      </x:c>
+      <x:c r="B194" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C194" s="0">
+        <x:v>38.64</x:v>
+      </x:c>
+      <x:c r="D194" s="0">
+        <x:v>216.3</x:v>
+      </x:c>
+      <x:c r="E194" s="0">
+        <x:v>257.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="195" spans="1:5">
+      <x:c r="A195" s="1">
+        <x:v>45873.7607986111</x:v>
+      </x:c>
+      <x:c r="B195" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C195" s="0">
+        <x:v>40.7</x:v>
+      </x:c>
+      <x:c r="D195" s="0">
+        <x:v>218.484</x:v>
+      </x:c>
+      <x:c r="E195" s="0">
+        <x:v>260.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="196" spans="1:5">
+      <x:c r="A196" s="1">
+        <x:v>45870.7602314815</x:v>
+      </x:c>
+      <x:c r="B196" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C196" s="0">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="D196" s="0">
+        <x:v>214.116</x:v>
+      </x:c>
+      <x:c r="E196" s="0">
+        <x:v>254.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="197" spans="1:5">
+      <x:c r="A197" s="1">
+        <x:v>45869.7836574074</x:v>
+      </x:c>
+      <x:c r="B197" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C197" s="0">
+        <x:v>41.49</x:v>
+      </x:c>
+      <x:c r="D197" s="0">
+        <x:v>218.82</x:v>
+      </x:c>
+      <x:c r="E197" s="0">
+        <x:v>260.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="198" spans="1:5">
+      <x:c r="A198" s="1">
+        <x:v>45868.7572569444</x:v>
+      </x:c>
+      <x:c r="B198" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C198" s="0">
+        <x:v>42.32</x:v>
+      </x:c>
+      <x:c r="D198" s="0">
+        <x:v>219.66</x:v>
+      </x:c>
+      <x:c r="E198" s="0">
+        <x:v>261.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="199" spans="1:5">
+      <x:c r="A199" s="1">
+        <x:v>45867.786099537</x:v>
+      </x:c>
+      <x:c r="B199" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C199" s="0">
+        <x:v>41.87</x:v>
+      </x:c>
+      <x:c r="D199" s="0">
+        <x:v>219.156</x:v>
+      </x:c>
+      <x:c r="E199" s="0">
+        <x:v>260.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="200" spans="1:5">
+      <x:c r="A200" s="1">
+        <x:v>45866.7583101852</x:v>
+      </x:c>
+      <x:c r="B200" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C200" s="0">
+        <x:v>41.02</x:v>
+      </x:c>
+      <x:c r="D200" s="0">
+        <x:v>218.232</x:v>
+      </x:c>
+      <x:c r="E200" s="0">
+        <x:v>259.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="201" spans="1:5">
+      <x:c r="A201" s="1">
+        <x:v>45863.756724537</x:v>
+      </x:c>
+      <x:c r="B201" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C201" s="0">
+        <x:v>41.18</x:v>
+      </x:c>
+      <x:c r="D201" s="0">
+        <x:v>218.316</x:v>
+      </x:c>
+      <x:c r="E201" s="0">
+        <x:v>259.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="202" spans="1:5">
+      <x:c r="A202" s="1">
+        <x:v>45862.7626967593</x:v>
+      </x:c>
+      <x:c r="B202" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C202" s="0">
+        <x:v>41.77</x:v>
+      </x:c>
+      <x:c r="D202" s="0">
+        <x:v>218.904</x:v>
+      </x:c>
+      <x:c r="E202" s="0">
+        <x:v>260.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="203" spans="1:5">
+      <x:c r="A203" s="1">
+        <x:v>45861.7587037037</x:v>
+      </x:c>
+      <x:c r="B203" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C203" s="0">
+        <x:v>39.49</x:v>
+      </x:c>
+      <x:c r="D203" s="0">
+        <x:v>216.384</x:v>
+      </x:c>
+      <x:c r="E203" s="0">
+        <x:v>257.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="204" spans="1:5">
+      <x:c r="A204" s="1">
+        <x:v>45860.7619097222</x:v>
+      </x:c>
+      <x:c r="B204" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C204" s="0">
+        <x:v>38.03</x:v>
+      </x:c>
+      <x:c r="D204" s="0">
+        <x:v>214.704</x:v>
+      </x:c>
+      <x:c r="E204" s="0">
+        <x:v>255.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="205" spans="1:5">
+      <x:c r="A205" s="1">
         <x:v>45859.7636921296</x:v>
       </x:c>
-      <x:c r="B165" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C165" s="0">
+      <x:c r="B205" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C205" s="0">
         <x:v>37.32</x:v>
       </x:c>
-      <x:c r="D165" s="0">
+      <x:c r="D205" s="0">
         <x:v>213.864</x:v>
       </x:c>
-      <x:c r="E165" s="0">
+      <x:c r="E205" s="0">
         <x:v>254.6</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>