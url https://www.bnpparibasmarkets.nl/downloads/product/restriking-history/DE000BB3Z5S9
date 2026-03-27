--- v4 (2026-03-07)
+++ v5 (2026-03-27)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf776c282c1694041" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a41862ad1af84bbeab6bcf2bd399659d.psmdcp" Id="R27d8455b3fc14b15" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R22ce91d2b1f74101" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7b6ef1a8ec6e401c881b45010783cbc1.psmdcp" Id="R2e9cdfabc1244fb1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>DE000BB3Z5S9</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -390,3531 +390,4058 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E205"/>
+  <x:dimension ref="A1:E236"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>46087.7750694444</x:v>
+        <x:v>46108.7744791667</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
-        <x:v>74.34</x:v>
+        <x:v>72.14</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>266.112</x:v>
+        <x:v>236.506</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>316.8</x:v>
+        <x:v>301.3</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>46087.715625</x:v>
+        <x:v>46108.7159490741</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
-        <x:v>74.34</x:v>
+        <x:v>72.14</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>266.112</x:v>
+        <x:v>236.506</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>316.8</x:v>
+        <x:v>301.3</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>46086.7747222222</x:v>
+        <x:v>46108.3259837963</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
-        <x:v>83.98</x:v>
+        <x:v>91.27</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>272.328</x:v>
+        <x:v>250.618</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>324.2</x:v>
+        <x:v>318.1</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>46086.7162384259</x:v>
+        <x:v>46107.7742476852</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
-        <x:v>83.98</x:v>
+        <x:v>72.43</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>272.328</x:v>
+        <x:v>267.204</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>324.2</x:v>
+        <x:v>318.1</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>46085.7747685185</x:v>
+        <x:v>46107.7158680556</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
-        <x:v>87.65</x:v>
+        <x:v>72.43</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>274.596</x:v>
+        <x:v>267.204</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>326.9</x:v>
+        <x:v>318.1</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>46085.7160648148</x:v>
+        <x:v>46106.7746296296</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
-        <x:v>87.65</x:v>
+        <x:v>72.36</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>274.596</x:v>
+        <x:v>267.12</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>326.9</x:v>
+        <x:v>318</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>46084.7759606481</x:v>
+        <x:v>46106.7157523148</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
-        <x:v>75.75</x:v>
+        <x:v>72.36</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>266.196</x:v>
+        <x:v>267.12</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>316.9</x:v>
+        <x:v>318</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>46084.7159027778</x:v>
+        <x:v>46105.774849537</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
-        <x:v>75.75</x:v>
+        <x:v>69.12</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>266.196</x:v>
+        <x:v>264.6</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>316.9</x:v>
+        <x:v>315</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>46083.7757060185</x:v>
+        <x:v>46105.7158333333</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
-        <x:v>84.27</x:v>
+        <x:v>69.12</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>271.656</x:v>
+        <x:v>264.6</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>323.4</x:v>
+        <x:v>315</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>46083.7169675926</x:v>
+        <x:v>46104.7745949074</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C12" s="0">
-        <x:v>84.27</x:v>
+        <x:v>70.61</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>271.656</x:v>
+        <x:v>265.692</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>323.4</x:v>
+        <x:v>316.3</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>46080.7755555556</x:v>
+        <x:v>46104.7161342593</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0">
-        <x:v>93.99</x:v>
+        <x:v>70.61</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>277.284</x:v>
+        <x:v>265.692</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>330.1</x:v>
+        <x:v>316.3</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>46080.7156481482</x:v>
+        <x:v>46101.7753240741</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C14" s="0">
-        <x:v>93.99</x:v>
+        <x:v>65.97</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>277.284</x:v>
+        <x:v>261.912</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>330.1</x:v>
+        <x:v>311.8</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>46079.7753703704</x:v>
+        <x:v>46101.7161342593</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
-        <x:v>97.57</x:v>
+        <x:v>65.97</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>279.3</x:v>
+        <x:v>261.912</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>332.5</x:v>
+        <x:v>311.8</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>46079.7158333333</x:v>
+        <x:v>46100.7817708333</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C16" s="0">
-        <x:v>97.57</x:v>
+        <x:v>73.15</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>279.3</x:v>
+        <x:v>267.12</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>332.5</x:v>
+        <x:v>318</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>46078.775150463</x:v>
+        <x:v>46100.7165393519</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C17" s="0">
-        <x:v>101.58</x:v>
+        <x:v>73.15</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>281.484</x:v>
+        <x:v>267.12</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>335.1</x:v>
+        <x:v>318</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>46078.715625</x:v>
+        <x:v>46099.779224537</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="0">
-        <x:v>101.58</x:v>
+        <x:v>87.13</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>281.484</x:v>
+        <x:v>275.94</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>335.1</x:v>
+        <x:v>328.5</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>46077.7753587963</x:v>
+        <x:v>46099.7159375</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C19" s="0">
-        <x:v>98.68</x:v>
+        <x:v>87.13</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>279.804</x:v>
+        <x:v>275.94</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>333.1</x:v>
+        <x:v>328.5</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
-        <x:v>46077.7156134259</x:v>
+        <x:v>46098.7753125</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C20" s="0">
-        <x:v>98.68</x:v>
+        <x:v>81.05</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>279.804</x:v>
+        <x:v>271.824</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>333.1</x:v>
+        <x:v>323.6</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="1">
-        <x:v>46076.7747916667</x:v>
+        <x:v>46098.7161805556</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C21" s="0">
-        <x:v>112.78</x:v>
+        <x:v>81.05</x:v>
       </x:c>
       <x:c r="D21" s="0">
-        <x:v>286.944</x:v>
+        <x:v>271.824</x:v>
       </x:c>
       <x:c r="E21" s="0">
-        <x:v>341.6</x:v>
+        <x:v>323.6</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="1">
-        <x:v>46076.7158796296</x:v>
+        <x:v>46097.7768171296</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C22" s="0">
-        <x:v>112.78</x:v>
+        <x:v>79.13</x:v>
       </x:c>
       <x:c r="D22" s="0">
-        <x:v>286.944</x:v>
+        <x:v>270.48</x:v>
       </x:c>
       <x:c r="E22" s="0">
-        <x:v>341.6</x:v>
+        <x:v>322</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="1">
-        <x:v>46073.715775463</x:v>
+        <x:v>46097.7160763889</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C23" s="0">
-        <x:v>117.26</x:v>
+        <x:v>79.13</x:v>
       </x:c>
       <x:c r="D23" s="0">
-        <x:v>289.044</x:v>
+        <x:v>270.48</x:v>
       </x:c>
       <x:c r="E23" s="0">
-        <x:v>344.1</x:v>
+        <x:v>322</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="1">
-        <x:v>46072.7740509259</x:v>
+        <x:v>46094.7759259259</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C24" s="0">
-        <x:v>104.7</x:v>
+        <x:v>73.04</x:v>
       </x:c>
       <x:c r="D24" s="0">
-        <x:v>282.24</x:v>
+        <x:v>265.944</x:v>
       </x:c>
       <x:c r="E24" s="0">
-        <x:v>336</x:v>
+        <x:v>316.6</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="1">
-        <x:v>46072.7155787037</x:v>
+        <x:v>46094.7167939815</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C25" s="0">
-        <x:v>104.7</x:v>
+        <x:v>73.04</x:v>
       </x:c>
       <x:c r="D25" s="0">
-        <x:v>282.24</x:v>
+        <x:v>265.944</x:v>
       </x:c>
       <x:c r="E25" s="0">
-        <x:v>336</x:v>
+        <x:v>316.6</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="1">
-        <x:v>46071.7730671296</x:v>
+        <x:v>46093.7746412037</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C26" s="0">
-        <x:v>111.5</x:v>
+        <x:v>73.67</x:v>
       </x:c>
       <x:c r="D26" s="0">
-        <x:v>285.684</x:v>
+        <x:v>266.364</x:v>
       </x:c>
       <x:c r="E26" s="0">
-        <x:v>340.1</x:v>
+        <x:v>317.1</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="1">
-        <x:v>46071.7155787037</x:v>
+        <x:v>46093.7173263889</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C27" s="0">
-        <x:v>111.5</x:v>
+        <x:v>73.67</x:v>
       </x:c>
       <x:c r="D27" s="0">
-        <x:v>285.684</x:v>
+        <x:v>266.364</x:v>
       </x:c>
       <x:c r="E27" s="0">
-        <x:v>340.1</x:v>
+        <x:v>317.1</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="1">
-        <x:v>46070.7737037037</x:v>
+        <x:v>46092.7757175926</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C28" s="0">
-        <x:v>107.12</x:v>
+        <x:v>81.4</x:v>
       </x:c>
       <x:c r="D28" s="0">
-        <x:v>283.332</x:v>
+        <x:v>271.488</x:v>
       </x:c>
       <x:c r="E28" s="0">
-        <x:v>337.3</x:v>
+        <x:v>323.2</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="1">
-        <x:v>46070.7158680556</x:v>
+        <x:v>46092.7158796296</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C29" s="0">
-        <x:v>107.12</x:v>
+        <x:v>81.4</x:v>
       </x:c>
       <x:c r="D29" s="0">
-        <x:v>283.332</x:v>
+        <x:v>271.488</x:v>
       </x:c>
       <x:c r="E29" s="0">
-        <x:v>337.3</x:v>
+        <x:v>323.2</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="1">
-        <x:v>46069.7747453704</x:v>
+        <x:v>46091.7751851852</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C30" s="0">
-        <x:v>102.58</x:v>
+        <x:v>84.44</x:v>
       </x:c>
       <x:c r="D30" s="0">
-        <x:v>280.812</x:v>
+        <x:v>273.42</x:v>
       </x:c>
       <x:c r="E30" s="0">
-        <x:v>334.3</x:v>
+        <x:v>325.5</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="1">
-        <x:v>46069.7157638889</x:v>
+        <x:v>46091.7168171296</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C31" s="0">
-        <x:v>102.58</x:v>
+        <x:v>84.44</x:v>
       </x:c>
       <x:c r="D31" s="0">
-        <x:v>280.812</x:v>
+        <x:v>273.42</x:v>
       </x:c>
       <x:c r="E31" s="0">
-        <x:v>334.3</x:v>
+        <x:v>325.5</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="1">
-        <x:v>46066.7740625</x:v>
+        <x:v>46090.7753935185</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C32" s="0">
-        <x:v>91.02</x:v>
+        <x:v>75.14</x:v>
       </x:c>
       <x:c r="D32" s="0">
-        <x:v>273.756</x:v>
+        <x:v>266.784</x:v>
       </x:c>
       <x:c r="E32" s="0">
-        <x:v>325.9</x:v>
+        <x:v>317.6</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="1">
-        <x:v>46066.7158333333</x:v>
+        <x:v>46090.7158333333</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C33" s="0">
-        <x:v>91.02</x:v>
+        <x:v>75.14</x:v>
       </x:c>
       <x:c r="D33" s="0">
-        <x:v>273.756</x:v>
+        <x:v>266.784</x:v>
       </x:c>
       <x:c r="E33" s="0">
-        <x:v>325.9</x:v>
+        <x:v>317.6</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="1">
-        <x:v>46065.7730787037</x:v>
+        <x:v>46087.7750694444</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C34" s="0">
-        <x:v>110.56</x:v>
+        <x:v>74.34</x:v>
       </x:c>
       <x:c r="D34" s="0">
-        <x:v>283.752</x:v>
+        <x:v>266.112</x:v>
       </x:c>
       <x:c r="E34" s="0">
-        <x:v>337.8</x:v>
+        <x:v>316.8</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="1">
-        <x:v>46065.7161342593</x:v>
+        <x:v>46087.715625</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C35" s="0">
-        <x:v>110.56</x:v>
+        <x:v>74.34</x:v>
       </x:c>
       <x:c r="D35" s="0">
-        <x:v>283.752</x:v>
+        <x:v>266.112</x:v>
       </x:c>
       <x:c r="E35" s="0">
-        <x:v>337.8</x:v>
+        <x:v>316.8</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="1">
-        <x:v>46064.7744675926</x:v>
+        <x:v>46086.7747222222</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C36" s="0">
-        <x:v>113.14</x:v>
+        <x:v>83.98</x:v>
       </x:c>
       <x:c r="D36" s="0">
-        <x:v>285.012</x:v>
+        <x:v>272.328</x:v>
       </x:c>
       <x:c r="E36" s="0">
-        <x:v>339.3</x:v>
+        <x:v>324.2</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="1">
-        <x:v>46063.7747222222</x:v>
+        <x:v>46086.7162384259</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C37" s="0">
-        <x:v>120.4</x:v>
+        <x:v>83.98</x:v>
       </x:c>
       <x:c r="D37" s="0">
-        <x:v>288.456</x:v>
+        <x:v>272.328</x:v>
       </x:c>
       <x:c r="E37" s="0">
-        <x:v>343.4</x:v>
+        <x:v>324.2</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="1">
-        <x:v>46063.7158217593</x:v>
+        <x:v>46085.7747685185</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C38" s="0">
-        <x:v>120.4</x:v>
+        <x:v>87.65</x:v>
       </x:c>
       <x:c r="D38" s="0">
-        <x:v>288.456</x:v>
+        <x:v>274.596</x:v>
       </x:c>
       <x:c r="E38" s="0">
-        <x:v>343.4</x:v>
+        <x:v>326.9</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="1">
-        <x:v>46062.7728587963</x:v>
+        <x:v>46085.7160648148</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C39" s="0">
-        <x:v>119.43</x:v>
+        <x:v>87.65</x:v>
       </x:c>
       <x:c r="D39" s="0">
-        <x:v>287.952</x:v>
+        <x:v>274.596</x:v>
       </x:c>
       <x:c r="E39" s="0">
-        <x:v>342.8</x:v>
+        <x:v>326.9</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="1">
-        <x:v>46062.7155902778</x:v>
+        <x:v>46084.7759606481</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C40" s="0">
-        <x:v>119.43</x:v>
+        <x:v>75.75</x:v>
       </x:c>
       <x:c r="D40" s="0">
-        <x:v>287.952</x:v>
+        <x:v>266.196</x:v>
       </x:c>
       <x:c r="E40" s="0">
-        <x:v>342.8</x:v>
+        <x:v>316.9</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="1">
-        <x:v>46059.7156944444</x:v>
+        <x:v>46084.7159027778</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C41" s="0">
-        <x:v>115.41</x:v>
+        <x:v>75.75</x:v>
       </x:c>
       <x:c r="D41" s="0">
-        <x:v>285.852</x:v>
+        <x:v>266.196</x:v>
       </x:c>
       <x:c r="E41" s="0">
-        <x:v>340.3</x:v>
+        <x:v>316.9</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="1">
-        <x:v>46058.7158564815</x:v>
+        <x:v>46083.7757060185</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C42" s="0">
-        <x:v>100.7</x:v>
+        <x:v>84.27</x:v>
       </x:c>
       <x:c r="D42" s="0">
-        <x:v>277.704</x:v>
+        <x:v>271.656</x:v>
       </x:c>
       <x:c r="E42" s="0">
-        <x:v>330.6</x:v>
+        <x:v>323.4</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="1">
-        <x:v>46057.7740162037</x:v>
+        <x:v>46083.7169675926</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C43" s="0">
-        <x:v>103.71</x:v>
+        <x:v>84.27</x:v>
       </x:c>
       <x:c r="D43" s="0">
-        <x:v>279.132</x:v>
+        <x:v>271.656</x:v>
       </x:c>
       <x:c r="E43" s="0">
-        <x:v>332.3</x:v>
+        <x:v>323.4</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="1">
-        <x:v>46057.7157986111</x:v>
+        <x:v>46080.7755555556</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C44" s="0">
-        <x:v>103.71</x:v>
+        <x:v>93.99</x:v>
       </x:c>
       <x:c r="D44" s="0">
-        <x:v>279.132</x:v>
+        <x:v>277.284</x:v>
       </x:c>
       <x:c r="E44" s="0">
-        <x:v>332.3</x:v>
+        <x:v>330.1</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="1">
-        <x:v>46056.7740277778</x:v>
+        <x:v>46080.7156481482</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C45" s="0">
-        <x:v>101.92</x:v>
+        <x:v>93.99</x:v>
       </x:c>
       <x:c r="D45" s="0">
-        <x:v>278.124</x:v>
+        <x:v>277.284</x:v>
       </x:c>
       <x:c r="E45" s="0">
-        <x:v>331.1</x:v>
+        <x:v>330.1</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="1">
-        <x:v>46056.7157060185</x:v>
+        <x:v>46079.7753703704</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C46" s="0">
-        <x:v>101.92</x:v>
+        <x:v>97.57</x:v>
       </x:c>
       <x:c r="D46" s="0">
-        <x:v>278.124</x:v>
+        <x:v>279.3</x:v>
       </x:c>
       <x:c r="E46" s="0">
-        <x:v>331.1</x:v>
+        <x:v>332.5</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="1">
-        <x:v>46055.7738773148</x:v>
+        <x:v>46079.7158333333</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C47" s="0">
-        <x:v>97.96</x:v>
+        <x:v>97.57</x:v>
       </x:c>
       <x:c r="D47" s="0">
-        <x:v>275.856</x:v>
+        <x:v>279.3</x:v>
       </x:c>
       <x:c r="E47" s="0">
-        <x:v>328.4</x:v>
+        <x:v>332.5</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5">
       <x:c r="A48" s="1">
-        <x:v>46055.7155787037</x:v>
+        <x:v>46078.775150463</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C48" s="0">
-        <x:v>97.96</x:v>
+        <x:v>101.58</x:v>
       </x:c>
       <x:c r="D48" s="0">
-        <x:v>275.856</x:v>
+        <x:v>281.484</x:v>
       </x:c>
       <x:c r="E48" s="0">
-        <x:v>328.4</x:v>
+        <x:v>335.1</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
       <x:c r="A49" s="1">
-        <x:v>46052.7750115741</x:v>
+        <x:v>46078.715625</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C49" s="0">
-        <x:v>88.62</x:v>
+        <x:v>101.58</x:v>
       </x:c>
       <x:c r="D49" s="0">
-        <x:v>270.06</x:v>
+        <x:v>281.484</x:v>
       </x:c>
       <x:c r="E49" s="0">
-        <x:v>321.5</x:v>
+        <x:v>335.1</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5">
       <x:c r="A50" s="1">
-        <x:v>46052.7156365741</x:v>
+        <x:v>46077.7753587963</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C50" s="0">
-        <x:v>88.62</x:v>
+        <x:v>98.68</x:v>
       </x:c>
       <x:c r="D50" s="0">
-        <x:v>270.06</x:v>
+        <x:v>279.804</x:v>
       </x:c>
       <x:c r="E50" s="0">
-        <x:v>321.5</x:v>
+        <x:v>333.1</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5">
       <x:c r="A51" s="1">
-        <x:v>46051.715474537</x:v>
+        <x:v>46077.7156134259</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C51" s="0">
-        <x:v>84.43</x:v>
+        <x:v>98.68</x:v>
       </x:c>
       <x:c r="D51" s="0">
-        <x:v>267.372</x:v>
+        <x:v>279.804</x:v>
       </x:c>
       <x:c r="E51" s="0">
-        <x:v>318.3</x:v>
+        <x:v>333.1</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5">
       <x:c r="A52" s="1">
-        <x:v>46050.7157986111</x:v>
+        <x:v>46076.7747916667</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C52" s="0">
-        <x:v>87.2</x:v>
+        <x:v>112.78</x:v>
       </x:c>
       <x:c r="D52" s="0">
-        <x:v>269.052</x:v>
+        <x:v>286.944</x:v>
       </x:c>
       <x:c r="E52" s="0">
-        <x:v>320.3</x:v>
+        <x:v>341.6</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5">
       <x:c r="A53" s="1">
-        <x:v>46049.7155902778</x:v>
+        <x:v>46076.7158796296</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C53" s="0">
-        <x:v>94.99</x:v>
+        <x:v>112.78</x:v>
       </x:c>
       <x:c r="D53" s="0">
-        <x:v>273.504</x:v>
+        <x:v>286.944</x:v>
       </x:c>
       <x:c r="E53" s="0">
-        <x:v>325.6</x:v>
+        <x:v>341.6</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5">
       <x:c r="A54" s="1">
-        <x:v>46048.7747800926</x:v>
+        <x:v>46073.715775463</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C54" s="0">
-        <x:v>89.75</x:v>
+        <x:v>117.26</x:v>
       </x:c>
       <x:c r="D54" s="0">
-        <x:v>270.312</x:v>
+        <x:v>289.044</x:v>
       </x:c>
       <x:c r="E54" s="0">
-        <x:v>321.8</x:v>
+        <x:v>344.1</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5">
       <x:c r="A55" s="1">
-        <x:v>46045.7737268519</x:v>
+        <x:v>46072.7740509259</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C55" s="0">
-        <x:v>86.53</x:v>
+        <x:v>104.7</x:v>
       </x:c>
       <x:c r="D55" s="0">
-        <x:v>268.212</x:v>
+        <x:v>282.24</x:v>
       </x:c>
       <x:c r="E55" s="0">
-        <x:v>319.3</x:v>
+        <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5">
       <x:c r="A56" s="1">
-        <x:v>46045.7155324074</x:v>
+        <x:v>46072.7155787037</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C56" s="0">
-        <x:v>86.53</x:v>
+        <x:v>104.7</x:v>
       </x:c>
       <x:c r="D56" s="0">
-        <x:v>268.212</x:v>
+        <x:v>282.24</x:v>
       </x:c>
       <x:c r="E56" s="0">
-        <x:v>319.3</x:v>
+        <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:5">
       <x:c r="A57" s="1">
-        <x:v>46044.7737037037</x:v>
+        <x:v>46071.7730671296</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C57" s="0">
-        <x:v>91.4</x:v>
+        <x:v>111.5</x:v>
       </x:c>
       <x:c r="D57" s="0">
-        <x:v>271.068</x:v>
+        <x:v>285.684</x:v>
       </x:c>
       <x:c r="E57" s="0">
-        <x:v>322.7</x:v>
+        <x:v>340.1</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:5">
       <x:c r="A58" s="1">
-        <x:v>46044.7155555556</x:v>
+        <x:v>46071.7155787037</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C58" s="0">
-        <x:v>91.4</x:v>
+        <x:v>111.5</x:v>
       </x:c>
       <x:c r="D58" s="0">
-        <x:v>271.068</x:v>
+        <x:v>285.684</x:v>
       </x:c>
       <x:c r="E58" s="0">
-        <x:v>322.7</x:v>
+        <x:v>340.1</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:5">
       <x:c r="A59" s="1">
-        <x:v>46043.7727314815</x:v>
+        <x:v>46070.7737037037</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C59" s="0">
-        <x:v>80.32</x:v>
+        <x:v>107.12</x:v>
       </x:c>
       <x:c r="D59" s="0">
-        <x:v>263.76</x:v>
+        <x:v>283.332</x:v>
       </x:c>
       <x:c r="E59" s="0">
-        <x:v>314</x:v>
+        <x:v>337.3</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:5">
       <x:c r="A60" s="1">
-        <x:v>46043.7155439815</x:v>
+        <x:v>46070.7158680556</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C60" s="0">
-        <x:v>80.32</x:v>
+        <x:v>107.12</x:v>
       </x:c>
       <x:c r="D60" s="0">
-        <x:v>263.76</x:v>
+        <x:v>283.332</x:v>
       </x:c>
       <x:c r="E60" s="0">
-        <x:v>314</x:v>
+        <x:v>337.3</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:5">
       <x:c r="A61" s="1">
-        <x:v>46042.9279050926</x:v>
+        <x:v>46069.7747453704</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C61" s="0">
-        <x:v>79.49</x:v>
+        <x:v>102.58</x:v>
       </x:c>
       <x:c r="D61" s="0">
-        <x:v>263.172</x:v>
+        <x:v>280.812</x:v>
       </x:c>
       <x:c r="E61" s="0">
-        <x:v>313.3</x:v>
+        <x:v>334.3</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:5">
       <x:c r="A62" s="1">
-        <x:v>46042.7822453704</x:v>
+        <x:v>46069.7157638889</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C62" s="0">
-        <x:v>79.49</x:v>
+        <x:v>102.58</x:v>
       </x:c>
       <x:c r="D62" s="0">
-        <x:v>263.172</x:v>
+        <x:v>280.812</x:v>
       </x:c>
       <x:c r="E62" s="0">
-        <x:v>313.3</x:v>
+        <x:v>334.3</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:5">
       <x:c r="A63" s="1">
-        <x:v>46042.7743055556</x:v>
+        <x:v>46066.7740625</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C63" s="0">
-        <x:v>79.49</x:v>
+        <x:v>91.02</x:v>
       </x:c>
       <x:c r="D63" s="0">
-        <x:v>263.172</x:v>
+        <x:v>273.756</x:v>
       </x:c>
       <x:c r="E63" s="0">
-        <x:v>313.3</x:v>
+        <x:v>325.9</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:5">
       <x:c r="A64" s="1">
-        <x:v>46042.7176388889</x:v>
+        <x:v>46066.7158333333</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C64" s="0">
-        <x:v>79.49</x:v>
+        <x:v>91.02</x:v>
       </x:c>
       <x:c r="D64" s="0">
-        <x:v>263.172</x:v>
+        <x:v>273.756</x:v>
       </x:c>
       <x:c r="E64" s="0">
-        <x:v>313.3</x:v>
+        <x:v>325.9</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:5">
       <x:c r="A65" s="1">
-        <x:v>46041.773599537</x:v>
+        <x:v>46065.7730787037</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C65" s="0">
-        <x:v>85.17</x:v>
+        <x:v>110.56</x:v>
       </x:c>
       <x:c r="D65" s="0">
-        <x:v>266.7</x:v>
+        <x:v>283.752</x:v>
       </x:c>
       <x:c r="E65" s="0">
-        <x:v>317.5</x:v>
+        <x:v>337.8</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:5">
       <x:c r="A66" s="1">
-        <x:v>46041.7156944444</x:v>
+        <x:v>46065.7161342593</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C66" s="0">
-        <x:v>85.17</x:v>
+        <x:v>110.56</x:v>
       </x:c>
       <x:c r="D66" s="0">
-        <x:v>266.7</x:v>
+        <x:v>283.752</x:v>
       </x:c>
       <x:c r="E66" s="0">
-        <x:v>317.5</x:v>
+        <x:v>337.8</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:5">
       <x:c r="A67" s="1">
-        <x:v>46038.7738888889</x:v>
+        <x:v>46064.7744675926</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C67" s="0">
-        <x:v>93.6</x:v>
+        <x:v>113.14</x:v>
       </x:c>
       <x:c r="D67" s="0">
-        <x:v>271.488</x:v>
+        <x:v>285.012</x:v>
       </x:c>
       <x:c r="E67" s="0">
-        <x:v>323.2</x:v>
+        <x:v>339.3</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:5">
       <x:c r="A68" s="1">
-        <x:v>46038.7156481482</x:v>
+        <x:v>46063.7747222222</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C68" s="0">
-        <x:v>93.6</x:v>
+        <x:v>120.4</x:v>
       </x:c>
       <x:c r="D68" s="0">
-        <x:v>271.488</x:v>
+        <x:v>288.456</x:v>
       </x:c>
       <x:c r="E68" s="0">
-        <x:v>323.2</x:v>
+        <x:v>343.4</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:5">
       <x:c r="A69" s="1">
-        <x:v>46037.7736458333</x:v>
+        <x:v>46063.7158217593</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C69" s="0">
-        <x:v>94.1</x:v>
+        <x:v>120.4</x:v>
       </x:c>
       <x:c r="D69" s="0">
-        <x:v>271.74</x:v>
+        <x:v>288.456</x:v>
       </x:c>
       <x:c r="E69" s="0">
-        <x:v>323.5</x:v>
+        <x:v>343.4</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:5">
       <x:c r="A70" s="1">
-        <x:v>46037.715625</x:v>
+        <x:v>46062.7728587963</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C70" s="0">
-        <x:v>94.1</x:v>
+        <x:v>119.43</x:v>
       </x:c>
       <x:c r="D70" s="0">
-        <x:v>271.74</x:v>
+        <x:v>287.952</x:v>
       </x:c>
       <x:c r="E70" s="0">
-        <x:v>323.5</x:v>
+        <x:v>342.8</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:5">
       <x:c r="A71" s="1">
-        <x:v>46036.774224537</x:v>
+        <x:v>46062.7155902778</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C71" s="0">
-        <x:v>95.34</x:v>
+        <x:v>119.43</x:v>
       </x:c>
       <x:c r="D71" s="0">
-        <x:v>272.412</x:v>
+        <x:v>287.952</x:v>
       </x:c>
       <x:c r="E71" s="0">
-        <x:v>324.3</x:v>
+        <x:v>342.8</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:5">
       <x:c r="A72" s="1">
-        <x:v>46036.7157175926</x:v>
+        <x:v>46059.7156944444</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C72" s="0">
-        <x:v>95.34</x:v>
+        <x:v>115.41</x:v>
       </x:c>
       <x:c r="D72" s="0">
-        <x:v>272.412</x:v>
+        <x:v>285.852</x:v>
       </x:c>
       <x:c r="E72" s="0">
-        <x:v>324.3</x:v>
+        <x:v>340.3</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:5">
       <x:c r="A73" s="1">
-        <x:v>46035.7726851852</x:v>
+        <x:v>46058.7158564815</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C73" s="0">
-        <x:v>88.6</x:v>
+        <x:v>100.7</x:v>
       </x:c>
       <x:c r="D73" s="0">
-        <x:v>268.296</x:v>
+        <x:v>277.704</x:v>
       </x:c>
       <x:c r="E73" s="0">
-        <x:v>319.4</x:v>
+        <x:v>330.6</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:5">
       <x:c r="A74" s="1">
-        <x:v>46035.7155787037</x:v>
+        <x:v>46057.7740162037</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C74" s="0">
-        <x:v>88.6</x:v>
+        <x:v>103.71</x:v>
       </x:c>
       <x:c r="D74" s="0">
-        <x:v>268.296</x:v>
+        <x:v>279.132</x:v>
       </x:c>
       <x:c r="E74" s="0">
-        <x:v>319.4</x:v>
+        <x:v>332.3</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:5">
       <x:c r="A75" s="1">
-        <x:v>46034.7734722222</x:v>
+        <x:v>46057.7157986111</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C75" s="0">
-        <x:v>82.36</x:v>
+        <x:v>103.71</x:v>
       </x:c>
       <x:c r="D75" s="0">
-        <x:v>264.264</x:v>
+        <x:v>279.132</x:v>
       </x:c>
       <x:c r="E75" s="0">
-        <x:v>314.6</x:v>
+        <x:v>332.3</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:5">
       <x:c r="A76" s="1">
-        <x:v>46034.7155787037</x:v>
+        <x:v>46056.7740277778</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C76" s="0">
-        <x:v>82.36</x:v>
+        <x:v>101.92</x:v>
       </x:c>
       <x:c r="D76" s="0">
-        <x:v>264.264</x:v>
+        <x:v>278.124</x:v>
       </x:c>
       <x:c r="E76" s="0">
-        <x:v>314.6</x:v>
+        <x:v>331.1</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:5">
       <x:c r="A77" s="1">
-        <x:v>46031.7746759259</x:v>
+        <x:v>46056.7157060185</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C77" s="0">
-        <x:v>81.35</x:v>
+        <x:v>101.92</x:v>
       </x:c>
       <x:c r="D77" s="0">
-        <x:v>263.508</x:v>
+        <x:v>278.124</x:v>
       </x:c>
       <x:c r="E77" s="0">
-        <x:v>313.7</x:v>
+        <x:v>331.1</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:5">
       <x:c r="A78" s="1">
-        <x:v>46031.7156018519</x:v>
+        <x:v>46055.7738773148</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C78" s="0">
-        <x:v>81.35</x:v>
+        <x:v>97.96</x:v>
       </x:c>
       <x:c r="D78" s="0">
-        <x:v>263.508</x:v>
+        <x:v>275.856</x:v>
       </x:c>
       <x:c r="E78" s="0">
-        <x:v>313.7</x:v>
+        <x:v>328.4</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:5">
       <x:c r="A79" s="1">
-        <x:v>46030.7735763889</x:v>
+        <x:v>46055.7155787037</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C79" s="0">
-        <x:v>82.45</x:v>
+        <x:v>97.96</x:v>
       </x:c>
       <x:c r="D79" s="0">
-        <x:v>264.18</x:v>
+        <x:v>275.856</x:v>
       </x:c>
       <x:c r="E79" s="0">
-        <x:v>314.5</x:v>
+        <x:v>328.4</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:5">
       <x:c r="A80" s="1">
-        <x:v>46030.7158680556</x:v>
+        <x:v>46052.7750115741</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C80" s="0">
-        <x:v>82.45</x:v>
+        <x:v>88.62</x:v>
       </x:c>
       <x:c r="D80" s="0">
-        <x:v>264.18</x:v>
+        <x:v>270.06</x:v>
       </x:c>
       <x:c r="E80" s="0">
-        <x:v>314.5</x:v>
+        <x:v>321.5</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:5">
       <x:c r="A81" s="1">
-        <x:v>46029.7726851852</x:v>
+        <x:v>46052.7156365741</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C81" s="0">
-        <x:v>81.85</x:v>
+        <x:v>88.62</x:v>
       </x:c>
       <x:c r="D81" s="0">
-        <x:v>263.76</x:v>
+        <x:v>270.06</x:v>
       </x:c>
       <x:c r="E81" s="0">
-        <x:v>314</x:v>
+        <x:v>321.5</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:5">
       <x:c r="A82" s="1">
-        <x:v>46029.715775463</x:v>
+        <x:v>46051.715474537</x:v>
       </x:c>
       <x:c r="B82" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C82" s="0">
-        <x:v>81.85</x:v>
+        <x:v>84.43</x:v>
       </x:c>
       <x:c r="D82" s="0">
-        <x:v>263.76</x:v>
+        <x:v>267.372</x:v>
       </x:c>
       <x:c r="E82" s="0">
-        <x:v>314</x:v>
+        <x:v>318.3</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:5">
       <x:c r="A83" s="1">
-        <x:v>46028.7155902778</x:v>
+        <x:v>46050.7157986111</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C83" s="0">
-        <x:v>89.32</x:v>
+        <x:v>87.2</x:v>
       </x:c>
       <x:c r="D83" s="0">
-        <x:v>268.212</x:v>
+        <x:v>269.052</x:v>
       </x:c>
       <x:c r="E83" s="0">
-        <x:v>319.3</x:v>
+        <x:v>320.3</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:5">
       <x:c r="A84" s="1">
-        <x:v>46027.7155902778</x:v>
+        <x:v>46049.7155902778</x:v>
       </x:c>
       <x:c r="B84" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C84" s="0">
-        <x:v>94.81</x:v>
+        <x:v>94.99</x:v>
       </x:c>
       <x:c r="D84" s="0">
-        <x:v>271.32</x:v>
+        <x:v>273.504</x:v>
       </x:c>
       <x:c r="E84" s="0">
-        <x:v>323</x:v>
+        <x:v>325.6</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:5">
       <x:c r="A85" s="1">
-        <x:v>46024.7511342593</x:v>
+        <x:v>46048.7747800926</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C85" s="0">
-        <x:v>90.05</x:v>
+        <x:v>89.75</x:v>
       </x:c>
       <x:c r="D85" s="0">
-        <x:v>268.38</x:v>
+        <x:v>270.312</x:v>
       </x:c>
       <x:c r="E85" s="0">
-        <x:v>319.5</x:v>
+        <x:v>321.8</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:5">
       <x:c r="A86" s="1">
-        <x:v>46021.7350925926</x:v>
+        <x:v>46045.7737268519</x:v>
       </x:c>
       <x:c r="B86" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C86" s="0">
-        <x:v>88.96</x:v>
+        <x:v>86.53</x:v>
       </x:c>
       <x:c r="D86" s="0">
-        <x:v>267.624</x:v>
+        <x:v>268.212</x:v>
       </x:c>
       <x:c r="E86" s="0">
-        <x:v>318.6</x:v>
+        <x:v>319.3</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:5">
       <x:c r="A87" s="1">
-        <x:v>46020.7558912037</x:v>
+        <x:v>46045.7155324074</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C87" s="0">
-        <x:v>85.24</x:v>
+        <x:v>86.53</x:v>
       </x:c>
       <x:c r="D87" s="0">
-        <x:v>265.272</x:v>
+        <x:v>268.212</x:v>
       </x:c>
       <x:c r="E87" s="0">
-        <x:v>315.8</x:v>
+        <x:v>319.3</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:5">
       <x:c r="A88" s="1">
-        <x:v>46014.7155787037</x:v>
+        <x:v>46044.7737037037</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C88" s="0">
-        <x:v>85.56</x:v>
+        <x:v>91.4</x:v>
       </x:c>
       <x:c r="D88" s="0">
-        <x:v>265.272</x:v>
+        <x:v>271.068</x:v>
       </x:c>
       <x:c r="E88" s="0">
-        <x:v>315.8</x:v>
+        <x:v>322.7</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:5">
       <x:c r="A89" s="1">
-        <x:v>46013.715625</x:v>
+        <x:v>46044.7155555556</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C89" s="0">
-        <x:v>83.1</x:v>
+        <x:v>91.4</x:v>
       </x:c>
       <x:c r="D89" s="0">
-        <x:v>263.676</x:v>
+        <x:v>271.068</x:v>
       </x:c>
       <x:c r="E89" s="0">
-        <x:v>313.9</x:v>
+        <x:v>322.7</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:5">
       <x:c r="A90" s="1">
-        <x:v>46010.715625</x:v>
+        <x:v>46043.7727314815</x:v>
       </x:c>
       <x:c r="B90" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C90" s="0">
-        <x:v>82.73</x:v>
+        <x:v>80.32</x:v>
       </x:c>
       <x:c r="D90" s="0">
-        <x:v>263.34</x:v>
+        <x:v>263.76</x:v>
       </x:c>
       <x:c r="E90" s="0">
-        <x:v>313.5</x:v>
+        <x:v>314</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:5">
       <x:c r="A91" s="1">
-        <x:v>46009.7161921296</x:v>
+        <x:v>46043.7155439815</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C91" s="0">
-        <x:v>77.28</x:v>
+        <x:v>80.32</x:v>
       </x:c>
       <x:c r="D91" s="0">
-        <x:v>259.644</x:v>
+        <x:v>263.76</x:v>
       </x:c>
       <x:c r="E91" s="0">
-        <x:v>309.1</x:v>
+        <x:v>314</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:5">
       <x:c r="A92" s="1">
-        <x:v>46008.7156828704</x:v>
+        <x:v>46042.9279050926</x:v>
       </x:c>
       <x:c r="B92" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C92" s="0">
-        <x:v>77.45</x:v>
+        <x:v>79.49</x:v>
       </x:c>
       <x:c r="D92" s="0">
-        <x:v>259.728</x:v>
+        <x:v>263.172</x:v>
       </x:c>
       <x:c r="E92" s="0">
-        <x:v>309.2</x:v>
+        <x:v>313.3</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:5">
       <x:c r="A93" s="1">
-        <x:v>46007.7156597222</x:v>
+        <x:v>46042.7822453704</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C93" s="0">
-        <x:v>75.9</x:v>
+        <x:v>79.49</x:v>
       </x:c>
       <x:c r="D93" s="0">
-        <x:v>258.636</x:v>
+        <x:v>263.172</x:v>
       </x:c>
       <x:c r="E93" s="0">
-        <x:v>307.9</x:v>
+        <x:v>313.3</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:5">
       <x:c r="A94" s="1">
-        <x:v>46006.7734953704</x:v>
+        <x:v>46042.7743055556</x:v>
       </x:c>
       <x:c r="B94" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C94" s="0">
-        <x:v>74.01</x:v>
+        <x:v>79.49</x:v>
       </x:c>
       <x:c r="D94" s="0">
-        <x:v>257.292</x:v>
+        <x:v>263.172</x:v>
       </x:c>
       <x:c r="E94" s="0">
-        <x:v>306.3</x:v>
+        <x:v>313.3</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:5">
       <x:c r="A95" s="1">
-        <x:v>46006.7155902778</x:v>
+        <x:v>46042.7176388889</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C95" s="0">
-        <x:v>74.01</x:v>
+        <x:v>79.49</x:v>
       </x:c>
       <x:c r="D95" s="0">
-        <x:v>257.292</x:v>
+        <x:v>263.172</x:v>
       </x:c>
       <x:c r="E95" s="0">
-        <x:v>306.3</x:v>
+        <x:v>313.3</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:5">
       <x:c r="A96" s="1">
-        <x:v>46003.7156597222</x:v>
+        <x:v>46041.773599537</x:v>
       </x:c>
       <x:c r="B96" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C96" s="0">
-        <x:v>73.19</x:v>
+        <x:v>85.17</x:v>
       </x:c>
       <x:c r="D96" s="0">
-        <x:v>256.62</x:v>
+        <x:v>266.7</x:v>
       </x:c>
       <x:c r="E96" s="0">
-        <x:v>305.5</x:v>
+        <x:v>317.5</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:5">
       <x:c r="A97" s="1">
-        <x:v>46002.7740509259</x:v>
+        <x:v>46041.7156944444</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C97" s="0">
-        <x:v>80.76</x:v>
+        <x:v>85.17</x:v>
       </x:c>
       <x:c r="D97" s="0">
-        <x:v>261.492</x:v>
+        <x:v>266.7</x:v>
       </x:c>
       <x:c r="E97" s="0">
-        <x:v>311.3</x:v>
+        <x:v>317.5</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:5">
       <x:c r="A98" s="1">
-        <x:v>46002.7156018519</x:v>
+        <x:v>46038.7738888889</x:v>
       </x:c>
       <x:c r="B98" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C98" s="0">
-        <x:v>80.76</x:v>
+        <x:v>93.6</x:v>
       </x:c>
       <x:c r="D98" s="0">
-        <x:v>261.492</x:v>
+        <x:v>271.488</x:v>
       </x:c>
       <x:c r="E98" s="0">
-        <x:v>311.3</x:v>
+        <x:v>323.2</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:5">
       <x:c r="A99" s="1">
-        <x:v>46001.7725810185</x:v>
+        <x:v>46038.7156481482</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C99" s="0">
-        <x:v>74.94</x:v>
+        <x:v>93.6</x:v>
       </x:c>
       <x:c r="D99" s="0">
-        <x:v>257.46</x:v>
+        <x:v>271.488</x:v>
       </x:c>
       <x:c r="E99" s="0">
-        <x:v>306.5</x:v>
+        <x:v>323.2</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:5">
       <x:c r="A100" s="1">
-        <x:v>46001.7599537037</x:v>
+        <x:v>46037.7736458333</x:v>
       </x:c>
       <x:c r="B100" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C100" s="0">
-        <x:v>74.94</x:v>
+        <x:v>94.1</x:v>
       </x:c>
       <x:c r="D100" s="0">
-        <x:v>257.46</x:v>
+        <x:v>271.74</x:v>
       </x:c>
       <x:c r="E100" s="0">
-        <x:v>306.5</x:v>
+        <x:v>323.5</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:5">
       <x:c r="A101" s="1">
-        <x:v>46000.715625</x:v>
+        <x:v>46037.715625</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C101" s="0">
-        <x:v>69.57</x:v>
+        <x:v>94.1</x:v>
       </x:c>
       <x:c r="D101" s="0">
-        <x:v>253.512</x:v>
+        <x:v>271.74</x:v>
       </x:c>
       <x:c r="E101" s="0">
-        <x:v>301.8</x:v>
+        <x:v>323.5</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:5">
       <x:c r="A102" s="1">
-        <x:v>45999.7155671296</x:v>
+        <x:v>46036.774224537</x:v>
       </x:c>
       <x:c r="B102" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C102" s="0">
-        <x:v>71.26</x:v>
+        <x:v>95.34</x:v>
       </x:c>
       <x:c r="D102" s="0">
-        <x:v>254.688</x:v>
+        <x:v>272.412</x:v>
       </x:c>
       <x:c r="E102" s="0">
-        <x:v>303.2</x:v>
+        <x:v>324.3</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:5">
       <x:c r="A103" s="1">
-        <x:v>45996.7615277778</x:v>
+        <x:v>46036.7157175926</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C103" s="0">
-        <x:v>70.46</x:v>
+        <x:v>95.34</x:v>
       </x:c>
       <x:c r="D103" s="0">
-        <x:v>254.016</x:v>
+        <x:v>272.412</x:v>
       </x:c>
       <x:c r="E103" s="0">
-        <x:v>302.4</x:v>
+        <x:v>324.3</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:5">
       <x:c r="A104" s="1">
-        <x:v>45996.7156365741</x:v>
+        <x:v>46035.7726851852</x:v>
       </x:c>
       <x:c r="B104" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C104" s="0">
-        <x:v>70.46</x:v>
+        <x:v>88.6</x:v>
       </x:c>
       <x:c r="D104" s="0">
-        <x:v>254.016</x:v>
+        <x:v>268.296</x:v>
       </x:c>
       <x:c r="E104" s="0">
-        <x:v>302.4</x:v>
+        <x:v>319.4</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:5">
       <x:c r="A105" s="1">
-        <x:v>45995.7618518519</x:v>
+        <x:v>46035.7155787037</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C105" s="0">
-        <x:v>68.79</x:v>
+        <x:v>88.6</x:v>
       </x:c>
       <x:c r="D105" s="0">
-        <x:v>252.756</x:v>
+        <x:v>268.296</x:v>
       </x:c>
       <x:c r="E105" s="0">
-        <x:v>300.9</x:v>
+        <x:v>319.4</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:5">
       <x:c r="A106" s="1">
-        <x:v>45994.7156597222</x:v>
+        <x:v>46034.7734722222</x:v>
       </x:c>
       <x:c r="B106" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C106" s="0">
-        <x:v>67.59</x:v>
+        <x:v>82.36</x:v>
       </x:c>
       <x:c r="D106" s="0">
-        <x:v>251.832</x:v>
+        <x:v>264.264</x:v>
       </x:c>
       <x:c r="E106" s="0">
-        <x:v>299.8</x:v>
+        <x:v>314.6</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:5">
       <x:c r="A107" s="1">
-        <x:v>45993.7157060185</x:v>
+        <x:v>46034.7155787037</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C107" s="0">
-        <x:v>70.8</x:v>
+        <x:v>82.36</x:v>
       </x:c>
       <x:c r="D107" s="0">
-        <x:v>254.1</x:v>
+        <x:v>264.264</x:v>
       </x:c>
       <x:c r="E107" s="0">
-        <x:v>302.5</x:v>
+        <x:v>314.6</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:5">
       <x:c r="A108" s="1">
-        <x:v>45992.7156134259</x:v>
+        <x:v>46031.7746759259</x:v>
       </x:c>
       <x:c r="B108" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C108" s="0">
-        <x:v>65.14</x:v>
+        <x:v>81.35</x:v>
       </x:c>
       <x:c r="D108" s="0">
-        <x:v>249.732</x:v>
+        <x:v>263.508</x:v>
       </x:c>
       <x:c r="E108" s="0">
-        <x:v>297.3</x:v>
+        <x:v>313.7</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:5">
       <x:c r="A109" s="1">
-        <x:v>45989.7157291667</x:v>
+        <x:v>46031.7156018519</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C109" s="0">
-        <x:v>63.86</x:v>
+        <x:v>81.35</x:v>
       </x:c>
       <x:c r="D109" s="0">
-        <x:v>248.64</x:v>
+        <x:v>263.508</x:v>
       </x:c>
       <x:c r="E109" s="0">
-        <x:v>296</x:v>
+        <x:v>313.7</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:5">
       <x:c r="A110" s="1">
-        <x:v>45988.7156481482</x:v>
+        <x:v>46030.7735763889</x:v>
       </x:c>
       <x:c r="B110" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C110" s="0">
-        <x:v>64.88</x:v>
+        <x:v>82.45</x:v>
       </x:c>
       <x:c r="D110" s="0">
-        <x:v>249.396</x:v>
+        <x:v>264.18</x:v>
       </x:c>
       <x:c r="E110" s="0">
-        <x:v>296.9</x:v>
+        <x:v>314.5</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:5">
       <x:c r="A111" s="1">
-        <x:v>45987.7155555556</x:v>
+        <x:v>46030.7158680556</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C111" s="0">
-        <x:v>63.42</x:v>
+        <x:v>82.45</x:v>
       </x:c>
       <x:c r="D111" s="0">
-        <x:v>248.22</x:v>
+        <x:v>264.18</x:v>
       </x:c>
       <x:c r="E111" s="0">
-        <x:v>295.5</x:v>
+        <x:v>314.5</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:5">
       <x:c r="A112" s="1">
-        <x:v>45986.7689583333</x:v>
+        <x:v>46029.7726851852</x:v>
       </x:c>
       <x:c r="B112" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C112" s="0">
-        <x:v>60.36</x:v>
+        <x:v>81.85</x:v>
       </x:c>
       <x:c r="D112" s="0">
-        <x:v>245.7</x:v>
+        <x:v>263.76</x:v>
       </x:c>
       <x:c r="E112" s="0">
-        <x:v>292.5</x:v>
+        <x:v>314</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:5">
       <x:c r="A113" s="1">
-        <x:v>45986.7156481482</x:v>
+        <x:v>46029.715775463</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C113" s="0">
-        <x:v>60.36</x:v>
+        <x:v>81.85</x:v>
       </x:c>
       <x:c r="D113" s="0">
-        <x:v>245.7</x:v>
+        <x:v>263.76</x:v>
       </x:c>
       <x:c r="E113" s="0">
-        <x:v>292.5</x:v>
+        <x:v>314</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:5">
       <x:c r="A114" s="1">
-        <x:v>45985.7158564815</x:v>
+        <x:v>46028.7155902778</x:v>
       </x:c>
       <x:c r="B114" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C114" s="0">
-        <x:v>56.67</x:v>
+        <x:v>89.32</x:v>
       </x:c>
       <x:c r="D114" s="0">
-        <x:v>242.508</x:v>
+        <x:v>268.212</x:v>
       </x:c>
       <x:c r="E114" s="0">
-        <x:v>288.7</x:v>
+        <x:v>319.3</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:5">
       <x:c r="A115" s="1">
-        <x:v>45982.7206018519</x:v>
+        <x:v>46027.7155902778</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C115" s="0">
-        <x:v>54.03</x:v>
+        <x:v>94.81</x:v>
       </x:c>
       <x:c r="D115" s="0">
-        <x:v>240.072</x:v>
+        <x:v>271.32</x:v>
       </x:c>
       <x:c r="E115" s="0">
-        <x:v>285.8</x:v>
+        <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:5">
       <x:c r="A116" s="1">
-        <x:v>45981.7155555556</x:v>
+        <x:v>46024.7511342593</x:v>
       </x:c>
       <x:c r="B116" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C116" s="0">
-        <x:v>56.52</x:v>
+        <x:v>90.05</x:v>
       </x:c>
       <x:c r="D116" s="0">
-        <x:v>242.172</x:v>
+        <x:v>268.38</x:v>
       </x:c>
       <x:c r="E116" s="0">
-        <x:v>288.3</x:v>
+        <x:v>319.5</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:5">
       <x:c r="A117" s="1">
-        <x:v>45980.7155902778</x:v>
+        <x:v>46021.7350925926</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C117" s="0">
-        <x:v>53.91</x:v>
+        <x:v>88.96</x:v>
       </x:c>
       <x:c r="D117" s="0">
-        <x:v>239.82</x:v>
+        <x:v>267.624</x:v>
       </x:c>
       <x:c r="E117" s="0">
-        <x:v>285.5</x:v>
+        <x:v>318.6</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:5">
       <x:c r="A118" s="1">
-        <x:v>45979.7156134259</x:v>
+        <x:v>46020.7558912037</x:v>
       </x:c>
       <x:c r="B118" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C118" s="0">
-        <x:v>53.38</x:v>
+        <x:v>85.24</x:v>
       </x:c>
       <x:c r="D118" s="0">
-        <x:v>239.316</x:v>
+        <x:v>265.272</x:v>
       </x:c>
       <x:c r="E118" s="0">
-        <x:v>284.9</x:v>
+        <x:v>315.8</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:5">
       <x:c r="A119" s="1">
-        <x:v>45978.7154861111</x:v>
+        <x:v>46014.7155787037</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C119" s="0">
-        <x:v>61.87</x:v>
+        <x:v>85.56</x:v>
       </x:c>
       <x:c r="D119" s="0">
-        <x:v>246.036</x:v>
+        <x:v>265.272</x:v>
       </x:c>
       <x:c r="E119" s="0">
-        <x:v>292.9</x:v>
+        <x:v>315.8</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:5">
       <x:c r="A120" s="1">
-        <x:v>45975.7155671296</x:v>
+        <x:v>46013.715625</x:v>
       </x:c>
       <x:c r="B120" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C120" s="0">
-        <x:v>64.16</x:v>
+        <x:v>83.1</x:v>
       </x:c>
       <x:c r="D120" s="0">
-        <x:v>247.716</x:v>
+        <x:v>263.676</x:v>
       </x:c>
       <x:c r="E120" s="0">
-        <x:v>294.9</x:v>
+        <x:v>313.9</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:5">
       <x:c r="A121" s="1">
-        <x:v>45974.7159143519</x:v>
+        <x:v>46010.715625</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C121" s="0">
-        <x:v>71.71</x:v>
+        <x:v>82.73</x:v>
       </x:c>
       <x:c r="D121" s="0">
-        <x:v>253.008</x:v>
+        <x:v>263.34</x:v>
       </x:c>
       <x:c r="E121" s="0">
-        <x:v>301.2</x:v>
+        <x:v>313.5</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:5">
       <x:c r="A122" s="1">
-        <x:v>45973.7618518519</x:v>
+        <x:v>46009.7161921296</x:v>
       </x:c>
       <x:c r="B122" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C122" s="0">
-        <x:v>73.83</x:v>
+        <x:v>77.28</x:v>
       </x:c>
       <x:c r="D122" s="0">
-        <x:v>254.436</x:v>
+        <x:v>259.644</x:v>
       </x:c>
       <x:c r="E122" s="0">
-        <x:v>302.9</x:v>
+        <x:v>309.1</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:5">
       <x:c r="A123" s="1">
-        <x:v>45972.715474537</x:v>
+        <x:v>46008.7156828704</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C123" s="0">
-        <x:v>67.3</x:v>
+        <x:v>77.45</x:v>
       </x:c>
       <x:c r="D123" s="0">
-        <x:v>249.564</x:v>
+        <x:v>259.728</x:v>
       </x:c>
       <x:c r="E123" s="0">
-        <x:v>297.1</x:v>
+        <x:v>309.2</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:5">
       <x:c r="A124" s="1">
-        <x:v>45968.7155902778</x:v>
+        <x:v>46007.7156597222</x:v>
       </x:c>
       <x:c r="B124" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C124" s="0">
-        <x:v>60.97</x:v>
+        <x:v>75.9</x:v>
       </x:c>
       <x:c r="D124" s="0">
-        <x:v>244.44</x:v>
+        <x:v>258.636</x:v>
       </x:c>
       <x:c r="E124" s="0">
-        <x:v>291</x:v>
+        <x:v>307.9</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:5">
       <x:c r="A125" s="1">
-        <x:v>45967.7155555556</x:v>
+        <x:v>46006.7734953704</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C125" s="0">
-        <x:v>62.94</x:v>
+        <x:v>74.01</x:v>
       </x:c>
       <x:c r="D125" s="0">
-        <x:v>245.952</x:v>
+        <x:v>257.292</x:v>
       </x:c>
       <x:c r="E125" s="0">
-        <x:v>292.8</x:v>
+        <x:v>306.3</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:5">
       <x:c r="A126" s="1">
-        <x:v>45966.7155208333</x:v>
+        <x:v>46006.7155902778</x:v>
       </x:c>
       <x:c r="B126" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C126" s="0">
-        <x:v>60.68</x:v>
+        <x:v>74.01</x:v>
       </x:c>
       <x:c r="D126" s="0">
-        <x:v>244.104</x:v>
+        <x:v>257.292</x:v>
       </x:c>
       <x:c r="E126" s="0">
-        <x:v>290.6</x:v>
+        <x:v>306.3</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:5">
       <x:c r="A127" s="1">
-        <x:v>45965.7159722222</x:v>
+        <x:v>46003.7156597222</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C127" s="0">
-        <x:v>59.39</x:v>
+        <x:v>73.19</x:v>
       </x:c>
       <x:c r="D127" s="0">
-        <x:v>243.012</x:v>
+        <x:v>256.62</x:v>
       </x:c>
       <x:c r="E127" s="0">
-        <x:v>289.3</x:v>
+        <x:v>305.5</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:5">
       <x:c r="A128" s="1">
-        <x:v>45964.7156365741</x:v>
+        <x:v>46002.7740509259</x:v>
       </x:c>
       <x:c r="B128" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C128" s="0">
-        <x:v>60.46</x:v>
+        <x:v>80.76</x:v>
       </x:c>
       <x:c r="D128" s="0">
-        <x:v>243.852</x:v>
+        <x:v>261.492</x:v>
       </x:c>
       <x:c r="E128" s="0">
-        <x:v>290.3</x:v>
+        <x:v>311.3</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:5">
       <x:c r="A129" s="1">
-        <x:v>45961.8177777778</x:v>
+        <x:v>46002.7156018519</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C129" s="0">
-        <x:v>59.55</x:v>
+        <x:v>80.76</x:v>
       </x:c>
       <x:c r="D129" s="0">
-        <x:v>243.012</x:v>
+        <x:v>261.492</x:v>
       </x:c>
       <x:c r="E129" s="0">
-        <x:v>289.3</x:v>
+        <x:v>311.3</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:5">
       <x:c r="A130" s="1">
-        <x:v>45961.7155671296</x:v>
+        <x:v>46001.7725810185</x:v>
       </x:c>
       <x:c r="B130" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C130" s="0">
-        <x:v>59.55</x:v>
+        <x:v>74.94</x:v>
       </x:c>
       <x:c r="D130" s="0">
-        <x:v>243.012</x:v>
+        <x:v>257.46</x:v>
       </x:c>
       <x:c r="E130" s="0">
-        <x:v>289.3</x:v>
+        <x:v>306.5</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:5">
       <x:c r="A131" s="1">
-        <x:v>45960.7155324074</x:v>
+        <x:v>46001.7599537037</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C131" s="0">
-        <x:v>51.79</x:v>
+        <x:v>74.94</x:v>
       </x:c>
       <x:c r="D131" s="0">
-        <x:v>235.788</x:v>
+        <x:v>257.46</x:v>
       </x:c>
       <x:c r="E131" s="0">
-        <x:v>280.7</x:v>
+        <x:v>306.5</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:5">
       <x:c r="A132" s="1">
-        <x:v>45959.716087963</x:v>
+        <x:v>46000.715625</x:v>
       </x:c>
       <x:c r="B132" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C132" s="0">
-        <x:v>51</x:v>
+        <x:v>69.57</x:v>
       </x:c>
       <x:c r="D132" s="0">
-        <x:v>235.032</x:v>
+        <x:v>253.512</x:v>
       </x:c>
       <x:c r="E132" s="0">
-        <x:v>279.8</x:v>
+        <x:v>301.8</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:5">
       <x:c r="A133" s="1">
-        <x:v>45958.7156712963</x:v>
+        <x:v>45999.7155671296</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C133" s="0">
-        <x:v>49.17</x:v>
+        <x:v>71.26</x:v>
       </x:c>
       <x:c r="D133" s="0">
-        <x:v>233.268</x:v>
+        <x:v>254.688</x:v>
       </x:c>
       <x:c r="E133" s="0">
-        <x:v>277.7</x:v>
+        <x:v>303.2</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:5">
       <x:c r="A134" s="1">
-        <x:v>45957.7155787037</x:v>
+        <x:v>45996.7615277778</x:v>
       </x:c>
       <x:c r="B134" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C134" s="0">
-        <x:v>47.07</x:v>
+        <x:v>70.46</x:v>
       </x:c>
       <x:c r="D134" s="0">
-        <x:v>231.168</x:v>
+        <x:v>254.016</x:v>
       </x:c>
       <x:c r="E134" s="0">
-        <x:v>275.2</x:v>
+        <x:v>302.4</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:5">
       <x:c r="A135" s="1">
-        <x:v>45954.7155902778</x:v>
+        <x:v>45996.7156365741</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C135" s="0">
-        <x:v>44.69</x:v>
+        <x:v>70.46</x:v>
       </x:c>
       <x:c r="D135" s="0">
-        <x:v>228.648</x:v>
+        <x:v>254.016</x:v>
       </x:c>
       <x:c r="E135" s="0">
-        <x:v>272.2</x:v>
+        <x:v>302.4</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:5">
       <x:c r="A136" s="1">
-        <x:v>45953.7155439815</x:v>
+        <x:v>45995.7618518519</x:v>
       </x:c>
       <x:c r="B136" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C136" s="0">
-        <x:v>46.41</x:v>
+        <x:v>68.79</x:v>
       </x:c>
       <x:c r="D136" s="0">
-        <x:v>230.328</x:v>
+        <x:v>252.756</x:v>
       </x:c>
       <x:c r="E136" s="0">
-        <x:v>274.2</x:v>
+        <x:v>300.9</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:5">
       <x:c r="A137" s="1">
-        <x:v>45952.7157523148</x:v>
+        <x:v>45994.7156597222</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C137" s="0">
-        <x:v>45.28</x:v>
+        <x:v>67.59</x:v>
       </x:c>
       <x:c r="D137" s="0">
-        <x:v>229.152</x:v>
+        <x:v>251.832</x:v>
       </x:c>
       <x:c r="E137" s="0">
-        <x:v>272.8</x:v>
+        <x:v>299.8</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:5">
       <x:c r="A138" s="1">
-        <x:v>45951.7155324074</x:v>
+        <x:v>45993.7157060185</x:v>
       </x:c>
       <x:c r="B138" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C138" s="0">
-        <x:v>46.23</x:v>
+        <x:v>70.8</x:v>
       </x:c>
       <x:c r="D138" s="0">
-        <x:v>230.076</x:v>
+        <x:v>254.1</x:v>
       </x:c>
       <x:c r="E138" s="0">
-        <x:v>273.9</x:v>
+        <x:v>302.5</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:5">
       <x:c r="A139" s="1">
-        <x:v>45950.7155671296</x:v>
+        <x:v>45992.7156134259</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C139" s="0">
-        <x:v>45.19</x:v>
+        <x:v>65.14</x:v>
       </x:c>
       <x:c r="D139" s="0">
-        <x:v>228.984</x:v>
+        <x:v>249.732</x:v>
       </x:c>
       <x:c r="E139" s="0">
-        <x:v>272.6</x:v>
+        <x:v>297.3</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:5">
       <x:c r="A140" s="1">
-        <x:v>45947.715462963</x:v>
+        <x:v>45989.7157291667</x:v>
       </x:c>
       <x:c r="B140" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C140" s="0">
-        <x:v>45.27</x:v>
+        <x:v>63.86</x:v>
       </x:c>
       <x:c r="D140" s="0">
-        <x:v>228.984</x:v>
+        <x:v>248.64</x:v>
       </x:c>
       <x:c r="E140" s="0">
-        <x:v>272.6</x:v>
+        <x:v>296</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:5">
       <x:c r="A141" s="1">
-        <x:v>45946.7155787037</x:v>
+        <x:v>45988.7156481482</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C141" s="0">
-        <x:v>45.8</x:v>
+        <x:v>64.88</x:v>
       </x:c>
       <x:c r="D141" s="0">
-        <x:v>229.488</x:v>
+        <x:v>249.396</x:v>
       </x:c>
       <x:c r="E141" s="0">
-        <x:v>273.2</x:v>
+        <x:v>296.9</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:5">
       <x:c r="A142" s="1">
-        <x:v>45945.715474537</x:v>
+        <x:v>45987.7155555556</x:v>
       </x:c>
       <x:c r="B142" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C142" s="0">
-        <x:v>45</x:v>
+        <x:v>63.42</x:v>
       </x:c>
       <x:c r="D142" s="0">
-        <x:v>228.648</x:v>
+        <x:v>248.22</x:v>
       </x:c>
       <x:c r="E142" s="0">
-        <x:v>272.2</x:v>
+        <x:v>295.5</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:5">
       <x:c r="A143" s="1">
-        <x:v>45944.7155787037</x:v>
+        <x:v>45986.7689583333</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C143" s="0">
-        <x:v>45.12</x:v>
+        <x:v>60.36</x:v>
       </x:c>
       <x:c r="D143" s="0">
-        <x:v>228.732</x:v>
+        <x:v>245.7</x:v>
       </x:c>
       <x:c r="E143" s="0">
-        <x:v>272.3</x:v>
+        <x:v>292.5</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:5">
       <x:c r="A144" s="1">
-        <x:v>45943.7160416667</x:v>
+        <x:v>45986.7156481482</x:v>
       </x:c>
       <x:c r="B144" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C144" s="0">
-        <x:v>44.73</x:v>
+        <x:v>60.36</x:v>
       </x:c>
       <x:c r="D144" s="0">
-        <x:v>228.312</x:v>
+        <x:v>245.7</x:v>
       </x:c>
       <x:c r="E144" s="0">
-        <x:v>271.8</x:v>
+        <x:v>292.5</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:5">
       <x:c r="A145" s="1">
-        <x:v>45940.7628009259</x:v>
+        <x:v>45985.7158564815</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C145" s="0">
-        <x:v>48.8</x:v>
+        <x:v>56.67</x:v>
       </x:c>
       <x:c r="D145" s="0">
-        <x:v>232.092</x:v>
+        <x:v>242.508</x:v>
       </x:c>
       <x:c r="E145" s="0">
-        <x:v>276.3</x:v>
+        <x:v>288.7</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:5">
       <x:c r="A146" s="1">
-        <x:v>45939.7572106481</x:v>
+        <x:v>45982.7206018519</x:v>
       </x:c>
       <x:c r="B146" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C146" s="0">
-        <x:v>43.95</x:v>
+        <x:v>54.03</x:v>
       </x:c>
       <x:c r="D146" s="0">
-        <x:v>227.052</x:v>
+        <x:v>240.072</x:v>
       </x:c>
       <x:c r="E146" s="0">
-        <x:v>270.3</x:v>
+        <x:v>285.8</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:5">
       <x:c r="A147" s="1">
-        <x:v>45938.7190277778</x:v>
+        <x:v>45981.7155555556</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C147" s="0">
-        <x:v>44.89</x:v>
+        <x:v>56.52</x:v>
       </x:c>
       <x:c r="D147" s="0">
-        <x:v>227.976</x:v>
+        <x:v>242.172</x:v>
       </x:c>
       <x:c r="E147" s="0">
-        <x:v>271.4</x:v>
+        <x:v>288.3</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:5">
       <x:c r="A148" s="1">
-        <x:v>45937.7189236111</x:v>
+        <x:v>45980.7155902778</x:v>
       </x:c>
       <x:c r="B148" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C148" s="0">
-        <x:v>42.16</x:v>
+        <x:v>53.91</x:v>
       </x:c>
       <x:c r="D148" s="0">
-        <x:v>225.036</x:v>
+        <x:v>239.82</x:v>
       </x:c>
       <x:c r="E148" s="0">
-        <x:v>267.9</x:v>
+        <x:v>285.5</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:5">
       <x:c r="A149" s="1">
-        <x:v>45936.7190972222</x:v>
+        <x:v>45979.7156134259</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C149" s="0">
-        <x:v>44.49</x:v>
+        <x:v>53.38</x:v>
       </x:c>
       <x:c r="D149" s="0">
-        <x:v>227.388</x:v>
+        <x:v>239.316</x:v>
       </x:c>
       <x:c r="E149" s="0">
-        <x:v>270.7</x:v>
+        <x:v>284.9</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:5">
       <x:c r="A150" s="1">
-        <x:v>45933.7559837963</x:v>
+        <x:v>45978.7154861111</x:v>
       </x:c>
       <x:c r="B150" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C150" s="0">
-        <x:v>43.92</x:v>
+        <x:v>61.87</x:v>
       </x:c>
       <x:c r="D150" s="0">
-        <x:v>226.716</x:v>
+        <x:v>246.036</x:v>
       </x:c>
       <x:c r="E150" s="0">
-        <x:v>269.9</x:v>
+        <x:v>292.9</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:5">
       <x:c r="A151" s="1">
-        <x:v>45932.7758449074</x:v>
+        <x:v>45975.7155671296</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C151" s="0">
-        <x:v>40.51</x:v>
+        <x:v>64.16</x:v>
       </x:c>
       <x:c r="D151" s="0">
-        <x:v>222.936</x:v>
+        <x:v>247.716</x:v>
       </x:c>
       <x:c r="E151" s="0">
-        <x:v>265.4</x:v>
+        <x:v>294.9</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:5">
       <x:c r="A152" s="1">
-        <x:v>45931.7588888889</x:v>
+        <x:v>45974.7159143519</x:v>
       </x:c>
       <x:c r="B152" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C152" s="0">
-        <x:v>48.5</x:v>
+        <x:v>71.71</x:v>
       </x:c>
       <x:c r="D152" s="0">
-        <x:v>230.496</x:v>
+        <x:v>253.008</x:v>
       </x:c>
       <x:c r="E152" s="0">
-        <x:v>274.4</x:v>
+        <x:v>301.2</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:5">
       <x:c r="A153" s="1">
-        <x:v>45930.7579398148</x:v>
+        <x:v>45973.7618518519</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C153" s="0">
-        <x:v>45.58</x:v>
+        <x:v>73.83</x:v>
       </x:c>
       <x:c r="D153" s="0">
-        <x:v>227.556</x:v>
+        <x:v>254.436</x:v>
       </x:c>
       <x:c r="E153" s="0">
-        <x:v>270.9</x:v>
+        <x:v>302.9</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:5">
       <x:c r="A154" s="1">
-        <x:v>45929.7560416667</x:v>
+        <x:v>45972.715474537</x:v>
       </x:c>
       <x:c r="B154" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C154" s="0">
-        <x:v>47.52</x:v>
+        <x:v>67.3</x:v>
       </x:c>
       <x:c r="D154" s="0">
-        <x:v>229.404</x:v>
+        <x:v>249.564</x:v>
       </x:c>
       <x:c r="E154" s="0">
-        <x:v>273.1</x:v>
+        <x:v>297.1</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:5">
       <x:c r="A155" s="1">
-        <x:v>45926.7572569444</x:v>
+        <x:v>45968.7155902778</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C155" s="0">
-        <x:v>49.69</x:v>
+        <x:v>60.97</x:v>
       </x:c>
       <x:c r="D155" s="0">
-        <x:v>231.336</x:v>
+        <x:v>244.44</x:v>
       </x:c>
       <x:c r="E155" s="0">
-        <x:v>275.4</x:v>
+        <x:v>291</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:5">
       <x:c r="A156" s="1">
-        <x:v>45925.7565625</x:v>
+        <x:v>45967.7155555556</x:v>
       </x:c>
       <x:c r="B156" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C156" s="0">
-        <x:v>45.36</x:v>
+        <x:v>62.94</x:v>
       </x:c>
       <x:c r="D156" s="0">
-        <x:v>226.968</x:v>
+        <x:v>245.952</x:v>
       </x:c>
       <x:c r="E156" s="0">
-        <x:v>270.2</x:v>
+        <x:v>292.8</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:5">
       <x:c r="A157" s="1">
-        <x:v>45924.7579976852</x:v>
+        <x:v>45966.7155208333</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C157" s="0">
-        <x:v>45.22</x:v>
+        <x:v>60.68</x:v>
       </x:c>
       <x:c r="D157" s="0">
-        <x:v>226.8</x:v>
+        <x:v>244.104</x:v>
       </x:c>
       <x:c r="E157" s="0">
-        <x:v>270</x:v>
+        <x:v>290.6</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:5">
       <x:c r="A158" s="1">
-        <x:v>45923.7566435185</x:v>
+        <x:v>45965.7159722222</x:v>
       </x:c>
       <x:c r="B158" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C158" s="0">
-        <x:v>50.27</x:v>
+        <x:v>59.39</x:v>
       </x:c>
       <x:c r="D158" s="0">
-        <x:v>231.42</x:v>
+        <x:v>243.012</x:v>
       </x:c>
       <x:c r="E158" s="0">
-        <x:v>275.5</x:v>
+        <x:v>289.3</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:5">
       <x:c r="A159" s="1">
-        <x:v>45922.7577430556</x:v>
+        <x:v>45964.7156365741</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C159" s="0">
-        <x:v>44.05</x:v>
+        <x:v>60.46</x:v>
       </x:c>
       <x:c r="D159" s="0">
-        <x:v>225.036</x:v>
+        <x:v>243.852</x:v>
       </x:c>
       <x:c r="E159" s="0">
-        <x:v>267.9</x:v>
+        <x:v>290.3</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:5">
       <x:c r="A160" s="1">
-        <x:v>45919.7643287037</x:v>
+        <x:v>45961.8177777778</x:v>
       </x:c>
       <x:c r="B160" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C160" s="0">
-        <x:v>45.66</x:v>
+        <x:v>59.55</x:v>
       </x:c>
       <x:c r="D160" s="0">
-        <x:v>226.548</x:v>
+        <x:v>243.012</x:v>
       </x:c>
       <x:c r="E160" s="0">
-        <x:v>269.7</x:v>
+        <x:v>289.3</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:5">
       <x:c r="A161" s="1">
-        <x:v>45918.7598148148</x:v>
+        <x:v>45961.7155671296</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C161" s="0">
-        <x:v>43.02</x:v>
+        <x:v>59.55</x:v>
       </x:c>
       <x:c r="D161" s="0">
-        <x:v>223.776</x:v>
+        <x:v>243.012</x:v>
       </x:c>
       <x:c r="E161" s="0">
-        <x:v>266.4</x:v>
+        <x:v>289.3</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:5">
       <x:c r="A162" s="1">
-        <x:v>45917.7674537037</x:v>
+        <x:v>45960.7155324074</x:v>
       </x:c>
       <x:c r="B162" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C162" s="0">
-        <x:v>41.78</x:v>
+        <x:v>51.79</x:v>
       </x:c>
       <x:c r="D162" s="0">
-        <x:v>222.432</x:v>
+        <x:v>235.788</x:v>
       </x:c>
       <x:c r="E162" s="0">
-        <x:v>264.8</x:v>
+        <x:v>280.7</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:5">
       <x:c r="A163" s="1">
-        <x:v>45916.7611111111</x:v>
+        <x:v>45959.716087963</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C163" s="0">
-        <x:v>41.5</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="D163" s="0">
-        <x:v>222.096</x:v>
+        <x:v>235.032</x:v>
       </x:c>
       <x:c r="E163" s="0">
-        <x:v>264.4</x:v>
+        <x:v>279.8</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:5">
       <x:c r="A164" s="1">
-        <x:v>45915.7621527778</x:v>
+        <x:v>45958.7156712963</x:v>
       </x:c>
       <x:c r="B164" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C164" s="0">
-        <x:v>44.6</x:v>
+        <x:v>49.17</x:v>
       </x:c>
       <x:c r="D164" s="0">
-        <x:v>225.204</x:v>
+        <x:v>233.268</x:v>
       </x:c>
       <x:c r="E164" s="0">
-        <x:v>268.1</x:v>
+        <x:v>277.7</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:5">
       <x:c r="A165" s="1">
-        <x:v>45912.7594212963</x:v>
+        <x:v>45957.7155787037</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C165" s="0">
-        <x:v>41.83</x:v>
+        <x:v>47.07</x:v>
       </x:c>
       <x:c r="D165" s="0">
-        <x:v>222.18</x:v>
+        <x:v>231.168</x:v>
       </x:c>
       <x:c r="E165" s="0">
-        <x:v>264.5</x:v>
+        <x:v>275.2</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:5">
       <x:c r="A166" s="1">
-        <x:v>45911.75875</x:v>
+        <x:v>45954.7155902778</x:v>
       </x:c>
       <x:c r="B166" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C166" s="0">
-        <x:v>40.4</x:v>
+        <x:v>44.69</x:v>
       </x:c>
       <x:c r="D166" s="0">
-        <x:v>220.584</x:v>
+        <x:v>228.648</x:v>
       </x:c>
       <x:c r="E166" s="0">
-        <x:v>262.6</x:v>
+        <x:v>272.2</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:5">
       <x:c r="A167" s="1">
-        <x:v>45910.7661342593</x:v>
+        <x:v>45953.7155439815</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C167" s="0">
-        <x:v>41.45</x:v>
+        <x:v>46.41</x:v>
       </x:c>
       <x:c r="D167" s="0">
-        <x:v>221.676</x:v>
+        <x:v>230.328</x:v>
       </x:c>
       <x:c r="E167" s="0">
-        <x:v>263.9</x:v>
+        <x:v>274.2</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:5">
       <x:c r="A168" s="1">
-        <x:v>45909.7555787037</x:v>
+        <x:v>45952.7157523148</x:v>
       </x:c>
       <x:c r="B168" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C168" s="0">
-        <x:v>39.36</x:v>
+        <x:v>45.28</x:v>
       </x:c>
       <x:c r="D168" s="0">
-        <x:v>219.324</x:v>
+        <x:v>229.152</x:v>
       </x:c>
       <x:c r="E168" s="0">
-        <x:v>261.1</x:v>
+        <x:v>272.8</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:5">
       <x:c r="A169" s="1">
-        <x:v>45908.7626157407</x:v>
+        <x:v>45951.7155324074</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C169" s="0">
-        <x:v>38.64</x:v>
+        <x:v>46.23</x:v>
       </x:c>
       <x:c r="D169" s="0">
-        <x:v>218.484</x:v>
+        <x:v>230.076</x:v>
       </x:c>
       <x:c r="E169" s="0">
-        <x:v>260.1</x:v>
+        <x:v>273.9</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:5">
       <x:c r="A170" s="1">
-        <x:v>45905.7753009259</x:v>
+        <x:v>45950.7155671296</x:v>
       </x:c>
       <x:c r="B170" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C170" s="0">
-        <x:v>37.84</x:v>
+        <x:v>45.19</x:v>
       </x:c>
       <x:c r="D170" s="0">
-        <x:v>217.476</x:v>
+        <x:v>228.984</x:v>
       </x:c>
       <x:c r="E170" s="0">
-        <x:v>258.9</x:v>
+        <x:v>272.6</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:5">
       <x:c r="A171" s="1">
-        <x:v>45904.7633564815</x:v>
+        <x:v>45947.715462963</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C171" s="0">
-        <x:v>40.73</x:v>
+        <x:v>45.27</x:v>
       </x:c>
       <x:c r="D171" s="0">
-        <x:v>220.584</x:v>
+        <x:v>228.984</x:v>
       </x:c>
       <x:c r="E171" s="0">
-        <x:v>262.6</x:v>
+        <x:v>272.6</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:5">
       <x:c r="A172" s="1">
-        <x:v>45903.7601157407</x:v>
+        <x:v>45946.7155787037</x:v>
       </x:c>
       <x:c r="B172" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C172" s="0">
-        <x:v>38.32</x:v>
+        <x:v>45.8</x:v>
       </x:c>
       <x:c r="D172" s="0">
-        <x:v>217.812</x:v>
+        <x:v>229.488</x:v>
       </x:c>
       <x:c r="E172" s="0">
-        <x:v>259.3</x:v>
+        <x:v>273.2</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:5">
       <x:c r="A173" s="1">
-        <x:v>45902.7618055556</x:v>
+        <x:v>45945.715474537</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C173" s="0">
-        <x:v>38.34</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="D173" s="0">
-        <x:v>217.812</x:v>
+        <x:v>228.648</x:v>
       </x:c>
       <x:c r="E173" s="0">
-        <x:v>259.3</x:v>
+        <x:v>272.2</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:5">
       <x:c r="A174" s="1">
-        <x:v>45901.7594444444</x:v>
+        <x:v>45944.7155787037</x:v>
       </x:c>
       <x:c r="B174" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C174" s="0">
-        <x:v>41.52</x:v>
+        <x:v>45.12</x:v>
       </x:c>
       <x:c r="D174" s="0">
-        <x:v>221.172</x:v>
+        <x:v>228.732</x:v>
       </x:c>
       <x:c r="E174" s="0">
-        <x:v>263.3</x:v>
+        <x:v>272.3</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:5">
       <x:c r="A175" s="1">
-        <x:v>45898.7627083333</x:v>
+        <x:v>45943.7160416667</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C175" s="0">
-        <x:v>40.82</x:v>
+        <x:v>44.73</x:v>
       </x:c>
       <x:c r="D175" s="0">
-        <x:v>220.332</x:v>
+        <x:v>228.312</x:v>
       </x:c>
       <x:c r="E175" s="0">
-        <x:v>262.3</x:v>
+        <x:v>271.8</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:5">
       <x:c r="A176" s="1">
-        <x:v>45897.7575925926</x:v>
+        <x:v>45940.7628009259</x:v>
       </x:c>
       <x:c r="B176" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C176" s="0">
-        <x:v>41.8</x:v>
+        <x:v>48.8</x:v>
       </x:c>
       <x:c r="D176" s="0">
-        <x:v>221.34</x:v>
+        <x:v>232.092</x:v>
       </x:c>
       <x:c r="E176" s="0">
-        <x:v>263.5</x:v>
+        <x:v>276.3</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:5">
       <x:c r="A177" s="1">
-        <x:v>45896.7598263889</x:v>
+        <x:v>45939.7572106481</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C177" s="0">
-        <x:v>42.06</x:v>
+        <x:v>43.95</x:v>
       </x:c>
       <x:c r="D177" s="0">
-        <x:v>221.592</x:v>
+        <x:v>227.052</x:v>
       </x:c>
       <x:c r="E177" s="0">
-        <x:v>263.8</x:v>
+        <x:v>270.3</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:5">
       <x:c r="A178" s="1">
-        <x:v>45895.7574884259</x:v>
+        <x:v>45938.7190277778</x:v>
       </x:c>
       <x:c r="B178" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C178" s="0">
-        <x:v>48.24</x:v>
+        <x:v>44.89</x:v>
       </x:c>
       <x:c r="D178" s="0">
-        <x:v>227.388</x:v>
+        <x:v>227.976</x:v>
       </x:c>
       <x:c r="E178" s="0">
-        <x:v>270.7</x:v>
+        <x:v>271.4</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:5">
       <x:c r="A179" s="1">
-        <x:v>45894.7570138889</x:v>
+        <x:v>45937.7189236111</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C179" s="0">
-        <x:v>51.97</x:v>
+        <x:v>42.16</x:v>
       </x:c>
       <x:c r="D179" s="0">
-        <x:v>230.664</x:v>
+        <x:v>225.036</x:v>
       </x:c>
       <x:c r="E179" s="0">
-        <x:v>274.6</x:v>
+        <x:v>267.9</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:5">
       <x:c r="A180" s="1">
-        <x:v>45891.7584606481</x:v>
+        <x:v>45936.7190972222</x:v>
       </x:c>
       <x:c r="B180" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C180" s="0">
-        <x:v>52.93</x:v>
+        <x:v>44.49</x:v>
       </x:c>
       <x:c r="D180" s="0">
-        <x:v>231.42</x:v>
+        <x:v>227.388</x:v>
       </x:c>
       <x:c r="E180" s="0">
-        <x:v>275.5</x:v>
+        <x:v>270.7</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:5">
       <x:c r="A181" s="1">
-        <x:v>45890.7565277778</x:v>
+        <x:v>45933.7559837963</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C181" s="0">
-        <x:v>53.16</x:v>
+        <x:v>43.92</x:v>
       </x:c>
       <x:c r="D181" s="0">
-        <x:v>231.588</x:v>
+        <x:v>226.716</x:v>
       </x:c>
       <x:c r="E181" s="0">
-        <x:v>275.7</x:v>
+        <x:v>269.9</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:5">
       <x:c r="A182" s="1">
-        <x:v>45889.759375</x:v>
+        <x:v>45932.7758449074</x:v>
       </x:c>
       <x:c r="B182" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C182" s="0">
-        <x:v>50.24</x:v>
+        <x:v>40.51</x:v>
       </x:c>
       <x:c r="D182" s="0">
-        <x:v>228.9</x:v>
+        <x:v>222.936</x:v>
       </x:c>
       <x:c r="E182" s="0">
-        <x:v>272.5</x:v>
+        <x:v>265.4</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:5">
       <x:c r="A183" s="1">
-        <x:v>45888.7607291667</x:v>
+        <x:v>45931.7588888889</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C183" s="0">
-        <x:v>49.99</x:v>
+        <x:v>48.5</x:v>
       </x:c>
       <x:c r="D183" s="0">
-        <x:v>228.648</x:v>
+        <x:v>230.496</x:v>
       </x:c>
       <x:c r="E183" s="0">
-        <x:v>272.2</x:v>
+        <x:v>274.4</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:5">
       <x:c r="A184" s="1">
-        <x:v>45887.7582523148</x:v>
+        <x:v>45930.7579398148</x:v>
       </x:c>
       <x:c r="B184" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C184" s="0">
-        <x:v>46.55</x:v>
+        <x:v>45.58</x:v>
       </x:c>
       <x:c r="D184" s="0">
-        <x:v>225.288</x:v>
+        <x:v>227.556</x:v>
       </x:c>
       <x:c r="E184" s="0">
-        <x:v>268.2</x:v>
+        <x:v>270.9</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:5">
       <x:c r="A185" s="1">
-        <x:v>45884.7577546296</x:v>
+        <x:v>45929.7560416667</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C185" s="0">
-        <x:v>50.64</x:v>
+        <x:v>47.52</x:v>
       </x:c>
       <x:c r="D185" s="0">
-        <x:v>228.9</x:v>
+        <x:v>229.404</x:v>
       </x:c>
       <x:c r="E185" s="0">
-        <x:v>272.5</x:v>
+        <x:v>273.1</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:5">
       <x:c r="A186" s="1">
-        <x:v>45883.7578472222</x:v>
+        <x:v>45926.7572569444</x:v>
       </x:c>
       <x:c r="B186" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C186" s="0">
-        <x:v>51.62</x:v>
+        <x:v>49.69</x:v>
       </x:c>
       <x:c r="D186" s="0">
-        <x:v>229.74</x:v>
+        <x:v>231.336</x:v>
       </x:c>
       <x:c r="E186" s="0">
-        <x:v>273.5</x:v>
+        <x:v>275.4</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:5">
       <x:c r="A187" s="1">
-        <x:v>45882.7698611111</x:v>
+        <x:v>45925.7565625</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C187" s="0">
-        <x:v>49.91</x:v>
+        <x:v>45.36</x:v>
       </x:c>
       <x:c r="D187" s="0">
-        <x:v>228.144</x:v>
+        <x:v>226.968</x:v>
       </x:c>
       <x:c r="E187" s="0">
-        <x:v>271.6</x:v>
+        <x:v>270.2</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:5">
       <x:c r="A188" s="1">
-        <x:v>45882.7608333333</x:v>
+        <x:v>45924.7579976852</x:v>
       </x:c>
       <x:c r="B188" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C188" s="0">
-        <x:v>49.91</x:v>
+        <x:v>45.22</x:v>
       </x:c>
       <x:c r="D188" s="0">
-        <x:v>228.144</x:v>
+        <x:v>226.8</x:v>
       </x:c>
       <x:c r="E188" s="0">
-        <x:v>271.6</x:v>
+        <x:v>270</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:5">
       <x:c r="A189" s="1">
-        <x:v>45881.7571296296</x:v>
+        <x:v>45923.7566435185</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C189" s="0">
-        <x:v>49.39</x:v>
+        <x:v>50.27</x:v>
       </x:c>
       <x:c r="D189" s="0">
-        <x:v>227.64</x:v>
+        <x:v>231.42</x:v>
       </x:c>
       <x:c r="E189" s="0">
-        <x:v>271</x:v>
+        <x:v>275.5</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:5">
       <x:c r="A190" s="1">
-        <x:v>45880.7586689815</x:v>
+        <x:v>45922.7577430556</x:v>
       </x:c>
       <x:c r="B190" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C190" s="0">
-        <x:v>45.65</x:v>
+        <x:v>44.05</x:v>
       </x:c>
       <x:c r="D190" s="0">
-        <x:v>223.944</x:v>
+        <x:v>225.036</x:v>
       </x:c>
       <x:c r="E190" s="0">
-        <x:v>266.6</x:v>
+        <x:v>267.9</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:5">
       <x:c r="A191" s="1">
-        <x:v>45877.7857523148</x:v>
+        <x:v>45919.7643287037</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C191" s="0">
-        <x:v>44.4</x:v>
+        <x:v>45.66</x:v>
       </x:c>
       <x:c r="D191" s="0">
-        <x:v>222.6</x:v>
+        <x:v>226.548</x:v>
       </x:c>
       <x:c r="E191" s="0">
-        <x:v>265</x:v>
+        <x:v>269.7</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:5">
       <x:c r="A192" s="1">
-        <x:v>45876.7589467593</x:v>
+        <x:v>45918.7598148148</x:v>
       </x:c>
       <x:c r="B192" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C192" s="0">
-        <x:v>43.19</x:v>
+        <x:v>43.02</x:v>
       </x:c>
       <x:c r="D192" s="0">
-        <x:v>221.34</x:v>
+        <x:v>223.776</x:v>
       </x:c>
       <x:c r="E192" s="0">
-        <x:v>263.5</x:v>
+        <x:v>266.4</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:5">
       <x:c r="A193" s="1">
-        <x:v>45875.7594444444</x:v>
+        <x:v>45917.7674537037</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C193" s="0">
-        <x:v>41.4</x:v>
+        <x:v>41.78</x:v>
       </x:c>
       <x:c r="D193" s="0">
-        <x:v>219.408</x:v>
+        <x:v>222.432</x:v>
       </x:c>
       <x:c r="E193" s="0">
-        <x:v>261.2</x:v>
+        <x:v>264.8</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:5">
       <x:c r="A194" s="1">
-        <x:v>45874.7580092593</x:v>
+        <x:v>45916.7611111111</x:v>
       </x:c>
       <x:c r="B194" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C194" s="0">
-        <x:v>38.64</x:v>
+        <x:v>41.5</x:v>
       </x:c>
       <x:c r="D194" s="0">
-        <x:v>216.3</x:v>
+        <x:v>222.096</x:v>
       </x:c>
       <x:c r="E194" s="0">
-        <x:v>257.5</x:v>
+        <x:v>264.4</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:5">
       <x:c r="A195" s="1">
-        <x:v>45873.7607986111</x:v>
+        <x:v>45915.7621527778</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C195" s="0">
-        <x:v>40.7</x:v>
+        <x:v>44.6</x:v>
       </x:c>
       <x:c r="D195" s="0">
-        <x:v>218.484</x:v>
+        <x:v>225.204</x:v>
       </x:c>
       <x:c r="E195" s="0">
-        <x:v>260.1</x:v>
+        <x:v>268.1</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:5">
       <x:c r="A196" s="1">
-        <x:v>45870.7602314815</x:v>
+        <x:v>45912.7594212963</x:v>
       </x:c>
       <x:c r="B196" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C196" s="0">
-        <x:v>37</x:v>
+        <x:v>41.83</x:v>
       </x:c>
       <x:c r="D196" s="0">
-        <x:v>214.116</x:v>
+        <x:v>222.18</x:v>
       </x:c>
       <x:c r="E196" s="0">
-        <x:v>254.9</x:v>
+        <x:v>264.5</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:5">
       <x:c r="A197" s="1">
-        <x:v>45869.7836574074</x:v>
+        <x:v>45911.75875</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C197" s="0">
-        <x:v>41.49</x:v>
+        <x:v>40.4</x:v>
       </x:c>
       <x:c r="D197" s="0">
-        <x:v>218.82</x:v>
+        <x:v>220.584</x:v>
       </x:c>
       <x:c r="E197" s="0">
-        <x:v>260.5</x:v>
+        <x:v>262.6</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:5">
       <x:c r="A198" s="1">
-        <x:v>45868.7572569444</x:v>
+        <x:v>45910.7661342593</x:v>
       </x:c>
       <x:c r="B198" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C198" s="0">
-        <x:v>42.32</x:v>
+        <x:v>41.45</x:v>
       </x:c>
       <x:c r="D198" s="0">
-        <x:v>219.66</x:v>
+        <x:v>221.676</x:v>
       </x:c>
       <x:c r="E198" s="0">
-        <x:v>261.5</x:v>
+        <x:v>263.9</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:5">
       <x:c r="A199" s="1">
-        <x:v>45867.786099537</x:v>
+        <x:v>45909.7555787037</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C199" s="0">
-        <x:v>41.87</x:v>
+        <x:v>39.36</x:v>
       </x:c>
       <x:c r="D199" s="0">
-        <x:v>219.156</x:v>
+        <x:v>219.324</x:v>
       </x:c>
       <x:c r="E199" s="0">
-        <x:v>260.9</x:v>
+        <x:v>261.1</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:5">
       <x:c r="A200" s="1">
-        <x:v>45866.7583101852</x:v>
+        <x:v>45908.7626157407</x:v>
       </x:c>
       <x:c r="B200" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C200" s="0">
-        <x:v>41.02</x:v>
+        <x:v>38.64</x:v>
       </x:c>
       <x:c r="D200" s="0">
-        <x:v>218.232</x:v>
+        <x:v>218.484</x:v>
       </x:c>
       <x:c r="E200" s="0">
-        <x:v>259.8</x:v>
+        <x:v>260.1</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:5">
       <x:c r="A201" s="1">
-        <x:v>45863.756724537</x:v>
+        <x:v>45905.7753009259</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C201" s="0">
-        <x:v>41.18</x:v>
+        <x:v>37.84</x:v>
       </x:c>
       <x:c r="D201" s="0">
-        <x:v>218.316</x:v>
+        <x:v>217.476</x:v>
       </x:c>
       <x:c r="E201" s="0">
-        <x:v>259.9</x:v>
+        <x:v>258.9</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:5">
       <x:c r="A202" s="1">
-        <x:v>45862.7626967593</x:v>
+        <x:v>45904.7633564815</x:v>
       </x:c>
       <x:c r="B202" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C202" s="0">
-        <x:v>41.77</x:v>
+        <x:v>40.73</x:v>
       </x:c>
       <x:c r="D202" s="0">
-        <x:v>218.904</x:v>
+        <x:v>220.584</x:v>
       </x:c>
       <x:c r="E202" s="0">
-        <x:v>260.6</x:v>
+        <x:v>262.6</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:5">
       <x:c r="A203" s="1">
-        <x:v>45861.7587037037</x:v>
+        <x:v>45903.7601157407</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C203" s="0">
-        <x:v>39.49</x:v>
+        <x:v>38.32</x:v>
       </x:c>
       <x:c r="D203" s="0">
-        <x:v>216.384</x:v>
+        <x:v>217.812</x:v>
       </x:c>
       <x:c r="E203" s="0">
-        <x:v>257.6</x:v>
+        <x:v>259.3</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:5">
       <x:c r="A204" s="1">
-        <x:v>45860.7619097222</x:v>
+        <x:v>45902.7618055556</x:v>
       </x:c>
       <x:c r="B204" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C204" s="0">
-        <x:v>38.03</x:v>
+        <x:v>38.34</x:v>
       </x:c>
       <x:c r="D204" s="0">
-        <x:v>214.704</x:v>
+        <x:v>217.812</x:v>
       </x:c>
       <x:c r="E204" s="0">
-        <x:v>255.6</x:v>
+        <x:v>259.3</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:5">
       <x:c r="A205" s="1">
+        <x:v>45901.7594444444</x:v>
+      </x:c>
+      <x:c r="B205" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C205" s="0">
+        <x:v>41.52</x:v>
+      </x:c>
+      <x:c r="D205" s="0">
+        <x:v>221.172</x:v>
+      </x:c>
+      <x:c r="E205" s="0">
+        <x:v>263.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="206" spans="1:5">
+      <x:c r="A206" s="1">
+        <x:v>45898.7627083333</x:v>
+      </x:c>
+      <x:c r="B206" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C206" s="0">
+        <x:v>40.82</x:v>
+      </x:c>
+      <x:c r="D206" s="0">
+        <x:v>220.332</x:v>
+      </x:c>
+      <x:c r="E206" s="0">
+        <x:v>262.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="207" spans="1:5">
+      <x:c r="A207" s="1">
+        <x:v>45897.7575925926</x:v>
+      </x:c>
+      <x:c r="B207" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C207" s="0">
+        <x:v>41.8</x:v>
+      </x:c>
+      <x:c r="D207" s="0">
+        <x:v>221.34</x:v>
+      </x:c>
+      <x:c r="E207" s="0">
+        <x:v>263.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="208" spans="1:5">
+      <x:c r="A208" s="1">
+        <x:v>45896.7598263889</x:v>
+      </x:c>
+      <x:c r="B208" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C208" s="0">
+        <x:v>42.06</x:v>
+      </x:c>
+      <x:c r="D208" s="0">
+        <x:v>221.592</x:v>
+      </x:c>
+      <x:c r="E208" s="0">
+        <x:v>263.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="209" spans="1:5">
+      <x:c r="A209" s="1">
+        <x:v>45895.7574884259</x:v>
+      </x:c>
+      <x:c r="B209" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C209" s="0">
+        <x:v>48.24</x:v>
+      </x:c>
+      <x:c r="D209" s="0">
+        <x:v>227.388</x:v>
+      </x:c>
+      <x:c r="E209" s="0">
+        <x:v>270.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="210" spans="1:5">
+      <x:c r="A210" s="1">
+        <x:v>45894.7570138889</x:v>
+      </x:c>
+      <x:c r="B210" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C210" s="0">
+        <x:v>51.97</x:v>
+      </x:c>
+      <x:c r="D210" s="0">
+        <x:v>230.664</x:v>
+      </x:c>
+      <x:c r="E210" s="0">
+        <x:v>274.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="211" spans="1:5">
+      <x:c r="A211" s="1">
+        <x:v>45891.7584606481</x:v>
+      </x:c>
+      <x:c r="B211" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C211" s="0">
+        <x:v>52.93</x:v>
+      </x:c>
+      <x:c r="D211" s="0">
+        <x:v>231.42</x:v>
+      </x:c>
+      <x:c r="E211" s="0">
+        <x:v>275.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="212" spans="1:5">
+      <x:c r="A212" s="1">
+        <x:v>45890.7565277778</x:v>
+      </x:c>
+      <x:c r="B212" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C212" s="0">
+        <x:v>53.16</x:v>
+      </x:c>
+      <x:c r="D212" s="0">
+        <x:v>231.588</x:v>
+      </x:c>
+      <x:c r="E212" s="0">
+        <x:v>275.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="213" spans="1:5">
+      <x:c r="A213" s="1">
+        <x:v>45889.759375</x:v>
+      </x:c>
+      <x:c r="B213" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C213" s="0">
+        <x:v>50.24</x:v>
+      </x:c>
+      <x:c r="D213" s="0">
+        <x:v>228.9</x:v>
+      </x:c>
+      <x:c r="E213" s="0">
+        <x:v>272.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="214" spans="1:5">
+      <x:c r="A214" s="1">
+        <x:v>45888.7607291667</x:v>
+      </x:c>
+      <x:c r="B214" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C214" s="0">
+        <x:v>49.99</x:v>
+      </x:c>
+      <x:c r="D214" s="0">
+        <x:v>228.648</x:v>
+      </x:c>
+      <x:c r="E214" s="0">
+        <x:v>272.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="215" spans="1:5">
+      <x:c r="A215" s="1">
+        <x:v>45887.7582523148</x:v>
+      </x:c>
+      <x:c r="B215" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C215" s="0">
+        <x:v>46.55</x:v>
+      </x:c>
+      <x:c r="D215" s="0">
+        <x:v>225.288</x:v>
+      </x:c>
+      <x:c r="E215" s="0">
+        <x:v>268.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="216" spans="1:5">
+      <x:c r="A216" s="1">
+        <x:v>45884.7577546296</x:v>
+      </x:c>
+      <x:c r="B216" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C216" s="0">
+        <x:v>50.64</x:v>
+      </x:c>
+      <x:c r="D216" s="0">
+        <x:v>228.9</x:v>
+      </x:c>
+      <x:c r="E216" s="0">
+        <x:v>272.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="217" spans="1:5">
+      <x:c r="A217" s="1">
+        <x:v>45883.7578472222</x:v>
+      </x:c>
+      <x:c r="B217" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C217" s="0">
+        <x:v>51.62</x:v>
+      </x:c>
+      <x:c r="D217" s="0">
+        <x:v>229.74</x:v>
+      </x:c>
+      <x:c r="E217" s="0">
+        <x:v>273.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="218" spans="1:5">
+      <x:c r="A218" s="1">
+        <x:v>45882.7698611111</x:v>
+      </x:c>
+      <x:c r="B218" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C218" s="0">
+        <x:v>49.91</x:v>
+      </x:c>
+      <x:c r="D218" s="0">
+        <x:v>228.144</x:v>
+      </x:c>
+      <x:c r="E218" s="0">
+        <x:v>271.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="219" spans="1:5">
+      <x:c r="A219" s="1">
+        <x:v>45882.7608333333</x:v>
+      </x:c>
+      <x:c r="B219" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C219" s="0">
+        <x:v>49.91</x:v>
+      </x:c>
+      <x:c r="D219" s="0">
+        <x:v>228.144</x:v>
+      </x:c>
+      <x:c r="E219" s="0">
+        <x:v>271.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="220" spans="1:5">
+      <x:c r="A220" s="1">
+        <x:v>45881.7571296296</x:v>
+      </x:c>
+      <x:c r="B220" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C220" s="0">
+        <x:v>49.39</x:v>
+      </x:c>
+      <x:c r="D220" s="0">
+        <x:v>227.64</x:v>
+      </x:c>
+      <x:c r="E220" s="0">
+        <x:v>271</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="221" spans="1:5">
+      <x:c r="A221" s="1">
+        <x:v>45880.7586689815</x:v>
+      </x:c>
+      <x:c r="B221" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C221" s="0">
+        <x:v>45.65</x:v>
+      </x:c>
+      <x:c r="D221" s="0">
+        <x:v>223.944</x:v>
+      </x:c>
+      <x:c r="E221" s="0">
+        <x:v>266.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="222" spans="1:5">
+      <x:c r="A222" s="1">
+        <x:v>45877.7857523148</x:v>
+      </x:c>
+      <x:c r="B222" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C222" s="0">
+        <x:v>44.4</x:v>
+      </x:c>
+      <x:c r="D222" s="0">
+        <x:v>222.6</x:v>
+      </x:c>
+      <x:c r="E222" s="0">
+        <x:v>265</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="223" spans="1:5">
+      <x:c r="A223" s="1">
+        <x:v>45876.7589467593</x:v>
+      </x:c>
+      <x:c r="B223" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C223" s="0">
+        <x:v>43.19</x:v>
+      </x:c>
+      <x:c r="D223" s="0">
+        <x:v>221.34</x:v>
+      </x:c>
+      <x:c r="E223" s="0">
+        <x:v>263.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="224" spans="1:5">
+      <x:c r="A224" s="1">
+        <x:v>45875.7594444444</x:v>
+      </x:c>
+      <x:c r="B224" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C224" s="0">
+        <x:v>41.4</x:v>
+      </x:c>
+      <x:c r="D224" s="0">
+        <x:v>219.408</x:v>
+      </x:c>
+      <x:c r="E224" s="0">
+        <x:v>261.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="225" spans="1:5">
+      <x:c r="A225" s="1">
+        <x:v>45874.7580092593</x:v>
+      </x:c>
+      <x:c r="B225" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C225" s="0">
+        <x:v>38.64</x:v>
+      </x:c>
+      <x:c r="D225" s="0">
+        <x:v>216.3</x:v>
+      </x:c>
+      <x:c r="E225" s="0">
+        <x:v>257.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="226" spans="1:5">
+      <x:c r="A226" s="1">
+        <x:v>45873.7607986111</x:v>
+      </x:c>
+      <x:c r="B226" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C226" s="0">
+        <x:v>40.7</x:v>
+      </x:c>
+      <x:c r="D226" s="0">
+        <x:v>218.484</x:v>
+      </x:c>
+      <x:c r="E226" s="0">
+        <x:v>260.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="227" spans="1:5">
+      <x:c r="A227" s="1">
+        <x:v>45870.7602314815</x:v>
+      </x:c>
+      <x:c r="B227" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C227" s="0">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="D227" s="0">
+        <x:v>214.116</x:v>
+      </x:c>
+      <x:c r="E227" s="0">
+        <x:v>254.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="228" spans="1:5">
+      <x:c r="A228" s="1">
+        <x:v>45869.7836574074</x:v>
+      </x:c>
+      <x:c r="B228" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C228" s="0">
+        <x:v>41.49</x:v>
+      </x:c>
+      <x:c r="D228" s="0">
+        <x:v>218.82</x:v>
+      </x:c>
+      <x:c r="E228" s="0">
+        <x:v>260.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="229" spans="1:5">
+      <x:c r="A229" s="1">
+        <x:v>45868.7572569444</x:v>
+      </x:c>
+      <x:c r="B229" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C229" s="0">
+        <x:v>42.32</x:v>
+      </x:c>
+      <x:c r="D229" s="0">
+        <x:v>219.66</x:v>
+      </x:c>
+      <x:c r="E229" s="0">
+        <x:v>261.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="230" spans="1:5">
+      <x:c r="A230" s="1">
+        <x:v>45867.786099537</x:v>
+      </x:c>
+      <x:c r="B230" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C230" s="0">
+        <x:v>41.87</x:v>
+      </x:c>
+      <x:c r="D230" s="0">
+        <x:v>219.156</x:v>
+      </x:c>
+      <x:c r="E230" s="0">
+        <x:v>260.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="231" spans="1:5">
+      <x:c r="A231" s="1">
+        <x:v>45866.7583101852</x:v>
+      </x:c>
+      <x:c r="B231" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C231" s="0">
+        <x:v>41.02</x:v>
+      </x:c>
+      <x:c r="D231" s="0">
+        <x:v>218.232</x:v>
+      </x:c>
+      <x:c r="E231" s="0">
+        <x:v>259.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="232" spans="1:5">
+      <x:c r="A232" s="1">
+        <x:v>45863.756724537</x:v>
+      </x:c>
+      <x:c r="B232" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C232" s="0">
+        <x:v>41.18</x:v>
+      </x:c>
+      <x:c r="D232" s="0">
+        <x:v>218.316</x:v>
+      </x:c>
+      <x:c r="E232" s="0">
+        <x:v>259.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="233" spans="1:5">
+      <x:c r="A233" s="1">
+        <x:v>45862.7626967593</x:v>
+      </x:c>
+      <x:c r="B233" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C233" s="0">
+        <x:v>41.77</x:v>
+      </x:c>
+      <x:c r="D233" s="0">
+        <x:v>218.904</x:v>
+      </x:c>
+      <x:c r="E233" s="0">
+        <x:v>260.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="234" spans="1:5">
+      <x:c r="A234" s="1">
+        <x:v>45861.7587037037</x:v>
+      </x:c>
+      <x:c r="B234" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C234" s="0">
+        <x:v>39.49</x:v>
+      </x:c>
+      <x:c r="D234" s="0">
+        <x:v>216.384</x:v>
+      </x:c>
+      <x:c r="E234" s="0">
+        <x:v>257.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="235" spans="1:5">
+      <x:c r="A235" s="1">
+        <x:v>45860.7619097222</x:v>
+      </x:c>
+      <x:c r="B235" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C235" s="0">
+        <x:v>38.03</x:v>
+      </x:c>
+      <x:c r="D235" s="0">
+        <x:v>214.704</x:v>
+      </x:c>
+      <x:c r="E235" s="0">
+        <x:v>255.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="236" spans="1:5">
+      <x:c r="A236" s="1">
         <x:v>45859.7636921296</x:v>
       </x:c>
-      <x:c r="B205" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C205" s="0">
+      <x:c r="B236" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C236" s="0">
         <x:v>37.32</x:v>
       </x:c>
-      <x:c r="D205" s="0">
+      <x:c r="D236" s="0">
         <x:v>213.864</x:v>
       </x:c>
-      <x:c r="E205" s="0">
+      <x:c r="E236" s="0">
         <x:v>254.6</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>