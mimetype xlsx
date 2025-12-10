--- v0 (2025-10-28)
+++ v1 (2025-12-10)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd74f7bfd7d944b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/615ec18891bc430fb6e4a8b71fe5b840.psmdcp" Id="R49a77ae630dc429a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Recfa441260e544b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/073eb710d57847eebb74a4fa8f5990c0.psmdcp" Id="R655d38d2195a4139" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>DE000BB3VFC0</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -390,1576 +390,2069 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E90"/>
+  <x:dimension ref="A1:E119"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>45958.7844444444</x:v>
+        <x:v>46000.8228009259</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>50.4</x:v>
+        <x:v>64.795</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>47.324</x:v>
+        <x:v>60.84</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>45957.7848263889</x:v>
+        <x:v>45999.8272106481</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>49.814</x:v>
+        <x:v>62.201</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>46.774</x:v>
+        <x:v>58.405</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>45954.8273726852</x:v>
+        <x:v>45996.8263078704</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>51.744</x:v>
+        <x:v>62.891</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>48.586</x:v>
+        <x:v>59.053</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>45953.826412037</x:v>
+        <x:v>45995.8232291667</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>51.87</x:v>
+        <x:v>61.228</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>48.704</x:v>
+        <x:v>57.491</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>45952.8312615741</x:v>
+        <x:v>45994.8237037037</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>50.78</x:v>
+        <x:v>62.43</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>47.681</x:v>
+        <x:v>58.62</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>45951.8353240741</x:v>
+        <x:v>45993.8229398148</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>50.805</x:v>
+        <x:v>62.519</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>47.704</x:v>
+        <x:v>58.703</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>45950.8514814815</x:v>
+        <x:v>45992.8242939815</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>54.724</x:v>
+        <x:v>62.986</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>51.384</x:v>
+        <x:v>59.142</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>45947.8255902778</x:v>
+        <x:v>45989.839375</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>53.361</x:v>
+        <x:v>60.879</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>50.104</x:v>
+        <x:v>57.163</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>45946.8237962963</x:v>
+        <x:v>45987.8265162037</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>56.76</x:v>
+        <x:v>57.092</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>53.296</x:v>
+        <x:v>53.607</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>45945.8233796296</x:v>
+        <x:v>45986.8420486111</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C12" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>54.718</x:v>
+        <x:v>54.985</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>51.378</x:v>
+        <x:v>51.629</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>45944.828287037</x:v>
+        <x:v>45985.8473032407</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>53.912</x:v>
+        <x:v>54.272</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>50.622</x:v>
+        <x:v>50.96</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>45943.8403356482</x:v>
+        <x:v>45982.8240972222</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C14" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>53.707</x:v>
+        <x:v>53.842</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>50.429</x:v>
+        <x:v>49.913</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>45943.6691087963</x:v>
+        <x:v>45981.858912037</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>53.589</x:v>
+        <x:v>53.571</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>50.318</x:v>
+        <x:v>50.301</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>45940.8233449074</x:v>
+        <x:v>45980.8244444444</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C16" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>50.318</x:v>
+        <x:v>54.16</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>47.247</x:v>
+        <x:v>50.854</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>45939.8284953704</x:v>
+        <x:v>45979.8891898148</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C17" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>50.222</x:v>
+        <x:v>53.805</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>47.157</x:v>
+        <x:v>50.521</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>45938.8250115741</x:v>
+        <x:v>45978.8251967593</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>52.179</x:v>
+        <x:v>54.007</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>48.994</x:v>
+        <x:v>50.711</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>45937.8252430556</x:v>
+        <x:v>45975.8263078704</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C19" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>50.604</x:v>
+        <x:v>53.981</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>47.515</x:v>
+        <x:v>50.686</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
-        <x:v>45936.8237268518</x:v>
+        <x:v>45974.8559606482</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C20" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>51.597</x:v>
+        <x:v>56.626</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>48.448</x:v>
+        <x:v>53.17</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="1">
-        <x:v>45933.8235648148</x:v>
+        <x:v>45973.8250115741</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C21" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D21" s="0">
-        <x:v>51.083</x:v>
+        <x:v>56.932</x:v>
       </x:c>
       <x:c r="E21" s="0">
-        <x:v>47.965</x:v>
+        <x:v>53.457</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="1">
-        <x:v>45932.824537037</x:v>
+        <x:v>45972.8325231482</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C22" s="0">
-        <x:v>0.07</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D22" s="0">
-        <x:v>49.383</x:v>
+        <x:v>54.042</x:v>
       </x:c>
       <x:c r="E22" s="0">
-        <x:v>46.369</x:v>
+        <x:v>50.744</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="1">
-        <x:v>45931.8251041667</x:v>
+        <x:v>45971.8316087963</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C23" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D23" s="0">
-        <x:v>50.778</x:v>
+        <x:v>53.581</x:v>
       </x:c>
       <x:c r="E23" s="0">
-        <x:v>47.679</x:v>
+        <x:v>50.311</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="1">
-        <x:v>45930.8239930556</x:v>
+        <x:v>45968.8265277778</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C24" s="0">
-        <x:v>0.07</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D24" s="0">
-        <x:v>49.672</x:v>
+        <x:v>51.272</x:v>
       </x:c>
       <x:c r="E24" s="0">
-        <x:v>46.64</x:v>
+        <x:v>48.143</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="1">
-        <x:v>45929.8229398148</x:v>
+        <x:v>45967.8567361111</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C25" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D25" s="0">
-        <x:v>50.072</x:v>
+        <x:v>51.067</x:v>
       </x:c>
       <x:c r="E25" s="0">
-        <x:v>47.016</x:v>
+        <x:v>47.95</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="1">
-        <x:v>45926.8238773148</x:v>
+        <x:v>45966.8257638889</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C26" s="0">
-        <x:v>0.07</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D26" s="0">
-        <x:v>49.689</x:v>
+        <x:v>51.143</x:v>
       </x:c>
       <x:c r="E26" s="0">
-        <x:v>46.656</x:v>
+        <x:v>48.022</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="1">
-        <x:v>45925.8238657407</x:v>
+        <x:v>45965.8372800926</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C27" s="0">
-        <x:v>0.12</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D27" s="0">
-        <x:v>48.046</x:v>
+        <x:v>50.365</x:v>
       </x:c>
       <x:c r="E27" s="0">
-        <x:v>45.114</x:v>
+        <x:v>47.291</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="1">
-        <x:v>45924.8325347222</x:v>
+        <x:v>45964.8250925926</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C28" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D28" s="0">
-        <x:v>47.064</x:v>
+        <x:v>51.172</x:v>
       </x:c>
       <x:c r="E28" s="0">
-        <x:v>44.192</x:v>
+        <x:v>48.049</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="1">
-        <x:v>45923.8421412037</x:v>
+        <x:v>45961.7823032407</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C29" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D29" s="0">
-        <x:v>47.508</x:v>
+        <x:v>51.29</x:v>
       </x:c>
       <x:c r="E29" s="0">
-        <x:v>44.608</x:v>
+        <x:v>48.16</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="1">
-        <x:v>45922.8390625</x:v>
+        <x:v>45960.7838310185</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C30" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D30" s="0">
-        <x:v>47.088</x:v>
+        <x:v>51.776</x:v>
       </x:c>
       <x:c r="E30" s="0">
-        <x:v>44.214</x:v>
+        <x:v>48.616</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="1">
-        <x:v>45919.8403472222</x:v>
+        <x:v>45959.7819212963</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C31" s="0">
-        <x:v>0.28</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D31" s="0">
-        <x:v>45.744</x:v>
+        <x:v>51.027</x:v>
       </x:c>
       <x:c r="E31" s="0">
-        <x:v>42.952</x:v>
+        <x:v>47.913</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="1">
-        <x:v>45918.8308796296</x:v>
+        <x:v>45958.7844444444</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C32" s="0">
-        <x:v>0.38</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D32" s="0">
-        <x:v>44.856</x:v>
+        <x:v>50.4</x:v>
       </x:c>
       <x:c r="E32" s="0">
-        <x:v>42.118</x:v>
+        <x:v>47.324</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="1">
-        <x:v>45917.8346990741</x:v>
+        <x:v>45957.7848263889</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C33" s="0">
-        <x:v>0.38</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D33" s="0">
-        <x:v>44.892</x:v>
+        <x:v>49.814</x:v>
       </x:c>
       <x:c r="E33" s="0">
-        <x:v>42.152</x:v>
+        <x:v>46.774</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="1">
-        <x:v>45916.82375</x:v>
+        <x:v>45954.8273726852</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C34" s="0">
-        <x:v>0.31</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D34" s="0">
-        <x:v>45.707</x:v>
+        <x:v>51.744</x:v>
       </x:c>
       <x:c r="E34" s="0">
-        <x:v>42.917</x:v>
+        <x:v>48.586</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="1">
-        <x:v>45915.8287152778</x:v>
+        <x:v>45953.826412037</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C35" s="0">
-        <x:v>0.3</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D35" s="0">
-        <x:v>45.754</x:v>
+        <x:v>51.87</x:v>
       </x:c>
       <x:c r="E35" s="0">
-        <x:v>42.962</x:v>
+        <x:v>48.704</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="1">
-        <x:v>45912.8242824074</x:v>
+        <x:v>45952.8312615741</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C36" s="0">
-        <x:v>0.32</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D36" s="0">
-        <x:v>45.614</x:v>
+        <x:v>50.78</x:v>
       </x:c>
       <x:c r="E36" s="0">
-        <x:v>42.83</x:v>
+        <x:v>47.681</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="1">
-        <x:v>45911.8249074074</x:v>
+        <x:v>45951.8353240741</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C37" s="0">
-        <x:v>0.4</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D37" s="0">
-        <x:v>44.889</x:v>
+        <x:v>50.805</x:v>
       </x:c>
       <x:c r="E37" s="0">
-        <x:v>42.149</x:v>
+        <x:v>47.704</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="1">
-        <x:v>45910.8234259259</x:v>
+        <x:v>45950.8514814815</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C38" s="0">
-        <x:v>0.48</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D38" s="0">
-        <x:v>44.304</x:v>
+        <x:v>54.724</x:v>
       </x:c>
       <x:c r="E38" s="0">
-        <x:v>41.6</x:v>
+        <x:v>51.384</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="1">
-        <x:v>45909.8234953704</x:v>
+        <x:v>45947.8255902778</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C39" s="0">
-        <x:v>0.53</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D39" s="0">
-        <x:v>44.028</x:v>
+        <x:v>53.361</x:v>
       </x:c>
       <x:c r="E39" s="0">
-        <x:v>41.341</x:v>
+        <x:v>50.104</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="1">
-        <x:v>45908.8227777778</x:v>
+        <x:v>45946.8237962963</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C40" s="0">
-        <x:v>0.45</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D40" s="0">
-        <x:v>44.626</x:v>
+        <x:v>56.76</x:v>
       </x:c>
       <x:c r="E40" s="0">
-        <x:v>41.902</x:v>
+        <x:v>53.296</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="1">
-        <x:v>45905.8690856481</x:v>
+        <x:v>45945.8233796296</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C41" s="0">
-        <x:v>0.51</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D41" s="0">
-        <x:v>44.253</x:v>
+        <x:v>54.718</x:v>
       </x:c>
       <x:c r="E41" s="0">
-        <x:v>41.552</x:v>
+        <x:v>51.378</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="1">
-        <x:v>45904.8310300926</x:v>
+        <x:v>45944.828287037</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C42" s="0">
-        <x:v>0.53</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D42" s="0">
-        <x:v>44.109</x:v>
+        <x:v>53.912</x:v>
       </x:c>
       <x:c r="E42" s="0">
-        <x:v>41.417</x:v>
+        <x:v>50.622</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="1">
-        <x:v>45903.8280208333</x:v>
+        <x:v>45943.8403356482</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C43" s="0">
-        <x:v>0.44</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D43" s="0">
-        <x:v>44.794</x:v>
+        <x:v>53.707</x:v>
       </x:c>
       <x:c r="E43" s="0">
-        <x:v>42.06</x:v>
+        <x:v>50.429</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="1">
-        <x:v>45902.8240393518</x:v>
+        <x:v>45943.6691087963</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C44" s="0">
-        <x:v>0.52</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D44" s="0">
-        <x:v>44.296</x:v>
+        <x:v>53.589</x:v>
       </x:c>
       <x:c r="E44" s="0">
-        <x:v>41.592</x:v>
+        <x:v>50.318</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="1">
-        <x:v>45898.8248148148</x:v>
+        <x:v>45940.8233449074</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C45" s="0">
-        <x:v>0.72</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D45" s="0">
-        <x:v>43.37</x:v>
+        <x:v>50.318</x:v>
       </x:c>
       <x:c r="E45" s="0">
-        <x:v>40.723</x:v>
+        <x:v>47.247</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="1">
-        <x:v>45897.8404050926</x:v>
+        <x:v>45939.8284953704</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C46" s="0">
-        <x:v>1.08</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D46" s="0">
-        <x:v>42.284</x:v>
+        <x:v>50.222</x:v>
       </x:c>
       <x:c r="E46" s="0">
-        <x:v>39.703</x:v>
+        <x:v>47.157</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="1">
-        <x:v>45896.8352199074</x:v>
+        <x:v>45938.8250115741</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C47" s="0">
-        <x:v>1.3</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D47" s="0">
-        <x:v>41.761</x:v>
+        <x:v>52.179</x:v>
       </x:c>
       <x:c r="E47" s="0">
-        <x:v>39.212</x:v>
+        <x:v>48.994</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5">
       <x:c r="A48" s="1">
-        <x:v>45895.8272685185</x:v>
+        <x:v>45937.8252430556</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C48" s="0">
-        <x:v>1.34</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D48" s="0">
-        <x:v>41.66</x:v>
+        <x:v>50.604</x:v>
       </x:c>
       <x:c r="E48" s="0">
-        <x:v>39.117</x:v>
+        <x:v>47.515</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
       <x:c r="A49" s="1">
-        <x:v>45894.8391782407</x:v>
+        <x:v>45936.8237268518</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C49" s="0">
-        <x:v>1.3</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D49" s="0">
-        <x:v>41.762</x:v>
+        <x:v>51.597</x:v>
       </x:c>
       <x:c r="E49" s="0">
-        <x:v>38.703</x:v>
+        <x:v>48.448</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5">
       <x:c r="A50" s="1">
-        <x:v>45891.8256018519</x:v>
+        <x:v>45933.8235648148</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C50" s="0">
-        <x:v>1.17</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D50" s="0">
-        <x:v>41.592</x:v>
+        <x:v>51.083</x:v>
       </x:c>
       <x:c r="E50" s="0">
-        <x:v>39.054</x:v>
+        <x:v>47.965</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5">
       <x:c r="A51" s="1">
-        <x:v>45890.8256481482</x:v>
+        <x:v>45932.824537037</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C51" s="0">
-        <x:v>1.75</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D51" s="0">
-        <x:v>40.554</x:v>
+        <x:v>49.383</x:v>
       </x:c>
       <x:c r="E51" s="0">
-        <x:v>38.079</x:v>
+        <x:v>46.369</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5">
       <x:c r="A52" s="1">
-        <x:v>45889.8244791667</x:v>
+        <x:v>45931.8251041667</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C52" s="0">
-        <x:v>1.96</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D52" s="0">
-        <x:v>40.228</x:v>
+        <x:v>50.778</x:v>
       </x:c>
       <x:c r="E52" s="0">
-        <x:v>37.773</x:v>
+        <x:v>47.679</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5">
       <x:c r="A53" s="1">
-        <x:v>45888.8241898148</x:v>
+        <x:v>45930.8239930556</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C53" s="0">
-        <x:v>2.32</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D53" s="0">
-        <x:v>39.759</x:v>
+        <x:v>49.672</x:v>
       </x:c>
       <x:c r="E53" s="0">
-        <x:v>37.332</x:v>
+        <x:v>46.64</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5">
       <x:c r="A54" s="1">
-        <x:v>45887.8261342593</x:v>
+        <x:v>45929.8229398148</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C54" s="0">
-        <x:v>1.87</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D54" s="0">
-        <x:v>40.501</x:v>
+        <x:v>50.072</x:v>
       </x:c>
       <x:c r="E54" s="0">
-        <x:v>38.029</x:v>
+        <x:v>47.016</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5">
       <x:c r="A55" s="1">
-        <x:v>45884.8236458333</x:v>
+        <x:v>45926.8238773148</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C55" s="0">
-        <x:v>1.91</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D55" s="0">
-        <x:v>40.443</x:v>
+        <x:v>49.689</x:v>
       </x:c>
       <x:c r="E55" s="0">
-        <x:v>37.975</x:v>
+        <x:v>46.656</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5">
       <x:c r="A56" s="1">
-        <x:v>45883.8469907407</x:v>
+        <x:v>45925.8238657407</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C56" s="0">
-        <x:v>1.86</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D56" s="0">
-        <x:v>40.544</x:v>
+        <x:v>48.046</x:v>
       </x:c>
       <x:c r="E56" s="0">
-        <x:v>38.069</x:v>
+        <x:v>45.114</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:5">
       <x:c r="A57" s="1">
-        <x:v>45882.843125</x:v>
+        <x:v>45924.8325347222</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C57" s="0">
-        <x:v>1.57</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D57" s="0">
-        <x:v>41.111</x:v>
+        <x:v>47.064</x:v>
       </x:c>
       <x:c r="E57" s="0">
-        <x:v>38.602</x:v>
+        <x:v>44.192</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:5">
       <x:c r="A58" s="1">
-        <x:v>45881.822662037</x:v>
+        <x:v>45923.8421412037</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C58" s="0">
-        <x:v>1.98</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D58" s="0">
-        <x:v>40.472</x:v>
+        <x:v>47.508</x:v>
       </x:c>
       <x:c r="E58" s="0">
-        <x:v>38.002</x:v>
+        <x:v>44.608</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:5">
       <x:c r="A59" s="1">
-        <x:v>45880.8266898148</x:v>
+        <x:v>45922.8390625</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C59" s="0">
-        <x:v>2.14</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D59" s="0">
-        <x:v>40.243</x:v>
+        <x:v>47.088</x:v>
       </x:c>
       <x:c r="E59" s="0">
-        <x:v>37.787</x:v>
+        <x:v>44.214</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:5">
       <x:c r="A60" s="1">
-        <x:v>45877.8247916667</x:v>
+        <x:v>45919.8403472222</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C60" s="0">
-        <x:v>1.71</x:v>
+        <x:v>0.28</x:v>
       </x:c>
       <x:c r="D60" s="0">
-        <x:v>41.047</x:v>
+        <x:v>45.744</x:v>
       </x:c>
       <x:c r="E60" s="0">
-        <x:v>38.542</x:v>
+        <x:v>42.952</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:5">
       <x:c r="A61" s="1">
-        <x:v>45876.8256018519</x:v>
+        <x:v>45918.8308796296</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C61" s="0">
-        <x:v>1.87</x:v>
+        <x:v>0.38</x:v>
       </x:c>
       <x:c r="D61" s="0">
-        <x:v>40.783</x:v>
+        <x:v>44.856</x:v>
       </x:c>
       <x:c r="E61" s="0">
-        <x:v>38.294</x:v>
+        <x:v>42.118</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:5">
       <x:c r="A62" s="1">
-        <x:v>45875.8240277778</x:v>
+        <x:v>45917.8346990741</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C62" s="0">
-        <x:v>2.17</x:v>
+        <x:v>0.38</x:v>
       </x:c>
       <x:c r="D62" s="0">
-        <x:v>40.366</x:v>
+        <x:v>44.892</x:v>
       </x:c>
       <x:c r="E62" s="0">
-        <x:v>37.902</x:v>
+        <x:v>42.152</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:5">
       <x:c r="A63" s="1">
-        <x:v>45874.8240277778</x:v>
+        <x:v>45916.82375</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C63" s="0">
-        <x:v>2.23</x:v>
+        <x:v>0.31</x:v>
       </x:c>
       <x:c r="D63" s="0">
-        <x:v>40.282</x:v>
+        <x:v>45.707</x:v>
       </x:c>
       <x:c r="E63" s="0">
-        <x:v>37.823</x:v>
+        <x:v>42.917</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:5">
       <x:c r="A64" s="1">
-        <x:v>45873.826400463</x:v>
+        <x:v>45915.8287152778</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C64" s="0">
-        <x:v>2.7</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="D64" s="0">
-        <x:v>39.754</x:v>
+        <x:v>45.754</x:v>
       </x:c>
       <x:c r="E64" s="0">
-        <x:v>37.328</x:v>
+        <x:v>42.962</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:5">
       <x:c r="A65" s="1">
-        <x:v>45870.8315162037</x:v>
+        <x:v>45912.8242824074</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C65" s="0">
-        <x:v>3.15</x:v>
+        <x:v>0.32</x:v>
       </x:c>
       <x:c r="D65" s="0">
-        <x:v>39.329</x:v>
+        <x:v>45.614</x:v>
       </x:c>
       <x:c r="E65" s="0">
-        <x:v>36.929</x:v>
+        <x:v>42.83</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:5">
       <x:c r="A66" s="1">
-        <x:v>45869.8289814815</x:v>
+        <x:v>45911.8249074074</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C66" s="0">
-        <x:v>3.41</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="D66" s="0">
-        <x:v>39.098</x:v>
+        <x:v>44.889</x:v>
       </x:c>
       <x:c r="E66" s="0">
-        <x:v>36.712</x:v>
+        <x:v>42.149</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:5">
       <x:c r="A67" s="1">
-        <x:v>45868.8234722222</x:v>
+        <x:v>45910.8234259259</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C67" s="0">
-        <x:v>2.52</x:v>
+        <x:v>0.48</x:v>
       </x:c>
       <x:c r="D67" s="0">
-        <x:v>40.192</x:v>
+        <x:v>44.304</x:v>
       </x:c>
       <x:c r="E67" s="0">
-        <x:v>37.739</x:v>
+        <x:v>41.6</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:5">
       <x:c r="A68" s="1">
-        <x:v>45867.8250694444</x:v>
+        <x:v>45909.8234953704</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C68" s="0">
-        <x:v>2.13</x:v>
+        <x:v>0.53</x:v>
       </x:c>
       <x:c r="D68" s="0">
-        <x:v>40.775</x:v>
+        <x:v>44.028</x:v>
       </x:c>
       <x:c r="E68" s="0">
-        <x:v>38.286</x:v>
+        <x:v>41.341</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:5">
       <x:c r="A69" s="1">
-        <x:v>45866.8322916667</x:v>
+        <x:v>45908.8227777778</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C69" s="0">
-        <x:v>2.18</x:v>
+        <x:v>0.45</x:v>
       </x:c>
       <x:c r="D69" s="0">
-        <x:v>40.705</x:v>
+        <x:v>44.626</x:v>
       </x:c>
       <x:c r="E69" s="0">
-        <x:v>38.221</x:v>
+        <x:v>41.902</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:5">
       <x:c r="A70" s="1">
-        <x:v>45863.8404050926</x:v>
+        <x:v>45905.8690856481</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C70" s="0">
-        <x:v>2.08</x:v>
+        <x:v>0.51</x:v>
       </x:c>
       <x:c r="D70" s="0">
-        <x:v>40.859</x:v>
+        <x:v>44.253</x:v>
       </x:c>
       <x:c r="E70" s="0">
-        <x:v>38.365</x:v>
+        <x:v>41.552</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:5">
       <x:c r="A71" s="1">
-        <x:v>45862.8566319444</x:v>
+        <x:v>45904.8310300926</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C71" s="0">
-        <x:v>1.62</x:v>
+        <x:v>0.53</x:v>
       </x:c>
       <x:c r="D71" s="0">
-        <x:v>41.774</x:v>
+        <x:v>44.109</x:v>
       </x:c>
       <x:c r="E71" s="0">
-        <x:v>39.224</x:v>
+        <x:v>41.417</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:5">
       <x:c r="A72" s="1">
-        <x:v>45861.8323611111</x:v>
+        <x:v>45903.8280208333</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C72" s="0">
-        <x:v>1.49</x:v>
+        <x:v>0.44</x:v>
       </x:c>
       <x:c r="D72" s="0">
-        <x:v>42.071</x:v>
+        <x:v>44.794</x:v>
       </x:c>
       <x:c r="E72" s="0">
-        <x:v>39.503</x:v>
+        <x:v>42.06</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:5">
       <x:c r="A73" s="1">
-        <x:v>45860.8328125</x:v>
+        <x:v>45902.8240393518</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C73" s="0">
-        <x:v>1.46</x:v>
+        <x:v>0.52</x:v>
       </x:c>
       <x:c r="D73" s="0">
-        <x:v>42.126</x:v>
+        <x:v>44.296</x:v>
       </x:c>
       <x:c r="E73" s="0">
-        <x:v>39.555</x:v>
+        <x:v>41.592</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:5">
       <x:c r="A74" s="1">
-        <x:v>45859.8410185185</x:v>
+        <x:v>45898.8248148148</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C74" s="0">
-        <x:v>1.58</x:v>
+        <x:v>0.72</x:v>
       </x:c>
       <x:c r="D74" s="0">
-        <x:v>41.891</x:v>
+        <x:v>43.37</x:v>
       </x:c>
       <x:c r="E74" s="0">
-        <x:v>39.334</x:v>
+        <x:v>40.723</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:5">
       <x:c r="A75" s="1">
-        <x:v>45856.8230671296</x:v>
+        <x:v>45897.8404050926</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C75" s="0">
-        <x:v>2.25</x:v>
+        <x:v>1.08</x:v>
       </x:c>
       <x:c r="D75" s="0">
-        <x:v>40.964</x:v>
+        <x:v>42.284</x:v>
       </x:c>
       <x:c r="E75" s="0">
-        <x:v>38.464</x:v>
+        <x:v>39.703</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:5">
       <x:c r="A76" s="1">
-        <x:v>45855.8238541667</x:v>
+        <x:v>45896.8352199074</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C76" s="0">
-        <x:v>2.38</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="D76" s="0">
-        <x:v>40.793</x:v>
+        <x:v>41.761</x:v>
       </x:c>
       <x:c r="E76" s="0">
-        <x:v>38.303</x:v>
+        <x:v>39.212</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:5">
       <x:c r="A77" s="1">
-        <x:v>45854.8590046296</x:v>
+        <x:v>45895.8272685185</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C77" s="0">
-        <x:v>2.54</x:v>
+        <x:v>1.34</x:v>
       </x:c>
       <x:c r="D77" s="0">
-        <x:v>40.597</x:v>
+        <x:v>41.66</x:v>
       </x:c>
       <x:c r="E77" s="0">
-        <x:v>38.119</x:v>
+        <x:v>39.117</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:5">
       <x:c r="A78" s="1">
-        <x:v>45853.8525810185</x:v>
+        <x:v>45894.8391782407</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C78" s="0">
-        <x:v>2.55</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="D78" s="0">
-        <x:v>40.587</x:v>
+        <x:v>41.762</x:v>
       </x:c>
       <x:c r="E78" s="0">
-        <x:v>38.11</x:v>
+        <x:v>38.703</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:5">
       <x:c r="A79" s="1">
-        <x:v>45852.8231018518</x:v>
+        <x:v>45891.8256018519</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C79" s="0">
-        <x:v>2.11</x:v>
+        <x:v>1.17</x:v>
       </x:c>
       <x:c r="D79" s="0">
-        <x:v>41.26</x:v>
+        <x:v>41.592</x:v>
       </x:c>
       <x:c r="E79" s="0">
-        <x:v>38.742</x:v>
+        <x:v>39.054</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:5">
       <x:c r="A80" s="1">
-        <x:v>45849.8239930556</x:v>
+        <x:v>45890.8256481482</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C80" s="0">
-        <x:v>1.97</x:v>
+        <x:v>1.75</x:v>
       </x:c>
       <x:c r="D80" s="0">
-        <x:v>41.487</x:v>
+        <x:v>40.554</x:v>
       </x:c>
       <x:c r="E80" s="0">
-        <x:v>38.955</x:v>
+        <x:v>38.079</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:5">
       <x:c r="A81" s="1">
-        <x:v>45848.8285532407</x:v>
+        <x:v>45889.8244791667</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C81" s="0">
-        <x:v>4.66</x:v>
+        <x:v>1.96</x:v>
       </x:c>
       <x:c r="D81" s="0">
-        <x:v>39.73</x:v>
+        <x:v>40.228</x:v>
       </x:c>
       <x:c r="E81" s="0">
-        <x:v>37.305</x:v>
+        <x:v>37.773</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:5">
       <x:c r="A82" s="1">
-        <x:v>45847.8235763889</x:v>
+        <x:v>45888.8241898148</x:v>
       </x:c>
       <x:c r="B82" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C82" s="0">
-        <x:v>6.13</x:v>
+        <x:v>2.32</x:v>
       </x:c>
       <x:c r="D82" s="0">
-        <x:v>39.011</x:v>
+        <x:v>39.759</x:v>
       </x:c>
       <x:c r="E82" s="0">
-        <x:v>36.63</x:v>
+        <x:v>37.332</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:5">
       <x:c r="A83" s="1">
-        <x:v>45846.8267939815</x:v>
+        <x:v>45887.8261342593</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C83" s="0">
-        <x:v>5.89</x:v>
+        <x:v>1.87</x:v>
       </x:c>
       <x:c r="D83" s="0">
-        <x:v>39.138</x:v>
+        <x:v>40.501</x:v>
       </x:c>
       <x:c r="E83" s="0">
-        <x:v>36.749</x:v>
+        <x:v>38.029</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:5">
       <x:c r="A84" s="1">
-        <x:v>45845.8307523148</x:v>
+        <x:v>45884.8236458333</x:v>
       </x:c>
       <x:c r="B84" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C84" s="0">
-        <x:v>5.59</x:v>
+        <x:v>1.91</x:v>
       </x:c>
       <x:c r="D84" s="0">
-        <x:v>39.303</x:v>
+        <x:v>40.443</x:v>
       </x:c>
       <x:c r="E84" s="0">
-        <x:v>36.904</x:v>
+        <x:v>37.975</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:5">
       <x:c r="A85" s="1">
-        <x:v>45841.8258333333</x:v>
+        <x:v>45883.8469907407</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C85" s="0">
-        <x:v>5.28</x:v>
+        <x:v>1.86</x:v>
       </x:c>
       <x:c r="D85" s="0">
-        <x:v>39.494</x:v>
+        <x:v>40.544</x:v>
       </x:c>
       <x:c r="E85" s="0">
-        <x:v>37.084</x:v>
+        <x:v>38.069</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:5">
       <x:c r="A86" s="1">
-        <x:v>45840.8229050926</x:v>
+        <x:v>45882.843125</x:v>
       </x:c>
       <x:c r="B86" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C86" s="0">
-        <x:v>6.05</x:v>
+        <x:v>1.57</x:v>
       </x:c>
       <x:c r="D86" s="0">
-        <x:v>39.114</x:v>
+        <x:v>41.111</x:v>
       </x:c>
       <x:c r="E86" s="0">
-        <x:v>36.727</x:v>
+        <x:v>38.602</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:5">
       <x:c r="A87" s="1">
-        <x:v>45839.8275694444</x:v>
+        <x:v>45881.822662037</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C87" s="0">
-        <x:v>6.86</x:v>
+        <x:v>1.98</x:v>
       </x:c>
       <x:c r="D87" s="0">
-        <x:v>38.763</x:v>
+        <x:v>40.472</x:v>
       </x:c>
       <x:c r="E87" s="0">
-        <x:v>36.397</x:v>
+        <x:v>38.002</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:5">
       <x:c r="A88" s="1">
-        <x:v>45838.8345601852</x:v>
+        <x:v>45880.8266898148</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C88" s="0">
-        <x:v>7.47</x:v>
+        <x:v>2.14</x:v>
       </x:c>
       <x:c r="D88" s="0">
-        <x:v>38.523</x:v>
+        <x:v>40.243</x:v>
       </x:c>
       <x:c r="E88" s="0">
-        <x:v>36.172</x:v>
+        <x:v>37.787</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:5">
       <x:c r="A89" s="1">
-        <x:v>45835.8364699074</x:v>
+        <x:v>45877.8247916667</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C89" s="0">
-        <x:v>7</x:v>
+        <x:v>1.71</x:v>
       </x:c>
       <x:c r="D89" s="0">
-        <x:v>38.734</x:v>
+        <x:v>41.047</x:v>
       </x:c>
       <x:c r="E89" s="0">
-        <x:v>36.37</x:v>
+        <x:v>38.542</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:5">
       <x:c r="A90" s="1">
+        <x:v>45876.8256018519</x:v>
+      </x:c>
+      <x:c r="B90" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C90" s="0">
+        <x:v>1.87</x:v>
+      </x:c>
+      <x:c r="D90" s="0">
+        <x:v>40.783</x:v>
+      </x:c>
+      <x:c r="E90" s="0">
+        <x:v>38.294</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="91" spans="1:5">
+      <x:c r="A91" s="1">
+        <x:v>45875.8240277778</x:v>
+      </x:c>
+      <x:c r="B91" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C91" s="0">
+        <x:v>2.17</x:v>
+      </x:c>
+      <x:c r="D91" s="0">
+        <x:v>40.366</x:v>
+      </x:c>
+      <x:c r="E91" s="0">
+        <x:v>37.902</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="92" spans="1:5">
+      <x:c r="A92" s="1">
+        <x:v>45874.8240277778</x:v>
+      </x:c>
+      <x:c r="B92" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C92" s="0">
+        <x:v>2.23</x:v>
+      </x:c>
+      <x:c r="D92" s="0">
+        <x:v>40.282</x:v>
+      </x:c>
+      <x:c r="E92" s="0">
+        <x:v>37.823</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="93" spans="1:5">
+      <x:c r="A93" s="1">
+        <x:v>45873.826400463</x:v>
+      </x:c>
+      <x:c r="B93" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C93" s="0">
+        <x:v>2.7</x:v>
+      </x:c>
+      <x:c r="D93" s="0">
+        <x:v>39.754</x:v>
+      </x:c>
+      <x:c r="E93" s="0">
+        <x:v>37.328</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="94" spans="1:5">
+      <x:c r="A94" s="1">
+        <x:v>45870.8315162037</x:v>
+      </x:c>
+      <x:c r="B94" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C94" s="0">
+        <x:v>3.15</x:v>
+      </x:c>
+      <x:c r="D94" s="0">
+        <x:v>39.329</x:v>
+      </x:c>
+      <x:c r="E94" s="0">
+        <x:v>36.929</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="95" spans="1:5">
+      <x:c r="A95" s="1">
+        <x:v>45869.8289814815</x:v>
+      </x:c>
+      <x:c r="B95" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C95" s="0">
+        <x:v>3.41</x:v>
+      </x:c>
+      <x:c r="D95" s="0">
+        <x:v>39.098</x:v>
+      </x:c>
+      <x:c r="E95" s="0">
+        <x:v>36.712</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="96" spans="1:5">
+      <x:c r="A96" s="1">
+        <x:v>45868.8234722222</x:v>
+      </x:c>
+      <x:c r="B96" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C96" s="0">
+        <x:v>2.52</x:v>
+      </x:c>
+      <x:c r="D96" s="0">
+        <x:v>40.192</x:v>
+      </x:c>
+      <x:c r="E96" s="0">
+        <x:v>37.739</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="97" spans="1:5">
+      <x:c r="A97" s="1">
+        <x:v>45867.8250694444</x:v>
+      </x:c>
+      <x:c r="B97" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C97" s="0">
+        <x:v>2.13</x:v>
+      </x:c>
+      <x:c r="D97" s="0">
+        <x:v>40.775</x:v>
+      </x:c>
+      <x:c r="E97" s="0">
+        <x:v>38.286</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="98" spans="1:5">
+      <x:c r="A98" s="1">
+        <x:v>45866.8322916667</x:v>
+      </x:c>
+      <x:c r="B98" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C98" s="0">
+        <x:v>2.18</x:v>
+      </x:c>
+      <x:c r="D98" s="0">
+        <x:v>40.705</x:v>
+      </x:c>
+      <x:c r="E98" s="0">
+        <x:v>38.221</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="99" spans="1:5">
+      <x:c r="A99" s="1">
+        <x:v>45863.8404050926</x:v>
+      </x:c>
+      <x:c r="B99" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C99" s="0">
+        <x:v>2.08</x:v>
+      </x:c>
+      <x:c r="D99" s="0">
+        <x:v>40.859</x:v>
+      </x:c>
+      <x:c r="E99" s="0">
+        <x:v>38.365</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="100" spans="1:5">
+      <x:c r="A100" s="1">
+        <x:v>45862.8566319444</x:v>
+      </x:c>
+      <x:c r="B100" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C100" s="0">
+        <x:v>1.62</x:v>
+      </x:c>
+      <x:c r="D100" s="0">
+        <x:v>41.774</x:v>
+      </x:c>
+      <x:c r="E100" s="0">
+        <x:v>39.224</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="101" spans="1:5">
+      <x:c r="A101" s="1">
+        <x:v>45861.8323611111</x:v>
+      </x:c>
+      <x:c r="B101" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C101" s="0">
+        <x:v>1.49</x:v>
+      </x:c>
+      <x:c r="D101" s="0">
+        <x:v>42.071</x:v>
+      </x:c>
+      <x:c r="E101" s="0">
+        <x:v>39.503</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="102" spans="1:5">
+      <x:c r="A102" s="1">
+        <x:v>45860.8328125</x:v>
+      </x:c>
+      <x:c r="B102" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C102" s="0">
+        <x:v>1.46</x:v>
+      </x:c>
+      <x:c r="D102" s="0">
+        <x:v>42.126</x:v>
+      </x:c>
+      <x:c r="E102" s="0">
+        <x:v>39.555</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="103" spans="1:5">
+      <x:c r="A103" s="1">
+        <x:v>45859.8410185185</x:v>
+      </x:c>
+      <x:c r="B103" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C103" s="0">
+        <x:v>1.58</x:v>
+      </x:c>
+      <x:c r="D103" s="0">
+        <x:v>41.891</x:v>
+      </x:c>
+      <x:c r="E103" s="0">
+        <x:v>39.334</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="104" spans="1:5">
+      <x:c r="A104" s="1">
+        <x:v>45856.8230671296</x:v>
+      </x:c>
+      <x:c r="B104" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C104" s="0">
+        <x:v>2.25</x:v>
+      </x:c>
+      <x:c r="D104" s="0">
+        <x:v>40.964</x:v>
+      </x:c>
+      <x:c r="E104" s="0">
+        <x:v>38.464</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="105" spans="1:5">
+      <x:c r="A105" s="1">
+        <x:v>45855.8238541667</x:v>
+      </x:c>
+      <x:c r="B105" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C105" s="0">
+        <x:v>2.38</x:v>
+      </x:c>
+      <x:c r="D105" s="0">
+        <x:v>40.793</x:v>
+      </x:c>
+      <x:c r="E105" s="0">
+        <x:v>38.303</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="106" spans="1:5">
+      <x:c r="A106" s="1">
+        <x:v>45854.8590046296</x:v>
+      </x:c>
+      <x:c r="B106" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C106" s="0">
+        <x:v>2.54</x:v>
+      </x:c>
+      <x:c r="D106" s="0">
+        <x:v>40.597</x:v>
+      </x:c>
+      <x:c r="E106" s="0">
+        <x:v>38.119</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="107" spans="1:5">
+      <x:c r="A107" s="1">
+        <x:v>45853.8525810185</x:v>
+      </x:c>
+      <x:c r="B107" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C107" s="0">
+        <x:v>2.55</x:v>
+      </x:c>
+      <x:c r="D107" s="0">
+        <x:v>40.587</x:v>
+      </x:c>
+      <x:c r="E107" s="0">
+        <x:v>38.11</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="108" spans="1:5">
+      <x:c r="A108" s="1">
+        <x:v>45852.8231018518</x:v>
+      </x:c>
+      <x:c r="B108" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C108" s="0">
+        <x:v>2.11</x:v>
+      </x:c>
+      <x:c r="D108" s="0">
+        <x:v>41.26</x:v>
+      </x:c>
+      <x:c r="E108" s="0">
+        <x:v>38.742</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="109" spans="1:5">
+      <x:c r="A109" s="1">
+        <x:v>45849.8239930556</x:v>
+      </x:c>
+      <x:c r="B109" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C109" s="0">
+        <x:v>1.97</x:v>
+      </x:c>
+      <x:c r="D109" s="0">
+        <x:v>41.487</x:v>
+      </x:c>
+      <x:c r="E109" s="0">
+        <x:v>38.955</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="110" spans="1:5">
+      <x:c r="A110" s="1">
+        <x:v>45848.8285532407</x:v>
+      </x:c>
+      <x:c r="B110" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C110" s="0">
+        <x:v>4.66</x:v>
+      </x:c>
+      <x:c r="D110" s="0">
+        <x:v>39.73</x:v>
+      </x:c>
+      <x:c r="E110" s="0">
+        <x:v>37.305</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="111" spans="1:5">
+      <x:c r="A111" s="1">
+        <x:v>45847.8235763889</x:v>
+      </x:c>
+      <x:c r="B111" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C111" s="0">
+        <x:v>6.13</x:v>
+      </x:c>
+      <x:c r="D111" s="0">
+        <x:v>39.011</x:v>
+      </x:c>
+      <x:c r="E111" s="0">
+        <x:v>36.63</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="112" spans="1:5">
+      <x:c r="A112" s="1">
+        <x:v>45846.8267939815</x:v>
+      </x:c>
+      <x:c r="B112" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C112" s="0">
+        <x:v>5.89</x:v>
+      </x:c>
+      <x:c r="D112" s="0">
+        <x:v>39.138</x:v>
+      </x:c>
+      <x:c r="E112" s="0">
+        <x:v>36.749</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="113" spans="1:5">
+      <x:c r="A113" s="1">
+        <x:v>45845.8307523148</x:v>
+      </x:c>
+      <x:c r="B113" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C113" s="0">
+        <x:v>5.59</x:v>
+      </x:c>
+      <x:c r="D113" s="0">
+        <x:v>39.303</x:v>
+      </x:c>
+      <x:c r="E113" s="0">
+        <x:v>36.904</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="114" spans="1:5">
+      <x:c r="A114" s="1">
+        <x:v>45841.8258333333</x:v>
+      </x:c>
+      <x:c r="B114" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C114" s="0">
+        <x:v>5.28</x:v>
+      </x:c>
+      <x:c r="D114" s="0">
+        <x:v>39.494</x:v>
+      </x:c>
+      <x:c r="E114" s="0">
+        <x:v>37.084</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="115" spans="1:5">
+      <x:c r="A115" s="1">
+        <x:v>45840.8229050926</x:v>
+      </x:c>
+      <x:c r="B115" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C115" s="0">
+        <x:v>6.05</x:v>
+      </x:c>
+      <x:c r="D115" s="0">
+        <x:v>39.114</x:v>
+      </x:c>
+      <x:c r="E115" s="0">
+        <x:v>36.727</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="116" spans="1:5">
+      <x:c r="A116" s="1">
+        <x:v>45839.8275694444</x:v>
+      </x:c>
+      <x:c r="B116" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C116" s="0">
+        <x:v>6.86</x:v>
+      </x:c>
+      <x:c r="D116" s="0">
+        <x:v>38.763</x:v>
+      </x:c>
+      <x:c r="E116" s="0">
+        <x:v>36.397</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="117" spans="1:5">
+      <x:c r="A117" s="1">
+        <x:v>45838.8345601852</x:v>
+      </x:c>
+      <x:c r="B117" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C117" s="0">
+        <x:v>7.47</x:v>
+      </x:c>
+      <x:c r="D117" s="0">
+        <x:v>38.523</x:v>
+      </x:c>
+      <x:c r="E117" s="0">
+        <x:v>36.172</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="118" spans="1:5">
+      <x:c r="A118" s="1">
+        <x:v>45835.8364699074</x:v>
+      </x:c>
+      <x:c r="B118" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C118" s="0">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="D118" s="0">
+        <x:v>38.734</x:v>
+      </x:c>
+      <x:c r="E118" s="0">
+        <x:v>36.37</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="119" spans="1:5">
+      <x:c r="A119" s="1">
         <x:v>45834.841712963</x:v>
       </x:c>
-      <x:c r="B90" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C90" s="0">
+      <x:c r="B119" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C119" s="0">
         <x:v>5.86</x:v>
       </x:c>
-      <x:c r="D90" s="0">
+      <x:c r="D119" s="0">
         <x:v>39.324</x:v>
       </x:c>
-      <x:c r="E90" s="0">
+      <x:c r="E119" s="0">
         <x:v>36.924</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>