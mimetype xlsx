--- v0 (2025-10-08)
+++ v1 (2025-11-01)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3a7bb4ea39d343aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d57e5470c4174fc49f774d3290a5e01e.psmdcp" Id="Raa94745a89dc49e8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rba05aa96248440d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f7dffaa696d74fe8befd46ba48680303.psmdcp" Id="R5302af5f06cb454c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>DE000BB3T4V4</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -390,1372 +390,1695 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E78"/>
+  <x:dimension ref="A1:E97"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>45937.9282291667</x:v>
+        <x:v>45961.8818981481</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
-        <x:v>4.46</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>652.468</x:v>
+        <x:v>593.24</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>713.08</x:v>
+        <x:v>648.35</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>45936.9241319444</x:v>
+        <x:v>45960.8841435185</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
-        <x:v>4.64</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>654.829</x:v>
+        <x:v>609.82</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>715.66</x:v>
+        <x:v>666.47</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>45933.9288425926</x:v>
+        <x:v>45960.6041782407</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
-        <x:v>4.35</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>650.162</x:v>
+        <x:v>619.344</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>710.56</x:v>
+        <x:v>676.879</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>45932.9250925926</x:v>
+        <x:v>45960.6041782407</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
-        <x:v>5.64</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>665.251</x:v>
+        <x:v>619.344</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>727.05</x:v>
+        <x:v>751.67</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>45931.9294097222</x:v>
+        <x:v>45959.8897916667</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
-        <x:v>4.98</x:v>
+        <x:v>6.13</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>656.366</x:v>
+        <x:v>687.778</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>717.34</x:v>
+        <x:v>751.67</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>45930.933900463</x:v>
+        <x:v>45958.8875115741</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
-        <x:v>6.5</x:v>
+        <x:v>6.13</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>671.958</x:v>
+        <x:v>687.568</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>734.38</x:v>
+        <x:v>751.44</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>45929.9324074074</x:v>
+        <x:v>45957.8875578704</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
-        <x:v>7.41</x:v>
+        <x:v>6.09</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>680.211</x:v>
+        <x:v>687</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>743.4</x:v>
+        <x:v>750.82</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>45926.9298611111</x:v>
+        <x:v>45954.9259259259</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
-        <x:v>7.49</x:v>
+        <x:v>5.23</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>680.531</x:v>
+        <x:v>675.599</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>743.75</x:v>
+        <x:v>738.36</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>45925.9294444444</x:v>
+        <x:v>45953.9278009259</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
-        <x:v>8.06</x:v>
+        <x:v>4.95</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>685.253</x:v>
+        <x:v>671.61</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>748.91</x:v>
+        <x:v>734</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>45924.9296527778</x:v>
+        <x:v>45952.9303703704</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C12" s="0">
-        <x:v>9.55</x:v>
+        <x:v>4.92</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>696.004</x:v>
+        <x:v>671.07</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>760.66</x:v>
+        <x:v>733.41</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>45923.9251967593</x:v>
+        <x:v>45951.9269444444</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0">
-        <x:v>8.94</x:v>
+        <x:v>4.92</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>691.191</x:v>
+        <x:v>670.942</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>755.4</x:v>
+        <x:v>733.27</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>45922.926712963</x:v>
+        <x:v>45950.9289814815</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C14" s="0">
-        <x:v>10.27</x:v>
+        <x:v>4.86</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>699.754</x:v>
+        <x:v>669.936</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>765.16</x:v>
+        <x:v>732.17</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>45922.3338888889</x:v>
+        <x:v>45947.9299768519</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
-        <x:v>11.99</x:v>
+        <x:v>4.02</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>711.85</x:v>
+        <x:v>655.977</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>778.38</x:v>
+        <x:v>716.915</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>45919.9342592593</x:v>
+        <x:v>45946.9262037037</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C16" s="0">
-        <x:v>12.39</x:v>
+        <x:v>3.77</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>712.218</x:v>
+        <x:v>651.544</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>778.38</x:v>
+        <x:v>712.07</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>45918.9265393519</x:v>
+        <x:v>45945.9257175926</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C17" s="0">
-        <x:v>12.71</x:v>
+        <x:v>4.09</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>713.929</x:v>
+        <x:v>656.558</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>780.25</x:v>
+        <x:v>717.55</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>45917.9270486111</x:v>
+        <x:v>45944.9308101852</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="0">
-        <x:v>12.03</x:v>
+        <x:v>3.64</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>709.779</x:v>
+        <x:v>648.415</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>775.715</x:v>
+        <x:v>708.65</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>45916.9258912037</x:v>
+        <x:v>45943.926724537</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C19" s="0">
-        <x:v>12.59</x:v>
+        <x:v>4.05</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>712.785</x:v>
+        <x:v>654.866</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>779</x:v>
+        <x:v>715.7</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
-        <x:v>45915.9270949074</x:v>
+        <x:v>45940.9235069444</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C20" s="0">
-        <x:v>10.62</x:v>
+        <x:v>3.55</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>699.7</x:v>
+        <x:v>645.35</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>764.7</x:v>
+        <x:v>705.3</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="1">
-        <x:v>45912.9234375</x:v>
+        <x:v>45938.9270833333</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C21" s="0">
-        <x:v>9.53</x:v>
+        <x:v>4.75</x:v>
       </x:c>
       <x:c r="D21" s="0">
-        <x:v>691.365</x:v>
+        <x:v>656.824</x:v>
       </x:c>
       <x:c r="E21" s="0">
-        <x:v>755.59</x:v>
+        <x:v>717.84</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="1">
-        <x:v>45911.9251388889</x:v>
+        <x:v>45937.9282291667</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C22" s="0">
-        <x:v>8.99</x:v>
+        <x:v>4.46</x:v>
       </x:c>
       <x:c r="D22" s="0">
-        <x:v>687.074</x:v>
+        <x:v>652.468</x:v>
       </x:c>
       <x:c r="E22" s="0">
-        <x:v>750.9</x:v>
+        <x:v>713.08</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="1">
-        <x:v>45910.9239930556</x:v>
+        <x:v>45936.9241319444</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C23" s="0">
-        <x:v>9.14</x:v>
+        <x:v>4.64</x:v>
       </x:c>
       <x:c r="D23" s="0">
-        <x:v>688.062</x:v>
+        <x:v>654.829</x:v>
       </x:c>
       <x:c r="E23" s="0">
-        <x:v>751.98</x:v>
+        <x:v>715.66</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="1">
-        <x:v>45909.9244907407</x:v>
+        <x:v>45933.9288425926</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C24" s="0">
-        <x:v>11.16</x:v>
+        <x:v>4.35</x:v>
       </x:c>
       <x:c r="D24" s="0">
-        <x:v>700.616</x:v>
+        <x:v>650.162</x:v>
       </x:c>
       <x:c r="E24" s="0">
-        <x:v>765.7</x:v>
+        <x:v>710.56</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="1">
-        <x:v>45908.9240393518</x:v>
+        <x:v>45932.9250925926</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C25" s="0">
-        <x:v>9.48</x:v>
+        <x:v>5.64</x:v>
       </x:c>
       <x:c r="D25" s="0">
-        <x:v>688.354</x:v>
+        <x:v>665.251</x:v>
       </x:c>
       <x:c r="E25" s="0">
-        <x:v>752.3</x:v>
+        <x:v>727.05</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="1">
-        <x:v>45905.9285763889</x:v>
+        <x:v>45931.9294097222</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C26" s="0">
-        <x:v>9.56</x:v>
+        <x:v>4.98</x:v>
       </x:c>
       <x:c r="D26" s="0">
-        <x:v>688.492</x:v>
+        <x:v>656.366</x:v>
       </x:c>
       <x:c r="E26" s="0">
-        <x:v>752.45</x:v>
+        <x:v>717.34</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="1">
-        <x:v>45904.9245138889</x:v>
+        <x:v>45930.933900463</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C27" s="0">
-        <x:v>9.11</x:v>
+        <x:v>6.5</x:v>
       </x:c>
       <x:c r="D27" s="0">
-        <x:v>685.015</x:v>
+        <x:v>671.958</x:v>
       </x:c>
       <x:c r="E27" s="0">
-        <x:v>748.65</x:v>
+        <x:v>734.38</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="1">
-        <x:v>45903.923587963</x:v>
+        <x:v>45929.9324074074</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C28" s="0">
-        <x:v>7.89</x:v>
+        <x:v>7.41</x:v>
       </x:c>
       <x:c r="D28" s="0">
-        <x:v>674.401</x:v>
+        <x:v>680.211</x:v>
       </x:c>
       <x:c r="E28" s="0">
-        <x:v>737.05</x:v>
+        <x:v>743.4</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="1">
-        <x:v>45902.9238773148</x:v>
+        <x:v>45926.9298611111</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C29" s="0">
-        <x:v>7.7</x:v>
+        <x:v>7.49</x:v>
       </x:c>
       <x:c r="D29" s="0">
-        <x:v>672.626</x:v>
+        <x:v>680.531</x:v>
       </x:c>
       <x:c r="E29" s="0">
-        <x:v>735.11</x:v>
+        <x:v>743.75</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="1">
-        <x:v>45898.9303587963</x:v>
+        <x:v>45925.9294444444</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C30" s="0">
-        <x:v>8.16</x:v>
+        <x:v>8.06</x:v>
       </x:c>
       <x:c r="D30" s="0">
-        <x:v>675.91</x:v>
+        <x:v>685.253</x:v>
       </x:c>
       <x:c r="E30" s="0">
-        <x:v>738.7</x:v>
+        <x:v>748.91</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="1">
-        <x:v>45897.9274189815</x:v>
+        <x:v>45924.9296527778</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C31" s="0">
-        <x:v>9.8</x:v>
+        <x:v>9.55</x:v>
       </x:c>
       <x:c r="D31" s="0">
-        <x:v>687.266</x:v>
+        <x:v>696.004</x:v>
       </x:c>
       <x:c r="E31" s="0">
-        <x:v>751.11</x:v>
+        <x:v>760.66</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="1">
-        <x:v>45896.9248032407</x:v>
+        <x:v>45923.9251967593</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C32" s="0">
-        <x:v>9.35</x:v>
+        <x:v>8.94</x:v>
       </x:c>
       <x:c r="D32" s="0">
-        <x:v>683.853</x:v>
+        <x:v>691.191</x:v>
       </x:c>
       <x:c r="E32" s="0">
-        <x:v>747.38</x:v>
+        <x:v>755.4</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="1">
-        <x:v>45895.9239351852</x:v>
+        <x:v>45922.926712963</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C33" s="0">
-        <x:v>10.29</x:v>
+        <x:v>10.27</x:v>
       </x:c>
       <x:c r="D33" s="0">
-        <x:v>690.002</x:v>
+        <x:v>699.754</x:v>
       </x:c>
       <x:c r="E33" s="0">
-        <x:v>754.1</x:v>
+        <x:v>765.16</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="1">
-        <x:v>45894.9239583333</x:v>
+        <x:v>45922.3338888889</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C34" s="0">
-        <x:v>10.2</x:v>
+        <x:v>11.99</x:v>
       </x:c>
       <x:c r="D34" s="0">
-        <x:v>689.27</x:v>
+        <x:v>711.85</x:v>
       </x:c>
       <x:c r="E34" s="0">
-        <x:v>753.3</x:v>
+        <x:v>778.38</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="1">
-        <x:v>45891.9252314815</x:v>
+        <x:v>45919.9342592593</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C35" s="0">
-        <x:v>10.47</x:v>
+        <x:v>12.39</x:v>
       </x:c>
       <x:c r="D35" s="0">
-        <x:v>690.633</x:v>
+        <x:v>712.218</x:v>
       </x:c>
       <x:c r="E35" s="0">
-        <x:v>754.79</x:v>
+        <x:v>778.38</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="1">
-        <x:v>45890.9256481481</x:v>
+        <x:v>45918.9265393519</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C36" s="0">
-        <x:v>8.65</x:v>
+        <x:v>12.71</x:v>
       </x:c>
       <x:c r="D36" s="0">
-        <x:v>676.276</x:v>
+        <x:v>713.929</x:v>
       </x:c>
       <x:c r="E36" s="0">
-        <x:v>739.1</x:v>
+        <x:v>780.25</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="1">
-        <x:v>45889.9243402778</x:v>
+        <x:v>45917.9270486111</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C37" s="0">
-        <x:v>9.79</x:v>
+        <x:v>12.03</x:v>
       </x:c>
       <x:c r="D37" s="0">
-        <x:v>684.164</x:v>
+        <x:v>709.779</x:v>
       </x:c>
       <x:c r="E37" s="0">
-        <x:v>747.72</x:v>
+        <x:v>775.715</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="1">
-        <x:v>45888.9238425926</x:v>
+        <x:v>45916.9258912037</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C38" s="0">
-        <x:v>10.33</x:v>
+        <x:v>12.59</x:v>
       </x:c>
       <x:c r="D38" s="0">
-        <x:v>687.604</x:v>
+        <x:v>712.785</x:v>
       </x:c>
       <x:c r="E38" s="0">
-        <x:v>751.48</x:v>
+        <x:v>779</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="1">
-        <x:v>45887.9245601852</x:v>
+        <x:v>45915.9270949074</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C39" s="0">
-        <x:v>13.06</x:v>
+        <x:v>10.62</x:v>
       </x:c>
       <x:c r="D39" s="0">
-        <x:v>702.144</x:v>
+        <x:v>699.7</x:v>
       </x:c>
       <x:c r="E39" s="0">
-        <x:v>767.37</x:v>
+        <x:v>764.7</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="1">
-        <x:v>45884.9247106481</x:v>
+        <x:v>45912.9234375</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C40" s="0">
-        <x:v>17.03</x:v>
+        <x:v>9.53</x:v>
       </x:c>
       <x:c r="D40" s="0">
-        <x:v>718.486</x:v>
+        <x:v>691.365</x:v>
       </x:c>
       <x:c r="E40" s="0">
-        <x:v>785.23</x:v>
+        <x:v>755.59</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="1">
-        <x:v>45883.9240625</x:v>
+        <x:v>45911.9251388889</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C41" s="0">
-        <x:v>16.41</x:v>
+        <x:v>8.99</x:v>
       </x:c>
       <x:c r="D41" s="0">
-        <x:v>715.649</x:v>
+        <x:v>687.074</x:v>
       </x:c>
       <x:c r="E41" s="0">
-        <x:v>782.13</x:v>
+        <x:v>750.9</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="1">
-        <x:v>45882.9239467593</x:v>
+        <x:v>45910.9239930556</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C42" s="0">
-        <x:v>16.02</x:v>
+        <x:v>9.14</x:v>
       </x:c>
       <x:c r="D42" s="0">
-        <x:v>713.773</x:v>
+        <x:v>688.062</x:v>
       </x:c>
       <x:c r="E42" s="0">
-        <x:v>780.08</x:v>
+        <x:v>751.98</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="1">
-        <x:v>45881.9233449074</x:v>
+        <x:v>45909.9244907407</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C43" s="0">
-        <x:v>18.37</x:v>
+        <x:v>11.16</x:v>
       </x:c>
       <x:c r="D43" s="0">
-        <x:v>722.85</x:v>
+        <x:v>700.616</x:v>
       </x:c>
       <x:c r="E43" s="0">
-        <x:v>790</x:v>
+        <x:v>765.7</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="1">
-        <x:v>45880.923587963</x:v>
+        <x:v>45908.9240393518</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C44" s="0">
-        <x:v>13.99</x:v>
+        <x:v>9.48</x:v>
       </x:c>
       <x:c r="D44" s="0">
-        <x:v>700.771</x:v>
+        <x:v>688.354</x:v>
       </x:c>
       <x:c r="E44" s="0">
-        <x:v>765.87</x:v>
+        <x:v>752.3</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="1">
-        <x:v>45877.9331597222</x:v>
+        <x:v>45905.9285763889</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C45" s="0">
-        <x:v>14.73</x:v>
+        <x:v>9.56</x:v>
       </x:c>
       <x:c r="D45" s="0">
-        <x:v>703.91</x:v>
+        <x:v>688.492</x:v>
       </x:c>
       <x:c r="E45" s="0">
-        <x:v>769.3</x:v>
+        <x:v>752.45</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="1">
-        <x:v>45876.9384490741</x:v>
+        <x:v>45904.9245138889</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C46" s="0">
-        <x:v>13.44</x:v>
+        <x:v>9.11</x:v>
       </x:c>
       <x:c r="D46" s="0">
-        <x:v>697.074</x:v>
+        <x:v>685.015</x:v>
       </x:c>
       <x:c r="E46" s="0">
-        <x:v>761.83</x:v>
+        <x:v>748.65</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="1">
-        <x:v>45875.9344560185</x:v>
+        <x:v>45903.923587963</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C47" s="0">
-        <x:v>15.51</x:v>
+        <x:v>7.89</x:v>
       </x:c>
       <x:c r="D47" s="0">
-        <x:v>706.371</x:v>
+        <x:v>674.401</x:v>
       </x:c>
       <x:c r="E47" s="0">
-        <x:v>771.99</x:v>
+        <x:v>737.05</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5">
       <x:c r="A48" s="1">
-        <x:v>45874.9325694444</x:v>
+        <x:v>45902.9238773148</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C48" s="0">
-        <x:v>13.97</x:v>
+        <x:v>7.7</x:v>
       </x:c>
       <x:c r="D48" s="0">
-        <x:v>698.566</x:v>
+        <x:v>672.626</x:v>
       </x:c>
       <x:c r="E48" s="0">
-        <x:v>763.46</x:v>
+        <x:v>735.11</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
       <x:c r="A49" s="1">
-        <x:v>45873.9313425926</x:v>
+        <x:v>45898.9303587963</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C49" s="0">
-        <x:v>16.8</x:v>
+        <x:v>8.16</x:v>
       </x:c>
       <x:c r="D49" s="0">
-        <x:v>710.379</x:v>
+        <x:v>675.91</x:v>
       </x:c>
       <x:c r="E49" s="0">
-        <x:v>776.37</x:v>
+        <x:v>738.7</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5">
       <x:c r="A50" s="1">
-        <x:v>45870.9273842593</x:v>
+        <x:v>45897.9274189815</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C50" s="0">
-        <x:v>12.48</x:v>
+        <x:v>9.8</x:v>
       </x:c>
       <x:c r="D50" s="0">
-        <x:v>686.259</x:v>
+        <x:v>687.266</x:v>
       </x:c>
       <x:c r="E50" s="0">
-        <x:v>750.01</x:v>
+        <x:v>751.11</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5">
       <x:c r="A51" s="1">
-        <x:v>45869.9244212963</x:v>
+        <x:v>45896.9248032407</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C51" s="0">
-        <x:v>17.96</x:v>
+        <x:v>9.35</x:v>
       </x:c>
       <x:c r="D51" s="0">
-        <x:v>707.698</x:v>
+        <x:v>683.853</x:v>
       </x:c>
       <x:c r="E51" s="0">
-        <x:v>773.44</x:v>
+        <x:v>747.38</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5">
       <x:c r="A52" s="1">
-        <x:v>45868.9255092593</x:v>
+        <x:v>45895.9239351852</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C52" s="0">
-        <x:v>8.48</x:v>
+        <x:v>10.29</x:v>
       </x:c>
       <x:c r="D52" s="0">
-        <x:v>636.117</x:v>
+        <x:v>690.002</x:v>
       </x:c>
       <x:c r="E52" s="0">
-        <x:v>695.21</x:v>
+        <x:v>754.1</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5">
       <x:c r="A53" s="1">
-        <x:v>45867.9289467593</x:v>
+        <x:v>45894.9239583333</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C53" s="0">
-        <x:v>9.12</x:v>
+        <x:v>10.2</x:v>
       </x:c>
       <x:c r="D53" s="0">
-        <x:v>640.5</x:v>
+        <x:v>689.27</x:v>
       </x:c>
       <x:c r="E53" s="0">
-        <x:v>700</x:v>
+        <x:v>753.3</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5">
       <x:c r="A54" s="1">
-        <x:v>45866.9278125</x:v>
+        <x:v>45891.9252314815</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C54" s="0">
-        <x:v>12.12</x:v>
+        <x:v>10.47</x:v>
       </x:c>
       <x:c r="D54" s="0">
-        <x:v>656.632</x:v>
+        <x:v>690.633</x:v>
       </x:c>
       <x:c r="E54" s="0">
-        <x:v>717.63</x:v>
+        <x:v>754.79</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5">
       <x:c r="A55" s="1">
-        <x:v>45863.926875</x:v>
+        <x:v>45890.9256481481</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C55" s="0">
-        <x:v>11.4</x:v>
+        <x:v>8.65</x:v>
       </x:c>
       <x:c r="D55" s="0">
-        <x:v>652.102</x:v>
+        <x:v>676.276</x:v>
       </x:c>
       <x:c r="E55" s="0">
-        <x:v>712.68</x:v>
+        <x:v>739.1</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5">
       <x:c r="A56" s="1">
-        <x:v>45862.9245949074</x:v>
+        <x:v>45889.9243402778</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C56" s="0">
-        <x:v>11.77</x:v>
+        <x:v>9.79</x:v>
       </x:c>
       <x:c r="D56" s="0">
-        <x:v>654.042</x:v>
+        <x:v>684.164</x:v>
       </x:c>
       <x:c r="E56" s="0">
-        <x:v>714.8</x:v>
+        <x:v>747.72</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:5">
       <x:c r="A57" s="1">
-        <x:v>45861.926412037</x:v>
+        <x:v>45888.9238425926</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C57" s="0">
-        <x:v>11.6</x:v>
+        <x:v>10.33</x:v>
       </x:c>
       <x:c r="D57" s="0">
-        <x:v>652.926</x:v>
+        <x:v>687.604</x:v>
       </x:c>
       <x:c r="E57" s="0">
-        <x:v>713.58</x:v>
+        <x:v>751.48</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:5">
       <x:c r="A58" s="1">
-        <x:v>45860.9260763889</x:v>
+        <x:v>45887.9245601852</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C58" s="0">
-        <x:v>10.33</x:v>
+        <x:v>13.06</x:v>
       </x:c>
       <x:c r="D58" s="0">
-        <x:v>644.901</x:v>
+        <x:v>702.144</x:v>
       </x:c>
       <x:c r="E58" s="0">
-        <x:v>704.81</x:v>
+        <x:v>767.37</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:5">
       <x:c r="A59" s="1">
-        <x:v>45859.9273148148</x:v>
+        <x:v>45884.9247106481</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C59" s="0">
-        <x:v>11.69</x:v>
+        <x:v>17.03</x:v>
       </x:c>
       <x:c r="D59" s="0">
-        <x:v>652.363</x:v>
+        <x:v>718.486</x:v>
       </x:c>
       <x:c r="E59" s="0">
-        <x:v>712.965</x:v>
+        <x:v>785.23</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:5">
       <x:c r="A60" s="1">
-        <x:v>45856.949212963</x:v>
+        <x:v>45883.9240625</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C60" s="0">
-        <x:v>10.46</x:v>
+        <x:v>16.41</x:v>
       </x:c>
       <x:c r="D60" s="0">
-        <x:v>644.416</x:v>
+        <x:v>715.649</x:v>
       </x:c>
       <x:c r="E60" s="0">
-        <x:v>704.28</x:v>
+        <x:v>782.13</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:5">
       <x:c r="A61" s="1">
-        <x:v>45855.9327314815</x:v>
+        <x:v>45882.9239467593</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C61" s="0">
-        <x:v>10.07</x:v>
+        <x:v>16.02</x:v>
       </x:c>
       <x:c r="D61" s="0">
-        <x:v>641.79</x:v>
+        <x:v>713.773</x:v>
       </x:c>
       <x:c r="E61" s="0">
-        <x:v>701.41</x:v>
+        <x:v>780.08</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:5">
       <x:c r="A62" s="1">
-        <x:v>45854.9359490741</x:v>
+        <x:v>45881.9233449074</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C62" s="0">
-        <x:v>10.31</x:v>
+        <x:v>18.37</x:v>
       </x:c>
       <x:c r="D62" s="0">
-        <x:v>643.163</x:v>
+        <x:v>722.85</x:v>
       </x:c>
       <x:c r="E62" s="0">
-        <x:v>702.91</x:v>
+        <x:v>790</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:5">
       <x:c r="A63" s="1">
-        <x:v>45853.9275694444</x:v>
+        <x:v>45880.923587963</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C63" s="0">
-        <x:v>11.54</x:v>
+        <x:v>13.99</x:v>
       </x:c>
       <x:c r="D63" s="0">
-        <x:v>650.007</x:v>
+        <x:v>700.771</x:v>
       </x:c>
       <x:c r="E63" s="0">
-        <x:v>710.39</x:v>
+        <x:v>765.87</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:5">
       <x:c r="A64" s="1">
-        <x:v>45852.9328587963</x:v>
+        <x:v>45877.9331597222</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C64" s="0">
-        <x:v>13.55</x:v>
+        <x:v>14.73</x:v>
       </x:c>
       <x:c r="D64" s="0">
-        <x:v>659.642</x:v>
+        <x:v>703.91</x:v>
       </x:c>
       <x:c r="E64" s="0">
-        <x:v>720.92</x:v>
+        <x:v>769.3</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:5">
       <x:c r="A65" s="1">
-        <x:v>45849.9249768518</x:v>
+        <x:v>45876.9384490741</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C65" s="0">
-        <x:v>13.01</x:v>
+        <x:v>13.44</x:v>
       </x:c>
       <x:c r="D65" s="0">
-        <x:v>656.522</x:v>
+        <x:v>697.074</x:v>
       </x:c>
       <x:c r="E65" s="0">
-        <x:v>717.51</x:v>
+        <x:v>761.83</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:5">
       <x:c r="A66" s="1">
-        <x:v>45848.9261342593</x:v>
+        <x:v>45875.9344560185</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C66" s="0">
-        <x:v>15.05</x:v>
+        <x:v>15.51</x:v>
       </x:c>
       <x:c r="D66" s="0">
-        <x:v>665.425</x:v>
+        <x:v>706.371</x:v>
       </x:c>
       <x:c r="E66" s="0">
-        <x:v>727.24</x:v>
+        <x:v>771.99</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:5">
       <x:c r="A67" s="1">
-        <x:v>45847.925787037</x:v>
+        <x:v>45874.9325694444</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C67" s="0">
-        <x:v>16.31</x:v>
+        <x:v>13.97</x:v>
       </x:c>
       <x:c r="D67" s="0">
-        <x:v>670.494</x:v>
+        <x:v>698.566</x:v>
       </x:c>
       <x:c r="E67" s="0">
-        <x:v>732.78</x:v>
+        <x:v>763.46</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:5">
       <x:c r="A68" s="1">
-        <x:v>45846.9248611111</x:v>
+        <x:v>45873.9313425926</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C68" s="0">
-        <x:v>13.99</x:v>
+        <x:v>16.8</x:v>
       </x:c>
       <x:c r="D68" s="0">
-        <x:v>659.413</x:v>
+        <x:v>710.379</x:v>
       </x:c>
       <x:c r="E68" s="0">
-        <x:v>720.67</x:v>
+        <x:v>776.37</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:5">
       <x:c r="A69" s="1">
-        <x:v>45845.9274884259</x:v>
+        <x:v>45870.9273842593</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C69" s="0">
-        <x:v>13.58</x:v>
+        <x:v>12.48</x:v>
       </x:c>
       <x:c r="D69" s="0">
-        <x:v>657.29</x:v>
+        <x:v>686.259</x:v>
       </x:c>
       <x:c r="E69" s="0">
-        <x:v>718.35</x:v>
+        <x:v>750.01</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:5">
       <x:c r="A70" s="1">
-        <x:v>45841.8023263889</x:v>
+        <x:v>45869.9244212963</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C70" s="0">
-        <x:v>13.81</x:v>
+        <x:v>17.96</x:v>
       </x:c>
       <x:c r="D70" s="0">
-        <x:v>657.894</x:v>
+        <x:v>707.698</x:v>
       </x:c>
       <x:c r="E70" s="0">
-        <x:v>719.01</x:v>
+        <x:v>773.44</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:5">
       <x:c r="A71" s="1">
-        <x:v>45840.9303703704</x:v>
+        <x:v>45868.9255092593</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C71" s="0">
-        <x:v>12.85</x:v>
+        <x:v>8.48</x:v>
       </x:c>
       <x:c r="D71" s="0">
-        <x:v>652.917</x:v>
+        <x:v>636.117</x:v>
       </x:c>
       <x:c r="E71" s="0">
-        <x:v>713.57</x:v>
+        <x:v>695.21</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:5">
       <x:c r="A72" s="1">
-        <x:v>45839.9249421296</x:v>
+        <x:v>45867.9289467593</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C72" s="0">
-        <x:v>13.98</x:v>
+        <x:v>9.12</x:v>
       </x:c>
       <x:c r="D72" s="0">
-        <x:v>658.086</x:v>
+        <x:v>640.5</x:v>
       </x:c>
       <x:c r="E72" s="0">
-        <x:v>719.22</x:v>
+        <x:v>700</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:5">
       <x:c r="A73" s="1">
-        <x:v>45838.9258217593</x:v>
+        <x:v>45866.9278125</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C73" s="0">
-        <x:v>18.83</x:v>
+        <x:v>12.12</x:v>
       </x:c>
       <x:c r="D73" s="0">
-        <x:v>675.352</x:v>
+        <x:v>656.632</x:v>
       </x:c>
       <x:c r="E73" s="0">
-        <x:v>738.09</x:v>
+        <x:v>717.63</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:5">
       <x:c r="A74" s="1">
-        <x:v>45835.9282291667</x:v>
+        <x:v>45863.926875</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C74" s="0">
-        <x:v>17.85</x:v>
+        <x:v>11.4</x:v>
       </x:c>
       <x:c r="D74" s="0">
-        <x:v>671.272</x:v>
+        <x:v>652.102</x:v>
       </x:c>
       <x:c r="E74" s="0">
-        <x:v>733.63</x:v>
+        <x:v>712.68</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:5">
       <x:c r="A75" s="1">
-        <x:v>45834.9274189815</x:v>
+        <x:v>45862.9245949074</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C75" s="0">
-        <x:v>16.2</x:v>
+        <x:v>11.77</x:v>
       </x:c>
       <x:c r="D75" s="0">
-        <x:v>664.372</x:v>
+        <x:v>654.042</x:v>
       </x:c>
       <x:c r="E75" s="0">
-        <x:v>726.09</x:v>
+        <x:v>714.8</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:5">
       <x:c r="A76" s="1">
-        <x:v>45833.9268171296</x:v>
+        <x:v>45861.926412037</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C76" s="0">
-        <x:v>13.02</x:v>
+        <x:v>11.6</x:v>
       </x:c>
       <x:c r="D76" s="0">
-        <x:v>648.442</x:v>
+        <x:v>652.926</x:v>
       </x:c>
       <x:c r="E76" s="0">
-        <x:v>708.68</x:v>
+        <x:v>713.58</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:5">
       <x:c r="A77" s="1">
-        <x:v>45832.9265393519</x:v>
+        <x:v>45860.9260763889</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C77" s="0">
-        <x:v>13.73</x:v>
+        <x:v>10.33</x:v>
       </x:c>
       <x:c r="D77" s="0">
-        <x:v>651.663</x:v>
+        <x:v>644.901</x:v>
       </x:c>
       <x:c r="E77" s="0">
-        <x:v>712.2</x:v>
+        <x:v>704.81</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:5">
       <x:c r="A78" s="1">
+        <x:v>45859.9273148148</x:v>
+      </x:c>
+      <x:c r="B78" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C78" s="0">
+        <x:v>11.69</x:v>
+      </x:c>
+      <x:c r="D78" s="0">
+        <x:v>652.363</x:v>
+      </x:c>
+      <x:c r="E78" s="0">
+        <x:v>712.965</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="79" spans="1:5">
+      <x:c r="A79" s="1">
+        <x:v>45856.949212963</x:v>
+      </x:c>
+      <x:c r="B79" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C79" s="0">
+        <x:v>10.46</x:v>
+      </x:c>
+      <x:c r="D79" s="0">
+        <x:v>644.416</x:v>
+      </x:c>
+      <x:c r="E79" s="0">
+        <x:v>704.28</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="80" spans="1:5">
+      <x:c r="A80" s="1">
+        <x:v>45855.9327314815</x:v>
+      </x:c>
+      <x:c r="B80" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C80" s="0">
+        <x:v>10.07</x:v>
+      </x:c>
+      <x:c r="D80" s="0">
+        <x:v>641.79</x:v>
+      </x:c>
+      <x:c r="E80" s="0">
+        <x:v>701.41</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="81" spans="1:5">
+      <x:c r="A81" s="1">
+        <x:v>45854.9359490741</x:v>
+      </x:c>
+      <x:c r="B81" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C81" s="0">
+        <x:v>10.31</x:v>
+      </x:c>
+      <x:c r="D81" s="0">
+        <x:v>643.163</x:v>
+      </x:c>
+      <x:c r="E81" s="0">
+        <x:v>702.91</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="82" spans="1:5">
+      <x:c r="A82" s="1">
+        <x:v>45853.9275694444</x:v>
+      </x:c>
+      <x:c r="B82" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C82" s="0">
+        <x:v>11.54</x:v>
+      </x:c>
+      <x:c r="D82" s="0">
+        <x:v>650.007</x:v>
+      </x:c>
+      <x:c r="E82" s="0">
+        <x:v>710.39</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="83" spans="1:5">
+      <x:c r="A83" s="1">
+        <x:v>45852.9328587963</x:v>
+      </x:c>
+      <x:c r="B83" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C83" s="0">
+        <x:v>13.55</x:v>
+      </x:c>
+      <x:c r="D83" s="0">
+        <x:v>659.642</x:v>
+      </x:c>
+      <x:c r="E83" s="0">
+        <x:v>720.92</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="84" spans="1:5">
+      <x:c r="A84" s="1">
+        <x:v>45849.9249768518</x:v>
+      </x:c>
+      <x:c r="B84" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C84" s="0">
+        <x:v>13.01</x:v>
+      </x:c>
+      <x:c r="D84" s="0">
+        <x:v>656.522</x:v>
+      </x:c>
+      <x:c r="E84" s="0">
+        <x:v>717.51</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="85" spans="1:5">
+      <x:c r="A85" s="1">
+        <x:v>45848.9261342593</x:v>
+      </x:c>
+      <x:c r="B85" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C85" s="0">
+        <x:v>15.05</x:v>
+      </x:c>
+      <x:c r="D85" s="0">
+        <x:v>665.425</x:v>
+      </x:c>
+      <x:c r="E85" s="0">
+        <x:v>727.24</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="86" spans="1:5">
+      <x:c r="A86" s="1">
+        <x:v>45847.925787037</x:v>
+      </x:c>
+      <x:c r="B86" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C86" s="0">
+        <x:v>16.31</x:v>
+      </x:c>
+      <x:c r="D86" s="0">
+        <x:v>670.494</x:v>
+      </x:c>
+      <x:c r="E86" s="0">
+        <x:v>732.78</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="87" spans="1:5">
+      <x:c r="A87" s="1">
+        <x:v>45846.9248611111</x:v>
+      </x:c>
+      <x:c r="B87" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C87" s="0">
+        <x:v>13.99</x:v>
+      </x:c>
+      <x:c r="D87" s="0">
+        <x:v>659.413</x:v>
+      </x:c>
+      <x:c r="E87" s="0">
+        <x:v>720.67</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="88" spans="1:5">
+      <x:c r="A88" s="1">
+        <x:v>45845.9274884259</x:v>
+      </x:c>
+      <x:c r="B88" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C88" s="0">
+        <x:v>13.58</x:v>
+      </x:c>
+      <x:c r="D88" s="0">
+        <x:v>657.29</x:v>
+      </x:c>
+      <x:c r="E88" s="0">
+        <x:v>718.35</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="89" spans="1:5">
+      <x:c r="A89" s="1">
+        <x:v>45841.8023263889</x:v>
+      </x:c>
+      <x:c r="B89" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C89" s="0">
+        <x:v>13.81</x:v>
+      </x:c>
+      <x:c r="D89" s="0">
+        <x:v>657.894</x:v>
+      </x:c>
+      <x:c r="E89" s="0">
+        <x:v>719.01</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="90" spans="1:5">
+      <x:c r="A90" s="1">
+        <x:v>45840.9303703704</x:v>
+      </x:c>
+      <x:c r="B90" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C90" s="0">
+        <x:v>12.85</x:v>
+      </x:c>
+      <x:c r="D90" s="0">
+        <x:v>652.917</x:v>
+      </x:c>
+      <x:c r="E90" s="0">
+        <x:v>713.57</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="91" spans="1:5">
+      <x:c r="A91" s="1">
+        <x:v>45839.9249421296</x:v>
+      </x:c>
+      <x:c r="B91" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C91" s="0">
+        <x:v>13.98</x:v>
+      </x:c>
+      <x:c r="D91" s="0">
+        <x:v>658.086</x:v>
+      </x:c>
+      <x:c r="E91" s="0">
+        <x:v>719.22</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="92" spans="1:5">
+      <x:c r="A92" s="1">
+        <x:v>45838.9258217593</x:v>
+      </x:c>
+      <x:c r="B92" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C92" s="0">
+        <x:v>18.83</x:v>
+      </x:c>
+      <x:c r="D92" s="0">
+        <x:v>675.352</x:v>
+      </x:c>
+      <x:c r="E92" s="0">
+        <x:v>738.09</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="93" spans="1:5">
+      <x:c r="A93" s="1">
+        <x:v>45835.9282291667</x:v>
+      </x:c>
+      <x:c r="B93" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C93" s="0">
+        <x:v>17.85</x:v>
+      </x:c>
+      <x:c r="D93" s="0">
+        <x:v>671.272</x:v>
+      </x:c>
+      <x:c r="E93" s="0">
+        <x:v>733.63</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="94" spans="1:5">
+      <x:c r="A94" s="1">
+        <x:v>45834.9274189815</x:v>
+      </x:c>
+      <x:c r="B94" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C94" s="0">
+        <x:v>16.2</x:v>
+      </x:c>
+      <x:c r="D94" s="0">
+        <x:v>664.372</x:v>
+      </x:c>
+      <x:c r="E94" s="0">
+        <x:v>726.09</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="95" spans="1:5">
+      <x:c r="A95" s="1">
+        <x:v>45833.9268171296</x:v>
+      </x:c>
+      <x:c r="B95" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C95" s="0">
+        <x:v>13.02</x:v>
+      </x:c>
+      <x:c r="D95" s="0">
+        <x:v>648.442</x:v>
+      </x:c>
+      <x:c r="E95" s="0">
+        <x:v>708.68</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="96" spans="1:5">
+      <x:c r="A96" s="1">
+        <x:v>45832.9265393519</x:v>
+      </x:c>
+      <x:c r="B96" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C96" s="0">
+        <x:v>13.73</x:v>
+      </x:c>
+      <x:c r="D96" s="0">
+        <x:v>651.663</x:v>
+      </x:c>
+      <x:c r="E96" s="0">
+        <x:v>712.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="97" spans="1:5">
+      <x:c r="A97" s="1">
         <x:v>45831.9246412037</x:v>
       </x:c>
-      <x:c r="B78" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C78" s="0">
+      <x:c r="B97" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C97" s="0">
         <x:v>11.5</x:v>
       </x:c>
-      <x:c r="D78" s="0">
+      <x:c r="D97" s="0">
         <x:v>639.155</x:v>
       </x:c>
-      <x:c r="E78" s="0">
+      <x:c r="E97" s="0">
         <x:v>698.53</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>