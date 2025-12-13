--- v1 (2025-11-01)
+++ v2 (2025-12-13)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rba05aa96248440d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f7dffaa696d74fe8befd46ba48680303.psmdcp" Id="R5302af5f06cb454c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2e5dab408ae84945" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/452b9154a24c4da581a19d4660eeef65.psmdcp" Id="R81638c1c9f8e4ac1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>DE000BB3T4V4</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -390,1695 +390,2154 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E97"/>
+  <x:dimension ref="A1:E124"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>45961.8818981481</x:v>
+        <x:v>46003.9269907407</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>593.24</x:v>
+        <x:v>589.47</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>648.35</x:v>
+        <x:v>644.23</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>45960.8841435185</x:v>
+        <x:v>46002.9320023148</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>609.82</x:v>
+        <x:v>597.23</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>666.47</x:v>
+        <x:v>652.71</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>45960.6041782407</x:v>
+        <x:v>46001.927025463</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>619.344</x:v>
+        <x:v>594.869</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>676.879</x:v>
+        <x:v>650.13</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>45960.6041782407</x:v>
+        <x:v>46000.9275810185</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>619.344</x:v>
+        <x:v>601.118</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>751.67</x:v>
+        <x:v>656.96</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>45959.8897916667</x:v>
+        <x:v>45996.9307407407</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
-        <x:v>6.13</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>687.778</x:v>
+        <x:v>616.179</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>751.67</x:v>
+        <x:v>673.42</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>45958.8875115741</x:v>
+        <x:v>45995.9303009259</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
-        <x:v>6.13</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>687.568</x:v>
+        <x:v>605.3</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>751.44</x:v>
+        <x:v>661.53</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>45957.8875578704</x:v>
+        <x:v>45994.9276967593</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
-        <x:v>6.09</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>687</x:v>
+        <x:v>585.234</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>750.82</x:v>
+        <x:v>639.6</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>45954.9259259259</x:v>
+        <x:v>45993.9303240741</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
-        <x:v>5.23</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>675.599</x:v>
+        <x:v>592.096</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>738.36</x:v>
+        <x:v>647.1</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>45953.9278009259</x:v>
+        <x:v>45992.9296990741</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
-        <x:v>4.95</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>671.61</x:v>
+        <x:v>586.396</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>734</x:v>
+        <x:v>640.87</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>45952.9303703704</x:v>
+        <x:v>45989.8197106481</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C12" s="0">
-        <x:v>4.92</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>671.07</x:v>
+        <x:v>592.874</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>733.41</x:v>
+        <x:v>647.95</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>45951.9269444444</x:v>
+        <x:v>45987.9265509259</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0">
-        <x:v>4.92</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>670.942</x:v>
+        <x:v>579.753</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>733.27</x:v>
+        <x:v>633.61</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>45950.9289814815</x:v>
+        <x:v>45986.9250347222</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C14" s="0">
-        <x:v>4.86</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>669.936</x:v>
+        <x:v>582.141</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>732.17</x:v>
+        <x:v>636.22</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>45947.9299768519</x:v>
+        <x:v>45982.9249074074</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
-        <x:v>4.02</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>655.977</x:v>
+        <x:v>543.739</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>716.915</x:v>
+        <x:v>594.25</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>45946.9262037037</x:v>
+        <x:v>45981.9259027778</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C16" s="0">
-        <x:v>3.77</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>651.544</x:v>
+        <x:v>539.072</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>712.07</x:v>
+        <x:v>589.15</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>45945.9257175926</x:v>
+        <x:v>45980.926412037</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C17" s="0">
-        <x:v>4.09</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>656.558</x:v>
+        <x:v>540.143</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>717.55</x:v>
+        <x:v>590.32</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>45944.9308101852</x:v>
+        <x:v>45979.9258680556</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="0">
-        <x:v>3.64</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>648.415</x:v>
+        <x:v>546.886</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>708.65</x:v>
+        <x:v>597.69</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>45943.926724537</x:v>
+        <x:v>45978.9281365741</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C19" s="0">
-        <x:v>4.05</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>654.866</x:v>
+        <x:v>550.839</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>715.7</x:v>
+        <x:v>602.01</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
-        <x:v>45940.9235069444</x:v>
+        <x:v>45975.9257986111</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C20" s="0">
-        <x:v>3.55</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>645.35</x:v>
+        <x:v>557.656</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>705.3</x:v>
+        <x:v>609.46</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="1">
-        <x:v>45938.9270833333</x:v>
+        <x:v>45974.924849537</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C21" s="0">
-        <x:v>4.75</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D21" s="0">
-        <x:v>656.824</x:v>
+        <x:v>558.049</x:v>
       </x:c>
       <x:c r="E21" s="0">
-        <x:v>717.84</x:v>
+        <x:v>609.89</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="1">
-        <x:v>45937.9282291667</x:v>
+        <x:v>45973.9253356481</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C22" s="0">
-        <x:v>4.46</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D22" s="0">
-        <x:v>652.468</x:v>
+        <x:v>557.244</x:v>
       </x:c>
       <x:c r="E22" s="0">
-        <x:v>713.08</x:v>
+        <x:v>609.01</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="1">
-        <x:v>45936.9241319444</x:v>
+        <x:v>45972.9253240741</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C23" s="0">
-        <x:v>4.64</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D23" s="0">
-        <x:v>654.829</x:v>
+        <x:v>573.778</x:v>
       </x:c>
       <x:c r="E23" s="0">
-        <x:v>715.66</x:v>
+        <x:v>627.08</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="1">
-        <x:v>45933.9288425926</x:v>
+        <x:v>45971.9253703704</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C24" s="0">
-        <x:v>4.35</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D24" s="0">
-        <x:v>650.162</x:v>
+        <x:v>578.06</x:v>
       </x:c>
       <x:c r="E24" s="0">
-        <x:v>710.56</x:v>
+        <x:v>631.76</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="1">
-        <x:v>45932.9250925926</x:v>
+        <x:v>45968.9253935185</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C25" s="0">
-        <x:v>5.64</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D25" s="0">
-        <x:v>665.251</x:v>
+        <x:v>568.865</x:v>
       </x:c>
       <x:c r="E25" s="0">
-        <x:v>727.05</x:v>
+        <x:v>621.71</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="1">
-        <x:v>45931.9294097222</x:v>
+        <x:v>45967.9277893519</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C26" s="0">
-        <x:v>4.98</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D26" s="0">
-        <x:v>656.366</x:v>
+        <x:v>566.33</x:v>
       </x:c>
       <x:c r="E26" s="0">
-        <x:v>717.34</x:v>
+        <x:v>618.94</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="1">
-        <x:v>45930.933900463</x:v>
+        <x:v>45966.9253587963</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C27" s="0">
-        <x:v>6.5</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D27" s="0">
-        <x:v>671.958</x:v>
+        <x:v>581.894</x:v>
       </x:c>
       <x:c r="E27" s="0">
-        <x:v>734.38</x:v>
+        <x:v>635.95</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="1">
-        <x:v>45929.9324074074</x:v>
+        <x:v>45965.9236921296</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C28" s="0">
-        <x:v>7.41</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D28" s="0">
-        <x:v>680.211</x:v>
+        <x:v>573.998</x:v>
       </x:c>
       <x:c r="E28" s="0">
-        <x:v>743.4</x:v>
+        <x:v>627.32</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="1">
-        <x:v>45926.9298611111</x:v>
+        <x:v>45964.9227893519</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C29" s="0">
-        <x:v>7.49</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D29" s="0">
-        <x:v>680.531</x:v>
+        <x:v>583.505</x:v>
       </x:c>
       <x:c r="E29" s="0">
-        <x:v>743.75</x:v>
+        <x:v>637.71</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="1">
-        <x:v>45925.9294444444</x:v>
+        <x:v>45961.8818981481</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C30" s="0">
-        <x:v>8.06</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D30" s="0">
-        <x:v>685.253</x:v>
+        <x:v>593.24</x:v>
       </x:c>
       <x:c r="E30" s="0">
-        <x:v>748.91</x:v>
+        <x:v>648.35</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="1">
-        <x:v>45924.9296527778</x:v>
+        <x:v>45960.8841435185</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C31" s="0">
-        <x:v>9.55</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D31" s="0">
-        <x:v>696.004</x:v>
+        <x:v>609.82</x:v>
       </x:c>
       <x:c r="E31" s="0">
-        <x:v>760.66</x:v>
+        <x:v>666.47</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="1">
-        <x:v>45923.9251967593</x:v>
+        <x:v>45960.6041782407</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C32" s="0">
-        <x:v>8.94</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D32" s="0">
-        <x:v>691.191</x:v>
+        <x:v>619.344</x:v>
       </x:c>
       <x:c r="E32" s="0">
-        <x:v>755.4</x:v>
+        <x:v>676.879</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="1">
-        <x:v>45922.926712963</x:v>
+        <x:v>45960.6041782407</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C33" s="0">
-        <x:v>10.27</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D33" s="0">
-        <x:v>699.754</x:v>
+        <x:v>619.344</x:v>
       </x:c>
       <x:c r="E33" s="0">
-        <x:v>765.16</x:v>
+        <x:v>751.67</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="1">
-        <x:v>45922.3338888889</x:v>
+        <x:v>45959.8897916667</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C34" s="0">
-        <x:v>11.99</x:v>
+        <x:v>6.13</x:v>
       </x:c>
       <x:c r="D34" s="0">
-        <x:v>711.85</x:v>
+        <x:v>687.778</x:v>
       </x:c>
       <x:c r="E34" s="0">
-        <x:v>778.38</x:v>
+        <x:v>751.67</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="1">
-        <x:v>45919.9342592593</x:v>
+        <x:v>45958.8875115741</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C35" s="0">
-        <x:v>12.39</x:v>
+        <x:v>6.13</x:v>
       </x:c>
       <x:c r="D35" s="0">
-        <x:v>712.218</x:v>
+        <x:v>687.568</x:v>
       </x:c>
       <x:c r="E35" s="0">
-        <x:v>778.38</x:v>
+        <x:v>751.44</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="1">
-        <x:v>45918.9265393519</x:v>
+        <x:v>45957.8875578704</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C36" s="0">
-        <x:v>12.71</x:v>
+        <x:v>6.09</x:v>
       </x:c>
       <x:c r="D36" s="0">
-        <x:v>713.929</x:v>
+        <x:v>687</x:v>
       </x:c>
       <x:c r="E36" s="0">
-        <x:v>780.25</x:v>
+        <x:v>750.82</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="1">
-        <x:v>45917.9270486111</x:v>
+        <x:v>45954.9259259259</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C37" s="0">
-        <x:v>12.03</x:v>
+        <x:v>5.23</x:v>
       </x:c>
       <x:c r="D37" s="0">
-        <x:v>709.779</x:v>
+        <x:v>675.599</x:v>
       </x:c>
       <x:c r="E37" s="0">
-        <x:v>775.715</x:v>
+        <x:v>738.36</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="1">
-        <x:v>45916.9258912037</x:v>
+        <x:v>45953.9278009259</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C38" s="0">
-        <x:v>12.59</x:v>
+        <x:v>4.95</x:v>
       </x:c>
       <x:c r="D38" s="0">
-        <x:v>712.785</x:v>
+        <x:v>671.61</x:v>
       </x:c>
       <x:c r="E38" s="0">
-        <x:v>779</x:v>
+        <x:v>734</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="1">
-        <x:v>45915.9270949074</x:v>
+        <x:v>45952.9303703704</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C39" s="0">
-        <x:v>10.62</x:v>
+        <x:v>4.92</x:v>
       </x:c>
       <x:c r="D39" s="0">
-        <x:v>699.7</x:v>
+        <x:v>671.07</x:v>
       </x:c>
       <x:c r="E39" s="0">
-        <x:v>764.7</x:v>
+        <x:v>733.41</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="1">
-        <x:v>45912.9234375</x:v>
+        <x:v>45951.9269444444</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C40" s="0">
-        <x:v>9.53</x:v>
+        <x:v>4.92</x:v>
       </x:c>
       <x:c r="D40" s="0">
-        <x:v>691.365</x:v>
+        <x:v>670.942</x:v>
       </x:c>
       <x:c r="E40" s="0">
-        <x:v>755.59</x:v>
+        <x:v>733.27</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="1">
-        <x:v>45911.9251388889</x:v>
+        <x:v>45950.9289814815</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C41" s="0">
-        <x:v>8.99</x:v>
+        <x:v>4.86</x:v>
       </x:c>
       <x:c r="D41" s="0">
-        <x:v>687.074</x:v>
+        <x:v>669.936</x:v>
       </x:c>
       <x:c r="E41" s="0">
-        <x:v>750.9</x:v>
+        <x:v>732.17</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="1">
-        <x:v>45910.9239930556</x:v>
+        <x:v>45947.9299768519</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C42" s="0">
-        <x:v>9.14</x:v>
+        <x:v>4.02</x:v>
       </x:c>
       <x:c r="D42" s="0">
-        <x:v>688.062</x:v>
+        <x:v>655.977</x:v>
       </x:c>
       <x:c r="E42" s="0">
-        <x:v>751.98</x:v>
+        <x:v>716.915</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="1">
-        <x:v>45909.9244907407</x:v>
+        <x:v>45946.9262037037</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C43" s="0">
-        <x:v>11.16</x:v>
+        <x:v>3.77</x:v>
       </x:c>
       <x:c r="D43" s="0">
-        <x:v>700.616</x:v>
+        <x:v>651.544</x:v>
       </x:c>
       <x:c r="E43" s="0">
-        <x:v>765.7</x:v>
+        <x:v>712.07</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="1">
-        <x:v>45908.9240393518</x:v>
+        <x:v>45945.9257175926</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C44" s="0">
-        <x:v>9.48</x:v>
+        <x:v>4.09</x:v>
       </x:c>
       <x:c r="D44" s="0">
-        <x:v>688.354</x:v>
+        <x:v>656.558</x:v>
       </x:c>
       <x:c r="E44" s="0">
-        <x:v>752.3</x:v>
+        <x:v>717.55</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="1">
-        <x:v>45905.9285763889</x:v>
+        <x:v>45944.9308101852</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C45" s="0">
-        <x:v>9.56</x:v>
+        <x:v>3.64</x:v>
       </x:c>
       <x:c r="D45" s="0">
-        <x:v>688.492</x:v>
+        <x:v>648.415</x:v>
       </x:c>
       <x:c r="E45" s="0">
-        <x:v>752.45</x:v>
+        <x:v>708.65</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="1">
-        <x:v>45904.9245138889</x:v>
+        <x:v>45943.926724537</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C46" s="0">
-        <x:v>9.11</x:v>
+        <x:v>4.05</x:v>
       </x:c>
       <x:c r="D46" s="0">
-        <x:v>685.015</x:v>
+        <x:v>654.866</x:v>
       </x:c>
       <x:c r="E46" s="0">
-        <x:v>748.65</x:v>
+        <x:v>715.7</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="1">
-        <x:v>45903.923587963</x:v>
+        <x:v>45940.9235069444</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C47" s="0">
-        <x:v>7.89</x:v>
+        <x:v>3.55</x:v>
       </x:c>
       <x:c r="D47" s="0">
-        <x:v>674.401</x:v>
+        <x:v>645.35</x:v>
       </x:c>
       <x:c r="E47" s="0">
-        <x:v>737.05</x:v>
+        <x:v>705.3</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5">
       <x:c r="A48" s="1">
-        <x:v>45902.9238773148</x:v>
+        <x:v>45938.9270833333</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C48" s="0">
-        <x:v>7.7</x:v>
+        <x:v>4.75</x:v>
       </x:c>
       <x:c r="D48" s="0">
-        <x:v>672.626</x:v>
+        <x:v>656.824</x:v>
       </x:c>
       <x:c r="E48" s="0">
-        <x:v>735.11</x:v>
+        <x:v>717.84</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
       <x:c r="A49" s="1">
-        <x:v>45898.9303587963</x:v>
+        <x:v>45937.9282291667</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C49" s="0">
-        <x:v>8.16</x:v>
+        <x:v>4.46</x:v>
       </x:c>
       <x:c r="D49" s="0">
-        <x:v>675.91</x:v>
+        <x:v>652.468</x:v>
       </x:c>
       <x:c r="E49" s="0">
-        <x:v>738.7</x:v>
+        <x:v>713.08</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5">
       <x:c r="A50" s="1">
-        <x:v>45897.9274189815</x:v>
+        <x:v>45936.9241319444</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C50" s="0">
-        <x:v>9.8</x:v>
+        <x:v>4.64</x:v>
       </x:c>
       <x:c r="D50" s="0">
-        <x:v>687.266</x:v>
+        <x:v>654.829</x:v>
       </x:c>
       <x:c r="E50" s="0">
-        <x:v>751.11</x:v>
+        <x:v>715.66</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5">
       <x:c r="A51" s="1">
-        <x:v>45896.9248032407</x:v>
+        <x:v>45933.9288425926</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C51" s="0">
-        <x:v>9.35</x:v>
+        <x:v>4.35</x:v>
       </x:c>
       <x:c r="D51" s="0">
-        <x:v>683.853</x:v>
+        <x:v>650.162</x:v>
       </x:c>
       <x:c r="E51" s="0">
-        <x:v>747.38</x:v>
+        <x:v>710.56</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5">
       <x:c r="A52" s="1">
-        <x:v>45895.9239351852</x:v>
+        <x:v>45932.9250925926</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C52" s="0">
-        <x:v>10.29</x:v>
+        <x:v>5.64</x:v>
       </x:c>
       <x:c r="D52" s="0">
-        <x:v>690.002</x:v>
+        <x:v>665.251</x:v>
       </x:c>
       <x:c r="E52" s="0">
-        <x:v>754.1</x:v>
+        <x:v>727.05</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5">
       <x:c r="A53" s="1">
-        <x:v>45894.9239583333</x:v>
+        <x:v>45931.9294097222</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C53" s="0">
-        <x:v>10.2</x:v>
+        <x:v>4.98</x:v>
       </x:c>
       <x:c r="D53" s="0">
-        <x:v>689.27</x:v>
+        <x:v>656.366</x:v>
       </x:c>
       <x:c r="E53" s="0">
-        <x:v>753.3</x:v>
+        <x:v>717.34</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5">
       <x:c r="A54" s="1">
-        <x:v>45891.9252314815</x:v>
+        <x:v>45930.933900463</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C54" s="0">
-        <x:v>10.47</x:v>
+        <x:v>6.5</x:v>
       </x:c>
       <x:c r="D54" s="0">
-        <x:v>690.633</x:v>
+        <x:v>671.958</x:v>
       </x:c>
       <x:c r="E54" s="0">
-        <x:v>754.79</x:v>
+        <x:v>734.38</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5">
       <x:c r="A55" s="1">
-        <x:v>45890.9256481481</x:v>
+        <x:v>45929.9324074074</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C55" s="0">
-        <x:v>8.65</x:v>
+        <x:v>7.41</x:v>
       </x:c>
       <x:c r="D55" s="0">
-        <x:v>676.276</x:v>
+        <x:v>680.211</x:v>
       </x:c>
       <x:c r="E55" s="0">
-        <x:v>739.1</x:v>
+        <x:v>743.4</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5">
       <x:c r="A56" s="1">
-        <x:v>45889.9243402778</x:v>
+        <x:v>45926.9298611111</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C56" s="0">
-        <x:v>9.79</x:v>
+        <x:v>7.49</x:v>
       </x:c>
       <x:c r="D56" s="0">
-        <x:v>684.164</x:v>
+        <x:v>680.531</x:v>
       </x:c>
       <x:c r="E56" s="0">
-        <x:v>747.72</x:v>
+        <x:v>743.75</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:5">
       <x:c r="A57" s="1">
-        <x:v>45888.9238425926</x:v>
+        <x:v>45925.9294444444</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C57" s="0">
-        <x:v>10.33</x:v>
+        <x:v>8.06</x:v>
       </x:c>
       <x:c r="D57" s="0">
-        <x:v>687.604</x:v>
+        <x:v>685.253</x:v>
       </x:c>
       <x:c r="E57" s="0">
-        <x:v>751.48</x:v>
+        <x:v>748.91</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:5">
       <x:c r="A58" s="1">
-        <x:v>45887.9245601852</x:v>
+        <x:v>45924.9296527778</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C58" s="0">
-        <x:v>13.06</x:v>
+        <x:v>9.55</x:v>
       </x:c>
       <x:c r="D58" s="0">
-        <x:v>702.144</x:v>
+        <x:v>696.004</x:v>
       </x:c>
       <x:c r="E58" s="0">
-        <x:v>767.37</x:v>
+        <x:v>760.66</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:5">
       <x:c r="A59" s="1">
-        <x:v>45884.9247106481</x:v>
+        <x:v>45923.9251967593</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C59" s="0">
-        <x:v>17.03</x:v>
+        <x:v>8.94</x:v>
       </x:c>
       <x:c r="D59" s="0">
-        <x:v>718.486</x:v>
+        <x:v>691.191</x:v>
       </x:c>
       <x:c r="E59" s="0">
-        <x:v>785.23</x:v>
+        <x:v>755.4</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:5">
       <x:c r="A60" s="1">
-        <x:v>45883.9240625</x:v>
+        <x:v>45922.926712963</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C60" s="0">
-        <x:v>16.41</x:v>
+        <x:v>10.27</x:v>
       </x:c>
       <x:c r="D60" s="0">
-        <x:v>715.649</x:v>
+        <x:v>699.754</x:v>
       </x:c>
       <x:c r="E60" s="0">
-        <x:v>782.13</x:v>
+        <x:v>765.16</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:5">
       <x:c r="A61" s="1">
-        <x:v>45882.9239467593</x:v>
+        <x:v>45922.3338888889</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C61" s="0">
-        <x:v>16.02</x:v>
+        <x:v>11.99</x:v>
       </x:c>
       <x:c r="D61" s="0">
-        <x:v>713.773</x:v>
+        <x:v>711.85</x:v>
       </x:c>
       <x:c r="E61" s="0">
-        <x:v>780.08</x:v>
+        <x:v>778.38</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:5">
       <x:c r="A62" s="1">
-        <x:v>45881.9233449074</x:v>
+        <x:v>45919.9342592593</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C62" s="0">
-        <x:v>18.37</x:v>
+        <x:v>12.39</x:v>
       </x:c>
       <x:c r="D62" s="0">
-        <x:v>722.85</x:v>
+        <x:v>712.218</x:v>
       </x:c>
       <x:c r="E62" s="0">
-        <x:v>790</x:v>
+        <x:v>778.38</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:5">
       <x:c r="A63" s="1">
-        <x:v>45880.923587963</x:v>
+        <x:v>45918.9265393519</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C63" s="0">
-        <x:v>13.99</x:v>
+        <x:v>12.71</x:v>
       </x:c>
       <x:c r="D63" s="0">
-        <x:v>700.771</x:v>
+        <x:v>713.929</x:v>
       </x:c>
       <x:c r="E63" s="0">
-        <x:v>765.87</x:v>
+        <x:v>780.25</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:5">
       <x:c r="A64" s="1">
-        <x:v>45877.9331597222</x:v>
+        <x:v>45917.9270486111</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C64" s="0">
-        <x:v>14.73</x:v>
+        <x:v>12.03</x:v>
       </x:c>
       <x:c r="D64" s="0">
-        <x:v>703.91</x:v>
+        <x:v>709.779</x:v>
       </x:c>
       <x:c r="E64" s="0">
-        <x:v>769.3</x:v>
+        <x:v>775.715</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:5">
       <x:c r="A65" s="1">
-        <x:v>45876.9384490741</x:v>
+        <x:v>45916.9258912037</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C65" s="0">
-        <x:v>13.44</x:v>
+        <x:v>12.59</x:v>
       </x:c>
       <x:c r="D65" s="0">
-        <x:v>697.074</x:v>
+        <x:v>712.785</x:v>
       </x:c>
       <x:c r="E65" s="0">
-        <x:v>761.83</x:v>
+        <x:v>779</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:5">
       <x:c r="A66" s="1">
-        <x:v>45875.9344560185</x:v>
+        <x:v>45915.9270949074</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C66" s="0">
-        <x:v>15.51</x:v>
+        <x:v>10.62</x:v>
       </x:c>
       <x:c r="D66" s="0">
-        <x:v>706.371</x:v>
+        <x:v>699.7</x:v>
       </x:c>
       <x:c r="E66" s="0">
-        <x:v>771.99</x:v>
+        <x:v>764.7</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:5">
       <x:c r="A67" s="1">
-        <x:v>45874.9325694444</x:v>
+        <x:v>45912.9234375</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C67" s="0">
-        <x:v>13.97</x:v>
+        <x:v>9.53</x:v>
       </x:c>
       <x:c r="D67" s="0">
-        <x:v>698.566</x:v>
+        <x:v>691.365</x:v>
       </x:c>
       <x:c r="E67" s="0">
-        <x:v>763.46</x:v>
+        <x:v>755.59</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:5">
       <x:c r="A68" s="1">
-        <x:v>45873.9313425926</x:v>
+        <x:v>45911.9251388889</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C68" s="0">
-        <x:v>16.8</x:v>
+        <x:v>8.99</x:v>
       </x:c>
       <x:c r="D68" s="0">
-        <x:v>710.379</x:v>
+        <x:v>687.074</x:v>
       </x:c>
       <x:c r="E68" s="0">
-        <x:v>776.37</x:v>
+        <x:v>750.9</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:5">
       <x:c r="A69" s="1">
-        <x:v>45870.9273842593</x:v>
+        <x:v>45910.9239930556</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C69" s="0">
-        <x:v>12.48</x:v>
+        <x:v>9.14</x:v>
       </x:c>
       <x:c r="D69" s="0">
-        <x:v>686.259</x:v>
+        <x:v>688.062</x:v>
       </x:c>
       <x:c r="E69" s="0">
-        <x:v>750.01</x:v>
+        <x:v>751.98</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:5">
       <x:c r="A70" s="1">
-        <x:v>45869.9244212963</x:v>
+        <x:v>45909.9244907407</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C70" s="0">
-        <x:v>17.96</x:v>
+        <x:v>11.16</x:v>
       </x:c>
       <x:c r="D70" s="0">
-        <x:v>707.698</x:v>
+        <x:v>700.616</x:v>
       </x:c>
       <x:c r="E70" s="0">
-        <x:v>773.44</x:v>
+        <x:v>765.7</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:5">
       <x:c r="A71" s="1">
-        <x:v>45868.9255092593</x:v>
+        <x:v>45908.9240393518</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C71" s="0">
-        <x:v>8.48</x:v>
+        <x:v>9.48</x:v>
       </x:c>
       <x:c r="D71" s="0">
-        <x:v>636.117</x:v>
+        <x:v>688.354</x:v>
       </x:c>
       <x:c r="E71" s="0">
-        <x:v>695.21</x:v>
+        <x:v>752.3</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:5">
       <x:c r="A72" s="1">
-        <x:v>45867.9289467593</x:v>
+        <x:v>45905.9285763889</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C72" s="0">
-        <x:v>9.12</x:v>
+        <x:v>9.56</x:v>
       </x:c>
       <x:c r="D72" s="0">
-        <x:v>640.5</x:v>
+        <x:v>688.492</x:v>
       </x:c>
       <x:c r="E72" s="0">
-        <x:v>700</x:v>
+        <x:v>752.45</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:5">
       <x:c r="A73" s="1">
-        <x:v>45866.9278125</x:v>
+        <x:v>45904.9245138889</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C73" s="0">
-        <x:v>12.12</x:v>
+        <x:v>9.11</x:v>
       </x:c>
       <x:c r="D73" s="0">
-        <x:v>656.632</x:v>
+        <x:v>685.015</x:v>
       </x:c>
       <x:c r="E73" s="0">
-        <x:v>717.63</x:v>
+        <x:v>748.65</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:5">
       <x:c r="A74" s="1">
-        <x:v>45863.926875</x:v>
+        <x:v>45903.923587963</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C74" s="0">
-        <x:v>11.4</x:v>
+        <x:v>7.89</x:v>
       </x:c>
       <x:c r="D74" s="0">
-        <x:v>652.102</x:v>
+        <x:v>674.401</x:v>
       </x:c>
       <x:c r="E74" s="0">
-        <x:v>712.68</x:v>
+        <x:v>737.05</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:5">
       <x:c r="A75" s="1">
-        <x:v>45862.9245949074</x:v>
+        <x:v>45902.9238773148</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C75" s="0">
-        <x:v>11.77</x:v>
+        <x:v>7.7</x:v>
       </x:c>
       <x:c r="D75" s="0">
-        <x:v>654.042</x:v>
+        <x:v>672.626</x:v>
       </x:c>
       <x:c r="E75" s="0">
-        <x:v>714.8</x:v>
+        <x:v>735.11</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:5">
       <x:c r="A76" s="1">
-        <x:v>45861.926412037</x:v>
+        <x:v>45898.9303587963</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C76" s="0">
-        <x:v>11.6</x:v>
+        <x:v>8.16</x:v>
       </x:c>
       <x:c r="D76" s="0">
-        <x:v>652.926</x:v>
+        <x:v>675.91</x:v>
       </x:c>
       <x:c r="E76" s="0">
-        <x:v>713.58</x:v>
+        <x:v>738.7</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:5">
       <x:c r="A77" s="1">
-        <x:v>45860.9260763889</x:v>
+        <x:v>45897.9274189815</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C77" s="0">
-        <x:v>10.33</x:v>
+        <x:v>9.8</x:v>
       </x:c>
       <x:c r="D77" s="0">
-        <x:v>644.901</x:v>
+        <x:v>687.266</x:v>
       </x:c>
       <x:c r="E77" s="0">
-        <x:v>704.81</x:v>
+        <x:v>751.11</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:5">
       <x:c r="A78" s="1">
-        <x:v>45859.9273148148</x:v>
+        <x:v>45896.9248032407</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C78" s="0">
-        <x:v>11.69</x:v>
+        <x:v>9.35</x:v>
       </x:c>
       <x:c r="D78" s="0">
-        <x:v>652.363</x:v>
+        <x:v>683.853</x:v>
       </x:c>
       <x:c r="E78" s="0">
-        <x:v>712.965</x:v>
+        <x:v>747.38</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:5">
       <x:c r="A79" s="1">
-        <x:v>45856.949212963</x:v>
+        <x:v>45895.9239351852</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C79" s="0">
-        <x:v>10.46</x:v>
+        <x:v>10.29</x:v>
       </x:c>
       <x:c r="D79" s="0">
-        <x:v>644.416</x:v>
+        <x:v>690.002</x:v>
       </x:c>
       <x:c r="E79" s="0">
-        <x:v>704.28</x:v>
+        <x:v>754.1</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:5">
       <x:c r="A80" s="1">
-        <x:v>45855.9327314815</x:v>
+        <x:v>45894.9239583333</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C80" s="0">
-        <x:v>10.07</x:v>
+        <x:v>10.2</x:v>
       </x:c>
       <x:c r="D80" s="0">
-        <x:v>641.79</x:v>
+        <x:v>689.27</x:v>
       </x:c>
       <x:c r="E80" s="0">
-        <x:v>701.41</x:v>
+        <x:v>753.3</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:5">
       <x:c r="A81" s="1">
-        <x:v>45854.9359490741</x:v>
+        <x:v>45891.9252314815</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C81" s="0">
-        <x:v>10.31</x:v>
+        <x:v>10.47</x:v>
       </x:c>
       <x:c r="D81" s="0">
-        <x:v>643.163</x:v>
+        <x:v>690.633</x:v>
       </x:c>
       <x:c r="E81" s="0">
-        <x:v>702.91</x:v>
+        <x:v>754.79</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:5">
       <x:c r="A82" s="1">
-        <x:v>45853.9275694444</x:v>
+        <x:v>45890.9256481481</x:v>
       </x:c>
       <x:c r="B82" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C82" s="0">
-        <x:v>11.54</x:v>
+        <x:v>8.65</x:v>
       </x:c>
       <x:c r="D82" s="0">
-        <x:v>650.007</x:v>
+        <x:v>676.276</x:v>
       </x:c>
       <x:c r="E82" s="0">
-        <x:v>710.39</x:v>
+        <x:v>739.1</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:5">
       <x:c r="A83" s="1">
-        <x:v>45852.9328587963</x:v>
+        <x:v>45889.9243402778</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C83" s="0">
-        <x:v>13.55</x:v>
+        <x:v>9.79</x:v>
       </x:c>
       <x:c r="D83" s="0">
-        <x:v>659.642</x:v>
+        <x:v>684.164</x:v>
       </x:c>
       <x:c r="E83" s="0">
-        <x:v>720.92</x:v>
+        <x:v>747.72</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:5">
       <x:c r="A84" s="1">
-        <x:v>45849.9249768518</x:v>
+        <x:v>45888.9238425926</x:v>
       </x:c>
       <x:c r="B84" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C84" s="0">
-        <x:v>13.01</x:v>
+        <x:v>10.33</x:v>
       </x:c>
       <x:c r="D84" s="0">
-        <x:v>656.522</x:v>
+        <x:v>687.604</x:v>
       </x:c>
       <x:c r="E84" s="0">
-        <x:v>717.51</x:v>
+        <x:v>751.48</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:5">
       <x:c r="A85" s="1">
-        <x:v>45848.9261342593</x:v>
+        <x:v>45887.9245601852</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C85" s="0">
-        <x:v>15.05</x:v>
+        <x:v>13.06</x:v>
       </x:c>
       <x:c r="D85" s="0">
-        <x:v>665.425</x:v>
+        <x:v>702.144</x:v>
       </x:c>
       <x:c r="E85" s="0">
-        <x:v>727.24</x:v>
+        <x:v>767.37</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:5">
       <x:c r="A86" s="1">
-        <x:v>45847.925787037</x:v>
+        <x:v>45884.9247106481</x:v>
       </x:c>
       <x:c r="B86" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C86" s="0">
-        <x:v>16.31</x:v>
+        <x:v>17.03</x:v>
       </x:c>
       <x:c r="D86" s="0">
-        <x:v>670.494</x:v>
+        <x:v>718.486</x:v>
       </x:c>
       <x:c r="E86" s="0">
-        <x:v>732.78</x:v>
+        <x:v>785.23</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:5">
       <x:c r="A87" s="1">
-        <x:v>45846.9248611111</x:v>
+        <x:v>45883.9240625</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C87" s="0">
-        <x:v>13.99</x:v>
+        <x:v>16.41</x:v>
       </x:c>
       <x:c r="D87" s="0">
-        <x:v>659.413</x:v>
+        <x:v>715.649</x:v>
       </x:c>
       <x:c r="E87" s="0">
-        <x:v>720.67</x:v>
+        <x:v>782.13</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:5">
       <x:c r="A88" s="1">
-        <x:v>45845.9274884259</x:v>
+        <x:v>45882.9239467593</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C88" s="0">
-        <x:v>13.58</x:v>
+        <x:v>16.02</x:v>
       </x:c>
       <x:c r="D88" s="0">
-        <x:v>657.29</x:v>
+        <x:v>713.773</x:v>
       </x:c>
       <x:c r="E88" s="0">
-        <x:v>718.35</x:v>
+        <x:v>780.08</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:5">
       <x:c r="A89" s="1">
-        <x:v>45841.8023263889</x:v>
+        <x:v>45881.9233449074</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C89" s="0">
-        <x:v>13.81</x:v>
+        <x:v>18.37</x:v>
       </x:c>
       <x:c r="D89" s="0">
-        <x:v>657.894</x:v>
+        <x:v>722.85</x:v>
       </x:c>
       <x:c r="E89" s="0">
-        <x:v>719.01</x:v>
+        <x:v>790</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:5">
       <x:c r="A90" s="1">
-        <x:v>45840.9303703704</x:v>
+        <x:v>45880.923587963</x:v>
       </x:c>
       <x:c r="B90" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C90" s="0">
-        <x:v>12.85</x:v>
+        <x:v>13.99</x:v>
       </x:c>
       <x:c r="D90" s="0">
-        <x:v>652.917</x:v>
+        <x:v>700.771</x:v>
       </x:c>
       <x:c r="E90" s="0">
-        <x:v>713.57</x:v>
+        <x:v>765.87</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:5">
       <x:c r="A91" s="1">
-        <x:v>45839.9249421296</x:v>
+        <x:v>45877.9331597222</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C91" s="0">
-        <x:v>13.98</x:v>
+        <x:v>14.73</x:v>
       </x:c>
       <x:c r="D91" s="0">
-        <x:v>658.086</x:v>
+        <x:v>703.91</x:v>
       </x:c>
       <x:c r="E91" s="0">
-        <x:v>719.22</x:v>
+        <x:v>769.3</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:5">
       <x:c r="A92" s="1">
-        <x:v>45838.9258217593</x:v>
+        <x:v>45876.9384490741</x:v>
       </x:c>
       <x:c r="B92" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C92" s="0">
-        <x:v>18.83</x:v>
+        <x:v>13.44</x:v>
       </x:c>
       <x:c r="D92" s="0">
-        <x:v>675.352</x:v>
+        <x:v>697.074</x:v>
       </x:c>
       <x:c r="E92" s="0">
-        <x:v>738.09</x:v>
+        <x:v>761.83</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:5">
       <x:c r="A93" s="1">
-        <x:v>45835.9282291667</x:v>
+        <x:v>45875.9344560185</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C93" s="0">
-        <x:v>17.85</x:v>
+        <x:v>15.51</x:v>
       </x:c>
       <x:c r="D93" s="0">
-        <x:v>671.272</x:v>
+        <x:v>706.371</x:v>
       </x:c>
       <x:c r="E93" s="0">
-        <x:v>733.63</x:v>
+        <x:v>771.99</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:5">
       <x:c r="A94" s="1">
-        <x:v>45834.9274189815</x:v>
+        <x:v>45874.9325694444</x:v>
       </x:c>
       <x:c r="B94" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C94" s="0">
-        <x:v>16.2</x:v>
+        <x:v>13.97</x:v>
       </x:c>
       <x:c r="D94" s="0">
-        <x:v>664.372</x:v>
+        <x:v>698.566</x:v>
       </x:c>
       <x:c r="E94" s="0">
-        <x:v>726.09</x:v>
+        <x:v>763.46</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:5">
       <x:c r="A95" s="1">
-        <x:v>45833.9268171296</x:v>
+        <x:v>45873.9313425926</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C95" s="0">
-        <x:v>13.02</x:v>
+        <x:v>16.8</x:v>
       </x:c>
       <x:c r="D95" s="0">
-        <x:v>648.442</x:v>
+        <x:v>710.379</x:v>
       </x:c>
       <x:c r="E95" s="0">
-        <x:v>708.68</x:v>
+        <x:v>776.37</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:5">
       <x:c r="A96" s="1">
-        <x:v>45832.9265393519</x:v>
+        <x:v>45870.9273842593</x:v>
       </x:c>
       <x:c r="B96" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C96" s="0">
-        <x:v>13.73</x:v>
+        <x:v>12.48</x:v>
       </x:c>
       <x:c r="D96" s="0">
-        <x:v>651.663</x:v>
+        <x:v>686.259</x:v>
       </x:c>
       <x:c r="E96" s="0">
-        <x:v>712.2</x:v>
+        <x:v>750.01</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:5">
       <x:c r="A97" s="1">
+        <x:v>45869.9244212963</x:v>
+      </x:c>
+      <x:c r="B97" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C97" s="0">
+        <x:v>17.96</x:v>
+      </x:c>
+      <x:c r="D97" s="0">
+        <x:v>707.698</x:v>
+      </x:c>
+      <x:c r="E97" s="0">
+        <x:v>773.44</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="98" spans="1:5">
+      <x:c r="A98" s="1">
+        <x:v>45868.9255092593</x:v>
+      </x:c>
+      <x:c r="B98" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C98" s="0">
+        <x:v>8.48</x:v>
+      </x:c>
+      <x:c r="D98" s="0">
+        <x:v>636.117</x:v>
+      </x:c>
+      <x:c r="E98" s="0">
+        <x:v>695.21</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="99" spans="1:5">
+      <x:c r="A99" s="1">
+        <x:v>45867.9289467593</x:v>
+      </x:c>
+      <x:c r="B99" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C99" s="0">
+        <x:v>9.12</x:v>
+      </x:c>
+      <x:c r="D99" s="0">
+        <x:v>640.5</x:v>
+      </x:c>
+      <x:c r="E99" s="0">
+        <x:v>700</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="100" spans="1:5">
+      <x:c r="A100" s="1">
+        <x:v>45866.9278125</x:v>
+      </x:c>
+      <x:c r="B100" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C100" s="0">
+        <x:v>12.12</x:v>
+      </x:c>
+      <x:c r="D100" s="0">
+        <x:v>656.632</x:v>
+      </x:c>
+      <x:c r="E100" s="0">
+        <x:v>717.63</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="101" spans="1:5">
+      <x:c r="A101" s="1">
+        <x:v>45863.926875</x:v>
+      </x:c>
+      <x:c r="B101" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C101" s="0">
+        <x:v>11.4</x:v>
+      </x:c>
+      <x:c r="D101" s="0">
+        <x:v>652.102</x:v>
+      </x:c>
+      <x:c r="E101" s="0">
+        <x:v>712.68</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="102" spans="1:5">
+      <x:c r="A102" s="1">
+        <x:v>45862.9245949074</x:v>
+      </x:c>
+      <x:c r="B102" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C102" s="0">
+        <x:v>11.77</x:v>
+      </x:c>
+      <x:c r="D102" s="0">
+        <x:v>654.042</x:v>
+      </x:c>
+      <x:c r="E102" s="0">
+        <x:v>714.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="103" spans="1:5">
+      <x:c r="A103" s="1">
+        <x:v>45861.926412037</x:v>
+      </x:c>
+      <x:c r="B103" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C103" s="0">
+        <x:v>11.6</x:v>
+      </x:c>
+      <x:c r="D103" s="0">
+        <x:v>652.926</x:v>
+      </x:c>
+      <x:c r="E103" s="0">
+        <x:v>713.58</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="104" spans="1:5">
+      <x:c r="A104" s="1">
+        <x:v>45860.9260763889</x:v>
+      </x:c>
+      <x:c r="B104" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C104" s="0">
+        <x:v>10.33</x:v>
+      </x:c>
+      <x:c r="D104" s="0">
+        <x:v>644.901</x:v>
+      </x:c>
+      <x:c r="E104" s="0">
+        <x:v>704.81</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="105" spans="1:5">
+      <x:c r="A105" s="1">
+        <x:v>45859.9273148148</x:v>
+      </x:c>
+      <x:c r="B105" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C105" s="0">
+        <x:v>11.69</x:v>
+      </x:c>
+      <x:c r="D105" s="0">
+        <x:v>652.363</x:v>
+      </x:c>
+      <x:c r="E105" s="0">
+        <x:v>712.965</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="106" spans="1:5">
+      <x:c r="A106" s="1">
+        <x:v>45856.949212963</x:v>
+      </x:c>
+      <x:c r="B106" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C106" s="0">
+        <x:v>10.46</x:v>
+      </x:c>
+      <x:c r="D106" s="0">
+        <x:v>644.416</x:v>
+      </x:c>
+      <x:c r="E106" s="0">
+        <x:v>704.28</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="107" spans="1:5">
+      <x:c r="A107" s="1">
+        <x:v>45855.9327314815</x:v>
+      </x:c>
+      <x:c r="B107" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C107" s="0">
+        <x:v>10.07</x:v>
+      </x:c>
+      <x:c r="D107" s="0">
+        <x:v>641.79</x:v>
+      </x:c>
+      <x:c r="E107" s="0">
+        <x:v>701.41</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="108" spans="1:5">
+      <x:c r="A108" s="1">
+        <x:v>45854.9359490741</x:v>
+      </x:c>
+      <x:c r="B108" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C108" s="0">
+        <x:v>10.31</x:v>
+      </x:c>
+      <x:c r="D108" s="0">
+        <x:v>643.163</x:v>
+      </x:c>
+      <x:c r="E108" s="0">
+        <x:v>702.91</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="109" spans="1:5">
+      <x:c r="A109" s="1">
+        <x:v>45853.9275694444</x:v>
+      </x:c>
+      <x:c r="B109" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C109" s="0">
+        <x:v>11.54</x:v>
+      </x:c>
+      <x:c r="D109" s="0">
+        <x:v>650.007</x:v>
+      </x:c>
+      <x:c r="E109" s="0">
+        <x:v>710.39</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="110" spans="1:5">
+      <x:c r="A110" s="1">
+        <x:v>45852.9328587963</x:v>
+      </x:c>
+      <x:c r="B110" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C110" s="0">
+        <x:v>13.55</x:v>
+      </x:c>
+      <x:c r="D110" s="0">
+        <x:v>659.642</x:v>
+      </x:c>
+      <x:c r="E110" s="0">
+        <x:v>720.92</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="111" spans="1:5">
+      <x:c r="A111" s="1">
+        <x:v>45849.9249768518</x:v>
+      </x:c>
+      <x:c r="B111" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C111" s="0">
+        <x:v>13.01</x:v>
+      </x:c>
+      <x:c r="D111" s="0">
+        <x:v>656.522</x:v>
+      </x:c>
+      <x:c r="E111" s="0">
+        <x:v>717.51</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="112" spans="1:5">
+      <x:c r="A112" s="1">
+        <x:v>45848.9261342593</x:v>
+      </x:c>
+      <x:c r="B112" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C112" s="0">
+        <x:v>15.05</x:v>
+      </x:c>
+      <x:c r="D112" s="0">
+        <x:v>665.425</x:v>
+      </x:c>
+      <x:c r="E112" s="0">
+        <x:v>727.24</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="113" spans="1:5">
+      <x:c r="A113" s="1">
+        <x:v>45847.925787037</x:v>
+      </x:c>
+      <x:c r="B113" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C113" s="0">
+        <x:v>16.31</x:v>
+      </x:c>
+      <x:c r="D113" s="0">
+        <x:v>670.494</x:v>
+      </x:c>
+      <x:c r="E113" s="0">
+        <x:v>732.78</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="114" spans="1:5">
+      <x:c r="A114" s="1">
+        <x:v>45846.9248611111</x:v>
+      </x:c>
+      <x:c r="B114" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C114" s="0">
+        <x:v>13.99</x:v>
+      </x:c>
+      <x:c r="D114" s="0">
+        <x:v>659.413</x:v>
+      </x:c>
+      <x:c r="E114" s="0">
+        <x:v>720.67</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="115" spans="1:5">
+      <x:c r="A115" s="1">
+        <x:v>45845.9274884259</x:v>
+      </x:c>
+      <x:c r="B115" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C115" s="0">
+        <x:v>13.58</x:v>
+      </x:c>
+      <x:c r="D115" s="0">
+        <x:v>657.29</x:v>
+      </x:c>
+      <x:c r="E115" s="0">
+        <x:v>718.35</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="116" spans="1:5">
+      <x:c r="A116" s="1">
+        <x:v>45841.8023263889</x:v>
+      </x:c>
+      <x:c r="B116" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C116" s="0">
+        <x:v>13.81</x:v>
+      </x:c>
+      <x:c r="D116" s="0">
+        <x:v>657.894</x:v>
+      </x:c>
+      <x:c r="E116" s="0">
+        <x:v>719.01</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="117" spans="1:5">
+      <x:c r="A117" s="1">
+        <x:v>45840.9303703704</x:v>
+      </x:c>
+      <x:c r="B117" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C117" s="0">
+        <x:v>12.85</x:v>
+      </x:c>
+      <x:c r="D117" s="0">
+        <x:v>652.917</x:v>
+      </x:c>
+      <x:c r="E117" s="0">
+        <x:v>713.57</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="118" spans="1:5">
+      <x:c r="A118" s="1">
+        <x:v>45839.9249421296</x:v>
+      </x:c>
+      <x:c r="B118" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C118" s="0">
+        <x:v>13.98</x:v>
+      </x:c>
+      <x:c r="D118" s="0">
+        <x:v>658.086</x:v>
+      </x:c>
+      <x:c r="E118" s="0">
+        <x:v>719.22</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="119" spans="1:5">
+      <x:c r="A119" s="1">
+        <x:v>45838.9258217593</x:v>
+      </x:c>
+      <x:c r="B119" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C119" s="0">
+        <x:v>18.83</x:v>
+      </x:c>
+      <x:c r="D119" s="0">
+        <x:v>675.352</x:v>
+      </x:c>
+      <x:c r="E119" s="0">
+        <x:v>738.09</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="120" spans="1:5">
+      <x:c r="A120" s="1">
+        <x:v>45835.9282291667</x:v>
+      </x:c>
+      <x:c r="B120" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C120" s="0">
+        <x:v>17.85</x:v>
+      </x:c>
+      <x:c r="D120" s="0">
+        <x:v>671.272</x:v>
+      </x:c>
+      <x:c r="E120" s="0">
+        <x:v>733.63</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="121" spans="1:5">
+      <x:c r="A121" s="1">
+        <x:v>45834.9274189815</x:v>
+      </x:c>
+      <x:c r="B121" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C121" s="0">
+        <x:v>16.2</x:v>
+      </x:c>
+      <x:c r="D121" s="0">
+        <x:v>664.372</x:v>
+      </x:c>
+      <x:c r="E121" s="0">
+        <x:v>726.09</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="122" spans="1:5">
+      <x:c r="A122" s="1">
+        <x:v>45833.9268171296</x:v>
+      </x:c>
+      <x:c r="B122" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C122" s="0">
+        <x:v>13.02</x:v>
+      </x:c>
+      <x:c r="D122" s="0">
+        <x:v>648.442</x:v>
+      </x:c>
+      <x:c r="E122" s="0">
+        <x:v>708.68</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="123" spans="1:5">
+      <x:c r="A123" s="1">
+        <x:v>45832.9265393519</x:v>
+      </x:c>
+      <x:c r="B123" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C123" s="0">
+        <x:v>13.73</x:v>
+      </x:c>
+      <x:c r="D123" s="0">
+        <x:v>651.663</x:v>
+      </x:c>
+      <x:c r="E123" s="0">
+        <x:v>712.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="124" spans="1:5">
+      <x:c r="A124" s="1">
         <x:v>45831.9246412037</x:v>
       </x:c>
-      <x:c r="B97" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C97" s="0">
+      <x:c r="B124" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C124" s="0">
         <x:v>11.5</x:v>
       </x:c>
-      <x:c r="D97" s="0">
+      <x:c r="D124" s="0">
         <x:v>639.155</x:v>
       </x:c>
-      <x:c r="E97" s="0">
+      <x:c r="E124" s="0">
         <x:v>698.53</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>