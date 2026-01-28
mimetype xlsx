--- v2 (2025-12-13)
+++ v3 (2026-01-28)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2e5dab408ae84945" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/452b9154a24c4da581a19d4660eeef65.psmdcp" Id="R81638c1c9f8e4ac1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R629173535d2d44b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c400aa5bb25148da9100a3b6d5ceae64.psmdcp" Id="R298b39073a9f4772" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>DE000BB3T4V4</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -390,2154 +390,2613 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E124"/>
+  <x:dimension ref="A1:E151"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>46003.9269907407</x:v>
+        <x:v>46049.9249768518</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
         <x:v>0.01</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>589.47</x:v>
+        <x:v>615.768</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>644.23</x:v>
+        <x:v>672.97</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>46002.9320023148</x:v>
+        <x:v>46048.9248032407</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
         <x:v>0.01</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>597.23</x:v>
+        <x:v>615.209</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>652.71</x:v>
+        <x:v>672.36</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>46001.927025463</x:v>
+        <x:v>46045.9251273148</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
         <x:v>0.01</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>594.869</x:v>
+        <x:v>602.765</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>650.13</x:v>
+        <x:v>658.76</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>46000.9275810185</x:v>
+        <x:v>46044.9245601852</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
         <x:v>0.01</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>601.118</x:v>
+        <x:v>592.582</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>656.96</x:v>
+        <x:v>647.63</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>45996.9307407407</x:v>
+        <x:v>46043.9253935185</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>616.179</x:v>
+        <x:v>560.858</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>673.42</x:v>
+        <x:v>612.96</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>45995.9303009259</x:v>
+        <x:v>46042.9279050926</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>605.3</x:v>
+        <x:v>552.77</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>661.53</x:v>
+        <x:v>604.12</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>45994.9276967593</x:v>
+        <x:v>46038.9243171296</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
         <x:v>0.01</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>585.234</x:v>
+        <x:v>567.529</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>639.6</x:v>
+        <x:v>620.25</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>45993.9303240741</x:v>
+        <x:v>46037.9280671296</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
         <x:v>0.01</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>592.096</x:v>
+        <x:v>568.032</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>647.1</x:v>
+        <x:v>620.8</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>45992.9296990741</x:v>
+        <x:v>46036.9272800926</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
         <x:v>0.01</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>586.396</x:v>
+        <x:v>563.201</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>640.87</x:v>
+        <x:v>615.52</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>45989.8197106481</x:v>
+        <x:v>46035.9279166667</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C12" s="0">
         <x:v>0.01</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>592.874</x:v>
+        <x:v>577.447</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>647.95</x:v>
+        <x:v>631.09</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>45987.9265509259</x:v>
+        <x:v>46034.9278935185</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0">
         <x:v>0.01</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>579.753</x:v>
+        <x:v>587.403</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>633.61</x:v>
+        <x:v>641.97</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>45986.9250347222</x:v>
+        <x:v>46031.9291666667</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C14" s="0">
         <x:v>0.01</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>582.141</x:v>
+        <x:v>597.55</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>636.22</x:v>
+        <x:v>653.06</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>45982.9249074074</x:v>
+        <x:v>46030.927025463</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
         <x:v>0.01</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>543.739</x:v>
+        <x:v>591.145</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>594.25</x:v>
+        <x:v>646.06</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>45981.9259027778</x:v>
+        <x:v>46029.9278935185</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C16" s="0">
         <x:v>0.01</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>539.072</x:v>
+        <x:v>593.551</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>589.15</x:v>
+        <x:v>648.69</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>45980.926412037</x:v>
+        <x:v>46028.9271759259</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C17" s="0">
         <x:v>0.01</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>540.143</x:v>
+        <x:v>604.467</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>590.32</x:v>
+        <x:v>660.62</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>45979.9258680556</x:v>
+        <x:v>46027.9296064815</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="0">
         <x:v>0.01</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>546.886</x:v>
+        <x:v>602.793</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>597.69</x:v>
+        <x:v>658.79</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>45978.9281365741</x:v>
+        <x:v>46024.9271875</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C19" s="0">
         <x:v>0.01</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>550.839</x:v>
+        <x:v>595.125</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>602.01</x:v>
+        <x:v>650.41</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
-        <x:v>45975.9257986111</x:v>
+        <x:v>46021.9269560185</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C20" s="0">
         <x:v>0.01</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>557.656</x:v>
+        <x:v>609.344</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>609.46</x:v>
+        <x:v>665.95</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="1">
-        <x:v>45974.924849537</x:v>
+        <x:v>46020.9273611111</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C21" s="0">
         <x:v>0.01</x:v>
       </x:c>
       <x:c r="D21" s="0">
-        <x:v>558.049</x:v>
+        <x:v>602.701</x:v>
       </x:c>
       <x:c r="E21" s="0">
-        <x:v>609.89</x:v>
+        <x:v>658.69</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="1">
-        <x:v>45973.9253356481</x:v>
+        <x:v>46014.9278356481</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C22" s="0">
         <x:v>0.01</x:v>
       </x:c>
       <x:c r="D22" s="0">
-        <x:v>557.244</x:v>
+        <x:v>608.42</x:v>
       </x:c>
       <x:c r="E22" s="0">
-        <x:v>609.01</x:v>
+        <x:v>664.94</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="1">
-        <x:v>45972.9253240741</x:v>
+        <x:v>46013.9284837963</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C23" s="0">
         <x:v>0.01</x:v>
       </x:c>
       <x:c r="D23" s="0">
-        <x:v>573.778</x:v>
+        <x:v>605.272</x:v>
       </x:c>
       <x:c r="E23" s="0">
-        <x:v>627.08</x:v>
+        <x:v>661.5</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="1">
-        <x:v>45971.9253703704</x:v>
+        <x:v>46010.9275810185</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C24" s="0">
         <x:v>0.01</x:v>
       </x:c>
       <x:c r="D24" s="0">
-        <x:v>578.06</x:v>
+        <x:v>602.775</x:v>
       </x:c>
       <x:c r="E24" s="0">
-        <x:v>631.76</x:v>
+        <x:v>658.77</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="1">
-        <x:v>45968.9253935185</x:v>
+        <x:v>46009.930787037</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C25" s="0">
         <x:v>0.01</x:v>
       </x:c>
       <x:c r="D25" s="0">
-        <x:v>568.865</x:v>
+        <x:v>607.972</x:v>
       </x:c>
       <x:c r="E25" s="0">
-        <x:v>621.71</x:v>
+        <x:v>664.45</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="1">
-        <x:v>45967.9277893519</x:v>
+        <x:v>46008.9275925926</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C26" s="0">
         <x:v>0.01</x:v>
       </x:c>
       <x:c r="D26" s="0">
-        <x:v>566.33</x:v>
+        <x:v>594.292</x:v>
       </x:c>
       <x:c r="E26" s="0">
-        <x:v>618.94</x:v>
+        <x:v>649.5</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="1">
-        <x:v>45966.9253587963</x:v>
+        <x:v>46007.9277662037</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C27" s="0">
         <x:v>0.01</x:v>
       </x:c>
       <x:c r="D27" s="0">
-        <x:v>581.894</x:v>
+        <x:v>601.292</x:v>
       </x:c>
       <x:c r="E27" s="0">
-        <x:v>635.95</x:v>
+        <x:v>657.15</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="1">
-        <x:v>45965.9236921296</x:v>
+        <x:v>46006.9271064815</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C28" s="0">
         <x:v>0.01</x:v>
       </x:c>
       <x:c r="D28" s="0">
-        <x:v>573.998</x:v>
+        <x:v>592.104</x:v>
       </x:c>
       <x:c r="E28" s="0">
-        <x:v>627.32</x:v>
+        <x:v>647.51</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="1">
-        <x:v>45964.9227893519</x:v>
+        <x:v>46006.3081018518</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C29" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D29" s="0">
-        <x:v>583.505</x:v>
+        <x:v>589.103</x:v>
       </x:c>
       <x:c r="E29" s="0">
-        <x:v>637.71</x:v>
+        <x:v>644.23</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="1">
-        <x:v>45961.8818981481</x:v>
+        <x:v>46003.9269907407</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C30" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D30" s="0">
-        <x:v>593.24</x:v>
+        <x:v>589.47</x:v>
       </x:c>
       <x:c r="E30" s="0">
-        <x:v>648.35</x:v>
+        <x:v>644.23</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="1">
-        <x:v>45960.8841435185</x:v>
+        <x:v>46002.9320023148</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C31" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D31" s="0">
-        <x:v>609.82</x:v>
+        <x:v>597.23</x:v>
       </x:c>
       <x:c r="E31" s="0">
-        <x:v>666.47</x:v>
+        <x:v>652.71</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="1">
-        <x:v>45960.6041782407</x:v>
+        <x:v>46001.927025463</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C32" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D32" s="0">
-        <x:v>619.344</x:v>
+        <x:v>594.869</x:v>
       </x:c>
       <x:c r="E32" s="0">
-        <x:v>676.879</x:v>
+        <x:v>650.13</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="1">
-        <x:v>45960.6041782407</x:v>
+        <x:v>46000.9275810185</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C33" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D33" s="0">
-        <x:v>619.344</x:v>
+        <x:v>601.118</x:v>
       </x:c>
       <x:c r="E33" s="0">
-        <x:v>751.67</x:v>
+        <x:v>656.96</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="1">
-        <x:v>45959.8897916667</x:v>
+        <x:v>45996.9307407407</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C34" s="0">
-        <x:v>6.13</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D34" s="0">
-        <x:v>687.778</x:v>
+        <x:v>616.179</x:v>
       </x:c>
       <x:c r="E34" s="0">
-        <x:v>751.67</x:v>
+        <x:v>673.42</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="1">
-        <x:v>45958.8875115741</x:v>
+        <x:v>45995.9303009259</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C35" s="0">
-        <x:v>6.13</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D35" s="0">
-        <x:v>687.568</x:v>
+        <x:v>605.3</x:v>
       </x:c>
       <x:c r="E35" s="0">
-        <x:v>751.44</x:v>
+        <x:v>661.53</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="1">
-        <x:v>45957.8875578704</x:v>
+        <x:v>45994.9276967593</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C36" s="0">
-        <x:v>6.09</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D36" s="0">
-        <x:v>687</x:v>
+        <x:v>585.234</x:v>
       </x:c>
       <x:c r="E36" s="0">
-        <x:v>750.82</x:v>
+        <x:v>639.6</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="1">
-        <x:v>45954.9259259259</x:v>
+        <x:v>45993.9303240741</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C37" s="0">
-        <x:v>5.23</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D37" s="0">
-        <x:v>675.599</x:v>
+        <x:v>592.096</x:v>
       </x:c>
       <x:c r="E37" s="0">
-        <x:v>738.36</x:v>
+        <x:v>647.1</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="1">
-        <x:v>45953.9278009259</x:v>
+        <x:v>45992.9296990741</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C38" s="0">
-        <x:v>4.95</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D38" s="0">
-        <x:v>671.61</x:v>
+        <x:v>586.396</x:v>
       </x:c>
       <x:c r="E38" s="0">
-        <x:v>734</x:v>
+        <x:v>640.87</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="1">
-        <x:v>45952.9303703704</x:v>
+        <x:v>45989.8197106481</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C39" s="0">
-        <x:v>4.92</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D39" s="0">
-        <x:v>671.07</x:v>
+        <x:v>592.874</x:v>
       </x:c>
       <x:c r="E39" s="0">
-        <x:v>733.41</x:v>
+        <x:v>647.95</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="1">
-        <x:v>45951.9269444444</x:v>
+        <x:v>45987.9265509259</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C40" s="0">
-        <x:v>4.92</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D40" s="0">
-        <x:v>670.942</x:v>
+        <x:v>579.753</x:v>
       </x:c>
       <x:c r="E40" s="0">
-        <x:v>733.27</x:v>
+        <x:v>633.61</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="1">
-        <x:v>45950.9289814815</x:v>
+        <x:v>45986.9250347222</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C41" s="0">
-        <x:v>4.86</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D41" s="0">
-        <x:v>669.936</x:v>
+        <x:v>582.141</x:v>
       </x:c>
       <x:c r="E41" s="0">
-        <x:v>732.17</x:v>
+        <x:v>636.22</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="1">
-        <x:v>45947.9299768519</x:v>
+        <x:v>45982.9249074074</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C42" s="0">
-        <x:v>4.02</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D42" s="0">
-        <x:v>655.977</x:v>
+        <x:v>543.739</x:v>
       </x:c>
       <x:c r="E42" s="0">
-        <x:v>716.915</x:v>
+        <x:v>594.25</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="1">
-        <x:v>45946.9262037037</x:v>
+        <x:v>45981.9259027778</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C43" s="0">
-        <x:v>3.77</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D43" s="0">
-        <x:v>651.544</x:v>
+        <x:v>539.072</x:v>
       </x:c>
       <x:c r="E43" s="0">
-        <x:v>712.07</x:v>
+        <x:v>589.15</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="1">
-        <x:v>45945.9257175926</x:v>
+        <x:v>45980.926412037</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C44" s="0">
-        <x:v>4.09</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D44" s="0">
-        <x:v>656.558</x:v>
+        <x:v>540.143</x:v>
       </x:c>
       <x:c r="E44" s="0">
-        <x:v>717.55</x:v>
+        <x:v>590.32</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="1">
-        <x:v>45944.9308101852</x:v>
+        <x:v>45979.9258680556</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C45" s="0">
-        <x:v>3.64</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D45" s="0">
-        <x:v>648.415</x:v>
+        <x:v>546.886</x:v>
       </x:c>
       <x:c r="E45" s="0">
-        <x:v>708.65</x:v>
+        <x:v>597.69</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="1">
-        <x:v>45943.926724537</x:v>
+        <x:v>45978.9281365741</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C46" s="0">
-        <x:v>4.05</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D46" s="0">
-        <x:v>654.866</x:v>
+        <x:v>550.839</x:v>
       </x:c>
       <x:c r="E46" s="0">
-        <x:v>715.7</x:v>
+        <x:v>602.01</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="1">
-        <x:v>45940.9235069444</x:v>
+        <x:v>45975.9257986111</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C47" s="0">
-        <x:v>3.55</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D47" s="0">
-        <x:v>645.35</x:v>
+        <x:v>557.656</x:v>
       </x:c>
       <x:c r="E47" s="0">
-        <x:v>705.3</x:v>
+        <x:v>609.46</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5">
       <x:c r="A48" s="1">
-        <x:v>45938.9270833333</x:v>
+        <x:v>45974.924849537</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C48" s="0">
-        <x:v>4.75</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D48" s="0">
-        <x:v>656.824</x:v>
+        <x:v>558.049</x:v>
       </x:c>
       <x:c r="E48" s="0">
-        <x:v>717.84</x:v>
+        <x:v>609.89</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
       <x:c r="A49" s="1">
-        <x:v>45937.9282291667</x:v>
+        <x:v>45973.9253356481</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C49" s="0">
-        <x:v>4.46</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D49" s="0">
-        <x:v>652.468</x:v>
+        <x:v>557.244</x:v>
       </x:c>
       <x:c r="E49" s="0">
-        <x:v>713.08</x:v>
+        <x:v>609.01</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5">
       <x:c r="A50" s="1">
-        <x:v>45936.9241319444</x:v>
+        <x:v>45972.9253240741</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C50" s="0">
-        <x:v>4.64</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D50" s="0">
-        <x:v>654.829</x:v>
+        <x:v>573.778</x:v>
       </x:c>
       <x:c r="E50" s="0">
-        <x:v>715.66</x:v>
+        <x:v>627.08</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5">
       <x:c r="A51" s="1">
-        <x:v>45933.9288425926</x:v>
+        <x:v>45971.9253703704</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C51" s="0">
-        <x:v>4.35</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D51" s="0">
-        <x:v>650.162</x:v>
+        <x:v>578.06</x:v>
       </x:c>
       <x:c r="E51" s="0">
-        <x:v>710.56</x:v>
+        <x:v>631.76</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5">
       <x:c r="A52" s="1">
-        <x:v>45932.9250925926</x:v>
+        <x:v>45968.9253935185</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C52" s="0">
-        <x:v>5.64</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D52" s="0">
-        <x:v>665.251</x:v>
+        <x:v>568.865</x:v>
       </x:c>
       <x:c r="E52" s="0">
-        <x:v>727.05</x:v>
+        <x:v>621.71</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5">
       <x:c r="A53" s="1">
-        <x:v>45931.9294097222</x:v>
+        <x:v>45967.9277893519</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C53" s="0">
-        <x:v>4.98</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D53" s="0">
-        <x:v>656.366</x:v>
+        <x:v>566.33</x:v>
       </x:c>
       <x:c r="E53" s="0">
-        <x:v>717.34</x:v>
+        <x:v>618.94</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5">
       <x:c r="A54" s="1">
-        <x:v>45930.933900463</x:v>
+        <x:v>45966.9253587963</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C54" s="0">
-        <x:v>6.5</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D54" s="0">
-        <x:v>671.958</x:v>
+        <x:v>581.894</x:v>
       </x:c>
       <x:c r="E54" s="0">
-        <x:v>734.38</x:v>
+        <x:v>635.95</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5">
       <x:c r="A55" s="1">
-        <x:v>45929.9324074074</x:v>
+        <x:v>45965.9236921296</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C55" s="0">
-        <x:v>7.41</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D55" s="0">
-        <x:v>680.211</x:v>
+        <x:v>573.998</x:v>
       </x:c>
       <x:c r="E55" s="0">
-        <x:v>743.4</x:v>
+        <x:v>627.32</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5">
       <x:c r="A56" s="1">
-        <x:v>45926.9298611111</x:v>
+        <x:v>45964.9227893519</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C56" s="0">
-        <x:v>7.49</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D56" s="0">
-        <x:v>680.531</x:v>
+        <x:v>583.505</x:v>
       </x:c>
       <x:c r="E56" s="0">
-        <x:v>743.75</x:v>
+        <x:v>637.71</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:5">
       <x:c r="A57" s="1">
-        <x:v>45925.9294444444</x:v>
+        <x:v>45961.8818981481</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C57" s="0">
-        <x:v>8.06</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D57" s="0">
-        <x:v>685.253</x:v>
+        <x:v>593.24</x:v>
       </x:c>
       <x:c r="E57" s="0">
-        <x:v>748.91</x:v>
+        <x:v>648.35</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:5">
       <x:c r="A58" s="1">
-        <x:v>45924.9296527778</x:v>
+        <x:v>45960.8841435185</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C58" s="0">
-        <x:v>9.55</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D58" s="0">
-        <x:v>696.004</x:v>
+        <x:v>609.82</x:v>
       </x:c>
       <x:c r="E58" s="0">
-        <x:v>760.66</x:v>
+        <x:v>666.47</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:5">
       <x:c r="A59" s="1">
-        <x:v>45923.9251967593</x:v>
+        <x:v>45960.6041782407</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C59" s="0">
-        <x:v>8.94</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D59" s="0">
-        <x:v>691.191</x:v>
+        <x:v>619.344</x:v>
       </x:c>
       <x:c r="E59" s="0">
-        <x:v>755.4</x:v>
+        <x:v>676.879</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:5">
       <x:c r="A60" s="1">
-        <x:v>45922.926712963</x:v>
+        <x:v>45960.6041782407</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C60" s="0">
-        <x:v>10.27</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D60" s="0">
-        <x:v>699.754</x:v>
+        <x:v>619.344</x:v>
       </x:c>
       <x:c r="E60" s="0">
-        <x:v>765.16</x:v>
+        <x:v>751.67</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:5">
       <x:c r="A61" s="1">
-        <x:v>45922.3338888889</x:v>
+        <x:v>45959.8897916667</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C61" s="0">
-        <x:v>11.99</x:v>
+        <x:v>6.13</x:v>
       </x:c>
       <x:c r="D61" s="0">
-        <x:v>711.85</x:v>
+        <x:v>687.778</x:v>
       </x:c>
       <x:c r="E61" s="0">
-        <x:v>778.38</x:v>
+        <x:v>751.67</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:5">
       <x:c r="A62" s="1">
-        <x:v>45919.9342592593</x:v>
+        <x:v>45958.8875115741</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C62" s="0">
-        <x:v>12.39</x:v>
+        <x:v>6.13</x:v>
       </x:c>
       <x:c r="D62" s="0">
-        <x:v>712.218</x:v>
+        <x:v>687.568</x:v>
       </x:c>
       <x:c r="E62" s="0">
-        <x:v>778.38</x:v>
+        <x:v>751.44</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:5">
       <x:c r="A63" s="1">
-        <x:v>45918.9265393519</x:v>
+        <x:v>45957.8875578704</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C63" s="0">
-        <x:v>12.71</x:v>
+        <x:v>6.09</x:v>
       </x:c>
       <x:c r="D63" s="0">
-        <x:v>713.929</x:v>
+        <x:v>687</x:v>
       </x:c>
       <x:c r="E63" s="0">
-        <x:v>780.25</x:v>
+        <x:v>750.82</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:5">
       <x:c r="A64" s="1">
-        <x:v>45917.9270486111</x:v>
+        <x:v>45954.9259259259</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C64" s="0">
-        <x:v>12.03</x:v>
+        <x:v>5.23</x:v>
       </x:c>
       <x:c r="D64" s="0">
-        <x:v>709.779</x:v>
+        <x:v>675.599</x:v>
       </x:c>
       <x:c r="E64" s="0">
-        <x:v>775.715</x:v>
+        <x:v>738.36</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:5">
       <x:c r="A65" s="1">
-        <x:v>45916.9258912037</x:v>
+        <x:v>45953.9278009259</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C65" s="0">
-        <x:v>12.59</x:v>
+        <x:v>4.95</x:v>
       </x:c>
       <x:c r="D65" s="0">
-        <x:v>712.785</x:v>
+        <x:v>671.61</x:v>
       </x:c>
       <x:c r="E65" s="0">
-        <x:v>779</x:v>
+        <x:v>734</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:5">
       <x:c r="A66" s="1">
-        <x:v>45915.9270949074</x:v>
+        <x:v>45952.9303703704</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C66" s="0">
-        <x:v>10.62</x:v>
+        <x:v>4.92</x:v>
       </x:c>
       <x:c r="D66" s="0">
-        <x:v>699.7</x:v>
+        <x:v>671.07</x:v>
       </x:c>
       <x:c r="E66" s="0">
-        <x:v>764.7</x:v>
+        <x:v>733.41</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:5">
       <x:c r="A67" s="1">
-        <x:v>45912.9234375</x:v>
+        <x:v>45951.9269444444</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C67" s="0">
-        <x:v>9.53</x:v>
+        <x:v>4.92</x:v>
       </x:c>
       <x:c r="D67" s="0">
-        <x:v>691.365</x:v>
+        <x:v>670.942</x:v>
       </x:c>
       <x:c r="E67" s="0">
-        <x:v>755.59</x:v>
+        <x:v>733.27</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:5">
       <x:c r="A68" s="1">
-        <x:v>45911.9251388889</x:v>
+        <x:v>45950.9289814815</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C68" s="0">
-        <x:v>8.99</x:v>
+        <x:v>4.86</x:v>
       </x:c>
       <x:c r="D68" s="0">
-        <x:v>687.074</x:v>
+        <x:v>669.936</x:v>
       </x:c>
       <x:c r="E68" s="0">
-        <x:v>750.9</x:v>
+        <x:v>732.17</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:5">
       <x:c r="A69" s="1">
-        <x:v>45910.9239930556</x:v>
+        <x:v>45947.9299768519</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C69" s="0">
-        <x:v>9.14</x:v>
+        <x:v>4.02</x:v>
       </x:c>
       <x:c r="D69" s="0">
-        <x:v>688.062</x:v>
+        <x:v>655.977</x:v>
       </x:c>
       <x:c r="E69" s="0">
-        <x:v>751.98</x:v>
+        <x:v>716.915</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:5">
       <x:c r="A70" s="1">
-        <x:v>45909.9244907407</x:v>
+        <x:v>45946.9262037037</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C70" s="0">
-        <x:v>11.16</x:v>
+        <x:v>3.77</x:v>
       </x:c>
       <x:c r="D70" s="0">
-        <x:v>700.616</x:v>
+        <x:v>651.544</x:v>
       </x:c>
       <x:c r="E70" s="0">
-        <x:v>765.7</x:v>
+        <x:v>712.07</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:5">
       <x:c r="A71" s="1">
-        <x:v>45908.9240393518</x:v>
+        <x:v>45945.9257175926</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C71" s="0">
-        <x:v>9.48</x:v>
+        <x:v>4.09</x:v>
       </x:c>
       <x:c r="D71" s="0">
-        <x:v>688.354</x:v>
+        <x:v>656.558</x:v>
       </x:c>
       <x:c r="E71" s="0">
-        <x:v>752.3</x:v>
+        <x:v>717.55</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:5">
       <x:c r="A72" s="1">
-        <x:v>45905.9285763889</x:v>
+        <x:v>45944.9308101852</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C72" s="0">
-        <x:v>9.56</x:v>
+        <x:v>3.64</x:v>
       </x:c>
       <x:c r="D72" s="0">
-        <x:v>688.492</x:v>
+        <x:v>648.415</x:v>
       </x:c>
       <x:c r="E72" s="0">
-        <x:v>752.45</x:v>
+        <x:v>708.65</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:5">
       <x:c r="A73" s="1">
-        <x:v>45904.9245138889</x:v>
+        <x:v>45943.926724537</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C73" s="0">
-        <x:v>9.11</x:v>
+        <x:v>4.05</x:v>
       </x:c>
       <x:c r="D73" s="0">
-        <x:v>685.015</x:v>
+        <x:v>654.866</x:v>
       </x:c>
       <x:c r="E73" s="0">
-        <x:v>748.65</x:v>
+        <x:v>715.7</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:5">
       <x:c r="A74" s="1">
-        <x:v>45903.923587963</x:v>
+        <x:v>45940.9235069444</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C74" s="0">
-        <x:v>7.89</x:v>
+        <x:v>3.55</x:v>
       </x:c>
       <x:c r="D74" s="0">
-        <x:v>674.401</x:v>
+        <x:v>645.35</x:v>
       </x:c>
       <x:c r="E74" s="0">
-        <x:v>737.05</x:v>
+        <x:v>705.3</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:5">
       <x:c r="A75" s="1">
-        <x:v>45902.9238773148</x:v>
+        <x:v>45938.9270833333</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C75" s="0">
-        <x:v>7.7</x:v>
+        <x:v>4.75</x:v>
       </x:c>
       <x:c r="D75" s="0">
-        <x:v>672.626</x:v>
+        <x:v>656.824</x:v>
       </x:c>
       <x:c r="E75" s="0">
-        <x:v>735.11</x:v>
+        <x:v>717.84</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:5">
       <x:c r="A76" s="1">
-        <x:v>45898.9303587963</x:v>
+        <x:v>45937.9282291667</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C76" s="0">
-        <x:v>8.16</x:v>
+        <x:v>4.46</x:v>
       </x:c>
       <x:c r="D76" s="0">
-        <x:v>675.91</x:v>
+        <x:v>652.468</x:v>
       </x:c>
       <x:c r="E76" s="0">
-        <x:v>738.7</x:v>
+        <x:v>713.08</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:5">
       <x:c r="A77" s="1">
-        <x:v>45897.9274189815</x:v>
+        <x:v>45936.9241319444</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C77" s="0">
-        <x:v>9.8</x:v>
+        <x:v>4.64</x:v>
       </x:c>
       <x:c r="D77" s="0">
-        <x:v>687.266</x:v>
+        <x:v>654.829</x:v>
       </x:c>
       <x:c r="E77" s="0">
-        <x:v>751.11</x:v>
+        <x:v>715.66</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:5">
       <x:c r="A78" s="1">
-        <x:v>45896.9248032407</x:v>
+        <x:v>45933.9288425926</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C78" s="0">
-        <x:v>9.35</x:v>
+        <x:v>4.35</x:v>
       </x:c>
       <x:c r="D78" s="0">
-        <x:v>683.853</x:v>
+        <x:v>650.162</x:v>
       </x:c>
       <x:c r="E78" s="0">
-        <x:v>747.38</x:v>
+        <x:v>710.56</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:5">
       <x:c r="A79" s="1">
-        <x:v>45895.9239351852</x:v>
+        <x:v>45932.9250925926</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C79" s="0">
-        <x:v>10.29</x:v>
+        <x:v>5.64</x:v>
       </x:c>
       <x:c r="D79" s="0">
-        <x:v>690.002</x:v>
+        <x:v>665.251</x:v>
       </x:c>
       <x:c r="E79" s="0">
-        <x:v>754.1</x:v>
+        <x:v>727.05</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:5">
       <x:c r="A80" s="1">
-        <x:v>45894.9239583333</x:v>
+        <x:v>45931.9294097222</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C80" s="0">
-        <x:v>10.2</x:v>
+        <x:v>4.98</x:v>
       </x:c>
       <x:c r="D80" s="0">
-        <x:v>689.27</x:v>
+        <x:v>656.366</x:v>
       </x:c>
       <x:c r="E80" s="0">
-        <x:v>753.3</x:v>
+        <x:v>717.34</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:5">
       <x:c r="A81" s="1">
-        <x:v>45891.9252314815</x:v>
+        <x:v>45930.933900463</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C81" s="0">
-        <x:v>10.47</x:v>
+        <x:v>6.5</x:v>
       </x:c>
       <x:c r="D81" s="0">
-        <x:v>690.633</x:v>
+        <x:v>671.958</x:v>
       </x:c>
       <x:c r="E81" s="0">
-        <x:v>754.79</x:v>
+        <x:v>734.38</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:5">
       <x:c r="A82" s="1">
-        <x:v>45890.9256481481</x:v>
+        <x:v>45929.9324074074</x:v>
       </x:c>
       <x:c r="B82" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C82" s="0">
-        <x:v>8.65</x:v>
+        <x:v>7.41</x:v>
       </x:c>
       <x:c r="D82" s="0">
-        <x:v>676.276</x:v>
+        <x:v>680.211</x:v>
       </x:c>
       <x:c r="E82" s="0">
-        <x:v>739.1</x:v>
+        <x:v>743.4</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:5">
       <x:c r="A83" s="1">
-        <x:v>45889.9243402778</x:v>
+        <x:v>45926.9298611111</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C83" s="0">
-        <x:v>9.79</x:v>
+        <x:v>7.49</x:v>
       </x:c>
       <x:c r="D83" s="0">
-        <x:v>684.164</x:v>
+        <x:v>680.531</x:v>
       </x:c>
       <x:c r="E83" s="0">
-        <x:v>747.72</x:v>
+        <x:v>743.75</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:5">
       <x:c r="A84" s="1">
-        <x:v>45888.9238425926</x:v>
+        <x:v>45925.9294444444</x:v>
       </x:c>
       <x:c r="B84" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C84" s="0">
-        <x:v>10.33</x:v>
+        <x:v>8.06</x:v>
       </x:c>
       <x:c r="D84" s="0">
-        <x:v>687.604</x:v>
+        <x:v>685.253</x:v>
       </x:c>
       <x:c r="E84" s="0">
-        <x:v>751.48</x:v>
+        <x:v>748.91</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:5">
       <x:c r="A85" s="1">
-        <x:v>45887.9245601852</x:v>
+        <x:v>45924.9296527778</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C85" s="0">
-        <x:v>13.06</x:v>
+        <x:v>9.55</x:v>
       </x:c>
       <x:c r="D85" s="0">
-        <x:v>702.144</x:v>
+        <x:v>696.004</x:v>
       </x:c>
       <x:c r="E85" s="0">
-        <x:v>767.37</x:v>
+        <x:v>760.66</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:5">
       <x:c r="A86" s="1">
-        <x:v>45884.9247106481</x:v>
+        <x:v>45923.9251967593</x:v>
       </x:c>
       <x:c r="B86" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C86" s="0">
-        <x:v>17.03</x:v>
+        <x:v>8.94</x:v>
       </x:c>
       <x:c r="D86" s="0">
-        <x:v>718.486</x:v>
+        <x:v>691.191</x:v>
       </x:c>
       <x:c r="E86" s="0">
-        <x:v>785.23</x:v>
+        <x:v>755.4</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:5">
       <x:c r="A87" s="1">
-        <x:v>45883.9240625</x:v>
+        <x:v>45922.926712963</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C87" s="0">
-        <x:v>16.41</x:v>
+        <x:v>10.27</x:v>
       </x:c>
       <x:c r="D87" s="0">
-        <x:v>715.649</x:v>
+        <x:v>699.754</x:v>
       </x:c>
       <x:c r="E87" s="0">
-        <x:v>782.13</x:v>
+        <x:v>765.16</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:5">
       <x:c r="A88" s="1">
-        <x:v>45882.9239467593</x:v>
+        <x:v>45922.3338888889</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C88" s="0">
-        <x:v>16.02</x:v>
+        <x:v>11.99</x:v>
       </x:c>
       <x:c r="D88" s="0">
-        <x:v>713.773</x:v>
+        <x:v>711.85</x:v>
       </x:c>
       <x:c r="E88" s="0">
-        <x:v>780.08</x:v>
+        <x:v>778.38</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:5">
       <x:c r="A89" s="1">
-        <x:v>45881.9233449074</x:v>
+        <x:v>45919.9342592593</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C89" s="0">
-        <x:v>18.37</x:v>
+        <x:v>12.39</x:v>
       </x:c>
       <x:c r="D89" s="0">
-        <x:v>722.85</x:v>
+        <x:v>712.218</x:v>
       </x:c>
       <x:c r="E89" s="0">
-        <x:v>790</x:v>
+        <x:v>778.38</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:5">
       <x:c r="A90" s="1">
-        <x:v>45880.923587963</x:v>
+        <x:v>45918.9265393519</x:v>
       </x:c>
       <x:c r="B90" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C90" s="0">
-        <x:v>13.99</x:v>
+        <x:v>12.71</x:v>
       </x:c>
       <x:c r="D90" s="0">
-        <x:v>700.771</x:v>
+        <x:v>713.929</x:v>
       </x:c>
       <x:c r="E90" s="0">
-        <x:v>765.87</x:v>
+        <x:v>780.25</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:5">
       <x:c r="A91" s="1">
-        <x:v>45877.9331597222</x:v>
+        <x:v>45917.9270486111</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C91" s="0">
-        <x:v>14.73</x:v>
+        <x:v>12.03</x:v>
       </x:c>
       <x:c r="D91" s="0">
-        <x:v>703.91</x:v>
+        <x:v>709.779</x:v>
       </x:c>
       <x:c r="E91" s="0">
-        <x:v>769.3</x:v>
+        <x:v>775.715</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:5">
       <x:c r="A92" s="1">
-        <x:v>45876.9384490741</x:v>
+        <x:v>45916.9258912037</x:v>
       </x:c>
       <x:c r="B92" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C92" s="0">
-        <x:v>13.44</x:v>
+        <x:v>12.59</x:v>
       </x:c>
       <x:c r="D92" s="0">
-        <x:v>697.074</x:v>
+        <x:v>712.785</x:v>
       </x:c>
       <x:c r="E92" s="0">
-        <x:v>761.83</x:v>
+        <x:v>779</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:5">
       <x:c r="A93" s="1">
-        <x:v>45875.9344560185</x:v>
+        <x:v>45915.9270949074</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C93" s="0">
-        <x:v>15.51</x:v>
+        <x:v>10.62</x:v>
       </x:c>
       <x:c r="D93" s="0">
-        <x:v>706.371</x:v>
+        <x:v>699.7</x:v>
       </x:c>
       <x:c r="E93" s="0">
-        <x:v>771.99</x:v>
+        <x:v>764.7</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:5">
       <x:c r="A94" s="1">
-        <x:v>45874.9325694444</x:v>
+        <x:v>45912.9234375</x:v>
       </x:c>
       <x:c r="B94" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C94" s="0">
-        <x:v>13.97</x:v>
+        <x:v>9.53</x:v>
       </x:c>
       <x:c r="D94" s="0">
-        <x:v>698.566</x:v>
+        <x:v>691.365</x:v>
       </x:c>
       <x:c r="E94" s="0">
-        <x:v>763.46</x:v>
+        <x:v>755.59</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:5">
       <x:c r="A95" s="1">
-        <x:v>45873.9313425926</x:v>
+        <x:v>45911.9251388889</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C95" s="0">
-        <x:v>16.8</x:v>
+        <x:v>8.99</x:v>
       </x:c>
       <x:c r="D95" s="0">
-        <x:v>710.379</x:v>
+        <x:v>687.074</x:v>
       </x:c>
       <x:c r="E95" s="0">
-        <x:v>776.37</x:v>
+        <x:v>750.9</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:5">
       <x:c r="A96" s="1">
-        <x:v>45870.9273842593</x:v>
+        <x:v>45910.9239930556</x:v>
       </x:c>
       <x:c r="B96" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C96" s="0">
-        <x:v>12.48</x:v>
+        <x:v>9.14</x:v>
       </x:c>
       <x:c r="D96" s="0">
-        <x:v>686.259</x:v>
+        <x:v>688.062</x:v>
       </x:c>
       <x:c r="E96" s="0">
-        <x:v>750.01</x:v>
+        <x:v>751.98</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:5">
       <x:c r="A97" s="1">
-        <x:v>45869.9244212963</x:v>
+        <x:v>45909.9244907407</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C97" s="0">
-        <x:v>17.96</x:v>
+        <x:v>11.16</x:v>
       </x:c>
       <x:c r="D97" s="0">
-        <x:v>707.698</x:v>
+        <x:v>700.616</x:v>
       </x:c>
       <x:c r="E97" s="0">
-        <x:v>773.44</x:v>
+        <x:v>765.7</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:5">
       <x:c r="A98" s="1">
-        <x:v>45868.9255092593</x:v>
+        <x:v>45908.9240393518</x:v>
       </x:c>
       <x:c r="B98" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C98" s="0">
-        <x:v>8.48</x:v>
+        <x:v>9.48</x:v>
       </x:c>
       <x:c r="D98" s="0">
-        <x:v>636.117</x:v>
+        <x:v>688.354</x:v>
       </x:c>
       <x:c r="E98" s="0">
-        <x:v>695.21</x:v>
+        <x:v>752.3</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:5">
       <x:c r="A99" s="1">
-        <x:v>45867.9289467593</x:v>
+        <x:v>45905.9285763889</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C99" s="0">
-        <x:v>9.12</x:v>
+        <x:v>9.56</x:v>
       </x:c>
       <x:c r="D99" s="0">
-        <x:v>640.5</x:v>
+        <x:v>688.492</x:v>
       </x:c>
       <x:c r="E99" s="0">
-        <x:v>700</x:v>
+        <x:v>752.45</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:5">
       <x:c r="A100" s="1">
-        <x:v>45866.9278125</x:v>
+        <x:v>45904.9245138889</x:v>
       </x:c>
       <x:c r="B100" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C100" s="0">
-        <x:v>12.12</x:v>
+        <x:v>9.11</x:v>
       </x:c>
       <x:c r="D100" s="0">
-        <x:v>656.632</x:v>
+        <x:v>685.015</x:v>
       </x:c>
       <x:c r="E100" s="0">
-        <x:v>717.63</x:v>
+        <x:v>748.65</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:5">
       <x:c r="A101" s="1">
-        <x:v>45863.926875</x:v>
+        <x:v>45903.923587963</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C101" s="0">
-        <x:v>11.4</x:v>
+        <x:v>7.89</x:v>
       </x:c>
       <x:c r="D101" s="0">
-        <x:v>652.102</x:v>
+        <x:v>674.401</x:v>
       </x:c>
       <x:c r="E101" s="0">
-        <x:v>712.68</x:v>
+        <x:v>737.05</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:5">
       <x:c r="A102" s="1">
-        <x:v>45862.9245949074</x:v>
+        <x:v>45902.9238773148</x:v>
       </x:c>
       <x:c r="B102" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C102" s="0">
-        <x:v>11.77</x:v>
+        <x:v>7.7</x:v>
       </x:c>
       <x:c r="D102" s="0">
-        <x:v>654.042</x:v>
+        <x:v>672.626</x:v>
       </x:c>
       <x:c r="E102" s="0">
-        <x:v>714.8</x:v>
+        <x:v>735.11</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:5">
       <x:c r="A103" s="1">
-        <x:v>45861.926412037</x:v>
+        <x:v>45898.9303587963</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C103" s="0">
-        <x:v>11.6</x:v>
+        <x:v>8.16</x:v>
       </x:c>
       <x:c r="D103" s="0">
-        <x:v>652.926</x:v>
+        <x:v>675.91</x:v>
       </x:c>
       <x:c r="E103" s="0">
-        <x:v>713.58</x:v>
+        <x:v>738.7</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:5">
       <x:c r="A104" s="1">
-        <x:v>45860.9260763889</x:v>
+        <x:v>45897.9274189815</x:v>
       </x:c>
       <x:c r="B104" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C104" s="0">
-        <x:v>10.33</x:v>
+        <x:v>9.8</x:v>
       </x:c>
       <x:c r="D104" s="0">
-        <x:v>644.901</x:v>
+        <x:v>687.266</x:v>
       </x:c>
       <x:c r="E104" s="0">
-        <x:v>704.81</x:v>
+        <x:v>751.11</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:5">
       <x:c r="A105" s="1">
-        <x:v>45859.9273148148</x:v>
+        <x:v>45896.9248032407</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C105" s="0">
-        <x:v>11.69</x:v>
+        <x:v>9.35</x:v>
       </x:c>
       <x:c r="D105" s="0">
-        <x:v>652.363</x:v>
+        <x:v>683.853</x:v>
       </x:c>
       <x:c r="E105" s="0">
-        <x:v>712.965</x:v>
+        <x:v>747.38</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:5">
       <x:c r="A106" s="1">
-        <x:v>45856.949212963</x:v>
+        <x:v>45895.9239351852</x:v>
       </x:c>
       <x:c r="B106" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C106" s="0">
-        <x:v>10.46</x:v>
+        <x:v>10.29</x:v>
       </x:c>
       <x:c r="D106" s="0">
-        <x:v>644.416</x:v>
+        <x:v>690.002</x:v>
       </x:c>
       <x:c r="E106" s="0">
-        <x:v>704.28</x:v>
+        <x:v>754.1</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:5">
       <x:c r="A107" s="1">
-        <x:v>45855.9327314815</x:v>
+        <x:v>45894.9239583333</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C107" s="0">
-        <x:v>10.07</x:v>
+        <x:v>10.2</x:v>
       </x:c>
       <x:c r="D107" s="0">
-        <x:v>641.79</x:v>
+        <x:v>689.27</x:v>
       </x:c>
       <x:c r="E107" s="0">
-        <x:v>701.41</x:v>
+        <x:v>753.3</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:5">
       <x:c r="A108" s="1">
-        <x:v>45854.9359490741</x:v>
+        <x:v>45891.9252314815</x:v>
       </x:c>
       <x:c r="B108" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C108" s="0">
-        <x:v>10.31</x:v>
+        <x:v>10.47</x:v>
       </x:c>
       <x:c r="D108" s="0">
-        <x:v>643.163</x:v>
+        <x:v>690.633</x:v>
       </x:c>
       <x:c r="E108" s="0">
-        <x:v>702.91</x:v>
+        <x:v>754.79</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:5">
       <x:c r="A109" s="1">
-        <x:v>45853.9275694444</x:v>
+        <x:v>45890.9256481481</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C109" s="0">
-        <x:v>11.54</x:v>
+        <x:v>8.65</x:v>
       </x:c>
       <x:c r="D109" s="0">
-        <x:v>650.007</x:v>
+        <x:v>676.276</x:v>
       </x:c>
       <x:c r="E109" s="0">
-        <x:v>710.39</x:v>
+        <x:v>739.1</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:5">
       <x:c r="A110" s="1">
-        <x:v>45852.9328587963</x:v>
+        <x:v>45889.9243402778</x:v>
       </x:c>
       <x:c r="B110" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C110" s="0">
-        <x:v>13.55</x:v>
+        <x:v>9.79</x:v>
       </x:c>
       <x:c r="D110" s="0">
-        <x:v>659.642</x:v>
+        <x:v>684.164</x:v>
       </x:c>
       <x:c r="E110" s="0">
-        <x:v>720.92</x:v>
+        <x:v>747.72</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:5">
       <x:c r="A111" s="1">
-        <x:v>45849.9249768518</x:v>
+        <x:v>45888.9238425926</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C111" s="0">
-        <x:v>13.01</x:v>
+        <x:v>10.33</x:v>
       </x:c>
       <x:c r="D111" s="0">
-        <x:v>656.522</x:v>
+        <x:v>687.604</x:v>
       </x:c>
       <x:c r="E111" s="0">
-        <x:v>717.51</x:v>
+        <x:v>751.48</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:5">
       <x:c r="A112" s="1">
-        <x:v>45848.9261342593</x:v>
+        <x:v>45887.9245601852</x:v>
       </x:c>
       <x:c r="B112" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C112" s="0">
-        <x:v>15.05</x:v>
+        <x:v>13.06</x:v>
       </x:c>
       <x:c r="D112" s="0">
-        <x:v>665.425</x:v>
+        <x:v>702.144</x:v>
       </x:c>
       <x:c r="E112" s="0">
-        <x:v>727.24</x:v>
+        <x:v>767.37</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:5">
       <x:c r="A113" s="1">
-        <x:v>45847.925787037</x:v>
+        <x:v>45884.9247106481</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C113" s="0">
-        <x:v>16.31</x:v>
+        <x:v>17.03</x:v>
       </x:c>
       <x:c r="D113" s="0">
-        <x:v>670.494</x:v>
+        <x:v>718.486</x:v>
       </x:c>
       <x:c r="E113" s="0">
-        <x:v>732.78</x:v>
+        <x:v>785.23</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:5">
       <x:c r="A114" s="1">
-        <x:v>45846.9248611111</x:v>
+        <x:v>45883.9240625</x:v>
       </x:c>
       <x:c r="B114" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C114" s="0">
-        <x:v>13.99</x:v>
+        <x:v>16.41</x:v>
       </x:c>
       <x:c r="D114" s="0">
-        <x:v>659.413</x:v>
+        <x:v>715.649</x:v>
       </x:c>
       <x:c r="E114" s="0">
-        <x:v>720.67</x:v>
+        <x:v>782.13</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:5">
       <x:c r="A115" s="1">
-        <x:v>45845.9274884259</x:v>
+        <x:v>45882.9239467593</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C115" s="0">
-        <x:v>13.58</x:v>
+        <x:v>16.02</x:v>
       </x:c>
       <x:c r="D115" s="0">
-        <x:v>657.29</x:v>
+        <x:v>713.773</x:v>
       </x:c>
       <x:c r="E115" s="0">
-        <x:v>718.35</x:v>
+        <x:v>780.08</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:5">
       <x:c r="A116" s="1">
-        <x:v>45841.8023263889</x:v>
+        <x:v>45881.9233449074</x:v>
       </x:c>
       <x:c r="B116" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C116" s="0">
-        <x:v>13.81</x:v>
+        <x:v>18.37</x:v>
       </x:c>
       <x:c r="D116" s="0">
-        <x:v>657.894</x:v>
+        <x:v>722.85</x:v>
       </x:c>
       <x:c r="E116" s="0">
-        <x:v>719.01</x:v>
+        <x:v>790</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:5">
       <x:c r="A117" s="1">
-        <x:v>45840.9303703704</x:v>
+        <x:v>45880.923587963</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C117" s="0">
-        <x:v>12.85</x:v>
+        <x:v>13.99</x:v>
       </x:c>
       <x:c r="D117" s="0">
-        <x:v>652.917</x:v>
+        <x:v>700.771</x:v>
       </x:c>
       <x:c r="E117" s="0">
-        <x:v>713.57</x:v>
+        <x:v>765.87</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:5">
       <x:c r="A118" s="1">
-        <x:v>45839.9249421296</x:v>
+        <x:v>45877.9331597222</x:v>
       </x:c>
       <x:c r="B118" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C118" s="0">
-        <x:v>13.98</x:v>
+        <x:v>14.73</x:v>
       </x:c>
       <x:c r="D118" s="0">
-        <x:v>658.086</x:v>
+        <x:v>703.91</x:v>
       </x:c>
       <x:c r="E118" s="0">
-        <x:v>719.22</x:v>
+        <x:v>769.3</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:5">
       <x:c r="A119" s="1">
-        <x:v>45838.9258217593</x:v>
+        <x:v>45876.9384490741</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C119" s="0">
-        <x:v>18.83</x:v>
+        <x:v>13.44</x:v>
       </x:c>
       <x:c r="D119" s="0">
-        <x:v>675.352</x:v>
+        <x:v>697.074</x:v>
       </x:c>
       <x:c r="E119" s="0">
-        <x:v>738.09</x:v>
+        <x:v>761.83</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:5">
       <x:c r="A120" s="1">
-        <x:v>45835.9282291667</x:v>
+        <x:v>45875.9344560185</x:v>
       </x:c>
       <x:c r="B120" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C120" s="0">
-        <x:v>17.85</x:v>
+        <x:v>15.51</x:v>
       </x:c>
       <x:c r="D120" s="0">
-        <x:v>671.272</x:v>
+        <x:v>706.371</x:v>
       </x:c>
       <x:c r="E120" s="0">
-        <x:v>733.63</x:v>
+        <x:v>771.99</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:5">
       <x:c r="A121" s="1">
-        <x:v>45834.9274189815</x:v>
+        <x:v>45874.9325694444</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C121" s="0">
-        <x:v>16.2</x:v>
+        <x:v>13.97</x:v>
       </x:c>
       <x:c r="D121" s="0">
-        <x:v>664.372</x:v>
+        <x:v>698.566</x:v>
       </x:c>
       <x:c r="E121" s="0">
-        <x:v>726.09</x:v>
+        <x:v>763.46</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:5">
       <x:c r="A122" s="1">
-        <x:v>45833.9268171296</x:v>
+        <x:v>45873.9313425926</x:v>
       </x:c>
       <x:c r="B122" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C122" s="0">
-        <x:v>13.02</x:v>
+        <x:v>16.8</x:v>
       </x:c>
       <x:c r="D122" s="0">
-        <x:v>648.442</x:v>
+        <x:v>710.379</x:v>
       </x:c>
       <x:c r="E122" s="0">
-        <x:v>708.68</x:v>
+        <x:v>776.37</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:5">
       <x:c r="A123" s="1">
-        <x:v>45832.9265393519</x:v>
+        <x:v>45870.9273842593</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C123" s="0">
-        <x:v>13.73</x:v>
+        <x:v>12.48</x:v>
       </x:c>
       <x:c r="D123" s="0">
-        <x:v>651.663</x:v>
+        <x:v>686.259</x:v>
       </x:c>
       <x:c r="E123" s="0">
-        <x:v>712.2</x:v>
+        <x:v>750.01</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:5">
       <x:c r="A124" s="1">
+        <x:v>45869.9244212963</x:v>
+      </x:c>
+      <x:c r="B124" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C124" s="0">
+        <x:v>17.96</x:v>
+      </x:c>
+      <x:c r="D124" s="0">
+        <x:v>707.698</x:v>
+      </x:c>
+      <x:c r="E124" s="0">
+        <x:v>773.44</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="125" spans="1:5">
+      <x:c r="A125" s="1">
+        <x:v>45868.9255092593</x:v>
+      </x:c>
+      <x:c r="B125" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C125" s="0">
+        <x:v>8.48</x:v>
+      </x:c>
+      <x:c r="D125" s="0">
+        <x:v>636.117</x:v>
+      </x:c>
+      <x:c r="E125" s="0">
+        <x:v>695.21</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="126" spans="1:5">
+      <x:c r="A126" s="1">
+        <x:v>45867.9289467593</x:v>
+      </x:c>
+      <x:c r="B126" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C126" s="0">
+        <x:v>9.12</x:v>
+      </x:c>
+      <x:c r="D126" s="0">
+        <x:v>640.5</x:v>
+      </x:c>
+      <x:c r="E126" s="0">
+        <x:v>700</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="127" spans="1:5">
+      <x:c r="A127" s="1">
+        <x:v>45866.9278125</x:v>
+      </x:c>
+      <x:c r="B127" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C127" s="0">
+        <x:v>12.12</x:v>
+      </x:c>
+      <x:c r="D127" s="0">
+        <x:v>656.632</x:v>
+      </x:c>
+      <x:c r="E127" s="0">
+        <x:v>717.63</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="128" spans="1:5">
+      <x:c r="A128" s="1">
+        <x:v>45863.926875</x:v>
+      </x:c>
+      <x:c r="B128" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C128" s="0">
+        <x:v>11.4</x:v>
+      </x:c>
+      <x:c r="D128" s="0">
+        <x:v>652.102</x:v>
+      </x:c>
+      <x:c r="E128" s="0">
+        <x:v>712.68</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="129" spans="1:5">
+      <x:c r="A129" s="1">
+        <x:v>45862.9245949074</x:v>
+      </x:c>
+      <x:c r="B129" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C129" s="0">
+        <x:v>11.77</x:v>
+      </x:c>
+      <x:c r="D129" s="0">
+        <x:v>654.042</x:v>
+      </x:c>
+      <x:c r="E129" s="0">
+        <x:v>714.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="130" spans="1:5">
+      <x:c r="A130" s="1">
+        <x:v>45861.926412037</x:v>
+      </x:c>
+      <x:c r="B130" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C130" s="0">
+        <x:v>11.6</x:v>
+      </x:c>
+      <x:c r="D130" s="0">
+        <x:v>652.926</x:v>
+      </x:c>
+      <x:c r="E130" s="0">
+        <x:v>713.58</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="131" spans="1:5">
+      <x:c r="A131" s="1">
+        <x:v>45860.9260763889</x:v>
+      </x:c>
+      <x:c r="B131" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C131" s="0">
+        <x:v>10.33</x:v>
+      </x:c>
+      <x:c r="D131" s="0">
+        <x:v>644.901</x:v>
+      </x:c>
+      <x:c r="E131" s="0">
+        <x:v>704.81</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="132" spans="1:5">
+      <x:c r="A132" s="1">
+        <x:v>45859.9273148148</x:v>
+      </x:c>
+      <x:c r="B132" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C132" s="0">
+        <x:v>11.69</x:v>
+      </x:c>
+      <x:c r="D132" s="0">
+        <x:v>652.363</x:v>
+      </x:c>
+      <x:c r="E132" s="0">
+        <x:v>712.965</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="133" spans="1:5">
+      <x:c r="A133" s="1">
+        <x:v>45856.949212963</x:v>
+      </x:c>
+      <x:c r="B133" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C133" s="0">
+        <x:v>10.46</x:v>
+      </x:c>
+      <x:c r="D133" s="0">
+        <x:v>644.416</x:v>
+      </x:c>
+      <x:c r="E133" s="0">
+        <x:v>704.28</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="134" spans="1:5">
+      <x:c r="A134" s="1">
+        <x:v>45855.9327314815</x:v>
+      </x:c>
+      <x:c r="B134" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C134" s="0">
+        <x:v>10.07</x:v>
+      </x:c>
+      <x:c r="D134" s="0">
+        <x:v>641.79</x:v>
+      </x:c>
+      <x:c r="E134" s="0">
+        <x:v>701.41</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="135" spans="1:5">
+      <x:c r="A135" s="1">
+        <x:v>45854.9359490741</x:v>
+      </x:c>
+      <x:c r="B135" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C135" s="0">
+        <x:v>10.31</x:v>
+      </x:c>
+      <x:c r="D135" s="0">
+        <x:v>643.163</x:v>
+      </x:c>
+      <x:c r="E135" s="0">
+        <x:v>702.91</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="136" spans="1:5">
+      <x:c r="A136" s="1">
+        <x:v>45853.9275694444</x:v>
+      </x:c>
+      <x:c r="B136" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C136" s="0">
+        <x:v>11.54</x:v>
+      </x:c>
+      <x:c r="D136" s="0">
+        <x:v>650.007</x:v>
+      </x:c>
+      <x:c r="E136" s="0">
+        <x:v>710.39</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="137" spans="1:5">
+      <x:c r="A137" s="1">
+        <x:v>45852.9328587963</x:v>
+      </x:c>
+      <x:c r="B137" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C137" s="0">
+        <x:v>13.55</x:v>
+      </x:c>
+      <x:c r="D137" s="0">
+        <x:v>659.642</x:v>
+      </x:c>
+      <x:c r="E137" s="0">
+        <x:v>720.92</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="138" spans="1:5">
+      <x:c r="A138" s="1">
+        <x:v>45849.9249768518</x:v>
+      </x:c>
+      <x:c r="B138" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C138" s="0">
+        <x:v>13.01</x:v>
+      </x:c>
+      <x:c r="D138" s="0">
+        <x:v>656.522</x:v>
+      </x:c>
+      <x:c r="E138" s="0">
+        <x:v>717.51</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="139" spans="1:5">
+      <x:c r="A139" s="1">
+        <x:v>45848.9261342593</x:v>
+      </x:c>
+      <x:c r="B139" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C139" s="0">
+        <x:v>15.05</x:v>
+      </x:c>
+      <x:c r="D139" s="0">
+        <x:v>665.425</x:v>
+      </x:c>
+      <x:c r="E139" s="0">
+        <x:v>727.24</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="140" spans="1:5">
+      <x:c r="A140" s="1">
+        <x:v>45847.925787037</x:v>
+      </x:c>
+      <x:c r="B140" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C140" s="0">
+        <x:v>16.31</x:v>
+      </x:c>
+      <x:c r="D140" s="0">
+        <x:v>670.494</x:v>
+      </x:c>
+      <x:c r="E140" s="0">
+        <x:v>732.78</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="141" spans="1:5">
+      <x:c r="A141" s="1">
+        <x:v>45846.9248611111</x:v>
+      </x:c>
+      <x:c r="B141" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C141" s="0">
+        <x:v>13.99</x:v>
+      </x:c>
+      <x:c r="D141" s="0">
+        <x:v>659.413</x:v>
+      </x:c>
+      <x:c r="E141" s="0">
+        <x:v>720.67</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="142" spans="1:5">
+      <x:c r="A142" s="1">
+        <x:v>45845.9274884259</x:v>
+      </x:c>
+      <x:c r="B142" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C142" s="0">
+        <x:v>13.58</x:v>
+      </x:c>
+      <x:c r="D142" s="0">
+        <x:v>657.29</x:v>
+      </x:c>
+      <x:c r="E142" s="0">
+        <x:v>718.35</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="143" spans="1:5">
+      <x:c r="A143" s="1">
+        <x:v>45841.8023263889</x:v>
+      </x:c>
+      <x:c r="B143" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C143" s="0">
+        <x:v>13.81</x:v>
+      </x:c>
+      <x:c r="D143" s="0">
+        <x:v>657.894</x:v>
+      </x:c>
+      <x:c r="E143" s="0">
+        <x:v>719.01</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="144" spans="1:5">
+      <x:c r="A144" s="1">
+        <x:v>45840.9303703704</x:v>
+      </x:c>
+      <x:c r="B144" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C144" s="0">
+        <x:v>12.85</x:v>
+      </x:c>
+      <x:c r="D144" s="0">
+        <x:v>652.917</x:v>
+      </x:c>
+      <x:c r="E144" s="0">
+        <x:v>713.57</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="145" spans="1:5">
+      <x:c r="A145" s="1">
+        <x:v>45839.9249421296</x:v>
+      </x:c>
+      <x:c r="B145" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C145" s="0">
+        <x:v>13.98</x:v>
+      </x:c>
+      <x:c r="D145" s="0">
+        <x:v>658.086</x:v>
+      </x:c>
+      <x:c r="E145" s="0">
+        <x:v>719.22</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="146" spans="1:5">
+      <x:c r="A146" s="1">
+        <x:v>45838.9258217593</x:v>
+      </x:c>
+      <x:c r="B146" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C146" s="0">
+        <x:v>18.83</x:v>
+      </x:c>
+      <x:c r="D146" s="0">
+        <x:v>675.352</x:v>
+      </x:c>
+      <x:c r="E146" s="0">
+        <x:v>738.09</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="147" spans="1:5">
+      <x:c r="A147" s="1">
+        <x:v>45835.9282291667</x:v>
+      </x:c>
+      <x:c r="B147" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C147" s="0">
+        <x:v>17.85</x:v>
+      </x:c>
+      <x:c r="D147" s="0">
+        <x:v>671.272</x:v>
+      </x:c>
+      <x:c r="E147" s="0">
+        <x:v>733.63</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="148" spans="1:5">
+      <x:c r="A148" s="1">
+        <x:v>45834.9274189815</x:v>
+      </x:c>
+      <x:c r="B148" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C148" s="0">
+        <x:v>16.2</x:v>
+      </x:c>
+      <x:c r="D148" s="0">
+        <x:v>664.372</x:v>
+      </x:c>
+      <x:c r="E148" s="0">
+        <x:v>726.09</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="149" spans="1:5">
+      <x:c r="A149" s="1">
+        <x:v>45833.9268171296</x:v>
+      </x:c>
+      <x:c r="B149" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C149" s="0">
+        <x:v>13.02</x:v>
+      </x:c>
+      <x:c r="D149" s="0">
+        <x:v>648.442</x:v>
+      </x:c>
+      <x:c r="E149" s="0">
+        <x:v>708.68</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="150" spans="1:5">
+      <x:c r="A150" s="1">
+        <x:v>45832.9265393519</x:v>
+      </x:c>
+      <x:c r="B150" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C150" s="0">
+        <x:v>13.73</x:v>
+      </x:c>
+      <x:c r="D150" s="0">
+        <x:v>651.663</x:v>
+      </x:c>
+      <x:c r="E150" s="0">
+        <x:v>712.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="151" spans="1:5">
+      <x:c r="A151" s="1">
         <x:v>45831.9246412037</x:v>
       </x:c>
-      <x:c r="B124" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C124" s="0">
+      <x:c r="B151" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C151" s="0">
         <x:v>11.5</x:v>
       </x:c>
-      <x:c r="D124" s="0">
+      <x:c r="D151" s="0">
         <x:v>639.155</x:v>
       </x:c>
-      <x:c r="E124" s="0">
+      <x:c r="E151" s="0">
         <x:v>698.53</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>