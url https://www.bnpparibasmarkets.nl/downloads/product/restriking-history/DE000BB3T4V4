--- v3 (2026-01-28)
+++ v4 (2026-03-07)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R629173535d2d44b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c400aa5bb25148da9100a3b6d5ceae64.psmdcp" Id="R298b39073a9f4772" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f460d9e43404cb0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2260127b1c1c4a2985111814b0035b7d.psmdcp" Id="R3b928b4deab04d10" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>DE000BB3T4V4</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -390,2613 +390,2936 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E151"/>
+  <x:dimension ref="A1:E170"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>46049.9249768518</x:v>
+        <x:v>46080.9256944444</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>615.768</x:v>
+        <x:v>593.085</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>672.97</x:v>
+        <x:v>648.18</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>46048.9248032407</x:v>
+        <x:v>46079.9258217593</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>615.209</x:v>
+        <x:v>601.164</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>672.36</x:v>
+        <x:v>657.01</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>46045.9251273148</x:v>
+        <x:v>46078.9257291667</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>602.765</x:v>
+        <x:v>598.126</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>658.76</x:v>
+        <x:v>653.69</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>46044.9245601852</x:v>
+        <x:v>46077.925474537</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>592.582</x:v>
+        <x:v>584.96</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>647.63</x:v>
+        <x:v>639.3</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>46043.9253935185</x:v>
+        <x:v>46073.9253703704</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>560.858</x:v>
+        <x:v>599.929</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>612.96</x:v>
+        <x:v>655.66</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>46042.9279050926</x:v>
+        <x:v>46072.9253125</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>552.77</x:v>
+        <x:v>589.974</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>604.12</x:v>
+        <x:v>644.78</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>46038.9243171296</x:v>
+        <x:v>46071.9254050926</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>567.529</x:v>
+        <x:v>588.546</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>620.25</x:v>
+        <x:v>643.22</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>46037.9280671296</x:v>
+        <x:v>46070.9253587963</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>568.032</x:v>
+        <x:v>584.95</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>620.8</x:v>
+        <x:v>639.29</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>46036.9272800926</x:v>
+        <x:v>46066.9255324074</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>563.201</x:v>
+        <x:v>585.39</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>615.52</x:v>
+        <x:v>639.77</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>46035.9279166667</x:v>
+        <x:v>46065.9252893518</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C12" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>577.447</x:v>
+        <x:v>594.576</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>631.09</x:v>
+        <x:v>649.81</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>46034.9278935185</x:v>
+        <x:v>46064.9255671296</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0">
         <x:v>0.01</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>587.403</x:v>
+        <x:v>611.851</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>641.97</x:v>
+        <x:v>668.69</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>46031.9291666667</x:v>
+        <x:v>46063.925474537</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C14" s="0">
         <x:v>0.01</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>597.55</x:v>
+        <x:v>613.709</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>653.06</x:v>
+        <x:v>670.72</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>46030.927025463</x:v>
+        <x:v>46062.9247222222</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
         <x:v>0.01</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>591.145</x:v>
+        <x:v>619.656</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>646.06</x:v>
+        <x:v>677.22</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>46029.9278935185</x:v>
+        <x:v>46058.925474537</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C16" s="0">
         <x:v>0.01</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>593.551</x:v>
+        <x:v>613.242</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>648.69</x:v>
+        <x:v>670.21</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>46028.9271759259</x:v>
+        <x:v>46057.9258680556</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C17" s="0">
         <x:v>0.01</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>604.467</x:v>
+        <x:v>612.126</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>660.62</x:v>
+        <x:v>668.99</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>46027.9296064815</x:v>
+        <x:v>46056.9428819444</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="0">
         <x:v>0.01</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>602.793</x:v>
+        <x:v>632.906</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>658.79</x:v>
+        <x:v>691.7</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>46024.9271875</x:v>
+        <x:v>46055.9254513889</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C19" s="0">
         <x:v>0.01</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>595.125</x:v>
+        <x:v>646.365</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>650.41</x:v>
+        <x:v>706.41</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
-        <x:v>46021.9269560185</x:v>
+        <x:v>46051.9255324074</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C20" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>609.344</x:v>
+        <x:v>675.554</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>665.95</x:v>
+        <x:v>738.31</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="1">
-        <x:v>46020.9273611111</x:v>
+        <x:v>46050.9251157407</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C21" s="0">
         <x:v>0.01</x:v>
       </x:c>
       <x:c r="D21" s="0">
-        <x:v>602.701</x:v>
+        <x:v>611.888</x:v>
       </x:c>
       <x:c r="E21" s="0">
-        <x:v>658.69</x:v>
+        <x:v>668.73</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="1">
-        <x:v>46014.9278356481</x:v>
+        <x:v>46049.9249768518</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C22" s="0">
         <x:v>0.01</x:v>
       </x:c>
       <x:c r="D22" s="0">
-        <x:v>608.42</x:v>
+        <x:v>615.768</x:v>
       </x:c>
       <x:c r="E22" s="0">
-        <x:v>664.94</x:v>
+        <x:v>672.97</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="1">
-        <x:v>46013.9284837963</x:v>
+        <x:v>46048.9248032407</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C23" s="0">
         <x:v>0.01</x:v>
       </x:c>
       <x:c r="D23" s="0">
-        <x:v>605.272</x:v>
+        <x:v>615.209</x:v>
       </x:c>
       <x:c r="E23" s="0">
-        <x:v>661.5</x:v>
+        <x:v>672.36</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="1">
-        <x:v>46010.9275810185</x:v>
+        <x:v>46045.9251273148</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C24" s="0">
         <x:v>0.01</x:v>
       </x:c>
       <x:c r="D24" s="0">
-        <x:v>602.775</x:v>
+        <x:v>602.765</x:v>
       </x:c>
       <x:c r="E24" s="0">
-        <x:v>658.77</x:v>
+        <x:v>658.76</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="1">
-        <x:v>46009.930787037</x:v>
+        <x:v>46044.9245601852</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C25" s="0">
         <x:v>0.01</x:v>
       </x:c>
       <x:c r="D25" s="0">
-        <x:v>607.972</x:v>
+        <x:v>592.582</x:v>
       </x:c>
       <x:c r="E25" s="0">
-        <x:v>664.45</x:v>
+        <x:v>647.63</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="1">
-        <x:v>46008.9275925926</x:v>
+        <x:v>46043.9253935185</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C26" s="0">
         <x:v>0.01</x:v>
       </x:c>
       <x:c r="D26" s="0">
-        <x:v>594.292</x:v>
+        <x:v>560.858</x:v>
       </x:c>
       <x:c r="E26" s="0">
-        <x:v>649.5</x:v>
+        <x:v>612.96</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="1">
-        <x:v>46007.9277662037</x:v>
+        <x:v>46042.9279050926</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C27" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D27" s="0">
-        <x:v>601.292</x:v>
+        <x:v>552.77</x:v>
       </x:c>
       <x:c r="E27" s="0">
-        <x:v>657.15</x:v>
+        <x:v>604.12</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="1">
-        <x:v>46006.9271064815</x:v>
+        <x:v>46038.9243171296</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C28" s="0">
         <x:v>0.01</x:v>
       </x:c>
       <x:c r="D28" s="0">
-        <x:v>592.104</x:v>
+        <x:v>567.529</x:v>
       </x:c>
       <x:c r="E28" s="0">
-        <x:v>647.51</x:v>
+        <x:v>620.25</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="1">
-        <x:v>46006.3081018518</x:v>
+        <x:v>46037.9280671296</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C29" s="0">
         <x:v>0.01</x:v>
       </x:c>
       <x:c r="D29" s="0">
-        <x:v>589.103</x:v>
+        <x:v>568.032</x:v>
       </x:c>
       <x:c r="E29" s="0">
-        <x:v>644.23</x:v>
+        <x:v>620.8</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="1">
-        <x:v>46003.9269907407</x:v>
+        <x:v>46036.9272800926</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C30" s="0">
         <x:v>0.01</x:v>
       </x:c>
       <x:c r="D30" s="0">
-        <x:v>589.47</x:v>
+        <x:v>563.201</x:v>
       </x:c>
       <x:c r="E30" s="0">
-        <x:v>644.23</x:v>
+        <x:v>615.52</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="1">
-        <x:v>46002.9320023148</x:v>
+        <x:v>46035.9279166667</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C31" s="0">
         <x:v>0.01</x:v>
       </x:c>
       <x:c r="D31" s="0">
-        <x:v>597.23</x:v>
+        <x:v>577.447</x:v>
       </x:c>
       <x:c r="E31" s="0">
-        <x:v>652.71</x:v>
+        <x:v>631.09</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="1">
-        <x:v>46001.927025463</x:v>
+        <x:v>46034.9278935185</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C32" s="0">
         <x:v>0.01</x:v>
       </x:c>
       <x:c r="D32" s="0">
-        <x:v>594.869</x:v>
+        <x:v>587.403</x:v>
       </x:c>
       <x:c r="E32" s="0">
-        <x:v>650.13</x:v>
+        <x:v>641.97</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="1">
-        <x:v>46000.9275810185</x:v>
+        <x:v>46031.9291666667</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C33" s="0">
         <x:v>0.01</x:v>
       </x:c>
       <x:c r="D33" s="0">
-        <x:v>601.118</x:v>
+        <x:v>597.55</x:v>
       </x:c>
       <x:c r="E33" s="0">
-        <x:v>656.96</x:v>
+        <x:v>653.06</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="1">
-        <x:v>45996.9307407407</x:v>
+        <x:v>46030.927025463</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C34" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D34" s="0">
-        <x:v>616.179</x:v>
+        <x:v>591.145</x:v>
       </x:c>
       <x:c r="E34" s="0">
-        <x:v>673.42</x:v>
+        <x:v>646.06</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="1">
-        <x:v>45995.9303009259</x:v>
+        <x:v>46029.9278935185</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C35" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D35" s="0">
-        <x:v>605.3</x:v>
+        <x:v>593.551</x:v>
       </x:c>
       <x:c r="E35" s="0">
-        <x:v>661.53</x:v>
+        <x:v>648.69</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="1">
-        <x:v>45994.9276967593</x:v>
+        <x:v>46028.9271759259</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C36" s="0">
         <x:v>0.01</x:v>
       </x:c>
       <x:c r="D36" s="0">
-        <x:v>585.234</x:v>
+        <x:v>604.467</x:v>
       </x:c>
       <x:c r="E36" s="0">
-        <x:v>639.6</x:v>
+        <x:v>660.62</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="1">
-        <x:v>45993.9303240741</x:v>
+        <x:v>46027.9296064815</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C37" s="0">
         <x:v>0.01</x:v>
       </x:c>
       <x:c r="D37" s="0">
-        <x:v>592.096</x:v>
+        <x:v>602.793</x:v>
       </x:c>
       <x:c r="E37" s="0">
-        <x:v>647.1</x:v>
+        <x:v>658.79</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="1">
-        <x:v>45992.9296990741</x:v>
+        <x:v>46024.9271875</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C38" s="0">
         <x:v>0.01</x:v>
       </x:c>
       <x:c r="D38" s="0">
-        <x:v>586.396</x:v>
+        <x:v>595.125</x:v>
       </x:c>
       <x:c r="E38" s="0">
-        <x:v>640.87</x:v>
+        <x:v>650.41</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="1">
-        <x:v>45989.8197106481</x:v>
+        <x:v>46021.9269560185</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C39" s="0">
         <x:v>0.01</x:v>
       </x:c>
       <x:c r="D39" s="0">
-        <x:v>592.874</x:v>
+        <x:v>609.344</x:v>
       </x:c>
       <x:c r="E39" s="0">
-        <x:v>647.95</x:v>
+        <x:v>665.95</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="1">
-        <x:v>45987.9265509259</x:v>
+        <x:v>46020.9273611111</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C40" s="0">
         <x:v>0.01</x:v>
       </x:c>
       <x:c r="D40" s="0">
-        <x:v>579.753</x:v>
+        <x:v>602.701</x:v>
       </x:c>
       <x:c r="E40" s="0">
-        <x:v>633.61</x:v>
+        <x:v>658.69</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="1">
-        <x:v>45986.9250347222</x:v>
+        <x:v>46014.9278356481</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C41" s="0">
         <x:v>0.01</x:v>
       </x:c>
       <x:c r="D41" s="0">
-        <x:v>582.141</x:v>
+        <x:v>608.42</x:v>
       </x:c>
       <x:c r="E41" s="0">
-        <x:v>636.22</x:v>
+        <x:v>664.94</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="1">
-        <x:v>45982.9249074074</x:v>
+        <x:v>46013.9284837963</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C42" s="0">
         <x:v>0.01</x:v>
       </x:c>
       <x:c r="D42" s="0">
-        <x:v>543.739</x:v>
+        <x:v>605.272</x:v>
       </x:c>
       <x:c r="E42" s="0">
-        <x:v>594.25</x:v>
+        <x:v>661.5</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="1">
-        <x:v>45981.9259027778</x:v>
+        <x:v>46010.9275810185</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C43" s="0">
         <x:v>0.01</x:v>
       </x:c>
       <x:c r="D43" s="0">
-        <x:v>539.072</x:v>
+        <x:v>602.775</x:v>
       </x:c>
       <x:c r="E43" s="0">
-        <x:v>589.15</x:v>
+        <x:v>658.77</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="1">
-        <x:v>45980.926412037</x:v>
+        <x:v>46009.930787037</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C44" s="0">
         <x:v>0.01</x:v>
       </x:c>
       <x:c r="D44" s="0">
-        <x:v>540.143</x:v>
+        <x:v>607.972</x:v>
       </x:c>
       <x:c r="E44" s="0">
-        <x:v>590.32</x:v>
+        <x:v>664.45</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="1">
-        <x:v>45979.9258680556</x:v>
+        <x:v>46008.9275925926</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C45" s="0">
         <x:v>0.01</x:v>
       </x:c>
       <x:c r="D45" s="0">
-        <x:v>546.886</x:v>
+        <x:v>594.292</x:v>
       </x:c>
       <x:c r="E45" s="0">
-        <x:v>597.69</x:v>
+        <x:v>649.5</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="1">
-        <x:v>45978.9281365741</x:v>
+        <x:v>46007.9277662037</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C46" s="0">
         <x:v>0.01</x:v>
       </x:c>
       <x:c r="D46" s="0">
-        <x:v>550.839</x:v>
+        <x:v>601.292</x:v>
       </x:c>
       <x:c r="E46" s="0">
-        <x:v>602.01</x:v>
+        <x:v>657.15</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="1">
-        <x:v>45975.9257986111</x:v>
+        <x:v>46006.9271064815</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C47" s="0">
         <x:v>0.01</x:v>
       </x:c>
       <x:c r="D47" s="0">
-        <x:v>557.656</x:v>
+        <x:v>592.104</x:v>
       </x:c>
       <x:c r="E47" s="0">
-        <x:v>609.46</x:v>
+        <x:v>647.51</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5">
       <x:c r="A48" s="1">
-        <x:v>45974.924849537</x:v>
+        <x:v>46006.3081018518</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C48" s="0">
         <x:v>0.01</x:v>
       </x:c>
       <x:c r="D48" s="0">
-        <x:v>558.049</x:v>
+        <x:v>589.103</x:v>
       </x:c>
       <x:c r="E48" s="0">
-        <x:v>609.89</x:v>
+        <x:v>644.23</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
       <x:c r="A49" s="1">
-        <x:v>45973.9253356481</x:v>
+        <x:v>46003.9269907407</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C49" s="0">
         <x:v>0.01</x:v>
       </x:c>
       <x:c r="D49" s="0">
-        <x:v>557.244</x:v>
+        <x:v>589.47</x:v>
       </x:c>
       <x:c r="E49" s="0">
-        <x:v>609.01</x:v>
+        <x:v>644.23</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5">
       <x:c r="A50" s="1">
-        <x:v>45972.9253240741</x:v>
+        <x:v>46002.9320023148</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C50" s="0">
         <x:v>0.01</x:v>
       </x:c>
       <x:c r="D50" s="0">
-        <x:v>573.778</x:v>
+        <x:v>597.23</x:v>
       </x:c>
       <x:c r="E50" s="0">
-        <x:v>627.08</x:v>
+        <x:v>652.71</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5">
       <x:c r="A51" s="1">
-        <x:v>45971.9253703704</x:v>
+        <x:v>46001.927025463</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C51" s="0">
         <x:v>0.01</x:v>
       </x:c>
       <x:c r="D51" s="0">
-        <x:v>578.06</x:v>
+        <x:v>594.869</x:v>
       </x:c>
       <x:c r="E51" s="0">
-        <x:v>631.76</x:v>
+        <x:v>650.13</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5">
       <x:c r="A52" s="1">
-        <x:v>45968.9253935185</x:v>
+        <x:v>46000.9275810185</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C52" s="0">
         <x:v>0.01</x:v>
       </x:c>
       <x:c r="D52" s="0">
-        <x:v>568.865</x:v>
+        <x:v>601.118</x:v>
       </x:c>
       <x:c r="E52" s="0">
-        <x:v>621.71</x:v>
+        <x:v>656.96</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5">
       <x:c r="A53" s="1">
-        <x:v>45967.9277893519</x:v>
+        <x:v>45996.9307407407</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C53" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D53" s="0">
-        <x:v>566.33</x:v>
+        <x:v>616.179</x:v>
       </x:c>
       <x:c r="E53" s="0">
-        <x:v>618.94</x:v>
+        <x:v>673.42</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5">
       <x:c r="A54" s="1">
-        <x:v>45966.9253587963</x:v>
+        <x:v>45995.9303009259</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C54" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D54" s="0">
-        <x:v>581.894</x:v>
+        <x:v>605.3</x:v>
       </x:c>
       <x:c r="E54" s="0">
-        <x:v>635.95</x:v>
+        <x:v>661.53</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5">
       <x:c r="A55" s="1">
-        <x:v>45965.9236921296</x:v>
+        <x:v>45994.9276967593</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C55" s="0">
         <x:v>0.01</x:v>
       </x:c>
       <x:c r="D55" s="0">
-        <x:v>573.998</x:v>
+        <x:v>585.234</x:v>
       </x:c>
       <x:c r="E55" s="0">
-        <x:v>627.32</x:v>
+        <x:v>639.6</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5">
       <x:c r="A56" s="1">
-        <x:v>45964.9227893519</x:v>
+        <x:v>45993.9303240741</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C56" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D56" s="0">
-        <x:v>583.505</x:v>
+        <x:v>592.096</x:v>
       </x:c>
       <x:c r="E56" s="0">
-        <x:v>637.71</x:v>
+        <x:v>647.1</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:5">
       <x:c r="A57" s="1">
-        <x:v>45961.8818981481</x:v>
+        <x:v>45992.9296990741</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C57" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D57" s="0">
-        <x:v>593.24</x:v>
+        <x:v>586.396</x:v>
       </x:c>
       <x:c r="E57" s="0">
-        <x:v>648.35</x:v>
+        <x:v>640.87</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:5">
       <x:c r="A58" s="1">
-        <x:v>45960.8841435185</x:v>
+        <x:v>45989.8197106481</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C58" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D58" s="0">
-        <x:v>609.82</x:v>
+        <x:v>592.874</x:v>
       </x:c>
       <x:c r="E58" s="0">
-        <x:v>666.47</x:v>
+        <x:v>647.95</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:5">
       <x:c r="A59" s="1">
-        <x:v>45960.6041782407</x:v>
+        <x:v>45987.9265509259</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C59" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D59" s="0">
-        <x:v>619.344</x:v>
+        <x:v>579.753</x:v>
       </x:c>
       <x:c r="E59" s="0">
-        <x:v>676.879</x:v>
+        <x:v>633.61</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:5">
       <x:c r="A60" s="1">
-        <x:v>45960.6041782407</x:v>
+        <x:v>45986.9250347222</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C60" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D60" s="0">
-        <x:v>619.344</x:v>
+        <x:v>582.141</x:v>
       </x:c>
       <x:c r="E60" s="0">
-        <x:v>751.67</x:v>
+        <x:v>636.22</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:5">
       <x:c r="A61" s="1">
-        <x:v>45959.8897916667</x:v>
+        <x:v>45982.9249074074</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C61" s="0">
-        <x:v>6.13</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D61" s="0">
-        <x:v>687.778</x:v>
+        <x:v>543.739</x:v>
       </x:c>
       <x:c r="E61" s="0">
-        <x:v>751.67</x:v>
+        <x:v>594.25</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:5">
       <x:c r="A62" s="1">
-        <x:v>45958.8875115741</x:v>
+        <x:v>45981.9259027778</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C62" s="0">
-        <x:v>6.13</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D62" s="0">
-        <x:v>687.568</x:v>
+        <x:v>539.072</x:v>
       </x:c>
       <x:c r="E62" s="0">
-        <x:v>751.44</x:v>
+        <x:v>589.15</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:5">
       <x:c r="A63" s="1">
-        <x:v>45957.8875578704</x:v>
+        <x:v>45980.926412037</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C63" s="0">
-        <x:v>6.09</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D63" s="0">
-        <x:v>687</x:v>
+        <x:v>540.143</x:v>
       </x:c>
       <x:c r="E63" s="0">
-        <x:v>750.82</x:v>
+        <x:v>590.32</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:5">
       <x:c r="A64" s="1">
-        <x:v>45954.9259259259</x:v>
+        <x:v>45979.9258680556</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C64" s="0">
-        <x:v>5.23</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D64" s="0">
-        <x:v>675.599</x:v>
+        <x:v>546.886</x:v>
       </x:c>
       <x:c r="E64" s="0">
-        <x:v>738.36</x:v>
+        <x:v>597.69</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:5">
       <x:c r="A65" s="1">
-        <x:v>45953.9278009259</x:v>
+        <x:v>45978.9281365741</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C65" s="0">
-        <x:v>4.95</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D65" s="0">
-        <x:v>671.61</x:v>
+        <x:v>550.839</x:v>
       </x:c>
       <x:c r="E65" s="0">
-        <x:v>734</x:v>
+        <x:v>602.01</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:5">
       <x:c r="A66" s="1">
-        <x:v>45952.9303703704</x:v>
+        <x:v>45975.9257986111</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C66" s="0">
-        <x:v>4.92</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D66" s="0">
-        <x:v>671.07</x:v>
+        <x:v>557.656</x:v>
       </x:c>
       <x:c r="E66" s="0">
-        <x:v>733.41</x:v>
+        <x:v>609.46</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:5">
       <x:c r="A67" s="1">
-        <x:v>45951.9269444444</x:v>
+        <x:v>45974.924849537</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C67" s="0">
-        <x:v>4.92</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D67" s="0">
-        <x:v>670.942</x:v>
+        <x:v>558.049</x:v>
       </x:c>
       <x:c r="E67" s="0">
-        <x:v>733.27</x:v>
+        <x:v>609.89</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:5">
       <x:c r="A68" s="1">
-        <x:v>45950.9289814815</x:v>
+        <x:v>45973.9253356481</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C68" s="0">
-        <x:v>4.86</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D68" s="0">
-        <x:v>669.936</x:v>
+        <x:v>557.244</x:v>
       </x:c>
       <x:c r="E68" s="0">
-        <x:v>732.17</x:v>
+        <x:v>609.01</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:5">
       <x:c r="A69" s="1">
-        <x:v>45947.9299768519</x:v>
+        <x:v>45972.9253240741</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C69" s="0">
-        <x:v>4.02</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D69" s="0">
-        <x:v>655.977</x:v>
+        <x:v>573.778</x:v>
       </x:c>
       <x:c r="E69" s="0">
-        <x:v>716.915</x:v>
+        <x:v>627.08</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:5">
       <x:c r="A70" s="1">
-        <x:v>45946.9262037037</x:v>
+        <x:v>45971.9253703704</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C70" s="0">
-        <x:v>3.77</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D70" s="0">
-        <x:v>651.544</x:v>
+        <x:v>578.06</x:v>
       </x:c>
       <x:c r="E70" s="0">
-        <x:v>712.07</x:v>
+        <x:v>631.76</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:5">
       <x:c r="A71" s="1">
-        <x:v>45945.9257175926</x:v>
+        <x:v>45968.9253935185</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C71" s="0">
-        <x:v>4.09</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D71" s="0">
-        <x:v>656.558</x:v>
+        <x:v>568.865</x:v>
       </x:c>
       <x:c r="E71" s="0">
-        <x:v>717.55</x:v>
+        <x:v>621.71</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:5">
       <x:c r="A72" s="1">
-        <x:v>45944.9308101852</x:v>
+        <x:v>45967.9277893519</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C72" s="0">
-        <x:v>3.64</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D72" s="0">
-        <x:v>648.415</x:v>
+        <x:v>566.33</x:v>
       </x:c>
       <x:c r="E72" s="0">
-        <x:v>708.65</x:v>
+        <x:v>618.94</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:5">
       <x:c r="A73" s="1">
-        <x:v>45943.926724537</x:v>
+        <x:v>45966.9253587963</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C73" s="0">
-        <x:v>4.05</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D73" s="0">
-        <x:v>654.866</x:v>
+        <x:v>581.894</x:v>
       </x:c>
       <x:c r="E73" s="0">
-        <x:v>715.7</x:v>
+        <x:v>635.95</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:5">
       <x:c r="A74" s="1">
-        <x:v>45940.9235069444</x:v>
+        <x:v>45965.9236921296</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C74" s="0">
-        <x:v>3.55</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D74" s="0">
-        <x:v>645.35</x:v>
+        <x:v>573.998</x:v>
       </x:c>
       <x:c r="E74" s="0">
-        <x:v>705.3</x:v>
+        <x:v>627.32</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:5">
       <x:c r="A75" s="1">
-        <x:v>45938.9270833333</x:v>
+        <x:v>45964.9227893519</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C75" s="0">
-        <x:v>4.75</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D75" s="0">
-        <x:v>656.824</x:v>
+        <x:v>583.505</x:v>
       </x:c>
       <x:c r="E75" s="0">
-        <x:v>717.84</x:v>
+        <x:v>637.71</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:5">
       <x:c r="A76" s="1">
-        <x:v>45937.9282291667</x:v>
+        <x:v>45961.8818981481</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C76" s="0">
-        <x:v>4.46</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D76" s="0">
-        <x:v>652.468</x:v>
+        <x:v>593.24</x:v>
       </x:c>
       <x:c r="E76" s="0">
-        <x:v>713.08</x:v>
+        <x:v>648.35</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:5">
       <x:c r="A77" s="1">
-        <x:v>45936.9241319444</x:v>
+        <x:v>45960.8841435185</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C77" s="0">
-        <x:v>4.64</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D77" s="0">
-        <x:v>654.829</x:v>
+        <x:v>609.82</x:v>
       </x:c>
       <x:c r="E77" s="0">
-        <x:v>715.66</x:v>
+        <x:v>666.47</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:5">
       <x:c r="A78" s="1">
-        <x:v>45933.9288425926</x:v>
+        <x:v>45960.6041782407</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C78" s="0">
-        <x:v>4.35</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D78" s="0">
-        <x:v>650.162</x:v>
+        <x:v>619.344</x:v>
       </x:c>
       <x:c r="E78" s="0">
-        <x:v>710.56</x:v>
+        <x:v>676.879</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:5">
       <x:c r="A79" s="1">
-        <x:v>45932.9250925926</x:v>
+        <x:v>45960.6041782407</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C79" s="0">
-        <x:v>5.64</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D79" s="0">
-        <x:v>665.251</x:v>
+        <x:v>619.344</x:v>
       </x:c>
       <x:c r="E79" s="0">
-        <x:v>727.05</x:v>
+        <x:v>751.67</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:5">
       <x:c r="A80" s="1">
-        <x:v>45931.9294097222</x:v>
+        <x:v>45959.8897916667</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C80" s="0">
-        <x:v>4.98</x:v>
+        <x:v>6.13</x:v>
       </x:c>
       <x:c r="D80" s="0">
-        <x:v>656.366</x:v>
+        <x:v>687.778</x:v>
       </x:c>
       <x:c r="E80" s="0">
-        <x:v>717.34</x:v>
+        <x:v>751.67</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:5">
       <x:c r="A81" s="1">
-        <x:v>45930.933900463</x:v>
+        <x:v>45958.8875115741</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C81" s="0">
-        <x:v>6.5</x:v>
+        <x:v>6.13</x:v>
       </x:c>
       <x:c r="D81" s="0">
-        <x:v>671.958</x:v>
+        <x:v>687.568</x:v>
       </x:c>
       <x:c r="E81" s="0">
-        <x:v>734.38</x:v>
+        <x:v>751.44</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:5">
       <x:c r="A82" s="1">
-        <x:v>45929.9324074074</x:v>
+        <x:v>45957.8875578704</x:v>
       </x:c>
       <x:c r="B82" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C82" s="0">
-        <x:v>7.41</x:v>
+        <x:v>6.09</x:v>
       </x:c>
       <x:c r="D82" s="0">
-        <x:v>680.211</x:v>
+        <x:v>687</x:v>
       </x:c>
       <x:c r="E82" s="0">
-        <x:v>743.4</x:v>
+        <x:v>750.82</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:5">
       <x:c r="A83" s="1">
-        <x:v>45926.9298611111</x:v>
+        <x:v>45954.9259259259</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C83" s="0">
-        <x:v>7.49</x:v>
+        <x:v>5.23</x:v>
       </x:c>
       <x:c r="D83" s="0">
-        <x:v>680.531</x:v>
+        <x:v>675.599</x:v>
       </x:c>
       <x:c r="E83" s="0">
-        <x:v>743.75</x:v>
+        <x:v>738.36</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:5">
       <x:c r="A84" s="1">
-        <x:v>45925.9294444444</x:v>
+        <x:v>45953.9278009259</x:v>
       </x:c>
       <x:c r="B84" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C84" s="0">
-        <x:v>8.06</x:v>
+        <x:v>4.95</x:v>
       </x:c>
       <x:c r="D84" s="0">
-        <x:v>685.253</x:v>
+        <x:v>671.61</x:v>
       </x:c>
       <x:c r="E84" s="0">
-        <x:v>748.91</x:v>
+        <x:v>734</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:5">
       <x:c r="A85" s="1">
-        <x:v>45924.9296527778</x:v>
+        <x:v>45952.9303703704</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C85" s="0">
-        <x:v>9.55</x:v>
+        <x:v>4.92</x:v>
       </x:c>
       <x:c r="D85" s="0">
-        <x:v>696.004</x:v>
+        <x:v>671.07</x:v>
       </x:c>
       <x:c r="E85" s="0">
-        <x:v>760.66</x:v>
+        <x:v>733.41</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:5">
       <x:c r="A86" s="1">
-        <x:v>45923.9251967593</x:v>
+        <x:v>45951.9269444444</x:v>
       </x:c>
       <x:c r="B86" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C86" s="0">
-        <x:v>8.94</x:v>
+        <x:v>4.92</x:v>
       </x:c>
       <x:c r="D86" s="0">
-        <x:v>691.191</x:v>
+        <x:v>670.942</x:v>
       </x:c>
       <x:c r="E86" s="0">
-        <x:v>755.4</x:v>
+        <x:v>733.27</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:5">
       <x:c r="A87" s="1">
-        <x:v>45922.926712963</x:v>
+        <x:v>45950.9289814815</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C87" s="0">
-        <x:v>10.27</x:v>
+        <x:v>4.86</x:v>
       </x:c>
       <x:c r="D87" s="0">
-        <x:v>699.754</x:v>
+        <x:v>669.936</x:v>
       </x:c>
       <x:c r="E87" s="0">
-        <x:v>765.16</x:v>
+        <x:v>732.17</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:5">
       <x:c r="A88" s="1">
-        <x:v>45922.3338888889</x:v>
+        <x:v>45947.9299768519</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C88" s="0">
-        <x:v>11.99</x:v>
+        <x:v>4.02</x:v>
       </x:c>
       <x:c r="D88" s="0">
-        <x:v>711.85</x:v>
+        <x:v>655.977</x:v>
       </x:c>
       <x:c r="E88" s="0">
-        <x:v>778.38</x:v>
+        <x:v>716.915</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:5">
       <x:c r="A89" s="1">
-        <x:v>45919.9342592593</x:v>
+        <x:v>45946.9262037037</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C89" s="0">
-        <x:v>12.39</x:v>
+        <x:v>3.77</x:v>
       </x:c>
       <x:c r="D89" s="0">
-        <x:v>712.218</x:v>
+        <x:v>651.544</x:v>
       </x:c>
       <x:c r="E89" s="0">
-        <x:v>778.38</x:v>
+        <x:v>712.07</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:5">
       <x:c r="A90" s="1">
-        <x:v>45918.9265393519</x:v>
+        <x:v>45945.9257175926</x:v>
       </x:c>
       <x:c r="B90" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C90" s="0">
-        <x:v>12.71</x:v>
+        <x:v>4.09</x:v>
       </x:c>
       <x:c r="D90" s="0">
-        <x:v>713.929</x:v>
+        <x:v>656.558</x:v>
       </x:c>
       <x:c r="E90" s="0">
-        <x:v>780.25</x:v>
+        <x:v>717.55</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:5">
       <x:c r="A91" s="1">
-        <x:v>45917.9270486111</x:v>
+        <x:v>45944.9308101852</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C91" s="0">
-        <x:v>12.03</x:v>
+        <x:v>3.64</x:v>
       </x:c>
       <x:c r="D91" s="0">
-        <x:v>709.779</x:v>
+        <x:v>648.415</x:v>
       </x:c>
       <x:c r="E91" s="0">
-        <x:v>775.715</x:v>
+        <x:v>708.65</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:5">
       <x:c r="A92" s="1">
-        <x:v>45916.9258912037</x:v>
+        <x:v>45943.926724537</x:v>
       </x:c>
       <x:c r="B92" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C92" s="0">
-        <x:v>12.59</x:v>
+        <x:v>4.05</x:v>
       </x:c>
       <x:c r="D92" s="0">
-        <x:v>712.785</x:v>
+        <x:v>654.866</x:v>
       </x:c>
       <x:c r="E92" s="0">
-        <x:v>779</x:v>
+        <x:v>715.7</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:5">
       <x:c r="A93" s="1">
-        <x:v>45915.9270949074</x:v>
+        <x:v>45940.9235069444</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C93" s="0">
-        <x:v>10.62</x:v>
+        <x:v>3.55</x:v>
       </x:c>
       <x:c r="D93" s="0">
-        <x:v>699.7</x:v>
+        <x:v>645.35</x:v>
       </x:c>
       <x:c r="E93" s="0">
-        <x:v>764.7</x:v>
+        <x:v>705.3</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:5">
       <x:c r="A94" s="1">
-        <x:v>45912.9234375</x:v>
+        <x:v>45938.9270833333</x:v>
       </x:c>
       <x:c r="B94" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C94" s="0">
-        <x:v>9.53</x:v>
+        <x:v>4.75</x:v>
       </x:c>
       <x:c r="D94" s="0">
-        <x:v>691.365</x:v>
+        <x:v>656.824</x:v>
       </x:c>
       <x:c r="E94" s="0">
-        <x:v>755.59</x:v>
+        <x:v>717.84</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:5">
       <x:c r="A95" s="1">
-        <x:v>45911.9251388889</x:v>
+        <x:v>45937.9282291667</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C95" s="0">
-        <x:v>8.99</x:v>
+        <x:v>4.46</x:v>
       </x:c>
       <x:c r="D95" s="0">
-        <x:v>687.074</x:v>
+        <x:v>652.468</x:v>
       </x:c>
       <x:c r="E95" s="0">
-        <x:v>750.9</x:v>
+        <x:v>713.08</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:5">
       <x:c r="A96" s="1">
-        <x:v>45910.9239930556</x:v>
+        <x:v>45936.9241319444</x:v>
       </x:c>
       <x:c r="B96" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C96" s="0">
-        <x:v>9.14</x:v>
+        <x:v>4.64</x:v>
       </x:c>
       <x:c r="D96" s="0">
-        <x:v>688.062</x:v>
+        <x:v>654.829</x:v>
       </x:c>
       <x:c r="E96" s="0">
-        <x:v>751.98</x:v>
+        <x:v>715.66</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:5">
       <x:c r="A97" s="1">
-        <x:v>45909.9244907407</x:v>
+        <x:v>45933.9288425926</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C97" s="0">
-        <x:v>11.16</x:v>
+        <x:v>4.35</x:v>
       </x:c>
       <x:c r="D97" s="0">
-        <x:v>700.616</x:v>
+        <x:v>650.162</x:v>
       </x:c>
       <x:c r="E97" s="0">
-        <x:v>765.7</x:v>
+        <x:v>710.56</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:5">
       <x:c r="A98" s="1">
-        <x:v>45908.9240393518</x:v>
+        <x:v>45932.9250925926</x:v>
       </x:c>
       <x:c r="B98" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C98" s="0">
-        <x:v>9.48</x:v>
+        <x:v>5.64</x:v>
       </x:c>
       <x:c r="D98" s="0">
-        <x:v>688.354</x:v>
+        <x:v>665.251</x:v>
       </x:c>
       <x:c r="E98" s="0">
-        <x:v>752.3</x:v>
+        <x:v>727.05</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:5">
       <x:c r="A99" s="1">
-        <x:v>45905.9285763889</x:v>
+        <x:v>45931.9294097222</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C99" s="0">
-        <x:v>9.56</x:v>
+        <x:v>4.98</x:v>
       </x:c>
       <x:c r="D99" s="0">
-        <x:v>688.492</x:v>
+        <x:v>656.366</x:v>
       </x:c>
       <x:c r="E99" s="0">
-        <x:v>752.45</x:v>
+        <x:v>717.34</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:5">
       <x:c r="A100" s="1">
-        <x:v>45904.9245138889</x:v>
+        <x:v>45930.933900463</x:v>
       </x:c>
       <x:c r="B100" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C100" s="0">
-        <x:v>9.11</x:v>
+        <x:v>6.5</x:v>
       </x:c>
       <x:c r="D100" s="0">
-        <x:v>685.015</x:v>
+        <x:v>671.958</x:v>
       </x:c>
       <x:c r="E100" s="0">
-        <x:v>748.65</x:v>
+        <x:v>734.38</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:5">
       <x:c r="A101" s="1">
-        <x:v>45903.923587963</x:v>
+        <x:v>45929.9324074074</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C101" s="0">
-        <x:v>7.89</x:v>
+        <x:v>7.41</x:v>
       </x:c>
       <x:c r="D101" s="0">
-        <x:v>674.401</x:v>
+        <x:v>680.211</x:v>
       </x:c>
       <x:c r="E101" s="0">
-        <x:v>737.05</x:v>
+        <x:v>743.4</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:5">
       <x:c r="A102" s="1">
-        <x:v>45902.9238773148</x:v>
+        <x:v>45926.9298611111</x:v>
       </x:c>
       <x:c r="B102" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C102" s="0">
-        <x:v>7.7</x:v>
+        <x:v>7.49</x:v>
       </x:c>
       <x:c r="D102" s="0">
-        <x:v>672.626</x:v>
+        <x:v>680.531</x:v>
       </x:c>
       <x:c r="E102" s="0">
-        <x:v>735.11</x:v>
+        <x:v>743.75</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:5">
       <x:c r="A103" s="1">
-        <x:v>45898.9303587963</x:v>
+        <x:v>45925.9294444444</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C103" s="0">
-        <x:v>8.16</x:v>
+        <x:v>8.06</x:v>
       </x:c>
       <x:c r="D103" s="0">
-        <x:v>675.91</x:v>
+        <x:v>685.253</x:v>
       </x:c>
       <x:c r="E103" s="0">
-        <x:v>738.7</x:v>
+        <x:v>748.91</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:5">
       <x:c r="A104" s="1">
-        <x:v>45897.9274189815</x:v>
+        <x:v>45924.9296527778</x:v>
       </x:c>
       <x:c r="B104" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C104" s="0">
-        <x:v>9.8</x:v>
+        <x:v>9.55</x:v>
       </x:c>
       <x:c r="D104" s="0">
-        <x:v>687.266</x:v>
+        <x:v>696.004</x:v>
       </x:c>
       <x:c r="E104" s="0">
-        <x:v>751.11</x:v>
+        <x:v>760.66</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:5">
       <x:c r="A105" s="1">
-        <x:v>45896.9248032407</x:v>
+        <x:v>45923.9251967593</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C105" s="0">
-        <x:v>9.35</x:v>
+        <x:v>8.94</x:v>
       </x:c>
       <x:c r="D105" s="0">
-        <x:v>683.853</x:v>
+        <x:v>691.191</x:v>
       </x:c>
       <x:c r="E105" s="0">
-        <x:v>747.38</x:v>
+        <x:v>755.4</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:5">
       <x:c r="A106" s="1">
-        <x:v>45895.9239351852</x:v>
+        <x:v>45922.926712963</x:v>
       </x:c>
       <x:c r="B106" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C106" s="0">
-        <x:v>10.29</x:v>
+        <x:v>10.27</x:v>
       </x:c>
       <x:c r="D106" s="0">
-        <x:v>690.002</x:v>
+        <x:v>699.754</x:v>
       </x:c>
       <x:c r="E106" s="0">
-        <x:v>754.1</x:v>
+        <x:v>765.16</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:5">
       <x:c r="A107" s="1">
-        <x:v>45894.9239583333</x:v>
+        <x:v>45922.3338888889</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C107" s="0">
-        <x:v>10.2</x:v>
+        <x:v>11.99</x:v>
       </x:c>
       <x:c r="D107" s="0">
-        <x:v>689.27</x:v>
+        <x:v>711.85</x:v>
       </x:c>
       <x:c r="E107" s="0">
-        <x:v>753.3</x:v>
+        <x:v>778.38</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:5">
       <x:c r="A108" s="1">
-        <x:v>45891.9252314815</x:v>
+        <x:v>45919.9342592593</x:v>
       </x:c>
       <x:c r="B108" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C108" s="0">
-        <x:v>10.47</x:v>
+        <x:v>12.39</x:v>
       </x:c>
       <x:c r="D108" s="0">
-        <x:v>690.633</x:v>
+        <x:v>712.218</x:v>
       </x:c>
       <x:c r="E108" s="0">
-        <x:v>754.79</x:v>
+        <x:v>778.38</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:5">
       <x:c r="A109" s="1">
-        <x:v>45890.9256481481</x:v>
+        <x:v>45918.9265393519</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C109" s="0">
-        <x:v>8.65</x:v>
+        <x:v>12.71</x:v>
       </x:c>
       <x:c r="D109" s="0">
-        <x:v>676.276</x:v>
+        <x:v>713.929</x:v>
       </x:c>
       <x:c r="E109" s="0">
-        <x:v>739.1</x:v>
+        <x:v>780.25</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:5">
       <x:c r="A110" s="1">
-        <x:v>45889.9243402778</x:v>
+        <x:v>45917.9270486111</x:v>
       </x:c>
       <x:c r="B110" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C110" s="0">
-        <x:v>9.79</x:v>
+        <x:v>12.03</x:v>
       </x:c>
       <x:c r="D110" s="0">
-        <x:v>684.164</x:v>
+        <x:v>709.779</x:v>
       </x:c>
       <x:c r="E110" s="0">
-        <x:v>747.72</x:v>
+        <x:v>775.715</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:5">
       <x:c r="A111" s="1">
-        <x:v>45888.9238425926</x:v>
+        <x:v>45916.9258912037</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C111" s="0">
-        <x:v>10.33</x:v>
+        <x:v>12.59</x:v>
       </x:c>
       <x:c r="D111" s="0">
-        <x:v>687.604</x:v>
+        <x:v>712.785</x:v>
       </x:c>
       <x:c r="E111" s="0">
-        <x:v>751.48</x:v>
+        <x:v>779</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:5">
       <x:c r="A112" s="1">
-        <x:v>45887.9245601852</x:v>
+        <x:v>45915.9270949074</x:v>
       </x:c>
       <x:c r="B112" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C112" s="0">
-        <x:v>13.06</x:v>
+        <x:v>10.62</x:v>
       </x:c>
       <x:c r="D112" s="0">
-        <x:v>702.144</x:v>
+        <x:v>699.7</x:v>
       </x:c>
       <x:c r="E112" s="0">
-        <x:v>767.37</x:v>
+        <x:v>764.7</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:5">
       <x:c r="A113" s="1">
-        <x:v>45884.9247106481</x:v>
+        <x:v>45912.9234375</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C113" s="0">
-        <x:v>17.03</x:v>
+        <x:v>9.53</x:v>
       </x:c>
       <x:c r="D113" s="0">
-        <x:v>718.486</x:v>
+        <x:v>691.365</x:v>
       </x:c>
       <x:c r="E113" s="0">
-        <x:v>785.23</x:v>
+        <x:v>755.59</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:5">
       <x:c r="A114" s="1">
-        <x:v>45883.9240625</x:v>
+        <x:v>45911.9251388889</x:v>
       </x:c>
       <x:c r="B114" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C114" s="0">
-        <x:v>16.41</x:v>
+        <x:v>8.99</x:v>
       </x:c>
       <x:c r="D114" s="0">
-        <x:v>715.649</x:v>
+        <x:v>687.074</x:v>
       </x:c>
       <x:c r="E114" s="0">
-        <x:v>782.13</x:v>
+        <x:v>750.9</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:5">
       <x:c r="A115" s="1">
-        <x:v>45882.9239467593</x:v>
+        <x:v>45910.9239930556</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C115" s="0">
-        <x:v>16.02</x:v>
+        <x:v>9.14</x:v>
       </x:c>
       <x:c r="D115" s="0">
-        <x:v>713.773</x:v>
+        <x:v>688.062</x:v>
       </x:c>
       <x:c r="E115" s="0">
-        <x:v>780.08</x:v>
+        <x:v>751.98</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:5">
       <x:c r="A116" s="1">
-        <x:v>45881.9233449074</x:v>
+        <x:v>45909.9244907407</x:v>
       </x:c>
       <x:c r="B116" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C116" s="0">
-        <x:v>18.37</x:v>
+        <x:v>11.16</x:v>
       </x:c>
       <x:c r="D116" s="0">
-        <x:v>722.85</x:v>
+        <x:v>700.616</x:v>
       </x:c>
       <x:c r="E116" s="0">
-        <x:v>790</x:v>
+        <x:v>765.7</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:5">
       <x:c r="A117" s="1">
-        <x:v>45880.923587963</x:v>
+        <x:v>45908.9240393518</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C117" s="0">
-        <x:v>13.99</x:v>
+        <x:v>9.48</x:v>
       </x:c>
       <x:c r="D117" s="0">
-        <x:v>700.771</x:v>
+        <x:v>688.354</x:v>
       </x:c>
       <x:c r="E117" s="0">
-        <x:v>765.87</x:v>
+        <x:v>752.3</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:5">
       <x:c r="A118" s="1">
-        <x:v>45877.9331597222</x:v>
+        <x:v>45905.9285763889</x:v>
       </x:c>
       <x:c r="B118" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C118" s="0">
-        <x:v>14.73</x:v>
+        <x:v>9.56</x:v>
       </x:c>
       <x:c r="D118" s="0">
-        <x:v>703.91</x:v>
+        <x:v>688.492</x:v>
       </x:c>
       <x:c r="E118" s="0">
-        <x:v>769.3</x:v>
+        <x:v>752.45</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:5">
       <x:c r="A119" s="1">
-        <x:v>45876.9384490741</x:v>
+        <x:v>45904.9245138889</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C119" s="0">
-        <x:v>13.44</x:v>
+        <x:v>9.11</x:v>
       </x:c>
       <x:c r="D119" s="0">
-        <x:v>697.074</x:v>
+        <x:v>685.015</x:v>
       </x:c>
       <x:c r="E119" s="0">
-        <x:v>761.83</x:v>
+        <x:v>748.65</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:5">
       <x:c r="A120" s="1">
-        <x:v>45875.9344560185</x:v>
+        <x:v>45903.923587963</x:v>
       </x:c>
       <x:c r="B120" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C120" s="0">
-        <x:v>15.51</x:v>
+        <x:v>7.89</x:v>
       </x:c>
       <x:c r="D120" s="0">
-        <x:v>706.371</x:v>
+        <x:v>674.401</x:v>
       </x:c>
       <x:c r="E120" s="0">
-        <x:v>771.99</x:v>
+        <x:v>737.05</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:5">
       <x:c r="A121" s="1">
-        <x:v>45874.9325694444</x:v>
+        <x:v>45902.9238773148</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C121" s="0">
-        <x:v>13.97</x:v>
+        <x:v>7.7</x:v>
       </x:c>
       <x:c r="D121" s="0">
-        <x:v>698.566</x:v>
+        <x:v>672.626</x:v>
       </x:c>
       <x:c r="E121" s="0">
-        <x:v>763.46</x:v>
+        <x:v>735.11</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:5">
       <x:c r="A122" s="1">
-        <x:v>45873.9313425926</x:v>
+        <x:v>45898.9303587963</x:v>
       </x:c>
       <x:c r="B122" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C122" s="0">
-        <x:v>16.8</x:v>
+        <x:v>8.16</x:v>
       </x:c>
       <x:c r="D122" s="0">
-        <x:v>710.379</x:v>
+        <x:v>675.91</x:v>
       </x:c>
       <x:c r="E122" s="0">
-        <x:v>776.37</x:v>
+        <x:v>738.7</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:5">
       <x:c r="A123" s="1">
-        <x:v>45870.9273842593</x:v>
+        <x:v>45897.9274189815</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C123" s="0">
-        <x:v>12.48</x:v>
+        <x:v>9.8</x:v>
       </x:c>
       <x:c r="D123" s="0">
-        <x:v>686.259</x:v>
+        <x:v>687.266</x:v>
       </x:c>
       <x:c r="E123" s="0">
-        <x:v>750.01</x:v>
+        <x:v>751.11</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:5">
       <x:c r="A124" s="1">
-        <x:v>45869.9244212963</x:v>
+        <x:v>45896.9248032407</x:v>
       </x:c>
       <x:c r="B124" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C124" s="0">
-        <x:v>17.96</x:v>
+        <x:v>9.35</x:v>
       </x:c>
       <x:c r="D124" s="0">
-        <x:v>707.698</x:v>
+        <x:v>683.853</x:v>
       </x:c>
       <x:c r="E124" s="0">
-        <x:v>773.44</x:v>
+        <x:v>747.38</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:5">
       <x:c r="A125" s="1">
-        <x:v>45868.9255092593</x:v>
+        <x:v>45895.9239351852</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C125" s="0">
-        <x:v>8.48</x:v>
+        <x:v>10.29</x:v>
       </x:c>
       <x:c r="D125" s="0">
-        <x:v>636.117</x:v>
+        <x:v>690.002</x:v>
       </x:c>
       <x:c r="E125" s="0">
-        <x:v>695.21</x:v>
+        <x:v>754.1</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:5">
       <x:c r="A126" s="1">
-        <x:v>45867.9289467593</x:v>
+        <x:v>45894.9239583333</x:v>
       </x:c>
       <x:c r="B126" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C126" s="0">
-        <x:v>9.12</x:v>
+        <x:v>10.2</x:v>
       </x:c>
       <x:c r="D126" s="0">
-        <x:v>640.5</x:v>
+        <x:v>689.27</x:v>
       </x:c>
       <x:c r="E126" s="0">
-        <x:v>700</x:v>
+        <x:v>753.3</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:5">
       <x:c r="A127" s="1">
-        <x:v>45866.9278125</x:v>
+        <x:v>45891.9252314815</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C127" s="0">
-        <x:v>12.12</x:v>
+        <x:v>10.47</x:v>
       </x:c>
       <x:c r="D127" s="0">
-        <x:v>656.632</x:v>
+        <x:v>690.633</x:v>
       </x:c>
       <x:c r="E127" s="0">
-        <x:v>717.63</x:v>
+        <x:v>754.79</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:5">
       <x:c r="A128" s="1">
-        <x:v>45863.926875</x:v>
+        <x:v>45890.9256481481</x:v>
       </x:c>
       <x:c r="B128" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C128" s="0">
-        <x:v>11.4</x:v>
+        <x:v>8.65</x:v>
       </x:c>
       <x:c r="D128" s="0">
-        <x:v>652.102</x:v>
+        <x:v>676.276</x:v>
       </x:c>
       <x:c r="E128" s="0">
-        <x:v>712.68</x:v>
+        <x:v>739.1</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:5">
       <x:c r="A129" s="1">
-        <x:v>45862.9245949074</x:v>
+        <x:v>45889.9243402778</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C129" s="0">
-        <x:v>11.77</x:v>
+        <x:v>9.79</x:v>
       </x:c>
       <x:c r="D129" s="0">
-        <x:v>654.042</x:v>
+        <x:v>684.164</x:v>
       </x:c>
       <x:c r="E129" s="0">
-        <x:v>714.8</x:v>
+        <x:v>747.72</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:5">
       <x:c r="A130" s="1">
-        <x:v>45861.926412037</x:v>
+        <x:v>45888.9238425926</x:v>
       </x:c>
       <x:c r="B130" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C130" s="0">
-        <x:v>11.6</x:v>
+        <x:v>10.33</x:v>
       </x:c>
       <x:c r="D130" s="0">
-        <x:v>652.926</x:v>
+        <x:v>687.604</x:v>
       </x:c>
       <x:c r="E130" s="0">
-        <x:v>713.58</x:v>
+        <x:v>751.48</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:5">
       <x:c r="A131" s="1">
-        <x:v>45860.9260763889</x:v>
+        <x:v>45887.9245601852</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C131" s="0">
-        <x:v>10.33</x:v>
+        <x:v>13.06</x:v>
       </x:c>
       <x:c r="D131" s="0">
-        <x:v>644.901</x:v>
+        <x:v>702.144</x:v>
       </x:c>
       <x:c r="E131" s="0">
-        <x:v>704.81</x:v>
+        <x:v>767.37</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:5">
       <x:c r="A132" s="1">
-        <x:v>45859.9273148148</x:v>
+        <x:v>45884.9247106481</x:v>
       </x:c>
       <x:c r="B132" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C132" s="0">
-        <x:v>11.69</x:v>
+        <x:v>17.03</x:v>
       </x:c>
       <x:c r="D132" s="0">
-        <x:v>652.363</x:v>
+        <x:v>718.486</x:v>
       </x:c>
       <x:c r="E132" s="0">
-        <x:v>712.965</x:v>
+        <x:v>785.23</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:5">
       <x:c r="A133" s="1">
-        <x:v>45856.949212963</x:v>
+        <x:v>45883.9240625</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C133" s="0">
-        <x:v>10.46</x:v>
+        <x:v>16.41</x:v>
       </x:c>
       <x:c r="D133" s="0">
-        <x:v>644.416</x:v>
+        <x:v>715.649</x:v>
       </x:c>
       <x:c r="E133" s="0">
-        <x:v>704.28</x:v>
+        <x:v>782.13</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:5">
       <x:c r="A134" s="1">
-        <x:v>45855.9327314815</x:v>
+        <x:v>45882.9239467593</x:v>
       </x:c>
       <x:c r="B134" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C134" s="0">
-        <x:v>10.07</x:v>
+        <x:v>16.02</x:v>
       </x:c>
       <x:c r="D134" s="0">
-        <x:v>641.79</x:v>
+        <x:v>713.773</x:v>
       </x:c>
       <x:c r="E134" s="0">
-        <x:v>701.41</x:v>
+        <x:v>780.08</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:5">
       <x:c r="A135" s="1">
-        <x:v>45854.9359490741</x:v>
+        <x:v>45881.9233449074</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C135" s="0">
-        <x:v>10.31</x:v>
+        <x:v>18.37</x:v>
       </x:c>
       <x:c r="D135" s="0">
-        <x:v>643.163</x:v>
+        <x:v>722.85</x:v>
       </x:c>
       <x:c r="E135" s="0">
-        <x:v>702.91</x:v>
+        <x:v>790</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:5">
       <x:c r="A136" s="1">
-        <x:v>45853.9275694444</x:v>
+        <x:v>45880.923587963</x:v>
       </x:c>
       <x:c r="B136" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C136" s="0">
-        <x:v>11.54</x:v>
+        <x:v>13.99</x:v>
       </x:c>
       <x:c r="D136" s="0">
-        <x:v>650.007</x:v>
+        <x:v>700.771</x:v>
       </x:c>
       <x:c r="E136" s="0">
-        <x:v>710.39</x:v>
+        <x:v>765.87</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:5">
       <x:c r="A137" s="1">
-        <x:v>45852.9328587963</x:v>
+        <x:v>45877.9331597222</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C137" s="0">
-        <x:v>13.55</x:v>
+        <x:v>14.73</x:v>
       </x:c>
       <x:c r="D137" s="0">
-        <x:v>659.642</x:v>
+        <x:v>703.91</x:v>
       </x:c>
       <x:c r="E137" s="0">
-        <x:v>720.92</x:v>
+        <x:v>769.3</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:5">
       <x:c r="A138" s="1">
-        <x:v>45849.9249768518</x:v>
+        <x:v>45876.9384490741</x:v>
       </x:c>
       <x:c r="B138" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C138" s="0">
-        <x:v>13.01</x:v>
+        <x:v>13.44</x:v>
       </x:c>
       <x:c r="D138" s="0">
-        <x:v>656.522</x:v>
+        <x:v>697.074</x:v>
       </x:c>
       <x:c r="E138" s="0">
-        <x:v>717.51</x:v>
+        <x:v>761.83</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:5">
       <x:c r="A139" s="1">
-        <x:v>45848.9261342593</x:v>
+        <x:v>45875.9344560185</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C139" s="0">
-        <x:v>15.05</x:v>
+        <x:v>15.51</x:v>
       </x:c>
       <x:c r="D139" s="0">
-        <x:v>665.425</x:v>
+        <x:v>706.371</x:v>
       </x:c>
       <x:c r="E139" s="0">
-        <x:v>727.24</x:v>
+        <x:v>771.99</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:5">
       <x:c r="A140" s="1">
-        <x:v>45847.925787037</x:v>
+        <x:v>45874.9325694444</x:v>
       </x:c>
       <x:c r="B140" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C140" s="0">
-        <x:v>16.31</x:v>
+        <x:v>13.97</x:v>
       </x:c>
       <x:c r="D140" s="0">
-        <x:v>670.494</x:v>
+        <x:v>698.566</x:v>
       </x:c>
       <x:c r="E140" s="0">
-        <x:v>732.78</x:v>
+        <x:v>763.46</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:5">
       <x:c r="A141" s="1">
-        <x:v>45846.9248611111</x:v>
+        <x:v>45873.9313425926</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C141" s="0">
-        <x:v>13.99</x:v>
+        <x:v>16.8</x:v>
       </x:c>
       <x:c r="D141" s="0">
-        <x:v>659.413</x:v>
+        <x:v>710.379</x:v>
       </x:c>
       <x:c r="E141" s="0">
-        <x:v>720.67</x:v>
+        <x:v>776.37</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:5">
       <x:c r="A142" s="1">
-        <x:v>45845.9274884259</x:v>
+        <x:v>45870.9273842593</x:v>
       </x:c>
       <x:c r="B142" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C142" s="0">
-        <x:v>13.58</x:v>
+        <x:v>12.48</x:v>
       </x:c>
       <x:c r="D142" s="0">
-        <x:v>657.29</x:v>
+        <x:v>686.259</x:v>
       </x:c>
       <x:c r="E142" s="0">
-        <x:v>718.35</x:v>
+        <x:v>750.01</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:5">
       <x:c r="A143" s="1">
-        <x:v>45841.8023263889</x:v>
+        <x:v>45869.9244212963</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C143" s="0">
-        <x:v>13.81</x:v>
+        <x:v>17.96</x:v>
       </x:c>
       <x:c r="D143" s="0">
-        <x:v>657.894</x:v>
+        <x:v>707.698</x:v>
       </x:c>
       <x:c r="E143" s="0">
-        <x:v>719.01</x:v>
+        <x:v>773.44</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:5">
       <x:c r="A144" s="1">
-        <x:v>45840.9303703704</x:v>
+        <x:v>45868.9255092593</x:v>
       </x:c>
       <x:c r="B144" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C144" s="0">
-        <x:v>12.85</x:v>
+        <x:v>8.48</x:v>
       </x:c>
       <x:c r="D144" s="0">
-        <x:v>652.917</x:v>
+        <x:v>636.117</x:v>
       </x:c>
       <x:c r="E144" s="0">
-        <x:v>713.57</x:v>
+        <x:v>695.21</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:5">
       <x:c r="A145" s="1">
-        <x:v>45839.9249421296</x:v>
+        <x:v>45867.9289467593</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C145" s="0">
-        <x:v>13.98</x:v>
+        <x:v>9.12</x:v>
       </x:c>
       <x:c r="D145" s="0">
-        <x:v>658.086</x:v>
+        <x:v>640.5</x:v>
       </x:c>
       <x:c r="E145" s="0">
-        <x:v>719.22</x:v>
+        <x:v>700</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:5">
       <x:c r="A146" s="1">
-        <x:v>45838.9258217593</x:v>
+        <x:v>45866.9278125</x:v>
       </x:c>
       <x:c r="B146" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C146" s="0">
-        <x:v>18.83</x:v>
+        <x:v>12.12</x:v>
       </x:c>
       <x:c r="D146" s="0">
-        <x:v>675.352</x:v>
+        <x:v>656.632</x:v>
       </x:c>
       <x:c r="E146" s="0">
-        <x:v>738.09</x:v>
+        <x:v>717.63</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:5">
       <x:c r="A147" s="1">
-        <x:v>45835.9282291667</x:v>
+        <x:v>45863.926875</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C147" s="0">
-        <x:v>17.85</x:v>
+        <x:v>11.4</x:v>
       </x:c>
       <x:c r="D147" s="0">
-        <x:v>671.272</x:v>
+        <x:v>652.102</x:v>
       </x:c>
       <x:c r="E147" s="0">
-        <x:v>733.63</x:v>
+        <x:v>712.68</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:5">
       <x:c r="A148" s="1">
-        <x:v>45834.9274189815</x:v>
+        <x:v>45862.9245949074</x:v>
       </x:c>
       <x:c r="B148" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C148" s="0">
-        <x:v>16.2</x:v>
+        <x:v>11.77</x:v>
       </x:c>
       <x:c r="D148" s="0">
-        <x:v>664.372</x:v>
+        <x:v>654.042</x:v>
       </x:c>
       <x:c r="E148" s="0">
-        <x:v>726.09</x:v>
+        <x:v>714.8</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:5">
       <x:c r="A149" s="1">
-        <x:v>45833.9268171296</x:v>
+        <x:v>45861.926412037</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C149" s="0">
-        <x:v>13.02</x:v>
+        <x:v>11.6</x:v>
       </x:c>
       <x:c r="D149" s="0">
-        <x:v>648.442</x:v>
+        <x:v>652.926</x:v>
       </x:c>
       <x:c r="E149" s="0">
-        <x:v>708.68</x:v>
+        <x:v>713.58</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:5">
       <x:c r="A150" s="1">
-        <x:v>45832.9265393519</x:v>
+        <x:v>45860.9260763889</x:v>
       </x:c>
       <x:c r="B150" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C150" s="0">
-        <x:v>13.73</x:v>
+        <x:v>10.33</x:v>
       </x:c>
       <x:c r="D150" s="0">
-        <x:v>651.663</x:v>
+        <x:v>644.901</x:v>
       </x:c>
       <x:c r="E150" s="0">
-        <x:v>712.2</x:v>
+        <x:v>704.81</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:5">
       <x:c r="A151" s="1">
+        <x:v>45859.9273148148</x:v>
+      </x:c>
+      <x:c r="B151" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C151" s="0">
+        <x:v>11.69</x:v>
+      </x:c>
+      <x:c r="D151" s="0">
+        <x:v>652.363</x:v>
+      </x:c>
+      <x:c r="E151" s="0">
+        <x:v>712.965</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="152" spans="1:5">
+      <x:c r="A152" s="1">
+        <x:v>45856.949212963</x:v>
+      </x:c>
+      <x:c r="B152" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C152" s="0">
+        <x:v>10.46</x:v>
+      </x:c>
+      <x:c r="D152" s="0">
+        <x:v>644.416</x:v>
+      </x:c>
+      <x:c r="E152" s="0">
+        <x:v>704.28</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="153" spans="1:5">
+      <x:c r="A153" s="1">
+        <x:v>45855.9327314815</x:v>
+      </x:c>
+      <x:c r="B153" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C153" s="0">
+        <x:v>10.07</x:v>
+      </x:c>
+      <x:c r="D153" s="0">
+        <x:v>641.79</x:v>
+      </x:c>
+      <x:c r="E153" s="0">
+        <x:v>701.41</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="154" spans="1:5">
+      <x:c r="A154" s="1">
+        <x:v>45854.9359490741</x:v>
+      </x:c>
+      <x:c r="B154" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C154" s="0">
+        <x:v>10.31</x:v>
+      </x:c>
+      <x:c r="D154" s="0">
+        <x:v>643.163</x:v>
+      </x:c>
+      <x:c r="E154" s="0">
+        <x:v>702.91</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="155" spans="1:5">
+      <x:c r="A155" s="1">
+        <x:v>45853.9275694444</x:v>
+      </x:c>
+      <x:c r="B155" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C155" s="0">
+        <x:v>11.54</x:v>
+      </x:c>
+      <x:c r="D155" s="0">
+        <x:v>650.007</x:v>
+      </x:c>
+      <x:c r="E155" s="0">
+        <x:v>710.39</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="156" spans="1:5">
+      <x:c r="A156" s="1">
+        <x:v>45852.9328587963</x:v>
+      </x:c>
+      <x:c r="B156" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C156" s="0">
+        <x:v>13.55</x:v>
+      </x:c>
+      <x:c r="D156" s="0">
+        <x:v>659.642</x:v>
+      </x:c>
+      <x:c r="E156" s="0">
+        <x:v>720.92</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="157" spans="1:5">
+      <x:c r="A157" s="1">
+        <x:v>45849.9249768518</x:v>
+      </x:c>
+      <x:c r="B157" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C157" s="0">
+        <x:v>13.01</x:v>
+      </x:c>
+      <x:c r="D157" s="0">
+        <x:v>656.522</x:v>
+      </x:c>
+      <x:c r="E157" s="0">
+        <x:v>717.51</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="158" spans="1:5">
+      <x:c r="A158" s="1">
+        <x:v>45848.9261342593</x:v>
+      </x:c>
+      <x:c r="B158" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C158" s="0">
+        <x:v>15.05</x:v>
+      </x:c>
+      <x:c r="D158" s="0">
+        <x:v>665.425</x:v>
+      </x:c>
+      <x:c r="E158" s="0">
+        <x:v>727.24</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="159" spans="1:5">
+      <x:c r="A159" s="1">
+        <x:v>45847.925787037</x:v>
+      </x:c>
+      <x:c r="B159" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C159" s="0">
+        <x:v>16.31</x:v>
+      </x:c>
+      <x:c r="D159" s="0">
+        <x:v>670.494</x:v>
+      </x:c>
+      <x:c r="E159" s="0">
+        <x:v>732.78</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="160" spans="1:5">
+      <x:c r="A160" s="1">
+        <x:v>45846.9248611111</x:v>
+      </x:c>
+      <x:c r="B160" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C160" s="0">
+        <x:v>13.99</x:v>
+      </x:c>
+      <x:c r="D160" s="0">
+        <x:v>659.413</x:v>
+      </x:c>
+      <x:c r="E160" s="0">
+        <x:v>720.67</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="161" spans="1:5">
+      <x:c r="A161" s="1">
+        <x:v>45845.9274884259</x:v>
+      </x:c>
+      <x:c r="B161" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C161" s="0">
+        <x:v>13.58</x:v>
+      </x:c>
+      <x:c r="D161" s="0">
+        <x:v>657.29</x:v>
+      </x:c>
+      <x:c r="E161" s="0">
+        <x:v>718.35</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="162" spans="1:5">
+      <x:c r="A162" s="1">
+        <x:v>45841.8023263889</x:v>
+      </x:c>
+      <x:c r="B162" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C162" s="0">
+        <x:v>13.81</x:v>
+      </x:c>
+      <x:c r="D162" s="0">
+        <x:v>657.894</x:v>
+      </x:c>
+      <x:c r="E162" s="0">
+        <x:v>719.01</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="163" spans="1:5">
+      <x:c r="A163" s="1">
+        <x:v>45840.9303703704</x:v>
+      </x:c>
+      <x:c r="B163" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C163" s="0">
+        <x:v>12.85</x:v>
+      </x:c>
+      <x:c r="D163" s="0">
+        <x:v>652.917</x:v>
+      </x:c>
+      <x:c r="E163" s="0">
+        <x:v>713.57</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="164" spans="1:5">
+      <x:c r="A164" s="1">
+        <x:v>45839.9249421296</x:v>
+      </x:c>
+      <x:c r="B164" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C164" s="0">
+        <x:v>13.98</x:v>
+      </x:c>
+      <x:c r="D164" s="0">
+        <x:v>658.086</x:v>
+      </x:c>
+      <x:c r="E164" s="0">
+        <x:v>719.22</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="165" spans="1:5">
+      <x:c r="A165" s="1">
+        <x:v>45838.9258217593</x:v>
+      </x:c>
+      <x:c r="B165" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C165" s="0">
+        <x:v>18.83</x:v>
+      </x:c>
+      <x:c r="D165" s="0">
+        <x:v>675.352</x:v>
+      </x:c>
+      <x:c r="E165" s="0">
+        <x:v>738.09</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="166" spans="1:5">
+      <x:c r="A166" s="1">
+        <x:v>45835.9282291667</x:v>
+      </x:c>
+      <x:c r="B166" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C166" s="0">
+        <x:v>17.85</x:v>
+      </x:c>
+      <x:c r="D166" s="0">
+        <x:v>671.272</x:v>
+      </x:c>
+      <x:c r="E166" s="0">
+        <x:v>733.63</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="167" spans="1:5">
+      <x:c r="A167" s="1">
+        <x:v>45834.9274189815</x:v>
+      </x:c>
+      <x:c r="B167" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C167" s="0">
+        <x:v>16.2</x:v>
+      </x:c>
+      <x:c r="D167" s="0">
+        <x:v>664.372</x:v>
+      </x:c>
+      <x:c r="E167" s="0">
+        <x:v>726.09</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="168" spans="1:5">
+      <x:c r="A168" s="1">
+        <x:v>45833.9268171296</x:v>
+      </x:c>
+      <x:c r="B168" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C168" s="0">
+        <x:v>13.02</x:v>
+      </x:c>
+      <x:c r="D168" s="0">
+        <x:v>648.442</x:v>
+      </x:c>
+      <x:c r="E168" s="0">
+        <x:v>708.68</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="169" spans="1:5">
+      <x:c r="A169" s="1">
+        <x:v>45832.9265393519</x:v>
+      </x:c>
+      <x:c r="B169" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C169" s="0">
+        <x:v>13.73</x:v>
+      </x:c>
+      <x:c r="D169" s="0">
+        <x:v>651.663</x:v>
+      </x:c>
+      <x:c r="E169" s="0">
+        <x:v>712.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="170" spans="1:5">
+      <x:c r="A170" s="1">
         <x:v>45831.9246412037</x:v>
       </x:c>
-      <x:c r="B151" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C151" s="0">
+      <x:c r="B170" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C170" s="0">
         <x:v>11.5</x:v>
       </x:c>
-      <x:c r="D151" s="0">
+      <x:c r="D170" s="0">
         <x:v>639.155</x:v>
       </x:c>
-      <x:c r="E151" s="0">
+      <x:c r="E170" s="0">
         <x:v>698.53</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>