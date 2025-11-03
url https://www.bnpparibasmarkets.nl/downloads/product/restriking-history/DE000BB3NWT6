--- v0 (2025-10-13)
+++ v1 (2025-11-03)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd05cb3f66e6d401c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9d0bdc2e0cc04653b82f4a709d236cf9.psmdcp" Id="R3096b663ccbc47b1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rab1346081d6646a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2f0f9415d1bf44a38c178c6a324eecc0.psmdcp" Id="R9364b4323d8f447b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>DE000BB3NWT6</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -390,1882 +390,2137 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E108"/>
+  <x:dimension ref="A1:E123"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>45940.8681597222</x:v>
+        <x:v>45961.8246759259</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
-        <x:v>3.41</x:v>
+        <x:v>4.28</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>53.01</x:v>
+        <x:v>54.882</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>58.9</x:v>
+        <x:v>60.98</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>45939.8649884259</x:v>
+        <x:v>45960.8236111111</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
-        <x:v>5.52</x:v>
+        <x:v>4.03</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>55.359</x:v>
+        <x:v>54.513</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>61.51</x:v>
+        <x:v>60.57</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>45938.8822569444</x:v>
+        <x:v>45959.8254282407</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
-        <x:v>6.5</x:v>
+        <x:v>3.98</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>56.295</x:v>
+        <x:v>54.432</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>62.55</x:v>
+        <x:v>60.48</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>45937.8661689815</x:v>
+        <x:v>45958.8260763889</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
-        <x:v>5.81</x:v>
+        <x:v>3.8</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>55.557</x:v>
+        <x:v>54.135</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>61.73</x:v>
+        <x:v>60.15</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>45936.8652199074</x:v>
+        <x:v>45957.8238657407</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
-        <x:v>5.78</x:v>
+        <x:v>4.58</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>55.521</x:v>
+        <x:v>55.179</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>61.69</x:v>
+        <x:v>61.31</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>45933.8650925926</x:v>
+        <x:v>45954.8654166667</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
-        <x:v>5.17</x:v>
+        <x:v>4.72</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>54.792</x:v>
+        <x:v>55.35</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>60.88</x:v>
+        <x:v>61.5</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>45932.866087963</x:v>
+        <x:v>45953.8697106481</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
-        <x:v>4.88</x:v>
+        <x:v>4.93</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>54.432</x:v>
+        <x:v>55.611</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>60.48</x:v>
+        <x:v>61.79</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>45931.866412037</x:v>
+        <x:v>45952.8835763889</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
-        <x:v>6.03</x:v>
+        <x:v>3.28</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>55.602</x:v>
+        <x:v>52.65</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>61.78</x:v>
+        <x:v>58.5</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>45930.8652893519</x:v>
+        <x:v>45951.8713310185</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
-        <x:v>6.59</x:v>
+        <x:v>2.74</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>56.133</x:v>
+        <x:v>51.516</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>62.37</x:v>
+        <x:v>57.24</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>45929.8687615741</x:v>
+        <x:v>45950.8678125</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C12" s="0">
-        <x:v>7.79</x:v>
+        <x:v>2.65</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>57.105</x:v>
+        <x:v>51.318</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>63.45</x:v>
+        <x:v>57.02</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>45926.8649421296</x:v>
+        <x:v>45947.8653472222</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0">
-        <x:v>11.34</x:v>
+        <x:v>2.71</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>59.148</x:v>
+        <x:v>51.435</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>65.72</x:v>
+        <x:v>57.15</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>45925.8660300926</x:v>
+        <x:v>45946.8650462963</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C14" s="0">
-        <x:v>10.29</x:v>
+        <x:v>2.64</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>58.482</x:v>
+        <x:v>51.291</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>64.98</x:v>
+        <x:v>56.99</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>45924.8664351852</x:v>
+        <x:v>45945.8694328704</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
-        <x:v>10.31</x:v>
+        <x:v>3.05</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>58.491</x:v>
+        <x:v>52.056</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>64.99</x:v>
+        <x:v>57.84</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>45923.8744212963</x:v>
+        <x:v>45944.8749074074</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C16" s="0">
-        <x:v>8.42</x:v>
+        <x:v>3.26</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>57.069</x:v>
+        <x:v>52.443</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>63.41</x:v>
+        <x:v>58.7</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>45922.8813541667</x:v>
+        <x:v>45943.8712962963</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C17" s="0">
-        <x:v>7.25</x:v>
+        <x:v>3.71</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>56.052</x:v>
+        <x:v>53.541</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>62.28</x:v>
+        <x:v>59.49</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>45919.8706018518</x:v>
+        <x:v>45940.8681597222</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="0">
-        <x:v>7.39</x:v>
+        <x:v>3.41</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>56.16</x:v>
+        <x:v>53.01</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>62.4</x:v>
+        <x:v>58.9</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>45918.8680439815</x:v>
+        <x:v>45939.8649884259</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C19" s="0">
-        <x:v>8.42</x:v>
+        <x:v>5.52</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>56.934</x:v>
+        <x:v>55.359</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>63.26</x:v>
+        <x:v>61.51</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
-        <x:v>45917.8672337963</x:v>
+        <x:v>45938.8822569444</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C20" s="0">
-        <x:v>8.99</x:v>
+        <x:v>6.5</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>57.33</x:v>
+        <x:v>56.295</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>63.7</x:v>
+        <x:v>62.55</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="1">
-        <x:v>45916.874849537</x:v>
+        <x:v>45937.8661689815</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C21" s="0">
-        <x:v>9.62</x:v>
+        <x:v>5.81</x:v>
       </x:c>
       <x:c r="D21" s="0">
-        <x:v>57.744</x:v>
+        <x:v>55.557</x:v>
       </x:c>
       <x:c r="E21" s="0">
-        <x:v>64.16</x:v>
+        <x:v>61.73</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="1">
-        <x:v>45915.8847685185</x:v>
+        <x:v>45936.8652199074</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C22" s="0">
-        <x:v>8.27</x:v>
+        <x:v>5.78</x:v>
       </x:c>
       <x:c r="D22" s="0">
-        <x:v>56.718</x:v>
+        <x:v>55.521</x:v>
       </x:c>
       <x:c r="E22" s="0">
-        <x:v>63.3</x:v>
+        <x:v>61.69</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="1">
-        <x:v>45912.8690277778</x:v>
+        <x:v>45933.8650925926</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C23" s="0">
-        <x:v>7.62</x:v>
+        <x:v>5.17</x:v>
       </x:c>
       <x:c r="D23" s="0">
-        <x:v>56.421</x:v>
+        <x:v>54.792</x:v>
       </x:c>
       <x:c r="E23" s="0">
-        <x:v>62.69</x:v>
+        <x:v>60.88</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="1">
-        <x:v>45911.8677199074</x:v>
+        <x:v>45932.866087963</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C24" s="0">
-        <x:v>7.29</x:v>
+        <x:v>4.88</x:v>
       </x:c>
       <x:c r="D24" s="0">
-        <x:v>56.133</x:v>
+        <x:v>54.432</x:v>
       </x:c>
       <x:c r="E24" s="0">
-        <x:v>62.37</x:v>
+        <x:v>60.48</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="1">
-        <x:v>45910.8673611111</x:v>
+        <x:v>45931.866412037</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C25" s="0">
-        <x:v>8.94</x:v>
+        <x:v>6.03</x:v>
       </x:c>
       <x:c r="D25" s="0">
-        <x:v>57.303</x:v>
+        <x:v>55.602</x:v>
       </x:c>
       <x:c r="E25" s="0">
-        <x:v>63.67</x:v>
+        <x:v>61.78</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="1">
-        <x:v>45909.8653472222</x:v>
+        <x:v>45930.8652893519</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C26" s="0">
-        <x:v>7.78</x:v>
+        <x:v>6.59</x:v>
       </x:c>
       <x:c r="D26" s="0">
-        <x:v>56.367</x:v>
+        <x:v>56.133</x:v>
       </x:c>
       <x:c r="E26" s="0">
-        <x:v>62.63</x:v>
+        <x:v>62.37</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="1">
-        <x:v>45908.8660532407</x:v>
+        <x:v>45929.8687615741</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C27" s="0">
-        <x:v>7.39</x:v>
+        <x:v>7.79</x:v>
       </x:c>
       <x:c r="D27" s="0">
-        <x:v>56.034</x:v>
+        <x:v>57.105</x:v>
       </x:c>
       <x:c r="E27" s="0">
-        <x:v>62.26</x:v>
+        <x:v>63.45</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="1">
-        <x:v>45905.8690856481</x:v>
+        <x:v>45926.8649421296</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C28" s="0">
-        <x:v>7</x:v>
+        <x:v>11.34</x:v>
       </x:c>
       <x:c r="D28" s="0">
-        <x:v>55.683</x:v>
+        <x:v>59.148</x:v>
       </x:c>
       <x:c r="E28" s="0">
-        <x:v>61.87</x:v>
+        <x:v>65.72</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="1">
-        <x:v>45904.865474537</x:v>
+        <x:v>45925.8660300926</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C29" s="0">
-        <x:v>9.08</x:v>
+        <x:v>10.29</x:v>
       </x:c>
       <x:c r="D29" s="0">
-        <x:v>57.132</x:v>
+        <x:v>58.482</x:v>
       </x:c>
       <x:c r="E29" s="0">
-        <x:v>63.48</x:v>
+        <x:v>64.98</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="1">
-        <x:v>45903.8712152778</x:v>
+        <x:v>45924.8664351852</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C30" s="0">
-        <x:v>9.76</x:v>
+        <x:v>10.31</x:v>
       </x:c>
       <x:c r="D30" s="0">
-        <x:v>57.573</x:v>
+        <x:v>58.491</x:v>
       </x:c>
       <x:c r="E30" s="0">
-        <x:v>63.97</x:v>
+        <x:v>64.99</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="1">
-        <x:v>45902.8909722222</x:v>
+        <x:v>45923.8744212963</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C31" s="0">
-        <x:v>12.56</x:v>
+        <x:v>8.42</x:v>
       </x:c>
       <x:c r="D31" s="0">
-        <x:v>59.031</x:v>
+        <x:v>57.069</x:v>
       </x:c>
       <x:c r="E31" s="0">
-        <x:v>65.59</x:v>
+        <x:v>63.41</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="1">
-        <x:v>45898.8672453704</x:v>
+        <x:v>45922.8813541667</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C32" s="0">
-        <x:v>10.3</x:v>
+        <x:v>7.25</x:v>
       </x:c>
       <x:c r="D32" s="0">
-        <x:v>57.609</x:v>
+        <x:v>56.052</x:v>
       </x:c>
       <x:c r="E32" s="0">
-        <x:v>64.01</x:v>
+        <x:v>62.28</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="1">
-        <x:v>45897.8709837963</x:v>
+        <x:v>45919.8706018518</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C33" s="0">
-        <x:v>11.23</x:v>
+        <x:v>7.39</x:v>
       </x:c>
       <x:c r="D33" s="0">
-        <x:v>58.14</x:v>
+        <x:v>56.16</x:v>
       </x:c>
       <x:c r="E33" s="0">
-        <x:v>64.6</x:v>
+        <x:v>62.4</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="1">
-        <x:v>45896.8696296296</x:v>
+        <x:v>45918.8680439815</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C34" s="0">
-        <x:v>10.57</x:v>
+        <x:v>8.42</x:v>
       </x:c>
       <x:c r="D34" s="0">
-        <x:v>57.735</x:v>
+        <x:v>56.934</x:v>
       </x:c>
       <x:c r="E34" s="0">
-        <x:v>64.15</x:v>
+        <x:v>63.26</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="1">
-        <x:v>45895.866875</x:v>
+        <x:v>45917.8672337963</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C35" s="0">
-        <x:v>9.37</x:v>
+        <x:v>8.99</x:v>
       </x:c>
       <x:c r="D35" s="0">
-        <x:v>56.925</x:v>
+        <x:v>57.33</x:v>
       </x:c>
       <x:c r="E35" s="0">
-        <x:v>63.25</x:v>
+        <x:v>63.7</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="1">
-        <x:v>45894.8657291667</x:v>
+        <x:v>45916.874849537</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C36" s="0">
-        <x:v>11.96</x:v>
+        <x:v>9.62</x:v>
       </x:c>
       <x:c r="D36" s="0">
-        <x:v>58.32</x:v>
+        <x:v>57.744</x:v>
       </x:c>
       <x:c r="E36" s="0">
-        <x:v>64.8</x:v>
+        <x:v>64.16</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="1">
-        <x:v>45891.8697453704</x:v>
+        <x:v>45915.8847685185</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C37" s="0">
-        <x:v>10.31</x:v>
+        <x:v>8.27</x:v>
       </x:c>
       <x:c r="D37" s="0">
-        <x:v>57.294</x:v>
+        <x:v>56.718</x:v>
       </x:c>
       <x:c r="E37" s="0">
-        <x:v>63.66</x:v>
+        <x:v>63.3</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="1">
-        <x:v>45890.8865972222</x:v>
+        <x:v>45912.8690277778</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C38" s="0">
-        <x:v>10.12</x:v>
+        <x:v>7.62</x:v>
       </x:c>
       <x:c r="D38" s="0">
-        <x:v>57.168</x:v>
+        <x:v>56.421</x:v>
       </x:c>
       <x:c r="E38" s="0">
-        <x:v>63.52</x:v>
+        <x:v>62.69</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="1">
-        <x:v>45889.8663425926</x:v>
+        <x:v>45911.8677199074</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C39" s="0">
-        <x:v>9.07</x:v>
+        <x:v>7.29</x:v>
       </x:c>
       <x:c r="D39" s="0">
-        <x:v>56.439</x:v>
+        <x:v>56.133</x:v>
       </x:c>
       <x:c r="E39" s="0">
-        <x:v>62.71</x:v>
+        <x:v>62.37</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="1">
-        <x:v>45888.8672569444</x:v>
+        <x:v>45910.8673611111</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C40" s="0">
-        <x:v>7.98</x:v>
+        <x:v>8.94</x:v>
       </x:c>
       <x:c r="D40" s="0">
-        <x:v>55.593</x:v>
+        <x:v>57.303</x:v>
       </x:c>
       <x:c r="E40" s="0">
-        <x:v>61.77</x:v>
+        <x:v>63.67</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="1">
-        <x:v>45887.8664699074</x:v>
+        <x:v>45909.8653472222</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C41" s="0">
-        <x:v>9.22</x:v>
+        <x:v>7.78</x:v>
       </x:c>
       <x:c r="D41" s="0">
-        <x:v>56.43</x:v>
+        <x:v>56.367</x:v>
       </x:c>
       <x:c r="E41" s="0">
-        <x:v>62.7</x:v>
+        <x:v>62.63</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="1">
-        <x:v>45884.8646527778</x:v>
+        <x:v>45908.8660532407</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C42" s="0">
-        <x:v>8.36</x:v>
+        <x:v>7.39</x:v>
       </x:c>
       <x:c r="D42" s="0">
-        <x:v>55.782</x:v>
+        <x:v>56.034</x:v>
       </x:c>
       <x:c r="E42" s="0">
-        <x:v>61.98</x:v>
+        <x:v>62.26</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="1">
-        <x:v>45883.8844212963</x:v>
+        <x:v>45905.8690856481</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C43" s="0">
-        <x:v>9.84</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="D43" s="0">
-        <x:v>56.727</x:v>
+        <x:v>55.683</x:v>
       </x:c>
       <x:c r="E43" s="0">
-        <x:v>63.03</x:v>
+        <x:v>61.87</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="1">
-        <x:v>45882.8657407407</x:v>
+        <x:v>45904.865474537</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C44" s="0">
-        <x:v>8.49</x:v>
+        <x:v>9.08</x:v>
       </x:c>
       <x:c r="D44" s="0">
-        <x:v>55.737</x:v>
+        <x:v>57.132</x:v>
       </x:c>
       <x:c r="E44" s="0">
-        <x:v>62.65</x:v>
+        <x:v>63.48</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="1">
-        <x:v>45881.8655208333</x:v>
+        <x:v>45903.8712152778</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C45" s="0">
-        <x:v>9.18</x:v>
+        <x:v>9.76</x:v>
       </x:c>
       <x:c r="D45" s="0">
-        <x:v>56.853</x:v>
+        <x:v>57.573</x:v>
       </x:c>
       <x:c r="E45" s="0">
-        <x:v>63.17</x:v>
+        <x:v>63.97</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="1">
-        <x:v>45880.8651851852</x:v>
+        <x:v>45902.8909722222</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C46" s="0">
-        <x:v>10.33</x:v>
+        <x:v>12.56</x:v>
       </x:c>
       <x:c r="D46" s="0">
-        <x:v>57.564</x:v>
+        <x:v>59.031</x:v>
       </x:c>
       <x:c r="E46" s="0">
-        <x:v>63.96</x:v>
+        <x:v>65.59</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="1">
-        <x:v>45877.8672569444</x:v>
+        <x:v>45898.8672453704</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C47" s="0">
-        <x:v>10.23</x:v>
+        <x:v>10.3</x:v>
       </x:c>
       <x:c r="D47" s="0">
-        <x:v>57.492</x:v>
+        <x:v>57.609</x:v>
       </x:c>
       <x:c r="E47" s="0">
-        <x:v>63.88</x:v>
+        <x:v>64.01</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5">
       <x:c r="A48" s="1">
-        <x:v>45876.8650347222</x:v>
+        <x:v>45897.8709837963</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C48" s="0">
-        <x:v>10.24</x:v>
+        <x:v>11.23</x:v>
       </x:c>
       <x:c r="D48" s="0">
-        <x:v>57.492</x:v>
+        <x:v>58.14</x:v>
       </x:c>
       <x:c r="E48" s="0">
-        <x:v>63.88</x:v>
+        <x:v>64.6</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
       <x:c r="A49" s="1">
-        <x:v>45875.8676736111</x:v>
+        <x:v>45896.8696296296</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C49" s="0">
-        <x:v>10.97</x:v>
+        <x:v>10.57</x:v>
       </x:c>
       <x:c r="D49" s="0">
-        <x:v>57.915</x:v>
+        <x:v>57.735</x:v>
       </x:c>
       <x:c r="E49" s="0">
-        <x:v>64.35</x:v>
+        <x:v>64.15</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5">
       <x:c r="A50" s="1">
-        <x:v>45874.8687384259</x:v>
+        <x:v>45895.866875</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C50" s="0">
-        <x:v>12.36</x:v>
+        <x:v>9.37</x:v>
       </x:c>
       <x:c r="D50" s="0">
-        <x:v>58.644</x:v>
+        <x:v>56.925</x:v>
       </x:c>
       <x:c r="E50" s="0">
-        <x:v>65.16</x:v>
+        <x:v>63.25</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5">
       <x:c r="A51" s="1">
-        <x:v>45873.8649652778</x:v>
+        <x:v>45894.8657291667</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C51" s="0">
-        <x:v>14.61</x:v>
+        <x:v>11.96</x:v>
       </x:c>
       <x:c r="D51" s="0">
-        <x:v>59.661</x:v>
+        <x:v>58.32</x:v>
       </x:c>
       <x:c r="E51" s="0">
-        <x:v>66.29</x:v>
+        <x:v>64.8</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5">
       <x:c r="A52" s="1">
-        <x:v>45870.8694675926</x:v>
+        <x:v>45891.8697453704</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C52" s="0">
-        <x:v>17.01</x:v>
+        <x:v>10.31</x:v>
       </x:c>
       <x:c r="D52" s="0">
-        <x:v>60.597</x:v>
+        <x:v>57.294</x:v>
       </x:c>
       <x:c r="E52" s="0">
-        <x:v>67.33</x:v>
+        <x:v>63.66</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5">
       <x:c r="A53" s="1">
-        <x:v>45869.8816782407</x:v>
+        <x:v>45890.8865972222</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C53" s="0">
-        <x:v>22.72</x:v>
+        <x:v>10.12</x:v>
       </x:c>
       <x:c r="D53" s="0">
-        <x:v>62.334</x:v>
+        <x:v>57.168</x:v>
       </x:c>
       <x:c r="E53" s="0">
-        <x:v>69.26</x:v>
+        <x:v>63.52</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5">
       <x:c r="A54" s="1">
-        <x:v>45868.871087963</x:v>
+        <x:v>45889.8663425926</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C54" s="0">
-        <x:v>25.12</x:v>
+        <x:v>9.07</x:v>
       </x:c>
       <x:c r="D54" s="0">
-        <x:v>63</x:v>
+        <x:v>56.439</x:v>
       </x:c>
       <x:c r="E54" s="0">
-        <x:v>70</x:v>
+        <x:v>62.71</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5">
       <x:c r="A55" s="1">
-        <x:v>45867.8666319444</x:v>
+        <x:v>45888.8672569444</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C55" s="0">
-        <x:v>22.8</x:v>
+        <x:v>7.98</x:v>
       </x:c>
       <x:c r="D55" s="0">
-        <x:v>62.289</x:v>
+        <x:v>55.593</x:v>
       </x:c>
       <x:c r="E55" s="0">
-        <x:v>69.21</x:v>
+        <x:v>61.77</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5">
       <x:c r="A56" s="1">
-        <x:v>45866.8688194444</x:v>
+        <x:v>45887.8664699074</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C56" s="0">
-        <x:v>17.06</x:v>
+        <x:v>9.22</x:v>
       </x:c>
       <x:c r="D56" s="0">
-        <x:v>60.039</x:v>
+        <x:v>56.43</x:v>
       </x:c>
       <x:c r="E56" s="0">
-        <x:v>66.71</x:v>
+        <x:v>62.7</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:5">
       <x:c r="A57" s="1">
-        <x:v>45863.8651967593</x:v>
+        <x:v>45884.8646527778</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C57" s="0">
-        <x:v>14.07</x:v>
+        <x:v>8.36</x:v>
       </x:c>
       <x:c r="D57" s="0">
-        <x:v>58.644</x:v>
+        <x:v>55.782</x:v>
       </x:c>
       <x:c r="E57" s="0">
-        <x:v>65.16</x:v>
+        <x:v>61.98</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:5">
       <x:c r="A58" s="1">
-        <x:v>45862.8678472222</x:v>
+        <x:v>45883.8844212963</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C58" s="0">
-        <x:v>15.97</x:v>
+        <x:v>9.84</x:v>
       </x:c>
       <x:c r="D58" s="0">
-        <x:v>59.427</x:v>
+        <x:v>56.727</x:v>
       </x:c>
       <x:c r="E58" s="0">
-        <x:v>66.03</x:v>
+        <x:v>63.03</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:5">
       <x:c r="A59" s="1">
-        <x:v>45861.8655671296</x:v>
+        <x:v>45882.8657407407</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C59" s="0">
-        <x:v>14.43</x:v>
+        <x:v>8.49</x:v>
       </x:c>
       <x:c r="D59" s="0">
-        <x:v>58.725</x:v>
+        <x:v>55.737</x:v>
       </x:c>
       <x:c r="E59" s="0">
-        <x:v>65.25</x:v>
+        <x:v>62.65</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:5">
       <x:c r="A60" s="1">
-        <x:v>45860.8818171296</x:v>
+        <x:v>45881.8655208333</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C60" s="0">
-        <x:v>14.56</x:v>
+        <x:v>9.18</x:v>
       </x:c>
       <x:c r="D60" s="0">
-        <x:v>58.779</x:v>
+        <x:v>56.853</x:v>
       </x:c>
       <x:c r="E60" s="0">
-        <x:v>65.31</x:v>
+        <x:v>63.17</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:5">
       <x:c r="A61" s="1">
-        <x:v>45859.8722800926</x:v>
+        <x:v>45880.8651851852</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C61" s="0">
-        <x:v>15.96</x:v>
+        <x:v>10.33</x:v>
       </x:c>
       <x:c r="D61" s="0">
-        <x:v>59.355</x:v>
+        <x:v>57.564</x:v>
       </x:c>
       <x:c r="E61" s="0">
-        <x:v>65.95</x:v>
+        <x:v>63.96</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:5">
       <x:c r="A62" s="1">
-        <x:v>45856.8656365741</x:v>
+        <x:v>45877.8672569444</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C62" s="0">
-        <x:v>16.22</x:v>
+        <x:v>10.23</x:v>
       </x:c>
       <x:c r="D62" s="0">
-        <x:v>59.445</x:v>
+        <x:v>57.492</x:v>
       </x:c>
       <x:c r="E62" s="0">
-        <x:v>66.05</x:v>
+        <x:v>63.88</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:5">
       <x:c r="A63" s="1">
-        <x:v>45855.8661574074</x:v>
+        <x:v>45876.8650347222</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C63" s="0">
-        <x:v>16.63</x:v>
+        <x:v>10.24</x:v>
       </x:c>
       <x:c r="D63" s="0">
-        <x:v>59.607</x:v>
+        <x:v>57.492</x:v>
       </x:c>
       <x:c r="E63" s="0">
-        <x:v>66.23</x:v>
+        <x:v>63.88</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:5">
       <x:c r="A64" s="1">
-        <x:v>45854.8781365741</x:v>
+        <x:v>45875.8676736111</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C64" s="0">
-        <x:v>14.55</x:v>
+        <x:v>10.97</x:v>
       </x:c>
       <x:c r="D64" s="0">
-        <x:v>58.671</x:v>
+        <x:v>57.915</x:v>
       </x:c>
       <x:c r="E64" s="0">
-        <x:v>65.19</x:v>
+        <x:v>64.35</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:5">
       <x:c r="A65" s="1">
-        <x:v>45853.9071643519</x:v>
+        <x:v>45874.8687384259</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C65" s="0">
-        <x:v>14.93</x:v>
+        <x:v>12.36</x:v>
       </x:c>
       <x:c r="D65" s="0">
-        <x:v>58.833</x:v>
+        <x:v>58.644</x:v>
       </x:c>
       <x:c r="E65" s="0">
-        <x:v>66.52</x:v>
+        <x:v>65.16</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:5">
       <x:c r="A66" s="1">
-        <x:v>45852.8673958333</x:v>
+        <x:v>45873.8649652778</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C66" s="0">
-        <x:v>15.93</x:v>
+        <x:v>14.61</x:v>
       </x:c>
       <x:c r="D66" s="0">
-        <x:v>60.282</x:v>
+        <x:v>59.661</x:v>
       </x:c>
       <x:c r="E66" s="0">
-        <x:v>66.98</x:v>
+        <x:v>66.29</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:5">
       <x:c r="A67" s="1">
-        <x:v>45849.8680092593</x:v>
+        <x:v>45870.8694675926</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C67" s="0">
-        <x:v>19.79</x:v>
+        <x:v>17.01</x:v>
       </x:c>
       <x:c r="D67" s="0">
-        <x:v>61.605</x:v>
+        <x:v>60.597</x:v>
       </x:c>
       <x:c r="E67" s="0">
-        <x:v>68.45</x:v>
+        <x:v>67.33</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:5">
       <x:c r="A68" s="1">
-        <x:v>45848.8850115741</x:v>
+        <x:v>45869.8816782407</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C68" s="0">
-        <x:v>15.79</x:v>
+        <x:v>22.72</x:v>
       </x:c>
       <x:c r="D68" s="0">
-        <x:v>59.913</x:v>
+        <x:v>62.334</x:v>
       </x:c>
       <x:c r="E68" s="0">
-        <x:v>66.57</x:v>
+        <x:v>69.26</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:5">
       <x:c r="A69" s="1">
-        <x:v>45847.8677546296</x:v>
+        <x:v>45868.871087963</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C69" s="0">
-        <x:v>20.74</x:v>
+        <x:v>25.12</x:v>
       </x:c>
       <x:c r="D69" s="0">
-        <x:v>61.542</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="E69" s="0">
-        <x:v>68.38</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:5">
       <x:c r="A70" s="1">
-        <x:v>45846.8687384259</x:v>
+        <x:v>45867.8666319444</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C70" s="0">
-        <x:v>20.62</x:v>
+        <x:v>22.8</x:v>
       </x:c>
       <x:c r="D70" s="0">
-        <x:v>61.497</x:v>
+        <x:v>62.289</x:v>
       </x:c>
       <x:c r="E70" s="0">
-        <x:v>68.33</x:v>
+        <x:v>69.21</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:5">
       <x:c r="A71" s="1">
-        <x:v>45845.8721875</x:v>
+        <x:v>45866.8688194444</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C71" s="0">
-        <x:v>19.59</x:v>
+        <x:v>17.06</x:v>
       </x:c>
       <x:c r="D71" s="0">
-        <x:v>61.137</x:v>
+        <x:v>60.039</x:v>
       </x:c>
       <x:c r="E71" s="0">
-        <x:v>67.93</x:v>
+        <x:v>66.71</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:5">
       <x:c r="A72" s="1">
-        <x:v>45841.8698842593</x:v>
+        <x:v>45863.8651967593</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C72" s="0">
-        <x:v>17.46</x:v>
+        <x:v>14.07</x:v>
       </x:c>
       <x:c r="D72" s="0">
-        <x:v>60.3</x:v>
+        <x:v>58.644</x:v>
       </x:c>
       <x:c r="E72" s="0">
-        <x:v>67</x:v>
+        <x:v>65.16</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:5">
       <x:c r="A73" s="1">
-        <x:v>45840.8677199074</x:v>
+        <x:v>45862.8678472222</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C73" s="0">
-        <x:v>18.58</x:v>
+        <x:v>15.97</x:v>
       </x:c>
       <x:c r="D73" s="0">
-        <x:v>60.705</x:v>
+        <x:v>59.427</x:v>
       </x:c>
       <x:c r="E73" s="0">
-        <x:v>67.45</x:v>
+        <x:v>66.03</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:5">
       <x:c r="A74" s="1">
-        <x:v>45839.8662962963</x:v>
+        <x:v>45861.8655671296</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C74" s="0">
-        <x:v>14.58</x:v>
+        <x:v>14.43</x:v>
       </x:c>
       <x:c r="D74" s="0">
-        <x:v>58.905</x:v>
+        <x:v>58.725</x:v>
       </x:c>
       <x:c r="E74" s="0">
-        <x:v>65.45</x:v>
+        <x:v>65.25</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:5">
       <x:c r="A75" s="1">
-        <x:v>45838.8822222222</x:v>
+        <x:v>45860.8818171296</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C75" s="0">
-        <x:v>13.94</x:v>
+        <x:v>14.56</x:v>
       </x:c>
       <x:c r="D75" s="0">
-        <x:v>58.599</x:v>
+        <x:v>58.779</x:v>
       </x:c>
       <x:c r="E75" s="0">
-        <x:v>65.11</x:v>
+        <x:v>65.31</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:5">
       <x:c r="A76" s="1">
-        <x:v>45835.8668287037</x:v>
+        <x:v>45859.8722800926</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C76" s="0">
-        <x:v>14.8</x:v>
+        <x:v>15.96</x:v>
       </x:c>
       <x:c r="D76" s="0">
-        <x:v>58.968</x:v>
+        <x:v>59.355</x:v>
       </x:c>
       <x:c r="E76" s="0">
-        <x:v>65.52</x:v>
+        <x:v>65.95</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:5">
       <x:c r="A77" s="1">
-        <x:v>45834.870625</x:v>
+        <x:v>45856.8656365741</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C77" s="0">
-        <x:v>14.26</x:v>
+        <x:v>16.22</x:v>
       </x:c>
       <x:c r="D77" s="0">
-        <x:v>58.716</x:v>
+        <x:v>59.445</x:v>
       </x:c>
       <x:c r="E77" s="0">
-        <x:v>65.24</x:v>
+        <x:v>66.05</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:5">
       <x:c r="A78" s="1">
-        <x:v>45833.876400463</x:v>
+        <x:v>45855.8661574074</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C78" s="0">
-        <x:v>13.66</x:v>
+        <x:v>16.63</x:v>
       </x:c>
       <x:c r="D78" s="0">
-        <x:v>58.428</x:v>
+        <x:v>59.607</x:v>
       </x:c>
       <x:c r="E78" s="0">
-        <x:v>64.92</x:v>
+        <x:v>66.23</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:5">
       <x:c r="A79" s="1">
-        <x:v>45832.8693402778</x:v>
+        <x:v>45854.8781365741</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C79" s="0">
-        <x:v>12.69</x:v>
+        <x:v>14.55</x:v>
       </x:c>
       <x:c r="D79" s="0">
-        <x:v>57.933</x:v>
+        <x:v>58.671</x:v>
       </x:c>
       <x:c r="E79" s="0">
-        <x:v>64.37</x:v>
+        <x:v>65.19</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:5">
       <x:c r="A80" s="1">
-        <x:v>45831.8656481481</x:v>
+        <x:v>45853.9071643519</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C80" s="0">
-        <x:v>27.86</x:v>
+        <x:v>14.93</x:v>
       </x:c>
       <x:c r="D80" s="0">
-        <x:v>61.659</x:v>
+        <x:v>58.833</x:v>
       </x:c>
       <x:c r="E80" s="0">
-        <x:v>68.51</x:v>
+        <x:v>66.52</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:5">
       <x:c r="A81" s="1">
-        <x:v>45828.8992708333</x:v>
+        <x:v>45852.8673958333</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C81" s="0">
-        <x:v>79.95</x:v>
+        <x:v>15.93</x:v>
       </x:c>
       <x:c r="D81" s="0">
-        <x:v>66.456</x:v>
+        <x:v>60.282</x:v>
       </x:c>
       <x:c r="E81" s="0">
-        <x:v>73.84</x:v>
+        <x:v>66.98</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:5">
       <x:c r="A82" s="1">
-        <x:v>45826.8721990741</x:v>
+        <x:v>45849.8680092593</x:v>
       </x:c>
       <x:c r="B82" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C82" s="0">
-        <x:v>76.85</x:v>
+        <x:v>19.79</x:v>
       </x:c>
       <x:c r="D82" s="0">
-        <x:v>66.15</x:v>
+        <x:v>61.605</x:v>
       </x:c>
       <x:c r="E82" s="0">
-        <x:v>73.5</x:v>
+        <x:v>68.45</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:5">
       <x:c r="A83" s="1">
-        <x:v>45825.8655902778</x:v>
+        <x:v>45848.8850115741</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C83" s="0">
-        <x:v>74.78</x:v>
+        <x:v>15.79</x:v>
       </x:c>
       <x:c r="D83" s="0">
-        <x:v>65.943</x:v>
+        <x:v>59.913</x:v>
       </x:c>
       <x:c r="E83" s="0">
-        <x:v>73.27</x:v>
+        <x:v>66.57</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:5">
       <x:c r="A84" s="1">
-        <x:v>45824.8653356481</x:v>
+        <x:v>45847.8677546296</x:v>
       </x:c>
       <x:c r="B84" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C84" s="0">
-        <x:v>53.94</x:v>
+        <x:v>20.74</x:v>
       </x:c>
       <x:c r="D84" s="0">
-        <x:v>63.225</x:v>
+        <x:v>61.542</x:v>
       </x:c>
       <x:c r="E84" s="0">
-        <x:v>70.25</x:v>
+        <x:v>68.38</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:5">
       <x:c r="A85" s="1">
-        <x:v>45821.8736342593</x:v>
+        <x:v>45846.8687384259</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C85" s="0">
-        <x:v>62.23</x:v>
+        <x:v>20.62</x:v>
       </x:c>
       <x:c r="D85" s="0">
-        <x:v>64.161</x:v>
+        <x:v>61.497</x:v>
       </x:c>
       <x:c r="E85" s="0">
-        <x:v>71.29</x:v>
+        <x:v>68.33</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:5">
       <x:c r="A86" s="1">
-        <x:v>45820.8652199074</x:v>
+        <x:v>45845.8721875</x:v>
       </x:c>
       <x:c r="B86" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C86" s="0">
-        <x:v>38.24</x:v>
+        <x:v>19.59</x:v>
       </x:c>
       <x:c r="D86" s="0">
-        <x:v>59.976</x:v>
+        <x:v>61.137</x:v>
       </x:c>
       <x:c r="E86" s="0">
-        <x:v>68.04</x:v>
+        <x:v>67.93</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:5">
       <x:c r="A87" s="1">
-        <x:v>45819.8744212963</x:v>
+        <x:v>45841.8698842593</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C87" s="0">
-        <x:v>38.83</x:v>
+        <x:v>17.46</x:v>
       </x:c>
       <x:c r="D87" s="0">
-        <x:v>61.335</x:v>
+        <x:v>60.3</x:v>
       </x:c>
       <x:c r="E87" s="0">
-        <x:v>68.15</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:5">
       <x:c r="A88" s="1">
-        <x:v>45818.8662152778</x:v>
+        <x:v>45840.8677199074</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C88" s="0">
-        <x:v>26.99</x:v>
+        <x:v>18.58</x:v>
       </x:c>
       <x:c r="D88" s="0">
-        <x:v>58.482</x:v>
+        <x:v>60.705</x:v>
       </x:c>
       <x:c r="E88" s="0">
-        <x:v>64.98</x:v>
+        <x:v>67.45</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:5">
       <x:c r="A89" s="1">
-        <x:v>45817.8646527778</x:v>
+        <x:v>45839.8662962963</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C89" s="0">
-        <x:v>28.22</x:v>
+        <x:v>14.58</x:v>
       </x:c>
       <x:c r="D89" s="0">
-        <x:v>58.761</x:v>
+        <x:v>58.905</x:v>
       </x:c>
       <x:c r="E89" s="0">
-        <x:v>65.29</x:v>
+        <x:v>65.45</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:5">
       <x:c r="A90" s="1">
-        <x:v>45814.8664814815</x:v>
+        <x:v>45838.8822222222</x:v>
       </x:c>
       <x:c r="B90" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C90" s="0">
-        <x:v>25.72</x:v>
+        <x:v>13.94</x:v>
       </x:c>
       <x:c r="D90" s="0">
-        <x:v>58.122</x:v>
+        <x:v>58.599</x:v>
       </x:c>
       <x:c r="E90" s="0">
-        <x:v>64.58</x:v>
+        <x:v>65.11</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:5">
       <x:c r="A91" s="1">
-        <x:v>45813.8698958333</x:v>
+        <x:v>45835.8668287037</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C91" s="0">
-        <x:v>21.96</x:v>
+        <x:v>14.8</x:v>
       </x:c>
       <x:c r="D91" s="0">
-        <x:v>57.033</x:v>
+        <x:v>58.968</x:v>
       </x:c>
       <x:c r="E91" s="0">
-        <x:v>63.37</x:v>
+        <x:v>65.52</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:5">
       <x:c r="A92" s="1">
-        <x:v>45812.8682638889</x:v>
+        <x:v>45834.870625</x:v>
       </x:c>
       <x:c r="B92" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C92" s="0">
-        <x:v>20.45</x:v>
+        <x:v>14.26</x:v>
       </x:c>
       <x:c r="D92" s="0">
-        <x:v>56.565</x:v>
+        <x:v>58.716</x:v>
       </x:c>
       <x:c r="E92" s="0">
-        <x:v>62.85</x:v>
+        <x:v>65.24</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:5">
       <x:c r="A93" s="1">
-        <x:v>45811.8941550926</x:v>
+        <x:v>45833.876400463</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C93" s="0">
-        <x:v>22.23</x:v>
+        <x:v>13.66</x:v>
       </x:c>
       <x:c r="D93" s="0">
-        <x:v>57.069</x:v>
+        <x:v>58.428</x:v>
       </x:c>
       <x:c r="E93" s="0">
-        <x:v>63.41</x:v>
+        <x:v>64.92</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:5">
       <x:c r="A94" s="1">
-        <x:v>45811.8794328704</x:v>
+        <x:v>45832.8693402778</x:v>
       </x:c>
       <x:c r="B94" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C94" s="0">
-        <x:v>22.23</x:v>
+        <x:v>12.69</x:v>
       </x:c>
       <x:c r="D94" s="0">
-        <x:v>57.069</x:v>
+        <x:v>57.933</x:v>
       </x:c>
       <x:c r="E94" s="0">
-        <x:v>63.41</x:v>
+        <x:v>64.37</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:5">
       <x:c r="A95" s="1">
-        <x:v>45810.8809953704</x:v>
+        <x:v>45831.8656481481</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C95" s="0">
-        <x:v>19.72</x:v>
+        <x:v>27.86</x:v>
       </x:c>
       <x:c r="D95" s="0">
-        <x:v>56.268</x:v>
+        <x:v>61.659</x:v>
       </x:c>
       <x:c r="E95" s="0">
-        <x:v>62.52</x:v>
+        <x:v>68.51</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:5">
       <x:c r="A96" s="1">
-        <x:v>45800.8680902778</x:v>
+        <x:v>45828.8992708333</x:v>
       </x:c>
       <x:c r="B96" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C96" s="0">
-        <x:v>17.98</x:v>
+        <x:v>79.95</x:v>
       </x:c>
       <x:c r="D96" s="0">
-        <x:v>55.377</x:v>
+        <x:v>66.456</x:v>
       </x:c>
       <x:c r="E96" s="0">
-        <x:v>61.53</x:v>
+        <x:v>73.84</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:5">
       <x:c r="A97" s="1">
-        <x:v>45799.8653240741</x:v>
+        <x:v>45826.8721990741</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C97" s="0">
-        <x:v>17.16</x:v>
+        <x:v>76.85</x:v>
       </x:c>
       <x:c r="D97" s="0">
-        <x:v>55.08</x:v>
+        <x:v>66.15</x:v>
       </x:c>
       <x:c r="E97" s="0">
-        <x:v>61.2</x:v>
+        <x:v>73.5</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:5">
       <x:c r="A98" s="1">
-        <x:v>45798.8683101852</x:v>
+        <x:v>45825.8655902778</x:v>
       </x:c>
       <x:c r="B98" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C98" s="0">
-        <x:v>18.15</x:v>
+        <x:v>74.78</x:v>
       </x:c>
       <x:c r="D98" s="0">
-        <x:v>55.413</x:v>
+        <x:v>65.943</x:v>
       </x:c>
       <x:c r="E98" s="0">
-        <x:v>61.57</x:v>
+        <x:v>73.27</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:5">
       <x:c r="A99" s="1">
-        <x:v>45797.8646180556</x:v>
+        <x:v>45824.8653356481</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C99" s="0">
-        <x:v>19.47</x:v>
+        <x:v>53.94</x:v>
       </x:c>
       <x:c r="D99" s="0">
-        <x:v>55.827</x:v>
+        <x:v>63.225</x:v>
       </x:c>
       <x:c r="E99" s="0">
-        <x:v>62.03</x:v>
+        <x:v>70.25</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:5">
       <x:c r="A100" s="1">
-        <x:v>45796.8686342593</x:v>
+        <x:v>45821.8736342593</x:v>
       </x:c>
       <x:c r="B100" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C100" s="0">
-        <x:v>19.79</x:v>
+        <x:v>62.23</x:v>
       </x:c>
       <x:c r="D100" s="0">
-        <x:v>55.926</x:v>
+        <x:v>64.161</x:v>
       </x:c>
       <x:c r="E100" s="0">
-        <x:v>62.14</x:v>
+        <x:v>71.29</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:5">
       <x:c r="A101" s="1">
-        <x:v>45793.8666203704</x:v>
+        <x:v>45820.8652199074</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C101" s="0">
-        <x:v>19.35</x:v>
+        <x:v>38.24</x:v>
       </x:c>
       <x:c r="D101" s="0">
-        <x:v>55.773</x:v>
+        <x:v>59.976</x:v>
       </x:c>
       <x:c r="E101" s="0">
-        <x:v>61.97</x:v>
+        <x:v>68.04</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:5">
       <x:c r="A102" s="1">
-        <x:v>45792.865625</x:v>
+        <x:v>45819.8744212963</x:v>
       </x:c>
       <x:c r="B102" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C102" s="0">
-        <x:v>17.28</x:v>
+        <x:v>38.83</x:v>
       </x:c>
       <x:c r="D102" s="0">
-        <x:v>55.035</x:v>
+        <x:v>61.335</x:v>
       </x:c>
       <x:c r="E102" s="0">
-        <x:v>61.15</x:v>
+        <x:v>68.15</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:5">
       <x:c r="A103" s="1">
-        <x:v>45791.8649537037</x:v>
+        <x:v>45818.8662152778</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C103" s="0">
-        <x:v>22.16</x:v>
+        <x:v>26.99</x:v>
       </x:c>
       <x:c r="D103" s="0">
-        <x:v>56.412</x:v>
+        <x:v>58.482</x:v>
       </x:c>
       <x:c r="E103" s="0">
-        <x:v>62.68</x:v>
+        <x:v>64.98</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:5">
       <x:c r="A104" s="1">
-        <x:v>45790.8660416667</x:v>
+        <x:v>45817.8646527778</x:v>
       </x:c>
       <x:c r="B104" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C104" s="0">
-        <x:v>24.13</x:v>
+        <x:v>28.22</x:v>
       </x:c>
       <x:c r="D104" s="0">
-        <x:v>56.925</x:v>
+        <x:v>58.761</x:v>
       </x:c>
       <x:c r="E104" s="0">
-        <x:v>63.67</x:v>
+        <x:v>65.29</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:5">
       <x:c r="A105" s="1">
-        <x:v>45789.8656944444</x:v>
+        <x:v>45814.8664814815</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C105" s="0">
-        <x:v>19.32</x:v>
+        <x:v>25.72</x:v>
       </x:c>
       <x:c r="D105" s="0">
-        <x:v>55.755</x:v>
+        <x:v>58.122</x:v>
       </x:c>
       <x:c r="E105" s="0">
-        <x:v>61.95</x:v>
+        <x:v>64.58</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:5">
       <x:c r="A106" s="1">
-        <x:v>45786.8665740741</x:v>
+        <x:v>45813.8698958333</x:v>
       </x:c>
       <x:c r="B106" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C106" s="0">
-        <x:v>17.02</x:v>
+        <x:v>21.96</x:v>
       </x:c>
       <x:c r="D106" s="0">
-        <x:v>54.918</x:v>
+        <x:v>57.033</x:v>
       </x:c>
       <x:c r="E106" s="0">
-        <x:v>61.02</x:v>
+        <x:v>63.37</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:5">
       <x:c r="A107" s="1">
-        <x:v>45785.8673842593</x:v>
+        <x:v>45812.8682638889</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C107" s="0">
-        <x:v>14.59</x:v>
+        <x:v>20.45</x:v>
       </x:c>
       <x:c r="D107" s="0">
-        <x:v>53.919</x:v>
+        <x:v>56.565</x:v>
       </x:c>
       <x:c r="E107" s="0">
-        <x:v>59.91</x:v>
+        <x:v>62.85</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:5">
       <x:c r="A108" s="1">
+        <x:v>45811.8941550926</x:v>
+      </x:c>
+      <x:c r="B108" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C108" s="0">
+        <x:v>22.23</x:v>
+      </x:c>
+      <x:c r="D108" s="0">
+        <x:v>57.069</x:v>
+      </x:c>
+      <x:c r="E108" s="0">
+        <x:v>63.41</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="109" spans="1:5">
+      <x:c r="A109" s="1">
+        <x:v>45811.8794328704</x:v>
+      </x:c>
+      <x:c r="B109" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C109" s="0">
+        <x:v>22.23</x:v>
+      </x:c>
+      <x:c r="D109" s="0">
+        <x:v>57.069</x:v>
+      </x:c>
+      <x:c r="E109" s="0">
+        <x:v>63.41</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="110" spans="1:5">
+      <x:c r="A110" s="1">
+        <x:v>45810.8809953704</x:v>
+      </x:c>
+      <x:c r="B110" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C110" s="0">
+        <x:v>19.72</x:v>
+      </x:c>
+      <x:c r="D110" s="0">
+        <x:v>56.268</x:v>
+      </x:c>
+      <x:c r="E110" s="0">
+        <x:v>62.52</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="111" spans="1:5">
+      <x:c r="A111" s="1">
+        <x:v>45800.8680902778</x:v>
+      </x:c>
+      <x:c r="B111" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C111" s="0">
+        <x:v>17.98</x:v>
+      </x:c>
+      <x:c r="D111" s="0">
+        <x:v>55.377</x:v>
+      </x:c>
+      <x:c r="E111" s="0">
+        <x:v>61.53</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="112" spans="1:5">
+      <x:c r="A112" s="1">
+        <x:v>45799.8653240741</x:v>
+      </x:c>
+      <x:c r="B112" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C112" s="0">
+        <x:v>17.16</x:v>
+      </x:c>
+      <x:c r="D112" s="0">
+        <x:v>55.08</x:v>
+      </x:c>
+      <x:c r="E112" s="0">
+        <x:v>61.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="113" spans="1:5">
+      <x:c r="A113" s="1">
+        <x:v>45798.8683101852</x:v>
+      </x:c>
+      <x:c r="B113" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C113" s="0">
+        <x:v>18.15</x:v>
+      </x:c>
+      <x:c r="D113" s="0">
+        <x:v>55.413</x:v>
+      </x:c>
+      <x:c r="E113" s="0">
+        <x:v>61.57</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="114" spans="1:5">
+      <x:c r="A114" s="1">
+        <x:v>45797.8646180556</x:v>
+      </x:c>
+      <x:c r="B114" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C114" s="0">
+        <x:v>19.47</x:v>
+      </x:c>
+      <x:c r="D114" s="0">
+        <x:v>55.827</x:v>
+      </x:c>
+      <x:c r="E114" s="0">
+        <x:v>62.03</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="115" spans="1:5">
+      <x:c r="A115" s="1">
+        <x:v>45796.8686342593</x:v>
+      </x:c>
+      <x:c r="B115" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C115" s="0">
+        <x:v>19.79</x:v>
+      </x:c>
+      <x:c r="D115" s="0">
+        <x:v>55.926</x:v>
+      </x:c>
+      <x:c r="E115" s="0">
+        <x:v>62.14</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="116" spans="1:5">
+      <x:c r="A116" s="1">
+        <x:v>45793.8666203704</x:v>
+      </x:c>
+      <x:c r="B116" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C116" s="0">
+        <x:v>19.35</x:v>
+      </x:c>
+      <x:c r="D116" s="0">
+        <x:v>55.773</x:v>
+      </x:c>
+      <x:c r="E116" s="0">
+        <x:v>61.97</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="117" spans="1:5">
+      <x:c r="A117" s="1">
+        <x:v>45792.865625</x:v>
+      </x:c>
+      <x:c r="B117" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C117" s="0">
+        <x:v>17.28</x:v>
+      </x:c>
+      <x:c r="D117" s="0">
+        <x:v>55.035</x:v>
+      </x:c>
+      <x:c r="E117" s="0">
+        <x:v>61.15</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="118" spans="1:5">
+      <x:c r="A118" s="1">
+        <x:v>45791.8649537037</x:v>
+      </x:c>
+      <x:c r="B118" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C118" s="0">
+        <x:v>22.16</x:v>
+      </x:c>
+      <x:c r="D118" s="0">
+        <x:v>56.412</x:v>
+      </x:c>
+      <x:c r="E118" s="0">
+        <x:v>62.68</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="119" spans="1:5">
+      <x:c r="A119" s="1">
+        <x:v>45790.8660416667</x:v>
+      </x:c>
+      <x:c r="B119" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C119" s="0">
+        <x:v>24.13</x:v>
+      </x:c>
+      <x:c r="D119" s="0">
+        <x:v>56.925</x:v>
+      </x:c>
+      <x:c r="E119" s="0">
+        <x:v>63.67</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="120" spans="1:5">
+      <x:c r="A120" s="1">
+        <x:v>45789.8656944444</x:v>
+      </x:c>
+      <x:c r="B120" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C120" s="0">
+        <x:v>19.32</x:v>
+      </x:c>
+      <x:c r="D120" s="0">
+        <x:v>55.755</x:v>
+      </x:c>
+      <x:c r="E120" s="0">
+        <x:v>61.95</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="121" spans="1:5">
+      <x:c r="A121" s="1">
+        <x:v>45786.8665740741</x:v>
+      </x:c>
+      <x:c r="B121" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C121" s="0">
+        <x:v>17.02</x:v>
+      </x:c>
+      <x:c r="D121" s="0">
+        <x:v>54.918</x:v>
+      </x:c>
+      <x:c r="E121" s="0">
+        <x:v>61.02</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="122" spans="1:5">
+      <x:c r="A122" s="1">
+        <x:v>45785.8673842593</x:v>
+      </x:c>
+      <x:c r="B122" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C122" s="0">
+        <x:v>14.59</x:v>
+      </x:c>
+      <x:c r="D122" s="0">
+        <x:v>53.919</x:v>
+      </x:c>
+      <x:c r="E122" s="0">
+        <x:v>59.91</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="123" spans="1:5">
+      <x:c r="A123" s="1">
         <x:v>45784.8969560185</x:v>
       </x:c>
-      <x:c r="B108" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C108" s="0">
+      <x:c r="B123" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C123" s="0">
         <x:v>11.36</x:v>
       </x:c>
-      <x:c r="D108" s="0">
+      <x:c r="D123" s="0">
         <x:v>52.263</x:v>
       </x:c>
-      <x:c r="E108" s="0">
+      <x:c r="E123" s="0">
         <x:v>58.07</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>