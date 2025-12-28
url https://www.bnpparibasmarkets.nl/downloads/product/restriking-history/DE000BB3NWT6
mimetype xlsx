--- v1 (2025-11-03)
+++ v2 (2025-12-28)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rab1346081d6646a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2f0f9415d1bf44a38c178c6a324eecc0.psmdcp" Id="R9364b4323d8f447b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R352c191652c14de8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c959481feb814c22a76559874c5ce101.psmdcp" Id="Rf127dbb268c54974" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>DE000BB3NWT6</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -390,2137 +390,2732 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E123"/>
+  <x:dimension ref="A1:E158"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>45961.8246759259</x:v>
+        <x:v>46014.8683217593</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
-        <x:v>4.28</x:v>
+        <x:v>2.14</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>54.882</x:v>
+        <x:v>52.542</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>60.98</x:v>
+        <x:v>58.38</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>45960.8236111111</x:v>
+        <x:v>46013.8651851852</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
-        <x:v>4.03</x:v>
+        <x:v>2.03</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>54.513</x:v>
+        <x:v>52.209</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>60.57</x:v>
+        <x:v>58.01</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>45959.8254282407</x:v>
+        <x:v>46010.8689930556</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
-        <x:v>3.98</x:v>
+        <x:v>1.64</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>54.432</x:v>
+        <x:v>50.868</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>60.48</x:v>
+        <x:v>56.52</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>45958.8260763889</x:v>
+        <x:v>46009.8651736111</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
-        <x:v>3.8</x:v>
+        <x:v>1.52</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>54.135</x:v>
+        <x:v>50.4</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>60.15</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>45957.8238657407</x:v>
+        <x:v>46008.8662037037</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
-        <x:v>4.58</x:v>
+        <x:v>1.47</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>55.179</x:v>
+        <x:v>50.229</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>61.31</x:v>
+        <x:v>55.81</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>45954.8654166667</x:v>
+        <x:v>46007.8646759259</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
-        <x:v>4.72</x:v>
+        <x:v>1.33</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>55.35</x:v>
+        <x:v>49.617</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>61.5</x:v>
+        <x:v>55.13</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>45953.8697106481</x:v>
+        <x:v>46006.8661342593</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
-        <x:v>4.93</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>55.611</x:v>
+        <x:v>51.003</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>61.79</x:v>
+        <x:v>56.67</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>45952.8835763889</x:v>
+        <x:v>46003.8692708333</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
-        <x:v>3.28</x:v>
+        <x:v>1.93</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>52.65</x:v>
+        <x:v>51.516</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>58.5</x:v>
+        <x:v>57.44</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>45951.8713310185</x:v>
+        <x:v>46002.8652083333</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
-        <x:v>2.74</x:v>
+        <x:v>1.98</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>51.516</x:v>
+        <x:v>51.84</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>57.24</x:v>
+        <x:v>57.6</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>45950.8678125</x:v>
+        <x:v>46001.8649189815</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C12" s="0">
-        <x:v>2.65</x:v>
+        <x:v>2.29</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>51.318</x:v>
+        <x:v>52.614</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>57.02</x:v>
+        <x:v>58.46</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>45947.8653472222</x:v>
+        <x:v>46000.8892013889</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0">
-        <x:v>2.71</x:v>
+        <x:v>2.22</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>51.435</x:v>
+        <x:v>52.425</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>57.15</x:v>
+        <x:v>58.25</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>45946.8650462963</x:v>
+        <x:v>45999.8773842593</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C14" s="0">
-        <x:v>2.64</x:v>
+        <x:v>2.46</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>51.291</x:v>
+        <x:v>52.992</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>56.99</x:v>
+        <x:v>58.88</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>45945.8694328704</x:v>
+        <x:v>45996.8718518519</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
-        <x:v>3.05</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>52.056</x:v>
+        <x:v>54.072</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>57.84</x:v>
+        <x:v>60.08</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>45944.8749074074</x:v>
+        <x:v>45995.8729513889</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C16" s="0">
-        <x:v>3.26</x:v>
+        <x:v>2.83</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>52.443</x:v>
+        <x:v>53.703</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>58.7</x:v>
+        <x:v>59.67</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>45943.8712962963</x:v>
+        <x:v>45994.8669560185</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C17" s="0">
-        <x:v>3.71</x:v>
+        <x:v>2.55</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>53.541</x:v>
+        <x:v>53.055</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>59.49</x:v>
+        <x:v>58.95</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>45940.8681597222</x:v>
+        <x:v>45993.8648958333</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="0">
-        <x:v>3.41</x:v>
+        <x:v>2.44</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>53.01</x:v>
+        <x:v>52.776</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>58.9</x:v>
+        <x:v>58.64</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>45939.8649884259</x:v>
+        <x:v>45992.8654976852</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C19" s="0">
-        <x:v>5.52</x:v>
+        <x:v>2.72</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>55.359</x:v>
+        <x:v>53.388</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>61.51</x:v>
+        <x:v>59.32</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
-        <x:v>45938.8822569444</x:v>
+        <x:v>45989.8774074074</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C20" s="0">
-        <x:v>6.5</x:v>
+        <x:v>2.43</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>56.295</x:v>
+        <x:v>52.695</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>62.55</x:v>
+        <x:v>58.55</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="1">
-        <x:v>45937.8661689815</x:v>
+        <x:v>45987.8775694444</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C21" s="0">
-        <x:v>5.81</x:v>
+        <x:v>2.48</x:v>
       </x:c>
       <x:c r="D21" s="0">
-        <x:v>55.557</x:v>
+        <x:v>52.785</x:v>
       </x:c>
       <x:c r="E21" s="0">
-        <x:v>61.73</x:v>
+        <x:v>58.65</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="1">
-        <x:v>45936.8652199074</x:v>
+        <x:v>45986.8743865741</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C22" s="0">
-        <x:v>5.78</x:v>
+        <x:v>2.23</x:v>
       </x:c>
       <x:c r="D22" s="0">
-        <x:v>55.521</x:v>
+        <x:v>52.155</x:v>
       </x:c>
       <x:c r="E22" s="0">
-        <x:v>61.69</x:v>
+        <x:v>57.95</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="1">
-        <x:v>45933.8650925926</x:v>
+        <x:v>45985.8708796296</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C23" s="0">
-        <x:v>5.17</x:v>
+        <x:v>2.59</x:v>
       </x:c>
       <x:c r="D23" s="0">
-        <x:v>54.792</x:v>
+        <x:v>52.956</x:v>
       </x:c>
       <x:c r="E23" s="0">
-        <x:v>60.88</x:v>
+        <x:v>58.84</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="1">
-        <x:v>45932.866087963</x:v>
+        <x:v>45982.8679050926</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C24" s="0">
-        <x:v>4.88</x:v>
+        <x:v>2.31</x:v>
       </x:c>
       <x:c r="D24" s="0">
-        <x:v>54.432</x:v>
+        <x:v>52.254</x:v>
       </x:c>
       <x:c r="E24" s="0">
-        <x:v>60.48</x:v>
+        <x:v>58.06</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="1">
-        <x:v>45931.866412037</x:v>
+        <x:v>45981.867650463</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C25" s="0">
-        <x:v>6.03</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="D25" s="0">
-        <x:v>55.602</x:v>
+        <x:v>53.1</x:v>
       </x:c>
       <x:c r="E25" s="0">
-        <x:v>61.78</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="1">
-        <x:v>45930.8652893519</x:v>
+        <x:v>45980.8667013889</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C26" s="0">
-        <x:v>6.59</x:v>
+        <x:v>2.81</x:v>
       </x:c>
       <x:c r="D26" s="0">
-        <x:v>56.133</x:v>
+        <x:v>53.325</x:v>
       </x:c>
       <x:c r="E26" s="0">
-        <x:v>62.37</x:v>
+        <x:v>59.25</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="1">
-        <x:v>45929.8687615741</x:v>
+        <x:v>45979.8891898148</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C27" s="0">
-        <x:v>7.79</x:v>
+        <x:v>3.56</x:v>
       </x:c>
       <x:c r="D27" s="0">
-        <x:v>57.105</x:v>
+        <x:v>54.603</x:v>
       </x:c>
       <x:c r="E27" s="0">
-        <x:v>63.45</x:v>
+        <x:v>60.67</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="1">
-        <x:v>45926.8649421296</x:v>
+        <x:v>45978.8654861111</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C28" s="0">
-        <x:v>11.34</x:v>
+        <x:v>3.18</x:v>
       </x:c>
       <x:c r="D28" s="0">
-        <x:v>59.148</x:v>
+        <x:v>53.874</x:v>
       </x:c>
       <x:c r="E28" s="0">
-        <x:v>65.72</x:v>
+        <x:v>59.86</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="1">
-        <x:v>45925.8660300926</x:v>
+        <x:v>45975.8663541667</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C29" s="0">
-        <x:v>10.29</x:v>
+        <x:v>3.23</x:v>
       </x:c>
       <x:c r="D29" s="0">
-        <x:v>58.482</x:v>
+        <x:v>53.955</x:v>
       </x:c>
       <x:c r="E29" s="0">
-        <x:v>64.98</x:v>
+        <x:v>59.95</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="1">
-        <x:v>45924.8664351852</x:v>
+        <x:v>45974.8920717593</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C30" s="0">
-        <x:v>10.31</x:v>
+        <x:v>2.69</x:v>
       </x:c>
       <x:c r="D30" s="0">
-        <x:v>58.491</x:v>
+        <x:v>52.776</x:v>
       </x:c>
       <x:c r="E30" s="0">
-        <x:v>64.99</x:v>
+        <x:v>58.69</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="1">
-        <x:v>45923.8744212963</x:v>
+        <x:v>45972.8743865741</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C31" s="0">
-        <x:v>8.42</x:v>
+        <x:v>4.19</x:v>
       </x:c>
       <x:c r="D31" s="0">
-        <x:v>57.069</x:v>
+        <x:v>54.936</x:v>
       </x:c>
       <x:c r="E31" s="0">
-        <x:v>63.41</x:v>
+        <x:v>61.04</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="1">
-        <x:v>45922.8813541667</x:v>
+        <x:v>45971.8872916667</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C32" s="0">
-        <x:v>7.25</x:v>
+        <x:v>3.69</x:v>
       </x:c>
       <x:c r="D32" s="0">
-        <x:v>56.052</x:v>
+        <x:v>54.117</x:v>
       </x:c>
       <x:c r="E32" s="0">
-        <x:v>62.28</x:v>
+        <x:v>60.13</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="1">
-        <x:v>45919.8706018518</x:v>
+        <x:v>45968.8685532407</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C33" s="0">
-        <x:v>7.39</x:v>
+        <x:v>3.49</x:v>
       </x:c>
       <x:c r="D33" s="0">
-        <x:v>56.16</x:v>
+        <x:v>53.775</x:v>
       </x:c>
       <x:c r="E33" s="0">
-        <x:v>62.4</x:v>
+        <x:v>59.75</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="1">
-        <x:v>45918.8680439815</x:v>
+        <x:v>45967.8675231481</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C34" s="0">
-        <x:v>8.42</x:v>
+        <x:v>3.34</x:v>
       </x:c>
       <x:c r="D34" s="0">
-        <x:v>56.934</x:v>
+        <x:v>53.487</x:v>
       </x:c>
       <x:c r="E34" s="0">
-        <x:v>63.26</x:v>
+        <x:v>59.43</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="1">
-        <x:v>45917.8672337963</x:v>
+        <x:v>45966.876712963</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C35" s="0">
-        <x:v>8.99</x:v>
+        <x:v>3.43</x:v>
       </x:c>
       <x:c r="D35" s="0">
-        <x:v>57.33</x:v>
+        <x:v>53.64</x:v>
       </x:c>
       <x:c r="E35" s="0">
-        <x:v>63.7</x:v>
+        <x:v>59.6</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="1">
-        <x:v>45916.874849537</x:v>
+        <x:v>45965.870474537</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C36" s="0">
-        <x:v>9.62</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="D36" s="0">
-        <x:v>57.744</x:v>
+        <x:v>54.504</x:v>
       </x:c>
       <x:c r="E36" s="0">
-        <x:v>64.16</x:v>
+        <x:v>60.56</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="1">
-        <x:v>45915.8847685185</x:v>
+        <x:v>45964.8653356481</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C37" s="0">
-        <x:v>8.27</x:v>
+        <x:v>4.31</x:v>
       </x:c>
       <x:c r="D37" s="0">
-        <x:v>56.718</x:v>
+        <x:v>54.945</x:v>
       </x:c>
       <x:c r="E37" s="0">
-        <x:v>63.3</x:v>
+        <x:v>61.05</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="1">
-        <x:v>45912.8690277778</x:v>
+        <x:v>45961.8246759259</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C38" s="0">
-        <x:v>7.62</x:v>
+        <x:v>4.28</x:v>
       </x:c>
       <x:c r="D38" s="0">
-        <x:v>56.421</x:v>
+        <x:v>54.882</x:v>
       </x:c>
       <x:c r="E38" s="0">
-        <x:v>62.69</x:v>
+        <x:v>60.98</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="1">
-        <x:v>45911.8677199074</x:v>
+        <x:v>45960.8236111111</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C39" s="0">
-        <x:v>7.29</x:v>
+        <x:v>4.03</x:v>
       </x:c>
       <x:c r="D39" s="0">
-        <x:v>56.133</x:v>
+        <x:v>54.513</x:v>
       </x:c>
       <x:c r="E39" s="0">
-        <x:v>62.37</x:v>
+        <x:v>60.57</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="1">
-        <x:v>45910.8673611111</x:v>
+        <x:v>45959.8254282407</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C40" s="0">
-        <x:v>8.94</x:v>
+        <x:v>3.98</x:v>
       </x:c>
       <x:c r="D40" s="0">
-        <x:v>57.303</x:v>
+        <x:v>54.432</x:v>
       </x:c>
       <x:c r="E40" s="0">
-        <x:v>63.67</x:v>
+        <x:v>60.48</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="1">
-        <x:v>45909.8653472222</x:v>
+        <x:v>45958.8260763889</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C41" s="0">
-        <x:v>7.78</x:v>
+        <x:v>3.8</x:v>
       </x:c>
       <x:c r="D41" s="0">
-        <x:v>56.367</x:v>
+        <x:v>54.135</x:v>
       </x:c>
       <x:c r="E41" s="0">
-        <x:v>62.63</x:v>
+        <x:v>60.15</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="1">
-        <x:v>45908.8660532407</x:v>
+        <x:v>45957.8238657407</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C42" s="0">
-        <x:v>7.39</x:v>
+        <x:v>4.58</x:v>
       </x:c>
       <x:c r="D42" s="0">
-        <x:v>56.034</x:v>
+        <x:v>55.179</x:v>
       </x:c>
       <x:c r="E42" s="0">
-        <x:v>62.26</x:v>
+        <x:v>61.31</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="1">
-        <x:v>45905.8690856481</x:v>
+        <x:v>45954.8654166667</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C43" s="0">
-        <x:v>7</x:v>
+        <x:v>4.72</x:v>
       </x:c>
       <x:c r="D43" s="0">
-        <x:v>55.683</x:v>
+        <x:v>55.35</x:v>
       </x:c>
       <x:c r="E43" s="0">
-        <x:v>61.87</x:v>
+        <x:v>61.5</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="1">
-        <x:v>45904.865474537</x:v>
+        <x:v>45953.8697106481</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C44" s="0">
-        <x:v>9.08</x:v>
+        <x:v>4.93</x:v>
       </x:c>
       <x:c r="D44" s="0">
-        <x:v>57.132</x:v>
+        <x:v>55.611</x:v>
       </x:c>
       <x:c r="E44" s="0">
-        <x:v>63.48</x:v>
+        <x:v>61.79</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="1">
-        <x:v>45903.8712152778</x:v>
+        <x:v>45952.8835763889</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C45" s="0">
-        <x:v>9.76</x:v>
+        <x:v>3.28</x:v>
       </x:c>
       <x:c r="D45" s="0">
-        <x:v>57.573</x:v>
+        <x:v>52.65</x:v>
       </x:c>
       <x:c r="E45" s="0">
-        <x:v>63.97</x:v>
+        <x:v>58.5</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="1">
-        <x:v>45902.8909722222</x:v>
+        <x:v>45951.8713310185</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C46" s="0">
-        <x:v>12.56</x:v>
+        <x:v>2.74</x:v>
       </x:c>
       <x:c r="D46" s="0">
-        <x:v>59.031</x:v>
+        <x:v>51.516</x:v>
       </x:c>
       <x:c r="E46" s="0">
-        <x:v>65.59</x:v>
+        <x:v>57.24</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="1">
-        <x:v>45898.8672453704</x:v>
+        <x:v>45950.8678125</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C47" s="0">
-        <x:v>10.3</x:v>
+        <x:v>2.65</x:v>
       </x:c>
       <x:c r="D47" s="0">
-        <x:v>57.609</x:v>
+        <x:v>51.318</x:v>
       </x:c>
       <x:c r="E47" s="0">
-        <x:v>64.01</x:v>
+        <x:v>57.02</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5">
       <x:c r="A48" s="1">
-        <x:v>45897.8709837963</x:v>
+        <x:v>45947.8653472222</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C48" s="0">
-        <x:v>11.23</x:v>
+        <x:v>2.71</x:v>
       </x:c>
       <x:c r="D48" s="0">
-        <x:v>58.14</x:v>
+        <x:v>51.435</x:v>
       </x:c>
       <x:c r="E48" s="0">
-        <x:v>64.6</x:v>
+        <x:v>57.15</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
       <x:c r="A49" s="1">
-        <x:v>45896.8696296296</x:v>
+        <x:v>45946.8650462963</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C49" s="0">
-        <x:v>10.57</x:v>
+        <x:v>2.64</x:v>
       </x:c>
       <x:c r="D49" s="0">
-        <x:v>57.735</x:v>
+        <x:v>51.291</x:v>
       </x:c>
       <x:c r="E49" s="0">
-        <x:v>64.15</x:v>
+        <x:v>56.99</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5">
       <x:c r="A50" s="1">
-        <x:v>45895.866875</x:v>
+        <x:v>45945.8694328704</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C50" s="0">
-        <x:v>9.37</x:v>
+        <x:v>3.05</x:v>
       </x:c>
       <x:c r="D50" s="0">
-        <x:v>56.925</x:v>
+        <x:v>52.056</x:v>
       </x:c>
       <x:c r="E50" s="0">
-        <x:v>63.25</x:v>
+        <x:v>57.84</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5">
       <x:c r="A51" s="1">
-        <x:v>45894.8657291667</x:v>
+        <x:v>45944.8749074074</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C51" s="0">
-        <x:v>11.96</x:v>
+        <x:v>3.26</x:v>
       </x:c>
       <x:c r="D51" s="0">
-        <x:v>58.32</x:v>
+        <x:v>52.443</x:v>
       </x:c>
       <x:c r="E51" s="0">
-        <x:v>64.8</x:v>
+        <x:v>58.7</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5">
       <x:c r="A52" s="1">
-        <x:v>45891.8697453704</x:v>
+        <x:v>45943.8712962963</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C52" s="0">
-        <x:v>10.31</x:v>
+        <x:v>3.71</x:v>
       </x:c>
       <x:c r="D52" s="0">
-        <x:v>57.294</x:v>
+        <x:v>53.541</x:v>
       </x:c>
       <x:c r="E52" s="0">
-        <x:v>63.66</x:v>
+        <x:v>59.49</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5">
       <x:c r="A53" s="1">
-        <x:v>45890.8865972222</x:v>
+        <x:v>45940.8681597222</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C53" s="0">
-        <x:v>10.12</x:v>
+        <x:v>3.41</x:v>
       </x:c>
       <x:c r="D53" s="0">
-        <x:v>57.168</x:v>
+        <x:v>53.01</x:v>
       </x:c>
       <x:c r="E53" s="0">
-        <x:v>63.52</x:v>
+        <x:v>58.9</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5">
       <x:c r="A54" s="1">
-        <x:v>45889.8663425926</x:v>
+        <x:v>45939.8649884259</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C54" s="0">
-        <x:v>9.07</x:v>
+        <x:v>5.52</x:v>
       </x:c>
       <x:c r="D54" s="0">
-        <x:v>56.439</x:v>
+        <x:v>55.359</x:v>
       </x:c>
       <x:c r="E54" s="0">
-        <x:v>62.71</x:v>
+        <x:v>61.51</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5">
       <x:c r="A55" s="1">
-        <x:v>45888.8672569444</x:v>
+        <x:v>45938.8822569444</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C55" s="0">
-        <x:v>7.98</x:v>
+        <x:v>6.5</x:v>
       </x:c>
       <x:c r="D55" s="0">
-        <x:v>55.593</x:v>
+        <x:v>56.295</x:v>
       </x:c>
       <x:c r="E55" s="0">
-        <x:v>61.77</x:v>
+        <x:v>62.55</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5">
       <x:c r="A56" s="1">
-        <x:v>45887.8664699074</x:v>
+        <x:v>45937.8661689815</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C56" s="0">
-        <x:v>9.22</x:v>
+        <x:v>5.81</x:v>
       </x:c>
       <x:c r="D56" s="0">
-        <x:v>56.43</x:v>
+        <x:v>55.557</x:v>
       </x:c>
       <x:c r="E56" s="0">
-        <x:v>62.7</x:v>
+        <x:v>61.73</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:5">
       <x:c r="A57" s="1">
-        <x:v>45884.8646527778</x:v>
+        <x:v>45936.8652199074</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C57" s="0">
-        <x:v>8.36</x:v>
+        <x:v>5.78</x:v>
       </x:c>
       <x:c r="D57" s="0">
-        <x:v>55.782</x:v>
+        <x:v>55.521</x:v>
       </x:c>
       <x:c r="E57" s="0">
-        <x:v>61.98</x:v>
+        <x:v>61.69</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:5">
       <x:c r="A58" s="1">
-        <x:v>45883.8844212963</x:v>
+        <x:v>45933.8650925926</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C58" s="0">
-        <x:v>9.84</x:v>
+        <x:v>5.17</x:v>
       </x:c>
       <x:c r="D58" s="0">
-        <x:v>56.727</x:v>
+        <x:v>54.792</x:v>
       </x:c>
       <x:c r="E58" s="0">
-        <x:v>63.03</x:v>
+        <x:v>60.88</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:5">
       <x:c r="A59" s="1">
-        <x:v>45882.8657407407</x:v>
+        <x:v>45932.866087963</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C59" s="0">
-        <x:v>8.49</x:v>
+        <x:v>4.88</x:v>
       </x:c>
       <x:c r="D59" s="0">
-        <x:v>55.737</x:v>
+        <x:v>54.432</x:v>
       </x:c>
       <x:c r="E59" s="0">
-        <x:v>62.65</x:v>
+        <x:v>60.48</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:5">
       <x:c r="A60" s="1">
-        <x:v>45881.8655208333</x:v>
+        <x:v>45931.866412037</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C60" s="0">
-        <x:v>9.18</x:v>
+        <x:v>6.03</x:v>
       </x:c>
       <x:c r="D60" s="0">
-        <x:v>56.853</x:v>
+        <x:v>55.602</x:v>
       </x:c>
       <x:c r="E60" s="0">
-        <x:v>63.17</x:v>
+        <x:v>61.78</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:5">
       <x:c r="A61" s="1">
-        <x:v>45880.8651851852</x:v>
+        <x:v>45930.8652893519</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C61" s="0">
-        <x:v>10.33</x:v>
+        <x:v>6.59</x:v>
       </x:c>
       <x:c r="D61" s="0">
-        <x:v>57.564</x:v>
+        <x:v>56.133</x:v>
       </x:c>
       <x:c r="E61" s="0">
-        <x:v>63.96</x:v>
+        <x:v>62.37</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:5">
       <x:c r="A62" s="1">
-        <x:v>45877.8672569444</x:v>
+        <x:v>45929.8687615741</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C62" s="0">
-        <x:v>10.23</x:v>
+        <x:v>7.79</x:v>
       </x:c>
       <x:c r="D62" s="0">
-        <x:v>57.492</x:v>
+        <x:v>57.105</x:v>
       </x:c>
       <x:c r="E62" s="0">
-        <x:v>63.88</x:v>
+        <x:v>63.45</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:5">
       <x:c r="A63" s="1">
-        <x:v>45876.8650347222</x:v>
+        <x:v>45926.8649421296</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C63" s="0">
-        <x:v>10.24</x:v>
+        <x:v>11.34</x:v>
       </x:c>
       <x:c r="D63" s="0">
-        <x:v>57.492</x:v>
+        <x:v>59.148</x:v>
       </x:c>
       <x:c r="E63" s="0">
-        <x:v>63.88</x:v>
+        <x:v>65.72</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:5">
       <x:c r="A64" s="1">
-        <x:v>45875.8676736111</x:v>
+        <x:v>45925.8660300926</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C64" s="0">
-        <x:v>10.97</x:v>
+        <x:v>10.29</x:v>
       </x:c>
       <x:c r="D64" s="0">
-        <x:v>57.915</x:v>
+        <x:v>58.482</x:v>
       </x:c>
       <x:c r="E64" s="0">
-        <x:v>64.35</x:v>
+        <x:v>64.98</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:5">
       <x:c r="A65" s="1">
-        <x:v>45874.8687384259</x:v>
+        <x:v>45924.8664351852</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C65" s="0">
-        <x:v>12.36</x:v>
+        <x:v>10.31</x:v>
       </x:c>
       <x:c r="D65" s="0">
-        <x:v>58.644</x:v>
+        <x:v>58.491</x:v>
       </x:c>
       <x:c r="E65" s="0">
-        <x:v>65.16</x:v>
+        <x:v>64.99</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:5">
       <x:c r="A66" s="1">
-        <x:v>45873.8649652778</x:v>
+        <x:v>45923.8744212963</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C66" s="0">
-        <x:v>14.61</x:v>
+        <x:v>8.42</x:v>
       </x:c>
       <x:c r="D66" s="0">
-        <x:v>59.661</x:v>
+        <x:v>57.069</x:v>
       </x:c>
       <x:c r="E66" s="0">
-        <x:v>66.29</x:v>
+        <x:v>63.41</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:5">
       <x:c r="A67" s="1">
-        <x:v>45870.8694675926</x:v>
+        <x:v>45922.8813541667</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C67" s="0">
-        <x:v>17.01</x:v>
+        <x:v>7.25</x:v>
       </x:c>
       <x:c r="D67" s="0">
-        <x:v>60.597</x:v>
+        <x:v>56.052</x:v>
       </x:c>
       <x:c r="E67" s="0">
-        <x:v>67.33</x:v>
+        <x:v>62.28</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:5">
       <x:c r="A68" s="1">
-        <x:v>45869.8816782407</x:v>
+        <x:v>45919.8706018518</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C68" s="0">
-        <x:v>22.72</x:v>
+        <x:v>7.39</x:v>
       </x:c>
       <x:c r="D68" s="0">
-        <x:v>62.334</x:v>
+        <x:v>56.16</x:v>
       </x:c>
       <x:c r="E68" s="0">
-        <x:v>69.26</x:v>
+        <x:v>62.4</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:5">
       <x:c r="A69" s="1">
-        <x:v>45868.871087963</x:v>
+        <x:v>45918.8680439815</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C69" s="0">
-        <x:v>25.12</x:v>
+        <x:v>8.42</x:v>
       </x:c>
       <x:c r="D69" s="0">
-        <x:v>63</x:v>
+        <x:v>56.934</x:v>
       </x:c>
       <x:c r="E69" s="0">
-        <x:v>70</x:v>
+        <x:v>63.26</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:5">
       <x:c r="A70" s="1">
-        <x:v>45867.8666319444</x:v>
+        <x:v>45917.8672337963</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C70" s="0">
-        <x:v>22.8</x:v>
+        <x:v>8.99</x:v>
       </x:c>
       <x:c r="D70" s="0">
-        <x:v>62.289</x:v>
+        <x:v>57.33</x:v>
       </x:c>
       <x:c r="E70" s="0">
-        <x:v>69.21</x:v>
+        <x:v>63.7</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:5">
       <x:c r="A71" s="1">
-        <x:v>45866.8688194444</x:v>
+        <x:v>45916.874849537</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C71" s="0">
-        <x:v>17.06</x:v>
+        <x:v>9.62</x:v>
       </x:c>
       <x:c r="D71" s="0">
-        <x:v>60.039</x:v>
+        <x:v>57.744</x:v>
       </x:c>
       <x:c r="E71" s="0">
-        <x:v>66.71</x:v>
+        <x:v>64.16</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:5">
       <x:c r="A72" s="1">
-        <x:v>45863.8651967593</x:v>
+        <x:v>45915.8847685185</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C72" s="0">
-        <x:v>14.07</x:v>
+        <x:v>8.27</x:v>
       </x:c>
       <x:c r="D72" s="0">
-        <x:v>58.644</x:v>
+        <x:v>56.718</x:v>
       </x:c>
       <x:c r="E72" s="0">
-        <x:v>65.16</x:v>
+        <x:v>63.3</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:5">
       <x:c r="A73" s="1">
-        <x:v>45862.8678472222</x:v>
+        <x:v>45912.8690277778</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C73" s="0">
-        <x:v>15.97</x:v>
+        <x:v>7.62</x:v>
       </x:c>
       <x:c r="D73" s="0">
-        <x:v>59.427</x:v>
+        <x:v>56.421</x:v>
       </x:c>
       <x:c r="E73" s="0">
-        <x:v>66.03</x:v>
+        <x:v>62.69</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:5">
       <x:c r="A74" s="1">
-        <x:v>45861.8655671296</x:v>
+        <x:v>45911.8677199074</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C74" s="0">
-        <x:v>14.43</x:v>
+        <x:v>7.29</x:v>
       </x:c>
       <x:c r="D74" s="0">
-        <x:v>58.725</x:v>
+        <x:v>56.133</x:v>
       </x:c>
       <x:c r="E74" s="0">
-        <x:v>65.25</x:v>
+        <x:v>62.37</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:5">
       <x:c r="A75" s="1">
-        <x:v>45860.8818171296</x:v>
+        <x:v>45910.8673611111</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C75" s="0">
-        <x:v>14.56</x:v>
+        <x:v>8.94</x:v>
       </x:c>
       <x:c r="D75" s="0">
-        <x:v>58.779</x:v>
+        <x:v>57.303</x:v>
       </x:c>
       <x:c r="E75" s="0">
-        <x:v>65.31</x:v>
+        <x:v>63.67</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:5">
       <x:c r="A76" s="1">
-        <x:v>45859.8722800926</x:v>
+        <x:v>45909.8653472222</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C76" s="0">
-        <x:v>15.96</x:v>
+        <x:v>7.78</x:v>
       </x:c>
       <x:c r="D76" s="0">
-        <x:v>59.355</x:v>
+        <x:v>56.367</x:v>
       </x:c>
       <x:c r="E76" s="0">
-        <x:v>65.95</x:v>
+        <x:v>62.63</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:5">
       <x:c r="A77" s="1">
-        <x:v>45856.8656365741</x:v>
+        <x:v>45908.8660532407</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C77" s="0">
-        <x:v>16.22</x:v>
+        <x:v>7.39</x:v>
       </x:c>
       <x:c r="D77" s="0">
-        <x:v>59.445</x:v>
+        <x:v>56.034</x:v>
       </x:c>
       <x:c r="E77" s="0">
-        <x:v>66.05</x:v>
+        <x:v>62.26</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:5">
       <x:c r="A78" s="1">
-        <x:v>45855.8661574074</x:v>
+        <x:v>45905.8690856481</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C78" s="0">
-        <x:v>16.63</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="D78" s="0">
-        <x:v>59.607</x:v>
+        <x:v>55.683</x:v>
       </x:c>
       <x:c r="E78" s="0">
-        <x:v>66.23</x:v>
+        <x:v>61.87</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:5">
       <x:c r="A79" s="1">
-        <x:v>45854.8781365741</x:v>
+        <x:v>45904.865474537</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C79" s="0">
-        <x:v>14.55</x:v>
+        <x:v>9.08</x:v>
       </x:c>
       <x:c r="D79" s="0">
-        <x:v>58.671</x:v>
+        <x:v>57.132</x:v>
       </x:c>
       <x:c r="E79" s="0">
-        <x:v>65.19</x:v>
+        <x:v>63.48</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:5">
       <x:c r="A80" s="1">
-        <x:v>45853.9071643519</x:v>
+        <x:v>45903.8712152778</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C80" s="0">
-        <x:v>14.93</x:v>
+        <x:v>9.76</x:v>
       </x:c>
       <x:c r="D80" s="0">
-        <x:v>58.833</x:v>
+        <x:v>57.573</x:v>
       </x:c>
       <x:c r="E80" s="0">
-        <x:v>66.52</x:v>
+        <x:v>63.97</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:5">
       <x:c r="A81" s="1">
-        <x:v>45852.8673958333</x:v>
+        <x:v>45902.8909722222</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C81" s="0">
-        <x:v>15.93</x:v>
+        <x:v>12.56</x:v>
       </x:c>
       <x:c r="D81" s="0">
-        <x:v>60.282</x:v>
+        <x:v>59.031</x:v>
       </x:c>
       <x:c r="E81" s="0">
-        <x:v>66.98</x:v>
+        <x:v>65.59</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:5">
       <x:c r="A82" s="1">
-        <x:v>45849.8680092593</x:v>
+        <x:v>45898.8672453704</x:v>
       </x:c>
       <x:c r="B82" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C82" s="0">
-        <x:v>19.79</x:v>
+        <x:v>10.3</x:v>
       </x:c>
       <x:c r="D82" s="0">
-        <x:v>61.605</x:v>
+        <x:v>57.609</x:v>
       </x:c>
       <x:c r="E82" s="0">
-        <x:v>68.45</x:v>
+        <x:v>64.01</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:5">
       <x:c r="A83" s="1">
-        <x:v>45848.8850115741</x:v>
+        <x:v>45897.8709837963</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C83" s="0">
-        <x:v>15.79</x:v>
+        <x:v>11.23</x:v>
       </x:c>
       <x:c r="D83" s="0">
-        <x:v>59.913</x:v>
+        <x:v>58.14</x:v>
       </x:c>
       <x:c r="E83" s="0">
-        <x:v>66.57</x:v>
+        <x:v>64.6</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:5">
       <x:c r="A84" s="1">
-        <x:v>45847.8677546296</x:v>
+        <x:v>45896.8696296296</x:v>
       </x:c>
       <x:c r="B84" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C84" s="0">
-        <x:v>20.74</x:v>
+        <x:v>10.57</x:v>
       </x:c>
       <x:c r="D84" s="0">
-        <x:v>61.542</x:v>
+        <x:v>57.735</x:v>
       </x:c>
       <x:c r="E84" s="0">
-        <x:v>68.38</x:v>
+        <x:v>64.15</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:5">
       <x:c r="A85" s="1">
-        <x:v>45846.8687384259</x:v>
+        <x:v>45895.866875</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C85" s="0">
-        <x:v>20.62</x:v>
+        <x:v>9.37</x:v>
       </x:c>
       <x:c r="D85" s="0">
-        <x:v>61.497</x:v>
+        <x:v>56.925</x:v>
       </x:c>
       <x:c r="E85" s="0">
-        <x:v>68.33</x:v>
+        <x:v>63.25</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:5">
       <x:c r="A86" s="1">
-        <x:v>45845.8721875</x:v>
+        <x:v>45894.8657291667</x:v>
       </x:c>
       <x:c r="B86" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C86" s="0">
-        <x:v>19.59</x:v>
+        <x:v>11.96</x:v>
       </x:c>
       <x:c r="D86" s="0">
-        <x:v>61.137</x:v>
+        <x:v>58.32</x:v>
       </x:c>
       <x:c r="E86" s="0">
-        <x:v>67.93</x:v>
+        <x:v>64.8</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:5">
       <x:c r="A87" s="1">
-        <x:v>45841.8698842593</x:v>
+        <x:v>45891.8697453704</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C87" s="0">
-        <x:v>17.46</x:v>
+        <x:v>10.31</x:v>
       </x:c>
       <x:c r="D87" s="0">
-        <x:v>60.3</x:v>
+        <x:v>57.294</x:v>
       </x:c>
       <x:c r="E87" s="0">
-        <x:v>67</x:v>
+        <x:v>63.66</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:5">
       <x:c r="A88" s="1">
-        <x:v>45840.8677199074</x:v>
+        <x:v>45890.8865972222</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C88" s="0">
-        <x:v>18.58</x:v>
+        <x:v>10.12</x:v>
       </x:c>
       <x:c r="D88" s="0">
-        <x:v>60.705</x:v>
+        <x:v>57.168</x:v>
       </x:c>
       <x:c r="E88" s="0">
-        <x:v>67.45</x:v>
+        <x:v>63.52</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:5">
       <x:c r="A89" s="1">
-        <x:v>45839.8662962963</x:v>
+        <x:v>45889.8663425926</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C89" s="0">
-        <x:v>14.58</x:v>
+        <x:v>9.07</x:v>
       </x:c>
       <x:c r="D89" s="0">
-        <x:v>58.905</x:v>
+        <x:v>56.439</x:v>
       </x:c>
       <x:c r="E89" s="0">
-        <x:v>65.45</x:v>
+        <x:v>62.71</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:5">
       <x:c r="A90" s="1">
-        <x:v>45838.8822222222</x:v>
+        <x:v>45888.8672569444</x:v>
       </x:c>
       <x:c r="B90" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C90" s="0">
-        <x:v>13.94</x:v>
+        <x:v>7.98</x:v>
       </x:c>
       <x:c r="D90" s="0">
-        <x:v>58.599</x:v>
+        <x:v>55.593</x:v>
       </x:c>
       <x:c r="E90" s="0">
-        <x:v>65.11</x:v>
+        <x:v>61.77</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:5">
       <x:c r="A91" s="1">
-        <x:v>45835.8668287037</x:v>
+        <x:v>45887.8664699074</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C91" s="0">
-        <x:v>14.8</x:v>
+        <x:v>9.22</x:v>
       </x:c>
       <x:c r="D91" s="0">
-        <x:v>58.968</x:v>
+        <x:v>56.43</x:v>
       </x:c>
       <x:c r="E91" s="0">
-        <x:v>65.52</x:v>
+        <x:v>62.7</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:5">
       <x:c r="A92" s="1">
-        <x:v>45834.870625</x:v>
+        <x:v>45884.8646527778</x:v>
       </x:c>
       <x:c r="B92" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C92" s="0">
-        <x:v>14.26</x:v>
+        <x:v>8.36</x:v>
       </x:c>
       <x:c r="D92" s="0">
-        <x:v>58.716</x:v>
+        <x:v>55.782</x:v>
       </x:c>
       <x:c r="E92" s="0">
-        <x:v>65.24</x:v>
+        <x:v>61.98</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:5">
       <x:c r="A93" s="1">
-        <x:v>45833.876400463</x:v>
+        <x:v>45883.8844212963</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C93" s="0">
-        <x:v>13.66</x:v>
+        <x:v>9.84</x:v>
       </x:c>
       <x:c r="D93" s="0">
-        <x:v>58.428</x:v>
+        <x:v>56.727</x:v>
       </x:c>
       <x:c r="E93" s="0">
-        <x:v>64.92</x:v>
+        <x:v>63.03</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:5">
       <x:c r="A94" s="1">
-        <x:v>45832.8693402778</x:v>
+        <x:v>45882.8657407407</x:v>
       </x:c>
       <x:c r="B94" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C94" s="0">
-        <x:v>12.69</x:v>
+        <x:v>8.49</x:v>
       </x:c>
       <x:c r="D94" s="0">
-        <x:v>57.933</x:v>
+        <x:v>55.737</x:v>
       </x:c>
       <x:c r="E94" s="0">
-        <x:v>64.37</x:v>
+        <x:v>62.65</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:5">
       <x:c r="A95" s="1">
-        <x:v>45831.8656481481</x:v>
+        <x:v>45881.8655208333</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C95" s="0">
-        <x:v>27.86</x:v>
+        <x:v>9.18</x:v>
       </x:c>
       <x:c r="D95" s="0">
-        <x:v>61.659</x:v>
+        <x:v>56.853</x:v>
       </x:c>
       <x:c r="E95" s="0">
-        <x:v>68.51</x:v>
+        <x:v>63.17</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:5">
       <x:c r="A96" s="1">
-        <x:v>45828.8992708333</x:v>
+        <x:v>45880.8651851852</x:v>
       </x:c>
       <x:c r="B96" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C96" s="0">
-        <x:v>79.95</x:v>
+        <x:v>10.33</x:v>
       </x:c>
       <x:c r="D96" s="0">
-        <x:v>66.456</x:v>
+        <x:v>57.564</x:v>
       </x:c>
       <x:c r="E96" s="0">
-        <x:v>73.84</x:v>
+        <x:v>63.96</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:5">
       <x:c r="A97" s="1">
-        <x:v>45826.8721990741</x:v>
+        <x:v>45877.8672569444</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C97" s="0">
-        <x:v>76.85</x:v>
+        <x:v>10.23</x:v>
       </x:c>
       <x:c r="D97" s="0">
-        <x:v>66.15</x:v>
+        <x:v>57.492</x:v>
       </x:c>
       <x:c r="E97" s="0">
-        <x:v>73.5</x:v>
+        <x:v>63.88</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:5">
       <x:c r="A98" s="1">
-        <x:v>45825.8655902778</x:v>
+        <x:v>45876.8650347222</x:v>
       </x:c>
       <x:c r="B98" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C98" s="0">
-        <x:v>74.78</x:v>
+        <x:v>10.24</x:v>
       </x:c>
       <x:c r="D98" s="0">
-        <x:v>65.943</x:v>
+        <x:v>57.492</x:v>
       </x:c>
       <x:c r="E98" s="0">
-        <x:v>73.27</x:v>
+        <x:v>63.88</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:5">
       <x:c r="A99" s="1">
-        <x:v>45824.8653356481</x:v>
+        <x:v>45875.8676736111</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C99" s="0">
-        <x:v>53.94</x:v>
+        <x:v>10.97</x:v>
       </x:c>
       <x:c r="D99" s="0">
-        <x:v>63.225</x:v>
+        <x:v>57.915</x:v>
       </x:c>
       <x:c r="E99" s="0">
-        <x:v>70.25</x:v>
+        <x:v>64.35</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:5">
       <x:c r="A100" s="1">
-        <x:v>45821.8736342593</x:v>
+        <x:v>45874.8687384259</x:v>
       </x:c>
       <x:c r="B100" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C100" s="0">
-        <x:v>62.23</x:v>
+        <x:v>12.36</x:v>
       </x:c>
       <x:c r="D100" s="0">
-        <x:v>64.161</x:v>
+        <x:v>58.644</x:v>
       </x:c>
       <x:c r="E100" s="0">
-        <x:v>71.29</x:v>
+        <x:v>65.16</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:5">
       <x:c r="A101" s="1">
-        <x:v>45820.8652199074</x:v>
+        <x:v>45873.8649652778</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C101" s="0">
-        <x:v>38.24</x:v>
+        <x:v>14.61</x:v>
       </x:c>
       <x:c r="D101" s="0">
-        <x:v>59.976</x:v>
+        <x:v>59.661</x:v>
       </x:c>
       <x:c r="E101" s="0">
-        <x:v>68.04</x:v>
+        <x:v>66.29</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:5">
       <x:c r="A102" s="1">
-        <x:v>45819.8744212963</x:v>
+        <x:v>45870.8694675926</x:v>
       </x:c>
       <x:c r="B102" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C102" s="0">
-        <x:v>38.83</x:v>
+        <x:v>17.01</x:v>
       </x:c>
       <x:c r="D102" s="0">
-        <x:v>61.335</x:v>
+        <x:v>60.597</x:v>
       </x:c>
       <x:c r="E102" s="0">
-        <x:v>68.15</x:v>
+        <x:v>67.33</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:5">
       <x:c r="A103" s="1">
-        <x:v>45818.8662152778</x:v>
+        <x:v>45869.8816782407</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C103" s="0">
-        <x:v>26.99</x:v>
+        <x:v>22.72</x:v>
       </x:c>
       <x:c r="D103" s="0">
-        <x:v>58.482</x:v>
+        <x:v>62.334</x:v>
       </x:c>
       <x:c r="E103" s="0">
-        <x:v>64.98</x:v>
+        <x:v>69.26</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:5">
       <x:c r="A104" s="1">
-        <x:v>45817.8646527778</x:v>
+        <x:v>45868.871087963</x:v>
       </x:c>
       <x:c r="B104" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C104" s="0">
-        <x:v>28.22</x:v>
+        <x:v>25.12</x:v>
       </x:c>
       <x:c r="D104" s="0">
-        <x:v>58.761</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="E104" s="0">
-        <x:v>65.29</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:5">
       <x:c r="A105" s="1">
-        <x:v>45814.8664814815</x:v>
+        <x:v>45867.8666319444</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C105" s="0">
-        <x:v>25.72</x:v>
+        <x:v>22.8</x:v>
       </x:c>
       <x:c r="D105" s="0">
-        <x:v>58.122</x:v>
+        <x:v>62.289</x:v>
       </x:c>
       <x:c r="E105" s="0">
-        <x:v>64.58</x:v>
+        <x:v>69.21</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:5">
       <x:c r="A106" s="1">
-        <x:v>45813.8698958333</x:v>
+        <x:v>45866.8688194444</x:v>
       </x:c>
       <x:c r="B106" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C106" s="0">
-        <x:v>21.96</x:v>
+        <x:v>17.06</x:v>
       </x:c>
       <x:c r="D106" s="0">
-        <x:v>57.033</x:v>
+        <x:v>60.039</x:v>
       </x:c>
       <x:c r="E106" s="0">
-        <x:v>63.37</x:v>
+        <x:v>66.71</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:5">
       <x:c r="A107" s="1">
-        <x:v>45812.8682638889</x:v>
+        <x:v>45863.8651967593</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C107" s="0">
-        <x:v>20.45</x:v>
+        <x:v>14.07</x:v>
       </x:c>
       <x:c r="D107" s="0">
-        <x:v>56.565</x:v>
+        <x:v>58.644</x:v>
       </x:c>
       <x:c r="E107" s="0">
-        <x:v>62.85</x:v>
+        <x:v>65.16</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:5">
       <x:c r="A108" s="1">
-        <x:v>45811.8941550926</x:v>
+        <x:v>45862.8678472222</x:v>
       </x:c>
       <x:c r="B108" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C108" s="0">
-        <x:v>22.23</x:v>
+        <x:v>15.97</x:v>
       </x:c>
       <x:c r="D108" s="0">
-        <x:v>57.069</x:v>
+        <x:v>59.427</x:v>
       </x:c>
       <x:c r="E108" s="0">
-        <x:v>63.41</x:v>
+        <x:v>66.03</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:5">
       <x:c r="A109" s="1">
-        <x:v>45811.8794328704</x:v>
+        <x:v>45861.8655671296</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C109" s="0">
-        <x:v>22.23</x:v>
+        <x:v>14.43</x:v>
       </x:c>
       <x:c r="D109" s="0">
-        <x:v>57.069</x:v>
+        <x:v>58.725</x:v>
       </x:c>
       <x:c r="E109" s="0">
-        <x:v>63.41</x:v>
+        <x:v>65.25</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:5">
       <x:c r="A110" s="1">
-        <x:v>45810.8809953704</x:v>
+        <x:v>45860.8818171296</x:v>
       </x:c>
       <x:c r="B110" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C110" s="0">
-        <x:v>19.72</x:v>
+        <x:v>14.56</x:v>
       </x:c>
       <x:c r="D110" s="0">
-        <x:v>56.268</x:v>
+        <x:v>58.779</x:v>
       </x:c>
       <x:c r="E110" s="0">
-        <x:v>62.52</x:v>
+        <x:v>65.31</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:5">
       <x:c r="A111" s="1">
-        <x:v>45800.8680902778</x:v>
+        <x:v>45859.8722800926</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C111" s="0">
-        <x:v>17.98</x:v>
+        <x:v>15.96</x:v>
       </x:c>
       <x:c r="D111" s="0">
-        <x:v>55.377</x:v>
+        <x:v>59.355</x:v>
       </x:c>
       <x:c r="E111" s="0">
-        <x:v>61.53</x:v>
+        <x:v>65.95</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:5">
       <x:c r="A112" s="1">
-        <x:v>45799.8653240741</x:v>
+        <x:v>45856.8656365741</x:v>
       </x:c>
       <x:c r="B112" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C112" s="0">
-        <x:v>17.16</x:v>
+        <x:v>16.22</x:v>
       </x:c>
       <x:c r="D112" s="0">
-        <x:v>55.08</x:v>
+        <x:v>59.445</x:v>
       </x:c>
       <x:c r="E112" s="0">
-        <x:v>61.2</x:v>
+        <x:v>66.05</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:5">
       <x:c r="A113" s="1">
-        <x:v>45798.8683101852</x:v>
+        <x:v>45855.8661574074</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C113" s="0">
-        <x:v>18.15</x:v>
+        <x:v>16.63</x:v>
       </x:c>
       <x:c r="D113" s="0">
-        <x:v>55.413</x:v>
+        <x:v>59.607</x:v>
       </x:c>
       <x:c r="E113" s="0">
-        <x:v>61.57</x:v>
+        <x:v>66.23</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:5">
       <x:c r="A114" s="1">
-        <x:v>45797.8646180556</x:v>
+        <x:v>45854.8781365741</x:v>
       </x:c>
       <x:c r="B114" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C114" s="0">
-        <x:v>19.47</x:v>
+        <x:v>14.55</x:v>
       </x:c>
       <x:c r="D114" s="0">
-        <x:v>55.827</x:v>
+        <x:v>58.671</x:v>
       </x:c>
       <x:c r="E114" s="0">
-        <x:v>62.03</x:v>
+        <x:v>65.19</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:5">
       <x:c r="A115" s="1">
-        <x:v>45796.8686342593</x:v>
+        <x:v>45853.9071643519</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C115" s="0">
-        <x:v>19.79</x:v>
+        <x:v>14.93</x:v>
       </x:c>
       <x:c r="D115" s="0">
-        <x:v>55.926</x:v>
+        <x:v>58.833</x:v>
       </x:c>
       <x:c r="E115" s="0">
-        <x:v>62.14</x:v>
+        <x:v>66.52</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:5">
       <x:c r="A116" s="1">
-        <x:v>45793.8666203704</x:v>
+        <x:v>45852.8673958333</x:v>
       </x:c>
       <x:c r="B116" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C116" s="0">
-        <x:v>19.35</x:v>
+        <x:v>15.93</x:v>
       </x:c>
       <x:c r="D116" s="0">
-        <x:v>55.773</x:v>
+        <x:v>60.282</x:v>
       </x:c>
       <x:c r="E116" s="0">
-        <x:v>61.97</x:v>
+        <x:v>66.98</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:5">
       <x:c r="A117" s="1">
-        <x:v>45792.865625</x:v>
+        <x:v>45849.8680092593</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C117" s="0">
-        <x:v>17.28</x:v>
+        <x:v>19.79</x:v>
       </x:c>
       <x:c r="D117" s="0">
-        <x:v>55.035</x:v>
+        <x:v>61.605</x:v>
       </x:c>
       <x:c r="E117" s="0">
-        <x:v>61.15</x:v>
+        <x:v>68.45</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:5">
       <x:c r="A118" s="1">
-        <x:v>45791.8649537037</x:v>
+        <x:v>45848.8850115741</x:v>
       </x:c>
       <x:c r="B118" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C118" s="0">
-        <x:v>22.16</x:v>
+        <x:v>15.79</x:v>
       </x:c>
       <x:c r="D118" s="0">
-        <x:v>56.412</x:v>
+        <x:v>59.913</x:v>
       </x:c>
       <x:c r="E118" s="0">
-        <x:v>62.68</x:v>
+        <x:v>66.57</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:5">
       <x:c r="A119" s="1">
-        <x:v>45790.8660416667</x:v>
+        <x:v>45847.8677546296</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C119" s="0">
-        <x:v>24.13</x:v>
+        <x:v>20.74</x:v>
       </x:c>
       <x:c r="D119" s="0">
-        <x:v>56.925</x:v>
+        <x:v>61.542</x:v>
       </x:c>
       <x:c r="E119" s="0">
-        <x:v>63.67</x:v>
+        <x:v>68.38</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:5">
       <x:c r="A120" s="1">
-        <x:v>45789.8656944444</x:v>
+        <x:v>45846.8687384259</x:v>
       </x:c>
       <x:c r="B120" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C120" s="0">
-        <x:v>19.32</x:v>
+        <x:v>20.62</x:v>
       </x:c>
       <x:c r="D120" s="0">
-        <x:v>55.755</x:v>
+        <x:v>61.497</x:v>
       </x:c>
       <x:c r="E120" s="0">
-        <x:v>61.95</x:v>
+        <x:v>68.33</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:5">
       <x:c r="A121" s="1">
-        <x:v>45786.8665740741</x:v>
+        <x:v>45845.8721875</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C121" s="0">
-        <x:v>17.02</x:v>
+        <x:v>19.59</x:v>
       </x:c>
       <x:c r="D121" s="0">
-        <x:v>54.918</x:v>
+        <x:v>61.137</x:v>
       </x:c>
       <x:c r="E121" s="0">
-        <x:v>61.02</x:v>
+        <x:v>67.93</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:5">
       <x:c r="A122" s="1">
-        <x:v>45785.8673842593</x:v>
+        <x:v>45841.8698842593</x:v>
       </x:c>
       <x:c r="B122" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C122" s="0">
-        <x:v>14.59</x:v>
+        <x:v>17.46</x:v>
       </x:c>
       <x:c r="D122" s="0">
-        <x:v>53.919</x:v>
+        <x:v>60.3</x:v>
       </x:c>
       <x:c r="E122" s="0">
-        <x:v>59.91</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:5">
       <x:c r="A123" s="1">
+        <x:v>45840.8677199074</x:v>
+      </x:c>
+      <x:c r="B123" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C123" s="0">
+        <x:v>18.58</x:v>
+      </x:c>
+      <x:c r="D123" s="0">
+        <x:v>60.705</x:v>
+      </x:c>
+      <x:c r="E123" s="0">
+        <x:v>67.45</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="124" spans="1:5">
+      <x:c r="A124" s="1">
+        <x:v>45839.8662962963</x:v>
+      </x:c>
+      <x:c r="B124" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C124" s="0">
+        <x:v>14.58</x:v>
+      </x:c>
+      <x:c r="D124" s="0">
+        <x:v>58.905</x:v>
+      </x:c>
+      <x:c r="E124" s="0">
+        <x:v>65.45</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="125" spans="1:5">
+      <x:c r="A125" s="1">
+        <x:v>45838.8822222222</x:v>
+      </x:c>
+      <x:c r="B125" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C125" s="0">
+        <x:v>13.94</x:v>
+      </x:c>
+      <x:c r="D125" s="0">
+        <x:v>58.599</x:v>
+      </x:c>
+      <x:c r="E125" s="0">
+        <x:v>65.11</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="126" spans="1:5">
+      <x:c r="A126" s="1">
+        <x:v>45835.8668287037</x:v>
+      </x:c>
+      <x:c r="B126" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C126" s="0">
+        <x:v>14.8</x:v>
+      </x:c>
+      <x:c r="D126" s="0">
+        <x:v>58.968</x:v>
+      </x:c>
+      <x:c r="E126" s="0">
+        <x:v>65.52</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="127" spans="1:5">
+      <x:c r="A127" s="1">
+        <x:v>45834.870625</x:v>
+      </x:c>
+      <x:c r="B127" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C127" s="0">
+        <x:v>14.26</x:v>
+      </x:c>
+      <x:c r="D127" s="0">
+        <x:v>58.716</x:v>
+      </x:c>
+      <x:c r="E127" s="0">
+        <x:v>65.24</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="128" spans="1:5">
+      <x:c r="A128" s="1">
+        <x:v>45833.876400463</x:v>
+      </x:c>
+      <x:c r="B128" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C128" s="0">
+        <x:v>13.66</x:v>
+      </x:c>
+      <x:c r="D128" s="0">
+        <x:v>58.428</x:v>
+      </x:c>
+      <x:c r="E128" s="0">
+        <x:v>64.92</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="129" spans="1:5">
+      <x:c r="A129" s="1">
+        <x:v>45832.8693402778</x:v>
+      </x:c>
+      <x:c r="B129" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C129" s="0">
+        <x:v>12.69</x:v>
+      </x:c>
+      <x:c r="D129" s="0">
+        <x:v>57.933</x:v>
+      </x:c>
+      <x:c r="E129" s="0">
+        <x:v>64.37</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="130" spans="1:5">
+      <x:c r="A130" s="1">
+        <x:v>45831.8656481481</x:v>
+      </x:c>
+      <x:c r="B130" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C130" s="0">
+        <x:v>27.86</x:v>
+      </x:c>
+      <x:c r="D130" s="0">
+        <x:v>61.659</x:v>
+      </x:c>
+      <x:c r="E130" s="0">
+        <x:v>68.51</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="131" spans="1:5">
+      <x:c r="A131" s="1">
+        <x:v>45828.8992708333</x:v>
+      </x:c>
+      <x:c r="B131" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C131" s="0">
+        <x:v>79.95</x:v>
+      </x:c>
+      <x:c r="D131" s="0">
+        <x:v>66.456</x:v>
+      </x:c>
+      <x:c r="E131" s="0">
+        <x:v>73.84</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="132" spans="1:5">
+      <x:c r="A132" s="1">
+        <x:v>45826.8721990741</x:v>
+      </x:c>
+      <x:c r="B132" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C132" s="0">
+        <x:v>76.85</x:v>
+      </x:c>
+      <x:c r="D132" s="0">
+        <x:v>66.15</x:v>
+      </x:c>
+      <x:c r="E132" s="0">
+        <x:v>73.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="133" spans="1:5">
+      <x:c r="A133" s="1">
+        <x:v>45825.8655902778</x:v>
+      </x:c>
+      <x:c r="B133" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C133" s="0">
+        <x:v>74.78</x:v>
+      </x:c>
+      <x:c r="D133" s="0">
+        <x:v>65.943</x:v>
+      </x:c>
+      <x:c r="E133" s="0">
+        <x:v>73.27</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="134" spans="1:5">
+      <x:c r="A134" s="1">
+        <x:v>45824.8653356481</x:v>
+      </x:c>
+      <x:c r="B134" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C134" s="0">
+        <x:v>53.94</x:v>
+      </x:c>
+      <x:c r="D134" s="0">
+        <x:v>63.225</x:v>
+      </x:c>
+      <x:c r="E134" s="0">
+        <x:v>70.25</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="135" spans="1:5">
+      <x:c r="A135" s="1">
+        <x:v>45821.8736342593</x:v>
+      </x:c>
+      <x:c r="B135" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C135" s="0">
+        <x:v>62.23</x:v>
+      </x:c>
+      <x:c r="D135" s="0">
+        <x:v>64.161</x:v>
+      </x:c>
+      <x:c r="E135" s="0">
+        <x:v>71.29</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="136" spans="1:5">
+      <x:c r="A136" s="1">
+        <x:v>45820.8652199074</x:v>
+      </x:c>
+      <x:c r="B136" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C136" s="0">
+        <x:v>38.24</x:v>
+      </x:c>
+      <x:c r="D136" s="0">
+        <x:v>59.976</x:v>
+      </x:c>
+      <x:c r="E136" s="0">
+        <x:v>68.04</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="137" spans="1:5">
+      <x:c r="A137" s="1">
+        <x:v>45819.8744212963</x:v>
+      </x:c>
+      <x:c r="B137" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C137" s="0">
+        <x:v>38.83</x:v>
+      </x:c>
+      <x:c r="D137" s="0">
+        <x:v>61.335</x:v>
+      </x:c>
+      <x:c r="E137" s="0">
+        <x:v>68.15</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="138" spans="1:5">
+      <x:c r="A138" s="1">
+        <x:v>45818.8662152778</x:v>
+      </x:c>
+      <x:c r="B138" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C138" s="0">
+        <x:v>26.99</x:v>
+      </x:c>
+      <x:c r="D138" s="0">
+        <x:v>58.482</x:v>
+      </x:c>
+      <x:c r="E138" s="0">
+        <x:v>64.98</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="139" spans="1:5">
+      <x:c r="A139" s="1">
+        <x:v>45817.8646527778</x:v>
+      </x:c>
+      <x:c r="B139" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C139" s="0">
+        <x:v>28.22</x:v>
+      </x:c>
+      <x:c r="D139" s="0">
+        <x:v>58.761</x:v>
+      </x:c>
+      <x:c r="E139" s="0">
+        <x:v>65.29</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="140" spans="1:5">
+      <x:c r="A140" s="1">
+        <x:v>45814.8664814815</x:v>
+      </x:c>
+      <x:c r="B140" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C140" s="0">
+        <x:v>25.72</x:v>
+      </x:c>
+      <x:c r="D140" s="0">
+        <x:v>58.122</x:v>
+      </x:c>
+      <x:c r="E140" s="0">
+        <x:v>64.58</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="141" spans="1:5">
+      <x:c r="A141" s="1">
+        <x:v>45813.8698958333</x:v>
+      </x:c>
+      <x:c r="B141" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C141" s="0">
+        <x:v>21.96</x:v>
+      </x:c>
+      <x:c r="D141" s="0">
+        <x:v>57.033</x:v>
+      </x:c>
+      <x:c r="E141" s="0">
+        <x:v>63.37</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="142" spans="1:5">
+      <x:c r="A142" s="1">
+        <x:v>45812.8682638889</x:v>
+      </x:c>
+      <x:c r="B142" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C142" s="0">
+        <x:v>20.45</x:v>
+      </x:c>
+      <x:c r="D142" s="0">
+        <x:v>56.565</x:v>
+      </x:c>
+      <x:c r="E142" s="0">
+        <x:v>62.85</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="143" spans="1:5">
+      <x:c r="A143" s="1">
+        <x:v>45811.8941550926</x:v>
+      </x:c>
+      <x:c r="B143" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C143" s="0">
+        <x:v>22.23</x:v>
+      </x:c>
+      <x:c r="D143" s="0">
+        <x:v>57.069</x:v>
+      </x:c>
+      <x:c r="E143" s="0">
+        <x:v>63.41</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="144" spans="1:5">
+      <x:c r="A144" s="1">
+        <x:v>45811.8794328704</x:v>
+      </x:c>
+      <x:c r="B144" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C144" s="0">
+        <x:v>22.23</x:v>
+      </x:c>
+      <x:c r="D144" s="0">
+        <x:v>57.069</x:v>
+      </x:c>
+      <x:c r="E144" s="0">
+        <x:v>63.41</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="145" spans="1:5">
+      <x:c r="A145" s="1">
+        <x:v>45810.8809953704</x:v>
+      </x:c>
+      <x:c r="B145" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C145" s="0">
+        <x:v>19.72</x:v>
+      </x:c>
+      <x:c r="D145" s="0">
+        <x:v>56.268</x:v>
+      </x:c>
+      <x:c r="E145" s="0">
+        <x:v>62.52</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="146" spans="1:5">
+      <x:c r="A146" s="1">
+        <x:v>45800.8680902778</x:v>
+      </x:c>
+      <x:c r="B146" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C146" s="0">
+        <x:v>17.98</x:v>
+      </x:c>
+      <x:c r="D146" s="0">
+        <x:v>55.377</x:v>
+      </x:c>
+      <x:c r="E146" s="0">
+        <x:v>61.53</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="147" spans="1:5">
+      <x:c r="A147" s="1">
+        <x:v>45799.8653240741</x:v>
+      </x:c>
+      <x:c r="B147" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C147" s="0">
+        <x:v>17.16</x:v>
+      </x:c>
+      <x:c r="D147" s="0">
+        <x:v>55.08</x:v>
+      </x:c>
+      <x:c r="E147" s="0">
+        <x:v>61.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="148" spans="1:5">
+      <x:c r="A148" s="1">
+        <x:v>45798.8683101852</x:v>
+      </x:c>
+      <x:c r="B148" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C148" s="0">
+        <x:v>18.15</x:v>
+      </x:c>
+      <x:c r="D148" s="0">
+        <x:v>55.413</x:v>
+      </x:c>
+      <x:c r="E148" s="0">
+        <x:v>61.57</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="149" spans="1:5">
+      <x:c r="A149" s="1">
+        <x:v>45797.8646180556</x:v>
+      </x:c>
+      <x:c r="B149" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C149" s="0">
+        <x:v>19.47</x:v>
+      </x:c>
+      <x:c r="D149" s="0">
+        <x:v>55.827</x:v>
+      </x:c>
+      <x:c r="E149" s="0">
+        <x:v>62.03</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="150" spans="1:5">
+      <x:c r="A150" s="1">
+        <x:v>45796.8686342593</x:v>
+      </x:c>
+      <x:c r="B150" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C150" s="0">
+        <x:v>19.79</x:v>
+      </x:c>
+      <x:c r="D150" s="0">
+        <x:v>55.926</x:v>
+      </x:c>
+      <x:c r="E150" s="0">
+        <x:v>62.14</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="151" spans="1:5">
+      <x:c r="A151" s="1">
+        <x:v>45793.8666203704</x:v>
+      </x:c>
+      <x:c r="B151" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C151" s="0">
+        <x:v>19.35</x:v>
+      </x:c>
+      <x:c r="D151" s="0">
+        <x:v>55.773</x:v>
+      </x:c>
+      <x:c r="E151" s="0">
+        <x:v>61.97</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="152" spans="1:5">
+      <x:c r="A152" s="1">
+        <x:v>45792.865625</x:v>
+      </x:c>
+      <x:c r="B152" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C152" s="0">
+        <x:v>17.28</x:v>
+      </x:c>
+      <x:c r="D152" s="0">
+        <x:v>55.035</x:v>
+      </x:c>
+      <x:c r="E152" s="0">
+        <x:v>61.15</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="153" spans="1:5">
+      <x:c r="A153" s="1">
+        <x:v>45791.8649537037</x:v>
+      </x:c>
+      <x:c r="B153" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C153" s="0">
+        <x:v>22.16</x:v>
+      </x:c>
+      <x:c r="D153" s="0">
+        <x:v>56.412</x:v>
+      </x:c>
+      <x:c r="E153" s="0">
+        <x:v>62.68</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="154" spans="1:5">
+      <x:c r="A154" s="1">
+        <x:v>45790.8660416667</x:v>
+      </x:c>
+      <x:c r="B154" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C154" s="0">
+        <x:v>24.13</x:v>
+      </x:c>
+      <x:c r="D154" s="0">
+        <x:v>56.925</x:v>
+      </x:c>
+      <x:c r="E154" s="0">
+        <x:v>63.67</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="155" spans="1:5">
+      <x:c r="A155" s="1">
+        <x:v>45789.8656944444</x:v>
+      </x:c>
+      <x:c r="B155" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C155" s="0">
+        <x:v>19.32</x:v>
+      </x:c>
+      <x:c r="D155" s="0">
+        <x:v>55.755</x:v>
+      </x:c>
+      <x:c r="E155" s="0">
+        <x:v>61.95</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="156" spans="1:5">
+      <x:c r="A156" s="1">
+        <x:v>45786.8665740741</x:v>
+      </x:c>
+      <x:c r="B156" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C156" s="0">
+        <x:v>17.02</x:v>
+      </x:c>
+      <x:c r="D156" s="0">
+        <x:v>54.918</x:v>
+      </x:c>
+      <x:c r="E156" s="0">
+        <x:v>61.02</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="157" spans="1:5">
+      <x:c r="A157" s="1">
+        <x:v>45785.8673842593</x:v>
+      </x:c>
+      <x:c r="B157" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C157" s="0">
+        <x:v>14.59</x:v>
+      </x:c>
+      <x:c r="D157" s="0">
+        <x:v>53.919</x:v>
+      </x:c>
+      <x:c r="E157" s="0">
+        <x:v>59.91</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="158" spans="1:5">
+      <x:c r="A158" s="1">
         <x:v>45784.8969560185</x:v>
       </x:c>
-      <x:c r="B123" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C123" s="0">
+      <x:c r="B158" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C158" s="0">
         <x:v>11.36</x:v>
       </x:c>
-      <x:c r="D123" s="0">
+      <x:c r="D158" s="0">
         <x:v>52.263</x:v>
       </x:c>
-      <x:c r="E123" s="0">
+      <x:c r="E158" s="0">
         <x:v>58.07</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>