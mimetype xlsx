--- v2 (2025-12-28)
+++ v3 (2025-12-28)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R352c191652c14de8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c959481feb814c22a76559874c5ce101.psmdcp" Id="Rf127dbb268c54974" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R492fe00fc1cf42af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/fd70b8b32dd647e6866baf57949a7535.psmdcp" Id="R9f4d0a4e040e4cc6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>DE000BB3NWT6</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>