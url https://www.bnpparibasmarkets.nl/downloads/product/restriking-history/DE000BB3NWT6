--- v3 (2025-12-28)
+++ v4 (2026-01-22)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R492fe00fc1cf42af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/fd70b8b32dd647e6866baf57949a7535.psmdcp" Id="R9f4d0a4e040e4cc6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re74ed7af1d8740ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7cc53e3427e74d80867a57384c0835ed.psmdcp" Id="R34af99d030354c87" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>DE000BB3NWT6</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -390,2732 +390,2987 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E158"/>
+  <x:dimension ref="A1:E173"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>46014.8683217593</x:v>
+        <x:v>46043.8692476852</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
-        <x:v>2.14</x:v>
+        <x:v>2.37</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>52.542</x:v>
+        <x:v>54.558</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>58.38</x:v>
+        <x:v>60.62</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>46013.8651851852</x:v>
+        <x:v>46042.8824189815</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
-        <x:v>2.03</x:v>
+        <x:v>2.29</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>52.209</x:v>
+        <x:v>54.324</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>58.01</x:v>
+        <x:v>60.36</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>46010.8689930556</x:v>
+        <x:v>46038.8784722222</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
-        <x:v>1.64</x:v>
+        <x:v>1.98</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>50.868</x:v>
+        <x:v>53.406</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>56.52</x:v>
+        <x:v>59.34</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>46009.8651736111</x:v>
+        <x:v>46037.8783217593</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
-        <x:v>1.52</x:v>
+        <x:v>1.91</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>50.4</x:v>
+        <x:v>53.172</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>56</x:v>
+        <x:v>59.08</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>46008.8662037037</x:v>
+        <x:v>46036.8658796296</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
-        <x:v>1.47</x:v>
+        <x:v>3.23</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>50.229</x:v>
+        <x:v>55.692</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>55.81</x:v>
+        <x:v>61.88</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>46007.8646759259</x:v>
+        <x:v>46035.867662037</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
-        <x:v>1.33</x:v>
+        <x:v>2.83</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>49.617</x:v>
+        <x:v>54.837</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>55.13</x:v>
+        <x:v>60.93</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>46006.8661342593</x:v>
+        <x:v>46034.8654050926</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
-        <x:v>1.7</x:v>
+        <x:v>2.28</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>51.003</x:v>
+        <x:v>53.388</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>56.67</x:v>
+        <x:v>59.5</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>46003.8692708333</x:v>
+        <x:v>46031.8690162037</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
-        <x:v>1.93</x:v>
+        <x:v>2.16</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>51.516</x:v>
+        <x:v>53.208</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>57.44</x:v>
+        <x:v>59.12</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>46002.8652083333</x:v>
+        <x:v>46030.8658449074</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
-        <x:v>1.98</x:v>
+        <x:v>1.78</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>51.84</x:v>
+        <x:v>51.984</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>57.6</x:v>
+        <x:v>57.76</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>46001.8649189815</x:v>
+        <x:v>46029.8657986111</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C12" s="0">
-        <x:v>2.29</x:v>
+        <x:v>1.39</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>52.614</x:v>
+        <x:v>50.391</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>58.46</x:v>
+        <x:v>55.99</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>46000.8892013889</x:v>
+        <x:v>46028.8721180556</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0">
-        <x:v>2.22</x:v>
+        <x:v>1.69</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>52.425</x:v>
+        <x:v>51.417</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>58.25</x:v>
+        <x:v>57.13</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>45999.8773842593</x:v>
+        <x:v>46027.8681365741</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C14" s="0">
-        <x:v>2.46</x:v>
+        <x:v>2.07</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>52.992</x:v>
+        <x:v>52.488</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>58.88</x:v>
+        <x:v>58.32</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>45996.8718518519</x:v>
+        <x:v>46024.8692708333</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
-        <x:v>3</x:v>
+        <x:v>1.79</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>54.072</x:v>
+        <x:v>51.588</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>60.08</x:v>
+        <x:v>57.32</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>45995.8729513889</x:v>
+        <x:v>46021.8699305556</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C16" s="0">
-        <x:v>2.83</x:v>
+        <x:v>1.99</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>53.703</x:v>
+        <x:v>52.155</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>59.67</x:v>
+        <x:v>57.95</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>45994.8669560185</x:v>
+        <x:v>46020.8706712963</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C17" s="0">
-        <x:v>2.55</x:v>
+        <x:v>2.04</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>53.055</x:v>
+        <x:v>52.272</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>58.95</x:v>
+        <x:v>58.08</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>45993.8648958333</x:v>
+        <x:v>46014.8683217593</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="0">
-        <x:v>2.44</x:v>
+        <x:v>2.14</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>52.776</x:v>
+        <x:v>52.542</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>58.64</x:v>
+        <x:v>58.38</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>45992.8654976852</x:v>
+        <x:v>46013.8651851852</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C19" s="0">
-        <x:v>2.72</x:v>
+        <x:v>2.03</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>53.388</x:v>
+        <x:v>52.209</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>59.32</x:v>
+        <x:v>58.01</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
-        <x:v>45989.8774074074</x:v>
+        <x:v>46010.8689930556</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C20" s="0">
-        <x:v>2.43</x:v>
+        <x:v>1.64</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>52.695</x:v>
+        <x:v>50.868</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>58.55</x:v>
+        <x:v>56.52</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="1">
-        <x:v>45987.8775694444</x:v>
+        <x:v>46009.8651736111</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C21" s="0">
-        <x:v>2.48</x:v>
+        <x:v>1.52</x:v>
       </x:c>
       <x:c r="D21" s="0">
-        <x:v>52.785</x:v>
+        <x:v>50.4</x:v>
       </x:c>
       <x:c r="E21" s="0">
-        <x:v>58.65</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="1">
-        <x:v>45986.8743865741</x:v>
+        <x:v>46008.8662037037</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C22" s="0">
-        <x:v>2.23</x:v>
+        <x:v>1.47</x:v>
       </x:c>
       <x:c r="D22" s="0">
-        <x:v>52.155</x:v>
+        <x:v>50.229</x:v>
       </x:c>
       <x:c r="E22" s="0">
-        <x:v>57.95</x:v>
+        <x:v>55.81</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="1">
-        <x:v>45985.8708796296</x:v>
+        <x:v>46007.8646759259</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C23" s="0">
-        <x:v>2.59</x:v>
+        <x:v>1.33</x:v>
       </x:c>
       <x:c r="D23" s="0">
-        <x:v>52.956</x:v>
+        <x:v>49.617</x:v>
       </x:c>
       <x:c r="E23" s="0">
-        <x:v>58.84</x:v>
+        <x:v>55.13</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="1">
-        <x:v>45982.8679050926</x:v>
+        <x:v>46006.8661342593</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C24" s="0">
-        <x:v>2.31</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="D24" s="0">
-        <x:v>52.254</x:v>
+        <x:v>51.003</x:v>
       </x:c>
       <x:c r="E24" s="0">
-        <x:v>58.06</x:v>
+        <x:v>56.67</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="1">
-        <x:v>45981.867650463</x:v>
+        <x:v>46003.8692708333</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C25" s="0">
-        <x:v>2.7</x:v>
+        <x:v>1.93</x:v>
       </x:c>
       <x:c r="D25" s="0">
-        <x:v>53.1</x:v>
+        <x:v>51.516</x:v>
       </x:c>
       <x:c r="E25" s="0">
-        <x:v>59</x:v>
+        <x:v>57.44</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="1">
-        <x:v>45980.8667013889</x:v>
+        <x:v>46002.8652083333</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C26" s="0">
-        <x:v>2.81</x:v>
+        <x:v>1.98</x:v>
       </x:c>
       <x:c r="D26" s="0">
-        <x:v>53.325</x:v>
+        <x:v>51.84</x:v>
       </x:c>
       <x:c r="E26" s="0">
-        <x:v>59.25</x:v>
+        <x:v>57.6</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="1">
-        <x:v>45979.8891898148</x:v>
+        <x:v>46001.8649189815</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C27" s="0">
-        <x:v>3.56</x:v>
+        <x:v>2.29</x:v>
       </x:c>
       <x:c r="D27" s="0">
-        <x:v>54.603</x:v>
+        <x:v>52.614</x:v>
       </x:c>
       <x:c r="E27" s="0">
-        <x:v>60.67</x:v>
+        <x:v>58.46</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="1">
-        <x:v>45978.8654861111</x:v>
+        <x:v>46000.8892013889</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C28" s="0">
-        <x:v>3.18</x:v>
+        <x:v>2.22</x:v>
       </x:c>
       <x:c r="D28" s="0">
-        <x:v>53.874</x:v>
+        <x:v>52.425</x:v>
       </x:c>
       <x:c r="E28" s="0">
-        <x:v>59.86</x:v>
+        <x:v>58.25</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="1">
-        <x:v>45975.8663541667</x:v>
+        <x:v>45999.8773842593</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C29" s="0">
-        <x:v>3.23</x:v>
+        <x:v>2.46</x:v>
       </x:c>
       <x:c r="D29" s="0">
-        <x:v>53.955</x:v>
+        <x:v>52.992</x:v>
       </x:c>
       <x:c r="E29" s="0">
-        <x:v>59.95</x:v>
+        <x:v>58.88</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="1">
-        <x:v>45974.8920717593</x:v>
+        <x:v>45996.8718518519</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C30" s="0">
-        <x:v>2.69</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="D30" s="0">
-        <x:v>52.776</x:v>
+        <x:v>54.072</x:v>
       </x:c>
       <x:c r="E30" s="0">
-        <x:v>58.69</x:v>
+        <x:v>60.08</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="1">
-        <x:v>45972.8743865741</x:v>
+        <x:v>45995.8729513889</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C31" s="0">
-        <x:v>4.19</x:v>
+        <x:v>2.83</x:v>
       </x:c>
       <x:c r="D31" s="0">
-        <x:v>54.936</x:v>
+        <x:v>53.703</x:v>
       </x:c>
       <x:c r="E31" s="0">
-        <x:v>61.04</x:v>
+        <x:v>59.67</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="1">
-        <x:v>45971.8872916667</x:v>
+        <x:v>45994.8669560185</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C32" s="0">
-        <x:v>3.69</x:v>
+        <x:v>2.55</x:v>
       </x:c>
       <x:c r="D32" s="0">
-        <x:v>54.117</x:v>
+        <x:v>53.055</x:v>
       </x:c>
       <x:c r="E32" s="0">
-        <x:v>60.13</x:v>
+        <x:v>58.95</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="1">
-        <x:v>45968.8685532407</x:v>
+        <x:v>45993.8648958333</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C33" s="0">
-        <x:v>3.49</x:v>
+        <x:v>2.44</x:v>
       </x:c>
       <x:c r="D33" s="0">
-        <x:v>53.775</x:v>
+        <x:v>52.776</x:v>
       </x:c>
       <x:c r="E33" s="0">
-        <x:v>59.75</x:v>
+        <x:v>58.64</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="1">
-        <x:v>45967.8675231481</x:v>
+        <x:v>45992.8654976852</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C34" s="0">
-        <x:v>3.34</x:v>
+        <x:v>2.72</x:v>
       </x:c>
       <x:c r="D34" s="0">
-        <x:v>53.487</x:v>
+        <x:v>53.388</x:v>
       </x:c>
       <x:c r="E34" s="0">
-        <x:v>59.43</x:v>
+        <x:v>59.32</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="1">
-        <x:v>45966.876712963</x:v>
+        <x:v>45989.8774074074</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C35" s="0">
-        <x:v>3.43</x:v>
+        <x:v>2.43</x:v>
       </x:c>
       <x:c r="D35" s="0">
-        <x:v>53.64</x:v>
+        <x:v>52.695</x:v>
       </x:c>
       <x:c r="E35" s="0">
-        <x:v>59.6</x:v>
+        <x:v>58.55</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="1">
-        <x:v>45965.870474537</x:v>
+        <x:v>45987.8775694444</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C36" s="0">
-        <x:v>4</x:v>
+        <x:v>2.48</x:v>
       </x:c>
       <x:c r="D36" s="0">
-        <x:v>54.504</x:v>
+        <x:v>52.785</x:v>
       </x:c>
       <x:c r="E36" s="0">
-        <x:v>60.56</x:v>
+        <x:v>58.65</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="1">
-        <x:v>45964.8653356481</x:v>
+        <x:v>45986.8743865741</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C37" s="0">
-        <x:v>4.31</x:v>
+        <x:v>2.23</x:v>
       </x:c>
       <x:c r="D37" s="0">
-        <x:v>54.945</x:v>
+        <x:v>52.155</x:v>
       </x:c>
       <x:c r="E37" s="0">
-        <x:v>61.05</x:v>
+        <x:v>57.95</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="1">
-        <x:v>45961.8246759259</x:v>
+        <x:v>45985.8708796296</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C38" s="0">
-        <x:v>4.28</x:v>
+        <x:v>2.59</x:v>
       </x:c>
       <x:c r="D38" s="0">
-        <x:v>54.882</x:v>
+        <x:v>52.956</x:v>
       </x:c>
       <x:c r="E38" s="0">
-        <x:v>60.98</x:v>
+        <x:v>58.84</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="1">
-        <x:v>45960.8236111111</x:v>
+        <x:v>45982.8679050926</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C39" s="0">
-        <x:v>4.03</x:v>
+        <x:v>2.31</x:v>
       </x:c>
       <x:c r="D39" s="0">
-        <x:v>54.513</x:v>
+        <x:v>52.254</x:v>
       </x:c>
       <x:c r="E39" s="0">
-        <x:v>60.57</x:v>
+        <x:v>58.06</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="1">
-        <x:v>45959.8254282407</x:v>
+        <x:v>45981.867650463</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C40" s="0">
-        <x:v>3.98</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="D40" s="0">
-        <x:v>54.432</x:v>
+        <x:v>53.1</x:v>
       </x:c>
       <x:c r="E40" s="0">
-        <x:v>60.48</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="1">
-        <x:v>45958.8260763889</x:v>
+        <x:v>45980.8667013889</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C41" s="0">
-        <x:v>3.8</x:v>
+        <x:v>2.81</x:v>
       </x:c>
       <x:c r="D41" s="0">
-        <x:v>54.135</x:v>
+        <x:v>53.325</x:v>
       </x:c>
       <x:c r="E41" s="0">
-        <x:v>60.15</x:v>
+        <x:v>59.25</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="1">
-        <x:v>45957.8238657407</x:v>
+        <x:v>45979.8891898148</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C42" s="0">
-        <x:v>4.58</x:v>
+        <x:v>3.56</x:v>
       </x:c>
       <x:c r="D42" s="0">
-        <x:v>55.179</x:v>
+        <x:v>54.603</x:v>
       </x:c>
       <x:c r="E42" s="0">
-        <x:v>61.31</x:v>
+        <x:v>60.67</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="1">
-        <x:v>45954.8654166667</x:v>
+        <x:v>45978.8654861111</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C43" s="0">
-        <x:v>4.72</x:v>
+        <x:v>3.18</x:v>
       </x:c>
       <x:c r="D43" s="0">
-        <x:v>55.35</x:v>
+        <x:v>53.874</x:v>
       </x:c>
       <x:c r="E43" s="0">
-        <x:v>61.5</x:v>
+        <x:v>59.86</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="1">
-        <x:v>45953.8697106481</x:v>
+        <x:v>45975.8663541667</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C44" s="0">
-        <x:v>4.93</x:v>
+        <x:v>3.23</x:v>
       </x:c>
       <x:c r="D44" s="0">
-        <x:v>55.611</x:v>
+        <x:v>53.955</x:v>
       </x:c>
       <x:c r="E44" s="0">
-        <x:v>61.79</x:v>
+        <x:v>59.95</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="1">
-        <x:v>45952.8835763889</x:v>
+        <x:v>45974.8920717593</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C45" s="0">
-        <x:v>3.28</x:v>
+        <x:v>2.69</x:v>
       </x:c>
       <x:c r="D45" s="0">
-        <x:v>52.65</x:v>
+        <x:v>52.776</x:v>
       </x:c>
       <x:c r="E45" s="0">
-        <x:v>58.5</x:v>
+        <x:v>58.69</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="1">
-        <x:v>45951.8713310185</x:v>
+        <x:v>45972.8743865741</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C46" s="0">
-        <x:v>2.74</x:v>
+        <x:v>4.19</x:v>
       </x:c>
       <x:c r="D46" s="0">
-        <x:v>51.516</x:v>
+        <x:v>54.936</x:v>
       </x:c>
       <x:c r="E46" s="0">
-        <x:v>57.24</x:v>
+        <x:v>61.04</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="1">
-        <x:v>45950.8678125</x:v>
+        <x:v>45971.8872916667</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C47" s="0">
-        <x:v>2.65</x:v>
+        <x:v>3.69</x:v>
       </x:c>
       <x:c r="D47" s="0">
-        <x:v>51.318</x:v>
+        <x:v>54.117</x:v>
       </x:c>
       <x:c r="E47" s="0">
-        <x:v>57.02</x:v>
+        <x:v>60.13</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5">
       <x:c r="A48" s="1">
-        <x:v>45947.8653472222</x:v>
+        <x:v>45968.8685532407</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C48" s="0">
-        <x:v>2.71</x:v>
+        <x:v>3.49</x:v>
       </x:c>
       <x:c r="D48" s="0">
-        <x:v>51.435</x:v>
+        <x:v>53.775</x:v>
       </x:c>
       <x:c r="E48" s="0">
-        <x:v>57.15</x:v>
+        <x:v>59.75</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
       <x:c r="A49" s="1">
-        <x:v>45946.8650462963</x:v>
+        <x:v>45967.8675231481</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C49" s="0">
-        <x:v>2.64</x:v>
+        <x:v>3.34</x:v>
       </x:c>
       <x:c r="D49" s="0">
-        <x:v>51.291</x:v>
+        <x:v>53.487</x:v>
       </x:c>
       <x:c r="E49" s="0">
-        <x:v>56.99</x:v>
+        <x:v>59.43</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5">
       <x:c r="A50" s="1">
-        <x:v>45945.8694328704</x:v>
+        <x:v>45966.876712963</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C50" s="0">
-        <x:v>3.05</x:v>
+        <x:v>3.43</x:v>
       </x:c>
       <x:c r="D50" s="0">
-        <x:v>52.056</x:v>
+        <x:v>53.64</x:v>
       </x:c>
       <x:c r="E50" s="0">
-        <x:v>57.84</x:v>
+        <x:v>59.6</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5">
       <x:c r="A51" s="1">
-        <x:v>45944.8749074074</x:v>
+        <x:v>45965.870474537</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C51" s="0">
-        <x:v>3.26</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="D51" s="0">
-        <x:v>52.443</x:v>
+        <x:v>54.504</x:v>
       </x:c>
       <x:c r="E51" s="0">
-        <x:v>58.7</x:v>
+        <x:v>60.56</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5">
       <x:c r="A52" s="1">
-        <x:v>45943.8712962963</x:v>
+        <x:v>45964.8653356481</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C52" s="0">
-        <x:v>3.71</x:v>
+        <x:v>4.31</x:v>
       </x:c>
       <x:c r="D52" s="0">
-        <x:v>53.541</x:v>
+        <x:v>54.945</x:v>
       </x:c>
       <x:c r="E52" s="0">
-        <x:v>59.49</x:v>
+        <x:v>61.05</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5">
       <x:c r="A53" s="1">
-        <x:v>45940.8681597222</x:v>
+        <x:v>45961.8246759259</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C53" s="0">
-        <x:v>3.41</x:v>
+        <x:v>4.28</x:v>
       </x:c>
       <x:c r="D53" s="0">
-        <x:v>53.01</x:v>
+        <x:v>54.882</x:v>
       </x:c>
       <x:c r="E53" s="0">
-        <x:v>58.9</x:v>
+        <x:v>60.98</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5">
       <x:c r="A54" s="1">
-        <x:v>45939.8649884259</x:v>
+        <x:v>45960.8236111111</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C54" s="0">
-        <x:v>5.52</x:v>
+        <x:v>4.03</x:v>
       </x:c>
       <x:c r="D54" s="0">
-        <x:v>55.359</x:v>
+        <x:v>54.513</x:v>
       </x:c>
       <x:c r="E54" s="0">
-        <x:v>61.51</x:v>
+        <x:v>60.57</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5">
       <x:c r="A55" s="1">
-        <x:v>45938.8822569444</x:v>
+        <x:v>45959.8254282407</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C55" s="0">
-        <x:v>6.5</x:v>
+        <x:v>3.98</x:v>
       </x:c>
       <x:c r="D55" s="0">
-        <x:v>56.295</x:v>
+        <x:v>54.432</x:v>
       </x:c>
       <x:c r="E55" s="0">
-        <x:v>62.55</x:v>
+        <x:v>60.48</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5">
       <x:c r="A56" s="1">
-        <x:v>45937.8661689815</x:v>
+        <x:v>45958.8260763889</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C56" s="0">
-        <x:v>5.81</x:v>
+        <x:v>3.8</x:v>
       </x:c>
       <x:c r="D56" s="0">
-        <x:v>55.557</x:v>
+        <x:v>54.135</x:v>
       </x:c>
       <x:c r="E56" s="0">
-        <x:v>61.73</x:v>
+        <x:v>60.15</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:5">
       <x:c r="A57" s="1">
-        <x:v>45936.8652199074</x:v>
+        <x:v>45957.8238657407</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C57" s="0">
-        <x:v>5.78</x:v>
+        <x:v>4.58</x:v>
       </x:c>
       <x:c r="D57" s="0">
-        <x:v>55.521</x:v>
+        <x:v>55.179</x:v>
       </x:c>
       <x:c r="E57" s="0">
-        <x:v>61.69</x:v>
+        <x:v>61.31</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:5">
       <x:c r="A58" s="1">
-        <x:v>45933.8650925926</x:v>
+        <x:v>45954.8654166667</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C58" s="0">
-        <x:v>5.17</x:v>
+        <x:v>4.72</x:v>
       </x:c>
       <x:c r="D58" s="0">
-        <x:v>54.792</x:v>
+        <x:v>55.35</x:v>
       </x:c>
       <x:c r="E58" s="0">
-        <x:v>60.88</x:v>
+        <x:v>61.5</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:5">
       <x:c r="A59" s="1">
-        <x:v>45932.866087963</x:v>
+        <x:v>45953.8697106481</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C59" s="0">
-        <x:v>4.88</x:v>
+        <x:v>4.93</x:v>
       </x:c>
       <x:c r="D59" s="0">
-        <x:v>54.432</x:v>
+        <x:v>55.611</x:v>
       </x:c>
       <x:c r="E59" s="0">
-        <x:v>60.48</x:v>
+        <x:v>61.79</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:5">
       <x:c r="A60" s="1">
-        <x:v>45931.866412037</x:v>
+        <x:v>45952.8835763889</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C60" s="0">
-        <x:v>6.03</x:v>
+        <x:v>3.28</x:v>
       </x:c>
       <x:c r="D60" s="0">
-        <x:v>55.602</x:v>
+        <x:v>52.65</x:v>
       </x:c>
       <x:c r="E60" s="0">
-        <x:v>61.78</x:v>
+        <x:v>58.5</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:5">
       <x:c r="A61" s="1">
-        <x:v>45930.8652893519</x:v>
+        <x:v>45951.8713310185</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C61" s="0">
-        <x:v>6.59</x:v>
+        <x:v>2.74</x:v>
       </x:c>
       <x:c r="D61" s="0">
-        <x:v>56.133</x:v>
+        <x:v>51.516</x:v>
       </x:c>
       <x:c r="E61" s="0">
-        <x:v>62.37</x:v>
+        <x:v>57.24</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:5">
       <x:c r="A62" s="1">
-        <x:v>45929.8687615741</x:v>
+        <x:v>45950.8678125</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C62" s="0">
-        <x:v>7.79</x:v>
+        <x:v>2.65</x:v>
       </x:c>
       <x:c r="D62" s="0">
-        <x:v>57.105</x:v>
+        <x:v>51.318</x:v>
       </x:c>
       <x:c r="E62" s="0">
-        <x:v>63.45</x:v>
+        <x:v>57.02</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:5">
       <x:c r="A63" s="1">
-        <x:v>45926.8649421296</x:v>
+        <x:v>45947.8653472222</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C63" s="0">
-        <x:v>11.34</x:v>
+        <x:v>2.71</x:v>
       </x:c>
       <x:c r="D63" s="0">
-        <x:v>59.148</x:v>
+        <x:v>51.435</x:v>
       </x:c>
       <x:c r="E63" s="0">
-        <x:v>65.72</x:v>
+        <x:v>57.15</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:5">
       <x:c r="A64" s="1">
-        <x:v>45925.8660300926</x:v>
+        <x:v>45946.8650462963</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C64" s="0">
-        <x:v>10.29</x:v>
+        <x:v>2.64</x:v>
       </x:c>
       <x:c r="D64" s="0">
-        <x:v>58.482</x:v>
+        <x:v>51.291</x:v>
       </x:c>
       <x:c r="E64" s="0">
-        <x:v>64.98</x:v>
+        <x:v>56.99</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:5">
       <x:c r="A65" s="1">
-        <x:v>45924.8664351852</x:v>
+        <x:v>45945.8694328704</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C65" s="0">
-        <x:v>10.31</x:v>
+        <x:v>3.05</x:v>
       </x:c>
       <x:c r="D65" s="0">
-        <x:v>58.491</x:v>
+        <x:v>52.056</x:v>
       </x:c>
       <x:c r="E65" s="0">
-        <x:v>64.99</x:v>
+        <x:v>57.84</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:5">
       <x:c r="A66" s="1">
-        <x:v>45923.8744212963</x:v>
+        <x:v>45944.8749074074</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C66" s="0">
-        <x:v>8.42</x:v>
+        <x:v>3.26</x:v>
       </x:c>
       <x:c r="D66" s="0">
-        <x:v>57.069</x:v>
+        <x:v>52.443</x:v>
       </x:c>
       <x:c r="E66" s="0">
-        <x:v>63.41</x:v>
+        <x:v>58.7</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:5">
       <x:c r="A67" s="1">
-        <x:v>45922.8813541667</x:v>
+        <x:v>45943.8712962963</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C67" s="0">
-        <x:v>7.25</x:v>
+        <x:v>3.71</x:v>
       </x:c>
       <x:c r="D67" s="0">
-        <x:v>56.052</x:v>
+        <x:v>53.541</x:v>
       </x:c>
       <x:c r="E67" s="0">
-        <x:v>62.28</x:v>
+        <x:v>59.49</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:5">
       <x:c r="A68" s="1">
-        <x:v>45919.8706018518</x:v>
+        <x:v>45940.8681597222</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C68" s="0">
-        <x:v>7.39</x:v>
+        <x:v>3.41</x:v>
       </x:c>
       <x:c r="D68" s="0">
-        <x:v>56.16</x:v>
+        <x:v>53.01</x:v>
       </x:c>
       <x:c r="E68" s="0">
-        <x:v>62.4</x:v>
+        <x:v>58.9</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:5">
       <x:c r="A69" s="1">
-        <x:v>45918.8680439815</x:v>
+        <x:v>45939.8649884259</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C69" s="0">
-        <x:v>8.42</x:v>
+        <x:v>5.52</x:v>
       </x:c>
       <x:c r="D69" s="0">
-        <x:v>56.934</x:v>
+        <x:v>55.359</x:v>
       </x:c>
       <x:c r="E69" s="0">
-        <x:v>63.26</x:v>
+        <x:v>61.51</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:5">
       <x:c r="A70" s="1">
-        <x:v>45917.8672337963</x:v>
+        <x:v>45938.8822569444</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C70" s="0">
-        <x:v>8.99</x:v>
+        <x:v>6.5</x:v>
       </x:c>
       <x:c r="D70" s="0">
-        <x:v>57.33</x:v>
+        <x:v>56.295</x:v>
       </x:c>
       <x:c r="E70" s="0">
-        <x:v>63.7</x:v>
+        <x:v>62.55</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:5">
       <x:c r="A71" s="1">
-        <x:v>45916.874849537</x:v>
+        <x:v>45937.8661689815</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C71" s="0">
-        <x:v>9.62</x:v>
+        <x:v>5.81</x:v>
       </x:c>
       <x:c r="D71" s="0">
-        <x:v>57.744</x:v>
+        <x:v>55.557</x:v>
       </x:c>
       <x:c r="E71" s="0">
-        <x:v>64.16</x:v>
+        <x:v>61.73</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:5">
       <x:c r="A72" s="1">
-        <x:v>45915.8847685185</x:v>
+        <x:v>45936.8652199074</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C72" s="0">
-        <x:v>8.27</x:v>
+        <x:v>5.78</x:v>
       </x:c>
       <x:c r="D72" s="0">
-        <x:v>56.718</x:v>
+        <x:v>55.521</x:v>
       </x:c>
       <x:c r="E72" s="0">
-        <x:v>63.3</x:v>
+        <x:v>61.69</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:5">
       <x:c r="A73" s="1">
-        <x:v>45912.8690277778</x:v>
+        <x:v>45933.8650925926</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C73" s="0">
-        <x:v>7.62</x:v>
+        <x:v>5.17</x:v>
       </x:c>
       <x:c r="D73" s="0">
-        <x:v>56.421</x:v>
+        <x:v>54.792</x:v>
       </x:c>
       <x:c r="E73" s="0">
-        <x:v>62.69</x:v>
+        <x:v>60.88</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:5">
       <x:c r="A74" s="1">
-        <x:v>45911.8677199074</x:v>
+        <x:v>45932.866087963</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C74" s="0">
-        <x:v>7.29</x:v>
+        <x:v>4.88</x:v>
       </x:c>
       <x:c r="D74" s="0">
-        <x:v>56.133</x:v>
+        <x:v>54.432</x:v>
       </x:c>
       <x:c r="E74" s="0">
-        <x:v>62.37</x:v>
+        <x:v>60.48</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:5">
       <x:c r="A75" s="1">
-        <x:v>45910.8673611111</x:v>
+        <x:v>45931.866412037</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C75" s="0">
-        <x:v>8.94</x:v>
+        <x:v>6.03</x:v>
       </x:c>
       <x:c r="D75" s="0">
-        <x:v>57.303</x:v>
+        <x:v>55.602</x:v>
       </x:c>
       <x:c r="E75" s="0">
-        <x:v>63.67</x:v>
+        <x:v>61.78</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:5">
       <x:c r="A76" s="1">
-        <x:v>45909.8653472222</x:v>
+        <x:v>45930.8652893519</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C76" s="0">
-        <x:v>7.78</x:v>
+        <x:v>6.59</x:v>
       </x:c>
       <x:c r="D76" s="0">
-        <x:v>56.367</x:v>
+        <x:v>56.133</x:v>
       </x:c>
       <x:c r="E76" s="0">
-        <x:v>62.63</x:v>
+        <x:v>62.37</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:5">
       <x:c r="A77" s="1">
-        <x:v>45908.8660532407</x:v>
+        <x:v>45929.8687615741</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C77" s="0">
-        <x:v>7.39</x:v>
+        <x:v>7.79</x:v>
       </x:c>
       <x:c r="D77" s="0">
-        <x:v>56.034</x:v>
+        <x:v>57.105</x:v>
       </x:c>
       <x:c r="E77" s="0">
-        <x:v>62.26</x:v>
+        <x:v>63.45</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:5">
       <x:c r="A78" s="1">
-        <x:v>45905.8690856481</x:v>
+        <x:v>45926.8649421296</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C78" s="0">
-        <x:v>7</x:v>
+        <x:v>11.34</x:v>
       </x:c>
       <x:c r="D78" s="0">
-        <x:v>55.683</x:v>
+        <x:v>59.148</x:v>
       </x:c>
       <x:c r="E78" s="0">
-        <x:v>61.87</x:v>
+        <x:v>65.72</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:5">
       <x:c r="A79" s="1">
-        <x:v>45904.865474537</x:v>
+        <x:v>45925.8660300926</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C79" s="0">
-        <x:v>9.08</x:v>
+        <x:v>10.29</x:v>
       </x:c>
       <x:c r="D79" s="0">
-        <x:v>57.132</x:v>
+        <x:v>58.482</x:v>
       </x:c>
       <x:c r="E79" s="0">
-        <x:v>63.48</x:v>
+        <x:v>64.98</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:5">
       <x:c r="A80" s="1">
-        <x:v>45903.8712152778</x:v>
+        <x:v>45924.8664351852</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C80" s="0">
-        <x:v>9.76</x:v>
+        <x:v>10.31</x:v>
       </x:c>
       <x:c r="D80" s="0">
-        <x:v>57.573</x:v>
+        <x:v>58.491</x:v>
       </x:c>
       <x:c r="E80" s="0">
-        <x:v>63.97</x:v>
+        <x:v>64.99</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:5">
       <x:c r="A81" s="1">
-        <x:v>45902.8909722222</x:v>
+        <x:v>45923.8744212963</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C81" s="0">
-        <x:v>12.56</x:v>
+        <x:v>8.42</x:v>
       </x:c>
       <x:c r="D81" s="0">
-        <x:v>59.031</x:v>
+        <x:v>57.069</x:v>
       </x:c>
       <x:c r="E81" s="0">
-        <x:v>65.59</x:v>
+        <x:v>63.41</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:5">
       <x:c r="A82" s="1">
-        <x:v>45898.8672453704</x:v>
+        <x:v>45922.8813541667</x:v>
       </x:c>
       <x:c r="B82" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C82" s="0">
-        <x:v>10.3</x:v>
+        <x:v>7.25</x:v>
       </x:c>
       <x:c r="D82" s="0">
-        <x:v>57.609</x:v>
+        <x:v>56.052</x:v>
       </x:c>
       <x:c r="E82" s="0">
-        <x:v>64.01</x:v>
+        <x:v>62.28</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:5">
       <x:c r="A83" s="1">
-        <x:v>45897.8709837963</x:v>
+        <x:v>45919.8706018518</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C83" s="0">
-        <x:v>11.23</x:v>
+        <x:v>7.39</x:v>
       </x:c>
       <x:c r="D83" s="0">
-        <x:v>58.14</x:v>
+        <x:v>56.16</x:v>
       </x:c>
       <x:c r="E83" s="0">
-        <x:v>64.6</x:v>
+        <x:v>62.4</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:5">
       <x:c r="A84" s="1">
-        <x:v>45896.8696296296</x:v>
+        <x:v>45918.8680439815</x:v>
       </x:c>
       <x:c r="B84" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C84" s="0">
-        <x:v>10.57</x:v>
+        <x:v>8.42</x:v>
       </x:c>
       <x:c r="D84" s="0">
-        <x:v>57.735</x:v>
+        <x:v>56.934</x:v>
       </x:c>
       <x:c r="E84" s="0">
-        <x:v>64.15</x:v>
+        <x:v>63.26</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:5">
       <x:c r="A85" s="1">
-        <x:v>45895.866875</x:v>
+        <x:v>45917.8672337963</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C85" s="0">
-        <x:v>9.37</x:v>
+        <x:v>8.99</x:v>
       </x:c>
       <x:c r="D85" s="0">
-        <x:v>56.925</x:v>
+        <x:v>57.33</x:v>
       </x:c>
       <x:c r="E85" s="0">
-        <x:v>63.25</x:v>
+        <x:v>63.7</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:5">
       <x:c r="A86" s="1">
-        <x:v>45894.8657291667</x:v>
+        <x:v>45916.874849537</x:v>
       </x:c>
       <x:c r="B86" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C86" s="0">
-        <x:v>11.96</x:v>
+        <x:v>9.62</x:v>
       </x:c>
       <x:c r="D86" s="0">
-        <x:v>58.32</x:v>
+        <x:v>57.744</x:v>
       </x:c>
       <x:c r="E86" s="0">
-        <x:v>64.8</x:v>
+        <x:v>64.16</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:5">
       <x:c r="A87" s="1">
-        <x:v>45891.8697453704</x:v>
+        <x:v>45915.8847685185</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C87" s="0">
-        <x:v>10.31</x:v>
+        <x:v>8.27</x:v>
       </x:c>
       <x:c r="D87" s="0">
-        <x:v>57.294</x:v>
+        <x:v>56.718</x:v>
       </x:c>
       <x:c r="E87" s="0">
-        <x:v>63.66</x:v>
+        <x:v>63.3</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:5">
       <x:c r="A88" s="1">
-        <x:v>45890.8865972222</x:v>
+        <x:v>45912.8690277778</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C88" s="0">
-        <x:v>10.12</x:v>
+        <x:v>7.62</x:v>
       </x:c>
       <x:c r="D88" s="0">
-        <x:v>57.168</x:v>
+        <x:v>56.421</x:v>
       </x:c>
       <x:c r="E88" s="0">
-        <x:v>63.52</x:v>
+        <x:v>62.69</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:5">
       <x:c r="A89" s="1">
-        <x:v>45889.8663425926</x:v>
+        <x:v>45911.8677199074</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C89" s="0">
-        <x:v>9.07</x:v>
+        <x:v>7.29</x:v>
       </x:c>
       <x:c r="D89" s="0">
-        <x:v>56.439</x:v>
+        <x:v>56.133</x:v>
       </x:c>
       <x:c r="E89" s="0">
-        <x:v>62.71</x:v>
+        <x:v>62.37</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:5">
       <x:c r="A90" s="1">
-        <x:v>45888.8672569444</x:v>
+        <x:v>45910.8673611111</x:v>
       </x:c>
       <x:c r="B90" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C90" s="0">
-        <x:v>7.98</x:v>
+        <x:v>8.94</x:v>
       </x:c>
       <x:c r="D90" s="0">
-        <x:v>55.593</x:v>
+        <x:v>57.303</x:v>
       </x:c>
       <x:c r="E90" s="0">
-        <x:v>61.77</x:v>
+        <x:v>63.67</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:5">
       <x:c r="A91" s="1">
-        <x:v>45887.8664699074</x:v>
+        <x:v>45909.8653472222</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C91" s="0">
-        <x:v>9.22</x:v>
+        <x:v>7.78</x:v>
       </x:c>
       <x:c r="D91" s="0">
-        <x:v>56.43</x:v>
+        <x:v>56.367</x:v>
       </x:c>
       <x:c r="E91" s="0">
-        <x:v>62.7</x:v>
+        <x:v>62.63</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:5">
       <x:c r="A92" s="1">
-        <x:v>45884.8646527778</x:v>
+        <x:v>45908.8660532407</x:v>
       </x:c>
       <x:c r="B92" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C92" s="0">
-        <x:v>8.36</x:v>
+        <x:v>7.39</x:v>
       </x:c>
       <x:c r="D92" s="0">
-        <x:v>55.782</x:v>
+        <x:v>56.034</x:v>
       </x:c>
       <x:c r="E92" s="0">
-        <x:v>61.98</x:v>
+        <x:v>62.26</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:5">
       <x:c r="A93" s="1">
-        <x:v>45883.8844212963</x:v>
+        <x:v>45905.8690856481</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C93" s="0">
-        <x:v>9.84</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="D93" s="0">
-        <x:v>56.727</x:v>
+        <x:v>55.683</x:v>
       </x:c>
       <x:c r="E93" s="0">
-        <x:v>63.03</x:v>
+        <x:v>61.87</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:5">
       <x:c r="A94" s="1">
-        <x:v>45882.8657407407</x:v>
+        <x:v>45904.865474537</x:v>
       </x:c>
       <x:c r="B94" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C94" s="0">
-        <x:v>8.49</x:v>
+        <x:v>9.08</x:v>
       </x:c>
       <x:c r="D94" s="0">
-        <x:v>55.737</x:v>
+        <x:v>57.132</x:v>
       </x:c>
       <x:c r="E94" s="0">
-        <x:v>62.65</x:v>
+        <x:v>63.48</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:5">
       <x:c r="A95" s="1">
-        <x:v>45881.8655208333</x:v>
+        <x:v>45903.8712152778</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C95" s="0">
-        <x:v>9.18</x:v>
+        <x:v>9.76</x:v>
       </x:c>
       <x:c r="D95" s="0">
-        <x:v>56.853</x:v>
+        <x:v>57.573</x:v>
       </x:c>
       <x:c r="E95" s="0">
-        <x:v>63.17</x:v>
+        <x:v>63.97</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:5">
       <x:c r="A96" s="1">
-        <x:v>45880.8651851852</x:v>
+        <x:v>45902.8909722222</x:v>
       </x:c>
       <x:c r="B96" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C96" s="0">
-        <x:v>10.33</x:v>
+        <x:v>12.56</x:v>
       </x:c>
       <x:c r="D96" s="0">
-        <x:v>57.564</x:v>
+        <x:v>59.031</x:v>
       </x:c>
       <x:c r="E96" s="0">
-        <x:v>63.96</x:v>
+        <x:v>65.59</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:5">
       <x:c r="A97" s="1">
-        <x:v>45877.8672569444</x:v>
+        <x:v>45898.8672453704</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C97" s="0">
-        <x:v>10.23</x:v>
+        <x:v>10.3</x:v>
       </x:c>
       <x:c r="D97" s="0">
-        <x:v>57.492</x:v>
+        <x:v>57.609</x:v>
       </x:c>
       <x:c r="E97" s="0">
-        <x:v>63.88</x:v>
+        <x:v>64.01</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:5">
       <x:c r="A98" s="1">
-        <x:v>45876.8650347222</x:v>
+        <x:v>45897.8709837963</x:v>
       </x:c>
       <x:c r="B98" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C98" s="0">
-        <x:v>10.24</x:v>
+        <x:v>11.23</x:v>
       </x:c>
       <x:c r="D98" s="0">
-        <x:v>57.492</x:v>
+        <x:v>58.14</x:v>
       </x:c>
       <x:c r="E98" s="0">
-        <x:v>63.88</x:v>
+        <x:v>64.6</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:5">
       <x:c r="A99" s="1">
-        <x:v>45875.8676736111</x:v>
+        <x:v>45896.8696296296</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C99" s="0">
-        <x:v>10.97</x:v>
+        <x:v>10.57</x:v>
       </x:c>
       <x:c r="D99" s="0">
-        <x:v>57.915</x:v>
+        <x:v>57.735</x:v>
       </x:c>
       <x:c r="E99" s="0">
-        <x:v>64.35</x:v>
+        <x:v>64.15</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:5">
       <x:c r="A100" s="1">
-        <x:v>45874.8687384259</x:v>
+        <x:v>45895.866875</x:v>
       </x:c>
       <x:c r="B100" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C100" s="0">
-        <x:v>12.36</x:v>
+        <x:v>9.37</x:v>
       </x:c>
       <x:c r="D100" s="0">
-        <x:v>58.644</x:v>
+        <x:v>56.925</x:v>
       </x:c>
       <x:c r="E100" s="0">
-        <x:v>65.16</x:v>
+        <x:v>63.25</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:5">
       <x:c r="A101" s="1">
-        <x:v>45873.8649652778</x:v>
+        <x:v>45894.8657291667</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C101" s="0">
-        <x:v>14.61</x:v>
+        <x:v>11.96</x:v>
       </x:c>
       <x:c r="D101" s="0">
-        <x:v>59.661</x:v>
+        <x:v>58.32</x:v>
       </x:c>
       <x:c r="E101" s="0">
-        <x:v>66.29</x:v>
+        <x:v>64.8</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:5">
       <x:c r="A102" s="1">
-        <x:v>45870.8694675926</x:v>
+        <x:v>45891.8697453704</x:v>
       </x:c>
       <x:c r="B102" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C102" s="0">
-        <x:v>17.01</x:v>
+        <x:v>10.31</x:v>
       </x:c>
       <x:c r="D102" s="0">
-        <x:v>60.597</x:v>
+        <x:v>57.294</x:v>
       </x:c>
       <x:c r="E102" s="0">
-        <x:v>67.33</x:v>
+        <x:v>63.66</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:5">
       <x:c r="A103" s="1">
-        <x:v>45869.8816782407</x:v>
+        <x:v>45890.8865972222</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C103" s="0">
-        <x:v>22.72</x:v>
+        <x:v>10.12</x:v>
       </x:c>
       <x:c r="D103" s="0">
-        <x:v>62.334</x:v>
+        <x:v>57.168</x:v>
       </x:c>
       <x:c r="E103" s="0">
-        <x:v>69.26</x:v>
+        <x:v>63.52</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:5">
       <x:c r="A104" s="1">
-        <x:v>45868.871087963</x:v>
+        <x:v>45889.8663425926</x:v>
       </x:c>
       <x:c r="B104" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C104" s="0">
-        <x:v>25.12</x:v>
+        <x:v>9.07</x:v>
       </x:c>
       <x:c r="D104" s="0">
-        <x:v>63</x:v>
+        <x:v>56.439</x:v>
       </x:c>
       <x:c r="E104" s="0">
-        <x:v>70</x:v>
+        <x:v>62.71</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:5">
       <x:c r="A105" s="1">
-        <x:v>45867.8666319444</x:v>
+        <x:v>45888.8672569444</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C105" s="0">
-        <x:v>22.8</x:v>
+        <x:v>7.98</x:v>
       </x:c>
       <x:c r="D105" s="0">
-        <x:v>62.289</x:v>
+        <x:v>55.593</x:v>
       </x:c>
       <x:c r="E105" s="0">
-        <x:v>69.21</x:v>
+        <x:v>61.77</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:5">
       <x:c r="A106" s="1">
-        <x:v>45866.8688194444</x:v>
+        <x:v>45887.8664699074</x:v>
       </x:c>
       <x:c r="B106" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C106" s="0">
-        <x:v>17.06</x:v>
+        <x:v>9.22</x:v>
       </x:c>
       <x:c r="D106" s="0">
-        <x:v>60.039</x:v>
+        <x:v>56.43</x:v>
       </x:c>
       <x:c r="E106" s="0">
-        <x:v>66.71</x:v>
+        <x:v>62.7</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:5">
       <x:c r="A107" s="1">
-        <x:v>45863.8651967593</x:v>
+        <x:v>45884.8646527778</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C107" s="0">
-        <x:v>14.07</x:v>
+        <x:v>8.36</x:v>
       </x:c>
       <x:c r="D107" s="0">
-        <x:v>58.644</x:v>
+        <x:v>55.782</x:v>
       </x:c>
       <x:c r="E107" s="0">
-        <x:v>65.16</x:v>
+        <x:v>61.98</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:5">
       <x:c r="A108" s="1">
-        <x:v>45862.8678472222</x:v>
+        <x:v>45883.8844212963</x:v>
       </x:c>
       <x:c r="B108" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C108" s="0">
-        <x:v>15.97</x:v>
+        <x:v>9.84</x:v>
       </x:c>
       <x:c r="D108" s="0">
-        <x:v>59.427</x:v>
+        <x:v>56.727</x:v>
       </x:c>
       <x:c r="E108" s="0">
-        <x:v>66.03</x:v>
+        <x:v>63.03</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:5">
       <x:c r="A109" s="1">
-        <x:v>45861.8655671296</x:v>
+        <x:v>45882.8657407407</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C109" s="0">
-        <x:v>14.43</x:v>
+        <x:v>8.49</x:v>
       </x:c>
       <x:c r="D109" s="0">
-        <x:v>58.725</x:v>
+        <x:v>55.737</x:v>
       </x:c>
       <x:c r="E109" s="0">
-        <x:v>65.25</x:v>
+        <x:v>62.65</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:5">
       <x:c r="A110" s="1">
-        <x:v>45860.8818171296</x:v>
+        <x:v>45881.8655208333</x:v>
       </x:c>
       <x:c r="B110" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C110" s="0">
-        <x:v>14.56</x:v>
+        <x:v>9.18</x:v>
       </x:c>
       <x:c r="D110" s="0">
-        <x:v>58.779</x:v>
+        <x:v>56.853</x:v>
       </x:c>
       <x:c r="E110" s="0">
-        <x:v>65.31</x:v>
+        <x:v>63.17</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:5">
       <x:c r="A111" s="1">
-        <x:v>45859.8722800926</x:v>
+        <x:v>45880.8651851852</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C111" s="0">
-        <x:v>15.96</x:v>
+        <x:v>10.33</x:v>
       </x:c>
       <x:c r="D111" s="0">
-        <x:v>59.355</x:v>
+        <x:v>57.564</x:v>
       </x:c>
       <x:c r="E111" s="0">
-        <x:v>65.95</x:v>
+        <x:v>63.96</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:5">
       <x:c r="A112" s="1">
-        <x:v>45856.8656365741</x:v>
+        <x:v>45877.8672569444</x:v>
       </x:c>
       <x:c r="B112" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C112" s="0">
-        <x:v>16.22</x:v>
+        <x:v>10.23</x:v>
       </x:c>
       <x:c r="D112" s="0">
-        <x:v>59.445</x:v>
+        <x:v>57.492</x:v>
       </x:c>
       <x:c r="E112" s="0">
-        <x:v>66.05</x:v>
+        <x:v>63.88</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:5">
       <x:c r="A113" s="1">
-        <x:v>45855.8661574074</x:v>
+        <x:v>45876.8650347222</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C113" s="0">
-        <x:v>16.63</x:v>
+        <x:v>10.24</x:v>
       </x:c>
       <x:c r="D113" s="0">
-        <x:v>59.607</x:v>
+        <x:v>57.492</x:v>
       </x:c>
       <x:c r="E113" s="0">
-        <x:v>66.23</x:v>
+        <x:v>63.88</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:5">
       <x:c r="A114" s="1">
-        <x:v>45854.8781365741</x:v>
+        <x:v>45875.8676736111</x:v>
       </x:c>
       <x:c r="B114" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C114" s="0">
-        <x:v>14.55</x:v>
+        <x:v>10.97</x:v>
       </x:c>
       <x:c r="D114" s="0">
-        <x:v>58.671</x:v>
+        <x:v>57.915</x:v>
       </x:c>
       <x:c r="E114" s="0">
-        <x:v>65.19</x:v>
+        <x:v>64.35</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:5">
       <x:c r="A115" s="1">
-        <x:v>45853.9071643519</x:v>
+        <x:v>45874.8687384259</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C115" s="0">
-        <x:v>14.93</x:v>
+        <x:v>12.36</x:v>
       </x:c>
       <x:c r="D115" s="0">
-        <x:v>58.833</x:v>
+        <x:v>58.644</x:v>
       </x:c>
       <x:c r="E115" s="0">
-        <x:v>66.52</x:v>
+        <x:v>65.16</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:5">
       <x:c r="A116" s="1">
-        <x:v>45852.8673958333</x:v>
+        <x:v>45873.8649652778</x:v>
       </x:c>
       <x:c r="B116" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C116" s="0">
-        <x:v>15.93</x:v>
+        <x:v>14.61</x:v>
       </x:c>
       <x:c r="D116" s="0">
-        <x:v>60.282</x:v>
+        <x:v>59.661</x:v>
       </x:c>
       <x:c r="E116" s="0">
-        <x:v>66.98</x:v>
+        <x:v>66.29</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:5">
       <x:c r="A117" s="1">
-        <x:v>45849.8680092593</x:v>
+        <x:v>45870.8694675926</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C117" s="0">
-        <x:v>19.79</x:v>
+        <x:v>17.01</x:v>
       </x:c>
       <x:c r="D117" s="0">
-        <x:v>61.605</x:v>
+        <x:v>60.597</x:v>
       </x:c>
       <x:c r="E117" s="0">
-        <x:v>68.45</x:v>
+        <x:v>67.33</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:5">
       <x:c r="A118" s="1">
-        <x:v>45848.8850115741</x:v>
+        <x:v>45869.8816782407</x:v>
       </x:c>
       <x:c r="B118" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C118" s="0">
-        <x:v>15.79</x:v>
+        <x:v>22.72</x:v>
       </x:c>
       <x:c r="D118" s="0">
-        <x:v>59.913</x:v>
+        <x:v>62.334</x:v>
       </x:c>
       <x:c r="E118" s="0">
-        <x:v>66.57</x:v>
+        <x:v>69.26</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:5">
       <x:c r="A119" s="1">
-        <x:v>45847.8677546296</x:v>
+        <x:v>45868.871087963</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C119" s="0">
-        <x:v>20.74</x:v>
+        <x:v>25.12</x:v>
       </x:c>
       <x:c r="D119" s="0">
-        <x:v>61.542</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="E119" s="0">
-        <x:v>68.38</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:5">
       <x:c r="A120" s="1">
-        <x:v>45846.8687384259</x:v>
+        <x:v>45867.8666319444</x:v>
       </x:c>
       <x:c r="B120" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C120" s="0">
-        <x:v>20.62</x:v>
+        <x:v>22.8</x:v>
       </x:c>
       <x:c r="D120" s="0">
-        <x:v>61.497</x:v>
+        <x:v>62.289</x:v>
       </x:c>
       <x:c r="E120" s="0">
-        <x:v>68.33</x:v>
+        <x:v>69.21</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:5">
       <x:c r="A121" s="1">
-        <x:v>45845.8721875</x:v>
+        <x:v>45866.8688194444</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C121" s="0">
-        <x:v>19.59</x:v>
+        <x:v>17.06</x:v>
       </x:c>
       <x:c r="D121" s="0">
-        <x:v>61.137</x:v>
+        <x:v>60.039</x:v>
       </x:c>
       <x:c r="E121" s="0">
-        <x:v>67.93</x:v>
+        <x:v>66.71</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:5">
       <x:c r="A122" s="1">
-        <x:v>45841.8698842593</x:v>
+        <x:v>45863.8651967593</x:v>
       </x:c>
       <x:c r="B122" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C122" s="0">
-        <x:v>17.46</x:v>
+        <x:v>14.07</x:v>
       </x:c>
       <x:c r="D122" s="0">
-        <x:v>60.3</x:v>
+        <x:v>58.644</x:v>
       </x:c>
       <x:c r="E122" s="0">
-        <x:v>67</x:v>
+        <x:v>65.16</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:5">
       <x:c r="A123" s="1">
-        <x:v>45840.8677199074</x:v>
+        <x:v>45862.8678472222</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C123" s="0">
-        <x:v>18.58</x:v>
+        <x:v>15.97</x:v>
       </x:c>
       <x:c r="D123" s="0">
-        <x:v>60.705</x:v>
+        <x:v>59.427</x:v>
       </x:c>
       <x:c r="E123" s="0">
-        <x:v>67.45</x:v>
+        <x:v>66.03</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:5">
       <x:c r="A124" s="1">
-        <x:v>45839.8662962963</x:v>
+        <x:v>45861.8655671296</x:v>
       </x:c>
       <x:c r="B124" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C124" s="0">
-        <x:v>14.58</x:v>
+        <x:v>14.43</x:v>
       </x:c>
       <x:c r="D124" s="0">
-        <x:v>58.905</x:v>
+        <x:v>58.725</x:v>
       </x:c>
       <x:c r="E124" s="0">
-        <x:v>65.45</x:v>
+        <x:v>65.25</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:5">
       <x:c r="A125" s="1">
-        <x:v>45838.8822222222</x:v>
+        <x:v>45860.8818171296</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C125" s="0">
-        <x:v>13.94</x:v>
+        <x:v>14.56</x:v>
       </x:c>
       <x:c r="D125" s="0">
-        <x:v>58.599</x:v>
+        <x:v>58.779</x:v>
       </x:c>
       <x:c r="E125" s="0">
-        <x:v>65.11</x:v>
+        <x:v>65.31</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:5">
       <x:c r="A126" s="1">
-        <x:v>45835.8668287037</x:v>
+        <x:v>45859.8722800926</x:v>
       </x:c>
       <x:c r="B126" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C126" s="0">
-        <x:v>14.8</x:v>
+        <x:v>15.96</x:v>
       </x:c>
       <x:c r="D126" s="0">
-        <x:v>58.968</x:v>
+        <x:v>59.355</x:v>
       </x:c>
       <x:c r="E126" s="0">
-        <x:v>65.52</x:v>
+        <x:v>65.95</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:5">
       <x:c r="A127" s="1">
-        <x:v>45834.870625</x:v>
+        <x:v>45856.8656365741</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C127" s="0">
-        <x:v>14.26</x:v>
+        <x:v>16.22</x:v>
       </x:c>
       <x:c r="D127" s="0">
-        <x:v>58.716</x:v>
+        <x:v>59.445</x:v>
       </x:c>
       <x:c r="E127" s="0">
-        <x:v>65.24</x:v>
+        <x:v>66.05</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:5">
       <x:c r="A128" s="1">
-        <x:v>45833.876400463</x:v>
+        <x:v>45855.8661574074</x:v>
       </x:c>
       <x:c r="B128" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C128" s="0">
-        <x:v>13.66</x:v>
+        <x:v>16.63</x:v>
       </x:c>
       <x:c r="D128" s="0">
-        <x:v>58.428</x:v>
+        <x:v>59.607</x:v>
       </x:c>
       <x:c r="E128" s="0">
-        <x:v>64.92</x:v>
+        <x:v>66.23</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:5">
       <x:c r="A129" s="1">
-        <x:v>45832.8693402778</x:v>
+        <x:v>45854.8781365741</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C129" s="0">
-        <x:v>12.69</x:v>
+        <x:v>14.55</x:v>
       </x:c>
       <x:c r="D129" s="0">
-        <x:v>57.933</x:v>
+        <x:v>58.671</x:v>
       </x:c>
       <x:c r="E129" s="0">
-        <x:v>64.37</x:v>
+        <x:v>65.19</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:5">
       <x:c r="A130" s="1">
-        <x:v>45831.8656481481</x:v>
+        <x:v>45853.9071643519</x:v>
       </x:c>
       <x:c r="B130" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C130" s="0">
-        <x:v>27.86</x:v>
+        <x:v>14.93</x:v>
       </x:c>
       <x:c r="D130" s="0">
-        <x:v>61.659</x:v>
+        <x:v>58.833</x:v>
       </x:c>
       <x:c r="E130" s="0">
-        <x:v>68.51</x:v>
+        <x:v>66.52</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:5">
       <x:c r="A131" s="1">
-        <x:v>45828.8992708333</x:v>
+        <x:v>45852.8673958333</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C131" s="0">
-        <x:v>79.95</x:v>
+        <x:v>15.93</x:v>
       </x:c>
       <x:c r="D131" s="0">
-        <x:v>66.456</x:v>
+        <x:v>60.282</x:v>
       </x:c>
       <x:c r="E131" s="0">
-        <x:v>73.84</x:v>
+        <x:v>66.98</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:5">
       <x:c r="A132" s="1">
-        <x:v>45826.8721990741</x:v>
+        <x:v>45849.8680092593</x:v>
       </x:c>
       <x:c r="B132" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C132" s="0">
-        <x:v>76.85</x:v>
+        <x:v>19.79</x:v>
       </x:c>
       <x:c r="D132" s="0">
-        <x:v>66.15</x:v>
+        <x:v>61.605</x:v>
       </x:c>
       <x:c r="E132" s="0">
-        <x:v>73.5</x:v>
+        <x:v>68.45</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:5">
       <x:c r="A133" s="1">
-        <x:v>45825.8655902778</x:v>
+        <x:v>45848.8850115741</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C133" s="0">
-        <x:v>74.78</x:v>
+        <x:v>15.79</x:v>
       </x:c>
       <x:c r="D133" s="0">
-        <x:v>65.943</x:v>
+        <x:v>59.913</x:v>
       </x:c>
       <x:c r="E133" s="0">
-        <x:v>73.27</x:v>
+        <x:v>66.57</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:5">
       <x:c r="A134" s="1">
-        <x:v>45824.8653356481</x:v>
+        <x:v>45847.8677546296</x:v>
       </x:c>
       <x:c r="B134" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C134" s="0">
-        <x:v>53.94</x:v>
+        <x:v>20.74</x:v>
       </x:c>
       <x:c r="D134" s="0">
-        <x:v>63.225</x:v>
+        <x:v>61.542</x:v>
       </x:c>
       <x:c r="E134" s="0">
-        <x:v>70.25</x:v>
+        <x:v>68.38</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:5">
       <x:c r="A135" s="1">
-        <x:v>45821.8736342593</x:v>
+        <x:v>45846.8687384259</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C135" s="0">
-        <x:v>62.23</x:v>
+        <x:v>20.62</x:v>
       </x:c>
       <x:c r="D135" s="0">
-        <x:v>64.161</x:v>
+        <x:v>61.497</x:v>
       </x:c>
       <x:c r="E135" s="0">
-        <x:v>71.29</x:v>
+        <x:v>68.33</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:5">
       <x:c r="A136" s="1">
-        <x:v>45820.8652199074</x:v>
+        <x:v>45845.8721875</x:v>
       </x:c>
       <x:c r="B136" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C136" s="0">
-        <x:v>38.24</x:v>
+        <x:v>19.59</x:v>
       </x:c>
       <x:c r="D136" s="0">
-        <x:v>59.976</x:v>
+        <x:v>61.137</x:v>
       </x:c>
       <x:c r="E136" s="0">
-        <x:v>68.04</x:v>
+        <x:v>67.93</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:5">
       <x:c r="A137" s="1">
-        <x:v>45819.8744212963</x:v>
+        <x:v>45841.8698842593</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C137" s="0">
-        <x:v>38.83</x:v>
+        <x:v>17.46</x:v>
       </x:c>
       <x:c r="D137" s="0">
-        <x:v>61.335</x:v>
+        <x:v>60.3</x:v>
       </x:c>
       <x:c r="E137" s="0">
-        <x:v>68.15</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:5">
       <x:c r="A138" s="1">
-        <x:v>45818.8662152778</x:v>
+        <x:v>45840.8677199074</x:v>
       </x:c>
       <x:c r="B138" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C138" s="0">
-        <x:v>26.99</x:v>
+        <x:v>18.58</x:v>
       </x:c>
       <x:c r="D138" s="0">
-        <x:v>58.482</x:v>
+        <x:v>60.705</x:v>
       </x:c>
       <x:c r="E138" s="0">
-        <x:v>64.98</x:v>
+        <x:v>67.45</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:5">
       <x:c r="A139" s="1">
-        <x:v>45817.8646527778</x:v>
+        <x:v>45839.8662962963</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C139" s="0">
-        <x:v>28.22</x:v>
+        <x:v>14.58</x:v>
       </x:c>
       <x:c r="D139" s="0">
-        <x:v>58.761</x:v>
+        <x:v>58.905</x:v>
       </x:c>
       <x:c r="E139" s="0">
-        <x:v>65.29</x:v>
+        <x:v>65.45</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:5">
       <x:c r="A140" s="1">
-        <x:v>45814.8664814815</x:v>
+        <x:v>45838.8822222222</x:v>
       </x:c>
       <x:c r="B140" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C140" s="0">
-        <x:v>25.72</x:v>
+        <x:v>13.94</x:v>
       </x:c>
       <x:c r="D140" s="0">
-        <x:v>58.122</x:v>
+        <x:v>58.599</x:v>
       </x:c>
       <x:c r="E140" s="0">
-        <x:v>64.58</x:v>
+        <x:v>65.11</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:5">
       <x:c r="A141" s="1">
-        <x:v>45813.8698958333</x:v>
+        <x:v>45835.8668287037</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C141" s="0">
-        <x:v>21.96</x:v>
+        <x:v>14.8</x:v>
       </x:c>
       <x:c r="D141" s="0">
-        <x:v>57.033</x:v>
+        <x:v>58.968</x:v>
       </x:c>
       <x:c r="E141" s="0">
-        <x:v>63.37</x:v>
+        <x:v>65.52</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:5">
       <x:c r="A142" s="1">
-        <x:v>45812.8682638889</x:v>
+        <x:v>45834.870625</x:v>
       </x:c>
       <x:c r="B142" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C142" s="0">
-        <x:v>20.45</x:v>
+        <x:v>14.26</x:v>
       </x:c>
       <x:c r="D142" s="0">
-        <x:v>56.565</x:v>
+        <x:v>58.716</x:v>
       </x:c>
       <x:c r="E142" s="0">
-        <x:v>62.85</x:v>
+        <x:v>65.24</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:5">
       <x:c r="A143" s="1">
-        <x:v>45811.8941550926</x:v>
+        <x:v>45833.876400463</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C143" s="0">
-        <x:v>22.23</x:v>
+        <x:v>13.66</x:v>
       </x:c>
       <x:c r="D143" s="0">
-        <x:v>57.069</x:v>
+        <x:v>58.428</x:v>
       </x:c>
       <x:c r="E143" s="0">
-        <x:v>63.41</x:v>
+        <x:v>64.92</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:5">
       <x:c r="A144" s="1">
-        <x:v>45811.8794328704</x:v>
+        <x:v>45832.8693402778</x:v>
       </x:c>
       <x:c r="B144" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C144" s="0">
-        <x:v>22.23</x:v>
+        <x:v>12.69</x:v>
       </x:c>
       <x:c r="D144" s="0">
-        <x:v>57.069</x:v>
+        <x:v>57.933</x:v>
       </x:c>
       <x:c r="E144" s="0">
-        <x:v>63.41</x:v>
+        <x:v>64.37</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:5">
       <x:c r="A145" s="1">
-        <x:v>45810.8809953704</x:v>
+        <x:v>45831.8656481481</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C145" s="0">
-        <x:v>19.72</x:v>
+        <x:v>27.86</x:v>
       </x:c>
       <x:c r="D145" s="0">
-        <x:v>56.268</x:v>
+        <x:v>61.659</x:v>
       </x:c>
       <x:c r="E145" s="0">
-        <x:v>62.52</x:v>
+        <x:v>68.51</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:5">
       <x:c r="A146" s="1">
-        <x:v>45800.8680902778</x:v>
+        <x:v>45828.8992708333</x:v>
       </x:c>
       <x:c r="B146" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C146" s="0">
-        <x:v>17.98</x:v>
+        <x:v>79.95</x:v>
       </x:c>
       <x:c r="D146" s="0">
-        <x:v>55.377</x:v>
+        <x:v>66.456</x:v>
       </x:c>
       <x:c r="E146" s="0">
-        <x:v>61.53</x:v>
+        <x:v>73.84</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:5">
       <x:c r="A147" s="1">
-        <x:v>45799.8653240741</x:v>
+        <x:v>45826.8721990741</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C147" s="0">
-        <x:v>17.16</x:v>
+        <x:v>76.85</x:v>
       </x:c>
       <x:c r="D147" s="0">
-        <x:v>55.08</x:v>
+        <x:v>66.15</x:v>
       </x:c>
       <x:c r="E147" s="0">
-        <x:v>61.2</x:v>
+        <x:v>73.5</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:5">
       <x:c r="A148" s="1">
-        <x:v>45798.8683101852</x:v>
+        <x:v>45825.8655902778</x:v>
       </x:c>
       <x:c r="B148" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C148" s="0">
-        <x:v>18.15</x:v>
+        <x:v>74.78</x:v>
       </x:c>
       <x:c r="D148" s="0">
-        <x:v>55.413</x:v>
+        <x:v>65.943</x:v>
       </x:c>
       <x:c r="E148" s="0">
-        <x:v>61.57</x:v>
+        <x:v>73.27</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:5">
       <x:c r="A149" s="1">
-        <x:v>45797.8646180556</x:v>
+        <x:v>45824.8653356481</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C149" s="0">
-        <x:v>19.47</x:v>
+        <x:v>53.94</x:v>
       </x:c>
       <x:c r="D149" s="0">
-        <x:v>55.827</x:v>
+        <x:v>63.225</x:v>
       </x:c>
       <x:c r="E149" s="0">
-        <x:v>62.03</x:v>
+        <x:v>70.25</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:5">
       <x:c r="A150" s="1">
-        <x:v>45796.8686342593</x:v>
+        <x:v>45821.8736342593</x:v>
       </x:c>
       <x:c r="B150" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C150" s="0">
-        <x:v>19.79</x:v>
+        <x:v>62.23</x:v>
       </x:c>
       <x:c r="D150" s="0">
-        <x:v>55.926</x:v>
+        <x:v>64.161</x:v>
       </x:c>
       <x:c r="E150" s="0">
-        <x:v>62.14</x:v>
+        <x:v>71.29</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:5">
       <x:c r="A151" s="1">
-        <x:v>45793.8666203704</x:v>
+        <x:v>45820.8652199074</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C151" s="0">
-        <x:v>19.35</x:v>
+        <x:v>38.24</x:v>
       </x:c>
       <x:c r="D151" s="0">
-        <x:v>55.773</x:v>
+        <x:v>59.976</x:v>
       </x:c>
       <x:c r="E151" s="0">
-        <x:v>61.97</x:v>
+        <x:v>68.04</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:5">
       <x:c r="A152" s="1">
-        <x:v>45792.865625</x:v>
+        <x:v>45819.8744212963</x:v>
       </x:c>
       <x:c r="B152" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C152" s="0">
-        <x:v>17.28</x:v>
+        <x:v>38.83</x:v>
       </x:c>
       <x:c r="D152" s="0">
-        <x:v>55.035</x:v>
+        <x:v>61.335</x:v>
       </x:c>
       <x:c r="E152" s="0">
-        <x:v>61.15</x:v>
+        <x:v>68.15</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:5">
       <x:c r="A153" s="1">
-        <x:v>45791.8649537037</x:v>
+        <x:v>45818.8662152778</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C153" s="0">
-        <x:v>22.16</x:v>
+        <x:v>26.99</x:v>
       </x:c>
       <x:c r="D153" s="0">
-        <x:v>56.412</x:v>
+        <x:v>58.482</x:v>
       </x:c>
       <x:c r="E153" s="0">
-        <x:v>62.68</x:v>
+        <x:v>64.98</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:5">
       <x:c r="A154" s="1">
-        <x:v>45790.8660416667</x:v>
+        <x:v>45817.8646527778</x:v>
       </x:c>
       <x:c r="B154" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C154" s="0">
-        <x:v>24.13</x:v>
+        <x:v>28.22</x:v>
       </x:c>
       <x:c r="D154" s="0">
-        <x:v>56.925</x:v>
+        <x:v>58.761</x:v>
       </x:c>
       <x:c r="E154" s="0">
-        <x:v>63.67</x:v>
+        <x:v>65.29</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:5">
       <x:c r="A155" s="1">
-        <x:v>45789.8656944444</x:v>
+        <x:v>45814.8664814815</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C155" s="0">
-        <x:v>19.32</x:v>
+        <x:v>25.72</x:v>
       </x:c>
       <x:c r="D155" s="0">
-        <x:v>55.755</x:v>
+        <x:v>58.122</x:v>
       </x:c>
       <x:c r="E155" s="0">
-        <x:v>61.95</x:v>
+        <x:v>64.58</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:5">
       <x:c r="A156" s="1">
-        <x:v>45786.8665740741</x:v>
+        <x:v>45813.8698958333</x:v>
       </x:c>
       <x:c r="B156" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C156" s="0">
-        <x:v>17.02</x:v>
+        <x:v>21.96</x:v>
       </x:c>
       <x:c r="D156" s="0">
-        <x:v>54.918</x:v>
+        <x:v>57.033</x:v>
       </x:c>
       <x:c r="E156" s="0">
-        <x:v>61.02</x:v>
+        <x:v>63.37</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:5">
       <x:c r="A157" s="1">
-        <x:v>45785.8673842593</x:v>
+        <x:v>45812.8682638889</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C157" s="0">
-        <x:v>14.59</x:v>
+        <x:v>20.45</x:v>
       </x:c>
       <x:c r="D157" s="0">
-        <x:v>53.919</x:v>
+        <x:v>56.565</x:v>
       </x:c>
       <x:c r="E157" s="0">
-        <x:v>59.91</x:v>
+        <x:v>62.85</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:5">
       <x:c r="A158" s="1">
+        <x:v>45811.8941550926</x:v>
+      </x:c>
+      <x:c r="B158" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C158" s="0">
+        <x:v>22.23</x:v>
+      </x:c>
+      <x:c r="D158" s="0">
+        <x:v>57.069</x:v>
+      </x:c>
+      <x:c r="E158" s="0">
+        <x:v>63.41</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="159" spans="1:5">
+      <x:c r="A159" s="1">
+        <x:v>45811.8794328704</x:v>
+      </x:c>
+      <x:c r="B159" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C159" s="0">
+        <x:v>22.23</x:v>
+      </x:c>
+      <x:c r="D159" s="0">
+        <x:v>57.069</x:v>
+      </x:c>
+      <x:c r="E159" s="0">
+        <x:v>63.41</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="160" spans="1:5">
+      <x:c r="A160" s="1">
+        <x:v>45810.8809953704</x:v>
+      </x:c>
+      <x:c r="B160" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C160" s="0">
+        <x:v>19.72</x:v>
+      </x:c>
+      <x:c r="D160" s="0">
+        <x:v>56.268</x:v>
+      </x:c>
+      <x:c r="E160" s="0">
+        <x:v>62.52</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="161" spans="1:5">
+      <x:c r="A161" s="1">
+        <x:v>45800.8680902778</x:v>
+      </x:c>
+      <x:c r="B161" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C161" s="0">
+        <x:v>17.98</x:v>
+      </x:c>
+      <x:c r="D161" s="0">
+        <x:v>55.377</x:v>
+      </x:c>
+      <x:c r="E161" s="0">
+        <x:v>61.53</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="162" spans="1:5">
+      <x:c r="A162" s="1">
+        <x:v>45799.8653240741</x:v>
+      </x:c>
+      <x:c r="B162" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C162" s="0">
+        <x:v>17.16</x:v>
+      </x:c>
+      <x:c r="D162" s="0">
+        <x:v>55.08</x:v>
+      </x:c>
+      <x:c r="E162" s="0">
+        <x:v>61.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="163" spans="1:5">
+      <x:c r="A163" s="1">
+        <x:v>45798.8683101852</x:v>
+      </x:c>
+      <x:c r="B163" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C163" s="0">
+        <x:v>18.15</x:v>
+      </x:c>
+      <x:c r="D163" s="0">
+        <x:v>55.413</x:v>
+      </x:c>
+      <x:c r="E163" s="0">
+        <x:v>61.57</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="164" spans="1:5">
+      <x:c r="A164" s="1">
+        <x:v>45797.8646180556</x:v>
+      </x:c>
+      <x:c r="B164" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C164" s="0">
+        <x:v>19.47</x:v>
+      </x:c>
+      <x:c r="D164" s="0">
+        <x:v>55.827</x:v>
+      </x:c>
+      <x:c r="E164" s="0">
+        <x:v>62.03</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="165" spans="1:5">
+      <x:c r="A165" s="1">
+        <x:v>45796.8686342593</x:v>
+      </x:c>
+      <x:c r="B165" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C165" s="0">
+        <x:v>19.79</x:v>
+      </x:c>
+      <x:c r="D165" s="0">
+        <x:v>55.926</x:v>
+      </x:c>
+      <x:c r="E165" s="0">
+        <x:v>62.14</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="166" spans="1:5">
+      <x:c r="A166" s="1">
+        <x:v>45793.8666203704</x:v>
+      </x:c>
+      <x:c r="B166" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C166" s="0">
+        <x:v>19.35</x:v>
+      </x:c>
+      <x:c r="D166" s="0">
+        <x:v>55.773</x:v>
+      </x:c>
+      <x:c r="E166" s="0">
+        <x:v>61.97</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="167" spans="1:5">
+      <x:c r="A167" s="1">
+        <x:v>45792.865625</x:v>
+      </x:c>
+      <x:c r="B167" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C167" s="0">
+        <x:v>17.28</x:v>
+      </x:c>
+      <x:c r="D167" s="0">
+        <x:v>55.035</x:v>
+      </x:c>
+      <x:c r="E167" s="0">
+        <x:v>61.15</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="168" spans="1:5">
+      <x:c r="A168" s="1">
+        <x:v>45791.8649537037</x:v>
+      </x:c>
+      <x:c r="B168" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C168" s="0">
+        <x:v>22.16</x:v>
+      </x:c>
+      <x:c r="D168" s="0">
+        <x:v>56.412</x:v>
+      </x:c>
+      <x:c r="E168" s="0">
+        <x:v>62.68</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="169" spans="1:5">
+      <x:c r="A169" s="1">
+        <x:v>45790.8660416667</x:v>
+      </x:c>
+      <x:c r="B169" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C169" s="0">
+        <x:v>24.13</x:v>
+      </x:c>
+      <x:c r="D169" s="0">
+        <x:v>56.925</x:v>
+      </x:c>
+      <x:c r="E169" s="0">
+        <x:v>63.67</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="170" spans="1:5">
+      <x:c r="A170" s="1">
+        <x:v>45789.8656944444</x:v>
+      </x:c>
+      <x:c r="B170" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C170" s="0">
+        <x:v>19.32</x:v>
+      </x:c>
+      <x:c r="D170" s="0">
+        <x:v>55.755</x:v>
+      </x:c>
+      <x:c r="E170" s="0">
+        <x:v>61.95</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="171" spans="1:5">
+      <x:c r="A171" s="1">
+        <x:v>45786.8665740741</x:v>
+      </x:c>
+      <x:c r="B171" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C171" s="0">
+        <x:v>17.02</x:v>
+      </x:c>
+      <x:c r="D171" s="0">
+        <x:v>54.918</x:v>
+      </x:c>
+      <x:c r="E171" s="0">
+        <x:v>61.02</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="172" spans="1:5">
+      <x:c r="A172" s="1">
+        <x:v>45785.8673842593</x:v>
+      </x:c>
+      <x:c r="B172" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C172" s="0">
+        <x:v>14.59</x:v>
+      </x:c>
+      <x:c r="D172" s="0">
+        <x:v>53.919</x:v>
+      </x:c>
+      <x:c r="E172" s="0">
+        <x:v>59.91</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="173" spans="1:5">
+      <x:c r="A173" s="1">
         <x:v>45784.8969560185</x:v>
       </x:c>
-      <x:c r="B158" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C158" s="0">
+      <x:c r="B173" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C173" s="0">
         <x:v>11.36</x:v>
       </x:c>
-      <x:c r="D158" s="0">
+      <x:c r="D173" s="0">
         <x:v>52.263</x:v>
       </x:c>
-      <x:c r="E158" s="0">
+      <x:c r="E173" s="0">
         <x:v>58.07</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>