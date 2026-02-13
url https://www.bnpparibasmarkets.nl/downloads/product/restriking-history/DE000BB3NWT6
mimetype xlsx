--- v4 (2026-01-22)
+++ v5 (2026-02-13)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re74ed7af1d8740ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7cc53e3427e74d80867a57384c0835ed.psmdcp" Id="R34af99d030354c87" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R94cbee1f6f444c88" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/aae2bac1b10746d99231e9c523692061.psmdcp" Id="Rb83413ed40d0475d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>DE000BB3NWT6</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -390,2987 +390,3259 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E173"/>
+  <x:dimension ref="A1:E189"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>46043.8692476852</x:v>
+        <x:v>46065.8651736111</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
-        <x:v>2.37</x:v>
+        <x:v>2.28</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>54.558</x:v>
+        <x:v>56.385</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>60.62</x:v>
+        <x:v>62.84</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>46042.8824189815</x:v>
+        <x:v>46064.9031597222</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
-        <x:v>2.29</x:v>
+        <x:v>3.04</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>54.324</x:v>
+        <x:v>58.167</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>60.36</x:v>
+        <x:v>64.63</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>46038.8784722222</x:v>
+        <x:v>46063.8642824074</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
-        <x:v>1.98</x:v>
+        <x:v>2.78</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>53.406</x:v>
+        <x:v>57.564</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>59.34</x:v>
+        <x:v>63.96</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>46037.8783217593</x:v>
+        <x:v>46062.8648842593</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
-        <x:v>1.91</x:v>
+        <x:v>2.95</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>53.172</x:v>
+        <x:v>57.924</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>59.08</x:v>
+        <x:v>64.36</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>46036.8658796296</x:v>
+        <x:v>46059.8652662037</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
-        <x:v>3.23</x:v>
+        <x:v>2.65</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>55.692</x:v>
+        <x:v>57.195</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>61.88</x:v>
+        <x:v>63.55</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>46035.867662037</x:v>
+        <x:v>46058.8643865741</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
-        <x:v>2.83</x:v>
+        <x:v>2.56</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>54.837</x:v>
+        <x:v>56.961</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>60.93</x:v>
+        <x:v>63.29</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>46034.8654050926</x:v>
+        <x:v>46057.8643634259</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
-        <x:v>2.28</x:v>
+        <x:v>3.44</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>53.388</x:v>
+        <x:v>58.626</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>59.5</x:v>
+        <x:v>65.14</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>46031.8690162037</x:v>
+        <x:v>46056.864375</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
-        <x:v>2.16</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>53.208</x:v>
+        <x:v>56.889</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>59.12</x:v>
+        <x:v>63.21</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>46030.8658449074</x:v>
+        <x:v>46055.8725694444</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
-        <x:v>1.78</x:v>
+        <x:v>2.34</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>51.984</x:v>
+        <x:v>55.926</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>57.76</x:v>
+        <x:v>62.14</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>46029.8657986111</x:v>
+        <x:v>46052.8643171296</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C12" s="0">
-        <x:v>1.39</x:v>
+        <x:v>4.07</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>50.391</x:v>
+        <x:v>58.689</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>55.99</x:v>
+        <x:v>65.21</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>46028.8721180556</x:v>
+        <x:v>46051.8644444444</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0">
-        <x:v>1.69</x:v>
+        <x:v>4.19</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>51.417</x:v>
+        <x:v>58.878</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>57.13</x:v>
+        <x:v>65.42</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>46027.8681365741</x:v>
+        <x:v>46050.8643518519</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C14" s="0">
-        <x:v>2.07</x:v>
+        <x:v>3.19</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>52.488</x:v>
+        <x:v>56.889</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>58.32</x:v>
+        <x:v>63.21</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>46024.8692708333</x:v>
+        <x:v>46049.8641319444</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
-        <x:v>1.79</x:v>
+        <x:v>2.86</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>51.588</x:v>
+        <x:v>56.151</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>57.32</x:v>
+        <x:v>62.39</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>46021.8699305556</x:v>
+        <x:v>46048.8665277778</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C16" s="0">
-        <x:v>1.99</x:v>
+        <x:v>2.26</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>52.155</x:v>
+        <x:v>54.567</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>57.95</x:v>
+        <x:v>60.63</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>46020.8706712963</x:v>
+        <x:v>46045.8844907407</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C17" s="0">
-        <x:v>2.04</x:v>
+        <x:v>2.43</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>52.272</x:v>
+        <x:v>54.963</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>58.08</x:v>
+        <x:v>61.07</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>46014.8683217593</x:v>
+        <x:v>46044.8665277778</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="0">
-        <x:v>2.14</x:v>
+        <x:v>1.93</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>52.542</x:v>
+        <x:v>53.424</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>58.38</x:v>
+        <x:v>59.36</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>46013.8651851852</x:v>
+        <x:v>46043.8692476852</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C19" s="0">
-        <x:v>2.03</x:v>
+        <x:v>2.37</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>52.209</x:v>
+        <x:v>54.558</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>58.01</x:v>
+        <x:v>60.62</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
-        <x:v>46010.8689930556</x:v>
+        <x:v>46042.8824189815</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C20" s="0">
-        <x:v>1.64</x:v>
+        <x:v>2.29</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>50.868</x:v>
+        <x:v>54.324</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>56.52</x:v>
+        <x:v>60.36</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="1">
-        <x:v>46009.8651736111</x:v>
+        <x:v>46038.8784722222</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C21" s="0">
-        <x:v>1.52</x:v>
+        <x:v>1.98</x:v>
       </x:c>
       <x:c r="D21" s="0">
-        <x:v>50.4</x:v>
+        <x:v>53.406</x:v>
       </x:c>
       <x:c r="E21" s="0">
-        <x:v>56</x:v>
+        <x:v>59.34</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="1">
-        <x:v>46008.8662037037</x:v>
+        <x:v>46037.8783217593</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C22" s="0">
-        <x:v>1.47</x:v>
+        <x:v>1.91</x:v>
       </x:c>
       <x:c r="D22" s="0">
-        <x:v>50.229</x:v>
+        <x:v>53.172</x:v>
       </x:c>
       <x:c r="E22" s="0">
-        <x:v>55.81</x:v>
+        <x:v>59.08</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="1">
-        <x:v>46007.8646759259</x:v>
+        <x:v>46036.8658796296</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C23" s="0">
-        <x:v>1.33</x:v>
+        <x:v>3.23</x:v>
       </x:c>
       <x:c r="D23" s="0">
-        <x:v>49.617</x:v>
+        <x:v>55.692</x:v>
       </x:c>
       <x:c r="E23" s="0">
-        <x:v>55.13</x:v>
+        <x:v>61.88</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="1">
-        <x:v>46006.8661342593</x:v>
+        <x:v>46035.867662037</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C24" s="0">
-        <x:v>1.7</x:v>
+        <x:v>2.83</x:v>
       </x:c>
       <x:c r="D24" s="0">
-        <x:v>51.003</x:v>
+        <x:v>54.837</x:v>
       </x:c>
       <x:c r="E24" s="0">
-        <x:v>56.67</x:v>
+        <x:v>60.93</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="1">
-        <x:v>46003.8692708333</x:v>
+        <x:v>46034.8654050926</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C25" s="0">
-        <x:v>1.93</x:v>
+        <x:v>2.28</x:v>
       </x:c>
       <x:c r="D25" s="0">
-        <x:v>51.516</x:v>
+        <x:v>53.388</x:v>
       </x:c>
       <x:c r="E25" s="0">
-        <x:v>57.44</x:v>
+        <x:v>59.5</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="1">
-        <x:v>46002.8652083333</x:v>
+        <x:v>46031.8690162037</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C26" s="0">
-        <x:v>1.98</x:v>
+        <x:v>2.16</x:v>
       </x:c>
       <x:c r="D26" s="0">
-        <x:v>51.84</x:v>
+        <x:v>53.208</x:v>
       </x:c>
       <x:c r="E26" s="0">
-        <x:v>57.6</x:v>
+        <x:v>59.12</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="1">
-        <x:v>46001.8649189815</x:v>
+        <x:v>46030.8658449074</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C27" s="0">
-        <x:v>2.29</x:v>
+        <x:v>1.78</x:v>
       </x:c>
       <x:c r="D27" s="0">
-        <x:v>52.614</x:v>
+        <x:v>51.984</x:v>
       </x:c>
       <x:c r="E27" s="0">
-        <x:v>58.46</x:v>
+        <x:v>57.76</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="1">
-        <x:v>46000.8892013889</x:v>
+        <x:v>46029.8657986111</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C28" s="0">
-        <x:v>2.22</x:v>
+        <x:v>1.39</x:v>
       </x:c>
       <x:c r="D28" s="0">
-        <x:v>52.425</x:v>
+        <x:v>50.391</x:v>
       </x:c>
       <x:c r="E28" s="0">
-        <x:v>58.25</x:v>
+        <x:v>55.99</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="1">
-        <x:v>45999.8773842593</x:v>
+        <x:v>46028.8721180556</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C29" s="0">
-        <x:v>2.46</x:v>
+        <x:v>1.69</x:v>
       </x:c>
       <x:c r="D29" s="0">
-        <x:v>52.992</x:v>
+        <x:v>51.417</x:v>
       </x:c>
       <x:c r="E29" s="0">
-        <x:v>58.88</x:v>
+        <x:v>57.13</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="1">
-        <x:v>45996.8718518519</x:v>
+        <x:v>46027.8681365741</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C30" s="0">
-        <x:v>3</x:v>
+        <x:v>2.07</x:v>
       </x:c>
       <x:c r="D30" s="0">
-        <x:v>54.072</x:v>
+        <x:v>52.488</x:v>
       </x:c>
       <x:c r="E30" s="0">
-        <x:v>60.08</x:v>
+        <x:v>58.32</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="1">
-        <x:v>45995.8729513889</x:v>
+        <x:v>46024.8692708333</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C31" s="0">
-        <x:v>2.83</x:v>
+        <x:v>1.79</x:v>
       </x:c>
       <x:c r="D31" s="0">
-        <x:v>53.703</x:v>
+        <x:v>51.588</x:v>
       </x:c>
       <x:c r="E31" s="0">
-        <x:v>59.67</x:v>
+        <x:v>57.32</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="1">
-        <x:v>45994.8669560185</x:v>
+        <x:v>46021.8699305556</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C32" s="0">
-        <x:v>2.55</x:v>
+        <x:v>1.99</x:v>
       </x:c>
       <x:c r="D32" s="0">
-        <x:v>53.055</x:v>
+        <x:v>52.155</x:v>
       </x:c>
       <x:c r="E32" s="0">
-        <x:v>58.95</x:v>
+        <x:v>57.95</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="1">
-        <x:v>45993.8648958333</x:v>
+        <x:v>46020.8706712963</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C33" s="0">
-        <x:v>2.44</x:v>
+        <x:v>2.04</x:v>
       </x:c>
       <x:c r="D33" s="0">
-        <x:v>52.776</x:v>
+        <x:v>52.272</x:v>
       </x:c>
       <x:c r="E33" s="0">
-        <x:v>58.64</x:v>
+        <x:v>58.08</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="1">
-        <x:v>45992.8654976852</x:v>
+        <x:v>46014.8683217593</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C34" s="0">
-        <x:v>2.72</x:v>
+        <x:v>2.14</x:v>
       </x:c>
       <x:c r="D34" s="0">
-        <x:v>53.388</x:v>
+        <x:v>52.542</x:v>
       </x:c>
       <x:c r="E34" s="0">
-        <x:v>59.32</x:v>
+        <x:v>58.38</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="1">
-        <x:v>45989.8774074074</x:v>
+        <x:v>46013.8651851852</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C35" s="0">
-        <x:v>2.43</x:v>
+        <x:v>2.03</x:v>
       </x:c>
       <x:c r="D35" s="0">
-        <x:v>52.695</x:v>
+        <x:v>52.209</x:v>
       </x:c>
       <x:c r="E35" s="0">
-        <x:v>58.55</x:v>
+        <x:v>58.01</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="1">
-        <x:v>45987.8775694444</x:v>
+        <x:v>46010.8689930556</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C36" s="0">
-        <x:v>2.48</x:v>
+        <x:v>1.64</x:v>
       </x:c>
       <x:c r="D36" s="0">
-        <x:v>52.785</x:v>
+        <x:v>50.868</x:v>
       </x:c>
       <x:c r="E36" s="0">
-        <x:v>58.65</x:v>
+        <x:v>56.52</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="1">
-        <x:v>45986.8743865741</x:v>
+        <x:v>46009.8651736111</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C37" s="0">
-        <x:v>2.23</x:v>
+        <x:v>1.52</x:v>
       </x:c>
       <x:c r="D37" s="0">
-        <x:v>52.155</x:v>
+        <x:v>50.4</x:v>
       </x:c>
       <x:c r="E37" s="0">
-        <x:v>57.95</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="1">
-        <x:v>45985.8708796296</x:v>
+        <x:v>46008.8662037037</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C38" s="0">
-        <x:v>2.59</x:v>
+        <x:v>1.47</x:v>
       </x:c>
       <x:c r="D38" s="0">
-        <x:v>52.956</x:v>
+        <x:v>50.229</x:v>
       </x:c>
       <x:c r="E38" s="0">
-        <x:v>58.84</x:v>
+        <x:v>55.81</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="1">
-        <x:v>45982.8679050926</x:v>
+        <x:v>46007.8646759259</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C39" s="0">
-        <x:v>2.31</x:v>
+        <x:v>1.33</x:v>
       </x:c>
       <x:c r="D39" s="0">
-        <x:v>52.254</x:v>
+        <x:v>49.617</x:v>
       </x:c>
       <x:c r="E39" s="0">
-        <x:v>58.06</x:v>
+        <x:v>55.13</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="1">
-        <x:v>45981.867650463</x:v>
+        <x:v>46006.8661342593</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C40" s="0">
-        <x:v>2.7</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="D40" s="0">
-        <x:v>53.1</x:v>
+        <x:v>51.003</x:v>
       </x:c>
       <x:c r="E40" s="0">
-        <x:v>59</x:v>
+        <x:v>56.67</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="1">
-        <x:v>45980.8667013889</x:v>
+        <x:v>46003.8692708333</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C41" s="0">
-        <x:v>2.81</x:v>
+        <x:v>1.93</x:v>
       </x:c>
       <x:c r="D41" s="0">
-        <x:v>53.325</x:v>
+        <x:v>51.516</x:v>
       </x:c>
       <x:c r="E41" s="0">
-        <x:v>59.25</x:v>
+        <x:v>57.44</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="1">
-        <x:v>45979.8891898148</x:v>
+        <x:v>46002.8652083333</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C42" s="0">
-        <x:v>3.56</x:v>
+        <x:v>1.98</x:v>
       </x:c>
       <x:c r="D42" s="0">
-        <x:v>54.603</x:v>
+        <x:v>51.84</x:v>
       </x:c>
       <x:c r="E42" s="0">
-        <x:v>60.67</x:v>
+        <x:v>57.6</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="1">
-        <x:v>45978.8654861111</x:v>
+        <x:v>46001.8649189815</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C43" s="0">
-        <x:v>3.18</x:v>
+        <x:v>2.29</x:v>
       </x:c>
       <x:c r="D43" s="0">
-        <x:v>53.874</x:v>
+        <x:v>52.614</x:v>
       </x:c>
       <x:c r="E43" s="0">
-        <x:v>59.86</x:v>
+        <x:v>58.46</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="1">
-        <x:v>45975.8663541667</x:v>
+        <x:v>46000.8892013889</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C44" s="0">
-        <x:v>3.23</x:v>
+        <x:v>2.22</x:v>
       </x:c>
       <x:c r="D44" s="0">
-        <x:v>53.955</x:v>
+        <x:v>52.425</x:v>
       </x:c>
       <x:c r="E44" s="0">
-        <x:v>59.95</x:v>
+        <x:v>58.25</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="1">
-        <x:v>45974.8920717593</x:v>
+        <x:v>45999.8773842593</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C45" s="0">
-        <x:v>2.69</x:v>
+        <x:v>2.46</x:v>
       </x:c>
       <x:c r="D45" s="0">
-        <x:v>52.776</x:v>
+        <x:v>52.992</x:v>
       </x:c>
       <x:c r="E45" s="0">
-        <x:v>58.69</x:v>
+        <x:v>58.88</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="1">
-        <x:v>45972.8743865741</x:v>
+        <x:v>45996.8718518519</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C46" s="0">
-        <x:v>4.19</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="D46" s="0">
-        <x:v>54.936</x:v>
+        <x:v>54.072</x:v>
       </x:c>
       <x:c r="E46" s="0">
-        <x:v>61.04</x:v>
+        <x:v>60.08</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="1">
-        <x:v>45971.8872916667</x:v>
+        <x:v>45995.8729513889</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C47" s="0">
-        <x:v>3.69</x:v>
+        <x:v>2.83</x:v>
       </x:c>
       <x:c r="D47" s="0">
-        <x:v>54.117</x:v>
+        <x:v>53.703</x:v>
       </x:c>
       <x:c r="E47" s="0">
-        <x:v>60.13</x:v>
+        <x:v>59.67</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5">
       <x:c r="A48" s="1">
-        <x:v>45968.8685532407</x:v>
+        <x:v>45994.8669560185</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C48" s="0">
-        <x:v>3.49</x:v>
+        <x:v>2.55</x:v>
       </x:c>
       <x:c r="D48" s="0">
-        <x:v>53.775</x:v>
+        <x:v>53.055</x:v>
       </x:c>
       <x:c r="E48" s="0">
-        <x:v>59.75</x:v>
+        <x:v>58.95</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
       <x:c r="A49" s="1">
-        <x:v>45967.8675231481</x:v>
+        <x:v>45993.8648958333</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C49" s="0">
-        <x:v>3.34</x:v>
+        <x:v>2.44</x:v>
       </x:c>
       <x:c r="D49" s="0">
-        <x:v>53.487</x:v>
+        <x:v>52.776</x:v>
       </x:c>
       <x:c r="E49" s="0">
-        <x:v>59.43</x:v>
+        <x:v>58.64</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5">
       <x:c r="A50" s="1">
-        <x:v>45966.876712963</x:v>
+        <x:v>45992.8654976852</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C50" s="0">
-        <x:v>3.43</x:v>
+        <x:v>2.72</x:v>
       </x:c>
       <x:c r="D50" s="0">
-        <x:v>53.64</x:v>
+        <x:v>53.388</x:v>
       </x:c>
       <x:c r="E50" s="0">
-        <x:v>59.6</x:v>
+        <x:v>59.32</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5">
       <x:c r="A51" s="1">
-        <x:v>45965.870474537</x:v>
+        <x:v>45989.8774074074</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C51" s="0">
-        <x:v>4</x:v>
+        <x:v>2.43</x:v>
       </x:c>
       <x:c r="D51" s="0">
-        <x:v>54.504</x:v>
+        <x:v>52.695</x:v>
       </x:c>
       <x:c r="E51" s="0">
-        <x:v>60.56</x:v>
+        <x:v>58.55</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5">
       <x:c r="A52" s="1">
-        <x:v>45964.8653356481</x:v>
+        <x:v>45987.8775694444</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C52" s="0">
-        <x:v>4.31</x:v>
+        <x:v>2.48</x:v>
       </x:c>
       <x:c r="D52" s="0">
-        <x:v>54.945</x:v>
+        <x:v>52.785</x:v>
       </x:c>
       <x:c r="E52" s="0">
-        <x:v>61.05</x:v>
+        <x:v>58.65</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5">
       <x:c r="A53" s="1">
-        <x:v>45961.8246759259</x:v>
+        <x:v>45986.8743865741</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C53" s="0">
-        <x:v>4.28</x:v>
+        <x:v>2.23</x:v>
       </x:c>
       <x:c r="D53" s="0">
-        <x:v>54.882</x:v>
+        <x:v>52.155</x:v>
       </x:c>
       <x:c r="E53" s="0">
-        <x:v>60.98</x:v>
+        <x:v>57.95</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5">
       <x:c r="A54" s="1">
-        <x:v>45960.8236111111</x:v>
+        <x:v>45985.8708796296</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C54" s="0">
-        <x:v>4.03</x:v>
+        <x:v>2.59</x:v>
       </x:c>
       <x:c r="D54" s="0">
-        <x:v>54.513</x:v>
+        <x:v>52.956</x:v>
       </x:c>
       <x:c r="E54" s="0">
-        <x:v>60.57</x:v>
+        <x:v>58.84</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5">
       <x:c r="A55" s="1">
-        <x:v>45959.8254282407</x:v>
+        <x:v>45982.8679050926</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C55" s="0">
-        <x:v>3.98</x:v>
+        <x:v>2.31</x:v>
       </x:c>
       <x:c r="D55" s="0">
-        <x:v>54.432</x:v>
+        <x:v>52.254</x:v>
       </x:c>
       <x:c r="E55" s="0">
-        <x:v>60.48</x:v>
+        <x:v>58.06</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5">
       <x:c r="A56" s="1">
-        <x:v>45958.8260763889</x:v>
+        <x:v>45981.867650463</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C56" s="0">
-        <x:v>3.8</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="D56" s="0">
-        <x:v>54.135</x:v>
+        <x:v>53.1</x:v>
       </x:c>
       <x:c r="E56" s="0">
-        <x:v>60.15</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:5">
       <x:c r="A57" s="1">
-        <x:v>45957.8238657407</x:v>
+        <x:v>45980.8667013889</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C57" s="0">
-        <x:v>4.58</x:v>
+        <x:v>2.81</x:v>
       </x:c>
       <x:c r="D57" s="0">
-        <x:v>55.179</x:v>
+        <x:v>53.325</x:v>
       </x:c>
       <x:c r="E57" s="0">
-        <x:v>61.31</x:v>
+        <x:v>59.25</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:5">
       <x:c r="A58" s="1">
-        <x:v>45954.8654166667</x:v>
+        <x:v>45979.8891898148</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C58" s="0">
-        <x:v>4.72</x:v>
+        <x:v>3.56</x:v>
       </x:c>
       <x:c r="D58" s="0">
-        <x:v>55.35</x:v>
+        <x:v>54.603</x:v>
       </x:c>
       <x:c r="E58" s="0">
-        <x:v>61.5</x:v>
+        <x:v>60.67</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:5">
       <x:c r="A59" s="1">
-        <x:v>45953.8697106481</x:v>
+        <x:v>45978.8654861111</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C59" s="0">
-        <x:v>4.93</x:v>
+        <x:v>3.18</x:v>
       </x:c>
       <x:c r="D59" s="0">
-        <x:v>55.611</x:v>
+        <x:v>53.874</x:v>
       </x:c>
       <x:c r="E59" s="0">
-        <x:v>61.79</x:v>
+        <x:v>59.86</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:5">
       <x:c r="A60" s="1">
-        <x:v>45952.8835763889</x:v>
+        <x:v>45975.8663541667</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C60" s="0">
-        <x:v>3.28</x:v>
+        <x:v>3.23</x:v>
       </x:c>
       <x:c r="D60" s="0">
-        <x:v>52.65</x:v>
+        <x:v>53.955</x:v>
       </x:c>
       <x:c r="E60" s="0">
-        <x:v>58.5</x:v>
+        <x:v>59.95</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:5">
       <x:c r="A61" s="1">
-        <x:v>45951.8713310185</x:v>
+        <x:v>45974.8920717593</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C61" s="0">
-        <x:v>2.74</x:v>
+        <x:v>2.69</x:v>
       </x:c>
       <x:c r="D61" s="0">
-        <x:v>51.516</x:v>
+        <x:v>52.776</x:v>
       </x:c>
       <x:c r="E61" s="0">
-        <x:v>57.24</x:v>
+        <x:v>58.69</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:5">
       <x:c r="A62" s="1">
-        <x:v>45950.8678125</x:v>
+        <x:v>45972.8743865741</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C62" s="0">
-        <x:v>2.65</x:v>
+        <x:v>4.19</x:v>
       </x:c>
       <x:c r="D62" s="0">
-        <x:v>51.318</x:v>
+        <x:v>54.936</x:v>
       </x:c>
       <x:c r="E62" s="0">
-        <x:v>57.02</x:v>
+        <x:v>61.04</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:5">
       <x:c r="A63" s="1">
-        <x:v>45947.8653472222</x:v>
+        <x:v>45971.8872916667</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C63" s="0">
-        <x:v>2.71</x:v>
+        <x:v>3.69</x:v>
       </x:c>
       <x:c r="D63" s="0">
-        <x:v>51.435</x:v>
+        <x:v>54.117</x:v>
       </x:c>
       <x:c r="E63" s="0">
-        <x:v>57.15</x:v>
+        <x:v>60.13</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:5">
       <x:c r="A64" s="1">
-        <x:v>45946.8650462963</x:v>
+        <x:v>45968.8685532407</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C64" s="0">
-        <x:v>2.64</x:v>
+        <x:v>3.49</x:v>
       </x:c>
       <x:c r="D64" s="0">
-        <x:v>51.291</x:v>
+        <x:v>53.775</x:v>
       </x:c>
       <x:c r="E64" s="0">
-        <x:v>56.99</x:v>
+        <x:v>59.75</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:5">
       <x:c r="A65" s="1">
-        <x:v>45945.8694328704</x:v>
+        <x:v>45967.8675231481</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C65" s="0">
-        <x:v>3.05</x:v>
+        <x:v>3.34</x:v>
       </x:c>
       <x:c r="D65" s="0">
-        <x:v>52.056</x:v>
+        <x:v>53.487</x:v>
       </x:c>
       <x:c r="E65" s="0">
-        <x:v>57.84</x:v>
+        <x:v>59.43</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:5">
       <x:c r="A66" s="1">
-        <x:v>45944.8749074074</x:v>
+        <x:v>45966.876712963</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C66" s="0">
-        <x:v>3.26</x:v>
+        <x:v>3.43</x:v>
       </x:c>
       <x:c r="D66" s="0">
-        <x:v>52.443</x:v>
+        <x:v>53.64</x:v>
       </x:c>
       <x:c r="E66" s="0">
-        <x:v>58.7</x:v>
+        <x:v>59.6</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:5">
       <x:c r="A67" s="1">
-        <x:v>45943.8712962963</x:v>
+        <x:v>45965.870474537</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C67" s="0">
-        <x:v>3.71</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="D67" s="0">
-        <x:v>53.541</x:v>
+        <x:v>54.504</x:v>
       </x:c>
       <x:c r="E67" s="0">
-        <x:v>59.49</x:v>
+        <x:v>60.56</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:5">
       <x:c r="A68" s="1">
-        <x:v>45940.8681597222</x:v>
+        <x:v>45964.8653356481</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C68" s="0">
-        <x:v>3.41</x:v>
+        <x:v>4.31</x:v>
       </x:c>
       <x:c r="D68" s="0">
-        <x:v>53.01</x:v>
+        <x:v>54.945</x:v>
       </x:c>
       <x:c r="E68" s="0">
-        <x:v>58.9</x:v>
+        <x:v>61.05</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:5">
       <x:c r="A69" s="1">
-        <x:v>45939.8649884259</x:v>
+        <x:v>45961.8246759259</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C69" s="0">
-        <x:v>5.52</x:v>
+        <x:v>4.28</x:v>
       </x:c>
       <x:c r="D69" s="0">
-        <x:v>55.359</x:v>
+        <x:v>54.882</x:v>
       </x:c>
       <x:c r="E69" s="0">
-        <x:v>61.51</x:v>
+        <x:v>60.98</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:5">
       <x:c r="A70" s="1">
-        <x:v>45938.8822569444</x:v>
+        <x:v>45960.8236111111</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C70" s="0">
-        <x:v>6.5</x:v>
+        <x:v>4.03</x:v>
       </x:c>
       <x:c r="D70" s="0">
-        <x:v>56.295</x:v>
+        <x:v>54.513</x:v>
       </x:c>
       <x:c r="E70" s="0">
-        <x:v>62.55</x:v>
+        <x:v>60.57</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:5">
       <x:c r="A71" s="1">
-        <x:v>45937.8661689815</x:v>
+        <x:v>45959.8254282407</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C71" s="0">
-        <x:v>5.81</x:v>
+        <x:v>3.98</x:v>
       </x:c>
       <x:c r="D71" s="0">
-        <x:v>55.557</x:v>
+        <x:v>54.432</x:v>
       </x:c>
       <x:c r="E71" s="0">
-        <x:v>61.73</x:v>
+        <x:v>60.48</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:5">
       <x:c r="A72" s="1">
-        <x:v>45936.8652199074</x:v>
+        <x:v>45958.8260763889</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C72" s="0">
-        <x:v>5.78</x:v>
+        <x:v>3.8</x:v>
       </x:c>
       <x:c r="D72" s="0">
-        <x:v>55.521</x:v>
+        <x:v>54.135</x:v>
       </x:c>
       <x:c r="E72" s="0">
-        <x:v>61.69</x:v>
+        <x:v>60.15</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:5">
       <x:c r="A73" s="1">
-        <x:v>45933.8650925926</x:v>
+        <x:v>45957.8238657407</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C73" s="0">
-        <x:v>5.17</x:v>
+        <x:v>4.58</x:v>
       </x:c>
       <x:c r="D73" s="0">
-        <x:v>54.792</x:v>
+        <x:v>55.179</x:v>
       </x:c>
       <x:c r="E73" s="0">
-        <x:v>60.88</x:v>
+        <x:v>61.31</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:5">
       <x:c r="A74" s="1">
-        <x:v>45932.866087963</x:v>
+        <x:v>45954.8654166667</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C74" s="0">
-        <x:v>4.88</x:v>
+        <x:v>4.72</x:v>
       </x:c>
       <x:c r="D74" s="0">
-        <x:v>54.432</x:v>
+        <x:v>55.35</x:v>
       </x:c>
       <x:c r="E74" s="0">
-        <x:v>60.48</x:v>
+        <x:v>61.5</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:5">
       <x:c r="A75" s="1">
-        <x:v>45931.866412037</x:v>
+        <x:v>45953.8697106481</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C75" s="0">
-        <x:v>6.03</x:v>
+        <x:v>4.93</x:v>
       </x:c>
       <x:c r="D75" s="0">
-        <x:v>55.602</x:v>
+        <x:v>55.611</x:v>
       </x:c>
       <x:c r="E75" s="0">
-        <x:v>61.78</x:v>
+        <x:v>61.79</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:5">
       <x:c r="A76" s="1">
-        <x:v>45930.8652893519</x:v>
+        <x:v>45952.8835763889</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C76" s="0">
-        <x:v>6.59</x:v>
+        <x:v>3.28</x:v>
       </x:c>
       <x:c r="D76" s="0">
-        <x:v>56.133</x:v>
+        <x:v>52.65</x:v>
       </x:c>
       <x:c r="E76" s="0">
-        <x:v>62.37</x:v>
+        <x:v>58.5</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:5">
       <x:c r="A77" s="1">
-        <x:v>45929.8687615741</x:v>
+        <x:v>45951.8713310185</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C77" s="0">
-        <x:v>7.79</x:v>
+        <x:v>2.74</x:v>
       </x:c>
       <x:c r="D77" s="0">
-        <x:v>57.105</x:v>
+        <x:v>51.516</x:v>
       </x:c>
       <x:c r="E77" s="0">
-        <x:v>63.45</x:v>
+        <x:v>57.24</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:5">
       <x:c r="A78" s="1">
-        <x:v>45926.8649421296</x:v>
+        <x:v>45950.8678125</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C78" s="0">
-        <x:v>11.34</x:v>
+        <x:v>2.65</x:v>
       </x:c>
       <x:c r="D78" s="0">
-        <x:v>59.148</x:v>
+        <x:v>51.318</x:v>
       </x:c>
       <x:c r="E78" s="0">
-        <x:v>65.72</x:v>
+        <x:v>57.02</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:5">
       <x:c r="A79" s="1">
-        <x:v>45925.8660300926</x:v>
+        <x:v>45947.8653472222</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C79" s="0">
-        <x:v>10.29</x:v>
+        <x:v>2.71</x:v>
       </x:c>
       <x:c r="D79" s="0">
-        <x:v>58.482</x:v>
+        <x:v>51.435</x:v>
       </x:c>
       <x:c r="E79" s="0">
-        <x:v>64.98</x:v>
+        <x:v>57.15</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:5">
       <x:c r="A80" s="1">
-        <x:v>45924.8664351852</x:v>
+        <x:v>45946.8650462963</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C80" s="0">
-        <x:v>10.31</x:v>
+        <x:v>2.64</x:v>
       </x:c>
       <x:c r="D80" s="0">
-        <x:v>58.491</x:v>
+        <x:v>51.291</x:v>
       </x:c>
       <x:c r="E80" s="0">
-        <x:v>64.99</x:v>
+        <x:v>56.99</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:5">
       <x:c r="A81" s="1">
-        <x:v>45923.8744212963</x:v>
+        <x:v>45945.8694328704</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C81" s="0">
-        <x:v>8.42</x:v>
+        <x:v>3.05</x:v>
       </x:c>
       <x:c r="D81" s="0">
-        <x:v>57.069</x:v>
+        <x:v>52.056</x:v>
       </x:c>
       <x:c r="E81" s="0">
-        <x:v>63.41</x:v>
+        <x:v>57.84</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:5">
       <x:c r="A82" s="1">
-        <x:v>45922.8813541667</x:v>
+        <x:v>45944.8749074074</x:v>
       </x:c>
       <x:c r="B82" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C82" s="0">
-        <x:v>7.25</x:v>
+        <x:v>3.26</x:v>
       </x:c>
       <x:c r="D82" s="0">
-        <x:v>56.052</x:v>
+        <x:v>52.443</x:v>
       </x:c>
       <x:c r="E82" s="0">
-        <x:v>62.28</x:v>
+        <x:v>58.7</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:5">
       <x:c r="A83" s="1">
-        <x:v>45919.8706018518</x:v>
+        <x:v>45943.8712962963</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C83" s="0">
-        <x:v>7.39</x:v>
+        <x:v>3.71</x:v>
       </x:c>
       <x:c r="D83" s="0">
-        <x:v>56.16</x:v>
+        <x:v>53.541</x:v>
       </x:c>
       <x:c r="E83" s="0">
-        <x:v>62.4</x:v>
+        <x:v>59.49</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:5">
       <x:c r="A84" s="1">
-        <x:v>45918.8680439815</x:v>
+        <x:v>45940.8681597222</x:v>
       </x:c>
       <x:c r="B84" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C84" s="0">
-        <x:v>8.42</x:v>
+        <x:v>3.41</x:v>
       </x:c>
       <x:c r="D84" s="0">
-        <x:v>56.934</x:v>
+        <x:v>53.01</x:v>
       </x:c>
       <x:c r="E84" s="0">
-        <x:v>63.26</x:v>
+        <x:v>58.9</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:5">
       <x:c r="A85" s="1">
-        <x:v>45917.8672337963</x:v>
+        <x:v>45939.8649884259</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C85" s="0">
-        <x:v>8.99</x:v>
+        <x:v>5.52</x:v>
       </x:c>
       <x:c r="D85" s="0">
-        <x:v>57.33</x:v>
+        <x:v>55.359</x:v>
       </x:c>
       <x:c r="E85" s="0">
-        <x:v>63.7</x:v>
+        <x:v>61.51</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:5">
       <x:c r="A86" s="1">
-        <x:v>45916.874849537</x:v>
+        <x:v>45938.8822569444</x:v>
       </x:c>
       <x:c r="B86" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C86" s="0">
-        <x:v>9.62</x:v>
+        <x:v>6.5</x:v>
       </x:c>
       <x:c r="D86" s="0">
-        <x:v>57.744</x:v>
+        <x:v>56.295</x:v>
       </x:c>
       <x:c r="E86" s="0">
-        <x:v>64.16</x:v>
+        <x:v>62.55</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:5">
       <x:c r="A87" s="1">
-        <x:v>45915.8847685185</x:v>
+        <x:v>45937.8661689815</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C87" s="0">
-        <x:v>8.27</x:v>
+        <x:v>5.81</x:v>
       </x:c>
       <x:c r="D87" s="0">
-        <x:v>56.718</x:v>
+        <x:v>55.557</x:v>
       </x:c>
       <x:c r="E87" s="0">
-        <x:v>63.3</x:v>
+        <x:v>61.73</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:5">
       <x:c r="A88" s="1">
-        <x:v>45912.8690277778</x:v>
+        <x:v>45936.8652199074</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C88" s="0">
-        <x:v>7.62</x:v>
+        <x:v>5.78</x:v>
       </x:c>
       <x:c r="D88" s="0">
-        <x:v>56.421</x:v>
+        <x:v>55.521</x:v>
       </x:c>
       <x:c r="E88" s="0">
-        <x:v>62.69</x:v>
+        <x:v>61.69</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:5">
       <x:c r="A89" s="1">
-        <x:v>45911.8677199074</x:v>
+        <x:v>45933.8650925926</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C89" s="0">
-        <x:v>7.29</x:v>
+        <x:v>5.17</x:v>
       </x:c>
       <x:c r="D89" s="0">
-        <x:v>56.133</x:v>
+        <x:v>54.792</x:v>
       </x:c>
       <x:c r="E89" s="0">
-        <x:v>62.37</x:v>
+        <x:v>60.88</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:5">
       <x:c r="A90" s="1">
-        <x:v>45910.8673611111</x:v>
+        <x:v>45932.866087963</x:v>
       </x:c>
       <x:c r="B90" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C90" s="0">
-        <x:v>8.94</x:v>
+        <x:v>4.88</x:v>
       </x:c>
       <x:c r="D90" s="0">
-        <x:v>57.303</x:v>
+        <x:v>54.432</x:v>
       </x:c>
       <x:c r="E90" s="0">
-        <x:v>63.67</x:v>
+        <x:v>60.48</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:5">
       <x:c r="A91" s="1">
-        <x:v>45909.8653472222</x:v>
+        <x:v>45931.866412037</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C91" s="0">
-        <x:v>7.78</x:v>
+        <x:v>6.03</x:v>
       </x:c>
       <x:c r="D91" s="0">
-        <x:v>56.367</x:v>
+        <x:v>55.602</x:v>
       </x:c>
       <x:c r="E91" s="0">
-        <x:v>62.63</x:v>
+        <x:v>61.78</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:5">
       <x:c r="A92" s="1">
-        <x:v>45908.8660532407</x:v>
+        <x:v>45930.8652893519</x:v>
       </x:c>
       <x:c r="B92" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C92" s="0">
-        <x:v>7.39</x:v>
+        <x:v>6.59</x:v>
       </x:c>
       <x:c r="D92" s="0">
-        <x:v>56.034</x:v>
+        <x:v>56.133</x:v>
       </x:c>
       <x:c r="E92" s="0">
-        <x:v>62.26</x:v>
+        <x:v>62.37</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:5">
       <x:c r="A93" s="1">
-        <x:v>45905.8690856481</x:v>
+        <x:v>45929.8687615741</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C93" s="0">
-        <x:v>7</x:v>
+        <x:v>7.79</x:v>
       </x:c>
       <x:c r="D93" s="0">
-        <x:v>55.683</x:v>
+        <x:v>57.105</x:v>
       </x:c>
       <x:c r="E93" s="0">
-        <x:v>61.87</x:v>
+        <x:v>63.45</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:5">
       <x:c r="A94" s="1">
-        <x:v>45904.865474537</x:v>
+        <x:v>45926.8649421296</x:v>
       </x:c>
       <x:c r="B94" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C94" s="0">
-        <x:v>9.08</x:v>
+        <x:v>11.34</x:v>
       </x:c>
       <x:c r="D94" s="0">
-        <x:v>57.132</x:v>
+        <x:v>59.148</x:v>
       </x:c>
       <x:c r="E94" s="0">
-        <x:v>63.48</x:v>
+        <x:v>65.72</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:5">
       <x:c r="A95" s="1">
-        <x:v>45903.8712152778</x:v>
+        <x:v>45925.8660300926</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C95" s="0">
-        <x:v>9.76</x:v>
+        <x:v>10.29</x:v>
       </x:c>
       <x:c r="D95" s="0">
-        <x:v>57.573</x:v>
+        <x:v>58.482</x:v>
       </x:c>
       <x:c r="E95" s="0">
-        <x:v>63.97</x:v>
+        <x:v>64.98</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:5">
       <x:c r="A96" s="1">
-        <x:v>45902.8909722222</x:v>
+        <x:v>45924.8664351852</x:v>
       </x:c>
       <x:c r="B96" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C96" s="0">
-        <x:v>12.56</x:v>
+        <x:v>10.31</x:v>
       </x:c>
       <x:c r="D96" s="0">
-        <x:v>59.031</x:v>
+        <x:v>58.491</x:v>
       </x:c>
       <x:c r="E96" s="0">
-        <x:v>65.59</x:v>
+        <x:v>64.99</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:5">
       <x:c r="A97" s="1">
-        <x:v>45898.8672453704</x:v>
+        <x:v>45923.8744212963</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C97" s="0">
-        <x:v>10.3</x:v>
+        <x:v>8.42</x:v>
       </x:c>
       <x:c r="D97" s="0">
-        <x:v>57.609</x:v>
+        <x:v>57.069</x:v>
       </x:c>
       <x:c r="E97" s="0">
-        <x:v>64.01</x:v>
+        <x:v>63.41</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:5">
       <x:c r="A98" s="1">
-        <x:v>45897.8709837963</x:v>
+        <x:v>45922.8813541667</x:v>
       </x:c>
       <x:c r="B98" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C98" s="0">
-        <x:v>11.23</x:v>
+        <x:v>7.25</x:v>
       </x:c>
       <x:c r="D98" s="0">
-        <x:v>58.14</x:v>
+        <x:v>56.052</x:v>
       </x:c>
       <x:c r="E98" s="0">
-        <x:v>64.6</x:v>
+        <x:v>62.28</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:5">
       <x:c r="A99" s="1">
-        <x:v>45896.8696296296</x:v>
+        <x:v>45919.8706018518</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C99" s="0">
-        <x:v>10.57</x:v>
+        <x:v>7.39</x:v>
       </x:c>
       <x:c r="D99" s="0">
-        <x:v>57.735</x:v>
+        <x:v>56.16</x:v>
       </x:c>
       <x:c r="E99" s="0">
-        <x:v>64.15</x:v>
+        <x:v>62.4</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:5">
       <x:c r="A100" s="1">
-        <x:v>45895.866875</x:v>
+        <x:v>45918.8680439815</x:v>
       </x:c>
       <x:c r="B100" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C100" s="0">
-        <x:v>9.37</x:v>
+        <x:v>8.42</x:v>
       </x:c>
       <x:c r="D100" s="0">
-        <x:v>56.925</x:v>
+        <x:v>56.934</x:v>
       </x:c>
       <x:c r="E100" s="0">
-        <x:v>63.25</x:v>
+        <x:v>63.26</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:5">
       <x:c r="A101" s="1">
-        <x:v>45894.8657291667</x:v>
+        <x:v>45917.8672337963</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C101" s="0">
-        <x:v>11.96</x:v>
+        <x:v>8.99</x:v>
       </x:c>
       <x:c r="D101" s="0">
-        <x:v>58.32</x:v>
+        <x:v>57.33</x:v>
       </x:c>
       <x:c r="E101" s="0">
-        <x:v>64.8</x:v>
+        <x:v>63.7</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:5">
       <x:c r="A102" s="1">
-        <x:v>45891.8697453704</x:v>
+        <x:v>45916.874849537</x:v>
       </x:c>
       <x:c r="B102" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C102" s="0">
-        <x:v>10.31</x:v>
+        <x:v>9.62</x:v>
       </x:c>
       <x:c r="D102" s="0">
-        <x:v>57.294</x:v>
+        <x:v>57.744</x:v>
       </x:c>
       <x:c r="E102" s="0">
-        <x:v>63.66</x:v>
+        <x:v>64.16</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:5">
       <x:c r="A103" s="1">
-        <x:v>45890.8865972222</x:v>
+        <x:v>45915.8847685185</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C103" s="0">
-        <x:v>10.12</x:v>
+        <x:v>8.27</x:v>
       </x:c>
       <x:c r="D103" s="0">
-        <x:v>57.168</x:v>
+        <x:v>56.718</x:v>
       </x:c>
       <x:c r="E103" s="0">
-        <x:v>63.52</x:v>
+        <x:v>63.3</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:5">
       <x:c r="A104" s="1">
-        <x:v>45889.8663425926</x:v>
+        <x:v>45912.8690277778</x:v>
       </x:c>
       <x:c r="B104" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C104" s="0">
-        <x:v>9.07</x:v>
+        <x:v>7.62</x:v>
       </x:c>
       <x:c r="D104" s="0">
-        <x:v>56.439</x:v>
+        <x:v>56.421</x:v>
       </x:c>
       <x:c r="E104" s="0">
-        <x:v>62.71</x:v>
+        <x:v>62.69</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:5">
       <x:c r="A105" s="1">
-        <x:v>45888.8672569444</x:v>
+        <x:v>45911.8677199074</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C105" s="0">
-        <x:v>7.98</x:v>
+        <x:v>7.29</x:v>
       </x:c>
       <x:c r="D105" s="0">
-        <x:v>55.593</x:v>
+        <x:v>56.133</x:v>
       </x:c>
       <x:c r="E105" s="0">
-        <x:v>61.77</x:v>
+        <x:v>62.37</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:5">
       <x:c r="A106" s="1">
-        <x:v>45887.8664699074</x:v>
+        <x:v>45910.8673611111</x:v>
       </x:c>
       <x:c r="B106" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C106" s="0">
-        <x:v>9.22</x:v>
+        <x:v>8.94</x:v>
       </x:c>
       <x:c r="D106" s="0">
-        <x:v>56.43</x:v>
+        <x:v>57.303</x:v>
       </x:c>
       <x:c r="E106" s="0">
-        <x:v>62.7</x:v>
+        <x:v>63.67</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:5">
       <x:c r="A107" s="1">
-        <x:v>45884.8646527778</x:v>
+        <x:v>45909.8653472222</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C107" s="0">
-        <x:v>8.36</x:v>
+        <x:v>7.78</x:v>
       </x:c>
       <x:c r="D107" s="0">
-        <x:v>55.782</x:v>
+        <x:v>56.367</x:v>
       </x:c>
       <x:c r="E107" s="0">
-        <x:v>61.98</x:v>
+        <x:v>62.63</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:5">
       <x:c r="A108" s="1">
-        <x:v>45883.8844212963</x:v>
+        <x:v>45908.8660532407</x:v>
       </x:c>
       <x:c r="B108" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C108" s="0">
-        <x:v>9.84</x:v>
+        <x:v>7.39</x:v>
       </x:c>
       <x:c r="D108" s="0">
-        <x:v>56.727</x:v>
+        <x:v>56.034</x:v>
       </x:c>
       <x:c r="E108" s="0">
-        <x:v>63.03</x:v>
+        <x:v>62.26</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:5">
       <x:c r="A109" s="1">
-        <x:v>45882.8657407407</x:v>
+        <x:v>45905.8690856481</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C109" s="0">
-        <x:v>8.49</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="D109" s="0">
-        <x:v>55.737</x:v>
+        <x:v>55.683</x:v>
       </x:c>
       <x:c r="E109" s="0">
-        <x:v>62.65</x:v>
+        <x:v>61.87</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:5">
       <x:c r="A110" s="1">
-        <x:v>45881.8655208333</x:v>
+        <x:v>45904.865474537</x:v>
       </x:c>
       <x:c r="B110" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C110" s="0">
-        <x:v>9.18</x:v>
+        <x:v>9.08</x:v>
       </x:c>
       <x:c r="D110" s="0">
-        <x:v>56.853</x:v>
+        <x:v>57.132</x:v>
       </x:c>
       <x:c r="E110" s="0">
-        <x:v>63.17</x:v>
+        <x:v>63.48</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:5">
       <x:c r="A111" s="1">
-        <x:v>45880.8651851852</x:v>
+        <x:v>45903.8712152778</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C111" s="0">
-        <x:v>10.33</x:v>
+        <x:v>9.76</x:v>
       </x:c>
       <x:c r="D111" s="0">
-        <x:v>57.564</x:v>
+        <x:v>57.573</x:v>
       </x:c>
       <x:c r="E111" s="0">
-        <x:v>63.96</x:v>
+        <x:v>63.97</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:5">
       <x:c r="A112" s="1">
-        <x:v>45877.8672569444</x:v>
+        <x:v>45902.8909722222</x:v>
       </x:c>
       <x:c r="B112" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C112" s="0">
-        <x:v>10.23</x:v>
+        <x:v>12.56</x:v>
       </x:c>
       <x:c r="D112" s="0">
-        <x:v>57.492</x:v>
+        <x:v>59.031</x:v>
       </x:c>
       <x:c r="E112" s="0">
-        <x:v>63.88</x:v>
+        <x:v>65.59</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:5">
       <x:c r="A113" s="1">
-        <x:v>45876.8650347222</x:v>
+        <x:v>45898.8672453704</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C113" s="0">
-        <x:v>10.24</x:v>
+        <x:v>10.3</x:v>
       </x:c>
       <x:c r="D113" s="0">
-        <x:v>57.492</x:v>
+        <x:v>57.609</x:v>
       </x:c>
       <x:c r="E113" s="0">
-        <x:v>63.88</x:v>
+        <x:v>64.01</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:5">
       <x:c r="A114" s="1">
-        <x:v>45875.8676736111</x:v>
+        <x:v>45897.8709837963</x:v>
       </x:c>
       <x:c r="B114" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C114" s="0">
-        <x:v>10.97</x:v>
+        <x:v>11.23</x:v>
       </x:c>
       <x:c r="D114" s="0">
-        <x:v>57.915</x:v>
+        <x:v>58.14</x:v>
       </x:c>
       <x:c r="E114" s="0">
-        <x:v>64.35</x:v>
+        <x:v>64.6</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:5">
       <x:c r="A115" s="1">
-        <x:v>45874.8687384259</x:v>
+        <x:v>45896.8696296296</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C115" s="0">
-        <x:v>12.36</x:v>
+        <x:v>10.57</x:v>
       </x:c>
       <x:c r="D115" s="0">
-        <x:v>58.644</x:v>
+        <x:v>57.735</x:v>
       </x:c>
       <x:c r="E115" s="0">
-        <x:v>65.16</x:v>
+        <x:v>64.15</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:5">
       <x:c r="A116" s="1">
-        <x:v>45873.8649652778</x:v>
+        <x:v>45895.866875</x:v>
       </x:c>
       <x:c r="B116" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C116" s="0">
-        <x:v>14.61</x:v>
+        <x:v>9.37</x:v>
       </x:c>
       <x:c r="D116" s="0">
-        <x:v>59.661</x:v>
+        <x:v>56.925</x:v>
       </x:c>
       <x:c r="E116" s="0">
-        <x:v>66.29</x:v>
+        <x:v>63.25</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:5">
       <x:c r="A117" s="1">
-        <x:v>45870.8694675926</x:v>
+        <x:v>45894.8657291667</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C117" s="0">
-        <x:v>17.01</x:v>
+        <x:v>11.96</x:v>
       </x:c>
       <x:c r="D117" s="0">
-        <x:v>60.597</x:v>
+        <x:v>58.32</x:v>
       </x:c>
       <x:c r="E117" s="0">
-        <x:v>67.33</x:v>
+        <x:v>64.8</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:5">
       <x:c r="A118" s="1">
-        <x:v>45869.8816782407</x:v>
+        <x:v>45891.8697453704</x:v>
       </x:c>
       <x:c r="B118" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C118" s="0">
-        <x:v>22.72</x:v>
+        <x:v>10.31</x:v>
       </x:c>
       <x:c r="D118" s="0">
-        <x:v>62.334</x:v>
+        <x:v>57.294</x:v>
       </x:c>
       <x:c r="E118" s="0">
-        <x:v>69.26</x:v>
+        <x:v>63.66</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:5">
       <x:c r="A119" s="1">
-        <x:v>45868.871087963</x:v>
+        <x:v>45890.8865972222</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C119" s="0">
-        <x:v>25.12</x:v>
+        <x:v>10.12</x:v>
       </x:c>
       <x:c r="D119" s="0">
-        <x:v>63</x:v>
+        <x:v>57.168</x:v>
       </x:c>
       <x:c r="E119" s="0">
-        <x:v>70</x:v>
+        <x:v>63.52</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:5">
       <x:c r="A120" s="1">
-        <x:v>45867.8666319444</x:v>
+        <x:v>45889.8663425926</x:v>
       </x:c>
       <x:c r="B120" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C120" s="0">
-        <x:v>22.8</x:v>
+        <x:v>9.07</x:v>
       </x:c>
       <x:c r="D120" s="0">
-        <x:v>62.289</x:v>
+        <x:v>56.439</x:v>
       </x:c>
       <x:c r="E120" s="0">
-        <x:v>69.21</x:v>
+        <x:v>62.71</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:5">
       <x:c r="A121" s="1">
-        <x:v>45866.8688194444</x:v>
+        <x:v>45888.8672569444</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C121" s="0">
-        <x:v>17.06</x:v>
+        <x:v>7.98</x:v>
       </x:c>
       <x:c r="D121" s="0">
-        <x:v>60.039</x:v>
+        <x:v>55.593</x:v>
       </x:c>
       <x:c r="E121" s="0">
-        <x:v>66.71</x:v>
+        <x:v>61.77</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:5">
       <x:c r="A122" s="1">
-        <x:v>45863.8651967593</x:v>
+        <x:v>45887.8664699074</x:v>
       </x:c>
       <x:c r="B122" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C122" s="0">
-        <x:v>14.07</x:v>
+        <x:v>9.22</x:v>
       </x:c>
       <x:c r="D122" s="0">
-        <x:v>58.644</x:v>
+        <x:v>56.43</x:v>
       </x:c>
       <x:c r="E122" s="0">
-        <x:v>65.16</x:v>
+        <x:v>62.7</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:5">
       <x:c r="A123" s="1">
-        <x:v>45862.8678472222</x:v>
+        <x:v>45884.8646527778</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C123" s="0">
-        <x:v>15.97</x:v>
+        <x:v>8.36</x:v>
       </x:c>
       <x:c r="D123" s="0">
-        <x:v>59.427</x:v>
+        <x:v>55.782</x:v>
       </x:c>
       <x:c r="E123" s="0">
-        <x:v>66.03</x:v>
+        <x:v>61.98</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:5">
       <x:c r="A124" s="1">
-        <x:v>45861.8655671296</x:v>
+        <x:v>45883.8844212963</x:v>
       </x:c>
       <x:c r="B124" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C124" s="0">
-        <x:v>14.43</x:v>
+        <x:v>9.84</x:v>
       </x:c>
       <x:c r="D124" s="0">
-        <x:v>58.725</x:v>
+        <x:v>56.727</x:v>
       </x:c>
       <x:c r="E124" s="0">
-        <x:v>65.25</x:v>
+        <x:v>63.03</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:5">
       <x:c r="A125" s="1">
-        <x:v>45860.8818171296</x:v>
+        <x:v>45882.8657407407</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C125" s="0">
-        <x:v>14.56</x:v>
+        <x:v>8.49</x:v>
       </x:c>
       <x:c r="D125" s="0">
-        <x:v>58.779</x:v>
+        <x:v>55.737</x:v>
       </x:c>
       <x:c r="E125" s="0">
-        <x:v>65.31</x:v>
+        <x:v>62.65</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:5">
       <x:c r="A126" s="1">
-        <x:v>45859.8722800926</x:v>
+        <x:v>45881.8655208333</x:v>
       </x:c>
       <x:c r="B126" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C126" s="0">
-        <x:v>15.96</x:v>
+        <x:v>9.18</x:v>
       </x:c>
       <x:c r="D126" s="0">
-        <x:v>59.355</x:v>
+        <x:v>56.853</x:v>
       </x:c>
       <x:c r="E126" s="0">
-        <x:v>65.95</x:v>
+        <x:v>63.17</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:5">
       <x:c r="A127" s="1">
-        <x:v>45856.8656365741</x:v>
+        <x:v>45880.8651851852</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C127" s="0">
-        <x:v>16.22</x:v>
+        <x:v>10.33</x:v>
       </x:c>
       <x:c r="D127" s="0">
-        <x:v>59.445</x:v>
+        <x:v>57.564</x:v>
       </x:c>
       <x:c r="E127" s="0">
-        <x:v>66.05</x:v>
+        <x:v>63.96</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:5">
       <x:c r="A128" s="1">
-        <x:v>45855.8661574074</x:v>
+        <x:v>45877.8672569444</x:v>
       </x:c>
       <x:c r="B128" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C128" s="0">
-        <x:v>16.63</x:v>
+        <x:v>10.23</x:v>
       </x:c>
       <x:c r="D128" s="0">
-        <x:v>59.607</x:v>
+        <x:v>57.492</x:v>
       </x:c>
       <x:c r="E128" s="0">
-        <x:v>66.23</x:v>
+        <x:v>63.88</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:5">
       <x:c r="A129" s="1">
-        <x:v>45854.8781365741</x:v>
+        <x:v>45876.8650347222</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C129" s="0">
-        <x:v>14.55</x:v>
+        <x:v>10.24</x:v>
       </x:c>
       <x:c r="D129" s="0">
-        <x:v>58.671</x:v>
+        <x:v>57.492</x:v>
       </x:c>
       <x:c r="E129" s="0">
-        <x:v>65.19</x:v>
+        <x:v>63.88</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:5">
       <x:c r="A130" s="1">
-        <x:v>45853.9071643519</x:v>
+        <x:v>45875.8676736111</x:v>
       </x:c>
       <x:c r="B130" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C130" s="0">
-        <x:v>14.93</x:v>
+        <x:v>10.97</x:v>
       </x:c>
       <x:c r="D130" s="0">
-        <x:v>58.833</x:v>
+        <x:v>57.915</x:v>
       </x:c>
       <x:c r="E130" s="0">
-        <x:v>66.52</x:v>
+        <x:v>64.35</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:5">
       <x:c r="A131" s="1">
-        <x:v>45852.8673958333</x:v>
+        <x:v>45874.8687384259</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C131" s="0">
-        <x:v>15.93</x:v>
+        <x:v>12.36</x:v>
       </x:c>
       <x:c r="D131" s="0">
-        <x:v>60.282</x:v>
+        <x:v>58.644</x:v>
       </x:c>
       <x:c r="E131" s="0">
-        <x:v>66.98</x:v>
+        <x:v>65.16</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:5">
       <x:c r="A132" s="1">
-        <x:v>45849.8680092593</x:v>
+        <x:v>45873.8649652778</x:v>
       </x:c>
       <x:c r="B132" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C132" s="0">
-        <x:v>19.79</x:v>
+        <x:v>14.61</x:v>
       </x:c>
       <x:c r="D132" s="0">
-        <x:v>61.605</x:v>
+        <x:v>59.661</x:v>
       </x:c>
       <x:c r="E132" s="0">
-        <x:v>68.45</x:v>
+        <x:v>66.29</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:5">
       <x:c r="A133" s="1">
-        <x:v>45848.8850115741</x:v>
+        <x:v>45870.8694675926</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C133" s="0">
-        <x:v>15.79</x:v>
+        <x:v>17.01</x:v>
       </x:c>
       <x:c r="D133" s="0">
-        <x:v>59.913</x:v>
+        <x:v>60.597</x:v>
       </x:c>
       <x:c r="E133" s="0">
-        <x:v>66.57</x:v>
+        <x:v>67.33</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:5">
       <x:c r="A134" s="1">
-        <x:v>45847.8677546296</x:v>
+        <x:v>45869.8816782407</x:v>
       </x:c>
       <x:c r="B134" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C134" s="0">
-        <x:v>20.74</x:v>
+        <x:v>22.72</x:v>
       </x:c>
       <x:c r="D134" s="0">
-        <x:v>61.542</x:v>
+        <x:v>62.334</x:v>
       </x:c>
       <x:c r="E134" s="0">
-        <x:v>68.38</x:v>
+        <x:v>69.26</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:5">
       <x:c r="A135" s="1">
-        <x:v>45846.8687384259</x:v>
+        <x:v>45868.871087963</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C135" s="0">
-        <x:v>20.62</x:v>
+        <x:v>25.12</x:v>
       </x:c>
       <x:c r="D135" s="0">
-        <x:v>61.497</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="E135" s="0">
-        <x:v>68.33</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:5">
       <x:c r="A136" s="1">
-        <x:v>45845.8721875</x:v>
+        <x:v>45867.8666319444</x:v>
       </x:c>
       <x:c r="B136" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C136" s="0">
-        <x:v>19.59</x:v>
+        <x:v>22.8</x:v>
       </x:c>
       <x:c r="D136" s="0">
-        <x:v>61.137</x:v>
+        <x:v>62.289</x:v>
       </x:c>
       <x:c r="E136" s="0">
-        <x:v>67.93</x:v>
+        <x:v>69.21</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:5">
       <x:c r="A137" s="1">
-        <x:v>45841.8698842593</x:v>
+        <x:v>45866.8688194444</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C137" s="0">
-        <x:v>17.46</x:v>
+        <x:v>17.06</x:v>
       </x:c>
       <x:c r="D137" s="0">
-        <x:v>60.3</x:v>
+        <x:v>60.039</x:v>
       </x:c>
       <x:c r="E137" s="0">
-        <x:v>67</x:v>
+        <x:v>66.71</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:5">
       <x:c r="A138" s="1">
-        <x:v>45840.8677199074</x:v>
+        <x:v>45863.8651967593</x:v>
       </x:c>
       <x:c r="B138" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C138" s="0">
-        <x:v>18.58</x:v>
+        <x:v>14.07</x:v>
       </x:c>
       <x:c r="D138" s="0">
-        <x:v>60.705</x:v>
+        <x:v>58.644</x:v>
       </x:c>
       <x:c r="E138" s="0">
-        <x:v>67.45</x:v>
+        <x:v>65.16</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:5">
       <x:c r="A139" s="1">
-        <x:v>45839.8662962963</x:v>
+        <x:v>45862.8678472222</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C139" s="0">
-        <x:v>14.58</x:v>
+        <x:v>15.97</x:v>
       </x:c>
       <x:c r="D139" s="0">
-        <x:v>58.905</x:v>
+        <x:v>59.427</x:v>
       </x:c>
       <x:c r="E139" s="0">
-        <x:v>65.45</x:v>
+        <x:v>66.03</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:5">
       <x:c r="A140" s="1">
-        <x:v>45838.8822222222</x:v>
+        <x:v>45861.8655671296</x:v>
       </x:c>
       <x:c r="B140" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C140" s="0">
-        <x:v>13.94</x:v>
+        <x:v>14.43</x:v>
       </x:c>
       <x:c r="D140" s="0">
-        <x:v>58.599</x:v>
+        <x:v>58.725</x:v>
       </x:c>
       <x:c r="E140" s="0">
-        <x:v>65.11</x:v>
+        <x:v>65.25</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:5">
       <x:c r="A141" s="1">
-        <x:v>45835.8668287037</x:v>
+        <x:v>45860.8818171296</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C141" s="0">
-        <x:v>14.8</x:v>
+        <x:v>14.56</x:v>
       </x:c>
       <x:c r="D141" s="0">
-        <x:v>58.968</x:v>
+        <x:v>58.779</x:v>
       </x:c>
       <x:c r="E141" s="0">
-        <x:v>65.52</x:v>
+        <x:v>65.31</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:5">
       <x:c r="A142" s="1">
-        <x:v>45834.870625</x:v>
+        <x:v>45859.8722800926</x:v>
       </x:c>
       <x:c r="B142" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C142" s="0">
-        <x:v>14.26</x:v>
+        <x:v>15.96</x:v>
       </x:c>
       <x:c r="D142" s="0">
-        <x:v>58.716</x:v>
+        <x:v>59.355</x:v>
       </x:c>
       <x:c r="E142" s="0">
-        <x:v>65.24</x:v>
+        <x:v>65.95</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:5">
       <x:c r="A143" s="1">
-        <x:v>45833.876400463</x:v>
+        <x:v>45856.8656365741</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C143" s="0">
-        <x:v>13.66</x:v>
+        <x:v>16.22</x:v>
       </x:c>
       <x:c r="D143" s="0">
-        <x:v>58.428</x:v>
+        <x:v>59.445</x:v>
       </x:c>
       <x:c r="E143" s="0">
-        <x:v>64.92</x:v>
+        <x:v>66.05</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:5">
       <x:c r="A144" s="1">
-        <x:v>45832.8693402778</x:v>
+        <x:v>45855.8661574074</x:v>
       </x:c>
       <x:c r="B144" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C144" s="0">
-        <x:v>12.69</x:v>
+        <x:v>16.63</x:v>
       </x:c>
       <x:c r="D144" s="0">
-        <x:v>57.933</x:v>
+        <x:v>59.607</x:v>
       </x:c>
       <x:c r="E144" s="0">
-        <x:v>64.37</x:v>
+        <x:v>66.23</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:5">
       <x:c r="A145" s="1">
-        <x:v>45831.8656481481</x:v>
+        <x:v>45854.8781365741</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C145" s="0">
-        <x:v>27.86</x:v>
+        <x:v>14.55</x:v>
       </x:c>
       <x:c r="D145" s="0">
-        <x:v>61.659</x:v>
+        <x:v>58.671</x:v>
       </x:c>
       <x:c r="E145" s="0">
-        <x:v>68.51</x:v>
+        <x:v>65.19</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:5">
       <x:c r="A146" s="1">
-        <x:v>45828.8992708333</x:v>
+        <x:v>45853.9071643519</x:v>
       </x:c>
       <x:c r="B146" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C146" s="0">
-        <x:v>79.95</x:v>
+        <x:v>14.93</x:v>
       </x:c>
       <x:c r="D146" s="0">
-        <x:v>66.456</x:v>
+        <x:v>58.833</x:v>
       </x:c>
       <x:c r="E146" s="0">
-        <x:v>73.84</x:v>
+        <x:v>66.52</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:5">
       <x:c r="A147" s="1">
-        <x:v>45826.8721990741</x:v>
+        <x:v>45852.8673958333</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C147" s="0">
-        <x:v>76.85</x:v>
+        <x:v>15.93</x:v>
       </x:c>
       <x:c r="D147" s="0">
-        <x:v>66.15</x:v>
+        <x:v>60.282</x:v>
       </x:c>
       <x:c r="E147" s="0">
-        <x:v>73.5</x:v>
+        <x:v>66.98</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:5">
       <x:c r="A148" s="1">
-        <x:v>45825.8655902778</x:v>
+        <x:v>45849.8680092593</x:v>
       </x:c>
       <x:c r="B148" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C148" s="0">
-        <x:v>74.78</x:v>
+        <x:v>19.79</x:v>
       </x:c>
       <x:c r="D148" s="0">
-        <x:v>65.943</x:v>
+        <x:v>61.605</x:v>
       </x:c>
       <x:c r="E148" s="0">
-        <x:v>73.27</x:v>
+        <x:v>68.45</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:5">
       <x:c r="A149" s="1">
-        <x:v>45824.8653356481</x:v>
+        <x:v>45848.8850115741</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C149" s="0">
-        <x:v>53.94</x:v>
+        <x:v>15.79</x:v>
       </x:c>
       <x:c r="D149" s="0">
-        <x:v>63.225</x:v>
+        <x:v>59.913</x:v>
       </x:c>
       <x:c r="E149" s="0">
-        <x:v>70.25</x:v>
+        <x:v>66.57</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:5">
       <x:c r="A150" s="1">
-        <x:v>45821.8736342593</x:v>
+        <x:v>45847.8677546296</x:v>
       </x:c>
       <x:c r="B150" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C150" s="0">
-        <x:v>62.23</x:v>
+        <x:v>20.74</x:v>
       </x:c>
       <x:c r="D150" s="0">
-        <x:v>64.161</x:v>
+        <x:v>61.542</x:v>
       </x:c>
       <x:c r="E150" s="0">
-        <x:v>71.29</x:v>
+        <x:v>68.38</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:5">
       <x:c r="A151" s="1">
-        <x:v>45820.8652199074</x:v>
+        <x:v>45846.8687384259</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C151" s="0">
-        <x:v>38.24</x:v>
+        <x:v>20.62</x:v>
       </x:c>
       <x:c r="D151" s="0">
-        <x:v>59.976</x:v>
+        <x:v>61.497</x:v>
       </x:c>
       <x:c r="E151" s="0">
-        <x:v>68.04</x:v>
+        <x:v>68.33</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:5">
       <x:c r="A152" s="1">
-        <x:v>45819.8744212963</x:v>
+        <x:v>45845.8721875</x:v>
       </x:c>
       <x:c r="B152" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C152" s="0">
-        <x:v>38.83</x:v>
+        <x:v>19.59</x:v>
       </x:c>
       <x:c r="D152" s="0">
-        <x:v>61.335</x:v>
+        <x:v>61.137</x:v>
       </x:c>
       <x:c r="E152" s="0">
-        <x:v>68.15</x:v>
+        <x:v>67.93</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:5">
       <x:c r="A153" s="1">
-        <x:v>45818.8662152778</x:v>
+        <x:v>45841.8698842593</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C153" s="0">
-        <x:v>26.99</x:v>
+        <x:v>17.46</x:v>
       </x:c>
       <x:c r="D153" s="0">
-        <x:v>58.482</x:v>
+        <x:v>60.3</x:v>
       </x:c>
       <x:c r="E153" s="0">
-        <x:v>64.98</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:5">
       <x:c r="A154" s="1">
-        <x:v>45817.8646527778</x:v>
+        <x:v>45840.8677199074</x:v>
       </x:c>
       <x:c r="B154" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C154" s="0">
-        <x:v>28.22</x:v>
+        <x:v>18.58</x:v>
       </x:c>
       <x:c r="D154" s="0">
-        <x:v>58.761</x:v>
+        <x:v>60.705</x:v>
       </x:c>
       <x:c r="E154" s="0">
-        <x:v>65.29</x:v>
+        <x:v>67.45</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:5">
       <x:c r="A155" s="1">
-        <x:v>45814.8664814815</x:v>
+        <x:v>45839.8662962963</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C155" s="0">
-        <x:v>25.72</x:v>
+        <x:v>14.58</x:v>
       </x:c>
       <x:c r="D155" s="0">
-        <x:v>58.122</x:v>
+        <x:v>58.905</x:v>
       </x:c>
       <x:c r="E155" s="0">
-        <x:v>64.58</x:v>
+        <x:v>65.45</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:5">
       <x:c r="A156" s="1">
-        <x:v>45813.8698958333</x:v>
+        <x:v>45838.8822222222</x:v>
       </x:c>
       <x:c r="B156" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C156" s="0">
-        <x:v>21.96</x:v>
+        <x:v>13.94</x:v>
       </x:c>
       <x:c r="D156" s="0">
-        <x:v>57.033</x:v>
+        <x:v>58.599</x:v>
       </x:c>
       <x:c r="E156" s="0">
-        <x:v>63.37</x:v>
+        <x:v>65.11</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:5">
       <x:c r="A157" s="1">
-        <x:v>45812.8682638889</x:v>
+        <x:v>45835.8668287037</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C157" s="0">
-        <x:v>20.45</x:v>
+        <x:v>14.8</x:v>
       </x:c>
       <x:c r="D157" s="0">
-        <x:v>56.565</x:v>
+        <x:v>58.968</x:v>
       </x:c>
       <x:c r="E157" s="0">
-        <x:v>62.85</x:v>
+        <x:v>65.52</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:5">
       <x:c r="A158" s="1">
-        <x:v>45811.8941550926</x:v>
+        <x:v>45834.870625</x:v>
       </x:c>
       <x:c r="B158" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C158" s="0">
-        <x:v>22.23</x:v>
+        <x:v>14.26</x:v>
       </x:c>
       <x:c r="D158" s="0">
-        <x:v>57.069</x:v>
+        <x:v>58.716</x:v>
       </x:c>
       <x:c r="E158" s="0">
-        <x:v>63.41</x:v>
+        <x:v>65.24</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:5">
       <x:c r="A159" s="1">
-        <x:v>45811.8794328704</x:v>
+        <x:v>45833.876400463</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C159" s="0">
-        <x:v>22.23</x:v>
+        <x:v>13.66</x:v>
       </x:c>
       <x:c r="D159" s="0">
-        <x:v>57.069</x:v>
+        <x:v>58.428</x:v>
       </x:c>
       <x:c r="E159" s="0">
-        <x:v>63.41</x:v>
+        <x:v>64.92</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:5">
       <x:c r="A160" s="1">
-        <x:v>45810.8809953704</x:v>
+        <x:v>45832.8693402778</x:v>
       </x:c>
       <x:c r="B160" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C160" s="0">
-        <x:v>19.72</x:v>
+        <x:v>12.69</x:v>
       </x:c>
       <x:c r="D160" s="0">
-        <x:v>56.268</x:v>
+        <x:v>57.933</x:v>
       </x:c>
       <x:c r="E160" s="0">
-        <x:v>62.52</x:v>
+        <x:v>64.37</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:5">
       <x:c r="A161" s="1">
-        <x:v>45800.8680902778</x:v>
+        <x:v>45831.8656481481</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C161" s="0">
-        <x:v>17.98</x:v>
+        <x:v>27.86</x:v>
       </x:c>
       <x:c r="D161" s="0">
-        <x:v>55.377</x:v>
+        <x:v>61.659</x:v>
       </x:c>
       <x:c r="E161" s="0">
-        <x:v>61.53</x:v>
+        <x:v>68.51</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:5">
       <x:c r="A162" s="1">
-        <x:v>45799.8653240741</x:v>
+        <x:v>45828.8992708333</x:v>
       </x:c>
       <x:c r="B162" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C162" s="0">
-        <x:v>17.16</x:v>
+        <x:v>79.95</x:v>
       </x:c>
       <x:c r="D162" s="0">
-        <x:v>55.08</x:v>
+        <x:v>66.456</x:v>
       </x:c>
       <x:c r="E162" s="0">
-        <x:v>61.2</x:v>
+        <x:v>73.84</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:5">
       <x:c r="A163" s="1">
-        <x:v>45798.8683101852</x:v>
+        <x:v>45826.8721990741</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C163" s="0">
-        <x:v>18.15</x:v>
+        <x:v>76.85</x:v>
       </x:c>
       <x:c r="D163" s="0">
-        <x:v>55.413</x:v>
+        <x:v>66.15</x:v>
       </x:c>
       <x:c r="E163" s="0">
-        <x:v>61.57</x:v>
+        <x:v>73.5</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:5">
       <x:c r="A164" s="1">
-        <x:v>45797.8646180556</x:v>
+        <x:v>45825.8655902778</x:v>
       </x:c>
       <x:c r="B164" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C164" s="0">
-        <x:v>19.47</x:v>
+        <x:v>74.78</x:v>
       </x:c>
       <x:c r="D164" s="0">
-        <x:v>55.827</x:v>
+        <x:v>65.943</x:v>
       </x:c>
       <x:c r="E164" s="0">
-        <x:v>62.03</x:v>
+        <x:v>73.27</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:5">
       <x:c r="A165" s="1">
-        <x:v>45796.8686342593</x:v>
+        <x:v>45824.8653356481</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C165" s="0">
-        <x:v>19.79</x:v>
+        <x:v>53.94</x:v>
       </x:c>
       <x:c r="D165" s="0">
-        <x:v>55.926</x:v>
+        <x:v>63.225</x:v>
       </x:c>
       <x:c r="E165" s="0">
-        <x:v>62.14</x:v>
+        <x:v>70.25</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:5">
       <x:c r="A166" s="1">
-        <x:v>45793.8666203704</x:v>
+        <x:v>45821.8736342593</x:v>
       </x:c>
       <x:c r="B166" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C166" s="0">
-        <x:v>19.35</x:v>
+        <x:v>62.23</x:v>
       </x:c>
       <x:c r="D166" s="0">
-        <x:v>55.773</x:v>
+        <x:v>64.161</x:v>
       </x:c>
       <x:c r="E166" s="0">
-        <x:v>61.97</x:v>
+        <x:v>71.29</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:5">
       <x:c r="A167" s="1">
-        <x:v>45792.865625</x:v>
+        <x:v>45820.8652199074</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C167" s="0">
-        <x:v>17.28</x:v>
+        <x:v>38.24</x:v>
       </x:c>
       <x:c r="D167" s="0">
-        <x:v>55.035</x:v>
+        <x:v>59.976</x:v>
       </x:c>
       <x:c r="E167" s="0">
-        <x:v>61.15</x:v>
+        <x:v>68.04</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:5">
       <x:c r="A168" s="1">
-        <x:v>45791.8649537037</x:v>
+        <x:v>45819.8744212963</x:v>
       </x:c>
       <x:c r="B168" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C168" s="0">
-        <x:v>22.16</x:v>
+        <x:v>38.83</x:v>
       </x:c>
       <x:c r="D168" s="0">
-        <x:v>56.412</x:v>
+        <x:v>61.335</x:v>
       </x:c>
       <x:c r="E168" s="0">
-        <x:v>62.68</x:v>
+        <x:v>68.15</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:5">
       <x:c r="A169" s="1">
-        <x:v>45790.8660416667</x:v>
+        <x:v>45818.8662152778</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C169" s="0">
-        <x:v>24.13</x:v>
+        <x:v>26.99</x:v>
       </x:c>
       <x:c r="D169" s="0">
-        <x:v>56.925</x:v>
+        <x:v>58.482</x:v>
       </x:c>
       <x:c r="E169" s="0">
-        <x:v>63.67</x:v>
+        <x:v>64.98</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:5">
       <x:c r="A170" s="1">
-        <x:v>45789.8656944444</x:v>
+        <x:v>45817.8646527778</x:v>
       </x:c>
       <x:c r="B170" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C170" s="0">
-        <x:v>19.32</x:v>
+        <x:v>28.22</x:v>
       </x:c>
       <x:c r="D170" s="0">
-        <x:v>55.755</x:v>
+        <x:v>58.761</x:v>
       </x:c>
       <x:c r="E170" s="0">
-        <x:v>61.95</x:v>
+        <x:v>65.29</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:5">
       <x:c r="A171" s="1">
-        <x:v>45786.8665740741</x:v>
+        <x:v>45814.8664814815</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C171" s="0">
-        <x:v>17.02</x:v>
+        <x:v>25.72</x:v>
       </x:c>
       <x:c r="D171" s="0">
-        <x:v>54.918</x:v>
+        <x:v>58.122</x:v>
       </x:c>
       <x:c r="E171" s="0">
-        <x:v>61.02</x:v>
+        <x:v>64.58</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:5">
       <x:c r="A172" s="1">
-        <x:v>45785.8673842593</x:v>
+        <x:v>45813.8698958333</x:v>
       </x:c>
       <x:c r="B172" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C172" s="0">
-        <x:v>14.59</x:v>
+        <x:v>21.96</x:v>
       </x:c>
       <x:c r="D172" s="0">
-        <x:v>53.919</x:v>
+        <x:v>57.033</x:v>
       </x:c>
       <x:c r="E172" s="0">
-        <x:v>59.91</x:v>
+        <x:v>63.37</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:5">
       <x:c r="A173" s="1">
+        <x:v>45812.8682638889</x:v>
+      </x:c>
+      <x:c r="B173" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C173" s="0">
+        <x:v>20.45</x:v>
+      </x:c>
+      <x:c r="D173" s="0">
+        <x:v>56.565</x:v>
+      </x:c>
+      <x:c r="E173" s="0">
+        <x:v>62.85</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="174" spans="1:5">
+      <x:c r="A174" s="1">
+        <x:v>45811.8941550926</x:v>
+      </x:c>
+      <x:c r="B174" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C174" s="0">
+        <x:v>22.23</x:v>
+      </x:c>
+      <x:c r="D174" s="0">
+        <x:v>57.069</x:v>
+      </x:c>
+      <x:c r="E174" s="0">
+        <x:v>63.41</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="175" spans="1:5">
+      <x:c r="A175" s="1">
+        <x:v>45811.8794328704</x:v>
+      </x:c>
+      <x:c r="B175" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C175" s="0">
+        <x:v>22.23</x:v>
+      </x:c>
+      <x:c r="D175" s="0">
+        <x:v>57.069</x:v>
+      </x:c>
+      <x:c r="E175" s="0">
+        <x:v>63.41</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="176" spans="1:5">
+      <x:c r="A176" s="1">
+        <x:v>45810.8809953704</x:v>
+      </x:c>
+      <x:c r="B176" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C176" s="0">
+        <x:v>19.72</x:v>
+      </x:c>
+      <x:c r="D176" s="0">
+        <x:v>56.268</x:v>
+      </x:c>
+      <x:c r="E176" s="0">
+        <x:v>62.52</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="177" spans="1:5">
+      <x:c r="A177" s="1">
+        <x:v>45800.8680902778</x:v>
+      </x:c>
+      <x:c r="B177" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C177" s="0">
+        <x:v>17.98</x:v>
+      </x:c>
+      <x:c r="D177" s="0">
+        <x:v>55.377</x:v>
+      </x:c>
+      <x:c r="E177" s="0">
+        <x:v>61.53</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="178" spans="1:5">
+      <x:c r="A178" s="1">
+        <x:v>45799.8653240741</x:v>
+      </x:c>
+      <x:c r="B178" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C178" s="0">
+        <x:v>17.16</x:v>
+      </x:c>
+      <x:c r="D178" s="0">
+        <x:v>55.08</x:v>
+      </x:c>
+      <x:c r="E178" s="0">
+        <x:v>61.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="179" spans="1:5">
+      <x:c r="A179" s="1">
+        <x:v>45798.8683101852</x:v>
+      </x:c>
+      <x:c r="B179" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C179" s="0">
+        <x:v>18.15</x:v>
+      </x:c>
+      <x:c r="D179" s="0">
+        <x:v>55.413</x:v>
+      </x:c>
+      <x:c r="E179" s="0">
+        <x:v>61.57</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="180" spans="1:5">
+      <x:c r="A180" s="1">
+        <x:v>45797.8646180556</x:v>
+      </x:c>
+      <x:c r="B180" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C180" s="0">
+        <x:v>19.47</x:v>
+      </x:c>
+      <x:c r="D180" s="0">
+        <x:v>55.827</x:v>
+      </x:c>
+      <x:c r="E180" s="0">
+        <x:v>62.03</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="181" spans="1:5">
+      <x:c r="A181" s="1">
+        <x:v>45796.8686342593</x:v>
+      </x:c>
+      <x:c r="B181" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C181" s="0">
+        <x:v>19.79</x:v>
+      </x:c>
+      <x:c r="D181" s="0">
+        <x:v>55.926</x:v>
+      </x:c>
+      <x:c r="E181" s="0">
+        <x:v>62.14</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="182" spans="1:5">
+      <x:c r="A182" s="1">
+        <x:v>45793.8666203704</x:v>
+      </x:c>
+      <x:c r="B182" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C182" s="0">
+        <x:v>19.35</x:v>
+      </x:c>
+      <x:c r="D182" s="0">
+        <x:v>55.773</x:v>
+      </x:c>
+      <x:c r="E182" s="0">
+        <x:v>61.97</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="183" spans="1:5">
+      <x:c r="A183" s="1">
+        <x:v>45792.865625</x:v>
+      </x:c>
+      <x:c r="B183" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C183" s="0">
+        <x:v>17.28</x:v>
+      </x:c>
+      <x:c r="D183" s="0">
+        <x:v>55.035</x:v>
+      </x:c>
+      <x:c r="E183" s="0">
+        <x:v>61.15</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="184" spans="1:5">
+      <x:c r="A184" s="1">
+        <x:v>45791.8649537037</x:v>
+      </x:c>
+      <x:c r="B184" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C184" s="0">
+        <x:v>22.16</x:v>
+      </x:c>
+      <x:c r="D184" s="0">
+        <x:v>56.412</x:v>
+      </x:c>
+      <x:c r="E184" s="0">
+        <x:v>62.68</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="185" spans="1:5">
+      <x:c r="A185" s="1">
+        <x:v>45790.8660416667</x:v>
+      </x:c>
+      <x:c r="B185" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C185" s="0">
+        <x:v>24.13</x:v>
+      </x:c>
+      <x:c r="D185" s="0">
+        <x:v>56.925</x:v>
+      </x:c>
+      <x:c r="E185" s="0">
+        <x:v>63.67</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="186" spans="1:5">
+      <x:c r="A186" s="1">
+        <x:v>45789.8656944444</x:v>
+      </x:c>
+      <x:c r="B186" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C186" s="0">
+        <x:v>19.32</x:v>
+      </x:c>
+      <x:c r="D186" s="0">
+        <x:v>55.755</x:v>
+      </x:c>
+      <x:c r="E186" s="0">
+        <x:v>61.95</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="187" spans="1:5">
+      <x:c r="A187" s="1">
+        <x:v>45786.8665740741</x:v>
+      </x:c>
+      <x:c r="B187" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C187" s="0">
+        <x:v>17.02</x:v>
+      </x:c>
+      <x:c r="D187" s="0">
+        <x:v>54.918</x:v>
+      </x:c>
+      <x:c r="E187" s="0">
+        <x:v>61.02</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="188" spans="1:5">
+      <x:c r="A188" s="1">
+        <x:v>45785.8673842593</x:v>
+      </x:c>
+      <x:c r="B188" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C188" s="0">
+        <x:v>14.59</x:v>
+      </x:c>
+      <x:c r="D188" s="0">
+        <x:v>53.919</x:v>
+      </x:c>
+      <x:c r="E188" s="0">
+        <x:v>59.91</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="189" spans="1:5">
+      <x:c r="A189" s="1">
         <x:v>45784.8969560185</x:v>
       </x:c>
-      <x:c r="B173" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C173" s="0">
+      <x:c r="B189" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C189" s="0">
         <x:v>11.36</x:v>
       </x:c>
-      <x:c r="D173" s="0">
+      <x:c r="D189" s="0">
         <x:v>52.263</x:v>
       </x:c>
-      <x:c r="E173" s="0">
+      <x:c r="E189" s="0">
         <x:v>58.07</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>