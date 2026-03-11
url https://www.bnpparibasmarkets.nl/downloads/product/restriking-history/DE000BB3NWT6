--- v5 (2026-02-13)
+++ v6 (2026-03-11)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R94cbee1f6f444c88" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/aae2bac1b10746d99231e9c523692061.psmdcp" Id="Rb83413ed40d0475d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R76d3f5bb418a43eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ad45970116304107bd414343470ac683.psmdcp" Id="R6854aa4c06484a1e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>DE000BB3NWT6</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -390,3259 +390,3582 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E189"/>
+  <x:dimension ref="A1:E208"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>46065.8651736111</x:v>
+        <x:v>46090.8578472222</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
-        <x:v>2.28</x:v>
+        <x:v>43.07</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>56.385</x:v>
+        <x:v>73.071</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>62.84</x:v>
+        <x:v>81.19</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>46064.9031597222</x:v>
+        <x:v>46087.8920833333</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
-        <x:v>3.04</x:v>
+        <x:v>31.18</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>58.167</x:v>
+        <x:v>81.81</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>64.63</x:v>
+        <x:v>90.9</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>46063.8642824074</x:v>
+        <x:v>46087.8763888889</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
-        <x:v>2.78</x:v>
+        <x:v>31.18</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>57.564</x:v>
+        <x:v>81.81</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>63.96</x:v>
+        <x:v>90.9</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>46062.8648842593</x:v>
+        <x:v>46086.8729282407</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
-        <x:v>2.95</x:v>
+        <x:v>14.86</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>57.924</x:v>
+        <x:v>72.909</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>64.36</x:v>
+        <x:v>81.01</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>46059.8652662037</x:v>
+        <x:v>46085.8643055556</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
-        <x:v>2.65</x:v>
+        <x:v>8.42</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>57.195</x:v>
+        <x:v>67.194</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>63.55</x:v>
+        <x:v>74.66</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>46058.8643865741</x:v>
+        <x:v>46084.8662037037</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
-        <x:v>2.56</x:v>
+        <x:v>8.33</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>56.961</x:v>
+        <x:v>67.104</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>63.29</x:v>
+        <x:v>74.56</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>46057.8643634259</x:v>
+        <x:v>46083.8641319444</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
-        <x:v>3.44</x:v>
+        <x:v>5.86</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>58.626</x:v>
+        <x:v>64.107</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>65.14</x:v>
+        <x:v>71.23</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>46056.864375</x:v>
+        <x:v>46080.8725115741</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
-        <x:v>2.7</x:v>
+        <x:v>3.75</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>56.889</x:v>
+        <x:v>60.318</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>63.21</x:v>
+        <x:v>67.02</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>46055.8725694444</x:v>
+        <x:v>46080.8652199074</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
-        <x:v>2.34</x:v>
+        <x:v>3.75</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>55.926</x:v>
+        <x:v>60.318</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>62.14</x:v>
+        <x:v>67.02</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>46052.8643171296</x:v>
+        <x:v>46079.8642592593</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C12" s="0">
-        <x:v>4.07</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="D12" s="0">
         <x:v>58.689</x:v>
       </x:c>
       <x:c r="E12" s="0">
         <x:v>65.21</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>46051.8644444444</x:v>
+        <x:v>46078.8643055556</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0">
-        <x:v>4.19</x:v>
+        <x:v>3.09</x:v>
       </x:c>
       <x:c r="D13" s="0">
         <x:v>58.878</x:v>
       </x:c>
       <x:c r="E13" s="0">
         <x:v>65.42</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>46050.8643518519</x:v>
+        <x:v>46077.8642939815</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C14" s="0">
         <x:v>3.19</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>56.889</x:v>
+        <x:v>59.067</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>63.21</x:v>
+        <x:v>65.63</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>46049.8641319444</x:v>
+        <x:v>46076.8647800926</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
-        <x:v>2.86</x:v>
+        <x:v>3.51</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>56.151</x:v>
+        <x:v>59.679</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>62.39</x:v>
+        <x:v>66.31</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>46048.8665277778</x:v>
+        <x:v>46073.878275463</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C16" s="0">
-        <x:v>2.26</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>54.567</x:v>
+        <x:v>59.832</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>60.63</x:v>
+        <x:v>66.48</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>46045.8844907407</x:v>
+        <x:v>46073.864212963</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C17" s="0">
-        <x:v>2.43</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>54.963</x:v>
+        <x:v>59.832</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>61.07</x:v>
+        <x:v>66.48</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>46044.8665277778</x:v>
+        <x:v>46072.8642708333</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="0">
-        <x:v>1.93</x:v>
+        <x:v>3.57</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>53.424</x:v>
+        <x:v>59.76</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>59.36</x:v>
+        <x:v>66.4</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>46043.8692476852</x:v>
+        <x:v>46071.8643518519</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C19" s="0">
-        <x:v>2.37</x:v>
+        <x:v>3.01</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>54.558</x:v>
+        <x:v>58.545</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>60.62</x:v>
+        <x:v>65.05</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
-        <x:v>46042.8824189815</x:v>
+        <x:v>46070.864224537</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C20" s="0">
-        <x:v>2.29</x:v>
+        <x:v>2.14</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>54.324</x:v>
+        <x:v>56.034</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>60.36</x:v>
+        <x:v>62.26</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="1">
-        <x:v>46038.8784722222</x:v>
+        <x:v>46066.8643981482</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C21" s="0">
-        <x:v>1.98</x:v>
+        <x:v>2.31</x:v>
       </x:c>
       <x:c r="D21" s="0">
-        <x:v>53.406</x:v>
+        <x:v>56.475</x:v>
       </x:c>
       <x:c r="E21" s="0">
-        <x:v>59.34</x:v>
+        <x:v>62.75</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="1">
-        <x:v>46037.8783217593</x:v>
+        <x:v>46065.8651736111</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C22" s="0">
-        <x:v>1.91</x:v>
+        <x:v>2.28</x:v>
       </x:c>
       <x:c r="D22" s="0">
-        <x:v>53.172</x:v>
+        <x:v>56.385</x:v>
       </x:c>
       <x:c r="E22" s="0">
-        <x:v>59.08</x:v>
+        <x:v>62.84</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="1">
-        <x:v>46036.8658796296</x:v>
+        <x:v>46064.9031597222</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C23" s="0">
-        <x:v>3.23</x:v>
+        <x:v>3.04</x:v>
       </x:c>
       <x:c r="D23" s="0">
-        <x:v>55.692</x:v>
+        <x:v>58.167</x:v>
       </x:c>
       <x:c r="E23" s="0">
-        <x:v>61.88</x:v>
+        <x:v>64.63</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="1">
-        <x:v>46035.867662037</x:v>
+        <x:v>46063.8642824074</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C24" s="0">
-        <x:v>2.83</x:v>
+        <x:v>2.78</x:v>
       </x:c>
       <x:c r="D24" s="0">
-        <x:v>54.837</x:v>
+        <x:v>57.564</x:v>
       </x:c>
       <x:c r="E24" s="0">
-        <x:v>60.93</x:v>
+        <x:v>63.96</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="1">
-        <x:v>46034.8654050926</x:v>
+        <x:v>46062.8648842593</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C25" s="0">
-        <x:v>2.28</x:v>
+        <x:v>2.95</x:v>
       </x:c>
       <x:c r="D25" s="0">
-        <x:v>53.388</x:v>
+        <x:v>57.924</x:v>
       </x:c>
       <x:c r="E25" s="0">
-        <x:v>59.5</x:v>
+        <x:v>64.36</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="1">
-        <x:v>46031.8690162037</x:v>
+        <x:v>46059.8652662037</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C26" s="0">
-        <x:v>2.16</x:v>
+        <x:v>2.65</x:v>
       </x:c>
       <x:c r="D26" s="0">
-        <x:v>53.208</x:v>
+        <x:v>57.195</x:v>
       </x:c>
       <x:c r="E26" s="0">
-        <x:v>59.12</x:v>
+        <x:v>63.55</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="1">
-        <x:v>46030.8658449074</x:v>
+        <x:v>46058.8643865741</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C27" s="0">
-        <x:v>1.78</x:v>
+        <x:v>2.56</x:v>
       </x:c>
       <x:c r="D27" s="0">
-        <x:v>51.984</x:v>
+        <x:v>56.961</x:v>
       </x:c>
       <x:c r="E27" s="0">
-        <x:v>57.76</x:v>
+        <x:v>63.29</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="1">
-        <x:v>46029.8657986111</x:v>
+        <x:v>46057.8643634259</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C28" s="0">
-        <x:v>1.39</x:v>
+        <x:v>3.44</x:v>
       </x:c>
       <x:c r="D28" s="0">
-        <x:v>50.391</x:v>
+        <x:v>58.626</x:v>
       </x:c>
       <x:c r="E28" s="0">
-        <x:v>55.99</x:v>
+        <x:v>65.14</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="1">
-        <x:v>46028.8721180556</x:v>
+        <x:v>46056.864375</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C29" s="0">
-        <x:v>1.69</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="D29" s="0">
-        <x:v>51.417</x:v>
+        <x:v>56.889</x:v>
       </x:c>
       <x:c r="E29" s="0">
-        <x:v>57.13</x:v>
+        <x:v>63.21</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="1">
-        <x:v>46027.8681365741</x:v>
+        <x:v>46055.8725694444</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C30" s="0">
-        <x:v>2.07</x:v>
+        <x:v>2.34</x:v>
       </x:c>
       <x:c r="D30" s="0">
-        <x:v>52.488</x:v>
+        <x:v>55.926</x:v>
       </x:c>
       <x:c r="E30" s="0">
-        <x:v>58.32</x:v>
+        <x:v>62.14</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="1">
-        <x:v>46024.8692708333</x:v>
+        <x:v>46052.8643171296</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C31" s="0">
-        <x:v>1.79</x:v>
+        <x:v>4.07</x:v>
       </x:c>
       <x:c r="D31" s="0">
-        <x:v>51.588</x:v>
+        <x:v>58.689</x:v>
       </x:c>
       <x:c r="E31" s="0">
-        <x:v>57.32</x:v>
+        <x:v>65.21</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="1">
-        <x:v>46021.8699305556</x:v>
+        <x:v>46051.8644444444</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C32" s="0">
-        <x:v>1.99</x:v>
+        <x:v>4.19</x:v>
       </x:c>
       <x:c r="D32" s="0">
-        <x:v>52.155</x:v>
+        <x:v>58.878</x:v>
       </x:c>
       <x:c r="E32" s="0">
-        <x:v>57.95</x:v>
+        <x:v>65.42</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="1">
-        <x:v>46020.8706712963</x:v>
+        <x:v>46050.8643518519</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C33" s="0">
-        <x:v>2.04</x:v>
+        <x:v>3.19</x:v>
       </x:c>
       <x:c r="D33" s="0">
-        <x:v>52.272</x:v>
+        <x:v>56.889</x:v>
       </x:c>
       <x:c r="E33" s="0">
-        <x:v>58.08</x:v>
+        <x:v>63.21</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="1">
-        <x:v>46014.8683217593</x:v>
+        <x:v>46049.8641319444</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C34" s="0">
-        <x:v>2.14</x:v>
+        <x:v>2.86</x:v>
       </x:c>
       <x:c r="D34" s="0">
-        <x:v>52.542</x:v>
+        <x:v>56.151</x:v>
       </x:c>
       <x:c r="E34" s="0">
-        <x:v>58.38</x:v>
+        <x:v>62.39</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="1">
-        <x:v>46013.8651851852</x:v>
+        <x:v>46048.8665277778</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C35" s="0">
-        <x:v>2.03</x:v>
+        <x:v>2.26</x:v>
       </x:c>
       <x:c r="D35" s="0">
-        <x:v>52.209</x:v>
+        <x:v>54.567</x:v>
       </x:c>
       <x:c r="E35" s="0">
-        <x:v>58.01</x:v>
+        <x:v>60.63</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="1">
-        <x:v>46010.8689930556</x:v>
+        <x:v>46045.8844907407</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C36" s="0">
-        <x:v>1.64</x:v>
+        <x:v>2.43</x:v>
       </x:c>
       <x:c r="D36" s="0">
-        <x:v>50.868</x:v>
+        <x:v>54.963</x:v>
       </x:c>
       <x:c r="E36" s="0">
-        <x:v>56.52</x:v>
+        <x:v>61.07</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="1">
-        <x:v>46009.8651736111</x:v>
+        <x:v>46044.8665277778</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C37" s="0">
-        <x:v>1.52</x:v>
+        <x:v>1.93</x:v>
       </x:c>
       <x:c r="D37" s="0">
-        <x:v>50.4</x:v>
+        <x:v>53.424</x:v>
       </x:c>
       <x:c r="E37" s="0">
-        <x:v>56</x:v>
+        <x:v>59.36</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="1">
-        <x:v>46008.8662037037</x:v>
+        <x:v>46043.8692476852</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C38" s="0">
-        <x:v>1.47</x:v>
+        <x:v>2.37</x:v>
       </x:c>
       <x:c r="D38" s="0">
-        <x:v>50.229</x:v>
+        <x:v>54.558</x:v>
       </x:c>
       <x:c r="E38" s="0">
-        <x:v>55.81</x:v>
+        <x:v>60.62</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="1">
-        <x:v>46007.8646759259</x:v>
+        <x:v>46042.8824189815</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C39" s="0">
-        <x:v>1.33</x:v>
+        <x:v>2.29</x:v>
       </x:c>
       <x:c r="D39" s="0">
-        <x:v>49.617</x:v>
+        <x:v>54.324</x:v>
       </x:c>
       <x:c r="E39" s="0">
-        <x:v>55.13</x:v>
+        <x:v>60.36</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="1">
-        <x:v>46006.8661342593</x:v>
+        <x:v>46038.8784722222</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C40" s="0">
-        <x:v>1.7</x:v>
+        <x:v>1.98</x:v>
       </x:c>
       <x:c r="D40" s="0">
-        <x:v>51.003</x:v>
+        <x:v>53.406</x:v>
       </x:c>
       <x:c r="E40" s="0">
-        <x:v>56.67</x:v>
+        <x:v>59.34</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="1">
-        <x:v>46003.8692708333</x:v>
+        <x:v>46037.8783217593</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C41" s="0">
-        <x:v>1.93</x:v>
+        <x:v>1.91</x:v>
       </x:c>
       <x:c r="D41" s="0">
-        <x:v>51.516</x:v>
+        <x:v>53.172</x:v>
       </x:c>
       <x:c r="E41" s="0">
-        <x:v>57.44</x:v>
+        <x:v>59.08</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="1">
-        <x:v>46002.8652083333</x:v>
+        <x:v>46036.8658796296</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C42" s="0">
-        <x:v>1.98</x:v>
+        <x:v>3.23</x:v>
       </x:c>
       <x:c r="D42" s="0">
-        <x:v>51.84</x:v>
+        <x:v>55.692</x:v>
       </x:c>
       <x:c r="E42" s="0">
-        <x:v>57.6</x:v>
+        <x:v>61.88</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="1">
-        <x:v>46001.8649189815</x:v>
+        <x:v>46035.867662037</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C43" s="0">
-        <x:v>2.29</x:v>
+        <x:v>2.83</x:v>
       </x:c>
       <x:c r="D43" s="0">
-        <x:v>52.614</x:v>
+        <x:v>54.837</x:v>
       </x:c>
       <x:c r="E43" s="0">
-        <x:v>58.46</x:v>
+        <x:v>60.93</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="1">
-        <x:v>46000.8892013889</x:v>
+        <x:v>46034.8654050926</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C44" s="0">
-        <x:v>2.22</x:v>
+        <x:v>2.28</x:v>
       </x:c>
       <x:c r="D44" s="0">
-        <x:v>52.425</x:v>
+        <x:v>53.388</x:v>
       </x:c>
       <x:c r="E44" s="0">
-        <x:v>58.25</x:v>
+        <x:v>59.5</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="1">
-        <x:v>45999.8773842593</x:v>
+        <x:v>46031.8690162037</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C45" s="0">
-        <x:v>2.46</x:v>
+        <x:v>2.16</x:v>
       </x:c>
       <x:c r="D45" s="0">
-        <x:v>52.992</x:v>
+        <x:v>53.208</x:v>
       </x:c>
       <x:c r="E45" s="0">
-        <x:v>58.88</x:v>
+        <x:v>59.12</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="1">
-        <x:v>45996.8718518519</x:v>
+        <x:v>46030.8658449074</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C46" s="0">
-        <x:v>3</x:v>
+        <x:v>1.78</x:v>
       </x:c>
       <x:c r="D46" s="0">
-        <x:v>54.072</x:v>
+        <x:v>51.984</x:v>
       </x:c>
       <x:c r="E46" s="0">
-        <x:v>60.08</x:v>
+        <x:v>57.76</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="1">
-        <x:v>45995.8729513889</x:v>
+        <x:v>46029.8657986111</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C47" s="0">
-        <x:v>2.83</x:v>
+        <x:v>1.39</x:v>
       </x:c>
       <x:c r="D47" s="0">
-        <x:v>53.703</x:v>
+        <x:v>50.391</x:v>
       </x:c>
       <x:c r="E47" s="0">
-        <x:v>59.67</x:v>
+        <x:v>55.99</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5">
       <x:c r="A48" s="1">
-        <x:v>45994.8669560185</x:v>
+        <x:v>46028.8721180556</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C48" s="0">
-        <x:v>2.55</x:v>
+        <x:v>1.69</x:v>
       </x:c>
       <x:c r="D48" s="0">
-        <x:v>53.055</x:v>
+        <x:v>51.417</x:v>
       </x:c>
       <x:c r="E48" s="0">
-        <x:v>58.95</x:v>
+        <x:v>57.13</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
       <x:c r="A49" s="1">
-        <x:v>45993.8648958333</x:v>
+        <x:v>46027.8681365741</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C49" s="0">
-        <x:v>2.44</x:v>
+        <x:v>2.07</x:v>
       </x:c>
       <x:c r="D49" s="0">
-        <x:v>52.776</x:v>
+        <x:v>52.488</x:v>
       </x:c>
       <x:c r="E49" s="0">
-        <x:v>58.64</x:v>
+        <x:v>58.32</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5">
       <x:c r="A50" s="1">
-        <x:v>45992.8654976852</x:v>
+        <x:v>46024.8692708333</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C50" s="0">
-        <x:v>2.72</x:v>
+        <x:v>1.79</x:v>
       </x:c>
       <x:c r="D50" s="0">
-        <x:v>53.388</x:v>
+        <x:v>51.588</x:v>
       </x:c>
       <x:c r="E50" s="0">
-        <x:v>59.32</x:v>
+        <x:v>57.32</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5">
       <x:c r="A51" s="1">
-        <x:v>45989.8774074074</x:v>
+        <x:v>46021.8699305556</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C51" s="0">
-        <x:v>2.43</x:v>
+        <x:v>1.99</x:v>
       </x:c>
       <x:c r="D51" s="0">
-        <x:v>52.695</x:v>
+        <x:v>52.155</x:v>
       </x:c>
       <x:c r="E51" s="0">
-        <x:v>58.55</x:v>
+        <x:v>57.95</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5">
       <x:c r="A52" s="1">
-        <x:v>45987.8775694444</x:v>
+        <x:v>46020.8706712963</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C52" s="0">
-        <x:v>2.48</x:v>
+        <x:v>2.04</x:v>
       </x:c>
       <x:c r="D52" s="0">
-        <x:v>52.785</x:v>
+        <x:v>52.272</x:v>
       </x:c>
       <x:c r="E52" s="0">
-        <x:v>58.65</x:v>
+        <x:v>58.08</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5">
       <x:c r="A53" s="1">
-        <x:v>45986.8743865741</x:v>
+        <x:v>46014.8683217593</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C53" s="0">
-        <x:v>2.23</x:v>
+        <x:v>2.14</x:v>
       </x:c>
       <x:c r="D53" s="0">
-        <x:v>52.155</x:v>
+        <x:v>52.542</x:v>
       </x:c>
       <x:c r="E53" s="0">
-        <x:v>57.95</x:v>
+        <x:v>58.38</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5">
       <x:c r="A54" s="1">
-        <x:v>45985.8708796296</x:v>
+        <x:v>46013.8651851852</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C54" s="0">
-        <x:v>2.59</x:v>
+        <x:v>2.03</x:v>
       </x:c>
       <x:c r="D54" s="0">
-        <x:v>52.956</x:v>
+        <x:v>52.209</x:v>
       </x:c>
       <x:c r="E54" s="0">
-        <x:v>58.84</x:v>
+        <x:v>58.01</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5">
       <x:c r="A55" s="1">
-        <x:v>45982.8679050926</x:v>
+        <x:v>46010.8689930556</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C55" s="0">
-        <x:v>2.31</x:v>
+        <x:v>1.64</x:v>
       </x:c>
       <x:c r="D55" s="0">
-        <x:v>52.254</x:v>
+        <x:v>50.868</x:v>
       </x:c>
       <x:c r="E55" s="0">
-        <x:v>58.06</x:v>
+        <x:v>56.52</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5">
       <x:c r="A56" s="1">
-        <x:v>45981.867650463</x:v>
+        <x:v>46009.8651736111</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C56" s="0">
-        <x:v>2.7</x:v>
+        <x:v>1.52</x:v>
       </x:c>
       <x:c r="D56" s="0">
-        <x:v>53.1</x:v>
+        <x:v>50.4</x:v>
       </x:c>
       <x:c r="E56" s="0">
-        <x:v>59</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:5">
       <x:c r="A57" s="1">
-        <x:v>45980.8667013889</x:v>
+        <x:v>46008.8662037037</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C57" s="0">
-        <x:v>2.81</x:v>
+        <x:v>1.47</x:v>
       </x:c>
       <x:c r="D57" s="0">
-        <x:v>53.325</x:v>
+        <x:v>50.229</x:v>
       </x:c>
       <x:c r="E57" s="0">
-        <x:v>59.25</x:v>
+        <x:v>55.81</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:5">
       <x:c r="A58" s="1">
-        <x:v>45979.8891898148</x:v>
+        <x:v>46007.8646759259</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C58" s="0">
-        <x:v>3.56</x:v>
+        <x:v>1.33</x:v>
       </x:c>
       <x:c r="D58" s="0">
-        <x:v>54.603</x:v>
+        <x:v>49.617</x:v>
       </x:c>
       <x:c r="E58" s="0">
-        <x:v>60.67</x:v>
+        <x:v>55.13</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:5">
       <x:c r="A59" s="1">
-        <x:v>45978.8654861111</x:v>
+        <x:v>46006.8661342593</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C59" s="0">
-        <x:v>3.18</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="D59" s="0">
-        <x:v>53.874</x:v>
+        <x:v>51.003</x:v>
       </x:c>
       <x:c r="E59" s="0">
-        <x:v>59.86</x:v>
+        <x:v>56.67</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:5">
       <x:c r="A60" s="1">
-        <x:v>45975.8663541667</x:v>
+        <x:v>46003.8692708333</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C60" s="0">
-        <x:v>3.23</x:v>
+        <x:v>1.93</x:v>
       </x:c>
       <x:c r="D60" s="0">
-        <x:v>53.955</x:v>
+        <x:v>51.516</x:v>
       </x:c>
       <x:c r="E60" s="0">
-        <x:v>59.95</x:v>
+        <x:v>57.44</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:5">
       <x:c r="A61" s="1">
-        <x:v>45974.8920717593</x:v>
+        <x:v>46002.8652083333</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C61" s="0">
-        <x:v>2.69</x:v>
+        <x:v>1.98</x:v>
       </x:c>
       <x:c r="D61" s="0">
-        <x:v>52.776</x:v>
+        <x:v>51.84</x:v>
       </x:c>
       <x:c r="E61" s="0">
-        <x:v>58.69</x:v>
+        <x:v>57.6</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:5">
       <x:c r="A62" s="1">
-        <x:v>45972.8743865741</x:v>
+        <x:v>46001.8649189815</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C62" s="0">
-        <x:v>4.19</x:v>
+        <x:v>2.29</x:v>
       </x:c>
       <x:c r="D62" s="0">
-        <x:v>54.936</x:v>
+        <x:v>52.614</x:v>
       </x:c>
       <x:c r="E62" s="0">
-        <x:v>61.04</x:v>
+        <x:v>58.46</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:5">
       <x:c r="A63" s="1">
-        <x:v>45971.8872916667</x:v>
+        <x:v>46000.8892013889</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C63" s="0">
-        <x:v>3.69</x:v>
+        <x:v>2.22</x:v>
       </x:c>
       <x:c r="D63" s="0">
-        <x:v>54.117</x:v>
+        <x:v>52.425</x:v>
       </x:c>
       <x:c r="E63" s="0">
-        <x:v>60.13</x:v>
+        <x:v>58.25</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:5">
       <x:c r="A64" s="1">
-        <x:v>45968.8685532407</x:v>
+        <x:v>45999.8773842593</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C64" s="0">
-        <x:v>3.49</x:v>
+        <x:v>2.46</x:v>
       </x:c>
       <x:c r="D64" s="0">
-        <x:v>53.775</x:v>
+        <x:v>52.992</x:v>
       </x:c>
       <x:c r="E64" s="0">
-        <x:v>59.75</x:v>
+        <x:v>58.88</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:5">
       <x:c r="A65" s="1">
-        <x:v>45967.8675231481</x:v>
+        <x:v>45996.8718518519</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C65" s="0">
-        <x:v>3.34</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="D65" s="0">
-        <x:v>53.487</x:v>
+        <x:v>54.072</x:v>
       </x:c>
       <x:c r="E65" s="0">
-        <x:v>59.43</x:v>
+        <x:v>60.08</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:5">
       <x:c r="A66" s="1">
-        <x:v>45966.876712963</x:v>
+        <x:v>45995.8729513889</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C66" s="0">
-        <x:v>3.43</x:v>
+        <x:v>2.83</x:v>
       </x:c>
       <x:c r="D66" s="0">
-        <x:v>53.64</x:v>
+        <x:v>53.703</x:v>
       </x:c>
       <x:c r="E66" s="0">
-        <x:v>59.6</x:v>
+        <x:v>59.67</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:5">
       <x:c r="A67" s="1">
-        <x:v>45965.870474537</x:v>
+        <x:v>45994.8669560185</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C67" s="0">
-        <x:v>4</x:v>
+        <x:v>2.55</x:v>
       </x:c>
       <x:c r="D67" s="0">
-        <x:v>54.504</x:v>
+        <x:v>53.055</x:v>
       </x:c>
       <x:c r="E67" s="0">
-        <x:v>60.56</x:v>
+        <x:v>58.95</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:5">
       <x:c r="A68" s="1">
-        <x:v>45964.8653356481</x:v>
+        <x:v>45993.8648958333</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C68" s="0">
-        <x:v>4.31</x:v>
+        <x:v>2.44</x:v>
       </x:c>
       <x:c r="D68" s="0">
-        <x:v>54.945</x:v>
+        <x:v>52.776</x:v>
       </x:c>
       <x:c r="E68" s="0">
-        <x:v>61.05</x:v>
+        <x:v>58.64</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:5">
       <x:c r="A69" s="1">
-        <x:v>45961.8246759259</x:v>
+        <x:v>45992.8654976852</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C69" s="0">
-        <x:v>4.28</x:v>
+        <x:v>2.72</x:v>
       </x:c>
       <x:c r="D69" s="0">
-        <x:v>54.882</x:v>
+        <x:v>53.388</x:v>
       </x:c>
       <x:c r="E69" s="0">
-        <x:v>60.98</x:v>
+        <x:v>59.32</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:5">
       <x:c r="A70" s="1">
-        <x:v>45960.8236111111</x:v>
+        <x:v>45989.8774074074</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C70" s="0">
-        <x:v>4.03</x:v>
+        <x:v>2.43</x:v>
       </x:c>
       <x:c r="D70" s="0">
-        <x:v>54.513</x:v>
+        <x:v>52.695</x:v>
       </x:c>
       <x:c r="E70" s="0">
-        <x:v>60.57</x:v>
+        <x:v>58.55</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:5">
       <x:c r="A71" s="1">
-        <x:v>45959.8254282407</x:v>
+        <x:v>45987.8775694444</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C71" s="0">
-        <x:v>3.98</x:v>
+        <x:v>2.48</x:v>
       </x:c>
       <x:c r="D71" s="0">
-        <x:v>54.432</x:v>
+        <x:v>52.785</x:v>
       </x:c>
       <x:c r="E71" s="0">
-        <x:v>60.48</x:v>
+        <x:v>58.65</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:5">
       <x:c r="A72" s="1">
-        <x:v>45958.8260763889</x:v>
+        <x:v>45986.8743865741</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C72" s="0">
-        <x:v>3.8</x:v>
+        <x:v>2.23</x:v>
       </x:c>
       <x:c r="D72" s="0">
-        <x:v>54.135</x:v>
+        <x:v>52.155</x:v>
       </x:c>
       <x:c r="E72" s="0">
-        <x:v>60.15</x:v>
+        <x:v>57.95</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:5">
       <x:c r="A73" s="1">
-        <x:v>45957.8238657407</x:v>
+        <x:v>45985.8708796296</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C73" s="0">
-        <x:v>4.58</x:v>
+        <x:v>2.59</x:v>
       </x:c>
       <x:c r="D73" s="0">
-        <x:v>55.179</x:v>
+        <x:v>52.956</x:v>
       </x:c>
       <x:c r="E73" s="0">
-        <x:v>61.31</x:v>
+        <x:v>58.84</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:5">
       <x:c r="A74" s="1">
-        <x:v>45954.8654166667</x:v>
+        <x:v>45982.8679050926</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C74" s="0">
-        <x:v>4.72</x:v>
+        <x:v>2.31</x:v>
       </x:c>
       <x:c r="D74" s="0">
-        <x:v>55.35</x:v>
+        <x:v>52.254</x:v>
       </x:c>
       <x:c r="E74" s="0">
-        <x:v>61.5</x:v>
+        <x:v>58.06</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:5">
       <x:c r="A75" s="1">
-        <x:v>45953.8697106481</x:v>
+        <x:v>45981.867650463</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C75" s="0">
-        <x:v>4.93</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="D75" s="0">
-        <x:v>55.611</x:v>
+        <x:v>53.1</x:v>
       </x:c>
       <x:c r="E75" s="0">
-        <x:v>61.79</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:5">
       <x:c r="A76" s="1">
-        <x:v>45952.8835763889</x:v>
+        <x:v>45980.8667013889</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C76" s="0">
-        <x:v>3.28</x:v>
+        <x:v>2.81</x:v>
       </x:c>
       <x:c r="D76" s="0">
-        <x:v>52.65</x:v>
+        <x:v>53.325</x:v>
       </x:c>
       <x:c r="E76" s="0">
-        <x:v>58.5</x:v>
+        <x:v>59.25</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:5">
       <x:c r="A77" s="1">
-        <x:v>45951.8713310185</x:v>
+        <x:v>45979.8891898148</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C77" s="0">
-        <x:v>2.74</x:v>
+        <x:v>3.56</x:v>
       </x:c>
       <x:c r="D77" s="0">
-        <x:v>51.516</x:v>
+        <x:v>54.603</x:v>
       </x:c>
       <x:c r="E77" s="0">
-        <x:v>57.24</x:v>
+        <x:v>60.67</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:5">
       <x:c r="A78" s="1">
-        <x:v>45950.8678125</x:v>
+        <x:v>45978.8654861111</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C78" s="0">
-        <x:v>2.65</x:v>
+        <x:v>3.18</x:v>
       </x:c>
       <x:c r="D78" s="0">
-        <x:v>51.318</x:v>
+        <x:v>53.874</x:v>
       </x:c>
       <x:c r="E78" s="0">
-        <x:v>57.02</x:v>
+        <x:v>59.86</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:5">
       <x:c r="A79" s="1">
-        <x:v>45947.8653472222</x:v>
+        <x:v>45975.8663541667</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C79" s="0">
-        <x:v>2.71</x:v>
+        <x:v>3.23</x:v>
       </x:c>
       <x:c r="D79" s="0">
-        <x:v>51.435</x:v>
+        <x:v>53.955</x:v>
       </x:c>
       <x:c r="E79" s="0">
-        <x:v>57.15</x:v>
+        <x:v>59.95</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:5">
       <x:c r="A80" s="1">
-        <x:v>45946.8650462963</x:v>
+        <x:v>45974.8920717593</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C80" s="0">
-        <x:v>2.64</x:v>
+        <x:v>2.69</x:v>
       </x:c>
       <x:c r="D80" s="0">
-        <x:v>51.291</x:v>
+        <x:v>52.776</x:v>
       </x:c>
       <x:c r="E80" s="0">
-        <x:v>56.99</x:v>
+        <x:v>58.69</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:5">
       <x:c r="A81" s="1">
-        <x:v>45945.8694328704</x:v>
+        <x:v>45972.8743865741</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C81" s="0">
-        <x:v>3.05</x:v>
+        <x:v>4.19</x:v>
       </x:c>
       <x:c r="D81" s="0">
-        <x:v>52.056</x:v>
+        <x:v>54.936</x:v>
       </x:c>
       <x:c r="E81" s="0">
-        <x:v>57.84</x:v>
+        <x:v>61.04</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:5">
       <x:c r="A82" s="1">
-        <x:v>45944.8749074074</x:v>
+        <x:v>45971.8872916667</x:v>
       </x:c>
       <x:c r="B82" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C82" s="0">
-        <x:v>3.26</x:v>
+        <x:v>3.69</x:v>
       </x:c>
       <x:c r="D82" s="0">
-        <x:v>52.443</x:v>
+        <x:v>54.117</x:v>
       </x:c>
       <x:c r="E82" s="0">
-        <x:v>58.7</x:v>
+        <x:v>60.13</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:5">
       <x:c r="A83" s="1">
-        <x:v>45943.8712962963</x:v>
+        <x:v>45968.8685532407</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C83" s="0">
-        <x:v>3.71</x:v>
+        <x:v>3.49</x:v>
       </x:c>
       <x:c r="D83" s="0">
-        <x:v>53.541</x:v>
+        <x:v>53.775</x:v>
       </x:c>
       <x:c r="E83" s="0">
-        <x:v>59.49</x:v>
+        <x:v>59.75</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:5">
       <x:c r="A84" s="1">
-        <x:v>45940.8681597222</x:v>
+        <x:v>45967.8675231481</x:v>
       </x:c>
       <x:c r="B84" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C84" s="0">
-        <x:v>3.41</x:v>
+        <x:v>3.34</x:v>
       </x:c>
       <x:c r="D84" s="0">
-        <x:v>53.01</x:v>
+        <x:v>53.487</x:v>
       </x:c>
       <x:c r="E84" s="0">
-        <x:v>58.9</x:v>
+        <x:v>59.43</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:5">
       <x:c r="A85" s="1">
-        <x:v>45939.8649884259</x:v>
+        <x:v>45966.876712963</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C85" s="0">
-        <x:v>5.52</x:v>
+        <x:v>3.43</x:v>
       </x:c>
       <x:c r="D85" s="0">
-        <x:v>55.359</x:v>
+        <x:v>53.64</x:v>
       </x:c>
       <x:c r="E85" s="0">
-        <x:v>61.51</x:v>
+        <x:v>59.6</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:5">
       <x:c r="A86" s="1">
-        <x:v>45938.8822569444</x:v>
+        <x:v>45965.870474537</x:v>
       </x:c>
       <x:c r="B86" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C86" s="0">
-        <x:v>6.5</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="D86" s="0">
-        <x:v>56.295</x:v>
+        <x:v>54.504</x:v>
       </x:c>
       <x:c r="E86" s="0">
-        <x:v>62.55</x:v>
+        <x:v>60.56</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:5">
       <x:c r="A87" s="1">
-        <x:v>45937.8661689815</x:v>
+        <x:v>45964.8653356481</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C87" s="0">
-        <x:v>5.81</x:v>
+        <x:v>4.31</x:v>
       </x:c>
       <x:c r="D87" s="0">
-        <x:v>55.557</x:v>
+        <x:v>54.945</x:v>
       </x:c>
       <x:c r="E87" s="0">
-        <x:v>61.73</x:v>
+        <x:v>61.05</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:5">
       <x:c r="A88" s="1">
-        <x:v>45936.8652199074</x:v>
+        <x:v>45961.8246759259</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C88" s="0">
-        <x:v>5.78</x:v>
+        <x:v>4.28</x:v>
       </x:c>
       <x:c r="D88" s="0">
-        <x:v>55.521</x:v>
+        <x:v>54.882</x:v>
       </x:c>
       <x:c r="E88" s="0">
-        <x:v>61.69</x:v>
+        <x:v>60.98</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:5">
       <x:c r="A89" s="1">
-        <x:v>45933.8650925926</x:v>
+        <x:v>45960.8236111111</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C89" s="0">
-        <x:v>5.17</x:v>
+        <x:v>4.03</x:v>
       </x:c>
       <x:c r="D89" s="0">
-        <x:v>54.792</x:v>
+        <x:v>54.513</x:v>
       </x:c>
       <x:c r="E89" s="0">
-        <x:v>60.88</x:v>
+        <x:v>60.57</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:5">
       <x:c r="A90" s="1">
-        <x:v>45932.866087963</x:v>
+        <x:v>45959.8254282407</x:v>
       </x:c>
       <x:c r="B90" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C90" s="0">
-        <x:v>4.88</x:v>
+        <x:v>3.98</x:v>
       </x:c>
       <x:c r="D90" s="0">
         <x:v>54.432</x:v>
       </x:c>
       <x:c r="E90" s="0">
         <x:v>60.48</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:5">
       <x:c r="A91" s="1">
-        <x:v>45931.866412037</x:v>
+        <x:v>45958.8260763889</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C91" s="0">
-        <x:v>6.03</x:v>
+        <x:v>3.8</x:v>
       </x:c>
       <x:c r="D91" s="0">
-        <x:v>55.602</x:v>
+        <x:v>54.135</x:v>
       </x:c>
       <x:c r="E91" s="0">
-        <x:v>61.78</x:v>
+        <x:v>60.15</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:5">
       <x:c r="A92" s="1">
-        <x:v>45930.8652893519</x:v>
+        <x:v>45957.8238657407</x:v>
       </x:c>
       <x:c r="B92" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C92" s="0">
-        <x:v>6.59</x:v>
+        <x:v>4.58</x:v>
       </x:c>
       <x:c r="D92" s="0">
-        <x:v>56.133</x:v>
+        <x:v>55.179</x:v>
       </x:c>
       <x:c r="E92" s="0">
-        <x:v>62.37</x:v>
+        <x:v>61.31</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:5">
       <x:c r="A93" s="1">
-        <x:v>45929.8687615741</x:v>
+        <x:v>45954.8654166667</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C93" s="0">
-        <x:v>7.79</x:v>
+        <x:v>4.72</x:v>
       </x:c>
       <x:c r="D93" s="0">
-        <x:v>57.105</x:v>
+        <x:v>55.35</x:v>
       </x:c>
       <x:c r="E93" s="0">
-        <x:v>63.45</x:v>
+        <x:v>61.5</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:5">
       <x:c r="A94" s="1">
-        <x:v>45926.8649421296</x:v>
+        <x:v>45953.8697106481</x:v>
       </x:c>
       <x:c r="B94" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C94" s="0">
-        <x:v>11.34</x:v>
+        <x:v>4.93</x:v>
       </x:c>
       <x:c r="D94" s="0">
-        <x:v>59.148</x:v>
+        <x:v>55.611</x:v>
       </x:c>
       <x:c r="E94" s="0">
-        <x:v>65.72</x:v>
+        <x:v>61.79</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:5">
       <x:c r="A95" s="1">
-        <x:v>45925.8660300926</x:v>
+        <x:v>45952.8835763889</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C95" s="0">
-        <x:v>10.29</x:v>
+        <x:v>3.28</x:v>
       </x:c>
       <x:c r="D95" s="0">
-        <x:v>58.482</x:v>
+        <x:v>52.65</x:v>
       </x:c>
       <x:c r="E95" s="0">
-        <x:v>64.98</x:v>
+        <x:v>58.5</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:5">
       <x:c r="A96" s="1">
-        <x:v>45924.8664351852</x:v>
+        <x:v>45951.8713310185</x:v>
       </x:c>
       <x:c r="B96" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C96" s="0">
-        <x:v>10.31</x:v>
+        <x:v>2.74</x:v>
       </x:c>
       <x:c r="D96" s="0">
-        <x:v>58.491</x:v>
+        <x:v>51.516</x:v>
       </x:c>
       <x:c r="E96" s="0">
-        <x:v>64.99</x:v>
+        <x:v>57.24</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:5">
       <x:c r="A97" s="1">
-        <x:v>45923.8744212963</x:v>
+        <x:v>45950.8678125</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C97" s="0">
-        <x:v>8.42</x:v>
+        <x:v>2.65</x:v>
       </x:c>
       <x:c r="D97" s="0">
-        <x:v>57.069</x:v>
+        <x:v>51.318</x:v>
       </x:c>
       <x:c r="E97" s="0">
-        <x:v>63.41</x:v>
+        <x:v>57.02</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:5">
       <x:c r="A98" s="1">
-        <x:v>45922.8813541667</x:v>
+        <x:v>45947.8653472222</x:v>
       </x:c>
       <x:c r="B98" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C98" s="0">
-        <x:v>7.25</x:v>
+        <x:v>2.71</x:v>
       </x:c>
       <x:c r="D98" s="0">
-        <x:v>56.052</x:v>
+        <x:v>51.435</x:v>
       </x:c>
       <x:c r="E98" s="0">
-        <x:v>62.28</x:v>
+        <x:v>57.15</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:5">
       <x:c r="A99" s="1">
-        <x:v>45919.8706018518</x:v>
+        <x:v>45946.8650462963</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C99" s="0">
-        <x:v>7.39</x:v>
+        <x:v>2.64</x:v>
       </x:c>
       <x:c r="D99" s="0">
-        <x:v>56.16</x:v>
+        <x:v>51.291</x:v>
       </x:c>
       <x:c r="E99" s="0">
-        <x:v>62.4</x:v>
+        <x:v>56.99</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:5">
       <x:c r="A100" s="1">
-        <x:v>45918.8680439815</x:v>
+        <x:v>45945.8694328704</x:v>
       </x:c>
       <x:c r="B100" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C100" s="0">
-        <x:v>8.42</x:v>
+        <x:v>3.05</x:v>
       </x:c>
       <x:c r="D100" s="0">
-        <x:v>56.934</x:v>
+        <x:v>52.056</x:v>
       </x:c>
       <x:c r="E100" s="0">
-        <x:v>63.26</x:v>
+        <x:v>57.84</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:5">
       <x:c r="A101" s="1">
-        <x:v>45917.8672337963</x:v>
+        <x:v>45944.8749074074</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C101" s="0">
-        <x:v>8.99</x:v>
+        <x:v>3.26</x:v>
       </x:c>
       <x:c r="D101" s="0">
-        <x:v>57.33</x:v>
+        <x:v>52.443</x:v>
       </x:c>
       <x:c r="E101" s="0">
-        <x:v>63.7</x:v>
+        <x:v>58.7</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:5">
       <x:c r="A102" s="1">
-        <x:v>45916.874849537</x:v>
+        <x:v>45943.8712962963</x:v>
       </x:c>
       <x:c r="B102" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C102" s="0">
-        <x:v>9.62</x:v>
+        <x:v>3.71</x:v>
       </x:c>
       <x:c r="D102" s="0">
-        <x:v>57.744</x:v>
+        <x:v>53.541</x:v>
       </x:c>
       <x:c r="E102" s="0">
-        <x:v>64.16</x:v>
+        <x:v>59.49</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:5">
       <x:c r="A103" s="1">
-        <x:v>45915.8847685185</x:v>
+        <x:v>45940.8681597222</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C103" s="0">
-        <x:v>8.27</x:v>
+        <x:v>3.41</x:v>
       </x:c>
       <x:c r="D103" s="0">
-        <x:v>56.718</x:v>
+        <x:v>53.01</x:v>
       </x:c>
       <x:c r="E103" s="0">
-        <x:v>63.3</x:v>
+        <x:v>58.9</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:5">
       <x:c r="A104" s="1">
-        <x:v>45912.8690277778</x:v>
+        <x:v>45939.8649884259</x:v>
       </x:c>
       <x:c r="B104" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C104" s="0">
-        <x:v>7.62</x:v>
+        <x:v>5.52</x:v>
       </x:c>
       <x:c r="D104" s="0">
-        <x:v>56.421</x:v>
+        <x:v>55.359</x:v>
       </x:c>
       <x:c r="E104" s="0">
-        <x:v>62.69</x:v>
+        <x:v>61.51</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:5">
       <x:c r="A105" s="1">
-        <x:v>45911.8677199074</x:v>
+        <x:v>45938.8822569444</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C105" s="0">
-        <x:v>7.29</x:v>
+        <x:v>6.5</x:v>
       </x:c>
       <x:c r="D105" s="0">
-        <x:v>56.133</x:v>
+        <x:v>56.295</x:v>
       </x:c>
       <x:c r="E105" s="0">
-        <x:v>62.37</x:v>
+        <x:v>62.55</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:5">
       <x:c r="A106" s="1">
-        <x:v>45910.8673611111</x:v>
+        <x:v>45937.8661689815</x:v>
       </x:c>
       <x:c r="B106" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C106" s="0">
-        <x:v>8.94</x:v>
+        <x:v>5.81</x:v>
       </x:c>
       <x:c r="D106" s="0">
-        <x:v>57.303</x:v>
+        <x:v>55.557</x:v>
       </x:c>
       <x:c r="E106" s="0">
-        <x:v>63.67</x:v>
+        <x:v>61.73</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:5">
       <x:c r="A107" s="1">
-        <x:v>45909.8653472222</x:v>
+        <x:v>45936.8652199074</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C107" s="0">
-        <x:v>7.78</x:v>
+        <x:v>5.78</x:v>
       </x:c>
       <x:c r="D107" s="0">
-        <x:v>56.367</x:v>
+        <x:v>55.521</x:v>
       </x:c>
       <x:c r="E107" s="0">
-        <x:v>62.63</x:v>
+        <x:v>61.69</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:5">
       <x:c r="A108" s="1">
-        <x:v>45908.8660532407</x:v>
+        <x:v>45933.8650925926</x:v>
       </x:c>
       <x:c r="B108" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C108" s="0">
-        <x:v>7.39</x:v>
+        <x:v>5.17</x:v>
       </x:c>
       <x:c r="D108" s="0">
-        <x:v>56.034</x:v>
+        <x:v>54.792</x:v>
       </x:c>
       <x:c r="E108" s="0">
-        <x:v>62.26</x:v>
+        <x:v>60.88</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:5">
       <x:c r="A109" s="1">
-        <x:v>45905.8690856481</x:v>
+        <x:v>45932.866087963</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C109" s="0">
-        <x:v>7</x:v>
+        <x:v>4.88</x:v>
       </x:c>
       <x:c r="D109" s="0">
-        <x:v>55.683</x:v>
+        <x:v>54.432</x:v>
       </x:c>
       <x:c r="E109" s="0">
-        <x:v>61.87</x:v>
+        <x:v>60.48</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:5">
       <x:c r="A110" s="1">
-        <x:v>45904.865474537</x:v>
+        <x:v>45931.866412037</x:v>
       </x:c>
       <x:c r="B110" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C110" s="0">
-        <x:v>9.08</x:v>
+        <x:v>6.03</x:v>
       </x:c>
       <x:c r="D110" s="0">
-        <x:v>57.132</x:v>
+        <x:v>55.602</x:v>
       </x:c>
       <x:c r="E110" s="0">
-        <x:v>63.48</x:v>
+        <x:v>61.78</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:5">
       <x:c r="A111" s="1">
-        <x:v>45903.8712152778</x:v>
+        <x:v>45930.8652893519</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C111" s="0">
-        <x:v>9.76</x:v>
+        <x:v>6.59</x:v>
       </x:c>
       <x:c r="D111" s="0">
-        <x:v>57.573</x:v>
+        <x:v>56.133</x:v>
       </x:c>
       <x:c r="E111" s="0">
-        <x:v>63.97</x:v>
+        <x:v>62.37</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:5">
       <x:c r="A112" s="1">
-        <x:v>45902.8909722222</x:v>
+        <x:v>45929.8687615741</x:v>
       </x:c>
       <x:c r="B112" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C112" s="0">
-        <x:v>12.56</x:v>
+        <x:v>7.79</x:v>
       </x:c>
       <x:c r="D112" s="0">
-        <x:v>59.031</x:v>
+        <x:v>57.105</x:v>
       </x:c>
       <x:c r="E112" s="0">
-        <x:v>65.59</x:v>
+        <x:v>63.45</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:5">
       <x:c r="A113" s="1">
-        <x:v>45898.8672453704</x:v>
+        <x:v>45926.8649421296</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C113" s="0">
-        <x:v>10.3</x:v>
+        <x:v>11.34</x:v>
       </x:c>
       <x:c r="D113" s="0">
-        <x:v>57.609</x:v>
+        <x:v>59.148</x:v>
       </x:c>
       <x:c r="E113" s="0">
-        <x:v>64.01</x:v>
+        <x:v>65.72</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:5">
       <x:c r="A114" s="1">
-        <x:v>45897.8709837963</x:v>
+        <x:v>45925.8660300926</x:v>
       </x:c>
       <x:c r="B114" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C114" s="0">
-        <x:v>11.23</x:v>
+        <x:v>10.29</x:v>
       </x:c>
       <x:c r="D114" s="0">
-        <x:v>58.14</x:v>
+        <x:v>58.482</x:v>
       </x:c>
       <x:c r="E114" s="0">
-        <x:v>64.6</x:v>
+        <x:v>64.98</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:5">
       <x:c r="A115" s="1">
-        <x:v>45896.8696296296</x:v>
+        <x:v>45924.8664351852</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C115" s="0">
-        <x:v>10.57</x:v>
+        <x:v>10.31</x:v>
       </x:c>
       <x:c r="D115" s="0">
-        <x:v>57.735</x:v>
+        <x:v>58.491</x:v>
       </x:c>
       <x:c r="E115" s="0">
-        <x:v>64.15</x:v>
+        <x:v>64.99</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:5">
       <x:c r="A116" s="1">
-        <x:v>45895.866875</x:v>
+        <x:v>45923.8744212963</x:v>
       </x:c>
       <x:c r="B116" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C116" s="0">
-        <x:v>9.37</x:v>
+        <x:v>8.42</x:v>
       </x:c>
       <x:c r="D116" s="0">
-        <x:v>56.925</x:v>
+        <x:v>57.069</x:v>
       </x:c>
       <x:c r="E116" s="0">
-        <x:v>63.25</x:v>
+        <x:v>63.41</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:5">
       <x:c r="A117" s="1">
-        <x:v>45894.8657291667</x:v>
+        <x:v>45922.8813541667</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C117" s="0">
-        <x:v>11.96</x:v>
+        <x:v>7.25</x:v>
       </x:c>
       <x:c r="D117" s="0">
-        <x:v>58.32</x:v>
+        <x:v>56.052</x:v>
       </x:c>
       <x:c r="E117" s="0">
-        <x:v>64.8</x:v>
+        <x:v>62.28</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:5">
       <x:c r="A118" s="1">
-        <x:v>45891.8697453704</x:v>
+        <x:v>45919.8706018518</x:v>
       </x:c>
       <x:c r="B118" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C118" s="0">
-        <x:v>10.31</x:v>
+        <x:v>7.39</x:v>
       </x:c>
       <x:c r="D118" s="0">
-        <x:v>57.294</x:v>
+        <x:v>56.16</x:v>
       </x:c>
       <x:c r="E118" s="0">
-        <x:v>63.66</x:v>
+        <x:v>62.4</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:5">
       <x:c r="A119" s="1">
-        <x:v>45890.8865972222</x:v>
+        <x:v>45918.8680439815</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C119" s="0">
-        <x:v>10.12</x:v>
+        <x:v>8.42</x:v>
       </x:c>
       <x:c r="D119" s="0">
-        <x:v>57.168</x:v>
+        <x:v>56.934</x:v>
       </x:c>
       <x:c r="E119" s="0">
-        <x:v>63.52</x:v>
+        <x:v>63.26</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:5">
       <x:c r="A120" s="1">
-        <x:v>45889.8663425926</x:v>
+        <x:v>45917.8672337963</x:v>
       </x:c>
       <x:c r="B120" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C120" s="0">
-        <x:v>9.07</x:v>
+        <x:v>8.99</x:v>
       </x:c>
       <x:c r="D120" s="0">
-        <x:v>56.439</x:v>
+        <x:v>57.33</x:v>
       </x:c>
       <x:c r="E120" s="0">
-        <x:v>62.71</x:v>
+        <x:v>63.7</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:5">
       <x:c r="A121" s="1">
-        <x:v>45888.8672569444</x:v>
+        <x:v>45916.874849537</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C121" s="0">
-        <x:v>7.98</x:v>
+        <x:v>9.62</x:v>
       </x:c>
       <x:c r="D121" s="0">
-        <x:v>55.593</x:v>
+        <x:v>57.744</x:v>
       </x:c>
       <x:c r="E121" s="0">
-        <x:v>61.77</x:v>
+        <x:v>64.16</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:5">
       <x:c r="A122" s="1">
-        <x:v>45887.8664699074</x:v>
+        <x:v>45915.8847685185</x:v>
       </x:c>
       <x:c r="B122" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C122" s="0">
-        <x:v>9.22</x:v>
+        <x:v>8.27</x:v>
       </x:c>
       <x:c r="D122" s="0">
-        <x:v>56.43</x:v>
+        <x:v>56.718</x:v>
       </x:c>
       <x:c r="E122" s="0">
-        <x:v>62.7</x:v>
+        <x:v>63.3</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:5">
       <x:c r="A123" s="1">
-        <x:v>45884.8646527778</x:v>
+        <x:v>45912.8690277778</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C123" s="0">
-        <x:v>8.36</x:v>
+        <x:v>7.62</x:v>
       </x:c>
       <x:c r="D123" s="0">
-        <x:v>55.782</x:v>
+        <x:v>56.421</x:v>
       </x:c>
       <x:c r="E123" s="0">
-        <x:v>61.98</x:v>
+        <x:v>62.69</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:5">
       <x:c r="A124" s="1">
-        <x:v>45883.8844212963</x:v>
+        <x:v>45911.8677199074</x:v>
       </x:c>
       <x:c r="B124" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C124" s="0">
-        <x:v>9.84</x:v>
+        <x:v>7.29</x:v>
       </x:c>
       <x:c r="D124" s="0">
-        <x:v>56.727</x:v>
+        <x:v>56.133</x:v>
       </x:c>
       <x:c r="E124" s="0">
-        <x:v>63.03</x:v>
+        <x:v>62.37</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:5">
       <x:c r="A125" s="1">
-        <x:v>45882.8657407407</x:v>
+        <x:v>45910.8673611111</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C125" s="0">
-        <x:v>8.49</x:v>
+        <x:v>8.94</x:v>
       </x:c>
       <x:c r="D125" s="0">
-        <x:v>55.737</x:v>
+        <x:v>57.303</x:v>
       </x:c>
       <x:c r="E125" s="0">
-        <x:v>62.65</x:v>
+        <x:v>63.67</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:5">
       <x:c r="A126" s="1">
-        <x:v>45881.8655208333</x:v>
+        <x:v>45909.8653472222</x:v>
       </x:c>
       <x:c r="B126" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C126" s="0">
-        <x:v>9.18</x:v>
+        <x:v>7.78</x:v>
       </x:c>
       <x:c r="D126" s="0">
-        <x:v>56.853</x:v>
+        <x:v>56.367</x:v>
       </x:c>
       <x:c r="E126" s="0">
-        <x:v>63.17</x:v>
+        <x:v>62.63</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:5">
       <x:c r="A127" s="1">
-        <x:v>45880.8651851852</x:v>
+        <x:v>45908.8660532407</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C127" s="0">
-        <x:v>10.33</x:v>
+        <x:v>7.39</x:v>
       </x:c>
       <x:c r="D127" s="0">
-        <x:v>57.564</x:v>
+        <x:v>56.034</x:v>
       </x:c>
       <x:c r="E127" s="0">
-        <x:v>63.96</x:v>
+        <x:v>62.26</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:5">
       <x:c r="A128" s="1">
-        <x:v>45877.8672569444</x:v>
+        <x:v>45905.8690856481</x:v>
       </x:c>
       <x:c r="B128" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C128" s="0">
-        <x:v>10.23</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="D128" s="0">
-        <x:v>57.492</x:v>
+        <x:v>55.683</x:v>
       </x:c>
       <x:c r="E128" s="0">
-        <x:v>63.88</x:v>
+        <x:v>61.87</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:5">
       <x:c r="A129" s="1">
-        <x:v>45876.8650347222</x:v>
+        <x:v>45904.865474537</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C129" s="0">
-        <x:v>10.24</x:v>
+        <x:v>9.08</x:v>
       </x:c>
       <x:c r="D129" s="0">
-        <x:v>57.492</x:v>
+        <x:v>57.132</x:v>
       </x:c>
       <x:c r="E129" s="0">
-        <x:v>63.88</x:v>
+        <x:v>63.48</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:5">
       <x:c r="A130" s="1">
-        <x:v>45875.8676736111</x:v>
+        <x:v>45903.8712152778</x:v>
       </x:c>
       <x:c r="B130" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C130" s="0">
-        <x:v>10.97</x:v>
+        <x:v>9.76</x:v>
       </x:c>
       <x:c r="D130" s="0">
-        <x:v>57.915</x:v>
+        <x:v>57.573</x:v>
       </x:c>
       <x:c r="E130" s="0">
-        <x:v>64.35</x:v>
+        <x:v>63.97</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:5">
       <x:c r="A131" s="1">
-        <x:v>45874.8687384259</x:v>
+        <x:v>45902.8909722222</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C131" s="0">
-        <x:v>12.36</x:v>
+        <x:v>12.56</x:v>
       </x:c>
       <x:c r="D131" s="0">
-        <x:v>58.644</x:v>
+        <x:v>59.031</x:v>
       </x:c>
       <x:c r="E131" s="0">
-        <x:v>65.16</x:v>
+        <x:v>65.59</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:5">
       <x:c r="A132" s="1">
-        <x:v>45873.8649652778</x:v>
+        <x:v>45898.8672453704</x:v>
       </x:c>
       <x:c r="B132" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C132" s="0">
-        <x:v>14.61</x:v>
+        <x:v>10.3</x:v>
       </x:c>
       <x:c r="D132" s="0">
-        <x:v>59.661</x:v>
+        <x:v>57.609</x:v>
       </x:c>
       <x:c r="E132" s="0">
-        <x:v>66.29</x:v>
+        <x:v>64.01</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:5">
       <x:c r="A133" s="1">
-        <x:v>45870.8694675926</x:v>
+        <x:v>45897.8709837963</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C133" s="0">
-        <x:v>17.01</x:v>
+        <x:v>11.23</x:v>
       </x:c>
       <x:c r="D133" s="0">
-        <x:v>60.597</x:v>
+        <x:v>58.14</x:v>
       </x:c>
       <x:c r="E133" s="0">
-        <x:v>67.33</x:v>
+        <x:v>64.6</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:5">
       <x:c r="A134" s="1">
-        <x:v>45869.8816782407</x:v>
+        <x:v>45896.8696296296</x:v>
       </x:c>
       <x:c r="B134" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C134" s="0">
-        <x:v>22.72</x:v>
+        <x:v>10.57</x:v>
       </x:c>
       <x:c r="D134" s="0">
-        <x:v>62.334</x:v>
+        <x:v>57.735</x:v>
       </x:c>
       <x:c r="E134" s="0">
-        <x:v>69.26</x:v>
+        <x:v>64.15</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:5">
       <x:c r="A135" s="1">
-        <x:v>45868.871087963</x:v>
+        <x:v>45895.866875</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C135" s="0">
-        <x:v>25.12</x:v>
+        <x:v>9.37</x:v>
       </x:c>
       <x:c r="D135" s="0">
-        <x:v>63</x:v>
+        <x:v>56.925</x:v>
       </x:c>
       <x:c r="E135" s="0">
-        <x:v>70</x:v>
+        <x:v>63.25</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:5">
       <x:c r="A136" s="1">
-        <x:v>45867.8666319444</x:v>
+        <x:v>45894.8657291667</x:v>
       </x:c>
       <x:c r="B136" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C136" s="0">
-        <x:v>22.8</x:v>
+        <x:v>11.96</x:v>
       </x:c>
       <x:c r="D136" s="0">
-        <x:v>62.289</x:v>
+        <x:v>58.32</x:v>
       </x:c>
       <x:c r="E136" s="0">
-        <x:v>69.21</x:v>
+        <x:v>64.8</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:5">
       <x:c r="A137" s="1">
-        <x:v>45866.8688194444</x:v>
+        <x:v>45891.8697453704</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C137" s="0">
-        <x:v>17.06</x:v>
+        <x:v>10.31</x:v>
       </x:c>
       <x:c r="D137" s="0">
-        <x:v>60.039</x:v>
+        <x:v>57.294</x:v>
       </x:c>
       <x:c r="E137" s="0">
-        <x:v>66.71</x:v>
+        <x:v>63.66</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:5">
       <x:c r="A138" s="1">
-        <x:v>45863.8651967593</x:v>
+        <x:v>45890.8865972222</x:v>
       </x:c>
       <x:c r="B138" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C138" s="0">
-        <x:v>14.07</x:v>
+        <x:v>10.12</x:v>
       </x:c>
       <x:c r="D138" s="0">
-        <x:v>58.644</x:v>
+        <x:v>57.168</x:v>
       </x:c>
       <x:c r="E138" s="0">
-        <x:v>65.16</x:v>
+        <x:v>63.52</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:5">
       <x:c r="A139" s="1">
-        <x:v>45862.8678472222</x:v>
+        <x:v>45889.8663425926</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C139" s="0">
-        <x:v>15.97</x:v>
+        <x:v>9.07</x:v>
       </x:c>
       <x:c r="D139" s="0">
-        <x:v>59.427</x:v>
+        <x:v>56.439</x:v>
       </x:c>
       <x:c r="E139" s="0">
-        <x:v>66.03</x:v>
+        <x:v>62.71</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:5">
       <x:c r="A140" s="1">
-        <x:v>45861.8655671296</x:v>
+        <x:v>45888.8672569444</x:v>
       </x:c>
       <x:c r="B140" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C140" s="0">
-        <x:v>14.43</x:v>
+        <x:v>7.98</x:v>
       </x:c>
       <x:c r="D140" s="0">
-        <x:v>58.725</x:v>
+        <x:v>55.593</x:v>
       </x:c>
       <x:c r="E140" s="0">
-        <x:v>65.25</x:v>
+        <x:v>61.77</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:5">
       <x:c r="A141" s="1">
-        <x:v>45860.8818171296</x:v>
+        <x:v>45887.8664699074</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C141" s="0">
-        <x:v>14.56</x:v>
+        <x:v>9.22</x:v>
       </x:c>
       <x:c r="D141" s="0">
-        <x:v>58.779</x:v>
+        <x:v>56.43</x:v>
       </x:c>
       <x:c r="E141" s="0">
-        <x:v>65.31</x:v>
+        <x:v>62.7</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:5">
       <x:c r="A142" s="1">
-        <x:v>45859.8722800926</x:v>
+        <x:v>45884.8646527778</x:v>
       </x:c>
       <x:c r="B142" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C142" s="0">
-        <x:v>15.96</x:v>
+        <x:v>8.36</x:v>
       </x:c>
       <x:c r="D142" s="0">
-        <x:v>59.355</x:v>
+        <x:v>55.782</x:v>
       </x:c>
       <x:c r="E142" s="0">
-        <x:v>65.95</x:v>
+        <x:v>61.98</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:5">
       <x:c r="A143" s="1">
-        <x:v>45856.8656365741</x:v>
+        <x:v>45883.8844212963</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C143" s="0">
-        <x:v>16.22</x:v>
+        <x:v>9.84</x:v>
       </x:c>
       <x:c r="D143" s="0">
-        <x:v>59.445</x:v>
+        <x:v>56.727</x:v>
       </x:c>
       <x:c r="E143" s="0">
-        <x:v>66.05</x:v>
+        <x:v>63.03</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:5">
       <x:c r="A144" s="1">
-        <x:v>45855.8661574074</x:v>
+        <x:v>45882.8657407407</x:v>
       </x:c>
       <x:c r="B144" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C144" s="0">
-        <x:v>16.63</x:v>
+        <x:v>8.49</x:v>
       </x:c>
       <x:c r="D144" s="0">
-        <x:v>59.607</x:v>
+        <x:v>55.737</x:v>
       </x:c>
       <x:c r="E144" s="0">
-        <x:v>66.23</x:v>
+        <x:v>62.65</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:5">
       <x:c r="A145" s="1">
-        <x:v>45854.8781365741</x:v>
+        <x:v>45881.8655208333</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C145" s="0">
-        <x:v>14.55</x:v>
+        <x:v>9.18</x:v>
       </x:c>
       <x:c r="D145" s="0">
-        <x:v>58.671</x:v>
+        <x:v>56.853</x:v>
       </x:c>
       <x:c r="E145" s="0">
-        <x:v>65.19</x:v>
+        <x:v>63.17</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:5">
       <x:c r="A146" s="1">
-        <x:v>45853.9071643519</x:v>
+        <x:v>45880.8651851852</x:v>
       </x:c>
       <x:c r="B146" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C146" s="0">
-        <x:v>14.93</x:v>
+        <x:v>10.33</x:v>
       </x:c>
       <x:c r="D146" s="0">
-        <x:v>58.833</x:v>
+        <x:v>57.564</x:v>
       </x:c>
       <x:c r="E146" s="0">
-        <x:v>66.52</x:v>
+        <x:v>63.96</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:5">
       <x:c r="A147" s="1">
-        <x:v>45852.8673958333</x:v>
+        <x:v>45877.8672569444</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C147" s="0">
-        <x:v>15.93</x:v>
+        <x:v>10.23</x:v>
       </x:c>
       <x:c r="D147" s="0">
-        <x:v>60.282</x:v>
+        <x:v>57.492</x:v>
       </x:c>
       <x:c r="E147" s="0">
-        <x:v>66.98</x:v>
+        <x:v>63.88</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:5">
       <x:c r="A148" s="1">
-        <x:v>45849.8680092593</x:v>
+        <x:v>45876.8650347222</x:v>
       </x:c>
       <x:c r="B148" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C148" s="0">
-        <x:v>19.79</x:v>
+        <x:v>10.24</x:v>
       </x:c>
       <x:c r="D148" s="0">
-        <x:v>61.605</x:v>
+        <x:v>57.492</x:v>
       </x:c>
       <x:c r="E148" s="0">
-        <x:v>68.45</x:v>
+        <x:v>63.88</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:5">
       <x:c r="A149" s="1">
-        <x:v>45848.8850115741</x:v>
+        <x:v>45875.8676736111</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C149" s="0">
-        <x:v>15.79</x:v>
+        <x:v>10.97</x:v>
       </x:c>
       <x:c r="D149" s="0">
-        <x:v>59.913</x:v>
+        <x:v>57.915</x:v>
       </x:c>
       <x:c r="E149" s="0">
-        <x:v>66.57</x:v>
+        <x:v>64.35</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:5">
       <x:c r="A150" s="1">
-        <x:v>45847.8677546296</x:v>
+        <x:v>45874.8687384259</x:v>
       </x:c>
       <x:c r="B150" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C150" s="0">
-        <x:v>20.74</x:v>
+        <x:v>12.36</x:v>
       </x:c>
       <x:c r="D150" s="0">
-        <x:v>61.542</x:v>
+        <x:v>58.644</x:v>
       </x:c>
       <x:c r="E150" s="0">
-        <x:v>68.38</x:v>
+        <x:v>65.16</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:5">
       <x:c r="A151" s="1">
-        <x:v>45846.8687384259</x:v>
+        <x:v>45873.8649652778</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C151" s="0">
-        <x:v>20.62</x:v>
+        <x:v>14.61</x:v>
       </x:c>
       <x:c r="D151" s="0">
-        <x:v>61.497</x:v>
+        <x:v>59.661</x:v>
       </x:c>
       <x:c r="E151" s="0">
-        <x:v>68.33</x:v>
+        <x:v>66.29</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:5">
       <x:c r="A152" s="1">
-        <x:v>45845.8721875</x:v>
+        <x:v>45870.8694675926</x:v>
       </x:c>
       <x:c r="B152" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C152" s="0">
-        <x:v>19.59</x:v>
+        <x:v>17.01</x:v>
       </x:c>
       <x:c r="D152" s="0">
-        <x:v>61.137</x:v>
+        <x:v>60.597</x:v>
       </x:c>
       <x:c r="E152" s="0">
-        <x:v>67.93</x:v>
+        <x:v>67.33</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:5">
       <x:c r="A153" s="1">
-        <x:v>45841.8698842593</x:v>
+        <x:v>45869.8816782407</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C153" s="0">
-        <x:v>17.46</x:v>
+        <x:v>22.72</x:v>
       </x:c>
       <x:c r="D153" s="0">
-        <x:v>60.3</x:v>
+        <x:v>62.334</x:v>
       </x:c>
       <x:c r="E153" s="0">
-        <x:v>67</x:v>
+        <x:v>69.26</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:5">
       <x:c r="A154" s="1">
-        <x:v>45840.8677199074</x:v>
+        <x:v>45868.871087963</x:v>
       </x:c>
       <x:c r="B154" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C154" s="0">
-        <x:v>18.58</x:v>
+        <x:v>25.12</x:v>
       </x:c>
       <x:c r="D154" s="0">
-        <x:v>60.705</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="E154" s="0">
-        <x:v>67.45</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:5">
       <x:c r="A155" s="1">
-        <x:v>45839.8662962963</x:v>
+        <x:v>45867.8666319444</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C155" s="0">
-        <x:v>14.58</x:v>
+        <x:v>22.8</x:v>
       </x:c>
       <x:c r="D155" s="0">
-        <x:v>58.905</x:v>
+        <x:v>62.289</x:v>
       </x:c>
       <x:c r="E155" s="0">
-        <x:v>65.45</x:v>
+        <x:v>69.21</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:5">
       <x:c r="A156" s="1">
-        <x:v>45838.8822222222</x:v>
+        <x:v>45866.8688194444</x:v>
       </x:c>
       <x:c r="B156" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C156" s="0">
-        <x:v>13.94</x:v>
+        <x:v>17.06</x:v>
       </x:c>
       <x:c r="D156" s="0">
-        <x:v>58.599</x:v>
+        <x:v>60.039</x:v>
       </x:c>
       <x:c r="E156" s="0">
-        <x:v>65.11</x:v>
+        <x:v>66.71</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:5">
       <x:c r="A157" s="1">
-        <x:v>45835.8668287037</x:v>
+        <x:v>45863.8651967593</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C157" s="0">
-        <x:v>14.8</x:v>
+        <x:v>14.07</x:v>
       </x:c>
       <x:c r="D157" s="0">
-        <x:v>58.968</x:v>
+        <x:v>58.644</x:v>
       </x:c>
       <x:c r="E157" s="0">
-        <x:v>65.52</x:v>
+        <x:v>65.16</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:5">
       <x:c r="A158" s="1">
-        <x:v>45834.870625</x:v>
+        <x:v>45862.8678472222</x:v>
       </x:c>
       <x:c r="B158" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C158" s="0">
-        <x:v>14.26</x:v>
+        <x:v>15.97</x:v>
       </x:c>
       <x:c r="D158" s="0">
-        <x:v>58.716</x:v>
+        <x:v>59.427</x:v>
       </x:c>
       <x:c r="E158" s="0">
-        <x:v>65.24</x:v>
+        <x:v>66.03</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:5">
       <x:c r="A159" s="1">
-        <x:v>45833.876400463</x:v>
+        <x:v>45861.8655671296</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C159" s="0">
-        <x:v>13.66</x:v>
+        <x:v>14.43</x:v>
       </x:c>
       <x:c r="D159" s="0">
-        <x:v>58.428</x:v>
+        <x:v>58.725</x:v>
       </x:c>
       <x:c r="E159" s="0">
-        <x:v>64.92</x:v>
+        <x:v>65.25</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:5">
       <x:c r="A160" s="1">
-        <x:v>45832.8693402778</x:v>
+        <x:v>45860.8818171296</x:v>
       </x:c>
       <x:c r="B160" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C160" s="0">
-        <x:v>12.69</x:v>
+        <x:v>14.56</x:v>
       </x:c>
       <x:c r="D160" s="0">
-        <x:v>57.933</x:v>
+        <x:v>58.779</x:v>
       </x:c>
       <x:c r="E160" s="0">
-        <x:v>64.37</x:v>
+        <x:v>65.31</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:5">
       <x:c r="A161" s="1">
-        <x:v>45831.8656481481</x:v>
+        <x:v>45859.8722800926</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C161" s="0">
-        <x:v>27.86</x:v>
+        <x:v>15.96</x:v>
       </x:c>
       <x:c r="D161" s="0">
-        <x:v>61.659</x:v>
+        <x:v>59.355</x:v>
       </x:c>
       <x:c r="E161" s="0">
-        <x:v>68.51</x:v>
+        <x:v>65.95</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:5">
       <x:c r="A162" s="1">
-        <x:v>45828.8992708333</x:v>
+        <x:v>45856.8656365741</x:v>
       </x:c>
       <x:c r="B162" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C162" s="0">
-        <x:v>79.95</x:v>
+        <x:v>16.22</x:v>
       </x:c>
       <x:c r="D162" s="0">
-        <x:v>66.456</x:v>
+        <x:v>59.445</x:v>
       </x:c>
       <x:c r="E162" s="0">
-        <x:v>73.84</x:v>
+        <x:v>66.05</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:5">
       <x:c r="A163" s="1">
-        <x:v>45826.8721990741</x:v>
+        <x:v>45855.8661574074</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C163" s="0">
-        <x:v>76.85</x:v>
+        <x:v>16.63</x:v>
       </x:c>
       <x:c r="D163" s="0">
-        <x:v>66.15</x:v>
+        <x:v>59.607</x:v>
       </x:c>
       <x:c r="E163" s="0">
-        <x:v>73.5</x:v>
+        <x:v>66.23</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:5">
       <x:c r="A164" s="1">
-        <x:v>45825.8655902778</x:v>
+        <x:v>45854.8781365741</x:v>
       </x:c>
       <x:c r="B164" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C164" s="0">
-        <x:v>74.78</x:v>
+        <x:v>14.55</x:v>
       </x:c>
       <x:c r="D164" s="0">
-        <x:v>65.943</x:v>
+        <x:v>58.671</x:v>
       </x:c>
       <x:c r="E164" s="0">
-        <x:v>73.27</x:v>
+        <x:v>65.19</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:5">
       <x:c r="A165" s="1">
-        <x:v>45824.8653356481</x:v>
+        <x:v>45853.9071643519</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C165" s="0">
-        <x:v>53.94</x:v>
+        <x:v>14.93</x:v>
       </x:c>
       <x:c r="D165" s="0">
-        <x:v>63.225</x:v>
+        <x:v>58.833</x:v>
       </x:c>
       <x:c r="E165" s="0">
-        <x:v>70.25</x:v>
+        <x:v>66.52</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:5">
       <x:c r="A166" s="1">
-        <x:v>45821.8736342593</x:v>
+        <x:v>45852.8673958333</x:v>
       </x:c>
       <x:c r="B166" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C166" s="0">
-        <x:v>62.23</x:v>
+        <x:v>15.93</x:v>
       </x:c>
       <x:c r="D166" s="0">
-        <x:v>64.161</x:v>
+        <x:v>60.282</x:v>
       </x:c>
       <x:c r="E166" s="0">
-        <x:v>71.29</x:v>
+        <x:v>66.98</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:5">
       <x:c r="A167" s="1">
-        <x:v>45820.8652199074</x:v>
+        <x:v>45849.8680092593</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C167" s="0">
-        <x:v>38.24</x:v>
+        <x:v>19.79</x:v>
       </x:c>
       <x:c r="D167" s="0">
-        <x:v>59.976</x:v>
+        <x:v>61.605</x:v>
       </x:c>
       <x:c r="E167" s="0">
-        <x:v>68.04</x:v>
+        <x:v>68.45</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:5">
       <x:c r="A168" s="1">
-        <x:v>45819.8744212963</x:v>
+        <x:v>45848.8850115741</x:v>
       </x:c>
       <x:c r="B168" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C168" s="0">
-        <x:v>38.83</x:v>
+        <x:v>15.79</x:v>
       </x:c>
       <x:c r="D168" s="0">
-        <x:v>61.335</x:v>
+        <x:v>59.913</x:v>
       </x:c>
       <x:c r="E168" s="0">
-        <x:v>68.15</x:v>
+        <x:v>66.57</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:5">
       <x:c r="A169" s="1">
-        <x:v>45818.8662152778</x:v>
+        <x:v>45847.8677546296</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C169" s="0">
-        <x:v>26.99</x:v>
+        <x:v>20.74</x:v>
       </x:c>
       <x:c r="D169" s="0">
-        <x:v>58.482</x:v>
+        <x:v>61.542</x:v>
       </x:c>
       <x:c r="E169" s="0">
-        <x:v>64.98</x:v>
+        <x:v>68.38</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:5">
       <x:c r="A170" s="1">
-        <x:v>45817.8646527778</x:v>
+        <x:v>45846.8687384259</x:v>
       </x:c>
       <x:c r="B170" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C170" s="0">
-        <x:v>28.22</x:v>
+        <x:v>20.62</x:v>
       </x:c>
       <x:c r="D170" s="0">
-        <x:v>58.761</x:v>
+        <x:v>61.497</x:v>
       </x:c>
       <x:c r="E170" s="0">
-        <x:v>65.29</x:v>
+        <x:v>68.33</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:5">
       <x:c r="A171" s="1">
-        <x:v>45814.8664814815</x:v>
+        <x:v>45845.8721875</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C171" s="0">
-        <x:v>25.72</x:v>
+        <x:v>19.59</x:v>
       </x:c>
       <x:c r="D171" s="0">
-        <x:v>58.122</x:v>
+        <x:v>61.137</x:v>
       </x:c>
       <x:c r="E171" s="0">
-        <x:v>64.58</x:v>
+        <x:v>67.93</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:5">
       <x:c r="A172" s="1">
-        <x:v>45813.8698958333</x:v>
+        <x:v>45841.8698842593</x:v>
       </x:c>
       <x:c r="B172" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C172" s="0">
-        <x:v>21.96</x:v>
+        <x:v>17.46</x:v>
       </x:c>
       <x:c r="D172" s="0">
-        <x:v>57.033</x:v>
+        <x:v>60.3</x:v>
       </x:c>
       <x:c r="E172" s="0">
-        <x:v>63.37</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:5">
       <x:c r="A173" s="1">
-        <x:v>45812.8682638889</x:v>
+        <x:v>45840.8677199074</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C173" s="0">
-        <x:v>20.45</x:v>
+        <x:v>18.58</x:v>
       </x:c>
       <x:c r="D173" s="0">
-        <x:v>56.565</x:v>
+        <x:v>60.705</x:v>
       </x:c>
       <x:c r="E173" s="0">
-        <x:v>62.85</x:v>
+        <x:v>67.45</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:5">
       <x:c r="A174" s="1">
-        <x:v>45811.8941550926</x:v>
+        <x:v>45839.8662962963</x:v>
       </x:c>
       <x:c r="B174" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C174" s="0">
-        <x:v>22.23</x:v>
+        <x:v>14.58</x:v>
       </x:c>
       <x:c r="D174" s="0">
-        <x:v>57.069</x:v>
+        <x:v>58.905</x:v>
       </x:c>
       <x:c r="E174" s="0">
-        <x:v>63.41</x:v>
+        <x:v>65.45</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:5">
       <x:c r="A175" s="1">
-        <x:v>45811.8794328704</x:v>
+        <x:v>45838.8822222222</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C175" s="0">
-        <x:v>22.23</x:v>
+        <x:v>13.94</x:v>
       </x:c>
       <x:c r="D175" s="0">
-        <x:v>57.069</x:v>
+        <x:v>58.599</x:v>
       </x:c>
       <x:c r="E175" s="0">
-        <x:v>63.41</x:v>
+        <x:v>65.11</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:5">
       <x:c r="A176" s="1">
-        <x:v>45810.8809953704</x:v>
+        <x:v>45835.8668287037</x:v>
       </x:c>
       <x:c r="B176" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C176" s="0">
-        <x:v>19.72</x:v>
+        <x:v>14.8</x:v>
       </x:c>
       <x:c r="D176" s="0">
-        <x:v>56.268</x:v>
+        <x:v>58.968</x:v>
       </x:c>
       <x:c r="E176" s="0">
-        <x:v>62.52</x:v>
+        <x:v>65.52</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:5">
       <x:c r="A177" s="1">
-        <x:v>45800.8680902778</x:v>
+        <x:v>45834.870625</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C177" s="0">
-        <x:v>17.98</x:v>
+        <x:v>14.26</x:v>
       </x:c>
       <x:c r="D177" s="0">
-        <x:v>55.377</x:v>
+        <x:v>58.716</x:v>
       </x:c>
       <x:c r="E177" s="0">
-        <x:v>61.53</x:v>
+        <x:v>65.24</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:5">
       <x:c r="A178" s="1">
-        <x:v>45799.8653240741</x:v>
+        <x:v>45833.876400463</x:v>
       </x:c>
       <x:c r="B178" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C178" s="0">
-        <x:v>17.16</x:v>
+        <x:v>13.66</x:v>
       </x:c>
       <x:c r="D178" s="0">
-        <x:v>55.08</x:v>
+        <x:v>58.428</x:v>
       </x:c>
       <x:c r="E178" s="0">
-        <x:v>61.2</x:v>
+        <x:v>64.92</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:5">
       <x:c r="A179" s="1">
-        <x:v>45798.8683101852</x:v>
+        <x:v>45832.8693402778</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C179" s="0">
-        <x:v>18.15</x:v>
+        <x:v>12.69</x:v>
       </x:c>
       <x:c r="D179" s="0">
-        <x:v>55.413</x:v>
+        <x:v>57.933</x:v>
       </x:c>
       <x:c r="E179" s="0">
-        <x:v>61.57</x:v>
+        <x:v>64.37</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:5">
       <x:c r="A180" s="1">
-        <x:v>45797.8646180556</x:v>
+        <x:v>45831.8656481481</x:v>
       </x:c>
       <x:c r="B180" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C180" s="0">
-        <x:v>19.47</x:v>
+        <x:v>27.86</x:v>
       </x:c>
       <x:c r="D180" s="0">
-        <x:v>55.827</x:v>
+        <x:v>61.659</x:v>
       </x:c>
       <x:c r="E180" s="0">
-        <x:v>62.03</x:v>
+        <x:v>68.51</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:5">
       <x:c r="A181" s="1">
-        <x:v>45796.8686342593</x:v>
+        <x:v>45828.8992708333</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C181" s="0">
-        <x:v>19.79</x:v>
+        <x:v>79.95</x:v>
       </x:c>
       <x:c r="D181" s="0">
-        <x:v>55.926</x:v>
+        <x:v>66.456</x:v>
       </x:c>
       <x:c r="E181" s="0">
-        <x:v>62.14</x:v>
+        <x:v>73.84</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:5">
       <x:c r="A182" s="1">
-        <x:v>45793.8666203704</x:v>
+        <x:v>45826.8721990741</x:v>
       </x:c>
       <x:c r="B182" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C182" s="0">
-        <x:v>19.35</x:v>
+        <x:v>76.85</x:v>
       </x:c>
       <x:c r="D182" s="0">
-        <x:v>55.773</x:v>
+        <x:v>66.15</x:v>
       </x:c>
       <x:c r="E182" s="0">
-        <x:v>61.97</x:v>
+        <x:v>73.5</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:5">
       <x:c r="A183" s="1">
-        <x:v>45792.865625</x:v>
+        <x:v>45825.8655902778</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C183" s="0">
-        <x:v>17.28</x:v>
+        <x:v>74.78</x:v>
       </x:c>
       <x:c r="D183" s="0">
-        <x:v>55.035</x:v>
+        <x:v>65.943</x:v>
       </x:c>
       <x:c r="E183" s="0">
-        <x:v>61.15</x:v>
+        <x:v>73.27</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:5">
       <x:c r="A184" s="1">
-        <x:v>45791.8649537037</x:v>
+        <x:v>45824.8653356481</x:v>
       </x:c>
       <x:c r="B184" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C184" s="0">
-        <x:v>22.16</x:v>
+        <x:v>53.94</x:v>
       </x:c>
       <x:c r="D184" s="0">
-        <x:v>56.412</x:v>
+        <x:v>63.225</x:v>
       </x:c>
       <x:c r="E184" s="0">
-        <x:v>62.68</x:v>
+        <x:v>70.25</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:5">
       <x:c r="A185" s="1">
-        <x:v>45790.8660416667</x:v>
+        <x:v>45821.8736342593</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C185" s="0">
-        <x:v>24.13</x:v>
+        <x:v>62.23</x:v>
       </x:c>
       <x:c r="D185" s="0">
-        <x:v>56.925</x:v>
+        <x:v>64.161</x:v>
       </x:c>
       <x:c r="E185" s="0">
-        <x:v>63.67</x:v>
+        <x:v>71.29</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:5">
       <x:c r="A186" s="1">
-        <x:v>45789.8656944444</x:v>
+        <x:v>45820.8652199074</x:v>
       </x:c>
       <x:c r="B186" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C186" s="0">
-        <x:v>19.32</x:v>
+        <x:v>38.24</x:v>
       </x:c>
       <x:c r="D186" s="0">
-        <x:v>55.755</x:v>
+        <x:v>59.976</x:v>
       </x:c>
       <x:c r="E186" s="0">
-        <x:v>61.95</x:v>
+        <x:v>68.04</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:5">
       <x:c r="A187" s="1">
-        <x:v>45786.8665740741</x:v>
+        <x:v>45819.8744212963</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C187" s="0">
-        <x:v>17.02</x:v>
+        <x:v>38.83</x:v>
       </x:c>
       <x:c r="D187" s="0">
-        <x:v>54.918</x:v>
+        <x:v>61.335</x:v>
       </x:c>
       <x:c r="E187" s="0">
-        <x:v>61.02</x:v>
+        <x:v>68.15</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:5">
       <x:c r="A188" s="1">
-        <x:v>45785.8673842593</x:v>
+        <x:v>45818.8662152778</x:v>
       </x:c>
       <x:c r="B188" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C188" s="0">
-        <x:v>14.59</x:v>
+        <x:v>26.99</x:v>
       </x:c>
       <x:c r="D188" s="0">
-        <x:v>53.919</x:v>
+        <x:v>58.482</x:v>
       </x:c>
       <x:c r="E188" s="0">
-        <x:v>59.91</x:v>
+        <x:v>64.98</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:5">
       <x:c r="A189" s="1">
+        <x:v>45817.8646527778</x:v>
+      </x:c>
+      <x:c r="B189" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C189" s="0">
+        <x:v>28.22</x:v>
+      </x:c>
+      <x:c r="D189" s="0">
+        <x:v>58.761</x:v>
+      </x:c>
+      <x:c r="E189" s="0">
+        <x:v>65.29</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="190" spans="1:5">
+      <x:c r="A190" s="1">
+        <x:v>45814.8664814815</x:v>
+      </x:c>
+      <x:c r="B190" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C190" s="0">
+        <x:v>25.72</x:v>
+      </x:c>
+      <x:c r="D190" s="0">
+        <x:v>58.122</x:v>
+      </x:c>
+      <x:c r="E190" s="0">
+        <x:v>64.58</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="191" spans="1:5">
+      <x:c r="A191" s="1">
+        <x:v>45813.8698958333</x:v>
+      </x:c>
+      <x:c r="B191" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C191" s="0">
+        <x:v>21.96</x:v>
+      </x:c>
+      <x:c r="D191" s="0">
+        <x:v>57.033</x:v>
+      </x:c>
+      <x:c r="E191" s="0">
+        <x:v>63.37</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="192" spans="1:5">
+      <x:c r="A192" s="1">
+        <x:v>45812.8682638889</x:v>
+      </x:c>
+      <x:c r="B192" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C192" s="0">
+        <x:v>20.45</x:v>
+      </x:c>
+      <x:c r="D192" s="0">
+        <x:v>56.565</x:v>
+      </x:c>
+      <x:c r="E192" s="0">
+        <x:v>62.85</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="193" spans="1:5">
+      <x:c r="A193" s="1">
+        <x:v>45811.8941550926</x:v>
+      </x:c>
+      <x:c r="B193" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C193" s="0">
+        <x:v>22.23</x:v>
+      </x:c>
+      <x:c r="D193" s="0">
+        <x:v>57.069</x:v>
+      </x:c>
+      <x:c r="E193" s="0">
+        <x:v>63.41</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="194" spans="1:5">
+      <x:c r="A194" s="1">
+        <x:v>45811.8794328704</x:v>
+      </x:c>
+      <x:c r="B194" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C194" s="0">
+        <x:v>22.23</x:v>
+      </x:c>
+      <x:c r="D194" s="0">
+        <x:v>57.069</x:v>
+      </x:c>
+      <x:c r="E194" s="0">
+        <x:v>63.41</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="195" spans="1:5">
+      <x:c r="A195" s="1">
+        <x:v>45810.8809953704</x:v>
+      </x:c>
+      <x:c r="B195" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C195" s="0">
+        <x:v>19.72</x:v>
+      </x:c>
+      <x:c r="D195" s="0">
+        <x:v>56.268</x:v>
+      </x:c>
+      <x:c r="E195" s="0">
+        <x:v>62.52</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="196" spans="1:5">
+      <x:c r="A196" s="1">
+        <x:v>45800.8680902778</x:v>
+      </x:c>
+      <x:c r="B196" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C196" s="0">
+        <x:v>17.98</x:v>
+      </x:c>
+      <x:c r="D196" s="0">
+        <x:v>55.377</x:v>
+      </x:c>
+      <x:c r="E196" s="0">
+        <x:v>61.53</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="197" spans="1:5">
+      <x:c r="A197" s="1">
+        <x:v>45799.8653240741</x:v>
+      </x:c>
+      <x:c r="B197" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C197" s="0">
+        <x:v>17.16</x:v>
+      </x:c>
+      <x:c r="D197" s="0">
+        <x:v>55.08</x:v>
+      </x:c>
+      <x:c r="E197" s="0">
+        <x:v>61.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="198" spans="1:5">
+      <x:c r="A198" s="1">
+        <x:v>45798.8683101852</x:v>
+      </x:c>
+      <x:c r="B198" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C198" s="0">
+        <x:v>18.15</x:v>
+      </x:c>
+      <x:c r="D198" s="0">
+        <x:v>55.413</x:v>
+      </x:c>
+      <x:c r="E198" s="0">
+        <x:v>61.57</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="199" spans="1:5">
+      <x:c r="A199" s="1">
+        <x:v>45797.8646180556</x:v>
+      </x:c>
+      <x:c r="B199" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C199" s="0">
+        <x:v>19.47</x:v>
+      </x:c>
+      <x:c r="D199" s="0">
+        <x:v>55.827</x:v>
+      </x:c>
+      <x:c r="E199" s="0">
+        <x:v>62.03</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="200" spans="1:5">
+      <x:c r="A200" s="1">
+        <x:v>45796.8686342593</x:v>
+      </x:c>
+      <x:c r="B200" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C200" s="0">
+        <x:v>19.79</x:v>
+      </x:c>
+      <x:c r="D200" s="0">
+        <x:v>55.926</x:v>
+      </x:c>
+      <x:c r="E200" s="0">
+        <x:v>62.14</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="201" spans="1:5">
+      <x:c r="A201" s="1">
+        <x:v>45793.8666203704</x:v>
+      </x:c>
+      <x:c r="B201" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C201" s="0">
+        <x:v>19.35</x:v>
+      </x:c>
+      <x:c r="D201" s="0">
+        <x:v>55.773</x:v>
+      </x:c>
+      <x:c r="E201" s="0">
+        <x:v>61.97</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="202" spans="1:5">
+      <x:c r="A202" s="1">
+        <x:v>45792.865625</x:v>
+      </x:c>
+      <x:c r="B202" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C202" s="0">
+        <x:v>17.28</x:v>
+      </x:c>
+      <x:c r="D202" s="0">
+        <x:v>55.035</x:v>
+      </x:c>
+      <x:c r="E202" s="0">
+        <x:v>61.15</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="203" spans="1:5">
+      <x:c r="A203" s="1">
+        <x:v>45791.8649537037</x:v>
+      </x:c>
+      <x:c r="B203" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C203" s="0">
+        <x:v>22.16</x:v>
+      </x:c>
+      <x:c r="D203" s="0">
+        <x:v>56.412</x:v>
+      </x:c>
+      <x:c r="E203" s="0">
+        <x:v>62.68</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="204" spans="1:5">
+      <x:c r="A204" s="1">
+        <x:v>45790.8660416667</x:v>
+      </x:c>
+      <x:c r="B204" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C204" s="0">
+        <x:v>24.13</x:v>
+      </x:c>
+      <x:c r="D204" s="0">
+        <x:v>56.925</x:v>
+      </x:c>
+      <x:c r="E204" s="0">
+        <x:v>63.67</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="205" spans="1:5">
+      <x:c r="A205" s="1">
+        <x:v>45789.8656944444</x:v>
+      </x:c>
+      <x:c r="B205" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C205" s="0">
+        <x:v>19.32</x:v>
+      </x:c>
+      <x:c r="D205" s="0">
+        <x:v>55.755</x:v>
+      </x:c>
+      <x:c r="E205" s="0">
+        <x:v>61.95</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="206" spans="1:5">
+      <x:c r="A206" s="1">
+        <x:v>45786.8665740741</x:v>
+      </x:c>
+      <x:c r="B206" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C206" s="0">
+        <x:v>17.02</x:v>
+      </x:c>
+      <x:c r="D206" s="0">
+        <x:v>54.918</x:v>
+      </x:c>
+      <x:c r="E206" s="0">
+        <x:v>61.02</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="207" spans="1:5">
+      <x:c r="A207" s="1">
+        <x:v>45785.8673842593</x:v>
+      </x:c>
+      <x:c r="B207" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C207" s="0">
+        <x:v>14.59</x:v>
+      </x:c>
+      <x:c r="D207" s="0">
+        <x:v>53.919</x:v>
+      </x:c>
+      <x:c r="E207" s="0">
+        <x:v>59.91</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="208" spans="1:5">
+      <x:c r="A208" s="1">
         <x:v>45784.8969560185</x:v>
       </x:c>
-      <x:c r="B189" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C189" s="0">
+      <x:c r="B208" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C208" s="0">
         <x:v>11.36</x:v>
       </x:c>
-      <x:c r="D189" s="0">
+      <x:c r="D208" s="0">
         <x:v>52.263</x:v>
       </x:c>
-      <x:c r="E189" s="0">
+      <x:c r="E208" s="0">
         <x:v>58.07</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>