--- v0 (2025-10-17)
+++ v1 (2025-12-14)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf60ae9d55cd94c9e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5fa99280a18841f2bd376e7e50ce0c41.psmdcp" Id="R587c6f475e794c8d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R271ffa43410142e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/95532ff4c9344862b9721a450f12920c.psmdcp" Id="Ra2f52b7bac65415b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>DE000BB3NWL3</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -390,2018 +390,2698 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E116"/>
+  <x:dimension ref="A1:E156"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>45946.8678125</x:v>
+        <x:v>46003.8692708333</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
-        <x:v>9.28</x:v>
+        <x:v>9.35</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>50.069</x:v>
+        <x:v>50.118</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>61.06</x:v>
+        <x:v>61.12</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>45945.8706365741</x:v>
+        <x:v>46002.8718865741</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
-        <x:v>9.96</x:v>
+        <x:v>9.48</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>50.766</x:v>
+        <x:v>50.25</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>61.91</x:v>
+        <x:v>61.28</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>45944.8749074074</x:v>
+        <x:v>46001.8659953704</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
-        <x:v>10.37</x:v>
+        <x:v>10.25</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>51.16</x:v>
+        <x:v>51.012</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>62.39</x:v>
+        <x:v>62.21</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>45943.8919791667</x:v>
+        <x:v>46000.8892013889</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
-        <x:v>11.19</x:v>
+        <x:v>10.03</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>51.922</x:v>
+        <x:v>50.791</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>63.32</x:v>
+        <x:v>61.94</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>45940.8709953704</x:v>
+        <x:v>45999.8773842593</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
-        <x:v>10.7</x:v>
+        <x:v>10.5</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>51.439</x:v>
+        <x:v>51.242</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>62.73</x:v>
+        <x:v>62.49</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>45939.8818402778</x:v>
+        <x:v>45996.8718518519</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
-        <x:v>13.23</x:v>
+        <x:v>11.66</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>53.48</x:v>
+        <x:v>52.275</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>65.22</x:v>
+        <x:v>63.75</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>45938.8822569444</x:v>
+        <x:v>45995.8729513889</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
-        <x:v>14.35</x:v>
+        <x:v>11.23</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>54.325</x:v>
+        <x:v>51.873</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>66.25</x:v>
+        <x:v>63.26</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>45937.8661689815</x:v>
+        <x:v>45994.8669560185</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
-        <x:v>13.52</x:v>
+        <x:v>10.73</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>53.669</x:v>
+        <x:v>51.389</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>65.45</x:v>
+        <x:v>62.67</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>45936.8652199074</x:v>
+        <x:v>45993.8696296296</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
-        <x:v>13.55</x:v>
+        <x:v>10.54</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>53.685</x:v>
+        <x:v>51.209</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>65.47</x:v>
+        <x:v>62.45</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>45933.8749421296</x:v>
+        <x:v>45992.8654976852</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C12" s="0">
-        <x:v>12.64</x:v>
+        <x:v>11.18</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>52.915</x:v>
+        <x:v>51.799</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>64.53</x:v>
+        <x:v>63.17</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>45932.8749421296</x:v>
+        <x:v>45989.8774074074</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0">
-        <x:v>12.24</x:v>
+        <x:v>10.53</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>52.57</x:v>
+        <x:v>51.152</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>64.11</x:v>
+        <x:v>62.38</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>45931.8699884259</x:v>
+        <x:v>45988.8776273148</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C14" s="0">
-        <x:v>13.53</x:v>
+        <x:v>10.96</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>53.587</x:v>
+        <x:v>51.553</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>65.35</x:v>
+        <x:v>62.87</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>45930.8693402778</x:v>
+        <x:v>45987.8775694444</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
-        <x:v>14.27</x:v>
+        <x:v>10.68</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>54.145</x:v>
+        <x:v>51.283</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>66.03</x:v>
+        <x:v>62.54</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>45929.8687615741</x:v>
+        <x:v>45986.8743865741</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C16" s="0">
-        <x:v>15.5</x:v>
+        <x:v>10.08</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>55.014</x:v>
+        <x:v>50.676</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>67.09</x:v>
+        <x:v>61.8</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>45926.8683564815</x:v>
+        <x:v>45985.8708796296</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C17" s="0">
-        <x:v>18.34</x:v>
+        <x:v>10.88</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>56.76</x:v>
+        <x:v>51.43</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>69.22</x:v>
+        <x:v>63.37</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>45925.870474537</x:v>
+        <x:v>45982.8679050926</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="0">
-        <x:v>17.52</x:v>
+        <x:v>10.23</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>56.236</x:v>
+        <x:v>51.299</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>68.58</x:v>
+        <x:v>62.56</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>45924.8664351852</x:v>
+        <x:v>45981.867650463</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C19" s="0">
-        <x:v>17.38</x:v>
+        <x:v>10.94</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>56.137</x:v>
+        <x:v>51.972</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>69.31</x:v>
+        <x:v>63.38</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
-        <x:v>45923.8744212963</x:v>
+        <x:v>45980.8667013889</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C20" s="0">
-        <x:v>15.46</x:v>
+        <x:v>11.05</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>55.457</x:v>
+        <x:v>52.078</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>67.63</x:v>
+        <x:v>63.51</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="1">
-        <x:v>45922.8813541667</x:v>
+        <x:v>45979.8891898148</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C21" s="0">
-        <x:v>14.32</x:v>
+        <x:v>12.37</x:v>
       </x:c>
       <x:c r="D21" s="0">
-        <x:v>54.587</x:v>
+        <x:v>53.21</x:v>
       </x:c>
       <x:c r="E21" s="0">
-        <x:v>66.57</x:v>
+        <x:v>64.89</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="1">
-        <x:v>45919.8706018518</x:v>
+        <x:v>45978.8654861111</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C22" s="0">
-        <x:v>14.46</x:v>
+        <x:v>11.75</x:v>
       </x:c>
       <x:c r="D22" s="0">
-        <x:v>54.678</x:v>
+        <x:v>52.644</x:v>
       </x:c>
       <x:c r="E22" s="0">
-        <x:v>66.68</x:v>
+        <x:v>64.2</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="1">
-        <x:v>45918.8680439815</x:v>
+        <x:v>45975.86875</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C23" s="0">
-        <x:v>15.33</x:v>
+        <x:v>11.93</x:v>
       </x:c>
       <x:c r="D23" s="0">
-        <x:v>55.301</x:v>
+        <x:v>52.8</x:v>
       </x:c>
       <x:c r="E23" s="0">
-        <x:v>67.44</x:v>
+        <x:v>64.39</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="1">
-        <x:v>45917.8672337963</x:v>
+        <x:v>45974.8920717593</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C24" s="0">
-        <x:v>15.93</x:v>
+        <x:v>10.76</x:v>
       </x:c>
       <x:c r="D24" s="0">
-        <x:v>55.719</x:v>
+        <x:v>51.668</x:v>
       </x:c>
       <x:c r="E24" s="0">
-        <x:v>67.95</x:v>
+        <x:v>63.01</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="1">
-        <x:v>45916.874849537</x:v>
+        <x:v>45972.8743865741</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C25" s="0">
-        <x:v>16.56</x:v>
+        <x:v>12.95</x:v>
       </x:c>
       <x:c r="D25" s="0">
-        <x:v>56.145</x:v>
+        <x:v>53.431</x:v>
       </x:c>
       <x:c r="E25" s="0">
-        <x:v>68.47</x:v>
+        <x:v>65.16</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="1">
-        <x:v>45915.8847685185</x:v>
+        <x:v>45971.8872916667</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C26" s="0">
-        <x:v>15.39</x:v>
+        <x:v>11.93</x:v>
       </x:c>
       <x:c r="D26" s="0">
-        <x:v>55.301</x:v>
+        <x:v>52.529</x:v>
       </x:c>
       <x:c r="E26" s="0">
-        <x:v>67.44</x:v>
+        <x:v>64.06</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="1">
-        <x:v>45912.8690277778</x:v>
+        <x:v>45968.8685532407</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C27" s="0">
-        <x:v>14.9</x:v>
+        <x:v>11.55</x:v>
       </x:c>
       <x:c r="D27" s="0">
-        <x:v>54.932</x:v>
+        <x:v>52.177</x:v>
       </x:c>
       <x:c r="E27" s="0">
-        <x:v>66.99</x:v>
+        <x:v>63.63</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="1">
-        <x:v>45911.8677199074</x:v>
+        <x:v>45967.8716087963</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C28" s="0">
-        <x:v>14.24</x:v>
+        <x:v>11.33</x:v>
       </x:c>
       <x:c r="D28" s="0">
-        <x:v>54.423</x:v>
+        <x:v>51.972</x:v>
       </x:c>
       <x:c r="E28" s="0">
-        <x:v>66.37</x:v>
+        <x:v>63.38</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="1">
-        <x:v>45910.8673611111</x:v>
+        <x:v>45966.876712963</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C29" s="0">
-        <x:v>15.54</x:v>
+        <x:v>11.46</x:v>
       </x:c>
       <x:c r="D29" s="0">
-        <x:v>55.342</x:v>
+        <x:v>52.086</x:v>
       </x:c>
       <x:c r="E29" s="0">
-        <x:v>67.49</x:v>
+        <x:v>63.52</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="1">
-        <x:v>45909.8653472222</x:v>
+        <x:v>45965.870474537</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C30" s="0">
-        <x:v>14.35</x:v>
+        <x:v>12.34</x:v>
       </x:c>
       <x:c r="D30" s="0">
-        <x:v>54.44</x:v>
+        <x:v>52.841</x:v>
       </x:c>
       <x:c r="E30" s="0">
-        <x:v>66.39</x:v>
+        <x:v>64.44</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="1">
-        <x:v>45908.8695601852</x:v>
+        <x:v>45964.8721064815</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C31" s="0">
-        <x:v>13.96</x:v>
+        <x:v>12.79</x:v>
       </x:c>
       <x:c r="D31" s="0">
-        <x:v>54.136</x:v>
+        <x:v>53.21</x:v>
       </x:c>
       <x:c r="E31" s="0">
-        <x:v>66.02</x:v>
+        <x:v>64.89</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="1">
-        <x:v>45905.8748032407</x:v>
+        <x:v>45961.8346643519</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C32" s="0">
-        <x:v>13.44</x:v>
+        <x:v>12.68</x:v>
       </x:c>
       <x:c r="D32" s="0">
-        <x:v>53.71</x:v>
+        <x:v>53.111</x:v>
       </x:c>
       <x:c r="E32" s="0">
-        <x:v>65.5</x:v>
+        <x:v>64.77</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="1">
-        <x:v>45904.8696875</x:v>
+        <x:v>45960.8565740741</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C33" s="0">
-        <x:v>15.13</x:v>
+        <x:v>12.31</x:v>
       </x:c>
       <x:c r="D33" s="0">
-        <x:v>54.932</x:v>
+        <x:v>52.783</x:v>
       </x:c>
       <x:c r="E33" s="0">
-        <x:v>66.99</x:v>
+        <x:v>64.37</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="1">
-        <x:v>45903.8712152778</x:v>
+        <x:v>45959.8655092593</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C34" s="0">
-        <x:v>15.85</x:v>
+        <x:v>12.26</x:v>
       </x:c>
       <x:c r="D34" s="0">
-        <x:v>55.432</x:v>
+        <x:v>52.742</x:v>
       </x:c>
       <x:c r="E34" s="0">
-        <x:v>67.6</x:v>
+        <x:v>64.32</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="1">
-        <x:v>45902.8909722222</x:v>
+        <x:v>45958.8658101852</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C35" s="0">
-        <x:v>17.84</x:v>
+        <x:v>11.81</x:v>
       </x:c>
       <x:c r="D35" s="0">
-        <x:v>56.695</x:v>
+        <x:v>52.341</x:v>
       </x:c>
       <x:c r="E35" s="0">
-        <x:v>69.14</x:v>
+        <x:v>63.83</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="1">
-        <x:v>45901.9168287037</x:v>
+        <x:v>45957.8436574074</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C36" s="0">
-        <x:v>16.64</x:v>
+        <x:v>12.88</x:v>
       </x:c>
       <x:c r="D36" s="0">
-        <x:v>55.883</x:v>
+        <x:v>53.218</x:v>
       </x:c>
       <x:c r="E36" s="0">
-        <x:v>68.15</x:v>
+        <x:v>65.62</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="1">
-        <x:v>45898.8672453704</x:v>
+        <x:v>45954.8688425926</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C37" s="0">
-        <x:v>15.86</x:v>
+        <x:v>13.21</x:v>
       </x:c>
       <x:c r="D37" s="0">
-        <x:v>55.334</x:v>
+        <x:v>54.071</x:v>
       </x:c>
       <x:c r="E37" s="0">
-        <x:v>67.48</x:v>
+        <x:v>65.94</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="1">
-        <x:v>45897.8709837963</x:v>
+        <x:v>45953.8697106481</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C38" s="0">
-        <x:v>16.47</x:v>
+        <x:v>13.26</x:v>
       </x:c>
       <x:c r="D38" s="0">
-        <x:v>55.744</x:v>
+        <x:v>54.112</x:v>
       </x:c>
       <x:c r="E38" s="0">
-        <x:v>67.98</x:v>
+        <x:v>65.99</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="1">
-        <x:v>45896.8696296296</x:v>
+        <x:v>45952.8835763889</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C39" s="0">
-        <x:v>15.85</x:v>
+        <x:v>10.43</x:v>
       </x:c>
       <x:c r="D39" s="0">
-        <x:v>55.301</x:v>
+        <x:v>51.324</x:v>
       </x:c>
       <x:c r="E39" s="0">
-        <x:v>67.44</x:v>
+        <x:v>62.59</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="1">
-        <x:v>45895.866875</x:v>
+        <x:v>45951.8713310185</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C40" s="0">
-        <x:v>15.02</x:v>
+        <x:v>9.46</x:v>
       </x:c>
       <x:c r="D40" s="0">
-        <x:v>54.694</x:v>
+        <x:v>50.282</x:v>
       </x:c>
       <x:c r="E40" s="0">
-        <x:v>66.7</x:v>
+        <x:v>61.32</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="1">
-        <x:v>45894.8896412037</x:v>
+        <x:v>45950.8678125</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C41" s="0">
-        <x:v>16.9</x:v>
+        <x:v>9.23</x:v>
       </x:c>
       <x:c r="D41" s="0">
-        <x:v>55.94</x:v>
+        <x:v>50.028</x:v>
       </x:c>
       <x:c r="E41" s="0">
-        <x:v>68.8</x:v>
+        <x:v>61.01</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="1">
-        <x:v>45891.8697453704</x:v>
+        <x:v>45947.8724421296</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C42" s="0">
-        <x:v>15.68</x:v>
+        <x:v>9.45</x:v>
       </x:c>
       <x:c r="D42" s="0">
-        <x:v>55.539</x:v>
+        <x:v>50.258</x:v>
       </x:c>
       <x:c r="E42" s="0">
-        <x:v>67.73</x:v>
+        <x:v>61.29</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="1">
-        <x:v>45890.8865972222</x:v>
+        <x:v>45946.8678125</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C43" s="0">
-        <x:v>15.62</x:v>
+        <x:v>9.28</x:v>
       </x:c>
       <x:c r="D43" s="0">
-        <x:v>55.489</x:v>
+        <x:v>50.069</x:v>
       </x:c>
       <x:c r="E43" s="0">
-        <x:v>67.67</x:v>
+        <x:v>61.06</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="1">
-        <x:v>45889.8690625</x:v>
+        <x:v>45945.8706365741</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C44" s="0">
-        <x:v>14.71</x:v>
+        <x:v>9.96</x:v>
       </x:c>
       <x:c r="D44" s="0">
-        <x:v>54.809</x:v>
+        <x:v>50.766</x:v>
       </x:c>
       <x:c r="E44" s="0">
-        <x:v>66.84</x:v>
+        <x:v>61.91</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="1">
-        <x:v>45888.8672569444</x:v>
+        <x:v>45944.8749074074</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C45" s="0">
-        <x:v>13.62</x:v>
+        <x:v>10.37</x:v>
       </x:c>
       <x:c r="D45" s="0">
-        <x:v>53.948</x:v>
+        <x:v>51.16</x:v>
       </x:c>
       <x:c r="E45" s="0">
-        <x:v>65.79</x:v>
+        <x:v>62.39</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="1">
-        <x:v>45887.871412037</x:v>
+        <x:v>45943.8919791667</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C46" s="0">
-        <x:v>14.51</x:v>
+        <x:v>11.19</x:v>
       </x:c>
       <x:c r="D46" s="0">
-        <x:v>54.612</x:v>
+        <x:v>51.922</x:v>
       </x:c>
       <x:c r="E46" s="0">
-        <x:v>66.6</x:v>
+        <x:v>63.32</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="1">
-        <x:v>45884.8646527778</x:v>
+        <x:v>45940.8709953704</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C47" s="0">
-        <x:v>13.74</x:v>
+        <x:v>10.7</x:v>
       </x:c>
       <x:c r="D47" s="0">
-        <x:v>53.997</x:v>
+        <x:v>51.439</x:v>
       </x:c>
       <x:c r="E47" s="0">
-        <x:v>65.85</x:v>
+        <x:v>62.73</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5">
       <x:c r="A48" s="1">
-        <x:v>45883.8844212963</x:v>
+        <x:v>45939.8818402778</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C48" s="0">
-        <x:v>14.84</x:v>
+        <x:v>13.23</x:v>
       </x:c>
       <x:c r="D48" s="0">
-        <x:v>54.809</x:v>
+        <x:v>53.48</x:v>
       </x:c>
       <x:c r="E48" s="0">
-        <x:v>66.84</x:v>
+        <x:v>65.22</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
       <x:c r="A49" s="1">
-        <x:v>45882.8657407407</x:v>
+        <x:v>45938.8822569444</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C49" s="0">
-        <x:v>13.59</x:v>
+        <x:v>14.35</x:v>
       </x:c>
       <x:c r="D49" s="0">
-        <x:v>53.817</x:v>
+        <x:v>54.325</x:v>
       </x:c>
       <x:c r="E49" s="0">
-        <x:v>65.63</x:v>
+        <x:v>66.25</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5">
       <x:c r="A50" s="1">
-        <x:v>45881.8655208333</x:v>
+        <x:v>45937.8661689815</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C50" s="0">
-        <x:v>14.12</x:v>
+        <x:v>13.52</x:v>
       </x:c>
       <x:c r="D50" s="0">
-        <x:v>54.218</x:v>
+        <x:v>53.669</x:v>
       </x:c>
       <x:c r="E50" s="0">
-        <x:v>66.12</x:v>
+        <x:v>65.45</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5">
       <x:c r="A51" s="1">
-        <x:v>45880.8651851852</x:v>
+        <x:v>45936.8652199074</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C51" s="0">
-        <x:v>14.69</x:v>
+        <x:v>13.55</x:v>
       </x:c>
       <x:c r="D51" s="0">
-        <x:v>54.637</x:v>
+        <x:v>53.685</x:v>
       </x:c>
       <x:c r="E51" s="0">
-        <x:v>66.63</x:v>
+        <x:v>65.47</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5">
       <x:c r="A52" s="1">
-        <x:v>45877.8672569444</x:v>
+        <x:v>45933.8749421296</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C52" s="0">
-        <x:v>14.66</x:v>
+        <x:v>12.64</x:v>
       </x:c>
       <x:c r="D52" s="0">
-        <x:v>54.604</x:v>
+        <x:v>52.915</x:v>
       </x:c>
       <x:c r="E52" s="0">
-        <x:v>66.59</x:v>
+        <x:v>64.53</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5">
       <x:c r="A53" s="1">
-        <x:v>45876.8650347222</x:v>
+        <x:v>45932.8749421296</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C53" s="0">
-        <x:v>14.49</x:v>
+        <x:v>12.24</x:v>
       </x:c>
       <x:c r="D53" s="0">
-        <x:v>54.473</x:v>
+        <x:v>52.57</x:v>
       </x:c>
       <x:c r="E53" s="0">
-        <x:v>66.43</x:v>
+        <x:v>64.11</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5">
       <x:c r="A54" s="1">
-        <x:v>45875.8676736111</x:v>
+        <x:v>45931.8699884259</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C54" s="0">
-        <x:v>15.01</x:v>
+        <x:v>13.53</x:v>
       </x:c>
       <x:c r="D54" s="0">
-        <x:v>54.85</x:v>
+        <x:v>53.587</x:v>
       </x:c>
       <x:c r="E54" s="0">
-        <x:v>66.89</x:v>
+        <x:v>65.35</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5">
       <x:c r="A55" s="1">
-        <x:v>45874.8743171296</x:v>
+        <x:v>45930.8693402778</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C55" s="0">
-        <x:v>15.89</x:v>
+        <x:v>14.27</x:v>
       </x:c>
       <x:c r="D55" s="0">
-        <x:v>55.465</x:v>
+        <x:v>54.145</x:v>
       </x:c>
       <x:c r="E55" s="0">
-        <x:v>67.64</x:v>
+        <x:v>66.03</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5">
       <x:c r="A56" s="1">
-        <x:v>45873.8649652778</x:v>
+        <x:v>45929.8687615741</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C56" s="0">
-        <x:v>17.31</x:v>
+        <x:v>15.5</x:v>
       </x:c>
       <x:c r="D56" s="0">
-        <x:v>56.383</x:v>
+        <x:v>55.014</x:v>
       </x:c>
       <x:c r="E56" s="0">
-        <x:v>68.76</x:v>
+        <x:v>67.09</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:5">
       <x:c r="A57" s="1">
-        <x:v>45870.8694675926</x:v>
+        <x:v>45926.8683564815</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C57" s="0">
-        <x:v>18.54</x:v>
+        <x:v>18.34</x:v>
       </x:c>
       <x:c r="D57" s="0">
-        <x:v>57.129</x:v>
+        <x:v>56.76</x:v>
       </x:c>
       <x:c r="E57" s="0">
-        <x:v>69.67</x:v>
+        <x:v>69.22</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:5">
       <x:c r="A58" s="1">
-        <x:v>45869.8816782407</x:v>
+        <x:v>45925.870474537</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C58" s="0">
-        <x:v>21.6</x:v>
+        <x:v>17.52</x:v>
       </x:c>
       <x:c r="D58" s="0">
-        <x:v>58.794</x:v>
+        <x:v>56.236</x:v>
       </x:c>
       <x:c r="E58" s="0">
-        <x:v>71.7</x:v>
+        <x:v>68.58</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:5">
       <x:c r="A59" s="1">
-        <x:v>45868.871087963</x:v>
+        <x:v>45924.8664351852</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C59" s="0">
-        <x:v>22.82</x:v>
+        <x:v>17.38</x:v>
       </x:c>
       <x:c r="D59" s="0">
-        <x:v>59.425</x:v>
+        <x:v>56.137</x:v>
       </x:c>
       <x:c r="E59" s="0">
-        <x:v>72.47</x:v>
+        <x:v>69.31</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:5">
       <x:c r="A60" s="1">
-        <x:v>45867.8666319444</x:v>
+        <x:v>45923.8744212963</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C60" s="0">
-        <x:v>21.63</x:v>
+        <x:v>15.46</x:v>
       </x:c>
       <x:c r="D60" s="0">
-        <x:v>58.778</x:v>
+        <x:v>55.457</x:v>
       </x:c>
       <x:c r="E60" s="0">
-        <x:v>71.68</x:v>
+        <x:v>67.63</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:5">
       <x:c r="A61" s="1">
-        <x:v>45866.8688194444</x:v>
+        <x:v>45922.8813541667</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C61" s="0">
-        <x:v>18.49</x:v>
+        <x:v>14.32</x:v>
       </x:c>
       <x:c r="D61" s="0">
-        <x:v>56.842</x:v>
+        <x:v>54.587</x:v>
       </x:c>
       <x:c r="E61" s="0">
-        <x:v>69.32</x:v>
+        <x:v>66.57</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:5">
       <x:c r="A62" s="1">
-        <x:v>45863.874537037</x:v>
+        <x:v>45919.8706018518</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C62" s="0">
-        <x:v>16.48</x:v>
+        <x:v>14.46</x:v>
       </x:c>
       <x:c r="D62" s="0">
-        <x:v>55.481</x:v>
+        <x:v>54.678</x:v>
       </x:c>
       <x:c r="E62" s="0">
-        <x:v>68.44</x:v>
+        <x:v>66.68</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:5">
       <x:c r="A63" s="1">
-        <x:v>45862.8678472222</x:v>
+        <x:v>45918.8680439815</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C63" s="0">
-        <x:v>17.42</x:v>
+        <x:v>15.33</x:v>
       </x:c>
       <x:c r="D63" s="0">
-        <x:v>56.728</x:v>
+        <x:v>55.301</x:v>
       </x:c>
       <x:c r="E63" s="0">
-        <x:v>69.18</x:v>
+        <x:v>67.44</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:5">
       <x:c r="A64" s="1">
-        <x:v>45861.8680092593</x:v>
+        <x:v>45917.8672337963</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C64" s="0">
-        <x:v>16.61</x:v>
+        <x:v>15.93</x:v>
       </x:c>
       <x:c r="D64" s="0">
-        <x:v>56.178</x:v>
+        <x:v>55.719</x:v>
       </x:c>
       <x:c r="E64" s="0">
-        <x:v>68.51</x:v>
+        <x:v>67.95</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:5">
       <x:c r="A65" s="1">
-        <x:v>45860.8818171296</x:v>
+        <x:v>45916.874849537</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C65" s="0">
-        <x:v>16.72</x:v>
+        <x:v>16.56</x:v>
       </x:c>
       <x:c r="D65" s="0">
-        <x:v>56.244</x:v>
+        <x:v>56.145</x:v>
       </x:c>
       <x:c r="E65" s="0">
-        <x:v>68.59</x:v>
+        <x:v>68.47</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:5">
       <x:c r="A66" s="1">
-        <x:v>45859.8722800926</x:v>
+        <x:v>45915.8847685185</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C66" s="0">
-        <x:v>17.5</x:v>
+        <x:v>15.39</x:v>
       </x:c>
       <x:c r="D66" s="0">
-        <x:v>56.752</x:v>
+        <x:v>55.301</x:v>
       </x:c>
       <x:c r="E66" s="0">
-        <x:v>69.21</x:v>
+        <x:v>67.44</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:5">
       <x:c r="A67" s="1">
-        <x:v>45856.8684143519</x:v>
+        <x:v>45912.8690277778</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C67" s="0">
-        <x:v>17.61</x:v>
+        <x:v>14.9</x:v>
       </x:c>
       <x:c r="D67" s="0">
-        <x:v>56.81</x:v>
+        <x:v>54.932</x:v>
       </x:c>
       <x:c r="E67" s="0">
-        <x:v>69.28</x:v>
+        <x:v>66.99</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:5">
       <x:c r="A68" s="1">
-        <x:v>45855.8661574074</x:v>
+        <x:v>45911.8677199074</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C68" s="0">
-        <x:v>17.92</x:v>
+        <x:v>14.24</x:v>
       </x:c>
       <x:c r="D68" s="0">
-        <x:v>57.006</x:v>
+        <x:v>54.423</x:v>
       </x:c>
       <x:c r="E68" s="0">
-        <x:v>69.52</x:v>
+        <x:v>66.37</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:5">
       <x:c r="A69" s="1">
-        <x:v>45854.8781365741</x:v>
+        <x:v>45910.8673611111</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C69" s="0">
-        <x:v>16.71</x:v>
+        <x:v>15.54</x:v>
       </x:c>
       <x:c r="D69" s="0">
-        <x:v>56.186</x:v>
+        <x:v>55.342</x:v>
       </x:c>
       <x:c r="E69" s="0">
-        <x:v>68.52</x:v>
+        <x:v>67.49</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:5">
       <x:c r="A70" s="1">
-        <x:v>45853.9071643519</x:v>
+        <x:v>45909.8653472222</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C70" s="0">
-        <x:v>16.95</x:v>
+        <x:v>14.35</x:v>
       </x:c>
       <x:c r="D70" s="0">
-        <x:v>56.342</x:v>
+        <x:v>54.44</x:v>
       </x:c>
       <x:c r="E70" s="0">
-        <x:v>68.71</x:v>
+        <x:v>66.39</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:5">
       <x:c r="A71" s="1">
-        <x:v>45852.870787037</x:v>
+        <x:v>45908.8695601852</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C71" s="0">
-        <x:v>17.59</x:v>
+        <x:v>13.96</x:v>
       </x:c>
       <x:c r="D71" s="0">
-        <x:v>56.752</x:v>
+        <x:v>54.136</x:v>
       </x:c>
       <x:c r="E71" s="0">
-        <x:v>69.21</x:v>
+        <x:v>66.02</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:5">
       <x:c r="A72" s="1">
-        <x:v>45849.8680092593</x:v>
+        <x:v>45905.8748032407</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C72" s="0">
-        <x:v>19.17</x:v>
+        <x:v>13.44</x:v>
       </x:c>
       <x:c r="D72" s="0">
-        <x:v>57.695</x:v>
+        <x:v>53.71</x:v>
       </x:c>
       <x:c r="E72" s="0">
-        <x:v>70.36</x:v>
+        <x:v>65.5</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:5">
       <x:c r="A73" s="1">
-        <x:v>45848.8850115741</x:v>
+        <x:v>45904.8696875</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C73" s="0">
-        <x:v>17.04</x:v>
+        <x:v>15.13</x:v>
       </x:c>
       <x:c r="D73" s="0">
-        <x:v>56.285</x:v>
+        <x:v>54.932</x:v>
       </x:c>
       <x:c r="E73" s="0">
-        <x:v>68.64</x:v>
+        <x:v>66.99</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:5">
       <x:c r="A74" s="1">
-        <x:v>45847.8871180556</x:v>
+        <x:v>45903.8712152778</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C74" s="0">
-        <x:v>19.16</x:v>
+        <x:v>15.85</x:v>
       </x:c>
       <x:c r="D74" s="0">
-        <x:v>57.556</x:v>
+        <x:v>55.432</x:v>
       </x:c>
       <x:c r="E74" s="0">
-        <x:v>70.19</x:v>
+        <x:v>67.6</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:5">
       <x:c r="A75" s="1">
-        <x:v>45846.8687384259</x:v>
+        <x:v>45902.8909722222</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C75" s="0">
-        <x:v>19.12</x:v>
+        <x:v>17.84</x:v>
       </x:c>
       <x:c r="D75" s="0">
-        <x:v>57.523</x:v>
+        <x:v>56.695</x:v>
       </x:c>
       <x:c r="E75" s="0">
-        <x:v>70.15</x:v>
+        <x:v>69.14</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:5">
       <x:c r="A76" s="1">
-        <x:v>45845.8721875</x:v>
+        <x:v>45901.9168287037</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C76" s="0">
-        <x:v>18.37</x:v>
+        <x:v>16.64</x:v>
       </x:c>
       <x:c r="D76" s="0">
-        <x:v>57.056</x:v>
+        <x:v>55.883</x:v>
       </x:c>
       <x:c r="E76" s="0">
-        <x:v>69.58</x:v>
+        <x:v>68.15</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:5">
       <x:c r="A77" s="1">
-        <x:v>45842.8787731481</x:v>
+        <x:v>45898.8672453704</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C77" s="0">
-        <x:v>16.81</x:v>
+        <x:v>15.86</x:v>
       </x:c>
       <x:c r="D77" s="0">
-        <x:v>56.006</x:v>
+        <x:v>55.334</x:v>
       </x:c>
       <x:c r="E77" s="0">
-        <x:v>68.3</x:v>
+        <x:v>67.48</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:5">
       <x:c r="A78" s="1">
-        <x:v>45841.8698842593</x:v>
+        <x:v>45897.8709837963</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C78" s="0">
-        <x:v>17.45</x:v>
+        <x:v>16.47</x:v>
       </x:c>
       <x:c r="D78" s="0">
-        <x:v>56.416</x:v>
+        <x:v>55.744</x:v>
       </x:c>
       <x:c r="E78" s="0">
-        <x:v>68.8</x:v>
+        <x:v>67.98</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:5">
       <x:c r="A79" s="1">
-        <x:v>45840.8677199074</x:v>
+        <x:v>45896.8696296296</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C79" s="0">
-        <x:v>17.86</x:v>
+        <x:v>15.85</x:v>
       </x:c>
       <x:c r="D79" s="0">
-        <x:v>56.67</x:v>
+        <x:v>55.301</x:v>
       </x:c>
       <x:c r="E79" s="0">
-        <x:v>69.11</x:v>
+        <x:v>67.44</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:5">
       <x:c r="A80" s="1">
-        <x:v>45839.8662962963</x:v>
+        <x:v>45895.866875</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C80" s="0">
-        <x:v>15.55</x:v>
+        <x:v>15.02</x:v>
       </x:c>
       <x:c r="D80" s="0">
-        <x:v>55.03</x:v>
+        <x:v>54.694</x:v>
       </x:c>
       <x:c r="E80" s="0">
-        <x:v>67.11</x:v>
+        <x:v>66.7</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:5">
       <x:c r="A81" s="1">
-        <x:v>45838.8822222222</x:v>
+        <x:v>45894.8896412037</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C81" s="0">
-        <x:v>15.13</x:v>
+        <x:v>16.9</x:v>
       </x:c>
       <x:c r="D81" s="0">
-        <x:v>54.727</x:v>
+        <x:v>55.94</x:v>
       </x:c>
       <x:c r="E81" s="0">
-        <x:v>66.74</x:v>
+        <x:v>68.8</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:5">
       <x:c r="A82" s="1">
-        <x:v>45835.8668287037</x:v>
+        <x:v>45891.8697453704</x:v>
       </x:c>
       <x:c r="B82" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C82" s="0">
-        <x:v>15.21</x:v>
+        <x:v>15.68</x:v>
       </x:c>
       <x:c r="D82" s="0">
-        <x:v>54.776</x:v>
+        <x:v>55.539</x:v>
       </x:c>
       <x:c r="E82" s="0">
-        <x:v>66.8</x:v>
+        <x:v>67.73</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:5">
       <x:c r="A83" s="1">
-        <x:v>45834.870625</x:v>
+        <x:v>45890.8865972222</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C83" s="0">
-        <x:v>15.09</x:v>
+        <x:v>15.62</x:v>
       </x:c>
       <x:c r="D83" s="0">
-        <x:v>54.686</x:v>
+        <x:v>55.489</x:v>
       </x:c>
       <x:c r="E83" s="0">
-        <x:v>66.69</x:v>
+        <x:v>67.67</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:5">
       <x:c r="A84" s="1">
-        <x:v>45833.876400463</x:v>
+        <x:v>45889.8690625</x:v>
       </x:c>
       <x:c r="B84" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C84" s="0">
-        <x:v>14.81</x:v>
+        <x:v>14.71</x:v>
       </x:c>
       <x:c r="D84" s="0">
-        <x:v>54.473</x:v>
+        <x:v>54.809</x:v>
       </x:c>
       <x:c r="E84" s="0">
-        <x:v>66.43</x:v>
+        <x:v>66.84</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:5">
       <x:c r="A85" s="1">
-        <x:v>45832.8693402778</x:v>
+        <x:v>45888.8672569444</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C85" s="0">
-        <x:v>14.53</x:v>
+        <x:v>13.62</x:v>
       </x:c>
       <x:c r="D85" s="0">
-        <x:v>54.259</x:v>
+        <x:v>53.948</x:v>
       </x:c>
       <x:c r="E85" s="0">
-        <x:v>67.14</x:v>
+        <x:v>65.79</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:5">
       <x:c r="A86" s="1">
-        <x:v>45831.8740162037</x:v>
+        <x:v>45887.871412037</x:v>
       </x:c>
       <x:c r="B86" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C86" s="0">
-        <x:v>20.87</x:v>
+        <x:v>14.51</x:v>
       </x:c>
       <x:c r="D86" s="0">
-        <x:v>58.614</x:v>
+        <x:v>54.612</x:v>
       </x:c>
       <x:c r="E86" s="0">
-        <x:v>71.48</x:v>
+        <x:v>66.6</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:5">
       <x:c r="A87" s="1">
-        <x:v>45828.8992708333</x:v>
+        <x:v>45884.8646527778</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C87" s="0">
-        <x:v>32.61</x:v>
+        <x:v>13.74</x:v>
       </x:c>
       <x:c r="D87" s="0">
-        <x:v>63.148</x:v>
+        <x:v>53.997</x:v>
       </x:c>
       <x:c r="E87" s="0">
-        <x:v>77.01</x:v>
+        <x:v>65.85</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:5">
       <x:c r="A88" s="1">
-        <x:v>45827.8081597222</x:v>
+        <x:v>45883.8844212963</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C88" s="0">
-        <x:v>36.93</x:v>
+        <x:v>14.84</x:v>
       </x:c>
       <x:c r="D88" s="0">
-        <x:v>64.657</x:v>
+        <x:v>54.809</x:v>
       </x:c>
       <x:c r="E88" s="0">
-        <x:v>78.85</x:v>
+        <x:v>66.84</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:5">
       <x:c r="A89" s="1">
-        <x:v>45826.8721990741</x:v>
+        <x:v>45882.8657407407</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C89" s="0">
-        <x:v>32.4</x:v>
+        <x:v>13.59</x:v>
       </x:c>
       <x:c r="D89" s="0">
-        <x:v>62.894</x:v>
+        <x:v>53.817</x:v>
       </x:c>
       <x:c r="E89" s="0">
-        <x:v>76.7</x:v>
+        <x:v>65.63</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:5">
       <x:c r="A90" s="1">
-        <x:v>45825.8679513889</x:v>
+        <x:v>45881.8655208333</x:v>
       </x:c>
       <x:c r="B90" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C90" s="0">
-        <x:v>31.88</x:v>
+        <x:v>14.12</x:v>
       </x:c>
       <x:c r="D90" s="0">
-        <x:v>62.689</x:v>
+        <x:v>54.218</x:v>
       </x:c>
       <x:c r="E90" s="0">
-        <x:v>76.45</x:v>
+        <x:v>66.12</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:5">
       <x:c r="A91" s="1">
-        <x:v>45824.8671296296</x:v>
+        <x:v>45880.8651851852</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C91" s="0">
-        <x:v>26.14</x:v>
+        <x:v>14.69</x:v>
       </x:c>
       <x:c r="D91" s="0">
-        <x:v>60.049</x:v>
+        <x:v>54.637</x:v>
       </x:c>
       <x:c r="E91" s="0">
-        <x:v>73.23</x:v>
+        <x:v>66.63</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:5">
       <x:c r="A92" s="1">
-        <x:v>45821.8736342593</x:v>
+        <x:v>45877.8672569444</x:v>
       </x:c>
       <x:c r="B92" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C92" s="0">
-        <x:v>28.06</x:v>
+        <x:v>14.66</x:v>
       </x:c>
       <x:c r="D92" s="0">
-        <x:v>60.869</x:v>
+        <x:v>54.604</x:v>
       </x:c>
       <x:c r="E92" s="0">
-        <x:v>74.23</x:v>
+        <x:v>66.59</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:5">
       <x:c r="A93" s="1">
-        <x:v>45820.8712037037</x:v>
+        <x:v>45876.8650347222</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C93" s="0">
-        <x:v>20.77</x:v>
+        <x:v>14.49</x:v>
       </x:c>
       <x:c r="D93" s="0">
-        <x:v>56.875</x:v>
+        <x:v>54.473</x:v>
       </x:c>
       <x:c r="E93" s="0">
-        <x:v>69.36</x:v>
+        <x:v>66.43</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:5">
       <x:c r="A94" s="1">
-        <x:v>45819.8744212963</x:v>
+        <x:v>45875.8676736111</x:v>
       </x:c>
       <x:c r="B94" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C94" s="0">
-        <x:v>21.41</x:v>
+        <x:v>15.01</x:v>
       </x:c>
       <x:c r="D94" s="0">
-        <x:v>57.211</x:v>
+        <x:v>54.85</x:v>
       </x:c>
       <x:c r="E94" s="0">
-        <x:v>69.77</x:v>
+        <x:v>66.89</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:5">
       <x:c r="A95" s="1">
-        <x:v>45818.8662152778</x:v>
+        <x:v>45874.8743171296</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C95" s="0">
-        <x:v>17.6</x:v>
+        <x:v>15.89</x:v>
       </x:c>
       <x:c r="D95" s="0">
-        <x:v>54.833</x:v>
+        <x:v>55.465</x:v>
       </x:c>
       <x:c r="E95" s="0">
-        <x:v>66.87</x:v>
+        <x:v>67.64</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:5">
       <x:c r="A96" s="1">
-        <x:v>45817.8646527778</x:v>
+        <x:v>45873.8649652778</x:v>
       </x:c>
       <x:c r="B96" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C96" s="0">
-        <x:v>17.83</x:v>
+        <x:v>17.31</x:v>
       </x:c>
       <x:c r="D96" s="0">
-        <x:v>54.973</x:v>
+        <x:v>56.383</x:v>
       </x:c>
       <x:c r="E96" s="0">
-        <x:v>67.04</x:v>
+        <x:v>68.76</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:5">
       <x:c r="A97" s="1">
-        <x:v>45814.8664814815</x:v>
+        <x:v>45870.8694675926</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C97" s="0">
-        <x:v>17.11</x:v>
+        <x:v>18.54</x:v>
       </x:c>
       <x:c r="D97" s="0">
-        <x:v>54.505</x:v>
+        <x:v>57.129</x:v>
       </x:c>
       <x:c r="E97" s="0">
-        <x:v>66.47</x:v>
+        <x:v>69.67</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:5">
       <x:c r="A98" s="1">
-        <x:v>45813.8698958333</x:v>
+        <x:v>45869.8816782407</x:v>
       </x:c>
       <x:c r="B98" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C98" s="0">
-        <x:v>15.75</x:v>
+        <x:v>21.6</x:v>
       </x:c>
       <x:c r="D98" s="0">
-        <x:v>53.579</x:v>
+        <x:v>58.794</x:v>
       </x:c>
       <x:c r="E98" s="0">
-        <x:v>65.34</x:v>
+        <x:v>71.7</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:5">
       <x:c r="A99" s="1">
-        <x:v>45812.8930902778</x:v>
+        <x:v>45868.871087963</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C99" s="0">
-        <x:v>15.19</x:v>
+        <x:v>22.82</x:v>
       </x:c>
       <x:c r="D99" s="0">
-        <x:v>53.185</x:v>
+        <x:v>59.425</x:v>
       </x:c>
       <x:c r="E99" s="0">
-        <x:v>64.86</x:v>
+        <x:v>72.47</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:5">
       <x:c r="A100" s="1">
-        <x:v>45811.8941550926</x:v>
+        <x:v>45867.8666319444</x:v>
       </x:c>
       <x:c r="B100" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C100" s="0">
-        <x:v>16.15</x:v>
+        <x:v>21.63</x:v>
       </x:c>
       <x:c r="D100" s="0">
-        <x:v>53.817</x:v>
+        <x:v>58.778</x:v>
       </x:c>
       <x:c r="E100" s="0">
-        <x:v>65.63</x:v>
+        <x:v>71.68</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:5">
       <x:c r="A101" s="1">
-        <x:v>45811.8794328704</x:v>
+        <x:v>45866.8688194444</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C101" s="0">
-        <x:v>16.15</x:v>
+        <x:v>18.49</x:v>
       </x:c>
       <x:c r="D101" s="0">
-        <x:v>53.817</x:v>
+        <x:v>56.842</x:v>
       </x:c>
       <x:c r="E101" s="0">
-        <x:v>65.63</x:v>
+        <x:v>69.32</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:5">
       <x:c r="A102" s="1">
-        <x:v>45810.8809953704</x:v>
+        <x:v>45863.874537037</x:v>
       </x:c>
       <x:c r="B102" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C102" s="0">
-        <x:v>14.99</x:v>
+        <x:v>16.48</x:v>
       </x:c>
       <x:c r="D102" s="0">
-        <x:v>52.997</x:v>
+        <x:v>55.481</x:v>
       </x:c>
       <x:c r="E102" s="0">
-        <x:v>64.63</x:v>
+        <x:v>68.44</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:5">
       <x:c r="A103" s="1">
-        <x:v>45803.8697337963</x:v>
+        <x:v>45862.8678472222</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C103" s="0">
-        <x:v>14.63</x:v>
+        <x:v>17.42</x:v>
       </x:c>
       <x:c r="D103" s="0">
-        <x:v>52.578</x:v>
+        <x:v>56.728</x:v>
       </x:c>
       <x:c r="E103" s="0">
-        <x:v>64.74</x:v>
+        <x:v>69.18</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:5">
       <x:c r="A104" s="1">
-        <x:v>45800.8680902778</x:v>
+        <x:v>45861.8680092593</x:v>
       </x:c>
       <x:c r="B104" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C104" s="0">
-        <x:v>14.69</x:v>
+        <x:v>16.61</x:v>
       </x:c>
       <x:c r="D104" s="0">
-        <x:v>53.12</x:v>
+        <x:v>56.178</x:v>
       </x:c>
       <x:c r="E104" s="0">
-        <x:v>64.78</x:v>
+        <x:v>68.51</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:5">
       <x:c r="A105" s="1">
-        <x:v>45799.8682060185</x:v>
+        <x:v>45860.8818171296</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C105" s="0">
-        <x:v>14.31</x:v>
+        <x:v>16.72</x:v>
       </x:c>
       <x:c r="D105" s="0">
-        <x:v>52.841</x:v>
+        <x:v>56.244</x:v>
       </x:c>
       <x:c r="E105" s="0">
-        <x:v>64.44</x:v>
+        <x:v>68.59</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:5">
       <x:c r="A106" s="1">
-        <x:v>45798.8683101852</x:v>
+        <x:v>45859.8722800926</x:v>
       </x:c>
       <x:c r="B106" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C106" s="0">
-        <x:v>14.86</x:v>
+        <x:v>17.5</x:v>
       </x:c>
       <x:c r="D106" s="0">
-        <x:v>53.226</x:v>
+        <x:v>56.752</x:v>
       </x:c>
       <x:c r="E106" s="0">
-        <x:v>64.91</x:v>
+        <x:v>69.21</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:5">
       <x:c r="A107" s="1">
-        <x:v>45797.8661458333</x:v>
+        <x:v>45856.8684143519</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C107" s="0">
-        <x:v>15.41</x:v>
+        <x:v>17.61</x:v>
       </x:c>
       <x:c r="D107" s="0">
-        <x:v>53.612</x:v>
+        <x:v>56.81</x:v>
       </x:c>
       <x:c r="E107" s="0">
-        <x:v>65.38</x:v>
+        <x:v>69.28</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:5">
       <x:c r="A108" s="1">
-        <x:v>45796.8686342593</x:v>
+        <x:v>45855.8661574074</x:v>
       </x:c>
       <x:c r="B108" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C108" s="0">
-        <x:v>15.61</x:v>
+        <x:v>17.92</x:v>
       </x:c>
       <x:c r="D108" s="0">
-        <x:v>53.743</x:v>
+        <x:v>57.006</x:v>
       </x:c>
       <x:c r="E108" s="0">
-        <x:v>65.54</x:v>
+        <x:v>69.52</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:5">
       <x:c r="A109" s="1">
-        <x:v>45793.8666203704</x:v>
+        <x:v>45854.8781365741</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C109" s="0">
-        <x:v>15.47</x:v>
+        <x:v>16.71</x:v>
       </x:c>
       <x:c r="D109" s="0">
-        <x:v>53.636</x:v>
+        <x:v>56.186</x:v>
       </x:c>
       <x:c r="E109" s="0">
-        <x:v>65.41</x:v>
+        <x:v>68.52</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:5">
       <x:c r="A110" s="1">
-        <x:v>45792.8773148148</x:v>
+        <x:v>45853.9071643519</x:v>
       </x:c>
       <x:c r="B110" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C110" s="0">
-        <x:v>14.49</x:v>
+        <x:v>16.95</x:v>
       </x:c>
       <x:c r="D110" s="0">
-        <x:v>52.915</x:v>
+        <x:v>56.342</x:v>
       </x:c>
       <x:c r="E110" s="0">
-        <x:v>64.53</x:v>
+        <x:v>68.71</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:5">
       <x:c r="A111" s="1">
-        <x:v>45791.873275463</x:v>
+        <x:v>45852.870787037</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C111" s="0">
-        <x:v>16.43</x:v>
+        <x:v>17.59</x:v>
       </x:c>
       <x:c r="D111" s="0">
-        <x:v>54.194</x:v>
+        <x:v>56.752</x:v>
       </x:c>
       <x:c r="E111" s="0">
-        <x:v>66.09</x:v>
+        <x:v>69.21</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:5">
       <x:c r="A112" s="1">
-        <x:v>45790.8660416667</x:v>
+        <x:v>45849.8680092593</x:v>
       </x:c>
       <x:c r="B112" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C112" s="0">
-        <x:v>17.13</x:v>
+        <x:v>19.17</x:v>
       </x:c>
       <x:c r="D112" s="0">
-        <x:v>54.637</x:v>
+        <x:v>57.695</x:v>
       </x:c>
       <x:c r="E112" s="0">
-        <x:v>66.63</x:v>
+        <x:v>70.36</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:5">
       <x:c r="A113" s="1">
-        <x:v>45789.8773611111</x:v>
+        <x:v>45848.8850115741</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C113" s="0">
-        <x:v>15.18</x:v>
+        <x:v>17.04</x:v>
       </x:c>
       <x:c r="D113" s="0">
-        <x:v>53.267</x:v>
+        <x:v>56.285</x:v>
       </x:c>
       <x:c r="E113" s="0">
-        <x:v>64.96</x:v>
+        <x:v>68.64</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:5">
       <x:c r="A114" s="1">
-        <x:v>45786.8726157407</x:v>
+        <x:v>45847.8871180556</x:v>
       </x:c>
       <x:c r="B114" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C114" s="0">
-        <x:v>14.04</x:v>
+        <x:v>19.16</x:v>
       </x:c>
       <x:c r="D114" s="0">
-        <x:v>52.406</x:v>
+        <x:v>57.556</x:v>
       </x:c>
       <x:c r="E114" s="0">
-        <x:v>63.91</x:v>
+        <x:v>70.19</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:5">
       <x:c r="A115" s="1">
-        <x:v>45785.8808333333</x:v>
+        <x:v>45846.8687384259</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C115" s="0">
-        <x:v>12.94</x:v>
+        <x:v>19.12</x:v>
       </x:c>
       <x:c r="D115" s="0">
-        <x:v>51.529</x:v>
+        <x:v>57.523</x:v>
       </x:c>
       <x:c r="E115" s="0">
-        <x:v>62.84</x:v>
+        <x:v>70.15</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:5">
       <x:c r="A116" s="1">
+        <x:v>45845.8721875</x:v>
+      </x:c>
+      <x:c r="B116" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C116" s="0">
+        <x:v>18.37</x:v>
+      </x:c>
+      <x:c r="D116" s="0">
+        <x:v>57.056</x:v>
+      </x:c>
+      <x:c r="E116" s="0">
+        <x:v>69.58</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="117" spans="1:5">
+      <x:c r="A117" s="1">
+        <x:v>45842.8787731481</x:v>
+      </x:c>
+      <x:c r="B117" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C117" s="0">
+        <x:v>16.81</x:v>
+      </x:c>
+      <x:c r="D117" s="0">
+        <x:v>56.006</x:v>
+      </x:c>
+      <x:c r="E117" s="0">
+        <x:v>68.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="118" spans="1:5">
+      <x:c r="A118" s="1">
+        <x:v>45841.8698842593</x:v>
+      </x:c>
+      <x:c r="B118" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C118" s="0">
+        <x:v>17.45</x:v>
+      </x:c>
+      <x:c r="D118" s="0">
+        <x:v>56.416</x:v>
+      </x:c>
+      <x:c r="E118" s="0">
+        <x:v>68.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="119" spans="1:5">
+      <x:c r="A119" s="1">
+        <x:v>45840.8677199074</x:v>
+      </x:c>
+      <x:c r="B119" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C119" s="0">
+        <x:v>17.86</x:v>
+      </x:c>
+      <x:c r="D119" s="0">
+        <x:v>56.67</x:v>
+      </x:c>
+      <x:c r="E119" s="0">
+        <x:v>69.11</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="120" spans="1:5">
+      <x:c r="A120" s="1">
+        <x:v>45839.8662962963</x:v>
+      </x:c>
+      <x:c r="B120" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C120" s="0">
+        <x:v>15.55</x:v>
+      </x:c>
+      <x:c r="D120" s="0">
+        <x:v>55.03</x:v>
+      </x:c>
+      <x:c r="E120" s="0">
+        <x:v>67.11</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="121" spans="1:5">
+      <x:c r="A121" s="1">
+        <x:v>45838.8822222222</x:v>
+      </x:c>
+      <x:c r="B121" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C121" s="0">
+        <x:v>15.13</x:v>
+      </x:c>
+      <x:c r="D121" s="0">
+        <x:v>54.727</x:v>
+      </x:c>
+      <x:c r="E121" s="0">
+        <x:v>66.74</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="122" spans="1:5">
+      <x:c r="A122" s="1">
+        <x:v>45835.8668287037</x:v>
+      </x:c>
+      <x:c r="B122" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C122" s="0">
+        <x:v>15.21</x:v>
+      </x:c>
+      <x:c r="D122" s="0">
+        <x:v>54.776</x:v>
+      </x:c>
+      <x:c r="E122" s="0">
+        <x:v>66.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="123" spans="1:5">
+      <x:c r="A123" s="1">
+        <x:v>45834.870625</x:v>
+      </x:c>
+      <x:c r="B123" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C123" s="0">
+        <x:v>15.09</x:v>
+      </x:c>
+      <x:c r="D123" s="0">
+        <x:v>54.686</x:v>
+      </x:c>
+      <x:c r="E123" s="0">
+        <x:v>66.69</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="124" spans="1:5">
+      <x:c r="A124" s="1">
+        <x:v>45833.876400463</x:v>
+      </x:c>
+      <x:c r="B124" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C124" s="0">
+        <x:v>14.81</x:v>
+      </x:c>
+      <x:c r="D124" s="0">
+        <x:v>54.473</x:v>
+      </x:c>
+      <x:c r="E124" s="0">
+        <x:v>66.43</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="125" spans="1:5">
+      <x:c r="A125" s="1">
+        <x:v>45832.8693402778</x:v>
+      </x:c>
+      <x:c r="B125" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C125" s="0">
+        <x:v>14.53</x:v>
+      </x:c>
+      <x:c r="D125" s="0">
+        <x:v>54.259</x:v>
+      </x:c>
+      <x:c r="E125" s="0">
+        <x:v>67.14</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="126" spans="1:5">
+      <x:c r="A126" s="1">
+        <x:v>45831.8740162037</x:v>
+      </x:c>
+      <x:c r="B126" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C126" s="0">
+        <x:v>20.87</x:v>
+      </x:c>
+      <x:c r="D126" s="0">
+        <x:v>58.614</x:v>
+      </x:c>
+      <x:c r="E126" s="0">
+        <x:v>71.48</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="127" spans="1:5">
+      <x:c r="A127" s="1">
+        <x:v>45828.8992708333</x:v>
+      </x:c>
+      <x:c r="B127" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C127" s="0">
+        <x:v>32.61</x:v>
+      </x:c>
+      <x:c r="D127" s="0">
+        <x:v>63.148</x:v>
+      </x:c>
+      <x:c r="E127" s="0">
+        <x:v>77.01</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="128" spans="1:5">
+      <x:c r="A128" s="1">
+        <x:v>45827.8081597222</x:v>
+      </x:c>
+      <x:c r="B128" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C128" s="0">
+        <x:v>36.93</x:v>
+      </x:c>
+      <x:c r="D128" s="0">
+        <x:v>64.657</x:v>
+      </x:c>
+      <x:c r="E128" s="0">
+        <x:v>78.85</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="129" spans="1:5">
+      <x:c r="A129" s="1">
+        <x:v>45826.8721990741</x:v>
+      </x:c>
+      <x:c r="B129" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C129" s="0">
+        <x:v>32.4</x:v>
+      </x:c>
+      <x:c r="D129" s="0">
+        <x:v>62.894</x:v>
+      </x:c>
+      <x:c r="E129" s="0">
+        <x:v>76.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="130" spans="1:5">
+      <x:c r="A130" s="1">
+        <x:v>45825.8679513889</x:v>
+      </x:c>
+      <x:c r="B130" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C130" s="0">
+        <x:v>31.88</x:v>
+      </x:c>
+      <x:c r="D130" s="0">
+        <x:v>62.689</x:v>
+      </x:c>
+      <x:c r="E130" s="0">
+        <x:v>76.45</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="131" spans="1:5">
+      <x:c r="A131" s="1">
+        <x:v>45824.8671296296</x:v>
+      </x:c>
+      <x:c r="B131" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C131" s="0">
+        <x:v>26.14</x:v>
+      </x:c>
+      <x:c r="D131" s="0">
+        <x:v>60.049</x:v>
+      </x:c>
+      <x:c r="E131" s="0">
+        <x:v>73.23</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="132" spans="1:5">
+      <x:c r="A132" s="1">
+        <x:v>45821.8736342593</x:v>
+      </x:c>
+      <x:c r="B132" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C132" s="0">
+        <x:v>28.06</x:v>
+      </x:c>
+      <x:c r="D132" s="0">
+        <x:v>60.869</x:v>
+      </x:c>
+      <x:c r="E132" s="0">
+        <x:v>74.23</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="133" spans="1:5">
+      <x:c r="A133" s="1">
+        <x:v>45820.8712037037</x:v>
+      </x:c>
+      <x:c r="B133" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C133" s="0">
+        <x:v>20.77</x:v>
+      </x:c>
+      <x:c r="D133" s="0">
+        <x:v>56.875</x:v>
+      </x:c>
+      <x:c r="E133" s="0">
+        <x:v>69.36</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="134" spans="1:5">
+      <x:c r="A134" s="1">
+        <x:v>45819.8744212963</x:v>
+      </x:c>
+      <x:c r="B134" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C134" s="0">
+        <x:v>21.41</x:v>
+      </x:c>
+      <x:c r="D134" s="0">
+        <x:v>57.211</x:v>
+      </x:c>
+      <x:c r="E134" s="0">
+        <x:v>69.77</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="135" spans="1:5">
+      <x:c r="A135" s="1">
+        <x:v>45818.8662152778</x:v>
+      </x:c>
+      <x:c r="B135" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C135" s="0">
+        <x:v>17.6</x:v>
+      </x:c>
+      <x:c r="D135" s="0">
+        <x:v>54.833</x:v>
+      </x:c>
+      <x:c r="E135" s="0">
+        <x:v>66.87</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="136" spans="1:5">
+      <x:c r="A136" s="1">
+        <x:v>45817.8646527778</x:v>
+      </x:c>
+      <x:c r="B136" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C136" s="0">
+        <x:v>17.83</x:v>
+      </x:c>
+      <x:c r="D136" s="0">
+        <x:v>54.973</x:v>
+      </x:c>
+      <x:c r="E136" s="0">
+        <x:v>67.04</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="137" spans="1:5">
+      <x:c r="A137" s="1">
+        <x:v>45814.8664814815</x:v>
+      </x:c>
+      <x:c r="B137" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C137" s="0">
+        <x:v>17.11</x:v>
+      </x:c>
+      <x:c r="D137" s="0">
+        <x:v>54.505</x:v>
+      </x:c>
+      <x:c r="E137" s="0">
+        <x:v>66.47</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="138" spans="1:5">
+      <x:c r="A138" s="1">
+        <x:v>45813.8698958333</x:v>
+      </x:c>
+      <x:c r="B138" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C138" s="0">
+        <x:v>15.75</x:v>
+      </x:c>
+      <x:c r="D138" s="0">
+        <x:v>53.579</x:v>
+      </x:c>
+      <x:c r="E138" s="0">
+        <x:v>65.34</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="139" spans="1:5">
+      <x:c r="A139" s="1">
+        <x:v>45812.8930902778</x:v>
+      </x:c>
+      <x:c r="B139" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C139" s="0">
+        <x:v>15.19</x:v>
+      </x:c>
+      <x:c r="D139" s="0">
+        <x:v>53.185</x:v>
+      </x:c>
+      <x:c r="E139" s="0">
+        <x:v>64.86</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="140" spans="1:5">
+      <x:c r="A140" s="1">
+        <x:v>45811.8941550926</x:v>
+      </x:c>
+      <x:c r="B140" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C140" s="0">
+        <x:v>16.15</x:v>
+      </x:c>
+      <x:c r="D140" s="0">
+        <x:v>53.817</x:v>
+      </x:c>
+      <x:c r="E140" s="0">
+        <x:v>65.63</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="141" spans="1:5">
+      <x:c r="A141" s="1">
+        <x:v>45811.8794328704</x:v>
+      </x:c>
+      <x:c r="B141" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C141" s="0">
+        <x:v>16.15</x:v>
+      </x:c>
+      <x:c r="D141" s="0">
+        <x:v>53.817</x:v>
+      </x:c>
+      <x:c r="E141" s="0">
+        <x:v>65.63</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="142" spans="1:5">
+      <x:c r="A142" s="1">
+        <x:v>45810.8809953704</x:v>
+      </x:c>
+      <x:c r="B142" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C142" s="0">
+        <x:v>14.99</x:v>
+      </x:c>
+      <x:c r="D142" s="0">
+        <x:v>52.997</x:v>
+      </x:c>
+      <x:c r="E142" s="0">
+        <x:v>64.63</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="143" spans="1:5">
+      <x:c r="A143" s="1">
+        <x:v>45803.8697337963</x:v>
+      </x:c>
+      <x:c r="B143" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C143" s="0">
+        <x:v>14.63</x:v>
+      </x:c>
+      <x:c r="D143" s="0">
+        <x:v>52.578</x:v>
+      </x:c>
+      <x:c r="E143" s="0">
+        <x:v>64.74</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="144" spans="1:5">
+      <x:c r="A144" s="1">
+        <x:v>45800.8680902778</x:v>
+      </x:c>
+      <x:c r="B144" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C144" s="0">
+        <x:v>14.69</x:v>
+      </x:c>
+      <x:c r="D144" s="0">
+        <x:v>53.12</x:v>
+      </x:c>
+      <x:c r="E144" s="0">
+        <x:v>64.78</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="145" spans="1:5">
+      <x:c r="A145" s="1">
+        <x:v>45799.8682060185</x:v>
+      </x:c>
+      <x:c r="B145" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C145" s="0">
+        <x:v>14.31</x:v>
+      </x:c>
+      <x:c r="D145" s="0">
+        <x:v>52.841</x:v>
+      </x:c>
+      <x:c r="E145" s="0">
+        <x:v>64.44</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="146" spans="1:5">
+      <x:c r="A146" s="1">
+        <x:v>45798.8683101852</x:v>
+      </x:c>
+      <x:c r="B146" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C146" s="0">
+        <x:v>14.86</x:v>
+      </x:c>
+      <x:c r="D146" s="0">
+        <x:v>53.226</x:v>
+      </x:c>
+      <x:c r="E146" s="0">
+        <x:v>64.91</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="147" spans="1:5">
+      <x:c r="A147" s="1">
+        <x:v>45797.8661458333</x:v>
+      </x:c>
+      <x:c r="B147" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C147" s="0">
+        <x:v>15.41</x:v>
+      </x:c>
+      <x:c r="D147" s="0">
+        <x:v>53.612</x:v>
+      </x:c>
+      <x:c r="E147" s="0">
+        <x:v>65.38</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="148" spans="1:5">
+      <x:c r="A148" s="1">
+        <x:v>45796.8686342593</x:v>
+      </x:c>
+      <x:c r="B148" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C148" s="0">
+        <x:v>15.61</x:v>
+      </x:c>
+      <x:c r="D148" s="0">
+        <x:v>53.743</x:v>
+      </x:c>
+      <x:c r="E148" s="0">
+        <x:v>65.54</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="149" spans="1:5">
+      <x:c r="A149" s="1">
+        <x:v>45793.8666203704</x:v>
+      </x:c>
+      <x:c r="B149" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C149" s="0">
+        <x:v>15.47</x:v>
+      </x:c>
+      <x:c r="D149" s="0">
+        <x:v>53.636</x:v>
+      </x:c>
+      <x:c r="E149" s="0">
+        <x:v>65.41</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="150" spans="1:5">
+      <x:c r="A150" s="1">
+        <x:v>45792.8773148148</x:v>
+      </x:c>
+      <x:c r="B150" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C150" s="0">
+        <x:v>14.49</x:v>
+      </x:c>
+      <x:c r="D150" s="0">
+        <x:v>52.915</x:v>
+      </x:c>
+      <x:c r="E150" s="0">
+        <x:v>64.53</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="151" spans="1:5">
+      <x:c r="A151" s="1">
+        <x:v>45791.873275463</x:v>
+      </x:c>
+      <x:c r="B151" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C151" s="0">
+        <x:v>16.43</x:v>
+      </x:c>
+      <x:c r="D151" s="0">
+        <x:v>54.194</x:v>
+      </x:c>
+      <x:c r="E151" s="0">
+        <x:v>66.09</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="152" spans="1:5">
+      <x:c r="A152" s="1">
+        <x:v>45790.8660416667</x:v>
+      </x:c>
+      <x:c r="B152" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C152" s="0">
+        <x:v>17.13</x:v>
+      </x:c>
+      <x:c r="D152" s="0">
+        <x:v>54.637</x:v>
+      </x:c>
+      <x:c r="E152" s="0">
+        <x:v>66.63</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="153" spans="1:5">
+      <x:c r="A153" s="1">
+        <x:v>45789.8773611111</x:v>
+      </x:c>
+      <x:c r="B153" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C153" s="0">
+        <x:v>15.18</x:v>
+      </x:c>
+      <x:c r="D153" s="0">
+        <x:v>53.267</x:v>
+      </x:c>
+      <x:c r="E153" s="0">
+        <x:v>64.96</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="154" spans="1:5">
+      <x:c r="A154" s="1">
+        <x:v>45786.8726157407</x:v>
+      </x:c>
+      <x:c r="B154" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C154" s="0">
+        <x:v>14.04</x:v>
+      </x:c>
+      <x:c r="D154" s="0">
+        <x:v>52.406</x:v>
+      </x:c>
+      <x:c r="E154" s="0">
+        <x:v>63.91</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="155" spans="1:5">
+      <x:c r="A155" s="1">
+        <x:v>45785.8808333333</x:v>
+      </x:c>
+      <x:c r="B155" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C155" s="0">
+        <x:v>12.94</x:v>
+      </x:c>
+      <x:c r="D155" s="0">
+        <x:v>51.529</x:v>
+      </x:c>
+      <x:c r="E155" s="0">
+        <x:v>62.84</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="156" spans="1:5">
+      <x:c r="A156" s="1">
         <x:v>45784.8969560185</x:v>
       </x:c>
-      <x:c r="B116" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C116" s="0">
+      <x:c r="B156" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C156" s="0">
         <x:v>11.35</x:v>
       </x:c>
-      <x:c r="D116" s="0">
+      <x:c r="D156" s="0">
         <x:v>50.118</x:v>
       </x:c>
-      <x:c r="E116" s="0">
+      <x:c r="E156" s="0">
         <x:v>61.12</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>