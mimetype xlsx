--- v1 (2025-12-14)
+++ v2 (2026-01-27)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R271ffa43410142e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/95532ff4c9344862b9721a450f12920c.psmdcp" Id="Ra2f52b7bac65415b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd3040f4ad12c4706" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1ec293128a1d46938b9f9052062bb30a.psmdcp" Id="R64413a7bea4440d2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>DE000BB3NWL3</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -390,2698 +390,3140 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E156"/>
+  <x:dimension ref="A1:E182"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>46003.8692708333</x:v>
+        <x:v>46048.8665277778</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
-        <x:v>9.35</x:v>
+        <x:v>12.56</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>50.118</x:v>
+        <x:v>53.111</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>61.12</x:v>
+        <x:v>65.59</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>46002.8718865741</x:v>
+        <x:v>46045.8844907407</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
-        <x:v>9.48</x:v>
+        <x:v>12.85</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>50.25</x:v>
+        <x:v>54.022</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>61.28</x:v>
+        <x:v>65.88</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>46001.8659953704</x:v>
+        <x:v>46044.8797916667</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
-        <x:v>10.25</x:v>
+        <x:v>11.26</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>51.012</x:v>
+        <x:v>52.529</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>62.21</x:v>
+        <x:v>64.06</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>46000.8892013889</x:v>
+        <x:v>46043.8692476852</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
-        <x:v>10.03</x:v>
+        <x:v>12.38</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>50.791</x:v>
+        <x:v>53.497</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>61.94</x:v>
+        <x:v>65.24</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>45999.8773842593</x:v>
+        <x:v>46042.8824189815</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
-        <x:v>10.5</x:v>
+        <x:v>12.09</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>51.242</x:v>
+        <x:v>53.234</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>62.49</x:v>
+        <x:v>64.92</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>45996.8718518519</x:v>
+        <x:v>46041.8777430556</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
-        <x:v>11.66</x:v>
+        <x:v>11.23</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>52.275</x:v>
+        <x:v>52.431</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>63.75</x:v>
+        <x:v>63.94</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>45995.8729513889</x:v>
+        <x:v>46038.8784722222</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
-        <x:v>11.23</x:v>
+        <x:v>11.41</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>51.873</x:v>
+        <x:v>52.587</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>63.26</x:v>
+        <x:v>64.13</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>45994.8669560185</x:v>
+        <x:v>46037.8783217593</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
-        <x:v>10.73</x:v>
+        <x:v>11.09</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>51.389</x:v>
+        <x:v>52.283</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>62.67</x:v>
+        <x:v>63.76</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>45993.8696296296</x:v>
+        <x:v>46036.8717939815</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
-        <x:v>10.54</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>51.209</x:v>
+        <x:v>54.546</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>62.45</x:v>
+        <x:v>66.52</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>45992.8654976852</x:v>
+        <x:v>46035.867662037</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C12" s="0">
-        <x:v>11.18</x:v>
+        <x:v>12.97</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>51.799</x:v>
+        <x:v>53.685</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>63.17</x:v>
+        <x:v>65.47</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>45989.8774074074</x:v>
+        <x:v>46034.8687268519</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0">
-        <x:v>10.53</x:v>
+        <x:v>11.53</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>51.152</x:v>
+        <x:v>52.373</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>62.38</x:v>
+        <x:v>63.87</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>45988.8776273148</x:v>
+        <x:v>46031.8690162037</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C14" s="0">
-        <x:v>10.96</x:v>
+        <x:v>11.07</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>51.553</x:v>
+        <x:v>51.939</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>62.87</x:v>
+        <x:v>63.34</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>45987.8775694444</x:v>
+        <x:v>46030.8658449074</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
-        <x:v>10.68</x:v>
+        <x:v>9.99</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>51.283</x:v>
+        <x:v>50.832</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>62.54</x:v>
+        <x:v>61.99</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>45986.8743865741</x:v>
+        <x:v>46029.8657986111</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C16" s="0">
-        <x:v>10.08</x:v>
+        <x:v>8.54</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>50.676</x:v>
+        <x:v>49.167</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>61.8</x:v>
+        <x:v>59.96</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>45985.8708796296</x:v>
+        <x:v>46028.8721180556</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C17" s="0">
-        <x:v>10.88</x:v>
+        <x:v>9.1</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>51.43</x:v>
+        <x:v>49.774</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>63.37</x:v>
+        <x:v>60.7</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>45982.8679050926</x:v>
+        <x:v>46027.8692939815</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="0">
-        <x:v>10.23</x:v>
+        <x:v>9.96</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>51.299</x:v>
+        <x:v>50.643</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>62.56</x:v>
+        <x:v>61.76</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>45981.867650463</x:v>
+        <x:v>46024.8692708333</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C19" s="0">
-        <x:v>10.94</x:v>
+        <x:v>9.2</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>51.972</x:v>
+        <x:v>49.815</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>63.38</x:v>
+        <x:v>60.75</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
-        <x:v>45980.8667013889</x:v>
+        <x:v>46021.8699305556</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C20" s="0">
-        <x:v>11.05</x:v>
+        <x:v>9.67</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>52.078</x:v>
+        <x:v>50.291</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>63.51</x:v>
+        <x:v>61.33</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="1">
-        <x:v>45979.8891898148</x:v>
+        <x:v>46020.8706712963</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C21" s="0">
-        <x:v>12.37</x:v>
+        <x:v>9.8</x:v>
       </x:c>
       <x:c r="D21" s="0">
-        <x:v>53.21</x:v>
+        <x:v>50.422</x:v>
       </x:c>
       <x:c r="E21" s="0">
-        <x:v>64.89</x:v>
+        <x:v>61.49</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="1">
-        <x:v>45978.8654861111</x:v>
+        <x:v>46014.8820023148</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C22" s="0">
-        <x:v>11.75</x:v>
+        <x:v>10.13</x:v>
       </x:c>
       <x:c r="D22" s="0">
-        <x:v>52.644</x:v>
+        <x:v>50.733</x:v>
       </x:c>
       <x:c r="E22" s="0">
-        <x:v>64.2</x:v>
+        <x:v>62.38</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="1">
-        <x:v>45975.86875</x:v>
+        <x:v>46013.8651851852</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C23" s="0">
-        <x:v>11.93</x:v>
+        <x:v>9.89</x:v>
       </x:c>
       <x:c r="D23" s="0">
-        <x:v>52.8</x:v>
+        <x:v>50.897</x:v>
       </x:c>
       <x:c r="E23" s="0">
-        <x:v>64.39</x:v>
+        <x:v>62.07</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="1">
-        <x:v>45974.8920717593</x:v>
+        <x:v>46010.8689930556</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C24" s="0">
-        <x:v>10.76</x:v>
+        <x:v>8.74</x:v>
       </x:c>
       <x:c r="D24" s="0">
-        <x:v>51.668</x:v>
+        <x:v>49.585</x:v>
       </x:c>
       <x:c r="E24" s="0">
-        <x:v>63.01</x:v>
+        <x:v>60.47</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="1">
-        <x:v>45972.8743865741</x:v>
+        <x:v>46009.8651736111</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C25" s="0">
-        <x:v>12.95</x:v>
+        <x:v>8.29</x:v>
       </x:c>
       <x:c r="D25" s="0">
-        <x:v>53.431</x:v>
+        <x:v>49.052</x:v>
       </x:c>
       <x:c r="E25" s="0">
-        <x:v>65.16</x:v>
+        <x:v>59.82</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="1">
-        <x:v>45971.8872916667</x:v>
+        <x:v>46008.8712847222</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C26" s="0">
-        <x:v>11.93</x:v>
+        <x:v>8.2</x:v>
       </x:c>
       <x:c r="D26" s="0">
-        <x:v>52.529</x:v>
+        <x:v>48.938</x:v>
       </x:c>
       <x:c r="E26" s="0">
-        <x:v>64.06</x:v>
+        <x:v>59.68</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="1">
-        <x:v>45968.8685532407</x:v>
+        <x:v>46007.8682060185</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C27" s="0">
-        <x:v>11.55</x:v>
+        <x:v>7.7</x:v>
       </x:c>
       <x:c r="D27" s="0">
-        <x:v>52.177</x:v>
+        <x:v>48.314</x:v>
       </x:c>
       <x:c r="E27" s="0">
-        <x:v>63.63</x:v>
+        <x:v>58.92</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="1">
-        <x:v>45967.8716087963</x:v>
+        <x:v>46006.8661342593</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C28" s="0">
-        <x:v>11.33</x:v>
+        <x:v>8.91</x:v>
       </x:c>
       <x:c r="D28" s="0">
-        <x:v>51.972</x:v>
+        <x:v>49.659</x:v>
       </x:c>
       <x:c r="E28" s="0">
-        <x:v>63.38</x:v>
+        <x:v>60.56</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="1">
-        <x:v>45966.876712963</x:v>
+        <x:v>46003.8692708333</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C29" s="0">
-        <x:v>11.46</x:v>
+        <x:v>9.35</x:v>
       </x:c>
       <x:c r="D29" s="0">
-        <x:v>52.086</x:v>
+        <x:v>50.118</x:v>
       </x:c>
       <x:c r="E29" s="0">
-        <x:v>63.52</x:v>
+        <x:v>61.12</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="1">
-        <x:v>45965.870474537</x:v>
+        <x:v>46002.8718865741</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C30" s="0">
-        <x:v>12.34</x:v>
+        <x:v>9.48</x:v>
       </x:c>
       <x:c r="D30" s="0">
-        <x:v>52.841</x:v>
+        <x:v>50.25</x:v>
       </x:c>
       <x:c r="E30" s="0">
-        <x:v>64.44</x:v>
+        <x:v>61.28</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="1">
-        <x:v>45964.8721064815</x:v>
+        <x:v>46001.8659953704</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C31" s="0">
-        <x:v>12.79</x:v>
+        <x:v>10.25</x:v>
       </x:c>
       <x:c r="D31" s="0">
-        <x:v>53.21</x:v>
+        <x:v>51.012</x:v>
       </x:c>
       <x:c r="E31" s="0">
-        <x:v>64.89</x:v>
+        <x:v>62.21</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="1">
-        <x:v>45961.8346643519</x:v>
+        <x:v>46000.8892013889</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C32" s="0">
-        <x:v>12.68</x:v>
+        <x:v>10.03</x:v>
       </x:c>
       <x:c r="D32" s="0">
-        <x:v>53.111</x:v>
+        <x:v>50.791</x:v>
       </x:c>
       <x:c r="E32" s="0">
-        <x:v>64.77</x:v>
+        <x:v>61.94</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="1">
-        <x:v>45960.8565740741</x:v>
+        <x:v>45999.8773842593</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C33" s="0">
-        <x:v>12.31</x:v>
+        <x:v>10.5</x:v>
       </x:c>
       <x:c r="D33" s="0">
-        <x:v>52.783</x:v>
+        <x:v>51.242</x:v>
       </x:c>
       <x:c r="E33" s="0">
-        <x:v>64.37</x:v>
+        <x:v>62.49</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="1">
-        <x:v>45959.8655092593</x:v>
+        <x:v>45996.8718518519</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C34" s="0">
-        <x:v>12.26</x:v>
+        <x:v>11.66</x:v>
       </x:c>
       <x:c r="D34" s="0">
-        <x:v>52.742</x:v>
+        <x:v>52.275</x:v>
       </x:c>
       <x:c r="E34" s="0">
-        <x:v>64.32</x:v>
+        <x:v>63.75</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="1">
-        <x:v>45958.8658101852</x:v>
+        <x:v>45995.8729513889</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C35" s="0">
-        <x:v>11.81</x:v>
+        <x:v>11.23</x:v>
       </x:c>
       <x:c r="D35" s="0">
-        <x:v>52.341</x:v>
+        <x:v>51.873</x:v>
       </x:c>
       <x:c r="E35" s="0">
-        <x:v>63.83</x:v>
+        <x:v>63.26</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="1">
-        <x:v>45957.8436574074</x:v>
+        <x:v>45994.8669560185</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C36" s="0">
-        <x:v>12.88</x:v>
+        <x:v>10.73</x:v>
       </x:c>
       <x:c r="D36" s="0">
-        <x:v>53.218</x:v>
+        <x:v>51.389</x:v>
       </x:c>
       <x:c r="E36" s="0">
-        <x:v>65.62</x:v>
+        <x:v>62.67</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="1">
-        <x:v>45954.8688425926</x:v>
+        <x:v>45993.8696296296</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C37" s="0">
-        <x:v>13.21</x:v>
+        <x:v>10.54</x:v>
       </x:c>
       <x:c r="D37" s="0">
-        <x:v>54.071</x:v>
+        <x:v>51.209</x:v>
       </x:c>
       <x:c r="E37" s="0">
-        <x:v>65.94</x:v>
+        <x:v>62.45</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="1">
-        <x:v>45953.8697106481</x:v>
+        <x:v>45992.8654976852</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C38" s="0">
-        <x:v>13.26</x:v>
+        <x:v>11.18</x:v>
       </x:c>
       <x:c r="D38" s="0">
-        <x:v>54.112</x:v>
+        <x:v>51.799</x:v>
       </x:c>
       <x:c r="E38" s="0">
-        <x:v>65.99</x:v>
+        <x:v>63.17</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="1">
-        <x:v>45952.8835763889</x:v>
+        <x:v>45989.8774074074</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C39" s="0">
-        <x:v>10.43</x:v>
+        <x:v>10.53</x:v>
       </x:c>
       <x:c r="D39" s="0">
-        <x:v>51.324</x:v>
+        <x:v>51.152</x:v>
       </x:c>
       <x:c r="E39" s="0">
-        <x:v>62.59</x:v>
+        <x:v>62.38</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="1">
-        <x:v>45951.8713310185</x:v>
+        <x:v>45988.8776273148</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C40" s="0">
-        <x:v>9.46</x:v>
+        <x:v>10.96</x:v>
       </x:c>
       <x:c r="D40" s="0">
-        <x:v>50.282</x:v>
+        <x:v>51.553</x:v>
       </x:c>
       <x:c r="E40" s="0">
-        <x:v>61.32</x:v>
+        <x:v>62.87</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="1">
-        <x:v>45950.8678125</x:v>
+        <x:v>45987.8775694444</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C41" s="0">
-        <x:v>9.23</x:v>
+        <x:v>10.68</x:v>
       </x:c>
       <x:c r="D41" s="0">
-        <x:v>50.028</x:v>
+        <x:v>51.283</x:v>
       </x:c>
       <x:c r="E41" s="0">
-        <x:v>61.01</x:v>
+        <x:v>62.54</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="1">
-        <x:v>45947.8724421296</x:v>
+        <x:v>45986.8743865741</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C42" s="0">
-        <x:v>9.45</x:v>
+        <x:v>10.08</x:v>
       </x:c>
       <x:c r="D42" s="0">
-        <x:v>50.258</x:v>
+        <x:v>50.676</x:v>
       </x:c>
       <x:c r="E42" s="0">
-        <x:v>61.29</x:v>
+        <x:v>61.8</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="1">
-        <x:v>45946.8678125</x:v>
+        <x:v>45985.8708796296</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C43" s="0">
-        <x:v>9.28</x:v>
+        <x:v>10.88</x:v>
       </x:c>
       <x:c r="D43" s="0">
-        <x:v>50.069</x:v>
+        <x:v>51.43</x:v>
       </x:c>
       <x:c r="E43" s="0">
-        <x:v>61.06</x:v>
+        <x:v>63.37</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="1">
-        <x:v>45945.8706365741</x:v>
+        <x:v>45982.8679050926</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C44" s="0">
-        <x:v>9.96</x:v>
+        <x:v>10.23</x:v>
       </x:c>
       <x:c r="D44" s="0">
-        <x:v>50.766</x:v>
+        <x:v>51.299</x:v>
       </x:c>
       <x:c r="E44" s="0">
-        <x:v>61.91</x:v>
+        <x:v>62.56</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="1">
-        <x:v>45944.8749074074</x:v>
+        <x:v>45981.867650463</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C45" s="0">
-        <x:v>10.37</x:v>
+        <x:v>10.94</x:v>
       </x:c>
       <x:c r="D45" s="0">
-        <x:v>51.16</x:v>
+        <x:v>51.972</x:v>
       </x:c>
       <x:c r="E45" s="0">
-        <x:v>62.39</x:v>
+        <x:v>63.38</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="1">
-        <x:v>45943.8919791667</x:v>
+        <x:v>45980.8667013889</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C46" s="0">
-        <x:v>11.19</x:v>
+        <x:v>11.05</x:v>
       </x:c>
       <x:c r="D46" s="0">
-        <x:v>51.922</x:v>
+        <x:v>52.078</x:v>
       </x:c>
       <x:c r="E46" s="0">
-        <x:v>63.32</x:v>
+        <x:v>63.51</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="1">
-        <x:v>45940.8709953704</x:v>
+        <x:v>45979.8891898148</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C47" s="0">
-        <x:v>10.7</x:v>
+        <x:v>12.37</x:v>
       </x:c>
       <x:c r="D47" s="0">
-        <x:v>51.439</x:v>
+        <x:v>53.21</x:v>
       </x:c>
       <x:c r="E47" s="0">
-        <x:v>62.73</x:v>
+        <x:v>64.89</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5">
       <x:c r="A48" s="1">
-        <x:v>45939.8818402778</x:v>
+        <x:v>45978.8654861111</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C48" s="0">
-        <x:v>13.23</x:v>
+        <x:v>11.75</x:v>
       </x:c>
       <x:c r="D48" s="0">
-        <x:v>53.48</x:v>
+        <x:v>52.644</x:v>
       </x:c>
       <x:c r="E48" s="0">
-        <x:v>65.22</x:v>
+        <x:v>64.2</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
       <x:c r="A49" s="1">
-        <x:v>45938.8822569444</x:v>
+        <x:v>45975.86875</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C49" s="0">
-        <x:v>14.35</x:v>
+        <x:v>11.93</x:v>
       </x:c>
       <x:c r="D49" s="0">
-        <x:v>54.325</x:v>
+        <x:v>52.8</x:v>
       </x:c>
       <x:c r="E49" s="0">
-        <x:v>66.25</x:v>
+        <x:v>64.39</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5">
       <x:c r="A50" s="1">
-        <x:v>45937.8661689815</x:v>
+        <x:v>45974.8920717593</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C50" s="0">
-        <x:v>13.52</x:v>
+        <x:v>10.76</x:v>
       </x:c>
       <x:c r="D50" s="0">
-        <x:v>53.669</x:v>
+        <x:v>51.668</x:v>
       </x:c>
       <x:c r="E50" s="0">
-        <x:v>65.45</x:v>
+        <x:v>63.01</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5">
       <x:c r="A51" s="1">
-        <x:v>45936.8652199074</x:v>
+        <x:v>45972.8743865741</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C51" s="0">
-        <x:v>13.55</x:v>
+        <x:v>12.95</x:v>
       </x:c>
       <x:c r="D51" s="0">
-        <x:v>53.685</x:v>
+        <x:v>53.431</x:v>
       </x:c>
       <x:c r="E51" s="0">
-        <x:v>65.47</x:v>
+        <x:v>65.16</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5">
       <x:c r="A52" s="1">
-        <x:v>45933.8749421296</x:v>
+        <x:v>45971.8872916667</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C52" s="0">
-        <x:v>12.64</x:v>
+        <x:v>11.93</x:v>
       </x:c>
       <x:c r="D52" s="0">
-        <x:v>52.915</x:v>
+        <x:v>52.529</x:v>
       </x:c>
       <x:c r="E52" s="0">
-        <x:v>64.53</x:v>
+        <x:v>64.06</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5">
       <x:c r="A53" s="1">
-        <x:v>45932.8749421296</x:v>
+        <x:v>45968.8685532407</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C53" s="0">
-        <x:v>12.24</x:v>
+        <x:v>11.55</x:v>
       </x:c>
       <x:c r="D53" s="0">
-        <x:v>52.57</x:v>
+        <x:v>52.177</x:v>
       </x:c>
       <x:c r="E53" s="0">
-        <x:v>64.11</x:v>
+        <x:v>63.63</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5">
       <x:c r="A54" s="1">
-        <x:v>45931.8699884259</x:v>
+        <x:v>45967.8716087963</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C54" s="0">
-        <x:v>13.53</x:v>
+        <x:v>11.33</x:v>
       </x:c>
       <x:c r="D54" s="0">
-        <x:v>53.587</x:v>
+        <x:v>51.972</x:v>
       </x:c>
       <x:c r="E54" s="0">
-        <x:v>65.35</x:v>
+        <x:v>63.38</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5">
       <x:c r="A55" s="1">
-        <x:v>45930.8693402778</x:v>
+        <x:v>45966.876712963</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C55" s="0">
-        <x:v>14.27</x:v>
+        <x:v>11.46</x:v>
       </x:c>
       <x:c r="D55" s="0">
-        <x:v>54.145</x:v>
+        <x:v>52.086</x:v>
       </x:c>
       <x:c r="E55" s="0">
-        <x:v>66.03</x:v>
+        <x:v>63.52</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5">
       <x:c r="A56" s="1">
-        <x:v>45929.8687615741</x:v>
+        <x:v>45965.870474537</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C56" s="0">
-        <x:v>15.5</x:v>
+        <x:v>12.34</x:v>
       </x:c>
       <x:c r="D56" s="0">
-        <x:v>55.014</x:v>
+        <x:v>52.841</x:v>
       </x:c>
       <x:c r="E56" s="0">
-        <x:v>67.09</x:v>
+        <x:v>64.44</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:5">
       <x:c r="A57" s="1">
-        <x:v>45926.8683564815</x:v>
+        <x:v>45964.8721064815</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C57" s="0">
-        <x:v>18.34</x:v>
+        <x:v>12.79</x:v>
       </x:c>
       <x:c r="D57" s="0">
-        <x:v>56.76</x:v>
+        <x:v>53.21</x:v>
       </x:c>
       <x:c r="E57" s="0">
-        <x:v>69.22</x:v>
+        <x:v>64.89</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:5">
       <x:c r="A58" s="1">
-        <x:v>45925.870474537</x:v>
+        <x:v>45961.8346643519</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C58" s="0">
-        <x:v>17.52</x:v>
+        <x:v>12.68</x:v>
       </x:c>
       <x:c r="D58" s="0">
-        <x:v>56.236</x:v>
+        <x:v>53.111</x:v>
       </x:c>
       <x:c r="E58" s="0">
-        <x:v>68.58</x:v>
+        <x:v>64.77</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:5">
       <x:c r="A59" s="1">
-        <x:v>45924.8664351852</x:v>
+        <x:v>45960.8565740741</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C59" s="0">
-        <x:v>17.38</x:v>
+        <x:v>12.31</x:v>
       </x:c>
       <x:c r="D59" s="0">
-        <x:v>56.137</x:v>
+        <x:v>52.783</x:v>
       </x:c>
       <x:c r="E59" s="0">
-        <x:v>69.31</x:v>
+        <x:v>64.37</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:5">
       <x:c r="A60" s="1">
-        <x:v>45923.8744212963</x:v>
+        <x:v>45959.8655092593</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C60" s="0">
-        <x:v>15.46</x:v>
+        <x:v>12.26</x:v>
       </x:c>
       <x:c r="D60" s="0">
-        <x:v>55.457</x:v>
+        <x:v>52.742</x:v>
       </x:c>
       <x:c r="E60" s="0">
-        <x:v>67.63</x:v>
+        <x:v>64.32</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:5">
       <x:c r="A61" s="1">
-        <x:v>45922.8813541667</x:v>
+        <x:v>45958.8658101852</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C61" s="0">
-        <x:v>14.32</x:v>
+        <x:v>11.81</x:v>
       </x:c>
       <x:c r="D61" s="0">
-        <x:v>54.587</x:v>
+        <x:v>52.341</x:v>
       </x:c>
       <x:c r="E61" s="0">
-        <x:v>66.57</x:v>
+        <x:v>63.83</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:5">
       <x:c r="A62" s="1">
-        <x:v>45919.8706018518</x:v>
+        <x:v>45957.8436574074</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C62" s="0">
-        <x:v>14.46</x:v>
+        <x:v>12.88</x:v>
       </x:c>
       <x:c r="D62" s="0">
-        <x:v>54.678</x:v>
+        <x:v>53.218</x:v>
       </x:c>
       <x:c r="E62" s="0">
-        <x:v>66.68</x:v>
+        <x:v>65.62</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:5">
       <x:c r="A63" s="1">
-        <x:v>45918.8680439815</x:v>
+        <x:v>45954.8688425926</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C63" s="0">
-        <x:v>15.33</x:v>
+        <x:v>13.21</x:v>
       </x:c>
       <x:c r="D63" s="0">
-        <x:v>55.301</x:v>
+        <x:v>54.071</x:v>
       </x:c>
       <x:c r="E63" s="0">
-        <x:v>67.44</x:v>
+        <x:v>65.94</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:5">
       <x:c r="A64" s="1">
-        <x:v>45917.8672337963</x:v>
+        <x:v>45953.8697106481</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C64" s="0">
-        <x:v>15.93</x:v>
+        <x:v>13.26</x:v>
       </x:c>
       <x:c r="D64" s="0">
-        <x:v>55.719</x:v>
+        <x:v>54.112</x:v>
       </x:c>
       <x:c r="E64" s="0">
-        <x:v>67.95</x:v>
+        <x:v>65.99</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:5">
       <x:c r="A65" s="1">
-        <x:v>45916.874849537</x:v>
+        <x:v>45952.8835763889</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C65" s="0">
-        <x:v>16.56</x:v>
+        <x:v>10.43</x:v>
       </x:c>
       <x:c r="D65" s="0">
-        <x:v>56.145</x:v>
+        <x:v>51.324</x:v>
       </x:c>
       <x:c r="E65" s="0">
-        <x:v>68.47</x:v>
+        <x:v>62.59</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:5">
       <x:c r="A66" s="1">
-        <x:v>45915.8847685185</x:v>
+        <x:v>45951.8713310185</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C66" s="0">
-        <x:v>15.39</x:v>
+        <x:v>9.46</x:v>
       </x:c>
       <x:c r="D66" s="0">
-        <x:v>55.301</x:v>
+        <x:v>50.282</x:v>
       </x:c>
       <x:c r="E66" s="0">
-        <x:v>67.44</x:v>
+        <x:v>61.32</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:5">
       <x:c r="A67" s="1">
-        <x:v>45912.8690277778</x:v>
+        <x:v>45950.8678125</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C67" s="0">
-        <x:v>14.9</x:v>
+        <x:v>9.23</x:v>
       </x:c>
       <x:c r="D67" s="0">
-        <x:v>54.932</x:v>
+        <x:v>50.028</x:v>
       </x:c>
       <x:c r="E67" s="0">
-        <x:v>66.99</x:v>
+        <x:v>61.01</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:5">
       <x:c r="A68" s="1">
-        <x:v>45911.8677199074</x:v>
+        <x:v>45947.8724421296</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C68" s="0">
-        <x:v>14.24</x:v>
+        <x:v>9.45</x:v>
       </x:c>
       <x:c r="D68" s="0">
-        <x:v>54.423</x:v>
+        <x:v>50.258</x:v>
       </x:c>
       <x:c r="E68" s="0">
-        <x:v>66.37</x:v>
+        <x:v>61.29</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:5">
       <x:c r="A69" s="1">
-        <x:v>45910.8673611111</x:v>
+        <x:v>45946.8678125</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C69" s="0">
-        <x:v>15.54</x:v>
+        <x:v>9.28</x:v>
       </x:c>
       <x:c r="D69" s="0">
-        <x:v>55.342</x:v>
+        <x:v>50.069</x:v>
       </x:c>
       <x:c r="E69" s="0">
-        <x:v>67.49</x:v>
+        <x:v>61.06</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:5">
       <x:c r="A70" s="1">
-        <x:v>45909.8653472222</x:v>
+        <x:v>45945.8706365741</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C70" s="0">
-        <x:v>14.35</x:v>
+        <x:v>9.96</x:v>
       </x:c>
       <x:c r="D70" s="0">
-        <x:v>54.44</x:v>
+        <x:v>50.766</x:v>
       </x:c>
       <x:c r="E70" s="0">
-        <x:v>66.39</x:v>
+        <x:v>61.91</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:5">
       <x:c r="A71" s="1">
-        <x:v>45908.8695601852</x:v>
+        <x:v>45944.8749074074</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C71" s="0">
-        <x:v>13.96</x:v>
+        <x:v>10.37</x:v>
       </x:c>
       <x:c r="D71" s="0">
-        <x:v>54.136</x:v>
+        <x:v>51.16</x:v>
       </x:c>
       <x:c r="E71" s="0">
-        <x:v>66.02</x:v>
+        <x:v>62.39</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:5">
       <x:c r="A72" s="1">
-        <x:v>45905.8748032407</x:v>
+        <x:v>45943.8919791667</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C72" s="0">
-        <x:v>13.44</x:v>
+        <x:v>11.19</x:v>
       </x:c>
       <x:c r="D72" s="0">
-        <x:v>53.71</x:v>
+        <x:v>51.922</x:v>
       </x:c>
       <x:c r="E72" s="0">
-        <x:v>65.5</x:v>
+        <x:v>63.32</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:5">
       <x:c r="A73" s="1">
-        <x:v>45904.8696875</x:v>
+        <x:v>45940.8709953704</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C73" s="0">
-        <x:v>15.13</x:v>
+        <x:v>10.7</x:v>
       </x:c>
       <x:c r="D73" s="0">
-        <x:v>54.932</x:v>
+        <x:v>51.439</x:v>
       </x:c>
       <x:c r="E73" s="0">
-        <x:v>66.99</x:v>
+        <x:v>62.73</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:5">
       <x:c r="A74" s="1">
-        <x:v>45903.8712152778</x:v>
+        <x:v>45939.8818402778</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C74" s="0">
-        <x:v>15.85</x:v>
+        <x:v>13.23</x:v>
       </x:c>
       <x:c r="D74" s="0">
-        <x:v>55.432</x:v>
+        <x:v>53.48</x:v>
       </x:c>
       <x:c r="E74" s="0">
-        <x:v>67.6</x:v>
+        <x:v>65.22</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:5">
       <x:c r="A75" s="1">
-        <x:v>45902.8909722222</x:v>
+        <x:v>45938.8822569444</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C75" s="0">
-        <x:v>17.84</x:v>
+        <x:v>14.35</x:v>
       </x:c>
       <x:c r="D75" s="0">
-        <x:v>56.695</x:v>
+        <x:v>54.325</x:v>
       </x:c>
       <x:c r="E75" s="0">
-        <x:v>69.14</x:v>
+        <x:v>66.25</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:5">
       <x:c r="A76" s="1">
-        <x:v>45901.9168287037</x:v>
+        <x:v>45937.8661689815</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C76" s="0">
-        <x:v>16.64</x:v>
+        <x:v>13.52</x:v>
       </x:c>
       <x:c r="D76" s="0">
-        <x:v>55.883</x:v>
+        <x:v>53.669</x:v>
       </x:c>
       <x:c r="E76" s="0">
-        <x:v>68.15</x:v>
+        <x:v>65.45</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:5">
       <x:c r="A77" s="1">
-        <x:v>45898.8672453704</x:v>
+        <x:v>45936.8652199074</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C77" s="0">
-        <x:v>15.86</x:v>
+        <x:v>13.55</x:v>
       </x:c>
       <x:c r="D77" s="0">
-        <x:v>55.334</x:v>
+        <x:v>53.685</x:v>
       </x:c>
       <x:c r="E77" s="0">
-        <x:v>67.48</x:v>
+        <x:v>65.47</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:5">
       <x:c r="A78" s="1">
-        <x:v>45897.8709837963</x:v>
+        <x:v>45933.8749421296</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C78" s="0">
-        <x:v>16.47</x:v>
+        <x:v>12.64</x:v>
       </x:c>
       <x:c r="D78" s="0">
-        <x:v>55.744</x:v>
+        <x:v>52.915</x:v>
       </x:c>
       <x:c r="E78" s="0">
-        <x:v>67.98</x:v>
+        <x:v>64.53</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:5">
       <x:c r="A79" s="1">
-        <x:v>45896.8696296296</x:v>
+        <x:v>45932.8749421296</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C79" s="0">
-        <x:v>15.85</x:v>
+        <x:v>12.24</x:v>
       </x:c>
       <x:c r="D79" s="0">
-        <x:v>55.301</x:v>
+        <x:v>52.57</x:v>
       </x:c>
       <x:c r="E79" s="0">
-        <x:v>67.44</x:v>
+        <x:v>64.11</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:5">
       <x:c r="A80" s="1">
-        <x:v>45895.866875</x:v>
+        <x:v>45931.8699884259</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C80" s="0">
-        <x:v>15.02</x:v>
+        <x:v>13.53</x:v>
       </x:c>
       <x:c r="D80" s="0">
-        <x:v>54.694</x:v>
+        <x:v>53.587</x:v>
       </x:c>
       <x:c r="E80" s="0">
-        <x:v>66.7</x:v>
+        <x:v>65.35</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:5">
       <x:c r="A81" s="1">
-        <x:v>45894.8896412037</x:v>
+        <x:v>45930.8693402778</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C81" s="0">
-        <x:v>16.9</x:v>
+        <x:v>14.27</x:v>
       </x:c>
       <x:c r="D81" s="0">
-        <x:v>55.94</x:v>
+        <x:v>54.145</x:v>
       </x:c>
       <x:c r="E81" s="0">
-        <x:v>68.8</x:v>
+        <x:v>66.03</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:5">
       <x:c r="A82" s="1">
-        <x:v>45891.8697453704</x:v>
+        <x:v>45929.8687615741</x:v>
       </x:c>
       <x:c r="B82" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C82" s="0">
-        <x:v>15.68</x:v>
+        <x:v>15.5</x:v>
       </x:c>
       <x:c r="D82" s="0">
-        <x:v>55.539</x:v>
+        <x:v>55.014</x:v>
       </x:c>
       <x:c r="E82" s="0">
-        <x:v>67.73</x:v>
+        <x:v>67.09</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:5">
       <x:c r="A83" s="1">
-        <x:v>45890.8865972222</x:v>
+        <x:v>45926.8683564815</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C83" s="0">
-        <x:v>15.62</x:v>
+        <x:v>18.34</x:v>
       </x:c>
       <x:c r="D83" s="0">
-        <x:v>55.489</x:v>
+        <x:v>56.76</x:v>
       </x:c>
       <x:c r="E83" s="0">
-        <x:v>67.67</x:v>
+        <x:v>69.22</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:5">
       <x:c r="A84" s="1">
-        <x:v>45889.8690625</x:v>
+        <x:v>45925.870474537</x:v>
       </x:c>
       <x:c r="B84" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C84" s="0">
-        <x:v>14.71</x:v>
+        <x:v>17.52</x:v>
       </x:c>
       <x:c r="D84" s="0">
-        <x:v>54.809</x:v>
+        <x:v>56.236</x:v>
       </x:c>
       <x:c r="E84" s="0">
-        <x:v>66.84</x:v>
+        <x:v>68.58</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:5">
       <x:c r="A85" s="1">
-        <x:v>45888.8672569444</x:v>
+        <x:v>45924.8664351852</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C85" s="0">
-        <x:v>13.62</x:v>
+        <x:v>17.38</x:v>
       </x:c>
       <x:c r="D85" s="0">
-        <x:v>53.948</x:v>
+        <x:v>56.137</x:v>
       </x:c>
       <x:c r="E85" s="0">
-        <x:v>65.79</x:v>
+        <x:v>69.31</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:5">
       <x:c r="A86" s="1">
-        <x:v>45887.871412037</x:v>
+        <x:v>45923.8744212963</x:v>
       </x:c>
       <x:c r="B86" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C86" s="0">
-        <x:v>14.51</x:v>
+        <x:v>15.46</x:v>
       </x:c>
       <x:c r="D86" s="0">
-        <x:v>54.612</x:v>
+        <x:v>55.457</x:v>
       </x:c>
       <x:c r="E86" s="0">
-        <x:v>66.6</x:v>
+        <x:v>67.63</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:5">
       <x:c r="A87" s="1">
-        <x:v>45884.8646527778</x:v>
+        <x:v>45922.8813541667</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C87" s="0">
-        <x:v>13.74</x:v>
+        <x:v>14.32</x:v>
       </x:c>
       <x:c r="D87" s="0">
-        <x:v>53.997</x:v>
+        <x:v>54.587</x:v>
       </x:c>
       <x:c r="E87" s="0">
-        <x:v>65.85</x:v>
+        <x:v>66.57</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:5">
       <x:c r="A88" s="1">
-        <x:v>45883.8844212963</x:v>
+        <x:v>45919.8706018518</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C88" s="0">
-        <x:v>14.84</x:v>
+        <x:v>14.46</x:v>
       </x:c>
       <x:c r="D88" s="0">
-        <x:v>54.809</x:v>
+        <x:v>54.678</x:v>
       </x:c>
       <x:c r="E88" s="0">
-        <x:v>66.84</x:v>
+        <x:v>66.68</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:5">
       <x:c r="A89" s="1">
-        <x:v>45882.8657407407</x:v>
+        <x:v>45918.8680439815</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C89" s="0">
-        <x:v>13.59</x:v>
+        <x:v>15.33</x:v>
       </x:c>
       <x:c r="D89" s="0">
-        <x:v>53.817</x:v>
+        <x:v>55.301</x:v>
       </x:c>
       <x:c r="E89" s="0">
-        <x:v>65.63</x:v>
+        <x:v>67.44</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:5">
       <x:c r="A90" s="1">
-        <x:v>45881.8655208333</x:v>
+        <x:v>45917.8672337963</x:v>
       </x:c>
       <x:c r="B90" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C90" s="0">
-        <x:v>14.12</x:v>
+        <x:v>15.93</x:v>
       </x:c>
       <x:c r="D90" s="0">
-        <x:v>54.218</x:v>
+        <x:v>55.719</x:v>
       </x:c>
       <x:c r="E90" s="0">
-        <x:v>66.12</x:v>
+        <x:v>67.95</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:5">
       <x:c r="A91" s="1">
-        <x:v>45880.8651851852</x:v>
+        <x:v>45916.874849537</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C91" s="0">
-        <x:v>14.69</x:v>
+        <x:v>16.56</x:v>
       </x:c>
       <x:c r="D91" s="0">
-        <x:v>54.637</x:v>
+        <x:v>56.145</x:v>
       </x:c>
       <x:c r="E91" s="0">
-        <x:v>66.63</x:v>
+        <x:v>68.47</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:5">
       <x:c r="A92" s="1">
-        <x:v>45877.8672569444</x:v>
+        <x:v>45915.8847685185</x:v>
       </x:c>
       <x:c r="B92" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C92" s="0">
-        <x:v>14.66</x:v>
+        <x:v>15.39</x:v>
       </x:c>
       <x:c r="D92" s="0">
-        <x:v>54.604</x:v>
+        <x:v>55.301</x:v>
       </x:c>
       <x:c r="E92" s="0">
-        <x:v>66.59</x:v>
+        <x:v>67.44</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:5">
       <x:c r="A93" s="1">
-        <x:v>45876.8650347222</x:v>
+        <x:v>45912.8690277778</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C93" s="0">
-        <x:v>14.49</x:v>
+        <x:v>14.9</x:v>
       </x:c>
       <x:c r="D93" s="0">
-        <x:v>54.473</x:v>
+        <x:v>54.932</x:v>
       </x:c>
       <x:c r="E93" s="0">
-        <x:v>66.43</x:v>
+        <x:v>66.99</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:5">
       <x:c r="A94" s="1">
-        <x:v>45875.8676736111</x:v>
+        <x:v>45911.8677199074</x:v>
       </x:c>
       <x:c r="B94" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C94" s="0">
-        <x:v>15.01</x:v>
+        <x:v>14.24</x:v>
       </x:c>
       <x:c r="D94" s="0">
-        <x:v>54.85</x:v>
+        <x:v>54.423</x:v>
       </x:c>
       <x:c r="E94" s="0">
-        <x:v>66.89</x:v>
+        <x:v>66.37</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:5">
       <x:c r="A95" s="1">
-        <x:v>45874.8743171296</x:v>
+        <x:v>45910.8673611111</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C95" s="0">
-        <x:v>15.89</x:v>
+        <x:v>15.54</x:v>
       </x:c>
       <x:c r="D95" s="0">
-        <x:v>55.465</x:v>
+        <x:v>55.342</x:v>
       </x:c>
       <x:c r="E95" s="0">
-        <x:v>67.64</x:v>
+        <x:v>67.49</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:5">
       <x:c r="A96" s="1">
-        <x:v>45873.8649652778</x:v>
+        <x:v>45909.8653472222</x:v>
       </x:c>
       <x:c r="B96" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C96" s="0">
-        <x:v>17.31</x:v>
+        <x:v>14.35</x:v>
       </x:c>
       <x:c r="D96" s="0">
-        <x:v>56.383</x:v>
+        <x:v>54.44</x:v>
       </x:c>
       <x:c r="E96" s="0">
-        <x:v>68.76</x:v>
+        <x:v>66.39</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:5">
       <x:c r="A97" s="1">
-        <x:v>45870.8694675926</x:v>
+        <x:v>45908.8695601852</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C97" s="0">
-        <x:v>18.54</x:v>
+        <x:v>13.96</x:v>
       </x:c>
       <x:c r="D97" s="0">
-        <x:v>57.129</x:v>
+        <x:v>54.136</x:v>
       </x:c>
       <x:c r="E97" s="0">
-        <x:v>69.67</x:v>
+        <x:v>66.02</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:5">
       <x:c r="A98" s="1">
-        <x:v>45869.8816782407</x:v>
+        <x:v>45905.8748032407</x:v>
       </x:c>
       <x:c r="B98" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C98" s="0">
-        <x:v>21.6</x:v>
+        <x:v>13.44</x:v>
       </x:c>
       <x:c r="D98" s="0">
-        <x:v>58.794</x:v>
+        <x:v>53.71</x:v>
       </x:c>
       <x:c r="E98" s="0">
-        <x:v>71.7</x:v>
+        <x:v>65.5</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:5">
       <x:c r="A99" s="1">
-        <x:v>45868.871087963</x:v>
+        <x:v>45904.8696875</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C99" s="0">
-        <x:v>22.82</x:v>
+        <x:v>15.13</x:v>
       </x:c>
       <x:c r="D99" s="0">
-        <x:v>59.425</x:v>
+        <x:v>54.932</x:v>
       </x:c>
       <x:c r="E99" s="0">
-        <x:v>72.47</x:v>
+        <x:v>66.99</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:5">
       <x:c r="A100" s="1">
-        <x:v>45867.8666319444</x:v>
+        <x:v>45903.8712152778</x:v>
       </x:c>
       <x:c r="B100" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C100" s="0">
-        <x:v>21.63</x:v>
+        <x:v>15.85</x:v>
       </x:c>
       <x:c r="D100" s="0">
-        <x:v>58.778</x:v>
+        <x:v>55.432</x:v>
       </x:c>
       <x:c r="E100" s="0">
-        <x:v>71.68</x:v>
+        <x:v>67.6</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:5">
       <x:c r="A101" s="1">
-        <x:v>45866.8688194444</x:v>
+        <x:v>45902.8909722222</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C101" s="0">
-        <x:v>18.49</x:v>
+        <x:v>17.84</x:v>
       </x:c>
       <x:c r="D101" s="0">
-        <x:v>56.842</x:v>
+        <x:v>56.695</x:v>
       </x:c>
       <x:c r="E101" s="0">
-        <x:v>69.32</x:v>
+        <x:v>69.14</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:5">
       <x:c r="A102" s="1">
-        <x:v>45863.874537037</x:v>
+        <x:v>45901.9168287037</x:v>
       </x:c>
       <x:c r="B102" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C102" s="0">
-        <x:v>16.48</x:v>
+        <x:v>16.64</x:v>
       </x:c>
       <x:c r="D102" s="0">
-        <x:v>55.481</x:v>
+        <x:v>55.883</x:v>
       </x:c>
       <x:c r="E102" s="0">
-        <x:v>68.44</x:v>
+        <x:v>68.15</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:5">
       <x:c r="A103" s="1">
-        <x:v>45862.8678472222</x:v>
+        <x:v>45898.8672453704</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C103" s="0">
-        <x:v>17.42</x:v>
+        <x:v>15.86</x:v>
       </x:c>
       <x:c r="D103" s="0">
-        <x:v>56.728</x:v>
+        <x:v>55.334</x:v>
       </x:c>
       <x:c r="E103" s="0">
-        <x:v>69.18</x:v>
+        <x:v>67.48</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:5">
       <x:c r="A104" s="1">
-        <x:v>45861.8680092593</x:v>
+        <x:v>45897.8709837963</x:v>
       </x:c>
       <x:c r="B104" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C104" s="0">
-        <x:v>16.61</x:v>
+        <x:v>16.47</x:v>
       </x:c>
       <x:c r="D104" s="0">
-        <x:v>56.178</x:v>
+        <x:v>55.744</x:v>
       </x:c>
       <x:c r="E104" s="0">
-        <x:v>68.51</x:v>
+        <x:v>67.98</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:5">
       <x:c r="A105" s="1">
-        <x:v>45860.8818171296</x:v>
+        <x:v>45896.8696296296</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C105" s="0">
-        <x:v>16.72</x:v>
+        <x:v>15.85</x:v>
       </x:c>
       <x:c r="D105" s="0">
-        <x:v>56.244</x:v>
+        <x:v>55.301</x:v>
       </x:c>
       <x:c r="E105" s="0">
-        <x:v>68.59</x:v>
+        <x:v>67.44</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:5">
       <x:c r="A106" s="1">
-        <x:v>45859.8722800926</x:v>
+        <x:v>45895.866875</x:v>
       </x:c>
       <x:c r="B106" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C106" s="0">
-        <x:v>17.5</x:v>
+        <x:v>15.02</x:v>
       </x:c>
       <x:c r="D106" s="0">
-        <x:v>56.752</x:v>
+        <x:v>54.694</x:v>
       </x:c>
       <x:c r="E106" s="0">
-        <x:v>69.21</x:v>
+        <x:v>66.7</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:5">
       <x:c r="A107" s="1">
-        <x:v>45856.8684143519</x:v>
+        <x:v>45894.8896412037</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C107" s="0">
-        <x:v>17.61</x:v>
+        <x:v>16.9</x:v>
       </x:c>
       <x:c r="D107" s="0">
-        <x:v>56.81</x:v>
+        <x:v>55.94</x:v>
       </x:c>
       <x:c r="E107" s="0">
-        <x:v>69.28</x:v>
+        <x:v>68.8</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:5">
       <x:c r="A108" s="1">
-        <x:v>45855.8661574074</x:v>
+        <x:v>45891.8697453704</x:v>
       </x:c>
       <x:c r="B108" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C108" s="0">
-        <x:v>17.92</x:v>
+        <x:v>15.68</x:v>
       </x:c>
       <x:c r="D108" s="0">
-        <x:v>57.006</x:v>
+        <x:v>55.539</x:v>
       </x:c>
       <x:c r="E108" s="0">
-        <x:v>69.52</x:v>
+        <x:v>67.73</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:5">
       <x:c r="A109" s="1">
-        <x:v>45854.8781365741</x:v>
+        <x:v>45890.8865972222</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C109" s="0">
-        <x:v>16.71</x:v>
+        <x:v>15.62</x:v>
       </x:c>
       <x:c r="D109" s="0">
-        <x:v>56.186</x:v>
+        <x:v>55.489</x:v>
       </x:c>
       <x:c r="E109" s="0">
-        <x:v>68.52</x:v>
+        <x:v>67.67</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:5">
       <x:c r="A110" s="1">
-        <x:v>45853.9071643519</x:v>
+        <x:v>45889.8690625</x:v>
       </x:c>
       <x:c r="B110" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C110" s="0">
-        <x:v>16.95</x:v>
+        <x:v>14.71</x:v>
       </x:c>
       <x:c r="D110" s="0">
-        <x:v>56.342</x:v>
+        <x:v>54.809</x:v>
       </x:c>
       <x:c r="E110" s="0">
-        <x:v>68.71</x:v>
+        <x:v>66.84</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:5">
       <x:c r="A111" s="1">
-        <x:v>45852.870787037</x:v>
+        <x:v>45888.8672569444</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C111" s="0">
-        <x:v>17.59</x:v>
+        <x:v>13.62</x:v>
       </x:c>
       <x:c r="D111" s="0">
-        <x:v>56.752</x:v>
+        <x:v>53.948</x:v>
       </x:c>
       <x:c r="E111" s="0">
-        <x:v>69.21</x:v>
+        <x:v>65.79</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:5">
       <x:c r="A112" s="1">
-        <x:v>45849.8680092593</x:v>
+        <x:v>45887.871412037</x:v>
       </x:c>
       <x:c r="B112" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C112" s="0">
-        <x:v>19.17</x:v>
+        <x:v>14.51</x:v>
       </x:c>
       <x:c r="D112" s="0">
-        <x:v>57.695</x:v>
+        <x:v>54.612</x:v>
       </x:c>
       <x:c r="E112" s="0">
-        <x:v>70.36</x:v>
+        <x:v>66.6</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:5">
       <x:c r="A113" s="1">
-        <x:v>45848.8850115741</x:v>
+        <x:v>45884.8646527778</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C113" s="0">
-        <x:v>17.04</x:v>
+        <x:v>13.74</x:v>
       </x:c>
       <x:c r="D113" s="0">
-        <x:v>56.285</x:v>
+        <x:v>53.997</x:v>
       </x:c>
       <x:c r="E113" s="0">
-        <x:v>68.64</x:v>
+        <x:v>65.85</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:5">
       <x:c r="A114" s="1">
-        <x:v>45847.8871180556</x:v>
+        <x:v>45883.8844212963</x:v>
       </x:c>
       <x:c r="B114" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C114" s="0">
-        <x:v>19.16</x:v>
+        <x:v>14.84</x:v>
       </x:c>
       <x:c r="D114" s="0">
-        <x:v>57.556</x:v>
+        <x:v>54.809</x:v>
       </x:c>
       <x:c r="E114" s="0">
-        <x:v>70.19</x:v>
+        <x:v>66.84</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:5">
       <x:c r="A115" s="1">
-        <x:v>45846.8687384259</x:v>
+        <x:v>45882.8657407407</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C115" s="0">
-        <x:v>19.12</x:v>
+        <x:v>13.59</x:v>
       </x:c>
       <x:c r="D115" s="0">
-        <x:v>57.523</x:v>
+        <x:v>53.817</x:v>
       </x:c>
       <x:c r="E115" s="0">
-        <x:v>70.15</x:v>
+        <x:v>65.63</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:5">
       <x:c r="A116" s="1">
-        <x:v>45845.8721875</x:v>
+        <x:v>45881.8655208333</x:v>
       </x:c>
       <x:c r="B116" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C116" s="0">
-        <x:v>18.37</x:v>
+        <x:v>14.12</x:v>
       </x:c>
       <x:c r="D116" s="0">
-        <x:v>57.056</x:v>
+        <x:v>54.218</x:v>
       </x:c>
       <x:c r="E116" s="0">
-        <x:v>69.58</x:v>
+        <x:v>66.12</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:5">
       <x:c r="A117" s="1">
-        <x:v>45842.8787731481</x:v>
+        <x:v>45880.8651851852</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C117" s="0">
-        <x:v>16.81</x:v>
+        <x:v>14.69</x:v>
       </x:c>
       <x:c r="D117" s="0">
-        <x:v>56.006</x:v>
+        <x:v>54.637</x:v>
       </x:c>
       <x:c r="E117" s="0">
-        <x:v>68.3</x:v>
+        <x:v>66.63</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:5">
       <x:c r="A118" s="1">
-        <x:v>45841.8698842593</x:v>
+        <x:v>45877.8672569444</x:v>
       </x:c>
       <x:c r="B118" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C118" s="0">
-        <x:v>17.45</x:v>
+        <x:v>14.66</x:v>
       </x:c>
       <x:c r="D118" s="0">
-        <x:v>56.416</x:v>
+        <x:v>54.604</x:v>
       </x:c>
       <x:c r="E118" s="0">
-        <x:v>68.8</x:v>
+        <x:v>66.59</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:5">
       <x:c r="A119" s="1">
-        <x:v>45840.8677199074</x:v>
+        <x:v>45876.8650347222</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C119" s="0">
-        <x:v>17.86</x:v>
+        <x:v>14.49</x:v>
       </x:c>
       <x:c r="D119" s="0">
-        <x:v>56.67</x:v>
+        <x:v>54.473</x:v>
       </x:c>
       <x:c r="E119" s="0">
-        <x:v>69.11</x:v>
+        <x:v>66.43</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:5">
       <x:c r="A120" s="1">
-        <x:v>45839.8662962963</x:v>
+        <x:v>45875.8676736111</x:v>
       </x:c>
       <x:c r="B120" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C120" s="0">
-        <x:v>15.55</x:v>
+        <x:v>15.01</x:v>
       </x:c>
       <x:c r="D120" s="0">
-        <x:v>55.03</x:v>
+        <x:v>54.85</x:v>
       </x:c>
       <x:c r="E120" s="0">
-        <x:v>67.11</x:v>
+        <x:v>66.89</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:5">
       <x:c r="A121" s="1">
-        <x:v>45838.8822222222</x:v>
+        <x:v>45874.8743171296</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C121" s="0">
-        <x:v>15.13</x:v>
+        <x:v>15.89</x:v>
       </x:c>
       <x:c r="D121" s="0">
-        <x:v>54.727</x:v>
+        <x:v>55.465</x:v>
       </x:c>
       <x:c r="E121" s="0">
-        <x:v>66.74</x:v>
+        <x:v>67.64</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:5">
       <x:c r="A122" s="1">
-        <x:v>45835.8668287037</x:v>
+        <x:v>45873.8649652778</x:v>
       </x:c>
       <x:c r="B122" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C122" s="0">
-        <x:v>15.21</x:v>
+        <x:v>17.31</x:v>
       </x:c>
       <x:c r="D122" s="0">
-        <x:v>54.776</x:v>
+        <x:v>56.383</x:v>
       </x:c>
       <x:c r="E122" s="0">
-        <x:v>66.8</x:v>
+        <x:v>68.76</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:5">
       <x:c r="A123" s="1">
-        <x:v>45834.870625</x:v>
+        <x:v>45870.8694675926</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C123" s="0">
-        <x:v>15.09</x:v>
+        <x:v>18.54</x:v>
       </x:c>
       <x:c r="D123" s="0">
-        <x:v>54.686</x:v>
+        <x:v>57.129</x:v>
       </x:c>
       <x:c r="E123" s="0">
-        <x:v>66.69</x:v>
+        <x:v>69.67</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:5">
       <x:c r="A124" s="1">
-        <x:v>45833.876400463</x:v>
+        <x:v>45869.8816782407</x:v>
       </x:c>
       <x:c r="B124" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C124" s="0">
-        <x:v>14.81</x:v>
+        <x:v>21.6</x:v>
       </x:c>
       <x:c r="D124" s="0">
-        <x:v>54.473</x:v>
+        <x:v>58.794</x:v>
       </x:c>
       <x:c r="E124" s="0">
-        <x:v>66.43</x:v>
+        <x:v>71.7</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:5">
       <x:c r="A125" s="1">
-        <x:v>45832.8693402778</x:v>
+        <x:v>45868.871087963</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C125" s="0">
-        <x:v>14.53</x:v>
+        <x:v>22.82</x:v>
       </x:c>
       <x:c r="D125" s="0">
-        <x:v>54.259</x:v>
+        <x:v>59.425</x:v>
       </x:c>
       <x:c r="E125" s="0">
-        <x:v>67.14</x:v>
+        <x:v>72.47</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:5">
       <x:c r="A126" s="1">
-        <x:v>45831.8740162037</x:v>
+        <x:v>45867.8666319444</x:v>
       </x:c>
       <x:c r="B126" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C126" s="0">
-        <x:v>20.87</x:v>
+        <x:v>21.63</x:v>
       </x:c>
       <x:c r="D126" s="0">
-        <x:v>58.614</x:v>
+        <x:v>58.778</x:v>
       </x:c>
       <x:c r="E126" s="0">
-        <x:v>71.48</x:v>
+        <x:v>71.68</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:5">
       <x:c r="A127" s="1">
-        <x:v>45828.8992708333</x:v>
+        <x:v>45866.8688194444</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C127" s="0">
-        <x:v>32.61</x:v>
+        <x:v>18.49</x:v>
       </x:c>
       <x:c r="D127" s="0">
-        <x:v>63.148</x:v>
+        <x:v>56.842</x:v>
       </x:c>
       <x:c r="E127" s="0">
-        <x:v>77.01</x:v>
+        <x:v>69.32</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:5">
       <x:c r="A128" s="1">
-        <x:v>45827.8081597222</x:v>
+        <x:v>45863.874537037</x:v>
       </x:c>
       <x:c r="B128" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C128" s="0">
-        <x:v>36.93</x:v>
+        <x:v>16.48</x:v>
       </x:c>
       <x:c r="D128" s="0">
-        <x:v>64.657</x:v>
+        <x:v>55.481</x:v>
       </x:c>
       <x:c r="E128" s="0">
-        <x:v>78.85</x:v>
+        <x:v>68.44</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:5">
       <x:c r="A129" s="1">
-        <x:v>45826.8721990741</x:v>
+        <x:v>45862.8678472222</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C129" s="0">
-        <x:v>32.4</x:v>
+        <x:v>17.42</x:v>
       </x:c>
       <x:c r="D129" s="0">
-        <x:v>62.894</x:v>
+        <x:v>56.728</x:v>
       </x:c>
       <x:c r="E129" s="0">
-        <x:v>76.7</x:v>
+        <x:v>69.18</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:5">
       <x:c r="A130" s="1">
-        <x:v>45825.8679513889</x:v>
+        <x:v>45861.8680092593</x:v>
       </x:c>
       <x:c r="B130" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C130" s="0">
-        <x:v>31.88</x:v>
+        <x:v>16.61</x:v>
       </x:c>
       <x:c r="D130" s="0">
-        <x:v>62.689</x:v>
+        <x:v>56.178</x:v>
       </x:c>
       <x:c r="E130" s="0">
-        <x:v>76.45</x:v>
+        <x:v>68.51</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:5">
       <x:c r="A131" s="1">
-        <x:v>45824.8671296296</x:v>
+        <x:v>45860.8818171296</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C131" s="0">
-        <x:v>26.14</x:v>
+        <x:v>16.72</x:v>
       </x:c>
       <x:c r="D131" s="0">
-        <x:v>60.049</x:v>
+        <x:v>56.244</x:v>
       </x:c>
       <x:c r="E131" s="0">
-        <x:v>73.23</x:v>
+        <x:v>68.59</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:5">
       <x:c r="A132" s="1">
-        <x:v>45821.8736342593</x:v>
+        <x:v>45859.8722800926</x:v>
       </x:c>
       <x:c r="B132" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C132" s="0">
-        <x:v>28.06</x:v>
+        <x:v>17.5</x:v>
       </x:c>
       <x:c r="D132" s="0">
-        <x:v>60.869</x:v>
+        <x:v>56.752</x:v>
       </x:c>
       <x:c r="E132" s="0">
-        <x:v>74.23</x:v>
+        <x:v>69.21</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:5">
       <x:c r="A133" s="1">
-        <x:v>45820.8712037037</x:v>
+        <x:v>45856.8684143519</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C133" s="0">
-        <x:v>20.77</x:v>
+        <x:v>17.61</x:v>
       </x:c>
       <x:c r="D133" s="0">
-        <x:v>56.875</x:v>
+        <x:v>56.81</x:v>
       </x:c>
       <x:c r="E133" s="0">
-        <x:v>69.36</x:v>
+        <x:v>69.28</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:5">
       <x:c r="A134" s="1">
-        <x:v>45819.8744212963</x:v>
+        <x:v>45855.8661574074</x:v>
       </x:c>
       <x:c r="B134" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C134" s="0">
-        <x:v>21.41</x:v>
+        <x:v>17.92</x:v>
       </x:c>
       <x:c r="D134" s="0">
-        <x:v>57.211</x:v>
+        <x:v>57.006</x:v>
       </x:c>
       <x:c r="E134" s="0">
-        <x:v>69.77</x:v>
+        <x:v>69.52</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:5">
       <x:c r="A135" s="1">
-        <x:v>45818.8662152778</x:v>
+        <x:v>45854.8781365741</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C135" s="0">
-        <x:v>17.6</x:v>
+        <x:v>16.71</x:v>
       </x:c>
       <x:c r="D135" s="0">
-        <x:v>54.833</x:v>
+        <x:v>56.186</x:v>
       </x:c>
       <x:c r="E135" s="0">
-        <x:v>66.87</x:v>
+        <x:v>68.52</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:5">
       <x:c r="A136" s="1">
-        <x:v>45817.8646527778</x:v>
+        <x:v>45853.9071643519</x:v>
       </x:c>
       <x:c r="B136" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C136" s="0">
-        <x:v>17.83</x:v>
+        <x:v>16.95</x:v>
       </x:c>
       <x:c r="D136" s="0">
-        <x:v>54.973</x:v>
+        <x:v>56.342</x:v>
       </x:c>
       <x:c r="E136" s="0">
-        <x:v>67.04</x:v>
+        <x:v>68.71</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:5">
       <x:c r="A137" s="1">
-        <x:v>45814.8664814815</x:v>
+        <x:v>45852.870787037</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C137" s="0">
-        <x:v>17.11</x:v>
+        <x:v>17.59</x:v>
       </x:c>
       <x:c r="D137" s="0">
-        <x:v>54.505</x:v>
+        <x:v>56.752</x:v>
       </x:c>
       <x:c r="E137" s="0">
-        <x:v>66.47</x:v>
+        <x:v>69.21</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:5">
       <x:c r="A138" s="1">
-        <x:v>45813.8698958333</x:v>
+        <x:v>45849.8680092593</x:v>
       </x:c>
       <x:c r="B138" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C138" s="0">
-        <x:v>15.75</x:v>
+        <x:v>19.17</x:v>
       </x:c>
       <x:c r="D138" s="0">
-        <x:v>53.579</x:v>
+        <x:v>57.695</x:v>
       </x:c>
       <x:c r="E138" s="0">
-        <x:v>65.34</x:v>
+        <x:v>70.36</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:5">
       <x:c r="A139" s="1">
-        <x:v>45812.8930902778</x:v>
+        <x:v>45848.8850115741</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C139" s="0">
-        <x:v>15.19</x:v>
+        <x:v>17.04</x:v>
       </x:c>
       <x:c r="D139" s="0">
-        <x:v>53.185</x:v>
+        <x:v>56.285</x:v>
       </x:c>
       <x:c r="E139" s="0">
-        <x:v>64.86</x:v>
+        <x:v>68.64</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:5">
       <x:c r="A140" s="1">
-        <x:v>45811.8941550926</x:v>
+        <x:v>45847.8871180556</x:v>
       </x:c>
       <x:c r="B140" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C140" s="0">
-        <x:v>16.15</x:v>
+        <x:v>19.16</x:v>
       </x:c>
       <x:c r="D140" s="0">
-        <x:v>53.817</x:v>
+        <x:v>57.556</x:v>
       </x:c>
       <x:c r="E140" s="0">
-        <x:v>65.63</x:v>
+        <x:v>70.19</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:5">
       <x:c r="A141" s="1">
-        <x:v>45811.8794328704</x:v>
+        <x:v>45846.8687384259</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C141" s="0">
-        <x:v>16.15</x:v>
+        <x:v>19.12</x:v>
       </x:c>
       <x:c r="D141" s="0">
-        <x:v>53.817</x:v>
+        <x:v>57.523</x:v>
       </x:c>
       <x:c r="E141" s="0">
-        <x:v>65.63</x:v>
+        <x:v>70.15</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:5">
       <x:c r="A142" s="1">
-        <x:v>45810.8809953704</x:v>
+        <x:v>45845.8721875</x:v>
       </x:c>
       <x:c r="B142" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C142" s="0">
-        <x:v>14.99</x:v>
+        <x:v>18.37</x:v>
       </x:c>
       <x:c r="D142" s="0">
-        <x:v>52.997</x:v>
+        <x:v>57.056</x:v>
       </x:c>
       <x:c r="E142" s="0">
-        <x:v>64.63</x:v>
+        <x:v>69.58</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:5">
       <x:c r="A143" s="1">
-        <x:v>45803.8697337963</x:v>
+        <x:v>45842.8787731481</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C143" s="0">
-        <x:v>14.63</x:v>
+        <x:v>16.81</x:v>
       </x:c>
       <x:c r="D143" s="0">
-        <x:v>52.578</x:v>
+        <x:v>56.006</x:v>
       </x:c>
       <x:c r="E143" s="0">
-        <x:v>64.74</x:v>
+        <x:v>68.3</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:5">
       <x:c r="A144" s="1">
-        <x:v>45800.8680902778</x:v>
+        <x:v>45841.8698842593</x:v>
       </x:c>
       <x:c r="B144" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C144" s="0">
-        <x:v>14.69</x:v>
+        <x:v>17.45</x:v>
       </x:c>
       <x:c r="D144" s="0">
-        <x:v>53.12</x:v>
+        <x:v>56.416</x:v>
       </x:c>
       <x:c r="E144" s="0">
-        <x:v>64.78</x:v>
+        <x:v>68.8</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:5">
       <x:c r="A145" s="1">
-        <x:v>45799.8682060185</x:v>
+        <x:v>45840.8677199074</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C145" s="0">
-        <x:v>14.31</x:v>
+        <x:v>17.86</x:v>
       </x:c>
       <x:c r="D145" s="0">
-        <x:v>52.841</x:v>
+        <x:v>56.67</x:v>
       </x:c>
       <x:c r="E145" s="0">
-        <x:v>64.44</x:v>
+        <x:v>69.11</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:5">
       <x:c r="A146" s="1">
-        <x:v>45798.8683101852</x:v>
+        <x:v>45839.8662962963</x:v>
       </x:c>
       <x:c r="B146" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C146" s="0">
-        <x:v>14.86</x:v>
+        <x:v>15.55</x:v>
       </x:c>
       <x:c r="D146" s="0">
-        <x:v>53.226</x:v>
+        <x:v>55.03</x:v>
       </x:c>
       <x:c r="E146" s="0">
-        <x:v>64.91</x:v>
+        <x:v>67.11</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:5">
       <x:c r="A147" s="1">
-        <x:v>45797.8661458333</x:v>
+        <x:v>45838.8822222222</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C147" s="0">
-        <x:v>15.41</x:v>
+        <x:v>15.13</x:v>
       </x:c>
       <x:c r="D147" s="0">
-        <x:v>53.612</x:v>
+        <x:v>54.727</x:v>
       </x:c>
       <x:c r="E147" s="0">
-        <x:v>65.38</x:v>
+        <x:v>66.74</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:5">
       <x:c r="A148" s="1">
-        <x:v>45796.8686342593</x:v>
+        <x:v>45835.8668287037</x:v>
       </x:c>
       <x:c r="B148" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C148" s="0">
-        <x:v>15.61</x:v>
+        <x:v>15.21</x:v>
       </x:c>
       <x:c r="D148" s="0">
-        <x:v>53.743</x:v>
+        <x:v>54.776</x:v>
       </x:c>
       <x:c r="E148" s="0">
-        <x:v>65.54</x:v>
+        <x:v>66.8</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:5">
       <x:c r="A149" s="1">
-        <x:v>45793.8666203704</x:v>
+        <x:v>45834.870625</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C149" s="0">
-        <x:v>15.47</x:v>
+        <x:v>15.09</x:v>
       </x:c>
       <x:c r="D149" s="0">
-        <x:v>53.636</x:v>
+        <x:v>54.686</x:v>
       </x:c>
       <x:c r="E149" s="0">
-        <x:v>65.41</x:v>
+        <x:v>66.69</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:5">
       <x:c r="A150" s="1">
-        <x:v>45792.8773148148</x:v>
+        <x:v>45833.876400463</x:v>
       </x:c>
       <x:c r="B150" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C150" s="0">
-        <x:v>14.49</x:v>
+        <x:v>14.81</x:v>
       </x:c>
       <x:c r="D150" s="0">
-        <x:v>52.915</x:v>
+        <x:v>54.473</x:v>
       </x:c>
       <x:c r="E150" s="0">
-        <x:v>64.53</x:v>
+        <x:v>66.43</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:5">
       <x:c r="A151" s="1">
-        <x:v>45791.873275463</x:v>
+        <x:v>45832.8693402778</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C151" s="0">
-        <x:v>16.43</x:v>
+        <x:v>14.53</x:v>
       </x:c>
       <x:c r="D151" s="0">
-        <x:v>54.194</x:v>
+        <x:v>54.259</x:v>
       </x:c>
       <x:c r="E151" s="0">
-        <x:v>66.09</x:v>
+        <x:v>67.14</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:5">
       <x:c r="A152" s="1">
-        <x:v>45790.8660416667</x:v>
+        <x:v>45831.8740162037</x:v>
       </x:c>
       <x:c r="B152" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C152" s="0">
-        <x:v>17.13</x:v>
+        <x:v>20.87</x:v>
       </x:c>
       <x:c r="D152" s="0">
-        <x:v>54.637</x:v>
+        <x:v>58.614</x:v>
       </x:c>
       <x:c r="E152" s="0">
-        <x:v>66.63</x:v>
+        <x:v>71.48</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:5">
       <x:c r="A153" s="1">
-        <x:v>45789.8773611111</x:v>
+        <x:v>45828.8992708333</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C153" s="0">
-        <x:v>15.18</x:v>
+        <x:v>32.61</x:v>
       </x:c>
       <x:c r="D153" s="0">
-        <x:v>53.267</x:v>
+        <x:v>63.148</x:v>
       </x:c>
       <x:c r="E153" s="0">
-        <x:v>64.96</x:v>
+        <x:v>77.01</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:5">
       <x:c r="A154" s="1">
-        <x:v>45786.8726157407</x:v>
+        <x:v>45827.8081597222</x:v>
       </x:c>
       <x:c r="B154" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C154" s="0">
-        <x:v>14.04</x:v>
+        <x:v>36.93</x:v>
       </x:c>
       <x:c r="D154" s="0">
-        <x:v>52.406</x:v>
+        <x:v>64.657</x:v>
       </x:c>
       <x:c r="E154" s="0">
-        <x:v>63.91</x:v>
+        <x:v>78.85</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:5">
       <x:c r="A155" s="1">
-        <x:v>45785.8808333333</x:v>
+        <x:v>45826.8721990741</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C155" s="0">
-        <x:v>12.94</x:v>
+        <x:v>32.4</x:v>
       </x:c>
       <x:c r="D155" s="0">
-        <x:v>51.529</x:v>
+        <x:v>62.894</x:v>
       </x:c>
       <x:c r="E155" s="0">
-        <x:v>62.84</x:v>
+        <x:v>76.7</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:5">
       <x:c r="A156" s="1">
+        <x:v>45825.8679513889</x:v>
+      </x:c>
+      <x:c r="B156" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C156" s="0">
+        <x:v>31.88</x:v>
+      </x:c>
+      <x:c r="D156" s="0">
+        <x:v>62.689</x:v>
+      </x:c>
+      <x:c r="E156" s="0">
+        <x:v>76.45</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="157" spans="1:5">
+      <x:c r="A157" s="1">
+        <x:v>45824.8671296296</x:v>
+      </x:c>
+      <x:c r="B157" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C157" s="0">
+        <x:v>26.14</x:v>
+      </x:c>
+      <x:c r="D157" s="0">
+        <x:v>60.049</x:v>
+      </x:c>
+      <x:c r="E157" s="0">
+        <x:v>73.23</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="158" spans="1:5">
+      <x:c r="A158" s="1">
+        <x:v>45821.8736342593</x:v>
+      </x:c>
+      <x:c r="B158" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C158" s="0">
+        <x:v>28.06</x:v>
+      </x:c>
+      <x:c r="D158" s="0">
+        <x:v>60.869</x:v>
+      </x:c>
+      <x:c r="E158" s="0">
+        <x:v>74.23</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="159" spans="1:5">
+      <x:c r="A159" s="1">
+        <x:v>45820.8712037037</x:v>
+      </x:c>
+      <x:c r="B159" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C159" s="0">
+        <x:v>20.77</x:v>
+      </x:c>
+      <x:c r="D159" s="0">
+        <x:v>56.875</x:v>
+      </x:c>
+      <x:c r="E159" s="0">
+        <x:v>69.36</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="160" spans="1:5">
+      <x:c r="A160" s="1">
+        <x:v>45819.8744212963</x:v>
+      </x:c>
+      <x:c r="B160" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C160" s="0">
+        <x:v>21.41</x:v>
+      </x:c>
+      <x:c r="D160" s="0">
+        <x:v>57.211</x:v>
+      </x:c>
+      <x:c r="E160" s="0">
+        <x:v>69.77</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="161" spans="1:5">
+      <x:c r="A161" s="1">
+        <x:v>45818.8662152778</x:v>
+      </x:c>
+      <x:c r="B161" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C161" s="0">
+        <x:v>17.6</x:v>
+      </x:c>
+      <x:c r="D161" s="0">
+        <x:v>54.833</x:v>
+      </x:c>
+      <x:c r="E161" s="0">
+        <x:v>66.87</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="162" spans="1:5">
+      <x:c r="A162" s="1">
+        <x:v>45817.8646527778</x:v>
+      </x:c>
+      <x:c r="B162" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C162" s="0">
+        <x:v>17.83</x:v>
+      </x:c>
+      <x:c r="D162" s="0">
+        <x:v>54.973</x:v>
+      </x:c>
+      <x:c r="E162" s="0">
+        <x:v>67.04</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="163" spans="1:5">
+      <x:c r="A163" s="1">
+        <x:v>45814.8664814815</x:v>
+      </x:c>
+      <x:c r="B163" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C163" s="0">
+        <x:v>17.11</x:v>
+      </x:c>
+      <x:c r="D163" s="0">
+        <x:v>54.505</x:v>
+      </x:c>
+      <x:c r="E163" s="0">
+        <x:v>66.47</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="164" spans="1:5">
+      <x:c r="A164" s="1">
+        <x:v>45813.8698958333</x:v>
+      </x:c>
+      <x:c r="B164" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C164" s="0">
+        <x:v>15.75</x:v>
+      </x:c>
+      <x:c r="D164" s="0">
+        <x:v>53.579</x:v>
+      </x:c>
+      <x:c r="E164" s="0">
+        <x:v>65.34</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="165" spans="1:5">
+      <x:c r="A165" s="1">
+        <x:v>45812.8930902778</x:v>
+      </x:c>
+      <x:c r="B165" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C165" s="0">
+        <x:v>15.19</x:v>
+      </x:c>
+      <x:c r="D165" s="0">
+        <x:v>53.185</x:v>
+      </x:c>
+      <x:c r="E165" s="0">
+        <x:v>64.86</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="166" spans="1:5">
+      <x:c r="A166" s="1">
+        <x:v>45811.8941550926</x:v>
+      </x:c>
+      <x:c r="B166" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C166" s="0">
+        <x:v>16.15</x:v>
+      </x:c>
+      <x:c r="D166" s="0">
+        <x:v>53.817</x:v>
+      </x:c>
+      <x:c r="E166" s="0">
+        <x:v>65.63</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="167" spans="1:5">
+      <x:c r="A167" s="1">
+        <x:v>45811.8794328704</x:v>
+      </x:c>
+      <x:c r="B167" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C167" s="0">
+        <x:v>16.15</x:v>
+      </x:c>
+      <x:c r="D167" s="0">
+        <x:v>53.817</x:v>
+      </x:c>
+      <x:c r="E167" s="0">
+        <x:v>65.63</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="168" spans="1:5">
+      <x:c r="A168" s="1">
+        <x:v>45810.8809953704</x:v>
+      </x:c>
+      <x:c r="B168" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C168" s="0">
+        <x:v>14.99</x:v>
+      </x:c>
+      <x:c r="D168" s="0">
+        <x:v>52.997</x:v>
+      </x:c>
+      <x:c r="E168" s="0">
+        <x:v>64.63</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="169" spans="1:5">
+      <x:c r="A169" s="1">
+        <x:v>45803.8697337963</x:v>
+      </x:c>
+      <x:c r="B169" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C169" s="0">
+        <x:v>14.63</x:v>
+      </x:c>
+      <x:c r="D169" s="0">
+        <x:v>52.578</x:v>
+      </x:c>
+      <x:c r="E169" s="0">
+        <x:v>64.74</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="170" spans="1:5">
+      <x:c r="A170" s="1">
+        <x:v>45800.8680902778</x:v>
+      </x:c>
+      <x:c r="B170" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C170" s="0">
+        <x:v>14.69</x:v>
+      </x:c>
+      <x:c r="D170" s="0">
+        <x:v>53.12</x:v>
+      </x:c>
+      <x:c r="E170" s="0">
+        <x:v>64.78</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="171" spans="1:5">
+      <x:c r="A171" s="1">
+        <x:v>45799.8682060185</x:v>
+      </x:c>
+      <x:c r="B171" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C171" s="0">
+        <x:v>14.31</x:v>
+      </x:c>
+      <x:c r="D171" s="0">
+        <x:v>52.841</x:v>
+      </x:c>
+      <x:c r="E171" s="0">
+        <x:v>64.44</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="172" spans="1:5">
+      <x:c r="A172" s="1">
+        <x:v>45798.8683101852</x:v>
+      </x:c>
+      <x:c r="B172" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C172" s="0">
+        <x:v>14.86</x:v>
+      </x:c>
+      <x:c r="D172" s="0">
+        <x:v>53.226</x:v>
+      </x:c>
+      <x:c r="E172" s="0">
+        <x:v>64.91</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="173" spans="1:5">
+      <x:c r="A173" s="1">
+        <x:v>45797.8661458333</x:v>
+      </x:c>
+      <x:c r="B173" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C173" s="0">
+        <x:v>15.41</x:v>
+      </x:c>
+      <x:c r="D173" s="0">
+        <x:v>53.612</x:v>
+      </x:c>
+      <x:c r="E173" s="0">
+        <x:v>65.38</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="174" spans="1:5">
+      <x:c r="A174" s="1">
+        <x:v>45796.8686342593</x:v>
+      </x:c>
+      <x:c r="B174" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C174" s="0">
+        <x:v>15.61</x:v>
+      </x:c>
+      <x:c r="D174" s="0">
+        <x:v>53.743</x:v>
+      </x:c>
+      <x:c r="E174" s="0">
+        <x:v>65.54</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="175" spans="1:5">
+      <x:c r="A175" s="1">
+        <x:v>45793.8666203704</x:v>
+      </x:c>
+      <x:c r="B175" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C175" s="0">
+        <x:v>15.47</x:v>
+      </x:c>
+      <x:c r="D175" s="0">
+        <x:v>53.636</x:v>
+      </x:c>
+      <x:c r="E175" s="0">
+        <x:v>65.41</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="176" spans="1:5">
+      <x:c r="A176" s="1">
+        <x:v>45792.8773148148</x:v>
+      </x:c>
+      <x:c r="B176" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C176" s="0">
+        <x:v>14.49</x:v>
+      </x:c>
+      <x:c r="D176" s="0">
+        <x:v>52.915</x:v>
+      </x:c>
+      <x:c r="E176" s="0">
+        <x:v>64.53</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="177" spans="1:5">
+      <x:c r="A177" s="1">
+        <x:v>45791.873275463</x:v>
+      </x:c>
+      <x:c r="B177" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C177" s="0">
+        <x:v>16.43</x:v>
+      </x:c>
+      <x:c r="D177" s="0">
+        <x:v>54.194</x:v>
+      </x:c>
+      <x:c r="E177" s="0">
+        <x:v>66.09</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="178" spans="1:5">
+      <x:c r="A178" s="1">
+        <x:v>45790.8660416667</x:v>
+      </x:c>
+      <x:c r="B178" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C178" s="0">
+        <x:v>17.13</x:v>
+      </x:c>
+      <x:c r="D178" s="0">
+        <x:v>54.637</x:v>
+      </x:c>
+      <x:c r="E178" s="0">
+        <x:v>66.63</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="179" spans="1:5">
+      <x:c r="A179" s="1">
+        <x:v>45789.8773611111</x:v>
+      </x:c>
+      <x:c r="B179" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C179" s="0">
+        <x:v>15.18</x:v>
+      </x:c>
+      <x:c r="D179" s="0">
+        <x:v>53.267</x:v>
+      </x:c>
+      <x:c r="E179" s="0">
+        <x:v>64.96</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="180" spans="1:5">
+      <x:c r="A180" s="1">
+        <x:v>45786.8726157407</x:v>
+      </x:c>
+      <x:c r="B180" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C180" s="0">
+        <x:v>14.04</x:v>
+      </x:c>
+      <x:c r="D180" s="0">
+        <x:v>52.406</x:v>
+      </x:c>
+      <x:c r="E180" s="0">
+        <x:v>63.91</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="181" spans="1:5">
+      <x:c r="A181" s="1">
+        <x:v>45785.8808333333</x:v>
+      </x:c>
+      <x:c r="B181" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C181" s="0">
+        <x:v>12.94</x:v>
+      </x:c>
+      <x:c r="D181" s="0">
+        <x:v>51.529</x:v>
+      </x:c>
+      <x:c r="E181" s="0">
+        <x:v>62.84</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="182" spans="1:5">
+      <x:c r="A182" s="1">
         <x:v>45784.8969560185</x:v>
       </x:c>
-      <x:c r="B156" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C156" s="0">
+      <x:c r="B182" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C182" s="0">
         <x:v>11.35</x:v>
       </x:c>
-      <x:c r="D156" s="0">
+      <x:c r="D182" s="0">
         <x:v>50.118</x:v>
       </x:c>
-      <x:c r="E156" s="0">
+      <x:c r="E182" s="0">
         <x:v>61.12</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>