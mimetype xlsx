--- v2 (2026-01-27)
+++ v3 (2026-02-18)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd3040f4ad12c4706" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1ec293128a1d46938b9f9052062bb30a.psmdcp" Id="R64413a7bea4440d2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R243703171f594504" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/aa7d2c9adc0d4eb9b66a215489c5a480.psmdcp" Id="R64403295b109409a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>DE000BB3NWL3</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -390,3140 +390,3412 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E182"/>
+  <x:dimension ref="A1:E198"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>46048.8665277778</x:v>
+        <x:v>46070.868275463</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
-        <x:v>12.56</x:v>
+        <x:v>14.1</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>53.111</x:v>
+        <x:v>55.284</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>65.59</x:v>
+        <x:v>67.42</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>46045.8844907407</x:v>
+        <x:v>46069.8683101852</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
-        <x:v>12.85</x:v>
+        <x:v>15.49</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>54.022</x:v>
+        <x:v>56.293</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>65.88</x:v>
+        <x:v>68.65</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>46044.8797916667</x:v>
+        <x:v>46066.8643981482</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
-        <x:v>11.26</x:v>
+        <x:v>14.54</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>52.529</x:v>
+        <x:v>55.555</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>64.06</x:v>
+        <x:v>67.75</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>46043.8692476852</x:v>
+        <x:v>46065.8715972222</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
-        <x:v>12.38</x:v>
+        <x:v>14.3</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>53.497</x:v>
+        <x:v>55.366</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>65.24</x:v>
+        <x:v>67.52</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>46042.8824189815</x:v>
+        <x:v>46064.9031597222</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
-        <x:v>12.09</x:v>
+        <x:v>16.55</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>53.234</x:v>
+        <x:v>56.908</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>64.92</x:v>
+        <x:v>69.4</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>46041.8777430556</x:v>
+        <x:v>46063.9000578704</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
-        <x:v>11.23</x:v>
+        <x:v>15.86</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>52.431</x:v>
+        <x:v>56.416</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>63.94</x:v>
+        <x:v>68.8</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>46038.8784722222</x:v>
+        <x:v>46062.9109722222</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
-        <x:v>11.41</x:v>
+        <x:v>16.15</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>52.587</x:v>
+        <x:v>56.613</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>64.13</x:v>
+        <x:v>69.04</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>46037.8783217593</x:v>
+        <x:v>46059.8747800926</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
-        <x:v>11.09</x:v>
+        <x:v>15.07</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>52.283</x:v>
+        <x:v>55.801</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>63.76</x:v>
+        <x:v>68.05</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>46036.8717939815</x:v>
+        <x:v>46058.868287037</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
-        <x:v>14</x:v>
+        <x:v>14.53</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>54.546</x:v>
+        <x:v>55.391</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>66.52</x:v>
+        <x:v>67.55</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>46035.867662037</x:v>
+        <x:v>46057.9239236111</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C12" s="0">
-        <x:v>12.97</x:v>
+        <x:v>16.86</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>53.685</x:v>
+        <x:v>56.957</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>65.47</x:v>
+        <x:v>69.46</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>46034.8687268519</x:v>
+        <x:v>46056.9108333333</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0">
-        <x:v>11.53</x:v>
+        <x:v>14.56</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>52.373</x:v>
+        <x:v>55.211</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>63.87</x:v>
+        <x:v>67.33</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>46031.8690162037</x:v>
+        <x:v>46055.8725694444</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C14" s="0">
-        <x:v>11.07</x:v>
+        <x:v>13.51</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>51.939</x:v>
+        <x:v>54.366</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>63.34</x:v>
+        <x:v>66.3</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>46030.8658449074</x:v>
+        <x:v>46052.8665740741</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
-        <x:v>9.99</x:v>
+        <x:v>17.3</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>50.832</x:v>
+        <x:v>56.842</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>61.99</x:v>
+        <x:v>69.32</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>46029.8657986111</x:v>
+        <x:v>46051.8644444444</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C16" s="0">
-        <x:v>8.54</x:v>
+        <x:v>17.65</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>49.167</x:v>
+        <x:v>57.064</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>59.96</x:v>
+        <x:v>69.59</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>46028.8721180556</x:v>
+        <x:v>46050.8643518519</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C17" s="0">
-        <x:v>9.1</x:v>
+        <x:v>15.15</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>49.774</x:v>
+        <x:v>55.243</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>60.7</x:v>
+        <x:v>67.37</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>46027.8692939815</x:v>
+        <x:v>46049.8665162037</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="0">
-        <x:v>9.96</x:v>
+        <x:v>14.32</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>50.643</x:v>
+        <x:v>54.604</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>61.76</x:v>
+        <x:v>66.59</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>46024.8692708333</x:v>
+        <x:v>46048.8665277778</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C19" s="0">
-        <x:v>9.2</x:v>
+        <x:v>12.56</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>49.815</x:v>
+        <x:v>53.111</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>60.75</x:v>
+        <x:v>65.59</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
-        <x:v>46021.8699305556</x:v>
+        <x:v>46045.8844907407</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C20" s="0">
-        <x:v>9.67</x:v>
+        <x:v>12.85</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>50.291</x:v>
+        <x:v>54.022</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>61.33</x:v>
+        <x:v>65.88</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="1">
-        <x:v>46020.8706712963</x:v>
+        <x:v>46044.8797916667</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C21" s="0">
-        <x:v>9.8</x:v>
+        <x:v>11.26</x:v>
       </x:c>
       <x:c r="D21" s="0">
-        <x:v>50.422</x:v>
+        <x:v>52.529</x:v>
       </x:c>
       <x:c r="E21" s="0">
-        <x:v>61.49</x:v>
+        <x:v>64.06</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="1">
-        <x:v>46014.8820023148</x:v>
+        <x:v>46043.8692476852</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C22" s="0">
-        <x:v>10.13</x:v>
+        <x:v>12.38</x:v>
       </x:c>
       <x:c r="D22" s="0">
-        <x:v>50.733</x:v>
+        <x:v>53.497</x:v>
       </x:c>
       <x:c r="E22" s="0">
-        <x:v>62.38</x:v>
+        <x:v>65.24</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="1">
-        <x:v>46013.8651851852</x:v>
+        <x:v>46042.8824189815</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C23" s="0">
-        <x:v>9.89</x:v>
+        <x:v>12.09</x:v>
       </x:c>
       <x:c r="D23" s="0">
-        <x:v>50.897</x:v>
+        <x:v>53.234</x:v>
       </x:c>
       <x:c r="E23" s="0">
-        <x:v>62.07</x:v>
+        <x:v>64.92</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="1">
-        <x:v>46010.8689930556</x:v>
+        <x:v>46041.8777430556</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C24" s="0">
-        <x:v>8.74</x:v>
+        <x:v>11.23</x:v>
       </x:c>
       <x:c r="D24" s="0">
-        <x:v>49.585</x:v>
+        <x:v>52.431</x:v>
       </x:c>
       <x:c r="E24" s="0">
-        <x:v>60.47</x:v>
+        <x:v>63.94</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="1">
-        <x:v>46009.8651736111</x:v>
+        <x:v>46038.8784722222</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C25" s="0">
-        <x:v>8.29</x:v>
+        <x:v>11.41</x:v>
       </x:c>
       <x:c r="D25" s="0">
-        <x:v>49.052</x:v>
+        <x:v>52.587</x:v>
       </x:c>
       <x:c r="E25" s="0">
-        <x:v>59.82</x:v>
+        <x:v>64.13</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="1">
-        <x:v>46008.8712847222</x:v>
+        <x:v>46037.8783217593</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C26" s="0">
-        <x:v>8.2</x:v>
+        <x:v>11.09</x:v>
       </x:c>
       <x:c r="D26" s="0">
-        <x:v>48.938</x:v>
+        <x:v>52.283</x:v>
       </x:c>
       <x:c r="E26" s="0">
-        <x:v>59.68</x:v>
+        <x:v>63.76</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="1">
-        <x:v>46007.8682060185</x:v>
+        <x:v>46036.8717939815</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C27" s="0">
-        <x:v>7.7</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D27" s="0">
-        <x:v>48.314</x:v>
+        <x:v>54.546</x:v>
       </x:c>
       <x:c r="E27" s="0">
-        <x:v>58.92</x:v>
+        <x:v>66.52</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="1">
-        <x:v>46006.8661342593</x:v>
+        <x:v>46035.867662037</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C28" s="0">
-        <x:v>8.91</x:v>
+        <x:v>12.97</x:v>
       </x:c>
       <x:c r="D28" s="0">
-        <x:v>49.659</x:v>
+        <x:v>53.685</x:v>
       </x:c>
       <x:c r="E28" s="0">
-        <x:v>60.56</x:v>
+        <x:v>65.47</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="1">
-        <x:v>46003.8692708333</x:v>
+        <x:v>46034.8687268519</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C29" s="0">
-        <x:v>9.35</x:v>
+        <x:v>11.53</x:v>
       </x:c>
       <x:c r="D29" s="0">
-        <x:v>50.118</x:v>
+        <x:v>52.373</x:v>
       </x:c>
       <x:c r="E29" s="0">
-        <x:v>61.12</x:v>
+        <x:v>63.87</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="1">
-        <x:v>46002.8718865741</x:v>
+        <x:v>46031.8690162037</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C30" s="0">
-        <x:v>9.48</x:v>
+        <x:v>11.07</x:v>
       </x:c>
       <x:c r="D30" s="0">
-        <x:v>50.25</x:v>
+        <x:v>51.939</x:v>
       </x:c>
       <x:c r="E30" s="0">
-        <x:v>61.28</x:v>
+        <x:v>63.34</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="1">
-        <x:v>46001.8659953704</x:v>
+        <x:v>46030.8658449074</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C31" s="0">
-        <x:v>10.25</x:v>
+        <x:v>9.99</x:v>
       </x:c>
       <x:c r="D31" s="0">
-        <x:v>51.012</x:v>
+        <x:v>50.832</x:v>
       </x:c>
       <x:c r="E31" s="0">
-        <x:v>62.21</x:v>
+        <x:v>61.99</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="1">
-        <x:v>46000.8892013889</x:v>
+        <x:v>46029.8657986111</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C32" s="0">
-        <x:v>10.03</x:v>
+        <x:v>8.54</x:v>
       </x:c>
       <x:c r="D32" s="0">
-        <x:v>50.791</x:v>
+        <x:v>49.167</x:v>
       </x:c>
       <x:c r="E32" s="0">
-        <x:v>61.94</x:v>
+        <x:v>59.96</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="1">
-        <x:v>45999.8773842593</x:v>
+        <x:v>46028.8721180556</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C33" s="0">
-        <x:v>10.5</x:v>
+        <x:v>9.1</x:v>
       </x:c>
       <x:c r="D33" s="0">
-        <x:v>51.242</x:v>
+        <x:v>49.774</x:v>
       </x:c>
       <x:c r="E33" s="0">
-        <x:v>62.49</x:v>
+        <x:v>60.7</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="1">
-        <x:v>45996.8718518519</x:v>
+        <x:v>46027.8692939815</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C34" s="0">
-        <x:v>11.66</x:v>
+        <x:v>9.96</x:v>
       </x:c>
       <x:c r="D34" s="0">
-        <x:v>52.275</x:v>
+        <x:v>50.643</x:v>
       </x:c>
       <x:c r="E34" s="0">
-        <x:v>63.75</x:v>
+        <x:v>61.76</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="1">
-        <x:v>45995.8729513889</x:v>
+        <x:v>46024.8692708333</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C35" s="0">
-        <x:v>11.23</x:v>
+        <x:v>9.2</x:v>
       </x:c>
       <x:c r="D35" s="0">
-        <x:v>51.873</x:v>
+        <x:v>49.815</x:v>
       </x:c>
       <x:c r="E35" s="0">
-        <x:v>63.26</x:v>
+        <x:v>60.75</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="1">
-        <x:v>45994.8669560185</x:v>
+        <x:v>46021.8699305556</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C36" s="0">
-        <x:v>10.73</x:v>
+        <x:v>9.67</x:v>
       </x:c>
       <x:c r="D36" s="0">
-        <x:v>51.389</x:v>
+        <x:v>50.291</x:v>
       </x:c>
       <x:c r="E36" s="0">
-        <x:v>62.67</x:v>
+        <x:v>61.33</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="1">
-        <x:v>45993.8696296296</x:v>
+        <x:v>46020.8706712963</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C37" s="0">
-        <x:v>10.54</x:v>
+        <x:v>9.8</x:v>
       </x:c>
       <x:c r="D37" s="0">
-        <x:v>51.209</x:v>
+        <x:v>50.422</x:v>
       </x:c>
       <x:c r="E37" s="0">
-        <x:v>62.45</x:v>
+        <x:v>61.49</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="1">
-        <x:v>45992.8654976852</x:v>
+        <x:v>46014.8820023148</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C38" s="0">
-        <x:v>11.18</x:v>
+        <x:v>10.13</x:v>
       </x:c>
       <x:c r="D38" s="0">
-        <x:v>51.799</x:v>
+        <x:v>50.733</x:v>
       </x:c>
       <x:c r="E38" s="0">
-        <x:v>63.17</x:v>
+        <x:v>62.38</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="1">
-        <x:v>45989.8774074074</x:v>
+        <x:v>46013.8651851852</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C39" s="0">
-        <x:v>10.53</x:v>
+        <x:v>9.89</x:v>
       </x:c>
       <x:c r="D39" s="0">
-        <x:v>51.152</x:v>
+        <x:v>50.897</x:v>
       </x:c>
       <x:c r="E39" s="0">
-        <x:v>62.38</x:v>
+        <x:v>62.07</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="1">
-        <x:v>45988.8776273148</x:v>
+        <x:v>46010.8689930556</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C40" s="0">
-        <x:v>10.96</x:v>
+        <x:v>8.74</x:v>
       </x:c>
       <x:c r="D40" s="0">
-        <x:v>51.553</x:v>
+        <x:v>49.585</x:v>
       </x:c>
       <x:c r="E40" s="0">
-        <x:v>62.87</x:v>
+        <x:v>60.47</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="1">
-        <x:v>45987.8775694444</x:v>
+        <x:v>46009.8651736111</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C41" s="0">
-        <x:v>10.68</x:v>
+        <x:v>8.29</x:v>
       </x:c>
       <x:c r="D41" s="0">
-        <x:v>51.283</x:v>
+        <x:v>49.052</x:v>
       </x:c>
       <x:c r="E41" s="0">
-        <x:v>62.54</x:v>
+        <x:v>59.82</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="1">
-        <x:v>45986.8743865741</x:v>
+        <x:v>46008.8712847222</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C42" s="0">
-        <x:v>10.08</x:v>
+        <x:v>8.2</x:v>
       </x:c>
       <x:c r="D42" s="0">
-        <x:v>50.676</x:v>
+        <x:v>48.938</x:v>
       </x:c>
       <x:c r="E42" s="0">
-        <x:v>61.8</x:v>
+        <x:v>59.68</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="1">
-        <x:v>45985.8708796296</x:v>
+        <x:v>46007.8682060185</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C43" s="0">
-        <x:v>10.88</x:v>
+        <x:v>7.7</x:v>
       </x:c>
       <x:c r="D43" s="0">
-        <x:v>51.43</x:v>
+        <x:v>48.314</x:v>
       </x:c>
       <x:c r="E43" s="0">
-        <x:v>63.37</x:v>
+        <x:v>58.92</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="1">
-        <x:v>45982.8679050926</x:v>
+        <x:v>46006.8661342593</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C44" s="0">
-        <x:v>10.23</x:v>
+        <x:v>8.91</x:v>
       </x:c>
       <x:c r="D44" s="0">
-        <x:v>51.299</x:v>
+        <x:v>49.659</x:v>
       </x:c>
       <x:c r="E44" s="0">
-        <x:v>62.56</x:v>
+        <x:v>60.56</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="1">
-        <x:v>45981.867650463</x:v>
+        <x:v>46003.8692708333</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C45" s="0">
-        <x:v>10.94</x:v>
+        <x:v>9.35</x:v>
       </x:c>
       <x:c r="D45" s="0">
-        <x:v>51.972</x:v>
+        <x:v>50.118</x:v>
       </x:c>
       <x:c r="E45" s="0">
-        <x:v>63.38</x:v>
+        <x:v>61.12</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="1">
-        <x:v>45980.8667013889</x:v>
+        <x:v>46002.8718865741</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C46" s="0">
-        <x:v>11.05</x:v>
+        <x:v>9.48</x:v>
       </x:c>
       <x:c r="D46" s="0">
-        <x:v>52.078</x:v>
+        <x:v>50.25</x:v>
       </x:c>
       <x:c r="E46" s="0">
-        <x:v>63.51</x:v>
+        <x:v>61.28</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="1">
-        <x:v>45979.8891898148</x:v>
+        <x:v>46001.8659953704</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C47" s="0">
-        <x:v>12.37</x:v>
+        <x:v>10.25</x:v>
       </x:c>
       <x:c r="D47" s="0">
-        <x:v>53.21</x:v>
+        <x:v>51.012</x:v>
       </x:c>
       <x:c r="E47" s="0">
-        <x:v>64.89</x:v>
+        <x:v>62.21</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5">
       <x:c r="A48" s="1">
-        <x:v>45978.8654861111</x:v>
+        <x:v>46000.8892013889</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C48" s="0">
-        <x:v>11.75</x:v>
+        <x:v>10.03</x:v>
       </x:c>
       <x:c r="D48" s="0">
-        <x:v>52.644</x:v>
+        <x:v>50.791</x:v>
       </x:c>
       <x:c r="E48" s="0">
-        <x:v>64.2</x:v>
+        <x:v>61.94</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
       <x:c r="A49" s="1">
-        <x:v>45975.86875</x:v>
+        <x:v>45999.8773842593</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C49" s="0">
-        <x:v>11.93</x:v>
+        <x:v>10.5</x:v>
       </x:c>
       <x:c r="D49" s="0">
-        <x:v>52.8</x:v>
+        <x:v>51.242</x:v>
       </x:c>
       <x:c r="E49" s="0">
-        <x:v>64.39</x:v>
+        <x:v>62.49</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5">
       <x:c r="A50" s="1">
-        <x:v>45974.8920717593</x:v>
+        <x:v>45996.8718518519</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C50" s="0">
-        <x:v>10.76</x:v>
+        <x:v>11.66</x:v>
       </x:c>
       <x:c r="D50" s="0">
-        <x:v>51.668</x:v>
+        <x:v>52.275</x:v>
       </x:c>
       <x:c r="E50" s="0">
-        <x:v>63.01</x:v>
+        <x:v>63.75</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5">
       <x:c r="A51" s="1">
-        <x:v>45972.8743865741</x:v>
+        <x:v>45995.8729513889</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C51" s="0">
-        <x:v>12.95</x:v>
+        <x:v>11.23</x:v>
       </x:c>
       <x:c r="D51" s="0">
-        <x:v>53.431</x:v>
+        <x:v>51.873</x:v>
       </x:c>
       <x:c r="E51" s="0">
-        <x:v>65.16</x:v>
+        <x:v>63.26</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5">
       <x:c r="A52" s="1">
-        <x:v>45971.8872916667</x:v>
+        <x:v>45994.8669560185</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C52" s="0">
-        <x:v>11.93</x:v>
+        <x:v>10.73</x:v>
       </x:c>
       <x:c r="D52" s="0">
-        <x:v>52.529</x:v>
+        <x:v>51.389</x:v>
       </x:c>
       <x:c r="E52" s="0">
-        <x:v>64.06</x:v>
+        <x:v>62.67</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5">
       <x:c r="A53" s="1">
-        <x:v>45968.8685532407</x:v>
+        <x:v>45993.8696296296</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C53" s="0">
-        <x:v>11.55</x:v>
+        <x:v>10.54</x:v>
       </x:c>
       <x:c r="D53" s="0">
-        <x:v>52.177</x:v>
+        <x:v>51.209</x:v>
       </x:c>
       <x:c r="E53" s="0">
-        <x:v>63.63</x:v>
+        <x:v>62.45</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5">
       <x:c r="A54" s="1">
-        <x:v>45967.8716087963</x:v>
+        <x:v>45992.8654976852</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C54" s="0">
-        <x:v>11.33</x:v>
+        <x:v>11.18</x:v>
       </x:c>
       <x:c r="D54" s="0">
-        <x:v>51.972</x:v>
+        <x:v>51.799</x:v>
       </x:c>
       <x:c r="E54" s="0">
-        <x:v>63.38</x:v>
+        <x:v>63.17</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5">
       <x:c r="A55" s="1">
-        <x:v>45966.876712963</x:v>
+        <x:v>45989.8774074074</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C55" s="0">
-        <x:v>11.46</x:v>
+        <x:v>10.53</x:v>
       </x:c>
       <x:c r="D55" s="0">
-        <x:v>52.086</x:v>
+        <x:v>51.152</x:v>
       </x:c>
       <x:c r="E55" s="0">
-        <x:v>63.52</x:v>
+        <x:v>62.38</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5">
       <x:c r="A56" s="1">
-        <x:v>45965.870474537</x:v>
+        <x:v>45988.8776273148</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C56" s="0">
-        <x:v>12.34</x:v>
+        <x:v>10.96</x:v>
       </x:c>
       <x:c r="D56" s="0">
-        <x:v>52.841</x:v>
+        <x:v>51.553</x:v>
       </x:c>
       <x:c r="E56" s="0">
-        <x:v>64.44</x:v>
+        <x:v>62.87</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:5">
       <x:c r="A57" s="1">
-        <x:v>45964.8721064815</x:v>
+        <x:v>45987.8775694444</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C57" s="0">
-        <x:v>12.79</x:v>
+        <x:v>10.68</x:v>
       </x:c>
       <x:c r="D57" s="0">
-        <x:v>53.21</x:v>
+        <x:v>51.283</x:v>
       </x:c>
       <x:c r="E57" s="0">
-        <x:v>64.89</x:v>
+        <x:v>62.54</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:5">
       <x:c r="A58" s="1">
-        <x:v>45961.8346643519</x:v>
+        <x:v>45986.8743865741</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C58" s="0">
-        <x:v>12.68</x:v>
+        <x:v>10.08</x:v>
       </x:c>
       <x:c r="D58" s="0">
-        <x:v>53.111</x:v>
+        <x:v>50.676</x:v>
       </x:c>
       <x:c r="E58" s="0">
-        <x:v>64.77</x:v>
+        <x:v>61.8</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:5">
       <x:c r="A59" s="1">
-        <x:v>45960.8565740741</x:v>
+        <x:v>45985.8708796296</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C59" s="0">
-        <x:v>12.31</x:v>
+        <x:v>10.88</x:v>
       </x:c>
       <x:c r="D59" s="0">
-        <x:v>52.783</x:v>
+        <x:v>51.43</x:v>
       </x:c>
       <x:c r="E59" s="0">
-        <x:v>64.37</x:v>
+        <x:v>63.37</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:5">
       <x:c r="A60" s="1">
-        <x:v>45959.8655092593</x:v>
+        <x:v>45982.8679050926</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C60" s="0">
-        <x:v>12.26</x:v>
+        <x:v>10.23</x:v>
       </x:c>
       <x:c r="D60" s="0">
-        <x:v>52.742</x:v>
+        <x:v>51.299</x:v>
       </x:c>
       <x:c r="E60" s="0">
-        <x:v>64.32</x:v>
+        <x:v>62.56</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:5">
       <x:c r="A61" s="1">
-        <x:v>45958.8658101852</x:v>
+        <x:v>45981.867650463</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C61" s="0">
-        <x:v>11.81</x:v>
+        <x:v>10.94</x:v>
       </x:c>
       <x:c r="D61" s="0">
-        <x:v>52.341</x:v>
+        <x:v>51.972</x:v>
       </x:c>
       <x:c r="E61" s="0">
-        <x:v>63.83</x:v>
+        <x:v>63.38</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:5">
       <x:c r="A62" s="1">
-        <x:v>45957.8436574074</x:v>
+        <x:v>45980.8667013889</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C62" s="0">
-        <x:v>12.88</x:v>
+        <x:v>11.05</x:v>
       </x:c>
       <x:c r="D62" s="0">
-        <x:v>53.218</x:v>
+        <x:v>52.078</x:v>
       </x:c>
       <x:c r="E62" s="0">
-        <x:v>65.62</x:v>
+        <x:v>63.51</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:5">
       <x:c r="A63" s="1">
-        <x:v>45954.8688425926</x:v>
+        <x:v>45979.8891898148</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C63" s="0">
-        <x:v>13.21</x:v>
+        <x:v>12.37</x:v>
       </x:c>
       <x:c r="D63" s="0">
-        <x:v>54.071</x:v>
+        <x:v>53.21</x:v>
       </x:c>
       <x:c r="E63" s="0">
-        <x:v>65.94</x:v>
+        <x:v>64.89</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:5">
       <x:c r="A64" s="1">
-        <x:v>45953.8697106481</x:v>
+        <x:v>45978.8654861111</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C64" s="0">
-        <x:v>13.26</x:v>
+        <x:v>11.75</x:v>
       </x:c>
       <x:c r="D64" s="0">
-        <x:v>54.112</x:v>
+        <x:v>52.644</x:v>
       </x:c>
       <x:c r="E64" s="0">
-        <x:v>65.99</x:v>
+        <x:v>64.2</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:5">
       <x:c r="A65" s="1">
-        <x:v>45952.8835763889</x:v>
+        <x:v>45975.86875</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C65" s="0">
-        <x:v>10.43</x:v>
+        <x:v>11.93</x:v>
       </x:c>
       <x:c r="D65" s="0">
-        <x:v>51.324</x:v>
+        <x:v>52.8</x:v>
       </x:c>
       <x:c r="E65" s="0">
-        <x:v>62.59</x:v>
+        <x:v>64.39</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:5">
       <x:c r="A66" s="1">
-        <x:v>45951.8713310185</x:v>
+        <x:v>45974.8920717593</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C66" s="0">
-        <x:v>9.46</x:v>
+        <x:v>10.76</x:v>
       </x:c>
       <x:c r="D66" s="0">
-        <x:v>50.282</x:v>
+        <x:v>51.668</x:v>
       </x:c>
       <x:c r="E66" s="0">
-        <x:v>61.32</x:v>
+        <x:v>63.01</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:5">
       <x:c r="A67" s="1">
-        <x:v>45950.8678125</x:v>
+        <x:v>45972.8743865741</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C67" s="0">
-        <x:v>9.23</x:v>
+        <x:v>12.95</x:v>
       </x:c>
       <x:c r="D67" s="0">
-        <x:v>50.028</x:v>
+        <x:v>53.431</x:v>
       </x:c>
       <x:c r="E67" s="0">
-        <x:v>61.01</x:v>
+        <x:v>65.16</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:5">
       <x:c r="A68" s="1">
-        <x:v>45947.8724421296</x:v>
+        <x:v>45971.8872916667</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C68" s="0">
-        <x:v>9.45</x:v>
+        <x:v>11.93</x:v>
       </x:c>
       <x:c r="D68" s="0">
-        <x:v>50.258</x:v>
+        <x:v>52.529</x:v>
       </x:c>
       <x:c r="E68" s="0">
-        <x:v>61.29</x:v>
+        <x:v>64.06</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:5">
       <x:c r="A69" s="1">
-        <x:v>45946.8678125</x:v>
+        <x:v>45968.8685532407</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C69" s="0">
-        <x:v>9.28</x:v>
+        <x:v>11.55</x:v>
       </x:c>
       <x:c r="D69" s="0">
-        <x:v>50.069</x:v>
+        <x:v>52.177</x:v>
       </x:c>
       <x:c r="E69" s="0">
-        <x:v>61.06</x:v>
+        <x:v>63.63</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:5">
       <x:c r="A70" s="1">
-        <x:v>45945.8706365741</x:v>
+        <x:v>45967.8716087963</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C70" s="0">
-        <x:v>9.96</x:v>
+        <x:v>11.33</x:v>
       </x:c>
       <x:c r="D70" s="0">
-        <x:v>50.766</x:v>
+        <x:v>51.972</x:v>
       </x:c>
       <x:c r="E70" s="0">
-        <x:v>61.91</x:v>
+        <x:v>63.38</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:5">
       <x:c r="A71" s="1">
-        <x:v>45944.8749074074</x:v>
+        <x:v>45966.876712963</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C71" s="0">
-        <x:v>10.37</x:v>
+        <x:v>11.46</x:v>
       </x:c>
       <x:c r="D71" s="0">
-        <x:v>51.16</x:v>
+        <x:v>52.086</x:v>
       </x:c>
       <x:c r="E71" s="0">
-        <x:v>62.39</x:v>
+        <x:v>63.52</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:5">
       <x:c r="A72" s="1">
-        <x:v>45943.8919791667</x:v>
+        <x:v>45965.870474537</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C72" s="0">
-        <x:v>11.19</x:v>
+        <x:v>12.34</x:v>
       </x:c>
       <x:c r="D72" s="0">
-        <x:v>51.922</x:v>
+        <x:v>52.841</x:v>
       </x:c>
       <x:c r="E72" s="0">
-        <x:v>63.32</x:v>
+        <x:v>64.44</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:5">
       <x:c r="A73" s="1">
-        <x:v>45940.8709953704</x:v>
+        <x:v>45964.8721064815</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C73" s="0">
-        <x:v>10.7</x:v>
+        <x:v>12.79</x:v>
       </x:c>
       <x:c r="D73" s="0">
-        <x:v>51.439</x:v>
+        <x:v>53.21</x:v>
       </x:c>
       <x:c r="E73" s="0">
-        <x:v>62.73</x:v>
+        <x:v>64.89</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:5">
       <x:c r="A74" s="1">
-        <x:v>45939.8818402778</x:v>
+        <x:v>45961.8346643519</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C74" s="0">
-        <x:v>13.23</x:v>
+        <x:v>12.68</x:v>
       </x:c>
       <x:c r="D74" s="0">
-        <x:v>53.48</x:v>
+        <x:v>53.111</x:v>
       </x:c>
       <x:c r="E74" s="0">
-        <x:v>65.22</x:v>
+        <x:v>64.77</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:5">
       <x:c r="A75" s="1">
-        <x:v>45938.8822569444</x:v>
+        <x:v>45960.8565740741</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C75" s="0">
-        <x:v>14.35</x:v>
+        <x:v>12.31</x:v>
       </x:c>
       <x:c r="D75" s="0">
-        <x:v>54.325</x:v>
+        <x:v>52.783</x:v>
       </x:c>
       <x:c r="E75" s="0">
-        <x:v>66.25</x:v>
+        <x:v>64.37</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:5">
       <x:c r="A76" s="1">
-        <x:v>45937.8661689815</x:v>
+        <x:v>45959.8655092593</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C76" s="0">
-        <x:v>13.52</x:v>
+        <x:v>12.26</x:v>
       </x:c>
       <x:c r="D76" s="0">
-        <x:v>53.669</x:v>
+        <x:v>52.742</x:v>
       </x:c>
       <x:c r="E76" s="0">
-        <x:v>65.45</x:v>
+        <x:v>64.32</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:5">
       <x:c r="A77" s="1">
-        <x:v>45936.8652199074</x:v>
+        <x:v>45958.8658101852</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C77" s="0">
-        <x:v>13.55</x:v>
+        <x:v>11.81</x:v>
       </x:c>
       <x:c r="D77" s="0">
-        <x:v>53.685</x:v>
+        <x:v>52.341</x:v>
       </x:c>
       <x:c r="E77" s="0">
-        <x:v>65.47</x:v>
+        <x:v>63.83</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:5">
       <x:c r="A78" s="1">
-        <x:v>45933.8749421296</x:v>
+        <x:v>45957.8436574074</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C78" s="0">
-        <x:v>12.64</x:v>
+        <x:v>12.88</x:v>
       </x:c>
       <x:c r="D78" s="0">
-        <x:v>52.915</x:v>
+        <x:v>53.218</x:v>
       </x:c>
       <x:c r="E78" s="0">
-        <x:v>64.53</x:v>
+        <x:v>65.62</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:5">
       <x:c r="A79" s="1">
-        <x:v>45932.8749421296</x:v>
+        <x:v>45954.8688425926</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C79" s="0">
-        <x:v>12.24</x:v>
+        <x:v>13.21</x:v>
       </x:c>
       <x:c r="D79" s="0">
-        <x:v>52.57</x:v>
+        <x:v>54.071</x:v>
       </x:c>
       <x:c r="E79" s="0">
-        <x:v>64.11</x:v>
+        <x:v>65.94</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:5">
       <x:c r="A80" s="1">
-        <x:v>45931.8699884259</x:v>
+        <x:v>45953.8697106481</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C80" s="0">
-        <x:v>13.53</x:v>
+        <x:v>13.26</x:v>
       </x:c>
       <x:c r="D80" s="0">
-        <x:v>53.587</x:v>
+        <x:v>54.112</x:v>
       </x:c>
       <x:c r="E80" s="0">
-        <x:v>65.35</x:v>
+        <x:v>65.99</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:5">
       <x:c r="A81" s="1">
-        <x:v>45930.8693402778</x:v>
+        <x:v>45952.8835763889</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C81" s="0">
-        <x:v>14.27</x:v>
+        <x:v>10.43</x:v>
       </x:c>
       <x:c r="D81" s="0">
-        <x:v>54.145</x:v>
+        <x:v>51.324</x:v>
       </x:c>
       <x:c r="E81" s="0">
-        <x:v>66.03</x:v>
+        <x:v>62.59</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:5">
       <x:c r="A82" s="1">
-        <x:v>45929.8687615741</x:v>
+        <x:v>45951.8713310185</x:v>
       </x:c>
       <x:c r="B82" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C82" s="0">
-        <x:v>15.5</x:v>
+        <x:v>9.46</x:v>
       </x:c>
       <x:c r="D82" s="0">
-        <x:v>55.014</x:v>
+        <x:v>50.282</x:v>
       </x:c>
       <x:c r="E82" s="0">
-        <x:v>67.09</x:v>
+        <x:v>61.32</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:5">
       <x:c r="A83" s="1">
-        <x:v>45926.8683564815</x:v>
+        <x:v>45950.8678125</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C83" s="0">
-        <x:v>18.34</x:v>
+        <x:v>9.23</x:v>
       </x:c>
       <x:c r="D83" s="0">
-        <x:v>56.76</x:v>
+        <x:v>50.028</x:v>
       </x:c>
       <x:c r="E83" s="0">
-        <x:v>69.22</x:v>
+        <x:v>61.01</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:5">
       <x:c r="A84" s="1">
-        <x:v>45925.870474537</x:v>
+        <x:v>45947.8724421296</x:v>
       </x:c>
       <x:c r="B84" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C84" s="0">
-        <x:v>17.52</x:v>
+        <x:v>9.45</x:v>
       </x:c>
       <x:c r="D84" s="0">
-        <x:v>56.236</x:v>
+        <x:v>50.258</x:v>
       </x:c>
       <x:c r="E84" s="0">
-        <x:v>68.58</x:v>
+        <x:v>61.29</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:5">
       <x:c r="A85" s="1">
-        <x:v>45924.8664351852</x:v>
+        <x:v>45946.8678125</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C85" s="0">
-        <x:v>17.38</x:v>
+        <x:v>9.28</x:v>
       </x:c>
       <x:c r="D85" s="0">
-        <x:v>56.137</x:v>
+        <x:v>50.069</x:v>
       </x:c>
       <x:c r="E85" s="0">
-        <x:v>69.31</x:v>
+        <x:v>61.06</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:5">
       <x:c r="A86" s="1">
-        <x:v>45923.8744212963</x:v>
+        <x:v>45945.8706365741</x:v>
       </x:c>
       <x:c r="B86" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C86" s="0">
-        <x:v>15.46</x:v>
+        <x:v>9.96</x:v>
       </x:c>
       <x:c r="D86" s="0">
-        <x:v>55.457</x:v>
+        <x:v>50.766</x:v>
       </x:c>
       <x:c r="E86" s="0">
-        <x:v>67.63</x:v>
+        <x:v>61.91</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:5">
       <x:c r="A87" s="1">
-        <x:v>45922.8813541667</x:v>
+        <x:v>45944.8749074074</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C87" s="0">
-        <x:v>14.32</x:v>
+        <x:v>10.37</x:v>
       </x:c>
       <x:c r="D87" s="0">
-        <x:v>54.587</x:v>
+        <x:v>51.16</x:v>
       </x:c>
       <x:c r="E87" s="0">
-        <x:v>66.57</x:v>
+        <x:v>62.39</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:5">
       <x:c r="A88" s="1">
-        <x:v>45919.8706018518</x:v>
+        <x:v>45943.8919791667</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C88" s="0">
-        <x:v>14.46</x:v>
+        <x:v>11.19</x:v>
       </x:c>
       <x:c r="D88" s="0">
-        <x:v>54.678</x:v>
+        <x:v>51.922</x:v>
       </x:c>
       <x:c r="E88" s="0">
-        <x:v>66.68</x:v>
+        <x:v>63.32</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:5">
       <x:c r="A89" s="1">
-        <x:v>45918.8680439815</x:v>
+        <x:v>45940.8709953704</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C89" s="0">
-        <x:v>15.33</x:v>
+        <x:v>10.7</x:v>
       </x:c>
       <x:c r="D89" s="0">
-        <x:v>55.301</x:v>
+        <x:v>51.439</x:v>
       </x:c>
       <x:c r="E89" s="0">
-        <x:v>67.44</x:v>
+        <x:v>62.73</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:5">
       <x:c r="A90" s="1">
-        <x:v>45917.8672337963</x:v>
+        <x:v>45939.8818402778</x:v>
       </x:c>
       <x:c r="B90" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C90" s="0">
-        <x:v>15.93</x:v>
+        <x:v>13.23</x:v>
       </x:c>
       <x:c r="D90" s="0">
-        <x:v>55.719</x:v>
+        <x:v>53.48</x:v>
       </x:c>
       <x:c r="E90" s="0">
-        <x:v>67.95</x:v>
+        <x:v>65.22</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:5">
       <x:c r="A91" s="1">
-        <x:v>45916.874849537</x:v>
+        <x:v>45938.8822569444</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C91" s="0">
-        <x:v>16.56</x:v>
+        <x:v>14.35</x:v>
       </x:c>
       <x:c r="D91" s="0">
-        <x:v>56.145</x:v>
+        <x:v>54.325</x:v>
       </x:c>
       <x:c r="E91" s="0">
-        <x:v>68.47</x:v>
+        <x:v>66.25</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:5">
       <x:c r="A92" s="1">
-        <x:v>45915.8847685185</x:v>
+        <x:v>45937.8661689815</x:v>
       </x:c>
       <x:c r="B92" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C92" s="0">
-        <x:v>15.39</x:v>
+        <x:v>13.52</x:v>
       </x:c>
       <x:c r="D92" s="0">
-        <x:v>55.301</x:v>
+        <x:v>53.669</x:v>
       </x:c>
       <x:c r="E92" s="0">
-        <x:v>67.44</x:v>
+        <x:v>65.45</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:5">
       <x:c r="A93" s="1">
-        <x:v>45912.8690277778</x:v>
+        <x:v>45936.8652199074</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C93" s="0">
-        <x:v>14.9</x:v>
+        <x:v>13.55</x:v>
       </x:c>
       <x:c r="D93" s="0">
-        <x:v>54.932</x:v>
+        <x:v>53.685</x:v>
       </x:c>
       <x:c r="E93" s="0">
-        <x:v>66.99</x:v>
+        <x:v>65.47</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:5">
       <x:c r="A94" s="1">
-        <x:v>45911.8677199074</x:v>
+        <x:v>45933.8749421296</x:v>
       </x:c>
       <x:c r="B94" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C94" s="0">
-        <x:v>14.24</x:v>
+        <x:v>12.64</x:v>
       </x:c>
       <x:c r="D94" s="0">
-        <x:v>54.423</x:v>
+        <x:v>52.915</x:v>
       </x:c>
       <x:c r="E94" s="0">
-        <x:v>66.37</x:v>
+        <x:v>64.53</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:5">
       <x:c r="A95" s="1">
-        <x:v>45910.8673611111</x:v>
+        <x:v>45932.8749421296</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C95" s="0">
-        <x:v>15.54</x:v>
+        <x:v>12.24</x:v>
       </x:c>
       <x:c r="D95" s="0">
-        <x:v>55.342</x:v>
+        <x:v>52.57</x:v>
       </x:c>
       <x:c r="E95" s="0">
-        <x:v>67.49</x:v>
+        <x:v>64.11</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:5">
       <x:c r="A96" s="1">
-        <x:v>45909.8653472222</x:v>
+        <x:v>45931.8699884259</x:v>
       </x:c>
       <x:c r="B96" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C96" s="0">
-        <x:v>14.35</x:v>
+        <x:v>13.53</x:v>
       </x:c>
       <x:c r="D96" s="0">
-        <x:v>54.44</x:v>
+        <x:v>53.587</x:v>
       </x:c>
       <x:c r="E96" s="0">
-        <x:v>66.39</x:v>
+        <x:v>65.35</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:5">
       <x:c r="A97" s="1">
-        <x:v>45908.8695601852</x:v>
+        <x:v>45930.8693402778</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C97" s="0">
-        <x:v>13.96</x:v>
+        <x:v>14.27</x:v>
       </x:c>
       <x:c r="D97" s="0">
-        <x:v>54.136</x:v>
+        <x:v>54.145</x:v>
       </x:c>
       <x:c r="E97" s="0">
-        <x:v>66.02</x:v>
+        <x:v>66.03</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:5">
       <x:c r="A98" s="1">
-        <x:v>45905.8748032407</x:v>
+        <x:v>45929.8687615741</x:v>
       </x:c>
       <x:c r="B98" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C98" s="0">
-        <x:v>13.44</x:v>
+        <x:v>15.5</x:v>
       </x:c>
       <x:c r="D98" s="0">
-        <x:v>53.71</x:v>
+        <x:v>55.014</x:v>
       </x:c>
       <x:c r="E98" s="0">
-        <x:v>65.5</x:v>
+        <x:v>67.09</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:5">
       <x:c r="A99" s="1">
-        <x:v>45904.8696875</x:v>
+        <x:v>45926.8683564815</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C99" s="0">
-        <x:v>15.13</x:v>
+        <x:v>18.34</x:v>
       </x:c>
       <x:c r="D99" s="0">
-        <x:v>54.932</x:v>
+        <x:v>56.76</x:v>
       </x:c>
       <x:c r="E99" s="0">
-        <x:v>66.99</x:v>
+        <x:v>69.22</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:5">
       <x:c r="A100" s="1">
-        <x:v>45903.8712152778</x:v>
+        <x:v>45925.870474537</x:v>
       </x:c>
       <x:c r="B100" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C100" s="0">
-        <x:v>15.85</x:v>
+        <x:v>17.52</x:v>
       </x:c>
       <x:c r="D100" s="0">
-        <x:v>55.432</x:v>
+        <x:v>56.236</x:v>
       </x:c>
       <x:c r="E100" s="0">
-        <x:v>67.6</x:v>
+        <x:v>68.58</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:5">
       <x:c r="A101" s="1">
-        <x:v>45902.8909722222</x:v>
+        <x:v>45924.8664351852</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C101" s="0">
-        <x:v>17.84</x:v>
+        <x:v>17.38</x:v>
       </x:c>
       <x:c r="D101" s="0">
-        <x:v>56.695</x:v>
+        <x:v>56.137</x:v>
       </x:c>
       <x:c r="E101" s="0">
-        <x:v>69.14</x:v>
+        <x:v>69.31</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:5">
       <x:c r="A102" s="1">
-        <x:v>45901.9168287037</x:v>
+        <x:v>45923.8744212963</x:v>
       </x:c>
       <x:c r="B102" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C102" s="0">
-        <x:v>16.64</x:v>
+        <x:v>15.46</x:v>
       </x:c>
       <x:c r="D102" s="0">
-        <x:v>55.883</x:v>
+        <x:v>55.457</x:v>
       </x:c>
       <x:c r="E102" s="0">
-        <x:v>68.15</x:v>
+        <x:v>67.63</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:5">
       <x:c r="A103" s="1">
-        <x:v>45898.8672453704</x:v>
+        <x:v>45922.8813541667</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C103" s="0">
-        <x:v>15.86</x:v>
+        <x:v>14.32</x:v>
       </x:c>
       <x:c r="D103" s="0">
-        <x:v>55.334</x:v>
+        <x:v>54.587</x:v>
       </x:c>
       <x:c r="E103" s="0">
-        <x:v>67.48</x:v>
+        <x:v>66.57</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:5">
       <x:c r="A104" s="1">
-        <x:v>45897.8709837963</x:v>
+        <x:v>45919.8706018518</x:v>
       </x:c>
       <x:c r="B104" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C104" s="0">
-        <x:v>16.47</x:v>
+        <x:v>14.46</x:v>
       </x:c>
       <x:c r="D104" s="0">
-        <x:v>55.744</x:v>
+        <x:v>54.678</x:v>
       </x:c>
       <x:c r="E104" s="0">
-        <x:v>67.98</x:v>
+        <x:v>66.68</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:5">
       <x:c r="A105" s="1">
-        <x:v>45896.8696296296</x:v>
+        <x:v>45918.8680439815</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C105" s="0">
-        <x:v>15.85</x:v>
+        <x:v>15.33</x:v>
       </x:c>
       <x:c r="D105" s="0">
         <x:v>55.301</x:v>
       </x:c>
       <x:c r="E105" s="0">
         <x:v>67.44</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:5">
       <x:c r="A106" s="1">
-        <x:v>45895.866875</x:v>
+        <x:v>45917.8672337963</x:v>
       </x:c>
       <x:c r="B106" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C106" s="0">
-        <x:v>15.02</x:v>
+        <x:v>15.93</x:v>
       </x:c>
       <x:c r="D106" s="0">
-        <x:v>54.694</x:v>
+        <x:v>55.719</x:v>
       </x:c>
       <x:c r="E106" s="0">
-        <x:v>66.7</x:v>
+        <x:v>67.95</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:5">
       <x:c r="A107" s="1">
-        <x:v>45894.8896412037</x:v>
+        <x:v>45916.874849537</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C107" s="0">
-        <x:v>16.9</x:v>
+        <x:v>16.56</x:v>
       </x:c>
       <x:c r="D107" s="0">
-        <x:v>55.94</x:v>
+        <x:v>56.145</x:v>
       </x:c>
       <x:c r="E107" s="0">
-        <x:v>68.8</x:v>
+        <x:v>68.47</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:5">
       <x:c r="A108" s="1">
-        <x:v>45891.8697453704</x:v>
+        <x:v>45915.8847685185</x:v>
       </x:c>
       <x:c r="B108" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C108" s="0">
-        <x:v>15.68</x:v>
+        <x:v>15.39</x:v>
       </x:c>
       <x:c r="D108" s="0">
-        <x:v>55.539</x:v>
+        <x:v>55.301</x:v>
       </x:c>
       <x:c r="E108" s="0">
-        <x:v>67.73</x:v>
+        <x:v>67.44</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:5">
       <x:c r="A109" s="1">
-        <x:v>45890.8865972222</x:v>
+        <x:v>45912.8690277778</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C109" s="0">
-        <x:v>15.62</x:v>
+        <x:v>14.9</x:v>
       </x:c>
       <x:c r="D109" s="0">
-        <x:v>55.489</x:v>
+        <x:v>54.932</x:v>
       </x:c>
       <x:c r="E109" s="0">
-        <x:v>67.67</x:v>
+        <x:v>66.99</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:5">
       <x:c r="A110" s="1">
-        <x:v>45889.8690625</x:v>
+        <x:v>45911.8677199074</x:v>
       </x:c>
       <x:c r="B110" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C110" s="0">
-        <x:v>14.71</x:v>
+        <x:v>14.24</x:v>
       </x:c>
       <x:c r="D110" s="0">
-        <x:v>54.809</x:v>
+        <x:v>54.423</x:v>
       </x:c>
       <x:c r="E110" s="0">
-        <x:v>66.84</x:v>
+        <x:v>66.37</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:5">
       <x:c r="A111" s="1">
-        <x:v>45888.8672569444</x:v>
+        <x:v>45910.8673611111</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C111" s="0">
-        <x:v>13.62</x:v>
+        <x:v>15.54</x:v>
       </x:c>
       <x:c r="D111" s="0">
-        <x:v>53.948</x:v>
+        <x:v>55.342</x:v>
       </x:c>
       <x:c r="E111" s="0">
-        <x:v>65.79</x:v>
+        <x:v>67.49</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:5">
       <x:c r="A112" s="1">
-        <x:v>45887.871412037</x:v>
+        <x:v>45909.8653472222</x:v>
       </x:c>
       <x:c r="B112" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C112" s="0">
-        <x:v>14.51</x:v>
+        <x:v>14.35</x:v>
       </x:c>
       <x:c r="D112" s="0">
-        <x:v>54.612</x:v>
+        <x:v>54.44</x:v>
       </x:c>
       <x:c r="E112" s="0">
-        <x:v>66.6</x:v>
+        <x:v>66.39</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:5">
       <x:c r="A113" s="1">
-        <x:v>45884.8646527778</x:v>
+        <x:v>45908.8695601852</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C113" s="0">
-        <x:v>13.74</x:v>
+        <x:v>13.96</x:v>
       </x:c>
       <x:c r="D113" s="0">
-        <x:v>53.997</x:v>
+        <x:v>54.136</x:v>
       </x:c>
       <x:c r="E113" s="0">
-        <x:v>65.85</x:v>
+        <x:v>66.02</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:5">
       <x:c r="A114" s="1">
-        <x:v>45883.8844212963</x:v>
+        <x:v>45905.8748032407</x:v>
       </x:c>
       <x:c r="B114" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C114" s="0">
-        <x:v>14.84</x:v>
+        <x:v>13.44</x:v>
       </x:c>
       <x:c r="D114" s="0">
-        <x:v>54.809</x:v>
+        <x:v>53.71</x:v>
       </x:c>
       <x:c r="E114" s="0">
-        <x:v>66.84</x:v>
+        <x:v>65.5</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:5">
       <x:c r="A115" s="1">
-        <x:v>45882.8657407407</x:v>
+        <x:v>45904.8696875</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C115" s="0">
-        <x:v>13.59</x:v>
+        <x:v>15.13</x:v>
       </x:c>
       <x:c r="D115" s="0">
-        <x:v>53.817</x:v>
+        <x:v>54.932</x:v>
       </x:c>
       <x:c r="E115" s="0">
-        <x:v>65.63</x:v>
+        <x:v>66.99</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:5">
       <x:c r="A116" s="1">
-        <x:v>45881.8655208333</x:v>
+        <x:v>45903.8712152778</x:v>
       </x:c>
       <x:c r="B116" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C116" s="0">
-        <x:v>14.12</x:v>
+        <x:v>15.85</x:v>
       </x:c>
       <x:c r="D116" s="0">
-        <x:v>54.218</x:v>
+        <x:v>55.432</x:v>
       </x:c>
       <x:c r="E116" s="0">
-        <x:v>66.12</x:v>
+        <x:v>67.6</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:5">
       <x:c r="A117" s="1">
-        <x:v>45880.8651851852</x:v>
+        <x:v>45902.8909722222</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C117" s="0">
-        <x:v>14.69</x:v>
+        <x:v>17.84</x:v>
       </x:c>
       <x:c r="D117" s="0">
-        <x:v>54.637</x:v>
+        <x:v>56.695</x:v>
       </x:c>
       <x:c r="E117" s="0">
-        <x:v>66.63</x:v>
+        <x:v>69.14</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:5">
       <x:c r="A118" s="1">
-        <x:v>45877.8672569444</x:v>
+        <x:v>45901.9168287037</x:v>
       </x:c>
       <x:c r="B118" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C118" s="0">
-        <x:v>14.66</x:v>
+        <x:v>16.64</x:v>
       </x:c>
       <x:c r="D118" s="0">
-        <x:v>54.604</x:v>
+        <x:v>55.883</x:v>
       </x:c>
       <x:c r="E118" s="0">
-        <x:v>66.59</x:v>
+        <x:v>68.15</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:5">
       <x:c r="A119" s="1">
-        <x:v>45876.8650347222</x:v>
+        <x:v>45898.8672453704</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C119" s="0">
-        <x:v>14.49</x:v>
+        <x:v>15.86</x:v>
       </x:c>
       <x:c r="D119" s="0">
-        <x:v>54.473</x:v>
+        <x:v>55.334</x:v>
       </x:c>
       <x:c r="E119" s="0">
-        <x:v>66.43</x:v>
+        <x:v>67.48</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:5">
       <x:c r="A120" s="1">
-        <x:v>45875.8676736111</x:v>
+        <x:v>45897.8709837963</x:v>
       </x:c>
       <x:c r="B120" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C120" s="0">
-        <x:v>15.01</x:v>
+        <x:v>16.47</x:v>
       </x:c>
       <x:c r="D120" s="0">
-        <x:v>54.85</x:v>
+        <x:v>55.744</x:v>
       </x:c>
       <x:c r="E120" s="0">
-        <x:v>66.89</x:v>
+        <x:v>67.98</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:5">
       <x:c r="A121" s="1">
-        <x:v>45874.8743171296</x:v>
+        <x:v>45896.8696296296</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C121" s="0">
-        <x:v>15.89</x:v>
+        <x:v>15.85</x:v>
       </x:c>
       <x:c r="D121" s="0">
-        <x:v>55.465</x:v>
+        <x:v>55.301</x:v>
       </x:c>
       <x:c r="E121" s="0">
-        <x:v>67.64</x:v>
+        <x:v>67.44</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:5">
       <x:c r="A122" s="1">
-        <x:v>45873.8649652778</x:v>
+        <x:v>45895.866875</x:v>
       </x:c>
       <x:c r="B122" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C122" s="0">
-        <x:v>17.31</x:v>
+        <x:v>15.02</x:v>
       </x:c>
       <x:c r="D122" s="0">
-        <x:v>56.383</x:v>
+        <x:v>54.694</x:v>
       </x:c>
       <x:c r="E122" s="0">
-        <x:v>68.76</x:v>
+        <x:v>66.7</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:5">
       <x:c r="A123" s="1">
-        <x:v>45870.8694675926</x:v>
+        <x:v>45894.8896412037</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C123" s="0">
-        <x:v>18.54</x:v>
+        <x:v>16.9</x:v>
       </x:c>
       <x:c r="D123" s="0">
-        <x:v>57.129</x:v>
+        <x:v>55.94</x:v>
       </x:c>
       <x:c r="E123" s="0">
-        <x:v>69.67</x:v>
+        <x:v>68.8</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:5">
       <x:c r="A124" s="1">
-        <x:v>45869.8816782407</x:v>
+        <x:v>45891.8697453704</x:v>
       </x:c>
       <x:c r="B124" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C124" s="0">
-        <x:v>21.6</x:v>
+        <x:v>15.68</x:v>
       </x:c>
       <x:c r="D124" s="0">
-        <x:v>58.794</x:v>
+        <x:v>55.539</x:v>
       </x:c>
       <x:c r="E124" s="0">
-        <x:v>71.7</x:v>
+        <x:v>67.73</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:5">
       <x:c r="A125" s="1">
-        <x:v>45868.871087963</x:v>
+        <x:v>45890.8865972222</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C125" s="0">
-        <x:v>22.82</x:v>
+        <x:v>15.62</x:v>
       </x:c>
       <x:c r="D125" s="0">
-        <x:v>59.425</x:v>
+        <x:v>55.489</x:v>
       </x:c>
       <x:c r="E125" s="0">
-        <x:v>72.47</x:v>
+        <x:v>67.67</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:5">
       <x:c r="A126" s="1">
-        <x:v>45867.8666319444</x:v>
+        <x:v>45889.8690625</x:v>
       </x:c>
       <x:c r="B126" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C126" s="0">
-        <x:v>21.63</x:v>
+        <x:v>14.71</x:v>
       </x:c>
       <x:c r="D126" s="0">
-        <x:v>58.778</x:v>
+        <x:v>54.809</x:v>
       </x:c>
       <x:c r="E126" s="0">
-        <x:v>71.68</x:v>
+        <x:v>66.84</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:5">
       <x:c r="A127" s="1">
-        <x:v>45866.8688194444</x:v>
+        <x:v>45888.8672569444</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C127" s="0">
-        <x:v>18.49</x:v>
+        <x:v>13.62</x:v>
       </x:c>
       <x:c r="D127" s="0">
-        <x:v>56.842</x:v>
+        <x:v>53.948</x:v>
       </x:c>
       <x:c r="E127" s="0">
-        <x:v>69.32</x:v>
+        <x:v>65.79</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:5">
       <x:c r="A128" s="1">
-        <x:v>45863.874537037</x:v>
+        <x:v>45887.871412037</x:v>
       </x:c>
       <x:c r="B128" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C128" s="0">
-        <x:v>16.48</x:v>
+        <x:v>14.51</x:v>
       </x:c>
       <x:c r="D128" s="0">
-        <x:v>55.481</x:v>
+        <x:v>54.612</x:v>
       </x:c>
       <x:c r="E128" s="0">
-        <x:v>68.44</x:v>
+        <x:v>66.6</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:5">
       <x:c r="A129" s="1">
-        <x:v>45862.8678472222</x:v>
+        <x:v>45884.8646527778</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C129" s="0">
-        <x:v>17.42</x:v>
+        <x:v>13.74</x:v>
       </x:c>
       <x:c r="D129" s="0">
-        <x:v>56.728</x:v>
+        <x:v>53.997</x:v>
       </x:c>
       <x:c r="E129" s="0">
-        <x:v>69.18</x:v>
+        <x:v>65.85</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:5">
       <x:c r="A130" s="1">
-        <x:v>45861.8680092593</x:v>
+        <x:v>45883.8844212963</x:v>
       </x:c>
       <x:c r="B130" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C130" s="0">
-        <x:v>16.61</x:v>
+        <x:v>14.84</x:v>
       </x:c>
       <x:c r="D130" s="0">
-        <x:v>56.178</x:v>
+        <x:v>54.809</x:v>
       </x:c>
       <x:c r="E130" s="0">
-        <x:v>68.51</x:v>
+        <x:v>66.84</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:5">
       <x:c r="A131" s="1">
-        <x:v>45860.8818171296</x:v>
+        <x:v>45882.8657407407</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C131" s="0">
-        <x:v>16.72</x:v>
+        <x:v>13.59</x:v>
       </x:c>
       <x:c r="D131" s="0">
-        <x:v>56.244</x:v>
+        <x:v>53.817</x:v>
       </x:c>
       <x:c r="E131" s="0">
-        <x:v>68.59</x:v>
+        <x:v>65.63</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:5">
       <x:c r="A132" s="1">
-        <x:v>45859.8722800926</x:v>
+        <x:v>45881.8655208333</x:v>
       </x:c>
       <x:c r="B132" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C132" s="0">
-        <x:v>17.5</x:v>
+        <x:v>14.12</x:v>
       </x:c>
       <x:c r="D132" s="0">
-        <x:v>56.752</x:v>
+        <x:v>54.218</x:v>
       </x:c>
       <x:c r="E132" s="0">
-        <x:v>69.21</x:v>
+        <x:v>66.12</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:5">
       <x:c r="A133" s="1">
-        <x:v>45856.8684143519</x:v>
+        <x:v>45880.8651851852</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C133" s="0">
-        <x:v>17.61</x:v>
+        <x:v>14.69</x:v>
       </x:c>
       <x:c r="D133" s="0">
-        <x:v>56.81</x:v>
+        <x:v>54.637</x:v>
       </x:c>
       <x:c r="E133" s="0">
-        <x:v>69.28</x:v>
+        <x:v>66.63</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:5">
       <x:c r="A134" s="1">
-        <x:v>45855.8661574074</x:v>
+        <x:v>45877.8672569444</x:v>
       </x:c>
       <x:c r="B134" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C134" s="0">
-        <x:v>17.92</x:v>
+        <x:v>14.66</x:v>
       </x:c>
       <x:c r="D134" s="0">
-        <x:v>57.006</x:v>
+        <x:v>54.604</x:v>
       </x:c>
       <x:c r="E134" s="0">
-        <x:v>69.52</x:v>
+        <x:v>66.59</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:5">
       <x:c r="A135" s="1">
-        <x:v>45854.8781365741</x:v>
+        <x:v>45876.8650347222</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C135" s="0">
-        <x:v>16.71</x:v>
+        <x:v>14.49</x:v>
       </x:c>
       <x:c r="D135" s="0">
-        <x:v>56.186</x:v>
+        <x:v>54.473</x:v>
       </x:c>
       <x:c r="E135" s="0">
-        <x:v>68.52</x:v>
+        <x:v>66.43</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:5">
       <x:c r="A136" s="1">
-        <x:v>45853.9071643519</x:v>
+        <x:v>45875.8676736111</x:v>
       </x:c>
       <x:c r="B136" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C136" s="0">
-        <x:v>16.95</x:v>
+        <x:v>15.01</x:v>
       </x:c>
       <x:c r="D136" s="0">
-        <x:v>56.342</x:v>
+        <x:v>54.85</x:v>
       </x:c>
       <x:c r="E136" s="0">
-        <x:v>68.71</x:v>
+        <x:v>66.89</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:5">
       <x:c r="A137" s="1">
-        <x:v>45852.870787037</x:v>
+        <x:v>45874.8743171296</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C137" s="0">
-        <x:v>17.59</x:v>
+        <x:v>15.89</x:v>
       </x:c>
       <x:c r="D137" s="0">
-        <x:v>56.752</x:v>
+        <x:v>55.465</x:v>
       </x:c>
       <x:c r="E137" s="0">
-        <x:v>69.21</x:v>
+        <x:v>67.64</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:5">
       <x:c r="A138" s="1">
-        <x:v>45849.8680092593</x:v>
+        <x:v>45873.8649652778</x:v>
       </x:c>
       <x:c r="B138" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C138" s="0">
-        <x:v>19.17</x:v>
+        <x:v>17.31</x:v>
       </x:c>
       <x:c r="D138" s="0">
-        <x:v>57.695</x:v>
+        <x:v>56.383</x:v>
       </x:c>
       <x:c r="E138" s="0">
-        <x:v>70.36</x:v>
+        <x:v>68.76</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:5">
       <x:c r="A139" s="1">
-        <x:v>45848.8850115741</x:v>
+        <x:v>45870.8694675926</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C139" s="0">
-        <x:v>17.04</x:v>
+        <x:v>18.54</x:v>
       </x:c>
       <x:c r="D139" s="0">
-        <x:v>56.285</x:v>
+        <x:v>57.129</x:v>
       </x:c>
       <x:c r="E139" s="0">
-        <x:v>68.64</x:v>
+        <x:v>69.67</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:5">
       <x:c r="A140" s="1">
-        <x:v>45847.8871180556</x:v>
+        <x:v>45869.8816782407</x:v>
       </x:c>
       <x:c r="B140" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C140" s="0">
-        <x:v>19.16</x:v>
+        <x:v>21.6</x:v>
       </x:c>
       <x:c r="D140" s="0">
-        <x:v>57.556</x:v>
+        <x:v>58.794</x:v>
       </x:c>
       <x:c r="E140" s="0">
-        <x:v>70.19</x:v>
+        <x:v>71.7</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:5">
       <x:c r="A141" s="1">
-        <x:v>45846.8687384259</x:v>
+        <x:v>45868.871087963</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C141" s="0">
-        <x:v>19.12</x:v>
+        <x:v>22.82</x:v>
       </x:c>
       <x:c r="D141" s="0">
-        <x:v>57.523</x:v>
+        <x:v>59.425</x:v>
       </x:c>
       <x:c r="E141" s="0">
-        <x:v>70.15</x:v>
+        <x:v>72.47</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:5">
       <x:c r="A142" s="1">
-        <x:v>45845.8721875</x:v>
+        <x:v>45867.8666319444</x:v>
       </x:c>
       <x:c r="B142" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C142" s="0">
-        <x:v>18.37</x:v>
+        <x:v>21.63</x:v>
       </x:c>
       <x:c r="D142" s="0">
-        <x:v>57.056</x:v>
+        <x:v>58.778</x:v>
       </x:c>
       <x:c r="E142" s="0">
-        <x:v>69.58</x:v>
+        <x:v>71.68</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:5">
       <x:c r="A143" s="1">
-        <x:v>45842.8787731481</x:v>
+        <x:v>45866.8688194444</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C143" s="0">
-        <x:v>16.81</x:v>
+        <x:v>18.49</x:v>
       </x:c>
       <x:c r="D143" s="0">
-        <x:v>56.006</x:v>
+        <x:v>56.842</x:v>
       </x:c>
       <x:c r="E143" s="0">
-        <x:v>68.3</x:v>
+        <x:v>69.32</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:5">
       <x:c r="A144" s="1">
-        <x:v>45841.8698842593</x:v>
+        <x:v>45863.874537037</x:v>
       </x:c>
       <x:c r="B144" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C144" s="0">
-        <x:v>17.45</x:v>
+        <x:v>16.48</x:v>
       </x:c>
       <x:c r="D144" s="0">
-        <x:v>56.416</x:v>
+        <x:v>55.481</x:v>
       </x:c>
       <x:c r="E144" s="0">
-        <x:v>68.8</x:v>
+        <x:v>68.44</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:5">
       <x:c r="A145" s="1">
-        <x:v>45840.8677199074</x:v>
+        <x:v>45862.8678472222</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C145" s="0">
-        <x:v>17.86</x:v>
+        <x:v>17.42</x:v>
       </x:c>
       <x:c r="D145" s="0">
-        <x:v>56.67</x:v>
+        <x:v>56.728</x:v>
       </x:c>
       <x:c r="E145" s="0">
-        <x:v>69.11</x:v>
+        <x:v>69.18</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:5">
       <x:c r="A146" s="1">
-        <x:v>45839.8662962963</x:v>
+        <x:v>45861.8680092593</x:v>
       </x:c>
       <x:c r="B146" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C146" s="0">
-        <x:v>15.55</x:v>
+        <x:v>16.61</x:v>
       </x:c>
       <x:c r="D146" s="0">
-        <x:v>55.03</x:v>
+        <x:v>56.178</x:v>
       </x:c>
       <x:c r="E146" s="0">
-        <x:v>67.11</x:v>
+        <x:v>68.51</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:5">
       <x:c r="A147" s="1">
-        <x:v>45838.8822222222</x:v>
+        <x:v>45860.8818171296</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C147" s="0">
-        <x:v>15.13</x:v>
+        <x:v>16.72</x:v>
       </x:c>
       <x:c r="D147" s="0">
-        <x:v>54.727</x:v>
+        <x:v>56.244</x:v>
       </x:c>
       <x:c r="E147" s="0">
-        <x:v>66.74</x:v>
+        <x:v>68.59</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:5">
       <x:c r="A148" s="1">
-        <x:v>45835.8668287037</x:v>
+        <x:v>45859.8722800926</x:v>
       </x:c>
       <x:c r="B148" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C148" s="0">
-        <x:v>15.21</x:v>
+        <x:v>17.5</x:v>
       </x:c>
       <x:c r="D148" s="0">
-        <x:v>54.776</x:v>
+        <x:v>56.752</x:v>
       </x:c>
       <x:c r="E148" s="0">
-        <x:v>66.8</x:v>
+        <x:v>69.21</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:5">
       <x:c r="A149" s="1">
-        <x:v>45834.870625</x:v>
+        <x:v>45856.8684143519</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C149" s="0">
-        <x:v>15.09</x:v>
+        <x:v>17.61</x:v>
       </x:c>
       <x:c r="D149" s="0">
-        <x:v>54.686</x:v>
+        <x:v>56.81</x:v>
       </x:c>
       <x:c r="E149" s="0">
-        <x:v>66.69</x:v>
+        <x:v>69.28</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:5">
       <x:c r="A150" s="1">
-        <x:v>45833.876400463</x:v>
+        <x:v>45855.8661574074</x:v>
       </x:c>
       <x:c r="B150" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C150" s="0">
-        <x:v>14.81</x:v>
+        <x:v>17.92</x:v>
       </x:c>
       <x:c r="D150" s="0">
-        <x:v>54.473</x:v>
+        <x:v>57.006</x:v>
       </x:c>
       <x:c r="E150" s="0">
-        <x:v>66.43</x:v>
+        <x:v>69.52</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:5">
       <x:c r="A151" s="1">
-        <x:v>45832.8693402778</x:v>
+        <x:v>45854.8781365741</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C151" s="0">
-        <x:v>14.53</x:v>
+        <x:v>16.71</x:v>
       </x:c>
       <x:c r="D151" s="0">
-        <x:v>54.259</x:v>
+        <x:v>56.186</x:v>
       </x:c>
       <x:c r="E151" s="0">
-        <x:v>67.14</x:v>
+        <x:v>68.52</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:5">
       <x:c r="A152" s="1">
-        <x:v>45831.8740162037</x:v>
+        <x:v>45853.9071643519</x:v>
       </x:c>
       <x:c r="B152" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C152" s="0">
-        <x:v>20.87</x:v>
+        <x:v>16.95</x:v>
       </x:c>
       <x:c r="D152" s="0">
-        <x:v>58.614</x:v>
+        <x:v>56.342</x:v>
       </x:c>
       <x:c r="E152" s="0">
-        <x:v>71.48</x:v>
+        <x:v>68.71</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:5">
       <x:c r="A153" s="1">
-        <x:v>45828.8992708333</x:v>
+        <x:v>45852.870787037</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C153" s="0">
-        <x:v>32.61</x:v>
+        <x:v>17.59</x:v>
       </x:c>
       <x:c r="D153" s="0">
-        <x:v>63.148</x:v>
+        <x:v>56.752</x:v>
       </x:c>
       <x:c r="E153" s="0">
-        <x:v>77.01</x:v>
+        <x:v>69.21</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:5">
       <x:c r="A154" s="1">
-        <x:v>45827.8081597222</x:v>
+        <x:v>45849.8680092593</x:v>
       </x:c>
       <x:c r="B154" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C154" s="0">
-        <x:v>36.93</x:v>
+        <x:v>19.17</x:v>
       </x:c>
       <x:c r="D154" s="0">
-        <x:v>64.657</x:v>
+        <x:v>57.695</x:v>
       </x:c>
       <x:c r="E154" s="0">
-        <x:v>78.85</x:v>
+        <x:v>70.36</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:5">
       <x:c r="A155" s="1">
-        <x:v>45826.8721990741</x:v>
+        <x:v>45848.8850115741</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C155" s="0">
-        <x:v>32.4</x:v>
+        <x:v>17.04</x:v>
       </x:c>
       <x:c r="D155" s="0">
-        <x:v>62.894</x:v>
+        <x:v>56.285</x:v>
       </x:c>
       <x:c r="E155" s="0">
-        <x:v>76.7</x:v>
+        <x:v>68.64</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:5">
       <x:c r="A156" s="1">
-        <x:v>45825.8679513889</x:v>
+        <x:v>45847.8871180556</x:v>
       </x:c>
       <x:c r="B156" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C156" s="0">
-        <x:v>31.88</x:v>
+        <x:v>19.16</x:v>
       </x:c>
       <x:c r="D156" s="0">
-        <x:v>62.689</x:v>
+        <x:v>57.556</x:v>
       </x:c>
       <x:c r="E156" s="0">
-        <x:v>76.45</x:v>
+        <x:v>70.19</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:5">
       <x:c r="A157" s="1">
-        <x:v>45824.8671296296</x:v>
+        <x:v>45846.8687384259</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C157" s="0">
-        <x:v>26.14</x:v>
+        <x:v>19.12</x:v>
       </x:c>
       <x:c r="D157" s="0">
-        <x:v>60.049</x:v>
+        <x:v>57.523</x:v>
       </x:c>
       <x:c r="E157" s="0">
-        <x:v>73.23</x:v>
+        <x:v>70.15</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:5">
       <x:c r="A158" s="1">
-        <x:v>45821.8736342593</x:v>
+        <x:v>45845.8721875</x:v>
       </x:c>
       <x:c r="B158" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C158" s="0">
-        <x:v>28.06</x:v>
+        <x:v>18.37</x:v>
       </x:c>
       <x:c r="D158" s="0">
-        <x:v>60.869</x:v>
+        <x:v>57.056</x:v>
       </x:c>
       <x:c r="E158" s="0">
-        <x:v>74.23</x:v>
+        <x:v>69.58</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:5">
       <x:c r="A159" s="1">
-        <x:v>45820.8712037037</x:v>
+        <x:v>45842.8787731481</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C159" s="0">
-        <x:v>20.77</x:v>
+        <x:v>16.81</x:v>
       </x:c>
       <x:c r="D159" s="0">
-        <x:v>56.875</x:v>
+        <x:v>56.006</x:v>
       </x:c>
       <x:c r="E159" s="0">
-        <x:v>69.36</x:v>
+        <x:v>68.3</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:5">
       <x:c r="A160" s="1">
-        <x:v>45819.8744212963</x:v>
+        <x:v>45841.8698842593</x:v>
       </x:c>
       <x:c r="B160" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C160" s="0">
-        <x:v>21.41</x:v>
+        <x:v>17.45</x:v>
       </x:c>
       <x:c r="D160" s="0">
-        <x:v>57.211</x:v>
+        <x:v>56.416</x:v>
       </x:c>
       <x:c r="E160" s="0">
-        <x:v>69.77</x:v>
+        <x:v>68.8</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:5">
       <x:c r="A161" s="1">
-        <x:v>45818.8662152778</x:v>
+        <x:v>45840.8677199074</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C161" s="0">
-        <x:v>17.6</x:v>
+        <x:v>17.86</x:v>
       </x:c>
       <x:c r="D161" s="0">
-        <x:v>54.833</x:v>
+        <x:v>56.67</x:v>
       </x:c>
       <x:c r="E161" s="0">
-        <x:v>66.87</x:v>
+        <x:v>69.11</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:5">
       <x:c r="A162" s="1">
-        <x:v>45817.8646527778</x:v>
+        <x:v>45839.8662962963</x:v>
       </x:c>
       <x:c r="B162" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C162" s="0">
-        <x:v>17.83</x:v>
+        <x:v>15.55</x:v>
       </x:c>
       <x:c r="D162" s="0">
-        <x:v>54.973</x:v>
+        <x:v>55.03</x:v>
       </x:c>
       <x:c r="E162" s="0">
-        <x:v>67.04</x:v>
+        <x:v>67.11</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:5">
       <x:c r="A163" s="1">
-        <x:v>45814.8664814815</x:v>
+        <x:v>45838.8822222222</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C163" s="0">
-        <x:v>17.11</x:v>
+        <x:v>15.13</x:v>
       </x:c>
       <x:c r="D163" s="0">
-        <x:v>54.505</x:v>
+        <x:v>54.727</x:v>
       </x:c>
       <x:c r="E163" s="0">
-        <x:v>66.47</x:v>
+        <x:v>66.74</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:5">
       <x:c r="A164" s="1">
-        <x:v>45813.8698958333</x:v>
+        <x:v>45835.8668287037</x:v>
       </x:c>
       <x:c r="B164" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C164" s="0">
-        <x:v>15.75</x:v>
+        <x:v>15.21</x:v>
       </x:c>
       <x:c r="D164" s="0">
-        <x:v>53.579</x:v>
+        <x:v>54.776</x:v>
       </x:c>
       <x:c r="E164" s="0">
-        <x:v>65.34</x:v>
+        <x:v>66.8</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:5">
       <x:c r="A165" s="1">
-        <x:v>45812.8930902778</x:v>
+        <x:v>45834.870625</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C165" s="0">
-        <x:v>15.19</x:v>
+        <x:v>15.09</x:v>
       </x:c>
       <x:c r="D165" s="0">
-        <x:v>53.185</x:v>
+        <x:v>54.686</x:v>
       </x:c>
       <x:c r="E165" s="0">
-        <x:v>64.86</x:v>
+        <x:v>66.69</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:5">
       <x:c r="A166" s="1">
-        <x:v>45811.8941550926</x:v>
+        <x:v>45833.876400463</x:v>
       </x:c>
       <x:c r="B166" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C166" s="0">
-        <x:v>16.15</x:v>
+        <x:v>14.81</x:v>
       </x:c>
       <x:c r="D166" s="0">
-        <x:v>53.817</x:v>
+        <x:v>54.473</x:v>
       </x:c>
       <x:c r="E166" s="0">
-        <x:v>65.63</x:v>
+        <x:v>66.43</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:5">
       <x:c r="A167" s="1">
-        <x:v>45811.8794328704</x:v>
+        <x:v>45832.8693402778</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C167" s="0">
-        <x:v>16.15</x:v>
+        <x:v>14.53</x:v>
       </x:c>
       <x:c r="D167" s="0">
-        <x:v>53.817</x:v>
+        <x:v>54.259</x:v>
       </x:c>
       <x:c r="E167" s="0">
-        <x:v>65.63</x:v>
+        <x:v>67.14</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:5">
       <x:c r="A168" s="1">
-        <x:v>45810.8809953704</x:v>
+        <x:v>45831.8740162037</x:v>
       </x:c>
       <x:c r="B168" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C168" s="0">
-        <x:v>14.99</x:v>
+        <x:v>20.87</x:v>
       </x:c>
       <x:c r="D168" s="0">
-        <x:v>52.997</x:v>
+        <x:v>58.614</x:v>
       </x:c>
       <x:c r="E168" s="0">
-        <x:v>64.63</x:v>
+        <x:v>71.48</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:5">
       <x:c r="A169" s="1">
-        <x:v>45803.8697337963</x:v>
+        <x:v>45828.8992708333</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C169" s="0">
-        <x:v>14.63</x:v>
+        <x:v>32.61</x:v>
       </x:c>
       <x:c r="D169" s="0">
-        <x:v>52.578</x:v>
+        <x:v>63.148</x:v>
       </x:c>
       <x:c r="E169" s="0">
-        <x:v>64.74</x:v>
+        <x:v>77.01</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:5">
       <x:c r="A170" s="1">
-        <x:v>45800.8680902778</x:v>
+        <x:v>45827.8081597222</x:v>
       </x:c>
       <x:c r="B170" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C170" s="0">
-        <x:v>14.69</x:v>
+        <x:v>36.93</x:v>
       </x:c>
       <x:c r="D170" s="0">
-        <x:v>53.12</x:v>
+        <x:v>64.657</x:v>
       </x:c>
       <x:c r="E170" s="0">
-        <x:v>64.78</x:v>
+        <x:v>78.85</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:5">
       <x:c r="A171" s="1">
-        <x:v>45799.8682060185</x:v>
+        <x:v>45826.8721990741</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C171" s="0">
-        <x:v>14.31</x:v>
+        <x:v>32.4</x:v>
       </x:c>
       <x:c r="D171" s="0">
-        <x:v>52.841</x:v>
+        <x:v>62.894</x:v>
       </x:c>
       <x:c r="E171" s="0">
-        <x:v>64.44</x:v>
+        <x:v>76.7</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:5">
       <x:c r="A172" s="1">
-        <x:v>45798.8683101852</x:v>
+        <x:v>45825.8679513889</x:v>
       </x:c>
       <x:c r="B172" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C172" s="0">
-        <x:v>14.86</x:v>
+        <x:v>31.88</x:v>
       </x:c>
       <x:c r="D172" s="0">
-        <x:v>53.226</x:v>
+        <x:v>62.689</x:v>
       </x:c>
       <x:c r="E172" s="0">
-        <x:v>64.91</x:v>
+        <x:v>76.45</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:5">
       <x:c r="A173" s="1">
-        <x:v>45797.8661458333</x:v>
+        <x:v>45824.8671296296</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C173" s="0">
-        <x:v>15.41</x:v>
+        <x:v>26.14</x:v>
       </x:c>
       <x:c r="D173" s="0">
-        <x:v>53.612</x:v>
+        <x:v>60.049</x:v>
       </x:c>
       <x:c r="E173" s="0">
-        <x:v>65.38</x:v>
+        <x:v>73.23</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:5">
       <x:c r="A174" s="1">
-        <x:v>45796.8686342593</x:v>
+        <x:v>45821.8736342593</x:v>
       </x:c>
       <x:c r="B174" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C174" s="0">
-        <x:v>15.61</x:v>
+        <x:v>28.06</x:v>
       </x:c>
       <x:c r="D174" s="0">
-        <x:v>53.743</x:v>
+        <x:v>60.869</x:v>
       </x:c>
       <x:c r="E174" s="0">
-        <x:v>65.54</x:v>
+        <x:v>74.23</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:5">
       <x:c r="A175" s="1">
-        <x:v>45793.8666203704</x:v>
+        <x:v>45820.8712037037</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C175" s="0">
-        <x:v>15.47</x:v>
+        <x:v>20.77</x:v>
       </x:c>
       <x:c r="D175" s="0">
-        <x:v>53.636</x:v>
+        <x:v>56.875</x:v>
       </x:c>
       <x:c r="E175" s="0">
-        <x:v>65.41</x:v>
+        <x:v>69.36</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:5">
       <x:c r="A176" s="1">
-        <x:v>45792.8773148148</x:v>
+        <x:v>45819.8744212963</x:v>
       </x:c>
       <x:c r="B176" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C176" s="0">
-        <x:v>14.49</x:v>
+        <x:v>21.41</x:v>
       </x:c>
       <x:c r="D176" s="0">
-        <x:v>52.915</x:v>
+        <x:v>57.211</x:v>
       </x:c>
       <x:c r="E176" s="0">
-        <x:v>64.53</x:v>
+        <x:v>69.77</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:5">
       <x:c r="A177" s="1">
-        <x:v>45791.873275463</x:v>
+        <x:v>45818.8662152778</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C177" s="0">
-        <x:v>16.43</x:v>
+        <x:v>17.6</x:v>
       </x:c>
       <x:c r="D177" s="0">
-        <x:v>54.194</x:v>
+        <x:v>54.833</x:v>
       </x:c>
       <x:c r="E177" s="0">
-        <x:v>66.09</x:v>
+        <x:v>66.87</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:5">
       <x:c r="A178" s="1">
-        <x:v>45790.8660416667</x:v>
+        <x:v>45817.8646527778</x:v>
       </x:c>
       <x:c r="B178" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C178" s="0">
-        <x:v>17.13</x:v>
+        <x:v>17.83</x:v>
       </x:c>
       <x:c r="D178" s="0">
-        <x:v>54.637</x:v>
+        <x:v>54.973</x:v>
       </x:c>
       <x:c r="E178" s="0">
-        <x:v>66.63</x:v>
+        <x:v>67.04</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:5">
       <x:c r="A179" s="1">
-        <x:v>45789.8773611111</x:v>
+        <x:v>45814.8664814815</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C179" s="0">
-        <x:v>15.18</x:v>
+        <x:v>17.11</x:v>
       </x:c>
       <x:c r="D179" s="0">
-        <x:v>53.267</x:v>
+        <x:v>54.505</x:v>
       </x:c>
       <x:c r="E179" s="0">
-        <x:v>64.96</x:v>
+        <x:v>66.47</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:5">
       <x:c r="A180" s="1">
-        <x:v>45786.8726157407</x:v>
+        <x:v>45813.8698958333</x:v>
       </x:c>
       <x:c r="B180" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C180" s="0">
-        <x:v>14.04</x:v>
+        <x:v>15.75</x:v>
       </x:c>
       <x:c r="D180" s="0">
-        <x:v>52.406</x:v>
+        <x:v>53.579</x:v>
       </x:c>
       <x:c r="E180" s="0">
-        <x:v>63.91</x:v>
+        <x:v>65.34</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:5">
       <x:c r="A181" s="1">
-        <x:v>45785.8808333333</x:v>
+        <x:v>45812.8930902778</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C181" s="0">
-        <x:v>12.94</x:v>
+        <x:v>15.19</x:v>
       </x:c>
       <x:c r="D181" s="0">
-        <x:v>51.529</x:v>
+        <x:v>53.185</x:v>
       </x:c>
       <x:c r="E181" s="0">
-        <x:v>62.84</x:v>
+        <x:v>64.86</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:5">
       <x:c r="A182" s="1">
+        <x:v>45811.8941550926</x:v>
+      </x:c>
+      <x:c r="B182" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C182" s="0">
+        <x:v>16.15</x:v>
+      </x:c>
+      <x:c r="D182" s="0">
+        <x:v>53.817</x:v>
+      </x:c>
+      <x:c r="E182" s="0">
+        <x:v>65.63</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="183" spans="1:5">
+      <x:c r="A183" s="1">
+        <x:v>45811.8794328704</x:v>
+      </x:c>
+      <x:c r="B183" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C183" s="0">
+        <x:v>16.15</x:v>
+      </x:c>
+      <x:c r="D183" s="0">
+        <x:v>53.817</x:v>
+      </x:c>
+      <x:c r="E183" s="0">
+        <x:v>65.63</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="184" spans="1:5">
+      <x:c r="A184" s="1">
+        <x:v>45810.8809953704</x:v>
+      </x:c>
+      <x:c r="B184" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C184" s="0">
+        <x:v>14.99</x:v>
+      </x:c>
+      <x:c r="D184" s="0">
+        <x:v>52.997</x:v>
+      </x:c>
+      <x:c r="E184" s="0">
+        <x:v>64.63</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="185" spans="1:5">
+      <x:c r="A185" s="1">
+        <x:v>45803.8697337963</x:v>
+      </x:c>
+      <x:c r="B185" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C185" s="0">
+        <x:v>14.63</x:v>
+      </x:c>
+      <x:c r="D185" s="0">
+        <x:v>52.578</x:v>
+      </x:c>
+      <x:c r="E185" s="0">
+        <x:v>64.74</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="186" spans="1:5">
+      <x:c r="A186" s="1">
+        <x:v>45800.8680902778</x:v>
+      </x:c>
+      <x:c r="B186" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C186" s="0">
+        <x:v>14.69</x:v>
+      </x:c>
+      <x:c r="D186" s="0">
+        <x:v>53.12</x:v>
+      </x:c>
+      <x:c r="E186" s="0">
+        <x:v>64.78</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="187" spans="1:5">
+      <x:c r="A187" s="1">
+        <x:v>45799.8682060185</x:v>
+      </x:c>
+      <x:c r="B187" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C187" s="0">
+        <x:v>14.31</x:v>
+      </x:c>
+      <x:c r="D187" s="0">
+        <x:v>52.841</x:v>
+      </x:c>
+      <x:c r="E187" s="0">
+        <x:v>64.44</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="188" spans="1:5">
+      <x:c r="A188" s="1">
+        <x:v>45798.8683101852</x:v>
+      </x:c>
+      <x:c r="B188" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C188" s="0">
+        <x:v>14.86</x:v>
+      </x:c>
+      <x:c r="D188" s="0">
+        <x:v>53.226</x:v>
+      </x:c>
+      <x:c r="E188" s="0">
+        <x:v>64.91</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="189" spans="1:5">
+      <x:c r="A189" s="1">
+        <x:v>45797.8661458333</x:v>
+      </x:c>
+      <x:c r="B189" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C189" s="0">
+        <x:v>15.41</x:v>
+      </x:c>
+      <x:c r="D189" s="0">
+        <x:v>53.612</x:v>
+      </x:c>
+      <x:c r="E189" s="0">
+        <x:v>65.38</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="190" spans="1:5">
+      <x:c r="A190" s="1">
+        <x:v>45796.8686342593</x:v>
+      </x:c>
+      <x:c r="B190" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C190" s="0">
+        <x:v>15.61</x:v>
+      </x:c>
+      <x:c r="D190" s="0">
+        <x:v>53.743</x:v>
+      </x:c>
+      <x:c r="E190" s="0">
+        <x:v>65.54</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="191" spans="1:5">
+      <x:c r="A191" s="1">
+        <x:v>45793.8666203704</x:v>
+      </x:c>
+      <x:c r="B191" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C191" s="0">
+        <x:v>15.47</x:v>
+      </x:c>
+      <x:c r="D191" s="0">
+        <x:v>53.636</x:v>
+      </x:c>
+      <x:c r="E191" s="0">
+        <x:v>65.41</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="192" spans="1:5">
+      <x:c r="A192" s="1">
+        <x:v>45792.8773148148</x:v>
+      </x:c>
+      <x:c r="B192" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C192" s="0">
+        <x:v>14.49</x:v>
+      </x:c>
+      <x:c r="D192" s="0">
+        <x:v>52.915</x:v>
+      </x:c>
+      <x:c r="E192" s="0">
+        <x:v>64.53</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="193" spans="1:5">
+      <x:c r="A193" s="1">
+        <x:v>45791.873275463</x:v>
+      </x:c>
+      <x:c r="B193" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C193" s="0">
+        <x:v>16.43</x:v>
+      </x:c>
+      <x:c r="D193" s="0">
+        <x:v>54.194</x:v>
+      </x:c>
+      <x:c r="E193" s="0">
+        <x:v>66.09</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="194" spans="1:5">
+      <x:c r="A194" s="1">
+        <x:v>45790.8660416667</x:v>
+      </x:c>
+      <x:c r="B194" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C194" s="0">
+        <x:v>17.13</x:v>
+      </x:c>
+      <x:c r="D194" s="0">
+        <x:v>54.637</x:v>
+      </x:c>
+      <x:c r="E194" s="0">
+        <x:v>66.63</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="195" spans="1:5">
+      <x:c r="A195" s="1">
+        <x:v>45789.8773611111</x:v>
+      </x:c>
+      <x:c r="B195" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C195" s="0">
+        <x:v>15.18</x:v>
+      </x:c>
+      <x:c r="D195" s="0">
+        <x:v>53.267</x:v>
+      </x:c>
+      <x:c r="E195" s="0">
+        <x:v>64.96</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="196" spans="1:5">
+      <x:c r="A196" s="1">
+        <x:v>45786.8726157407</x:v>
+      </x:c>
+      <x:c r="B196" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C196" s="0">
+        <x:v>14.04</x:v>
+      </x:c>
+      <x:c r="D196" s="0">
+        <x:v>52.406</x:v>
+      </x:c>
+      <x:c r="E196" s="0">
+        <x:v>63.91</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="197" spans="1:5">
+      <x:c r="A197" s="1">
+        <x:v>45785.8808333333</x:v>
+      </x:c>
+      <x:c r="B197" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C197" s="0">
+        <x:v>12.94</x:v>
+      </x:c>
+      <x:c r="D197" s="0">
+        <x:v>51.529</x:v>
+      </x:c>
+      <x:c r="E197" s="0">
+        <x:v>62.84</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="198" spans="1:5">
+      <x:c r="A198" s="1">
         <x:v>45784.8969560185</x:v>
       </x:c>
-      <x:c r="B182" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C182" s="0">
+      <x:c r="B198" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C198" s="0">
         <x:v>11.35</x:v>
       </x:c>
-      <x:c r="D182" s="0">
+      <x:c r="D198" s="0">
         <x:v>50.118</x:v>
       </x:c>
-      <x:c r="E182" s="0">
+      <x:c r="E198" s="0">
         <x:v>61.12</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>