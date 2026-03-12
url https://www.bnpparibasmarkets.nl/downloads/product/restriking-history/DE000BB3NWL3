--- v3 (2026-02-18)
+++ v4 (2026-03-12)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R243703171f594504" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/aa7d2c9adc0d4eb9b66a215489c5a480.psmdcp" Id="R64403295b109409a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8e1cf5824ebb4d87" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7efedc471b684b6c9966802c26a874b3.psmdcp" Id="R2d40ef0e43154040" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>DE000BB3NWL3</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -390,3412 +390,3684 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E198"/>
+  <x:dimension ref="A1:E214"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>46070.868275463</x:v>
+        <x:v>46091.8683564815</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
-        <x:v>14.1</x:v>
+        <x:v>35.32</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>55.284</x:v>
+        <x:v>71.996</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>67.42</x:v>
+        <x:v>87.8</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>46069.8683101852</x:v>
+        <x:v>46090.8683796296</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
-        <x:v>15.49</x:v>
+        <x:v>81.03</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>56.293</x:v>
+        <x:v>81.147</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>68.65</x:v>
+        <x:v>98.96</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>46066.8643981482</x:v>
+        <x:v>46087.8684722222</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
-        <x:v>14.54</x:v>
+        <x:v>60.6</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>55.555</x:v>
+        <x:v>76.006</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>67.75</x:v>
+        <x:v>92.69</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>46065.8715972222</x:v>
+        <x:v>46086.8684837963</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
-        <x:v>14.3</x:v>
+        <x:v>42.5</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>55.366</x:v>
+        <x:v>70.036</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>67.52</x:v>
+        <x:v>85.41</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>46064.9031597222</x:v>
+        <x:v>46085.8774652778</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
-        <x:v>16.55</x:v>
+        <x:v>34.11</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>56.908</x:v>
+        <x:v>66.748</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>69.4</x:v>
+        <x:v>81.4</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>46063.9000578704</x:v>
+        <x:v>46084.8684259259</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
-        <x:v>15.86</x:v>
+        <x:v>34.12</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>56.416</x:v>
+        <x:v>66.748</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>68.8</x:v>
+        <x:v>81.4</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>46062.9109722222</x:v>
+        <x:v>46083.8726736111</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
-        <x:v>16.15</x:v>
+        <x:v>27.62</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>56.613</x:v>
+        <x:v>63.747</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>69.04</x:v>
+        <x:v>77.74</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>46059.8747800926</x:v>
+        <x:v>46080.8684722222</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
-        <x:v>15.07</x:v>
+        <x:v>20.72</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>55.801</x:v>
+        <x:v>59.753</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>68.05</x:v>
+        <x:v>72.87</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>46058.868287037</x:v>
+        <x:v>46079.8684837963</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
-        <x:v>14.53</x:v>
+        <x:v>18.13</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>55.391</x:v>
+        <x:v>58.089</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>67.55</x:v>
+        <x:v>70.84</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>46057.9239236111</x:v>
+        <x:v>46078.9052314815</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C12" s="0">
-        <x:v>16.86</x:v>
+        <x:v>17.94</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>56.957</x:v>
+        <x:v>57.966</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>69.46</x:v>
+        <x:v>70.69</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>46056.9108333333</x:v>
+        <x:v>46077.8846180556</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0">
-        <x:v>14.56</x:v>
+        <x:v>17.81</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>55.211</x:v>
+        <x:v>57.876</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>67.33</x:v>
+        <x:v>70.58</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>46055.8725694444</x:v>
+        <x:v>46076.868587963</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C14" s="0">
-        <x:v>13.51</x:v>
+        <x:v>18.51</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>54.366</x:v>
+        <x:v>58.31</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>66.3</x:v>
+        <x:v>71.49</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>46052.8665740741</x:v>
+        <x:v>46073.878275463</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
-        <x:v>17.3</x:v>
+        <x:v>18.88</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>56.842</x:v>
+        <x:v>58.843</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>69.32</x:v>
+        <x:v>71.76</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>46051.8644444444</x:v>
+        <x:v>46072.9091203704</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C16" s="0">
-        <x:v>17.65</x:v>
+        <x:v>18.75</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>57.064</x:v>
+        <x:v>58.761</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>69.59</x:v>
+        <x:v>71.66</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>46050.8643518519</x:v>
+        <x:v>46072.8718402778</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C17" s="0">
-        <x:v>15.15</x:v>
+        <x:v>18.75</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>55.243</x:v>
+        <x:v>58.761</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>67.37</x:v>
+        <x:v>71.66</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>46049.8665162037</x:v>
+        <x:v>46071.8710185185</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="0">
-        <x:v>14.32</x:v>
+        <x:v>17.16</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>54.604</x:v>
+        <x:v>57.687</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>66.59</x:v>
+        <x:v>70.35</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>46048.8665277778</x:v>
+        <x:v>46070.868275463</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C19" s="0">
-        <x:v>12.56</x:v>
+        <x:v>14.1</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>53.111</x:v>
+        <x:v>55.284</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>65.59</x:v>
+        <x:v>67.42</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
-        <x:v>46045.8844907407</x:v>
+        <x:v>46069.8683101852</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C20" s="0">
-        <x:v>12.85</x:v>
+        <x:v>15.49</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>54.022</x:v>
+        <x:v>56.293</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>65.88</x:v>
+        <x:v>68.65</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="1">
-        <x:v>46044.8797916667</x:v>
+        <x:v>46066.8643981482</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C21" s="0">
-        <x:v>11.26</x:v>
+        <x:v>14.54</x:v>
       </x:c>
       <x:c r="D21" s="0">
-        <x:v>52.529</x:v>
+        <x:v>55.555</x:v>
       </x:c>
       <x:c r="E21" s="0">
-        <x:v>64.06</x:v>
+        <x:v>67.75</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="1">
-        <x:v>46043.8692476852</x:v>
+        <x:v>46065.8715972222</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C22" s="0">
-        <x:v>12.38</x:v>
+        <x:v>14.3</x:v>
       </x:c>
       <x:c r="D22" s="0">
-        <x:v>53.497</x:v>
+        <x:v>55.366</x:v>
       </x:c>
       <x:c r="E22" s="0">
-        <x:v>65.24</x:v>
+        <x:v>67.52</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="1">
-        <x:v>46042.8824189815</x:v>
+        <x:v>46064.9031597222</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C23" s="0">
-        <x:v>12.09</x:v>
+        <x:v>16.55</x:v>
       </x:c>
       <x:c r="D23" s="0">
-        <x:v>53.234</x:v>
+        <x:v>56.908</x:v>
       </x:c>
       <x:c r="E23" s="0">
-        <x:v>64.92</x:v>
+        <x:v>69.4</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="1">
-        <x:v>46041.8777430556</x:v>
+        <x:v>46063.9000578704</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C24" s="0">
-        <x:v>11.23</x:v>
+        <x:v>15.86</x:v>
       </x:c>
       <x:c r="D24" s="0">
-        <x:v>52.431</x:v>
+        <x:v>56.416</x:v>
       </x:c>
       <x:c r="E24" s="0">
-        <x:v>63.94</x:v>
+        <x:v>68.8</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="1">
-        <x:v>46038.8784722222</x:v>
+        <x:v>46062.9109722222</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C25" s="0">
-        <x:v>11.41</x:v>
+        <x:v>16.15</x:v>
       </x:c>
       <x:c r="D25" s="0">
-        <x:v>52.587</x:v>
+        <x:v>56.613</x:v>
       </x:c>
       <x:c r="E25" s="0">
-        <x:v>64.13</x:v>
+        <x:v>69.04</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="1">
-        <x:v>46037.8783217593</x:v>
+        <x:v>46059.8747800926</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C26" s="0">
-        <x:v>11.09</x:v>
+        <x:v>15.07</x:v>
       </x:c>
       <x:c r="D26" s="0">
-        <x:v>52.283</x:v>
+        <x:v>55.801</x:v>
       </x:c>
       <x:c r="E26" s="0">
-        <x:v>63.76</x:v>
+        <x:v>68.05</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="1">
-        <x:v>46036.8717939815</x:v>
+        <x:v>46058.868287037</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C27" s="0">
-        <x:v>14</x:v>
+        <x:v>14.53</x:v>
       </x:c>
       <x:c r="D27" s="0">
-        <x:v>54.546</x:v>
+        <x:v>55.391</x:v>
       </x:c>
       <x:c r="E27" s="0">
-        <x:v>66.52</x:v>
+        <x:v>67.55</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="1">
-        <x:v>46035.867662037</x:v>
+        <x:v>46057.9239236111</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C28" s="0">
-        <x:v>12.97</x:v>
+        <x:v>16.86</x:v>
       </x:c>
       <x:c r="D28" s="0">
-        <x:v>53.685</x:v>
+        <x:v>56.957</x:v>
       </x:c>
       <x:c r="E28" s="0">
-        <x:v>65.47</x:v>
+        <x:v>69.46</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="1">
-        <x:v>46034.8687268519</x:v>
+        <x:v>46056.9108333333</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C29" s="0">
-        <x:v>11.53</x:v>
+        <x:v>14.56</x:v>
       </x:c>
       <x:c r="D29" s="0">
-        <x:v>52.373</x:v>
+        <x:v>55.211</x:v>
       </x:c>
       <x:c r="E29" s="0">
-        <x:v>63.87</x:v>
+        <x:v>67.33</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="1">
-        <x:v>46031.8690162037</x:v>
+        <x:v>46055.8725694444</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C30" s="0">
-        <x:v>11.07</x:v>
+        <x:v>13.51</x:v>
       </x:c>
       <x:c r="D30" s="0">
-        <x:v>51.939</x:v>
+        <x:v>54.366</x:v>
       </x:c>
       <x:c r="E30" s="0">
-        <x:v>63.34</x:v>
+        <x:v>66.3</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="1">
-        <x:v>46030.8658449074</x:v>
+        <x:v>46052.8665740741</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C31" s="0">
-        <x:v>9.99</x:v>
+        <x:v>17.3</x:v>
       </x:c>
       <x:c r="D31" s="0">
-        <x:v>50.832</x:v>
+        <x:v>56.842</x:v>
       </x:c>
       <x:c r="E31" s="0">
-        <x:v>61.99</x:v>
+        <x:v>69.32</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="1">
-        <x:v>46029.8657986111</x:v>
+        <x:v>46051.8644444444</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C32" s="0">
-        <x:v>8.54</x:v>
+        <x:v>17.65</x:v>
       </x:c>
       <x:c r="D32" s="0">
-        <x:v>49.167</x:v>
+        <x:v>57.064</x:v>
       </x:c>
       <x:c r="E32" s="0">
-        <x:v>59.96</x:v>
+        <x:v>69.59</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="1">
-        <x:v>46028.8721180556</x:v>
+        <x:v>46050.8643518519</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C33" s="0">
-        <x:v>9.1</x:v>
+        <x:v>15.15</x:v>
       </x:c>
       <x:c r="D33" s="0">
-        <x:v>49.774</x:v>
+        <x:v>55.243</x:v>
       </x:c>
       <x:c r="E33" s="0">
-        <x:v>60.7</x:v>
+        <x:v>67.37</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="1">
-        <x:v>46027.8692939815</x:v>
+        <x:v>46049.8665162037</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C34" s="0">
-        <x:v>9.96</x:v>
+        <x:v>14.32</x:v>
       </x:c>
       <x:c r="D34" s="0">
-        <x:v>50.643</x:v>
+        <x:v>54.604</x:v>
       </x:c>
       <x:c r="E34" s="0">
-        <x:v>61.76</x:v>
+        <x:v>66.59</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="1">
-        <x:v>46024.8692708333</x:v>
+        <x:v>46048.8665277778</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C35" s="0">
-        <x:v>9.2</x:v>
+        <x:v>12.56</x:v>
       </x:c>
       <x:c r="D35" s="0">
-        <x:v>49.815</x:v>
+        <x:v>53.111</x:v>
       </x:c>
       <x:c r="E35" s="0">
-        <x:v>60.75</x:v>
+        <x:v>65.59</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="1">
-        <x:v>46021.8699305556</x:v>
+        <x:v>46045.8844907407</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C36" s="0">
-        <x:v>9.67</x:v>
+        <x:v>12.85</x:v>
       </x:c>
       <x:c r="D36" s="0">
-        <x:v>50.291</x:v>
+        <x:v>54.022</x:v>
       </x:c>
       <x:c r="E36" s="0">
-        <x:v>61.33</x:v>
+        <x:v>65.88</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="1">
-        <x:v>46020.8706712963</x:v>
+        <x:v>46044.8797916667</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C37" s="0">
-        <x:v>9.8</x:v>
+        <x:v>11.26</x:v>
       </x:c>
       <x:c r="D37" s="0">
-        <x:v>50.422</x:v>
+        <x:v>52.529</x:v>
       </x:c>
       <x:c r="E37" s="0">
-        <x:v>61.49</x:v>
+        <x:v>64.06</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="1">
-        <x:v>46014.8820023148</x:v>
+        <x:v>46043.8692476852</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C38" s="0">
-        <x:v>10.13</x:v>
+        <x:v>12.38</x:v>
       </x:c>
       <x:c r="D38" s="0">
-        <x:v>50.733</x:v>
+        <x:v>53.497</x:v>
       </x:c>
       <x:c r="E38" s="0">
-        <x:v>62.38</x:v>
+        <x:v>65.24</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="1">
-        <x:v>46013.8651851852</x:v>
+        <x:v>46042.8824189815</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C39" s="0">
-        <x:v>9.89</x:v>
+        <x:v>12.09</x:v>
       </x:c>
       <x:c r="D39" s="0">
-        <x:v>50.897</x:v>
+        <x:v>53.234</x:v>
       </x:c>
       <x:c r="E39" s="0">
-        <x:v>62.07</x:v>
+        <x:v>64.92</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="1">
-        <x:v>46010.8689930556</x:v>
+        <x:v>46041.8777430556</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C40" s="0">
-        <x:v>8.74</x:v>
+        <x:v>11.23</x:v>
       </x:c>
       <x:c r="D40" s="0">
-        <x:v>49.585</x:v>
+        <x:v>52.431</x:v>
       </x:c>
       <x:c r="E40" s="0">
-        <x:v>60.47</x:v>
+        <x:v>63.94</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="1">
-        <x:v>46009.8651736111</x:v>
+        <x:v>46038.8784722222</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C41" s="0">
-        <x:v>8.29</x:v>
+        <x:v>11.41</x:v>
       </x:c>
       <x:c r="D41" s="0">
-        <x:v>49.052</x:v>
+        <x:v>52.587</x:v>
       </x:c>
       <x:c r="E41" s="0">
-        <x:v>59.82</x:v>
+        <x:v>64.13</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="1">
-        <x:v>46008.8712847222</x:v>
+        <x:v>46037.8783217593</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C42" s="0">
-        <x:v>8.2</x:v>
+        <x:v>11.09</x:v>
       </x:c>
       <x:c r="D42" s="0">
-        <x:v>48.938</x:v>
+        <x:v>52.283</x:v>
       </x:c>
       <x:c r="E42" s="0">
-        <x:v>59.68</x:v>
+        <x:v>63.76</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="1">
-        <x:v>46007.8682060185</x:v>
+        <x:v>46036.8717939815</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C43" s="0">
-        <x:v>7.7</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D43" s="0">
-        <x:v>48.314</x:v>
+        <x:v>54.546</x:v>
       </x:c>
       <x:c r="E43" s="0">
-        <x:v>58.92</x:v>
+        <x:v>66.52</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="1">
-        <x:v>46006.8661342593</x:v>
+        <x:v>46035.867662037</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C44" s="0">
-        <x:v>8.91</x:v>
+        <x:v>12.97</x:v>
       </x:c>
       <x:c r="D44" s="0">
-        <x:v>49.659</x:v>
+        <x:v>53.685</x:v>
       </x:c>
       <x:c r="E44" s="0">
-        <x:v>60.56</x:v>
+        <x:v>65.47</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="1">
-        <x:v>46003.8692708333</x:v>
+        <x:v>46034.8687268519</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C45" s="0">
-        <x:v>9.35</x:v>
+        <x:v>11.53</x:v>
       </x:c>
       <x:c r="D45" s="0">
-        <x:v>50.118</x:v>
+        <x:v>52.373</x:v>
       </x:c>
       <x:c r="E45" s="0">
-        <x:v>61.12</x:v>
+        <x:v>63.87</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="1">
-        <x:v>46002.8718865741</x:v>
+        <x:v>46031.8690162037</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C46" s="0">
-        <x:v>9.48</x:v>
+        <x:v>11.07</x:v>
       </x:c>
       <x:c r="D46" s="0">
-        <x:v>50.25</x:v>
+        <x:v>51.939</x:v>
       </x:c>
       <x:c r="E46" s="0">
-        <x:v>61.28</x:v>
+        <x:v>63.34</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="1">
-        <x:v>46001.8659953704</x:v>
+        <x:v>46030.8658449074</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C47" s="0">
-        <x:v>10.25</x:v>
+        <x:v>9.99</x:v>
       </x:c>
       <x:c r="D47" s="0">
-        <x:v>51.012</x:v>
+        <x:v>50.832</x:v>
       </x:c>
       <x:c r="E47" s="0">
-        <x:v>62.21</x:v>
+        <x:v>61.99</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5">
       <x:c r="A48" s="1">
-        <x:v>46000.8892013889</x:v>
+        <x:v>46029.8657986111</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C48" s="0">
-        <x:v>10.03</x:v>
+        <x:v>8.54</x:v>
       </x:c>
       <x:c r="D48" s="0">
-        <x:v>50.791</x:v>
+        <x:v>49.167</x:v>
       </x:c>
       <x:c r="E48" s="0">
-        <x:v>61.94</x:v>
+        <x:v>59.96</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
       <x:c r="A49" s="1">
-        <x:v>45999.8773842593</x:v>
+        <x:v>46028.8721180556</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C49" s="0">
-        <x:v>10.5</x:v>
+        <x:v>9.1</x:v>
       </x:c>
       <x:c r="D49" s="0">
-        <x:v>51.242</x:v>
+        <x:v>49.774</x:v>
       </x:c>
       <x:c r="E49" s="0">
-        <x:v>62.49</x:v>
+        <x:v>60.7</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5">
       <x:c r="A50" s="1">
-        <x:v>45996.8718518519</x:v>
+        <x:v>46027.8692939815</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C50" s="0">
-        <x:v>11.66</x:v>
+        <x:v>9.96</x:v>
       </x:c>
       <x:c r="D50" s="0">
-        <x:v>52.275</x:v>
+        <x:v>50.643</x:v>
       </x:c>
       <x:c r="E50" s="0">
-        <x:v>63.75</x:v>
+        <x:v>61.76</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5">
       <x:c r="A51" s="1">
-        <x:v>45995.8729513889</x:v>
+        <x:v>46024.8692708333</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C51" s="0">
-        <x:v>11.23</x:v>
+        <x:v>9.2</x:v>
       </x:c>
       <x:c r="D51" s="0">
-        <x:v>51.873</x:v>
+        <x:v>49.815</x:v>
       </x:c>
       <x:c r="E51" s="0">
-        <x:v>63.26</x:v>
+        <x:v>60.75</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5">
       <x:c r="A52" s="1">
-        <x:v>45994.8669560185</x:v>
+        <x:v>46021.8699305556</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C52" s="0">
-        <x:v>10.73</x:v>
+        <x:v>9.67</x:v>
       </x:c>
       <x:c r="D52" s="0">
-        <x:v>51.389</x:v>
+        <x:v>50.291</x:v>
       </x:c>
       <x:c r="E52" s="0">
-        <x:v>62.67</x:v>
+        <x:v>61.33</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5">
       <x:c r="A53" s="1">
-        <x:v>45993.8696296296</x:v>
+        <x:v>46020.8706712963</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C53" s="0">
-        <x:v>10.54</x:v>
+        <x:v>9.8</x:v>
       </x:c>
       <x:c r="D53" s="0">
-        <x:v>51.209</x:v>
+        <x:v>50.422</x:v>
       </x:c>
       <x:c r="E53" s="0">
-        <x:v>62.45</x:v>
+        <x:v>61.49</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5">
       <x:c r="A54" s="1">
-        <x:v>45992.8654976852</x:v>
+        <x:v>46014.8820023148</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C54" s="0">
-        <x:v>11.18</x:v>
+        <x:v>10.13</x:v>
       </x:c>
       <x:c r="D54" s="0">
-        <x:v>51.799</x:v>
+        <x:v>50.733</x:v>
       </x:c>
       <x:c r="E54" s="0">
-        <x:v>63.17</x:v>
+        <x:v>62.38</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5">
       <x:c r="A55" s="1">
-        <x:v>45989.8774074074</x:v>
+        <x:v>46013.8651851852</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C55" s="0">
-        <x:v>10.53</x:v>
+        <x:v>9.89</x:v>
       </x:c>
       <x:c r="D55" s="0">
-        <x:v>51.152</x:v>
+        <x:v>50.897</x:v>
       </x:c>
       <x:c r="E55" s="0">
-        <x:v>62.38</x:v>
+        <x:v>62.07</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5">
       <x:c r="A56" s="1">
-        <x:v>45988.8776273148</x:v>
+        <x:v>46010.8689930556</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C56" s="0">
-        <x:v>10.96</x:v>
+        <x:v>8.74</x:v>
       </x:c>
       <x:c r="D56" s="0">
-        <x:v>51.553</x:v>
+        <x:v>49.585</x:v>
       </x:c>
       <x:c r="E56" s="0">
-        <x:v>62.87</x:v>
+        <x:v>60.47</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:5">
       <x:c r="A57" s="1">
-        <x:v>45987.8775694444</x:v>
+        <x:v>46009.8651736111</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C57" s="0">
-        <x:v>10.68</x:v>
+        <x:v>8.29</x:v>
       </x:c>
       <x:c r="D57" s="0">
-        <x:v>51.283</x:v>
+        <x:v>49.052</x:v>
       </x:c>
       <x:c r="E57" s="0">
-        <x:v>62.54</x:v>
+        <x:v>59.82</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:5">
       <x:c r="A58" s="1">
-        <x:v>45986.8743865741</x:v>
+        <x:v>46008.8712847222</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C58" s="0">
-        <x:v>10.08</x:v>
+        <x:v>8.2</x:v>
       </x:c>
       <x:c r="D58" s="0">
-        <x:v>50.676</x:v>
+        <x:v>48.938</x:v>
       </x:c>
       <x:c r="E58" s="0">
-        <x:v>61.8</x:v>
+        <x:v>59.68</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:5">
       <x:c r="A59" s="1">
-        <x:v>45985.8708796296</x:v>
+        <x:v>46007.8682060185</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C59" s="0">
-        <x:v>10.88</x:v>
+        <x:v>7.7</x:v>
       </x:c>
       <x:c r="D59" s="0">
-        <x:v>51.43</x:v>
+        <x:v>48.314</x:v>
       </x:c>
       <x:c r="E59" s="0">
-        <x:v>63.37</x:v>
+        <x:v>58.92</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:5">
       <x:c r="A60" s="1">
-        <x:v>45982.8679050926</x:v>
+        <x:v>46006.8661342593</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C60" s="0">
-        <x:v>10.23</x:v>
+        <x:v>8.91</x:v>
       </x:c>
       <x:c r="D60" s="0">
-        <x:v>51.299</x:v>
+        <x:v>49.659</x:v>
       </x:c>
       <x:c r="E60" s="0">
-        <x:v>62.56</x:v>
+        <x:v>60.56</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:5">
       <x:c r="A61" s="1">
-        <x:v>45981.867650463</x:v>
+        <x:v>46003.8692708333</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C61" s="0">
-        <x:v>10.94</x:v>
+        <x:v>9.35</x:v>
       </x:c>
       <x:c r="D61" s="0">
-        <x:v>51.972</x:v>
+        <x:v>50.118</x:v>
       </x:c>
       <x:c r="E61" s="0">
-        <x:v>63.38</x:v>
+        <x:v>61.12</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:5">
       <x:c r="A62" s="1">
-        <x:v>45980.8667013889</x:v>
+        <x:v>46002.8718865741</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C62" s="0">
-        <x:v>11.05</x:v>
+        <x:v>9.48</x:v>
       </x:c>
       <x:c r="D62" s="0">
-        <x:v>52.078</x:v>
+        <x:v>50.25</x:v>
       </x:c>
       <x:c r="E62" s="0">
-        <x:v>63.51</x:v>
+        <x:v>61.28</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:5">
       <x:c r="A63" s="1">
-        <x:v>45979.8891898148</x:v>
+        <x:v>46001.8659953704</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C63" s="0">
-        <x:v>12.37</x:v>
+        <x:v>10.25</x:v>
       </x:c>
       <x:c r="D63" s="0">
-        <x:v>53.21</x:v>
+        <x:v>51.012</x:v>
       </x:c>
       <x:c r="E63" s="0">
-        <x:v>64.89</x:v>
+        <x:v>62.21</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:5">
       <x:c r="A64" s="1">
-        <x:v>45978.8654861111</x:v>
+        <x:v>46000.8892013889</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C64" s="0">
-        <x:v>11.75</x:v>
+        <x:v>10.03</x:v>
       </x:c>
       <x:c r="D64" s="0">
-        <x:v>52.644</x:v>
+        <x:v>50.791</x:v>
       </x:c>
       <x:c r="E64" s="0">
-        <x:v>64.2</x:v>
+        <x:v>61.94</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:5">
       <x:c r="A65" s="1">
-        <x:v>45975.86875</x:v>
+        <x:v>45999.8773842593</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C65" s="0">
-        <x:v>11.93</x:v>
+        <x:v>10.5</x:v>
       </x:c>
       <x:c r="D65" s="0">
-        <x:v>52.8</x:v>
+        <x:v>51.242</x:v>
       </x:c>
       <x:c r="E65" s="0">
-        <x:v>64.39</x:v>
+        <x:v>62.49</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:5">
       <x:c r="A66" s="1">
-        <x:v>45974.8920717593</x:v>
+        <x:v>45996.8718518519</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C66" s="0">
-        <x:v>10.76</x:v>
+        <x:v>11.66</x:v>
       </x:c>
       <x:c r="D66" s="0">
-        <x:v>51.668</x:v>
+        <x:v>52.275</x:v>
       </x:c>
       <x:c r="E66" s="0">
-        <x:v>63.01</x:v>
+        <x:v>63.75</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:5">
       <x:c r="A67" s="1">
-        <x:v>45972.8743865741</x:v>
+        <x:v>45995.8729513889</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C67" s="0">
-        <x:v>12.95</x:v>
+        <x:v>11.23</x:v>
       </x:c>
       <x:c r="D67" s="0">
-        <x:v>53.431</x:v>
+        <x:v>51.873</x:v>
       </x:c>
       <x:c r="E67" s="0">
-        <x:v>65.16</x:v>
+        <x:v>63.26</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:5">
       <x:c r="A68" s="1">
-        <x:v>45971.8872916667</x:v>
+        <x:v>45994.8669560185</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C68" s="0">
-        <x:v>11.93</x:v>
+        <x:v>10.73</x:v>
       </x:c>
       <x:c r="D68" s="0">
-        <x:v>52.529</x:v>
+        <x:v>51.389</x:v>
       </x:c>
       <x:c r="E68" s="0">
-        <x:v>64.06</x:v>
+        <x:v>62.67</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:5">
       <x:c r="A69" s="1">
-        <x:v>45968.8685532407</x:v>
+        <x:v>45993.8696296296</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C69" s="0">
-        <x:v>11.55</x:v>
+        <x:v>10.54</x:v>
       </x:c>
       <x:c r="D69" s="0">
-        <x:v>52.177</x:v>
+        <x:v>51.209</x:v>
       </x:c>
       <x:c r="E69" s="0">
-        <x:v>63.63</x:v>
+        <x:v>62.45</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:5">
       <x:c r="A70" s="1">
-        <x:v>45967.8716087963</x:v>
+        <x:v>45992.8654976852</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C70" s="0">
-        <x:v>11.33</x:v>
+        <x:v>11.18</x:v>
       </x:c>
       <x:c r="D70" s="0">
-        <x:v>51.972</x:v>
+        <x:v>51.799</x:v>
       </x:c>
       <x:c r="E70" s="0">
-        <x:v>63.38</x:v>
+        <x:v>63.17</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:5">
       <x:c r="A71" s="1">
-        <x:v>45966.876712963</x:v>
+        <x:v>45989.8774074074</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C71" s="0">
-        <x:v>11.46</x:v>
+        <x:v>10.53</x:v>
       </x:c>
       <x:c r="D71" s="0">
-        <x:v>52.086</x:v>
+        <x:v>51.152</x:v>
       </x:c>
       <x:c r="E71" s="0">
-        <x:v>63.52</x:v>
+        <x:v>62.38</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:5">
       <x:c r="A72" s="1">
-        <x:v>45965.870474537</x:v>
+        <x:v>45988.8776273148</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C72" s="0">
-        <x:v>12.34</x:v>
+        <x:v>10.96</x:v>
       </x:c>
       <x:c r="D72" s="0">
-        <x:v>52.841</x:v>
+        <x:v>51.553</x:v>
       </x:c>
       <x:c r="E72" s="0">
-        <x:v>64.44</x:v>
+        <x:v>62.87</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:5">
       <x:c r="A73" s="1">
-        <x:v>45964.8721064815</x:v>
+        <x:v>45987.8775694444</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C73" s="0">
-        <x:v>12.79</x:v>
+        <x:v>10.68</x:v>
       </x:c>
       <x:c r="D73" s="0">
-        <x:v>53.21</x:v>
+        <x:v>51.283</x:v>
       </x:c>
       <x:c r="E73" s="0">
-        <x:v>64.89</x:v>
+        <x:v>62.54</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:5">
       <x:c r="A74" s="1">
-        <x:v>45961.8346643519</x:v>
+        <x:v>45986.8743865741</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C74" s="0">
-        <x:v>12.68</x:v>
+        <x:v>10.08</x:v>
       </x:c>
       <x:c r="D74" s="0">
-        <x:v>53.111</x:v>
+        <x:v>50.676</x:v>
       </x:c>
       <x:c r="E74" s="0">
-        <x:v>64.77</x:v>
+        <x:v>61.8</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:5">
       <x:c r="A75" s="1">
-        <x:v>45960.8565740741</x:v>
+        <x:v>45985.8708796296</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C75" s="0">
-        <x:v>12.31</x:v>
+        <x:v>10.88</x:v>
       </x:c>
       <x:c r="D75" s="0">
-        <x:v>52.783</x:v>
+        <x:v>51.43</x:v>
       </x:c>
       <x:c r="E75" s="0">
-        <x:v>64.37</x:v>
+        <x:v>63.37</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:5">
       <x:c r="A76" s="1">
-        <x:v>45959.8655092593</x:v>
+        <x:v>45982.8679050926</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C76" s="0">
-        <x:v>12.26</x:v>
+        <x:v>10.23</x:v>
       </x:c>
       <x:c r="D76" s="0">
-        <x:v>52.742</x:v>
+        <x:v>51.299</x:v>
       </x:c>
       <x:c r="E76" s="0">
-        <x:v>64.32</x:v>
+        <x:v>62.56</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:5">
       <x:c r="A77" s="1">
-        <x:v>45958.8658101852</x:v>
+        <x:v>45981.867650463</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C77" s="0">
-        <x:v>11.81</x:v>
+        <x:v>10.94</x:v>
       </x:c>
       <x:c r="D77" s="0">
-        <x:v>52.341</x:v>
+        <x:v>51.972</x:v>
       </x:c>
       <x:c r="E77" s="0">
-        <x:v>63.83</x:v>
+        <x:v>63.38</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:5">
       <x:c r="A78" s="1">
-        <x:v>45957.8436574074</x:v>
+        <x:v>45980.8667013889</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C78" s="0">
-        <x:v>12.88</x:v>
+        <x:v>11.05</x:v>
       </x:c>
       <x:c r="D78" s="0">
-        <x:v>53.218</x:v>
+        <x:v>52.078</x:v>
       </x:c>
       <x:c r="E78" s="0">
-        <x:v>65.62</x:v>
+        <x:v>63.51</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:5">
       <x:c r="A79" s="1">
-        <x:v>45954.8688425926</x:v>
+        <x:v>45979.8891898148</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C79" s="0">
-        <x:v>13.21</x:v>
+        <x:v>12.37</x:v>
       </x:c>
       <x:c r="D79" s="0">
-        <x:v>54.071</x:v>
+        <x:v>53.21</x:v>
       </x:c>
       <x:c r="E79" s="0">
-        <x:v>65.94</x:v>
+        <x:v>64.89</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:5">
       <x:c r="A80" s="1">
-        <x:v>45953.8697106481</x:v>
+        <x:v>45978.8654861111</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C80" s="0">
-        <x:v>13.26</x:v>
+        <x:v>11.75</x:v>
       </x:c>
       <x:c r="D80" s="0">
-        <x:v>54.112</x:v>
+        <x:v>52.644</x:v>
       </x:c>
       <x:c r="E80" s="0">
-        <x:v>65.99</x:v>
+        <x:v>64.2</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:5">
       <x:c r="A81" s="1">
-        <x:v>45952.8835763889</x:v>
+        <x:v>45975.86875</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C81" s="0">
-        <x:v>10.43</x:v>
+        <x:v>11.93</x:v>
       </x:c>
       <x:c r="D81" s="0">
-        <x:v>51.324</x:v>
+        <x:v>52.8</x:v>
       </x:c>
       <x:c r="E81" s="0">
-        <x:v>62.59</x:v>
+        <x:v>64.39</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:5">
       <x:c r="A82" s="1">
-        <x:v>45951.8713310185</x:v>
+        <x:v>45974.8920717593</x:v>
       </x:c>
       <x:c r="B82" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C82" s="0">
-        <x:v>9.46</x:v>
+        <x:v>10.76</x:v>
       </x:c>
       <x:c r="D82" s="0">
-        <x:v>50.282</x:v>
+        <x:v>51.668</x:v>
       </x:c>
       <x:c r="E82" s="0">
-        <x:v>61.32</x:v>
+        <x:v>63.01</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:5">
       <x:c r="A83" s="1">
-        <x:v>45950.8678125</x:v>
+        <x:v>45972.8743865741</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C83" s="0">
-        <x:v>9.23</x:v>
+        <x:v>12.95</x:v>
       </x:c>
       <x:c r="D83" s="0">
-        <x:v>50.028</x:v>
+        <x:v>53.431</x:v>
       </x:c>
       <x:c r="E83" s="0">
-        <x:v>61.01</x:v>
+        <x:v>65.16</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:5">
       <x:c r="A84" s="1">
-        <x:v>45947.8724421296</x:v>
+        <x:v>45971.8872916667</x:v>
       </x:c>
       <x:c r="B84" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C84" s="0">
-        <x:v>9.45</x:v>
+        <x:v>11.93</x:v>
       </x:c>
       <x:c r="D84" s="0">
-        <x:v>50.258</x:v>
+        <x:v>52.529</x:v>
       </x:c>
       <x:c r="E84" s="0">
-        <x:v>61.29</x:v>
+        <x:v>64.06</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:5">
       <x:c r="A85" s="1">
-        <x:v>45946.8678125</x:v>
+        <x:v>45968.8685532407</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C85" s="0">
-        <x:v>9.28</x:v>
+        <x:v>11.55</x:v>
       </x:c>
       <x:c r="D85" s="0">
-        <x:v>50.069</x:v>
+        <x:v>52.177</x:v>
       </x:c>
       <x:c r="E85" s="0">
-        <x:v>61.06</x:v>
+        <x:v>63.63</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:5">
       <x:c r="A86" s="1">
-        <x:v>45945.8706365741</x:v>
+        <x:v>45967.8716087963</x:v>
       </x:c>
       <x:c r="B86" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C86" s="0">
-        <x:v>9.96</x:v>
+        <x:v>11.33</x:v>
       </x:c>
       <x:c r="D86" s="0">
-        <x:v>50.766</x:v>
+        <x:v>51.972</x:v>
       </x:c>
       <x:c r="E86" s="0">
-        <x:v>61.91</x:v>
+        <x:v>63.38</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:5">
       <x:c r="A87" s="1">
-        <x:v>45944.8749074074</x:v>
+        <x:v>45966.876712963</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C87" s="0">
-        <x:v>10.37</x:v>
+        <x:v>11.46</x:v>
       </x:c>
       <x:c r="D87" s="0">
-        <x:v>51.16</x:v>
+        <x:v>52.086</x:v>
       </x:c>
       <x:c r="E87" s="0">
-        <x:v>62.39</x:v>
+        <x:v>63.52</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:5">
       <x:c r="A88" s="1">
-        <x:v>45943.8919791667</x:v>
+        <x:v>45965.870474537</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C88" s="0">
-        <x:v>11.19</x:v>
+        <x:v>12.34</x:v>
       </x:c>
       <x:c r="D88" s="0">
-        <x:v>51.922</x:v>
+        <x:v>52.841</x:v>
       </x:c>
       <x:c r="E88" s="0">
-        <x:v>63.32</x:v>
+        <x:v>64.44</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:5">
       <x:c r="A89" s="1">
-        <x:v>45940.8709953704</x:v>
+        <x:v>45964.8721064815</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C89" s="0">
-        <x:v>10.7</x:v>
+        <x:v>12.79</x:v>
       </x:c>
       <x:c r="D89" s="0">
-        <x:v>51.439</x:v>
+        <x:v>53.21</x:v>
       </x:c>
       <x:c r="E89" s="0">
-        <x:v>62.73</x:v>
+        <x:v>64.89</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:5">
       <x:c r="A90" s="1">
-        <x:v>45939.8818402778</x:v>
+        <x:v>45961.8346643519</x:v>
       </x:c>
       <x:c r="B90" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C90" s="0">
-        <x:v>13.23</x:v>
+        <x:v>12.68</x:v>
       </x:c>
       <x:c r="D90" s="0">
-        <x:v>53.48</x:v>
+        <x:v>53.111</x:v>
       </x:c>
       <x:c r="E90" s="0">
-        <x:v>65.22</x:v>
+        <x:v>64.77</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:5">
       <x:c r="A91" s="1">
-        <x:v>45938.8822569444</x:v>
+        <x:v>45960.8565740741</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C91" s="0">
-        <x:v>14.35</x:v>
+        <x:v>12.31</x:v>
       </x:c>
       <x:c r="D91" s="0">
-        <x:v>54.325</x:v>
+        <x:v>52.783</x:v>
       </x:c>
       <x:c r="E91" s="0">
-        <x:v>66.25</x:v>
+        <x:v>64.37</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:5">
       <x:c r="A92" s="1">
-        <x:v>45937.8661689815</x:v>
+        <x:v>45959.8655092593</x:v>
       </x:c>
       <x:c r="B92" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C92" s="0">
-        <x:v>13.52</x:v>
+        <x:v>12.26</x:v>
       </x:c>
       <x:c r="D92" s="0">
-        <x:v>53.669</x:v>
+        <x:v>52.742</x:v>
       </x:c>
       <x:c r="E92" s="0">
-        <x:v>65.45</x:v>
+        <x:v>64.32</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:5">
       <x:c r="A93" s="1">
-        <x:v>45936.8652199074</x:v>
+        <x:v>45958.8658101852</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C93" s="0">
-        <x:v>13.55</x:v>
+        <x:v>11.81</x:v>
       </x:c>
       <x:c r="D93" s="0">
-        <x:v>53.685</x:v>
+        <x:v>52.341</x:v>
       </x:c>
       <x:c r="E93" s="0">
-        <x:v>65.47</x:v>
+        <x:v>63.83</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:5">
       <x:c r="A94" s="1">
-        <x:v>45933.8749421296</x:v>
+        <x:v>45957.8436574074</x:v>
       </x:c>
       <x:c r="B94" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C94" s="0">
-        <x:v>12.64</x:v>
+        <x:v>12.88</x:v>
       </x:c>
       <x:c r="D94" s="0">
-        <x:v>52.915</x:v>
+        <x:v>53.218</x:v>
       </x:c>
       <x:c r="E94" s="0">
-        <x:v>64.53</x:v>
+        <x:v>65.62</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:5">
       <x:c r="A95" s="1">
-        <x:v>45932.8749421296</x:v>
+        <x:v>45954.8688425926</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C95" s="0">
-        <x:v>12.24</x:v>
+        <x:v>13.21</x:v>
       </x:c>
       <x:c r="D95" s="0">
-        <x:v>52.57</x:v>
+        <x:v>54.071</x:v>
       </x:c>
       <x:c r="E95" s="0">
-        <x:v>64.11</x:v>
+        <x:v>65.94</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:5">
       <x:c r="A96" s="1">
-        <x:v>45931.8699884259</x:v>
+        <x:v>45953.8697106481</x:v>
       </x:c>
       <x:c r="B96" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C96" s="0">
-        <x:v>13.53</x:v>
+        <x:v>13.26</x:v>
       </x:c>
       <x:c r="D96" s="0">
-        <x:v>53.587</x:v>
+        <x:v>54.112</x:v>
       </x:c>
       <x:c r="E96" s="0">
-        <x:v>65.35</x:v>
+        <x:v>65.99</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:5">
       <x:c r="A97" s="1">
-        <x:v>45930.8693402778</x:v>
+        <x:v>45952.8835763889</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C97" s="0">
-        <x:v>14.27</x:v>
+        <x:v>10.43</x:v>
       </x:c>
       <x:c r="D97" s="0">
-        <x:v>54.145</x:v>
+        <x:v>51.324</x:v>
       </x:c>
       <x:c r="E97" s="0">
-        <x:v>66.03</x:v>
+        <x:v>62.59</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:5">
       <x:c r="A98" s="1">
-        <x:v>45929.8687615741</x:v>
+        <x:v>45951.8713310185</x:v>
       </x:c>
       <x:c r="B98" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C98" s="0">
-        <x:v>15.5</x:v>
+        <x:v>9.46</x:v>
       </x:c>
       <x:c r="D98" s="0">
-        <x:v>55.014</x:v>
+        <x:v>50.282</x:v>
       </x:c>
       <x:c r="E98" s="0">
-        <x:v>67.09</x:v>
+        <x:v>61.32</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:5">
       <x:c r="A99" s="1">
-        <x:v>45926.8683564815</x:v>
+        <x:v>45950.8678125</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C99" s="0">
-        <x:v>18.34</x:v>
+        <x:v>9.23</x:v>
       </x:c>
       <x:c r="D99" s="0">
-        <x:v>56.76</x:v>
+        <x:v>50.028</x:v>
       </x:c>
       <x:c r="E99" s="0">
-        <x:v>69.22</x:v>
+        <x:v>61.01</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:5">
       <x:c r="A100" s="1">
-        <x:v>45925.870474537</x:v>
+        <x:v>45947.8724421296</x:v>
       </x:c>
       <x:c r="B100" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C100" s="0">
-        <x:v>17.52</x:v>
+        <x:v>9.45</x:v>
       </x:c>
       <x:c r="D100" s="0">
-        <x:v>56.236</x:v>
+        <x:v>50.258</x:v>
       </x:c>
       <x:c r="E100" s="0">
-        <x:v>68.58</x:v>
+        <x:v>61.29</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:5">
       <x:c r="A101" s="1">
-        <x:v>45924.8664351852</x:v>
+        <x:v>45946.8678125</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C101" s="0">
-        <x:v>17.38</x:v>
+        <x:v>9.28</x:v>
       </x:c>
       <x:c r="D101" s="0">
-        <x:v>56.137</x:v>
+        <x:v>50.069</x:v>
       </x:c>
       <x:c r="E101" s="0">
-        <x:v>69.31</x:v>
+        <x:v>61.06</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:5">
       <x:c r="A102" s="1">
-        <x:v>45923.8744212963</x:v>
+        <x:v>45945.8706365741</x:v>
       </x:c>
       <x:c r="B102" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C102" s="0">
-        <x:v>15.46</x:v>
+        <x:v>9.96</x:v>
       </x:c>
       <x:c r="D102" s="0">
-        <x:v>55.457</x:v>
+        <x:v>50.766</x:v>
       </x:c>
       <x:c r="E102" s="0">
-        <x:v>67.63</x:v>
+        <x:v>61.91</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:5">
       <x:c r="A103" s="1">
-        <x:v>45922.8813541667</x:v>
+        <x:v>45944.8749074074</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C103" s="0">
-        <x:v>14.32</x:v>
+        <x:v>10.37</x:v>
       </x:c>
       <x:c r="D103" s="0">
-        <x:v>54.587</x:v>
+        <x:v>51.16</x:v>
       </x:c>
       <x:c r="E103" s="0">
-        <x:v>66.57</x:v>
+        <x:v>62.39</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:5">
       <x:c r="A104" s="1">
-        <x:v>45919.8706018518</x:v>
+        <x:v>45943.8919791667</x:v>
       </x:c>
       <x:c r="B104" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C104" s="0">
-        <x:v>14.46</x:v>
+        <x:v>11.19</x:v>
       </x:c>
       <x:c r="D104" s="0">
-        <x:v>54.678</x:v>
+        <x:v>51.922</x:v>
       </x:c>
       <x:c r="E104" s="0">
-        <x:v>66.68</x:v>
+        <x:v>63.32</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:5">
       <x:c r="A105" s="1">
-        <x:v>45918.8680439815</x:v>
+        <x:v>45940.8709953704</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C105" s="0">
-        <x:v>15.33</x:v>
+        <x:v>10.7</x:v>
       </x:c>
       <x:c r="D105" s="0">
-        <x:v>55.301</x:v>
+        <x:v>51.439</x:v>
       </x:c>
       <x:c r="E105" s="0">
-        <x:v>67.44</x:v>
+        <x:v>62.73</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:5">
       <x:c r="A106" s="1">
-        <x:v>45917.8672337963</x:v>
+        <x:v>45939.8818402778</x:v>
       </x:c>
       <x:c r="B106" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C106" s="0">
-        <x:v>15.93</x:v>
+        <x:v>13.23</x:v>
       </x:c>
       <x:c r="D106" s="0">
-        <x:v>55.719</x:v>
+        <x:v>53.48</x:v>
       </x:c>
       <x:c r="E106" s="0">
-        <x:v>67.95</x:v>
+        <x:v>65.22</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:5">
       <x:c r="A107" s="1">
-        <x:v>45916.874849537</x:v>
+        <x:v>45938.8822569444</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C107" s="0">
-        <x:v>16.56</x:v>
+        <x:v>14.35</x:v>
       </x:c>
       <x:c r="D107" s="0">
-        <x:v>56.145</x:v>
+        <x:v>54.325</x:v>
       </x:c>
       <x:c r="E107" s="0">
-        <x:v>68.47</x:v>
+        <x:v>66.25</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:5">
       <x:c r="A108" s="1">
-        <x:v>45915.8847685185</x:v>
+        <x:v>45937.8661689815</x:v>
       </x:c>
       <x:c r="B108" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C108" s="0">
-        <x:v>15.39</x:v>
+        <x:v>13.52</x:v>
       </x:c>
       <x:c r="D108" s="0">
-        <x:v>55.301</x:v>
+        <x:v>53.669</x:v>
       </x:c>
       <x:c r="E108" s="0">
-        <x:v>67.44</x:v>
+        <x:v>65.45</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:5">
       <x:c r="A109" s="1">
-        <x:v>45912.8690277778</x:v>
+        <x:v>45936.8652199074</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C109" s="0">
-        <x:v>14.9</x:v>
+        <x:v>13.55</x:v>
       </x:c>
       <x:c r="D109" s="0">
-        <x:v>54.932</x:v>
+        <x:v>53.685</x:v>
       </x:c>
       <x:c r="E109" s="0">
-        <x:v>66.99</x:v>
+        <x:v>65.47</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:5">
       <x:c r="A110" s="1">
-        <x:v>45911.8677199074</x:v>
+        <x:v>45933.8749421296</x:v>
       </x:c>
       <x:c r="B110" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C110" s="0">
-        <x:v>14.24</x:v>
+        <x:v>12.64</x:v>
       </x:c>
       <x:c r="D110" s="0">
-        <x:v>54.423</x:v>
+        <x:v>52.915</x:v>
       </x:c>
       <x:c r="E110" s="0">
-        <x:v>66.37</x:v>
+        <x:v>64.53</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:5">
       <x:c r="A111" s="1">
-        <x:v>45910.8673611111</x:v>
+        <x:v>45932.8749421296</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C111" s="0">
-        <x:v>15.54</x:v>
+        <x:v>12.24</x:v>
       </x:c>
       <x:c r="D111" s="0">
-        <x:v>55.342</x:v>
+        <x:v>52.57</x:v>
       </x:c>
       <x:c r="E111" s="0">
-        <x:v>67.49</x:v>
+        <x:v>64.11</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:5">
       <x:c r="A112" s="1">
-        <x:v>45909.8653472222</x:v>
+        <x:v>45931.8699884259</x:v>
       </x:c>
       <x:c r="B112" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C112" s="0">
-        <x:v>14.35</x:v>
+        <x:v>13.53</x:v>
       </x:c>
       <x:c r="D112" s="0">
-        <x:v>54.44</x:v>
+        <x:v>53.587</x:v>
       </x:c>
       <x:c r="E112" s="0">
-        <x:v>66.39</x:v>
+        <x:v>65.35</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:5">
       <x:c r="A113" s="1">
-        <x:v>45908.8695601852</x:v>
+        <x:v>45930.8693402778</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C113" s="0">
-        <x:v>13.96</x:v>
+        <x:v>14.27</x:v>
       </x:c>
       <x:c r="D113" s="0">
-        <x:v>54.136</x:v>
+        <x:v>54.145</x:v>
       </x:c>
       <x:c r="E113" s="0">
-        <x:v>66.02</x:v>
+        <x:v>66.03</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:5">
       <x:c r="A114" s="1">
-        <x:v>45905.8748032407</x:v>
+        <x:v>45929.8687615741</x:v>
       </x:c>
       <x:c r="B114" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C114" s="0">
-        <x:v>13.44</x:v>
+        <x:v>15.5</x:v>
       </x:c>
       <x:c r="D114" s="0">
-        <x:v>53.71</x:v>
+        <x:v>55.014</x:v>
       </x:c>
       <x:c r="E114" s="0">
-        <x:v>65.5</x:v>
+        <x:v>67.09</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:5">
       <x:c r="A115" s="1">
-        <x:v>45904.8696875</x:v>
+        <x:v>45926.8683564815</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C115" s="0">
-        <x:v>15.13</x:v>
+        <x:v>18.34</x:v>
       </x:c>
       <x:c r="D115" s="0">
-        <x:v>54.932</x:v>
+        <x:v>56.76</x:v>
       </x:c>
       <x:c r="E115" s="0">
-        <x:v>66.99</x:v>
+        <x:v>69.22</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:5">
       <x:c r="A116" s="1">
-        <x:v>45903.8712152778</x:v>
+        <x:v>45925.870474537</x:v>
       </x:c>
       <x:c r="B116" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C116" s="0">
-        <x:v>15.85</x:v>
+        <x:v>17.52</x:v>
       </x:c>
       <x:c r="D116" s="0">
-        <x:v>55.432</x:v>
+        <x:v>56.236</x:v>
       </x:c>
       <x:c r="E116" s="0">
-        <x:v>67.6</x:v>
+        <x:v>68.58</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:5">
       <x:c r="A117" s="1">
-        <x:v>45902.8909722222</x:v>
+        <x:v>45924.8664351852</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C117" s="0">
-        <x:v>17.84</x:v>
+        <x:v>17.38</x:v>
       </x:c>
       <x:c r="D117" s="0">
-        <x:v>56.695</x:v>
+        <x:v>56.137</x:v>
       </x:c>
       <x:c r="E117" s="0">
-        <x:v>69.14</x:v>
+        <x:v>69.31</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:5">
       <x:c r="A118" s="1">
-        <x:v>45901.9168287037</x:v>
+        <x:v>45923.8744212963</x:v>
       </x:c>
       <x:c r="B118" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C118" s="0">
-        <x:v>16.64</x:v>
+        <x:v>15.46</x:v>
       </x:c>
       <x:c r="D118" s="0">
-        <x:v>55.883</x:v>
+        <x:v>55.457</x:v>
       </x:c>
       <x:c r="E118" s="0">
-        <x:v>68.15</x:v>
+        <x:v>67.63</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:5">
       <x:c r="A119" s="1">
-        <x:v>45898.8672453704</x:v>
+        <x:v>45922.8813541667</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C119" s="0">
-        <x:v>15.86</x:v>
+        <x:v>14.32</x:v>
       </x:c>
       <x:c r="D119" s="0">
-        <x:v>55.334</x:v>
+        <x:v>54.587</x:v>
       </x:c>
       <x:c r="E119" s="0">
-        <x:v>67.48</x:v>
+        <x:v>66.57</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:5">
       <x:c r="A120" s="1">
-        <x:v>45897.8709837963</x:v>
+        <x:v>45919.8706018518</x:v>
       </x:c>
       <x:c r="B120" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C120" s="0">
-        <x:v>16.47</x:v>
+        <x:v>14.46</x:v>
       </x:c>
       <x:c r="D120" s="0">
-        <x:v>55.744</x:v>
+        <x:v>54.678</x:v>
       </x:c>
       <x:c r="E120" s="0">
-        <x:v>67.98</x:v>
+        <x:v>66.68</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:5">
       <x:c r="A121" s="1">
-        <x:v>45896.8696296296</x:v>
+        <x:v>45918.8680439815</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C121" s="0">
-        <x:v>15.85</x:v>
+        <x:v>15.33</x:v>
       </x:c>
       <x:c r="D121" s="0">
         <x:v>55.301</x:v>
       </x:c>
       <x:c r="E121" s="0">
         <x:v>67.44</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:5">
       <x:c r="A122" s="1">
-        <x:v>45895.866875</x:v>
+        <x:v>45917.8672337963</x:v>
       </x:c>
       <x:c r="B122" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C122" s="0">
-        <x:v>15.02</x:v>
+        <x:v>15.93</x:v>
       </x:c>
       <x:c r="D122" s="0">
-        <x:v>54.694</x:v>
+        <x:v>55.719</x:v>
       </x:c>
       <x:c r="E122" s="0">
-        <x:v>66.7</x:v>
+        <x:v>67.95</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:5">
       <x:c r="A123" s="1">
-        <x:v>45894.8896412037</x:v>
+        <x:v>45916.874849537</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C123" s="0">
-        <x:v>16.9</x:v>
+        <x:v>16.56</x:v>
       </x:c>
       <x:c r="D123" s="0">
-        <x:v>55.94</x:v>
+        <x:v>56.145</x:v>
       </x:c>
       <x:c r="E123" s="0">
-        <x:v>68.8</x:v>
+        <x:v>68.47</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:5">
       <x:c r="A124" s="1">
-        <x:v>45891.8697453704</x:v>
+        <x:v>45915.8847685185</x:v>
       </x:c>
       <x:c r="B124" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C124" s="0">
-        <x:v>15.68</x:v>
+        <x:v>15.39</x:v>
       </x:c>
       <x:c r="D124" s="0">
-        <x:v>55.539</x:v>
+        <x:v>55.301</x:v>
       </x:c>
       <x:c r="E124" s="0">
-        <x:v>67.73</x:v>
+        <x:v>67.44</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:5">
       <x:c r="A125" s="1">
-        <x:v>45890.8865972222</x:v>
+        <x:v>45912.8690277778</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C125" s="0">
-        <x:v>15.62</x:v>
+        <x:v>14.9</x:v>
       </x:c>
       <x:c r="D125" s="0">
-        <x:v>55.489</x:v>
+        <x:v>54.932</x:v>
       </x:c>
       <x:c r="E125" s="0">
-        <x:v>67.67</x:v>
+        <x:v>66.99</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:5">
       <x:c r="A126" s="1">
-        <x:v>45889.8690625</x:v>
+        <x:v>45911.8677199074</x:v>
       </x:c>
       <x:c r="B126" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C126" s="0">
-        <x:v>14.71</x:v>
+        <x:v>14.24</x:v>
       </x:c>
       <x:c r="D126" s="0">
-        <x:v>54.809</x:v>
+        <x:v>54.423</x:v>
       </x:c>
       <x:c r="E126" s="0">
-        <x:v>66.84</x:v>
+        <x:v>66.37</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:5">
       <x:c r="A127" s="1">
-        <x:v>45888.8672569444</x:v>
+        <x:v>45910.8673611111</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C127" s="0">
-        <x:v>13.62</x:v>
+        <x:v>15.54</x:v>
       </x:c>
       <x:c r="D127" s="0">
-        <x:v>53.948</x:v>
+        <x:v>55.342</x:v>
       </x:c>
       <x:c r="E127" s="0">
-        <x:v>65.79</x:v>
+        <x:v>67.49</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:5">
       <x:c r="A128" s="1">
-        <x:v>45887.871412037</x:v>
+        <x:v>45909.8653472222</x:v>
       </x:c>
       <x:c r="B128" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C128" s="0">
-        <x:v>14.51</x:v>
+        <x:v>14.35</x:v>
       </x:c>
       <x:c r="D128" s="0">
-        <x:v>54.612</x:v>
+        <x:v>54.44</x:v>
       </x:c>
       <x:c r="E128" s="0">
-        <x:v>66.6</x:v>
+        <x:v>66.39</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:5">
       <x:c r="A129" s="1">
-        <x:v>45884.8646527778</x:v>
+        <x:v>45908.8695601852</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C129" s="0">
-        <x:v>13.74</x:v>
+        <x:v>13.96</x:v>
       </x:c>
       <x:c r="D129" s="0">
-        <x:v>53.997</x:v>
+        <x:v>54.136</x:v>
       </x:c>
       <x:c r="E129" s="0">
-        <x:v>65.85</x:v>
+        <x:v>66.02</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:5">
       <x:c r="A130" s="1">
-        <x:v>45883.8844212963</x:v>
+        <x:v>45905.8748032407</x:v>
       </x:c>
       <x:c r="B130" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C130" s="0">
-        <x:v>14.84</x:v>
+        <x:v>13.44</x:v>
       </x:c>
       <x:c r="D130" s="0">
-        <x:v>54.809</x:v>
+        <x:v>53.71</x:v>
       </x:c>
       <x:c r="E130" s="0">
-        <x:v>66.84</x:v>
+        <x:v>65.5</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:5">
       <x:c r="A131" s="1">
-        <x:v>45882.8657407407</x:v>
+        <x:v>45904.8696875</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C131" s="0">
-        <x:v>13.59</x:v>
+        <x:v>15.13</x:v>
       </x:c>
       <x:c r="D131" s="0">
-        <x:v>53.817</x:v>
+        <x:v>54.932</x:v>
       </x:c>
       <x:c r="E131" s="0">
-        <x:v>65.63</x:v>
+        <x:v>66.99</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:5">
       <x:c r="A132" s="1">
-        <x:v>45881.8655208333</x:v>
+        <x:v>45903.8712152778</x:v>
       </x:c>
       <x:c r="B132" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C132" s="0">
-        <x:v>14.12</x:v>
+        <x:v>15.85</x:v>
       </x:c>
       <x:c r="D132" s="0">
-        <x:v>54.218</x:v>
+        <x:v>55.432</x:v>
       </x:c>
       <x:c r="E132" s="0">
-        <x:v>66.12</x:v>
+        <x:v>67.6</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:5">
       <x:c r="A133" s="1">
-        <x:v>45880.8651851852</x:v>
+        <x:v>45902.8909722222</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C133" s="0">
-        <x:v>14.69</x:v>
+        <x:v>17.84</x:v>
       </x:c>
       <x:c r="D133" s="0">
-        <x:v>54.637</x:v>
+        <x:v>56.695</x:v>
       </x:c>
       <x:c r="E133" s="0">
-        <x:v>66.63</x:v>
+        <x:v>69.14</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:5">
       <x:c r="A134" s="1">
-        <x:v>45877.8672569444</x:v>
+        <x:v>45901.9168287037</x:v>
       </x:c>
       <x:c r="B134" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C134" s="0">
-        <x:v>14.66</x:v>
+        <x:v>16.64</x:v>
       </x:c>
       <x:c r="D134" s="0">
-        <x:v>54.604</x:v>
+        <x:v>55.883</x:v>
       </x:c>
       <x:c r="E134" s="0">
-        <x:v>66.59</x:v>
+        <x:v>68.15</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:5">
       <x:c r="A135" s="1">
-        <x:v>45876.8650347222</x:v>
+        <x:v>45898.8672453704</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C135" s="0">
-        <x:v>14.49</x:v>
+        <x:v>15.86</x:v>
       </x:c>
       <x:c r="D135" s="0">
-        <x:v>54.473</x:v>
+        <x:v>55.334</x:v>
       </x:c>
       <x:c r="E135" s="0">
-        <x:v>66.43</x:v>
+        <x:v>67.48</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:5">
       <x:c r="A136" s="1">
-        <x:v>45875.8676736111</x:v>
+        <x:v>45897.8709837963</x:v>
       </x:c>
       <x:c r="B136" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C136" s="0">
-        <x:v>15.01</x:v>
+        <x:v>16.47</x:v>
       </x:c>
       <x:c r="D136" s="0">
-        <x:v>54.85</x:v>
+        <x:v>55.744</x:v>
       </x:c>
       <x:c r="E136" s="0">
-        <x:v>66.89</x:v>
+        <x:v>67.98</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:5">
       <x:c r="A137" s="1">
-        <x:v>45874.8743171296</x:v>
+        <x:v>45896.8696296296</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C137" s="0">
-        <x:v>15.89</x:v>
+        <x:v>15.85</x:v>
       </x:c>
       <x:c r="D137" s="0">
-        <x:v>55.465</x:v>
+        <x:v>55.301</x:v>
       </x:c>
       <x:c r="E137" s="0">
-        <x:v>67.64</x:v>
+        <x:v>67.44</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:5">
       <x:c r="A138" s="1">
-        <x:v>45873.8649652778</x:v>
+        <x:v>45895.866875</x:v>
       </x:c>
       <x:c r="B138" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C138" s="0">
-        <x:v>17.31</x:v>
+        <x:v>15.02</x:v>
       </x:c>
       <x:c r="D138" s="0">
-        <x:v>56.383</x:v>
+        <x:v>54.694</x:v>
       </x:c>
       <x:c r="E138" s="0">
-        <x:v>68.76</x:v>
+        <x:v>66.7</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:5">
       <x:c r="A139" s="1">
-        <x:v>45870.8694675926</x:v>
+        <x:v>45894.8896412037</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C139" s="0">
-        <x:v>18.54</x:v>
+        <x:v>16.9</x:v>
       </x:c>
       <x:c r="D139" s="0">
-        <x:v>57.129</x:v>
+        <x:v>55.94</x:v>
       </x:c>
       <x:c r="E139" s="0">
-        <x:v>69.67</x:v>
+        <x:v>68.8</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:5">
       <x:c r="A140" s="1">
-        <x:v>45869.8816782407</x:v>
+        <x:v>45891.8697453704</x:v>
       </x:c>
       <x:c r="B140" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C140" s="0">
-        <x:v>21.6</x:v>
+        <x:v>15.68</x:v>
       </x:c>
       <x:c r="D140" s="0">
-        <x:v>58.794</x:v>
+        <x:v>55.539</x:v>
       </x:c>
       <x:c r="E140" s="0">
-        <x:v>71.7</x:v>
+        <x:v>67.73</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:5">
       <x:c r="A141" s="1">
-        <x:v>45868.871087963</x:v>
+        <x:v>45890.8865972222</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C141" s="0">
-        <x:v>22.82</x:v>
+        <x:v>15.62</x:v>
       </x:c>
       <x:c r="D141" s="0">
-        <x:v>59.425</x:v>
+        <x:v>55.489</x:v>
       </x:c>
       <x:c r="E141" s="0">
-        <x:v>72.47</x:v>
+        <x:v>67.67</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:5">
       <x:c r="A142" s="1">
-        <x:v>45867.8666319444</x:v>
+        <x:v>45889.8690625</x:v>
       </x:c>
       <x:c r="B142" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C142" s="0">
-        <x:v>21.63</x:v>
+        <x:v>14.71</x:v>
       </x:c>
       <x:c r="D142" s="0">
-        <x:v>58.778</x:v>
+        <x:v>54.809</x:v>
       </x:c>
       <x:c r="E142" s="0">
-        <x:v>71.68</x:v>
+        <x:v>66.84</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:5">
       <x:c r="A143" s="1">
-        <x:v>45866.8688194444</x:v>
+        <x:v>45888.8672569444</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C143" s="0">
-        <x:v>18.49</x:v>
+        <x:v>13.62</x:v>
       </x:c>
       <x:c r="D143" s="0">
-        <x:v>56.842</x:v>
+        <x:v>53.948</x:v>
       </x:c>
       <x:c r="E143" s="0">
-        <x:v>69.32</x:v>
+        <x:v>65.79</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:5">
       <x:c r="A144" s="1">
-        <x:v>45863.874537037</x:v>
+        <x:v>45887.871412037</x:v>
       </x:c>
       <x:c r="B144" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C144" s="0">
-        <x:v>16.48</x:v>
+        <x:v>14.51</x:v>
       </x:c>
       <x:c r="D144" s="0">
-        <x:v>55.481</x:v>
+        <x:v>54.612</x:v>
       </x:c>
       <x:c r="E144" s="0">
-        <x:v>68.44</x:v>
+        <x:v>66.6</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:5">
       <x:c r="A145" s="1">
-        <x:v>45862.8678472222</x:v>
+        <x:v>45884.8646527778</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C145" s="0">
-        <x:v>17.42</x:v>
+        <x:v>13.74</x:v>
       </x:c>
       <x:c r="D145" s="0">
-        <x:v>56.728</x:v>
+        <x:v>53.997</x:v>
       </x:c>
       <x:c r="E145" s="0">
-        <x:v>69.18</x:v>
+        <x:v>65.85</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:5">
       <x:c r="A146" s="1">
-        <x:v>45861.8680092593</x:v>
+        <x:v>45883.8844212963</x:v>
       </x:c>
       <x:c r="B146" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C146" s="0">
-        <x:v>16.61</x:v>
+        <x:v>14.84</x:v>
       </x:c>
       <x:c r="D146" s="0">
-        <x:v>56.178</x:v>
+        <x:v>54.809</x:v>
       </x:c>
       <x:c r="E146" s="0">
-        <x:v>68.51</x:v>
+        <x:v>66.84</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:5">
       <x:c r="A147" s="1">
-        <x:v>45860.8818171296</x:v>
+        <x:v>45882.8657407407</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C147" s="0">
-        <x:v>16.72</x:v>
+        <x:v>13.59</x:v>
       </x:c>
       <x:c r="D147" s="0">
-        <x:v>56.244</x:v>
+        <x:v>53.817</x:v>
       </x:c>
       <x:c r="E147" s="0">
-        <x:v>68.59</x:v>
+        <x:v>65.63</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:5">
       <x:c r="A148" s="1">
-        <x:v>45859.8722800926</x:v>
+        <x:v>45881.8655208333</x:v>
       </x:c>
       <x:c r="B148" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C148" s="0">
-        <x:v>17.5</x:v>
+        <x:v>14.12</x:v>
       </x:c>
       <x:c r="D148" s="0">
-        <x:v>56.752</x:v>
+        <x:v>54.218</x:v>
       </x:c>
       <x:c r="E148" s="0">
-        <x:v>69.21</x:v>
+        <x:v>66.12</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:5">
       <x:c r="A149" s="1">
-        <x:v>45856.8684143519</x:v>
+        <x:v>45880.8651851852</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C149" s="0">
-        <x:v>17.61</x:v>
+        <x:v>14.69</x:v>
       </x:c>
       <x:c r="D149" s="0">
-        <x:v>56.81</x:v>
+        <x:v>54.637</x:v>
       </x:c>
       <x:c r="E149" s="0">
-        <x:v>69.28</x:v>
+        <x:v>66.63</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:5">
       <x:c r="A150" s="1">
-        <x:v>45855.8661574074</x:v>
+        <x:v>45877.8672569444</x:v>
       </x:c>
       <x:c r="B150" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C150" s="0">
-        <x:v>17.92</x:v>
+        <x:v>14.66</x:v>
       </x:c>
       <x:c r="D150" s="0">
-        <x:v>57.006</x:v>
+        <x:v>54.604</x:v>
       </x:c>
       <x:c r="E150" s="0">
-        <x:v>69.52</x:v>
+        <x:v>66.59</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:5">
       <x:c r="A151" s="1">
-        <x:v>45854.8781365741</x:v>
+        <x:v>45876.8650347222</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C151" s="0">
-        <x:v>16.71</x:v>
+        <x:v>14.49</x:v>
       </x:c>
       <x:c r="D151" s="0">
-        <x:v>56.186</x:v>
+        <x:v>54.473</x:v>
       </x:c>
       <x:c r="E151" s="0">
-        <x:v>68.52</x:v>
+        <x:v>66.43</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:5">
       <x:c r="A152" s="1">
-        <x:v>45853.9071643519</x:v>
+        <x:v>45875.8676736111</x:v>
       </x:c>
       <x:c r="B152" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C152" s="0">
-        <x:v>16.95</x:v>
+        <x:v>15.01</x:v>
       </x:c>
       <x:c r="D152" s="0">
-        <x:v>56.342</x:v>
+        <x:v>54.85</x:v>
       </x:c>
       <x:c r="E152" s="0">
-        <x:v>68.71</x:v>
+        <x:v>66.89</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:5">
       <x:c r="A153" s="1">
-        <x:v>45852.870787037</x:v>
+        <x:v>45874.8743171296</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C153" s="0">
-        <x:v>17.59</x:v>
+        <x:v>15.89</x:v>
       </x:c>
       <x:c r="D153" s="0">
-        <x:v>56.752</x:v>
+        <x:v>55.465</x:v>
       </x:c>
       <x:c r="E153" s="0">
-        <x:v>69.21</x:v>
+        <x:v>67.64</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:5">
       <x:c r="A154" s="1">
-        <x:v>45849.8680092593</x:v>
+        <x:v>45873.8649652778</x:v>
       </x:c>
       <x:c r="B154" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C154" s="0">
-        <x:v>19.17</x:v>
+        <x:v>17.31</x:v>
       </x:c>
       <x:c r="D154" s="0">
-        <x:v>57.695</x:v>
+        <x:v>56.383</x:v>
       </x:c>
       <x:c r="E154" s="0">
-        <x:v>70.36</x:v>
+        <x:v>68.76</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:5">
       <x:c r="A155" s="1">
-        <x:v>45848.8850115741</x:v>
+        <x:v>45870.8694675926</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C155" s="0">
-        <x:v>17.04</x:v>
+        <x:v>18.54</x:v>
       </x:c>
       <x:c r="D155" s="0">
-        <x:v>56.285</x:v>
+        <x:v>57.129</x:v>
       </x:c>
       <x:c r="E155" s="0">
-        <x:v>68.64</x:v>
+        <x:v>69.67</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:5">
       <x:c r="A156" s="1">
-        <x:v>45847.8871180556</x:v>
+        <x:v>45869.8816782407</x:v>
       </x:c>
       <x:c r="B156" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C156" s="0">
-        <x:v>19.16</x:v>
+        <x:v>21.6</x:v>
       </x:c>
       <x:c r="D156" s="0">
-        <x:v>57.556</x:v>
+        <x:v>58.794</x:v>
       </x:c>
       <x:c r="E156" s="0">
-        <x:v>70.19</x:v>
+        <x:v>71.7</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:5">
       <x:c r="A157" s="1">
-        <x:v>45846.8687384259</x:v>
+        <x:v>45868.871087963</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C157" s="0">
-        <x:v>19.12</x:v>
+        <x:v>22.82</x:v>
       </x:c>
       <x:c r="D157" s="0">
-        <x:v>57.523</x:v>
+        <x:v>59.425</x:v>
       </x:c>
       <x:c r="E157" s="0">
-        <x:v>70.15</x:v>
+        <x:v>72.47</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:5">
       <x:c r="A158" s="1">
-        <x:v>45845.8721875</x:v>
+        <x:v>45867.8666319444</x:v>
       </x:c>
       <x:c r="B158" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C158" s="0">
-        <x:v>18.37</x:v>
+        <x:v>21.63</x:v>
       </x:c>
       <x:c r="D158" s="0">
-        <x:v>57.056</x:v>
+        <x:v>58.778</x:v>
       </x:c>
       <x:c r="E158" s="0">
-        <x:v>69.58</x:v>
+        <x:v>71.68</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:5">
       <x:c r="A159" s="1">
-        <x:v>45842.8787731481</x:v>
+        <x:v>45866.8688194444</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C159" s="0">
-        <x:v>16.81</x:v>
+        <x:v>18.49</x:v>
       </x:c>
       <x:c r="D159" s="0">
-        <x:v>56.006</x:v>
+        <x:v>56.842</x:v>
       </x:c>
       <x:c r="E159" s="0">
-        <x:v>68.3</x:v>
+        <x:v>69.32</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:5">
       <x:c r="A160" s="1">
-        <x:v>45841.8698842593</x:v>
+        <x:v>45863.874537037</x:v>
       </x:c>
       <x:c r="B160" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C160" s="0">
-        <x:v>17.45</x:v>
+        <x:v>16.48</x:v>
       </x:c>
       <x:c r="D160" s="0">
-        <x:v>56.416</x:v>
+        <x:v>55.481</x:v>
       </x:c>
       <x:c r="E160" s="0">
-        <x:v>68.8</x:v>
+        <x:v>68.44</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:5">
       <x:c r="A161" s="1">
-        <x:v>45840.8677199074</x:v>
+        <x:v>45862.8678472222</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C161" s="0">
-        <x:v>17.86</x:v>
+        <x:v>17.42</x:v>
       </x:c>
       <x:c r="D161" s="0">
-        <x:v>56.67</x:v>
+        <x:v>56.728</x:v>
       </x:c>
       <x:c r="E161" s="0">
-        <x:v>69.11</x:v>
+        <x:v>69.18</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:5">
       <x:c r="A162" s="1">
-        <x:v>45839.8662962963</x:v>
+        <x:v>45861.8680092593</x:v>
       </x:c>
       <x:c r="B162" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C162" s="0">
-        <x:v>15.55</x:v>
+        <x:v>16.61</x:v>
       </x:c>
       <x:c r="D162" s="0">
-        <x:v>55.03</x:v>
+        <x:v>56.178</x:v>
       </x:c>
       <x:c r="E162" s="0">
-        <x:v>67.11</x:v>
+        <x:v>68.51</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:5">
       <x:c r="A163" s="1">
-        <x:v>45838.8822222222</x:v>
+        <x:v>45860.8818171296</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C163" s="0">
-        <x:v>15.13</x:v>
+        <x:v>16.72</x:v>
       </x:c>
       <x:c r="D163" s="0">
-        <x:v>54.727</x:v>
+        <x:v>56.244</x:v>
       </x:c>
       <x:c r="E163" s="0">
-        <x:v>66.74</x:v>
+        <x:v>68.59</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:5">
       <x:c r="A164" s="1">
-        <x:v>45835.8668287037</x:v>
+        <x:v>45859.8722800926</x:v>
       </x:c>
       <x:c r="B164" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C164" s="0">
-        <x:v>15.21</x:v>
+        <x:v>17.5</x:v>
       </x:c>
       <x:c r="D164" s="0">
-        <x:v>54.776</x:v>
+        <x:v>56.752</x:v>
       </x:c>
       <x:c r="E164" s="0">
-        <x:v>66.8</x:v>
+        <x:v>69.21</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:5">
       <x:c r="A165" s="1">
-        <x:v>45834.870625</x:v>
+        <x:v>45856.8684143519</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C165" s="0">
-        <x:v>15.09</x:v>
+        <x:v>17.61</x:v>
       </x:c>
       <x:c r="D165" s="0">
-        <x:v>54.686</x:v>
+        <x:v>56.81</x:v>
       </x:c>
       <x:c r="E165" s="0">
-        <x:v>66.69</x:v>
+        <x:v>69.28</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:5">
       <x:c r="A166" s="1">
-        <x:v>45833.876400463</x:v>
+        <x:v>45855.8661574074</x:v>
       </x:c>
       <x:c r="B166" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C166" s="0">
-        <x:v>14.81</x:v>
+        <x:v>17.92</x:v>
       </x:c>
       <x:c r="D166" s="0">
-        <x:v>54.473</x:v>
+        <x:v>57.006</x:v>
       </x:c>
       <x:c r="E166" s="0">
-        <x:v>66.43</x:v>
+        <x:v>69.52</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:5">
       <x:c r="A167" s="1">
-        <x:v>45832.8693402778</x:v>
+        <x:v>45854.8781365741</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C167" s="0">
-        <x:v>14.53</x:v>
+        <x:v>16.71</x:v>
       </x:c>
       <x:c r="D167" s="0">
-        <x:v>54.259</x:v>
+        <x:v>56.186</x:v>
       </x:c>
       <x:c r="E167" s="0">
-        <x:v>67.14</x:v>
+        <x:v>68.52</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:5">
       <x:c r="A168" s="1">
-        <x:v>45831.8740162037</x:v>
+        <x:v>45853.9071643519</x:v>
       </x:c>
       <x:c r="B168" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C168" s="0">
-        <x:v>20.87</x:v>
+        <x:v>16.95</x:v>
       </x:c>
       <x:c r="D168" s="0">
-        <x:v>58.614</x:v>
+        <x:v>56.342</x:v>
       </x:c>
       <x:c r="E168" s="0">
-        <x:v>71.48</x:v>
+        <x:v>68.71</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:5">
       <x:c r="A169" s="1">
-        <x:v>45828.8992708333</x:v>
+        <x:v>45852.870787037</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C169" s="0">
-        <x:v>32.61</x:v>
+        <x:v>17.59</x:v>
       </x:c>
       <x:c r="D169" s="0">
-        <x:v>63.148</x:v>
+        <x:v>56.752</x:v>
       </x:c>
       <x:c r="E169" s="0">
-        <x:v>77.01</x:v>
+        <x:v>69.21</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:5">
       <x:c r="A170" s="1">
-        <x:v>45827.8081597222</x:v>
+        <x:v>45849.8680092593</x:v>
       </x:c>
       <x:c r="B170" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C170" s="0">
-        <x:v>36.93</x:v>
+        <x:v>19.17</x:v>
       </x:c>
       <x:c r="D170" s="0">
-        <x:v>64.657</x:v>
+        <x:v>57.695</x:v>
       </x:c>
       <x:c r="E170" s="0">
-        <x:v>78.85</x:v>
+        <x:v>70.36</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:5">
       <x:c r="A171" s="1">
-        <x:v>45826.8721990741</x:v>
+        <x:v>45848.8850115741</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C171" s="0">
-        <x:v>32.4</x:v>
+        <x:v>17.04</x:v>
       </x:c>
       <x:c r="D171" s="0">
-        <x:v>62.894</x:v>
+        <x:v>56.285</x:v>
       </x:c>
       <x:c r="E171" s="0">
-        <x:v>76.7</x:v>
+        <x:v>68.64</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:5">
       <x:c r="A172" s="1">
-        <x:v>45825.8679513889</x:v>
+        <x:v>45847.8871180556</x:v>
       </x:c>
       <x:c r="B172" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C172" s="0">
-        <x:v>31.88</x:v>
+        <x:v>19.16</x:v>
       </x:c>
       <x:c r="D172" s="0">
-        <x:v>62.689</x:v>
+        <x:v>57.556</x:v>
       </x:c>
       <x:c r="E172" s="0">
-        <x:v>76.45</x:v>
+        <x:v>70.19</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:5">
       <x:c r="A173" s="1">
-        <x:v>45824.8671296296</x:v>
+        <x:v>45846.8687384259</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C173" s="0">
-        <x:v>26.14</x:v>
+        <x:v>19.12</x:v>
       </x:c>
       <x:c r="D173" s="0">
-        <x:v>60.049</x:v>
+        <x:v>57.523</x:v>
       </x:c>
       <x:c r="E173" s="0">
-        <x:v>73.23</x:v>
+        <x:v>70.15</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:5">
       <x:c r="A174" s="1">
-        <x:v>45821.8736342593</x:v>
+        <x:v>45845.8721875</x:v>
       </x:c>
       <x:c r="B174" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C174" s="0">
-        <x:v>28.06</x:v>
+        <x:v>18.37</x:v>
       </x:c>
       <x:c r="D174" s="0">
-        <x:v>60.869</x:v>
+        <x:v>57.056</x:v>
       </x:c>
       <x:c r="E174" s="0">
-        <x:v>74.23</x:v>
+        <x:v>69.58</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:5">
       <x:c r="A175" s="1">
-        <x:v>45820.8712037037</x:v>
+        <x:v>45842.8787731481</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C175" s="0">
-        <x:v>20.77</x:v>
+        <x:v>16.81</x:v>
       </x:c>
       <x:c r="D175" s="0">
-        <x:v>56.875</x:v>
+        <x:v>56.006</x:v>
       </x:c>
       <x:c r="E175" s="0">
-        <x:v>69.36</x:v>
+        <x:v>68.3</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:5">
       <x:c r="A176" s="1">
-        <x:v>45819.8744212963</x:v>
+        <x:v>45841.8698842593</x:v>
       </x:c>
       <x:c r="B176" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C176" s="0">
-        <x:v>21.41</x:v>
+        <x:v>17.45</x:v>
       </x:c>
       <x:c r="D176" s="0">
-        <x:v>57.211</x:v>
+        <x:v>56.416</x:v>
       </x:c>
       <x:c r="E176" s="0">
-        <x:v>69.77</x:v>
+        <x:v>68.8</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:5">
       <x:c r="A177" s="1">
-        <x:v>45818.8662152778</x:v>
+        <x:v>45840.8677199074</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C177" s="0">
-        <x:v>17.6</x:v>
+        <x:v>17.86</x:v>
       </x:c>
       <x:c r="D177" s="0">
-        <x:v>54.833</x:v>
+        <x:v>56.67</x:v>
       </x:c>
       <x:c r="E177" s="0">
-        <x:v>66.87</x:v>
+        <x:v>69.11</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:5">
       <x:c r="A178" s="1">
-        <x:v>45817.8646527778</x:v>
+        <x:v>45839.8662962963</x:v>
       </x:c>
       <x:c r="B178" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C178" s="0">
-        <x:v>17.83</x:v>
+        <x:v>15.55</x:v>
       </x:c>
       <x:c r="D178" s="0">
-        <x:v>54.973</x:v>
+        <x:v>55.03</x:v>
       </x:c>
       <x:c r="E178" s="0">
-        <x:v>67.04</x:v>
+        <x:v>67.11</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:5">
       <x:c r="A179" s="1">
-        <x:v>45814.8664814815</x:v>
+        <x:v>45838.8822222222</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C179" s="0">
-        <x:v>17.11</x:v>
+        <x:v>15.13</x:v>
       </x:c>
       <x:c r="D179" s="0">
-        <x:v>54.505</x:v>
+        <x:v>54.727</x:v>
       </x:c>
       <x:c r="E179" s="0">
-        <x:v>66.47</x:v>
+        <x:v>66.74</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:5">
       <x:c r="A180" s="1">
-        <x:v>45813.8698958333</x:v>
+        <x:v>45835.8668287037</x:v>
       </x:c>
       <x:c r="B180" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C180" s="0">
-        <x:v>15.75</x:v>
+        <x:v>15.21</x:v>
       </x:c>
       <x:c r="D180" s="0">
-        <x:v>53.579</x:v>
+        <x:v>54.776</x:v>
       </x:c>
       <x:c r="E180" s="0">
-        <x:v>65.34</x:v>
+        <x:v>66.8</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:5">
       <x:c r="A181" s="1">
-        <x:v>45812.8930902778</x:v>
+        <x:v>45834.870625</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C181" s="0">
-        <x:v>15.19</x:v>
+        <x:v>15.09</x:v>
       </x:c>
       <x:c r="D181" s="0">
-        <x:v>53.185</x:v>
+        <x:v>54.686</x:v>
       </x:c>
       <x:c r="E181" s="0">
-        <x:v>64.86</x:v>
+        <x:v>66.69</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:5">
       <x:c r="A182" s="1">
-        <x:v>45811.8941550926</x:v>
+        <x:v>45833.876400463</x:v>
       </x:c>
       <x:c r="B182" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C182" s="0">
-        <x:v>16.15</x:v>
+        <x:v>14.81</x:v>
       </x:c>
       <x:c r="D182" s="0">
-        <x:v>53.817</x:v>
+        <x:v>54.473</x:v>
       </x:c>
       <x:c r="E182" s="0">
-        <x:v>65.63</x:v>
+        <x:v>66.43</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:5">
       <x:c r="A183" s="1">
-        <x:v>45811.8794328704</x:v>
+        <x:v>45832.8693402778</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C183" s="0">
-        <x:v>16.15</x:v>
+        <x:v>14.53</x:v>
       </x:c>
       <x:c r="D183" s="0">
-        <x:v>53.817</x:v>
+        <x:v>54.259</x:v>
       </x:c>
       <x:c r="E183" s="0">
-        <x:v>65.63</x:v>
+        <x:v>67.14</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:5">
       <x:c r="A184" s="1">
-        <x:v>45810.8809953704</x:v>
+        <x:v>45831.8740162037</x:v>
       </x:c>
       <x:c r="B184" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C184" s="0">
-        <x:v>14.99</x:v>
+        <x:v>20.87</x:v>
       </x:c>
       <x:c r="D184" s="0">
-        <x:v>52.997</x:v>
+        <x:v>58.614</x:v>
       </x:c>
       <x:c r="E184" s="0">
-        <x:v>64.63</x:v>
+        <x:v>71.48</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:5">
       <x:c r="A185" s="1">
-        <x:v>45803.8697337963</x:v>
+        <x:v>45828.8992708333</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C185" s="0">
-        <x:v>14.63</x:v>
+        <x:v>32.61</x:v>
       </x:c>
       <x:c r="D185" s="0">
-        <x:v>52.578</x:v>
+        <x:v>63.148</x:v>
       </x:c>
       <x:c r="E185" s="0">
-        <x:v>64.74</x:v>
+        <x:v>77.01</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:5">
       <x:c r="A186" s="1">
-        <x:v>45800.8680902778</x:v>
+        <x:v>45827.8081597222</x:v>
       </x:c>
       <x:c r="B186" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C186" s="0">
-        <x:v>14.69</x:v>
+        <x:v>36.93</x:v>
       </x:c>
       <x:c r="D186" s="0">
-        <x:v>53.12</x:v>
+        <x:v>64.657</x:v>
       </x:c>
       <x:c r="E186" s="0">
-        <x:v>64.78</x:v>
+        <x:v>78.85</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:5">
       <x:c r="A187" s="1">
-        <x:v>45799.8682060185</x:v>
+        <x:v>45826.8721990741</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C187" s="0">
-        <x:v>14.31</x:v>
+        <x:v>32.4</x:v>
       </x:c>
       <x:c r="D187" s="0">
-        <x:v>52.841</x:v>
+        <x:v>62.894</x:v>
       </x:c>
       <x:c r="E187" s="0">
-        <x:v>64.44</x:v>
+        <x:v>76.7</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:5">
       <x:c r="A188" s="1">
-        <x:v>45798.8683101852</x:v>
+        <x:v>45825.8679513889</x:v>
       </x:c>
       <x:c r="B188" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C188" s="0">
-        <x:v>14.86</x:v>
+        <x:v>31.88</x:v>
       </x:c>
       <x:c r="D188" s="0">
-        <x:v>53.226</x:v>
+        <x:v>62.689</x:v>
       </x:c>
       <x:c r="E188" s="0">
-        <x:v>64.91</x:v>
+        <x:v>76.45</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:5">
       <x:c r="A189" s="1">
-        <x:v>45797.8661458333</x:v>
+        <x:v>45824.8671296296</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C189" s="0">
-        <x:v>15.41</x:v>
+        <x:v>26.14</x:v>
       </x:c>
       <x:c r="D189" s="0">
-        <x:v>53.612</x:v>
+        <x:v>60.049</x:v>
       </x:c>
       <x:c r="E189" s="0">
-        <x:v>65.38</x:v>
+        <x:v>73.23</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:5">
       <x:c r="A190" s="1">
-        <x:v>45796.8686342593</x:v>
+        <x:v>45821.8736342593</x:v>
       </x:c>
       <x:c r="B190" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C190" s="0">
-        <x:v>15.61</x:v>
+        <x:v>28.06</x:v>
       </x:c>
       <x:c r="D190" s="0">
-        <x:v>53.743</x:v>
+        <x:v>60.869</x:v>
       </x:c>
       <x:c r="E190" s="0">
-        <x:v>65.54</x:v>
+        <x:v>74.23</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:5">
       <x:c r="A191" s="1">
-        <x:v>45793.8666203704</x:v>
+        <x:v>45820.8712037037</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C191" s="0">
-        <x:v>15.47</x:v>
+        <x:v>20.77</x:v>
       </x:c>
       <x:c r="D191" s="0">
-        <x:v>53.636</x:v>
+        <x:v>56.875</x:v>
       </x:c>
       <x:c r="E191" s="0">
-        <x:v>65.41</x:v>
+        <x:v>69.36</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:5">
       <x:c r="A192" s="1">
-        <x:v>45792.8773148148</x:v>
+        <x:v>45819.8744212963</x:v>
       </x:c>
       <x:c r="B192" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C192" s="0">
-        <x:v>14.49</x:v>
+        <x:v>21.41</x:v>
       </x:c>
       <x:c r="D192" s="0">
-        <x:v>52.915</x:v>
+        <x:v>57.211</x:v>
       </x:c>
       <x:c r="E192" s="0">
-        <x:v>64.53</x:v>
+        <x:v>69.77</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:5">
       <x:c r="A193" s="1">
-        <x:v>45791.873275463</x:v>
+        <x:v>45818.8662152778</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C193" s="0">
-        <x:v>16.43</x:v>
+        <x:v>17.6</x:v>
       </x:c>
       <x:c r="D193" s="0">
-        <x:v>54.194</x:v>
+        <x:v>54.833</x:v>
       </x:c>
       <x:c r="E193" s="0">
-        <x:v>66.09</x:v>
+        <x:v>66.87</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:5">
       <x:c r="A194" s="1">
-        <x:v>45790.8660416667</x:v>
+        <x:v>45817.8646527778</x:v>
       </x:c>
       <x:c r="B194" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C194" s="0">
-        <x:v>17.13</x:v>
+        <x:v>17.83</x:v>
       </x:c>
       <x:c r="D194" s="0">
-        <x:v>54.637</x:v>
+        <x:v>54.973</x:v>
       </x:c>
       <x:c r="E194" s="0">
-        <x:v>66.63</x:v>
+        <x:v>67.04</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:5">
       <x:c r="A195" s="1">
-        <x:v>45789.8773611111</x:v>
+        <x:v>45814.8664814815</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C195" s="0">
-        <x:v>15.18</x:v>
+        <x:v>17.11</x:v>
       </x:c>
       <x:c r="D195" s="0">
-        <x:v>53.267</x:v>
+        <x:v>54.505</x:v>
       </x:c>
       <x:c r="E195" s="0">
-        <x:v>64.96</x:v>
+        <x:v>66.47</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:5">
       <x:c r="A196" s="1">
-        <x:v>45786.8726157407</x:v>
+        <x:v>45813.8698958333</x:v>
       </x:c>
       <x:c r="B196" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C196" s="0">
-        <x:v>14.04</x:v>
+        <x:v>15.75</x:v>
       </x:c>
       <x:c r="D196" s="0">
-        <x:v>52.406</x:v>
+        <x:v>53.579</x:v>
       </x:c>
       <x:c r="E196" s="0">
-        <x:v>63.91</x:v>
+        <x:v>65.34</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:5">
       <x:c r="A197" s="1">
-        <x:v>45785.8808333333</x:v>
+        <x:v>45812.8930902778</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C197" s="0">
-        <x:v>12.94</x:v>
+        <x:v>15.19</x:v>
       </x:c>
       <x:c r="D197" s="0">
-        <x:v>51.529</x:v>
+        <x:v>53.185</x:v>
       </x:c>
       <x:c r="E197" s="0">
-        <x:v>62.84</x:v>
+        <x:v>64.86</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:5">
       <x:c r="A198" s="1">
+        <x:v>45811.8941550926</x:v>
+      </x:c>
+      <x:c r="B198" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C198" s="0">
+        <x:v>16.15</x:v>
+      </x:c>
+      <x:c r="D198" s="0">
+        <x:v>53.817</x:v>
+      </x:c>
+      <x:c r="E198" s="0">
+        <x:v>65.63</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="199" spans="1:5">
+      <x:c r="A199" s="1">
+        <x:v>45811.8794328704</x:v>
+      </x:c>
+      <x:c r="B199" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C199" s="0">
+        <x:v>16.15</x:v>
+      </x:c>
+      <x:c r="D199" s="0">
+        <x:v>53.817</x:v>
+      </x:c>
+      <x:c r="E199" s="0">
+        <x:v>65.63</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="200" spans="1:5">
+      <x:c r="A200" s="1">
+        <x:v>45810.8809953704</x:v>
+      </x:c>
+      <x:c r="B200" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C200" s="0">
+        <x:v>14.99</x:v>
+      </x:c>
+      <x:c r="D200" s="0">
+        <x:v>52.997</x:v>
+      </x:c>
+      <x:c r="E200" s="0">
+        <x:v>64.63</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="201" spans="1:5">
+      <x:c r="A201" s="1">
+        <x:v>45803.8697337963</x:v>
+      </x:c>
+      <x:c r="B201" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C201" s="0">
+        <x:v>14.63</x:v>
+      </x:c>
+      <x:c r="D201" s="0">
+        <x:v>52.578</x:v>
+      </x:c>
+      <x:c r="E201" s="0">
+        <x:v>64.74</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="202" spans="1:5">
+      <x:c r="A202" s="1">
+        <x:v>45800.8680902778</x:v>
+      </x:c>
+      <x:c r="B202" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C202" s="0">
+        <x:v>14.69</x:v>
+      </x:c>
+      <x:c r="D202" s="0">
+        <x:v>53.12</x:v>
+      </x:c>
+      <x:c r="E202" s="0">
+        <x:v>64.78</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="203" spans="1:5">
+      <x:c r="A203" s="1">
+        <x:v>45799.8682060185</x:v>
+      </x:c>
+      <x:c r="B203" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C203" s="0">
+        <x:v>14.31</x:v>
+      </x:c>
+      <x:c r="D203" s="0">
+        <x:v>52.841</x:v>
+      </x:c>
+      <x:c r="E203" s="0">
+        <x:v>64.44</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="204" spans="1:5">
+      <x:c r="A204" s="1">
+        <x:v>45798.8683101852</x:v>
+      </x:c>
+      <x:c r="B204" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C204" s="0">
+        <x:v>14.86</x:v>
+      </x:c>
+      <x:c r="D204" s="0">
+        <x:v>53.226</x:v>
+      </x:c>
+      <x:c r="E204" s="0">
+        <x:v>64.91</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="205" spans="1:5">
+      <x:c r="A205" s="1">
+        <x:v>45797.8661458333</x:v>
+      </x:c>
+      <x:c r="B205" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C205" s="0">
+        <x:v>15.41</x:v>
+      </x:c>
+      <x:c r="D205" s="0">
+        <x:v>53.612</x:v>
+      </x:c>
+      <x:c r="E205" s="0">
+        <x:v>65.38</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="206" spans="1:5">
+      <x:c r="A206" s="1">
+        <x:v>45796.8686342593</x:v>
+      </x:c>
+      <x:c r="B206" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C206" s="0">
+        <x:v>15.61</x:v>
+      </x:c>
+      <x:c r="D206" s="0">
+        <x:v>53.743</x:v>
+      </x:c>
+      <x:c r="E206" s="0">
+        <x:v>65.54</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="207" spans="1:5">
+      <x:c r="A207" s="1">
+        <x:v>45793.8666203704</x:v>
+      </x:c>
+      <x:c r="B207" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C207" s="0">
+        <x:v>15.47</x:v>
+      </x:c>
+      <x:c r="D207" s="0">
+        <x:v>53.636</x:v>
+      </x:c>
+      <x:c r="E207" s="0">
+        <x:v>65.41</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="208" spans="1:5">
+      <x:c r="A208" s="1">
+        <x:v>45792.8773148148</x:v>
+      </x:c>
+      <x:c r="B208" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C208" s="0">
+        <x:v>14.49</x:v>
+      </x:c>
+      <x:c r="D208" s="0">
+        <x:v>52.915</x:v>
+      </x:c>
+      <x:c r="E208" s="0">
+        <x:v>64.53</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="209" spans="1:5">
+      <x:c r="A209" s="1">
+        <x:v>45791.873275463</x:v>
+      </x:c>
+      <x:c r="B209" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C209" s="0">
+        <x:v>16.43</x:v>
+      </x:c>
+      <x:c r="D209" s="0">
+        <x:v>54.194</x:v>
+      </x:c>
+      <x:c r="E209" s="0">
+        <x:v>66.09</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="210" spans="1:5">
+      <x:c r="A210" s="1">
+        <x:v>45790.8660416667</x:v>
+      </x:c>
+      <x:c r="B210" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C210" s="0">
+        <x:v>17.13</x:v>
+      </x:c>
+      <x:c r="D210" s="0">
+        <x:v>54.637</x:v>
+      </x:c>
+      <x:c r="E210" s="0">
+        <x:v>66.63</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="211" spans="1:5">
+      <x:c r="A211" s="1">
+        <x:v>45789.8773611111</x:v>
+      </x:c>
+      <x:c r="B211" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C211" s="0">
+        <x:v>15.18</x:v>
+      </x:c>
+      <x:c r="D211" s="0">
+        <x:v>53.267</x:v>
+      </x:c>
+      <x:c r="E211" s="0">
+        <x:v>64.96</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="212" spans="1:5">
+      <x:c r="A212" s="1">
+        <x:v>45786.8726157407</x:v>
+      </x:c>
+      <x:c r="B212" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C212" s="0">
+        <x:v>14.04</x:v>
+      </x:c>
+      <x:c r="D212" s="0">
+        <x:v>52.406</x:v>
+      </x:c>
+      <x:c r="E212" s="0">
+        <x:v>63.91</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="213" spans="1:5">
+      <x:c r="A213" s="1">
+        <x:v>45785.8808333333</x:v>
+      </x:c>
+      <x:c r="B213" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C213" s="0">
+        <x:v>12.94</x:v>
+      </x:c>
+      <x:c r="D213" s="0">
+        <x:v>51.529</x:v>
+      </x:c>
+      <x:c r="E213" s="0">
+        <x:v>62.84</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="214" spans="1:5">
+      <x:c r="A214" s="1">
         <x:v>45784.8969560185</x:v>
       </x:c>
-      <x:c r="B198" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C198" s="0">
+      <x:c r="B214" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C214" s="0">
         <x:v>11.35</x:v>
       </x:c>
-      <x:c r="D198" s="0">
+      <x:c r="D214" s="0">
         <x:v>50.118</x:v>
       </x:c>
-      <x:c r="E198" s="0">
+      <x:c r="E214" s="0">
         <x:v>61.12</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>