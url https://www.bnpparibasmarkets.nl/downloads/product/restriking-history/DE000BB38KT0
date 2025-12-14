--- v0 (2025-10-19)
+++ v1 (2025-12-14)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3229137b4cf44f30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b62e7ff7cb724698985730387497e6f3.psmdcp" Id="Ra3aa82ad18c34339" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R471e1e5b4e75405d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0102dea774154505a0ef6ade386f50f8.psmdcp" Id="R5faa3dbd556f428a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>DE000BB38KT0</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -390,471 +390,1117 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E25"/>
+  <x:dimension ref="A1:E63"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>45947.9299768519</x:v>
+        <x:v>46003.9269907407</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
-        <x:v>2.4</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>92.939</x:v>
+        <x:v>97.152</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>84.49</x:v>
+        <x:v>88.32</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>45946.9262037037</x:v>
+        <x:v>46002.9320023148</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
-        <x:v>1.99</x:v>
+        <x:v>0.37</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>95.392</x:v>
+        <x:v>105.567</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>86.72</x:v>
+        <x:v>95.97</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>45945.9257175926</x:v>
+        <x:v>46001.927025463</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
-        <x:v>2.01</x:v>
+        <x:v>0.43</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>95.282</x:v>
+        <x:v>103.62</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>86.62</x:v>
+        <x:v>94.2</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>45944.9308101852</x:v>
+        <x:v>46000.9275810185</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
-        <x:v>2.48</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>93.071</x:v>
+        <x:v>100.221</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>84.61</x:v>
+        <x:v>91.11</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>45943.926724537</x:v>
+        <x:v>45996.9307407407</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
-        <x:v>2.29</x:v>
+        <x:v>1.02</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>94.05</x:v>
+        <x:v>94.567</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>85.5</x:v>
+        <x:v>85.97</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>45940.9235069444</x:v>
+        <x:v>45995.9303009259</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
-        <x:v>3.02</x:v>
+        <x:v>1.07</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>91.278</x:v>
+        <x:v>93.995</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>82.98</x:v>
+        <x:v>85.45</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>45938.9270833333</x:v>
+        <x:v>45994.9276967593</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
-        <x:v>2.2</x:v>
+        <x:v>1.31</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>95.777</x:v>
+        <x:v>91.905</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>87.07</x:v>
+        <x:v>83.55</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>45937.9282291667</x:v>
+        <x:v>45993.9303240741</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
-        <x:v>2.71</x:v>
+        <x:v>1.29</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>93.566</x:v>
+        <x:v>92.081</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>85.06</x:v>
+        <x:v>83.71</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>45936.9241319444</x:v>
+        <x:v>45992.9296990741</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
-        <x:v>2.64</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>93.874</x:v>
+        <x:v>91.19</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>85.34</x:v>
+        <x:v>82.9</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>45933.9288425926</x:v>
+        <x:v>45989.8197106481</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C12" s="0">
-        <x:v>3.18</x:v>
+        <x:v>1.24</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>91.916</x:v>
+        <x:v>92.62</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>83.56</x:v>
+        <x:v>84.2</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>45932.9250925926</x:v>
+        <x:v>45987.9265509259</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0">
-        <x:v>3.54</x:v>
+        <x:v>1.32</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>90.772</x:v>
+        <x:v>91.96</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>82.52</x:v>
+        <x:v>83.6</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>45931.9294097222</x:v>
+        <x:v>45986.9250347222</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C14" s="0">
-        <x:v>3.34</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>91.432</x:v>
+        <x:v>91.245</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>83.12</x:v>
+        <x:v>82.95</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>45930.933900463</x:v>
+        <x:v>45982.9249074074</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
-        <x:v>3.74</x:v>
+        <x:v>2.12</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>90.233</x:v>
+        <x:v>87.406</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>82.03</x:v>
+        <x:v>79.46</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>45929.9324074074</x:v>
+        <x:v>45981.9259027778</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C16" s="0">
-        <x:v>4.54</x:v>
+        <x:v>2.48</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>88.286</x:v>
+        <x:v>85.833</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>80.26</x:v>
+        <x:v>78.03</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>45926.9298611111</x:v>
+        <x:v>45980.926412037</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C17" s="0">
-        <x:v>4.99</x:v>
+        <x:v>1.83</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>87.285</x:v>
+        <x:v>89.87</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>79.35</x:v>
+        <x:v>81.7</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>45925.9294444444</x:v>
+        <x:v>45979.9258680556</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="0">
-        <x:v>5.1</x:v>
+        <x:v>2.17</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>87.043</x:v>
+        <x:v>88.132</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>79.13</x:v>
+        <x:v>80.12</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>45924.9296527778</x:v>
+        <x:v>45978.9281365741</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C19" s="0">
-        <x:v>4.73</x:v>
+        <x:v>1.98</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>87.901</x:v>
+        <x:v>89.166</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>79.91</x:v>
+        <x:v>81.06</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
-        <x:v>45923.9251967593</x:v>
+        <x:v>45975.9257986111</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C20" s="0">
-        <x:v>4.27</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>89.1</x:v>
+        <x:v>89.986</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>81</x:v>
+        <x:v>82.06</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="1">
-        <x:v>45922.926712963</x:v>
+        <x:v>45975.3077546296</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C21" s="0">
-        <x:v>5.24</x:v>
+        <x:v>1.78</x:v>
       </x:c>
       <x:c r="D21" s="0">
-        <x:v>87.076</x:v>
+        <x:v>90.316</x:v>
       </x:c>
       <x:c r="E21" s="0">
-        <x:v>79.16</x:v>
+        <x:v>82.36</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="1">
-        <x:v>45919.9342592593</x:v>
+        <x:v>45974.924849537</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C22" s="0">
-        <x:v>5.03</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="D22" s="0">
-        <x:v>87.516</x:v>
+        <x:v>90.596</x:v>
       </x:c>
       <x:c r="E22" s="0">
-        <x:v>79.56</x:v>
+        <x:v>82.36</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="1">
-        <x:v>45918.9265393519</x:v>
+        <x:v>45973.9253356481</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C23" s="0">
-        <x:v>5</x:v>
+        <x:v>1.13</x:v>
       </x:c>
       <x:c r="D23" s="0">
-        <x:v>87.582</x:v>
+        <x:v>97.911</x:v>
       </x:c>
       <x:c r="E23" s="0">
-        <x:v>79.62</x:v>
+        <x:v>89.01</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="1">
-        <x:v>45917.9270486111</x:v>
+        <x:v>45972.9253240741</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C24" s="0">
-        <x:v>6.99</x:v>
+        <x:v>1.25</x:v>
       </x:c>
       <x:c r="D24" s="0">
-        <x:v>84.568</x:v>
+        <x:v>96.723</x:v>
       </x:c>
       <x:c r="E24" s="0">
-        <x:v>76.88</x:v>
+        <x:v>87.93</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="1">
+        <x:v>45971.9253703704</x:v>
+      </x:c>
+      <x:c r="B25" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C25" s="0">
+        <x:v>1.18</x:v>
+      </x:c>
+      <x:c r="D25" s="0">
+        <x:v>97.416</x:v>
+      </x:c>
+      <x:c r="E25" s="0">
+        <x:v>88.56</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="26" spans="1:5">
+      <x:c r="A26" s="1">
+        <x:v>45968.9253935185</x:v>
+      </x:c>
+      <x:c r="B26" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C26" s="0">
+        <x:v>1.66</x:v>
+      </x:c>
+      <x:c r="D26" s="0">
+        <x:v>94.028</x:v>
+      </x:c>
+      <x:c r="E26" s="0">
+        <x:v>85.48</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="27" spans="1:5">
+      <x:c r="A27" s="1">
+        <x:v>45967.9277893519</x:v>
+      </x:c>
+      <x:c r="B27" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C27" s="0">
+        <x:v>1.36</x:v>
+      </x:c>
+      <x:c r="D27" s="0">
+        <x:v>96.646</x:v>
+      </x:c>
+      <x:c r="E27" s="0">
+        <x:v>87.86</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="28" spans="1:5">
+      <x:c r="A28" s="1">
+        <x:v>45966.9253587963</x:v>
+      </x:c>
+      <x:c r="B28" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C28" s="0">
+        <x:v>1.46</x:v>
+      </x:c>
+      <x:c r="D28" s="0">
+        <x:v>95.81</x:v>
+      </x:c>
+      <x:c r="E28" s="0">
+        <x:v>87.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="29" spans="1:5">
+      <x:c r="A29" s="1">
+        <x:v>45965.9236921296</x:v>
+      </x:c>
+      <x:c r="B29" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C29" s="0">
+        <x:v>1.78</x:v>
+      </x:c>
+      <x:c r="D29" s="0">
+        <x:v>93.731</x:v>
+      </x:c>
+      <x:c r="E29" s="0">
+        <x:v>85.21</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="30" spans="1:5">
+      <x:c r="A30" s="1">
+        <x:v>45964.9227893519</x:v>
+      </x:c>
+      <x:c r="B30" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C30" s="0">
+        <x:v>1.47</x:v>
+      </x:c>
+      <x:c r="D30" s="0">
+        <x:v>96.25</x:v>
+      </x:c>
+      <x:c r="E30" s="0">
+        <x:v>87.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="31" spans="1:5">
+      <x:c r="A31" s="1">
+        <x:v>45961.8818981481</x:v>
+      </x:c>
+      <x:c r="B31" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C31" s="0">
+        <x:v>1.29</x:v>
+      </x:c>
+      <x:c r="D31" s="0">
+        <x:v>97.988</x:v>
+      </x:c>
+      <x:c r="E31" s="0">
+        <x:v>89.08</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="32" spans="1:5">
+      <x:c r="A32" s="1">
+        <x:v>45960.8841435185</x:v>
+      </x:c>
+      <x:c r="B32" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C32" s="0">
+        <x:v>1.16</x:v>
+      </x:c>
+      <x:c r="D32" s="0">
+        <x:v>99.33</x:v>
+      </x:c>
+      <x:c r="E32" s="0">
+        <x:v>90.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="33" spans="1:5">
+      <x:c r="A33" s="1">
+        <x:v>45959.8897916667</x:v>
+      </x:c>
+      <x:c r="B33" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C33" s="0">
+        <x:v>1.16</x:v>
+      </x:c>
+      <x:c r="D33" s="0">
+        <x:v>99.319</x:v>
+      </x:c>
+      <x:c r="E33" s="0">
+        <x:v>90.29</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="34" spans="1:5">
+      <x:c r="A34" s="1">
+        <x:v>45958.8875115741</x:v>
+      </x:c>
+      <x:c r="B34" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C34" s="0">
+        <x:v>1.8</x:v>
+      </x:c>
+      <x:c r="D34" s="0">
+        <x:v>95.106</x:v>
+      </x:c>
+      <x:c r="E34" s="0">
+        <x:v>86.46</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="35" spans="1:5">
+      <x:c r="A35" s="1">
+        <x:v>45957.8875578704</x:v>
+      </x:c>
+      <x:c r="B35" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C35" s="0">
+        <x:v>1.43</x:v>
+      </x:c>
+      <x:c r="D35" s="0">
+        <x:v>98.307</x:v>
+      </x:c>
+      <x:c r="E35" s="0">
+        <x:v>89.37</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="36" spans="1:5">
+      <x:c r="A36" s="1">
+        <x:v>45954.9259259259</x:v>
+      </x:c>
+      <x:c r="B36" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C36" s="0">
+        <x:v>1.74</x:v>
+      </x:c>
+      <x:c r="D36" s="0">
+        <x:v>96.151</x:v>
+      </x:c>
+      <x:c r="E36" s="0">
+        <x:v>87.41</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="37" spans="1:5">
+      <x:c r="A37" s="1">
+        <x:v>45953.9278009259</x:v>
+      </x:c>
+      <x:c r="B37" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C37" s="0">
+        <x:v>2.04</x:v>
+      </x:c>
+      <x:c r="D37" s="0">
+        <x:v>94.424</x:v>
+      </x:c>
+      <x:c r="E37" s="0">
+        <x:v>85.84</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="38" spans="1:5">
+      <x:c r="A38" s="1">
+        <x:v>45952.9303703704</x:v>
+      </x:c>
+      <x:c r="B38" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C38" s="0">
+        <x:v>2.43</x:v>
+      </x:c>
+      <x:c r="D38" s="0">
+        <x:v>92.554</x:v>
+      </x:c>
+      <x:c r="E38" s="0">
+        <x:v>84.14</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="39" spans="1:5">
+      <x:c r="A39" s="1">
+        <x:v>45951.9269444444</x:v>
+      </x:c>
+      <x:c r="B39" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C39" s="0">
+        <x:v>2.07</x:v>
+      </x:c>
+      <x:c r="D39" s="0">
+        <x:v>94.655</x:v>
+      </x:c>
+      <x:c r="E39" s="0">
+        <x:v>86.05</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="40" spans="1:5">
+      <x:c r="A40" s="1">
+        <x:v>45950.9289814815</x:v>
+      </x:c>
+      <x:c r="B40" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C40" s="0">
+        <x:v>2.23</x:v>
+      </x:c>
+      <x:c r="D40" s="0">
+        <x:v>93.808</x:v>
+      </x:c>
+      <x:c r="E40" s="0">
+        <x:v>85.28</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="41" spans="1:5">
+      <x:c r="A41" s="1">
+        <x:v>45947.9299768519</x:v>
+      </x:c>
+      <x:c r="B41" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C41" s="0">
+        <x:v>2.4</x:v>
+      </x:c>
+      <x:c r="D41" s="0">
+        <x:v>92.939</x:v>
+      </x:c>
+      <x:c r="E41" s="0">
+        <x:v>84.49</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="42" spans="1:5">
+      <x:c r="A42" s="1">
+        <x:v>45946.9262037037</x:v>
+      </x:c>
+      <x:c r="B42" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C42" s="0">
+        <x:v>1.99</x:v>
+      </x:c>
+      <x:c r="D42" s="0">
+        <x:v>95.392</x:v>
+      </x:c>
+      <x:c r="E42" s="0">
+        <x:v>86.72</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="43" spans="1:5">
+      <x:c r="A43" s="1">
+        <x:v>45945.9257175926</x:v>
+      </x:c>
+      <x:c r="B43" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C43" s="0">
+        <x:v>2.01</x:v>
+      </x:c>
+      <x:c r="D43" s="0">
+        <x:v>95.282</x:v>
+      </x:c>
+      <x:c r="E43" s="0">
+        <x:v>86.62</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="44" spans="1:5">
+      <x:c r="A44" s="1">
+        <x:v>45944.9308101852</x:v>
+      </x:c>
+      <x:c r="B44" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C44" s="0">
+        <x:v>2.48</x:v>
+      </x:c>
+      <x:c r="D44" s="0">
+        <x:v>93.071</x:v>
+      </x:c>
+      <x:c r="E44" s="0">
+        <x:v>84.61</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="45" spans="1:5">
+      <x:c r="A45" s="1">
+        <x:v>45943.926724537</x:v>
+      </x:c>
+      <x:c r="B45" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C45" s="0">
+        <x:v>2.29</x:v>
+      </x:c>
+      <x:c r="D45" s="0">
+        <x:v>94.05</x:v>
+      </x:c>
+      <x:c r="E45" s="0">
+        <x:v>85.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="46" spans="1:5">
+      <x:c r="A46" s="1">
+        <x:v>45940.9235069444</x:v>
+      </x:c>
+      <x:c r="B46" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C46" s="0">
+        <x:v>3.02</x:v>
+      </x:c>
+      <x:c r="D46" s="0">
+        <x:v>91.278</x:v>
+      </x:c>
+      <x:c r="E46" s="0">
+        <x:v>82.98</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="47" spans="1:5">
+      <x:c r="A47" s="1">
+        <x:v>45938.9270833333</x:v>
+      </x:c>
+      <x:c r="B47" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C47" s="0">
+        <x:v>2.2</x:v>
+      </x:c>
+      <x:c r="D47" s="0">
+        <x:v>95.777</x:v>
+      </x:c>
+      <x:c r="E47" s="0">
+        <x:v>87.07</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="48" spans="1:5">
+      <x:c r="A48" s="1">
+        <x:v>45937.9282291667</x:v>
+      </x:c>
+      <x:c r="B48" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C48" s="0">
+        <x:v>2.71</x:v>
+      </x:c>
+      <x:c r="D48" s="0">
+        <x:v>93.566</x:v>
+      </x:c>
+      <x:c r="E48" s="0">
+        <x:v>85.06</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="49" spans="1:5">
+      <x:c r="A49" s="1">
+        <x:v>45936.9241319444</x:v>
+      </x:c>
+      <x:c r="B49" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C49" s="0">
+        <x:v>2.64</x:v>
+      </x:c>
+      <x:c r="D49" s="0">
+        <x:v>93.874</x:v>
+      </x:c>
+      <x:c r="E49" s="0">
+        <x:v>85.34</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="50" spans="1:5">
+      <x:c r="A50" s="1">
+        <x:v>45933.9288425926</x:v>
+      </x:c>
+      <x:c r="B50" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C50" s="0">
+        <x:v>3.18</x:v>
+      </x:c>
+      <x:c r="D50" s="0">
+        <x:v>91.916</x:v>
+      </x:c>
+      <x:c r="E50" s="0">
+        <x:v>83.56</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="51" spans="1:5">
+      <x:c r="A51" s="1">
+        <x:v>45932.9250925926</x:v>
+      </x:c>
+      <x:c r="B51" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C51" s="0">
+        <x:v>3.54</x:v>
+      </x:c>
+      <x:c r="D51" s="0">
+        <x:v>90.772</x:v>
+      </x:c>
+      <x:c r="E51" s="0">
+        <x:v>82.52</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="52" spans="1:5">
+      <x:c r="A52" s="1">
+        <x:v>45931.9294097222</x:v>
+      </x:c>
+      <x:c r="B52" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C52" s="0">
+        <x:v>3.34</x:v>
+      </x:c>
+      <x:c r="D52" s="0">
+        <x:v>91.432</x:v>
+      </x:c>
+      <x:c r="E52" s="0">
+        <x:v>83.12</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="53" spans="1:5">
+      <x:c r="A53" s="1">
+        <x:v>45930.933900463</x:v>
+      </x:c>
+      <x:c r="B53" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C53" s="0">
+        <x:v>3.74</x:v>
+      </x:c>
+      <x:c r="D53" s="0">
+        <x:v>90.233</x:v>
+      </x:c>
+      <x:c r="E53" s="0">
+        <x:v>82.03</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="54" spans="1:5">
+      <x:c r="A54" s="1">
+        <x:v>45929.9324074074</x:v>
+      </x:c>
+      <x:c r="B54" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C54" s="0">
+        <x:v>4.54</x:v>
+      </x:c>
+      <x:c r="D54" s="0">
+        <x:v>88.286</x:v>
+      </x:c>
+      <x:c r="E54" s="0">
+        <x:v>80.26</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="55" spans="1:5">
+      <x:c r="A55" s="1">
+        <x:v>45926.9298611111</x:v>
+      </x:c>
+      <x:c r="B55" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C55" s="0">
+        <x:v>4.99</x:v>
+      </x:c>
+      <x:c r="D55" s="0">
+        <x:v>87.285</x:v>
+      </x:c>
+      <x:c r="E55" s="0">
+        <x:v>79.35</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="56" spans="1:5">
+      <x:c r="A56" s="1">
+        <x:v>45925.9294444444</x:v>
+      </x:c>
+      <x:c r="B56" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C56" s="0">
+        <x:v>5.1</x:v>
+      </x:c>
+      <x:c r="D56" s="0">
+        <x:v>87.043</x:v>
+      </x:c>
+      <x:c r="E56" s="0">
+        <x:v>79.13</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="57" spans="1:5">
+      <x:c r="A57" s="1">
+        <x:v>45924.9296527778</x:v>
+      </x:c>
+      <x:c r="B57" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C57" s="0">
+        <x:v>4.73</x:v>
+      </x:c>
+      <x:c r="D57" s="0">
+        <x:v>87.901</x:v>
+      </x:c>
+      <x:c r="E57" s="0">
+        <x:v>79.91</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="58" spans="1:5">
+      <x:c r="A58" s="1">
+        <x:v>45923.9251967593</x:v>
+      </x:c>
+      <x:c r="B58" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C58" s="0">
+        <x:v>4.27</x:v>
+      </x:c>
+      <x:c r="D58" s="0">
+        <x:v>89.1</x:v>
+      </x:c>
+      <x:c r="E58" s="0">
+        <x:v>81</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="59" spans="1:5">
+      <x:c r="A59" s="1">
+        <x:v>45922.926712963</x:v>
+      </x:c>
+      <x:c r="B59" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C59" s="0">
+        <x:v>5.24</x:v>
+      </x:c>
+      <x:c r="D59" s="0">
+        <x:v>87.076</x:v>
+      </x:c>
+      <x:c r="E59" s="0">
+        <x:v>79.16</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="60" spans="1:5">
+      <x:c r="A60" s="1">
+        <x:v>45919.9342592593</x:v>
+      </x:c>
+      <x:c r="B60" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C60" s="0">
+        <x:v>5.03</x:v>
+      </x:c>
+      <x:c r="D60" s="0">
+        <x:v>87.516</x:v>
+      </x:c>
+      <x:c r="E60" s="0">
+        <x:v>79.56</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="61" spans="1:5">
+      <x:c r="A61" s="1">
+        <x:v>45918.9265393519</x:v>
+      </x:c>
+      <x:c r="B61" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C61" s="0">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c r="D61" s="0">
+        <x:v>87.582</x:v>
+      </x:c>
+      <x:c r="E61" s="0">
+        <x:v>79.62</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="62" spans="1:5">
+      <x:c r="A62" s="1">
+        <x:v>45917.9270486111</x:v>
+      </x:c>
+      <x:c r="B62" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C62" s="0">
+        <x:v>6.99</x:v>
+      </x:c>
+      <x:c r="D62" s="0">
+        <x:v>84.568</x:v>
+      </x:c>
+      <x:c r="E62" s="0">
+        <x:v>76.88</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="63" spans="1:5">
+      <x:c r="A63" s="1">
         <x:v>45916.9258912037</x:v>
       </x:c>
-      <x:c r="B25" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C25" s="0">
+      <x:c r="B63" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C63" s="0">
         <x:v>5.9</x:v>
       </x:c>
-      <x:c r="D25" s="0">
+      <x:c r="D63" s="0">
         <x:v>86.57</x:v>
       </x:c>
-      <x:c r="E25" s="0">
+      <x:c r="E63" s="0">
         <x:v>78.7</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>