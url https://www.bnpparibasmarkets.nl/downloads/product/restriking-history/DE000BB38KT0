--- v1 (2025-12-14)
+++ v2 (2026-01-31)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R471e1e5b4e75405d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0102dea774154505a0ef6ade386f50f8.psmdcp" Id="R5faa3dbd556f428a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R035836d1f3b2411d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/86fa7d180f4344d0bcd82b0f571f999c.psmdcp" Id="R315599481136401d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>DE000BB38KT0</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -390,1117 +390,1610 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E63"/>
+  <x:dimension ref="A1:E92"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>46003.9269907407</x:v>
+        <x:v>46051.9255324074</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
-        <x:v>0.6</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>97.152</x:v>
+        <x:v>113.3</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>88.32</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>46002.9320023148</x:v>
+        <x:v>46050.9251157407</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
-        <x:v>0.37</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>105.567</x:v>
+        <x:v>114.708</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>95.97</x:v>
+        <x:v>104.28</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>46001.927025463</x:v>
+        <x:v>46049.9249768518</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
-        <x:v>0.43</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>103.62</x:v>
+        <x:v>120.714</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>94.2</x:v>
+        <x:v>109.74</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>46000.9275810185</x:v>
+        <x:v>46049.6529282407</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
-        <x:v>0.6</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>100.221</x:v>
+        <x:v>114.89</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>91.11</x:v>
+        <x:v>104.445</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>45996.9307407407</x:v>
+        <x:v>46048.9248032407</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
-        <x:v>1.02</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>94.567</x:v>
+        <x:v>104.445</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>85.97</x:v>
+        <x:v>94.95</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>45995.9303009259</x:v>
+        <x:v>46045.9251273148</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
-        <x:v>1.07</x:v>
+        <x:v>0.31</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>93.995</x:v>
+        <x:v>102.63</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>85.45</x:v>
+        <x:v>93.3</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>45994.9276967593</x:v>
+        <x:v>46044.9245601852</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
-        <x:v>1.31</x:v>
+        <x:v>0.28</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>91.905</x:v>
+        <x:v>103.708</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>83.55</x:v>
+        <x:v>94.28</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>45993.9303240741</x:v>
+        <x:v>46043.9253935185</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
-        <x:v>1.29</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>92.081</x:v>
+        <x:v>102.872</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>83.71</x:v>
+        <x:v>93.52</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>45992.9296990741</x:v>
+        <x:v>46042.9279050926</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
-        <x:v>1.4</x:v>
+        <x:v>0.33</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>91.19</x:v>
+        <x:v>101.827</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>82.9</x:v>
+        <x:v>92.57</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>45989.8197106481</x:v>
+        <x:v>46038.9243171296</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C12" s="0">
-        <x:v>1.24</x:v>
+        <x:v>0.29</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>92.62</x:v>
+        <x:v>103.62</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>84.2</x:v>
+        <x:v>94.2</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>45987.9265509259</x:v>
+        <x:v>46037.9280671296</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0">
-        <x:v>1.32</x:v>
+        <x:v>0.31</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>91.96</x:v>
+        <x:v>102.839</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>83.6</x:v>
+        <x:v>93.49</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>45986.9250347222</x:v>
+        <x:v>46036.9272800926</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C14" s="0">
-        <x:v>1.4</x:v>
+        <x:v>0.43</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>91.245</x:v>
+        <x:v>99.231</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>82.95</x:v>
+        <x:v>90.21</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>45982.9249074074</x:v>
+        <x:v>46035.9279166667</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
-        <x:v>2.12</x:v>
+        <x:v>0.45</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>87.406</x:v>
+        <x:v>98.868</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>79.46</x:v>
+        <x:v>89.88</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>45981.9259027778</x:v>
+        <x:v>46034.9278935185</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C16" s="0">
-        <x:v>2.48</x:v>
+        <x:v>0.55</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>85.833</x:v>
+        <x:v>96.668</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>78.03</x:v>
+        <x:v>87.88</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>45980.926412037</x:v>
+        <x:v>46031.9291666667</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C17" s="0">
-        <x:v>1.83</x:v>
+        <x:v>0.72</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>89.87</x:v>
+        <x:v>93.753</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>81.7</x:v>
+        <x:v>85.23</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>45979.9258680556</x:v>
+        <x:v>46030.927025463</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="0">
-        <x:v>2.17</x:v>
+        <x:v>0.72</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>88.132</x:v>
+        <x:v>93.863</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>80.12</x:v>
+        <x:v>85.33</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>45978.9281365741</x:v>
+        <x:v>46029.9278935185</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C19" s="0">
-        <x:v>1.98</x:v>
+        <x:v>0.58</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>89.166</x:v>
+        <x:v>96.789</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>81.06</x:v>
+        <x:v>87.99</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
-        <x:v>45975.9257986111</x:v>
+        <x:v>46028.9271759259</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C20" s="0">
-        <x:v>1.8</x:v>
+        <x:v>0.52</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>89.986</x:v>
+        <x:v>98.175</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>82.06</x:v>
+        <x:v>89.25</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="1">
-        <x:v>45975.3077546296</x:v>
+        <x:v>46027.9296064815</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C21" s="0">
-        <x:v>1.78</x:v>
+        <x:v>0.55</x:v>
       </x:c>
       <x:c r="D21" s="0">
-        <x:v>90.316</x:v>
+        <x:v>97.559</x:v>
       </x:c>
       <x:c r="E21" s="0">
-        <x:v>82.36</x:v>
+        <x:v>88.69</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="1">
-        <x:v>45974.924849537</x:v>
+        <x:v>46024.9271875</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C22" s="0">
-        <x:v>1.8</x:v>
+        <x:v>0.47</x:v>
       </x:c>
       <x:c r="D22" s="0">
-        <x:v>90.596</x:v>
+        <x:v>99.737</x:v>
       </x:c>
       <x:c r="E22" s="0">
-        <x:v>82.36</x:v>
+        <x:v>90.67</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="1">
-        <x:v>45973.9253356481</x:v>
+        <x:v>46021.9269560185</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C23" s="0">
-        <x:v>1.13</x:v>
+        <x:v>0.56</x:v>
       </x:c>
       <x:c r="D23" s="0">
-        <x:v>97.911</x:v>
+        <x:v>97.746</x:v>
       </x:c>
       <x:c r="E23" s="0">
-        <x:v>89.01</x:v>
+        <x:v>88.86</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="1">
-        <x:v>45972.9253240741</x:v>
+        <x:v>46020.9273611111</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C24" s="0">
-        <x:v>1.25</x:v>
+        <x:v>0.55</x:v>
       </x:c>
       <x:c r="D24" s="0">
-        <x:v>96.723</x:v>
+        <x:v>97.9</x:v>
       </x:c>
       <x:c r="E24" s="0">
-        <x:v>87.93</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="1">
-        <x:v>45971.9253703704</x:v>
+        <x:v>46014.9278356481</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C25" s="0">
-        <x:v>1.18</x:v>
+        <x:v>0.53</x:v>
       </x:c>
       <x:c r="D25" s="0">
-        <x:v>97.416</x:v>
+        <x:v>98.274</x:v>
       </x:c>
       <x:c r="E25" s="0">
-        <x:v>88.56</x:v>
+        <x:v>89.34</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="1">
-        <x:v>45968.9253935185</x:v>
+        <x:v>46013.9284837963</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C26" s="0">
-        <x:v>1.66</x:v>
+        <x:v>0.58</x:v>
       </x:c>
       <x:c r="D26" s="0">
-        <x:v>94.028</x:v>
+        <x:v>97.24</x:v>
       </x:c>
       <x:c r="E26" s="0">
-        <x:v>85.48</x:v>
+        <x:v>88.4</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="1">
-        <x:v>45967.9277893519</x:v>
+        <x:v>46010.9275810185</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C27" s="0">
-        <x:v>1.36</x:v>
+        <x:v>0.61</x:v>
       </x:c>
       <x:c r="D27" s="0">
         <x:v>96.646</x:v>
       </x:c>
       <x:c r="E27" s="0">
         <x:v>87.86</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="1">
-        <x:v>45966.9253587963</x:v>
+        <x:v>46009.930787037</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C28" s="0">
-        <x:v>1.46</x:v>
+        <x:v>0.67</x:v>
       </x:c>
       <x:c r="D28" s="0">
-        <x:v>95.81</x:v>
+        <x:v>95.568</x:v>
       </x:c>
       <x:c r="E28" s="0">
-        <x:v>87.1</x:v>
+        <x:v>86.88</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="1">
-        <x:v>45965.9236921296</x:v>
+        <x:v>46008.9275925926</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C29" s="0">
-        <x:v>1.78</x:v>
+        <x:v>0.78</x:v>
       </x:c>
       <x:c r="D29" s="0">
-        <x:v>93.731</x:v>
+        <x:v>93.962</x:v>
       </x:c>
       <x:c r="E29" s="0">
-        <x:v>85.21</x:v>
+        <x:v>85.42</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="1">
-        <x:v>45964.9227893519</x:v>
+        <x:v>46007.9277662037</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C30" s="0">
-        <x:v>1.47</x:v>
+        <x:v>0.72</x:v>
       </x:c>
       <x:c r="D30" s="0">
-        <x:v>96.25</x:v>
+        <x:v>94.919</x:v>
       </x:c>
       <x:c r="E30" s="0">
-        <x:v>87.5</x:v>
+        <x:v>86.29</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="1">
-        <x:v>45961.8818981481</x:v>
+        <x:v>46006.9271064815</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C31" s="0">
-        <x:v>1.29</x:v>
+        <x:v>0.62</x:v>
       </x:c>
       <x:c r="D31" s="0">
-        <x:v>97.988</x:v>
+        <x:v>96.921</x:v>
       </x:c>
       <x:c r="E31" s="0">
-        <x:v>89.08</x:v>
+        <x:v>88.11</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="1">
-        <x:v>45960.8841435185</x:v>
+        <x:v>46003.9269907407</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C32" s="0">
-        <x:v>1.16</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="D32" s="0">
-        <x:v>99.33</x:v>
+        <x:v>97.152</x:v>
       </x:c>
       <x:c r="E32" s="0">
-        <x:v>90.3</x:v>
+        <x:v>88.32</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="1">
-        <x:v>45959.8897916667</x:v>
+        <x:v>46002.9320023148</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C33" s="0">
-        <x:v>1.16</x:v>
+        <x:v>0.37</x:v>
       </x:c>
       <x:c r="D33" s="0">
-        <x:v>99.319</x:v>
+        <x:v>105.567</x:v>
       </x:c>
       <x:c r="E33" s="0">
-        <x:v>90.29</x:v>
+        <x:v>95.97</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="1">
-        <x:v>45958.8875115741</x:v>
+        <x:v>46001.927025463</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C34" s="0">
-        <x:v>1.8</x:v>
+        <x:v>0.43</x:v>
       </x:c>
       <x:c r="D34" s="0">
-        <x:v>95.106</x:v>
+        <x:v>103.62</x:v>
       </x:c>
       <x:c r="E34" s="0">
-        <x:v>86.46</x:v>
+        <x:v>94.2</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="1">
-        <x:v>45957.8875578704</x:v>
+        <x:v>46000.9275810185</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C35" s="0">
-        <x:v>1.43</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="D35" s="0">
-        <x:v>98.307</x:v>
+        <x:v>100.221</x:v>
       </x:c>
       <x:c r="E35" s="0">
-        <x:v>89.37</x:v>
+        <x:v>91.11</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="1">
-        <x:v>45954.9259259259</x:v>
+        <x:v>45996.9307407407</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C36" s="0">
-        <x:v>1.74</x:v>
+        <x:v>1.02</x:v>
       </x:c>
       <x:c r="D36" s="0">
-        <x:v>96.151</x:v>
+        <x:v>94.567</x:v>
       </x:c>
       <x:c r="E36" s="0">
-        <x:v>87.41</x:v>
+        <x:v>85.97</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="1">
-        <x:v>45953.9278009259</x:v>
+        <x:v>45995.9303009259</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C37" s="0">
-        <x:v>2.04</x:v>
+        <x:v>1.07</x:v>
       </x:c>
       <x:c r="D37" s="0">
-        <x:v>94.424</x:v>
+        <x:v>93.995</x:v>
       </x:c>
       <x:c r="E37" s="0">
-        <x:v>85.84</x:v>
+        <x:v>85.45</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="1">
-        <x:v>45952.9303703704</x:v>
+        <x:v>45994.9276967593</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C38" s="0">
-        <x:v>2.43</x:v>
+        <x:v>1.31</x:v>
       </x:c>
       <x:c r="D38" s="0">
-        <x:v>92.554</x:v>
+        <x:v>91.905</x:v>
       </x:c>
       <x:c r="E38" s="0">
-        <x:v>84.14</x:v>
+        <x:v>83.55</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="1">
-        <x:v>45951.9269444444</x:v>
+        <x:v>45993.9303240741</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C39" s="0">
-        <x:v>2.07</x:v>
+        <x:v>1.29</x:v>
       </x:c>
       <x:c r="D39" s="0">
-        <x:v>94.655</x:v>
+        <x:v>92.081</x:v>
       </x:c>
       <x:c r="E39" s="0">
-        <x:v>86.05</x:v>
+        <x:v>83.71</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="1">
-        <x:v>45950.9289814815</x:v>
+        <x:v>45992.9296990741</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C40" s="0">
-        <x:v>2.23</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="D40" s="0">
-        <x:v>93.808</x:v>
+        <x:v>91.19</x:v>
       </x:c>
       <x:c r="E40" s="0">
-        <x:v>85.28</x:v>
+        <x:v>82.9</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="1">
-        <x:v>45947.9299768519</x:v>
+        <x:v>45989.8197106481</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C41" s="0">
-        <x:v>2.4</x:v>
+        <x:v>1.24</x:v>
       </x:c>
       <x:c r="D41" s="0">
-        <x:v>92.939</x:v>
+        <x:v>92.62</x:v>
       </x:c>
       <x:c r="E41" s="0">
-        <x:v>84.49</x:v>
+        <x:v>84.2</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="1">
-        <x:v>45946.9262037037</x:v>
+        <x:v>45987.9265509259</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C42" s="0">
-        <x:v>1.99</x:v>
+        <x:v>1.32</x:v>
       </x:c>
       <x:c r="D42" s="0">
-        <x:v>95.392</x:v>
+        <x:v>91.96</x:v>
       </x:c>
       <x:c r="E42" s="0">
-        <x:v>86.72</x:v>
+        <x:v>83.6</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="1">
-        <x:v>45945.9257175926</x:v>
+        <x:v>45986.9250347222</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C43" s="0">
-        <x:v>2.01</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="D43" s="0">
-        <x:v>95.282</x:v>
+        <x:v>91.245</x:v>
       </x:c>
       <x:c r="E43" s="0">
-        <x:v>86.62</x:v>
+        <x:v>82.95</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="1">
-        <x:v>45944.9308101852</x:v>
+        <x:v>45982.9249074074</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C44" s="0">
-        <x:v>2.48</x:v>
+        <x:v>2.12</x:v>
       </x:c>
       <x:c r="D44" s="0">
-        <x:v>93.071</x:v>
+        <x:v>87.406</x:v>
       </x:c>
       <x:c r="E44" s="0">
-        <x:v>84.61</x:v>
+        <x:v>79.46</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="1">
-        <x:v>45943.926724537</x:v>
+        <x:v>45981.9259027778</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C45" s="0">
-        <x:v>2.29</x:v>
+        <x:v>2.48</x:v>
       </x:c>
       <x:c r="D45" s="0">
-        <x:v>94.05</x:v>
+        <x:v>85.833</x:v>
       </x:c>
       <x:c r="E45" s="0">
-        <x:v>85.5</x:v>
+        <x:v>78.03</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="1">
-        <x:v>45940.9235069444</x:v>
+        <x:v>45980.926412037</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C46" s="0">
-        <x:v>3.02</x:v>
+        <x:v>1.83</x:v>
       </x:c>
       <x:c r="D46" s="0">
-        <x:v>91.278</x:v>
+        <x:v>89.87</x:v>
       </x:c>
       <x:c r="E46" s="0">
-        <x:v>82.98</x:v>
+        <x:v>81.7</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="1">
-        <x:v>45938.9270833333</x:v>
+        <x:v>45979.9258680556</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C47" s="0">
-        <x:v>2.2</x:v>
+        <x:v>2.17</x:v>
       </x:c>
       <x:c r="D47" s="0">
-        <x:v>95.777</x:v>
+        <x:v>88.132</x:v>
       </x:c>
       <x:c r="E47" s="0">
-        <x:v>87.07</x:v>
+        <x:v>80.12</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5">
       <x:c r="A48" s="1">
-        <x:v>45937.9282291667</x:v>
+        <x:v>45978.9281365741</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C48" s="0">
-        <x:v>2.71</x:v>
+        <x:v>1.98</x:v>
       </x:c>
       <x:c r="D48" s="0">
-        <x:v>93.566</x:v>
+        <x:v>89.166</x:v>
       </x:c>
       <x:c r="E48" s="0">
-        <x:v>85.06</x:v>
+        <x:v>81.06</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
       <x:c r="A49" s="1">
-        <x:v>45936.9241319444</x:v>
+        <x:v>45975.9257986111</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C49" s="0">
-        <x:v>2.64</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="D49" s="0">
-        <x:v>93.874</x:v>
+        <x:v>89.986</x:v>
       </x:c>
       <x:c r="E49" s="0">
-        <x:v>85.34</x:v>
+        <x:v>82.06</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5">
       <x:c r="A50" s="1">
-        <x:v>45933.9288425926</x:v>
+        <x:v>45975.3077546296</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C50" s="0">
-        <x:v>3.18</x:v>
+        <x:v>1.78</x:v>
       </x:c>
       <x:c r="D50" s="0">
-        <x:v>91.916</x:v>
+        <x:v>90.316</x:v>
       </x:c>
       <x:c r="E50" s="0">
-        <x:v>83.56</x:v>
+        <x:v>82.36</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5">
       <x:c r="A51" s="1">
-        <x:v>45932.9250925926</x:v>
+        <x:v>45974.924849537</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C51" s="0">
-        <x:v>3.54</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="D51" s="0">
-        <x:v>90.772</x:v>
+        <x:v>90.596</x:v>
       </x:c>
       <x:c r="E51" s="0">
-        <x:v>82.52</x:v>
+        <x:v>82.36</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5">
       <x:c r="A52" s="1">
-        <x:v>45931.9294097222</x:v>
+        <x:v>45973.9253356481</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C52" s="0">
-        <x:v>3.34</x:v>
+        <x:v>1.13</x:v>
       </x:c>
       <x:c r="D52" s="0">
-        <x:v>91.432</x:v>
+        <x:v>97.911</x:v>
       </x:c>
       <x:c r="E52" s="0">
-        <x:v>83.12</x:v>
+        <x:v>89.01</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5">
       <x:c r="A53" s="1">
-        <x:v>45930.933900463</x:v>
+        <x:v>45972.9253240741</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C53" s="0">
-        <x:v>3.74</x:v>
+        <x:v>1.25</x:v>
       </x:c>
       <x:c r="D53" s="0">
-        <x:v>90.233</x:v>
+        <x:v>96.723</x:v>
       </x:c>
       <x:c r="E53" s="0">
-        <x:v>82.03</x:v>
+        <x:v>87.93</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5">
       <x:c r="A54" s="1">
-        <x:v>45929.9324074074</x:v>
+        <x:v>45971.9253703704</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C54" s="0">
-        <x:v>4.54</x:v>
+        <x:v>1.18</x:v>
       </x:c>
       <x:c r="D54" s="0">
-        <x:v>88.286</x:v>
+        <x:v>97.416</x:v>
       </x:c>
       <x:c r="E54" s="0">
-        <x:v>80.26</x:v>
+        <x:v>88.56</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5">
       <x:c r="A55" s="1">
-        <x:v>45926.9298611111</x:v>
+        <x:v>45968.9253935185</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C55" s="0">
-        <x:v>4.99</x:v>
+        <x:v>1.66</x:v>
       </x:c>
       <x:c r="D55" s="0">
-        <x:v>87.285</x:v>
+        <x:v>94.028</x:v>
       </x:c>
       <x:c r="E55" s="0">
-        <x:v>79.35</x:v>
+        <x:v>85.48</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5">
       <x:c r="A56" s="1">
-        <x:v>45925.9294444444</x:v>
+        <x:v>45967.9277893519</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C56" s="0">
-        <x:v>5.1</x:v>
+        <x:v>1.36</x:v>
       </x:c>
       <x:c r="D56" s="0">
-        <x:v>87.043</x:v>
+        <x:v>96.646</x:v>
       </x:c>
       <x:c r="E56" s="0">
-        <x:v>79.13</x:v>
+        <x:v>87.86</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:5">
       <x:c r="A57" s="1">
-        <x:v>45924.9296527778</x:v>
+        <x:v>45966.9253587963</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C57" s="0">
-        <x:v>4.73</x:v>
+        <x:v>1.46</x:v>
       </x:c>
       <x:c r="D57" s="0">
-        <x:v>87.901</x:v>
+        <x:v>95.81</x:v>
       </x:c>
       <x:c r="E57" s="0">
-        <x:v>79.91</x:v>
+        <x:v>87.1</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:5">
       <x:c r="A58" s="1">
-        <x:v>45923.9251967593</x:v>
+        <x:v>45965.9236921296</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C58" s="0">
-        <x:v>4.27</x:v>
+        <x:v>1.78</x:v>
       </x:c>
       <x:c r="D58" s="0">
-        <x:v>89.1</x:v>
+        <x:v>93.731</x:v>
       </x:c>
       <x:c r="E58" s="0">
-        <x:v>81</x:v>
+        <x:v>85.21</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:5">
       <x:c r="A59" s="1">
-        <x:v>45922.926712963</x:v>
+        <x:v>45964.9227893519</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C59" s="0">
-        <x:v>5.24</x:v>
+        <x:v>1.47</x:v>
       </x:c>
       <x:c r="D59" s="0">
-        <x:v>87.076</x:v>
+        <x:v>96.25</x:v>
       </x:c>
       <x:c r="E59" s="0">
-        <x:v>79.16</x:v>
+        <x:v>87.5</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:5">
       <x:c r="A60" s="1">
-        <x:v>45919.9342592593</x:v>
+        <x:v>45961.8818981481</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C60" s="0">
-        <x:v>5.03</x:v>
+        <x:v>1.29</x:v>
       </x:c>
       <x:c r="D60" s="0">
-        <x:v>87.516</x:v>
+        <x:v>97.988</x:v>
       </x:c>
       <x:c r="E60" s="0">
-        <x:v>79.56</x:v>
+        <x:v>89.08</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:5">
       <x:c r="A61" s="1">
-        <x:v>45918.9265393519</x:v>
+        <x:v>45960.8841435185</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C61" s="0">
-        <x:v>5</x:v>
+        <x:v>1.16</x:v>
       </x:c>
       <x:c r="D61" s="0">
-        <x:v>87.582</x:v>
+        <x:v>99.33</x:v>
       </x:c>
       <x:c r="E61" s="0">
-        <x:v>79.62</x:v>
+        <x:v>90.3</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:5">
       <x:c r="A62" s="1">
-        <x:v>45917.9270486111</x:v>
+        <x:v>45959.8897916667</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C62" s="0">
-        <x:v>6.99</x:v>
+        <x:v>1.16</x:v>
       </x:c>
       <x:c r="D62" s="0">
-        <x:v>84.568</x:v>
+        <x:v>99.319</x:v>
       </x:c>
       <x:c r="E62" s="0">
-        <x:v>76.88</x:v>
+        <x:v>90.29</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:5">
       <x:c r="A63" s="1">
+        <x:v>45958.8875115741</x:v>
+      </x:c>
+      <x:c r="B63" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C63" s="0">
+        <x:v>1.8</x:v>
+      </x:c>
+      <x:c r="D63" s="0">
+        <x:v>95.106</x:v>
+      </x:c>
+      <x:c r="E63" s="0">
+        <x:v>86.46</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="64" spans="1:5">
+      <x:c r="A64" s="1">
+        <x:v>45957.8875578704</x:v>
+      </x:c>
+      <x:c r="B64" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C64" s="0">
+        <x:v>1.43</x:v>
+      </x:c>
+      <x:c r="D64" s="0">
+        <x:v>98.307</x:v>
+      </x:c>
+      <x:c r="E64" s="0">
+        <x:v>89.37</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="65" spans="1:5">
+      <x:c r="A65" s="1">
+        <x:v>45954.9259259259</x:v>
+      </x:c>
+      <x:c r="B65" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C65" s="0">
+        <x:v>1.74</x:v>
+      </x:c>
+      <x:c r="D65" s="0">
+        <x:v>96.151</x:v>
+      </x:c>
+      <x:c r="E65" s="0">
+        <x:v>87.41</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="66" spans="1:5">
+      <x:c r="A66" s="1">
+        <x:v>45953.9278009259</x:v>
+      </x:c>
+      <x:c r="B66" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C66" s="0">
+        <x:v>2.04</x:v>
+      </x:c>
+      <x:c r="D66" s="0">
+        <x:v>94.424</x:v>
+      </x:c>
+      <x:c r="E66" s="0">
+        <x:v>85.84</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="67" spans="1:5">
+      <x:c r="A67" s="1">
+        <x:v>45952.9303703704</x:v>
+      </x:c>
+      <x:c r="B67" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C67" s="0">
+        <x:v>2.43</x:v>
+      </x:c>
+      <x:c r="D67" s="0">
+        <x:v>92.554</x:v>
+      </x:c>
+      <x:c r="E67" s="0">
+        <x:v>84.14</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="68" spans="1:5">
+      <x:c r="A68" s="1">
+        <x:v>45951.9269444444</x:v>
+      </x:c>
+      <x:c r="B68" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C68" s="0">
+        <x:v>2.07</x:v>
+      </x:c>
+      <x:c r="D68" s="0">
+        <x:v>94.655</x:v>
+      </x:c>
+      <x:c r="E68" s="0">
+        <x:v>86.05</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="69" spans="1:5">
+      <x:c r="A69" s="1">
+        <x:v>45950.9289814815</x:v>
+      </x:c>
+      <x:c r="B69" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C69" s="0">
+        <x:v>2.23</x:v>
+      </x:c>
+      <x:c r="D69" s="0">
+        <x:v>93.808</x:v>
+      </x:c>
+      <x:c r="E69" s="0">
+        <x:v>85.28</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="70" spans="1:5">
+      <x:c r="A70" s="1">
+        <x:v>45947.9299768519</x:v>
+      </x:c>
+      <x:c r="B70" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C70" s="0">
+        <x:v>2.4</x:v>
+      </x:c>
+      <x:c r="D70" s="0">
+        <x:v>92.939</x:v>
+      </x:c>
+      <x:c r="E70" s="0">
+        <x:v>84.49</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="71" spans="1:5">
+      <x:c r="A71" s="1">
+        <x:v>45946.9262037037</x:v>
+      </x:c>
+      <x:c r="B71" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C71" s="0">
+        <x:v>1.99</x:v>
+      </x:c>
+      <x:c r="D71" s="0">
+        <x:v>95.392</x:v>
+      </x:c>
+      <x:c r="E71" s="0">
+        <x:v>86.72</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="72" spans="1:5">
+      <x:c r="A72" s="1">
+        <x:v>45945.9257175926</x:v>
+      </x:c>
+      <x:c r="B72" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C72" s="0">
+        <x:v>2.01</x:v>
+      </x:c>
+      <x:c r="D72" s="0">
+        <x:v>95.282</x:v>
+      </x:c>
+      <x:c r="E72" s="0">
+        <x:v>86.62</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="73" spans="1:5">
+      <x:c r="A73" s="1">
+        <x:v>45944.9308101852</x:v>
+      </x:c>
+      <x:c r="B73" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C73" s="0">
+        <x:v>2.48</x:v>
+      </x:c>
+      <x:c r="D73" s="0">
+        <x:v>93.071</x:v>
+      </x:c>
+      <x:c r="E73" s="0">
+        <x:v>84.61</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="74" spans="1:5">
+      <x:c r="A74" s="1">
+        <x:v>45943.926724537</x:v>
+      </x:c>
+      <x:c r="B74" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C74" s="0">
+        <x:v>2.29</x:v>
+      </x:c>
+      <x:c r="D74" s="0">
+        <x:v>94.05</x:v>
+      </x:c>
+      <x:c r="E74" s="0">
+        <x:v>85.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="75" spans="1:5">
+      <x:c r="A75" s="1">
+        <x:v>45940.9235069444</x:v>
+      </x:c>
+      <x:c r="B75" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C75" s="0">
+        <x:v>3.02</x:v>
+      </x:c>
+      <x:c r="D75" s="0">
+        <x:v>91.278</x:v>
+      </x:c>
+      <x:c r="E75" s="0">
+        <x:v>82.98</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="76" spans="1:5">
+      <x:c r="A76" s="1">
+        <x:v>45938.9270833333</x:v>
+      </x:c>
+      <x:c r="B76" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C76" s="0">
+        <x:v>2.2</x:v>
+      </x:c>
+      <x:c r="D76" s="0">
+        <x:v>95.777</x:v>
+      </x:c>
+      <x:c r="E76" s="0">
+        <x:v>87.07</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="77" spans="1:5">
+      <x:c r="A77" s="1">
+        <x:v>45937.9282291667</x:v>
+      </x:c>
+      <x:c r="B77" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C77" s="0">
+        <x:v>2.71</x:v>
+      </x:c>
+      <x:c r="D77" s="0">
+        <x:v>93.566</x:v>
+      </x:c>
+      <x:c r="E77" s="0">
+        <x:v>85.06</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="78" spans="1:5">
+      <x:c r="A78" s="1">
+        <x:v>45936.9241319444</x:v>
+      </x:c>
+      <x:c r="B78" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C78" s="0">
+        <x:v>2.64</x:v>
+      </x:c>
+      <x:c r="D78" s="0">
+        <x:v>93.874</x:v>
+      </x:c>
+      <x:c r="E78" s="0">
+        <x:v>85.34</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="79" spans="1:5">
+      <x:c r="A79" s="1">
+        <x:v>45933.9288425926</x:v>
+      </x:c>
+      <x:c r="B79" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C79" s="0">
+        <x:v>3.18</x:v>
+      </x:c>
+      <x:c r="D79" s="0">
+        <x:v>91.916</x:v>
+      </x:c>
+      <x:c r="E79" s="0">
+        <x:v>83.56</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="80" spans="1:5">
+      <x:c r="A80" s="1">
+        <x:v>45932.9250925926</x:v>
+      </x:c>
+      <x:c r="B80" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C80" s="0">
+        <x:v>3.54</x:v>
+      </x:c>
+      <x:c r="D80" s="0">
+        <x:v>90.772</x:v>
+      </x:c>
+      <x:c r="E80" s="0">
+        <x:v>82.52</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="81" spans="1:5">
+      <x:c r="A81" s="1">
+        <x:v>45931.9294097222</x:v>
+      </x:c>
+      <x:c r="B81" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C81" s="0">
+        <x:v>3.34</x:v>
+      </x:c>
+      <x:c r="D81" s="0">
+        <x:v>91.432</x:v>
+      </x:c>
+      <x:c r="E81" s="0">
+        <x:v>83.12</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="82" spans="1:5">
+      <x:c r="A82" s="1">
+        <x:v>45930.933900463</x:v>
+      </x:c>
+      <x:c r="B82" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C82" s="0">
+        <x:v>3.74</x:v>
+      </x:c>
+      <x:c r="D82" s="0">
+        <x:v>90.233</x:v>
+      </x:c>
+      <x:c r="E82" s="0">
+        <x:v>82.03</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="83" spans="1:5">
+      <x:c r="A83" s="1">
+        <x:v>45929.9324074074</x:v>
+      </x:c>
+      <x:c r="B83" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C83" s="0">
+        <x:v>4.54</x:v>
+      </x:c>
+      <x:c r="D83" s="0">
+        <x:v>88.286</x:v>
+      </x:c>
+      <x:c r="E83" s="0">
+        <x:v>80.26</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="84" spans="1:5">
+      <x:c r="A84" s="1">
+        <x:v>45926.9298611111</x:v>
+      </x:c>
+      <x:c r="B84" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C84" s="0">
+        <x:v>4.99</x:v>
+      </x:c>
+      <x:c r="D84" s="0">
+        <x:v>87.285</x:v>
+      </x:c>
+      <x:c r="E84" s="0">
+        <x:v>79.35</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="85" spans="1:5">
+      <x:c r="A85" s="1">
+        <x:v>45925.9294444444</x:v>
+      </x:c>
+      <x:c r="B85" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C85" s="0">
+        <x:v>5.1</x:v>
+      </x:c>
+      <x:c r="D85" s="0">
+        <x:v>87.043</x:v>
+      </x:c>
+      <x:c r="E85" s="0">
+        <x:v>79.13</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="86" spans="1:5">
+      <x:c r="A86" s="1">
+        <x:v>45924.9296527778</x:v>
+      </x:c>
+      <x:c r="B86" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C86" s="0">
+        <x:v>4.73</x:v>
+      </x:c>
+      <x:c r="D86" s="0">
+        <x:v>87.901</x:v>
+      </x:c>
+      <x:c r="E86" s="0">
+        <x:v>79.91</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="87" spans="1:5">
+      <x:c r="A87" s="1">
+        <x:v>45923.9251967593</x:v>
+      </x:c>
+      <x:c r="B87" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C87" s="0">
+        <x:v>4.27</x:v>
+      </x:c>
+      <x:c r="D87" s="0">
+        <x:v>89.1</x:v>
+      </x:c>
+      <x:c r="E87" s="0">
+        <x:v>81</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="88" spans="1:5">
+      <x:c r="A88" s="1">
+        <x:v>45922.926712963</x:v>
+      </x:c>
+      <x:c r="B88" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C88" s="0">
+        <x:v>5.24</x:v>
+      </x:c>
+      <x:c r="D88" s="0">
+        <x:v>87.076</x:v>
+      </x:c>
+      <x:c r="E88" s="0">
+        <x:v>79.16</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="89" spans="1:5">
+      <x:c r="A89" s="1">
+        <x:v>45919.9342592593</x:v>
+      </x:c>
+      <x:c r="B89" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C89" s="0">
+        <x:v>5.03</x:v>
+      </x:c>
+      <x:c r="D89" s="0">
+        <x:v>87.516</x:v>
+      </x:c>
+      <x:c r="E89" s="0">
+        <x:v>79.56</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="90" spans="1:5">
+      <x:c r="A90" s="1">
+        <x:v>45918.9265393519</x:v>
+      </x:c>
+      <x:c r="B90" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C90" s="0">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c r="D90" s="0">
+        <x:v>87.582</x:v>
+      </x:c>
+      <x:c r="E90" s="0">
+        <x:v>79.62</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="91" spans="1:5">
+      <x:c r="A91" s="1">
+        <x:v>45917.9270486111</x:v>
+      </x:c>
+      <x:c r="B91" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C91" s="0">
+        <x:v>6.99</x:v>
+      </x:c>
+      <x:c r="D91" s="0">
+        <x:v>84.568</x:v>
+      </x:c>
+      <x:c r="E91" s="0">
+        <x:v>76.88</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="92" spans="1:5">
+      <x:c r="A92" s="1">
         <x:v>45916.9258912037</x:v>
       </x:c>
-      <x:c r="B63" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C63" s="0">
+      <x:c r="B92" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C92" s="0">
         <x:v>5.9</x:v>
       </x:c>
-      <x:c r="D63" s="0">
+      <x:c r="D92" s="0">
         <x:v>86.57</x:v>
       </x:c>
-      <x:c r="E63" s="0">
+      <x:c r="E92" s="0">
         <x:v>78.7</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>