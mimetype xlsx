--- v0 (2025-10-12)
+++ v1 (2025-11-03)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra4df5421a14a4306" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1e6e577d402e438a8e741204ca17fa34.psmdcp" Id="R97a498e324064252" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re9d78778ed2245ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f57e902b07104525a670b665eac07aa6.psmdcp" Id="Rd7619a4bc1134ff9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>DE000BB38BP7</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -390,403 +390,658 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E21"/>
+  <x:dimension ref="A1:E36"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>45940.8233449074</x:v>
+        <x:v>45961.7823032407</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
-        <x:v>11.96</x:v>
+        <x:v>4.39</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>3740.374</x:v>
+        <x:v>3736.728</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>4000.4</x:v>
+        <x:v>3996.5</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>45939.8284953704</x:v>
+        <x:v>45960.7838310185</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
-        <x:v>10.98</x:v>
+        <x:v>4.69</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>3714.381</x:v>
+        <x:v>3754.866</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>3972.6</x:v>
+        <x:v>4015.9</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>45938.8250115741</x:v>
+        <x:v>45959.7819212963</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
-        <x:v>15.99</x:v>
+        <x:v>4.47</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>3805.918</x:v>
+        <x:v>3740.654</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>4070.5</x:v>
+        <x:v>4000.7</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>45937.8252430556</x:v>
+        <x:v>45958.7844444444</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
-        <x:v>13.18</x:v>
+        <x:v>4.23</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>3744.114</x:v>
+        <x:v>3724.198</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>4004.4</x:v>
+        <x:v>3983.1</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>45936.8237268518</x:v>
+        <x:v>45957.7848263889</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
-        <x:v>12.08</x:v>
+        <x:v>4.81</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>3717.84</x:v>
+        <x:v>3758.42</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>3976.3</x:v>
+        <x:v>4019.7</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>45933.8235648148</x:v>
+        <x:v>45954.8273726852</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
-        <x:v>9.89</x:v>
+        <x:v>7.68</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>3654.822</x:v>
+        <x:v>3868.843</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>3908.9</x:v>
+        <x:v>4137.8</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>45932.824537037</x:v>
+        <x:v>45953.826412037</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
-        <x:v>8.7</x:v>
+        <x:v>7.88</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>3616.674</x:v>
+        <x:v>3876.136</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>3868.1</x:v>
+        <x:v>4145.6</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>45931.8251041667</x:v>
+        <x:v>45952.8312615741</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
-        <x:v>9.66</x:v>
+        <x:v>6.28</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>3644.162</x:v>
+        <x:v>3801.149</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>3897.5</x:v>
+        <x:v>4065.4</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>45930.8239930556</x:v>
+        <x:v>45951.8353240741</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
-        <x:v>8.94</x:v>
+        <x:v>7.29</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>3621.442</x:v>
+        <x:v>3842.008</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>3873.2</x:v>
+        <x:v>4109.1</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>45929.8229398148</x:v>
+        <x:v>45950.8514814815</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C12" s="0">
-        <x:v>8.44</x:v>
+        <x:v>28.86</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>3604.612</x:v>
+        <x:v>4076.039</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>3855.2</x:v>
+        <x:v>4359.4</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>45926.8238773148</x:v>
+        <x:v>45947.8255902778</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0">
-        <x:v>7.31</x:v>
+        <x:v>19.93</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>3561.415</x:v>
+        <x:v>3939.436</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>3809</x:v>
+        <x:v>4213.3</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>45925.8238657407</x:v>
+        <x:v>45946.8237962963</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C14" s="0">
-        <x:v>6.47</x:v>
+        <x:v>27.56</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>3525.978</x:v>
+        <x:v>4024.801</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>3771.1</x:v>
+        <x:v>4304.6</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>45924.8325347222</x:v>
+        <x:v>45945.8233796296</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
-        <x:v>6.41</x:v>
+        <x:v>20.91</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>3523.174</x:v>
+        <x:v>3928.496</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>3768.1</x:v>
+        <x:v>4201.6</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>45923.8421412037</x:v>
+        <x:v>45944.828287037</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C16" s="0">
-        <x:v>7.66</x:v>
+        <x:v>18.7</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>3567.68</x:v>
+        <x:v>3892.779</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>3815.7</x:v>
+        <x:v>4163.4</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>45922.8390625</x:v>
+        <x:v>45943.8403356482</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C17" s="0">
-        <x:v>6.72</x:v>
+        <x:v>17.08</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>3529.718</x:v>
+        <x:v>3864.355</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>3775.1</x:v>
+        <x:v>4133</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>45919.8403472222</x:v>
+        <x:v>45940.8233449074</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="0">
-        <x:v>5.42</x:v>
+        <x:v>11.96</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>3464.923</x:v>
+        <x:v>3740.374</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>3705.8</x:v>
+        <x:v>4000.4</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>45918.8308796296</x:v>
+        <x:v>45939.8284953704</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C19" s="0">
-        <x:v>4.95</x:v>
+        <x:v>10.98</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>3439.21</x:v>
+        <x:v>3714.381</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>3678.3</x:v>
+        <x:v>3972.6</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
-        <x:v>45917.8346990741</x:v>
+        <x:v>45938.8250115741</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C20" s="0">
-        <x:v>5.74</x:v>
+        <x:v>15.99</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>3476.143</x:v>
+        <x:v>3805.918</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>3717.8</x:v>
+        <x:v>4070.5</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="1">
+        <x:v>45937.8252430556</x:v>
+      </x:c>
+      <x:c r="B21" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C21" s="0">
+        <x:v>13.18</x:v>
+      </x:c>
+      <x:c r="D21" s="0">
+        <x:v>3744.114</x:v>
+      </x:c>
+      <x:c r="E21" s="0">
+        <x:v>4004.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="22" spans="1:5">
+      <x:c r="A22" s="1">
+        <x:v>45936.8237268518</x:v>
+      </x:c>
+      <x:c r="B22" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C22" s="0">
+        <x:v>12.08</x:v>
+      </x:c>
+      <x:c r="D22" s="0">
+        <x:v>3717.84</x:v>
+      </x:c>
+      <x:c r="E22" s="0">
+        <x:v>3976.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="23" spans="1:5">
+      <x:c r="A23" s="1">
+        <x:v>45933.8235648148</x:v>
+      </x:c>
+      <x:c r="B23" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C23" s="0">
+        <x:v>9.89</x:v>
+      </x:c>
+      <x:c r="D23" s="0">
+        <x:v>3654.822</x:v>
+      </x:c>
+      <x:c r="E23" s="0">
+        <x:v>3908.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="24" spans="1:5">
+      <x:c r="A24" s="1">
+        <x:v>45932.824537037</x:v>
+      </x:c>
+      <x:c r="B24" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C24" s="0">
+        <x:v>8.7</x:v>
+      </x:c>
+      <x:c r="D24" s="0">
+        <x:v>3616.674</x:v>
+      </x:c>
+      <x:c r="E24" s="0">
+        <x:v>3868.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="25" spans="1:5">
+      <x:c r="A25" s="1">
+        <x:v>45931.8251041667</x:v>
+      </x:c>
+      <x:c r="B25" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C25" s="0">
+        <x:v>9.66</x:v>
+      </x:c>
+      <x:c r="D25" s="0">
+        <x:v>3644.162</x:v>
+      </x:c>
+      <x:c r="E25" s="0">
+        <x:v>3897.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="26" spans="1:5">
+      <x:c r="A26" s="1">
+        <x:v>45930.8239930556</x:v>
+      </x:c>
+      <x:c r="B26" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C26" s="0">
+        <x:v>8.94</x:v>
+      </x:c>
+      <x:c r="D26" s="0">
+        <x:v>3621.442</x:v>
+      </x:c>
+      <x:c r="E26" s="0">
+        <x:v>3873.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="27" spans="1:5">
+      <x:c r="A27" s="1">
+        <x:v>45929.8229398148</x:v>
+      </x:c>
+      <x:c r="B27" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C27" s="0">
+        <x:v>8.44</x:v>
+      </x:c>
+      <x:c r="D27" s="0">
+        <x:v>3604.612</x:v>
+      </x:c>
+      <x:c r="E27" s="0">
+        <x:v>3855.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="28" spans="1:5">
+      <x:c r="A28" s="1">
+        <x:v>45926.8238773148</x:v>
+      </x:c>
+      <x:c r="B28" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C28" s="0">
+        <x:v>7.31</x:v>
+      </x:c>
+      <x:c r="D28" s="0">
+        <x:v>3561.415</x:v>
+      </x:c>
+      <x:c r="E28" s="0">
+        <x:v>3809</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="29" spans="1:5">
+      <x:c r="A29" s="1">
+        <x:v>45925.8238657407</x:v>
+      </x:c>
+      <x:c r="B29" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C29" s="0">
+        <x:v>6.47</x:v>
+      </x:c>
+      <x:c r="D29" s="0">
+        <x:v>3525.978</x:v>
+      </x:c>
+      <x:c r="E29" s="0">
+        <x:v>3771.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="30" spans="1:5">
+      <x:c r="A30" s="1">
+        <x:v>45924.8325347222</x:v>
+      </x:c>
+      <x:c r="B30" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C30" s="0">
+        <x:v>6.41</x:v>
+      </x:c>
+      <x:c r="D30" s="0">
+        <x:v>3523.174</x:v>
+      </x:c>
+      <x:c r="E30" s="0">
+        <x:v>3768.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="31" spans="1:5">
+      <x:c r="A31" s="1">
+        <x:v>45923.8421412037</x:v>
+      </x:c>
+      <x:c r="B31" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C31" s="0">
+        <x:v>7.66</x:v>
+      </x:c>
+      <x:c r="D31" s="0">
+        <x:v>3567.68</x:v>
+      </x:c>
+      <x:c r="E31" s="0">
+        <x:v>3815.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="32" spans="1:5">
+      <x:c r="A32" s="1">
+        <x:v>45922.8390625</x:v>
+      </x:c>
+      <x:c r="B32" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C32" s="0">
+        <x:v>6.72</x:v>
+      </x:c>
+      <x:c r="D32" s="0">
+        <x:v>3529.718</x:v>
+      </x:c>
+      <x:c r="E32" s="0">
+        <x:v>3775.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="33" spans="1:5">
+      <x:c r="A33" s="1">
+        <x:v>45919.8403472222</x:v>
+      </x:c>
+      <x:c r="B33" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C33" s="0">
+        <x:v>5.42</x:v>
+      </x:c>
+      <x:c r="D33" s="0">
+        <x:v>3464.923</x:v>
+      </x:c>
+      <x:c r="E33" s="0">
+        <x:v>3705.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="34" spans="1:5">
+      <x:c r="A34" s="1">
+        <x:v>45918.8308796296</x:v>
+      </x:c>
+      <x:c r="B34" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C34" s="0">
+        <x:v>4.95</x:v>
+      </x:c>
+      <x:c r="D34" s="0">
+        <x:v>3439.21</x:v>
+      </x:c>
+      <x:c r="E34" s="0">
+        <x:v>3678.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="35" spans="1:5">
+      <x:c r="A35" s="1">
+        <x:v>45917.8346990741</x:v>
+      </x:c>
+      <x:c r="B35" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C35" s="0">
+        <x:v>5.74</x:v>
+      </x:c>
+      <x:c r="D35" s="0">
+        <x:v>3476.143</x:v>
+      </x:c>
+      <x:c r="E35" s="0">
+        <x:v>3717.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="36" spans="1:5">
+      <x:c r="A36" s="1">
         <x:v>45916.82375</x:v>
       </x:c>
-      <x:c r="B21" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C21" s="0">
+      <x:c r="B36" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C36" s="0">
         <x:v>5.9</x:v>
       </x:c>
-      <x:c r="D21" s="0">
+      <x:c r="D36" s="0">
         <x:v>3482.968</x:v>
       </x:c>
-      <x:c r="E21" s="0">
+      <x:c r="E36" s="0">
         <x:v>3725.1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>