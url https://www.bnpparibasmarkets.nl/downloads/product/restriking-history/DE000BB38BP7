--- v1 (2025-11-03)
+++ v2 (2025-12-14)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re9d78778ed2245ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f57e902b07104525a670b665eac07aa6.psmdcp" Id="Rd7619a4bc1134ff9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9f3fe9afc74e4215" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b44d2d3aaf8941f88873e07327d42046.psmdcp" Id="R94002b75314c40f9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>DE000BB38BP7</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -390,658 +390,1151 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E36"/>
+  <x:dimension ref="A1:E65"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>45961.7823032407</x:v>
+        <x:v>46003.8253125</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
-        <x:v>4.39</x:v>
+        <x:v>8.27</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>3736.728</x:v>
+        <x:v>4046.96</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>3996.5</x:v>
+        <x:v>4328.3</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>45960.7838310185</x:v>
+        <x:v>46002.8233564815</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
-        <x:v>4.69</x:v>
+        <x:v>7.91</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>3754.866</x:v>
+        <x:v>4032.655</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>4015.9</x:v>
+        <x:v>4313</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>45959.7819212963</x:v>
+        <x:v>46001.824849537</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
-        <x:v>4.47</x:v>
+        <x:v>6.23</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>3740.654</x:v>
+        <x:v>3950.094</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>4000.7</x:v>
+        <x:v>4224.7</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>45958.7844444444</x:v>
+        <x:v>46000.8228009259</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
-        <x:v>4.23</x:v>
+        <x:v>6.46</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>3724.198</x:v>
+        <x:v>3960.847</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>3983.1</x:v>
+        <x:v>4236.2</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>45957.7848263889</x:v>
+        <x:v>45999.8272106481</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
-        <x:v>4.81</x:v>
+        <x:v>6.12</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>3758.42</x:v>
+        <x:v>3943.55</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>4019.7</x:v>
+        <x:v>4217.7</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>45954.8273726852</x:v>
+        <x:v>45996.8263078704</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
-        <x:v>7.68</x:v>
+        <x:v>6.65</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>3868.843</x:v>
+        <x:v>3967.205</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>4137.8</x:v>
+        <x:v>4243</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>45953.826412037</x:v>
+        <x:v>45995.8232291667</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
-        <x:v>7.88</x:v>
+        <x:v>6.66</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>3876.136</x:v>
+        <x:v>3967.205</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>4145.6</x:v>
+        <x:v>4243</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>45952.8312615741</x:v>
+        <x:v>45994.8237037037</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
-        <x:v>6.28</x:v>
+        <x:v>6.46</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>3801.149</x:v>
+        <x:v>3957.388</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>4065.4</x:v>
+        <x:v>4232.5</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>45951.8353240741</x:v>
+        <x:v>45993.8229398148</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
-        <x:v>7.29</x:v>
+        <x:v>6.24</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>3842.008</x:v>
+        <x:v>3946.448</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>4109.1</x:v>
+        <x:v>4220.8</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>45950.8514814815</x:v>
+        <x:v>45992.8242939815</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C12" s="0">
-        <x:v>28.86</x:v>
+        <x:v>7.47</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>4076.039</x:v>
+        <x:v>3996.938</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>4359.4</x:v>
+        <x:v>4274.8</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>45947.8255902778</x:v>
+        <x:v>45989.8354861111</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0">
-        <x:v>19.93</x:v>
+        <x:v>7.06</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>3939.436</x:v>
+        <x:v>3978.332</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>4213.3</x:v>
+        <x:v>4254.9</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>45946.8237962963</x:v>
+        <x:v>45987.8265162037</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C14" s="0">
-        <x:v>27.56</x:v>
+        <x:v>6.09</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>4024.801</x:v>
+        <x:v>3929.15</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>4304.6</x:v>
+        <x:v>4202.3</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>45945.8233796296</x:v>
+        <x:v>45986.8420486111</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
-        <x:v>20.91</x:v>
+        <x:v>5.65</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>3928.496</x:v>
+        <x:v>3905.776</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>4201.6</x:v>
+        <x:v>4177.3</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>45944.828287037</x:v>
+        <x:v>45985.8473032407</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C16" s="0">
-        <x:v>18.7</x:v>
+        <x:v>4.93</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>3892.779</x:v>
+        <x:v>3862.298</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>4163.4</x:v>
+        <x:v>4130.8</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>45943.8403356482</x:v>
+        <x:v>45982.8240972222</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C17" s="0">
-        <x:v>17.08</x:v>
+        <x:v>4.73</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>3864.355</x:v>
+        <x:v>3848.46</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>4133</x:v>
+        <x:v>4116</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>45940.8233449074</x:v>
+        <x:v>45981.858912037</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="0">
-        <x:v>11.96</x:v>
+        <x:v>4.44</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>3740.374</x:v>
+        <x:v>3829.48</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>4000.4</x:v>
+        <x:v>4060</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>45939.8284953704</x:v>
+        <x:v>45980.8244444444</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C19" s="0">
-        <x:v>10.98</x:v>
+        <x:v>4.8</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>3714.381</x:v>
+        <x:v>3817.418</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>3972.6</x:v>
+        <x:v>4082.8</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
-        <x:v>45938.8250115741</x:v>
+        <x:v>45979.8891898148</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C20" s="0">
-        <x:v>15.99</x:v>
+        <x:v>4.56</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>3805.918</x:v>
+        <x:v>3802.178</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>4070.5</x:v>
+        <x:v>4066.5</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="1">
-        <x:v>45937.8252430556</x:v>
+        <x:v>45978.8251967593</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C21" s="0">
-        <x:v>13.18</x:v>
+        <x:v>4.69</x:v>
       </x:c>
       <x:c r="D21" s="0">
-        <x:v>3744.114</x:v>
+        <x:v>3809.658</x:v>
       </x:c>
       <x:c r="E21" s="0">
-        <x:v>4004.4</x:v>
+        <x:v>4074.5</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="1">
-        <x:v>45936.8237268518</x:v>
+        <x:v>45975.8263078704</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C22" s="0">
-        <x:v>12.08</x:v>
+        <x:v>5.02</x:v>
       </x:c>
       <x:c r="D22" s="0">
-        <x:v>3717.84</x:v>
+        <x:v>3828.077</x:v>
       </x:c>
       <x:c r="E22" s="0">
-        <x:v>3976.3</x:v>
+        <x:v>4094.2</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="1">
-        <x:v>45933.8235648148</x:v>
+        <x:v>45974.8559606482</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C23" s="0">
-        <x:v>9.89</x:v>
+        <x:v>7.29</x:v>
       </x:c>
       <x:c r="D23" s="0">
-        <x:v>3654.822</x:v>
+        <x:v>3921.858</x:v>
       </x:c>
       <x:c r="E23" s="0">
-        <x:v>3908.9</x:v>
+        <x:v>4194.5</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="1">
-        <x:v>45932.824537037</x:v>
+        <x:v>45973.8250115741</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C24" s="0">
-        <x:v>8.7</x:v>
+        <x:v>7.75</x:v>
       </x:c>
       <x:c r="D24" s="0">
-        <x:v>3616.674</x:v>
+        <x:v>3939.716</x:v>
       </x:c>
       <x:c r="E24" s="0">
-        <x:v>3868.1</x:v>
+        <x:v>4213.6</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="1">
-        <x:v>45931.8251041667</x:v>
+        <x:v>45972.8325231482</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C25" s="0">
-        <x:v>9.66</x:v>
+        <x:v>5.94</x:v>
       </x:c>
       <x:c r="D25" s="0">
-        <x:v>3644.162</x:v>
+        <x:v>3848.74</x:v>
       </x:c>
       <x:c r="E25" s="0">
-        <x:v>3897.5</x:v>
+        <x:v>4116.3</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="1">
-        <x:v>45930.8239930556</x:v>
+        <x:v>45971.8316087963</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C26" s="0">
-        <x:v>8.94</x:v>
+        <x:v>6.05</x:v>
       </x:c>
       <x:c r="D26" s="0">
-        <x:v>3621.442</x:v>
+        <x:v>3854.07</x:v>
       </x:c>
       <x:c r="E26" s="0">
-        <x:v>3873.2</x:v>
+        <x:v>4122</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="1">
-        <x:v>45929.8229398148</x:v>
+        <x:v>45968.8265277778</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C27" s="0">
-        <x:v>8.44</x:v>
+        <x:v>4.45</x:v>
       </x:c>
       <x:c r="D27" s="0">
-        <x:v>3604.612</x:v>
+        <x:v>3749.163</x:v>
       </x:c>
       <x:c r="E27" s="0">
-        <x:v>3855.2</x:v>
+        <x:v>4009.8</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="1">
-        <x:v>45926.8238773148</x:v>
+        <x:v>45967.8567361111</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C28" s="0">
-        <x:v>7.31</x:v>
+        <x:v>4.19</x:v>
       </x:c>
       <x:c r="D28" s="0">
-        <x:v>3561.415</x:v>
+        <x:v>3731.585</x:v>
       </x:c>
       <x:c r="E28" s="0">
-        <x:v>3809</x:v>
+        <x:v>3991</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="1">
-        <x:v>45925.8238657407</x:v>
+        <x:v>45966.8257638889</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C29" s="0">
-        <x:v>6.47</x:v>
+        <x:v>4.22</x:v>
       </x:c>
       <x:c r="D29" s="0">
-        <x:v>3525.978</x:v>
+        <x:v>3733.362</x:v>
       </x:c>
       <x:c r="E29" s="0">
-        <x:v>3771.1</x:v>
+        <x:v>3992.9</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="1">
-        <x:v>45924.8325347222</x:v>
+        <x:v>45965.8372800926</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C30" s="0">
-        <x:v>6.41</x:v>
+        <x:v>3.82</x:v>
       </x:c>
       <x:c r="D30" s="0">
-        <x:v>3523.174</x:v>
+        <x:v>3703.068</x:v>
       </x:c>
       <x:c r="E30" s="0">
-        <x:v>3768.1</x:v>
+        <x:v>3960.5</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="1">
-        <x:v>45923.8421412037</x:v>
+        <x:v>45964.8250925926</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C31" s="0">
-        <x:v>7.66</x:v>
+        <x:v>4.63</x:v>
       </x:c>
       <x:c r="D31" s="0">
-        <x:v>3567.68</x:v>
+        <x:v>3753.09</x:v>
       </x:c>
       <x:c r="E31" s="0">
-        <x:v>3815.7</x:v>
+        <x:v>4014</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="1">
-        <x:v>45922.8390625</x:v>
+        <x:v>45961.7823032407</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C32" s="0">
-        <x:v>6.72</x:v>
+        <x:v>4.39</x:v>
       </x:c>
       <x:c r="D32" s="0">
-        <x:v>3529.718</x:v>
+        <x:v>3736.728</x:v>
       </x:c>
       <x:c r="E32" s="0">
-        <x:v>3775.1</x:v>
+        <x:v>3996.5</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="1">
-        <x:v>45919.8403472222</x:v>
+        <x:v>45960.7838310185</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C33" s="0">
-        <x:v>5.42</x:v>
+        <x:v>4.69</x:v>
       </x:c>
       <x:c r="D33" s="0">
-        <x:v>3464.923</x:v>
+        <x:v>3754.866</x:v>
       </x:c>
       <x:c r="E33" s="0">
-        <x:v>3705.8</x:v>
+        <x:v>4015.9</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="1">
-        <x:v>45918.8308796296</x:v>
+        <x:v>45959.7819212963</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C34" s="0">
-        <x:v>4.95</x:v>
+        <x:v>4.47</x:v>
       </x:c>
       <x:c r="D34" s="0">
-        <x:v>3439.21</x:v>
+        <x:v>3740.654</x:v>
       </x:c>
       <x:c r="E34" s="0">
-        <x:v>3678.3</x:v>
+        <x:v>4000.7</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="1">
-        <x:v>45917.8346990741</x:v>
+        <x:v>45958.7844444444</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C35" s="0">
-        <x:v>5.74</x:v>
+        <x:v>4.23</x:v>
       </x:c>
       <x:c r="D35" s="0">
-        <x:v>3476.143</x:v>
+        <x:v>3724.198</x:v>
       </x:c>
       <x:c r="E35" s="0">
-        <x:v>3717.8</x:v>
+        <x:v>3983.1</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="1">
+        <x:v>45957.7848263889</x:v>
+      </x:c>
+      <x:c r="B36" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C36" s="0">
+        <x:v>4.81</x:v>
+      </x:c>
+      <x:c r="D36" s="0">
+        <x:v>3758.42</x:v>
+      </x:c>
+      <x:c r="E36" s="0">
+        <x:v>4019.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="37" spans="1:5">
+      <x:c r="A37" s="1">
+        <x:v>45954.8273726852</x:v>
+      </x:c>
+      <x:c r="B37" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C37" s="0">
+        <x:v>7.68</x:v>
+      </x:c>
+      <x:c r="D37" s="0">
+        <x:v>3868.843</x:v>
+      </x:c>
+      <x:c r="E37" s="0">
+        <x:v>4137.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="38" spans="1:5">
+      <x:c r="A38" s="1">
+        <x:v>45953.826412037</x:v>
+      </x:c>
+      <x:c r="B38" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C38" s="0">
+        <x:v>7.88</x:v>
+      </x:c>
+      <x:c r="D38" s="0">
+        <x:v>3876.136</x:v>
+      </x:c>
+      <x:c r="E38" s="0">
+        <x:v>4145.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="39" spans="1:5">
+      <x:c r="A39" s="1">
+        <x:v>45952.8312615741</x:v>
+      </x:c>
+      <x:c r="B39" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C39" s="0">
+        <x:v>6.28</x:v>
+      </x:c>
+      <x:c r="D39" s="0">
+        <x:v>3801.149</x:v>
+      </x:c>
+      <x:c r="E39" s="0">
+        <x:v>4065.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="40" spans="1:5">
+      <x:c r="A40" s="1">
+        <x:v>45951.8353240741</x:v>
+      </x:c>
+      <x:c r="B40" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C40" s="0">
+        <x:v>7.29</x:v>
+      </x:c>
+      <x:c r="D40" s="0">
+        <x:v>3842.008</x:v>
+      </x:c>
+      <x:c r="E40" s="0">
+        <x:v>4109.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="41" spans="1:5">
+      <x:c r="A41" s="1">
+        <x:v>45950.8514814815</x:v>
+      </x:c>
+      <x:c r="B41" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C41" s="0">
+        <x:v>28.86</x:v>
+      </x:c>
+      <x:c r="D41" s="0">
+        <x:v>4076.039</x:v>
+      </x:c>
+      <x:c r="E41" s="0">
+        <x:v>4359.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="42" spans="1:5">
+      <x:c r="A42" s="1">
+        <x:v>45947.8255902778</x:v>
+      </x:c>
+      <x:c r="B42" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C42" s="0">
+        <x:v>19.93</x:v>
+      </x:c>
+      <x:c r="D42" s="0">
+        <x:v>3939.436</x:v>
+      </x:c>
+      <x:c r="E42" s="0">
+        <x:v>4213.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="43" spans="1:5">
+      <x:c r="A43" s="1">
+        <x:v>45946.8237962963</x:v>
+      </x:c>
+      <x:c r="B43" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C43" s="0">
+        <x:v>27.56</x:v>
+      </x:c>
+      <x:c r="D43" s="0">
+        <x:v>4024.801</x:v>
+      </x:c>
+      <x:c r="E43" s="0">
+        <x:v>4304.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="44" spans="1:5">
+      <x:c r="A44" s="1">
+        <x:v>45945.8233796296</x:v>
+      </x:c>
+      <x:c r="B44" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C44" s="0">
+        <x:v>20.91</x:v>
+      </x:c>
+      <x:c r="D44" s="0">
+        <x:v>3928.496</x:v>
+      </x:c>
+      <x:c r="E44" s="0">
+        <x:v>4201.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="45" spans="1:5">
+      <x:c r="A45" s="1">
+        <x:v>45944.828287037</x:v>
+      </x:c>
+      <x:c r="B45" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C45" s="0">
+        <x:v>18.7</x:v>
+      </x:c>
+      <x:c r="D45" s="0">
+        <x:v>3892.779</x:v>
+      </x:c>
+      <x:c r="E45" s="0">
+        <x:v>4163.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="46" spans="1:5">
+      <x:c r="A46" s="1">
+        <x:v>45943.8403356482</x:v>
+      </x:c>
+      <x:c r="B46" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C46" s="0">
+        <x:v>17.08</x:v>
+      </x:c>
+      <x:c r="D46" s="0">
+        <x:v>3864.355</x:v>
+      </x:c>
+      <x:c r="E46" s="0">
+        <x:v>4133</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="47" spans="1:5">
+      <x:c r="A47" s="1">
+        <x:v>45940.8233449074</x:v>
+      </x:c>
+      <x:c r="B47" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C47" s="0">
+        <x:v>11.96</x:v>
+      </x:c>
+      <x:c r="D47" s="0">
+        <x:v>3740.374</x:v>
+      </x:c>
+      <x:c r="E47" s="0">
+        <x:v>4000.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="48" spans="1:5">
+      <x:c r="A48" s="1">
+        <x:v>45939.8284953704</x:v>
+      </x:c>
+      <x:c r="B48" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C48" s="0">
+        <x:v>10.98</x:v>
+      </x:c>
+      <x:c r="D48" s="0">
+        <x:v>3714.381</x:v>
+      </x:c>
+      <x:c r="E48" s="0">
+        <x:v>3972.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="49" spans="1:5">
+      <x:c r="A49" s="1">
+        <x:v>45938.8250115741</x:v>
+      </x:c>
+      <x:c r="B49" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C49" s="0">
+        <x:v>15.99</x:v>
+      </x:c>
+      <x:c r="D49" s="0">
+        <x:v>3805.918</x:v>
+      </x:c>
+      <x:c r="E49" s="0">
+        <x:v>4070.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="50" spans="1:5">
+      <x:c r="A50" s="1">
+        <x:v>45937.8252430556</x:v>
+      </x:c>
+      <x:c r="B50" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C50" s="0">
+        <x:v>13.18</x:v>
+      </x:c>
+      <x:c r="D50" s="0">
+        <x:v>3744.114</x:v>
+      </x:c>
+      <x:c r="E50" s="0">
+        <x:v>4004.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="51" spans="1:5">
+      <x:c r="A51" s="1">
+        <x:v>45936.8237268518</x:v>
+      </x:c>
+      <x:c r="B51" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C51" s="0">
+        <x:v>12.08</x:v>
+      </x:c>
+      <x:c r="D51" s="0">
+        <x:v>3717.84</x:v>
+      </x:c>
+      <x:c r="E51" s="0">
+        <x:v>3976.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="52" spans="1:5">
+      <x:c r="A52" s="1">
+        <x:v>45933.8235648148</x:v>
+      </x:c>
+      <x:c r="B52" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C52" s="0">
+        <x:v>9.89</x:v>
+      </x:c>
+      <x:c r="D52" s="0">
+        <x:v>3654.822</x:v>
+      </x:c>
+      <x:c r="E52" s="0">
+        <x:v>3908.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="53" spans="1:5">
+      <x:c r="A53" s="1">
+        <x:v>45932.824537037</x:v>
+      </x:c>
+      <x:c r="B53" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C53" s="0">
+        <x:v>8.7</x:v>
+      </x:c>
+      <x:c r="D53" s="0">
+        <x:v>3616.674</x:v>
+      </x:c>
+      <x:c r="E53" s="0">
+        <x:v>3868.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="54" spans="1:5">
+      <x:c r="A54" s="1">
+        <x:v>45931.8251041667</x:v>
+      </x:c>
+      <x:c r="B54" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C54" s="0">
+        <x:v>9.66</x:v>
+      </x:c>
+      <x:c r="D54" s="0">
+        <x:v>3644.162</x:v>
+      </x:c>
+      <x:c r="E54" s="0">
+        <x:v>3897.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="55" spans="1:5">
+      <x:c r="A55" s="1">
+        <x:v>45930.8239930556</x:v>
+      </x:c>
+      <x:c r="B55" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C55" s="0">
+        <x:v>8.94</x:v>
+      </x:c>
+      <x:c r="D55" s="0">
+        <x:v>3621.442</x:v>
+      </x:c>
+      <x:c r="E55" s="0">
+        <x:v>3873.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="56" spans="1:5">
+      <x:c r="A56" s="1">
+        <x:v>45929.8229398148</x:v>
+      </x:c>
+      <x:c r="B56" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C56" s="0">
+        <x:v>8.44</x:v>
+      </x:c>
+      <x:c r="D56" s="0">
+        <x:v>3604.612</x:v>
+      </x:c>
+      <x:c r="E56" s="0">
+        <x:v>3855.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="57" spans="1:5">
+      <x:c r="A57" s="1">
+        <x:v>45926.8238773148</x:v>
+      </x:c>
+      <x:c r="B57" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C57" s="0">
+        <x:v>7.31</x:v>
+      </x:c>
+      <x:c r="D57" s="0">
+        <x:v>3561.415</x:v>
+      </x:c>
+      <x:c r="E57" s="0">
+        <x:v>3809</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="58" spans="1:5">
+      <x:c r="A58" s="1">
+        <x:v>45925.8238657407</x:v>
+      </x:c>
+      <x:c r="B58" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C58" s="0">
+        <x:v>6.47</x:v>
+      </x:c>
+      <x:c r="D58" s="0">
+        <x:v>3525.978</x:v>
+      </x:c>
+      <x:c r="E58" s="0">
+        <x:v>3771.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="59" spans="1:5">
+      <x:c r="A59" s="1">
+        <x:v>45924.8325347222</x:v>
+      </x:c>
+      <x:c r="B59" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C59" s="0">
+        <x:v>6.41</x:v>
+      </x:c>
+      <x:c r="D59" s="0">
+        <x:v>3523.174</x:v>
+      </x:c>
+      <x:c r="E59" s="0">
+        <x:v>3768.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="60" spans="1:5">
+      <x:c r="A60" s="1">
+        <x:v>45923.8421412037</x:v>
+      </x:c>
+      <x:c r="B60" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C60" s="0">
+        <x:v>7.66</x:v>
+      </x:c>
+      <x:c r="D60" s="0">
+        <x:v>3567.68</x:v>
+      </x:c>
+      <x:c r="E60" s="0">
+        <x:v>3815.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="61" spans="1:5">
+      <x:c r="A61" s="1">
+        <x:v>45922.8390625</x:v>
+      </x:c>
+      <x:c r="B61" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C61" s="0">
+        <x:v>6.72</x:v>
+      </x:c>
+      <x:c r="D61" s="0">
+        <x:v>3529.718</x:v>
+      </x:c>
+      <x:c r="E61" s="0">
+        <x:v>3775.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="62" spans="1:5">
+      <x:c r="A62" s="1">
+        <x:v>45919.8403472222</x:v>
+      </x:c>
+      <x:c r="B62" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C62" s="0">
+        <x:v>5.42</x:v>
+      </x:c>
+      <x:c r="D62" s="0">
+        <x:v>3464.923</x:v>
+      </x:c>
+      <x:c r="E62" s="0">
+        <x:v>3705.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="63" spans="1:5">
+      <x:c r="A63" s="1">
+        <x:v>45918.8308796296</x:v>
+      </x:c>
+      <x:c r="B63" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C63" s="0">
+        <x:v>4.95</x:v>
+      </x:c>
+      <x:c r="D63" s="0">
+        <x:v>3439.21</x:v>
+      </x:c>
+      <x:c r="E63" s="0">
+        <x:v>3678.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="64" spans="1:5">
+      <x:c r="A64" s="1">
+        <x:v>45917.8346990741</x:v>
+      </x:c>
+      <x:c r="B64" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C64" s="0">
+        <x:v>5.74</x:v>
+      </x:c>
+      <x:c r="D64" s="0">
+        <x:v>3476.143</x:v>
+      </x:c>
+      <x:c r="E64" s="0">
+        <x:v>3717.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="65" spans="1:5">
+      <x:c r="A65" s="1">
         <x:v>45916.82375</x:v>
       </x:c>
-      <x:c r="B36" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C36" s="0">
+      <x:c r="B65" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C65" s="0">
         <x:v>5.9</x:v>
       </x:c>
-      <x:c r="D36" s="0">
+      <x:c r="D65" s="0">
         <x:v>3482.968</x:v>
       </x:c>
-      <x:c r="E36" s="0">
+      <x:c r="E65" s="0">
         <x:v>3725.1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>