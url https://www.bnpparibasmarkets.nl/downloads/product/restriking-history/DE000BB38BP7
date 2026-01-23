--- v2 (2025-12-14)
+++ v3 (2026-01-23)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9f3fe9afc74e4215" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b44d2d3aaf8941f88873e07327d42046.psmdcp" Id="R94002b75314c40f9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca35a50e2e8b4498" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b985bfca89b54360a2c7002f069a2ccb.psmdcp" Id="Rf1695717356849b1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>DE000BB38BP7</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -390,1151 +390,1542 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E65"/>
+  <x:dimension ref="A1:E88"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>46003.8253125</x:v>
+        <x:v>46044.8500231481</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
-        <x:v>8.27</x:v>
+        <x:v>26.5</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>4046.96</x:v>
+        <x:v>4594.029</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>4328.3</x:v>
+        <x:v>4913.4</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>46002.8233564815</x:v>
+        <x:v>46043.8455324074</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
-        <x:v>7.91</x:v>
+        <x:v>22.03</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>4032.655</x:v>
+        <x:v>4523.062</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>4313</x:v>
+        <x:v>4837.5</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>46001.824849537</x:v>
+        <x:v>46042.8283333333</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
-        <x:v>6.23</x:v>
+        <x:v>18.44</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>3950.094</x:v>
+        <x:v>4456.023</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>4224.7</x:v>
+        <x:v>4765.8</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>46000.8228009259</x:v>
+        <x:v>46038.8262615741</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
-        <x:v>6.46</x:v>
+        <x:v>12.47</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>3960.847</x:v>
+        <x:v>4296.699</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>4236.2</x:v>
+        <x:v>4595.4</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>45999.8272106481</x:v>
+        <x:v>46037.8245717593</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
-        <x:v>6.12</x:v>
+        <x:v>13.57</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>3943.55</x:v>
+        <x:v>4323.16</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>4217.7</x:v>
+        <x:v>4623.7</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>45996.8263078704</x:v>
+        <x:v>46036.824849537</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
-        <x:v>6.65</x:v>
+        <x:v>14.05</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>3967.205</x:v>
+        <x:v>4334.38</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>4243</x:v>
+        <x:v>4635.7</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>45995.8232291667</x:v>
+        <x:v>46035.8275810185</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
-        <x:v>6.66</x:v>
+        <x:v>12.75</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>3967.205</x:v>
+        <x:v>4300.158</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>4243</x:v>
+        <x:v>4599.1</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>45994.8237037037</x:v>
+        <x:v>46034.8259375</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
-        <x:v>6.46</x:v>
+        <x:v>13.35</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>3957.388</x:v>
+        <x:v>4314.744</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>4232.5</x:v>
+        <x:v>4614.7</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>45993.8229398148</x:v>
+        <x:v>46031.8225925926</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
-        <x:v>6.24</x:v>
+        <x:v>10.07</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>3946.448</x:v>
+        <x:v>4208.342</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>4220.8</x:v>
+        <x:v>4500.9</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>45992.8242939815</x:v>
+        <x:v>46030.8292592593</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C12" s="0">
-        <x:v>7.47</x:v>
+        <x:v>9.02</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>3996.938</x:v>
+        <x:v>4170.754</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>4274.8</x:v>
+        <x:v>4460.7</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>45989.8354861111</x:v>
+        <x:v>46029.8237037037</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0">
-        <x:v>7.06</x:v>
+        <x:v>9.08</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>3978.332</x:v>
+        <x:v>4172.438</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>4254.9</x:v>
+        <x:v>4462.5</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>45987.8265162037</x:v>
+        <x:v>46028.8240972222</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C14" s="0">
-        <x:v>6.09</x:v>
+        <x:v>10.06</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>3929.15</x:v>
+        <x:v>4203.854</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>4202.3</x:v>
+        <x:v>4496.1</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>45986.8420486111</x:v>
+        <x:v>46027.8219097222</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
-        <x:v>5.65</x:v>
+        <x:v>8.91</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>3905.776</x:v>
+        <x:v>4162.152</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>4177.3</x:v>
+        <x:v>4451.5</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>45985.8473032407</x:v>
+        <x:v>46024.8229976852</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C16" s="0">
-        <x:v>4.93</x:v>
+        <x:v>6.54</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>3862.298</x:v>
+        <x:v>4048.176</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>4130.8</x:v>
+        <x:v>4329.6</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>45982.8240972222</x:v>
+        <x:v>46021.8342708333</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C17" s="0">
-        <x:v>4.73</x:v>
+        <x:v>7.89</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>3848.46</x:v>
+        <x:v>4101.19</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>4116</x:v>
+        <x:v>4386.3</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>45981.858912037</x:v>
+        <x:v>46020.8393171296</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="0">
-        <x:v>4.44</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>3829.48</x:v>
+        <x:v>4061.266</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>4060</x:v>
+        <x:v>4343.6</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>45980.8244444444</x:v>
+        <x:v>46014.8341898148</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C19" s="0">
-        <x:v>4.8</x:v>
+        <x:v>13.3</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>3817.418</x:v>
+        <x:v>4212.83</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>4082.8</x:v>
+        <x:v>4505.7</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
-        <x:v>45979.8891898148</x:v>
+        <x:v>46013.830787037</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C20" s="0">
-        <x:v>4.56</x:v>
+        <x:v>12.04</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>3802.178</x:v>
+        <x:v>4178.889</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>4066.5</x:v>
+        <x:v>4469.4</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="1">
-        <x:v>45978.8251967593</x:v>
+        <x:v>46010.8267476852</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C21" s="0">
-        <x:v>4.69</x:v>
+        <x:v>9.7</x:v>
       </x:c>
       <x:c r="D21" s="0">
-        <x:v>3809.658</x:v>
+        <x:v>4102.126</x:v>
       </x:c>
       <x:c r="E21" s="0">
-        <x:v>4074.5</x:v>
+        <x:v>4387.3</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="1">
-        <x:v>45975.8263078704</x:v>
+        <x:v>46009.8283333333</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C22" s="0">
-        <x:v>5.02</x:v>
+        <x:v>9.1</x:v>
       </x:c>
       <x:c r="D22" s="0">
-        <x:v>3828.077</x:v>
+        <x:v>4080.808</x:v>
       </x:c>
       <x:c r="E22" s="0">
-        <x:v>4094.2</x:v>
+        <x:v>4364.5</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="1">
-        <x:v>45974.8559606482</x:v>
+        <x:v>46008.8262962963</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C23" s="0">
-        <x:v>7.29</x:v>
+        <x:v>9.37</x:v>
       </x:c>
       <x:c r="D23" s="0">
-        <x:v>3921.858</x:v>
+        <x:v>4089.596</x:v>
       </x:c>
       <x:c r="E23" s="0">
-        <x:v>4194.5</x:v>
+        <x:v>4373.9</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="1">
-        <x:v>45973.8250115741</x:v>
+        <x:v>46007.8233564815</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C24" s="0">
-        <x:v>7.75</x:v>
+        <x:v>8.33</x:v>
       </x:c>
       <x:c r="D24" s="0">
-        <x:v>3939.716</x:v>
+        <x:v>4050.7</x:v>
       </x:c>
       <x:c r="E24" s="0">
-        <x:v>4213.6</x:v>
+        <x:v>4332.3</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="1">
-        <x:v>45972.8325231482</x:v>
+        <x:v>46006.8309722222</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C25" s="0">
-        <x:v>5.94</x:v>
+        <x:v>8.42</x:v>
       </x:c>
       <x:c r="D25" s="0">
-        <x:v>3848.74</x:v>
+        <x:v>4053.412</x:v>
       </x:c>
       <x:c r="E25" s="0">
-        <x:v>4116.3</x:v>
+        <x:v>4335.2</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="1">
-        <x:v>45971.8316087963</x:v>
+        <x:v>46003.8253125</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C26" s="0">
-        <x:v>6.05</x:v>
+        <x:v>8.27</x:v>
       </x:c>
       <x:c r="D26" s="0">
-        <x:v>3854.07</x:v>
+        <x:v>4046.96</x:v>
       </x:c>
       <x:c r="E26" s="0">
-        <x:v>4122</x:v>
+        <x:v>4328.3</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="1">
-        <x:v>45968.8265277778</x:v>
+        <x:v>46002.8233564815</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C27" s="0">
-        <x:v>4.45</x:v>
+        <x:v>7.91</x:v>
       </x:c>
       <x:c r="D27" s="0">
-        <x:v>3749.163</x:v>
+        <x:v>4032.655</x:v>
       </x:c>
       <x:c r="E27" s="0">
-        <x:v>4009.8</x:v>
+        <x:v>4313</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="1">
-        <x:v>45967.8567361111</x:v>
+        <x:v>46001.824849537</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C28" s="0">
-        <x:v>4.19</x:v>
+        <x:v>6.23</x:v>
       </x:c>
       <x:c r="D28" s="0">
-        <x:v>3731.585</x:v>
+        <x:v>3950.094</x:v>
       </x:c>
       <x:c r="E28" s="0">
-        <x:v>3991</x:v>
+        <x:v>4224.7</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="1">
-        <x:v>45966.8257638889</x:v>
+        <x:v>46000.8228009259</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C29" s="0">
-        <x:v>4.22</x:v>
+        <x:v>6.46</x:v>
       </x:c>
       <x:c r="D29" s="0">
-        <x:v>3733.362</x:v>
+        <x:v>3960.847</x:v>
       </x:c>
       <x:c r="E29" s="0">
-        <x:v>3992.9</x:v>
+        <x:v>4236.2</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="1">
-        <x:v>45965.8372800926</x:v>
+        <x:v>45999.8272106481</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C30" s="0">
-        <x:v>3.82</x:v>
+        <x:v>6.12</x:v>
       </x:c>
       <x:c r="D30" s="0">
-        <x:v>3703.068</x:v>
+        <x:v>3943.55</x:v>
       </x:c>
       <x:c r="E30" s="0">
-        <x:v>3960.5</x:v>
+        <x:v>4217.7</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="1">
-        <x:v>45964.8250925926</x:v>
+        <x:v>45996.8263078704</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C31" s="0">
-        <x:v>4.63</x:v>
+        <x:v>6.65</x:v>
       </x:c>
       <x:c r="D31" s="0">
-        <x:v>3753.09</x:v>
+        <x:v>3967.205</x:v>
       </x:c>
       <x:c r="E31" s="0">
-        <x:v>4014</x:v>
+        <x:v>4243</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="1">
-        <x:v>45961.7823032407</x:v>
+        <x:v>45995.8232291667</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C32" s="0">
-        <x:v>4.39</x:v>
+        <x:v>6.66</x:v>
       </x:c>
       <x:c r="D32" s="0">
-        <x:v>3736.728</x:v>
+        <x:v>3967.205</x:v>
       </x:c>
       <x:c r="E32" s="0">
-        <x:v>3996.5</x:v>
+        <x:v>4243</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="1">
-        <x:v>45960.7838310185</x:v>
+        <x:v>45994.8237037037</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C33" s="0">
-        <x:v>4.69</x:v>
+        <x:v>6.46</x:v>
       </x:c>
       <x:c r="D33" s="0">
-        <x:v>3754.866</x:v>
+        <x:v>3957.388</x:v>
       </x:c>
       <x:c r="E33" s="0">
-        <x:v>4015.9</x:v>
+        <x:v>4232.5</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="1">
-        <x:v>45959.7819212963</x:v>
+        <x:v>45993.8229398148</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C34" s="0">
-        <x:v>4.47</x:v>
+        <x:v>6.24</x:v>
       </x:c>
       <x:c r="D34" s="0">
-        <x:v>3740.654</x:v>
+        <x:v>3946.448</x:v>
       </x:c>
       <x:c r="E34" s="0">
-        <x:v>4000.7</x:v>
+        <x:v>4220.8</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="1">
-        <x:v>45958.7844444444</x:v>
+        <x:v>45992.8242939815</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C35" s="0">
-        <x:v>4.23</x:v>
+        <x:v>7.47</x:v>
       </x:c>
       <x:c r="D35" s="0">
-        <x:v>3724.198</x:v>
+        <x:v>3996.938</x:v>
       </x:c>
       <x:c r="E35" s="0">
-        <x:v>3983.1</x:v>
+        <x:v>4274.8</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="1">
-        <x:v>45957.7848263889</x:v>
+        <x:v>45989.8354861111</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C36" s="0">
-        <x:v>4.81</x:v>
+        <x:v>7.06</x:v>
       </x:c>
       <x:c r="D36" s="0">
-        <x:v>3758.42</x:v>
+        <x:v>3978.332</x:v>
       </x:c>
       <x:c r="E36" s="0">
-        <x:v>4019.7</x:v>
+        <x:v>4254.9</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="1">
-        <x:v>45954.8273726852</x:v>
+        <x:v>45987.8265162037</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C37" s="0">
-        <x:v>7.68</x:v>
+        <x:v>6.09</x:v>
       </x:c>
       <x:c r="D37" s="0">
-        <x:v>3868.843</x:v>
+        <x:v>3929.15</x:v>
       </x:c>
       <x:c r="E37" s="0">
-        <x:v>4137.8</x:v>
+        <x:v>4202.3</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="1">
-        <x:v>45953.826412037</x:v>
+        <x:v>45986.8420486111</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C38" s="0">
-        <x:v>7.88</x:v>
+        <x:v>5.65</x:v>
       </x:c>
       <x:c r="D38" s="0">
-        <x:v>3876.136</x:v>
+        <x:v>3905.776</x:v>
       </x:c>
       <x:c r="E38" s="0">
-        <x:v>4145.6</x:v>
+        <x:v>4177.3</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="1">
-        <x:v>45952.8312615741</x:v>
+        <x:v>45985.8473032407</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C39" s="0">
-        <x:v>6.28</x:v>
+        <x:v>4.93</x:v>
       </x:c>
       <x:c r="D39" s="0">
-        <x:v>3801.149</x:v>
+        <x:v>3862.298</x:v>
       </x:c>
       <x:c r="E39" s="0">
-        <x:v>4065.4</x:v>
+        <x:v>4130.8</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="1">
-        <x:v>45951.8353240741</x:v>
+        <x:v>45982.8240972222</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C40" s="0">
-        <x:v>7.29</x:v>
+        <x:v>4.73</x:v>
       </x:c>
       <x:c r="D40" s="0">
-        <x:v>3842.008</x:v>
+        <x:v>3848.46</x:v>
       </x:c>
       <x:c r="E40" s="0">
-        <x:v>4109.1</x:v>
+        <x:v>4116</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="1">
-        <x:v>45950.8514814815</x:v>
+        <x:v>45981.858912037</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C41" s="0">
-        <x:v>28.86</x:v>
+        <x:v>4.44</x:v>
       </x:c>
       <x:c r="D41" s="0">
-        <x:v>4076.039</x:v>
+        <x:v>3829.48</x:v>
       </x:c>
       <x:c r="E41" s="0">
-        <x:v>4359.4</x:v>
+        <x:v>4060</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="1">
-        <x:v>45947.8255902778</x:v>
+        <x:v>45980.8244444444</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C42" s="0">
-        <x:v>19.93</x:v>
+        <x:v>4.8</x:v>
       </x:c>
       <x:c r="D42" s="0">
-        <x:v>3939.436</x:v>
+        <x:v>3817.418</x:v>
       </x:c>
       <x:c r="E42" s="0">
-        <x:v>4213.3</x:v>
+        <x:v>4082.8</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="1">
-        <x:v>45946.8237962963</x:v>
+        <x:v>45979.8891898148</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C43" s="0">
-        <x:v>27.56</x:v>
+        <x:v>4.56</x:v>
       </x:c>
       <x:c r="D43" s="0">
-        <x:v>4024.801</x:v>
+        <x:v>3802.178</x:v>
       </x:c>
       <x:c r="E43" s="0">
-        <x:v>4304.6</x:v>
+        <x:v>4066.5</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="1">
-        <x:v>45945.8233796296</x:v>
+        <x:v>45978.8251967593</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C44" s="0">
-        <x:v>20.91</x:v>
+        <x:v>4.69</x:v>
       </x:c>
       <x:c r="D44" s="0">
-        <x:v>3928.496</x:v>
+        <x:v>3809.658</x:v>
       </x:c>
       <x:c r="E44" s="0">
-        <x:v>4201.6</x:v>
+        <x:v>4074.5</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="1">
-        <x:v>45944.828287037</x:v>
+        <x:v>45975.8263078704</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C45" s="0">
-        <x:v>18.7</x:v>
+        <x:v>5.02</x:v>
       </x:c>
       <x:c r="D45" s="0">
-        <x:v>3892.779</x:v>
+        <x:v>3828.077</x:v>
       </x:c>
       <x:c r="E45" s="0">
-        <x:v>4163.4</x:v>
+        <x:v>4094.2</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="1">
-        <x:v>45943.8403356482</x:v>
+        <x:v>45974.8559606482</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C46" s="0">
-        <x:v>17.08</x:v>
+        <x:v>7.29</x:v>
       </x:c>
       <x:c r="D46" s="0">
-        <x:v>3864.355</x:v>
+        <x:v>3921.858</x:v>
       </x:c>
       <x:c r="E46" s="0">
-        <x:v>4133</x:v>
+        <x:v>4194.5</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="1">
-        <x:v>45940.8233449074</x:v>
+        <x:v>45973.8250115741</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C47" s="0">
-        <x:v>11.96</x:v>
+        <x:v>7.75</x:v>
       </x:c>
       <x:c r="D47" s="0">
-        <x:v>3740.374</x:v>
+        <x:v>3939.716</x:v>
       </x:c>
       <x:c r="E47" s="0">
-        <x:v>4000.4</x:v>
+        <x:v>4213.6</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5">
       <x:c r="A48" s="1">
-        <x:v>45939.8284953704</x:v>
+        <x:v>45972.8325231482</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C48" s="0">
-        <x:v>10.98</x:v>
+        <x:v>5.94</x:v>
       </x:c>
       <x:c r="D48" s="0">
-        <x:v>3714.381</x:v>
+        <x:v>3848.74</x:v>
       </x:c>
       <x:c r="E48" s="0">
-        <x:v>3972.6</x:v>
+        <x:v>4116.3</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
       <x:c r="A49" s="1">
-        <x:v>45938.8250115741</x:v>
+        <x:v>45971.8316087963</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C49" s="0">
-        <x:v>15.99</x:v>
+        <x:v>6.05</x:v>
       </x:c>
       <x:c r="D49" s="0">
-        <x:v>3805.918</x:v>
+        <x:v>3854.07</x:v>
       </x:c>
       <x:c r="E49" s="0">
-        <x:v>4070.5</x:v>
+        <x:v>4122</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5">
       <x:c r="A50" s="1">
-        <x:v>45937.8252430556</x:v>
+        <x:v>45968.8265277778</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C50" s="0">
-        <x:v>13.18</x:v>
+        <x:v>4.45</x:v>
       </x:c>
       <x:c r="D50" s="0">
-        <x:v>3744.114</x:v>
+        <x:v>3749.163</x:v>
       </x:c>
       <x:c r="E50" s="0">
-        <x:v>4004.4</x:v>
+        <x:v>4009.8</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5">
       <x:c r="A51" s="1">
-        <x:v>45936.8237268518</x:v>
+        <x:v>45967.8567361111</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C51" s="0">
-        <x:v>12.08</x:v>
+        <x:v>4.19</x:v>
       </x:c>
       <x:c r="D51" s="0">
-        <x:v>3717.84</x:v>
+        <x:v>3731.585</x:v>
       </x:c>
       <x:c r="E51" s="0">
-        <x:v>3976.3</x:v>
+        <x:v>3991</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5">
       <x:c r="A52" s="1">
-        <x:v>45933.8235648148</x:v>
+        <x:v>45966.8257638889</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C52" s="0">
-        <x:v>9.89</x:v>
+        <x:v>4.22</x:v>
       </x:c>
       <x:c r="D52" s="0">
-        <x:v>3654.822</x:v>
+        <x:v>3733.362</x:v>
       </x:c>
       <x:c r="E52" s="0">
-        <x:v>3908.9</x:v>
+        <x:v>3992.9</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5">
       <x:c r="A53" s="1">
-        <x:v>45932.824537037</x:v>
+        <x:v>45965.8372800926</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C53" s="0">
-        <x:v>8.7</x:v>
+        <x:v>3.82</x:v>
       </x:c>
       <x:c r="D53" s="0">
-        <x:v>3616.674</x:v>
+        <x:v>3703.068</x:v>
       </x:c>
       <x:c r="E53" s="0">
-        <x:v>3868.1</x:v>
+        <x:v>3960.5</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5">
       <x:c r="A54" s="1">
-        <x:v>45931.8251041667</x:v>
+        <x:v>45964.8250925926</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C54" s="0">
-        <x:v>9.66</x:v>
+        <x:v>4.63</x:v>
       </x:c>
       <x:c r="D54" s="0">
-        <x:v>3644.162</x:v>
+        <x:v>3753.09</x:v>
       </x:c>
       <x:c r="E54" s="0">
-        <x:v>3897.5</x:v>
+        <x:v>4014</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5">
       <x:c r="A55" s="1">
-        <x:v>45930.8239930556</x:v>
+        <x:v>45961.7823032407</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C55" s="0">
-        <x:v>8.94</x:v>
+        <x:v>4.39</x:v>
       </x:c>
       <x:c r="D55" s="0">
-        <x:v>3621.442</x:v>
+        <x:v>3736.728</x:v>
       </x:c>
       <x:c r="E55" s="0">
-        <x:v>3873.2</x:v>
+        <x:v>3996.5</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5">
       <x:c r="A56" s="1">
-        <x:v>45929.8229398148</x:v>
+        <x:v>45960.7838310185</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C56" s="0">
-        <x:v>8.44</x:v>
+        <x:v>4.69</x:v>
       </x:c>
       <x:c r="D56" s="0">
-        <x:v>3604.612</x:v>
+        <x:v>3754.866</x:v>
       </x:c>
       <x:c r="E56" s="0">
-        <x:v>3855.2</x:v>
+        <x:v>4015.9</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:5">
       <x:c r="A57" s="1">
-        <x:v>45926.8238773148</x:v>
+        <x:v>45959.7819212963</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C57" s="0">
-        <x:v>7.31</x:v>
+        <x:v>4.47</x:v>
       </x:c>
       <x:c r="D57" s="0">
-        <x:v>3561.415</x:v>
+        <x:v>3740.654</x:v>
       </x:c>
       <x:c r="E57" s="0">
-        <x:v>3809</x:v>
+        <x:v>4000.7</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:5">
       <x:c r="A58" s="1">
-        <x:v>45925.8238657407</x:v>
+        <x:v>45958.7844444444</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C58" s="0">
-        <x:v>6.47</x:v>
+        <x:v>4.23</x:v>
       </x:c>
       <x:c r="D58" s="0">
-        <x:v>3525.978</x:v>
+        <x:v>3724.198</x:v>
       </x:c>
       <x:c r="E58" s="0">
-        <x:v>3771.1</x:v>
+        <x:v>3983.1</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:5">
       <x:c r="A59" s="1">
-        <x:v>45924.8325347222</x:v>
+        <x:v>45957.7848263889</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C59" s="0">
-        <x:v>6.41</x:v>
+        <x:v>4.81</x:v>
       </x:c>
       <x:c r="D59" s="0">
-        <x:v>3523.174</x:v>
+        <x:v>3758.42</x:v>
       </x:c>
       <x:c r="E59" s="0">
-        <x:v>3768.1</x:v>
+        <x:v>4019.7</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:5">
       <x:c r="A60" s="1">
-        <x:v>45923.8421412037</x:v>
+        <x:v>45954.8273726852</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C60" s="0">
-        <x:v>7.66</x:v>
+        <x:v>7.68</x:v>
       </x:c>
       <x:c r="D60" s="0">
-        <x:v>3567.68</x:v>
+        <x:v>3868.843</x:v>
       </x:c>
       <x:c r="E60" s="0">
-        <x:v>3815.7</x:v>
+        <x:v>4137.8</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:5">
       <x:c r="A61" s="1">
-        <x:v>45922.8390625</x:v>
+        <x:v>45953.826412037</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C61" s="0">
-        <x:v>6.72</x:v>
+        <x:v>7.88</x:v>
       </x:c>
       <x:c r="D61" s="0">
-        <x:v>3529.718</x:v>
+        <x:v>3876.136</x:v>
       </x:c>
       <x:c r="E61" s="0">
-        <x:v>3775.1</x:v>
+        <x:v>4145.6</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:5">
       <x:c r="A62" s="1">
-        <x:v>45919.8403472222</x:v>
+        <x:v>45952.8312615741</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C62" s="0">
-        <x:v>5.42</x:v>
+        <x:v>6.28</x:v>
       </x:c>
       <x:c r="D62" s="0">
-        <x:v>3464.923</x:v>
+        <x:v>3801.149</x:v>
       </x:c>
       <x:c r="E62" s="0">
-        <x:v>3705.8</x:v>
+        <x:v>4065.4</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:5">
       <x:c r="A63" s="1">
-        <x:v>45918.8308796296</x:v>
+        <x:v>45951.8353240741</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C63" s="0">
-        <x:v>4.95</x:v>
+        <x:v>7.29</x:v>
       </x:c>
       <x:c r="D63" s="0">
-        <x:v>3439.21</x:v>
+        <x:v>3842.008</x:v>
       </x:c>
       <x:c r="E63" s="0">
-        <x:v>3678.3</x:v>
+        <x:v>4109.1</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:5">
       <x:c r="A64" s="1">
-        <x:v>45917.8346990741</x:v>
+        <x:v>45950.8514814815</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C64" s="0">
-        <x:v>5.74</x:v>
+        <x:v>28.86</x:v>
       </x:c>
       <x:c r="D64" s="0">
-        <x:v>3476.143</x:v>
+        <x:v>4076.039</x:v>
       </x:c>
       <x:c r="E64" s="0">
-        <x:v>3717.8</x:v>
+        <x:v>4359.4</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:5">
       <x:c r="A65" s="1">
+        <x:v>45947.8255902778</x:v>
+      </x:c>
+      <x:c r="B65" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C65" s="0">
+        <x:v>19.93</x:v>
+      </x:c>
+      <x:c r="D65" s="0">
+        <x:v>3939.436</x:v>
+      </x:c>
+      <x:c r="E65" s="0">
+        <x:v>4213.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="66" spans="1:5">
+      <x:c r="A66" s="1">
+        <x:v>45946.8237962963</x:v>
+      </x:c>
+      <x:c r="B66" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C66" s="0">
+        <x:v>27.56</x:v>
+      </x:c>
+      <x:c r="D66" s="0">
+        <x:v>4024.801</x:v>
+      </x:c>
+      <x:c r="E66" s="0">
+        <x:v>4304.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="67" spans="1:5">
+      <x:c r="A67" s="1">
+        <x:v>45945.8233796296</x:v>
+      </x:c>
+      <x:c r="B67" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C67" s="0">
+        <x:v>20.91</x:v>
+      </x:c>
+      <x:c r="D67" s="0">
+        <x:v>3928.496</x:v>
+      </x:c>
+      <x:c r="E67" s="0">
+        <x:v>4201.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="68" spans="1:5">
+      <x:c r="A68" s="1">
+        <x:v>45944.828287037</x:v>
+      </x:c>
+      <x:c r="B68" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C68" s="0">
+        <x:v>18.7</x:v>
+      </x:c>
+      <x:c r="D68" s="0">
+        <x:v>3892.779</x:v>
+      </x:c>
+      <x:c r="E68" s="0">
+        <x:v>4163.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="69" spans="1:5">
+      <x:c r="A69" s="1">
+        <x:v>45943.8403356482</x:v>
+      </x:c>
+      <x:c r="B69" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C69" s="0">
+        <x:v>17.08</x:v>
+      </x:c>
+      <x:c r="D69" s="0">
+        <x:v>3864.355</x:v>
+      </x:c>
+      <x:c r="E69" s="0">
+        <x:v>4133</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="70" spans="1:5">
+      <x:c r="A70" s="1">
+        <x:v>45940.8233449074</x:v>
+      </x:c>
+      <x:c r="B70" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C70" s="0">
+        <x:v>11.96</x:v>
+      </x:c>
+      <x:c r="D70" s="0">
+        <x:v>3740.374</x:v>
+      </x:c>
+      <x:c r="E70" s="0">
+        <x:v>4000.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="71" spans="1:5">
+      <x:c r="A71" s="1">
+        <x:v>45939.8284953704</x:v>
+      </x:c>
+      <x:c r="B71" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C71" s="0">
+        <x:v>10.98</x:v>
+      </x:c>
+      <x:c r="D71" s="0">
+        <x:v>3714.381</x:v>
+      </x:c>
+      <x:c r="E71" s="0">
+        <x:v>3972.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="72" spans="1:5">
+      <x:c r="A72" s="1">
+        <x:v>45938.8250115741</x:v>
+      </x:c>
+      <x:c r="B72" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C72" s="0">
+        <x:v>15.99</x:v>
+      </x:c>
+      <x:c r="D72" s="0">
+        <x:v>3805.918</x:v>
+      </x:c>
+      <x:c r="E72" s="0">
+        <x:v>4070.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="73" spans="1:5">
+      <x:c r="A73" s="1">
+        <x:v>45937.8252430556</x:v>
+      </x:c>
+      <x:c r="B73" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C73" s="0">
+        <x:v>13.18</x:v>
+      </x:c>
+      <x:c r="D73" s="0">
+        <x:v>3744.114</x:v>
+      </x:c>
+      <x:c r="E73" s="0">
+        <x:v>4004.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="74" spans="1:5">
+      <x:c r="A74" s="1">
+        <x:v>45936.8237268518</x:v>
+      </x:c>
+      <x:c r="B74" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C74" s="0">
+        <x:v>12.08</x:v>
+      </x:c>
+      <x:c r="D74" s="0">
+        <x:v>3717.84</x:v>
+      </x:c>
+      <x:c r="E74" s="0">
+        <x:v>3976.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="75" spans="1:5">
+      <x:c r="A75" s="1">
+        <x:v>45933.8235648148</x:v>
+      </x:c>
+      <x:c r="B75" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C75" s="0">
+        <x:v>9.89</x:v>
+      </x:c>
+      <x:c r="D75" s="0">
+        <x:v>3654.822</x:v>
+      </x:c>
+      <x:c r="E75" s="0">
+        <x:v>3908.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="76" spans="1:5">
+      <x:c r="A76" s="1">
+        <x:v>45932.824537037</x:v>
+      </x:c>
+      <x:c r="B76" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C76" s="0">
+        <x:v>8.7</x:v>
+      </x:c>
+      <x:c r="D76" s="0">
+        <x:v>3616.674</x:v>
+      </x:c>
+      <x:c r="E76" s="0">
+        <x:v>3868.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="77" spans="1:5">
+      <x:c r="A77" s="1">
+        <x:v>45931.8251041667</x:v>
+      </x:c>
+      <x:c r="B77" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C77" s="0">
+        <x:v>9.66</x:v>
+      </x:c>
+      <x:c r="D77" s="0">
+        <x:v>3644.162</x:v>
+      </x:c>
+      <x:c r="E77" s="0">
+        <x:v>3897.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="78" spans="1:5">
+      <x:c r="A78" s="1">
+        <x:v>45930.8239930556</x:v>
+      </x:c>
+      <x:c r="B78" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C78" s="0">
+        <x:v>8.94</x:v>
+      </x:c>
+      <x:c r="D78" s="0">
+        <x:v>3621.442</x:v>
+      </x:c>
+      <x:c r="E78" s="0">
+        <x:v>3873.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="79" spans="1:5">
+      <x:c r="A79" s="1">
+        <x:v>45929.8229398148</x:v>
+      </x:c>
+      <x:c r="B79" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C79" s="0">
+        <x:v>8.44</x:v>
+      </x:c>
+      <x:c r="D79" s="0">
+        <x:v>3604.612</x:v>
+      </x:c>
+      <x:c r="E79" s="0">
+        <x:v>3855.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="80" spans="1:5">
+      <x:c r="A80" s="1">
+        <x:v>45926.8238773148</x:v>
+      </x:c>
+      <x:c r="B80" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C80" s="0">
+        <x:v>7.31</x:v>
+      </x:c>
+      <x:c r="D80" s="0">
+        <x:v>3561.415</x:v>
+      </x:c>
+      <x:c r="E80" s="0">
+        <x:v>3809</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="81" spans="1:5">
+      <x:c r="A81" s="1">
+        <x:v>45925.8238657407</x:v>
+      </x:c>
+      <x:c r="B81" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C81" s="0">
+        <x:v>6.47</x:v>
+      </x:c>
+      <x:c r="D81" s="0">
+        <x:v>3525.978</x:v>
+      </x:c>
+      <x:c r="E81" s="0">
+        <x:v>3771.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="82" spans="1:5">
+      <x:c r="A82" s="1">
+        <x:v>45924.8325347222</x:v>
+      </x:c>
+      <x:c r="B82" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C82" s="0">
+        <x:v>6.41</x:v>
+      </x:c>
+      <x:c r="D82" s="0">
+        <x:v>3523.174</x:v>
+      </x:c>
+      <x:c r="E82" s="0">
+        <x:v>3768.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="83" spans="1:5">
+      <x:c r="A83" s="1">
+        <x:v>45923.8421412037</x:v>
+      </x:c>
+      <x:c r="B83" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C83" s="0">
+        <x:v>7.66</x:v>
+      </x:c>
+      <x:c r="D83" s="0">
+        <x:v>3567.68</x:v>
+      </x:c>
+      <x:c r="E83" s="0">
+        <x:v>3815.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="84" spans="1:5">
+      <x:c r="A84" s="1">
+        <x:v>45922.8390625</x:v>
+      </x:c>
+      <x:c r="B84" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C84" s="0">
+        <x:v>6.72</x:v>
+      </x:c>
+      <x:c r="D84" s="0">
+        <x:v>3529.718</x:v>
+      </x:c>
+      <x:c r="E84" s="0">
+        <x:v>3775.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="85" spans="1:5">
+      <x:c r="A85" s="1">
+        <x:v>45919.8403472222</x:v>
+      </x:c>
+      <x:c r="B85" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C85" s="0">
+        <x:v>5.42</x:v>
+      </x:c>
+      <x:c r="D85" s="0">
+        <x:v>3464.923</x:v>
+      </x:c>
+      <x:c r="E85" s="0">
+        <x:v>3705.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="86" spans="1:5">
+      <x:c r="A86" s="1">
+        <x:v>45918.8308796296</x:v>
+      </x:c>
+      <x:c r="B86" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C86" s="0">
+        <x:v>4.95</x:v>
+      </x:c>
+      <x:c r="D86" s="0">
+        <x:v>3439.21</x:v>
+      </x:c>
+      <x:c r="E86" s="0">
+        <x:v>3678.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="87" spans="1:5">
+      <x:c r="A87" s="1">
+        <x:v>45917.8346990741</x:v>
+      </x:c>
+      <x:c r="B87" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C87" s="0">
+        <x:v>5.74</x:v>
+      </x:c>
+      <x:c r="D87" s="0">
+        <x:v>3476.143</x:v>
+      </x:c>
+      <x:c r="E87" s="0">
+        <x:v>3717.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="88" spans="1:5">
+      <x:c r="A88" s="1">
         <x:v>45916.82375</x:v>
       </x:c>
-      <x:c r="B65" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C65" s="0">
+      <x:c r="B88" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C88" s="0">
         <x:v>5.9</x:v>
       </x:c>
-      <x:c r="D65" s="0">
+      <x:c r="D88" s="0">
         <x:v>3482.968</x:v>
       </x:c>
-      <x:c r="E65" s="0">
+      <x:c r="E88" s="0">
         <x:v>3725.1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>