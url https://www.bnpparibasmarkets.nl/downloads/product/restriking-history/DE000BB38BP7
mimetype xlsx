--- v3 (2026-01-23)
+++ v4 (2026-02-12)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca35a50e2e8b4498" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b985bfca89b54360a2c7002f069a2ccb.psmdcp" Id="Rf1695717356849b1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf89ab6803a5e4932" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4847c5fa14154fcca107aa9db874d3b7.psmdcp" Id="R028436f232244139" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>DE000BB38BP7</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -390,1542 +390,1865 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E88"/>
+  <x:dimension ref="A1:E107"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>46044.8500231481</x:v>
+        <x:v>46064.8162152778</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
-        <x:v>26.5</x:v>
+        <x:v>1.74</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>4594.029</x:v>
+        <x:v>4767.098</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>4913.4</x:v>
+        <x:v>5098.5</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>46043.8455324074</x:v>
+        <x:v>46063.816400463</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
-        <x:v>22.03</x:v>
+        <x:v>1.48</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>4523.062</x:v>
+        <x:v>4703.985</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>4837.5</x:v>
+        <x:v>5031</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>46042.8283333333</x:v>
+        <x:v>46062.9109722222</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
-        <x:v>18.44</x:v>
+        <x:v>1.69</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>4456.023</x:v>
+        <x:v>4749.239</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>4765.8</x:v>
+        <x:v>5079.4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>46038.8262615741</x:v>
+        <x:v>46062.8648842593</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
-        <x:v>12.47</x:v>
+        <x:v>1.69</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>4296.699</x:v>
+        <x:v>4749.239</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>4595.4</x:v>
+        <x:v>5079.4</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>46037.8245717593</x:v>
+        <x:v>46059.8655787037</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
-        <x:v>13.57</x:v>
+        <x:v>1.35</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>4323.16</x:v>
+        <x:v>4656.113</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>4623.7</x:v>
+        <x:v>4979.8</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>46036.824849537</x:v>
+        <x:v>46058.8171412037</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
-        <x:v>14.05</x:v>
+        <x:v>1.09</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>4334.38</x:v>
+        <x:v>4571.682</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>4635.7</x:v>
+        <x:v>4889.5</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>46035.8275810185</x:v>
+        <x:v>46057.8355092593</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
-        <x:v>12.75</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>4300.158</x:v>
+        <x:v>4628.998</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>4599.1</x:v>
+        <x:v>4950.8</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>46034.8259375</x:v>
+        <x:v>46056.8221759259</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
-        <x:v>13.35</x:v>
+        <x:v>0.75</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>4314.744</x:v>
+        <x:v>4614.225</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>4614.7</x:v>
+        <x:v>4935</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>46031.8225925926</x:v>
+        <x:v>46055.8181481482</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
-        <x:v>10.07</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>4208.342</x:v>
+        <x:v>4350.181</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>4500.9</x:v>
+        <x:v>4652.6</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>46030.8292592593</x:v>
+        <x:v>46055.3181134259</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C12" s="0">
-        <x:v>9.02</x:v>
+        <x:v>0.42</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>4170.754</x:v>
+        <x:v>4140.928</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>4460.7</x:v>
+        <x:v>4428.8</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>46029.8237037037</x:v>
+        <x:v>46052.8217476852</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0">
-        <x:v>9.08</x:v>
+        <x:v>3.15</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>4172.438</x:v>
+        <x:v>4436.668</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>4462.5</x:v>
+        <x:v>4745.1</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>46028.8240972222</x:v>
+        <x:v>46052.4474421296</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C14" s="0">
-        <x:v>10.06</x:v>
+        <x:v>9.82</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>4203.854</x:v>
+        <x:v>4681.3</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>4496.1</x:v>
+        <x:v>5006.738</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>46027.8219097222</x:v>
+        <x:v>46051.9028240741</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
-        <x:v>8.91</x:v>
+        <x:v>63.3</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>4162.152</x:v>
+        <x:v>5006.738</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>4451.5</x:v>
+        <x:v>5354.8</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>46024.8229976852</x:v>
+        <x:v>46051.8152314815</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C16" s="0">
-        <x:v>6.54</x:v>
+        <x:v>55.67</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>4048.176</x:v>
+        <x:v>4958.866</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>4329.6</x:v>
+        <x:v>5303.6</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>46021.8342708333</x:v>
+        <x:v>46050.8226157407</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C17" s="0">
-        <x:v>7.89</x:v>
+        <x:v>61.19</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>4101.19</x:v>
+        <x:v>4993.087</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>4386.3</x:v>
+        <x:v>5340.2</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>46020.8393171296</x:v>
+        <x:v>46050.8133796296</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="0">
-        <x:v>7</x:v>
+        <x:v>61.19</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>4061.266</x:v>
+        <x:v>4993.087</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>4343.6</x:v>
+        <x:v>5340.2</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>46014.8341898148</x:v>
+        <x:v>46049.8227083333</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C19" s="0">
-        <x:v>13.3</x:v>
+        <x:v>39.31</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>4212.83</x:v>
+        <x:v>4787.761</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>4505.7</x:v>
+        <x:v>5120.6</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
-        <x:v>46013.830787037</x:v>
+        <x:v>46048.8231134259</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C20" s="0">
-        <x:v>12.04</x:v>
+        <x:v>39.52</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>4178.889</x:v>
+        <x:v>4789.35</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>4469.4</x:v>
+        <x:v>5122.3</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="1">
-        <x:v>46010.8267476852</x:v>
+        <x:v>46045.8273148148</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C21" s="0">
-        <x:v>9.7</x:v>
+        <x:v>31.12</x:v>
       </x:c>
       <x:c r="D21" s="0">
-        <x:v>4102.126</x:v>
+        <x:v>4690.895</x:v>
       </x:c>
       <x:c r="E21" s="0">
-        <x:v>4387.3</x:v>
+        <x:v>4979.7</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="1">
-        <x:v>46009.8283333333</x:v>
+        <x:v>46044.8500231481</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C22" s="0">
-        <x:v>9.1</x:v>
+        <x:v>26.5</x:v>
       </x:c>
       <x:c r="D22" s="0">
-        <x:v>4080.808</x:v>
+        <x:v>4594.029</x:v>
       </x:c>
       <x:c r="E22" s="0">
-        <x:v>4364.5</x:v>
+        <x:v>4913.4</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="1">
-        <x:v>46008.8262962963</x:v>
+        <x:v>46043.8455324074</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C23" s="0">
-        <x:v>9.37</x:v>
+        <x:v>22.03</x:v>
       </x:c>
       <x:c r="D23" s="0">
-        <x:v>4089.596</x:v>
+        <x:v>4523.062</x:v>
       </x:c>
       <x:c r="E23" s="0">
-        <x:v>4373.9</x:v>
+        <x:v>4837.5</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="1">
-        <x:v>46007.8233564815</x:v>
+        <x:v>46042.8283333333</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C24" s="0">
-        <x:v>8.33</x:v>
+        <x:v>18.44</x:v>
       </x:c>
       <x:c r="D24" s="0">
-        <x:v>4050.7</x:v>
+        <x:v>4456.023</x:v>
       </x:c>
       <x:c r="E24" s="0">
-        <x:v>4332.3</x:v>
+        <x:v>4765.8</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="1">
-        <x:v>46006.8309722222</x:v>
+        <x:v>46038.8262615741</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C25" s="0">
-        <x:v>8.42</x:v>
+        <x:v>12.47</x:v>
       </x:c>
       <x:c r="D25" s="0">
-        <x:v>4053.412</x:v>
+        <x:v>4296.699</x:v>
       </x:c>
       <x:c r="E25" s="0">
-        <x:v>4335.2</x:v>
+        <x:v>4595.4</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="1">
-        <x:v>46003.8253125</x:v>
+        <x:v>46037.8245717593</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C26" s="0">
-        <x:v>8.27</x:v>
+        <x:v>13.57</x:v>
       </x:c>
       <x:c r="D26" s="0">
-        <x:v>4046.96</x:v>
+        <x:v>4323.16</x:v>
       </x:c>
       <x:c r="E26" s="0">
-        <x:v>4328.3</x:v>
+        <x:v>4623.7</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="1">
-        <x:v>46002.8233564815</x:v>
+        <x:v>46036.824849537</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C27" s="0">
-        <x:v>7.91</x:v>
+        <x:v>14.05</x:v>
       </x:c>
       <x:c r="D27" s="0">
-        <x:v>4032.655</x:v>
+        <x:v>4334.38</x:v>
       </x:c>
       <x:c r="E27" s="0">
-        <x:v>4313</x:v>
+        <x:v>4635.7</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="1">
-        <x:v>46001.824849537</x:v>
+        <x:v>46035.8275810185</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C28" s="0">
-        <x:v>6.23</x:v>
+        <x:v>12.75</x:v>
       </x:c>
       <x:c r="D28" s="0">
-        <x:v>3950.094</x:v>
+        <x:v>4300.158</x:v>
       </x:c>
       <x:c r="E28" s="0">
-        <x:v>4224.7</x:v>
+        <x:v>4599.1</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="1">
-        <x:v>46000.8228009259</x:v>
+        <x:v>46034.8259375</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C29" s="0">
-        <x:v>6.46</x:v>
+        <x:v>13.35</x:v>
       </x:c>
       <x:c r="D29" s="0">
-        <x:v>3960.847</x:v>
+        <x:v>4314.744</x:v>
       </x:c>
       <x:c r="E29" s="0">
-        <x:v>4236.2</x:v>
+        <x:v>4614.7</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="1">
-        <x:v>45999.8272106481</x:v>
+        <x:v>46031.8225925926</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C30" s="0">
-        <x:v>6.12</x:v>
+        <x:v>10.07</x:v>
       </x:c>
       <x:c r="D30" s="0">
-        <x:v>3943.55</x:v>
+        <x:v>4208.342</x:v>
       </x:c>
       <x:c r="E30" s="0">
-        <x:v>4217.7</x:v>
+        <x:v>4500.9</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="1">
-        <x:v>45996.8263078704</x:v>
+        <x:v>46030.8292592593</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C31" s="0">
-        <x:v>6.65</x:v>
+        <x:v>9.02</x:v>
       </x:c>
       <x:c r="D31" s="0">
-        <x:v>3967.205</x:v>
+        <x:v>4170.754</x:v>
       </x:c>
       <x:c r="E31" s="0">
-        <x:v>4243</x:v>
+        <x:v>4460.7</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="1">
-        <x:v>45995.8232291667</x:v>
+        <x:v>46029.8237037037</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C32" s="0">
-        <x:v>6.66</x:v>
+        <x:v>9.08</x:v>
       </x:c>
       <x:c r="D32" s="0">
-        <x:v>3967.205</x:v>
+        <x:v>4172.438</x:v>
       </x:c>
       <x:c r="E32" s="0">
-        <x:v>4243</x:v>
+        <x:v>4462.5</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="1">
-        <x:v>45994.8237037037</x:v>
+        <x:v>46028.8240972222</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C33" s="0">
-        <x:v>6.46</x:v>
+        <x:v>10.06</x:v>
       </x:c>
       <x:c r="D33" s="0">
-        <x:v>3957.388</x:v>
+        <x:v>4203.854</x:v>
       </x:c>
       <x:c r="E33" s="0">
-        <x:v>4232.5</x:v>
+        <x:v>4496.1</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="1">
-        <x:v>45993.8229398148</x:v>
+        <x:v>46027.8219097222</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C34" s="0">
-        <x:v>6.24</x:v>
+        <x:v>8.91</x:v>
       </x:c>
       <x:c r="D34" s="0">
-        <x:v>3946.448</x:v>
+        <x:v>4162.152</x:v>
       </x:c>
       <x:c r="E34" s="0">
-        <x:v>4220.8</x:v>
+        <x:v>4451.5</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="1">
-        <x:v>45992.8242939815</x:v>
+        <x:v>46024.8229976852</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C35" s="0">
-        <x:v>7.47</x:v>
+        <x:v>6.54</x:v>
       </x:c>
       <x:c r="D35" s="0">
-        <x:v>3996.938</x:v>
+        <x:v>4048.176</x:v>
       </x:c>
       <x:c r="E35" s="0">
-        <x:v>4274.8</x:v>
+        <x:v>4329.6</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="1">
-        <x:v>45989.8354861111</x:v>
+        <x:v>46021.8342708333</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C36" s="0">
-        <x:v>7.06</x:v>
+        <x:v>7.89</x:v>
       </x:c>
       <x:c r="D36" s="0">
-        <x:v>3978.332</x:v>
+        <x:v>4101.19</x:v>
       </x:c>
       <x:c r="E36" s="0">
-        <x:v>4254.9</x:v>
+        <x:v>4386.3</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="1">
-        <x:v>45987.8265162037</x:v>
+        <x:v>46020.8393171296</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C37" s="0">
-        <x:v>6.09</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="D37" s="0">
-        <x:v>3929.15</x:v>
+        <x:v>4061.266</x:v>
       </x:c>
       <x:c r="E37" s="0">
-        <x:v>4202.3</x:v>
+        <x:v>4343.6</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="1">
-        <x:v>45986.8420486111</x:v>
+        <x:v>46014.8341898148</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C38" s="0">
-        <x:v>5.65</x:v>
+        <x:v>13.3</x:v>
       </x:c>
       <x:c r="D38" s="0">
-        <x:v>3905.776</x:v>
+        <x:v>4212.83</x:v>
       </x:c>
       <x:c r="E38" s="0">
-        <x:v>4177.3</x:v>
+        <x:v>4505.7</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="1">
-        <x:v>45985.8473032407</x:v>
+        <x:v>46013.830787037</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C39" s="0">
-        <x:v>4.93</x:v>
+        <x:v>12.04</x:v>
       </x:c>
       <x:c r="D39" s="0">
-        <x:v>3862.298</x:v>
+        <x:v>4178.889</x:v>
       </x:c>
       <x:c r="E39" s="0">
-        <x:v>4130.8</x:v>
+        <x:v>4469.4</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="1">
-        <x:v>45982.8240972222</x:v>
+        <x:v>46010.8267476852</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C40" s="0">
-        <x:v>4.73</x:v>
+        <x:v>9.7</x:v>
       </x:c>
       <x:c r="D40" s="0">
-        <x:v>3848.46</x:v>
+        <x:v>4102.126</x:v>
       </x:c>
       <x:c r="E40" s="0">
-        <x:v>4116</x:v>
+        <x:v>4387.3</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="1">
-        <x:v>45981.858912037</x:v>
+        <x:v>46009.8283333333</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C41" s="0">
-        <x:v>4.44</x:v>
+        <x:v>9.1</x:v>
       </x:c>
       <x:c r="D41" s="0">
-        <x:v>3829.48</x:v>
+        <x:v>4080.808</x:v>
       </x:c>
       <x:c r="E41" s="0">
-        <x:v>4060</x:v>
+        <x:v>4364.5</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="1">
-        <x:v>45980.8244444444</x:v>
+        <x:v>46008.8262962963</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C42" s="0">
-        <x:v>4.8</x:v>
+        <x:v>9.37</x:v>
       </x:c>
       <x:c r="D42" s="0">
-        <x:v>3817.418</x:v>
+        <x:v>4089.596</x:v>
       </x:c>
       <x:c r="E42" s="0">
-        <x:v>4082.8</x:v>
+        <x:v>4373.9</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="1">
-        <x:v>45979.8891898148</x:v>
+        <x:v>46007.8233564815</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C43" s="0">
-        <x:v>4.56</x:v>
+        <x:v>8.33</x:v>
       </x:c>
       <x:c r="D43" s="0">
-        <x:v>3802.178</x:v>
+        <x:v>4050.7</x:v>
       </x:c>
       <x:c r="E43" s="0">
-        <x:v>4066.5</x:v>
+        <x:v>4332.3</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="1">
-        <x:v>45978.8251967593</x:v>
+        <x:v>46006.8309722222</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C44" s="0">
-        <x:v>4.69</x:v>
+        <x:v>8.42</x:v>
       </x:c>
       <x:c r="D44" s="0">
-        <x:v>3809.658</x:v>
+        <x:v>4053.412</x:v>
       </x:c>
       <x:c r="E44" s="0">
-        <x:v>4074.5</x:v>
+        <x:v>4335.2</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="1">
-        <x:v>45975.8263078704</x:v>
+        <x:v>46003.8253125</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C45" s="0">
-        <x:v>5.02</x:v>
+        <x:v>8.27</x:v>
       </x:c>
       <x:c r="D45" s="0">
-        <x:v>3828.077</x:v>
+        <x:v>4046.96</x:v>
       </x:c>
       <x:c r="E45" s="0">
-        <x:v>4094.2</x:v>
+        <x:v>4328.3</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="1">
-        <x:v>45974.8559606482</x:v>
+        <x:v>46002.8233564815</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C46" s="0">
-        <x:v>7.29</x:v>
+        <x:v>7.91</x:v>
       </x:c>
       <x:c r="D46" s="0">
-        <x:v>3921.858</x:v>
+        <x:v>4032.655</x:v>
       </x:c>
       <x:c r="E46" s="0">
-        <x:v>4194.5</x:v>
+        <x:v>4313</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="1">
-        <x:v>45973.8250115741</x:v>
+        <x:v>46001.824849537</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C47" s="0">
-        <x:v>7.75</x:v>
+        <x:v>6.23</x:v>
       </x:c>
       <x:c r="D47" s="0">
-        <x:v>3939.716</x:v>
+        <x:v>3950.094</x:v>
       </x:c>
       <x:c r="E47" s="0">
-        <x:v>4213.6</x:v>
+        <x:v>4224.7</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5">
       <x:c r="A48" s="1">
-        <x:v>45972.8325231482</x:v>
+        <x:v>46000.8228009259</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C48" s="0">
-        <x:v>5.94</x:v>
+        <x:v>6.46</x:v>
       </x:c>
       <x:c r="D48" s="0">
-        <x:v>3848.74</x:v>
+        <x:v>3960.847</x:v>
       </x:c>
       <x:c r="E48" s="0">
-        <x:v>4116.3</x:v>
+        <x:v>4236.2</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
       <x:c r="A49" s="1">
-        <x:v>45971.8316087963</x:v>
+        <x:v>45999.8272106481</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C49" s="0">
-        <x:v>6.05</x:v>
+        <x:v>6.12</x:v>
       </x:c>
       <x:c r="D49" s="0">
-        <x:v>3854.07</x:v>
+        <x:v>3943.55</x:v>
       </x:c>
       <x:c r="E49" s="0">
-        <x:v>4122</x:v>
+        <x:v>4217.7</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5">
       <x:c r="A50" s="1">
-        <x:v>45968.8265277778</x:v>
+        <x:v>45996.8263078704</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C50" s="0">
-        <x:v>4.45</x:v>
+        <x:v>6.65</x:v>
       </x:c>
       <x:c r="D50" s="0">
-        <x:v>3749.163</x:v>
+        <x:v>3967.205</x:v>
       </x:c>
       <x:c r="E50" s="0">
-        <x:v>4009.8</x:v>
+        <x:v>4243</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5">
       <x:c r="A51" s="1">
-        <x:v>45967.8567361111</x:v>
+        <x:v>45995.8232291667</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C51" s="0">
-        <x:v>4.19</x:v>
+        <x:v>6.66</x:v>
       </x:c>
       <x:c r="D51" s="0">
-        <x:v>3731.585</x:v>
+        <x:v>3967.205</x:v>
       </x:c>
       <x:c r="E51" s="0">
-        <x:v>3991</x:v>
+        <x:v>4243</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5">
       <x:c r="A52" s="1">
-        <x:v>45966.8257638889</x:v>
+        <x:v>45994.8237037037</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C52" s="0">
-        <x:v>4.22</x:v>
+        <x:v>6.46</x:v>
       </x:c>
       <x:c r="D52" s="0">
-        <x:v>3733.362</x:v>
+        <x:v>3957.388</x:v>
       </x:c>
       <x:c r="E52" s="0">
-        <x:v>3992.9</x:v>
+        <x:v>4232.5</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5">
       <x:c r="A53" s="1">
-        <x:v>45965.8372800926</x:v>
+        <x:v>45993.8229398148</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C53" s="0">
-        <x:v>3.82</x:v>
+        <x:v>6.24</x:v>
       </x:c>
       <x:c r="D53" s="0">
-        <x:v>3703.068</x:v>
+        <x:v>3946.448</x:v>
       </x:c>
       <x:c r="E53" s="0">
-        <x:v>3960.5</x:v>
+        <x:v>4220.8</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5">
       <x:c r="A54" s="1">
-        <x:v>45964.8250925926</x:v>
+        <x:v>45992.8242939815</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C54" s="0">
-        <x:v>4.63</x:v>
+        <x:v>7.47</x:v>
       </x:c>
       <x:c r="D54" s="0">
-        <x:v>3753.09</x:v>
+        <x:v>3996.938</x:v>
       </x:c>
       <x:c r="E54" s="0">
-        <x:v>4014</x:v>
+        <x:v>4274.8</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5">
       <x:c r="A55" s="1">
-        <x:v>45961.7823032407</x:v>
+        <x:v>45989.8354861111</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C55" s="0">
-        <x:v>4.39</x:v>
+        <x:v>7.06</x:v>
       </x:c>
       <x:c r="D55" s="0">
-        <x:v>3736.728</x:v>
+        <x:v>3978.332</x:v>
       </x:c>
       <x:c r="E55" s="0">
-        <x:v>3996.5</x:v>
+        <x:v>4254.9</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5">
       <x:c r="A56" s="1">
-        <x:v>45960.7838310185</x:v>
+        <x:v>45987.8265162037</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C56" s="0">
-        <x:v>4.69</x:v>
+        <x:v>6.09</x:v>
       </x:c>
       <x:c r="D56" s="0">
-        <x:v>3754.866</x:v>
+        <x:v>3929.15</x:v>
       </x:c>
       <x:c r="E56" s="0">
-        <x:v>4015.9</x:v>
+        <x:v>4202.3</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:5">
       <x:c r="A57" s="1">
-        <x:v>45959.7819212963</x:v>
+        <x:v>45986.8420486111</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C57" s="0">
-        <x:v>4.47</x:v>
+        <x:v>5.65</x:v>
       </x:c>
       <x:c r="D57" s="0">
-        <x:v>3740.654</x:v>
+        <x:v>3905.776</x:v>
       </x:c>
       <x:c r="E57" s="0">
-        <x:v>4000.7</x:v>
+        <x:v>4177.3</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:5">
       <x:c r="A58" s="1">
-        <x:v>45958.7844444444</x:v>
+        <x:v>45985.8473032407</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C58" s="0">
-        <x:v>4.23</x:v>
+        <x:v>4.93</x:v>
       </x:c>
       <x:c r="D58" s="0">
-        <x:v>3724.198</x:v>
+        <x:v>3862.298</x:v>
       </x:c>
       <x:c r="E58" s="0">
-        <x:v>3983.1</x:v>
+        <x:v>4130.8</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:5">
       <x:c r="A59" s="1">
-        <x:v>45957.7848263889</x:v>
+        <x:v>45982.8240972222</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C59" s="0">
-        <x:v>4.81</x:v>
+        <x:v>4.73</x:v>
       </x:c>
       <x:c r="D59" s="0">
-        <x:v>3758.42</x:v>
+        <x:v>3848.46</x:v>
       </x:c>
       <x:c r="E59" s="0">
-        <x:v>4019.7</x:v>
+        <x:v>4116</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:5">
       <x:c r="A60" s="1">
-        <x:v>45954.8273726852</x:v>
+        <x:v>45981.858912037</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C60" s="0">
-        <x:v>7.68</x:v>
+        <x:v>4.44</x:v>
       </x:c>
       <x:c r="D60" s="0">
-        <x:v>3868.843</x:v>
+        <x:v>3829.48</x:v>
       </x:c>
       <x:c r="E60" s="0">
-        <x:v>4137.8</x:v>
+        <x:v>4060</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:5">
       <x:c r="A61" s="1">
-        <x:v>45953.826412037</x:v>
+        <x:v>45980.8244444444</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C61" s="0">
-        <x:v>7.88</x:v>
+        <x:v>4.8</x:v>
       </x:c>
       <x:c r="D61" s="0">
-        <x:v>3876.136</x:v>
+        <x:v>3817.418</x:v>
       </x:c>
       <x:c r="E61" s="0">
-        <x:v>4145.6</x:v>
+        <x:v>4082.8</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:5">
       <x:c r="A62" s="1">
-        <x:v>45952.8312615741</x:v>
+        <x:v>45979.8891898148</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C62" s="0">
-        <x:v>6.28</x:v>
+        <x:v>4.56</x:v>
       </x:c>
       <x:c r="D62" s="0">
-        <x:v>3801.149</x:v>
+        <x:v>3802.178</x:v>
       </x:c>
       <x:c r="E62" s="0">
-        <x:v>4065.4</x:v>
+        <x:v>4066.5</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:5">
       <x:c r="A63" s="1">
-        <x:v>45951.8353240741</x:v>
+        <x:v>45978.8251967593</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C63" s="0">
-        <x:v>7.29</x:v>
+        <x:v>4.69</x:v>
       </x:c>
       <x:c r="D63" s="0">
-        <x:v>3842.008</x:v>
+        <x:v>3809.658</x:v>
       </x:c>
       <x:c r="E63" s="0">
-        <x:v>4109.1</x:v>
+        <x:v>4074.5</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:5">
       <x:c r="A64" s="1">
-        <x:v>45950.8514814815</x:v>
+        <x:v>45975.8263078704</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C64" s="0">
-        <x:v>28.86</x:v>
+        <x:v>5.02</x:v>
       </x:c>
       <x:c r="D64" s="0">
-        <x:v>4076.039</x:v>
+        <x:v>3828.077</x:v>
       </x:c>
       <x:c r="E64" s="0">
-        <x:v>4359.4</x:v>
+        <x:v>4094.2</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:5">
       <x:c r="A65" s="1">
-        <x:v>45947.8255902778</x:v>
+        <x:v>45974.8559606482</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C65" s="0">
-        <x:v>19.93</x:v>
+        <x:v>7.29</x:v>
       </x:c>
       <x:c r="D65" s="0">
-        <x:v>3939.436</x:v>
+        <x:v>3921.858</x:v>
       </x:c>
       <x:c r="E65" s="0">
-        <x:v>4213.3</x:v>
+        <x:v>4194.5</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:5">
       <x:c r="A66" s="1">
-        <x:v>45946.8237962963</x:v>
+        <x:v>45973.8250115741</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C66" s="0">
-        <x:v>27.56</x:v>
+        <x:v>7.75</x:v>
       </x:c>
       <x:c r="D66" s="0">
-        <x:v>4024.801</x:v>
+        <x:v>3939.716</x:v>
       </x:c>
       <x:c r="E66" s="0">
-        <x:v>4304.6</x:v>
+        <x:v>4213.6</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:5">
       <x:c r="A67" s="1">
-        <x:v>45945.8233796296</x:v>
+        <x:v>45972.8325231482</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C67" s="0">
-        <x:v>20.91</x:v>
+        <x:v>5.94</x:v>
       </x:c>
       <x:c r="D67" s="0">
-        <x:v>3928.496</x:v>
+        <x:v>3848.74</x:v>
       </x:c>
       <x:c r="E67" s="0">
-        <x:v>4201.6</x:v>
+        <x:v>4116.3</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:5">
       <x:c r="A68" s="1">
-        <x:v>45944.828287037</x:v>
+        <x:v>45971.8316087963</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C68" s="0">
-        <x:v>18.7</x:v>
+        <x:v>6.05</x:v>
       </x:c>
       <x:c r="D68" s="0">
-        <x:v>3892.779</x:v>
+        <x:v>3854.07</x:v>
       </x:c>
       <x:c r="E68" s="0">
-        <x:v>4163.4</x:v>
+        <x:v>4122</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:5">
       <x:c r="A69" s="1">
-        <x:v>45943.8403356482</x:v>
+        <x:v>45968.8265277778</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C69" s="0">
-        <x:v>17.08</x:v>
+        <x:v>4.45</x:v>
       </x:c>
       <x:c r="D69" s="0">
-        <x:v>3864.355</x:v>
+        <x:v>3749.163</x:v>
       </x:c>
       <x:c r="E69" s="0">
-        <x:v>4133</x:v>
+        <x:v>4009.8</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:5">
       <x:c r="A70" s="1">
-        <x:v>45940.8233449074</x:v>
+        <x:v>45967.8567361111</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C70" s="0">
-        <x:v>11.96</x:v>
+        <x:v>4.19</x:v>
       </x:c>
       <x:c r="D70" s="0">
-        <x:v>3740.374</x:v>
+        <x:v>3731.585</x:v>
       </x:c>
       <x:c r="E70" s="0">
-        <x:v>4000.4</x:v>
+        <x:v>3991</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:5">
       <x:c r="A71" s="1">
-        <x:v>45939.8284953704</x:v>
+        <x:v>45966.8257638889</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C71" s="0">
-        <x:v>10.98</x:v>
+        <x:v>4.22</x:v>
       </x:c>
       <x:c r="D71" s="0">
-        <x:v>3714.381</x:v>
+        <x:v>3733.362</x:v>
       </x:c>
       <x:c r="E71" s="0">
-        <x:v>3972.6</x:v>
+        <x:v>3992.9</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:5">
       <x:c r="A72" s="1">
-        <x:v>45938.8250115741</x:v>
+        <x:v>45965.8372800926</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C72" s="0">
-        <x:v>15.99</x:v>
+        <x:v>3.82</x:v>
       </x:c>
       <x:c r="D72" s="0">
-        <x:v>3805.918</x:v>
+        <x:v>3703.068</x:v>
       </x:c>
       <x:c r="E72" s="0">
-        <x:v>4070.5</x:v>
+        <x:v>3960.5</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:5">
       <x:c r="A73" s="1">
-        <x:v>45937.8252430556</x:v>
+        <x:v>45964.8250925926</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C73" s="0">
-        <x:v>13.18</x:v>
+        <x:v>4.63</x:v>
       </x:c>
       <x:c r="D73" s="0">
-        <x:v>3744.114</x:v>
+        <x:v>3753.09</x:v>
       </x:c>
       <x:c r="E73" s="0">
-        <x:v>4004.4</x:v>
+        <x:v>4014</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:5">
       <x:c r="A74" s="1">
-        <x:v>45936.8237268518</x:v>
+        <x:v>45961.7823032407</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C74" s="0">
-        <x:v>12.08</x:v>
+        <x:v>4.39</x:v>
       </x:c>
       <x:c r="D74" s="0">
-        <x:v>3717.84</x:v>
+        <x:v>3736.728</x:v>
       </x:c>
       <x:c r="E74" s="0">
-        <x:v>3976.3</x:v>
+        <x:v>3996.5</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:5">
       <x:c r="A75" s="1">
-        <x:v>45933.8235648148</x:v>
+        <x:v>45960.7838310185</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C75" s="0">
-        <x:v>9.89</x:v>
+        <x:v>4.69</x:v>
       </x:c>
       <x:c r="D75" s="0">
-        <x:v>3654.822</x:v>
+        <x:v>3754.866</x:v>
       </x:c>
       <x:c r="E75" s="0">
-        <x:v>3908.9</x:v>
+        <x:v>4015.9</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:5">
       <x:c r="A76" s="1">
-        <x:v>45932.824537037</x:v>
+        <x:v>45959.7819212963</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C76" s="0">
-        <x:v>8.7</x:v>
+        <x:v>4.47</x:v>
       </x:c>
       <x:c r="D76" s="0">
-        <x:v>3616.674</x:v>
+        <x:v>3740.654</x:v>
       </x:c>
       <x:c r="E76" s="0">
-        <x:v>3868.1</x:v>
+        <x:v>4000.7</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:5">
       <x:c r="A77" s="1">
-        <x:v>45931.8251041667</x:v>
+        <x:v>45958.7844444444</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C77" s="0">
-        <x:v>9.66</x:v>
+        <x:v>4.23</x:v>
       </x:c>
       <x:c r="D77" s="0">
-        <x:v>3644.162</x:v>
+        <x:v>3724.198</x:v>
       </x:c>
       <x:c r="E77" s="0">
-        <x:v>3897.5</x:v>
+        <x:v>3983.1</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:5">
       <x:c r="A78" s="1">
-        <x:v>45930.8239930556</x:v>
+        <x:v>45957.7848263889</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C78" s="0">
-        <x:v>8.94</x:v>
+        <x:v>4.81</x:v>
       </x:c>
       <x:c r="D78" s="0">
-        <x:v>3621.442</x:v>
+        <x:v>3758.42</x:v>
       </x:c>
       <x:c r="E78" s="0">
-        <x:v>3873.2</x:v>
+        <x:v>4019.7</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:5">
       <x:c r="A79" s="1">
-        <x:v>45929.8229398148</x:v>
+        <x:v>45954.8273726852</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C79" s="0">
-        <x:v>8.44</x:v>
+        <x:v>7.68</x:v>
       </x:c>
       <x:c r="D79" s="0">
-        <x:v>3604.612</x:v>
+        <x:v>3868.843</x:v>
       </x:c>
       <x:c r="E79" s="0">
-        <x:v>3855.2</x:v>
+        <x:v>4137.8</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:5">
       <x:c r="A80" s="1">
-        <x:v>45926.8238773148</x:v>
+        <x:v>45953.826412037</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C80" s="0">
-        <x:v>7.31</x:v>
+        <x:v>7.88</x:v>
       </x:c>
       <x:c r="D80" s="0">
-        <x:v>3561.415</x:v>
+        <x:v>3876.136</x:v>
       </x:c>
       <x:c r="E80" s="0">
-        <x:v>3809</x:v>
+        <x:v>4145.6</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:5">
       <x:c r="A81" s="1">
-        <x:v>45925.8238657407</x:v>
+        <x:v>45952.8312615741</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C81" s="0">
-        <x:v>6.47</x:v>
+        <x:v>6.28</x:v>
       </x:c>
       <x:c r="D81" s="0">
-        <x:v>3525.978</x:v>
+        <x:v>3801.149</x:v>
       </x:c>
       <x:c r="E81" s="0">
-        <x:v>3771.1</x:v>
+        <x:v>4065.4</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:5">
       <x:c r="A82" s="1">
-        <x:v>45924.8325347222</x:v>
+        <x:v>45951.8353240741</x:v>
       </x:c>
       <x:c r="B82" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C82" s="0">
-        <x:v>6.41</x:v>
+        <x:v>7.29</x:v>
       </x:c>
       <x:c r="D82" s="0">
-        <x:v>3523.174</x:v>
+        <x:v>3842.008</x:v>
       </x:c>
       <x:c r="E82" s="0">
-        <x:v>3768.1</x:v>
+        <x:v>4109.1</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:5">
       <x:c r="A83" s="1">
-        <x:v>45923.8421412037</x:v>
+        <x:v>45950.8514814815</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C83" s="0">
-        <x:v>7.66</x:v>
+        <x:v>28.86</x:v>
       </x:c>
       <x:c r="D83" s="0">
-        <x:v>3567.68</x:v>
+        <x:v>4076.039</x:v>
       </x:c>
       <x:c r="E83" s="0">
-        <x:v>3815.7</x:v>
+        <x:v>4359.4</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:5">
       <x:c r="A84" s="1">
-        <x:v>45922.8390625</x:v>
+        <x:v>45947.8255902778</x:v>
       </x:c>
       <x:c r="B84" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C84" s="0">
-        <x:v>6.72</x:v>
+        <x:v>19.93</x:v>
       </x:c>
       <x:c r="D84" s="0">
-        <x:v>3529.718</x:v>
+        <x:v>3939.436</x:v>
       </x:c>
       <x:c r="E84" s="0">
-        <x:v>3775.1</x:v>
+        <x:v>4213.3</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:5">
       <x:c r="A85" s="1">
-        <x:v>45919.8403472222</x:v>
+        <x:v>45946.8237962963</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C85" s="0">
-        <x:v>5.42</x:v>
+        <x:v>27.56</x:v>
       </x:c>
       <x:c r="D85" s="0">
-        <x:v>3464.923</x:v>
+        <x:v>4024.801</x:v>
       </x:c>
       <x:c r="E85" s="0">
-        <x:v>3705.8</x:v>
+        <x:v>4304.6</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:5">
       <x:c r="A86" s="1">
-        <x:v>45918.8308796296</x:v>
+        <x:v>45945.8233796296</x:v>
       </x:c>
       <x:c r="B86" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C86" s="0">
-        <x:v>4.95</x:v>
+        <x:v>20.91</x:v>
       </x:c>
       <x:c r="D86" s="0">
-        <x:v>3439.21</x:v>
+        <x:v>3928.496</x:v>
       </x:c>
       <x:c r="E86" s="0">
-        <x:v>3678.3</x:v>
+        <x:v>4201.6</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:5">
       <x:c r="A87" s="1">
-        <x:v>45917.8346990741</x:v>
+        <x:v>45944.828287037</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C87" s="0">
-        <x:v>5.74</x:v>
+        <x:v>18.7</x:v>
       </x:c>
       <x:c r="D87" s="0">
-        <x:v>3476.143</x:v>
+        <x:v>3892.779</x:v>
       </x:c>
       <x:c r="E87" s="0">
-        <x:v>3717.8</x:v>
+        <x:v>4163.4</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:5">
       <x:c r="A88" s="1">
+        <x:v>45943.8403356482</x:v>
+      </x:c>
+      <x:c r="B88" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C88" s="0">
+        <x:v>17.08</x:v>
+      </x:c>
+      <x:c r="D88" s="0">
+        <x:v>3864.355</x:v>
+      </x:c>
+      <x:c r="E88" s="0">
+        <x:v>4133</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="89" spans="1:5">
+      <x:c r="A89" s="1">
+        <x:v>45940.8233449074</x:v>
+      </x:c>
+      <x:c r="B89" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C89" s="0">
+        <x:v>11.96</x:v>
+      </x:c>
+      <x:c r="D89" s="0">
+        <x:v>3740.374</x:v>
+      </x:c>
+      <x:c r="E89" s="0">
+        <x:v>4000.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="90" spans="1:5">
+      <x:c r="A90" s="1">
+        <x:v>45939.8284953704</x:v>
+      </x:c>
+      <x:c r="B90" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C90" s="0">
+        <x:v>10.98</x:v>
+      </x:c>
+      <x:c r="D90" s="0">
+        <x:v>3714.381</x:v>
+      </x:c>
+      <x:c r="E90" s="0">
+        <x:v>3972.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="91" spans="1:5">
+      <x:c r="A91" s="1">
+        <x:v>45938.8250115741</x:v>
+      </x:c>
+      <x:c r="B91" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C91" s="0">
+        <x:v>15.99</x:v>
+      </x:c>
+      <x:c r="D91" s="0">
+        <x:v>3805.918</x:v>
+      </x:c>
+      <x:c r="E91" s="0">
+        <x:v>4070.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="92" spans="1:5">
+      <x:c r="A92" s="1">
+        <x:v>45937.8252430556</x:v>
+      </x:c>
+      <x:c r="B92" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C92" s="0">
+        <x:v>13.18</x:v>
+      </x:c>
+      <x:c r="D92" s="0">
+        <x:v>3744.114</x:v>
+      </x:c>
+      <x:c r="E92" s="0">
+        <x:v>4004.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="93" spans="1:5">
+      <x:c r="A93" s="1">
+        <x:v>45936.8237268518</x:v>
+      </x:c>
+      <x:c r="B93" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C93" s="0">
+        <x:v>12.08</x:v>
+      </x:c>
+      <x:c r="D93" s="0">
+        <x:v>3717.84</x:v>
+      </x:c>
+      <x:c r="E93" s="0">
+        <x:v>3976.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="94" spans="1:5">
+      <x:c r="A94" s="1">
+        <x:v>45933.8235648148</x:v>
+      </x:c>
+      <x:c r="B94" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C94" s="0">
+        <x:v>9.89</x:v>
+      </x:c>
+      <x:c r="D94" s="0">
+        <x:v>3654.822</x:v>
+      </x:c>
+      <x:c r="E94" s="0">
+        <x:v>3908.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="95" spans="1:5">
+      <x:c r="A95" s="1">
+        <x:v>45932.824537037</x:v>
+      </x:c>
+      <x:c r="B95" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C95" s="0">
+        <x:v>8.7</x:v>
+      </x:c>
+      <x:c r="D95" s="0">
+        <x:v>3616.674</x:v>
+      </x:c>
+      <x:c r="E95" s="0">
+        <x:v>3868.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="96" spans="1:5">
+      <x:c r="A96" s="1">
+        <x:v>45931.8251041667</x:v>
+      </x:c>
+      <x:c r="B96" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C96" s="0">
+        <x:v>9.66</x:v>
+      </x:c>
+      <x:c r="D96" s="0">
+        <x:v>3644.162</x:v>
+      </x:c>
+      <x:c r="E96" s="0">
+        <x:v>3897.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="97" spans="1:5">
+      <x:c r="A97" s="1">
+        <x:v>45930.8239930556</x:v>
+      </x:c>
+      <x:c r="B97" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C97" s="0">
+        <x:v>8.94</x:v>
+      </x:c>
+      <x:c r="D97" s="0">
+        <x:v>3621.442</x:v>
+      </x:c>
+      <x:c r="E97" s="0">
+        <x:v>3873.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="98" spans="1:5">
+      <x:c r="A98" s="1">
+        <x:v>45929.8229398148</x:v>
+      </x:c>
+      <x:c r="B98" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C98" s="0">
+        <x:v>8.44</x:v>
+      </x:c>
+      <x:c r="D98" s="0">
+        <x:v>3604.612</x:v>
+      </x:c>
+      <x:c r="E98" s="0">
+        <x:v>3855.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="99" spans="1:5">
+      <x:c r="A99" s="1">
+        <x:v>45926.8238773148</x:v>
+      </x:c>
+      <x:c r="B99" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C99" s="0">
+        <x:v>7.31</x:v>
+      </x:c>
+      <x:c r="D99" s="0">
+        <x:v>3561.415</x:v>
+      </x:c>
+      <x:c r="E99" s="0">
+        <x:v>3809</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="100" spans="1:5">
+      <x:c r="A100" s="1">
+        <x:v>45925.8238657407</x:v>
+      </x:c>
+      <x:c r="B100" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C100" s="0">
+        <x:v>6.47</x:v>
+      </x:c>
+      <x:c r="D100" s="0">
+        <x:v>3525.978</x:v>
+      </x:c>
+      <x:c r="E100" s="0">
+        <x:v>3771.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="101" spans="1:5">
+      <x:c r="A101" s="1">
+        <x:v>45924.8325347222</x:v>
+      </x:c>
+      <x:c r="B101" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C101" s="0">
+        <x:v>6.41</x:v>
+      </x:c>
+      <x:c r="D101" s="0">
+        <x:v>3523.174</x:v>
+      </x:c>
+      <x:c r="E101" s="0">
+        <x:v>3768.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="102" spans="1:5">
+      <x:c r="A102" s="1">
+        <x:v>45923.8421412037</x:v>
+      </x:c>
+      <x:c r="B102" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C102" s="0">
+        <x:v>7.66</x:v>
+      </x:c>
+      <x:c r="D102" s="0">
+        <x:v>3567.68</x:v>
+      </x:c>
+      <x:c r="E102" s="0">
+        <x:v>3815.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="103" spans="1:5">
+      <x:c r="A103" s="1">
+        <x:v>45922.8390625</x:v>
+      </x:c>
+      <x:c r="B103" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C103" s="0">
+        <x:v>6.72</x:v>
+      </x:c>
+      <x:c r="D103" s="0">
+        <x:v>3529.718</x:v>
+      </x:c>
+      <x:c r="E103" s="0">
+        <x:v>3775.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="104" spans="1:5">
+      <x:c r="A104" s="1">
+        <x:v>45919.8403472222</x:v>
+      </x:c>
+      <x:c r="B104" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C104" s="0">
+        <x:v>5.42</x:v>
+      </x:c>
+      <x:c r="D104" s="0">
+        <x:v>3464.923</x:v>
+      </x:c>
+      <x:c r="E104" s="0">
+        <x:v>3705.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="105" spans="1:5">
+      <x:c r="A105" s="1">
+        <x:v>45918.8308796296</x:v>
+      </x:c>
+      <x:c r="B105" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C105" s="0">
+        <x:v>4.95</x:v>
+      </x:c>
+      <x:c r="D105" s="0">
+        <x:v>3439.21</x:v>
+      </x:c>
+      <x:c r="E105" s="0">
+        <x:v>3678.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="106" spans="1:5">
+      <x:c r="A106" s="1">
+        <x:v>45917.8346990741</x:v>
+      </x:c>
+      <x:c r="B106" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C106" s="0">
+        <x:v>5.74</x:v>
+      </x:c>
+      <x:c r="D106" s="0">
+        <x:v>3476.143</x:v>
+      </x:c>
+      <x:c r="E106" s="0">
+        <x:v>3717.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="107" spans="1:5">
+      <x:c r="A107" s="1">
         <x:v>45916.82375</x:v>
       </x:c>
-      <x:c r="B88" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C88" s="0">
+      <x:c r="B107" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C107" s="0">
         <x:v>5.9</x:v>
       </x:c>
-      <x:c r="D88" s="0">
+      <x:c r="D107" s="0">
         <x:v>3482.968</x:v>
       </x:c>
-      <x:c r="E88" s="0">
+      <x:c r="E107" s="0">
         <x:v>3725.1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>