--- v4 (2026-02-12)
+++ v5 (2026-03-08)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf89ab6803a5e4932" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4847c5fa14154fcca107aa9db874d3b7.psmdcp" Id="R028436f232244139" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R37511103f96a447b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e8a90b6c53ff4b62a1abf107183d0118.psmdcp" Id="Rd3c2ef9313d946f6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>DE000BB38BP7</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -390,1865 +390,2188 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E107"/>
+  <x:dimension ref="A1:E126"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>46064.8162152778</x:v>
+        <x:v>46087.8165162037</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
-        <x:v>1.74</x:v>
+        <x:v>1.19</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>4767.098</x:v>
+        <x:v>4823.384</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>5098.5</x:v>
+        <x:v>5158.7</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>46063.816400463</x:v>
+        <x:v>46086.8161805556</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
-        <x:v>1.48</x:v>
+        <x:v>0.99</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>4703.985</x:v>
+        <x:v>4748.584</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>5031</x:v>
+        <x:v>5078.7</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>46062.9109722222</x:v>
+        <x:v>46085.8162615741</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
-        <x:v>1.69</x:v>
+        <x:v>1.15</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>4749.239</x:v>
+        <x:v>4800.944</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>5079.4</x:v>
+        <x:v>5134.7</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>46062.8648842593</x:v>
+        <x:v>46084.8163773148</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
-        <x:v>1.69</x:v>
+        <x:v>1.12</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>4749.239</x:v>
+        <x:v>4790.66</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>5079.4</x:v>
+        <x:v>5123.7</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>46059.8655787037</x:v>
+        <x:v>46083.8163078704</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
-        <x:v>1.35</x:v>
+        <x:v>2.08</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>4656.113</x:v>
+        <x:v>4966.346</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>4979.8</x:v>
+        <x:v>5311.6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>46058.8171412037</x:v>
+        <x:v>46080.819837963</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
-        <x:v>1.09</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>4571.682</x:v>
+        <x:v>4906.786</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>4889.5</x:v>
+        <x:v>5247.9</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>46057.8355092593</x:v>
+        <x:v>46079.8165856482</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
-        <x:v>1.3</x:v>
+        <x:v>1.59</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>4628.998</x:v>
+        <x:v>4856.577</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>4950.8</x:v>
+        <x:v>5194.2</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>46056.8221759259</x:v>
+        <x:v>46078.8752083333</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
-        <x:v>0.75</x:v>
+        <x:v>1.73</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>4614.225</x:v>
+        <x:v>4886.497</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>4935</x:v>
+        <x:v>5226.2</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>46055.8181481482</x:v>
+        <x:v>46077.8168055556</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
-        <x:v>0.7</x:v>
+        <x:v>1.53</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>4350.181</x:v>
+        <x:v>4839.84</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>4652.6</x:v>
+        <x:v>5176.3</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>46055.3181134259</x:v>
+        <x:v>46076.8162152778</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C12" s="0">
-        <x:v>0.42</x:v>
+        <x:v>1.75</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>4140.928</x:v>
+        <x:v>4885.936</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>4428.8</x:v>
+        <x:v>5225.6</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>46052.8217476852</x:v>
+        <x:v>46073.8161921296</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0">
-        <x:v>3.15</x:v>
+        <x:v>1.28</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>4436.668</x:v>
+        <x:v>4750.642</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>4745.1</x:v>
+        <x:v>5080.9</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>46052.4474421296</x:v>
+        <x:v>46072.9091203704</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C14" s="0">
-        <x:v>9.82</x:v>
+        <x:v>1.05</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>4681.3</x:v>
+        <x:v>4672.569</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>5006.738</x:v>
+        <x:v>4997.4</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>46051.9028240741</x:v>
+        <x:v>46072.8718402778</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
-        <x:v>63.3</x:v>
+        <x:v>1.05</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>5006.738</x:v>
+        <x:v>4672.569</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>5354.8</x:v>
+        <x:v>4997.4</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>46051.8152314815</x:v>
+        <x:v>46072.8585185185</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C16" s="0">
-        <x:v>55.67</x:v>
+        <x:v>1.05</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>4958.866</x:v>
+        <x:v>4672.569</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>5303.6</x:v>
+        <x:v>4997.4</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>46050.8226157407</x:v>
+        <x:v>46072.8161921296</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C17" s="0">
-        <x:v>61.19</x:v>
+        <x:v>1.05</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>4993.087</x:v>
+        <x:v>4672.569</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>5340.2</x:v>
+        <x:v>4997.4</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>46050.8133796296</x:v>
+        <x:v>46071.8163773148</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="0">
-        <x:v>61.19</x:v>
+        <x:v>1.09</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>4993.087</x:v>
+        <x:v>4683.882</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>5340.2</x:v>
+        <x:v>5009.5</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>46049.8227083333</x:v>
+        <x:v>46070.8161689815</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C19" s="0">
-        <x:v>39.31</x:v>
+        <x:v>0.85</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>4787.761</x:v>
+        <x:v>4587.016</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>5120.6</x:v>
+        <x:v>4905.9</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
-        <x:v>46048.8231134259</x:v>
+        <x:v>46066.8163657407</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C20" s="0">
-        <x:v>39.52</x:v>
+        <x:v>1.35</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>4789.35</x:v>
+        <x:v>4718.29</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>5122.3</x:v>
+        <x:v>5046.3</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="1">
-        <x:v>46045.8273148148</x:v>
+        <x:v>46065.8162962963</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C21" s="0">
-        <x:v>31.12</x:v>
+        <x:v>1.07</x:v>
       </x:c>
       <x:c r="D21" s="0">
-        <x:v>4690.895</x:v>
+        <x:v>4626.754</x:v>
       </x:c>
       <x:c r="E21" s="0">
-        <x:v>4979.7</x:v>
+        <x:v>4948.4</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="1">
-        <x:v>46044.8500231481</x:v>
+        <x:v>46064.8162152778</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C22" s="0">
-        <x:v>26.5</x:v>
+        <x:v>1.74</x:v>
       </x:c>
       <x:c r="D22" s="0">
-        <x:v>4594.029</x:v>
+        <x:v>4767.098</x:v>
       </x:c>
       <x:c r="E22" s="0">
-        <x:v>4913.4</x:v>
+        <x:v>5098.5</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="1">
-        <x:v>46043.8455324074</x:v>
+        <x:v>46063.816400463</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C23" s="0">
-        <x:v>22.03</x:v>
+        <x:v>1.48</x:v>
       </x:c>
       <x:c r="D23" s="0">
-        <x:v>4523.062</x:v>
+        <x:v>4703.985</x:v>
       </x:c>
       <x:c r="E23" s="0">
-        <x:v>4837.5</x:v>
+        <x:v>5031</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="1">
-        <x:v>46042.8283333333</x:v>
+        <x:v>46062.9109722222</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C24" s="0">
-        <x:v>18.44</x:v>
+        <x:v>1.69</x:v>
       </x:c>
       <x:c r="D24" s="0">
-        <x:v>4456.023</x:v>
+        <x:v>4749.239</x:v>
       </x:c>
       <x:c r="E24" s="0">
-        <x:v>4765.8</x:v>
+        <x:v>5079.4</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="1">
-        <x:v>46038.8262615741</x:v>
+        <x:v>46062.8648842593</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C25" s="0">
-        <x:v>12.47</x:v>
+        <x:v>1.69</x:v>
       </x:c>
       <x:c r="D25" s="0">
-        <x:v>4296.699</x:v>
+        <x:v>4749.239</x:v>
       </x:c>
       <x:c r="E25" s="0">
-        <x:v>4595.4</x:v>
+        <x:v>5079.4</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="1">
-        <x:v>46037.8245717593</x:v>
+        <x:v>46059.8655787037</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C26" s="0">
-        <x:v>13.57</x:v>
+        <x:v>1.35</x:v>
       </x:c>
       <x:c r="D26" s="0">
-        <x:v>4323.16</x:v>
+        <x:v>4656.113</x:v>
       </x:c>
       <x:c r="E26" s="0">
-        <x:v>4623.7</x:v>
+        <x:v>4979.8</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="1">
-        <x:v>46036.824849537</x:v>
+        <x:v>46058.8171412037</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C27" s="0">
-        <x:v>14.05</x:v>
+        <x:v>1.09</x:v>
       </x:c>
       <x:c r="D27" s="0">
-        <x:v>4334.38</x:v>
+        <x:v>4571.682</x:v>
       </x:c>
       <x:c r="E27" s="0">
-        <x:v>4635.7</x:v>
+        <x:v>4889.5</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="1">
-        <x:v>46035.8275810185</x:v>
+        <x:v>46057.8355092593</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C28" s="0">
-        <x:v>12.75</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="D28" s="0">
-        <x:v>4300.158</x:v>
+        <x:v>4628.998</x:v>
       </x:c>
       <x:c r="E28" s="0">
-        <x:v>4599.1</x:v>
+        <x:v>4950.8</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="1">
-        <x:v>46034.8259375</x:v>
+        <x:v>46056.8221759259</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C29" s="0">
-        <x:v>13.35</x:v>
+        <x:v>0.75</x:v>
       </x:c>
       <x:c r="D29" s="0">
-        <x:v>4314.744</x:v>
+        <x:v>4614.225</x:v>
       </x:c>
       <x:c r="E29" s="0">
-        <x:v>4614.7</x:v>
+        <x:v>4935</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="1">
-        <x:v>46031.8225925926</x:v>
+        <x:v>46055.8181481482</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C30" s="0">
-        <x:v>10.07</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="D30" s="0">
-        <x:v>4208.342</x:v>
+        <x:v>4350.181</x:v>
       </x:c>
       <x:c r="E30" s="0">
-        <x:v>4500.9</x:v>
+        <x:v>4652.6</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="1">
-        <x:v>46030.8292592593</x:v>
+        <x:v>46055.3181134259</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C31" s="0">
-        <x:v>9.02</x:v>
+        <x:v>0.42</x:v>
       </x:c>
       <x:c r="D31" s="0">
-        <x:v>4170.754</x:v>
+        <x:v>4140.928</x:v>
       </x:c>
       <x:c r="E31" s="0">
-        <x:v>4460.7</x:v>
+        <x:v>4428.8</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="1">
-        <x:v>46029.8237037037</x:v>
+        <x:v>46052.8217476852</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C32" s="0">
-        <x:v>9.08</x:v>
+        <x:v>3.15</x:v>
       </x:c>
       <x:c r="D32" s="0">
-        <x:v>4172.438</x:v>
+        <x:v>4436.668</x:v>
       </x:c>
       <x:c r="E32" s="0">
-        <x:v>4462.5</x:v>
+        <x:v>4745.1</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="1">
-        <x:v>46028.8240972222</x:v>
+        <x:v>46052.4474421296</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C33" s="0">
-        <x:v>10.06</x:v>
+        <x:v>9.82</x:v>
       </x:c>
       <x:c r="D33" s="0">
-        <x:v>4203.854</x:v>
+        <x:v>4681.3</x:v>
       </x:c>
       <x:c r="E33" s="0">
-        <x:v>4496.1</x:v>
+        <x:v>5006.738</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="1">
-        <x:v>46027.8219097222</x:v>
+        <x:v>46051.9028240741</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C34" s="0">
-        <x:v>8.91</x:v>
+        <x:v>63.3</x:v>
       </x:c>
       <x:c r="D34" s="0">
-        <x:v>4162.152</x:v>
+        <x:v>5006.738</x:v>
       </x:c>
       <x:c r="E34" s="0">
-        <x:v>4451.5</x:v>
+        <x:v>5354.8</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="1">
-        <x:v>46024.8229976852</x:v>
+        <x:v>46051.8152314815</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C35" s="0">
-        <x:v>6.54</x:v>
+        <x:v>55.67</x:v>
       </x:c>
       <x:c r="D35" s="0">
-        <x:v>4048.176</x:v>
+        <x:v>4958.866</x:v>
       </x:c>
       <x:c r="E35" s="0">
-        <x:v>4329.6</x:v>
+        <x:v>5303.6</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="1">
-        <x:v>46021.8342708333</x:v>
+        <x:v>46050.8226157407</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C36" s="0">
-        <x:v>7.89</x:v>
+        <x:v>61.19</x:v>
       </x:c>
       <x:c r="D36" s="0">
-        <x:v>4101.19</x:v>
+        <x:v>4993.087</x:v>
       </x:c>
       <x:c r="E36" s="0">
-        <x:v>4386.3</x:v>
+        <x:v>5340.2</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="1">
-        <x:v>46020.8393171296</x:v>
+        <x:v>46050.8133796296</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C37" s="0">
-        <x:v>7</x:v>
+        <x:v>61.19</x:v>
       </x:c>
       <x:c r="D37" s="0">
-        <x:v>4061.266</x:v>
+        <x:v>4993.087</x:v>
       </x:c>
       <x:c r="E37" s="0">
-        <x:v>4343.6</x:v>
+        <x:v>5340.2</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="1">
-        <x:v>46014.8341898148</x:v>
+        <x:v>46049.8227083333</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C38" s="0">
-        <x:v>13.3</x:v>
+        <x:v>39.31</x:v>
       </x:c>
       <x:c r="D38" s="0">
-        <x:v>4212.83</x:v>
+        <x:v>4787.761</x:v>
       </x:c>
       <x:c r="E38" s="0">
-        <x:v>4505.7</x:v>
+        <x:v>5120.6</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="1">
-        <x:v>46013.830787037</x:v>
+        <x:v>46048.8231134259</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C39" s="0">
-        <x:v>12.04</x:v>
+        <x:v>39.52</x:v>
       </x:c>
       <x:c r="D39" s="0">
-        <x:v>4178.889</x:v>
+        <x:v>4789.35</x:v>
       </x:c>
       <x:c r="E39" s="0">
-        <x:v>4469.4</x:v>
+        <x:v>5122.3</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="1">
-        <x:v>46010.8267476852</x:v>
+        <x:v>46045.8273148148</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C40" s="0">
-        <x:v>9.7</x:v>
+        <x:v>31.12</x:v>
       </x:c>
       <x:c r="D40" s="0">
-        <x:v>4102.126</x:v>
+        <x:v>4690.895</x:v>
       </x:c>
       <x:c r="E40" s="0">
-        <x:v>4387.3</x:v>
+        <x:v>4979.7</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="1">
-        <x:v>46009.8283333333</x:v>
+        <x:v>46044.8500231481</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C41" s="0">
-        <x:v>9.1</x:v>
+        <x:v>26.5</x:v>
       </x:c>
       <x:c r="D41" s="0">
-        <x:v>4080.808</x:v>
+        <x:v>4594.029</x:v>
       </x:c>
       <x:c r="E41" s="0">
-        <x:v>4364.5</x:v>
+        <x:v>4913.4</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="1">
-        <x:v>46008.8262962963</x:v>
+        <x:v>46043.8455324074</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C42" s="0">
-        <x:v>9.37</x:v>
+        <x:v>22.03</x:v>
       </x:c>
       <x:c r="D42" s="0">
-        <x:v>4089.596</x:v>
+        <x:v>4523.062</x:v>
       </x:c>
       <x:c r="E42" s="0">
-        <x:v>4373.9</x:v>
+        <x:v>4837.5</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="1">
-        <x:v>46007.8233564815</x:v>
+        <x:v>46042.8283333333</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C43" s="0">
-        <x:v>8.33</x:v>
+        <x:v>18.44</x:v>
       </x:c>
       <x:c r="D43" s="0">
-        <x:v>4050.7</x:v>
+        <x:v>4456.023</x:v>
       </x:c>
       <x:c r="E43" s="0">
-        <x:v>4332.3</x:v>
+        <x:v>4765.8</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="1">
-        <x:v>46006.8309722222</x:v>
+        <x:v>46038.8262615741</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C44" s="0">
-        <x:v>8.42</x:v>
+        <x:v>12.47</x:v>
       </x:c>
       <x:c r="D44" s="0">
-        <x:v>4053.412</x:v>
+        <x:v>4296.699</x:v>
       </x:c>
       <x:c r="E44" s="0">
-        <x:v>4335.2</x:v>
+        <x:v>4595.4</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="1">
-        <x:v>46003.8253125</x:v>
+        <x:v>46037.8245717593</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C45" s="0">
-        <x:v>8.27</x:v>
+        <x:v>13.57</x:v>
       </x:c>
       <x:c r="D45" s="0">
-        <x:v>4046.96</x:v>
+        <x:v>4323.16</x:v>
       </x:c>
       <x:c r="E45" s="0">
-        <x:v>4328.3</x:v>
+        <x:v>4623.7</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="1">
-        <x:v>46002.8233564815</x:v>
+        <x:v>46036.824849537</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C46" s="0">
-        <x:v>7.91</x:v>
+        <x:v>14.05</x:v>
       </x:c>
       <x:c r="D46" s="0">
-        <x:v>4032.655</x:v>
+        <x:v>4334.38</x:v>
       </x:c>
       <x:c r="E46" s="0">
-        <x:v>4313</x:v>
+        <x:v>4635.7</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="1">
-        <x:v>46001.824849537</x:v>
+        <x:v>46035.8275810185</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C47" s="0">
-        <x:v>6.23</x:v>
+        <x:v>12.75</x:v>
       </x:c>
       <x:c r="D47" s="0">
-        <x:v>3950.094</x:v>
+        <x:v>4300.158</x:v>
       </x:c>
       <x:c r="E47" s="0">
-        <x:v>4224.7</x:v>
+        <x:v>4599.1</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5">
       <x:c r="A48" s="1">
-        <x:v>46000.8228009259</x:v>
+        <x:v>46034.8259375</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C48" s="0">
-        <x:v>6.46</x:v>
+        <x:v>13.35</x:v>
       </x:c>
       <x:c r="D48" s="0">
-        <x:v>3960.847</x:v>
+        <x:v>4314.744</x:v>
       </x:c>
       <x:c r="E48" s="0">
-        <x:v>4236.2</x:v>
+        <x:v>4614.7</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
       <x:c r="A49" s="1">
-        <x:v>45999.8272106481</x:v>
+        <x:v>46031.8225925926</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C49" s="0">
-        <x:v>6.12</x:v>
+        <x:v>10.07</x:v>
       </x:c>
       <x:c r="D49" s="0">
-        <x:v>3943.55</x:v>
+        <x:v>4208.342</x:v>
       </x:c>
       <x:c r="E49" s="0">
-        <x:v>4217.7</x:v>
+        <x:v>4500.9</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5">
       <x:c r="A50" s="1">
-        <x:v>45996.8263078704</x:v>
+        <x:v>46030.8292592593</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C50" s="0">
-        <x:v>6.65</x:v>
+        <x:v>9.02</x:v>
       </x:c>
       <x:c r="D50" s="0">
-        <x:v>3967.205</x:v>
+        <x:v>4170.754</x:v>
       </x:c>
       <x:c r="E50" s="0">
-        <x:v>4243</x:v>
+        <x:v>4460.7</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5">
       <x:c r="A51" s="1">
-        <x:v>45995.8232291667</x:v>
+        <x:v>46029.8237037037</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C51" s="0">
-        <x:v>6.66</x:v>
+        <x:v>9.08</x:v>
       </x:c>
       <x:c r="D51" s="0">
-        <x:v>3967.205</x:v>
+        <x:v>4172.438</x:v>
       </x:c>
       <x:c r="E51" s="0">
-        <x:v>4243</x:v>
+        <x:v>4462.5</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5">
       <x:c r="A52" s="1">
-        <x:v>45994.8237037037</x:v>
+        <x:v>46028.8240972222</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C52" s="0">
-        <x:v>6.46</x:v>
+        <x:v>10.06</x:v>
       </x:c>
       <x:c r="D52" s="0">
-        <x:v>3957.388</x:v>
+        <x:v>4203.854</x:v>
       </x:c>
       <x:c r="E52" s="0">
-        <x:v>4232.5</x:v>
+        <x:v>4496.1</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5">
       <x:c r="A53" s="1">
-        <x:v>45993.8229398148</x:v>
+        <x:v>46027.8219097222</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C53" s="0">
-        <x:v>6.24</x:v>
+        <x:v>8.91</x:v>
       </x:c>
       <x:c r="D53" s="0">
-        <x:v>3946.448</x:v>
+        <x:v>4162.152</x:v>
       </x:c>
       <x:c r="E53" s="0">
-        <x:v>4220.8</x:v>
+        <x:v>4451.5</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5">
       <x:c r="A54" s="1">
-        <x:v>45992.8242939815</x:v>
+        <x:v>46024.8229976852</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C54" s="0">
-        <x:v>7.47</x:v>
+        <x:v>6.54</x:v>
       </x:c>
       <x:c r="D54" s="0">
-        <x:v>3996.938</x:v>
+        <x:v>4048.176</x:v>
       </x:c>
       <x:c r="E54" s="0">
-        <x:v>4274.8</x:v>
+        <x:v>4329.6</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5">
       <x:c r="A55" s="1">
-        <x:v>45989.8354861111</x:v>
+        <x:v>46021.8342708333</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C55" s="0">
-        <x:v>7.06</x:v>
+        <x:v>7.89</x:v>
       </x:c>
       <x:c r="D55" s="0">
-        <x:v>3978.332</x:v>
+        <x:v>4101.19</x:v>
       </x:c>
       <x:c r="E55" s="0">
-        <x:v>4254.9</x:v>
+        <x:v>4386.3</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5">
       <x:c r="A56" s="1">
-        <x:v>45987.8265162037</x:v>
+        <x:v>46020.8393171296</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C56" s="0">
-        <x:v>6.09</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="D56" s="0">
-        <x:v>3929.15</x:v>
+        <x:v>4061.266</x:v>
       </x:c>
       <x:c r="E56" s="0">
-        <x:v>4202.3</x:v>
+        <x:v>4343.6</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:5">
       <x:c r="A57" s="1">
-        <x:v>45986.8420486111</x:v>
+        <x:v>46014.8341898148</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C57" s="0">
-        <x:v>5.65</x:v>
+        <x:v>13.3</x:v>
       </x:c>
       <x:c r="D57" s="0">
-        <x:v>3905.776</x:v>
+        <x:v>4212.83</x:v>
       </x:c>
       <x:c r="E57" s="0">
-        <x:v>4177.3</x:v>
+        <x:v>4505.7</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:5">
       <x:c r="A58" s="1">
-        <x:v>45985.8473032407</x:v>
+        <x:v>46013.830787037</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C58" s="0">
-        <x:v>4.93</x:v>
+        <x:v>12.04</x:v>
       </x:c>
       <x:c r="D58" s="0">
-        <x:v>3862.298</x:v>
+        <x:v>4178.889</x:v>
       </x:c>
       <x:c r="E58" s="0">
-        <x:v>4130.8</x:v>
+        <x:v>4469.4</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:5">
       <x:c r="A59" s="1">
-        <x:v>45982.8240972222</x:v>
+        <x:v>46010.8267476852</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C59" s="0">
-        <x:v>4.73</x:v>
+        <x:v>9.7</x:v>
       </x:c>
       <x:c r="D59" s="0">
-        <x:v>3848.46</x:v>
+        <x:v>4102.126</x:v>
       </x:c>
       <x:c r="E59" s="0">
-        <x:v>4116</x:v>
+        <x:v>4387.3</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:5">
       <x:c r="A60" s="1">
-        <x:v>45981.858912037</x:v>
+        <x:v>46009.8283333333</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C60" s="0">
-        <x:v>4.44</x:v>
+        <x:v>9.1</x:v>
       </x:c>
       <x:c r="D60" s="0">
-        <x:v>3829.48</x:v>
+        <x:v>4080.808</x:v>
       </x:c>
       <x:c r="E60" s="0">
-        <x:v>4060</x:v>
+        <x:v>4364.5</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:5">
       <x:c r="A61" s="1">
-        <x:v>45980.8244444444</x:v>
+        <x:v>46008.8262962963</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C61" s="0">
-        <x:v>4.8</x:v>
+        <x:v>9.37</x:v>
       </x:c>
       <x:c r="D61" s="0">
-        <x:v>3817.418</x:v>
+        <x:v>4089.596</x:v>
       </x:c>
       <x:c r="E61" s="0">
-        <x:v>4082.8</x:v>
+        <x:v>4373.9</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:5">
       <x:c r="A62" s="1">
-        <x:v>45979.8891898148</x:v>
+        <x:v>46007.8233564815</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C62" s="0">
-        <x:v>4.56</x:v>
+        <x:v>8.33</x:v>
       </x:c>
       <x:c r="D62" s="0">
-        <x:v>3802.178</x:v>
+        <x:v>4050.7</x:v>
       </x:c>
       <x:c r="E62" s="0">
-        <x:v>4066.5</x:v>
+        <x:v>4332.3</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:5">
       <x:c r="A63" s="1">
-        <x:v>45978.8251967593</x:v>
+        <x:v>46006.8309722222</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C63" s="0">
-        <x:v>4.69</x:v>
+        <x:v>8.42</x:v>
       </x:c>
       <x:c r="D63" s="0">
-        <x:v>3809.658</x:v>
+        <x:v>4053.412</x:v>
       </x:c>
       <x:c r="E63" s="0">
-        <x:v>4074.5</x:v>
+        <x:v>4335.2</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:5">
       <x:c r="A64" s="1">
-        <x:v>45975.8263078704</x:v>
+        <x:v>46003.8253125</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C64" s="0">
-        <x:v>5.02</x:v>
+        <x:v>8.27</x:v>
       </x:c>
       <x:c r="D64" s="0">
-        <x:v>3828.077</x:v>
+        <x:v>4046.96</x:v>
       </x:c>
       <x:c r="E64" s="0">
-        <x:v>4094.2</x:v>
+        <x:v>4328.3</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:5">
       <x:c r="A65" s="1">
-        <x:v>45974.8559606482</x:v>
+        <x:v>46002.8233564815</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C65" s="0">
-        <x:v>7.29</x:v>
+        <x:v>7.91</x:v>
       </x:c>
       <x:c r="D65" s="0">
-        <x:v>3921.858</x:v>
+        <x:v>4032.655</x:v>
       </x:c>
       <x:c r="E65" s="0">
-        <x:v>4194.5</x:v>
+        <x:v>4313</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:5">
       <x:c r="A66" s="1">
-        <x:v>45973.8250115741</x:v>
+        <x:v>46001.824849537</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C66" s="0">
-        <x:v>7.75</x:v>
+        <x:v>6.23</x:v>
       </x:c>
       <x:c r="D66" s="0">
-        <x:v>3939.716</x:v>
+        <x:v>3950.094</x:v>
       </x:c>
       <x:c r="E66" s="0">
-        <x:v>4213.6</x:v>
+        <x:v>4224.7</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:5">
       <x:c r="A67" s="1">
-        <x:v>45972.8325231482</x:v>
+        <x:v>46000.8228009259</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C67" s="0">
-        <x:v>5.94</x:v>
+        <x:v>6.46</x:v>
       </x:c>
       <x:c r="D67" s="0">
-        <x:v>3848.74</x:v>
+        <x:v>3960.847</x:v>
       </x:c>
       <x:c r="E67" s="0">
-        <x:v>4116.3</x:v>
+        <x:v>4236.2</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:5">
       <x:c r="A68" s="1">
-        <x:v>45971.8316087963</x:v>
+        <x:v>45999.8272106481</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C68" s="0">
-        <x:v>6.05</x:v>
+        <x:v>6.12</x:v>
       </x:c>
       <x:c r="D68" s="0">
-        <x:v>3854.07</x:v>
+        <x:v>3943.55</x:v>
       </x:c>
       <x:c r="E68" s="0">
-        <x:v>4122</x:v>
+        <x:v>4217.7</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:5">
       <x:c r="A69" s="1">
-        <x:v>45968.8265277778</x:v>
+        <x:v>45996.8263078704</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C69" s="0">
-        <x:v>4.45</x:v>
+        <x:v>6.65</x:v>
       </x:c>
       <x:c r="D69" s="0">
-        <x:v>3749.163</x:v>
+        <x:v>3967.205</x:v>
       </x:c>
       <x:c r="E69" s="0">
-        <x:v>4009.8</x:v>
+        <x:v>4243</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:5">
       <x:c r="A70" s="1">
-        <x:v>45967.8567361111</x:v>
+        <x:v>45995.8232291667</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C70" s="0">
-        <x:v>4.19</x:v>
+        <x:v>6.66</x:v>
       </x:c>
       <x:c r="D70" s="0">
-        <x:v>3731.585</x:v>
+        <x:v>3967.205</x:v>
       </x:c>
       <x:c r="E70" s="0">
-        <x:v>3991</x:v>
+        <x:v>4243</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:5">
       <x:c r="A71" s="1">
-        <x:v>45966.8257638889</x:v>
+        <x:v>45994.8237037037</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C71" s="0">
-        <x:v>4.22</x:v>
+        <x:v>6.46</x:v>
       </x:c>
       <x:c r="D71" s="0">
-        <x:v>3733.362</x:v>
+        <x:v>3957.388</x:v>
       </x:c>
       <x:c r="E71" s="0">
-        <x:v>3992.9</x:v>
+        <x:v>4232.5</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:5">
       <x:c r="A72" s="1">
-        <x:v>45965.8372800926</x:v>
+        <x:v>45993.8229398148</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C72" s="0">
-        <x:v>3.82</x:v>
+        <x:v>6.24</x:v>
       </x:c>
       <x:c r="D72" s="0">
-        <x:v>3703.068</x:v>
+        <x:v>3946.448</x:v>
       </x:c>
       <x:c r="E72" s="0">
-        <x:v>3960.5</x:v>
+        <x:v>4220.8</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:5">
       <x:c r="A73" s="1">
-        <x:v>45964.8250925926</x:v>
+        <x:v>45992.8242939815</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C73" s="0">
-        <x:v>4.63</x:v>
+        <x:v>7.47</x:v>
       </x:c>
       <x:c r="D73" s="0">
-        <x:v>3753.09</x:v>
+        <x:v>3996.938</x:v>
       </x:c>
       <x:c r="E73" s="0">
-        <x:v>4014</x:v>
+        <x:v>4274.8</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:5">
       <x:c r="A74" s="1">
-        <x:v>45961.7823032407</x:v>
+        <x:v>45989.8354861111</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C74" s="0">
-        <x:v>4.39</x:v>
+        <x:v>7.06</x:v>
       </x:c>
       <x:c r="D74" s="0">
-        <x:v>3736.728</x:v>
+        <x:v>3978.332</x:v>
       </x:c>
       <x:c r="E74" s="0">
-        <x:v>3996.5</x:v>
+        <x:v>4254.9</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:5">
       <x:c r="A75" s="1">
-        <x:v>45960.7838310185</x:v>
+        <x:v>45987.8265162037</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C75" s="0">
-        <x:v>4.69</x:v>
+        <x:v>6.09</x:v>
       </x:c>
       <x:c r="D75" s="0">
-        <x:v>3754.866</x:v>
+        <x:v>3929.15</x:v>
       </x:c>
       <x:c r="E75" s="0">
-        <x:v>4015.9</x:v>
+        <x:v>4202.3</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:5">
       <x:c r="A76" s="1">
-        <x:v>45959.7819212963</x:v>
+        <x:v>45986.8420486111</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C76" s="0">
-        <x:v>4.47</x:v>
+        <x:v>5.65</x:v>
       </x:c>
       <x:c r="D76" s="0">
-        <x:v>3740.654</x:v>
+        <x:v>3905.776</x:v>
       </x:c>
       <x:c r="E76" s="0">
-        <x:v>4000.7</x:v>
+        <x:v>4177.3</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:5">
       <x:c r="A77" s="1">
-        <x:v>45958.7844444444</x:v>
+        <x:v>45985.8473032407</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C77" s="0">
-        <x:v>4.23</x:v>
+        <x:v>4.93</x:v>
       </x:c>
       <x:c r="D77" s="0">
-        <x:v>3724.198</x:v>
+        <x:v>3862.298</x:v>
       </x:c>
       <x:c r="E77" s="0">
-        <x:v>3983.1</x:v>
+        <x:v>4130.8</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:5">
       <x:c r="A78" s="1">
-        <x:v>45957.7848263889</x:v>
+        <x:v>45982.8240972222</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C78" s="0">
-        <x:v>4.81</x:v>
+        <x:v>4.73</x:v>
       </x:c>
       <x:c r="D78" s="0">
-        <x:v>3758.42</x:v>
+        <x:v>3848.46</x:v>
       </x:c>
       <x:c r="E78" s="0">
-        <x:v>4019.7</x:v>
+        <x:v>4116</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:5">
       <x:c r="A79" s="1">
-        <x:v>45954.8273726852</x:v>
+        <x:v>45981.858912037</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C79" s="0">
-        <x:v>7.68</x:v>
+        <x:v>4.44</x:v>
       </x:c>
       <x:c r="D79" s="0">
-        <x:v>3868.843</x:v>
+        <x:v>3829.48</x:v>
       </x:c>
       <x:c r="E79" s="0">
-        <x:v>4137.8</x:v>
+        <x:v>4060</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:5">
       <x:c r="A80" s="1">
-        <x:v>45953.826412037</x:v>
+        <x:v>45980.8244444444</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C80" s="0">
-        <x:v>7.88</x:v>
+        <x:v>4.8</x:v>
       </x:c>
       <x:c r="D80" s="0">
-        <x:v>3876.136</x:v>
+        <x:v>3817.418</x:v>
       </x:c>
       <x:c r="E80" s="0">
-        <x:v>4145.6</x:v>
+        <x:v>4082.8</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:5">
       <x:c r="A81" s="1">
-        <x:v>45952.8312615741</x:v>
+        <x:v>45979.8891898148</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C81" s="0">
-        <x:v>6.28</x:v>
+        <x:v>4.56</x:v>
       </x:c>
       <x:c r="D81" s="0">
-        <x:v>3801.149</x:v>
+        <x:v>3802.178</x:v>
       </x:c>
       <x:c r="E81" s="0">
-        <x:v>4065.4</x:v>
+        <x:v>4066.5</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:5">
       <x:c r="A82" s="1">
-        <x:v>45951.8353240741</x:v>
+        <x:v>45978.8251967593</x:v>
       </x:c>
       <x:c r="B82" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C82" s="0">
-        <x:v>7.29</x:v>
+        <x:v>4.69</x:v>
       </x:c>
       <x:c r="D82" s="0">
-        <x:v>3842.008</x:v>
+        <x:v>3809.658</x:v>
       </x:c>
       <x:c r="E82" s="0">
-        <x:v>4109.1</x:v>
+        <x:v>4074.5</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:5">
       <x:c r="A83" s="1">
-        <x:v>45950.8514814815</x:v>
+        <x:v>45975.8263078704</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C83" s="0">
-        <x:v>28.86</x:v>
+        <x:v>5.02</x:v>
       </x:c>
       <x:c r="D83" s="0">
-        <x:v>4076.039</x:v>
+        <x:v>3828.077</x:v>
       </x:c>
       <x:c r="E83" s="0">
-        <x:v>4359.4</x:v>
+        <x:v>4094.2</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:5">
       <x:c r="A84" s="1">
-        <x:v>45947.8255902778</x:v>
+        <x:v>45974.8559606482</x:v>
       </x:c>
       <x:c r="B84" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C84" s="0">
-        <x:v>19.93</x:v>
+        <x:v>7.29</x:v>
       </x:c>
       <x:c r="D84" s="0">
-        <x:v>3939.436</x:v>
+        <x:v>3921.858</x:v>
       </x:c>
       <x:c r="E84" s="0">
-        <x:v>4213.3</x:v>
+        <x:v>4194.5</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:5">
       <x:c r="A85" s="1">
-        <x:v>45946.8237962963</x:v>
+        <x:v>45973.8250115741</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C85" s="0">
-        <x:v>27.56</x:v>
+        <x:v>7.75</x:v>
       </x:c>
       <x:c r="D85" s="0">
-        <x:v>4024.801</x:v>
+        <x:v>3939.716</x:v>
       </x:c>
       <x:c r="E85" s="0">
-        <x:v>4304.6</x:v>
+        <x:v>4213.6</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:5">
       <x:c r="A86" s="1">
-        <x:v>45945.8233796296</x:v>
+        <x:v>45972.8325231482</x:v>
       </x:c>
       <x:c r="B86" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C86" s="0">
-        <x:v>20.91</x:v>
+        <x:v>5.94</x:v>
       </x:c>
       <x:c r="D86" s="0">
-        <x:v>3928.496</x:v>
+        <x:v>3848.74</x:v>
       </x:c>
       <x:c r="E86" s="0">
-        <x:v>4201.6</x:v>
+        <x:v>4116.3</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:5">
       <x:c r="A87" s="1">
-        <x:v>45944.828287037</x:v>
+        <x:v>45971.8316087963</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C87" s="0">
-        <x:v>18.7</x:v>
+        <x:v>6.05</x:v>
       </x:c>
       <x:c r="D87" s="0">
-        <x:v>3892.779</x:v>
+        <x:v>3854.07</x:v>
       </x:c>
       <x:c r="E87" s="0">
-        <x:v>4163.4</x:v>
+        <x:v>4122</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:5">
       <x:c r="A88" s="1">
-        <x:v>45943.8403356482</x:v>
+        <x:v>45968.8265277778</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C88" s="0">
-        <x:v>17.08</x:v>
+        <x:v>4.45</x:v>
       </x:c>
       <x:c r="D88" s="0">
-        <x:v>3864.355</x:v>
+        <x:v>3749.163</x:v>
       </x:c>
       <x:c r="E88" s="0">
-        <x:v>4133</x:v>
+        <x:v>4009.8</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:5">
       <x:c r="A89" s="1">
-        <x:v>45940.8233449074</x:v>
+        <x:v>45967.8567361111</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C89" s="0">
-        <x:v>11.96</x:v>
+        <x:v>4.19</x:v>
       </x:c>
       <x:c r="D89" s="0">
-        <x:v>3740.374</x:v>
+        <x:v>3731.585</x:v>
       </x:c>
       <x:c r="E89" s="0">
-        <x:v>4000.4</x:v>
+        <x:v>3991</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:5">
       <x:c r="A90" s="1">
-        <x:v>45939.8284953704</x:v>
+        <x:v>45966.8257638889</x:v>
       </x:c>
       <x:c r="B90" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C90" s="0">
-        <x:v>10.98</x:v>
+        <x:v>4.22</x:v>
       </x:c>
       <x:c r="D90" s="0">
-        <x:v>3714.381</x:v>
+        <x:v>3733.362</x:v>
       </x:c>
       <x:c r="E90" s="0">
-        <x:v>3972.6</x:v>
+        <x:v>3992.9</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:5">
       <x:c r="A91" s="1">
-        <x:v>45938.8250115741</x:v>
+        <x:v>45965.8372800926</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C91" s="0">
-        <x:v>15.99</x:v>
+        <x:v>3.82</x:v>
       </x:c>
       <x:c r="D91" s="0">
-        <x:v>3805.918</x:v>
+        <x:v>3703.068</x:v>
       </x:c>
       <x:c r="E91" s="0">
-        <x:v>4070.5</x:v>
+        <x:v>3960.5</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:5">
       <x:c r="A92" s="1">
-        <x:v>45937.8252430556</x:v>
+        <x:v>45964.8250925926</x:v>
       </x:c>
       <x:c r="B92" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C92" s="0">
-        <x:v>13.18</x:v>
+        <x:v>4.63</x:v>
       </x:c>
       <x:c r="D92" s="0">
-        <x:v>3744.114</x:v>
+        <x:v>3753.09</x:v>
       </x:c>
       <x:c r="E92" s="0">
-        <x:v>4004.4</x:v>
+        <x:v>4014</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:5">
       <x:c r="A93" s="1">
-        <x:v>45936.8237268518</x:v>
+        <x:v>45961.7823032407</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C93" s="0">
-        <x:v>12.08</x:v>
+        <x:v>4.39</x:v>
       </x:c>
       <x:c r="D93" s="0">
-        <x:v>3717.84</x:v>
+        <x:v>3736.728</x:v>
       </x:c>
       <x:c r="E93" s="0">
-        <x:v>3976.3</x:v>
+        <x:v>3996.5</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:5">
       <x:c r="A94" s="1">
-        <x:v>45933.8235648148</x:v>
+        <x:v>45960.7838310185</x:v>
       </x:c>
       <x:c r="B94" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C94" s="0">
-        <x:v>9.89</x:v>
+        <x:v>4.69</x:v>
       </x:c>
       <x:c r="D94" s="0">
-        <x:v>3654.822</x:v>
+        <x:v>3754.866</x:v>
       </x:c>
       <x:c r="E94" s="0">
-        <x:v>3908.9</x:v>
+        <x:v>4015.9</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:5">
       <x:c r="A95" s="1">
-        <x:v>45932.824537037</x:v>
+        <x:v>45959.7819212963</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C95" s="0">
-        <x:v>8.7</x:v>
+        <x:v>4.47</x:v>
       </x:c>
       <x:c r="D95" s="0">
-        <x:v>3616.674</x:v>
+        <x:v>3740.654</x:v>
       </x:c>
       <x:c r="E95" s="0">
-        <x:v>3868.1</x:v>
+        <x:v>4000.7</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:5">
       <x:c r="A96" s="1">
-        <x:v>45931.8251041667</x:v>
+        <x:v>45958.7844444444</x:v>
       </x:c>
       <x:c r="B96" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C96" s="0">
-        <x:v>9.66</x:v>
+        <x:v>4.23</x:v>
       </x:c>
       <x:c r="D96" s="0">
-        <x:v>3644.162</x:v>
+        <x:v>3724.198</x:v>
       </x:c>
       <x:c r="E96" s="0">
-        <x:v>3897.5</x:v>
+        <x:v>3983.1</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:5">
       <x:c r="A97" s="1">
-        <x:v>45930.8239930556</x:v>
+        <x:v>45957.7848263889</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C97" s="0">
-        <x:v>8.94</x:v>
+        <x:v>4.81</x:v>
       </x:c>
       <x:c r="D97" s="0">
-        <x:v>3621.442</x:v>
+        <x:v>3758.42</x:v>
       </x:c>
       <x:c r="E97" s="0">
-        <x:v>3873.2</x:v>
+        <x:v>4019.7</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:5">
       <x:c r="A98" s="1">
-        <x:v>45929.8229398148</x:v>
+        <x:v>45954.8273726852</x:v>
       </x:c>
       <x:c r="B98" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C98" s="0">
-        <x:v>8.44</x:v>
+        <x:v>7.68</x:v>
       </x:c>
       <x:c r="D98" s="0">
-        <x:v>3604.612</x:v>
+        <x:v>3868.843</x:v>
       </x:c>
       <x:c r="E98" s="0">
-        <x:v>3855.2</x:v>
+        <x:v>4137.8</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:5">
       <x:c r="A99" s="1">
-        <x:v>45926.8238773148</x:v>
+        <x:v>45953.826412037</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C99" s="0">
-        <x:v>7.31</x:v>
+        <x:v>7.88</x:v>
       </x:c>
       <x:c r="D99" s="0">
-        <x:v>3561.415</x:v>
+        <x:v>3876.136</x:v>
       </x:c>
       <x:c r="E99" s="0">
-        <x:v>3809</x:v>
+        <x:v>4145.6</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:5">
       <x:c r="A100" s="1">
-        <x:v>45925.8238657407</x:v>
+        <x:v>45952.8312615741</x:v>
       </x:c>
       <x:c r="B100" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C100" s="0">
-        <x:v>6.47</x:v>
+        <x:v>6.28</x:v>
       </x:c>
       <x:c r="D100" s="0">
-        <x:v>3525.978</x:v>
+        <x:v>3801.149</x:v>
       </x:c>
       <x:c r="E100" s="0">
-        <x:v>3771.1</x:v>
+        <x:v>4065.4</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:5">
       <x:c r="A101" s="1">
-        <x:v>45924.8325347222</x:v>
+        <x:v>45951.8353240741</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C101" s="0">
-        <x:v>6.41</x:v>
+        <x:v>7.29</x:v>
       </x:c>
       <x:c r="D101" s="0">
-        <x:v>3523.174</x:v>
+        <x:v>3842.008</x:v>
       </x:c>
       <x:c r="E101" s="0">
-        <x:v>3768.1</x:v>
+        <x:v>4109.1</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:5">
       <x:c r="A102" s="1">
-        <x:v>45923.8421412037</x:v>
+        <x:v>45950.8514814815</x:v>
       </x:c>
       <x:c r="B102" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C102" s="0">
-        <x:v>7.66</x:v>
+        <x:v>28.86</x:v>
       </x:c>
       <x:c r="D102" s="0">
-        <x:v>3567.68</x:v>
+        <x:v>4076.039</x:v>
       </x:c>
       <x:c r="E102" s="0">
-        <x:v>3815.7</x:v>
+        <x:v>4359.4</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:5">
       <x:c r="A103" s="1">
-        <x:v>45922.8390625</x:v>
+        <x:v>45947.8255902778</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C103" s="0">
-        <x:v>6.72</x:v>
+        <x:v>19.93</x:v>
       </x:c>
       <x:c r="D103" s="0">
-        <x:v>3529.718</x:v>
+        <x:v>3939.436</x:v>
       </x:c>
       <x:c r="E103" s="0">
-        <x:v>3775.1</x:v>
+        <x:v>4213.3</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:5">
       <x:c r="A104" s="1">
-        <x:v>45919.8403472222</x:v>
+        <x:v>45946.8237962963</x:v>
       </x:c>
       <x:c r="B104" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C104" s="0">
-        <x:v>5.42</x:v>
+        <x:v>27.56</x:v>
       </x:c>
       <x:c r="D104" s="0">
-        <x:v>3464.923</x:v>
+        <x:v>4024.801</x:v>
       </x:c>
       <x:c r="E104" s="0">
-        <x:v>3705.8</x:v>
+        <x:v>4304.6</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:5">
       <x:c r="A105" s="1">
-        <x:v>45918.8308796296</x:v>
+        <x:v>45945.8233796296</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C105" s="0">
-        <x:v>4.95</x:v>
+        <x:v>20.91</x:v>
       </x:c>
       <x:c r="D105" s="0">
-        <x:v>3439.21</x:v>
+        <x:v>3928.496</x:v>
       </x:c>
       <x:c r="E105" s="0">
-        <x:v>3678.3</x:v>
+        <x:v>4201.6</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:5">
       <x:c r="A106" s="1">
-        <x:v>45917.8346990741</x:v>
+        <x:v>45944.828287037</x:v>
       </x:c>
       <x:c r="B106" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C106" s="0">
-        <x:v>5.74</x:v>
+        <x:v>18.7</x:v>
       </x:c>
       <x:c r="D106" s="0">
-        <x:v>3476.143</x:v>
+        <x:v>3892.779</x:v>
       </x:c>
       <x:c r="E106" s="0">
-        <x:v>3717.8</x:v>
+        <x:v>4163.4</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:5">
       <x:c r="A107" s="1">
+        <x:v>45943.8403356482</x:v>
+      </x:c>
+      <x:c r="B107" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C107" s="0">
+        <x:v>17.08</x:v>
+      </x:c>
+      <x:c r="D107" s="0">
+        <x:v>3864.355</x:v>
+      </x:c>
+      <x:c r="E107" s="0">
+        <x:v>4133</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="108" spans="1:5">
+      <x:c r="A108" s="1">
+        <x:v>45940.8233449074</x:v>
+      </x:c>
+      <x:c r="B108" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C108" s="0">
+        <x:v>11.96</x:v>
+      </x:c>
+      <x:c r="D108" s="0">
+        <x:v>3740.374</x:v>
+      </x:c>
+      <x:c r="E108" s="0">
+        <x:v>4000.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="109" spans="1:5">
+      <x:c r="A109" s="1">
+        <x:v>45939.8284953704</x:v>
+      </x:c>
+      <x:c r="B109" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C109" s="0">
+        <x:v>10.98</x:v>
+      </x:c>
+      <x:c r="D109" s="0">
+        <x:v>3714.381</x:v>
+      </x:c>
+      <x:c r="E109" s="0">
+        <x:v>3972.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="110" spans="1:5">
+      <x:c r="A110" s="1">
+        <x:v>45938.8250115741</x:v>
+      </x:c>
+      <x:c r="B110" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C110" s="0">
+        <x:v>15.99</x:v>
+      </x:c>
+      <x:c r="D110" s="0">
+        <x:v>3805.918</x:v>
+      </x:c>
+      <x:c r="E110" s="0">
+        <x:v>4070.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="111" spans="1:5">
+      <x:c r="A111" s="1">
+        <x:v>45937.8252430556</x:v>
+      </x:c>
+      <x:c r="B111" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C111" s="0">
+        <x:v>13.18</x:v>
+      </x:c>
+      <x:c r="D111" s="0">
+        <x:v>3744.114</x:v>
+      </x:c>
+      <x:c r="E111" s="0">
+        <x:v>4004.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="112" spans="1:5">
+      <x:c r="A112" s="1">
+        <x:v>45936.8237268518</x:v>
+      </x:c>
+      <x:c r="B112" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C112" s="0">
+        <x:v>12.08</x:v>
+      </x:c>
+      <x:c r="D112" s="0">
+        <x:v>3717.84</x:v>
+      </x:c>
+      <x:c r="E112" s="0">
+        <x:v>3976.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="113" spans="1:5">
+      <x:c r="A113" s="1">
+        <x:v>45933.8235648148</x:v>
+      </x:c>
+      <x:c r="B113" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C113" s="0">
+        <x:v>9.89</x:v>
+      </x:c>
+      <x:c r="D113" s="0">
+        <x:v>3654.822</x:v>
+      </x:c>
+      <x:c r="E113" s="0">
+        <x:v>3908.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="114" spans="1:5">
+      <x:c r="A114" s="1">
+        <x:v>45932.824537037</x:v>
+      </x:c>
+      <x:c r="B114" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C114" s="0">
+        <x:v>8.7</x:v>
+      </x:c>
+      <x:c r="D114" s="0">
+        <x:v>3616.674</x:v>
+      </x:c>
+      <x:c r="E114" s="0">
+        <x:v>3868.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="115" spans="1:5">
+      <x:c r="A115" s="1">
+        <x:v>45931.8251041667</x:v>
+      </x:c>
+      <x:c r="B115" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C115" s="0">
+        <x:v>9.66</x:v>
+      </x:c>
+      <x:c r="D115" s="0">
+        <x:v>3644.162</x:v>
+      </x:c>
+      <x:c r="E115" s="0">
+        <x:v>3897.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="116" spans="1:5">
+      <x:c r="A116" s="1">
+        <x:v>45930.8239930556</x:v>
+      </x:c>
+      <x:c r="B116" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C116" s="0">
+        <x:v>8.94</x:v>
+      </x:c>
+      <x:c r="D116" s="0">
+        <x:v>3621.442</x:v>
+      </x:c>
+      <x:c r="E116" s="0">
+        <x:v>3873.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="117" spans="1:5">
+      <x:c r="A117" s="1">
+        <x:v>45929.8229398148</x:v>
+      </x:c>
+      <x:c r="B117" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C117" s="0">
+        <x:v>8.44</x:v>
+      </x:c>
+      <x:c r="D117" s="0">
+        <x:v>3604.612</x:v>
+      </x:c>
+      <x:c r="E117" s="0">
+        <x:v>3855.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="118" spans="1:5">
+      <x:c r="A118" s="1">
+        <x:v>45926.8238773148</x:v>
+      </x:c>
+      <x:c r="B118" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C118" s="0">
+        <x:v>7.31</x:v>
+      </x:c>
+      <x:c r="D118" s="0">
+        <x:v>3561.415</x:v>
+      </x:c>
+      <x:c r="E118" s="0">
+        <x:v>3809</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="119" spans="1:5">
+      <x:c r="A119" s="1">
+        <x:v>45925.8238657407</x:v>
+      </x:c>
+      <x:c r="B119" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C119" s="0">
+        <x:v>6.47</x:v>
+      </x:c>
+      <x:c r="D119" s="0">
+        <x:v>3525.978</x:v>
+      </x:c>
+      <x:c r="E119" s="0">
+        <x:v>3771.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="120" spans="1:5">
+      <x:c r="A120" s="1">
+        <x:v>45924.8325347222</x:v>
+      </x:c>
+      <x:c r="B120" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C120" s="0">
+        <x:v>6.41</x:v>
+      </x:c>
+      <x:c r="D120" s="0">
+        <x:v>3523.174</x:v>
+      </x:c>
+      <x:c r="E120" s="0">
+        <x:v>3768.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="121" spans="1:5">
+      <x:c r="A121" s="1">
+        <x:v>45923.8421412037</x:v>
+      </x:c>
+      <x:c r="B121" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C121" s="0">
+        <x:v>7.66</x:v>
+      </x:c>
+      <x:c r="D121" s="0">
+        <x:v>3567.68</x:v>
+      </x:c>
+      <x:c r="E121" s="0">
+        <x:v>3815.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="122" spans="1:5">
+      <x:c r="A122" s="1">
+        <x:v>45922.8390625</x:v>
+      </x:c>
+      <x:c r="B122" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C122" s="0">
+        <x:v>6.72</x:v>
+      </x:c>
+      <x:c r="D122" s="0">
+        <x:v>3529.718</x:v>
+      </x:c>
+      <x:c r="E122" s="0">
+        <x:v>3775.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="123" spans="1:5">
+      <x:c r="A123" s="1">
+        <x:v>45919.8403472222</x:v>
+      </x:c>
+      <x:c r="B123" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C123" s="0">
+        <x:v>5.42</x:v>
+      </x:c>
+      <x:c r="D123" s="0">
+        <x:v>3464.923</x:v>
+      </x:c>
+      <x:c r="E123" s="0">
+        <x:v>3705.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="124" spans="1:5">
+      <x:c r="A124" s="1">
+        <x:v>45918.8308796296</x:v>
+      </x:c>
+      <x:c r="B124" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C124" s="0">
+        <x:v>4.95</x:v>
+      </x:c>
+      <x:c r="D124" s="0">
+        <x:v>3439.21</x:v>
+      </x:c>
+      <x:c r="E124" s="0">
+        <x:v>3678.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="125" spans="1:5">
+      <x:c r="A125" s="1">
+        <x:v>45917.8346990741</x:v>
+      </x:c>
+      <x:c r="B125" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C125" s="0">
+        <x:v>5.74</x:v>
+      </x:c>
+      <x:c r="D125" s="0">
+        <x:v>3476.143</x:v>
+      </x:c>
+      <x:c r="E125" s="0">
+        <x:v>3717.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="126" spans="1:5">
+      <x:c r="A126" s="1">
         <x:v>45916.82375</x:v>
       </x:c>
-      <x:c r="B107" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C107" s="0">
+      <x:c r="B126" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C126" s="0">
         <x:v>5.9</x:v>
       </x:c>
-      <x:c r="D107" s="0">
+      <x:c r="D126" s="0">
         <x:v>3482.968</x:v>
       </x:c>
-      <x:c r="E107" s="0">
+      <x:c r="E126" s="0">
         <x:v>3725.1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>