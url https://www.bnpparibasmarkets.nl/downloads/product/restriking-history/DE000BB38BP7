--- v5 (2026-03-08)
+++ v6 (2026-03-28)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R37511103f96a447b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e8a90b6c53ff4b62a1abf107183d0118.psmdcp" Id="Rd3c2ef9313d946f6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rba85630e9bbf4bf9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0e89d035117041bd9e1ed404237a6613.psmdcp" Id="R61598034236c4111" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>DE000BB38BP7</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -390,2188 +390,2477 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E126"/>
+  <x:dimension ref="A1:E143"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>46087.8165162037</x:v>
+        <x:v>46108.784537037</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
-        <x:v>1.19</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>4823.384</x:v>
+        <x:v>4230.22</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>5158.7</x:v>
+        <x:v>4524.3</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>46086.8161805556</x:v>
+        <x:v>46107.7810185185</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
-        <x:v>0.99</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>4748.584</x:v>
+        <x:v>4122.415</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>5078.7</x:v>
+        <x:v>4409</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>46085.8162615741</x:v>
+        <x:v>46106.8228356481</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
-        <x:v>1.15</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>4800.944</x:v>
+        <x:v>4287.442</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>5134.7</x:v>
+        <x:v>4585.5</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>46084.8163773148</x:v>
+        <x:v>46105.782037037</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
-        <x:v>1.12</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>4790.66</x:v>
+        <x:v>4145.884</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>5123.7</x:v>
+        <x:v>4402</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>46083.8163078704</x:v>
+        <x:v>46104.7827662037</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
-        <x:v>2.08</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>4966.346</x:v>
+        <x:v>4120.826</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>5311.6</x:v>
+        <x:v>4407.3</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>46080.819837963</x:v>
+        <x:v>46104.2966782407</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
-        <x:v>1.8</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>4906.786</x:v>
+        <x:v>3998.154</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>5247.9</x:v>
+        <x:v>4276.1</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>46079.8165856482</x:v>
+        <x:v>46101.7822106481</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
-        <x:v>1.59</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>4856.577</x:v>
+        <x:v>4277.532</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>5194.2</x:v>
+        <x:v>4574.9</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>46078.8752083333</x:v>
+        <x:v>46100.7845486111</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
-        <x:v>1.73</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>4886.497</x:v>
+        <x:v>4306.33</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>5226.2</x:v>
+        <x:v>4605.7</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>46077.8168055556</x:v>
+        <x:v>46100.5720023148</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
-        <x:v>1.53</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>4839.84</x:v>
+        <x:v>4280.38</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>5176.3</x:v>
+        <x:v>4577.947</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>46076.8162152778</x:v>
+        <x:v>46099.8486458333</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C12" s="0">
-        <x:v>1.75</x:v>
+        <x:v>0.51</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>4885.936</x:v>
+        <x:v>4577.947</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>5225.6</x:v>
+        <x:v>4896.2</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>46073.8161921296</x:v>
+        <x:v>46099.786400463</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0">
-        <x:v>1.28</x:v>
+        <x:v>0.51</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>4750.642</x:v>
+        <x:v>4577.947</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>5080.9</x:v>
+        <x:v>4896.2</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>46072.9091203704</x:v>
+        <x:v>46098.7806481481</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C14" s="0">
-        <x:v>1.05</x:v>
+        <x:v>0.72</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>4672.569</x:v>
+        <x:v>4682.667</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>4997.4</x:v>
+        <x:v>5008.2</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>46072.8718402778</x:v>
+        <x:v>46097.7845138889</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
-        <x:v>1.05</x:v>
+        <x:v>0.71</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>4672.569</x:v>
+        <x:v>4677.057</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>4997.4</x:v>
+        <x:v>5002.2</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>46072.8585185185</x:v>
+        <x:v>46094.7813310185</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C16" s="0">
-        <x:v>1.05</x:v>
+        <x:v>0.84</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>4672.569</x:v>
+        <x:v>4732.69</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>4997.4</x:v>
+        <x:v>5061.7</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>46072.8161921296</x:v>
+        <x:v>46093.7868055556</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C17" s="0">
-        <x:v>1.05</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>4672.569</x:v>
+        <x:v>4792.623</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>4997.4</x:v>
+        <x:v>5125.8</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>46071.8163773148</x:v>
+        <x:v>46091.8213425926</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="0">
-        <x:v>1.09</x:v>
+        <x:v>1.38</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>4683.882</x:v>
+        <x:v>4901.364</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>5009.5</x:v>
+        <x:v>5242.1</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>46070.8161689815</x:v>
+        <x:v>46090.784837963</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C19" s="0">
-        <x:v>0.85</x:v>
+        <x:v>1.02</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>4587.016</x:v>
+        <x:v>4771.96</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>4905.9</x:v>
+        <x:v>5103.7</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
-        <x:v>46066.8163657407</x:v>
+        <x:v>46087.8165162037</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C20" s="0">
-        <x:v>1.35</x:v>
+        <x:v>1.19</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>4718.29</x:v>
+        <x:v>4823.384</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>5046.3</x:v>
+        <x:v>5158.7</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="1">
-        <x:v>46065.8162962963</x:v>
+        <x:v>46086.8161805556</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C21" s="0">
-        <x:v>1.07</x:v>
+        <x:v>0.99</x:v>
       </x:c>
       <x:c r="D21" s="0">
-        <x:v>4626.754</x:v>
+        <x:v>4748.584</x:v>
       </x:c>
       <x:c r="E21" s="0">
-        <x:v>4948.4</x:v>
+        <x:v>5078.7</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="1">
-        <x:v>46064.8162152778</x:v>
+        <x:v>46085.8162615741</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C22" s="0">
-        <x:v>1.74</x:v>
+        <x:v>1.15</x:v>
       </x:c>
       <x:c r="D22" s="0">
-        <x:v>4767.098</x:v>
+        <x:v>4800.944</x:v>
       </x:c>
       <x:c r="E22" s="0">
-        <x:v>5098.5</x:v>
+        <x:v>5134.7</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="1">
-        <x:v>46063.816400463</x:v>
+        <x:v>46084.8163773148</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C23" s="0">
-        <x:v>1.48</x:v>
+        <x:v>1.12</x:v>
       </x:c>
       <x:c r="D23" s="0">
-        <x:v>4703.985</x:v>
+        <x:v>4790.66</x:v>
       </x:c>
       <x:c r="E23" s="0">
-        <x:v>5031</x:v>
+        <x:v>5123.7</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="1">
-        <x:v>46062.9109722222</x:v>
+        <x:v>46083.8163078704</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C24" s="0">
-        <x:v>1.69</x:v>
+        <x:v>2.08</x:v>
       </x:c>
       <x:c r="D24" s="0">
-        <x:v>4749.239</x:v>
+        <x:v>4966.346</x:v>
       </x:c>
       <x:c r="E24" s="0">
-        <x:v>5079.4</x:v>
+        <x:v>5311.6</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="1">
-        <x:v>46062.8648842593</x:v>
+        <x:v>46080.819837963</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C25" s="0">
-        <x:v>1.69</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="D25" s="0">
-        <x:v>4749.239</x:v>
+        <x:v>4906.786</x:v>
       </x:c>
       <x:c r="E25" s="0">
-        <x:v>5079.4</x:v>
+        <x:v>5247.9</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="1">
-        <x:v>46059.8655787037</x:v>
+        <x:v>46079.8165856482</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C26" s="0">
-        <x:v>1.35</x:v>
+        <x:v>1.59</x:v>
       </x:c>
       <x:c r="D26" s="0">
-        <x:v>4656.113</x:v>
+        <x:v>4856.577</x:v>
       </x:c>
       <x:c r="E26" s="0">
-        <x:v>4979.8</x:v>
+        <x:v>5194.2</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="1">
-        <x:v>46058.8171412037</x:v>
+        <x:v>46078.8752083333</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C27" s="0">
-        <x:v>1.09</x:v>
+        <x:v>1.73</x:v>
       </x:c>
       <x:c r="D27" s="0">
-        <x:v>4571.682</x:v>
+        <x:v>4886.497</x:v>
       </x:c>
       <x:c r="E27" s="0">
-        <x:v>4889.5</x:v>
+        <x:v>5226.2</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="1">
-        <x:v>46057.8355092593</x:v>
+        <x:v>46077.8168055556</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C28" s="0">
-        <x:v>1.3</x:v>
+        <x:v>1.53</x:v>
       </x:c>
       <x:c r="D28" s="0">
-        <x:v>4628.998</x:v>
+        <x:v>4839.84</x:v>
       </x:c>
       <x:c r="E28" s="0">
-        <x:v>4950.8</x:v>
+        <x:v>5176.3</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="1">
-        <x:v>46056.8221759259</x:v>
+        <x:v>46076.8162152778</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C29" s="0">
-        <x:v>0.75</x:v>
+        <x:v>1.75</x:v>
       </x:c>
       <x:c r="D29" s="0">
-        <x:v>4614.225</x:v>
+        <x:v>4885.936</x:v>
       </x:c>
       <x:c r="E29" s="0">
-        <x:v>4935</x:v>
+        <x:v>5225.6</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="1">
-        <x:v>46055.8181481482</x:v>
+        <x:v>46073.8161921296</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C30" s="0">
-        <x:v>0.7</x:v>
+        <x:v>1.28</x:v>
       </x:c>
       <x:c r="D30" s="0">
-        <x:v>4350.181</x:v>
+        <x:v>4750.642</x:v>
       </x:c>
       <x:c r="E30" s="0">
-        <x:v>4652.6</x:v>
+        <x:v>5080.9</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="1">
-        <x:v>46055.3181134259</x:v>
+        <x:v>46072.9091203704</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C31" s="0">
-        <x:v>0.42</x:v>
+        <x:v>1.05</x:v>
       </x:c>
       <x:c r="D31" s="0">
-        <x:v>4140.928</x:v>
+        <x:v>4672.569</x:v>
       </x:c>
       <x:c r="E31" s="0">
-        <x:v>4428.8</x:v>
+        <x:v>4997.4</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="1">
-        <x:v>46052.8217476852</x:v>
+        <x:v>46072.8718402778</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C32" s="0">
-        <x:v>3.15</x:v>
+        <x:v>1.05</x:v>
       </x:c>
       <x:c r="D32" s="0">
-        <x:v>4436.668</x:v>
+        <x:v>4672.569</x:v>
       </x:c>
       <x:c r="E32" s="0">
-        <x:v>4745.1</x:v>
+        <x:v>4997.4</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="1">
-        <x:v>46052.4474421296</x:v>
+        <x:v>46072.8585185185</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C33" s="0">
-        <x:v>9.82</x:v>
+        <x:v>1.05</x:v>
       </x:c>
       <x:c r="D33" s="0">
-        <x:v>4681.3</x:v>
+        <x:v>4672.569</x:v>
       </x:c>
       <x:c r="E33" s="0">
-        <x:v>5006.738</x:v>
+        <x:v>4997.4</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="1">
-        <x:v>46051.9028240741</x:v>
+        <x:v>46072.8161921296</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C34" s="0">
-        <x:v>63.3</x:v>
+        <x:v>1.05</x:v>
       </x:c>
       <x:c r="D34" s="0">
-        <x:v>5006.738</x:v>
+        <x:v>4672.569</x:v>
       </x:c>
       <x:c r="E34" s="0">
-        <x:v>5354.8</x:v>
+        <x:v>4997.4</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="1">
-        <x:v>46051.8152314815</x:v>
+        <x:v>46071.8163773148</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C35" s="0">
-        <x:v>55.67</x:v>
+        <x:v>1.09</x:v>
       </x:c>
       <x:c r="D35" s="0">
-        <x:v>4958.866</x:v>
+        <x:v>4683.882</x:v>
       </x:c>
       <x:c r="E35" s="0">
-        <x:v>5303.6</x:v>
+        <x:v>5009.5</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="1">
-        <x:v>46050.8226157407</x:v>
+        <x:v>46070.8161689815</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C36" s="0">
-        <x:v>61.19</x:v>
+        <x:v>0.85</x:v>
       </x:c>
       <x:c r="D36" s="0">
-        <x:v>4993.087</x:v>
+        <x:v>4587.016</x:v>
       </x:c>
       <x:c r="E36" s="0">
-        <x:v>5340.2</x:v>
+        <x:v>4905.9</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="1">
-        <x:v>46050.8133796296</x:v>
+        <x:v>46066.8163657407</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C37" s="0">
-        <x:v>61.19</x:v>
+        <x:v>1.35</x:v>
       </x:c>
       <x:c r="D37" s="0">
-        <x:v>4993.087</x:v>
+        <x:v>4718.29</x:v>
       </x:c>
       <x:c r="E37" s="0">
-        <x:v>5340.2</x:v>
+        <x:v>5046.3</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="1">
-        <x:v>46049.8227083333</x:v>
+        <x:v>46065.8162962963</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C38" s="0">
-        <x:v>39.31</x:v>
+        <x:v>1.07</x:v>
       </x:c>
       <x:c r="D38" s="0">
-        <x:v>4787.761</x:v>
+        <x:v>4626.754</x:v>
       </x:c>
       <x:c r="E38" s="0">
-        <x:v>5120.6</x:v>
+        <x:v>4948.4</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="1">
-        <x:v>46048.8231134259</x:v>
+        <x:v>46064.8162152778</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C39" s="0">
-        <x:v>39.52</x:v>
+        <x:v>1.74</x:v>
       </x:c>
       <x:c r="D39" s="0">
-        <x:v>4789.35</x:v>
+        <x:v>4767.098</x:v>
       </x:c>
       <x:c r="E39" s="0">
-        <x:v>5122.3</x:v>
+        <x:v>5098.5</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="1">
-        <x:v>46045.8273148148</x:v>
+        <x:v>46063.816400463</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C40" s="0">
-        <x:v>31.12</x:v>
+        <x:v>1.48</x:v>
       </x:c>
       <x:c r="D40" s="0">
-        <x:v>4690.895</x:v>
+        <x:v>4703.985</x:v>
       </x:c>
       <x:c r="E40" s="0">
-        <x:v>4979.7</x:v>
+        <x:v>5031</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="1">
-        <x:v>46044.8500231481</x:v>
+        <x:v>46062.9109722222</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C41" s="0">
-        <x:v>26.5</x:v>
+        <x:v>1.69</x:v>
       </x:c>
       <x:c r="D41" s="0">
-        <x:v>4594.029</x:v>
+        <x:v>4749.239</x:v>
       </x:c>
       <x:c r="E41" s="0">
-        <x:v>4913.4</x:v>
+        <x:v>5079.4</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="1">
-        <x:v>46043.8455324074</x:v>
+        <x:v>46062.8648842593</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C42" s="0">
-        <x:v>22.03</x:v>
+        <x:v>1.69</x:v>
       </x:c>
       <x:c r="D42" s="0">
-        <x:v>4523.062</x:v>
+        <x:v>4749.239</x:v>
       </x:c>
       <x:c r="E42" s="0">
-        <x:v>4837.5</x:v>
+        <x:v>5079.4</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="1">
-        <x:v>46042.8283333333</x:v>
+        <x:v>46059.8655787037</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C43" s="0">
-        <x:v>18.44</x:v>
+        <x:v>1.35</x:v>
       </x:c>
       <x:c r="D43" s="0">
-        <x:v>4456.023</x:v>
+        <x:v>4656.113</x:v>
       </x:c>
       <x:c r="E43" s="0">
-        <x:v>4765.8</x:v>
+        <x:v>4979.8</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="1">
-        <x:v>46038.8262615741</x:v>
+        <x:v>46058.8171412037</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C44" s="0">
-        <x:v>12.47</x:v>
+        <x:v>1.09</x:v>
       </x:c>
       <x:c r="D44" s="0">
-        <x:v>4296.699</x:v>
+        <x:v>4571.682</x:v>
       </x:c>
       <x:c r="E44" s="0">
-        <x:v>4595.4</x:v>
+        <x:v>4889.5</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="1">
-        <x:v>46037.8245717593</x:v>
+        <x:v>46057.8355092593</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C45" s="0">
-        <x:v>13.57</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="D45" s="0">
-        <x:v>4323.16</x:v>
+        <x:v>4628.998</x:v>
       </x:c>
       <x:c r="E45" s="0">
-        <x:v>4623.7</x:v>
+        <x:v>4950.8</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="1">
-        <x:v>46036.824849537</x:v>
+        <x:v>46056.8221759259</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C46" s="0">
-        <x:v>14.05</x:v>
+        <x:v>0.75</x:v>
       </x:c>
       <x:c r="D46" s="0">
-        <x:v>4334.38</x:v>
+        <x:v>4614.225</x:v>
       </x:c>
       <x:c r="E46" s="0">
-        <x:v>4635.7</x:v>
+        <x:v>4935</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="1">
-        <x:v>46035.8275810185</x:v>
+        <x:v>46055.8181481482</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C47" s="0">
-        <x:v>12.75</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="D47" s="0">
-        <x:v>4300.158</x:v>
+        <x:v>4350.181</x:v>
       </x:c>
       <x:c r="E47" s="0">
-        <x:v>4599.1</x:v>
+        <x:v>4652.6</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5">
       <x:c r="A48" s="1">
-        <x:v>46034.8259375</x:v>
+        <x:v>46055.3181134259</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C48" s="0">
-        <x:v>13.35</x:v>
+        <x:v>0.42</x:v>
       </x:c>
       <x:c r="D48" s="0">
-        <x:v>4314.744</x:v>
+        <x:v>4140.928</x:v>
       </x:c>
       <x:c r="E48" s="0">
-        <x:v>4614.7</x:v>
+        <x:v>4428.8</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
       <x:c r="A49" s="1">
-        <x:v>46031.8225925926</x:v>
+        <x:v>46052.8217476852</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C49" s="0">
-        <x:v>10.07</x:v>
+        <x:v>3.15</x:v>
       </x:c>
       <x:c r="D49" s="0">
-        <x:v>4208.342</x:v>
+        <x:v>4436.668</x:v>
       </x:c>
       <x:c r="E49" s="0">
-        <x:v>4500.9</x:v>
+        <x:v>4745.1</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5">
       <x:c r="A50" s="1">
-        <x:v>46030.8292592593</x:v>
+        <x:v>46052.4474421296</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C50" s="0">
-        <x:v>9.02</x:v>
+        <x:v>9.82</x:v>
       </x:c>
       <x:c r="D50" s="0">
-        <x:v>4170.754</x:v>
+        <x:v>4681.3</x:v>
       </x:c>
       <x:c r="E50" s="0">
-        <x:v>4460.7</x:v>
+        <x:v>5006.738</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5">
       <x:c r="A51" s="1">
-        <x:v>46029.8237037037</x:v>
+        <x:v>46051.9028240741</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C51" s="0">
-        <x:v>9.08</x:v>
+        <x:v>63.3</x:v>
       </x:c>
       <x:c r="D51" s="0">
-        <x:v>4172.438</x:v>
+        <x:v>5006.738</x:v>
       </x:c>
       <x:c r="E51" s="0">
-        <x:v>4462.5</x:v>
+        <x:v>5354.8</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5">
       <x:c r="A52" s="1">
-        <x:v>46028.8240972222</x:v>
+        <x:v>46051.8152314815</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C52" s="0">
-        <x:v>10.06</x:v>
+        <x:v>55.67</x:v>
       </x:c>
       <x:c r="D52" s="0">
-        <x:v>4203.854</x:v>
+        <x:v>4958.866</x:v>
       </x:c>
       <x:c r="E52" s="0">
-        <x:v>4496.1</x:v>
+        <x:v>5303.6</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5">
       <x:c r="A53" s="1">
-        <x:v>46027.8219097222</x:v>
+        <x:v>46050.8226157407</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C53" s="0">
-        <x:v>8.91</x:v>
+        <x:v>61.19</x:v>
       </x:c>
       <x:c r="D53" s="0">
-        <x:v>4162.152</x:v>
+        <x:v>4993.087</x:v>
       </x:c>
       <x:c r="E53" s="0">
-        <x:v>4451.5</x:v>
+        <x:v>5340.2</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5">
       <x:c r="A54" s="1">
-        <x:v>46024.8229976852</x:v>
+        <x:v>46050.8133796296</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C54" s="0">
-        <x:v>6.54</x:v>
+        <x:v>61.19</x:v>
       </x:c>
       <x:c r="D54" s="0">
-        <x:v>4048.176</x:v>
+        <x:v>4993.087</x:v>
       </x:c>
       <x:c r="E54" s="0">
-        <x:v>4329.6</x:v>
+        <x:v>5340.2</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5">
       <x:c r="A55" s="1">
-        <x:v>46021.8342708333</x:v>
+        <x:v>46049.8227083333</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C55" s="0">
-        <x:v>7.89</x:v>
+        <x:v>39.31</x:v>
       </x:c>
       <x:c r="D55" s="0">
-        <x:v>4101.19</x:v>
+        <x:v>4787.761</x:v>
       </x:c>
       <x:c r="E55" s="0">
-        <x:v>4386.3</x:v>
+        <x:v>5120.6</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5">
       <x:c r="A56" s="1">
-        <x:v>46020.8393171296</x:v>
+        <x:v>46048.8231134259</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C56" s="0">
-        <x:v>7</x:v>
+        <x:v>39.52</x:v>
       </x:c>
       <x:c r="D56" s="0">
-        <x:v>4061.266</x:v>
+        <x:v>4789.35</x:v>
       </x:c>
       <x:c r="E56" s="0">
-        <x:v>4343.6</x:v>
+        <x:v>5122.3</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:5">
       <x:c r="A57" s="1">
-        <x:v>46014.8341898148</x:v>
+        <x:v>46045.8273148148</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C57" s="0">
-        <x:v>13.3</x:v>
+        <x:v>31.12</x:v>
       </x:c>
       <x:c r="D57" s="0">
-        <x:v>4212.83</x:v>
+        <x:v>4690.895</x:v>
       </x:c>
       <x:c r="E57" s="0">
-        <x:v>4505.7</x:v>
+        <x:v>4979.7</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:5">
       <x:c r="A58" s="1">
-        <x:v>46013.830787037</x:v>
+        <x:v>46044.8500231481</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C58" s="0">
-        <x:v>12.04</x:v>
+        <x:v>26.5</x:v>
       </x:c>
       <x:c r="D58" s="0">
-        <x:v>4178.889</x:v>
+        <x:v>4594.029</x:v>
       </x:c>
       <x:c r="E58" s="0">
-        <x:v>4469.4</x:v>
+        <x:v>4913.4</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:5">
       <x:c r="A59" s="1">
-        <x:v>46010.8267476852</x:v>
+        <x:v>46043.8455324074</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C59" s="0">
-        <x:v>9.7</x:v>
+        <x:v>22.03</x:v>
       </x:c>
       <x:c r="D59" s="0">
-        <x:v>4102.126</x:v>
+        <x:v>4523.062</x:v>
       </x:c>
       <x:c r="E59" s="0">
-        <x:v>4387.3</x:v>
+        <x:v>4837.5</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:5">
       <x:c r="A60" s="1">
-        <x:v>46009.8283333333</x:v>
+        <x:v>46042.8283333333</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C60" s="0">
-        <x:v>9.1</x:v>
+        <x:v>18.44</x:v>
       </x:c>
       <x:c r="D60" s="0">
-        <x:v>4080.808</x:v>
+        <x:v>4456.023</x:v>
       </x:c>
       <x:c r="E60" s="0">
-        <x:v>4364.5</x:v>
+        <x:v>4765.8</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:5">
       <x:c r="A61" s="1">
-        <x:v>46008.8262962963</x:v>
+        <x:v>46038.8262615741</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C61" s="0">
-        <x:v>9.37</x:v>
+        <x:v>12.47</x:v>
       </x:c>
       <x:c r="D61" s="0">
-        <x:v>4089.596</x:v>
+        <x:v>4296.699</x:v>
       </x:c>
       <x:c r="E61" s="0">
-        <x:v>4373.9</x:v>
+        <x:v>4595.4</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:5">
       <x:c r="A62" s="1">
-        <x:v>46007.8233564815</x:v>
+        <x:v>46037.8245717593</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C62" s="0">
-        <x:v>8.33</x:v>
+        <x:v>13.57</x:v>
       </x:c>
       <x:c r="D62" s="0">
-        <x:v>4050.7</x:v>
+        <x:v>4323.16</x:v>
       </x:c>
       <x:c r="E62" s="0">
-        <x:v>4332.3</x:v>
+        <x:v>4623.7</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:5">
       <x:c r="A63" s="1">
-        <x:v>46006.8309722222</x:v>
+        <x:v>46036.824849537</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C63" s="0">
-        <x:v>8.42</x:v>
+        <x:v>14.05</x:v>
       </x:c>
       <x:c r="D63" s="0">
-        <x:v>4053.412</x:v>
+        <x:v>4334.38</x:v>
       </x:c>
       <x:c r="E63" s="0">
-        <x:v>4335.2</x:v>
+        <x:v>4635.7</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:5">
       <x:c r="A64" s="1">
-        <x:v>46003.8253125</x:v>
+        <x:v>46035.8275810185</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C64" s="0">
-        <x:v>8.27</x:v>
+        <x:v>12.75</x:v>
       </x:c>
       <x:c r="D64" s="0">
-        <x:v>4046.96</x:v>
+        <x:v>4300.158</x:v>
       </x:c>
       <x:c r="E64" s="0">
-        <x:v>4328.3</x:v>
+        <x:v>4599.1</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:5">
       <x:c r="A65" s="1">
-        <x:v>46002.8233564815</x:v>
+        <x:v>46034.8259375</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C65" s="0">
-        <x:v>7.91</x:v>
+        <x:v>13.35</x:v>
       </x:c>
       <x:c r="D65" s="0">
-        <x:v>4032.655</x:v>
+        <x:v>4314.744</x:v>
       </x:c>
       <x:c r="E65" s="0">
-        <x:v>4313</x:v>
+        <x:v>4614.7</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:5">
       <x:c r="A66" s="1">
-        <x:v>46001.824849537</x:v>
+        <x:v>46031.8225925926</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C66" s="0">
-        <x:v>6.23</x:v>
+        <x:v>10.07</x:v>
       </x:c>
       <x:c r="D66" s="0">
-        <x:v>3950.094</x:v>
+        <x:v>4208.342</x:v>
       </x:c>
       <x:c r="E66" s="0">
-        <x:v>4224.7</x:v>
+        <x:v>4500.9</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:5">
       <x:c r="A67" s="1">
-        <x:v>46000.8228009259</x:v>
+        <x:v>46030.8292592593</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C67" s="0">
-        <x:v>6.46</x:v>
+        <x:v>9.02</x:v>
       </x:c>
       <x:c r="D67" s="0">
-        <x:v>3960.847</x:v>
+        <x:v>4170.754</x:v>
       </x:c>
       <x:c r="E67" s="0">
-        <x:v>4236.2</x:v>
+        <x:v>4460.7</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:5">
       <x:c r="A68" s="1">
-        <x:v>45999.8272106481</x:v>
+        <x:v>46029.8237037037</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C68" s="0">
-        <x:v>6.12</x:v>
+        <x:v>9.08</x:v>
       </x:c>
       <x:c r="D68" s="0">
-        <x:v>3943.55</x:v>
+        <x:v>4172.438</x:v>
       </x:c>
       <x:c r="E68" s="0">
-        <x:v>4217.7</x:v>
+        <x:v>4462.5</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:5">
       <x:c r="A69" s="1">
-        <x:v>45996.8263078704</x:v>
+        <x:v>46028.8240972222</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C69" s="0">
-        <x:v>6.65</x:v>
+        <x:v>10.06</x:v>
       </x:c>
       <x:c r="D69" s="0">
-        <x:v>3967.205</x:v>
+        <x:v>4203.854</x:v>
       </x:c>
       <x:c r="E69" s="0">
-        <x:v>4243</x:v>
+        <x:v>4496.1</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:5">
       <x:c r="A70" s="1">
-        <x:v>45995.8232291667</x:v>
+        <x:v>46027.8219097222</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C70" s="0">
-        <x:v>6.66</x:v>
+        <x:v>8.91</x:v>
       </x:c>
       <x:c r="D70" s="0">
-        <x:v>3967.205</x:v>
+        <x:v>4162.152</x:v>
       </x:c>
       <x:c r="E70" s="0">
-        <x:v>4243</x:v>
+        <x:v>4451.5</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:5">
       <x:c r="A71" s="1">
-        <x:v>45994.8237037037</x:v>
+        <x:v>46024.8229976852</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C71" s="0">
-        <x:v>6.46</x:v>
+        <x:v>6.54</x:v>
       </x:c>
       <x:c r="D71" s="0">
-        <x:v>3957.388</x:v>
+        <x:v>4048.176</x:v>
       </x:c>
       <x:c r="E71" s="0">
-        <x:v>4232.5</x:v>
+        <x:v>4329.6</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:5">
       <x:c r="A72" s="1">
-        <x:v>45993.8229398148</x:v>
+        <x:v>46021.8342708333</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C72" s="0">
-        <x:v>6.24</x:v>
+        <x:v>7.89</x:v>
       </x:c>
       <x:c r="D72" s="0">
-        <x:v>3946.448</x:v>
+        <x:v>4101.19</x:v>
       </x:c>
       <x:c r="E72" s="0">
-        <x:v>4220.8</x:v>
+        <x:v>4386.3</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:5">
       <x:c r="A73" s="1">
-        <x:v>45992.8242939815</x:v>
+        <x:v>46020.8393171296</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C73" s="0">
-        <x:v>7.47</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="D73" s="0">
-        <x:v>3996.938</x:v>
+        <x:v>4061.266</x:v>
       </x:c>
       <x:c r="E73" s="0">
-        <x:v>4274.8</x:v>
+        <x:v>4343.6</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:5">
       <x:c r="A74" s="1">
-        <x:v>45989.8354861111</x:v>
+        <x:v>46014.8341898148</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C74" s="0">
-        <x:v>7.06</x:v>
+        <x:v>13.3</x:v>
       </x:c>
       <x:c r="D74" s="0">
-        <x:v>3978.332</x:v>
+        <x:v>4212.83</x:v>
       </x:c>
       <x:c r="E74" s="0">
-        <x:v>4254.9</x:v>
+        <x:v>4505.7</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:5">
       <x:c r="A75" s="1">
-        <x:v>45987.8265162037</x:v>
+        <x:v>46013.830787037</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C75" s="0">
-        <x:v>6.09</x:v>
+        <x:v>12.04</x:v>
       </x:c>
       <x:c r="D75" s="0">
-        <x:v>3929.15</x:v>
+        <x:v>4178.889</x:v>
       </x:c>
       <x:c r="E75" s="0">
-        <x:v>4202.3</x:v>
+        <x:v>4469.4</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:5">
       <x:c r="A76" s="1">
-        <x:v>45986.8420486111</x:v>
+        <x:v>46010.8267476852</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C76" s="0">
-        <x:v>5.65</x:v>
+        <x:v>9.7</x:v>
       </x:c>
       <x:c r="D76" s="0">
-        <x:v>3905.776</x:v>
+        <x:v>4102.126</x:v>
       </x:c>
       <x:c r="E76" s="0">
-        <x:v>4177.3</x:v>
+        <x:v>4387.3</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:5">
       <x:c r="A77" s="1">
-        <x:v>45985.8473032407</x:v>
+        <x:v>46009.8283333333</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C77" s="0">
-        <x:v>4.93</x:v>
+        <x:v>9.1</x:v>
       </x:c>
       <x:c r="D77" s="0">
-        <x:v>3862.298</x:v>
+        <x:v>4080.808</x:v>
       </x:c>
       <x:c r="E77" s="0">
-        <x:v>4130.8</x:v>
+        <x:v>4364.5</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:5">
       <x:c r="A78" s="1">
-        <x:v>45982.8240972222</x:v>
+        <x:v>46008.8262962963</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C78" s="0">
-        <x:v>4.73</x:v>
+        <x:v>9.37</x:v>
       </x:c>
       <x:c r="D78" s="0">
-        <x:v>3848.46</x:v>
+        <x:v>4089.596</x:v>
       </x:c>
       <x:c r="E78" s="0">
-        <x:v>4116</x:v>
+        <x:v>4373.9</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:5">
       <x:c r="A79" s="1">
-        <x:v>45981.858912037</x:v>
+        <x:v>46007.8233564815</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C79" s="0">
-        <x:v>4.44</x:v>
+        <x:v>8.33</x:v>
       </x:c>
       <x:c r="D79" s="0">
-        <x:v>3829.48</x:v>
+        <x:v>4050.7</x:v>
       </x:c>
       <x:c r="E79" s="0">
-        <x:v>4060</x:v>
+        <x:v>4332.3</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:5">
       <x:c r="A80" s="1">
-        <x:v>45980.8244444444</x:v>
+        <x:v>46006.8309722222</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C80" s="0">
-        <x:v>4.8</x:v>
+        <x:v>8.42</x:v>
       </x:c>
       <x:c r="D80" s="0">
-        <x:v>3817.418</x:v>
+        <x:v>4053.412</x:v>
       </x:c>
       <x:c r="E80" s="0">
-        <x:v>4082.8</x:v>
+        <x:v>4335.2</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:5">
       <x:c r="A81" s="1">
-        <x:v>45979.8891898148</x:v>
+        <x:v>46003.8253125</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C81" s="0">
-        <x:v>4.56</x:v>
+        <x:v>8.27</x:v>
       </x:c>
       <x:c r="D81" s="0">
-        <x:v>3802.178</x:v>
+        <x:v>4046.96</x:v>
       </x:c>
       <x:c r="E81" s="0">
-        <x:v>4066.5</x:v>
+        <x:v>4328.3</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:5">
       <x:c r="A82" s="1">
-        <x:v>45978.8251967593</x:v>
+        <x:v>46002.8233564815</x:v>
       </x:c>
       <x:c r="B82" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C82" s="0">
-        <x:v>4.69</x:v>
+        <x:v>7.91</x:v>
       </x:c>
       <x:c r="D82" s="0">
-        <x:v>3809.658</x:v>
+        <x:v>4032.655</x:v>
       </x:c>
       <x:c r="E82" s="0">
-        <x:v>4074.5</x:v>
+        <x:v>4313</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:5">
       <x:c r="A83" s="1">
-        <x:v>45975.8263078704</x:v>
+        <x:v>46001.824849537</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C83" s="0">
-        <x:v>5.02</x:v>
+        <x:v>6.23</x:v>
       </x:c>
       <x:c r="D83" s="0">
-        <x:v>3828.077</x:v>
+        <x:v>3950.094</x:v>
       </x:c>
       <x:c r="E83" s="0">
-        <x:v>4094.2</x:v>
+        <x:v>4224.7</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:5">
       <x:c r="A84" s="1">
-        <x:v>45974.8559606482</x:v>
+        <x:v>46000.8228009259</x:v>
       </x:c>
       <x:c r="B84" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C84" s="0">
-        <x:v>7.29</x:v>
+        <x:v>6.46</x:v>
       </x:c>
       <x:c r="D84" s="0">
-        <x:v>3921.858</x:v>
+        <x:v>3960.847</x:v>
       </x:c>
       <x:c r="E84" s="0">
-        <x:v>4194.5</x:v>
+        <x:v>4236.2</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:5">
       <x:c r="A85" s="1">
-        <x:v>45973.8250115741</x:v>
+        <x:v>45999.8272106481</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C85" s="0">
-        <x:v>7.75</x:v>
+        <x:v>6.12</x:v>
       </x:c>
       <x:c r="D85" s="0">
-        <x:v>3939.716</x:v>
+        <x:v>3943.55</x:v>
       </x:c>
       <x:c r="E85" s="0">
-        <x:v>4213.6</x:v>
+        <x:v>4217.7</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:5">
       <x:c r="A86" s="1">
-        <x:v>45972.8325231482</x:v>
+        <x:v>45996.8263078704</x:v>
       </x:c>
       <x:c r="B86" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C86" s="0">
-        <x:v>5.94</x:v>
+        <x:v>6.65</x:v>
       </x:c>
       <x:c r="D86" s="0">
-        <x:v>3848.74</x:v>
+        <x:v>3967.205</x:v>
       </x:c>
       <x:c r="E86" s="0">
-        <x:v>4116.3</x:v>
+        <x:v>4243</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:5">
       <x:c r="A87" s="1">
-        <x:v>45971.8316087963</x:v>
+        <x:v>45995.8232291667</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C87" s="0">
-        <x:v>6.05</x:v>
+        <x:v>6.66</x:v>
       </x:c>
       <x:c r="D87" s="0">
-        <x:v>3854.07</x:v>
+        <x:v>3967.205</x:v>
       </x:c>
       <x:c r="E87" s="0">
-        <x:v>4122</x:v>
+        <x:v>4243</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:5">
       <x:c r="A88" s="1">
-        <x:v>45968.8265277778</x:v>
+        <x:v>45994.8237037037</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C88" s="0">
-        <x:v>4.45</x:v>
+        <x:v>6.46</x:v>
       </x:c>
       <x:c r="D88" s="0">
-        <x:v>3749.163</x:v>
+        <x:v>3957.388</x:v>
       </x:c>
       <x:c r="E88" s="0">
-        <x:v>4009.8</x:v>
+        <x:v>4232.5</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:5">
       <x:c r="A89" s="1">
-        <x:v>45967.8567361111</x:v>
+        <x:v>45993.8229398148</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C89" s="0">
-        <x:v>4.19</x:v>
+        <x:v>6.24</x:v>
       </x:c>
       <x:c r="D89" s="0">
-        <x:v>3731.585</x:v>
+        <x:v>3946.448</x:v>
       </x:c>
       <x:c r="E89" s="0">
-        <x:v>3991</x:v>
+        <x:v>4220.8</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:5">
       <x:c r="A90" s="1">
-        <x:v>45966.8257638889</x:v>
+        <x:v>45992.8242939815</x:v>
       </x:c>
       <x:c r="B90" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C90" s="0">
-        <x:v>4.22</x:v>
+        <x:v>7.47</x:v>
       </x:c>
       <x:c r="D90" s="0">
-        <x:v>3733.362</x:v>
+        <x:v>3996.938</x:v>
       </x:c>
       <x:c r="E90" s="0">
-        <x:v>3992.9</x:v>
+        <x:v>4274.8</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:5">
       <x:c r="A91" s="1">
-        <x:v>45965.8372800926</x:v>
+        <x:v>45989.8354861111</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C91" s="0">
-        <x:v>3.82</x:v>
+        <x:v>7.06</x:v>
       </x:c>
       <x:c r="D91" s="0">
-        <x:v>3703.068</x:v>
+        <x:v>3978.332</x:v>
       </x:c>
       <x:c r="E91" s="0">
-        <x:v>3960.5</x:v>
+        <x:v>4254.9</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:5">
       <x:c r="A92" s="1">
-        <x:v>45964.8250925926</x:v>
+        <x:v>45987.8265162037</x:v>
       </x:c>
       <x:c r="B92" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C92" s="0">
-        <x:v>4.63</x:v>
+        <x:v>6.09</x:v>
       </x:c>
       <x:c r="D92" s="0">
-        <x:v>3753.09</x:v>
+        <x:v>3929.15</x:v>
       </x:c>
       <x:c r="E92" s="0">
-        <x:v>4014</x:v>
+        <x:v>4202.3</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:5">
       <x:c r="A93" s="1">
-        <x:v>45961.7823032407</x:v>
+        <x:v>45986.8420486111</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C93" s="0">
-        <x:v>4.39</x:v>
+        <x:v>5.65</x:v>
       </x:c>
       <x:c r="D93" s="0">
-        <x:v>3736.728</x:v>
+        <x:v>3905.776</x:v>
       </x:c>
       <x:c r="E93" s="0">
-        <x:v>3996.5</x:v>
+        <x:v>4177.3</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:5">
       <x:c r="A94" s="1">
-        <x:v>45960.7838310185</x:v>
+        <x:v>45985.8473032407</x:v>
       </x:c>
       <x:c r="B94" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C94" s="0">
-        <x:v>4.69</x:v>
+        <x:v>4.93</x:v>
       </x:c>
       <x:c r="D94" s="0">
-        <x:v>3754.866</x:v>
+        <x:v>3862.298</x:v>
       </x:c>
       <x:c r="E94" s="0">
-        <x:v>4015.9</x:v>
+        <x:v>4130.8</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:5">
       <x:c r="A95" s="1">
-        <x:v>45959.7819212963</x:v>
+        <x:v>45982.8240972222</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C95" s="0">
-        <x:v>4.47</x:v>
+        <x:v>4.73</x:v>
       </x:c>
       <x:c r="D95" s="0">
-        <x:v>3740.654</x:v>
+        <x:v>3848.46</x:v>
       </x:c>
       <x:c r="E95" s="0">
-        <x:v>4000.7</x:v>
+        <x:v>4116</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:5">
       <x:c r="A96" s="1">
-        <x:v>45958.7844444444</x:v>
+        <x:v>45981.858912037</x:v>
       </x:c>
       <x:c r="B96" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C96" s="0">
-        <x:v>4.23</x:v>
+        <x:v>4.44</x:v>
       </x:c>
       <x:c r="D96" s="0">
-        <x:v>3724.198</x:v>
+        <x:v>3829.48</x:v>
       </x:c>
       <x:c r="E96" s="0">
-        <x:v>3983.1</x:v>
+        <x:v>4060</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:5">
       <x:c r="A97" s="1">
-        <x:v>45957.7848263889</x:v>
+        <x:v>45980.8244444444</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C97" s="0">
-        <x:v>4.81</x:v>
+        <x:v>4.8</x:v>
       </x:c>
       <x:c r="D97" s="0">
-        <x:v>3758.42</x:v>
+        <x:v>3817.418</x:v>
       </x:c>
       <x:c r="E97" s="0">
-        <x:v>4019.7</x:v>
+        <x:v>4082.8</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:5">
       <x:c r="A98" s="1">
-        <x:v>45954.8273726852</x:v>
+        <x:v>45979.8891898148</x:v>
       </x:c>
       <x:c r="B98" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C98" s="0">
-        <x:v>7.68</x:v>
+        <x:v>4.56</x:v>
       </x:c>
       <x:c r="D98" s="0">
-        <x:v>3868.843</x:v>
+        <x:v>3802.178</x:v>
       </x:c>
       <x:c r="E98" s="0">
-        <x:v>4137.8</x:v>
+        <x:v>4066.5</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:5">
       <x:c r="A99" s="1">
-        <x:v>45953.826412037</x:v>
+        <x:v>45978.8251967593</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C99" s="0">
-        <x:v>7.88</x:v>
+        <x:v>4.69</x:v>
       </x:c>
       <x:c r="D99" s="0">
-        <x:v>3876.136</x:v>
+        <x:v>3809.658</x:v>
       </x:c>
       <x:c r="E99" s="0">
-        <x:v>4145.6</x:v>
+        <x:v>4074.5</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:5">
       <x:c r="A100" s="1">
-        <x:v>45952.8312615741</x:v>
+        <x:v>45975.8263078704</x:v>
       </x:c>
       <x:c r="B100" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C100" s="0">
-        <x:v>6.28</x:v>
+        <x:v>5.02</x:v>
       </x:c>
       <x:c r="D100" s="0">
-        <x:v>3801.149</x:v>
+        <x:v>3828.077</x:v>
       </x:c>
       <x:c r="E100" s="0">
-        <x:v>4065.4</x:v>
+        <x:v>4094.2</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:5">
       <x:c r="A101" s="1">
-        <x:v>45951.8353240741</x:v>
+        <x:v>45974.8559606482</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C101" s="0">
         <x:v>7.29</x:v>
       </x:c>
       <x:c r="D101" s="0">
-        <x:v>3842.008</x:v>
+        <x:v>3921.858</x:v>
       </x:c>
       <x:c r="E101" s="0">
-        <x:v>4109.1</x:v>
+        <x:v>4194.5</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:5">
       <x:c r="A102" s="1">
-        <x:v>45950.8514814815</x:v>
+        <x:v>45973.8250115741</x:v>
       </x:c>
       <x:c r="B102" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C102" s="0">
-        <x:v>28.86</x:v>
+        <x:v>7.75</x:v>
       </x:c>
       <x:c r="D102" s="0">
-        <x:v>4076.039</x:v>
+        <x:v>3939.716</x:v>
       </x:c>
       <x:c r="E102" s="0">
-        <x:v>4359.4</x:v>
+        <x:v>4213.6</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:5">
       <x:c r="A103" s="1">
-        <x:v>45947.8255902778</x:v>
+        <x:v>45972.8325231482</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C103" s="0">
-        <x:v>19.93</x:v>
+        <x:v>5.94</x:v>
       </x:c>
       <x:c r="D103" s="0">
-        <x:v>3939.436</x:v>
+        <x:v>3848.74</x:v>
       </x:c>
       <x:c r="E103" s="0">
-        <x:v>4213.3</x:v>
+        <x:v>4116.3</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:5">
       <x:c r="A104" s="1">
-        <x:v>45946.8237962963</x:v>
+        <x:v>45971.8316087963</x:v>
       </x:c>
       <x:c r="B104" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C104" s="0">
-        <x:v>27.56</x:v>
+        <x:v>6.05</x:v>
       </x:c>
       <x:c r="D104" s="0">
-        <x:v>4024.801</x:v>
+        <x:v>3854.07</x:v>
       </x:c>
       <x:c r="E104" s="0">
-        <x:v>4304.6</x:v>
+        <x:v>4122</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:5">
       <x:c r="A105" s="1">
-        <x:v>45945.8233796296</x:v>
+        <x:v>45968.8265277778</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C105" s="0">
-        <x:v>20.91</x:v>
+        <x:v>4.45</x:v>
       </x:c>
       <x:c r="D105" s="0">
-        <x:v>3928.496</x:v>
+        <x:v>3749.163</x:v>
       </x:c>
       <x:c r="E105" s="0">
-        <x:v>4201.6</x:v>
+        <x:v>4009.8</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:5">
       <x:c r="A106" s="1">
-        <x:v>45944.828287037</x:v>
+        <x:v>45967.8567361111</x:v>
       </x:c>
       <x:c r="B106" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C106" s="0">
-        <x:v>18.7</x:v>
+        <x:v>4.19</x:v>
       </x:c>
       <x:c r="D106" s="0">
-        <x:v>3892.779</x:v>
+        <x:v>3731.585</x:v>
       </x:c>
       <x:c r="E106" s="0">
-        <x:v>4163.4</x:v>
+        <x:v>3991</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:5">
       <x:c r="A107" s="1">
-        <x:v>45943.8403356482</x:v>
+        <x:v>45966.8257638889</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C107" s="0">
-        <x:v>17.08</x:v>
+        <x:v>4.22</x:v>
       </x:c>
       <x:c r="D107" s="0">
-        <x:v>3864.355</x:v>
+        <x:v>3733.362</x:v>
       </x:c>
       <x:c r="E107" s="0">
-        <x:v>4133</x:v>
+        <x:v>3992.9</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:5">
       <x:c r="A108" s="1">
-        <x:v>45940.8233449074</x:v>
+        <x:v>45965.8372800926</x:v>
       </x:c>
       <x:c r="B108" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C108" s="0">
-        <x:v>11.96</x:v>
+        <x:v>3.82</x:v>
       </x:c>
       <x:c r="D108" s="0">
-        <x:v>3740.374</x:v>
+        <x:v>3703.068</x:v>
       </x:c>
       <x:c r="E108" s="0">
-        <x:v>4000.4</x:v>
+        <x:v>3960.5</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:5">
       <x:c r="A109" s="1">
-        <x:v>45939.8284953704</x:v>
+        <x:v>45964.8250925926</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C109" s="0">
-        <x:v>10.98</x:v>
+        <x:v>4.63</x:v>
       </x:c>
       <x:c r="D109" s="0">
-        <x:v>3714.381</x:v>
+        <x:v>3753.09</x:v>
       </x:c>
       <x:c r="E109" s="0">
-        <x:v>3972.6</x:v>
+        <x:v>4014</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:5">
       <x:c r="A110" s="1">
-        <x:v>45938.8250115741</x:v>
+        <x:v>45961.7823032407</x:v>
       </x:c>
       <x:c r="B110" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C110" s="0">
-        <x:v>15.99</x:v>
+        <x:v>4.39</x:v>
       </x:c>
       <x:c r="D110" s="0">
-        <x:v>3805.918</x:v>
+        <x:v>3736.728</x:v>
       </x:c>
       <x:c r="E110" s="0">
-        <x:v>4070.5</x:v>
+        <x:v>3996.5</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:5">
       <x:c r="A111" s="1">
-        <x:v>45937.8252430556</x:v>
+        <x:v>45960.7838310185</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C111" s="0">
-        <x:v>13.18</x:v>
+        <x:v>4.69</x:v>
       </x:c>
       <x:c r="D111" s="0">
-        <x:v>3744.114</x:v>
+        <x:v>3754.866</x:v>
       </x:c>
       <x:c r="E111" s="0">
-        <x:v>4004.4</x:v>
+        <x:v>4015.9</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:5">
       <x:c r="A112" s="1">
-        <x:v>45936.8237268518</x:v>
+        <x:v>45959.7819212963</x:v>
       </x:c>
       <x:c r="B112" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C112" s="0">
-        <x:v>12.08</x:v>
+        <x:v>4.47</x:v>
       </x:c>
       <x:c r="D112" s="0">
-        <x:v>3717.84</x:v>
+        <x:v>3740.654</x:v>
       </x:c>
       <x:c r="E112" s="0">
-        <x:v>3976.3</x:v>
+        <x:v>4000.7</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:5">
       <x:c r="A113" s="1">
-        <x:v>45933.8235648148</x:v>
+        <x:v>45958.7844444444</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C113" s="0">
-        <x:v>9.89</x:v>
+        <x:v>4.23</x:v>
       </x:c>
       <x:c r="D113" s="0">
-        <x:v>3654.822</x:v>
+        <x:v>3724.198</x:v>
       </x:c>
       <x:c r="E113" s="0">
-        <x:v>3908.9</x:v>
+        <x:v>3983.1</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:5">
       <x:c r="A114" s="1">
-        <x:v>45932.824537037</x:v>
+        <x:v>45957.7848263889</x:v>
       </x:c>
       <x:c r="B114" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C114" s="0">
-        <x:v>8.7</x:v>
+        <x:v>4.81</x:v>
       </x:c>
       <x:c r="D114" s="0">
-        <x:v>3616.674</x:v>
+        <x:v>3758.42</x:v>
       </x:c>
       <x:c r="E114" s="0">
-        <x:v>3868.1</x:v>
+        <x:v>4019.7</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:5">
       <x:c r="A115" s="1">
-        <x:v>45931.8251041667</x:v>
+        <x:v>45954.8273726852</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C115" s="0">
-        <x:v>9.66</x:v>
+        <x:v>7.68</x:v>
       </x:c>
       <x:c r="D115" s="0">
-        <x:v>3644.162</x:v>
+        <x:v>3868.843</x:v>
       </x:c>
       <x:c r="E115" s="0">
-        <x:v>3897.5</x:v>
+        <x:v>4137.8</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:5">
       <x:c r="A116" s="1">
-        <x:v>45930.8239930556</x:v>
+        <x:v>45953.826412037</x:v>
       </x:c>
       <x:c r="B116" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C116" s="0">
-        <x:v>8.94</x:v>
+        <x:v>7.88</x:v>
       </x:c>
       <x:c r="D116" s="0">
-        <x:v>3621.442</x:v>
+        <x:v>3876.136</x:v>
       </x:c>
       <x:c r="E116" s="0">
-        <x:v>3873.2</x:v>
+        <x:v>4145.6</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:5">
       <x:c r="A117" s="1">
-        <x:v>45929.8229398148</x:v>
+        <x:v>45952.8312615741</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C117" s="0">
-        <x:v>8.44</x:v>
+        <x:v>6.28</x:v>
       </x:c>
       <x:c r="D117" s="0">
-        <x:v>3604.612</x:v>
+        <x:v>3801.149</x:v>
       </x:c>
       <x:c r="E117" s="0">
-        <x:v>3855.2</x:v>
+        <x:v>4065.4</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:5">
       <x:c r="A118" s="1">
-        <x:v>45926.8238773148</x:v>
+        <x:v>45951.8353240741</x:v>
       </x:c>
       <x:c r="B118" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C118" s="0">
-        <x:v>7.31</x:v>
+        <x:v>7.29</x:v>
       </x:c>
       <x:c r="D118" s="0">
-        <x:v>3561.415</x:v>
+        <x:v>3842.008</x:v>
       </x:c>
       <x:c r="E118" s="0">
-        <x:v>3809</x:v>
+        <x:v>4109.1</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:5">
       <x:c r="A119" s="1">
-        <x:v>45925.8238657407</x:v>
+        <x:v>45950.8514814815</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C119" s="0">
-        <x:v>6.47</x:v>
+        <x:v>28.86</x:v>
       </x:c>
       <x:c r="D119" s="0">
-        <x:v>3525.978</x:v>
+        <x:v>4076.039</x:v>
       </x:c>
       <x:c r="E119" s="0">
-        <x:v>3771.1</x:v>
+        <x:v>4359.4</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:5">
       <x:c r="A120" s="1">
-        <x:v>45924.8325347222</x:v>
+        <x:v>45947.8255902778</x:v>
       </x:c>
       <x:c r="B120" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C120" s="0">
-        <x:v>6.41</x:v>
+        <x:v>19.93</x:v>
       </x:c>
       <x:c r="D120" s="0">
-        <x:v>3523.174</x:v>
+        <x:v>3939.436</x:v>
       </x:c>
       <x:c r="E120" s="0">
-        <x:v>3768.1</x:v>
+        <x:v>4213.3</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:5">
       <x:c r="A121" s="1">
-        <x:v>45923.8421412037</x:v>
+        <x:v>45946.8237962963</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C121" s="0">
-        <x:v>7.66</x:v>
+        <x:v>27.56</x:v>
       </x:c>
       <x:c r="D121" s="0">
-        <x:v>3567.68</x:v>
+        <x:v>4024.801</x:v>
       </x:c>
       <x:c r="E121" s="0">
-        <x:v>3815.7</x:v>
+        <x:v>4304.6</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:5">
       <x:c r="A122" s="1">
-        <x:v>45922.8390625</x:v>
+        <x:v>45945.8233796296</x:v>
       </x:c>
       <x:c r="B122" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C122" s="0">
-        <x:v>6.72</x:v>
+        <x:v>20.91</x:v>
       </x:c>
       <x:c r="D122" s="0">
-        <x:v>3529.718</x:v>
+        <x:v>3928.496</x:v>
       </x:c>
       <x:c r="E122" s="0">
-        <x:v>3775.1</x:v>
+        <x:v>4201.6</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:5">
       <x:c r="A123" s="1">
-        <x:v>45919.8403472222</x:v>
+        <x:v>45944.828287037</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C123" s="0">
-        <x:v>5.42</x:v>
+        <x:v>18.7</x:v>
       </x:c>
       <x:c r="D123" s="0">
-        <x:v>3464.923</x:v>
+        <x:v>3892.779</x:v>
       </x:c>
       <x:c r="E123" s="0">
-        <x:v>3705.8</x:v>
+        <x:v>4163.4</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:5">
       <x:c r="A124" s="1">
-        <x:v>45918.8308796296</x:v>
+        <x:v>45943.8403356482</x:v>
       </x:c>
       <x:c r="B124" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C124" s="0">
-        <x:v>4.95</x:v>
+        <x:v>17.08</x:v>
       </x:c>
       <x:c r="D124" s="0">
-        <x:v>3439.21</x:v>
+        <x:v>3864.355</x:v>
       </x:c>
       <x:c r="E124" s="0">
-        <x:v>3678.3</x:v>
+        <x:v>4133</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:5">
       <x:c r="A125" s="1">
-        <x:v>45917.8346990741</x:v>
+        <x:v>45940.8233449074</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C125" s="0">
-        <x:v>5.74</x:v>
+        <x:v>11.96</x:v>
       </x:c>
       <x:c r="D125" s="0">
-        <x:v>3476.143</x:v>
+        <x:v>3740.374</x:v>
       </x:c>
       <x:c r="E125" s="0">
-        <x:v>3717.8</x:v>
+        <x:v>4000.4</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:5">
       <x:c r="A126" s="1">
+        <x:v>45939.8284953704</x:v>
+      </x:c>
+      <x:c r="B126" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C126" s="0">
+        <x:v>10.98</x:v>
+      </x:c>
+      <x:c r="D126" s="0">
+        <x:v>3714.381</x:v>
+      </x:c>
+      <x:c r="E126" s="0">
+        <x:v>3972.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="127" spans="1:5">
+      <x:c r="A127" s="1">
+        <x:v>45938.8250115741</x:v>
+      </x:c>
+      <x:c r="B127" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C127" s="0">
+        <x:v>15.99</x:v>
+      </x:c>
+      <x:c r="D127" s="0">
+        <x:v>3805.918</x:v>
+      </x:c>
+      <x:c r="E127" s="0">
+        <x:v>4070.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="128" spans="1:5">
+      <x:c r="A128" s="1">
+        <x:v>45937.8252430556</x:v>
+      </x:c>
+      <x:c r="B128" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C128" s="0">
+        <x:v>13.18</x:v>
+      </x:c>
+      <x:c r="D128" s="0">
+        <x:v>3744.114</x:v>
+      </x:c>
+      <x:c r="E128" s="0">
+        <x:v>4004.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="129" spans="1:5">
+      <x:c r="A129" s="1">
+        <x:v>45936.8237268518</x:v>
+      </x:c>
+      <x:c r="B129" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C129" s="0">
+        <x:v>12.08</x:v>
+      </x:c>
+      <x:c r="D129" s="0">
+        <x:v>3717.84</x:v>
+      </x:c>
+      <x:c r="E129" s="0">
+        <x:v>3976.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="130" spans="1:5">
+      <x:c r="A130" s="1">
+        <x:v>45933.8235648148</x:v>
+      </x:c>
+      <x:c r="B130" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C130" s="0">
+        <x:v>9.89</x:v>
+      </x:c>
+      <x:c r="D130" s="0">
+        <x:v>3654.822</x:v>
+      </x:c>
+      <x:c r="E130" s="0">
+        <x:v>3908.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="131" spans="1:5">
+      <x:c r="A131" s="1">
+        <x:v>45932.824537037</x:v>
+      </x:c>
+      <x:c r="B131" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C131" s="0">
+        <x:v>8.7</x:v>
+      </x:c>
+      <x:c r="D131" s="0">
+        <x:v>3616.674</x:v>
+      </x:c>
+      <x:c r="E131" s="0">
+        <x:v>3868.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="132" spans="1:5">
+      <x:c r="A132" s="1">
+        <x:v>45931.8251041667</x:v>
+      </x:c>
+      <x:c r="B132" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C132" s="0">
+        <x:v>9.66</x:v>
+      </x:c>
+      <x:c r="D132" s="0">
+        <x:v>3644.162</x:v>
+      </x:c>
+      <x:c r="E132" s="0">
+        <x:v>3897.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="133" spans="1:5">
+      <x:c r="A133" s="1">
+        <x:v>45930.8239930556</x:v>
+      </x:c>
+      <x:c r="B133" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C133" s="0">
+        <x:v>8.94</x:v>
+      </x:c>
+      <x:c r="D133" s="0">
+        <x:v>3621.442</x:v>
+      </x:c>
+      <x:c r="E133" s="0">
+        <x:v>3873.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="134" spans="1:5">
+      <x:c r="A134" s="1">
+        <x:v>45929.8229398148</x:v>
+      </x:c>
+      <x:c r="B134" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C134" s="0">
+        <x:v>8.44</x:v>
+      </x:c>
+      <x:c r="D134" s="0">
+        <x:v>3604.612</x:v>
+      </x:c>
+      <x:c r="E134" s="0">
+        <x:v>3855.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="135" spans="1:5">
+      <x:c r="A135" s="1">
+        <x:v>45926.8238773148</x:v>
+      </x:c>
+      <x:c r="B135" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C135" s="0">
+        <x:v>7.31</x:v>
+      </x:c>
+      <x:c r="D135" s="0">
+        <x:v>3561.415</x:v>
+      </x:c>
+      <x:c r="E135" s="0">
+        <x:v>3809</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="136" spans="1:5">
+      <x:c r="A136" s="1">
+        <x:v>45925.8238657407</x:v>
+      </x:c>
+      <x:c r="B136" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C136" s="0">
+        <x:v>6.47</x:v>
+      </x:c>
+      <x:c r="D136" s="0">
+        <x:v>3525.978</x:v>
+      </x:c>
+      <x:c r="E136" s="0">
+        <x:v>3771.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="137" spans="1:5">
+      <x:c r="A137" s="1">
+        <x:v>45924.8325347222</x:v>
+      </x:c>
+      <x:c r="B137" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C137" s="0">
+        <x:v>6.41</x:v>
+      </x:c>
+      <x:c r="D137" s="0">
+        <x:v>3523.174</x:v>
+      </x:c>
+      <x:c r="E137" s="0">
+        <x:v>3768.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="138" spans="1:5">
+      <x:c r="A138" s="1">
+        <x:v>45923.8421412037</x:v>
+      </x:c>
+      <x:c r="B138" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C138" s="0">
+        <x:v>7.66</x:v>
+      </x:c>
+      <x:c r="D138" s="0">
+        <x:v>3567.68</x:v>
+      </x:c>
+      <x:c r="E138" s="0">
+        <x:v>3815.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="139" spans="1:5">
+      <x:c r="A139" s="1">
+        <x:v>45922.8390625</x:v>
+      </x:c>
+      <x:c r="B139" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C139" s="0">
+        <x:v>6.72</x:v>
+      </x:c>
+      <x:c r="D139" s="0">
+        <x:v>3529.718</x:v>
+      </x:c>
+      <x:c r="E139" s="0">
+        <x:v>3775.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="140" spans="1:5">
+      <x:c r="A140" s="1">
+        <x:v>45919.8403472222</x:v>
+      </x:c>
+      <x:c r="B140" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C140" s="0">
+        <x:v>5.42</x:v>
+      </x:c>
+      <x:c r="D140" s="0">
+        <x:v>3464.923</x:v>
+      </x:c>
+      <x:c r="E140" s="0">
+        <x:v>3705.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="141" spans="1:5">
+      <x:c r="A141" s="1">
+        <x:v>45918.8308796296</x:v>
+      </x:c>
+      <x:c r="B141" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C141" s="0">
+        <x:v>4.95</x:v>
+      </x:c>
+      <x:c r="D141" s="0">
+        <x:v>3439.21</x:v>
+      </x:c>
+      <x:c r="E141" s="0">
+        <x:v>3678.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="142" spans="1:5">
+      <x:c r="A142" s="1">
+        <x:v>45917.8346990741</x:v>
+      </x:c>
+      <x:c r="B142" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C142" s="0">
+        <x:v>5.74</x:v>
+      </x:c>
+      <x:c r="D142" s="0">
+        <x:v>3476.143</x:v>
+      </x:c>
+      <x:c r="E142" s="0">
+        <x:v>3717.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="143" spans="1:5">
+      <x:c r="A143" s="1">
         <x:v>45916.82375</x:v>
       </x:c>
-      <x:c r="B126" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C126" s="0">
+      <x:c r="B143" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C143" s="0">
         <x:v>5.9</x:v>
       </x:c>
-      <x:c r="D126" s="0">
+      <x:c r="D143" s="0">
         <x:v>3482.968</x:v>
       </x:c>
-      <x:c r="E126" s="0">
+      <x:c r="E143" s="0">
         <x:v>3725.1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>