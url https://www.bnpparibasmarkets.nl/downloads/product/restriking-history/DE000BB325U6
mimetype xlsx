--- v0 (2025-10-29)
+++ v1 (2025-12-05)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac6b5e58c8124cd6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9d5a6bf50de440f3b244d4cfcca9134f.psmdcp" Id="R9ed860d119854958" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc3d4e6284360434b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7bff689a5d4b462ab0f34a17ec5aeda2.psmdcp" Id="Rb14d4c7c072a475f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>DE000BB325U6</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -390,1576 +390,2290 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E90"/>
+  <x:dimension ref="A1:E132"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>45959.8897916667</x:v>
+        <x:v>45995.9303009259</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
-        <x:v>0.31</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>27033.832</x:v>
+        <x:v>26475.657</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>26119.846</x:v>
+        <x:v>25581.7</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>45959.3231944444</x:v>
+        <x:v>45995.3278587963</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
-        <x:v>0.3</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>26922.372</x:v>
+        <x:v>26501.366</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>26012.155</x:v>
+        <x:v>25606.54</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>45958.8875115741</x:v>
+        <x:v>45994.9276967593</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
-        <x:v>0.34</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>26922.246</x:v>
+        <x:v>26501.261</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>26012.155</x:v>
+        <x:v>25606.54</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>45958.3305902778</x:v>
+        <x:v>45994.3371875</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
-        <x:v>0.39</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>26724.96</x:v>
+        <x:v>26448.807</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>25821.54</x:v>
+        <x:v>25555.86</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>45957.8875578704</x:v>
+        <x:v>45993.9303240741</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
-        <x:v>0.39</x:v>
+        <x:v>0.21</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>26725.3</x:v>
+        <x:v>26450.315</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>25821.546</x:v>
+        <x:v>25555.86</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>45954.9259259259</x:v>
+        <x:v>45992.9296990741</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
-        <x:v>0.62</x:v>
+        <x:v>0.25</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>26245.676</x:v>
+        <x:v>26229.849</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>25358.162</x:v>
+        <x:v>25342.849</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>45954.3348148148</x:v>
+        <x:v>45989.8197106481</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
-        <x:v>0.72</x:v>
+        <x:v>0.23</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>25975.803</x:v>
+        <x:v>26324.162</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>25097.415</x:v>
+        <x:v>25434.889</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>45953.9278009259</x:v>
+        <x:v>45989.3082638889</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
-        <x:v>0.78</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>25975.824</x:v>
+        <x:v>26119.284</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>25097.415</x:v>
+        <x:v>25236.939</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>45952.9303703704</x:v>
+        <x:v>45987.9265509259</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
-        <x:v>0.94</x:v>
+        <x:v>0.28</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>25749.77</x:v>
+        <x:v>26118.712</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>24879.005</x:v>
+        <x:v>25236.939</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>45951.9269444444</x:v>
+        <x:v>45987.319537037</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C12" s="0">
-        <x:v>0.79</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>26006.581</x:v>
+        <x:v>25892.483</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>25127.131</x:v>
+        <x:v>25018.36</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>45950.9289814815</x:v>
+        <x:v>45986.9250347222</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0">
-        <x:v>0.78</x:v>
+        <x:v>0.33</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>26020.954</x:v>
+        <x:v>25893.893</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>25141.018</x:v>
+        <x:v>25018.36</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>45947.9299768519</x:v>
+        <x:v>45986.3107407407</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C14" s="0">
-        <x:v>1.05</x:v>
+        <x:v>0.38</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>25686.581</x:v>
+        <x:v>25744.325</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>24817.953</x:v>
+        <x:v>24873.85</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>45946.9262037037</x:v>
+        <x:v>45985.3068518518</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
-        <x:v>1.2</x:v>
+        <x:v>0.66</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>25520.244</x:v>
+        <x:v>25087.633</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>24657.241</x:v>
+        <x:v>24239.573</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>45945.9257175926</x:v>
+        <x:v>45982.9249074074</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C16" s="0">
-        <x:v>1.12</x:v>
+        <x:v>0.79</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>25611.446</x:v>
+        <x:v>25086.261</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>24745.358</x:v>
+        <x:v>24239.573</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>45944.9308101852</x:v>
+        <x:v>45982.3124884259</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C17" s="0">
-        <x:v>1.3</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>25439.593</x:v>
+        <x:v>24894.587</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>24579.317</x:v>
+        <x:v>24054.38</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>45943.926724537</x:v>
+        <x:v>45981.9259027778</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="0">
-        <x:v>1.14</x:v>
+        <x:v>0.93</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>25616.511</x:v>
+        <x:v>24891.795</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>24750.252</x:v>
+        <x:v>24054.38</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>45940.9235069444</x:v>
+        <x:v>45981.3119675926</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C19" s="0">
-        <x:v>2.01</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>25069.438</x:v>
+        <x:v>25498.445</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>24221.745</x:v>
+        <x:v>24640.515</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
-        <x:v>45940.3355092593</x:v>
+        <x:v>45980.926412037</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C20" s="0">
-        <x:v>1.14</x:v>
+        <x:v>0.63</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>25976.548</x:v>
+        <x:v>25502.756</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>25098.18</x:v>
+        <x:v>24640.515</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="1">
-        <x:v>45939.3272800926</x:v>
+        <x:v>45979.9258680556</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C21" s="0">
-        <x:v>1.14</x:v>
+        <x:v>0.71</x:v>
       </x:c>
       <x:c r="D21" s="0">
-        <x:v>26015.962</x:v>
+        <x:v>25360.149</x:v>
       </x:c>
       <x:c r="E21" s="0">
-        <x:v>25136.623</x:v>
+        <x:v>24503.096</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="1">
-        <x:v>45938.9270833333</x:v>
+        <x:v>45979.3133912037</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C22" s="0">
-        <x:v>1.15</x:v>
+        <x:v>0.64</x:v>
       </x:c>
       <x:c r="D22" s="0">
-        <x:v>26016.405</x:v>
+        <x:v>25667.36</x:v>
       </x:c>
       <x:c r="E22" s="0">
-        <x:v>25136.623</x:v>
+        <x:v>24799.918</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="1">
-        <x:v>45937.9282291667</x:v>
+        <x:v>45978.9281365741</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C23" s="0">
-        <x:v>1.5</x:v>
+        <x:v>0.57</x:v>
       </x:c>
       <x:c r="D23" s="0">
-        <x:v>25709.635</x:v>
+        <x:v>25667.423</x:v>
       </x:c>
       <x:c r="E23" s="0">
-        <x:v>24840.227</x:v>
+        <x:v>24799.918</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="1">
-        <x:v>45936.9241319444</x:v>
+        <x:v>45978.3022453704</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C24" s="0">
-        <x:v>1.35</x:v>
+        <x:v>0.43</x:v>
       </x:c>
       <x:c r="D24" s="0">
-        <x:v>25852.808</x:v>
+        <x:v>25883.038</x:v>
       </x:c>
       <x:c r="E24" s="0">
-        <x:v>24978.558</x:v>
+        <x:v>25008.242</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="1">
-        <x:v>45933.9288425926</x:v>
+        <x:v>45975.9257986111</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C25" s="0">
-        <x:v>1.59</x:v>
+        <x:v>0.49</x:v>
       </x:c>
       <x:c r="D25" s="0">
-        <x:v>25650.578</x:v>
+        <x:v>25880.486</x:v>
       </x:c>
       <x:c r="E25" s="0">
-        <x:v>24785.522</x:v>
+        <x:v>25008.242</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="1">
-        <x:v>45933.331087963</x:v>
+        <x:v>45975.3077546296</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C26" s="0">
-        <x:v>1.37</x:v>
+        <x:v>0.49</x:v>
       </x:c>
       <x:c r="D26" s="0">
-        <x:v>25761.574</x:v>
+        <x:v>25865.19</x:v>
       </x:c>
       <x:c r="E26" s="0">
-        <x:v>24892.764</x:v>
+        <x:v>24993.463</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="1">
-        <x:v>45932.9250925926</x:v>
+        <x:v>45974.924849537</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C27" s="0">
-        <x:v>1.47</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="D27" s="0">
-        <x:v>25764.011</x:v>
+        <x:v>25867.851</x:v>
       </x:c>
       <x:c r="E27" s="0">
-        <x:v>24892.764</x:v>
+        <x:v>24993.463</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="1">
-        <x:v>45931.9294097222</x:v>
+        <x:v>45974.3773032407</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C28" s="0">
-        <x:v>1.59</x:v>
+        <x:v>0.33</x:v>
       </x:c>
       <x:c r="D28" s="0">
-        <x:v>25667.285</x:v>
+        <x:v>26410.051</x:v>
       </x:c>
       <x:c r="E28" s="0">
-        <x:v>24800.863</x:v>
+        <x:v>25517.328</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="1">
-        <x:v>45931.3342361111</x:v>
+        <x:v>45974.3182638889</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C29" s="0">
-        <x:v>1.94</x:v>
+        <x:v>0.33</x:v>
       </x:c>
       <x:c r="D29" s="0">
-        <x:v>25542.179</x:v>
+        <x:v>26410.051</x:v>
       </x:c>
       <x:c r="E29" s="0">
-        <x:v>24679.988</x:v>
+        <x:v>25517.328</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="1">
-        <x:v>45930.933900463</x:v>
+        <x:v>45973.9253356481</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C30" s="0">
-        <x:v>1.76</x:v>
+        <x:v>0.35</x:v>
       </x:c>
       <x:c r="D30" s="0">
-        <x:v>25542.931</x:v>
+        <x:v>26410.205</x:v>
       </x:c>
       <x:c r="E30" s="0">
-        <x:v>24679.988</x:v>
+        <x:v>25517.328</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="1">
-        <x:v>45930.3326736111</x:v>
+        <x:v>45973.3365393519</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C31" s="0">
-        <x:v>1.85</x:v>
+        <x:v>0.31</x:v>
       </x:c>
       <x:c r="D31" s="0">
-        <x:v>25471.893</x:v>
+        <x:v>26426.929</x:v>
       </x:c>
       <x:c r="E31" s="0">
-        <x:v>24611.352</x:v>
+        <x:v>25533.486</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="1">
-        <x:v>45929.9324074074</x:v>
+        <x:v>45972.9253240741</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C32" s="0">
-        <x:v>1.86</x:v>
+        <x:v>0.35</x:v>
       </x:c>
       <x:c r="D32" s="0">
-        <x:v>25472.749</x:v>
+        <x:v>26427.158</x:v>
       </x:c>
       <x:c r="E32" s="0">
-        <x:v>24611.352</x:v>
+        <x:v>25533.486</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="1">
-        <x:v>45926.9298611111</x:v>
+        <x:v>45971.9253703704</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C33" s="0">
-        <x:v>2.03</x:v>
+        <x:v>0.33</x:v>
       </x:c>
       <x:c r="D33" s="0">
-        <x:v>25361.069</x:v>
+        <x:v>26504.865</x:v>
       </x:c>
       <x:c r="E33" s="0">
-        <x:v>24503.848</x:v>
+        <x:v>25611.737</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="1">
-        <x:v>45926.3217824074</x:v>
+        <x:v>45971.2992708333</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C34" s="0">
-        <x:v>2.26</x:v>
+        <x:v>0.44</x:v>
       </x:c>
       <x:c r="D34" s="0">
-        <x:v>25250.803</x:v>
+        <x:v>25933.618</x:v>
       </x:c>
       <x:c r="E34" s="0">
-        <x:v>24397.311</x:v>
+        <x:v>25059.808</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="1">
-        <x:v>45925.9294444444</x:v>
+        <x:v>45968.9253935185</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C35" s="0">
-        <x:v>2.23</x:v>
+        <x:v>0.59</x:v>
       </x:c>
       <x:c r="D35" s="0">
-        <x:v>25251.217</x:v>
+        <x:v>25936.387</x:v>
       </x:c>
       <x:c r="E35" s="0">
-        <x:v>24397.311</x:v>
+        <x:v>25059.808</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="1">
-        <x:v>45924.9296527778</x:v>
+        <x:v>45968.3147337963</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C36" s="0">
-        <x:v>2.05</x:v>
+        <x:v>0.52</x:v>
       </x:c>
       <x:c r="D36" s="0">
-        <x:v>25360.756</x:v>
+        <x:v>26009.079</x:v>
       </x:c>
       <x:c r="E36" s="0">
-        <x:v>24503.567</x:v>
+        <x:v>25130.042</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="1">
-        <x:v>45924.3777662037</x:v>
+        <x:v>45967.9277893519</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C37" s="0">
-        <x:v>1.81</x:v>
+        <x:v>0.55</x:v>
       </x:c>
       <x:c r="D37" s="0">
-        <x:v>25440.038</x:v>
+        <x:v>26009.594</x:v>
       </x:c>
       <x:c r="E37" s="0">
-        <x:v>24580.168</x:v>
+        <x:v>25130.042</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="1">
-        <x:v>45923.9251967593</x:v>
+        <x:v>45966.9253587963</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C38" s="0">
-        <x:v>1.93</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="D38" s="0">
-        <x:v>25440.474</x:v>
+        <x:v>26516.732</x:v>
       </x:c>
       <x:c r="E38" s="0">
-        <x:v>24580.168</x:v>
+        <x:v>25620.031</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="1">
-        <x:v>45922.926712963</x:v>
+        <x:v>45965.9236921296</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C39" s="0">
-        <x:v>1.68</x:v>
+        <x:v>0.47</x:v>
       </x:c>
       <x:c r="D39" s="0">
-        <x:v>25624.635</x:v>
+        <x:v>26325.654</x:v>
       </x:c>
       <x:c r="E39" s="0">
-        <x:v>24761.074</x:v>
+        <x:v>25435.704</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="1">
-        <x:v>45922.3338888889</x:v>
+        <x:v>45965.3316550926</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C40" s="0">
-        <x:v>1.92</x:v>
+        <x:v>0.41</x:v>
       </x:c>
       <x:c r="D40" s="0">
-        <x:v>25485.089</x:v>
+        <x:v>26881.696</x:v>
       </x:c>
       <x:c r="E40" s="0">
-        <x:v>24626.247</x:v>
+        <x:v>25972.943</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="1">
-        <x:v>45919.9342592593</x:v>
+        <x:v>45964.9227893519</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C41" s="0">
-        <x:v>1.88</x:v>
+        <x:v>0.33</x:v>
       </x:c>
       <x:c r="D41" s="0">
-        <x:v>25488.166</x:v>
+        <x:v>26881.996</x:v>
       </x:c>
       <x:c r="E41" s="0">
-        <x:v>24626.247</x:v>
+        <x:v>25972.943</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="1">
-        <x:v>45918.9265393519</x:v>
+        <x:v>45961.8818981481</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C42" s="0">
-        <x:v>2.19</x:v>
+        <x:v>0.36</x:v>
       </x:c>
       <x:c r="D42" s="0">
-        <x:v>25310.815</x:v>
+        <x:v>26760.688</x:v>
       </x:c>
       <x:c r="E42" s="0">
-        <x:v>24454.894</x:v>
+        <x:v>25858.126</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="1">
-        <x:v>45917.9270486111</x:v>
+        <x:v>45961.3396180556</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C43" s="0">
-        <x:v>2.7</x:v>
+        <x:v>0.31</x:v>
       </x:c>
       <x:c r="D43" s="0">
-        <x:v>25071.178</x:v>
+        <x:v>26633.06</x:v>
       </x:c>
       <x:c r="E43" s="0">
-        <x:v>24223.687</x:v>
+        <x:v>25734.813</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="1">
-        <x:v>45917.3258680556</x:v>
+        <x:v>45960.8841435185</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C44" s="0">
-        <x:v>2.62</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="D44" s="0">
-        <x:v>25123.509</x:v>
+        <x:v>26635.532</x:v>
       </x:c>
       <x:c r="E44" s="0">
-        <x:v>24274.249</x:v>
+        <x:v>25734.813</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="1">
-        <x:v>45916.9258912037</x:v>
+        <x:v>45959.8897916667</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C45" s="0">
-        <x:v>2.59</x:v>
+        <x:v>0.31</x:v>
       </x:c>
       <x:c r="D45" s="0">
-        <x:v>25123.848</x:v>
+        <x:v>27033.832</x:v>
       </x:c>
       <x:c r="E45" s="0">
-        <x:v>24274.249</x:v>
+        <x:v>26119.846</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="1">
-        <x:v>45915.9270949074</x:v>
+        <x:v>45959.3231944444</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C46" s="0">
-        <x:v>2.55</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="D46" s="0">
-        <x:v>25142.247</x:v>
+        <x:v>26922.372</x:v>
       </x:c>
       <x:c r="E46" s="0">
-        <x:v>24293.781</x:v>
+        <x:v>26012.155</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="1">
-        <x:v>45915.3170833333</x:v>
+        <x:v>45958.8875115741</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C47" s="0">
-        <x:v>3.02</x:v>
+        <x:v>0.34</x:v>
       </x:c>
       <x:c r="D47" s="0">
-        <x:v>24933.604</x:v>
+        <x:v>26922.246</x:v>
       </x:c>
       <x:c r="E47" s="0">
-        <x:v>24092.193</x:v>
+        <x:v>26012.155</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5">
       <x:c r="A48" s="1">
-        <x:v>45912.9234375</x:v>
+        <x:v>45958.3305902778</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C48" s="0">
-        <x:v>3.05</x:v>
+        <x:v>0.39</x:v>
       </x:c>
       <x:c r="D48" s="0">
-        <x:v>24934.594</x:v>
+        <x:v>26724.96</x:v>
       </x:c>
       <x:c r="E48" s="0">
-        <x:v>24092.193</x:v>
+        <x:v>25821.54</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
       <x:c r="A49" s="1">
-        <x:v>45912.3096643519</x:v>
+        <x:v>45957.8875578704</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C49" s="0">
-        <x:v>3.29</x:v>
+        <x:v>0.39</x:v>
       </x:c>
       <x:c r="D49" s="0">
-        <x:v>24831.476</x:v>
+        <x:v>26725.3</x:v>
       </x:c>
       <x:c r="E49" s="0">
-        <x:v>23992.562</x:v>
+        <x:v>25821.546</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5">
       <x:c r="A50" s="1">
-        <x:v>45911.9251388889</x:v>
+        <x:v>45954.9259259259</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C50" s="0">
-        <x:v>3.32</x:v>
+        <x:v>0.62</x:v>
       </x:c>
       <x:c r="D50" s="0">
-        <x:v>24832.171</x:v>
+        <x:v>26245.676</x:v>
       </x:c>
       <x:c r="E50" s="0">
-        <x:v>23992.562</x:v>
+        <x:v>25358.162</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5">
       <x:c r="A51" s="1">
-        <x:v>45911.3307986111</x:v>
+        <x:v>45954.3348148148</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C51" s="0">
-        <x:v>3.74</x:v>
+        <x:v>0.72</x:v>
       </x:c>
       <x:c r="D51" s="0">
-        <x:v>24683.863</x:v>
+        <x:v>25975.803</x:v>
       </x:c>
       <x:c r="E51" s="0">
-        <x:v>23849.27</x:v>
+        <x:v>25097.415</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5">
       <x:c r="A52" s="1">
-        <x:v>45910.9239930556</x:v>
+        <x:v>45953.9278009259</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C52" s="0">
-        <x:v>3.77</x:v>
+        <x:v>0.78</x:v>
       </x:c>
       <x:c r="D52" s="0">
-        <x:v>24683.994</x:v>
+        <x:v>25975.824</x:v>
       </x:c>
       <x:c r="E52" s="0">
-        <x:v>23849.27</x:v>
+        <x:v>25097.415</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5">
       <x:c r="A53" s="1">
-        <x:v>45909.9244907407</x:v>
+        <x:v>45952.9303703704</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C53" s="0">
-        <x:v>3.8</x:v>
+        <x:v>0.94</x:v>
       </x:c>
       <x:c r="D53" s="0">
-        <x:v>24674.013</x:v>
+        <x:v>25749.77</x:v>
       </x:c>
       <x:c r="E53" s="0">
-        <x:v>23839.796</x:v>
+        <x:v>24879.005</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5">
       <x:c r="A54" s="1">
-        <x:v>45909.335462963</x:v>
+        <x:v>45951.9269444444</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C54" s="0">
-        <x:v>3.95</x:v>
+        <x:v>0.79</x:v>
       </x:c>
       <x:c r="D54" s="0">
-        <x:v>24593.804</x:v>
+        <x:v>26006.581</x:v>
       </x:c>
       <x:c r="E54" s="0">
-        <x:v>23762.3</x:v>
+        <x:v>25127.131</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5">
       <x:c r="A55" s="1">
-        <x:v>45908.9240393518</x:v>
+        <x:v>45950.9289814815</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C55" s="0">
-        <x:v>4.06</x:v>
+        <x:v>0.78</x:v>
       </x:c>
       <x:c r="D55" s="0">
-        <x:v>24592.708</x:v>
+        <x:v>26020.954</x:v>
       </x:c>
       <x:c r="E55" s="0">
-        <x:v>23762.3</x:v>
+        <x:v>25141.018</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5">
       <x:c r="A56" s="1">
-        <x:v>45908.3013541667</x:v>
+        <x:v>45947.9299768519</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C56" s="0">
-        <x:v>4.3</x:v>
+        <x:v>1.05</x:v>
       </x:c>
       <x:c r="D56" s="0">
-        <x:v>24479.006</x:v>
+        <x:v>25686.581</x:v>
       </x:c>
       <x:c r="E56" s="0">
-        <x:v>23652.443</x:v>
+        <x:v>24817.953</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:5">
       <x:c r="A57" s="1">
-        <x:v>45905.9285763889</x:v>
+        <x:v>45946.9262037037</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C57" s="0">
-        <x:v>4.46</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="D57" s="0">
-        <x:v>24477.288</x:v>
+        <x:v>25520.244</x:v>
       </x:c>
       <x:c r="E57" s="0">
-        <x:v>23652.443</x:v>
+        <x:v>24657.241</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:5">
       <x:c r="A58" s="1">
-        <x:v>45905.3095023148</x:v>
+        <x:v>45945.9257175926</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C58" s="0">
-        <x:v>4.24</x:v>
+        <x:v>1.12</x:v>
       </x:c>
       <x:c r="D58" s="0">
-        <x:v>24457.178</x:v>
+        <x:v>25611.446</x:v>
       </x:c>
       <x:c r="E58" s="0">
-        <x:v>23633.013</x:v>
+        <x:v>24745.358</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:5">
       <x:c r="A59" s="1">
-        <x:v>45904.9245138889</x:v>
+        <x:v>45944.9308101852</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C59" s="0">
-        <x:v>4.54</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="D59" s="0">
-        <x:v>24460.168</x:v>
+        <x:v>25439.593</x:v>
       </x:c>
       <x:c r="E59" s="0">
-        <x:v>23633.013</x:v>
+        <x:v>24579.317</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:5">
       <x:c r="A60" s="1">
-        <x:v>45904.3202083333</x:v>
+        <x:v>45943.926724537</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C60" s="0">
-        <x:v>5.52</x:v>
+        <x:v>1.14</x:v>
       </x:c>
       <x:c r="D60" s="0">
-        <x:v>24234.358</x:v>
+        <x:v>25616.511</x:v>
       </x:c>
       <x:c r="E60" s="0">
-        <x:v>23414.839</x:v>
+        <x:v>24750.252</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:5">
       <x:c r="A61" s="1">
-        <x:v>45903.923587963</x:v>
+        <x:v>45940.9235069444</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C61" s="0">
-        <x:v>5.58</x:v>
+        <x:v>2.01</x:v>
       </x:c>
       <x:c r="D61" s="0">
-        <x:v>24234.28</x:v>
+        <x:v>25069.438</x:v>
       </x:c>
       <x:c r="E61" s="0">
-        <x:v>23414.839</x:v>
+        <x:v>24221.745</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:5">
       <x:c r="A62" s="1">
-        <x:v>45903.3225115741</x:v>
+        <x:v>45940.3355092593</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C62" s="0">
-        <x:v>6.37</x:v>
+        <x:v>1.14</x:v>
       </x:c>
       <x:c r="D62" s="0">
-        <x:v>24044.119</x:v>
+        <x:v>25976.548</x:v>
       </x:c>
       <x:c r="E62" s="0">
-        <x:v>23231.108</x:v>
+        <x:v>25098.18</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:5">
       <x:c r="A63" s="1">
-        <x:v>45902.9238773148</x:v>
+        <x:v>45939.3272800926</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C63" s="0">
-        <x:v>6.62</x:v>
+        <x:v>1.14</x:v>
       </x:c>
       <x:c r="D63" s="0">
-        <x:v>24043.548</x:v>
+        <x:v>26015.962</x:v>
       </x:c>
       <x:c r="E63" s="0">
-        <x:v>23231.108</x:v>
+        <x:v>25136.623</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:5">
       <x:c r="A64" s="1">
-        <x:v>45902.3291898148</x:v>
+        <x:v>45938.9270833333</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C64" s="0">
-        <x:v>5.85</x:v>
+        <x:v>1.15</x:v>
       </x:c>
       <x:c r="D64" s="0">
-        <x:v>24234.31</x:v>
+        <x:v>26016.405</x:v>
       </x:c>
       <x:c r="E64" s="0">
-        <x:v>23415.42</x:v>
+        <x:v>25136.623</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:5">
       <x:c r="A65" s="1">
-        <x:v>45898.9303587963</x:v>
+        <x:v>45937.9282291667</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C65" s="0">
-        <x:v>5.7</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="D65" s="0">
-        <x:v>24232.691</x:v>
+        <x:v>25709.635</x:v>
       </x:c>
       <x:c r="E65" s="0">
-        <x:v>23415.42</x:v>
+        <x:v>24840.227</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:5">
       <x:c r="A66" s="1">
-        <x:v>45898.3268402778</x:v>
+        <x:v>45936.9241319444</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C66" s="0">
-        <x:v>4.71</x:v>
+        <x:v>1.35</x:v>
       </x:c>
       <x:c r="D66" s="0">
-        <x:v>24530.802</x:v>
+        <x:v>25852.808</x:v>
       </x:c>
       <x:c r="E66" s="0">
-        <x:v>23703.45</x:v>
+        <x:v>24978.558</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:5">
       <x:c r="A67" s="1">
-        <x:v>45897.9274189815</x:v>
+        <x:v>45933.9288425926</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C67" s="0">
-        <x:v>4.59</x:v>
+        <x:v>1.59</x:v>
       </x:c>
       <x:c r="D67" s="0">
-        <x:v>24533.071</x:v>
+        <x:v>25650.578</x:v>
       </x:c>
       <x:c r="E67" s="0">
-        <x:v>23703.45</x:v>
+        <x:v>24785.522</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:5">
       <x:c r="A68" s="1">
-        <x:v>45896.9248032407</x:v>
+        <x:v>45933.331087963</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C68" s="0">
-        <x:v>5.18</x:v>
+        <x:v>1.37</x:v>
       </x:c>
       <x:c r="D68" s="0">
-        <x:v>24390.588</x:v>
+        <x:v>25761.574</x:v>
       </x:c>
       <x:c r="E68" s="0">
-        <x:v>23565.846</x:v>
+        <x:v>24892.764</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:5">
       <x:c r="A69" s="1">
-        <x:v>45896.33375</x:v>
+        <x:v>45932.9250925926</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C69" s="0">
-        <x:v>5.31</x:v>
+        <x:v>1.47</x:v>
       </x:c>
       <x:c r="D69" s="0">
-        <x:v>24348.615</x:v>
+        <x:v>25764.011</x:v>
       </x:c>
       <x:c r="E69" s="0">
-        <x:v>23525.293</x:v>
+        <x:v>24892.764</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:5">
       <x:c r="A70" s="1">
-        <x:v>45895.9239351852</x:v>
+        <x:v>45931.9294097222</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C70" s="0">
-        <x:v>5.36</x:v>
+        <x:v>1.59</x:v>
       </x:c>
       <x:c r="D70" s="0">
-        <x:v>24348.678</x:v>
+        <x:v>25667.285</x:v>
       </x:c>
       <x:c r="E70" s="0">
-        <x:v>23525.293</x:v>
+        <x:v>24800.863</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:5">
       <x:c r="A71" s="1">
-        <x:v>45894.9239583333</x:v>
+        <x:v>45931.3342361111</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C71" s="0">
-        <x:v>5.85</x:v>
+        <x:v>1.94</x:v>
       </x:c>
       <x:c r="D71" s="0">
-        <x:v>24245.392</x:v>
+        <x:v>25542.179</x:v>
       </x:c>
       <x:c r="E71" s="0">
-        <x:v>23425.605</x:v>
+        <x:v>24679.988</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:5">
       <x:c r="A72" s="1">
-        <x:v>45894.3297800926</x:v>
+        <x:v>45930.933900463</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C72" s="0">
-        <x:v>5.54</x:v>
+        <x:v>1.76</x:v>
       </x:c>
       <x:c r="D72" s="0">
-        <x:v>24320.44</x:v>
+        <x:v>25542.931</x:v>
       </x:c>
       <x:c r="E72" s="0">
-        <x:v>23498.115</x:v>
+        <x:v>24679.988</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:5">
       <x:c r="A73" s="1">
-        <x:v>45891.9252314815</x:v>
+        <x:v>45930.3326736111</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C73" s="0">
-        <x:v>5.5</x:v>
+        <x:v>1.85</x:v>
       </x:c>
       <x:c r="D73" s="0">
-        <x:v>24318.534</x:v>
+        <x:v>25471.893</x:v>
       </x:c>
       <x:c r="E73" s="0">
-        <x:v>23498.115</x:v>
+        <x:v>24611.352</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:5">
       <x:c r="A74" s="1">
-        <x:v>45891.3279976852</x:v>
+        <x:v>45929.9324074074</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C74" s="0">
-        <x:v>8.09</x:v>
+        <x:v>1.86</x:v>
       </x:c>
       <x:c r="D74" s="0">
-        <x:v>23950.555</x:v>
+        <x:v>25472.749</x:v>
       </x:c>
       <x:c r="E74" s="0">
-        <x:v>23142.58</x:v>
+        <x:v>24611.352</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:5">
       <x:c r="A75" s="1">
-        <x:v>45890.9256481481</x:v>
+        <x:v>45926.9298611111</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C75" s="0">
-        <x:v>7.94</x:v>
+        <x:v>2.03</x:v>
       </x:c>
       <x:c r="D75" s="0">
-        <x:v>23948.526</x:v>
+        <x:v>25361.069</x:v>
       </x:c>
       <x:c r="E75" s="0">
-        <x:v>23142.58</x:v>
+        <x:v>24503.848</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:5">
       <x:c r="A76" s="1">
-        <x:v>45890.3406828704</x:v>
+        <x:v>45926.3217824074</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C76" s="0">
-        <x:v>7.19</x:v>
+        <x:v>2.26</x:v>
       </x:c>
       <x:c r="D76" s="0">
-        <x:v>24059.261</x:v>
+        <x:v>25250.803</x:v>
       </x:c>
       <x:c r="E76" s="0">
-        <x:v>23249.57</x:v>
+        <x:v>24397.311</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:5">
       <x:c r="A77" s="1">
-        <x:v>45889.9243402778</x:v>
+        <x:v>45925.9294444444</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C77" s="0">
-        <x:v>7.29</x:v>
+        <x:v>2.23</x:v>
       </x:c>
       <x:c r="D77" s="0">
-        <x:v>24063.305</x:v>
+        <x:v>25251.217</x:v>
       </x:c>
       <x:c r="E77" s="0">
-        <x:v>23249.57</x:v>
+        <x:v>24397.311</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:5">
       <x:c r="A78" s="1">
-        <x:v>45888.9238425926</x:v>
+        <x:v>45924.9296527778</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C78" s="0">
-        <x:v>6.53</x:v>
+        <x:v>2.05</x:v>
       </x:c>
       <x:c r="D78" s="0">
-        <x:v>24202.883</x:v>
+        <x:v>25360.756</x:v>
       </x:c>
       <x:c r="E78" s="0">
-        <x:v>23384.77</x:v>
+        <x:v>24503.567</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:5">
       <x:c r="A79" s="1">
-        <x:v>45888.3193055556</x:v>
+        <x:v>45924.3777662037</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C79" s="0">
-        <x:v>5.37</x:v>
+        <x:v>1.81</x:v>
       </x:c>
       <x:c r="D79" s="0">
-        <x:v>24543.387</x:v>
+        <x:v>25440.038</x:v>
       </x:c>
       <x:c r="E79" s="0">
-        <x:v>23713.759</x:v>
+        <x:v>24580.168</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:5">
       <x:c r="A80" s="1">
-        <x:v>45887.9245601852</x:v>
+        <x:v>45923.9251967593</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C80" s="0">
-        <x:v>5.11</x:v>
+        <x:v>1.93</x:v>
       </x:c>
       <x:c r="D80" s="0">
-        <x:v>24542.922</x:v>
+        <x:v>25440.474</x:v>
       </x:c>
       <x:c r="E80" s="0">
-        <x:v>23713.759</x:v>
+        <x:v>24580.168</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:5">
       <x:c r="A81" s="1">
-        <x:v>45887.3188773148</x:v>
+        <x:v>45922.926712963</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C81" s="0">
-        <x:v>4.91</x:v>
+        <x:v>1.68</x:v>
       </x:c>
       <x:c r="D81" s="0">
-        <x:v>24541.174</x:v>
+        <x:v>25624.635</x:v>
       </x:c>
       <x:c r="E81" s="0">
-        <x:v>23712.07</x:v>
+        <x:v>24761.074</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:5">
       <x:c r="A82" s="1">
-        <x:v>45884.9247106481</x:v>
+        <x:v>45922.3338888889</x:v>
       </x:c>
       <x:c r="B82" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C82" s="0">
-        <x:v>5.1</x:v>
+        <x:v>1.92</x:v>
       </x:c>
       <x:c r="D82" s="0">
-        <x:v>24539.877</x:v>
+        <x:v>25485.089</x:v>
       </x:c>
       <x:c r="E82" s="0">
-        <x:v>23712.07</x:v>
+        <x:v>24626.247</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:5">
       <x:c r="A83" s="1">
-        <x:v>45884.3109953704</x:v>
+        <x:v>45919.9342592593</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C83" s="0">
-        <x:v>4.58</x:v>
+        <x:v>1.88</x:v>
       </x:c>
       <x:c r="D83" s="0">
-        <x:v>24664.462</x:v>
+        <x:v>25488.166</x:v>
       </x:c>
       <x:c r="E83" s="0">
-        <x:v>23832.442</x:v>
+        <x:v>24626.247</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:5">
       <x:c r="A84" s="1">
-        <x:v>45883.9240625</x:v>
+        <x:v>45918.9265393519</x:v>
       </x:c>
       <x:c r="B84" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C84" s="0">
-        <x:v>4.63</x:v>
+        <x:v>2.19</x:v>
       </x:c>
       <x:c r="D84" s="0">
-        <x:v>24665.962</x:v>
+        <x:v>25310.815</x:v>
       </x:c>
       <x:c r="E84" s="0">
-        <x:v>23832.442</x:v>
+        <x:v>24454.894</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:5">
       <x:c r="A85" s="1">
-        <x:v>45883.3327893519</x:v>
+        <x:v>45917.9270486111</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C85" s="0">
-        <x:v>4.72</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="D85" s="0">
-        <x:v>24683.141</x:v>
+        <x:v>25071.178</x:v>
       </x:c>
       <x:c r="E85" s="0">
-        <x:v>23849.04</x:v>
+        <x:v>24223.687</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:5">
       <x:c r="A86" s="1">
-        <x:v>45882.9239467593</x:v>
+        <x:v>45917.3258680556</x:v>
       </x:c>
       <x:c r="B86" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C86" s="0">
-        <x:v>4.57</x:v>
+        <x:v>2.62</x:v>
       </x:c>
       <x:c r="D86" s="0">
-        <x:v>24683.756</x:v>
+        <x:v>25123.509</x:v>
       </x:c>
       <x:c r="E86" s="0">
-        <x:v>23849.04</x:v>
+        <x:v>24274.249</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:5">
       <x:c r="A87" s="1">
-        <x:v>45881.9233449074</x:v>
+        <x:v>45916.9258912037</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C87" s="0">
-        <x:v>4.6</x:v>
+        <x:v>2.59</x:v>
       </x:c>
       <x:c r="D87" s="0">
-        <x:v>24673.568</x:v>
+        <x:v>25123.848</x:v>
       </x:c>
       <x:c r="E87" s="0">
-        <x:v>23839.196</x:v>
+        <x:v>24274.249</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:5">
       <x:c r="A88" s="1">
-        <x:v>45880.923587963</x:v>
+        <x:v>45915.9270949074</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C88" s="0">
-        <x:v>6.26</x:v>
+        <x:v>2.55</x:v>
       </x:c>
       <x:c r="D88" s="0">
-        <x:v>24347.447</x:v>
+        <x:v>25142.247</x:v>
       </x:c>
       <x:c r="E88" s="0">
-        <x:v>23526.634</x:v>
+        <x:v>24293.781</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:5">
       <x:c r="A89" s="1">
-        <x:v>45880.3183564815</x:v>
+        <x:v>45915.3170833333</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C89" s="0">
-        <x:v>5.69</x:v>
+        <x:v>3.02</x:v>
       </x:c>
       <x:c r="D89" s="0">
-        <x:v>24435.041</x:v>
+        <x:v>24933.604</x:v>
       </x:c>
       <x:c r="E89" s="0">
-        <x:v>23611.266</x:v>
+        <x:v>24092.193</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:5">
       <x:c r="A90" s="1">
+        <x:v>45912.9234375</x:v>
+      </x:c>
+      <x:c r="B90" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C90" s="0">
+        <x:v>3.05</x:v>
+      </x:c>
+      <x:c r="D90" s="0">
+        <x:v>24934.594</x:v>
+      </x:c>
+      <x:c r="E90" s="0">
+        <x:v>24092.193</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="91" spans="1:5">
+      <x:c r="A91" s="1">
+        <x:v>45912.3096643519</x:v>
+      </x:c>
+      <x:c r="B91" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C91" s="0">
+        <x:v>3.29</x:v>
+      </x:c>
+      <x:c r="D91" s="0">
+        <x:v>24831.476</x:v>
+      </x:c>
+      <x:c r="E91" s="0">
+        <x:v>23992.562</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="92" spans="1:5">
+      <x:c r="A92" s="1">
+        <x:v>45911.9251388889</x:v>
+      </x:c>
+      <x:c r="B92" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C92" s="0">
+        <x:v>3.32</x:v>
+      </x:c>
+      <x:c r="D92" s="0">
+        <x:v>24832.171</x:v>
+      </x:c>
+      <x:c r="E92" s="0">
+        <x:v>23992.562</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="93" spans="1:5">
+      <x:c r="A93" s="1">
+        <x:v>45911.3307986111</x:v>
+      </x:c>
+      <x:c r="B93" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C93" s="0">
+        <x:v>3.74</x:v>
+      </x:c>
+      <x:c r="D93" s="0">
+        <x:v>24683.863</x:v>
+      </x:c>
+      <x:c r="E93" s="0">
+        <x:v>23849.27</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="94" spans="1:5">
+      <x:c r="A94" s="1">
+        <x:v>45910.9239930556</x:v>
+      </x:c>
+      <x:c r="B94" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C94" s="0">
+        <x:v>3.77</x:v>
+      </x:c>
+      <x:c r="D94" s="0">
+        <x:v>24683.994</x:v>
+      </x:c>
+      <x:c r="E94" s="0">
+        <x:v>23849.27</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="95" spans="1:5">
+      <x:c r="A95" s="1">
+        <x:v>45909.9244907407</x:v>
+      </x:c>
+      <x:c r="B95" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C95" s="0">
+        <x:v>3.8</x:v>
+      </x:c>
+      <x:c r="D95" s="0">
+        <x:v>24674.013</x:v>
+      </x:c>
+      <x:c r="E95" s="0">
+        <x:v>23839.796</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="96" spans="1:5">
+      <x:c r="A96" s="1">
+        <x:v>45909.335462963</x:v>
+      </x:c>
+      <x:c r="B96" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C96" s="0">
+        <x:v>3.95</x:v>
+      </x:c>
+      <x:c r="D96" s="0">
+        <x:v>24593.804</x:v>
+      </x:c>
+      <x:c r="E96" s="0">
+        <x:v>23762.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="97" spans="1:5">
+      <x:c r="A97" s="1">
+        <x:v>45908.9240393518</x:v>
+      </x:c>
+      <x:c r="B97" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C97" s="0">
+        <x:v>4.06</x:v>
+      </x:c>
+      <x:c r="D97" s="0">
+        <x:v>24592.708</x:v>
+      </x:c>
+      <x:c r="E97" s="0">
+        <x:v>23762.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="98" spans="1:5">
+      <x:c r="A98" s="1">
+        <x:v>45908.3013541667</x:v>
+      </x:c>
+      <x:c r="B98" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C98" s="0">
+        <x:v>4.3</x:v>
+      </x:c>
+      <x:c r="D98" s="0">
+        <x:v>24479.006</x:v>
+      </x:c>
+      <x:c r="E98" s="0">
+        <x:v>23652.443</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="99" spans="1:5">
+      <x:c r="A99" s="1">
+        <x:v>45905.9285763889</x:v>
+      </x:c>
+      <x:c r="B99" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C99" s="0">
+        <x:v>4.46</x:v>
+      </x:c>
+      <x:c r="D99" s="0">
+        <x:v>24477.288</x:v>
+      </x:c>
+      <x:c r="E99" s="0">
+        <x:v>23652.443</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="100" spans="1:5">
+      <x:c r="A100" s="1">
+        <x:v>45905.3095023148</x:v>
+      </x:c>
+      <x:c r="B100" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C100" s="0">
+        <x:v>4.24</x:v>
+      </x:c>
+      <x:c r="D100" s="0">
+        <x:v>24457.178</x:v>
+      </x:c>
+      <x:c r="E100" s="0">
+        <x:v>23633.013</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="101" spans="1:5">
+      <x:c r="A101" s="1">
+        <x:v>45904.9245138889</x:v>
+      </x:c>
+      <x:c r="B101" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C101" s="0">
+        <x:v>4.54</x:v>
+      </x:c>
+      <x:c r="D101" s="0">
+        <x:v>24460.168</x:v>
+      </x:c>
+      <x:c r="E101" s="0">
+        <x:v>23633.013</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="102" spans="1:5">
+      <x:c r="A102" s="1">
+        <x:v>45904.3202083333</x:v>
+      </x:c>
+      <x:c r="B102" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C102" s="0">
+        <x:v>5.52</x:v>
+      </x:c>
+      <x:c r="D102" s="0">
+        <x:v>24234.358</x:v>
+      </x:c>
+      <x:c r="E102" s="0">
+        <x:v>23414.839</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="103" spans="1:5">
+      <x:c r="A103" s="1">
+        <x:v>45903.923587963</x:v>
+      </x:c>
+      <x:c r="B103" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C103" s="0">
+        <x:v>5.58</x:v>
+      </x:c>
+      <x:c r="D103" s="0">
+        <x:v>24234.28</x:v>
+      </x:c>
+      <x:c r="E103" s="0">
+        <x:v>23414.839</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="104" spans="1:5">
+      <x:c r="A104" s="1">
+        <x:v>45903.3225115741</x:v>
+      </x:c>
+      <x:c r="B104" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C104" s="0">
+        <x:v>6.37</x:v>
+      </x:c>
+      <x:c r="D104" s="0">
+        <x:v>24044.119</x:v>
+      </x:c>
+      <x:c r="E104" s="0">
+        <x:v>23231.108</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="105" spans="1:5">
+      <x:c r="A105" s="1">
+        <x:v>45902.9238773148</x:v>
+      </x:c>
+      <x:c r="B105" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C105" s="0">
+        <x:v>6.62</x:v>
+      </x:c>
+      <x:c r="D105" s="0">
+        <x:v>24043.548</x:v>
+      </x:c>
+      <x:c r="E105" s="0">
+        <x:v>23231.108</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="106" spans="1:5">
+      <x:c r="A106" s="1">
+        <x:v>45902.3291898148</x:v>
+      </x:c>
+      <x:c r="B106" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C106" s="0">
+        <x:v>5.85</x:v>
+      </x:c>
+      <x:c r="D106" s="0">
+        <x:v>24234.31</x:v>
+      </x:c>
+      <x:c r="E106" s="0">
+        <x:v>23415.42</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="107" spans="1:5">
+      <x:c r="A107" s="1">
+        <x:v>45898.9303587963</x:v>
+      </x:c>
+      <x:c r="B107" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C107" s="0">
+        <x:v>5.7</x:v>
+      </x:c>
+      <x:c r="D107" s="0">
+        <x:v>24232.691</x:v>
+      </x:c>
+      <x:c r="E107" s="0">
+        <x:v>23415.42</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="108" spans="1:5">
+      <x:c r="A108" s="1">
+        <x:v>45898.3268402778</x:v>
+      </x:c>
+      <x:c r="B108" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C108" s="0">
+        <x:v>4.71</x:v>
+      </x:c>
+      <x:c r="D108" s="0">
+        <x:v>24530.802</x:v>
+      </x:c>
+      <x:c r="E108" s="0">
+        <x:v>23703.45</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="109" spans="1:5">
+      <x:c r="A109" s="1">
+        <x:v>45897.9274189815</x:v>
+      </x:c>
+      <x:c r="B109" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C109" s="0">
+        <x:v>4.59</x:v>
+      </x:c>
+      <x:c r="D109" s="0">
+        <x:v>24533.071</x:v>
+      </x:c>
+      <x:c r="E109" s="0">
+        <x:v>23703.45</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="110" spans="1:5">
+      <x:c r="A110" s="1">
+        <x:v>45896.9248032407</x:v>
+      </x:c>
+      <x:c r="B110" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C110" s="0">
+        <x:v>5.18</x:v>
+      </x:c>
+      <x:c r="D110" s="0">
+        <x:v>24390.588</x:v>
+      </x:c>
+      <x:c r="E110" s="0">
+        <x:v>23565.846</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="111" spans="1:5">
+      <x:c r="A111" s="1">
+        <x:v>45896.33375</x:v>
+      </x:c>
+      <x:c r="B111" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C111" s="0">
+        <x:v>5.31</x:v>
+      </x:c>
+      <x:c r="D111" s="0">
+        <x:v>24348.615</x:v>
+      </x:c>
+      <x:c r="E111" s="0">
+        <x:v>23525.293</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="112" spans="1:5">
+      <x:c r="A112" s="1">
+        <x:v>45895.9239351852</x:v>
+      </x:c>
+      <x:c r="B112" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C112" s="0">
+        <x:v>5.36</x:v>
+      </x:c>
+      <x:c r="D112" s="0">
+        <x:v>24348.678</x:v>
+      </x:c>
+      <x:c r="E112" s="0">
+        <x:v>23525.293</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="113" spans="1:5">
+      <x:c r="A113" s="1">
+        <x:v>45894.9239583333</x:v>
+      </x:c>
+      <x:c r="B113" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C113" s="0">
+        <x:v>5.85</x:v>
+      </x:c>
+      <x:c r="D113" s="0">
+        <x:v>24245.392</x:v>
+      </x:c>
+      <x:c r="E113" s="0">
+        <x:v>23425.605</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="114" spans="1:5">
+      <x:c r="A114" s="1">
+        <x:v>45894.3297800926</x:v>
+      </x:c>
+      <x:c r="B114" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C114" s="0">
+        <x:v>5.54</x:v>
+      </x:c>
+      <x:c r="D114" s="0">
+        <x:v>24320.44</x:v>
+      </x:c>
+      <x:c r="E114" s="0">
+        <x:v>23498.115</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="115" spans="1:5">
+      <x:c r="A115" s="1">
+        <x:v>45891.9252314815</x:v>
+      </x:c>
+      <x:c r="B115" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C115" s="0">
+        <x:v>5.5</x:v>
+      </x:c>
+      <x:c r="D115" s="0">
+        <x:v>24318.534</x:v>
+      </x:c>
+      <x:c r="E115" s="0">
+        <x:v>23498.115</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="116" spans="1:5">
+      <x:c r="A116" s="1">
+        <x:v>45891.3279976852</x:v>
+      </x:c>
+      <x:c r="B116" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C116" s="0">
+        <x:v>8.09</x:v>
+      </x:c>
+      <x:c r="D116" s="0">
+        <x:v>23950.555</x:v>
+      </x:c>
+      <x:c r="E116" s="0">
+        <x:v>23142.58</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="117" spans="1:5">
+      <x:c r="A117" s="1">
+        <x:v>45890.9256481481</x:v>
+      </x:c>
+      <x:c r="B117" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C117" s="0">
+        <x:v>7.94</x:v>
+      </x:c>
+      <x:c r="D117" s="0">
+        <x:v>23948.526</x:v>
+      </x:c>
+      <x:c r="E117" s="0">
+        <x:v>23142.58</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="118" spans="1:5">
+      <x:c r="A118" s="1">
+        <x:v>45890.3406828704</x:v>
+      </x:c>
+      <x:c r="B118" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C118" s="0">
+        <x:v>7.19</x:v>
+      </x:c>
+      <x:c r="D118" s="0">
+        <x:v>24059.261</x:v>
+      </x:c>
+      <x:c r="E118" s="0">
+        <x:v>23249.57</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="119" spans="1:5">
+      <x:c r="A119" s="1">
+        <x:v>45889.9243402778</x:v>
+      </x:c>
+      <x:c r="B119" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C119" s="0">
+        <x:v>7.29</x:v>
+      </x:c>
+      <x:c r="D119" s="0">
+        <x:v>24063.305</x:v>
+      </x:c>
+      <x:c r="E119" s="0">
+        <x:v>23249.57</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="120" spans="1:5">
+      <x:c r="A120" s="1">
+        <x:v>45888.9238425926</x:v>
+      </x:c>
+      <x:c r="B120" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C120" s="0">
+        <x:v>6.53</x:v>
+      </x:c>
+      <x:c r="D120" s="0">
+        <x:v>24202.883</x:v>
+      </x:c>
+      <x:c r="E120" s="0">
+        <x:v>23384.77</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="121" spans="1:5">
+      <x:c r="A121" s="1">
+        <x:v>45888.3193055556</x:v>
+      </x:c>
+      <x:c r="B121" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C121" s="0">
+        <x:v>5.37</x:v>
+      </x:c>
+      <x:c r="D121" s="0">
+        <x:v>24543.387</x:v>
+      </x:c>
+      <x:c r="E121" s="0">
+        <x:v>23713.759</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="122" spans="1:5">
+      <x:c r="A122" s="1">
+        <x:v>45887.9245601852</x:v>
+      </x:c>
+      <x:c r="B122" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C122" s="0">
+        <x:v>5.11</x:v>
+      </x:c>
+      <x:c r="D122" s="0">
+        <x:v>24542.922</x:v>
+      </x:c>
+      <x:c r="E122" s="0">
+        <x:v>23713.759</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="123" spans="1:5">
+      <x:c r="A123" s="1">
+        <x:v>45887.3188773148</x:v>
+      </x:c>
+      <x:c r="B123" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C123" s="0">
+        <x:v>4.91</x:v>
+      </x:c>
+      <x:c r="D123" s="0">
+        <x:v>24541.174</x:v>
+      </x:c>
+      <x:c r="E123" s="0">
+        <x:v>23712.07</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="124" spans="1:5">
+      <x:c r="A124" s="1">
+        <x:v>45884.9247106481</x:v>
+      </x:c>
+      <x:c r="B124" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C124" s="0">
+        <x:v>5.1</x:v>
+      </x:c>
+      <x:c r="D124" s="0">
+        <x:v>24539.877</x:v>
+      </x:c>
+      <x:c r="E124" s="0">
+        <x:v>23712.07</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="125" spans="1:5">
+      <x:c r="A125" s="1">
+        <x:v>45884.3109953704</x:v>
+      </x:c>
+      <x:c r="B125" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C125" s="0">
+        <x:v>4.58</x:v>
+      </x:c>
+      <x:c r="D125" s="0">
+        <x:v>24664.462</x:v>
+      </x:c>
+      <x:c r="E125" s="0">
+        <x:v>23832.442</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="126" spans="1:5">
+      <x:c r="A126" s="1">
+        <x:v>45883.9240625</x:v>
+      </x:c>
+      <x:c r="B126" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C126" s="0">
+        <x:v>4.63</x:v>
+      </x:c>
+      <x:c r="D126" s="0">
+        <x:v>24665.962</x:v>
+      </x:c>
+      <x:c r="E126" s="0">
+        <x:v>23832.442</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="127" spans="1:5">
+      <x:c r="A127" s="1">
+        <x:v>45883.3327893519</x:v>
+      </x:c>
+      <x:c r="B127" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C127" s="0">
+        <x:v>4.72</x:v>
+      </x:c>
+      <x:c r="D127" s="0">
+        <x:v>24683.141</x:v>
+      </x:c>
+      <x:c r="E127" s="0">
+        <x:v>23849.04</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="128" spans="1:5">
+      <x:c r="A128" s="1">
+        <x:v>45882.9239467593</x:v>
+      </x:c>
+      <x:c r="B128" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C128" s="0">
+        <x:v>4.57</x:v>
+      </x:c>
+      <x:c r="D128" s="0">
+        <x:v>24683.756</x:v>
+      </x:c>
+      <x:c r="E128" s="0">
+        <x:v>23849.04</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="129" spans="1:5">
+      <x:c r="A129" s="1">
+        <x:v>45881.9233449074</x:v>
+      </x:c>
+      <x:c r="B129" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C129" s="0">
+        <x:v>4.6</x:v>
+      </x:c>
+      <x:c r="D129" s="0">
+        <x:v>24673.568</x:v>
+      </x:c>
+      <x:c r="E129" s="0">
+        <x:v>23839.196</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="130" spans="1:5">
+      <x:c r="A130" s="1">
+        <x:v>45880.923587963</x:v>
+      </x:c>
+      <x:c r="B130" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C130" s="0">
+        <x:v>6.26</x:v>
+      </x:c>
+      <x:c r="D130" s="0">
+        <x:v>24347.447</x:v>
+      </x:c>
+      <x:c r="E130" s="0">
+        <x:v>23526.634</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="131" spans="1:5">
+      <x:c r="A131" s="1">
+        <x:v>45880.3183564815</x:v>
+      </x:c>
+      <x:c r="B131" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C131" s="0">
+        <x:v>5.69</x:v>
+      </x:c>
+      <x:c r="D131" s="0">
+        <x:v>24435.041</x:v>
+      </x:c>
+      <x:c r="E131" s="0">
+        <x:v>23611.266</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="132" spans="1:5">
+      <x:c r="A132" s="1">
         <x:v>45877.9331597222</x:v>
       </x:c>
-      <x:c r="B90" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C90" s="0">
+      <x:c r="B132" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C132" s="0">
         <x:v>5.83</x:v>
       </x:c>
-      <x:c r="D90" s="0">
+      <x:c r="D132" s="0">
         <x:v>24437.66</x:v>
       </x:c>
-      <x:c r="E90" s="0">
+      <x:c r="E132" s="0">
         <x:v>23611.266</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>