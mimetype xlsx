--- v1 (2025-12-05)
+++ v2 (2025-12-25)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc3d4e6284360434b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7bff689a5d4b462ab0f34a17ec5aeda2.psmdcp" Id="Rb14d4c7c072a475f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb66cf4d0143e4c92" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0afc7194ce1a47dbb45d8064b944eb77.psmdcp" Id="R8bd925e93ed6417b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>DE000BB325U6</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -390,2290 +390,2630 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E132"/>
+  <x:dimension ref="A1:E152"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>45995.9303009259</x:v>
+        <x:v>46015.3842824074</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
-        <x:v>0.2</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>26475.657</x:v>
+        <x:v>26483.404</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>25581.7</x:v>
+        <x:v>25587.83</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>45995.3278587963</x:v>
+        <x:v>46014.9278356481</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
-        <x:v>0.2</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>26501.366</x:v>
+        <x:v>26483.404</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>25606.54</x:v>
+        <x:v>25587.83</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>45994.9276967593</x:v>
+        <x:v>46013.9284837963</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
-        <x:v>0.2</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>26501.261</x:v>
+        <x:v>26350.138</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>25606.54</x:v>
+        <x:v>25461.7</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>45994.3371875</x:v>
+        <x:v>46013.296712963</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
-        <x:v>0.2</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>26448.807</x:v>
+        <x:v>26230.575</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>25555.86</x:v>
+        <x:v>25346.18</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>45993.9303240741</x:v>
+        <x:v>46010.9275810185</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
-        <x:v>0.21</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>26450.315</x:v>
+        <x:v>26233.296</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>25555.86</x:v>
+        <x:v>25346.18</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>45992.9296990741</x:v>
+        <x:v>46009.930787037</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
-        <x:v>0.25</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>26229.849</x:v>
+        <x:v>25895.048</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>25342.849</x:v>
+        <x:v>25019.37</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>45989.8197106481</x:v>
+        <x:v>46008.9275925926</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
-        <x:v>0.23</x:v>
+        <x:v>0.37</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>26324.162</x:v>
+        <x:v>25510.276</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>25434.889</x:v>
+        <x:v>24647.61</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>45989.3082638889</x:v>
+        <x:v>46007.9277662037</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
-        <x:v>0.26</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>26119.284</x:v>
+        <x:v>26012.593</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>25236.939</x:v>
+        <x:v>25132.94</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>45987.9265509259</x:v>
+        <x:v>46006.9271064815</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
         <x:v>0.28</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>26118.712</x:v>
+        <x:v>25942.63</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>25236.939</x:v>
+        <x:v>25067.27</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>45987.319537037</x:v>
+        <x:v>46006.3081018518</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C12" s="0">
-        <x:v>0.3</x:v>
+        <x:v>0.24</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>25892.483</x:v>
+        <x:v>26076.621</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>25018.36</x:v>
+        <x:v>25196.73</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>45986.9250347222</x:v>
+        <x:v>46003.9269907407</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0">
-        <x:v>0.33</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>25893.893</x:v>
+        <x:v>26077.704</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>25018.36</x:v>
+        <x:v>25196.73</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>45986.3107407407</x:v>
+        <x:v>46003.3313773148</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C14" s="0">
-        <x:v>0.38</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>25744.325</x:v>
+        <x:v>26584.812</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>24873.85</x:v>
+        <x:v>25686.69</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>45985.3068518518</x:v>
+        <x:v>46002.9320023148</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
-        <x:v>0.66</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>25087.633</x:v>
+        <x:v>26585.724</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>24239.573</x:v>
+        <x:v>25686.69</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>45982.9249074074</x:v>
+        <x:v>46001.927025463</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C16" s="0">
-        <x:v>0.79</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>25086.261</x:v>
+        <x:v>26678.277</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>24239.573</x:v>
+        <x:v>25776.44</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>45982.3124884259</x:v>
+        <x:v>46001.3340509259</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C17" s="0">
-        <x:v>0.9</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>24894.587</x:v>
+        <x:v>26566.756</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>24054.38</x:v>
+        <x:v>25668.69</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>45981.9259027778</x:v>
+        <x:v>46000.9275810185</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="0">
-        <x:v>0.93</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>24891.795</x:v>
+        <x:v>26566.919</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>24054.38</x:v>
+        <x:v>25668.69</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>45981.3119675926</x:v>
+        <x:v>46000.3338310185</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C19" s="0">
-        <x:v>0.4</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>25498.445</x:v>
+        <x:v>26524.753</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>24640.515</x:v>
+        <x:v>25627.95</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
-        <x:v>45980.926412037</x:v>
+        <x:v>45999.3304282407</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C20" s="0">
-        <x:v>0.63</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>25502.756</x:v>
+        <x:v>26589.356</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>24640.515</x:v>
+        <x:v>25692.05</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="1">
-        <x:v>45979.9258680556</x:v>
+        <x:v>45996.9307407407</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C21" s="0">
-        <x:v>0.71</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D21" s="0">
-        <x:v>25360.149</x:v>
+        <x:v>26588.281</x:v>
       </x:c>
       <x:c r="E21" s="0">
-        <x:v>24503.096</x:v>
+        <x:v>25692.05</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="1">
-        <x:v>45979.3133912037</x:v>
+        <x:v>45996.3408333333</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C22" s="0">
-        <x:v>0.64</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D22" s="0">
-        <x:v>25667.36</x:v>
+        <x:v>26474.069</x:v>
       </x:c>
       <x:c r="E22" s="0">
-        <x:v>24799.918</x:v>
+        <x:v>25581.7</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="1">
-        <x:v>45978.9281365741</x:v>
+        <x:v>45995.9303009259</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C23" s="0">
-        <x:v>0.57</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D23" s="0">
-        <x:v>25667.423</x:v>
+        <x:v>26475.657</x:v>
       </x:c>
       <x:c r="E23" s="0">
-        <x:v>24799.918</x:v>
+        <x:v>25581.7</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="1">
-        <x:v>45978.3022453704</x:v>
+        <x:v>45995.3278587963</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C24" s="0">
-        <x:v>0.43</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D24" s="0">
-        <x:v>25883.038</x:v>
+        <x:v>26501.366</x:v>
       </x:c>
       <x:c r="E24" s="0">
-        <x:v>25008.242</x:v>
+        <x:v>25606.54</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="1">
-        <x:v>45975.9257986111</x:v>
+        <x:v>45994.9276967593</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C25" s="0">
-        <x:v>0.49</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D25" s="0">
-        <x:v>25880.486</x:v>
+        <x:v>26501.261</x:v>
       </x:c>
       <x:c r="E25" s="0">
-        <x:v>25008.242</x:v>
+        <x:v>25606.54</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="1">
-        <x:v>45975.3077546296</x:v>
+        <x:v>45994.3371875</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C26" s="0">
-        <x:v>0.49</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D26" s="0">
-        <x:v>25865.19</x:v>
+        <x:v>26448.807</x:v>
       </x:c>
       <x:c r="E26" s="0">
-        <x:v>24993.463</x:v>
+        <x:v>25555.86</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="1">
-        <x:v>45974.924849537</x:v>
+        <x:v>45993.9303240741</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C27" s="0">
-        <x:v>0.5</x:v>
+        <x:v>0.21</x:v>
       </x:c>
       <x:c r="D27" s="0">
-        <x:v>25867.851</x:v>
+        <x:v>26450.315</x:v>
       </x:c>
       <x:c r="E27" s="0">
-        <x:v>24993.463</x:v>
+        <x:v>25555.86</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="1">
-        <x:v>45974.3773032407</x:v>
+        <x:v>45992.9296990741</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C28" s="0">
-        <x:v>0.33</x:v>
+        <x:v>0.25</x:v>
       </x:c>
       <x:c r="D28" s="0">
-        <x:v>26410.051</x:v>
+        <x:v>26229.849</x:v>
       </x:c>
       <x:c r="E28" s="0">
-        <x:v>25517.328</x:v>
+        <x:v>25342.849</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="1">
-        <x:v>45974.3182638889</x:v>
+        <x:v>45989.8197106481</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C29" s="0">
-        <x:v>0.33</x:v>
+        <x:v>0.23</x:v>
       </x:c>
       <x:c r="D29" s="0">
-        <x:v>26410.051</x:v>
+        <x:v>26324.162</x:v>
       </x:c>
       <x:c r="E29" s="0">
-        <x:v>25517.328</x:v>
+        <x:v>25434.889</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="1">
-        <x:v>45973.9253356481</x:v>
+        <x:v>45989.3082638889</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C30" s="0">
-        <x:v>0.35</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="D30" s="0">
-        <x:v>26410.205</x:v>
+        <x:v>26119.284</x:v>
       </x:c>
       <x:c r="E30" s="0">
-        <x:v>25517.328</x:v>
+        <x:v>25236.939</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="1">
-        <x:v>45973.3365393519</x:v>
+        <x:v>45987.9265509259</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C31" s="0">
-        <x:v>0.31</x:v>
+        <x:v>0.28</x:v>
       </x:c>
       <x:c r="D31" s="0">
-        <x:v>26426.929</x:v>
+        <x:v>26118.712</x:v>
       </x:c>
       <x:c r="E31" s="0">
-        <x:v>25533.486</x:v>
+        <x:v>25236.939</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="1">
-        <x:v>45972.9253240741</x:v>
+        <x:v>45987.319537037</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C32" s="0">
-        <x:v>0.35</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="D32" s="0">
-        <x:v>26427.158</x:v>
+        <x:v>25892.483</x:v>
       </x:c>
       <x:c r="E32" s="0">
-        <x:v>25533.486</x:v>
+        <x:v>25018.36</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="1">
-        <x:v>45971.9253703704</x:v>
+        <x:v>45986.9250347222</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C33" s="0">
         <x:v>0.33</x:v>
       </x:c>
       <x:c r="D33" s="0">
-        <x:v>26504.865</x:v>
+        <x:v>25893.893</x:v>
       </x:c>
       <x:c r="E33" s="0">
-        <x:v>25611.737</x:v>
+        <x:v>25018.36</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="1">
-        <x:v>45971.2992708333</x:v>
+        <x:v>45986.3107407407</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C34" s="0">
-        <x:v>0.44</x:v>
+        <x:v>0.38</x:v>
       </x:c>
       <x:c r="D34" s="0">
-        <x:v>25933.618</x:v>
+        <x:v>25744.325</x:v>
       </x:c>
       <x:c r="E34" s="0">
-        <x:v>25059.808</x:v>
+        <x:v>24873.85</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="1">
-        <x:v>45968.9253935185</x:v>
+        <x:v>45985.3068518518</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C35" s="0">
-        <x:v>0.59</x:v>
+        <x:v>0.66</x:v>
       </x:c>
       <x:c r="D35" s="0">
-        <x:v>25936.387</x:v>
+        <x:v>25087.633</x:v>
       </x:c>
       <x:c r="E35" s="0">
-        <x:v>25059.808</x:v>
+        <x:v>24239.573</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="1">
-        <x:v>45968.3147337963</x:v>
+        <x:v>45982.9249074074</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C36" s="0">
-        <x:v>0.52</x:v>
+        <x:v>0.79</x:v>
       </x:c>
       <x:c r="D36" s="0">
-        <x:v>26009.079</x:v>
+        <x:v>25086.261</x:v>
       </x:c>
       <x:c r="E36" s="0">
-        <x:v>25130.042</x:v>
+        <x:v>24239.573</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="1">
-        <x:v>45967.9277893519</x:v>
+        <x:v>45982.3124884259</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C37" s="0">
-        <x:v>0.55</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="D37" s="0">
-        <x:v>26009.594</x:v>
+        <x:v>24894.587</x:v>
       </x:c>
       <x:c r="E37" s="0">
-        <x:v>25130.042</x:v>
+        <x:v>24054.38</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="1">
-        <x:v>45966.9253587963</x:v>
+        <x:v>45981.9259027778</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C38" s="0">
-        <x:v>0.4</x:v>
+        <x:v>0.93</x:v>
       </x:c>
       <x:c r="D38" s="0">
-        <x:v>26516.732</x:v>
+        <x:v>24891.795</x:v>
       </x:c>
       <x:c r="E38" s="0">
-        <x:v>25620.031</x:v>
+        <x:v>24054.38</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="1">
-        <x:v>45965.9236921296</x:v>
+        <x:v>45981.3119675926</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C39" s="0">
-        <x:v>0.47</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="D39" s="0">
-        <x:v>26325.654</x:v>
+        <x:v>25498.445</x:v>
       </x:c>
       <x:c r="E39" s="0">
-        <x:v>25435.704</x:v>
+        <x:v>24640.515</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="1">
-        <x:v>45965.3316550926</x:v>
+        <x:v>45980.926412037</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C40" s="0">
-        <x:v>0.41</x:v>
+        <x:v>0.63</x:v>
       </x:c>
       <x:c r="D40" s="0">
-        <x:v>26881.696</x:v>
+        <x:v>25502.756</x:v>
       </x:c>
       <x:c r="E40" s="0">
-        <x:v>25972.943</x:v>
+        <x:v>24640.515</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="1">
-        <x:v>45964.9227893519</x:v>
+        <x:v>45979.9258680556</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C41" s="0">
-        <x:v>0.33</x:v>
+        <x:v>0.71</x:v>
       </x:c>
       <x:c r="D41" s="0">
-        <x:v>26881.996</x:v>
+        <x:v>25360.149</x:v>
       </x:c>
       <x:c r="E41" s="0">
-        <x:v>25972.943</x:v>
+        <x:v>24503.096</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="1">
-        <x:v>45961.8818981481</x:v>
+        <x:v>45979.3133912037</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C42" s="0">
-        <x:v>0.36</x:v>
+        <x:v>0.64</x:v>
       </x:c>
       <x:c r="D42" s="0">
-        <x:v>26760.688</x:v>
+        <x:v>25667.36</x:v>
       </x:c>
       <x:c r="E42" s="0">
-        <x:v>25858.126</x:v>
+        <x:v>24799.918</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="1">
-        <x:v>45961.3396180556</x:v>
+        <x:v>45978.9281365741</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C43" s="0">
-        <x:v>0.31</x:v>
+        <x:v>0.57</x:v>
       </x:c>
       <x:c r="D43" s="0">
-        <x:v>26633.06</x:v>
+        <x:v>25667.423</x:v>
       </x:c>
       <x:c r="E43" s="0">
-        <x:v>25734.813</x:v>
+        <x:v>24799.918</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="1">
-        <x:v>45960.8841435185</x:v>
+        <x:v>45978.3022453704</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C44" s="0">
-        <x:v>0.4</x:v>
+        <x:v>0.43</x:v>
       </x:c>
       <x:c r="D44" s="0">
-        <x:v>26635.532</x:v>
+        <x:v>25883.038</x:v>
       </x:c>
       <x:c r="E44" s="0">
-        <x:v>25734.813</x:v>
+        <x:v>25008.242</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="1">
-        <x:v>45959.8897916667</x:v>
+        <x:v>45975.9257986111</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C45" s="0">
-        <x:v>0.31</x:v>
+        <x:v>0.49</x:v>
       </x:c>
       <x:c r="D45" s="0">
-        <x:v>27033.832</x:v>
+        <x:v>25880.486</x:v>
       </x:c>
       <x:c r="E45" s="0">
-        <x:v>26119.846</x:v>
+        <x:v>25008.242</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="1">
-        <x:v>45959.3231944444</x:v>
+        <x:v>45975.3077546296</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C46" s="0">
-        <x:v>0.3</x:v>
+        <x:v>0.49</x:v>
       </x:c>
       <x:c r="D46" s="0">
-        <x:v>26922.372</x:v>
+        <x:v>25865.19</x:v>
       </x:c>
       <x:c r="E46" s="0">
-        <x:v>26012.155</x:v>
+        <x:v>24993.463</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="1">
-        <x:v>45958.8875115741</x:v>
+        <x:v>45974.924849537</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C47" s="0">
-        <x:v>0.34</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="D47" s="0">
-        <x:v>26922.246</x:v>
+        <x:v>25867.851</x:v>
       </x:c>
       <x:c r="E47" s="0">
-        <x:v>26012.155</x:v>
+        <x:v>24993.463</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5">
       <x:c r="A48" s="1">
-        <x:v>45958.3305902778</x:v>
+        <x:v>45974.3773032407</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C48" s="0">
-        <x:v>0.39</x:v>
+        <x:v>0.33</x:v>
       </x:c>
       <x:c r="D48" s="0">
-        <x:v>26724.96</x:v>
+        <x:v>26410.051</x:v>
       </x:c>
       <x:c r="E48" s="0">
-        <x:v>25821.54</x:v>
+        <x:v>25517.328</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
       <x:c r="A49" s="1">
-        <x:v>45957.8875578704</x:v>
+        <x:v>45974.3182638889</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C49" s="0">
-        <x:v>0.39</x:v>
+        <x:v>0.33</x:v>
       </x:c>
       <x:c r="D49" s="0">
-        <x:v>26725.3</x:v>
+        <x:v>26410.051</x:v>
       </x:c>
       <x:c r="E49" s="0">
-        <x:v>25821.546</x:v>
+        <x:v>25517.328</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5">
       <x:c r="A50" s="1">
-        <x:v>45954.9259259259</x:v>
+        <x:v>45973.9253356481</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C50" s="0">
-        <x:v>0.62</x:v>
+        <x:v>0.35</x:v>
       </x:c>
       <x:c r="D50" s="0">
-        <x:v>26245.676</x:v>
+        <x:v>26410.205</x:v>
       </x:c>
       <x:c r="E50" s="0">
-        <x:v>25358.162</x:v>
+        <x:v>25517.328</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5">
       <x:c r="A51" s="1">
-        <x:v>45954.3348148148</x:v>
+        <x:v>45973.3365393519</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C51" s="0">
-        <x:v>0.72</x:v>
+        <x:v>0.31</x:v>
       </x:c>
       <x:c r="D51" s="0">
-        <x:v>25975.803</x:v>
+        <x:v>26426.929</x:v>
       </x:c>
       <x:c r="E51" s="0">
-        <x:v>25097.415</x:v>
+        <x:v>25533.486</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5">
       <x:c r="A52" s="1">
-        <x:v>45953.9278009259</x:v>
+        <x:v>45972.9253240741</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C52" s="0">
-        <x:v>0.78</x:v>
+        <x:v>0.35</x:v>
       </x:c>
       <x:c r="D52" s="0">
-        <x:v>25975.824</x:v>
+        <x:v>26427.158</x:v>
       </x:c>
       <x:c r="E52" s="0">
-        <x:v>25097.415</x:v>
+        <x:v>25533.486</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5">
       <x:c r="A53" s="1">
-        <x:v>45952.9303703704</x:v>
+        <x:v>45971.9253703704</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C53" s="0">
-        <x:v>0.94</x:v>
+        <x:v>0.33</x:v>
       </x:c>
       <x:c r="D53" s="0">
-        <x:v>25749.77</x:v>
+        <x:v>26504.865</x:v>
       </x:c>
       <x:c r="E53" s="0">
-        <x:v>24879.005</x:v>
+        <x:v>25611.737</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5">
       <x:c r="A54" s="1">
-        <x:v>45951.9269444444</x:v>
+        <x:v>45971.2992708333</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C54" s="0">
-        <x:v>0.79</x:v>
+        <x:v>0.44</x:v>
       </x:c>
       <x:c r="D54" s="0">
-        <x:v>26006.581</x:v>
+        <x:v>25933.618</x:v>
       </x:c>
       <x:c r="E54" s="0">
-        <x:v>25127.131</x:v>
+        <x:v>25059.808</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5">
       <x:c r="A55" s="1">
-        <x:v>45950.9289814815</x:v>
+        <x:v>45968.9253935185</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C55" s="0">
-        <x:v>0.78</x:v>
+        <x:v>0.59</x:v>
       </x:c>
       <x:c r="D55" s="0">
-        <x:v>26020.954</x:v>
+        <x:v>25936.387</x:v>
       </x:c>
       <x:c r="E55" s="0">
-        <x:v>25141.018</x:v>
+        <x:v>25059.808</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5">
       <x:c r="A56" s="1">
-        <x:v>45947.9299768519</x:v>
+        <x:v>45968.3147337963</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C56" s="0">
-        <x:v>1.05</x:v>
+        <x:v>0.52</x:v>
       </x:c>
       <x:c r="D56" s="0">
-        <x:v>25686.581</x:v>
+        <x:v>26009.079</x:v>
       </x:c>
       <x:c r="E56" s="0">
-        <x:v>24817.953</x:v>
+        <x:v>25130.042</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:5">
       <x:c r="A57" s="1">
-        <x:v>45946.9262037037</x:v>
+        <x:v>45967.9277893519</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C57" s="0">
-        <x:v>1.2</x:v>
+        <x:v>0.55</x:v>
       </x:c>
       <x:c r="D57" s="0">
-        <x:v>25520.244</x:v>
+        <x:v>26009.594</x:v>
       </x:c>
       <x:c r="E57" s="0">
-        <x:v>24657.241</x:v>
+        <x:v>25130.042</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:5">
       <x:c r="A58" s="1">
-        <x:v>45945.9257175926</x:v>
+        <x:v>45966.9253587963</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C58" s="0">
-        <x:v>1.12</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="D58" s="0">
-        <x:v>25611.446</x:v>
+        <x:v>26516.732</x:v>
       </x:c>
       <x:c r="E58" s="0">
-        <x:v>24745.358</x:v>
+        <x:v>25620.031</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:5">
       <x:c r="A59" s="1">
-        <x:v>45944.9308101852</x:v>
+        <x:v>45965.9236921296</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C59" s="0">
-        <x:v>1.3</x:v>
+        <x:v>0.47</x:v>
       </x:c>
       <x:c r="D59" s="0">
-        <x:v>25439.593</x:v>
+        <x:v>26325.654</x:v>
       </x:c>
       <x:c r="E59" s="0">
-        <x:v>24579.317</x:v>
+        <x:v>25435.704</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:5">
       <x:c r="A60" s="1">
-        <x:v>45943.926724537</x:v>
+        <x:v>45965.3316550926</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C60" s="0">
-        <x:v>1.14</x:v>
+        <x:v>0.41</x:v>
       </x:c>
       <x:c r="D60" s="0">
-        <x:v>25616.511</x:v>
+        <x:v>26881.696</x:v>
       </x:c>
       <x:c r="E60" s="0">
-        <x:v>24750.252</x:v>
+        <x:v>25972.943</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:5">
       <x:c r="A61" s="1">
-        <x:v>45940.9235069444</x:v>
+        <x:v>45964.9227893519</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C61" s="0">
-        <x:v>2.01</x:v>
+        <x:v>0.33</x:v>
       </x:c>
       <x:c r="D61" s="0">
-        <x:v>25069.438</x:v>
+        <x:v>26881.996</x:v>
       </x:c>
       <x:c r="E61" s="0">
-        <x:v>24221.745</x:v>
+        <x:v>25972.943</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:5">
       <x:c r="A62" s="1">
-        <x:v>45940.3355092593</x:v>
+        <x:v>45961.8818981481</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C62" s="0">
-        <x:v>1.14</x:v>
+        <x:v>0.36</x:v>
       </x:c>
       <x:c r="D62" s="0">
-        <x:v>25976.548</x:v>
+        <x:v>26760.688</x:v>
       </x:c>
       <x:c r="E62" s="0">
-        <x:v>25098.18</x:v>
+        <x:v>25858.126</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:5">
       <x:c r="A63" s="1">
-        <x:v>45939.3272800926</x:v>
+        <x:v>45961.3396180556</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C63" s="0">
-        <x:v>1.14</x:v>
+        <x:v>0.31</x:v>
       </x:c>
       <x:c r="D63" s="0">
-        <x:v>26015.962</x:v>
+        <x:v>26633.06</x:v>
       </x:c>
       <x:c r="E63" s="0">
-        <x:v>25136.623</x:v>
+        <x:v>25734.813</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:5">
       <x:c r="A64" s="1">
-        <x:v>45938.9270833333</x:v>
+        <x:v>45960.8841435185</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C64" s="0">
-        <x:v>1.15</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="D64" s="0">
-        <x:v>26016.405</x:v>
+        <x:v>26635.532</x:v>
       </x:c>
       <x:c r="E64" s="0">
-        <x:v>25136.623</x:v>
+        <x:v>25734.813</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:5">
       <x:c r="A65" s="1">
-        <x:v>45937.9282291667</x:v>
+        <x:v>45959.8897916667</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C65" s="0">
-        <x:v>1.5</x:v>
+        <x:v>0.31</x:v>
       </x:c>
       <x:c r="D65" s="0">
-        <x:v>25709.635</x:v>
+        <x:v>27033.832</x:v>
       </x:c>
       <x:c r="E65" s="0">
-        <x:v>24840.227</x:v>
+        <x:v>26119.846</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:5">
       <x:c r="A66" s="1">
-        <x:v>45936.9241319444</x:v>
+        <x:v>45959.3231944444</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C66" s="0">
-        <x:v>1.35</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="D66" s="0">
-        <x:v>25852.808</x:v>
+        <x:v>26922.372</x:v>
       </x:c>
       <x:c r="E66" s="0">
-        <x:v>24978.558</x:v>
+        <x:v>26012.155</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:5">
       <x:c r="A67" s="1">
-        <x:v>45933.9288425926</x:v>
+        <x:v>45958.8875115741</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C67" s="0">
-        <x:v>1.59</x:v>
+        <x:v>0.34</x:v>
       </x:c>
       <x:c r="D67" s="0">
-        <x:v>25650.578</x:v>
+        <x:v>26922.246</x:v>
       </x:c>
       <x:c r="E67" s="0">
-        <x:v>24785.522</x:v>
+        <x:v>26012.155</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:5">
       <x:c r="A68" s="1">
-        <x:v>45933.331087963</x:v>
+        <x:v>45958.3305902778</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C68" s="0">
-        <x:v>1.37</x:v>
+        <x:v>0.39</x:v>
       </x:c>
       <x:c r="D68" s="0">
-        <x:v>25761.574</x:v>
+        <x:v>26724.96</x:v>
       </x:c>
       <x:c r="E68" s="0">
-        <x:v>24892.764</x:v>
+        <x:v>25821.54</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:5">
       <x:c r="A69" s="1">
-        <x:v>45932.9250925926</x:v>
+        <x:v>45957.8875578704</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C69" s="0">
-        <x:v>1.47</x:v>
+        <x:v>0.39</x:v>
       </x:c>
       <x:c r="D69" s="0">
-        <x:v>25764.011</x:v>
+        <x:v>26725.3</x:v>
       </x:c>
       <x:c r="E69" s="0">
-        <x:v>24892.764</x:v>
+        <x:v>25821.546</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:5">
       <x:c r="A70" s="1">
-        <x:v>45931.9294097222</x:v>
+        <x:v>45954.9259259259</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C70" s="0">
-        <x:v>1.59</x:v>
+        <x:v>0.62</x:v>
       </x:c>
       <x:c r="D70" s="0">
-        <x:v>25667.285</x:v>
+        <x:v>26245.676</x:v>
       </x:c>
       <x:c r="E70" s="0">
-        <x:v>24800.863</x:v>
+        <x:v>25358.162</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:5">
       <x:c r="A71" s="1">
-        <x:v>45931.3342361111</x:v>
+        <x:v>45954.3348148148</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C71" s="0">
-        <x:v>1.94</x:v>
+        <x:v>0.72</x:v>
       </x:c>
       <x:c r="D71" s="0">
-        <x:v>25542.179</x:v>
+        <x:v>25975.803</x:v>
       </x:c>
       <x:c r="E71" s="0">
-        <x:v>24679.988</x:v>
+        <x:v>25097.415</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:5">
       <x:c r="A72" s="1">
-        <x:v>45930.933900463</x:v>
+        <x:v>45953.9278009259</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C72" s="0">
-        <x:v>1.76</x:v>
+        <x:v>0.78</x:v>
       </x:c>
       <x:c r="D72" s="0">
-        <x:v>25542.931</x:v>
+        <x:v>25975.824</x:v>
       </x:c>
       <x:c r="E72" s="0">
-        <x:v>24679.988</x:v>
+        <x:v>25097.415</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:5">
       <x:c r="A73" s="1">
-        <x:v>45930.3326736111</x:v>
+        <x:v>45952.9303703704</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C73" s="0">
-        <x:v>1.85</x:v>
+        <x:v>0.94</x:v>
       </x:c>
       <x:c r="D73" s="0">
-        <x:v>25471.893</x:v>
+        <x:v>25749.77</x:v>
       </x:c>
       <x:c r="E73" s="0">
-        <x:v>24611.352</x:v>
+        <x:v>24879.005</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:5">
       <x:c r="A74" s="1">
-        <x:v>45929.9324074074</x:v>
+        <x:v>45951.9269444444</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C74" s="0">
-        <x:v>1.86</x:v>
+        <x:v>0.79</x:v>
       </x:c>
       <x:c r="D74" s="0">
-        <x:v>25472.749</x:v>
+        <x:v>26006.581</x:v>
       </x:c>
       <x:c r="E74" s="0">
-        <x:v>24611.352</x:v>
+        <x:v>25127.131</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:5">
       <x:c r="A75" s="1">
-        <x:v>45926.9298611111</x:v>
+        <x:v>45950.9289814815</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C75" s="0">
-        <x:v>2.03</x:v>
+        <x:v>0.78</x:v>
       </x:c>
       <x:c r="D75" s="0">
-        <x:v>25361.069</x:v>
+        <x:v>26020.954</x:v>
       </x:c>
       <x:c r="E75" s="0">
-        <x:v>24503.848</x:v>
+        <x:v>25141.018</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:5">
       <x:c r="A76" s="1">
-        <x:v>45926.3217824074</x:v>
+        <x:v>45947.9299768519</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C76" s="0">
-        <x:v>2.26</x:v>
+        <x:v>1.05</x:v>
       </x:c>
       <x:c r="D76" s="0">
-        <x:v>25250.803</x:v>
+        <x:v>25686.581</x:v>
       </x:c>
       <x:c r="E76" s="0">
-        <x:v>24397.311</x:v>
+        <x:v>24817.953</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:5">
       <x:c r="A77" s="1">
-        <x:v>45925.9294444444</x:v>
+        <x:v>45946.9262037037</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C77" s="0">
-        <x:v>2.23</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="D77" s="0">
-        <x:v>25251.217</x:v>
+        <x:v>25520.244</x:v>
       </x:c>
       <x:c r="E77" s="0">
-        <x:v>24397.311</x:v>
+        <x:v>24657.241</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:5">
       <x:c r="A78" s="1">
-        <x:v>45924.9296527778</x:v>
+        <x:v>45945.9257175926</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C78" s="0">
-        <x:v>2.05</x:v>
+        <x:v>1.12</x:v>
       </x:c>
       <x:c r="D78" s="0">
-        <x:v>25360.756</x:v>
+        <x:v>25611.446</x:v>
       </x:c>
       <x:c r="E78" s="0">
-        <x:v>24503.567</x:v>
+        <x:v>24745.358</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:5">
       <x:c r="A79" s="1">
-        <x:v>45924.3777662037</x:v>
+        <x:v>45944.9308101852</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C79" s="0">
-        <x:v>1.81</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="D79" s="0">
-        <x:v>25440.038</x:v>
+        <x:v>25439.593</x:v>
       </x:c>
       <x:c r="E79" s="0">
-        <x:v>24580.168</x:v>
+        <x:v>24579.317</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:5">
       <x:c r="A80" s="1">
-        <x:v>45923.9251967593</x:v>
+        <x:v>45943.926724537</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C80" s="0">
-        <x:v>1.93</x:v>
+        <x:v>1.14</x:v>
       </x:c>
       <x:c r="D80" s="0">
-        <x:v>25440.474</x:v>
+        <x:v>25616.511</x:v>
       </x:c>
       <x:c r="E80" s="0">
-        <x:v>24580.168</x:v>
+        <x:v>24750.252</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:5">
       <x:c r="A81" s="1">
-        <x:v>45922.926712963</x:v>
+        <x:v>45940.9235069444</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C81" s="0">
-        <x:v>1.68</x:v>
+        <x:v>2.01</x:v>
       </x:c>
       <x:c r="D81" s="0">
-        <x:v>25624.635</x:v>
+        <x:v>25069.438</x:v>
       </x:c>
       <x:c r="E81" s="0">
-        <x:v>24761.074</x:v>
+        <x:v>24221.745</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:5">
       <x:c r="A82" s="1">
-        <x:v>45922.3338888889</x:v>
+        <x:v>45940.3355092593</x:v>
       </x:c>
       <x:c r="B82" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C82" s="0">
-        <x:v>1.92</x:v>
+        <x:v>1.14</x:v>
       </x:c>
       <x:c r="D82" s="0">
-        <x:v>25485.089</x:v>
+        <x:v>25976.548</x:v>
       </x:c>
       <x:c r="E82" s="0">
-        <x:v>24626.247</x:v>
+        <x:v>25098.18</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:5">
       <x:c r="A83" s="1">
-        <x:v>45919.9342592593</x:v>
+        <x:v>45939.3272800926</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C83" s="0">
-        <x:v>1.88</x:v>
+        <x:v>1.14</x:v>
       </x:c>
       <x:c r="D83" s="0">
-        <x:v>25488.166</x:v>
+        <x:v>26015.962</x:v>
       </x:c>
       <x:c r="E83" s="0">
-        <x:v>24626.247</x:v>
+        <x:v>25136.623</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:5">
       <x:c r="A84" s="1">
-        <x:v>45918.9265393519</x:v>
+        <x:v>45938.9270833333</x:v>
       </x:c>
       <x:c r="B84" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C84" s="0">
-        <x:v>2.19</x:v>
+        <x:v>1.15</x:v>
       </x:c>
       <x:c r="D84" s="0">
-        <x:v>25310.815</x:v>
+        <x:v>26016.405</x:v>
       </x:c>
       <x:c r="E84" s="0">
-        <x:v>24454.894</x:v>
+        <x:v>25136.623</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:5">
       <x:c r="A85" s="1">
-        <x:v>45917.9270486111</x:v>
+        <x:v>45937.9282291667</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C85" s="0">
-        <x:v>2.7</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="D85" s="0">
-        <x:v>25071.178</x:v>
+        <x:v>25709.635</x:v>
       </x:c>
       <x:c r="E85" s="0">
-        <x:v>24223.687</x:v>
+        <x:v>24840.227</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:5">
       <x:c r="A86" s="1">
-        <x:v>45917.3258680556</x:v>
+        <x:v>45936.9241319444</x:v>
       </x:c>
       <x:c r="B86" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C86" s="0">
-        <x:v>2.62</x:v>
+        <x:v>1.35</x:v>
       </x:c>
       <x:c r="D86" s="0">
-        <x:v>25123.509</x:v>
+        <x:v>25852.808</x:v>
       </x:c>
       <x:c r="E86" s="0">
-        <x:v>24274.249</x:v>
+        <x:v>24978.558</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:5">
       <x:c r="A87" s="1">
-        <x:v>45916.9258912037</x:v>
+        <x:v>45933.9288425926</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C87" s="0">
-        <x:v>2.59</x:v>
+        <x:v>1.59</x:v>
       </x:c>
       <x:c r="D87" s="0">
-        <x:v>25123.848</x:v>
+        <x:v>25650.578</x:v>
       </x:c>
       <x:c r="E87" s="0">
-        <x:v>24274.249</x:v>
+        <x:v>24785.522</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:5">
       <x:c r="A88" s="1">
-        <x:v>45915.9270949074</x:v>
+        <x:v>45933.331087963</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C88" s="0">
-        <x:v>2.55</x:v>
+        <x:v>1.37</x:v>
       </x:c>
       <x:c r="D88" s="0">
-        <x:v>25142.247</x:v>
+        <x:v>25761.574</x:v>
       </x:c>
       <x:c r="E88" s="0">
-        <x:v>24293.781</x:v>
+        <x:v>24892.764</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:5">
       <x:c r="A89" s="1">
-        <x:v>45915.3170833333</x:v>
+        <x:v>45932.9250925926</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C89" s="0">
-        <x:v>3.02</x:v>
+        <x:v>1.47</x:v>
       </x:c>
       <x:c r="D89" s="0">
-        <x:v>24933.604</x:v>
+        <x:v>25764.011</x:v>
       </x:c>
       <x:c r="E89" s="0">
-        <x:v>24092.193</x:v>
+        <x:v>24892.764</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:5">
       <x:c r="A90" s="1">
-        <x:v>45912.9234375</x:v>
+        <x:v>45931.9294097222</x:v>
       </x:c>
       <x:c r="B90" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C90" s="0">
-        <x:v>3.05</x:v>
+        <x:v>1.59</x:v>
       </x:c>
       <x:c r="D90" s="0">
-        <x:v>24934.594</x:v>
+        <x:v>25667.285</x:v>
       </x:c>
       <x:c r="E90" s="0">
-        <x:v>24092.193</x:v>
+        <x:v>24800.863</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:5">
       <x:c r="A91" s="1">
-        <x:v>45912.3096643519</x:v>
+        <x:v>45931.3342361111</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C91" s="0">
-        <x:v>3.29</x:v>
+        <x:v>1.94</x:v>
       </x:c>
       <x:c r="D91" s="0">
-        <x:v>24831.476</x:v>
+        <x:v>25542.179</x:v>
       </x:c>
       <x:c r="E91" s="0">
-        <x:v>23992.562</x:v>
+        <x:v>24679.988</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:5">
       <x:c r="A92" s="1">
-        <x:v>45911.9251388889</x:v>
+        <x:v>45930.933900463</x:v>
       </x:c>
       <x:c r="B92" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C92" s="0">
-        <x:v>3.32</x:v>
+        <x:v>1.76</x:v>
       </x:c>
       <x:c r="D92" s="0">
-        <x:v>24832.171</x:v>
+        <x:v>25542.931</x:v>
       </x:c>
       <x:c r="E92" s="0">
-        <x:v>23992.562</x:v>
+        <x:v>24679.988</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:5">
       <x:c r="A93" s="1">
-        <x:v>45911.3307986111</x:v>
+        <x:v>45930.3326736111</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C93" s="0">
-        <x:v>3.74</x:v>
+        <x:v>1.85</x:v>
       </x:c>
       <x:c r="D93" s="0">
-        <x:v>24683.863</x:v>
+        <x:v>25471.893</x:v>
       </x:c>
       <x:c r="E93" s="0">
-        <x:v>23849.27</x:v>
+        <x:v>24611.352</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:5">
       <x:c r="A94" s="1">
-        <x:v>45910.9239930556</x:v>
+        <x:v>45929.9324074074</x:v>
       </x:c>
       <x:c r="B94" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C94" s="0">
-        <x:v>3.77</x:v>
+        <x:v>1.86</x:v>
       </x:c>
       <x:c r="D94" s="0">
-        <x:v>24683.994</x:v>
+        <x:v>25472.749</x:v>
       </x:c>
       <x:c r="E94" s="0">
-        <x:v>23849.27</x:v>
+        <x:v>24611.352</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:5">
       <x:c r="A95" s="1">
-        <x:v>45909.9244907407</x:v>
+        <x:v>45926.9298611111</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C95" s="0">
-        <x:v>3.8</x:v>
+        <x:v>2.03</x:v>
       </x:c>
       <x:c r="D95" s="0">
-        <x:v>24674.013</x:v>
+        <x:v>25361.069</x:v>
       </x:c>
       <x:c r="E95" s="0">
-        <x:v>23839.796</x:v>
+        <x:v>24503.848</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:5">
       <x:c r="A96" s="1">
-        <x:v>45909.335462963</x:v>
+        <x:v>45926.3217824074</x:v>
       </x:c>
       <x:c r="B96" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C96" s="0">
-        <x:v>3.95</x:v>
+        <x:v>2.26</x:v>
       </x:c>
       <x:c r="D96" s="0">
-        <x:v>24593.804</x:v>
+        <x:v>25250.803</x:v>
       </x:c>
       <x:c r="E96" s="0">
-        <x:v>23762.3</x:v>
+        <x:v>24397.311</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:5">
       <x:c r="A97" s="1">
-        <x:v>45908.9240393518</x:v>
+        <x:v>45925.9294444444</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C97" s="0">
-        <x:v>4.06</x:v>
+        <x:v>2.23</x:v>
       </x:c>
       <x:c r="D97" s="0">
-        <x:v>24592.708</x:v>
+        <x:v>25251.217</x:v>
       </x:c>
       <x:c r="E97" s="0">
-        <x:v>23762.3</x:v>
+        <x:v>24397.311</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:5">
       <x:c r="A98" s="1">
-        <x:v>45908.3013541667</x:v>
+        <x:v>45924.9296527778</x:v>
       </x:c>
       <x:c r="B98" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C98" s="0">
-        <x:v>4.3</x:v>
+        <x:v>2.05</x:v>
       </x:c>
       <x:c r="D98" s="0">
-        <x:v>24479.006</x:v>
+        <x:v>25360.756</x:v>
       </x:c>
       <x:c r="E98" s="0">
-        <x:v>23652.443</x:v>
+        <x:v>24503.567</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:5">
       <x:c r="A99" s="1">
-        <x:v>45905.9285763889</x:v>
+        <x:v>45924.3777662037</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C99" s="0">
-        <x:v>4.46</x:v>
+        <x:v>1.81</x:v>
       </x:c>
       <x:c r="D99" s="0">
-        <x:v>24477.288</x:v>
+        <x:v>25440.038</x:v>
       </x:c>
       <x:c r="E99" s="0">
-        <x:v>23652.443</x:v>
+        <x:v>24580.168</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:5">
       <x:c r="A100" s="1">
-        <x:v>45905.3095023148</x:v>
+        <x:v>45923.9251967593</x:v>
       </x:c>
       <x:c r="B100" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C100" s="0">
-        <x:v>4.24</x:v>
+        <x:v>1.93</x:v>
       </x:c>
       <x:c r="D100" s="0">
-        <x:v>24457.178</x:v>
+        <x:v>25440.474</x:v>
       </x:c>
       <x:c r="E100" s="0">
-        <x:v>23633.013</x:v>
+        <x:v>24580.168</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:5">
       <x:c r="A101" s="1">
-        <x:v>45904.9245138889</x:v>
+        <x:v>45922.926712963</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C101" s="0">
-        <x:v>4.54</x:v>
+        <x:v>1.68</x:v>
       </x:c>
       <x:c r="D101" s="0">
-        <x:v>24460.168</x:v>
+        <x:v>25624.635</x:v>
       </x:c>
       <x:c r="E101" s="0">
-        <x:v>23633.013</x:v>
+        <x:v>24761.074</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:5">
       <x:c r="A102" s="1">
-        <x:v>45904.3202083333</x:v>
+        <x:v>45922.3338888889</x:v>
       </x:c>
       <x:c r="B102" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C102" s="0">
-        <x:v>5.52</x:v>
+        <x:v>1.92</x:v>
       </x:c>
       <x:c r="D102" s="0">
-        <x:v>24234.358</x:v>
+        <x:v>25485.089</x:v>
       </x:c>
       <x:c r="E102" s="0">
-        <x:v>23414.839</x:v>
+        <x:v>24626.247</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:5">
       <x:c r="A103" s="1">
-        <x:v>45903.923587963</x:v>
+        <x:v>45919.9342592593</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C103" s="0">
-        <x:v>5.58</x:v>
+        <x:v>1.88</x:v>
       </x:c>
       <x:c r="D103" s="0">
-        <x:v>24234.28</x:v>
+        <x:v>25488.166</x:v>
       </x:c>
       <x:c r="E103" s="0">
-        <x:v>23414.839</x:v>
+        <x:v>24626.247</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:5">
       <x:c r="A104" s="1">
-        <x:v>45903.3225115741</x:v>
+        <x:v>45918.9265393519</x:v>
       </x:c>
       <x:c r="B104" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C104" s="0">
-        <x:v>6.37</x:v>
+        <x:v>2.19</x:v>
       </x:c>
       <x:c r="D104" s="0">
-        <x:v>24044.119</x:v>
+        <x:v>25310.815</x:v>
       </x:c>
       <x:c r="E104" s="0">
-        <x:v>23231.108</x:v>
+        <x:v>24454.894</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:5">
       <x:c r="A105" s="1">
-        <x:v>45902.9238773148</x:v>
+        <x:v>45917.9270486111</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C105" s="0">
-        <x:v>6.62</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="D105" s="0">
-        <x:v>24043.548</x:v>
+        <x:v>25071.178</x:v>
       </x:c>
       <x:c r="E105" s="0">
-        <x:v>23231.108</x:v>
+        <x:v>24223.687</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:5">
       <x:c r="A106" s="1">
-        <x:v>45902.3291898148</x:v>
+        <x:v>45917.3258680556</x:v>
       </x:c>
       <x:c r="B106" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C106" s="0">
-        <x:v>5.85</x:v>
+        <x:v>2.62</x:v>
       </x:c>
       <x:c r="D106" s="0">
-        <x:v>24234.31</x:v>
+        <x:v>25123.509</x:v>
       </x:c>
       <x:c r="E106" s="0">
-        <x:v>23415.42</x:v>
+        <x:v>24274.249</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:5">
       <x:c r="A107" s="1">
-        <x:v>45898.9303587963</x:v>
+        <x:v>45916.9258912037</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C107" s="0">
-        <x:v>5.7</x:v>
+        <x:v>2.59</x:v>
       </x:c>
       <x:c r="D107" s="0">
-        <x:v>24232.691</x:v>
+        <x:v>25123.848</x:v>
       </x:c>
       <x:c r="E107" s="0">
-        <x:v>23415.42</x:v>
+        <x:v>24274.249</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:5">
       <x:c r="A108" s="1">
-        <x:v>45898.3268402778</x:v>
+        <x:v>45915.9270949074</x:v>
       </x:c>
       <x:c r="B108" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C108" s="0">
-        <x:v>4.71</x:v>
+        <x:v>2.55</x:v>
       </x:c>
       <x:c r="D108" s="0">
-        <x:v>24530.802</x:v>
+        <x:v>25142.247</x:v>
       </x:c>
       <x:c r="E108" s="0">
-        <x:v>23703.45</x:v>
+        <x:v>24293.781</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:5">
       <x:c r="A109" s="1">
-        <x:v>45897.9274189815</x:v>
+        <x:v>45915.3170833333</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C109" s="0">
-        <x:v>4.59</x:v>
+        <x:v>3.02</x:v>
       </x:c>
       <x:c r="D109" s="0">
-        <x:v>24533.071</x:v>
+        <x:v>24933.604</x:v>
       </x:c>
       <x:c r="E109" s="0">
-        <x:v>23703.45</x:v>
+        <x:v>24092.193</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:5">
       <x:c r="A110" s="1">
-        <x:v>45896.9248032407</x:v>
+        <x:v>45912.9234375</x:v>
       </x:c>
       <x:c r="B110" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C110" s="0">
-        <x:v>5.18</x:v>
+        <x:v>3.05</x:v>
       </x:c>
       <x:c r="D110" s="0">
-        <x:v>24390.588</x:v>
+        <x:v>24934.594</x:v>
       </x:c>
       <x:c r="E110" s="0">
-        <x:v>23565.846</x:v>
+        <x:v>24092.193</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:5">
       <x:c r="A111" s="1">
-        <x:v>45896.33375</x:v>
+        <x:v>45912.3096643519</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C111" s="0">
-        <x:v>5.31</x:v>
+        <x:v>3.29</x:v>
       </x:c>
       <x:c r="D111" s="0">
-        <x:v>24348.615</x:v>
+        <x:v>24831.476</x:v>
       </x:c>
       <x:c r="E111" s="0">
-        <x:v>23525.293</x:v>
+        <x:v>23992.562</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:5">
       <x:c r="A112" s="1">
-        <x:v>45895.9239351852</x:v>
+        <x:v>45911.9251388889</x:v>
       </x:c>
       <x:c r="B112" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C112" s="0">
-        <x:v>5.36</x:v>
+        <x:v>3.32</x:v>
       </x:c>
       <x:c r="D112" s="0">
-        <x:v>24348.678</x:v>
+        <x:v>24832.171</x:v>
       </x:c>
       <x:c r="E112" s="0">
-        <x:v>23525.293</x:v>
+        <x:v>23992.562</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:5">
       <x:c r="A113" s="1">
-        <x:v>45894.9239583333</x:v>
+        <x:v>45911.3307986111</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C113" s="0">
-        <x:v>5.85</x:v>
+        <x:v>3.74</x:v>
       </x:c>
       <x:c r="D113" s="0">
-        <x:v>24245.392</x:v>
+        <x:v>24683.863</x:v>
       </x:c>
       <x:c r="E113" s="0">
-        <x:v>23425.605</x:v>
+        <x:v>23849.27</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:5">
       <x:c r="A114" s="1">
-        <x:v>45894.3297800926</x:v>
+        <x:v>45910.9239930556</x:v>
       </x:c>
       <x:c r="B114" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C114" s="0">
-        <x:v>5.54</x:v>
+        <x:v>3.77</x:v>
       </x:c>
       <x:c r="D114" s="0">
-        <x:v>24320.44</x:v>
+        <x:v>24683.994</x:v>
       </x:c>
       <x:c r="E114" s="0">
-        <x:v>23498.115</x:v>
+        <x:v>23849.27</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:5">
       <x:c r="A115" s="1">
-        <x:v>45891.9252314815</x:v>
+        <x:v>45909.9244907407</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C115" s="0">
-        <x:v>5.5</x:v>
+        <x:v>3.8</x:v>
       </x:c>
       <x:c r="D115" s="0">
-        <x:v>24318.534</x:v>
+        <x:v>24674.013</x:v>
       </x:c>
       <x:c r="E115" s="0">
-        <x:v>23498.115</x:v>
+        <x:v>23839.796</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:5">
       <x:c r="A116" s="1">
-        <x:v>45891.3279976852</x:v>
+        <x:v>45909.335462963</x:v>
       </x:c>
       <x:c r="B116" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C116" s="0">
-        <x:v>8.09</x:v>
+        <x:v>3.95</x:v>
       </x:c>
       <x:c r="D116" s="0">
-        <x:v>23950.555</x:v>
+        <x:v>24593.804</x:v>
       </x:c>
       <x:c r="E116" s="0">
-        <x:v>23142.58</x:v>
+        <x:v>23762.3</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:5">
       <x:c r="A117" s="1">
-        <x:v>45890.9256481481</x:v>
+        <x:v>45908.9240393518</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C117" s="0">
-        <x:v>7.94</x:v>
+        <x:v>4.06</x:v>
       </x:c>
       <x:c r="D117" s="0">
-        <x:v>23948.526</x:v>
+        <x:v>24592.708</x:v>
       </x:c>
       <x:c r="E117" s="0">
-        <x:v>23142.58</x:v>
+        <x:v>23762.3</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:5">
       <x:c r="A118" s="1">
-        <x:v>45890.3406828704</x:v>
+        <x:v>45908.3013541667</x:v>
       </x:c>
       <x:c r="B118" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C118" s="0">
-        <x:v>7.19</x:v>
+        <x:v>4.3</x:v>
       </x:c>
       <x:c r="D118" s="0">
-        <x:v>24059.261</x:v>
+        <x:v>24479.006</x:v>
       </x:c>
       <x:c r="E118" s="0">
-        <x:v>23249.57</x:v>
+        <x:v>23652.443</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:5">
       <x:c r="A119" s="1">
-        <x:v>45889.9243402778</x:v>
+        <x:v>45905.9285763889</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C119" s="0">
-        <x:v>7.29</x:v>
+        <x:v>4.46</x:v>
       </x:c>
       <x:c r="D119" s="0">
-        <x:v>24063.305</x:v>
+        <x:v>24477.288</x:v>
       </x:c>
       <x:c r="E119" s="0">
-        <x:v>23249.57</x:v>
+        <x:v>23652.443</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:5">
       <x:c r="A120" s="1">
-        <x:v>45888.9238425926</x:v>
+        <x:v>45905.3095023148</x:v>
       </x:c>
       <x:c r="B120" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C120" s="0">
-        <x:v>6.53</x:v>
+        <x:v>4.24</x:v>
       </x:c>
       <x:c r="D120" s="0">
-        <x:v>24202.883</x:v>
+        <x:v>24457.178</x:v>
       </x:c>
       <x:c r="E120" s="0">
-        <x:v>23384.77</x:v>
+        <x:v>23633.013</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:5">
       <x:c r="A121" s="1">
-        <x:v>45888.3193055556</x:v>
+        <x:v>45904.9245138889</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C121" s="0">
-        <x:v>5.37</x:v>
+        <x:v>4.54</x:v>
       </x:c>
       <x:c r="D121" s="0">
-        <x:v>24543.387</x:v>
+        <x:v>24460.168</x:v>
       </x:c>
       <x:c r="E121" s="0">
-        <x:v>23713.759</x:v>
+        <x:v>23633.013</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:5">
       <x:c r="A122" s="1">
-        <x:v>45887.9245601852</x:v>
+        <x:v>45904.3202083333</x:v>
       </x:c>
       <x:c r="B122" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C122" s="0">
-        <x:v>5.11</x:v>
+        <x:v>5.52</x:v>
       </x:c>
       <x:c r="D122" s="0">
-        <x:v>24542.922</x:v>
+        <x:v>24234.358</x:v>
       </x:c>
       <x:c r="E122" s="0">
-        <x:v>23713.759</x:v>
+        <x:v>23414.839</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:5">
       <x:c r="A123" s="1">
-        <x:v>45887.3188773148</x:v>
+        <x:v>45903.923587963</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C123" s="0">
-        <x:v>4.91</x:v>
+        <x:v>5.58</x:v>
       </x:c>
       <x:c r="D123" s="0">
-        <x:v>24541.174</x:v>
+        <x:v>24234.28</x:v>
       </x:c>
       <x:c r="E123" s="0">
-        <x:v>23712.07</x:v>
+        <x:v>23414.839</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:5">
       <x:c r="A124" s="1">
-        <x:v>45884.9247106481</x:v>
+        <x:v>45903.3225115741</x:v>
       </x:c>
       <x:c r="B124" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C124" s="0">
-        <x:v>5.1</x:v>
+        <x:v>6.37</x:v>
       </x:c>
       <x:c r="D124" s="0">
-        <x:v>24539.877</x:v>
+        <x:v>24044.119</x:v>
       </x:c>
       <x:c r="E124" s="0">
-        <x:v>23712.07</x:v>
+        <x:v>23231.108</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:5">
       <x:c r="A125" s="1">
-        <x:v>45884.3109953704</x:v>
+        <x:v>45902.9238773148</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C125" s="0">
-        <x:v>4.58</x:v>
+        <x:v>6.62</x:v>
       </x:c>
       <x:c r="D125" s="0">
-        <x:v>24664.462</x:v>
+        <x:v>24043.548</x:v>
       </x:c>
       <x:c r="E125" s="0">
-        <x:v>23832.442</x:v>
+        <x:v>23231.108</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:5">
       <x:c r="A126" s="1">
-        <x:v>45883.9240625</x:v>
+        <x:v>45902.3291898148</x:v>
       </x:c>
       <x:c r="B126" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C126" s="0">
-        <x:v>4.63</x:v>
+        <x:v>5.85</x:v>
       </x:c>
       <x:c r="D126" s="0">
-        <x:v>24665.962</x:v>
+        <x:v>24234.31</x:v>
       </x:c>
       <x:c r="E126" s="0">
-        <x:v>23832.442</x:v>
+        <x:v>23415.42</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:5">
       <x:c r="A127" s="1">
-        <x:v>45883.3327893519</x:v>
+        <x:v>45898.9303587963</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C127" s="0">
-        <x:v>4.72</x:v>
+        <x:v>5.7</x:v>
       </x:c>
       <x:c r="D127" s="0">
-        <x:v>24683.141</x:v>
+        <x:v>24232.691</x:v>
       </x:c>
       <x:c r="E127" s="0">
-        <x:v>23849.04</x:v>
+        <x:v>23415.42</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:5">
       <x:c r="A128" s="1">
-        <x:v>45882.9239467593</x:v>
+        <x:v>45898.3268402778</x:v>
       </x:c>
       <x:c r="B128" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C128" s="0">
-        <x:v>4.57</x:v>
+        <x:v>4.71</x:v>
       </x:c>
       <x:c r="D128" s="0">
-        <x:v>24683.756</x:v>
+        <x:v>24530.802</x:v>
       </x:c>
       <x:c r="E128" s="0">
-        <x:v>23849.04</x:v>
+        <x:v>23703.45</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:5">
       <x:c r="A129" s="1">
-        <x:v>45881.9233449074</x:v>
+        <x:v>45897.9274189815</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C129" s="0">
-        <x:v>4.6</x:v>
+        <x:v>4.59</x:v>
       </x:c>
       <x:c r="D129" s="0">
-        <x:v>24673.568</x:v>
+        <x:v>24533.071</x:v>
       </x:c>
       <x:c r="E129" s="0">
-        <x:v>23839.196</x:v>
+        <x:v>23703.45</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:5">
       <x:c r="A130" s="1">
-        <x:v>45880.923587963</x:v>
+        <x:v>45896.9248032407</x:v>
       </x:c>
       <x:c r="B130" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C130" s="0">
-        <x:v>6.26</x:v>
+        <x:v>5.18</x:v>
       </x:c>
       <x:c r="D130" s="0">
-        <x:v>24347.447</x:v>
+        <x:v>24390.588</x:v>
       </x:c>
       <x:c r="E130" s="0">
-        <x:v>23526.634</x:v>
+        <x:v>23565.846</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:5">
       <x:c r="A131" s="1">
-        <x:v>45880.3183564815</x:v>
+        <x:v>45896.33375</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C131" s="0">
-        <x:v>5.69</x:v>
+        <x:v>5.31</x:v>
       </x:c>
       <x:c r="D131" s="0">
-        <x:v>24435.041</x:v>
+        <x:v>24348.615</x:v>
       </x:c>
       <x:c r="E131" s="0">
-        <x:v>23611.266</x:v>
+        <x:v>23525.293</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:5">
       <x:c r="A132" s="1">
+        <x:v>45895.9239351852</x:v>
+      </x:c>
+      <x:c r="B132" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C132" s="0">
+        <x:v>5.36</x:v>
+      </x:c>
+      <x:c r="D132" s="0">
+        <x:v>24348.678</x:v>
+      </x:c>
+      <x:c r="E132" s="0">
+        <x:v>23525.293</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="133" spans="1:5">
+      <x:c r="A133" s="1">
+        <x:v>45894.9239583333</x:v>
+      </x:c>
+      <x:c r="B133" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C133" s="0">
+        <x:v>5.85</x:v>
+      </x:c>
+      <x:c r="D133" s="0">
+        <x:v>24245.392</x:v>
+      </x:c>
+      <x:c r="E133" s="0">
+        <x:v>23425.605</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="134" spans="1:5">
+      <x:c r="A134" s="1">
+        <x:v>45894.3297800926</x:v>
+      </x:c>
+      <x:c r="B134" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C134" s="0">
+        <x:v>5.54</x:v>
+      </x:c>
+      <x:c r="D134" s="0">
+        <x:v>24320.44</x:v>
+      </x:c>
+      <x:c r="E134" s="0">
+        <x:v>23498.115</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="135" spans="1:5">
+      <x:c r="A135" s="1">
+        <x:v>45891.9252314815</x:v>
+      </x:c>
+      <x:c r="B135" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C135" s="0">
+        <x:v>5.5</x:v>
+      </x:c>
+      <x:c r="D135" s="0">
+        <x:v>24318.534</x:v>
+      </x:c>
+      <x:c r="E135" s="0">
+        <x:v>23498.115</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="136" spans="1:5">
+      <x:c r="A136" s="1">
+        <x:v>45891.3279976852</x:v>
+      </x:c>
+      <x:c r="B136" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C136" s="0">
+        <x:v>8.09</x:v>
+      </x:c>
+      <x:c r="D136" s="0">
+        <x:v>23950.555</x:v>
+      </x:c>
+      <x:c r="E136" s="0">
+        <x:v>23142.58</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="137" spans="1:5">
+      <x:c r="A137" s="1">
+        <x:v>45890.9256481481</x:v>
+      </x:c>
+      <x:c r="B137" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C137" s="0">
+        <x:v>7.94</x:v>
+      </x:c>
+      <x:c r="D137" s="0">
+        <x:v>23948.526</x:v>
+      </x:c>
+      <x:c r="E137" s="0">
+        <x:v>23142.58</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="138" spans="1:5">
+      <x:c r="A138" s="1">
+        <x:v>45890.3406828704</x:v>
+      </x:c>
+      <x:c r="B138" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C138" s="0">
+        <x:v>7.19</x:v>
+      </x:c>
+      <x:c r="D138" s="0">
+        <x:v>24059.261</x:v>
+      </x:c>
+      <x:c r="E138" s="0">
+        <x:v>23249.57</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="139" spans="1:5">
+      <x:c r="A139" s="1">
+        <x:v>45889.9243402778</x:v>
+      </x:c>
+      <x:c r="B139" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C139" s="0">
+        <x:v>7.29</x:v>
+      </x:c>
+      <x:c r="D139" s="0">
+        <x:v>24063.305</x:v>
+      </x:c>
+      <x:c r="E139" s="0">
+        <x:v>23249.57</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="140" spans="1:5">
+      <x:c r="A140" s="1">
+        <x:v>45888.9238425926</x:v>
+      </x:c>
+      <x:c r="B140" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C140" s="0">
+        <x:v>6.53</x:v>
+      </x:c>
+      <x:c r="D140" s="0">
+        <x:v>24202.883</x:v>
+      </x:c>
+      <x:c r="E140" s="0">
+        <x:v>23384.77</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="141" spans="1:5">
+      <x:c r="A141" s="1">
+        <x:v>45888.3193055556</x:v>
+      </x:c>
+      <x:c r="B141" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C141" s="0">
+        <x:v>5.37</x:v>
+      </x:c>
+      <x:c r="D141" s="0">
+        <x:v>24543.387</x:v>
+      </x:c>
+      <x:c r="E141" s="0">
+        <x:v>23713.759</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="142" spans="1:5">
+      <x:c r="A142" s="1">
+        <x:v>45887.9245601852</x:v>
+      </x:c>
+      <x:c r="B142" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C142" s="0">
+        <x:v>5.11</x:v>
+      </x:c>
+      <x:c r="D142" s="0">
+        <x:v>24542.922</x:v>
+      </x:c>
+      <x:c r="E142" s="0">
+        <x:v>23713.759</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="143" spans="1:5">
+      <x:c r="A143" s="1">
+        <x:v>45887.3188773148</x:v>
+      </x:c>
+      <x:c r="B143" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C143" s="0">
+        <x:v>4.91</x:v>
+      </x:c>
+      <x:c r="D143" s="0">
+        <x:v>24541.174</x:v>
+      </x:c>
+      <x:c r="E143" s="0">
+        <x:v>23712.07</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="144" spans="1:5">
+      <x:c r="A144" s="1">
+        <x:v>45884.9247106481</x:v>
+      </x:c>
+      <x:c r="B144" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C144" s="0">
+        <x:v>5.1</x:v>
+      </x:c>
+      <x:c r="D144" s="0">
+        <x:v>24539.877</x:v>
+      </x:c>
+      <x:c r="E144" s="0">
+        <x:v>23712.07</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="145" spans="1:5">
+      <x:c r="A145" s="1">
+        <x:v>45884.3109953704</x:v>
+      </x:c>
+      <x:c r="B145" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C145" s="0">
+        <x:v>4.58</x:v>
+      </x:c>
+      <x:c r="D145" s="0">
+        <x:v>24664.462</x:v>
+      </x:c>
+      <x:c r="E145" s="0">
+        <x:v>23832.442</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="146" spans="1:5">
+      <x:c r="A146" s="1">
+        <x:v>45883.9240625</x:v>
+      </x:c>
+      <x:c r="B146" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C146" s="0">
+        <x:v>4.63</x:v>
+      </x:c>
+      <x:c r="D146" s="0">
+        <x:v>24665.962</x:v>
+      </x:c>
+      <x:c r="E146" s="0">
+        <x:v>23832.442</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="147" spans="1:5">
+      <x:c r="A147" s="1">
+        <x:v>45883.3327893519</x:v>
+      </x:c>
+      <x:c r="B147" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C147" s="0">
+        <x:v>4.72</x:v>
+      </x:c>
+      <x:c r="D147" s="0">
+        <x:v>24683.141</x:v>
+      </x:c>
+      <x:c r="E147" s="0">
+        <x:v>23849.04</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="148" spans="1:5">
+      <x:c r="A148" s="1">
+        <x:v>45882.9239467593</x:v>
+      </x:c>
+      <x:c r="B148" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C148" s="0">
+        <x:v>4.57</x:v>
+      </x:c>
+      <x:c r="D148" s="0">
+        <x:v>24683.756</x:v>
+      </x:c>
+      <x:c r="E148" s="0">
+        <x:v>23849.04</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="149" spans="1:5">
+      <x:c r="A149" s="1">
+        <x:v>45881.9233449074</x:v>
+      </x:c>
+      <x:c r="B149" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C149" s="0">
+        <x:v>4.6</x:v>
+      </x:c>
+      <x:c r="D149" s="0">
+        <x:v>24673.568</x:v>
+      </x:c>
+      <x:c r="E149" s="0">
+        <x:v>23839.196</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="150" spans="1:5">
+      <x:c r="A150" s="1">
+        <x:v>45880.923587963</x:v>
+      </x:c>
+      <x:c r="B150" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C150" s="0">
+        <x:v>6.26</x:v>
+      </x:c>
+      <x:c r="D150" s="0">
+        <x:v>24347.447</x:v>
+      </x:c>
+      <x:c r="E150" s="0">
+        <x:v>23526.634</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="151" spans="1:5">
+      <x:c r="A151" s="1">
+        <x:v>45880.3183564815</x:v>
+      </x:c>
+      <x:c r="B151" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C151" s="0">
+        <x:v>5.69</x:v>
+      </x:c>
+      <x:c r="D151" s="0">
+        <x:v>24435.041</x:v>
+      </x:c>
+      <x:c r="E151" s="0">
+        <x:v>23611.266</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="152" spans="1:5">
+      <x:c r="A152" s="1">
         <x:v>45877.9331597222</x:v>
       </x:c>
-      <x:c r="B132" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C132" s="0">
+      <x:c r="B152" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C152" s="0">
         <x:v>5.83</x:v>
       </x:c>
-      <x:c r="D132" s="0">
+      <x:c r="D152" s="0">
         <x:v>24437.66</x:v>
       </x:c>
-      <x:c r="E132" s="0">
+      <x:c r="E152" s="0">
         <x:v>23611.266</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>