--- v2 (2025-12-25)
+++ v3 (2026-01-20)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb66cf4d0143e4c92" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0afc7194ce1a47dbb45d8064b944eb77.psmdcp" Id="R8bd925e93ed6417b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raa8e471e8fce46ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e81c0dc3a92c4540ad7715f0532385e7.psmdcp" Id="Redaa8a54038842d2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>DE000BB325U6</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -390,2630 +390,2936 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E152"/>
+  <x:dimension ref="A1:E170"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>46015.3842824074</x:v>
+        <x:v>46038.9243171296</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>26483.404</x:v>
+        <x:v>26422.784</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>25587.83</x:v>
+        <x:v>25529.26</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>46014.9278356481</x:v>
+        <x:v>46037.9280671296</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>26483.404</x:v>
+        <x:v>26441.218</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>25587.83</x:v>
+        <x:v>25547.07</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>46013.9284837963</x:v>
+        <x:v>46036.9272800926</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>26350.138</x:v>
+        <x:v>26355.578</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>25461.7</x:v>
+        <x:v>25465.94</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>46013.296712963</x:v>
+        <x:v>46036.3275810185</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
-        <x:v>0.18</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>26230.575</x:v>
+        <x:v>26641.249</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>25346.18</x:v>
+        <x:v>25741.95</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>46010.9275810185</x:v>
+        <x:v>46035.9279166667</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>26233.296</x:v>
+        <x:v>26642.918</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>25346.18</x:v>
+        <x:v>25741.95</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>46009.930787037</x:v>
+        <x:v>46034.9278935185</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
-        <x:v>0.26</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>25895.048</x:v>
+        <x:v>26690.228</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>25019.37</x:v>
+        <x:v>25787.66</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>46008.9275925926</x:v>
+        <x:v>46031.9291666667</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
-        <x:v>0.37</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>25510.276</x:v>
+        <x:v>26667.52</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>24647.61</x:v>
+        <x:v>25766.26</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>46007.9277662037</x:v>
+        <x:v>46031.324837963</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>26012.593</x:v>
+        <x:v>26399.289</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>25132.94</x:v>
+        <x:v>25507.1</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>46006.9271064815</x:v>
+        <x:v>46030.927025463</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
-        <x:v>0.28</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>25942.63</x:v>
+        <x:v>26399.848</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>25067.27</x:v>
+        <x:v>25507.1</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>46006.3081018518</x:v>
+        <x:v>46029.9278935185</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C12" s="0">
-        <x:v>0.24</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>26076.621</x:v>
+        <x:v>26551.786</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>25196.73</x:v>
+        <x:v>25653.9</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>46003.9269907407</x:v>
+        <x:v>46028.9271759259</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0">
-        <x:v>0.26</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>26077.704</x:v>
+        <x:v>26537.1</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>25196.73</x:v>
+        <x:v>25639.71</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>46003.3313773148</x:v>
+        <x:v>46027.9296064815</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C14" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>26584.812</x:v>
+        <x:v>26290.366</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>25686.69</x:v>
+        <x:v>25401.32</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>46002.9320023148</x:v>
+        <x:v>46024.9271875</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.21</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>26585.724</x:v>
+        <x:v>26085.56</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>25686.69</x:v>
+        <x:v>25206.17</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>46001.927025463</x:v>
+        <x:v>46024.2881712963</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C16" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>26678.277</x:v>
+        <x:v>26350.923</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>25776.44</x:v>
+        <x:v>25462.56</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>46001.3340509259</x:v>
+        <x:v>46022.3246412037</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C17" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>26566.756</x:v>
+        <x:v>26353.75</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>25668.69</x:v>
+        <x:v>25462.56</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>46000.9275810185</x:v>
+        <x:v>46021.9269560185</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>26566.919</x:v>
+        <x:v>26353.75</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>25668.69</x:v>
+        <x:v>25462.56</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>46000.3338310185</x:v>
+        <x:v>46020.9273611111</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C19" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>26524.753</x:v>
+        <x:v>26418.305</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>25627.95</x:v>
+        <x:v>25525.56</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
-        <x:v>45999.3304282407</x:v>
+        <x:v>46020.3323611111</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C20" s="0">
-        <x:v>0.18</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>26589.356</x:v>
+        <x:v>26482.754</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>25692.05</x:v>
+        <x:v>25587.83</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="1">
-        <x:v>45996.9307407407</x:v>
+        <x:v>46015.3842824074</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C21" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D21" s="0">
-        <x:v>26588.281</x:v>
+        <x:v>26483.404</x:v>
       </x:c>
       <x:c r="E21" s="0">
-        <x:v>25692.05</x:v>
+        <x:v>25587.83</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="1">
-        <x:v>45996.3408333333</x:v>
+        <x:v>46014.9278356481</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C22" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D22" s="0">
-        <x:v>26474.069</x:v>
+        <x:v>26483.404</x:v>
       </x:c>
       <x:c r="E22" s="0">
-        <x:v>25581.7</x:v>
+        <x:v>25587.83</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="1">
-        <x:v>45995.9303009259</x:v>
+        <x:v>46013.9284837963</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C23" s="0">
-        <x:v>0.2</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D23" s="0">
-        <x:v>26475.657</x:v>
+        <x:v>26350.138</x:v>
       </x:c>
       <x:c r="E23" s="0">
-        <x:v>25581.7</x:v>
+        <x:v>25461.7</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="1">
-        <x:v>45995.3278587963</x:v>
+        <x:v>46013.296712963</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C24" s="0">
-        <x:v>0.2</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D24" s="0">
-        <x:v>26501.366</x:v>
+        <x:v>26230.575</x:v>
       </x:c>
       <x:c r="E24" s="0">
-        <x:v>25606.54</x:v>
+        <x:v>25346.18</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="1">
-        <x:v>45994.9276967593</x:v>
+        <x:v>46010.9275810185</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C25" s="0">
-        <x:v>0.2</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D25" s="0">
-        <x:v>26501.261</x:v>
+        <x:v>26233.296</x:v>
       </x:c>
       <x:c r="E25" s="0">
-        <x:v>25606.54</x:v>
+        <x:v>25346.18</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="1">
-        <x:v>45994.3371875</x:v>
+        <x:v>46009.930787037</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C26" s="0">
-        <x:v>0.2</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="D26" s="0">
-        <x:v>26448.807</x:v>
+        <x:v>25895.048</x:v>
       </x:c>
       <x:c r="E26" s="0">
-        <x:v>25555.86</x:v>
+        <x:v>25019.37</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="1">
-        <x:v>45993.9303240741</x:v>
+        <x:v>46008.9275925926</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C27" s="0">
-        <x:v>0.21</x:v>
+        <x:v>0.37</x:v>
       </x:c>
       <x:c r="D27" s="0">
-        <x:v>26450.315</x:v>
+        <x:v>25510.276</x:v>
       </x:c>
       <x:c r="E27" s="0">
-        <x:v>25555.86</x:v>
+        <x:v>24647.61</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="1">
-        <x:v>45992.9296990741</x:v>
+        <x:v>46007.9277662037</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C28" s="0">
-        <x:v>0.25</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D28" s="0">
-        <x:v>26229.849</x:v>
+        <x:v>26012.593</x:v>
       </x:c>
       <x:c r="E28" s="0">
-        <x:v>25342.849</x:v>
+        <x:v>25132.94</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="1">
-        <x:v>45989.8197106481</x:v>
+        <x:v>46006.9271064815</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C29" s="0">
-        <x:v>0.23</x:v>
+        <x:v>0.28</x:v>
       </x:c>
       <x:c r="D29" s="0">
-        <x:v>26324.162</x:v>
+        <x:v>25942.63</x:v>
       </x:c>
       <x:c r="E29" s="0">
-        <x:v>25434.889</x:v>
+        <x:v>25067.27</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="1">
-        <x:v>45989.3082638889</x:v>
+        <x:v>46006.3081018518</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C30" s="0">
-        <x:v>0.26</x:v>
+        <x:v>0.24</x:v>
       </x:c>
       <x:c r="D30" s="0">
-        <x:v>26119.284</x:v>
+        <x:v>26076.621</x:v>
       </x:c>
       <x:c r="E30" s="0">
-        <x:v>25236.939</x:v>
+        <x:v>25196.73</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="1">
-        <x:v>45987.9265509259</x:v>
+        <x:v>46003.9269907407</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C31" s="0">
-        <x:v>0.28</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="D31" s="0">
-        <x:v>26118.712</x:v>
+        <x:v>26077.704</x:v>
       </x:c>
       <x:c r="E31" s="0">
-        <x:v>25236.939</x:v>
+        <x:v>25196.73</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="1">
-        <x:v>45987.319537037</x:v>
+        <x:v>46003.3313773148</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C32" s="0">
-        <x:v>0.3</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D32" s="0">
-        <x:v>25892.483</x:v>
+        <x:v>26584.812</x:v>
       </x:c>
       <x:c r="E32" s="0">
-        <x:v>25018.36</x:v>
+        <x:v>25686.69</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="1">
-        <x:v>45986.9250347222</x:v>
+        <x:v>46002.9320023148</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C33" s="0">
-        <x:v>0.33</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D33" s="0">
-        <x:v>25893.893</x:v>
+        <x:v>26585.724</x:v>
       </x:c>
       <x:c r="E33" s="0">
-        <x:v>25018.36</x:v>
+        <x:v>25686.69</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="1">
-        <x:v>45986.3107407407</x:v>
+        <x:v>46001.927025463</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C34" s="0">
-        <x:v>0.38</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D34" s="0">
-        <x:v>25744.325</x:v>
+        <x:v>26678.277</x:v>
       </x:c>
       <x:c r="E34" s="0">
-        <x:v>24873.85</x:v>
+        <x:v>25776.44</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="1">
-        <x:v>45985.3068518518</x:v>
+        <x:v>46001.3340509259</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C35" s="0">
-        <x:v>0.66</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D35" s="0">
-        <x:v>25087.633</x:v>
+        <x:v>26566.756</x:v>
       </x:c>
       <x:c r="E35" s="0">
-        <x:v>24239.573</x:v>
+        <x:v>25668.69</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="1">
-        <x:v>45982.9249074074</x:v>
+        <x:v>46000.9275810185</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C36" s="0">
-        <x:v>0.79</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D36" s="0">
-        <x:v>25086.261</x:v>
+        <x:v>26566.919</x:v>
       </x:c>
       <x:c r="E36" s="0">
-        <x:v>24239.573</x:v>
+        <x:v>25668.69</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="1">
-        <x:v>45982.3124884259</x:v>
+        <x:v>46000.3338310185</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C37" s="0">
-        <x:v>0.9</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D37" s="0">
-        <x:v>24894.587</x:v>
+        <x:v>26524.753</x:v>
       </x:c>
       <x:c r="E37" s="0">
-        <x:v>24054.38</x:v>
+        <x:v>25627.95</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="1">
-        <x:v>45981.9259027778</x:v>
+        <x:v>45999.3304282407</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C38" s="0">
-        <x:v>0.93</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D38" s="0">
-        <x:v>24891.795</x:v>
+        <x:v>26589.356</x:v>
       </x:c>
       <x:c r="E38" s="0">
-        <x:v>24054.38</x:v>
+        <x:v>25692.05</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="1">
-        <x:v>45981.3119675926</x:v>
+        <x:v>45996.9307407407</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C39" s="0">
-        <x:v>0.4</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D39" s="0">
-        <x:v>25498.445</x:v>
+        <x:v>26588.281</x:v>
       </x:c>
       <x:c r="E39" s="0">
-        <x:v>24640.515</x:v>
+        <x:v>25692.05</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="1">
-        <x:v>45980.926412037</x:v>
+        <x:v>45996.3408333333</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C40" s="0">
-        <x:v>0.63</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D40" s="0">
-        <x:v>25502.756</x:v>
+        <x:v>26474.069</x:v>
       </x:c>
       <x:c r="E40" s="0">
-        <x:v>24640.515</x:v>
+        <x:v>25581.7</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="1">
-        <x:v>45979.9258680556</x:v>
+        <x:v>45995.9303009259</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C41" s="0">
-        <x:v>0.71</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D41" s="0">
-        <x:v>25360.149</x:v>
+        <x:v>26475.657</x:v>
       </x:c>
       <x:c r="E41" s="0">
-        <x:v>24503.096</x:v>
+        <x:v>25581.7</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="1">
-        <x:v>45979.3133912037</x:v>
+        <x:v>45995.3278587963</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C42" s="0">
-        <x:v>0.64</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D42" s="0">
-        <x:v>25667.36</x:v>
+        <x:v>26501.366</x:v>
       </x:c>
       <x:c r="E42" s="0">
-        <x:v>24799.918</x:v>
+        <x:v>25606.54</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="1">
-        <x:v>45978.9281365741</x:v>
+        <x:v>45994.9276967593</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C43" s="0">
-        <x:v>0.57</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D43" s="0">
-        <x:v>25667.423</x:v>
+        <x:v>26501.261</x:v>
       </x:c>
       <x:c r="E43" s="0">
-        <x:v>24799.918</x:v>
+        <x:v>25606.54</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="1">
-        <x:v>45978.3022453704</x:v>
+        <x:v>45994.3371875</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C44" s="0">
-        <x:v>0.43</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D44" s="0">
-        <x:v>25883.038</x:v>
+        <x:v>26448.807</x:v>
       </x:c>
       <x:c r="E44" s="0">
-        <x:v>25008.242</x:v>
+        <x:v>25555.86</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="1">
-        <x:v>45975.9257986111</x:v>
+        <x:v>45993.9303240741</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C45" s="0">
-        <x:v>0.49</x:v>
+        <x:v>0.21</x:v>
       </x:c>
       <x:c r="D45" s="0">
-        <x:v>25880.486</x:v>
+        <x:v>26450.315</x:v>
       </x:c>
       <x:c r="E45" s="0">
-        <x:v>25008.242</x:v>
+        <x:v>25555.86</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="1">
-        <x:v>45975.3077546296</x:v>
+        <x:v>45992.9296990741</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C46" s="0">
-        <x:v>0.49</x:v>
+        <x:v>0.25</x:v>
       </x:c>
       <x:c r="D46" s="0">
-        <x:v>25865.19</x:v>
+        <x:v>26229.849</x:v>
       </x:c>
       <x:c r="E46" s="0">
-        <x:v>24993.463</x:v>
+        <x:v>25342.849</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="1">
-        <x:v>45974.924849537</x:v>
+        <x:v>45989.8197106481</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C47" s="0">
-        <x:v>0.5</x:v>
+        <x:v>0.23</x:v>
       </x:c>
       <x:c r="D47" s="0">
-        <x:v>25867.851</x:v>
+        <x:v>26324.162</x:v>
       </x:c>
       <x:c r="E47" s="0">
-        <x:v>24993.463</x:v>
+        <x:v>25434.889</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5">
       <x:c r="A48" s="1">
-        <x:v>45974.3773032407</x:v>
+        <x:v>45989.3082638889</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C48" s="0">
-        <x:v>0.33</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="D48" s="0">
-        <x:v>26410.051</x:v>
+        <x:v>26119.284</x:v>
       </x:c>
       <x:c r="E48" s="0">
-        <x:v>25517.328</x:v>
+        <x:v>25236.939</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
       <x:c r="A49" s="1">
-        <x:v>45974.3182638889</x:v>
+        <x:v>45987.9265509259</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C49" s="0">
-        <x:v>0.33</x:v>
+        <x:v>0.28</x:v>
       </x:c>
       <x:c r="D49" s="0">
-        <x:v>26410.051</x:v>
+        <x:v>26118.712</x:v>
       </x:c>
       <x:c r="E49" s="0">
-        <x:v>25517.328</x:v>
+        <x:v>25236.939</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5">
       <x:c r="A50" s="1">
-        <x:v>45973.9253356481</x:v>
+        <x:v>45987.319537037</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C50" s="0">
-        <x:v>0.35</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="D50" s="0">
-        <x:v>26410.205</x:v>
+        <x:v>25892.483</x:v>
       </x:c>
       <x:c r="E50" s="0">
-        <x:v>25517.328</x:v>
+        <x:v>25018.36</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5">
       <x:c r="A51" s="1">
-        <x:v>45973.3365393519</x:v>
+        <x:v>45986.9250347222</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C51" s="0">
-        <x:v>0.31</x:v>
+        <x:v>0.33</x:v>
       </x:c>
       <x:c r="D51" s="0">
-        <x:v>26426.929</x:v>
+        <x:v>25893.893</x:v>
       </x:c>
       <x:c r="E51" s="0">
-        <x:v>25533.486</x:v>
+        <x:v>25018.36</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5">
       <x:c r="A52" s="1">
-        <x:v>45972.9253240741</x:v>
+        <x:v>45986.3107407407</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C52" s="0">
-        <x:v>0.35</x:v>
+        <x:v>0.38</x:v>
       </x:c>
       <x:c r="D52" s="0">
-        <x:v>26427.158</x:v>
+        <x:v>25744.325</x:v>
       </x:c>
       <x:c r="E52" s="0">
-        <x:v>25533.486</x:v>
+        <x:v>24873.85</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5">
       <x:c r="A53" s="1">
-        <x:v>45971.9253703704</x:v>
+        <x:v>45985.3068518518</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C53" s="0">
-        <x:v>0.33</x:v>
+        <x:v>0.66</x:v>
       </x:c>
       <x:c r="D53" s="0">
-        <x:v>26504.865</x:v>
+        <x:v>25087.633</x:v>
       </x:c>
       <x:c r="E53" s="0">
-        <x:v>25611.737</x:v>
+        <x:v>24239.573</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5">
       <x:c r="A54" s="1">
-        <x:v>45971.2992708333</x:v>
+        <x:v>45982.9249074074</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C54" s="0">
-        <x:v>0.44</x:v>
+        <x:v>0.79</x:v>
       </x:c>
       <x:c r="D54" s="0">
-        <x:v>25933.618</x:v>
+        <x:v>25086.261</x:v>
       </x:c>
       <x:c r="E54" s="0">
-        <x:v>25059.808</x:v>
+        <x:v>24239.573</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5">
       <x:c r="A55" s="1">
-        <x:v>45968.9253935185</x:v>
+        <x:v>45982.3124884259</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C55" s="0">
-        <x:v>0.59</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="D55" s="0">
-        <x:v>25936.387</x:v>
+        <x:v>24894.587</x:v>
       </x:c>
       <x:c r="E55" s="0">
-        <x:v>25059.808</x:v>
+        <x:v>24054.38</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5">
       <x:c r="A56" s="1">
-        <x:v>45968.3147337963</x:v>
+        <x:v>45981.9259027778</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C56" s="0">
-        <x:v>0.52</x:v>
+        <x:v>0.93</x:v>
       </x:c>
       <x:c r="D56" s="0">
-        <x:v>26009.079</x:v>
+        <x:v>24891.795</x:v>
       </x:c>
       <x:c r="E56" s="0">
-        <x:v>25130.042</x:v>
+        <x:v>24054.38</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:5">
       <x:c r="A57" s="1">
-        <x:v>45967.9277893519</x:v>
+        <x:v>45981.3119675926</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C57" s="0">
-        <x:v>0.55</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="D57" s="0">
-        <x:v>26009.594</x:v>
+        <x:v>25498.445</x:v>
       </x:c>
       <x:c r="E57" s="0">
-        <x:v>25130.042</x:v>
+        <x:v>24640.515</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:5">
       <x:c r="A58" s="1">
-        <x:v>45966.9253587963</x:v>
+        <x:v>45980.926412037</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C58" s="0">
-        <x:v>0.4</x:v>
+        <x:v>0.63</x:v>
       </x:c>
       <x:c r="D58" s="0">
-        <x:v>26516.732</x:v>
+        <x:v>25502.756</x:v>
       </x:c>
       <x:c r="E58" s="0">
-        <x:v>25620.031</x:v>
+        <x:v>24640.515</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:5">
       <x:c r="A59" s="1">
-        <x:v>45965.9236921296</x:v>
+        <x:v>45979.9258680556</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C59" s="0">
-        <x:v>0.47</x:v>
+        <x:v>0.71</x:v>
       </x:c>
       <x:c r="D59" s="0">
-        <x:v>26325.654</x:v>
+        <x:v>25360.149</x:v>
       </x:c>
       <x:c r="E59" s="0">
-        <x:v>25435.704</x:v>
+        <x:v>24503.096</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:5">
       <x:c r="A60" s="1">
-        <x:v>45965.3316550926</x:v>
+        <x:v>45979.3133912037</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C60" s="0">
-        <x:v>0.41</x:v>
+        <x:v>0.64</x:v>
       </x:c>
       <x:c r="D60" s="0">
-        <x:v>26881.696</x:v>
+        <x:v>25667.36</x:v>
       </x:c>
       <x:c r="E60" s="0">
-        <x:v>25972.943</x:v>
+        <x:v>24799.918</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:5">
       <x:c r="A61" s="1">
-        <x:v>45964.9227893519</x:v>
+        <x:v>45978.9281365741</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C61" s="0">
-        <x:v>0.33</x:v>
+        <x:v>0.57</x:v>
       </x:c>
       <x:c r="D61" s="0">
-        <x:v>26881.996</x:v>
+        <x:v>25667.423</x:v>
       </x:c>
       <x:c r="E61" s="0">
-        <x:v>25972.943</x:v>
+        <x:v>24799.918</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:5">
       <x:c r="A62" s="1">
-        <x:v>45961.8818981481</x:v>
+        <x:v>45978.3022453704</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C62" s="0">
-        <x:v>0.36</x:v>
+        <x:v>0.43</x:v>
       </x:c>
       <x:c r="D62" s="0">
-        <x:v>26760.688</x:v>
+        <x:v>25883.038</x:v>
       </x:c>
       <x:c r="E62" s="0">
-        <x:v>25858.126</x:v>
+        <x:v>25008.242</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:5">
       <x:c r="A63" s="1">
-        <x:v>45961.3396180556</x:v>
+        <x:v>45975.9257986111</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C63" s="0">
-        <x:v>0.31</x:v>
+        <x:v>0.49</x:v>
       </x:c>
       <x:c r="D63" s="0">
-        <x:v>26633.06</x:v>
+        <x:v>25880.486</x:v>
       </x:c>
       <x:c r="E63" s="0">
-        <x:v>25734.813</x:v>
+        <x:v>25008.242</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:5">
       <x:c r="A64" s="1">
-        <x:v>45960.8841435185</x:v>
+        <x:v>45975.3077546296</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C64" s="0">
-        <x:v>0.4</x:v>
+        <x:v>0.49</x:v>
       </x:c>
       <x:c r="D64" s="0">
-        <x:v>26635.532</x:v>
+        <x:v>25865.19</x:v>
       </x:c>
       <x:c r="E64" s="0">
-        <x:v>25734.813</x:v>
+        <x:v>24993.463</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:5">
       <x:c r="A65" s="1">
-        <x:v>45959.8897916667</x:v>
+        <x:v>45974.924849537</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C65" s="0">
-        <x:v>0.31</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="D65" s="0">
-        <x:v>27033.832</x:v>
+        <x:v>25867.851</x:v>
       </x:c>
       <x:c r="E65" s="0">
-        <x:v>26119.846</x:v>
+        <x:v>24993.463</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:5">
       <x:c r="A66" s="1">
-        <x:v>45959.3231944444</x:v>
+        <x:v>45974.3773032407</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C66" s="0">
-        <x:v>0.3</x:v>
+        <x:v>0.33</x:v>
       </x:c>
       <x:c r="D66" s="0">
-        <x:v>26922.372</x:v>
+        <x:v>26410.051</x:v>
       </x:c>
       <x:c r="E66" s="0">
-        <x:v>26012.155</x:v>
+        <x:v>25517.328</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:5">
       <x:c r="A67" s="1">
-        <x:v>45958.8875115741</x:v>
+        <x:v>45974.3182638889</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C67" s="0">
-        <x:v>0.34</x:v>
+        <x:v>0.33</x:v>
       </x:c>
       <x:c r="D67" s="0">
-        <x:v>26922.246</x:v>
+        <x:v>26410.051</x:v>
       </x:c>
       <x:c r="E67" s="0">
-        <x:v>26012.155</x:v>
+        <x:v>25517.328</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:5">
       <x:c r="A68" s="1">
-        <x:v>45958.3305902778</x:v>
+        <x:v>45973.9253356481</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C68" s="0">
-        <x:v>0.39</x:v>
+        <x:v>0.35</x:v>
       </x:c>
       <x:c r="D68" s="0">
-        <x:v>26724.96</x:v>
+        <x:v>26410.205</x:v>
       </x:c>
       <x:c r="E68" s="0">
-        <x:v>25821.54</x:v>
+        <x:v>25517.328</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:5">
       <x:c r="A69" s="1">
-        <x:v>45957.8875578704</x:v>
+        <x:v>45973.3365393519</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C69" s="0">
-        <x:v>0.39</x:v>
+        <x:v>0.31</x:v>
       </x:c>
       <x:c r="D69" s="0">
-        <x:v>26725.3</x:v>
+        <x:v>26426.929</x:v>
       </x:c>
       <x:c r="E69" s="0">
-        <x:v>25821.546</x:v>
+        <x:v>25533.486</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:5">
       <x:c r="A70" s="1">
-        <x:v>45954.9259259259</x:v>
+        <x:v>45972.9253240741</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C70" s="0">
-        <x:v>0.62</x:v>
+        <x:v>0.35</x:v>
       </x:c>
       <x:c r="D70" s="0">
-        <x:v>26245.676</x:v>
+        <x:v>26427.158</x:v>
       </x:c>
       <x:c r="E70" s="0">
-        <x:v>25358.162</x:v>
+        <x:v>25533.486</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:5">
       <x:c r="A71" s="1">
-        <x:v>45954.3348148148</x:v>
+        <x:v>45971.9253703704</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C71" s="0">
-        <x:v>0.72</x:v>
+        <x:v>0.33</x:v>
       </x:c>
       <x:c r="D71" s="0">
-        <x:v>25975.803</x:v>
+        <x:v>26504.865</x:v>
       </x:c>
       <x:c r="E71" s="0">
-        <x:v>25097.415</x:v>
+        <x:v>25611.737</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:5">
       <x:c r="A72" s="1">
-        <x:v>45953.9278009259</x:v>
+        <x:v>45971.2992708333</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C72" s="0">
-        <x:v>0.78</x:v>
+        <x:v>0.44</x:v>
       </x:c>
       <x:c r="D72" s="0">
-        <x:v>25975.824</x:v>
+        <x:v>25933.618</x:v>
       </x:c>
       <x:c r="E72" s="0">
-        <x:v>25097.415</x:v>
+        <x:v>25059.808</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:5">
       <x:c r="A73" s="1">
-        <x:v>45952.9303703704</x:v>
+        <x:v>45968.9253935185</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C73" s="0">
-        <x:v>0.94</x:v>
+        <x:v>0.59</x:v>
       </x:c>
       <x:c r="D73" s="0">
-        <x:v>25749.77</x:v>
+        <x:v>25936.387</x:v>
       </x:c>
       <x:c r="E73" s="0">
-        <x:v>24879.005</x:v>
+        <x:v>25059.808</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:5">
       <x:c r="A74" s="1">
-        <x:v>45951.9269444444</x:v>
+        <x:v>45968.3147337963</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C74" s="0">
-        <x:v>0.79</x:v>
+        <x:v>0.52</x:v>
       </x:c>
       <x:c r="D74" s="0">
-        <x:v>26006.581</x:v>
+        <x:v>26009.079</x:v>
       </x:c>
       <x:c r="E74" s="0">
-        <x:v>25127.131</x:v>
+        <x:v>25130.042</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:5">
       <x:c r="A75" s="1">
-        <x:v>45950.9289814815</x:v>
+        <x:v>45967.9277893519</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C75" s="0">
-        <x:v>0.78</x:v>
+        <x:v>0.55</x:v>
       </x:c>
       <x:c r="D75" s="0">
-        <x:v>26020.954</x:v>
+        <x:v>26009.594</x:v>
       </x:c>
       <x:c r="E75" s="0">
-        <x:v>25141.018</x:v>
+        <x:v>25130.042</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:5">
       <x:c r="A76" s="1">
-        <x:v>45947.9299768519</x:v>
+        <x:v>45966.9253587963</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C76" s="0">
-        <x:v>1.05</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="D76" s="0">
-        <x:v>25686.581</x:v>
+        <x:v>26516.732</x:v>
       </x:c>
       <x:c r="E76" s="0">
-        <x:v>24817.953</x:v>
+        <x:v>25620.031</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:5">
       <x:c r="A77" s="1">
-        <x:v>45946.9262037037</x:v>
+        <x:v>45965.9236921296</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C77" s="0">
-        <x:v>1.2</x:v>
+        <x:v>0.47</x:v>
       </x:c>
       <x:c r="D77" s="0">
-        <x:v>25520.244</x:v>
+        <x:v>26325.654</x:v>
       </x:c>
       <x:c r="E77" s="0">
-        <x:v>24657.241</x:v>
+        <x:v>25435.704</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:5">
       <x:c r="A78" s="1">
-        <x:v>45945.9257175926</x:v>
+        <x:v>45965.3316550926</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C78" s="0">
-        <x:v>1.12</x:v>
+        <x:v>0.41</x:v>
       </x:c>
       <x:c r="D78" s="0">
-        <x:v>25611.446</x:v>
+        <x:v>26881.696</x:v>
       </x:c>
       <x:c r="E78" s="0">
-        <x:v>24745.358</x:v>
+        <x:v>25972.943</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:5">
       <x:c r="A79" s="1">
-        <x:v>45944.9308101852</x:v>
+        <x:v>45964.9227893519</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C79" s="0">
-        <x:v>1.3</x:v>
+        <x:v>0.33</x:v>
       </x:c>
       <x:c r="D79" s="0">
-        <x:v>25439.593</x:v>
+        <x:v>26881.996</x:v>
       </x:c>
       <x:c r="E79" s="0">
-        <x:v>24579.317</x:v>
+        <x:v>25972.943</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:5">
       <x:c r="A80" s="1">
-        <x:v>45943.926724537</x:v>
+        <x:v>45961.8818981481</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C80" s="0">
-        <x:v>1.14</x:v>
+        <x:v>0.36</x:v>
       </x:c>
       <x:c r="D80" s="0">
-        <x:v>25616.511</x:v>
+        <x:v>26760.688</x:v>
       </x:c>
       <x:c r="E80" s="0">
-        <x:v>24750.252</x:v>
+        <x:v>25858.126</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:5">
       <x:c r="A81" s="1">
-        <x:v>45940.9235069444</x:v>
+        <x:v>45961.3396180556</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C81" s="0">
-        <x:v>2.01</x:v>
+        <x:v>0.31</x:v>
       </x:c>
       <x:c r="D81" s="0">
-        <x:v>25069.438</x:v>
+        <x:v>26633.06</x:v>
       </x:c>
       <x:c r="E81" s="0">
-        <x:v>24221.745</x:v>
+        <x:v>25734.813</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:5">
       <x:c r="A82" s="1">
-        <x:v>45940.3355092593</x:v>
+        <x:v>45960.8841435185</x:v>
       </x:c>
       <x:c r="B82" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C82" s="0">
-        <x:v>1.14</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="D82" s="0">
-        <x:v>25976.548</x:v>
+        <x:v>26635.532</x:v>
       </x:c>
       <x:c r="E82" s="0">
-        <x:v>25098.18</x:v>
+        <x:v>25734.813</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:5">
       <x:c r="A83" s="1">
-        <x:v>45939.3272800926</x:v>
+        <x:v>45959.8897916667</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C83" s="0">
-        <x:v>1.14</x:v>
+        <x:v>0.31</x:v>
       </x:c>
       <x:c r="D83" s="0">
-        <x:v>26015.962</x:v>
+        <x:v>27033.832</x:v>
       </x:c>
       <x:c r="E83" s="0">
-        <x:v>25136.623</x:v>
+        <x:v>26119.846</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:5">
       <x:c r="A84" s="1">
-        <x:v>45938.9270833333</x:v>
+        <x:v>45959.3231944444</x:v>
       </x:c>
       <x:c r="B84" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C84" s="0">
-        <x:v>1.15</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="D84" s="0">
-        <x:v>26016.405</x:v>
+        <x:v>26922.372</x:v>
       </x:c>
       <x:c r="E84" s="0">
-        <x:v>25136.623</x:v>
+        <x:v>26012.155</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:5">
       <x:c r="A85" s="1">
-        <x:v>45937.9282291667</x:v>
+        <x:v>45958.8875115741</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C85" s="0">
-        <x:v>1.5</x:v>
+        <x:v>0.34</x:v>
       </x:c>
       <x:c r="D85" s="0">
-        <x:v>25709.635</x:v>
+        <x:v>26922.246</x:v>
       </x:c>
       <x:c r="E85" s="0">
-        <x:v>24840.227</x:v>
+        <x:v>26012.155</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:5">
       <x:c r="A86" s="1">
-        <x:v>45936.9241319444</x:v>
+        <x:v>45958.3305902778</x:v>
       </x:c>
       <x:c r="B86" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C86" s="0">
-        <x:v>1.35</x:v>
+        <x:v>0.39</x:v>
       </x:c>
       <x:c r="D86" s="0">
-        <x:v>25852.808</x:v>
+        <x:v>26724.96</x:v>
       </x:c>
       <x:c r="E86" s="0">
-        <x:v>24978.558</x:v>
+        <x:v>25821.54</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:5">
       <x:c r="A87" s="1">
-        <x:v>45933.9288425926</x:v>
+        <x:v>45957.8875578704</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C87" s="0">
-        <x:v>1.59</x:v>
+        <x:v>0.39</x:v>
       </x:c>
       <x:c r="D87" s="0">
-        <x:v>25650.578</x:v>
+        <x:v>26725.3</x:v>
       </x:c>
       <x:c r="E87" s="0">
-        <x:v>24785.522</x:v>
+        <x:v>25821.546</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:5">
       <x:c r="A88" s="1">
-        <x:v>45933.331087963</x:v>
+        <x:v>45954.9259259259</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C88" s="0">
-        <x:v>1.37</x:v>
+        <x:v>0.62</x:v>
       </x:c>
       <x:c r="D88" s="0">
-        <x:v>25761.574</x:v>
+        <x:v>26245.676</x:v>
       </x:c>
       <x:c r="E88" s="0">
-        <x:v>24892.764</x:v>
+        <x:v>25358.162</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:5">
       <x:c r="A89" s="1">
-        <x:v>45932.9250925926</x:v>
+        <x:v>45954.3348148148</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C89" s="0">
-        <x:v>1.47</x:v>
+        <x:v>0.72</x:v>
       </x:c>
       <x:c r="D89" s="0">
-        <x:v>25764.011</x:v>
+        <x:v>25975.803</x:v>
       </x:c>
       <x:c r="E89" s="0">
-        <x:v>24892.764</x:v>
+        <x:v>25097.415</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:5">
       <x:c r="A90" s="1">
-        <x:v>45931.9294097222</x:v>
+        <x:v>45953.9278009259</x:v>
       </x:c>
       <x:c r="B90" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C90" s="0">
-        <x:v>1.59</x:v>
+        <x:v>0.78</x:v>
       </x:c>
       <x:c r="D90" s="0">
-        <x:v>25667.285</x:v>
+        <x:v>25975.824</x:v>
       </x:c>
       <x:c r="E90" s="0">
-        <x:v>24800.863</x:v>
+        <x:v>25097.415</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:5">
       <x:c r="A91" s="1">
-        <x:v>45931.3342361111</x:v>
+        <x:v>45952.9303703704</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C91" s="0">
-        <x:v>1.94</x:v>
+        <x:v>0.94</x:v>
       </x:c>
       <x:c r="D91" s="0">
-        <x:v>25542.179</x:v>
+        <x:v>25749.77</x:v>
       </x:c>
       <x:c r="E91" s="0">
-        <x:v>24679.988</x:v>
+        <x:v>24879.005</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:5">
       <x:c r="A92" s="1">
-        <x:v>45930.933900463</x:v>
+        <x:v>45951.9269444444</x:v>
       </x:c>
       <x:c r="B92" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C92" s="0">
-        <x:v>1.76</x:v>
+        <x:v>0.79</x:v>
       </x:c>
       <x:c r="D92" s="0">
-        <x:v>25542.931</x:v>
+        <x:v>26006.581</x:v>
       </x:c>
       <x:c r="E92" s="0">
-        <x:v>24679.988</x:v>
+        <x:v>25127.131</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:5">
       <x:c r="A93" s="1">
-        <x:v>45930.3326736111</x:v>
+        <x:v>45950.9289814815</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C93" s="0">
-        <x:v>1.85</x:v>
+        <x:v>0.78</x:v>
       </x:c>
       <x:c r="D93" s="0">
-        <x:v>25471.893</x:v>
+        <x:v>26020.954</x:v>
       </x:c>
       <x:c r="E93" s="0">
-        <x:v>24611.352</x:v>
+        <x:v>25141.018</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:5">
       <x:c r="A94" s="1">
-        <x:v>45929.9324074074</x:v>
+        <x:v>45947.9299768519</x:v>
       </x:c>
       <x:c r="B94" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C94" s="0">
-        <x:v>1.86</x:v>
+        <x:v>1.05</x:v>
       </x:c>
       <x:c r="D94" s="0">
-        <x:v>25472.749</x:v>
+        <x:v>25686.581</x:v>
       </x:c>
       <x:c r="E94" s="0">
-        <x:v>24611.352</x:v>
+        <x:v>24817.953</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:5">
       <x:c r="A95" s="1">
-        <x:v>45926.9298611111</x:v>
+        <x:v>45946.9262037037</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C95" s="0">
-        <x:v>2.03</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="D95" s="0">
-        <x:v>25361.069</x:v>
+        <x:v>25520.244</x:v>
       </x:c>
       <x:c r="E95" s="0">
-        <x:v>24503.848</x:v>
+        <x:v>24657.241</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:5">
       <x:c r="A96" s="1">
-        <x:v>45926.3217824074</x:v>
+        <x:v>45945.9257175926</x:v>
       </x:c>
       <x:c r="B96" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C96" s="0">
-        <x:v>2.26</x:v>
+        <x:v>1.12</x:v>
       </x:c>
       <x:c r="D96" s="0">
-        <x:v>25250.803</x:v>
+        <x:v>25611.446</x:v>
       </x:c>
       <x:c r="E96" s="0">
-        <x:v>24397.311</x:v>
+        <x:v>24745.358</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:5">
       <x:c r="A97" s="1">
-        <x:v>45925.9294444444</x:v>
+        <x:v>45944.9308101852</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C97" s="0">
-        <x:v>2.23</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="D97" s="0">
-        <x:v>25251.217</x:v>
+        <x:v>25439.593</x:v>
       </x:c>
       <x:c r="E97" s="0">
-        <x:v>24397.311</x:v>
+        <x:v>24579.317</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:5">
       <x:c r="A98" s="1">
-        <x:v>45924.9296527778</x:v>
+        <x:v>45943.926724537</x:v>
       </x:c>
       <x:c r="B98" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C98" s="0">
-        <x:v>2.05</x:v>
+        <x:v>1.14</x:v>
       </x:c>
       <x:c r="D98" s="0">
-        <x:v>25360.756</x:v>
+        <x:v>25616.511</x:v>
       </x:c>
       <x:c r="E98" s="0">
-        <x:v>24503.567</x:v>
+        <x:v>24750.252</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:5">
       <x:c r="A99" s="1">
-        <x:v>45924.3777662037</x:v>
+        <x:v>45940.9235069444</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C99" s="0">
-        <x:v>1.81</x:v>
+        <x:v>2.01</x:v>
       </x:c>
       <x:c r="D99" s="0">
-        <x:v>25440.038</x:v>
+        <x:v>25069.438</x:v>
       </x:c>
       <x:c r="E99" s="0">
-        <x:v>24580.168</x:v>
+        <x:v>24221.745</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:5">
       <x:c r="A100" s="1">
-        <x:v>45923.9251967593</x:v>
+        <x:v>45940.3355092593</x:v>
       </x:c>
       <x:c r="B100" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C100" s="0">
-        <x:v>1.93</x:v>
+        <x:v>1.14</x:v>
       </x:c>
       <x:c r="D100" s="0">
-        <x:v>25440.474</x:v>
+        <x:v>25976.548</x:v>
       </x:c>
       <x:c r="E100" s="0">
-        <x:v>24580.168</x:v>
+        <x:v>25098.18</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:5">
       <x:c r="A101" s="1">
-        <x:v>45922.926712963</x:v>
+        <x:v>45939.3272800926</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C101" s="0">
-        <x:v>1.68</x:v>
+        <x:v>1.14</x:v>
       </x:c>
       <x:c r="D101" s="0">
-        <x:v>25624.635</x:v>
+        <x:v>26015.962</x:v>
       </x:c>
       <x:c r="E101" s="0">
-        <x:v>24761.074</x:v>
+        <x:v>25136.623</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:5">
       <x:c r="A102" s="1">
-        <x:v>45922.3338888889</x:v>
+        <x:v>45938.9270833333</x:v>
       </x:c>
       <x:c r="B102" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C102" s="0">
-        <x:v>1.92</x:v>
+        <x:v>1.15</x:v>
       </x:c>
       <x:c r="D102" s="0">
-        <x:v>25485.089</x:v>
+        <x:v>26016.405</x:v>
       </x:c>
       <x:c r="E102" s="0">
-        <x:v>24626.247</x:v>
+        <x:v>25136.623</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:5">
       <x:c r="A103" s="1">
-        <x:v>45919.9342592593</x:v>
+        <x:v>45937.9282291667</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C103" s="0">
-        <x:v>1.88</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="D103" s="0">
-        <x:v>25488.166</x:v>
+        <x:v>25709.635</x:v>
       </x:c>
       <x:c r="E103" s="0">
-        <x:v>24626.247</x:v>
+        <x:v>24840.227</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:5">
       <x:c r="A104" s="1">
-        <x:v>45918.9265393519</x:v>
+        <x:v>45936.9241319444</x:v>
       </x:c>
       <x:c r="B104" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C104" s="0">
-        <x:v>2.19</x:v>
+        <x:v>1.35</x:v>
       </x:c>
       <x:c r="D104" s="0">
-        <x:v>25310.815</x:v>
+        <x:v>25852.808</x:v>
       </x:c>
       <x:c r="E104" s="0">
-        <x:v>24454.894</x:v>
+        <x:v>24978.558</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:5">
       <x:c r="A105" s="1">
-        <x:v>45917.9270486111</x:v>
+        <x:v>45933.9288425926</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C105" s="0">
-        <x:v>2.7</x:v>
+        <x:v>1.59</x:v>
       </x:c>
       <x:c r="D105" s="0">
-        <x:v>25071.178</x:v>
+        <x:v>25650.578</x:v>
       </x:c>
       <x:c r="E105" s="0">
-        <x:v>24223.687</x:v>
+        <x:v>24785.522</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:5">
       <x:c r="A106" s="1">
-        <x:v>45917.3258680556</x:v>
+        <x:v>45933.331087963</x:v>
       </x:c>
       <x:c r="B106" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C106" s="0">
-        <x:v>2.62</x:v>
+        <x:v>1.37</x:v>
       </x:c>
       <x:c r="D106" s="0">
-        <x:v>25123.509</x:v>
+        <x:v>25761.574</x:v>
       </x:c>
       <x:c r="E106" s="0">
-        <x:v>24274.249</x:v>
+        <x:v>24892.764</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:5">
       <x:c r="A107" s="1">
-        <x:v>45916.9258912037</x:v>
+        <x:v>45932.9250925926</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C107" s="0">
-        <x:v>2.59</x:v>
+        <x:v>1.47</x:v>
       </x:c>
       <x:c r="D107" s="0">
-        <x:v>25123.848</x:v>
+        <x:v>25764.011</x:v>
       </x:c>
       <x:c r="E107" s="0">
-        <x:v>24274.249</x:v>
+        <x:v>24892.764</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:5">
       <x:c r="A108" s="1">
-        <x:v>45915.9270949074</x:v>
+        <x:v>45931.9294097222</x:v>
       </x:c>
       <x:c r="B108" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C108" s="0">
-        <x:v>2.55</x:v>
+        <x:v>1.59</x:v>
       </x:c>
       <x:c r="D108" s="0">
-        <x:v>25142.247</x:v>
+        <x:v>25667.285</x:v>
       </x:c>
       <x:c r="E108" s="0">
-        <x:v>24293.781</x:v>
+        <x:v>24800.863</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:5">
       <x:c r="A109" s="1">
-        <x:v>45915.3170833333</x:v>
+        <x:v>45931.3342361111</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C109" s="0">
-        <x:v>3.02</x:v>
+        <x:v>1.94</x:v>
       </x:c>
       <x:c r="D109" s="0">
-        <x:v>24933.604</x:v>
+        <x:v>25542.179</x:v>
       </x:c>
       <x:c r="E109" s="0">
-        <x:v>24092.193</x:v>
+        <x:v>24679.988</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:5">
       <x:c r="A110" s="1">
-        <x:v>45912.9234375</x:v>
+        <x:v>45930.933900463</x:v>
       </x:c>
       <x:c r="B110" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C110" s="0">
-        <x:v>3.05</x:v>
+        <x:v>1.76</x:v>
       </x:c>
       <x:c r="D110" s="0">
-        <x:v>24934.594</x:v>
+        <x:v>25542.931</x:v>
       </x:c>
       <x:c r="E110" s="0">
-        <x:v>24092.193</x:v>
+        <x:v>24679.988</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:5">
       <x:c r="A111" s="1">
-        <x:v>45912.3096643519</x:v>
+        <x:v>45930.3326736111</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C111" s="0">
-        <x:v>3.29</x:v>
+        <x:v>1.85</x:v>
       </x:c>
       <x:c r="D111" s="0">
-        <x:v>24831.476</x:v>
+        <x:v>25471.893</x:v>
       </x:c>
       <x:c r="E111" s="0">
-        <x:v>23992.562</x:v>
+        <x:v>24611.352</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:5">
       <x:c r="A112" s="1">
-        <x:v>45911.9251388889</x:v>
+        <x:v>45929.9324074074</x:v>
       </x:c>
       <x:c r="B112" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C112" s="0">
-        <x:v>3.32</x:v>
+        <x:v>1.86</x:v>
       </x:c>
       <x:c r="D112" s="0">
-        <x:v>24832.171</x:v>
+        <x:v>25472.749</x:v>
       </x:c>
       <x:c r="E112" s="0">
-        <x:v>23992.562</x:v>
+        <x:v>24611.352</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:5">
       <x:c r="A113" s="1">
-        <x:v>45911.3307986111</x:v>
+        <x:v>45926.9298611111</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C113" s="0">
-        <x:v>3.74</x:v>
+        <x:v>2.03</x:v>
       </x:c>
       <x:c r="D113" s="0">
-        <x:v>24683.863</x:v>
+        <x:v>25361.069</x:v>
       </x:c>
       <x:c r="E113" s="0">
-        <x:v>23849.27</x:v>
+        <x:v>24503.848</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:5">
       <x:c r="A114" s="1">
-        <x:v>45910.9239930556</x:v>
+        <x:v>45926.3217824074</x:v>
       </x:c>
       <x:c r="B114" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C114" s="0">
-        <x:v>3.77</x:v>
+        <x:v>2.26</x:v>
       </x:c>
       <x:c r="D114" s="0">
-        <x:v>24683.994</x:v>
+        <x:v>25250.803</x:v>
       </x:c>
       <x:c r="E114" s="0">
-        <x:v>23849.27</x:v>
+        <x:v>24397.311</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:5">
       <x:c r="A115" s="1">
-        <x:v>45909.9244907407</x:v>
+        <x:v>45925.9294444444</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C115" s="0">
-        <x:v>3.8</x:v>
+        <x:v>2.23</x:v>
       </x:c>
       <x:c r="D115" s="0">
-        <x:v>24674.013</x:v>
+        <x:v>25251.217</x:v>
       </x:c>
       <x:c r="E115" s="0">
-        <x:v>23839.796</x:v>
+        <x:v>24397.311</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:5">
       <x:c r="A116" s="1">
-        <x:v>45909.335462963</x:v>
+        <x:v>45924.9296527778</x:v>
       </x:c>
       <x:c r="B116" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C116" s="0">
-        <x:v>3.95</x:v>
+        <x:v>2.05</x:v>
       </x:c>
       <x:c r="D116" s="0">
-        <x:v>24593.804</x:v>
+        <x:v>25360.756</x:v>
       </x:c>
       <x:c r="E116" s="0">
-        <x:v>23762.3</x:v>
+        <x:v>24503.567</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:5">
       <x:c r="A117" s="1">
-        <x:v>45908.9240393518</x:v>
+        <x:v>45924.3777662037</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C117" s="0">
-        <x:v>4.06</x:v>
+        <x:v>1.81</x:v>
       </x:c>
       <x:c r="D117" s="0">
-        <x:v>24592.708</x:v>
+        <x:v>25440.038</x:v>
       </x:c>
       <x:c r="E117" s="0">
-        <x:v>23762.3</x:v>
+        <x:v>24580.168</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:5">
       <x:c r="A118" s="1">
-        <x:v>45908.3013541667</x:v>
+        <x:v>45923.9251967593</x:v>
       </x:c>
       <x:c r="B118" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C118" s="0">
-        <x:v>4.3</x:v>
+        <x:v>1.93</x:v>
       </x:c>
       <x:c r="D118" s="0">
-        <x:v>24479.006</x:v>
+        <x:v>25440.474</x:v>
       </x:c>
       <x:c r="E118" s="0">
-        <x:v>23652.443</x:v>
+        <x:v>24580.168</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:5">
       <x:c r="A119" s="1">
-        <x:v>45905.9285763889</x:v>
+        <x:v>45922.926712963</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C119" s="0">
-        <x:v>4.46</x:v>
+        <x:v>1.68</x:v>
       </x:c>
       <x:c r="D119" s="0">
-        <x:v>24477.288</x:v>
+        <x:v>25624.635</x:v>
       </x:c>
       <x:c r="E119" s="0">
-        <x:v>23652.443</x:v>
+        <x:v>24761.074</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:5">
       <x:c r="A120" s="1">
-        <x:v>45905.3095023148</x:v>
+        <x:v>45922.3338888889</x:v>
       </x:c>
       <x:c r="B120" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C120" s="0">
-        <x:v>4.24</x:v>
+        <x:v>1.92</x:v>
       </x:c>
       <x:c r="D120" s="0">
-        <x:v>24457.178</x:v>
+        <x:v>25485.089</x:v>
       </x:c>
       <x:c r="E120" s="0">
-        <x:v>23633.013</x:v>
+        <x:v>24626.247</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:5">
       <x:c r="A121" s="1">
-        <x:v>45904.9245138889</x:v>
+        <x:v>45919.9342592593</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C121" s="0">
-        <x:v>4.54</x:v>
+        <x:v>1.88</x:v>
       </x:c>
       <x:c r="D121" s="0">
-        <x:v>24460.168</x:v>
+        <x:v>25488.166</x:v>
       </x:c>
       <x:c r="E121" s="0">
-        <x:v>23633.013</x:v>
+        <x:v>24626.247</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:5">
       <x:c r="A122" s="1">
-        <x:v>45904.3202083333</x:v>
+        <x:v>45918.9265393519</x:v>
       </x:c>
       <x:c r="B122" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C122" s="0">
-        <x:v>5.52</x:v>
+        <x:v>2.19</x:v>
       </x:c>
       <x:c r="D122" s="0">
-        <x:v>24234.358</x:v>
+        <x:v>25310.815</x:v>
       </x:c>
       <x:c r="E122" s="0">
-        <x:v>23414.839</x:v>
+        <x:v>24454.894</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:5">
       <x:c r="A123" s="1">
-        <x:v>45903.923587963</x:v>
+        <x:v>45917.9270486111</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C123" s="0">
-        <x:v>5.58</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="D123" s="0">
-        <x:v>24234.28</x:v>
+        <x:v>25071.178</x:v>
       </x:c>
       <x:c r="E123" s="0">
-        <x:v>23414.839</x:v>
+        <x:v>24223.687</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:5">
       <x:c r="A124" s="1">
-        <x:v>45903.3225115741</x:v>
+        <x:v>45917.3258680556</x:v>
       </x:c>
       <x:c r="B124" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C124" s="0">
-        <x:v>6.37</x:v>
+        <x:v>2.62</x:v>
       </x:c>
       <x:c r="D124" s="0">
-        <x:v>24044.119</x:v>
+        <x:v>25123.509</x:v>
       </x:c>
       <x:c r="E124" s="0">
-        <x:v>23231.108</x:v>
+        <x:v>24274.249</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:5">
       <x:c r="A125" s="1">
-        <x:v>45902.9238773148</x:v>
+        <x:v>45916.9258912037</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C125" s="0">
-        <x:v>6.62</x:v>
+        <x:v>2.59</x:v>
       </x:c>
       <x:c r="D125" s="0">
-        <x:v>24043.548</x:v>
+        <x:v>25123.848</x:v>
       </x:c>
       <x:c r="E125" s="0">
-        <x:v>23231.108</x:v>
+        <x:v>24274.249</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:5">
       <x:c r="A126" s="1">
-        <x:v>45902.3291898148</x:v>
+        <x:v>45915.9270949074</x:v>
       </x:c>
       <x:c r="B126" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C126" s="0">
-        <x:v>5.85</x:v>
+        <x:v>2.55</x:v>
       </x:c>
       <x:c r="D126" s="0">
-        <x:v>24234.31</x:v>
+        <x:v>25142.247</x:v>
       </x:c>
       <x:c r="E126" s="0">
-        <x:v>23415.42</x:v>
+        <x:v>24293.781</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:5">
       <x:c r="A127" s="1">
-        <x:v>45898.9303587963</x:v>
+        <x:v>45915.3170833333</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C127" s="0">
-        <x:v>5.7</x:v>
+        <x:v>3.02</x:v>
       </x:c>
       <x:c r="D127" s="0">
-        <x:v>24232.691</x:v>
+        <x:v>24933.604</x:v>
       </x:c>
       <x:c r="E127" s="0">
-        <x:v>23415.42</x:v>
+        <x:v>24092.193</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:5">
       <x:c r="A128" s="1">
-        <x:v>45898.3268402778</x:v>
+        <x:v>45912.9234375</x:v>
       </x:c>
       <x:c r="B128" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C128" s="0">
-        <x:v>4.71</x:v>
+        <x:v>3.05</x:v>
       </x:c>
       <x:c r="D128" s="0">
-        <x:v>24530.802</x:v>
+        <x:v>24934.594</x:v>
       </x:c>
       <x:c r="E128" s="0">
-        <x:v>23703.45</x:v>
+        <x:v>24092.193</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:5">
       <x:c r="A129" s="1">
-        <x:v>45897.9274189815</x:v>
+        <x:v>45912.3096643519</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C129" s="0">
-        <x:v>4.59</x:v>
+        <x:v>3.29</x:v>
       </x:c>
       <x:c r="D129" s="0">
-        <x:v>24533.071</x:v>
+        <x:v>24831.476</x:v>
       </x:c>
       <x:c r="E129" s="0">
-        <x:v>23703.45</x:v>
+        <x:v>23992.562</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:5">
       <x:c r="A130" s="1">
-        <x:v>45896.9248032407</x:v>
+        <x:v>45911.9251388889</x:v>
       </x:c>
       <x:c r="B130" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C130" s="0">
-        <x:v>5.18</x:v>
+        <x:v>3.32</x:v>
       </x:c>
       <x:c r="D130" s="0">
-        <x:v>24390.588</x:v>
+        <x:v>24832.171</x:v>
       </x:c>
       <x:c r="E130" s="0">
-        <x:v>23565.846</x:v>
+        <x:v>23992.562</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:5">
       <x:c r="A131" s="1">
-        <x:v>45896.33375</x:v>
+        <x:v>45911.3307986111</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C131" s="0">
-        <x:v>5.31</x:v>
+        <x:v>3.74</x:v>
       </x:c>
       <x:c r="D131" s="0">
-        <x:v>24348.615</x:v>
+        <x:v>24683.863</x:v>
       </x:c>
       <x:c r="E131" s="0">
-        <x:v>23525.293</x:v>
+        <x:v>23849.27</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:5">
       <x:c r="A132" s="1">
-        <x:v>45895.9239351852</x:v>
+        <x:v>45910.9239930556</x:v>
       </x:c>
       <x:c r="B132" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C132" s="0">
-        <x:v>5.36</x:v>
+        <x:v>3.77</x:v>
       </x:c>
       <x:c r="D132" s="0">
-        <x:v>24348.678</x:v>
+        <x:v>24683.994</x:v>
       </x:c>
       <x:c r="E132" s="0">
-        <x:v>23525.293</x:v>
+        <x:v>23849.27</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:5">
       <x:c r="A133" s="1">
-        <x:v>45894.9239583333</x:v>
+        <x:v>45909.9244907407</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C133" s="0">
-        <x:v>5.85</x:v>
+        <x:v>3.8</x:v>
       </x:c>
       <x:c r="D133" s="0">
-        <x:v>24245.392</x:v>
+        <x:v>24674.013</x:v>
       </x:c>
       <x:c r="E133" s="0">
-        <x:v>23425.605</x:v>
+        <x:v>23839.796</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:5">
       <x:c r="A134" s="1">
-        <x:v>45894.3297800926</x:v>
+        <x:v>45909.335462963</x:v>
       </x:c>
       <x:c r="B134" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C134" s="0">
-        <x:v>5.54</x:v>
+        <x:v>3.95</x:v>
       </x:c>
       <x:c r="D134" s="0">
-        <x:v>24320.44</x:v>
+        <x:v>24593.804</x:v>
       </x:c>
       <x:c r="E134" s="0">
-        <x:v>23498.115</x:v>
+        <x:v>23762.3</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:5">
       <x:c r="A135" s="1">
-        <x:v>45891.9252314815</x:v>
+        <x:v>45908.9240393518</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C135" s="0">
-        <x:v>5.5</x:v>
+        <x:v>4.06</x:v>
       </x:c>
       <x:c r="D135" s="0">
-        <x:v>24318.534</x:v>
+        <x:v>24592.708</x:v>
       </x:c>
       <x:c r="E135" s="0">
-        <x:v>23498.115</x:v>
+        <x:v>23762.3</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:5">
       <x:c r="A136" s="1">
-        <x:v>45891.3279976852</x:v>
+        <x:v>45908.3013541667</x:v>
       </x:c>
       <x:c r="B136" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C136" s="0">
-        <x:v>8.09</x:v>
+        <x:v>4.3</x:v>
       </x:c>
       <x:c r="D136" s="0">
-        <x:v>23950.555</x:v>
+        <x:v>24479.006</x:v>
       </x:c>
       <x:c r="E136" s="0">
-        <x:v>23142.58</x:v>
+        <x:v>23652.443</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:5">
       <x:c r="A137" s="1">
-        <x:v>45890.9256481481</x:v>
+        <x:v>45905.9285763889</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C137" s="0">
-        <x:v>7.94</x:v>
+        <x:v>4.46</x:v>
       </x:c>
       <x:c r="D137" s="0">
-        <x:v>23948.526</x:v>
+        <x:v>24477.288</x:v>
       </x:c>
       <x:c r="E137" s="0">
-        <x:v>23142.58</x:v>
+        <x:v>23652.443</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:5">
       <x:c r="A138" s="1">
-        <x:v>45890.3406828704</x:v>
+        <x:v>45905.3095023148</x:v>
       </x:c>
       <x:c r="B138" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C138" s="0">
-        <x:v>7.19</x:v>
+        <x:v>4.24</x:v>
       </x:c>
       <x:c r="D138" s="0">
-        <x:v>24059.261</x:v>
+        <x:v>24457.178</x:v>
       </x:c>
       <x:c r="E138" s="0">
-        <x:v>23249.57</x:v>
+        <x:v>23633.013</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:5">
       <x:c r="A139" s="1">
-        <x:v>45889.9243402778</x:v>
+        <x:v>45904.9245138889</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C139" s="0">
-        <x:v>7.29</x:v>
+        <x:v>4.54</x:v>
       </x:c>
       <x:c r="D139" s="0">
-        <x:v>24063.305</x:v>
+        <x:v>24460.168</x:v>
       </x:c>
       <x:c r="E139" s="0">
-        <x:v>23249.57</x:v>
+        <x:v>23633.013</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:5">
       <x:c r="A140" s="1">
-        <x:v>45888.9238425926</x:v>
+        <x:v>45904.3202083333</x:v>
       </x:c>
       <x:c r="B140" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C140" s="0">
-        <x:v>6.53</x:v>
+        <x:v>5.52</x:v>
       </x:c>
       <x:c r="D140" s="0">
-        <x:v>24202.883</x:v>
+        <x:v>24234.358</x:v>
       </x:c>
       <x:c r="E140" s="0">
-        <x:v>23384.77</x:v>
+        <x:v>23414.839</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:5">
       <x:c r="A141" s="1">
-        <x:v>45888.3193055556</x:v>
+        <x:v>45903.923587963</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C141" s="0">
-        <x:v>5.37</x:v>
+        <x:v>5.58</x:v>
       </x:c>
       <x:c r="D141" s="0">
-        <x:v>24543.387</x:v>
+        <x:v>24234.28</x:v>
       </x:c>
       <x:c r="E141" s="0">
-        <x:v>23713.759</x:v>
+        <x:v>23414.839</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:5">
       <x:c r="A142" s="1">
-        <x:v>45887.9245601852</x:v>
+        <x:v>45903.3225115741</x:v>
       </x:c>
       <x:c r="B142" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C142" s="0">
-        <x:v>5.11</x:v>
+        <x:v>6.37</x:v>
       </x:c>
       <x:c r="D142" s="0">
-        <x:v>24542.922</x:v>
+        <x:v>24044.119</x:v>
       </x:c>
       <x:c r="E142" s="0">
-        <x:v>23713.759</x:v>
+        <x:v>23231.108</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:5">
       <x:c r="A143" s="1">
-        <x:v>45887.3188773148</x:v>
+        <x:v>45902.9238773148</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C143" s="0">
-        <x:v>4.91</x:v>
+        <x:v>6.62</x:v>
       </x:c>
       <x:c r="D143" s="0">
-        <x:v>24541.174</x:v>
+        <x:v>24043.548</x:v>
       </x:c>
       <x:c r="E143" s="0">
-        <x:v>23712.07</x:v>
+        <x:v>23231.108</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:5">
       <x:c r="A144" s="1">
-        <x:v>45884.9247106481</x:v>
+        <x:v>45902.3291898148</x:v>
       </x:c>
       <x:c r="B144" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C144" s="0">
-        <x:v>5.1</x:v>
+        <x:v>5.85</x:v>
       </x:c>
       <x:c r="D144" s="0">
-        <x:v>24539.877</x:v>
+        <x:v>24234.31</x:v>
       </x:c>
       <x:c r="E144" s="0">
-        <x:v>23712.07</x:v>
+        <x:v>23415.42</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:5">
       <x:c r="A145" s="1">
-        <x:v>45884.3109953704</x:v>
+        <x:v>45898.9303587963</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C145" s="0">
-        <x:v>4.58</x:v>
+        <x:v>5.7</x:v>
       </x:c>
       <x:c r="D145" s="0">
-        <x:v>24664.462</x:v>
+        <x:v>24232.691</x:v>
       </x:c>
       <x:c r="E145" s="0">
-        <x:v>23832.442</x:v>
+        <x:v>23415.42</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:5">
       <x:c r="A146" s="1">
-        <x:v>45883.9240625</x:v>
+        <x:v>45898.3268402778</x:v>
       </x:c>
       <x:c r="B146" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C146" s="0">
-        <x:v>4.63</x:v>
+        <x:v>4.71</x:v>
       </x:c>
       <x:c r="D146" s="0">
-        <x:v>24665.962</x:v>
+        <x:v>24530.802</x:v>
       </x:c>
       <x:c r="E146" s="0">
-        <x:v>23832.442</x:v>
+        <x:v>23703.45</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:5">
       <x:c r="A147" s="1">
-        <x:v>45883.3327893519</x:v>
+        <x:v>45897.9274189815</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C147" s="0">
-        <x:v>4.72</x:v>
+        <x:v>4.59</x:v>
       </x:c>
       <x:c r="D147" s="0">
-        <x:v>24683.141</x:v>
+        <x:v>24533.071</x:v>
       </x:c>
       <x:c r="E147" s="0">
-        <x:v>23849.04</x:v>
+        <x:v>23703.45</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:5">
       <x:c r="A148" s="1">
-        <x:v>45882.9239467593</x:v>
+        <x:v>45896.9248032407</x:v>
       </x:c>
       <x:c r="B148" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C148" s="0">
-        <x:v>4.57</x:v>
+        <x:v>5.18</x:v>
       </x:c>
       <x:c r="D148" s="0">
-        <x:v>24683.756</x:v>
+        <x:v>24390.588</x:v>
       </x:c>
       <x:c r="E148" s="0">
-        <x:v>23849.04</x:v>
+        <x:v>23565.846</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:5">
       <x:c r="A149" s="1">
-        <x:v>45881.9233449074</x:v>
+        <x:v>45896.33375</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C149" s="0">
-        <x:v>4.6</x:v>
+        <x:v>5.31</x:v>
       </x:c>
       <x:c r="D149" s="0">
-        <x:v>24673.568</x:v>
+        <x:v>24348.615</x:v>
       </x:c>
       <x:c r="E149" s="0">
-        <x:v>23839.196</x:v>
+        <x:v>23525.293</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:5">
       <x:c r="A150" s="1">
-        <x:v>45880.923587963</x:v>
+        <x:v>45895.9239351852</x:v>
       </x:c>
       <x:c r="B150" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C150" s="0">
-        <x:v>6.26</x:v>
+        <x:v>5.36</x:v>
       </x:c>
       <x:c r="D150" s="0">
-        <x:v>24347.447</x:v>
+        <x:v>24348.678</x:v>
       </x:c>
       <x:c r="E150" s="0">
-        <x:v>23526.634</x:v>
+        <x:v>23525.293</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:5">
       <x:c r="A151" s="1">
-        <x:v>45880.3183564815</x:v>
+        <x:v>45894.9239583333</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C151" s="0">
-        <x:v>5.69</x:v>
+        <x:v>5.85</x:v>
       </x:c>
       <x:c r="D151" s="0">
-        <x:v>24435.041</x:v>
+        <x:v>24245.392</x:v>
       </x:c>
       <x:c r="E151" s="0">
-        <x:v>23611.266</x:v>
+        <x:v>23425.605</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:5">
       <x:c r="A152" s="1">
+        <x:v>45894.3297800926</x:v>
+      </x:c>
+      <x:c r="B152" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C152" s="0">
+        <x:v>5.54</x:v>
+      </x:c>
+      <x:c r="D152" s="0">
+        <x:v>24320.44</x:v>
+      </x:c>
+      <x:c r="E152" s="0">
+        <x:v>23498.115</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="153" spans="1:5">
+      <x:c r="A153" s="1">
+        <x:v>45891.9252314815</x:v>
+      </x:c>
+      <x:c r="B153" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C153" s="0">
+        <x:v>5.5</x:v>
+      </x:c>
+      <x:c r="D153" s="0">
+        <x:v>24318.534</x:v>
+      </x:c>
+      <x:c r="E153" s="0">
+        <x:v>23498.115</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="154" spans="1:5">
+      <x:c r="A154" s="1">
+        <x:v>45891.3279976852</x:v>
+      </x:c>
+      <x:c r="B154" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C154" s="0">
+        <x:v>8.09</x:v>
+      </x:c>
+      <x:c r="D154" s="0">
+        <x:v>23950.555</x:v>
+      </x:c>
+      <x:c r="E154" s="0">
+        <x:v>23142.58</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="155" spans="1:5">
+      <x:c r="A155" s="1">
+        <x:v>45890.9256481481</x:v>
+      </x:c>
+      <x:c r="B155" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C155" s="0">
+        <x:v>7.94</x:v>
+      </x:c>
+      <x:c r="D155" s="0">
+        <x:v>23948.526</x:v>
+      </x:c>
+      <x:c r="E155" s="0">
+        <x:v>23142.58</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="156" spans="1:5">
+      <x:c r="A156" s="1">
+        <x:v>45890.3406828704</x:v>
+      </x:c>
+      <x:c r="B156" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C156" s="0">
+        <x:v>7.19</x:v>
+      </x:c>
+      <x:c r="D156" s="0">
+        <x:v>24059.261</x:v>
+      </x:c>
+      <x:c r="E156" s="0">
+        <x:v>23249.57</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="157" spans="1:5">
+      <x:c r="A157" s="1">
+        <x:v>45889.9243402778</x:v>
+      </x:c>
+      <x:c r="B157" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C157" s="0">
+        <x:v>7.29</x:v>
+      </x:c>
+      <x:c r="D157" s="0">
+        <x:v>24063.305</x:v>
+      </x:c>
+      <x:c r="E157" s="0">
+        <x:v>23249.57</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="158" spans="1:5">
+      <x:c r="A158" s="1">
+        <x:v>45888.9238425926</x:v>
+      </x:c>
+      <x:c r="B158" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C158" s="0">
+        <x:v>6.53</x:v>
+      </x:c>
+      <x:c r="D158" s="0">
+        <x:v>24202.883</x:v>
+      </x:c>
+      <x:c r="E158" s="0">
+        <x:v>23384.77</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="159" spans="1:5">
+      <x:c r="A159" s="1">
+        <x:v>45888.3193055556</x:v>
+      </x:c>
+      <x:c r="B159" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C159" s="0">
+        <x:v>5.37</x:v>
+      </x:c>
+      <x:c r="D159" s="0">
+        <x:v>24543.387</x:v>
+      </x:c>
+      <x:c r="E159" s="0">
+        <x:v>23713.759</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="160" spans="1:5">
+      <x:c r="A160" s="1">
+        <x:v>45887.9245601852</x:v>
+      </x:c>
+      <x:c r="B160" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C160" s="0">
+        <x:v>5.11</x:v>
+      </x:c>
+      <x:c r="D160" s="0">
+        <x:v>24542.922</x:v>
+      </x:c>
+      <x:c r="E160" s="0">
+        <x:v>23713.759</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="161" spans="1:5">
+      <x:c r="A161" s="1">
+        <x:v>45887.3188773148</x:v>
+      </x:c>
+      <x:c r="B161" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C161" s="0">
+        <x:v>4.91</x:v>
+      </x:c>
+      <x:c r="D161" s="0">
+        <x:v>24541.174</x:v>
+      </x:c>
+      <x:c r="E161" s="0">
+        <x:v>23712.07</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="162" spans="1:5">
+      <x:c r="A162" s="1">
+        <x:v>45884.9247106481</x:v>
+      </x:c>
+      <x:c r="B162" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C162" s="0">
+        <x:v>5.1</x:v>
+      </x:c>
+      <x:c r="D162" s="0">
+        <x:v>24539.877</x:v>
+      </x:c>
+      <x:c r="E162" s="0">
+        <x:v>23712.07</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="163" spans="1:5">
+      <x:c r="A163" s="1">
+        <x:v>45884.3109953704</x:v>
+      </x:c>
+      <x:c r="B163" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C163" s="0">
+        <x:v>4.58</x:v>
+      </x:c>
+      <x:c r="D163" s="0">
+        <x:v>24664.462</x:v>
+      </x:c>
+      <x:c r="E163" s="0">
+        <x:v>23832.442</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="164" spans="1:5">
+      <x:c r="A164" s="1">
+        <x:v>45883.9240625</x:v>
+      </x:c>
+      <x:c r="B164" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C164" s="0">
+        <x:v>4.63</x:v>
+      </x:c>
+      <x:c r="D164" s="0">
+        <x:v>24665.962</x:v>
+      </x:c>
+      <x:c r="E164" s="0">
+        <x:v>23832.442</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="165" spans="1:5">
+      <x:c r="A165" s="1">
+        <x:v>45883.3327893519</x:v>
+      </x:c>
+      <x:c r="B165" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C165" s="0">
+        <x:v>4.72</x:v>
+      </x:c>
+      <x:c r="D165" s="0">
+        <x:v>24683.141</x:v>
+      </x:c>
+      <x:c r="E165" s="0">
+        <x:v>23849.04</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="166" spans="1:5">
+      <x:c r="A166" s="1">
+        <x:v>45882.9239467593</x:v>
+      </x:c>
+      <x:c r="B166" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C166" s="0">
+        <x:v>4.57</x:v>
+      </x:c>
+      <x:c r="D166" s="0">
+        <x:v>24683.756</x:v>
+      </x:c>
+      <x:c r="E166" s="0">
+        <x:v>23849.04</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="167" spans="1:5">
+      <x:c r="A167" s="1">
+        <x:v>45881.9233449074</x:v>
+      </x:c>
+      <x:c r="B167" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C167" s="0">
+        <x:v>4.6</x:v>
+      </x:c>
+      <x:c r="D167" s="0">
+        <x:v>24673.568</x:v>
+      </x:c>
+      <x:c r="E167" s="0">
+        <x:v>23839.196</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="168" spans="1:5">
+      <x:c r="A168" s="1">
+        <x:v>45880.923587963</x:v>
+      </x:c>
+      <x:c r="B168" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C168" s="0">
+        <x:v>6.26</x:v>
+      </x:c>
+      <x:c r="D168" s="0">
+        <x:v>24347.447</x:v>
+      </x:c>
+      <x:c r="E168" s="0">
+        <x:v>23526.634</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="169" spans="1:5">
+      <x:c r="A169" s="1">
+        <x:v>45880.3183564815</x:v>
+      </x:c>
+      <x:c r="B169" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C169" s="0">
+        <x:v>5.69</x:v>
+      </x:c>
+      <x:c r="D169" s="0">
+        <x:v>24435.041</x:v>
+      </x:c>
+      <x:c r="E169" s="0">
+        <x:v>23611.266</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="170" spans="1:5">
+      <x:c r="A170" s="1">
         <x:v>45877.9331597222</x:v>
       </x:c>
-      <x:c r="B152" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C152" s="0">
+      <x:c r="B170" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C170" s="0">
         <x:v>5.83</x:v>
       </x:c>
-      <x:c r="D152" s="0">
+      <x:c r="D170" s="0">
         <x:v>24437.66</x:v>
       </x:c>
-      <x:c r="E152" s="0">
+      <x:c r="E170" s="0">
         <x:v>23611.266</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>