--- v3 (2026-01-20)
+++ v4 (2026-02-10)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raa8e471e8fce46ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e81c0dc3a92c4540ad7715f0532385e7.psmdcp" Id="Redaa8a54038842d2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2eceb33f9b2b42b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8cc737cc35a44413a2ad8c12a3a7daa6.psmdcp" Id="R1507db278e3a4e84" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>DE000BB325U6</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -390,2936 +390,3242 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E170"/>
+  <x:dimension ref="A1:E188"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>46038.9243171296</x:v>
+        <x:v>46063.3311689815</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>26422.784</x:v>
+        <x:v>26151.615</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>25529.26</x:v>
+        <x:v>25268.14</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>46037.9280671296</x:v>
+        <x:v>46062.9247222222</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>26441.218</x:v>
+        <x:v>26150.643</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>25547.07</x:v>
+        <x:v>25268.14</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>46036.9272800926</x:v>
+        <x:v>46062.2991203704</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>26355.578</x:v>
+        <x:v>25951.54</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>25465.94</x:v>
+        <x:v>25075.77</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>46036.3275810185</x:v>
+        <x:v>46058.925474537</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
-        <x:v>0.14</x:v>
+        <x:v>0.24</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>26641.249</x:v>
+        <x:v>25407.894</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>25741.95</x:v>
+        <x:v>24548.69</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>46035.9279166667</x:v>
+        <x:v>46057.9258680556</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
-        <x:v>0.13</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>26642.918</x:v>
+        <x:v>25762.433</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>25741.95</x:v>
+        <x:v>24891.24</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>46034.9278935185</x:v>
+        <x:v>46056.9428819444</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
-        <x:v>0.13</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>26690.228</x:v>
+        <x:v>26225.472</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>25787.66</x:v>
+        <x:v>25338.62</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>46031.9291666667</x:v>
+        <x:v>46055.9254513889</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
-        <x:v>0.13</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>26667.52</x:v>
+        <x:v>26639.461</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>25766.26</x:v>
+        <x:v>25738.61</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>46031.324837963</x:v>
+        <x:v>46052.2983449074</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>26399.289</x:v>
+        <x:v>26787.716</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>25507.1</x:v>
+        <x:v>25884.29</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>46030.927025463</x:v>
+        <x:v>46051.9255324074</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>26399.848</x:v>
+        <x:v>26789.868</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>25507.1</x:v>
+        <x:v>25884.29</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>46029.9278935185</x:v>
+        <x:v>46051.3032291667</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C12" s="0">
-        <x:v>0.14</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>26551.786</x:v>
+        <x:v>26933.215</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>25653.9</x:v>
+        <x:v>26022.79</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>46028.9271759259</x:v>
+        <x:v>46050.9251157407</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0">
-        <x:v>0.14</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>26537.1</x:v>
+        <x:v>26933.062</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>25639.71</x:v>
+        <x:v>26022.79</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>46027.9296064815</x:v>
+        <x:v>46050.299224537</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C14" s="0">
-        <x:v>0.18</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>26290.366</x:v>
+        <x:v>26847.105</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>25401.32</x:v>
+        <x:v>25939.74</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>46024.9271875</x:v>
+        <x:v>46049.9249768518</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
-        <x:v>0.21</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>26085.56</x:v>
+        <x:v>26847.631</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>25206.17</x:v>
+        <x:v>25939.74</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>46024.2881712963</x:v>
+        <x:v>46048.9248032407</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C16" s="0">
-        <x:v>0.18</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>26350.923</x:v>
+        <x:v>26613.172</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>25462.56</x:v>
+        <x:v>25713.21</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>46022.3246412037</x:v>
+        <x:v>46045.9251273148</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C17" s="0">
-        <x:v>0.18</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>26353.75</x:v>
+        <x:v>26501.662</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>25462.56</x:v>
+        <x:v>25605.47</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>46021.9269560185</x:v>
+        <x:v>46044.9245601852</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>26353.75</x:v>
+        <x:v>26411.492</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>25462.56</x:v>
+        <x:v>25518.35</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>46020.9273611111</x:v>
+        <x:v>46043.9253935185</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C19" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>26418.305</x:v>
+        <x:v>26213.01</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>25525.56</x:v>
+        <x:v>25326.58</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
-        <x:v>46020.3323611111</x:v>
+        <x:v>46042.9279050926</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C20" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.21</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>26482.754</x:v>
+        <x:v>25862.135</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>25587.83</x:v>
+        <x:v>24987.57</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="1">
-        <x:v>46015.3842824074</x:v>
+        <x:v>46038.9243171296</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C21" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D21" s="0">
-        <x:v>26483.404</x:v>
+        <x:v>26422.784</x:v>
       </x:c>
       <x:c r="E21" s="0">
-        <x:v>25587.83</x:v>
+        <x:v>25529.26</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="1">
-        <x:v>46014.9278356481</x:v>
+        <x:v>46037.9280671296</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C22" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D22" s="0">
-        <x:v>26483.404</x:v>
+        <x:v>26441.218</x:v>
       </x:c>
       <x:c r="E22" s="0">
-        <x:v>25587.83</x:v>
+        <x:v>25547.07</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="1">
-        <x:v>46013.9284837963</x:v>
+        <x:v>46036.9272800926</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C23" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D23" s="0">
-        <x:v>26350.138</x:v>
+        <x:v>26355.578</x:v>
       </x:c>
       <x:c r="E23" s="0">
-        <x:v>25461.7</x:v>
+        <x:v>25465.94</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="1">
-        <x:v>46013.296712963</x:v>
+        <x:v>46036.3275810185</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C24" s="0">
-        <x:v>0.18</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D24" s="0">
-        <x:v>26230.575</x:v>
+        <x:v>26641.249</x:v>
       </x:c>
       <x:c r="E24" s="0">
-        <x:v>25346.18</x:v>
+        <x:v>25741.95</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="1">
-        <x:v>46010.9275810185</x:v>
+        <x:v>46035.9279166667</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C25" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D25" s="0">
-        <x:v>26233.296</x:v>
+        <x:v>26642.918</x:v>
       </x:c>
       <x:c r="E25" s="0">
-        <x:v>25346.18</x:v>
+        <x:v>25741.95</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="1">
-        <x:v>46009.930787037</x:v>
+        <x:v>46034.9278935185</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C26" s="0">
-        <x:v>0.26</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D26" s="0">
-        <x:v>25895.048</x:v>
+        <x:v>26690.228</x:v>
       </x:c>
       <x:c r="E26" s="0">
-        <x:v>25019.37</x:v>
+        <x:v>25787.66</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="1">
-        <x:v>46008.9275925926</x:v>
+        <x:v>46031.9291666667</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C27" s="0">
-        <x:v>0.37</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D27" s="0">
-        <x:v>25510.276</x:v>
+        <x:v>26667.52</x:v>
       </x:c>
       <x:c r="E27" s="0">
-        <x:v>24647.61</x:v>
+        <x:v>25766.26</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="1">
-        <x:v>46007.9277662037</x:v>
+        <x:v>46031.324837963</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C28" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D28" s="0">
-        <x:v>26012.593</x:v>
+        <x:v>26399.289</x:v>
       </x:c>
       <x:c r="E28" s="0">
-        <x:v>25132.94</x:v>
+        <x:v>25507.1</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="1">
-        <x:v>46006.9271064815</x:v>
+        <x:v>46030.927025463</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C29" s="0">
-        <x:v>0.28</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D29" s="0">
-        <x:v>25942.63</x:v>
+        <x:v>26399.848</x:v>
       </x:c>
       <x:c r="E29" s="0">
-        <x:v>25067.27</x:v>
+        <x:v>25507.1</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="1">
-        <x:v>46006.3081018518</x:v>
+        <x:v>46029.9278935185</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C30" s="0">
-        <x:v>0.24</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D30" s="0">
-        <x:v>26076.621</x:v>
+        <x:v>26551.786</x:v>
       </x:c>
       <x:c r="E30" s="0">
-        <x:v>25196.73</x:v>
+        <x:v>25653.9</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="1">
-        <x:v>46003.9269907407</x:v>
+        <x:v>46028.9271759259</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C31" s="0">
-        <x:v>0.26</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D31" s="0">
-        <x:v>26077.704</x:v>
+        <x:v>26537.1</x:v>
       </x:c>
       <x:c r="E31" s="0">
-        <x:v>25196.73</x:v>
+        <x:v>25639.71</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="1">
-        <x:v>46003.3313773148</x:v>
+        <x:v>46027.9296064815</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C32" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D32" s="0">
-        <x:v>26584.812</x:v>
+        <x:v>26290.366</x:v>
       </x:c>
       <x:c r="E32" s="0">
-        <x:v>25686.69</x:v>
+        <x:v>25401.32</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="1">
-        <x:v>46002.9320023148</x:v>
+        <x:v>46024.9271875</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C33" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.21</x:v>
       </x:c>
       <x:c r="D33" s="0">
-        <x:v>26585.724</x:v>
+        <x:v>26085.56</x:v>
       </x:c>
       <x:c r="E33" s="0">
-        <x:v>25686.69</x:v>
+        <x:v>25206.17</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="1">
-        <x:v>46001.927025463</x:v>
+        <x:v>46024.2881712963</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C34" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D34" s="0">
-        <x:v>26678.277</x:v>
+        <x:v>26350.923</x:v>
       </x:c>
       <x:c r="E34" s="0">
-        <x:v>25776.44</x:v>
+        <x:v>25462.56</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="1">
-        <x:v>46001.3340509259</x:v>
+        <x:v>46022.3246412037</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C35" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D35" s="0">
-        <x:v>26566.756</x:v>
+        <x:v>26353.75</x:v>
       </x:c>
       <x:c r="E35" s="0">
-        <x:v>25668.69</x:v>
+        <x:v>25462.56</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="1">
-        <x:v>46000.9275810185</x:v>
+        <x:v>46021.9269560185</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C36" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D36" s="0">
-        <x:v>26566.919</x:v>
+        <x:v>26353.75</x:v>
       </x:c>
       <x:c r="E36" s="0">
-        <x:v>25668.69</x:v>
+        <x:v>25462.56</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="1">
-        <x:v>46000.3338310185</x:v>
+        <x:v>46020.9273611111</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C37" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D37" s="0">
-        <x:v>26524.753</x:v>
+        <x:v>26418.305</x:v>
       </x:c>
       <x:c r="E37" s="0">
-        <x:v>25627.95</x:v>
+        <x:v>25525.56</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="1">
-        <x:v>45999.3304282407</x:v>
+        <x:v>46020.3323611111</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C38" s="0">
-        <x:v>0.18</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D38" s="0">
-        <x:v>26589.356</x:v>
+        <x:v>26482.754</x:v>
       </x:c>
       <x:c r="E38" s="0">
-        <x:v>25692.05</x:v>
+        <x:v>25587.83</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="1">
-        <x:v>45996.9307407407</x:v>
+        <x:v>46015.3842824074</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C39" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D39" s="0">
-        <x:v>26588.281</x:v>
+        <x:v>26483.404</x:v>
       </x:c>
       <x:c r="E39" s="0">
-        <x:v>25692.05</x:v>
+        <x:v>25587.83</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="1">
-        <x:v>45996.3408333333</x:v>
+        <x:v>46014.9278356481</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C40" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D40" s="0">
-        <x:v>26474.069</x:v>
+        <x:v>26483.404</x:v>
       </x:c>
       <x:c r="E40" s="0">
-        <x:v>25581.7</x:v>
+        <x:v>25587.83</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="1">
-        <x:v>45995.9303009259</x:v>
+        <x:v>46013.9284837963</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C41" s="0">
-        <x:v>0.2</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D41" s="0">
-        <x:v>26475.657</x:v>
+        <x:v>26350.138</x:v>
       </x:c>
       <x:c r="E41" s="0">
-        <x:v>25581.7</x:v>
+        <x:v>25461.7</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="1">
-        <x:v>45995.3278587963</x:v>
+        <x:v>46013.296712963</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C42" s="0">
-        <x:v>0.2</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D42" s="0">
-        <x:v>26501.366</x:v>
+        <x:v>26230.575</x:v>
       </x:c>
       <x:c r="E42" s="0">
-        <x:v>25606.54</x:v>
+        <x:v>25346.18</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="1">
-        <x:v>45994.9276967593</x:v>
+        <x:v>46010.9275810185</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C43" s="0">
-        <x:v>0.2</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D43" s="0">
-        <x:v>26501.261</x:v>
+        <x:v>26233.296</x:v>
       </x:c>
       <x:c r="E43" s="0">
-        <x:v>25606.54</x:v>
+        <x:v>25346.18</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="1">
-        <x:v>45994.3371875</x:v>
+        <x:v>46009.930787037</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C44" s="0">
-        <x:v>0.2</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="D44" s="0">
-        <x:v>26448.807</x:v>
+        <x:v>25895.048</x:v>
       </x:c>
       <x:c r="E44" s="0">
-        <x:v>25555.86</x:v>
+        <x:v>25019.37</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="1">
-        <x:v>45993.9303240741</x:v>
+        <x:v>46008.9275925926</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C45" s="0">
-        <x:v>0.21</x:v>
+        <x:v>0.37</x:v>
       </x:c>
       <x:c r="D45" s="0">
-        <x:v>26450.315</x:v>
+        <x:v>25510.276</x:v>
       </x:c>
       <x:c r="E45" s="0">
-        <x:v>25555.86</x:v>
+        <x:v>24647.61</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="1">
-        <x:v>45992.9296990741</x:v>
+        <x:v>46007.9277662037</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C46" s="0">
-        <x:v>0.25</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D46" s="0">
-        <x:v>26229.849</x:v>
+        <x:v>26012.593</x:v>
       </x:c>
       <x:c r="E46" s="0">
-        <x:v>25342.849</x:v>
+        <x:v>25132.94</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="1">
-        <x:v>45989.8197106481</x:v>
+        <x:v>46006.9271064815</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C47" s="0">
-        <x:v>0.23</x:v>
+        <x:v>0.28</x:v>
       </x:c>
       <x:c r="D47" s="0">
-        <x:v>26324.162</x:v>
+        <x:v>25942.63</x:v>
       </x:c>
       <x:c r="E47" s="0">
-        <x:v>25434.889</x:v>
+        <x:v>25067.27</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5">
       <x:c r="A48" s="1">
-        <x:v>45989.3082638889</x:v>
+        <x:v>46006.3081018518</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C48" s="0">
-        <x:v>0.26</x:v>
+        <x:v>0.24</x:v>
       </x:c>
       <x:c r="D48" s="0">
-        <x:v>26119.284</x:v>
+        <x:v>26076.621</x:v>
       </x:c>
       <x:c r="E48" s="0">
-        <x:v>25236.939</x:v>
+        <x:v>25196.73</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
       <x:c r="A49" s="1">
-        <x:v>45987.9265509259</x:v>
+        <x:v>46003.9269907407</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C49" s="0">
-        <x:v>0.28</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="D49" s="0">
-        <x:v>26118.712</x:v>
+        <x:v>26077.704</x:v>
       </x:c>
       <x:c r="E49" s="0">
-        <x:v>25236.939</x:v>
+        <x:v>25196.73</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5">
       <x:c r="A50" s="1">
-        <x:v>45987.319537037</x:v>
+        <x:v>46003.3313773148</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C50" s="0">
-        <x:v>0.3</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D50" s="0">
-        <x:v>25892.483</x:v>
+        <x:v>26584.812</x:v>
       </x:c>
       <x:c r="E50" s="0">
-        <x:v>25018.36</x:v>
+        <x:v>25686.69</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5">
       <x:c r="A51" s="1">
-        <x:v>45986.9250347222</x:v>
+        <x:v>46002.9320023148</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C51" s="0">
-        <x:v>0.33</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D51" s="0">
-        <x:v>25893.893</x:v>
+        <x:v>26585.724</x:v>
       </x:c>
       <x:c r="E51" s="0">
-        <x:v>25018.36</x:v>
+        <x:v>25686.69</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5">
       <x:c r="A52" s="1">
-        <x:v>45986.3107407407</x:v>
+        <x:v>46001.927025463</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C52" s="0">
-        <x:v>0.38</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D52" s="0">
-        <x:v>25744.325</x:v>
+        <x:v>26678.277</x:v>
       </x:c>
       <x:c r="E52" s="0">
-        <x:v>24873.85</x:v>
+        <x:v>25776.44</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5">
       <x:c r="A53" s="1">
-        <x:v>45985.3068518518</x:v>
+        <x:v>46001.3340509259</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C53" s="0">
-        <x:v>0.66</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D53" s="0">
-        <x:v>25087.633</x:v>
+        <x:v>26566.756</x:v>
       </x:c>
       <x:c r="E53" s="0">
-        <x:v>24239.573</x:v>
+        <x:v>25668.69</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5">
       <x:c r="A54" s="1">
-        <x:v>45982.9249074074</x:v>
+        <x:v>46000.9275810185</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C54" s="0">
-        <x:v>0.79</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D54" s="0">
-        <x:v>25086.261</x:v>
+        <x:v>26566.919</x:v>
       </x:c>
       <x:c r="E54" s="0">
-        <x:v>24239.573</x:v>
+        <x:v>25668.69</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5">
       <x:c r="A55" s="1">
-        <x:v>45982.3124884259</x:v>
+        <x:v>46000.3338310185</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C55" s="0">
-        <x:v>0.9</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D55" s="0">
-        <x:v>24894.587</x:v>
+        <x:v>26524.753</x:v>
       </x:c>
       <x:c r="E55" s="0">
-        <x:v>24054.38</x:v>
+        <x:v>25627.95</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5">
       <x:c r="A56" s="1">
-        <x:v>45981.9259027778</x:v>
+        <x:v>45999.3304282407</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C56" s="0">
-        <x:v>0.93</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D56" s="0">
-        <x:v>24891.795</x:v>
+        <x:v>26589.356</x:v>
       </x:c>
       <x:c r="E56" s="0">
-        <x:v>24054.38</x:v>
+        <x:v>25692.05</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:5">
       <x:c r="A57" s="1">
-        <x:v>45981.3119675926</x:v>
+        <x:v>45996.9307407407</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C57" s="0">
-        <x:v>0.4</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D57" s="0">
-        <x:v>25498.445</x:v>
+        <x:v>26588.281</x:v>
       </x:c>
       <x:c r="E57" s="0">
-        <x:v>24640.515</x:v>
+        <x:v>25692.05</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:5">
       <x:c r="A58" s="1">
-        <x:v>45980.926412037</x:v>
+        <x:v>45996.3408333333</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C58" s="0">
-        <x:v>0.63</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D58" s="0">
-        <x:v>25502.756</x:v>
+        <x:v>26474.069</x:v>
       </x:c>
       <x:c r="E58" s="0">
-        <x:v>24640.515</x:v>
+        <x:v>25581.7</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:5">
       <x:c r="A59" s="1">
-        <x:v>45979.9258680556</x:v>
+        <x:v>45995.9303009259</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C59" s="0">
-        <x:v>0.71</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D59" s="0">
-        <x:v>25360.149</x:v>
+        <x:v>26475.657</x:v>
       </x:c>
       <x:c r="E59" s="0">
-        <x:v>24503.096</x:v>
+        <x:v>25581.7</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:5">
       <x:c r="A60" s="1">
-        <x:v>45979.3133912037</x:v>
+        <x:v>45995.3278587963</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C60" s="0">
-        <x:v>0.64</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D60" s="0">
-        <x:v>25667.36</x:v>
+        <x:v>26501.366</x:v>
       </x:c>
       <x:c r="E60" s="0">
-        <x:v>24799.918</x:v>
+        <x:v>25606.54</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:5">
       <x:c r="A61" s="1">
-        <x:v>45978.9281365741</x:v>
+        <x:v>45994.9276967593</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C61" s="0">
-        <x:v>0.57</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D61" s="0">
-        <x:v>25667.423</x:v>
+        <x:v>26501.261</x:v>
       </x:c>
       <x:c r="E61" s="0">
-        <x:v>24799.918</x:v>
+        <x:v>25606.54</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:5">
       <x:c r="A62" s="1">
-        <x:v>45978.3022453704</x:v>
+        <x:v>45994.3371875</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C62" s="0">
-        <x:v>0.43</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D62" s="0">
-        <x:v>25883.038</x:v>
+        <x:v>26448.807</x:v>
       </x:c>
       <x:c r="E62" s="0">
-        <x:v>25008.242</x:v>
+        <x:v>25555.86</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:5">
       <x:c r="A63" s="1">
-        <x:v>45975.9257986111</x:v>
+        <x:v>45993.9303240741</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C63" s="0">
-        <x:v>0.49</x:v>
+        <x:v>0.21</x:v>
       </x:c>
       <x:c r="D63" s="0">
-        <x:v>25880.486</x:v>
+        <x:v>26450.315</x:v>
       </x:c>
       <x:c r="E63" s="0">
-        <x:v>25008.242</x:v>
+        <x:v>25555.86</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:5">
       <x:c r="A64" s="1">
-        <x:v>45975.3077546296</x:v>
+        <x:v>45992.9296990741</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C64" s="0">
-        <x:v>0.49</x:v>
+        <x:v>0.25</x:v>
       </x:c>
       <x:c r="D64" s="0">
-        <x:v>25865.19</x:v>
+        <x:v>26229.849</x:v>
       </x:c>
       <x:c r="E64" s="0">
-        <x:v>24993.463</x:v>
+        <x:v>25342.849</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:5">
       <x:c r="A65" s="1">
-        <x:v>45974.924849537</x:v>
+        <x:v>45989.8197106481</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C65" s="0">
-        <x:v>0.5</x:v>
+        <x:v>0.23</x:v>
       </x:c>
       <x:c r="D65" s="0">
-        <x:v>25867.851</x:v>
+        <x:v>26324.162</x:v>
       </x:c>
       <x:c r="E65" s="0">
-        <x:v>24993.463</x:v>
+        <x:v>25434.889</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:5">
       <x:c r="A66" s="1">
-        <x:v>45974.3773032407</x:v>
+        <x:v>45989.3082638889</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C66" s="0">
-        <x:v>0.33</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="D66" s="0">
-        <x:v>26410.051</x:v>
+        <x:v>26119.284</x:v>
       </x:c>
       <x:c r="E66" s="0">
-        <x:v>25517.328</x:v>
+        <x:v>25236.939</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:5">
       <x:c r="A67" s="1">
-        <x:v>45974.3182638889</x:v>
+        <x:v>45987.9265509259</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C67" s="0">
-        <x:v>0.33</x:v>
+        <x:v>0.28</x:v>
       </x:c>
       <x:c r="D67" s="0">
-        <x:v>26410.051</x:v>
+        <x:v>26118.712</x:v>
       </x:c>
       <x:c r="E67" s="0">
-        <x:v>25517.328</x:v>
+        <x:v>25236.939</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:5">
       <x:c r="A68" s="1">
-        <x:v>45973.9253356481</x:v>
+        <x:v>45987.319537037</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C68" s="0">
-        <x:v>0.35</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="D68" s="0">
-        <x:v>26410.205</x:v>
+        <x:v>25892.483</x:v>
       </x:c>
       <x:c r="E68" s="0">
-        <x:v>25517.328</x:v>
+        <x:v>25018.36</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:5">
       <x:c r="A69" s="1">
-        <x:v>45973.3365393519</x:v>
+        <x:v>45986.9250347222</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C69" s="0">
-        <x:v>0.31</x:v>
+        <x:v>0.33</x:v>
       </x:c>
       <x:c r="D69" s="0">
-        <x:v>26426.929</x:v>
+        <x:v>25893.893</x:v>
       </x:c>
       <x:c r="E69" s="0">
-        <x:v>25533.486</x:v>
+        <x:v>25018.36</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:5">
       <x:c r="A70" s="1">
-        <x:v>45972.9253240741</x:v>
+        <x:v>45986.3107407407</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C70" s="0">
-        <x:v>0.35</x:v>
+        <x:v>0.38</x:v>
       </x:c>
       <x:c r="D70" s="0">
-        <x:v>26427.158</x:v>
+        <x:v>25744.325</x:v>
       </x:c>
       <x:c r="E70" s="0">
-        <x:v>25533.486</x:v>
+        <x:v>24873.85</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:5">
       <x:c r="A71" s="1">
-        <x:v>45971.9253703704</x:v>
+        <x:v>45985.3068518518</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C71" s="0">
-        <x:v>0.33</x:v>
+        <x:v>0.66</x:v>
       </x:c>
       <x:c r="D71" s="0">
-        <x:v>26504.865</x:v>
+        <x:v>25087.633</x:v>
       </x:c>
       <x:c r="E71" s="0">
-        <x:v>25611.737</x:v>
+        <x:v>24239.573</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:5">
       <x:c r="A72" s="1">
-        <x:v>45971.2992708333</x:v>
+        <x:v>45982.9249074074</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C72" s="0">
-        <x:v>0.44</x:v>
+        <x:v>0.79</x:v>
       </x:c>
       <x:c r="D72" s="0">
-        <x:v>25933.618</x:v>
+        <x:v>25086.261</x:v>
       </x:c>
       <x:c r="E72" s="0">
-        <x:v>25059.808</x:v>
+        <x:v>24239.573</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:5">
       <x:c r="A73" s="1">
-        <x:v>45968.9253935185</x:v>
+        <x:v>45982.3124884259</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C73" s="0">
-        <x:v>0.59</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="D73" s="0">
-        <x:v>25936.387</x:v>
+        <x:v>24894.587</x:v>
       </x:c>
       <x:c r="E73" s="0">
-        <x:v>25059.808</x:v>
+        <x:v>24054.38</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:5">
       <x:c r="A74" s="1">
-        <x:v>45968.3147337963</x:v>
+        <x:v>45981.9259027778</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C74" s="0">
-        <x:v>0.52</x:v>
+        <x:v>0.93</x:v>
       </x:c>
       <x:c r="D74" s="0">
-        <x:v>26009.079</x:v>
+        <x:v>24891.795</x:v>
       </x:c>
       <x:c r="E74" s="0">
-        <x:v>25130.042</x:v>
+        <x:v>24054.38</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:5">
       <x:c r="A75" s="1">
-        <x:v>45967.9277893519</x:v>
+        <x:v>45981.3119675926</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C75" s="0">
-        <x:v>0.55</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="D75" s="0">
-        <x:v>26009.594</x:v>
+        <x:v>25498.445</x:v>
       </x:c>
       <x:c r="E75" s="0">
-        <x:v>25130.042</x:v>
+        <x:v>24640.515</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:5">
       <x:c r="A76" s="1">
-        <x:v>45966.9253587963</x:v>
+        <x:v>45980.926412037</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C76" s="0">
-        <x:v>0.4</x:v>
+        <x:v>0.63</x:v>
       </x:c>
       <x:c r="D76" s="0">
-        <x:v>26516.732</x:v>
+        <x:v>25502.756</x:v>
       </x:c>
       <x:c r="E76" s="0">
-        <x:v>25620.031</x:v>
+        <x:v>24640.515</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:5">
       <x:c r="A77" s="1">
-        <x:v>45965.9236921296</x:v>
+        <x:v>45979.9258680556</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C77" s="0">
-        <x:v>0.47</x:v>
+        <x:v>0.71</x:v>
       </x:c>
       <x:c r="D77" s="0">
-        <x:v>26325.654</x:v>
+        <x:v>25360.149</x:v>
       </x:c>
       <x:c r="E77" s="0">
-        <x:v>25435.704</x:v>
+        <x:v>24503.096</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:5">
       <x:c r="A78" s="1">
-        <x:v>45965.3316550926</x:v>
+        <x:v>45979.3133912037</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C78" s="0">
-        <x:v>0.41</x:v>
+        <x:v>0.64</x:v>
       </x:c>
       <x:c r="D78" s="0">
-        <x:v>26881.696</x:v>
+        <x:v>25667.36</x:v>
       </x:c>
       <x:c r="E78" s="0">
-        <x:v>25972.943</x:v>
+        <x:v>24799.918</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:5">
       <x:c r="A79" s="1">
-        <x:v>45964.9227893519</x:v>
+        <x:v>45978.9281365741</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C79" s="0">
-        <x:v>0.33</x:v>
+        <x:v>0.57</x:v>
       </x:c>
       <x:c r="D79" s="0">
-        <x:v>26881.996</x:v>
+        <x:v>25667.423</x:v>
       </x:c>
       <x:c r="E79" s="0">
-        <x:v>25972.943</x:v>
+        <x:v>24799.918</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:5">
       <x:c r="A80" s="1">
-        <x:v>45961.8818981481</x:v>
+        <x:v>45978.3022453704</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C80" s="0">
-        <x:v>0.36</x:v>
+        <x:v>0.43</x:v>
       </x:c>
       <x:c r="D80" s="0">
-        <x:v>26760.688</x:v>
+        <x:v>25883.038</x:v>
       </x:c>
       <x:c r="E80" s="0">
-        <x:v>25858.126</x:v>
+        <x:v>25008.242</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:5">
       <x:c r="A81" s="1">
-        <x:v>45961.3396180556</x:v>
+        <x:v>45975.9257986111</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C81" s="0">
-        <x:v>0.31</x:v>
+        <x:v>0.49</x:v>
       </x:c>
       <x:c r="D81" s="0">
-        <x:v>26633.06</x:v>
+        <x:v>25880.486</x:v>
       </x:c>
       <x:c r="E81" s="0">
-        <x:v>25734.813</x:v>
+        <x:v>25008.242</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:5">
       <x:c r="A82" s="1">
-        <x:v>45960.8841435185</x:v>
+        <x:v>45975.3077546296</x:v>
       </x:c>
       <x:c r="B82" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C82" s="0">
-        <x:v>0.4</x:v>
+        <x:v>0.49</x:v>
       </x:c>
       <x:c r="D82" s="0">
-        <x:v>26635.532</x:v>
+        <x:v>25865.19</x:v>
       </x:c>
       <x:c r="E82" s="0">
-        <x:v>25734.813</x:v>
+        <x:v>24993.463</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:5">
       <x:c r="A83" s="1">
-        <x:v>45959.8897916667</x:v>
+        <x:v>45974.924849537</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C83" s="0">
-        <x:v>0.31</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="D83" s="0">
-        <x:v>27033.832</x:v>
+        <x:v>25867.851</x:v>
       </x:c>
       <x:c r="E83" s="0">
-        <x:v>26119.846</x:v>
+        <x:v>24993.463</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:5">
       <x:c r="A84" s="1">
-        <x:v>45959.3231944444</x:v>
+        <x:v>45974.3773032407</x:v>
       </x:c>
       <x:c r="B84" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C84" s="0">
-        <x:v>0.3</x:v>
+        <x:v>0.33</x:v>
       </x:c>
       <x:c r="D84" s="0">
-        <x:v>26922.372</x:v>
+        <x:v>26410.051</x:v>
       </x:c>
       <x:c r="E84" s="0">
-        <x:v>26012.155</x:v>
+        <x:v>25517.328</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:5">
       <x:c r="A85" s="1">
-        <x:v>45958.8875115741</x:v>
+        <x:v>45974.3182638889</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C85" s="0">
-        <x:v>0.34</x:v>
+        <x:v>0.33</x:v>
       </x:c>
       <x:c r="D85" s="0">
-        <x:v>26922.246</x:v>
+        <x:v>26410.051</x:v>
       </x:c>
       <x:c r="E85" s="0">
-        <x:v>26012.155</x:v>
+        <x:v>25517.328</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:5">
       <x:c r="A86" s="1">
-        <x:v>45958.3305902778</x:v>
+        <x:v>45973.9253356481</x:v>
       </x:c>
       <x:c r="B86" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C86" s="0">
-        <x:v>0.39</x:v>
+        <x:v>0.35</x:v>
       </x:c>
       <x:c r="D86" s="0">
-        <x:v>26724.96</x:v>
+        <x:v>26410.205</x:v>
       </x:c>
       <x:c r="E86" s="0">
-        <x:v>25821.54</x:v>
+        <x:v>25517.328</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:5">
       <x:c r="A87" s="1">
-        <x:v>45957.8875578704</x:v>
+        <x:v>45973.3365393519</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C87" s="0">
-        <x:v>0.39</x:v>
+        <x:v>0.31</x:v>
       </x:c>
       <x:c r="D87" s="0">
-        <x:v>26725.3</x:v>
+        <x:v>26426.929</x:v>
       </x:c>
       <x:c r="E87" s="0">
-        <x:v>25821.546</x:v>
+        <x:v>25533.486</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:5">
       <x:c r="A88" s="1">
-        <x:v>45954.9259259259</x:v>
+        <x:v>45972.9253240741</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C88" s="0">
-        <x:v>0.62</x:v>
+        <x:v>0.35</x:v>
       </x:c>
       <x:c r="D88" s="0">
-        <x:v>26245.676</x:v>
+        <x:v>26427.158</x:v>
       </x:c>
       <x:c r="E88" s="0">
-        <x:v>25358.162</x:v>
+        <x:v>25533.486</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:5">
       <x:c r="A89" s="1">
-        <x:v>45954.3348148148</x:v>
+        <x:v>45971.9253703704</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C89" s="0">
-        <x:v>0.72</x:v>
+        <x:v>0.33</x:v>
       </x:c>
       <x:c r="D89" s="0">
-        <x:v>25975.803</x:v>
+        <x:v>26504.865</x:v>
       </x:c>
       <x:c r="E89" s="0">
-        <x:v>25097.415</x:v>
+        <x:v>25611.737</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:5">
       <x:c r="A90" s="1">
-        <x:v>45953.9278009259</x:v>
+        <x:v>45971.2992708333</x:v>
       </x:c>
       <x:c r="B90" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C90" s="0">
-        <x:v>0.78</x:v>
+        <x:v>0.44</x:v>
       </x:c>
       <x:c r="D90" s="0">
-        <x:v>25975.824</x:v>
+        <x:v>25933.618</x:v>
       </x:c>
       <x:c r="E90" s="0">
-        <x:v>25097.415</x:v>
+        <x:v>25059.808</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:5">
       <x:c r="A91" s="1">
-        <x:v>45952.9303703704</x:v>
+        <x:v>45968.9253935185</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C91" s="0">
-        <x:v>0.94</x:v>
+        <x:v>0.59</x:v>
       </x:c>
       <x:c r="D91" s="0">
-        <x:v>25749.77</x:v>
+        <x:v>25936.387</x:v>
       </x:c>
       <x:c r="E91" s="0">
-        <x:v>24879.005</x:v>
+        <x:v>25059.808</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:5">
       <x:c r="A92" s="1">
-        <x:v>45951.9269444444</x:v>
+        <x:v>45968.3147337963</x:v>
       </x:c>
       <x:c r="B92" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C92" s="0">
-        <x:v>0.79</x:v>
+        <x:v>0.52</x:v>
       </x:c>
       <x:c r="D92" s="0">
-        <x:v>26006.581</x:v>
+        <x:v>26009.079</x:v>
       </x:c>
       <x:c r="E92" s="0">
-        <x:v>25127.131</x:v>
+        <x:v>25130.042</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:5">
       <x:c r="A93" s="1">
-        <x:v>45950.9289814815</x:v>
+        <x:v>45967.9277893519</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C93" s="0">
-        <x:v>0.78</x:v>
+        <x:v>0.55</x:v>
       </x:c>
       <x:c r="D93" s="0">
-        <x:v>26020.954</x:v>
+        <x:v>26009.594</x:v>
       </x:c>
       <x:c r="E93" s="0">
-        <x:v>25141.018</x:v>
+        <x:v>25130.042</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:5">
       <x:c r="A94" s="1">
-        <x:v>45947.9299768519</x:v>
+        <x:v>45966.9253587963</x:v>
       </x:c>
       <x:c r="B94" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C94" s="0">
-        <x:v>1.05</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="D94" s="0">
-        <x:v>25686.581</x:v>
+        <x:v>26516.732</x:v>
       </x:c>
       <x:c r="E94" s="0">
-        <x:v>24817.953</x:v>
+        <x:v>25620.031</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:5">
       <x:c r="A95" s="1">
-        <x:v>45946.9262037037</x:v>
+        <x:v>45965.9236921296</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C95" s="0">
-        <x:v>1.2</x:v>
+        <x:v>0.47</x:v>
       </x:c>
       <x:c r="D95" s="0">
-        <x:v>25520.244</x:v>
+        <x:v>26325.654</x:v>
       </x:c>
       <x:c r="E95" s="0">
-        <x:v>24657.241</x:v>
+        <x:v>25435.704</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:5">
       <x:c r="A96" s="1">
-        <x:v>45945.9257175926</x:v>
+        <x:v>45965.3316550926</x:v>
       </x:c>
       <x:c r="B96" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C96" s="0">
-        <x:v>1.12</x:v>
+        <x:v>0.41</x:v>
       </x:c>
       <x:c r="D96" s="0">
-        <x:v>25611.446</x:v>
+        <x:v>26881.696</x:v>
       </x:c>
       <x:c r="E96" s="0">
-        <x:v>24745.358</x:v>
+        <x:v>25972.943</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:5">
       <x:c r="A97" s="1">
-        <x:v>45944.9308101852</x:v>
+        <x:v>45964.9227893519</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C97" s="0">
-        <x:v>1.3</x:v>
+        <x:v>0.33</x:v>
       </x:c>
       <x:c r="D97" s="0">
-        <x:v>25439.593</x:v>
+        <x:v>26881.996</x:v>
       </x:c>
       <x:c r="E97" s="0">
-        <x:v>24579.317</x:v>
+        <x:v>25972.943</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:5">
       <x:c r="A98" s="1">
-        <x:v>45943.926724537</x:v>
+        <x:v>45961.8818981481</x:v>
       </x:c>
       <x:c r="B98" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C98" s="0">
-        <x:v>1.14</x:v>
+        <x:v>0.36</x:v>
       </x:c>
       <x:c r="D98" s="0">
-        <x:v>25616.511</x:v>
+        <x:v>26760.688</x:v>
       </x:c>
       <x:c r="E98" s="0">
-        <x:v>24750.252</x:v>
+        <x:v>25858.126</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:5">
       <x:c r="A99" s="1">
-        <x:v>45940.9235069444</x:v>
+        <x:v>45961.3396180556</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C99" s="0">
-        <x:v>2.01</x:v>
+        <x:v>0.31</x:v>
       </x:c>
       <x:c r="D99" s="0">
-        <x:v>25069.438</x:v>
+        <x:v>26633.06</x:v>
       </x:c>
       <x:c r="E99" s="0">
-        <x:v>24221.745</x:v>
+        <x:v>25734.813</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:5">
       <x:c r="A100" s="1">
-        <x:v>45940.3355092593</x:v>
+        <x:v>45960.8841435185</x:v>
       </x:c>
       <x:c r="B100" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C100" s="0">
-        <x:v>1.14</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="D100" s="0">
-        <x:v>25976.548</x:v>
+        <x:v>26635.532</x:v>
       </x:c>
       <x:c r="E100" s="0">
-        <x:v>25098.18</x:v>
+        <x:v>25734.813</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:5">
       <x:c r="A101" s="1">
-        <x:v>45939.3272800926</x:v>
+        <x:v>45959.8897916667</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C101" s="0">
-        <x:v>1.14</x:v>
+        <x:v>0.31</x:v>
       </x:c>
       <x:c r="D101" s="0">
-        <x:v>26015.962</x:v>
+        <x:v>27033.832</x:v>
       </x:c>
       <x:c r="E101" s="0">
-        <x:v>25136.623</x:v>
+        <x:v>26119.846</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:5">
       <x:c r="A102" s="1">
-        <x:v>45938.9270833333</x:v>
+        <x:v>45959.3231944444</x:v>
       </x:c>
       <x:c r="B102" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C102" s="0">
-        <x:v>1.15</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="D102" s="0">
-        <x:v>26016.405</x:v>
+        <x:v>26922.372</x:v>
       </x:c>
       <x:c r="E102" s="0">
-        <x:v>25136.623</x:v>
+        <x:v>26012.155</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:5">
       <x:c r="A103" s="1">
-        <x:v>45937.9282291667</x:v>
+        <x:v>45958.8875115741</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C103" s="0">
-        <x:v>1.5</x:v>
+        <x:v>0.34</x:v>
       </x:c>
       <x:c r="D103" s="0">
-        <x:v>25709.635</x:v>
+        <x:v>26922.246</x:v>
       </x:c>
       <x:c r="E103" s="0">
-        <x:v>24840.227</x:v>
+        <x:v>26012.155</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:5">
       <x:c r="A104" s="1">
-        <x:v>45936.9241319444</x:v>
+        <x:v>45958.3305902778</x:v>
       </x:c>
       <x:c r="B104" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C104" s="0">
-        <x:v>1.35</x:v>
+        <x:v>0.39</x:v>
       </x:c>
       <x:c r="D104" s="0">
-        <x:v>25852.808</x:v>
+        <x:v>26724.96</x:v>
       </x:c>
       <x:c r="E104" s="0">
-        <x:v>24978.558</x:v>
+        <x:v>25821.54</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:5">
       <x:c r="A105" s="1">
-        <x:v>45933.9288425926</x:v>
+        <x:v>45957.8875578704</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C105" s="0">
-        <x:v>1.59</x:v>
+        <x:v>0.39</x:v>
       </x:c>
       <x:c r="D105" s="0">
-        <x:v>25650.578</x:v>
+        <x:v>26725.3</x:v>
       </x:c>
       <x:c r="E105" s="0">
-        <x:v>24785.522</x:v>
+        <x:v>25821.546</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:5">
       <x:c r="A106" s="1">
-        <x:v>45933.331087963</x:v>
+        <x:v>45954.9259259259</x:v>
       </x:c>
       <x:c r="B106" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C106" s="0">
-        <x:v>1.37</x:v>
+        <x:v>0.62</x:v>
       </x:c>
       <x:c r="D106" s="0">
-        <x:v>25761.574</x:v>
+        <x:v>26245.676</x:v>
       </x:c>
       <x:c r="E106" s="0">
-        <x:v>24892.764</x:v>
+        <x:v>25358.162</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:5">
       <x:c r="A107" s="1">
-        <x:v>45932.9250925926</x:v>
+        <x:v>45954.3348148148</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C107" s="0">
-        <x:v>1.47</x:v>
+        <x:v>0.72</x:v>
       </x:c>
       <x:c r="D107" s="0">
-        <x:v>25764.011</x:v>
+        <x:v>25975.803</x:v>
       </x:c>
       <x:c r="E107" s="0">
-        <x:v>24892.764</x:v>
+        <x:v>25097.415</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:5">
       <x:c r="A108" s="1">
-        <x:v>45931.9294097222</x:v>
+        <x:v>45953.9278009259</x:v>
       </x:c>
       <x:c r="B108" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C108" s="0">
-        <x:v>1.59</x:v>
+        <x:v>0.78</x:v>
       </x:c>
       <x:c r="D108" s="0">
-        <x:v>25667.285</x:v>
+        <x:v>25975.824</x:v>
       </x:c>
       <x:c r="E108" s="0">
-        <x:v>24800.863</x:v>
+        <x:v>25097.415</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:5">
       <x:c r="A109" s="1">
-        <x:v>45931.3342361111</x:v>
+        <x:v>45952.9303703704</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C109" s="0">
-        <x:v>1.94</x:v>
+        <x:v>0.94</x:v>
       </x:c>
       <x:c r="D109" s="0">
-        <x:v>25542.179</x:v>
+        <x:v>25749.77</x:v>
       </x:c>
       <x:c r="E109" s="0">
-        <x:v>24679.988</x:v>
+        <x:v>24879.005</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:5">
       <x:c r="A110" s="1">
-        <x:v>45930.933900463</x:v>
+        <x:v>45951.9269444444</x:v>
       </x:c>
       <x:c r="B110" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C110" s="0">
-        <x:v>1.76</x:v>
+        <x:v>0.79</x:v>
       </x:c>
       <x:c r="D110" s="0">
-        <x:v>25542.931</x:v>
+        <x:v>26006.581</x:v>
       </x:c>
       <x:c r="E110" s="0">
-        <x:v>24679.988</x:v>
+        <x:v>25127.131</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:5">
       <x:c r="A111" s="1">
-        <x:v>45930.3326736111</x:v>
+        <x:v>45950.9289814815</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C111" s="0">
-        <x:v>1.85</x:v>
+        <x:v>0.78</x:v>
       </x:c>
       <x:c r="D111" s="0">
-        <x:v>25471.893</x:v>
+        <x:v>26020.954</x:v>
       </x:c>
       <x:c r="E111" s="0">
-        <x:v>24611.352</x:v>
+        <x:v>25141.018</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:5">
       <x:c r="A112" s="1">
-        <x:v>45929.9324074074</x:v>
+        <x:v>45947.9299768519</x:v>
       </x:c>
       <x:c r="B112" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C112" s="0">
-        <x:v>1.86</x:v>
+        <x:v>1.05</x:v>
       </x:c>
       <x:c r="D112" s="0">
-        <x:v>25472.749</x:v>
+        <x:v>25686.581</x:v>
       </x:c>
       <x:c r="E112" s="0">
-        <x:v>24611.352</x:v>
+        <x:v>24817.953</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:5">
       <x:c r="A113" s="1">
-        <x:v>45926.9298611111</x:v>
+        <x:v>45946.9262037037</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C113" s="0">
-        <x:v>2.03</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="D113" s="0">
-        <x:v>25361.069</x:v>
+        <x:v>25520.244</x:v>
       </x:c>
       <x:c r="E113" s="0">
-        <x:v>24503.848</x:v>
+        <x:v>24657.241</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:5">
       <x:c r="A114" s="1">
-        <x:v>45926.3217824074</x:v>
+        <x:v>45945.9257175926</x:v>
       </x:c>
       <x:c r="B114" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C114" s="0">
-        <x:v>2.26</x:v>
+        <x:v>1.12</x:v>
       </x:c>
       <x:c r="D114" s="0">
-        <x:v>25250.803</x:v>
+        <x:v>25611.446</x:v>
       </x:c>
       <x:c r="E114" s="0">
-        <x:v>24397.311</x:v>
+        <x:v>24745.358</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:5">
       <x:c r="A115" s="1">
-        <x:v>45925.9294444444</x:v>
+        <x:v>45944.9308101852</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C115" s="0">
-        <x:v>2.23</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="D115" s="0">
-        <x:v>25251.217</x:v>
+        <x:v>25439.593</x:v>
       </x:c>
       <x:c r="E115" s="0">
-        <x:v>24397.311</x:v>
+        <x:v>24579.317</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:5">
       <x:c r="A116" s="1">
-        <x:v>45924.9296527778</x:v>
+        <x:v>45943.926724537</x:v>
       </x:c>
       <x:c r="B116" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C116" s="0">
-        <x:v>2.05</x:v>
+        <x:v>1.14</x:v>
       </x:c>
       <x:c r="D116" s="0">
-        <x:v>25360.756</x:v>
+        <x:v>25616.511</x:v>
       </x:c>
       <x:c r="E116" s="0">
-        <x:v>24503.567</x:v>
+        <x:v>24750.252</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:5">
       <x:c r="A117" s="1">
-        <x:v>45924.3777662037</x:v>
+        <x:v>45940.9235069444</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C117" s="0">
-        <x:v>1.81</x:v>
+        <x:v>2.01</x:v>
       </x:c>
       <x:c r="D117" s="0">
-        <x:v>25440.038</x:v>
+        <x:v>25069.438</x:v>
       </x:c>
       <x:c r="E117" s="0">
-        <x:v>24580.168</x:v>
+        <x:v>24221.745</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:5">
       <x:c r="A118" s="1">
-        <x:v>45923.9251967593</x:v>
+        <x:v>45940.3355092593</x:v>
       </x:c>
       <x:c r="B118" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C118" s="0">
-        <x:v>1.93</x:v>
+        <x:v>1.14</x:v>
       </x:c>
       <x:c r="D118" s="0">
-        <x:v>25440.474</x:v>
+        <x:v>25976.548</x:v>
       </x:c>
       <x:c r="E118" s="0">
-        <x:v>24580.168</x:v>
+        <x:v>25098.18</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:5">
       <x:c r="A119" s="1">
-        <x:v>45922.926712963</x:v>
+        <x:v>45939.3272800926</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C119" s="0">
-        <x:v>1.68</x:v>
+        <x:v>1.14</x:v>
       </x:c>
       <x:c r="D119" s="0">
-        <x:v>25624.635</x:v>
+        <x:v>26015.962</x:v>
       </x:c>
       <x:c r="E119" s="0">
-        <x:v>24761.074</x:v>
+        <x:v>25136.623</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:5">
       <x:c r="A120" s="1">
-        <x:v>45922.3338888889</x:v>
+        <x:v>45938.9270833333</x:v>
       </x:c>
       <x:c r="B120" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C120" s="0">
-        <x:v>1.92</x:v>
+        <x:v>1.15</x:v>
       </x:c>
       <x:c r="D120" s="0">
-        <x:v>25485.089</x:v>
+        <x:v>26016.405</x:v>
       </x:c>
       <x:c r="E120" s="0">
-        <x:v>24626.247</x:v>
+        <x:v>25136.623</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:5">
       <x:c r="A121" s="1">
-        <x:v>45919.9342592593</x:v>
+        <x:v>45937.9282291667</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C121" s="0">
-        <x:v>1.88</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="D121" s="0">
-        <x:v>25488.166</x:v>
+        <x:v>25709.635</x:v>
       </x:c>
       <x:c r="E121" s="0">
-        <x:v>24626.247</x:v>
+        <x:v>24840.227</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:5">
       <x:c r="A122" s="1">
-        <x:v>45918.9265393519</x:v>
+        <x:v>45936.9241319444</x:v>
       </x:c>
       <x:c r="B122" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C122" s="0">
-        <x:v>2.19</x:v>
+        <x:v>1.35</x:v>
       </x:c>
       <x:c r="D122" s="0">
-        <x:v>25310.815</x:v>
+        <x:v>25852.808</x:v>
       </x:c>
       <x:c r="E122" s="0">
-        <x:v>24454.894</x:v>
+        <x:v>24978.558</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:5">
       <x:c r="A123" s="1">
-        <x:v>45917.9270486111</x:v>
+        <x:v>45933.9288425926</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C123" s="0">
-        <x:v>2.7</x:v>
+        <x:v>1.59</x:v>
       </x:c>
       <x:c r="D123" s="0">
-        <x:v>25071.178</x:v>
+        <x:v>25650.578</x:v>
       </x:c>
       <x:c r="E123" s="0">
-        <x:v>24223.687</x:v>
+        <x:v>24785.522</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:5">
       <x:c r="A124" s="1">
-        <x:v>45917.3258680556</x:v>
+        <x:v>45933.331087963</x:v>
       </x:c>
       <x:c r="B124" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C124" s="0">
-        <x:v>2.62</x:v>
+        <x:v>1.37</x:v>
       </x:c>
       <x:c r="D124" s="0">
-        <x:v>25123.509</x:v>
+        <x:v>25761.574</x:v>
       </x:c>
       <x:c r="E124" s="0">
-        <x:v>24274.249</x:v>
+        <x:v>24892.764</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:5">
       <x:c r="A125" s="1">
-        <x:v>45916.9258912037</x:v>
+        <x:v>45932.9250925926</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C125" s="0">
-        <x:v>2.59</x:v>
+        <x:v>1.47</x:v>
       </x:c>
       <x:c r="D125" s="0">
-        <x:v>25123.848</x:v>
+        <x:v>25764.011</x:v>
       </x:c>
       <x:c r="E125" s="0">
-        <x:v>24274.249</x:v>
+        <x:v>24892.764</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:5">
       <x:c r="A126" s="1">
-        <x:v>45915.9270949074</x:v>
+        <x:v>45931.9294097222</x:v>
       </x:c>
       <x:c r="B126" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C126" s="0">
-        <x:v>2.55</x:v>
+        <x:v>1.59</x:v>
       </x:c>
       <x:c r="D126" s="0">
-        <x:v>25142.247</x:v>
+        <x:v>25667.285</x:v>
       </x:c>
       <x:c r="E126" s="0">
-        <x:v>24293.781</x:v>
+        <x:v>24800.863</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:5">
       <x:c r="A127" s="1">
-        <x:v>45915.3170833333</x:v>
+        <x:v>45931.3342361111</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C127" s="0">
-        <x:v>3.02</x:v>
+        <x:v>1.94</x:v>
       </x:c>
       <x:c r="D127" s="0">
-        <x:v>24933.604</x:v>
+        <x:v>25542.179</x:v>
       </x:c>
       <x:c r="E127" s="0">
-        <x:v>24092.193</x:v>
+        <x:v>24679.988</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:5">
       <x:c r="A128" s="1">
-        <x:v>45912.9234375</x:v>
+        <x:v>45930.933900463</x:v>
       </x:c>
       <x:c r="B128" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C128" s="0">
-        <x:v>3.05</x:v>
+        <x:v>1.76</x:v>
       </x:c>
       <x:c r="D128" s="0">
-        <x:v>24934.594</x:v>
+        <x:v>25542.931</x:v>
       </x:c>
       <x:c r="E128" s="0">
-        <x:v>24092.193</x:v>
+        <x:v>24679.988</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:5">
       <x:c r="A129" s="1">
-        <x:v>45912.3096643519</x:v>
+        <x:v>45930.3326736111</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C129" s="0">
-        <x:v>3.29</x:v>
+        <x:v>1.85</x:v>
       </x:c>
       <x:c r="D129" s="0">
-        <x:v>24831.476</x:v>
+        <x:v>25471.893</x:v>
       </x:c>
       <x:c r="E129" s="0">
-        <x:v>23992.562</x:v>
+        <x:v>24611.352</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:5">
       <x:c r="A130" s="1">
-        <x:v>45911.9251388889</x:v>
+        <x:v>45929.9324074074</x:v>
       </x:c>
       <x:c r="B130" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C130" s="0">
-        <x:v>3.32</x:v>
+        <x:v>1.86</x:v>
       </x:c>
       <x:c r="D130" s="0">
-        <x:v>24832.171</x:v>
+        <x:v>25472.749</x:v>
       </x:c>
       <x:c r="E130" s="0">
-        <x:v>23992.562</x:v>
+        <x:v>24611.352</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:5">
       <x:c r="A131" s="1">
-        <x:v>45911.3307986111</x:v>
+        <x:v>45926.9298611111</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C131" s="0">
-        <x:v>3.74</x:v>
+        <x:v>2.03</x:v>
       </x:c>
       <x:c r="D131" s="0">
-        <x:v>24683.863</x:v>
+        <x:v>25361.069</x:v>
       </x:c>
       <x:c r="E131" s="0">
-        <x:v>23849.27</x:v>
+        <x:v>24503.848</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:5">
       <x:c r="A132" s="1">
-        <x:v>45910.9239930556</x:v>
+        <x:v>45926.3217824074</x:v>
       </x:c>
       <x:c r="B132" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C132" s="0">
-        <x:v>3.77</x:v>
+        <x:v>2.26</x:v>
       </x:c>
       <x:c r="D132" s="0">
-        <x:v>24683.994</x:v>
+        <x:v>25250.803</x:v>
       </x:c>
       <x:c r="E132" s="0">
-        <x:v>23849.27</x:v>
+        <x:v>24397.311</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:5">
       <x:c r="A133" s="1">
-        <x:v>45909.9244907407</x:v>
+        <x:v>45925.9294444444</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C133" s="0">
-        <x:v>3.8</x:v>
+        <x:v>2.23</x:v>
       </x:c>
       <x:c r="D133" s="0">
-        <x:v>24674.013</x:v>
+        <x:v>25251.217</x:v>
       </x:c>
       <x:c r="E133" s="0">
-        <x:v>23839.796</x:v>
+        <x:v>24397.311</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:5">
       <x:c r="A134" s="1">
-        <x:v>45909.335462963</x:v>
+        <x:v>45924.9296527778</x:v>
       </x:c>
       <x:c r="B134" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C134" s="0">
-        <x:v>3.95</x:v>
+        <x:v>2.05</x:v>
       </x:c>
       <x:c r="D134" s="0">
-        <x:v>24593.804</x:v>
+        <x:v>25360.756</x:v>
       </x:c>
       <x:c r="E134" s="0">
-        <x:v>23762.3</x:v>
+        <x:v>24503.567</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:5">
       <x:c r="A135" s="1">
-        <x:v>45908.9240393518</x:v>
+        <x:v>45924.3777662037</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C135" s="0">
-        <x:v>4.06</x:v>
+        <x:v>1.81</x:v>
       </x:c>
       <x:c r="D135" s="0">
-        <x:v>24592.708</x:v>
+        <x:v>25440.038</x:v>
       </x:c>
       <x:c r="E135" s="0">
-        <x:v>23762.3</x:v>
+        <x:v>24580.168</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:5">
       <x:c r="A136" s="1">
-        <x:v>45908.3013541667</x:v>
+        <x:v>45923.9251967593</x:v>
       </x:c>
       <x:c r="B136" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C136" s="0">
-        <x:v>4.3</x:v>
+        <x:v>1.93</x:v>
       </x:c>
       <x:c r="D136" s="0">
-        <x:v>24479.006</x:v>
+        <x:v>25440.474</x:v>
       </x:c>
       <x:c r="E136" s="0">
-        <x:v>23652.443</x:v>
+        <x:v>24580.168</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:5">
       <x:c r="A137" s="1">
-        <x:v>45905.9285763889</x:v>
+        <x:v>45922.926712963</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C137" s="0">
-        <x:v>4.46</x:v>
+        <x:v>1.68</x:v>
       </x:c>
       <x:c r="D137" s="0">
-        <x:v>24477.288</x:v>
+        <x:v>25624.635</x:v>
       </x:c>
       <x:c r="E137" s="0">
-        <x:v>23652.443</x:v>
+        <x:v>24761.074</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:5">
       <x:c r="A138" s="1">
-        <x:v>45905.3095023148</x:v>
+        <x:v>45922.3338888889</x:v>
       </x:c>
       <x:c r="B138" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C138" s="0">
-        <x:v>4.24</x:v>
+        <x:v>1.92</x:v>
       </x:c>
       <x:c r="D138" s="0">
-        <x:v>24457.178</x:v>
+        <x:v>25485.089</x:v>
       </x:c>
       <x:c r="E138" s="0">
-        <x:v>23633.013</x:v>
+        <x:v>24626.247</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:5">
       <x:c r="A139" s="1">
-        <x:v>45904.9245138889</x:v>
+        <x:v>45919.9342592593</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C139" s="0">
-        <x:v>4.54</x:v>
+        <x:v>1.88</x:v>
       </x:c>
       <x:c r="D139" s="0">
-        <x:v>24460.168</x:v>
+        <x:v>25488.166</x:v>
       </x:c>
       <x:c r="E139" s="0">
-        <x:v>23633.013</x:v>
+        <x:v>24626.247</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:5">
       <x:c r="A140" s="1">
-        <x:v>45904.3202083333</x:v>
+        <x:v>45918.9265393519</x:v>
       </x:c>
       <x:c r="B140" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C140" s="0">
-        <x:v>5.52</x:v>
+        <x:v>2.19</x:v>
       </x:c>
       <x:c r="D140" s="0">
-        <x:v>24234.358</x:v>
+        <x:v>25310.815</x:v>
       </x:c>
       <x:c r="E140" s="0">
-        <x:v>23414.839</x:v>
+        <x:v>24454.894</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:5">
       <x:c r="A141" s="1">
-        <x:v>45903.923587963</x:v>
+        <x:v>45917.9270486111</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C141" s="0">
-        <x:v>5.58</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="D141" s="0">
-        <x:v>24234.28</x:v>
+        <x:v>25071.178</x:v>
       </x:c>
       <x:c r="E141" s="0">
-        <x:v>23414.839</x:v>
+        <x:v>24223.687</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:5">
       <x:c r="A142" s="1">
-        <x:v>45903.3225115741</x:v>
+        <x:v>45917.3258680556</x:v>
       </x:c>
       <x:c r="B142" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C142" s="0">
-        <x:v>6.37</x:v>
+        <x:v>2.62</x:v>
       </x:c>
       <x:c r="D142" s="0">
-        <x:v>24044.119</x:v>
+        <x:v>25123.509</x:v>
       </x:c>
       <x:c r="E142" s="0">
-        <x:v>23231.108</x:v>
+        <x:v>24274.249</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:5">
       <x:c r="A143" s="1">
-        <x:v>45902.9238773148</x:v>
+        <x:v>45916.9258912037</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C143" s="0">
-        <x:v>6.62</x:v>
+        <x:v>2.59</x:v>
       </x:c>
       <x:c r="D143" s="0">
-        <x:v>24043.548</x:v>
+        <x:v>25123.848</x:v>
       </x:c>
       <x:c r="E143" s="0">
-        <x:v>23231.108</x:v>
+        <x:v>24274.249</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:5">
       <x:c r="A144" s="1">
-        <x:v>45902.3291898148</x:v>
+        <x:v>45915.9270949074</x:v>
       </x:c>
       <x:c r="B144" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C144" s="0">
-        <x:v>5.85</x:v>
+        <x:v>2.55</x:v>
       </x:c>
       <x:c r="D144" s="0">
-        <x:v>24234.31</x:v>
+        <x:v>25142.247</x:v>
       </x:c>
       <x:c r="E144" s="0">
-        <x:v>23415.42</x:v>
+        <x:v>24293.781</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:5">
       <x:c r="A145" s="1">
-        <x:v>45898.9303587963</x:v>
+        <x:v>45915.3170833333</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C145" s="0">
-        <x:v>5.7</x:v>
+        <x:v>3.02</x:v>
       </x:c>
       <x:c r="D145" s="0">
-        <x:v>24232.691</x:v>
+        <x:v>24933.604</x:v>
       </x:c>
       <x:c r="E145" s="0">
-        <x:v>23415.42</x:v>
+        <x:v>24092.193</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:5">
       <x:c r="A146" s="1">
-        <x:v>45898.3268402778</x:v>
+        <x:v>45912.9234375</x:v>
       </x:c>
       <x:c r="B146" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C146" s="0">
-        <x:v>4.71</x:v>
+        <x:v>3.05</x:v>
       </x:c>
       <x:c r="D146" s="0">
-        <x:v>24530.802</x:v>
+        <x:v>24934.594</x:v>
       </x:c>
       <x:c r="E146" s="0">
-        <x:v>23703.45</x:v>
+        <x:v>24092.193</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:5">
       <x:c r="A147" s="1">
-        <x:v>45897.9274189815</x:v>
+        <x:v>45912.3096643519</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C147" s="0">
-        <x:v>4.59</x:v>
+        <x:v>3.29</x:v>
       </x:c>
       <x:c r="D147" s="0">
-        <x:v>24533.071</x:v>
+        <x:v>24831.476</x:v>
       </x:c>
       <x:c r="E147" s="0">
-        <x:v>23703.45</x:v>
+        <x:v>23992.562</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:5">
       <x:c r="A148" s="1">
-        <x:v>45896.9248032407</x:v>
+        <x:v>45911.9251388889</x:v>
       </x:c>
       <x:c r="B148" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C148" s="0">
-        <x:v>5.18</x:v>
+        <x:v>3.32</x:v>
       </x:c>
       <x:c r="D148" s="0">
-        <x:v>24390.588</x:v>
+        <x:v>24832.171</x:v>
       </x:c>
       <x:c r="E148" s="0">
-        <x:v>23565.846</x:v>
+        <x:v>23992.562</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:5">
       <x:c r="A149" s="1">
-        <x:v>45896.33375</x:v>
+        <x:v>45911.3307986111</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C149" s="0">
-        <x:v>5.31</x:v>
+        <x:v>3.74</x:v>
       </x:c>
       <x:c r="D149" s="0">
-        <x:v>24348.615</x:v>
+        <x:v>24683.863</x:v>
       </x:c>
       <x:c r="E149" s="0">
-        <x:v>23525.293</x:v>
+        <x:v>23849.27</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:5">
       <x:c r="A150" s="1">
-        <x:v>45895.9239351852</x:v>
+        <x:v>45910.9239930556</x:v>
       </x:c>
       <x:c r="B150" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C150" s="0">
-        <x:v>5.36</x:v>
+        <x:v>3.77</x:v>
       </x:c>
       <x:c r="D150" s="0">
-        <x:v>24348.678</x:v>
+        <x:v>24683.994</x:v>
       </x:c>
       <x:c r="E150" s="0">
-        <x:v>23525.293</x:v>
+        <x:v>23849.27</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:5">
       <x:c r="A151" s="1">
-        <x:v>45894.9239583333</x:v>
+        <x:v>45909.9244907407</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C151" s="0">
-        <x:v>5.85</x:v>
+        <x:v>3.8</x:v>
       </x:c>
       <x:c r="D151" s="0">
-        <x:v>24245.392</x:v>
+        <x:v>24674.013</x:v>
       </x:c>
       <x:c r="E151" s="0">
-        <x:v>23425.605</x:v>
+        <x:v>23839.796</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:5">
       <x:c r="A152" s="1">
-        <x:v>45894.3297800926</x:v>
+        <x:v>45909.335462963</x:v>
       </x:c>
       <x:c r="B152" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C152" s="0">
-        <x:v>5.54</x:v>
+        <x:v>3.95</x:v>
       </x:c>
       <x:c r="D152" s="0">
-        <x:v>24320.44</x:v>
+        <x:v>24593.804</x:v>
       </x:c>
       <x:c r="E152" s="0">
-        <x:v>23498.115</x:v>
+        <x:v>23762.3</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:5">
       <x:c r="A153" s="1">
-        <x:v>45891.9252314815</x:v>
+        <x:v>45908.9240393518</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C153" s="0">
-        <x:v>5.5</x:v>
+        <x:v>4.06</x:v>
       </x:c>
       <x:c r="D153" s="0">
-        <x:v>24318.534</x:v>
+        <x:v>24592.708</x:v>
       </x:c>
       <x:c r="E153" s="0">
-        <x:v>23498.115</x:v>
+        <x:v>23762.3</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:5">
       <x:c r="A154" s="1">
-        <x:v>45891.3279976852</x:v>
+        <x:v>45908.3013541667</x:v>
       </x:c>
       <x:c r="B154" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C154" s="0">
-        <x:v>8.09</x:v>
+        <x:v>4.3</x:v>
       </x:c>
       <x:c r="D154" s="0">
-        <x:v>23950.555</x:v>
+        <x:v>24479.006</x:v>
       </x:c>
       <x:c r="E154" s="0">
-        <x:v>23142.58</x:v>
+        <x:v>23652.443</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:5">
       <x:c r="A155" s="1">
-        <x:v>45890.9256481481</x:v>
+        <x:v>45905.9285763889</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C155" s="0">
-        <x:v>7.94</x:v>
+        <x:v>4.46</x:v>
       </x:c>
       <x:c r="D155" s="0">
-        <x:v>23948.526</x:v>
+        <x:v>24477.288</x:v>
       </x:c>
       <x:c r="E155" s="0">
-        <x:v>23142.58</x:v>
+        <x:v>23652.443</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:5">
       <x:c r="A156" s="1">
-        <x:v>45890.3406828704</x:v>
+        <x:v>45905.3095023148</x:v>
       </x:c>
       <x:c r="B156" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C156" s="0">
-        <x:v>7.19</x:v>
+        <x:v>4.24</x:v>
       </x:c>
       <x:c r="D156" s="0">
-        <x:v>24059.261</x:v>
+        <x:v>24457.178</x:v>
       </x:c>
       <x:c r="E156" s="0">
-        <x:v>23249.57</x:v>
+        <x:v>23633.013</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:5">
       <x:c r="A157" s="1">
-        <x:v>45889.9243402778</x:v>
+        <x:v>45904.9245138889</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C157" s="0">
-        <x:v>7.29</x:v>
+        <x:v>4.54</x:v>
       </x:c>
       <x:c r="D157" s="0">
-        <x:v>24063.305</x:v>
+        <x:v>24460.168</x:v>
       </x:c>
       <x:c r="E157" s="0">
-        <x:v>23249.57</x:v>
+        <x:v>23633.013</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:5">
       <x:c r="A158" s="1">
-        <x:v>45888.9238425926</x:v>
+        <x:v>45904.3202083333</x:v>
       </x:c>
       <x:c r="B158" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C158" s="0">
-        <x:v>6.53</x:v>
+        <x:v>5.52</x:v>
       </x:c>
       <x:c r="D158" s="0">
-        <x:v>24202.883</x:v>
+        <x:v>24234.358</x:v>
       </x:c>
       <x:c r="E158" s="0">
-        <x:v>23384.77</x:v>
+        <x:v>23414.839</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:5">
       <x:c r="A159" s="1">
-        <x:v>45888.3193055556</x:v>
+        <x:v>45903.923587963</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C159" s="0">
-        <x:v>5.37</x:v>
+        <x:v>5.58</x:v>
       </x:c>
       <x:c r="D159" s="0">
-        <x:v>24543.387</x:v>
+        <x:v>24234.28</x:v>
       </x:c>
       <x:c r="E159" s="0">
-        <x:v>23713.759</x:v>
+        <x:v>23414.839</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:5">
       <x:c r="A160" s="1">
-        <x:v>45887.9245601852</x:v>
+        <x:v>45903.3225115741</x:v>
       </x:c>
       <x:c r="B160" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C160" s="0">
-        <x:v>5.11</x:v>
+        <x:v>6.37</x:v>
       </x:c>
       <x:c r="D160" s="0">
-        <x:v>24542.922</x:v>
+        <x:v>24044.119</x:v>
       </x:c>
       <x:c r="E160" s="0">
-        <x:v>23713.759</x:v>
+        <x:v>23231.108</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:5">
       <x:c r="A161" s="1">
-        <x:v>45887.3188773148</x:v>
+        <x:v>45902.9238773148</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C161" s="0">
-        <x:v>4.91</x:v>
+        <x:v>6.62</x:v>
       </x:c>
       <x:c r="D161" s="0">
-        <x:v>24541.174</x:v>
+        <x:v>24043.548</x:v>
       </x:c>
       <x:c r="E161" s="0">
-        <x:v>23712.07</x:v>
+        <x:v>23231.108</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:5">
       <x:c r="A162" s="1">
-        <x:v>45884.9247106481</x:v>
+        <x:v>45902.3291898148</x:v>
       </x:c>
       <x:c r="B162" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C162" s="0">
-        <x:v>5.1</x:v>
+        <x:v>5.85</x:v>
       </x:c>
       <x:c r="D162" s="0">
-        <x:v>24539.877</x:v>
+        <x:v>24234.31</x:v>
       </x:c>
       <x:c r="E162" s="0">
-        <x:v>23712.07</x:v>
+        <x:v>23415.42</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:5">
       <x:c r="A163" s="1">
-        <x:v>45884.3109953704</x:v>
+        <x:v>45898.9303587963</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C163" s="0">
-        <x:v>4.58</x:v>
+        <x:v>5.7</x:v>
       </x:c>
       <x:c r="D163" s="0">
-        <x:v>24664.462</x:v>
+        <x:v>24232.691</x:v>
       </x:c>
       <x:c r="E163" s="0">
-        <x:v>23832.442</x:v>
+        <x:v>23415.42</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:5">
       <x:c r="A164" s="1">
-        <x:v>45883.9240625</x:v>
+        <x:v>45898.3268402778</x:v>
       </x:c>
       <x:c r="B164" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C164" s="0">
-        <x:v>4.63</x:v>
+        <x:v>4.71</x:v>
       </x:c>
       <x:c r="D164" s="0">
-        <x:v>24665.962</x:v>
+        <x:v>24530.802</x:v>
       </x:c>
       <x:c r="E164" s="0">
-        <x:v>23832.442</x:v>
+        <x:v>23703.45</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:5">
       <x:c r="A165" s="1">
-        <x:v>45883.3327893519</x:v>
+        <x:v>45897.9274189815</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C165" s="0">
-        <x:v>4.72</x:v>
+        <x:v>4.59</x:v>
       </x:c>
       <x:c r="D165" s="0">
-        <x:v>24683.141</x:v>
+        <x:v>24533.071</x:v>
       </x:c>
       <x:c r="E165" s="0">
-        <x:v>23849.04</x:v>
+        <x:v>23703.45</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:5">
       <x:c r="A166" s="1">
-        <x:v>45882.9239467593</x:v>
+        <x:v>45896.9248032407</x:v>
       </x:c>
       <x:c r="B166" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C166" s="0">
-        <x:v>4.57</x:v>
+        <x:v>5.18</x:v>
       </x:c>
       <x:c r="D166" s="0">
-        <x:v>24683.756</x:v>
+        <x:v>24390.588</x:v>
       </x:c>
       <x:c r="E166" s="0">
-        <x:v>23849.04</x:v>
+        <x:v>23565.846</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:5">
       <x:c r="A167" s="1">
-        <x:v>45881.9233449074</x:v>
+        <x:v>45896.33375</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C167" s="0">
-        <x:v>4.6</x:v>
+        <x:v>5.31</x:v>
       </x:c>
       <x:c r="D167" s="0">
-        <x:v>24673.568</x:v>
+        <x:v>24348.615</x:v>
       </x:c>
       <x:c r="E167" s="0">
-        <x:v>23839.196</x:v>
+        <x:v>23525.293</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:5">
       <x:c r="A168" s="1">
-        <x:v>45880.923587963</x:v>
+        <x:v>45895.9239351852</x:v>
       </x:c>
       <x:c r="B168" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C168" s="0">
-        <x:v>6.26</x:v>
+        <x:v>5.36</x:v>
       </x:c>
       <x:c r="D168" s="0">
-        <x:v>24347.447</x:v>
+        <x:v>24348.678</x:v>
       </x:c>
       <x:c r="E168" s="0">
-        <x:v>23526.634</x:v>
+        <x:v>23525.293</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:5">
       <x:c r="A169" s="1">
-        <x:v>45880.3183564815</x:v>
+        <x:v>45894.9239583333</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C169" s="0">
-        <x:v>5.69</x:v>
+        <x:v>5.85</x:v>
       </x:c>
       <x:c r="D169" s="0">
-        <x:v>24435.041</x:v>
+        <x:v>24245.392</x:v>
       </x:c>
       <x:c r="E169" s="0">
-        <x:v>23611.266</x:v>
+        <x:v>23425.605</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:5">
       <x:c r="A170" s="1">
+        <x:v>45894.3297800926</x:v>
+      </x:c>
+      <x:c r="B170" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C170" s="0">
+        <x:v>5.54</x:v>
+      </x:c>
+      <x:c r="D170" s="0">
+        <x:v>24320.44</x:v>
+      </x:c>
+      <x:c r="E170" s="0">
+        <x:v>23498.115</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="171" spans="1:5">
+      <x:c r="A171" s="1">
+        <x:v>45891.9252314815</x:v>
+      </x:c>
+      <x:c r="B171" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C171" s="0">
+        <x:v>5.5</x:v>
+      </x:c>
+      <x:c r="D171" s="0">
+        <x:v>24318.534</x:v>
+      </x:c>
+      <x:c r="E171" s="0">
+        <x:v>23498.115</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="172" spans="1:5">
+      <x:c r="A172" s="1">
+        <x:v>45891.3279976852</x:v>
+      </x:c>
+      <x:c r="B172" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C172" s="0">
+        <x:v>8.09</x:v>
+      </x:c>
+      <x:c r="D172" s="0">
+        <x:v>23950.555</x:v>
+      </x:c>
+      <x:c r="E172" s="0">
+        <x:v>23142.58</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="173" spans="1:5">
+      <x:c r="A173" s="1">
+        <x:v>45890.9256481481</x:v>
+      </x:c>
+      <x:c r="B173" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C173" s="0">
+        <x:v>7.94</x:v>
+      </x:c>
+      <x:c r="D173" s="0">
+        <x:v>23948.526</x:v>
+      </x:c>
+      <x:c r="E173" s="0">
+        <x:v>23142.58</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="174" spans="1:5">
+      <x:c r="A174" s="1">
+        <x:v>45890.3406828704</x:v>
+      </x:c>
+      <x:c r="B174" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C174" s="0">
+        <x:v>7.19</x:v>
+      </x:c>
+      <x:c r="D174" s="0">
+        <x:v>24059.261</x:v>
+      </x:c>
+      <x:c r="E174" s="0">
+        <x:v>23249.57</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="175" spans="1:5">
+      <x:c r="A175" s="1">
+        <x:v>45889.9243402778</x:v>
+      </x:c>
+      <x:c r="B175" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C175" s="0">
+        <x:v>7.29</x:v>
+      </x:c>
+      <x:c r="D175" s="0">
+        <x:v>24063.305</x:v>
+      </x:c>
+      <x:c r="E175" s="0">
+        <x:v>23249.57</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="176" spans="1:5">
+      <x:c r="A176" s="1">
+        <x:v>45888.9238425926</x:v>
+      </x:c>
+      <x:c r="B176" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C176" s="0">
+        <x:v>6.53</x:v>
+      </x:c>
+      <x:c r="D176" s="0">
+        <x:v>24202.883</x:v>
+      </x:c>
+      <x:c r="E176" s="0">
+        <x:v>23384.77</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="177" spans="1:5">
+      <x:c r="A177" s="1">
+        <x:v>45888.3193055556</x:v>
+      </x:c>
+      <x:c r="B177" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C177" s="0">
+        <x:v>5.37</x:v>
+      </x:c>
+      <x:c r="D177" s="0">
+        <x:v>24543.387</x:v>
+      </x:c>
+      <x:c r="E177" s="0">
+        <x:v>23713.759</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="178" spans="1:5">
+      <x:c r="A178" s="1">
+        <x:v>45887.9245601852</x:v>
+      </x:c>
+      <x:c r="B178" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C178" s="0">
+        <x:v>5.11</x:v>
+      </x:c>
+      <x:c r="D178" s="0">
+        <x:v>24542.922</x:v>
+      </x:c>
+      <x:c r="E178" s="0">
+        <x:v>23713.759</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="179" spans="1:5">
+      <x:c r="A179" s="1">
+        <x:v>45887.3188773148</x:v>
+      </x:c>
+      <x:c r="B179" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C179" s="0">
+        <x:v>4.91</x:v>
+      </x:c>
+      <x:c r="D179" s="0">
+        <x:v>24541.174</x:v>
+      </x:c>
+      <x:c r="E179" s="0">
+        <x:v>23712.07</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="180" spans="1:5">
+      <x:c r="A180" s="1">
+        <x:v>45884.9247106481</x:v>
+      </x:c>
+      <x:c r="B180" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C180" s="0">
+        <x:v>5.1</x:v>
+      </x:c>
+      <x:c r="D180" s="0">
+        <x:v>24539.877</x:v>
+      </x:c>
+      <x:c r="E180" s="0">
+        <x:v>23712.07</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="181" spans="1:5">
+      <x:c r="A181" s="1">
+        <x:v>45884.3109953704</x:v>
+      </x:c>
+      <x:c r="B181" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C181" s="0">
+        <x:v>4.58</x:v>
+      </x:c>
+      <x:c r="D181" s="0">
+        <x:v>24664.462</x:v>
+      </x:c>
+      <x:c r="E181" s="0">
+        <x:v>23832.442</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="182" spans="1:5">
+      <x:c r="A182" s="1">
+        <x:v>45883.9240625</x:v>
+      </x:c>
+      <x:c r="B182" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C182" s="0">
+        <x:v>4.63</x:v>
+      </x:c>
+      <x:c r="D182" s="0">
+        <x:v>24665.962</x:v>
+      </x:c>
+      <x:c r="E182" s="0">
+        <x:v>23832.442</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="183" spans="1:5">
+      <x:c r="A183" s="1">
+        <x:v>45883.3327893519</x:v>
+      </x:c>
+      <x:c r="B183" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C183" s="0">
+        <x:v>4.72</x:v>
+      </x:c>
+      <x:c r="D183" s="0">
+        <x:v>24683.141</x:v>
+      </x:c>
+      <x:c r="E183" s="0">
+        <x:v>23849.04</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="184" spans="1:5">
+      <x:c r="A184" s="1">
+        <x:v>45882.9239467593</x:v>
+      </x:c>
+      <x:c r="B184" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C184" s="0">
+        <x:v>4.57</x:v>
+      </x:c>
+      <x:c r="D184" s="0">
+        <x:v>24683.756</x:v>
+      </x:c>
+      <x:c r="E184" s="0">
+        <x:v>23849.04</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="185" spans="1:5">
+      <x:c r="A185" s="1">
+        <x:v>45881.9233449074</x:v>
+      </x:c>
+      <x:c r="B185" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C185" s="0">
+        <x:v>4.6</x:v>
+      </x:c>
+      <x:c r="D185" s="0">
+        <x:v>24673.568</x:v>
+      </x:c>
+      <x:c r="E185" s="0">
+        <x:v>23839.196</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="186" spans="1:5">
+      <x:c r="A186" s="1">
+        <x:v>45880.923587963</x:v>
+      </x:c>
+      <x:c r="B186" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C186" s="0">
+        <x:v>6.26</x:v>
+      </x:c>
+      <x:c r="D186" s="0">
+        <x:v>24347.447</x:v>
+      </x:c>
+      <x:c r="E186" s="0">
+        <x:v>23526.634</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="187" spans="1:5">
+      <x:c r="A187" s="1">
+        <x:v>45880.3183564815</x:v>
+      </x:c>
+      <x:c r="B187" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C187" s="0">
+        <x:v>5.69</x:v>
+      </x:c>
+      <x:c r="D187" s="0">
+        <x:v>24435.041</x:v>
+      </x:c>
+      <x:c r="E187" s="0">
+        <x:v>23611.266</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="188" spans="1:5">
+      <x:c r="A188" s="1">
         <x:v>45877.9331597222</x:v>
       </x:c>
-      <x:c r="B170" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C170" s="0">
+      <x:c r="B188" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C188" s="0">
         <x:v>5.83</x:v>
       </x:c>
-      <x:c r="D170" s="0">
+      <x:c r="D188" s="0">
         <x:v>24437.66</x:v>
       </x:c>
-      <x:c r="E170" s="0">
+      <x:c r="E188" s="0">
         <x:v>23611.266</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>