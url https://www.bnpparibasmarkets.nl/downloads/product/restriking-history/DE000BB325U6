--- v4 (2026-02-10)
+++ v5 (2026-03-07)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2eceb33f9b2b42b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8cc737cc35a44413a2ad8c12a3a7daa6.psmdcp" Id="R1507db278e3a4e84" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0e8c26b56cd04d95" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/670c22237f354e63a6dca22bd3d8c129.psmdcp" Id="R10c0b46ce02e4c6d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>DE000BB325U6</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -390,3242 +390,3769 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E188"/>
+  <x:dimension ref="A1:E219"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>46063.3311689815</x:v>
+        <x:v>46087.9263078704</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
-        <x:v>0.12</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>26151.615</x:v>
+        <x:v>25501.818</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>25268.14</x:v>
+        <x:v>24643.02</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>46062.9247222222</x:v>
+        <x:v>46087.3067939815</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
-        <x:v>0.11</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>26150.643</x:v>
+        <x:v>25892.417</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>25268.14</x:v>
+        <x:v>25020.41</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>46062.2991203704</x:v>
+        <x:v>46086.9325462963</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
-        <x:v>0.13</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>25951.54</x:v>
+        <x:v>25894.38</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>25075.77</x:v>
+        <x:v>25020.41</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>46058.925474537</x:v>
+        <x:v>46086.3051273148</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
-        <x:v>0.24</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>25407.894</x:v>
+        <x:v>25970.215</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>24548.69</x:v>
+        <x:v>25093.68</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>46057.9258680556</x:v>
+        <x:v>46085.9284837963</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
-        <x:v>0.18</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>25762.433</x:v>
+        <x:v>25971.262</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>24891.24</x:v>
+        <x:v>25093.68</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>46056.9428819444</x:v>
+        <x:v>46085.3383796296</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
-        <x:v>0.14</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>26225.472</x:v>
+        <x:v>25584.586</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>25338.62</x:v>
+        <x:v>24720.08</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>46055.9254513889</x:v>
+        <x:v>46084.9255208333</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
-        <x:v>0.1</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>26639.461</x:v>
+        <x:v>25584.558</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>25738.61</x:v>
+        <x:v>24720.08</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>46052.2983449074</x:v>
+        <x:v>46084.3354050926</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
-        <x:v>0.11</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>26787.716</x:v>
+        <x:v>25866.617</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>25884.29</x:v>
+        <x:v>24992.6</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>46051.9255324074</x:v>
+        <x:v>46083.9255555556</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
-        <x:v>0.1</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>26789.868</x:v>
+        <x:v>25866.77</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>25884.29</x:v>
+        <x:v>24992.6</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>46051.3032291667</x:v>
+        <x:v>46083.3084027778</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C12" s="0">
-        <x:v>0.08</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>26933.215</x:v>
+        <x:v>25833.071</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>26022.79</x:v>
+        <x:v>24960.04</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>46050.9251157407</x:v>
+        <x:v>46080.9256944444</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0">
-        <x:v>0.09</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>26933.062</x:v>
+        <x:v>25830.741</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>26022.79</x:v>
+        <x:v>24960.04</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>46050.299224537</x:v>
+        <x:v>46080.3043518519</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C14" s="0">
-        <x:v>0.08</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>26847.105</x:v>
+        <x:v>25907.672</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>25939.74</x:v>
+        <x:v>25034.37</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>46049.9249768518</x:v>
+        <x:v>46079.9258217593</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
-        <x:v>0.09</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>26847.631</x:v>
+        <x:v>25910.331</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>25939.74</x:v>
+        <x:v>25034.37</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>46048.9248032407</x:v>
+        <x:v>46079.2991666667</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C16" s="0">
-        <x:v>0.11</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>26613.172</x:v>
+        <x:v>26215.315</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>25713.21</x:v>
+        <x:v>25329.04</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>46045.9251273148</x:v>
+        <x:v>46078.9257291667</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C17" s="0">
-        <x:v>0.12</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>26501.662</x:v>
+        <x:v>26215.492</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>25605.47</x:v>
+        <x:v>25329.04</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>46044.9245601852</x:v>
+        <x:v>46078.3266087963</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="0">
-        <x:v>0.13</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>26411.492</x:v>
+        <x:v>25851.172</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>25518.35</x:v>
+        <x:v>24977.04</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>46043.9253935185</x:v>
+        <x:v>46077.925474537</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C19" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>26213.01</x:v>
+        <x:v>25851.236</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>25326.58</x:v>
+        <x:v>24977.04</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
-        <x:v>46042.9279050926</x:v>
+        <x:v>46076.3076273148</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C20" s="0">
-        <x:v>0.21</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>25862.135</x:v>
+        <x:v>25887.731</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>24987.57</x:v>
+        <x:v>25012.62</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="1">
-        <x:v>46038.9243171296</x:v>
+        <x:v>46073.9253703704</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C21" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D21" s="0">
-        <x:v>26422.784</x:v>
+        <x:v>25887.931</x:v>
       </x:c>
       <x:c r="E21" s="0">
-        <x:v>25529.26</x:v>
+        <x:v>25012.62</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="1">
-        <x:v>46037.9280671296</x:v>
+        <x:v>46073.3322800926</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C22" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D22" s="0">
-        <x:v>26441.218</x:v>
+        <x:v>25665.116</x:v>
       </x:c>
       <x:c r="E22" s="0">
-        <x:v>25547.07</x:v>
+        <x:v>24797.34</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="1">
-        <x:v>46036.9272800926</x:v>
+        <x:v>46072.9253125</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C23" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D23" s="0">
-        <x:v>26355.578</x:v>
+        <x:v>25661.456</x:v>
       </x:c>
       <x:c r="E23" s="0">
-        <x:v>25465.94</x:v>
+        <x:v>24797.34</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="1">
-        <x:v>46036.3275810185</x:v>
+        <x:v>46072.3124768519</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C24" s="0">
         <x:v>0.14</x:v>
       </x:c>
       <x:c r="D24" s="0">
-        <x:v>26641.249</x:v>
+        <x:v>25766.54</x:v>
       </x:c>
       <x:c r="E24" s="0">
-        <x:v>25741.95</x:v>
+        <x:v>24898.87</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="1">
-        <x:v>46035.9279166667</x:v>
+        <x:v>46071.9254050926</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C25" s="0">
-        <x:v>0.13</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D25" s="0">
-        <x:v>26642.918</x:v>
+        <x:v>25770.116</x:v>
       </x:c>
       <x:c r="E25" s="0">
-        <x:v>25741.95</x:v>
+        <x:v>24898.87</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="1">
-        <x:v>46034.9278935185</x:v>
+        <x:v>46071.3073032407</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C26" s="0">
-        <x:v>0.13</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D26" s="0">
-        <x:v>26690.228</x:v>
+        <x:v>25565.942</x:v>
       </x:c>
       <x:c r="E26" s="0">
-        <x:v>25787.66</x:v>
+        <x:v>24701.6</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="1">
-        <x:v>46031.9291666667</x:v>
+        <x:v>46070.9253587963</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C27" s="0">
-        <x:v>0.13</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D27" s="0">
-        <x:v>26667.52</x:v>
+        <x:v>25565.122</x:v>
       </x:c>
       <x:c r="E27" s="0">
-        <x:v>25766.26</x:v>
+        <x:v>24701.6</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="1">
-        <x:v>46031.324837963</x:v>
+        <x:v>46070.3023611111</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C28" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D28" s="0">
-        <x:v>26399.289</x:v>
+        <x:v>25597.342</x:v>
       </x:c>
       <x:c r="E28" s="0">
-        <x:v>25507.1</x:v>
+        <x:v>24732.73</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="1">
-        <x:v>46030.927025463</x:v>
+        <x:v>46066.9255324074</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C29" s="0">
         <x:v>0.16</x:v>
       </x:c>
       <x:c r="D29" s="0">
-        <x:v>26399.848</x:v>
+        <x:v>25595.357</x:v>
       </x:c>
       <x:c r="E29" s="0">
-        <x:v>25507.1</x:v>
+        <x:v>24732.73</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="1">
-        <x:v>46029.9278935185</x:v>
+        <x:v>46066.3087962963</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C30" s="0">
-        <x:v>0.14</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D30" s="0">
-        <x:v>26551.786</x:v>
+        <x:v>25548.658</x:v>
       </x:c>
       <x:c r="E30" s="0">
-        <x:v>25653.9</x:v>
+        <x:v>24687.61</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="1">
-        <x:v>46028.9271759259</x:v>
+        <x:v>46065.9252893518</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C31" s="0">
-        <x:v>0.14</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D31" s="0">
-        <x:v>26537.1</x:v>
+        <x:v>25551.676</x:v>
       </x:c>
       <x:c r="E31" s="0">
-        <x:v>25639.71</x:v>
+        <x:v>24687.61</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="1">
-        <x:v>46027.9296064815</x:v>
+        <x:v>46064.9255671296</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C32" s="0">
-        <x:v>0.18</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D32" s="0">
-        <x:v>26290.366</x:v>
+        <x:v>26083.07</x:v>
       </x:c>
       <x:c r="E32" s="0">
-        <x:v>25401.32</x:v>
+        <x:v>25201.26</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="1">
-        <x:v>46024.9271875</x:v>
+        <x:v>46063.925474537</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C33" s="0">
-        <x:v>0.21</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D33" s="0">
-        <x:v>26085.56</x:v>
+        <x:v>26006.198</x:v>
       </x:c>
       <x:c r="E33" s="0">
-        <x:v>25206.17</x:v>
+        <x:v>25127.64</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="1">
-        <x:v>46024.2881712963</x:v>
+        <x:v>46063.3311689815</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C34" s="0">
-        <x:v>0.18</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D34" s="0">
-        <x:v>26350.923</x:v>
+        <x:v>26151.615</x:v>
       </x:c>
       <x:c r="E34" s="0">
-        <x:v>25462.56</x:v>
+        <x:v>25268.14</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="1">
-        <x:v>46022.3246412037</x:v>
+        <x:v>46062.9247222222</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C35" s="0">
-        <x:v>0.18</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D35" s="0">
-        <x:v>26353.75</x:v>
+        <x:v>26150.643</x:v>
       </x:c>
       <x:c r="E35" s="0">
-        <x:v>25462.56</x:v>
+        <x:v>25268.14</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="1">
-        <x:v>46021.9269560185</x:v>
+        <x:v>46062.2991203704</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C36" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D36" s="0">
-        <x:v>26353.75</x:v>
+        <x:v>25951.54</x:v>
       </x:c>
       <x:c r="E36" s="0">
-        <x:v>25462.56</x:v>
+        <x:v>25075.77</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="1">
-        <x:v>46020.9273611111</x:v>
+        <x:v>46058.925474537</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C37" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.24</x:v>
       </x:c>
       <x:c r="D37" s="0">
-        <x:v>26418.305</x:v>
+        <x:v>25407.894</x:v>
       </x:c>
       <x:c r="E37" s="0">
-        <x:v>25525.56</x:v>
+        <x:v>24548.69</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="1">
-        <x:v>46020.3323611111</x:v>
+        <x:v>46057.9258680556</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C38" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D38" s="0">
-        <x:v>26482.754</x:v>
+        <x:v>25762.433</x:v>
       </x:c>
       <x:c r="E38" s="0">
-        <x:v>25587.83</x:v>
+        <x:v>24891.24</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="1">
-        <x:v>46015.3842824074</x:v>
+        <x:v>46056.9428819444</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C39" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D39" s="0">
-        <x:v>26483.404</x:v>
+        <x:v>26225.472</x:v>
       </x:c>
       <x:c r="E39" s="0">
-        <x:v>25587.83</x:v>
+        <x:v>25338.62</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="1">
-        <x:v>46014.9278356481</x:v>
+        <x:v>46055.9254513889</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C40" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D40" s="0">
-        <x:v>26483.404</x:v>
+        <x:v>26639.461</x:v>
       </x:c>
       <x:c r="E40" s="0">
-        <x:v>25587.83</x:v>
+        <x:v>25738.61</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="1">
-        <x:v>46013.9284837963</x:v>
+        <x:v>46052.2983449074</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C41" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D41" s="0">
-        <x:v>26350.138</x:v>
+        <x:v>26787.716</x:v>
       </x:c>
       <x:c r="E41" s="0">
-        <x:v>25461.7</x:v>
+        <x:v>25884.29</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="1">
-        <x:v>46013.296712963</x:v>
+        <x:v>46051.9255324074</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C42" s="0">
-        <x:v>0.18</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D42" s="0">
-        <x:v>26230.575</x:v>
+        <x:v>26789.868</x:v>
       </x:c>
       <x:c r="E42" s="0">
-        <x:v>25346.18</x:v>
+        <x:v>25884.29</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="1">
-        <x:v>46010.9275810185</x:v>
+        <x:v>46051.3032291667</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C43" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D43" s="0">
-        <x:v>26233.296</x:v>
+        <x:v>26933.215</x:v>
       </x:c>
       <x:c r="E43" s="0">
-        <x:v>25346.18</x:v>
+        <x:v>26022.79</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="1">
-        <x:v>46009.930787037</x:v>
+        <x:v>46050.9251157407</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C44" s="0">
-        <x:v>0.26</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D44" s="0">
-        <x:v>25895.048</x:v>
+        <x:v>26933.062</x:v>
       </x:c>
       <x:c r="E44" s="0">
-        <x:v>25019.37</x:v>
+        <x:v>26022.79</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="1">
-        <x:v>46008.9275925926</x:v>
+        <x:v>46050.299224537</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C45" s="0">
-        <x:v>0.37</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D45" s="0">
-        <x:v>25510.276</x:v>
+        <x:v>26847.105</x:v>
       </x:c>
       <x:c r="E45" s="0">
-        <x:v>24647.61</x:v>
+        <x:v>25939.74</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="1">
-        <x:v>46007.9277662037</x:v>
+        <x:v>46049.9249768518</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C46" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D46" s="0">
-        <x:v>26012.593</x:v>
+        <x:v>26847.631</x:v>
       </x:c>
       <x:c r="E46" s="0">
-        <x:v>25132.94</x:v>
+        <x:v>25939.74</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="1">
-        <x:v>46006.9271064815</x:v>
+        <x:v>46048.9248032407</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C47" s="0">
-        <x:v>0.28</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D47" s="0">
-        <x:v>25942.63</x:v>
+        <x:v>26613.172</x:v>
       </x:c>
       <x:c r="E47" s="0">
-        <x:v>25067.27</x:v>
+        <x:v>25713.21</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5">
       <x:c r="A48" s="1">
-        <x:v>46006.3081018518</x:v>
+        <x:v>46045.9251273148</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C48" s="0">
-        <x:v>0.24</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D48" s="0">
-        <x:v>26076.621</x:v>
+        <x:v>26501.662</x:v>
       </x:c>
       <x:c r="E48" s="0">
-        <x:v>25196.73</x:v>
+        <x:v>25605.47</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
       <x:c r="A49" s="1">
-        <x:v>46003.9269907407</x:v>
+        <x:v>46044.9245601852</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C49" s="0">
-        <x:v>0.26</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D49" s="0">
-        <x:v>26077.704</x:v>
+        <x:v>26411.492</x:v>
       </x:c>
       <x:c r="E49" s="0">
-        <x:v>25196.73</x:v>
+        <x:v>25518.35</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5">
       <x:c r="A50" s="1">
-        <x:v>46003.3313773148</x:v>
+        <x:v>46043.9253935185</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C50" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D50" s="0">
-        <x:v>26584.812</x:v>
+        <x:v>26213.01</x:v>
       </x:c>
       <x:c r="E50" s="0">
-        <x:v>25686.69</x:v>
+        <x:v>25326.58</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5">
       <x:c r="A51" s="1">
-        <x:v>46002.9320023148</x:v>
+        <x:v>46042.9279050926</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C51" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.21</x:v>
       </x:c>
       <x:c r="D51" s="0">
-        <x:v>26585.724</x:v>
+        <x:v>25862.135</x:v>
       </x:c>
       <x:c r="E51" s="0">
-        <x:v>25686.69</x:v>
+        <x:v>24987.57</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5">
       <x:c r="A52" s="1">
-        <x:v>46001.927025463</x:v>
+        <x:v>46038.9243171296</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C52" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D52" s="0">
-        <x:v>26678.277</x:v>
+        <x:v>26422.784</x:v>
       </x:c>
       <x:c r="E52" s="0">
-        <x:v>25776.44</x:v>
+        <x:v>25529.26</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5">
       <x:c r="A53" s="1">
-        <x:v>46001.3340509259</x:v>
+        <x:v>46037.9280671296</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C53" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D53" s="0">
-        <x:v>26566.756</x:v>
+        <x:v>26441.218</x:v>
       </x:c>
       <x:c r="E53" s="0">
-        <x:v>25668.69</x:v>
+        <x:v>25547.07</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5">
       <x:c r="A54" s="1">
-        <x:v>46000.9275810185</x:v>
+        <x:v>46036.9272800926</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C54" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D54" s="0">
-        <x:v>26566.919</x:v>
+        <x:v>26355.578</x:v>
       </x:c>
       <x:c r="E54" s="0">
-        <x:v>25668.69</x:v>
+        <x:v>25465.94</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5">
       <x:c r="A55" s="1">
-        <x:v>46000.3338310185</x:v>
+        <x:v>46036.3275810185</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C55" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D55" s="0">
-        <x:v>26524.753</x:v>
+        <x:v>26641.249</x:v>
       </x:c>
       <x:c r="E55" s="0">
-        <x:v>25627.95</x:v>
+        <x:v>25741.95</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5">
       <x:c r="A56" s="1">
-        <x:v>45999.3304282407</x:v>
+        <x:v>46035.9279166667</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C56" s="0">
-        <x:v>0.18</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D56" s="0">
-        <x:v>26589.356</x:v>
+        <x:v>26642.918</x:v>
       </x:c>
       <x:c r="E56" s="0">
-        <x:v>25692.05</x:v>
+        <x:v>25741.95</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:5">
       <x:c r="A57" s="1">
-        <x:v>45996.9307407407</x:v>
+        <x:v>46034.9278935185</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C57" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D57" s="0">
-        <x:v>26588.281</x:v>
+        <x:v>26690.228</x:v>
       </x:c>
       <x:c r="E57" s="0">
-        <x:v>25692.05</x:v>
+        <x:v>25787.66</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:5">
       <x:c r="A58" s="1">
-        <x:v>45996.3408333333</x:v>
+        <x:v>46031.9291666667</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C58" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D58" s="0">
-        <x:v>26474.069</x:v>
+        <x:v>26667.52</x:v>
       </x:c>
       <x:c r="E58" s="0">
-        <x:v>25581.7</x:v>
+        <x:v>25766.26</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:5">
       <x:c r="A59" s="1">
-        <x:v>45995.9303009259</x:v>
+        <x:v>46031.324837963</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C59" s="0">
-        <x:v>0.2</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D59" s="0">
-        <x:v>26475.657</x:v>
+        <x:v>26399.289</x:v>
       </x:c>
       <x:c r="E59" s="0">
-        <x:v>25581.7</x:v>
+        <x:v>25507.1</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:5">
       <x:c r="A60" s="1">
-        <x:v>45995.3278587963</x:v>
+        <x:v>46030.927025463</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C60" s="0">
-        <x:v>0.2</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D60" s="0">
-        <x:v>26501.366</x:v>
+        <x:v>26399.848</x:v>
       </x:c>
       <x:c r="E60" s="0">
-        <x:v>25606.54</x:v>
+        <x:v>25507.1</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:5">
       <x:c r="A61" s="1">
-        <x:v>45994.9276967593</x:v>
+        <x:v>46029.9278935185</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C61" s="0">
-        <x:v>0.2</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D61" s="0">
-        <x:v>26501.261</x:v>
+        <x:v>26551.786</x:v>
       </x:c>
       <x:c r="E61" s="0">
-        <x:v>25606.54</x:v>
+        <x:v>25653.9</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:5">
       <x:c r="A62" s="1">
-        <x:v>45994.3371875</x:v>
+        <x:v>46028.9271759259</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C62" s="0">
-        <x:v>0.2</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D62" s="0">
-        <x:v>26448.807</x:v>
+        <x:v>26537.1</x:v>
       </x:c>
       <x:c r="E62" s="0">
-        <x:v>25555.86</x:v>
+        <x:v>25639.71</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:5">
       <x:c r="A63" s="1">
-        <x:v>45993.9303240741</x:v>
+        <x:v>46027.9296064815</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C63" s="0">
-        <x:v>0.21</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D63" s="0">
-        <x:v>26450.315</x:v>
+        <x:v>26290.366</x:v>
       </x:c>
       <x:c r="E63" s="0">
-        <x:v>25555.86</x:v>
+        <x:v>25401.32</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:5">
       <x:c r="A64" s="1">
-        <x:v>45992.9296990741</x:v>
+        <x:v>46024.9271875</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C64" s="0">
-        <x:v>0.25</x:v>
+        <x:v>0.21</x:v>
       </x:c>
       <x:c r="D64" s="0">
-        <x:v>26229.849</x:v>
+        <x:v>26085.56</x:v>
       </x:c>
       <x:c r="E64" s="0">
-        <x:v>25342.849</x:v>
+        <x:v>25206.17</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:5">
       <x:c r="A65" s="1">
-        <x:v>45989.8197106481</x:v>
+        <x:v>46024.2881712963</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C65" s="0">
-        <x:v>0.23</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D65" s="0">
-        <x:v>26324.162</x:v>
+        <x:v>26350.923</x:v>
       </x:c>
       <x:c r="E65" s="0">
-        <x:v>25434.889</x:v>
+        <x:v>25462.56</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:5">
       <x:c r="A66" s="1">
-        <x:v>45989.3082638889</x:v>
+        <x:v>46022.3246412037</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C66" s="0">
-        <x:v>0.26</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D66" s="0">
-        <x:v>26119.284</x:v>
+        <x:v>26353.75</x:v>
       </x:c>
       <x:c r="E66" s="0">
-        <x:v>25236.939</x:v>
+        <x:v>25462.56</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:5">
       <x:c r="A67" s="1">
-        <x:v>45987.9265509259</x:v>
+        <x:v>46021.9269560185</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C67" s="0">
-        <x:v>0.28</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D67" s="0">
-        <x:v>26118.712</x:v>
+        <x:v>26353.75</x:v>
       </x:c>
       <x:c r="E67" s="0">
-        <x:v>25236.939</x:v>
+        <x:v>25462.56</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:5">
       <x:c r="A68" s="1">
-        <x:v>45987.319537037</x:v>
+        <x:v>46020.9273611111</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C68" s="0">
-        <x:v>0.3</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D68" s="0">
-        <x:v>25892.483</x:v>
+        <x:v>26418.305</x:v>
       </x:c>
       <x:c r="E68" s="0">
-        <x:v>25018.36</x:v>
+        <x:v>25525.56</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:5">
       <x:c r="A69" s="1">
-        <x:v>45986.9250347222</x:v>
+        <x:v>46020.3323611111</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C69" s="0">
-        <x:v>0.33</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D69" s="0">
-        <x:v>25893.893</x:v>
+        <x:v>26482.754</x:v>
       </x:c>
       <x:c r="E69" s="0">
-        <x:v>25018.36</x:v>
+        <x:v>25587.83</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:5">
       <x:c r="A70" s="1">
-        <x:v>45986.3107407407</x:v>
+        <x:v>46015.3842824074</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C70" s="0">
-        <x:v>0.38</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D70" s="0">
-        <x:v>25744.325</x:v>
+        <x:v>26483.404</x:v>
       </x:c>
       <x:c r="E70" s="0">
-        <x:v>24873.85</x:v>
+        <x:v>25587.83</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:5">
       <x:c r="A71" s="1">
-        <x:v>45985.3068518518</x:v>
+        <x:v>46014.9278356481</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C71" s="0">
-        <x:v>0.66</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D71" s="0">
-        <x:v>25087.633</x:v>
+        <x:v>26483.404</x:v>
       </x:c>
       <x:c r="E71" s="0">
-        <x:v>24239.573</x:v>
+        <x:v>25587.83</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:5">
       <x:c r="A72" s="1">
-        <x:v>45982.9249074074</x:v>
+        <x:v>46013.9284837963</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C72" s="0">
-        <x:v>0.79</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D72" s="0">
-        <x:v>25086.261</x:v>
+        <x:v>26350.138</x:v>
       </x:c>
       <x:c r="E72" s="0">
-        <x:v>24239.573</x:v>
+        <x:v>25461.7</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:5">
       <x:c r="A73" s="1">
-        <x:v>45982.3124884259</x:v>
+        <x:v>46013.296712963</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C73" s="0">
-        <x:v>0.9</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D73" s="0">
-        <x:v>24894.587</x:v>
+        <x:v>26230.575</x:v>
       </x:c>
       <x:c r="E73" s="0">
-        <x:v>24054.38</x:v>
+        <x:v>25346.18</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:5">
       <x:c r="A74" s="1">
-        <x:v>45981.9259027778</x:v>
+        <x:v>46010.9275810185</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C74" s="0">
-        <x:v>0.93</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D74" s="0">
-        <x:v>24891.795</x:v>
+        <x:v>26233.296</x:v>
       </x:c>
       <x:c r="E74" s="0">
-        <x:v>24054.38</x:v>
+        <x:v>25346.18</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:5">
       <x:c r="A75" s="1">
-        <x:v>45981.3119675926</x:v>
+        <x:v>46009.930787037</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C75" s="0">
-        <x:v>0.4</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="D75" s="0">
-        <x:v>25498.445</x:v>
+        <x:v>25895.048</x:v>
       </x:c>
       <x:c r="E75" s="0">
-        <x:v>24640.515</x:v>
+        <x:v>25019.37</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:5">
       <x:c r="A76" s="1">
-        <x:v>45980.926412037</x:v>
+        <x:v>46008.9275925926</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C76" s="0">
-        <x:v>0.63</x:v>
+        <x:v>0.37</x:v>
       </x:c>
       <x:c r="D76" s="0">
-        <x:v>25502.756</x:v>
+        <x:v>25510.276</x:v>
       </x:c>
       <x:c r="E76" s="0">
-        <x:v>24640.515</x:v>
+        <x:v>24647.61</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:5">
       <x:c r="A77" s="1">
-        <x:v>45979.9258680556</x:v>
+        <x:v>46007.9277662037</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C77" s="0">
-        <x:v>0.71</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D77" s="0">
-        <x:v>25360.149</x:v>
+        <x:v>26012.593</x:v>
       </x:c>
       <x:c r="E77" s="0">
-        <x:v>24503.096</x:v>
+        <x:v>25132.94</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:5">
       <x:c r="A78" s="1">
-        <x:v>45979.3133912037</x:v>
+        <x:v>46006.9271064815</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C78" s="0">
-        <x:v>0.64</x:v>
+        <x:v>0.28</x:v>
       </x:c>
       <x:c r="D78" s="0">
-        <x:v>25667.36</x:v>
+        <x:v>25942.63</x:v>
       </x:c>
       <x:c r="E78" s="0">
-        <x:v>24799.918</x:v>
+        <x:v>25067.27</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:5">
       <x:c r="A79" s="1">
-        <x:v>45978.9281365741</x:v>
+        <x:v>46006.3081018518</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C79" s="0">
-        <x:v>0.57</x:v>
+        <x:v>0.24</x:v>
       </x:c>
       <x:c r="D79" s="0">
-        <x:v>25667.423</x:v>
+        <x:v>26076.621</x:v>
       </x:c>
       <x:c r="E79" s="0">
-        <x:v>24799.918</x:v>
+        <x:v>25196.73</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:5">
       <x:c r="A80" s="1">
-        <x:v>45978.3022453704</x:v>
+        <x:v>46003.9269907407</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C80" s="0">
-        <x:v>0.43</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="D80" s="0">
-        <x:v>25883.038</x:v>
+        <x:v>26077.704</x:v>
       </x:c>
       <x:c r="E80" s="0">
-        <x:v>25008.242</x:v>
+        <x:v>25196.73</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:5">
       <x:c r="A81" s="1">
-        <x:v>45975.9257986111</x:v>
+        <x:v>46003.3313773148</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C81" s="0">
-        <x:v>0.49</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D81" s="0">
-        <x:v>25880.486</x:v>
+        <x:v>26584.812</x:v>
       </x:c>
       <x:c r="E81" s="0">
-        <x:v>25008.242</x:v>
+        <x:v>25686.69</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:5">
       <x:c r="A82" s="1">
-        <x:v>45975.3077546296</x:v>
+        <x:v>46002.9320023148</x:v>
       </x:c>
       <x:c r="B82" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C82" s="0">
-        <x:v>0.49</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D82" s="0">
-        <x:v>25865.19</x:v>
+        <x:v>26585.724</x:v>
       </x:c>
       <x:c r="E82" s="0">
-        <x:v>24993.463</x:v>
+        <x:v>25686.69</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:5">
       <x:c r="A83" s="1">
-        <x:v>45974.924849537</x:v>
+        <x:v>46001.927025463</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C83" s="0">
-        <x:v>0.5</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D83" s="0">
-        <x:v>25867.851</x:v>
+        <x:v>26678.277</x:v>
       </x:c>
       <x:c r="E83" s="0">
-        <x:v>24993.463</x:v>
+        <x:v>25776.44</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:5">
       <x:c r="A84" s="1">
-        <x:v>45974.3773032407</x:v>
+        <x:v>46001.3340509259</x:v>
       </x:c>
       <x:c r="B84" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C84" s="0">
-        <x:v>0.33</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D84" s="0">
-        <x:v>26410.051</x:v>
+        <x:v>26566.756</x:v>
       </x:c>
       <x:c r="E84" s="0">
-        <x:v>25517.328</x:v>
+        <x:v>25668.69</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:5">
       <x:c r="A85" s="1">
-        <x:v>45974.3182638889</x:v>
+        <x:v>46000.9275810185</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C85" s="0">
-        <x:v>0.33</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D85" s="0">
-        <x:v>26410.051</x:v>
+        <x:v>26566.919</x:v>
       </x:c>
       <x:c r="E85" s="0">
-        <x:v>25517.328</x:v>
+        <x:v>25668.69</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:5">
       <x:c r="A86" s="1">
-        <x:v>45973.9253356481</x:v>
+        <x:v>46000.3338310185</x:v>
       </x:c>
       <x:c r="B86" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C86" s="0">
-        <x:v>0.35</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D86" s="0">
-        <x:v>26410.205</x:v>
+        <x:v>26524.753</x:v>
       </x:c>
       <x:c r="E86" s="0">
-        <x:v>25517.328</x:v>
+        <x:v>25627.95</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:5">
       <x:c r="A87" s="1">
-        <x:v>45973.3365393519</x:v>
+        <x:v>45999.3304282407</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C87" s="0">
-        <x:v>0.31</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D87" s="0">
-        <x:v>26426.929</x:v>
+        <x:v>26589.356</x:v>
       </x:c>
       <x:c r="E87" s="0">
-        <x:v>25533.486</x:v>
+        <x:v>25692.05</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:5">
       <x:c r="A88" s="1">
-        <x:v>45972.9253240741</x:v>
+        <x:v>45996.9307407407</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C88" s="0">
-        <x:v>0.35</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D88" s="0">
-        <x:v>26427.158</x:v>
+        <x:v>26588.281</x:v>
       </x:c>
       <x:c r="E88" s="0">
-        <x:v>25533.486</x:v>
+        <x:v>25692.05</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:5">
       <x:c r="A89" s="1">
-        <x:v>45971.9253703704</x:v>
+        <x:v>45996.3408333333</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C89" s="0">
-        <x:v>0.33</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D89" s="0">
-        <x:v>26504.865</x:v>
+        <x:v>26474.069</x:v>
       </x:c>
       <x:c r="E89" s="0">
-        <x:v>25611.737</x:v>
+        <x:v>25581.7</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:5">
       <x:c r="A90" s="1">
-        <x:v>45971.2992708333</x:v>
+        <x:v>45995.9303009259</x:v>
       </x:c>
       <x:c r="B90" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C90" s="0">
-        <x:v>0.44</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D90" s="0">
-        <x:v>25933.618</x:v>
+        <x:v>26475.657</x:v>
       </x:c>
       <x:c r="E90" s="0">
-        <x:v>25059.808</x:v>
+        <x:v>25581.7</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:5">
       <x:c r="A91" s="1">
-        <x:v>45968.9253935185</x:v>
+        <x:v>45995.3278587963</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C91" s="0">
-        <x:v>0.59</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D91" s="0">
-        <x:v>25936.387</x:v>
+        <x:v>26501.366</x:v>
       </x:c>
       <x:c r="E91" s="0">
-        <x:v>25059.808</x:v>
+        <x:v>25606.54</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:5">
       <x:c r="A92" s="1">
-        <x:v>45968.3147337963</x:v>
+        <x:v>45994.9276967593</x:v>
       </x:c>
       <x:c r="B92" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C92" s="0">
-        <x:v>0.52</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D92" s="0">
-        <x:v>26009.079</x:v>
+        <x:v>26501.261</x:v>
       </x:c>
       <x:c r="E92" s="0">
-        <x:v>25130.042</x:v>
+        <x:v>25606.54</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:5">
       <x:c r="A93" s="1">
-        <x:v>45967.9277893519</x:v>
+        <x:v>45994.3371875</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C93" s="0">
-        <x:v>0.55</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D93" s="0">
-        <x:v>26009.594</x:v>
+        <x:v>26448.807</x:v>
       </x:c>
       <x:c r="E93" s="0">
-        <x:v>25130.042</x:v>
+        <x:v>25555.86</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:5">
       <x:c r="A94" s="1">
-        <x:v>45966.9253587963</x:v>
+        <x:v>45993.9303240741</x:v>
       </x:c>
       <x:c r="B94" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C94" s="0">
-        <x:v>0.4</x:v>
+        <x:v>0.21</x:v>
       </x:c>
       <x:c r="D94" s="0">
-        <x:v>26516.732</x:v>
+        <x:v>26450.315</x:v>
       </x:c>
       <x:c r="E94" s="0">
-        <x:v>25620.031</x:v>
+        <x:v>25555.86</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:5">
       <x:c r="A95" s="1">
-        <x:v>45965.9236921296</x:v>
+        <x:v>45992.9296990741</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C95" s="0">
-        <x:v>0.47</x:v>
+        <x:v>0.25</x:v>
       </x:c>
       <x:c r="D95" s="0">
-        <x:v>26325.654</x:v>
+        <x:v>26229.849</x:v>
       </x:c>
       <x:c r="E95" s="0">
-        <x:v>25435.704</x:v>
+        <x:v>25342.849</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:5">
       <x:c r="A96" s="1">
-        <x:v>45965.3316550926</x:v>
+        <x:v>45989.8197106481</x:v>
       </x:c>
       <x:c r="B96" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C96" s="0">
-        <x:v>0.41</x:v>
+        <x:v>0.23</x:v>
       </x:c>
       <x:c r="D96" s="0">
-        <x:v>26881.696</x:v>
+        <x:v>26324.162</x:v>
       </x:c>
       <x:c r="E96" s="0">
-        <x:v>25972.943</x:v>
+        <x:v>25434.889</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:5">
       <x:c r="A97" s="1">
-        <x:v>45964.9227893519</x:v>
+        <x:v>45989.3082638889</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C97" s="0">
-        <x:v>0.33</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="D97" s="0">
-        <x:v>26881.996</x:v>
+        <x:v>26119.284</x:v>
       </x:c>
       <x:c r="E97" s="0">
-        <x:v>25972.943</x:v>
+        <x:v>25236.939</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:5">
       <x:c r="A98" s="1">
-        <x:v>45961.8818981481</x:v>
+        <x:v>45987.9265509259</x:v>
       </x:c>
       <x:c r="B98" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C98" s="0">
-        <x:v>0.36</x:v>
+        <x:v>0.28</x:v>
       </x:c>
       <x:c r="D98" s="0">
-        <x:v>26760.688</x:v>
+        <x:v>26118.712</x:v>
       </x:c>
       <x:c r="E98" s="0">
-        <x:v>25858.126</x:v>
+        <x:v>25236.939</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:5">
       <x:c r="A99" s="1">
-        <x:v>45961.3396180556</x:v>
+        <x:v>45987.319537037</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C99" s="0">
-        <x:v>0.31</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="D99" s="0">
-        <x:v>26633.06</x:v>
+        <x:v>25892.483</x:v>
       </x:c>
       <x:c r="E99" s="0">
-        <x:v>25734.813</x:v>
+        <x:v>25018.36</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:5">
       <x:c r="A100" s="1">
-        <x:v>45960.8841435185</x:v>
+        <x:v>45986.9250347222</x:v>
       </x:c>
       <x:c r="B100" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C100" s="0">
-        <x:v>0.4</x:v>
+        <x:v>0.33</x:v>
       </x:c>
       <x:c r="D100" s="0">
-        <x:v>26635.532</x:v>
+        <x:v>25893.893</x:v>
       </x:c>
       <x:c r="E100" s="0">
-        <x:v>25734.813</x:v>
+        <x:v>25018.36</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:5">
       <x:c r="A101" s="1">
-        <x:v>45959.8897916667</x:v>
+        <x:v>45986.3107407407</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C101" s="0">
-        <x:v>0.31</x:v>
+        <x:v>0.38</x:v>
       </x:c>
       <x:c r="D101" s="0">
-        <x:v>27033.832</x:v>
+        <x:v>25744.325</x:v>
       </x:c>
       <x:c r="E101" s="0">
-        <x:v>26119.846</x:v>
+        <x:v>24873.85</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:5">
       <x:c r="A102" s="1">
-        <x:v>45959.3231944444</x:v>
+        <x:v>45985.3068518518</x:v>
       </x:c>
       <x:c r="B102" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C102" s="0">
-        <x:v>0.3</x:v>
+        <x:v>0.66</x:v>
       </x:c>
       <x:c r="D102" s="0">
-        <x:v>26922.372</x:v>
+        <x:v>25087.633</x:v>
       </x:c>
       <x:c r="E102" s="0">
-        <x:v>26012.155</x:v>
+        <x:v>24239.573</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:5">
       <x:c r="A103" s="1">
-        <x:v>45958.8875115741</x:v>
+        <x:v>45982.9249074074</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C103" s="0">
-        <x:v>0.34</x:v>
+        <x:v>0.79</x:v>
       </x:c>
       <x:c r="D103" s="0">
-        <x:v>26922.246</x:v>
+        <x:v>25086.261</x:v>
       </x:c>
       <x:c r="E103" s="0">
-        <x:v>26012.155</x:v>
+        <x:v>24239.573</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:5">
       <x:c r="A104" s="1">
-        <x:v>45958.3305902778</x:v>
+        <x:v>45982.3124884259</x:v>
       </x:c>
       <x:c r="B104" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C104" s="0">
-        <x:v>0.39</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="D104" s="0">
-        <x:v>26724.96</x:v>
+        <x:v>24894.587</x:v>
       </x:c>
       <x:c r="E104" s="0">
-        <x:v>25821.54</x:v>
+        <x:v>24054.38</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:5">
       <x:c r="A105" s="1">
-        <x:v>45957.8875578704</x:v>
+        <x:v>45981.9259027778</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C105" s="0">
-        <x:v>0.39</x:v>
+        <x:v>0.93</x:v>
       </x:c>
       <x:c r="D105" s="0">
-        <x:v>26725.3</x:v>
+        <x:v>24891.795</x:v>
       </x:c>
       <x:c r="E105" s="0">
-        <x:v>25821.546</x:v>
+        <x:v>24054.38</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:5">
       <x:c r="A106" s="1">
-        <x:v>45954.9259259259</x:v>
+        <x:v>45981.3119675926</x:v>
       </x:c>
       <x:c r="B106" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C106" s="0">
-        <x:v>0.62</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="D106" s="0">
-        <x:v>26245.676</x:v>
+        <x:v>25498.445</x:v>
       </x:c>
       <x:c r="E106" s="0">
-        <x:v>25358.162</x:v>
+        <x:v>24640.515</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:5">
       <x:c r="A107" s="1">
-        <x:v>45954.3348148148</x:v>
+        <x:v>45980.926412037</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C107" s="0">
-        <x:v>0.72</x:v>
+        <x:v>0.63</x:v>
       </x:c>
       <x:c r="D107" s="0">
-        <x:v>25975.803</x:v>
+        <x:v>25502.756</x:v>
       </x:c>
       <x:c r="E107" s="0">
-        <x:v>25097.415</x:v>
+        <x:v>24640.515</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:5">
       <x:c r="A108" s="1">
-        <x:v>45953.9278009259</x:v>
+        <x:v>45979.9258680556</x:v>
       </x:c>
       <x:c r="B108" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C108" s="0">
-        <x:v>0.78</x:v>
+        <x:v>0.71</x:v>
       </x:c>
       <x:c r="D108" s="0">
-        <x:v>25975.824</x:v>
+        <x:v>25360.149</x:v>
       </x:c>
       <x:c r="E108" s="0">
-        <x:v>25097.415</x:v>
+        <x:v>24503.096</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:5">
       <x:c r="A109" s="1">
-        <x:v>45952.9303703704</x:v>
+        <x:v>45979.3133912037</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C109" s="0">
-        <x:v>0.94</x:v>
+        <x:v>0.64</x:v>
       </x:c>
       <x:c r="D109" s="0">
-        <x:v>25749.77</x:v>
+        <x:v>25667.36</x:v>
       </x:c>
       <x:c r="E109" s="0">
-        <x:v>24879.005</x:v>
+        <x:v>24799.918</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:5">
       <x:c r="A110" s="1">
-        <x:v>45951.9269444444</x:v>
+        <x:v>45978.9281365741</x:v>
       </x:c>
       <x:c r="B110" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C110" s="0">
-        <x:v>0.79</x:v>
+        <x:v>0.57</x:v>
       </x:c>
       <x:c r="D110" s="0">
-        <x:v>26006.581</x:v>
+        <x:v>25667.423</x:v>
       </x:c>
       <x:c r="E110" s="0">
-        <x:v>25127.131</x:v>
+        <x:v>24799.918</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:5">
       <x:c r="A111" s="1">
-        <x:v>45950.9289814815</x:v>
+        <x:v>45978.3022453704</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C111" s="0">
-        <x:v>0.78</x:v>
+        <x:v>0.43</x:v>
       </x:c>
       <x:c r="D111" s="0">
-        <x:v>26020.954</x:v>
+        <x:v>25883.038</x:v>
       </x:c>
       <x:c r="E111" s="0">
-        <x:v>25141.018</x:v>
+        <x:v>25008.242</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:5">
       <x:c r="A112" s="1">
-        <x:v>45947.9299768519</x:v>
+        <x:v>45975.9257986111</x:v>
       </x:c>
       <x:c r="B112" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C112" s="0">
-        <x:v>1.05</x:v>
+        <x:v>0.49</x:v>
       </x:c>
       <x:c r="D112" s="0">
-        <x:v>25686.581</x:v>
+        <x:v>25880.486</x:v>
       </x:c>
       <x:c r="E112" s="0">
-        <x:v>24817.953</x:v>
+        <x:v>25008.242</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:5">
       <x:c r="A113" s="1">
-        <x:v>45946.9262037037</x:v>
+        <x:v>45975.3077546296</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C113" s="0">
-        <x:v>1.2</x:v>
+        <x:v>0.49</x:v>
       </x:c>
       <x:c r="D113" s="0">
-        <x:v>25520.244</x:v>
+        <x:v>25865.19</x:v>
       </x:c>
       <x:c r="E113" s="0">
-        <x:v>24657.241</x:v>
+        <x:v>24993.463</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:5">
       <x:c r="A114" s="1">
-        <x:v>45945.9257175926</x:v>
+        <x:v>45974.924849537</x:v>
       </x:c>
       <x:c r="B114" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C114" s="0">
-        <x:v>1.12</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="D114" s="0">
-        <x:v>25611.446</x:v>
+        <x:v>25867.851</x:v>
       </x:c>
       <x:c r="E114" s="0">
-        <x:v>24745.358</x:v>
+        <x:v>24993.463</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:5">
       <x:c r="A115" s="1">
-        <x:v>45944.9308101852</x:v>
+        <x:v>45974.3773032407</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C115" s="0">
-        <x:v>1.3</x:v>
+        <x:v>0.33</x:v>
       </x:c>
       <x:c r="D115" s="0">
-        <x:v>25439.593</x:v>
+        <x:v>26410.051</x:v>
       </x:c>
       <x:c r="E115" s="0">
-        <x:v>24579.317</x:v>
+        <x:v>25517.328</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:5">
       <x:c r="A116" s="1">
-        <x:v>45943.926724537</x:v>
+        <x:v>45974.3182638889</x:v>
       </x:c>
       <x:c r="B116" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C116" s="0">
-        <x:v>1.14</x:v>
+        <x:v>0.33</x:v>
       </x:c>
       <x:c r="D116" s="0">
-        <x:v>25616.511</x:v>
+        <x:v>26410.051</x:v>
       </x:c>
       <x:c r="E116" s="0">
-        <x:v>24750.252</x:v>
+        <x:v>25517.328</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:5">
       <x:c r="A117" s="1">
-        <x:v>45940.9235069444</x:v>
+        <x:v>45973.9253356481</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C117" s="0">
-        <x:v>2.01</x:v>
+        <x:v>0.35</x:v>
       </x:c>
       <x:c r="D117" s="0">
-        <x:v>25069.438</x:v>
+        <x:v>26410.205</x:v>
       </x:c>
       <x:c r="E117" s="0">
-        <x:v>24221.745</x:v>
+        <x:v>25517.328</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:5">
       <x:c r="A118" s="1">
-        <x:v>45940.3355092593</x:v>
+        <x:v>45973.3365393519</x:v>
       </x:c>
       <x:c r="B118" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C118" s="0">
-        <x:v>1.14</x:v>
+        <x:v>0.31</x:v>
       </x:c>
       <x:c r="D118" s="0">
-        <x:v>25976.548</x:v>
+        <x:v>26426.929</x:v>
       </x:c>
       <x:c r="E118" s="0">
-        <x:v>25098.18</x:v>
+        <x:v>25533.486</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:5">
       <x:c r="A119" s="1">
-        <x:v>45939.3272800926</x:v>
+        <x:v>45972.9253240741</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C119" s="0">
-        <x:v>1.14</x:v>
+        <x:v>0.35</x:v>
       </x:c>
       <x:c r="D119" s="0">
-        <x:v>26015.962</x:v>
+        <x:v>26427.158</x:v>
       </x:c>
       <x:c r="E119" s="0">
-        <x:v>25136.623</x:v>
+        <x:v>25533.486</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:5">
       <x:c r="A120" s="1">
-        <x:v>45938.9270833333</x:v>
+        <x:v>45971.9253703704</x:v>
       </x:c>
       <x:c r="B120" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C120" s="0">
-        <x:v>1.15</x:v>
+        <x:v>0.33</x:v>
       </x:c>
       <x:c r="D120" s="0">
-        <x:v>26016.405</x:v>
+        <x:v>26504.865</x:v>
       </x:c>
       <x:c r="E120" s="0">
-        <x:v>25136.623</x:v>
+        <x:v>25611.737</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:5">
       <x:c r="A121" s="1">
-        <x:v>45937.9282291667</x:v>
+        <x:v>45971.2992708333</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C121" s="0">
-        <x:v>1.5</x:v>
+        <x:v>0.44</x:v>
       </x:c>
       <x:c r="D121" s="0">
-        <x:v>25709.635</x:v>
+        <x:v>25933.618</x:v>
       </x:c>
       <x:c r="E121" s="0">
-        <x:v>24840.227</x:v>
+        <x:v>25059.808</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:5">
       <x:c r="A122" s="1">
-        <x:v>45936.9241319444</x:v>
+        <x:v>45968.9253935185</x:v>
       </x:c>
       <x:c r="B122" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C122" s="0">
-        <x:v>1.35</x:v>
+        <x:v>0.59</x:v>
       </x:c>
       <x:c r="D122" s="0">
-        <x:v>25852.808</x:v>
+        <x:v>25936.387</x:v>
       </x:c>
       <x:c r="E122" s="0">
-        <x:v>24978.558</x:v>
+        <x:v>25059.808</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:5">
       <x:c r="A123" s="1">
-        <x:v>45933.9288425926</x:v>
+        <x:v>45968.3147337963</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C123" s="0">
-        <x:v>1.59</x:v>
+        <x:v>0.52</x:v>
       </x:c>
       <x:c r="D123" s="0">
-        <x:v>25650.578</x:v>
+        <x:v>26009.079</x:v>
       </x:c>
       <x:c r="E123" s="0">
-        <x:v>24785.522</x:v>
+        <x:v>25130.042</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:5">
       <x:c r="A124" s="1">
-        <x:v>45933.331087963</x:v>
+        <x:v>45967.9277893519</x:v>
       </x:c>
       <x:c r="B124" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C124" s="0">
-        <x:v>1.37</x:v>
+        <x:v>0.55</x:v>
       </x:c>
       <x:c r="D124" s="0">
-        <x:v>25761.574</x:v>
+        <x:v>26009.594</x:v>
       </x:c>
       <x:c r="E124" s="0">
-        <x:v>24892.764</x:v>
+        <x:v>25130.042</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:5">
       <x:c r="A125" s="1">
-        <x:v>45932.9250925926</x:v>
+        <x:v>45966.9253587963</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C125" s="0">
-        <x:v>1.47</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="D125" s="0">
-        <x:v>25764.011</x:v>
+        <x:v>26516.732</x:v>
       </x:c>
       <x:c r="E125" s="0">
-        <x:v>24892.764</x:v>
+        <x:v>25620.031</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:5">
       <x:c r="A126" s="1">
-        <x:v>45931.9294097222</x:v>
+        <x:v>45965.9236921296</x:v>
       </x:c>
       <x:c r="B126" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C126" s="0">
-        <x:v>1.59</x:v>
+        <x:v>0.47</x:v>
       </x:c>
       <x:c r="D126" s="0">
-        <x:v>25667.285</x:v>
+        <x:v>26325.654</x:v>
       </x:c>
       <x:c r="E126" s="0">
-        <x:v>24800.863</x:v>
+        <x:v>25435.704</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:5">
       <x:c r="A127" s="1">
-        <x:v>45931.3342361111</x:v>
+        <x:v>45965.3316550926</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C127" s="0">
-        <x:v>1.94</x:v>
+        <x:v>0.41</x:v>
       </x:c>
       <x:c r="D127" s="0">
-        <x:v>25542.179</x:v>
+        <x:v>26881.696</x:v>
       </x:c>
       <x:c r="E127" s="0">
-        <x:v>24679.988</x:v>
+        <x:v>25972.943</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:5">
       <x:c r="A128" s="1">
-        <x:v>45930.933900463</x:v>
+        <x:v>45964.9227893519</x:v>
       </x:c>
       <x:c r="B128" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C128" s="0">
-        <x:v>1.76</x:v>
+        <x:v>0.33</x:v>
       </x:c>
       <x:c r="D128" s="0">
-        <x:v>25542.931</x:v>
+        <x:v>26881.996</x:v>
       </x:c>
       <x:c r="E128" s="0">
-        <x:v>24679.988</x:v>
+        <x:v>25972.943</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:5">
       <x:c r="A129" s="1">
-        <x:v>45930.3326736111</x:v>
+        <x:v>45961.8818981481</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C129" s="0">
-        <x:v>1.85</x:v>
+        <x:v>0.36</x:v>
       </x:c>
       <x:c r="D129" s="0">
-        <x:v>25471.893</x:v>
+        <x:v>26760.688</x:v>
       </x:c>
       <x:c r="E129" s="0">
-        <x:v>24611.352</x:v>
+        <x:v>25858.126</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:5">
       <x:c r="A130" s="1">
-        <x:v>45929.9324074074</x:v>
+        <x:v>45961.3396180556</x:v>
       </x:c>
       <x:c r="B130" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C130" s="0">
-        <x:v>1.86</x:v>
+        <x:v>0.31</x:v>
       </x:c>
       <x:c r="D130" s="0">
-        <x:v>25472.749</x:v>
+        <x:v>26633.06</x:v>
       </x:c>
       <x:c r="E130" s="0">
-        <x:v>24611.352</x:v>
+        <x:v>25734.813</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:5">
       <x:c r="A131" s="1">
-        <x:v>45926.9298611111</x:v>
+        <x:v>45960.8841435185</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C131" s="0">
-        <x:v>2.03</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="D131" s="0">
-        <x:v>25361.069</x:v>
+        <x:v>26635.532</x:v>
       </x:c>
       <x:c r="E131" s="0">
-        <x:v>24503.848</x:v>
+        <x:v>25734.813</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:5">
       <x:c r="A132" s="1">
-        <x:v>45926.3217824074</x:v>
+        <x:v>45959.8897916667</x:v>
       </x:c>
       <x:c r="B132" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C132" s="0">
-        <x:v>2.26</x:v>
+        <x:v>0.31</x:v>
       </x:c>
       <x:c r="D132" s="0">
-        <x:v>25250.803</x:v>
+        <x:v>27033.832</x:v>
       </x:c>
       <x:c r="E132" s="0">
-        <x:v>24397.311</x:v>
+        <x:v>26119.846</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:5">
       <x:c r="A133" s="1">
-        <x:v>45925.9294444444</x:v>
+        <x:v>45959.3231944444</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C133" s="0">
-        <x:v>2.23</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="D133" s="0">
-        <x:v>25251.217</x:v>
+        <x:v>26922.372</x:v>
       </x:c>
       <x:c r="E133" s="0">
-        <x:v>24397.311</x:v>
+        <x:v>26012.155</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:5">
       <x:c r="A134" s="1">
-        <x:v>45924.9296527778</x:v>
+        <x:v>45958.8875115741</x:v>
       </x:c>
       <x:c r="B134" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C134" s="0">
-        <x:v>2.05</x:v>
+        <x:v>0.34</x:v>
       </x:c>
       <x:c r="D134" s="0">
-        <x:v>25360.756</x:v>
+        <x:v>26922.246</x:v>
       </x:c>
       <x:c r="E134" s="0">
-        <x:v>24503.567</x:v>
+        <x:v>26012.155</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:5">
       <x:c r="A135" s="1">
-        <x:v>45924.3777662037</x:v>
+        <x:v>45958.3305902778</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C135" s="0">
-        <x:v>1.81</x:v>
+        <x:v>0.39</x:v>
       </x:c>
       <x:c r="D135" s="0">
-        <x:v>25440.038</x:v>
+        <x:v>26724.96</x:v>
       </x:c>
       <x:c r="E135" s="0">
-        <x:v>24580.168</x:v>
+        <x:v>25821.54</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:5">
       <x:c r="A136" s="1">
-        <x:v>45923.9251967593</x:v>
+        <x:v>45957.8875578704</x:v>
       </x:c>
       <x:c r="B136" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C136" s="0">
-        <x:v>1.93</x:v>
+        <x:v>0.39</x:v>
       </x:c>
       <x:c r="D136" s="0">
-        <x:v>25440.474</x:v>
+        <x:v>26725.3</x:v>
       </x:c>
       <x:c r="E136" s="0">
-        <x:v>24580.168</x:v>
+        <x:v>25821.546</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:5">
       <x:c r="A137" s="1">
-        <x:v>45922.926712963</x:v>
+        <x:v>45954.9259259259</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C137" s="0">
-        <x:v>1.68</x:v>
+        <x:v>0.62</x:v>
       </x:c>
       <x:c r="D137" s="0">
-        <x:v>25624.635</x:v>
+        <x:v>26245.676</x:v>
       </x:c>
       <x:c r="E137" s="0">
-        <x:v>24761.074</x:v>
+        <x:v>25358.162</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:5">
       <x:c r="A138" s="1">
-        <x:v>45922.3338888889</x:v>
+        <x:v>45954.3348148148</x:v>
       </x:c>
       <x:c r="B138" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C138" s="0">
-        <x:v>1.92</x:v>
+        <x:v>0.72</x:v>
       </x:c>
       <x:c r="D138" s="0">
-        <x:v>25485.089</x:v>
+        <x:v>25975.803</x:v>
       </x:c>
       <x:c r="E138" s="0">
-        <x:v>24626.247</x:v>
+        <x:v>25097.415</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:5">
       <x:c r="A139" s="1">
-        <x:v>45919.9342592593</x:v>
+        <x:v>45953.9278009259</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C139" s="0">
-        <x:v>1.88</x:v>
+        <x:v>0.78</x:v>
       </x:c>
       <x:c r="D139" s="0">
-        <x:v>25488.166</x:v>
+        <x:v>25975.824</x:v>
       </x:c>
       <x:c r="E139" s="0">
-        <x:v>24626.247</x:v>
+        <x:v>25097.415</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:5">
       <x:c r="A140" s="1">
-        <x:v>45918.9265393519</x:v>
+        <x:v>45952.9303703704</x:v>
       </x:c>
       <x:c r="B140" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C140" s="0">
-        <x:v>2.19</x:v>
+        <x:v>0.94</x:v>
       </x:c>
       <x:c r="D140" s="0">
-        <x:v>25310.815</x:v>
+        <x:v>25749.77</x:v>
       </x:c>
       <x:c r="E140" s="0">
-        <x:v>24454.894</x:v>
+        <x:v>24879.005</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:5">
       <x:c r="A141" s="1">
-        <x:v>45917.9270486111</x:v>
+        <x:v>45951.9269444444</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C141" s="0">
-        <x:v>2.7</x:v>
+        <x:v>0.79</x:v>
       </x:c>
       <x:c r="D141" s="0">
-        <x:v>25071.178</x:v>
+        <x:v>26006.581</x:v>
       </x:c>
       <x:c r="E141" s="0">
-        <x:v>24223.687</x:v>
+        <x:v>25127.131</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:5">
       <x:c r="A142" s="1">
-        <x:v>45917.3258680556</x:v>
+        <x:v>45950.9289814815</x:v>
       </x:c>
       <x:c r="B142" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C142" s="0">
-        <x:v>2.62</x:v>
+        <x:v>0.78</x:v>
       </x:c>
       <x:c r="D142" s="0">
-        <x:v>25123.509</x:v>
+        <x:v>26020.954</x:v>
       </x:c>
       <x:c r="E142" s="0">
-        <x:v>24274.249</x:v>
+        <x:v>25141.018</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:5">
       <x:c r="A143" s="1">
-        <x:v>45916.9258912037</x:v>
+        <x:v>45947.9299768519</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C143" s="0">
-        <x:v>2.59</x:v>
+        <x:v>1.05</x:v>
       </x:c>
       <x:c r="D143" s="0">
-        <x:v>25123.848</x:v>
+        <x:v>25686.581</x:v>
       </x:c>
       <x:c r="E143" s="0">
-        <x:v>24274.249</x:v>
+        <x:v>24817.953</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:5">
       <x:c r="A144" s="1">
-        <x:v>45915.9270949074</x:v>
+        <x:v>45946.9262037037</x:v>
       </x:c>
       <x:c r="B144" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C144" s="0">
-        <x:v>2.55</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="D144" s="0">
-        <x:v>25142.247</x:v>
+        <x:v>25520.244</x:v>
       </x:c>
       <x:c r="E144" s="0">
-        <x:v>24293.781</x:v>
+        <x:v>24657.241</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:5">
       <x:c r="A145" s="1">
-        <x:v>45915.3170833333</x:v>
+        <x:v>45945.9257175926</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C145" s="0">
-        <x:v>3.02</x:v>
+        <x:v>1.12</x:v>
       </x:c>
       <x:c r="D145" s="0">
-        <x:v>24933.604</x:v>
+        <x:v>25611.446</x:v>
       </x:c>
       <x:c r="E145" s="0">
-        <x:v>24092.193</x:v>
+        <x:v>24745.358</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:5">
       <x:c r="A146" s="1">
-        <x:v>45912.9234375</x:v>
+        <x:v>45944.9308101852</x:v>
       </x:c>
       <x:c r="B146" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C146" s="0">
-        <x:v>3.05</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="D146" s="0">
-        <x:v>24934.594</x:v>
+        <x:v>25439.593</x:v>
       </x:c>
       <x:c r="E146" s="0">
-        <x:v>24092.193</x:v>
+        <x:v>24579.317</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:5">
       <x:c r="A147" s="1">
-        <x:v>45912.3096643519</x:v>
+        <x:v>45943.926724537</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C147" s="0">
-        <x:v>3.29</x:v>
+        <x:v>1.14</x:v>
       </x:c>
       <x:c r="D147" s="0">
-        <x:v>24831.476</x:v>
+        <x:v>25616.511</x:v>
       </x:c>
       <x:c r="E147" s="0">
-        <x:v>23992.562</x:v>
+        <x:v>24750.252</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:5">
       <x:c r="A148" s="1">
-        <x:v>45911.9251388889</x:v>
+        <x:v>45940.9235069444</x:v>
       </x:c>
       <x:c r="B148" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C148" s="0">
-        <x:v>3.32</x:v>
+        <x:v>2.01</x:v>
       </x:c>
       <x:c r="D148" s="0">
-        <x:v>24832.171</x:v>
+        <x:v>25069.438</x:v>
       </x:c>
       <x:c r="E148" s="0">
-        <x:v>23992.562</x:v>
+        <x:v>24221.745</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:5">
       <x:c r="A149" s="1">
-        <x:v>45911.3307986111</x:v>
+        <x:v>45940.3355092593</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C149" s="0">
-        <x:v>3.74</x:v>
+        <x:v>1.14</x:v>
       </x:c>
       <x:c r="D149" s="0">
-        <x:v>24683.863</x:v>
+        <x:v>25976.548</x:v>
       </x:c>
       <x:c r="E149" s="0">
-        <x:v>23849.27</x:v>
+        <x:v>25098.18</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:5">
       <x:c r="A150" s="1">
-        <x:v>45910.9239930556</x:v>
+        <x:v>45939.3272800926</x:v>
       </x:c>
       <x:c r="B150" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C150" s="0">
-        <x:v>3.77</x:v>
+        <x:v>1.14</x:v>
       </x:c>
       <x:c r="D150" s="0">
-        <x:v>24683.994</x:v>
+        <x:v>26015.962</x:v>
       </x:c>
       <x:c r="E150" s="0">
-        <x:v>23849.27</x:v>
+        <x:v>25136.623</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:5">
       <x:c r="A151" s="1">
-        <x:v>45909.9244907407</x:v>
+        <x:v>45938.9270833333</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C151" s="0">
-        <x:v>3.8</x:v>
+        <x:v>1.15</x:v>
       </x:c>
       <x:c r="D151" s="0">
-        <x:v>24674.013</x:v>
+        <x:v>26016.405</x:v>
       </x:c>
       <x:c r="E151" s="0">
-        <x:v>23839.796</x:v>
+        <x:v>25136.623</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:5">
       <x:c r="A152" s="1">
-        <x:v>45909.335462963</x:v>
+        <x:v>45937.9282291667</x:v>
       </x:c>
       <x:c r="B152" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C152" s="0">
-        <x:v>3.95</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="D152" s="0">
-        <x:v>24593.804</x:v>
+        <x:v>25709.635</x:v>
       </x:c>
       <x:c r="E152" s="0">
-        <x:v>23762.3</x:v>
+        <x:v>24840.227</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:5">
       <x:c r="A153" s="1">
-        <x:v>45908.9240393518</x:v>
+        <x:v>45936.9241319444</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C153" s="0">
-        <x:v>4.06</x:v>
+        <x:v>1.35</x:v>
       </x:c>
       <x:c r="D153" s="0">
-        <x:v>24592.708</x:v>
+        <x:v>25852.808</x:v>
       </x:c>
       <x:c r="E153" s="0">
-        <x:v>23762.3</x:v>
+        <x:v>24978.558</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:5">
       <x:c r="A154" s="1">
-        <x:v>45908.3013541667</x:v>
+        <x:v>45933.9288425926</x:v>
       </x:c>
       <x:c r="B154" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C154" s="0">
-        <x:v>4.3</x:v>
+        <x:v>1.59</x:v>
       </x:c>
       <x:c r="D154" s="0">
-        <x:v>24479.006</x:v>
+        <x:v>25650.578</x:v>
       </x:c>
       <x:c r="E154" s="0">
-        <x:v>23652.443</x:v>
+        <x:v>24785.522</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:5">
       <x:c r="A155" s="1">
-        <x:v>45905.9285763889</x:v>
+        <x:v>45933.331087963</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C155" s="0">
-        <x:v>4.46</x:v>
+        <x:v>1.37</x:v>
       </x:c>
       <x:c r="D155" s="0">
-        <x:v>24477.288</x:v>
+        <x:v>25761.574</x:v>
       </x:c>
       <x:c r="E155" s="0">
-        <x:v>23652.443</x:v>
+        <x:v>24892.764</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:5">
       <x:c r="A156" s="1">
-        <x:v>45905.3095023148</x:v>
+        <x:v>45932.9250925926</x:v>
       </x:c>
       <x:c r="B156" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C156" s="0">
-        <x:v>4.24</x:v>
+        <x:v>1.47</x:v>
       </x:c>
       <x:c r="D156" s="0">
-        <x:v>24457.178</x:v>
+        <x:v>25764.011</x:v>
       </x:c>
       <x:c r="E156" s="0">
-        <x:v>23633.013</x:v>
+        <x:v>24892.764</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:5">
       <x:c r="A157" s="1">
-        <x:v>45904.9245138889</x:v>
+        <x:v>45931.9294097222</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C157" s="0">
-        <x:v>4.54</x:v>
+        <x:v>1.59</x:v>
       </x:c>
       <x:c r="D157" s="0">
-        <x:v>24460.168</x:v>
+        <x:v>25667.285</x:v>
       </x:c>
       <x:c r="E157" s="0">
-        <x:v>23633.013</x:v>
+        <x:v>24800.863</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:5">
       <x:c r="A158" s="1">
-        <x:v>45904.3202083333</x:v>
+        <x:v>45931.3342361111</x:v>
       </x:c>
       <x:c r="B158" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C158" s="0">
-        <x:v>5.52</x:v>
+        <x:v>1.94</x:v>
       </x:c>
       <x:c r="D158" s="0">
-        <x:v>24234.358</x:v>
+        <x:v>25542.179</x:v>
       </x:c>
       <x:c r="E158" s="0">
-        <x:v>23414.839</x:v>
+        <x:v>24679.988</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:5">
       <x:c r="A159" s="1">
-        <x:v>45903.923587963</x:v>
+        <x:v>45930.933900463</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C159" s="0">
-        <x:v>5.58</x:v>
+        <x:v>1.76</x:v>
       </x:c>
       <x:c r="D159" s="0">
-        <x:v>24234.28</x:v>
+        <x:v>25542.931</x:v>
       </x:c>
       <x:c r="E159" s="0">
-        <x:v>23414.839</x:v>
+        <x:v>24679.988</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:5">
       <x:c r="A160" s="1">
-        <x:v>45903.3225115741</x:v>
+        <x:v>45930.3326736111</x:v>
       </x:c>
       <x:c r="B160" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C160" s="0">
-        <x:v>6.37</x:v>
+        <x:v>1.85</x:v>
       </x:c>
       <x:c r="D160" s="0">
-        <x:v>24044.119</x:v>
+        <x:v>25471.893</x:v>
       </x:c>
       <x:c r="E160" s="0">
-        <x:v>23231.108</x:v>
+        <x:v>24611.352</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:5">
       <x:c r="A161" s="1">
-        <x:v>45902.9238773148</x:v>
+        <x:v>45929.9324074074</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C161" s="0">
-        <x:v>6.62</x:v>
+        <x:v>1.86</x:v>
       </x:c>
       <x:c r="D161" s="0">
-        <x:v>24043.548</x:v>
+        <x:v>25472.749</x:v>
       </x:c>
       <x:c r="E161" s="0">
-        <x:v>23231.108</x:v>
+        <x:v>24611.352</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:5">
       <x:c r="A162" s="1">
-        <x:v>45902.3291898148</x:v>
+        <x:v>45926.9298611111</x:v>
       </x:c>
       <x:c r="B162" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C162" s="0">
-        <x:v>5.85</x:v>
+        <x:v>2.03</x:v>
       </x:c>
       <x:c r="D162" s="0">
-        <x:v>24234.31</x:v>
+        <x:v>25361.069</x:v>
       </x:c>
       <x:c r="E162" s="0">
-        <x:v>23415.42</x:v>
+        <x:v>24503.848</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:5">
       <x:c r="A163" s="1">
-        <x:v>45898.9303587963</x:v>
+        <x:v>45926.3217824074</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C163" s="0">
-        <x:v>5.7</x:v>
+        <x:v>2.26</x:v>
       </x:c>
       <x:c r="D163" s="0">
-        <x:v>24232.691</x:v>
+        <x:v>25250.803</x:v>
       </x:c>
       <x:c r="E163" s="0">
-        <x:v>23415.42</x:v>
+        <x:v>24397.311</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:5">
       <x:c r="A164" s="1">
-        <x:v>45898.3268402778</x:v>
+        <x:v>45925.9294444444</x:v>
       </x:c>
       <x:c r="B164" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C164" s="0">
-        <x:v>4.71</x:v>
+        <x:v>2.23</x:v>
       </x:c>
       <x:c r="D164" s="0">
-        <x:v>24530.802</x:v>
+        <x:v>25251.217</x:v>
       </x:c>
       <x:c r="E164" s="0">
-        <x:v>23703.45</x:v>
+        <x:v>24397.311</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:5">
       <x:c r="A165" s="1">
-        <x:v>45897.9274189815</x:v>
+        <x:v>45924.9296527778</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C165" s="0">
-        <x:v>4.59</x:v>
+        <x:v>2.05</x:v>
       </x:c>
       <x:c r="D165" s="0">
-        <x:v>24533.071</x:v>
+        <x:v>25360.756</x:v>
       </x:c>
       <x:c r="E165" s="0">
-        <x:v>23703.45</x:v>
+        <x:v>24503.567</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:5">
       <x:c r="A166" s="1">
-        <x:v>45896.9248032407</x:v>
+        <x:v>45924.3777662037</x:v>
       </x:c>
       <x:c r="B166" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C166" s="0">
-        <x:v>5.18</x:v>
+        <x:v>1.81</x:v>
       </x:c>
       <x:c r="D166" s="0">
-        <x:v>24390.588</x:v>
+        <x:v>25440.038</x:v>
       </x:c>
       <x:c r="E166" s="0">
-        <x:v>23565.846</x:v>
+        <x:v>24580.168</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:5">
       <x:c r="A167" s="1">
-        <x:v>45896.33375</x:v>
+        <x:v>45923.9251967593</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C167" s="0">
-        <x:v>5.31</x:v>
+        <x:v>1.93</x:v>
       </x:c>
       <x:c r="D167" s="0">
-        <x:v>24348.615</x:v>
+        <x:v>25440.474</x:v>
       </x:c>
       <x:c r="E167" s="0">
-        <x:v>23525.293</x:v>
+        <x:v>24580.168</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:5">
       <x:c r="A168" s="1">
-        <x:v>45895.9239351852</x:v>
+        <x:v>45922.926712963</x:v>
       </x:c>
       <x:c r="B168" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C168" s="0">
-        <x:v>5.36</x:v>
+        <x:v>1.68</x:v>
       </x:c>
       <x:c r="D168" s="0">
-        <x:v>24348.678</x:v>
+        <x:v>25624.635</x:v>
       </x:c>
       <x:c r="E168" s="0">
-        <x:v>23525.293</x:v>
+        <x:v>24761.074</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:5">
       <x:c r="A169" s="1">
-        <x:v>45894.9239583333</x:v>
+        <x:v>45922.3338888889</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C169" s="0">
-        <x:v>5.85</x:v>
+        <x:v>1.92</x:v>
       </x:c>
       <x:c r="D169" s="0">
-        <x:v>24245.392</x:v>
+        <x:v>25485.089</x:v>
       </x:c>
       <x:c r="E169" s="0">
-        <x:v>23425.605</x:v>
+        <x:v>24626.247</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:5">
       <x:c r="A170" s="1">
-        <x:v>45894.3297800926</x:v>
+        <x:v>45919.9342592593</x:v>
       </x:c>
       <x:c r="B170" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C170" s="0">
-        <x:v>5.54</x:v>
+        <x:v>1.88</x:v>
       </x:c>
       <x:c r="D170" s="0">
-        <x:v>24320.44</x:v>
+        <x:v>25488.166</x:v>
       </x:c>
       <x:c r="E170" s="0">
-        <x:v>23498.115</x:v>
+        <x:v>24626.247</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:5">
       <x:c r="A171" s="1">
-        <x:v>45891.9252314815</x:v>
+        <x:v>45918.9265393519</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C171" s="0">
-        <x:v>5.5</x:v>
+        <x:v>2.19</x:v>
       </x:c>
       <x:c r="D171" s="0">
-        <x:v>24318.534</x:v>
+        <x:v>25310.815</x:v>
       </x:c>
       <x:c r="E171" s="0">
-        <x:v>23498.115</x:v>
+        <x:v>24454.894</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:5">
       <x:c r="A172" s="1">
-        <x:v>45891.3279976852</x:v>
+        <x:v>45917.9270486111</x:v>
       </x:c>
       <x:c r="B172" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C172" s="0">
-        <x:v>8.09</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="D172" s="0">
-        <x:v>23950.555</x:v>
+        <x:v>25071.178</x:v>
       </x:c>
       <x:c r="E172" s="0">
-        <x:v>23142.58</x:v>
+        <x:v>24223.687</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:5">
       <x:c r="A173" s="1">
-        <x:v>45890.9256481481</x:v>
+        <x:v>45917.3258680556</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C173" s="0">
-        <x:v>7.94</x:v>
+        <x:v>2.62</x:v>
       </x:c>
       <x:c r="D173" s="0">
-        <x:v>23948.526</x:v>
+        <x:v>25123.509</x:v>
       </x:c>
       <x:c r="E173" s="0">
-        <x:v>23142.58</x:v>
+        <x:v>24274.249</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:5">
       <x:c r="A174" s="1">
-        <x:v>45890.3406828704</x:v>
+        <x:v>45916.9258912037</x:v>
       </x:c>
       <x:c r="B174" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C174" s="0">
-        <x:v>7.19</x:v>
+        <x:v>2.59</x:v>
       </x:c>
       <x:c r="D174" s="0">
-        <x:v>24059.261</x:v>
+        <x:v>25123.848</x:v>
       </x:c>
       <x:c r="E174" s="0">
-        <x:v>23249.57</x:v>
+        <x:v>24274.249</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:5">
       <x:c r="A175" s="1">
-        <x:v>45889.9243402778</x:v>
+        <x:v>45915.9270949074</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C175" s="0">
-        <x:v>7.29</x:v>
+        <x:v>2.55</x:v>
       </x:c>
       <x:c r="D175" s="0">
-        <x:v>24063.305</x:v>
+        <x:v>25142.247</x:v>
       </x:c>
       <x:c r="E175" s="0">
-        <x:v>23249.57</x:v>
+        <x:v>24293.781</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:5">
       <x:c r="A176" s="1">
-        <x:v>45888.9238425926</x:v>
+        <x:v>45915.3170833333</x:v>
       </x:c>
       <x:c r="B176" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C176" s="0">
-        <x:v>6.53</x:v>
+        <x:v>3.02</x:v>
       </x:c>
       <x:c r="D176" s="0">
-        <x:v>24202.883</x:v>
+        <x:v>24933.604</x:v>
       </x:c>
       <x:c r="E176" s="0">
-        <x:v>23384.77</x:v>
+        <x:v>24092.193</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:5">
       <x:c r="A177" s="1">
-        <x:v>45888.3193055556</x:v>
+        <x:v>45912.9234375</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C177" s="0">
-        <x:v>5.37</x:v>
+        <x:v>3.05</x:v>
       </x:c>
       <x:c r="D177" s="0">
-        <x:v>24543.387</x:v>
+        <x:v>24934.594</x:v>
       </x:c>
       <x:c r="E177" s="0">
-        <x:v>23713.759</x:v>
+        <x:v>24092.193</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:5">
       <x:c r="A178" s="1">
-        <x:v>45887.9245601852</x:v>
+        <x:v>45912.3096643519</x:v>
       </x:c>
       <x:c r="B178" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C178" s="0">
-        <x:v>5.11</x:v>
+        <x:v>3.29</x:v>
       </x:c>
       <x:c r="D178" s="0">
-        <x:v>24542.922</x:v>
+        <x:v>24831.476</x:v>
       </x:c>
       <x:c r="E178" s="0">
-        <x:v>23713.759</x:v>
+        <x:v>23992.562</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:5">
       <x:c r="A179" s="1">
-        <x:v>45887.3188773148</x:v>
+        <x:v>45911.9251388889</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C179" s="0">
-        <x:v>4.91</x:v>
+        <x:v>3.32</x:v>
       </x:c>
       <x:c r="D179" s="0">
-        <x:v>24541.174</x:v>
+        <x:v>24832.171</x:v>
       </x:c>
       <x:c r="E179" s="0">
-        <x:v>23712.07</x:v>
+        <x:v>23992.562</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:5">
       <x:c r="A180" s="1">
-        <x:v>45884.9247106481</x:v>
+        <x:v>45911.3307986111</x:v>
       </x:c>
       <x:c r="B180" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C180" s="0">
-        <x:v>5.1</x:v>
+        <x:v>3.74</x:v>
       </x:c>
       <x:c r="D180" s="0">
-        <x:v>24539.877</x:v>
+        <x:v>24683.863</x:v>
       </x:c>
       <x:c r="E180" s="0">
-        <x:v>23712.07</x:v>
+        <x:v>23849.27</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:5">
       <x:c r="A181" s="1">
-        <x:v>45884.3109953704</x:v>
+        <x:v>45910.9239930556</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C181" s="0">
-        <x:v>4.58</x:v>
+        <x:v>3.77</x:v>
       </x:c>
       <x:c r="D181" s="0">
-        <x:v>24664.462</x:v>
+        <x:v>24683.994</x:v>
       </x:c>
       <x:c r="E181" s="0">
-        <x:v>23832.442</x:v>
+        <x:v>23849.27</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:5">
       <x:c r="A182" s="1">
-        <x:v>45883.9240625</x:v>
+        <x:v>45909.9244907407</x:v>
       </x:c>
       <x:c r="B182" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C182" s="0">
-        <x:v>4.63</x:v>
+        <x:v>3.8</x:v>
       </x:c>
       <x:c r="D182" s="0">
-        <x:v>24665.962</x:v>
+        <x:v>24674.013</x:v>
       </x:c>
       <x:c r="E182" s="0">
-        <x:v>23832.442</x:v>
+        <x:v>23839.796</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:5">
       <x:c r="A183" s="1">
-        <x:v>45883.3327893519</x:v>
+        <x:v>45909.335462963</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C183" s="0">
-        <x:v>4.72</x:v>
+        <x:v>3.95</x:v>
       </x:c>
       <x:c r="D183" s="0">
-        <x:v>24683.141</x:v>
+        <x:v>24593.804</x:v>
       </x:c>
       <x:c r="E183" s="0">
-        <x:v>23849.04</x:v>
+        <x:v>23762.3</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:5">
       <x:c r="A184" s="1">
-        <x:v>45882.9239467593</x:v>
+        <x:v>45908.9240393518</x:v>
       </x:c>
       <x:c r="B184" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C184" s="0">
-        <x:v>4.57</x:v>
+        <x:v>4.06</x:v>
       </x:c>
       <x:c r="D184" s="0">
-        <x:v>24683.756</x:v>
+        <x:v>24592.708</x:v>
       </x:c>
       <x:c r="E184" s="0">
-        <x:v>23849.04</x:v>
+        <x:v>23762.3</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:5">
       <x:c r="A185" s="1">
-        <x:v>45881.9233449074</x:v>
+        <x:v>45908.3013541667</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C185" s="0">
-        <x:v>4.6</x:v>
+        <x:v>4.3</x:v>
       </x:c>
       <x:c r="D185" s="0">
-        <x:v>24673.568</x:v>
+        <x:v>24479.006</x:v>
       </x:c>
       <x:c r="E185" s="0">
-        <x:v>23839.196</x:v>
+        <x:v>23652.443</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:5">
       <x:c r="A186" s="1">
-        <x:v>45880.923587963</x:v>
+        <x:v>45905.9285763889</x:v>
       </x:c>
       <x:c r="B186" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C186" s="0">
-        <x:v>6.26</x:v>
+        <x:v>4.46</x:v>
       </x:c>
       <x:c r="D186" s="0">
-        <x:v>24347.447</x:v>
+        <x:v>24477.288</x:v>
       </x:c>
       <x:c r="E186" s="0">
-        <x:v>23526.634</x:v>
+        <x:v>23652.443</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:5">
       <x:c r="A187" s="1">
-        <x:v>45880.3183564815</x:v>
+        <x:v>45905.3095023148</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C187" s="0">
-        <x:v>5.69</x:v>
+        <x:v>4.24</x:v>
       </x:c>
       <x:c r="D187" s="0">
-        <x:v>24435.041</x:v>
+        <x:v>24457.178</x:v>
       </x:c>
       <x:c r="E187" s="0">
-        <x:v>23611.266</x:v>
+        <x:v>23633.013</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:5">
       <x:c r="A188" s="1">
+        <x:v>45904.9245138889</x:v>
+      </x:c>
+      <x:c r="B188" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C188" s="0">
+        <x:v>4.54</x:v>
+      </x:c>
+      <x:c r="D188" s="0">
+        <x:v>24460.168</x:v>
+      </x:c>
+      <x:c r="E188" s="0">
+        <x:v>23633.013</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="189" spans="1:5">
+      <x:c r="A189" s="1">
+        <x:v>45904.3202083333</x:v>
+      </x:c>
+      <x:c r="B189" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C189" s="0">
+        <x:v>5.52</x:v>
+      </x:c>
+      <x:c r="D189" s="0">
+        <x:v>24234.358</x:v>
+      </x:c>
+      <x:c r="E189" s="0">
+        <x:v>23414.839</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="190" spans="1:5">
+      <x:c r="A190" s="1">
+        <x:v>45903.923587963</x:v>
+      </x:c>
+      <x:c r="B190" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C190" s="0">
+        <x:v>5.58</x:v>
+      </x:c>
+      <x:c r="D190" s="0">
+        <x:v>24234.28</x:v>
+      </x:c>
+      <x:c r="E190" s="0">
+        <x:v>23414.839</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="191" spans="1:5">
+      <x:c r="A191" s="1">
+        <x:v>45903.3225115741</x:v>
+      </x:c>
+      <x:c r="B191" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C191" s="0">
+        <x:v>6.37</x:v>
+      </x:c>
+      <x:c r="D191" s="0">
+        <x:v>24044.119</x:v>
+      </x:c>
+      <x:c r="E191" s="0">
+        <x:v>23231.108</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="192" spans="1:5">
+      <x:c r="A192" s="1">
+        <x:v>45902.9238773148</x:v>
+      </x:c>
+      <x:c r="B192" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C192" s="0">
+        <x:v>6.62</x:v>
+      </x:c>
+      <x:c r="D192" s="0">
+        <x:v>24043.548</x:v>
+      </x:c>
+      <x:c r="E192" s="0">
+        <x:v>23231.108</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="193" spans="1:5">
+      <x:c r="A193" s="1">
+        <x:v>45902.3291898148</x:v>
+      </x:c>
+      <x:c r="B193" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C193" s="0">
+        <x:v>5.85</x:v>
+      </x:c>
+      <x:c r="D193" s="0">
+        <x:v>24234.31</x:v>
+      </x:c>
+      <x:c r="E193" s="0">
+        <x:v>23415.42</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="194" spans="1:5">
+      <x:c r="A194" s="1">
+        <x:v>45898.9303587963</x:v>
+      </x:c>
+      <x:c r="B194" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C194" s="0">
+        <x:v>5.7</x:v>
+      </x:c>
+      <x:c r="D194" s="0">
+        <x:v>24232.691</x:v>
+      </x:c>
+      <x:c r="E194" s="0">
+        <x:v>23415.42</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="195" spans="1:5">
+      <x:c r="A195" s="1">
+        <x:v>45898.3268402778</x:v>
+      </x:c>
+      <x:c r="B195" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C195" s="0">
+        <x:v>4.71</x:v>
+      </x:c>
+      <x:c r="D195" s="0">
+        <x:v>24530.802</x:v>
+      </x:c>
+      <x:c r="E195" s="0">
+        <x:v>23703.45</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="196" spans="1:5">
+      <x:c r="A196" s="1">
+        <x:v>45897.9274189815</x:v>
+      </x:c>
+      <x:c r="B196" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C196" s="0">
+        <x:v>4.59</x:v>
+      </x:c>
+      <x:c r="D196" s="0">
+        <x:v>24533.071</x:v>
+      </x:c>
+      <x:c r="E196" s="0">
+        <x:v>23703.45</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="197" spans="1:5">
+      <x:c r="A197" s="1">
+        <x:v>45896.9248032407</x:v>
+      </x:c>
+      <x:c r="B197" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C197" s="0">
+        <x:v>5.18</x:v>
+      </x:c>
+      <x:c r="D197" s="0">
+        <x:v>24390.588</x:v>
+      </x:c>
+      <x:c r="E197" s="0">
+        <x:v>23565.846</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="198" spans="1:5">
+      <x:c r="A198" s="1">
+        <x:v>45896.33375</x:v>
+      </x:c>
+      <x:c r="B198" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C198" s="0">
+        <x:v>5.31</x:v>
+      </x:c>
+      <x:c r="D198" s="0">
+        <x:v>24348.615</x:v>
+      </x:c>
+      <x:c r="E198" s="0">
+        <x:v>23525.293</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="199" spans="1:5">
+      <x:c r="A199" s="1">
+        <x:v>45895.9239351852</x:v>
+      </x:c>
+      <x:c r="B199" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C199" s="0">
+        <x:v>5.36</x:v>
+      </x:c>
+      <x:c r="D199" s="0">
+        <x:v>24348.678</x:v>
+      </x:c>
+      <x:c r="E199" s="0">
+        <x:v>23525.293</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="200" spans="1:5">
+      <x:c r="A200" s="1">
+        <x:v>45894.9239583333</x:v>
+      </x:c>
+      <x:c r="B200" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C200" s="0">
+        <x:v>5.85</x:v>
+      </x:c>
+      <x:c r="D200" s="0">
+        <x:v>24245.392</x:v>
+      </x:c>
+      <x:c r="E200" s="0">
+        <x:v>23425.605</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="201" spans="1:5">
+      <x:c r="A201" s="1">
+        <x:v>45894.3297800926</x:v>
+      </x:c>
+      <x:c r="B201" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C201" s="0">
+        <x:v>5.54</x:v>
+      </x:c>
+      <x:c r="D201" s="0">
+        <x:v>24320.44</x:v>
+      </x:c>
+      <x:c r="E201" s="0">
+        <x:v>23498.115</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="202" spans="1:5">
+      <x:c r="A202" s="1">
+        <x:v>45891.9252314815</x:v>
+      </x:c>
+      <x:c r="B202" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C202" s="0">
+        <x:v>5.5</x:v>
+      </x:c>
+      <x:c r="D202" s="0">
+        <x:v>24318.534</x:v>
+      </x:c>
+      <x:c r="E202" s="0">
+        <x:v>23498.115</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="203" spans="1:5">
+      <x:c r="A203" s="1">
+        <x:v>45891.3279976852</x:v>
+      </x:c>
+      <x:c r="B203" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C203" s="0">
+        <x:v>8.09</x:v>
+      </x:c>
+      <x:c r="D203" s="0">
+        <x:v>23950.555</x:v>
+      </x:c>
+      <x:c r="E203" s="0">
+        <x:v>23142.58</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="204" spans="1:5">
+      <x:c r="A204" s="1">
+        <x:v>45890.9256481481</x:v>
+      </x:c>
+      <x:c r="B204" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C204" s="0">
+        <x:v>7.94</x:v>
+      </x:c>
+      <x:c r="D204" s="0">
+        <x:v>23948.526</x:v>
+      </x:c>
+      <x:c r="E204" s="0">
+        <x:v>23142.58</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="205" spans="1:5">
+      <x:c r="A205" s="1">
+        <x:v>45890.3406828704</x:v>
+      </x:c>
+      <x:c r="B205" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C205" s="0">
+        <x:v>7.19</x:v>
+      </x:c>
+      <x:c r="D205" s="0">
+        <x:v>24059.261</x:v>
+      </x:c>
+      <x:c r="E205" s="0">
+        <x:v>23249.57</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="206" spans="1:5">
+      <x:c r="A206" s="1">
+        <x:v>45889.9243402778</x:v>
+      </x:c>
+      <x:c r="B206" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C206" s="0">
+        <x:v>7.29</x:v>
+      </x:c>
+      <x:c r="D206" s="0">
+        <x:v>24063.305</x:v>
+      </x:c>
+      <x:c r="E206" s="0">
+        <x:v>23249.57</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="207" spans="1:5">
+      <x:c r="A207" s="1">
+        <x:v>45888.9238425926</x:v>
+      </x:c>
+      <x:c r="B207" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C207" s="0">
+        <x:v>6.53</x:v>
+      </x:c>
+      <x:c r="D207" s="0">
+        <x:v>24202.883</x:v>
+      </x:c>
+      <x:c r="E207" s="0">
+        <x:v>23384.77</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="208" spans="1:5">
+      <x:c r="A208" s="1">
+        <x:v>45888.3193055556</x:v>
+      </x:c>
+      <x:c r="B208" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C208" s="0">
+        <x:v>5.37</x:v>
+      </x:c>
+      <x:c r="D208" s="0">
+        <x:v>24543.387</x:v>
+      </x:c>
+      <x:c r="E208" s="0">
+        <x:v>23713.759</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="209" spans="1:5">
+      <x:c r="A209" s="1">
+        <x:v>45887.9245601852</x:v>
+      </x:c>
+      <x:c r="B209" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C209" s="0">
+        <x:v>5.11</x:v>
+      </x:c>
+      <x:c r="D209" s="0">
+        <x:v>24542.922</x:v>
+      </x:c>
+      <x:c r="E209" s="0">
+        <x:v>23713.759</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="210" spans="1:5">
+      <x:c r="A210" s="1">
+        <x:v>45887.3188773148</x:v>
+      </x:c>
+      <x:c r="B210" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C210" s="0">
+        <x:v>4.91</x:v>
+      </x:c>
+      <x:c r="D210" s="0">
+        <x:v>24541.174</x:v>
+      </x:c>
+      <x:c r="E210" s="0">
+        <x:v>23712.07</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="211" spans="1:5">
+      <x:c r="A211" s="1">
+        <x:v>45884.9247106481</x:v>
+      </x:c>
+      <x:c r="B211" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C211" s="0">
+        <x:v>5.1</x:v>
+      </x:c>
+      <x:c r="D211" s="0">
+        <x:v>24539.877</x:v>
+      </x:c>
+      <x:c r="E211" s="0">
+        <x:v>23712.07</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="212" spans="1:5">
+      <x:c r="A212" s="1">
+        <x:v>45884.3109953704</x:v>
+      </x:c>
+      <x:c r="B212" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C212" s="0">
+        <x:v>4.58</x:v>
+      </x:c>
+      <x:c r="D212" s="0">
+        <x:v>24664.462</x:v>
+      </x:c>
+      <x:c r="E212" s="0">
+        <x:v>23832.442</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="213" spans="1:5">
+      <x:c r="A213" s="1">
+        <x:v>45883.9240625</x:v>
+      </x:c>
+      <x:c r="B213" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C213" s="0">
+        <x:v>4.63</x:v>
+      </x:c>
+      <x:c r="D213" s="0">
+        <x:v>24665.962</x:v>
+      </x:c>
+      <x:c r="E213" s="0">
+        <x:v>23832.442</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="214" spans="1:5">
+      <x:c r="A214" s="1">
+        <x:v>45883.3327893519</x:v>
+      </x:c>
+      <x:c r="B214" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C214" s="0">
+        <x:v>4.72</x:v>
+      </x:c>
+      <x:c r="D214" s="0">
+        <x:v>24683.141</x:v>
+      </x:c>
+      <x:c r="E214" s="0">
+        <x:v>23849.04</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="215" spans="1:5">
+      <x:c r="A215" s="1">
+        <x:v>45882.9239467593</x:v>
+      </x:c>
+      <x:c r="B215" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C215" s="0">
+        <x:v>4.57</x:v>
+      </x:c>
+      <x:c r="D215" s="0">
+        <x:v>24683.756</x:v>
+      </x:c>
+      <x:c r="E215" s="0">
+        <x:v>23849.04</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="216" spans="1:5">
+      <x:c r="A216" s="1">
+        <x:v>45881.9233449074</x:v>
+      </x:c>
+      <x:c r="B216" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C216" s="0">
+        <x:v>4.6</x:v>
+      </x:c>
+      <x:c r="D216" s="0">
+        <x:v>24673.568</x:v>
+      </x:c>
+      <x:c r="E216" s="0">
+        <x:v>23839.196</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="217" spans="1:5">
+      <x:c r="A217" s="1">
+        <x:v>45880.923587963</x:v>
+      </x:c>
+      <x:c r="B217" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C217" s="0">
+        <x:v>6.26</x:v>
+      </x:c>
+      <x:c r="D217" s="0">
+        <x:v>24347.447</x:v>
+      </x:c>
+      <x:c r="E217" s="0">
+        <x:v>23526.634</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="218" spans="1:5">
+      <x:c r="A218" s="1">
+        <x:v>45880.3183564815</x:v>
+      </x:c>
+      <x:c r="B218" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C218" s="0">
+        <x:v>5.69</x:v>
+      </x:c>
+      <x:c r="D218" s="0">
+        <x:v>24435.041</x:v>
+      </x:c>
+      <x:c r="E218" s="0">
+        <x:v>23611.266</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="219" spans="1:5">
+      <x:c r="A219" s="1">
         <x:v>45877.9331597222</x:v>
       </x:c>
-      <x:c r="B188" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C188" s="0">
+      <x:c r="B219" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C219" s="0">
         <x:v>5.83</x:v>
       </x:c>
-      <x:c r="D188" s="0">
+      <x:c r="D219" s="0">
         <x:v>24437.66</x:v>
       </x:c>
-      <x:c r="E188" s="0">
+      <x:c r="E219" s="0">
         <x:v>23611.266</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>