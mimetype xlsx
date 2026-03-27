--- v5 (2026-03-07)
+++ v6 (2026-03-27)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0e8c26b56cd04d95" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/670c22237f354e63a6dca22bd3d8c129.psmdcp" Id="R10c0b46ce02e4c6d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1c7969a067c14cf3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/95d48b4888b4430582a21582f0ecfb32.psmdcp" Id="Rd3837f0c2a794820" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>DE000BB325U6</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -390,3769 +390,4143 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E219"/>
+  <x:dimension ref="A1:E241"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>46087.9263078704</x:v>
+        <x:v>46108.3259837963</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
-        <x:v>0.13</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>25501.818</x:v>
+        <x:v>24412.115</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>24643.02</x:v>
+        <x:v>23586.99</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>46087.3067939815</x:v>
+        <x:v>46107.8849421296</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
-        <x:v>0.09</x:v>
+        <x:v>0.21</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>25892.417</x:v>
+        <x:v>24412.535</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>25020.41</x:v>
+        <x:v>23586.99</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>46086.9325462963</x:v>
+        <x:v>46106.8850925926</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
-        <x:v>0.1</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>25894.38</x:v>
+        <x:v>25008.123</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>25020.41</x:v>
+        <x:v>24162.98</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>46086.3051273148</x:v>
+        <x:v>46106.3005555556</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
-        <x:v>0.1</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>25970.215</x:v>
+        <x:v>24841.974</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>25093.68</x:v>
+        <x:v>24002.45</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>46085.9284837963</x:v>
+        <x:v>46105.8848148148</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
-        <x:v>0.09</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>25971.262</x:v>
+        <x:v>24842.536</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>25093.68</x:v>
+        <x:v>24002.45</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>46085.3383796296</x:v>
+        <x:v>46104.8850925926</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>25584.586</x:v>
+        <x:v>25033.695</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>24720.08</x:v>
+        <x:v>24188.59</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>46084.9255208333</x:v>
+        <x:v>46104.3100462963</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
-        <x:v>0.14</x:v>
+        <x:v>0.21</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>25584.558</x:v>
+        <x:v>24733.09</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>24720.08</x:v>
+        <x:v>23898.15</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>46084.3354050926</x:v>
+        <x:v>46101.8852893518</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
-        <x:v>0.14</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>25866.617</x:v>
+        <x:v>24732.959</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>24992.6</x:v>
+        <x:v>23898.15</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>46083.9255555556</x:v>
+        <x:v>46101.310462963</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
-        <x:v>0.11</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>25866.77</x:v>
+        <x:v>25206.088</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>24992.6</x:v>
+        <x:v>24355.28</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>46083.3084027778</x:v>
+        <x:v>46100.8877430556</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C12" s="0">
         <x:v>0.14</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>25833.071</x:v>
+        <x:v>25207.715</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>24960.04</x:v>
+        <x:v>24355.28</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>46080.9256944444</x:v>
+        <x:v>46099.8875231482</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0">
-        <x:v>0.11</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>25830.741</x:v>
+        <x:v>25279.968</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>24960.04</x:v>
+        <x:v>24425.09</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>46080.3043518519</x:v>
+        <x:v>46098.8845601852</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C14" s="0">
-        <x:v>0.11</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>25907.672</x:v>
+        <x:v>25647.735</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>25034.37</x:v>
+        <x:v>24780.42</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>46079.9258217593</x:v>
+        <x:v>46097.8857060185</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
         <x:v>0.11</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>25910.331</x:v>
+        <x:v>25517.526</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>25034.37</x:v>
+        <x:v>24655.34</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>46079.2991666667</x:v>
+        <x:v>46097.3039583333</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C16" s="0">
-        <x:v>0.09</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>26215.315</x:v>
+        <x:v>25233.304</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>25329.04</x:v>
+        <x:v>24380.73</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>46078.9257291667</x:v>
+        <x:v>46094.8845486111</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C17" s="0">
-        <x:v>0.09</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>26215.492</x:v>
+        <x:v>25231.003</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>25329.04</x:v>
+        <x:v>24380.73</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>46078.3266087963</x:v>
+        <x:v>46094.3012268519</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="0">
-        <x:v>0.12</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>25851.172</x:v>
+        <x:v>25389.203</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>24977.04</x:v>
+        <x:v>24533.58</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>46077.925474537</x:v>
+        <x:v>46093.8851967593</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C19" s="0">
-        <x:v>0.12</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>25851.236</x:v>
+        <x:v>25392.255</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>24977.04</x:v>
+        <x:v>24533.58</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
-        <x:v>46076.3076273148</x:v>
+        <x:v>46092.8847685185</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C20" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>25887.731</x:v>
+        <x:v>25837.662</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>25012.62</x:v>
+        <x:v>24965.01</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="1">
-        <x:v>46073.9253703704</x:v>
+        <x:v>46092.3172916667</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C21" s="0">
-        <x:v>0.12</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D21" s="0">
-        <x:v>25887.931</x:v>
+        <x:v>25828.823</x:v>
       </x:c>
       <x:c r="E21" s="0">
-        <x:v>25012.62</x:v>
+        <x:v>24956.47</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="1">
-        <x:v>46073.3322800926</x:v>
+        <x:v>46091.8851273148</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C22" s="0">
-        <x:v>0.14</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D22" s="0">
-        <x:v>25665.116</x:v>
+        <x:v>25829.946</x:v>
       </x:c>
       <x:c r="E22" s="0">
-        <x:v>24797.34</x:v>
+        <x:v>24956.47</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="1">
-        <x:v>46072.9253125</x:v>
+        <x:v>46090.8886689815</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C23" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D23" s="0">
-        <x:v>25661.456</x:v>
+        <x:v>25839.746</x:v>
       </x:c>
       <x:c r="E23" s="0">
-        <x:v>24797.34</x:v>
+        <x:v>24967.248</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="1">
-        <x:v>46072.3124768519</x:v>
+        <x:v>46090.3219791667</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C24" s="0">
-        <x:v>0.14</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D24" s="0">
-        <x:v>25766.54</x:v>
+        <x:v>25504.17</x:v>
       </x:c>
       <x:c r="E24" s="0">
-        <x:v>24898.87</x:v>
+        <x:v>24643.02</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="1">
-        <x:v>46071.9254050926</x:v>
+        <x:v>46087.9263078704</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C25" s="0">
-        <x:v>0.14</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D25" s="0">
-        <x:v>25770.116</x:v>
+        <x:v>25501.818</x:v>
       </x:c>
       <x:c r="E25" s="0">
-        <x:v>24898.87</x:v>
+        <x:v>24643.02</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="1">
-        <x:v>46071.3073032407</x:v>
+        <x:v>46087.3067939815</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C26" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D26" s="0">
-        <x:v>25565.942</x:v>
+        <x:v>25892.417</x:v>
       </x:c>
       <x:c r="E26" s="0">
-        <x:v>24701.6</x:v>
+        <x:v>25020.41</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="1">
-        <x:v>46070.9253587963</x:v>
+        <x:v>46086.9325462963</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C27" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D27" s="0">
-        <x:v>25565.122</x:v>
+        <x:v>25894.38</x:v>
       </x:c>
       <x:c r="E27" s="0">
-        <x:v>24701.6</x:v>
+        <x:v>25020.41</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="1">
-        <x:v>46070.3023611111</x:v>
+        <x:v>46086.3051273148</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C28" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D28" s="0">
-        <x:v>25597.342</x:v>
+        <x:v>25970.215</x:v>
       </x:c>
       <x:c r="E28" s="0">
-        <x:v>24732.73</x:v>
+        <x:v>25093.68</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="1">
-        <x:v>46066.9255324074</x:v>
+        <x:v>46085.9284837963</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C29" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D29" s="0">
-        <x:v>25595.357</x:v>
+        <x:v>25971.262</x:v>
       </x:c>
       <x:c r="E29" s="0">
-        <x:v>24732.73</x:v>
+        <x:v>25093.68</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="1">
-        <x:v>46066.3087962963</x:v>
+        <x:v>46085.3383796296</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C30" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D30" s="0">
-        <x:v>25548.658</x:v>
+        <x:v>25584.586</x:v>
       </x:c>
       <x:c r="E30" s="0">
-        <x:v>24687.61</x:v>
+        <x:v>24720.08</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="1">
-        <x:v>46065.9252893518</x:v>
+        <x:v>46084.9255208333</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C31" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D31" s="0">
-        <x:v>25551.676</x:v>
+        <x:v>25584.558</x:v>
       </x:c>
       <x:c r="E31" s="0">
-        <x:v>24687.61</x:v>
+        <x:v>24720.08</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="1">
-        <x:v>46064.9255671296</x:v>
+        <x:v>46084.3354050926</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C32" s="0">
-        <x:v>0.12</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D32" s="0">
-        <x:v>26083.07</x:v>
+        <x:v>25866.617</x:v>
       </x:c>
       <x:c r="E32" s="0">
-        <x:v>25201.26</x:v>
+        <x:v>24992.6</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="1">
-        <x:v>46063.925474537</x:v>
+        <x:v>46083.9255555556</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C33" s="0">
-        <x:v>0.13</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D33" s="0">
-        <x:v>26006.198</x:v>
+        <x:v>25866.77</x:v>
       </x:c>
       <x:c r="E33" s="0">
-        <x:v>25127.64</x:v>
+        <x:v>24992.6</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="1">
-        <x:v>46063.3311689815</x:v>
+        <x:v>46083.3084027778</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C34" s="0">
-        <x:v>0.12</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D34" s="0">
-        <x:v>26151.615</x:v>
+        <x:v>25833.071</x:v>
       </x:c>
       <x:c r="E34" s="0">
-        <x:v>25268.14</x:v>
+        <x:v>24960.04</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="1">
-        <x:v>46062.9247222222</x:v>
+        <x:v>46080.9256944444</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C35" s="0">
         <x:v>0.11</x:v>
       </x:c>
       <x:c r="D35" s="0">
-        <x:v>26150.643</x:v>
+        <x:v>25830.741</x:v>
       </x:c>
       <x:c r="E35" s="0">
-        <x:v>25268.14</x:v>
+        <x:v>24960.04</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="1">
-        <x:v>46062.2991203704</x:v>
+        <x:v>46080.3043518519</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C36" s="0">
-        <x:v>0.13</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D36" s="0">
-        <x:v>25951.54</x:v>
+        <x:v>25907.672</x:v>
       </x:c>
       <x:c r="E36" s="0">
-        <x:v>25075.77</x:v>
+        <x:v>25034.37</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="1">
-        <x:v>46058.925474537</x:v>
+        <x:v>46079.9258217593</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C37" s="0">
-        <x:v>0.24</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D37" s="0">
-        <x:v>25407.894</x:v>
+        <x:v>25910.331</x:v>
       </x:c>
       <x:c r="E37" s="0">
-        <x:v>24548.69</x:v>
+        <x:v>25034.37</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="1">
-        <x:v>46057.9258680556</x:v>
+        <x:v>46079.2991666667</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C38" s="0">
-        <x:v>0.18</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D38" s="0">
-        <x:v>25762.433</x:v>
+        <x:v>26215.315</x:v>
       </x:c>
       <x:c r="E38" s="0">
-        <x:v>24891.24</x:v>
+        <x:v>25329.04</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="1">
-        <x:v>46056.9428819444</x:v>
+        <x:v>46078.9257291667</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C39" s="0">
-        <x:v>0.14</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D39" s="0">
-        <x:v>26225.472</x:v>
+        <x:v>26215.492</x:v>
       </x:c>
       <x:c r="E39" s="0">
-        <x:v>25338.62</x:v>
+        <x:v>25329.04</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="1">
-        <x:v>46055.9254513889</x:v>
+        <x:v>46078.3266087963</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C40" s="0">
-        <x:v>0.1</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D40" s="0">
-        <x:v>26639.461</x:v>
+        <x:v>25851.172</x:v>
       </x:c>
       <x:c r="E40" s="0">
-        <x:v>25738.61</x:v>
+        <x:v>24977.04</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="1">
-        <x:v>46052.2983449074</x:v>
+        <x:v>46077.925474537</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C41" s="0">
-        <x:v>0.11</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D41" s="0">
-        <x:v>26787.716</x:v>
+        <x:v>25851.236</x:v>
       </x:c>
       <x:c r="E41" s="0">
-        <x:v>25884.29</x:v>
+        <x:v>24977.04</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="1">
-        <x:v>46051.9255324074</x:v>
+        <x:v>46076.3076273148</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C42" s="0">
-        <x:v>0.1</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D42" s="0">
-        <x:v>26789.868</x:v>
+        <x:v>25887.731</x:v>
       </x:c>
       <x:c r="E42" s="0">
-        <x:v>25884.29</x:v>
+        <x:v>25012.62</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="1">
-        <x:v>46051.3032291667</x:v>
+        <x:v>46073.9253703704</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C43" s="0">
-        <x:v>0.08</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D43" s="0">
-        <x:v>26933.215</x:v>
+        <x:v>25887.931</x:v>
       </x:c>
       <x:c r="E43" s="0">
-        <x:v>26022.79</x:v>
+        <x:v>25012.62</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="1">
-        <x:v>46050.9251157407</x:v>
+        <x:v>46073.3322800926</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C44" s="0">
-        <x:v>0.09</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D44" s="0">
-        <x:v>26933.062</x:v>
+        <x:v>25665.116</x:v>
       </x:c>
       <x:c r="E44" s="0">
-        <x:v>26022.79</x:v>
+        <x:v>24797.34</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="1">
-        <x:v>46050.299224537</x:v>
+        <x:v>46072.9253125</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C45" s="0">
-        <x:v>0.08</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D45" s="0">
-        <x:v>26847.105</x:v>
+        <x:v>25661.456</x:v>
       </x:c>
       <x:c r="E45" s="0">
-        <x:v>25939.74</x:v>
+        <x:v>24797.34</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="1">
-        <x:v>46049.9249768518</x:v>
+        <x:v>46072.3124768519</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C46" s="0">
-        <x:v>0.09</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D46" s="0">
-        <x:v>26847.631</x:v>
+        <x:v>25766.54</x:v>
       </x:c>
       <x:c r="E46" s="0">
-        <x:v>25939.74</x:v>
+        <x:v>24898.87</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="1">
-        <x:v>46048.9248032407</x:v>
+        <x:v>46071.9254050926</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C47" s="0">
-        <x:v>0.11</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D47" s="0">
-        <x:v>26613.172</x:v>
+        <x:v>25770.116</x:v>
       </x:c>
       <x:c r="E47" s="0">
-        <x:v>25713.21</x:v>
+        <x:v>24898.87</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5">
       <x:c r="A48" s="1">
-        <x:v>46045.9251273148</x:v>
+        <x:v>46071.3073032407</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C48" s="0">
-        <x:v>0.12</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D48" s="0">
-        <x:v>26501.662</x:v>
+        <x:v>25565.942</x:v>
       </x:c>
       <x:c r="E48" s="0">
-        <x:v>25605.47</x:v>
+        <x:v>24701.6</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
       <x:c r="A49" s="1">
-        <x:v>46044.9245601852</x:v>
+        <x:v>46070.9253587963</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C49" s="0">
-        <x:v>0.13</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D49" s="0">
-        <x:v>26411.492</x:v>
+        <x:v>25565.122</x:v>
       </x:c>
       <x:c r="E49" s="0">
-        <x:v>25518.35</x:v>
+        <x:v>24701.6</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5">
       <x:c r="A50" s="1">
-        <x:v>46043.9253935185</x:v>
+        <x:v>46070.3023611111</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C50" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D50" s="0">
-        <x:v>26213.01</x:v>
+        <x:v>25597.342</x:v>
       </x:c>
       <x:c r="E50" s="0">
-        <x:v>25326.58</x:v>
+        <x:v>24732.73</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5">
       <x:c r="A51" s="1">
-        <x:v>46042.9279050926</x:v>
+        <x:v>46066.9255324074</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C51" s="0">
-        <x:v>0.21</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D51" s="0">
-        <x:v>25862.135</x:v>
+        <x:v>25595.357</x:v>
       </x:c>
       <x:c r="E51" s="0">
-        <x:v>24987.57</x:v>
+        <x:v>24732.73</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5">
       <x:c r="A52" s="1">
-        <x:v>46038.9243171296</x:v>
+        <x:v>46066.3087962963</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C52" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D52" s="0">
-        <x:v>26422.784</x:v>
+        <x:v>25548.658</x:v>
       </x:c>
       <x:c r="E52" s="0">
-        <x:v>25529.26</x:v>
+        <x:v>24687.61</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5">
       <x:c r="A53" s="1">
-        <x:v>46037.9280671296</x:v>
+        <x:v>46065.9252893518</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C53" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D53" s="0">
-        <x:v>26441.218</x:v>
+        <x:v>25551.676</x:v>
       </x:c>
       <x:c r="E53" s="0">
-        <x:v>25547.07</x:v>
+        <x:v>24687.61</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5">
       <x:c r="A54" s="1">
-        <x:v>46036.9272800926</x:v>
+        <x:v>46064.9255671296</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C54" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D54" s="0">
-        <x:v>26355.578</x:v>
+        <x:v>26083.07</x:v>
       </x:c>
       <x:c r="E54" s="0">
-        <x:v>25465.94</x:v>
+        <x:v>25201.26</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5">
       <x:c r="A55" s="1">
-        <x:v>46036.3275810185</x:v>
+        <x:v>46063.925474537</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C55" s="0">
-        <x:v>0.14</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D55" s="0">
-        <x:v>26641.249</x:v>
+        <x:v>26006.198</x:v>
       </x:c>
       <x:c r="E55" s="0">
-        <x:v>25741.95</x:v>
+        <x:v>25127.64</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5">
       <x:c r="A56" s="1">
-        <x:v>46035.9279166667</x:v>
+        <x:v>46063.3311689815</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C56" s="0">
-        <x:v>0.13</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D56" s="0">
-        <x:v>26642.918</x:v>
+        <x:v>26151.615</x:v>
       </x:c>
       <x:c r="E56" s="0">
-        <x:v>25741.95</x:v>
+        <x:v>25268.14</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:5">
       <x:c r="A57" s="1">
-        <x:v>46034.9278935185</x:v>
+        <x:v>46062.9247222222</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C57" s="0">
-        <x:v>0.13</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D57" s="0">
-        <x:v>26690.228</x:v>
+        <x:v>26150.643</x:v>
       </x:c>
       <x:c r="E57" s="0">
-        <x:v>25787.66</x:v>
+        <x:v>25268.14</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:5">
       <x:c r="A58" s="1">
-        <x:v>46031.9291666667</x:v>
+        <x:v>46062.2991203704</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C58" s="0">
         <x:v>0.13</x:v>
       </x:c>
       <x:c r="D58" s="0">
-        <x:v>26667.52</x:v>
+        <x:v>25951.54</x:v>
       </x:c>
       <x:c r="E58" s="0">
-        <x:v>25766.26</x:v>
+        <x:v>25075.77</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:5">
       <x:c r="A59" s="1">
-        <x:v>46031.324837963</x:v>
+        <x:v>46058.925474537</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C59" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.24</x:v>
       </x:c>
       <x:c r="D59" s="0">
-        <x:v>26399.289</x:v>
+        <x:v>25407.894</x:v>
       </x:c>
       <x:c r="E59" s="0">
-        <x:v>25507.1</x:v>
+        <x:v>24548.69</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:5">
       <x:c r="A60" s="1">
-        <x:v>46030.927025463</x:v>
+        <x:v>46057.9258680556</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C60" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D60" s="0">
-        <x:v>26399.848</x:v>
+        <x:v>25762.433</x:v>
       </x:c>
       <x:c r="E60" s="0">
-        <x:v>25507.1</x:v>
+        <x:v>24891.24</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:5">
       <x:c r="A61" s="1">
-        <x:v>46029.9278935185</x:v>
+        <x:v>46056.9428819444</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C61" s="0">
         <x:v>0.14</x:v>
       </x:c>
       <x:c r="D61" s="0">
-        <x:v>26551.786</x:v>
+        <x:v>26225.472</x:v>
       </x:c>
       <x:c r="E61" s="0">
-        <x:v>25653.9</x:v>
+        <x:v>25338.62</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:5">
       <x:c r="A62" s="1">
-        <x:v>46028.9271759259</x:v>
+        <x:v>46055.9254513889</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C62" s="0">
-        <x:v>0.14</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D62" s="0">
-        <x:v>26537.1</x:v>
+        <x:v>26639.461</x:v>
       </x:c>
       <x:c r="E62" s="0">
-        <x:v>25639.71</x:v>
+        <x:v>25738.61</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:5">
       <x:c r="A63" s="1">
-        <x:v>46027.9296064815</x:v>
+        <x:v>46052.2983449074</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C63" s="0">
-        <x:v>0.18</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D63" s="0">
-        <x:v>26290.366</x:v>
+        <x:v>26787.716</x:v>
       </x:c>
       <x:c r="E63" s="0">
-        <x:v>25401.32</x:v>
+        <x:v>25884.29</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:5">
       <x:c r="A64" s="1">
-        <x:v>46024.9271875</x:v>
+        <x:v>46051.9255324074</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C64" s="0">
-        <x:v>0.21</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D64" s="0">
-        <x:v>26085.56</x:v>
+        <x:v>26789.868</x:v>
       </x:c>
       <x:c r="E64" s="0">
-        <x:v>25206.17</x:v>
+        <x:v>25884.29</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:5">
       <x:c r="A65" s="1">
-        <x:v>46024.2881712963</x:v>
+        <x:v>46051.3032291667</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C65" s="0">
-        <x:v>0.18</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D65" s="0">
-        <x:v>26350.923</x:v>
+        <x:v>26933.215</x:v>
       </x:c>
       <x:c r="E65" s="0">
-        <x:v>25462.56</x:v>
+        <x:v>26022.79</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:5">
       <x:c r="A66" s="1">
-        <x:v>46022.3246412037</x:v>
+        <x:v>46050.9251157407</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C66" s="0">
-        <x:v>0.18</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D66" s="0">
-        <x:v>26353.75</x:v>
+        <x:v>26933.062</x:v>
       </x:c>
       <x:c r="E66" s="0">
-        <x:v>25462.56</x:v>
+        <x:v>26022.79</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:5">
       <x:c r="A67" s="1">
-        <x:v>46021.9269560185</x:v>
+        <x:v>46050.299224537</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C67" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D67" s="0">
-        <x:v>26353.75</x:v>
+        <x:v>26847.105</x:v>
       </x:c>
       <x:c r="E67" s="0">
-        <x:v>25462.56</x:v>
+        <x:v>25939.74</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:5">
       <x:c r="A68" s="1">
-        <x:v>46020.9273611111</x:v>
+        <x:v>46049.9249768518</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C68" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D68" s="0">
-        <x:v>26418.305</x:v>
+        <x:v>26847.631</x:v>
       </x:c>
       <x:c r="E68" s="0">
-        <x:v>25525.56</x:v>
+        <x:v>25939.74</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:5">
       <x:c r="A69" s="1">
-        <x:v>46020.3323611111</x:v>
+        <x:v>46048.9248032407</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C69" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D69" s="0">
-        <x:v>26482.754</x:v>
+        <x:v>26613.172</x:v>
       </x:c>
       <x:c r="E69" s="0">
-        <x:v>25587.83</x:v>
+        <x:v>25713.21</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:5">
       <x:c r="A70" s="1">
-        <x:v>46015.3842824074</x:v>
+        <x:v>46045.9251273148</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C70" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D70" s="0">
-        <x:v>26483.404</x:v>
+        <x:v>26501.662</x:v>
       </x:c>
       <x:c r="E70" s="0">
-        <x:v>25587.83</x:v>
+        <x:v>25605.47</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:5">
       <x:c r="A71" s="1">
-        <x:v>46014.9278356481</x:v>
+        <x:v>46044.9245601852</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C71" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D71" s="0">
-        <x:v>26483.404</x:v>
+        <x:v>26411.492</x:v>
       </x:c>
       <x:c r="E71" s="0">
-        <x:v>25587.83</x:v>
+        <x:v>25518.35</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:5">
       <x:c r="A72" s="1">
-        <x:v>46013.9284837963</x:v>
+        <x:v>46043.9253935185</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C72" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D72" s="0">
-        <x:v>26350.138</x:v>
+        <x:v>26213.01</x:v>
       </x:c>
       <x:c r="E72" s="0">
-        <x:v>25461.7</x:v>
+        <x:v>25326.58</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:5">
       <x:c r="A73" s="1">
-        <x:v>46013.296712963</x:v>
+        <x:v>46042.9279050926</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C73" s="0">
-        <x:v>0.18</x:v>
+        <x:v>0.21</x:v>
       </x:c>
       <x:c r="D73" s="0">
-        <x:v>26230.575</x:v>
+        <x:v>25862.135</x:v>
       </x:c>
       <x:c r="E73" s="0">
-        <x:v>25346.18</x:v>
+        <x:v>24987.57</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:5">
       <x:c r="A74" s="1">
-        <x:v>46010.9275810185</x:v>
+        <x:v>46038.9243171296</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C74" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D74" s="0">
-        <x:v>26233.296</x:v>
+        <x:v>26422.784</x:v>
       </x:c>
       <x:c r="E74" s="0">
-        <x:v>25346.18</x:v>
+        <x:v>25529.26</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:5">
       <x:c r="A75" s="1">
-        <x:v>46009.930787037</x:v>
+        <x:v>46037.9280671296</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C75" s="0">
-        <x:v>0.26</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D75" s="0">
-        <x:v>25895.048</x:v>
+        <x:v>26441.218</x:v>
       </x:c>
       <x:c r="E75" s="0">
-        <x:v>25019.37</x:v>
+        <x:v>25547.07</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:5">
       <x:c r="A76" s="1">
-        <x:v>46008.9275925926</x:v>
+        <x:v>46036.9272800926</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C76" s="0">
-        <x:v>0.37</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D76" s="0">
-        <x:v>25510.276</x:v>
+        <x:v>26355.578</x:v>
       </x:c>
       <x:c r="E76" s="0">
-        <x:v>24647.61</x:v>
+        <x:v>25465.94</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:5">
       <x:c r="A77" s="1">
-        <x:v>46007.9277662037</x:v>
+        <x:v>46036.3275810185</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C77" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D77" s="0">
-        <x:v>26012.593</x:v>
+        <x:v>26641.249</x:v>
       </x:c>
       <x:c r="E77" s="0">
-        <x:v>25132.94</x:v>
+        <x:v>25741.95</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:5">
       <x:c r="A78" s="1">
-        <x:v>46006.9271064815</x:v>
+        <x:v>46035.9279166667</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C78" s="0">
-        <x:v>0.28</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D78" s="0">
-        <x:v>25942.63</x:v>
+        <x:v>26642.918</x:v>
       </x:c>
       <x:c r="E78" s="0">
-        <x:v>25067.27</x:v>
+        <x:v>25741.95</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:5">
       <x:c r="A79" s="1">
-        <x:v>46006.3081018518</x:v>
+        <x:v>46034.9278935185</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C79" s="0">
-        <x:v>0.24</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D79" s="0">
-        <x:v>26076.621</x:v>
+        <x:v>26690.228</x:v>
       </x:c>
       <x:c r="E79" s="0">
-        <x:v>25196.73</x:v>
+        <x:v>25787.66</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:5">
       <x:c r="A80" s="1">
-        <x:v>46003.9269907407</x:v>
+        <x:v>46031.9291666667</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C80" s="0">
-        <x:v>0.26</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D80" s="0">
-        <x:v>26077.704</x:v>
+        <x:v>26667.52</x:v>
       </x:c>
       <x:c r="E80" s="0">
-        <x:v>25196.73</x:v>
+        <x:v>25766.26</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:5">
       <x:c r="A81" s="1">
-        <x:v>46003.3313773148</x:v>
+        <x:v>46031.324837963</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C81" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D81" s="0">
-        <x:v>26584.812</x:v>
+        <x:v>26399.289</x:v>
       </x:c>
       <x:c r="E81" s="0">
-        <x:v>25686.69</x:v>
+        <x:v>25507.1</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:5">
       <x:c r="A82" s="1">
-        <x:v>46002.9320023148</x:v>
+        <x:v>46030.927025463</x:v>
       </x:c>
       <x:c r="B82" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C82" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D82" s="0">
-        <x:v>26585.724</x:v>
+        <x:v>26399.848</x:v>
       </x:c>
       <x:c r="E82" s="0">
-        <x:v>25686.69</x:v>
+        <x:v>25507.1</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:5">
       <x:c r="A83" s="1">
-        <x:v>46001.927025463</x:v>
+        <x:v>46029.9278935185</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C83" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D83" s="0">
-        <x:v>26678.277</x:v>
+        <x:v>26551.786</x:v>
       </x:c>
       <x:c r="E83" s="0">
-        <x:v>25776.44</x:v>
+        <x:v>25653.9</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:5">
       <x:c r="A84" s="1">
-        <x:v>46001.3340509259</x:v>
+        <x:v>46028.9271759259</x:v>
       </x:c>
       <x:c r="B84" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C84" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D84" s="0">
-        <x:v>26566.756</x:v>
+        <x:v>26537.1</x:v>
       </x:c>
       <x:c r="E84" s="0">
-        <x:v>25668.69</x:v>
+        <x:v>25639.71</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:5">
       <x:c r="A85" s="1">
-        <x:v>46000.9275810185</x:v>
+        <x:v>46027.9296064815</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C85" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D85" s="0">
-        <x:v>26566.919</x:v>
+        <x:v>26290.366</x:v>
       </x:c>
       <x:c r="E85" s="0">
-        <x:v>25668.69</x:v>
+        <x:v>25401.32</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:5">
       <x:c r="A86" s="1">
-        <x:v>46000.3338310185</x:v>
+        <x:v>46024.9271875</x:v>
       </x:c>
       <x:c r="B86" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C86" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.21</x:v>
       </x:c>
       <x:c r="D86" s="0">
-        <x:v>26524.753</x:v>
+        <x:v>26085.56</x:v>
       </x:c>
       <x:c r="E86" s="0">
-        <x:v>25627.95</x:v>
+        <x:v>25206.17</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:5">
       <x:c r="A87" s="1">
-        <x:v>45999.3304282407</x:v>
+        <x:v>46024.2881712963</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C87" s="0">
         <x:v>0.18</x:v>
       </x:c>
       <x:c r="D87" s="0">
-        <x:v>26589.356</x:v>
+        <x:v>26350.923</x:v>
       </x:c>
       <x:c r="E87" s="0">
-        <x:v>25692.05</x:v>
+        <x:v>25462.56</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:5">
       <x:c r="A88" s="1">
-        <x:v>45996.9307407407</x:v>
+        <x:v>46022.3246412037</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C88" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D88" s="0">
-        <x:v>26588.281</x:v>
+        <x:v>26353.75</x:v>
       </x:c>
       <x:c r="E88" s="0">
-        <x:v>25692.05</x:v>
+        <x:v>25462.56</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:5">
       <x:c r="A89" s="1">
-        <x:v>45996.3408333333</x:v>
+        <x:v>46021.9269560185</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C89" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D89" s="0">
-        <x:v>26474.069</x:v>
+        <x:v>26353.75</x:v>
       </x:c>
       <x:c r="E89" s="0">
-        <x:v>25581.7</x:v>
+        <x:v>25462.56</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:5">
       <x:c r="A90" s="1">
-        <x:v>45995.9303009259</x:v>
+        <x:v>46020.9273611111</x:v>
       </x:c>
       <x:c r="B90" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C90" s="0">
-        <x:v>0.2</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D90" s="0">
-        <x:v>26475.657</x:v>
+        <x:v>26418.305</x:v>
       </x:c>
       <x:c r="E90" s="0">
-        <x:v>25581.7</x:v>
+        <x:v>25525.56</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:5">
       <x:c r="A91" s="1">
-        <x:v>45995.3278587963</x:v>
+        <x:v>46020.3323611111</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C91" s="0">
-        <x:v>0.2</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D91" s="0">
-        <x:v>26501.366</x:v>
+        <x:v>26482.754</x:v>
       </x:c>
       <x:c r="E91" s="0">
-        <x:v>25606.54</x:v>
+        <x:v>25587.83</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:5">
       <x:c r="A92" s="1">
-        <x:v>45994.9276967593</x:v>
+        <x:v>46015.3842824074</x:v>
       </x:c>
       <x:c r="B92" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C92" s="0">
-        <x:v>0.2</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D92" s="0">
-        <x:v>26501.261</x:v>
+        <x:v>26483.404</x:v>
       </x:c>
       <x:c r="E92" s="0">
-        <x:v>25606.54</x:v>
+        <x:v>25587.83</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:5">
       <x:c r="A93" s="1">
-        <x:v>45994.3371875</x:v>
+        <x:v>46014.9278356481</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C93" s="0">
-        <x:v>0.2</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D93" s="0">
-        <x:v>26448.807</x:v>
+        <x:v>26483.404</x:v>
       </x:c>
       <x:c r="E93" s="0">
-        <x:v>25555.86</x:v>
+        <x:v>25587.83</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:5">
       <x:c r="A94" s="1">
-        <x:v>45993.9303240741</x:v>
+        <x:v>46013.9284837963</x:v>
       </x:c>
       <x:c r="B94" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C94" s="0">
-        <x:v>0.21</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D94" s="0">
-        <x:v>26450.315</x:v>
+        <x:v>26350.138</x:v>
       </x:c>
       <x:c r="E94" s="0">
-        <x:v>25555.86</x:v>
+        <x:v>25461.7</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:5">
       <x:c r="A95" s="1">
-        <x:v>45992.9296990741</x:v>
+        <x:v>46013.296712963</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C95" s="0">
-        <x:v>0.25</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D95" s="0">
-        <x:v>26229.849</x:v>
+        <x:v>26230.575</x:v>
       </x:c>
       <x:c r="E95" s="0">
-        <x:v>25342.849</x:v>
+        <x:v>25346.18</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:5">
       <x:c r="A96" s="1">
-        <x:v>45989.8197106481</x:v>
+        <x:v>46010.9275810185</x:v>
       </x:c>
       <x:c r="B96" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C96" s="0">
-        <x:v>0.23</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D96" s="0">
-        <x:v>26324.162</x:v>
+        <x:v>26233.296</x:v>
       </x:c>
       <x:c r="E96" s="0">
-        <x:v>25434.889</x:v>
+        <x:v>25346.18</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:5">
       <x:c r="A97" s="1">
-        <x:v>45989.3082638889</x:v>
+        <x:v>46009.930787037</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C97" s="0">
         <x:v>0.26</x:v>
       </x:c>
       <x:c r="D97" s="0">
-        <x:v>26119.284</x:v>
+        <x:v>25895.048</x:v>
       </x:c>
       <x:c r="E97" s="0">
-        <x:v>25236.939</x:v>
+        <x:v>25019.37</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:5">
       <x:c r="A98" s="1">
-        <x:v>45987.9265509259</x:v>
+        <x:v>46008.9275925926</x:v>
       </x:c>
       <x:c r="B98" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C98" s="0">
-        <x:v>0.28</x:v>
+        <x:v>0.37</x:v>
       </x:c>
       <x:c r="D98" s="0">
-        <x:v>26118.712</x:v>
+        <x:v>25510.276</x:v>
       </x:c>
       <x:c r="E98" s="0">
-        <x:v>25236.939</x:v>
+        <x:v>24647.61</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:5">
       <x:c r="A99" s="1">
-        <x:v>45987.319537037</x:v>
+        <x:v>46007.9277662037</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C99" s="0">
-        <x:v>0.3</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D99" s="0">
-        <x:v>25892.483</x:v>
+        <x:v>26012.593</x:v>
       </x:c>
       <x:c r="E99" s="0">
-        <x:v>25018.36</x:v>
+        <x:v>25132.94</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:5">
       <x:c r="A100" s="1">
-        <x:v>45986.9250347222</x:v>
+        <x:v>46006.9271064815</x:v>
       </x:c>
       <x:c r="B100" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C100" s="0">
-        <x:v>0.33</x:v>
+        <x:v>0.28</x:v>
       </x:c>
       <x:c r="D100" s="0">
-        <x:v>25893.893</x:v>
+        <x:v>25942.63</x:v>
       </x:c>
       <x:c r="E100" s="0">
-        <x:v>25018.36</x:v>
+        <x:v>25067.27</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:5">
       <x:c r="A101" s="1">
-        <x:v>45986.3107407407</x:v>
+        <x:v>46006.3081018518</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C101" s="0">
-        <x:v>0.38</x:v>
+        <x:v>0.24</x:v>
       </x:c>
       <x:c r="D101" s="0">
-        <x:v>25744.325</x:v>
+        <x:v>26076.621</x:v>
       </x:c>
       <x:c r="E101" s="0">
-        <x:v>24873.85</x:v>
+        <x:v>25196.73</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:5">
       <x:c r="A102" s="1">
-        <x:v>45985.3068518518</x:v>
+        <x:v>46003.9269907407</x:v>
       </x:c>
       <x:c r="B102" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C102" s="0">
-        <x:v>0.66</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="D102" s="0">
-        <x:v>25087.633</x:v>
+        <x:v>26077.704</x:v>
       </x:c>
       <x:c r="E102" s="0">
-        <x:v>24239.573</x:v>
+        <x:v>25196.73</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:5">
       <x:c r="A103" s="1">
-        <x:v>45982.9249074074</x:v>
+        <x:v>46003.3313773148</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C103" s="0">
-        <x:v>0.79</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D103" s="0">
-        <x:v>25086.261</x:v>
+        <x:v>26584.812</x:v>
       </x:c>
       <x:c r="E103" s="0">
-        <x:v>24239.573</x:v>
+        <x:v>25686.69</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:5">
       <x:c r="A104" s="1">
-        <x:v>45982.3124884259</x:v>
+        <x:v>46002.9320023148</x:v>
       </x:c>
       <x:c r="B104" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C104" s="0">
-        <x:v>0.9</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D104" s="0">
-        <x:v>24894.587</x:v>
+        <x:v>26585.724</x:v>
       </x:c>
       <x:c r="E104" s="0">
-        <x:v>24054.38</x:v>
+        <x:v>25686.69</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:5">
       <x:c r="A105" s="1">
-        <x:v>45981.9259027778</x:v>
+        <x:v>46001.927025463</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C105" s="0">
-        <x:v>0.93</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D105" s="0">
-        <x:v>24891.795</x:v>
+        <x:v>26678.277</x:v>
       </x:c>
       <x:c r="E105" s="0">
-        <x:v>24054.38</x:v>
+        <x:v>25776.44</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:5">
       <x:c r="A106" s="1">
-        <x:v>45981.3119675926</x:v>
+        <x:v>46001.3340509259</x:v>
       </x:c>
       <x:c r="B106" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C106" s="0">
-        <x:v>0.4</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D106" s="0">
-        <x:v>25498.445</x:v>
+        <x:v>26566.756</x:v>
       </x:c>
       <x:c r="E106" s="0">
-        <x:v>24640.515</x:v>
+        <x:v>25668.69</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:5">
       <x:c r="A107" s="1">
-        <x:v>45980.926412037</x:v>
+        <x:v>46000.9275810185</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C107" s="0">
-        <x:v>0.63</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D107" s="0">
-        <x:v>25502.756</x:v>
+        <x:v>26566.919</x:v>
       </x:c>
       <x:c r="E107" s="0">
-        <x:v>24640.515</x:v>
+        <x:v>25668.69</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:5">
       <x:c r="A108" s="1">
-        <x:v>45979.9258680556</x:v>
+        <x:v>46000.3338310185</x:v>
       </x:c>
       <x:c r="B108" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C108" s="0">
-        <x:v>0.71</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D108" s="0">
-        <x:v>25360.149</x:v>
+        <x:v>26524.753</x:v>
       </x:c>
       <x:c r="E108" s="0">
-        <x:v>24503.096</x:v>
+        <x:v>25627.95</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:5">
       <x:c r="A109" s="1">
-        <x:v>45979.3133912037</x:v>
+        <x:v>45999.3304282407</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C109" s="0">
-        <x:v>0.64</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D109" s="0">
-        <x:v>25667.36</x:v>
+        <x:v>26589.356</x:v>
       </x:c>
       <x:c r="E109" s="0">
-        <x:v>24799.918</x:v>
+        <x:v>25692.05</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:5">
       <x:c r="A110" s="1">
-        <x:v>45978.9281365741</x:v>
+        <x:v>45996.9307407407</x:v>
       </x:c>
       <x:c r="B110" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C110" s="0">
-        <x:v>0.57</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D110" s="0">
-        <x:v>25667.423</x:v>
+        <x:v>26588.281</x:v>
       </x:c>
       <x:c r="E110" s="0">
-        <x:v>24799.918</x:v>
+        <x:v>25692.05</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:5">
       <x:c r="A111" s="1">
-        <x:v>45978.3022453704</x:v>
+        <x:v>45996.3408333333</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C111" s="0">
-        <x:v>0.43</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D111" s="0">
-        <x:v>25883.038</x:v>
+        <x:v>26474.069</x:v>
       </x:c>
       <x:c r="E111" s="0">
-        <x:v>25008.242</x:v>
+        <x:v>25581.7</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:5">
       <x:c r="A112" s="1">
-        <x:v>45975.9257986111</x:v>
+        <x:v>45995.9303009259</x:v>
       </x:c>
       <x:c r="B112" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C112" s="0">
-        <x:v>0.49</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D112" s="0">
-        <x:v>25880.486</x:v>
+        <x:v>26475.657</x:v>
       </x:c>
       <x:c r="E112" s="0">
-        <x:v>25008.242</x:v>
+        <x:v>25581.7</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:5">
       <x:c r="A113" s="1">
-        <x:v>45975.3077546296</x:v>
+        <x:v>45995.3278587963</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C113" s="0">
-        <x:v>0.49</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D113" s="0">
-        <x:v>25865.19</x:v>
+        <x:v>26501.366</x:v>
       </x:c>
       <x:c r="E113" s="0">
-        <x:v>24993.463</x:v>
+        <x:v>25606.54</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:5">
       <x:c r="A114" s="1">
-        <x:v>45974.924849537</x:v>
+        <x:v>45994.9276967593</x:v>
       </x:c>
       <x:c r="B114" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C114" s="0">
-        <x:v>0.5</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D114" s="0">
-        <x:v>25867.851</x:v>
+        <x:v>26501.261</x:v>
       </x:c>
       <x:c r="E114" s="0">
-        <x:v>24993.463</x:v>
+        <x:v>25606.54</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:5">
       <x:c r="A115" s="1">
-        <x:v>45974.3773032407</x:v>
+        <x:v>45994.3371875</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C115" s="0">
-        <x:v>0.33</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D115" s="0">
-        <x:v>26410.051</x:v>
+        <x:v>26448.807</x:v>
       </x:c>
       <x:c r="E115" s="0">
-        <x:v>25517.328</x:v>
+        <x:v>25555.86</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:5">
       <x:c r="A116" s="1">
-        <x:v>45974.3182638889</x:v>
+        <x:v>45993.9303240741</x:v>
       </x:c>
       <x:c r="B116" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C116" s="0">
-        <x:v>0.33</x:v>
+        <x:v>0.21</x:v>
       </x:c>
       <x:c r="D116" s="0">
-        <x:v>26410.051</x:v>
+        <x:v>26450.315</x:v>
       </x:c>
       <x:c r="E116" s="0">
-        <x:v>25517.328</x:v>
+        <x:v>25555.86</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:5">
       <x:c r="A117" s="1">
-        <x:v>45973.9253356481</x:v>
+        <x:v>45992.9296990741</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C117" s="0">
-        <x:v>0.35</x:v>
+        <x:v>0.25</x:v>
       </x:c>
       <x:c r="D117" s="0">
-        <x:v>26410.205</x:v>
+        <x:v>26229.849</x:v>
       </x:c>
       <x:c r="E117" s="0">
-        <x:v>25517.328</x:v>
+        <x:v>25342.849</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:5">
       <x:c r="A118" s="1">
-        <x:v>45973.3365393519</x:v>
+        <x:v>45989.8197106481</x:v>
       </x:c>
       <x:c r="B118" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C118" s="0">
-        <x:v>0.31</x:v>
+        <x:v>0.23</x:v>
       </x:c>
       <x:c r="D118" s="0">
-        <x:v>26426.929</x:v>
+        <x:v>26324.162</x:v>
       </x:c>
       <x:c r="E118" s="0">
-        <x:v>25533.486</x:v>
+        <x:v>25434.889</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:5">
       <x:c r="A119" s="1">
-        <x:v>45972.9253240741</x:v>
+        <x:v>45989.3082638889</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C119" s="0">
-        <x:v>0.35</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="D119" s="0">
-        <x:v>26427.158</x:v>
+        <x:v>26119.284</x:v>
       </x:c>
       <x:c r="E119" s="0">
-        <x:v>25533.486</x:v>
+        <x:v>25236.939</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:5">
       <x:c r="A120" s="1">
-        <x:v>45971.9253703704</x:v>
+        <x:v>45987.9265509259</x:v>
       </x:c>
       <x:c r="B120" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C120" s="0">
-        <x:v>0.33</x:v>
+        <x:v>0.28</x:v>
       </x:c>
       <x:c r="D120" s="0">
-        <x:v>26504.865</x:v>
+        <x:v>26118.712</x:v>
       </x:c>
       <x:c r="E120" s="0">
-        <x:v>25611.737</x:v>
+        <x:v>25236.939</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:5">
       <x:c r="A121" s="1">
-        <x:v>45971.2992708333</x:v>
+        <x:v>45987.319537037</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C121" s="0">
-        <x:v>0.44</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="D121" s="0">
-        <x:v>25933.618</x:v>
+        <x:v>25892.483</x:v>
       </x:c>
       <x:c r="E121" s="0">
-        <x:v>25059.808</x:v>
+        <x:v>25018.36</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:5">
       <x:c r="A122" s="1">
-        <x:v>45968.9253935185</x:v>
+        <x:v>45986.9250347222</x:v>
       </x:c>
       <x:c r="B122" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C122" s="0">
-        <x:v>0.59</x:v>
+        <x:v>0.33</x:v>
       </x:c>
       <x:c r="D122" s="0">
-        <x:v>25936.387</x:v>
+        <x:v>25893.893</x:v>
       </x:c>
       <x:c r="E122" s="0">
-        <x:v>25059.808</x:v>
+        <x:v>25018.36</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:5">
       <x:c r="A123" s="1">
-        <x:v>45968.3147337963</x:v>
+        <x:v>45986.3107407407</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C123" s="0">
-        <x:v>0.52</x:v>
+        <x:v>0.38</x:v>
       </x:c>
       <x:c r="D123" s="0">
-        <x:v>26009.079</x:v>
+        <x:v>25744.325</x:v>
       </x:c>
       <x:c r="E123" s="0">
-        <x:v>25130.042</x:v>
+        <x:v>24873.85</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:5">
       <x:c r="A124" s="1">
-        <x:v>45967.9277893519</x:v>
+        <x:v>45985.3068518518</x:v>
       </x:c>
       <x:c r="B124" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C124" s="0">
-        <x:v>0.55</x:v>
+        <x:v>0.66</x:v>
       </x:c>
       <x:c r="D124" s="0">
-        <x:v>26009.594</x:v>
+        <x:v>25087.633</x:v>
       </x:c>
       <x:c r="E124" s="0">
-        <x:v>25130.042</x:v>
+        <x:v>24239.573</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:5">
       <x:c r="A125" s="1">
-        <x:v>45966.9253587963</x:v>
+        <x:v>45982.9249074074</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C125" s="0">
-        <x:v>0.4</x:v>
+        <x:v>0.79</x:v>
       </x:c>
       <x:c r="D125" s="0">
-        <x:v>26516.732</x:v>
+        <x:v>25086.261</x:v>
       </x:c>
       <x:c r="E125" s="0">
-        <x:v>25620.031</x:v>
+        <x:v>24239.573</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:5">
       <x:c r="A126" s="1">
-        <x:v>45965.9236921296</x:v>
+        <x:v>45982.3124884259</x:v>
       </x:c>
       <x:c r="B126" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C126" s="0">
-        <x:v>0.47</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="D126" s="0">
-        <x:v>26325.654</x:v>
+        <x:v>24894.587</x:v>
       </x:c>
       <x:c r="E126" s="0">
-        <x:v>25435.704</x:v>
+        <x:v>24054.38</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:5">
       <x:c r="A127" s="1">
-        <x:v>45965.3316550926</x:v>
+        <x:v>45981.9259027778</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C127" s="0">
-        <x:v>0.41</x:v>
+        <x:v>0.93</x:v>
       </x:c>
       <x:c r="D127" s="0">
-        <x:v>26881.696</x:v>
+        <x:v>24891.795</x:v>
       </x:c>
       <x:c r="E127" s="0">
-        <x:v>25972.943</x:v>
+        <x:v>24054.38</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:5">
       <x:c r="A128" s="1">
-        <x:v>45964.9227893519</x:v>
+        <x:v>45981.3119675926</x:v>
       </x:c>
       <x:c r="B128" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C128" s="0">
-        <x:v>0.33</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="D128" s="0">
-        <x:v>26881.996</x:v>
+        <x:v>25498.445</x:v>
       </x:c>
       <x:c r="E128" s="0">
-        <x:v>25972.943</x:v>
+        <x:v>24640.515</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:5">
       <x:c r="A129" s="1">
-        <x:v>45961.8818981481</x:v>
+        <x:v>45980.926412037</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C129" s="0">
-        <x:v>0.36</x:v>
+        <x:v>0.63</x:v>
       </x:c>
       <x:c r="D129" s="0">
-        <x:v>26760.688</x:v>
+        <x:v>25502.756</x:v>
       </x:c>
       <x:c r="E129" s="0">
-        <x:v>25858.126</x:v>
+        <x:v>24640.515</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:5">
       <x:c r="A130" s="1">
-        <x:v>45961.3396180556</x:v>
+        <x:v>45979.9258680556</x:v>
       </x:c>
       <x:c r="B130" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C130" s="0">
-        <x:v>0.31</x:v>
+        <x:v>0.71</x:v>
       </x:c>
       <x:c r="D130" s="0">
-        <x:v>26633.06</x:v>
+        <x:v>25360.149</x:v>
       </x:c>
       <x:c r="E130" s="0">
-        <x:v>25734.813</x:v>
+        <x:v>24503.096</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:5">
       <x:c r="A131" s="1">
-        <x:v>45960.8841435185</x:v>
+        <x:v>45979.3133912037</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C131" s="0">
-        <x:v>0.4</x:v>
+        <x:v>0.64</x:v>
       </x:c>
       <x:c r="D131" s="0">
-        <x:v>26635.532</x:v>
+        <x:v>25667.36</x:v>
       </x:c>
       <x:c r="E131" s="0">
-        <x:v>25734.813</x:v>
+        <x:v>24799.918</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:5">
       <x:c r="A132" s="1">
-        <x:v>45959.8897916667</x:v>
+        <x:v>45978.9281365741</x:v>
       </x:c>
       <x:c r="B132" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C132" s="0">
-        <x:v>0.31</x:v>
+        <x:v>0.57</x:v>
       </x:c>
       <x:c r="D132" s="0">
-        <x:v>27033.832</x:v>
+        <x:v>25667.423</x:v>
       </x:c>
       <x:c r="E132" s="0">
-        <x:v>26119.846</x:v>
+        <x:v>24799.918</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:5">
       <x:c r="A133" s="1">
-        <x:v>45959.3231944444</x:v>
+        <x:v>45978.3022453704</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C133" s="0">
-        <x:v>0.3</x:v>
+        <x:v>0.43</x:v>
       </x:c>
       <x:c r="D133" s="0">
-        <x:v>26922.372</x:v>
+        <x:v>25883.038</x:v>
       </x:c>
       <x:c r="E133" s="0">
-        <x:v>26012.155</x:v>
+        <x:v>25008.242</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:5">
       <x:c r="A134" s="1">
-        <x:v>45958.8875115741</x:v>
+        <x:v>45975.9257986111</x:v>
       </x:c>
       <x:c r="B134" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C134" s="0">
-        <x:v>0.34</x:v>
+        <x:v>0.49</x:v>
       </x:c>
       <x:c r="D134" s="0">
-        <x:v>26922.246</x:v>
+        <x:v>25880.486</x:v>
       </x:c>
       <x:c r="E134" s="0">
-        <x:v>26012.155</x:v>
+        <x:v>25008.242</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:5">
       <x:c r="A135" s="1">
-        <x:v>45958.3305902778</x:v>
+        <x:v>45975.3077546296</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C135" s="0">
-        <x:v>0.39</x:v>
+        <x:v>0.49</x:v>
       </x:c>
       <x:c r="D135" s="0">
-        <x:v>26724.96</x:v>
+        <x:v>25865.19</x:v>
       </x:c>
       <x:c r="E135" s="0">
-        <x:v>25821.54</x:v>
+        <x:v>24993.463</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:5">
       <x:c r="A136" s="1">
-        <x:v>45957.8875578704</x:v>
+        <x:v>45974.924849537</x:v>
       </x:c>
       <x:c r="B136" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C136" s="0">
-        <x:v>0.39</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="D136" s="0">
-        <x:v>26725.3</x:v>
+        <x:v>25867.851</x:v>
       </x:c>
       <x:c r="E136" s="0">
-        <x:v>25821.546</x:v>
+        <x:v>24993.463</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:5">
       <x:c r="A137" s="1">
-        <x:v>45954.9259259259</x:v>
+        <x:v>45974.3773032407</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C137" s="0">
-        <x:v>0.62</x:v>
+        <x:v>0.33</x:v>
       </x:c>
       <x:c r="D137" s="0">
-        <x:v>26245.676</x:v>
+        <x:v>26410.051</x:v>
       </x:c>
       <x:c r="E137" s="0">
-        <x:v>25358.162</x:v>
+        <x:v>25517.328</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:5">
       <x:c r="A138" s="1">
-        <x:v>45954.3348148148</x:v>
+        <x:v>45974.3182638889</x:v>
       </x:c>
       <x:c r="B138" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C138" s="0">
-        <x:v>0.72</x:v>
+        <x:v>0.33</x:v>
       </x:c>
       <x:c r="D138" s="0">
-        <x:v>25975.803</x:v>
+        <x:v>26410.051</x:v>
       </x:c>
       <x:c r="E138" s="0">
-        <x:v>25097.415</x:v>
+        <x:v>25517.328</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:5">
       <x:c r="A139" s="1">
-        <x:v>45953.9278009259</x:v>
+        <x:v>45973.9253356481</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C139" s="0">
-        <x:v>0.78</x:v>
+        <x:v>0.35</x:v>
       </x:c>
       <x:c r="D139" s="0">
-        <x:v>25975.824</x:v>
+        <x:v>26410.205</x:v>
       </x:c>
       <x:c r="E139" s="0">
-        <x:v>25097.415</x:v>
+        <x:v>25517.328</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:5">
       <x:c r="A140" s="1">
-        <x:v>45952.9303703704</x:v>
+        <x:v>45973.3365393519</x:v>
       </x:c>
       <x:c r="B140" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C140" s="0">
-        <x:v>0.94</x:v>
+        <x:v>0.31</x:v>
       </x:c>
       <x:c r="D140" s="0">
-        <x:v>25749.77</x:v>
+        <x:v>26426.929</x:v>
       </x:c>
       <x:c r="E140" s="0">
-        <x:v>24879.005</x:v>
+        <x:v>25533.486</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:5">
       <x:c r="A141" s="1">
-        <x:v>45951.9269444444</x:v>
+        <x:v>45972.9253240741</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C141" s="0">
-        <x:v>0.79</x:v>
+        <x:v>0.35</x:v>
       </x:c>
       <x:c r="D141" s="0">
-        <x:v>26006.581</x:v>
+        <x:v>26427.158</x:v>
       </x:c>
       <x:c r="E141" s="0">
-        <x:v>25127.131</x:v>
+        <x:v>25533.486</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:5">
       <x:c r="A142" s="1">
-        <x:v>45950.9289814815</x:v>
+        <x:v>45971.9253703704</x:v>
       </x:c>
       <x:c r="B142" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C142" s="0">
-        <x:v>0.78</x:v>
+        <x:v>0.33</x:v>
       </x:c>
       <x:c r="D142" s="0">
-        <x:v>26020.954</x:v>
+        <x:v>26504.865</x:v>
       </x:c>
       <x:c r="E142" s="0">
-        <x:v>25141.018</x:v>
+        <x:v>25611.737</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:5">
       <x:c r="A143" s="1">
-        <x:v>45947.9299768519</x:v>
+        <x:v>45971.2992708333</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C143" s="0">
-        <x:v>1.05</x:v>
+        <x:v>0.44</x:v>
       </x:c>
       <x:c r="D143" s="0">
-        <x:v>25686.581</x:v>
+        <x:v>25933.618</x:v>
       </x:c>
       <x:c r="E143" s="0">
-        <x:v>24817.953</x:v>
+        <x:v>25059.808</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:5">
       <x:c r="A144" s="1">
-        <x:v>45946.9262037037</x:v>
+        <x:v>45968.9253935185</x:v>
       </x:c>
       <x:c r="B144" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C144" s="0">
-        <x:v>1.2</x:v>
+        <x:v>0.59</x:v>
       </x:c>
       <x:c r="D144" s="0">
-        <x:v>25520.244</x:v>
+        <x:v>25936.387</x:v>
       </x:c>
       <x:c r="E144" s="0">
-        <x:v>24657.241</x:v>
+        <x:v>25059.808</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:5">
       <x:c r="A145" s="1">
-        <x:v>45945.9257175926</x:v>
+        <x:v>45968.3147337963</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C145" s="0">
-        <x:v>1.12</x:v>
+        <x:v>0.52</x:v>
       </x:c>
       <x:c r="D145" s="0">
-        <x:v>25611.446</x:v>
+        <x:v>26009.079</x:v>
       </x:c>
       <x:c r="E145" s="0">
-        <x:v>24745.358</x:v>
+        <x:v>25130.042</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:5">
       <x:c r="A146" s="1">
-        <x:v>45944.9308101852</x:v>
+        <x:v>45967.9277893519</x:v>
       </x:c>
       <x:c r="B146" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C146" s="0">
-        <x:v>1.3</x:v>
+        <x:v>0.55</x:v>
       </x:c>
       <x:c r="D146" s="0">
-        <x:v>25439.593</x:v>
+        <x:v>26009.594</x:v>
       </x:c>
       <x:c r="E146" s="0">
-        <x:v>24579.317</x:v>
+        <x:v>25130.042</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:5">
       <x:c r="A147" s="1">
-        <x:v>45943.926724537</x:v>
+        <x:v>45966.9253587963</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C147" s="0">
-        <x:v>1.14</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="D147" s="0">
-        <x:v>25616.511</x:v>
+        <x:v>26516.732</x:v>
       </x:c>
       <x:c r="E147" s="0">
-        <x:v>24750.252</x:v>
+        <x:v>25620.031</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:5">
       <x:c r="A148" s="1">
-        <x:v>45940.9235069444</x:v>
+        <x:v>45965.9236921296</x:v>
       </x:c>
       <x:c r="B148" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C148" s="0">
-        <x:v>2.01</x:v>
+        <x:v>0.47</x:v>
       </x:c>
       <x:c r="D148" s="0">
-        <x:v>25069.438</x:v>
+        <x:v>26325.654</x:v>
       </x:c>
       <x:c r="E148" s="0">
-        <x:v>24221.745</x:v>
+        <x:v>25435.704</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:5">
       <x:c r="A149" s="1">
-        <x:v>45940.3355092593</x:v>
+        <x:v>45965.3316550926</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C149" s="0">
-        <x:v>1.14</x:v>
+        <x:v>0.41</x:v>
       </x:c>
       <x:c r="D149" s="0">
-        <x:v>25976.548</x:v>
+        <x:v>26881.696</x:v>
       </x:c>
       <x:c r="E149" s="0">
-        <x:v>25098.18</x:v>
+        <x:v>25972.943</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:5">
       <x:c r="A150" s="1">
-        <x:v>45939.3272800926</x:v>
+        <x:v>45964.9227893519</x:v>
       </x:c>
       <x:c r="B150" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C150" s="0">
-        <x:v>1.14</x:v>
+        <x:v>0.33</x:v>
       </x:c>
       <x:c r="D150" s="0">
-        <x:v>26015.962</x:v>
+        <x:v>26881.996</x:v>
       </x:c>
       <x:c r="E150" s="0">
-        <x:v>25136.623</x:v>
+        <x:v>25972.943</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:5">
       <x:c r="A151" s="1">
-        <x:v>45938.9270833333</x:v>
+        <x:v>45961.8818981481</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C151" s="0">
-        <x:v>1.15</x:v>
+        <x:v>0.36</x:v>
       </x:c>
       <x:c r="D151" s="0">
-        <x:v>26016.405</x:v>
+        <x:v>26760.688</x:v>
       </x:c>
       <x:c r="E151" s="0">
-        <x:v>25136.623</x:v>
+        <x:v>25858.126</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:5">
       <x:c r="A152" s="1">
-        <x:v>45937.9282291667</x:v>
+        <x:v>45961.3396180556</x:v>
       </x:c>
       <x:c r="B152" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C152" s="0">
-        <x:v>1.5</x:v>
+        <x:v>0.31</x:v>
       </x:c>
       <x:c r="D152" s="0">
-        <x:v>25709.635</x:v>
+        <x:v>26633.06</x:v>
       </x:c>
       <x:c r="E152" s="0">
-        <x:v>24840.227</x:v>
+        <x:v>25734.813</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:5">
       <x:c r="A153" s="1">
-        <x:v>45936.9241319444</x:v>
+        <x:v>45960.8841435185</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C153" s="0">
-        <x:v>1.35</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="D153" s="0">
-        <x:v>25852.808</x:v>
+        <x:v>26635.532</x:v>
       </x:c>
       <x:c r="E153" s="0">
-        <x:v>24978.558</x:v>
+        <x:v>25734.813</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:5">
       <x:c r="A154" s="1">
-        <x:v>45933.9288425926</x:v>
+        <x:v>45959.8897916667</x:v>
       </x:c>
       <x:c r="B154" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C154" s="0">
-        <x:v>1.59</x:v>
+        <x:v>0.31</x:v>
       </x:c>
       <x:c r="D154" s="0">
-        <x:v>25650.578</x:v>
+        <x:v>27033.832</x:v>
       </x:c>
       <x:c r="E154" s="0">
-        <x:v>24785.522</x:v>
+        <x:v>26119.846</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:5">
       <x:c r="A155" s="1">
-        <x:v>45933.331087963</x:v>
+        <x:v>45959.3231944444</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C155" s="0">
-        <x:v>1.37</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="D155" s="0">
-        <x:v>25761.574</x:v>
+        <x:v>26922.372</x:v>
       </x:c>
       <x:c r="E155" s="0">
-        <x:v>24892.764</x:v>
+        <x:v>26012.155</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:5">
       <x:c r="A156" s="1">
-        <x:v>45932.9250925926</x:v>
+        <x:v>45958.8875115741</x:v>
       </x:c>
       <x:c r="B156" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C156" s="0">
-        <x:v>1.47</x:v>
+        <x:v>0.34</x:v>
       </x:c>
       <x:c r="D156" s="0">
-        <x:v>25764.011</x:v>
+        <x:v>26922.246</x:v>
       </x:c>
       <x:c r="E156" s="0">
-        <x:v>24892.764</x:v>
+        <x:v>26012.155</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:5">
       <x:c r="A157" s="1">
-        <x:v>45931.9294097222</x:v>
+        <x:v>45958.3305902778</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C157" s="0">
-        <x:v>1.59</x:v>
+        <x:v>0.39</x:v>
       </x:c>
       <x:c r="D157" s="0">
-        <x:v>25667.285</x:v>
+        <x:v>26724.96</x:v>
       </x:c>
       <x:c r="E157" s="0">
-        <x:v>24800.863</x:v>
+        <x:v>25821.54</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:5">
       <x:c r="A158" s="1">
-        <x:v>45931.3342361111</x:v>
+        <x:v>45957.8875578704</x:v>
       </x:c>
       <x:c r="B158" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C158" s="0">
-        <x:v>1.94</x:v>
+        <x:v>0.39</x:v>
       </x:c>
       <x:c r="D158" s="0">
-        <x:v>25542.179</x:v>
+        <x:v>26725.3</x:v>
       </x:c>
       <x:c r="E158" s="0">
-        <x:v>24679.988</x:v>
+        <x:v>25821.546</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:5">
       <x:c r="A159" s="1">
-        <x:v>45930.933900463</x:v>
+        <x:v>45954.9259259259</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C159" s="0">
-        <x:v>1.76</x:v>
+        <x:v>0.62</x:v>
       </x:c>
       <x:c r="D159" s="0">
-        <x:v>25542.931</x:v>
+        <x:v>26245.676</x:v>
       </x:c>
       <x:c r="E159" s="0">
-        <x:v>24679.988</x:v>
+        <x:v>25358.162</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:5">
       <x:c r="A160" s="1">
-        <x:v>45930.3326736111</x:v>
+        <x:v>45954.3348148148</x:v>
       </x:c>
       <x:c r="B160" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C160" s="0">
-        <x:v>1.85</x:v>
+        <x:v>0.72</x:v>
       </x:c>
       <x:c r="D160" s="0">
-        <x:v>25471.893</x:v>
+        <x:v>25975.803</x:v>
       </x:c>
       <x:c r="E160" s="0">
-        <x:v>24611.352</x:v>
+        <x:v>25097.415</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:5">
       <x:c r="A161" s="1">
-        <x:v>45929.9324074074</x:v>
+        <x:v>45953.9278009259</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C161" s="0">
-        <x:v>1.86</x:v>
+        <x:v>0.78</x:v>
       </x:c>
       <x:c r="D161" s="0">
-        <x:v>25472.749</x:v>
+        <x:v>25975.824</x:v>
       </x:c>
       <x:c r="E161" s="0">
-        <x:v>24611.352</x:v>
+        <x:v>25097.415</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:5">
       <x:c r="A162" s="1">
-        <x:v>45926.9298611111</x:v>
+        <x:v>45952.9303703704</x:v>
       </x:c>
       <x:c r="B162" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C162" s="0">
-        <x:v>2.03</x:v>
+        <x:v>0.94</x:v>
       </x:c>
       <x:c r="D162" s="0">
-        <x:v>25361.069</x:v>
+        <x:v>25749.77</x:v>
       </x:c>
       <x:c r="E162" s="0">
-        <x:v>24503.848</x:v>
+        <x:v>24879.005</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:5">
       <x:c r="A163" s="1">
-        <x:v>45926.3217824074</x:v>
+        <x:v>45951.9269444444</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C163" s="0">
-        <x:v>2.26</x:v>
+        <x:v>0.79</x:v>
       </x:c>
       <x:c r="D163" s="0">
-        <x:v>25250.803</x:v>
+        <x:v>26006.581</x:v>
       </x:c>
       <x:c r="E163" s="0">
-        <x:v>24397.311</x:v>
+        <x:v>25127.131</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:5">
       <x:c r="A164" s="1">
-        <x:v>45925.9294444444</x:v>
+        <x:v>45950.9289814815</x:v>
       </x:c>
       <x:c r="B164" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C164" s="0">
-        <x:v>2.23</x:v>
+        <x:v>0.78</x:v>
       </x:c>
       <x:c r="D164" s="0">
-        <x:v>25251.217</x:v>
+        <x:v>26020.954</x:v>
       </x:c>
       <x:c r="E164" s="0">
-        <x:v>24397.311</x:v>
+        <x:v>25141.018</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:5">
       <x:c r="A165" s="1">
-        <x:v>45924.9296527778</x:v>
+        <x:v>45947.9299768519</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C165" s="0">
-        <x:v>2.05</x:v>
+        <x:v>1.05</x:v>
       </x:c>
       <x:c r="D165" s="0">
-        <x:v>25360.756</x:v>
+        <x:v>25686.581</x:v>
       </x:c>
       <x:c r="E165" s="0">
-        <x:v>24503.567</x:v>
+        <x:v>24817.953</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:5">
       <x:c r="A166" s="1">
-        <x:v>45924.3777662037</x:v>
+        <x:v>45946.9262037037</x:v>
       </x:c>
       <x:c r="B166" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C166" s="0">
-        <x:v>1.81</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="D166" s="0">
-        <x:v>25440.038</x:v>
+        <x:v>25520.244</x:v>
       </x:c>
       <x:c r="E166" s="0">
-        <x:v>24580.168</x:v>
+        <x:v>24657.241</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:5">
       <x:c r="A167" s="1">
-        <x:v>45923.9251967593</x:v>
+        <x:v>45945.9257175926</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C167" s="0">
-        <x:v>1.93</x:v>
+        <x:v>1.12</x:v>
       </x:c>
       <x:c r="D167" s="0">
-        <x:v>25440.474</x:v>
+        <x:v>25611.446</x:v>
       </x:c>
       <x:c r="E167" s="0">
-        <x:v>24580.168</x:v>
+        <x:v>24745.358</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:5">
       <x:c r="A168" s="1">
-        <x:v>45922.926712963</x:v>
+        <x:v>45944.9308101852</x:v>
       </x:c>
       <x:c r="B168" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C168" s="0">
-        <x:v>1.68</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="D168" s="0">
-        <x:v>25624.635</x:v>
+        <x:v>25439.593</x:v>
       </x:c>
       <x:c r="E168" s="0">
-        <x:v>24761.074</x:v>
+        <x:v>24579.317</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:5">
       <x:c r="A169" s="1">
-        <x:v>45922.3338888889</x:v>
+        <x:v>45943.926724537</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C169" s="0">
-        <x:v>1.92</x:v>
+        <x:v>1.14</x:v>
       </x:c>
       <x:c r="D169" s="0">
-        <x:v>25485.089</x:v>
+        <x:v>25616.511</x:v>
       </x:c>
       <x:c r="E169" s="0">
-        <x:v>24626.247</x:v>
+        <x:v>24750.252</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:5">
       <x:c r="A170" s="1">
-        <x:v>45919.9342592593</x:v>
+        <x:v>45940.9235069444</x:v>
       </x:c>
       <x:c r="B170" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C170" s="0">
-        <x:v>1.88</x:v>
+        <x:v>2.01</x:v>
       </x:c>
       <x:c r="D170" s="0">
-        <x:v>25488.166</x:v>
+        <x:v>25069.438</x:v>
       </x:c>
       <x:c r="E170" s="0">
-        <x:v>24626.247</x:v>
+        <x:v>24221.745</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:5">
       <x:c r="A171" s="1">
-        <x:v>45918.9265393519</x:v>
+        <x:v>45940.3355092593</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C171" s="0">
-        <x:v>2.19</x:v>
+        <x:v>1.14</x:v>
       </x:c>
       <x:c r="D171" s="0">
-        <x:v>25310.815</x:v>
+        <x:v>25976.548</x:v>
       </x:c>
       <x:c r="E171" s="0">
-        <x:v>24454.894</x:v>
+        <x:v>25098.18</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:5">
       <x:c r="A172" s="1">
-        <x:v>45917.9270486111</x:v>
+        <x:v>45939.3272800926</x:v>
       </x:c>
       <x:c r="B172" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C172" s="0">
-        <x:v>2.7</x:v>
+        <x:v>1.14</x:v>
       </x:c>
       <x:c r="D172" s="0">
-        <x:v>25071.178</x:v>
+        <x:v>26015.962</x:v>
       </x:c>
       <x:c r="E172" s="0">
-        <x:v>24223.687</x:v>
+        <x:v>25136.623</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:5">
       <x:c r="A173" s="1">
-        <x:v>45917.3258680556</x:v>
+        <x:v>45938.9270833333</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C173" s="0">
-        <x:v>2.62</x:v>
+        <x:v>1.15</x:v>
       </x:c>
       <x:c r="D173" s="0">
-        <x:v>25123.509</x:v>
+        <x:v>26016.405</x:v>
       </x:c>
       <x:c r="E173" s="0">
-        <x:v>24274.249</x:v>
+        <x:v>25136.623</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:5">
       <x:c r="A174" s="1">
-        <x:v>45916.9258912037</x:v>
+        <x:v>45937.9282291667</x:v>
       </x:c>
       <x:c r="B174" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C174" s="0">
-        <x:v>2.59</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="D174" s="0">
-        <x:v>25123.848</x:v>
+        <x:v>25709.635</x:v>
       </x:c>
       <x:c r="E174" s="0">
-        <x:v>24274.249</x:v>
+        <x:v>24840.227</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:5">
       <x:c r="A175" s="1">
-        <x:v>45915.9270949074</x:v>
+        <x:v>45936.9241319444</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C175" s="0">
-        <x:v>2.55</x:v>
+        <x:v>1.35</x:v>
       </x:c>
       <x:c r="D175" s="0">
-        <x:v>25142.247</x:v>
+        <x:v>25852.808</x:v>
       </x:c>
       <x:c r="E175" s="0">
-        <x:v>24293.781</x:v>
+        <x:v>24978.558</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:5">
       <x:c r="A176" s="1">
-        <x:v>45915.3170833333</x:v>
+        <x:v>45933.9288425926</x:v>
       </x:c>
       <x:c r="B176" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C176" s="0">
-        <x:v>3.02</x:v>
+        <x:v>1.59</x:v>
       </x:c>
       <x:c r="D176" s="0">
-        <x:v>24933.604</x:v>
+        <x:v>25650.578</x:v>
       </x:c>
       <x:c r="E176" s="0">
-        <x:v>24092.193</x:v>
+        <x:v>24785.522</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:5">
       <x:c r="A177" s="1">
-        <x:v>45912.9234375</x:v>
+        <x:v>45933.331087963</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C177" s="0">
-        <x:v>3.05</x:v>
+        <x:v>1.37</x:v>
       </x:c>
       <x:c r="D177" s="0">
-        <x:v>24934.594</x:v>
+        <x:v>25761.574</x:v>
       </x:c>
       <x:c r="E177" s="0">
-        <x:v>24092.193</x:v>
+        <x:v>24892.764</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:5">
       <x:c r="A178" s="1">
-        <x:v>45912.3096643519</x:v>
+        <x:v>45932.9250925926</x:v>
       </x:c>
       <x:c r="B178" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C178" s="0">
-        <x:v>3.29</x:v>
+        <x:v>1.47</x:v>
       </x:c>
       <x:c r="D178" s="0">
-        <x:v>24831.476</x:v>
+        <x:v>25764.011</x:v>
       </x:c>
       <x:c r="E178" s="0">
-        <x:v>23992.562</x:v>
+        <x:v>24892.764</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:5">
       <x:c r="A179" s="1">
-        <x:v>45911.9251388889</x:v>
+        <x:v>45931.9294097222</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C179" s="0">
-        <x:v>3.32</x:v>
+        <x:v>1.59</x:v>
       </x:c>
       <x:c r="D179" s="0">
-        <x:v>24832.171</x:v>
+        <x:v>25667.285</x:v>
       </x:c>
       <x:c r="E179" s="0">
-        <x:v>23992.562</x:v>
+        <x:v>24800.863</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:5">
       <x:c r="A180" s="1">
-        <x:v>45911.3307986111</x:v>
+        <x:v>45931.3342361111</x:v>
       </x:c>
       <x:c r="B180" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C180" s="0">
-        <x:v>3.74</x:v>
+        <x:v>1.94</x:v>
       </x:c>
       <x:c r="D180" s="0">
-        <x:v>24683.863</x:v>
+        <x:v>25542.179</x:v>
       </x:c>
       <x:c r="E180" s="0">
-        <x:v>23849.27</x:v>
+        <x:v>24679.988</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:5">
       <x:c r="A181" s="1">
-        <x:v>45910.9239930556</x:v>
+        <x:v>45930.933900463</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C181" s="0">
-        <x:v>3.77</x:v>
+        <x:v>1.76</x:v>
       </x:c>
       <x:c r="D181" s="0">
-        <x:v>24683.994</x:v>
+        <x:v>25542.931</x:v>
       </x:c>
       <x:c r="E181" s="0">
-        <x:v>23849.27</x:v>
+        <x:v>24679.988</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:5">
       <x:c r="A182" s="1">
-        <x:v>45909.9244907407</x:v>
+        <x:v>45930.3326736111</x:v>
       </x:c>
       <x:c r="B182" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C182" s="0">
-        <x:v>3.8</x:v>
+        <x:v>1.85</x:v>
       </x:c>
       <x:c r="D182" s="0">
-        <x:v>24674.013</x:v>
+        <x:v>25471.893</x:v>
       </x:c>
       <x:c r="E182" s="0">
-        <x:v>23839.796</x:v>
+        <x:v>24611.352</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:5">
       <x:c r="A183" s="1">
-        <x:v>45909.335462963</x:v>
+        <x:v>45929.9324074074</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C183" s="0">
-        <x:v>3.95</x:v>
+        <x:v>1.86</x:v>
       </x:c>
       <x:c r="D183" s="0">
-        <x:v>24593.804</x:v>
+        <x:v>25472.749</x:v>
       </x:c>
       <x:c r="E183" s="0">
-        <x:v>23762.3</x:v>
+        <x:v>24611.352</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:5">
       <x:c r="A184" s="1">
-        <x:v>45908.9240393518</x:v>
+        <x:v>45926.9298611111</x:v>
       </x:c>
       <x:c r="B184" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C184" s="0">
-        <x:v>4.06</x:v>
+        <x:v>2.03</x:v>
       </x:c>
       <x:c r="D184" s="0">
-        <x:v>24592.708</x:v>
+        <x:v>25361.069</x:v>
       </x:c>
       <x:c r="E184" s="0">
-        <x:v>23762.3</x:v>
+        <x:v>24503.848</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:5">
       <x:c r="A185" s="1">
-        <x:v>45908.3013541667</x:v>
+        <x:v>45926.3217824074</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C185" s="0">
-        <x:v>4.3</x:v>
+        <x:v>2.26</x:v>
       </x:c>
       <x:c r="D185" s="0">
-        <x:v>24479.006</x:v>
+        <x:v>25250.803</x:v>
       </x:c>
       <x:c r="E185" s="0">
-        <x:v>23652.443</x:v>
+        <x:v>24397.311</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:5">
       <x:c r="A186" s="1">
-        <x:v>45905.9285763889</x:v>
+        <x:v>45925.9294444444</x:v>
       </x:c>
       <x:c r="B186" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C186" s="0">
-        <x:v>4.46</x:v>
+        <x:v>2.23</x:v>
       </x:c>
       <x:c r="D186" s="0">
-        <x:v>24477.288</x:v>
+        <x:v>25251.217</x:v>
       </x:c>
       <x:c r="E186" s="0">
-        <x:v>23652.443</x:v>
+        <x:v>24397.311</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:5">
       <x:c r="A187" s="1">
-        <x:v>45905.3095023148</x:v>
+        <x:v>45924.9296527778</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C187" s="0">
-        <x:v>4.24</x:v>
+        <x:v>2.05</x:v>
       </x:c>
       <x:c r="D187" s="0">
-        <x:v>24457.178</x:v>
+        <x:v>25360.756</x:v>
       </x:c>
       <x:c r="E187" s="0">
-        <x:v>23633.013</x:v>
+        <x:v>24503.567</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:5">
       <x:c r="A188" s="1">
-        <x:v>45904.9245138889</x:v>
+        <x:v>45924.3777662037</x:v>
       </x:c>
       <x:c r="B188" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C188" s="0">
-        <x:v>4.54</x:v>
+        <x:v>1.81</x:v>
       </x:c>
       <x:c r="D188" s="0">
-        <x:v>24460.168</x:v>
+        <x:v>25440.038</x:v>
       </x:c>
       <x:c r="E188" s="0">
-        <x:v>23633.013</x:v>
+        <x:v>24580.168</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:5">
       <x:c r="A189" s="1">
-        <x:v>45904.3202083333</x:v>
+        <x:v>45923.9251967593</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C189" s="0">
-        <x:v>5.52</x:v>
+        <x:v>1.93</x:v>
       </x:c>
       <x:c r="D189" s="0">
-        <x:v>24234.358</x:v>
+        <x:v>25440.474</x:v>
       </x:c>
       <x:c r="E189" s="0">
-        <x:v>23414.839</x:v>
+        <x:v>24580.168</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:5">
       <x:c r="A190" s="1">
-        <x:v>45903.923587963</x:v>
+        <x:v>45922.926712963</x:v>
       </x:c>
       <x:c r="B190" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C190" s="0">
-        <x:v>5.58</x:v>
+        <x:v>1.68</x:v>
       </x:c>
       <x:c r="D190" s="0">
-        <x:v>24234.28</x:v>
+        <x:v>25624.635</x:v>
       </x:c>
       <x:c r="E190" s="0">
-        <x:v>23414.839</x:v>
+        <x:v>24761.074</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:5">
       <x:c r="A191" s="1">
-        <x:v>45903.3225115741</x:v>
+        <x:v>45922.3338888889</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C191" s="0">
-        <x:v>6.37</x:v>
+        <x:v>1.92</x:v>
       </x:c>
       <x:c r="D191" s="0">
-        <x:v>24044.119</x:v>
+        <x:v>25485.089</x:v>
       </x:c>
       <x:c r="E191" s="0">
-        <x:v>23231.108</x:v>
+        <x:v>24626.247</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:5">
       <x:c r="A192" s="1">
-        <x:v>45902.9238773148</x:v>
+        <x:v>45919.9342592593</x:v>
       </x:c>
       <x:c r="B192" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C192" s="0">
-        <x:v>6.62</x:v>
+        <x:v>1.88</x:v>
       </x:c>
       <x:c r="D192" s="0">
-        <x:v>24043.548</x:v>
+        <x:v>25488.166</x:v>
       </x:c>
       <x:c r="E192" s="0">
-        <x:v>23231.108</x:v>
+        <x:v>24626.247</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:5">
       <x:c r="A193" s="1">
-        <x:v>45902.3291898148</x:v>
+        <x:v>45918.9265393519</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C193" s="0">
-        <x:v>5.85</x:v>
+        <x:v>2.19</x:v>
       </x:c>
       <x:c r="D193" s="0">
-        <x:v>24234.31</x:v>
+        <x:v>25310.815</x:v>
       </x:c>
       <x:c r="E193" s="0">
-        <x:v>23415.42</x:v>
+        <x:v>24454.894</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:5">
       <x:c r="A194" s="1">
-        <x:v>45898.9303587963</x:v>
+        <x:v>45917.9270486111</x:v>
       </x:c>
       <x:c r="B194" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C194" s="0">
-        <x:v>5.7</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="D194" s="0">
-        <x:v>24232.691</x:v>
+        <x:v>25071.178</x:v>
       </x:c>
       <x:c r="E194" s="0">
-        <x:v>23415.42</x:v>
+        <x:v>24223.687</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:5">
       <x:c r="A195" s="1">
-        <x:v>45898.3268402778</x:v>
+        <x:v>45917.3258680556</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C195" s="0">
-        <x:v>4.71</x:v>
+        <x:v>2.62</x:v>
       </x:c>
       <x:c r="D195" s="0">
-        <x:v>24530.802</x:v>
+        <x:v>25123.509</x:v>
       </x:c>
       <x:c r="E195" s="0">
-        <x:v>23703.45</x:v>
+        <x:v>24274.249</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:5">
       <x:c r="A196" s="1">
-        <x:v>45897.9274189815</x:v>
+        <x:v>45916.9258912037</x:v>
       </x:c>
       <x:c r="B196" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C196" s="0">
-        <x:v>4.59</x:v>
+        <x:v>2.59</x:v>
       </x:c>
       <x:c r="D196" s="0">
-        <x:v>24533.071</x:v>
+        <x:v>25123.848</x:v>
       </x:c>
       <x:c r="E196" s="0">
-        <x:v>23703.45</x:v>
+        <x:v>24274.249</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:5">
       <x:c r="A197" s="1">
-        <x:v>45896.9248032407</x:v>
+        <x:v>45915.9270949074</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C197" s="0">
-        <x:v>5.18</x:v>
+        <x:v>2.55</x:v>
       </x:c>
       <x:c r="D197" s="0">
-        <x:v>24390.588</x:v>
+        <x:v>25142.247</x:v>
       </x:c>
       <x:c r="E197" s="0">
-        <x:v>23565.846</x:v>
+        <x:v>24293.781</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:5">
       <x:c r="A198" s="1">
-        <x:v>45896.33375</x:v>
+        <x:v>45915.3170833333</x:v>
       </x:c>
       <x:c r="B198" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C198" s="0">
-        <x:v>5.31</x:v>
+        <x:v>3.02</x:v>
       </x:c>
       <x:c r="D198" s="0">
-        <x:v>24348.615</x:v>
+        <x:v>24933.604</x:v>
       </x:c>
       <x:c r="E198" s="0">
-        <x:v>23525.293</x:v>
+        <x:v>24092.193</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:5">
       <x:c r="A199" s="1">
-        <x:v>45895.9239351852</x:v>
+        <x:v>45912.9234375</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C199" s="0">
-        <x:v>5.36</x:v>
+        <x:v>3.05</x:v>
       </x:c>
       <x:c r="D199" s="0">
-        <x:v>24348.678</x:v>
+        <x:v>24934.594</x:v>
       </x:c>
       <x:c r="E199" s="0">
-        <x:v>23525.293</x:v>
+        <x:v>24092.193</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:5">
       <x:c r="A200" s="1">
-        <x:v>45894.9239583333</x:v>
+        <x:v>45912.3096643519</x:v>
       </x:c>
       <x:c r="B200" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C200" s="0">
-        <x:v>5.85</x:v>
+        <x:v>3.29</x:v>
       </x:c>
       <x:c r="D200" s="0">
-        <x:v>24245.392</x:v>
+        <x:v>24831.476</x:v>
       </x:c>
       <x:c r="E200" s="0">
-        <x:v>23425.605</x:v>
+        <x:v>23992.562</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:5">
       <x:c r="A201" s="1">
-        <x:v>45894.3297800926</x:v>
+        <x:v>45911.9251388889</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C201" s="0">
-        <x:v>5.54</x:v>
+        <x:v>3.32</x:v>
       </x:c>
       <x:c r="D201" s="0">
-        <x:v>24320.44</x:v>
+        <x:v>24832.171</x:v>
       </x:c>
       <x:c r="E201" s="0">
-        <x:v>23498.115</x:v>
+        <x:v>23992.562</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:5">
       <x:c r="A202" s="1">
-        <x:v>45891.9252314815</x:v>
+        <x:v>45911.3307986111</x:v>
       </x:c>
       <x:c r="B202" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C202" s="0">
-        <x:v>5.5</x:v>
+        <x:v>3.74</x:v>
       </x:c>
       <x:c r="D202" s="0">
-        <x:v>24318.534</x:v>
+        <x:v>24683.863</x:v>
       </x:c>
       <x:c r="E202" s="0">
-        <x:v>23498.115</x:v>
+        <x:v>23849.27</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:5">
       <x:c r="A203" s="1">
-        <x:v>45891.3279976852</x:v>
+        <x:v>45910.9239930556</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C203" s="0">
-        <x:v>8.09</x:v>
+        <x:v>3.77</x:v>
       </x:c>
       <x:c r="D203" s="0">
-        <x:v>23950.555</x:v>
+        <x:v>24683.994</x:v>
       </x:c>
       <x:c r="E203" s="0">
-        <x:v>23142.58</x:v>
+        <x:v>23849.27</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:5">
       <x:c r="A204" s="1">
-        <x:v>45890.9256481481</x:v>
+        <x:v>45909.9244907407</x:v>
       </x:c>
       <x:c r="B204" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C204" s="0">
-        <x:v>7.94</x:v>
+        <x:v>3.8</x:v>
       </x:c>
       <x:c r="D204" s="0">
-        <x:v>23948.526</x:v>
+        <x:v>24674.013</x:v>
       </x:c>
       <x:c r="E204" s="0">
-        <x:v>23142.58</x:v>
+        <x:v>23839.796</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:5">
       <x:c r="A205" s="1">
-        <x:v>45890.3406828704</x:v>
+        <x:v>45909.335462963</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C205" s="0">
-        <x:v>7.19</x:v>
+        <x:v>3.95</x:v>
       </x:c>
       <x:c r="D205" s="0">
-        <x:v>24059.261</x:v>
+        <x:v>24593.804</x:v>
       </x:c>
       <x:c r="E205" s="0">
-        <x:v>23249.57</x:v>
+        <x:v>23762.3</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:5">
       <x:c r="A206" s="1">
-        <x:v>45889.9243402778</x:v>
+        <x:v>45908.9240393518</x:v>
       </x:c>
       <x:c r="B206" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C206" s="0">
-        <x:v>7.29</x:v>
+        <x:v>4.06</x:v>
       </x:c>
       <x:c r="D206" s="0">
-        <x:v>24063.305</x:v>
+        <x:v>24592.708</x:v>
       </x:c>
       <x:c r="E206" s="0">
-        <x:v>23249.57</x:v>
+        <x:v>23762.3</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:5">
       <x:c r="A207" s="1">
-        <x:v>45888.9238425926</x:v>
+        <x:v>45908.3013541667</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C207" s="0">
-        <x:v>6.53</x:v>
+        <x:v>4.3</x:v>
       </x:c>
       <x:c r="D207" s="0">
-        <x:v>24202.883</x:v>
+        <x:v>24479.006</x:v>
       </x:c>
       <x:c r="E207" s="0">
-        <x:v>23384.77</x:v>
+        <x:v>23652.443</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:5">
       <x:c r="A208" s="1">
-        <x:v>45888.3193055556</x:v>
+        <x:v>45905.9285763889</x:v>
       </x:c>
       <x:c r="B208" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C208" s="0">
-        <x:v>5.37</x:v>
+        <x:v>4.46</x:v>
       </x:c>
       <x:c r="D208" s="0">
-        <x:v>24543.387</x:v>
+        <x:v>24477.288</x:v>
       </x:c>
       <x:c r="E208" s="0">
-        <x:v>23713.759</x:v>
+        <x:v>23652.443</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:5">
       <x:c r="A209" s="1">
-        <x:v>45887.9245601852</x:v>
+        <x:v>45905.3095023148</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C209" s="0">
-        <x:v>5.11</x:v>
+        <x:v>4.24</x:v>
       </x:c>
       <x:c r="D209" s="0">
-        <x:v>24542.922</x:v>
+        <x:v>24457.178</x:v>
       </x:c>
       <x:c r="E209" s="0">
-        <x:v>23713.759</x:v>
+        <x:v>23633.013</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:5">
       <x:c r="A210" s="1">
-        <x:v>45887.3188773148</x:v>
+        <x:v>45904.9245138889</x:v>
       </x:c>
       <x:c r="B210" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C210" s="0">
-        <x:v>4.91</x:v>
+        <x:v>4.54</x:v>
       </x:c>
       <x:c r="D210" s="0">
-        <x:v>24541.174</x:v>
+        <x:v>24460.168</x:v>
       </x:c>
       <x:c r="E210" s="0">
-        <x:v>23712.07</x:v>
+        <x:v>23633.013</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:5">
       <x:c r="A211" s="1">
-        <x:v>45884.9247106481</x:v>
+        <x:v>45904.3202083333</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C211" s="0">
-        <x:v>5.1</x:v>
+        <x:v>5.52</x:v>
       </x:c>
       <x:c r="D211" s="0">
-        <x:v>24539.877</x:v>
+        <x:v>24234.358</x:v>
       </x:c>
       <x:c r="E211" s="0">
-        <x:v>23712.07</x:v>
+        <x:v>23414.839</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:5">
       <x:c r="A212" s="1">
-        <x:v>45884.3109953704</x:v>
+        <x:v>45903.923587963</x:v>
       </x:c>
       <x:c r="B212" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C212" s="0">
-        <x:v>4.58</x:v>
+        <x:v>5.58</x:v>
       </x:c>
       <x:c r="D212" s="0">
-        <x:v>24664.462</x:v>
+        <x:v>24234.28</x:v>
       </x:c>
       <x:c r="E212" s="0">
-        <x:v>23832.442</x:v>
+        <x:v>23414.839</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:5">
       <x:c r="A213" s="1">
-        <x:v>45883.9240625</x:v>
+        <x:v>45903.3225115741</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C213" s="0">
-        <x:v>4.63</x:v>
+        <x:v>6.37</x:v>
       </x:c>
       <x:c r="D213" s="0">
-        <x:v>24665.962</x:v>
+        <x:v>24044.119</x:v>
       </x:c>
       <x:c r="E213" s="0">
-        <x:v>23832.442</x:v>
+        <x:v>23231.108</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:5">
       <x:c r="A214" s="1">
-        <x:v>45883.3327893519</x:v>
+        <x:v>45902.9238773148</x:v>
       </x:c>
       <x:c r="B214" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C214" s="0">
-        <x:v>4.72</x:v>
+        <x:v>6.62</x:v>
       </x:c>
       <x:c r="D214" s="0">
-        <x:v>24683.141</x:v>
+        <x:v>24043.548</x:v>
       </x:c>
       <x:c r="E214" s="0">
-        <x:v>23849.04</x:v>
+        <x:v>23231.108</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:5">
       <x:c r="A215" s="1">
-        <x:v>45882.9239467593</x:v>
+        <x:v>45902.3291898148</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C215" s="0">
-        <x:v>4.57</x:v>
+        <x:v>5.85</x:v>
       </x:c>
       <x:c r="D215" s="0">
-        <x:v>24683.756</x:v>
+        <x:v>24234.31</x:v>
       </x:c>
       <x:c r="E215" s="0">
-        <x:v>23849.04</x:v>
+        <x:v>23415.42</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:5">
       <x:c r="A216" s="1">
-        <x:v>45881.9233449074</x:v>
+        <x:v>45898.9303587963</x:v>
       </x:c>
       <x:c r="B216" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C216" s="0">
-        <x:v>4.6</x:v>
+        <x:v>5.7</x:v>
       </x:c>
       <x:c r="D216" s="0">
-        <x:v>24673.568</x:v>
+        <x:v>24232.691</x:v>
       </x:c>
       <x:c r="E216" s="0">
-        <x:v>23839.196</x:v>
+        <x:v>23415.42</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:5">
       <x:c r="A217" s="1">
-        <x:v>45880.923587963</x:v>
+        <x:v>45898.3268402778</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C217" s="0">
-        <x:v>6.26</x:v>
+        <x:v>4.71</x:v>
       </x:c>
       <x:c r="D217" s="0">
-        <x:v>24347.447</x:v>
+        <x:v>24530.802</x:v>
       </x:c>
       <x:c r="E217" s="0">
-        <x:v>23526.634</x:v>
+        <x:v>23703.45</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:5">
       <x:c r="A218" s="1">
-        <x:v>45880.3183564815</x:v>
+        <x:v>45897.9274189815</x:v>
       </x:c>
       <x:c r="B218" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C218" s="0">
-        <x:v>5.69</x:v>
+        <x:v>4.59</x:v>
       </x:c>
       <x:c r="D218" s="0">
-        <x:v>24435.041</x:v>
+        <x:v>24533.071</x:v>
       </x:c>
       <x:c r="E218" s="0">
-        <x:v>23611.266</x:v>
+        <x:v>23703.45</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:5">
       <x:c r="A219" s="1">
+        <x:v>45896.9248032407</x:v>
+      </x:c>
+      <x:c r="B219" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C219" s="0">
+        <x:v>5.18</x:v>
+      </x:c>
+      <x:c r="D219" s="0">
+        <x:v>24390.588</x:v>
+      </x:c>
+      <x:c r="E219" s="0">
+        <x:v>23565.846</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="220" spans="1:5">
+      <x:c r="A220" s="1">
+        <x:v>45896.33375</x:v>
+      </x:c>
+      <x:c r="B220" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C220" s="0">
+        <x:v>5.31</x:v>
+      </x:c>
+      <x:c r="D220" s="0">
+        <x:v>24348.615</x:v>
+      </x:c>
+      <x:c r="E220" s="0">
+        <x:v>23525.293</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="221" spans="1:5">
+      <x:c r="A221" s="1">
+        <x:v>45895.9239351852</x:v>
+      </x:c>
+      <x:c r="B221" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C221" s="0">
+        <x:v>5.36</x:v>
+      </x:c>
+      <x:c r="D221" s="0">
+        <x:v>24348.678</x:v>
+      </x:c>
+      <x:c r="E221" s="0">
+        <x:v>23525.293</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="222" spans="1:5">
+      <x:c r="A222" s="1">
+        <x:v>45894.9239583333</x:v>
+      </x:c>
+      <x:c r="B222" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C222" s="0">
+        <x:v>5.85</x:v>
+      </x:c>
+      <x:c r="D222" s="0">
+        <x:v>24245.392</x:v>
+      </x:c>
+      <x:c r="E222" s="0">
+        <x:v>23425.605</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="223" spans="1:5">
+      <x:c r="A223" s="1">
+        <x:v>45894.3297800926</x:v>
+      </x:c>
+      <x:c r="B223" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C223" s="0">
+        <x:v>5.54</x:v>
+      </x:c>
+      <x:c r="D223" s="0">
+        <x:v>24320.44</x:v>
+      </x:c>
+      <x:c r="E223" s="0">
+        <x:v>23498.115</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="224" spans="1:5">
+      <x:c r="A224" s="1">
+        <x:v>45891.9252314815</x:v>
+      </x:c>
+      <x:c r="B224" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C224" s="0">
+        <x:v>5.5</x:v>
+      </x:c>
+      <x:c r="D224" s="0">
+        <x:v>24318.534</x:v>
+      </x:c>
+      <x:c r="E224" s="0">
+        <x:v>23498.115</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="225" spans="1:5">
+      <x:c r="A225" s="1">
+        <x:v>45891.3279976852</x:v>
+      </x:c>
+      <x:c r="B225" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C225" s="0">
+        <x:v>8.09</x:v>
+      </x:c>
+      <x:c r="D225" s="0">
+        <x:v>23950.555</x:v>
+      </x:c>
+      <x:c r="E225" s="0">
+        <x:v>23142.58</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="226" spans="1:5">
+      <x:c r="A226" s="1">
+        <x:v>45890.9256481481</x:v>
+      </x:c>
+      <x:c r="B226" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C226" s="0">
+        <x:v>7.94</x:v>
+      </x:c>
+      <x:c r="D226" s="0">
+        <x:v>23948.526</x:v>
+      </x:c>
+      <x:c r="E226" s="0">
+        <x:v>23142.58</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="227" spans="1:5">
+      <x:c r="A227" s="1">
+        <x:v>45890.3406828704</x:v>
+      </x:c>
+      <x:c r="B227" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C227" s="0">
+        <x:v>7.19</x:v>
+      </x:c>
+      <x:c r="D227" s="0">
+        <x:v>24059.261</x:v>
+      </x:c>
+      <x:c r="E227" s="0">
+        <x:v>23249.57</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="228" spans="1:5">
+      <x:c r="A228" s="1">
+        <x:v>45889.9243402778</x:v>
+      </x:c>
+      <x:c r="B228" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C228" s="0">
+        <x:v>7.29</x:v>
+      </x:c>
+      <x:c r="D228" s="0">
+        <x:v>24063.305</x:v>
+      </x:c>
+      <x:c r="E228" s="0">
+        <x:v>23249.57</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="229" spans="1:5">
+      <x:c r="A229" s="1">
+        <x:v>45888.9238425926</x:v>
+      </x:c>
+      <x:c r="B229" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C229" s="0">
+        <x:v>6.53</x:v>
+      </x:c>
+      <x:c r="D229" s="0">
+        <x:v>24202.883</x:v>
+      </x:c>
+      <x:c r="E229" s="0">
+        <x:v>23384.77</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="230" spans="1:5">
+      <x:c r="A230" s="1">
+        <x:v>45888.3193055556</x:v>
+      </x:c>
+      <x:c r="B230" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C230" s="0">
+        <x:v>5.37</x:v>
+      </x:c>
+      <x:c r="D230" s="0">
+        <x:v>24543.387</x:v>
+      </x:c>
+      <x:c r="E230" s="0">
+        <x:v>23713.759</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="231" spans="1:5">
+      <x:c r="A231" s="1">
+        <x:v>45887.9245601852</x:v>
+      </x:c>
+      <x:c r="B231" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C231" s="0">
+        <x:v>5.11</x:v>
+      </x:c>
+      <x:c r="D231" s="0">
+        <x:v>24542.922</x:v>
+      </x:c>
+      <x:c r="E231" s="0">
+        <x:v>23713.759</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="232" spans="1:5">
+      <x:c r="A232" s="1">
+        <x:v>45887.3188773148</x:v>
+      </x:c>
+      <x:c r="B232" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C232" s="0">
+        <x:v>4.91</x:v>
+      </x:c>
+      <x:c r="D232" s="0">
+        <x:v>24541.174</x:v>
+      </x:c>
+      <x:c r="E232" s="0">
+        <x:v>23712.07</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="233" spans="1:5">
+      <x:c r="A233" s="1">
+        <x:v>45884.9247106481</x:v>
+      </x:c>
+      <x:c r="B233" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C233" s="0">
+        <x:v>5.1</x:v>
+      </x:c>
+      <x:c r="D233" s="0">
+        <x:v>24539.877</x:v>
+      </x:c>
+      <x:c r="E233" s="0">
+        <x:v>23712.07</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="234" spans="1:5">
+      <x:c r="A234" s="1">
+        <x:v>45884.3109953704</x:v>
+      </x:c>
+      <x:c r="B234" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C234" s="0">
+        <x:v>4.58</x:v>
+      </x:c>
+      <x:c r="D234" s="0">
+        <x:v>24664.462</x:v>
+      </x:c>
+      <x:c r="E234" s="0">
+        <x:v>23832.442</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="235" spans="1:5">
+      <x:c r="A235" s="1">
+        <x:v>45883.9240625</x:v>
+      </x:c>
+      <x:c r="B235" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C235" s="0">
+        <x:v>4.63</x:v>
+      </x:c>
+      <x:c r="D235" s="0">
+        <x:v>24665.962</x:v>
+      </x:c>
+      <x:c r="E235" s="0">
+        <x:v>23832.442</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="236" spans="1:5">
+      <x:c r="A236" s="1">
+        <x:v>45883.3327893519</x:v>
+      </x:c>
+      <x:c r="B236" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C236" s="0">
+        <x:v>4.72</x:v>
+      </x:c>
+      <x:c r="D236" s="0">
+        <x:v>24683.141</x:v>
+      </x:c>
+      <x:c r="E236" s="0">
+        <x:v>23849.04</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="237" spans="1:5">
+      <x:c r="A237" s="1">
+        <x:v>45882.9239467593</x:v>
+      </x:c>
+      <x:c r="B237" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C237" s="0">
+        <x:v>4.57</x:v>
+      </x:c>
+      <x:c r="D237" s="0">
+        <x:v>24683.756</x:v>
+      </x:c>
+      <x:c r="E237" s="0">
+        <x:v>23849.04</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="238" spans="1:5">
+      <x:c r="A238" s="1">
+        <x:v>45881.9233449074</x:v>
+      </x:c>
+      <x:c r="B238" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C238" s="0">
+        <x:v>4.6</x:v>
+      </x:c>
+      <x:c r="D238" s="0">
+        <x:v>24673.568</x:v>
+      </x:c>
+      <x:c r="E238" s="0">
+        <x:v>23839.196</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="239" spans="1:5">
+      <x:c r="A239" s="1">
+        <x:v>45880.923587963</x:v>
+      </x:c>
+      <x:c r="B239" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C239" s="0">
+        <x:v>6.26</x:v>
+      </x:c>
+      <x:c r="D239" s="0">
+        <x:v>24347.447</x:v>
+      </x:c>
+      <x:c r="E239" s="0">
+        <x:v>23526.634</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="240" spans="1:5">
+      <x:c r="A240" s="1">
+        <x:v>45880.3183564815</x:v>
+      </x:c>
+      <x:c r="B240" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C240" s="0">
+        <x:v>5.69</x:v>
+      </x:c>
+      <x:c r="D240" s="0">
+        <x:v>24435.041</x:v>
+      </x:c>
+      <x:c r="E240" s="0">
+        <x:v>23611.266</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="241" spans="1:5">
+      <x:c r="A241" s="1">
         <x:v>45877.9331597222</x:v>
       </x:c>
-      <x:c r="B219" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C219" s="0">
+      <x:c r="B241" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C241" s="0">
         <x:v>5.83</x:v>
       </x:c>
-      <x:c r="D219" s="0">
+      <x:c r="D241" s="0">
         <x:v>24437.66</x:v>
       </x:c>
-      <x:c r="E219" s="0">
+      <x:c r="E241" s="0">
         <x:v>23611.266</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>