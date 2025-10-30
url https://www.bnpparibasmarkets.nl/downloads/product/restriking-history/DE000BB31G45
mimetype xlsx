--- v0 (2025-10-04)
+++ v1 (2025-10-30)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re08a9dbbca7d4d0c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/43a55e5d13724685a559a0278ab656d9.psmdcp" Id="Ra17287c6e3f64e24" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra2c02e1d4fa74c68" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/dca5a19044024c87a361a0d63ee57c96.psmdcp" Id="Re504838fa9824eb4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>DE000BB31G45</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -390,913 +390,1270 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E51"/>
+  <x:dimension ref="A1:E72"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>45933.7365277778</x:v>
+        <x:v>45960.7368171296</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
-        <x:v>4.59</x:v>
+        <x:v>2.59</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>615.412</x:v>
+        <x:v>554.001</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>567.2</x:v>
+        <x:v>510.6</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>45932.7758449074</x:v>
+        <x:v>45959.7367592593</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
-        <x:v>4.66</x:v>
+        <x:v>2.47</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>614.544</x:v>
+        <x:v>556.93</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>566.4</x:v>
+        <x:v>513.3</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>45931.7588888889</x:v>
+        <x:v>45958.7367824074</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
-        <x:v>4.84</x:v>
+        <x:v>2.36</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>612.266</x:v>
+        <x:v>559.426</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>564.3</x:v>
+        <x:v>515.6</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>45930.7579398148</x:v>
+        <x:v>45957.7750694444</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
-        <x:v>4.11</x:v>
+        <x:v>2.65</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>623.332</x:v>
+        <x:v>553.458</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>574.5</x:v>
+        <x:v>510.1</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>45929.7560416667</x:v>
+        <x:v>45954.7370833333</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
-        <x:v>3.62</x:v>
+        <x:v>2.15</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>631.904</x:v>
+        <x:v>566.587</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>582.4</x:v>
+        <x:v>522.2</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>45926.7572569444</x:v>
+        <x:v>45954.6590856481</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
-        <x:v>4.24</x:v>
+        <x:v>6.16</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>622.79</x:v>
+        <x:v>579.607</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>574</x:v>
+        <x:v>534.2</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>45925.7565625</x:v>
+        <x:v>45953.7373611111</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
-        <x:v>4.31</x:v>
+        <x:v>11.66</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>621.814</x:v>
+        <x:v>534.2</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>573.1</x:v>
+        <x:v>492.35</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>45924.7579976852</x:v>
+        <x:v>45952.7370601852</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
-        <x:v>5.19</x:v>
+        <x:v>11.47</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>611.506</x:v>
+        <x:v>535.068</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>563.6</x:v>
+        <x:v>493.15</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>45923.7566435185</x:v>
+        <x:v>45951.7369907407</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
-        <x:v>11.49</x:v>
+        <x:v>15.62</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>579.716</x:v>
+        <x:v>521.234</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>534.3</x:v>
+        <x:v>480.4</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>45922.7577430556</x:v>
+        <x:v>45950.737037037</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C12" s="0">
-        <x:v>8.45</x:v>
+        <x:v>15.81</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>601.416</x:v>
+        <x:v>520.637</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>554.3</x:v>
+        <x:v>479.85</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>45919.7643287037</x:v>
+        <x:v>45947.7367824074</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0">
-        <x:v>17.55</x:v>
+        <x:v>25.89</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>571.795</x:v>
+        <x:v>501.162</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>527</x:v>
+        <x:v>461.9</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>45918.7598148148</x:v>
+        <x:v>45946.7603125</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C14" s="0">
-        <x:v>27.68</x:v>
+        <x:v>17.96</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>551.614</x:v>
+        <x:v>524.326</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>508.4</x:v>
+        <x:v>483.25</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>45917.7674537037</x:v>
+        <x:v>45945.7368981481</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
-        <x:v>24.13</x:v>
+        <x:v>18.08</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>559.86</x:v>
+        <x:v>524.001</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>516</x:v>
+        <x:v>482.95</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>45916.7611111111</x:v>
+        <x:v>45944.7367592593</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C16" s="0">
-        <x:v>23.37</x:v>
+        <x:v>12.12</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>561.704</x:v>
+        <x:v>551.072</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>517.7</x:v>
+        <x:v>507.9</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>45915.7666319444</x:v>
+        <x:v>45943.7373263889</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C17" s="0">
-        <x:v>17.78</x:v>
+        <x:v>10.78</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>579.932</x:v>
+        <x:v>558.016</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>534.5</x:v>
+        <x:v>514.3</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>45912.7594212963</x:v>
+        <x:v>45940.7628009259</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="0">
-        <x:v>16.97</x:v>
+        <x:v>8.71</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>582.754</x:v>
+        <x:v>571.686</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>537.1</x:v>
+        <x:v>526.9</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>45911.75875</x:v>
+        <x:v>45939.7572106481</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C19" s="0">
-        <x:v>18.54</x:v>
+        <x:v>7.22</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>577.871</x:v>
+        <x:v>583.73</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>532.6</x:v>
+        <x:v>538</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
-        <x:v>45910.7661342593</x:v>
+        <x:v>45938.7365856481</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C20" s="0">
-        <x:v>23.98</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>565.068</x:v>
+        <x:v>595.882</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>520.8</x:v>
+        <x:v>549.2</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="1">
-        <x:v>45909.7555787037</x:v>
+        <x:v>45937.7365393518</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C21" s="0">
-        <x:v>30.51</x:v>
+        <x:v>6.42</x:v>
       </x:c>
       <x:c r="D21" s="0">
-        <x:v>553.242</x:v>
+        <x:v>591.976</x:v>
       </x:c>
       <x:c r="E21" s="0">
-        <x:v>509.9</x:v>
+        <x:v>545.6</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="1">
-        <x:v>45908.7626157407</x:v>
+        <x:v>45936.7365856481</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C22" s="0">
-        <x:v>24.7</x:v>
+        <x:v>5.42</x:v>
       </x:c>
       <x:c r="D22" s="0">
-        <x:v>566.587</x:v>
+        <x:v>602.152</x:v>
       </x:c>
       <x:c r="E22" s="0">
-        <x:v>522.2</x:v>
+        <x:v>555.9</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="1">
-        <x:v>45905.7753009259</x:v>
+        <x:v>45936.3348958333</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C23" s="0">
-        <x:v>29.06</x:v>
+        <x:v>4.51</x:v>
       </x:c>
       <x:c r="D23" s="0">
-        <x:v>558.232</x:v>
+        <x:v>614.412</x:v>
       </x:c>
       <x:c r="E23" s="0">
-        <x:v>514.5</x:v>
+        <x:v>567.2</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="1">
-        <x:v>45904.7633564815</x:v>
+        <x:v>45933.7365277778</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C24" s="0">
-        <x:v>35.02</x:v>
+        <x:v>4.59</x:v>
       </x:c>
       <x:c r="D24" s="0">
-        <x:v>548.902</x:v>
+        <x:v>615.412</x:v>
       </x:c>
       <x:c r="E24" s="0">
-        <x:v>505.9</x:v>
+        <x:v>567.2</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="1">
-        <x:v>45903.7601157407</x:v>
+        <x:v>45932.7758449074</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C25" s="0">
-        <x:v>23.5</x:v>
+        <x:v>4.66</x:v>
       </x:c>
       <x:c r="D25" s="0">
-        <x:v>577.22</x:v>
+        <x:v>614.544</x:v>
       </x:c>
       <x:c r="E25" s="0">
-        <x:v>532</x:v>
+        <x:v>566.4</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="1">
-        <x:v>45902.7618055556</x:v>
+        <x:v>45931.7588888889</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C26" s="0">
-        <x:v>24.28</x:v>
+        <x:v>4.84</x:v>
       </x:c>
       <x:c r="D26" s="0">
-        <x:v>575.376</x:v>
+        <x:v>612.266</x:v>
       </x:c>
       <x:c r="E26" s="0">
-        <x:v>530.3</x:v>
+        <x:v>564.3</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="1">
-        <x:v>45901.7594444444</x:v>
+        <x:v>45930.7579398148</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C27" s="0">
-        <x:v>20.56</x:v>
+        <x:v>4.11</x:v>
       </x:c>
       <x:c r="D27" s="0">
-        <x:v>586.008</x:v>
+        <x:v>623.332</x:v>
       </x:c>
       <x:c r="E27" s="0">
-        <x:v>540.1</x:v>
+        <x:v>574.5</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="1">
-        <x:v>45898.7627083333</x:v>
+        <x:v>45929.7560416667</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C28" s="0">
-        <x:v>22.64</x:v>
+        <x:v>3.62</x:v>
       </x:c>
       <x:c r="D28" s="0">
-        <x:v>580.692</x:v>
+        <x:v>631.904</x:v>
       </x:c>
       <x:c r="E28" s="0">
-        <x:v>535.2</x:v>
+        <x:v>582.4</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="1">
-        <x:v>45897.7575925926</x:v>
+        <x:v>45926.7572569444</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C29" s="0">
-        <x:v>21.12</x:v>
+        <x:v>4.24</x:v>
       </x:c>
       <x:c r="D29" s="0">
-        <x:v>584.924</x:v>
+        <x:v>622.79</x:v>
       </x:c>
       <x:c r="E29" s="0">
-        <x:v>539.1</x:v>
+        <x:v>574</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="1">
-        <x:v>45896.7598263889</x:v>
+        <x:v>45925.7565625</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C30" s="0">
-        <x:v>22.07</x:v>
+        <x:v>4.31</x:v>
       </x:c>
       <x:c r="D30" s="0">
-        <x:v>582.428</x:v>
+        <x:v>621.814</x:v>
       </x:c>
       <x:c r="E30" s="0">
-        <x:v>536.8</x:v>
+        <x:v>573.1</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="1">
-        <x:v>45895.7574884259</x:v>
+        <x:v>45924.7579976852</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C31" s="0">
-        <x:v>21.28</x:v>
+        <x:v>5.19</x:v>
       </x:c>
       <x:c r="D31" s="0">
-        <x:v>584.598</x:v>
+        <x:v>611.506</x:v>
       </x:c>
       <x:c r="E31" s="0">
-        <x:v>538.8</x:v>
+        <x:v>563.6</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="1">
-        <x:v>45894.7570138889</x:v>
+        <x:v>45923.7566435185</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C32" s="0">
-        <x:v>22.91</x:v>
+        <x:v>11.49</x:v>
       </x:c>
       <x:c r="D32" s="0">
-        <x:v>580.475</x:v>
+        <x:v>579.716</x:v>
       </x:c>
       <x:c r="E32" s="0">
-        <x:v>535</x:v>
+        <x:v>534.3</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="1">
-        <x:v>45891.7584606481</x:v>
+        <x:v>45922.7577430556</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C33" s="0">
-        <x:v>33.94</x:v>
+        <x:v>8.45</x:v>
       </x:c>
       <x:c r="D33" s="0">
-        <x:v>562.247</x:v>
+        <x:v>601.416</x:v>
       </x:c>
       <x:c r="E33" s="0">
-        <x:v>518.2</x:v>
+        <x:v>554.3</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="1">
-        <x:v>45890.7565277778</x:v>
+        <x:v>45919.7643287037</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C34" s="0">
-        <x:v>41.43</x:v>
+        <x:v>17.55</x:v>
       </x:c>
       <x:c r="D34" s="0">
-        <x:v>552.265</x:v>
+        <x:v>571.795</x:v>
       </x:c>
       <x:c r="E34" s="0">
-        <x:v>509</x:v>
+        <x:v>527</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="1">
-        <x:v>45889.759375</x:v>
+        <x:v>45918.7598148148</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C35" s="0">
-        <x:v>52.57</x:v>
+        <x:v>27.68</x:v>
       </x:c>
       <x:c r="D35" s="0">
-        <x:v>540.818</x:v>
+        <x:v>551.614</x:v>
       </x:c>
       <x:c r="E35" s="0">
-        <x:v>498.45</x:v>
+        <x:v>508.4</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="1">
-        <x:v>45888.7607291667</x:v>
+        <x:v>45917.7674537037</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C36" s="0">
-        <x:v>56.03</x:v>
+        <x:v>24.13</x:v>
       </x:c>
       <x:c r="D36" s="0">
-        <x:v>537.509</x:v>
+        <x:v>559.86</x:v>
       </x:c>
       <x:c r="E36" s="0">
-        <x:v>495.4</x:v>
+        <x:v>516</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="1">
-        <x:v>45887.7582523148</x:v>
+        <x:v>45916.7611111111</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C37" s="0">
-        <x:v>32.92</x:v>
+        <x:v>23.37</x:v>
       </x:c>
       <x:c r="D37" s="0">
-        <x:v>578.088</x:v>
+        <x:v>561.704</x:v>
       </x:c>
       <x:c r="E37" s="0">
-        <x:v>532.8</x:v>
+        <x:v>517.7</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="1">
-        <x:v>45884.7577546296</x:v>
+        <x:v>45915.7666319444</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C38" s="0">
-        <x:v>59.61</x:v>
+        <x:v>17.78</x:v>
       </x:c>
       <x:c r="D38" s="0">
-        <x:v>553.35</x:v>
+        <x:v>579.932</x:v>
       </x:c>
       <x:c r="E38" s="0">
-        <x:v>510</x:v>
+        <x:v>534.5</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="1">
-        <x:v>45883.7578472222</x:v>
+        <x:v>45912.7594212963</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C39" s="0">
-        <x:v>49.53</x:v>
+        <x:v>16.97</x:v>
       </x:c>
       <x:c r="D39" s="0">
-        <x:v>564.851</x:v>
+        <x:v>582.754</x:v>
       </x:c>
       <x:c r="E39" s="0">
-        <x:v>520.6</x:v>
+        <x:v>537.1</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="1">
-        <x:v>45882.7698611111</x:v>
+        <x:v>45911.75875</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C40" s="0">
-        <x:v>85.63</x:v>
+        <x:v>18.54</x:v>
       </x:c>
       <x:c r="D40" s="0">
-        <x:v>542.012</x:v>
+        <x:v>577.871</x:v>
       </x:c>
       <x:c r="E40" s="0">
-        <x:v>499.55</x:v>
+        <x:v>532.6</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="1">
-        <x:v>45882.7608333333</x:v>
+        <x:v>45910.7661342593</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C41" s="0">
-        <x:v>85.63</x:v>
+        <x:v>23.98</x:v>
       </x:c>
       <x:c r="D41" s="0">
-        <x:v>542.012</x:v>
+        <x:v>565.068</x:v>
       </x:c>
       <x:c r="E41" s="0">
-        <x:v>499.55</x:v>
+        <x:v>520.8</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="1">
-        <x:v>45881.7571296296</x:v>
+        <x:v>45909.7555787037</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C42" s="0">
-        <x:v>78.98</x:v>
+        <x:v>30.51</x:v>
       </x:c>
       <x:c r="D42" s="0">
-        <x:v>546.623</x:v>
+        <x:v>553.242</x:v>
       </x:c>
       <x:c r="E42" s="0">
-        <x:v>503.8</x:v>
+        <x:v>509.9</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="1">
-        <x:v>45880.7586689815</x:v>
+        <x:v>45908.7626157407</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C43" s="0">
-        <x:v>88.2</x:v>
+        <x:v>24.7</x:v>
       </x:c>
       <x:c r="D43" s="0">
-        <x:v>540.981</x:v>
+        <x:v>566.587</x:v>
       </x:c>
       <x:c r="E43" s="0">
-        <x:v>498.6</x:v>
+        <x:v>522.2</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="1">
-        <x:v>45877.7857523148</x:v>
+        <x:v>45905.7753009259</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C44" s="0">
-        <x:v>80.56</x:v>
+        <x:v>29.06</x:v>
       </x:c>
       <x:c r="D44" s="0">
-        <x:v>546.189</x:v>
+        <x:v>558.232</x:v>
       </x:c>
       <x:c r="E44" s="0">
-        <x:v>503.4</x:v>
+        <x:v>514.5</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="1">
-        <x:v>45876.7589467593</x:v>
+        <x:v>45904.7633564815</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C45" s="0">
-        <x:v>58.85</x:v>
+        <x:v>35.02</x:v>
       </x:c>
       <x:c r="D45" s="0">
-        <x:v>567.13</x:v>
+        <x:v>548.902</x:v>
       </x:c>
       <x:c r="E45" s="0">
-        <x:v>522.7</x:v>
+        <x:v>505.9</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="1">
-        <x:v>45875.7594444444</x:v>
+        <x:v>45903.7601157407</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C46" s="0">
-        <x:v>43.51</x:v>
+        <x:v>23.5</x:v>
       </x:c>
       <x:c r="D46" s="0">
-        <x:v>587.853</x:v>
+        <x:v>577.22</x:v>
       </x:c>
       <x:c r="E46" s="0">
-        <x:v>541.8</x:v>
+        <x:v>532</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="1">
-        <x:v>45874.7580092593</x:v>
+        <x:v>45902.7618055556</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C47" s="0">
-        <x:v>50.52</x:v>
+        <x:v>24.28</x:v>
       </x:c>
       <x:c r="D47" s="0">
-        <x:v>579.824</x:v>
+        <x:v>575.376</x:v>
       </x:c>
       <x:c r="E47" s="0">
-        <x:v>534.4</x:v>
+        <x:v>530.3</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5">
       <x:c r="A48" s="1">
-        <x:v>45873.7607986111</x:v>
+        <x:v>45901.7594444444</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C48" s="0">
-        <x:v>59.72</x:v>
+        <x:v>20.56</x:v>
       </x:c>
       <x:c r="D48" s="0">
-        <x:v>571.036</x:v>
+        <x:v>586.008</x:v>
       </x:c>
       <x:c r="E48" s="0">
-        <x:v>526.3</x:v>
+        <x:v>540.1</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
       <x:c r="A49" s="1">
-        <x:v>45870.7602314815</x:v>
+        <x:v>45898.7627083333</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C49" s="0">
-        <x:v>59.87</x:v>
+        <x:v>22.64</x:v>
       </x:c>
       <x:c r="D49" s="0">
-        <x:v>570.927</x:v>
+        <x:v>580.692</x:v>
       </x:c>
       <x:c r="E49" s="0">
-        <x:v>526.2</x:v>
+        <x:v>535.2</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5">
       <x:c r="A50" s="1">
-        <x:v>45869.7836574074</x:v>
+        <x:v>45897.7575925926</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C50" s="0">
-        <x:v>52.5</x:v>
+        <x:v>21.12</x:v>
       </x:c>
       <x:c r="D50" s="0">
-        <x:v>579.064</x:v>
+        <x:v>584.924</x:v>
       </x:c>
       <x:c r="E50" s="0">
-        <x:v>533.7</x:v>
+        <x:v>539.1</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5">
       <x:c r="A51" s="1">
+        <x:v>45896.7598263889</x:v>
+      </x:c>
+      <x:c r="B51" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C51" s="0">
+        <x:v>22.07</x:v>
+      </x:c>
+      <x:c r="D51" s="0">
+        <x:v>582.428</x:v>
+      </x:c>
+      <x:c r="E51" s="0">
+        <x:v>536.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="52" spans="1:5">
+      <x:c r="A52" s="1">
+        <x:v>45895.7574884259</x:v>
+      </x:c>
+      <x:c r="B52" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C52" s="0">
+        <x:v>21.28</x:v>
+      </x:c>
+      <x:c r="D52" s="0">
+        <x:v>584.598</x:v>
+      </x:c>
+      <x:c r="E52" s="0">
+        <x:v>538.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="53" spans="1:5">
+      <x:c r="A53" s="1">
+        <x:v>45894.7570138889</x:v>
+      </x:c>
+      <x:c r="B53" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C53" s="0">
+        <x:v>22.91</x:v>
+      </x:c>
+      <x:c r="D53" s="0">
+        <x:v>580.475</x:v>
+      </x:c>
+      <x:c r="E53" s="0">
+        <x:v>535</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="54" spans="1:5">
+      <x:c r="A54" s="1">
+        <x:v>45891.7584606481</x:v>
+      </x:c>
+      <x:c r="B54" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C54" s="0">
+        <x:v>33.94</x:v>
+      </x:c>
+      <x:c r="D54" s="0">
+        <x:v>562.247</x:v>
+      </x:c>
+      <x:c r="E54" s="0">
+        <x:v>518.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="55" spans="1:5">
+      <x:c r="A55" s="1">
+        <x:v>45890.7565277778</x:v>
+      </x:c>
+      <x:c r="B55" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C55" s="0">
+        <x:v>41.43</x:v>
+      </x:c>
+      <x:c r="D55" s="0">
+        <x:v>552.265</x:v>
+      </x:c>
+      <x:c r="E55" s="0">
+        <x:v>509</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="56" spans="1:5">
+      <x:c r="A56" s="1">
+        <x:v>45889.759375</x:v>
+      </x:c>
+      <x:c r="B56" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C56" s="0">
+        <x:v>52.57</x:v>
+      </x:c>
+      <x:c r="D56" s="0">
+        <x:v>540.818</x:v>
+      </x:c>
+      <x:c r="E56" s="0">
+        <x:v>498.45</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="57" spans="1:5">
+      <x:c r="A57" s="1">
+        <x:v>45888.7607291667</x:v>
+      </x:c>
+      <x:c r="B57" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C57" s="0">
+        <x:v>56.03</x:v>
+      </x:c>
+      <x:c r="D57" s="0">
+        <x:v>537.509</x:v>
+      </x:c>
+      <x:c r="E57" s="0">
+        <x:v>495.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="58" spans="1:5">
+      <x:c r="A58" s="1">
+        <x:v>45887.7582523148</x:v>
+      </x:c>
+      <x:c r="B58" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C58" s="0">
+        <x:v>32.92</x:v>
+      </x:c>
+      <x:c r="D58" s="0">
+        <x:v>578.088</x:v>
+      </x:c>
+      <x:c r="E58" s="0">
+        <x:v>532.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="59" spans="1:5">
+      <x:c r="A59" s="1">
+        <x:v>45884.7577546296</x:v>
+      </x:c>
+      <x:c r="B59" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C59" s="0">
+        <x:v>59.61</x:v>
+      </x:c>
+      <x:c r="D59" s="0">
+        <x:v>553.35</x:v>
+      </x:c>
+      <x:c r="E59" s="0">
+        <x:v>510</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="60" spans="1:5">
+      <x:c r="A60" s="1">
+        <x:v>45883.7578472222</x:v>
+      </x:c>
+      <x:c r="B60" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C60" s="0">
+        <x:v>49.53</x:v>
+      </x:c>
+      <x:c r="D60" s="0">
+        <x:v>564.851</x:v>
+      </x:c>
+      <x:c r="E60" s="0">
+        <x:v>520.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="61" spans="1:5">
+      <x:c r="A61" s="1">
+        <x:v>45882.7698611111</x:v>
+      </x:c>
+      <x:c r="B61" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C61" s="0">
+        <x:v>85.63</x:v>
+      </x:c>
+      <x:c r="D61" s="0">
+        <x:v>542.012</x:v>
+      </x:c>
+      <x:c r="E61" s="0">
+        <x:v>499.55</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="62" spans="1:5">
+      <x:c r="A62" s="1">
+        <x:v>45882.7608333333</x:v>
+      </x:c>
+      <x:c r="B62" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C62" s="0">
+        <x:v>85.63</x:v>
+      </x:c>
+      <x:c r="D62" s="0">
+        <x:v>542.012</x:v>
+      </x:c>
+      <x:c r="E62" s="0">
+        <x:v>499.55</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="63" spans="1:5">
+      <x:c r="A63" s="1">
+        <x:v>45881.7571296296</x:v>
+      </x:c>
+      <x:c r="B63" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C63" s="0">
+        <x:v>78.98</x:v>
+      </x:c>
+      <x:c r="D63" s="0">
+        <x:v>546.623</x:v>
+      </x:c>
+      <x:c r="E63" s="0">
+        <x:v>503.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="64" spans="1:5">
+      <x:c r="A64" s="1">
+        <x:v>45880.7586689815</x:v>
+      </x:c>
+      <x:c r="B64" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C64" s="0">
+        <x:v>88.2</x:v>
+      </x:c>
+      <x:c r="D64" s="0">
+        <x:v>540.981</x:v>
+      </x:c>
+      <x:c r="E64" s="0">
+        <x:v>498.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="65" spans="1:5">
+      <x:c r="A65" s="1">
+        <x:v>45877.7857523148</x:v>
+      </x:c>
+      <x:c r="B65" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C65" s="0">
+        <x:v>80.56</x:v>
+      </x:c>
+      <x:c r="D65" s="0">
+        <x:v>546.189</x:v>
+      </x:c>
+      <x:c r="E65" s="0">
+        <x:v>503.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="66" spans="1:5">
+      <x:c r="A66" s="1">
+        <x:v>45876.7589467593</x:v>
+      </x:c>
+      <x:c r="B66" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C66" s="0">
+        <x:v>58.85</x:v>
+      </x:c>
+      <x:c r="D66" s="0">
+        <x:v>567.13</x:v>
+      </x:c>
+      <x:c r="E66" s="0">
+        <x:v>522.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="67" spans="1:5">
+      <x:c r="A67" s="1">
+        <x:v>45875.7594444444</x:v>
+      </x:c>
+      <x:c r="B67" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C67" s="0">
+        <x:v>43.51</x:v>
+      </x:c>
+      <x:c r="D67" s="0">
+        <x:v>587.853</x:v>
+      </x:c>
+      <x:c r="E67" s="0">
+        <x:v>541.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="68" spans="1:5">
+      <x:c r="A68" s="1">
+        <x:v>45874.7580092593</x:v>
+      </x:c>
+      <x:c r="B68" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C68" s="0">
+        <x:v>50.52</x:v>
+      </x:c>
+      <x:c r="D68" s="0">
+        <x:v>579.824</x:v>
+      </x:c>
+      <x:c r="E68" s="0">
+        <x:v>534.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="69" spans="1:5">
+      <x:c r="A69" s="1">
+        <x:v>45873.7607986111</x:v>
+      </x:c>
+      <x:c r="B69" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C69" s="0">
+        <x:v>59.72</x:v>
+      </x:c>
+      <x:c r="D69" s="0">
+        <x:v>571.036</x:v>
+      </x:c>
+      <x:c r="E69" s="0">
+        <x:v>526.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="70" spans="1:5">
+      <x:c r="A70" s="1">
+        <x:v>45870.7602314815</x:v>
+      </x:c>
+      <x:c r="B70" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C70" s="0">
+        <x:v>59.87</x:v>
+      </x:c>
+      <x:c r="D70" s="0">
+        <x:v>570.927</x:v>
+      </x:c>
+      <x:c r="E70" s="0">
+        <x:v>526.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="71" spans="1:5">
+      <x:c r="A71" s="1">
+        <x:v>45869.7836574074</x:v>
+      </x:c>
+      <x:c r="B71" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C71" s="0">
+        <x:v>52.5</x:v>
+      </x:c>
+      <x:c r="D71" s="0">
+        <x:v>579.064</x:v>
+      </x:c>
+      <x:c r="E71" s="0">
+        <x:v>533.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="72" spans="1:5">
+      <x:c r="A72" s="1">
         <x:v>45868.7572569444</x:v>
       </x:c>
-      <x:c r="B51" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C51" s="0">
+      <x:c r="B72" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C72" s="0">
         <x:v>55.77</x:v>
       </x:c>
-      <x:c r="D51" s="0">
+      <x:c r="D72" s="0">
         <x:v>575.701</x:v>
       </x:c>
-      <x:c r="E51" s="0">
+      <x:c r="E72" s="0">
         <x:v>530.6</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>