--- v1 (2025-10-30)
+++ v2 (2025-12-14)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra2c02e1d4fa74c68" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/dca5a19044024c87a361a0d63ee57c96.psmdcp" Id="Re504838fa9824eb4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re57eb8350dc84b6b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/77f9338b443f496e8a70b38529d60294.psmdcp" Id="R724a1012535940e4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>DE000BB31G45</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -390,1270 +390,1865 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E72"/>
+  <x:dimension ref="A1:E107"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>45960.7368171296</x:v>
+        <x:v>46003.7371759259</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
-        <x:v>2.59</x:v>
+        <x:v>1.12</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>554.001</x:v>
+        <x:v>550.854</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>510.6</x:v>
+        <x:v>507.7</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>45959.7367592593</x:v>
+        <x:v>46002.7740509259</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
-        <x:v>2.47</x:v>
+        <x:v>1.22</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>556.93</x:v>
+        <x:v>546.298</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>513.3</x:v>
+        <x:v>503.5</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>45958.7367824074</x:v>
+        <x:v>46002.7369212963</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
-        <x:v>2.36</x:v>
+        <x:v>1.22</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>559.426</x:v>
+        <x:v>546.298</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>515.6</x:v>
+        <x:v>503.5</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>45957.7750694444</x:v>
+        <x:v>46001.7725810185</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
-        <x:v>2.65</x:v>
+        <x:v>1.18</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>553.458</x:v>
+        <x:v>548.034</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>510.1</x:v>
+        <x:v>505.1</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>45954.7370833333</x:v>
+        <x:v>46001.7370138889</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
-        <x:v>2.15</x:v>
+        <x:v>1.18</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>566.587</x:v>
+        <x:v>548.034</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>522.2</x:v>
+        <x:v>505.1</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>45954.6590856481</x:v>
+        <x:v>46000.7370486111</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
-        <x:v>6.16</x:v>
+        <x:v>1.06</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>579.607</x:v>
+        <x:v>554.544</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>534.2</x:v>
+        <x:v>511.1</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>45953.7373611111</x:v>
+        <x:v>45999.7371875</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
-        <x:v>11.66</x:v>
+        <x:v>1.43</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>534.2</x:v>
+        <x:v>540.493</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>492.35</x:v>
+        <x:v>498.15</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>45952.7370601852</x:v>
+        <x:v>45996.7368402778</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
-        <x:v>11.47</x:v>
+        <x:v>1.75</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>535.068</x:v>
+        <x:v>530.836</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>493.15</x:v>
+        <x:v>489.25</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>45951.7369907407</x:v>
+        <x:v>45995.7378819444</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
-        <x:v>15.62</x:v>
+        <x:v>2.27</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>521.234</x:v>
+        <x:v>518.901</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>480.4</x:v>
+        <x:v>478.25</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>45950.737037037</x:v>
+        <x:v>45994.7372685185</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C12" s="0">
-        <x:v>15.81</x:v>
+        <x:v>2.84</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>520.637</x:v>
+        <x:v>508.648</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>479.85</x:v>
+        <x:v>468.8</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>45947.7367824074</x:v>
+        <x:v>45993.7373032407</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0">
-        <x:v>25.89</x:v>
+        <x:v>2.78</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>501.162</x:v>
+        <x:v>509.896</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>461.9</x:v>
+        <x:v>469.95</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>45946.7603125</x:v>
+        <x:v>45992.7372106481</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C14" s="0">
-        <x:v>17.96</x:v>
+        <x:v>3.28</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>524.326</x:v>
+        <x:v>502.138</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>483.25</x:v>
+        <x:v>462.8</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>45945.7368981481</x:v>
+        <x:v>45989.7370717593</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
-        <x:v>18.08</x:v>
+        <x:v>2.59</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>524.001</x:v>
+        <x:v>516.026</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>482.95</x:v>
+        <x:v>475.6</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>45944.7367592593</x:v>
+        <x:v>45988.7370023148</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C16" s="0">
-        <x:v>12.12</x:v>
+        <x:v>2.29</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>551.072</x:v>
+        <x:v>522.916</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>507.9</x:v>
+        <x:v>481.95</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>45943.7373263889</x:v>
+        <x:v>45987.7371296296</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C17" s="0">
-        <x:v>10.78</x:v>
+        <x:v>3.05</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>558.016</x:v>
+        <x:v>510.167</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>514.3</x:v>
+        <x:v>470.2</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>45940.7628009259</x:v>
+        <x:v>45986.7689583333</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="0">
-        <x:v>8.71</x:v>
+        <x:v>4.04</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>571.686</x:v>
+        <x:v>498.015</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>526.9</x:v>
+        <x:v>459</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>45939.7572106481</x:v>
+        <x:v>45986.7372685185</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C19" s="0">
-        <x:v>7.22</x:v>
+        <x:v>4.04</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>583.73</x:v>
+        <x:v>498.015</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>538</x:v>
+        <x:v>459</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
-        <x:v>45938.7365856481</x:v>
+        <x:v>45985.736724537</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C20" s="0">
-        <x:v>6</x:v>
+        <x:v>4.63</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>595.882</x:v>
+        <x:v>491.776</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>549.2</x:v>
+        <x:v>453.25</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="1">
-        <x:v>45937.7365393518</x:v>
+        <x:v>45982.737037037</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C21" s="0">
-        <x:v>6.42</x:v>
+        <x:v>2.97</x:v>
       </x:c>
       <x:c r="D21" s="0">
-        <x:v>591.976</x:v>
+        <x:v>520.8</x:v>
       </x:c>
       <x:c r="E21" s="0">
-        <x:v>545.6</x:v>
+        <x:v>480</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="1">
-        <x:v>45936.7365856481</x:v>
+        <x:v>45981.7368402778</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C22" s="0">
-        <x:v>5.42</x:v>
+        <x:v>2.04</x:v>
       </x:c>
       <x:c r="D22" s="0">
-        <x:v>602.152</x:v>
+        <x:v>545.864</x:v>
       </x:c>
       <x:c r="E22" s="0">
-        <x:v>555.9</x:v>
+        <x:v>503.1</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="1">
-        <x:v>45936.3348958333</x:v>
+        <x:v>45980.7367592593</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C23" s="0">
-        <x:v>4.51</x:v>
+        <x:v>2.64</x:v>
       </x:c>
       <x:c r="D23" s="0">
-        <x:v>614.412</x:v>
+        <x:v>533.712</x:v>
       </x:c>
       <x:c r="E23" s="0">
-        <x:v>567.2</x:v>
+        <x:v>491.9</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="1">
-        <x:v>45933.7365277778</x:v>
+        <x:v>45979.7368055556</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C24" s="0">
-        <x:v>4.59</x:v>
+        <x:v>1.82</x:v>
       </x:c>
       <x:c r="D24" s="0">
-        <x:v>615.412</x:v>
+        <x:v>559.1</x:v>
       </x:c>
       <x:c r="E24" s="0">
-        <x:v>567.2</x:v>
+        <x:v>515.3</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="1">
-        <x:v>45932.7758449074</x:v>
+        <x:v>45978.7367708333</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C25" s="0">
-        <x:v>4.66</x:v>
+        <x:v>1.27</x:v>
       </x:c>
       <x:c r="D25" s="0">
-        <x:v>614.544</x:v>
+        <x:v>584.272</x:v>
       </x:c>
       <x:c r="E25" s="0">
-        <x:v>566.4</x:v>
+        <x:v>538.5</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="1">
-        <x:v>45931.7588888889</x:v>
+        <x:v>45975.7367013889</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C26" s="0">
-        <x:v>4.84</x:v>
+        <x:v>1.69</x:v>
       </x:c>
       <x:c r="D26" s="0">
-        <x:v>612.266</x:v>
+        <x:v>570.059</x:v>
       </x:c>
       <x:c r="E26" s="0">
-        <x:v>564.3</x:v>
+        <x:v>525.4</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="1">
-        <x:v>45930.7579398148</x:v>
+        <x:v>45974.7370138889</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C27" s="0">
-        <x:v>4.11</x:v>
+        <x:v>1.47</x:v>
       </x:c>
       <x:c r="D27" s="0">
-        <x:v>623.332</x:v>
+        <x:v>578.739</x:v>
       </x:c>
       <x:c r="E27" s="0">
-        <x:v>574.5</x:v>
+        <x:v>533.4</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="1">
-        <x:v>45929.7560416667</x:v>
+        <x:v>45973.7367361111</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C28" s="0">
-        <x:v>3.62</x:v>
+        <x:v>1.78</x:v>
       </x:c>
       <x:c r="D28" s="0">
-        <x:v>631.904</x:v>
+        <x:v>568.866</x:v>
       </x:c>
       <x:c r="E28" s="0">
-        <x:v>582.4</x:v>
+        <x:v>524.3</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="1">
-        <x:v>45926.7572569444</x:v>
+        <x:v>45972.7367361111</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C29" s="0">
-        <x:v>4.24</x:v>
+        <x:v>1.99</x:v>
       </x:c>
       <x:c r="D29" s="0">
-        <x:v>622.79</x:v>
+        <x:v>562.898</x:v>
       </x:c>
       <x:c r="E29" s="0">
-        <x:v>574</x:v>
+        <x:v>518.8</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="1">
-        <x:v>45925.7565625</x:v>
+        <x:v>45968.7368865741</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C30" s="0">
-        <x:v>4.31</x:v>
+        <x:v>2.19</x:v>
       </x:c>
       <x:c r="D30" s="0">
-        <x:v>621.814</x:v>
+        <x:v>559.318</x:v>
       </x:c>
       <x:c r="E30" s="0">
-        <x:v>573.1</x:v>
+        <x:v>515.5</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="1">
-        <x:v>45924.7579976852</x:v>
+        <x:v>45967.7368402778</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C31" s="0">
-        <x:v>5.19</x:v>
+        <x:v>2.36</x:v>
       </x:c>
       <x:c r="D31" s="0">
-        <x:v>611.506</x:v>
+        <x:v>555.194</x:v>
       </x:c>
       <x:c r="E31" s="0">
-        <x:v>563.6</x:v>
+        <x:v>511.7</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="1">
-        <x:v>45923.7566435185</x:v>
+        <x:v>45966.7368402778</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C32" s="0">
-        <x:v>11.49</x:v>
+        <x:v>2.23</x:v>
       </x:c>
       <x:c r="D32" s="0">
-        <x:v>579.716</x:v>
+        <x:v>558.558</x:v>
       </x:c>
       <x:c r="E32" s="0">
-        <x:v>534.3</x:v>
+        <x:v>514.8</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="1">
-        <x:v>45922.7577430556</x:v>
+        <x:v>45965.7388425926</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C33" s="0">
-        <x:v>8.45</x:v>
+        <x:v>1.86</x:v>
       </x:c>
       <x:c r="D33" s="0">
-        <x:v>601.416</x:v>
+        <x:v>569.95</x:v>
       </x:c>
       <x:c r="E33" s="0">
-        <x:v>554.3</x:v>
+        <x:v>525.3</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="1">
-        <x:v>45919.7643287037</x:v>
+        <x:v>45964.7369212963</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C34" s="0">
-        <x:v>17.55</x:v>
+        <x:v>1.99</x:v>
       </x:c>
       <x:c r="D34" s="0">
-        <x:v>571.795</x:v>
+        <x:v>566.153</x:v>
       </x:c>
       <x:c r="E34" s="0">
-        <x:v>527</x:v>
+        <x:v>521.8</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="1">
-        <x:v>45918.7598148148</x:v>
+        <x:v>45961.8177777778</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C35" s="0">
-        <x:v>27.68</x:v>
+        <x:v>1.91</x:v>
       </x:c>
       <x:c r="D35" s="0">
-        <x:v>551.614</x:v>
+        <x:v>568.54</x:v>
       </x:c>
       <x:c r="E35" s="0">
-        <x:v>508.4</x:v>
+        <x:v>524</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="1">
-        <x:v>45917.7674537037</x:v>
+        <x:v>45961.7365393518</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C36" s="0">
-        <x:v>24.13</x:v>
+        <x:v>1.91</x:v>
       </x:c>
       <x:c r="D36" s="0">
-        <x:v>559.86</x:v>
+        <x:v>568.54</x:v>
       </x:c>
       <x:c r="E36" s="0">
-        <x:v>516</x:v>
+        <x:v>524</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="1">
-        <x:v>45916.7611111111</x:v>
+        <x:v>45961.6041550926</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C37" s="0">
-        <x:v>23.37</x:v>
+        <x:v>1.91</x:v>
       </x:c>
       <x:c r="D37" s="0">
-        <x:v>561.704</x:v>
+        <x:v>568.54</x:v>
       </x:c>
       <x:c r="E37" s="0">
-        <x:v>517.7</x:v>
+        <x:v>524</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="1">
-        <x:v>45915.7666319444</x:v>
+        <x:v>45960.7368171296</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C38" s="0">
-        <x:v>17.78</x:v>
+        <x:v>2.59</x:v>
       </x:c>
       <x:c r="D38" s="0">
-        <x:v>579.932</x:v>
+        <x:v>554.001</x:v>
       </x:c>
       <x:c r="E38" s="0">
-        <x:v>534.5</x:v>
+        <x:v>510.6</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="1">
-        <x:v>45912.7594212963</x:v>
+        <x:v>45959.7367592593</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C39" s="0">
-        <x:v>16.97</x:v>
+        <x:v>2.47</x:v>
       </x:c>
       <x:c r="D39" s="0">
-        <x:v>582.754</x:v>
+        <x:v>556.93</x:v>
       </x:c>
       <x:c r="E39" s="0">
-        <x:v>537.1</x:v>
+        <x:v>513.3</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="1">
-        <x:v>45911.75875</x:v>
+        <x:v>45958.7367824074</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C40" s="0">
-        <x:v>18.54</x:v>
+        <x:v>2.36</x:v>
       </x:c>
       <x:c r="D40" s="0">
-        <x:v>577.871</x:v>
+        <x:v>559.426</x:v>
       </x:c>
       <x:c r="E40" s="0">
-        <x:v>532.6</x:v>
+        <x:v>515.6</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="1">
-        <x:v>45910.7661342593</x:v>
+        <x:v>45957.7750694444</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C41" s="0">
-        <x:v>23.98</x:v>
+        <x:v>2.65</x:v>
       </x:c>
       <x:c r="D41" s="0">
-        <x:v>565.068</x:v>
+        <x:v>553.458</x:v>
       </x:c>
       <x:c r="E41" s="0">
-        <x:v>520.8</x:v>
+        <x:v>510.1</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="1">
-        <x:v>45909.7555787037</x:v>
+        <x:v>45954.7370833333</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C42" s="0">
-        <x:v>30.51</x:v>
+        <x:v>2.15</x:v>
       </x:c>
       <x:c r="D42" s="0">
-        <x:v>553.242</x:v>
+        <x:v>566.587</x:v>
       </x:c>
       <x:c r="E42" s="0">
-        <x:v>509.9</x:v>
+        <x:v>522.2</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="1">
-        <x:v>45908.7626157407</x:v>
+        <x:v>45954.6590856481</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C43" s="0">
-        <x:v>24.7</x:v>
+        <x:v>6.16</x:v>
       </x:c>
       <x:c r="D43" s="0">
-        <x:v>566.587</x:v>
+        <x:v>579.607</x:v>
       </x:c>
       <x:c r="E43" s="0">
-        <x:v>522.2</x:v>
+        <x:v>534.2</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="1">
-        <x:v>45905.7753009259</x:v>
+        <x:v>45953.7373611111</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C44" s="0">
-        <x:v>29.06</x:v>
+        <x:v>11.66</x:v>
       </x:c>
       <x:c r="D44" s="0">
-        <x:v>558.232</x:v>
+        <x:v>534.2</x:v>
       </x:c>
       <x:c r="E44" s="0">
-        <x:v>514.5</x:v>
+        <x:v>492.35</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="1">
-        <x:v>45904.7633564815</x:v>
+        <x:v>45952.7370601852</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C45" s="0">
-        <x:v>35.02</x:v>
+        <x:v>11.47</x:v>
       </x:c>
       <x:c r="D45" s="0">
-        <x:v>548.902</x:v>
+        <x:v>535.068</x:v>
       </x:c>
       <x:c r="E45" s="0">
-        <x:v>505.9</x:v>
+        <x:v>493.15</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="1">
-        <x:v>45903.7601157407</x:v>
+        <x:v>45951.7369907407</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C46" s="0">
-        <x:v>23.5</x:v>
+        <x:v>15.62</x:v>
       </x:c>
       <x:c r="D46" s="0">
-        <x:v>577.22</x:v>
+        <x:v>521.234</x:v>
       </x:c>
       <x:c r="E46" s="0">
-        <x:v>532</x:v>
+        <x:v>480.4</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="1">
-        <x:v>45902.7618055556</x:v>
+        <x:v>45950.737037037</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C47" s="0">
-        <x:v>24.28</x:v>
+        <x:v>15.81</x:v>
       </x:c>
       <x:c r="D47" s="0">
-        <x:v>575.376</x:v>
+        <x:v>520.637</x:v>
       </x:c>
       <x:c r="E47" s="0">
-        <x:v>530.3</x:v>
+        <x:v>479.85</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5">
       <x:c r="A48" s="1">
-        <x:v>45901.7594444444</x:v>
+        <x:v>45947.7367824074</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C48" s="0">
-        <x:v>20.56</x:v>
+        <x:v>25.89</x:v>
       </x:c>
       <x:c r="D48" s="0">
-        <x:v>586.008</x:v>
+        <x:v>501.162</x:v>
       </x:c>
       <x:c r="E48" s="0">
-        <x:v>540.1</x:v>
+        <x:v>461.9</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
       <x:c r="A49" s="1">
-        <x:v>45898.7627083333</x:v>
+        <x:v>45946.7603125</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C49" s="0">
-        <x:v>22.64</x:v>
+        <x:v>17.96</x:v>
       </x:c>
       <x:c r="D49" s="0">
-        <x:v>580.692</x:v>
+        <x:v>524.326</x:v>
       </x:c>
       <x:c r="E49" s="0">
-        <x:v>535.2</x:v>
+        <x:v>483.25</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5">
       <x:c r="A50" s="1">
-        <x:v>45897.7575925926</x:v>
+        <x:v>45945.7368981481</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C50" s="0">
-        <x:v>21.12</x:v>
+        <x:v>18.08</x:v>
       </x:c>
       <x:c r="D50" s="0">
-        <x:v>584.924</x:v>
+        <x:v>524.001</x:v>
       </x:c>
       <x:c r="E50" s="0">
-        <x:v>539.1</x:v>
+        <x:v>482.95</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5">
       <x:c r="A51" s="1">
-        <x:v>45896.7598263889</x:v>
+        <x:v>45944.7367592593</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C51" s="0">
-        <x:v>22.07</x:v>
+        <x:v>12.12</x:v>
       </x:c>
       <x:c r="D51" s="0">
-        <x:v>582.428</x:v>
+        <x:v>551.072</x:v>
       </x:c>
       <x:c r="E51" s="0">
-        <x:v>536.8</x:v>
+        <x:v>507.9</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5">
       <x:c r="A52" s="1">
-        <x:v>45895.7574884259</x:v>
+        <x:v>45943.7373263889</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C52" s="0">
-        <x:v>21.28</x:v>
+        <x:v>10.78</x:v>
       </x:c>
       <x:c r="D52" s="0">
-        <x:v>584.598</x:v>
+        <x:v>558.016</x:v>
       </x:c>
       <x:c r="E52" s="0">
-        <x:v>538.8</x:v>
+        <x:v>514.3</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5">
       <x:c r="A53" s="1">
-        <x:v>45894.7570138889</x:v>
+        <x:v>45940.7628009259</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C53" s="0">
-        <x:v>22.91</x:v>
+        <x:v>8.71</x:v>
       </x:c>
       <x:c r="D53" s="0">
-        <x:v>580.475</x:v>
+        <x:v>571.686</x:v>
       </x:c>
       <x:c r="E53" s="0">
-        <x:v>535</x:v>
+        <x:v>526.9</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5">
       <x:c r="A54" s="1">
-        <x:v>45891.7584606481</x:v>
+        <x:v>45939.7572106481</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C54" s="0">
-        <x:v>33.94</x:v>
+        <x:v>7.22</x:v>
       </x:c>
       <x:c r="D54" s="0">
-        <x:v>562.247</x:v>
+        <x:v>583.73</x:v>
       </x:c>
       <x:c r="E54" s="0">
-        <x:v>518.2</x:v>
+        <x:v>538</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5">
       <x:c r="A55" s="1">
-        <x:v>45890.7565277778</x:v>
+        <x:v>45938.7365856481</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C55" s="0">
-        <x:v>41.43</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D55" s="0">
-        <x:v>552.265</x:v>
+        <x:v>595.882</x:v>
       </x:c>
       <x:c r="E55" s="0">
-        <x:v>509</x:v>
+        <x:v>549.2</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5">
       <x:c r="A56" s="1">
-        <x:v>45889.759375</x:v>
+        <x:v>45937.7365393518</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C56" s="0">
-        <x:v>52.57</x:v>
+        <x:v>6.42</x:v>
       </x:c>
       <x:c r="D56" s="0">
-        <x:v>540.818</x:v>
+        <x:v>591.976</x:v>
       </x:c>
       <x:c r="E56" s="0">
-        <x:v>498.45</x:v>
+        <x:v>545.6</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:5">
       <x:c r="A57" s="1">
-        <x:v>45888.7607291667</x:v>
+        <x:v>45936.7365856481</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C57" s="0">
-        <x:v>56.03</x:v>
+        <x:v>5.42</x:v>
       </x:c>
       <x:c r="D57" s="0">
-        <x:v>537.509</x:v>
+        <x:v>602.152</x:v>
       </x:c>
       <x:c r="E57" s="0">
-        <x:v>495.4</x:v>
+        <x:v>555.9</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:5">
       <x:c r="A58" s="1">
-        <x:v>45887.7582523148</x:v>
+        <x:v>45936.3348958333</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C58" s="0">
-        <x:v>32.92</x:v>
+        <x:v>4.51</x:v>
       </x:c>
       <x:c r="D58" s="0">
-        <x:v>578.088</x:v>
+        <x:v>614.412</x:v>
       </x:c>
       <x:c r="E58" s="0">
-        <x:v>532.8</x:v>
+        <x:v>567.2</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:5">
       <x:c r="A59" s="1">
-        <x:v>45884.7577546296</x:v>
+        <x:v>45933.7365277778</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C59" s="0">
-        <x:v>59.61</x:v>
+        <x:v>4.59</x:v>
       </x:c>
       <x:c r="D59" s="0">
-        <x:v>553.35</x:v>
+        <x:v>615.412</x:v>
       </x:c>
       <x:c r="E59" s="0">
-        <x:v>510</x:v>
+        <x:v>567.2</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:5">
       <x:c r="A60" s="1">
-        <x:v>45883.7578472222</x:v>
+        <x:v>45932.7758449074</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C60" s="0">
-        <x:v>49.53</x:v>
+        <x:v>4.66</x:v>
       </x:c>
       <x:c r="D60" s="0">
-        <x:v>564.851</x:v>
+        <x:v>614.544</x:v>
       </x:c>
       <x:c r="E60" s="0">
-        <x:v>520.6</x:v>
+        <x:v>566.4</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:5">
       <x:c r="A61" s="1">
-        <x:v>45882.7698611111</x:v>
+        <x:v>45931.7588888889</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C61" s="0">
-        <x:v>85.63</x:v>
+        <x:v>4.84</x:v>
       </x:c>
       <x:c r="D61" s="0">
-        <x:v>542.012</x:v>
+        <x:v>612.266</x:v>
       </x:c>
       <x:c r="E61" s="0">
-        <x:v>499.55</x:v>
+        <x:v>564.3</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:5">
       <x:c r="A62" s="1">
-        <x:v>45882.7608333333</x:v>
+        <x:v>45930.7579398148</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C62" s="0">
-        <x:v>85.63</x:v>
+        <x:v>4.11</x:v>
       </x:c>
       <x:c r="D62" s="0">
-        <x:v>542.012</x:v>
+        <x:v>623.332</x:v>
       </x:c>
       <x:c r="E62" s="0">
-        <x:v>499.55</x:v>
+        <x:v>574.5</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:5">
       <x:c r="A63" s="1">
-        <x:v>45881.7571296296</x:v>
+        <x:v>45929.7560416667</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C63" s="0">
-        <x:v>78.98</x:v>
+        <x:v>3.62</x:v>
       </x:c>
       <x:c r="D63" s="0">
-        <x:v>546.623</x:v>
+        <x:v>631.904</x:v>
       </x:c>
       <x:c r="E63" s="0">
-        <x:v>503.8</x:v>
+        <x:v>582.4</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:5">
       <x:c r="A64" s="1">
-        <x:v>45880.7586689815</x:v>
+        <x:v>45926.7572569444</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C64" s="0">
-        <x:v>88.2</x:v>
+        <x:v>4.24</x:v>
       </x:c>
       <x:c r="D64" s="0">
-        <x:v>540.981</x:v>
+        <x:v>622.79</x:v>
       </x:c>
       <x:c r="E64" s="0">
-        <x:v>498.6</x:v>
+        <x:v>574</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:5">
       <x:c r="A65" s="1">
-        <x:v>45877.7857523148</x:v>
+        <x:v>45925.7565625</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C65" s="0">
-        <x:v>80.56</x:v>
+        <x:v>4.31</x:v>
       </x:c>
       <x:c r="D65" s="0">
-        <x:v>546.189</x:v>
+        <x:v>621.814</x:v>
       </x:c>
       <x:c r="E65" s="0">
-        <x:v>503.4</x:v>
+        <x:v>573.1</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:5">
       <x:c r="A66" s="1">
-        <x:v>45876.7589467593</x:v>
+        <x:v>45924.7579976852</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C66" s="0">
-        <x:v>58.85</x:v>
+        <x:v>5.19</x:v>
       </x:c>
       <x:c r="D66" s="0">
-        <x:v>567.13</x:v>
+        <x:v>611.506</x:v>
       </x:c>
       <x:c r="E66" s="0">
-        <x:v>522.7</x:v>
+        <x:v>563.6</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:5">
       <x:c r="A67" s="1">
-        <x:v>45875.7594444444</x:v>
+        <x:v>45923.7566435185</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C67" s="0">
-        <x:v>43.51</x:v>
+        <x:v>11.49</x:v>
       </x:c>
       <x:c r="D67" s="0">
-        <x:v>587.853</x:v>
+        <x:v>579.716</x:v>
       </x:c>
       <x:c r="E67" s="0">
-        <x:v>541.8</x:v>
+        <x:v>534.3</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:5">
       <x:c r="A68" s="1">
-        <x:v>45874.7580092593</x:v>
+        <x:v>45922.7577430556</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C68" s="0">
-        <x:v>50.52</x:v>
+        <x:v>8.45</x:v>
       </x:c>
       <x:c r="D68" s="0">
-        <x:v>579.824</x:v>
+        <x:v>601.416</x:v>
       </x:c>
       <x:c r="E68" s="0">
-        <x:v>534.4</x:v>
+        <x:v>554.3</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:5">
       <x:c r="A69" s="1">
-        <x:v>45873.7607986111</x:v>
+        <x:v>45919.7643287037</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C69" s="0">
-        <x:v>59.72</x:v>
+        <x:v>17.55</x:v>
       </x:c>
       <x:c r="D69" s="0">
-        <x:v>571.036</x:v>
+        <x:v>571.795</x:v>
       </x:c>
       <x:c r="E69" s="0">
-        <x:v>526.3</x:v>
+        <x:v>527</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:5">
       <x:c r="A70" s="1">
-        <x:v>45870.7602314815</x:v>
+        <x:v>45918.7598148148</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C70" s="0">
-        <x:v>59.87</x:v>
+        <x:v>27.68</x:v>
       </x:c>
       <x:c r="D70" s="0">
-        <x:v>570.927</x:v>
+        <x:v>551.614</x:v>
       </x:c>
       <x:c r="E70" s="0">
-        <x:v>526.2</x:v>
+        <x:v>508.4</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:5">
       <x:c r="A71" s="1">
-        <x:v>45869.7836574074</x:v>
+        <x:v>45917.7674537037</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C71" s="0">
-        <x:v>52.5</x:v>
+        <x:v>24.13</x:v>
       </x:c>
       <x:c r="D71" s="0">
-        <x:v>579.064</x:v>
+        <x:v>559.86</x:v>
       </x:c>
       <x:c r="E71" s="0">
-        <x:v>533.7</x:v>
+        <x:v>516</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:5">
       <x:c r="A72" s="1">
+        <x:v>45916.7611111111</x:v>
+      </x:c>
+      <x:c r="B72" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C72" s="0">
+        <x:v>23.37</x:v>
+      </x:c>
+      <x:c r="D72" s="0">
+        <x:v>561.704</x:v>
+      </x:c>
+      <x:c r="E72" s="0">
+        <x:v>517.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="73" spans="1:5">
+      <x:c r="A73" s="1">
+        <x:v>45915.7666319444</x:v>
+      </x:c>
+      <x:c r="B73" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C73" s="0">
+        <x:v>17.78</x:v>
+      </x:c>
+      <x:c r="D73" s="0">
+        <x:v>579.932</x:v>
+      </x:c>
+      <x:c r="E73" s="0">
+        <x:v>534.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="74" spans="1:5">
+      <x:c r="A74" s="1">
+        <x:v>45912.7594212963</x:v>
+      </x:c>
+      <x:c r="B74" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C74" s="0">
+        <x:v>16.97</x:v>
+      </x:c>
+      <x:c r="D74" s="0">
+        <x:v>582.754</x:v>
+      </x:c>
+      <x:c r="E74" s="0">
+        <x:v>537.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="75" spans="1:5">
+      <x:c r="A75" s="1">
+        <x:v>45911.75875</x:v>
+      </x:c>
+      <x:c r="B75" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C75" s="0">
+        <x:v>18.54</x:v>
+      </x:c>
+      <x:c r="D75" s="0">
+        <x:v>577.871</x:v>
+      </x:c>
+      <x:c r="E75" s="0">
+        <x:v>532.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="76" spans="1:5">
+      <x:c r="A76" s="1">
+        <x:v>45910.7661342593</x:v>
+      </x:c>
+      <x:c r="B76" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C76" s="0">
+        <x:v>23.98</x:v>
+      </x:c>
+      <x:c r="D76" s="0">
+        <x:v>565.068</x:v>
+      </x:c>
+      <x:c r="E76" s="0">
+        <x:v>520.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="77" spans="1:5">
+      <x:c r="A77" s="1">
+        <x:v>45909.7555787037</x:v>
+      </x:c>
+      <x:c r="B77" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C77" s="0">
+        <x:v>30.51</x:v>
+      </x:c>
+      <x:c r="D77" s="0">
+        <x:v>553.242</x:v>
+      </x:c>
+      <x:c r="E77" s="0">
+        <x:v>509.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="78" spans="1:5">
+      <x:c r="A78" s="1">
+        <x:v>45908.7626157407</x:v>
+      </x:c>
+      <x:c r="B78" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C78" s="0">
+        <x:v>24.7</x:v>
+      </x:c>
+      <x:c r="D78" s="0">
+        <x:v>566.587</x:v>
+      </x:c>
+      <x:c r="E78" s="0">
+        <x:v>522.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="79" spans="1:5">
+      <x:c r="A79" s="1">
+        <x:v>45905.7753009259</x:v>
+      </x:c>
+      <x:c r="B79" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C79" s="0">
+        <x:v>29.06</x:v>
+      </x:c>
+      <x:c r="D79" s="0">
+        <x:v>558.232</x:v>
+      </x:c>
+      <x:c r="E79" s="0">
+        <x:v>514.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="80" spans="1:5">
+      <x:c r="A80" s="1">
+        <x:v>45904.7633564815</x:v>
+      </x:c>
+      <x:c r="B80" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C80" s="0">
+        <x:v>35.02</x:v>
+      </x:c>
+      <x:c r="D80" s="0">
+        <x:v>548.902</x:v>
+      </x:c>
+      <x:c r="E80" s="0">
+        <x:v>505.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="81" spans="1:5">
+      <x:c r="A81" s="1">
+        <x:v>45903.7601157407</x:v>
+      </x:c>
+      <x:c r="B81" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C81" s="0">
+        <x:v>23.5</x:v>
+      </x:c>
+      <x:c r="D81" s="0">
+        <x:v>577.22</x:v>
+      </x:c>
+      <x:c r="E81" s="0">
+        <x:v>532</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="82" spans="1:5">
+      <x:c r="A82" s="1">
+        <x:v>45902.7618055556</x:v>
+      </x:c>
+      <x:c r="B82" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C82" s="0">
+        <x:v>24.28</x:v>
+      </x:c>
+      <x:c r="D82" s="0">
+        <x:v>575.376</x:v>
+      </x:c>
+      <x:c r="E82" s="0">
+        <x:v>530.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="83" spans="1:5">
+      <x:c r="A83" s="1">
+        <x:v>45901.7594444444</x:v>
+      </x:c>
+      <x:c r="B83" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C83" s="0">
+        <x:v>20.56</x:v>
+      </x:c>
+      <x:c r="D83" s="0">
+        <x:v>586.008</x:v>
+      </x:c>
+      <x:c r="E83" s="0">
+        <x:v>540.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="84" spans="1:5">
+      <x:c r="A84" s="1">
+        <x:v>45898.7627083333</x:v>
+      </x:c>
+      <x:c r="B84" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C84" s="0">
+        <x:v>22.64</x:v>
+      </x:c>
+      <x:c r="D84" s="0">
+        <x:v>580.692</x:v>
+      </x:c>
+      <x:c r="E84" s="0">
+        <x:v>535.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="85" spans="1:5">
+      <x:c r="A85" s="1">
+        <x:v>45897.7575925926</x:v>
+      </x:c>
+      <x:c r="B85" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C85" s="0">
+        <x:v>21.12</x:v>
+      </x:c>
+      <x:c r="D85" s="0">
+        <x:v>584.924</x:v>
+      </x:c>
+      <x:c r="E85" s="0">
+        <x:v>539.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="86" spans="1:5">
+      <x:c r="A86" s="1">
+        <x:v>45896.7598263889</x:v>
+      </x:c>
+      <x:c r="B86" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C86" s="0">
+        <x:v>22.07</x:v>
+      </x:c>
+      <x:c r="D86" s="0">
+        <x:v>582.428</x:v>
+      </x:c>
+      <x:c r="E86" s="0">
+        <x:v>536.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="87" spans="1:5">
+      <x:c r="A87" s="1">
+        <x:v>45895.7574884259</x:v>
+      </x:c>
+      <x:c r="B87" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C87" s="0">
+        <x:v>21.28</x:v>
+      </x:c>
+      <x:c r="D87" s="0">
+        <x:v>584.598</x:v>
+      </x:c>
+      <x:c r="E87" s="0">
+        <x:v>538.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="88" spans="1:5">
+      <x:c r="A88" s="1">
+        <x:v>45894.7570138889</x:v>
+      </x:c>
+      <x:c r="B88" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C88" s="0">
+        <x:v>22.91</x:v>
+      </x:c>
+      <x:c r="D88" s="0">
+        <x:v>580.475</x:v>
+      </x:c>
+      <x:c r="E88" s="0">
+        <x:v>535</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="89" spans="1:5">
+      <x:c r="A89" s="1">
+        <x:v>45891.7584606481</x:v>
+      </x:c>
+      <x:c r="B89" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C89" s="0">
+        <x:v>33.94</x:v>
+      </x:c>
+      <x:c r="D89" s="0">
+        <x:v>562.247</x:v>
+      </x:c>
+      <x:c r="E89" s="0">
+        <x:v>518.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="90" spans="1:5">
+      <x:c r="A90" s="1">
+        <x:v>45890.7565277778</x:v>
+      </x:c>
+      <x:c r="B90" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C90" s="0">
+        <x:v>41.43</x:v>
+      </x:c>
+      <x:c r="D90" s="0">
+        <x:v>552.265</x:v>
+      </x:c>
+      <x:c r="E90" s="0">
+        <x:v>509</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="91" spans="1:5">
+      <x:c r="A91" s="1">
+        <x:v>45889.759375</x:v>
+      </x:c>
+      <x:c r="B91" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C91" s="0">
+        <x:v>52.57</x:v>
+      </x:c>
+      <x:c r="D91" s="0">
+        <x:v>540.818</x:v>
+      </x:c>
+      <x:c r="E91" s="0">
+        <x:v>498.45</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="92" spans="1:5">
+      <x:c r="A92" s="1">
+        <x:v>45888.7607291667</x:v>
+      </x:c>
+      <x:c r="B92" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C92" s="0">
+        <x:v>56.03</x:v>
+      </x:c>
+      <x:c r="D92" s="0">
+        <x:v>537.509</x:v>
+      </x:c>
+      <x:c r="E92" s="0">
+        <x:v>495.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="93" spans="1:5">
+      <x:c r="A93" s="1">
+        <x:v>45887.7582523148</x:v>
+      </x:c>
+      <x:c r="B93" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C93" s="0">
+        <x:v>32.92</x:v>
+      </x:c>
+      <x:c r="D93" s="0">
+        <x:v>578.088</x:v>
+      </x:c>
+      <x:c r="E93" s="0">
+        <x:v>532.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="94" spans="1:5">
+      <x:c r="A94" s="1">
+        <x:v>45884.7577546296</x:v>
+      </x:c>
+      <x:c r="B94" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C94" s="0">
+        <x:v>59.61</x:v>
+      </x:c>
+      <x:c r="D94" s="0">
+        <x:v>553.35</x:v>
+      </x:c>
+      <x:c r="E94" s="0">
+        <x:v>510</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="95" spans="1:5">
+      <x:c r="A95" s="1">
+        <x:v>45883.7578472222</x:v>
+      </x:c>
+      <x:c r="B95" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C95" s="0">
+        <x:v>49.53</x:v>
+      </x:c>
+      <x:c r="D95" s="0">
+        <x:v>564.851</x:v>
+      </x:c>
+      <x:c r="E95" s="0">
+        <x:v>520.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="96" spans="1:5">
+      <x:c r="A96" s="1">
+        <x:v>45882.7698611111</x:v>
+      </x:c>
+      <x:c r="B96" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C96" s="0">
+        <x:v>85.63</x:v>
+      </x:c>
+      <x:c r="D96" s="0">
+        <x:v>542.012</x:v>
+      </x:c>
+      <x:c r="E96" s="0">
+        <x:v>499.55</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="97" spans="1:5">
+      <x:c r="A97" s="1">
+        <x:v>45882.7608333333</x:v>
+      </x:c>
+      <x:c r="B97" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C97" s="0">
+        <x:v>85.63</x:v>
+      </x:c>
+      <x:c r="D97" s="0">
+        <x:v>542.012</x:v>
+      </x:c>
+      <x:c r="E97" s="0">
+        <x:v>499.55</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="98" spans="1:5">
+      <x:c r="A98" s="1">
+        <x:v>45881.7571296296</x:v>
+      </x:c>
+      <x:c r="B98" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C98" s="0">
+        <x:v>78.98</x:v>
+      </x:c>
+      <x:c r="D98" s="0">
+        <x:v>546.623</x:v>
+      </x:c>
+      <x:c r="E98" s="0">
+        <x:v>503.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="99" spans="1:5">
+      <x:c r="A99" s="1">
+        <x:v>45880.7586689815</x:v>
+      </x:c>
+      <x:c r="B99" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C99" s="0">
+        <x:v>88.2</x:v>
+      </x:c>
+      <x:c r="D99" s="0">
+        <x:v>540.981</x:v>
+      </x:c>
+      <x:c r="E99" s="0">
+        <x:v>498.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="100" spans="1:5">
+      <x:c r="A100" s="1">
+        <x:v>45877.7857523148</x:v>
+      </x:c>
+      <x:c r="B100" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C100" s="0">
+        <x:v>80.56</x:v>
+      </x:c>
+      <x:c r="D100" s="0">
+        <x:v>546.189</x:v>
+      </x:c>
+      <x:c r="E100" s="0">
+        <x:v>503.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="101" spans="1:5">
+      <x:c r="A101" s="1">
+        <x:v>45876.7589467593</x:v>
+      </x:c>
+      <x:c r="B101" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C101" s="0">
+        <x:v>58.85</x:v>
+      </x:c>
+      <x:c r="D101" s="0">
+        <x:v>567.13</x:v>
+      </x:c>
+      <x:c r="E101" s="0">
+        <x:v>522.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="102" spans="1:5">
+      <x:c r="A102" s="1">
+        <x:v>45875.7594444444</x:v>
+      </x:c>
+      <x:c r="B102" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C102" s="0">
+        <x:v>43.51</x:v>
+      </x:c>
+      <x:c r="D102" s="0">
+        <x:v>587.853</x:v>
+      </x:c>
+      <x:c r="E102" s="0">
+        <x:v>541.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="103" spans="1:5">
+      <x:c r="A103" s="1">
+        <x:v>45874.7580092593</x:v>
+      </x:c>
+      <x:c r="B103" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C103" s="0">
+        <x:v>50.52</x:v>
+      </x:c>
+      <x:c r="D103" s="0">
+        <x:v>579.824</x:v>
+      </x:c>
+      <x:c r="E103" s="0">
+        <x:v>534.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="104" spans="1:5">
+      <x:c r="A104" s="1">
+        <x:v>45873.7607986111</x:v>
+      </x:c>
+      <x:c r="B104" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C104" s="0">
+        <x:v>59.72</x:v>
+      </x:c>
+      <x:c r="D104" s="0">
+        <x:v>571.036</x:v>
+      </x:c>
+      <x:c r="E104" s="0">
+        <x:v>526.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="105" spans="1:5">
+      <x:c r="A105" s="1">
+        <x:v>45870.7602314815</x:v>
+      </x:c>
+      <x:c r="B105" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C105" s="0">
+        <x:v>59.87</x:v>
+      </x:c>
+      <x:c r="D105" s="0">
+        <x:v>570.927</x:v>
+      </x:c>
+      <x:c r="E105" s="0">
+        <x:v>526.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="106" spans="1:5">
+      <x:c r="A106" s="1">
+        <x:v>45869.7836574074</x:v>
+      </x:c>
+      <x:c r="B106" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C106" s="0">
+        <x:v>52.5</x:v>
+      </x:c>
+      <x:c r="D106" s="0">
+        <x:v>579.064</x:v>
+      </x:c>
+      <x:c r="E106" s="0">
+        <x:v>533.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="107" spans="1:5">
+      <x:c r="A107" s="1">
         <x:v>45868.7572569444</x:v>
       </x:c>
-      <x:c r="B72" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C72" s="0">
+      <x:c r="B107" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C107" s="0">
         <x:v>55.77</x:v>
       </x:c>
-      <x:c r="D72" s="0">
+      <x:c r="D107" s="0">
         <x:v>575.701</x:v>
       </x:c>
-      <x:c r="E72" s="0">
+      <x:c r="E107" s="0">
         <x:v>530.6</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>