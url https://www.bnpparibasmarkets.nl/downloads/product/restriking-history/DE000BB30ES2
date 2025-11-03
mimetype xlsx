--- v0 (2025-10-07)
+++ v1 (2025-11-03)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9a10c3eb9d664384" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/80ddd59a48f040999330e50005470d15.psmdcp" Id="R583a0c9ebf214d7a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f6fb394c09f4813" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c9c21774cd4147e4a44910bf5b0bdd9a.psmdcp" Id="Rcfbfa448683a426f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>DE000BB30ES2</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -390,1015 +390,1372 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E57"/>
+  <x:dimension ref="A1:E78"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>45936.7365856481</x:v>
+        <x:v>45961.8177777778</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
-        <x:v>148.69</x:v>
+        <x:v>145.71</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>150.906</x:v>
+        <x:v>151.452</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>179.65</x:v>
+        <x:v>180.3</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>45933.7365277778</x:v>
+        <x:v>45961.7365393518</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
-        <x:v>144.9</x:v>
+        <x:v>145.71</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>150.066</x:v>
+        <x:v>151.452</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>178.65</x:v>
+        <x:v>180.3</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>45932.7758449074</x:v>
+        <x:v>45961.6041550926</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
-        <x:v>139.87</x:v>
+        <x:v>145.71</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>148.974</x:v>
+        <x:v>151.452</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>177.35</x:v>
+        <x:v>180.3</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>45931.7588888889</x:v>
+        <x:v>45960.7368171296</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
-        <x:v>134.78</x:v>
+        <x:v>144.2</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>147.84</x:v>
+        <x:v>151.116</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>176</x:v>
+        <x:v>179.9</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>45930.7579398148</x:v>
+        <x:v>45959.7367592593</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
-        <x:v>132.04</x:v>
+        <x:v>141.14</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>147.21</x:v>
+        <x:v>150.444</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>175.25</x:v>
+        <x:v>179.1</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>45929.7560416667</x:v>
+        <x:v>45958.7367824074</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
-        <x:v>124.05</x:v>
+        <x:v>147.99</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>145.32</x:v>
+        <x:v>151.83</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>173</x:v>
+        <x:v>180.75</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>45926.7572569444</x:v>
+        <x:v>45957.7750694444</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
-        <x:v>124.28</x:v>
+        <x:v>148.29</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>145.32</x:v>
+        <x:v>151.872</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>173</x:v>
+        <x:v>180.8</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>45925.7565625</x:v>
+        <x:v>45954.7370833333</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
-        <x:v>118.31</x:v>
+        <x:v>145.73</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>143.85</x:v>
+        <x:v>151.284</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>171.25</x:v>
+        <x:v>180.1</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>45924.7579976852</x:v>
+        <x:v>45953.7373611111</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
-        <x:v>79.5</x:v>
+        <x:v>147.05</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>131.04</x:v>
+        <x:v>151.536</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>156</x:v>
+        <x:v>180.4</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>45923.7566435185</x:v>
+        <x:v>45952.7370601852</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C12" s="0">
-        <x:v>78.8</x:v>
+        <x:v>139.89</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>130.788</x:v>
+        <x:v>149.982</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>155.7</x:v>
+        <x:v>178.55</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>45922.7577430556</x:v>
+        <x:v>45951.7369907407</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0">
-        <x:v>71.25</x:v>
+        <x:v>138.42</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>128.058</x:v>
+        <x:v>149.646</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>152.45</x:v>
+        <x:v>178.15</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>45919.7643287037</x:v>
+        <x:v>45950.737037037</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C14" s="0">
-        <x:v>71.15</x:v>
+        <x:v>140.08</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>127.974</x:v>
+        <x:v>149.982</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>152.35</x:v>
+        <x:v>178.55</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>45918.7598148148</x:v>
+        <x:v>45947.7367824074</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
-        <x:v>76.79</x:v>
+        <x:v>132.45</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>129.864</x:v>
+        <x:v>148.218</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>154.6</x:v>
+        <x:v>176.45</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>45917.7674537037</x:v>
+        <x:v>45946.7603125</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C16" s="0">
-        <x:v>76.96</x:v>
+        <x:v>129.4</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>129.906</x:v>
+        <x:v>147.504</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>154.65</x:v>
+        <x:v>175.6</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>45916.7611111111</x:v>
+        <x:v>45945.7368981481</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C17" s="0">
-        <x:v>69.12</x:v>
+        <x:v>121.09</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>127.008</x:v>
+        <x:v>145.488</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>151.2</x:v>
+        <x:v>173.2</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>45915.7666319444</x:v>
+        <x:v>45944.7367592593</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="0">
-        <x:v>62.61</x:v>
+        <x:v>113.84</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>124.404</x:v>
+        <x:v>143.64</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>148.1</x:v>
+        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>45912.7594212963</x:v>
+        <x:v>45943.7373263889</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C19" s="0">
-        <x:v>58.8</x:v>
+        <x:v>109.39</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>122.766</x:v>
+        <x:v>142.464</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>146.15</x:v>
+        <x:v>169.6</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
-        <x:v>45911.75875</x:v>
+        <x:v>45940.7628009259</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C20" s="0">
-        <x:v>62.32</x:v>
+        <x:v>105.52</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>124.152</x:v>
+        <x:v>141.372</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>147.8</x:v>
+        <x:v>168.3</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="1">
-        <x:v>45910.7661342593</x:v>
+        <x:v>45939.7572106481</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C21" s="0">
-        <x:v>64.09</x:v>
+        <x:v>107.49</x:v>
       </x:c>
       <x:c r="D21" s="0">
-        <x:v>124.824</x:v>
+        <x:v>141.876</x:v>
       </x:c>
       <x:c r="E21" s="0">
-        <x:v>148.6</x:v>
+        <x:v>168.9</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="1">
-        <x:v>45909.7555787037</x:v>
+        <x:v>45938.7365856481</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C22" s="0">
-        <x:v>62.65</x:v>
+        <x:v>120.1</x:v>
       </x:c>
       <x:c r="D22" s="0">
-        <x:v>124.236</x:v>
+        <x:v>144.9</x:v>
       </x:c>
       <x:c r="E22" s="0">
-        <x:v>147.9</x:v>
+        <x:v>172.5</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="1">
-        <x:v>45908.7626157407</x:v>
+        <x:v>45937.7365393518</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C23" s="0">
-        <x:v>62.06</x:v>
+        <x:v>131.21</x:v>
       </x:c>
       <x:c r="D23" s="0">
-        <x:v>123.984</x:v>
+        <x:v>147.378</x:v>
       </x:c>
       <x:c r="E23" s="0">
-        <x:v>147.6</x:v>
+        <x:v>175.45</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="1">
-        <x:v>45905.7753009259</x:v>
+        <x:v>45936.7365856481</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C24" s="0">
-        <x:v>58.08</x:v>
+        <x:v>148.69</x:v>
       </x:c>
       <x:c r="D24" s="0">
-        <x:v>122.262</x:v>
+        <x:v>150.906</x:v>
       </x:c>
       <x:c r="E24" s="0">
-        <x:v>145.55</x:v>
+        <x:v>179.65</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="1">
-        <x:v>45904.7633564815</x:v>
+        <x:v>45933.7365277778</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C25" s="0">
-        <x:v>57.13</x:v>
+        <x:v>144.9</x:v>
       </x:c>
       <x:c r="D25" s="0">
-        <x:v>121.842</x:v>
+        <x:v>150.066</x:v>
       </x:c>
       <x:c r="E25" s="0">
-        <x:v>145.05</x:v>
+        <x:v>178.65</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="1">
-        <x:v>45903.7601157407</x:v>
+        <x:v>45932.7758449074</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C26" s="0">
-        <x:v>51.79</x:v>
+        <x:v>139.87</x:v>
       </x:c>
       <x:c r="D26" s="0">
-        <x:v>119.364</x:v>
+        <x:v>148.974</x:v>
       </x:c>
       <x:c r="E26" s="0">
-        <x:v>142.1</x:v>
+        <x:v>177.35</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="1">
-        <x:v>45902.7618055556</x:v>
+        <x:v>45931.7588888889</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C27" s="0">
-        <x:v>45.56</x:v>
+        <x:v>134.78</x:v>
       </x:c>
       <x:c r="D27" s="0">
-        <x:v>116.172</x:v>
+        <x:v>147.84</x:v>
       </x:c>
       <x:c r="E27" s="0">
-        <x:v>138.3</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="1">
-        <x:v>45901.7594444444</x:v>
+        <x:v>45930.7579398148</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C28" s="0">
-        <x:v>45.75</x:v>
+        <x:v>132.04</x:v>
       </x:c>
       <x:c r="D28" s="0">
-        <x:v>116.256</x:v>
+        <x:v>147.21</x:v>
       </x:c>
       <x:c r="E28" s="0">
-        <x:v>138.4</x:v>
+        <x:v>175.25</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="1">
-        <x:v>45898.7627083333</x:v>
+        <x:v>45929.7560416667</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C29" s="0">
-        <x:v>46.6</x:v>
+        <x:v>124.05</x:v>
       </x:c>
       <x:c r="D29" s="0">
-        <x:v>116.634</x:v>
+        <x:v>145.32</x:v>
       </x:c>
       <x:c r="E29" s="0">
-        <x:v>138.85</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="1">
-        <x:v>45897.7575925926</x:v>
+        <x:v>45926.7572569444</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C30" s="0">
-        <x:v>51.06</x:v>
+        <x:v>124.28</x:v>
       </x:c>
       <x:c r="D30" s="0">
-        <x:v>118.692</x:v>
+        <x:v>145.32</x:v>
       </x:c>
       <x:c r="E30" s="0">
-        <x:v>141.3</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="1">
-        <x:v>45896.7598263889</x:v>
+        <x:v>45925.7565625</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C31" s="0">
-        <x:v>51.55</x:v>
+        <x:v>118.31</x:v>
       </x:c>
       <x:c r="D31" s="0">
-        <x:v>118.902</x:v>
+        <x:v>143.85</x:v>
       </x:c>
       <x:c r="E31" s="0">
-        <x:v>141.55</x:v>
+        <x:v>171.25</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="1">
-        <x:v>45895.7574884259</x:v>
+        <x:v>45924.7579976852</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C32" s="0">
-        <x:v>52.79</x:v>
+        <x:v>79.5</x:v>
       </x:c>
       <x:c r="D32" s="0">
-        <x:v>119.448</x:v>
+        <x:v>131.04</x:v>
       </x:c>
       <x:c r="E32" s="0">
-        <x:v>142.2</x:v>
+        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="1">
-        <x:v>45894.7570138889</x:v>
+        <x:v>45923.7566435185</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C33" s="0">
-        <x:v>52.73</x:v>
+        <x:v>78.8</x:v>
       </x:c>
       <x:c r="D33" s="0">
-        <x:v>119.406</x:v>
+        <x:v>130.788</x:v>
       </x:c>
       <x:c r="E33" s="0">
-        <x:v>142.15</x:v>
+        <x:v>155.7</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="1">
-        <x:v>45891.7584606481</x:v>
+        <x:v>45922.7577430556</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C34" s="0">
-        <x:v>58.94</x:v>
+        <x:v>71.25</x:v>
       </x:c>
       <x:c r="D34" s="0">
-        <x:v>121.926</x:v>
+        <x:v>128.058</x:v>
       </x:c>
       <x:c r="E34" s="0">
-        <x:v>145.15</x:v>
+        <x:v>152.45</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="1">
-        <x:v>45890.7565277778</x:v>
+        <x:v>45919.7643287037</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C35" s="0">
-        <x:v>54.13</x:v>
+        <x:v>71.15</x:v>
       </x:c>
       <x:c r="D35" s="0">
-        <x:v>119.784</x:v>
+        <x:v>127.974</x:v>
       </x:c>
       <x:c r="E35" s="0">
-        <x:v>142.6</x:v>
+        <x:v>152.35</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="1">
-        <x:v>45889.759375</x:v>
+        <x:v>45918.7598148148</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C36" s="0">
-        <x:v>57.35</x:v>
+        <x:v>76.79</x:v>
       </x:c>
       <x:c r="D36" s="0">
-        <x:v>121.128</x:v>
+        <x:v>129.864</x:v>
       </x:c>
       <x:c r="E36" s="0">
-        <x:v>144.2</x:v>
+        <x:v>154.6</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="1">
-        <x:v>45888.7607291667</x:v>
+        <x:v>45917.7674537037</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C37" s="0">
-        <x:v>57.49</x:v>
+        <x:v>76.96</x:v>
       </x:c>
       <x:c r="D37" s="0">
-        <x:v>121.17</x:v>
+        <x:v>129.906</x:v>
       </x:c>
       <x:c r="E37" s="0">
-        <x:v>144.25</x:v>
+        <x:v>154.65</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="1">
-        <x:v>45887.7582523148</x:v>
+        <x:v>45916.7611111111</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C38" s="0">
-        <x:v>57.03</x:v>
+        <x:v>69.12</x:v>
       </x:c>
       <x:c r="D38" s="0">
-        <x:v>120.96</x:v>
+        <x:v>127.008</x:v>
       </x:c>
       <x:c r="E38" s="0">
-        <x:v>144</x:v>
+        <x:v>151.2</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="1">
-        <x:v>45884.7577546296</x:v>
+        <x:v>45915.7666319444</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C39" s="0">
-        <x:v>55.49</x:v>
+        <x:v>62.61</x:v>
       </x:c>
       <x:c r="D39" s="0">
-        <x:v>120.246</x:v>
+        <x:v>124.404</x:v>
       </x:c>
       <x:c r="E39" s="0">
-        <x:v>143.15</x:v>
+        <x:v>148.1</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="1">
-        <x:v>45883.7578472222</x:v>
+        <x:v>45912.7594212963</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C40" s="0">
-        <x:v>52.29</x:v>
+        <x:v>58.8</x:v>
       </x:c>
       <x:c r="D40" s="0">
-        <x:v>118.776</x:v>
+        <x:v>122.766</x:v>
       </x:c>
       <x:c r="E40" s="0">
-        <x:v>141.4</x:v>
+        <x:v>146.15</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="1">
-        <x:v>45882.7698611111</x:v>
+        <x:v>45911.75875</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C41" s="0">
-        <x:v>56.15</x:v>
+        <x:v>62.32</x:v>
       </x:c>
       <x:c r="D41" s="0">
-        <x:v>120.414</x:v>
+        <x:v>124.152</x:v>
       </x:c>
       <x:c r="E41" s="0">
-        <x:v>143.35</x:v>
+        <x:v>147.8</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="1">
-        <x:v>45882.7608333333</x:v>
+        <x:v>45910.7661342593</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C42" s="0">
-        <x:v>56.15</x:v>
+        <x:v>64.09</x:v>
       </x:c>
       <x:c r="D42" s="0">
-        <x:v>120.414</x:v>
+        <x:v>124.824</x:v>
       </x:c>
       <x:c r="E42" s="0">
-        <x:v>143.35</x:v>
+        <x:v>148.6</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="1">
-        <x:v>45881.7571296296</x:v>
+        <x:v>45909.7555787037</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C43" s="0">
-        <x:v>49.85</x:v>
+        <x:v>62.65</x:v>
       </x:c>
       <x:c r="D43" s="0">
-        <x:v>117.432</x:v>
+        <x:v>124.236</x:v>
       </x:c>
       <x:c r="E43" s="0">
-        <x:v>139.8</x:v>
+        <x:v>147.9</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="1">
-        <x:v>45880.7586689815</x:v>
+        <x:v>45908.7626157407</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C44" s="0">
-        <x:v>46.03</x:v>
+        <x:v>62.06</x:v>
       </x:c>
       <x:c r="D44" s="0">
-        <x:v>115.5</x:v>
+        <x:v>123.984</x:v>
       </x:c>
       <x:c r="E44" s="0">
-        <x:v>137.5</x:v>
+        <x:v>147.6</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="1">
-        <x:v>45877.7857523148</x:v>
+        <x:v>45905.7753009259</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C45" s="0">
-        <x:v>48.21</x:v>
+        <x:v>58.08</x:v>
       </x:c>
       <x:c r="D45" s="0">
-        <x:v>116.508</x:v>
+        <x:v>122.262</x:v>
       </x:c>
       <x:c r="E45" s="0">
-        <x:v>138.7</x:v>
+        <x:v>145.55</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="1">
-        <x:v>45876.7589467593</x:v>
+        <x:v>45904.7633564815</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C46" s="0">
-        <x:v>41.38</x:v>
+        <x:v>57.13</x:v>
       </x:c>
       <x:c r="D46" s="0">
-        <x:v>112.77</x:v>
+        <x:v>121.842</x:v>
       </x:c>
       <x:c r="E46" s="0">
-        <x:v>134.25</x:v>
+        <x:v>145.05</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="1">
-        <x:v>45875.7594444444</x:v>
+        <x:v>45903.7601157407</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C47" s="0">
-        <x:v>37.88</x:v>
+        <x:v>51.79</x:v>
       </x:c>
       <x:c r="D47" s="0">
-        <x:v>110.712</x:v>
+        <x:v>119.364</x:v>
       </x:c>
       <x:c r="E47" s="0">
-        <x:v>131.8</x:v>
+        <x:v>142.1</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5">
       <x:c r="A48" s="1">
-        <x:v>45874.7580092593</x:v>
+        <x:v>45902.7618055556</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C48" s="0">
-        <x:v>35.84</x:v>
+        <x:v>45.56</x:v>
       </x:c>
       <x:c r="D48" s="0">
-        <x:v>109.452</x:v>
+        <x:v>116.172</x:v>
       </x:c>
       <x:c r="E48" s="0">
-        <x:v>130.3</x:v>
+        <x:v>138.3</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
       <x:c r="A49" s="1">
-        <x:v>45873.7607986111</x:v>
+        <x:v>45901.7594444444</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C49" s="0">
-        <x:v>34.02</x:v>
+        <x:v>45.75</x:v>
       </x:c>
       <x:c r="D49" s="0">
-        <x:v>108.276</x:v>
+        <x:v>116.256</x:v>
       </x:c>
       <x:c r="E49" s="0">
-        <x:v>128.9</x:v>
+        <x:v>138.4</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5">
       <x:c r="A50" s="1">
-        <x:v>45870.7602314815</x:v>
+        <x:v>45898.7627083333</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C50" s="0">
-        <x:v>33.37</x:v>
+        <x:v>46.6</x:v>
       </x:c>
       <x:c r="D50" s="0">
-        <x:v>107.814</x:v>
+        <x:v>116.634</x:v>
       </x:c>
       <x:c r="E50" s="0">
-        <x:v>128.35</x:v>
+        <x:v>138.85</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5">
       <x:c r="A51" s="1">
-        <x:v>45869.7836574074</x:v>
+        <x:v>45897.7575925926</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C51" s="0">
-        <x:v>39.34</x:v>
+        <x:v>51.06</x:v>
       </x:c>
       <x:c r="D51" s="0">
-        <x:v>111.174</x:v>
+        <x:v>118.692</x:v>
       </x:c>
       <x:c r="E51" s="0">
-        <x:v>132.35</x:v>
+        <x:v>141.3</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5">
       <x:c r="A52" s="1">
-        <x:v>45868.7572569444</x:v>
+        <x:v>45896.7598263889</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C52" s="0">
-        <x:v>45.19</x:v>
+        <x:v>51.55</x:v>
       </x:c>
       <x:c r="D52" s="0">
-        <x:v>114.114</x:v>
+        <x:v>118.902</x:v>
       </x:c>
       <x:c r="E52" s="0">
-        <x:v>135.85</x:v>
+        <x:v>141.55</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5">
       <x:c r="A53" s="1">
-        <x:v>45866.7583101852</x:v>
+        <x:v>45895.7574884259</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C53" s="0">
-        <x:v>54.66</x:v>
+        <x:v>52.79</x:v>
       </x:c>
       <x:c r="D53" s="0">
-        <x:v>118.272</x:v>
+        <x:v>119.448</x:v>
       </x:c>
       <x:c r="E53" s="0">
-        <x:v>140.8</x:v>
+        <x:v>142.2</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5">
       <x:c r="A54" s="1">
-        <x:v>45863.756724537</x:v>
+        <x:v>45894.7570138889</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C54" s="0">
-        <x:v>62.23</x:v>
+        <x:v>52.73</x:v>
       </x:c>
       <x:c r="D54" s="0">
-        <x:v>121.17</x:v>
+        <x:v>119.406</x:v>
       </x:c>
       <x:c r="E54" s="0">
-        <x:v>144.25</x:v>
+        <x:v>142.15</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5">
       <x:c r="A55" s="1">
-        <x:v>45862.7626967593</x:v>
+        <x:v>45891.7584606481</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C55" s="0">
-        <x:v>60.99</x:v>
+        <x:v>58.94</x:v>
       </x:c>
       <x:c r="D55" s="0">
-        <x:v>120.666</x:v>
+        <x:v>121.926</x:v>
       </x:c>
       <x:c r="E55" s="0">
-        <x:v>143.65</x:v>
+        <x:v>145.15</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5">
       <x:c r="A56" s="1">
-        <x:v>45861.7587037037</x:v>
+        <x:v>45890.7565277778</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C56" s="0">
-        <x:v>63.9</x:v>
+        <x:v>54.13</x:v>
       </x:c>
       <x:c r="D56" s="0">
-        <x:v>121.758</x:v>
+        <x:v>119.784</x:v>
       </x:c>
       <x:c r="E56" s="0">
-        <x:v>144.95</x:v>
+        <x:v>142.6</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:5">
       <x:c r="A57" s="1">
+        <x:v>45889.759375</x:v>
+      </x:c>
+      <x:c r="B57" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C57" s="0">
+        <x:v>57.35</x:v>
+      </x:c>
+      <x:c r="D57" s="0">
+        <x:v>121.128</x:v>
+      </x:c>
+      <x:c r="E57" s="0">
+        <x:v>144.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="58" spans="1:5">
+      <x:c r="A58" s="1">
+        <x:v>45888.7607291667</x:v>
+      </x:c>
+      <x:c r="B58" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C58" s="0">
+        <x:v>57.49</x:v>
+      </x:c>
+      <x:c r="D58" s="0">
+        <x:v>121.17</x:v>
+      </x:c>
+      <x:c r="E58" s="0">
+        <x:v>144.25</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="59" spans="1:5">
+      <x:c r="A59" s="1">
+        <x:v>45887.7582523148</x:v>
+      </x:c>
+      <x:c r="B59" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C59" s="0">
+        <x:v>57.03</x:v>
+      </x:c>
+      <x:c r="D59" s="0">
+        <x:v>120.96</x:v>
+      </x:c>
+      <x:c r="E59" s="0">
+        <x:v>144</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="60" spans="1:5">
+      <x:c r="A60" s="1">
+        <x:v>45884.7577546296</x:v>
+      </x:c>
+      <x:c r="B60" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C60" s="0">
+        <x:v>55.49</x:v>
+      </x:c>
+      <x:c r="D60" s="0">
+        <x:v>120.246</x:v>
+      </x:c>
+      <x:c r="E60" s="0">
+        <x:v>143.15</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="61" spans="1:5">
+      <x:c r="A61" s="1">
+        <x:v>45883.7578472222</x:v>
+      </x:c>
+      <x:c r="B61" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C61" s="0">
+        <x:v>52.29</x:v>
+      </x:c>
+      <x:c r="D61" s="0">
+        <x:v>118.776</x:v>
+      </x:c>
+      <x:c r="E61" s="0">
+        <x:v>141.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="62" spans="1:5">
+      <x:c r="A62" s="1">
+        <x:v>45882.7698611111</x:v>
+      </x:c>
+      <x:c r="B62" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C62" s="0">
+        <x:v>56.15</x:v>
+      </x:c>
+      <x:c r="D62" s="0">
+        <x:v>120.414</x:v>
+      </x:c>
+      <x:c r="E62" s="0">
+        <x:v>143.35</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="63" spans="1:5">
+      <x:c r="A63" s="1">
+        <x:v>45882.7608333333</x:v>
+      </x:c>
+      <x:c r="B63" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C63" s="0">
+        <x:v>56.15</x:v>
+      </x:c>
+      <x:c r="D63" s="0">
+        <x:v>120.414</x:v>
+      </x:c>
+      <x:c r="E63" s="0">
+        <x:v>143.35</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="64" spans="1:5">
+      <x:c r="A64" s="1">
+        <x:v>45881.7571296296</x:v>
+      </x:c>
+      <x:c r="B64" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C64" s="0">
+        <x:v>49.85</x:v>
+      </x:c>
+      <x:c r="D64" s="0">
+        <x:v>117.432</x:v>
+      </x:c>
+      <x:c r="E64" s="0">
+        <x:v>139.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="65" spans="1:5">
+      <x:c r="A65" s="1">
+        <x:v>45880.7586689815</x:v>
+      </x:c>
+      <x:c r="B65" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C65" s="0">
+        <x:v>46.03</x:v>
+      </x:c>
+      <x:c r="D65" s="0">
+        <x:v>115.5</x:v>
+      </x:c>
+      <x:c r="E65" s="0">
+        <x:v>137.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="66" spans="1:5">
+      <x:c r="A66" s="1">
+        <x:v>45877.7857523148</x:v>
+      </x:c>
+      <x:c r="B66" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C66" s="0">
+        <x:v>48.21</x:v>
+      </x:c>
+      <x:c r="D66" s="0">
+        <x:v>116.508</x:v>
+      </x:c>
+      <x:c r="E66" s="0">
+        <x:v>138.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="67" spans="1:5">
+      <x:c r="A67" s="1">
+        <x:v>45876.7589467593</x:v>
+      </x:c>
+      <x:c r="B67" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C67" s="0">
+        <x:v>41.38</x:v>
+      </x:c>
+      <x:c r="D67" s="0">
+        <x:v>112.77</x:v>
+      </x:c>
+      <x:c r="E67" s="0">
+        <x:v>134.25</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="68" spans="1:5">
+      <x:c r="A68" s="1">
+        <x:v>45875.7594444444</x:v>
+      </x:c>
+      <x:c r="B68" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C68" s="0">
+        <x:v>37.88</x:v>
+      </x:c>
+      <x:c r="D68" s="0">
+        <x:v>110.712</x:v>
+      </x:c>
+      <x:c r="E68" s="0">
+        <x:v>131.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="69" spans="1:5">
+      <x:c r="A69" s="1">
+        <x:v>45874.7580092593</x:v>
+      </x:c>
+      <x:c r="B69" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C69" s="0">
+        <x:v>35.84</x:v>
+      </x:c>
+      <x:c r="D69" s="0">
+        <x:v>109.452</x:v>
+      </x:c>
+      <x:c r="E69" s="0">
+        <x:v>130.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="70" spans="1:5">
+      <x:c r="A70" s="1">
+        <x:v>45873.7607986111</x:v>
+      </x:c>
+      <x:c r="B70" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C70" s="0">
+        <x:v>34.02</x:v>
+      </x:c>
+      <x:c r="D70" s="0">
+        <x:v>108.276</x:v>
+      </x:c>
+      <x:c r="E70" s="0">
+        <x:v>128.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="71" spans="1:5">
+      <x:c r="A71" s="1">
+        <x:v>45870.7602314815</x:v>
+      </x:c>
+      <x:c r="B71" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C71" s="0">
+        <x:v>33.37</x:v>
+      </x:c>
+      <x:c r="D71" s="0">
+        <x:v>107.814</x:v>
+      </x:c>
+      <x:c r="E71" s="0">
+        <x:v>128.35</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="72" spans="1:5">
+      <x:c r="A72" s="1">
+        <x:v>45869.7836574074</x:v>
+      </x:c>
+      <x:c r="B72" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C72" s="0">
+        <x:v>39.34</x:v>
+      </x:c>
+      <x:c r="D72" s="0">
+        <x:v>111.174</x:v>
+      </x:c>
+      <x:c r="E72" s="0">
+        <x:v>132.35</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="73" spans="1:5">
+      <x:c r="A73" s="1">
+        <x:v>45868.7572569444</x:v>
+      </x:c>
+      <x:c r="B73" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C73" s="0">
+        <x:v>45.19</x:v>
+      </x:c>
+      <x:c r="D73" s="0">
+        <x:v>114.114</x:v>
+      </x:c>
+      <x:c r="E73" s="0">
+        <x:v>135.85</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="74" spans="1:5">
+      <x:c r="A74" s="1">
+        <x:v>45866.7583101852</x:v>
+      </x:c>
+      <x:c r="B74" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C74" s="0">
+        <x:v>54.66</x:v>
+      </x:c>
+      <x:c r="D74" s="0">
+        <x:v>118.272</x:v>
+      </x:c>
+      <x:c r="E74" s="0">
+        <x:v>140.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="75" spans="1:5">
+      <x:c r="A75" s="1">
+        <x:v>45863.756724537</x:v>
+      </x:c>
+      <x:c r="B75" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C75" s="0">
+        <x:v>62.23</x:v>
+      </x:c>
+      <x:c r="D75" s="0">
+        <x:v>121.17</x:v>
+      </x:c>
+      <x:c r="E75" s="0">
+        <x:v>144.25</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="76" spans="1:5">
+      <x:c r="A76" s="1">
+        <x:v>45862.7626967593</x:v>
+      </x:c>
+      <x:c r="B76" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C76" s="0">
+        <x:v>60.99</x:v>
+      </x:c>
+      <x:c r="D76" s="0">
+        <x:v>120.666</x:v>
+      </x:c>
+      <x:c r="E76" s="0">
+        <x:v>143.65</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="77" spans="1:5">
+      <x:c r="A77" s="1">
+        <x:v>45861.7587037037</x:v>
+      </x:c>
+      <x:c r="B77" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C77" s="0">
+        <x:v>63.9</x:v>
+      </x:c>
+      <x:c r="D77" s="0">
+        <x:v>121.758</x:v>
+      </x:c>
+      <x:c r="E77" s="0">
+        <x:v>144.95</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="78" spans="1:5">
+      <x:c r="A78" s="1">
         <x:v>45860.7619097222</x:v>
       </x:c>
-      <x:c r="B57" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C57" s="0">
+      <x:c r="B78" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C78" s="0">
         <x:v>56.08</x:v>
       </x:c>
-      <x:c r="D57" s="0">
+      <x:c r="D78" s="0">
         <x:v>118.44</x:v>
       </x:c>
-      <x:c r="E57" s="0">
+      <x:c r="E78" s="0">
         <x:v>141</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>