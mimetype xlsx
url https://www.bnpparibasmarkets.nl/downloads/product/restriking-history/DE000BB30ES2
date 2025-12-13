--- v1 (2025-11-03)
+++ v2 (2025-12-13)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f6fb394c09f4813" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c9c21774cd4147e4a44910bf5b0bdd9a.psmdcp" Id="Rcfbfa448683a426f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc5f5661a5893467a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/225d55c3f7f1419ba26d14a2818dac07.psmdcp" Id="Ra9a725a4eced44e0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>DE000BB30ES2</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -390,1372 +390,1933 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E78"/>
+  <x:dimension ref="A1:E111"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>45961.8177777778</x:v>
+        <x:v>46003.7371759259</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
-        <x:v>145.71</x:v>
+        <x:v>142.34</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>151.452</x:v>
+        <x:v>151.62</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>180.3</x:v>
+        <x:v>180.5</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>45961.7365393518</x:v>
+        <x:v>46002.7740509259</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
-        <x:v>145.71</x:v>
+        <x:v>135.41</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>151.452</x:v>
+        <x:v>150.066</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>180.3</x:v>
+        <x:v>178.65</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>45961.6041550926</x:v>
+        <x:v>46002.7369212963</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
-        <x:v>145.71</x:v>
+        <x:v>135.41</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>151.452</x:v>
+        <x:v>150.066</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>180.3</x:v>
+        <x:v>178.65</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>45960.7368171296</x:v>
+        <x:v>46001.7725810185</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
-        <x:v>144.2</x:v>
+        <x:v>119.99</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>151.116</x:v>
+        <x:v>146.286</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>179.9</x:v>
+        <x:v>174.15</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>45959.7367592593</x:v>
+        <x:v>46001.7370138889</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
-        <x:v>141.14</x:v>
+        <x:v>119.99</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>150.444</x:v>
+        <x:v>146.286</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>179.1</x:v>
+        <x:v>174.15</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>45958.7367824074</x:v>
+        <x:v>46000.7370486111</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
-        <x:v>147.99</x:v>
+        <x:v>115.38</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>151.83</x:v>
+        <x:v>145.11</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>180.75</x:v>
+        <x:v>172.75</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>45957.7750694444</x:v>
+        <x:v>45999.7371875</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
-        <x:v>148.29</x:v>
+        <x:v>119.58</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>151.872</x:v>
+        <x:v>146.118</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>180.8</x:v>
+        <x:v>173.95</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>45954.7370833333</x:v>
+        <x:v>45996.7368402778</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
-        <x:v>145.73</x:v>
+        <x:v>129.54</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>151.284</x:v>
+        <x:v>148.344</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>180.1</x:v>
+        <x:v>176.6</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>45953.7373611111</x:v>
+        <x:v>45995.7378819444</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
-        <x:v>147.05</x:v>
+        <x:v>134.15</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>151.536</x:v>
+        <x:v>149.352</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>180.4</x:v>
+        <x:v>177.8</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>45952.7370601852</x:v>
+        <x:v>45994.7372685185</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C12" s="0">
-        <x:v>139.89</x:v>
+        <x:v>140.71</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>149.982</x:v>
+        <x:v>150.738</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>178.55</x:v>
+        <x:v>179.45</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>45951.7369907407</x:v>
+        <x:v>45993.7373032407</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0">
-        <x:v>138.42</x:v>
+        <x:v>136.2</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>149.646</x:v>
+        <x:v>149.73</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>178.15</x:v>
+        <x:v>178.25</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>45950.737037037</x:v>
+        <x:v>45992.7372106481</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C14" s="0">
-        <x:v>140.08</x:v>
+        <x:v>128.27</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>149.982</x:v>
+        <x:v>147.882</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>178.55</x:v>
+        <x:v>176.05</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>45947.7367824074</x:v>
+        <x:v>45989.7370717593</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
-        <x:v>132.45</x:v>
+        <x:v>112.83</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>148.218</x:v>
+        <x:v>143.892</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>176.45</x:v>
+        <x:v>171.3</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>45946.7603125</x:v>
+        <x:v>45988.7370023148</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C16" s="0">
-        <x:v>129.4</x:v>
+        <x:v>121.11</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>147.504</x:v>
+        <x:v>145.866</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>175.6</x:v>
+        <x:v>173.65</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>45945.7368981481</x:v>
+        <x:v>45987.7371296296</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C17" s="0">
-        <x:v>121.09</x:v>
+        <x:v>123.13</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>145.488</x:v>
+        <x:v>146.328</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>173.2</x:v>
+        <x:v>174.2</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>45944.7367592593</x:v>
+        <x:v>45986.7689583333</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="0">
-        <x:v>113.84</x:v>
+        <x:v>116.76</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>143.64</x:v>
+        <x:v>144.732</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>171</x:v>
+        <x:v>172.3</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>45943.7373263889</x:v>
+        <x:v>45986.7372685185</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C19" s="0">
-        <x:v>109.39</x:v>
+        <x:v>116.76</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>142.464</x:v>
+        <x:v>144.732</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>169.6</x:v>
+        <x:v>172.3</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
-        <x:v>45940.7628009259</x:v>
+        <x:v>45985.736724537</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C20" s="0">
-        <x:v>105.52</x:v>
+        <x:v>121.02</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>141.372</x:v>
+        <x:v>145.74</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>168.3</x:v>
+        <x:v>173.5</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="1">
-        <x:v>45939.7572106481</x:v>
+        <x:v>45982.737037037</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C21" s="0">
-        <x:v>107.49</x:v>
+        <x:v>117.5</x:v>
       </x:c>
       <x:c r="D21" s="0">
-        <x:v>141.876</x:v>
+        <x:v>144.816</x:v>
       </x:c>
       <x:c r="E21" s="0">
-        <x:v>168.9</x:v>
+        <x:v>172.4</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="1">
-        <x:v>45938.7365856481</x:v>
+        <x:v>45981.7368402778</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C22" s="0">
-        <x:v>120.1</x:v>
+        <x:v>114.24</x:v>
       </x:c>
       <x:c r="D22" s="0">
-        <x:v>144.9</x:v>
+        <x:v>143.976</x:v>
       </x:c>
       <x:c r="E22" s="0">
-        <x:v>172.5</x:v>
+        <x:v>171.4</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="1">
-        <x:v>45937.7365393518</x:v>
+        <x:v>45980.7367592593</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C23" s="0">
-        <x:v>131.21</x:v>
+        <x:v>126.24</x:v>
       </x:c>
       <x:c r="D23" s="0">
-        <x:v>147.378</x:v>
+        <x:v>146.748</x:v>
       </x:c>
       <x:c r="E23" s="0">
-        <x:v>175.45</x:v>
+        <x:v>174.7</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="1">
-        <x:v>45936.7365856481</x:v>
+        <x:v>45979.7368055556</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C24" s="0">
-        <x:v>148.69</x:v>
+        <x:v>120.74</x:v>
       </x:c>
       <x:c r="D24" s="0">
-        <x:v>150.906</x:v>
+        <x:v>145.404</x:v>
       </x:c>
       <x:c r="E24" s="0">
-        <x:v>179.65</x:v>
+        <x:v>173.1</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="1">
-        <x:v>45933.7365277778</x:v>
+        <x:v>45978.7367708333</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C25" s="0">
-        <x:v>144.9</x:v>
+        <x:v>134.94</x:v>
       </x:c>
       <x:c r="D25" s="0">
-        <x:v>150.066</x:v>
+        <x:v>148.512</x:v>
       </x:c>
       <x:c r="E25" s="0">
-        <x:v>178.65</x:v>
+        <x:v>176.8</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="1">
-        <x:v>45932.7758449074</x:v>
+        <x:v>45975.7367013889</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C26" s="0">
-        <x:v>139.87</x:v>
+        <x:v>157.29</x:v>
       </x:c>
       <x:c r="D26" s="0">
-        <x:v>148.974</x:v>
+        <x:v>152.796</x:v>
       </x:c>
       <x:c r="E26" s="0">
-        <x:v>177.35</x:v>
+        <x:v>181.9</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="1">
-        <x:v>45931.7588888889</x:v>
+        <x:v>45974.7370138889</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C27" s="0">
-        <x:v>134.78</x:v>
+        <x:v>166.44</x:v>
       </x:c>
       <x:c r="D27" s="0">
-        <x:v>147.84</x:v>
+        <x:v>154.476</x:v>
       </x:c>
       <x:c r="E27" s="0">
-        <x:v>176</x:v>
+        <x:v>183.9</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="1">
-        <x:v>45930.7579398148</x:v>
+        <x:v>45973.7367361111</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C28" s="0">
-        <x:v>132.04</x:v>
+        <x:v>156.62</x:v>
       </x:c>
       <x:c r="D28" s="0">
-        <x:v>147.21</x:v>
+        <x:v>152.544</x:v>
       </x:c>
       <x:c r="E28" s="0">
-        <x:v>175.25</x:v>
+        <x:v>181.6</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="1">
-        <x:v>45929.7560416667</x:v>
+        <x:v>45972.7367361111</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C29" s="0">
-        <x:v>124.05</x:v>
+        <x:v>147.66</x:v>
       </x:c>
       <x:c r="D29" s="0">
-        <x:v>145.32</x:v>
+        <x:v>150.696</x:v>
       </x:c>
       <x:c r="E29" s="0">
-        <x:v>173</x:v>
+        <x:v>179.4</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="1">
-        <x:v>45926.7572569444</x:v>
+        <x:v>45968.7368865741</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C30" s="0">
-        <x:v>124.28</x:v>
+        <x:v>123.69</x:v>
       </x:c>
       <x:c r="D30" s="0">
-        <x:v>145.32</x:v>
+        <x:v>145.152</x:v>
       </x:c>
       <x:c r="E30" s="0">
-        <x:v>173</x:v>
+        <x:v>172.8</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="1">
-        <x:v>45925.7565625</x:v>
+        <x:v>45967.7368402778</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C31" s="0">
-        <x:v>118.31</x:v>
+        <x:v>118.41</x:v>
       </x:c>
       <x:c r="D31" s="0">
-        <x:v>143.85</x:v>
+        <x:v>141.47</x:v>
       </x:c>
       <x:c r="E31" s="0">
         <x:v>171.25</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="1">
-        <x:v>45924.7579976852</x:v>
+        <x:v>45967.3261689815</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C32" s="0">
-        <x:v>79.5</x:v>
+        <x:v>121.71</x:v>
       </x:c>
       <x:c r="D32" s="0">
-        <x:v>131.04</x:v>
+        <x:v>142.31</x:v>
       </x:c>
       <x:c r="E32" s="0">
-        <x:v>156</x:v>
+        <x:v>172.25</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="1">
-        <x:v>45923.7566435185</x:v>
+        <x:v>45966.7368402778</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C33" s="0">
-        <x:v>78.8</x:v>
+        <x:v>113.91</x:v>
       </x:c>
       <x:c r="D33" s="0">
-        <x:v>130.788</x:v>
+        <x:v>144.69</x:v>
       </x:c>
       <x:c r="E33" s="0">
-        <x:v>155.7</x:v>
+        <x:v>172.25</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="1">
-        <x:v>45922.7577430556</x:v>
+        <x:v>45965.7388425926</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C34" s="0">
-        <x:v>71.25</x:v>
+        <x:v>111.07</x:v>
       </x:c>
       <x:c r="D34" s="0">
-        <x:v>128.058</x:v>
+        <x:v>143.934</x:v>
       </x:c>
       <x:c r="E34" s="0">
-        <x:v>152.45</x:v>
+        <x:v>171.35</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="1">
-        <x:v>45919.7643287037</x:v>
+        <x:v>45964.7369212963</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C35" s="0">
-        <x:v>71.15</x:v>
+        <x:v>127.25</x:v>
       </x:c>
       <x:c r="D35" s="0">
-        <x:v>127.974</x:v>
+        <x:v>147.672</x:v>
       </x:c>
       <x:c r="E35" s="0">
-        <x:v>152.35</x:v>
+        <x:v>175.8</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="1">
-        <x:v>45918.7598148148</x:v>
+        <x:v>45961.8177777778</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C36" s="0">
-        <x:v>76.79</x:v>
+        <x:v>145.71</x:v>
       </x:c>
       <x:c r="D36" s="0">
-        <x:v>129.864</x:v>
+        <x:v>151.452</x:v>
       </x:c>
       <x:c r="E36" s="0">
-        <x:v>154.6</x:v>
+        <x:v>180.3</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="1">
-        <x:v>45917.7674537037</x:v>
+        <x:v>45961.7365393518</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C37" s="0">
-        <x:v>76.96</x:v>
+        <x:v>145.71</x:v>
       </x:c>
       <x:c r="D37" s="0">
-        <x:v>129.906</x:v>
+        <x:v>151.452</x:v>
       </x:c>
       <x:c r="E37" s="0">
-        <x:v>154.65</x:v>
+        <x:v>180.3</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="1">
-        <x:v>45916.7611111111</x:v>
+        <x:v>45961.6041550926</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C38" s="0">
-        <x:v>69.12</x:v>
+        <x:v>145.71</x:v>
       </x:c>
       <x:c r="D38" s="0">
-        <x:v>127.008</x:v>
+        <x:v>151.452</x:v>
       </x:c>
       <x:c r="E38" s="0">
-        <x:v>151.2</x:v>
+        <x:v>180.3</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="1">
-        <x:v>45915.7666319444</x:v>
+        <x:v>45960.7368171296</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C39" s="0">
-        <x:v>62.61</x:v>
+        <x:v>144.2</x:v>
       </x:c>
       <x:c r="D39" s="0">
-        <x:v>124.404</x:v>
+        <x:v>151.116</x:v>
       </x:c>
       <x:c r="E39" s="0">
-        <x:v>148.1</x:v>
+        <x:v>179.9</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="1">
-        <x:v>45912.7594212963</x:v>
+        <x:v>45959.7367592593</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C40" s="0">
-        <x:v>58.8</x:v>
+        <x:v>141.14</x:v>
       </x:c>
       <x:c r="D40" s="0">
-        <x:v>122.766</x:v>
+        <x:v>150.444</x:v>
       </x:c>
       <x:c r="E40" s="0">
-        <x:v>146.15</x:v>
+        <x:v>179.1</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="1">
-        <x:v>45911.75875</x:v>
+        <x:v>45958.7367824074</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C41" s="0">
-        <x:v>62.32</x:v>
+        <x:v>147.99</x:v>
       </x:c>
       <x:c r="D41" s="0">
-        <x:v>124.152</x:v>
+        <x:v>151.83</x:v>
       </x:c>
       <x:c r="E41" s="0">
-        <x:v>147.8</x:v>
+        <x:v>180.75</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="1">
-        <x:v>45910.7661342593</x:v>
+        <x:v>45957.7750694444</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C42" s="0">
-        <x:v>64.09</x:v>
+        <x:v>148.29</x:v>
       </x:c>
       <x:c r="D42" s="0">
-        <x:v>124.824</x:v>
+        <x:v>151.872</x:v>
       </x:c>
       <x:c r="E42" s="0">
-        <x:v>148.6</x:v>
+        <x:v>180.8</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="1">
-        <x:v>45909.7555787037</x:v>
+        <x:v>45954.7370833333</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C43" s="0">
-        <x:v>62.65</x:v>
+        <x:v>145.73</x:v>
       </x:c>
       <x:c r="D43" s="0">
-        <x:v>124.236</x:v>
+        <x:v>151.284</x:v>
       </x:c>
       <x:c r="E43" s="0">
-        <x:v>147.9</x:v>
+        <x:v>180.1</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="1">
-        <x:v>45908.7626157407</x:v>
+        <x:v>45953.7373611111</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C44" s="0">
-        <x:v>62.06</x:v>
+        <x:v>147.05</x:v>
       </x:c>
       <x:c r="D44" s="0">
-        <x:v>123.984</x:v>
+        <x:v>151.536</x:v>
       </x:c>
       <x:c r="E44" s="0">
-        <x:v>147.6</x:v>
+        <x:v>180.4</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="1">
-        <x:v>45905.7753009259</x:v>
+        <x:v>45952.7370601852</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C45" s="0">
-        <x:v>58.08</x:v>
+        <x:v>139.89</x:v>
       </x:c>
       <x:c r="D45" s="0">
-        <x:v>122.262</x:v>
+        <x:v>149.982</x:v>
       </x:c>
       <x:c r="E45" s="0">
-        <x:v>145.55</x:v>
+        <x:v>178.55</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="1">
-        <x:v>45904.7633564815</x:v>
+        <x:v>45951.7369907407</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C46" s="0">
-        <x:v>57.13</x:v>
+        <x:v>138.42</x:v>
       </x:c>
       <x:c r="D46" s="0">
-        <x:v>121.842</x:v>
+        <x:v>149.646</x:v>
       </x:c>
       <x:c r="E46" s="0">
-        <x:v>145.05</x:v>
+        <x:v>178.15</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="1">
-        <x:v>45903.7601157407</x:v>
+        <x:v>45950.737037037</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C47" s="0">
-        <x:v>51.79</x:v>
+        <x:v>140.08</x:v>
       </x:c>
       <x:c r="D47" s="0">
-        <x:v>119.364</x:v>
+        <x:v>149.982</x:v>
       </x:c>
       <x:c r="E47" s="0">
-        <x:v>142.1</x:v>
+        <x:v>178.55</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5">
       <x:c r="A48" s="1">
-        <x:v>45902.7618055556</x:v>
+        <x:v>45947.7367824074</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C48" s="0">
-        <x:v>45.56</x:v>
+        <x:v>132.45</x:v>
       </x:c>
       <x:c r="D48" s="0">
-        <x:v>116.172</x:v>
+        <x:v>148.218</x:v>
       </x:c>
       <x:c r="E48" s="0">
-        <x:v>138.3</x:v>
+        <x:v>176.45</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
       <x:c r="A49" s="1">
-        <x:v>45901.7594444444</x:v>
+        <x:v>45946.7603125</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C49" s="0">
-        <x:v>45.75</x:v>
+        <x:v>129.4</x:v>
       </x:c>
       <x:c r="D49" s="0">
-        <x:v>116.256</x:v>
+        <x:v>147.504</x:v>
       </x:c>
       <x:c r="E49" s="0">
-        <x:v>138.4</x:v>
+        <x:v>175.6</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5">
       <x:c r="A50" s="1">
-        <x:v>45898.7627083333</x:v>
+        <x:v>45945.7368981481</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C50" s="0">
-        <x:v>46.6</x:v>
+        <x:v>121.09</x:v>
       </x:c>
       <x:c r="D50" s="0">
-        <x:v>116.634</x:v>
+        <x:v>145.488</x:v>
       </x:c>
       <x:c r="E50" s="0">
-        <x:v>138.85</x:v>
+        <x:v>173.2</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5">
       <x:c r="A51" s="1">
-        <x:v>45897.7575925926</x:v>
+        <x:v>45944.7367592593</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C51" s="0">
-        <x:v>51.06</x:v>
+        <x:v>113.84</x:v>
       </x:c>
       <x:c r="D51" s="0">
-        <x:v>118.692</x:v>
+        <x:v>143.64</x:v>
       </x:c>
       <x:c r="E51" s="0">
-        <x:v>141.3</x:v>
+        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5">
       <x:c r="A52" s="1">
-        <x:v>45896.7598263889</x:v>
+        <x:v>45943.7373263889</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C52" s="0">
-        <x:v>51.55</x:v>
+        <x:v>109.39</x:v>
       </x:c>
       <x:c r="D52" s="0">
-        <x:v>118.902</x:v>
+        <x:v>142.464</x:v>
       </x:c>
       <x:c r="E52" s="0">
-        <x:v>141.55</x:v>
+        <x:v>169.6</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5">
       <x:c r="A53" s="1">
-        <x:v>45895.7574884259</x:v>
+        <x:v>45940.7628009259</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C53" s="0">
-        <x:v>52.79</x:v>
+        <x:v>105.52</x:v>
       </x:c>
       <x:c r="D53" s="0">
-        <x:v>119.448</x:v>
+        <x:v>141.372</x:v>
       </x:c>
       <x:c r="E53" s="0">
-        <x:v>142.2</x:v>
+        <x:v>168.3</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5">
       <x:c r="A54" s="1">
-        <x:v>45894.7570138889</x:v>
+        <x:v>45939.7572106481</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C54" s="0">
-        <x:v>52.73</x:v>
+        <x:v>107.49</x:v>
       </x:c>
       <x:c r="D54" s="0">
-        <x:v>119.406</x:v>
+        <x:v>141.876</x:v>
       </x:c>
       <x:c r="E54" s="0">
-        <x:v>142.15</x:v>
+        <x:v>168.9</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5">
       <x:c r="A55" s="1">
-        <x:v>45891.7584606481</x:v>
+        <x:v>45938.7365856481</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C55" s="0">
-        <x:v>58.94</x:v>
+        <x:v>120.1</x:v>
       </x:c>
       <x:c r="D55" s="0">
-        <x:v>121.926</x:v>
+        <x:v>144.9</x:v>
       </x:c>
       <x:c r="E55" s="0">
-        <x:v>145.15</x:v>
+        <x:v>172.5</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5">
       <x:c r="A56" s="1">
-        <x:v>45890.7565277778</x:v>
+        <x:v>45937.7365393518</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C56" s="0">
-        <x:v>54.13</x:v>
+        <x:v>131.21</x:v>
       </x:c>
       <x:c r="D56" s="0">
-        <x:v>119.784</x:v>
+        <x:v>147.378</x:v>
       </x:c>
       <x:c r="E56" s="0">
-        <x:v>142.6</x:v>
+        <x:v>175.45</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:5">
       <x:c r="A57" s="1">
-        <x:v>45889.759375</x:v>
+        <x:v>45936.7365856481</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C57" s="0">
-        <x:v>57.35</x:v>
+        <x:v>148.69</x:v>
       </x:c>
       <x:c r="D57" s="0">
-        <x:v>121.128</x:v>
+        <x:v>150.906</x:v>
       </x:c>
       <x:c r="E57" s="0">
-        <x:v>144.2</x:v>
+        <x:v>179.65</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:5">
       <x:c r="A58" s="1">
-        <x:v>45888.7607291667</x:v>
+        <x:v>45933.7365277778</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C58" s="0">
-        <x:v>57.49</x:v>
+        <x:v>144.9</x:v>
       </x:c>
       <x:c r="D58" s="0">
-        <x:v>121.17</x:v>
+        <x:v>150.066</x:v>
       </x:c>
       <x:c r="E58" s="0">
-        <x:v>144.25</x:v>
+        <x:v>178.65</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:5">
       <x:c r="A59" s="1">
-        <x:v>45887.7582523148</x:v>
+        <x:v>45932.7758449074</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C59" s="0">
-        <x:v>57.03</x:v>
+        <x:v>139.87</x:v>
       </x:c>
       <x:c r="D59" s="0">
-        <x:v>120.96</x:v>
+        <x:v>148.974</x:v>
       </x:c>
       <x:c r="E59" s="0">
-        <x:v>144</x:v>
+        <x:v>177.35</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:5">
       <x:c r="A60" s="1">
-        <x:v>45884.7577546296</x:v>
+        <x:v>45931.7588888889</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C60" s="0">
-        <x:v>55.49</x:v>
+        <x:v>134.78</x:v>
       </x:c>
       <x:c r="D60" s="0">
-        <x:v>120.246</x:v>
+        <x:v>147.84</x:v>
       </x:c>
       <x:c r="E60" s="0">
-        <x:v>143.15</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:5">
       <x:c r="A61" s="1">
-        <x:v>45883.7578472222</x:v>
+        <x:v>45930.7579398148</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C61" s="0">
-        <x:v>52.29</x:v>
+        <x:v>132.04</x:v>
       </x:c>
       <x:c r="D61" s="0">
-        <x:v>118.776</x:v>
+        <x:v>147.21</x:v>
       </x:c>
       <x:c r="E61" s="0">
-        <x:v>141.4</x:v>
+        <x:v>175.25</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:5">
       <x:c r="A62" s="1">
-        <x:v>45882.7698611111</x:v>
+        <x:v>45929.7560416667</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C62" s="0">
-        <x:v>56.15</x:v>
+        <x:v>124.05</x:v>
       </x:c>
       <x:c r="D62" s="0">
-        <x:v>120.414</x:v>
+        <x:v>145.32</x:v>
       </x:c>
       <x:c r="E62" s="0">
-        <x:v>143.35</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:5">
       <x:c r="A63" s="1">
-        <x:v>45882.7608333333</x:v>
+        <x:v>45926.7572569444</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C63" s="0">
-        <x:v>56.15</x:v>
+        <x:v>124.28</x:v>
       </x:c>
       <x:c r="D63" s="0">
-        <x:v>120.414</x:v>
+        <x:v>145.32</x:v>
       </x:c>
       <x:c r="E63" s="0">
-        <x:v>143.35</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:5">
       <x:c r="A64" s="1">
-        <x:v>45881.7571296296</x:v>
+        <x:v>45925.7565625</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C64" s="0">
-        <x:v>49.85</x:v>
+        <x:v>118.31</x:v>
       </x:c>
       <x:c r="D64" s="0">
-        <x:v>117.432</x:v>
+        <x:v>143.85</x:v>
       </x:c>
       <x:c r="E64" s="0">
-        <x:v>139.8</x:v>
+        <x:v>171.25</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:5">
       <x:c r="A65" s="1">
-        <x:v>45880.7586689815</x:v>
+        <x:v>45924.7579976852</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C65" s="0">
-        <x:v>46.03</x:v>
+        <x:v>79.5</x:v>
       </x:c>
       <x:c r="D65" s="0">
-        <x:v>115.5</x:v>
+        <x:v>131.04</x:v>
       </x:c>
       <x:c r="E65" s="0">
-        <x:v>137.5</x:v>
+        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:5">
       <x:c r="A66" s="1">
-        <x:v>45877.7857523148</x:v>
+        <x:v>45923.7566435185</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C66" s="0">
-        <x:v>48.21</x:v>
+        <x:v>78.8</x:v>
       </x:c>
       <x:c r="D66" s="0">
-        <x:v>116.508</x:v>
+        <x:v>130.788</x:v>
       </x:c>
       <x:c r="E66" s="0">
-        <x:v>138.7</x:v>
+        <x:v>155.7</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:5">
       <x:c r="A67" s="1">
-        <x:v>45876.7589467593</x:v>
+        <x:v>45922.7577430556</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C67" s="0">
-        <x:v>41.38</x:v>
+        <x:v>71.25</x:v>
       </x:c>
       <x:c r="D67" s="0">
-        <x:v>112.77</x:v>
+        <x:v>128.058</x:v>
       </x:c>
       <x:c r="E67" s="0">
-        <x:v>134.25</x:v>
+        <x:v>152.45</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:5">
       <x:c r="A68" s="1">
-        <x:v>45875.7594444444</x:v>
+        <x:v>45919.7643287037</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C68" s="0">
-        <x:v>37.88</x:v>
+        <x:v>71.15</x:v>
       </x:c>
       <x:c r="D68" s="0">
-        <x:v>110.712</x:v>
+        <x:v>127.974</x:v>
       </x:c>
       <x:c r="E68" s="0">
-        <x:v>131.8</x:v>
+        <x:v>152.35</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:5">
       <x:c r="A69" s="1">
-        <x:v>45874.7580092593</x:v>
+        <x:v>45918.7598148148</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C69" s="0">
-        <x:v>35.84</x:v>
+        <x:v>76.79</x:v>
       </x:c>
       <x:c r="D69" s="0">
-        <x:v>109.452</x:v>
+        <x:v>129.864</x:v>
       </x:c>
       <x:c r="E69" s="0">
-        <x:v>130.3</x:v>
+        <x:v>154.6</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:5">
       <x:c r="A70" s="1">
-        <x:v>45873.7607986111</x:v>
+        <x:v>45917.7674537037</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C70" s="0">
-        <x:v>34.02</x:v>
+        <x:v>76.96</x:v>
       </x:c>
       <x:c r="D70" s="0">
-        <x:v>108.276</x:v>
+        <x:v>129.906</x:v>
       </x:c>
       <x:c r="E70" s="0">
-        <x:v>128.9</x:v>
+        <x:v>154.65</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:5">
       <x:c r="A71" s="1">
-        <x:v>45870.7602314815</x:v>
+        <x:v>45916.7611111111</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C71" s="0">
-        <x:v>33.37</x:v>
+        <x:v>69.12</x:v>
       </x:c>
       <x:c r="D71" s="0">
-        <x:v>107.814</x:v>
+        <x:v>127.008</x:v>
       </x:c>
       <x:c r="E71" s="0">
-        <x:v>128.35</x:v>
+        <x:v>151.2</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:5">
       <x:c r="A72" s="1">
-        <x:v>45869.7836574074</x:v>
+        <x:v>45915.7666319444</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C72" s="0">
-        <x:v>39.34</x:v>
+        <x:v>62.61</x:v>
       </x:c>
       <x:c r="D72" s="0">
-        <x:v>111.174</x:v>
+        <x:v>124.404</x:v>
       </x:c>
       <x:c r="E72" s="0">
-        <x:v>132.35</x:v>
+        <x:v>148.1</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:5">
       <x:c r="A73" s="1">
-        <x:v>45868.7572569444</x:v>
+        <x:v>45912.7594212963</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C73" s="0">
-        <x:v>45.19</x:v>
+        <x:v>58.8</x:v>
       </x:c>
       <x:c r="D73" s="0">
-        <x:v>114.114</x:v>
+        <x:v>122.766</x:v>
       </x:c>
       <x:c r="E73" s="0">
-        <x:v>135.85</x:v>
+        <x:v>146.15</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:5">
       <x:c r="A74" s="1">
-        <x:v>45866.7583101852</x:v>
+        <x:v>45911.75875</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C74" s="0">
-        <x:v>54.66</x:v>
+        <x:v>62.32</x:v>
       </x:c>
       <x:c r="D74" s="0">
-        <x:v>118.272</x:v>
+        <x:v>124.152</x:v>
       </x:c>
       <x:c r="E74" s="0">
-        <x:v>140.8</x:v>
+        <x:v>147.8</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:5">
       <x:c r="A75" s="1">
-        <x:v>45863.756724537</x:v>
+        <x:v>45910.7661342593</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C75" s="0">
-        <x:v>62.23</x:v>
+        <x:v>64.09</x:v>
       </x:c>
       <x:c r="D75" s="0">
-        <x:v>121.17</x:v>
+        <x:v>124.824</x:v>
       </x:c>
       <x:c r="E75" s="0">
-        <x:v>144.25</x:v>
+        <x:v>148.6</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:5">
       <x:c r="A76" s="1">
-        <x:v>45862.7626967593</x:v>
+        <x:v>45909.7555787037</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C76" s="0">
-        <x:v>60.99</x:v>
+        <x:v>62.65</x:v>
       </x:c>
       <x:c r="D76" s="0">
-        <x:v>120.666</x:v>
+        <x:v>124.236</x:v>
       </x:c>
       <x:c r="E76" s="0">
-        <x:v>143.65</x:v>
+        <x:v>147.9</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:5">
       <x:c r="A77" s="1">
-        <x:v>45861.7587037037</x:v>
+        <x:v>45908.7626157407</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C77" s="0">
-        <x:v>63.9</x:v>
+        <x:v>62.06</x:v>
       </x:c>
       <x:c r="D77" s="0">
-        <x:v>121.758</x:v>
+        <x:v>123.984</x:v>
       </x:c>
       <x:c r="E77" s="0">
-        <x:v>144.95</x:v>
+        <x:v>147.6</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:5">
       <x:c r="A78" s="1">
+        <x:v>45905.7753009259</x:v>
+      </x:c>
+      <x:c r="B78" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C78" s="0">
+        <x:v>58.08</x:v>
+      </x:c>
+      <x:c r="D78" s="0">
+        <x:v>122.262</x:v>
+      </x:c>
+      <x:c r="E78" s="0">
+        <x:v>145.55</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="79" spans="1:5">
+      <x:c r="A79" s="1">
+        <x:v>45904.7633564815</x:v>
+      </x:c>
+      <x:c r="B79" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C79" s="0">
+        <x:v>57.13</x:v>
+      </x:c>
+      <x:c r="D79" s="0">
+        <x:v>121.842</x:v>
+      </x:c>
+      <x:c r="E79" s="0">
+        <x:v>145.05</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="80" spans="1:5">
+      <x:c r="A80" s="1">
+        <x:v>45903.7601157407</x:v>
+      </x:c>
+      <x:c r="B80" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C80" s="0">
+        <x:v>51.79</x:v>
+      </x:c>
+      <x:c r="D80" s="0">
+        <x:v>119.364</x:v>
+      </x:c>
+      <x:c r="E80" s="0">
+        <x:v>142.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="81" spans="1:5">
+      <x:c r="A81" s="1">
+        <x:v>45902.7618055556</x:v>
+      </x:c>
+      <x:c r="B81" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C81" s="0">
+        <x:v>45.56</x:v>
+      </x:c>
+      <x:c r="D81" s="0">
+        <x:v>116.172</x:v>
+      </x:c>
+      <x:c r="E81" s="0">
+        <x:v>138.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="82" spans="1:5">
+      <x:c r="A82" s="1">
+        <x:v>45901.7594444444</x:v>
+      </x:c>
+      <x:c r="B82" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C82" s="0">
+        <x:v>45.75</x:v>
+      </x:c>
+      <x:c r="D82" s="0">
+        <x:v>116.256</x:v>
+      </x:c>
+      <x:c r="E82" s="0">
+        <x:v>138.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="83" spans="1:5">
+      <x:c r="A83" s="1">
+        <x:v>45898.7627083333</x:v>
+      </x:c>
+      <x:c r="B83" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C83" s="0">
+        <x:v>46.6</x:v>
+      </x:c>
+      <x:c r="D83" s="0">
+        <x:v>116.634</x:v>
+      </x:c>
+      <x:c r="E83" s="0">
+        <x:v>138.85</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="84" spans="1:5">
+      <x:c r="A84" s="1">
+        <x:v>45897.7575925926</x:v>
+      </x:c>
+      <x:c r="B84" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C84" s="0">
+        <x:v>51.06</x:v>
+      </x:c>
+      <x:c r="D84" s="0">
+        <x:v>118.692</x:v>
+      </x:c>
+      <x:c r="E84" s="0">
+        <x:v>141.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="85" spans="1:5">
+      <x:c r="A85" s="1">
+        <x:v>45896.7598263889</x:v>
+      </x:c>
+      <x:c r="B85" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C85" s="0">
+        <x:v>51.55</x:v>
+      </x:c>
+      <x:c r="D85" s="0">
+        <x:v>118.902</x:v>
+      </x:c>
+      <x:c r="E85" s="0">
+        <x:v>141.55</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="86" spans="1:5">
+      <x:c r="A86" s="1">
+        <x:v>45895.7574884259</x:v>
+      </x:c>
+      <x:c r="B86" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C86" s="0">
+        <x:v>52.79</x:v>
+      </x:c>
+      <x:c r="D86" s="0">
+        <x:v>119.448</x:v>
+      </x:c>
+      <x:c r="E86" s="0">
+        <x:v>142.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="87" spans="1:5">
+      <x:c r="A87" s="1">
+        <x:v>45894.7570138889</x:v>
+      </x:c>
+      <x:c r="B87" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C87" s="0">
+        <x:v>52.73</x:v>
+      </x:c>
+      <x:c r="D87" s="0">
+        <x:v>119.406</x:v>
+      </x:c>
+      <x:c r="E87" s="0">
+        <x:v>142.15</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="88" spans="1:5">
+      <x:c r="A88" s="1">
+        <x:v>45891.7584606481</x:v>
+      </x:c>
+      <x:c r="B88" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C88" s="0">
+        <x:v>58.94</x:v>
+      </x:c>
+      <x:c r="D88" s="0">
+        <x:v>121.926</x:v>
+      </x:c>
+      <x:c r="E88" s="0">
+        <x:v>145.15</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="89" spans="1:5">
+      <x:c r="A89" s="1">
+        <x:v>45890.7565277778</x:v>
+      </x:c>
+      <x:c r="B89" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C89" s="0">
+        <x:v>54.13</x:v>
+      </x:c>
+      <x:c r="D89" s="0">
+        <x:v>119.784</x:v>
+      </x:c>
+      <x:c r="E89" s="0">
+        <x:v>142.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="90" spans="1:5">
+      <x:c r="A90" s="1">
+        <x:v>45889.759375</x:v>
+      </x:c>
+      <x:c r="B90" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C90" s="0">
+        <x:v>57.35</x:v>
+      </x:c>
+      <x:c r="D90" s="0">
+        <x:v>121.128</x:v>
+      </x:c>
+      <x:c r="E90" s="0">
+        <x:v>144.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="91" spans="1:5">
+      <x:c r="A91" s="1">
+        <x:v>45888.7607291667</x:v>
+      </x:c>
+      <x:c r="B91" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C91" s="0">
+        <x:v>57.49</x:v>
+      </x:c>
+      <x:c r="D91" s="0">
+        <x:v>121.17</x:v>
+      </x:c>
+      <x:c r="E91" s="0">
+        <x:v>144.25</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="92" spans="1:5">
+      <x:c r="A92" s="1">
+        <x:v>45887.7582523148</x:v>
+      </x:c>
+      <x:c r="B92" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C92" s="0">
+        <x:v>57.03</x:v>
+      </x:c>
+      <x:c r="D92" s="0">
+        <x:v>120.96</x:v>
+      </x:c>
+      <x:c r="E92" s="0">
+        <x:v>144</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="93" spans="1:5">
+      <x:c r="A93" s="1">
+        <x:v>45884.7577546296</x:v>
+      </x:c>
+      <x:c r="B93" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C93" s="0">
+        <x:v>55.49</x:v>
+      </x:c>
+      <x:c r="D93" s="0">
+        <x:v>120.246</x:v>
+      </x:c>
+      <x:c r="E93" s="0">
+        <x:v>143.15</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="94" spans="1:5">
+      <x:c r="A94" s="1">
+        <x:v>45883.7578472222</x:v>
+      </x:c>
+      <x:c r="B94" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C94" s="0">
+        <x:v>52.29</x:v>
+      </x:c>
+      <x:c r="D94" s="0">
+        <x:v>118.776</x:v>
+      </x:c>
+      <x:c r="E94" s="0">
+        <x:v>141.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="95" spans="1:5">
+      <x:c r="A95" s="1">
+        <x:v>45882.7698611111</x:v>
+      </x:c>
+      <x:c r="B95" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C95" s="0">
+        <x:v>56.15</x:v>
+      </x:c>
+      <x:c r="D95" s="0">
+        <x:v>120.414</x:v>
+      </x:c>
+      <x:c r="E95" s="0">
+        <x:v>143.35</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="96" spans="1:5">
+      <x:c r="A96" s="1">
+        <x:v>45882.7608333333</x:v>
+      </x:c>
+      <x:c r="B96" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C96" s="0">
+        <x:v>56.15</x:v>
+      </x:c>
+      <x:c r="D96" s="0">
+        <x:v>120.414</x:v>
+      </x:c>
+      <x:c r="E96" s="0">
+        <x:v>143.35</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="97" spans="1:5">
+      <x:c r="A97" s="1">
+        <x:v>45881.7571296296</x:v>
+      </x:c>
+      <x:c r="B97" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C97" s="0">
+        <x:v>49.85</x:v>
+      </x:c>
+      <x:c r="D97" s="0">
+        <x:v>117.432</x:v>
+      </x:c>
+      <x:c r="E97" s="0">
+        <x:v>139.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="98" spans="1:5">
+      <x:c r="A98" s="1">
+        <x:v>45880.7586689815</x:v>
+      </x:c>
+      <x:c r="B98" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C98" s="0">
+        <x:v>46.03</x:v>
+      </x:c>
+      <x:c r="D98" s="0">
+        <x:v>115.5</x:v>
+      </x:c>
+      <x:c r="E98" s="0">
+        <x:v>137.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="99" spans="1:5">
+      <x:c r="A99" s="1">
+        <x:v>45877.7857523148</x:v>
+      </x:c>
+      <x:c r="B99" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C99" s="0">
+        <x:v>48.21</x:v>
+      </x:c>
+      <x:c r="D99" s="0">
+        <x:v>116.508</x:v>
+      </x:c>
+      <x:c r="E99" s="0">
+        <x:v>138.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="100" spans="1:5">
+      <x:c r="A100" s="1">
+        <x:v>45876.7589467593</x:v>
+      </x:c>
+      <x:c r="B100" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C100" s="0">
+        <x:v>41.38</x:v>
+      </x:c>
+      <x:c r="D100" s="0">
+        <x:v>112.77</x:v>
+      </x:c>
+      <x:c r="E100" s="0">
+        <x:v>134.25</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="101" spans="1:5">
+      <x:c r="A101" s="1">
+        <x:v>45875.7594444444</x:v>
+      </x:c>
+      <x:c r="B101" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C101" s="0">
+        <x:v>37.88</x:v>
+      </x:c>
+      <x:c r="D101" s="0">
+        <x:v>110.712</x:v>
+      </x:c>
+      <x:c r="E101" s="0">
+        <x:v>131.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="102" spans="1:5">
+      <x:c r="A102" s="1">
+        <x:v>45874.7580092593</x:v>
+      </x:c>
+      <x:c r="B102" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C102" s="0">
+        <x:v>35.84</x:v>
+      </x:c>
+      <x:c r="D102" s="0">
+        <x:v>109.452</x:v>
+      </x:c>
+      <x:c r="E102" s="0">
+        <x:v>130.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="103" spans="1:5">
+      <x:c r="A103" s="1">
+        <x:v>45873.7607986111</x:v>
+      </x:c>
+      <x:c r="B103" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C103" s="0">
+        <x:v>34.02</x:v>
+      </x:c>
+      <x:c r="D103" s="0">
+        <x:v>108.276</x:v>
+      </x:c>
+      <x:c r="E103" s="0">
+        <x:v>128.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="104" spans="1:5">
+      <x:c r="A104" s="1">
+        <x:v>45870.7602314815</x:v>
+      </x:c>
+      <x:c r="B104" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C104" s="0">
+        <x:v>33.37</x:v>
+      </x:c>
+      <x:c r="D104" s="0">
+        <x:v>107.814</x:v>
+      </x:c>
+      <x:c r="E104" s="0">
+        <x:v>128.35</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="105" spans="1:5">
+      <x:c r="A105" s="1">
+        <x:v>45869.7836574074</x:v>
+      </x:c>
+      <x:c r="B105" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C105" s="0">
+        <x:v>39.34</x:v>
+      </x:c>
+      <x:c r="D105" s="0">
+        <x:v>111.174</x:v>
+      </x:c>
+      <x:c r="E105" s="0">
+        <x:v>132.35</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="106" spans="1:5">
+      <x:c r="A106" s="1">
+        <x:v>45868.7572569444</x:v>
+      </x:c>
+      <x:c r="B106" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C106" s="0">
+        <x:v>45.19</x:v>
+      </x:c>
+      <x:c r="D106" s="0">
+        <x:v>114.114</x:v>
+      </x:c>
+      <x:c r="E106" s="0">
+        <x:v>135.85</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="107" spans="1:5">
+      <x:c r="A107" s="1">
+        <x:v>45866.7583101852</x:v>
+      </x:c>
+      <x:c r="B107" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C107" s="0">
+        <x:v>54.66</x:v>
+      </x:c>
+      <x:c r="D107" s="0">
+        <x:v>118.272</x:v>
+      </x:c>
+      <x:c r="E107" s="0">
+        <x:v>140.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="108" spans="1:5">
+      <x:c r="A108" s="1">
+        <x:v>45863.756724537</x:v>
+      </x:c>
+      <x:c r="B108" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C108" s="0">
+        <x:v>62.23</x:v>
+      </x:c>
+      <x:c r="D108" s="0">
+        <x:v>121.17</x:v>
+      </x:c>
+      <x:c r="E108" s="0">
+        <x:v>144.25</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="109" spans="1:5">
+      <x:c r="A109" s="1">
+        <x:v>45862.7626967593</x:v>
+      </x:c>
+      <x:c r="B109" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C109" s="0">
+        <x:v>60.99</x:v>
+      </x:c>
+      <x:c r="D109" s="0">
+        <x:v>120.666</x:v>
+      </x:c>
+      <x:c r="E109" s="0">
+        <x:v>143.65</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="110" spans="1:5">
+      <x:c r="A110" s="1">
+        <x:v>45861.7587037037</x:v>
+      </x:c>
+      <x:c r="B110" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C110" s="0">
+        <x:v>63.9</x:v>
+      </x:c>
+      <x:c r="D110" s="0">
+        <x:v>121.758</x:v>
+      </x:c>
+      <x:c r="E110" s="0">
+        <x:v>144.95</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="111" spans="1:5">
+      <x:c r="A111" s="1">
         <x:v>45860.7619097222</x:v>
       </x:c>
-      <x:c r="B78" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C78" s="0">
+      <x:c r="B111" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C111" s="0">
         <x:v>56.08</x:v>
       </x:c>
-      <x:c r="D78" s="0">
+      <x:c r="D111" s="0">
         <x:v>118.44</x:v>
       </x:c>
-      <x:c r="E78" s="0">
+      <x:c r="E111" s="0">
         <x:v>141</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>