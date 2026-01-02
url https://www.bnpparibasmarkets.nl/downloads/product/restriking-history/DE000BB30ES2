--- v2 (2025-12-13)
+++ v3 (2026-01-02)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc5f5661a5893467a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/225d55c3f7f1419ba26d14a2818dac07.psmdcp" Id="Ra9a725a4eced44e0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9e0f723195dd4450" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/03a6e2d16b444ea2af9b28360cb9abe3.psmdcp" Id="R7867f0732d804744" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>DE000BB30ES2</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -390,1933 +390,2120 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E111"/>
+  <x:dimension ref="A1:E122"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>46003.7371759259</x:v>
+        <x:v>46024.7366435185</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
-        <x:v>142.34</x:v>
+        <x:v>156.59</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>151.62</x:v>
+        <x:v>155.484</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>180.5</x:v>
+        <x:v>185.1</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>46002.7740509259</x:v>
+        <x:v>46021.7368634259</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
-        <x:v>135.41</x:v>
+        <x:v>160.34</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>150.066</x:v>
+        <x:v>156.156</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>178.65</x:v>
+        <x:v>185.9</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>46002.7369212963</x:v>
+        <x:v>46020.736875</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
-        <x:v>135.41</x:v>
+        <x:v>161.52</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>150.066</x:v>
+        <x:v>156.366</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>178.65</x:v>
+        <x:v>186.15</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>46001.7725810185</x:v>
+        <x:v>46014.7368634259</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
-        <x:v>119.99</x:v>
+        <x:v>153.54</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>146.286</x:v>
+        <x:v>154.644</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>174.15</x:v>
+        <x:v>184.1</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>46001.7370138889</x:v>
+        <x:v>46013.7370486111</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
-        <x:v>119.99</x:v>
+        <x:v>153.21</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>146.286</x:v>
+        <x:v>154.56</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>174.15</x:v>
+        <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>46000.7370486111</x:v>
+        <x:v>46010.737037037</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
-        <x:v>115.38</x:v>
+        <x:v>153.08</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>145.11</x:v>
+        <x:v>154.476</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>172.75</x:v>
+        <x:v>183.9</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>45999.7371875</x:v>
+        <x:v>46009.7370717593</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
-        <x:v>119.58</x:v>
+        <x:v>170.68</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>146.118</x:v>
+        <x:v>157.71</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>173.95</x:v>
+        <x:v>187.75</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>45996.7368402778</x:v>
+        <x:v>46008.7373263889</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
-        <x:v>129.54</x:v>
+        <x:v>144.46</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>148.344</x:v>
+        <x:v>152.166</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>176.6</x:v>
+        <x:v>181.15</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>45995.7378819444</x:v>
+        <x:v>46007.7370138889</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
-        <x:v>134.15</x:v>
+        <x:v>142.38</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>149.352</x:v>
+        <x:v>151.704</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>177.8</x:v>
+        <x:v>180.6</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>45994.7372685185</x:v>
+        <x:v>46006.7734953704</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C12" s="0">
-        <x:v>140.71</x:v>
+        <x:v>140.9</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>150.738</x:v>
+        <x:v>151.368</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>179.45</x:v>
+        <x:v>180.2</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>45993.7373032407</x:v>
+        <x:v>46006.7372685185</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0">
-        <x:v>136.2</x:v>
+        <x:v>140.9</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>149.73</x:v>
+        <x:v>151.368</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>178.25</x:v>
+        <x:v>180.2</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>45992.7372106481</x:v>
+        <x:v>46003.7371759259</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C14" s="0">
-        <x:v>128.27</x:v>
+        <x:v>142.34</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>147.882</x:v>
+        <x:v>151.62</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>176.05</x:v>
+        <x:v>180.5</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>45989.7370717593</x:v>
+        <x:v>46002.7740509259</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
-        <x:v>112.83</x:v>
+        <x:v>135.41</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>143.892</x:v>
+        <x:v>150.066</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>171.3</x:v>
+        <x:v>178.65</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>45988.7370023148</x:v>
+        <x:v>46002.7369212963</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C16" s="0">
-        <x:v>121.11</x:v>
+        <x:v>135.41</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>145.866</x:v>
+        <x:v>150.066</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>173.65</x:v>
+        <x:v>178.65</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>45987.7371296296</x:v>
+        <x:v>46001.7725810185</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C17" s="0">
-        <x:v>123.13</x:v>
+        <x:v>119.99</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>146.328</x:v>
+        <x:v>146.286</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>174.2</x:v>
+        <x:v>174.15</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>45986.7689583333</x:v>
+        <x:v>46001.7370138889</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="0">
-        <x:v>116.76</x:v>
+        <x:v>119.99</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>144.732</x:v>
+        <x:v>146.286</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>172.3</x:v>
+        <x:v>174.15</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>45986.7372685185</x:v>
+        <x:v>46000.7370486111</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C19" s="0">
-        <x:v>116.76</x:v>
+        <x:v>115.38</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>144.732</x:v>
+        <x:v>145.11</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>172.3</x:v>
+        <x:v>172.75</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
-        <x:v>45985.736724537</x:v>
+        <x:v>45999.7371875</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C20" s="0">
-        <x:v>121.02</x:v>
+        <x:v>119.58</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>145.74</x:v>
+        <x:v>146.118</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>173.5</x:v>
+        <x:v>173.95</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="1">
-        <x:v>45982.737037037</x:v>
+        <x:v>45996.7368402778</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C21" s="0">
-        <x:v>117.5</x:v>
+        <x:v>129.54</x:v>
       </x:c>
       <x:c r="D21" s="0">
-        <x:v>144.816</x:v>
+        <x:v>148.344</x:v>
       </x:c>
       <x:c r="E21" s="0">
-        <x:v>172.4</x:v>
+        <x:v>176.6</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="1">
-        <x:v>45981.7368402778</x:v>
+        <x:v>45995.7378819444</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C22" s="0">
-        <x:v>114.24</x:v>
+        <x:v>134.15</x:v>
       </x:c>
       <x:c r="D22" s="0">
-        <x:v>143.976</x:v>
+        <x:v>149.352</x:v>
       </x:c>
       <x:c r="E22" s="0">
-        <x:v>171.4</x:v>
+        <x:v>177.8</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="1">
-        <x:v>45980.7367592593</x:v>
+        <x:v>45994.7372685185</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C23" s="0">
-        <x:v>126.24</x:v>
+        <x:v>140.71</x:v>
       </x:c>
       <x:c r="D23" s="0">
-        <x:v>146.748</x:v>
+        <x:v>150.738</x:v>
       </x:c>
       <x:c r="E23" s="0">
-        <x:v>174.7</x:v>
+        <x:v>179.45</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="1">
-        <x:v>45979.7368055556</x:v>
+        <x:v>45993.7373032407</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C24" s="0">
-        <x:v>120.74</x:v>
+        <x:v>136.2</x:v>
       </x:c>
       <x:c r="D24" s="0">
-        <x:v>145.404</x:v>
+        <x:v>149.73</x:v>
       </x:c>
       <x:c r="E24" s="0">
-        <x:v>173.1</x:v>
+        <x:v>178.25</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="1">
-        <x:v>45978.7367708333</x:v>
+        <x:v>45992.7372106481</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C25" s="0">
-        <x:v>134.94</x:v>
+        <x:v>128.27</x:v>
       </x:c>
       <x:c r="D25" s="0">
-        <x:v>148.512</x:v>
+        <x:v>147.882</x:v>
       </x:c>
       <x:c r="E25" s="0">
-        <x:v>176.8</x:v>
+        <x:v>176.05</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="1">
-        <x:v>45975.7367013889</x:v>
+        <x:v>45989.7370717593</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C26" s="0">
-        <x:v>157.29</x:v>
+        <x:v>112.83</x:v>
       </x:c>
       <x:c r="D26" s="0">
-        <x:v>152.796</x:v>
+        <x:v>143.892</x:v>
       </x:c>
       <x:c r="E26" s="0">
-        <x:v>181.9</x:v>
+        <x:v>171.3</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="1">
-        <x:v>45974.7370138889</x:v>
+        <x:v>45988.7370023148</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C27" s="0">
-        <x:v>166.44</x:v>
+        <x:v>121.11</x:v>
       </x:c>
       <x:c r="D27" s="0">
-        <x:v>154.476</x:v>
+        <x:v>145.866</x:v>
       </x:c>
       <x:c r="E27" s="0">
-        <x:v>183.9</x:v>
+        <x:v>173.65</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="1">
-        <x:v>45973.7367361111</x:v>
+        <x:v>45987.7371296296</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C28" s="0">
-        <x:v>156.62</x:v>
+        <x:v>123.13</x:v>
       </x:c>
       <x:c r="D28" s="0">
-        <x:v>152.544</x:v>
+        <x:v>146.328</x:v>
       </x:c>
       <x:c r="E28" s="0">
-        <x:v>181.6</x:v>
+        <x:v>174.2</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="1">
-        <x:v>45972.7367361111</x:v>
+        <x:v>45986.7689583333</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C29" s="0">
-        <x:v>147.66</x:v>
+        <x:v>116.76</x:v>
       </x:c>
       <x:c r="D29" s="0">
-        <x:v>150.696</x:v>
+        <x:v>144.732</x:v>
       </x:c>
       <x:c r="E29" s="0">
-        <x:v>179.4</x:v>
+        <x:v>172.3</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="1">
-        <x:v>45968.7368865741</x:v>
+        <x:v>45986.7372685185</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C30" s="0">
-        <x:v>123.69</x:v>
+        <x:v>116.76</x:v>
       </x:c>
       <x:c r="D30" s="0">
-        <x:v>145.152</x:v>
+        <x:v>144.732</x:v>
       </x:c>
       <x:c r="E30" s="0">
-        <x:v>172.8</x:v>
+        <x:v>172.3</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="1">
-        <x:v>45967.7368402778</x:v>
+        <x:v>45985.736724537</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C31" s="0">
-        <x:v>118.41</x:v>
+        <x:v>121.02</x:v>
       </x:c>
       <x:c r="D31" s="0">
-        <x:v>141.47</x:v>
+        <x:v>145.74</x:v>
       </x:c>
       <x:c r="E31" s="0">
-        <x:v>171.25</x:v>
+        <x:v>173.5</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="1">
-        <x:v>45967.3261689815</x:v>
+        <x:v>45982.737037037</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C32" s="0">
-        <x:v>121.71</x:v>
+        <x:v>117.5</x:v>
       </x:c>
       <x:c r="D32" s="0">
-        <x:v>142.31</x:v>
+        <x:v>144.816</x:v>
       </x:c>
       <x:c r="E32" s="0">
-        <x:v>172.25</x:v>
+        <x:v>172.4</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="1">
-        <x:v>45966.7368402778</x:v>
+        <x:v>45981.7368402778</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C33" s="0">
-        <x:v>113.91</x:v>
+        <x:v>114.24</x:v>
       </x:c>
       <x:c r="D33" s="0">
-        <x:v>144.69</x:v>
+        <x:v>143.976</x:v>
       </x:c>
       <x:c r="E33" s="0">
-        <x:v>172.25</x:v>
+        <x:v>171.4</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="1">
-        <x:v>45965.7388425926</x:v>
+        <x:v>45980.7367592593</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C34" s="0">
-        <x:v>111.07</x:v>
+        <x:v>126.24</x:v>
       </x:c>
       <x:c r="D34" s="0">
-        <x:v>143.934</x:v>
+        <x:v>146.748</x:v>
       </x:c>
       <x:c r="E34" s="0">
-        <x:v>171.35</x:v>
+        <x:v>174.7</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="1">
-        <x:v>45964.7369212963</x:v>
+        <x:v>45979.7368055556</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C35" s="0">
-        <x:v>127.25</x:v>
+        <x:v>120.74</x:v>
       </x:c>
       <x:c r="D35" s="0">
-        <x:v>147.672</x:v>
+        <x:v>145.404</x:v>
       </x:c>
       <x:c r="E35" s="0">
-        <x:v>175.8</x:v>
+        <x:v>173.1</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="1">
-        <x:v>45961.8177777778</x:v>
+        <x:v>45978.7367708333</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C36" s="0">
-        <x:v>145.71</x:v>
+        <x:v>134.94</x:v>
       </x:c>
       <x:c r="D36" s="0">
-        <x:v>151.452</x:v>
+        <x:v>148.512</x:v>
       </x:c>
       <x:c r="E36" s="0">
-        <x:v>180.3</x:v>
+        <x:v>176.8</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="1">
-        <x:v>45961.7365393518</x:v>
+        <x:v>45975.7367013889</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C37" s="0">
-        <x:v>145.71</x:v>
+        <x:v>157.29</x:v>
       </x:c>
       <x:c r="D37" s="0">
-        <x:v>151.452</x:v>
+        <x:v>152.796</x:v>
       </x:c>
       <x:c r="E37" s="0">
-        <x:v>180.3</x:v>
+        <x:v>181.9</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="1">
-        <x:v>45961.6041550926</x:v>
+        <x:v>45974.7370138889</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C38" s="0">
-        <x:v>145.71</x:v>
+        <x:v>166.44</x:v>
       </x:c>
       <x:c r="D38" s="0">
-        <x:v>151.452</x:v>
+        <x:v>154.476</x:v>
       </x:c>
       <x:c r="E38" s="0">
-        <x:v>180.3</x:v>
+        <x:v>183.9</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="1">
-        <x:v>45960.7368171296</x:v>
+        <x:v>45973.7367361111</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C39" s="0">
-        <x:v>144.2</x:v>
+        <x:v>156.62</x:v>
       </x:c>
       <x:c r="D39" s="0">
-        <x:v>151.116</x:v>
+        <x:v>152.544</x:v>
       </x:c>
       <x:c r="E39" s="0">
-        <x:v>179.9</x:v>
+        <x:v>181.6</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="1">
-        <x:v>45959.7367592593</x:v>
+        <x:v>45972.7367361111</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C40" s="0">
-        <x:v>141.14</x:v>
+        <x:v>147.66</x:v>
       </x:c>
       <x:c r="D40" s="0">
-        <x:v>150.444</x:v>
+        <x:v>150.696</x:v>
       </x:c>
       <x:c r="E40" s="0">
-        <x:v>179.1</x:v>
+        <x:v>179.4</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="1">
-        <x:v>45958.7367824074</x:v>
+        <x:v>45968.7368865741</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C41" s="0">
-        <x:v>147.99</x:v>
+        <x:v>123.69</x:v>
       </x:c>
       <x:c r="D41" s="0">
-        <x:v>151.83</x:v>
+        <x:v>145.152</x:v>
       </x:c>
       <x:c r="E41" s="0">
-        <x:v>180.75</x:v>
+        <x:v>172.8</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="1">
-        <x:v>45957.7750694444</x:v>
+        <x:v>45967.7368402778</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C42" s="0">
-        <x:v>148.29</x:v>
+        <x:v>118.41</x:v>
       </x:c>
       <x:c r="D42" s="0">
-        <x:v>151.872</x:v>
+        <x:v>141.47</x:v>
       </x:c>
       <x:c r="E42" s="0">
-        <x:v>180.8</x:v>
+        <x:v>171.25</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="1">
-        <x:v>45954.7370833333</x:v>
+        <x:v>45967.3261689815</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C43" s="0">
-        <x:v>145.73</x:v>
+        <x:v>121.71</x:v>
       </x:c>
       <x:c r="D43" s="0">
-        <x:v>151.284</x:v>
+        <x:v>142.31</x:v>
       </x:c>
       <x:c r="E43" s="0">
-        <x:v>180.1</x:v>
+        <x:v>172.25</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="1">
-        <x:v>45953.7373611111</x:v>
+        <x:v>45966.7368402778</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C44" s="0">
-        <x:v>147.05</x:v>
+        <x:v>113.91</x:v>
       </x:c>
       <x:c r="D44" s="0">
-        <x:v>151.536</x:v>
+        <x:v>144.69</x:v>
       </x:c>
       <x:c r="E44" s="0">
-        <x:v>180.4</x:v>
+        <x:v>172.25</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="1">
-        <x:v>45952.7370601852</x:v>
+        <x:v>45965.7388425926</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C45" s="0">
-        <x:v>139.89</x:v>
+        <x:v>111.07</x:v>
       </x:c>
       <x:c r="D45" s="0">
-        <x:v>149.982</x:v>
+        <x:v>143.934</x:v>
       </x:c>
       <x:c r="E45" s="0">
-        <x:v>178.55</x:v>
+        <x:v>171.35</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="1">
-        <x:v>45951.7369907407</x:v>
+        <x:v>45964.7369212963</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C46" s="0">
-        <x:v>138.42</x:v>
+        <x:v>127.25</x:v>
       </x:c>
       <x:c r="D46" s="0">
-        <x:v>149.646</x:v>
+        <x:v>147.672</x:v>
       </x:c>
       <x:c r="E46" s="0">
-        <x:v>178.15</x:v>
+        <x:v>175.8</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="1">
-        <x:v>45950.737037037</x:v>
+        <x:v>45961.8177777778</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C47" s="0">
-        <x:v>140.08</x:v>
+        <x:v>145.71</x:v>
       </x:c>
       <x:c r="D47" s="0">
-        <x:v>149.982</x:v>
+        <x:v>151.452</x:v>
       </x:c>
       <x:c r="E47" s="0">
-        <x:v>178.55</x:v>
+        <x:v>180.3</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5">
       <x:c r="A48" s="1">
-        <x:v>45947.7367824074</x:v>
+        <x:v>45961.7365393518</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C48" s="0">
-        <x:v>132.45</x:v>
+        <x:v>145.71</x:v>
       </x:c>
       <x:c r="D48" s="0">
-        <x:v>148.218</x:v>
+        <x:v>151.452</x:v>
       </x:c>
       <x:c r="E48" s="0">
-        <x:v>176.45</x:v>
+        <x:v>180.3</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
       <x:c r="A49" s="1">
-        <x:v>45946.7603125</x:v>
+        <x:v>45961.6041550926</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C49" s="0">
-        <x:v>129.4</x:v>
+        <x:v>145.71</x:v>
       </x:c>
       <x:c r="D49" s="0">
-        <x:v>147.504</x:v>
+        <x:v>151.452</x:v>
       </x:c>
       <x:c r="E49" s="0">
-        <x:v>175.6</x:v>
+        <x:v>180.3</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5">
       <x:c r="A50" s="1">
-        <x:v>45945.7368981481</x:v>
+        <x:v>45960.7368171296</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C50" s="0">
-        <x:v>121.09</x:v>
+        <x:v>144.2</x:v>
       </x:c>
       <x:c r="D50" s="0">
-        <x:v>145.488</x:v>
+        <x:v>151.116</x:v>
       </x:c>
       <x:c r="E50" s="0">
-        <x:v>173.2</x:v>
+        <x:v>179.9</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5">
       <x:c r="A51" s="1">
-        <x:v>45944.7367592593</x:v>
+        <x:v>45959.7367592593</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C51" s="0">
-        <x:v>113.84</x:v>
+        <x:v>141.14</x:v>
       </x:c>
       <x:c r="D51" s="0">
-        <x:v>143.64</x:v>
+        <x:v>150.444</x:v>
       </x:c>
       <x:c r="E51" s="0">
-        <x:v>171</x:v>
+        <x:v>179.1</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5">
       <x:c r="A52" s="1">
-        <x:v>45943.7373263889</x:v>
+        <x:v>45958.7367824074</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C52" s="0">
-        <x:v>109.39</x:v>
+        <x:v>147.99</x:v>
       </x:c>
       <x:c r="D52" s="0">
-        <x:v>142.464</x:v>
+        <x:v>151.83</x:v>
       </x:c>
       <x:c r="E52" s="0">
-        <x:v>169.6</x:v>
+        <x:v>180.75</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5">
       <x:c r="A53" s="1">
-        <x:v>45940.7628009259</x:v>
+        <x:v>45957.7750694444</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C53" s="0">
-        <x:v>105.52</x:v>
+        <x:v>148.29</x:v>
       </x:c>
       <x:c r="D53" s="0">
-        <x:v>141.372</x:v>
+        <x:v>151.872</x:v>
       </x:c>
       <x:c r="E53" s="0">
-        <x:v>168.3</x:v>
+        <x:v>180.8</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5">
       <x:c r="A54" s="1">
-        <x:v>45939.7572106481</x:v>
+        <x:v>45954.7370833333</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C54" s="0">
-        <x:v>107.49</x:v>
+        <x:v>145.73</x:v>
       </x:c>
       <x:c r="D54" s="0">
-        <x:v>141.876</x:v>
+        <x:v>151.284</x:v>
       </x:c>
       <x:c r="E54" s="0">
-        <x:v>168.9</x:v>
+        <x:v>180.1</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5">
       <x:c r="A55" s="1">
-        <x:v>45938.7365856481</x:v>
+        <x:v>45953.7373611111</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C55" s="0">
-        <x:v>120.1</x:v>
+        <x:v>147.05</x:v>
       </x:c>
       <x:c r="D55" s="0">
-        <x:v>144.9</x:v>
+        <x:v>151.536</x:v>
       </x:c>
       <x:c r="E55" s="0">
-        <x:v>172.5</x:v>
+        <x:v>180.4</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5">
       <x:c r="A56" s="1">
-        <x:v>45937.7365393518</x:v>
+        <x:v>45952.7370601852</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C56" s="0">
-        <x:v>131.21</x:v>
+        <x:v>139.89</x:v>
       </x:c>
       <x:c r="D56" s="0">
-        <x:v>147.378</x:v>
+        <x:v>149.982</x:v>
       </x:c>
       <x:c r="E56" s="0">
-        <x:v>175.45</x:v>
+        <x:v>178.55</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:5">
       <x:c r="A57" s="1">
-        <x:v>45936.7365856481</x:v>
+        <x:v>45951.7369907407</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C57" s="0">
-        <x:v>148.69</x:v>
+        <x:v>138.42</x:v>
       </x:c>
       <x:c r="D57" s="0">
-        <x:v>150.906</x:v>
+        <x:v>149.646</x:v>
       </x:c>
       <x:c r="E57" s="0">
-        <x:v>179.65</x:v>
+        <x:v>178.15</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:5">
       <x:c r="A58" s="1">
-        <x:v>45933.7365277778</x:v>
+        <x:v>45950.737037037</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C58" s="0">
-        <x:v>144.9</x:v>
+        <x:v>140.08</x:v>
       </x:c>
       <x:c r="D58" s="0">
-        <x:v>150.066</x:v>
+        <x:v>149.982</x:v>
       </x:c>
       <x:c r="E58" s="0">
-        <x:v>178.65</x:v>
+        <x:v>178.55</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:5">
       <x:c r="A59" s="1">
-        <x:v>45932.7758449074</x:v>
+        <x:v>45947.7367824074</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C59" s="0">
-        <x:v>139.87</x:v>
+        <x:v>132.45</x:v>
       </x:c>
       <x:c r="D59" s="0">
-        <x:v>148.974</x:v>
+        <x:v>148.218</x:v>
       </x:c>
       <x:c r="E59" s="0">
-        <x:v>177.35</x:v>
+        <x:v>176.45</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:5">
       <x:c r="A60" s="1">
-        <x:v>45931.7588888889</x:v>
+        <x:v>45946.7603125</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C60" s="0">
-        <x:v>134.78</x:v>
+        <x:v>129.4</x:v>
       </x:c>
       <x:c r="D60" s="0">
-        <x:v>147.84</x:v>
+        <x:v>147.504</x:v>
       </x:c>
       <x:c r="E60" s="0">
-        <x:v>176</x:v>
+        <x:v>175.6</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:5">
       <x:c r="A61" s="1">
-        <x:v>45930.7579398148</x:v>
+        <x:v>45945.7368981481</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C61" s="0">
-        <x:v>132.04</x:v>
+        <x:v>121.09</x:v>
       </x:c>
       <x:c r="D61" s="0">
-        <x:v>147.21</x:v>
+        <x:v>145.488</x:v>
       </x:c>
       <x:c r="E61" s="0">
-        <x:v>175.25</x:v>
+        <x:v>173.2</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:5">
       <x:c r="A62" s="1">
-        <x:v>45929.7560416667</x:v>
+        <x:v>45944.7367592593</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C62" s="0">
-        <x:v>124.05</x:v>
+        <x:v>113.84</x:v>
       </x:c>
       <x:c r="D62" s="0">
-        <x:v>145.32</x:v>
+        <x:v>143.64</x:v>
       </x:c>
       <x:c r="E62" s="0">
-        <x:v>173</x:v>
+        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:5">
       <x:c r="A63" s="1">
-        <x:v>45926.7572569444</x:v>
+        <x:v>45943.7373263889</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C63" s="0">
-        <x:v>124.28</x:v>
+        <x:v>109.39</x:v>
       </x:c>
       <x:c r="D63" s="0">
-        <x:v>145.32</x:v>
+        <x:v>142.464</x:v>
       </x:c>
       <x:c r="E63" s="0">
-        <x:v>173</x:v>
+        <x:v>169.6</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:5">
       <x:c r="A64" s="1">
-        <x:v>45925.7565625</x:v>
+        <x:v>45940.7628009259</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C64" s="0">
-        <x:v>118.31</x:v>
+        <x:v>105.52</x:v>
       </x:c>
       <x:c r="D64" s="0">
-        <x:v>143.85</x:v>
+        <x:v>141.372</x:v>
       </x:c>
       <x:c r="E64" s="0">
-        <x:v>171.25</x:v>
+        <x:v>168.3</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:5">
       <x:c r="A65" s="1">
-        <x:v>45924.7579976852</x:v>
+        <x:v>45939.7572106481</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C65" s="0">
-        <x:v>79.5</x:v>
+        <x:v>107.49</x:v>
       </x:c>
       <x:c r="D65" s="0">
-        <x:v>131.04</x:v>
+        <x:v>141.876</x:v>
       </x:c>
       <x:c r="E65" s="0">
-        <x:v>156</x:v>
+        <x:v>168.9</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:5">
       <x:c r="A66" s="1">
-        <x:v>45923.7566435185</x:v>
+        <x:v>45938.7365856481</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C66" s="0">
-        <x:v>78.8</x:v>
+        <x:v>120.1</x:v>
       </x:c>
       <x:c r="D66" s="0">
-        <x:v>130.788</x:v>
+        <x:v>144.9</x:v>
       </x:c>
       <x:c r="E66" s="0">
-        <x:v>155.7</x:v>
+        <x:v>172.5</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:5">
       <x:c r="A67" s="1">
-        <x:v>45922.7577430556</x:v>
+        <x:v>45937.7365393518</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C67" s="0">
-        <x:v>71.25</x:v>
+        <x:v>131.21</x:v>
       </x:c>
       <x:c r="D67" s="0">
-        <x:v>128.058</x:v>
+        <x:v>147.378</x:v>
       </x:c>
       <x:c r="E67" s="0">
-        <x:v>152.45</x:v>
+        <x:v>175.45</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:5">
       <x:c r="A68" s="1">
-        <x:v>45919.7643287037</x:v>
+        <x:v>45936.7365856481</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C68" s="0">
-        <x:v>71.15</x:v>
+        <x:v>148.69</x:v>
       </x:c>
       <x:c r="D68" s="0">
-        <x:v>127.974</x:v>
+        <x:v>150.906</x:v>
       </x:c>
       <x:c r="E68" s="0">
-        <x:v>152.35</x:v>
+        <x:v>179.65</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:5">
       <x:c r="A69" s="1">
-        <x:v>45918.7598148148</x:v>
+        <x:v>45933.7365277778</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C69" s="0">
-        <x:v>76.79</x:v>
+        <x:v>144.9</x:v>
       </x:c>
       <x:c r="D69" s="0">
-        <x:v>129.864</x:v>
+        <x:v>150.066</x:v>
       </x:c>
       <x:c r="E69" s="0">
-        <x:v>154.6</x:v>
+        <x:v>178.65</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:5">
       <x:c r="A70" s="1">
-        <x:v>45917.7674537037</x:v>
+        <x:v>45932.7758449074</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C70" s="0">
-        <x:v>76.96</x:v>
+        <x:v>139.87</x:v>
       </x:c>
       <x:c r="D70" s="0">
-        <x:v>129.906</x:v>
+        <x:v>148.974</x:v>
       </x:c>
       <x:c r="E70" s="0">
-        <x:v>154.65</x:v>
+        <x:v>177.35</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:5">
       <x:c r="A71" s="1">
-        <x:v>45916.7611111111</x:v>
+        <x:v>45931.7588888889</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C71" s="0">
-        <x:v>69.12</x:v>
+        <x:v>134.78</x:v>
       </x:c>
       <x:c r="D71" s="0">
-        <x:v>127.008</x:v>
+        <x:v>147.84</x:v>
       </x:c>
       <x:c r="E71" s="0">
-        <x:v>151.2</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:5">
       <x:c r="A72" s="1">
-        <x:v>45915.7666319444</x:v>
+        <x:v>45930.7579398148</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C72" s="0">
-        <x:v>62.61</x:v>
+        <x:v>132.04</x:v>
       </x:c>
       <x:c r="D72" s="0">
-        <x:v>124.404</x:v>
+        <x:v>147.21</x:v>
       </x:c>
       <x:c r="E72" s="0">
-        <x:v>148.1</x:v>
+        <x:v>175.25</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:5">
       <x:c r="A73" s="1">
-        <x:v>45912.7594212963</x:v>
+        <x:v>45929.7560416667</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C73" s="0">
-        <x:v>58.8</x:v>
+        <x:v>124.05</x:v>
       </x:c>
       <x:c r="D73" s="0">
-        <x:v>122.766</x:v>
+        <x:v>145.32</x:v>
       </x:c>
       <x:c r="E73" s="0">
-        <x:v>146.15</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:5">
       <x:c r="A74" s="1">
-        <x:v>45911.75875</x:v>
+        <x:v>45926.7572569444</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C74" s="0">
-        <x:v>62.32</x:v>
+        <x:v>124.28</x:v>
       </x:c>
       <x:c r="D74" s="0">
-        <x:v>124.152</x:v>
+        <x:v>145.32</x:v>
       </x:c>
       <x:c r="E74" s="0">
-        <x:v>147.8</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:5">
       <x:c r="A75" s="1">
-        <x:v>45910.7661342593</x:v>
+        <x:v>45925.7565625</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C75" s="0">
-        <x:v>64.09</x:v>
+        <x:v>118.31</x:v>
       </x:c>
       <x:c r="D75" s="0">
-        <x:v>124.824</x:v>
+        <x:v>143.85</x:v>
       </x:c>
       <x:c r="E75" s="0">
-        <x:v>148.6</x:v>
+        <x:v>171.25</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:5">
       <x:c r="A76" s="1">
-        <x:v>45909.7555787037</x:v>
+        <x:v>45924.7579976852</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C76" s="0">
-        <x:v>62.65</x:v>
+        <x:v>79.5</x:v>
       </x:c>
       <x:c r="D76" s="0">
-        <x:v>124.236</x:v>
+        <x:v>131.04</x:v>
       </x:c>
       <x:c r="E76" s="0">
-        <x:v>147.9</x:v>
+        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:5">
       <x:c r="A77" s="1">
-        <x:v>45908.7626157407</x:v>
+        <x:v>45923.7566435185</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C77" s="0">
-        <x:v>62.06</x:v>
+        <x:v>78.8</x:v>
       </x:c>
       <x:c r="D77" s="0">
-        <x:v>123.984</x:v>
+        <x:v>130.788</x:v>
       </x:c>
       <x:c r="E77" s="0">
-        <x:v>147.6</x:v>
+        <x:v>155.7</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:5">
       <x:c r="A78" s="1">
-        <x:v>45905.7753009259</x:v>
+        <x:v>45922.7577430556</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C78" s="0">
-        <x:v>58.08</x:v>
+        <x:v>71.25</x:v>
       </x:c>
       <x:c r="D78" s="0">
-        <x:v>122.262</x:v>
+        <x:v>128.058</x:v>
       </x:c>
       <x:c r="E78" s="0">
-        <x:v>145.55</x:v>
+        <x:v>152.45</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:5">
       <x:c r="A79" s="1">
-        <x:v>45904.7633564815</x:v>
+        <x:v>45919.7643287037</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C79" s="0">
-        <x:v>57.13</x:v>
+        <x:v>71.15</x:v>
       </x:c>
       <x:c r="D79" s="0">
-        <x:v>121.842</x:v>
+        <x:v>127.974</x:v>
       </x:c>
       <x:c r="E79" s="0">
-        <x:v>145.05</x:v>
+        <x:v>152.35</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:5">
       <x:c r="A80" s="1">
-        <x:v>45903.7601157407</x:v>
+        <x:v>45918.7598148148</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C80" s="0">
-        <x:v>51.79</x:v>
+        <x:v>76.79</x:v>
       </x:c>
       <x:c r="D80" s="0">
-        <x:v>119.364</x:v>
+        <x:v>129.864</x:v>
       </x:c>
       <x:c r="E80" s="0">
-        <x:v>142.1</x:v>
+        <x:v>154.6</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:5">
       <x:c r="A81" s="1">
-        <x:v>45902.7618055556</x:v>
+        <x:v>45917.7674537037</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C81" s="0">
-        <x:v>45.56</x:v>
+        <x:v>76.96</x:v>
       </x:c>
       <x:c r="D81" s="0">
-        <x:v>116.172</x:v>
+        <x:v>129.906</x:v>
       </x:c>
       <x:c r="E81" s="0">
-        <x:v>138.3</x:v>
+        <x:v>154.65</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:5">
       <x:c r="A82" s="1">
-        <x:v>45901.7594444444</x:v>
+        <x:v>45916.7611111111</x:v>
       </x:c>
       <x:c r="B82" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C82" s="0">
-        <x:v>45.75</x:v>
+        <x:v>69.12</x:v>
       </x:c>
       <x:c r="D82" s="0">
-        <x:v>116.256</x:v>
+        <x:v>127.008</x:v>
       </x:c>
       <x:c r="E82" s="0">
-        <x:v>138.4</x:v>
+        <x:v>151.2</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:5">
       <x:c r="A83" s="1">
-        <x:v>45898.7627083333</x:v>
+        <x:v>45915.7666319444</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C83" s="0">
-        <x:v>46.6</x:v>
+        <x:v>62.61</x:v>
       </x:c>
       <x:c r="D83" s="0">
-        <x:v>116.634</x:v>
+        <x:v>124.404</x:v>
       </x:c>
       <x:c r="E83" s="0">
-        <x:v>138.85</x:v>
+        <x:v>148.1</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:5">
       <x:c r="A84" s="1">
-        <x:v>45897.7575925926</x:v>
+        <x:v>45912.7594212963</x:v>
       </x:c>
       <x:c r="B84" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C84" s="0">
-        <x:v>51.06</x:v>
+        <x:v>58.8</x:v>
       </x:c>
       <x:c r="D84" s="0">
-        <x:v>118.692</x:v>
+        <x:v>122.766</x:v>
       </x:c>
       <x:c r="E84" s="0">
-        <x:v>141.3</x:v>
+        <x:v>146.15</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:5">
       <x:c r="A85" s="1">
-        <x:v>45896.7598263889</x:v>
+        <x:v>45911.75875</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C85" s="0">
-        <x:v>51.55</x:v>
+        <x:v>62.32</x:v>
       </x:c>
       <x:c r="D85" s="0">
-        <x:v>118.902</x:v>
+        <x:v>124.152</x:v>
       </x:c>
       <x:c r="E85" s="0">
-        <x:v>141.55</x:v>
+        <x:v>147.8</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:5">
       <x:c r="A86" s="1">
-        <x:v>45895.7574884259</x:v>
+        <x:v>45910.7661342593</x:v>
       </x:c>
       <x:c r="B86" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C86" s="0">
-        <x:v>52.79</x:v>
+        <x:v>64.09</x:v>
       </x:c>
       <x:c r="D86" s="0">
-        <x:v>119.448</x:v>
+        <x:v>124.824</x:v>
       </x:c>
       <x:c r="E86" s="0">
-        <x:v>142.2</x:v>
+        <x:v>148.6</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:5">
       <x:c r="A87" s="1">
-        <x:v>45894.7570138889</x:v>
+        <x:v>45909.7555787037</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C87" s="0">
-        <x:v>52.73</x:v>
+        <x:v>62.65</x:v>
       </x:c>
       <x:c r="D87" s="0">
-        <x:v>119.406</x:v>
+        <x:v>124.236</x:v>
       </x:c>
       <x:c r="E87" s="0">
-        <x:v>142.15</x:v>
+        <x:v>147.9</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:5">
       <x:c r="A88" s="1">
-        <x:v>45891.7584606481</x:v>
+        <x:v>45908.7626157407</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C88" s="0">
-        <x:v>58.94</x:v>
+        <x:v>62.06</x:v>
       </x:c>
       <x:c r="D88" s="0">
-        <x:v>121.926</x:v>
+        <x:v>123.984</x:v>
       </x:c>
       <x:c r="E88" s="0">
-        <x:v>145.15</x:v>
+        <x:v>147.6</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:5">
       <x:c r="A89" s="1">
-        <x:v>45890.7565277778</x:v>
+        <x:v>45905.7753009259</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C89" s="0">
-        <x:v>54.13</x:v>
+        <x:v>58.08</x:v>
       </x:c>
       <x:c r="D89" s="0">
-        <x:v>119.784</x:v>
+        <x:v>122.262</x:v>
       </x:c>
       <x:c r="E89" s="0">
-        <x:v>142.6</x:v>
+        <x:v>145.55</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:5">
       <x:c r="A90" s="1">
-        <x:v>45889.759375</x:v>
+        <x:v>45904.7633564815</x:v>
       </x:c>
       <x:c r="B90" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C90" s="0">
-        <x:v>57.35</x:v>
+        <x:v>57.13</x:v>
       </x:c>
       <x:c r="D90" s="0">
-        <x:v>121.128</x:v>
+        <x:v>121.842</x:v>
       </x:c>
       <x:c r="E90" s="0">
-        <x:v>144.2</x:v>
+        <x:v>145.05</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:5">
       <x:c r="A91" s="1">
-        <x:v>45888.7607291667</x:v>
+        <x:v>45903.7601157407</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C91" s="0">
-        <x:v>57.49</x:v>
+        <x:v>51.79</x:v>
       </x:c>
       <x:c r="D91" s="0">
-        <x:v>121.17</x:v>
+        <x:v>119.364</x:v>
       </x:c>
       <x:c r="E91" s="0">
-        <x:v>144.25</x:v>
+        <x:v>142.1</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:5">
       <x:c r="A92" s="1">
-        <x:v>45887.7582523148</x:v>
+        <x:v>45902.7618055556</x:v>
       </x:c>
       <x:c r="B92" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C92" s="0">
-        <x:v>57.03</x:v>
+        <x:v>45.56</x:v>
       </x:c>
       <x:c r="D92" s="0">
-        <x:v>120.96</x:v>
+        <x:v>116.172</x:v>
       </x:c>
       <x:c r="E92" s="0">
-        <x:v>144</x:v>
+        <x:v>138.3</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:5">
       <x:c r="A93" s="1">
-        <x:v>45884.7577546296</x:v>
+        <x:v>45901.7594444444</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C93" s="0">
-        <x:v>55.49</x:v>
+        <x:v>45.75</x:v>
       </x:c>
       <x:c r="D93" s="0">
-        <x:v>120.246</x:v>
+        <x:v>116.256</x:v>
       </x:c>
       <x:c r="E93" s="0">
-        <x:v>143.15</x:v>
+        <x:v>138.4</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:5">
       <x:c r="A94" s="1">
-        <x:v>45883.7578472222</x:v>
+        <x:v>45898.7627083333</x:v>
       </x:c>
       <x:c r="B94" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C94" s="0">
-        <x:v>52.29</x:v>
+        <x:v>46.6</x:v>
       </x:c>
       <x:c r="D94" s="0">
-        <x:v>118.776</x:v>
+        <x:v>116.634</x:v>
       </x:c>
       <x:c r="E94" s="0">
-        <x:v>141.4</x:v>
+        <x:v>138.85</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:5">
       <x:c r="A95" s="1">
-        <x:v>45882.7698611111</x:v>
+        <x:v>45897.7575925926</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C95" s="0">
-        <x:v>56.15</x:v>
+        <x:v>51.06</x:v>
       </x:c>
       <x:c r="D95" s="0">
-        <x:v>120.414</x:v>
+        <x:v>118.692</x:v>
       </x:c>
       <x:c r="E95" s="0">
-        <x:v>143.35</x:v>
+        <x:v>141.3</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:5">
       <x:c r="A96" s="1">
-        <x:v>45882.7608333333</x:v>
+        <x:v>45896.7598263889</x:v>
       </x:c>
       <x:c r="B96" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C96" s="0">
-        <x:v>56.15</x:v>
+        <x:v>51.55</x:v>
       </x:c>
       <x:c r="D96" s="0">
-        <x:v>120.414</x:v>
+        <x:v>118.902</x:v>
       </x:c>
       <x:c r="E96" s="0">
-        <x:v>143.35</x:v>
+        <x:v>141.55</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:5">
       <x:c r="A97" s="1">
-        <x:v>45881.7571296296</x:v>
+        <x:v>45895.7574884259</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C97" s="0">
-        <x:v>49.85</x:v>
+        <x:v>52.79</x:v>
       </x:c>
       <x:c r="D97" s="0">
-        <x:v>117.432</x:v>
+        <x:v>119.448</x:v>
       </x:c>
       <x:c r="E97" s="0">
-        <x:v>139.8</x:v>
+        <x:v>142.2</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:5">
       <x:c r="A98" s="1">
-        <x:v>45880.7586689815</x:v>
+        <x:v>45894.7570138889</x:v>
       </x:c>
       <x:c r="B98" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C98" s="0">
-        <x:v>46.03</x:v>
+        <x:v>52.73</x:v>
       </x:c>
       <x:c r="D98" s="0">
-        <x:v>115.5</x:v>
+        <x:v>119.406</x:v>
       </x:c>
       <x:c r="E98" s="0">
-        <x:v>137.5</x:v>
+        <x:v>142.15</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:5">
       <x:c r="A99" s="1">
-        <x:v>45877.7857523148</x:v>
+        <x:v>45891.7584606481</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C99" s="0">
-        <x:v>48.21</x:v>
+        <x:v>58.94</x:v>
       </x:c>
       <x:c r="D99" s="0">
-        <x:v>116.508</x:v>
+        <x:v>121.926</x:v>
       </x:c>
       <x:c r="E99" s="0">
-        <x:v>138.7</x:v>
+        <x:v>145.15</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:5">
       <x:c r="A100" s="1">
-        <x:v>45876.7589467593</x:v>
+        <x:v>45890.7565277778</x:v>
       </x:c>
       <x:c r="B100" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C100" s="0">
-        <x:v>41.38</x:v>
+        <x:v>54.13</x:v>
       </x:c>
       <x:c r="D100" s="0">
-        <x:v>112.77</x:v>
+        <x:v>119.784</x:v>
       </x:c>
       <x:c r="E100" s="0">
-        <x:v>134.25</x:v>
+        <x:v>142.6</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:5">
       <x:c r="A101" s="1">
-        <x:v>45875.7594444444</x:v>
+        <x:v>45889.759375</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C101" s="0">
-        <x:v>37.88</x:v>
+        <x:v>57.35</x:v>
       </x:c>
       <x:c r="D101" s="0">
-        <x:v>110.712</x:v>
+        <x:v>121.128</x:v>
       </x:c>
       <x:c r="E101" s="0">
-        <x:v>131.8</x:v>
+        <x:v>144.2</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:5">
       <x:c r="A102" s="1">
-        <x:v>45874.7580092593</x:v>
+        <x:v>45888.7607291667</x:v>
       </x:c>
       <x:c r="B102" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C102" s="0">
-        <x:v>35.84</x:v>
+        <x:v>57.49</x:v>
       </x:c>
       <x:c r="D102" s="0">
-        <x:v>109.452</x:v>
+        <x:v>121.17</x:v>
       </x:c>
       <x:c r="E102" s="0">
-        <x:v>130.3</x:v>
+        <x:v>144.25</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:5">
       <x:c r="A103" s="1">
-        <x:v>45873.7607986111</x:v>
+        <x:v>45887.7582523148</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C103" s="0">
-        <x:v>34.02</x:v>
+        <x:v>57.03</x:v>
       </x:c>
       <x:c r="D103" s="0">
-        <x:v>108.276</x:v>
+        <x:v>120.96</x:v>
       </x:c>
       <x:c r="E103" s="0">
-        <x:v>128.9</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:5">
       <x:c r="A104" s="1">
-        <x:v>45870.7602314815</x:v>
+        <x:v>45884.7577546296</x:v>
       </x:c>
       <x:c r="B104" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C104" s="0">
-        <x:v>33.37</x:v>
+        <x:v>55.49</x:v>
       </x:c>
       <x:c r="D104" s="0">
-        <x:v>107.814</x:v>
+        <x:v>120.246</x:v>
       </x:c>
       <x:c r="E104" s="0">
-        <x:v>128.35</x:v>
+        <x:v>143.15</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:5">
       <x:c r="A105" s="1">
-        <x:v>45869.7836574074</x:v>
+        <x:v>45883.7578472222</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C105" s="0">
-        <x:v>39.34</x:v>
+        <x:v>52.29</x:v>
       </x:c>
       <x:c r="D105" s="0">
-        <x:v>111.174</x:v>
+        <x:v>118.776</x:v>
       </x:c>
       <x:c r="E105" s="0">
-        <x:v>132.35</x:v>
+        <x:v>141.4</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:5">
       <x:c r="A106" s="1">
-        <x:v>45868.7572569444</x:v>
+        <x:v>45882.7698611111</x:v>
       </x:c>
       <x:c r="B106" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C106" s="0">
-        <x:v>45.19</x:v>
+        <x:v>56.15</x:v>
       </x:c>
       <x:c r="D106" s="0">
-        <x:v>114.114</x:v>
+        <x:v>120.414</x:v>
       </x:c>
       <x:c r="E106" s="0">
-        <x:v>135.85</x:v>
+        <x:v>143.35</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:5">
       <x:c r="A107" s="1">
-        <x:v>45866.7583101852</x:v>
+        <x:v>45882.7608333333</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C107" s="0">
-        <x:v>54.66</x:v>
+        <x:v>56.15</x:v>
       </x:c>
       <x:c r="D107" s="0">
-        <x:v>118.272</x:v>
+        <x:v>120.414</x:v>
       </x:c>
       <x:c r="E107" s="0">
-        <x:v>140.8</x:v>
+        <x:v>143.35</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:5">
       <x:c r="A108" s="1">
-        <x:v>45863.756724537</x:v>
+        <x:v>45881.7571296296</x:v>
       </x:c>
       <x:c r="B108" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C108" s="0">
-        <x:v>62.23</x:v>
+        <x:v>49.85</x:v>
       </x:c>
       <x:c r="D108" s="0">
-        <x:v>121.17</x:v>
+        <x:v>117.432</x:v>
       </x:c>
       <x:c r="E108" s="0">
-        <x:v>144.25</x:v>
+        <x:v>139.8</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:5">
       <x:c r="A109" s="1">
-        <x:v>45862.7626967593</x:v>
+        <x:v>45880.7586689815</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C109" s="0">
-        <x:v>60.99</x:v>
+        <x:v>46.03</x:v>
       </x:c>
       <x:c r="D109" s="0">
-        <x:v>120.666</x:v>
+        <x:v>115.5</x:v>
       </x:c>
       <x:c r="E109" s="0">
-        <x:v>143.65</x:v>
+        <x:v>137.5</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:5">
       <x:c r="A110" s="1">
-        <x:v>45861.7587037037</x:v>
+        <x:v>45877.7857523148</x:v>
       </x:c>
       <x:c r="B110" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C110" s="0">
-        <x:v>63.9</x:v>
+        <x:v>48.21</x:v>
       </x:c>
       <x:c r="D110" s="0">
-        <x:v>121.758</x:v>
+        <x:v>116.508</x:v>
       </x:c>
       <x:c r="E110" s="0">
-        <x:v>144.95</x:v>
+        <x:v>138.7</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:5">
       <x:c r="A111" s="1">
+        <x:v>45876.7589467593</x:v>
+      </x:c>
+      <x:c r="B111" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C111" s="0">
+        <x:v>41.38</x:v>
+      </x:c>
+      <x:c r="D111" s="0">
+        <x:v>112.77</x:v>
+      </x:c>
+      <x:c r="E111" s="0">
+        <x:v>134.25</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="112" spans="1:5">
+      <x:c r="A112" s="1">
+        <x:v>45875.7594444444</x:v>
+      </x:c>
+      <x:c r="B112" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C112" s="0">
+        <x:v>37.88</x:v>
+      </x:c>
+      <x:c r="D112" s="0">
+        <x:v>110.712</x:v>
+      </x:c>
+      <x:c r="E112" s="0">
+        <x:v>131.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="113" spans="1:5">
+      <x:c r="A113" s="1">
+        <x:v>45874.7580092593</x:v>
+      </x:c>
+      <x:c r="B113" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C113" s="0">
+        <x:v>35.84</x:v>
+      </x:c>
+      <x:c r="D113" s="0">
+        <x:v>109.452</x:v>
+      </x:c>
+      <x:c r="E113" s="0">
+        <x:v>130.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="114" spans="1:5">
+      <x:c r="A114" s="1">
+        <x:v>45873.7607986111</x:v>
+      </x:c>
+      <x:c r="B114" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C114" s="0">
+        <x:v>34.02</x:v>
+      </x:c>
+      <x:c r="D114" s="0">
+        <x:v>108.276</x:v>
+      </x:c>
+      <x:c r="E114" s="0">
+        <x:v>128.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="115" spans="1:5">
+      <x:c r="A115" s="1">
+        <x:v>45870.7602314815</x:v>
+      </x:c>
+      <x:c r="B115" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C115" s="0">
+        <x:v>33.37</x:v>
+      </x:c>
+      <x:c r="D115" s="0">
+        <x:v>107.814</x:v>
+      </x:c>
+      <x:c r="E115" s="0">
+        <x:v>128.35</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="116" spans="1:5">
+      <x:c r="A116" s="1">
+        <x:v>45869.7836574074</x:v>
+      </x:c>
+      <x:c r="B116" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C116" s="0">
+        <x:v>39.34</x:v>
+      </x:c>
+      <x:c r="D116" s="0">
+        <x:v>111.174</x:v>
+      </x:c>
+      <x:c r="E116" s="0">
+        <x:v>132.35</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="117" spans="1:5">
+      <x:c r="A117" s="1">
+        <x:v>45868.7572569444</x:v>
+      </x:c>
+      <x:c r="B117" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C117" s="0">
+        <x:v>45.19</x:v>
+      </x:c>
+      <x:c r="D117" s="0">
+        <x:v>114.114</x:v>
+      </x:c>
+      <x:c r="E117" s="0">
+        <x:v>135.85</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="118" spans="1:5">
+      <x:c r="A118" s="1">
+        <x:v>45866.7583101852</x:v>
+      </x:c>
+      <x:c r="B118" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C118" s="0">
+        <x:v>54.66</x:v>
+      </x:c>
+      <x:c r="D118" s="0">
+        <x:v>118.272</x:v>
+      </x:c>
+      <x:c r="E118" s="0">
+        <x:v>140.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="119" spans="1:5">
+      <x:c r="A119" s="1">
+        <x:v>45863.756724537</x:v>
+      </x:c>
+      <x:c r="B119" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C119" s="0">
+        <x:v>62.23</x:v>
+      </x:c>
+      <x:c r="D119" s="0">
+        <x:v>121.17</x:v>
+      </x:c>
+      <x:c r="E119" s="0">
+        <x:v>144.25</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="120" spans="1:5">
+      <x:c r="A120" s="1">
+        <x:v>45862.7626967593</x:v>
+      </x:c>
+      <x:c r="B120" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C120" s="0">
+        <x:v>60.99</x:v>
+      </x:c>
+      <x:c r="D120" s="0">
+        <x:v>120.666</x:v>
+      </x:c>
+      <x:c r="E120" s="0">
+        <x:v>143.65</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="121" spans="1:5">
+      <x:c r="A121" s="1">
+        <x:v>45861.7587037037</x:v>
+      </x:c>
+      <x:c r="B121" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C121" s="0">
+        <x:v>63.9</x:v>
+      </x:c>
+      <x:c r="D121" s="0">
+        <x:v>121.758</x:v>
+      </x:c>
+      <x:c r="E121" s="0">
+        <x:v>144.95</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="122" spans="1:5">
+      <x:c r="A122" s="1">
         <x:v>45860.7619097222</x:v>
       </x:c>
-      <x:c r="B111" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C111" s="0">
+      <x:c r="B122" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C122" s="0">
         <x:v>56.08</x:v>
       </x:c>
-      <x:c r="D111" s="0">
+      <x:c r="D122" s="0">
         <x:v>118.44</x:v>
       </x:c>
-      <x:c r="E111" s="0">
+      <x:c r="E122" s="0">
         <x:v>141</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>