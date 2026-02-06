--- v3 (2026-01-02)
+++ v4 (2026-02-06)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9e0f723195dd4450" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/03a6e2d16b444ea2af9b28360cb9abe3.psmdcp" Id="R7867f0732d804744" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c0e278960c64c96" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5f40662ab2da4ed48eb64cf9d498137a.psmdcp" Id="R26625ce7b9ad449b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>DE000BB30ES2</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -390,2120 +390,2783 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E122"/>
+  <x:dimension ref="A1:E161"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>46024.7366435185</x:v>
+        <x:v>46058.737337963</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
-        <x:v>156.59</x:v>
+        <x:v>146.55</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>155.484</x:v>
+        <x:v>155.526</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>185.1</x:v>
+        <x:v>185.15</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>46021.7368634259</x:v>
+        <x:v>46057.7740162037</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
-        <x:v>160.34</x:v>
+        <x:v>139.41</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>156.156</x:v>
+        <x:v>153.93</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>185.9</x:v>
+        <x:v>183.25</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>46020.736875</x:v>
+        <x:v>46057.7372569444</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
-        <x:v>161.52</x:v>
+        <x:v>139.41</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>156.366</x:v>
+        <x:v>153.93</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>186.15</x:v>
+        <x:v>183.25</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>46014.7368634259</x:v>
+        <x:v>46056.821087963</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
-        <x:v>153.54</x:v>
+        <x:v>117.68</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>154.644</x:v>
+        <x:v>148.428</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>184.1</x:v>
+        <x:v>176.7</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>46013.7370486111</x:v>
+        <x:v>46056.7740277778</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
-        <x:v>153.21</x:v>
+        <x:v>117.68</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>154.56</x:v>
+        <x:v>148.428</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>184</x:v>
+        <x:v>176.7</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>46010.737037037</x:v>
+        <x:v>46056.7371990741</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
-        <x:v>153.08</x:v>
+        <x:v>117.68</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>154.476</x:v>
+        <x:v>148.428</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>183.9</x:v>
+        <x:v>176.7</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>46009.7370717593</x:v>
+        <x:v>46055.7738773148</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
-        <x:v>170.68</x:v>
+        <x:v>118.09</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>157.71</x:v>
+        <x:v>148.512</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>187.75</x:v>
+        <x:v>176.8</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>46008.7373263889</x:v>
+        <x:v>46055.7371064815</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
-        <x:v>144.46</x:v>
+        <x:v>118.09</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>152.166</x:v>
+        <x:v>148.512</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>181.15</x:v>
+        <x:v>176.8</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>46007.7370138889</x:v>
+        <x:v>46052.7750115741</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
-        <x:v>142.38</x:v>
+        <x:v>123.7</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>151.704</x:v>
+        <x:v>149.814</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>180.6</x:v>
+        <x:v>178.35</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>46006.7734953704</x:v>
+        <x:v>46052.7372337963</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C12" s="0">
-        <x:v>140.9</x:v>
+        <x:v>123.7</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>151.368</x:v>
+        <x:v>149.814</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>180.2</x:v>
+        <x:v>178.35</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>46006.7372685185</x:v>
+        <x:v>46051.7371180556</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0">
-        <x:v>140.9</x:v>
+        <x:v>115.71</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>151.368</x:v>
+        <x:v>147.756</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>180.2</x:v>
+        <x:v>175.9</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>46003.7371759259</x:v>
+        <x:v>46050.7370949074</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C14" s="0">
-        <x:v>142.34</x:v>
+        <x:v>120.54</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>151.62</x:v>
+        <x:v>148.848</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>180.5</x:v>
+        <x:v>177.2</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>46002.7740509259</x:v>
+        <x:v>46049.7368634259</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
-        <x:v>135.41</x:v>
+        <x:v>116.64</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>150.066</x:v>
+        <x:v>147.84</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>178.65</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>46002.7369212963</x:v>
+        <x:v>46048.7747800926</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C16" s="0">
-        <x:v>135.41</x:v>
+        <x:v>116.71</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>150.066</x:v>
+        <x:v>147.84</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>178.65</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>46001.7725810185</x:v>
+        <x:v>46045.7737268519</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C17" s="0">
-        <x:v>119.99</x:v>
+        <x:v>116.77</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>146.286</x:v>
+        <x:v>147.798</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>174.15</x:v>
+        <x:v>175.95</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>46001.7370138889</x:v>
+        <x:v>46045.736875</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="0">
-        <x:v>119.99</x:v>
+        <x:v>116.77</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>146.286</x:v>
+        <x:v>147.798</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>174.15</x:v>
+        <x:v>175.95</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>46000.7370486111</x:v>
+        <x:v>46044.7737037037</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C19" s="0">
-        <x:v>115.38</x:v>
+        <x:v>119.21</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>145.11</x:v>
+        <x:v>148.386</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>172.75</x:v>
+        <x:v>176.65</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
-        <x:v>45999.7371875</x:v>
+        <x:v>46044.7370486111</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C20" s="0">
-        <x:v>119.58</x:v>
+        <x:v>119.21</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>146.118</x:v>
+        <x:v>148.386</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>173.95</x:v>
+        <x:v>176.65</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="1">
-        <x:v>45996.7368402778</x:v>
+        <x:v>46043.7727314815</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C21" s="0">
-        <x:v>129.54</x:v>
+        <x:v>115.5</x:v>
       </x:c>
       <x:c r="D21" s="0">
-        <x:v>148.344</x:v>
+        <x:v>147.42</x:v>
       </x:c>
       <x:c r="E21" s="0">
-        <x:v>176.6</x:v>
+        <x:v>175.5</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="1">
-        <x:v>45995.7378819444</x:v>
+        <x:v>46043.7370833333</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C22" s="0">
-        <x:v>134.15</x:v>
+        <x:v>115.5</x:v>
       </x:c>
       <x:c r="D22" s="0">
-        <x:v>149.352</x:v>
+        <x:v>147.42</x:v>
       </x:c>
       <x:c r="E22" s="0">
-        <x:v>177.8</x:v>
+        <x:v>175.5</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="1">
-        <x:v>45994.7372685185</x:v>
+        <x:v>46042.7743055556</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C23" s="0">
-        <x:v>140.71</x:v>
+        <x:v>120.16</x:v>
       </x:c>
       <x:c r="D23" s="0">
-        <x:v>150.738</x:v>
+        <x:v>148.554</x:v>
       </x:c>
       <x:c r="E23" s="0">
-        <x:v>179.45</x:v>
+        <x:v>176.85</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="1">
-        <x:v>45993.7373032407</x:v>
+        <x:v>46042.7372222222</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C24" s="0">
-        <x:v>136.2</x:v>
+        <x:v>120.16</x:v>
       </x:c>
       <x:c r="D24" s="0">
-        <x:v>149.73</x:v>
+        <x:v>148.554</x:v>
       </x:c>
       <x:c r="E24" s="0">
-        <x:v>178.25</x:v>
+        <x:v>176.85</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="1">
-        <x:v>45992.7372106481</x:v>
+        <x:v>46041.773599537</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C25" s="0">
-        <x:v>128.27</x:v>
+        <x:v>114.19</x:v>
       </x:c>
       <x:c r="D25" s="0">
-        <x:v>147.882</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="E25" s="0">
-        <x:v>176.05</x:v>
+        <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="1">
-        <x:v>45989.7370717593</x:v>
+        <x:v>46041.7370949074</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C26" s="0">
-        <x:v>112.83</x:v>
+        <x:v>114.19</x:v>
       </x:c>
       <x:c r="D26" s="0">
-        <x:v>143.892</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="E26" s="0">
-        <x:v>171.3</x:v>
+        <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="1">
-        <x:v>45988.7370023148</x:v>
+        <x:v>46038.7738888889</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C27" s="0">
-        <x:v>121.11</x:v>
+        <x:v>123.28</x:v>
       </x:c>
       <x:c r="D27" s="0">
-        <x:v>145.866</x:v>
+        <x:v>149.142</x:v>
       </x:c>
       <x:c r="E27" s="0">
-        <x:v>173.65</x:v>
+        <x:v>177.55</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="1">
-        <x:v>45987.7371296296</x:v>
+        <x:v>46038.7369560185</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C28" s="0">
-        <x:v>123.13</x:v>
+        <x:v>123.28</x:v>
       </x:c>
       <x:c r="D28" s="0">
-        <x:v>146.328</x:v>
+        <x:v>149.142</x:v>
       </x:c>
       <x:c r="E28" s="0">
-        <x:v>174.2</x:v>
+        <x:v>177.55</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="1">
-        <x:v>45986.7689583333</x:v>
+        <x:v>46037.7736458333</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C29" s="0">
-        <x:v>116.76</x:v>
+        <x:v>129.88</x:v>
       </x:c>
       <x:c r="D29" s="0">
-        <x:v>144.732</x:v>
+        <x:v>150.654</x:v>
       </x:c>
       <x:c r="E29" s="0">
-        <x:v>172.3</x:v>
+        <x:v>179.35</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="1">
-        <x:v>45986.7372685185</x:v>
+        <x:v>46037.7371527778</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C30" s="0">
-        <x:v>116.76</x:v>
+        <x:v>129.88</x:v>
       </x:c>
       <x:c r="D30" s="0">
-        <x:v>144.732</x:v>
+        <x:v>150.654</x:v>
       </x:c>
       <x:c r="E30" s="0">
-        <x:v>172.3</x:v>
+        <x:v>179.35</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="1">
-        <x:v>45985.736724537</x:v>
+        <x:v>46036.774224537</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C31" s="0">
-        <x:v>121.02</x:v>
+        <x:v>138.35</x:v>
       </x:c>
       <x:c r="D31" s="0">
-        <x:v>145.74</x:v>
+        <x:v>152.502</x:v>
       </x:c>
       <x:c r="E31" s="0">
-        <x:v>173.5</x:v>
+        <x:v>181.55</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="1">
-        <x:v>45982.737037037</x:v>
+        <x:v>46036.7371412037</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C32" s="0">
-        <x:v>117.5</x:v>
+        <x:v>138.35</x:v>
       </x:c>
       <x:c r="D32" s="0">
-        <x:v>144.816</x:v>
+        <x:v>152.502</x:v>
       </x:c>
       <x:c r="E32" s="0">
-        <x:v>172.4</x:v>
+        <x:v>181.55</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="1">
-        <x:v>45981.7368402778</x:v>
+        <x:v>46035.7726851852</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C33" s="0">
-        <x:v>114.24</x:v>
+        <x:v>136.73</x:v>
       </x:c>
       <x:c r="D33" s="0">
-        <x:v>143.976</x:v>
+        <x:v>152.124</x:v>
       </x:c>
       <x:c r="E33" s="0">
-        <x:v>171.4</x:v>
+        <x:v>181.1</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="1">
-        <x:v>45980.7367592593</x:v>
+        <x:v>46035.7369791667</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C34" s="0">
-        <x:v>126.24</x:v>
+        <x:v>136.73</x:v>
       </x:c>
       <x:c r="D34" s="0">
-        <x:v>146.748</x:v>
+        <x:v>152.124</x:v>
       </x:c>
       <x:c r="E34" s="0">
-        <x:v>174.7</x:v>
+        <x:v>181.1</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="1">
-        <x:v>45979.7368055556</x:v>
+        <x:v>46034.7734722222</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C35" s="0">
-        <x:v>120.74</x:v>
+        <x:v>131.16</x:v>
       </x:c>
       <x:c r="D35" s="0">
-        <x:v>145.404</x:v>
+        <x:v>150.822</x:v>
       </x:c>
       <x:c r="E35" s="0">
-        <x:v>173.1</x:v>
+        <x:v>179.55</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="1">
-        <x:v>45978.7367708333</x:v>
+        <x:v>46031.7746759259</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C36" s="0">
-        <x:v>134.94</x:v>
+        <x:v>129.77</x:v>
       </x:c>
       <x:c r="D36" s="0">
-        <x:v>148.512</x:v>
+        <x:v>150.444</x:v>
       </x:c>
       <x:c r="E36" s="0">
-        <x:v>176.8</x:v>
+        <x:v>179.1</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="1">
-        <x:v>45975.7367013889</x:v>
+        <x:v>46030.7735763889</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C37" s="0">
-        <x:v>157.29</x:v>
+        <x:v>128.06</x:v>
       </x:c>
       <x:c r="D37" s="0">
-        <x:v>152.796</x:v>
+        <x:v>150.024</x:v>
       </x:c>
       <x:c r="E37" s="0">
-        <x:v>181.9</x:v>
+        <x:v>178.6</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="1">
-        <x:v>45974.7370138889</x:v>
+        <x:v>46030.737037037</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C38" s="0">
-        <x:v>166.44</x:v>
+        <x:v>128.06</x:v>
       </x:c>
       <x:c r="D38" s="0">
-        <x:v>154.476</x:v>
+        <x:v>150.024</x:v>
       </x:c>
       <x:c r="E38" s="0">
-        <x:v>183.9</x:v>
+        <x:v>178.6</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="1">
-        <x:v>45973.7367361111</x:v>
+        <x:v>46029.7726851852</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C39" s="0">
-        <x:v>156.62</x:v>
+        <x:v>155.94</x:v>
       </x:c>
       <x:c r="D39" s="0">
-        <x:v>152.544</x:v>
+        <x:v>155.568</x:v>
       </x:c>
       <x:c r="E39" s="0">
-        <x:v>181.6</x:v>
+        <x:v>185.2</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="1">
-        <x:v>45972.7367361111</x:v>
+        <x:v>46029.7371064815</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C40" s="0">
-        <x:v>147.66</x:v>
+        <x:v>155.94</x:v>
       </x:c>
       <x:c r="D40" s="0">
-        <x:v>150.696</x:v>
+        <x:v>155.568</x:v>
       </x:c>
       <x:c r="E40" s="0">
-        <x:v>179.4</x:v>
+        <x:v>185.2</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="1">
-        <x:v>45968.7368865741</x:v>
+        <x:v>46027.7372685185</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C41" s="0">
-        <x:v>123.69</x:v>
+        <x:v>145.93</x:v>
       </x:c>
       <x:c r="D41" s="0">
-        <x:v>145.152</x:v>
+        <x:v>153.426</x:v>
       </x:c>
       <x:c r="E41" s="0">
-        <x:v>172.8</x:v>
+        <x:v>182.65</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="1">
-        <x:v>45967.7368402778</x:v>
+        <x:v>46024.7366435185</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C42" s="0">
-        <x:v>118.41</x:v>
+        <x:v>156.59</x:v>
       </x:c>
       <x:c r="D42" s="0">
-        <x:v>141.47</x:v>
+        <x:v>155.484</x:v>
       </x:c>
       <x:c r="E42" s="0">
-        <x:v>171.25</x:v>
+        <x:v>185.1</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="1">
-        <x:v>45967.3261689815</x:v>
+        <x:v>46021.7368634259</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C43" s="0">
-        <x:v>121.71</x:v>
+        <x:v>160.34</x:v>
       </x:c>
       <x:c r="D43" s="0">
-        <x:v>142.31</x:v>
+        <x:v>156.156</x:v>
       </x:c>
       <x:c r="E43" s="0">
-        <x:v>172.25</x:v>
+        <x:v>185.9</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="1">
-        <x:v>45966.7368402778</x:v>
+        <x:v>46020.736875</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C44" s="0">
-        <x:v>113.91</x:v>
+        <x:v>161.52</x:v>
       </x:c>
       <x:c r="D44" s="0">
-        <x:v>144.69</x:v>
+        <x:v>156.366</x:v>
       </x:c>
       <x:c r="E44" s="0">
-        <x:v>172.25</x:v>
+        <x:v>186.15</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="1">
-        <x:v>45965.7388425926</x:v>
+        <x:v>46014.7368634259</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C45" s="0">
-        <x:v>111.07</x:v>
+        <x:v>153.54</x:v>
       </x:c>
       <x:c r="D45" s="0">
-        <x:v>143.934</x:v>
+        <x:v>154.644</x:v>
       </x:c>
       <x:c r="E45" s="0">
-        <x:v>171.35</x:v>
+        <x:v>184.1</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="1">
-        <x:v>45964.7369212963</x:v>
+        <x:v>46013.7370486111</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C46" s="0">
-        <x:v>127.25</x:v>
+        <x:v>153.21</x:v>
       </x:c>
       <x:c r="D46" s="0">
-        <x:v>147.672</x:v>
+        <x:v>154.56</x:v>
       </x:c>
       <x:c r="E46" s="0">
-        <x:v>175.8</x:v>
+        <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="1">
-        <x:v>45961.8177777778</x:v>
+        <x:v>46010.737037037</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C47" s="0">
-        <x:v>145.71</x:v>
+        <x:v>153.08</x:v>
       </x:c>
       <x:c r="D47" s="0">
-        <x:v>151.452</x:v>
+        <x:v>154.476</x:v>
       </x:c>
       <x:c r="E47" s="0">
-        <x:v>180.3</x:v>
+        <x:v>183.9</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5">
       <x:c r="A48" s="1">
-        <x:v>45961.7365393518</x:v>
+        <x:v>46009.7370717593</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C48" s="0">
-        <x:v>145.71</x:v>
+        <x:v>170.68</x:v>
       </x:c>
       <x:c r="D48" s="0">
-        <x:v>151.452</x:v>
+        <x:v>157.71</x:v>
       </x:c>
       <x:c r="E48" s="0">
-        <x:v>180.3</x:v>
+        <x:v>187.75</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
       <x:c r="A49" s="1">
-        <x:v>45961.6041550926</x:v>
+        <x:v>46008.7373263889</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C49" s="0">
-        <x:v>145.71</x:v>
+        <x:v>144.46</x:v>
       </x:c>
       <x:c r="D49" s="0">
-        <x:v>151.452</x:v>
+        <x:v>152.166</x:v>
       </x:c>
       <x:c r="E49" s="0">
-        <x:v>180.3</x:v>
+        <x:v>181.15</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5">
       <x:c r="A50" s="1">
-        <x:v>45960.7368171296</x:v>
+        <x:v>46007.7370138889</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C50" s="0">
-        <x:v>144.2</x:v>
+        <x:v>142.38</x:v>
       </x:c>
       <x:c r="D50" s="0">
-        <x:v>151.116</x:v>
+        <x:v>151.704</x:v>
       </x:c>
       <x:c r="E50" s="0">
-        <x:v>179.9</x:v>
+        <x:v>180.6</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5">
       <x:c r="A51" s="1">
-        <x:v>45959.7367592593</x:v>
+        <x:v>46006.7734953704</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C51" s="0">
-        <x:v>141.14</x:v>
+        <x:v>140.9</x:v>
       </x:c>
       <x:c r="D51" s="0">
-        <x:v>150.444</x:v>
+        <x:v>151.368</x:v>
       </x:c>
       <x:c r="E51" s="0">
-        <x:v>179.1</x:v>
+        <x:v>180.2</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5">
       <x:c r="A52" s="1">
-        <x:v>45958.7367824074</x:v>
+        <x:v>46006.7372685185</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C52" s="0">
-        <x:v>147.99</x:v>
+        <x:v>140.9</x:v>
       </x:c>
       <x:c r="D52" s="0">
-        <x:v>151.83</x:v>
+        <x:v>151.368</x:v>
       </x:c>
       <x:c r="E52" s="0">
-        <x:v>180.75</x:v>
+        <x:v>180.2</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5">
       <x:c r="A53" s="1">
-        <x:v>45957.7750694444</x:v>
+        <x:v>46003.7371759259</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C53" s="0">
-        <x:v>148.29</x:v>
+        <x:v>142.34</x:v>
       </x:c>
       <x:c r="D53" s="0">
-        <x:v>151.872</x:v>
+        <x:v>151.62</x:v>
       </x:c>
       <x:c r="E53" s="0">
-        <x:v>180.8</x:v>
+        <x:v>180.5</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5">
       <x:c r="A54" s="1">
-        <x:v>45954.7370833333</x:v>
+        <x:v>46002.7740509259</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C54" s="0">
-        <x:v>145.73</x:v>
+        <x:v>135.41</x:v>
       </x:c>
       <x:c r="D54" s="0">
-        <x:v>151.284</x:v>
+        <x:v>150.066</x:v>
       </x:c>
       <x:c r="E54" s="0">
-        <x:v>180.1</x:v>
+        <x:v>178.65</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5">
       <x:c r="A55" s="1">
-        <x:v>45953.7373611111</x:v>
+        <x:v>46002.7369212963</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C55" s="0">
-        <x:v>147.05</x:v>
+        <x:v>135.41</x:v>
       </x:c>
       <x:c r="D55" s="0">
-        <x:v>151.536</x:v>
+        <x:v>150.066</x:v>
       </x:c>
       <x:c r="E55" s="0">
-        <x:v>180.4</x:v>
+        <x:v>178.65</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5">
       <x:c r="A56" s="1">
-        <x:v>45952.7370601852</x:v>
+        <x:v>46001.7725810185</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C56" s="0">
-        <x:v>139.89</x:v>
+        <x:v>119.99</x:v>
       </x:c>
       <x:c r="D56" s="0">
-        <x:v>149.982</x:v>
+        <x:v>146.286</x:v>
       </x:c>
       <x:c r="E56" s="0">
-        <x:v>178.55</x:v>
+        <x:v>174.15</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:5">
       <x:c r="A57" s="1">
-        <x:v>45951.7369907407</x:v>
+        <x:v>46001.7370138889</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C57" s="0">
-        <x:v>138.42</x:v>
+        <x:v>119.99</x:v>
       </x:c>
       <x:c r="D57" s="0">
-        <x:v>149.646</x:v>
+        <x:v>146.286</x:v>
       </x:c>
       <x:c r="E57" s="0">
-        <x:v>178.15</x:v>
+        <x:v>174.15</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:5">
       <x:c r="A58" s="1">
-        <x:v>45950.737037037</x:v>
+        <x:v>46000.7370486111</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C58" s="0">
-        <x:v>140.08</x:v>
+        <x:v>115.38</x:v>
       </x:c>
       <x:c r="D58" s="0">
-        <x:v>149.982</x:v>
+        <x:v>145.11</x:v>
       </x:c>
       <x:c r="E58" s="0">
-        <x:v>178.55</x:v>
+        <x:v>172.75</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:5">
       <x:c r="A59" s="1">
-        <x:v>45947.7367824074</x:v>
+        <x:v>45999.7371875</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C59" s="0">
-        <x:v>132.45</x:v>
+        <x:v>119.58</x:v>
       </x:c>
       <x:c r="D59" s="0">
-        <x:v>148.218</x:v>
+        <x:v>146.118</x:v>
       </x:c>
       <x:c r="E59" s="0">
-        <x:v>176.45</x:v>
+        <x:v>173.95</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:5">
       <x:c r="A60" s="1">
-        <x:v>45946.7603125</x:v>
+        <x:v>45996.7368402778</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C60" s="0">
-        <x:v>129.4</x:v>
+        <x:v>129.54</x:v>
       </x:c>
       <x:c r="D60" s="0">
-        <x:v>147.504</x:v>
+        <x:v>148.344</x:v>
       </x:c>
       <x:c r="E60" s="0">
-        <x:v>175.6</x:v>
+        <x:v>176.6</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:5">
       <x:c r="A61" s="1">
-        <x:v>45945.7368981481</x:v>
+        <x:v>45995.7378819444</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C61" s="0">
-        <x:v>121.09</x:v>
+        <x:v>134.15</x:v>
       </x:c>
       <x:c r="D61" s="0">
-        <x:v>145.488</x:v>
+        <x:v>149.352</x:v>
       </x:c>
       <x:c r="E61" s="0">
-        <x:v>173.2</x:v>
+        <x:v>177.8</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:5">
       <x:c r="A62" s="1">
-        <x:v>45944.7367592593</x:v>
+        <x:v>45994.7372685185</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C62" s="0">
-        <x:v>113.84</x:v>
+        <x:v>140.71</x:v>
       </x:c>
       <x:c r="D62" s="0">
-        <x:v>143.64</x:v>
+        <x:v>150.738</x:v>
       </x:c>
       <x:c r="E62" s="0">
-        <x:v>171</x:v>
+        <x:v>179.45</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:5">
       <x:c r="A63" s="1">
-        <x:v>45943.7373263889</x:v>
+        <x:v>45993.7373032407</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C63" s="0">
-        <x:v>109.39</x:v>
+        <x:v>136.2</x:v>
       </x:c>
       <x:c r="D63" s="0">
-        <x:v>142.464</x:v>
+        <x:v>149.73</x:v>
       </x:c>
       <x:c r="E63" s="0">
-        <x:v>169.6</x:v>
+        <x:v>178.25</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:5">
       <x:c r="A64" s="1">
-        <x:v>45940.7628009259</x:v>
+        <x:v>45992.7372106481</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C64" s="0">
-        <x:v>105.52</x:v>
+        <x:v>128.27</x:v>
       </x:c>
       <x:c r="D64" s="0">
-        <x:v>141.372</x:v>
+        <x:v>147.882</x:v>
       </x:c>
       <x:c r="E64" s="0">
-        <x:v>168.3</x:v>
+        <x:v>176.05</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:5">
       <x:c r="A65" s="1">
-        <x:v>45939.7572106481</x:v>
+        <x:v>45989.7370717593</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C65" s="0">
-        <x:v>107.49</x:v>
+        <x:v>112.83</x:v>
       </x:c>
       <x:c r="D65" s="0">
-        <x:v>141.876</x:v>
+        <x:v>143.892</x:v>
       </x:c>
       <x:c r="E65" s="0">
-        <x:v>168.9</x:v>
+        <x:v>171.3</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:5">
       <x:c r="A66" s="1">
-        <x:v>45938.7365856481</x:v>
+        <x:v>45988.7370023148</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C66" s="0">
-        <x:v>120.1</x:v>
+        <x:v>121.11</x:v>
       </x:c>
       <x:c r="D66" s="0">
-        <x:v>144.9</x:v>
+        <x:v>145.866</x:v>
       </x:c>
       <x:c r="E66" s="0">
-        <x:v>172.5</x:v>
+        <x:v>173.65</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:5">
       <x:c r="A67" s="1">
-        <x:v>45937.7365393518</x:v>
+        <x:v>45987.7371296296</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C67" s="0">
-        <x:v>131.21</x:v>
+        <x:v>123.13</x:v>
       </x:c>
       <x:c r="D67" s="0">
-        <x:v>147.378</x:v>
+        <x:v>146.328</x:v>
       </x:c>
       <x:c r="E67" s="0">
-        <x:v>175.45</x:v>
+        <x:v>174.2</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:5">
       <x:c r="A68" s="1">
-        <x:v>45936.7365856481</x:v>
+        <x:v>45986.7689583333</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C68" s="0">
-        <x:v>148.69</x:v>
+        <x:v>116.76</x:v>
       </x:c>
       <x:c r="D68" s="0">
-        <x:v>150.906</x:v>
+        <x:v>144.732</x:v>
       </x:c>
       <x:c r="E68" s="0">
-        <x:v>179.65</x:v>
+        <x:v>172.3</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:5">
       <x:c r="A69" s="1">
-        <x:v>45933.7365277778</x:v>
+        <x:v>45986.7372685185</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C69" s="0">
-        <x:v>144.9</x:v>
+        <x:v>116.76</x:v>
       </x:c>
       <x:c r="D69" s="0">
-        <x:v>150.066</x:v>
+        <x:v>144.732</x:v>
       </x:c>
       <x:c r="E69" s="0">
-        <x:v>178.65</x:v>
+        <x:v>172.3</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:5">
       <x:c r="A70" s="1">
-        <x:v>45932.7758449074</x:v>
+        <x:v>45985.736724537</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C70" s="0">
-        <x:v>139.87</x:v>
+        <x:v>121.02</x:v>
       </x:c>
       <x:c r="D70" s="0">
-        <x:v>148.974</x:v>
+        <x:v>145.74</x:v>
       </x:c>
       <x:c r="E70" s="0">
-        <x:v>177.35</x:v>
+        <x:v>173.5</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:5">
       <x:c r="A71" s="1">
-        <x:v>45931.7588888889</x:v>
+        <x:v>45982.737037037</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C71" s="0">
-        <x:v>134.78</x:v>
+        <x:v>117.5</x:v>
       </x:c>
       <x:c r="D71" s="0">
-        <x:v>147.84</x:v>
+        <x:v>144.816</x:v>
       </x:c>
       <x:c r="E71" s="0">
-        <x:v>176</x:v>
+        <x:v>172.4</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:5">
       <x:c r="A72" s="1">
-        <x:v>45930.7579398148</x:v>
+        <x:v>45981.7368402778</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C72" s="0">
-        <x:v>132.04</x:v>
+        <x:v>114.24</x:v>
       </x:c>
       <x:c r="D72" s="0">
-        <x:v>147.21</x:v>
+        <x:v>143.976</x:v>
       </x:c>
       <x:c r="E72" s="0">
-        <x:v>175.25</x:v>
+        <x:v>171.4</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:5">
       <x:c r="A73" s="1">
-        <x:v>45929.7560416667</x:v>
+        <x:v>45980.7367592593</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C73" s="0">
-        <x:v>124.05</x:v>
+        <x:v>126.24</x:v>
       </x:c>
       <x:c r="D73" s="0">
-        <x:v>145.32</x:v>
+        <x:v>146.748</x:v>
       </x:c>
       <x:c r="E73" s="0">
-        <x:v>173</x:v>
+        <x:v>174.7</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:5">
       <x:c r="A74" s="1">
-        <x:v>45926.7572569444</x:v>
+        <x:v>45979.7368055556</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C74" s="0">
-        <x:v>124.28</x:v>
+        <x:v>120.74</x:v>
       </x:c>
       <x:c r="D74" s="0">
-        <x:v>145.32</x:v>
+        <x:v>145.404</x:v>
       </x:c>
       <x:c r="E74" s="0">
-        <x:v>173</x:v>
+        <x:v>173.1</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:5">
       <x:c r="A75" s="1">
-        <x:v>45925.7565625</x:v>
+        <x:v>45978.7367708333</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C75" s="0">
-        <x:v>118.31</x:v>
+        <x:v>134.94</x:v>
       </x:c>
       <x:c r="D75" s="0">
-        <x:v>143.85</x:v>
+        <x:v>148.512</x:v>
       </x:c>
       <x:c r="E75" s="0">
-        <x:v>171.25</x:v>
+        <x:v>176.8</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:5">
       <x:c r="A76" s="1">
-        <x:v>45924.7579976852</x:v>
+        <x:v>45975.7367013889</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C76" s="0">
-        <x:v>79.5</x:v>
+        <x:v>157.29</x:v>
       </x:c>
       <x:c r="D76" s="0">
-        <x:v>131.04</x:v>
+        <x:v>152.796</x:v>
       </x:c>
       <x:c r="E76" s="0">
-        <x:v>156</x:v>
+        <x:v>181.9</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:5">
       <x:c r="A77" s="1">
-        <x:v>45923.7566435185</x:v>
+        <x:v>45974.7370138889</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C77" s="0">
-        <x:v>78.8</x:v>
+        <x:v>166.44</x:v>
       </x:c>
       <x:c r="D77" s="0">
-        <x:v>130.788</x:v>
+        <x:v>154.476</x:v>
       </x:c>
       <x:c r="E77" s="0">
-        <x:v>155.7</x:v>
+        <x:v>183.9</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:5">
       <x:c r="A78" s="1">
-        <x:v>45922.7577430556</x:v>
+        <x:v>45973.7367361111</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C78" s="0">
-        <x:v>71.25</x:v>
+        <x:v>156.62</x:v>
       </x:c>
       <x:c r="D78" s="0">
-        <x:v>128.058</x:v>
+        <x:v>152.544</x:v>
       </x:c>
       <x:c r="E78" s="0">
-        <x:v>152.45</x:v>
+        <x:v>181.6</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:5">
       <x:c r="A79" s="1">
-        <x:v>45919.7643287037</x:v>
+        <x:v>45972.7367361111</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C79" s="0">
-        <x:v>71.15</x:v>
+        <x:v>147.66</x:v>
       </x:c>
       <x:c r="D79" s="0">
-        <x:v>127.974</x:v>
+        <x:v>150.696</x:v>
       </x:c>
       <x:c r="E79" s="0">
-        <x:v>152.35</x:v>
+        <x:v>179.4</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:5">
       <x:c r="A80" s="1">
-        <x:v>45918.7598148148</x:v>
+        <x:v>45968.7368865741</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C80" s="0">
-        <x:v>76.79</x:v>
+        <x:v>123.69</x:v>
       </x:c>
       <x:c r="D80" s="0">
-        <x:v>129.864</x:v>
+        <x:v>145.152</x:v>
       </x:c>
       <x:c r="E80" s="0">
-        <x:v>154.6</x:v>
+        <x:v>172.8</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:5">
       <x:c r="A81" s="1">
-        <x:v>45917.7674537037</x:v>
+        <x:v>45967.7368402778</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C81" s="0">
-        <x:v>76.96</x:v>
+        <x:v>118.41</x:v>
       </x:c>
       <x:c r="D81" s="0">
-        <x:v>129.906</x:v>
+        <x:v>141.47</x:v>
       </x:c>
       <x:c r="E81" s="0">
-        <x:v>154.65</x:v>
+        <x:v>171.25</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:5">
       <x:c r="A82" s="1">
-        <x:v>45916.7611111111</x:v>
+        <x:v>45967.3261689815</x:v>
       </x:c>
       <x:c r="B82" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C82" s="0">
-        <x:v>69.12</x:v>
+        <x:v>121.71</x:v>
       </x:c>
       <x:c r="D82" s="0">
-        <x:v>127.008</x:v>
+        <x:v>142.31</x:v>
       </x:c>
       <x:c r="E82" s="0">
-        <x:v>151.2</x:v>
+        <x:v>172.25</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:5">
       <x:c r="A83" s="1">
-        <x:v>45915.7666319444</x:v>
+        <x:v>45966.7368402778</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C83" s="0">
-        <x:v>62.61</x:v>
+        <x:v>113.91</x:v>
       </x:c>
       <x:c r="D83" s="0">
-        <x:v>124.404</x:v>
+        <x:v>144.69</x:v>
       </x:c>
       <x:c r="E83" s="0">
-        <x:v>148.1</x:v>
+        <x:v>172.25</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:5">
       <x:c r="A84" s="1">
-        <x:v>45912.7594212963</x:v>
+        <x:v>45965.7388425926</x:v>
       </x:c>
       <x:c r="B84" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C84" s="0">
-        <x:v>58.8</x:v>
+        <x:v>111.07</x:v>
       </x:c>
       <x:c r="D84" s="0">
-        <x:v>122.766</x:v>
+        <x:v>143.934</x:v>
       </x:c>
       <x:c r="E84" s="0">
-        <x:v>146.15</x:v>
+        <x:v>171.35</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:5">
       <x:c r="A85" s="1">
-        <x:v>45911.75875</x:v>
+        <x:v>45964.7369212963</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C85" s="0">
-        <x:v>62.32</x:v>
+        <x:v>127.25</x:v>
       </x:c>
       <x:c r="D85" s="0">
-        <x:v>124.152</x:v>
+        <x:v>147.672</x:v>
       </x:c>
       <x:c r="E85" s="0">
-        <x:v>147.8</x:v>
+        <x:v>175.8</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:5">
       <x:c r="A86" s="1">
-        <x:v>45910.7661342593</x:v>
+        <x:v>45961.8177777778</x:v>
       </x:c>
       <x:c r="B86" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C86" s="0">
-        <x:v>64.09</x:v>
+        <x:v>145.71</x:v>
       </x:c>
       <x:c r="D86" s="0">
-        <x:v>124.824</x:v>
+        <x:v>151.452</x:v>
       </x:c>
       <x:c r="E86" s="0">
-        <x:v>148.6</x:v>
+        <x:v>180.3</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:5">
       <x:c r="A87" s="1">
-        <x:v>45909.7555787037</x:v>
+        <x:v>45961.7365393518</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C87" s="0">
-        <x:v>62.65</x:v>
+        <x:v>145.71</x:v>
       </x:c>
       <x:c r="D87" s="0">
-        <x:v>124.236</x:v>
+        <x:v>151.452</x:v>
       </x:c>
       <x:c r="E87" s="0">
-        <x:v>147.9</x:v>
+        <x:v>180.3</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:5">
       <x:c r="A88" s="1">
-        <x:v>45908.7626157407</x:v>
+        <x:v>45961.6041550926</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C88" s="0">
-        <x:v>62.06</x:v>
+        <x:v>145.71</x:v>
       </x:c>
       <x:c r="D88" s="0">
-        <x:v>123.984</x:v>
+        <x:v>151.452</x:v>
       </x:c>
       <x:c r="E88" s="0">
-        <x:v>147.6</x:v>
+        <x:v>180.3</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:5">
       <x:c r="A89" s="1">
-        <x:v>45905.7753009259</x:v>
+        <x:v>45960.7368171296</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C89" s="0">
-        <x:v>58.08</x:v>
+        <x:v>144.2</x:v>
       </x:c>
       <x:c r="D89" s="0">
-        <x:v>122.262</x:v>
+        <x:v>151.116</x:v>
       </x:c>
       <x:c r="E89" s="0">
-        <x:v>145.55</x:v>
+        <x:v>179.9</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:5">
       <x:c r="A90" s="1">
-        <x:v>45904.7633564815</x:v>
+        <x:v>45959.7367592593</x:v>
       </x:c>
       <x:c r="B90" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C90" s="0">
-        <x:v>57.13</x:v>
+        <x:v>141.14</x:v>
       </x:c>
       <x:c r="D90" s="0">
-        <x:v>121.842</x:v>
+        <x:v>150.444</x:v>
       </x:c>
       <x:c r="E90" s="0">
-        <x:v>145.05</x:v>
+        <x:v>179.1</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:5">
       <x:c r="A91" s="1">
-        <x:v>45903.7601157407</x:v>
+        <x:v>45958.7367824074</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C91" s="0">
-        <x:v>51.79</x:v>
+        <x:v>147.99</x:v>
       </x:c>
       <x:c r="D91" s="0">
-        <x:v>119.364</x:v>
+        <x:v>151.83</x:v>
       </x:c>
       <x:c r="E91" s="0">
-        <x:v>142.1</x:v>
+        <x:v>180.75</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:5">
       <x:c r="A92" s="1">
-        <x:v>45902.7618055556</x:v>
+        <x:v>45957.7750694444</x:v>
       </x:c>
       <x:c r="B92" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C92" s="0">
-        <x:v>45.56</x:v>
+        <x:v>148.29</x:v>
       </x:c>
       <x:c r="D92" s="0">
-        <x:v>116.172</x:v>
+        <x:v>151.872</x:v>
       </x:c>
       <x:c r="E92" s="0">
-        <x:v>138.3</x:v>
+        <x:v>180.8</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:5">
       <x:c r="A93" s="1">
-        <x:v>45901.7594444444</x:v>
+        <x:v>45954.7370833333</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C93" s="0">
-        <x:v>45.75</x:v>
+        <x:v>145.73</x:v>
       </x:c>
       <x:c r="D93" s="0">
-        <x:v>116.256</x:v>
+        <x:v>151.284</x:v>
       </x:c>
       <x:c r="E93" s="0">
-        <x:v>138.4</x:v>
+        <x:v>180.1</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:5">
       <x:c r="A94" s="1">
-        <x:v>45898.7627083333</x:v>
+        <x:v>45953.7373611111</x:v>
       </x:c>
       <x:c r="B94" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C94" s="0">
-        <x:v>46.6</x:v>
+        <x:v>147.05</x:v>
       </x:c>
       <x:c r="D94" s="0">
-        <x:v>116.634</x:v>
+        <x:v>151.536</x:v>
       </x:c>
       <x:c r="E94" s="0">
-        <x:v>138.85</x:v>
+        <x:v>180.4</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:5">
       <x:c r="A95" s="1">
-        <x:v>45897.7575925926</x:v>
+        <x:v>45952.7370601852</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C95" s="0">
-        <x:v>51.06</x:v>
+        <x:v>139.89</x:v>
       </x:c>
       <x:c r="D95" s="0">
-        <x:v>118.692</x:v>
+        <x:v>149.982</x:v>
       </x:c>
       <x:c r="E95" s="0">
-        <x:v>141.3</x:v>
+        <x:v>178.55</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:5">
       <x:c r="A96" s="1">
-        <x:v>45896.7598263889</x:v>
+        <x:v>45951.7369907407</x:v>
       </x:c>
       <x:c r="B96" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C96" s="0">
-        <x:v>51.55</x:v>
+        <x:v>138.42</x:v>
       </x:c>
       <x:c r="D96" s="0">
-        <x:v>118.902</x:v>
+        <x:v>149.646</x:v>
       </x:c>
       <x:c r="E96" s="0">
-        <x:v>141.55</x:v>
+        <x:v>178.15</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:5">
       <x:c r="A97" s="1">
-        <x:v>45895.7574884259</x:v>
+        <x:v>45950.737037037</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C97" s="0">
-        <x:v>52.79</x:v>
+        <x:v>140.08</x:v>
       </x:c>
       <x:c r="D97" s="0">
-        <x:v>119.448</x:v>
+        <x:v>149.982</x:v>
       </x:c>
       <x:c r="E97" s="0">
-        <x:v>142.2</x:v>
+        <x:v>178.55</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:5">
       <x:c r="A98" s="1">
-        <x:v>45894.7570138889</x:v>
+        <x:v>45947.7367824074</x:v>
       </x:c>
       <x:c r="B98" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C98" s="0">
-        <x:v>52.73</x:v>
+        <x:v>132.45</x:v>
       </x:c>
       <x:c r="D98" s="0">
-        <x:v>119.406</x:v>
+        <x:v>148.218</x:v>
       </x:c>
       <x:c r="E98" s="0">
-        <x:v>142.15</x:v>
+        <x:v>176.45</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:5">
       <x:c r="A99" s="1">
-        <x:v>45891.7584606481</x:v>
+        <x:v>45946.7603125</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C99" s="0">
-        <x:v>58.94</x:v>
+        <x:v>129.4</x:v>
       </x:c>
       <x:c r="D99" s="0">
-        <x:v>121.926</x:v>
+        <x:v>147.504</x:v>
       </x:c>
       <x:c r="E99" s="0">
-        <x:v>145.15</x:v>
+        <x:v>175.6</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:5">
       <x:c r="A100" s="1">
-        <x:v>45890.7565277778</x:v>
+        <x:v>45945.7368981481</x:v>
       </x:c>
       <x:c r="B100" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C100" s="0">
-        <x:v>54.13</x:v>
+        <x:v>121.09</x:v>
       </x:c>
       <x:c r="D100" s="0">
-        <x:v>119.784</x:v>
+        <x:v>145.488</x:v>
       </x:c>
       <x:c r="E100" s="0">
-        <x:v>142.6</x:v>
+        <x:v>173.2</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:5">
       <x:c r="A101" s="1">
-        <x:v>45889.759375</x:v>
+        <x:v>45944.7367592593</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C101" s="0">
-        <x:v>57.35</x:v>
+        <x:v>113.84</x:v>
       </x:c>
       <x:c r="D101" s="0">
-        <x:v>121.128</x:v>
+        <x:v>143.64</x:v>
       </x:c>
       <x:c r="E101" s="0">
-        <x:v>144.2</x:v>
+        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:5">
       <x:c r="A102" s="1">
-        <x:v>45888.7607291667</x:v>
+        <x:v>45943.7373263889</x:v>
       </x:c>
       <x:c r="B102" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C102" s="0">
-        <x:v>57.49</x:v>
+        <x:v>109.39</x:v>
       </x:c>
       <x:c r="D102" s="0">
-        <x:v>121.17</x:v>
+        <x:v>142.464</x:v>
       </x:c>
       <x:c r="E102" s="0">
-        <x:v>144.25</x:v>
+        <x:v>169.6</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:5">
       <x:c r="A103" s="1">
-        <x:v>45887.7582523148</x:v>
+        <x:v>45940.7628009259</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C103" s="0">
-        <x:v>57.03</x:v>
+        <x:v>105.52</x:v>
       </x:c>
       <x:c r="D103" s="0">
-        <x:v>120.96</x:v>
+        <x:v>141.372</x:v>
       </x:c>
       <x:c r="E103" s="0">
-        <x:v>144</x:v>
+        <x:v>168.3</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:5">
       <x:c r="A104" s="1">
-        <x:v>45884.7577546296</x:v>
+        <x:v>45939.7572106481</x:v>
       </x:c>
       <x:c r="B104" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C104" s="0">
-        <x:v>55.49</x:v>
+        <x:v>107.49</x:v>
       </x:c>
       <x:c r="D104" s="0">
-        <x:v>120.246</x:v>
+        <x:v>141.876</x:v>
       </x:c>
       <x:c r="E104" s="0">
-        <x:v>143.15</x:v>
+        <x:v>168.9</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:5">
       <x:c r="A105" s="1">
-        <x:v>45883.7578472222</x:v>
+        <x:v>45938.7365856481</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C105" s="0">
-        <x:v>52.29</x:v>
+        <x:v>120.1</x:v>
       </x:c>
       <x:c r="D105" s="0">
-        <x:v>118.776</x:v>
+        <x:v>144.9</x:v>
       </x:c>
       <x:c r="E105" s="0">
-        <x:v>141.4</x:v>
+        <x:v>172.5</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:5">
       <x:c r="A106" s="1">
-        <x:v>45882.7698611111</x:v>
+        <x:v>45937.7365393518</x:v>
       </x:c>
       <x:c r="B106" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C106" s="0">
-        <x:v>56.15</x:v>
+        <x:v>131.21</x:v>
       </x:c>
       <x:c r="D106" s="0">
-        <x:v>120.414</x:v>
+        <x:v>147.378</x:v>
       </x:c>
       <x:c r="E106" s="0">
-        <x:v>143.35</x:v>
+        <x:v>175.45</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:5">
       <x:c r="A107" s="1">
-        <x:v>45882.7608333333</x:v>
+        <x:v>45936.7365856481</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C107" s="0">
-        <x:v>56.15</x:v>
+        <x:v>148.69</x:v>
       </x:c>
       <x:c r="D107" s="0">
-        <x:v>120.414</x:v>
+        <x:v>150.906</x:v>
       </x:c>
       <x:c r="E107" s="0">
-        <x:v>143.35</x:v>
+        <x:v>179.65</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:5">
       <x:c r="A108" s="1">
-        <x:v>45881.7571296296</x:v>
+        <x:v>45933.7365277778</x:v>
       </x:c>
       <x:c r="B108" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C108" s="0">
-        <x:v>49.85</x:v>
+        <x:v>144.9</x:v>
       </x:c>
       <x:c r="D108" s="0">
-        <x:v>117.432</x:v>
+        <x:v>150.066</x:v>
       </x:c>
       <x:c r="E108" s="0">
-        <x:v>139.8</x:v>
+        <x:v>178.65</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:5">
       <x:c r="A109" s="1">
-        <x:v>45880.7586689815</x:v>
+        <x:v>45932.7758449074</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C109" s="0">
-        <x:v>46.03</x:v>
+        <x:v>139.87</x:v>
       </x:c>
       <x:c r="D109" s="0">
-        <x:v>115.5</x:v>
+        <x:v>148.974</x:v>
       </x:c>
       <x:c r="E109" s="0">
-        <x:v>137.5</x:v>
+        <x:v>177.35</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:5">
       <x:c r="A110" s="1">
-        <x:v>45877.7857523148</x:v>
+        <x:v>45931.7588888889</x:v>
       </x:c>
       <x:c r="B110" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C110" s="0">
-        <x:v>48.21</x:v>
+        <x:v>134.78</x:v>
       </x:c>
       <x:c r="D110" s="0">
-        <x:v>116.508</x:v>
+        <x:v>147.84</x:v>
       </x:c>
       <x:c r="E110" s="0">
-        <x:v>138.7</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:5">
       <x:c r="A111" s="1">
-        <x:v>45876.7589467593</x:v>
+        <x:v>45930.7579398148</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C111" s="0">
-        <x:v>41.38</x:v>
+        <x:v>132.04</x:v>
       </x:c>
       <x:c r="D111" s="0">
-        <x:v>112.77</x:v>
+        <x:v>147.21</x:v>
       </x:c>
       <x:c r="E111" s="0">
-        <x:v>134.25</x:v>
+        <x:v>175.25</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:5">
       <x:c r="A112" s="1">
-        <x:v>45875.7594444444</x:v>
+        <x:v>45929.7560416667</x:v>
       </x:c>
       <x:c r="B112" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C112" s="0">
-        <x:v>37.88</x:v>
+        <x:v>124.05</x:v>
       </x:c>
       <x:c r="D112" s="0">
-        <x:v>110.712</x:v>
+        <x:v>145.32</x:v>
       </x:c>
       <x:c r="E112" s="0">
-        <x:v>131.8</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:5">
       <x:c r="A113" s="1">
-        <x:v>45874.7580092593</x:v>
+        <x:v>45926.7572569444</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C113" s="0">
-        <x:v>35.84</x:v>
+        <x:v>124.28</x:v>
       </x:c>
       <x:c r="D113" s="0">
-        <x:v>109.452</x:v>
+        <x:v>145.32</x:v>
       </x:c>
       <x:c r="E113" s="0">
-        <x:v>130.3</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:5">
       <x:c r="A114" s="1">
-        <x:v>45873.7607986111</x:v>
+        <x:v>45925.7565625</x:v>
       </x:c>
       <x:c r="B114" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C114" s="0">
-        <x:v>34.02</x:v>
+        <x:v>118.31</x:v>
       </x:c>
       <x:c r="D114" s="0">
-        <x:v>108.276</x:v>
+        <x:v>143.85</x:v>
       </x:c>
       <x:c r="E114" s="0">
-        <x:v>128.9</x:v>
+        <x:v>171.25</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:5">
       <x:c r="A115" s="1">
-        <x:v>45870.7602314815</x:v>
+        <x:v>45924.7579976852</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C115" s="0">
-        <x:v>33.37</x:v>
+        <x:v>79.5</x:v>
       </x:c>
       <x:c r="D115" s="0">
-        <x:v>107.814</x:v>
+        <x:v>131.04</x:v>
       </x:c>
       <x:c r="E115" s="0">
-        <x:v>128.35</x:v>
+        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:5">
       <x:c r="A116" s="1">
-        <x:v>45869.7836574074</x:v>
+        <x:v>45923.7566435185</x:v>
       </x:c>
       <x:c r="B116" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C116" s="0">
-        <x:v>39.34</x:v>
+        <x:v>78.8</x:v>
       </x:c>
       <x:c r="D116" s="0">
-        <x:v>111.174</x:v>
+        <x:v>130.788</x:v>
       </x:c>
       <x:c r="E116" s="0">
-        <x:v>132.35</x:v>
+        <x:v>155.7</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:5">
       <x:c r="A117" s="1">
-        <x:v>45868.7572569444</x:v>
+        <x:v>45922.7577430556</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C117" s="0">
-        <x:v>45.19</x:v>
+        <x:v>71.25</x:v>
       </x:c>
       <x:c r="D117" s="0">
-        <x:v>114.114</x:v>
+        <x:v>128.058</x:v>
       </x:c>
       <x:c r="E117" s="0">
-        <x:v>135.85</x:v>
+        <x:v>152.45</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:5">
       <x:c r="A118" s="1">
-        <x:v>45866.7583101852</x:v>
+        <x:v>45919.7643287037</x:v>
       </x:c>
       <x:c r="B118" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C118" s="0">
-        <x:v>54.66</x:v>
+        <x:v>71.15</x:v>
       </x:c>
       <x:c r="D118" s="0">
-        <x:v>118.272</x:v>
+        <x:v>127.974</x:v>
       </x:c>
       <x:c r="E118" s="0">
-        <x:v>140.8</x:v>
+        <x:v>152.35</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:5">
       <x:c r="A119" s="1">
-        <x:v>45863.756724537</x:v>
+        <x:v>45918.7598148148</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C119" s="0">
-        <x:v>62.23</x:v>
+        <x:v>76.79</x:v>
       </x:c>
       <x:c r="D119" s="0">
-        <x:v>121.17</x:v>
+        <x:v>129.864</x:v>
       </x:c>
       <x:c r="E119" s="0">
-        <x:v>144.25</x:v>
+        <x:v>154.6</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:5">
       <x:c r="A120" s="1">
-        <x:v>45862.7626967593</x:v>
+        <x:v>45917.7674537037</x:v>
       </x:c>
       <x:c r="B120" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C120" s="0">
-        <x:v>60.99</x:v>
+        <x:v>76.96</x:v>
       </x:c>
       <x:c r="D120" s="0">
-        <x:v>120.666</x:v>
+        <x:v>129.906</x:v>
       </x:c>
       <x:c r="E120" s="0">
-        <x:v>143.65</x:v>
+        <x:v>154.65</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:5">
       <x:c r="A121" s="1">
-        <x:v>45861.7587037037</x:v>
+        <x:v>45916.7611111111</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C121" s="0">
-        <x:v>63.9</x:v>
+        <x:v>69.12</x:v>
       </x:c>
       <x:c r="D121" s="0">
-        <x:v>121.758</x:v>
+        <x:v>127.008</x:v>
       </x:c>
       <x:c r="E121" s="0">
-        <x:v>144.95</x:v>
+        <x:v>151.2</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:5">
       <x:c r="A122" s="1">
+        <x:v>45915.7666319444</x:v>
+      </x:c>
+      <x:c r="B122" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C122" s="0">
+        <x:v>62.61</x:v>
+      </x:c>
+      <x:c r="D122" s="0">
+        <x:v>124.404</x:v>
+      </x:c>
+      <x:c r="E122" s="0">
+        <x:v>148.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="123" spans="1:5">
+      <x:c r="A123" s="1">
+        <x:v>45912.7594212963</x:v>
+      </x:c>
+      <x:c r="B123" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C123" s="0">
+        <x:v>58.8</x:v>
+      </x:c>
+      <x:c r="D123" s="0">
+        <x:v>122.766</x:v>
+      </x:c>
+      <x:c r="E123" s="0">
+        <x:v>146.15</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="124" spans="1:5">
+      <x:c r="A124" s="1">
+        <x:v>45911.75875</x:v>
+      </x:c>
+      <x:c r="B124" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C124" s="0">
+        <x:v>62.32</x:v>
+      </x:c>
+      <x:c r="D124" s="0">
+        <x:v>124.152</x:v>
+      </x:c>
+      <x:c r="E124" s="0">
+        <x:v>147.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="125" spans="1:5">
+      <x:c r="A125" s="1">
+        <x:v>45910.7661342593</x:v>
+      </x:c>
+      <x:c r="B125" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C125" s="0">
+        <x:v>64.09</x:v>
+      </x:c>
+      <x:c r="D125" s="0">
+        <x:v>124.824</x:v>
+      </x:c>
+      <x:c r="E125" s="0">
+        <x:v>148.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="126" spans="1:5">
+      <x:c r="A126" s="1">
+        <x:v>45909.7555787037</x:v>
+      </x:c>
+      <x:c r="B126" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C126" s="0">
+        <x:v>62.65</x:v>
+      </x:c>
+      <x:c r="D126" s="0">
+        <x:v>124.236</x:v>
+      </x:c>
+      <x:c r="E126" s="0">
+        <x:v>147.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="127" spans="1:5">
+      <x:c r="A127" s="1">
+        <x:v>45908.7626157407</x:v>
+      </x:c>
+      <x:c r="B127" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C127" s="0">
+        <x:v>62.06</x:v>
+      </x:c>
+      <x:c r="D127" s="0">
+        <x:v>123.984</x:v>
+      </x:c>
+      <x:c r="E127" s="0">
+        <x:v>147.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="128" spans="1:5">
+      <x:c r="A128" s="1">
+        <x:v>45905.7753009259</x:v>
+      </x:c>
+      <x:c r="B128" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C128" s="0">
+        <x:v>58.08</x:v>
+      </x:c>
+      <x:c r="D128" s="0">
+        <x:v>122.262</x:v>
+      </x:c>
+      <x:c r="E128" s="0">
+        <x:v>145.55</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="129" spans="1:5">
+      <x:c r="A129" s="1">
+        <x:v>45904.7633564815</x:v>
+      </x:c>
+      <x:c r="B129" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C129" s="0">
+        <x:v>57.13</x:v>
+      </x:c>
+      <x:c r="D129" s="0">
+        <x:v>121.842</x:v>
+      </x:c>
+      <x:c r="E129" s="0">
+        <x:v>145.05</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="130" spans="1:5">
+      <x:c r="A130" s="1">
+        <x:v>45903.7601157407</x:v>
+      </x:c>
+      <x:c r="B130" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C130" s="0">
+        <x:v>51.79</x:v>
+      </x:c>
+      <x:c r="D130" s="0">
+        <x:v>119.364</x:v>
+      </x:c>
+      <x:c r="E130" s="0">
+        <x:v>142.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="131" spans="1:5">
+      <x:c r="A131" s="1">
+        <x:v>45902.7618055556</x:v>
+      </x:c>
+      <x:c r="B131" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C131" s="0">
+        <x:v>45.56</x:v>
+      </x:c>
+      <x:c r="D131" s="0">
+        <x:v>116.172</x:v>
+      </x:c>
+      <x:c r="E131" s="0">
+        <x:v>138.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="132" spans="1:5">
+      <x:c r="A132" s="1">
+        <x:v>45901.7594444444</x:v>
+      </x:c>
+      <x:c r="B132" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C132" s="0">
+        <x:v>45.75</x:v>
+      </x:c>
+      <x:c r="D132" s="0">
+        <x:v>116.256</x:v>
+      </x:c>
+      <x:c r="E132" s="0">
+        <x:v>138.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="133" spans="1:5">
+      <x:c r="A133" s="1">
+        <x:v>45898.7627083333</x:v>
+      </x:c>
+      <x:c r="B133" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C133" s="0">
+        <x:v>46.6</x:v>
+      </x:c>
+      <x:c r="D133" s="0">
+        <x:v>116.634</x:v>
+      </x:c>
+      <x:c r="E133" s="0">
+        <x:v>138.85</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="134" spans="1:5">
+      <x:c r="A134" s="1">
+        <x:v>45897.7575925926</x:v>
+      </x:c>
+      <x:c r="B134" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C134" s="0">
+        <x:v>51.06</x:v>
+      </x:c>
+      <x:c r="D134" s="0">
+        <x:v>118.692</x:v>
+      </x:c>
+      <x:c r="E134" s="0">
+        <x:v>141.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="135" spans="1:5">
+      <x:c r="A135" s="1">
+        <x:v>45896.7598263889</x:v>
+      </x:c>
+      <x:c r="B135" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C135" s="0">
+        <x:v>51.55</x:v>
+      </x:c>
+      <x:c r="D135" s="0">
+        <x:v>118.902</x:v>
+      </x:c>
+      <x:c r="E135" s="0">
+        <x:v>141.55</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="136" spans="1:5">
+      <x:c r="A136" s="1">
+        <x:v>45895.7574884259</x:v>
+      </x:c>
+      <x:c r="B136" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C136" s="0">
+        <x:v>52.79</x:v>
+      </x:c>
+      <x:c r="D136" s="0">
+        <x:v>119.448</x:v>
+      </x:c>
+      <x:c r="E136" s="0">
+        <x:v>142.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="137" spans="1:5">
+      <x:c r="A137" s="1">
+        <x:v>45894.7570138889</x:v>
+      </x:c>
+      <x:c r="B137" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C137" s="0">
+        <x:v>52.73</x:v>
+      </x:c>
+      <x:c r="D137" s="0">
+        <x:v>119.406</x:v>
+      </x:c>
+      <x:c r="E137" s="0">
+        <x:v>142.15</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="138" spans="1:5">
+      <x:c r="A138" s="1">
+        <x:v>45891.7584606481</x:v>
+      </x:c>
+      <x:c r="B138" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C138" s="0">
+        <x:v>58.94</x:v>
+      </x:c>
+      <x:c r="D138" s="0">
+        <x:v>121.926</x:v>
+      </x:c>
+      <x:c r="E138" s="0">
+        <x:v>145.15</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="139" spans="1:5">
+      <x:c r="A139" s="1">
+        <x:v>45890.7565277778</x:v>
+      </x:c>
+      <x:c r="B139" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C139" s="0">
+        <x:v>54.13</x:v>
+      </x:c>
+      <x:c r="D139" s="0">
+        <x:v>119.784</x:v>
+      </x:c>
+      <x:c r="E139" s="0">
+        <x:v>142.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="140" spans="1:5">
+      <x:c r="A140" s="1">
+        <x:v>45889.759375</x:v>
+      </x:c>
+      <x:c r="B140" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C140" s="0">
+        <x:v>57.35</x:v>
+      </x:c>
+      <x:c r="D140" s="0">
+        <x:v>121.128</x:v>
+      </x:c>
+      <x:c r="E140" s="0">
+        <x:v>144.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="141" spans="1:5">
+      <x:c r="A141" s="1">
+        <x:v>45888.7607291667</x:v>
+      </x:c>
+      <x:c r="B141" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C141" s="0">
+        <x:v>57.49</x:v>
+      </x:c>
+      <x:c r="D141" s="0">
+        <x:v>121.17</x:v>
+      </x:c>
+      <x:c r="E141" s="0">
+        <x:v>144.25</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="142" spans="1:5">
+      <x:c r="A142" s="1">
+        <x:v>45887.7582523148</x:v>
+      </x:c>
+      <x:c r="B142" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C142" s="0">
+        <x:v>57.03</x:v>
+      </x:c>
+      <x:c r="D142" s="0">
+        <x:v>120.96</x:v>
+      </x:c>
+      <x:c r="E142" s="0">
+        <x:v>144</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="143" spans="1:5">
+      <x:c r="A143" s="1">
+        <x:v>45884.7577546296</x:v>
+      </x:c>
+      <x:c r="B143" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C143" s="0">
+        <x:v>55.49</x:v>
+      </x:c>
+      <x:c r="D143" s="0">
+        <x:v>120.246</x:v>
+      </x:c>
+      <x:c r="E143" s="0">
+        <x:v>143.15</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="144" spans="1:5">
+      <x:c r="A144" s="1">
+        <x:v>45883.7578472222</x:v>
+      </x:c>
+      <x:c r="B144" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C144" s="0">
+        <x:v>52.29</x:v>
+      </x:c>
+      <x:c r="D144" s="0">
+        <x:v>118.776</x:v>
+      </x:c>
+      <x:c r="E144" s="0">
+        <x:v>141.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="145" spans="1:5">
+      <x:c r="A145" s="1">
+        <x:v>45882.7698611111</x:v>
+      </x:c>
+      <x:c r="B145" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C145" s="0">
+        <x:v>56.15</x:v>
+      </x:c>
+      <x:c r="D145" s="0">
+        <x:v>120.414</x:v>
+      </x:c>
+      <x:c r="E145" s="0">
+        <x:v>143.35</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="146" spans="1:5">
+      <x:c r="A146" s="1">
+        <x:v>45882.7608333333</x:v>
+      </x:c>
+      <x:c r="B146" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C146" s="0">
+        <x:v>56.15</x:v>
+      </x:c>
+      <x:c r="D146" s="0">
+        <x:v>120.414</x:v>
+      </x:c>
+      <x:c r="E146" s="0">
+        <x:v>143.35</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="147" spans="1:5">
+      <x:c r="A147" s="1">
+        <x:v>45881.7571296296</x:v>
+      </x:c>
+      <x:c r="B147" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C147" s="0">
+        <x:v>49.85</x:v>
+      </x:c>
+      <x:c r="D147" s="0">
+        <x:v>117.432</x:v>
+      </x:c>
+      <x:c r="E147" s="0">
+        <x:v>139.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="148" spans="1:5">
+      <x:c r="A148" s="1">
+        <x:v>45880.7586689815</x:v>
+      </x:c>
+      <x:c r="B148" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C148" s="0">
+        <x:v>46.03</x:v>
+      </x:c>
+      <x:c r="D148" s="0">
+        <x:v>115.5</x:v>
+      </x:c>
+      <x:c r="E148" s="0">
+        <x:v>137.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="149" spans="1:5">
+      <x:c r="A149" s="1">
+        <x:v>45877.7857523148</x:v>
+      </x:c>
+      <x:c r="B149" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C149" s="0">
+        <x:v>48.21</x:v>
+      </x:c>
+      <x:c r="D149" s="0">
+        <x:v>116.508</x:v>
+      </x:c>
+      <x:c r="E149" s="0">
+        <x:v>138.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="150" spans="1:5">
+      <x:c r="A150" s="1">
+        <x:v>45876.7589467593</x:v>
+      </x:c>
+      <x:c r="B150" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C150" s="0">
+        <x:v>41.38</x:v>
+      </x:c>
+      <x:c r="D150" s="0">
+        <x:v>112.77</x:v>
+      </x:c>
+      <x:c r="E150" s="0">
+        <x:v>134.25</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="151" spans="1:5">
+      <x:c r="A151" s="1">
+        <x:v>45875.7594444444</x:v>
+      </x:c>
+      <x:c r="B151" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C151" s="0">
+        <x:v>37.88</x:v>
+      </x:c>
+      <x:c r="D151" s="0">
+        <x:v>110.712</x:v>
+      </x:c>
+      <x:c r="E151" s="0">
+        <x:v>131.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="152" spans="1:5">
+      <x:c r="A152" s="1">
+        <x:v>45874.7580092593</x:v>
+      </x:c>
+      <x:c r="B152" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C152" s="0">
+        <x:v>35.84</x:v>
+      </x:c>
+      <x:c r="D152" s="0">
+        <x:v>109.452</x:v>
+      </x:c>
+      <x:c r="E152" s="0">
+        <x:v>130.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="153" spans="1:5">
+      <x:c r="A153" s="1">
+        <x:v>45873.7607986111</x:v>
+      </x:c>
+      <x:c r="B153" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C153" s="0">
+        <x:v>34.02</x:v>
+      </x:c>
+      <x:c r="D153" s="0">
+        <x:v>108.276</x:v>
+      </x:c>
+      <x:c r="E153" s="0">
+        <x:v>128.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="154" spans="1:5">
+      <x:c r="A154" s="1">
+        <x:v>45870.7602314815</x:v>
+      </x:c>
+      <x:c r="B154" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C154" s="0">
+        <x:v>33.37</x:v>
+      </x:c>
+      <x:c r="D154" s="0">
+        <x:v>107.814</x:v>
+      </x:c>
+      <x:c r="E154" s="0">
+        <x:v>128.35</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="155" spans="1:5">
+      <x:c r="A155" s="1">
+        <x:v>45869.7836574074</x:v>
+      </x:c>
+      <x:c r="B155" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C155" s="0">
+        <x:v>39.34</x:v>
+      </x:c>
+      <x:c r="D155" s="0">
+        <x:v>111.174</x:v>
+      </x:c>
+      <x:c r="E155" s="0">
+        <x:v>132.35</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="156" spans="1:5">
+      <x:c r="A156" s="1">
+        <x:v>45868.7572569444</x:v>
+      </x:c>
+      <x:c r="B156" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C156" s="0">
+        <x:v>45.19</x:v>
+      </x:c>
+      <x:c r="D156" s="0">
+        <x:v>114.114</x:v>
+      </x:c>
+      <x:c r="E156" s="0">
+        <x:v>135.85</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="157" spans="1:5">
+      <x:c r="A157" s="1">
+        <x:v>45866.7583101852</x:v>
+      </x:c>
+      <x:c r="B157" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C157" s="0">
+        <x:v>54.66</x:v>
+      </x:c>
+      <x:c r="D157" s="0">
+        <x:v>118.272</x:v>
+      </x:c>
+      <x:c r="E157" s="0">
+        <x:v>140.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="158" spans="1:5">
+      <x:c r="A158" s="1">
+        <x:v>45863.756724537</x:v>
+      </x:c>
+      <x:c r="B158" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C158" s="0">
+        <x:v>62.23</x:v>
+      </x:c>
+      <x:c r="D158" s="0">
+        <x:v>121.17</x:v>
+      </x:c>
+      <x:c r="E158" s="0">
+        <x:v>144.25</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="159" spans="1:5">
+      <x:c r="A159" s="1">
+        <x:v>45862.7626967593</x:v>
+      </x:c>
+      <x:c r="B159" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C159" s="0">
+        <x:v>60.99</x:v>
+      </x:c>
+      <x:c r="D159" s="0">
+        <x:v>120.666</x:v>
+      </x:c>
+      <x:c r="E159" s="0">
+        <x:v>143.65</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="160" spans="1:5">
+      <x:c r="A160" s="1">
+        <x:v>45861.7587037037</x:v>
+      </x:c>
+      <x:c r="B160" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C160" s="0">
+        <x:v>63.9</x:v>
+      </x:c>
+      <x:c r="D160" s="0">
+        <x:v>121.758</x:v>
+      </x:c>
+      <x:c r="E160" s="0">
+        <x:v>144.95</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="161" spans="1:5">
+      <x:c r="A161" s="1">
         <x:v>45860.7619097222</x:v>
       </x:c>
-      <x:c r="B122" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C122" s="0">
+      <x:c r="B161" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C161" s="0">
         <x:v>56.08</x:v>
       </x:c>
-      <x:c r="D122" s="0">
+      <x:c r="D161" s="0">
         <x:v>118.44</x:v>
       </x:c>
-      <x:c r="E122" s="0">
+      <x:c r="E161" s="0">
         <x:v>141</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>