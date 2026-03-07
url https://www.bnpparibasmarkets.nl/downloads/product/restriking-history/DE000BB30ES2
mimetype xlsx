--- v4 (2026-02-06)
+++ v5 (2026-03-07)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c0e278960c64c96" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5f40662ab2da4ed48eb64cf9d498137a.psmdcp" Id="R26625ce7b9ad449b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R071c2749224d47e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/240e416a3ced4f8fbc331a4860f17aed.psmdcp" Id="Rca8b99a1175b42d0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>DE000BB30ES2</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -390,2783 +390,3446 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E161"/>
+  <x:dimension ref="A1:E200"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>46058.737337963</x:v>
+        <x:v>46087.7750694444</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
-        <x:v>146.55</x:v>
+        <x:v>110.18</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>155.526</x:v>
+        <x:v>149.856</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>185.15</x:v>
+        <x:v>178.4</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>46057.7740162037</x:v>
+        <x:v>46087.7371643518</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
-        <x:v>139.41</x:v>
+        <x:v>110.18</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>153.93</x:v>
+        <x:v>149.856</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>183.25</x:v>
+        <x:v>178.4</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>46057.7372569444</x:v>
+        <x:v>46086.7747222222</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
-        <x:v>139.41</x:v>
+        <x:v>119.31</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>153.93</x:v>
+        <x:v>152.166</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>183.25</x:v>
+        <x:v>181.15</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>46056.821087963</x:v>
+        <x:v>46086.7371412037</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
-        <x:v>117.68</x:v>
+        <x:v>119.31</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>148.428</x:v>
+        <x:v>152.166</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>176.7</x:v>
+        <x:v>181.15</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>46056.7740277778</x:v>
+        <x:v>46085.7747685185</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
-        <x:v>117.68</x:v>
+        <x:v>130.55</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>148.428</x:v>
+        <x:v>154.812</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>176.7</x:v>
+        <x:v>184.3</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>46056.7371990741</x:v>
+        <x:v>46085.7372685185</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
-        <x:v>117.68</x:v>
+        <x:v>130.55</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>148.428</x:v>
+        <x:v>154.812</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>176.7</x:v>
+        <x:v>184.3</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>46055.7738773148</x:v>
+        <x:v>46084.7759606481</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
-        <x:v>118.09</x:v>
+        <x:v>115.8</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>148.512</x:v>
+        <x:v>150.948</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>176.8</x:v>
+        <x:v>179.7</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>46055.7371064815</x:v>
+        <x:v>46084.7373726852</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
-        <x:v>118.09</x:v>
+        <x:v>115.8</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>148.512</x:v>
+        <x:v>150.948</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>176.8</x:v>
+        <x:v>179.7</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>46052.7750115741</x:v>
+        <x:v>46083.7757060185</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
-        <x:v>123.7</x:v>
+        <x:v>137.32</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>149.814</x:v>
+        <x:v>155.82</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>178.35</x:v>
+        <x:v>185.5</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>46052.7372337963</x:v>
+        <x:v>46083.737337963</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C12" s="0">
-        <x:v>123.7</x:v>
+        <x:v>137.32</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>149.814</x:v>
+        <x:v>155.82</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>178.35</x:v>
+        <x:v>185.5</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>46051.7371180556</x:v>
+        <x:v>46080.7755555556</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0">
-        <x:v>115.71</x:v>
+        <x:v>169.27</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>147.756</x:v>
+        <x:v>161.868</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>175.9</x:v>
+        <x:v>192.7</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>46050.7370949074</x:v>
+        <x:v>46080.7372800926</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C14" s="0">
-        <x:v>120.54</x:v>
+        <x:v>169.27</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>148.848</x:v>
+        <x:v>161.868</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>177.2</x:v>
+        <x:v>192.7</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>46049.7368634259</x:v>
+        <x:v>46079.7753703704</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
-        <x:v>116.64</x:v>
+        <x:v>176.41</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>147.84</x:v>
+        <x:v>163.17</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>176</x:v>
+        <x:v>194.25</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>46048.7747800926</x:v>
+        <x:v>46079.7372337963</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C16" s="0">
-        <x:v>116.71</x:v>
+        <x:v>176.41</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>147.84</x:v>
+        <x:v>163.17</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>176</x:v>
+        <x:v>194.25</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>46045.7737268519</x:v>
+        <x:v>46078.775150463</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C17" s="0">
-        <x:v>116.77</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>147.798</x:v>
+        <x:v>161.532</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>175.95</x:v>
+        <x:v>192.3</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>46045.736875</x:v>
+        <x:v>46078.737337963</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="0">
-        <x:v>116.77</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>147.798</x:v>
+        <x:v>161.532</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>175.95</x:v>
+        <x:v>192.3</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>46044.7737037037</x:v>
+        <x:v>46077.7753587963</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C19" s="0">
-        <x:v>119.21</x:v>
+        <x:v>149.2</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>148.386</x:v>
+        <x:v>157.542</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>176.65</x:v>
+        <x:v>187.55</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
-        <x:v>46044.7370486111</x:v>
+        <x:v>46077.7370601852</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C20" s="0">
-        <x:v>119.21</x:v>
+        <x:v>149.2</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>148.386</x:v>
+        <x:v>157.542</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>176.65</x:v>
+        <x:v>187.55</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="1">
-        <x:v>46043.7727314815</x:v>
+        <x:v>46076.7747916667</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C21" s="0">
-        <x:v>115.5</x:v>
+        <x:v>127.65</x:v>
       </x:c>
       <x:c r="D21" s="0">
-        <x:v>147.42</x:v>
+        <x:v>152.376</x:v>
       </x:c>
       <x:c r="E21" s="0">
-        <x:v>175.5</x:v>
+        <x:v>181.4</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="1">
-        <x:v>46043.7370833333</x:v>
+        <x:v>46076.7372800926</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C22" s="0">
-        <x:v>115.5</x:v>
+        <x:v>127.65</x:v>
       </x:c>
       <x:c r="D22" s="0">
-        <x:v>147.42</x:v>
+        <x:v>152.376</x:v>
       </x:c>
       <x:c r="E22" s="0">
-        <x:v>175.5</x:v>
+        <x:v>181.4</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="1">
-        <x:v>46042.7743055556</x:v>
+        <x:v>46073.7370023148</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C23" s="0">
-        <x:v>120.16</x:v>
+        <x:v>133.55</x:v>
       </x:c>
       <x:c r="D23" s="0">
-        <x:v>148.554</x:v>
+        <x:v>153.678</x:v>
       </x:c>
       <x:c r="E23" s="0">
-        <x:v>176.85</x:v>
+        <x:v>182.95</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="1">
-        <x:v>46042.7372222222</x:v>
+        <x:v>46072.7740509259</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C24" s="0">
-        <x:v>120.16</x:v>
+        <x:v>139.5</x:v>
       </x:c>
       <x:c r="D24" s="0">
-        <x:v>148.554</x:v>
+        <x:v>154.98</x:v>
       </x:c>
       <x:c r="E24" s="0">
-        <x:v>176.85</x:v>
+        <x:v>184.5</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="1">
-        <x:v>46041.773599537</x:v>
+        <x:v>46072.7371180556</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C25" s="0">
-        <x:v>114.19</x:v>
+        <x:v>139.5</x:v>
       </x:c>
       <x:c r="D25" s="0">
-        <x:v>147</x:v>
+        <x:v>154.98</x:v>
       </x:c>
       <x:c r="E25" s="0">
-        <x:v>175</x:v>
+        <x:v>184.5</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="1">
-        <x:v>46041.7370949074</x:v>
+        <x:v>46071.7730671296</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C26" s="0">
-        <x:v>114.19</x:v>
+        <x:v>137.72</x:v>
       </x:c>
       <x:c r="D26" s="0">
-        <x:v>147</x:v>
+        <x:v>154.56</x:v>
       </x:c>
       <x:c r="E26" s="0">
-        <x:v>175</x:v>
+        <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="1">
-        <x:v>46038.7738888889</x:v>
+        <x:v>46071.7370486111</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C27" s="0">
-        <x:v>123.28</x:v>
+        <x:v>137.72</x:v>
       </x:c>
       <x:c r="D27" s="0">
-        <x:v>149.142</x:v>
+        <x:v>154.56</x:v>
       </x:c>
       <x:c r="E27" s="0">
-        <x:v>177.55</x:v>
+        <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="1">
-        <x:v>46038.7369560185</x:v>
+        <x:v>46070.7737037037</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C28" s="0">
-        <x:v>123.28</x:v>
+        <x:v>155.81</x:v>
       </x:c>
       <x:c r="D28" s="0">
-        <x:v>149.142</x:v>
+        <x:v>158.214</x:v>
       </x:c>
       <x:c r="E28" s="0">
-        <x:v>177.55</x:v>
+        <x:v>188.35</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="1">
-        <x:v>46037.7736458333</x:v>
+        <x:v>46070.7371064815</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C29" s="0">
-        <x:v>129.88</x:v>
+        <x:v>155.81</x:v>
       </x:c>
       <x:c r="D29" s="0">
-        <x:v>150.654</x:v>
+        <x:v>158.214</x:v>
       </x:c>
       <x:c r="E29" s="0">
-        <x:v>179.35</x:v>
+        <x:v>188.35</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="1">
-        <x:v>46037.7371527778</x:v>
+        <x:v>46069.7747453704</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C30" s="0">
-        <x:v>129.88</x:v>
+        <x:v>153.45</x:v>
       </x:c>
       <x:c r="D30" s="0">
-        <x:v>150.654</x:v>
+        <x:v>157.71</x:v>
       </x:c>
       <x:c r="E30" s="0">
-        <x:v>179.35</x:v>
+        <x:v>187.75</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="1">
-        <x:v>46036.774224537</x:v>
+        <x:v>46069.7370138889</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C31" s="0">
-        <x:v>138.35</x:v>
+        <x:v>153.45</x:v>
       </x:c>
       <x:c r="D31" s="0">
-        <x:v>152.502</x:v>
+        <x:v>157.71</x:v>
       </x:c>
       <x:c r="E31" s="0">
-        <x:v>181.55</x:v>
+        <x:v>187.75</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="1">
-        <x:v>46036.7371412037</x:v>
+        <x:v>46066.7740625</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C32" s="0">
-        <x:v>138.35</x:v>
+        <x:v>145.13</x:v>
       </x:c>
       <x:c r="D32" s="0">
-        <x:v>152.502</x:v>
+        <x:v>155.862</x:v>
       </x:c>
       <x:c r="E32" s="0">
-        <x:v>181.55</x:v>
+        <x:v>185.55</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="1">
-        <x:v>46035.7726851852</x:v>
+        <x:v>46066.7373148148</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C33" s="0">
-        <x:v>136.73</x:v>
+        <x:v>145.13</x:v>
       </x:c>
       <x:c r="D33" s="0">
-        <x:v>152.124</x:v>
+        <x:v>155.862</x:v>
       </x:c>
       <x:c r="E33" s="0">
-        <x:v>181.1</x:v>
+        <x:v>185.55</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="1">
-        <x:v>46035.7369791667</x:v>
+        <x:v>46065.7730787037</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C34" s="0">
-        <x:v>136.73</x:v>
+        <x:v>156.22</x:v>
       </x:c>
       <x:c r="D34" s="0">
-        <x:v>152.124</x:v>
+        <x:v>158.088</x:v>
       </x:c>
       <x:c r="E34" s="0">
-        <x:v>181.1</x:v>
+        <x:v>188.2</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="1">
-        <x:v>46034.7734722222</x:v>
+        <x:v>46065.7373032407</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C35" s="0">
-        <x:v>131.16</x:v>
+        <x:v>156.22</x:v>
       </x:c>
       <x:c r="D35" s="0">
-        <x:v>150.822</x:v>
+        <x:v>158.088</x:v>
       </x:c>
       <x:c r="E35" s="0">
-        <x:v>179.55</x:v>
+        <x:v>188.2</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="1">
-        <x:v>46031.7746759259</x:v>
+        <x:v>46064.7744675926</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C36" s="0">
-        <x:v>129.77</x:v>
+        <x:v>147.4</x:v>
       </x:c>
       <x:c r="D36" s="0">
-        <x:v>150.444</x:v>
+        <x:v>156.198</x:v>
       </x:c>
       <x:c r="E36" s="0">
-        <x:v>179.1</x:v>
+        <x:v>185.95</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="1">
-        <x:v>46030.7735763889</x:v>
+        <x:v>46063.7747222222</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C37" s="0">
-        <x:v>128.06</x:v>
+        <x:v>145.14</x:v>
       </x:c>
       <x:c r="D37" s="0">
-        <x:v>150.024</x:v>
+        <x:v>155.694</x:v>
       </x:c>
       <x:c r="E37" s="0">
-        <x:v>178.6</x:v>
+        <x:v>185.35</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="1">
-        <x:v>46030.737037037</x:v>
+        <x:v>46063.7371875</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C38" s="0">
-        <x:v>128.06</x:v>
+        <x:v>145.14</x:v>
       </x:c>
       <x:c r="D38" s="0">
-        <x:v>150.024</x:v>
+        <x:v>155.694</x:v>
       </x:c>
       <x:c r="E38" s="0">
-        <x:v>178.6</x:v>
+        <x:v>185.35</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="1">
-        <x:v>46029.7726851852</x:v>
+        <x:v>46062.7728587963</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C39" s="0">
-        <x:v>155.94</x:v>
+        <x:v>135.93</x:v>
       </x:c>
       <x:c r="D39" s="0">
-        <x:v>155.568</x:v>
+        <x:v>153.594</x:v>
       </x:c>
       <x:c r="E39" s="0">
-        <x:v>185.2</x:v>
+        <x:v>182.85</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="1">
-        <x:v>46029.7371064815</x:v>
+        <x:v>46062.7372106481</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C40" s="0">
-        <x:v>155.94</x:v>
+        <x:v>135.93</x:v>
       </x:c>
       <x:c r="D40" s="0">
-        <x:v>155.568</x:v>
+        <x:v>153.594</x:v>
       </x:c>
       <x:c r="E40" s="0">
-        <x:v>185.2</x:v>
+        <x:v>182.85</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="1">
-        <x:v>46027.7372685185</x:v>
+        <x:v>46059.7370949074</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C41" s="0">
-        <x:v>145.93</x:v>
+        <x:v>157.14</x:v>
       </x:c>
       <x:c r="D41" s="0">
-        <x:v>153.426</x:v>
+        <x:v>157.794</x:v>
       </x:c>
       <x:c r="E41" s="0">
-        <x:v>182.65</x:v>
+        <x:v>187.85</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="1">
-        <x:v>46024.7366435185</x:v>
+        <x:v>46058.737337963</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C42" s="0">
-        <x:v>156.59</x:v>
+        <x:v>146.55</x:v>
       </x:c>
       <x:c r="D42" s="0">
-        <x:v>155.484</x:v>
+        <x:v>155.526</x:v>
       </x:c>
       <x:c r="E42" s="0">
-        <x:v>185.1</x:v>
+        <x:v>185.15</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="1">
-        <x:v>46021.7368634259</x:v>
+        <x:v>46057.7740162037</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C43" s="0">
-        <x:v>160.34</x:v>
+        <x:v>139.41</x:v>
       </x:c>
       <x:c r="D43" s="0">
-        <x:v>156.156</x:v>
+        <x:v>153.93</x:v>
       </x:c>
       <x:c r="E43" s="0">
-        <x:v>185.9</x:v>
+        <x:v>183.25</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="1">
-        <x:v>46020.736875</x:v>
+        <x:v>46057.7372569444</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C44" s="0">
-        <x:v>161.52</x:v>
+        <x:v>139.41</x:v>
       </x:c>
       <x:c r="D44" s="0">
-        <x:v>156.366</x:v>
+        <x:v>153.93</x:v>
       </x:c>
       <x:c r="E44" s="0">
-        <x:v>186.15</x:v>
+        <x:v>183.25</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="1">
-        <x:v>46014.7368634259</x:v>
+        <x:v>46056.821087963</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C45" s="0">
-        <x:v>153.54</x:v>
+        <x:v>117.68</x:v>
       </x:c>
       <x:c r="D45" s="0">
-        <x:v>154.644</x:v>
+        <x:v>148.428</x:v>
       </x:c>
       <x:c r="E45" s="0">
-        <x:v>184.1</x:v>
+        <x:v>176.7</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="1">
-        <x:v>46013.7370486111</x:v>
+        <x:v>46056.7740277778</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C46" s="0">
-        <x:v>153.21</x:v>
+        <x:v>117.68</x:v>
       </x:c>
       <x:c r="D46" s="0">
-        <x:v>154.56</x:v>
+        <x:v>148.428</x:v>
       </x:c>
       <x:c r="E46" s="0">
-        <x:v>184</x:v>
+        <x:v>176.7</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="1">
-        <x:v>46010.737037037</x:v>
+        <x:v>46056.7371990741</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C47" s="0">
-        <x:v>153.08</x:v>
+        <x:v>117.68</x:v>
       </x:c>
       <x:c r="D47" s="0">
-        <x:v>154.476</x:v>
+        <x:v>148.428</x:v>
       </x:c>
       <x:c r="E47" s="0">
-        <x:v>183.9</x:v>
+        <x:v>176.7</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5">
       <x:c r="A48" s="1">
-        <x:v>46009.7370717593</x:v>
+        <x:v>46055.7738773148</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C48" s="0">
-        <x:v>170.68</x:v>
+        <x:v>118.09</x:v>
       </x:c>
       <x:c r="D48" s="0">
-        <x:v>157.71</x:v>
+        <x:v>148.512</x:v>
       </x:c>
       <x:c r="E48" s="0">
-        <x:v>187.75</x:v>
+        <x:v>176.8</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
       <x:c r="A49" s="1">
-        <x:v>46008.7373263889</x:v>
+        <x:v>46055.7371064815</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C49" s="0">
-        <x:v>144.46</x:v>
+        <x:v>118.09</x:v>
       </x:c>
       <x:c r="D49" s="0">
-        <x:v>152.166</x:v>
+        <x:v>148.512</x:v>
       </x:c>
       <x:c r="E49" s="0">
-        <x:v>181.15</x:v>
+        <x:v>176.8</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5">
       <x:c r="A50" s="1">
-        <x:v>46007.7370138889</x:v>
+        <x:v>46052.7750115741</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C50" s="0">
-        <x:v>142.38</x:v>
+        <x:v>123.7</x:v>
       </x:c>
       <x:c r="D50" s="0">
-        <x:v>151.704</x:v>
+        <x:v>149.814</x:v>
       </x:c>
       <x:c r="E50" s="0">
-        <x:v>180.6</x:v>
+        <x:v>178.35</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5">
       <x:c r="A51" s="1">
-        <x:v>46006.7734953704</x:v>
+        <x:v>46052.7372337963</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C51" s="0">
-        <x:v>140.9</x:v>
+        <x:v>123.7</x:v>
       </x:c>
       <x:c r="D51" s="0">
-        <x:v>151.368</x:v>
+        <x:v>149.814</x:v>
       </x:c>
       <x:c r="E51" s="0">
-        <x:v>180.2</x:v>
+        <x:v>178.35</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5">
       <x:c r="A52" s="1">
-        <x:v>46006.7372685185</x:v>
+        <x:v>46051.7371180556</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C52" s="0">
-        <x:v>140.9</x:v>
+        <x:v>115.71</x:v>
       </x:c>
       <x:c r="D52" s="0">
-        <x:v>151.368</x:v>
+        <x:v>147.756</x:v>
       </x:c>
       <x:c r="E52" s="0">
-        <x:v>180.2</x:v>
+        <x:v>175.9</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5">
       <x:c r="A53" s="1">
-        <x:v>46003.7371759259</x:v>
+        <x:v>46050.7370949074</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C53" s="0">
-        <x:v>142.34</x:v>
+        <x:v>120.54</x:v>
       </x:c>
       <x:c r="D53" s="0">
-        <x:v>151.62</x:v>
+        <x:v>148.848</x:v>
       </x:c>
       <x:c r="E53" s="0">
-        <x:v>180.5</x:v>
+        <x:v>177.2</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5">
       <x:c r="A54" s="1">
-        <x:v>46002.7740509259</x:v>
+        <x:v>46049.7368634259</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C54" s="0">
-        <x:v>135.41</x:v>
+        <x:v>116.64</x:v>
       </x:c>
       <x:c r="D54" s="0">
-        <x:v>150.066</x:v>
+        <x:v>147.84</x:v>
       </x:c>
       <x:c r="E54" s="0">
-        <x:v>178.65</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5">
       <x:c r="A55" s="1">
-        <x:v>46002.7369212963</x:v>
+        <x:v>46048.7747800926</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C55" s="0">
-        <x:v>135.41</x:v>
+        <x:v>116.71</x:v>
       </x:c>
       <x:c r="D55" s="0">
-        <x:v>150.066</x:v>
+        <x:v>147.84</x:v>
       </x:c>
       <x:c r="E55" s="0">
-        <x:v>178.65</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5">
       <x:c r="A56" s="1">
-        <x:v>46001.7725810185</x:v>
+        <x:v>46045.7737268519</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C56" s="0">
-        <x:v>119.99</x:v>
+        <x:v>116.77</x:v>
       </x:c>
       <x:c r="D56" s="0">
-        <x:v>146.286</x:v>
+        <x:v>147.798</x:v>
       </x:c>
       <x:c r="E56" s="0">
-        <x:v>174.15</x:v>
+        <x:v>175.95</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:5">
       <x:c r="A57" s="1">
-        <x:v>46001.7370138889</x:v>
+        <x:v>46045.736875</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C57" s="0">
-        <x:v>119.99</x:v>
+        <x:v>116.77</x:v>
       </x:c>
       <x:c r="D57" s="0">
-        <x:v>146.286</x:v>
+        <x:v>147.798</x:v>
       </x:c>
       <x:c r="E57" s="0">
-        <x:v>174.15</x:v>
+        <x:v>175.95</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:5">
       <x:c r="A58" s="1">
-        <x:v>46000.7370486111</x:v>
+        <x:v>46044.7737037037</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C58" s="0">
-        <x:v>115.38</x:v>
+        <x:v>119.21</x:v>
       </x:c>
       <x:c r="D58" s="0">
-        <x:v>145.11</x:v>
+        <x:v>148.386</x:v>
       </x:c>
       <x:c r="E58" s="0">
-        <x:v>172.75</x:v>
+        <x:v>176.65</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:5">
       <x:c r="A59" s="1">
-        <x:v>45999.7371875</x:v>
+        <x:v>46044.7370486111</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C59" s="0">
-        <x:v>119.58</x:v>
+        <x:v>119.21</x:v>
       </x:c>
       <x:c r="D59" s="0">
-        <x:v>146.118</x:v>
+        <x:v>148.386</x:v>
       </x:c>
       <x:c r="E59" s="0">
-        <x:v>173.95</x:v>
+        <x:v>176.65</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:5">
       <x:c r="A60" s="1">
-        <x:v>45996.7368402778</x:v>
+        <x:v>46043.7727314815</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C60" s="0">
-        <x:v>129.54</x:v>
+        <x:v>115.5</x:v>
       </x:c>
       <x:c r="D60" s="0">
-        <x:v>148.344</x:v>
+        <x:v>147.42</x:v>
       </x:c>
       <x:c r="E60" s="0">
-        <x:v>176.6</x:v>
+        <x:v>175.5</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:5">
       <x:c r="A61" s="1">
-        <x:v>45995.7378819444</x:v>
+        <x:v>46043.7370833333</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C61" s="0">
-        <x:v>134.15</x:v>
+        <x:v>115.5</x:v>
       </x:c>
       <x:c r="D61" s="0">
-        <x:v>149.352</x:v>
+        <x:v>147.42</x:v>
       </x:c>
       <x:c r="E61" s="0">
-        <x:v>177.8</x:v>
+        <x:v>175.5</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:5">
       <x:c r="A62" s="1">
-        <x:v>45994.7372685185</x:v>
+        <x:v>46042.7743055556</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C62" s="0">
-        <x:v>140.71</x:v>
+        <x:v>120.16</x:v>
       </x:c>
       <x:c r="D62" s="0">
-        <x:v>150.738</x:v>
+        <x:v>148.554</x:v>
       </x:c>
       <x:c r="E62" s="0">
-        <x:v>179.45</x:v>
+        <x:v>176.85</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:5">
       <x:c r="A63" s="1">
-        <x:v>45993.7373032407</x:v>
+        <x:v>46042.7372222222</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C63" s="0">
-        <x:v>136.2</x:v>
+        <x:v>120.16</x:v>
       </x:c>
       <x:c r="D63" s="0">
-        <x:v>149.73</x:v>
+        <x:v>148.554</x:v>
       </x:c>
       <x:c r="E63" s="0">
-        <x:v>178.25</x:v>
+        <x:v>176.85</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:5">
       <x:c r="A64" s="1">
-        <x:v>45992.7372106481</x:v>
+        <x:v>46041.773599537</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C64" s="0">
-        <x:v>128.27</x:v>
+        <x:v>114.19</x:v>
       </x:c>
       <x:c r="D64" s="0">
-        <x:v>147.882</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="E64" s="0">
-        <x:v>176.05</x:v>
+        <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:5">
       <x:c r="A65" s="1">
-        <x:v>45989.7370717593</x:v>
+        <x:v>46041.7370949074</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C65" s="0">
-        <x:v>112.83</x:v>
+        <x:v>114.19</x:v>
       </x:c>
       <x:c r="D65" s="0">
-        <x:v>143.892</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="E65" s="0">
-        <x:v>171.3</x:v>
+        <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:5">
       <x:c r="A66" s="1">
-        <x:v>45988.7370023148</x:v>
+        <x:v>46038.7738888889</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C66" s="0">
-        <x:v>121.11</x:v>
+        <x:v>123.28</x:v>
       </x:c>
       <x:c r="D66" s="0">
-        <x:v>145.866</x:v>
+        <x:v>149.142</x:v>
       </x:c>
       <x:c r="E66" s="0">
-        <x:v>173.65</x:v>
+        <x:v>177.55</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:5">
       <x:c r="A67" s="1">
-        <x:v>45987.7371296296</x:v>
+        <x:v>46038.7369560185</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C67" s="0">
-        <x:v>123.13</x:v>
+        <x:v>123.28</x:v>
       </x:c>
       <x:c r="D67" s="0">
-        <x:v>146.328</x:v>
+        <x:v>149.142</x:v>
       </x:c>
       <x:c r="E67" s="0">
-        <x:v>174.2</x:v>
+        <x:v>177.55</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:5">
       <x:c r="A68" s="1">
-        <x:v>45986.7689583333</x:v>
+        <x:v>46037.7736458333</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C68" s="0">
-        <x:v>116.76</x:v>
+        <x:v>129.88</x:v>
       </x:c>
       <x:c r="D68" s="0">
-        <x:v>144.732</x:v>
+        <x:v>150.654</x:v>
       </x:c>
       <x:c r="E68" s="0">
-        <x:v>172.3</x:v>
+        <x:v>179.35</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:5">
       <x:c r="A69" s="1">
-        <x:v>45986.7372685185</x:v>
+        <x:v>46037.7371527778</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C69" s="0">
-        <x:v>116.76</x:v>
+        <x:v>129.88</x:v>
       </x:c>
       <x:c r="D69" s="0">
-        <x:v>144.732</x:v>
+        <x:v>150.654</x:v>
       </x:c>
       <x:c r="E69" s="0">
-        <x:v>172.3</x:v>
+        <x:v>179.35</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:5">
       <x:c r="A70" s="1">
-        <x:v>45985.736724537</x:v>
+        <x:v>46036.774224537</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C70" s="0">
-        <x:v>121.02</x:v>
+        <x:v>138.35</x:v>
       </x:c>
       <x:c r="D70" s="0">
-        <x:v>145.74</x:v>
+        <x:v>152.502</x:v>
       </x:c>
       <x:c r="E70" s="0">
-        <x:v>173.5</x:v>
+        <x:v>181.55</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:5">
       <x:c r="A71" s="1">
-        <x:v>45982.737037037</x:v>
+        <x:v>46036.7371412037</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C71" s="0">
-        <x:v>117.5</x:v>
+        <x:v>138.35</x:v>
       </x:c>
       <x:c r="D71" s="0">
-        <x:v>144.816</x:v>
+        <x:v>152.502</x:v>
       </x:c>
       <x:c r="E71" s="0">
-        <x:v>172.4</x:v>
+        <x:v>181.55</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:5">
       <x:c r="A72" s="1">
-        <x:v>45981.7368402778</x:v>
+        <x:v>46035.7726851852</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C72" s="0">
-        <x:v>114.24</x:v>
+        <x:v>136.73</x:v>
       </x:c>
       <x:c r="D72" s="0">
-        <x:v>143.976</x:v>
+        <x:v>152.124</x:v>
       </x:c>
       <x:c r="E72" s="0">
-        <x:v>171.4</x:v>
+        <x:v>181.1</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:5">
       <x:c r="A73" s="1">
-        <x:v>45980.7367592593</x:v>
+        <x:v>46035.7369791667</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C73" s="0">
-        <x:v>126.24</x:v>
+        <x:v>136.73</x:v>
       </x:c>
       <x:c r="D73" s="0">
-        <x:v>146.748</x:v>
+        <x:v>152.124</x:v>
       </x:c>
       <x:c r="E73" s="0">
-        <x:v>174.7</x:v>
+        <x:v>181.1</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:5">
       <x:c r="A74" s="1">
-        <x:v>45979.7368055556</x:v>
+        <x:v>46034.7734722222</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C74" s="0">
-        <x:v>120.74</x:v>
+        <x:v>131.16</x:v>
       </x:c>
       <x:c r="D74" s="0">
-        <x:v>145.404</x:v>
+        <x:v>150.822</x:v>
       </x:c>
       <x:c r="E74" s="0">
-        <x:v>173.1</x:v>
+        <x:v>179.55</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:5">
       <x:c r="A75" s="1">
-        <x:v>45978.7367708333</x:v>
+        <x:v>46031.7746759259</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C75" s="0">
-        <x:v>134.94</x:v>
+        <x:v>129.77</x:v>
       </x:c>
       <x:c r="D75" s="0">
-        <x:v>148.512</x:v>
+        <x:v>150.444</x:v>
       </x:c>
       <x:c r="E75" s="0">
-        <x:v>176.8</x:v>
+        <x:v>179.1</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:5">
       <x:c r="A76" s="1">
-        <x:v>45975.7367013889</x:v>
+        <x:v>46030.7735763889</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C76" s="0">
-        <x:v>157.29</x:v>
+        <x:v>128.06</x:v>
       </x:c>
       <x:c r="D76" s="0">
-        <x:v>152.796</x:v>
+        <x:v>150.024</x:v>
       </x:c>
       <x:c r="E76" s="0">
-        <x:v>181.9</x:v>
+        <x:v>178.6</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:5">
       <x:c r="A77" s="1">
-        <x:v>45974.7370138889</x:v>
+        <x:v>46030.737037037</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C77" s="0">
-        <x:v>166.44</x:v>
+        <x:v>128.06</x:v>
       </x:c>
       <x:c r="D77" s="0">
-        <x:v>154.476</x:v>
+        <x:v>150.024</x:v>
       </x:c>
       <x:c r="E77" s="0">
-        <x:v>183.9</x:v>
+        <x:v>178.6</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:5">
       <x:c r="A78" s="1">
-        <x:v>45973.7367361111</x:v>
+        <x:v>46029.7726851852</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C78" s="0">
-        <x:v>156.62</x:v>
+        <x:v>155.94</x:v>
       </x:c>
       <x:c r="D78" s="0">
-        <x:v>152.544</x:v>
+        <x:v>155.568</x:v>
       </x:c>
       <x:c r="E78" s="0">
-        <x:v>181.6</x:v>
+        <x:v>185.2</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:5">
       <x:c r="A79" s="1">
-        <x:v>45972.7367361111</x:v>
+        <x:v>46029.7371064815</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C79" s="0">
-        <x:v>147.66</x:v>
+        <x:v>155.94</x:v>
       </x:c>
       <x:c r="D79" s="0">
-        <x:v>150.696</x:v>
+        <x:v>155.568</x:v>
       </x:c>
       <x:c r="E79" s="0">
-        <x:v>179.4</x:v>
+        <x:v>185.2</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:5">
       <x:c r="A80" s="1">
-        <x:v>45968.7368865741</x:v>
+        <x:v>46027.7372685185</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C80" s="0">
-        <x:v>123.69</x:v>
+        <x:v>145.93</x:v>
       </x:c>
       <x:c r="D80" s="0">
-        <x:v>145.152</x:v>
+        <x:v>153.426</x:v>
       </x:c>
       <x:c r="E80" s="0">
-        <x:v>172.8</x:v>
+        <x:v>182.65</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:5">
       <x:c r="A81" s="1">
-        <x:v>45967.7368402778</x:v>
+        <x:v>46024.7366435185</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C81" s="0">
-        <x:v>118.41</x:v>
+        <x:v>156.59</x:v>
       </x:c>
       <x:c r="D81" s="0">
-        <x:v>141.47</x:v>
+        <x:v>155.484</x:v>
       </x:c>
       <x:c r="E81" s="0">
-        <x:v>171.25</x:v>
+        <x:v>185.1</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:5">
       <x:c r="A82" s="1">
-        <x:v>45967.3261689815</x:v>
+        <x:v>46021.7368634259</x:v>
       </x:c>
       <x:c r="B82" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C82" s="0">
-        <x:v>121.71</x:v>
+        <x:v>160.34</x:v>
       </x:c>
       <x:c r="D82" s="0">
-        <x:v>142.31</x:v>
+        <x:v>156.156</x:v>
       </x:c>
       <x:c r="E82" s="0">
-        <x:v>172.25</x:v>
+        <x:v>185.9</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:5">
       <x:c r="A83" s="1">
-        <x:v>45966.7368402778</x:v>
+        <x:v>46020.736875</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C83" s="0">
-        <x:v>113.91</x:v>
+        <x:v>161.52</x:v>
       </x:c>
       <x:c r="D83" s="0">
-        <x:v>144.69</x:v>
+        <x:v>156.366</x:v>
       </x:c>
       <x:c r="E83" s="0">
-        <x:v>172.25</x:v>
+        <x:v>186.15</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:5">
       <x:c r="A84" s="1">
-        <x:v>45965.7388425926</x:v>
+        <x:v>46014.7368634259</x:v>
       </x:c>
       <x:c r="B84" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C84" s="0">
-        <x:v>111.07</x:v>
+        <x:v>153.54</x:v>
       </x:c>
       <x:c r="D84" s="0">
-        <x:v>143.934</x:v>
+        <x:v>154.644</x:v>
       </x:c>
       <x:c r="E84" s="0">
-        <x:v>171.35</x:v>
+        <x:v>184.1</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:5">
       <x:c r="A85" s="1">
-        <x:v>45964.7369212963</x:v>
+        <x:v>46013.7370486111</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C85" s="0">
-        <x:v>127.25</x:v>
+        <x:v>153.21</x:v>
       </x:c>
       <x:c r="D85" s="0">
-        <x:v>147.672</x:v>
+        <x:v>154.56</x:v>
       </x:c>
       <x:c r="E85" s="0">
-        <x:v>175.8</x:v>
+        <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:5">
       <x:c r="A86" s="1">
-        <x:v>45961.8177777778</x:v>
+        <x:v>46010.737037037</x:v>
       </x:c>
       <x:c r="B86" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C86" s="0">
-        <x:v>145.71</x:v>
+        <x:v>153.08</x:v>
       </x:c>
       <x:c r="D86" s="0">
-        <x:v>151.452</x:v>
+        <x:v>154.476</x:v>
       </x:c>
       <x:c r="E86" s="0">
-        <x:v>180.3</x:v>
+        <x:v>183.9</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:5">
       <x:c r="A87" s="1">
-        <x:v>45961.7365393518</x:v>
+        <x:v>46009.7370717593</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C87" s="0">
-        <x:v>145.71</x:v>
+        <x:v>170.68</x:v>
       </x:c>
       <x:c r="D87" s="0">
-        <x:v>151.452</x:v>
+        <x:v>157.71</x:v>
       </x:c>
       <x:c r="E87" s="0">
-        <x:v>180.3</x:v>
+        <x:v>187.75</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:5">
       <x:c r="A88" s="1">
-        <x:v>45961.6041550926</x:v>
+        <x:v>46008.7373263889</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C88" s="0">
-        <x:v>145.71</x:v>
+        <x:v>144.46</x:v>
       </x:c>
       <x:c r="D88" s="0">
-        <x:v>151.452</x:v>
+        <x:v>152.166</x:v>
       </x:c>
       <x:c r="E88" s="0">
-        <x:v>180.3</x:v>
+        <x:v>181.15</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:5">
       <x:c r="A89" s="1">
-        <x:v>45960.7368171296</x:v>
+        <x:v>46007.7370138889</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C89" s="0">
-        <x:v>144.2</x:v>
+        <x:v>142.38</x:v>
       </x:c>
       <x:c r="D89" s="0">
-        <x:v>151.116</x:v>
+        <x:v>151.704</x:v>
       </x:c>
       <x:c r="E89" s="0">
-        <x:v>179.9</x:v>
+        <x:v>180.6</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:5">
       <x:c r="A90" s="1">
-        <x:v>45959.7367592593</x:v>
+        <x:v>46006.7734953704</x:v>
       </x:c>
       <x:c r="B90" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C90" s="0">
-        <x:v>141.14</x:v>
+        <x:v>140.9</x:v>
       </x:c>
       <x:c r="D90" s="0">
-        <x:v>150.444</x:v>
+        <x:v>151.368</x:v>
       </x:c>
       <x:c r="E90" s="0">
-        <x:v>179.1</x:v>
+        <x:v>180.2</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:5">
       <x:c r="A91" s="1">
-        <x:v>45958.7367824074</x:v>
+        <x:v>46006.7372685185</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C91" s="0">
-        <x:v>147.99</x:v>
+        <x:v>140.9</x:v>
       </x:c>
       <x:c r="D91" s="0">
-        <x:v>151.83</x:v>
+        <x:v>151.368</x:v>
       </x:c>
       <x:c r="E91" s="0">
-        <x:v>180.75</x:v>
+        <x:v>180.2</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:5">
       <x:c r="A92" s="1">
-        <x:v>45957.7750694444</x:v>
+        <x:v>46003.7371759259</x:v>
       </x:c>
       <x:c r="B92" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C92" s="0">
-        <x:v>148.29</x:v>
+        <x:v>142.34</x:v>
       </x:c>
       <x:c r="D92" s="0">
-        <x:v>151.872</x:v>
+        <x:v>151.62</x:v>
       </x:c>
       <x:c r="E92" s="0">
-        <x:v>180.8</x:v>
+        <x:v>180.5</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:5">
       <x:c r="A93" s="1">
-        <x:v>45954.7370833333</x:v>
+        <x:v>46002.7740509259</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C93" s="0">
-        <x:v>145.73</x:v>
+        <x:v>135.41</x:v>
       </x:c>
       <x:c r="D93" s="0">
-        <x:v>151.284</x:v>
+        <x:v>150.066</x:v>
       </x:c>
       <x:c r="E93" s="0">
-        <x:v>180.1</x:v>
+        <x:v>178.65</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:5">
       <x:c r="A94" s="1">
-        <x:v>45953.7373611111</x:v>
+        <x:v>46002.7369212963</x:v>
       </x:c>
       <x:c r="B94" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C94" s="0">
-        <x:v>147.05</x:v>
+        <x:v>135.41</x:v>
       </x:c>
       <x:c r="D94" s="0">
-        <x:v>151.536</x:v>
+        <x:v>150.066</x:v>
       </x:c>
       <x:c r="E94" s="0">
-        <x:v>180.4</x:v>
+        <x:v>178.65</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:5">
       <x:c r="A95" s="1">
-        <x:v>45952.7370601852</x:v>
+        <x:v>46001.7725810185</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C95" s="0">
-        <x:v>139.89</x:v>
+        <x:v>119.99</x:v>
       </x:c>
       <x:c r="D95" s="0">
-        <x:v>149.982</x:v>
+        <x:v>146.286</x:v>
       </x:c>
       <x:c r="E95" s="0">
-        <x:v>178.55</x:v>
+        <x:v>174.15</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:5">
       <x:c r="A96" s="1">
-        <x:v>45951.7369907407</x:v>
+        <x:v>46001.7370138889</x:v>
       </x:c>
       <x:c r="B96" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C96" s="0">
-        <x:v>138.42</x:v>
+        <x:v>119.99</x:v>
       </x:c>
       <x:c r="D96" s="0">
-        <x:v>149.646</x:v>
+        <x:v>146.286</x:v>
       </x:c>
       <x:c r="E96" s="0">
-        <x:v>178.15</x:v>
+        <x:v>174.15</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:5">
       <x:c r="A97" s="1">
-        <x:v>45950.737037037</x:v>
+        <x:v>46000.7370486111</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C97" s="0">
-        <x:v>140.08</x:v>
+        <x:v>115.38</x:v>
       </x:c>
       <x:c r="D97" s="0">
-        <x:v>149.982</x:v>
+        <x:v>145.11</x:v>
       </x:c>
       <x:c r="E97" s="0">
-        <x:v>178.55</x:v>
+        <x:v>172.75</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:5">
       <x:c r="A98" s="1">
-        <x:v>45947.7367824074</x:v>
+        <x:v>45999.7371875</x:v>
       </x:c>
       <x:c r="B98" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C98" s="0">
-        <x:v>132.45</x:v>
+        <x:v>119.58</x:v>
       </x:c>
       <x:c r="D98" s="0">
-        <x:v>148.218</x:v>
+        <x:v>146.118</x:v>
       </x:c>
       <x:c r="E98" s="0">
-        <x:v>176.45</x:v>
+        <x:v>173.95</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:5">
       <x:c r="A99" s="1">
-        <x:v>45946.7603125</x:v>
+        <x:v>45996.7368402778</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C99" s="0">
-        <x:v>129.4</x:v>
+        <x:v>129.54</x:v>
       </x:c>
       <x:c r="D99" s="0">
-        <x:v>147.504</x:v>
+        <x:v>148.344</x:v>
       </x:c>
       <x:c r="E99" s="0">
-        <x:v>175.6</x:v>
+        <x:v>176.6</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:5">
       <x:c r="A100" s="1">
-        <x:v>45945.7368981481</x:v>
+        <x:v>45995.7378819444</x:v>
       </x:c>
       <x:c r="B100" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C100" s="0">
-        <x:v>121.09</x:v>
+        <x:v>134.15</x:v>
       </x:c>
       <x:c r="D100" s="0">
-        <x:v>145.488</x:v>
+        <x:v>149.352</x:v>
       </x:c>
       <x:c r="E100" s="0">
-        <x:v>173.2</x:v>
+        <x:v>177.8</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:5">
       <x:c r="A101" s="1">
-        <x:v>45944.7367592593</x:v>
+        <x:v>45994.7372685185</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C101" s="0">
-        <x:v>113.84</x:v>
+        <x:v>140.71</x:v>
       </x:c>
       <x:c r="D101" s="0">
-        <x:v>143.64</x:v>
+        <x:v>150.738</x:v>
       </x:c>
       <x:c r="E101" s="0">
-        <x:v>171</x:v>
+        <x:v>179.45</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:5">
       <x:c r="A102" s="1">
-        <x:v>45943.7373263889</x:v>
+        <x:v>45993.7373032407</x:v>
       </x:c>
       <x:c r="B102" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C102" s="0">
-        <x:v>109.39</x:v>
+        <x:v>136.2</x:v>
       </x:c>
       <x:c r="D102" s="0">
-        <x:v>142.464</x:v>
+        <x:v>149.73</x:v>
       </x:c>
       <x:c r="E102" s="0">
-        <x:v>169.6</x:v>
+        <x:v>178.25</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:5">
       <x:c r="A103" s="1">
-        <x:v>45940.7628009259</x:v>
+        <x:v>45992.7372106481</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C103" s="0">
-        <x:v>105.52</x:v>
+        <x:v>128.27</x:v>
       </x:c>
       <x:c r="D103" s="0">
-        <x:v>141.372</x:v>
+        <x:v>147.882</x:v>
       </x:c>
       <x:c r="E103" s="0">
-        <x:v>168.3</x:v>
+        <x:v>176.05</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:5">
       <x:c r="A104" s="1">
-        <x:v>45939.7572106481</x:v>
+        <x:v>45989.7370717593</x:v>
       </x:c>
       <x:c r="B104" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C104" s="0">
-        <x:v>107.49</x:v>
+        <x:v>112.83</x:v>
       </x:c>
       <x:c r="D104" s="0">
-        <x:v>141.876</x:v>
+        <x:v>143.892</x:v>
       </x:c>
       <x:c r="E104" s="0">
-        <x:v>168.9</x:v>
+        <x:v>171.3</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:5">
       <x:c r="A105" s="1">
-        <x:v>45938.7365856481</x:v>
+        <x:v>45988.7370023148</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C105" s="0">
-        <x:v>120.1</x:v>
+        <x:v>121.11</x:v>
       </x:c>
       <x:c r="D105" s="0">
-        <x:v>144.9</x:v>
+        <x:v>145.866</x:v>
       </x:c>
       <x:c r="E105" s="0">
-        <x:v>172.5</x:v>
+        <x:v>173.65</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:5">
       <x:c r="A106" s="1">
-        <x:v>45937.7365393518</x:v>
+        <x:v>45987.7371296296</x:v>
       </x:c>
       <x:c r="B106" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C106" s="0">
-        <x:v>131.21</x:v>
+        <x:v>123.13</x:v>
       </x:c>
       <x:c r="D106" s="0">
-        <x:v>147.378</x:v>
+        <x:v>146.328</x:v>
       </x:c>
       <x:c r="E106" s="0">
-        <x:v>175.45</x:v>
+        <x:v>174.2</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:5">
       <x:c r="A107" s="1">
-        <x:v>45936.7365856481</x:v>
+        <x:v>45986.7689583333</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C107" s="0">
-        <x:v>148.69</x:v>
+        <x:v>116.76</x:v>
       </x:c>
       <x:c r="D107" s="0">
-        <x:v>150.906</x:v>
+        <x:v>144.732</x:v>
       </x:c>
       <x:c r="E107" s="0">
-        <x:v>179.65</x:v>
+        <x:v>172.3</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:5">
       <x:c r="A108" s="1">
-        <x:v>45933.7365277778</x:v>
+        <x:v>45986.7372685185</x:v>
       </x:c>
       <x:c r="B108" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C108" s="0">
-        <x:v>144.9</x:v>
+        <x:v>116.76</x:v>
       </x:c>
       <x:c r="D108" s="0">
-        <x:v>150.066</x:v>
+        <x:v>144.732</x:v>
       </x:c>
       <x:c r="E108" s="0">
-        <x:v>178.65</x:v>
+        <x:v>172.3</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:5">
       <x:c r="A109" s="1">
-        <x:v>45932.7758449074</x:v>
+        <x:v>45985.736724537</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C109" s="0">
-        <x:v>139.87</x:v>
+        <x:v>121.02</x:v>
       </x:c>
       <x:c r="D109" s="0">
-        <x:v>148.974</x:v>
+        <x:v>145.74</x:v>
       </x:c>
       <x:c r="E109" s="0">
-        <x:v>177.35</x:v>
+        <x:v>173.5</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:5">
       <x:c r="A110" s="1">
-        <x:v>45931.7588888889</x:v>
+        <x:v>45982.737037037</x:v>
       </x:c>
       <x:c r="B110" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C110" s="0">
-        <x:v>134.78</x:v>
+        <x:v>117.5</x:v>
       </x:c>
       <x:c r="D110" s="0">
-        <x:v>147.84</x:v>
+        <x:v>144.816</x:v>
       </x:c>
       <x:c r="E110" s="0">
-        <x:v>176</x:v>
+        <x:v>172.4</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:5">
       <x:c r="A111" s="1">
-        <x:v>45930.7579398148</x:v>
+        <x:v>45981.7368402778</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C111" s="0">
-        <x:v>132.04</x:v>
+        <x:v>114.24</x:v>
       </x:c>
       <x:c r="D111" s="0">
-        <x:v>147.21</x:v>
+        <x:v>143.976</x:v>
       </x:c>
       <x:c r="E111" s="0">
-        <x:v>175.25</x:v>
+        <x:v>171.4</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:5">
       <x:c r="A112" s="1">
-        <x:v>45929.7560416667</x:v>
+        <x:v>45980.7367592593</x:v>
       </x:c>
       <x:c r="B112" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C112" s="0">
-        <x:v>124.05</x:v>
+        <x:v>126.24</x:v>
       </x:c>
       <x:c r="D112" s="0">
-        <x:v>145.32</x:v>
+        <x:v>146.748</x:v>
       </x:c>
       <x:c r="E112" s="0">
-        <x:v>173</x:v>
+        <x:v>174.7</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:5">
       <x:c r="A113" s="1">
-        <x:v>45926.7572569444</x:v>
+        <x:v>45979.7368055556</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C113" s="0">
-        <x:v>124.28</x:v>
+        <x:v>120.74</x:v>
       </x:c>
       <x:c r="D113" s="0">
-        <x:v>145.32</x:v>
+        <x:v>145.404</x:v>
       </x:c>
       <x:c r="E113" s="0">
-        <x:v>173</x:v>
+        <x:v>173.1</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:5">
       <x:c r="A114" s="1">
-        <x:v>45925.7565625</x:v>
+        <x:v>45978.7367708333</x:v>
       </x:c>
       <x:c r="B114" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C114" s="0">
-        <x:v>118.31</x:v>
+        <x:v>134.94</x:v>
       </x:c>
       <x:c r="D114" s="0">
-        <x:v>143.85</x:v>
+        <x:v>148.512</x:v>
       </x:c>
       <x:c r="E114" s="0">
-        <x:v>171.25</x:v>
+        <x:v>176.8</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:5">
       <x:c r="A115" s="1">
-        <x:v>45924.7579976852</x:v>
+        <x:v>45975.7367013889</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C115" s="0">
-        <x:v>79.5</x:v>
+        <x:v>157.29</x:v>
       </x:c>
       <x:c r="D115" s="0">
-        <x:v>131.04</x:v>
+        <x:v>152.796</x:v>
       </x:c>
       <x:c r="E115" s="0">
-        <x:v>156</x:v>
+        <x:v>181.9</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:5">
       <x:c r="A116" s="1">
-        <x:v>45923.7566435185</x:v>
+        <x:v>45974.7370138889</x:v>
       </x:c>
       <x:c r="B116" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C116" s="0">
-        <x:v>78.8</x:v>
+        <x:v>166.44</x:v>
       </x:c>
       <x:c r="D116" s="0">
-        <x:v>130.788</x:v>
+        <x:v>154.476</x:v>
       </x:c>
       <x:c r="E116" s="0">
-        <x:v>155.7</x:v>
+        <x:v>183.9</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:5">
       <x:c r="A117" s="1">
-        <x:v>45922.7577430556</x:v>
+        <x:v>45973.7367361111</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C117" s="0">
-        <x:v>71.25</x:v>
+        <x:v>156.62</x:v>
       </x:c>
       <x:c r="D117" s="0">
-        <x:v>128.058</x:v>
+        <x:v>152.544</x:v>
       </x:c>
       <x:c r="E117" s="0">
-        <x:v>152.45</x:v>
+        <x:v>181.6</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:5">
       <x:c r="A118" s="1">
-        <x:v>45919.7643287037</x:v>
+        <x:v>45972.7367361111</x:v>
       </x:c>
       <x:c r="B118" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C118" s="0">
-        <x:v>71.15</x:v>
+        <x:v>147.66</x:v>
       </x:c>
       <x:c r="D118" s="0">
-        <x:v>127.974</x:v>
+        <x:v>150.696</x:v>
       </x:c>
       <x:c r="E118" s="0">
-        <x:v>152.35</x:v>
+        <x:v>179.4</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:5">
       <x:c r="A119" s="1">
-        <x:v>45918.7598148148</x:v>
+        <x:v>45968.7368865741</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C119" s="0">
-        <x:v>76.79</x:v>
+        <x:v>123.69</x:v>
       </x:c>
       <x:c r="D119" s="0">
-        <x:v>129.864</x:v>
+        <x:v>145.152</x:v>
       </x:c>
       <x:c r="E119" s="0">
-        <x:v>154.6</x:v>
+        <x:v>172.8</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:5">
       <x:c r="A120" s="1">
-        <x:v>45917.7674537037</x:v>
+        <x:v>45967.7368402778</x:v>
       </x:c>
       <x:c r="B120" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C120" s="0">
-        <x:v>76.96</x:v>
+        <x:v>118.41</x:v>
       </x:c>
       <x:c r="D120" s="0">
-        <x:v>129.906</x:v>
+        <x:v>141.47</x:v>
       </x:c>
       <x:c r="E120" s="0">
-        <x:v>154.65</x:v>
+        <x:v>171.25</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:5">
       <x:c r="A121" s="1">
-        <x:v>45916.7611111111</x:v>
+        <x:v>45967.3261689815</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C121" s="0">
-        <x:v>69.12</x:v>
+        <x:v>121.71</x:v>
       </x:c>
       <x:c r="D121" s="0">
-        <x:v>127.008</x:v>
+        <x:v>142.31</x:v>
       </x:c>
       <x:c r="E121" s="0">
-        <x:v>151.2</x:v>
+        <x:v>172.25</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:5">
       <x:c r="A122" s="1">
-        <x:v>45915.7666319444</x:v>
+        <x:v>45966.7368402778</x:v>
       </x:c>
       <x:c r="B122" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C122" s="0">
-        <x:v>62.61</x:v>
+        <x:v>113.91</x:v>
       </x:c>
       <x:c r="D122" s="0">
-        <x:v>124.404</x:v>
+        <x:v>144.69</x:v>
       </x:c>
       <x:c r="E122" s="0">
-        <x:v>148.1</x:v>
+        <x:v>172.25</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:5">
       <x:c r="A123" s="1">
-        <x:v>45912.7594212963</x:v>
+        <x:v>45965.7388425926</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C123" s="0">
-        <x:v>58.8</x:v>
+        <x:v>111.07</x:v>
       </x:c>
       <x:c r="D123" s="0">
-        <x:v>122.766</x:v>
+        <x:v>143.934</x:v>
       </x:c>
       <x:c r="E123" s="0">
-        <x:v>146.15</x:v>
+        <x:v>171.35</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:5">
       <x:c r="A124" s="1">
-        <x:v>45911.75875</x:v>
+        <x:v>45964.7369212963</x:v>
       </x:c>
       <x:c r="B124" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C124" s="0">
-        <x:v>62.32</x:v>
+        <x:v>127.25</x:v>
       </x:c>
       <x:c r="D124" s="0">
-        <x:v>124.152</x:v>
+        <x:v>147.672</x:v>
       </x:c>
       <x:c r="E124" s="0">
-        <x:v>147.8</x:v>
+        <x:v>175.8</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:5">
       <x:c r="A125" s="1">
-        <x:v>45910.7661342593</x:v>
+        <x:v>45961.8177777778</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C125" s="0">
-        <x:v>64.09</x:v>
+        <x:v>145.71</x:v>
       </x:c>
       <x:c r="D125" s="0">
-        <x:v>124.824</x:v>
+        <x:v>151.452</x:v>
       </x:c>
       <x:c r="E125" s="0">
-        <x:v>148.6</x:v>
+        <x:v>180.3</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:5">
       <x:c r="A126" s="1">
-        <x:v>45909.7555787037</x:v>
+        <x:v>45961.7365393518</x:v>
       </x:c>
       <x:c r="B126" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C126" s="0">
-        <x:v>62.65</x:v>
+        <x:v>145.71</x:v>
       </x:c>
       <x:c r="D126" s="0">
-        <x:v>124.236</x:v>
+        <x:v>151.452</x:v>
       </x:c>
       <x:c r="E126" s="0">
-        <x:v>147.9</x:v>
+        <x:v>180.3</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:5">
       <x:c r="A127" s="1">
-        <x:v>45908.7626157407</x:v>
+        <x:v>45961.6041550926</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C127" s="0">
-        <x:v>62.06</x:v>
+        <x:v>145.71</x:v>
       </x:c>
       <x:c r="D127" s="0">
-        <x:v>123.984</x:v>
+        <x:v>151.452</x:v>
       </x:c>
       <x:c r="E127" s="0">
-        <x:v>147.6</x:v>
+        <x:v>180.3</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:5">
       <x:c r="A128" s="1">
-        <x:v>45905.7753009259</x:v>
+        <x:v>45960.7368171296</x:v>
       </x:c>
       <x:c r="B128" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C128" s="0">
-        <x:v>58.08</x:v>
+        <x:v>144.2</x:v>
       </x:c>
       <x:c r="D128" s="0">
-        <x:v>122.262</x:v>
+        <x:v>151.116</x:v>
       </x:c>
       <x:c r="E128" s="0">
-        <x:v>145.55</x:v>
+        <x:v>179.9</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:5">
       <x:c r="A129" s="1">
-        <x:v>45904.7633564815</x:v>
+        <x:v>45959.7367592593</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C129" s="0">
-        <x:v>57.13</x:v>
+        <x:v>141.14</x:v>
       </x:c>
       <x:c r="D129" s="0">
-        <x:v>121.842</x:v>
+        <x:v>150.444</x:v>
       </x:c>
       <x:c r="E129" s="0">
-        <x:v>145.05</x:v>
+        <x:v>179.1</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:5">
       <x:c r="A130" s="1">
-        <x:v>45903.7601157407</x:v>
+        <x:v>45958.7367824074</x:v>
       </x:c>
       <x:c r="B130" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C130" s="0">
-        <x:v>51.79</x:v>
+        <x:v>147.99</x:v>
       </x:c>
       <x:c r="D130" s="0">
-        <x:v>119.364</x:v>
+        <x:v>151.83</x:v>
       </x:c>
       <x:c r="E130" s="0">
-        <x:v>142.1</x:v>
+        <x:v>180.75</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:5">
       <x:c r="A131" s="1">
-        <x:v>45902.7618055556</x:v>
+        <x:v>45957.7750694444</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C131" s="0">
-        <x:v>45.56</x:v>
+        <x:v>148.29</x:v>
       </x:c>
       <x:c r="D131" s="0">
-        <x:v>116.172</x:v>
+        <x:v>151.872</x:v>
       </x:c>
       <x:c r="E131" s="0">
-        <x:v>138.3</x:v>
+        <x:v>180.8</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:5">
       <x:c r="A132" s="1">
-        <x:v>45901.7594444444</x:v>
+        <x:v>45954.7370833333</x:v>
       </x:c>
       <x:c r="B132" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C132" s="0">
-        <x:v>45.75</x:v>
+        <x:v>145.73</x:v>
       </x:c>
       <x:c r="D132" s="0">
-        <x:v>116.256</x:v>
+        <x:v>151.284</x:v>
       </x:c>
       <x:c r="E132" s="0">
-        <x:v>138.4</x:v>
+        <x:v>180.1</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:5">
       <x:c r="A133" s="1">
-        <x:v>45898.7627083333</x:v>
+        <x:v>45953.7373611111</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C133" s="0">
-        <x:v>46.6</x:v>
+        <x:v>147.05</x:v>
       </x:c>
       <x:c r="D133" s="0">
-        <x:v>116.634</x:v>
+        <x:v>151.536</x:v>
       </x:c>
       <x:c r="E133" s="0">
-        <x:v>138.85</x:v>
+        <x:v>180.4</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:5">
       <x:c r="A134" s="1">
-        <x:v>45897.7575925926</x:v>
+        <x:v>45952.7370601852</x:v>
       </x:c>
       <x:c r="B134" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C134" s="0">
-        <x:v>51.06</x:v>
+        <x:v>139.89</x:v>
       </x:c>
       <x:c r="D134" s="0">
-        <x:v>118.692</x:v>
+        <x:v>149.982</x:v>
       </x:c>
       <x:c r="E134" s="0">
-        <x:v>141.3</x:v>
+        <x:v>178.55</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:5">
       <x:c r="A135" s="1">
-        <x:v>45896.7598263889</x:v>
+        <x:v>45951.7369907407</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C135" s="0">
-        <x:v>51.55</x:v>
+        <x:v>138.42</x:v>
       </x:c>
       <x:c r="D135" s="0">
-        <x:v>118.902</x:v>
+        <x:v>149.646</x:v>
       </x:c>
       <x:c r="E135" s="0">
-        <x:v>141.55</x:v>
+        <x:v>178.15</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:5">
       <x:c r="A136" s="1">
-        <x:v>45895.7574884259</x:v>
+        <x:v>45950.737037037</x:v>
       </x:c>
       <x:c r="B136" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C136" s="0">
-        <x:v>52.79</x:v>
+        <x:v>140.08</x:v>
       </x:c>
       <x:c r="D136" s="0">
-        <x:v>119.448</x:v>
+        <x:v>149.982</x:v>
       </x:c>
       <x:c r="E136" s="0">
-        <x:v>142.2</x:v>
+        <x:v>178.55</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:5">
       <x:c r="A137" s="1">
-        <x:v>45894.7570138889</x:v>
+        <x:v>45947.7367824074</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C137" s="0">
-        <x:v>52.73</x:v>
+        <x:v>132.45</x:v>
       </x:c>
       <x:c r="D137" s="0">
-        <x:v>119.406</x:v>
+        <x:v>148.218</x:v>
       </x:c>
       <x:c r="E137" s="0">
-        <x:v>142.15</x:v>
+        <x:v>176.45</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:5">
       <x:c r="A138" s="1">
-        <x:v>45891.7584606481</x:v>
+        <x:v>45946.7603125</x:v>
       </x:c>
       <x:c r="B138" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C138" s="0">
-        <x:v>58.94</x:v>
+        <x:v>129.4</x:v>
       </x:c>
       <x:c r="D138" s="0">
-        <x:v>121.926</x:v>
+        <x:v>147.504</x:v>
       </x:c>
       <x:c r="E138" s="0">
-        <x:v>145.15</x:v>
+        <x:v>175.6</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:5">
       <x:c r="A139" s="1">
-        <x:v>45890.7565277778</x:v>
+        <x:v>45945.7368981481</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C139" s="0">
-        <x:v>54.13</x:v>
+        <x:v>121.09</x:v>
       </x:c>
       <x:c r="D139" s="0">
-        <x:v>119.784</x:v>
+        <x:v>145.488</x:v>
       </x:c>
       <x:c r="E139" s="0">
-        <x:v>142.6</x:v>
+        <x:v>173.2</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:5">
       <x:c r="A140" s="1">
-        <x:v>45889.759375</x:v>
+        <x:v>45944.7367592593</x:v>
       </x:c>
       <x:c r="B140" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C140" s="0">
-        <x:v>57.35</x:v>
+        <x:v>113.84</x:v>
       </x:c>
       <x:c r="D140" s="0">
-        <x:v>121.128</x:v>
+        <x:v>143.64</x:v>
       </x:c>
       <x:c r="E140" s="0">
-        <x:v>144.2</x:v>
+        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:5">
       <x:c r="A141" s="1">
-        <x:v>45888.7607291667</x:v>
+        <x:v>45943.7373263889</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C141" s="0">
-        <x:v>57.49</x:v>
+        <x:v>109.39</x:v>
       </x:c>
       <x:c r="D141" s="0">
-        <x:v>121.17</x:v>
+        <x:v>142.464</x:v>
       </x:c>
       <x:c r="E141" s="0">
-        <x:v>144.25</x:v>
+        <x:v>169.6</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:5">
       <x:c r="A142" s="1">
-        <x:v>45887.7582523148</x:v>
+        <x:v>45940.7628009259</x:v>
       </x:c>
       <x:c r="B142" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C142" s="0">
-        <x:v>57.03</x:v>
+        <x:v>105.52</x:v>
       </x:c>
       <x:c r="D142" s="0">
-        <x:v>120.96</x:v>
+        <x:v>141.372</x:v>
       </x:c>
       <x:c r="E142" s="0">
-        <x:v>144</x:v>
+        <x:v>168.3</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:5">
       <x:c r="A143" s="1">
-        <x:v>45884.7577546296</x:v>
+        <x:v>45939.7572106481</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C143" s="0">
-        <x:v>55.49</x:v>
+        <x:v>107.49</x:v>
       </x:c>
       <x:c r="D143" s="0">
-        <x:v>120.246</x:v>
+        <x:v>141.876</x:v>
       </x:c>
       <x:c r="E143" s="0">
-        <x:v>143.15</x:v>
+        <x:v>168.9</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:5">
       <x:c r="A144" s="1">
-        <x:v>45883.7578472222</x:v>
+        <x:v>45938.7365856481</x:v>
       </x:c>
       <x:c r="B144" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C144" s="0">
-        <x:v>52.29</x:v>
+        <x:v>120.1</x:v>
       </x:c>
       <x:c r="D144" s="0">
-        <x:v>118.776</x:v>
+        <x:v>144.9</x:v>
       </x:c>
       <x:c r="E144" s="0">
-        <x:v>141.4</x:v>
+        <x:v>172.5</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:5">
       <x:c r="A145" s="1">
-        <x:v>45882.7698611111</x:v>
+        <x:v>45937.7365393518</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C145" s="0">
-        <x:v>56.15</x:v>
+        <x:v>131.21</x:v>
       </x:c>
       <x:c r="D145" s="0">
-        <x:v>120.414</x:v>
+        <x:v>147.378</x:v>
       </x:c>
       <x:c r="E145" s="0">
-        <x:v>143.35</x:v>
+        <x:v>175.45</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:5">
       <x:c r="A146" s="1">
-        <x:v>45882.7608333333</x:v>
+        <x:v>45936.7365856481</x:v>
       </x:c>
       <x:c r="B146" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C146" s="0">
-        <x:v>56.15</x:v>
+        <x:v>148.69</x:v>
       </x:c>
       <x:c r="D146" s="0">
-        <x:v>120.414</x:v>
+        <x:v>150.906</x:v>
       </x:c>
       <x:c r="E146" s="0">
-        <x:v>143.35</x:v>
+        <x:v>179.65</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:5">
       <x:c r="A147" s="1">
-        <x:v>45881.7571296296</x:v>
+        <x:v>45933.7365277778</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C147" s="0">
-        <x:v>49.85</x:v>
+        <x:v>144.9</x:v>
       </x:c>
       <x:c r="D147" s="0">
-        <x:v>117.432</x:v>
+        <x:v>150.066</x:v>
       </x:c>
       <x:c r="E147" s="0">
-        <x:v>139.8</x:v>
+        <x:v>178.65</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:5">
       <x:c r="A148" s="1">
-        <x:v>45880.7586689815</x:v>
+        <x:v>45932.7758449074</x:v>
       </x:c>
       <x:c r="B148" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C148" s="0">
-        <x:v>46.03</x:v>
+        <x:v>139.87</x:v>
       </x:c>
       <x:c r="D148" s="0">
-        <x:v>115.5</x:v>
+        <x:v>148.974</x:v>
       </x:c>
       <x:c r="E148" s="0">
-        <x:v>137.5</x:v>
+        <x:v>177.35</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:5">
       <x:c r="A149" s="1">
-        <x:v>45877.7857523148</x:v>
+        <x:v>45931.7588888889</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C149" s="0">
-        <x:v>48.21</x:v>
+        <x:v>134.78</x:v>
       </x:c>
       <x:c r="D149" s="0">
-        <x:v>116.508</x:v>
+        <x:v>147.84</x:v>
       </x:c>
       <x:c r="E149" s="0">
-        <x:v>138.7</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:5">
       <x:c r="A150" s="1">
-        <x:v>45876.7589467593</x:v>
+        <x:v>45930.7579398148</x:v>
       </x:c>
       <x:c r="B150" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C150" s="0">
-        <x:v>41.38</x:v>
+        <x:v>132.04</x:v>
       </x:c>
       <x:c r="D150" s="0">
-        <x:v>112.77</x:v>
+        <x:v>147.21</x:v>
       </x:c>
       <x:c r="E150" s="0">
-        <x:v>134.25</x:v>
+        <x:v>175.25</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:5">
       <x:c r="A151" s="1">
-        <x:v>45875.7594444444</x:v>
+        <x:v>45929.7560416667</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C151" s="0">
-        <x:v>37.88</x:v>
+        <x:v>124.05</x:v>
       </x:c>
       <x:c r="D151" s="0">
-        <x:v>110.712</x:v>
+        <x:v>145.32</x:v>
       </x:c>
       <x:c r="E151" s="0">
-        <x:v>131.8</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:5">
       <x:c r="A152" s="1">
-        <x:v>45874.7580092593</x:v>
+        <x:v>45926.7572569444</x:v>
       </x:c>
       <x:c r="B152" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C152" s="0">
-        <x:v>35.84</x:v>
+        <x:v>124.28</x:v>
       </x:c>
       <x:c r="D152" s="0">
-        <x:v>109.452</x:v>
+        <x:v>145.32</x:v>
       </x:c>
       <x:c r="E152" s="0">
-        <x:v>130.3</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:5">
       <x:c r="A153" s="1">
-        <x:v>45873.7607986111</x:v>
+        <x:v>45925.7565625</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C153" s="0">
-        <x:v>34.02</x:v>
+        <x:v>118.31</x:v>
       </x:c>
       <x:c r="D153" s="0">
-        <x:v>108.276</x:v>
+        <x:v>143.85</x:v>
       </x:c>
       <x:c r="E153" s="0">
-        <x:v>128.9</x:v>
+        <x:v>171.25</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:5">
       <x:c r="A154" s="1">
-        <x:v>45870.7602314815</x:v>
+        <x:v>45924.7579976852</x:v>
       </x:c>
       <x:c r="B154" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C154" s="0">
-        <x:v>33.37</x:v>
+        <x:v>79.5</x:v>
       </x:c>
       <x:c r="D154" s="0">
-        <x:v>107.814</x:v>
+        <x:v>131.04</x:v>
       </x:c>
       <x:c r="E154" s="0">
-        <x:v>128.35</x:v>
+        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:5">
       <x:c r="A155" s="1">
-        <x:v>45869.7836574074</x:v>
+        <x:v>45923.7566435185</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C155" s="0">
-        <x:v>39.34</x:v>
+        <x:v>78.8</x:v>
       </x:c>
       <x:c r="D155" s="0">
-        <x:v>111.174</x:v>
+        <x:v>130.788</x:v>
       </x:c>
       <x:c r="E155" s="0">
-        <x:v>132.35</x:v>
+        <x:v>155.7</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:5">
       <x:c r="A156" s="1">
-        <x:v>45868.7572569444</x:v>
+        <x:v>45922.7577430556</x:v>
       </x:c>
       <x:c r="B156" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C156" s="0">
-        <x:v>45.19</x:v>
+        <x:v>71.25</x:v>
       </x:c>
       <x:c r="D156" s="0">
-        <x:v>114.114</x:v>
+        <x:v>128.058</x:v>
       </x:c>
       <x:c r="E156" s="0">
-        <x:v>135.85</x:v>
+        <x:v>152.45</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:5">
       <x:c r="A157" s="1">
-        <x:v>45866.7583101852</x:v>
+        <x:v>45919.7643287037</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C157" s="0">
-        <x:v>54.66</x:v>
+        <x:v>71.15</x:v>
       </x:c>
       <x:c r="D157" s="0">
-        <x:v>118.272</x:v>
+        <x:v>127.974</x:v>
       </x:c>
       <x:c r="E157" s="0">
-        <x:v>140.8</x:v>
+        <x:v>152.35</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:5">
       <x:c r="A158" s="1">
-        <x:v>45863.756724537</x:v>
+        <x:v>45918.7598148148</x:v>
       </x:c>
       <x:c r="B158" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C158" s="0">
-        <x:v>62.23</x:v>
+        <x:v>76.79</x:v>
       </x:c>
       <x:c r="D158" s="0">
-        <x:v>121.17</x:v>
+        <x:v>129.864</x:v>
       </x:c>
       <x:c r="E158" s="0">
-        <x:v>144.25</x:v>
+        <x:v>154.6</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:5">
       <x:c r="A159" s="1">
-        <x:v>45862.7626967593</x:v>
+        <x:v>45917.7674537037</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C159" s="0">
-        <x:v>60.99</x:v>
+        <x:v>76.96</x:v>
       </x:c>
       <x:c r="D159" s="0">
-        <x:v>120.666</x:v>
+        <x:v>129.906</x:v>
       </x:c>
       <x:c r="E159" s="0">
-        <x:v>143.65</x:v>
+        <x:v>154.65</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:5">
       <x:c r="A160" s="1">
-        <x:v>45861.7587037037</x:v>
+        <x:v>45916.7611111111</x:v>
       </x:c>
       <x:c r="B160" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C160" s="0">
-        <x:v>63.9</x:v>
+        <x:v>69.12</x:v>
       </x:c>
       <x:c r="D160" s="0">
-        <x:v>121.758</x:v>
+        <x:v>127.008</x:v>
       </x:c>
       <x:c r="E160" s="0">
-        <x:v>144.95</x:v>
+        <x:v>151.2</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:5">
       <x:c r="A161" s="1">
+        <x:v>45915.7666319444</x:v>
+      </x:c>
+      <x:c r="B161" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C161" s="0">
+        <x:v>62.61</x:v>
+      </x:c>
+      <x:c r="D161" s="0">
+        <x:v>124.404</x:v>
+      </x:c>
+      <x:c r="E161" s="0">
+        <x:v>148.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="162" spans="1:5">
+      <x:c r="A162" s="1">
+        <x:v>45912.7594212963</x:v>
+      </x:c>
+      <x:c r="B162" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C162" s="0">
+        <x:v>58.8</x:v>
+      </x:c>
+      <x:c r="D162" s="0">
+        <x:v>122.766</x:v>
+      </x:c>
+      <x:c r="E162" s="0">
+        <x:v>146.15</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="163" spans="1:5">
+      <x:c r="A163" s="1">
+        <x:v>45911.75875</x:v>
+      </x:c>
+      <x:c r="B163" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C163" s="0">
+        <x:v>62.32</x:v>
+      </x:c>
+      <x:c r="D163" s="0">
+        <x:v>124.152</x:v>
+      </x:c>
+      <x:c r="E163" s="0">
+        <x:v>147.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="164" spans="1:5">
+      <x:c r="A164" s="1">
+        <x:v>45910.7661342593</x:v>
+      </x:c>
+      <x:c r="B164" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C164" s="0">
+        <x:v>64.09</x:v>
+      </x:c>
+      <x:c r="D164" s="0">
+        <x:v>124.824</x:v>
+      </x:c>
+      <x:c r="E164" s="0">
+        <x:v>148.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="165" spans="1:5">
+      <x:c r="A165" s="1">
+        <x:v>45909.7555787037</x:v>
+      </x:c>
+      <x:c r="B165" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C165" s="0">
+        <x:v>62.65</x:v>
+      </x:c>
+      <x:c r="D165" s="0">
+        <x:v>124.236</x:v>
+      </x:c>
+      <x:c r="E165" s="0">
+        <x:v>147.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="166" spans="1:5">
+      <x:c r="A166" s="1">
+        <x:v>45908.7626157407</x:v>
+      </x:c>
+      <x:c r="B166" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C166" s="0">
+        <x:v>62.06</x:v>
+      </x:c>
+      <x:c r="D166" s="0">
+        <x:v>123.984</x:v>
+      </x:c>
+      <x:c r="E166" s="0">
+        <x:v>147.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="167" spans="1:5">
+      <x:c r="A167" s="1">
+        <x:v>45905.7753009259</x:v>
+      </x:c>
+      <x:c r="B167" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C167" s="0">
+        <x:v>58.08</x:v>
+      </x:c>
+      <x:c r="D167" s="0">
+        <x:v>122.262</x:v>
+      </x:c>
+      <x:c r="E167" s="0">
+        <x:v>145.55</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="168" spans="1:5">
+      <x:c r="A168" s="1">
+        <x:v>45904.7633564815</x:v>
+      </x:c>
+      <x:c r="B168" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C168" s="0">
+        <x:v>57.13</x:v>
+      </x:c>
+      <x:c r="D168" s="0">
+        <x:v>121.842</x:v>
+      </x:c>
+      <x:c r="E168" s="0">
+        <x:v>145.05</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="169" spans="1:5">
+      <x:c r="A169" s="1">
+        <x:v>45903.7601157407</x:v>
+      </x:c>
+      <x:c r="B169" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C169" s="0">
+        <x:v>51.79</x:v>
+      </x:c>
+      <x:c r="D169" s="0">
+        <x:v>119.364</x:v>
+      </x:c>
+      <x:c r="E169" s="0">
+        <x:v>142.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="170" spans="1:5">
+      <x:c r="A170" s="1">
+        <x:v>45902.7618055556</x:v>
+      </x:c>
+      <x:c r="B170" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C170" s="0">
+        <x:v>45.56</x:v>
+      </x:c>
+      <x:c r="D170" s="0">
+        <x:v>116.172</x:v>
+      </x:c>
+      <x:c r="E170" s="0">
+        <x:v>138.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="171" spans="1:5">
+      <x:c r="A171" s="1">
+        <x:v>45901.7594444444</x:v>
+      </x:c>
+      <x:c r="B171" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C171" s="0">
+        <x:v>45.75</x:v>
+      </x:c>
+      <x:c r="D171" s="0">
+        <x:v>116.256</x:v>
+      </x:c>
+      <x:c r="E171" s="0">
+        <x:v>138.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="172" spans="1:5">
+      <x:c r="A172" s="1">
+        <x:v>45898.7627083333</x:v>
+      </x:c>
+      <x:c r="B172" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C172" s="0">
+        <x:v>46.6</x:v>
+      </x:c>
+      <x:c r="D172" s="0">
+        <x:v>116.634</x:v>
+      </x:c>
+      <x:c r="E172" s="0">
+        <x:v>138.85</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="173" spans="1:5">
+      <x:c r="A173" s="1">
+        <x:v>45897.7575925926</x:v>
+      </x:c>
+      <x:c r="B173" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C173" s="0">
+        <x:v>51.06</x:v>
+      </x:c>
+      <x:c r="D173" s="0">
+        <x:v>118.692</x:v>
+      </x:c>
+      <x:c r="E173" s="0">
+        <x:v>141.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="174" spans="1:5">
+      <x:c r="A174" s="1">
+        <x:v>45896.7598263889</x:v>
+      </x:c>
+      <x:c r="B174" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C174" s="0">
+        <x:v>51.55</x:v>
+      </x:c>
+      <x:c r="D174" s="0">
+        <x:v>118.902</x:v>
+      </x:c>
+      <x:c r="E174" s="0">
+        <x:v>141.55</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="175" spans="1:5">
+      <x:c r="A175" s="1">
+        <x:v>45895.7574884259</x:v>
+      </x:c>
+      <x:c r="B175" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C175" s="0">
+        <x:v>52.79</x:v>
+      </x:c>
+      <x:c r="D175" s="0">
+        <x:v>119.448</x:v>
+      </x:c>
+      <x:c r="E175" s="0">
+        <x:v>142.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="176" spans="1:5">
+      <x:c r="A176" s="1">
+        <x:v>45894.7570138889</x:v>
+      </x:c>
+      <x:c r="B176" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C176" s="0">
+        <x:v>52.73</x:v>
+      </x:c>
+      <x:c r="D176" s="0">
+        <x:v>119.406</x:v>
+      </x:c>
+      <x:c r="E176" s="0">
+        <x:v>142.15</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="177" spans="1:5">
+      <x:c r="A177" s="1">
+        <x:v>45891.7584606481</x:v>
+      </x:c>
+      <x:c r="B177" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C177" s="0">
+        <x:v>58.94</x:v>
+      </x:c>
+      <x:c r="D177" s="0">
+        <x:v>121.926</x:v>
+      </x:c>
+      <x:c r="E177" s="0">
+        <x:v>145.15</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="178" spans="1:5">
+      <x:c r="A178" s="1">
+        <x:v>45890.7565277778</x:v>
+      </x:c>
+      <x:c r="B178" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C178" s="0">
+        <x:v>54.13</x:v>
+      </x:c>
+      <x:c r="D178" s="0">
+        <x:v>119.784</x:v>
+      </x:c>
+      <x:c r="E178" s="0">
+        <x:v>142.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="179" spans="1:5">
+      <x:c r="A179" s="1">
+        <x:v>45889.759375</x:v>
+      </x:c>
+      <x:c r="B179" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C179" s="0">
+        <x:v>57.35</x:v>
+      </x:c>
+      <x:c r="D179" s="0">
+        <x:v>121.128</x:v>
+      </x:c>
+      <x:c r="E179" s="0">
+        <x:v>144.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="180" spans="1:5">
+      <x:c r="A180" s="1">
+        <x:v>45888.7607291667</x:v>
+      </x:c>
+      <x:c r="B180" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C180" s="0">
+        <x:v>57.49</x:v>
+      </x:c>
+      <x:c r="D180" s="0">
+        <x:v>121.17</x:v>
+      </x:c>
+      <x:c r="E180" s="0">
+        <x:v>144.25</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="181" spans="1:5">
+      <x:c r="A181" s="1">
+        <x:v>45887.7582523148</x:v>
+      </x:c>
+      <x:c r="B181" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C181" s="0">
+        <x:v>57.03</x:v>
+      </x:c>
+      <x:c r="D181" s="0">
+        <x:v>120.96</x:v>
+      </x:c>
+      <x:c r="E181" s="0">
+        <x:v>144</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="182" spans="1:5">
+      <x:c r="A182" s="1">
+        <x:v>45884.7577546296</x:v>
+      </x:c>
+      <x:c r="B182" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C182" s="0">
+        <x:v>55.49</x:v>
+      </x:c>
+      <x:c r="D182" s="0">
+        <x:v>120.246</x:v>
+      </x:c>
+      <x:c r="E182" s="0">
+        <x:v>143.15</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="183" spans="1:5">
+      <x:c r="A183" s="1">
+        <x:v>45883.7578472222</x:v>
+      </x:c>
+      <x:c r="B183" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C183" s="0">
+        <x:v>52.29</x:v>
+      </x:c>
+      <x:c r="D183" s="0">
+        <x:v>118.776</x:v>
+      </x:c>
+      <x:c r="E183" s="0">
+        <x:v>141.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="184" spans="1:5">
+      <x:c r="A184" s="1">
+        <x:v>45882.7698611111</x:v>
+      </x:c>
+      <x:c r="B184" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C184" s="0">
+        <x:v>56.15</x:v>
+      </x:c>
+      <x:c r="D184" s="0">
+        <x:v>120.414</x:v>
+      </x:c>
+      <x:c r="E184" s="0">
+        <x:v>143.35</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="185" spans="1:5">
+      <x:c r="A185" s="1">
+        <x:v>45882.7608333333</x:v>
+      </x:c>
+      <x:c r="B185" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C185" s="0">
+        <x:v>56.15</x:v>
+      </x:c>
+      <x:c r="D185" s="0">
+        <x:v>120.414</x:v>
+      </x:c>
+      <x:c r="E185" s="0">
+        <x:v>143.35</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="186" spans="1:5">
+      <x:c r="A186" s="1">
+        <x:v>45881.7571296296</x:v>
+      </x:c>
+      <x:c r="B186" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C186" s="0">
+        <x:v>49.85</x:v>
+      </x:c>
+      <x:c r="D186" s="0">
+        <x:v>117.432</x:v>
+      </x:c>
+      <x:c r="E186" s="0">
+        <x:v>139.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="187" spans="1:5">
+      <x:c r="A187" s="1">
+        <x:v>45880.7586689815</x:v>
+      </x:c>
+      <x:c r="B187" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C187" s="0">
+        <x:v>46.03</x:v>
+      </x:c>
+      <x:c r="D187" s="0">
+        <x:v>115.5</x:v>
+      </x:c>
+      <x:c r="E187" s="0">
+        <x:v>137.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="188" spans="1:5">
+      <x:c r="A188" s="1">
+        <x:v>45877.7857523148</x:v>
+      </x:c>
+      <x:c r="B188" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C188" s="0">
+        <x:v>48.21</x:v>
+      </x:c>
+      <x:c r="D188" s="0">
+        <x:v>116.508</x:v>
+      </x:c>
+      <x:c r="E188" s="0">
+        <x:v>138.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="189" spans="1:5">
+      <x:c r="A189" s="1">
+        <x:v>45876.7589467593</x:v>
+      </x:c>
+      <x:c r="B189" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C189" s="0">
+        <x:v>41.38</x:v>
+      </x:c>
+      <x:c r="D189" s="0">
+        <x:v>112.77</x:v>
+      </x:c>
+      <x:c r="E189" s="0">
+        <x:v>134.25</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="190" spans="1:5">
+      <x:c r="A190" s="1">
+        <x:v>45875.7594444444</x:v>
+      </x:c>
+      <x:c r="B190" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C190" s="0">
+        <x:v>37.88</x:v>
+      </x:c>
+      <x:c r="D190" s="0">
+        <x:v>110.712</x:v>
+      </x:c>
+      <x:c r="E190" s="0">
+        <x:v>131.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="191" spans="1:5">
+      <x:c r="A191" s="1">
+        <x:v>45874.7580092593</x:v>
+      </x:c>
+      <x:c r="B191" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C191" s="0">
+        <x:v>35.84</x:v>
+      </x:c>
+      <x:c r="D191" s="0">
+        <x:v>109.452</x:v>
+      </x:c>
+      <x:c r="E191" s="0">
+        <x:v>130.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="192" spans="1:5">
+      <x:c r="A192" s="1">
+        <x:v>45873.7607986111</x:v>
+      </x:c>
+      <x:c r="B192" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C192" s="0">
+        <x:v>34.02</x:v>
+      </x:c>
+      <x:c r="D192" s="0">
+        <x:v>108.276</x:v>
+      </x:c>
+      <x:c r="E192" s="0">
+        <x:v>128.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="193" spans="1:5">
+      <x:c r="A193" s="1">
+        <x:v>45870.7602314815</x:v>
+      </x:c>
+      <x:c r="B193" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C193" s="0">
+        <x:v>33.37</x:v>
+      </x:c>
+      <x:c r="D193" s="0">
+        <x:v>107.814</x:v>
+      </x:c>
+      <x:c r="E193" s="0">
+        <x:v>128.35</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="194" spans="1:5">
+      <x:c r="A194" s="1">
+        <x:v>45869.7836574074</x:v>
+      </x:c>
+      <x:c r="B194" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C194" s="0">
+        <x:v>39.34</x:v>
+      </x:c>
+      <x:c r="D194" s="0">
+        <x:v>111.174</x:v>
+      </x:c>
+      <x:c r="E194" s="0">
+        <x:v>132.35</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="195" spans="1:5">
+      <x:c r="A195" s="1">
+        <x:v>45868.7572569444</x:v>
+      </x:c>
+      <x:c r="B195" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C195" s="0">
+        <x:v>45.19</x:v>
+      </x:c>
+      <x:c r="D195" s="0">
+        <x:v>114.114</x:v>
+      </x:c>
+      <x:c r="E195" s="0">
+        <x:v>135.85</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="196" spans="1:5">
+      <x:c r="A196" s="1">
+        <x:v>45866.7583101852</x:v>
+      </x:c>
+      <x:c r="B196" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C196" s="0">
+        <x:v>54.66</x:v>
+      </x:c>
+      <x:c r="D196" s="0">
+        <x:v>118.272</x:v>
+      </x:c>
+      <x:c r="E196" s="0">
+        <x:v>140.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="197" spans="1:5">
+      <x:c r="A197" s="1">
+        <x:v>45863.756724537</x:v>
+      </x:c>
+      <x:c r="B197" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C197" s="0">
+        <x:v>62.23</x:v>
+      </x:c>
+      <x:c r="D197" s="0">
+        <x:v>121.17</x:v>
+      </x:c>
+      <x:c r="E197" s="0">
+        <x:v>144.25</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="198" spans="1:5">
+      <x:c r="A198" s="1">
+        <x:v>45862.7626967593</x:v>
+      </x:c>
+      <x:c r="B198" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C198" s="0">
+        <x:v>60.99</x:v>
+      </x:c>
+      <x:c r="D198" s="0">
+        <x:v>120.666</x:v>
+      </x:c>
+      <x:c r="E198" s="0">
+        <x:v>143.65</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="199" spans="1:5">
+      <x:c r="A199" s="1">
+        <x:v>45861.7587037037</x:v>
+      </x:c>
+      <x:c r="B199" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C199" s="0">
+        <x:v>63.9</x:v>
+      </x:c>
+      <x:c r="D199" s="0">
+        <x:v>121.758</x:v>
+      </x:c>
+      <x:c r="E199" s="0">
+        <x:v>144.95</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="200" spans="1:5">
+      <x:c r="A200" s="1">
         <x:v>45860.7619097222</x:v>
       </x:c>
-      <x:c r="B161" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C161" s="0">
+      <x:c r="B200" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C200" s="0">
         <x:v>56.08</x:v>
       </x:c>
-      <x:c r="D161" s="0">
+      <x:c r="D200" s="0">
         <x:v>118.44</x:v>
       </x:c>
-      <x:c r="E161" s="0">
+      <x:c r="E200" s="0">
         <x:v>141</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>