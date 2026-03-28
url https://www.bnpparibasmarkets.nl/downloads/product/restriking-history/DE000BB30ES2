--- v5 (2026-03-07)
+++ v6 (2026-03-28)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R071c2749224d47e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/240e416a3ced4f8fbc331a4860f17aed.psmdcp" Id="Rca8b99a1175b42d0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb066bbee0430402e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a8acc0957f814e2aaf464aee1791e540.psmdcp" Id="R67ebb73473944ef3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>DE000BB30ES2</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -390,3446 +390,3956 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E200"/>
+  <x:dimension ref="A1:E230"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>46087.7750694444</x:v>
+        <x:v>46108.7744791667</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
-        <x:v>110.18</x:v>
+        <x:v>83.26</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>149.856</x:v>
+        <x:v>143.052</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>178.4</x:v>
+        <x:v>170.3</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>46087.7371643518</x:v>
+        <x:v>46108.7372916667</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
-        <x:v>110.18</x:v>
+        <x:v>83.26</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>149.856</x:v>
+        <x:v>143.052</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>178.4</x:v>
+        <x:v>170.3</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>46086.7747222222</x:v>
+        <x:v>46107.7742476852</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
-        <x:v>119.31</x:v>
+        <x:v>84.43</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>152.166</x:v>
+        <x:v>143.43</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>181.15</x:v>
+        <x:v>170.75</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>46086.7371412037</x:v>
+        <x:v>46107.7370949074</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
-        <x:v>119.31</x:v>
+        <x:v>84.43</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>152.166</x:v>
+        <x:v>143.43</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>181.15</x:v>
+        <x:v>170.75</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>46085.7747685185</x:v>
+        <x:v>46106.7746296296</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
-        <x:v>130.55</x:v>
+        <x:v>95.11</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>154.812</x:v>
+        <x:v>146.622</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>184.3</x:v>
+        <x:v>174.55</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>46085.7372685185</x:v>
+        <x:v>46106.7372453704</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
-        <x:v>130.55</x:v>
+        <x:v>95.11</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>154.812</x:v>
+        <x:v>146.622</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>184.3</x:v>
+        <x:v>174.55</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>46084.7759606481</x:v>
+        <x:v>46105.774849537</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
-        <x:v>115.8</x:v>
+        <x:v>89.08</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>150.948</x:v>
+        <x:v>144.648</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>179.7</x:v>
+        <x:v>172.2</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>46084.7373726852</x:v>
+        <x:v>46105.7371759259</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
-        <x:v>115.8</x:v>
+        <x:v>89.08</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>150.948</x:v>
+        <x:v>144.648</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>179.7</x:v>
+        <x:v>172.2</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>46083.7757060185</x:v>
+        <x:v>46104.7745949074</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
-        <x:v>137.32</x:v>
+        <x:v>89.79</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>155.82</x:v>
+        <x:v>144.858</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>185.5</x:v>
+        <x:v>172.45</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>46083.737337963</x:v>
+        <x:v>46104.7371643518</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C12" s="0">
-        <x:v>137.32</x:v>
+        <x:v>89.79</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>155.82</x:v>
+        <x:v>144.858</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>185.5</x:v>
+        <x:v>172.45</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>46080.7755555556</x:v>
+        <x:v>46101.7753240741</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0">
-        <x:v>169.27</x:v>
+        <x:v>81.28</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>161.868</x:v>
+        <x:v>141.834</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>192.7</x:v>
+        <x:v>168.85</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>46080.7372800926</x:v>
+        <x:v>46101.7372800926</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C14" s="0">
-        <x:v>169.27</x:v>
+        <x:v>81.28</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>161.868</x:v>
+        <x:v>141.834</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>192.7</x:v>
+        <x:v>168.85</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>46079.7753703704</x:v>
+        <x:v>46100.7817708333</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
-        <x:v>176.41</x:v>
+        <x:v>84.18</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>163.17</x:v>
+        <x:v>142.8</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>194.25</x:v>
+        <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>46079.7372337963</x:v>
+        <x:v>46100.7380787037</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C16" s="0">
-        <x:v>176.41</x:v>
+        <x:v>84.18</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>163.17</x:v>
+        <x:v>142.8</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>194.25</x:v>
+        <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>46078.775150463</x:v>
+        <x:v>46099.779224537</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C17" s="0">
-        <x:v>168</x:v>
+        <x:v>99.73</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>161.532</x:v>
+        <x:v>147.378</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>192.3</x:v>
+        <x:v>175.45</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>46078.737337963</x:v>
+        <x:v>46099.7393402778</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="0">
-        <x:v>168</x:v>
+        <x:v>99.73</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>161.532</x:v>
+        <x:v>147.378</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>192.3</x:v>
+        <x:v>175.45</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>46077.7753587963</x:v>
+        <x:v>46098.7753125</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C19" s="0">
-        <x:v>149.2</x:v>
+        <x:v>111.3</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>157.542</x:v>
+        <x:v>150.486</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>187.55</x:v>
+        <x:v>179.15</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
-        <x:v>46077.7370601852</x:v>
+        <x:v>46098.7371759259</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C20" s="0">
-        <x:v>149.2</x:v>
+        <x:v>111.3</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>157.542</x:v>
+        <x:v>150.486</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>187.55</x:v>
+        <x:v>179.15</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="1">
-        <x:v>46076.7747916667</x:v>
+        <x:v>46097.7768171296</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C21" s="0">
-        <x:v>127.65</x:v>
+        <x:v>113.74</x:v>
       </x:c>
       <x:c r="D21" s="0">
-        <x:v>152.376</x:v>
+        <x:v>151.116</x:v>
       </x:c>
       <x:c r="E21" s="0">
-        <x:v>181.4</x:v>
+        <x:v>179.9</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="1">
-        <x:v>46076.7372800926</x:v>
+        <x:v>46097.7380787037</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C22" s="0">
-        <x:v>127.65</x:v>
+        <x:v>113.74</x:v>
       </x:c>
       <x:c r="D22" s="0">
-        <x:v>152.376</x:v>
+        <x:v>151.116</x:v>
       </x:c>
       <x:c r="E22" s="0">
-        <x:v>181.4</x:v>
+        <x:v>179.9</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="1">
-        <x:v>46073.7370023148</x:v>
+        <x:v>46094.7759259259</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C23" s="0">
-        <x:v>133.55</x:v>
+        <x:v>115.88</x:v>
       </x:c>
       <x:c r="D23" s="0">
-        <x:v>153.678</x:v>
+        <x:v>151.62</x:v>
       </x:c>
       <x:c r="E23" s="0">
-        <x:v>182.95</x:v>
+        <x:v>180.5</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="1">
-        <x:v>46072.7740509259</x:v>
+        <x:v>46094.7371064815</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C24" s="0">
-        <x:v>139.5</x:v>
+        <x:v>115.88</x:v>
       </x:c>
       <x:c r="D24" s="0">
-        <x:v>154.98</x:v>
+        <x:v>151.62</x:v>
       </x:c>
       <x:c r="E24" s="0">
-        <x:v>184.5</x:v>
+        <x:v>180.5</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="1">
-        <x:v>46072.7371180556</x:v>
+        <x:v>46093.7746412037</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C25" s="0">
-        <x:v>139.5</x:v>
+        <x:v>114.68</x:v>
       </x:c>
       <x:c r="D25" s="0">
-        <x:v>154.98</x:v>
+        <x:v>151.284</x:v>
       </x:c>
       <x:c r="E25" s="0">
-        <x:v>184.5</x:v>
+        <x:v>180.1</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="1">
-        <x:v>46071.7730671296</x:v>
+        <x:v>46093.7371527778</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C26" s="0">
-        <x:v>137.72</x:v>
+        <x:v>114.68</x:v>
       </x:c>
       <x:c r="D26" s="0">
-        <x:v>154.56</x:v>
+        <x:v>151.284</x:v>
       </x:c>
       <x:c r="E26" s="0">
-        <x:v>184</x:v>
+        <x:v>180.1</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="1">
-        <x:v>46071.7370486111</x:v>
+        <x:v>46092.7757175926</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C27" s="0">
-        <x:v>137.72</x:v>
+        <x:v>118.02</x:v>
       </x:c>
       <x:c r="D27" s="0">
-        <x:v>154.56</x:v>
+        <x:v>152.124</x:v>
       </x:c>
       <x:c r="E27" s="0">
-        <x:v>184</x:v>
+        <x:v>181.1</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="1">
-        <x:v>46070.7737037037</x:v>
+        <x:v>46092.7372222222</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C28" s="0">
-        <x:v>155.81</x:v>
+        <x:v>118.02</x:v>
       </x:c>
       <x:c r="D28" s="0">
-        <x:v>158.214</x:v>
+        <x:v>152.124</x:v>
       </x:c>
       <x:c r="E28" s="0">
-        <x:v>188.35</x:v>
+        <x:v>181.1</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="1">
-        <x:v>46070.7371064815</x:v>
+        <x:v>46091.7751851852</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C29" s="0">
-        <x:v>155.81</x:v>
+        <x:v>116.48</x:v>
       </x:c>
       <x:c r="D29" s="0">
-        <x:v>158.214</x:v>
+        <x:v>151.704</x:v>
       </x:c>
       <x:c r="E29" s="0">
-        <x:v>188.35</x:v>
+        <x:v>180.6</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="1">
-        <x:v>46069.7747453704</x:v>
+        <x:v>46091.7371064815</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C30" s="0">
-        <x:v>153.45</x:v>
+        <x:v>116.48</x:v>
       </x:c>
       <x:c r="D30" s="0">
-        <x:v>157.71</x:v>
+        <x:v>151.704</x:v>
       </x:c>
       <x:c r="E30" s="0">
-        <x:v>187.75</x:v>
+        <x:v>180.6</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="1">
-        <x:v>46069.7370138889</x:v>
+        <x:v>46090.7753935185</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C31" s="0">
-        <x:v>153.45</x:v>
+        <x:v>107.04</x:v>
       </x:c>
       <x:c r="D31" s="0">
-        <x:v>157.71</x:v>
+        <x:v>149.058</x:v>
       </x:c>
       <x:c r="E31" s="0">
-        <x:v>187.75</x:v>
+        <x:v>177.45</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="1">
-        <x:v>46066.7740625</x:v>
+        <x:v>46090.737337963</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C32" s="0">
-        <x:v>145.13</x:v>
+        <x:v>107.04</x:v>
       </x:c>
       <x:c r="D32" s="0">
-        <x:v>155.862</x:v>
+        <x:v>149.058</x:v>
       </x:c>
       <x:c r="E32" s="0">
-        <x:v>185.55</x:v>
+        <x:v>177.45</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="1">
-        <x:v>46066.7373148148</x:v>
+        <x:v>46087.7750694444</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C33" s="0">
-        <x:v>145.13</x:v>
+        <x:v>110.18</x:v>
       </x:c>
       <x:c r="D33" s="0">
-        <x:v>155.862</x:v>
+        <x:v>149.856</x:v>
       </x:c>
       <x:c r="E33" s="0">
-        <x:v>185.55</x:v>
+        <x:v>178.4</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="1">
-        <x:v>46065.7730787037</x:v>
+        <x:v>46087.7371643518</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C34" s="0">
-        <x:v>156.22</x:v>
+        <x:v>110.18</x:v>
       </x:c>
       <x:c r="D34" s="0">
-        <x:v>158.088</x:v>
+        <x:v>149.856</x:v>
       </x:c>
       <x:c r="E34" s="0">
-        <x:v>188.2</x:v>
+        <x:v>178.4</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="1">
-        <x:v>46065.7373032407</x:v>
+        <x:v>46086.7747222222</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C35" s="0">
-        <x:v>156.22</x:v>
+        <x:v>119.31</x:v>
       </x:c>
       <x:c r="D35" s="0">
-        <x:v>158.088</x:v>
+        <x:v>152.166</x:v>
       </x:c>
       <x:c r="E35" s="0">
-        <x:v>188.2</x:v>
+        <x:v>181.15</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="1">
-        <x:v>46064.7744675926</x:v>
+        <x:v>46086.7371412037</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C36" s="0">
-        <x:v>147.4</x:v>
+        <x:v>119.31</x:v>
       </x:c>
       <x:c r="D36" s="0">
-        <x:v>156.198</x:v>
+        <x:v>152.166</x:v>
       </x:c>
       <x:c r="E36" s="0">
-        <x:v>185.95</x:v>
+        <x:v>181.15</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="1">
-        <x:v>46063.7747222222</x:v>
+        <x:v>46085.7747685185</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C37" s="0">
-        <x:v>145.14</x:v>
+        <x:v>130.55</x:v>
       </x:c>
       <x:c r="D37" s="0">
-        <x:v>155.694</x:v>
+        <x:v>154.812</x:v>
       </x:c>
       <x:c r="E37" s="0">
-        <x:v>185.35</x:v>
+        <x:v>184.3</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="1">
-        <x:v>46063.7371875</x:v>
+        <x:v>46085.7372685185</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C38" s="0">
-        <x:v>145.14</x:v>
+        <x:v>130.55</x:v>
       </x:c>
       <x:c r="D38" s="0">
-        <x:v>155.694</x:v>
+        <x:v>154.812</x:v>
       </x:c>
       <x:c r="E38" s="0">
-        <x:v>185.35</x:v>
+        <x:v>184.3</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="1">
-        <x:v>46062.7728587963</x:v>
+        <x:v>46084.7759606481</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C39" s="0">
-        <x:v>135.93</x:v>
+        <x:v>115.8</x:v>
       </x:c>
       <x:c r="D39" s="0">
-        <x:v>153.594</x:v>
+        <x:v>150.948</x:v>
       </x:c>
       <x:c r="E39" s="0">
-        <x:v>182.85</x:v>
+        <x:v>179.7</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="1">
-        <x:v>46062.7372106481</x:v>
+        <x:v>46084.7373726852</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C40" s="0">
-        <x:v>135.93</x:v>
+        <x:v>115.8</x:v>
       </x:c>
       <x:c r="D40" s="0">
-        <x:v>153.594</x:v>
+        <x:v>150.948</x:v>
       </x:c>
       <x:c r="E40" s="0">
-        <x:v>182.85</x:v>
+        <x:v>179.7</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="1">
-        <x:v>46059.7370949074</x:v>
+        <x:v>46083.7757060185</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C41" s="0">
-        <x:v>157.14</x:v>
+        <x:v>137.32</x:v>
       </x:c>
       <x:c r="D41" s="0">
-        <x:v>157.794</x:v>
+        <x:v>155.82</x:v>
       </x:c>
       <x:c r="E41" s="0">
-        <x:v>187.85</x:v>
+        <x:v>185.5</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="1">
-        <x:v>46058.737337963</x:v>
+        <x:v>46083.737337963</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C42" s="0">
-        <x:v>146.55</x:v>
+        <x:v>137.32</x:v>
       </x:c>
       <x:c r="D42" s="0">
-        <x:v>155.526</x:v>
+        <x:v>155.82</x:v>
       </x:c>
       <x:c r="E42" s="0">
-        <x:v>185.15</x:v>
+        <x:v>185.5</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="1">
-        <x:v>46057.7740162037</x:v>
+        <x:v>46080.7755555556</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C43" s="0">
-        <x:v>139.41</x:v>
+        <x:v>169.27</x:v>
       </x:c>
       <x:c r="D43" s="0">
-        <x:v>153.93</x:v>
+        <x:v>161.868</x:v>
       </x:c>
       <x:c r="E43" s="0">
-        <x:v>183.25</x:v>
+        <x:v>192.7</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="1">
-        <x:v>46057.7372569444</x:v>
+        <x:v>46080.7372800926</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C44" s="0">
-        <x:v>139.41</x:v>
+        <x:v>169.27</x:v>
       </x:c>
       <x:c r="D44" s="0">
-        <x:v>153.93</x:v>
+        <x:v>161.868</x:v>
       </x:c>
       <x:c r="E44" s="0">
-        <x:v>183.25</x:v>
+        <x:v>192.7</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="1">
-        <x:v>46056.821087963</x:v>
+        <x:v>46079.7753703704</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C45" s="0">
-        <x:v>117.68</x:v>
+        <x:v>176.41</x:v>
       </x:c>
       <x:c r="D45" s="0">
-        <x:v>148.428</x:v>
+        <x:v>163.17</x:v>
       </x:c>
       <x:c r="E45" s="0">
-        <x:v>176.7</x:v>
+        <x:v>194.25</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="1">
-        <x:v>46056.7740277778</x:v>
+        <x:v>46079.7372337963</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C46" s="0">
-        <x:v>117.68</x:v>
+        <x:v>176.41</x:v>
       </x:c>
       <x:c r="D46" s="0">
-        <x:v>148.428</x:v>
+        <x:v>163.17</x:v>
       </x:c>
       <x:c r="E46" s="0">
-        <x:v>176.7</x:v>
+        <x:v>194.25</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="1">
-        <x:v>46056.7371990741</x:v>
+        <x:v>46078.775150463</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C47" s="0">
-        <x:v>117.68</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="D47" s="0">
-        <x:v>148.428</x:v>
+        <x:v>161.532</x:v>
       </x:c>
       <x:c r="E47" s="0">
-        <x:v>176.7</x:v>
+        <x:v>192.3</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5">
       <x:c r="A48" s="1">
-        <x:v>46055.7738773148</x:v>
+        <x:v>46078.737337963</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C48" s="0">
-        <x:v>118.09</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="D48" s="0">
-        <x:v>148.512</x:v>
+        <x:v>161.532</x:v>
       </x:c>
       <x:c r="E48" s="0">
-        <x:v>176.8</x:v>
+        <x:v>192.3</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
       <x:c r="A49" s="1">
-        <x:v>46055.7371064815</x:v>
+        <x:v>46077.7753587963</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C49" s="0">
-        <x:v>118.09</x:v>
+        <x:v>149.2</x:v>
       </x:c>
       <x:c r="D49" s="0">
-        <x:v>148.512</x:v>
+        <x:v>157.542</x:v>
       </x:c>
       <x:c r="E49" s="0">
-        <x:v>176.8</x:v>
+        <x:v>187.55</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5">
       <x:c r="A50" s="1">
-        <x:v>46052.7750115741</x:v>
+        <x:v>46077.7370601852</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C50" s="0">
-        <x:v>123.7</x:v>
+        <x:v>149.2</x:v>
       </x:c>
       <x:c r="D50" s="0">
-        <x:v>149.814</x:v>
+        <x:v>157.542</x:v>
       </x:c>
       <x:c r="E50" s="0">
-        <x:v>178.35</x:v>
+        <x:v>187.55</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5">
       <x:c r="A51" s="1">
-        <x:v>46052.7372337963</x:v>
+        <x:v>46076.7747916667</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C51" s="0">
-        <x:v>123.7</x:v>
+        <x:v>127.65</x:v>
       </x:c>
       <x:c r="D51" s="0">
-        <x:v>149.814</x:v>
+        <x:v>152.376</x:v>
       </x:c>
       <x:c r="E51" s="0">
-        <x:v>178.35</x:v>
+        <x:v>181.4</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5">
       <x:c r="A52" s="1">
-        <x:v>46051.7371180556</x:v>
+        <x:v>46076.7372800926</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C52" s="0">
-        <x:v>115.71</x:v>
+        <x:v>127.65</x:v>
       </x:c>
       <x:c r="D52" s="0">
-        <x:v>147.756</x:v>
+        <x:v>152.376</x:v>
       </x:c>
       <x:c r="E52" s="0">
-        <x:v>175.9</x:v>
+        <x:v>181.4</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5">
       <x:c r="A53" s="1">
-        <x:v>46050.7370949074</x:v>
+        <x:v>46073.7370023148</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C53" s="0">
-        <x:v>120.54</x:v>
+        <x:v>133.55</x:v>
       </x:c>
       <x:c r="D53" s="0">
-        <x:v>148.848</x:v>
+        <x:v>153.678</x:v>
       </x:c>
       <x:c r="E53" s="0">
-        <x:v>177.2</x:v>
+        <x:v>182.95</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5">
       <x:c r="A54" s="1">
-        <x:v>46049.7368634259</x:v>
+        <x:v>46072.7740509259</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C54" s="0">
-        <x:v>116.64</x:v>
+        <x:v>139.5</x:v>
       </x:c>
       <x:c r="D54" s="0">
-        <x:v>147.84</x:v>
+        <x:v>154.98</x:v>
       </x:c>
       <x:c r="E54" s="0">
-        <x:v>176</x:v>
+        <x:v>184.5</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5">
       <x:c r="A55" s="1">
-        <x:v>46048.7747800926</x:v>
+        <x:v>46072.7371180556</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C55" s="0">
-        <x:v>116.71</x:v>
+        <x:v>139.5</x:v>
       </x:c>
       <x:c r="D55" s="0">
-        <x:v>147.84</x:v>
+        <x:v>154.98</x:v>
       </x:c>
       <x:c r="E55" s="0">
-        <x:v>176</x:v>
+        <x:v>184.5</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5">
       <x:c r="A56" s="1">
-        <x:v>46045.7737268519</x:v>
+        <x:v>46071.7730671296</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C56" s="0">
-        <x:v>116.77</x:v>
+        <x:v>137.72</x:v>
       </x:c>
       <x:c r="D56" s="0">
-        <x:v>147.798</x:v>
+        <x:v>154.56</x:v>
       </x:c>
       <x:c r="E56" s="0">
-        <x:v>175.95</x:v>
+        <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:5">
       <x:c r="A57" s="1">
-        <x:v>46045.736875</x:v>
+        <x:v>46071.7370486111</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C57" s="0">
-        <x:v>116.77</x:v>
+        <x:v>137.72</x:v>
       </x:c>
       <x:c r="D57" s="0">
-        <x:v>147.798</x:v>
+        <x:v>154.56</x:v>
       </x:c>
       <x:c r="E57" s="0">
-        <x:v>175.95</x:v>
+        <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:5">
       <x:c r="A58" s="1">
-        <x:v>46044.7737037037</x:v>
+        <x:v>46070.7737037037</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C58" s="0">
-        <x:v>119.21</x:v>
+        <x:v>155.81</x:v>
       </x:c>
       <x:c r="D58" s="0">
-        <x:v>148.386</x:v>
+        <x:v>158.214</x:v>
       </x:c>
       <x:c r="E58" s="0">
-        <x:v>176.65</x:v>
+        <x:v>188.35</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:5">
       <x:c r="A59" s="1">
-        <x:v>46044.7370486111</x:v>
+        <x:v>46070.7371064815</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C59" s="0">
-        <x:v>119.21</x:v>
+        <x:v>155.81</x:v>
       </x:c>
       <x:c r="D59" s="0">
-        <x:v>148.386</x:v>
+        <x:v>158.214</x:v>
       </x:c>
       <x:c r="E59" s="0">
-        <x:v>176.65</x:v>
+        <x:v>188.35</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:5">
       <x:c r="A60" s="1">
-        <x:v>46043.7727314815</x:v>
+        <x:v>46069.7747453704</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C60" s="0">
-        <x:v>115.5</x:v>
+        <x:v>153.45</x:v>
       </x:c>
       <x:c r="D60" s="0">
-        <x:v>147.42</x:v>
+        <x:v>157.71</x:v>
       </x:c>
       <x:c r="E60" s="0">
-        <x:v>175.5</x:v>
+        <x:v>187.75</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:5">
       <x:c r="A61" s="1">
-        <x:v>46043.7370833333</x:v>
+        <x:v>46069.7370138889</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C61" s="0">
-        <x:v>115.5</x:v>
+        <x:v>153.45</x:v>
       </x:c>
       <x:c r="D61" s="0">
-        <x:v>147.42</x:v>
+        <x:v>157.71</x:v>
       </x:c>
       <x:c r="E61" s="0">
-        <x:v>175.5</x:v>
+        <x:v>187.75</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:5">
       <x:c r="A62" s="1">
-        <x:v>46042.7743055556</x:v>
+        <x:v>46066.7740625</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C62" s="0">
-        <x:v>120.16</x:v>
+        <x:v>145.13</x:v>
       </x:c>
       <x:c r="D62" s="0">
-        <x:v>148.554</x:v>
+        <x:v>155.862</x:v>
       </x:c>
       <x:c r="E62" s="0">
-        <x:v>176.85</x:v>
+        <x:v>185.55</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:5">
       <x:c r="A63" s="1">
-        <x:v>46042.7372222222</x:v>
+        <x:v>46066.7373148148</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C63" s="0">
-        <x:v>120.16</x:v>
+        <x:v>145.13</x:v>
       </x:c>
       <x:c r="D63" s="0">
-        <x:v>148.554</x:v>
+        <x:v>155.862</x:v>
       </x:c>
       <x:c r="E63" s="0">
-        <x:v>176.85</x:v>
+        <x:v>185.55</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:5">
       <x:c r="A64" s="1">
-        <x:v>46041.773599537</x:v>
+        <x:v>46065.7730787037</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C64" s="0">
-        <x:v>114.19</x:v>
+        <x:v>156.22</x:v>
       </x:c>
       <x:c r="D64" s="0">
-        <x:v>147</x:v>
+        <x:v>158.088</x:v>
       </x:c>
       <x:c r="E64" s="0">
-        <x:v>175</x:v>
+        <x:v>188.2</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:5">
       <x:c r="A65" s="1">
-        <x:v>46041.7370949074</x:v>
+        <x:v>46065.7373032407</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C65" s="0">
-        <x:v>114.19</x:v>
+        <x:v>156.22</x:v>
       </x:c>
       <x:c r="D65" s="0">
-        <x:v>147</x:v>
+        <x:v>158.088</x:v>
       </x:c>
       <x:c r="E65" s="0">
-        <x:v>175</x:v>
+        <x:v>188.2</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:5">
       <x:c r="A66" s="1">
-        <x:v>46038.7738888889</x:v>
+        <x:v>46064.7744675926</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C66" s="0">
-        <x:v>123.28</x:v>
+        <x:v>147.4</x:v>
       </x:c>
       <x:c r="D66" s="0">
-        <x:v>149.142</x:v>
+        <x:v>156.198</x:v>
       </x:c>
       <x:c r="E66" s="0">
-        <x:v>177.55</x:v>
+        <x:v>185.95</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:5">
       <x:c r="A67" s="1">
-        <x:v>46038.7369560185</x:v>
+        <x:v>46063.7747222222</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C67" s="0">
-        <x:v>123.28</x:v>
+        <x:v>145.14</x:v>
       </x:c>
       <x:c r="D67" s="0">
-        <x:v>149.142</x:v>
+        <x:v>155.694</x:v>
       </x:c>
       <x:c r="E67" s="0">
-        <x:v>177.55</x:v>
+        <x:v>185.35</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:5">
       <x:c r="A68" s="1">
-        <x:v>46037.7736458333</x:v>
+        <x:v>46063.7371875</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C68" s="0">
-        <x:v>129.88</x:v>
+        <x:v>145.14</x:v>
       </x:c>
       <x:c r="D68" s="0">
-        <x:v>150.654</x:v>
+        <x:v>155.694</x:v>
       </x:c>
       <x:c r="E68" s="0">
-        <x:v>179.35</x:v>
+        <x:v>185.35</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:5">
       <x:c r="A69" s="1">
-        <x:v>46037.7371527778</x:v>
+        <x:v>46062.7728587963</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C69" s="0">
-        <x:v>129.88</x:v>
+        <x:v>135.93</x:v>
       </x:c>
       <x:c r="D69" s="0">
-        <x:v>150.654</x:v>
+        <x:v>153.594</x:v>
       </x:c>
       <x:c r="E69" s="0">
-        <x:v>179.35</x:v>
+        <x:v>182.85</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:5">
       <x:c r="A70" s="1">
-        <x:v>46036.774224537</x:v>
+        <x:v>46062.7372106481</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C70" s="0">
-        <x:v>138.35</x:v>
+        <x:v>135.93</x:v>
       </x:c>
       <x:c r="D70" s="0">
-        <x:v>152.502</x:v>
+        <x:v>153.594</x:v>
       </x:c>
       <x:c r="E70" s="0">
-        <x:v>181.55</x:v>
+        <x:v>182.85</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:5">
       <x:c r="A71" s="1">
-        <x:v>46036.7371412037</x:v>
+        <x:v>46059.7370949074</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C71" s="0">
-        <x:v>138.35</x:v>
+        <x:v>157.14</x:v>
       </x:c>
       <x:c r="D71" s="0">
-        <x:v>152.502</x:v>
+        <x:v>157.794</x:v>
       </x:c>
       <x:c r="E71" s="0">
-        <x:v>181.55</x:v>
+        <x:v>187.85</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:5">
       <x:c r="A72" s="1">
-        <x:v>46035.7726851852</x:v>
+        <x:v>46058.737337963</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C72" s="0">
-        <x:v>136.73</x:v>
+        <x:v>146.55</x:v>
       </x:c>
       <x:c r="D72" s="0">
-        <x:v>152.124</x:v>
+        <x:v>155.526</x:v>
       </x:c>
       <x:c r="E72" s="0">
-        <x:v>181.1</x:v>
+        <x:v>185.15</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:5">
       <x:c r="A73" s="1">
-        <x:v>46035.7369791667</x:v>
+        <x:v>46057.7740162037</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C73" s="0">
-        <x:v>136.73</x:v>
+        <x:v>139.41</x:v>
       </x:c>
       <x:c r="D73" s="0">
-        <x:v>152.124</x:v>
+        <x:v>153.93</x:v>
       </x:c>
       <x:c r="E73" s="0">
-        <x:v>181.1</x:v>
+        <x:v>183.25</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:5">
       <x:c r="A74" s="1">
-        <x:v>46034.7734722222</x:v>
+        <x:v>46057.7372569444</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C74" s="0">
-        <x:v>131.16</x:v>
+        <x:v>139.41</x:v>
       </x:c>
       <x:c r="D74" s="0">
-        <x:v>150.822</x:v>
+        <x:v>153.93</x:v>
       </x:c>
       <x:c r="E74" s="0">
-        <x:v>179.55</x:v>
+        <x:v>183.25</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:5">
       <x:c r="A75" s="1">
-        <x:v>46031.7746759259</x:v>
+        <x:v>46056.821087963</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C75" s="0">
-        <x:v>129.77</x:v>
+        <x:v>117.68</x:v>
       </x:c>
       <x:c r="D75" s="0">
-        <x:v>150.444</x:v>
+        <x:v>148.428</x:v>
       </x:c>
       <x:c r="E75" s="0">
-        <x:v>179.1</x:v>
+        <x:v>176.7</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:5">
       <x:c r="A76" s="1">
-        <x:v>46030.7735763889</x:v>
+        <x:v>46056.7740277778</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C76" s="0">
-        <x:v>128.06</x:v>
+        <x:v>117.68</x:v>
       </x:c>
       <x:c r="D76" s="0">
-        <x:v>150.024</x:v>
+        <x:v>148.428</x:v>
       </x:c>
       <x:c r="E76" s="0">
-        <x:v>178.6</x:v>
+        <x:v>176.7</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:5">
       <x:c r="A77" s="1">
-        <x:v>46030.737037037</x:v>
+        <x:v>46056.7371990741</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C77" s="0">
-        <x:v>128.06</x:v>
+        <x:v>117.68</x:v>
       </x:c>
       <x:c r="D77" s="0">
-        <x:v>150.024</x:v>
+        <x:v>148.428</x:v>
       </x:c>
       <x:c r="E77" s="0">
-        <x:v>178.6</x:v>
+        <x:v>176.7</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:5">
       <x:c r="A78" s="1">
-        <x:v>46029.7726851852</x:v>
+        <x:v>46055.7738773148</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C78" s="0">
-        <x:v>155.94</x:v>
+        <x:v>118.09</x:v>
       </x:c>
       <x:c r="D78" s="0">
-        <x:v>155.568</x:v>
+        <x:v>148.512</x:v>
       </x:c>
       <x:c r="E78" s="0">
-        <x:v>185.2</x:v>
+        <x:v>176.8</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:5">
       <x:c r="A79" s="1">
-        <x:v>46029.7371064815</x:v>
+        <x:v>46055.7371064815</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C79" s="0">
-        <x:v>155.94</x:v>
+        <x:v>118.09</x:v>
       </x:c>
       <x:c r="D79" s="0">
-        <x:v>155.568</x:v>
+        <x:v>148.512</x:v>
       </x:c>
       <x:c r="E79" s="0">
-        <x:v>185.2</x:v>
+        <x:v>176.8</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:5">
       <x:c r="A80" s="1">
-        <x:v>46027.7372685185</x:v>
+        <x:v>46052.7750115741</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C80" s="0">
-        <x:v>145.93</x:v>
+        <x:v>123.7</x:v>
       </x:c>
       <x:c r="D80" s="0">
-        <x:v>153.426</x:v>
+        <x:v>149.814</x:v>
       </x:c>
       <x:c r="E80" s="0">
-        <x:v>182.65</x:v>
+        <x:v>178.35</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:5">
       <x:c r="A81" s="1">
-        <x:v>46024.7366435185</x:v>
+        <x:v>46052.7372337963</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C81" s="0">
-        <x:v>156.59</x:v>
+        <x:v>123.7</x:v>
       </x:c>
       <x:c r="D81" s="0">
-        <x:v>155.484</x:v>
+        <x:v>149.814</x:v>
       </x:c>
       <x:c r="E81" s="0">
-        <x:v>185.1</x:v>
+        <x:v>178.35</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:5">
       <x:c r="A82" s="1">
-        <x:v>46021.7368634259</x:v>
+        <x:v>46051.7371180556</x:v>
       </x:c>
       <x:c r="B82" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C82" s="0">
-        <x:v>160.34</x:v>
+        <x:v>115.71</x:v>
       </x:c>
       <x:c r="D82" s="0">
-        <x:v>156.156</x:v>
+        <x:v>147.756</x:v>
       </x:c>
       <x:c r="E82" s="0">
-        <x:v>185.9</x:v>
+        <x:v>175.9</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:5">
       <x:c r="A83" s="1">
-        <x:v>46020.736875</x:v>
+        <x:v>46050.7370949074</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C83" s="0">
-        <x:v>161.52</x:v>
+        <x:v>120.54</x:v>
       </x:c>
       <x:c r="D83" s="0">
-        <x:v>156.366</x:v>
+        <x:v>148.848</x:v>
       </x:c>
       <x:c r="E83" s="0">
-        <x:v>186.15</x:v>
+        <x:v>177.2</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:5">
       <x:c r="A84" s="1">
-        <x:v>46014.7368634259</x:v>
+        <x:v>46049.7368634259</x:v>
       </x:c>
       <x:c r="B84" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C84" s="0">
-        <x:v>153.54</x:v>
+        <x:v>116.64</x:v>
       </x:c>
       <x:c r="D84" s="0">
-        <x:v>154.644</x:v>
+        <x:v>147.84</x:v>
       </x:c>
       <x:c r="E84" s="0">
-        <x:v>184.1</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:5">
       <x:c r="A85" s="1">
-        <x:v>46013.7370486111</x:v>
+        <x:v>46048.7747800926</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C85" s="0">
-        <x:v>153.21</x:v>
+        <x:v>116.71</x:v>
       </x:c>
       <x:c r="D85" s="0">
-        <x:v>154.56</x:v>
+        <x:v>147.84</x:v>
       </x:c>
       <x:c r="E85" s="0">
-        <x:v>184</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:5">
       <x:c r="A86" s="1">
-        <x:v>46010.737037037</x:v>
+        <x:v>46045.7737268519</x:v>
       </x:c>
       <x:c r="B86" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C86" s="0">
-        <x:v>153.08</x:v>
+        <x:v>116.77</x:v>
       </x:c>
       <x:c r="D86" s="0">
-        <x:v>154.476</x:v>
+        <x:v>147.798</x:v>
       </x:c>
       <x:c r="E86" s="0">
-        <x:v>183.9</x:v>
+        <x:v>175.95</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:5">
       <x:c r="A87" s="1">
-        <x:v>46009.7370717593</x:v>
+        <x:v>46045.736875</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C87" s="0">
-        <x:v>170.68</x:v>
+        <x:v>116.77</x:v>
       </x:c>
       <x:c r="D87" s="0">
-        <x:v>157.71</x:v>
+        <x:v>147.798</x:v>
       </x:c>
       <x:c r="E87" s="0">
-        <x:v>187.75</x:v>
+        <x:v>175.95</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:5">
       <x:c r="A88" s="1">
-        <x:v>46008.7373263889</x:v>
+        <x:v>46044.7737037037</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C88" s="0">
-        <x:v>144.46</x:v>
+        <x:v>119.21</x:v>
       </x:c>
       <x:c r="D88" s="0">
-        <x:v>152.166</x:v>
+        <x:v>148.386</x:v>
       </x:c>
       <x:c r="E88" s="0">
-        <x:v>181.15</x:v>
+        <x:v>176.65</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:5">
       <x:c r="A89" s="1">
-        <x:v>46007.7370138889</x:v>
+        <x:v>46044.7370486111</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C89" s="0">
-        <x:v>142.38</x:v>
+        <x:v>119.21</x:v>
       </x:c>
       <x:c r="D89" s="0">
-        <x:v>151.704</x:v>
+        <x:v>148.386</x:v>
       </x:c>
       <x:c r="E89" s="0">
-        <x:v>180.6</x:v>
+        <x:v>176.65</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:5">
       <x:c r="A90" s="1">
-        <x:v>46006.7734953704</x:v>
+        <x:v>46043.7727314815</x:v>
       </x:c>
       <x:c r="B90" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C90" s="0">
-        <x:v>140.9</x:v>
+        <x:v>115.5</x:v>
       </x:c>
       <x:c r="D90" s="0">
-        <x:v>151.368</x:v>
+        <x:v>147.42</x:v>
       </x:c>
       <x:c r="E90" s="0">
-        <x:v>180.2</x:v>
+        <x:v>175.5</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:5">
       <x:c r="A91" s="1">
-        <x:v>46006.7372685185</x:v>
+        <x:v>46043.7370833333</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C91" s="0">
-        <x:v>140.9</x:v>
+        <x:v>115.5</x:v>
       </x:c>
       <x:c r="D91" s="0">
-        <x:v>151.368</x:v>
+        <x:v>147.42</x:v>
       </x:c>
       <x:c r="E91" s="0">
-        <x:v>180.2</x:v>
+        <x:v>175.5</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:5">
       <x:c r="A92" s="1">
-        <x:v>46003.7371759259</x:v>
+        <x:v>46042.7743055556</x:v>
       </x:c>
       <x:c r="B92" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C92" s="0">
-        <x:v>142.34</x:v>
+        <x:v>120.16</x:v>
       </x:c>
       <x:c r="D92" s="0">
-        <x:v>151.62</x:v>
+        <x:v>148.554</x:v>
       </x:c>
       <x:c r="E92" s="0">
-        <x:v>180.5</x:v>
+        <x:v>176.85</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:5">
       <x:c r="A93" s="1">
-        <x:v>46002.7740509259</x:v>
+        <x:v>46042.7372222222</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C93" s="0">
-        <x:v>135.41</x:v>
+        <x:v>120.16</x:v>
       </x:c>
       <x:c r="D93" s="0">
-        <x:v>150.066</x:v>
+        <x:v>148.554</x:v>
       </x:c>
       <x:c r="E93" s="0">
-        <x:v>178.65</x:v>
+        <x:v>176.85</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:5">
       <x:c r="A94" s="1">
-        <x:v>46002.7369212963</x:v>
+        <x:v>46041.773599537</x:v>
       </x:c>
       <x:c r="B94" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C94" s="0">
-        <x:v>135.41</x:v>
+        <x:v>114.19</x:v>
       </x:c>
       <x:c r="D94" s="0">
-        <x:v>150.066</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="E94" s="0">
-        <x:v>178.65</x:v>
+        <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:5">
       <x:c r="A95" s="1">
-        <x:v>46001.7725810185</x:v>
+        <x:v>46041.7370949074</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C95" s="0">
-        <x:v>119.99</x:v>
+        <x:v>114.19</x:v>
       </x:c>
       <x:c r="D95" s="0">
-        <x:v>146.286</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="E95" s="0">
-        <x:v>174.15</x:v>
+        <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:5">
       <x:c r="A96" s="1">
-        <x:v>46001.7370138889</x:v>
+        <x:v>46038.7738888889</x:v>
       </x:c>
       <x:c r="B96" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C96" s="0">
-        <x:v>119.99</x:v>
+        <x:v>123.28</x:v>
       </x:c>
       <x:c r="D96" s="0">
-        <x:v>146.286</x:v>
+        <x:v>149.142</x:v>
       </x:c>
       <x:c r="E96" s="0">
-        <x:v>174.15</x:v>
+        <x:v>177.55</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:5">
       <x:c r="A97" s="1">
-        <x:v>46000.7370486111</x:v>
+        <x:v>46038.7369560185</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C97" s="0">
-        <x:v>115.38</x:v>
+        <x:v>123.28</x:v>
       </x:c>
       <x:c r="D97" s="0">
-        <x:v>145.11</x:v>
+        <x:v>149.142</x:v>
       </x:c>
       <x:c r="E97" s="0">
-        <x:v>172.75</x:v>
+        <x:v>177.55</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:5">
       <x:c r="A98" s="1">
-        <x:v>45999.7371875</x:v>
+        <x:v>46037.7736458333</x:v>
       </x:c>
       <x:c r="B98" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C98" s="0">
-        <x:v>119.58</x:v>
+        <x:v>129.88</x:v>
       </x:c>
       <x:c r="D98" s="0">
-        <x:v>146.118</x:v>
+        <x:v>150.654</x:v>
       </x:c>
       <x:c r="E98" s="0">
-        <x:v>173.95</x:v>
+        <x:v>179.35</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:5">
       <x:c r="A99" s="1">
-        <x:v>45996.7368402778</x:v>
+        <x:v>46037.7371527778</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C99" s="0">
-        <x:v>129.54</x:v>
+        <x:v>129.88</x:v>
       </x:c>
       <x:c r="D99" s="0">
-        <x:v>148.344</x:v>
+        <x:v>150.654</x:v>
       </x:c>
       <x:c r="E99" s="0">
-        <x:v>176.6</x:v>
+        <x:v>179.35</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:5">
       <x:c r="A100" s="1">
-        <x:v>45995.7378819444</x:v>
+        <x:v>46036.774224537</x:v>
       </x:c>
       <x:c r="B100" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C100" s="0">
-        <x:v>134.15</x:v>
+        <x:v>138.35</x:v>
       </x:c>
       <x:c r="D100" s="0">
-        <x:v>149.352</x:v>
+        <x:v>152.502</x:v>
       </x:c>
       <x:c r="E100" s="0">
-        <x:v>177.8</x:v>
+        <x:v>181.55</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:5">
       <x:c r="A101" s="1">
-        <x:v>45994.7372685185</x:v>
+        <x:v>46036.7371412037</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C101" s="0">
-        <x:v>140.71</x:v>
+        <x:v>138.35</x:v>
       </x:c>
       <x:c r="D101" s="0">
-        <x:v>150.738</x:v>
+        <x:v>152.502</x:v>
       </x:c>
       <x:c r="E101" s="0">
-        <x:v>179.45</x:v>
+        <x:v>181.55</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:5">
       <x:c r="A102" s="1">
-        <x:v>45993.7373032407</x:v>
+        <x:v>46035.7726851852</x:v>
       </x:c>
       <x:c r="B102" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C102" s="0">
-        <x:v>136.2</x:v>
+        <x:v>136.73</x:v>
       </x:c>
       <x:c r="D102" s="0">
-        <x:v>149.73</x:v>
+        <x:v>152.124</x:v>
       </x:c>
       <x:c r="E102" s="0">
-        <x:v>178.25</x:v>
+        <x:v>181.1</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:5">
       <x:c r="A103" s="1">
-        <x:v>45992.7372106481</x:v>
+        <x:v>46035.7369791667</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C103" s="0">
-        <x:v>128.27</x:v>
+        <x:v>136.73</x:v>
       </x:c>
       <x:c r="D103" s="0">
-        <x:v>147.882</x:v>
+        <x:v>152.124</x:v>
       </x:c>
       <x:c r="E103" s="0">
-        <x:v>176.05</x:v>
+        <x:v>181.1</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:5">
       <x:c r="A104" s="1">
-        <x:v>45989.7370717593</x:v>
+        <x:v>46034.7734722222</x:v>
       </x:c>
       <x:c r="B104" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C104" s="0">
-        <x:v>112.83</x:v>
+        <x:v>131.16</x:v>
       </x:c>
       <x:c r="D104" s="0">
-        <x:v>143.892</x:v>
+        <x:v>150.822</x:v>
       </x:c>
       <x:c r="E104" s="0">
-        <x:v>171.3</x:v>
+        <x:v>179.55</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:5">
       <x:c r="A105" s="1">
-        <x:v>45988.7370023148</x:v>
+        <x:v>46031.7746759259</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C105" s="0">
-        <x:v>121.11</x:v>
+        <x:v>129.77</x:v>
       </x:c>
       <x:c r="D105" s="0">
-        <x:v>145.866</x:v>
+        <x:v>150.444</x:v>
       </x:c>
       <x:c r="E105" s="0">
-        <x:v>173.65</x:v>
+        <x:v>179.1</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:5">
       <x:c r="A106" s="1">
-        <x:v>45987.7371296296</x:v>
+        <x:v>46030.7735763889</x:v>
       </x:c>
       <x:c r="B106" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C106" s="0">
-        <x:v>123.13</x:v>
+        <x:v>128.06</x:v>
       </x:c>
       <x:c r="D106" s="0">
-        <x:v>146.328</x:v>
+        <x:v>150.024</x:v>
       </x:c>
       <x:c r="E106" s="0">
-        <x:v>174.2</x:v>
+        <x:v>178.6</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:5">
       <x:c r="A107" s="1">
-        <x:v>45986.7689583333</x:v>
+        <x:v>46030.737037037</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C107" s="0">
-        <x:v>116.76</x:v>
+        <x:v>128.06</x:v>
       </x:c>
       <x:c r="D107" s="0">
-        <x:v>144.732</x:v>
+        <x:v>150.024</x:v>
       </x:c>
       <x:c r="E107" s="0">
-        <x:v>172.3</x:v>
+        <x:v>178.6</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:5">
       <x:c r="A108" s="1">
-        <x:v>45986.7372685185</x:v>
+        <x:v>46029.7726851852</x:v>
       </x:c>
       <x:c r="B108" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C108" s="0">
-        <x:v>116.76</x:v>
+        <x:v>155.94</x:v>
       </x:c>
       <x:c r="D108" s="0">
-        <x:v>144.732</x:v>
+        <x:v>155.568</x:v>
       </x:c>
       <x:c r="E108" s="0">
-        <x:v>172.3</x:v>
+        <x:v>185.2</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:5">
       <x:c r="A109" s="1">
-        <x:v>45985.736724537</x:v>
+        <x:v>46029.7371064815</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C109" s="0">
-        <x:v>121.02</x:v>
+        <x:v>155.94</x:v>
       </x:c>
       <x:c r="D109" s="0">
-        <x:v>145.74</x:v>
+        <x:v>155.568</x:v>
       </x:c>
       <x:c r="E109" s="0">
-        <x:v>173.5</x:v>
+        <x:v>185.2</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:5">
       <x:c r="A110" s="1">
-        <x:v>45982.737037037</x:v>
+        <x:v>46027.7372685185</x:v>
       </x:c>
       <x:c r="B110" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C110" s="0">
-        <x:v>117.5</x:v>
+        <x:v>145.93</x:v>
       </x:c>
       <x:c r="D110" s="0">
-        <x:v>144.816</x:v>
+        <x:v>153.426</x:v>
       </x:c>
       <x:c r="E110" s="0">
-        <x:v>172.4</x:v>
+        <x:v>182.65</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:5">
       <x:c r="A111" s="1">
-        <x:v>45981.7368402778</x:v>
+        <x:v>46024.7366435185</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C111" s="0">
-        <x:v>114.24</x:v>
+        <x:v>156.59</x:v>
       </x:c>
       <x:c r="D111" s="0">
-        <x:v>143.976</x:v>
+        <x:v>155.484</x:v>
       </x:c>
       <x:c r="E111" s="0">
-        <x:v>171.4</x:v>
+        <x:v>185.1</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:5">
       <x:c r="A112" s="1">
-        <x:v>45980.7367592593</x:v>
+        <x:v>46021.7368634259</x:v>
       </x:c>
       <x:c r="B112" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C112" s="0">
-        <x:v>126.24</x:v>
+        <x:v>160.34</x:v>
       </x:c>
       <x:c r="D112" s="0">
-        <x:v>146.748</x:v>
+        <x:v>156.156</x:v>
       </x:c>
       <x:c r="E112" s="0">
-        <x:v>174.7</x:v>
+        <x:v>185.9</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:5">
       <x:c r="A113" s="1">
-        <x:v>45979.7368055556</x:v>
+        <x:v>46020.736875</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C113" s="0">
-        <x:v>120.74</x:v>
+        <x:v>161.52</x:v>
       </x:c>
       <x:c r="D113" s="0">
-        <x:v>145.404</x:v>
+        <x:v>156.366</x:v>
       </x:c>
       <x:c r="E113" s="0">
-        <x:v>173.1</x:v>
+        <x:v>186.15</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:5">
       <x:c r="A114" s="1">
-        <x:v>45978.7367708333</x:v>
+        <x:v>46014.7368634259</x:v>
       </x:c>
       <x:c r="B114" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C114" s="0">
-        <x:v>134.94</x:v>
+        <x:v>153.54</x:v>
       </x:c>
       <x:c r="D114" s="0">
-        <x:v>148.512</x:v>
+        <x:v>154.644</x:v>
       </x:c>
       <x:c r="E114" s="0">
-        <x:v>176.8</x:v>
+        <x:v>184.1</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:5">
       <x:c r="A115" s="1">
-        <x:v>45975.7367013889</x:v>
+        <x:v>46013.7370486111</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C115" s="0">
-        <x:v>157.29</x:v>
+        <x:v>153.21</x:v>
       </x:c>
       <x:c r="D115" s="0">
-        <x:v>152.796</x:v>
+        <x:v>154.56</x:v>
       </x:c>
       <x:c r="E115" s="0">
-        <x:v>181.9</x:v>
+        <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:5">
       <x:c r="A116" s="1">
-        <x:v>45974.7370138889</x:v>
+        <x:v>46010.737037037</x:v>
       </x:c>
       <x:c r="B116" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C116" s="0">
-        <x:v>166.44</x:v>
+        <x:v>153.08</x:v>
       </x:c>
       <x:c r="D116" s="0">
         <x:v>154.476</x:v>
       </x:c>
       <x:c r="E116" s="0">
         <x:v>183.9</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:5">
       <x:c r="A117" s="1">
-        <x:v>45973.7367361111</x:v>
+        <x:v>46009.7370717593</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C117" s="0">
-        <x:v>156.62</x:v>
+        <x:v>170.68</x:v>
       </x:c>
       <x:c r="D117" s="0">
-        <x:v>152.544</x:v>
+        <x:v>157.71</x:v>
       </x:c>
       <x:c r="E117" s="0">
-        <x:v>181.6</x:v>
+        <x:v>187.75</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:5">
       <x:c r="A118" s="1">
-        <x:v>45972.7367361111</x:v>
+        <x:v>46008.7373263889</x:v>
       </x:c>
       <x:c r="B118" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C118" s="0">
-        <x:v>147.66</x:v>
+        <x:v>144.46</x:v>
       </x:c>
       <x:c r="D118" s="0">
-        <x:v>150.696</x:v>
+        <x:v>152.166</x:v>
       </x:c>
       <x:c r="E118" s="0">
-        <x:v>179.4</x:v>
+        <x:v>181.15</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:5">
       <x:c r="A119" s="1">
-        <x:v>45968.7368865741</x:v>
+        <x:v>46007.7370138889</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C119" s="0">
-        <x:v>123.69</x:v>
+        <x:v>142.38</x:v>
       </x:c>
       <x:c r="D119" s="0">
-        <x:v>145.152</x:v>
+        <x:v>151.704</x:v>
       </x:c>
       <x:c r="E119" s="0">
-        <x:v>172.8</x:v>
+        <x:v>180.6</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:5">
       <x:c r="A120" s="1">
-        <x:v>45967.7368402778</x:v>
+        <x:v>46006.7734953704</x:v>
       </x:c>
       <x:c r="B120" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C120" s="0">
-        <x:v>118.41</x:v>
+        <x:v>140.9</x:v>
       </x:c>
       <x:c r="D120" s="0">
-        <x:v>141.47</x:v>
+        <x:v>151.368</x:v>
       </x:c>
       <x:c r="E120" s="0">
-        <x:v>171.25</x:v>
+        <x:v>180.2</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:5">
       <x:c r="A121" s="1">
-        <x:v>45967.3261689815</x:v>
+        <x:v>46006.7372685185</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C121" s="0">
-        <x:v>121.71</x:v>
+        <x:v>140.9</x:v>
       </x:c>
       <x:c r="D121" s="0">
-        <x:v>142.31</x:v>
+        <x:v>151.368</x:v>
       </x:c>
       <x:c r="E121" s="0">
-        <x:v>172.25</x:v>
+        <x:v>180.2</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:5">
       <x:c r="A122" s="1">
-        <x:v>45966.7368402778</x:v>
+        <x:v>46003.7371759259</x:v>
       </x:c>
       <x:c r="B122" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C122" s="0">
-        <x:v>113.91</x:v>
+        <x:v>142.34</x:v>
       </x:c>
       <x:c r="D122" s="0">
-        <x:v>144.69</x:v>
+        <x:v>151.62</x:v>
       </x:c>
       <x:c r="E122" s="0">
-        <x:v>172.25</x:v>
+        <x:v>180.5</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:5">
       <x:c r="A123" s="1">
-        <x:v>45965.7388425926</x:v>
+        <x:v>46002.7740509259</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C123" s="0">
-        <x:v>111.07</x:v>
+        <x:v>135.41</x:v>
       </x:c>
       <x:c r="D123" s="0">
-        <x:v>143.934</x:v>
+        <x:v>150.066</x:v>
       </x:c>
       <x:c r="E123" s="0">
-        <x:v>171.35</x:v>
+        <x:v>178.65</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:5">
       <x:c r="A124" s="1">
-        <x:v>45964.7369212963</x:v>
+        <x:v>46002.7369212963</x:v>
       </x:c>
       <x:c r="B124" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C124" s="0">
-        <x:v>127.25</x:v>
+        <x:v>135.41</x:v>
       </x:c>
       <x:c r="D124" s="0">
-        <x:v>147.672</x:v>
+        <x:v>150.066</x:v>
       </x:c>
       <x:c r="E124" s="0">
-        <x:v>175.8</x:v>
+        <x:v>178.65</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:5">
       <x:c r="A125" s="1">
-        <x:v>45961.8177777778</x:v>
+        <x:v>46001.7725810185</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C125" s="0">
-        <x:v>145.71</x:v>
+        <x:v>119.99</x:v>
       </x:c>
       <x:c r="D125" s="0">
-        <x:v>151.452</x:v>
+        <x:v>146.286</x:v>
       </x:c>
       <x:c r="E125" s="0">
-        <x:v>180.3</x:v>
+        <x:v>174.15</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:5">
       <x:c r="A126" s="1">
-        <x:v>45961.7365393518</x:v>
+        <x:v>46001.7370138889</x:v>
       </x:c>
       <x:c r="B126" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C126" s="0">
-        <x:v>145.71</x:v>
+        <x:v>119.99</x:v>
       </x:c>
       <x:c r="D126" s="0">
-        <x:v>151.452</x:v>
+        <x:v>146.286</x:v>
       </x:c>
       <x:c r="E126" s="0">
-        <x:v>180.3</x:v>
+        <x:v>174.15</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:5">
       <x:c r="A127" s="1">
-        <x:v>45961.6041550926</x:v>
+        <x:v>46000.7370486111</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C127" s="0">
-        <x:v>145.71</x:v>
+        <x:v>115.38</x:v>
       </x:c>
       <x:c r="D127" s="0">
-        <x:v>151.452</x:v>
+        <x:v>145.11</x:v>
       </x:c>
       <x:c r="E127" s="0">
-        <x:v>180.3</x:v>
+        <x:v>172.75</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:5">
       <x:c r="A128" s="1">
-        <x:v>45960.7368171296</x:v>
+        <x:v>45999.7371875</x:v>
       </x:c>
       <x:c r="B128" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C128" s="0">
-        <x:v>144.2</x:v>
+        <x:v>119.58</x:v>
       </x:c>
       <x:c r="D128" s="0">
-        <x:v>151.116</x:v>
+        <x:v>146.118</x:v>
       </x:c>
       <x:c r="E128" s="0">
-        <x:v>179.9</x:v>
+        <x:v>173.95</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:5">
       <x:c r="A129" s="1">
-        <x:v>45959.7367592593</x:v>
+        <x:v>45996.7368402778</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C129" s="0">
-        <x:v>141.14</x:v>
+        <x:v>129.54</x:v>
       </x:c>
       <x:c r="D129" s="0">
-        <x:v>150.444</x:v>
+        <x:v>148.344</x:v>
       </x:c>
       <x:c r="E129" s="0">
-        <x:v>179.1</x:v>
+        <x:v>176.6</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:5">
       <x:c r="A130" s="1">
-        <x:v>45958.7367824074</x:v>
+        <x:v>45995.7378819444</x:v>
       </x:c>
       <x:c r="B130" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C130" s="0">
-        <x:v>147.99</x:v>
+        <x:v>134.15</x:v>
       </x:c>
       <x:c r="D130" s="0">
-        <x:v>151.83</x:v>
+        <x:v>149.352</x:v>
       </x:c>
       <x:c r="E130" s="0">
-        <x:v>180.75</x:v>
+        <x:v>177.8</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:5">
       <x:c r="A131" s="1">
-        <x:v>45957.7750694444</x:v>
+        <x:v>45994.7372685185</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C131" s="0">
-        <x:v>148.29</x:v>
+        <x:v>140.71</x:v>
       </x:c>
       <x:c r="D131" s="0">
-        <x:v>151.872</x:v>
+        <x:v>150.738</x:v>
       </x:c>
       <x:c r="E131" s="0">
-        <x:v>180.8</x:v>
+        <x:v>179.45</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:5">
       <x:c r="A132" s="1">
-        <x:v>45954.7370833333</x:v>
+        <x:v>45993.7373032407</x:v>
       </x:c>
       <x:c r="B132" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C132" s="0">
-        <x:v>145.73</x:v>
+        <x:v>136.2</x:v>
       </x:c>
       <x:c r="D132" s="0">
-        <x:v>151.284</x:v>
+        <x:v>149.73</x:v>
       </x:c>
       <x:c r="E132" s="0">
-        <x:v>180.1</x:v>
+        <x:v>178.25</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:5">
       <x:c r="A133" s="1">
-        <x:v>45953.7373611111</x:v>
+        <x:v>45992.7372106481</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C133" s="0">
-        <x:v>147.05</x:v>
+        <x:v>128.27</x:v>
       </x:c>
       <x:c r="D133" s="0">
-        <x:v>151.536</x:v>
+        <x:v>147.882</x:v>
       </x:c>
       <x:c r="E133" s="0">
-        <x:v>180.4</x:v>
+        <x:v>176.05</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:5">
       <x:c r="A134" s="1">
-        <x:v>45952.7370601852</x:v>
+        <x:v>45989.7370717593</x:v>
       </x:c>
       <x:c r="B134" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C134" s="0">
-        <x:v>139.89</x:v>
+        <x:v>112.83</x:v>
       </x:c>
       <x:c r="D134" s="0">
-        <x:v>149.982</x:v>
+        <x:v>143.892</x:v>
       </x:c>
       <x:c r="E134" s="0">
-        <x:v>178.55</x:v>
+        <x:v>171.3</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:5">
       <x:c r="A135" s="1">
-        <x:v>45951.7369907407</x:v>
+        <x:v>45988.7370023148</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C135" s="0">
-        <x:v>138.42</x:v>
+        <x:v>121.11</x:v>
       </x:c>
       <x:c r="D135" s="0">
-        <x:v>149.646</x:v>
+        <x:v>145.866</x:v>
       </x:c>
       <x:c r="E135" s="0">
-        <x:v>178.15</x:v>
+        <x:v>173.65</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:5">
       <x:c r="A136" s="1">
-        <x:v>45950.737037037</x:v>
+        <x:v>45987.7371296296</x:v>
       </x:c>
       <x:c r="B136" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C136" s="0">
-        <x:v>140.08</x:v>
+        <x:v>123.13</x:v>
       </x:c>
       <x:c r="D136" s="0">
-        <x:v>149.982</x:v>
+        <x:v>146.328</x:v>
       </x:c>
       <x:c r="E136" s="0">
-        <x:v>178.55</x:v>
+        <x:v>174.2</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:5">
       <x:c r="A137" s="1">
-        <x:v>45947.7367824074</x:v>
+        <x:v>45986.7689583333</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C137" s="0">
-        <x:v>132.45</x:v>
+        <x:v>116.76</x:v>
       </x:c>
       <x:c r="D137" s="0">
-        <x:v>148.218</x:v>
+        <x:v>144.732</x:v>
       </x:c>
       <x:c r="E137" s="0">
-        <x:v>176.45</x:v>
+        <x:v>172.3</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:5">
       <x:c r="A138" s="1">
-        <x:v>45946.7603125</x:v>
+        <x:v>45986.7372685185</x:v>
       </x:c>
       <x:c r="B138" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C138" s="0">
-        <x:v>129.4</x:v>
+        <x:v>116.76</x:v>
       </x:c>
       <x:c r="D138" s="0">
-        <x:v>147.504</x:v>
+        <x:v>144.732</x:v>
       </x:c>
       <x:c r="E138" s="0">
-        <x:v>175.6</x:v>
+        <x:v>172.3</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:5">
       <x:c r="A139" s="1">
-        <x:v>45945.7368981481</x:v>
+        <x:v>45985.736724537</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C139" s="0">
-        <x:v>121.09</x:v>
+        <x:v>121.02</x:v>
       </x:c>
       <x:c r="D139" s="0">
-        <x:v>145.488</x:v>
+        <x:v>145.74</x:v>
       </x:c>
       <x:c r="E139" s="0">
-        <x:v>173.2</x:v>
+        <x:v>173.5</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:5">
       <x:c r="A140" s="1">
-        <x:v>45944.7367592593</x:v>
+        <x:v>45982.737037037</x:v>
       </x:c>
       <x:c r="B140" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C140" s="0">
-        <x:v>113.84</x:v>
+        <x:v>117.5</x:v>
       </x:c>
       <x:c r="D140" s="0">
-        <x:v>143.64</x:v>
+        <x:v>144.816</x:v>
       </x:c>
       <x:c r="E140" s="0">
-        <x:v>171</x:v>
+        <x:v>172.4</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:5">
       <x:c r="A141" s="1">
-        <x:v>45943.7373263889</x:v>
+        <x:v>45981.7368402778</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C141" s="0">
-        <x:v>109.39</x:v>
+        <x:v>114.24</x:v>
       </x:c>
       <x:c r="D141" s="0">
-        <x:v>142.464</x:v>
+        <x:v>143.976</x:v>
       </x:c>
       <x:c r="E141" s="0">
-        <x:v>169.6</x:v>
+        <x:v>171.4</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:5">
       <x:c r="A142" s="1">
-        <x:v>45940.7628009259</x:v>
+        <x:v>45980.7367592593</x:v>
       </x:c>
       <x:c r="B142" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C142" s="0">
-        <x:v>105.52</x:v>
+        <x:v>126.24</x:v>
       </x:c>
       <x:c r="D142" s="0">
-        <x:v>141.372</x:v>
+        <x:v>146.748</x:v>
       </x:c>
       <x:c r="E142" s="0">
-        <x:v>168.3</x:v>
+        <x:v>174.7</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:5">
       <x:c r="A143" s="1">
-        <x:v>45939.7572106481</x:v>
+        <x:v>45979.7368055556</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C143" s="0">
-        <x:v>107.49</x:v>
+        <x:v>120.74</x:v>
       </x:c>
       <x:c r="D143" s="0">
-        <x:v>141.876</x:v>
+        <x:v>145.404</x:v>
       </x:c>
       <x:c r="E143" s="0">
-        <x:v>168.9</x:v>
+        <x:v>173.1</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:5">
       <x:c r="A144" s="1">
-        <x:v>45938.7365856481</x:v>
+        <x:v>45978.7367708333</x:v>
       </x:c>
       <x:c r="B144" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C144" s="0">
-        <x:v>120.1</x:v>
+        <x:v>134.94</x:v>
       </x:c>
       <x:c r="D144" s="0">
-        <x:v>144.9</x:v>
+        <x:v>148.512</x:v>
       </x:c>
       <x:c r="E144" s="0">
-        <x:v>172.5</x:v>
+        <x:v>176.8</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:5">
       <x:c r="A145" s="1">
-        <x:v>45937.7365393518</x:v>
+        <x:v>45975.7367013889</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C145" s="0">
-        <x:v>131.21</x:v>
+        <x:v>157.29</x:v>
       </x:c>
       <x:c r="D145" s="0">
-        <x:v>147.378</x:v>
+        <x:v>152.796</x:v>
       </x:c>
       <x:c r="E145" s="0">
-        <x:v>175.45</x:v>
+        <x:v>181.9</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:5">
       <x:c r="A146" s="1">
-        <x:v>45936.7365856481</x:v>
+        <x:v>45974.7370138889</x:v>
       </x:c>
       <x:c r="B146" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C146" s="0">
-        <x:v>148.69</x:v>
+        <x:v>166.44</x:v>
       </x:c>
       <x:c r="D146" s="0">
-        <x:v>150.906</x:v>
+        <x:v>154.476</x:v>
       </x:c>
       <x:c r="E146" s="0">
-        <x:v>179.65</x:v>
+        <x:v>183.9</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:5">
       <x:c r="A147" s="1">
-        <x:v>45933.7365277778</x:v>
+        <x:v>45973.7367361111</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C147" s="0">
-        <x:v>144.9</x:v>
+        <x:v>156.62</x:v>
       </x:c>
       <x:c r="D147" s="0">
-        <x:v>150.066</x:v>
+        <x:v>152.544</x:v>
       </x:c>
       <x:c r="E147" s="0">
-        <x:v>178.65</x:v>
+        <x:v>181.6</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:5">
       <x:c r="A148" s="1">
-        <x:v>45932.7758449074</x:v>
+        <x:v>45972.7367361111</x:v>
       </x:c>
       <x:c r="B148" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C148" s="0">
-        <x:v>139.87</x:v>
+        <x:v>147.66</x:v>
       </x:c>
       <x:c r="D148" s="0">
-        <x:v>148.974</x:v>
+        <x:v>150.696</x:v>
       </x:c>
       <x:c r="E148" s="0">
-        <x:v>177.35</x:v>
+        <x:v>179.4</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:5">
       <x:c r="A149" s="1">
-        <x:v>45931.7588888889</x:v>
+        <x:v>45968.7368865741</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C149" s="0">
-        <x:v>134.78</x:v>
+        <x:v>123.69</x:v>
       </x:c>
       <x:c r="D149" s="0">
-        <x:v>147.84</x:v>
+        <x:v>145.152</x:v>
       </x:c>
       <x:c r="E149" s="0">
-        <x:v>176</x:v>
+        <x:v>172.8</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:5">
       <x:c r="A150" s="1">
-        <x:v>45930.7579398148</x:v>
+        <x:v>45967.7368402778</x:v>
       </x:c>
       <x:c r="B150" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C150" s="0">
-        <x:v>132.04</x:v>
+        <x:v>118.41</x:v>
       </x:c>
       <x:c r="D150" s="0">
-        <x:v>147.21</x:v>
+        <x:v>141.47</x:v>
       </x:c>
       <x:c r="E150" s="0">
-        <x:v>175.25</x:v>
+        <x:v>171.25</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:5">
       <x:c r="A151" s="1">
-        <x:v>45929.7560416667</x:v>
+        <x:v>45967.3261689815</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C151" s="0">
-        <x:v>124.05</x:v>
+        <x:v>121.71</x:v>
       </x:c>
       <x:c r="D151" s="0">
-        <x:v>145.32</x:v>
+        <x:v>142.31</x:v>
       </x:c>
       <x:c r="E151" s="0">
-        <x:v>173</x:v>
+        <x:v>172.25</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:5">
       <x:c r="A152" s="1">
-        <x:v>45926.7572569444</x:v>
+        <x:v>45966.7368402778</x:v>
       </x:c>
       <x:c r="B152" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C152" s="0">
-        <x:v>124.28</x:v>
+        <x:v>113.91</x:v>
       </x:c>
       <x:c r="D152" s="0">
-        <x:v>145.32</x:v>
+        <x:v>144.69</x:v>
       </x:c>
       <x:c r="E152" s="0">
-        <x:v>173</x:v>
+        <x:v>172.25</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:5">
       <x:c r="A153" s="1">
-        <x:v>45925.7565625</x:v>
+        <x:v>45965.7388425926</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C153" s="0">
-        <x:v>118.31</x:v>
+        <x:v>111.07</x:v>
       </x:c>
       <x:c r="D153" s="0">
-        <x:v>143.85</x:v>
+        <x:v>143.934</x:v>
       </x:c>
       <x:c r="E153" s="0">
-        <x:v>171.25</x:v>
+        <x:v>171.35</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:5">
       <x:c r="A154" s="1">
-        <x:v>45924.7579976852</x:v>
+        <x:v>45964.7369212963</x:v>
       </x:c>
       <x:c r="B154" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C154" s="0">
-        <x:v>79.5</x:v>
+        <x:v>127.25</x:v>
       </x:c>
       <x:c r="D154" s="0">
-        <x:v>131.04</x:v>
+        <x:v>147.672</x:v>
       </x:c>
       <x:c r="E154" s="0">
-        <x:v>156</x:v>
+        <x:v>175.8</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:5">
       <x:c r="A155" s="1">
-        <x:v>45923.7566435185</x:v>
+        <x:v>45961.8177777778</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C155" s="0">
-        <x:v>78.8</x:v>
+        <x:v>145.71</x:v>
       </x:c>
       <x:c r="D155" s="0">
-        <x:v>130.788</x:v>
+        <x:v>151.452</x:v>
       </x:c>
       <x:c r="E155" s="0">
-        <x:v>155.7</x:v>
+        <x:v>180.3</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:5">
       <x:c r="A156" s="1">
-        <x:v>45922.7577430556</x:v>
+        <x:v>45961.7365393518</x:v>
       </x:c>
       <x:c r="B156" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C156" s="0">
-        <x:v>71.25</x:v>
+        <x:v>145.71</x:v>
       </x:c>
       <x:c r="D156" s="0">
-        <x:v>128.058</x:v>
+        <x:v>151.452</x:v>
       </x:c>
       <x:c r="E156" s="0">
-        <x:v>152.45</x:v>
+        <x:v>180.3</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:5">
       <x:c r="A157" s="1">
-        <x:v>45919.7643287037</x:v>
+        <x:v>45961.6041550926</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C157" s="0">
-        <x:v>71.15</x:v>
+        <x:v>145.71</x:v>
       </x:c>
       <x:c r="D157" s="0">
-        <x:v>127.974</x:v>
+        <x:v>151.452</x:v>
       </x:c>
       <x:c r="E157" s="0">
-        <x:v>152.35</x:v>
+        <x:v>180.3</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:5">
       <x:c r="A158" s="1">
-        <x:v>45918.7598148148</x:v>
+        <x:v>45960.7368171296</x:v>
       </x:c>
       <x:c r="B158" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C158" s="0">
-        <x:v>76.79</x:v>
+        <x:v>144.2</x:v>
       </x:c>
       <x:c r="D158" s="0">
-        <x:v>129.864</x:v>
+        <x:v>151.116</x:v>
       </x:c>
       <x:c r="E158" s="0">
-        <x:v>154.6</x:v>
+        <x:v>179.9</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:5">
       <x:c r="A159" s="1">
-        <x:v>45917.7674537037</x:v>
+        <x:v>45959.7367592593</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C159" s="0">
-        <x:v>76.96</x:v>
+        <x:v>141.14</x:v>
       </x:c>
       <x:c r="D159" s="0">
-        <x:v>129.906</x:v>
+        <x:v>150.444</x:v>
       </x:c>
       <x:c r="E159" s="0">
-        <x:v>154.65</x:v>
+        <x:v>179.1</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:5">
       <x:c r="A160" s="1">
-        <x:v>45916.7611111111</x:v>
+        <x:v>45958.7367824074</x:v>
       </x:c>
       <x:c r="B160" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C160" s="0">
-        <x:v>69.12</x:v>
+        <x:v>147.99</x:v>
       </x:c>
       <x:c r="D160" s="0">
-        <x:v>127.008</x:v>
+        <x:v>151.83</x:v>
       </x:c>
       <x:c r="E160" s="0">
-        <x:v>151.2</x:v>
+        <x:v>180.75</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:5">
       <x:c r="A161" s="1">
-        <x:v>45915.7666319444</x:v>
+        <x:v>45957.7750694444</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C161" s="0">
-        <x:v>62.61</x:v>
+        <x:v>148.29</x:v>
       </x:c>
       <x:c r="D161" s="0">
-        <x:v>124.404</x:v>
+        <x:v>151.872</x:v>
       </x:c>
       <x:c r="E161" s="0">
-        <x:v>148.1</x:v>
+        <x:v>180.8</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:5">
       <x:c r="A162" s="1">
-        <x:v>45912.7594212963</x:v>
+        <x:v>45954.7370833333</x:v>
       </x:c>
       <x:c r="B162" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C162" s="0">
-        <x:v>58.8</x:v>
+        <x:v>145.73</x:v>
       </x:c>
       <x:c r="D162" s="0">
-        <x:v>122.766</x:v>
+        <x:v>151.284</x:v>
       </x:c>
       <x:c r="E162" s="0">
-        <x:v>146.15</x:v>
+        <x:v>180.1</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:5">
       <x:c r="A163" s="1">
-        <x:v>45911.75875</x:v>
+        <x:v>45953.7373611111</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C163" s="0">
-        <x:v>62.32</x:v>
+        <x:v>147.05</x:v>
       </x:c>
       <x:c r="D163" s="0">
-        <x:v>124.152</x:v>
+        <x:v>151.536</x:v>
       </x:c>
       <x:c r="E163" s="0">
-        <x:v>147.8</x:v>
+        <x:v>180.4</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:5">
       <x:c r="A164" s="1">
-        <x:v>45910.7661342593</x:v>
+        <x:v>45952.7370601852</x:v>
       </x:c>
       <x:c r="B164" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C164" s="0">
-        <x:v>64.09</x:v>
+        <x:v>139.89</x:v>
       </x:c>
       <x:c r="D164" s="0">
-        <x:v>124.824</x:v>
+        <x:v>149.982</x:v>
       </x:c>
       <x:c r="E164" s="0">
-        <x:v>148.6</x:v>
+        <x:v>178.55</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:5">
       <x:c r="A165" s="1">
-        <x:v>45909.7555787037</x:v>
+        <x:v>45951.7369907407</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C165" s="0">
-        <x:v>62.65</x:v>
+        <x:v>138.42</x:v>
       </x:c>
       <x:c r="D165" s="0">
-        <x:v>124.236</x:v>
+        <x:v>149.646</x:v>
       </x:c>
       <x:c r="E165" s="0">
-        <x:v>147.9</x:v>
+        <x:v>178.15</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:5">
       <x:c r="A166" s="1">
-        <x:v>45908.7626157407</x:v>
+        <x:v>45950.737037037</x:v>
       </x:c>
       <x:c r="B166" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C166" s="0">
-        <x:v>62.06</x:v>
+        <x:v>140.08</x:v>
       </x:c>
       <x:c r="D166" s="0">
-        <x:v>123.984</x:v>
+        <x:v>149.982</x:v>
       </x:c>
       <x:c r="E166" s="0">
-        <x:v>147.6</x:v>
+        <x:v>178.55</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:5">
       <x:c r="A167" s="1">
-        <x:v>45905.7753009259</x:v>
+        <x:v>45947.7367824074</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C167" s="0">
-        <x:v>58.08</x:v>
+        <x:v>132.45</x:v>
       </x:c>
       <x:c r="D167" s="0">
-        <x:v>122.262</x:v>
+        <x:v>148.218</x:v>
       </x:c>
       <x:c r="E167" s="0">
-        <x:v>145.55</x:v>
+        <x:v>176.45</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:5">
       <x:c r="A168" s="1">
-        <x:v>45904.7633564815</x:v>
+        <x:v>45946.7603125</x:v>
       </x:c>
       <x:c r="B168" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C168" s="0">
-        <x:v>57.13</x:v>
+        <x:v>129.4</x:v>
       </x:c>
       <x:c r="D168" s="0">
-        <x:v>121.842</x:v>
+        <x:v>147.504</x:v>
       </x:c>
       <x:c r="E168" s="0">
-        <x:v>145.05</x:v>
+        <x:v>175.6</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:5">
       <x:c r="A169" s="1">
-        <x:v>45903.7601157407</x:v>
+        <x:v>45945.7368981481</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C169" s="0">
-        <x:v>51.79</x:v>
+        <x:v>121.09</x:v>
       </x:c>
       <x:c r="D169" s="0">
-        <x:v>119.364</x:v>
+        <x:v>145.488</x:v>
       </x:c>
       <x:c r="E169" s="0">
-        <x:v>142.1</x:v>
+        <x:v>173.2</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:5">
       <x:c r="A170" s="1">
-        <x:v>45902.7618055556</x:v>
+        <x:v>45944.7367592593</x:v>
       </x:c>
       <x:c r="B170" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C170" s="0">
-        <x:v>45.56</x:v>
+        <x:v>113.84</x:v>
       </x:c>
       <x:c r="D170" s="0">
-        <x:v>116.172</x:v>
+        <x:v>143.64</x:v>
       </x:c>
       <x:c r="E170" s="0">
-        <x:v>138.3</x:v>
+        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:5">
       <x:c r="A171" s="1">
-        <x:v>45901.7594444444</x:v>
+        <x:v>45943.7373263889</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C171" s="0">
-        <x:v>45.75</x:v>
+        <x:v>109.39</x:v>
       </x:c>
       <x:c r="D171" s="0">
-        <x:v>116.256</x:v>
+        <x:v>142.464</x:v>
       </x:c>
       <x:c r="E171" s="0">
-        <x:v>138.4</x:v>
+        <x:v>169.6</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:5">
       <x:c r="A172" s="1">
-        <x:v>45898.7627083333</x:v>
+        <x:v>45940.7628009259</x:v>
       </x:c>
       <x:c r="B172" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C172" s="0">
-        <x:v>46.6</x:v>
+        <x:v>105.52</x:v>
       </x:c>
       <x:c r="D172" s="0">
-        <x:v>116.634</x:v>
+        <x:v>141.372</x:v>
       </x:c>
       <x:c r="E172" s="0">
-        <x:v>138.85</x:v>
+        <x:v>168.3</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:5">
       <x:c r="A173" s="1">
-        <x:v>45897.7575925926</x:v>
+        <x:v>45939.7572106481</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C173" s="0">
-        <x:v>51.06</x:v>
+        <x:v>107.49</x:v>
       </x:c>
       <x:c r="D173" s="0">
-        <x:v>118.692</x:v>
+        <x:v>141.876</x:v>
       </x:c>
       <x:c r="E173" s="0">
-        <x:v>141.3</x:v>
+        <x:v>168.9</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:5">
       <x:c r="A174" s="1">
-        <x:v>45896.7598263889</x:v>
+        <x:v>45938.7365856481</x:v>
       </x:c>
       <x:c r="B174" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C174" s="0">
-        <x:v>51.55</x:v>
+        <x:v>120.1</x:v>
       </x:c>
       <x:c r="D174" s="0">
-        <x:v>118.902</x:v>
+        <x:v>144.9</x:v>
       </x:c>
       <x:c r="E174" s="0">
-        <x:v>141.55</x:v>
+        <x:v>172.5</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:5">
       <x:c r="A175" s="1">
-        <x:v>45895.7574884259</x:v>
+        <x:v>45937.7365393518</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C175" s="0">
-        <x:v>52.79</x:v>
+        <x:v>131.21</x:v>
       </x:c>
       <x:c r="D175" s="0">
-        <x:v>119.448</x:v>
+        <x:v>147.378</x:v>
       </x:c>
       <x:c r="E175" s="0">
-        <x:v>142.2</x:v>
+        <x:v>175.45</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:5">
       <x:c r="A176" s="1">
-        <x:v>45894.7570138889</x:v>
+        <x:v>45936.7365856481</x:v>
       </x:c>
       <x:c r="B176" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C176" s="0">
-        <x:v>52.73</x:v>
+        <x:v>148.69</x:v>
       </x:c>
       <x:c r="D176" s="0">
-        <x:v>119.406</x:v>
+        <x:v>150.906</x:v>
       </x:c>
       <x:c r="E176" s="0">
-        <x:v>142.15</x:v>
+        <x:v>179.65</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:5">
       <x:c r="A177" s="1">
-        <x:v>45891.7584606481</x:v>
+        <x:v>45933.7365277778</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C177" s="0">
-        <x:v>58.94</x:v>
+        <x:v>144.9</x:v>
       </x:c>
       <x:c r="D177" s="0">
-        <x:v>121.926</x:v>
+        <x:v>150.066</x:v>
       </x:c>
       <x:c r="E177" s="0">
-        <x:v>145.15</x:v>
+        <x:v>178.65</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:5">
       <x:c r="A178" s="1">
-        <x:v>45890.7565277778</x:v>
+        <x:v>45932.7758449074</x:v>
       </x:c>
       <x:c r="B178" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C178" s="0">
-        <x:v>54.13</x:v>
+        <x:v>139.87</x:v>
       </x:c>
       <x:c r="D178" s="0">
-        <x:v>119.784</x:v>
+        <x:v>148.974</x:v>
       </x:c>
       <x:c r="E178" s="0">
-        <x:v>142.6</x:v>
+        <x:v>177.35</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:5">
       <x:c r="A179" s="1">
-        <x:v>45889.759375</x:v>
+        <x:v>45931.7588888889</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C179" s="0">
-        <x:v>57.35</x:v>
+        <x:v>134.78</x:v>
       </x:c>
       <x:c r="D179" s="0">
-        <x:v>121.128</x:v>
+        <x:v>147.84</x:v>
       </x:c>
       <x:c r="E179" s="0">
-        <x:v>144.2</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:5">
       <x:c r="A180" s="1">
-        <x:v>45888.7607291667</x:v>
+        <x:v>45930.7579398148</x:v>
       </x:c>
       <x:c r="B180" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C180" s="0">
-        <x:v>57.49</x:v>
+        <x:v>132.04</x:v>
       </x:c>
       <x:c r="D180" s="0">
-        <x:v>121.17</x:v>
+        <x:v>147.21</x:v>
       </x:c>
       <x:c r="E180" s="0">
-        <x:v>144.25</x:v>
+        <x:v>175.25</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:5">
       <x:c r="A181" s="1">
-        <x:v>45887.7582523148</x:v>
+        <x:v>45929.7560416667</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C181" s="0">
-        <x:v>57.03</x:v>
+        <x:v>124.05</x:v>
       </x:c>
       <x:c r="D181" s="0">
-        <x:v>120.96</x:v>
+        <x:v>145.32</x:v>
       </x:c>
       <x:c r="E181" s="0">
-        <x:v>144</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:5">
       <x:c r="A182" s="1">
-        <x:v>45884.7577546296</x:v>
+        <x:v>45926.7572569444</x:v>
       </x:c>
       <x:c r="B182" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C182" s="0">
-        <x:v>55.49</x:v>
+        <x:v>124.28</x:v>
       </x:c>
       <x:c r="D182" s="0">
-        <x:v>120.246</x:v>
+        <x:v>145.32</x:v>
       </x:c>
       <x:c r="E182" s="0">
-        <x:v>143.15</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:5">
       <x:c r="A183" s="1">
-        <x:v>45883.7578472222</x:v>
+        <x:v>45925.7565625</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C183" s="0">
-        <x:v>52.29</x:v>
+        <x:v>118.31</x:v>
       </x:c>
       <x:c r="D183" s="0">
-        <x:v>118.776</x:v>
+        <x:v>143.85</x:v>
       </x:c>
       <x:c r="E183" s="0">
-        <x:v>141.4</x:v>
+        <x:v>171.25</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:5">
       <x:c r="A184" s="1">
-        <x:v>45882.7698611111</x:v>
+        <x:v>45924.7579976852</x:v>
       </x:c>
       <x:c r="B184" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C184" s="0">
-        <x:v>56.15</x:v>
+        <x:v>79.5</x:v>
       </x:c>
       <x:c r="D184" s="0">
-        <x:v>120.414</x:v>
+        <x:v>131.04</x:v>
       </x:c>
       <x:c r="E184" s="0">
-        <x:v>143.35</x:v>
+        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:5">
       <x:c r="A185" s="1">
-        <x:v>45882.7608333333</x:v>
+        <x:v>45923.7566435185</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C185" s="0">
-        <x:v>56.15</x:v>
+        <x:v>78.8</x:v>
       </x:c>
       <x:c r="D185" s="0">
-        <x:v>120.414</x:v>
+        <x:v>130.788</x:v>
       </x:c>
       <x:c r="E185" s="0">
-        <x:v>143.35</x:v>
+        <x:v>155.7</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:5">
       <x:c r="A186" s="1">
-        <x:v>45881.7571296296</x:v>
+        <x:v>45922.7577430556</x:v>
       </x:c>
       <x:c r="B186" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C186" s="0">
-        <x:v>49.85</x:v>
+        <x:v>71.25</x:v>
       </x:c>
       <x:c r="D186" s="0">
-        <x:v>117.432</x:v>
+        <x:v>128.058</x:v>
       </x:c>
       <x:c r="E186" s="0">
-        <x:v>139.8</x:v>
+        <x:v>152.45</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:5">
       <x:c r="A187" s="1">
-        <x:v>45880.7586689815</x:v>
+        <x:v>45919.7643287037</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C187" s="0">
-        <x:v>46.03</x:v>
+        <x:v>71.15</x:v>
       </x:c>
       <x:c r="D187" s="0">
-        <x:v>115.5</x:v>
+        <x:v>127.974</x:v>
       </x:c>
       <x:c r="E187" s="0">
-        <x:v>137.5</x:v>
+        <x:v>152.35</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:5">
       <x:c r="A188" s="1">
-        <x:v>45877.7857523148</x:v>
+        <x:v>45918.7598148148</x:v>
       </x:c>
       <x:c r="B188" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C188" s="0">
-        <x:v>48.21</x:v>
+        <x:v>76.79</x:v>
       </x:c>
       <x:c r="D188" s="0">
-        <x:v>116.508</x:v>
+        <x:v>129.864</x:v>
       </x:c>
       <x:c r="E188" s="0">
-        <x:v>138.7</x:v>
+        <x:v>154.6</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:5">
       <x:c r="A189" s="1">
-        <x:v>45876.7589467593</x:v>
+        <x:v>45917.7674537037</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C189" s="0">
-        <x:v>41.38</x:v>
+        <x:v>76.96</x:v>
       </x:c>
       <x:c r="D189" s="0">
-        <x:v>112.77</x:v>
+        <x:v>129.906</x:v>
       </x:c>
       <x:c r="E189" s="0">
-        <x:v>134.25</x:v>
+        <x:v>154.65</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:5">
       <x:c r="A190" s="1">
-        <x:v>45875.7594444444</x:v>
+        <x:v>45916.7611111111</x:v>
       </x:c>
       <x:c r="B190" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C190" s="0">
-        <x:v>37.88</x:v>
+        <x:v>69.12</x:v>
       </x:c>
       <x:c r="D190" s="0">
-        <x:v>110.712</x:v>
+        <x:v>127.008</x:v>
       </x:c>
       <x:c r="E190" s="0">
-        <x:v>131.8</x:v>
+        <x:v>151.2</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:5">
       <x:c r="A191" s="1">
-        <x:v>45874.7580092593</x:v>
+        <x:v>45915.7666319444</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C191" s="0">
-        <x:v>35.84</x:v>
+        <x:v>62.61</x:v>
       </x:c>
       <x:c r="D191" s="0">
-        <x:v>109.452</x:v>
+        <x:v>124.404</x:v>
       </x:c>
       <x:c r="E191" s="0">
-        <x:v>130.3</x:v>
+        <x:v>148.1</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:5">
       <x:c r="A192" s="1">
-        <x:v>45873.7607986111</x:v>
+        <x:v>45912.7594212963</x:v>
       </x:c>
       <x:c r="B192" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C192" s="0">
-        <x:v>34.02</x:v>
+        <x:v>58.8</x:v>
       </x:c>
       <x:c r="D192" s="0">
-        <x:v>108.276</x:v>
+        <x:v>122.766</x:v>
       </x:c>
       <x:c r="E192" s="0">
-        <x:v>128.9</x:v>
+        <x:v>146.15</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:5">
       <x:c r="A193" s="1">
-        <x:v>45870.7602314815</x:v>
+        <x:v>45911.75875</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C193" s="0">
-        <x:v>33.37</x:v>
+        <x:v>62.32</x:v>
       </x:c>
       <x:c r="D193" s="0">
-        <x:v>107.814</x:v>
+        <x:v>124.152</x:v>
       </x:c>
       <x:c r="E193" s="0">
-        <x:v>128.35</x:v>
+        <x:v>147.8</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:5">
       <x:c r="A194" s="1">
-        <x:v>45869.7836574074</x:v>
+        <x:v>45910.7661342593</x:v>
       </x:c>
       <x:c r="B194" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C194" s="0">
-        <x:v>39.34</x:v>
+        <x:v>64.09</x:v>
       </x:c>
       <x:c r="D194" s="0">
-        <x:v>111.174</x:v>
+        <x:v>124.824</x:v>
       </x:c>
       <x:c r="E194" s="0">
-        <x:v>132.35</x:v>
+        <x:v>148.6</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:5">
       <x:c r="A195" s="1">
-        <x:v>45868.7572569444</x:v>
+        <x:v>45909.7555787037</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C195" s="0">
-        <x:v>45.19</x:v>
+        <x:v>62.65</x:v>
       </x:c>
       <x:c r="D195" s="0">
-        <x:v>114.114</x:v>
+        <x:v>124.236</x:v>
       </x:c>
       <x:c r="E195" s="0">
-        <x:v>135.85</x:v>
+        <x:v>147.9</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:5">
       <x:c r="A196" s="1">
-        <x:v>45866.7583101852</x:v>
+        <x:v>45908.7626157407</x:v>
       </x:c>
       <x:c r="B196" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C196" s="0">
-        <x:v>54.66</x:v>
+        <x:v>62.06</x:v>
       </x:c>
       <x:c r="D196" s="0">
-        <x:v>118.272</x:v>
+        <x:v>123.984</x:v>
       </x:c>
       <x:c r="E196" s="0">
-        <x:v>140.8</x:v>
+        <x:v>147.6</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:5">
       <x:c r="A197" s="1">
-        <x:v>45863.756724537</x:v>
+        <x:v>45905.7753009259</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C197" s="0">
-        <x:v>62.23</x:v>
+        <x:v>58.08</x:v>
       </x:c>
       <x:c r="D197" s="0">
-        <x:v>121.17</x:v>
+        <x:v>122.262</x:v>
       </x:c>
       <x:c r="E197" s="0">
-        <x:v>144.25</x:v>
+        <x:v>145.55</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:5">
       <x:c r="A198" s="1">
-        <x:v>45862.7626967593</x:v>
+        <x:v>45904.7633564815</x:v>
       </x:c>
       <x:c r="B198" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C198" s="0">
-        <x:v>60.99</x:v>
+        <x:v>57.13</x:v>
       </x:c>
       <x:c r="D198" s="0">
-        <x:v>120.666</x:v>
+        <x:v>121.842</x:v>
       </x:c>
       <x:c r="E198" s="0">
-        <x:v>143.65</x:v>
+        <x:v>145.05</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:5">
       <x:c r="A199" s="1">
-        <x:v>45861.7587037037</x:v>
+        <x:v>45903.7601157407</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C199" s="0">
-        <x:v>63.9</x:v>
+        <x:v>51.79</x:v>
       </x:c>
       <x:c r="D199" s="0">
-        <x:v>121.758</x:v>
+        <x:v>119.364</x:v>
       </x:c>
       <x:c r="E199" s="0">
-        <x:v>144.95</x:v>
+        <x:v>142.1</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:5">
       <x:c r="A200" s="1">
+        <x:v>45902.7618055556</x:v>
+      </x:c>
+      <x:c r="B200" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C200" s="0">
+        <x:v>45.56</x:v>
+      </x:c>
+      <x:c r="D200" s="0">
+        <x:v>116.172</x:v>
+      </x:c>
+      <x:c r="E200" s="0">
+        <x:v>138.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="201" spans="1:5">
+      <x:c r="A201" s="1">
+        <x:v>45901.7594444444</x:v>
+      </x:c>
+      <x:c r="B201" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C201" s="0">
+        <x:v>45.75</x:v>
+      </x:c>
+      <x:c r="D201" s="0">
+        <x:v>116.256</x:v>
+      </x:c>
+      <x:c r="E201" s="0">
+        <x:v>138.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="202" spans="1:5">
+      <x:c r="A202" s="1">
+        <x:v>45898.7627083333</x:v>
+      </x:c>
+      <x:c r="B202" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C202" s="0">
+        <x:v>46.6</x:v>
+      </x:c>
+      <x:c r="D202" s="0">
+        <x:v>116.634</x:v>
+      </x:c>
+      <x:c r="E202" s="0">
+        <x:v>138.85</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="203" spans="1:5">
+      <x:c r="A203" s="1">
+        <x:v>45897.7575925926</x:v>
+      </x:c>
+      <x:c r="B203" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C203" s="0">
+        <x:v>51.06</x:v>
+      </x:c>
+      <x:c r="D203" s="0">
+        <x:v>118.692</x:v>
+      </x:c>
+      <x:c r="E203" s="0">
+        <x:v>141.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="204" spans="1:5">
+      <x:c r="A204" s="1">
+        <x:v>45896.7598263889</x:v>
+      </x:c>
+      <x:c r="B204" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C204" s="0">
+        <x:v>51.55</x:v>
+      </x:c>
+      <x:c r="D204" s="0">
+        <x:v>118.902</x:v>
+      </x:c>
+      <x:c r="E204" s="0">
+        <x:v>141.55</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="205" spans="1:5">
+      <x:c r="A205" s="1">
+        <x:v>45895.7574884259</x:v>
+      </x:c>
+      <x:c r="B205" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C205" s="0">
+        <x:v>52.79</x:v>
+      </x:c>
+      <x:c r="D205" s="0">
+        <x:v>119.448</x:v>
+      </x:c>
+      <x:c r="E205" s="0">
+        <x:v>142.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="206" spans="1:5">
+      <x:c r="A206" s="1">
+        <x:v>45894.7570138889</x:v>
+      </x:c>
+      <x:c r="B206" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C206" s="0">
+        <x:v>52.73</x:v>
+      </x:c>
+      <x:c r="D206" s="0">
+        <x:v>119.406</x:v>
+      </x:c>
+      <x:c r="E206" s="0">
+        <x:v>142.15</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="207" spans="1:5">
+      <x:c r="A207" s="1">
+        <x:v>45891.7584606481</x:v>
+      </x:c>
+      <x:c r="B207" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C207" s="0">
+        <x:v>58.94</x:v>
+      </x:c>
+      <x:c r="D207" s="0">
+        <x:v>121.926</x:v>
+      </x:c>
+      <x:c r="E207" s="0">
+        <x:v>145.15</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="208" spans="1:5">
+      <x:c r="A208" s="1">
+        <x:v>45890.7565277778</x:v>
+      </x:c>
+      <x:c r="B208" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C208" s="0">
+        <x:v>54.13</x:v>
+      </x:c>
+      <x:c r="D208" s="0">
+        <x:v>119.784</x:v>
+      </x:c>
+      <x:c r="E208" s="0">
+        <x:v>142.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="209" spans="1:5">
+      <x:c r="A209" s="1">
+        <x:v>45889.759375</x:v>
+      </x:c>
+      <x:c r="B209" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C209" s="0">
+        <x:v>57.35</x:v>
+      </x:c>
+      <x:c r="D209" s="0">
+        <x:v>121.128</x:v>
+      </x:c>
+      <x:c r="E209" s="0">
+        <x:v>144.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="210" spans="1:5">
+      <x:c r="A210" s="1">
+        <x:v>45888.7607291667</x:v>
+      </x:c>
+      <x:c r="B210" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C210" s="0">
+        <x:v>57.49</x:v>
+      </x:c>
+      <x:c r="D210" s="0">
+        <x:v>121.17</x:v>
+      </x:c>
+      <x:c r="E210" s="0">
+        <x:v>144.25</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="211" spans="1:5">
+      <x:c r="A211" s="1">
+        <x:v>45887.7582523148</x:v>
+      </x:c>
+      <x:c r="B211" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C211" s="0">
+        <x:v>57.03</x:v>
+      </x:c>
+      <x:c r="D211" s="0">
+        <x:v>120.96</x:v>
+      </x:c>
+      <x:c r="E211" s="0">
+        <x:v>144</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="212" spans="1:5">
+      <x:c r="A212" s="1">
+        <x:v>45884.7577546296</x:v>
+      </x:c>
+      <x:c r="B212" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C212" s="0">
+        <x:v>55.49</x:v>
+      </x:c>
+      <x:c r="D212" s="0">
+        <x:v>120.246</x:v>
+      </x:c>
+      <x:c r="E212" s="0">
+        <x:v>143.15</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="213" spans="1:5">
+      <x:c r="A213" s="1">
+        <x:v>45883.7578472222</x:v>
+      </x:c>
+      <x:c r="B213" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C213" s="0">
+        <x:v>52.29</x:v>
+      </x:c>
+      <x:c r="D213" s="0">
+        <x:v>118.776</x:v>
+      </x:c>
+      <x:c r="E213" s="0">
+        <x:v>141.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="214" spans="1:5">
+      <x:c r="A214" s="1">
+        <x:v>45882.7698611111</x:v>
+      </x:c>
+      <x:c r="B214" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C214" s="0">
+        <x:v>56.15</x:v>
+      </x:c>
+      <x:c r="D214" s="0">
+        <x:v>120.414</x:v>
+      </x:c>
+      <x:c r="E214" s="0">
+        <x:v>143.35</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="215" spans="1:5">
+      <x:c r="A215" s="1">
+        <x:v>45882.7608333333</x:v>
+      </x:c>
+      <x:c r="B215" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C215" s="0">
+        <x:v>56.15</x:v>
+      </x:c>
+      <x:c r="D215" s="0">
+        <x:v>120.414</x:v>
+      </x:c>
+      <x:c r="E215" s="0">
+        <x:v>143.35</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="216" spans="1:5">
+      <x:c r="A216" s="1">
+        <x:v>45881.7571296296</x:v>
+      </x:c>
+      <x:c r="B216" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C216" s="0">
+        <x:v>49.85</x:v>
+      </x:c>
+      <x:c r="D216" s="0">
+        <x:v>117.432</x:v>
+      </x:c>
+      <x:c r="E216" s="0">
+        <x:v>139.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="217" spans="1:5">
+      <x:c r="A217" s="1">
+        <x:v>45880.7586689815</x:v>
+      </x:c>
+      <x:c r="B217" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C217" s="0">
+        <x:v>46.03</x:v>
+      </x:c>
+      <x:c r="D217" s="0">
+        <x:v>115.5</x:v>
+      </x:c>
+      <x:c r="E217" s="0">
+        <x:v>137.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="218" spans="1:5">
+      <x:c r="A218" s="1">
+        <x:v>45877.7857523148</x:v>
+      </x:c>
+      <x:c r="B218" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C218" s="0">
+        <x:v>48.21</x:v>
+      </x:c>
+      <x:c r="D218" s="0">
+        <x:v>116.508</x:v>
+      </x:c>
+      <x:c r="E218" s="0">
+        <x:v>138.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="219" spans="1:5">
+      <x:c r="A219" s="1">
+        <x:v>45876.7589467593</x:v>
+      </x:c>
+      <x:c r="B219" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C219" s="0">
+        <x:v>41.38</x:v>
+      </x:c>
+      <x:c r="D219" s="0">
+        <x:v>112.77</x:v>
+      </x:c>
+      <x:c r="E219" s="0">
+        <x:v>134.25</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="220" spans="1:5">
+      <x:c r="A220" s="1">
+        <x:v>45875.7594444444</x:v>
+      </x:c>
+      <x:c r="B220" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C220" s="0">
+        <x:v>37.88</x:v>
+      </x:c>
+      <x:c r="D220" s="0">
+        <x:v>110.712</x:v>
+      </x:c>
+      <x:c r="E220" s="0">
+        <x:v>131.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="221" spans="1:5">
+      <x:c r="A221" s="1">
+        <x:v>45874.7580092593</x:v>
+      </x:c>
+      <x:c r="B221" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C221" s="0">
+        <x:v>35.84</x:v>
+      </x:c>
+      <x:c r="D221" s="0">
+        <x:v>109.452</x:v>
+      </x:c>
+      <x:c r="E221" s="0">
+        <x:v>130.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="222" spans="1:5">
+      <x:c r="A222" s="1">
+        <x:v>45873.7607986111</x:v>
+      </x:c>
+      <x:c r="B222" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C222" s="0">
+        <x:v>34.02</x:v>
+      </x:c>
+      <x:c r="D222" s="0">
+        <x:v>108.276</x:v>
+      </x:c>
+      <x:c r="E222" s="0">
+        <x:v>128.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="223" spans="1:5">
+      <x:c r="A223" s="1">
+        <x:v>45870.7602314815</x:v>
+      </x:c>
+      <x:c r="B223" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C223" s="0">
+        <x:v>33.37</x:v>
+      </x:c>
+      <x:c r="D223" s="0">
+        <x:v>107.814</x:v>
+      </x:c>
+      <x:c r="E223" s="0">
+        <x:v>128.35</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="224" spans="1:5">
+      <x:c r="A224" s="1">
+        <x:v>45869.7836574074</x:v>
+      </x:c>
+      <x:c r="B224" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C224" s="0">
+        <x:v>39.34</x:v>
+      </x:c>
+      <x:c r="D224" s="0">
+        <x:v>111.174</x:v>
+      </x:c>
+      <x:c r="E224" s="0">
+        <x:v>132.35</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="225" spans="1:5">
+      <x:c r="A225" s="1">
+        <x:v>45868.7572569444</x:v>
+      </x:c>
+      <x:c r="B225" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C225" s="0">
+        <x:v>45.19</x:v>
+      </x:c>
+      <x:c r="D225" s="0">
+        <x:v>114.114</x:v>
+      </x:c>
+      <x:c r="E225" s="0">
+        <x:v>135.85</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="226" spans="1:5">
+      <x:c r="A226" s="1">
+        <x:v>45866.7583101852</x:v>
+      </x:c>
+      <x:c r="B226" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C226" s="0">
+        <x:v>54.66</x:v>
+      </x:c>
+      <x:c r="D226" s="0">
+        <x:v>118.272</x:v>
+      </x:c>
+      <x:c r="E226" s="0">
+        <x:v>140.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="227" spans="1:5">
+      <x:c r="A227" s="1">
+        <x:v>45863.756724537</x:v>
+      </x:c>
+      <x:c r="B227" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C227" s="0">
+        <x:v>62.23</x:v>
+      </x:c>
+      <x:c r="D227" s="0">
+        <x:v>121.17</x:v>
+      </x:c>
+      <x:c r="E227" s="0">
+        <x:v>144.25</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="228" spans="1:5">
+      <x:c r="A228" s="1">
+        <x:v>45862.7626967593</x:v>
+      </x:c>
+      <x:c r="B228" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C228" s="0">
+        <x:v>60.99</x:v>
+      </x:c>
+      <x:c r="D228" s="0">
+        <x:v>120.666</x:v>
+      </x:c>
+      <x:c r="E228" s="0">
+        <x:v>143.65</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="229" spans="1:5">
+      <x:c r="A229" s="1">
+        <x:v>45861.7587037037</x:v>
+      </x:c>
+      <x:c r="B229" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C229" s="0">
+        <x:v>63.9</x:v>
+      </x:c>
+      <x:c r="D229" s="0">
+        <x:v>121.758</x:v>
+      </x:c>
+      <x:c r="E229" s="0">
+        <x:v>144.95</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="230" spans="1:5">
+      <x:c r="A230" s="1">
         <x:v>45860.7619097222</x:v>
       </x:c>
-      <x:c r="B200" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C200" s="0">
+      <x:c r="B230" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C230" s="0">
         <x:v>56.08</x:v>
       </x:c>
-      <x:c r="D200" s="0">
+      <x:c r="D230" s="0">
         <x:v>118.44</x:v>
       </x:c>
-      <x:c r="E200" s="0">
+      <x:c r="E230" s="0">
         <x:v>141</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>