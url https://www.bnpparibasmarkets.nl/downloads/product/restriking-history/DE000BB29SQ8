--- v0 (2025-10-07)
+++ v1 (2025-12-13)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2ee5c54bfeed4632" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9862d32c9a6d43cea814869767d5b0f2.psmdcp" Id="R70524ec3607f4212" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra19078828cc14081" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b71bf3ff75fc42e881151798f6bc5e52.psmdcp" Id="Rf885159ba1e941cd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>DE000BB29SQ8</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -390,2358 +390,3174 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E136"/>
+  <x:dimension ref="A1:E184"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>45936.8237268518</x:v>
+        <x:v>46003.8253125</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
-        <x:v>35.32</x:v>
+        <x:v>37.07</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>3618.433</x:v>
+        <x:v>3938.753</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>3976.3</x:v>
+        <x:v>4328.3</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>45933.8235648148</x:v>
+        <x:v>46002.8233564815</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
-        <x:v>30.18</x:v>
+        <x:v>35.83</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>3557.099</x:v>
+        <x:v>3924.83</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>3908.9</x:v>
+        <x:v>4313</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>45932.824537037</x:v>
+        <x:v>46001.824849537</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
-        <x:v>27.32</x:v>
+        <x:v>29.65</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>3519.971</x:v>
+        <x:v>3844.477</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>3868.1</x:v>
+        <x:v>4224.7</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>45931.8251041667</x:v>
+        <x:v>46000.8228009259</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
-        <x:v>29.57</x:v>
+        <x:v>30.5</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>3546.725</x:v>
+        <x:v>3854.942</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>3897.5</x:v>
+        <x:v>4236.2</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>45930.8239930556</x:v>
+        <x:v>45999.8272106481</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
-        <x:v>27.84</x:v>
+        <x:v>29.24</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>3524.612</x:v>
+        <x:v>3838.107</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>3873.2</x:v>
+        <x:v>4217.7</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>45929.8229398148</x:v>
+        <x:v>45996.8263078704</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
-        <x:v>26.62</x:v>
+        <x:v>31.17</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>3508.232</x:v>
+        <x:v>3861.13</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>3855.2</x:v>
+        <x:v>4243</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>45926.8238773148</x:v>
+        <x:v>45995.8232291667</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
-        <x:v>23.78</x:v>
+        <x:v>31.19</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>3466.19</x:v>
+        <x:v>3861.13</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>3809</x:v>
+        <x:v>4243</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>45925.8238657407</x:v>
+        <x:v>45994.8237037037</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
-        <x:v>21.63</x:v>
+        <x:v>30.46</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>3431.701</x:v>
+        <x:v>3851.575</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>3771.1</x:v>
+        <x:v>4232.5</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>45924.8325347222</x:v>
+        <x:v>45993.8229398148</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
-        <x:v>21.47</x:v>
+        <x:v>29.65</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>3428.971</x:v>
+        <x:v>3840.928</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>3768.1</x:v>
+        <x:v>4220.8</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>45923.8421412037</x:v>
+        <x:v>45992.8242939815</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C12" s="0">
-        <x:v>24.55</x:v>
+        <x:v>33.97</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>3472.287</x:v>
+        <x:v>3890.068</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>3815.7</x:v>
+        <x:v>4274.8</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>45922.8390625</x:v>
+        <x:v>45989.8354861111</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0">
-        <x:v>22.18</x:v>
+        <x:v>32.52</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>3435.341</x:v>
+        <x:v>3871.959</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>3775.1</x:v>
+        <x:v>4254.9</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>45919.8403472222</x:v>
+        <x:v>45987.8265162037</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C14" s="0">
-        <x:v>18.72</x:v>
+        <x:v>28.94</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>3372.278</x:v>
+        <x:v>3824.093</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>3705.8</x:v>
+        <x:v>4202.3</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>45918.8308796296</x:v>
+        <x:v>45986.8420486111</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
-        <x:v>17.43</x:v>
+        <x:v>27.32</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>3347.253</x:v>
+        <x:v>3801.343</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>3678.3</x:v>
+        <x:v>4177.3</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>45917.8346990741</x:v>
+        <x:v>45985.8473032407</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C16" s="0">
-        <x:v>19.52</x:v>
+        <x:v>24.57</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>3383.198</x:v>
+        <x:v>3759.028</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>3717.8</x:v>
+        <x:v>4130.8</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>45916.82375</x:v>
+        <x:v>45982.8240972222</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C17" s="0">
-        <x:v>19.92</x:v>
+        <x:v>23.77</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>3389.841</x:v>
+        <x:v>3745.56</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>3725.1</x:v>
+        <x:v>4116</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>45915.8287152778</x:v>
+        <x:v>45981.858912037</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="0">
-        <x:v>19.61</x:v>
+        <x:v>22.66</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>3384.29</x:v>
+        <x:v>3727.087</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>3719</x:v>
+        <x:v>4060</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>45912.8242824074</x:v>
+        <x:v>45980.8244444444</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C19" s="0">
-        <x:v>18.06</x:v>
+        <x:v>24.02</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>3354.624</x:v>
+        <x:v>3715.348</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>3686.4</x:v>
+        <x:v>4082.8</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
-        <x:v>45911.8249074074</x:v>
+        <x:v>45979.8891898148</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C20" s="0">
-        <x:v>17.46</x:v>
+        <x:v>23.11</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>3342.976</x:v>
+        <x:v>3700.515</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>3673.6</x:v>
+        <x:v>4066.5</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="1">
-        <x:v>45910.8234259259</x:v>
+        <x:v>45978.8251967593</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C21" s="0">
-        <x:v>17.88</x:v>
+        <x:v>23.59</x:v>
       </x:c>
       <x:c r="D21" s="0">
-        <x:v>3350.62</x:v>
+        <x:v>3707.795</x:v>
       </x:c>
       <x:c r="E21" s="0">
-        <x:v>3682</x:v>
+        <x:v>4074.5</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="1">
-        <x:v>45909.8234953704</x:v>
+        <x:v>45975.8263078704</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C22" s="0">
-        <x:v>17.9</x:v>
+        <x:v>24.84</x:v>
       </x:c>
       <x:c r="D22" s="0">
-        <x:v>3350.802</x:v>
+        <x:v>3725.722</x:v>
       </x:c>
       <x:c r="E22" s="0">
-        <x:v>3682.2</x:v>
+        <x:v>4094.2</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="1">
-        <x:v>45908.8227777778</x:v>
+        <x:v>45974.8559606482</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C23" s="0">
-        <x:v>17.68</x:v>
+        <x:v>32.68</x:v>
       </x:c>
       <x:c r="D23" s="0">
-        <x:v>3346.434</x:v>
+        <x:v>3816.995</x:v>
       </x:c>
       <x:c r="E23" s="0">
-        <x:v>3677.4</x:v>
+        <x:v>4194.5</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="1">
-        <x:v>45905.8690856481</x:v>
+        <x:v>45973.8250115741</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C24" s="0">
-        <x:v>16.62</x:v>
+        <x:v>34.26</x:v>
       </x:c>
       <x:c r="D24" s="0">
-        <x:v>3324.503</x:v>
+        <x:v>3834.376</x:v>
       </x:c>
       <x:c r="E24" s="0">
-        <x:v>3653.3</x:v>
+        <x:v>4213.6</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="1">
-        <x:v>45904.8310300926</x:v>
+        <x:v>45972.8325231482</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C25" s="0">
-        <x:v>14.73</x:v>
+        <x:v>27.73</x:v>
       </x:c>
       <x:c r="D25" s="0">
-        <x:v>3282.097</x:v>
+        <x:v>3745.833</x:v>
       </x:c>
       <x:c r="E25" s="0">
-        <x:v>3606.7</x:v>
+        <x:v>4116.3</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="1">
-        <x:v>45903.8280208333</x:v>
+        <x:v>45971.8316087963</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C26" s="0">
-        <x:v>16.01</x:v>
+        <x:v>28.14</x:v>
       </x:c>
       <x:c r="D26" s="0">
-        <x:v>3308.305</x:v>
+        <x:v>3751.02</x:v>
       </x:c>
       <x:c r="E26" s="0">
-        <x:v>3635.5</x:v>
+        <x:v>4122</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="1">
-        <x:v>45902.8240393518</x:v>
+        <x:v>45968.8265277778</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C27" s="0">
-        <x:v>14.3</x:v>
+        <x:v>22.02</x:v>
       </x:c>
       <x:c r="D27" s="0">
-        <x:v>3268.902</x:v>
+        <x:v>3648.918</x:v>
       </x:c>
       <x:c r="E27" s="0">
-        <x:v>3592.2</x:v>
+        <x:v>4009.8</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="1">
-        <x:v>45898.8248148148</x:v>
+        <x:v>45967.8567361111</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C28" s="0">
-        <x:v>11.78</x:v>
+        <x:v>21.05</x:v>
       </x:c>
       <x:c r="D28" s="0">
-        <x:v>3199.651</x:v>
+        <x:v>3631.81</x:v>
       </x:c>
       <x:c r="E28" s="0">
-        <x:v>3516.1</x:v>
+        <x:v>3991</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="1">
-        <x:v>45897.8404050926</x:v>
+        <x:v>45966.8257638889</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C29" s="0">
-        <x:v>10.52</x:v>
+        <x:v>21.16</x:v>
       </x:c>
       <x:c r="D29" s="0">
-        <x:v>3161.613</x:v>
+        <x:v>3633.539</x:v>
       </x:c>
       <x:c r="E29" s="0">
-        <x:v>3474.3</x:v>
+        <x:v>3992.9</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="1">
-        <x:v>45896.8352199074</x:v>
+        <x:v>45965.8372800926</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C30" s="0">
-        <x:v>9.8</x:v>
+        <x:v>19.57</x:v>
       </x:c>
       <x:c r="D30" s="0">
-        <x:v>3138.226</x:v>
+        <x:v>3604.055</x:v>
       </x:c>
       <x:c r="E30" s="0">
-        <x:v>3448.6</x:v>
+        <x:v>3960.5</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="1">
-        <x:v>45895.8272685185</x:v>
+        <x:v>45964.8250925926</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C31" s="0">
-        <x:v>9.38</x:v>
+        <x:v>22.6</x:v>
       </x:c>
       <x:c r="D31" s="0">
-        <x:v>3124.03</x:v>
+        <x:v>3652.74</x:v>
       </x:c>
       <x:c r="E31" s="0">
-        <x:v>3433</x:v>
+        <x:v>4014</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="1">
-        <x:v>45894.8408449074</x:v>
+        <x:v>45961.7823032407</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C32" s="0">
-        <x:v>8.98</x:v>
+        <x:v>21.7</x:v>
       </x:c>
       <x:c r="D32" s="0">
-        <x:v>3109.925</x:v>
+        <x:v>3636.815</x:v>
       </x:c>
       <x:c r="E32" s="0">
-        <x:v>3417.5</x:v>
+        <x:v>3996.5</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="1">
-        <x:v>45891.8256018519</x:v>
+        <x:v>45960.7838310185</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C33" s="0">
-        <x:v>9.02</x:v>
+        <x:v>22.82</x:v>
       </x:c>
       <x:c r="D33" s="0">
-        <x:v>3110.835</x:v>
+        <x:v>3654.469</x:v>
       </x:c>
       <x:c r="E33" s="0">
-        <x:v>3418.5</x:v>
+        <x:v>4015.9</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="1">
-        <x:v>45890.8256481482</x:v>
+        <x:v>45959.7819212963</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C34" s="0">
-        <x:v>8.14</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="D34" s="0">
-        <x:v>3077.256</x:v>
+        <x:v>3640.637</x:v>
       </x:c>
       <x:c r="E34" s="0">
-        <x:v>3381.6</x:v>
+        <x:v>4000.7</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="1">
-        <x:v>45889.8244791667</x:v>
+        <x:v>45958.7844444444</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C35" s="0">
-        <x:v>8.32</x:v>
+        <x:v>21.08</x:v>
       </x:c>
       <x:c r="D35" s="0">
-        <x:v>3083.535</x:v>
+        <x:v>3624.621</x:v>
       </x:c>
       <x:c r="E35" s="0">
-        <x:v>3388.5</x:v>
+        <x:v>3983.1</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="1">
-        <x:v>45888.8241898148</x:v>
+        <x:v>45957.7848263889</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C36" s="0">
-        <x:v>7.64</x:v>
+        <x:v>23.21</x:v>
       </x:c>
       <x:c r="D36" s="0">
-        <x:v>3056.417</x:v>
+        <x:v>3657.927</x:v>
       </x:c>
       <x:c r="E36" s="0">
-        <x:v>3358.7</x:v>
+        <x:v>4019.7</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="1">
-        <x:v>45887.8261342593</x:v>
+        <x:v>45954.8273726852</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C37" s="0">
-        <x:v>8.11</x:v>
+        <x:v>32.58</x:v>
       </x:c>
       <x:c r="D37" s="0">
-        <x:v>3073.98</x:v>
+        <x:v>3765.398</x:v>
       </x:c>
       <x:c r="E37" s="0">
-        <x:v>3378</x:v>
+        <x:v>4137.8</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="1">
-        <x:v>45884.8236458333</x:v>
+        <x:v>45953.826412037</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C38" s="0">
-        <x:v>8.24</x:v>
+        <x:v>33.23</x:v>
       </x:c>
       <x:c r="D38" s="0">
-        <x:v>3078.166</x:v>
+        <x:v>3772.496</x:v>
       </x:c>
       <x:c r="E38" s="0">
-        <x:v>3382.6</x:v>
+        <x:v>4145.6</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="1">
-        <x:v>45883.8469907407</x:v>
+        <x:v>45952.8312615741</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C39" s="0">
-        <x:v>8.26</x:v>
+        <x:v>27.77</x:v>
       </x:c>
       <x:c r="D39" s="0">
-        <x:v>3078.712</x:v>
+        <x:v>3699.514</x:v>
       </x:c>
       <x:c r="E39" s="0">
-        <x:v>3383.2</x:v>
+        <x:v>4065.4</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="1">
-        <x:v>45882.843125</x:v>
+        <x:v>45951.8353240741</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C40" s="0">
-        <x:v>8.93</x:v>
+        <x:v>31.1</x:v>
       </x:c>
       <x:c r="D40" s="0">
-        <x:v>3101.553</x:v>
+        <x:v>3739.281</x:v>
       </x:c>
       <x:c r="E40" s="0">
-        <x:v>3408.3</x:v>
+        <x:v>4109.1</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="1">
-        <x:v>45881.822662037</x:v>
+        <x:v>45950.8514814815</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C41" s="0">
-        <x:v>8.7</x:v>
+        <x:v>73.16</x:v>
       </x:c>
       <x:c r="D41" s="0">
-        <x:v>3093.09</x:v>
+        <x:v>3967.054</x:v>
       </x:c>
       <x:c r="E41" s="0">
-        <x:v>3399</x:v>
+        <x:v>4359.4</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="1">
-        <x:v>45880.8266898148</x:v>
+        <x:v>45947.8255902778</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C42" s="0">
-        <x:v>8.85</x:v>
+        <x:v>54.41</x:v>
       </x:c>
       <x:c r="D42" s="0">
-        <x:v>3098.277</x:v>
+        <x:v>3834.103</x:v>
       </x:c>
       <x:c r="E42" s="0">
-        <x:v>3404.7</x:v>
+        <x:v>4213.3</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="1">
-        <x:v>45877.8247916667</x:v>
+        <x:v>45946.8237962963</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C43" s="0">
-        <x:v>11.8</x:v>
+        <x:v>69.12</x:v>
       </x:c>
       <x:c r="D43" s="0">
-        <x:v>3177.083</x:v>
+        <x:v>3917.186</x:v>
       </x:c>
       <x:c r="E43" s="0">
-        <x:v>3491.3</x:v>
+        <x:v>4304.6</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="1">
-        <x:v>45876.8256018519</x:v>
+        <x:v>45945.8233796296</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C44" s="0">
-        <x:v>10.65</x:v>
+        <x:v>55.54</x:v>
       </x:c>
       <x:c r="D44" s="0">
-        <x:v>3142.867</x:v>
+        <x:v>3823.456</x:v>
       </x:c>
       <x:c r="E44" s="0">
-        <x:v>3453.7</x:v>
+        <x:v>4201.6</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="1">
-        <x:v>45875.8240277778</x:v>
+        <x:v>45944.828287037</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C45" s="0">
-        <x:v>10.06</x:v>
+        <x:v>50.91</x:v>
       </x:c>
       <x:c r="D45" s="0">
-        <x:v>3124.394</x:v>
+        <x:v>3788.694</x:v>
       </x:c>
       <x:c r="E45" s="0">
-        <x:v>3433.4</x:v>
+        <x:v>4163.4</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="1">
-        <x:v>45874.8240277778</x:v>
+        <x:v>45943.8403356482</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C46" s="0">
-        <x:v>10.11</x:v>
+        <x:v>47.45</x:v>
       </x:c>
       <x:c r="D46" s="0">
-        <x:v>3125.577</x:v>
+        <x:v>3761.03</x:v>
       </x:c>
       <x:c r="E46" s="0">
-        <x:v>3434.7</x:v>
+        <x:v>4133</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="1">
-        <x:v>45873.826400463</x:v>
+        <x:v>45940.8233449074</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C47" s="0">
-        <x:v>9.88</x:v>
+        <x:v>35.7</x:v>
       </x:c>
       <x:c r="D47" s="0">
-        <x:v>3118.024</x:v>
+        <x:v>3640.364</x:v>
       </x:c>
       <x:c r="E47" s="0">
-        <x:v>3426.4</x:v>
+        <x:v>4000.4</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5">
       <x:c r="A48" s="1">
-        <x:v>45870.8315162037</x:v>
+        <x:v>45939.8284953704</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C48" s="0">
-        <x:v>9.18</x:v>
+        <x:v>33.38</x:v>
       </x:c>
       <x:c r="D48" s="0">
-        <x:v>3093.818</x:v>
+        <x:v>3615.066</x:v>
       </x:c>
       <x:c r="E48" s="0">
-        <x:v>3399.8</x:v>
+        <x:v>3972.6</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
       <x:c r="A49" s="1">
-        <x:v>45869.8289814815</x:v>
+        <x:v>45938.8250115741</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C49" s="0">
-        <x:v>7.97</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="D49" s="0">
-        <x:v>3047.226</x:v>
+        <x:v>3704.155</x:v>
       </x:c>
       <x:c r="E49" s="0">
-        <x:v>3348.6</x:v>
+        <x:v>4070.5</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5">
       <x:c r="A50" s="1">
-        <x:v>45868.8234722222</x:v>
+        <x:v>45937.8252430556</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C50" s="0">
-        <x:v>8.07</x:v>
+        <x:v>37.79</x:v>
       </x:c>
       <x:c r="D50" s="0">
-        <x:v>3051.048</x:v>
+        <x:v>3644.004</x:v>
       </x:c>
       <x:c r="E50" s="0">
-        <x:v>3352.8</x:v>
+        <x:v>4004.4</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5">
       <x:c r="A51" s="1">
-        <x:v>45867.8250694444</x:v>
+        <x:v>45936.8237268518</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C51" s="0">
-        <x:v>8.82</x:v>
+        <x:v>35.32</x:v>
       </x:c>
       <x:c r="D51" s="0">
-        <x:v>3076.892</x:v>
+        <x:v>3618.433</x:v>
       </x:c>
       <x:c r="E51" s="0">
-        <x:v>3381.2</x:v>
+        <x:v>3976.3</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5">
       <x:c r="A52" s="1">
-        <x:v>45866.8322916667</x:v>
+        <x:v>45933.8235648148</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C52" s="0">
-        <x:v>8.5</x:v>
+        <x:v>30.18</x:v>
       </x:c>
       <x:c r="D52" s="0">
-        <x:v>3064.88</x:v>
+        <x:v>3557.099</x:v>
       </x:c>
       <x:c r="E52" s="0">
-        <x:v>3368</x:v>
+        <x:v>3908.9</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5">
       <x:c r="A53" s="1">
-        <x:v>45863.8404050926</x:v>
+        <x:v>45932.824537037</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C53" s="0">
-        <x:v>9.18</x:v>
+        <x:v>27.32</x:v>
       </x:c>
       <x:c r="D53" s="0">
-        <x:v>3087.175</x:v>
+        <x:v>3519.971</x:v>
       </x:c>
       <x:c r="E53" s="0">
-        <x:v>3392.5</x:v>
+        <x:v>3868.1</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5">
       <x:c r="A54" s="1">
-        <x:v>45862.8566319444</x:v>
+        <x:v>45931.8251041667</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C54" s="0">
-        <x:v>10.35</x:v>
+        <x:v>29.57</x:v>
       </x:c>
       <x:c r="D54" s="0">
-        <x:v>3122.301</x:v>
+        <x:v>3546.725</x:v>
       </x:c>
       <x:c r="E54" s="0">
-        <x:v>3373.5</x:v>
+        <x:v>3897.5</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5">
       <x:c r="A55" s="1">
-        <x:v>45861.8323611111</x:v>
+        <x:v>45930.8239930556</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C55" s="0">
-        <x:v>11.15</x:v>
+        <x:v>27.84</x:v>
       </x:c>
       <x:c r="D55" s="0">
-        <x:v>3091.816</x:v>
+        <x:v>3524.612</x:v>
       </x:c>
       <x:c r="E55" s="0">
-        <x:v>3397.6</x:v>
+        <x:v>3873.2</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5">
       <x:c r="A56" s="1">
-        <x:v>45860.8328125</x:v>
+        <x:v>45929.8229398148</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C56" s="0">
-        <x:v>12.88</x:v>
+        <x:v>26.62</x:v>
       </x:c>
       <x:c r="D56" s="0">
-        <x:v>3133.767</x:v>
+        <x:v>3508.232</x:v>
       </x:c>
       <x:c r="E56" s="0">
-        <x:v>3443.7</x:v>
+        <x:v>3855.2</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:5">
       <x:c r="A57" s="1">
-        <x:v>45859.8410185185</x:v>
+        <x:v>45926.8238773148</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C57" s="0">
-        <x:v>11.62</x:v>
+        <x:v>23.78</x:v>
       </x:c>
       <x:c r="D57" s="0">
-        <x:v>3099.824</x:v>
+        <x:v>3466.19</x:v>
       </x:c>
       <x:c r="E57" s="0">
-        <x:v>3406.4</x:v>
+        <x:v>3809</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:5">
       <x:c r="A58" s="1">
-        <x:v>45856.8230671296</x:v>
+        <x:v>45925.8238657407</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C58" s="0">
-        <x:v>10.18</x:v>
+        <x:v>21.63</x:v>
       </x:c>
       <x:c r="D58" s="0">
-        <x:v>3056.053</x:v>
+        <x:v>3431.701</x:v>
       </x:c>
       <x:c r="E58" s="0">
-        <x:v>3358.3</x:v>
+        <x:v>3771.1</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:5">
       <x:c r="A59" s="1">
-        <x:v>45855.8238541667</x:v>
+        <x:v>45924.8325347222</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C59" s="0">
-        <x:v>9.81</x:v>
+        <x:v>21.47</x:v>
       </x:c>
       <x:c r="D59" s="0">
-        <x:v>3044.223</x:v>
+        <x:v>3428.971</x:v>
       </x:c>
       <x:c r="E59" s="0">
-        <x:v>3345.3</x:v>
+        <x:v>3768.1</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:5">
       <x:c r="A60" s="1">
-        <x:v>45854.8590046296</x:v>
+        <x:v>45923.8421412037</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C60" s="0">
-        <x:v>10.24</x:v>
+        <x:v>24.55</x:v>
       </x:c>
       <x:c r="D60" s="0">
-        <x:v>3056.781</x:v>
+        <x:v>3472.287</x:v>
       </x:c>
       <x:c r="E60" s="0">
-        <x:v>3359.1</x:v>
+        <x:v>3815.7</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:5">
       <x:c r="A61" s="1">
-        <x:v>45853.8525810185</x:v>
+        <x:v>45922.8390625</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C61" s="0">
-        <x:v>9.6</x:v>
+        <x:v>22.18</x:v>
       </x:c>
       <x:c r="D61" s="0">
-        <x:v>3036.397</x:v>
+        <x:v>3435.341</x:v>
       </x:c>
       <x:c r="E61" s="0">
-        <x:v>3336.7</x:v>
+        <x:v>3775.1</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:5">
       <x:c r="A62" s="1">
-        <x:v>45852.8231018518</x:v>
+        <x:v>45919.8403472222</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C62" s="0">
-        <x:v>10.29</x:v>
+        <x:v>18.72</x:v>
       </x:c>
       <x:c r="D62" s="0">
-        <x:v>3056.781</x:v>
+        <x:v>3372.278</x:v>
       </x:c>
       <x:c r="E62" s="0">
-        <x:v>3359.1</x:v>
+        <x:v>3705.8</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:5">
       <x:c r="A63" s="1">
-        <x:v>45849.8239930556</x:v>
+        <x:v>45918.8308796296</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C63" s="0">
-        <x:v>10.47</x:v>
+        <x:v>17.43</x:v>
       </x:c>
       <x:c r="D63" s="0">
-        <x:v>3061.24</x:v>
+        <x:v>3347.253</x:v>
       </x:c>
       <x:c r="E63" s="0">
-        <x:v>3364</x:v>
+        <x:v>3678.3</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:5">
       <x:c r="A64" s="1">
-        <x:v>45848.8285532407</x:v>
+        <x:v>45917.8346990741</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C64" s="0">
-        <x:v>9.39</x:v>
+        <x:v>19.52</x:v>
       </x:c>
       <x:c r="D64" s="0">
-        <x:v>3026.387</x:v>
+        <x:v>3383.198</x:v>
       </x:c>
       <x:c r="E64" s="0">
-        <x:v>3325.7</x:v>
+        <x:v>3717.8</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:5">
       <x:c r="A65" s="1">
-        <x:v>45847.8235763889</x:v>
+        <x:v>45916.82375</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C65" s="0">
-        <x:v>9.27</x:v>
+        <x:v>19.92</x:v>
       </x:c>
       <x:c r="D65" s="0">
-        <x:v>3022.11</x:v>
+        <x:v>3389.841</x:v>
       </x:c>
       <x:c r="E65" s="0">
-        <x:v>3321</x:v>
+        <x:v>3725.1</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:5">
       <x:c r="A66" s="1">
-        <x:v>45846.8267939815</x:v>
+        <x:v>45915.8287152778</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C66" s="0">
-        <x:v>9.16</x:v>
+        <x:v>19.61</x:v>
       </x:c>
       <x:c r="D66" s="0">
-        <x:v>3018.379</x:v>
+        <x:v>3384.29</x:v>
       </x:c>
       <x:c r="E66" s="0">
-        <x:v>3316.9</x:v>
+        <x:v>3719</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:5">
       <x:c r="A67" s="1">
-        <x:v>45845.8307523148</x:v>
+        <x:v>45912.8242824074</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C67" s="0">
-        <x:v>9.94</x:v>
+        <x:v>18.06</x:v>
       </x:c>
       <x:c r="D67" s="0">
-        <x:v>3041.948</x:v>
+        <x:v>3354.624</x:v>
       </x:c>
       <x:c r="E67" s="0">
-        <x:v>3342.8</x:v>
+        <x:v>3686.4</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:5">
       <x:c r="A68" s="1">
-        <x:v>45841.8258333333</x:v>
+        <x:v>45911.8249074074</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C68" s="0">
-        <x:v>9.97</x:v>
+        <x:v>17.46</x:v>
       </x:c>
       <x:c r="D68" s="0">
-        <x:v>3042.039</x:v>
+        <x:v>3342.976</x:v>
       </x:c>
       <x:c r="E68" s="0">
-        <x:v>3342.9</x:v>
+        <x:v>3673.6</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:5">
       <x:c r="A69" s="1">
-        <x:v>45840.8229050926</x:v>
+        <x:v>45910.8234259259</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C69" s="0">
-        <x:v>10.5</x:v>
+        <x:v>17.88</x:v>
       </x:c>
       <x:c r="D69" s="0">
-        <x:v>3057.327</x:v>
+        <x:v>3350.62</x:v>
       </x:c>
       <x:c r="E69" s="0">
-        <x:v>3359.7</x:v>
+        <x:v>3682</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:5">
       <x:c r="A70" s="1">
-        <x:v>45839.8275694444</x:v>
+        <x:v>45909.8234953704</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C70" s="0">
-        <x:v>10.21</x:v>
+        <x:v>17.9</x:v>
       </x:c>
       <x:c r="D70" s="0">
-        <x:v>3048.318</x:v>
+        <x:v>3350.802</x:v>
       </x:c>
       <x:c r="E70" s="0">
-        <x:v>3349.8</x:v>
+        <x:v>3682.2</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:5">
       <x:c r="A71" s="1">
-        <x:v>45838.8345601852</x:v>
+        <x:v>45908.8227777778</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C71" s="0">
-        <x:v>9.06</x:v>
+        <x:v>17.68</x:v>
       </x:c>
       <x:c r="D71" s="0">
-        <x:v>3010.007</x:v>
+        <x:v>3346.434</x:v>
       </x:c>
       <x:c r="E71" s="0">
-        <x:v>3307.7</x:v>
+        <x:v>3677.4</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:5">
       <x:c r="A72" s="1">
-        <x:v>45835.8364699074</x:v>
+        <x:v>45905.8690856481</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C72" s="0">
-        <x:v>8.56</x:v>
+        <x:v>16.62</x:v>
       </x:c>
       <x:c r="D72" s="0">
-        <x:v>2991.716</x:v>
+        <x:v>3324.503</x:v>
       </x:c>
       <x:c r="E72" s="0">
-        <x:v>3287.6</x:v>
+        <x:v>3653.3</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:5">
       <x:c r="A73" s="1">
-        <x:v>45834.841712963</x:v>
+        <x:v>45904.8310300926</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C73" s="0">
-        <x:v>10.45</x:v>
+        <x:v>14.73</x:v>
       </x:c>
       <x:c r="D73" s="0">
-        <x:v>3046.68</x:v>
+        <x:v>3282.097</x:v>
       </x:c>
       <x:c r="E73" s="0">
-        <x:v>3348</x:v>
+        <x:v>3606.7</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:5">
       <x:c r="A74" s="1">
-        <x:v>45833.8280902778</x:v>
+        <x:v>45903.8280208333</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C74" s="0">
-        <x:v>10.31</x:v>
+        <x:v>16.01</x:v>
       </x:c>
       <x:c r="D74" s="0">
-        <x:v>3042.221</x:v>
+        <x:v>3308.305</x:v>
       </x:c>
       <x:c r="E74" s="0">
-        <x:v>3343.1</x:v>
+        <x:v>3635.5</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:5">
       <x:c r="A75" s="1">
-        <x:v>45832.8236574074</x:v>
+        <x:v>45902.8240393518</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C75" s="0">
-        <x:v>10.04</x:v>
+        <x:v>14.3</x:v>
       </x:c>
       <x:c r="D75" s="0">
-        <x:v>3033.849</x:v>
+        <x:v>3268.902</x:v>
       </x:c>
       <x:c r="E75" s="0">
-        <x:v>3333.9</x:v>
+        <x:v>3592.2</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:5">
       <x:c r="A76" s="1">
-        <x:v>45831.824849537</x:v>
+        <x:v>45898.8248148148</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C76" s="0">
-        <x:v>12.25</x:v>
+        <x:v>11.78</x:v>
       </x:c>
       <x:c r="D76" s="0">
-        <x:v>3089.45</x:v>
+        <x:v>3199.651</x:v>
       </x:c>
       <x:c r="E76" s="0">
-        <x:v>3395</x:v>
+        <x:v>3516.1</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:5">
       <x:c r="A77" s="1">
-        <x:v>45828.8266898148</x:v>
+        <x:v>45897.8404050926</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C77" s="0">
-        <x:v>11.95</x:v>
+        <x:v>10.52</x:v>
       </x:c>
       <x:c r="D77" s="0">
-        <x:v>3080.987</x:v>
+        <x:v>3161.613</x:v>
       </x:c>
       <x:c r="E77" s="0">
-        <x:v>3385.7</x:v>
+        <x:v>3474.3</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:5">
       <x:c r="A78" s="1">
-        <x:v>45826.8327199074</x:v>
+        <x:v>45896.8352199074</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C78" s="0">
-        <x:v>12.81</x:v>
+        <x:v>9.8</x:v>
       </x:c>
       <x:c r="D78" s="0">
-        <x:v>3101.371</x:v>
+        <x:v>3138.226</x:v>
       </x:c>
       <x:c r="E78" s="0">
-        <x:v>3408.1</x:v>
+        <x:v>3448.6</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:5">
       <x:c r="A79" s="1">
-        <x:v>45825.8232986111</x:v>
+        <x:v>45895.8272685185</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C79" s="0">
-        <x:v>12.77</x:v>
+        <x:v>9.38</x:v>
       </x:c>
       <x:c r="D79" s="0">
-        <x:v>3100.279</x:v>
+        <x:v>3124.03</x:v>
       </x:c>
       <x:c r="E79" s="0">
-        <x:v>3406.9</x:v>
+        <x:v>3433</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:5">
       <x:c r="A80" s="1">
-        <x:v>45824.8368171296</x:v>
+        <x:v>45894.8408449074</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C80" s="0">
-        <x:v>13.18</x:v>
+        <x:v>8.98</x:v>
       </x:c>
       <x:c r="D80" s="0">
-        <x:v>3109.743</x:v>
+        <x:v>3109.925</x:v>
       </x:c>
       <x:c r="E80" s="0">
-        <x:v>3417.3</x:v>
+        <x:v>3417.5</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:5">
       <x:c r="A81" s="1">
-        <x:v>45821.829849537</x:v>
+        <x:v>45891.8256018519</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C81" s="0">
-        <x:v>14.73</x:v>
+        <x:v>9.02</x:v>
       </x:c>
       <x:c r="D81" s="0">
-        <x:v>3142.048</x:v>
+        <x:v>3110.835</x:v>
       </x:c>
       <x:c r="E81" s="0">
-        <x:v>3452.8</x:v>
+        <x:v>3418.5</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:5">
       <x:c r="A82" s="1">
-        <x:v>45820.8297916667</x:v>
+        <x:v>45890.8256481482</x:v>
       </x:c>
       <x:c r="B82" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C82" s="0">
-        <x:v>12.83</x:v>
+        <x:v>8.14</x:v>
       </x:c>
       <x:c r="D82" s="0">
-        <x:v>3096.184</x:v>
+        <x:v>3077.256</x:v>
       </x:c>
       <x:c r="E82" s="0">
-        <x:v>3402.4</x:v>
+        <x:v>3381.6</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:5">
       <x:c r="A83" s="1">
-        <x:v>45819.834537037</x:v>
+        <x:v>45889.8244791667</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C83" s="0">
-        <x:v>10.92</x:v>
+        <x:v>8.32</x:v>
       </x:c>
       <x:c r="D83" s="0">
-        <x:v>3042.767</x:v>
+        <x:v>3083.535</x:v>
       </x:c>
       <x:c r="E83" s="0">
-        <x:v>3343.7</x:v>
+        <x:v>3388.5</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:5">
       <x:c r="A84" s="1">
-        <x:v>45818.8240972222</x:v>
+        <x:v>45888.8241898148</x:v>
       </x:c>
       <x:c r="B84" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C84" s="0">
-        <x:v>10.92</x:v>
+        <x:v>7.64</x:v>
       </x:c>
       <x:c r="D84" s="0">
-        <x:v>3042.494</x:v>
+        <x:v>3056.417</x:v>
       </x:c>
       <x:c r="E84" s="0">
-        <x:v>3343.4</x:v>
+        <x:v>3358.7</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:5">
       <x:c r="A85" s="1">
-        <x:v>45817.8239351852</x:v>
+        <x:v>45887.8261342593</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C85" s="0">
-        <x:v>11.32</x:v>
+        <x:v>8.11</x:v>
       </x:c>
       <x:c r="D85" s="0">
-        <x:v>3052.959</x:v>
+        <x:v>3073.98</x:v>
       </x:c>
       <x:c r="E85" s="0">
-        <x:v>3354.9</x:v>
+        <x:v>3378</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:5">
       <x:c r="A86" s="1">
-        <x:v>45814.8280208333</x:v>
+        <x:v>45884.8236458333</x:v>
       </x:c>
       <x:c r="B86" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C86" s="0">
-        <x:v>11.07</x:v>
+        <x:v>8.24</x:v>
       </x:c>
       <x:c r="D86" s="0">
-        <x:v>3045.406</x:v>
+        <x:v>3078.166</x:v>
       </x:c>
       <x:c r="E86" s="0">
-        <x:v>3346.6</x:v>
+        <x:v>3382.6</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:5">
       <x:c r="A87" s="1">
-        <x:v>45813.8231828704</x:v>
+        <x:v>45883.8469907407</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C87" s="0">
-        <x:v>12.1</x:v>
+        <x:v>8.26</x:v>
       </x:c>
       <x:c r="D87" s="0">
-        <x:v>3071.341</x:v>
+        <x:v>3078.712</x:v>
       </x:c>
       <x:c r="E87" s="0">
-        <x:v>3375.1</x:v>
+        <x:v>3383.2</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:5">
       <x:c r="A88" s="1">
-        <x:v>45812.8567824074</x:v>
+        <x:v>45882.843125</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C88" s="0">
-        <x:v>13.03</x:v>
+        <x:v>8.93</x:v>
       </x:c>
       <x:c r="D88" s="0">
-        <x:v>3093.272</x:v>
+        <x:v>3101.553</x:v>
       </x:c>
       <x:c r="E88" s="0">
-        <x:v>3399.2</x:v>
+        <x:v>3408.3</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:5">
       <x:c r="A89" s="1">
-        <x:v>45811.8941550926</x:v>
+        <x:v>45881.822662037</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C89" s="0">
-        <x:v>12.24</x:v>
+        <x:v>8.7</x:v>
       </x:c>
       <x:c r="D89" s="0">
-        <x:v>3073.161</x:v>
+        <x:v>3093.09</x:v>
       </x:c>
       <x:c r="E89" s="0">
-        <x:v>3377.1</x:v>
+        <x:v>3399</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:5">
       <x:c r="A90" s="1">
-        <x:v>45811.8794328704</x:v>
+        <x:v>45880.8266898148</x:v>
       </x:c>
       <x:c r="B90" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C90" s="0">
-        <x:v>12.24</x:v>
+        <x:v>8.85</x:v>
       </x:c>
       <x:c r="D90" s="0">
-        <x:v>3073.161</x:v>
+        <x:v>3098.277</x:v>
       </x:c>
       <x:c r="E90" s="0">
-        <x:v>3377.1</x:v>
+        <x:v>3404.7</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:5">
       <x:c r="A91" s="1">
-        <x:v>45810.8625347222</x:v>
+        <x:v>45877.8247916667</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C91" s="0">
-        <x:v>13.02</x:v>
+        <x:v>11.8</x:v>
       </x:c>
       <x:c r="D91" s="0">
-        <x:v>3091.452</x:v>
+        <x:v>3177.083</x:v>
       </x:c>
       <x:c r="E91" s="0">
-        <x:v>3397.2</x:v>
+        <x:v>3491.3</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:5">
       <x:c r="A92" s="1">
-        <x:v>45810.8250462963</x:v>
+        <x:v>45876.8256018519</x:v>
       </x:c>
       <x:c r="B92" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C92" s="0">
-        <x:v>13.02</x:v>
+        <x:v>10.65</x:v>
       </x:c>
       <x:c r="D92" s="0">
-        <x:v>3091.452</x:v>
+        <x:v>3142.867</x:v>
       </x:c>
       <x:c r="E92" s="0">
-        <x:v>3397.2</x:v>
+        <x:v>3453.7</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:5">
       <x:c r="A93" s="1">
-        <x:v>45800.8238541667</x:v>
+        <x:v>45875.8240277778</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C93" s="0">
-        <x:v>13.66</x:v>
+        <x:v>10.06</x:v>
       </x:c>
       <x:c r="D93" s="0">
-        <x:v>3088.995</x:v>
+        <x:v>3124.394</x:v>
       </x:c>
       <x:c r="E93" s="0">
-        <x:v>3394.5</x:v>
+        <x:v>3433.4</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:5">
       <x:c r="A94" s="1">
-        <x:v>45799.8239583333</x:v>
+        <x:v>45874.8240277778</x:v>
       </x:c>
       <x:c r="B94" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C94" s="0">
-        <x:v>11.27</x:v>
+        <x:v>10.11</x:v>
       </x:c>
       <x:c r="D94" s="0">
-        <x:v>3024.476</x:v>
+        <x:v>3125.577</x:v>
       </x:c>
       <x:c r="E94" s="0">
-        <x:v>3295</x:v>
+        <x:v>3434.7</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:5">
       <x:c r="A95" s="1">
-        <x:v>45798.8240856481</x:v>
+        <x:v>45873.826400463</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C95" s="0">
-        <x:v>11.94</x:v>
+        <x:v>9.88</x:v>
       </x:c>
       <x:c r="D95" s="0">
-        <x:v>3015.285</x:v>
+        <x:v>3118.024</x:v>
       </x:c>
       <x:c r="E95" s="0">
-        <x:v>3313.5</x:v>
+        <x:v>3426.4</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:5">
       <x:c r="A96" s="1">
-        <x:v>45797.8268402778</x:v>
+        <x:v>45870.8315162037</x:v>
       </x:c>
       <x:c r="B96" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C96" s="0">
-        <x:v>10.98</x:v>
+        <x:v>9.18</x:v>
       </x:c>
       <x:c r="D96" s="0">
-        <x:v>2988.986</x:v>
+        <x:v>3093.818</x:v>
       </x:c>
       <x:c r="E96" s="0">
-        <x:v>3284.6</x:v>
+        <x:v>3399.8</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:5">
       <x:c r="A97" s="1">
-        <x:v>45796.8311111111</x:v>
+        <x:v>45869.8289814815</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C97" s="0">
-        <x:v>9.49</x:v>
+        <x:v>7.97</x:v>
       </x:c>
       <x:c r="D97" s="0">
-        <x:v>2942.485</x:v>
+        <x:v>3047.226</x:v>
       </x:c>
       <x:c r="E97" s="0">
-        <x:v>3233.5</x:v>
+        <x:v>3348.6</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:5">
       <x:c r="A98" s="1">
-        <x:v>45793.8237384259</x:v>
+        <x:v>45868.8234722222</x:v>
       </x:c>
       <x:c r="B98" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C98" s="0">
-        <x:v>8.3</x:v>
+        <x:v>8.07</x:v>
       </x:c>
       <x:c r="D98" s="0">
-        <x:v>2900.352</x:v>
+        <x:v>3051.048</x:v>
       </x:c>
       <x:c r="E98" s="0">
-        <x:v>3187.2</x:v>
+        <x:v>3352.8</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:5">
       <x:c r="A99" s="1">
-        <x:v>45792.8270833333</x:v>
+        <x:v>45867.8250694444</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C99" s="0">
-        <x:v>9.46</x:v>
+        <x:v>8.82</x:v>
       </x:c>
       <x:c r="D99" s="0">
-        <x:v>2936.206</x:v>
+        <x:v>3076.892</x:v>
       </x:c>
       <x:c r="E99" s="0">
-        <x:v>3226.6</x:v>
+        <x:v>3381.2</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:5">
       <x:c r="A100" s="1">
-        <x:v>45791.8231828704</x:v>
+        <x:v>45866.8322916667</x:v>
       </x:c>
       <x:c r="B100" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C100" s="0">
-        <x:v>8.45</x:v>
+        <x:v>8.5</x:v>
       </x:c>
       <x:c r="D100" s="0">
-        <x:v>2901.353</x:v>
+        <x:v>3064.88</x:v>
       </x:c>
       <x:c r="E100" s="0">
-        <x:v>3188.3</x:v>
+        <x:v>3368</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:5">
       <x:c r="A101" s="1">
-        <x:v>45790.8249884259</x:v>
+        <x:v>45863.8404050926</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C101" s="0">
-        <x:v>10.36</x:v>
+        <x:v>9.18</x:v>
       </x:c>
       <x:c r="D101" s="0">
-        <x:v>2955.498</x:v>
+        <x:v>3087.175</x:v>
       </x:c>
       <x:c r="E101" s="0">
-        <x:v>3247.8</x:v>
+        <x:v>3392.5</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:5">
       <x:c r="A102" s="1">
-        <x:v>45789.8237962963</x:v>
+        <x:v>45862.8566319444</x:v>
       </x:c>
       <x:c r="B102" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C102" s="0">
-        <x:v>9.77</x:v>
+        <x:v>10.35</x:v>
       </x:c>
       <x:c r="D102" s="0">
-        <x:v>2937.48</x:v>
+        <x:v>3122.301</x:v>
       </x:c>
       <x:c r="E102" s="0">
-        <x:v>3228</x:v>
+        <x:v>3373.5</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:5">
       <x:c r="A103" s="1">
-        <x:v>45786.8321296296</x:v>
+        <x:v>45861.8323611111</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C103" s="0">
-        <x:v>15</x:v>
+        <x:v>11.15</x:v>
       </x:c>
       <x:c r="D103" s="0">
-        <x:v>3043.04</x:v>
+        <x:v>3091.816</x:v>
       </x:c>
       <x:c r="E103" s="0">
-        <x:v>3344</x:v>
+        <x:v>3397.6</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:5">
       <x:c r="A104" s="1">
-        <x:v>45785.8261805556</x:v>
+        <x:v>45860.8328125</x:v>
       </x:c>
       <x:c r="B104" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C104" s="0">
-        <x:v>13.47</x:v>
+        <x:v>12.88</x:v>
       </x:c>
       <x:c r="D104" s="0">
-        <x:v>3008.46</x:v>
+        <x:v>3133.767</x:v>
       </x:c>
       <x:c r="E104" s="0">
-        <x:v>3306</x:v>
+        <x:v>3443.7</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:5">
       <x:c r="A105" s="1">
-        <x:v>45784.8969560185</x:v>
+        <x:v>45859.8410185185</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C105" s="0">
-        <x:v>18.05</x:v>
+        <x:v>11.62</x:v>
       </x:c>
       <x:c r="D105" s="0">
-        <x:v>3086.629</x:v>
+        <x:v>3099.824</x:v>
       </x:c>
       <x:c r="E105" s="0">
-        <x:v>3391.9</x:v>
+        <x:v>3406.4</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:5">
       <x:c r="A106" s="1">
-        <x:v>45784.852962963</x:v>
+        <x:v>45856.8230671296</x:v>
       </x:c>
       <x:c r="B106" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C106" s="0">
-        <x:v>18.05</x:v>
+        <x:v>10.18</x:v>
       </x:c>
       <x:c r="D106" s="0">
-        <x:v>3086.629</x:v>
+        <x:v>3056.053</x:v>
       </x:c>
       <x:c r="E106" s="0">
-        <x:v>3391.9</x:v>
+        <x:v>3358.3</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:5">
       <x:c r="A107" s="1">
-        <x:v>45783.8302430556</x:v>
+        <x:v>45855.8238541667</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C107" s="0">
-        <x:v>19.86</x:v>
+        <x:v>9.81</x:v>
       </x:c>
       <x:c r="D107" s="0">
-        <x:v>3114.748</x:v>
+        <x:v>3044.223</x:v>
       </x:c>
       <x:c r="E107" s="0">
-        <x:v>3422.8</x:v>
+        <x:v>3345.3</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:5">
       <x:c r="A108" s="1">
-        <x:v>45777.8390162037</x:v>
+        <x:v>45854.8590046296</x:v>
       </x:c>
       <x:c r="B108" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C108" s="0">
-        <x:v>15.95</x:v>
+        <x:v>10.24</x:v>
       </x:c>
       <x:c r="D108" s="0">
-        <x:v>3020.381</x:v>
+        <x:v>3056.781</x:v>
       </x:c>
       <x:c r="E108" s="0">
-        <x:v>3319.1</x:v>
+        <x:v>3359.1</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:5">
       <x:c r="A109" s="1">
-        <x:v>45776.8444212963</x:v>
+        <x:v>45853.8525810185</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C109" s="0">
-        <x:v>16.69</x:v>
+        <x:v>9.6</x:v>
       </x:c>
       <x:c r="D109" s="0">
-        <x:v>3033.576</x:v>
+        <x:v>3036.397</x:v>
       </x:c>
       <x:c r="E109" s="0">
-        <x:v>3333.6</x:v>
+        <x:v>3336.7</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:5">
       <x:c r="A110" s="1">
-        <x:v>45775.8451273148</x:v>
+        <x:v>45852.8231018518</x:v>
       </x:c>
       <x:c r="B110" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C110" s="0">
-        <x:v>17.44</x:v>
+        <x:v>10.29</x:v>
       </x:c>
       <x:c r="D110" s="0">
-        <x:v>3046.407</x:v>
+        <x:v>3056.781</x:v>
       </x:c>
       <x:c r="E110" s="0">
-        <x:v>3347.7</x:v>
+        <x:v>3359.1</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:5">
       <x:c r="A111" s="1">
-        <x:v>45772.8239930556</x:v>
+        <x:v>45849.8239930556</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C111" s="0">
-        <x:v>15.2</x:v>
+        <x:v>10.47</x:v>
       </x:c>
       <x:c r="D111" s="0">
-        <x:v>3001.544</x:v>
+        <x:v>3061.24</x:v>
       </x:c>
       <x:c r="E111" s="0">
-        <x:v>3298.4</x:v>
+        <x:v>3364</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:5">
       <x:c r="A112" s="1">
-        <x:v>45771.831412037</x:v>
+        <x:v>45848.8285532407</x:v>
       </x:c>
       <x:c r="B112" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C112" s="0">
-        <x:v>17.89</x:v>
+        <x:v>9.39</x:v>
       </x:c>
       <x:c r="D112" s="0">
-        <x:v>3047.226</x:v>
+        <x:v>3026.387</x:v>
       </x:c>
       <x:c r="E112" s="0">
-        <x:v>3348.6</x:v>
+        <x:v>3325.7</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:5">
       <x:c r="A113" s="1">
-        <x:v>45770.8295833333</x:v>
+        <x:v>45847.8235763889</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C113" s="0">
-        <x:v>15.36</x:v>
+        <x:v>9.27</x:v>
       </x:c>
       <x:c r="D113" s="0">
-        <x:v>2997.631</x:v>
+        <x:v>3022.11</x:v>
       </x:c>
       <x:c r="E113" s="0">
-        <x:v>3294.1</x:v>
+        <x:v>3321</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:5">
       <x:c r="A114" s="1">
-        <x:v>45769.8284490741</x:v>
+        <x:v>45846.8267939815</x:v>
       </x:c>
       <x:c r="B114" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C114" s="0">
-        <x:v>24.28</x:v>
+        <x:v>9.16</x:v>
       </x:c>
       <x:c r="D114" s="0">
-        <x:v>3111.654</x:v>
+        <x:v>3018.379</x:v>
       </x:c>
       <x:c r="E114" s="0">
-        <x:v>3419.4</x:v>
+        <x:v>3316.9</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:5">
       <x:c r="A115" s="1">
-        <x:v>45764.8232175926</x:v>
+        <x:v>45845.8307523148</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C115" s="0">
-        <x:v>19.12</x:v>
+        <x:v>9.94</x:v>
       </x:c>
       <x:c r="D115" s="0">
-        <x:v>3028.844</x:v>
+        <x:v>3041.948</x:v>
       </x:c>
       <x:c r="E115" s="0">
-        <x:v>3328.4</x:v>
+        <x:v>3342.8</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:5">
       <x:c r="A116" s="1">
-        <x:v>45763.8254282407</x:v>
+        <x:v>45841.8258333333</x:v>
       </x:c>
       <x:c r="B116" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C116" s="0">
-        <x:v>20.22</x:v>
+        <x:v>9.97</x:v>
       </x:c>
       <x:c r="D116" s="0">
-        <x:v>3045.224</x:v>
+        <x:v>3042.039</x:v>
       </x:c>
       <x:c r="E116" s="0">
-        <x:v>3346.4</x:v>
+        <x:v>3342.9</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:5">
       <x:c r="A117" s="1">
-        <x:v>45762.8233796296</x:v>
+        <x:v>45840.8229050926</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C117" s="0">
-        <x:v>15.24</x:v>
+        <x:v>10.5</x:v>
       </x:c>
       <x:c r="D117" s="0">
-        <x:v>2948.764</x:v>
+        <x:v>3057.327</x:v>
       </x:c>
       <x:c r="E117" s="0">
-        <x:v>3240.4</x:v>
+        <x:v>3359.7</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:5">
       <x:c r="A118" s="1">
-        <x:v>45761.823275463</x:v>
+        <x:v>45839.8275694444</x:v>
       </x:c>
       <x:c r="B118" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C118" s="0">
-        <x:v>14.62</x:v>
+        <x:v>10.21</x:v>
       </x:c>
       <x:c r="D118" s="0">
-        <x:v>2935.933</x:v>
+        <x:v>3048.318</x:v>
       </x:c>
       <x:c r="E118" s="0">
-        <x:v>3226.3</x:v>
+        <x:v>3349.8</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:5">
       <x:c r="A119" s="1">
-        <x:v>45758.8246875</x:v>
+        <x:v>45838.8345601852</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C119" s="0">
-        <x:v>15.52</x:v>
+        <x:v>9.06</x:v>
       </x:c>
       <x:c r="D119" s="0">
-        <x:v>2952.586</x:v>
+        <x:v>3010.007</x:v>
       </x:c>
       <x:c r="E119" s="0">
-        <x:v>3244.6</x:v>
+        <x:v>3307.7</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:5">
       <x:c r="A120" s="1">
-        <x:v>45757.8457407407</x:v>
+        <x:v>45835.8364699074</x:v>
       </x:c>
       <x:c r="B120" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C120" s="0">
-        <x:v>12.82</x:v>
+        <x:v>8.56</x:v>
       </x:c>
       <x:c r="D120" s="0">
-        <x:v>2891.525</x:v>
+        <x:v>2991.716</x:v>
       </x:c>
       <x:c r="E120" s="0">
-        <x:v>3177.5</x:v>
+        <x:v>3287.6</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:5">
       <x:c r="A121" s="1">
-        <x:v>45756.8241319444</x:v>
+        <x:v>45834.841712963</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C121" s="0">
-        <x:v>9.73</x:v>
+        <x:v>10.45</x:v>
       </x:c>
       <x:c r="D121" s="0">
-        <x:v>2802.254</x:v>
+        <x:v>3046.68</x:v>
       </x:c>
       <x:c r="E121" s="0">
-        <x:v>3079.4</x:v>
+        <x:v>3348</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:5">
       <x:c r="A122" s="1">
-        <x:v>45755.8404282407</x:v>
+        <x:v>45833.8280902778</x:v>
       </x:c>
       <x:c r="B122" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C122" s="0">
-        <x:v>7.5</x:v>
+        <x:v>10.31</x:v>
       </x:c>
       <x:c r="D122" s="0">
-        <x:v>2721.082</x:v>
+        <x:v>3042.221</x:v>
       </x:c>
       <x:c r="E122" s="0">
-        <x:v>2990.2</x:v>
+        <x:v>3343.1</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:5">
       <x:c r="A123" s="1">
-        <x:v>45754.8234259259</x:v>
+        <x:v>45832.8236574074</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C123" s="0">
-        <x:v>7.11</x:v>
+        <x:v>10.04</x:v>
       </x:c>
       <x:c r="D123" s="0">
-        <x:v>2705.976</x:v>
+        <x:v>3033.849</x:v>
       </x:c>
       <x:c r="E123" s="0">
-        <x:v>2973.6</x:v>
+        <x:v>3333.9</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:5">
       <x:c r="A124" s="1">
-        <x:v>45751.8240393518</x:v>
+        <x:v>45831.824849537</x:v>
       </x:c>
       <x:c r="B124" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C124" s="0">
-        <x:v>8.95</x:v>
+        <x:v>12.25</x:v>
       </x:c>
       <x:c r="D124" s="0">
-        <x:v>2762.214</x:v>
+        <x:v>3089.45</x:v>
       </x:c>
       <x:c r="E124" s="0">
-        <x:v>3035.4</x:v>
+        <x:v>3395</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:5">
       <x:c r="A125" s="1">
-        <x:v>45750.8321643519</x:v>
+        <x:v>45828.8266898148</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C125" s="0">
-        <x:v>12.38</x:v>
+        <x:v>11.95</x:v>
       </x:c>
       <x:c r="D125" s="0">
-        <x:v>2840.747</x:v>
+        <x:v>3080.987</x:v>
       </x:c>
       <x:c r="E125" s="0">
-        <x:v>3121.7</x:v>
+        <x:v>3385.7</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:5">
       <x:c r="A126" s="1">
-        <x:v>45749.8250115741</x:v>
+        <x:v>45826.8327199074</x:v>
       </x:c>
       <x:c r="B126" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C126" s="0">
-        <x:v>14.42</x:v>
+        <x:v>12.81</x:v>
       </x:c>
       <x:c r="D126" s="0">
-        <x:v>2881.242</x:v>
+        <x:v>3101.371</x:v>
       </x:c>
       <x:c r="E126" s="0">
-        <x:v>3166.2</x:v>
+        <x:v>3408.1</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:5">
       <x:c r="A127" s="1">
-        <x:v>45748.8360069444</x:v>
+        <x:v>45825.8232986111</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C127" s="0">
-        <x:v>13.56</x:v>
+        <x:v>12.77</x:v>
       </x:c>
       <x:c r="D127" s="0">
-        <x:v>2862.86</x:v>
+        <x:v>3100.279</x:v>
       </x:c>
       <x:c r="E127" s="0">
-        <x:v>3146</x:v>
+        <x:v>3406.9</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:5">
       <x:c r="A128" s="1">
-        <x:v>45747.8232175926</x:v>
+        <x:v>45824.8368171296</x:v>
       </x:c>
       <x:c r="B128" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C128" s="0">
-        <x:v>13.75</x:v>
+        <x:v>13.18</x:v>
       </x:c>
       <x:c r="D128" s="0">
-        <x:v>2866.773</x:v>
+        <x:v>3109.743</x:v>
       </x:c>
       <x:c r="E128" s="0">
-        <x:v>3150.3</x:v>
+        <x:v>3417.3</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:5">
       <x:c r="A129" s="1">
-        <x:v>45744.7828240741</x:v>
+        <x:v>45821.829849537</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C129" s="0">
-        <x:v>12.35</x:v>
+        <x:v>14.73</x:v>
       </x:c>
       <x:c r="D129" s="0">
-        <x:v>2834.013</x:v>
+        <x:v>3142.048</x:v>
       </x:c>
       <x:c r="E129" s="0">
-        <x:v>3114.3</x:v>
+        <x:v>3452.8</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:5">
       <x:c r="A130" s="1">
-        <x:v>45743.7837962963</x:v>
+        <x:v>45820.8297916667</x:v>
       </x:c>
       <x:c r="B130" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C130" s="0">
-        <x:v>11.49</x:v>
+        <x:v>12.83</x:v>
       </x:c>
       <x:c r="D130" s="0">
-        <x:v>2812.719</x:v>
+        <x:v>3096.184</x:v>
       </x:c>
       <x:c r="E130" s="0">
-        <x:v>3090.9</x:v>
+        <x:v>3402.4</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:5">
       <x:c r="A131" s="1">
-        <x:v>45742.7861921296</x:v>
+        <x:v>45819.834537037</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C131" s="0">
-        <x:v>10.21</x:v>
+        <x:v>10.92</x:v>
       </x:c>
       <x:c r="D131" s="0">
-        <x:v>2777.593</x:v>
+        <x:v>3042.767</x:v>
       </x:c>
       <x:c r="E131" s="0">
-        <x:v>3052.3</x:v>
+        <x:v>3343.7</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:5">
       <x:c r="A132" s="1">
-        <x:v>45741.7817013889</x:v>
+        <x:v>45818.8240972222</x:v>
       </x:c>
       <x:c r="B132" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C132" s="0">
-        <x:v>10.28</x:v>
+        <x:v>10.92</x:v>
       </x:c>
       <x:c r="D132" s="0">
-        <x:v>2779.413</x:v>
+        <x:v>3042.494</x:v>
       </x:c>
       <x:c r="E132" s="0">
-        <x:v>3054.3</x:v>
+        <x:v>3343.4</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:5">
       <x:c r="A133" s="1">
-        <x:v>45740.7859722222</x:v>
+        <x:v>45817.8239351852</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C133" s="0">
-        <x:v>9.95</x:v>
+        <x:v>11.32</x:v>
       </x:c>
       <x:c r="D133" s="0">
-        <x:v>2770.04</x:v>
+        <x:v>3052.959</x:v>
       </x:c>
       <x:c r="E133" s="0">
-        <x:v>3015.6</x:v>
+        <x:v>3354.9</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:5">
       <x:c r="A134" s="1">
-        <x:v>45737.7845486111</x:v>
+        <x:v>45814.8280208333</x:v>
       </x:c>
       <x:c r="B134" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C134" s="0">
-        <x:v>10.17</x:v>
+        <x:v>11.07</x:v>
       </x:c>
       <x:c r="D134" s="0">
-        <x:v>2749.474</x:v>
+        <x:v>3045.406</x:v>
       </x:c>
       <x:c r="E134" s="0">
-        <x:v>3021.4</x:v>
+        <x:v>3346.6</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:5">
       <x:c r="A135" s="1">
-        <x:v>45736.7837268518</x:v>
+        <x:v>45813.8231828704</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C135" s="0">
-        <x:v>10.99</x:v>
+        <x:v>12.1</x:v>
       </x:c>
       <x:c r="D135" s="0">
-        <x:v>2769.858</x:v>
+        <x:v>3071.341</x:v>
       </x:c>
       <x:c r="E135" s="0">
-        <x:v>3043.8</x:v>
+        <x:v>3375.1</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:5">
       <x:c r="A136" s="1">
+        <x:v>45812.8567824074</x:v>
+      </x:c>
+      <x:c r="B136" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C136" s="0">
+        <x:v>13.03</x:v>
+      </x:c>
+      <x:c r="D136" s="0">
+        <x:v>3093.272</x:v>
+      </x:c>
+      <x:c r="E136" s="0">
+        <x:v>3399.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="137" spans="1:5">
+      <x:c r="A137" s="1">
+        <x:v>45811.8941550926</x:v>
+      </x:c>
+      <x:c r="B137" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C137" s="0">
+        <x:v>12.24</x:v>
+      </x:c>
+      <x:c r="D137" s="0">
+        <x:v>3073.161</x:v>
+      </x:c>
+      <x:c r="E137" s="0">
+        <x:v>3377.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="138" spans="1:5">
+      <x:c r="A138" s="1">
+        <x:v>45811.8794328704</x:v>
+      </x:c>
+      <x:c r="B138" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C138" s="0">
+        <x:v>12.24</x:v>
+      </x:c>
+      <x:c r="D138" s="0">
+        <x:v>3073.161</x:v>
+      </x:c>
+      <x:c r="E138" s="0">
+        <x:v>3377.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="139" spans="1:5">
+      <x:c r="A139" s="1">
+        <x:v>45810.8625347222</x:v>
+      </x:c>
+      <x:c r="B139" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C139" s="0">
+        <x:v>13.02</x:v>
+      </x:c>
+      <x:c r="D139" s="0">
+        <x:v>3091.452</x:v>
+      </x:c>
+      <x:c r="E139" s="0">
+        <x:v>3397.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="140" spans="1:5">
+      <x:c r="A140" s="1">
+        <x:v>45810.8250462963</x:v>
+      </x:c>
+      <x:c r="B140" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C140" s="0">
+        <x:v>13.02</x:v>
+      </x:c>
+      <x:c r="D140" s="0">
+        <x:v>3091.452</x:v>
+      </x:c>
+      <x:c r="E140" s="0">
+        <x:v>3397.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="141" spans="1:5">
+      <x:c r="A141" s="1">
+        <x:v>45800.8238541667</x:v>
+      </x:c>
+      <x:c r="B141" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C141" s="0">
+        <x:v>13.66</x:v>
+      </x:c>
+      <x:c r="D141" s="0">
+        <x:v>3088.995</x:v>
+      </x:c>
+      <x:c r="E141" s="0">
+        <x:v>3394.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="142" spans="1:5">
+      <x:c r="A142" s="1">
+        <x:v>45799.8239583333</x:v>
+      </x:c>
+      <x:c r="B142" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C142" s="0">
+        <x:v>11.27</x:v>
+      </x:c>
+      <x:c r="D142" s="0">
+        <x:v>3024.476</x:v>
+      </x:c>
+      <x:c r="E142" s="0">
+        <x:v>3295</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="143" spans="1:5">
+      <x:c r="A143" s="1">
+        <x:v>45798.8240856481</x:v>
+      </x:c>
+      <x:c r="B143" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C143" s="0">
+        <x:v>11.94</x:v>
+      </x:c>
+      <x:c r="D143" s="0">
+        <x:v>3015.285</x:v>
+      </x:c>
+      <x:c r="E143" s="0">
+        <x:v>3313.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="144" spans="1:5">
+      <x:c r="A144" s="1">
+        <x:v>45797.8268402778</x:v>
+      </x:c>
+      <x:c r="B144" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C144" s="0">
+        <x:v>10.98</x:v>
+      </x:c>
+      <x:c r="D144" s="0">
+        <x:v>2988.986</x:v>
+      </x:c>
+      <x:c r="E144" s="0">
+        <x:v>3284.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="145" spans="1:5">
+      <x:c r="A145" s="1">
+        <x:v>45796.8311111111</x:v>
+      </x:c>
+      <x:c r="B145" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C145" s="0">
+        <x:v>9.49</x:v>
+      </x:c>
+      <x:c r="D145" s="0">
+        <x:v>2942.485</x:v>
+      </x:c>
+      <x:c r="E145" s="0">
+        <x:v>3233.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="146" spans="1:5">
+      <x:c r="A146" s="1">
+        <x:v>45793.8237384259</x:v>
+      </x:c>
+      <x:c r="B146" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C146" s="0">
+        <x:v>8.3</x:v>
+      </x:c>
+      <x:c r="D146" s="0">
+        <x:v>2900.352</x:v>
+      </x:c>
+      <x:c r="E146" s="0">
+        <x:v>3187.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="147" spans="1:5">
+      <x:c r="A147" s="1">
+        <x:v>45792.8270833333</x:v>
+      </x:c>
+      <x:c r="B147" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C147" s="0">
+        <x:v>9.46</x:v>
+      </x:c>
+      <x:c r="D147" s="0">
+        <x:v>2936.206</x:v>
+      </x:c>
+      <x:c r="E147" s="0">
+        <x:v>3226.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="148" spans="1:5">
+      <x:c r="A148" s="1">
+        <x:v>45791.8231828704</x:v>
+      </x:c>
+      <x:c r="B148" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C148" s="0">
+        <x:v>8.45</x:v>
+      </x:c>
+      <x:c r="D148" s="0">
+        <x:v>2901.353</x:v>
+      </x:c>
+      <x:c r="E148" s="0">
+        <x:v>3188.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="149" spans="1:5">
+      <x:c r="A149" s="1">
+        <x:v>45790.8249884259</x:v>
+      </x:c>
+      <x:c r="B149" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C149" s="0">
+        <x:v>10.36</x:v>
+      </x:c>
+      <x:c r="D149" s="0">
+        <x:v>2955.498</x:v>
+      </x:c>
+      <x:c r="E149" s="0">
+        <x:v>3247.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="150" spans="1:5">
+      <x:c r="A150" s="1">
+        <x:v>45789.8237962963</x:v>
+      </x:c>
+      <x:c r="B150" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C150" s="0">
+        <x:v>9.77</x:v>
+      </x:c>
+      <x:c r="D150" s="0">
+        <x:v>2937.48</x:v>
+      </x:c>
+      <x:c r="E150" s="0">
+        <x:v>3228</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="151" spans="1:5">
+      <x:c r="A151" s="1">
+        <x:v>45786.8321296296</x:v>
+      </x:c>
+      <x:c r="B151" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C151" s="0">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="D151" s="0">
+        <x:v>3043.04</x:v>
+      </x:c>
+      <x:c r="E151" s="0">
+        <x:v>3344</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="152" spans="1:5">
+      <x:c r="A152" s="1">
+        <x:v>45785.8261805556</x:v>
+      </x:c>
+      <x:c r="B152" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C152" s="0">
+        <x:v>13.47</x:v>
+      </x:c>
+      <x:c r="D152" s="0">
+        <x:v>3008.46</x:v>
+      </x:c>
+      <x:c r="E152" s="0">
+        <x:v>3306</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="153" spans="1:5">
+      <x:c r="A153" s="1">
+        <x:v>45784.8969560185</x:v>
+      </x:c>
+      <x:c r="B153" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C153" s="0">
+        <x:v>18.05</x:v>
+      </x:c>
+      <x:c r="D153" s="0">
+        <x:v>3086.629</x:v>
+      </x:c>
+      <x:c r="E153" s="0">
+        <x:v>3391.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="154" spans="1:5">
+      <x:c r="A154" s="1">
+        <x:v>45784.852962963</x:v>
+      </x:c>
+      <x:c r="B154" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C154" s="0">
+        <x:v>18.05</x:v>
+      </x:c>
+      <x:c r="D154" s="0">
+        <x:v>3086.629</x:v>
+      </x:c>
+      <x:c r="E154" s="0">
+        <x:v>3391.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="155" spans="1:5">
+      <x:c r="A155" s="1">
+        <x:v>45783.8302430556</x:v>
+      </x:c>
+      <x:c r="B155" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C155" s="0">
+        <x:v>19.86</x:v>
+      </x:c>
+      <x:c r="D155" s="0">
+        <x:v>3114.748</x:v>
+      </x:c>
+      <x:c r="E155" s="0">
+        <x:v>3422.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="156" spans="1:5">
+      <x:c r="A156" s="1">
+        <x:v>45777.8390162037</x:v>
+      </x:c>
+      <x:c r="B156" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C156" s="0">
+        <x:v>15.95</x:v>
+      </x:c>
+      <x:c r="D156" s="0">
+        <x:v>3020.381</x:v>
+      </x:c>
+      <x:c r="E156" s="0">
+        <x:v>3319.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="157" spans="1:5">
+      <x:c r="A157" s="1">
+        <x:v>45776.8444212963</x:v>
+      </x:c>
+      <x:c r="B157" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C157" s="0">
+        <x:v>16.69</x:v>
+      </x:c>
+      <x:c r="D157" s="0">
+        <x:v>3033.576</x:v>
+      </x:c>
+      <x:c r="E157" s="0">
+        <x:v>3333.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="158" spans="1:5">
+      <x:c r="A158" s="1">
+        <x:v>45775.8451273148</x:v>
+      </x:c>
+      <x:c r="B158" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C158" s="0">
+        <x:v>17.44</x:v>
+      </x:c>
+      <x:c r="D158" s="0">
+        <x:v>3046.407</x:v>
+      </x:c>
+      <x:c r="E158" s="0">
+        <x:v>3347.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="159" spans="1:5">
+      <x:c r="A159" s="1">
+        <x:v>45772.8239930556</x:v>
+      </x:c>
+      <x:c r="B159" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C159" s="0">
+        <x:v>15.2</x:v>
+      </x:c>
+      <x:c r="D159" s="0">
+        <x:v>3001.544</x:v>
+      </x:c>
+      <x:c r="E159" s="0">
+        <x:v>3298.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="160" spans="1:5">
+      <x:c r="A160" s="1">
+        <x:v>45771.831412037</x:v>
+      </x:c>
+      <x:c r="B160" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C160" s="0">
+        <x:v>17.89</x:v>
+      </x:c>
+      <x:c r="D160" s="0">
+        <x:v>3047.226</x:v>
+      </x:c>
+      <x:c r="E160" s="0">
+        <x:v>3348.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="161" spans="1:5">
+      <x:c r="A161" s="1">
+        <x:v>45770.8295833333</x:v>
+      </x:c>
+      <x:c r="B161" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C161" s="0">
+        <x:v>15.36</x:v>
+      </x:c>
+      <x:c r="D161" s="0">
+        <x:v>2997.631</x:v>
+      </x:c>
+      <x:c r="E161" s="0">
+        <x:v>3294.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="162" spans="1:5">
+      <x:c r="A162" s="1">
+        <x:v>45769.8284490741</x:v>
+      </x:c>
+      <x:c r="B162" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C162" s="0">
+        <x:v>24.28</x:v>
+      </x:c>
+      <x:c r="D162" s="0">
+        <x:v>3111.654</x:v>
+      </x:c>
+      <x:c r="E162" s="0">
+        <x:v>3419.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="163" spans="1:5">
+      <x:c r="A163" s="1">
+        <x:v>45764.8232175926</x:v>
+      </x:c>
+      <x:c r="B163" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C163" s="0">
+        <x:v>19.12</x:v>
+      </x:c>
+      <x:c r="D163" s="0">
+        <x:v>3028.844</x:v>
+      </x:c>
+      <x:c r="E163" s="0">
+        <x:v>3328.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="164" spans="1:5">
+      <x:c r="A164" s="1">
+        <x:v>45763.8254282407</x:v>
+      </x:c>
+      <x:c r="B164" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C164" s="0">
+        <x:v>20.22</x:v>
+      </x:c>
+      <x:c r="D164" s="0">
+        <x:v>3045.224</x:v>
+      </x:c>
+      <x:c r="E164" s="0">
+        <x:v>3346.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="165" spans="1:5">
+      <x:c r="A165" s="1">
+        <x:v>45762.8233796296</x:v>
+      </x:c>
+      <x:c r="B165" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C165" s="0">
+        <x:v>15.24</x:v>
+      </x:c>
+      <x:c r="D165" s="0">
+        <x:v>2948.764</x:v>
+      </x:c>
+      <x:c r="E165" s="0">
+        <x:v>3240.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="166" spans="1:5">
+      <x:c r="A166" s="1">
+        <x:v>45761.823275463</x:v>
+      </x:c>
+      <x:c r="B166" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C166" s="0">
+        <x:v>14.62</x:v>
+      </x:c>
+      <x:c r="D166" s="0">
+        <x:v>2935.933</x:v>
+      </x:c>
+      <x:c r="E166" s="0">
+        <x:v>3226.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="167" spans="1:5">
+      <x:c r="A167" s="1">
+        <x:v>45758.8246875</x:v>
+      </x:c>
+      <x:c r="B167" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C167" s="0">
+        <x:v>15.52</x:v>
+      </x:c>
+      <x:c r="D167" s="0">
+        <x:v>2952.586</x:v>
+      </x:c>
+      <x:c r="E167" s="0">
+        <x:v>3244.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="168" spans="1:5">
+      <x:c r="A168" s="1">
+        <x:v>45757.8457407407</x:v>
+      </x:c>
+      <x:c r="B168" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C168" s="0">
+        <x:v>12.82</x:v>
+      </x:c>
+      <x:c r="D168" s="0">
+        <x:v>2891.525</x:v>
+      </x:c>
+      <x:c r="E168" s="0">
+        <x:v>3177.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="169" spans="1:5">
+      <x:c r="A169" s="1">
+        <x:v>45756.8241319444</x:v>
+      </x:c>
+      <x:c r="B169" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C169" s="0">
+        <x:v>9.73</x:v>
+      </x:c>
+      <x:c r="D169" s="0">
+        <x:v>2802.254</x:v>
+      </x:c>
+      <x:c r="E169" s="0">
+        <x:v>3079.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="170" spans="1:5">
+      <x:c r="A170" s="1">
+        <x:v>45755.8404282407</x:v>
+      </x:c>
+      <x:c r="B170" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C170" s="0">
+        <x:v>7.5</x:v>
+      </x:c>
+      <x:c r="D170" s="0">
+        <x:v>2721.082</x:v>
+      </x:c>
+      <x:c r="E170" s="0">
+        <x:v>2990.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="171" spans="1:5">
+      <x:c r="A171" s="1">
+        <x:v>45754.8234259259</x:v>
+      </x:c>
+      <x:c r="B171" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C171" s="0">
+        <x:v>7.11</x:v>
+      </x:c>
+      <x:c r="D171" s="0">
+        <x:v>2705.976</x:v>
+      </x:c>
+      <x:c r="E171" s="0">
+        <x:v>2973.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="172" spans="1:5">
+      <x:c r="A172" s="1">
+        <x:v>45751.8240393518</x:v>
+      </x:c>
+      <x:c r="B172" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C172" s="0">
+        <x:v>8.95</x:v>
+      </x:c>
+      <x:c r="D172" s="0">
+        <x:v>2762.214</x:v>
+      </x:c>
+      <x:c r="E172" s="0">
+        <x:v>3035.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="173" spans="1:5">
+      <x:c r="A173" s="1">
+        <x:v>45750.8321643519</x:v>
+      </x:c>
+      <x:c r="B173" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C173" s="0">
+        <x:v>12.38</x:v>
+      </x:c>
+      <x:c r="D173" s="0">
+        <x:v>2840.747</x:v>
+      </x:c>
+      <x:c r="E173" s="0">
+        <x:v>3121.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="174" spans="1:5">
+      <x:c r="A174" s="1">
+        <x:v>45749.8250115741</x:v>
+      </x:c>
+      <x:c r="B174" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C174" s="0">
+        <x:v>14.42</x:v>
+      </x:c>
+      <x:c r="D174" s="0">
+        <x:v>2881.242</x:v>
+      </x:c>
+      <x:c r="E174" s="0">
+        <x:v>3166.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="175" spans="1:5">
+      <x:c r="A175" s="1">
+        <x:v>45748.8360069444</x:v>
+      </x:c>
+      <x:c r="B175" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C175" s="0">
+        <x:v>13.56</x:v>
+      </x:c>
+      <x:c r="D175" s="0">
+        <x:v>2862.86</x:v>
+      </x:c>
+      <x:c r="E175" s="0">
+        <x:v>3146</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="176" spans="1:5">
+      <x:c r="A176" s="1">
+        <x:v>45747.8232175926</x:v>
+      </x:c>
+      <x:c r="B176" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C176" s="0">
+        <x:v>13.75</x:v>
+      </x:c>
+      <x:c r="D176" s="0">
+        <x:v>2866.773</x:v>
+      </x:c>
+      <x:c r="E176" s="0">
+        <x:v>3150.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="177" spans="1:5">
+      <x:c r="A177" s="1">
+        <x:v>45744.7828240741</x:v>
+      </x:c>
+      <x:c r="B177" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C177" s="0">
+        <x:v>12.35</x:v>
+      </x:c>
+      <x:c r="D177" s="0">
+        <x:v>2834.013</x:v>
+      </x:c>
+      <x:c r="E177" s="0">
+        <x:v>3114.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="178" spans="1:5">
+      <x:c r="A178" s="1">
+        <x:v>45743.7837962963</x:v>
+      </x:c>
+      <x:c r="B178" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C178" s="0">
+        <x:v>11.49</x:v>
+      </x:c>
+      <x:c r="D178" s="0">
+        <x:v>2812.719</x:v>
+      </x:c>
+      <x:c r="E178" s="0">
+        <x:v>3090.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="179" spans="1:5">
+      <x:c r="A179" s="1">
+        <x:v>45742.7861921296</x:v>
+      </x:c>
+      <x:c r="B179" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C179" s="0">
+        <x:v>10.21</x:v>
+      </x:c>
+      <x:c r="D179" s="0">
+        <x:v>2777.593</x:v>
+      </x:c>
+      <x:c r="E179" s="0">
+        <x:v>3052.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="180" spans="1:5">
+      <x:c r="A180" s="1">
+        <x:v>45741.7817013889</x:v>
+      </x:c>
+      <x:c r="B180" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C180" s="0">
+        <x:v>10.28</x:v>
+      </x:c>
+      <x:c r="D180" s="0">
+        <x:v>2779.413</x:v>
+      </x:c>
+      <x:c r="E180" s="0">
+        <x:v>3054.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="181" spans="1:5">
+      <x:c r="A181" s="1">
+        <x:v>45740.7859722222</x:v>
+      </x:c>
+      <x:c r="B181" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C181" s="0">
+        <x:v>9.95</x:v>
+      </x:c>
+      <x:c r="D181" s="0">
+        <x:v>2770.04</x:v>
+      </x:c>
+      <x:c r="E181" s="0">
+        <x:v>3015.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="182" spans="1:5">
+      <x:c r="A182" s="1">
+        <x:v>45737.7845486111</x:v>
+      </x:c>
+      <x:c r="B182" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C182" s="0">
+        <x:v>10.17</x:v>
+      </x:c>
+      <x:c r="D182" s="0">
+        <x:v>2749.474</x:v>
+      </x:c>
+      <x:c r="E182" s="0">
+        <x:v>3021.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="183" spans="1:5">
+      <x:c r="A183" s="1">
+        <x:v>45736.7837268518</x:v>
+      </x:c>
+      <x:c r="B183" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C183" s="0">
+        <x:v>10.99</x:v>
+      </x:c>
+      <x:c r="D183" s="0">
+        <x:v>2769.858</x:v>
+      </x:c>
+      <x:c r="E183" s="0">
+        <x:v>3043.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="184" spans="1:5">
+      <x:c r="A184" s="1">
         <x:v>45735.7843634259</x:v>
       </x:c>
-      <x:c r="B136" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C136" s="0">
+      <x:c r="B184" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C184" s="0">
         <x:v>10.9</x:v>
       </x:c>
-      <x:c r="D136" s="0">
+      <x:c r="D184" s="0">
         <x:v>2767.492</x:v>
       </x:c>
-      <x:c r="E136" s="0">
+      <x:c r="E184" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>