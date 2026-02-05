--- v1 (2025-12-13)
+++ v2 (2026-02-05)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra19078828cc14081" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b71bf3ff75fc42e881151798f6bc5e52.psmdcp" Id="Rf885159ba1e941cd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5ce190ee07fb4411" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6b525698788b4935a91bccc6aa351e50.psmdcp" Id="R08a85ebf4f5c4b7e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>DE000BB29SQ8</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -390,3174 +390,3786 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E184"/>
+  <x:dimension ref="A1:E220"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>46003.8253125</x:v>
+        <x:v>46058.8171412037</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
-        <x:v>37.07</x:v>
+        <x:v>2.92</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>3938.753</x:v>
+        <x:v>4449.445</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>4328.3</x:v>
+        <x:v>4889.5</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>46002.8233564815</x:v>
+        <x:v>46057.8355092593</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
-        <x:v>35.83</x:v>
+        <x:v>3.33</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>3924.83</x:v>
+        <x:v>4505.228</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>4313</x:v>
+        <x:v>4950.8</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>46001.824849537</x:v>
+        <x:v>46056.8221759259</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
-        <x:v>29.65</x:v>
+        <x:v>3.23</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>3844.477</x:v>
+        <x:v>4490.85</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>4224.7</x:v>
+        <x:v>4935</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>46000.8228009259</x:v>
+        <x:v>46055.8181481482</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
-        <x:v>30.5</x:v>
+        <x:v>2.42</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>3854.942</x:v>
+        <x:v>4233.866</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>4236.2</x:v>
+        <x:v>4652.6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>45999.8272106481</x:v>
+        <x:v>46052.8217476852</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
-        <x:v>29.24</x:v>
+        <x:v>2.51</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>3838.107</x:v>
+        <x:v>4318.041</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>4217.7</x:v>
+        <x:v>4745.1</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>45996.8263078704</x:v>
+        <x:v>46052.7806365741</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
-        <x:v>31.17</x:v>
+        <x:v>101.1</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>3861.13</x:v>
+        <x:v>4392.934</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>4243</x:v>
+        <x:v>4827.4</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>45995.8232291667</x:v>
+        <x:v>46051.9028240741</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
-        <x:v>31.19</x:v>
+        <x:v>198.83</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>3861.13</x:v>
+        <x:v>4872.868</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>4243</x:v>
+        <x:v>5354.8</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>45994.8237037037</x:v>
+        <x:v>46051.8152314815</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
-        <x:v>30.46</x:v>
+        <x:v>180.26</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>3851.575</x:v>
+        <x:v>4826.276</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>4232.5</x:v>
+        <x:v>5303.6</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>45993.8229398148</x:v>
+        <x:v>46050.8226157407</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
-        <x:v>29.65</x:v>
+        <x:v>193.67</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>3840.928</x:v>
+        <x:v>4859.582</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>4220.8</x:v>
+        <x:v>5340.2</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>45992.8242939815</x:v>
+        <x:v>46050.8133796296</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C12" s="0">
-        <x:v>33.97</x:v>
+        <x:v>193.67</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>3890.068</x:v>
+        <x:v>4859.582</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>4274.8</x:v>
+        <x:v>5340.2</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>45989.8354861111</x:v>
+        <x:v>46049.8227083333</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0">
-        <x:v>32.52</x:v>
+        <x:v>135.61</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>3871.959</x:v>
+        <x:v>4659.746</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>4254.9</x:v>
+        <x:v>5120.6</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>45987.8265162037</x:v>
+        <x:v>46048.8231134259</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C14" s="0">
-        <x:v>28.94</x:v>
+        <x:v>136.17</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>3824.093</x:v>
+        <x:v>4661.293</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>4202.3</x:v>
+        <x:v>5122.3</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>45986.8420486111</x:v>
+        <x:v>46045.8273148148</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
-        <x:v>27.32</x:v>
+        <x:v>112.75</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>3801.343</x:v>
+        <x:v>4565.47</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>4177.3</x:v>
+        <x:v>4979.7</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>45985.8473032407</x:v>
+        <x:v>46044.8500231481</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C16" s="0">
-        <x:v>24.57</x:v>
+        <x:v>99.41</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>3759.028</x:v>
+        <x:v>4471.194</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>4130.8</x:v>
+        <x:v>4913.4</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>45982.8240972222</x:v>
+        <x:v>46043.8455324074</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C17" s="0">
-        <x:v>23.77</x:v>
+        <x:v>85.98</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>3745.56</x:v>
+        <x:v>4402.125</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>4116</x:v>
+        <x:v>4837.5</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>45981.858912037</x:v>
+        <x:v>46042.8283333333</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="0">
-        <x:v>22.66</x:v>
+        <x:v>74.78</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>3727.087</x:v>
+        <x:v>4336.878</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>4060</x:v>
+        <x:v>4765.8</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>45980.8244444444</x:v>
+        <x:v>46038.8262615741</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C19" s="0">
-        <x:v>24.02</x:v>
+        <x:v>54.67</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>3715.348</x:v>
+        <x:v>4181.814</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>4082.8</x:v>
+        <x:v>4595.4</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
-        <x:v>45979.8891898148</x:v>
+        <x:v>46037.8245717593</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C20" s="0">
-        <x:v>23.11</x:v>
+        <x:v>58.28</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>3700.515</x:v>
+        <x:v>4207.567</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>4066.5</x:v>
+        <x:v>4623.7</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="1">
-        <x:v>45978.8251967593</x:v>
+        <x:v>46036.824849537</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C21" s="0">
-        <x:v>23.59</x:v>
+        <x:v>59.88</x:v>
       </x:c>
       <x:c r="D21" s="0">
-        <x:v>3707.795</x:v>
+        <x:v>4218.487</x:v>
       </x:c>
       <x:c r="E21" s="0">
-        <x:v>4074.5</x:v>
+        <x:v>4635.7</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="1">
-        <x:v>45975.8263078704</x:v>
+        <x:v>46035.8275810185</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C22" s="0">
-        <x:v>24.84</x:v>
+        <x:v>55.5</x:v>
       </x:c>
       <x:c r="D22" s="0">
-        <x:v>3725.722</x:v>
+        <x:v>4185.181</x:v>
       </x:c>
       <x:c r="E22" s="0">
-        <x:v>4094.2</x:v>
+        <x:v>4599.1</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="1">
-        <x:v>45974.8559606482</x:v>
+        <x:v>46034.8259375</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C23" s="0">
-        <x:v>32.68</x:v>
+        <x:v>57.48</x:v>
       </x:c>
       <x:c r="D23" s="0">
-        <x:v>3816.995</x:v>
+        <x:v>4199.377</x:v>
       </x:c>
       <x:c r="E23" s="0">
-        <x:v>4194.5</x:v>
+        <x:v>4614.7</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="1">
-        <x:v>45973.8250115741</x:v>
+        <x:v>46031.8225925926</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C24" s="0">
-        <x:v>34.26</x:v>
+        <x:v>45.96</x:v>
       </x:c>
       <x:c r="D24" s="0">
-        <x:v>3834.376</x:v>
+        <x:v>4095.819</x:v>
       </x:c>
       <x:c r="E24" s="0">
-        <x:v>4213.6</x:v>
+        <x:v>4500.9</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="1">
-        <x:v>45972.8325231482</x:v>
+        <x:v>46030.8292592593</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C25" s="0">
-        <x:v>27.73</x:v>
+        <x:v>42.19</x:v>
       </x:c>
       <x:c r="D25" s="0">
-        <x:v>3745.833</x:v>
+        <x:v>4059.237</x:v>
       </x:c>
       <x:c r="E25" s="0">
-        <x:v>4116.3</x:v>
+        <x:v>4460.7</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="1">
-        <x:v>45971.8316087963</x:v>
+        <x:v>46029.8237037037</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C26" s="0">
-        <x:v>28.14</x:v>
+        <x:v>42.39</x:v>
       </x:c>
       <x:c r="D26" s="0">
-        <x:v>3751.02</x:v>
+        <x:v>4060.875</x:v>
       </x:c>
       <x:c r="E26" s="0">
-        <x:v>4122</x:v>
+        <x:v>4462.5</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="1">
-        <x:v>45968.8265277778</x:v>
+        <x:v>46028.8240972222</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C27" s="0">
-        <x:v>22.02</x:v>
+        <x:v>45.85</x:v>
       </x:c>
       <x:c r="D27" s="0">
-        <x:v>3648.918</x:v>
+        <x:v>4091.451</x:v>
       </x:c>
       <x:c r="E27" s="0">
-        <x:v>4009.8</x:v>
+        <x:v>4496.1</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="1">
-        <x:v>45967.8567361111</x:v>
+        <x:v>46027.8219097222</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C28" s="0">
-        <x:v>21.05</x:v>
+        <x:v>41.71</x:v>
       </x:c>
       <x:c r="D28" s="0">
-        <x:v>3631.81</x:v>
+        <x:v>4050.865</x:v>
       </x:c>
       <x:c r="E28" s="0">
-        <x:v>3991</x:v>
+        <x:v>4451.5</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="1">
-        <x:v>45966.8257638889</x:v>
+        <x:v>46024.8229976852</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C29" s="0">
-        <x:v>21.16</x:v>
+        <x:v>32.6</x:v>
       </x:c>
       <x:c r="D29" s="0">
-        <x:v>3633.539</x:v>
+        <x:v>3939.936</x:v>
       </x:c>
       <x:c r="E29" s="0">
-        <x:v>3992.9</x:v>
+        <x:v>4329.6</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="1">
-        <x:v>45965.8372800926</x:v>
+        <x:v>46021.8342708333</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C30" s="0">
-        <x:v>19.57</x:v>
+        <x:v>37.53</x:v>
       </x:c>
       <x:c r="D30" s="0">
-        <x:v>3604.055</x:v>
+        <x:v>3991.533</x:v>
       </x:c>
       <x:c r="E30" s="0">
-        <x:v>3960.5</x:v>
+        <x:v>4386.3</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="1">
-        <x:v>45964.8250925926</x:v>
+        <x:v>46020.8393171296</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C31" s="0">
-        <x:v>22.6</x:v>
+        <x:v>34.2</x:v>
       </x:c>
       <x:c r="D31" s="0">
-        <x:v>3652.74</x:v>
+        <x:v>3952.676</x:v>
       </x:c>
       <x:c r="E31" s="0">
-        <x:v>4014</x:v>
+        <x:v>4343.6</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="1">
-        <x:v>45961.7823032407</x:v>
+        <x:v>46014.8341898148</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C32" s="0">
-        <x:v>21.7</x:v>
+        <x:v>53.78</x:v>
       </x:c>
       <x:c r="D32" s="0">
-        <x:v>3636.815</x:v>
+        <x:v>4100.187</x:v>
       </x:c>
       <x:c r="E32" s="0">
-        <x:v>3996.5</x:v>
+        <x:v>4505.7</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="1">
-        <x:v>45960.7838310185</x:v>
+        <x:v>46013.830787037</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C33" s="0">
-        <x:v>22.82</x:v>
+        <x:v>49.78</x:v>
       </x:c>
       <x:c r="D33" s="0">
-        <x:v>3654.469</x:v>
+        <x:v>4067.154</x:v>
       </x:c>
       <x:c r="E33" s="0">
-        <x:v>4015.9</x:v>
+        <x:v>4469.4</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="1">
-        <x:v>45959.7819212963</x:v>
+        <x:v>46010.8267476852</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C34" s="0">
-        <x:v>22</x:v>
+        <x:v>42.01</x:v>
       </x:c>
       <x:c r="D34" s="0">
-        <x:v>3640.637</x:v>
+        <x:v>3992.443</x:v>
       </x:c>
       <x:c r="E34" s="0">
-        <x:v>4000.7</x:v>
+        <x:v>4387.3</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="1">
-        <x:v>45958.7844444444</x:v>
+        <x:v>46009.8283333333</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C35" s="0">
-        <x:v>21.08</x:v>
+        <x:v>39.95</x:v>
       </x:c>
       <x:c r="D35" s="0">
-        <x:v>3624.621</x:v>
+        <x:v>3971.695</x:v>
       </x:c>
       <x:c r="E35" s="0">
-        <x:v>3983.1</x:v>
+        <x:v>4364.5</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="1">
-        <x:v>45957.7848263889</x:v>
+        <x:v>46008.8262962963</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C36" s="0">
-        <x:v>23.21</x:v>
+        <x:v>40.86</x:v>
       </x:c>
       <x:c r="D36" s="0">
-        <x:v>3657.927</x:v>
+        <x:v>3980.249</x:v>
       </x:c>
       <x:c r="E36" s="0">
-        <x:v>4019.7</x:v>
+        <x:v>4373.9</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="1">
-        <x:v>45954.8273726852</x:v>
+        <x:v>46007.8233564815</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C37" s="0">
-        <x:v>32.58</x:v>
+        <x:v>37.3</x:v>
       </x:c>
       <x:c r="D37" s="0">
-        <x:v>3765.398</x:v>
+        <x:v>3942.393</x:v>
       </x:c>
       <x:c r="E37" s="0">
-        <x:v>4137.8</x:v>
+        <x:v>4332.3</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="1">
-        <x:v>45953.826412037</x:v>
+        <x:v>46006.8309722222</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C38" s="0">
-        <x:v>33.23</x:v>
+        <x:v>37.58</x:v>
       </x:c>
       <x:c r="D38" s="0">
-        <x:v>3772.496</x:v>
+        <x:v>3945.032</x:v>
       </x:c>
       <x:c r="E38" s="0">
-        <x:v>4145.6</x:v>
+        <x:v>4335.2</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="1">
-        <x:v>45952.8312615741</x:v>
+        <x:v>46003.8253125</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C39" s="0">
-        <x:v>27.77</x:v>
+        <x:v>37.07</x:v>
       </x:c>
       <x:c r="D39" s="0">
-        <x:v>3699.514</x:v>
+        <x:v>3938.753</x:v>
       </x:c>
       <x:c r="E39" s="0">
-        <x:v>4065.4</x:v>
+        <x:v>4328.3</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="1">
-        <x:v>45951.8353240741</x:v>
+        <x:v>46002.8233564815</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C40" s="0">
-        <x:v>31.1</x:v>
+        <x:v>35.83</x:v>
       </x:c>
       <x:c r="D40" s="0">
-        <x:v>3739.281</x:v>
+        <x:v>3924.83</x:v>
       </x:c>
       <x:c r="E40" s="0">
-        <x:v>4109.1</x:v>
+        <x:v>4313</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="1">
-        <x:v>45950.8514814815</x:v>
+        <x:v>46001.824849537</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C41" s="0">
-        <x:v>73.16</x:v>
+        <x:v>29.65</x:v>
       </x:c>
       <x:c r="D41" s="0">
-        <x:v>3967.054</x:v>
+        <x:v>3844.477</x:v>
       </x:c>
       <x:c r="E41" s="0">
-        <x:v>4359.4</x:v>
+        <x:v>4224.7</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="1">
-        <x:v>45947.8255902778</x:v>
+        <x:v>46000.8228009259</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C42" s="0">
-        <x:v>54.41</x:v>
+        <x:v>30.5</x:v>
       </x:c>
       <x:c r="D42" s="0">
-        <x:v>3834.103</x:v>
+        <x:v>3854.942</x:v>
       </x:c>
       <x:c r="E42" s="0">
-        <x:v>4213.3</x:v>
+        <x:v>4236.2</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="1">
-        <x:v>45946.8237962963</x:v>
+        <x:v>45999.8272106481</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C43" s="0">
-        <x:v>69.12</x:v>
+        <x:v>29.24</x:v>
       </x:c>
       <x:c r="D43" s="0">
-        <x:v>3917.186</x:v>
+        <x:v>3838.107</x:v>
       </x:c>
       <x:c r="E43" s="0">
-        <x:v>4304.6</x:v>
+        <x:v>4217.7</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="1">
-        <x:v>45945.8233796296</x:v>
+        <x:v>45996.8263078704</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C44" s="0">
-        <x:v>55.54</x:v>
+        <x:v>31.17</x:v>
       </x:c>
       <x:c r="D44" s="0">
-        <x:v>3823.456</x:v>
+        <x:v>3861.13</x:v>
       </x:c>
       <x:c r="E44" s="0">
-        <x:v>4201.6</x:v>
+        <x:v>4243</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="1">
-        <x:v>45944.828287037</x:v>
+        <x:v>45995.8232291667</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C45" s="0">
-        <x:v>50.91</x:v>
+        <x:v>31.19</x:v>
       </x:c>
       <x:c r="D45" s="0">
-        <x:v>3788.694</x:v>
+        <x:v>3861.13</x:v>
       </x:c>
       <x:c r="E45" s="0">
-        <x:v>4163.4</x:v>
+        <x:v>4243</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="1">
-        <x:v>45943.8403356482</x:v>
+        <x:v>45994.8237037037</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C46" s="0">
-        <x:v>47.45</x:v>
+        <x:v>30.46</x:v>
       </x:c>
       <x:c r="D46" s="0">
-        <x:v>3761.03</x:v>
+        <x:v>3851.575</x:v>
       </x:c>
       <x:c r="E46" s="0">
-        <x:v>4133</x:v>
+        <x:v>4232.5</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="1">
-        <x:v>45940.8233449074</x:v>
+        <x:v>45993.8229398148</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C47" s="0">
-        <x:v>35.7</x:v>
+        <x:v>29.65</x:v>
       </x:c>
       <x:c r="D47" s="0">
-        <x:v>3640.364</x:v>
+        <x:v>3840.928</x:v>
       </x:c>
       <x:c r="E47" s="0">
-        <x:v>4000.4</x:v>
+        <x:v>4220.8</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5">
       <x:c r="A48" s="1">
-        <x:v>45939.8284953704</x:v>
+        <x:v>45992.8242939815</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C48" s="0">
-        <x:v>33.38</x:v>
+        <x:v>33.97</x:v>
       </x:c>
       <x:c r="D48" s="0">
-        <x:v>3615.066</x:v>
+        <x:v>3890.068</x:v>
       </x:c>
       <x:c r="E48" s="0">
-        <x:v>3972.6</x:v>
+        <x:v>4274.8</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
       <x:c r="A49" s="1">
-        <x:v>45938.8250115741</x:v>
+        <x:v>45989.8354861111</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C49" s="0">
-        <x:v>44</x:v>
+        <x:v>32.52</x:v>
       </x:c>
       <x:c r="D49" s="0">
-        <x:v>3704.155</x:v>
+        <x:v>3871.959</x:v>
       </x:c>
       <x:c r="E49" s="0">
-        <x:v>4070.5</x:v>
+        <x:v>4254.9</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5">
       <x:c r="A50" s="1">
-        <x:v>45937.8252430556</x:v>
+        <x:v>45987.8265162037</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C50" s="0">
-        <x:v>37.79</x:v>
+        <x:v>28.94</x:v>
       </x:c>
       <x:c r="D50" s="0">
-        <x:v>3644.004</x:v>
+        <x:v>3824.093</x:v>
       </x:c>
       <x:c r="E50" s="0">
-        <x:v>4004.4</x:v>
+        <x:v>4202.3</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5">
       <x:c r="A51" s="1">
-        <x:v>45936.8237268518</x:v>
+        <x:v>45986.8420486111</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C51" s="0">
-        <x:v>35.32</x:v>
+        <x:v>27.32</x:v>
       </x:c>
       <x:c r="D51" s="0">
-        <x:v>3618.433</x:v>
+        <x:v>3801.343</x:v>
       </x:c>
       <x:c r="E51" s="0">
-        <x:v>3976.3</x:v>
+        <x:v>4177.3</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5">
       <x:c r="A52" s="1">
-        <x:v>45933.8235648148</x:v>
+        <x:v>45985.8473032407</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C52" s="0">
-        <x:v>30.18</x:v>
+        <x:v>24.57</x:v>
       </x:c>
       <x:c r="D52" s="0">
-        <x:v>3557.099</x:v>
+        <x:v>3759.028</x:v>
       </x:c>
       <x:c r="E52" s="0">
-        <x:v>3908.9</x:v>
+        <x:v>4130.8</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5">
       <x:c r="A53" s="1">
-        <x:v>45932.824537037</x:v>
+        <x:v>45982.8240972222</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C53" s="0">
-        <x:v>27.32</x:v>
+        <x:v>23.77</x:v>
       </x:c>
       <x:c r="D53" s="0">
-        <x:v>3519.971</x:v>
+        <x:v>3745.56</x:v>
       </x:c>
       <x:c r="E53" s="0">
-        <x:v>3868.1</x:v>
+        <x:v>4116</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5">
       <x:c r="A54" s="1">
-        <x:v>45931.8251041667</x:v>
+        <x:v>45981.858912037</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C54" s="0">
-        <x:v>29.57</x:v>
+        <x:v>22.66</x:v>
       </x:c>
       <x:c r="D54" s="0">
-        <x:v>3546.725</x:v>
+        <x:v>3727.087</x:v>
       </x:c>
       <x:c r="E54" s="0">
-        <x:v>3897.5</x:v>
+        <x:v>4060</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5">
       <x:c r="A55" s="1">
-        <x:v>45930.8239930556</x:v>
+        <x:v>45980.8244444444</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C55" s="0">
-        <x:v>27.84</x:v>
+        <x:v>24.02</x:v>
       </x:c>
       <x:c r="D55" s="0">
-        <x:v>3524.612</x:v>
+        <x:v>3715.348</x:v>
       </x:c>
       <x:c r="E55" s="0">
-        <x:v>3873.2</x:v>
+        <x:v>4082.8</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5">
       <x:c r="A56" s="1">
-        <x:v>45929.8229398148</x:v>
+        <x:v>45979.8891898148</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C56" s="0">
-        <x:v>26.62</x:v>
+        <x:v>23.11</x:v>
       </x:c>
       <x:c r="D56" s="0">
-        <x:v>3508.232</x:v>
+        <x:v>3700.515</x:v>
       </x:c>
       <x:c r="E56" s="0">
-        <x:v>3855.2</x:v>
+        <x:v>4066.5</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:5">
       <x:c r="A57" s="1">
-        <x:v>45926.8238773148</x:v>
+        <x:v>45978.8251967593</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C57" s="0">
-        <x:v>23.78</x:v>
+        <x:v>23.59</x:v>
       </x:c>
       <x:c r="D57" s="0">
-        <x:v>3466.19</x:v>
+        <x:v>3707.795</x:v>
       </x:c>
       <x:c r="E57" s="0">
-        <x:v>3809</x:v>
+        <x:v>4074.5</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:5">
       <x:c r="A58" s="1">
-        <x:v>45925.8238657407</x:v>
+        <x:v>45975.8263078704</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C58" s="0">
-        <x:v>21.63</x:v>
+        <x:v>24.84</x:v>
       </x:c>
       <x:c r="D58" s="0">
-        <x:v>3431.701</x:v>
+        <x:v>3725.722</x:v>
       </x:c>
       <x:c r="E58" s="0">
-        <x:v>3771.1</x:v>
+        <x:v>4094.2</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:5">
       <x:c r="A59" s="1">
-        <x:v>45924.8325347222</x:v>
+        <x:v>45974.8559606482</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C59" s="0">
-        <x:v>21.47</x:v>
+        <x:v>32.68</x:v>
       </x:c>
       <x:c r="D59" s="0">
-        <x:v>3428.971</x:v>
+        <x:v>3816.995</x:v>
       </x:c>
       <x:c r="E59" s="0">
-        <x:v>3768.1</x:v>
+        <x:v>4194.5</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:5">
       <x:c r="A60" s="1">
-        <x:v>45923.8421412037</x:v>
+        <x:v>45973.8250115741</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C60" s="0">
-        <x:v>24.55</x:v>
+        <x:v>34.26</x:v>
       </x:c>
       <x:c r="D60" s="0">
-        <x:v>3472.287</x:v>
+        <x:v>3834.376</x:v>
       </x:c>
       <x:c r="E60" s="0">
-        <x:v>3815.7</x:v>
+        <x:v>4213.6</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:5">
       <x:c r="A61" s="1">
-        <x:v>45922.8390625</x:v>
+        <x:v>45972.8325231482</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C61" s="0">
-        <x:v>22.18</x:v>
+        <x:v>27.73</x:v>
       </x:c>
       <x:c r="D61" s="0">
-        <x:v>3435.341</x:v>
+        <x:v>3745.833</x:v>
       </x:c>
       <x:c r="E61" s="0">
-        <x:v>3775.1</x:v>
+        <x:v>4116.3</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:5">
       <x:c r="A62" s="1">
-        <x:v>45919.8403472222</x:v>
+        <x:v>45971.8316087963</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C62" s="0">
-        <x:v>18.72</x:v>
+        <x:v>28.14</x:v>
       </x:c>
       <x:c r="D62" s="0">
-        <x:v>3372.278</x:v>
+        <x:v>3751.02</x:v>
       </x:c>
       <x:c r="E62" s="0">
-        <x:v>3705.8</x:v>
+        <x:v>4122</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:5">
       <x:c r="A63" s="1">
-        <x:v>45918.8308796296</x:v>
+        <x:v>45968.8265277778</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C63" s="0">
-        <x:v>17.43</x:v>
+        <x:v>22.02</x:v>
       </x:c>
       <x:c r="D63" s="0">
-        <x:v>3347.253</x:v>
+        <x:v>3648.918</x:v>
       </x:c>
       <x:c r="E63" s="0">
-        <x:v>3678.3</x:v>
+        <x:v>4009.8</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:5">
       <x:c r="A64" s="1">
-        <x:v>45917.8346990741</x:v>
+        <x:v>45967.8567361111</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C64" s="0">
-        <x:v>19.52</x:v>
+        <x:v>21.05</x:v>
       </x:c>
       <x:c r="D64" s="0">
-        <x:v>3383.198</x:v>
+        <x:v>3631.81</x:v>
       </x:c>
       <x:c r="E64" s="0">
-        <x:v>3717.8</x:v>
+        <x:v>3991</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:5">
       <x:c r="A65" s="1">
-        <x:v>45916.82375</x:v>
+        <x:v>45966.8257638889</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C65" s="0">
-        <x:v>19.92</x:v>
+        <x:v>21.16</x:v>
       </x:c>
       <x:c r="D65" s="0">
-        <x:v>3389.841</x:v>
+        <x:v>3633.539</x:v>
       </x:c>
       <x:c r="E65" s="0">
-        <x:v>3725.1</x:v>
+        <x:v>3992.9</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:5">
       <x:c r="A66" s="1">
-        <x:v>45915.8287152778</x:v>
+        <x:v>45965.8372800926</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C66" s="0">
-        <x:v>19.61</x:v>
+        <x:v>19.57</x:v>
       </x:c>
       <x:c r="D66" s="0">
-        <x:v>3384.29</x:v>
+        <x:v>3604.055</x:v>
       </x:c>
       <x:c r="E66" s="0">
-        <x:v>3719</x:v>
+        <x:v>3960.5</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:5">
       <x:c r="A67" s="1">
-        <x:v>45912.8242824074</x:v>
+        <x:v>45964.8250925926</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C67" s="0">
-        <x:v>18.06</x:v>
+        <x:v>22.6</x:v>
       </x:c>
       <x:c r="D67" s="0">
-        <x:v>3354.624</x:v>
+        <x:v>3652.74</x:v>
       </x:c>
       <x:c r="E67" s="0">
-        <x:v>3686.4</x:v>
+        <x:v>4014</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:5">
       <x:c r="A68" s="1">
-        <x:v>45911.8249074074</x:v>
+        <x:v>45961.7823032407</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C68" s="0">
-        <x:v>17.46</x:v>
+        <x:v>21.7</x:v>
       </x:c>
       <x:c r="D68" s="0">
-        <x:v>3342.976</x:v>
+        <x:v>3636.815</x:v>
       </x:c>
       <x:c r="E68" s="0">
-        <x:v>3673.6</x:v>
+        <x:v>3996.5</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:5">
       <x:c r="A69" s="1">
-        <x:v>45910.8234259259</x:v>
+        <x:v>45960.7838310185</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C69" s="0">
-        <x:v>17.88</x:v>
+        <x:v>22.82</x:v>
       </x:c>
       <x:c r="D69" s="0">
-        <x:v>3350.62</x:v>
+        <x:v>3654.469</x:v>
       </x:c>
       <x:c r="E69" s="0">
-        <x:v>3682</x:v>
+        <x:v>4015.9</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:5">
       <x:c r="A70" s="1">
-        <x:v>45909.8234953704</x:v>
+        <x:v>45959.7819212963</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C70" s="0">
-        <x:v>17.9</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="D70" s="0">
-        <x:v>3350.802</x:v>
+        <x:v>3640.637</x:v>
       </x:c>
       <x:c r="E70" s="0">
-        <x:v>3682.2</x:v>
+        <x:v>4000.7</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:5">
       <x:c r="A71" s="1">
-        <x:v>45908.8227777778</x:v>
+        <x:v>45958.7844444444</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C71" s="0">
-        <x:v>17.68</x:v>
+        <x:v>21.08</x:v>
       </x:c>
       <x:c r="D71" s="0">
-        <x:v>3346.434</x:v>
+        <x:v>3624.621</x:v>
       </x:c>
       <x:c r="E71" s="0">
-        <x:v>3677.4</x:v>
+        <x:v>3983.1</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:5">
       <x:c r="A72" s="1">
-        <x:v>45905.8690856481</x:v>
+        <x:v>45957.7848263889</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C72" s="0">
-        <x:v>16.62</x:v>
+        <x:v>23.21</x:v>
       </x:c>
       <x:c r="D72" s="0">
-        <x:v>3324.503</x:v>
+        <x:v>3657.927</x:v>
       </x:c>
       <x:c r="E72" s="0">
-        <x:v>3653.3</x:v>
+        <x:v>4019.7</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:5">
       <x:c r="A73" s="1">
-        <x:v>45904.8310300926</x:v>
+        <x:v>45954.8273726852</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C73" s="0">
-        <x:v>14.73</x:v>
+        <x:v>32.58</x:v>
       </x:c>
       <x:c r="D73" s="0">
-        <x:v>3282.097</x:v>
+        <x:v>3765.398</x:v>
       </x:c>
       <x:c r="E73" s="0">
-        <x:v>3606.7</x:v>
+        <x:v>4137.8</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:5">
       <x:c r="A74" s="1">
-        <x:v>45903.8280208333</x:v>
+        <x:v>45953.826412037</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C74" s="0">
-        <x:v>16.01</x:v>
+        <x:v>33.23</x:v>
       </x:c>
       <x:c r="D74" s="0">
-        <x:v>3308.305</x:v>
+        <x:v>3772.496</x:v>
       </x:c>
       <x:c r="E74" s="0">
-        <x:v>3635.5</x:v>
+        <x:v>4145.6</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:5">
       <x:c r="A75" s="1">
-        <x:v>45902.8240393518</x:v>
+        <x:v>45952.8312615741</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C75" s="0">
-        <x:v>14.3</x:v>
+        <x:v>27.77</x:v>
       </x:c>
       <x:c r="D75" s="0">
-        <x:v>3268.902</x:v>
+        <x:v>3699.514</x:v>
       </x:c>
       <x:c r="E75" s="0">
-        <x:v>3592.2</x:v>
+        <x:v>4065.4</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:5">
       <x:c r="A76" s="1">
-        <x:v>45898.8248148148</x:v>
+        <x:v>45951.8353240741</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C76" s="0">
-        <x:v>11.78</x:v>
+        <x:v>31.1</x:v>
       </x:c>
       <x:c r="D76" s="0">
-        <x:v>3199.651</x:v>
+        <x:v>3739.281</x:v>
       </x:c>
       <x:c r="E76" s="0">
-        <x:v>3516.1</x:v>
+        <x:v>4109.1</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:5">
       <x:c r="A77" s="1">
-        <x:v>45897.8404050926</x:v>
+        <x:v>45950.8514814815</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C77" s="0">
-        <x:v>10.52</x:v>
+        <x:v>73.16</x:v>
       </x:c>
       <x:c r="D77" s="0">
-        <x:v>3161.613</x:v>
+        <x:v>3967.054</x:v>
       </x:c>
       <x:c r="E77" s="0">
-        <x:v>3474.3</x:v>
+        <x:v>4359.4</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:5">
       <x:c r="A78" s="1">
-        <x:v>45896.8352199074</x:v>
+        <x:v>45947.8255902778</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C78" s="0">
-        <x:v>9.8</x:v>
+        <x:v>54.41</x:v>
       </x:c>
       <x:c r="D78" s="0">
-        <x:v>3138.226</x:v>
+        <x:v>3834.103</x:v>
       </x:c>
       <x:c r="E78" s="0">
-        <x:v>3448.6</x:v>
+        <x:v>4213.3</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:5">
       <x:c r="A79" s="1">
-        <x:v>45895.8272685185</x:v>
+        <x:v>45946.8237962963</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C79" s="0">
-        <x:v>9.38</x:v>
+        <x:v>69.12</x:v>
       </x:c>
       <x:c r="D79" s="0">
-        <x:v>3124.03</x:v>
+        <x:v>3917.186</x:v>
       </x:c>
       <x:c r="E79" s="0">
-        <x:v>3433</x:v>
+        <x:v>4304.6</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:5">
       <x:c r="A80" s="1">
-        <x:v>45894.8408449074</x:v>
+        <x:v>45945.8233796296</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C80" s="0">
-        <x:v>8.98</x:v>
+        <x:v>55.54</x:v>
       </x:c>
       <x:c r="D80" s="0">
-        <x:v>3109.925</x:v>
+        <x:v>3823.456</x:v>
       </x:c>
       <x:c r="E80" s="0">
-        <x:v>3417.5</x:v>
+        <x:v>4201.6</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:5">
       <x:c r="A81" s="1">
-        <x:v>45891.8256018519</x:v>
+        <x:v>45944.828287037</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C81" s="0">
-        <x:v>9.02</x:v>
+        <x:v>50.91</x:v>
       </x:c>
       <x:c r="D81" s="0">
-        <x:v>3110.835</x:v>
+        <x:v>3788.694</x:v>
       </x:c>
       <x:c r="E81" s="0">
-        <x:v>3418.5</x:v>
+        <x:v>4163.4</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:5">
       <x:c r="A82" s="1">
-        <x:v>45890.8256481482</x:v>
+        <x:v>45943.8403356482</x:v>
       </x:c>
       <x:c r="B82" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C82" s="0">
-        <x:v>8.14</x:v>
+        <x:v>47.45</x:v>
       </x:c>
       <x:c r="D82" s="0">
-        <x:v>3077.256</x:v>
+        <x:v>3761.03</x:v>
       </x:c>
       <x:c r="E82" s="0">
-        <x:v>3381.6</x:v>
+        <x:v>4133</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:5">
       <x:c r="A83" s="1">
-        <x:v>45889.8244791667</x:v>
+        <x:v>45940.8233449074</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C83" s="0">
-        <x:v>8.32</x:v>
+        <x:v>35.7</x:v>
       </x:c>
       <x:c r="D83" s="0">
-        <x:v>3083.535</x:v>
+        <x:v>3640.364</x:v>
       </x:c>
       <x:c r="E83" s="0">
-        <x:v>3388.5</x:v>
+        <x:v>4000.4</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:5">
       <x:c r="A84" s="1">
-        <x:v>45888.8241898148</x:v>
+        <x:v>45939.8284953704</x:v>
       </x:c>
       <x:c r="B84" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C84" s="0">
-        <x:v>7.64</x:v>
+        <x:v>33.38</x:v>
       </x:c>
       <x:c r="D84" s="0">
-        <x:v>3056.417</x:v>
+        <x:v>3615.066</x:v>
       </x:c>
       <x:c r="E84" s="0">
-        <x:v>3358.7</x:v>
+        <x:v>3972.6</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:5">
       <x:c r="A85" s="1">
-        <x:v>45887.8261342593</x:v>
+        <x:v>45938.8250115741</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C85" s="0">
-        <x:v>8.11</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="D85" s="0">
-        <x:v>3073.98</x:v>
+        <x:v>3704.155</x:v>
       </x:c>
       <x:c r="E85" s="0">
-        <x:v>3378</x:v>
+        <x:v>4070.5</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:5">
       <x:c r="A86" s="1">
-        <x:v>45884.8236458333</x:v>
+        <x:v>45937.8252430556</x:v>
       </x:c>
       <x:c r="B86" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C86" s="0">
-        <x:v>8.24</x:v>
+        <x:v>37.79</x:v>
       </x:c>
       <x:c r="D86" s="0">
-        <x:v>3078.166</x:v>
+        <x:v>3644.004</x:v>
       </x:c>
       <x:c r="E86" s="0">
-        <x:v>3382.6</x:v>
+        <x:v>4004.4</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:5">
       <x:c r="A87" s="1">
-        <x:v>45883.8469907407</x:v>
+        <x:v>45936.8237268518</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C87" s="0">
-        <x:v>8.26</x:v>
+        <x:v>35.32</x:v>
       </x:c>
       <x:c r="D87" s="0">
-        <x:v>3078.712</x:v>
+        <x:v>3618.433</x:v>
       </x:c>
       <x:c r="E87" s="0">
-        <x:v>3383.2</x:v>
+        <x:v>3976.3</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:5">
       <x:c r="A88" s="1">
-        <x:v>45882.843125</x:v>
+        <x:v>45933.8235648148</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C88" s="0">
-        <x:v>8.93</x:v>
+        <x:v>30.18</x:v>
       </x:c>
       <x:c r="D88" s="0">
-        <x:v>3101.553</x:v>
+        <x:v>3557.099</x:v>
       </x:c>
       <x:c r="E88" s="0">
-        <x:v>3408.3</x:v>
+        <x:v>3908.9</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:5">
       <x:c r="A89" s="1">
-        <x:v>45881.822662037</x:v>
+        <x:v>45932.824537037</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C89" s="0">
-        <x:v>8.7</x:v>
+        <x:v>27.32</x:v>
       </x:c>
       <x:c r="D89" s="0">
-        <x:v>3093.09</x:v>
+        <x:v>3519.971</x:v>
       </x:c>
       <x:c r="E89" s="0">
-        <x:v>3399</x:v>
+        <x:v>3868.1</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:5">
       <x:c r="A90" s="1">
-        <x:v>45880.8266898148</x:v>
+        <x:v>45931.8251041667</x:v>
       </x:c>
       <x:c r="B90" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C90" s="0">
-        <x:v>8.85</x:v>
+        <x:v>29.57</x:v>
       </x:c>
       <x:c r="D90" s="0">
-        <x:v>3098.277</x:v>
+        <x:v>3546.725</x:v>
       </x:c>
       <x:c r="E90" s="0">
-        <x:v>3404.7</x:v>
+        <x:v>3897.5</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:5">
       <x:c r="A91" s="1">
-        <x:v>45877.8247916667</x:v>
+        <x:v>45930.8239930556</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C91" s="0">
-        <x:v>11.8</x:v>
+        <x:v>27.84</x:v>
       </x:c>
       <x:c r="D91" s="0">
-        <x:v>3177.083</x:v>
+        <x:v>3524.612</x:v>
       </x:c>
       <x:c r="E91" s="0">
-        <x:v>3491.3</x:v>
+        <x:v>3873.2</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:5">
       <x:c r="A92" s="1">
-        <x:v>45876.8256018519</x:v>
+        <x:v>45929.8229398148</x:v>
       </x:c>
       <x:c r="B92" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C92" s="0">
-        <x:v>10.65</x:v>
+        <x:v>26.62</x:v>
       </x:c>
       <x:c r="D92" s="0">
-        <x:v>3142.867</x:v>
+        <x:v>3508.232</x:v>
       </x:c>
       <x:c r="E92" s="0">
-        <x:v>3453.7</x:v>
+        <x:v>3855.2</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:5">
       <x:c r="A93" s="1">
-        <x:v>45875.8240277778</x:v>
+        <x:v>45926.8238773148</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C93" s="0">
-        <x:v>10.06</x:v>
+        <x:v>23.78</x:v>
       </x:c>
       <x:c r="D93" s="0">
-        <x:v>3124.394</x:v>
+        <x:v>3466.19</x:v>
       </x:c>
       <x:c r="E93" s="0">
-        <x:v>3433.4</x:v>
+        <x:v>3809</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:5">
       <x:c r="A94" s="1">
-        <x:v>45874.8240277778</x:v>
+        <x:v>45925.8238657407</x:v>
       </x:c>
       <x:c r="B94" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C94" s="0">
-        <x:v>10.11</x:v>
+        <x:v>21.63</x:v>
       </x:c>
       <x:c r="D94" s="0">
-        <x:v>3125.577</x:v>
+        <x:v>3431.701</x:v>
       </x:c>
       <x:c r="E94" s="0">
-        <x:v>3434.7</x:v>
+        <x:v>3771.1</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:5">
       <x:c r="A95" s="1">
-        <x:v>45873.826400463</x:v>
+        <x:v>45924.8325347222</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C95" s="0">
-        <x:v>9.88</x:v>
+        <x:v>21.47</x:v>
       </x:c>
       <x:c r="D95" s="0">
-        <x:v>3118.024</x:v>
+        <x:v>3428.971</x:v>
       </x:c>
       <x:c r="E95" s="0">
-        <x:v>3426.4</x:v>
+        <x:v>3768.1</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:5">
       <x:c r="A96" s="1">
-        <x:v>45870.8315162037</x:v>
+        <x:v>45923.8421412037</x:v>
       </x:c>
       <x:c r="B96" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C96" s="0">
-        <x:v>9.18</x:v>
+        <x:v>24.55</x:v>
       </x:c>
       <x:c r="D96" s="0">
-        <x:v>3093.818</x:v>
+        <x:v>3472.287</x:v>
       </x:c>
       <x:c r="E96" s="0">
-        <x:v>3399.8</x:v>
+        <x:v>3815.7</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:5">
       <x:c r="A97" s="1">
-        <x:v>45869.8289814815</x:v>
+        <x:v>45922.8390625</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C97" s="0">
-        <x:v>7.97</x:v>
+        <x:v>22.18</x:v>
       </x:c>
       <x:c r="D97" s="0">
-        <x:v>3047.226</x:v>
+        <x:v>3435.341</x:v>
       </x:c>
       <x:c r="E97" s="0">
-        <x:v>3348.6</x:v>
+        <x:v>3775.1</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:5">
       <x:c r="A98" s="1">
-        <x:v>45868.8234722222</x:v>
+        <x:v>45919.8403472222</x:v>
       </x:c>
       <x:c r="B98" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C98" s="0">
-        <x:v>8.07</x:v>
+        <x:v>18.72</x:v>
       </x:c>
       <x:c r="D98" s="0">
-        <x:v>3051.048</x:v>
+        <x:v>3372.278</x:v>
       </x:c>
       <x:c r="E98" s="0">
-        <x:v>3352.8</x:v>
+        <x:v>3705.8</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:5">
       <x:c r="A99" s="1">
-        <x:v>45867.8250694444</x:v>
+        <x:v>45918.8308796296</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C99" s="0">
-        <x:v>8.82</x:v>
+        <x:v>17.43</x:v>
       </x:c>
       <x:c r="D99" s="0">
-        <x:v>3076.892</x:v>
+        <x:v>3347.253</x:v>
       </x:c>
       <x:c r="E99" s="0">
-        <x:v>3381.2</x:v>
+        <x:v>3678.3</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:5">
       <x:c r="A100" s="1">
-        <x:v>45866.8322916667</x:v>
+        <x:v>45917.8346990741</x:v>
       </x:c>
       <x:c r="B100" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C100" s="0">
-        <x:v>8.5</x:v>
+        <x:v>19.52</x:v>
       </x:c>
       <x:c r="D100" s="0">
-        <x:v>3064.88</x:v>
+        <x:v>3383.198</x:v>
       </x:c>
       <x:c r="E100" s="0">
-        <x:v>3368</x:v>
+        <x:v>3717.8</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:5">
       <x:c r="A101" s="1">
-        <x:v>45863.8404050926</x:v>
+        <x:v>45916.82375</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C101" s="0">
-        <x:v>9.18</x:v>
+        <x:v>19.92</x:v>
       </x:c>
       <x:c r="D101" s="0">
-        <x:v>3087.175</x:v>
+        <x:v>3389.841</x:v>
       </x:c>
       <x:c r="E101" s="0">
-        <x:v>3392.5</x:v>
+        <x:v>3725.1</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:5">
       <x:c r="A102" s="1">
-        <x:v>45862.8566319444</x:v>
+        <x:v>45915.8287152778</x:v>
       </x:c>
       <x:c r="B102" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C102" s="0">
-        <x:v>10.35</x:v>
+        <x:v>19.61</x:v>
       </x:c>
       <x:c r="D102" s="0">
-        <x:v>3122.301</x:v>
+        <x:v>3384.29</x:v>
       </x:c>
       <x:c r="E102" s="0">
-        <x:v>3373.5</x:v>
+        <x:v>3719</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:5">
       <x:c r="A103" s="1">
-        <x:v>45861.8323611111</x:v>
+        <x:v>45912.8242824074</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C103" s="0">
-        <x:v>11.15</x:v>
+        <x:v>18.06</x:v>
       </x:c>
       <x:c r="D103" s="0">
-        <x:v>3091.816</x:v>
+        <x:v>3354.624</x:v>
       </x:c>
       <x:c r="E103" s="0">
-        <x:v>3397.6</x:v>
+        <x:v>3686.4</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:5">
       <x:c r="A104" s="1">
-        <x:v>45860.8328125</x:v>
+        <x:v>45911.8249074074</x:v>
       </x:c>
       <x:c r="B104" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C104" s="0">
-        <x:v>12.88</x:v>
+        <x:v>17.46</x:v>
       </x:c>
       <x:c r="D104" s="0">
-        <x:v>3133.767</x:v>
+        <x:v>3342.976</x:v>
       </x:c>
       <x:c r="E104" s="0">
-        <x:v>3443.7</x:v>
+        <x:v>3673.6</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:5">
       <x:c r="A105" s="1">
-        <x:v>45859.8410185185</x:v>
+        <x:v>45910.8234259259</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C105" s="0">
-        <x:v>11.62</x:v>
+        <x:v>17.88</x:v>
       </x:c>
       <x:c r="D105" s="0">
-        <x:v>3099.824</x:v>
+        <x:v>3350.62</x:v>
       </x:c>
       <x:c r="E105" s="0">
-        <x:v>3406.4</x:v>
+        <x:v>3682</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:5">
       <x:c r="A106" s="1">
-        <x:v>45856.8230671296</x:v>
+        <x:v>45909.8234953704</x:v>
       </x:c>
       <x:c r="B106" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C106" s="0">
-        <x:v>10.18</x:v>
+        <x:v>17.9</x:v>
       </x:c>
       <x:c r="D106" s="0">
-        <x:v>3056.053</x:v>
+        <x:v>3350.802</x:v>
       </x:c>
       <x:c r="E106" s="0">
-        <x:v>3358.3</x:v>
+        <x:v>3682.2</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:5">
       <x:c r="A107" s="1">
-        <x:v>45855.8238541667</x:v>
+        <x:v>45908.8227777778</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C107" s="0">
-        <x:v>9.81</x:v>
+        <x:v>17.68</x:v>
       </x:c>
       <x:c r="D107" s="0">
-        <x:v>3044.223</x:v>
+        <x:v>3346.434</x:v>
       </x:c>
       <x:c r="E107" s="0">
-        <x:v>3345.3</x:v>
+        <x:v>3677.4</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:5">
       <x:c r="A108" s="1">
-        <x:v>45854.8590046296</x:v>
+        <x:v>45905.8690856481</x:v>
       </x:c>
       <x:c r="B108" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C108" s="0">
-        <x:v>10.24</x:v>
+        <x:v>16.62</x:v>
       </x:c>
       <x:c r="D108" s="0">
-        <x:v>3056.781</x:v>
+        <x:v>3324.503</x:v>
       </x:c>
       <x:c r="E108" s="0">
-        <x:v>3359.1</x:v>
+        <x:v>3653.3</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:5">
       <x:c r="A109" s="1">
-        <x:v>45853.8525810185</x:v>
+        <x:v>45904.8310300926</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C109" s="0">
-        <x:v>9.6</x:v>
+        <x:v>14.73</x:v>
       </x:c>
       <x:c r="D109" s="0">
-        <x:v>3036.397</x:v>
+        <x:v>3282.097</x:v>
       </x:c>
       <x:c r="E109" s="0">
-        <x:v>3336.7</x:v>
+        <x:v>3606.7</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:5">
       <x:c r="A110" s="1">
-        <x:v>45852.8231018518</x:v>
+        <x:v>45903.8280208333</x:v>
       </x:c>
       <x:c r="B110" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C110" s="0">
-        <x:v>10.29</x:v>
+        <x:v>16.01</x:v>
       </x:c>
       <x:c r="D110" s="0">
-        <x:v>3056.781</x:v>
+        <x:v>3308.305</x:v>
       </x:c>
       <x:c r="E110" s="0">
-        <x:v>3359.1</x:v>
+        <x:v>3635.5</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:5">
       <x:c r="A111" s="1">
-        <x:v>45849.8239930556</x:v>
+        <x:v>45902.8240393518</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C111" s="0">
-        <x:v>10.47</x:v>
+        <x:v>14.3</x:v>
       </x:c>
       <x:c r="D111" s="0">
-        <x:v>3061.24</x:v>
+        <x:v>3268.902</x:v>
       </x:c>
       <x:c r="E111" s="0">
-        <x:v>3364</x:v>
+        <x:v>3592.2</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:5">
       <x:c r="A112" s="1">
-        <x:v>45848.8285532407</x:v>
+        <x:v>45898.8248148148</x:v>
       </x:c>
       <x:c r="B112" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C112" s="0">
-        <x:v>9.39</x:v>
+        <x:v>11.78</x:v>
       </x:c>
       <x:c r="D112" s="0">
-        <x:v>3026.387</x:v>
+        <x:v>3199.651</x:v>
       </x:c>
       <x:c r="E112" s="0">
-        <x:v>3325.7</x:v>
+        <x:v>3516.1</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:5">
       <x:c r="A113" s="1">
-        <x:v>45847.8235763889</x:v>
+        <x:v>45897.8404050926</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C113" s="0">
-        <x:v>9.27</x:v>
+        <x:v>10.52</x:v>
       </x:c>
       <x:c r="D113" s="0">
-        <x:v>3022.11</x:v>
+        <x:v>3161.613</x:v>
       </x:c>
       <x:c r="E113" s="0">
-        <x:v>3321</x:v>
+        <x:v>3474.3</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:5">
       <x:c r="A114" s="1">
-        <x:v>45846.8267939815</x:v>
+        <x:v>45896.8352199074</x:v>
       </x:c>
       <x:c r="B114" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C114" s="0">
-        <x:v>9.16</x:v>
+        <x:v>9.8</x:v>
       </x:c>
       <x:c r="D114" s="0">
-        <x:v>3018.379</x:v>
+        <x:v>3138.226</x:v>
       </x:c>
       <x:c r="E114" s="0">
-        <x:v>3316.9</x:v>
+        <x:v>3448.6</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:5">
       <x:c r="A115" s="1">
-        <x:v>45845.8307523148</x:v>
+        <x:v>45895.8272685185</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C115" s="0">
-        <x:v>9.94</x:v>
+        <x:v>9.38</x:v>
       </x:c>
       <x:c r="D115" s="0">
-        <x:v>3041.948</x:v>
+        <x:v>3124.03</x:v>
       </x:c>
       <x:c r="E115" s="0">
-        <x:v>3342.8</x:v>
+        <x:v>3433</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:5">
       <x:c r="A116" s="1">
-        <x:v>45841.8258333333</x:v>
+        <x:v>45894.8408449074</x:v>
       </x:c>
       <x:c r="B116" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C116" s="0">
-        <x:v>9.97</x:v>
+        <x:v>8.98</x:v>
       </x:c>
       <x:c r="D116" s="0">
-        <x:v>3042.039</x:v>
+        <x:v>3109.925</x:v>
       </x:c>
       <x:c r="E116" s="0">
-        <x:v>3342.9</x:v>
+        <x:v>3417.5</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:5">
       <x:c r="A117" s="1">
-        <x:v>45840.8229050926</x:v>
+        <x:v>45891.8256018519</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C117" s="0">
-        <x:v>10.5</x:v>
+        <x:v>9.02</x:v>
       </x:c>
       <x:c r="D117" s="0">
-        <x:v>3057.327</x:v>
+        <x:v>3110.835</x:v>
       </x:c>
       <x:c r="E117" s="0">
-        <x:v>3359.7</x:v>
+        <x:v>3418.5</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:5">
       <x:c r="A118" s="1">
-        <x:v>45839.8275694444</x:v>
+        <x:v>45890.8256481482</x:v>
       </x:c>
       <x:c r="B118" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C118" s="0">
-        <x:v>10.21</x:v>
+        <x:v>8.14</x:v>
       </x:c>
       <x:c r="D118" s="0">
-        <x:v>3048.318</x:v>
+        <x:v>3077.256</x:v>
       </x:c>
       <x:c r="E118" s="0">
-        <x:v>3349.8</x:v>
+        <x:v>3381.6</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:5">
       <x:c r="A119" s="1">
-        <x:v>45838.8345601852</x:v>
+        <x:v>45889.8244791667</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C119" s="0">
-        <x:v>9.06</x:v>
+        <x:v>8.32</x:v>
       </x:c>
       <x:c r="D119" s="0">
-        <x:v>3010.007</x:v>
+        <x:v>3083.535</x:v>
       </x:c>
       <x:c r="E119" s="0">
-        <x:v>3307.7</x:v>
+        <x:v>3388.5</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:5">
       <x:c r="A120" s="1">
-        <x:v>45835.8364699074</x:v>
+        <x:v>45888.8241898148</x:v>
       </x:c>
       <x:c r="B120" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C120" s="0">
-        <x:v>8.56</x:v>
+        <x:v>7.64</x:v>
       </x:c>
       <x:c r="D120" s="0">
-        <x:v>2991.716</x:v>
+        <x:v>3056.417</x:v>
       </x:c>
       <x:c r="E120" s="0">
-        <x:v>3287.6</x:v>
+        <x:v>3358.7</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:5">
       <x:c r="A121" s="1">
-        <x:v>45834.841712963</x:v>
+        <x:v>45887.8261342593</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C121" s="0">
-        <x:v>10.45</x:v>
+        <x:v>8.11</x:v>
       </x:c>
       <x:c r="D121" s="0">
-        <x:v>3046.68</x:v>
+        <x:v>3073.98</x:v>
       </x:c>
       <x:c r="E121" s="0">
-        <x:v>3348</x:v>
+        <x:v>3378</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:5">
       <x:c r="A122" s="1">
-        <x:v>45833.8280902778</x:v>
+        <x:v>45884.8236458333</x:v>
       </x:c>
       <x:c r="B122" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C122" s="0">
-        <x:v>10.31</x:v>
+        <x:v>8.24</x:v>
       </x:c>
       <x:c r="D122" s="0">
-        <x:v>3042.221</x:v>
+        <x:v>3078.166</x:v>
       </x:c>
       <x:c r="E122" s="0">
-        <x:v>3343.1</x:v>
+        <x:v>3382.6</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:5">
       <x:c r="A123" s="1">
-        <x:v>45832.8236574074</x:v>
+        <x:v>45883.8469907407</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C123" s="0">
-        <x:v>10.04</x:v>
+        <x:v>8.26</x:v>
       </x:c>
       <x:c r="D123" s="0">
-        <x:v>3033.849</x:v>
+        <x:v>3078.712</x:v>
       </x:c>
       <x:c r="E123" s="0">
-        <x:v>3333.9</x:v>
+        <x:v>3383.2</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:5">
       <x:c r="A124" s="1">
-        <x:v>45831.824849537</x:v>
+        <x:v>45882.843125</x:v>
       </x:c>
       <x:c r="B124" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C124" s="0">
-        <x:v>12.25</x:v>
+        <x:v>8.93</x:v>
       </x:c>
       <x:c r="D124" s="0">
-        <x:v>3089.45</x:v>
+        <x:v>3101.553</x:v>
       </x:c>
       <x:c r="E124" s="0">
-        <x:v>3395</x:v>
+        <x:v>3408.3</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:5">
       <x:c r="A125" s="1">
-        <x:v>45828.8266898148</x:v>
+        <x:v>45881.822662037</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C125" s="0">
-        <x:v>11.95</x:v>
+        <x:v>8.7</x:v>
       </x:c>
       <x:c r="D125" s="0">
-        <x:v>3080.987</x:v>
+        <x:v>3093.09</x:v>
       </x:c>
       <x:c r="E125" s="0">
-        <x:v>3385.7</x:v>
+        <x:v>3399</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:5">
       <x:c r="A126" s="1">
-        <x:v>45826.8327199074</x:v>
+        <x:v>45880.8266898148</x:v>
       </x:c>
       <x:c r="B126" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C126" s="0">
-        <x:v>12.81</x:v>
+        <x:v>8.85</x:v>
       </x:c>
       <x:c r="D126" s="0">
-        <x:v>3101.371</x:v>
+        <x:v>3098.277</x:v>
       </x:c>
       <x:c r="E126" s="0">
-        <x:v>3408.1</x:v>
+        <x:v>3404.7</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:5">
       <x:c r="A127" s="1">
-        <x:v>45825.8232986111</x:v>
+        <x:v>45877.8247916667</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C127" s="0">
-        <x:v>12.77</x:v>
+        <x:v>11.8</x:v>
       </x:c>
       <x:c r="D127" s="0">
-        <x:v>3100.279</x:v>
+        <x:v>3177.083</x:v>
       </x:c>
       <x:c r="E127" s="0">
-        <x:v>3406.9</x:v>
+        <x:v>3491.3</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:5">
       <x:c r="A128" s="1">
-        <x:v>45824.8368171296</x:v>
+        <x:v>45876.8256018519</x:v>
       </x:c>
       <x:c r="B128" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C128" s="0">
-        <x:v>13.18</x:v>
+        <x:v>10.65</x:v>
       </x:c>
       <x:c r="D128" s="0">
-        <x:v>3109.743</x:v>
+        <x:v>3142.867</x:v>
       </x:c>
       <x:c r="E128" s="0">
-        <x:v>3417.3</x:v>
+        <x:v>3453.7</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:5">
       <x:c r="A129" s="1">
-        <x:v>45821.829849537</x:v>
+        <x:v>45875.8240277778</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C129" s="0">
-        <x:v>14.73</x:v>
+        <x:v>10.06</x:v>
       </x:c>
       <x:c r="D129" s="0">
-        <x:v>3142.048</x:v>
+        <x:v>3124.394</x:v>
       </x:c>
       <x:c r="E129" s="0">
-        <x:v>3452.8</x:v>
+        <x:v>3433.4</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:5">
       <x:c r="A130" s="1">
-        <x:v>45820.8297916667</x:v>
+        <x:v>45874.8240277778</x:v>
       </x:c>
       <x:c r="B130" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C130" s="0">
-        <x:v>12.83</x:v>
+        <x:v>10.11</x:v>
       </x:c>
       <x:c r="D130" s="0">
-        <x:v>3096.184</x:v>
+        <x:v>3125.577</x:v>
       </x:c>
       <x:c r="E130" s="0">
-        <x:v>3402.4</x:v>
+        <x:v>3434.7</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:5">
       <x:c r="A131" s="1">
-        <x:v>45819.834537037</x:v>
+        <x:v>45873.826400463</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C131" s="0">
-        <x:v>10.92</x:v>
+        <x:v>9.88</x:v>
       </x:c>
       <x:c r="D131" s="0">
-        <x:v>3042.767</x:v>
+        <x:v>3118.024</x:v>
       </x:c>
       <x:c r="E131" s="0">
-        <x:v>3343.7</x:v>
+        <x:v>3426.4</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:5">
       <x:c r="A132" s="1">
-        <x:v>45818.8240972222</x:v>
+        <x:v>45870.8315162037</x:v>
       </x:c>
       <x:c r="B132" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C132" s="0">
-        <x:v>10.92</x:v>
+        <x:v>9.18</x:v>
       </x:c>
       <x:c r="D132" s="0">
-        <x:v>3042.494</x:v>
+        <x:v>3093.818</x:v>
       </x:c>
       <x:c r="E132" s="0">
-        <x:v>3343.4</x:v>
+        <x:v>3399.8</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:5">
       <x:c r="A133" s="1">
-        <x:v>45817.8239351852</x:v>
+        <x:v>45869.8289814815</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C133" s="0">
-        <x:v>11.32</x:v>
+        <x:v>7.97</x:v>
       </x:c>
       <x:c r="D133" s="0">
-        <x:v>3052.959</x:v>
+        <x:v>3047.226</x:v>
       </x:c>
       <x:c r="E133" s="0">
-        <x:v>3354.9</x:v>
+        <x:v>3348.6</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:5">
       <x:c r="A134" s="1">
-        <x:v>45814.8280208333</x:v>
+        <x:v>45868.8234722222</x:v>
       </x:c>
       <x:c r="B134" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C134" s="0">
-        <x:v>11.07</x:v>
+        <x:v>8.07</x:v>
       </x:c>
       <x:c r="D134" s="0">
-        <x:v>3045.406</x:v>
+        <x:v>3051.048</x:v>
       </x:c>
       <x:c r="E134" s="0">
-        <x:v>3346.6</x:v>
+        <x:v>3352.8</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:5">
       <x:c r="A135" s="1">
-        <x:v>45813.8231828704</x:v>
+        <x:v>45867.8250694444</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C135" s="0">
-        <x:v>12.1</x:v>
+        <x:v>8.82</x:v>
       </x:c>
       <x:c r="D135" s="0">
-        <x:v>3071.341</x:v>
+        <x:v>3076.892</x:v>
       </x:c>
       <x:c r="E135" s="0">
-        <x:v>3375.1</x:v>
+        <x:v>3381.2</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:5">
       <x:c r="A136" s="1">
-        <x:v>45812.8567824074</x:v>
+        <x:v>45866.8322916667</x:v>
       </x:c>
       <x:c r="B136" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C136" s="0">
-        <x:v>13.03</x:v>
+        <x:v>8.5</x:v>
       </x:c>
       <x:c r="D136" s="0">
-        <x:v>3093.272</x:v>
+        <x:v>3064.88</x:v>
       </x:c>
       <x:c r="E136" s="0">
-        <x:v>3399.2</x:v>
+        <x:v>3368</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:5">
       <x:c r="A137" s="1">
-        <x:v>45811.8941550926</x:v>
+        <x:v>45863.8404050926</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C137" s="0">
-        <x:v>12.24</x:v>
+        <x:v>9.18</x:v>
       </x:c>
       <x:c r="D137" s="0">
-        <x:v>3073.161</x:v>
+        <x:v>3087.175</x:v>
       </x:c>
       <x:c r="E137" s="0">
-        <x:v>3377.1</x:v>
+        <x:v>3392.5</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:5">
       <x:c r="A138" s="1">
-        <x:v>45811.8794328704</x:v>
+        <x:v>45862.8566319444</x:v>
       </x:c>
       <x:c r="B138" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C138" s="0">
-        <x:v>12.24</x:v>
+        <x:v>10.35</x:v>
       </x:c>
       <x:c r="D138" s="0">
-        <x:v>3073.161</x:v>
+        <x:v>3122.301</x:v>
       </x:c>
       <x:c r="E138" s="0">
-        <x:v>3377.1</x:v>
+        <x:v>3373.5</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:5">
       <x:c r="A139" s="1">
-        <x:v>45810.8625347222</x:v>
+        <x:v>45861.8323611111</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C139" s="0">
-        <x:v>13.02</x:v>
+        <x:v>11.15</x:v>
       </x:c>
       <x:c r="D139" s="0">
-        <x:v>3091.452</x:v>
+        <x:v>3091.816</x:v>
       </x:c>
       <x:c r="E139" s="0">
-        <x:v>3397.2</x:v>
+        <x:v>3397.6</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:5">
       <x:c r="A140" s="1">
-        <x:v>45810.8250462963</x:v>
+        <x:v>45860.8328125</x:v>
       </x:c>
       <x:c r="B140" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C140" s="0">
-        <x:v>13.02</x:v>
+        <x:v>12.88</x:v>
       </x:c>
       <x:c r="D140" s="0">
-        <x:v>3091.452</x:v>
+        <x:v>3133.767</x:v>
       </x:c>
       <x:c r="E140" s="0">
-        <x:v>3397.2</x:v>
+        <x:v>3443.7</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:5">
       <x:c r="A141" s="1">
-        <x:v>45800.8238541667</x:v>
+        <x:v>45859.8410185185</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C141" s="0">
-        <x:v>13.66</x:v>
+        <x:v>11.62</x:v>
       </x:c>
       <x:c r="D141" s="0">
-        <x:v>3088.995</x:v>
+        <x:v>3099.824</x:v>
       </x:c>
       <x:c r="E141" s="0">
-        <x:v>3394.5</x:v>
+        <x:v>3406.4</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:5">
       <x:c r="A142" s="1">
-        <x:v>45799.8239583333</x:v>
+        <x:v>45856.8230671296</x:v>
       </x:c>
       <x:c r="B142" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C142" s="0">
-        <x:v>11.27</x:v>
+        <x:v>10.18</x:v>
       </x:c>
       <x:c r="D142" s="0">
-        <x:v>3024.476</x:v>
+        <x:v>3056.053</x:v>
       </x:c>
       <x:c r="E142" s="0">
-        <x:v>3295</x:v>
+        <x:v>3358.3</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:5">
       <x:c r="A143" s="1">
-        <x:v>45798.8240856481</x:v>
+        <x:v>45855.8238541667</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C143" s="0">
-        <x:v>11.94</x:v>
+        <x:v>9.81</x:v>
       </x:c>
       <x:c r="D143" s="0">
-        <x:v>3015.285</x:v>
+        <x:v>3044.223</x:v>
       </x:c>
       <x:c r="E143" s="0">
-        <x:v>3313.5</x:v>
+        <x:v>3345.3</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:5">
       <x:c r="A144" s="1">
-        <x:v>45797.8268402778</x:v>
+        <x:v>45854.8590046296</x:v>
       </x:c>
       <x:c r="B144" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C144" s="0">
-        <x:v>10.98</x:v>
+        <x:v>10.24</x:v>
       </x:c>
       <x:c r="D144" s="0">
-        <x:v>2988.986</x:v>
+        <x:v>3056.781</x:v>
       </x:c>
       <x:c r="E144" s="0">
-        <x:v>3284.6</x:v>
+        <x:v>3359.1</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:5">
       <x:c r="A145" s="1">
-        <x:v>45796.8311111111</x:v>
+        <x:v>45853.8525810185</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C145" s="0">
-        <x:v>9.49</x:v>
+        <x:v>9.6</x:v>
       </x:c>
       <x:c r="D145" s="0">
-        <x:v>2942.485</x:v>
+        <x:v>3036.397</x:v>
       </x:c>
       <x:c r="E145" s="0">
-        <x:v>3233.5</x:v>
+        <x:v>3336.7</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:5">
       <x:c r="A146" s="1">
-        <x:v>45793.8237384259</x:v>
+        <x:v>45852.8231018518</x:v>
       </x:c>
       <x:c r="B146" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C146" s="0">
-        <x:v>8.3</x:v>
+        <x:v>10.29</x:v>
       </x:c>
       <x:c r="D146" s="0">
-        <x:v>2900.352</x:v>
+        <x:v>3056.781</x:v>
       </x:c>
       <x:c r="E146" s="0">
-        <x:v>3187.2</x:v>
+        <x:v>3359.1</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:5">
       <x:c r="A147" s="1">
-        <x:v>45792.8270833333</x:v>
+        <x:v>45849.8239930556</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C147" s="0">
-        <x:v>9.46</x:v>
+        <x:v>10.47</x:v>
       </x:c>
       <x:c r="D147" s="0">
-        <x:v>2936.206</x:v>
+        <x:v>3061.24</x:v>
       </x:c>
       <x:c r="E147" s="0">
-        <x:v>3226.6</x:v>
+        <x:v>3364</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:5">
       <x:c r="A148" s="1">
-        <x:v>45791.8231828704</x:v>
+        <x:v>45848.8285532407</x:v>
       </x:c>
       <x:c r="B148" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C148" s="0">
-        <x:v>8.45</x:v>
+        <x:v>9.39</x:v>
       </x:c>
       <x:c r="D148" s="0">
-        <x:v>2901.353</x:v>
+        <x:v>3026.387</x:v>
       </x:c>
       <x:c r="E148" s="0">
-        <x:v>3188.3</x:v>
+        <x:v>3325.7</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:5">
       <x:c r="A149" s="1">
-        <x:v>45790.8249884259</x:v>
+        <x:v>45847.8235763889</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C149" s="0">
-        <x:v>10.36</x:v>
+        <x:v>9.27</x:v>
       </x:c>
       <x:c r="D149" s="0">
-        <x:v>2955.498</x:v>
+        <x:v>3022.11</x:v>
       </x:c>
       <x:c r="E149" s="0">
-        <x:v>3247.8</x:v>
+        <x:v>3321</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:5">
       <x:c r="A150" s="1">
-        <x:v>45789.8237962963</x:v>
+        <x:v>45846.8267939815</x:v>
       </x:c>
       <x:c r="B150" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C150" s="0">
-        <x:v>9.77</x:v>
+        <x:v>9.16</x:v>
       </x:c>
       <x:c r="D150" s="0">
-        <x:v>2937.48</x:v>
+        <x:v>3018.379</x:v>
       </x:c>
       <x:c r="E150" s="0">
-        <x:v>3228</x:v>
+        <x:v>3316.9</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:5">
       <x:c r="A151" s="1">
-        <x:v>45786.8321296296</x:v>
+        <x:v>45845.8307523148</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C151" s="0">
-        <x:v>15</x:v>
+        <x:v>9.94</x:v>
       </x:c>
       <x:c r="D151" s="0">
-        <x:v>3043.04</x:v>
+        <x:v>3041.948</x:v>
       </x:c>
       <x:c r="E151" s="0">
-        <x:v>3344</x:v>
+        <x:v>3342.8</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:5">
       <x:c r="A152" s="1">
-        <x:v>45785.8261805556</x:v>
+        <x:v>45841.8258333333</x:v>
       </x:c>
       <x:c r="B152" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C152" s="0">
-        <x:v>13.47</x:v>
+        <x:v>9.97</x:v>
       </x:c>
       <x:c r="D152" s="0">
-        <x:v>3008.46</x:v>
+        <x:v>3042.039</x:v>
       </x:c>
       <x:c r="E152" s="0">
-        <x:v>3306</x:v>
+        <x:v>3342.9</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:5">
       <x:c r="A153" s="1">
-        <x:v>45784.8969560185</x:v>
+        <x:v>45840.8229050926</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C153" s="0">
-        <x:v>18.05</x:v>
+        <x:v>10.5</x:v>
       </x:c>
       <x:c r="D153" s="0">
-        <x:v>3086.629</x:v>
+        <x:v>3057.327</x:v>
       </x:c>
       <x:c r="E153" s="0">
-        <x:v>3391.9</x:v>
+        <x:v>3359.7</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:5">
       <x:c r="A154" s="1">
-        <x:v>45784.852962963</x:v>
+        <x:v>45839.8275694444</x:v>
       </x:c>
       <x:c r="B154" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C154" s="0">
-        <x:v>18.05</x:v>
+        <x:v>10.21</x:v>
       </x:c>
       <x:c r="D154" s="0">
-        <x:v>3086.629</x:v>
+        <x:v>3048.318</x:v>
       </x:c>
       <x:c r="E154" s="0">
-        <x:v>3391.9</x:v>
+        <x:v>3349.8</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:5">
       <x:c r="A155" s="1">
-        <x:v>45783.8302430556</x:v>
+        <x:v>45838.8345601852</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C155" s="0">
-        <x:v>19.86</x:v>
+        <x:v>9.06</x:v>
       </x:c>
       <x:c r="D155" s="0">
-        <x:v>3114.748</x:v>
+        <x:v>3010.007</x:v>
       </x:c>
       <x:c r="E155" s="0">
-        <x:v>3422.8</x:v>
+        <x:v>3307.7</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:5">
       <x:c r="A156" s="1">
-        <x:v>45777.8390162037</x:v>
+        <x:v>45835.8364699074</x:v>
       </x:c>
       <x:c r="B156" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C156" s="0">
-        <x:v>15.95</x:v>
+        <x:v>8.56</x:v>
       </x:c>
       <x:c r="D156" s="0">
-        <x:v>3020.381</x:v>
+        <x:v>2991.716</x:v>
       </x:c>
       <x:c r="E156" s="0">
-        <x:v>3319.1</x:v>
+        <x:v>3287.6</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:5">
       <x:c r="A157" s="1">
-        <x:v>45776.8444212963</x:v>
+        <x:v>45834.841712963</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C157" s="0">
-        <x:v>16.69</x:v>
+        <x:v>10.45</x:v>
       </x:c>
       <x:c r="D157" s="0">
-        <x:v>3033.576</x:v>
+        <x:v>3046.68</x:v>
       </x:c>
       <x:c r="E157" s="0">
-        <x:v>3333.6</x:v>
+        <x:v>3348</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:5">
       <x:c r="A158" s="1">
-        <x:v>45775.8451273148</x:v>
+        <x:v>45833.8280902778</x:v>
       </x:c>
       <x:c r="B158" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C158" s="0">
-        <x:v>17.44</x:v>
+        <x:v>10.31</x:v>
       </x:c>
       <x:c r="D158" s="0">
-        <x:v>3046.407</x:v>
+        <x:v>3042.221</x:v>
       </x:c>
       <x:c r="E158" s="0">
-        <x:v>3347.7</x:v>
+        <x:v>3343.1</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:5">
       <x:c r="A159" s="1">
-        <x:v>45772.8239930556</x:v>
+        <x:v>45832.8236574074</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C159" s="0">
-        <x:v>15.2</x:v>
+        <x:v>10.04</x:v>
       </x:c>
       <x:c r="D159" s="0">
-        <x:v>3001.544</x:v>
+        <x:v>3033.849</x:v>
       </x:c>
       <x:c r="E159" s="0">
-        <x:v>3298.4</x:v>
+        <x:v>3333.9</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:5">
       <x:c r="A160" s="1">
-        <x:v>45771.831412037</x:v>
+        <x:v>45831.824849537</x:v>
       </x:c>
       <x:c r="B160" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C160" s="0">
-        <x:v>17.89</x:v>
+        <x:v>12.25</x:v>
       </x:c>
       <x:c r="D160" s="0">
-        <x:v>3047.226</x:v>
+        <x:v>3089.45</x:v>
       </x:c>
       <x:c r="E160" s="0">
-        <x:v>3348.6</x:v>
+        <x:v>3395</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:5">
       <x:c r="A161" s="1">
-        <x:v>45770.8295833333</x:v>
+        <x:v>45828.8266898148</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C161" s="0">
-        <x:v>15.36</x:v>
+        <x:v>11.95</x:v>
       </x:c>
       <x:c r="D161" s="0">
-        <x:v>2997.631</x:v>
+        <x:v>3080.987</x:v>
       </x:c>
       <x:c r="E161" s="0">
-        <x:v>3294.1</x:v>
+        <x:v>3385.7</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:5">
       <x:c r="A162" s="1">
-        <x:v>45769.8284490741</x:v>
+        <x:v>45826.8327199074</x:v>
       </x:c>
       <x:c r="B162" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C162" s="0">
-        <x:v>24.28</x:v>
+        <x:v>12.81</x:v>
       </x:c>
       <x:c r="D162" s="0">
-        <x:v>3111.654</x:v>
+        <x:v>3101.371</x:v>
       </x:c>
       <x:c r="E162" s="0">
-        <x:v>3419.4</x:v>
+        <x:v>3408.1</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:5">
       <x:c r="A163" s="1">
-        <x:v>45764.8232175926</x:v>
+        <x:v>45825.8232986111</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C163" s="0">
-        <x:v>19.12</x:v>
+        <x:v>12.77</x:v>
       </x:c>
       <x:c r="D163" s="0">
-        <x:v>3028.844</x:v>
+        <x:v>3100.279</x:v>
       </x:c>
       <x:c r="E163" s="0">
-        <x:v>3328.4</x:v>
+        <x:v>3406.9</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:5">
       <x:c r="A164" s="1">
-        <x:v>45763.8254282407</x:v>
+        <x:v>45824.8368171296</x:v>
       </x:c>
       <x:c r="B164" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C164" s="0">
-        <x:v>20.22</x:v>
+        <x:v>13.18</x:v>
       </x:c>
       <x:c r="D164" s="0">
-        <x:v>3045.224</x:v>
+        <x:v>3109.743</x:v>
       </x:c>
       <x:c r="E164" s="0">
-        <x:v>3346.4</x:v>
+        <x:v>3417.3</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:5">
       <x:c r="A165" s="1">
-        <x:v>45762.8233796296</x:v>
+        <x:v>45821.829849537</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C165" s="0">
-        <x:v>15.24</x:v>
+        <x:v>14.73</x:v>
       </x:c>
       <x:c r="D165" s="0">
-        <x:v>2948.764</x:v>
+        <x:v>3142.048</x:v>
       </x:c>
       <x:c r="E165" s="0">
-        <x:v>3240.4</x:v>
+        <x:v>3452.8</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:5">
       <x:c r="A166" s="1">
-        <x:v>45761.823275463</x:v>
+        <x:v>45820.8297916667</x:v>
       </x:c>
       <x:c r="B166" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C166" s="0">
-        <x:v>14.62</x:v>
+        <x:v>12.83</x:v>
       </x:c>
       <x:c r="D166" s="0">
-        <x:v>2935.933</x:v>
+        <x:v>3096.184</x:v>
       </x:c>
       <x:c r="E166" s="0">
-        <x:v>3226.3</x:v>
+        <x:v>3402.4</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:5">
       <x:c r="A167" s="1">
-        <x:v>45758.8246875</x:v>
+        <x:v>45819.834537037</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C167" s="0">
-        <x:v>15.52</x:v>
+        <x:v>10.92</x:v>
       </x:c>
       <x:c r="D167" s="0">
-        <x:v>2952.586</x:v>
+        <x:v>3042.767</x:v>
       </x:c>
       <x:c r="E167" s="0">
-        <x:v>3244.6</x:v>
+        <x:v>3343.7</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:5">
       <x:c r="A168" s="1">
-        <x:v>45757.8457407407</x:v>
+        <x:v>45818.8240972222</x:v>
       </x:c>
       <x:c r="B168" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C168" s="0">
-        <x:v>12.82</x:v>
+        <x:v>10.92</x:v>
       </x:c>
       <x:c r="D168" s="0">
-        <x:v>2891.525</x:v>
+        <x:v>3042.494</x:v>
       </x:c>
       <x:c r="E168" s="0">
-        <x:v>3177.5</x:v>
+        <x:v>3343.4</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:5">
       <x:c r="A169" s="1">
-        <x:v>45756.8241319444</x:v>
+        <x:v>45817.8239351852</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C169" s="0">
-        <x:v>9.73</x:v>
+        <x:v>11.32</x:v>
       </x:c>
       <x:c r="D169" s="0">
-        <x:v>2802.254</x:v>
+        <x:v>3052.959</x:v>
       </x:c>
       <x:c r="E169" s="0">
-        <x:v>3079.4</x:v>
+        <x:v>3354.9</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:5">
       <x:c r="A170" s="1">
-        <x:v>45755.8404282407</x:v>
+        <x:v>45814.8280208333</x:v>
       </x:c>
       <x:c r="B170" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C170" s="0">
-        <x:v>7.5</x:v>
+        <x:v>11.07</x:v>
       </x:c>
       <x:c r="D170" s="0">
-        <x:v>2721.082</x:v>
+        <x:v>3045.406</x:v>
       </x:c>
       <x:c r="E170" s="0">
-        <x:v>2990.2</x:v>
+        <x:v>3346.6</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:5">
       <x:c r="A171" s="1">
-        <x:v>45754.8234259259</x:v>
+        <x:v>45813.8231828704</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C171" s="0">
-        <x:v>7.11</x:v>
+        <x:v>12.1</x:v>
       </x:c>
       <x:c r="D171" s="0">
-        <x:v>2705.976</x:v>
+        <x:v>3071.341</x:v>
       </x:c>
       <x:c r="E171" s="0">
-        <x:v>2973.6</x:v>
+        <x:v>3375.1</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:5">
       <x:c r="A172" s="1">
-        <x:v>45751.8240393518</x:v>
+        <x:v>45812.8567824074</x:v>
       </x:c>
       <x:c r="B172" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C172" s="0">
-        <x:v>8.95</x:v>
+        <x:v>13.03</x:v>
       </x:c>
       <x:c r="D172" s="0">
-        <x:v>2762.214</x:v>
+        <x:v>3093.272</x:v>
       </x:c>
       <x:c r="E172" s="0">
-        <x:v>3035.4</x:v>
+        <x:v>3399.2</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:5">
       <x:c r="A173" s="1">
-        <x:v>45750.8321643519</x:v>
+        <x:v>45811.8941550926</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C173" s="0">
-        <x:v>12.38</x:v>
+        <x:v>12.24</x:v>
       </x:c>
       <x:c r="D173" s="0">
-        <x:v>2840.747</x:v>
+        <x:v>3073.161</x:v>
       </x:c>
       <x:c r="E173" s="0">
-        <x:v>3121.7</x:v>
+        <x:v>3377.1</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:5">
       <x:c r="A174" s="1">
-        <x:v>45749.8250115741</x:v>
+        <x:v>45811.8794328704</x:v>
       </x:c>
       <x:c r="B174" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C174" s="0">
-        <x:v>14.42</x:v>
+        <x:v>12.24</x:v>
       </x:c>
       <x:c r="D174" s="0">
-        <x:v>2881.242</x:v>
+        <x:v>3073.161</x:v>
       </x:c>
       <x:c r="E174" s="0">
-        <x:v>3166.2</x:v>
+        <x:v>3377.1</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:5">
       <x:c r="A175" s="1">
-        <x:v>45748.8360069444</x:v>
+        <x:v>45810.8625347222</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C175" s="0">
-        <x:v>13.56</x:v>
+        <x:v>13.02</x:v>
       </x:c>
       <x:c r="D175" s="0">
-        <x:v>2862.86</x:v>
+        <x:v>3091.452</x:v>
       </x:c>
       <x:c r="E175" s="0">
-        <x:v>3146</x:v>
+        <x:v>3397.2</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:5">
       <x:c r="A176" s="1">
-        <x:v>45747.8232175926</x:v>
+        <x:v>45810.8250462963</x:v>
       </x:c>
       <x:c r="B176" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C176" s="0">
-        <x:v>13.75</x:v>
+        <x:v>13.02</x:v>
       </x:c>
       <x:c r="D176" s="0">
-        <x:v>2866.773</x:v>
+        <x:v>3091.452</x:v>
       </x:c>
       <x:c r="E176" s="0">
-        <x:v>3150.3</x:v>
+        <x:v>3397.2</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:5">
       <x:c r="A177" s="1">
-        <x:v>45744.7828240741</x:v>
+        <x:v>45800.8238541667</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C177" s="0">
-        <x:v>12.35</x:v>
+        <x:v>13.66</x:v>
       </x:c>
       <x:c r="D177" s="0">
-        <x:v>2834.013</x:v>
+        <x:v>3088.995</x:v>
       </x:c>
       <x:c r="E177" s="0">
-        <x:v>3114.3</x:v>
+        <x:v>3394.5</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:5">
       <x:c r="A178" s="1">
-        <x:v>45743.7837962963</x:v>
+        <x:v>45799.8239583333</x:v>
       </x:c>
       <x:c r="B178" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C178" s="0">
-        <x:v>11.49</x:v>
+        <x:v>11.27</x:v>
       </x:c>
       <x:c r="D178" s="0">
-        <x:v>2812.719</x:v>
+        <x:v>3024.476</x:v>
       </x:c>
       <x:c r="E178" s="0">
-        <x:v>3090.9</x:v>
+        <x:v>3295</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:5">
       <x:c r="A179" s="1">
-        <x:v>45742.7861921296</x:v>
+        <x:v>45798.8240856481</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C179" s="0">
-        <x:v>10.21</x:v>
+        <x:v>11.94</x:v>
       </x:c>
       <x:c r="D179" s="0">
-        <x:v>2777.593</x:v>
+        <x:v>3015.285</x:v>
       </x:c>
       <x:c r="E179" s="0">
-        <x:v>3052.3</x:v>
+        <x:v>3313.5</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:5">
       <x:c r="A180" s="1">
-        <x:v>45741.7817013889</x:v>
+        <x:v>45797.8268402778</x:v>
       </x:c>
       <x:c r="B180" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C180" s="0">
-        <x:v>10.28</x:v>
+        <x:v>10.98</x:v>
       </x:c>
       <x:c r="D180" s="0">
-        <x:v>2779.413</x:v>
+        <x:v>2988.986</x:v>
       </x:c>
       <x:c r="E180" s="0">
-        <x:v>3054.3</x:v>
+        <x:v>3284.6</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:5">
       <x:c r="A181" s="1">
-        <x:v>45740.7859722222</x:v>
+        <x:v>45796.8311111111</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C181" s="0">
-        <x:v>9.95</x:v>
+        <x:v>9.49</x:v>
       </x:c>
       <x:c r="D181" s="0">
-        <x:v>2770.04</x:v>
+        <x:v>2942.485</x:v>
       </x:c>
       <x:c r="E181" s="0">
-        <x:v>3015.6</x:v>
+        <x:v>3233.5</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:5">
       <x:c r="A182" s="1">
-        <x:v>45737.7845486111</x:v>
+        <x:v>45793.8237384259</x:v>
       </x:c>
       <x:c r="B182" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C182" s="0">
-        <x:v>10.17</x:v>
+        <x:v>8.3</x:v>
       </x:c>
       <x:c r="D182" s="0">
-        <x:v>2749.474</x:v>
+        <x:v>2900.352</x:v>
       </x:c>
       <x:c r="E182" s="0">
-        <x:v>3021.4</x:v>
+        <x:v>3187.2</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:5">
       <x:c r="A183" s="1">
-        <x:v>45736.7837268518</x:v>
+        <x:v>45792.8270833333</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C183" s="0">
-        <x:v>10.99</x:v>
+        <x:v>9.46</x:v>
       </x:c>
       <x:c r="D183" s="0">
-        <x:v>2769.858</x:v>
+        <x:v>2936.206</x:v>
       </x:c>
       <x:c r="E183" s="0">
-        <x:v>3043.8</x:v>
+        <x:v>3226.6</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:5">
       <x:c r="A184" s="1">
+        <x:v>45791.8231828704</x:v>
+      </x:c>
+      <x:c r="B184" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C184" s="0">
+        <x:v>8.45</x:v>
+      </x:c>
+      <x:c r="D184" s="0">
+        <x:v>2901.353</x:v>
+      </x:c>
+      <x:c r="E184" s="0">
+        <x:v>3188.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="185" spans="1:5">
+      <x:c r="A185" s="1">
+        <x:v>45790.8249884259</x:v>
+      </x:c>
+      <x:c r="B185" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C185" s="0">
+        <x:v>10.36</x:v>
+      </x:c>
+      <x:c r="D185" s="0">
+        <x:v>2955.498</x:v>
+      </x:c>
+      <x:c r="E185" s="0">
+        <x:v>3247.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="186" spans="1:5">
+      <x:c r="A186" s="1">
+        <x:v>45789.8237962963</x:v>
+      </x:c>
+      <x:c r="B186" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C186" s="0">
+        <x:v>9.77</x:v>
+      </x:c>
+      <x:c r="D186" s="0">
+        <x:v>2937.48</x:v>
+      </x:c>
+      <x:c r="E186" s="0">
+        <x:v>3228</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="187" spans="1:5">
+      <x:c r="A187" s="1">
+        <x:v>45786.8321296296</x:v>
+      </x:c>
+      <x:c r="B187" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C187" s="0">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="D187" s="0">
+        <x:v>3043.04</x:v>
+      </x:c>
+      <x:c r="E187" s="0">
+        <x:v>3344</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="188" spans="1:5">
+      <x:c r="A188" s="1">
+        <x:v>45785.8261805556</x:v>
+      </x:c>
+      <x:c r="B188" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C188" s="0">
+        <x:v>13.47</x:v>
+      </x:c>
+      <x:c r="D188" s="0">
+        <x:v>3008.46</x:v>
+      </x:c>
+      <x:c r="E188" s="0">
+        <x:v>3306</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="189" spans="1:5">
+      <x:c r="A189" s="1">
+        <x:v>45784.8969560185</x:v>
+      </x:c>
+      <x:c r="B189" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C189" s="0">
+        <x:v>18.05</x:v>
+      </x:c>
+      <x:c r="D189" s="0">
+        <x:v>3086.629</x:v>
+      </x:c>
+      <x:c r="E189" s="0">
+        <x:v>3391.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="190" spans="1:5">
+      <x:c r="A190" s="1">
+        <x:v>45784.852962963</x:v>
+      </x:c>
+      <x:c r="B190" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C190" s="0">
+        <x:v>18.05</x:v>
+      </x:c>
+      <x:c r="D190" s="0">
+        <x:v>3086.629</x:v>
+      </x:c>
+      <x:c r="E190" s="0">
+        <x:v>3391.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="191" spans="1:5">
+      <x:c r="A191" s="1">
+        <x:v>45783.8302430556</x:v>
+      </x:c>
+      <x:c r="B191" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C191" s="0">
+        <x:v>19.86</x:v>
+      </x:c>
+      <x:c r="D191" s="0">
+        <x:v>3114.748</x:v>
+      </x:c>
+      <x:c r="E191" s="0">
+        <x:v>3422.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="192" spans="1:5">
+      <x:c r="A192" s="1">
+        <x:v>45777.8390162037</x:v>
+      </x:c>
+      <x:c r="B192" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C192" s="0">
+        <x:v>15.95</x:v>
+      </x:c>
+      <x:c r="D192" s="0">
+        <x:v>3020.381</x:v>
+      </x:c>
+      <x:c r="E192" s="0">
+        <x:v>3319.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="193" spans="1:5">
+      <x:c r="A193" s="1">
+        <x:v>45776.8444212963</x:v>
+      </x:c>
+      <x:c r="B193" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C193" s="0">
+        <x:v>16.69</x:v>
+      </x:c>
+      <x:c r="D193" s="0">
+        <x:v>3033.576</x:v>
+      </x:c>
+      <x:c r="E193" s="0">
+        <x:v>3333.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="194" spans="1:5">
+      <x:c r="A194" s="1">
+        <x:v>45775.8451273148</x:v>
+      </x:c>
+      <x:c r="B194" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C194" s="0">
+        <x:v>17.44</x:v>
+      </x:c>
+      <x:c r="D194" s="0">
+        <x:v>3046.407</x:v>
+      </x:c>
+      <x:c r="E194" s="0">
+        <x:v>3347.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="195" spans="1:5">
+      <x:c r="A195" s="1">
+        <x:v>45772.8239930556</x:v>
+      </x:c>
+      <x:c r="B195" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C195" s="0">
+        <x:v>15.2</x:v>
+      </x:c>
+      <x:c r="D195" s="0">
+        <x:v>3001.544</x:v>
+      </x:c>
+      <x:c r="E195" s="0">
+        <x:v>3298.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="196" spans="1:5">
+      <x:c r="A196" s="1">
+        <x:v>45771.831412037</x:v>
+      </x:c>
+      <x:c r="B196" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C196" s="0">
+        <x:v>17.89</x:v>
+      </x:c>
+      <x:c r="D196" s="0">
+        <x:v>3047.226</x:v>
+      </x:c>
+      <x:c r="E196" s="0">
+        <x:v>3348.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="197" spans="1:5">
+      <x:c r="A197" s="1">
+        <x:v>45770.8295833333</x:v>
+      </x:c>
+      <x:c r="B197" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C197" s="0">
+        <x:v>15.36</x:v>
+      </x:c>
+      <x:c r="D197" s="0">
+        <x:v>2997.631</x:v>
+      </x:c>
+      <x:c r="E197" s="0">
+        <x:v>3294.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="198" spans="1:5">
+      <x:c r="A198" s="1">
+        <x:v>45769.8284490741</x:v>
+      </x:c>
+      <x:c r="B198" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C198" s="0">
+        <x:v>24.28</x:v>
+      </x:c>
+      <x:c r="D198" s="0">
+        <x:v>3111.654</x:v>
+      </x:c>
+      <x:c r="E198" s="0">
+        <x:v>3419.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="199" spans="1:5">
+      <x:c r="A199" s="1">
+        <x:v>45764.8232175926</x:v>
+      </x:c>
+      <x:c r="B199" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C199" s="0">
+        <x:v>19.12</x:v>
+      </x:c>
+      <x:c r="D199" s="0">
+        <x:v>3028.844</x:v>
+      </x:c>
+      <x:c r="E199" s="0">
+        <x:v>3328.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="200" spans="1:5">
+      <x:c r="A200" s="1">
+        <x:v>45763.8254282407</x:v>
+      </x:c>
+      <x:c r="B200" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C200" s="0">
+        <x:v>20.22</x:v>
+      </x:c>
+      <x:c r="D200" s="0">
+        <x:v>3045.224</x:v>
+      </x:c>
+      <x:c r="E200" s="0">
+        <x:v>3346.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="201" spans="1:5">
+      <x:c r="A201" s="1">
+        <x:v>45762.8233796296</x:v>
+      </x:c>
+      <x:c r="B201" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C201" s="0">
+        <x:v>15.24</x:v>
+      </x:c>
+      <x:c r="D201" s="0">
+        <x:v>2948.764</x:v>
+      </x:c>
+      <x:c r="E201" s="0">
+        <x:v>3240.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="202" spans="1:5">
+      <x:c r="A202" s="1">
+        <x:v>45761.823275463</x:v>
+      </x:c>
+      <x:c r="B202" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C202" s="0">
+        <x:v>14.62</x:v>
+      </x:c>
+      <x:c r="D202" s="0">
+        <x:v>2935.933</x:v>
+      </x:c>
+      <x:c r="E202" s="0">
+        <x:v>3226.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="203" spans="1:5">
+      <x:c r="A203" s="1">
+        <x:v>45758.8246875</x:v>
+      </x:c>
+      <x:c r="B203" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C203" s="0">
+        <x:v>15.52</x:v>
+      </x:c>
+      <x:c r="D203" s="0">
+        <x:v>2952.586</x:v>
+      </x:c>
+      <x:c r="E203" s="0">
+        <x:v>3244.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="204" spans="1:5">
+      <x:c r="A204" s="1">
+        <x:v>45757.8457407407</x:v>
+      </x:c>
+      <x:c r="B204" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C204" s="0">
+        <x:v>12.82</x:v>
+      </x:c>
+      <x:c r="D204" s="0">
+        <x:v>2891.525</x:v>
+      </x:c>
+      <x:c r="E204" s="0">
+        <x:v>3177.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="205" spans="1:5">
+      <x:c r="A205" s="1">
+        <x:v>45756.8241319444</x:v>
+      </x:c>
+      <x:c r="B205" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C205" s="0">
+        <x:v>9.73</x:v>
+      </x:c>
+      <x:c r="D205" s="0">
+        <x:v>2802.254</x:v>
+      </x:c>
+      <x:c r="E205" s="0">
+        <x:v>3079.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="206" spans="1:5">
+      <x:c r="A206" s="1">
+        <x:v>45755.8404282407</x:v>
+      </x:c>
+      <x:c r="B206" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C206" s="0">
+        <x:v>7.5</x:v>
+      </x:c>
+      <x:c r="D206" s="0">
+        <x:v>2721.082</x:v>
+      </x:c>
+      <x:c r="E206" s="0">
+        <x:v>2990.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="207" spans="1:5">
+      <x:c r="A207" s="1">
+        <x:v>45754.8234259259</x:v>
+      </x:c>
+      <x:c r="B207" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C207" s="0">
+        <x:v>7.11</x:v>
+      </x:c>
+      <x:c r="D207" s="0">
+        <x:v>2705.976</x:v>
+      </x:c>
+      <x:c r="E207" s="0">
+        <x:v>2973.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="208" spans="1:5">
+      <x:c r="A208" s="1">
+        <x:v>45751.8240393518</x:v>
+      </x:c>
+      <x:c r="B208" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C208" s="0">
+        <x:v>8.95</x:v>
+      </x:c>
+      <x:c r="D208" s="0">
+        <x:v>2762.214</x:v>
+      </x:c>
+      <x:c r="E208" s="0">
+        <x:v>3035.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="209" spans="1:5">
+      <x:c r="A209" s="1">
+        <x:v>45750.8321643519</x:v>
+      </x:c>
+      <x:c r="B209" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C209" s="0">
+        <x:v>12.38</x:v>
+      </x:c>
+      <x:c r="D209" s="0">
+        <x:v>2840.747</x:v>
+      </x:c>
+      <x:c r="E209" s="0">
+        <x:v>3121.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="210" spans="1:5">
+      <x:c r="A210" s="1">
+        <x:v>45749.8250115741</x:v>
+      </x:c>
+      <x:c r="B210" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C210" s="0">
+        <x:v>14.42</x:v>
+      </x:c>
+      <x:c r="D210" s="0">
+        <x:v>2881.242</x:v>
+      </x:c>
+      <x:c r="E210" s="0">
+        <x:v>3166.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="211" spans="1:5">
+      <x:c r="A211" s="1">
+        <x:v>45748.8360069444</x:v>
+      </x:c>
+      <x:c r="B211" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C211" s="0">
+        <x:v>13.56</x:v>
+      </x:c>
+      <x:c r="D211" s="0">
+        <x:v>2862.86</x:v>
+      </x:c>
+      <x:c r="E211" s="0">
+        <x:v>3146</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="212" spans="1:5">
+      <x:c r="A212" s="1">
+        <x:v>45747.8232175926</x:v>
+      </x:c>
+      <x:c r="B212" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C212" s="0">
+        <x:v>13.75</x:v>
+      </x:c>
+      <x:c r="D212" s="0">
+        <x:v>2866.773</x:v>
+      </x:c>
+      <x:c r="E212" s="0">
+        <x:v>3150.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="213" spans="1:5">
+      <x:c r="A213" s="1">
+        <x:v>45744.7828240741</x:v>
+      </x:c>
+      <x:c r="B213" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C213" s="0">
+        <x:v>12.35</x:v>
+      </x:c>
+      <x:c r="D213" s="0">
+        <x:v>2834.013</x:v>
+      </x:c>
+      <x:c r="E213" s="0">
+        <x:v>3114.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="214" spans="1:5">
+      <x:c r="A214" s="1">
+        <x:v>45743.7837962963</x:v>
+      </x:c>
+      <x:c r="B214" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C214" s="0">
+        <x:v>11.49</x:v>
+      </x:c>
+      <x:c r="D214" s="0">
+        <x:v>2812.719</x:v>
+      </x:c>
+      <x:c r="E214" s="0">
+        <x:v>3090.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="215" spans="1:5">
+      <x:c r="A215" s="1">
+        <x:v>45742.7861921296</x:v>
+      </x:c>
+      <x:c r="B215" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C215" s="0">
+        <x:v>10.21</x:v>
+      </x:c>
+      <x:c r="D215" s="0">
+        <x:v>2777.593</x:v>
+      </x:c>
+      <x:c r="E215" s="0">
+        <x:v>3052.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="216" spans="1:5">
+      <x:c r="A216" s="1">
+        <x:v>45741.7817013889</x:v>
+      </x:c>
+      <x:c r="B216" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C216" s="0">
+        <x:v>10.28</x:v>
+      </x:c>
+      <x:c r="D216" s="0">
+        <x:v>2779.413</x:v>
+      </x:c>
+      <x:c r="E216" s="0">
+        <x:v>3054.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="217" spans="1:5">
+      <x:c r="A217" s="1">
+        <x:v>45740.7859722222</x:v>
+      </x:c>
+      <x:c r="B217" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C217" s="0">
+        <x:v>9.95</x:v>
+      </x:c>
+      <x:c r="D217" s="0">
+        <x:v>2770.04</x:v>
+      </x:c>
+      <x:c r="E217" s="0">
+        <x:v>3015.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="218" spans="1:5">
+      <x:c r="A218" s="1">
+        <x:v>45737.7845486111</x:v>
+      </x:c>
+      <x:c r="B218" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C218" s="0">
+        <x:v>10.17</x:v>
+      </x:c>
+      <x:c r="D218" s="0">
+        <x:v>2749.474</x:v>
+      </x:c>
+      <x:c r="E218" s="0">
+        <x:v>3021.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="219" spans="1:5">
+      <x:c r="A219" s="1">
+        <x:v>45736.7837268518</x:v>
+      </x:c>
+      <x:c r="B219" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C219" s="0">
+        <x:v>10.99</x:v>
+      </x:c>
+      <x:c r="D219" s="0">
+        <x:v>2769.858</x:v>
+      </x:c>
+      <x:c r="E219" s="0">
+        <x:v>3043.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="220" spans="1:5">
+      <x:c r="A220" s="1">
         <x:v>45735.7843634259</x:v>
       </x:c>
-      <x:c r="B184" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C184" s="0">
+      <x:c r="B220" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C220" s="0">
         <x:v>10.9</x:v>
       </x:c>
-      <x:c r="D184" s="0">
+      <x:c r="D220" s="0">
         <x:v>2767.492</x:v>
       </x:c>
-      <x:c r="E184" s="0">
+      <x:c r="E220" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>