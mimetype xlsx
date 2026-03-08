--- v2 (2026-02-05)
+++ v3 (2026-03-08)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5ce190ee07fb4411" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6b525698788b4935a91bccc6aa351e50.psmdcp" Id="R08a85ebf4f5c4b7e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re60c7f46304e4e30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/49584345014a4a4aa81f04ee5d199bf3.psmdcp" Id="R5f482a86597645f9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>DE000BB29SQ8</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -390,3786 +390,4194 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E220"/>
+  <x:dimension ref="A1:E244"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>46058.8171412037</x:v>
+        <x:v>46087.8165162037</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
-        <x:v>2.92</x:v>
+        <x:v>3.54</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>4449.445</x:v>
+        <x:v>4694.417</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>4889.5</x:v>
+        <x:v>5158.7</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>46057.8355092593</x:v>
+        <x:v>46086.8161805556</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
-        <x:v>3.33</x:v>
+        <x:v>3.06</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>4505.228</x:v>
+        <x:v>4621.617</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>4950.8</x:v>
+        <x:v>5078.7</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>46056.8221759259</x:v>
+        <x:v>46085.8162615741</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
-        <x:v>3.23</x:v>
+        <x:v>3.43</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>4490.85</x:v>
+        <x:v>4672.577</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>4935</x:v>
+        <x:v>5134.7</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>46055.8181481482</x:v>
+        <x:v>46084.8163773148</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
-        <x:v>2.42</x:v>
+        <x:v>3.36</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>4233.866</x:v>
+        <x:v>4662.567</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>4652.6</x:v>
+        <x:v>5123.7</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>46052.8217476852</x:v>
+        <x:v>46083.8163078704</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
-        <x:v>2.51</x:v>
+        <x:v>5.21</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>4318.041</x:v>
+        <x:v>4833.556</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>4745.1</x:v>
+        <x:v>5311.6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>46052.7806365741</x:v>
+        <x:v>46080.819837963</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
-        <x:v>101.1</x:v>
+        <x:v>4.66</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>4392.934</x:v>
+        <x:v>4775.589</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>4827.4</x:v>
+        <x:v>5247.9</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>46051.9028240741</x:v>
+        <x:v>46079.8165856482</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
-        <x:v>198.83</x:v>
+        <x:v>4.22</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>4872.868</x:v>
+        <x:v>4726.722</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>5354.8</x:v>
+        <x:v>5194.2</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>46051.8152314815</x:v>
+        <x:v>46078.8752083333</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
-        <x:v>180.26</x:v>
+        <x:v>4.5</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>4826.276</x:v>
+        <x:v>4755.842</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>5303.6</x:v>
+        <x:v>5226.2</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>46050.8226157407</x:v>
+        <x:v>46077.8168055556</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
-        <x:v>193.67</x:v>
+        <x:v>4.11</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>4859.582</x:v>
+        <x:v>4710.433</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>5340.2</x:v>
+        <x:v>5176.3</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>46050.8133796296</x:v>
+        <x:v>46076.8162152778</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C12" s="0">
-        <x:v>193.67</x:v>
+        <x:v>4.54</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>4859.582</x:v>
+        <x:v>4755.296</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>5340.2</x:v>
+        <x:v>5225.6</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>46049.8227083333</x:v>
+        <x:v>46073.8161921296</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0">
-        <x:v>135.61</x:v>
+        <x:v>3.54</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>4659.746</x:v>
+        <x:v>4623.619</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>5120.6</x:v>
+        <x:v>5080.9</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>46048.8231134259</x:v>
+        <x:v>46072.9091203704</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C14" s="0">
-        <x:v>136.17</x:v>
+        <x:v>3.03</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>4661.293</x:v>
+        <x:v>4547.634</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>5122.3</x:v>
+        <x:v>4997.4</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>46045.8273148148</x:v>
+        <x:v>46072.8718402778</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
-        <x:v>112.75</x:v>
+        <x:v>3.03</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>4565.47</x:v>
+        <x:v>4547.634</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>4979.7</x:v>
+        <x:v>4997.4</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>46044.8500231481</x:v>
+        <x:v>46072.8585185185</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C16" s="0">
-        <x:v>99.41</x:v>
+        <x:v>3.03</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>4471.194</x:v>
+        <x:v>4547.634</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>4913.4</x:v>
+        <x:v>4997.4</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>46043.8455324074</x:v>
+        <x:v>46072.8161921296</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C17" s="0">
-        <x:v>85.98</x:v>
+        <x:v>3.03</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>4402.125</x:v>
+        <x:v>4547.634</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>4837.5</x:v>
+        <x:v>4997.4</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>46042.8283333333</x:v>
+        <x:v>46071.8163773148</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="0">
-        <x:v>74.78</x:v>
+        <x:v>3.11</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>4336.878</x:v>
+        <x:v>4558.645</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>4765.8</x:v>
+        <x:v>5009.5</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>46038.8262615741</x:v>
+        <x:v>46070.8161689815</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C19" s="0">
-        <x:v>54.67</x:v>
+        <x:v>2.57</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>4181.814</x:v>
+        <x:v>4464.369</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>4595.4</x:v>
+        <x:v>4905.9</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
-        <x:v>46037.8245717593</x:v>
+        <x:v>46066.8163657407</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C20" s="0">
-        <x:v>58.28</x:v>
+        <x:v>3.58</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>4207.567</x:v>
+        <x:v>4592.133</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>4623.7</x:v>
+        <x:v>5046.3</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="1">
-        <x:v>46036.824849537</x:v>
+        <x:v>46065.8162962963</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C21" s="0">
-        <x:v>59.88</x:v>
+        <x:v>2.99</x:v>
       </x:c>
       <x:c r="D21" s="0">
-        <x:v>4218.487</x:v>
+        <x:v>4503.044</x:v>
       </x:c>
       <x:c r="E21" s="0">
-        <x:v>4635.7</x:v>
+        <x:v>4948.4</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="1">
-        <x:v>46035.8275810185</x:v>
+        <x:v>46064.8162152778</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C22" s="0">
-        <x:v>55.5</x:v>
+        <x:v>4.24</x:v>
       </x:c>
       <x:c r="D22" s="0">
-        <x:v>4185.181</x:v>
+        <x:v>4639.635</x:v>
       </x:c>
       <x:c r="E22" s="0">
-        <x:v>4599.1</x:v>
+        <x:v>5098.5</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="1">
-        <x:v>46034.8259375</x:v>
+        <x:v>46063.816400463</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C23" s="0">
-        <x:v>57.48</x:v>
+        <x:v>3.74</x:v>
       </x:c>
       <x:c r="D23" s="0">
-        <x:v>4199.377</x:v>
+        <x:v>4578.21</x:v>
       </x:c>
       <x:c r="E23" s="0">
-        <x:v>4614.7</x:v>
+        <x:v>5031</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="1">
-        <x:v>46031.8225925926</x:v>
+        <x:v>46062.9109722222</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C24" s="0">
-        <x:v>45.96</x:v>
+        <x:v>4.14</x:v>
       </x:c>
       <x:c r="D24" s="0">
-        <x:v>4095.819</x:v>
+        <x:v>4622.254</x:v>
       </x:c>
       <x:c r="E24" s="0">
-        <x:v>4500.9</x:v>
+        <x:v>5079.4</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="1">
-        <x:v>46030.8292592593</x:v>
+        <x:v>46062.8648842593</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C25" s="0">
-        <x:v>42.19</x:v>
+        <x:v>4.14</x:v>
       </x:c>
       <x:c r="D25" s="0">
-        <x:v>4059.237</x:v>
+        <x:v>4622.254</x:v>
       </x:c>
       <x:c r="E25" s="0">
-        <x:v>4460.7</x:v>
+        <x:v>5079.4</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="1">
-        <x:v>46029.8237037037</x:v>
+        <x:v>46059.8655787037</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C26" s="0">
-        <x:v>42.39</x:v>
+        <x:v>3.45</x:v>
       </x:c>
       <x:c r="D26" s="0">
-        <x:v>4060.875</x:v>
+        <x:v>4531.618</x:v>
       </x:c>
       <x:c r="E26" s="0">
-        <x:v>4462.5</x:v>
+        <x:v>4979.8</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="1">
-        <x:v>46028.8240972222</x:v>
+        <x:v>46058.8171412037</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C27" s="0">
-        <x:v>45.85</x:v>
+        <x:v>2.92</x:v>
       </x:c>
       <x:c r="D27" s="0">
-        <x:v>4091.451</x:v>
+        <x:v>4449.445</x:v>
       </x:c>
       <x:c r="E27" s="0">
-        <x:v>4496.1</x:v>
+        <x:v>4889.5</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="1">
-        <x:v>46027.8219097222</x:v>
+        <x:v>46057.8355092593</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C28" s="0">
-        <x:v>41.71</x:v>
+        <x:v>3.33</x:v>
       </x:c>
       <x:c r="D28" s="0">
-        <x:v>4050.865</x:v>
+        <x:v>4505.228</x:v>
       </x:c>
       <x:c r="E28" s="0">
-        <x:v>4451.5</x:v>
+        <x:v>4950.8</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="1">
-        <x:v>46024.8229976852</x:v>
+        <x:v>46056.8221759259</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C29" s="0">
-        <x:v>32.6</x:v>
+        <x:v>3.23</x:v>
       </x:c>
       <x:c r="D29" s="0">
-        <x:v>3939.936</x:v>
+        <x:v>4490.85</x:v>
       </x:c>
       <x:c r="E29" s="0">
-        <x:v>4329.6</x:v>
+        <x:v>4935</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="1">
-        <x:v>46021.8342708333</x:v>
+        <x:v>46055.8181481482</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C30" s="0">
-        <x:v>37.53</x:v>
+        <x:v>2.42</x:v>
       </x:c>
       <x:c r="D30" s="0">
-        <x:v>3991.533</x:v>
+        <x:v>4233.866</x:v>
       </x:c>
       <x:c r="E30" s="0">
-        <x:v>4386.3</x:v>
+        <x:v>4652.6</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="1">
-        <x:v>46020.8393171296</x:v>
+        <x:v>46052.8217476852</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C31" s="0">
-        <x:v>34.2</x:v>
+        <x:v>2.51</x:v>
       </x:c>
       <x:c r="D31" s="0">
-        <x:v>3952.676</x:v>
+        <x:v>4318.041</x:v>
       </x:c>
       <x:c r="E31" s="0">
-        <x:v>4343.6</x:v>
+        <x:v>4745.1</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="1">
-        <x:v>46014.8341898148</x:v>
+        <x:v>46052.7806365741</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C32" s="0">
-        <x:v>53.78</x:v>
+        <x:v>101.1</x:v>
       </x:c>
       <x:c r="D32" s="0">
-        <x:v>4100.187</x:v>
+        <x:v>4392.934</x:v>
       </x:c>
       <x:c r="E32" s="0">
-        <x:v>4505.7</x:v>
+        <x:v>4827.4</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="1">
-        <x:v>46013.830787037</x:v>
+        <x:v>46051.9028240741</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C33" s="0">
-        <x:v>49.78</x:v>
+        <x:v>198.83</x:v>
       </x:c>
       <x:c r="D33" s="0">
-        <x:v>4067.154</x:v>
+        <x:v>4872.868</x:v>
       </x:c>
       <x:c r="E33" s="0">
-        <x:v>4469.4</x:v>
+        <x:v>5354.8</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="1">
-        <x:v>46010.8267476852</x:v>
+        <x:v>46051.8152314815</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C34" s="0">
-        <x:v>42.01</x:v>
+        <x:v>180.26</x:v>
       </x:c>
       <x:c r="D34" s="0">
-        <x:v>3992.443</x:v>
+        <x:v>4826.276</x:v>
       </x:c>
       <x:c r="E34" s="0">
-        <x:v>4387.3</x:v>
+        <x:v>5303.6</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="1">
-        <x:v>46009.8283333333</x:v>
+        <x:v>46050.8226157407</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C35" s="0">
-        <x:v>39.95</x:v>
+        <x:v>193.67</x:v>
       </x:c>
       <x:c r="D35" s="0">
-        <x:v>3971.695</x:v>
+        <x:v>4859.582</x:v>
       </x:c>
       <x:c r="E35" s="0">
-        <x:v>4364.5</x:v>
+        <x:v>5340.2</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="1">
-        <x:v>46008.8262962963</x:v>
+        <x:v>46050.8133796296</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C36" s="0">
-        <x:v>40.86</x:v>
+        <x:v>193.67</x:v>
       </x:c>
       <x:c r="D36" s="0">
-        <x:v>3980.249</x:v>
+        <x:v>4859.582</x:v>
       </x:c>
       <x:c r="E36" s="0">
-        <x:v>4373.9</x:v>
+        <x:v>5340.2</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="1">
-        <x:v>46007.8233564815</x:v>
+        <x:v>46049.8227083333</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C37" s="0">
-        <x:v>37.3</x:v>
+        <x:v>135.61</x:v>
       </x:c>
       <x:c r="D37" s="0">
-        <x:v>3942.393</x:v>
+        <x:v>4659.746</x:v>
       </x:c>
       <x:c r="E37" s="0">
-        <x:v>4332.3</x:v>
+        <x:v>5120.6</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="1">
-        <x:v>46006.8309722222</x:v>
+        <x:v>46048.8231134259</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C38" s="0">
-        <x:v>37.58</x:v>
+        <x:v>136.17</x:v>
       </x:c>
       <x:c r="D38" s="0">
-        <x:v>3945.032</x:v>
+        <x:v>4661.293</x:v>
       </x:c>
       <x:c r="E38" s="0">
-        <x:v>4335.2</x:v>
+        <x:v>5122.3</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="1">
-        <x:v>46003.8253125</x:v>
+        <x:v>46045.8273148148</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C39" s="0">
-        <x:v>37.07</x:v>
+        <x:v>112.75</x:v>
       </x:c>
       <x:c r="D39" s="0">
-        <x:v>3938.753</x:v>
+        <x:v>4565.47</x:v>
       </x:c>
       <x:c r="E39" s="0">
-        <x:v>4328.3</x:v>
+        <x:v>4979.7</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="1">
-        <x:v>46002.8233564815</x:v>
+        <x:v>46044.8500231481</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C40" s="0">
-        <x:v>35.83</x:v>
+        <x:v>99.41</x:v>
       </x:c>
       <x:c r="D40" s="0">
-        <x:v>3924.83</x:v>
+        <x:v>4471.194</x:v>
       </x:c>
       <x:c r="E40" s="0">
-        <x:v>4313</x:v>
+        <x:v>4913.4</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="1">
-        <x:v>46001.824849537</x:v>
+        <x:v>46043.8455324074</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C41" s="0">
-        <x:v>29.65</x:v>
+        <x:v>85.98</x:v>
       </x:c>
       <x:c r="D41" s="0">
-        <x:v>3844.477</x:v>
+        <x:v>4402.125</x:v>
       </x:c>
       <x:c r="E41" s="0">
-        <x:v>4224.7</x:v>
+        <x:v>4837.5</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="1">
-        <x:v>46000.8228009259</x:v>
+        <x:v>46042.8283333333</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C42" s="0">
-        <x:v>30.5</x:v>
+        <x:v>74.78</x:v>
       </x:c>
       <x:c r="D42" s="0">
-        <x:v>3854.942</x:v>
+        <x:v>4336.878</x:v>
       </x:c>
       <x:c r="E42" s="0">
-        <x:v>4236.2</x:v>
+        <x:v>4765.8</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="1">
-        <x:v>45999.8272106481</x:v>
+        <x:v>46038.8262615741</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C43" s="0">
-        <x:v>29.24</x:v>
+        <x:v>54.67</x:v>
       </x:c>
       <x:c r="D43" s="0">
-        <x:v>3838.107</x:v>
+        <x:v>4181.814</x:v>
       </x:c>
       <x:c r="E43" s="0">
-        <x:v>4217.7</x:v>
+        <x:v>4595.4</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="1">
-        <x:v>45996.8263078704</x:v>
+        <x:v>46037.8245717593</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C44" s="0">
-        <x:v>31.17</x:v>
+        <x:v>58.28</x:v>
       </x:c>
       <x:c r="D44" s="0">
-        <x:v>3861.13</x:v>
+        <x:v>4207.567</x:v>
       </x:c>
       <x:c r="E44" s="0">
-        <x:v>4243</x:v>
+        <x:v>4623.7</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="1">
-        <x:v>45995.8232291667</x:v>
+        <x:v>46036.824849537</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C45" s="0">
-        <x:v>31.19</x:v>
+        <x:v>59.88</x:v>
       </x:c>
       <x:c r="D45" s="0">
-        <x:v>3861.13</x:v>
+        <x:v>4218.487</x:v>
       </x:c>
       <x:c r="E45" s="0">
-        <x:v>4243</x:v>
+        <x:v>4635.7</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="1">
-        <x:v>45994.8237037037</x:v>
+        <x:v>46035.8275810185</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C46" s="0">
-        <x:v>30.46</x:v>
+        <x:v>55.5</x:v>
       </x:c>
       <x:c r="D46" s="0">
-        <x:v>3851.575</x:v>
+        <x:v>4185.181</x:v>
       </x:c>
       <x:c r="E46" s="0">
-        <x:v>4232.5</x:v>
+        <x:v>4599.1</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="1">
-        <x:v>45993.8229398148</x:v>
+        <x:v>46034.8259375</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C47" s="0">
-        <x:v>29.65</x:v>
+        <x:v>57.48</x:v>
       </x:c>
       <x:c r="D47" s="0">
-        <x:v>3840.928</x:v>
+        <x:v>4199.377</x:v>
       </x:c>
       <x:c r="E47" s="0">
-        <x:v>4220.8</x:v>
+        <x:v>4614.7</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5">
       <x:c r="A48" s="1">
-        <x:v>45992.8242939815</x:v>
+        <x:v>46031.8225925926</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C48" s="0">
-        <x:v>33.97</x:v>
+        <x:v>45.96</x:v>
       </x:c>
       <x:c r="D48" s="0">
-        <x:v>3890.068</x:v>
+        <x:v>4095.819</x:v>
       </x:c>
       <x:c r="E48" s="0">
-        <x:v>4274.8</x:v>
+        <x:v>4500.9</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
       <x:c r="A49" s="1">
-        <x:v>45989.8354861111</x:v>
+        <x:v>46030.8292592593</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C49" s="0">
-        <x:v>32.52</x:v>
+        <x:v>42.19</x:v>
       </x:c>
       <x:c r="D49" s="0">
-        <x:v>3871.959</x:v>
+        <x:v>4059.237</x:v>
       </x:c>
       <x:c r="E49" s="0">
-        <x:v>4254.9</x:v>
+        <x:v>4460.7</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5">
       <x:c r="A50" s="1">
-        <x:v>45987.8265162037</x:v>
+        <x:v>46029.8237037037</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C50" s="0">
-        <x:v>28.94</x:v>
+        <x:v>42.39</x:v>
       </x:c>
       <x:c r="D50" s="0">
-        <x:v>3824.093</x:v>
+        <x:v>4060.875</x:v>
       </x:c>
       <x:c r="E50" s="0">
-        <x:v>4202.3</x:v>
+        <x:v>4462.5</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5">
       <x:c r="A51" s="1">
-        <x:v>45986.8420486111</x:v>
+        <x:v>46028.8240972222</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C51" s="0">
-        <x:v>27.32</x:v>
+        <x:v>45.85</x:v>
       </x:c>
       <x:c r="D51" s="0">
-        <x:v>3801.343</x:v>
+        <x:v>4091.451</x:v>
       </x:c>
       <x:c r="E51" s="0">
-        <x:v>4177.3</x:v>
+        <x:v>4496.1</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5">
       <x:c r="A52" s="1">
-        <x:v>45985.8473032407</x:v>
+        <x:v>46027.8219097222</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C52" s="0">
-        <x:v>24.57</x:v>
+        <x:v>41.71</x:v>
       </x:c>
       <x:c r="D52" s="0">
-        <x:v>3759.028</x:v>
+        <x:v>4050.865</x:v>
       </x:c>
       <x:c r="E52" s="0">
-        <x:v>4130.8</x:v>
+        <x:v>4451.5</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5">
       <x:c r="A53" s="1">
-        <x:v>45982.8240972222</x:v>
+        <x:v>46024.8229976852</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C53" s="0">
-        <x:v>23.77</x:v>
+        <x:v>32.6</x:v>
       </x:c>
       <x:c r="D53" s="0">
-        <x:v>3745.56</x:v>
+        <x:v>3939.936</x:v>
       </x:c>
       <x:c r="E53" s="0">
-        <x:v>4116</x:v>
+        <x:v>4329.6</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5">
       <x:c r="A54" s="1">
-        <x:v>45981.858912037</x:v>
+        <x:v>46021.8342708333</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C54" s="0">
-        <x:v>22.66</x:v>
+        <x:v>37.53</x:v>
       </x:c>
       <x:c r="D54" s="0">
-        <x:v>3727.087</x:v>
+        <x:v>3991.533</x:v>
       </x:c>
       <x:c r="E54" s="0">
-        <x:v>4060</x:v>
+        <x:v>4386.3</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5">
       <x:c r="A55" s="1">
-        <x:v>45980.8244444444</x:v>
+        <x:v>46020.8393171296</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C55" s="0">
-        <x:v>24.02</x:v>
+        <x:v>34.2</x:v>
       </x:c>
       <x:c r="D55" s="0">
-        <x:v>3715.348</x:v>
+        <x:v>3952.676</x:v>
       </x:c>
       <x:c r="E55" s="0">
-        <x:v>4082.8</x:v>
+        <x:v>4343.6</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5">
       <x:c r="A56" s="1">
-        <x:v>45979.8891898148</x:v>
+        <x:v>46014.8341898148</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C56" s="0">
-        <x:v>23.11</x:v>
+        <x:v>53.78</x:v>
       </x:c>
       <x:c r="D56" s="0">
-        <x:v>3700.515</x:v>
+        <x:v>4100.187</x:v>
       </x:c>
       <x:c r="E56" s="0">
-        <x:v>4066.5</x:v>
+        <x:v>4505.7</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:5">
       <x:c r="A57" s="1">
-        <x:v>45978.8251967593</x:v>
+        <x:v>46013.830787037</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C57" s="0">
-        <x:v>23.59</x:v>
+        <x:v>49.78</x:v>
       </x:c>
       <x:c r="D57" s="0">
-        <x:v>3707.795</x:v>
+        <x:v>4067.154</x:v>
       </x:c>
       <x:c r="E57" s="0">
-        <x:v>4074.5</x:v>
+        <x:v>4469.4</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:5">
       <x:c r="A58" s="1">
-        <x:v>45975.8263078704</x:v>
+        <x:v>46010.8267476852</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C58" s="0">
-        <x:v>24.84</x:v>
+        <x:v>42.01</x:v>
       </x:c>
       <x:c r="D58" s="0">
-        <x:v>3725.722</x:v>
+        <x:v>3992.443</x:v>
       </x:c>
       <x:c r="E58" s="0">
-        <x:v>4094.2</x:v>
+        <x:v>4387.3</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:5">
       <x:c r="A59" s="1">
-        <x:v>45974.8559606482</x:v>
+        <x:v>46009.8283333333</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C59" s="0">
-        <x:v>32.68</x:v>
+        <x:v>39.95</x:v>
       </x:c>
       <x:c r="D59" s="0">
-        <x:v>3816.995</x:v>
+        <x:v>3971.695</x:v>
       </x:c>
       <x:c r="E59" s="0">
-        <x:v>4194.5</x:v>
+        <x:v>4364.5</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:5">
       <x:c r="A60" s="1">
-        <x:v>45973.8250115741</x:v>
+        <x:v>46008.8262962963</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C60" s="0">
-        <x:v>34.26</x:v>
+        <x:v>40.86</x:v>
       </x:c>
       <x:c r="D60" s="0">
-        <x:v>3834.376</x:v>
+        <x:v>3980.249</x:v>
       </x:c>
       <x:c r="E60" s="0">
-        <x:v>4213.6</x:v>
+        <x:v>4373.9</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:5">
       <x:c r="A61" s="1">
-        <x:v>45972.8325231482</x:v>
+        <x:v>46007.8233564815</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C61" s="0">
-        <x:v>27.73</x:v>
+        <x:v>37.3</x:v>
       </x:c>
       <x:c r="D61" s="0">
-        <x:v>3745.833</x:v>
+        <x:v>3942.393</x:v>
       </x:c>
       <x:c r="E61" s="0">
-        <x:v>4116.3</x:v>
+        <x:v>4332.3</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:5">
       <x:c r="A62" s="1">
-        <x:v>45971.8316087963</x:v>
+        <x:v>46006.8309722222</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C62" s="0">
-        <x:v>28.14</x:v>
+        <x:v>37.58</x:v>
       </x:c>
       <x:c r="D62" s="0">
-        <x:v>3751.02</x:v>
+        <x:v>3945.032</x:v>
       </x:c>
       <x:c r="E62" s="0">
-        <x:v>4122</x:v>
+        <x:v>4335.2</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:5">
       <x:c r="A63" s="1">
-        <x:v>45968.8265277778</x:v>
+        <x:v>46003.8253125</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C63" s="0">
-        <x:v>22.02</x:v>
+        <x:v>37.07</x:v>
       </x:c>
       <x:c r="D63" s="0">
-        <x:v>3648.918</x:v>
+        <x:v>3938.753</x:v>
       </x:c>
       <x:c r="E63" s="0">
-        <x:v>4009.8</x:v>
+        <x:v>4328.3</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:5">
       <x:c r="A64" s="1">
-        <x:v>45967.8567361111</x:v>
+        <x:v>46002.8233564815</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C64" s="0">
-        <x:v>21.05</x:v>
+        <x:v>35.83</x:v>
       </x:c>
       <x:c r="D64" s="0">
-        <x:v>3631.81</x:v>
+        <x:v>3924.83</x:v>
       </x:c>
       <x:c r="E64" s="0">
-        <x:v>3991</x:v>
+        <x:v>4313</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:5">
       <x:c r="A65" s="1">
-        <x:v>45966.8257638889</x:v>
+        <x:v>46001.824849537</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C65" s="0">
-        <x:v>21.16</x:v>
+        <x:v>29.65</x:v>
       </x:c>
       <x:c r="D65" s="0">
-        <x:v>3633.539</x:v>
+        <x:v>3844.477</x:v>
       </x:c>
       <x:c r="E65" s="0">
-        <x:v>3992.9</x:v>
+        <x:v>4224.7</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:5">
       <x:c r="A66" s="1">
-        <x:v>45965.8372800926</x:v>
+        <x:v>46000.8228009259</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C66" s="0">
-        <x:v>19.57</x:v>
+        <x:v>30.5</x:v>
       </x:c>
       <x:c r="D66" s="0">
-        <x:v>3604.055</x:v>
+        <x:v>3854.942</x:v>
       </x:c>
       <x:c r="E66" s="0">
-        <x:v>3960.5</x:v>
+        <x:v>4236.2</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:5">
       <x:c r="A67" s="1">
-        <x:v>45964.8250925926</x:v>
+        <x:v>45999.8272106481</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C67" s="0">
-        <x:v>22.6</x:v>
+        <x:v>29.24</x:v>
       </x:c>
       <x:c r="D67" s="0">
-        <x:v>3652.74</x:v>
+        <x:v>3838.107</x:v>
       </x:c>
       <x:c r="E67" s="0">
-        <x:v>4014</x:v>
+        <x:v>4217.7</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:5">
       <x:c r="A68" s="1">
-        <x:v>45961.7823032407</x:v>
+        <x:v>45996.8263078704</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C68" s="0">
-        <x:v>21.7</x:v>
+        <x:v>31.17</x:v>
       </x:c>
       <x:c r="D68" s="0">
-        <x:v>3636.815</x:v>
+        <x:v>3861.13</x:v>
       </x:c>
       <x:c r="E68" s="0">
-        <x:v>3996.5</x:v>
+        <x:v>4243</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:5">
       <x:c r="A69" s="1">
-        <x:v>45960.7838310185</x:v>
+        <x:v>45995.8232291667</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C69" s="0">
-        <x:v>22.82</x:v>
+        <x:v>31.19</x:v>
       </x:c>
       <x:c r="D69" s="0">
-        <x:v>3654.469</x:v>
+        <x:v>3861.13</x:v>
       </x:c>
       <x:c r="E69" s="0">
-        <x:v>4015.9</x:v>
+        <x:v>4243</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:5">
       <x:c r="A70" s="1">
-        <x:v>45959.7819212963</x:v>
+        <x:v>45994.8237037037</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C70" s="0">
-        <x:v>22</x:v>
+        <x:v>30.46</x:v>
       </x:c>
       <x:c r="D70" s="0">
-        <x:v>3640.637</x:v>
+        <x:v>3851.575</x:v>
       </x:c>
       <x:c r="E70" s="0">
-        <x:v>4000.7</x:v>
+        <x:v>4232.5</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:5">
       <x:c r="A71" s="1">
-        <x:v>45958.7844444444</x:v>
+        <x:v>45993.8229398148</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C71" s="0">
-        <x:v>21.08</x:v>
+        <x:v>29.65</x:v>
       </x:c>
       <x:c r="D71" s="0">
-        <x:v>3624.621</x:v>
+        <x:v>3840.928</x:v>
       </x:c>
       <x:c r="E71" s="0">
-        <x:v>3983.1</x:v>
+        <x:v>4220.8</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:5">
       <x:c r="A72" s="1">
-        <x:v>45957.7848263889</x:v>
+        <x:v>45992.8242939815</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C72" s="0">
-        <x:v>23.21</x:v>
+        <x:v>33.97</x:v>
       </x:c>
       <x:c r="D72" s="0">
-        <x:v>3657.927</x:v>
+        <x:v>3890.068</x:v>
       </x:c>
       <x:c r="E72" s="0">
-        <x:v>4019.7</x:v>
+        <x:v>4274.8</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:5">
       <x:c r="A73" s="1">
-        <x:v>45954.8273726852</x:v>
+        <x:v>45989.8354861111</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C73" s="0">
-        <x:v>32.58</x:v>
+        <x:v>32.52</x:v>
       </x:c>
       <x:c r="D73" s="0">
-        <x:v>3765.398</x:v>
+        <x:v>3871.959</x:v>
       </x:c>
       <x:c r="E73" s="0">
-        <x:v>4137.8</x:v>
+        <x:v>4254.9</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:5">
       <x:c r="A74" s="1">
-        <x:v>45953.826412037</x:v>
+        <x:v>45987.8265162037</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C74" s="0">
-        <x:v>33.23</x:v>
+        <x:v>28.94</x:v>
       </x:c>
       <x:c r="D74" s="0">
-        <x:v>3772.496</x:v>
+        <x:v>3824.093</x:v>
       </x:c>
       <x:c r="E74" s="0">
-        <x:v>4145.6</x:v>
+        <x:v>4202.3</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:5">
       <x:c r="A75" s="1">
-        <x:v>45952.8312615741</x:v>
+        <x:v>45986.8420486111</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C75" s="0">
-        <x:v>27.77</x:v>
+        <x:v>27.32</x:v>
       </x:c>
       <x:c r="D75" s="0">
-        <x:v>3699.514</x:v>
+        <x:v>3801.343</x:v>
       </x:c>
       <x:c r="E75" s="0">
-        <x:v>4065.4</x:v>
+        <x:v>4177.3</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:5">
       <x:c r="A76" s="1">
-        <x:v>45951.8353240741</x:v>
+        <x:v>45985.8473032407</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C76" s="0">
-        <x:v>31.1</x:v>
+        <x:v>24.57</x:v>
       </x:c>
       <x:c r="D76" s="0">
-        <x:v>3739.281</x:v>
+        <x:v>3759.028</x:v>
       </x:c>
       <x:c r="E76" s="0">
-        <x:v>4109.1</x:v>
+        <x:v>4130.8</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:5">
       <x:c r="A77" s="1">
-        <x:v>45950.8514814815</x:v>
+        <x:v>45982.8240972222</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C77" s="0">
-        <x:v>73.16</x:v>
+        <x:v>23.77</x:v>
       </x:c>
       <x:c r="D77" s="0">
-        <x:v>3967.054</x:v>
+        <x:v>3745.56</x:v>
       </x:c>
       <x:c r="E77" s="0">
-        <x:v>4359.4</x:v>
+        <x:v>4116</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:5">
       <x:c r="A78" s="1">
-        <x:v>45947.8255902778</x:v>
+        <x:v>45981.858912037</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C78" s="0">
-        <x:v>54.41</x:v>
+        <x:v>22.66</x:v>
       </x:c>
       <x:c r="D78" s="0">
-        <x:v>3834.103</x:v>
+        <x:v>3727.087</x:v>
       </x:c>
       <x:c r="E78" s="0">
-        <x:v>4213.3</x:v>
+        <x:v>4060</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:5">
       <x:c r="A79" s="1">
-        <x:v>45946.8237962963</x:v>
+        <x:v>45980.8244444444</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C79" s="0">
-        <x:v>69.12</x:v>
+        <x:v>24.02</x:v>
       </x:c>
       <x:c r="D79" s="0">
-        <x:v>3917.186</x:v>
+        <x:v>3715.348</x:v>
       </x:c>
       <x:c r="E79" s="0">
-        <x:v>4304.6</x:v>
+        <x:v>4082.8</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:5">
       <x:c r="A80" s="1">
-        <x:v>45945.8233796296</x:v>
+        <x:v>45979.8891898148</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C80" s="0">
-        <x:v>55.54</x:v>
+        <x:v>23.11</x:v>
       </x:c>
       <x:c r="D80" s="0">
-        <x:v>3823.456</x:v>
+        <x:v>3700.515</x:v>
       </x:c>
       <x:c r="E80" s="0">
-        <x:v>4201.6</x:v>
+        <x:v>4066.5</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:5">
       <x:c r="A81" s="1">
-        <x:v>45944.828287037</x:v>
+        <x:v>45978.8251967593</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C81" s="0">
-        <x:v>50.91</x:v>
+        <x:v>23.59</x:v>
       </x:c>
       <x:c r="D81" s="0">
-        <x:v>3788.694</x:v>
+        <x:v>3707.795</x:v>
       </x:c>
       <x:c r="E81" s="0">
-        <x:v>4163.4</x:v>
+        <x:v>4074.5</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:5">
       <x:c r="A82" s="1">
-        <x:v>45943.8403356482</x:v>
+        <x:v>45975.8263078704</x:v>
       </x:c>
       <x:c r="B82" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C82" s="0">
-        <x:v>47.45</x:v>
+        <x:v>24.84</x:v>
       </x:c>
       <x:c r="D82" s="0">
-        <x:v>3761.03</x:v>
+        <x:v>3725.722</x:v>
       </x:c>
       <x:c r="E82" s="0">
-        <x:v>4133</x:v>
+        <x:v>4094.2</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:5">
       <x:c r="A83" s="1">
-        <x:v>45940.8233449074</x:v>
+        <x:v>45974.8559606482</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C83" s="0">
-        <x:v>35.7</x:v>
+        <x:v>32.68</x:v>
       </x:c>
       <x:c r="D83" s="0">
-        <x:v>3640.364</x:v>
+        <x:v>3816.995</x:v>
       </x:c>
       <x:c r="E83" s="0">
-        <x:v>4000.4</x:v>
+        <x:v>4194.5</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:5">
       <x:c r="A84" s="1">
-        <x:v>45939.8284953704</x:v>
+        <x:v>45973.8250115741</x:v>
       </x:c>
       <x:c r="B84" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C84" s="0">
-        <x:v>33.38</x:v>
+        <x:v>34.26</x:v>
       </x:c>
       <x:c r="D84" s="0">
-        <x:v>3615.066</x:v>
+        <x:v>3834.376</x:v>
       </x:c>
       <x:c r="E84" s="0">
-        <x:v>3972.6</x:v>
+        <x:v>4213.6</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:5">
       <x:c r="A85" s="1">
-        <x:v>45938.8250115741</x:v>
+        <x:v>45972.8325231482</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C85" s="0">
-        <x:v>44</x:v>
+        <x:v>27.73</x:v>
       </x:c>
       <x:c r="D85" s="0">
-        <x:v>3704.155</x:v>
+        <x:v>3745.833</x:v>
       </x:c>
       <x:c r="E85" s="0">
-        <x:v>4070.5</x:v>
+        <x:v>4116.3</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:5">
       <x:c r="A86" s="1">
-        <x:v>45937.8252430556</x:v>
+        <x:v>45971.8316087963</x:v>
       </x:c>
       <x:c r="B86" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C86" s="0">
-        <x:v>37.79</x:v>
+        <x:v>28.14</x:v>
       </x:c>
       <x:c r="D86" s="0">
-        <x:v>3644.004</x:v>
+        <x:v>3751.02</x:v>
       </x:c>
       <x:c r="E86" s="0">
-        <x:v>4004.4</x:v>
+        <x:v>4122</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:5">
       <x:c r="A87" s="1">
-        <x:v>45936.8237268518</x:v>
+        <x:v>45968.8265277778</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C87" s="0">
-        <x:v>35.32</x:v>
+        <x:v>22.02</x:v>
       </x:c>
       <x:c r="D87" s="0">
-        <x:v>3618.433</x:v>
+        <x:v>3648.918</x:v>
       </x:c>
       <x:c r="E87" s="0">
-        <x:v>3976.3</x:v>
+        <x:v>4009.8</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:5">
       <x:c r="A88" s="1">
-        <x:v>45933.8235648148</x:v>
+        <x:v>45967.8567361111</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C88" s="0">
-        <x:v>30.18</x:v>
+        <x:v>21.05</x:v>
       </x:c>
       <x:c r="D88" s="0">
-        <x:v>3557.099</x:v>
+        <x:v>3631.81</x:v>
       </x:c>
       <x:c r="E88" s="0">
-        <x:v>3908.9</x:v>
+        <x:v>3991</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:5">
       <x:c r="A89" s="1">
-        <x:v>45932.824537037</x:v>
+        <x:v>45966.8257638889</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C89" s="0">
-        <x:v>27.32</x:v>
+        <x:v>21.16</x:v>
       </x:c>
       <x:c r="D89" s="0">
-        <x:v>3519.971</x:v>
+        <x:v>3633.539</x:v>
       </x:c>
       <x:c r="E89" s="0">
-        <x:v>3868.1</x:v>
+        <x:v>3992.9</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:5">
       <x:c r="A90" s="1">
-        <x:v>45931.8251041667</x:v>
+        <x:v>45965.8372800926</x:v>
       </x:c>
       <x:c r="B90" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C90" s="0">
-        <x:v>29.57</x:v>
+        <x:v>19.57</x:v>
       </x:c>
       <x:c r="D90" s="0">
-        <x:v>3546.725</x:v>
+        <x:v>3604.055</x:v>
       </x:c>
       <x:c r="E90" s="0">
-        <x:v>3897.5</x:v>
+        <x:v>3960.5</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:5">
       <x:c r="A91" s="1">
-        <x:v>45930.8239930556</x:v>
+        <x:v>45964.8250925926</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C91" s="0">
-        <x:v>27.84</x:v>
+        <x:v>22.6</x:v>
       </x:c>
       <x:c r="D91" s="0">
-        <x:v>3524.612</x:v>
+        <x:v>3652.74</x:v>
       </x:c>
       <x:c r="E91" s="0">
-        <x:v>3873.2</x:v>
+        <x:v>4014</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:5">
       <x:c r="A92" s="1">
-        <x:v>45929.8229398148</x:v>
+        <x:v>45961.7823032407</x:v>
       </x:c>
       <x:c r="B92" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C92" s="0">
-        <x:v>26.62</x:v>
+        <x:v>21.7</x:v>
       </x:c>
       <x:c r="D92" s="0">
-        <x:v>3508.232</x:v>
+        <x:v>3636.815</x:v>
       </x:c>
       <x:c r="E92" s="0">
-        <x:v>3855.2</x:v>
+        <x:v>3996.5</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:5">
       <x:c r="A93" s="1">
-        <x:v>45926.8238773148</x:v>
+        <x:v>45960.7838310185</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C93" s="0">
-        <x:v>23.78</x:v>
+        <x:v>22.82</x:v>
       </x:c>
       <x:c r="D93" s="0">
-        <x:v>3466.19</x:v>
+        <x:v>3654.469</x:v>
       </x:c>
       <x:c r="E93" s="0">
-        <x:v>3809</x:v>
+        <x:v>4015.9</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:5">
       <x:c r="A94" s="1">
-        <x:v>45925.8238657407</x:v>
+        <x:v>45959.7819212963</x:v>
       </x:c>
       <x:c r="B94" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C94" s="0">
-        <x:v>21.63</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="D94" s="0">
-        <x:v>3431.701</x:v>
+        <x:v>3640.637</x:v>
       </x:c>
       <x:c r="E94" s="0">
-        <x:v>3771.1</x:v>
+        <x:v>4000.7</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:5">
       <x:c r="A95" s="1">
-        <x:v>45924.8325347222</x:v>
+        <x:v>45958.7844444444</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C95" s="0">
-        <x:v>21.47</x:v>
+        <x:v>21.08</x:v>
       </x:c>
       <x:c r="D95" s="0">
-        <x:v>3428.971</x:v>
+        <x:v>3624.621</x:v>
       </x:c>
       <x:c r="E95" s="0">
-        <x:v>3768.1</x:v>
+        <x:v>3983.1</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:5">
       <x:c r="A96" s="1">
-        <x:v>45923.8421412037</x:v>
+        <x:v>45957.7848263889</x:v>
       </x:c>
       <x:c r="B96" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C96" s="0">
-        <x:v>24.55</x:v>
+        <x:v>23.21</x:v>
       </x:c>
       <x:c r="D96" s="0">
-        <x:v>3472.287</x:v>
+        <x:v>3657.927</x:v>
       </x:c>
       <x:c r="E96" s="0">
-        <x:v>3815.7</x:v>
+        <x:v>4019.7</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:5">
       <x:c r="A97" s="1">
-        <x:v>45922.8390625</x:v>
+        <x:v>45954.8273726852</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C97" s="0">
-        <x:v>22.18</x:v>
+        <x:v>32.58</x:v>
       </x:c>
       <x:c r="D97" s="0">
-        <x:v>3435.341</x:v>
+        <x:v>3765.398</x:v>
       </x:c>
       <x:c r="E97" s="0">
-        <x:v>3775.1</x:v>
+        <x:v>4137.8</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:5">
       <x:c r="A98" s="1">
-        <x:v>45919.8403472222</x:v>
+        <x:v>45953.826412037</x:v>
       </x:c>
       <x:c r="B98" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C98" s="0">
-        <x:v>18.72</x:v>
+        <x:v>33.23</x:v>
       </x:c>
       <x:c r="D98" s="0">
-        <x:v>3372.278</x:v>
+        <x:v>3772.496</x:v>
       </x:c>
       <x:c r="E98" s="0">
-        <x:v>3705.8</x:v>
+        <x:v>4145.6</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:5">
       <x:c r="A99" s="1">
-        <x:v>45918.8308796296</x:v>
+        <x:v>45952.8312615741</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C99" s="0">
-        <x:v>17.43</x:v>
+        <x:v>27.77</x:v>
       </x:c>
       <x:c r="D99" s="0">
-        <x:v>3347.253</x:v>
+        <x:v>3699.514</x:v>
       </x:c>
       <x:c r="E99" s="0">
-        <x:v>3678.3</x:v>
+        <x:v>4065.4</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:5">
       <x:c r="A100" s="1">
-        <x:v>45917.8346990741</x:v>
+        <x:v>45951.8353240741</x:v>
       </x:c>
       <x:c r="B100" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C100" s="0">
-        <x:v>19.52</x:v>
+        <x:v>31.1</x:v>
       </x:c>
       <x:c r="D100" s="0">
-        <x:v>3383.198</x:v>
+        <x:v>3739.281</x:v>
       </x:c>
       <x:c r="E100" s="0">
-        <x:v>3717.8</x:v>
+        <x:v>4109.1</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:5">
       <x:c r="A101" s="1">
-        <x:v>45916.82375</x:v>
+        <x:v>45950.8514814815</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C101" s="0">
-        <x:v>19.92</x:v>
+        <x:v>73.16</x:v>
       </x:c>
       <x:c r="D101" s="0">
-        <x:v>3389.841</x:v>
+        <x:v>3967.054</x:v>
       </x:c>
       <x:c r="E101" s="0">
-        <x:v>3725.1</x:v>
+        <x:v>4359.4</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:5">
       <x:c r="A102" s="1">
-        <x:v>45915.8287152778</x:v>
+        <x:v>45947.8255902778</x:v>
       </x:c>
       <x:c r="B102" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C102" s="0">
-        <x:v>19.61</x:v>
+        <x:v>54.41</x:v>
       </x:c>
       <x:c r="D102" s="0">
-        <x:v>3384.29</x:v>
+        <x:v>3834.103</x:v>
       </x:c>
       <x:c r="E102" s="0">
-        <x:v>3719</x:v>
+        <x:v>4213.3</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:5">
       <x:c r="A103" s="1">
-        <x:v>45912.8242824074</x:v>
+        <x:v>45946.8237962963</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C103" s="0">
-        <x:v>18.06</x:v>
+        <x:v>69.12</x:v>
       </x:c>
       <x:c r="D103" s="0">
-        <x:v>3354.624</x:v>
+        <x:v>3917.186</x:v>
       </x:c>
       <x:c r="E103" s="0">
-        <x:v>3686.4</x:v>
+        <x:v>4304.6</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:5">
       <x:c r="A104" s="1">
-        <x:v>45911.8249074074</x:v>
+        <x:v>45945.8233796296</x:v>
       </x:c>
       <x:c r="B104" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C104" s="0">
-        <x:v>17.46</x:v>
+        <x:v>55.54</x:v>
       </x:c>
       <x:c r="D104" s="0">
-        <x:v>3342.976</x:v>
+        <x:v>3823.456</x:v>
       </x:c>
       <x:c r="E104" s="0">
-        <x:v>3673.6</x:v>
+        <x:v>4201.6</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:5">
       <x:c r="A105" s="1">
-        <x:v>45910.8234259259</x:v>
+        <x:v>45944.828287037</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C105" s="0">
-        <x:v>17.88</x:v>
+        <x:v>50.91</x:v>
       </x:c>
       <x:c r="D105" s="0">
-        <x:v>3350.62</x:v>
+        <x:v>3788.694</x:v>
       </x:c>
       <x:c r="E105" s="0">
-        <x:v>3682</x:v>
+        <x:v>4163.4</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:5">
       <x:c r="A106" s="1">
-        <x:v>45909.8234953704</x:v>
+        <x:v>45943.8403356482</x:v>
       </x:c>
       <x:c r="B106" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C106" s="0">
-        <x:v>17.9</x:v>
+        <x:v>47.45</x:v>
       </x:c>
       <x:c r="D106" s="0">
-        <x:v>3350.802</x:v>
+        <x:v>3761.03</x:v>
       </x:c>
       <x:c r="E106" s="0">
-        <x:v>3682.2</x:v>
+        <x:v>4133</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:5">
       <x:c r="A107" s="1">
-        <x:v>45908.8227777778</x:v>
+        <x:v>45940.8233449074</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C107" s="0">
-        <x:v>17.68</x:v>
+        <x:v>35.7</x:v>
       </x:c>
       <x:c r="D107" s="0">
-        <x:v>3346.434</x:v>
+        <x:v>3640.364</x:v>
       </x:c>
       <x:c r="E107" s="0">
-        <x:v>3677.4</x:v>
+        <x:v>4000.4</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:5">
       <x:c r="A108" s="1">
-        <x:v>45905.8690856481</x:v>
+        <x:v>45939.8284953704</x:v>
       </x:c>
       <x:c r="B108" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C108" s="0">
-        <x:v>16.62</x:v>
+        <x:v>33.38</x:v>
       </x:c>
       <x:c r="D108" s="0">
-        <x:v>3324.503</x:v>
+        <x:v>3615.066</x:v>
       </x:c>
       <x:c r="E108" s="0">
-        <x:v>3653.3</x:v>
+        <x:v>3972.6</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:5">
       <x:c r="A109" s="1">
-        <x:v>45904.8310300926</x:v>
+        <x:v>45938.8250115741</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C109" s="0">
-        <x:v>14.73</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="D109" s="0">
-        <x:v>3282.097</x:v>
+        <x:v>3704.155</x:v>
       </x:c>
       <x:c r="E109" s="0">
-        <x:v>3606.7</x:v>
+        <x:v>4070.5</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:5">
       <x:c r="A110" s="1">
-        <x:v>45903.8280208333</x:v>
+        <x:v>45937.8252430556</x:v>
       </x:c>
       <x:c r="B110" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C110" s="0">
-        <x:v>16.01</x:v>
+        <x:v>37.79</x:v>
       </x:c>
       <x:c r="D110" s="0">
-        <x:v>3308.305</x:v>
+        <x:v>3644.004</x:v>
       </x:c>
       <x:c r="E110" s="0">
-        <x:v>3635.5</x:v>
+        <x:v>4004.4</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:5">
       <x:c r="A111" s="1">
-        <x:v>45902.8240393518</x:v>
+        <x:v>45936.8237268518</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C111" s="0">
-        <x:v>14.3</x:v>
+        <x:v>35.32</x:v>
       </x:c>
       <x:c r="D111" s="0">
-        <x:v>3268.902</x:v>
+        <x:v>3618.433</x:v>
       </x:c>
       <x:c r="E111" s="0">
-        <x:v>3592.2</x:v>
+        <x:v>3976.3</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:5">
       <x:c r="A112" s="1">
-        <x:v>45898.8248148148</x:v>
+        <x:v>45933.8235648148</x:v>
       </x:c>
       <x:c r="B112" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C112" s="0">
-        <x:v>11.78</x:v>
+        <x:v>30.18</x:v>
       </x:c>
       <x:c r="D112" s="0">
-        <x:v>3199.651</x:v>
+        <x:v>3557.099</x:v>
       </x:c>
       <x:c r="E112" s="0">
-        <x:v>3516.1</x:v>
+        <x:v>3908.9</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:5">
       <x:c r="A113" s="1">
-        <x:v>45897.8404050926</x:v>
+        <x:v>45932.824537037</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C113" s="0">
-        <x:v>10.52</x:v>
+        <x:v>27.32</x:v>
       </x:c>
       <x:c r="D113" s="0">
-        <x:v>3161.613</x:v>
+        <x:v>3519.971</x:v>
       </x:c>
       <x:c r="E113" s="0">
-        <x:v>3474.3</x:v>
+        <x:v>3868.1</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:5">
       <x:c r="A114" s="1">
-        <x:v>45896.8352199074</x:v>
+        <x:v>45931.8251041667</x:v>
       </x:c>
       <x:c r="B114" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C114" s="0">
-        <x:v>9.8</x:v>
+        <x:v>29.57</x:v>
       </x:c>
       <x:c r="D114" s="0">
-        <x:v>3138.226</x:v>
+        <x:v>3546.725</x:v>
       </x:c>
       <x:c r="E114" s="0">
-        <x:v>3448.6</x:v>
+        <x:v>3897.5</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:5">
       <x:c r="A115" s="1">
-        <x:v>45895.8272685185</x:v>
+        <x:v>45930.8239930556</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C115" s="0">
-        <x:v>9.38</x:v>
+        <x:v>27.84</x:v>
       </x:c>
       <x:c r="D115" s="0">
-        <x:v>3124.03</x:v>
+        <x:v>3524.612</x:v>
       </x:c>
       <x:c r="E115" s="0">
-        <x:v>3433</x:v>
+        <x:v>3873.2</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:5">
       <x:c r="A116" s="1">
-        <x:v>45894.8408449074</x:v>
+        <x:v>45929.8229398148</x:v>
       </x:c>
       <x:c r="B116" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C116" s="0">
-        <x:v>8.98</x:v>
+        <x:v>26.62</x:v>
       </x:c>
       <x:c r="D116" s="0">
-        <x:v>3109.925</x:v>
+        <x:v>3508.232</x:v>
       </x:c>
       <x:c r="E116" s="0">
-        <x:v>3417.5</x:v>
+        <x:v>3855.2</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:5">
       <x:c r="A117" s="1">
-        <x:v>45891.8256018519</x:v>
+        <x:v>45926.8238773148</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C117" s="0">
-        <x:v>9.02</x:v>
+        <x:v>23.78</x:v>
       </x:c>
       <x:c r="D117" s="0">
-        <x:v>3110.835</x:v>
+        <x:v>3466.19</x:v>
       </x:c>
       <x:c r="E117" s="0">
-        <x:v>3418.5</x:v>
+        <x:v>3809</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:5">
       <x:c r="A118" s="1">
-        <x:v>45890.8256481482</x:v>
+        <x:v>45925.8238657407</x:v>
       </x:c>
       <x:c r="B118" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C118" s="0">
-        <x:v>8.14</x:v>
+        <x:v>21.63</x:v>
       </x:c>
       <x:c r="D118" s="0">
-        <x:v>3077.256</x:v>
+        <x:v>3431.701</x:v>
       </x:c>
       <x:c r="E118" s="0">
-        <x:v>3381.6</x:v>
+        <x:v>3771.1</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:5">
       <x:c r="A119" s="1">
-        <x:v>45889.8244791667</x:v>
+        <x:v>45924.8325347222</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C119" s="0">
-        <x:v>8.32</x:v>
+        <x:v>21.47</x:v>
       </x:c>
       <x:c r="D119" s="0">
-        <x:v>3083.535</x:v>
+        <x:v>3428.971</x:v>
       </x:c>
       <x:c r="E119" s="0">
-        <x:v>3388.5</x:v>
+        <x:v>3768.1</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:5">
       <x:c r="A120" s="1">
-        <x:v>45888.8241898148</x:v>
+        <x:v>45923.8421412037</x:v>
       </x:c>
       <x:c r="B120" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C120" s="0">
-        <x:v>7.64</x:v>
+        <x:v>24.55</x:v>
       </x:c>
       <x:c r="D120" s="0">
-        <x:v>3056.417</x:v>
+        <x:v>3472.287</x:v>
       </x:c>
       <x:c r="E120" s="0">
-        <x:v>3358.7</x:v>
+        <x:v>3815.7</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:5">
       <x:c r="A121" s="1">
-        <x:v>45887.8261342593</x:v>
+        <x:v>45922.8390625</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C121" s="0">
-        <x:v>8.11</x:v>
+        <x:v>22.18</x:v>
       </x:c>
       <x:c r="D121" s="0">
-        <x:v>3073.98</x:v>
+        <x:v>3435.341</x:v>
       </x:c>
       <x:c r="E121" s="0">
-        <x:v>3378</x:v>
+        <x:v>3775.1</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:5">
       <x:c r="A122" s="1">
-        <x:v>45884.8236458333</x:v>
+        <x:v>45919.8403472222</x:v>
       </x:c>
       <x:c r="B122" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C122" s="0">
-        <x:v>8.24</x:v>
+        <x:v>18.72</x:v>
       </x:c>
       <x:c r="D122" s="0">
-        <x:v>3078.166</x:v>
+        <x:v>3372.278</x:v>
       </x:c>
       <x:c r="E122" s="0">
-        <x:v>3382.6</x:v>
+        <x:v>3705.8</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:5">
       <x:c r="A123" s="1">
-        <x:v>45883.8469907407</x:v>
+        <x:v>45918.8308796296</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C123" s="0">
-        <x:v>8.26</x:v>
+        <x:v>17.43</x:v>
       </x:c>
       <x:c r="D123" s="0">
-        <x:v>3078.712</x:v>
+        <x:v>3347.253</x:v>
       </x:c>
       <x:c r="E123" s="0">
-        <x:v>3383.2</x:v>
+        <x:v>3678.3</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:5">
       <x:c r="A124" s="1">
-        <x:v>45882.843125</x:v>
+        <x:v>45917.8346990741</x:v>
       </x:c>
       <x:c r="B124" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C124" s="0">
-        <x:v>8.93</x:v>
+        <x:v>19.52</x:v>
       </x:c>
       <x:c r="D124" s="0">
-        <x:v>3101.553</x:v>
+        <x:v>3383.198</x:v>
       </x:c>
       <x:c r="E124" s="0">
-        <x:v>3408.3</x:v>
+        <x:v>3717.8</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:5">
       <x:c r="A125" s="1">
-        <x:v>45881.822662037</x:v>
+        <x:v>45916.82375</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C125" s="0">
-        <x:v>8.7</x:v>
+        <x:v>19.92</x:v>
       </x:c>
       <x:c r="D125" s="0">
-        <x:v>3093.09</x:v>
+        <x:v>3389.841</x:v>
       </x:c>
       <x:c r="E125" s="0">
-        <x:v>3399</x:v>
+        <x:v>3725.1</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:5">
       <x:c r="A126" s="1">
-        <x:v>45880.8266898148</x:v>
+        <x:v>45915.8287152778</x:v>
       </x:c>
       <x:c r="B126" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C126" s="0">
-        <x:v>8.85</x:v>
+        <x:v>19.61</x:v>
       </x:c>
       <x:c r="D126" s="0">
-        <x:v>3098.277</x:v>
+        <x:v>3384.29</x:v>
       </x:c>
       <x:c r="E126" s="0">
-        <x:v>3404.7</x:v>
+        <x:v>3719</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:5">
       <x:c r="A127" s="1">
-        <x:v>45877.8247916667</x:v>
+        <x:v>45912.8242824074</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C127" s="0">
-        <x:v>11.8</x:v>
+        <x:v>18.06</x:v>
       </x:c>
       <x:c r="D127" s="0">
-        <x:v>3177.083</x:v>
+        <x:v>3354.624</x:v>
       </x:c>
       <x:c r="E127" s="0">
-        <x:v>3491.3</x:v>
+        <x:v>3686.4</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:5">
       <x:c r="A128" s="1">
-        <x:v>45876.8256018519</x:v>
+        <x:v>45911.8249074074</x:v>
       </x:c>
       <x:c r="B128" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C128" s="0">
-        <x:v>10.65</x:v>
+        <x:v>17.46</x:v>
       </x:c>
       <x:c r="D128" s="0">
-        <x:v>3142.867</x:v>
+        <x:v>3342.976</x:v>
       </x:c>
       <x:c r="E128" s="0">
-        <x:v>3453.7</x:v>
+        <x:v>3673.6</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:5">
       <x:c r="A129" s="1">
-        <x:v>45875.8240277778</x:v>
+        <x:v>45910.8234259259</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C129" s="0">
-        <x:v>10.06</x:v>
+        <x:v>17.88</x:v>
       </x:c>
       <x:c r="D129" s="0">
-        <x:v>3124.394</x:v>
+        <x:v>3350.62</x:v>
       </x:c>
       <x:c r="E129" s="0">
-        <x:v>3433.4</x:v>
+        <x:v>3682</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:5">
       <x:c r="A130" s="1">
-        <x:v>45874.8240277778</x:v>
+        <x:v>45909.8234953704</x:v>
       </x:c>
       <x:c r="B130" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C130" s="0">
-        <x:v>10.11</x:v>
+        <x:v>17.9</x:v>
       </x:c>
       <x:c r="D130" s="0">
-        <x:v>3125.577</x:v>
+        <x:v>3350.802</x:v>
       </x:c>
       <x:c r="E130" s="0">
-        <x:v>3434.7</x:v>
+        <x:v>3682.2</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:5">
       <x:c r="A131" s="1">
-        <x:v>45873.826400463</x:v>
+        <x:v>45908.8227777778</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C131" s="0">
-        <x:v>9.88</x:v>
+        <x:v>17.68</x:v>
       </x:c>
       <x:c r="D131" s="0">
-        <x:v>3118.024</x:v>
+        <x:v>3346.434</x:v>
       </x:c>
       <x:c r="E131" s="0">
-        <x:v>3426.4</x:v>
+        <x:v>3677.4</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:5">
       <x:c r="A132" s="1">
-        <x:v>45870.8315162037</x:v>
+        <x:v>45905.8690856481</x:v>
       </x:c>
       <x:c r="B132" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C132" s="0">
-        <x:v>9.18</x:v>
+        <x:v>16.62</x:v>
       </x:c>
       <x:c r="D132" s="0">
-        <x:v>3093.818</x:v>
+        <x:v>3324.503</x:v>
       </x:c>
       <x:c r="E132" s="0">
-        <x:v>3399.8</x:v>
+        <x:v>3653.3</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:5">
       <x:c r="A133" s="1">
-        <x:v>45869.8289814815</x:v>
+        <x:v>45904.8310300926</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C133" s="0">
-        <x:v>7.97</x:v>
+        <x:v>14.73</x:v>
       </x:c>
       <x:c r="D133" s="0">
-        <x:v>3047.226</x:v>
+        <x:v>3282.097</x:v>
       </x:c>
       <x:c r="E133" s="0">
-        <x:v>3348.6</x:v>
+        <x:v>3606.7</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:5">
       <x:c r="A134" s="1">
-        <x:v>45868.8234722222</x:v>
+        <x:v>45903.8280208333</x:v>
       </x:c>
       <x:c r="B134" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C134" s="0">
-        <x:v>8.07</x:v>
+        <x:v>16.01</x:v>
       </x:c>
       <x:c r="D134" s="0">
-        <x:v>3051.048</x:v>
+        <x:v>3308.305</x:v>
       </x:c>
       <x:c r="E134" s="0">
-        <x:v>3352.8</x:v>
+        <x:v>3635.5</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:5">
       <x:c r="A135" s="1">
-        <x:v>45867.8250694444</x:v>
+        <x:v>45902.8240393518</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C135" s="0">
-        <x:v>8.82</x:v>
+        <x:v>14.3</x:v>
       </x:c>
       <x:c r="D135" s="0">
-        <x:v>3076.892</x:v>
+        <x:v>3268.902</x:v>
       </x:c>
       <x:c r="E135" s="0">
-        <x:v>3381.2</x:v>
+        <x:v>3592.2</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:5">
       <x:c r="A136" s="1">
-        <x:v>45866.8322916667</x:v>
+        <x:v>45898.8248148148</x:v>
       </x:c>
       <x:c r="B136" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C136" s="0">
-        <x:v>8.5</x:v>
+        <x:v>11.78</x:v>
       </x:c>
       <x:c r="D136" s="0">
-        <x:v>3064.88</x:v>
+        <x:v>3199.651</x:v>
       </x:c>
       <x:c r="E136" s="0">
-        <x:v>3368</x:v>
+        <x:v>3516.1</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:5">
       <x:c r="A137" s="1">
-        <x:v>45863.8404050926</x:v>
+        <x:v>45897.8404050926</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C137" s="0">
-        <x:v>9.18</x:v>
+        <x:v>10.52</x:v>
       </x:c>
       <x:c r="D137" s="0">
-        <x:v>3087.175</x:v>
+        <x:v>3161.613</x:v>
       </x:c>
       <x:c r="E137" s="0">
-        <x:v>3392.5</x:v>
+        <x:v>3474.3</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:5">
       <x:c r="A138" s="1">
-        <x:v>45862.8566319444</x:v>
+        <x:v>45896.8352199074</x:v>
       </x:c>
       <x:c r="B138" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C138" s="0">
-        <x:v>10.35</x:v>
+        <x:v>9.8</x:v>
       </x:c>
       <x:c r="D138" s="0">
-        <x:v>3122.301</x:v>
+        <x:v>3138.226</x:v>
       </x:c>
       <x:c r="E138" s="0">
-        <x:v>3373.5</x:v>
+        <x:v>3448.6</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:5">
       <x:c r="A139" s="1">
-        <x:v>45861.8323611111</x:v>
+        <x:v>45895.8272685185</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C139" s="0">
-        <x:v>11.15</x:v>
+        <x:v>9.38</x:v>
       </x:c>
       <x:c r="D139" s="0">
-        <x:v>3091.816</x:v>
+        <x:v>3124.03</x:v>
       </x:c>
       <x:c r="E139" s="0">
-        <x:v>3397.6</x:v>
+        <x:v>3433</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:5">
       <x:c r="A140" s="1">
-        <x:v>45860.8328125</x:v>
+        <x:v>45894.8408449074</x:v>
       </x:c>
       <x:c r="B140" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C140" s="0">
-        <x:v>12.88</x:v>
+        <x:v>8.98</x:v>
       </x:c>
       <x:c r="D140" s="0">
-        <x:v>3133.767</x:v>
+        <x:v>3109.925</x:v>
       </x:c>
       <x:c r="E140" s="0">
-        <x:v>3443.7</x:v>
+        <x:v>3417.5</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:5">
       <x:c r="A141" s="1">
-        <x:v>45859.8410185185</x:v>
+        <x:v>45891.8256018519</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C141" s="0">
-        <x:v>11.62</x:v>
+        <x:v>9.02</x:v>
       </x:c>
       <x:c r="D141" s="0">
-        <x:v>3099.824</x:v>
+        <x:v>3110.835</x:v>
       </x:c>
       <x:c r="E141" s="0">
-        <x:v>3406.4</x:v>
+        <x:v>3418.5</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:5">
       <x:c r="A142" s="1">
-        <x:v>45856.8230671296</x:v>
+        <x:v>45890.8256481482</x:v>
       </x:c>
       <x:c r="B142" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C142" s="0">
-        <x:v>10.18</x:v>
+        <x:v>8.14</x:v>
       </x:c>
       <x:c r="D142" s="0">
-        <x:v>3056.053</x:v>
+        <x:v>3077.256</x:v>
       </x:c>
       <x:c r="E142" s="0">
-        <x:v>3358.3</x:v>
+        <x:v>3381.6</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:5">
       <x:c r="A143" s="1">
-        <x:v>45855.8238541667</x:v>
+        <x:v>45889.8244791667</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C143" s="0">
-        <x:v>9.81</x:v>
+        <x:v>8.32</x:v>
       </x:c>
       <x:c r="D143" s="0">
-        <x:v>3044.223</x:v>
+        <x:v>3083.535</x:v>
       </x:c>
       <x:c r="E143" s="0">
-        <x:v>3345.3</x:v>
+        <x:v>3388.5</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:5">
       <x:c r="A144" s="1">
-        <x:v>45854.8590046296</x:v>
+        <x:v>45888.8241898148</x:v>
       </x:c>
       <x:c r="B144" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C144" s="0">
-        <x:v>10.24</x:v>
+        <x:v>7.64</x:v>
       </x:c>
       <x:c r="D144" s="0">
-        <x:v>3056.781</x:v>
+        <x:v>3056.417</x:v>
       </x:c>
       <x:c r="E144" s="0">
-        <x:v>3359.1</x:v>
+        <x:v>3358.7</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:5">
       <x:c r="A145" s="1">
-        <x:v>45853.8525810185</x:v>
+        <x:v>45887.8261342593</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C145" s="0">
-        <x:v>9.6</x:v>
+        <x:v>8.11</x:v>
       </x:c>
       <x:c r="D145" s="0">
-        <x:v>3036.397</x:v>
+        <x:v>3073.98</x:v>
       </x:c>
       <x:c r="E145" s="0">
-        <x:v>3336.7</x:v>
+        <x:v>3378</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:5">
       <x:c r="A146" s="1">
-        <x:v>45852.8231018518</x:v>
+        <x:v>45884.8236458333</x:v>
       </x:c>
       <x:c r="B146" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C146" s="0">
-        <x:v>10.29</x:v>
+        <x:v>8.24</x:v>
       </x:c>
       <x:c r="D146" s="0">
-        <x:v>3056.781</x:v>
+        <x:v>3078.166</x:v>
       </x:c>
       <x:c r="E146" s="0">
-        <x:v>3359.1</x:v>
+        <x:v>3382.6</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:5">
       <x:c r="A147" s="1">
-        <x:v>45849.8239930556</x:v>
+        <x:v>45883.8469907407</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C147" s="0">
-        <x:v>10.47</x:v>
+        <x:v>8.26</x:v>
       </x:c>
       <x:c r="D147" s="0">
-        <x:v>3061.24</x:v>
+        <x:v>3078.712</x:v>
       </x:c>
       <x:c r="E147" s="0">
-        <x:v>3364</x:v>
+        <x:v>3383.2</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:5">
       <x:c r="A148" s="1">
-        <x:v>45848.8285532407</x:v>
+        <x:v>45882.843125</x:v>
       </x:c>
       <x:c r="B148" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C148" s="0">
-        <x:v>9.39</x:v>
+        <x:v>8.93</x:v>
       </x:c>
       <x:c r="D148" s="0">
-        <x:v>3026.387</x:v>
+        <x:v>3101.553</x:v>
       </x:c>
       <x:c r="E148" s="0">
-        <x:v>3325.7</x:v>
+        <x:v>3408.3</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:5">
       <x:c r="A149" s="1">
-        <x:v>45847.8235763889</x:v>
+        <x:v>45881.822662037</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C149" s="0">
-        <x:v>9.27</x:v>
+        <x:v>8.7</x:v>
       </x:c>
       <x:c r="D149" s="0">
-        <x:v>3022.11</x:v>
+        <x:v>3093.09</x:v>
       </x:c>
       <x:c r="E149" s="0">
-        <x:v>3321</x:v>
+        <x:v>3399</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:5">
       <x:c r="A150" s="1">
-        <x:v>45846.8267939815</x:v>
+        <x:v>45880.8266898148</x:v>
       </x:c>
       <x:c r="B150" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C150" s="0">
-        <x:v>9.16</x:v>
+        <x:v>8.85</x:v>
       </x:c>
       <x:c r="D150" s="0">
-        <x:v>3018.379</x:v>
+        <x:v>3098.277</x:v>
       </x:c>
       <x:c r="E150" s="0">
-        <x:v>3316.9</x:v>
+        <x:v>3404.7</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:5">
       <x:c r="A151" s="1">
-        <x:v>45845.8307523148</x:v>
+        <x:v>45877.8247916667</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C151" s="0">
-        <x:v>9.94</x:v>
+        <x:v>11.8</x:v>
       </x:c>
       <x:c r="D151" s="0">
-        <x:v>3041.948</x:v>
+        <x:v>3177.083</x:v>
       </x:c>
       <x:c r="E151" s="0">
-        <x:v>3342.8</x:v>
+        <x:v>3491.3</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:5">
       <x:c r="A152" s="1">
-        <x:v>45841.8258333333</x:v>
+        <x:v>45876.8256018519</x:v>
       </x:c>
       <x:c r="B152" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C152" s="0">
-        <x:v>9.97</x:v>
+        <x:v>10.65</x:v>
       </x:c>
       <x:c r="D152" s="0">
-        <x:v>3042.039</x:v>
+        <x:v>3142.867</x:v>
       </x:c>
       <x:c r="E152" s="0">
-        <x:v>3342.9</x:v>
+        <x:v>3453.7</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:5">
       <x:c r="A153" s="1">
-        <x:v>45840.8229050926</x:v>
+        <x:v>45875.8240277778</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C153" s="0">
-        <x:v>10.5</x:v>
+        <x:v>10.06</x:v>
       </x:c>
       <x:c r="D153" s="0">
-        <x:v>3057.327</x:v>
+        <x:v>3124.394</x:v>
       </x:c>
       <x:c r="E153" s="0">
-        <x:v>3359.7</x:v>
+        <x:v>3433.4</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:5">
       <x:c r="A154" s="1">
-        <x:v>45839.8275694444</x:v>
+        <x:v>45874.8240277778</x:v>
       </x:c>
       <x:c r="B154" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C154" s="0">
-        <x:v>10.21</x:v>
+        <x:v>10.11</x:v>
       </x:c>
       <x:c r="D154" s="0">
-        <x:v>3048.318</x:v>
+        <x:v>3125.577</x:v>
       </x:c>
       <x:c r="E154" s="0">
-        <x:v>3349.8</x:v>
+        <x:v>3434.7</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:5">
       <x:c r="A155" s="1">
-        <x:v>45838.8345601852</x:v>
+        <x:v>45873.826400463</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C155" s="0">
-        <x:v>9.06</x:v>
+        <x:v>9.88</x:v>
       </x:c>
       <x:c r="D155" s="0">
-        <x:v>3010.007</x:v>
+        <x:v>3118.024</x:v>
       </x:c>
       <x:c r="E155" s="0">
-        <x:v>3307.7</x:v>
+        <x:v>3426.4</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:5">
       <x:c r="A156" s="1">
-        <x:v>45835.8364699074</x:v>
+        <x:v>45870.8315162037</x:v>
       </x:c>
       <x:c r="B156" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C156" s="0">
-        <x:v>8.56</x:v>
+        <x:v>9.18</x:v>
       </x:c>
       <x:c r="D156" s="0">
-        <x:v>2991.716</x:v>
+        <x:v>3093.818</x:v>
       </x:c>
       <x:c r="E156" s="0">
-        <x:v>3287.6</x:v>
+        <x:v>3399.8</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:5">
       <x:c r="A157" s="1">
-        <x:v>45834.841712963</x:v>
+        <x:v>45869.8289814815</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C157" s="0">
-        <x:v>10.45</x:v>
+        <x:v>7.97</x:v>
       </x:c>
       <x:c r="D157" s="0">
-        <x:v>3046.68</x:v>
+        <x:v>3047.226</x:v>
       </x:c>
       <x:c r="E157" s="0">
-        <x:v>3348</x:v>
+        <x:v>3348.6</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:5">
       <x:c r="A158" s="1">
-        <x:v>45833.8280902778</x:v>
+        <x:v>45868.8234722222</x:v>
       </x:c>
       <x:c r="B158" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C158" s="0">
-        <x:v>10.31</x:v>
+        <x:v>8.07</x:v>
       </x:c>
       <x:c r="D158" s="0">
-        <x:v>3042.221</x:v>
+        <x:v>3051.048</x:v>
       </x:c>
       <x:c r="E158" s="0">
-        <x:v>3343.1</x:v>
+        <x:v>3352.8</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:5">
       <x:c r="A159" s="1">
-        <x:v>45832.8236574074</x:v>
+        <x:v>45867.8250694444</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C159" s="0">
-        <x:v>10.04</x:v>
+        <x:v>8.82</x:v>
       </x:c>
       <x:c r="D159" s="0">
-        <x:v>3033.849</x:v>
+        <x:v>3076.892</x:v>
       </x:c>
       <x:c r="E159" s="0">
-        <x:v>3333.9</x:v>
+        <x:v>3381.2</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:5">
       <x:c r="A160" s="1">
-        <x:v>45831.824849537</x:v>
+        <x:v>45866.8322916667</x:v>
       </x:c>
       <x:c r="B160" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C160" s="0">
-        <x:v>12.25</x:v>
+        <x:v>8.5</x:v>
       </x:c>
       <x:c r="D160" s="0">
-        <x:v>3089.45</x:v>
+        <x:v>3064.88</x:v>
       </x:c>
       <x:c r="E160" s="0">
-        <x:v>3395</x:v>
+        <x:v>3368</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:5">
       <x:c r="A161" s="1">
-        <x:v>45828.8266898148</x:v>
+        <x:v>45863.8404050926</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C161" s="0">
-        <x:v>11.95</x:v>
+        <x:v>9.18</x:v>
       </x:c>
       <x:c r="D161" s="0">
-        <x:v>3080.987</x:v>
+        <x:v>3087.175</x:v>
       </x:c>
       <x:c r="E161" s="0">
-        <x:v>3385.7</x:v>
+        <x:v>3392.5</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:5">
       <x:c r="A162" s="1">
-        <x:v>45826.8327199074</x:v>
+        <x:v>45862.8566319444</x:v>
       </x:c>
       <x:c r="B162" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C162" s="0">
-        <x:v>12.81</x:v>
+        <x:v>10.35</x:v>
       </x:c>
       <x:c r="D162" s="0">
-        <x:v>3101.371</x:v>
+        <x:v>3122.301</x:v>
       </x:c>
       <x:c r="E162" s="0">
-        <x:v>3408.1</x:v>
+        <x:v>3373.5</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:5">
       <x:c r="A163" s="1">
-        <x:v>45825.8232986111</x:v>
+        <x:v>45861.8323611111</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C163" s="0">
-        <x:v>12.77</x:v>
+        <x:v>11.15</x:v>
       </x:c>
       <x:c r="D163" s="0">
-        <x:v>3100.279</x:v>
+        <x:v>3091.816</x:v>
       </x:c>
       <x:c r="E163" s="0">
-        <x:v>3406.9</x:v>
+        <x:v>3397.6</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:5">
       <x:c r="A164" s="1">
-        <x:v>45824.8368171296</x:v>
+        <x:v>45860.8328125</x:v>
       </x:c>
       <x:c r="B164" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C164" s="0">
-        <x:v>13.18</x:v>
+        <x:v>12.88</x:v>
       </x:c>
       <x:c r="D164" s="0">
-        <x:v>3109.743</x:v>
+        <x:v>3133.767</x:v>
       </x:c>
       <x:c r="E164" s="0">
-        <x:v>3417.3</x:v>
+        <x:v>3443.7</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:5">
       <x:c r="A165" s="1">
-        <x:v>45821.829849537</x:v>
+        <x:v>45859.8410185185</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C165" s="0">
-        <x:v>14.73</x:v>
+        <x:v>11.62</x:v>
       </x:c>
       <x:c r="D165" s="0">
-        <x:v>3142.048</x:v>
+        <x:v>3099.824</x:v>
       </x:c>
       <x:c r="E165" s="0">
-        <x:v>3452.8</x:v>
+        <x:v>3406.4</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:5">
       <x:c r="A166" s="1">
-        <x:v>45820.8297916667</x:v>
+        <x:v>45856.8230671296</x:v>
       </x:c>
       <x:c r="B166" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C166" s="0">
-        <x:v>12.83</x:v>
+        <x:v>10.18</x:v>
       </x:c>
       <x:c r="D166" s="0">
-        <x:v>3096.184</x:v>
+        <x:v>3056.053</x:v>
       </x:c>
       <x:c r="E166" s="0">
-        <x:v>3402.4</x:v>
+        <x:v>3358.3</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:5">
       <x:c r="A167" s="1">
-        <x:v>45819.834537037</x:v>
+        <x:v>45855.8238541667</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C167" s="0">
-        <x:v>10.92</x:v>
+        <x:v>9.81</x:v>
       </x:c>
       <x:c r="D167" s="0">
-        <x:v>3042.767</x:v>
+        <x:v>3044.223</x:v>
       </x:c>
       <x:c r="E167" s="0">
-        <x:v>3343.7</x:v>
+        <x:v>3345.3</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:5">
       <x:c r="A168" s="1">
-        <x:v>45818.8240972222</x:v>
+        <x:v>45854.8590046296</x:v>
       </x:c>
       <x:c r="B168" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C168" s="0">
-        <x:v>10.92</x:v>
+        <x:v>10.24</x:v>
       </x:c>
       <x:c r="D168" s="0">
-        <x:v>3042.494</x:v>
+        <x:v>3056.781</x:v>
       </x:c>
       <x:c r="E168" s="0">
-        <x:v>3343.4</x:v>
+        <x:v>3359.1</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:5">
       <x:c r="A169" s="1">
-        <x:v>45817.8239351852</x:v>
+        <x:v>45853.8525810185</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C169" s="0">
-        <x:v>11.32</x:v>
+        <x:v>9.6</x:v>
       </x:c>
       <x:c r="D169" s="0">
-        <x:v>3052.959</x:v>
+        <x:v>3036.397</x:v>
       </x:c>
       <x:c r="E169" s="0">
-        <x:v>3354.9</x:v>
+        <x:v>3336.7</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:5">
       <x:c r="A170" s="1">
-        <x:v>45814.8280208333</x:v>
+        <x:v>45852.8231018518</x:v>
       </x:c>
       <x:c r="B170" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C170" s="0">
-        <x:v>11.07</x:v>
+        <x:v>10.29</x:v>
       </x:c>
       <x:c r="D170" s="0">
-        <x:v>3045.406</x:v>
+        <x:v>3056.781</x:v>
       </x:c>
       <x:c r="E170" s="0">
-        <x:v>3346.6</x:v>
+        <x:v>3359.1</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:5">
       <x:c r="A171" s="1">
-        <x:v>45813.8231828704</x:v>
+        <x:v>45849.8239930556</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C171" s="0">
-        <x:v>12.1</x:v>
+        <x:v>10.47</x:v>
       </x:c>
       <x:c r="D171" s="0">
-        <x:v>3071.341</x:v>
+        <x:v>3061.24</x:v>
       </x:c>
       <x:c r="E171" s="0">
-        <x:v>3375.1</x:v>
+        <x:v>3364</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:5">
       <x:c r="A172" s="1">
-        <x:v>45812.8567824074</x:v>
+        <x:v>45848.8285532407</x:v>
       </x:c>
       <x:c r="B172" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C172" s="0">
-        <x:v>13.03</x:v>
+        <x:v>9.39</x:v>
       </x:c>
       <x:c r="D172" s="0">
-        <x:v>3093.272</x:v>
+        <x:v>3026.387</x:v>
       </x:c>
       <x:c r="E172" s="0">
-        <x:v>3399.2</x:v>
+        <x:v>3325.7</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:5">
       <x:c r="A173" s="1">
-        <x:v>45811.8941550926</x:v>
+        <x:v>45847.8235763889</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C173" s="0">
-        <x:v>12.24</x:v>
+        <x:v>9.27</x:v>
       </x:c>
       <x:c r="D173" s="0">
-        <x:v>3073.161</x:v>
+        <x:v>3022.11</x:v>
       </x:c>
       <x:c r="E173" s="0">
-        <x:v>3377.1</x:v>
+        <x:v>3321</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:5">
       <x:c r="A174" s="1">
-        <x:v>45811.8794328704</x:v>
+        <x:v>45846.8267939815</x:v>
       </x:c>
       <x:c r="B174" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C174" s="0">
-        <x:v>12.24</x:v>
+        <x:v>9.16</x:v>
       </x:c>
       <x:c r="D174" s="0">
-        <x:v>3073.161</x:v>
+        <x:v>3018.379</x:v>
       </x:c>
       <x:c r="E174" s="0">
-        <x:v>3377.1</x:v>
+        <x:v>3316.9</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:5">
       <x:c r="A175" s="1">
-        <x:v>45810.8625347222</x:v>
+        <x:v>45845.8307523148</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C175" s="0">
-        <x:v>13.02</x:v>
+        <x:v>9.94</x:v>
       </x:c>
       <x:c r="D175" s="0">
-        <x:v>3091.452</x:v>
+        <x:v>3041.948</x:v>
       </x:c>
       <x:c r="E175" s="0">
-        <x:v>3397.2</x:v>
+        <x:v>3342.8</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:5">
       <x:c r="A176" s="1">
-        <x:v>45810.8250462963</x:v>
+        <x:v>45841.8258333333</x:v>
       </x:c>
       <x:c r="B176" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C176" s="0">
-        <x:v>13.02</x:v>
+        <x:v>9.97</x:v>
       </x:c>
       <x:c r="D176" s="0">
-        <x:v>3091.452</x:v>
+        <x:v>3042.039</x:v>
       </x:c>
       <x:c r="E176" s="0">
-        <x:v>3397.2</x:v>
+        <x:v>3342.9</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:5">
       <x:c r="A177" s="1">
-        <x:v>45800.8238541667</x:v>
+        <x:v>45840.8229050926</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C177" s="0">
-        <x:v>13.66</x:v>
+        <x:v>10.5</x:v>
       </x:c>
       <x:c r="D177" s="0">
-        <x:v>3088.995</x:v>
+        <x:v>3057.327</x:v>
       </x:c>
       <x:c r="E177" s="0">
-        <x:v>3394.5</x:v>
+        <x:v>3359.7</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:5">
       <x:c r="A178" s="1">
-        <x:v>45799.8239583333</x:v>
+        <x:v>45839.8275694444</x:v>
       </x:c>
       <x:c r="B178" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C178" s="0">
-        <x:v>11.27</x:v>
+        <x:v>10.21</x:v>
       </x:c>
       <x:c r="D178" s="0">
-        <x:v>3024.476</x:v>
+        <x:v>3048.318</x:v>
       </x:c>
       <x:c r="E178" s="0">
-        <x:v>3295</x:v>
+        <x:v>3349.8</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:5">
       <x:c r="A179" s="1">
-        <x:v>45798.8240856481</x:v>
+        <x:v>45838.8345601852</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C179" s="0">
-        <x:v>11.94</x:v>
+        <x:v>9.06</x:v>
       </x:c>
       <x:c r="D179" s="0">
-        <x:v>3015.285</x:v>
+        <x:v>3010.007</x:v>
       </x:c>
       <x:c r="E179" s="0">
-        <x:v>3313.5</x:v>
+        <x:v>3307.7</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:5">
       <x:c r="A180" s="1">
-        <x:v>45797.8268402778</x:v>
+        <x:v>45835.8364699074</x:v>
       </x:c>
       <x:c r="B180" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C180" s="0">
-        <x:v>10.98</x:v>
+        <x:v>8.56</x:v>
       </x:c>
       <x:c r="D180" s="0">
-        <x:v>2988.986</x:v>
+        <x:v>2991.716</x:v>
       </x:c>
       <x:c r="E180" s="0">
-        <x:v>3284.6</x:v>
+        <x:v>3287.6</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:5">
       <x:c r="A181" s="1">
-        <x:v>45796.8311111111</x:v>
+        <x:v>45834.841712963</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C181" s="0">
-        <x:v>9.49</x:v>
+        <x:v>10.45</x:v>
       </x:c>
       <x:c r="D181" s="0">
-        <x:v>2942.485</x:v>
+        <x:v>3046.68</x:v>
       </x:c>
       <x:c r="E181" s="0">
-        <x:v>3233.5</x:v>
+        <x:v>3348</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:5">
       <x:c r="A182" s="1">
-        <x:v>45793.8237384259</x:v>
+        <x:v>45833.8280902778</x:v>
       </x:c>
       <x:c r="B182" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C182" s="0">
-        <x:v>8.3</x:v>
+        <x:v>10.31</x:v>
       </x:c>
       <x:c r="D182" s="0">
-        <x:v>2900.352</x:v>
+        <x:v>3042.221</x:v>
       </x:c>
       <x:c r="E182" s="0">
-        <x:v>3187.2</x:v>
+        <x:v>3343.1</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:5">
       <x:c r="A183" s="1">
-        <x:v>45792.8270833333</x:v>
+        <x:v>45832.8236574074</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C183" s="0">
-        <x:v>9.46</x:v>
+        <x:v>10.04</x:v>
       </x:c>
       <x:c r="D183" s="0">
-        <x:v>2936.206</x:v>
+        <x:v>3033.849</x:v>
       </x:c>
       <x:c r="E183" s="0">
-        <x:v>3226.6</x:v>
+        <x:v>3333.9</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:5">
       <x:c r="A184" s="1">
-        <x:v>45791.8231828704</x:v>
+        <x:v>45831.824849537</x:v>
       </x:c>
       <x:c r="B184" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C184" s="0">
-        <x:v>8.45</x:v>
+        <x:v>12.25</x:v>
       </x:c>
       <x:c r="D184" s="0">
-        <x:v>2901.353</x:v>
+        <x:v>3089.45</x:v>
       </x:c>
       <x:c r="E184" s="0">
-        <x:v>3188.3</x:v>
+        <x:v>3395</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:5">
       <x:c r="A185" s="1">
-        <x:v>45790.8249884259</x:v>
+        <x:v>45828.8266898148</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C185" s="0">
-        <x:v>10.36</x:v>
+        <x:v>11.95</x:v>
       </x:c>
       <x:c r="D185" s="0">
-        <x:v>2955.498</x:v>
+        <x:v>3080.987</x:v>
       </x:c>
       <x:c r="E185" s="0">
-        <x:v>3247.8</x:v>
+        <x:v>3385.7</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:5">
       <x:c r="A186" s="1">
-        <x:v>45789.8237962963</x:v>
+        <x:v>45826.8327199074</x:v>
       </x:c>
       <x:c r="B186" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C186" s="0">
-        <x:v>9.77</x:v>
+        <x:v>12.81</x:v>
       </x:c>
       <x:c r="D186" s="0">
-        <x:v>2937.48</x:v>
+        <x:v>3101.371</x:v>
       </x:c>
       <x:c r="E186" s="0">
-        <x:v>3228</x:v>
+        <x:v>3408.1</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:5">
       <x:c r="A187" s="1">
-        <x:v>45786.8321296296</x:v>
+        <x:v>45825.8232986111</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C187" s="0">
-        <x:v>15</x:v>
+        <x:v>12.77</x:v>
       </x:c>
       <x:c r="D187" s="0">
-        <x:v>3043.04</x:v>
+        <x:v>3100.279</x:v>
       </x:c>
       <x:c r="E187" s="0">
-        <x:v>3344</x:v>
+        <x:v>3406.9</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:5">
       <x:c r="A188" s="1">
-        <x:v>45785.8261805556</x:v>
+        <x:v>45824.8368171296</x:v>
       </x:c>
       <x:c r="B188" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C188" s="0">
-        <x:v>13.47</x:v>
+        <x:v>13.18</x:v>
       </x:c>
       <x:c r="D188" s="0">
-        <x:v>3008.46</x:v>
+        <x:v>3109.743</x:v>
       </x:c>
       <x:c r="E188" s="0">
-        <x:v>3306</x:v>
+        <x:v>3417.3</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:5">
       <x:c r="A189" s="1">
-        <x:v>45784.8969560185</x:v>
+        <x:v>45821.829849537</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C189" s="0">
-        <x:v>18.05</x:v>
+        <x:v>14.73</x:v>
       </x:c>
       <x:c r="D189" s="0">
-        <x:v>3086.629</x:v>
+        <x:v>3142.048</x:v>
       </x:c>
       <x:c r="E189" s="0">
-        <x:v>3391.9</x:v>
+        <x:v>3452.8</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:5">
       <x:c r="A190" s="1">
-        <x:v>45784.852962963</x:v>
+        <x:v>45820.8297916667</x:v>
       </x:c>
       <x:c r="B190" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C190" s="0">
-        <x:v>18.05</x:v>
+        <x:v>12.83</x:v>
       </x:c>
       <x:c r="D190" s="0">
-        <x:v>3086.629</x:v>
+        <x:v>3096.184</x:v>
       </x:c>
       <x:c r="E190" s="0">
-        <x:v>3391.9</x:v>
+        <x:v>3402.4</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:5">
       <x:c r="A191" s="1">
-        <x:v>45783.8302430556</x:v>
+        <x:v>45819.834537037</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C191" s="0">
-        <x:v>19.86</x:v>
+        <x:v>10.92</x:v>
       </x:c>
       <x:c r="D191" s="0">
-        <x:v>3114.748</x:v>
+        <x:v>3042.767</x:v>
       </x:c>
       <x:c r="E191" s="0">
-        <x:v>3422.8</x:v>
+        <x:v>3343.7</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:5">
       <x:c r="A192" s="1">
-        <x:v>45777.8390162037</x:v>
+        <x:v>45818.8240972222</x:v>
       </x:c>
       <x:c r="B192" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C192" s="0">
-        <x:v>15.95</x:v>
+        <x:v>10.92</x:v>
       </x:c>
       <x:c r="D192" s="0">
-        <x:v>3020.381</x:v>
+        <x:v>3042.494</x:v>
       </x:c>
       <x:c r="E192" s="0">
-        <x:v>3319.1</x:v>
+        <x:v>3343.4</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:5">
       <x:c r="A193" s="1">
-        <x:v>45776.8444212963</x:v>
+        <x:v>45817.8239351852</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C193" s="0">
-        <x:v>16.69</x:v>
+        <x:v>11.32</x:v>
       </x:c>
       <x:c r="D193" s="0">
-        <x:v>3033.576</x:v>
+        <x:v>3052.959</x:v>
       </x:c>
       <x:c r="E193" s="0">
-        <x:v>3333.6</x:v>
+        <x:v>3354.9</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:5">
       <x:c r="A194" s="1">
-        <x:v>45775.8451273148</x:v>
+        <x:v>45814.8280208333</x:v>
       </x:c>
       <x:c r="B194" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C194" s="0">
-        <x:v>17.44</x:v>
+        <x:v>11.07</x:v>
       </x:c>
       <x:c r="D194" s="0">
-        <x:v>3046.407</x:v>
+        <x:v>3045.406</x:v>
       </x:c>
       <x:c r="E194" s="0">
-        <x:v>3347.7</x:v>
+        <x:v>3346.6</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:5">
       <x:c r="A195" s="1">
-        <x:v>45772.8239930556</x:v>
+        <x:v>45813.8231828704</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C195" s="0">
-        <x:v>15.2</x:v>
+        <x:v>12.1</x:v>
       </x:c>
       <x:c r="D195" s="0">
-        <x:v>3001.544</x:v>
+        <x:v>3071.341</x:v>
       </x:c>
       <x:c r="E195" s="0">
-        <x:v>3298.4</x:v>
+        <x:v>3375.1</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:5">
       <x:c r="A196" s="1">
-        <x:v>45771.831412037</x:v>
+        <x:v>45812.8567824074</x:v>
       </x:c>
       <x:c r="B196" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C196" s="0">
-        <x:v>17.89</x:v>
+        <x:v>13.03</x:v>
       </x:c>
       <x:c r="D196" s="0">
-        <x:v>3047.226</x:v>
+        <x:v>3093.272</x:v>
       </x:c>
       <x:c r="E196" s="0">
-        <x:v>3348.6</x:v>
+        <x:v>3399.2</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:5">
       <x:c r="A197" s="1">
-        <x:v>45770.8295833333</x:v>
+        <x:v>45811.8941550926</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C197" s="0">
-        <x:v>15.36</x:v>
+        <x:v>12.24</x:v>
       </x:c>
       <x:c r="D197" s="0">
-        <x:v>2997.631</x:v>
+        <x:v>3073.161</x:v>
       </x:c>
       <x:c r="E197" s="0">
-        <x:v>3294.1</x:v>
+        <x:v>3377.1</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:5">
       <x:c r="A198" s="1">
-        <x:v>45769.8284490741</x:v>
+        <x:v>45811.8794328704</x:v>
       </x:c>
       <x:c r="B198" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C198" s="0">
-        <x:v>24.28</x:v>
+        <x:v>12.24</x:v>
       </x:c>
       <x:c r="D198" s="0">
-        <x:v>3111.654</x:v>
+        <x:v>3073.161</x:v>
       </x:c>
       <x:c r="E198" s="0">
-        <x:v>3419.4</x:v>
+        <x:v>3377.1</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:5">
       <x:c r="A199" s="1">
-        <x:v>45764.8232175926</x:v>
+        <x:v>45810.8625347222</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C199" s="0">
-        <x:v>19.12</x:v>
+        <x:v>13.02</x:v>
       </x:c>
       <x:c r="D199" s="0">
-        <x:v>3028.844</x:v>
+        <x:v>3091.452</x:v>
       </x:c>
       <x:c r="E199" s="0">
-        <x:v>3328.4</x:v>
+        <x:v>3397.2</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:5">
       <x:c r="A200" s="1">
-        <x:v>45763.8254282407</x:v>
+        <x:v>45810.8250462963</x:v>
       </x:c>
       <x:c r="B200" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C200" s="0">
-        <x:v>20.22</x:v>
+        <x:v>13.02</x:v>
       </x:c>
       <x:c r="D200" s="0">
-        <x:v>3045.224</x:v>
+        <x:v>3091.452</x:v>
       </x:c>
       <x:c r="E200" s="0">
-        <x:v>3346.4</x:v>
+        <x:v>3397.2</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:5">
       <x:c r="A201" s="1">
-        <x:v>45762.8233796296</x:v>
+        <x:v>45800.8238541667</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C201" s="0">
-        <x:v>15.24</x:v>
+        <x:v>13.66</x:v>
       </x:c>
       <x:c r="D201" s="0">
-        <x:v>2948.764</x:v>
+        <x:v>3088.995</x:v>
       </x:c>
       <x:c r="E201" s="0">
-        <x:v>3240.4</x:v>
+        <x:v>3394.5</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:5">
       <x:c r="A202" s="1">
-        <x:v>45761.823275463</x:v>
+        <x:v>45799.8239583333</x:v>
       </x:c>
       <x:c r="B202" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C202" s="0">
-        <x:v>14.62</x:v>
+        <x:v>11.27</x:v>
       </x:c>
       <x:c r="D202" s="0">
-        <x:v>2935.933</x:v>
+        <x:v>3024.476</x:v>
       </x:c>
       <x:c r="E202" s="0">
-        <x:v>3226.3</x:v>
+        <x:v>3295</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:5">
       <x:c r="A203" s="1">
-        <x:v>45758.8246875</x:v>
+        <x:v>45798.8240856481</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C203" s="0">
-        <x:v>15.52</x:v>
+        <x:v>11.94</x:v>
       </x:c>
       <x:c r="D203" s="0">
-        <x:v>2952.586</x:v>
+        <x:v>3015.285</x:v>
       </x:c>
       <x:c r="E203" s="0">
-        <x:v>3244.6</x:v>
+        <x:v>3313.5</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:5">
       <x:c r="A204" s="1">
-        <x:v>45757.8457407407</x:v>
+        <x:v>45797.8268402778</x:v>
       </x:c>
       <x:c r="B204" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C204" s="0">
-        <x:v>12.82</x:v>
+        <x:v>10.98</x:v>
       </x:c>
       <x:c r="D204" s="0">
-        <x:v>2891.525</x:v>
+        <x:v>2988.986</x:v>
       </x:c>
       <x:c r="E204" s="0">
-        <x:v>3177.5</x:v>
+        <x:v>3284.6</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:5">
       <x:c r="A205" s="1">
-        <x:v>45756.8241319444</x:v>
+        <x:v>45796.8311111111</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C205" s="0">
-        <x:v>9.73</x:v>
+        <x:v>9.49</x:v>
       </x:c>
       <x:c r="D205" s="0">
-        <x:v>2802.254</x:v>
+        <x:v>2942.485</x:v>
       </x:c>
       <x:c r="E205" s="0">
-        <x:v>3079.4</x:v>
+        <x:v>3233.5</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:5">
       <x:c r="A206" s="1">
-        <x:v>45755.8404282407</x:v>
+        <x:v>45793.8237384259</x:v>
       </x:c>
       <x:c r="B206" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C206" s="0">
-        <x:v>7.5</x:v>
+        <x:v>8.3</x:v>
       </x:c>
       <x:c r="D206" s="0">
-        <x:v>2721.082</x:v>
+        <x:v>2900.352</x:v>
       </x:c>
       <x:c r="E206" s="0">
-        <x:v>2990.2</x:v>
+        <x:v>3187.2</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:5">
       <x:c r="A207" s="1">
-        <x:v>45754.8234259259</x:v>
+        <x:v>45792.8270833333</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C207" s="0">
-        <x:v>7.11</x:v>
+        <x:v>9.46</x:v>
       </x:c>
       <x:c r="D207" s="0">
-        <x:v>2705.976</x:v>
+        <x:v>2936.206</x:v>
       </x:c>
       <x:c r="E207" s="0">
-        <x:v>2973.6</x:v>
+        <x:v>3226.6</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:5">
       <x:c r="A208" s="1">
-        <x:v>45751.8240393518</x:v>
+        <x:v>45791.8231828704</x:v>
       </x:c>
       <x:c r="B208" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C208" s="0">
-        <x:v>8.95</x:v>
+        <x:v>8.45</x:v>
       </x:c>
       <x:c r="D208" s="0">
-        <x:v>2762.214</x:v>
+        <x:v>2901.353</x:v>
       </x:c>
       <x:c r="E208" s="0">
-        <x:v>3035.4</x:v>
+        <x:v>3188.3</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:5">
       <x:c r="A209" s="1">
-        <x:v>45750.8321643519</x:v>
+        <x:v>45790.8249884259</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C209" s="0">
-        <x:v>12.38</x:v>
+        <x:v>10.36</x:v>
       </x:c>
       <x:c r="D209" s="0">
-        <x:v>2840.747</x:v>
+        <x:v>2955.498</x:v>
       </x:c>
       <x:c r="E209" s="0">
-        <x:v>3121.7</x:v>
+        <x:v>3247.8</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:5">
       <x:c r="A210" s="1">
-        <x:v>45749.8250115741</x:v>
+        <x:v>45789.8237962963</x:v>
       </x:c>
       <x:c r="B210" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C210" s="0">
-        <x:v>14.42</x:v>
+        <x:v>9.77</x:v>
       </x:c>
       <x:c r="D210" s="0">
-        <x:v>2881.242</x:v>
+        <x:v>2937.48</x:v>
       </x:c>
       <x:c r="E210" s="0">
-        <x:v>3166.2</x:v>
+        <x:v>3228</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:5">
       <x:c r="A211" s="1">
-        <x:v>45748.8360069444</x:v>
+        <x:v>45786.8321296296</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C211" s="0">
-        <x:v>13.56</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="D211" s="0">
-        <x:v>2862.86</x:v>
+        <x:v>3043.04</x:v>
       </x:c>
       <x:c r="E211" s="0">
-        <x:v>3146</x:v>
+        <x:v>3344</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:5">
       <x:c r="A212" s="1">
-        <x:v>45747.8232175926</x:v>
+        <x:v>45785.8261805556</x:v>
       </x:c>
       <x:c r="B212" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C212" s="0">
-        <x:v>13.75</x:v>
+        <x:v>13.47</x:v>
       </x:c>
       <x:c r="D212" s="0">
-        <x:v>2866.773</x:v>
+        <x:v>3008.46</x:v>
       </x:c>
       <x:c r="E212" s="0">
-        <x:v>3150.3</x:v>
+        <x:v>3306</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:5">
       <x:c r="A213" s="1">
-        <x:v>45744.7828240741</x:v>
+        <x:v>45784.8969560185</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C213" s="0">
-        <x:v>12.35</x:v>
+        <x:v>18.05</x:v>
       </x:c>
       <x:c r="D213" s="0">
-        <x:v>2834.013</x:v>
+        <x:v>3086.629</x:v>
       </x:c>
       <x:c r="E213" s="0">
-        <x:v>3114.3</x:v>
+        <x:v>3391.9</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:5">
       <x:c r="A214" s="1">
-        <x:v>45743.7837962963</x:v>
+        <x:v>45784.852962963</x:v>
       </x:c>
       <x:c r="B214" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C214" s="0">
-        <x:v>11.49</x:v>
+        <x:v>18.05</x:v>
       </x:c>
       <x:c r="D214" s="0">
-        <x:v>2812.719</x:v>
+        <x:v>3086.629</x:v>
       </x:c>
       <x:c r="E214" s="0">
-        <x:v>3090.9</x:v>
+        <x:v>3391.9</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:5">
       <x:c r="A215" s="1">
-        <x:v>45742.7861921296</x:v>
+        <x:v>45783.8302430556</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C215" s="0">
-        <x:v>10.21</x:v>
+        <x:v>19.86</x:v>
       </x:c>
       <x:c r="D215" s="0">
-        <x:v>2777.593</x:v>
+        <x:v>3114.748</x:v>
       </x:c>
       <x:c r="E215" s="0">
-        <x:v>3052.3</x:v>
+        <x:v>3422.8</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:5">
       <x:c r="A216" s="1">
-        <x:v>45741.7817013889</x:v>
+        <x:v>45777.8390162037</x:v>
       </x:c>
       <x:c r="B216" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C216" s="0">
-        <x:v>10.28</x:v>
+        <x:v>15.95</x:v>
       </x:c>
       <x:c r="D216" s="0">
-        <x:v>2779.413</x:v>
+        <x:v>3020.381</x:v>
       </x:c>
       <x:c r="E216" s="0">
-        <x:v>3054.3</x:v>
+        <x:v>3319.1</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:5">
       <x:c r="A217" s="1">
-        <x:v>45740.7859722222</x:v>
+        <x:v>45776.8444212963</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C217" s="0">
-        <x:v>9.95</x:v>
+        <x:v>16.69</x:v>
       </x:c>
       <x:c r="D217" s="0">
-        <x:v>2770.04</x:v>
+        <x:v>3033.576</x:v>
       </x:c>
       <x:c r="E217" s="0">
-        <x:v>3015.6</x:v>
+        <x:v>3333.6</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:5">
       <x:c r="A218" s="1">
-        <x:v>45737.7845486111</x:v>
+        <x:v>45775.8451273148</x:v>
       </x:c>
       <x:c r="B218" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C218" s="0">
-        <x:v>10.17</x:v>
+        <x:v>17.44</x:v>
       </x:c>
       <x:c r="D218" s="0">
-        <x:v>2749.474</x:v>
+        <x:v>3046.407</x:v>
       </x:c>
       <x:c r="E218" s="0">
-        <x:v>3021.4</x:v>
+        <x:v>3347.7</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:5">
       <x:c r="A219" s="1">
-        <x:v>45736.7837268518</x:v>
+        <x:v>45772.8239930556</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C219" s="0">
-        <x:v>10.99</x:v>
+        <x:v>15.2</x:v>
       </x:c>
       <x:c r="D219" s="0">
-        <x:v>2769.858</x:v>
+        <x:v>3001.544</x:v>
       </x:c>
       <x:c r="E219" s="0">
-        <x:v>3043.8</x:v>
+        <x:v>3298.4</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:5">
       <x:c r="A220" s="1">
+        <x:v>45771.831412037</x:v>
+      </x:c>
+      <x:c r="B220" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C220" s="0">
+        <x:v>17.89</x:v>
+      </x:c>
+      <x:c r="D220" s="0">
+        <x:v>3047.226</x:v>
+      </x:c>
+      <x:c r="E220" s="0">
+        <x:v>3348.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="221" spans="1:5">
+      <x:c r="A221" s="1">
+        <x:v>45770.8295833333</x:v>
+      </x:c>
+      <x:c r="B221" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C221" s="0">
+        <x:v>15.36</x:v>
+      </x:c>
+      <x:c r="D221" s="0">
+        <x:v>2997.631</x:v>
+      </x:c>
+      <x:c r="E221" s="0">
+        <x:v>3294.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="222" spans="1:5">
+      <x:c r="A222" s="1">
+        <x:v>45769.8284490741</x:v>
+      </x:c>
+      <x:c r="B222" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C222" s="0">
+        <x:v>24.28</x:v>
+      </x:c>
+      <x:c r="D222" s="0">
+        <x:v>3111.654</x:v>
+      </x:c>
+      <x:c r="E222" s="0">
+        <x:v>3419.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="223" spans="1:5">
+      <x:c r="A223" s="1">
+        <x:v>45764.8232175926</x:v>
+      </x:c>
+      <x:c r="B223" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C223" s="0">
+        <x:v>19.12</x:v>
+      </x:c>
+      <x:c r="D223" s="0">
+        <x:v>3028.844</x:v>
+      </x:c>
+      <x:c r="E223" s="0">
+        <x:v>3328.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="224" spans="1:5">
+      <x:c r="A224" s="1">
+        <x:v>45763.8254282407</x:v>
+      </x:c>
+      <x:c r="B224" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C224" s="0">
+        <x:v>20.22</x:v>
+      </x:c>
+      <x:c r="D224" s="0">
+        <x:v>3045.224</x:v>
+      </x:c>
+      <x:c r="E224" s="0">
+        <x:v>3346.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="225" spans="1:5">
+      <x:c r="A225" s="1">
+        <x:v>45762.8233796296</x:v>
+      </x:c>
+      <x:c r="B225" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C225" s="0">
+        <x:v>15.24</x:v>
+      </x:c>
+      <x:c r="D225" s="0">
+        <x:v>2948.764</x:v>
+      </x:c>
+      <x:c r="E225" s="0">
+        <x:v>3240.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="226" spans="1:5">
+      <x:c r="A226" s="1">
+        <x:v>45761.823275463</x:v>
+      </x:c>
+      <x:c r="B226" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C226" s="0">
+        <x:v>14.62</x:v>
+      </x:c>
+      <x:c r="D226" s="0">
+        <x:v>2935.933</x:v>
+      </x:c>
+      <x:c r="E226" s="0">
+        <x:v>3226.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="227" spans="1:5">
+      <x:c r="A227" s="1">
+        <x:v>45758.8246875</x:v>
+      </x:c>
+      <x:c r="B227" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C227" s="0">
+        <x:v>15.52</x:v>
+      </x:c>
+      <x:c r="D227" s="0">
+        <x:v>2952.586</x:v>
+      </x:c>
+      <x:c r="E227" s="0">
+        <x:v>3244.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="228" spans="1:5">
+      <x:c r="A228" s="1">
+        <x:v>45757.8457407407</x:v>
+      </x:c>
+      <x:c r="B228" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C228" s="0">
+        <x:v>12.82</x:v>
+      </x:c>
+      <x:c r="D228" s="0">
+        <x:v>2891.525</x:v>
+      </x:c>
+      <x:c r="E228" s="0">
+        <x:v>3177.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="229" spans="1:5">
+      <x:c r="A229" s="1">
+        <x:v>45756.8241319444</x:v>
+      </x:c>
+      <x:c r="B229" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C229" s="0">
+        <x:v>9.73</x:v>
+      </x:c>
+      <x:c r="D229" s="0">
+        <x:v>2802.254</x:v>
+      </x:c>
+      <x:c r="E229" s="0">
+        <x:v>3079.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="230" spans="1:5">
+      <x:c r="A230" s="1">
+        <x:v>45755.8404282407</x:v>
+      </x:c>
+      <x:c r="B230" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C230" s="0">
+        <x:v>7.5</x:v>
+      </x:c>
+      <x:c r="D230" s="0">
+        <x:v>2721.082</x:v>
+      </x:c>
+      <x:c r="E230" s="0">
+        <x:v>2990.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="231" spans="1:5">
+      <x:c r="A231" s="1">
+        <x:v>45754.8234259259</x:v>
+      </x:c>
+      <x:c r="B231" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C231" s="0">
+        <x:v>7.11</x:v>
+      </x:c>
+      <x:c r="D231" s="0">
+        <x:v>2705.976</x:v>
+      </x:c>
+      <x:c r="E231" s="0">
+        <x:v>2973.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="232" spans="1:5">
+      <x:c r="A232" s="1">
+        <x:v>45751.8240393518</x:v>
+      </x:c>
+      <x:c r="B232" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C232" s="0">
+        <x:v>8.95</x:v>
+      </x:c>
+      <x:c r="D232" s="0">
+        <x:v>2762.214</x:v>
+      </x:c>
+      <x:c r="E232" s="0">
+        <x:v>3035.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="233" spans="1:5">
+      <x:c r="A233" s="1">
+        <x:v>45750.8321643519</x:v>
+      </x:c>
+      <x:c r="B233" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C233" s="0">
+        <x:v>12.38</x:v>
+      </x:c>
+      <x:c r="D233" s="0">
+        <x:v>2840.747</x:v>
+      </x:c>
+      <x:c r="E233" s="0">
+        <x:v>3121.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="234" spans="1:5">
+      <x:c r="A234" s="1">
+        <x:v>45749.8250115741</x:v>
+      </x:c>
+      <x:c r="B234" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C234" s="0">
+        <x:v>14.42</x:v>
+      </x:c>
+      <x:c r="D234" s="0">
+        <x:v>2881.242</x:v>
+      </x:c>
+      <x:c r="E234" s="0">
+        <x:v>3166.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="235" spans="1:5">
+      <x:c r="A235" s="1">
+        <x:v>45748.8360069444</x:v>
+      </x:c>
+      <x:c r="B235" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C235" s="0">
+        <x:v>13.56</x:v>
+      </x:c>
+      <x:c r="D235" s="0">
+        <x:v>2862.86</x:v>
+      </x:c>
+      <x:c r="E235" s="0">
+        <x:v>3146</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="236" spans="1:5">
+      <x:c r="A236" s="1">
+        <x:v>45747.8232175926</x:v>
+      </x:c>
+      <x:c r="B236" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C236" s="0">
+        <x:v>13.75</x:v>
+      </x:c>
+      <x:c r="D236" s="0">
+        <x:v>2866.773</x:v>
+      </x:c>
+      <x:c r="E236" s="0">
+        <x:v>3150.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="237" spans="1:5">
+      <x:c r="A237" s="1">
+        <x:v>45744.7828240741</x:v>
+      </x:c>
+      <x:c r="B237" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C237" s="0">
+        <x:v>12.35</x:v>
+      </x:c>
+      <x:c r="D237" s="0">
+        <x:v>2834.013</x:v>
+      </x:c>
+      <x:c r="E237" s="0">
+        <x:v>3114.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="238" spans="1:5">
+      <x:c r="A238" s="1">
+        <x:v>45743.7837962963</x:v>
+      </x:c>
+      <x:c r="B238" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C238" s="0">
+        <x:v>11.49</x:v>
+      </x:c>
+      <x:c r="D238" s="0">
+        <x:v>2812.719</x:v>
+      </x:c>
+      <x:c r="E238" s="0">
+        <x:v>3090.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="239" spans="1:5">
+      <x:c r="A239" s="1">
+        <x:v>45742.7861921296</x:v>
+      </x:c>
+      <x:c r="B239" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C239" s="0">
+        <x:v>10.21</x:v>
+      </x:c>
+      <x:c r="D239" s="0">
+        <x:v>2777.593</x:v>
+      </x:c>
+      <x:c r="E239" s="0">
+        <x:v>3052.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="240" spans="1:5">
+      <x:c r="A240" s="1">
+        <x:v>45741.7817013889</x:v>
+      </x:c>
+      <x:c r="B240" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C240" s="0">
+        <x:v>10.28</x:v>
+      </x:c>
+      <x:c r="D240" s="0">
+        <x:v>2779.413</x:v>
+      </x:c>
+      <x:c r="E240" s="0">
+        <x:v>3054.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="241" spans="1:5">
+      <x:c r="A241" s="1">
+        <x:v>45740.7859722222</x:v>
+      </x:c>
+      <x:c r="B241" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C241" s="0">
+        <x:v>9.95</x:v>
+      </x:c>
+      <x:c r="D241" s="0">
+        <x:v>2770.04</x:v>
+      </x:c>
+      <x:c r="E241" s="0">
+        <x:v>3015.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="242" spans="1:5">
+      <x:c r="A242" s="1">
+        <x:v>45737.7845486111</x:v>
+      </x:c>
+      <x:c r="B242" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C242" s="0">
+        <x:v>10.17</x:v>
+      </x:c>
+      <x:c r="D242" s="0">
+        <x:v>2749.474</x:v>
+      </x:c>
+      <x:c r="E242" s="0">
+        <x:v>3021.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="243" spans="1:5">
+      <x:c r="A243" s="1">
+        <x:v>45736.7837268518</x:v>
+      </x:c>
+      <x:c r="B243" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C243" s="0">
+        <x:v>10.99</x:v>
+      </x:c>
+      <x:c r="D243" s="0">
+        <x:v>2769.858</x:v>
+      </x:c>
+      <x:c r="E243" s="0">
+        <x:v>3043.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="244" spans="1:5">
+      <x:c r="A244" s="1">
         <x:v>45735.7843634259</x:v>
       </x:c>
-      <x:c r="B220" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C220" s="0">
+      <x:c r="B244" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C244" s="0">
         <x:v>10.9</x:v>
       </x:c>
-      <x:c r="D220" s="0">
+      <x:c r="D244" s="0">
         <x:v>2767.492</x:v>
       </x:c>
-      <x:c r="E220" s="0">
+      <x:c r="E244" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>