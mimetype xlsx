--- v3 (2026-03-08)
+++ v4 (2026-03-28)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re60c7f46304e4e30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/49584345014a4a4aa81f04ee5d199bf3.psmdcp" Id="R5f482a86597645f9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf62b652151e14ef6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0aad4072eaba4a4bba060f35d522ac00.psmdcp" Id="R838f352f2c914706" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>DE000BB29SQ8</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -390,4194 +390,4466 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E244"/>
+  <x:dimension ref="A1:E260"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>46087.8165162037</x:v>
+        <x:v>46108.784537037</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
-        <x:v>3.54</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>4694.417</x:v>
+        <x:v>4117.113</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>5158.7</x:v>
+        <x:v>4524.3</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>46086.8161805556</x:v>
+        <x:v>46107.7810185185</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
-        <x:v>3.06</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>4621.617</x:v>
+        <x:v>4012.19</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>5078.7</x:v>
+        <x:v>4409</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>46085.8162615741</x:v>
+        <x:v>46106.8228356481</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
-        <x:v>3.43</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>4672.577</x:v>
+        <x:v>4172.805</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>5134.7</x:v>
+        <x:v>4585.5</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>46084.8163773148</x:v>
+        <x:v>46105.782037037</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
-        <x:v>3.36</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>4662.567</x:v>
+        <x:v>4035.031</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>5123.7</x:v>
+        <x:v>4402</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>46083.8163078704</x:v>
+        <x:v>46104.7827662037</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
-        <x:v>5.21</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>4833.556</x:v>
+        <x:v>4010.643</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>5311.6</x:v>
+        <x:v>4407.3</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>46080.819837963</x:v>
+        <x:v>46104.3378240741</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
-        <x:v>4.66</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>4775.589</x:v>
+        <x:v>3778.047</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>5247.9</x:v>
+        <x:v>4151.7</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>46079.8165856482</x:v>
+        <x:v>46101.7822106481</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
-        <x:v>4.22</x:v>
+        <x:v>0.72</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>4726.722</x:v>
+        <x:v>4163.159</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>5194.2</x:v>
+        <x:v>4574.9</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>46078.8752083333</x:v>
+        <x:v>46100.7845486111</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
-        <x:v>4.5</x:v>
+        <x:v>0.77</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>4755.842</x:v>
+        <x:v>4191.187</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>5226.2</x:v>
+        <x:v>4605.7</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>46077.8168055556</x:v>
+        <x:v>46099.8486458333</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
-        <x:v>4.11</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>4710.433</x:v>
+        <x:v>4455.542</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>5176.3</x:v>
+        <x:v>4896.2</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>46076.8162152778</x:v>
+        <x:v>46099.786400463</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C12" s="0">
-        <x:v>4.54</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>4755.296</x:v>
+        <x:v>4455.542</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>5225.6</x:v>
+        <x:v>4896.2</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>46073.8161921296</x:v>
+        <x:v>46098.7806481481</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0">
-        <x:v>3.54</x:v>
+        <x:v>2.45</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>4623.619</x:v>
+        <x:v>4557.462</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>5080.9</x:v>
+        <x:v>5008.2</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>46072.9091203704</x:v>
+        <x:v>46097.7845138889</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C14" s="0">
-        <x:v>3.03</x:v>
+        <x:v>2.43</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>4547.634</x:v>
+        <x:v>4552.002</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>4997.4</x:v>
+        <x:v>5002.2</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>46072.8718402778</x:v>
+        <x:v>46094.7813310185</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
-        <x:v>3.03</x:v>
+        <x:v>2.76</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>4547.634</x:v>
+        <x:v>4606.147</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>4997.4</x:v>
+        <x:v>5061.7</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>46072.8585185185</x:v>
+        <x:v>46093.7868055556</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C16" s="0">
-        <x:v>3.03</x:v>
+        <x:v>3.15</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>4547.634</x:v>
+        <x:v>4664.478</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>4997.4</x:v>
+        <x:v>5125.8</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>46072.8161921296</x:v>
+        <x:v>46091.8213425926</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C17" s="0">
-        <x:v>3.03</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>4547.634</x:v>
+        <x:v>4770.311</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>4997.4</x:v>
+        <x:v>5242.1</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>46071.8163773148</x:v>
+        <x:v>46090.784837963</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="0">
-        <x:v>3.11</x:v>
+        <x:v>3.15</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>4558.645</x:v>
+        <x:v>4644.367</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>5009.5</x:v>
+        <x:v>5103.7</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>46070.8161689815</x:v>
+        <x:v>46087.8165162037</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C19" s="0">
-        <x:v>2.57</x:v>
+        <x:v>3.54</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>4464.369</x:v>
+        <x:v>4694.417</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>4905.9</x:v>
+        <x:v>5158.7</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
-        <x:v>46066.8163657407</x:v>
+        <x:v>46086.8161805556</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C20" s="0">
-        <x:v>3.58</x:v>
+        <x:v>3.06</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>4592.133</x:v>
+        <x:v>4621.617</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>5046.3</x:v>
+        <x:v>5078.7</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="1">
-        <x:v>46065.8162962963</x:v>
+        <x:v>46085.8162615741</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C21" s="0">
-        <x:v>2.99</x:v>
+        <x:v>3.43</x:v>
       </x:c>
       <x:c r="D21" s="0">
-        <x:v>4503.044</x:v>
+        <x:v>4672.577</x:v>
       </x:c>
       <x:c r="E21" s="0">
-        <x:v>4948.4</x:v>
+        <x:v>5134.7</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="1">
-        <x:v>46064.8162152778</x:v>
+        <x:v>46084.8163773148</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C22" s="0">
-        <x:v>4.24</x:v>
+        <x:v>3.36</x:v>
       </x:c>
       <x:c r="D22" s="0">
-        <x:v>4639.635</x:v>
+        <x:v>4662.567</x:v>
       </x:c>
       <x:c r="E22" s="0">
-        <x:v>5098.5</x:v>
+        <x:v>5123.7</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="1">
-        <x:v>46063.816400463</x:v>
+        <x:v>46083.8163078704</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C23" s="0">
-        <x:v>3.74</x:v>
+        <x:v>5.21</x:v>
       </x:c>
       <x:c r="D23" s="0">
-        <x:v>4578.21</x:v>
+        <x:v>4833.556</x:v>
       </x:c>
       <x:c r="E23" s="0">
-        <x:v>5031</x:v>
+        <x:v>5311.6</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="1">
-        <x:v>46062.9109722222</x:v>
+        <x:v>46080.819837963</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C24" s="0">
-        <x:v>4.14</x:v>
+        <x:v>4.66</x:v>
       </x:c>
       <x:c r="D24" s="0">
-        <x:v>4622.254</x:v>
+        <x:v>4775.589</x:v>
       </x:c>
       <x:c r="E24" s="0">
-        <x:v>5079.4</x:v>
+        <x:v>5247.9</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="1">
-        <x:v>46062.8648842593</x:v>
+        <x:v>46079.8165856482</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C25" s="0">
-        <x:v>4.14</x:v>
+        <x:v>4.22</x:v>
       </x:c>
       <x:c r="D25" s="0">
-        <x:v>4622.254</x:v>
+        <x:v>4726.722</x:v>
       </x:c>
       <x:c r="E25" s="0">
-        <x:v>5079.4</x:v>
+        <x:v>5194.2</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="1">
-        <x:v>46059.8655787037</x:v>
+        <x:v>46078.8752083333</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C26" s="0">
-        <x:v>3.45</x:v>
+        <x:v>4.5</x:v>
       </x:c>
       <x:c r="D26" s="0">
-        <x:v>4531.618</x:v>
+        <x:v>4755.842</x:v>
       </x:c>
       <x:c r="E26" s="0">
-        <x:v>4979.8</x:v>
+        <x:v>5226.2</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="1">
-        <x:v>46058.8171412037</x:v>
+        <x:v>46077.8168055556</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C27" s="0">
-        <x:v>2.92</x:v>
+        <x:v>4.11</x:v>
       </x:c>
       <x:c r="D27" s="0">
-        <x:v>4449.445</x:v>
+        <x:v>4710.433</x:v>
       </x:c>
       <x:c r="E27" s="0">
-        <x:v>4889.5</x:v>
+        <x:v>5176.3</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="1">
-        <x:v>46057.8355092593</x:v>
+        <x:v>46076.8162152778</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C28" s="0">
-        <x:v>3.33</x:v>
+        <x:v>4.54</x:v>
       </x:c>
       <x:c r="D28" s="0">
-        <x:v>4505.228</x:v>
+        <x:v>4755.296</x:v>
       </x:c>
       <x:c r="E28" s="0">
-        <x:v>4950.8</x:v>
+        <x:v>5225.6</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="1">
-        <x:v>46056.8221759259</x:v>
+        <x:v>46073.8161921296</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C29" s="0">
-        <x:v>3.23</x:v>
+        <x:v>3.54</x:v>
       </x:c>
       <x:c r="D29" s="0">
-        <x:v>4490.85</x:v>
+        <x:v>4623.619</x:v>
       </x:c>
       <x:c r="E29" s="0">
-        <x:v>4935</x:v>
+        <x:v>5080.9</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="1">
-        <x:v>46055.8181481482</x:v>
+        <x:v>46072.9091203704</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C30" s="0">
-        <x:v>2.42</x:v>
+        <x:v>3.03</x:v>
       </x:c>
       <x:c r="D30" s="0">
-        <x:v>4233.866</x:v>
+        <x:v>4547.634</x:v>
       </x:c>
       <x:c r="E30" s="0">
-        <x:v>4652.6</x:v>
+        <x:v>4997.4</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="1">
-        <x:v>46052.8217476852</x:v>
+        <x:v>46072.8718402778</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C31" s="0">
-        <x:v>2.51</x:v>
+        <x:v>3.03</x:v>
       </x:c>
       <x:c r="D31" s="0">
-        <x:v>4318.041</x:v>
+        <x:v>4547.634</x:v>
       </x:c>
       <x:c r="E31" s="0">
-        <x:v>4745.1</x:v>
+        <x:v>4997.4</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="1">
-        <x:v>46052.7806365741</x:v>
+        <x:v>46072.8585185185</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C32" s="0">
-        <x:v>101.1</x:v>
+        <x:v>3.03</x:v>
       </x:c>
       <x:c r="D32" s="0">
-        <x:v>4392.934</x:v>
+        <x:v>4547.634</x:v>
       </x:c>
       <x:c r="E32" s="0">
-        <x:v>4827.4</x:v>
+        <x:v>4997.4</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="1">
-        <x:v>46051.9028240741</x:v>
+        <x:v>46072.8161921296</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C33" s="0">
-        <x:v>198.83</x:v>
+        <x:v>3.03</x:v>
       </x:c>
       <x:c r="D33" s="0">
-        <x:v>4872.868</x:v>
+        <x:v>4547.634</x:v>
       </x:c>
       <x:c r="E33" s="0">
-        <x:v>5354.8</x:v>
+        <x:v>4997.4</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="1">
-        <x:v>46051.8152314815</x:v>
+        <x:v>46071.8163773148</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C34" s="0">
-        <x:v>180.26</x:v>
+        <x:v>3.11</x:v>
       </x:c>
       <x:c r="D34" s="0">
-        <x:v>4826.276</x:v>
+        <x:v>4558.645</x:v>
       </x:c>
       <x:c r="E34" s="0">
-        <x:v>5303.6</x:v>
+        <x:v>5009.5</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="1">
-        <x:v>46050.8226157407</x:v>
+        <x:v>46070.8161689815</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C35" s="0">
-        <x:v>193.67</x:v>
+        <x:v>2.57</x:v>
       </x:c>
       <x:c r="D35" s="0">
-        <x:v>4859.582</x:v>
+        <x:v>4464.369</x:v>
       </x:c>
       <x:c r="E35" s="0">
-        <x:v>5340.2</x:v>
+        <x:v>4905.9</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="1">
-        <x:v>46050.8133796296</x:v>
+        <x:v>46066.8163657407</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C36" s="0">
-        <x:v>193.67</x:v>
+        <x:v>3.58</x:v>
       </x:c>
       <x:c r="D36" s="0">
-        <x:v>4859.582</x:v>
+        <x:v>4592.133</x:v>
       </x:c>
       <x:c r="E36" s="0">
-        <x:v>5340.2</x:v>
+        <x:v>5046.3</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="1">
-        <x:v>46049.8227083333</x:v>
+        <x:v>46065.8162962963</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C37" s="0">
-        <x:v>135.61</x:v>
+        <x:v>2.99</x:v>
       </x:c>
       <x:c r="D37" s="0">
-        <x:v>4659.746</x:v>
+        <x:v>4503.044</x:v>
       </x:c>
       <x:c r="E37" s="0">
-        <x:v>5120.6</x:v>
+        <x:v>4948.4</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="1">
-        <x:v>46048.8231134259</x:v>
+        <x:v>46064.8162152778</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C38" s="0">
-        <x:v>136.17</x:v>
+        <x:v>4.24</x:v>
       </x:c>
       <x:c r="D38" s="0">
-        <x:v>4661.293</x:v>
+        <x:v>4639.635</x:v>
       </x:c>
       <x:c r="E38" s="0">
-        <x:v>5122.3</x:v>
+        <x:v>5098.5</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="1">
-        <x:v>46045.8273148148</x:v>
+        <x:v>46063.816400463</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C39" s="0">
-        <x:v>112.75</x:v>
+        <x:v>3.74</x:v>
       </x:c>
       <x:c r="D39" s="0">
-        <x:v>4565.47</x:v>
+        <x:v>4578.21</x:v>
       </x:c>
       <x:c r="E39" s="0">
-        <x:v>4979.7</x:v>
+        <x:v>5031</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="1">
-        <x:v>46044.8500231481</x:v>
+        <x:v>46062.9109722222</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C40" s="0">
-        <x:v>99.41</x:v>
+        <x:v>4.14</x:v>
       </x:c>
       <x:c r="D40" s="0">
-        <x:v>4471.194</x:v>
+        <x:v>4622.254</x:v>
       </x:c>
       <x:c r="E40" s="0">
-        <x:v>4913.4</x:v>
+        <x:v>5079.4</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="1">
-        <x:v>46043.8455324074</x:v>
+        <x:v>46062.8648842593</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C41" s="0">
-        <x:v>85.98</x:v>
+        <x:v>4.14</x:v>
       </x:c>
       <x:c r="D41" s="0">
-        <x:v>4402.125</x:v>
+        <x:v>4622.254</x:v>
       </x:c>
       <x:c r="E41" s="0">
-        <x:v>4837.5</x:v>
+        <x:v>5079.4</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="1">
-        <x:v>46042.8283333333</x:v>
+        <x:v>46059.8655787037</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C42" s="0">
-        <x:v>74.78</x:v>
+        <x:v>3.45</x:v>
       </x:c>
       <x:c r="D42" s="0">
-        <x:v>4336.878</x:v>
+        <x:v>4531.618</x:v>
       </x:c>
       <x:c r="E42" s="0">
-        <x:v>4765.8</x:v>
+        <x:v>4979.8</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="1">
-        <x:v>46038.8262615741</x:v>
+        <x:v>46058.8171412037</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C43" s="0">
-        <x:v>54.67</x:v>
+        <x:v>2.92</x:v>
       </x:c>
       <x:c r="D43" s="0">
-        <x:v>4181.814</x:v>
+        <x:v>4449.445</x:v>
       </x:c>
       <x:c r="E43" s="0">
-        <x:v>4595.4</x:v>
+        <x:v>4889.5</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="1">
-        <x:v>46037.8245717593</x:v>
+        <x:v>46057.8355092593</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C44" s="0">
-        <x:v>58.28</x:v>
+        <x:v>3.33</x:v>
       </x:c>
       <x:c r="D44" s="0">
-        <x:v>4207.567</x:v>
+        <x:v>4505.228</x:v>
       </x:c>
       <x:c r="E44" s="0">
-        <x:v>4623.7</x:v>
+        <x:v>4950.8</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="1">
-        <x:v>46036.824849537</x:v>
+        <x:v>46056.8221759259</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C45" s="0">
-        <x:v>59.88</x:v>
+        <x:v>3.23</x:v>
       </x:c>
       <x:c r="D45" s="0">
-        <x:v>4218.487</x:v>
+        <x:v>4490.85</x:v>
       </x:c>
       <x:c r="E45" s="0">
-        <x:v>4635.7</x:v>
+        <x:v>4935</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="1">
-        <x:v>46035.8275810185</x:v>
+        <x:v>46055.8181481482</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C46" s="0">
-        <x:v>55.5</x:v>
+        <x:v>2.42</x:v>
       </x:c>
       <x:c r="D46" s="0">
-        <x:v>4185.181</x:v>
+        <x:v>4233.866</x:v>
       </x:c>
       <x:c r="E46" s="0">
-        <x:v>4599.1</x:v>
+        <x:v>4652.6</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="1">
-        <x:v>46034.8259375</x:v>
+        <x:v>46052.8217476852</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C47" s="0">
-        <x:v>57.48</x:v>
+        <x:v>2.51</x:v>
       </x:c>
       <x:c r="D47" s="0">
-        <x:v>4199.377</x:v>
+        <x:v>4318.041</x:v>
       </x:c>
       <x:c r="E47" s="0">
-        <x:v>4614.7</x:v>
+        <x:v>4745.1</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5">
       <x:c r="A48" s="1">
-        <x:v>46031.8225925926</x:v>
+        <x:v>46052.7806365741</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C48" s="0">
-        <x:v>45.96</x:v>
+        <x:v>101.1</x:v>
       </x:c>
       <x:c r="D48" s="0">
-        <x:v>4095.819</x:v>
+        <x:v>4392.934</x:v>
       </x:c>
       <x:c r="E48" s="0">
-        <x:v>4500.9</x:v>
+        <x:v>4827.4</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
       <x:c r="A49" s="1">
-        <x:v>46030.8292592593</x:v>
+        <x:v>46051.9028240741</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C49" s="0">
-        <x:v>42.19</x:v>
+        <x:v>198.83</x:v>
       </x:c>
       <x:c r="D49" s="0">
-        <x:v>4059.237</x:v>
+        <x:v>4872.868</x:v>
       </x:c>
       <x:c r="E49" s="0">
-        <x:v>4460.7</x:v>
+        <x:v>5354.8</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5">
       <x:c r="A50" s="1">
-        <x:v>46029.8237037037</x:v>
+        <x:v>46051.8152314815</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C50" s="0">
-        <x:v>42.39</x:v>
+        <x:v>180.26</x:v>
       </x:c>
       <x:c r="D50" s="0">
-        <x:v>4060.875</x:v>
+        <x:v>4826.276</x:v>
       </x:c>
       <x:c r="E50" s="0">
-        <x:v>4462.5</x:v>
+        <x:v>5303.6</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5">
       <x:c r="A51" s="1">
-        <x:v>46028.8240972222</x:v>
+        <x:v>46050.8226157407</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C51" s="0">
-        <x:v>45.85</x:v>
+        <x:v>193.67</x:v>
       </x:c>
       <x:c r="D51" s="0">
-        <x:v>4091.451</x:v>
+        <x:v>4859.582</x:v>
       </x:c>
       <x:c r="E51" s="0">
-        <x:v>4496.1</x:v>
+        <x:v>5340.2</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5">
       <x:c r="A52" s="1">
-        <x:v>46027.8219097222</x:v>
+        <x:v>46050.8133796296</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C52" s="0">
-        <x:v>41.71</x:v>
+        <x:v>193.67</x:v>
       </x:c>
       <x:c r="D52" s="0">
-        <x:v>4050.865</x:v>
+        <x:v>4859.582</x:v>
       </x:c>
       <x:c r="E52" s="0">
-        <x:v>4451.5</x:v>
+        <x:v>5340.2</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5">
       <x:c r="A53" s="1">
-        <x:v>46024.8229976852</x:v>
+        <x:v>46049.8227083333</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C53" s="0">
-        <x:v>32.6</x:v>
+        <x:v>135.61</x:v>
       </x:c>
       <x:c r="D53" s="0">
-        <x:v>3939.936</x:v>
+        <x:v>4659.746</x:v>
       </x:c>
       <x:c r="E53" s="0">
-        <x:v>4329.6</x:v>
+        <x:v>5120.6</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5">
       <x:c r="A54" s="1">
-        <x:v>46021.8342708333</x:v>
+        <x:v>46048.8231134259</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C54" s="0">
-        <x:v>37.53</x:v>
+        <x:v>136.17</x:v>
       </x:c>
       <x:c r="D54" s="0">
-        <x:v>3991.533</x:v>
+        <x:v>4661.293</x:v>
       </x:c>
       <x:c r="E54" s="0">
-        <x:v>4386.3</x:v>
+        <x:v>5122.3</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5">
       <x:c r="A55" s="1">
-        <x:v>46020.8393171296</x:v>
+        <x:v>46045.8273148148</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C55" s="0">
-        <x:v>34.2</x:v>
+        <x:v>112.75</x:v>
       </x:c>
       <x:c r="D55" s="0">
-        <x:v>3952.676</x:v>
+        <x:v>4565.47</x:v>
       </x:c>
       <x:c r="E55" s="0">
-        <x:v>4343.6</x:v>
+        <x:v>4979.7</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5">
       <x:c r="A56" s="1">
-        <x:v>46014.8341898148</x:v>
+        <x:v>46044.8500231481</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C56" s="0">
-        <x:v>53.78</x:v>
+        <x:v>99.41</x:v>
       </x:c>
       <x:c r="D56" s="0">
-        <x:v>4100.187</x:v>
+        <x:v>4471.194</x:v>
       </x:c>
       <x:c r="E56" s="0">
-        <x:v>4505.7</x:v>
+        <x:v>4913.4</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:5">
       <x:c r="A57" s="1">
-        <x:v>46013.830787037</x:v>
+        <x:v>46043.8455324074</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C57" s="0">
-        <x:v>49.78</x:v>
+        <x:v>85.98</x:v>
       </x:c>
       <x:c r="D57" s="0">
-        <x:v>4067.154</x:v>
+        <x:v>4402.125</x:v>
       </x:c>
       <x:c r="E57" s="0">
-        <x:v>4469.4</x:v>
+        <x:v>4837.5</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:5">
       <x:c r="A58" s="1">
-        <x:v>46010.8267476852</x:v>
+        <x:v>46042.8283333333</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C58" s="0">
-        <x:v>42.01</x:v>
+        <x:v>74.78</x:v>
       </x:c>
       <x:c r="D58" s="0">
-        <x:v>3992.443</x:v>
+        <x:v>4336.878</x:v>
       </x:c>
       <x:c r="E58" s="0">
-        <x:v>4387.3</x:v>
+        <x:v>4765.8</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:5">
       <x:c r="A59" s="1">
-        <x:v>46009.8283333333</x:v>
+        <x:v>46038.8262615741</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C59" s="0">
-        <x:v>39.95</x:v>
+        <x:v>54.67</x:v>
       </x:c>
       <x:c r="D59" s="0">
-        <x:v>3971.695</x:v>
+        <x:v>4181.814</x:v>
       </x:c>
       <x:c r="E59" s="0">
-        <x:v>4364.5</x:v>
+        <x:v>4595.4</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:5">
       <x:c r="A60" s="1">
-        <x:v>46008.8262962963</x:v>
+        <x:v>46037.8245717593</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C60" s="0">
-        <x:v>40.86</x:v>
+        <x:v>58.28</x:v>
       </x:c>
       <x:c r="D60" s="0">
-        <x:v>3980.249</x:v>
+        <x:v>4207.567</x:v>
       </x:c>
       <x:c r="E60" s="0">
-        <x:v>4373.9</x:v>
+        <x:v>4623.7</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:5">
       <x:c r="A61" s="1">
-        <x:v>46007.8233564815</x:v>
+        <x:v>46036.824849537</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C61" s="0">
-        <x:v>37.3</x:v>
+        <x:v>59.88</x:v>
       </x:c>
       <x:c r="D61" s="0">
-        <x:v>3942.393</x:v>
+        <x:v>4218.487</x:v>
       </x:c>
       <x:c r="E61" s="0">
-        <x:v>4332.3</x:v>
+        <x:v>4635.7</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:5">
       <x:c r="A62" s="1">
-        <x:v>46006.8309722222</x:v>
+        <x:v>46035.8275810185</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C62" s="0">
-        <x:v>37.58</x:v>
+        <x:v>55.5</x:v>
       </x:c>
       <x:c r="D62" s="0">
-        <x:v>3945.032</x:v>
+        <x:v>4185.181</x:v>
       </x:c>
       <x:c r="E62" s="0">
-        <x:v>4335.2</x:v>
+        <x:v>4599.1</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:5">
       <x:c r="A63" s="1">
-        <x:v>46003.8253125</x:v>
+        <x:v>46034.8259375</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C63" s="0">
-        <x:v>37.07</x:v>
+        <x:v>57.48</x:v>
       </x:c>
       <x:c r="D63" s="0">
-        <x:v>3938.753</x:v>
+        <x:v>4199.377</x:v>
       </x:c>
       <x:c r="E63" s="0">
-        <x:v>4328.3</x:v>
+        <x:v>4614.7</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:5">
       <x:c r="A64" s="1">
-        <x:v>46002.8233564815</x:v>
+        <x:v>46031.8225925926</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C64" s="0">
-        <x:v>35.83</x:v>
+        <x:v>45.96</x:v>
       </x:c>
       <x:c r="D64" s="0">
-        <x:v>3924.83</x:v>
+        <x:v>4095.819</x:v>
       </x:c>
       <x:c r="E64" s="0">
-        <x:v>4313</x:v>
+        <x:v>4500.9</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:5">
       <x:c r="A65" s="1">
-        <x:v>46001.824849537</x:v>
+        <x:v>46030.8292592593</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C65" s="0">
-        <x:v>29.65</x:v>
+        <x:v>42.19</x:v>
       </x:c>
       <x:c r="D65" s="0">
-        <x:v>3844.477</x:v>
+        <x:v>4059.237</x:v>
       </x:c>
       <x:c r="E65" s="0">
-        <x:v>4224.7</x:v>
+        <x:v>4460.7</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:5">
       <x:c r="A66" s="1">
-        <x:v>46000.8228009259</x:v>
+        <x:v>46029.8237037037</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C66" s="0">
-        <x:v>30.5</x:v>
+        <x:v>42.39</x:v>
       </x:c>
       <x:c r="D66" s="0">
-        <x:v>3854.942</x:v>
+        <x:v>4060.875</x:v>
       </x:c>
       <x:c r="E66" s="0">
-        <x:v>4236.2</x:v>
+        <x:v>4462.5</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:5">
       <x:c r="A67" s="1">
-        <x:v>45999.8272106481</x:v>
+        <x:v>46028.8240972222</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C67" s="0">
-        <x:v>29.24</x:v>
+        <x:v>45.85</x:v>
       </x:c>
       <x:c r="D67" s="0">
-        <x:v>3838.107</x:v>
+        <x:v>4091.451</x:v>
       </x:c>
       <x:c r="E67" s="0">
-        <x:v>4217.7</x:v>
+        <x:v>4496.1</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:5">
       <x:c r="A68" s="1">
-        <x:v>45996.8263078704</x:v>
+        <x:v>46027.8219097222</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C68" s="0">
-        <x:v>31.17</x:v>
+        <x:v>41.71</x:v>
       </x:c>
       <x:c r="D68" s="0">
-        <x:v>3861.13</x:v>
+        <x:v>4050.865</x:v>
       </x:c>
       <x:c r="E68" s="0">
-        <x:v>4243</x:v>
+        <x:v>4451.5</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:5">
       <x:c r="A69" s="1">
-        <x:v>45995.8232291667</x:v>
+        <x:v>46024.8229976852</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C69" s="0">
-        <x:v>31.19</x:v>
+        <x:v>32.6</x:v>
       </x:c>
       <x:c r="D69" s="0">
-        <x:v>3861.13</x:v>
+        <x:v>3939.936</x:v>
       </x:c>
       <x:c r="E69" s="0">
-        <x:v>4243</x:v>
+        <x:v>4329.6</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:5">
       <x:c r="A70" s="1">
-        <x:v>45994.8237037037</x:v>
+        <x:v>46021.8342708333</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C70" s="0">
-        <x:v>30.46</x:v>
+        <x:v>37.53</x:v>
       </x:c>
       <x:c r="D70" s="0">
-        <x:v>3851.575</x:v>
+        <x:v>3991.533</x:v>
       </x:c>
       <x:c r="E70" s="0">
-        <x:v>4232.5</x:v>
+        <x:v>4386.3</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:5">
       <x:c r="A71" s="1">
-        <x:v>45993.8229398148</x:v>
+        <x:v>46020.8393171296</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C71" s="0">
-        <x:v>29.65</x:v>
+        <x:v>34.2</x:v>
       </x:c>
       <x:c r="D71" s="0">
-        <x:v>3840.928</x:v>
+        <x:v>3952.676</x:v>
       </x:c>
       <x:c r="E71" s="0">
-        <x:v>4220.8</x:v>
+        <x:v>4343.6</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:5">
       <x:c r="A72" s="1">
-        <x:v>45992.8242939815</x:v>
+        <x:v>46014.8341898148</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C72" s="0">
-        <x:v>33.97</x:v>
+        <x:v>53.78</x:v>
       </x:c>
       <x:c r="D72" s="0">
-        <x:v>3890.068</x:v>
+        <x:v>4100.187</x:v>
       </x:c>
       <x:c r="E72" s="0">
-        <x:v>4274.8</x:v>
+        <x:v>4505.7</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:5">
       <x:c r="A73" s="1">
-        <x:v>45989.8354861111</x:v>
+        <x:v>46013.830787037</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C73" s="0">
-        <x:v>32.52</x:v>
+        <x:v>49.78</x:v>
       </x:c>
       <x:c r="D73" s="0">
-        <x:v>3871.959</x:v>
+        <x:v>4067.154</x:v>
       </x:c>
       <x:c r="E73" s="0">
-        <x:v>4254.9</x:v>
+        <x:v>4469.4</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:5">
       <x:c r="A74" s="1">
-        <x:v>45987.8265162037</x:v>
+        <x:v>46010.8267476852</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C74" s="0">
-        <x:v>28.94</x:v>
+        <x:v>42.01</x:v>
       </x:c>
       <x:c r="D74" s="0">
-        <x:v>3824.093</x:v>
+        <x:v>3992.443</x:v>
       </x:c>
       <x:c r="E74" s="0">
-        <x:v>4202.3</x:v>
+        <x:v>4387.3</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:5">
       <x:c r="A75" s="1">
-        <x:v>45986.8420486111</x:v>
+        <x:v>46009.8283333333</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C75" s="0">
-        <x:v>27.32</x:v>
+        <x:v>39.95</x:v>
       </x:c>
       <x:c r="D75" s="0">
-        <x:v>3801.343</x:v>
+        <x:v>3971.695</x:v>
       </x:c>
       <x:c r="E75" s="0">
-        <x:v>4177.3</x:v>
+        <x:v>4364.5</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:5">
       <x:c r="A76" s="1">
-        <x:v>45985.8473032407</x:v>
+        <x:v>46008.8262962963</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C76" s="0">
-        <x:v>24.57</x:v>
+        <x:v>40.86</x:v>
       </x:c>
       <x:c r="D76" s="0">
-        <x:v>3759.028</x:v>
+        <x:v>3980.249</x:v>
       </x:c>
       <x:c r="E76" s="0">
-        <x:v>4130.8</x:v>
+        <x:v>4373.9</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:5">
       <x:c r="A77" s="1">
-        <x:v>45982.8240972222</x:v>
+        <x:v>46007.8233564815</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C77" s="0">
-        <x:v>23.77</x:v>
+        <x:v>37.3</x:v>
       </x:c>
       <x:c r="D77" s="0">
-        <x:v>3745.56</x:v>
+        <x:v>3942.393</x:v>
       </x:c>
       <x:c r="E77" s="0">
-        <x:v>4116</x:v>
+        <x:v>4332.3</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:5">
       <x:c r="A78" s="1">
-        <x:v>45981.858912037</x:v>
+        <x:v>46006.8309722222</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C78" s="0">
-        <x:v>22.66</x:v>
+        <x:v>37.58</x:v>
       </x:c>
       <x:c r="D78" s="0">
-        <x:v>3727.087</x:v>
+        <x:v>3945.032</x:v>
       </x:c>
       <x:c r="E78" s="0">
-        <x:v>4060</x:v>
+        <x:v>4335.2</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:5">
       <x:c r="A79" s="1">
-        <x:v>45980.8244444444</x:v>
+        <x:v>46003.8253125</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C79" s="0">
-        <x:v>24.02</x:v>
+        <x:v>37.07</x:v>
       </x:c>
       <x:c r="D79" s="0">
-        <x:v>3715.348</x:v>
+        <x:v>3938.753</x:v>
       </x:c>
       <x:c r="E79" s="0">
-        <x:v>4082.8</x:v>
+        <x:v>4328.3</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:5">
       <x:c r="A80" s="1">
-        <x:v>45979.8891898148</x:v>
+        <x:v>46002.8233564815</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C80" s="0">
-        <x:v>23.11</x:v>
+        <x:v>35.83</x:v>
       </x:c>
       <x:c r="D80" s="0">
-        <x:v>3700.515</x:v>
+        <x:v>3924.83</x:v>
       </x:c>
       <x:c r="E80" s="0">
-        <x:v>4066.5</x:v>
+        <x:v>4313</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:5">
       <x:c r="A81" s="1">
-        <x:v>45978.8251967593</x:v>
+        <x:v>46001.824849537</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C81" s="0">
-        <x:v>23.59</x:v>
+        <x:v>29.65</x:v>
       </x:c>
       <x:c r="D81" s="0">
-        <x:v>3707.795</x:v>
+        <x:v>3844.477</x:v>
       </x:c>
       <x:c r="E81" s="0">
-        <x:v>4074.5</x:v>
+        <x:v>4224.7</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:5">
       <x:c r="A82" s="1">
-        <x:v>45975.8263078704</x:v>
+        <x:v>46000.8228009259</x:v>
       </x:c>
       <x:c r="B82" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C82" s="0">
-        <x:v>24.84</x:v>
+        <x:v>30.5</x:v>
       </x:c>
       <x:c r="D82" s="0">
-        <x:v>3725.722</x:v>
+        <x:v>3854.942</x:v>
       </x:c>
       <x:c r="E82" s="0">
-        <x:v>4094.2</x:v>
+        <x:v>4236.2</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:5">
       <x:c r="A83" s="1">
-        <x:v>45974.8559606482</x:v>
+        <x:v>45999.8272106481</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C83" s="0">
-        <x:v>32.68</x:v>
+        <x:v>29.24</x:v>
       </x:c>
       <x:c r="D83" s="0">
-        <x:v>3816.995</x:v>
+        <x:v>3838.107</x:v>
       </x:c>
       <x:c r="E83" s="0">
-        <x:v>4194.5</x:v>
+        <x:v>4217.7</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:5">
       <x:c r="A84" s="1">
-        <x:v>45973.8250115741</x:v>
+        <x:v>45996.8263078704</x:v>
       </x:c>
       <x:c r="B84" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C84" s="0">
-        <x:v>34.26</x:v>
+        <x:v>31.17</x:v>
       </x:c>
       <x:c r="D84" s="0">
-        <x:v>3834.376</x:v>
+        <x:v>3861.13</x:v>
       </x:c>
       <x:c r="E84" s="0">
-        <x:v>4213.6</x:v>
+        <x:v>4243</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:5">
       <x:c r="A85" s="1">
-        <x:v>45972.8325231482</x:v>
+        <x:v>45995.8232291667</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C85" s="0">
-        <x:v>27.73</x:v>
+        <x:v>31.19</x:v>
       </x:c>
       <x:c r="D85" s="0">
-        <x:v>3745.833</x:v>
+        <x:v>3861.13</x:v>
       </x:c>
       <x:c r="E85" s="0">
-        <x:v>4116.3</x:v>
+        <x:v>4243</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:5">
       <x:c r="A86" s="1">
-        <x:v>45971.8316087963</x:v>
+        <x:v>45994.8237037037</x:v>
       </x:c>
       <x:c r="B86" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C86" s="0">
-        <x:v>28.14</x:v>
+        <x:v>30.46</x:v>
       </x:c>
       <x:c r="D86" s="0">
-        <x:v>3751.02</x:v>
+        <x:v>3851.575</x:v>
       </x:c>
       <x:c r="E86" s="0">
-        <x:v>4122</x:v>
+        <x:v>4232.5</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:5">
       <x:c r="A87" s="1">
-        <x:v>45968.8265277778</x:v>
+        <x:v>45993.8229398148</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C87" s="0">
-        <x:v>22.02</x:v>
+        <x:v>29.65</x:v>
       </x:c>
       <x:c r="D87" s="0">
-        <x:v>3648.918</x:v>
+        <x:v>3840.928</x:v>
       </x:c>
       <x:c r="E87" s="0">
-        <x:v>4009.8</x:v>
+        <x:v>4220.8</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:5">
       <x:c r="A88" s="1">
-        <x:v>45967.8567361111</x:v>
+        <x:v>45992.8242939815</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C88" s="0">
-        <x:v>21.05</x:v>
+        <x:v>33.97</x:v>
       </x:c>
       <x:c r="D88" s="0">
-        <x:v>3631.81</x:v>
+        <x:v>3890.068</x:v>
       </x:c>
       <x:c r="E88" s="0">
-        <x:v>3991</x:v>
+        <x:v>4274.8</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:5">
       <x:c r="A89" s="1">
-        <x:v>45966.8257638889</x:v>
+        <x:v>45989.8354861111</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C89" s="0">
-        <x:v>21.16</x:v>
+        <x:v>32.52</x:v>
       </x:c>
       <x:c r="D89" s="0">
-        <x:v>3633.539</x:v>
+        <x:v>3871.959</x:v>
       </x:c>
       <x:c r="E89" s="0">
-        <x:v>3992.9</x:v>
+        <x:v>4254.9</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:5">
       <x:c r="A90" s="1">
-        <x:v>45965.8372800926</x:v>
+        <x:v>45987.8265162037</x:v>
       </x:c>
       <x:c r="B90" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C90" s="0">
-        <x:v>19.57</x:v>
+        <x:v>28.94</x:v>
       </x:c>
       <x:c r="D90" s="0">
-        <x:v>3604.055</x:v>
+        <x:v>3824.093</x:v>
       </x:c>
       <x:c r="E90" s="0">
-        <x:v>3960.5</x:v>
+        <x:v>4202.3</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:5">
       <x:c r="A91" s="1">
-        <x:v>45964.8250925926</x:v>
+        <x:v>45986.8420486111</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C91" s="0">
-        <x:v>22.6</x:v>
+        <x:v>27.32</x:v>
       </x:c>
       <x:c r="D91" s="0">
-        <x:v>3652.74</x:v>
+        <x:v>3801.343</x:v>
       </x:c>
       <x:c r="E91" s="0">
-        <x:v>4014</x:v>
+        <x:v>4177.3</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:5">
       <x:c r="A92" s="1">
-        <x:v>45961.7823032407</x:v>
+        <x:v>45985.8473032407</x:v>
       </x:c>
       <x:c r="B92" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C92" s="0">
-        <x:v>21.7</x:v>
+        <x:v>24.57</x:v>
       </x:c>
       <x:c r="D92" s="0">
-        <x:v>3636.815</x:v>
+        <x:v>3759.028</x:v>
       </x:c>
       <x:c r="E92" s="0">
-        <x:v>3996.5</x:v>
+        <x:v>4130.8</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:5">
       <x:c r="A93" s="1">
-        <x:v>45960.7838310185</x:v>
+        <x:v>45982.8240972222</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C93" s="0">
-        <x:v>22.82</x:v>
+        <x:v>23.77</x:v>
       </x:c>
       <x:c r="D93" s="0">
-        <x:v>3654.469</x:v>
+        <x:v>3745.56</x:v>
       </x:c>
       <x:c r="E93" s="0">
-        <x:v>4015.9</x:v>
+        <x:v>4116</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:5">
       <x:c r="A94" s="1">
-        <x:v>45959.7819212963</x:v>
+        <x:v>45981.858912037</x:v>
       </x:c>
       <x:c r="B94" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C94" s="0">
-        <x:v>22</x:v>
+        <x:v>22.66</x:v>
       </x:c>
       <x:c r="D94" s="0">
-        <x:v>3640.637</x:v>
+        <x:v>3727.087</x:v>
       </x:c>
       <x:c r="E94" s="0">
-        <x:v>4000.7</x:v>
+        <x:v>4060</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:5">
       <x:c r="A95" s="1">
-        <x:v>45958.7844444444</x:v>
+        <x:v>45980.8244444444</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C95" s="0">
-        <x:v>21.08</x:v>
+        <x:v>24.02</x:v>
       </x:c>
       <x:c r="D95" s="0">
-        <x:v>3624.621</x:v>
+        <x:v>3715.348</x:v>
       </x:c>
       <x:c r="E95" s="0">
-        <x:v>3983.1</x:v>
+        <x:v>4082.8</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:5">
       <x:c r="A96" s="1">
-        <x:v>45957.7848263889</x:v>
+        <x:v>45979.8891898148</x:v>
       </x:c>
       <x:c r="B96" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C96" s="0">
-        <x:v>23.21</x:v>
+        <x:v>23.11</x:v>
       </x:c>
       <x:c r="D96" s="0">
-        <x:v>3657.927</x:v>
+        <x:v>3700.515</x:v>
       </x:c>
       <x:c r="E96" s="0">
-        <x:v>4019.7</x:v>
+        <x:v>4066.5</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:5">
       <x:c r="A97" s="1">
-        <x:v>45954.8273726852</x:v>
+        <x:v>45978.8251967593</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C97" s="0">
-        <x:v>32.58</x:v>
+        <x:v>23.59</x:v>
       </x:c>
       <x:c r="D97" s="0">
-        <x:v>3765.398</x:v>
+        <x:v>3707.795</x:v>
       </x:c>
       <x:c r="E97" s="0">
-        <x:v>4137.8</x:v>
+        <x:v>4074.5</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:5">
       <x:c r="A98" s="1">
-        <x:v>45953.826412037</x:v>
+        <x:v>45975.8263078704</x:v>
       </x:c>
       <x:c r="B98" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C98" s="0">
-        <x:v>33.23</x:v>
+        <x:v>24.84</x:v>
       </x:c>
       <x:c r="D98" s="0">
-        <x:v>3772.496</x:v>
+        <x:v>3725.722</x:v>
       </x:c>
       <x:c r="E98" s="0">
-        <x:v>4145.6</x:v>
+        <x:v>4094.2</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:5">
       <x:c r="A99" s="1">
-        <x:v>45952.8312615741</x:v>
+        <x:v>45974.8559606482</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C99" s="0">
-        <x:v>27.77</x:v>
+        <x:v>32.68</x:v>
       </x:c>
       <x:c r="D99" s="0">
-        <x:v>3699.514</x:v>
+        <x:v>3816.995</x:v>
       </x:c>
       <x:c r="E99" s="0">
-        <x:v>4065.4</x:v>
+        <x:v>4194.5</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:5">
       <x:c r="A100" s="1">
-        <x:v>45951.8353240741</x:v>
+        <x:v>45973.8250115741</x:v>
       </x:c>
       <x:c r="B100" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C100" s="0">
-        <x:v>31.1</x:v>
+        <x:v>34.26</x:v>
       </x:c>
       <x:c r="D100" s="0">
-        <x:v>3739.281</x:v>
+        <x:v>3834.376</x:v>
       </x:c>
       <x:c r="E100" s="0">
-        <x:v>4109.1</x:v>
+        <x:v>4213.6</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:5">
       <x:c r="A101" s="1">
-        <x:v>45950.8514814815</x:v>
+        <x:v>45972.8325231482</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C101" s="0">
-        <x:v>73.16</x:v>
+        <x:v>27.73</x:v>
       </x:c>
       <x:c r="D101" s="0">
-        <x:v>3967.054</x:v>
+        <x:v>3745.833</x:v>
       </x:c>
       <x:c r="E101" s="0">
-        <x:v>4359.4</x:v>
+        <x:v>4116.3</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:5">
       <x:c r="A102" s="1">
-        <x:v>45947.8255902778</x:v>
+        <x:v>45971.8316087963</x:v>
       </x:c>
       <x:c r="B102" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C102" s="0">
-        <x:v>54.41</x:v>
+        <x:v>28.14</x:v>
       </x:c>
       <x:c r="D102" s="0">
-        <x:v>3834.103</x:v>
+        <x:v>3751.02</x:v>
       </x:c>
       <x:c r="E102" s="0">
-        <x:v>4213.3</x:v>
+        <x:v>4122</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:5">
       <x:c r="A103" s="1">
-        <x:v>45946.8237962963</x:v>
+        <x:v>45968.8265277778</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C103" s="0">
-        <x:v>69.12</x:v>
+        <x:v>22.02</x:v>
       </x:c>
       <x:c r="D103" s="0">
-        <x:v>3917.186</x:v>
+        <x:v>3648.918</x:v>
       </x:c>
       <x:c r="E103" s="0">
-        <x:v>4304.6</x:v>
+        <x:v>4009.8</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:5">
       <x:c r="A104" s="1">
-        <x:v>45945.8233796296</x:v>
+        <x:v>45967.8567361111</x:v>
       </x:c>
       <x:c r="B104" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C104" s="0">
-        <x:v>55.54</x:v>
+        <x:v>21.05</x:v>
       </x:c>
       <x:c r="D104" s="0">
-        <x:v>3823.456</x:v>
+        <x:v>3631.81</x:v>
       </x:c>
       <x:c r="E104" s="0">
-        <x:v>4201.6</x:v>
+        <x:v>3991</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:5">
       <x:c r="A105" s="1">
-        <x:v>45944.828287037</x:v>
+        <x:v>45966.8257638889</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C105" s="0">
-        <x:v>50.91</x:v>
+        <x:v>21.16</x:v>
       </x:c>
       <x:c r="D105" s="0">
-        <x:v>3788.694</x:v>
+        <x:v>3633.539</x:v>
       </x:c>
       <x:c r="E105" s="0">
-        <x:v>4163.4</x:v>
+        <x:v>3992.9</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:5">
       <x:c r="A106" s="1">
-        <x:v>45943.8403356482</x:v>
+        <x:v>45965.8372800926</x:v>
       </x:c>
       <x:c r="B106" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C106" s="0">
-        <x:v>47.45</x:v>
+        <x:v>19.57</x:v>
       </x:c>
       <x:c r="D106" s="0">
-        <x:v>3761.03</x:v>
+        <x:v>3604.055</x:v>
       </x:c>
       <x:c r="E106" s="0">
-        <x:v>4133</x:v>
+        <x:v>3960.5</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:5">
       <x:c r="A107" s="1">
-        <x:v>45940.8233449074</x:v>
+        <x:v>45964.8250925926</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C107" s="0">
-        <x:v>35.7</x:v>
+        <x:v>22.6</x:v>
       </x:c>
       <x:c r="D107" s="0">
-        <x:v>3640.364</x:v>
+        <x:v>3652.74</x:v>
       </x:c>
       <x:c r="E107" s="0">
-        <x:v>4000.4</x:v>
+        <x:v>4014</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:5">
       <x:c r="A108" s="1">
-        <x:v>45939.8284953704</x:v>
+        <x:v>45961.7823032407</x:v>
       </x:c>
       <x:c r="B108" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C108" s="0">
-        <x:v>33.38</x:v>
+        <x:v>21.7</x:v>
       </x:c>
       <x:c r="D108" s="0">
-        <x:v>3615.066</x:v>
+        <x:v>3636.815</x:v>
       </x:c>
       <x:c r="E108" s="0">
-        <x:v>3972.6</x:v>
+        <x:v>3996.5</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:5">
       <x:c r="A109" s="1">
-        <x:v>45938.8250115741</x:v>
+        <x:v>45960.7838310185</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C109" s="0">
-        <x:v>44</x:v>
+        <x:v>22.82</x:v>
       </x:c>
       <x:c r="D109" s="0">
-        <x:v>3704.155</x:v>
+        <x:v>3654.469</x:v>
       </x:c>
       <x:c r="E109" s="0">
-        <x:v>4070.5</x:v>
+        <x:v>4015.9</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:5">
       <x:c r="A110" s="1">
-        <x:v>45937.8252430556</x:v>
+        <x:v>45959.7819212963</x:v>
       </x:c>
       <x:c r="B110" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C110" s="0">
-        <x:v>37.79</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="D110" s="0">
-        <x:v>3644.004</x:v>
+        <x:v>3640.637</x:v>
       </x:c>
       <x:c r="E110" s="0">
-        <x:v>4004.4</x:v>
+        <x:v>4000.7</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:5">
       <x:c r="A111" s="1">
-        <x:v>45936.8237268518</x:v>
+        <x:v>45958.7844444444</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C111" s="0">
-        <x:v>35.32</x:v>
+        <x:v>21.08</x:v>
       </x:c>
       <x:c r="D111" s="0">
-        <x:v>3618.433</x:v>
+        <x:v>3624.621</x:v>
       </x:c>
       <x:c r="E111" s="0">
-        <x:v>3976.3</x:v>
+        <x:v>3983.1</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:5">
       <x:c r="A112" s="1">
-        <x:v>45933.8235648148</x:v>
+        <x:v>45957.7848263889</x:v>
       </x:c>
       <x:c r="B112" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C112" s="0">
-        <x:v>30.18</x:v>
+        <x:v>23.21</x:v>
       </x:c>
       <x:c r="D112" s="0">
-        <x:v>3557.099</x:v>
+        <x:v>3657.927</x:v>
       </x:c>
       <x:c r="E112" s="0">
-        <x:v>3908.9</x:v>
+        <x:v>4019.7</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:5">
       <x:c r="A113" s="1">
-        <x:v>45932.824537037</x:v>
+        <x:v>45954.8273726852</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C113" s="0">
-        <x:v>27.32</x:v>
+        <x:v>32.58</x:v>
       </x:c>
       <x:c r="D113" s="0">
-        <x:v>3519.971</x:v>
+        <x:v>3765.398</x:v>
       </x:c>
       <x:c r="E113" s="0">
-        <x:v>3868.1</x:v>
+        <x:v>4137.8</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:5">
       <x:c r="A114" s="1">
-        <x:v>45931.8251041667</x:v>
+        <x:v>45953.826412037</x:v>
       </x:c>
       <x:c r="B114" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C114" s="0">
-        <x:v>29.57</x:v>
+        <x:v>33.23</x:v>
       </x:c>
       <x:c r="D114" s="0">
-        <x:v>3546.725</x:v>
+        <x:v>3772.496</x:v>
       </x:c>
       <x:c r="E114" s="0">
-        <x:v>3897.5</x:v>
+        <x:v>4145.6</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:5">
       <x:c r="A115" s="1">
-        <x:v>45930.8239930556</x:v>
+        <x:v>45952.8312615741</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C115" s="0">
-        <x:v>27.84</x:v>
+        <x:v>27.77</x:v>
       </x:c>
       <x:c r="D115" s="0">
-        <x:v>3524.612</x:v>
+        <x:v>3699.514</x:v>
       </x:c>
       <x:c r="E115" s="0">
-        <x:v>3873.2</x:v>
+        <x:v>4065.4</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:5">
       <x:c r="A116" s="1">
-        <x:v>45929.8229398148</x:v>
+        <x:v>45951.8353240741</x:v>
       </x:c>
       <x:c r="B116" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C116" s="0">
-        <x:v>26.62</x:v>
+        <x:v>31.1</x:v>
       </x:c>
       <x:c r="D116" s="0">
-        <x:v>3508.232</x:v>
+        <x:v>3739.281</x:v>
       </x:c>
       <x:c r="E116" s="0">
-        <x:v>3855.2</x:v>
+        <x:v>4109.1</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:5">
       <x:c r="A117" s="1">
-        <x:v>45926.8238773148</x:v>
+        <x:v>45950.8514814815</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C117" s="0">
-        <x:v>23.78</x:v>
+        <x:v>73.16</x:v>
       </x:c>
       <x:c r="D117" s="0">
-        <x:v>3466.19</x:v>
+        <x:v>3967.054</x:v>
       </x:c>
       <x:c r="E117" s="0">
-        <x:v>3809</x:v>
+        <x:v>4359.4</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:5">
       <x:c r="A118" s="1">
-        <x:v>45925.8238657407</x:v>
+        <x:v>45947.8255902778</x:v>
       </x:c>
       <x:c r="B118" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C118" s="0">
-        <x:v>21.63</x:v>
+        <x:v>54.41</x:v>
       </x:c>
       <x:c r="D118" s="0">
-        <x:v>3431.701</x:v>
+        <x:v>3834.103</x:v>
       </x:c>
       <x:c r="E118" s="0">
-        <x:v>3771.1</x:v>
+        <x:v>4213.3</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:5">
       <x:c r="A119" s="1">
-        <x:v>45924.8325347222</x:v>
+        <x:v>45946.8237962963</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C119" s="0">
-        <x:v>21.47</x:v>
+        <x:v>69.12</x:v>
       </x:c>
       <x:c r="D119" s="0">
-        <x:v>3428.971</x:v>
+        <x:v>3917.186</x:v>
       </x:c>
       <x:c r="E119" s="0">
-        <x:v>3768.1</x:v>
+        <x:v>4304.6</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:5">
       <x:c r="A120" s="1">
-        <x:v>45923.8421412037</x:v>
+        <x:v>45945.8233796296</x:v>
       </x:c>
       <x:c r="B120" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C120" s="0">
-        <x:v>24.55</x:v>
+        <x:v>55.54</x:v>
       </x:c>
       <x:c r="D120" s="0">
-        <x:v>3472.287</x:v>
+        <x:v>3823.456</x:v>
       </x:c>
       <x:c r="E120" s="0">
-        <x:v>3815.7</x:v>
+        <x:v>4201.6</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:5">
       <x:c r="A121" s="1">
-        <x:v>45922.8390625</x:v>
+        <x:v>45944.828287037</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C121" s="0">
-        <x:v>22.18</x:v>
+        <x:v>50.91</x:v>
       </x:c>
       <x:c r="D121" s="0">
-        <x:v>3435.341</x:v>
+        <x:v>3788.694</x:v>
       </x:c>
       <x:c r="E121" s="0">
-        <x:v>3775.1</x:v>
+        <x:v>4163.4</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:5">
       <x:c r="A122" s="1">
-        <x:v>45919.8403472222</x:v>
+        <x:v>45943.8403356482</x:v>
       </x:c>
       <x:c r="B122" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C122" s="0">
-        <x:v>18.72</x:v>
+        <x:v>47.45</x:v>
       </x:c>
       <x:c r="D122" s="0">
-        <x:v>3372.278</x:v>
+        <x:v>3761.03</x:v>
       </x:c>
       <x:c r="E122" s="0">
-        <x:v>3705.8</x:v>
+        <x:v>4133</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:5">
       <x:c r="A123" s="1">
-        <x:v>45918.8308796296</x:v>
+        <x:v>45940.8233449074</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C123" s="0">
-        <x:v>17.43</x:v>
+        <x:v>35.7</x:v>
       </x:c>
       <x:c r="D123" s="0">
-        <x:v>3347.253</x:v>
+        <x:v>3640.364</x:v>
       </x:c>
       <x:c r="E123" s="0">
-        <x:v>3678.3</x:v>
+        <x:v>4000.4</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:5">
       <x:c r="A124" s="1">
-        <x:v>45917.8346990741</x:v>
+        <x:v>45939.8284953704</x:v>
       </x:c>
       <x:c r="B124" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C124" s="0">
-        <x:v>19.52</x:v>
+        <x:v>33.38</x:v>
       </x:c>
       <x:c r="D124" s="0">
-        <x:v>3383.198</x:v>
+        <x:v>3615.066</x:v>
       </x:c>
       <x:c r="E124" s="0">
-        <x:v>3717.8</x:v>
+        <x:v>3972.6</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:5">
       <x:c r="A125" s="1">
-        <x:v>45916.82375</x:v>
+        <x:v>45938.8250115741</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C125" s="0">
-        <x:v>19.92</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="D125" s="0">
-        <x:v>3389.841</x:v>
+        <x:v>3704.155</x:v>
       </x:c>
       <x:c r="E125" s="0">
-        <x:v>3725.1</x:v>
+        <x:v>4070.5</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:5">
       <x:c r="A126" s="1">
-        <x:v>45915.8287152778</x:v>
+        <x:v>45937.8252430556</x:v>
       </x:c>
       <x:c r="B126" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C126" s="0">
-        <x:v>19.61</x:v>
+        <x:v>37.79</x:v>
       </x:c>
       <x:c r="D126" s="0">
-        <x:v>3384.29</x:v>
+        <x:v>3644.004</x:v>
       </x:c>
       <x:c r="E126" s="0">
-        <x:v>3719</x:v>
+        <x:v>4004.4</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:5">
       <x:c r="A127" s="1">
-        <x:v>45912.8242824074</x:v>
+        <x:v>45936.8237268518</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C127" s="0">
-        <x:v>18.06</x:v>
+        <x:v>35.32</x:v>
       </x:c>
       <x:c r="D127" s="0">
-        <x:v>3354.624</x:v>
+        <x:v>3618.433</x:v>
       </x:c>
       <x:c r="E127" s="0">
-        <x:v>3686.4</x:v>
+        <x:v>3976.3</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:5">
       <x:c r="A128" s="1">
-        <x:v>45911.8249074074</x:v>
+        <x:v>45933.8235648148</x:v>
       </x:c>
       <x:c r="B128" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C128" s="0">
-        <x:v>17.46</x:v>
+        <x:v>30.18</x:v>
       </x:c>
       <x:c r="D128" s="0">
-        <x:v>3342.976</x:v>
+        <x:v>3557.099</x:v>
       </x:c>
       <x:c r="E128" s="0">
-        <x:v>3673.6</x:v>
+        <x:v>3908.9</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:5">
       <x:c r="A129" s="1">
-        <x:v>45910.8234259259</x:v>
+        <x:v>45932.824537037</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C129" s="0">
-        <x:v>17.88</x:v>
+        <x:v>27.32</x:v>
       </x:c>
       <x:c r="D129" s="0">
-        <x:v>3350.62</x:v>
+        <x:v>3519.971</x:v>
       </x:c>
       <x:c r="E129" s="0">
-        <x:v>3682</x:v>
+        <x:v>3868.1</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:5">
       <x:c r="A130" s="1">
-        <x:v>45909.8234953704</x:v>
+        <x:v>45931.8251041667</x:v>
       </x:c>
       <x:c r="B130" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C130" s="0">
-        <x:v>17.9</x:v>
+        <x:v>29.57</x:v>
       </x:c>
       <x:c r="D130" s="0">
-        <x:v>3350.802</x:v>
+        <x:v>3546.725</x:v>
       </x:c>
       <x:c r="E130" s="0">
-        <x:v>3682.2</x:v>
+        <x:v>3897.5</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:5">
       <x:c r="A131" s="1">
-        <x:v>45908.8227777778</x:v>
+        <x:v>45930.8239930556</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C131" s="0">
-        <x:v>17.68</x:v>
+        <x:v>27.84</x:v>
       </x:c>
       <x:c r="D131" s="0">
-        <x:v>3346.434</x:v>
+        <x:v>3524.612</x:v>
       </x:c>
       <x:c r="E131" s="0">
-        <x:v>3677.4</x:v>
+        <x:v>3873.2</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:5">
       <x:c r="A132" s="1">
-        <x:v>45905.8690856481</x:v>
+        <x:v>45929.8229398148</x:v>
       </x:c>
       <x:c r="B132" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C132" s="0">
-        <x:v>16.62</x:v>
+        <x:v>26.62</x:v>
       </x:c>
       <x:c r="D132" s="0">
-        <x:v>3324.503</x:v>
+        <x:v>3508.232</x:v>
       </x:c>
       <x:c r="E132" s="0">
-        <x:v>3653.3</x:v>
+        <x:v>3855.2</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:5">
       <x:c r="A133" s="1">
-        <x:v>45904.8310300926</x:v>
+        <x:v>45926.8238773148</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C133" s="0">
-        <x:v>14.73</x:v>
+        <x:v>23.78</x:v>
       </x:c>
       <x:c r="D133" s="0">
-        <x:v>3282.097</x:v>
+        <x:v>3466.19</x:v>
       </x:c>
       <x:c r="E133" s="0">
-        <x:v>3606.7</x:v>
+        <x:v>3809</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:5">
       <x:c r="A134" s="1">
-        <x:v>45903.8280208333</x:v>
+        <x:v>45925.8238657407</x:v>
       </x:c>
       <x:c r="B134" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C134" s="0">
-        <x:v>16.01</x:v>
+        <x:v>21.63</x:v>
       </x:c>
       <x:c r="D134" s="0">
-        <x:v>3308.305</x:v>
+        <x:v>3431.701</x:v>
       </x:c>
       <x:c r="E134" s="0">
-        <x:v>3635.5</x:v>
+        <x:v>3771.1</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:5">
       <x:c r="A135" s="1">
-        <x:v>45902.8240393518</x:v>
+        <x:v>45924.8325347222</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C135" s="0">
-        <x:v>14.3</x:v>
+        <x:v>21.47</x:v>
       </x:c>
       <x:c r="D135" s="0">
-        <x:v>3268.902</x:v>
+        <x:v>3428.971</x:v>
       </x:c>
       <x:c r="E135" s="0">
-        <x:v>3592.2</x:v>
+        <x:v>3768.1</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:5">
       <x:c r="A136" s="1">
-        <x:v>45898.8248148148</x:v>
+        <x:v>45923.8421412037</x:v>
       </x:c>
       <x:c r="B136" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C136" s="0">
-        <x:v>11.78</x:v>
+        <x:v>24.55</x:v>
       </x:c>
       <x:c r="D136" s="0">
-        <x:v>3199.651</x:v>
+        <x:v>3472.287</x:v>
       </x:c>
       <x:c r="E136" s="0">
-        <x:v>3516.1</x:v>
+        <x:v>3815.7</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:5">
       <x:c r="A137" s="1">
-        <x:v>45897.8404050926</x:v>
+        <x:v>45922.8390625</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C137" s="0">
-        <x:v>10.52</x:v>
+        <x:v>22.18</x:v>
       </x:c>
       <x:c r="D137" s="0">
-        <x:v>3161.613</x:v>
+        <x:v>3435.341</x:v>
       </x:c>
       <x:c r="E137" s="0">
-        <x:v>3474.3</x:v>
+        <x:v>3775.1</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:5">
       <x:c r="A138" s="1">
-        <x:v>45896.8352199074</x:v>
+        <x:v>45919.8403472222</x:v>
       </x:c>
       <x:c r="B138" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C138" s="0">
-        <x:v>9.8</x:v>
+        <x:v>18.72</x:v>
       </x:c>
       <x:c r="D138" s="0">
-        <x:v>3138.226</x:v>
+        <x:v>3372.278</x:v>
       </x:c>
       <x:c r="E138" s="0">
-        <x:v>3448.6</x:v>
+        <x:v>3705.8</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:5">
       <x:c r="A139" s="1">
-        <x:v>45895.8272685185</x:v>
+        <x:v>45918.8308796296</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C139" s="0">
-        <x:v>9.38</x:v>
+        <x:v>17.43</x:v>
       </x:c>
       <x:c r="D139" s="0">
-        <x:v>3124.03</x:v>
+        <x:v>3347.253</x:v>
       </x:c>
       <x:c r="E139" s="0">
-        <x:v>3433</x:v>
+        <x:v>3678.3</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:5">
       <x:c r="A140" s="1">
-        <x:v>45894.8408449074</x:v>
+        <x:v>45917.8346990741</x:v>
       </x:c>
       <x:c r="B140" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C140" s="0">
-        <x:v>8.98</x:v>
+        <x:v>19.52</x:v>
       </x:c>
       <x:c r="D140" s="0">
-        <x:v>3109.925</x:v>
+        <x:v>3383.198</x:v>
       </x:c>
       <x:c r="E140" s="0">
-        <x:v>3417.5</x:v>
+        <x:v>3717.8</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:5">
       <x:c r="A141" s="1">
-        <x:v>45891.8256018519</x:v>
+        <x:v>45916.82375</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C141" s="0">
-        <x:v>9.02</x:v>
+        <x:v>19.92</x:v>
       </x:c>
       <x:c r="D141" s="0">
-        <x:v>3110.835</x:v>
+        <x:v>3389.841</x:v>
       </x:c>
       <x:c r="E141" s="0">
-        <x:v>3418.5</x:v>
+        <x:v>3725.1</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:5">
       <x:c r="A142" s="1">
-        <x:v>45890.8256481482</x:v>
+        <x:v>45915.8287152778</x:v>
       </x:c>
       <x:c r="B142" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C142" s="0">
-        <x:v>8.14</x:v>
+        <x:v>19.61</x:v>
       </x:c>
       <x:c r="D142" s="0">
-        <x:v>3077.256</x:v>
+        <x:v>3384.29</x:v>
       </x:c>
       <x:c r="E142" s="0">
-        <x:v>3381.6</x:v>
+        <x:v>3719</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:5">
       <x:c r="A143" s="1">
-        <x:v>45889.8244791667</x:v>
+        <x:v>45912.8242824074</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C143" s="0">
-        <x:v>8.32</x:v>
+        <x:v>18.06</x:v>
       </x:c>
       <x:c r="D143" s="0">
-        <x:v>3083.535</x:v>
+        <x:v>3354.624</x:v>
       </x:c>
       <x:c r="E143" s="0">
-        <x:v>3388.5</x:v>
+        <x:v>3686.4</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:5">
       <x:c r="A144" s="1">
-        <x:v>45888.8241898148</x:v>
+        <x:v>45911.8249074074</x:v>
       </x:c>
       <x:c r="B144" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C144" s="0">
-        <x:v>7.64</x:v>
+        <x:v>17.46</x:v>
       </x:c>
       <x:c r="D144" s="0">
-        <x:v>3056.417</x:v>
+        <x:v>3342.976</x:v>
       </x:c>
       <x:c r="E144" s="0">
-        <x:v>3358.7</x:v>
+        <x:v>3673.6</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:5">
       <x:c r="A145" s="1">
-        <x:v>45887.8261342593</x:v>
+        <x:v>45910.8234259259</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C145" s="0">
-        <x:v>8.11</x:v>
+        <x:v>17.88</x:v>
       </x:c>
       <x:c r="D145" s="0">
-        <x:v>3073.98</x:v>
+        <x:v>3350.62</x:v>
       </x:c>
       <x:c r="E145" s="0">
-        <x:v>3378</x:v>
+        <x:v>3682</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:5">
       <x:c r="A146" s="1">
-        <x:v>45884.8236458333</x:v>
+        <x:v>45909.8234953704</x:v>
       </x:c>
       <x:c r="B146" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C146" s="0">
-        <x:v>8.24</x:v>
+        <x:v>17.9</x:v>
       </x:c>
       <x:c r="D146" s="0">
-        <x:v>3078.166</x:v>
+        <x:v>3350.802</x:v>
       </x:c>
       <x:c r="E146" s="0">
-        <x:v>3382.6</x:v>
+        <x:v>3682.2</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:5">
       <x:c r="A147" s="1">
-        <x:v>45883.8469907407</x:v>
+        <x:v>45908.8227777778</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C147" s="0">
-        <x:v>8.26</x:v>
+        <x:v>17.68</x:v>
       </x:c>
       <x:c r="D147" s="0">
-        <x:v>3078.712</x:v>
+        <x:v>3346.434</x:v>
       </x:c>
       <x:c r="E147" s="0">
-        <x:v>3383.2</x:v>
+        <x:v>3677.4</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:5">
       <x:c r="A148" s="1">
-        <x:v>45882.843125</x:v>
+        <x:v>45905.8690856481</x:v>
       </x:c>
       <x:c r="B148" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C148" s="0">
-        <x:v>8.93</x:v>
+        <x:v>16.62</x:v>
       </x:c>
       <x:c r="D148" s="0">
-        <x:v>3101.553</x:v>
+        <x:v>3324.503</x:v>
       </x:c>
       <x:c r="E148" s="0">
-        <x:v>3408.3</x:v>
+        <x:v>3653.3</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:5">
       <x:c r="A149" s="1">
-        <x:v>45881.822662037</x:v>
+        <x:v>45904.8310300926</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C149" s="0">
-        <x:v>8.7</x:v>
+        <x:v>14.73</x:v>
       </x:c>
       <x:c r="D149" s="0">
-        <x:v>3093.09</x:v>
+        <x:v>3282.097</x:v>
       </x:c>
       <x:c r="E149" s="0">
-        <x:v>3399</x:v>
+        <x:v>3606.7</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:5">
       <x:c r="A150" s="1">
-        <x:v>45880.8266898148</x:v>
+        <x:v>45903.8280208333</x:v>
       </x:c>
       <x:c r="B150" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C150" s="0">
-        <x:v>8.85</x:v>
+        <x:v>16.01</x:v>
       </x:c>
       <x:c r="D150" s="0">
-        <x:v>3098.277</x:v>
+        <x:v>3308.305</x:v>
       </x:c>
       <x:c r="E150" s="0">
-        <x:v>3404.7</x:v>
+        <x:v>3635.5</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:5">
       <x:c r="A151" s="1">
-        <x:v>45877.8247916667</x:v>
+        <x:v>45902.8240393518</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C151" s="0">
-        <x:v>11.8</x:v>
+        <x:v>14.3</x:v>
       </x:c>
       <x:c r="D151" s="0">
-        <x:v>3177.083</x:v>
+        <x:v>3268.902</x:v>
       </x:c>
       <x:c r="E151" s="0">
-        <x:v>3491.3</x:v>
+        <x:v>3592.2</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:5">
       <x:c r="A152" s="1">
-        <x:v>45876.8256018519</x:v>
+        <x:v>45898.8248148148</x:v>
       </x:c>
       <x:c r="B152" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C152" s="0">
-        <x:v>10.65</x:v>
+        <x:v>11.78</x:v>
       </x:c>
       <x:c r="D152" s="0">
-        <x:v>3142.867</x:v>
+        <x:v>3199.651</x:v>
       </x:c>
       <x:c r="E152" s="0">
-        <x:v>3453.7</x:v>
+        <x:v>3516.1</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:5">
       <x:c r="A153" s="1">
-        <x:v>45875.8240277778</x:v>
+        <x:v>45897.8404050926</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C153" s="0">
-        <x:v>10.06</x:v>
+        <x:v>10.52</x:v>
       </x:c>
       <x:c r="D153" s="0">
-        <x:v>3124.394</x:v>
+        <x:v>3161.613</x:v>
       </x:c>
       <x:c r="E153" s="0">
-        <x:v>3433.4</x:v>
+        <x:v>3474.3</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:5">
       <x:c r="A154" s="1">
-        <x:v>45874.8240277778</x:v>
+        <x:v>45896.8352199074</x:v>
       </x:c>
       <x:c r="B154" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C154" s="0">
-        <x:v>10.11</x:v>
+        <x:v>9.8</x:v>
       </x:c>
       <x:c r="D154" s="0">
-        <x:v>3125.577</x:v>
+        <x:v>3138.226</x:v>
       </x:c>
       <x:c r="E154" s="0">
-        <x:v>3434.7</x:v>
+        <x:v>3448.6</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:5">
       <x:c r="A155" s="1">
-        <x:v>45873.826400463</x:v>
+        <x:v>45895.8272685185</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C155" s="0">
-        <x:v>9.88</x:v>
+        <x:v>9.38</x:v>
       </x:c>
       <x:c r="D155" s="0">
-        <x:v>3118.024</x:v>
+        <x:v>3124.03</x:v>
       </x:c>
       <x:c r="E155" s="0">
-        <x:v>3426.4</x:v>
+        <x:v>3433</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:5">
       <x:c r="A156" s="1">
-        <x:v>45870.8315162037</x:v>
+        <x:v>45894.8408449074</x:v>
       </x:c>
       <x:c r="B156" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C156" s="0">
-        <x:v>9.18</x:v>
+        <x:v>8.98</x:v>
       </x:c>
       <x:c r="D156" s="0">
-        <x:v>3093.818</x:v>
+        <x:v>3109.925</x:v>
       </x:c>
       <x:c r="E156" s="0">
-        <x:v>3399.8</x:v>
+        <x:v>3417.5</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:5">
       <x:c r="A157" s="1">
-        <x:v>45869.8289814815</x:v>
+        <x:v>45891.8256018519</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C157" s="0">
-        <x:v>7.97</x:v>
+        <x:v>9.02</x:v>
       </x:c>
       <x:c r="D157" s="0">
-        <x:v>3047.226</x:v>
+        <x:v>3110.835</x:v>
       </x:c>
       <x:c r="E157" s="0">
-        <x:v>3348.6</x:v>
+        <x:v>3418.5</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:5">
       <x:c r="A158" s="1">
-        <x:v>45868.8234722222</x:v>
+        <x:v>45890.8256481482</x:v>
       </x:c>
       <x:c r="B158" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C158" s="0">
-        <x:v>8.07</x:v>
+        <x:v>8.14</x:v>
       </x:c>
       <x:c r="D158" s="0">
-        <x:v>3051.048</x:v>
+        <x:v>3077.256</x:v>
       </x:c>
       <x:c r="E158" s="0">
-        <x:v>3352.8</x:v>
+        <x:v>3381.6</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:5">
       <x:c r="A159" s="1">
-        <x:v>45867.8250694444</x:v>
+        <x:v>45889.8244791667</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C159" s="0">
-        <x:v>8.82</x:v>
+        <x:v>8.32</x:v>
       </x:c>
       <x:c r="D159" s="0">
-        <x:v>3076.892</x:v>
+        <x:v>3083.535</x:v>
       </x:c>
       <x:c r="E159" s="0">
-        <x:v>3381.2</x:v>
+        <x:v>3388.5</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:5">
       <x:c r="A160" s="1">
-        <x:v>45866.8322916667</x:v>
+        <x:v>45888.8241898148</x:v>
       </x:c>
       <x:c r="B160" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C160" s="0">
-        <x:v>8.5</x:v>
+        <x:v>7.64</x:v>
       </x:c>
       <x:c r="D160" s="0">
-        <x:v>3064.88</x:v>
+        <x:v>3056.417</x:v>
       </x:c>
       <x:c r="E160" s="0">
-        <x:v>3368</x:v>
+        <x:v>3358.7</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:5">
       <x:c r="A161" s="1">
-        <x:v>45863.8404050926</x:v>
+        <x:v>45887.8261342593</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C161" s="0">
-        <x:v>9.18</x:v>
+        <x:v>8.11</x:v>
       </x:c>
       <x:c r="D161" s="0">
-        <x:v>3087.175</x:v>
+        <x:v>3073.98</x:v>
       </x:c>
       <x:c r="E161" s="0">
-        <x:v>3392.5</x:v>
+        <x:v>3378</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:5">
       <x:c r="A162" s="1">
-        <x:v>45862.8566319444</x:v>
+        <x:v>45884.8236458333</x:v>
       </x:c>
       <x:c r="B162" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C162" s="0">
-        <x:v>10.35</x:v>
+        <x:v>8.24</x:v>
       </x:c>
       <x:c r="D162" s="0">
-        <x:v>3122.301</x:v>
+        <x:v>3078.166</x:v>
       </x:c>
       <x:c r="E162" s="0">
-        <x:v>3373.5</x:v>
+        <x:v>3382.6</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:5">
       <x:c r="A163" s="1">
-        <x:v>45861.8323611111</x:v>
+        <x:v>45883.8469907407</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C163" s="0">
-        <x:v>11.15</x:v>
+        <x:v>8.26</x:v>
       </x:c>
       <x:c r="D163" s="0">
-        <x:v>3091.816</x:v>
+        <x:v>3078.712</x:v>
       </x:c>
       <x:c r="E163" s="0">
-        <x:v>3397.6</x:v>
+        <x:v>3383.2</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:5">
       <x:c r="A164" s="1">
-        <x:v>45860.8328125</x:v>
+        <x:v>45882.843125</x:v>
       </x:c>
       <x:c r="B164" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C164" s="0">
-        <x:v>12.88</x:v>
+        <x:v>8.93</x:v>
       </x:c>
       <x:c r="D164" s="0">
-        <x:v>3133.767</x:v>
+        <x:v>3101.553</x:v>
       </x:c>
       <x:c r="E164" s="0">
-        <x:v>3443.7</x:v>
+        <x:v>3408.3</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:5">
       <x:c r="A165" s="1">
-        <x:v>45859.8410185185</x:v>
+        <x:v>45881.822662037</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C165" s="0">
-        <x:v>11.62</x:v>
+        <x:v>8.7</x:v>
       </x:c>
       <x:c r="D165" s="0">
-        <x:v>3099.824</x:v>
+        <x:v>3093.09</x:v>
       </x:c>
       <x:c r="E165" s="0">
-        <x:v>3406.4</x:v>
+        <x:v>3399</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:5">
       <x:c r="A166" s="1">
-        <x:v>45856.8230671296</x:v>
+        <x:v>45880.8266898148</x:v>
       </x:c>
       <x:c r="B166" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C166" s="0">
-        <x:v>10.18</x:v>
+        <x:v>8.85</x:v>
       </x:c>
       <x:c r="D166" s="0">
-        <x:v>3056.053</x:v>
+        <x:v>3098.277</x:v>
       </x:c>
       <x:c r="E166" s="0">
-        <x:v>3358.3</x:v>
+        <x:v>3404.7</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:5">
       <x:c r="A167" s="1">
-        <x:v>45855.8238541667</x:v>
+        <x:v>45877.8247916667</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C167" s="0">
-        <x:v>9.81</x:v>
+        <x:v>11.8</x:v>
       </x:c>
       <x:c r="D167" s="0">
-        <x:v>3044.223</x:v>
+        <x:v>3177.083</x:v>
       </x:c>
       <x:c r="E167" s="0">
-        <x:v>3345.3</x:v>
+        <x:v>3491.3</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:5">
       <x:c r="A168" s="1">
-        <x:v>45854.8590046296</x:v>
+        <x:v>45876.8256018519</x:v>
       </x:c>
       <x:c r="B168" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C168" s="0">
-        <x:v>10.24</x:v>
+        <x:v>10.65</x:v>
       </x:c>
       <x:c r="D168" s="0">
-        <x:v>3056.781</x:v>
+        <x:v>3142.867</x:v>
       </x:c>
       <x:c r="E168" s="0">
-        <x:v>3359.1</x:v>
+        <x:v>3453.7</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:5">
       <x:c r="A169" s="1">
-        <x:v>45853.8525810185</x:v>
+        <x:v>45875.8240277778</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C169" s="0">
-        <x:v>9.6</x:v>
+        <x:v>10.06</x:v>
       </x:c>
       <x:c r="D169" s="0">
-        <x:v>3036.397</x:v>
+        <x:v>3124.394</x:v>
       </x:c>
       <x:c r="E169" s="0">
-        <x:v>3336.7</x:v>
+        <x:v>3433.4</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:5">
       <x:c r="A170" s="1">
-        <x:v>45852.8231018518</x:v>
+        <x:v>45874.8240277778</x:v>
       </x:c>
       <x:c r="B170" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C170" s="0">
-        <x:v>10.29</x:v>
+        <x:v>10.11</x:v>
       </x:c>
       <x:c r="D170" s="0">
-        <x:v>3056.781</x:v>
+        <x:v>3125.577</x:v>
       </x:c>
       <x:c r="E170" s="0">
-        <x:v>3359.1</x:v>
+        <x:v>3434.7</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:5">
       <x:c r="A171" s="1">
-        <x:v>45849.8239930556</x:v>
+        <x:v>45873.826400463</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C171" s="0">
-        <x:v>10.47</x:v>
+        <x:v>9.88</x:v>
       </x:c>
       <x:c r="D171" s="0">
-        <x:v>3061.24</x:v>
+        <x:v>3118.024</x:v>
       </x:c>
       <x:c r="E171" s="0">
-        <x:v>3364</x:v>
+        <x:v>3426.4</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:5">
       <x:c r="A172" s="1">
-        <x:v>45848.8285532407</x:v>
+        <x:v>45870.8315162037</x:v>
       </x:c>
       <x:c r="B172" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C172" s="0">
-        <x:v>9.39</x:v>
+        <x:v>9.18</x:v>
       </x:c>
       <x:c r="D172" s="0">
-        <x:v>3026.387</x:v>
+        <x:v>3093.818</x:v>
       </x:c>
       <x:c r="E172" s="0">
-        <x:v>3325.7</x:v>
+        <x:v>3399.8</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:5">
       <x:c r="A173" s="1">
-        <x:v>45847.8235763889</x:v>
+        <x:v>45869.8289814815</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C173" s="0">
-        <x:v>9.27</x:v>
+        <x:v>7.97</x:v>
       </x:c>
       <x:c r="D173" s="0">
-        <x:v>3022.11</x:v>
+        <x:v>3047.226</x:v>
       </x:c>
       <x:c r="E173" s="0">
-        <x:v>3321</x:v>
+        <x:v>3348.6</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:5">
       <x:c r="A174" s="1">
-        <x:v>45846.8267939815</x:v>
+        <x:v>45868.8234722222</x:v>
       </x:c>
       <x:c r="B174" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C174" s="0">
-        <x:v>9.16</x:v>
+        <x:v>8.07</x:v>
       </x:c>
       <x:c r="D174" s="0">
-        <x:v>3018.379</x:v>
+        <x:v>3051.048</x:v>
       </x:c>
       <x:c r="E174" s="0">
-        <x:v>3316.9</x:v>
+        <x:v>3352.8</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:5">
       <x:c r="A175" s="1">
-        <x:v>45845.8307523148</x:v>
+        <x:v>45867.8250694444</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C175" s="0">
-        <x:v>9.94</x:v>
+        <x:v>8.82</x:v>
       </x:c>
       <x:c r="D175" s="0">
-        <x:v>3041.948</x:v>
+        <x:v>3076.892</x:v>
       </x:c>
       <x:c r="E175" s="0">
-        <x:v>3342.8</x:v>
+        <x:v>3381.2</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:5">
       <x:c r="A176" s="1">
-        <x:v>45841.8258333333</x:v>
+        <x:v>45866.8322916667</x:v>
       </x:c>
       <x:c r="B176" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C176" s="0">
-        <x:v>9.97</x:v>
+        <x:v>8.5</x:v>
       </x:c>
       <x:c r="D176" s="0">
-        <x:v>3042.039</x:v>
+        <x:v>3064.88</x:v>
       </x:c>
       <x:c r="E176" s="0">
-        <x:v>3342.9</x:v>
+        <x:v>3368</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:5">
       <x:c r="A177" s="1">
-        <x:v>45840.8229050926</x:v>
+        <x:v>45863.8404050926</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C177" s="0">
-        <x:v>10.5</x:v>
+        <x:v>9.18</x:v>
       </x:c>
       <x:c r="D177" s="0">
-        <x:v>3057.327</x:v>
+        <x:v>3087.175</x:v>
       </x:c>
       <x:c r="E177" s="0">
-        <x:v>3359.7</x:v>
+        <x:v>3392.5</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:5">
       <x:c r="A178" s="1">
-        <x:v>45839.8275694444</x:v>
+        <x:v>45862.8566319444</x:v>
       </x:c>
       <x:c r="B178" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C178" s="0">
-        <x:v>10.21</x:v>
+        <x:v>10.35</x:v>
       </x:c>
       <x:c r="D178" s="0">
-        <x:v>3048.318</x:v>
+        <x:v>3122.301</x:v>
       </x:c>
       <x:c r="E178" s="0">
-        <x:v>3349.8</x:v>
+        <x:v>3373.5</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:5">
       <x:c r="A179" s="1">
-        <x:v>45838.8345601852</x:v>
+        <x:v>45861.8323611111</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C179" s="0">
-        <x:v>9.06</x:v>
+        <x:v>11.15</x:v>
       </x:c>
       <x:c r="D179" s="0">
-        <x:v>3010.007</x:v>
+        <x:v>3091.816</x:v>
       </x:c>
       <x:c r="E179" s="0">
-        <x:v>3307.7</x:v>
+        <x:v>3397.6</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:5">
       <x:c r="A180" s="1">
-        <x:v>45835.8364699074</x:v>
+        <x:v>45860.8328125</x:v>
       </x:c>
       <x:c r="B180" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C180" s="0">
-        <x:v>8.56</x:v>
+        <x:v>12.88</x:v>
       </x:c>
       <x:c r="D180" s="0">
-        <x:v>2991.716</x:v>
+        <x:v>3133.767</x:v>
       </x:c>
       <x:c r="E180" s="0">
-        <x:v>3287.6</x:v>
+        <x:v>3443.7</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:5">
       <x:c r="A181" s="1">
-        <x:v>45834.841712963</x:v>
+        <x:v>45859.8410185185</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C181" s="0">
-        <x:v>10.45</x:v>
+        <x:v>11.62</x:v>
       </x:c>
       <x:c r="D181" s="0">
-        <x:v>3046.68</x:v>
+        <x:v>3099.824</x:v>
       </x:c>
       <x:c r="E181" s="0">
-        <x:v>3348</x:v>
+        <x:v>3406.4</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:5">
       <x:c r="A182" s="1">
-        <x:v>45833.8280902778</x:v>
+        <x:v>45856.8230671296</x:v>
       </x:c>
       <x:c r="B182" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C182" s="0">
-        <x:v>10.31</x:v>
+        <x:v>10.18</x:v>
       </x:c>
       <x:c r="D182" s="0">
-        <x:v>3042.221</x:v>
+        <x:v>3056.053</x:v>
       </x:c>
       <x:c r="E182" s="0">
-        <x:v>3343.1</x:v>
+        <x:v>3358.3</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:5">
       <x:c r="A183" s="1">
-        <x:v>45832.8236574074</x:v>
+        <x:v>45855.8238541667</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C183" s="0">
-        <x:v>10.04</x:v>
+        <x:v>9.81</x:v>
       </x:c>
       <x:c r="D183" s="0">
-        <x:v>3033.849</x:v>
+        <x:v>3044.223</x:v>
       </x:c>
       <x:c r="E183" s="0">
-        <x:v>3333.9</x:v>
+        <x:v>3345.3</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:5">
       <x:c r="A184" s="1">
-        <x:v>45831.824849537</x:v>
+        <x:v>45854.8590046296</x:v>
       </x:c>
       <x:c r="B184" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C184" s="0">
-        <x:v>12.25</x:v>
+        <x:v>10.24</x:v>
       </x:c>
       <x:c r="D184" s="0">
-        <x:v>3089.45</x:v>
+        <x:v>3056.781</x:v>
       </x:c>
       <x:c r="E184" s="0">
-        <x:v>3395</x:v>
+        <x:v>3359.1</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:5">
       <x:c r="A185" s="1">
-        <x:v>45828.8266898148</x:v>
+        <x:v>45853.8525810185</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C185" s="0">
-        <x:v>11.95</x:v>
+        <x:v>9.6</x:v>
       </x:c>
       <x:c r="D185" s="0">
-        <x:v>3080.987</x:v>
+        <x:v>3036.397</x:v>
       </x:c>
       <x:c r="E185" s="0">
-        <x:v>3385.7</x:v>
+        <x:v>3336.7</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:5">
       <x:c r="A186" s="1">
-        <x:v>45826.8327199074</x:v>
+        <x:v>45852.8231018518</x:v>
       </x:c>
       <x:c r="B186" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C186" s="0">
-        <x:v>12.81</x:v>
+        <x:v>10.29</x:v>
       </x:c>
       <x:c r="D186" s="0">
-        <x:v>3101.371</x:v>
+        <x:v>3056.781</x:v>
       </x:c>
       <x:c r="E186" s="0">
-        <x:v>3408.1</x:v>
+        <x:v>3359.1</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:5">
       <x:c r="A187" s="1">
-        <x:v>45825.8232986111</x:v>
+        <x:v>45849.8239930556</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C187" s="0">
-        <x:v>12.77</x:v>
+        <x:v>10.47</x:v>
       </x:c>
       <x:c r="D187" s="0">
-        <x:v>3100.279</x:v>
+        <x:v>3061.24</x:v>
       </x:c>
       <x:c r="E187" s="0">
-        <x:v>3406.9</x:v>
+        <x:v>3364</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:5">
       <x:c r="A188" s="1">
-        <x:v>45824.8368171296</x:v>
+        <x:v>45848.8285532407</x:v>
       </x:c>
       <x:c r="B188" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C188" s="0">
-        <x:v>13.18</x:v>
+        <x:v>9.39</x:v>
       </x:c>
       <x:c r="D188" s="0">
-        <x:v>3109.743</x:v>
+        <x:v>3026.387</x:v>
       </x:c>
       <x:c r="E188" s="0">
-        <x:v>3417.3</x:v>
+        <x:v>3325.7</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:5">
       <x:c r="A189" s="1">
-        <x:v>45821.829849537</x:v>
+        <x:v>45847.8235763889</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C189" s="0">
-        <x:v>14.73</x:v>
+        <x:v>9.27</x:v>
       </x:c>
       <x:c r="D189" s="0">
-        <x:v>3142.048</x:v>
+        <x:v>3022.11</x:v>
       </x:c>
       <x:c r="E189" s="0">
-        <x:v>3452.8</x:v>
+        <x:v>3321</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:5">
       <x:c r="A190" s="1">
-        <x:v>45820.8297916667</x:v>
+        <x:v>45846.8267939815</x:v>
       </x:c>
       <x:c r="B190" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C190" s="0">
-        <x:v>12.83</x:v>
+        <x:v>9.16</x:v>
       </x:c>
       <x:c r="D190" s="0">
-        <x:v>3096.184</x:v>
+        <x:v>3018.379</x:v>
       </x:c>
       <x:c r="E190" s="0">
-        <x:v>3402.4</x:v>
+        <x:v>3316.9</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:5">
       <x:c r="A191" s="1">
-        <x:v>45819.834537037</x:v>
+        <x:v>45845.8307523148</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C191" s="0">
-        <x:v>10.92</x:v>
+        <x:v>9.94</x:v>
       </x:c>
       <x:c r="D191" s="0">
-        <x:v>3042.767</x:v>
+        <x:v>3041.948</x:v>
       </x:c>
       <x:c r="E191" s="0">
-        <x:v>3343.7</x:v>
+        <x:v>3342.8</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:5">
       <x:c r="A192" s="1">
-        <x:v>45818.8240972222</x:v>
+        <x:v>45841.8258333333</x:v>
       </x:c>
       <x:c r="B192" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C192" s="0">
-        <x:v>10.92</x:v>
+        <x:v>9.97</x:v>
       </x:c>
       <x:c r="D192" s="0">
-        <x:v>3042.494</x:v>
+        <x:v>3042.039</x:v>
       </x:c>
       <x:c r="E192" s="0">
-        <x:v>3343.4</x:v>
+        <x:v>3342.9</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:5">
       <x:c r="A193" s="1">
-        <x:v>45817.8239351852</x:v>
+        <x:v>45840.8229050926</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C193" s="0">
-        <x:v>11.32</x:v>
+        <x:v>10.5</x:v>
       </x:c>
       <x:c r="D193" s="0">
-        <x:v>3052.959</x:v>
+        <x:v>3057.327</x:v>
       </x:c>
       <x:c r="E193" s="0">
-        <x:v>3354.9</x:v>
+        <x:v>3359.7</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:5">
       <x:c r="A194" s="1">
-        <x:v>45814.8280208333</x:v>
+        <x:v>45839.8275694444</x:v>
       </x:c>
       <x:c r="B194" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C194" s="0">
-        <x:v>11.07</x:v>
+        <x:v>10.21</x:v>
       </x:c>
       <x:c r="D194" s="0">
-        <x:v>3045.406</x:v>
+        <x:v>3048.318</x:v>
       </x:c>
       <x:c r="E194" s="0">
-        <x:v>3346.6</x:v>
+        <x:v>3349.8</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:5">
       <x:c r="A195" s="1">
-        <x:v>45813.8231828704</x:v>
+        <x:v>45838.8345601852</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C195" s="0">
-        <x:v>12.1</x:v>
+        <x:v>9.06</x:v>
       </x:c>
       <x:c r="D195" s="0">
-        <x:v>3071.341</x:v>
+        <x:v>3010.007</x:v>
       </x:c>
       <x:c r="E195" s="0">
-        <x:v>3375.1</x:v>
+        <x:v>3307.7</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:5">
       <x:c r="A196" s="1">
-        <x:v>45812.8567824074</x:v>
+        <x:v>45835.8364699074</x:v>
       </x:c>
       <x:c r="B196" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C196" s="0">
-        <x:v>13.03</x:v>
+        <x:v>8.56</x:v>
       </x:c>
       <x:c r="D196" s="0">
-        <x:v>3093.272</x:v>
+        <x:v>2991.716</x:v>
       </x:c>
       <x:c r="E196" s="0">
-        <x:v>3399.2</x:v>
+        <x:v>3287.6</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:5">
       <x:c r="A197" s="1">
-        <x:v>45811.8941550926</x:v>
+        <x:v>45834.841712963</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C197" s="0">
-        <x:v>12.24</x:v>
+        <x:v>10.45</x:v>
       </x:c>
       <x:c r="D197" s="0">
-        <x:v>3073.161</x:v>
+        <x:v>3046.68</x:v>
       </x:c>
       <x:c r="E197" s="0">
-        <x:v>3377.1</x:v>
+        <x:v>3348</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:5">
       <x:c r="A198" s="1">
-        <x:v>45811.8794328704</x:v>
+        <x:v>45833.8280902778</x:v>
       </x:c>
       <x:c r="B198" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C198" s="0">
-        <x:v>12.24</x:v>
+        <x:v>10.31</x:v>
       </x:c>
       <x:c r="D198" s="0">
-        <x:v>3073.161</x:v>
+        <x:v>3042.221</x:v>
       </x:c>
       <x:c r="E198" s="0">
-        <x:v>3377.1</x:v>
+        <x:v>3343.1</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:5">
       <x:c r="A199" s="1">
-        <x:v>45810.8625347222</x:v>
+        <x:v>45832.8236574074</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C199" s="0">
-        <x:v>13.02</x:v>
+        <x:v>10.04</x:v>
       </x:c>
       <x:c r="D199" s="0">
-        <x:v>3091.452</x:v>
+        <x:v>3033.849</x:v>
       </x:c>
       <x:c r="E199" s="0">
-        <x:v>3397.2</x:v>
+        <x:v>3333.9</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:5">
       <x:c r="A200" s="1">
-        <x:v>45810.8250462963</x:v>
+        <x:v>45831.824849537</x:v>
       </x:c>
       <x:c r="B200" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C200" s="0">
-        <x:v>13.02</x:v>
+        <x:v>12.25</x:v>
       </x:c>
       <x:c r="D200" s="0">
-        <x:v>3091.452</x:v>
+        <x:v>3089.45</x:v>
       </x:c>
       <x:c r="E200" s="0">
-        <x:v>3397.2</x:v>
+        <x:v>3395</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:5">
       <x:c r="A201" s="1">
-        <x:v>45800.8238541667</x:v>
+        <x:v>45828.8266898148</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C201" s="0">
-        <x:v>13.66</x:v>
+        <x:v>11.95</x:v>
       </x:c>
       <x:c r="D201" s="0">
-        <x:v>3088.995</x:v>
+        <x:v>3080.987</x:v>
       </x:c>
       <x:c r="E201" s="0">
-        <x:v>3394.5</x:v>
+        <x:v>3385.7</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:5">
       <x:c r="A202" s="1">
-        <x:v>45799.8239583333</x:v>
+        <x:v>45826.8327199074</x:v>
       </x:c>
       <x:c r="B202" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C202" s="0">
-        <x:v>11.27</x:v>
+        <x:v>12.81</x:v>
       </x:c>
       <x:c r="D202" s="0">
-        <x:v>3024.476</x:v>
+        <x:v>3101.371</x:v>
       </x:c>
       <x:c r="E202" s="0">
-        <x:v>3295</x:v>
+        <x:v>3408.1</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:5">
       <x:c r="A203" s="1">
-        <x:v>45798.8240856481</x:v>
+        <x:v>45825.8232986111</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C203" s="0">
-        <x:v>11.94</x:v>
+        <x:v>12.77</x:v>
       </x:c>
       <x:c r="D203" s="0">
-        <x:v>3015.285</x:v>
+        <x:v>3100.279</x:v>
       </x:c>
       <x:c r="E203" s="0">
-        <x:v>3313.5</x:v>
+        <x:v>3406.9</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:5">
       <x:c r="A204" s="1">
-        <x:v>45797.8268402778</x:v>
+        <x:v>45824.8368171296</x:v>
       </x:c>
       <x:c r="B204" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C204" s="0">
-        <x:v>10.98</x:v>
+        <x:v>13.18</x:v>
       </x:c>
       <x:c r="D204" s="0">
-        <x:v>2988.986</x:v>
+        <x:v>3109.743</x:v>
       </x:c>
       <x:c r="E204" s="0">
-        <x:v>3284.6</x:v>
+        <x:v>3417.3</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:5">
       <x:c r="A205" s="1">
-        <x:v>45796.8311111111</x:v>
+        <x:v>45821.829849537</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C205" s="0">
-        <x:v>9.49</x:v>
+        <x:v>14.73</x:v>
       </x:c>
       <x:c r="D205" s="0">
-        <x:v>2942.485</x:v>
+        <x:v>3142.048</x:v>
       </x:c>
       <x:c r="E205" s="0">
-        <x:v>3233.5</x:v>
+        <x:v>3452.8</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:5">
       <x:c r="A206" s="1">
-        <x:v>45793.8237384259</x:v>
+        <x:v>45820.8297916667</x:v>
       </x:c>
       <x:c r="B206" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C206" s="0">
-        <x:v>8.3</x:v>
+        <x:v>12.83</x:v>
       </x:c>
       <x:c r="D206" s="0">
-        <x:v>2900.352</x:v>
+        <x:v>3096.184</x:v>
       </x:c>
       <x:c r="E206" s="0">
-        <x:v>3187.2</x:v>
+        <x:v>3402.4</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:5">
       <x:c r="A207" s="1">
-        <x:v>45792.8270833333</x:v>
+        <x:v>45819.834537037</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C207" s="0">
-        <x:v>9.46</x:v>
+        <x:v>10.92</x:v>
       </x:c>
       <x:c r="D207" s="0">
-        <x:v>2936.206</x:v>
+        <x:v>3042.767</x:v>
       </x:c>
       <x:c r="E207" s="0">
-        <x:v>3226.6</x:v>
+        <x:v>3343.7</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:5">
       <x:c r="A208" s="1">
-        <x:v>45791.8231828704</x:v>
+        <x:v>45818.8240972222</x:v>
       </x:c>
       <x:c r="B208" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C208" s="0">
-        <x:v>8.45</x:v>
+        <x:v>10.92</x:v>
       </x:c>
       <x:c r="D208" s="0">
-        <x:v>2901.353</x:v>
+        <x:v>3042.494</x:v>
       </x:c>
       <x:c r="E208" s="0">
-        <x:v>3188.3</x:v>
+        <x:v>3343.4</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:5">
       <x:c r="A209" s="1">
-        <x:v>45790.8249884259</x:v>
+        <x:v>45817.8239351852</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C209" s="0">
-        <x:v>10.36</x:v>
+        <x:v>11.32</x:v>
       </x:c>
       <x:c r="D209" s="0">
-        <x:v>2955.498</x:v>
+        <x:v>3052.959</x:v>
       </x:c>
       <x:c r="E209" s="0">
-        <x:v>3247.8</x:v>
+        <x:v>3354.9</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:5">
       <x:c r="A210" s="1">
-        <x:v>45789.8237962963</x:v>
+        <x:v>45814.8280208333</x:v>
       </x:c>
       <x:c r="B210" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C210" s="0">
-        <x:v>9.77</x:v>
+        <x:v>11.07</x:v>
       </x:c>
       <x:c r="D210" s="0">
-        <x:v>2937.48</x:v>
+        <x:v>3045.406</x:v>
       </x:c>
       <x:c r="E210" s="0">
-        <x:v>3228</x:v>
+        <x:v>3346.6</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:5">
       <x:c r="A211" s="1">
-        <x:v>45786.8321296296</x:v>
+        <x:v>45813.8231828704</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C211" s="0">
-        <x:v>15</x:v>
+        <x:v>12.1</x:v>
       </x:c>
       <x:c r="D211" s="0">
-        <x:v>3043.04</x:v>
+        <x:v>3071.341</x:v>
       </x:c>
       <x:c r="E211" s="0">
-        <x:v>3344</x:v>
+        <x:v>3375.1</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:5">
       <x:c r="A212" s="1">
-        <x:v>45785.8261805556</x:v>
+        <x:v>45812.8567824074</x:v>
       </x:c>
       <x:c r="B212" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C212" s="0">
-        <x:v>13.47</x:v>
+        <x:v>13.03</x:v>
       </x:c>
       <x:c r="D212" s="0">
-        <x:v>3008.46</x:v>
+        <x:v>3093.272</x:v>
       </x:c>
       <x:c r="E212" s="0">
-        <x:v>3306</x:v>
+        <x:v>3399.2</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:5">
       <x:c r="A213" s="1">
-        <x:v>45784.8969560185</x:v>
+        <x:v>45811.8941550926</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C213" s="0">
-        <x:v>18.05</x:v>
+        <x:v>12.24</x:v>
       </x:c>
       <x:c r="D213" s="0">
-        <x:v>3086.629</x:v>
+        <x:v>3073.161</x:v>
       </x:c>
       <x:c r="E213" s="0">
-        <x:v>3391.9</x:v>
+        <x:v>3377.1</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:5">
       <x:c r="A214" s="1">
-        <x:v>45784.852962963</x:v>
+        <x:v>45811.8794328704</x:v>
       </x:c>
       <x:c r="B214" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C214" s="0">
-        <x:v>18.05</x:v>
+        <x:v>12.24</x:v>
       </x:c>
       <x:c r="D214" s="0">
-        <x:v>3086.629</x:v>
+        <x:v>3073.161</x:v>
       </x:c>
       <x:c r="E214" s="0">
-        <x:v>3391.9</x:v>
+        <x:v>3377.1</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:5">
       <x:c r="A215" s="1">
-        <x:v>45783.8302430556</x:v>
+        <x:v>45810.8625347222</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C215" s="0">
-        <x:v>19.86</x:v>
+        <x:v>13.02</x:v>
       </x:c>
       <x:c r="D215" s="0">
-        <x:v>3114.748</x:v>
+        <x:v>3091.452</x:v>
       </x:c>
       <x:c r="E215" s="0">
-        <x:v>3422.8</x:v>
+        <x:v>3397.2</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:5">
       <x:c r="A216" s="1">
-        <x:v>45777.8390162037</x:v>
+        <x:v>45810.8250462963</x:v>
       </x:c>
       <x:c r="B216" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C216" s="0">
-        <x:v>15.95</x:v>
+        <x:v>13.02</x:v>
       </x:c>
       <x:c r="D216" s="0">
-        <x:v>3020.381</x:v>
+        <x:v>3091.452</x:v>
       </x:c>
       <x:c r="E216" s="0">
-        <x:v>3319.1</x:v>
+        <x:v>3397.2</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:5">
       <x:c r="A217" s="1">
-        <x:v>45776.8444212963</x:v>
+        <x:v>45800.8238541667</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C217" s="0">
-        <x:v>16.69</x:v>
+        <x:v>13.66</x:v>
       </x:c>
       <x:c r="D217" s="0">
-        <x:v>3033.576</x:v>
+        <x:v>3088.995</x:v>
       </x:c>
       <x:c r="E217" s="0">
-        <x:v>3333.6</x:v>
+        <x:v>3394.5</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:5">
       <x:c r="A218" s="1">
-        <x:v>45775.8451273148</x:v>
+        <x:v>45799.8239583333</x:v>
       </x:c>
       <x:c r="B218" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C218" s="0">
-        <x:v>17.44</x:v>
+        <x:v>11.27</x:v>
       </x:c>
       <x:c r="D218" s="0">
-        <x:v>3046.407</x:v>
+        <x:v>3024.476</x:v>
       </x:c>
       <x:c r="E218" s="0">
-        <x:v>3347.7</x:v>
+        <x:v>3295</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:5">
       <x:c r="A219" s="1">
-        <x:v>45772.8239930556</x:v>
+        <x:v>45798.8240856481</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C219" s="0">
-        <x:v>15.2</x:v>
+        <x:v>11.94</x:v>
       </x:c>
       <x:c r="D219" s="0">
-        <x:v>3001.544</x:v>
+        <x:v>3015.285</x:v>
       </x:c>
       <x:c r="E219" s="0">
-        <x:v>3298.4</x:v>
+        <x:v>3313.5</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:5">
       <x:c r="A220" s="1">
-        <x:v>45771.831412037</x:v>
+        <x:v>45797.8268402778</x:v>
       </x:c>
       <x:c r="B220" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C220" s="0">
-        <x:v>17.89</x:v>
+        <x:v>10.98</x:v>
       </x:c>
       <x:c r="D220" s="0">
-        <x:v>3047.226</x:v>
+        <x:v>2988.986</x:v>
       </x:c>
       <x:c r="E220" s="0">
-        <x:v>3348.6</x:v>
+        <x:v>3284.6</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:5">
       <x:c r="A221" s="1">
-        <x:v>45770.8295833333</x:v>
+        <x:v>45796.8311111111</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C221" s="0">
-        <x:v>15.36</x:v>
+        <x:v>9.49</x:v>
       </x:c>
       <x:c r="D221" s="0">
-        <x:v>2997.631</x:v>
+        <x:v>2942.485</x:v>
       </x:c>
       <x:c r="E221" s="0">
-        <x:v>3294.1</x:v>
+        <x:v>3233.5</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:5">
       <x:c r="A222" s="1">
-        <x:v>45769.8284490741</x:v>
+        <x:v>45793.8237384259</x:v>
       </x:c>
       <x:c r="B222" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C222" s="0">
-        <x:v>24.28</x:v>
+        <x:v>8.3</x:v>
       </x:c>
       <x:c r="D222" s="0">
-        <x:v>3111.654</x:v>
+        <x:v>2900.352</x:v>
       </x:c>
       <x:c r="E222" s="0">
-        <x:v>3419.4</x:v>
+        <x:v>3187.2</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:5">
       <x:c r="A223" s="1">
-        <x:v>45764.8232175926</x:v>
+        <x:v>45792.8270833333</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C223" s="0">
-        <x:v>19.12</x:v>
+        <x:v>9.46</x:v>
       </x:c>
       <x:c r="D223" s="0">
-        <x:v>3028.844</x:v>
+        <x:v>2936.206</x:v>
       </x:c>
       <x:c r="E223" s="0">
-        <x:v>3328.4</x:v>
+        <x:v>3226.6</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:5">
       <x:c r="A224" s="1">
-        <x:v>45763.8254282407</x:v>
+        <x:v>45791.8231828704</x:v>
       </x:c>
       <x:c r="B224" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C224" s="0">
-        <x:v>20.22</x:v>
+        <x:v>8.45</x:v>
       </x:c>
       <x:c r="D224" s="0">
-        <x:v>3045.224</x:v>
+        <x:v>2901.353</x:v>
       </x:c>
       <x:c r="E224" s="0">
-        <x:v>3346.4</x:v>
+        <x:v>3188.3</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:5">
       <x:c r="A225" s="1">
-        <x:v>45762.8233796296</x:v>
+        <x:v>45790.8249884259</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C225" s="0">
-        <x:v>15.24</x:v>
+        <x:v>10.36</x:v>
       </x:c>
       <x:c r="D225" s="0">
-        <x:v>2948.764</x:v>
+        <x:v>2955.498</x:v>
       </x:c>
       <x:c r="E225" s="0">
-        <x:v>3240.4</x:v>
+        <x:v>3247.8</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:5">
       <x:c r="A226" s="1">
-        <x:v>45761.823275463</x:v>
+        <x:v>45789.8237962963</x:v>
       </x:c>
       <x:c r="B226" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C226" s="0">
-        <x:v>14.62</x:v>
+        <x:v>9.77</x:v>
       </x:c>
       <x:c r="D226" s="0">
-        <x:v>2935.933</x:v>
+        <x:v>2937.48</x:v>
       </x:c>
       <x:c r="E226" s="0">
-        <x:v>3226.3</x:v>
+        <x:v>3228</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:5">
       <x:c r="A227" s="1">
-        <x:v>45758.8246875</x:v>
+        <x:v>45786.8321296296</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C227" s="0">
-        <x:v>15.52</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="D227" s="0">
-        <x:v>2952.586</x:v>
+        <x:v>3043.04</x:v>
       </x:c>
       <x:c r="E227" s="0">
-        <x:v>3244.6</x:v>
+        <x:v>3344</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:5">
       <x:c r="A228" s="1">
-        <x:v>45757.8457407407</x:v>
+        <x:v>45785.8261805556</x:v>
       </x:c>
       <x:c r="B228" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C228" s="0">
-        <x:v>12.82</x:v>
+        <x:v>13.47</x:v>
       </x:c>
       <x:c r="D228" s="0">
-        <x:v>2891.525</x:v>
+        <x:v>3008.46</x:v>
       </x:c>
       <x:c r="E228" s="0">
-        <x:v>3177.5</x:v>
+        <x:v>3306</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:5">
       <x:c r="A229" s="1">
-        <x:v>45756.8241319444</x:v>
+        <x:v>45784.8969560185</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C229" s="0">
-        <x:v>9.73</x:v>
+        <x:v>18.05</x:v>
       </x:c>
       <x:c r="D229" s="0">
-        <x:v>2802.254</x:v>
+        <x:v>3086.629</x:v>
       </x:c>
       <x:c r="E229" s="0">
-        <x:v>3079.4</x:v>
+        <x:v>3391.9</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:5">
       <x:c r="A230" s="1">
-        <x:v>45755.8404282407</x:v>
+        <x:v>45784.852962963</x:v>
       </x:c>
       <x:c r="B230" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C230" s="0">
-        <x:v>7.5</x:v>
+        <x:v>18.05</x:v>
       </x:c>
       <x:c r="D230" s="0">
-        <x:v>2721.082</x:v>
+        <x:v>3086.629</x:v>
       </x:c>
       <x:c r="E230" s="0">
-        <x:v>2990.2</x:v>
+        <x:v>3391.9</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:5">
       <x:c r="A231" s="1">
-        <x:v>45754.8234259259</x:v>
+        <x:v>45783.8302430556</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C231" s="0">
-        <x:v>7.11</x:v>
+        <x:v>19.86</x:v>
       </x:c>
       <x:c r="D231" s="0">
-        <x:v>2705.976</x:v>
+        <x:v>3114.748</x:v>
       </x:c>
       <x:c r="E231" s="0">
-        <x:v>2973.6</x:v>
+        <x:v>3422.8</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:5">
       <x:c r="A232" s="1">
-        <x:v>45751.8240393518</x:v>
+        <x:v>45777.8390162037</x:v>
       </x:c>
       <x:c r="B232" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C232" s="0">
-        <x:v>8.95</x:v>
+        <x:v>15.95</x:v>
       </x:c>
       <x:c r="D232" s="0">
-        <x:v>2762.214</x:v>
+        <x:v>3020.381</x:v>
       </x:c>
       <x:c r="E232" s="0">
-        <x:v>3035.4</x:v>
+        <x:v>3319.1</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:5">
       <x:c r="A233" s="1">
-        <x:v>45750.8321643519</x:v>
+        <x:v>45776.8444212963</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C233" s="0">
-        <x:v>12.38</x:v>
+        <x:v>16.69</x:v>
       </x:c>
       <x:c r="D233" s="0">
-        <x:v>2840.747</x:v>
+        <x:v>3033.576</x:v>
       </x:c>
       <x:c r="E233" s="0">
-        <x:v>3121.7</x:v>
+        <x:v>3333.6</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:5">
       <x:c r="A234" s="1">
-        <x:v>45749.8250115741</x:v>
+        <x:v>45775.8451273148</x:v>
       </x:c>
       <x:c r="B234" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C234" s="0">
-        <x:v>14.42</x:v>
+        <x:v>17.44</x:v>
       </x:c>
       <x:c r="D234" s="0">
-        <x:v>2881.242</x:v>
+        <x:v>3046.407</x:v>
       </x:c>
       <x:c r="E234" s="0">
-        <x:v>3166.2</x:v>
+        <x:v>3347.7</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:5">
       <x:c r="A235" s="1">
-        <x:v>45748.8360069444</x:v>
+        <x:v>45772.8239930556</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C235" s="0">
-        <x:v>13.56</x:v>
+        <x:v>15.2</x:v>
       </x:c>
       <x:c r="D235" s="0">
-        <x:v>2862.86</x:v>
+        <x:v>3001.544</x:v>
       </x:c>
       <x:c r="E235" s="0">
-        <x:v>3146</x:v>
+        <x:v>3298.4</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:5">
       <x:c r="A236" s="1">
-        <x:v>45747.8232175926</x:v>
+        <x:v>45771.831412037</x:v>
       </x:c>
       <x:c r="B236" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C236" s="0">
-        <x:v>13.75</x:v>
+        <x:v>17.89</x:v>
       </x:c>
       <x:c r="D236" s="0">
-        <x:v>2866.773</x:v>
+        <x:v>3047.226</x:v>
       </x:c>
       <x:c r="E236" s="0">
-        <x:v>3150.3</x:v>
+        <x:v>3348.6</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:5">
       <x:c r="A237" s="1">
-        <x:v>45744.7828240741</x:v>
+        <x:v>45770.8295833333</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C237" s="0">
-        <x:v>12.35</x:v>
+        <x:v>15.36</x:v>
       </x:c>
       <x:c r="D237" s="0">
-        <x:v>2834.013</x:v>
+        <x:v>2997.631</x:v>
       </x:c>
       <x:c r="E237" s="0">
-        <x:v>3114.3</x:v>
+        <x:v>3294.1</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:5">
       <x:c r="A238" s="1">
-        <x:v>45743.7837962963</x:v>
+        <x:v>45769.8284490741</x:v>
       </x:c>
       <x:c r="B238" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C238" s="0">
-        <x:v>11.49</x:v>
+        <x:v>24.28</x:v>
       </x:c>
       <x:c r="D238" s="0">
-        <x:v>2812.719</x:v>
+        <x:v>3111.654</x:v>
       </x:c>
       <x:c r="E238" s="0">
-        <x:v>3090.9</x:v>
+        <x:v>3419.4</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:5">
       <x:c r="A239" s="1">
-        <x:v>45742.7861921296</x:v>
+        <x:v>45764.8232175926</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C239" s="0">
-        <x:v>10.21</x:v>
+        <x:v>19.12</x:v>
       </x:c>
       <x:c r="D239" s="0">
-        <x:v>2777.593</x:v>
+        <x:v>3028.844</x:v>
       </x:c>
       <x:c r="E239" s="0">
-        <x:v>3052.3</x:v>
+        <x:v>3328.4</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:5">
       <x:c r="A240" s="1">
-        <x:v>45741.7817013889</x:v>
+        <x:v>45763.8254282407</x:v>
       </x:c>
       <x:c r="B240" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C240" s="0">
-        <x:v>10.28</x:v>
+        <x:v>20.22</x:v>
       </x:c>
       <x:c r="D240" s="0">
-        <x:v>2779.413</x:v>
+        <x:v>3045.224</x:v>
       </x:c>
       <x:c r="E240" s="0">
-        <x:v>3054.3</x:v>
+        <x:v>3346.4</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:5">
       <x:c r="A241" s="1">
-        <x:v>45740.7859722222</x:v>
+        <x:v>45762.8233796296</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C241" s="0">
-        <x:v>9.95</x:v>
+        <x:v>15.24</x:v>
       </x:c>
       <x:c r="D241" s="0">
-        <x:v>2770.04</x:v>
+        <x:v>2948.764</x:v>
       </x:c>
       <x:c r="E241" s="0">
-        <x:v>3015.6</x:v>
+        <x:v>3240.4</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:5">
       <x:c r="A242" s="1">
-        <x:v>45737.7845486111</x:v>
+        <x:v>45761.823275463</x:v>
       </x:c>
       <x:c r="B242" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C242" s="0">
-        <x:v>10.17</x:v>
+        <x:v>14.62</x:v>
       </x:c>
       <x:c r="D242" s="0">
-        <x:v>2749.474</x:v>
+        <x:v>2935.933</x:v>
       </x:c>
       <x:c r="E242" s="0">
-        <x:v>3021.4</x:v>
+        <x:v>3226.3</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:5">
       <x:c r="A243" s="1">
-        <x:v>45736.7837268518</x:v>
+        <x:v>45758.8246875</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C243" s="0">
-        <x:v>10.99</x:v>
+        <x:v>15.52</x:v>
       </x:c>
       <x:c r="D243" s="0">
-        <x:v>2769.858</x:v>
+        <x:v>2952.586</x:v>
       </x:c>
       <x:c r="E243" s="0">
-        <x:v>3043.8</x:v>
+        <x:v>3244.6</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:5">
       <x:c r="A244" s="1">
+        <x:v>45757.8457407407</x:v>
+      </x:c>
+      <x:c r="B244" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C244" s="0">
+        <x:v>12.82</x:v>
+      </x:c>
+      <x:c r="D244" s="0">
+        <x:v>2891.525</x:v>
+      </x:c>
+      <x:c r="E244" s="0">
+        <x:v>3177.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="245" spans="1:5">
+      <x:c r="A245" s="1">
+        <x:v>45756.8241319444</x:v>
+      </x:c>
+      <x:c r="B245" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C245" s="0">
+        <x:v>9.73</x:v>
+      </x:c>
+      <x:c r="D245" s="0">
+        <x:v>2802.254</x:v>
+      </x:c>
+      <x:c r="E245" s="0">
+        <x:v>3079.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="246" spans="1:5">
+      <x:c r="A246" s="1">
+        <x:v>45755.8404282407</x:v>
+      </x:c>
+      <x:c r="B246" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C246" s="0">
+        <x:v>7.5</x:v>
+      </x:c>
+      <x:c r="D246" s="0">
+        <x:v>2721.082</x:v>
+      </x:c>
+      <x:c r="E246" s="0">
+        <x:v>2990.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="247" spans="1:5">
+      <x:c r="A247" s="1">
+        <x:v>45754.8234259259</x:v>
+      </x:c>
+      <x:c r="B247" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C247" s="0">
+        <x:v>7.11</x:v>
+      </x:c>
+      <x:c r="D247" s="0">
+        <x:v>2705.976</x:v>
+      </x:c>
+      <x:c r="E247" s="0">
+        <x:v>2973.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="248" spans="1:5">
+      <x:c r="A248" s="1">
+        <x:v>45751.8240393518</x:v>
+      </x:c>
+      <x:c r="B248" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C248" s="0">
+        <x:v>8.95</x:v>
+      </x:c>
+      <x:c r="D248" s="0">
+        <x:v>2762.214</x:v>
+      </x:c>
+      <x:c r="E248" s="0">
+        <x:v>3035.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="249" spans="1:5">
+      <x:c r="A249" s="1">
+        <x:v>45750.8321643519</x:v>
+      </x:c>
+      <x:c r="B249" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C249" s="0">
+        <x:v>12.38</x:v>
+      </x:c>
+      <x:c r="D249" s="0">
+        <x:v>2840.747</x:v>
+      </x:c>
+      <x:c r="E249" s="0">
+        <x:v>3121.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="250" spans="1:5">
+      <x:c r="A250" s="1">
+        <x:v>45749.8250115741</x:v>
+      </x:c>
+      <x:c r="B250" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C250" s="0">
+        <x:v>14.42</x:v>
+      </x:c>
+      <x:c r="D250" s="0">
+        <x:v>2881.242</x:v>
+      </x:c>
+      <x:c r="E250" s="0">
+        <x:v>3166.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="251" spans="1:5">
+      <x:c r="A251" s="1">
+        <x:v>45748.8360069444</x:v>
+      </x:c>
+      <x:c r="B251" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C251" s="0">
+        <x:v>13.56</x:v>
+      </x:c>
+      <x:c r="D251" s="0">
+        <x:v>2862.86</x:v>
+      </x:c>
+      <x:c r="E251" s="0">
+        <x:v>3146</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="252" spans="1:5">
+      <x:c r="A252" s="1">
+        <x:v>45747.8232175926</x:v>
+      </x:c>
+      <x:c r="B252" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C252" s="0">
+        <x:v>13.75</x:v>
+      </x:c>
+      <x:c r="D252" s="0">
+        <x:v>2866.773</x:v>
+      </x:c>
+      <x:c r="E252" s="0">
+        <x:v>3150.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="253" spans="1:5">
+      <x:c r="A253" s="1">
+        <x:v>45744.7828240741</x:v>
+      </x:c>
+      <x:c r="B253" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C253" s="0">
+        <x:v>12.35</x:v>
+      </x:c>
+      <x:c r="D253" s="0">
+        <x:v>2834.013</x:v>
+      </x:c>
+      <x:c r="E253" s="0">
+        <x:v>3114.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="254" spans="1:5">
+      <x:c r="A254" s="1">
+        <x:v>45743.7837962963</x:v>
+      </x:c>
+      <x:c r="B254" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C254" s="0">
+        <x:v>11.49</x:v>
+      </x:c>
+      <x:c r="D254" s="0">
+        <x:v>2812.719</x:v>
+      </x:c>
+      <x:c r="E254" s="0">
+        <x:v>3090.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="255" spans="1:5">
+      <x:c r="A255" s="1">
+        <x:v>45742.7861921296</x:v>
+      </x:c>
+      <x:c r="B255" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C255" s="0">
+        <x:v>10.21</x:v>
+      </x:c>
+      <x:c r="D255" s="0">
+        <x:v>2777.593</x:v>
+      </x:c>
+      <x:c r="E255" s="0">
+        <x:v>3052.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="256" spans="1:5">
+      <x:c r="A256" s="1">
+        <x:v>45741.7817013889</x:v>
+      </x:c>
+      <x:c r="B256" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C256" s="0">
+        <x:v>10.28</x:v>
+      </x:c>
+      <x:c r="D256" s="0">
+        <x:v>2779.413</x:v>
+      </x:c>
+      <x:c r="E256" s="0">
+        <x:v>3054.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="257" spans="1:5">
+      <x:c r="A257" s="1">
+        <x:v>45740.7859722222</x:v>
+      </x:c>
+      <x:c r="B257" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C257" s="0">
+        <x:v>9.95</x:v>
+      </x:c>
+      <x:c r="D257" s="0">
+        <x:v>2770.04</x:v>
+      </x:c>
+      <x:c r="E257" s="0">
+        <x:v>3015.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="258" spans="1:5">
+      <x:c r="A258" s="1">
+        <x:v>45737.7845486111</x:v>
+      </x:c>
+      <x:c r="B258" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C258" s="0">
+        <x:v>10.17</x:v>
+      </x:c>
+      <x:c r="D258" s="0">
+        <x:v>2749.474</x:v>
+      </x:c>
+      <x:c r="E258" s="0">
+        <x:v>3021.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="259" spans="1:5">
+      <x:c r="A259" s="1">
+        <x:v>45736.7837268518</x:v>
+      </x:c>
+      <x:c r="B259" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C259" s="0">
+        <x:v>10.99</x:v>
+      </x:c>
+      <x:c r="D259" s="0">
+        <x:v>2769.858</x:v>
+      </x:c>
+      <x:c r="E259" s="0">
+        <x:v>3043.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="260" spans="1:5">
+      <x:c r="A260" s="1">
         <x:v>45735.7843634259</x:v>
       </x:c>
-      <x:c r="B244" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C244" s="0">
+      <x:c r="B260" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C260" s="0">
         <x:v>10.9</x:v>
       </x:c>
-      <x:c r="D244" s="0">
+      <x:c r="D260" s="0">
         <x:v>2767.492</x:v>
       </x:c>
-      <x:c r="E244" s="0">
+      <x:c r="E260" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>