--- v0 (2025-10-06)
+++ v1 (2025-11-01)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb5b71418c35d4d75" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/714a29ce1a3c4c1db07d6bb1deb83972.psmdcp" Id="R21e6703d6e0744ef" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R190a60a12f934f5f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/bc5facaef14a49e1958fdc44453127a9.psmdcp" Id="Ra907b361b3ad40de" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>DE000BB05UV4</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -390,1797 +390,2120 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E103"/>
+  <x:dimension ref="A1:E122"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>45933.9288425926</x:v>
+        <x:v>45961.8818981481</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
-        <x:v>977.84</x:v>
+        <x:v>1445.85</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>121.149</x:v>
+        <x:v>140.329</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>173.07</x:v>
+        <x:v>200.47</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>45932.9250925926</x:v>
+        <x:v>45960.8841435185</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
-        <x:v>1261.24</x:v>
+        <x:v>1325.48</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>130.935</x:v>
+        <x:v>136.185</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>187.05</x:v>
+        <x:v>194.55</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>45931.9294097222</x:v>
+        <x:v>45959.8897916667</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
-        <x:v>1220.27</x:v>
+        <x:v>1417.28</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>129.465</x:v>
+        <x:v>139.167</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>184.95</x:v>
+        <x:v>198.81</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>45930.933900463</x:v>
+        <x:v>45958.8875115741</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
-        <x:v>1172.07</x:v>
+        <x:v>1237.54</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>127.694</x:v>
+        <x:v>132.72</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>182.42</x:v>
+        <x:v>189.6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>45929.9324074074</x:v>
+        <x:v>45957.8875578704</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
-        <x:v>1106.53</x:v>
+        <x:v>1229.94</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>125.202</x:v>
+        <x:v>132.426</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>178.86</x:v>
+        <x:v>189.18</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>45926.9298611111</x:v>
+        <x:v>45954.9259259259</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
-        <x:v>1084.46</x:v>
+        <x:v>1146.83</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>124.299</x:v>
+        <x:v>129.241</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>177.57</x:v>
+        <x:v>184.63</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>45925.9294444444</x:v>
+        <x:v>45953.9278009259</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
-        <x:v>1113.91</x:v>
+        <x:v>1073.31</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>125.384</x:v>
+        <x:v>126.336</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>179.12</x:v>
+        <x:v>180.48</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>45924.9296527778</x:v>
+        <x:v>45952.9303703704</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
-        <x:v>1122.7</x:v>
+        <x:v>989.39</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>125.692</x:v>
+        <x:v>122.843</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>179.56</x:v>
+        <x:v>175.49</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>45923.9251967593</x:v>
+        <x:v>45951.9269444444</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
-        <x:v>1181.32</x:v>
+        <x:v>1099.3</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>127.785</x:v>
+        <x:v>127.057</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>182.55</x:v>
+        <x:v>181.51</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>45922.926712963</x:v>
+        <x:v>45950.9289814815</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C12" s="0">
-        <x:v>1121.45</x:v>
+        <x:v>1101.29</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>125.531</x:v>
+        <x:v>127.113</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>179.33</x:v>
+        <x:v>181.59</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>45919.9342592593</x:v>
+        <x:v>45947.9299768519</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0">
-        <x:v>1182.68</x:v>
+        <x:v>1042.41</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>127.673</x:v>
+        <x:v>124.705</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>182.39</x:v>
+        <x:v>178.15</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>45918.9265393519</x:v>
+        <x:v>45946.9262037037</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C14" s="0">
-        <x:v>1083.63</x:v>
+        <x:v>1042.39</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>123.879</x:v>
+        <x:v>124.684</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>176.97</x:v>
+        <x:v>178.12</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>45917.9270486111</x:v>
+        <x:v>45945.9257175926</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
-        <x:v>939.44</x:v>
+        <x:v>1069.71</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>117.831</x:v>
+        <x:v>125.734</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>168.33</x:v>
+        <x:v>179.62</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>45916.9258912037</x:v>
+        <x:v>45944.9308101852</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C16" s="0">
-        <x:v>973.01</x:v>
+        <x:v>1072.38</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>119.182</x:v>
+        <x:v>125.818</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>170.26</x:v>
+        <x:v>179.74</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>45915.9270949074</x:v>
+        <x:v>45943.926724537</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C17" s="0">
-        <x:v>989.98</x:v>
+        <x:v>1028.81</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>119.847</x:v>
+        <x:v>124.047</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>171.21</x:v>
+        <x:v>177.21</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>45912.9234375</x:v>
+        <x:v>45940.9235069444</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="0">
-        <x:v>995.29</x:v>
+        <x:v>999.99</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>120.001</x:v>
+        <x:v>122.808</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>171.43</x:v>
+        <x:v>175.44</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>45911.9251388889</x:v>
+        <x:v>45938.9270833333</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C19" s="0">
-        <x:v>881.92</x:v>
+        <x:v>1158.7</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>115.052</x:v>
+        <x:v>128.492</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>164.36</x:v>
+        <x:v>183.56</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
-        <x:v>45910.9239930556</x:v>
+        <x:v>45937.9282291667</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C20" s="0">
-        <x:v>921.85</x:v>
+        <x:v>1133.31</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>116.718</x:v>
+        <x:v>127.519</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>166.74</x:v>
+        <x:v>182.17</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="1">
-        <x:v>45909.9244907407</x:v>
+        <x:v>45936.9241319444</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C21" s="0">
-        <x:v>853.22</x:v>
+        <x:v>1085.92</x:v>
       </x:c>
       <x:c r="D21" s="0">
-        <x:v>113.652</x:v>
+        <x:v>125.671</x:v>
       </x:c>
       <x:c r="E21" s="0">
-        <x:v>162.36</x:v>
+        <x:v>179.53</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="1">
-        <x:v>45908.9240393518</x:v>
+        <x:v>45933.9288425926</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C22" s="0">
-        <x:v>761.93</x:v>
+        <x:v>977.84</x:v>
       </x:c>
       <x:c r="D22" s="0">
-        <x:v>109.27</x:v>
+        <x:v>121.149</x:v>
       </x:c>
       <x:c r="E22" s="0">
-        <x:v>156.1</x:v>
+        <x:v>173.07</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="1">
-        <x:v>45905.9285763889</x:v>
+        <x:v>45932.9250925926</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C23" s="0">
-        <x:v>720.78</x:v>
+        <x:v>1261.24</x:v>
       </x:c>
       <x:c r="D23" s="0">
-        <x:v>107.177</x:v>
+        <x:v>130.935</x:v>
       </x:c>
       <x:c r="E23" s="0">
-        <x:v>153.11</x:v>
+        <x:v>187.05</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="1">
-        <x:v>45904.9245138889</x:v>
+        <x:v>45931.9294097222</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C24" s="0">
-        <x:v>765.73</x:v>
+        <x:v>1220.27</x:v>
       </x:c>
       <x:c r="D24" s="0">
-        <x:v>109.298</x:v>
+        <x:v>129.465</x:v>
       </x:c>
       <x:c r="E24" s="0">
-        <x:v>156.14</x:v>
+        <x:v>184.95</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="1">
-        <x:v>45903.923587963</x:v>
+        <x:v>45930.933900463</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C25" s="0">
-        <x:v>748.14</x:v>
+        <x:v>1172.07</x:v>
       </x:c>
       <x:c r="D25" s="0">
-        <x:v>108.43</x:v>
+        <x:v>127.694</x:v>
       </x:c>
       <x:c r="E25" s="0">
-        <x:v>154.9</x:v>
+        <x:v>182.42</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="1">
-        <x:v>45902.9238773148</x:v>
+        <x:v>45929.9324074074</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C26" s="0">
-        <x:v>781.19</x:v>
+        <x:v>1106.53</x:v>
       </x:c>
       <x:c r="D26" s="0">
-        <x:v>109.963</x:v>
+        <x:v>125.202</x:v>
       </x:c>
       <x:c r="E26" s="0">
-        <x:v>157.09</x:v>
+        <x:v>178.86</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="1">
-        <x:v>45898.9303587963</x:v>
+        <x:v>45926.9298611111</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C27" s="0">
-        <x:v>777.07</x:v>
+        <x:v>1084.46</x:v>
       </x:c>
       <x:c r="D27" s="0">
-        <x:v>109.697</x:v>
+        <x:v>124.299</x:v>
       </x:c>
       <x:c r="E27" s="0">
-        <x:v>156.71</x:v>
+        <x:v>177.57</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="1">
-        <x:v>45897.9274189815</x:v>
+        <x:v>45925.9294444444</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C28" s="0">
-        <x:v>798.83</x:v>
+        <x:v>1113.91</x:v>
       </x:c>
       <x:c r="D28" s="0">
-        <x:v>110.684</x:v>
+        <x:v>125.384</x:v>
       </x:c>
       <x:c r="E28" s="0">
-        <x:v>158.12</x:v>
+        <x:v>179.12</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="1">
-        <x:v>45896.9248032407</x:v>
+        <x:v>45924.9296527778</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C29" s="0">
-        <x:v>778.35</x:v>
+        <x:v>1122.7</x:v>
       </x:c>
       <x:c r="D29" s="0">
-        <x:v>109.704</x:v>
+        <x:v>125.692</x:v>
       </x:c>
       <x:c r="E29" s="0">
-        <x:v>156.72</x:v>
+        <x:v>179.56</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="1">
-        <x:v>45895.9239351852</x:v>
+        <x:v>45923.9251967593</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C30" s="0">
-        <x:v>844.1</x:v>
+        <x:v>1181.32</x:v>
       </x:c>
       <x:c r="D30" s="0">
-        <x:v>112.609</x:v>
+        <x:v>127.785</x:v>
       </x:c>
       <x:c r="E30" s="0">
-        <x:v>160.87</x:v>
+        <x:v>182.55</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="1">
-        <x:v>45894.9239583333</x:v>
+        <x:v>45922.926712963</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C31" s="0">
-        <x:v>788.78</x:v>
+        <x:v>1121.45</x:v>
       </x:c>
       <x:c r="D31" s="0">
-        <x:v>110.019</x:v>
+        <x:v>125.531</x:v>
       </x:c>
       <x:c r="E31" s="0">
-        <x:v>157.17</x:v>
+        <x:v>179.33</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="1">
-        <x:v>45891.9252314815</x:v>
+        <x:v>45919.9342592593</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C32" s="0">
-        <x:v>814.14</x:v>
+        <x:v>1182.68</x:v>
       </x:c>
       <x:c r="D32" s="0">
-        <x:v>111.118</x:v>
+        <x:v>127.673</x:v>
       </x:c>
       <x:c r="E32" s="0">
-        <x:v>158.74</x:v>
+        <x:v>182.39</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="1">
-        <x:v>45890.9256481481</x:v>
+        <x:v>45918.9265393519</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C33" s="0">
-        <x:v>776.34</x:v>
+        <x:v>1083.63</x:v>
       </x:c>
       <x:c r="D33" s="0">
-        <x:v>109.326</x:v>
+        <x:v>123.879</x:v>
       </x:c>
       <x:c r="E33" s="0">
-        <x:v>156.18</x:v>
+        <x:v>176.97</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="1">
-        <x:v>45889.9243402778</x:v>
+        <x:v>45917.9270486111</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C34" s="0">
-        <x:v>774.19</x:v>
+        <x:v>939.44</x:v>
       </x:c>
       <x:c r="D34" s="0">
-        <x:v>109.207</x:v>
+        <x:v>117.831</x:v>
       </x:c>
       <x:c r="E34" s="0">
-        <x:v>156.01</x:v>
+        <x:v>168.33</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="1">
-        <x:v>45888.9238425926</x:v>
+        <x:v>45916.9258912037</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C35" s="0">
-        <x:v>801.09</x:v>
+        <x:v>973.01</x:v>
       </x:c>
       <x:c r="D35" s="0">
-        <x:v>110.425</x:v>
+        <x:v>119.182</x:v>
       </x:c>
       <x:c r="E35" s="0">
-        <x:v>157.75</x:v>
+        <x:v>170.26</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="1">
-        <x:v>45887.9245601852</x:v>
+        <x:v>45915.9270949074</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C36" s="0">
-        <x:v>1114.38</x:v>
+        <x:v>989.98</x:v>
       </x:c>
       <x:c r="D36" s="0">
-        <x:v>121.821</x:v>
+        <x:v>119.847</x:v>
       </x:c>
       <x:c r="E36" s="0">
-        <x:v>174.03</x:v>
+        <x:v>171.21</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="1">
-        <x:v>45884.9247106481</x:v>
+        <x:v>45912.9234375</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C37" s="0">
-        <x:v>1178.8</x:v>
+        <x:v>995.29</x:v>
       </x:c>
       <x:c r="D37" s="0">
-        <x:v>124.019</x:v>
+        <x:v>120.001</x:v>
       </x:c>
       <x:c r="E37" s="0">
-        <x:v>177.17</x:v>
+        <x:v>171.43</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="1">
-        <x:v>45883.9240625</x:v>
+        <x:v>45911.9251388889</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C38" s="0">
-        <x:v>1259.8</x:v>
+        <x:v>881.92</x:v>
       </x:c>
       <x:c r="D38" s="0">
-        <x:v>126.714</x:v>
+        <x:v>115.052</x:v>
       </x:c>
       <x:c r="E38" s="0">
-        <x:v>181.02</x:v>
+        <x:v>164.36</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="1">
-        <x:v>45882.9239467593</x:v>
+        <x:v>45910.9239930556</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C39" s="0">
-        <x:v>1333.12</x:v>
+        <x:v>921.85</x:v>
       </x:c>
       <x:c r="D39" s="0">
-        <x:v>129.059</x:v>
+        <x:v>116.718</x:v>
       </x:c>
       <x:c r="E39" s="0">
-        <x:v>184.37</x:v>
+        <x:v>166.74</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="1">
-        <x:v>45881.9233449074</x:v>
+        <x:v>45909.9244907407</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C40" s="0">
-        <x:v>1391.87</x:v>
+        <x:v>853.22</x:v>
       </x:c>
       <x:c r="D40" s="0">
-        <x:v>130.879</x:v>
+        <x:v>113.652</x:v>
       </x:c>
       <x:c r="E40" s="0">
-        <x:v>186.97</x:v>
+        <x:v>162.36</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="1">
-        <x:v>45880.923587963</x:v>
+        <x:v>45908.9240393518</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C41" s="0">
-        <x:v>1300.86</x:v>
+        <x:v>761.93</x:v>
       </x:c>
       <x:c r="D41" s="0">
-        <x:v>127.876</x:v>
+        <x:v>109.27</x:v>
       </x:c>
       <x:c r="E41" s="0">
-        <x:v>182.68</x:v>
+        <x:v>156.1</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="1">
-        <x:v>45877.9331597222</x:v>
+        <x:v>45905.9285763889</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C42" s="0">
-        <x:v>1399.01</x:v>
+        <x:v>720.78</x:v>
       </x:c>
       <x:c r="D42" s="0">
-        <x:v>130.872</x:v>
+        <x:v>107.177</x:v>
       </x:c>
       <x:c r="E42" s="0">
-        <x:v>186.96</x:v>
+        <x:v>153.11</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="1">
-        <x:v>45876.9384490741</x:v>
+        <x:v>45904.9245138889</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C43" s="0">
-        <x:v>1297.92</x:v>
+        <x:v>765.73</x:v>
       </x:c>
       <x:c r="D43" s="0">
-        <x:v>127.54</x:v>
+        <x:v>109.298</x:v>
       </x:c>
       <x:c r="E43" s="0">
-        <x:v>182.2</x:v>
+        <x:v>156.14</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="1">
-        <x:v>45875.9344560185</x:v>
+        <x:v>45903.923587963</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C44" s="0">
-        <x:v>1243.27</x:v>
+        <x:v>748.14</x:v>
       </x:c>
       <x:c r="D44" s="0">
-        <x:v>125.678</x:v>
+        <x:v>108.43</x:v>
       </x:c>
       <x:c r="E44" s="0">
-        <x:v>179.54</x:v>
+        <x:v>154.9</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="1">
-        <x:v>45874.9325694444</x:v>
+        <x:v>45902.9238773148</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C45" s="0">
-        <x:v>1122.02</x:v>
+        <x:v>781.19</x:v>
       </x:c>
       <x:c r="D45" s="0">
-        <x:v>121.289</x:v>
+        <x:v>109.963</x:v>
       </x:c>
       <x:c r="E45" s="0">
-        <x:v>173.27</x:v>
+        <x:v>157.09</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="1">
-        <x:v>45873.9313425926</x:v>
+        <x:v>45898.9303587963</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C46" s="0">
-        <x:v>908.53</x:v>
+        <x:v>777.07</x:v>
       </x:c>
       <x:c r="D46" s="0">
-        <x:v>112.462</x:v>
+        <x:v>109.697</x:v>
       </x:c>
       <x:c r="E46" s="0">
-        <x:v>160.66</x:v>
+        <x:v>156.71</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="1">
-        <x:v>45870.9273842593</x:v>
+        <x:v>45897.9274189815</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C47" s="0">
-        <x:v>809.17</x:v>
+        <x:v>798.83</x:v>
       </x:c>
       <x:c r="D47" s="0">
-        <x:v>107.989</x:v>
+        <x:v>110.684</x:v>
       </x:c>
       <x:c r="E47" s="0">
-        <x:v>154.27</x:v>
+        <x:v>158.12</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5">
       <x:c r="A48" s="1">
-        <x:v>45869.9244212963</x:v>
+        <x:v>45896.9248032407</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C48" s="0">
-        <x:v>877.43</x:v>
+        <x:v>778.35</x:v>
       </x:c>
       <x:c r="D48" s="0">
-        <x:v>110.845</x:v>
+        <x:v>109.704</x:v>
       </x:c>
       <x:c r="E48" s="0">
-        <x:v>158.35</x:v>
+        <x:v>156.72</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
       <x:c r="A49" s="1">
-        <x:v>45868.9255092593</x:v>
+        <x:v>45895.9239351852</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C49" s="0">
-        <x:v>882.2</x:v>
+        <x:v>844.1</x:v>
       </x:c>
       <x:c r="D49" s="0">
-        <x:v>111.027</x:v>
+        <x:v>112.609</x:v>
       </x:c>
       <x:c r="E49" s="0">
-        <x:v>158.61</x:v>
+        <x:v>160.87</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5">
       <x:c r="A50" s="1">
-        <x:v>45867.9289467593</x:v>
+        <x:v>45894.9239583333</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C50" s="0">
-        <x:v>844.2</x:v>
+        <x:v>788.78</x:v>
       </x:c>
       <x:c r="D50" s="0">
-        <x:v>109.368</x:v>
+        <x:v>110.019</x:v>
       </x:c>
       <x:c r="E50" s="0">
-        <x:v>156.24</x:v>
+        <x:v>157.17</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5">
       <x:c r="A51" s="1">
-        <x:v>45866.9278125</x:v>
+        <x:v>45891.9252314815</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C51" s="0">
-        <x:v>871.8</x:v>
+        <x:v>814.14</x:v>
       </x:c>
       <x:c r="D51" s="0">
-        <x:v>110.516</x:v>
+        <x:v>111.118</x:v>
       </x:c>
       <x:c r="E51" s="0">
-        <x:v>157.88</x:v>
+        <x:v>158.74</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5">
       <x:c r="A52" s="1">
-        <x:v>45863.926875</x:v>
+        <x:v>45890.9256481481</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C52" s="0">
-        <x:v>888.55</x:v>
+        <x:v>776.34</x:v>
       </x:c>
       <x:c r="D52" s="0">
-        <x:v>111.16</x:v>
+        <x:v>109.326</x:v>
       </x:c>
       <x:c r="E52" s="0">
-        <x:v>158.8</x:v>
+        <x:v>156.18</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5">
       <x:c r="A53" s="1">
-        <x:v>45862.9245949074</x:v>
+        <x:v>45889.9243402778</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C53" s="0">
-        <x:v>825.92</x:v>
+        <x:v>774.19</x:v>
       </x:c>
       <x:c r="D53" s="0">
-        <x:v>108.402</x:v>
+        <x:v>109.207</x:v>
       </x:c>
       <x:c r="E53" s="0">
-        <x:v>154.86</x:v>
+        <x:v>156.01</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5">
       <x:c r="A54" s="1">
-        <x:v>45861.926412037</x:v>
+        <x:v>45888.9238425926</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C54" s="0">
-        <x:v>822.65</x:v>
+        <x:v>801.09</x:v>
       </x:c>
       <x:c r="D54" s="0">
-        <x:v>108.241</x:v>
+        <x:v>110.425</x:v>
       </x:c>
       <x:c r="E54" s="0">
-        <x:v>154.63</x:v>
+        <x:v>157.75</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5">
       <x:c r="A55" s="1">
-        <x:v>45860.9260763889</x:v>
+        <x:v>45887.9245601852</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C55" s="0">
-        <x:v>740.19</x:v>
+        <x:v>1114.38</x:v>
       </x:c>
       <x:c r="D55" s="0">
-        <x:v>104.349</x:v>
+        <x:v>121.821</x:v>
       </x:c>
       <x:c r="E55" s="0">
-        <x:v>149.07</x:v>
+        <x:v>174.03</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5">
       <x:c r="A56" s="1">
-        <x:v>45859.9273148148</x:v>
+        <x:v>45884.9247106481</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C56" s="0">
-        <x:v>782.64</x:v>
+        <x:v>1178.8</x:v>
       </x:c>
       <x:c r="D56" s="0">
-        <x:v>106.253</x:v>
+        <x:v>124.019</x:v>
       </x:c>
       <x:c r="E56" s="0">
-        <x:v>151.79</x:v>
+        <x:v>177.17</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:5">
       <x:c r="A57" s="1">
-        <x:v>45856.949212963</x:v>
+        <x:v>45883.9240625</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C57" s="0">
-        <x:v>811.26</x:v>
+        <x:v>1259.8</x:v>
       </x:c>
       <x:c r="D57" s="0">
-        <x:v>107.464</x:v>
+        <x:v>126.714</x:v>
       </x:c>
       <x:c r="E57" s="0">
-        <x:v>153.52</x:v>
+        <x:v>181.02</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:5">
       <x:c r="A58" s="1">
-        <x:v>45855.9327314815</x:v>
+        <x:v>45882.9239467593</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C58" s="0">
-        <x:v>819.16</x:v>
+        <x:v>1333.12</x:v>
       </x:c>
       <x:c r="D58" s="0">
-        <x:v>107.793</x:v>
+        <x:v>129.059</x:v>
       </x:c>
       <x:c r="E58" s="0">
-        <x:v>153.99</x:v>
+        <x:v>184.37</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:5">
       <x:c r="A59" s="1">
-        <x:v>45854.9359490741</x:v>
+        <x:v>45881.9233449074</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C59" s="0">
-        <x:v>772.26</x:v>
+        <x:v>1391.87</x:v>
       </x:c>
       <x:c r="D59" s="0">
-        <x:v>105.637</x:v>
+        <x:v>130.879</x:v>
       </x:c>
       <x:c r="E59" s="0">
-        <x:v>150.91</x:v>
+        <x:v>186.97</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:5">
       <x:c r="A60" s="1">
-        <x:v>45853.9275694444</x:v>
+        <x:v>45880.923587963</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C60" s="0">
-        <x:v>737.9</x:v>
+        <x:v>1300.86</x:v>
       </x:c>
       <x:c r="D60" s="0">
-        <x:v>104.006</x:v>
+        <x:v>127.876</x:v>
       </x:c>
       <x:c r="E60" s="0">
-        <x:v>148.58</x:v>
+        <x:v>182.68</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:5">
       <x:c r="A61" s="1">
-        <x:v>45852.9328587963</x:v>
+        <x:v>45877.9331597222</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C61" s="0">
-        <x:v>746.83</x:v>
+        <x:v>1399.01</x:v>
       </x:c>
       <x:c r="D61" s="0">
-        <x:v>104.405</x:v>
+        <x:v>130.872</x:v>
       </x:c>
       <x:c r="E61" s="0">
-        <x:v>149.15</x:v>
+        <x:v>186.96</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:5">
       <x:c r="A62" s="1">
-        <x:v>45849.9249768518</x:v>
+        <x:v>45876.9384490741</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C62" s="0">
-        <x:v>650.91</x:v>
+        <x:v>1297.92</x:v>
       </x:c>
       <x:c r="D62" s="0">
-        <x:v>99.47</x:v>
+        <x:v>127.54</x:v>
       </x:c>
       <x:c r="E62" s="0">
-        <x:v>142.1</x:v>
+        <x:v>182.2</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:5">
       <x:c r="A63" s="1">
-        <x:v>45848.9261342593</x:v>
+        <x:v>45875.9344560185</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C63" s="0">
-        <x:v>656.76</x:v>
+        <x:v>1243.27</x:v>
       </x:c>
       <x:c r="D63" s="0">
-        <x:v>99.75</x:v>
+        <x:v>125.678</x:v>
       </x:c>
       <x:c r="E63" s="0">
-        <x:v>142.5</x:v>
+        <x:v>179.54</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:5">
       <x:c r="A64" s="1">
-        <x:v>45847.925787037</x:v>
+        <x:v>45874.9325694444</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C64" s="0">
-        <x:v>665.88</x:v>
+        <x:v>1122.02</x:v>
       </x:c>
       <x:c r="D64" s="0">
-        <x:v>100.191</x:v>
+        <x:v>121.289</x:v>
       </x:c>
       <x:c r="E64" s="0">
-        <x:v>143.13</x:v>
+        <x:v>173.27</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:5">
       <x:c r="A65" s="1">
-        <x:v>45846.9248611111</x:v>
+        <x:v>45873.9313425926</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C65" s="0">
-        <x:v>620.61</x:v>
+        <x:v>908.53</x:v>
       </x:c>
       <x:c r="D65" s="0">
-        <x:v>97.797</x:v>
+        <x:v>112.462</x:v>
       </x:c>
       <x:c r="E65" s="0">
-        <x:v>139.71</x:v>
+        <x:v>160.66</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:5">
       <x:c r="A66" s="1">
-        <x:v>45845.9274884259</x:v>
+        <x:v>45870.9273842593</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C66" s="0">
-        <x:v>613.11</x:v>
+        <x:v>809.17</x:v>
       </x:c>
       <x:c r="D66" s="0">
-        <x:v>97.384</x:v>
+        <x:v>107.989</x:v>
       </x:c>
       <x:c r="E66" s="0">
-        <x:v>139.12</x:v>
+        <x:v>154.27</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:5">
       <x:c r="A67" s="1">
-        <x:v>45841.8023263889</x:v>
+        <x:v>45869.9244212963</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C67" s="0">
-        <x:v>555.19</x:v>
+        <x:v>877.43</x:v>
       </x:c>
       <x:c r="D67" s="0">
-        <x:v>94.052</x:v>
+        <x:v>110.845</x:v>
       </x:c>
       <x:c r="E67" s="0">
-        <x:v>134.36</x:v>
+        <x:v>158.35</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:5">
       <x:c r="A68" s="1">
-        <x:v>45840.9303703704</x:v>
+        <x:v>45868.9255092593</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C68" s="0">
-        <x:v>528.57</x:v>
+        <x:v>882.2</x:v>
       </x:c>
       <x:c r="D68" s="0">
-        <x:v>92.484</x:v>
+        <x:v>111.027</x:v>
       </x:c>
       <x:c r="E68" s="0">
-        <x:v>132.12</x:v>
+        <x:v>158.61</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:5">
       <x:c r="A69" s="1">
-        <x:v>45839.9249421296</x:v>
+        <x:v>45867.9289467593</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C69" s="0">
-        <x:v>511.9</x:v>
+        <x:v>844.2</x:v>
       </x:c>
       <x:c r="D69" s="0">
-        <x:v>91.476</x:v>
+        <x:v>109.368</x:v>
       </x:c>
       <x:c r="E69" s="0">
-        <x:v>130.68</x:v>
+        <x:v>156.24</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:5">
       <x:c r="A70" s="1">
-        <x:v>45838.9258217593</x:v>
+        <x:v>45866.9278125</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C70" s="0">
-        <x:v>584.77</x:v>
+        <x:v>871.8</x:v>
       </x:c>
       <x:c r="D70" s="0">
-        <x:v>95.424</x:v>
+        <x:v>110.516</x:v>
       </x:c>
       <x:c r="E70" s="0">
-        <x:v>136.32</x:v>
+        <x:v>157.88</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:5">
       <x:c r="A71" s="1">
-        <x:v>45835.9282291667</x:v>
+        <x:v>45863.926875</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C71" s="0">
-        <x:v>519.08</x:v>
+        <x:v>888.55</x:v>
       </x:c>
       <x:c r="D71" s="0">
-        <x:v>91.518</x:v>
+        <x:v>111.16</x:v>
       </x:c>
       <x:c r="E71" s="0">
-        <x:v>130.74</x:v>
+        <x:v>158.8</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:5">
       <x:c r="A72" s="1">
-        <x:v>45834.9274189815</x:v>
+        <x:v>45862.9245949074</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C72" s="0">
-        <x:v>722.41</x:v>
+        <x:v>825.92</x:v>
       </x:c>
       <x:c r="D72" s="0">
-        <x:v>100.975</x:v>
+        <x:v>108.402</x:v>
       </x:c>
       <x:c r="E72" s="0">
-        <x:v>144.25</x:v>
+        <x:v>154.86</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:5">
       <x:c r="A73" s="1">
-        <x:v>45833.9268171296</x:v>
+        <x:v>45861.926412037</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C73" s="0">
-        <x:v>702.84</x:v>
+        <x:v>822.65</x:v>
       </x:c>
       <x:c r="D73" s="0">
-        <x:v>100.03</x:v>
+        <x:v>108.241</x:v>
       </x:c>
       <x:c r="E73" s="0">
-        <x:v>142.9</x:v>
+        <x:v>154.63</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:5">
       <x:c r="A74" s="1">
-        <x:v>45832.9265393519</x:v>
+        <x:v>45860.9260763889</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C74" s="0">
-        <x:v>708.08</x:v>
+        <x:v>740.19</x:v>
       </x:c>
       <x:c r="D74" s="0">
-        <x:v>100.261</x:v>
+        <x:v>104.349</x:v>
       </x:c>
       <x:c r="E74" s="0">
-        <x:v>143.23</x:v>
+        <x:v>149.07</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:5">
       <x:c r="A75" s="1">
-        <x:v>45831.9246412037</x:v>
+        <x:v>45859.9273148148</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C75" s="0">
-        <x:v>661.46</x:v>
+        <x:v>782.64</x:v>
       </x:c>
       <x:c r="D75" s="0">
-        <x:v>97.944</x:v>
+        <x:v>106.253</x:v>
       </x:c>
       <x:c r="E75" s="0">
-        <x:v>139.92</x:v>
+        <x:v>151.79</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:5">
       <x:c r="A76" s="1">
-        <x:v>45828.9428587963</x:v>
+        <x:v>45856.949212963</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C76" s="0">
-        <x:v>626.51</x:v>
+        <x:v>811.26</x:v>
       </x:c>
       <x:c r="D76" s="0">
-        <x:v>96.11</x:v>
+        <x:v>107.464</x:v>
       </x:c>
       <x:c r="E76" s="0">
-        <x:v>137.3</x:v>
+        <x:v>153.52</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:5">
       <x:c r="A77" s="1">
-        <x:v>45826.9303703704</x:v>
+        <x:v>45855.9327314815</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C77" s="0">
-        <x:v>665.08</x:v>
+        <x:v>819.16</x:v>
       </x:c>
       <x:c r="D77" s="0">
-        <x:v>97.972</x:v>
+        <x:v>107.793</x:v>
       </x:c>
       <x:c r="E77" s="0">
-        <x:v>139.96</x:v>
+        <x:v>153.99</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:5">
       <x:c r="A78" s="1">
-        <x:v>45825.9253587963</x:v>
+        <x:v>45854.9359490741</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C78" s="0">
-        <x:v>640.91</x:v>
+        <x:v>772.26</x:v>
       </x:c>
       <x:c r="D78" s="0">
-        <x:v>96.74</x:v>
+        <x:v>105.637</x:v>
       </x:c>
       <x:c r="E78" s="0">
-        <x:v>138.2</x:v>
+        <x:v>150.91</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:5">
       <x:c r="A79" s="1">
-        <x:v>45824.9235185185</x:v>
+        <x:v>45853.9275694444</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C79" s="0">
-        <x:v>688.11</x:v>
+        <x:v>737.9</x:v>
       </x:c>
       <x:c r="D79" s="0">
-        <x:v>98.987</x:v>
+        <x:v>104.006</x:v>
       </x:c>
       <x:c r="E79" s="0">
-        <x:v>141.41</x:v>
+        <x:v>148.58</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:5">
       <x:c r="A80" s="1">
-        <x:v>45821.9252777778</x:v>
+        <x:v>45852.9328587963</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C80" s="0">
-        <x:v>633.56</x:v>
+        <x:v>746.83</x:v>
       </x:c>
       <x:c r="D80" s="0">
-        <x:v>96.18</x:v>
+        <x:v>104.405</x:v>
       </x:c>
       <x:c r="E80" s="0">
-        <x:v>137.4</x:v>
+        <x:v>149.15</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:5">
       <x:c r="A81" s="1">
-        <x:v>45820.9288541667</x:v>
+        <x:v>45849.9249768518</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C81" s="0">
-        <x:v>604.23</x:v>
+        <x:v>650.91</x:v>
       </x:c>
       <x:c r="D81" s="0">
-        <x:v>94.633</x:v>
+        <x:v>99.47</x:v>
       </x:c>
       <x:c r="E81" s="0">
-        <x:v>135.19</x:v>
+        <x:v>142.1</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:5">
       <x:c r="A82" s="1">
-        <x:v>45819.9235300926</x:v>
+        <x:v>45848.9261342593</x:v>
       </x:c>
       <x:c r="B82" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C82" s="0">
-        <x:v>620.92</x:v>
+        <x:v>656.76</x:v>
       </x:c>
       <x:c r="D82" s="0">
-        <x:v>95.473</x:v>
+        <x:v>99.75</x:v>
       </x:c>
       <x:c r="E82" s="0">
-        <x:v>136.39</x:v>
+        <x:v>142.5</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:5">
       <x:c r="A83" s="1">
-        <x:v>45818.9235069444</x:v>
+        <x:v>45847.925787037</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C83" s="0">
-        <x:v>574.72</x:v>
+        <x:v>665.88</x:v>
       </x:c>
       <x:c r="D83" s="0">
-        <x:v>92.967</x:v>
+        <x:v>100.191</x:v>
       </x:c>
       <x:c r="E83" s="0">
-        <x:v>132.81</x:v>
+        <x:v>143.13</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:5">
       <x:c r="A84" s="1">
-        <x:v>45817.9248842593</x:v>
+        <x:v>45846.9248611111</x:v>
       </x:c>
       <x:c r="B84" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C84" s="0">
-        <x:v>565.36</x:v>
+        <x:v>620.61</x:v>
       </x:c>
       <x:c r="D84" s="0">
-        <x:v>92.442</x:v>
+        <x:v>97.797</x:v>
       </x:c>
       <x:c r="E84" s="0">
-        <x:v>132.06</x:v>
+        <x:v>139.71</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:5">
       <x:c r="A85" s="1">
-        <x:v>45814.9279050926</x:v>
+        <x:v>45845.9274884259</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C85" s="0">
-        <x:v>513.75</x:v>
+        <x:v>613.11</x:v>
       </x:c>
       <x:c r="D85" s="0">
-        <x:v>89.404</x:v>
+        <x:v>97.384</x:v>
       </x:c>
       <x:c r="E85" s="0">
-        <x:v>127.72</x:v>
+        <x:v>139.12</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:5">
       <x:c r="A86" s="1">
-        <x:v>45813.9312152778</x:v>
+        <x:v>45841.8023263889</x:v>
       </x:c>
       <x:c r="B86" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C86" s="0">
-        <x:v>429.95</x:v>
+        <x:v>555.19</x:v>
       </x:c>
       <x:c r="D86" s="0">
-        <x:v>83.937</x:v>
+        <x:v>94.052</x:v>
       </x:c>
       <x:c r="E86" s="0">
-        <x:v>119.91</x:v>
+        <x:v>134.36</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:5">
       <x:c r="A87" s="1">
-        <x:v>45812.928900463</x:v>
+        <x:v>45840.9303703704</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C87" s="0">
-        <x:v>560.95</x:v>
+        <x:v>528.57</x:v>
       </x:c>
       <x:c r="D87" s="0">
-        <x:v>91.007</x:v>
+        <x:v>92.484</x:v>
       </x:c>
       <x:c r="E87" s="0">
-        <x:v>130.01</x:v>
+        <x:v>132.12</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:5">
       <x:c r="A88" s="1">
-        <x:v>45811.9361342593</x:v>
+        <x:v>45839.9249421296</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C88" s="0">
-        <x:v>604.27</x:v>
+        <x:v>511.9</x:v>
       </x:c>
       <x:c r="D88" s="0">
-        <x:v>93.219</x:v>
+        <x:v>91.476</x:v>
       </x:c>
       <x:c r="E88" s="0">
-        <x:v>133.17</x:v>
+        <x:v>130.68</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:5">
       <x:c r="A89" s="1">
-        <x:v>45810.9415046296</x:v>
+        <x:v>45838.9258217593</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C89" s="0">
-        <x:v>589.42</x:v>
+        <x:v>584.77</x:v>
       </x:c>
       <x:c r="D89" s="0">
-        <x:v>92.428</x:v>
+        <x:v>95.424</x:v>
       </x:c>
       <x:c r="E89" s="0">
-        <x:v>132.04</x:v>
+        <x:v>136.32</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:5">
       <x:c r="A90" s="1">
-        <x:v>45800.9242592593</x:v>
+        <x:v>45835.9282291667</x:v>
       </x:c>
       <x:c r="B90" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C90" s="0">
-        <x:v>489.81</x:v>
+        <x:v>519.08</x:v>
       </x:c>
       <x:c r="D90" s="0">
-        <x:v>86.317</x:v>
+        <x:v>91.518</x:v>
       </x:c>
       <x:c r="E90" s="0">
-        <x:v>123.31</x:v>
+        <x:v>130.74</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:5">
       <x:c r="A91" s="1">
-        <x:v>45799.9263194444</x:v>
+        <x:v>45834.9274189815</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C91" s="0">
-        <x:v>478.08</x:v>
+        <x:v>722.41</x:v>
       </x:c>
       <x:c r="D91" s="0">
-        <x:v>85.603</x:v>
+        <x:v>100.975</x:v>
       </x:c>
       <x:c r="E91" s="0">
-        <x:v>122.29</x:v>
+        <x:v>144.25</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:5">
       <x:c r="A92" s="1">
-        <x:v>45798.9249652778</x:v>
+        <x:v>45833.9268171296</x:v>
       </x:c>
       <x:c r="B92" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C92" s="0">
-        <x:v>458.79</x:v>
+        <x:v>702.84</x:v>
       </x:c>
       <x:c r="D92" s="0">
-        <x:v>84.406</x:v>
+        <x:v>100.03</x:v>
       </x:c>
       <x:c r="E92" s="0">
-        <x:v>120.58</x:v>
+        <x:v>142.9</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:5">
       <x:c r="A93" s="1">
-        <x:v>45797.9233564815</x:v>
+        <x:v>45832.9265393519</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C93" s="0">
-        <x:v>521.45</x:v>
+        <x:v>708.08</x:v>
       </x:c>
       <x:c r="D93" s="0">
-        <x:v>87.913</x:v>
+        <x:v>100.261</x:v>
       </x:c>
       <x:c r="E93" s="0">
-        <x:v>125.59</x:v>
+        <x:v>143.23</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:5">
       <x:c r="A94" s="1">
-        <x:v>45796.9244791667</x:v>
+        <x:v>45831.9246412037</x:v>
       </x:c>
       <x:c r="B94" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C94" s="0">
-        <x:v>531.04</x:v>
+        <x:v>661.46</x:v>
       </x:c>
       <x:c r="D94" s="0">
-        <x:v>88.431</x:v>
+        <x:v>97.944</x:v>
       </x:c>
       <x:c r="E94" s="0">
-        <x:v>126.33</x:v>
+        <x:v>139.92</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:5">
       <x:c r="A95" s="1">
-        <x:v>45793.9259606482</x:v>
+        <x:v>45828.9428587963</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C95" s="0">
-        <x:v>574.32</x:v>
+        <x:v>626.51</x:v>
       </x:c>
       <x:c r="D95" s="0">
-        <x:v>90.664</x:v>
+        <x:v>96.11</x:v>
       </x:c>
       <x:c r="E95" s="0">
-        <x:v>129.52</x:v>
+        <x:v>137.3</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:5">
       <x:c r="A96" s="1">
-        <x:v>45792.9359490741</x:v>
+        <x:v>45826.9303703704</x:v>
       </x:c>
       <x:c r="B96" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C96" s="0">
-        <x:v>556.35</x:v>
+        <x:v>665.08</x:v>
       </x:c>
       <x:c r="D96" s="0">
-        <x:v>89.684</x:v>
+        <x:v>97.972</x:v>
       </x:c>
       <x:c r="E96" s="0">
-        <x:v>128.12</x:v>
+        <x:v>139.96</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:5">
       <x:c r="A97" s="1">
-        <x:v>45791.9275578704</x:v>
+        <x:v>45825.9253587963</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C97" s="0">
-        <x:v>584.38</x:v>
+        <x:v>640.91</x:v>
       </x:c>
       <x:c r="D97" s="0">
-        <x:v>91.126</x:v>
+        <x:v>96.74</x:v>
       </x:c>
       <x:c r="E97" s="0">
-        <x:v>130.18</x:v>
+        <x:v>138.2</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:5">
       <x:c r="A98" s="1">
-        <x:v>45790.9286458333</x:v>
+        <x:v>45824.9235185185</x:v>
       </x:c>
       <x:c r="B98" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C98" s="0">
-        <x:v>557.49</x:v>
+        <x:v>688.11</x:v>
       </x:c>
       <x:c r="D98" s="0">
-        <x:v>89.67</x:v>
+        <x:v>98.987</x:v>
       </x:c>
       <x:c r="E98" s="0">
-        <x:v>128.1</x:v>
+        <x:v>141.41</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:5">
       <x:c r="A99" s="1">
-        <x:v>45789.9278009259</x:v>
+        <x:v>45821.9252777778</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C99" s="0">
-        <x:v>448.27</x:v>
+        <x:v>633.56</x:v>
       </x:c>
       <x:c r="D99" s="0">
-        <x:v>82.922</x:v>
+        <x:v>96.18</x:v>
       </x:c>
       <x:c r="E99" s="0">
-        <x:v>118.46</x:v>
+        <x:v>137.4</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:5">
       <x:c r="A100" s="1">
-        <x:v>45786.9254050926</x:v>
+        <x:v>45820.9288541667</x:v>
       </x:c>
       <x:c r="B100" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C100" s="0">
-        <x:v>435.98</x:v>
+        <x:v>604.23</x:v>
       </x:c>
       <x:c r="D100" s="0">
-        <x:v>82.11</x:v>
+        <x:v>94.633</x:v>
       </x:c>
       <x:c r="E100" s="0">
-        <x:v>117.3</x:v>
+        <x:v>135.19</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:5">
       <x:c r="A101" s="1">
-        <x:v>45785.9240393518</x:v>
+        <x:v>45819.9235300926</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C101" s="0">
-        <x:v>457.51</x:v>
+        <x:v>620.92</x:v>
       </x:c>
       <x:c r="D101" s="0">
-        <x:v>83.405</x:v>
+        <x:v>95.473</x:v>
       </x:c>
       <x:c r="E101" s="0">
-        <x:v>119.15</x:v>
+        <x:v>136.39</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:5">
       <x:c r="A102" s="1">
-        <x:v>45784.9234837963</x:v>
+        <x:v>45818.9235069444</x:v>
       </x:c>
       <x:c r="B102" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C102" s="0">
-        <x:v>370.47</x:v>
+        <x:v>574.72</x:v>
       </x:c>
       <x:c r="D102" s="0">
-        <x:v>77.336</x:v>
+        <x:v>92.967</x:v>
       </x:c>
       <x:c r="E102" s="0">
-        <x:v>110.48</x:v>
+        <x:v>132.81</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:5">
       <x:c r="A103" s="1">
+        <x:v>45817.9248842593</x:v>
+      </x:c>
+      <x:c r="B103" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C103" s="0">
+        <x:v>565.36</x:v>
+      </x:c>
+      <x:c r="D103" s="0">
+        <x:v>92.442</x:v>
+      </x:c>
+      <x:c r="E103" s="0">
+        <x:v>132.06</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="104" spans="1:5">
+      <x:c r="A104" s="1">
+        <x:v>45814.9279050926</x:v>
+      </x:c>
+      <x:c r="B104" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C104" s="0">
+        <x:v>513.75</x:v>
+      </x:c>
+      <x:c r="D104" s="0">
+        <x:v>89.404</x:v>
+      </x:c>
+      <x:c r="E104" s="0">
+        <x:v>127.72</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="105" spans="1:5">
+      <x:c r="A105" s="1">
+        <x:v>45813.9312152778</x:v>
+      </x:c>
+      <x:c r="B105" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C105" s="0">
+        <x:v>429.95</x:v>
+      </x:c>
+      <x:c r="D105" s="0">
+        <x:v>83.937</x:v>
+      </x:c>
+      <x:c r="E105" s="0">
+        <x:v>119.91</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="106" spans="1:5">
+      <x:c r="A106" s="1">
+        <x:v>45812.928900463</x:v>
+      </x:c>
+      <x:c r="B106" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C106" s="0">
+        <x:v>560.95</x:v>
+      </x:c>
+      <x:c r="D106" s="0">
+        <x:v>91.007</x:v>
+      </x:c>
+      <x:c r="E106" s="0">
+        <x:v>130.01</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="107" spans="1:5">
+      <x:c r="A107" s="1">
+        <x:v>45811.9361342593</x:v>
+      </x:c>
+      <x:c r="B107" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C107" s="0">
+        <x:v>604.27</x:v>
+      </x:c>
+      <x:c r="D107" s="0">
+        <x:v>93.219</x:v>
+      </x:c>
+      <x:c r="E107" s="0">
+        <x:v>133.17</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="108" spans="1:5">
+      <x:c r="A108" s="1">
+        <x:v>45810.9415046296</x:v>
+      </x:c>
+      <x:c r="B108" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C108" s="0">
+        <x:v>589.42</x:v>
+      </x:c>
+      <x:c r="D108" s="0">
+        <x:v>92.428</x:v>
+      </x:c>
+      <x:c r="E108" s="0">
+        <x:v>132.04</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="109" spans="1:5">
+      <x:c r="A109" s="1">
+        <x:v>45800.9242592593</x:v>
+      </x:c>
+      <x:c r="B109" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C109" s="0">
+        <x:v>489.81</x:v>
+      </x:c>
+      <x:c r="D109" s="0">
+        <x:v>86.317</x:v>
+      </x:c>
+      <x:c r="E109" s="0">
+        <x:v>123.31</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="110" spans="1:5">
+      <x:c r="A110" s="1">
+        <x:v>45799.9263194444</x:v>
+      </x:c>
+      <x:c r="B110" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C110" s="0">
+        <x:v>478.08</x:v>
+      </x:c>
+      <x:c r="D110" s="0">
+        <x:v>85.603</x:v>
+      </x:c>
+      <x:c r="E110" s="0">
+        <x:v>122.29</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="111" spans="1:5">
+      <x:c r="A111" s="1">
+        <x:v>45798.9249652778</x:v>
+      </x:c>
+      <x:c r="B111" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C111" s="0">
+        <x:v>458.79</x:v>
+      </x:c>
+      <x:c r="D111" s="0">
+        <x:v>84.406</x:v>
+      </x:c>
+      <x:c r="E111" s="0">
+        <x:v>120.58</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="112" spans="1:5">
+      <x:c r="A112" s="1">
+        <x:v>45797.9233564815</x:v>
+      </x:c>
+      <x:c r="B112" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C112" s="0">
+        <x:v>521.45</x:v>
+      </x:c>
+      <x:c r="D112" s="0">
+        <x:v>87.913</x:v>
+      </x:c>
+      <x:c r="E112" s="0">
+        <x:v>125.59</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="113" spans="1:5">
+      <x:c r="A113" s="1">
+        <x:v>45796.9244791667</x:v>
+      </x:c>
+      <x:c r="B113" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C113" s="0">
+        <x:v>531.04</x:v>
+      </x:c>
+      <x:c r="D113" s="0">
+        <x:v>88.431</x:v>
+      </x:c>
+      <x:c r="E113" s="0">
+        <x:v>126.33</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="114" spans="1:5">
+      <x:c r="A114" s="1">
+        <x:v>45793.9259606482</x:v>
+      </x:c>
+      <x:c r="B114" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C114" s="0">
+        <x:v>574.32</x:v>
+      </x:c>
+      <x:c r="D114" s="0">
+        <x:v>90.664</x:v>
+      </x:c>
+      <x:c r="E114" s="0">
+        <x:v>129.52</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="115" spans="1:5">
+      <x:c r="A115" s="1">
+        <x:v>45792.9359490741</x:v>
+      </x:c>
+      <x:c r="B115" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C115" s="0">
+        <x:v>556.35</x:v>
+      </x:c>
+      <x:c r="D115" s="0">
+        <x:v>89.684</x:v>
+      </x:c>
+      <x:c r="E115" s="0">
+        <x:v>128.12</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="116" spans="1:5">
+      <x:c r="A116" s="1">
+        <x:v>45791.9275578704</x:v>
+      </x:c>
+      <x:c r="B116" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C116" s="0">
+        <x:v>584.38</x:v>
+      </x:c>
+      <x:c r="D116" s="0">
+        <x:v>91.126</x:v>
+      </x:c>
+      <x:c r="E116" s="0">
+        <x:v>130.18</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="117" spans="1:5">
+      <x:c r="A117" s="1">
+        <x:v>45790.9286458333</x:v>
+      </x:c>
+      <x:c r="B117" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C117" s="0">
+        <x:v>557.49</x:v>
+      </x:c>
+      <x:c r="D117" s="0">
+        <x:v>89.67</x:v>
+      </x:c>
+      <x:c r="E117" s="0">
+        <x:v>128.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="118" spans="1:5">
+      <x:c r="A118" s="1">
+        <x:v>45789.9278009259</x:v>
+      </x:c>
+      <x:c r="B118" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C118" s="0">
+        <x:v>448.27</x:v>
+      </x:c>
+      <x:c r="D118" s="0">
+        <x:v>82.922</x:v>
+      </x:c>
+      <x:c r="E118" s="0">
+        <x:v>118.46</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="119" spans="1:5">
+      <x:c r="A119" s="1">
+        <x:v>45786.9254050926</x:v>
+      </x:c>
+      <x:c r="B119" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C119" s="0">
+        <x:v>435.98</x:v>
+      </x:c>
+      <x:c r="D119" s="0">
+        <x:v>82.11</x:v>
+      </x:c>
+      <x:c r="E119" s="0">
+        <x:v>117.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="120" spans="1:5">
+      <x:c r="A120" s="1">
+        <x:v>45785.9240393518</x:v>
+      </x:c>
+      <x:c r="B120" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C120" s="0">
+        <x:v>457.51</x:v>
+      </x:c>
+      <x:c r="D120" s="0">
+        <x:v>83.405</x:v>
+      </x:c>
+      <x:c r="E120" s="0">
+        <x:v>119.15</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="121" spans="1:5">
+      <x:c r="A121" s="1">
+        <x:v>45784.9234837963</x:v>
+      </x:c>
+      <x:c r="B121" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C121" s="0">
+        <x:v>370.47</x:v>
+      </x:c>
+      <x:c r="D121" s="0">
+        <x:v>77.336</x:v>
+      </x:c>
+      <x:c r="E121" s="0">
+        <x:v>110.48</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="122" spans="1:5">
+      <x:c r="A122" s="1">
         <x:v>45783.9247685185</x:v>
       </x:c>
-      <x:c r="B103" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C103" s="0">
+      <x:c r="B122" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C122" s="0">
         <x:v>354.81</x:v>
       </x:c>
-      <x:c r="D103" s="0">
+      <x:c r="D122" s="0">
         <x:v>76.202</x:v>
       </x:c>
-      <x:c r="E103" s="0">
+      <x:c r="E122" s="0">
         <x:v>108.86</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>