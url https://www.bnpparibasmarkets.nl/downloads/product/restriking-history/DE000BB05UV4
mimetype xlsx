--- v1 (2025-11-01)
+++ v2 (2025-12-06)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R190a60a12f934f5f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/bc5facaef14a49e1958fdc44453127a9.psmdcp" Id="Ra907b361b3ad40de" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc67d95adf581446b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9dfe1b47974d45648ab565f364310f29.psmdcp" Id="R1b9a1271bab742bd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>DE000BB05UV4</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -390,2120 +390,2511 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E122"/>
+  <x:dimension ref="A1:E145"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>45961.8818981481</x:v>
+        <x:v>45996.9307407407</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
-        <x:v>1445.85</x:v>
+        <x:v>946.74</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>140.329</x:v>
+        <x:v>127.232</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>200.47</x:v>
+        <x:v>181.76</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>45960.8841435185</x:v>
+        <x:v>45995.9303009259</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
-        <x:v>1325.48</x:v>
+        <x:v>889.56</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>136.185</x:v>
+        <x:v>124.544</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>194.55</x:v>
+        <x:v>177.92</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>45959.8897916667</x:v>
+        <x:v>45994.9276967593</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
-        <x:v>1417.28</x:v>
+        <x:v>862.91</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>139.167</x:v>
+        <x:v>123.256</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>198.81</x:v>
+        <x:v>176.08</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>45958.8875115741</x:v>
+        <x:v>45993.9303240741</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
-        <x:v>1237.54</x:v>
+        <x:v>788.58</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>132.72</x:v>
+        <x:v>119.483</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>189.6</x:v>
+        <x:v>170.69</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>45957.8875578704</x:v>
+        <x:v>45992.9296990741</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
-        <x:v>1229.94</x:v>
+        <x:v>746.17</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>132.426</x:v>
+        <x:v>117.243</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>189.18</x:v>
+        <x:v>167.49</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>45954.9259259259</x:v>
+        <x:v>45989.8197106481</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
-        <x:v>1146.83</x:v>
+        <x:v>760.26</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>129.241</x:v>
+        <x:v>117.915</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>184.63</x:v>
+        <x:v>168.45</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>45953.9278009259</x:v>
+        <x:v>45987.9265509259</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
-        <x:v>1073.31</x:v>
+        <x:v>725.75</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>126.336</x:v>
+        <x:v>116.039</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>180.48</x:v>
+        <x:v>165.77</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>45952.9303703704</x:v>
+        <x:v>45986.9250347222</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
-        <x:v>989.39</x:v>
+        <x:v>697.67</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>122.843</x:v>
+        <x:v>114.485</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>175.49</x:v>
+        <x:v>163.55</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>45951.9269444444</x:v>
+        <x:v>45982.9249074074</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
-        <x:v>1099.3</x:v>
+        <x:v>596.87</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>127.057</x:v>
+        <x:v>108.395</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>181.51</x:v>
+        <x:v>154.85</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>45950.9289814815</x:v>
+        <x:v>45981.9259027778</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C12" s="0">
-        <x:v>1101.29</x:v>
+        <x:v>607.63</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>127.113</x:v>
+        <x:v>109.022</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>181.59</x:v>
+        <x:v>155.745</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>45947.9299768519</x:v>
+        <x:v>45980.926412037</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0">
-        <x:v>1042.41</x:v>
+        <x:v>737.36</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>124.705</x:v>
+        <x:v>115.794</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>178.15</x:v>
+        <x:v>165.42</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>45946.9262037037</x:v>
+        <x:v>45979.9258680556</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C14" s="0">
-        <x:v>1042.39</x:v>
+        <x:v>763.87</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>124.684</x:v>
+        <x:v>117.131</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>178.12</x:v>
+        <x:v>167.33</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>45945.9257175926</x:v>
+        <x:v>45978.9281365741</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
-        <x:v>1069.71</x:v>
+        <x:v>820.61</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>125.734</x:v>
+        <x:v>119.875</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>179.62</x:v>
+        <x:v>171.25</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>45944.9308101852</x:v>
+        <x:v>45975.9257986111</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C16" s="0">
-        <x:v>1072.38</x:v>
+        <x:v>862.89</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>125.818</x:v>
+        <x:v>121.807</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>179.74</x:v>
+        <x:v>174.01</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>45943.926724537</x:v>
+        <x:v>45974.924849537</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C17" s="0">
-        <x:v>1028.81</x:v>
+        <x:v>836.04</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>124.047</x:v>
+        <x:v>120.498</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>177.21</x:v>
+        <x:v>172.14</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>45940.9235069444</x:v>
+        <x:v>45973.9253356481</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="0">
-        <x:v>999.99</x:v>
+        <x:v>1040.4</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>122.808</x:v>
+        <x:v>128.919</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>175.44</x:v>
+        <x:v>184.17</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>45938.9270833333</x:v>
+        <x:v>45972.9253240741</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C19" s="0">
-        <x:v>1158.7</x:v>
+        <x:v>1165.25</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>128.492</x:v>
+        <x:v>133.672</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>183.56</x:v>
+        <x:v>190.96</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
-        <x:v>45937.9282291667</x:v>
+        <x:v>45971.9253703704</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C20" s="0">
-        <x:v>1133.31</x:v>
+        <x:v>1215.74</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>127.519</x:v>
+        <x:v>135.527</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>182.17</x:v>
+        <x:v>193.61</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="1">
-        <x:v>45936.9241319444</x:v>
+        <x:v>45968.9253935185</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C21" s="0">
-        <x:v>1085.92</x:v>
+        <x:v>962.61</x:v>
       </x:c>
       <x:c r="D21" s="0">
-        <x:v>125.671</x:v>
+        <x:v>124.551</x:v>
       </x:c>
       <x:c r="E21" s="0">
-        <x:v>179.53</x:v>
+        <x:v>177.93</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="1">
-        <x:v>45933.9288425926</x:v>
+        <x:v>45967.9277893519</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C22" s="0">
-        <x:v>977.84</x:v>
+        <x:v>917.74</x:v>
       </x:c>
       <x:c r="D22" s="0">
-        <x:v>121.149</x:v>
+        <x:v>122.535</x:v>
       </x:c>
       <x:c r="E22" s="0">
-        <x:v>173.07</x:v>
+        <x:v>175.05</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="1">
-        <x:v>45932.9250925926</x:v>
+        <x:v>45966.9253587963</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C23" s="0">
-        <x:v>1261.24</x:v>
+        <x:v>1155.3</x:v>
       </x:c>
       <x:c r="D23" s="0">
-        <x:v>130.935</x:v>
+        <x:v>131.53</x:v>
       </x:c>
       <x:c r="E23" s="0">
-        <x:v>187.05</x:v>
+        <x:v>187.9</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="1">
-        <x:v>45931.9294097222</x:v>
+        <x:v>45965.9236921296</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C24" s="0">
-        <x:v>1220.27</x:v>
+        <x:v>1209.92</x:v>
       </x:c>
       <x:c r="D24" s="0">
-        <x:v>129.465</x:v>
+        <x:v>133.518</x:v>
       </x:c>
       <x:c r="E24" s="0">
-        <x:v>184.95</x:v>
+        <x:v>190.74</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="1">
-        <x:v>45930.933900463</x:v>
+        <x:v>45964.9227893519</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C25" s="0">
-        <x:v>1172.07</x:v>
+        <x:v>1588.93</x:v>
       </x:c>
       <x:c r="D25" s="0">
-        <x:v>127.694</x:v>
+        <x:v>145.026</x:v>
       </x:c>
       <x:c r="E25" s="0">
-        <x:v>182.42</x:v>
+        <x:v>207.18</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="1">
-        <x:v>45929.9324074074</x:v>
+        <x:v>45961.8818981481</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C26" s="0">
-        <x:v>1106.53</x:v>
+        <x:v>1445.85</x:v>
       </x:c>
       <x:c r="D26" s="0">
-        <x:v>125.202</x:v>
+        <x:v>140.329</x:v>
       </x:c>
       <x:c r="E26" s="0">
-        <x:v>178.86</x:v>
+        <x:v>200.47</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="1">
-        <x:v>45926.9298611111</x:v>
+        <x:v>45960.8841435185</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C27" s="0">
-        <x:v>1084.46</x:v>
+        <x:v>1325.48</x:v>
       </x:c>
       <x:c r="D27" s="0">
-        <x:v>124.299</x:v>
+        <x:v>136.185</x:v>
       </x:c>
       <x:c r="E27" s="0">
-        <x:v>177.57</x:v>
+        <x:v>194.55</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="1">
-        <x:v>45925.9294444444</x:v>
+        <x:v>45959.8897916667</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C28" s="0">
-        <x:v>1113.91</x:v>
+        <x:v>1417.28</x:v>
       </x:c>
       <x:c r="D28" s="0">
-        <x:v>125.384</x:v>
+        <x:v>139.167</x:v>
       </x:c>
       <x:c r="E28" s="0">
-        <x:v>179.12</x:v>
+        <x:v>198.81</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="1">
-        <x:v>45924.9296527778</x:v>
+        <x:v>45958.8875115741</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C29" s="0">
-        <x:v>1122.7</x:v>
+        <x:v>1237.54</x:v>
       </x:c>
       <x:c r="D29" s="0">
-        <x:v>125.692</x:v>
+        <x:v>132.72</x:v>
       </x:c>
       <x:c r="E29" s="0">
-        <x:v>179.56</x:v>
+        <x:v>189.6</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="1">
-        <x:v>45923.9251967593</x:v>
+        <x:v>45957.8875578704</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C30" s="0">
-        <x:v>1181.32</x:v>
+        <x:v>1229.94</x:v>
       </x:c>
       <x:c r="D30" s="0">
-        <x:v>127.785</x:v>
+        <x:v>132.426</x:v>
       </x:c>
       <x:c r="E30" s="0">
-        <x:v>182.55</x:v>
+        <x:v>189.18</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="1">
-        <x:v>45922.926712963</x:v>
+        <x:v>45954.9259259259</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C31" s="0">
-        <x:v>1121.45</x:v>
+        <x:v>1146.83</x:v>
       </x:c>
       <x:c r="D31" s="0">
-        <x:v>125.531</x:v>
+        <x:v>129.241</x:v>
       </x:c>
       <x:c r="E31" s="0">
-        <x:v>179.33</x:v>
+        <x:v>184.63</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="1">
-        <x:v>45919.9342592593</x:v>
+        <x:v>45953.9278009259</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C32" s="0">
-        <x:v>1182.68</x:v>
+        <x:v>1073.31</x:v>
       </x:c>
       <x:c r="D32" s="0">
-        <x:v>127.673</x:v>
+        <x:v>126.336</x:v>
       </x:c>
       <x:c r="E32" s="0">
-        <x:v>182.39</x:v>
+        <x:v>180.48</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="1">
-        <x:v>45918.9265393519</x:v>
+        <x:v>45952.9303703704</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C33" s="0">
-        <x:v>1083.63</x:v>
+        <x:v>989.39</x:v>
       </x:c>
       <x:c r="D33" s="0">
-        <x:v>123.879</x:v>
+        <x:v>122.843</x:v>
       </x:c>
       <x:c r="E33" s="0">
-        <x:v>176.97</x:v>
+        <x:v>175.49</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="1">
-        <x:v>45917.9270486111</x:v>
+        <x:v>45951.9269444444</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C34" s="0">
-        <x:v>939.44</x:v>
+        <x:v>1099.3</x:v>
       </x:c>
       <x:c r="D34" s="0">
-        <x:v>117.831</x:v>
+        <x:v>127.057</x:v>
       </x:c>
       <x:c r="E34" s="0">
-        <x:v>168.33</x:v>
+        <x:v>181.51</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="1">
-        <x:v>45916.9258912037</x:v>
+        <x:v>45950.9289814815</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C35" s="0">
-        <x:v>973.01</x:v>
+        <x:v>1101.29</x:v>
       </x:c>
       <x:c r="D35" s="0">
-        <x:v>119.182</x:v>
+        <x:v>127.113</x:v>
       </x:c>
       <x:c r="E35" s="0">
-        <x:v>170.26</x:v>
+        <x:v>181.59</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="1">
-        <x:v>45915.9270949074</x:v>
+        <x:v>45947.9299768519</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C36" s="0">
-        <x:v>989.98</x:v>
+        <x:v>1042.41</x:v>
       </x:c>
       <x:c r="D36" s="0">
-        <x:v>119.847</x:v>
+        <x:v>124.705</x:v>
       </x:c>
       <x:c r="E36" s="0">
-        <x:v>171.21</x:v>
+        <x:v>178.15</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="1">
-        <x:v>45912.9234375</x:v>
+        <x:v>45946.9262037037</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C37" s="0">
-        <x:v>995.29</x:v>
+        <x:v>1042.39</x:v>
       </x:c>
       <x:c r="D37" s="0">
-        <x:v>120.001</x:v>
+        <x:v>124.684</x:v>
       </x:c>
       <x:c r="E37" s="0">
-        <x:v>171.43</x:v>
+        <x:v>178.12</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="1">
-        <x:v>45911.9251388889</x:v>
+        <x:v>45945.9257175926</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C38" s="0">
-        <x:v>881.92</x:v>
+        <x:v>1069.71</x:v>
       </x:c>
       <x:c r="D38" s="0">
-        <x:v>115.052</x:v>
+        <x:v>125.734</x:v>
       </x:c>
       <x:c r="E38" s="0">
-        <x:v>164.36</x:v>
+        <x:v>179.62</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="1">
-        <x:v>45910.9239930556</x:v>
+        <x:v>45944.9308101852</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C39" s="0">
-        <x:v>921.85</x:v>
+        <x:v>1072.38</x:v>
       </x:c>
       <x:c r="D39" s="0">
-        <x:v>116.718</x:v>
+        <x:v>125.818</x:v>
       </x:c>
       <x:c r="E39" s="0">
-        <x:v>166.74</x:v>
+        <x:v>179.74</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="1">
-        <x:v>45909.9244907407</x:v>
+        <x:v>45943.926724537</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C40" s="0">
-        <x:v>853.22</x:v>
+        <x:v>1028.81</x:v>
       </x:c>
       <x:c r="D40" s="0">
-        <x:v>113.652</x:v>
+        <x:v>124.047</x:v>
       </x:c>
       <x:c r="E40" s="0">
-        <x:v>162.36</x:v>
+        <x:v>177.21</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="1">
-        <x:v>45908.9240393518</x:v>
+        <x:v>45940.9235069444</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C41" s="0">
-        <x:v>761.93</x:v>
+        <x:v>999.99</x:v>
       </x:c>
       <x:c r="D41" s="0">
-        <x:v>109.27</x:v>
+        <x:v>122.808</x:v>
       </x:c>
       <x:c r="E41" s="0">
-        <x:v>156.1</x:v>
+        <x:v>175.44</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="1">
-        <x:v>45905.9285763889</x:v>
+        <x:v>45938.9270833333</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C42" s="0">
-        <x:v>720.78</x:v>
+        <x:v>1158.7</x:v>
       </x:c>
       <x:c r="D42" s="0">
-        <x:v>107.177</x:v>
+        <x:v>128.492</x:v>
       </x:c>
       <x:c r="E42" s="0">
-        <x:v>153.11</x:v>
+        <x:v>183.56</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="1">
-        <x:v>45904.9245138889</x:v>
+        <x:v>45937.9282291667</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C43" s="0">
-        <x:v>765.73</x:v>
+        <x:v>1133.31</x:v>
       </x:c>
       <x:c r="D43" s="0">
-        <x:v>109.298</x:v>
+        <x:v>127.519</x:v>
       </x:c>
       <x:c r="E43" s="0">
-        <x:v>156.14</x:v>
+        <x:v>182.17</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="1">
-        <x:v>45903.923587963</x:v>
+        <x:v>45936.9241319444</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C44" s="0">
-        <x:v>748.14</x:v>
+        <x:v>1085.92</x:v>
       </x:c>
       <x:c r="D44" s="0">
-        <x:v>108.43</x:v>
+        <x:v>125.671</x:v>
       </x:c>
       <x:c r="E44" s="0">
-        <x:v>154.9</x:v>
+        <x:v>179.53</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="1">
-        <x:v>45902.9238773148</x:v>
+        <x:v>45933.9288425926</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C45" s="0">
-        <x:v>781.19</x:v>
+        <x:v>977.84</x:v>
       </x:c>
       <x:c r="D45" s="0">
-        <x:v>109.963</x:v>
+        <x:v>121.149</x:v>
       </x:c>
       <x:c r="E45" s="0">
-        <x:v>157.09</x:v>
+        <x:v>173.07</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="1">
-        <x:v>45898.9303587963</x:v>
+        <x:v>45932.9250925926</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C46" s="0">
-        <x:v>777.07</x:v>
+        <x:v>1261.24</x:v>
       </x:c>
       <x:c r="D46" s="0">
-        <x:v>109.697</x:v>
+        <x:v>130.935</x:v>
       </x:c>
       <x:c r="E46" s="0">
-        <x:v>156.71</x:v>
+        <x:v>187.05</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="1">
-        <x:v>45897.9274189815</x:v>
+        <x:v>45931.9294097222</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C47" s="0">
-        <x:v>798.83</x:v>
+        <x:v>1220.27</x:v>
       </x:c>
       <x:c r="D47" s="0">
-        <x:v>110.684</x:v>
+        <x:v>129.465</x:v>
       </x:c>
       <x:c r="E47" s="0">
-        <x:v>158.12</x:v>
+        <x:v>184.95</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5">
       <x:c r="A48" s="1">
-        <x:v>45896.9248032407</x:v>
+        <x:v>45930.933900463</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C48" s="0">
-        <x:v>778.35</x:v>
+        <x:v>1172.07</x:v>
       </x:c>
       <x:c r="D48" s="0">
-        <x:v>109.704</x:v>
+        <x:v>127.694</x:v>
       </x:c>
       <x:c r="E48" s="0">
-        <x:v>156.72</x:v>
+        <x:v>182.42</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
       <x:c r="A49" s="1">
-        <x:v>45895.9239351852</x:v>
+        <x:v>45929.9324074074</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C49" s="0">
-        <x:v>844.1</x:v>
+        <x:v>1106.53</x:v>
       </x:c>
       <x:c r="D49" s="0">
-        <x:v>112.609</x:v>
+        <x:v>125.202</x:v>
       </x:c>
       <x:c r="E49" s="0">
-        <x:v>160.87</x:v>
+        <x:v>178.86</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5">
       <x:c r="A50" s="1">
-        <x:v>45894.9239583333</x:v>
+        <x:v>45926.9298611111</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C50" s="0">
-        <x:v>788.78</x:v>
+        <x:v>1084.46</x:v>
       </x:c>
       <x:c r="D50" s="0">
-        <x:v>110.019</x:v>
+        <x:v>124.299</x:v>
       </x:c>
       <x:c r="E50" s="0">
-        <x:v>157.17</x:v>
+        <x:v>177.57</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5">
       <x:c r="A51" s="1">
-        <x:v>45891.9252314815</x:v>
+        <x:v>45925.9294444444</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C51" s="0">
-        <x:v>814.14</x:v>
+        <x:v>1113.91</x:v>
       </x:c>
       <x:c r="D51" s="0">
-        <x:v>111.118</x:v>
+        <x:v>125.384</x:v>
       </x:c>
       <x:c r="E51" s="0">
-        <x:v>158.74</x:v>
+        <x:v>179.12</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5">
       <x:c r="A52" s="1">
-        <x:v>45890.9256481481</x:v>
+        <x:v>45924.9296527778</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C52" s="0">
-        <x:v>776.34</x:v>
+        <x:v>1122.7</x:v>
       </x:c>
       <x:c r="D52" s="0">
-        <x:v>109.326</x:v>
+        <x:v>125.692</x:v>
       </x:c>
       <x:c r="E52" s="0">
-        <x:v>156.18</x:v>
+        <x:v>179.56</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5">
       <x:c r="A53" s="1">
-        <x:v>45889.9243402778</x:v>
+        <x:v>45923.9251967593</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C53" s="0">
-        <x:v>774.19</x:v>
+        <x:v>1181.32</x:v>
       </x:c>
       <x:c r="D53" s="0">
-        <x:v>109.207</x:v>
+        <x:v>127.785</x:v>
       </x:c>
       <x:c r="E53" s="0">
-        <x:v>156.01</x:v>
+        <x:v>182.55</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5">
       <x:c r="A54" s="1">
-        <x:v>45888.9238425926</x:v>
+        <x:v>45922.926712963</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C54" s="0">
-        <x:v>801.09</x:v>
+        <x:v>1121.45</x:v>
       </x:c>
       <x:c r="D54" s="0">
-        <x:v>110.425</x:v>
+        <x:v>125.531</x:v>
       </x:c>
       <x:c r="E54" s="0">
-        <x:v>157.75</x:v>
+        <x:v>179.33</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5">
       <x:c r="A55" s="1">
-        <x:v>45887.9245601852</x:v>
+        <x:v>45919.9342592593</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C55" s="0">
-        <x:v>1114.38</x:v>
+        <x:v>1182.68</x:v>
       </x:c>
       <x:c r="D55" s="0">
-        <x:v>121.821</x:v>
+        <x:v>127.673</x:v>
       </x:c>
       <x:c r="E55" s="0">
-        <x:v>174.03</x:v>
+        <x:v>182.39</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5">
       <x:c r="A56" s="1">
-        <x:v>45884.9247106481</x:v>
+        <x:v>45918.9265393519</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C56" s="0">
-        <x:v>1178.8</x:v>
+        <x:v>1083.63</x:v>
       </x:c>
       <x:c r="D56" s="0">
-        <x:v>124.019</x:v>
+        <x:v>123.879</x:v>
       </x:c>
       <x:c r="E56" s="0">
-        <x:v>177.17</x:v>
+        <x:v>176.97</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:5">
       <x:c r="A57" s="1">
-        <x:v>45883.9240625</x:v>
+        <x:v>45917.9270486111</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C57" s="0">
-        <x:v>1259.8</x:v>
+        <x:v>939.44</x:v>
       </x:c>
       <x:c r="D57" s="0">
-        <x:v>126.714</x:v>
+        <x:v>117.831</x:v>
       </x:c>
       <x:c r="E57" s="0">
-        <x:v>181.02</x:v>
+        <x:v>168.33</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:5">
       <x:c r="A58" s="1">
-        <x:v>45882.9239467593</x:v>
+        <x:v>45916.9258912037</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C58" s="0">
-        <x:v>1333.12</x:v>
+        <x:v>973.01</x:v>
       </x:c>
       <x:c r="D58" s="0">
-        <x:v>129.059</x:v>
+        <x:v>119.182</x:v>
       </x:c>
       <x:c r="E58" s="0">
-        <x:v>184.37</x:v>
+        <x:v>170.26</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:5">
       <x:c r="A59" s="1">
-        <x:v>45881.9233449074</x:v>
+        <x:v>45915.9270949074</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C59" s="0">
-        <x:v>1391.87</x:v>
+        <x:v>989.98</x:v>
       </x:c>
       <x:c r="D59" s="0">
-        <x:v>130.879</x:v>
+        <x:v>119.847</x:v>
       </x:c>
       <x:c r="E59" s="0">
-        <x:v>186.97</x:v>
+        <x:v>171.21</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:5">
       <x:c r="A60" s="1">
-        <x:v>45880.923587963</x:v>
+        <x:v>45912.9234375</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C60" s="0">
-        <x:v>1300.86</x:v>
+        <x:v>995.29</x:v>
       </x:c>
       <x:c r="D60" s="0">
-        <x:v>127.876</x:v>
+        <x:v>120.001</x:v>
       </x:c>
       <x:c r="E60" s="0">
-        <x:v>182.68</x:v>
+        <x:v>171.43</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:5">
       <x:c r="A61" s="1">
-        <x:v>45877.9331597222</x:v>
+        <x:v>45911.9251388889</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C61" s="0">
-        <x:v>1399.01</x:v>
+        <x:v>881.92</x:v>
       </x:c>
       <x:c r="D61" s="0">
-        <x:v>130.872</x:v>
+        <x:v>115.052</x:v>
       </x:c>
       <x:c r="E61" s="0">
-        <x:v>186.96</x:v>
+        <x:v>164.36</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:5">
       <x:c r="A62" s="1">
-        <x:v>45876.9384490741</x:v>
+        <x:v>45910.9239930556</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C62" s="0">
-        <x:v>1297.92</x:v>
+        <x:v>921.85</x:v>
       </x:c>
       <x:c r="D62" s="0">
-        <x:v>127.54</x:v>
+        <x:v>116.718</x:v>
       </x:c>
       <x:c r="E62" s="0">
-        <x:v>182.2</x:v>
+        <x:v>166.74</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:5">
       <x:c r="A63" s="1">
-        <x:v>45875.9344560185</x:v>
+        <x:v>45909.9244907407</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C63" s="0">
-        <x:v>1243.27</x:v>
+        <x:v>853.22</x:v>
       </x:c>
       <x:c r="D63" s="0">
-        <x:v>125.678</x:v>
+        <x:v>113.652</x:v>
       </x:c>
       <x:c r="E63" s="0">
-        <x:v>179.54</x:v>
+        <x:v>162.36</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:5">
       <x:c r="A64" s="1">
-        <x:v>45874.9325694444</x:v>
+        <x:v>45908.9240393518</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C64" s="0">
-        <x:v>1122.02</x:v>
+        <x:v>761.93</x:v>
       </x:c>
       <x:c r="D64" s="0">
-        <x:v>121.289</x:v>
+        <x:v>109.27</x:v>
       </x:c>
       <x:c r="E64" s="0">
-        <x:v>173.27</x:v>
+        <x:v>156.1</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:5">
       <x:c r="A65" s="1">
-        <x:v>45873.9313425926</x:v>
+        <x:v>45905.9285763889</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C65" s="0">
-        <x:v>908.53</x:v>
+        <x:v>720.78</x:v>
       </x:c>
       <x:c r="D65" s="0">
-        <x:v>112.462</x:v>
+        <x:v>107.177</x:v>
       </x:c>
       <x:c r="E65" s="0">
-        <x:v>160.66</x:v>
+        <x:v>153.11</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:5">
       <x:c r="A66" s="1">
-        <x:v>45870.9273842593</x:v>
+        <x:v>45904.9245138889</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C66" s="0">
-        <x:v>809.17</x:v>
+        <x:v>765.73</x:v>
       </x:c>
       <x:c r="D66" s="0">
-        <x:v>107.989</x:v>
+        <x:v>109.298</x:v>
       </x:c>
       <x:c r="E66" s="0">
-        <x:v>154.27</x:v>
+        <x:v>156.14</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:5">
       <x:c r="A67" s="1">
-        <x:v>45869.9244212963</x:v>
+        <x:v>45903.923587963</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C67" s="0">
-        <x:v>877.43</x:v>
+        <x:v>748.14</x:v>
       </x:c>
       <x:c r="D67" s="0">
-        <x:v>110.845</x:v>
+        <x:v>108.43</x:v>
       </x:c>
       <x:c r="E67" s="0">
-        <x:v>158.35</x:v>
+        <x:v>154.9</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:5">
       <x:c r="A68" s="1">
-        <x:v>45868.9255092593</x:v>
+        <x:v>45902.9238773148</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C68" s="0">
-        <x:v>882.2</x:v>
+        <x:v>781.19</x:v>
       </x:c>
       <x:c r="D68" s="0">
-        <x:v>111.027</x:v>
+        <x:v>109.963</x:v>
       </x:c>
       <x:c r="E68" s="0">
-        <x:v>158.61</x:v>
+        <x:v>157.09</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:5">
       <x:c r="A69" s="1">
-        <x:v>45867.9289467593</x:v>
+        <x:v>45898.9303587963</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C69" s="0">
-        <x:v>844.2</x:v>
+        <x:v>777.07</x:v>
       </x:c>
       <x:c r="D69" s="0">
-        <x:v>109.368</x:v>
+        <x:v>109.697</x:v>
       </x:c>
       <x:c r="E69" s="0">
-        <x:v>156.24</x:v>
+        <x:v>156.71</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:5">
       <x:c r="A70" s="1">
-        <x:v>45866.9278125</x:v>
+        <x:v>45897.9274189815</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C70" s="0">
-        <x:v>871.8</x:v>
+        <x:v>798.83</x:v>
       </x:c>
       <x:c r="D70" s="0">
-        <x:v>110.516</x:v>
+        <x:v>110.684</x:v>
       </x:c>
       <x:c r="E70" s="0">
-        <x:v>157.88</x:v>
+        <x:v>158.12</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:5">
       <x:c r="A71" s="1">
-        <x:v>45863.926875</x:v>
+        <x:v>45896.9248032407</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C71" s="0">
-        <x:v>888.55</x:v>
+        <x:v>778.35</x:v>
       </x:c>
       <x:c r="D71" s="0">
-        <x:v>111.16</x:v>
+        <x:v>109.704</x:v>
       </x:c>
       <x:c r="E71" s="0">
-        <x:v>158.8</x:v>
+        <x:v>156.72</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:5">
       <x:c r="A72" s="1">
-        <x:v>45862.9245949074</x:v>
+        <x:v>45895.9239351852</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C72" s="0">
-        <x:v>825.92</x:v>
+        <x:v>844.1</x:v>
       </x:c>
       <x:c r="D72" s="0">
-        <x:v>108.402</x:v>
+        <x:v>112.609</x:v>
       </x:c>
       <x:c r="E72" s="0">
-        <x:v>154.86</x:v>
+        <x:v>160.87</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:5">
       <x:c r="A73" s="1">
-        <x:v>45861.926412037</x:v>
+        <x:v>45894.9239583333</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C73" s="0">
-        <x:v>822.65</x:v>
+        <x:v>788.78</x:v>
       </x:c>
       <x:c r="D73" s="0">
-        <x:v>108.241</x:v>
+        <x:v>110.019</x:v>
       </x:c>
       <x:c r="E73" s="0">
-        <x:v>154.63</x:v>
+        <x:v>157.17</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:5">
       <x:c r="A74" s="1">
-        <x:v>45860.9260763889</x:v>
+        <x:v>45891.9252314815</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C74" s="0">
-        <x:v>740.19</x:v>
+        <x:v>814.14</x:v>
       </x:c>
       <x:c r="D74" s="0">
-        <x:v>104.349</x:v>
+        <x:v>111.118</x:v>
       </x:c>
       <x:c r="E74" s="0">
-        <x:v>149.07</x:v>
+        <x:v>158.74</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:5">
       <x:c r="A75" s="1">
-        <x:v>45859.9273148148</x:v>
+        <x:v>45890.9256481481</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C75" s="0">
-        <x:v>782.64</x:v>
+        <x:v>776.34</x:v>
       </x:c>
       <x:c r="D75" s="0">
-        <x:v>106.253</x:v>
+        <x:v>109.326</x:v>
       </x:c>
       <x:c r="E75" s="0">
-        <x:v>151.79</x:v>
+        <x:v>156.18</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:5">
       <x:c r="A76" s="1">
-        <x:v>45856.949212963</x:v>
+        <x:v>45889.9243402778</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C76" s="0">
-        <x:v>811.26</x:v>
+        <x:v>774.19</x:v>
       </x:c>
       <x:c r="D76" s="0">
-        <x:v>107.464</x:v>
+        <x:v>109.207</x:v>
       </x:c>
       <x:c r="E76" s="0">
-        <x:v>153.52</x:v>
+        <x:v>156.01</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:5">
       <x:c r="A77" s="1">
-        <x:v>45855.9327314815</x:v>
+        <x:v>45888.9238425926</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C77" s="0">
-        <x:v>819.16</x:v>
+        <x:v>801.09</x:v>
       </x:c>
       <x:c r="D77" s="0">
-        <x:v>107.793</x:v>
+        <x:v>110.425</x:v>
       </x:c>
       <x:c r="E77" s="0">
-        <x:v>153.99</x:v>
+        <x:v>157.75</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:5">
       <x:c r="A78" s="1">
-        <x:v>45854.9359490741</x:v>
+        <x:v>45887.9245601852</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C78" s="0">
-        <x:v>772.26</x:v>
+        <x:v>1114.38</x:v>
       </x:c>
       <x:c r="D78" s="0">
-        <x:v>105.637</x:v>
+        <x:v>121.821</x:v>
       </x:c>
       <x:c r="E78" s="0">
-        <x:v>150.91</x:v>
+        <x:v>174.03</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:5">
       <x:c r="A79" s="1">
-        <x:v>45853.9275694444</x:v>
+        <x:v>45884.9247106481</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C79" s="0">
-        <x:v>737.9</x:v>
+        <x:v>1178.8</x:v>
       </x:c>
       <x:c r="D79" s="0">
-        <x:v>104.006</x:v>
+        <x:v>124.019</x:v>
       </x:c>
       <x:c r="E79" s="0">
-        <x:v>148.58</x:v>
+        <x:v>177.17</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:5">
       <x:c r="A80" s="1">
-        <x:v>45852.9328587963</x:v>
+        <x:v>45883.9240625</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C80" s="0">
-        <x:v>746.83</x:v>
+        <x:v>1259.8</x:v>
       </x:c>
       <x:c r="D80" s="0">
-        <x:v>104.405</x:v>
+        <x:v>126.714</x:v>
       </x:c>
       <x:c r="E80" s="0">
-        <x:v>149.15</x:v>
+        <x:v>181.02</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:5">
       <x:c r="A81" s="1">
-        <x:v>45849.9249768518</x:v>
+        <x:v>45882.9239467593</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C81" s="0">
-        <x:v>650.91</x:v>
+        <x:v>1333.12</x:v>
       </x:c>
       <x:c r="D81" s="0">
-        <x:v>99.47</x:v>
+        <x:v>129.059</x:v>
       </x:c>
       <x:c r="E81" s="0">
-        <x:v>142.1</x:v>
+        <x:v>184.37</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:5">
       <x:c r="A82" s="1">
-        <x:v>45848.9261342593</x:v>
+        <x:v>45881.9233449074</x:v>
       </x:c>
       <x:c r="B82" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C82" s="0">
-        <x:v>656.76</x:v>
+        <x:v>1391.87</x:v>
       </x:c>
       <x:c r="D82" s="0">
-        <x:v>99.75</x:v>
+        <x:v>130.879</x:v>
       </x:c>
       <x:c r="E82" s="0">
-        <x:v>142.5</x:v>
+        <x:v>186.97</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:5">
       <x:c r="A83" s="1">
-        <x:v>45847.925787037</x:v>
+        <x:v>45880.923587963</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C83" s="0">
-        <x:v>665.88</x:v>
+        <x:v>1300.86</x:v>
       </x:c>
       <x:c r="D83" s="0">
-        <x:v>100.191</x:v>
+        <x:v>127.876</x:v>
       </x:c>
       <x:c r="E83" s="0">
-        <x:v>143.13</x:v>
+        <x:v>182.68</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:5">
       <x:c r="A84" s="1">
-        <x:v>45846.9248611111</x:v>
+        <x:v>45877.9331597222</x:v>
       </x:c>
       <x:c r="B84" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C84" s="0">
-        <x:v>620.61</x:v>
+        <x:v>1399.01</x:v>
       </x:c>
       <x:c r="D84" s="0">
-        <x:v>97.797</x:v>
+        <x:v>130.872</x:v>
       </x:c>
       <x:c r="E84" s="0">
-        <x:v>139.71</x:v>
+        <x:v>186.96</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:5">
       <x:c r="A85" s="1">
-        <x:v>45845.9274884259</x:v>
+        <x:v>45876.9384490741</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C85" s="0">
-        <x:v>613.11</x:v>
+        <x:v>1297.92</x:v>
       </x:c>
       <x:c r="D85" s="0">
-        <x:v>97.384</x:v>
+        <x:v>127.54</x:v>
       </x:c>
       <x:c r="E85" s="0">
-        <x:v>139.12</x:v>
+        <x:v>182.2</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:5">
       <x:c r="A86" s="1">
-        <x:v>45841.8023263889</x:v>
+        <x:v>45875.9344560185</x:v>
       </x:c>
       <x:c r="B86" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C86" s="0">
-        <x:v>555.19</x:v>
+        <x:v>1243.27</x:v>
       </x:c>
       <x:c r="D86" s="0">
-        <x:v>94.052</x:v>
+        <x:v>125.678</x:v>
       </x:c>
       <x:c r="E86" s="0">
-        <x:v>134.36</x:v>
+        <x:v>179.54</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:5">
       <x:c r="A87" s="1">
-        <x:v>45840.9303703704</x:v>
+        <x:v>45874.9325694444</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C87" s="0">
-        <x:v>528.57</x:v>
+        <x:v>1122.02</x:v>
       </x:c>
       <x:c r="D87" s="0">
-        <x:v>92.484</x:v>
+        <x:v>121.289</x:v>
       </x:c>
       <x:c r="E87" s="0">
-        <x:v>132.12</x:v>
+        <x:v>173.27</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:5">
       <x:c r="A88" s="1">
-        <x:v>45839.9249421296</x:v>
+        <x:v>45873.9313425926</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C88" s="0">
-        <x:v>511.9</x:v>
+        <x:v>908.53</x:v>
       </x:c>
       <x:c r="D88" s="0">
-        <x:v>91.476</x:v>
+        <x:v>112.462</x:v>
       </x:c>
       <x:c r="E88" s="0">
-        <x:v>130.68</x:v>
+        <x:v>160.66</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:5">
       <x:c r="A89" s="1">
-        <x:v>45838.9258217593</x:v>
+        <x:v>45870.9273842593</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C89" s="0">
-        <x:v>584.77</x:v>
+        <x:v>809.17</x:v>
       </x:c>
       <x:c r="D89" s="0">
-        <x:v>95.424</x:v>
+        <x:v>107.989</x:v>
       </x:c>
       <x:c r="E89" s="0">
-        <x:v>136.32</x:v>
+        <x:v>154.27</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:5">
       <x:c r="A90" s="1">
-        <x:v>45835.9282291667</x:v>
+        <x:v>45869.9244212963</x:v>
       </x:c>
       <x:c r="B90" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C90" s="0">
-        <x:v>519.08</x:v>
+        <x:v>877.43</x:v>
       </x:c>
       <x:c r="D90" s="0">
-        <x:v>91.518</x:v>
+        <x:v>110.845</x:v>
       </x:c>
       <x:c r="E90" s="0">
-        <x:v>130.74</x:v>
+        <x:v>158.35</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:5">
       <x:c r="A91" s="1">
-        <x:v>45834.9274189815</x:v>
+        <x:v>45868.9255092593</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C91" s="0">
-        <x:v>722.41</x:v>
+        <x:v>882.2</x:v>
       </x:c>
       <x:c r="D91" s="0">
-        <x:v>100.975</x:v>
+        <x:v>111.027</x:v>
       </x:c>
       <x:c r="E91" s="0">
-        <x:v>144.25</x:v>
+        <x:v>158.61</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:5">
       <x:c r="A92" s="1">
-        <x:v>45833.9268171296</x:v>
+        <x:v>45867.9289467593</x:v>
       </x:c>
       <x:c r="B92" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C92" s="0">
-        <x:v>702.84</x:v>
+        <x:v>844.2</x:v>
       </x:c>
       <x:c r="D92" s="0">
-        <x:v>100.03</x:v>
+        <x:v>109.368</x:v>
       </x:c>
       <x:c r="E92" s="0">
-        <x:v>142.9</x:v>
+        <x:v>156.24</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:5">
       <x:c r="A93" s="1">
-        <x:v>45832.9265393519</x:v>
+        <x:v>45866.9278125</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C93" s="0">
-        <x:v>708.08</x:v>
+        <x:v>871.8</x:v>
       </x:c>
       <x:c r="D93" s="0">
-        <x:v>100.261</x:v>
+        <x:v>110.516</x:v>
       </x:c>
       <x:c r="E93" s="0">
-        <x:v>143.23</x:v>
+        <x:v>157.88</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:5">
       <x:c r="A94" s="1">
-        <x:v>45831.9246412037</x:v>
+        <x:v>45863.926875</x:v>
       </x:c>
       <x:c r="B94" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C94" s="0">
-        <x:v>661.46</x:v>
+        <x:v>888.55</x:v>
       </x:c>
       <x:c r="D94" s="0">
-        <x:v>97.944</x:v>
+        <x:v>111.16</x:v>
       </x:c>
       <x:c r="E94" s="0">
-        <x:v>139.92</x:v>
+        <x:v>158.8</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:5">
       <x:c r="A95" s="1">
-        <x:v>45828.9428587963</x:v>
+        <x:v>45862.9245949074</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C95" s="0">
-        <x:v>626.51</x:v>
+        <x:v>825.92</x:v>
       </x:c>
       <x:c r="D95" s="0">
-        <x:v>96.11</x:v>
+        <x:v>108.402</x:v>
       </x:c>
       <x:c r="E95" s="0">
-        <x:v>137.3</x:v>
+        <x:v>154.86</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:5">
       <x:c r="A96" s="1">
-        <x:v>45826.9303703704</x:v>
+        <x:v>45861.926412037</x:v>
       </x:c>
       <x:c r="B96" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C96" s="0">
-        <x:v>665.08</x:v>
+        <x:v>822.65</x:v>
       </x:c>
       <x:c r="D96" s="0">
-        <x:v>97.972</x:v>
+        <x:v>108.241</x:v>
       </x:c>
       <x:c r="E96" s="0">
-        <x:v>139.96</x:v>
+        <x:v>154.63</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:5">
       <x:c r="A97" s="1">
-        <x:v>45825.9253587963</x:v>
+        <x:v>45860.9260763889</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C97" s="0">
-        <x:v>640.91</x:v>
+        <x:v>740.19</x:v>
       </x:c>
       <x:c r="D97" s="0">
-        <x:v>96.74</x:v>
+        <x:v>104.349</x:v>
       </x:c>
       <x:c r="E97" s="0">
-        <x:v>138.2</x:v>
+        <x:v>149.07</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:5">
       <x:c r="A98" s="1">
-        <x:v>45824.9235185185</x:v>
+        <x:v>45859.9273148148</x:v>
       </x:c>
       <x:c r="B98" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C98" s="0">
-        <x:v>688.11</x:v>
+        <x:v>782.64</x:v>
       </x:c>
       <x:c r="D98" s="0">
-        <x:v>98.987</x:v>
+        <x:v>106.253</x:v>
       </x:c>
       <x:c r="E98" s="0">
-        <x:v>141.41</x:v>
+        <x:v>151.79</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:5">
       <x:c r="A99" s="1">
-        <x:v>45821.9252777778</x:v>
+        <x:v>45856.949212963</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C99" s="0">
-        <x:v>633.56</x:v>
+        <x:v>811.26</x:v>
       </x:c>
       <x:c r="D99" s="0">
-        <x:v>96.18</x:v>
+        <x:v>107.464</x:v>
       </x:c>
       <x:c r="E99" s="0">
-        <x:v>137.4</x:v>
+        <x:v>153.52</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:5">
       <x:c r="A100" s="1">
-        <x:v>45820.9288541667</x:v>
+        <x:v>45855.9327314815</x:v>
       </x:c>
       <x:c r="B100" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C100" s="0">
-        <x:v>604.23</x:v>
+        <x:v>819.16</x:v>
       </x:c>
       <x:c r="D100" s="0">
-        <x:v>94.633</x:v>
+        <x:v>107.793</x:v>
       </x:c>
       <x:c r="E100" s="0">
-        <x:v>135.19</x:v>
+        <x:v>153.99</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:5">
       <x:c r="A101" s="1">
-        <x:v>45819.9235300926</x:v>
+        <x:v>45854.9359490741</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C101" s="0">
-        <x:v>620.92</x:v>
+        <x:v>772.26</x:v>
       </x:c>
       <x:c r="D101" s="0">
-        <x:v>95.473</x:v>
+        <x:v>105.637</x:v>
       </x:c>
       <x:c r="E101" s="0">
-        <x:v>136.39</x:v>
+        <x:v>150.91</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:5">
       <x:c r="A102" s="1">
-        <x:v>45818.9235069444</x:v>
+        <x:v>45853.9275694444</x:v>
       </x:c>
       <x:c r="B102" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C102" s="0">
-        <x:v>574.72</x:v>
+        <x:v>737.9</x:v>
       </x:c>
       <x:c r="D102" s="0">
-        <x:v>92.967</x:v>
+        <x:v>104.006</x:v>
       </x:c>
       <x:c r="E102" s="0">
-        <x:v>132.81</x:v>
+        <x:v>148.58</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:5">
       <x:c r="A103" s="1">
-        <x:v>45817.9248842593</x:v>
+        <x:v>45852.9328587963</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C103" s="0">
-        <x:v>565.36</x:v>
+        <x:v>746.83</x:v>
       </x:c>
       <x:c r="D103" s="0">
-        <x:v>92.442</x:v>
+        <x:v>104.405</x:v>
       </x:c>
       <x:c r="E103" s="0">
-        <x:v>132.06</x:v>
+        <x:v>149.15</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:5">
       <x:c r="A104" s="1">
-        <x:v>45814.9279050926</x:v>
+        <x:v>45849.9249768518</x:v>
       </x:c>
       <x:c r="B104" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C104" s="0">
-        <x:v>513.75</x:v>
+        <x:v>650.91</x:v>
       </x:c>
       <x:c r="D104" s="0">
-        <x:v>89.404</x:v>
+        <x:v>99.47</x:v>
       </x:c>
       <x:c r="E104" s="0">
-        <x:v>127.72</x:v>
+        <x:v>142.1</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:5">
       <x:c r="A105" s="1">
-        <x:v>45813.9312152778</x:v>
+        <x:v>45848.9261342593</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C105" s="0">
-        <x:v>429.95</x:v>
+        <x:v>656.76</x:v>
       </x:c>
       <x:c r="D105" s="0">
-        <x:v>83.937</x:v>
+        <x:v>99.75</x:v>
       </x:c>
       <x:c r="E105" s="0">
-        <x:v>119.91</x:v>
+        <x:v>142.5</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:5">
       <x:c r="A106" s="1">
-        <x:v>45812.928900463</x:v>
+        <x:v>45847.925787037</x:v>
       </x:c>
       <x:c r="B106" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C106" s="0">
-        <x:v>560.95</x:v>
+        <x:v>665.88</x:v>
       </x:c>
       <x:c r="D106" s="0">
-        <x:v>91.007</x:v>
+        <x:v>100.191</x:v>
       </x:c>
       <x:c r="E106" s="0">
-        <x:v>130.01</x:v>
+        <x:v>143.13</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:5">
       <x:c r="A107" s="1">
-        <x:v>45811.9361342593</x:v>
+        <x:v>45846.9248611111</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C107" s="0">
-        <x:v>604.27</x:v>
+        <x:v>620.61</x:v>
       </x:c>
       <x:c r="D107" s="0">
-        <x:v>93.219</x:v>
+        <x:v>97.797</x:v>
       </x:c>
       <x:c r="E107" s="0">
-        <x:v>133.17</x:v>
+        <x:v>139.71</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:5">
       <x:c r="A108" s="1">
-        <x:v>45810.9415046296</x:v>
+        <x:v>45845.9274884259</x:v>
       </x:c>
       <x:c r="B108" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C108" s="0">
-        <x:v>589.42</x:v>
+        <x:v>613.11</x:v>
       </x:c>
       <x:c r="D108" s="0">
-        <x:v>92.428</x:v>
+        <x:v>97.384</x:v>
       </x:c>
       <x:c r="E108" s="0">
-        <x:v>132.04</x:v>
+        <x:v>139.12</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:5">
       <x:c r="A109" s="1">
-        <x:v>45800.9242592593</x:v>
+        <x:v>45841.8023263889</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C109" s="0">
-        <x:v>489.81</x:v>
+        <x:v>555.19</x:v>
       </x:c>
       <x:c r="D109" s="0">
-        <x:v>86.317</x:v>
+        <x:v>94.052</x:v>
       </x:c>
       <x:c r="E109" s="0">
-        <x:v>123.31</x:v>
+        <x:v>134.36</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:5">
       <x:c r="A110" s="1">
-        <x:v>45799.9263194444</x:v>
+        <x:v>45840.9303703704</x:v>
       </x:c>
       <x:c r="B110" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C110" s="0">
-        <x:v>478.08</x:v>
+        <x:v>528.57</x:v>
       </x:c>
       <x:c r="D110" s="0">
-        <x:v>85.603</x:v>
+        <x:v>92.484</x:v>
       </x:c>
       <x:c r="E110" s="0">
-        <x:v>122.29</x:v>
+        <x:v>132.12</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:5">
       <x:c r="A111" s="1">
-        <x:v>45798.9249652778</x:v>
+        <x:v>45839.9249421296</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C111" s="0">
-        <x:v>458.79</x:v>
+        <x:v>511.9</x:v>
       </x:c>
       <x:c r="D111" s="0">
-        <x:v>84.406</x:v>
+        <x:v>91.476</x:v>
       </x:c>
       <x:c r="E111" s="0">
-        <x:v>120.58</x:v>
+        <x:v>130.68</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:5">
       <x:c r="A112" s="1">
-        <x:v>45797.9233564815</x:v>
+        <x:v>45838.9258217593</x:v>
       </x:c>
       <x:c r="B112" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C112" s="0">
-        <x:v>521.45</x:v>
+        <x:v>584.77</x:v>
       </x:c>
       <x:c r="D112" s="0">
-        <x:v>87.913</x:v>
+        <x:v>95.424</x:v>
       </x:c>
       <x:c r="E112" s="0">
-        <x:v>125.59</x:v>
+        <x:v>136.32</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:5">
       <x:c r="A113" s="1">
-        <x:v>45796.9244791667</x:v>
+        <x:v>45835.9282291667</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C113" s="0">
-        <x:v>531.04</x:v>
+        <x:v>519.08</x:v>
       </x:c>
       <x:c r="D113" s="0">
-        <x:v>88.431</x:v>
+        <x:v>91.518</x:v>
       </x:c>
       <x:c r="E113" s="0">
-        <x:v>126.33</x:v>
+        <x:v>130.74</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:5">
       <x:c r="A114" s="1">
-        <x:v>45793.9259606482</x:v>
+        <x:v>45834.9274189815</x:v>
       </x:c>
       <x:c r="B114" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C114" s="0">
-        <x:v>574.32</x:v>
+        <x:v>722.41</x:v>
       </x:c>
       <x:c r="D114" s="0">
-        <x:v>90.664</x:v>
+        <x:v>100.975</x:v>
       </x:c>
       <x:c r="E114" s="0">
-        <x:v>129.52</x:v>
+        <x:v>144.25</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:5">
       <x:c r="A115" s="1">
-        <x:v>45792.9359490741</x:v>
+        <x:v>45833.9268171296</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C115" s="0">
-        <x:v>556.35</x:v>
+        <x:v>702.84</x:v>
       </x:c>
       <x:c r="D115" s="0">
-        <x:v>89.684</x:v>
+        <x:v>100.03</x:v>
       </x:c>
       <x:c r="E115" s="0">
-        <x:v>128.12</x:v>
+        <x:v>142.9</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:5">
       <x:c r="A116" s="1">
-        <x:v>45791.9275578704</x:v>
+        <x:v>45832.9265393519</x:v>
       </x:c>
       <x:c r="B116" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C116" s="0">
-        <x:v>584.38</x:v>
+        <x:v>708.08</x:v>
       </x:c>
       <x:c r="D116" s="0">
-        <x:v>91.126</x:v>
+        <x:v>100.261</x:v>
       </x:c>
       <x:c r="E116" s="0">
-        <x:v>130.18</x:v>
+        <x:v>143.23</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:5">
       <x:c r="A117" s="1">
-        <x:v>45790.9286458333</x:v>
+        <x:v>45831.9246412037</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C117" s="0">
-        <x:v>557.49</x:v>
+        <x:v>661.46</x:v>
       </x:c>
       <x:c r="D117" s="0">
-        <x:v>89.67</x:v>
+        <x:v>97.944</x:v>
       </x:c>
       <x:c r="E117" s="0">
-        <x:v>128.1</x:v>
+        <x:v>139.92</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:5">
       <x:c r="A118" s="1">
-        <x:v>45789.9278009259</x:v>
+        <x:v>45828.9428587963</x:v>
       </x:c>
       <x:c r="B118" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C118" s="0">
-        <x:v>448.27</x:v>
+        <x:v>626.51</x:v>
       </x:c>
       <x:c r="D118" s="0">
-        <x:v>82.922</x:v>
+        <x:v>96.11</x:v>
       </x:c>
       <x:c r="E118" s="0">
-        <x:v>118.46</x:v>
+        <x:v>137.3</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:5">
       <x:c r="A119" s="1">
-        <x:v>45786.9254050926</x:v>
+        <x:v>45826.9303703704</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C119" s="0">
-        <x:v>435.98</x:v>
+        <x:v>665.08</x:v>
       </x:c>
       <x:c r="D119" s="0">
-        <x:v>82.11</x:v>
+        <x:v>97.972</x:v>
       </x:c>
       <x:c r="E119" s="0">
-        <x:v>117.3</x:v>
+        <x:v>139.96</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:5">
       <x:c r="A120" s="1">
-        <x:v>45785.9240393518</x:v>
+        <x:v>45825.9253587963</x:v>
       </x:c>
       <x:c r="B120" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C120" s="0">
-        <x:v>457.51</x:v>
+        <x:v>640.91</x:v>
       </x:c>
       <x:c r="D120" s="0">
-        <x:v>83.405</x:v>
+        <x:v>96.74</x:v>
       </x:c>
       <x:c r="E120" s="0">
-        <x:v>119.15</x:v>
+        <x:v>138.2</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:5">
       <x:c r="A121" s="1">
-        <x:v>45784.9234837963</x:v>
+        <x:v>45824.9235185185</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C121" s="0">
-        <x:v>370.47</x:v>
+        <x:v>688.11</x:v>
       </x:c>
       <x:c r="D121" s="0">
-        <x:v>77.336</x:v>
+        <x:v>98.987</x:v>
       </x:c>
       <x:c r="E121" s="0">
-        <x:v>110.48</x:v>
+        <x:v>141.41</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:5">
       <x:c r="A122" s="1">
+        <x:v>45821.9252777778</x:v>
+      </x:c>
+      <x:c r="B122" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C122" s="0">
+        <x:v>633.56</x:v>
+      </x:c>
+      <x:c r="D122" s="0">
+        <x:v>96.18</x:v>
+      </x:c>
+      <x:c r="E122" s="0">
+        <x:v>137.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="123" spans="1:5">
+      <x:c r="A123" s="1">
+        <x:v>45820.9288541667</x:v>
+      </x:c>
+      <x:c r="B123" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C123" s="0">
+        <x:v>604.23</x:v>
+      </x:c>
+      <x:c r="D123" s="0">
+        <x:v>94.633</x:v>
+      </x:c>
+      <x:c r="E123" s="0">
+        <x:v>135.19</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="124" spans="1:5">
+      <x:c r="A124" s="1">
+        <x:v>45819.9235300926</x:v>
+      </x:c>
+      <x:c r="B124" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C124" s="0">
+        <x:v>620.92</x:v>
+      </x:c>
+      <x:c r="D124" s="0">
+        <x:v>95.473</x:v>
+      </x:c>
+      <x:c r="E124" s="0">
+        <x:v>136.39</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="125" spans="1:5">
+      <x:c r="A125" s="1">
+        <x:v>45818.9235069444</x:v>
+      </x:c>
+      <x:c r="B125" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C125" s="0">
+        <x:v>574.72</x:v>
+      </x:c>
+      <x:c r="D125" s="0">
+        <x:v>92.967</x:v>
+      </x:c>
+      <x:c r="E125" s="0">
+        <x:v>132.81</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="126" spans="1:5">
+      <x:c r="A126" s="1">
+        <x:v>45817.9248842593</x:v>
+      </x:c>
+      <x:c r="B126" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C126" s="0">
+        <x:v>565.36</x:v>
+      </x:c>
+      <x:c r="D126" s="0">
+        <x:v>92.442</x:v>
+      </x:c>
+      <x:c r="E126" s="0">
+        <x:v>132.06</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="127" spans="1:5">
+      <x:c r="A127" s="1">
+        <x:v>45814.9279050926</x:v>
+      </x:c>
+      <x:c r="B127" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C127" s="0">
+        <x:v>513.75</x:v>
+      </x:c>
+      <x:c r="D127" s="0">
+        <x:v>89.404</x:v>
+      </x:c>
+      <x:c r="E127" s="0">
+        <x:v>127.72</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="128" spans="1:5">
+      <x:c r="A128" s="1">
+        <x:v>45813.9312152778</x:v>
+      </x:c>
+      <x:c r="B128" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C128" s="0">
+        <x:v>429.95</x:v>
+      </x:c>
+      <x:c r="D128" s="0">
+        <x:v>83.937</x:v>
+      </x:c>
+      <x:c r="E128" s="0">
+        <x:v>119.91</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="129" spans="1:5">
+      <x:c r="A129" s="1">
+        <x:v>45812.928900463</x:v>
+      </x:c>
+      <x:c r="B129" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C129" s="0">
+        <x:v>560.95</x:v>
+      </x:c>
+      <x:c r="D129" s="0">
+        <x:v>91.007</x:v>
+      </x:c>
+      <x:c r="E129" s="0">
+        <x:v>130.01</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="130" spans="1:5">
+      <x:c r="A130" s="1">
+        <x:v>45811.9361342593</x:v>
+      </x:c>
+      <x:c r="B130" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C130" s="0">
+        <x:v>604.27</x:v>
+      </x:c>
+      <x:c r="D130" s="0">
+        <x:v>93.219</x:v>
+      </x:c>
+      <x:c r="E130" s="0">
+        <x:v>133.17</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="131" spans="1:5">
+      <x:c r="A131" s="1">
+        <x:v>45810.9415046296</x:v>
+      </x:c>
+      <x:c r="B131" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C131" s="0">
+        <x:v>589.42</x:v>
+      </x:c>
+      <x:c r="D131" s="0">
+        <x:v>92.428</x:v>
+      </x:c>
+      <x:c r="E131" s="0">
+        <x:v>132.04</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="132" spans="1:5">
+      <x:c r="A132" s="1">
+        <x:v>45800.9242592593</x:v>
+      </x:c>
+      <x:c r="B132" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C132" s="0">
+        <x:v>489.81</x:v>
+      </x:c>
+      <x:c r="D132" s="0">
+        <x:v>86.317</x:v>
+      </x:c>
+      <x:c r="E132" s="0">
+        <x:v>123.31</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="133" spans="1:5">
+      <x:c r="A133" s="1">
+        <x:v>45799.9263194444</x:v>
+      </x:c>
+      <x:c r="B133" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C133" s="0">
+        <x:v>478.08</x:v>
+      </x:c>
+      <x:c r="D133" s="0">
+        <x:v>85.603</x:v>
+      </x:c>
+      <x:c r="E133" s="0">
+        <x:v>122.29</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="134" spans="1:5">
+      <x:c r="A134" s="1">
+        <x:v>45798.9249652778</x:v>
+      </x:c>
+      <x:c r="B134" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C134" s="0">
+        <x:v>458.79</x:v>
+      </x:c>
+      <x:c r="D134" s="0">
+        <x:v>84.406</x:v>
+      </x:c>
+      <x:c r="E134" s="0">
+        <x:v>120.58</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="135" spans="1:5">
+      <x:c r="A135" s="1">
+        <x:v>45797.9233564815</x:v>
+      </x:c>
+      <x:c r="B135" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C135" s="0">
+        <x:v>521.45</x:v>
+      </x:c>
+      <x:c r="D135" s="0">
+        <x:v>87.913</x:v>
+      </x:c>
+      <x:c r="E135" s="0">
+        <x:v>125.59</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="136" spans="1:5">
+      <x:c r="A136" s="1">
+        <x:v>45796.9244791667</x:v>
+      </x:c>
+      <x:c r="B136" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C136" s="0">
+        <x:v>531.04</x:v>
+      </x:c>
+      <x:c r="D136" s="0">
+        <x:v>88.431</x:v>
+      </x:c>
+      <x:c r="E136" s="0">
+        <x:v>126.33</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="137" spans="1:5">
+      <x:c r="A137" s="1">
+        <x:v>45793.9259606482</x:v>
+      </x:c>
+      <x:c r="B137" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C137" s="0">
+        <x:v>574.32</x:v>
+      </x:c>
+      <x:c r="D137" s="0">
+        <x:v>90.664</x:v>
+      </x:c>
+      <x:c r="E137" s="0">
+        <x:v>129.52</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="138" spans="1:5">
+      <x:c r="A138" s="1">
+        <x:v>45792.9359490741</x:v>
+      </x:c>
+      <x:c r="B138" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C138" s="0">
+        <x:v>556.35</x:v>
+      </x:c>
+      <x:c r="D138" s="0">
+        <x:v>89.684</x:v>
+      </x:c>
+      <x:c r="E138" s="0">
+        <x:v>128.12</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="139" spans="1:5">
+      <x:c r="A139" s="1">
+        <x:v>45791.9275578704</x:v>
+      </x:c>
+      <x:c r="B139" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C139" s="0">
+        <x:v>584.38</x:v>
+      </x:c>
+      <x:c r="D139" s="0">
+        <x:v>91.126</x:v>
+      </x:c>
+      <x:c r="E139" s="0">
+        <x:v>130.18</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="140" spans="1:5">
+      <x:c r="A140" s="1">
+        <x:v>45790.9286458333</x:v>
+      </x:c>
+      <x:c r="B140" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C140" s="0">
+        <x:v>557.49</x:v>
+      </x:c>
+      <x:c r="D140" s="0">
+        <x:v>89.67</x:v>
+      </x:c>
+      <x:c r="E140" s="0">
+        <x:v>128.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="141" spans="1:5">
+      <x:c r="A141" s="1">
+        <x:v>45789.9278009259</x:v>
+      </x:c>
+      <x:c r="B141" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C141" s="0">
+        <x:v>448.27</x:v>
+      </x:c>
+      <x:c r="D141" s="0">
+        <x:v>82.922</x:v>
+      </x:c>
+      <x:c r="E141" s="0">
+        <x:v>118.46</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="142" spans="1:5">
+      <x:c r="A142" s="1">
+        <x:v>45786.9254050926</x:v>
+      </x:c>
+      <x:c r="B142" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C142" s="0">
+        <x:v>435.98</x:v>
+      </x:c>
+      <x:c r="D142" s="0">
+        <x:v>82.11</x:v>
+      </x:c>
+      <x:c r="E142" s="0">
+        <x:v>117.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="143" spans="1:5">
+      <x:c r="A143" s="1">
+        <x:v>45785.9240393518</x:v>
+      </x:c>
+      <x:c r="B143" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C143" s="0">
+        <x:v>457.51</x:v>
+      </x:c>
+      <x:c r="D143" s="0">
+        <x:v>83.405</x:v>
+      </x:c>
+      <x:c r="E143" s="0">
+        <x:v>119.15</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="144" spans="1:5">
+      <x:c r="A144" s="1">
+        <x:v>45784.9234837963</x:v>
+      </x:c>
+      <x:c r="B144" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C144" s="0">
+        <x:v>370.47</x:v>
+      </x:c>
+      <x:c r="D144" s="0">
+        <x:v>77.336</x:v>
+      </x:c>
+      <x:c r="E144" s="0">
+        <x:v>110.48</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="145" spans="1:5">
+      <x:c r="A145" s="1">
         <x:v>45783.9247685185</x:v>
       </x:c>
-      <x:c r="B122" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C122" s="0">
+      <x:c r="B145" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C145" s="0">
         <x:v>354.81</x:v>
       </x:c>
-      <x:c r="D122" s="0">
+      <x:c r="D145" s="0">
         <x:v>76.202</x:v>
       </x:c>
-      <x:c r="E122" s="0">
+      <x:c r="E145" s="0">
         <x:v>108.86</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>