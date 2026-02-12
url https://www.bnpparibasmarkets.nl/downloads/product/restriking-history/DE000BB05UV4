--- v2 (2025-12-06)
+++ v3 (2026-02-12)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc67d95adf581446b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9dfe1b47974d45648ab565f364310f29.psmdcp" Id="R1b9a1271bab742bd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R17f91f8f11f94ef0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/fe30642b88ff4792b76796c550a9bb8b.psmdcp" Id="R30aaa3e7395643f8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>DE000BB05UV4</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -390,2511 +390,3174 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E145"/>
+  <x:dimension ref="A1:E184"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>45996.9307407407</x:v>
+        <x:v>46064.9255671296</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
-        <x:v>946.74</x:v>
+        <x:v>313.67</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>127.232</x:v>
+        <x:v>94.976</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>181.76</x:v>
+        <x:v>135.68</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>45995.9303009259</x:v>
+        <x:v>46063.925474537</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
-        <x:v>889.56</x:v>
+        <x:v>341.99</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>124.544</x:v>
+        <x:v>97.657</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>177.92</x:v>
+        <x:v>139.51</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>45994.9276967593</x:v>
+        <x:v>46062.9247222222</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
-        <x:v>862.91</x:v>
+        <x:v>368.45</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>123.256</x:v>
+        <x:v>100.037</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>176.08</x:v>
+        <x:v>142.91</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>45993.9303240741</x:v>
+        <x:v>46058.925474537</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
-        <x:v>788.58</x:v>
+        <x:v>281.34</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>119.483</x:v>
+        <x:v>91.007</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>170.69</x:v>
+        <x:v>130.01</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>45992.9296990741</x:v>
+        <x:v>46057.9258680556</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
-        <x:v>746.17</x:v>
+        <x:v>354.04</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>117.243</x:v>
+        <x:v>97.678</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>167.49</x:v>
+        <x:v>139.54</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>45989.8197106481</x:v>
+        <x:v>46056.9428819444</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
-        <x:v>760.26</x:v>
+        <x:v>543.79</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>117.915</x:v>
+        <x:v>110.516</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>168.45</x:v>
+        <x:v>157.88</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>45987.9265509259</x:v>
+        <x:v>46055.9254513889</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
-        <x:v>725.75</x:v>
+        <x:v>451.28</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>116.039</x:v>
+        <x:v>103.432</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>165.77</x:v>
+        <x:v>147.76</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>45986.9250347222</x:v>
+        <x:v>46051.9255324074</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
-        <x:v>697.67</x:v>
+        <x:v>492.84</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>114.485</x:v>
+        <x:v>106.302</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>163.55</x:v>
+        <x:v>151.86</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>45982.9249074074</x:v>
+        <x:v>46050.9251157407</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
-        <x:v>596.87</x:v>
+        <x:v>550.74</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>108.395</x:v>
+        <x:v>110.145</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>154.85</x:v>
+        <x:v>157.35</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>45981.9259027778</x:v>
+        <x:v>46049.9249768518</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C12" s="0">
-        <x:v>607.63</x:v>
+        <x:v>649.17</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>109.022</x:v>
+        <x:v>115.99</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>155.745</x:v>
+        <x:v>165.7</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>45980.926412037</x:v>
+        <x:v>46048.9248032407</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0">
-        <x:v>737.36</x:v>
+        <x:v>670.75</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>115.794</x:v>
+        <x:v>117.229</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>165.42</x:v>
+        <x:v>167.47</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>45979.9258680556</x:v>
+        <x:v>46045.9251273148</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C14" s="0">
-        <x:v>763.87</x:v>
+        <x:v>697.99</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>117.131</x:v>
+        <x:v>118.72</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>167.33</x:v>
+        <x:v>169.6</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>45978.9281365741</x:v>
+        <x:v>46044.9245601852</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
-        <x:v>820.61</x:v>
+        <x:v>654.5</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>119.875</x:v>
+        <x:v>116.13</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>171.25</x:v>
+        <x:v>165.9</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>45975.9257986111</x:v>
+        <x:v>46043.9253935185</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C16" s="0">
-        <x:v>862.89</x:v>
+        <x:v>648.09</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>121.807</x:v>
+        <x:v>115.731</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>174.01</x:v>
+        <x:v>165.33</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>45974.924849537</x:v>
+        <x:v>46042.9279050926</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C17" s="0">
-        <x:v>836.04</x:v>
+        <x:v>687.56</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>120.498</x:v>
+        <x:v>117.971</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>172.14</x:v>
+        <x:v>168.53</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>45973.9253356481</x:v>
+        <x:v>46038.9243171296</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="0">
-        <x:v>1040.4</x:v>
+        <x:v>719.55</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>128.919</x:v>
+        <x:v>119.672</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>184.17</x:v>
+        <x:v>170.96</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>45972.9253240741</x:v>
+        <x:v>46037.9280671296</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C19" s="0">
-        <x:v>1165.25</x:v>
+        <x:v>803.04</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>133.672</x:v>
+        <x:v>123.949</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>190.96</x:v>
+        <x:v>177.07</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
-        <x:v>45971.9253703704</x:v>
+        <x:v>46036.9272800926</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C20" s="0">
-        <x:v>1215.74</x:v>
+        <x:v>821.79</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>135.527</x:v>
+        <x:v>124.88</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>193.61</x:v>
+        <x:v>178.4</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="1">
-        <x:v>45968.9253935185</x:v>
+        <x:v>46035.9279166667</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C21" s="0">
-        <x:v>962.61</x:v>
+        <x:v>829.96</x:v>
       </x:c>
       <x:c r="D21" s="0">
-        <x:v>124.551</x:v>
+        <x:v>125.272</x:v>
       </x:c>
       <x:c r="E21" s="0">
-        <x:v>177.93</x:v>
+        <x:v>178.96</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="1">
-        <x:v>45967.9277893519</x:v>
+        <x:v>46034.9278935185</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C22" s="0">
-        <x:v>917.74</x:v>
+        <x:v>836.64</x:v>
       </x:c>
       <x:c r="D22" s="0">
-        <x:v>122.535</x:v>
+        <x:v>125.587</x:v>
       </x:c>
       <x:c r="E22" s="0">
-        <x:v>175.05</x:v>
+        <x:v>179.41</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="1">
-        <x:v>45966.9253587963</x:v>
+        <x:v>46031.9291666667</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C23" s="0">
-        <x:v>1155.3</x:v>
+        <x:v>811.4</x:v>
       </x:c>
       <x:c r="D23" s="0">
-        <x:v>131.53</x:v>
+        <x:v>124.243</x:v>
       </x:c>
       <x:c r="E23" s="0">
-        <x:v>187.9</x:v>
+        <x:v>177.49</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="1">
-        <x:v>45965.9236921296</x:v>
+        <x:v>46030.927025463</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C24" s="0">
-        <x:v>1209.92</x:v>
+        <x:v>803.18</x:v>
       </x:c>
       <x:c r="D24" s="0">
-        <x:v>133.518</x:v>
+        <x:v>123.802</x:v>
       </x:c>
       <x:c r="E24" s="0">
-        <x:v>190.74</x:v>
+        <x:v>176.86</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="1">
-        <x:v>45964.9227893519</x:v>
+        <x:v>46029.9278935185</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C25" s="0">
-        <x:v>1588.93</x:v>
+        <x:v>873.07</x:v>
       </x:c>
       <x:c r="D25" s="0">
-        <x:v>145.026</x:v>
+        <x:v>127.176</x:v>
       </x:c>
       <x:c r="E25" s="0">
-        <x:v>207.18</x:v>
+        <x:v>181.68</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="1">
-        <x:v>45961.8818981481</x:v>
+        <x:v>46028.9271759259</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C26" s="0">
-        <x:v>1445.85</x:v>
+        <x:v>845.64</x:v>
       </x:c>
       <x:c r="D26" s="0">
-        <x:v>140.329</x:v>
+        <x:v>125.797</x:v>
       </x:c>
       <x:c r="E26" s="0">
-        <x:v>200.47</x:v>
+        <x:v>179.71</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="1">
-        <x:v>45960.8841435185</x:v>
+        <x:v>46027.9296064815</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C27" s="0">
-        <x:v>1325.48</x:v>
+        <x:v>770.67</x:v>
       </x:c>
       <x:c r="D27" s="0">
-        <x:v>136.185</x:v>
+        <x:v>121.828</x:v>
       </x:c>
       <x:c r="E27" s="0">
-        <x:v>194.55</x:v>
+        <x:v>174.04</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="1">
-        <x:v>45959.8897916667</x:v>
+        <x:v>46024.9271875</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C28" s="0">
-        <x:v>1417.28</x:v>
+        <x:v>694.88</x:v>
       </x:c>
       <x:c r="D28" s="0">
-        <x:v>139.167</x:v>
+        <x:v>117.502</x:v>
       </x:c>
       <x:c r="E28" s="0">
-        <x:v>198.81</x:v>
+        <x:v>167.86</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="1">
-        <x:v>45958.8875115741</x:v>
+        <x:v>46021.9269560185</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C29" s="0">
-        <x:v>1237.54</x:v>
+        <x:v>887.11</x:v>
       </x:c>
       <x:c r="D29" s="0">
-        <x:v>132.72</x:v>
+        <x:v>126.588</x:v>
       </x:c>
       <x:c r="E29" s="0">
-        <x:v>189.6</x:v>
+        <x:v>180.84</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="1">
-        <x:v>45957.8875578704</x:v>
+        <x:v>46020.9273611111</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C30" s="0">
-        <x:v>1229.94</x:v>
+        <x:v>938.61</x:v>
       </x:c>
       <x:c r="D30" s="0">
-        <x:v>132.426</x:v>
+        <x:v>128.926</x:v>
       </x:c>
       <x:c r="E30" s="0">
-        <x:v>189.18</x:v>
+        <x:v>184.18</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="1">
-        <x:v>45954.9259259259</x:v>
+        <x:v>46014.9278356481</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C31" s="0">
-        <x:v>1146.83</x:v>
+        <x:v>1112.73</x:v>
       </x:c>
       <x:c r="D31" s="0">
-        <x:v>129.241</x:v>
+        <x:v>135.891</x:v>
       </x:c>
       <x:c r="E31" s="0">
-        <x:v>184.63</x:v>
+        <x:v>194.13</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="1">
-        <x:v>45953.9278009259</x:v>
+        <x:v>46013.9284837963</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C32" s="0">
-        <x:v>1073.31</x:v>
+        <x:v>1110.66</x:v>
       </x:c>
       <x:c r="D32" s="0">
-        <x:v>126.336</x:v>
+        <x:v>135.786</x:v>
       </x:c>
       <x:c r="E32" s="0">
-        <x:v>180.48</x:v>
+        <x:v>193.98</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="1">
-        <x:v>45952.9303703704</x:v>
+        <x:v>46010.9275810185</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C33" s="0">
-        <x:v>989.39</x:v>
+        <x:v>1101.9</x:v>
       </x:c>
       <x:c r="D33" s="0">
-        <x:v>122.843</x:v>
+        <x:v>135.366</x:v>
       </x:c>
       <x:c r="E33" s="0">
-        <x:v>175.49</x:v>
+        <x:v>193.38</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="1">
-        <x:v>45951.9269444444</x:v>
+        <x:v>46009.930787037</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C34" s="0">
-        <x:v>1099.3</x:v>
+        <x:v>980.52</x:v>
       </x:c>
       <x:c r="D34" s="0">
-        <x:v>127.057</x:v>
+        <x:v>129.983</x:v>
       </x:c>
       <x:c r="E34" s="0">
-        <x:v>181.51</x:v>
+        <x:v>185.69</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="1">
-        <x:v>45950.9289814815</x:v>
+        <x:v>46008.9275925926</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C35" s="0">
-        <x:v>1101.29</x:v>
+        <x:v>858.84</x:v>
       </x:c>
       <x:c r="D35" s="0">
-        <x:v>127.113</x:v>
+        <x:v>124.103</x:v>
       </x:c>
       <x:c r="E35" s="0">
-        <x:v>181.59</x:v>
+        <x:v>177.29</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="1">
-        <x:v>45947.9299768519</x:v>
+        <x:v>46007.9277662037</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C36" s="0">
-        <x:v>1042.41</x:v>
+        <x:v>1031.75</x:v>
       </x:c>
       <x:c r="D36" s="0">
-        <x:v>124.705</x:v>
+        <x:v>131.425</x:v>
       </x:c>
       <x:c r="E36" s="0">
-        <x:v>178.15</x:v>
+        <x:v>187.75</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="1">
-        <x:v>45946.9262037037</x:v>
+        <x:v>46006.9271064815</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C37" s="0">
-        <x:v>1042.39</x:v>
+        <x:v>961.37</x:v>
       </x:c>
       <x:c r="D37" s="0">
-        <x:v>124.684</x:v>
+        <x:v>128.275</x:v>
       </x:c>
       <x:c r="E37" s="0">
-        <x:v>178.12</x:v>
+        <x:v>183.25</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="1">
-        <x:v>45945.9257175926</x:v>
+        <x:v>46003.9269907407</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C38" s="0">
-        <x:v>1069.71</x:v>
+        <x:v>967.75</x:v>
       </x:c>
       <x:c r="D38" s="0">
-        <x:v>125.734</x:v>
+        <x:v>128.499</x:v>
       </x:c>
       <x:c r="E38" s="0">
-        <x:v>179.62</x:v>
+        <x:v>183.57</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="1">
-        <x:v>45944.9308101852</x:v>
+        <x:v>46002.9320023148</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C39" s="0">
-        <x:v>1072.38</x:v>
+        <x:v>1033.87</x:v>
       </x:c>
       <x:c r="D39" s="0">
-        <x:v>125.818</x:v>
+        <x:v>131.278</x:v>
       </x:c>
       <x:c r="E39" s="0">
-        <x:v>179.74</x:v>
+        <x:v>187.54</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="1">
-        <x:v>45943.926724537</x:v>
+        <x:v>46001.927025463</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C40" s="0">
-        <x:v>1028.81</x:v>
+        <x:v>1040.5</x:v>
       </x:c>
       <x:c r="D40" s="0">
-        <x:v>124.047</x:v>
+        <x:v>131.537</x:v>
       </x:c>
       <x:c r="E40" s="0">
-        <x:v>177.21</x:v>
+        <x:v>187.91</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="1">
-        <x:v>45940.9235069444</x:v>
+        <x:v>46000.9275810185</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C41" s="0">
-        <x:v>999.99</x:v>
+        <x:v>946.19</x:v>
       </x:c>
       <x:c r="D41" s="0">
-        <x:v>122.808</x:v>
+        <x:v>127.288</x:v>
       </x:c>
       <x:c r="E41" s="0">
-        <x:v>175.44</x:v>
+        <x:v>181.84</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="1">
-        <x:v>45938.9270833333</x:v>
+        <x:v>45996.9307407407</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C42" s="0">
-        <x:v>1158.7</x:v>
+        <x:v>946.74</x:v>
       </x:c>
       <x:c r="D42" s="0">
-        <x:v>128.492</x:v>
+        <x:v>127.232</x:v>
       </x:c>
       <x:c r="E42" s="0">
-        <x:v>183.56</x:v>
+        <x:v>181.76</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="1">
-        <x:v>45937.9282291667</x:v>
+        <x:v>45995.9303009259</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C43" s="0">
-        <x:v>1133.31</x:v>
+        <x:v>889.56</x:v>
       </x:c>
       <x:c r="D43" s="0">
-        <x:v>127.519</x:v>
+        <x:v>124.544</x:v>
       </x:c>
       <x:c r="E43" s="0">
-        <x:v>182.17</x:v>
+        <x:v>177.92</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="1">
-        <x:v>45936.9241319444</x:v>
+        <x:v>45994.9276967593</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C44" s="0">
-        <x:v>1085.92</x:v>
+        <x:v>862.91</x:v>
       </x:c>
       <x:c r="D44" s="0">
-        <x:v>125.671</x:v>
+        <x:v>123.256</x:v>
       </x:c>
       <x:c r="E44" s="0">
-        <x:v>179.53</x:v>
+        <x:v>176.08</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="1">
-        <x:v>45933.9288425926</x:v>
+        <x:v>45993.9303240741</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C45" s="0">
-        <x:v>977.84</x:v>
+        <x:v>788.58</x:v>
       </x:c>
       <x:c r="D45" s="0">
-        <x:v>121.149</x:v>
+        <x:v>119.483</x:v>
       </x:c>
       <x:c r="E45" s="0">
-        <x:v>173.07</x:v>
+        <x:v>170.69</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="1">
-        <x:v>45932.9250925926</x:v>
+        <x:v>45992.9296990741</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C46" s="0">
-        <x:v>1261.24</x:v>
+        <x:v>746.17</x:v>
       </x:c>
       <x:c r="D46" s="0">
-        <x:v>130.935</x:v>
+        <x:v>117.243</x:v>
       </x:c>
       <x:c r="E46" s="0">
-        <x:v>187.05</x:v>
+        <x:v>167.49</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="1">
-        <x:v>45931.9294097222</x:v>
+        <x:v>45989.8197106481</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C47" s="0">
-        <x:v>1220.27</x:v>
+        <x:v>760.26</x:v>
       </x:c>
       <x:c r="D47" s="0">
-        <x:v>129.465</x:v>
+        <x:v>117.915</x:v>
       </x:c>
       <x:c r="E47" s="0">
-        <x:v>184.95</x:v>
+        <x:v>168.45</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5">
       <x:c r="A48" s="1">
-        <x:v>45930.933900463</x:v>
+        <x:v>45987.9265509259</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C48" s="0">
-        <x:v>1172.07</x:v>
+        <x:v>725.75</x:v>
       </x:c>
       <x:c r="D48" s="0">
-        <x:v>127.694</x:v>
+        <x:v>116.039</x:v>
       </x:c>
       <x:c r="E48" s="0">
-        <x:v>182.42</x:v>
+        <x:v>165.77</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
       <x:c r="A49" s="1">
-        <x:v>45929.9324074074</x:v>
+        <x:v>45986.9250347222</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C49" s="0">
-        <x:v>1106.53</x:v>
+        <x:v>697.67</x:v>
       </x:c>
       <x:c r="D49" s="0">
-        <x:v>125.202</x:v>
+        <x:v>114.485</x:v>
       </x:c>
       <x:c r="E49" s="0">
-        <x:v>178.86</x:v>
+        <x:v>163.55</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5">
       <x:c r="A50" s="1">
-        <x:v>45926.9298611111</x:v>
+        <x:v>45982.9249074074</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C50" s="0">
-        <x:v>1084.46</x:v>
+        <x:v>596.87</x:v>
       </x:c>
       <x:c r="D50" s="0">
-        <x:v>124.299</x:v>
+        <x:v>108.395</x:v>
       </x:c>
       <x:c r="E50" s="0">
-        <x:v>177.57</x:v>
+        <x:v>154.85</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5">
       <x:c r="A51" s="1">
-        <x:v>45925.9294444444</x:v>
+        <x:v>45981.9259027778</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C51" s="0">
-        <x:v>1113.91</x:v>
+        <x:v>607.63</x:v>
       </x:c>
       <x:c r="D51" s="0">
-        <x:v>125.384</x:v>
+        <x:v>109.022</x:v>
       </x:c>
       <x:c r="E51" s="0">
-        <x:v>179.12</x:v>
+        <x:v>155.745</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5">
       <x:c r="A52" s="1">
-        <x:v>45924.9296527778</x:v>
+        <x:v>45980.926412037</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C52" s="0">
-        <x:v>1122.7</x:v>
+        <x:v>737.36</x:v>
       </x:c>
       <x:c r="D52" s="0">
-        <x:v>125.692</x:v>
+        <x:v>115.794</x:v>
       </x:c>
       <x:c r="E52" s="0">
-        <x:v>179.56</x:v>
+        <x:v>165.42</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5">
       <x:c r="A53" s="1">
-        <x:v>45923.9251967593</x:v>
+        <x:v>45979.9258680556</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C53" s="0">
-        <x:v>1181.32</x:v>
+        <x:v>763.87</x:v>
       </x:c>
       <x:c r="D53" s="0">
-        <x:v>127.785</x:v>
+        <x:v>117.131</x:v>
       </x:c>
       <x:c r="E53" s="0">
-        <x:v>182.55</x:v>
+        <x:v>167.33</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5">
       <x:c r="A54" s="1">
-        <x:v>45922.926712963</x:v>
+        <x:v>45978.9281365741</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C54" s="0">
-        <x:v>1121.45</x:v>
+        <x:v>820.61</x:v>
       </x:c>
       <x:c r="D54" s="0">
-        <x:v>125.531</x:v>
+        <x:v>119.875</x:v>
       </x:c>
       <x:c r="E54" s="0">
-        <x:v>179.33</x:v>
+        <x:v>171.25</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5">
       <x:c r="A55" s="1">
-        <x:v>45919.9342592593</x:v>
+        <x:v>45975.9257986111</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C55" s="0">
-        <x:v>1182.68</x:v>
+        <x:v>862.89</x:v>
       </x:c>
       <x:c r="D55" s="0">
-        <x:v>127.673</x:v>
+        <x:v>121.807</x:v>
       </x:c>
       <x:c r="E55" s="0">
-        <x:v>182.39</x:v>
+        <x:v>174.01</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5">
       <x:c r="A56" s="1">
-        <x:v>45918.9265393519</x:v>
+        <x:v>45974.924849537</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C56" s="0">
-        <x:v>1083.63</x:v>
+        <x:v>836.04</x:v>
       </x:c>
       <x:c r="D56" s="0">
-        <x:v>123.879</x:v>
+        <x:v>120.498</x:v>
       </x:c>
       <x:c r="E56" s="0">
-        <x:v>176.97</x:v>
+        <x:v>172.14</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:5">
       <x:c r="A57" s="1">
-        <x:v>45917.9270486111</x:v>
+        <x:v>45973.9253356481</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C57" s="0">
-        <x:v>939.44</x:v>
+        <x:v>1040.4</x:v>
       </x:c>
       <x:c r="D57" s="0">
-        <x:v>117.831</x:v>
+        <x:v>128.919</x:v>
       </x:c>
       <x:c r="E57" s="0">
-        <x:v>168.33</x:v>
+        <x:v>184.17</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:5">
       <x:c r="A58" s="1">
-        <x:v>45916.9258912037</x:v>
+        <x:v>45972.9253240741</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C58" s="0">
-        <x:v>973.01</x:v>
+        <x:v>1165.25</x:v>
       </x:c>
       <x:c r="D58" s="0">
-        <x:v>119.182</x:v>
+        <x:v>133.672</x:v>
       </x:c>
       <x:c r="E58" s="0">
-        <x:v>170.26</x:v>
+        <x:v>190.96</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:5">
       <x:c r="A59" s="1">
-        <x:v>45915.9270949074</x:v>
+        <x:v>45971.9253703704</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C59" s="0">
-        <x:v>989.98</x:v>
+        <x:v>1215.74</x:v>
       </x:c>
       <x:c r="D59" s="0">
-        <x:v>119.847</x:v>
+        <x:v>135.527</x:v>
       </x:c>
       <x:c r="E59" s="0">
-        <x:v>171.21</x:v>
+        <x:v>193.61</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:5">
       <x:c r="A60" s="1">
-        <x:v>45912.9234375</x:v>
+        <x:v>45968.9253935185</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C60" s="0">
-        <x:v>995.29</x:v>
+        <x:v>962.61</x:v>
       </x:c>
       <x:c r="D60" s="0">
-        <x:v>120.001</x:v>
+        <x:v>124.551</x:v>
       </x:c>
       <x:c r="E60" s="0">
-        <x:v>171.43</x:v>
+        <x:v>177.93</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:5">
       <x:c r="A61" s="1">
-        <x:v>45911.9251388889</x:v>
+        <x:v>45967.9277893519</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C61" s="0">
-        <x:v>881.92</x:v>
+        <x:v>917.74</x:v>
       </x:c>
       <x:c r="D61" s="0">
-        <x:v>115.052</x:v>
+        <x:v>122.535</x:v>
       </x:c>
       <x:c r="E61" s="0">
-        <x:v>164.36</x:v>
+        <x:v>175.05</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:5">
       <x:c r="A62" s="1">
-        <x:v>45910.9239930556</x:v>
+        <x:v>45966.9253587963</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C62" s="0">
-        <x:v>921.85</x:v>
+        <x:v>1155.3</x:v>
       </x:c>
       <x:c r="D62" s="0">
-        <x:v>116.718</x:v>
+        <x:v>131.53</x:v>
       </x:c>
       <x:c r="E62" s="0">
-        <x:v>166.74</x:v>
+        <x:v>187.9</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:5">
       <x:c r="A63" s="1">
-        <x:v>45909.9244907407</x:v>
+        <x:v>45965.9236921296</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C63" s="0">
-        <x:v>853.22</x:v>
+        <x:v>1209.92</x:v>
       </x:c>
       <x:c r="D63" s="0">
-        <x:v>113.652</x:v>
+        <x:v>133.518</x:v>
       </x:c>
       <x:c r="E63" s="0">
-        <x:v>162.36</x:v>
+        <x:v>190.74</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:5">
       <x:c r="A64" s="1">
-        <x:v>45908.9240393518</x:v>
+        <x:v>45964.9227893519</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C64" s="0">
-        <x:v>761.93</x:v>
+        <x:v>1588.93</x:v>
       </x:c>
       <x:c r="D64" s="0">
-        <x:v>109.27</x:v>
+        <x:v>145.026</x:v>
       </x:c>
       <x:c r="E64" s="0">
-        <x:v>156.1</x:v>
+        <x:v>207.18</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:5">
       <x:c r="A65" s="1">
-        <x:v>45905.9285763889</x:v>
+        <x:v>45961.8818981481</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C65" s="0">
-        <x:v>720.78</x:v>
+        <x:v>1445.85</x:v>
       </x:c>
       <x:c r="D65" s="0">
-        <x:v>107.177</x:v>
+        <x:v>140.329</x:v>
       </x:c>
       <x:c r="E65" s="0">
-        <x:v>153.11</x:v>
+        <x:v>200.47</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:5">
       <x:c r="A66" s="1">
-        <x:v>45904.9245138889</x:v>
+        <x:v>45960.8841435185</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C66" s="0">
-        <x:v>765.73</x:v>
+        <x:v>1325.48</x:v>
       </x:c>
       <x:c r="D66" s="0">
-        <x:v>109.298</x:v>
+        <x:v>136.185</x:v>
       </x:c>
       <x:c r="E66" s="0">
-        <x:v>156.14</x:v>
+        <x:v>194.55</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:5">
       <x:c r="A67" s="1">
-        <x:v>45903.923587963</x:v>
+        <x:v>45959.8897916667</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C67" s="0">
-        <x:v>748.14</x:v>
+        <x:v>1417.28</x:v>
       </x:c>
       <x:c r="D67" s="0">
-        <x:v>108.43</x:v>
+        <x:v>139.167</x:v>
       </x:c>
       <x:c r="E67" s="0">
-        <x:v>154.9</x:v>
+        <x:v>198.81</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:5">
       <x:c r="A68" s="1">
-        <x:v>45902.9238773148</x:v>
+        <x:v>45958.8875115741</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C68" s="0">
-        <x:v>781.19</x:v>
+        <x:v>1237.54</x:v>
       </x:c>
       <x:c r="D68" s="0">
-        <x:v>109.963</x:v>
+        <x:v>132.72</x:v>
       </x:c>
       <x:c r="E68" s="0">
-        <x:v>157.09</x:v>
+        <x:v>189.6</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:5">
       <x:c r="A69" s="1">
-        <x:v>45898.9303587963</x:v>
+        <x:v>45957.8875578704</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C69" s="0">
-        <x:v>777.07</x:v>
+        <x:v>1229.94</x:v>
       </x:c>
       <x:c r="D69" s="0">
-        <x:v>109.697</x:v>
+        <x:v>132.426</x:v>
       </x:c>
       <x:c r="E69" s="0">
-        <x:v>156.71</x:v>
+        <x:v>189.18</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:5">
       <x:c r="A70" s="1">
-        <x:v>45897.9274189815</x:v>
+        <x:v>45954.9259259259</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C70" s="0">
-        <x:v>798.83</x:v>
+        <x:v>1146.83</x:v>
       </x:c>
       <x:c r="D70" s="0">
-        <x:v>110.684</x:v>
+        <x:v>129.241</x:v>
       </x:c>
       <x:c r="E70" s="0">
-        <x:v>158.12</x:v>
+        <x:v>184.63</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:5">
       <x:c r="A71" s="1">
-        <x:v>45896.9248032407</x:v>
+        <x:v>45953.9278009259</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C71" s="0">
-        <x:v>778.35</x:v>
+        <x:v>1073.31</x:v>
       </x:c>
       <x:c r="D71" s="0">
-        <x:v>109.704</x:v>
+        <x:v>126.336</x:v>
       </x:c>
       <x:c r="E71" s="0">
-        <x:v>156.72</x:v>
+        <x:v>180.48</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:5">
       <x:c r="A72" s="1">
-        <x:v>45895.9239351852</x:v>
+        <x:v>45952.9303703704</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C72" s="0">
-        <x:v>844.1</x:v>
+        <x:v>989.39</x:v>
       </x:c>
       <x:c r="D72" s="0">
-        <x:v>112.609</x:v>
+        <x:v>122.843</x:v>
       </x:c>
       <x:c r="E72" s="0">
-        <x:v>160.87</x:v>
+        <x:v>175.49</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:5">
       <x:c r="A73" s="1">
-        <x:v>45894.9239583333</x:v>
+        <x:v>45951.9269444444</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C73" s="0">
-        <x:v>788.78</x:v>
+        <x:v>1099.3</x:v>
       </x:c>
       <x:c r="D73" s="0">
-        <x:v>110.019</x:v>
+        <x:v>127.057</x:v>
       </x:c>
       <x:c r="E73" s="0">
-        <x:v>157.17</x:v>
+        <x:v>181.51</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:5">
       <x:c r="A74" s="1">
-        <x:v>45891.9252314815</x:v>
+        <x:v>45950.9289814815</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C74" s="0">
-        <x:v>814.14</x:v>
+        <x:v>1101.29</x:v>
       </x:c>
       <x:c r="D74" s="0">
-        <x:v>111.118</x:v>
+        <x:v>127.113</x:v>
       </x:c>
       <x:c r="E74" s="0">
-        <x:v>158.74</x:v>
+        <x:v>181.59</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:5">
       <x:c r="A75" s="1">
-        <x:v>45890.9256481481</x:v>
+        <x:v>45947.9299768519</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C75" s="0">
-        <x:v>776.34</x:v>
+        <x:v>1042.41</x:v>
       </x:c>
       <x:c r="D75" s="0">
-        <x:v>109.326</x:v>
+        <x:v>124.705</x:v>
       </x:c>
       <x:c r="E75" s="0">
-        <x:v>156.18</x:v>
+        <x:v>178.15</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:5">
       <x:c r="A76" s="1">
-        <x:v>45889.9243402778</x:v>
+        <x:v>45946.9262037037</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C76" s="0">
-        <x:v>774.19</x:v>
+        <x:v>1042.39</x:v>
       </x:c>
       <x:c r="D76" s="0">
-        <x:v>109.207</x:v>
+        <x:v>124.684</x:v>
       </x:c>
       <x:c r="E76" s="0">
-        <x:v>156.01</x:v>
+        <x:v>178.12</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:5">
       <x:c r="A77" s="1">
-        <x:v>45888.9238425926</x:v>
+        <x:v>45945.9257175926</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C77" s="0">
-        <x:v>801.09</x:v>
+        <x:v>1069.71</x:v>
       </x:c>
       <x:c r="D77" s="0">
-        <x:v>110.425</x:v>
+        <x:v>125.734</x:v>
       </x:c>
       <x:c r="E77" s="0">
-        <x:v>157.75</x:v>
+        <x:v>179.62</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:5">
       <x:c r="A78" s="1">
-        <x:v>45887.9245601852</x:v>
+        <x:v>45944.9308101852</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C78" s="0">
-        <x:v>1114.38</x:v>
+        <x:v>1072.38</x:v>
       </x:c>
       <x:c r="D78" s="0">
-        <x:v>121.821</x:v>
+        <x:v>125.818</x:v>
       </x:c>
       <x:c r="E78" s="0">
-        <x:v>174.03</x:v>
+        <x:v>179.74</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:5">
       <x:c r="A79" s="1">
-        <x:v>45884.9247106481</x:v>
+        <x:v>45943.926724537</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C79" s="0">
-        <x:v>1178.8</x:v>
+        <x:v>1028.81</x:v>
       </x:c>
       <x:c r="D79" s="0">
-        <x:v>124.019</x:v>
+        <x:v>124.047</x:v>
       </x:c>
       <x:c r="E79" s="0">
-        <x:v>177.17</x:v>
+        <x:v>177.21</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:5">
       <x:c r="A80" s="1">
-        <x:v>45883.9240625</x:v>
+        <x:v>45940.9235069444</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C80" s="0">
-        <x:v>1259.8</x:v>
+        <x:v>999.99</x:v>
       </x:c>
       <x:c r="D80" s="0">
-        <x:v>126.714</x:v>
+        <x:v>122.808</x:v>
       </x:c>
       <x:c r="E80" s="0">
-        <x:v>181.02</x:v>
+        <x:v>175.44</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:5">
       <x:c r="A81" s="1">
-        <x:v>45882.9239467593</x:v>
+        <x:v>45938.9270833333</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C81" s="0">
-        <x:v>1333.12</x:v>
+        <x:v>1158.7</x:v>
       </x:c>
       <x:c r="D81" s="0">
-        <x:v>129.059</x:v>
+        <x:v>128.492</x:v>
       </x:c>
       <x:c r="E81" s="0">
-        <x:v>184.37</x:v>
+        <x:v>183.56</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:5">
       <x:c r="A82" s="1">
-        <x:v>45881.9233449074</x:v>
+        <x:v>45937.9282291667</x:v>
       </x:c>
       <x:c r="B82" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C82" s="0">
-        <x:v>1391.87</x:v>
+        <x:v>1133.31</x:v>
       </x:c>
       <x:c r="D82" s="0">
-        <x:v>130.879</x:v>
+        <x:v>127.519</x:v>
       </x:c>
       <x:c r="E82" s="0">
-        <x:v>186.97</x:v>
+        <x:v>182.17</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:5">
       <x:c r="A83" s="1">
-        <x:v>45880.923587963</x:v>
+        <x:v>45936.9241319444</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C83" s="0">
-        <x:v>1300.86</x:v>
+        <x:v>1085.92</x:v>
       </x:c>
       <x:c r="D83" s="0">
-        <x:v>127.876</x:v>
+        <x:v>125.671</x:v>
       </x:c>
       <x:c r="E83" s="0">
-        <x:v>182.68</x:v>
+        <x:v>179.53</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:5">
       <x:c r="A84" s="1">
-        <x:v>45877.9331597222</x:v>
+        <x:v>45933.9288425926</x:v>
       </x:c>
       <x:c r="B84" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C84" s="0">
-        <x:v>1399.01</x:v>
+        <x:v>977.84</x:v>
       </x:c>
       <x:c r="D84" s="0">
-        <x:v>130.872</x:v>
+        <x:v>121.149</x:v>
       </x:c>
       <x:c r="E84" s="0">
-        <x:v>186.96</x:v>
+        <x:v>173.07</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:5">
       <x:c r="A85" s="1">
-        <x:v>45876.9384490741</x:v>
+        <x:v>45932.9250925926</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C85" s="0">
-        <x:v>1297.92</x:v>
+        <x:v>1261.24</x:v>
       </x:c>
       <x:c r="D85" s="0">
-        <x:v>127.54</x:v>
+        <x:v>130.935</x:v>
       </x:c>
       <x:c r="E85" s="0">
-        <x:v>182.2</x:v>
+        <x:v>187.05</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:5">
       <x:c r="A86" s="1">
-        <x:v>45875.9344560185</x:v>
+        <x:v>45931.9294097222</x:v>
       </x:c>
       <x:c r="B86" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C86" s="0">
-        <x:v>1243.27</x:v>
+        <x:v>1220.27</x:v>
       </x:c>
       <x:c r="D86" s="0">
-        <x:v>125.678</x:v>
+        <x:v>129.465</x:v>
       </x:c>
       <x:c r="E86" s="0">
-        <x:v>179.54</x:v>
+        <x:v>184.95</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:5">
       <x:c r="A87" s="1">
-        <x:v>45874.9325694444</x:v>
+        <x:v>45930.933900463</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C87" s="0">
-        <x:v>1122.02</x:v>
+        <x:v>1172.07</x:v>
       </x:c>
       <x:c r="D87" s="0">
-        <x:v>121.289</x:v>
+        <x:v>127.694</x:v>
       </x:c>
       <x:c r="E87" s="0">
-        <x:v>173.27</x:v>
+        <x:v>182.42</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:5">
       <x:c r="A88" s="1">
-        <x:v>45873.9313425926</x:v>
+        <x:v>45929.9324074074</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C88" s="0">
-        <x:v>908.53</x:v>
+        <x:v>1106.53</x:v>
       </x:c>
       <x:c r="D88" s="0">
-        <x:v>112.462</x:v>
+        <x:v>125.202</x:v>
       </x:c>
       <x:c r="E88" s="0">
-        <x:v>160.66</x:v>
+        <x:v>178.86</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:5">
       <x:c r="A89" s="1">
-        <x:v>45870.9273842593</x:v>
+        <x:v>45926.9298611111</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C89" s="0">
-        <x:v>809.17</x:v>
+        <x:v>1084.46</x:v>
       </x:c>
       <x:c r="D89" s="0">
-        <x:v>107.989</x:v>
+        <x:v>124.299</x:v>
       </x:c>
       <x:c r="E89" s="0">
-        <x:v>154.27</x:v>
+        <x:v>177.57</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:5">
       <x:c r="A90" s="1">
-        <x:v>45869.9244212963</x:v>
+        <x:v>45925.9294444444</x:v>
       </x:c>
       <x:c r="B90" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C90" s="0">
-        <x:v>877.43</x:v>
+        <x:v>1113.91</x:v>
       </x:c>
       <x:c r="D90" s="0">
-        <x:v>110.845</x:v>
+        <x:v>125.384</x:v>
       </x:c>
       <x:c r="E90" s="0">
-        <x:v>158.35</x:v>
+        <x:v>179.12</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:5">
       <x:c r="A91" s="1">
-        <x:v>45868.9255092593</x:v>
+        <x:v>45924.9296527778</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C91" s="0">
-        <x:v>882.2</x:v>
+        <x:v>1122.7</x:v>
       </x:c>
       <x:c r="D91" s="0">
-        <x:v>111.027</x:v>
+        <x:v>125.692</x:v>
       </x:c>
       <x:c r="E91" s="0">
-        <x:v>158.61</x:v>
+        <x:v>179.56</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:5">
       <x:c r="A92" s="1">
-        <x:v>45867.9289467593</x:v>
+        <x:v>45923.9251967593</x:v>
       </x:c>
       <x:c r="B92" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C92" s="0">
-        <x:v>844.2</x:v>
+        <x:v>1181.32</x:v>
       </x:c>
       <x:c r="D92" s="0">
-        <x:v>109.368</x:v>
+        <x:v>127.785</x:v>
       </x:c>
       <x:c r="E92" s="0">
-        <x:v>156.24</x:v>
+        <x:v>182.55</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:5">
       <x:c r="A93" s="1">
-        <x:v>45866.9278125</x:v>
+        <x:v>45922.926712963</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C93" s="0">
-        <x:v>871.8</x:v>
+        <x:v>1121.45</x:v>
       </x:c>
       <x:c r="D93" s="0">
-        <x:v>110.516</x:v>
+        <x:v>125.531</x:v>
       </x:c>
       <x:c r="E93" s="0">
-        <x:v>157.88</x:v>
+        <x:v>179.33</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:5">
       <x:c r="A94" s="1">
-        <x:v>45863.926875</x:v>
+        <x:v>45919.9342592593</x:v>
       </x:c>
       <x:c r="B94" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C94" s="0">
-        <x:v>888.55</x:v>
+        <x:v>1182.68</x:v>
       </x:c>
       <x:c r="D94" s="0">
-        <x:v>111.16</x:v>
+        <x:v>127.673</x:v>
       </x:c>
       <x:c r="E94" s="0">
-        <x:v>158.8</x:v>
+        <x:v>182.39</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:5">
       <x:c r="A95" s="1">
-        <x:v>45862.9245949074</x:v>
+        <x:v>45918.9265393519</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C95" s="0">
-        <x:v>825.92</x:v>
+        <x:v>1083.63</x:v>
       </x:c>
       <x:c r="D95" s="0">
-        <x:v>108.402</x:v>
+        <x:v>123.879</x:v>
       </x:c>
       <x:c r="E95" s="0">
-        <x:v>154.86</x:v>
+        <x:v>176.97</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:5">
       <x:c r="A96" s="1">
-        <x:v>45861.926412037</x:v>
+        <x:v>45917.9270486111</x:v>
       </x:c>
       <x:c r="B96" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C96" s="0">
-        <x:v>822.65</x:v>
+        <x:v>939.44</x:v>
       </x:c>
       <x:c r="D96" s="0">
-        <x:v>108.241</x:v>
+        <x:v>117.831</x:v>
       </x:c>
       <x:c r="E96" s="0">
-        <x:v>154.63</x:v>
+        <x:v>168.33</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:5">
       <x:c r="A97" s="1">
-        <x:v>45860.9260763889</x:v>
+        <x:v>45916.9258912037</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C97" s="0">
-        <x:v>740.19</x:v>
+        <x:v>973.01</x:v>
       </x:c>
       <x:c r="D97" s="0">
-        <x:v>104.349</x:v>
+        <x:v>119.182</x:v>
       </x:c>
       <x:c r="E97" s="0">
-        <x:v>149.07</x:v>
+        <x:v>170.26</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:5">
       <x:c r="A98" s="1">
-        <x:v>45859.9273148148</x:v>
+        <x:v>45915.9270949074</x:v>
       </x:c>
       <x:c r="B98" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C98" s="0">
-        <x:v>782.64</x:v>
+        <x:v>989.98</x:v>
       </x:c>
       <x:c r="D98" s="0">
-        <x:v>106.253</x:v>
+        <x:v>119.847</x:v>
       </x:c>
       <x:c r="E98" s="0">
-        <x:v>151.79</x:v>
+        <x:v>171.21</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:5">
       <x:c r="A99" s="1">
-        <x:v>45856.949212963</x:v>
+        <x:v>45912.9234375</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C99" s="0">
-        <x:v>811.26</x:v>
+        <x:v>995.29</x:v>
       </x:c>
       <x:c r="D99" s="0">
-        <x:v>107.464</x:v>
+        <x:v>120.001</x:v>
       </x:c>
       <x:c r="E99" s="0">
-        <x:v>153.52</x:v>
+        <x:v>171.43</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:5">
       <x:c r="A100" s="1">
-        <x:v>45855.9327314815</x:v>
+        <x:v>45911.9251388889</x:v>
       </x:c>
       <x:c r="B100" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C100" s="0">
-        <x:v>819.16</x:v>
+        <x:v>881.92</x:v>
       </x:c>
       <x:c r="D100" s="0">
-        <x:v>107.793</x:v>
+        <x:v>115.052</x:v>
       </x:c>
       <x:c r="E100" s="0">
-        <x:v>153.99</x:v>
+        <x:v>164.36</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:5">
       <x:c r="A101" s="1">
-        <x:v>45854.9359490741</x:v>
+        <x:v>45910.9239930556</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C101" s="0">
-        <x:v>772.26</x:v>
+        <x:v>921.85</x:v>
       </x:c>
       <x:c r="D101" s="0">
-        <x:v>105.637</x:v>
+        <x:v>116.718</x:v>
       </x:c>
       <x:c r="E101" s="0">
-        <x:v>150.91</x:v>
+        <x:v>166.74</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:5">
       <x:c r="A102" s="1">
-        <x:v>45853.9275694444</x:v>
+        <x:v>45909.9244907407</x:v>
       </x:c>
       <x:c r="B102" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C102" s="0">
-        <x:v>737.9</x:v>
+        <x:v>853.22</x:v>
       </x:c>
       <x:c r="D102" s="0">
-        <x:v>104.006</x:v>
+        <x:v>113.652</x:v>
       </x:c>
       <x:c r="E102" s="0">
-        <x:v>148.58</x:v>
+        <x:v>162.36</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:5">
       <x:c r="A103" s="1">
-        <x:v>45852.9328587963</x:v>
+        <x:v>45908.9240393518</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C103" s="0">
-        <x:v>746.83</x:v>
+        <x:v>761.93</x:v>
       </x:c>
       <x:c r="D103" s="0">
-        <x:v>104.405</x:v>
+        <x:v>109.27</x:v>
       </x:c>
       <x:c r="E103" s="0">
-        <x:v>149.15</x:v>
+        <x:v>156.1</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:5">
       <x:c r="A104" s="1">
-        <x:v>45849.9249768518</x:v>
+        <x:v>45905.9285763889</x:v>
       </x:c>
       <x:c r="B104" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C104" s="0">
-        <x:v>650.91</x:v>
+        <x:v>720.78</x:v>
       </x:c>
       <x:c r="D104" s="0">
-        <x:v>99.47</x:v>
+        <x:v>107.177</x:v>
       </x:c>
       <x:c r="E104" s="0">
-        <x:v>142.1</x:v>
+        <x:v>153.11</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:5">
       <x:c r="A105" s="1">
-        <x:v>45848.9261342593</x:v>
+        <x:v>45904.9245138889</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C105" s="0">
-        <x:v>656.76</x:v>
+        <x:v>765.73</x:v>
       </x:c>
       <x:c r="D105" s="0">
-        <x:v>99.75</x:v>
+        <x:v>109.298</x:v>
       </x:c>
       <x:c r="E105" s="0">
-        <x:v>142.5</x:v>
+        <x:v>156.14</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:5">
       <x:c r="A106" s="1">
-        <x:v>45847.925787037</x:v>
+        <x:v>45903.923587963</x:v>
       </x:c>
       <x:c r="B106" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C106" s="0">
-        <x:v>665.88</x:v>
+        <x:v>748.14</x:v>
       </x:c>
       <x:c r="D106" s="0">
-        <x:v>100.191</x:v>
+        <x:v>108.43</x:v>
       </x:c>
       <x:c r="E106" s="0">
-        <x:v>143.13</x:v>
+        <x:v>154.9</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:5">
       <x:c r="A107" s="1">
-        <x:v>45846.9248611111</x:v>
+        <x:v>45902.9238773148</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C107" s="0">
-        <x:v>620.61</x:v>
+        <x:v>781.19</x:v>
       </x:c>
       <x:c r="D107" s="0">
-        <x:v>97.797</x:v>
+        <x:v>109.963</x:v>
       </x:c>
       <x:c r="E107" s="0">
-        <x:v>139.71</x:v>
+        <x:v>157.09</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:5">
       <x:c r="A108" s="1">
-        <x:v>45845.9274884259</x:v>
+        <x:v>45898.9303587963</x:v>
       </x:c>
       <x:c r="B108" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C108" s="0">
-        <x:v>613.11</x:v>
+        <x:v>777.07</x:v>
       </x:c>
       <x:c r="D108" s="0">
-        <x:v>97.384</x:v>
+        <x:v>109.697</x:v>
       </x:c>
       <x:c r="E108" s="0">
-        <x:v>139.12</x:v>
+        <x:v>156.71</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:5">
       <x:c r="A109" s="1">
-        <x:v>45841.8023263889</x:v>
+        <x:v>45897.9274189815</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C109" s="0">
-        <x:v>555.19</x:v>
+        <x:v>798.83</x:v>
       </x:c>
       <x:c r="D109" s="0">
-        <x:v>94.052</x:v>
+        <x:v>110.684</x:v>
       </x:c>
       <x:c r="E109" s="0">
-        <x:v>134.36</x:v>
+        <x:v>158.12</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:5">
       <x:c r="A110" s="1">
-        <x:v>45840.9303703704</x:v>
+        <x:v>45896.9248032407</x:v>
       </x:c>
       <x:c r="B110" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C110" s="0">
-        <x:v>528.57</x:v>
+        <x:v>778.35</x:v>
       </x:c>
       <x:c r="D110" s="0">
-        <x:v>92.484</x:v>
+        <x:v>109.704</x:v>
       </x:c>
       <x:c r="E110" s="0">
-        <x:v>132.12</x:v>
+        <x:v>156.72</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:5">
       <x:c r="A111" s="1">
-        <x:v>45839.9249421296</x:v>
+        <x:v>45895.9239351852</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C111" s="0">
-        <x:v>511.9</x:v>
+        <x:v>844.1</x:v>
       </x:c>
       <x:c r="D111" s="0">
-        <x:v>91.476</x:v>
+        <x:v>112.609</x:v>
       </x:c>
       <x:c r="E111" s="0">
-        <x:v>130.68</x:v>
+        <x:v>160.87</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:5">
       <x:c r="A112" s="1">
-        <x:v>45838.9258217593</x:v>
+        <x:v>45894.9239583333</x:v>
       </x:c>
       <x:c r="B112" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C112" s="0">
-        <x:v>584.77</x:v>
+        <x:v>788.78</x:v>
       </x:c>
       <x:c r="D112" s="0">
-        <x:v>95.424</x:v>
+        <x:v>110.019</x:v>
       </x:c>
       <x:c r="E112" s="0">
-        <x:v>136.32</x:v>
+        <x:v>157.17</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:5">
       <x:c r="A113" s="1">
-        <x:v>45835.9282291667</x:v>
+        <x:v>45891.9252314815</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C113" s="0">
-        <x:v>519.08</x:v>
+        <x:v>814.14</x:v>
       </x:c>
       <x:c r="D113" s="0">
-        <x:v>91.518</x:v>
+        <x:v>111.118</x:v>
       </x:c>
       <x:c r="E113" s="0">
-        <x:v>130.74</x:v>
+        <x:v>158.74</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:5">
       <x:c r="A114" s="1">
-        <x:v>45834.9274189815</x:v>
+        <x:v>45890.9256481481</x:v>
       </x:c>
       <x:c r="B114" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C114" s="0">
-        <x:v>722.41</x:v>
+        <x:v>776.34</x:v>
       </x:c>
       <x:c r="D114" s="0">
-        <x:v>100.975</x:v>
+        <x:v>109.326</x:v>
       </x:c>
       <x:c r="E114" s="0">
-        <x:v>144.25</x:v>
+        <x:v>156.18</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:5">
       <x:c r="A115" s="1">
-        <x:v>45833.9268171296</x:v>
+        <x:v>45889.9243402778</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C115" s="0">
-        <x:v>702.84</x:v>
+        <x:v>774.19</x:v>
       </x:c>
       <x:c r="D115" s="0">
-        <x:v>100.03</x:v>
+        <x:v>109.207</x:v>
       </x:c>
       <x:c r="E115" s="0">
-        <x:v>142.9</x:v>
+        <x:v>156.01</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:5">
       <x:c r="A116" s="1">
-        <x:v>45832.9265393519</x:v>
+        <x:v>45888.9238425926</x:v>
       </x:c>
       <x:c r="B116" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C116" s="0">
-        <x:v>708.08</x:v>
+        <x:v>801.09</x:v>
       </x:c>
       <x:c r="D116" s="0">
-        <x:v>100.261</x:v>
+        <x:v>110.425</x:v>
       </x:c>
       <x:c r="E116" s="0">
-        <x:v>143.23</x:v>
+        <x:v>157.75</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:5">
       <x:c r="A117" s="1">
-        <x:v>45831.9246412037</x:v>
+        <x:v>45887.9245601852</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C117" s="0">
-        <x:v>661.46</x:v>
+        <x:v>1114.38</x:v>
       </x:c>
       <x:c r="D117" s="0">
-        <x:v>97.944</x:v>
+        <x:v>121.821</x:v>
       </x:c>
       <x:c r="E117" s="0">
-        <x:v>139.92</x:v>
+        <x:v>174.03</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:5">
       <x:c r="A118" s="1">
-        <x:v>45828.9428587963</x:v>
+        <x:v>45884.9247106481</x:v>
       </x:c>
       <x:c r="B118" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C118" s="0">
-        <x:v>626.51</x:v>
+        <x:v>1178.8</x:v>
       </x:c>
       <x:c r="D118" s="0">
-        <x:v>96.11</x:v>
+        <x:v>124.019</x:v>
       </x:c>
       <x:c r="E118" s="0">
-        <x:v>137.3</x:v>
+        <x:v>177.17</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:5">
       <x:c r="A119" s="1">
-        <x:v>45826.9303703704</x:v>
+        <x:v>45883.9240625</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C119" s="0">
-        <x:v>665.08</x:v>
+        <x:v>1259.8</x:v>
       </x:c>
       <x:c r="D119" s="0">
-        <x:v>97.972</x:v>
+        <x:v>126.714</x:v>
       </x:c>
       <x:c r="E119" s="0">
-        <x:v>139.96</x:v>
+        <x:v>181.02</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:5">
       <x:c r="A120" s="1">
-        <x:v>45825.9253587963</x:v>
+        <x:v>45882.9239467593</x:v>
       </x:c>
       <x:c r="B120" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C120" s="0">
-        <x:v>640.91</x:v>
+        <x:v>1333.12</x:v>
       </x:c>
       <x:c r="D120" s="0">
-        <x:v>96.74</x:v>
+        <x:v>129.059</x:v>
       </x:c>
       <x:c r="E120" s="0">
-        <x:v>138.2</x:v>
+        <x:v>184.37</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:5">
       <x:c r="A121" s="1">
-        <x:v>45824.9235185185</x:v>
+        <x:v>45881.9233449074</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C121" s="0">
-        <x:v>688.11</x:v>
+        <x:v>1391.87</x:v>
       </x:c>
       <x:c r="D121" s="0">
-        <x:v>98.987</x:v>
+        <x:v>130.879</x:v>
       </x:c>
       <x:c r="E121" s="0">
-        <x:v>141.41</x:v>
+        <x:v>186.97</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:5">
       <x:c r="A122" s="1">
-        <x:v>45821.9252777778</x:v>
+        <x:v>45880.923587963</x:v>
       </x:c>
       <x:c r="B122" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C122" s="0">
-        <x:v>633.56</x:v>
+        <x:v>1300.86</x:v>
       </x:c>
       <x:c r="D122" s="0">
-        <x:v>96.18</x:v>
+        <x:v>127.876</x:v>
       </x:c>
       <x:c r="E122" s="0">
-        <x:v>137.4</x:v>
+        <x:v>182.68</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:5">
       <x:c r="A123" s="1">
-        <x:v>45820.9288541667</x:v>
+        <x:v>45877.9331597222</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C123" s="0">
-        <x:v>604.23</x:v>
+        <x:v>1399.01</x:v>
       </x:c>
       <x:c r="D123" s="0">
-        <x:v>94.633</x:v>
+        <x:v>130.872</x:v>
       </x:c>
       <x:c r="E123" s="0">
-        <x:v>135.19</x:v>
+        <x:v>186.96</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:5">
       <x:c r="A124" s="1">
-        <x:v>45819.9235300926</x:v>
+        <x:v>45876.9384490741</x:v>
       </x:c>
       <x:c r="B124" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C124" s="0">
-        <x:v>620.92</x:v>
+        <x:v>1297.92</x:v>
       </x:c>
       <x:c r="D124" s="0">
-        <x:v>95.473</x:v>
+        <x:v>127.54</x:v>
       </x:c>
       <x:c r="E124" s="0">
-        <x:v>136.39</x:v>
+        <x:v>182.2</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:5">
       <x:c r="A125" s="1">
-        <x:v>45818.9235069444</x:v>
+        <x:v>45875.9344560185</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C125" s="0">
-        <x:v>574.72</x:v>
+        <x:v>1243.27</x:v>
       </x:c>
       <x:c r="D125" s="0">
-        <x:v>92.967</x:v>
+        <x:v>125.678</x:v>
       </x:c>
       <x:c r="E125" s="0">
-        <x:v>132.81</x:v>
+        <x:v>179.54</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:5">
       <x:c r="A126" s="1">
-        <x:v>45817.9248842593</x:v>
+        <x:v>45874.9325694444</x:v>
       </x:c>
       <x:c r="B126" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C126" s="0">
-        <x:v>565.36</x:v>
+        <x:v>1122.02</x:v>
       </x:c>
       <x:c r="D126" s="0">
-        <x:v>92.442</x:v>
+        <x:v>121.289</x:v>
       </x:c>
       <x:c r="E126" s="0">
-        <x:v>132.06</x:v>
+        <x:v>173.27</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:5">
       <x:c r="A127" s="1">
-        <x:v>45814.9279050926</x:v>
+        <x:v>45873.9313425926</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C127" s="0">
-        <x:v>513.75</x:v>
+        <x:v>908.53</x:v>
       </x:c>
       <x:c r="D127" s="0">
-        <x:v>89.404</x:v>
+        <x:v>112.462</x:v>
       </x:c>
       <x:c r="E127" s="0">
-        <x:v>127.72</x:v>
+        <x:v>160.66</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:5">
       <x:c r="A128" s="1">
-        <x:v>45813.9312152778</x:v>
+        <x:v>45870.9273842593</x:v>
       </x:c>
       <x:c r="B128" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C128" s="0">
-        <x:v>429.95</x:v>
+        <x:v>809.17</x:v>
       </x:c>
       <x:c r="D128" s="0">
-        <x:v>83.937</x:v>
+        <x:v>107.989</x:v>
       </x:c>
       <x:c r="E128" s="0">
-        <x:v>119.91</x:v>
+        <x:v>154.27</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:5">
       <x:c r="A129" s="1">
-        <x:v>45812.928900463</x:v>
+        <x:v>45869.9244212963</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C129" s="0">
-        <x:v>560.95</x:v>
+        <x:v>877.43</x:v>
       </x:c>
       <x:c r="D129" s="0">
-        <x:v>91.007</x:v>
+        <x:v>110.845</x:v>
       </x:c>
       <x:c r="E129" s="0">
-        <x:v>130.01</x:v>
+        <x:v>158.35</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:5">
       <x:c r="A130" s="1">
-        <x:v>45811.9361342593</x:v>
+        <x:v>45868.9255092593</x:v>
       </x:c>
       <x:c r="B130" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C130" s="0">
-        <x:v>604.27</x:v>
+        <x:v>882.2</x:v>
       </x:c>
       <x:c r="D130" s="0">
-        <x:v>93.219</x:v>
+        <x:v>111.027</x:v>
       </x:c>
       <x:c r="E130" s="0">
-        <x:v>133.17</x:v>
+        <x:v>158.61</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:5">
       <x:c r="A131" s="1">
-        <x:v>45810.9415046296</x:v>
+        <x:v>45867.9289467593</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C131" s="0">
-        <x:v>589.42</x:v>
+        <x:v>844.2</x:v>
       </x:c>
       <x:c r="D131" s="0">
-        <x:v>92.428</x:v>
+        <x:v>109.368</x:v>
       </x:c>
       <x:c r="E131" s="0">
-        <x:v>132.04</x:v>
+        <x:v>156.24</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:5">
       <x:c r="A132" s="1">
-        <x:v>45800.9242592593</x:v>
+        <x:v>45866.9278125</x:v>
       </x:c>
       <x:c r="B132" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C132" s="0">
-        <x:v>489.81</x:v>
+        <x:v>871.8</x:v>
       </x:c>
       <x:c r="D132" s="0">
-        <x:v>86.317</x:v>
+        <x:v>110.516</x:v>
       </x:c>
       <x:c r="E132" s="0">
-        <x:v>123.31</x:v>
+        <x:v>157.88</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:5">
       <x:c r="A133" s="1">
-        <x:v>45799.9263194444</x:v>
+        <x:v>45863.926875</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C133" s="0">
-        <x:v>478.08</x:v>
+        <x:v>888.55</x:v>
       </x:c>
       <x:c r="D133" s="0">
-        <x:v>85.603</x:v>
+        <x:v>111.16</x:v>
       </x:c>
       <x:c r="E133" s="0">
-        <x:v>122.29</x:v>
+        <x:v>158.8</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:5">
       <x:c r="A134" s="1">
-        <x:v>45798.9249652778</x:v>
+        <x:v>45862.9245949074</x:v>
       </x:c>
       <x:c r="B134" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C134" s="0">
-        <x:v>458.79</x:v>
+        <x:v>825.92</x:v>
       </x:c>
       <x:c r="D134" s="0">
-        <x:v>84.406</x:v>
+        <x:v>108.402</x:v>
       </x:c>
       <x:c r="E134" s="0">
-        <x:v>120.58</x:v>
+        <x:v>154.86</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:5">
       <x:c r="A135" s="1">
-        <x:v>45797.9233564815</x:v>
+        <x:v>45861.926412037</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C135" s="0">
-        <x:v>521.45</x:v>
+        <x:v>822.65</x:v>
       </x:c>
       <x:c r="D135" s="0">
-        <x:v>87.913</x:v>
+        <x:v>108.241</x:v>
       </x:c>
       <x:c r="E135" s="0">
-        <x:v>125.59</x:v>
+        <x:v>154.63</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:5">
       <x:c r="A136" s="1">
-        <x:v>45796.9244791667</x:v>
+        <x:v>45860.9260763889</x:v>
       </x:c>
       <x:c r="B136" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C136" s="0">
-        <x:v>531.04</x:v>
+        <x:v>740.19</x:v>
       </x:c>
       <x:c r="D136" s="0">
-        <x:v>88.431</x:v>
+        <x:v>104.349</x:v>
       </x:c>
       <x:c r="E136" s="0">
-        <x:v>126.33</x:v>
+        <x:v>149.07</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:5">
       <x:c r="A137" s="1">
-        <x:v>45793.9259606482</x:v>
+        <x:v>45859.9273148148</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C137" s="0">
-        <x:v>574.32</x:v>
+        <x:v>782.64</x:v>
       </x:c>
       <x:c r="D137" s="0">
-        <x:v>90.664</x:v>
+        <x:v>106.253</x:v>
       </x:c>
       <x:c r="E137" s="0">
-        <x:v>129.52</x:v>
+        <x:v>151.79</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:5">
       <x:c r="A138" s="1">
-        <x:v>45792.9359490741</x:v>
+        <x:v>45856.949212963</x:v>
       </x:c>
       <x:c r="B138" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C138" s="0">
-        <x:v>556.35</x:v>
+        <x:v>811.26</x:v>
       </x:c>
       <x:c r="D138" s="0">
-        <x:v>89.684</x:v>
+        <x:v>107.464</x:v>
       </x:c>
       <x:c r="E138" s="0">
-        <x:v>128.12</x:v>
+        <x:v>153.52</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:5">
       <x:c r="A139" s="1">
-        <x:v>45791.9275578704</x:v>
+        <x:v>45855.9327314815</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C139" s="0">
-        <x:v>584.38</x:v>
+        <x:v>819.16</x:v>
       </x:c>
       <x:c r="D139" s="0">
-        <x:v>91.126</x:v>
+        <x:v>107.793</x:v>
       </x:c>
       <x:c r="E139" s="0">
-        <x:v>130.18</x:v>
+        <x:v>153.99</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:5">
       <x:c r="A140" s="1">
-        <x:v>45790.9286458333</x:v>
+        <x:v>45854.9359490741</x:v>
       </x:c>
       <x:c r="B140" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C140" s="0">
-        <x:v>557.49</x:v>
+        <x:v>772.26</x:v>
       </x:c>
       <x:c r="D140" s="0">
-        <x:v>89.67</x:v>
+        <x:v>105.637</x:v>
       </x:c>
       <x:c r="E140" s="0">
-        <x:v>128.1</x:v>
+        <x:v>150.91</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:5">
       <x:c r="A141" s="1">
-        <x:v>45789.9278009259</x:v>
+        <x:v>45853.9275694444</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C141" s="0">
-        <x:v>448.27</x:v>
+        <x:v>737.9</x:v>
       </x:c>
       <x:c r="D141" s="0">
-        <x:v>82.922</x:v>
+        <x:v>104.006</x:v>
       </x:c>
       <x:c r="E141" s="0">
-        <x:v>118.46</x:v>
+        <x:v>148.58</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:5">
       <x:c r="A142" s="1">
-        <x:v>45786.9254050926</x:v>
+        <x:v>45852.9328587963</x:v>
       </x:c>
       <x:c r="B142" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C142" s="0">
-        <x:v>435.98</x:v>
+        <x:v>746.83</x:v>
       </x:c>
       <x:c r="D142" s="0">
-        <x:v>82.11</x:v>
+        <x:v>104.405</x:v>
       </x:c>
       <x:c r="E142" s="0">
-        <x:v>117.3</x:v>
+        <x:v>149.15</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:5">
       <x:c r="A143" s="1">
-        <x:v>45785.9240393518</x:v>
+        <x:v>45849.9249768518</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C143" s="0">
-        <x:v>457.51</x:v>
+        <x:v>650.91</x:v>
       </x:c>
       <x:c r="D143" s="0">
-        <x:v>83.405</x:v>
+        <x:v>99.47</x:v>
       </x:c>
       <x:c r="E143" s="0">
-        <x:v>119.15</x:v>
+        <x:v>142.1</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:5">
       <x:c r="A144" s="1">
-        <x:v>45784.9234837963</x:v>
+        <x:v>45848.9261342593</x:v>
       </x:c>
       <x:c r="B144" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C144" s="0">
-        <x:v>370.47</x:v>
+        <x:v>656.76</x:v>
       </x:c>
       <x:c r="D144" s="0">
-        <x:v>77.336</x:v>
+        <x:v>99.75</x:v>
       </x:c>
       <x:c r="E144" s="0">
-        <x:v>110.48</x:v>
+        <x:v>142.5</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:5">
       <x:c r="A145" s="1">
+        <x:v>45847.925787037</x:v>
+      </x:c>
+      <x:c r="B145" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C145" s="0">
+        <x:v>665.88</x:v>
+      </x:c>
+      <x:c r="D145" s="0">
+        <x:v>100.191</x:v>
+      </x:c>
+      <x:c r="E145" s="0">
+        <x:v>143.13</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="146" spans="1:5">
+      <x:c r="A146" s="1">
+        <x:v>45846.9248611111</x:v>
+      </x:c>
+      <x:c r="B146" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C146" s="0">
+        <x:v>620.61</x:v>
+      </x:c>
+      <x:c r="D146" s="0">
+        <x:v>97.797</x:v>
+      </x:c>
+      <x:c r="E146" s="0">
+        <x:v>139.71</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="147" spans="1:5">
+      <x:c r="A147" s="1">
+        <x:v>45845.9274884259</x:v>
+      </x:c>
+      <x:c r="B147" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C147" s="0">
+        <x:v>613.11</x:v>
+      </x:c>
+      <x:c r="D147" s="0">
+        <x:v>97.384</x:v>
+      </x:c>
+      <x:c r="E147" s="0">
+        <x:v>139.12</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="148" spans="1:5">
+      <x:c r="A148" s="1">
+        <x:v>45841.8023263889</x:v>
+      </x:c>
+      <x:c r="B148" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C148" s="0">
+        <x:v>555.19</x:v>
+      </x:c>
+      <x:c r="D148" s="0">
+        <x:v>94.052</x:v>
+      </x:c>
+      <x:c r="E148" s="0">
+        <x:v>134.36</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="149" spans="1:5">
+      <x:c r="A149" s="1">
+        <x:v>45840.9303703704</x:v>
+      </x:c>
+      <x:c r="B149" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C149" s="0">
+        <x:v>528.57</x:v>
+      </x:c>
+      <x:c r="D149" s="0">
+        <x:v>92.484</x:v>
+      </x:c>
+      <x:c r="E149" s="0">
+        <x:v>132.12</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="150" spans="1:5">
+      <x:c r="A150" s="1">
+        <x:v>45839.9249421296</x:v>
+      </x:c>
+      <x:c r="B150" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C150" s="0">
+        <x:v>511.9</x:v>
+      </x:c>
+      <x:c r="D150" s="0">
+        <x:v>91.476</x:v>
+      </x:c>
+      <x:c r="E150" s="0">
+        <x:v>130.68</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="151" spans="1:5">
+      <x:c r="A151" s="1">
+        <x:v>45838.9258217593</x:v>
+      </x:c>
+      <x:c r="B151" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C151" s="0">
+        <x:v>584.77</x:v>
+      </x:c>
+      <x:c r="D151" s="0">
+        <x:v>95.424</x:v>
+      </x:c>
+      <x:c r="E151" s="0">
+        <x:v>136.32</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="152" spans="1:5">
+      <x:c r="A152" s="1">
+        <x:v>45835.9282291667</x:v>
+      </x:c>
+      <x:c r="B152" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C152" s="0">
+        <x:v>519.08</x:v>
+      </x:c>
+      <x:c r="D152" s="0">
+        <x:v>91.518</x:v>
+      </x:c>
+      <x:c r="E152" s="0">
+        <x:v>130.74</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="153" spans="1:5">
+      <x:c r="A153" s="1">
+        <x:v>45834.9274189815</x:v>
+      </x:c>
+      <x:c r="B153" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C153" s="0">
+        <x:v>722.41</x:v>
+      </x:c>
+      <x:c r="D153" s="0">
+        <x:v>100.975</x:v>
+      </x:c>
+      <x:c r="E153" s="0">
+        <x:v>144.25</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="154" spans="1:5">
+      <x:c r="A154" s="1">
+        <x:v>45833.9268171296</x:v>
+      </x:c>
+      <x:c r="B154" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C154" s="0">
+        <x:v>702.84</x:v>
+      </x:c>
+      <x:c r="D154" s="0">
+        <x:v>100.03</x:v>
+      </x:c>
+      <x:c r="E154" s="0">
+        <x:v>142.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="155" spans="1:5">
+      <x:c r="A155" s="1">
+        <x:v>45832.9265393519</x:v>
+      </x:c>
+      <x:c r="B155" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C155" s="0">
+        <x:v>708.08</x:v>
+      </x:c>
+      <x:c r="D155" s="0">
+        <x:v>100.261</x:v>
+      </x:c>
+      <x:c r="E155" s="0">
+        <x:v>143.23</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="156" spans="1:5">
+      <x:c r="A156" s="1">
+        <x:v>45831.9246412037</x:v>
+      </x:c>
+      <x:c r="B156" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C156" s="0">
+        <x:v>661.46</x:v>
+      </x:c>
+      <x:c r="D156" s="0">
+        <x:v>97.944</x:v>
+      </x:c>
+      <x:c r="E156" s="0">
+        <x:v>139.92</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="157" spans="1:5">
+      <x:c r="A157" s="1">
+        <x:v>45828.9428587963</x:v>
+      </x:c>
+      <x:c r="B157" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C157" s="0">
+        <x:v>626.51</x:v>
+      </x:c>
+      <x:c r="D157" s="0">
+        <x:v>96.11</x:v>
+      </x:c>
+      <x:c r="E157" s="0">
+        <x:v>137.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="158" spans="1:5">
+      <x:c r="A158" s="1">
+        <x:v>45826.9303703704</x:v>
+      </x:c>
+      <x:c r="B158" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C158" s="0">
+        <x:v>665.08</x:v>
+      </x:c>
+      <x:c r="D158" s="0">
+        <x:v>97.972</x:v>
+      </x:c>
+      <x:c r="E158" s="0">
+        <x:v>139.96</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="159" spans="1:5">
+      <x:c r="A159" s="1">
+        <x:v>45825.9253587963</x:v>
+      </x:c>
+      <x:c r="B159" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C159" s="0">
+        <x:v>640.91</x:v>
+      </x:c>
+      <x:c r="D159" s="0">
+        <x:v>96.74</x:v>
+      </x:c>
+      <x:c r="E159" s="0">
+        <x:v>138.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="160" spans="1:5">
+      <x:c r="A160" s="1">
+        <x:v>45824.9235185185</x:v>
+      </x:c>
+      <x:c r="B160" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C160" s="0">
+        <x:v>688.11</x:v>
+      </x:c>
+      <x:c r="D160" s="0">
+        <x:v>98.987</x:v>
+      </x:c>
+      <x:c r="E160" s="0">
+        <x:v>141.41</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="161" spans="1:5">
+      <x:c r="A161" s="1">
+        <x:v>45821.9252777778</x:v>
+      </x:c>
+      <x:c r="B161" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C161" s="0">
+        <x:v>633.56</x:v>
+      </x:c>
+      <x:c r="D161" s="0">
+        <x:v>96.18</x:v>
+      </x:c>
+      <x:c r="E161" s="0">
+        <x:v>137.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="162" spans="1:5">
+      <x:c r="A162" s="1">
+        <x:v>45820.9288541667</x:v>
+      </x:c>
+      <x:c r="B162" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C162" s="0">
+        <x:v>604.23</x:v>
+      </x:c>
+      <x:c r="D162" s="0">
+        <x:v>94.633</x:v>
+      </x:c>
+      <x:c r="E162" s="0">
+        <x:v>135.19</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="163" spans="1:5">
+      <x:c r="A163" s="1">
+        <x:v>45819.9235300926</x:v>
+      </x:c>
+      <x:c r="B163" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C163" s="0">
+        <x:v>620.92</x:v>
+      </x:c>
+      <x:c r="D163" s="0">
+        <x:v>95.473</x:v>
+      </x:c>
+      <x:c r="E163" s="0">
+        <x:v>136.39</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="164" spans="1:5">
+      <x:c r="A164" s="1">
+        <x:v>45818.9235069444</x:v>
+      </x:c>
+      <x:c r="B164" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C164" s="0">
+        <x:v>574.72</x:v>
+      </x:c>
+      <x:c r="D164" s="0">
+        <x:v>92.967</x:v>
+      </x:c>
+      <x:c r="E164" s="0">
+        <x:v>132.81</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="165" spans="1:5">
+      <x:c r="A165" s="1">
+        <x:v>45817.9248842593</x:v>
+      </x:c>
+      <x:c r="B165" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C165" s="0">
+        <x:v>565.36</x:v>
+      </x:c>
+      <x:c r="D165" s="0">
+        <x:v>92.442</x:v>
+      </x:c>
+      <x:c r="E165" s="0">
+        <x:v>132.06</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="166" spans="1:5">
+      <x:c r="A166" s="1">
+        <x:v>45814.9279050926</x:v>
+      </x:c>
+      <x:c r="B166" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C166" s="0">
+        <x:v>513.75</x:v>
+      </x:c>
+      <x:c r="D166" s="0">
+        <x:v>89.404</x:v>
+      </x:c>
+      <x:c r="E166" s="0">
+        <x:v>127.72</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="167" spans="1:5">
+      <x:c r="A167" s="1">
+        <x:v>45813.9312152778</x:v>
+      </x:c>
+      <x:c r="B167" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C167" s="0">
+        <x:v>429.95</x:v>
+      </x:c>
+      <x:c r="D167" s="0">
+        <x:v>83.937</x:v>
+      </x:c>
+      <x:c r="E167" s="0">
+        <x:v>119.91</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="168" spans="1:5">
+      <x:c r="A168" s="1">
+        <x:v>45812.928900463</x:v>
+      </x:c>
+      <x:c r="B168" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C168" s="0">
+        <x:v>560.95</x:v>
+      </x:c>
+      <x:c r="D168" s="0">
+        <x:v>91.007</x:v>
+      </x:c>
+      <x:c r="E168" s="0">
+        <x:v>130.01</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="169" spans="1:5">
+      <x:c r="A169" s="1">
+        <x:v>45811.9361342593</x:v>
+      </x:c>
+      <x:c r="B169" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C169" s="0">
+        <x:v>604.27</x:v>
+      </x:c>
+      <x:c r="D169" s="0">
+        <x:v>93.219</x:v>
+      </x:c>
+      <x:c r="E169" s="0">
+        <x:v>133.17</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="170" spans="1:5">
+      <x:c r="A170" s="1">
+        <x:v>45810.9415046296</x:v>
+      </x:c>
+      <x:c r="B170" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C170" s="0">
+        <x:v>589.42</x:v>
+      </x:c>
+      <x:c r="D170" s="0">
+        <x:v>92.428</x:v>
+      </x:c>
+      <x:c r="E170" s="0">
+        <x:v>132.04</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="171" spans="1:5">
+      <x:c r="A171" s="1">
+        <x:v>45800.9242592593</x:v>
+      </x:c>
+      <x:c r="B171" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C171" s="0">
+        <x:v>489.81</x:v>
+      </x:c>
+      <x:c r="D171" s="0">
+        <x:v>86.317</x:v>
+      </x:c>
+      <x:c r="E171" s="0">
+        <x:v>123.31</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="172" spans="1:5">
+      <x:c r="A172" s="1">
+        <x:v>45799.9263194444</x:v>
+      </x:c>
+      <x:c r="B172" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C172" s="0">
+        <x:v>478.08</x:v>
+      </x:c>
+      <x:c r="D172" s="0">
+        <x:v>85.603</x:v>
+      </x:c>
+      <x:c r="E172" s="0">
+        <x:v>122.29</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="173" spans="1:5">
+      <x:c r="A173" s="1">
+        <x:v>45798.9249652778</x:v>
+      </x:c>
+      <x:c r="B173" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C173" s="0">
+        <x:v>458.79</x:v>
+      </x:c>
+      <x:c r="D173" s="0">
+        <x:v>84.406</x:v>
+      </x:c>
+      <x:c r="E173" s="0">
+        <x:v>120.58</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="174" spans="1:5">
+      <x:c r="A174" s="1">
+        <x:v>45797.9233564815</x:v>
+      </x:c>
+      <x:c r="B174" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C174" s="0">
+        <x:v>521.45</x:v>
+      </x:c>
+      <x:c r="D174" s="0">
+        <x:v>87.913</x:v>
+      </x:c>
+      <x:c r="E174" s="0">
+        <x:v>125.59</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="175" spans="1:5">
+      <x:c r="A175" s="1">
+        <x:v>45796.9244791667</x:v>
+      </x:c>
+      <x:c r="B175" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C175" s="0">
+        <x:v>531.04</x:v>
+      </x:c>
+      <x:c r="D175" s="0">
+        <x:v>88.431</x:v>
+      </x:c>
+      <x:c r="E175" s="0">
+        <x:v>126.33</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="176" spans="1:5">
+      <x:c r="A176" s="1">
+        <x:v>45793.9259606482</x:v>
+      </x:c>
+      <x:c r="B176" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C176" s="0">
+        <x:v>574.32</x:v>
+      </x:c>
+      <x:c r="D176" s="0">
+        <x:v>90.664</x:v>
+      </x:c>
+      <x:c r="E176" s="0">
+        <x:v>129.52</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="177" spans="1:5">
+      <x:c r="A177" s="1">
+        <x:v>45792.9359490741</x:v>
+      </x:c>
+      <x:c r="B177" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C177" s="0">
+        <x:v>556.35</x:v>
+      </x:c>
+      <x:c r="D177" s="0">
+        <x:v>89.684</x:v>
+      </x:c>
+      <x:c r="E177" s="0">
+        <x:v>128.12</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="178" spans="1:5">
+      <x:c r="A178" s="1">
+        <x:v>45791.9275578704</x:v>
+      </x:c>
+      <x:c r="B178" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C178" s="0">
+        <x:v>584.38</x:v>
+      </x:c>
+      <x:c r="D178" s="0">
+        <x:v>91.126</x:v>
+      </x:c>
+      <x:c r="E178" s="0">
+        <x:v>130.18</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="179" spans="1:5">
+      <x:c r="A179" s="1">
+        <x:v>45790.9286458333</x:v>
+      </x:c>
+      <x:c r="B179" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C179" s="0">
+        <x:v>557.49</x:v>
+      </x:c>
+      <x:c r="D179" s="0">
+        <x:v>89.67</x:v>
+      </x:c>
+      <x:c r="E179" s="0">
+        <x:v>128.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="180" spans="1:5">
+      <x:c r="A180" s="1">
+        <x:v>45789.9278009259</x:v>
+      </x:c>
+      <x:c r="B180" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C180" s="0">
+        <x:v>448.27</x:v>
+      </x:c>
+      <x:c r="D180" s="0">
+        <x:v>82.922</x:v>
+      </x:c>
+      <x:c r="E180" s="0">
+        <x:v>118.46</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="181" spans="1:5">
+      <x:c r="A181" s="1">
+        <x:v>45786.9254050926</x:v>
+      </x:c>
+      <x:c r="B181" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C181" s="0">
+        <x:v>435.98</x:v>
+      </x:c>
+      <x:c r="D181" s="0">
+        <x:v>82.11</x:v>
+      </x:c>
+      <x:c r="E181" s="0">
+        <x:v>117.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="182" spans="1:5">
+      <x:c r="A182" s="1">
+        <x:v>45785.9240393518</x:v>
+      </x:c>
+      <x:c r="B182" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C182" s="0">
+        <x:v>457.51</x:v>
+      </x:c>
+      <x:c r="D182" s="0">
+        <x:v>83.405</x:v>
+      </x:c>
+      <x:c r="E182" s="0">
+        <x:v>119.15</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="183" spans="1:5">
+      <x:c r="A183" s="1">
+        <x:v>45784.9234837963</x:v>
+      </x:c>
+      <x:c r="B183" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C183" s="0">
+        <x:v>370.47</x:v>
+      </x:c>
+      <x:c r="D183" s="0">
+        <x:v>77.336</x:v>
+      </x:c>
+      <x:c r="E183" s="0">
+        <x:v>110.48</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="184" spans="1:5">
+      <x:c r="A184" s="1">
         <x:v>45783.9247685185</x:v>
       </x:c>
-      <x:c r="B145" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C145" s="0">
+      <x:c r="B184" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C184" s="0">
         <x:v>354.81</x:v>
       </x:c>
-      <x:c r="D145" s="0">
+      <x:c r="D184" s="0">
         <x:v>76.202</x:v>
       </x:c>
-      <x:c r="E145" s="0">
+      <x:c r="E184" s="0">
         <x:v>108.86</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>