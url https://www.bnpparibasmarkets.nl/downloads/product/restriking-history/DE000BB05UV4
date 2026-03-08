--- v3 (2026-02-12)
+++ v4 (2026-03-08)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R17f91f8f11f94ef0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/fe30642b88ff4792b76796c550a9bb8b.psmdcp" Id="R30aaa3e7395643f8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6b03c8c5c697404b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a33369f758974716a8dec720d24ddcf7.psmdcp" Id="R2c10d64a98bf4ee7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>DE000BB05UV4</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -390,3174 +390,3429 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E184"/>
+  <x:dimension ref="A1:E199"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>46064.9255671296</x:v>
+        <x:v>46087.9263078704</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
-        <x:v>313.67</x:v>
+        <x:v>465.28</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>94.976</x:v>
+        <x:v>110.012</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>135.68</x:v>
+        <x:v>157.16</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>46063.925474537</x:v>
+        <x:v>46086.9325462963</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
-        <x:v>341.99</x:v>
+        <x:v>427.73</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>97.657</x:v>
+        <x:v>106.869</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>139.51</x:v>
+        <x:v>152.67</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>46062.9247222222</x:v>
+        <x:v>46085.9284837963</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
-        <x:v>368.45</x:v>
+        <x:v>432.33</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>100.037</x:v>
+        <x:v>107.233</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>142.91</x:v>
+        <x:v>153.19</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>46058.925474537</x:v>
+        <x:v>46084.9255208333</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
-        <x:v>281.34</x:v>
+        <x:v>385.6</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>91.007</x:v>
+        <x:v>103.054</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>130.01</x:v>
+        <x:v>147.22</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>46057.9258680556</x:v>
+        <x:v>46083.9255555556</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
-        <x:v>354.04</x:v>
+        <x:v>370.09</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>97.678</x:v>
+        <x:v>101.619</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>139.54</x:v>
+        <x:v>145.17</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>46056.9428819444</x:v>
+        <x:v>46080.9256944444</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
-        <x:v>543.79</x:v>
+        <x:v>315.47</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>110.516</x:v>
+        <x:v>96.033</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>157.88</x:v>
+        <x:v>137.19</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>46055.9254513889</x:v>
+        <x:v>46079.9258217593</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
-        <x:v>451.28</x:v>
+        <x:v>307.14</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>103.432</x:v>
+        <x:v>95.158</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>147.76</x:v>
+        <x:v>135.94</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>46051.9255324074</x:v>
+        <x:v>46078.9257291667</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
-        <x:v>492.84</x:v>
+        <x:v>295.7</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>106.302</x:v>
+        <x:v>93.933</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>151.86</x:v>
+        <x:v>134.19</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>46050.9251157407</x:v>
+        <x:v>46077.925474537</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
-        <x:v>550.74</x:v>
+        <x:v>263.05</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>110.145</x:v>
+        <x:v>90.188</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>157.35</x:v>
+        <x:v>128.84</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>46049.9249768518</x:v>
+        <x:v>46073.9253703704</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C12" s="0">
-        <x:v>649.17</x:v>
+        <x:v>306.2</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>115.99</x:v>
+        <x:v>94.668</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>165.7</x:v>
+        <x:v>135.24</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>46048.9248032407</x:v>
+        <x:v>46072.9253125</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0">
-        <x:v>670.75</x:v>
+        <x:v>303.97</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>117.229</x:v>
+        <x:v>94.423</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>167.47</x:v>
+        <x:v>134.89</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>46045.9251273148</x:v>
+        <x:v>46071.9254050926</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C14" s="0">
-        <x:v>697.99</x:v>
+        <x:v>307.45</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>118.72</x:v>
+        <x:v>94.766</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>169.6</x:v>
+        <x:v>135.38</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>46044.9245601852</x:v>
+        <x:v>46070.9253587963</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
-        <x:v>654.5</x:v>
+        <x:v>292.04</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>116.13</x:v>
+        <x:v>93.114</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>165.9</x:v>
+        <x:v>133.02</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>46043.9253935185</x:v>
+        <x:v>46066.9255324074</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C16" s="0">
-        <x:v>648.09</x:v>
+        <x:v>282.18</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>115.731</x:v>
+        <x:v>91.987</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>165.33</x:v>
+        <x:v>131.41</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>46042.9279050926</x:v>
+        <x:v>46065.9252893518</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C17" s="0">
-        <x:v>687.56</x:v>
+        <x:v>268.1</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>117.971</x:v>
+        <x:v>90.391</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>168.53</x:v>
+        <x:v>129.13</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>46038.9243171296</x:v>
+        <x:v>46064.9255671296</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="0">
-        <x:v>719.55</x:v>
+        <x:v>313.67</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>119.672</x:v>
+        <x:v>94.976</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>170.96</x:v>
+        <x:v>135.68</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>46037.9280671296</x:v>
+        <x:v>46063.925474537</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C19" s="0">
-        <x:v>803.04</x:v>
+        <x:v>341.99</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>123.949</x:v>
+        <x:v>97.657</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>177.07</x:v>
+        <x:v>139.51</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
-        <x:v>46036.9272800926</x:v>
+        <x:v>46062.9247222222</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C20" s="0">
-        <x:v>821.79</x:v>
+        <x:v>368.45</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>124.88</x:v>
+        <x:v>100.037</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>178.4</x:v>
+        <x:v>142.91</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="1">
-        <x:v>46035.9279166667</x:v>
+        <x:v>46058.925474537</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C21" s="0">
-        <x:v>829.96</x:v>
+        <x:v>281.34</x:v>
       </x:c>
       <x:c r="D21" s="0">
-        <x:v>125.272</x:v>
+        <x:v>91.007</x:v>
       </x:c>
       <x:c r="E21" s="0">
-        <x:v>178.96</x:v>
+        <x:v>130.01</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="1">
-        <x:v>46034.9278935185</x:v>
+        <x:v>46057.9258680556</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C22" s="0">
-        <x:v>836.64</x:v>
+        <x:v>354.04</x:v>
       </x:c>
       <x:c r="D22" s="0">
-        <x:v>125.587</x:v>
+        <x:v>97.678</x:v>
       </x:c>
       <x:c r="E22" s="0">
-        <x:v>179.41</x:v>
+        <x:v>139.54</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="1">
-        <x:v>46031.9291666667</x:v>
+        <x:v>46056.9428819444</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C23" s="0">
-        <x:v>811.4</x:v>
+        <x:v>543.79</x:v>
       </x:c>
       <x:c r="D23" s="0">
-        <x:v>124.243</x:v>
+        <x:v>110.516</x:v>
       </x:c>
       <x:c r="E23" s="0">
-        <x:v>177.49</x:v>
+        <x:v>157.88</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="1">
-        <x:v>46030.927025463</x:v>
+        <x:v>46055.9254513889</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C24" s="0">
-        <x:v>803.18</x:v>
+        <x:v>451.28</x:v>
       </x:c>
       <x:c r="D24" s="0">
-        <x:v>123.802</x:v>
+        <x:v>103.432</x:v>
       </x:c>
       <x:c r="E24" s="0">
-        <x:v>176.86</x:v>
+        <x:v>147.76</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="1">
-        <x:v>46029.9278935185</x:v>
+        <x:v>46051.9255324074</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C25" s="0">
-        <x:v>873.07</x:v>
+        <x:v>492.84</x:v>
       </x:c>
       <x:c r="D25" s="0">
-        <x:v>127.176</x:v>
+        <x:v>106.302</x:v>
       </x:c>
       <x:c r="E25" s="0">
-        <x:v>181.68</x:v>
+        <x:v>151.86</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="1">
-        <x:v>46028.9271759259</x:v>
+        <x:v>46050.9251157407</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C26" s="0">
-        <x:v>845.64</x:v>
+        <x:v>550.74</x:v>
       </x:c>
       <x:c r="D26" s="0">
-        <x:v>125.797</x:v>
+        <x:v>110.145</x:v>
       </x:c>
       <x:c r="E26" s="0">
-        <x:v>179.71</x:v>
+        <x:v>157.35</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="1">
-        <x:v>46027.9296064815</x:v>
+        <x:v>46049.9249768518</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C27" s="0">
-        <x:v>770.67</x:v>
+        <x:v>649.17</x:v>
       </x:c>
       <x:c r="D27" s="0">
-        <x:v>121.828</x:v>
+        <x:v>115.99</x:v>
       </x:c>
       <x:c r="E27" s="0">
-        <x:v>174.04</x:v>
+        <x:v>165.7</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="1">
-        <x:v>46024.9271875</x:v>
+        <x:v>46048.9248032407</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C28" s="0">
-        <x:v>694.88</x:v>
+        <x:v>670.75</x:v>
       </x:c>
       <x:c r="D28" s="0">
-        <x:v>117.502</x:v>
+        <x:v>117.229</x:v>
       </x:c>
       <x:c r="E28" s="0">
-        <x:v>167.86</x:v>
+        <x:v>167.47</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="1">
-        <x:v>46021.9269560185</x:v>
+        <x:v>46045.9251273148</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C29" s="0">
-        <x:v>887.11</x:v>
+        <x:v>697.99</x:v>
       </x:c>
       <x:c r="D29" s="0">
-        <x:v>126.588</x:v>
+        <x:v>118.72</x:v>
       </x:c>
       <x:c r="E29" s="0">
-        <x:v>180.84</x:v>
+        <x:v>169.6</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="1">
-        <x:v>46020.9273611111</x:v>
+        <x:v>46044.9245601852</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C30" s="0">
-        <x:v>938.61</x:v>
+        <x:v>654.5</x:v>
       </x:c>
       <x:c r="D30" s="0">
-        <x:v>128.926</x:v>
+        <x:v>116.13</x:v>
       </x:c>
       <x:c r="E30" s="0">
-        <x:v>184.18</x:v>
+        <x:v>165.9</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="1">
-        <x:v>46014.9278356481</x:v>
+        <x:v>46043.9253935185</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C31" s="0">
-        <x:v>1112.73</x:v>
+        <x:v>648.09</x:v>
       </x:c>
       <x:c r="D31" s="0">
-        <x:v>135.891</x:v>
+        <x:v>115.731</x:v>
       </x:c>
       <x:c r="E31" s="0">
-        <x:v>194.13</x:v>
+        <x:v>165.33</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="1">
-        <x:v>46013.9284837963</x:v>
+        <x:v>46042.9279050926</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C32" s="0">
-        <x:v>1110.66</x:v>
+        <x:v>687.56</x:v>
       </x:c>
       <x:c r="D32" s="0">
-        <x:v>135.786</x:v>
+        <x:v>117.971</x:v>
       </x:c>
       <x:c r="E32" s="0">
-        <x:v>193.98</x:v>
+        <x:v>168.53</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="1">
-        <x:v>46010.9275810185</x:v>
+        <x:v>46038.9243171296</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C33" s="0">
-        <x:v>1101.9</x:v>
+        <x:v>719.55</x:v>
       </x:c>
       <x:c r="D33" s="0">
-        <x:v>135.366</x:v>
+        <x:v>119.672</x:v>
       </x:c>
       <x:c r="E33" s="0">
-        <x:v>193.38</x:v>
+        <x:v>170.96</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="1">
-        <x:v>46009.930787037</x:v>
+        <x:v>46037.9280671296</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C34" s="0">
-        <x:v>980.52</x:v>
+        <x:v>803.04</x:v>
       </x:c>
       <x:c r="D34" s="0">
-        <x:v>129.983</x:v>
+        <x:v>123.949</x:v>
       </x:c>
       <x:c r="E34" s="0">
-        <x:v>185.69</x:v>
+        <x:v>177.07</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="1">
-        <x:v>46008.9275925926</x:v>
+        <x:v>46036.9272800926</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C35" s="0">
-        <x:v>858.84</x:v>
+        <x:v>821.79</x:v>
       </x:c>
       <x:c r="D35" s="0">
-        <x:v>124.103</x:v>
+        <x:v>124.88</x:v>
       </x:c>
       <x:c r="E35" s="0">
-        <x:v>177.29</x:v>
+        <x:v>178.4</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="1">
-        <x:v>46007.9277662037</x:v>
+        <x:v>46035.9279166667</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C36" s="0">
-        <x:v>1031.75</x:v>
+        <x:v>829.96</x:v>
       </x:c>
       <x:c r="D36" s="0">
-        <x:v>131.425</x:v>
+        <x:v>125.272</x:v>
       </x:c>
       <x:c r="E36" s="0">
-        <x:v>187.75</x:v>
+        <x:v>178.96</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="1">
-        <x:v>46006.9271064815</x:v>
+        <x:v>46034.9278935185</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C37" s="0">
-        <x:v>961.37</x:v>
+        <x:v>836.64</x:v>
       </x:c>
       <x:c r="D37" s="0">
-        <x:v>128.275</x:v>
+        <x:v>125.587</x:v>
       </x:c>
       <x:c r="E37" s="0">
-        <x:v>183.25</x:v>
+        <x:v>179.41</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="1">
-        <x:v>46003.9269907407</x:v>
+        <x:v>46031.9291666667</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C38" s="0">
-        <x:v>967.75</x:v>
+        <x:v>811.4</x:v>
       </x:c>
       <x:c r="D38" s="0">
-        <x:v>128.499</x:v>
+        <x:v>124.243</x:v>
       </x:c>
       <x:c r="E38" s="0">
-        <x:v>183.57</x:v>
+        <x:v>177.49</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="1">
-        <x:v>46002.9320023148</x:v>
+        <x:v>46030.927025463</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C39" s="0">
-        <x:v>1033.87</x:v>
+        <x:v>803.18</x:v>
       </x:c>
       <x:c r="D39" s="0">
-        <x:v>131.278</x:v>
+        <x:v>123.802</x:v>
       </x:c>
       <x:c r="E39" s="0">
-        <x:v>187.54</x:v>
+        <x:v>176.86</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="1">
-        <x:v>46001.927025463</x:v>
+        <x:v>46029.9278935185</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C40" s="0">
-        <x:v>1040.5</x:v>
+        <x:v>873.07</x:v>
       </x:c>
       <x:c r="D40" s="0">
-        <x:v>131.537</x:v>
+        <x:v>127.176</x:v>
       </x:c>
       <x:c r="E40" s="0">
-        <x:v>187.91</x:v>
+        <x:v>181.68</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="1">
-        <x:v>46000.9275810185</x:v>
+        <x:v>46028.9271759259</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C41" s="0">
-        <x:v>946.19</x:v>
+        <x:v>845.64</x:v>
       </x:c>
       <x:c r="D41" s="0">
-        <x:v>127.288</x:v>
+        <x:v>125.797</x:v>
       </x:c>
       <x:c r="E41" s="0">
-        <x:v>181.84</x:v>
+        <x:v>179.71</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="1">
-        <x:v>45996.9307407407</x:v>
+        <x:v>46027.9296064815</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C42" s="0">
-        <x:v>946.74</x:v>
+        <x:v>770.67</x:v>
       </x:c>
       <x:c r="D42" s="0">
-        <x:v>127.232</x:v>
+        <x:v>121.828</x:v>
       </x:c>
       <x:c r="E42" s="0">
-        <x:v>181.76</x:v>
+        <x:v>174.04</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="1">
-        <x:v>45995.9303009259</x:v>
+        <x:v>46024.9271875</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C43" s="0">
-        <x:v>889.56</x:v>
+        <x:v>694.88</x:v>
       </x:c>
       <x:c r="D43" s="0">
-        <x:v>124.544</x:v>
+        <x:v>117.502</x:v>
       </x:c>
       <x:c r="E43" s="0">
-        <x:v>177.92</x:v>
+        <x:v>167.86</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="1">
-        <x:v>45994.9276967593</x:v>
+        <x:v>46021.9269560185</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C44" s="0">
-        <x:v>862.91</x:v>
+        <x:v>887.11</x:v>
       </x:c>
       <x:c r="D44" s="0">
-        <x:v>123.256</x:v>
+        <x:v>126.588</x:v>
       </x:c>
       <x:c r="E44" s="0">
-        <x:v>176.08</x:v>
+        <x:v>180.84</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="1">
-        <x:v>45993.9303240741</x:v>
+        <x:v>46020.9273611111</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C45" s="0">
-        <x:v>788.58</x:v>
+        <x:v>938.61</x:v>
       </x:c>
       <x:c r="D45" s="0">
-        <x:v>119.483</x:v>
+        <x:v>128.926</x:v>
       </x:c>
       <x:c r="E45" s="0">
-        <x:v>170.69</x:v>
+        <x:v>184.18</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="1">
-        <x:v>45992.9296990741</x:v>
+        <x:v>46014.9278356481</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C46" s="0">
-        <x:v>746.17</x:v>
+        <x:v>1112.73</x:v>
       </x:c>
       <x:c r="D46" s="0">
-        <x:v>117.243</x:v>
+        <x:v>135.891</x:v>
       </x:c>
       <x:c r="E46" s="0">
-        <x:v>167.49</x:v>
+        <x:v>194.13</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="1">
-        <x:v>45989.8197106481</x:v>
+        <x:v>46013.9284837963</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C47" s="0">
-        <x:v>760.26</x:v>
+        <x:v>1110.66</x:v>
       </x:c>
       <x:c r="D47" s="0">
-        <x:v>117.915</x:v>
+        <x:v>135.786</x:v>
       </x:c>
       <x:c r="E47" s="0">
-        <x:v>168.45</x:v>
+        <x:v>193.98</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5">
       <x:c r="A48" s="1">
-        <x:v>45987.9265509259</x:v>
+        <x:v>46010.9275810185</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C48" s="0">
-        <x:v>725.75</x:v>
+        <x:v>1101.9</x:v>
       </x:c>
       <x:c r="D48" s="0">
-        <x:v>116.039</x:v>
+        <x:v>135.366</x:v>
       </x:c>
       <x:c r="E48" s="0">
-        <x:v>165.77</x:v>
+        <x:v>193.38</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
       <x:c r="A49" s="1">
-        <x:v>45986.9250347222</x:v>
+        <x:v>46009.930787037</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C49" s="0">
-        <x:v>697.67</x:v>
+        <x:v>980.52</x:v>
       </x:c>
       <x:c r="D49" s="0">
-        <x:v>114.485</x:v>
+        <x:v>129.983</x:v>
       </x:c>
       <x:c r="E49" s="0">
-        <x:v>163.55</x:v>
+        <x:v>185.69</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5">
       <x:c r="A50" s="1">
-        <x:v>45982.9249074074</x:v>
+        <x:v>46008.9275925926</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C50" s="0">
-        <x:v>596.87</x:v>
+        <x:v>858.84</x:v>
       </x:c>
       <x:c r="D50" s="0">
-        <x:v>108.395</x:v>
+        <x:v>124.103</x:v>
       </x:c>
       <x:c r="E50" s="0">
-        <x:v>154.85</x:v>
+        <x:v>177.29</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5">
       <x:c r="A51" s="1">
-        <x:v>45981.9259027778</x:v>
+        <x:v>46007.9277662037</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C51" s="0">
-        <x:v>607.63</x:v>
+        <x:v>1031.75</x:v>
       </x:c>
       <x:c r="D51" s="0">
-        <x:v>109.022</x:v>
+        <x:v>131.425</x:v>
       </x:c>
       <x:c r="E51" s="0">
-        <x:v>155.745</x:v>
+        <x:v>187.75</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5">
       <x:c r="A52" s="1">
-        <x:v>45980.926412037</x:v>
+        <x:v>46006.9271064815</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C52" s="0">
-        <x:v>737.36</x:v>
+        <x:v>961.37</x:v>
       </x:c>
       <x:c r="D52" s="0">
-        <x:v>115.794</x:v>
+        <x:v>128.275</x:v>
       </x:c>
       <x:c r="E52" s="0">
-        <x:v>165.42</x:v>
+        <x:v>183.25</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5">
       <x:c r="A53" s="1">
-        <x:v>45979.9258680556</x:v>
+        <x:v>46003.9269907407</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C53" s="0">
-        <x:v>763.87</x:v>
+        <x:v>967.75</x:v>
       </x:c>
       <x:c r="D53" s="0">
-        <x:v>117.131</x:v>
+        <x:v>128.499</x:v>
       </x:c>
       <x:c r="E53" s="0">
-        <x:v>167.33</x:v>
+        <x:v>183.57</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5">
       <x:c r="A54" s="1">
-        <x:v>45978.9281365741</x:v>
+        <x:v>46002.9320023148</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C54" s="0">
-        <x:v>820.61</x:v>
+        <x:v>1033.87</x:v>
       </x:c>
       <x:c r="D54" s="0">
-        <x:v>119.875</x:v>
+        <x:v>131.278</x:v>
       </x:c>
       <x:c r="E54" s="0">
-        <x:v>171.25</x:v>
+        <x:v>187.54</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5">
       <x:c r="A55" s="1">
-        <x:v>45975.9257986111</x:v>
+        <x:v>46001.927025463</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C55" s="0">
-        <x:v>862.89</x:v>
+        <x:v>1040.5</x:v>
       </x:c>
       <x:c r="D55" s="0">
-        <x:v>121.807</x:v>
+        <x:v>131.537</x:v>
       </x:c>
       <x:c r="E55" s="0">
-        <x:v>174.01</x:v>
+        <x:v>187.91</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5">
       <x:c r="A56" s="1">
-        <x:v>45974.924849537</x:v>
+        <x:v>46000.9275810185</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C56" s="0">
-        <x:v>836.04</x:v>
+        <x:v>946.19</x:v>
       </x:c>
       <x:c r="D56" s="0">
-        <x:v>120.498</x:v>
+        <x:v>127.288</x:v>
       </x:c>
       <x:c r="E56" s="0">
-        <x:v>172.14</x:v>
+        <x:v>181.84</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:5">
       <x:c r="A57" s="1">
-        <x:v>45973.9253356481</x:v>
+        <x:v>45996.9307407407</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C57" s="0">
-        <x:v>1040.4</x:v>
+        <x:v>946.74</x:v>
       </x:c>
       <x:c r="D57" s="0">
-        <x:v>128.919</x:v>
+        <x:v>127.232</x:v>
       </x:c>
       <x:c r="E57" s="0">
-        <x:v>184.17</x:v>
+        <x:v>181.76</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:5">
       <x:c r="A58" s="1">
-        <x:v>45972.9253240741</x:v>
+        <x:v>45995.9303009259</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C58" s="0">
-        <x:v>1165.25</x:v>
+        <x:v>889.56</x:v>
       </x:c>
       <x:c r="D58" s="0">
-        <x:v>133.672</x:v>
+        <x:v>124.544</x:v>
       </x:c>
       <x:c r="E58" s="0">
-        <x:v>190.96</x:v>
+        <x:v>177.92</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:5">
       <x:c r="A59" s="1">
-        <x:v>45971.9253703704</x:v>
+        <x:v>45994.9276967593</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C59" s="0">
-        <x:v>1215.74</x:v>
+        <x:v>862.91</x:v>
       </x:c>
       <x:c r="D59" s="0">
-        <x:v>135.527</x:v>
+        <x:v>123.256</x:v>
       </x:c>
       <x:c r="E59" s="0">
-        <x:v>193.61</x:v>
+        <x:v>176.08</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:5">
       <x:c r="A60" s="1">
-        <x:v>45968.9253935185</x:v>
+        <x:v>45993.9303240741</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C60" s="0">
-        <x:v>962.61</x:v>
+        <x:v>788.58</x:v>
       </x:c>
       <x:c r="D60" s="0">
-        <x:v>124.551</x:v>
+        <x:v>119.483</x:v>
       </x:c>
       <x:c r="E60" s="0">
-        <x:v>177.93</x:v>
+        <x:v>170.69</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:5">
       <x:c r="A61" s="1">
-        <x:v>45967.9277893519</x:v>
+        <x:v>45992.9296990741</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C61" s="0">
-        <x:v>917.74</x:v>
+        <x:v>746.17</x:v>
       </x:c>
       <x:c r="D61" s="0">
-        <x:v>122.535</x:v>
+        <x:v>117.243</x:v>
       </x:c>
       <x:c r="E61" s="0">
-        <x:v>175.05</x:v>
+        <x:v>167.49</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:5">
       <x:c r="A62" s="1">
-        <x:v>45966.9253587963</x:v>
+        <x:v>45989.8197106481</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C62" s="0">
-        <x:v>1155.3</x:v>
+        <x:v>760.26</x:v>
       </x:c>
       <x:c r="D62" s="0">
-        <x:v>131.53</x:v>
+        <x:v>117.915</x:v>
       </x:c>
       <x:c r="E62" s="0">
-        <x:v>187.9</x:v>
+        <x:v>168.45</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:5">
       <x:c r="A63" s="1">
-        <x:v>45965.9236921296</x:v>
+        <x:v>45987.9265509259</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C63" s="0">
-        <x:v>1209.92</x:v>
+        <x:v>725.75</x:v>
       </x:c>
       <x:c r="D63" s="0">
-        <x:v>133.518</x:v>
+        <x:v>116.039</x:v>
       </x:c>
       <x:c r="E63" s="0">
-        <x:v>190.74</x:v>
+        <x:v>165.77</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:5">
       <x:c r="A64" s="1">
-        <x:v>45964.9227893519</x:v>
+        <x:v>45986.9250347222</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C64" s="0">
-        <x:v>1588.93</x:v>
+        <x:v>697.67</x:v>
       </x:c>
       <x:c r="D64" s="0">
-        <x:v>145.026</x:v>
+        <x:v>114.485</x:v>
       </x:c>
       <x:c r="E64" s="0">
-        <x:v>207.18</x:v>
+        <x:v>163.55</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:5">
       <x:c r="A65" s="1">
-        <x:v>45961.8818981481</x:v>
+        <x:v>45982.9249074074</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C65" s="0">
-        <x:v>1445.85</x:v>
+        <x:v>596.87</x:v>
       </x:c>
       <x:c r="D65" s="0">
-        <x:v>140.329</x:v>
+        <x:v>108.395</x:v>
       </x:c>
       <x:c r="E65" s="0">
-        <x:v>200.47</x:v>
+        <x:v>154.85</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:5">
       <x:c r="A66" s="1">
-        <x:v>45960.8841435185</x:v>
+        <x:v>45981.9259027778</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C66" s="0">
-        <x:v>1325.48</x:v>
+        <x:v>607.63</x:v>
       </x:c>
       <x:c r="D66" s="0">
-        <x:v>136.185</x:v>
+        <x:v>109.022</x:v>
       </x:c>
       <x:c r="E66" s="0">
-        <x:v>194.55</x:v>
+        <x:v>155.745</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:5">
       <x:c r="A67" s="1">
-        <x:v>45959.8897916667</x:v>
+        <x:v>45980.926412037</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C67" s="0">
-        <x:v>1417.28</x:v>
+        <x:v>737.36</x:v>
       </x:c>
       <x:c r="D67" s="0">
-        <x:v>139.167</x:v>
+        <x:v>115.794</x:v>
       </x:c>
       <x:c r="E67" s="0">
-        <x:v>198.81</x:v>
+        <x:v>165.42</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:5">
       <x:c r="A68" s="1">
-        <x:v>45958.8875115741</x:v>
+        <x:v>45979.9258680556</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C68" s="0">
-        <x:v>1237.54</x:v>
+        <x:v>763.87</x:v>
       </x:c>
       <x:c r="D68" s="0">
-        <x:v>132.72</x:v>
+        <x:v>117.131</x:v>
       </x:c>
       <x:c r="E68" s="0">
-        <x:v>189.6</x:v>
+        <x:v>167.33</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:5">
       <x:c r="A69" s="1">
-        <x:v>45957.8875578704</x:v>
+        <x:v>45978.9281365741</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C69" s="0">
-        <x:v>1229.94</x:v>
+        <x:v>820.61</x:v>
       </x:c>
       <x:c r="D69" s="0">
-        <x:v>132.426</x:v>
+        <x:v>119.875</x:v>
       </x:c>
       <x:c r="E69" s="0">
-        <x:v>189.18</x:v>
+        <x:v>171.25</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:5">
       <x:c r="A70" s="1">
-        <x:v>45954.9259259259</x:v>
+        <x:v>45975.9257986111</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C70" s="0">
-        <x:v>1146.83</x:v>
+        <x:v>862.89</x:v>
       </x:c>
       <x:c r="D70" s="0">
-        <x:v>129.241</x:v>
+        <x:v>121.807</x:v>
       </x:c>
       <x:c r="E70" s="0">
-        <x:v>184.63</x:v>
+        <x:v>174.01</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:5">
       <x:c r="A71" s="1">
-        <x:v>45953.9278009259</x:v>
+        <x:v>45974.924849537</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C71" s="0">
-        <x:v>1073.31</x:v>
+        <x:v>836.04</x:v>
       </x:c>
       <x:c r="D71" s="0">
-        <x:v>126.336</x:v>
+        <x:v>120.498</x:v>
       </x:c>
       <x:c r="E71" s="0">
-        <x:v>180.48</x:v>
+        <x:v>172.14</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:5">
       <x:c r="A72" s="1">
-        <x:v>45952.9303703704</x:v>
+        <x:v>45973.9253356481</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C72" s="0">
-        <x:v>989.39</x:v>
+        <x:v>1040.4</x:v>
       </x:c>
       <x:c r="D72" s="0">
-        <x:v>122.843</x:v>
+        <x:v>128.919</x:v>
       </x:c>
       <x:c r="E72" s="0">
-        <x:v>175.49</x:v>
+        <x:v>184.17</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:5">
       <x:c r="A73" s="1">
-        <x:v>45951.9269444444</x:v>
+        <x:v>45972.9253240741</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C73" s="0">
-        <x:v>1099.3</x:v>
+        <x:v>1165.25</x:v>
       </x:c>
       <x:c r="D73" s="0">
-        <x:v>127.057</x:v>
+        <x:v>133.672</x:v>
       </x:c>
       <x:c r="E73" s="0">
-        <x:v>181.51</x:v>
+        <x:v>190.96</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:5">
       <x:c r="A74" s="1">
-        <x:v>45950.9289814815</x:v>
+        <x:v>45971.9253703704</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C74" s="0">
-        <x:v>1101.29</x:v>
+        <x:v>1215.74</x:v>
       </x:c>
       <x:c r="D74" s="0">
-        <x:v>127.113</x:v>
+        <x:v>135.527</x:v>
       </x:c>
       <x:c r="E74" s="0">
-        <x:v>181.59</x:v>
+        <x:v>193.61</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:5">
       <x:c r="A75" s="1">
-        <x:v>45947.9299768519</x:v>
+        <x:v>45968.9253935185</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C75" s="0">
-        <x:v>1042.41</x:v>
+        <x:v>962.61</x:v>
       </x:c>
       <x:c r="D75" s="0">
-        <x:v>124.705</x:v>
+        <x:v>124.551</x:v>
       </x:c>
       <x:c r="E75" s="0">
-        <x:v>178.15</x:v>
+        <x:v>177.93</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:5">
       <x:c r="A76" s="1">
-        <x:v>45946.9262037037</x:v>
+        <x:v>45967.9277893519</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C76" s="0">
-        <x:v>1042.39</x:v>
+        <x:v>917.74</x:v>
       </x:c>
       <x:c r="D76" s="0">
-        <x:v>124.684</x:v>
+        <x:v>122.535</x:v>
       </x:c>
       <x:c r="E76" s="0">
-        <x:v>178.12</x:v>
+        <x:v>175.05</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:5">
       <x:c r="A77" s="1">
-        <x:v>45945.9257175926</x:v>
+        <x:v>45966.9253587963</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C77" s="0">
-        <x:v>1069.71</x:v>
+        <x:v>1155.3</x:v>
       </x:c>
       <x:c r="D77" s="0">
-        <x:v>125.734</x:v>
+        <x:v>131.53</x:v>
       </x:c>
       <x:c r="E77" s="0">
-        <x:v>179.62</x:v>
+        <x:v>187.9</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:5">
       <x:c r="A78" s="1">
-        <x:v>45944.9308101852</x:v>
+        <x:v>45965.9236921296</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C78" s="0">
-        <x:v>1072.38</x:v>
+        <x:v>1209.92</x:v>
       </x:c>
       <x:c r="D78" s="0">
-        <x:v>125.818</x:v>
+        <x:v>133.518</x:v>
       </x:c>
       <x:c r="E78" s="0">
-        <x:v>179.74</x:v>
+        <x:v>190.74</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:5">
       <x:c r="A79" s="1">
-        <x:v>45943.926724537</x:v>
+        <x:v>45964.9227893519</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C79" s="0">
-        <x:v>1028.81</x:v>
+        <x:v>1588.93</x:v>
       </x:c>
       <x:c r="D79" s="0">
-        <x:v>124.047</x:v>
+        <x:v>145.026</x:v>
       </x:c>
       <x:c r="E79" s="0">
-        <x:v>177.21</x:v>
+        <x:v>207.18</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:5">
       <x:c r="A80" s="1">
-        <x:v>45940.9235069444</x:v>
+        <x:v>45961.8818981481</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C80" s="0">
-        <x:v>999.99</x:v>
+        <x:v>1445.85</x:v>
       </x:c>
       <x:c r="D80" s="0">
-        <x:v>122.808</x:v>
+        <x:v>140.329</x:v>
       </x:c>
       <x:c r="E80" s="0">
-        <x:v>175.44</x:v>
+        <x:v>200.47</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:5">
       <x:c r="A81" s="1">
-        <x:v>45938.9270833333</x:v>
+        <x:v>45960.8841435185</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C81" s="0">
-        <x:v>1158.7</x:v>
+        <x:v>1325.48</x:v>
       </x:c>
       <x:c r="D81" s="0">
-        <x:v>128.492</x:v>
+        <x:v>136.185</x:v>
       </x:c>
       <x:c r="E81" s="0">
-        <x:v>183.56</x:v>
+        <x:v>194.55</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:5">
       <x:c r="A82" s="1">
-        <x:v>45937.9282291667</x:v>
+        <x:v>45959.8897916667</x:v>
       </x:c>
       <x:c r="B82" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C82" s="0">
-        <x:v>1133.31</x:v>
+        <x:v>1417.28</x:v>
       </x:c>
       <x:c r="D82" s="0">
-        <x:v>127.519</x:v>
+        <x:v>139.167</x:v>
       </x:c>
       <x:c r="E82" s="0">
-        <x:v>182.17</x:v>
+        <x:v>198.81</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:5">
       <x:c r="A83" s="1">
-        <x:v>45936.9241319444</x:v>
+        <x:v>45958.8875115741</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C83" s="0">
-        <x:v>1085.92</x:v>
+        <x:v>1237.54</x:v>
       </x:c>
       <x:c r="D83" s="0">
-        <x:v>125.671</x:v>
+        <x:v>132.72</x:v>
       </x:c>
       <x:c r="E83" s="0">
-        <x:v>179.53</x:v>
+        <x:v>189.6</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:5">
       <x:c r="A84" s="1">
-        <x:v>45933.9288425926</x:v>
+        <x:v>45957.8875578704</x:v>
       </x:c>
       <x:c r="B84" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C84" s="0">
-        <x:v>977.84</x:v>
+        <x:v>1229.94</x:v>
       </x:c>
       <x:c r="D84" s="0">
-        <x:v>121.149</x:v>
+        <x:v>132.426</x:v>
       </x:c>
       <x:c r="E84" s="0">
-        <x:v>173.07</x:v>
+        <x:v>189.18</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:5">
       <x:c r="A85" s="1">
-        <x:v>45932.9250925926</x:v>
+        <x:v>45954.9259259259</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C85" s="0">
-        <x:v>1261.24</x:v>
+        <x:v>1146.83</x:v>
       </x:c>
       <x:c r="D85" s="0">
-        <x:v>130.935</x:v>
+        <x:v>129.241</x:v>
       </x:c>
       <x:c r="E85" s="0">
-        <x:v>187.05</x:v>
+        <x:v>184.63</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:5">
       <x:c r="A86" s="1">
-        <x:v>45931.9294097222</x:v>
+        <x:v>45953.9278009259</x:v>
       </x:c>
       <x:c r="B86" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C86" s="0">
-        <x:v>1220.27</x:v>
+        <x:v>1073.31</x:v>
       </x:c>
       <x:c r="D86" s="0">
-        <x:v>129.465</x:v>
+        <x:v>126.336</x:v>
       </x:c>
       <x:c r="E86" s="0">
-        <x:v>184.95</x:v>
+        <x:v>180.48</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:5">
       <x:c r="A87" s="1">
-        <x:v>45930.933900463</x:v>
+        <x:v>45952.9303703704</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C87" s="0">
-        <x:v>1172.07</x:v>
+        <x:v>989.39</x:v>
       </x:c>
       <x:c r="D87" s="0">
-        <x:v>127.694</x:v>
+        <x:v>122.843</x:v>
       </x:c>
       <x:c r="E87" s="0">
-        <x:v>182.42</x:v>
+        <x:v>175.49</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:5">
       <x:c r="A88" s="1">
-        <x:v>45929.9324074074</x:v>
+        <x:v>45951.9269444444</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C88" s="0">
-        <x:v>1106.53</x:v>
+        <x:v>1099.3</x:v>
       </x:c>
       <x:c r="D88" s="0">
-        <x:v>125.202</x:v>
+        <x:v>127.057</x:v>
       </x:c>
       <x:c r="E88" s="0">
-        <x:v>178.86</x:v>
+        <x:v>181.51</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:5">
       <x:c r="A89" s="1">
-        <x:v>45926.9298611111</x:v>
+        <x:v>45950.9289814815</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C89" s="0">
-        <x:v>1084.46</x:v>
+        <x:v>1101.29</x:v>
       </x:c>
       <x:c r="D89" s="0">
-        <x:v>124.299</x:v>
+        <x:v>127.113</x:v>
       </x:c>
       <x:c r="E89" s="0">
-        <x:v>177.57</x:v>
+        <x:v>181.59</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:5">
       <x:c r="A90" s="1">
-        <x:v>45925.9294444444</x:v>
+        <x:v>45947.9299768519</x:v>
       </x:c>
       <x:c r="B90" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C90" s="0">
-        <x:v>1113.91</x:v>
+        <x:v>1042.41</x:v>
       </x:c>
       <x:c r="D90" s="0">
-        <x:v>125.384</x:v>
+        <x:v>124.705</x:v>
       </x:c>
       <x:c r="E90" s="0">
-        <x:v>179.12</x:v>
+        <x:v>178.15</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:5">
       <x:c r="A91" s="1">
-        <x:v>45924.9296527778</x:v>
+        <x:v>45946.9262037037</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C91" s="0">
-        <x:v>1122.7</x:v>
+        <x:v>1042.39</x:v>
       </x:c>
       <x:c r="D91" s="0">
-        <x:v>125.692</x:v>
+        <x:v>124.684</x:v>
       </x:c>
       <x:c r="E91" s="0">
-        <x:v>179.56</x:v>
+        <x:v>178.12</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:5">
       <x:c r="A92" s="1">
-        <x:v>45923.9251967593</x:v>
+        <x:v>45945.9257175926</x:v>
       </x:c>
       <x:c r="B92" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C92" s="0">
-        <x:v>1181.32</x:v>
+        <x:v>1069.71</x:v>
       </x:c>
       <x:c r="D92" s="0">
-        <x:v>127.785</x:v>
+        <x:v>125.734</x:v>
       </x:c>
       <x:c r="E92" s="0">
-        <x:v>182.55</x:v>
+        <x:v>179.62</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:5">
       <x:c r="A93" s="1">
-        <x:v>45922.926712963</x:v>
+        <x:v>45944.9308101852</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C93" s="0">
-        <x:v>1121.45</x:v>
+        <x:v>1072.38</x:v>
       </x:c>
       <x:c r="D93" s="0">
-        <x:v>125.531</x:v>
+        <x:v>125.818</x:v>
       </x:c>
       <x:c r="E93" s="0">
-        <x:v>179.33</x:v>
+        <x:v>179.74</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:5">
       <x:c r="A94" s="1">
-        <x:v>45919.9342592593</x:v>
+        <x:v>45943.926724537</x:v>
       </x:c>
       <x:c r="B94" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C94" s="0">
-        <x:v>1182.68</x:v>
+        <x:v>1028.81</x:v>
       </x:c>
       <x:c r="D94" s="0">
-        <x:v>127.673</x:v>
+        <x:v>124.047</x:v>
       </x:c>
       <x:c r="E94" s="0">
-        <x:v>182.39</x:v>
+        <x:v>177.21</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:5">
       <x:c r="A95" s="1">
-        <x:v>45918.9265393519</x:v>
+        <x:v>45940.9235069444</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C95" s="0">
-        <x:v>1083.63</x:v>
+        <x:v>999.99</x:v>
       </x:c>
       <x:c r="D95" s="0">
-        <x:v>123.879</x:v>
+        <x:v>122.808</x:v>
       </x:c>
       <x:c r="E95" s="0">
-        <x:v>176.97</x:v>
+        <x:v>175.44</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:5">
       <x:c r="A96" s="1">
-        <x:v>45917.9270486111</x:v>
+        <x:v>45938.9270833333</x:v>
       </x:c>
       <x:c r="B96" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C96" s="0">
-        <x:v>939.44</x:v>
+        <x:v>1158.7</x:v>
       </x:c>
       <x:c r="D96" s="0">
-        <x:v>117.831</x:v>
+        <x:v>128.492</x:v>
       </x:c>
       <x:c r="E96" s="0">
-        <x:v>168.33</x:v>
+        <x:v>183.56</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:5">
       <x:c r="A97" s="1">
-        <x:v>45916.9258912037</x:v>
+        <x:v>45937.9282291667</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C97" s="0">
-        <x:v>973.01</x:v>
+        <x:v>1133.31</x:v>
       </x:c>
       <x:c r="D97" s="0">
-        <x:v>119.182</x:v>
+        <x:v>127.519</x:v>
       </x:c>
       <x:c r="E97" s="0">
-        <x:v>170.26</x:v>
+        <x:v>182.17</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:5">
       <x:c r="A98" s="1">
-        <x:v>45915.9270949074</x:v>
+        <x:v>45936.9241319444</x:v>
       </x:c>
       <x:c r="B98" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C98" s="0">
-        <x:v>989.98</x:v>
+        <x:v>1085.92</x:v>
       </x:c>
       <x:c r="D98" s="0">
-        <x:v>119.847</x:v>
+        <x:v>125.671</x:v>
       </x:c>
       <x:c r="E98" s="0">
-        <x:v>171.21</x:v>
+        <x:v>179.53</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:5">
       <x:c r="A99" s="1">
-        <x:v>45912.9234375</x:v>
+        <x:v>45933.9288425926</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C99" s="0">
-        <x:v>995.29</x:v>
+        <x:v>977.84</x:v>
       </x:c>
       <x:c r="D99" s="0">
-        <x:v>120.001</x:v>
+        <x:v>121.149</x:v>
       </x:c>
       <x:c r="E99" s="0">
-        <x:v>171.43</x:v>
+        <x:v>173.07</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:5">
       <x:c r="A100" s="1">
-        <x:v>45911.9251388889</x:v>
+        <x:v>45932.9250925926</x:v>
       </x:c>
       <x:c r="B100" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C100" s="0">
-        <x:v>881.92</x:v>
+        <x:v>1261.24</x:v>
       </x:c>
       <x:c r="D100" s="0">
-        <x:v>115.052</x:v>
+        <x:v>130.935</x:v>
       </x:c>
       <x:c r="E100" s="0">
-        <x:v>164.36</x:v>
+        <x:v>187.05</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:5">
       <x:c r="A101" s="1">
-        <x:v>45910.9239930556</x:v>
+        <x:v>45931.9294097222</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C101" s="0">
-        <x:v>921.85</x:v>
+        <x:v>1220.27</x:v>
       </x:c>
       <x:c r="D101" s="0">
-        <x:v>116.718</x:v>
+        <x:v>129.465</x:v>
       </x:c>
       <x:c r="E101" s="0">
-        <x:v>166.74</x:v>
+        <x:v>184.95</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:5">
       <x:c r="A102" s="1">
-        <x:v>45909.9244907407</x:v>
+        <x:v>45930.933900463</x:v>
       </x:c>
       <x:c r="B102" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C102" s="0">
-        <x:v>853.22</x:v>
+        <x:v>1172.07</x:v>
       </x:c>
       <x:c r="D102" s="0">
-        <x:v>113.652</x:v>
+        <x:v>127.694</x:v>
       </x:c>
       <x:c r="E102" s="0">
-        <x:v>162.36</x:v>
+        <x:v>182.42</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:5">
       <x:c r="A103" s="1">
-        <x:v>45908.9240393518</x:v>
+        <x:v>45929.9324074074</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C103" s="0">
-        <x:v>761.93</x:v>
+        <x:v>1106.53</x:v>
       </x:c>
       <x:c r="D103" s="0">
-        <x:v>109.27</x:v>
+        <x:v>125.202</x:v>
       </x:c>
       <x:c r="E103" s="0">
-        <x:v>156.1</x:v>
+        <x:v>178.86</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:5">
       <x:c r="A104" s="1">
-        <x:v>45905.9285763889</x:v>
+        <x:v>45926.9298611111</x:v>
       </x:c>
       <x:c r="B104" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C104" s="0">
-        <x:v>720.78</x:v>
+        <x:v>1084.46</x:v>
       </x:c>
       <x:c r="D104" s="0">
-        <x:v>107.177</x:v>
+        <x:v>124.299</x:v>
       </x:c>
       <x:c r="E104" s="0">
-        <x:v>153.11</x:v>
+        <x:v>177.57</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:5">
       <x:c r="A105" s="1">
-        <x:v>45904.9245138889</x:v>
+        <x:v>45925.9294444444</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C105" s="0">
-        <x:v>765.73</x:v>
+        <x:v>1113.91</x:v>
       </x:c>
       <x:c r="D105" s="0">
-        <x:v>109.298</x:v>
+        <x:v>125.384</x:v>
       </x:c>
       <x:c r="E105" s="0">
-        <x:v>156.14</x:v>
+        <x:v>179.12</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:5">
       <x:c r="A106" s="1">
-        <x:v>45903.923587963</x:v>
+        <x:v>45924.9296527778</x:v>
       </x:c>
       <x:c r="B106" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C106" s="0">
-        <x:v>748.14</x:v>
+        <x:v>1122.7</x:v>
       </x:c>
       <x:c r="D106" s="0">
-        <x:v>108.43</x:v>
+        <x:v>125.692</x:v>
       </x:c>
       <x:c r="E106" s="0">
-        <x:v>154.9</x:v>
+        <x:v>179.56</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:5">
       <x:c r="A107" s="1">
-        <x:v>45902.9238773148</x:v>
+        <x:v>45923.9251967593</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C107" s="0">
-        <x:v>781.19</x:v>
+        <x:v>1181.32</x:v>
       </x:c>
       <x:c r="D107" s="0">
-        <x:v>109.963</x:v>
+        <x:v>127.785</x:v>
       </x:c>
       <x:c r="E107" s="0">
-        <x:v>157.09</x:v>
+        <x:v>182.55</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:5">
       <x:c r="A108" s="1">
-        <x:v>45898.9303587963</x:v>
+        <x:v>45922.926712963</x:v>
       </x:c>
       <x:c r="B108" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C108" s="0">
-        <x:v>777.07</x:v>
+        <x:v>1121.45</x:v>
       </x:c>
       <x:c r="D108" s="0">
-        <x:v>109.697</x:v>
+        <x:v>125.531</x:v>
       </x:c>
       <x:c r="E108" s="0">
-        <x:v>156.71</x:v>
+        <x:v>179.33</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:5">
       <x:c r="A109" s="1">
-        <x:v>45897.9274189815</x:v>
+        <x:v>45919.9342592593</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C109" s="0">
-        <x:v>798.83</x:v>
+        <x:v>1182.68</x:v>
       </x:c>
       <x:c r="D109" s="0">
-        <x:v>110.684</x:v>
+        <x:v>127.673</x:v>
       </x:c>
       <x:c r="E109" s="0">
-        <x:v>158.12</x:v>
+        <x:v>182.39</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:5">
       <x:c r="A110" s="1">
-        <x:v>45896.9248032407</x:v>
+        <x:v>45918.9265393519</x:v>
       </x:c>
       <x:c r="B110" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C110" s="0">
-        <x:v>778.35</x:v>
+        <x:v>1083.63</x:v>
       </x:c>
       <x:c r="D110" s="0">
-        <x:v>109.704</x:v>
+        <x:v>123.879</x:v>
       </x:c>
       <x:c r="E110" s="0">
-        <x:v>156.72</x:v>
+        <x:v>176.97</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:5">
       <x:c r="A111" s="1">
-        <x:v>45895.9239351852</x:v>
+        <x:v>45917.9270486111</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C111" s="0">
-        <x:v>844.1</x:v>
+        <x:v>939.44</x:v>
       </x:c>
       <x:c r="D111" s="0">
-        <x:v>112.609</x:v>
+        <x:v>117.831</x:v>
       </x:c>
       <x:c r="E111" s="0">
-        <x:v>160.87</x:v>
+        <x:v>168.33</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:5">
       <x:c r="A112" s="1">
-        <x:v>45894.9239583333</x:v>
+        <x:v>45916.9258912037</x:v>
       </x:c>
       <x:c r="B112" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C112" s="0">
-        <x:v>788.78</x:v>
+        <x:v>973.01</x:v>
       </x:c>
       <x:c r="D112" s="0">
-        <x:v>110.019</x:v>
+        <x:v>119.182</x:v>
       </x:c>
       <x:c r="E112" s="0">
-        <x:v>157.17</x:v>
+        <x:v>170.26</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:5">
       <x:c r="A113" s="1">
-        <x:v>45891.9252314815</x:v>
+        <x:v>45915.9270949074</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C113" s="0">
-        <x:v>814.14</x:v>
+        <x:v>989.98</x:v>
       </x:c>
       <x:c r="D113" s="0">
-        <x:v>111.118</x:v>
+        <x:v>119.847</x:v>
       </x:c>
       <x:c r="E113" s="0">
-        <x:v>158.74</x:v>
+        <x:v>171.21</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:5">
       <x:c r="A114" s="1">
-        <x:v>45890.9256481481</x:v>
+        <x:v>45912.9234375</x:v>
       </x:c>
       <x:c r="B114" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C114" s="0">
-        <x:v>776.34</x:v>
+        <x:v>995.29</x:v>
       </x:c>
       <x:c r="D114" s="0">
-        <x:v>109.326</x:v>
+        <x:v>120.001</x:v>
       </x:c>
       <x:c r="E114" s="0">
-        <x:v>156.18</x:v>
+        <x:v>171.43</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:5">
       <x:c r="A115" s="1">
-        <x:v>45889.9243402778</x:v>
+        <x:v>45911.9251388889</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C115" s="0">
-        <x:v>774.19</x:v>
+        <x:v>881.92</x:v>
       </x:c>
       <x:c r="D115" s="0">
-        <x:v>109.207</x:v>
+        <x:v>115.052</x:v>
       </x:c>
       <x:c r="E115" s="0">
-        <x:v>156.01</x:v>
+        <x:v>164.36</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:5">
       <x:c r="A116" s="1">
-        <x:v>45888.9238425926</x:v>
+        <x:v>45910.9239930556</x:v>
       </x:c>
       <x:c r="B116" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C116" s="0">
-        <x:v>801.09</x:v>
+        <x:v>921.85</x:v>
       </x:c>
       <x:c r="D116" s="0">
-        <x:v>110.425</x:v>
+        <x:v>116.718</x:v>
       </x:c>
       <x:c r="E116" s="0">
-        <x:v>157.75</x:v>
+        <x:v>166.74</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:5">
       <x:c r="A117" s="1">
-        <x:v>45887.9245601852</x:v>
+        <x:v>45909.9244907407</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C117" s="0">
-        <x:v>1114.38</x:v>
+        <x:v>853.22</x:v>
       </x:c>
       <x:c r="D117" s="0">
-        <x:v>121.821</x:v>
+        <x:v>113.652</x:v>
       </x:c>
       <x:c r="E117" s="0">
-        <x:v>174.03</x:v>
+        <x:v>162.36</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:5">
       <x:c r="A118" s="1">
-        <x:v>45884.9247106481</x:v>
+        <x:v>45908.9240393518</x:v>
       </x:c>
       <x:c r="B118" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C118" s="0">
-        <x:v>1178.8</x:v>
+        <x:v>761.93</x:v>
       </x:c>
       <x:c r="D118" s="0">
-        <x:v>124.019</x:v>
+        <x:v>109.27</x:v>
       </x:c>
       <x:c r="E118" s="0">
-        <x:v>177.17</x:v>
+        <x:v>156.1</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:5">
       <x:c r="A119" s="1">
-        <x:v>45883.9240625</x:v>
+        <x:v>45905.9285763889</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C119" s="0">
-        <x:v>1259.8</x:v>
+        <x:v>720.78</x:v>
       </x:c>
       <x:c r="D119" s="0">
-        <x:v>126.714</x:v>
+        <x:v>107.177</x:v>
       </x:c>
       <x:c r="E119" s="0">
-        <x:v>181.02</x:v>
+        <x:v>153.11</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:5">
       <x:c r="A120" s="1">
-        <x:v>45882.9239467593</x:v>
+        <x:v>45904.9245138889</x:v>
       </x:c>
       <x:c r="B120" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C120" s="0">
-        <x:v>1333.12</x:v>
+        <x:v>765.73</x:v>
       </x:c>
       <x:c r="D120" s="0">
-        <x:v>129.059</x:v>
+        <x:v>109.298</x:v>
       </x:c>
       <x:c r="E120" s="0">
-        <x:v>184.37</x:v>
+        <x:v>156.14</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:5">
       <x:c r="A121" s="1">
-        <x:v>45881.9233449074</x:v>
+        <x:v>45903.923587963</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C121" s="0">
-        <x:v>1391.87</x:v>
+        <x:v>748.14</x:v>
       </x:c>
       <x:c r="D121" s="0">
-        <x:v>130.879</x:v>
+        <x:v>108.43</x:v>
       </x:c>
       <x:c r="E121" s="0">
-        <x:v>186.97</x:v>
+        <x:v>154.9</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:5">
       <x:c r="A122" s="1">
-        <x:v>45880.923587963</x:v>
+        <x:v>45902.9238773148</x:v>
       </x:c>
       <x:c r="B122" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C122" s="0">
-        <x:v>1300.86</x:v>
+        <x:v>781.19</x:v>
       </x:c>
       <x:c r="D122" s="0">
-        <x:v>127.876</x:v>
+        <x:v>109.963</x:v>
       </x:c>
       <x:c r="E122" s="0">
-        <x:v>182.68</x:v>
+        <x:v>157.09</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:5">
       <x:c r="A123" s="1">
-        <x:v>45877.9331597222</x:v>
+        <x:v>45898.9303587963</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C123" s="0">
-        <x:v>1399.01</x:v>
+        <x:v>777.07</x:v>
       </x:c>
       <x:c r="D123" s="0">
-        <x:v>130.872</x:v>
+        <x:v>109.697</x:v>
       </x:c>
       <x:c r="E123" s="0">
-        <x:v>186.96</x:v>
+        <x:v>156.71</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:5">
       <x:c r="A124" s="1">
-        <x:v>45876.9384490741</x:v>
+        <x:v>45897.9274189815</x:v>
       </x:c>
       <x:c r="B124" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C124" s="0">
-        <x:v>1297.92</x:v>
+        <x:v>798.83</x:v>
       </x:c>
       <x:c r="D124" s="0">
-        <x:v>127.54</x:v>
+        <x:v>110.684</x:v>
       </x:c>
       <x:c r="E124" s="0">
-        <x:v>182.2</x:v>
+        <x:v>158.12</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:5">
       <x:c r="A125" s="1">
-        <x:v>45875.9344560185</x:v>
+        <x:v>45896.9248032407</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C125" s="0">
-        <x:v>1243.27</x:v>
+        <x:v>778.35</x:v>
       </x:c>
       <x:c r="D125" s="0">
-        <x:v>125.678</x:v>
+        <x:v>109.704</x:v>
       </x:c>
       <x:c r="E125" s="0">
-        <x:v>179.54</x:v>
+        <x:v>156.72</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:5">
       <x:c r="A126" s="1">
-        <x:v>45874.9325694444</x:v>
+        <x:v>45895.9239351852</x:v>
       </x:c>
       <x:c r="B126" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C126" s="0">
-        <x:v>1122.02</x:v>
+        <x:v>844.1</x:v>
       </x:c>
       <x:c r="D126" s="0">
-        <x:v>121.289</x:v>
+        <x:v>112.609</x:v>
       </x:c>
       <x:c r="E126" s="0">
-        <x:v>173.27</x:v>
+        <x:v>160.87</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:5">
       <x:c r="A127" s="1">
-        <x:v>45873.9313425926</x:v>
+        <x:v>45894.9239583333</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C127" s="0">
-        <x:v>908.53</x:v>
+        <x:v>788.78</x:v>
       </x:c>
       <x:c r="D127" s="0">
-        <x:v>112.462</x:v>
+        <x:v>110.019</x:v>
       </x:c>
       <x:c r="E127" s="0">
-        <x:v>160.66</x:v>
+        <x:v>157.17</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:5">
       <x:c r="A128" s="1">
-        <x:v>45870.9273842593</x:v>
+        <x:v>45891.9252314815</x:v>
       </x:c>
       <x:c r="B128" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C128" s="0">
-        <x:v>809.17</x:v>
+        <x:v>814.14</x:v>
       </x:c>
       <x:c r="D128" s="0">
-        <x:v>107.989</x:v>
+        <x:v>111.118</x:v>
       </x:c>
       <x:c r="E128" s="0">
-        <x:v>154.27</x:v>
+        <x:v>158.74</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:5">
       <x:c r="A129" s="1">
-        <x:v>45869.9244212963</x:v>
+        <x:v>45890.9256481481</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C129" s="0">
-        <x:v>877.43</x:v>
+        <x:v>776.34</x:v>
       </x:c>
       <x:c r="D129" s="0">
-        <x:v>110.845</x:v>
+        <x:v>109.326</x:v>
       </x:c>
       <x:c r="E129" s="0">
-        <x:v>158.35</x:v>
+        <x:v>156.18</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:5">
       <x:c r="A130" s="1">
-        <x:v>45868.9255092593</x:v>
+        <x:v>45889.9243402778</x:v>
       </x:c>
       <x:c r="B130" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C130" s="0">
-        <x:v>882.2</x:v>
+        <x:v>774.19</x:v>
       </x:c>
       <x:c r="D130" s="0">
-        <x:v>111.027</x:v>
+        <x:v>109.207</x:v>
       </x:c>
       <x:c r="E130" s="0">
-        <x:v>158.61</x:v>
+        <x:v>156.01</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:5">
       <x:c r="A131" s="1">
-        <x:v>45867.9289467593</x:v>
+        <x:v>45888.9238425926</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C131" s="0">
-        <x:v>844.2</x:v>
+        <x:v>801.09</x:v>
       </x:c>
       <x:c r="D131" s="0">
-        <x:v>109.368</x:v>
+        <x:v>110.425</x:v>
       </x:c>
       <x:c r="E131" s="0">
-        <x:v>156.24</x:v>
+        <x:v>157.75</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:5">
       <x:c r="A132" s="1">
-        <x:v>45866.9278125</x:v>
+        <x:v>45887.9245601852</x:v>
       </x:c>
       <x:c r="B132" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C132" s="0">
-        <x:v>871.8</x:v>
+        <x:v>1114.38</x:v>
       </x:c>
       <x:c r="D132" s="0">
-        <x:v>110.516</x:v>
+        <x:v>121.821</x:v>
       </x:c>
       <x:c r="E132" s="0">
-        <x:v>157.88</x:v>
+        <x:v>174.03</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:5">
       <x:c r="A133" s="1">
-        <x:v>45863.926875</x:v>
+        <x:v>45884.9247106481</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C133" s="0">
-        <x:v>888.55</x:v>
+        <x:v>1178.8</x:v>
       </x:c>
       <x:c r="D133" s="0">
-        <x:v>111.16</x:v>
+        <x:v>124.019</x:v>
       </x:c>
       <x:c r="E133" s="0">
-        <x:v>158.8</x:v>
+        <x:v>177.17</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:5">
       <x:c r="A134" s="1">
-        <x:v>45862.9245949074</x:v>
+        <x:v>45883.9240625</x:v>
       </x:c>
       <x:c r="B134" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C134" s="0">
-        <x:v>825.92</x:v>
+        <x:v>1259.8</x:v>
       </x:c>
       <x:c r="D134" s="0">
-        <x:v>108.402</x:v>
+        <x:v>126.714</x:v>
       </x:c>
       <x:c r="E134" s="0">
-        <x:v>154.86</x:v>
+        <x:v>181.02</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:5">
       <x:c r="A135" s="1">
-        <x:v>45861.926412037</x:v>
+        <x:v>45882.9239467593</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C135" s="0">
-        <x:v>822.65</x:v>
+        <x:v>1333.12</x:v>
       </x:c>
       <x:c r="D135" s="0">
-        <x:v>108.241</x:v>
+        <x:v>129.059</x:v>
       </x:c>
       <x:c r="E135" s="0">
-        <x:v>154.63</x:v>
+        <x:v>184.37</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:5">
       <x:c r="A136" s="1">
-        <x:v>45860.9260763889</x:v>
+        <x:v>45881.9233449074</x:v>
       </x:c>
       <x:c r="B136" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C136" s="0">
-        <x:v>740.19</x:v>
+        <x:v>1391.87</x:v>
       </x:c>
       <x:c r="D136" s="0">
-        <x:v>104.349</x:v>
+        <x:v>130.879</x:v>
       </x:c>
       <x:c r="E136" s="0">
-        <x:v>149.07</x:v>
+        <x:v>186.97</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:5">
       <x:c r="A137" s="1">
-        <x:v>45859.9273148148</x:v>
+        <x:v>45880.923587963</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C137" s="0">
-        <x:v>782.64</x:v>
+        <x:v>1300.86</x:v>
       </x:c>
       <x:c r="D137" s="0">
-        <x:v>106.253</x:v>
+        <x:v>127.876</x:v>
       </x:c>
       <x:c r="E137" s="0">
-        <x:v>151.79</x:v>
+        <x:v>182.68</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:5">
       <x:c r="A138" s="1">
-        <x:v>45856.949212963</x:v>
+        <x:v>45877.9331597222</x:v>
       </x:c>
       <x:c r="B138" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C138" s="0">
-        <x:v>811.26</x:v>
+        <x:v>1399.01</x:v>
       </x:c>
       <x:c r="D138" s="0">
-        <x:v>107.464</x:v>
+        <x:v>130.872</x:v>
       </x:c>
       <x:c r="E138" s="0">
-        <x:v>153.52</x:v>
+        <x:v>186.96</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:5">
       <x:c r="A139" s="1">
-        <x:v>45855.9327314815</x:v>
+        <x:v>45876.9384490741</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C139" s="0">
-        <x:v>819.16</x:v>
+        <x:v>1297.92</x:v>
       </x:c>
       <x:c r="D139" s="0">
-        <x:v>107.793</x:v>
+        <x:v>127.54</x:v>
       </x:c>
       <x:c r="E139" s="0">
-        <x:v>153.99</x:v>
+        <x:v>182.2</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:5">
       <x:c r="A140" s="1">
-        <x:v>45854.9359490741</x:v>
+        <x:v>45875.9344560185</x:v>
       </x:c>
       <x:c r="B140" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C140" s="0">
-        <x:v>772.26</x:v>
+        <x:v>1243.27</x:v>
       </x:c>
       <x:c r="D140" s="0">
-        <x:v>105.637</x:v>
+        <x:v>125.678</x:v>
       </x:c>
       <x:c r="E140" s="0">
-        <x:v>150.91</x:v>
+        <x:v>179.54</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:5">
       <x:c r="A141" s="1">
-        <x:v>45853.9275694444</x:v>
+        <x:v>45874.9325694444</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C141" s="0">
-        <x:v>737.9</x:v>
+        <x:v>1122.02</x:v>
       </x:c>
       <x:c r="D141" s="0">
-        <x:v>104.006</x:v>
+        <x:v>121.289</x:v>
       </x:c>
       <x:c r="E141" s="0">
-        <x:v>148.58</x:v>
+        <x:v>173.27</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:5">
       <x:c r="A142" s="1">
-        <x:v>45852.9328587963</x:v>
+        <x:v>45873.9313425926</x:v>
       </x:c>
       <x:c r="B142" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C142" s="0">
-        <x:v>746.83</x:v>
+        <x:v>908.53</x:v>
       </x:c>
       <x:c r="D142" s="0">
-        <x:v>104.405</x:v>
+        <x:v>112.462</x:v>
       </x:c>
       <x:c r="E142" s="0">
-        <x:v>149.15</x:v>
+        <x:v>160.66</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:5">
       <x:c r="A143" s="1">
-        <x:v>45849.9249768518</x:v>
+        <x:v>45870.9273842593</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C143" s="0">
-        <x:v>650.91</x:v>
+        <x:v>809.17</x:v>
       </x:c>
       <x:c r="D143" s="0">
-        <x:v>99.47</x:v>
+        <x:v>107.989</x:v>
       </x:c>
       <x:c r="E143" s="0">
-        <x:v>142.1</x:v>
+        <x:v>154.27</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:5">
       <x:c r="A144" s="1">
-        <x:v>45848.9261342593</x:v>
+        <x:v>45869.9244212963</x:v>
       </x:c>
       <x:c r="B144" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C144" s="0">
-        <x:v>656.76</x:v>
+        <x:v>877.43</x:v>
       </x:c>
       <x:c r="D144" s="0">
-        <x:v>99.75</x:v>
+        <x:v>110.845</x:v>
       </x:c>
       <x:c r="E144" s="0">
-        <x:v>142.5</x:v>
+        <x:v>158.35</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:5">
       <x:c r="A145" s="1">
-        <x:v>45847.925787037</x:v>
+        <x:v>45868.9255092593</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C145" s="0">
-        <x:v>665.88</x:v>
+        <x:v>882.2</x:v>
       </x:c>
       <x:c r="D145" s="0">
-        <x:v>100.191</x:v>
+        <x:v>111.027</x:v>
       </x:c>
       <x:c r="E145" s="0">
-        <x:v>143.13</x:v>
+        <x:v>158.61</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:5">
       <x:c r="A146" s="1">
-        <x:v>45846.9248611111</x:v>
+        <x:v>45867.9289467593</x:v>
       </x:c>
       <x:c r="B146" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C146" s="0">
-        <x:v>620.61</x:v>
+        <x:v>844.2</x:v>
       </x:c>
       <x:c r="D146" s="0">
-        <x:v>97.797</x:v>
+        <x:v>109.368</x:v>
       </x:c>
       <x:c r="E146" s="0">
-        <x:v>139.71</x:v>
+        <x:v>156.24</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:5">
       <x:c r="A147" s="1">
-        <x:v>45845.9274884259</x:v>
+        <x:v>45866.9278125</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C147" s="0">
-        <x:v>613.11</x:v>
+        <x:v>871.8</x:v>
       </x:c>
       <x:c r="D147" s="0">
-        <x:v>97.384</x:v>
+        <x:v>110.516</x:v>
       </x:c>
       <x:c r="E147" s="0">
-        <x:v>139.12</x:v>
+        <x:v>157.88</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:5">
       <x:c r="A148" s="1">
-        <x:v>45841.8023263889</x:v>
+        <x:v>45863.926875</x:v>
       </x:c>
       <x:c r="B148" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C148" s="0">
-        <x:v>555.19</x:v>
+        <x:v>888.55</x:v>
       </x:c>
       <x:c r="D148" s="0">
-        <x:v>94.052</x:v>
+        <x:v>111.16</x:v>
       </x:c>
       <x:c r="E148" s="0">
-        <x:v>134.36</x:v>
+        <x:v>158.8</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:5">
       <x:c r="A149" s="1">
-        <x:v>45840.9303703704</x:v>
+        <x:v>45862.9245949074</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C149" s="0">
-        <x:v>528.57</x:v>
+        <x:v>825.92</x:v>
       </x:c>
       <x:c r="D149" s="0">
-        <x:v>92.484</x:v>
+        <x:v>108.402</x:v>
       </x:c>
       <x:c r="E149" s="0">
-        <x:v>132.12</x:v>
+        <x:v>154.86</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:5">
       <x:c r="A150" s="1">
-        <x:v>45839.9249421296</x:v>
+        <x:v>45861.926412037</x:v>
       </x:c>
       <x:c r="B150" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C150" s="0">
-        <x:v>511.9</x:v>
+        <x:v>822.65</x:v>
       </x:c>
       <x:c r="D150" s="0">
-        <x:v>91.476</x:v>
+        <x:v>108.241</x:v>
       </x:c>
       <x:c r="E150" s="0">
-        <x:v>130.68</x:v>
+        <x:v>154.63</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:5">
       <x:c r="A151" s="1">
-        <x:v>45838.9258217593</x:v>
+        <x:v>45860.9260763889</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C151" s="0">
-        <x:v>584.77</x:v>
+        <x:v>740.19</x:v>
       </x:c>
       <x:c r="D151" s="0">
-        <x:v>95.424</x:v>
+        <x:v>104.349</x:v>
       </x:c>
       <x:c r="E151" s="0">
-        <x:v>136.32</x:v>
+        <x:v>149.07</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:5">
       <x:c r="A152" s="1">
-        <x:v>45835.9282291667</x:v>
+        <x:v>45859.9273148148</x:v>
       </x:c>
       <x:c r="B152" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C152" s="0">
-        <x:v>519.08</x:v>
+        <x:v>782.64</x:v>
       </x:c>
       <x:c r="D152" s="0">
-        <x:v>91.518</x:v>
+        <x:v>106.253</x:v>
       </x:c>
       <x:c r="E152" s="0">
-        <x:v>130.74</x:v>
+        <x:v>151.79</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:5">
       <x:c r="A153" s="1">
-        <x:v>45834.9274189815</x:v>
+        <x:v>45856.949212963</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C153" s="0">
-        <x:v>722.41</x:v>
+        <x:v>811.26</x:v>
       </x:c>
       <x:c r="D153" s="0">
-        <x:v>100.975</x:v>
+        <x:v>107.464</x:v>
       </x:c>
       <x:c r="E153" s="0">
-        <x:v>144.25</x:v>
+        <x:v>153.52</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:5">
       <x:c r="A154" s="1">
-        <x:v>45833.9268171296</x:v>
+        <x:v>45855.9327314815</x:v>
       </x:c>
       <x:c r="B154" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C154" s="0">
-        <x:v>702.84</x:v>
+        <x:v>819.16</x:v>
       </x:c>
       <x:c r="D154" s="0">
-        <x:v>100.03</x:v>
+        <x:v>107.793</x:v>
       </x:c>
       <x:c r="E154" s="0">
-        <x:v>142.9</x:v>
+        <x:v>153.99</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:5">
       <x:c r="A155" s="1">
-        <x:v>45832.9265393519</x:v>
+        <x:v>45854.9359490741</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C155" s="0">
-        <x:v>708.08</x:v>
+        <x:v>772.26</x:v>
       </x:c>
       <x:c r="D155" s="0">
-        <x:v>100.261</x:v>
+        <x:v>105.637</x:v>
       </x:c>
       <x:c r="E155" s="0">
-        <x:v>143.23</x:v>
+        <x:v>150.91</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:5">
       <x:c r="A156" s="1">
-        <x:v>45831.9246412037</x:v>
+        <x:v>45853.9275694444</x:v>
       </x:c>
       <x:c r="B156" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C156" s="0">
-        <x:v>661.46</x:v>
+        <x:v>737.9</x:v>
       </x:c>
       <x:c r="D156" s="0">
-        <x:v>97.944</x:v>
+        <x:v>104.006</x:v>
       </x:c>
       <x:c r="E156" s="0">
-        <x:v>139.92</x:v>
+        <x:v>148.58</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:5">
       <x:c r="A157" s="1">
-        <x:v>45828.9428587963</x:v>
+        <x:v>45852.9328587963</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C157" s="0">
-        <x:v>626.51</x:v>
+        <x:v>746.83</x:v>
       </x:c>
       <x:c r="D157" s="0">
-        <x:v>96.11</x:v>
+        <x:v>104.405</x:v>
       </x:c>
       <x:c r="E157" s="0">
-        <x:v>137.3</x:v>
+        <x:v>149.15</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:5">
       <x:c r="A158" s="1">
-        <x:v>45826.9303703704</x:v>
+        <x:v>45849.9249768518</x:v>
       </x:c>
       <x:c r="B158" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C158" s="0">
-        <x:v>665.08</x:v>
+        <x:v>650.91</x:v>
       </x:c>
       <x:c r="D158" s="0">
-        <x:v>97.972</x:v>
+        <x:v>99.47</x:v>
       </x:c>
       <x:c r="E158" s="0">
-        <x:v>139.96</x:v>
+        <x:v>142.1</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:5">
       <x:c r="A159" s="1">
-        <x:v>45825.9253587963</x:v>
+        <x:v>45848.9261342593</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C159" s="0">
-        <x:v>640.91</x:v>
+        <x:v>656.76</x:v>
       </x:c>
       <x:c r="D159" s="0">
-        <x:v>96.74</x:v>
+        <x:v>99.75</x:v>
       </x:c>
       <x:c r="E159" s="0">
-        <x:v>138.2</x:v>
+        <x:v>142.5</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:5">
       <x:c r="A160" s="1">
-        <x:v>45824.9235185185</x:v>
+        <x:v>45847.925787037</x:v>
       </x:c>
       <x:c r="B160" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C160" s="0">
-        <x:v>688.11</x:v>
+        <x:v>665.88</x:v>
       </x:c>
       <x:c r="D160" s="0">
-        <x:v>98.987</x:v>
+        <x:v>100.191</x:v>
       </x:c>
       <x:c r="E160" s="0">
-        <x:v>141.41</x:v>
+        <x:v>143.13</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:5">
       <x:c r="A161" s="1">
-        <x:v>45821.9252777778</x:v>
+        <x:v>45846.9248611111</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C161" s="0">
-        <x:v>633.56</x:v>
+        <x:v>620.61</x:v>
       </x:c>
       <x:c r="D161" s="0">
-        <x:v>96.18</x:v>
+        <x:v>97.797</x:v>
       </x:c>
       <x:c r="E161" s="0">
-        <x:v>137.4</x:v>
+        <x:v>139.71</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:5">
       <x:c r="A162" s="1">
-        <x:v>45820.9288541667</x:v>
+        <x:v>45845.9274884259</x:v>
       </x:c>
       <x:c r="B162" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C162" s="0">
-        <x:v>604.23</x:v>
+        <x:v>613.11</x:v>
       </x:c>
       <x:c r="D162" s="0">
-        <x:v>94.633</x:v>
+        <x:v>97.384</x:v>
       </x:c>
       <x:c r="E162" s="0">
-        <x:v>135.19</x:v>
+        <x:v>139.12</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:5">
       <x:c r="A163" s="1">
-        <x:v>45819.9235300926</x:v>
+        <x:v>45841.8023263889</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C163" s="0">
-        <x:v>620.92</x:v>
+        <x:v>555.19</x:v>
       </x:c>
       <x:c r="D163" s="0">
-        <x:v>95.473</x:v>
+        <x:v>94.052</x:v>
       </x:c>
       <x:c r="E163" s="0">
-        <x:v>136.39</x:v>
+        <x:v>134.36</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:5">
       <x:c r="A164" s="1">
-        <x:v>45818.9235069444</x:v>
+        <x:v>45840.9303703704</x:v>
       </x:c>
       <x:c r="B164" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C164" s="0">
-        <x:v>574.72</x:v>
+        <x:v>528.57</x:v>
       </x:c>
       <x:c r="D164" s="0">
-        <x:v>92.967</x:v>
+        <x:v>92.484</x:v>
       </x:c>
       <x:c r="E164" s="0">
-        <x:v>132.81</x:v>
+        <x:v>132.12</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:5">
       <x:c r="A165" s="1">
-        <x:v>45817.9248842593</x:v>
+        <x:v>45839.9249421296</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C165" s="0">
-        <x:v>565.36</x:v>
+        <x:v>511.9</x:v>
       </x:c>
       <x:c r="D165" s="0">
-        <x:v>92.442</x:v>
+        <x:v>91.476</x:v>
       </x:c>
       <x:c r="E165" s="0">
-        <x:v>132.06</x:v>
+        <x:v>130.68</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:5">
       <x:c r="A166" s="1">
-        <x:v>45814.9279050926</x:v>
+        <x:v>45838.9258217593</x:v>
       </x:c>
       <x:c r="B166" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C166" s="0">
-        <x:v>513.75</x:v>
+        <x:v>584.77</x:v>
       </x:c>
       <x:c r="D166" s="0">
-        <x:v>89.404</x:v>
+        <x:v>95.424</x:v>
       </x:c>
       <x:c r="E166" s="0">
-        <x:v>127.72</x:v>
+        <x:v>136.32</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:5">
       <x:c r="A167" s="1">
-        <x:v>45813.9312152778</x:v>
+        <x:v>45835.9282291667</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C167" s="0">
-        <x:v>429.95</x:v>
+        <x:v>519.08</x:v>
       </x:c>
       <x:c r="D167" s="0">
-        <x:v>83.937</x:v>
+        <x:v>91.518</x:v>
       </x:c>
       <x:c r="E167" s="0">
-        <x:v>119.91</x:v>
+        <x:v>130.74</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:5">
       <x:c r="A168" s="1">
-        <x:v>45812.928900463</x:v>
+        <x:v>45834.9274189815</x:v>
       </x:c>
       <x:c r="B168" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C168" s="0">
-        <x:v>560.95</x:v>
+        <x:v>722.41</x:v>
       </x:c>
       <x:c r="D168" s="0">
-        <x:v>91.007</x:v>
+        <x:v>100.975</x:v>
       </x:c>
       <x:c r="E168" s="0">
-        <x:v>130.01</x:v>
+        <x:v>144.25</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:5">
       <x:c r="A169" s="1">
-        <x:v>45811.9361342593</x:v>
+        <x:v>45833.9268171296</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C169" s="0">
-        <x:v>604.27</x:v>
+        <x:v>702.84</x:v>
       </x:c>
       <x:c r="D169" s="0">
-        <x:v>93.219</x:v>
+        <x:v>100.03</x:v>
       </x:c>
       <x:c r="E169" s="0">
-        <x:v>133.17</x:v>
+        <x:v>142.9</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:5">
       <x:c r="A170" s="1">
-        <x:v>45810.9415046296</x:v>
+        <x:v>45832.9265393519</x:v>
       </x:c>
       <x:c r="B170" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C170" s="0">
-        <x:v>589.42</x:v>
+        <x:v>708.08</x:v>
       </x:c>
       <x:c r="D170" s="0">
-        <x:v>92.428</x:v>
+        <x:v>100.261</x:v>
       </x:c>
       <x:c r="E170" s="0">
-        <x:v>132.04</x:v>
+        <x:v>143.23</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:5">
       <x:c r="A171" s="1">
-        <x:v>45800.9242592593</x:v>
+        <x:v>45831.9246412037</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C171" s="0">
-        <x:v>489.81</x:v>
+        <x:v>661.46</x:v>
       </x:c>
       <x:c r="D171" s="0">
-        <x:v>86.317</x:v>
+        <x:v>97.944</x:v>
       </x:c>
       <x:c r="E171" s="0">
-        <x:v>123.31</x:v>
+        <x:v>139.92</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:5">
       <x:c r="A172" s="1">
-        <x:v>45799.9263194444</x:v>
+        <x:v>45828.9428587963</x:v>
       </x:c>
       <x:c r="B172" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C172" s="0">
-        <x:v>478.08</x:v>
+        <x:v>626.51</x:v>
       </x:c>
       <x:c r="D172" s="0">
-        <x:v>85.603</x:v>
+        <x:v>96.11</x:v>
       </x:c>
       <x:c r="E172" s="0">
-        <x:v>122.29</x:v>
+        <x:v>137.3</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:5">
       <x:c r="A173" s="1">
-        <x:v>45798.9249652778</x:v>
+        <x:v>45826.9303703704</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C173" s="0">
-        <x:v>458.79</x:v>
+        <x:v>665.08</x:v>
       </x:c>
       <x:c r="D173" s="0">
-        <x:v>84.406</x:v>
+        <x:v>97.972</x:v>
       </x:c>
       <x:c r="E173" s="0">
-        <x:v>120.58</x:v>
+        <x:v>139.96</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:5">
       <x:c r="A174" s="1">
-        <x:v>45797.9233564815</x:v>
+        <x:v>45825.9253587963</x:v>
       </x:c>
       <x:c r="B174" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C174" s="0">
-        <x:v>521.45</x:v>
+        <x:v>640.91</x:v>
       </x:c>
       <x:c r="D174" s="0">
-        <x:v>87.913</x:v>
+        <x:v>96.74</x:v>
       </x:c>
       <x:c r="E174" s="0">
-        <x:v>125.59</x:v>
+        <x:v>138.2</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:5">
       <x:c r="A175" s="1">
-        <x:v>45796.9244791667</x:v>
+        <x:v>45824.9235185185</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C175" s="0">
-        <x:v>531.04</x:v>
+        <x:v>688.11</x:v>
       </x:c>
       <x:c r="D175" s="0">
-        <x:v>88.431</x:v>
+        <x:v>98.987</x:v>
       </x:c>
       <x:c r="E175" s="0">
-        <x:v>126.33</x:v>
+        <x:v>141.41</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:5">
       <x:c r="A176" s="1">
-        <x:v>45793.9259606482</x:v>
+        <x:v>45821.9252777778</x:v>
       </x:c>
       <x:c r="B176" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C176" s="0">
-        <x:v>574.32</x:v>
+        <x:v>633.56</x:v>
       </x:c>
       <x:c r="D176" s="0">
-        <x:v>90.664</x:v>
+        <x:v>96.18</x:v>
       </x:c>
       <x:c r="E176" s="0">
-        <x:v>129.52</x:v>
+        <x:v>137.4</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:5">
       <x:c r="A177" s="1">
-        <x:v>45792.9359490741</x:v>
+        <x:v>45820.9288541667</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C177" s="0">
-        <x:v>556.35</x:v>
+        <x:v>604.23</x:v>
       </x:c>
       <x:c r="D177" s="0">
-        <x:v>89.684</x:v>
+        <x:v>94.633</x:v>
       </x:c>
       <x:c r="E177" s="0">
-        <x:v>128.12</x:v>
+        <x:v>135.19</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:5">
       <x:c r="A178" s="1">
-        <x:v>45791.9275578704</x:v>
+        <x:v>45819.9235300926</x:v>
       </x:c>
       <x:c r="B178" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C178" s="0">
-        <x:v>584.38</x:v>
+        <x:v>620.92</x:v>
       </x:c>
       <x:c r="D178" s="0">
-        <x:v>91.126</x:v>
+        <x:v>95.473</x:v>
       </x:c>
       <x:c r="E178" s="0">
-        <x:v>130.18</x:v>
+        <x:v>136.39</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:5">
       <x:c r="A179" s="1">
-        <x:v>45790.9286458333</x:v>
+        <x:v>45818.9235069444</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C179" s="0">
-        <x:v>557.49</x:v>
+        <x:v>574.72</x:v>
       </x:c>
       <x:c r="D179" s="0">
-        <x:v>89.67</x:v>
+        <x:v>92.967</x:v>
       </x:c>
       <x:c r="E179" s="0">
-        <x:v>128.1</x:v>
+        <x:v>132.81</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:5">
       <x:c r="A180" s="1">
-        <x:v>45789.9278009259</x:v>
+        <x:v>45817.9248842593</x:v>
       </x:c>
       <x:c r="B180" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C180" s="0">
-        <x:v>448.27</x:v>
+        <x:v>565.36</x:v>
       </x:c>
       <x:c r="D180" s="0">
-        <x:v>82.922</x:v>
+        <x:v>92.442</x:v>
       </x:c>
       <x:c r="E180" s="0">
-        <x:v>118.46</x:v>
+        <x:v>132.06</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:5">
       <x:c r="A181" s="1">
-        <x:v>45786.9254050926</x:v>
+        <x:v>45814.9279050926</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C181" s="0">
-        <x:v>435.98</x:v>
+        <x:v>513.75</x:v>
       </x:c>
       <x:c r="D181" s="0">
-        <x:v>82.11</x:v>
+        <x:v>89.404</x:v>
       </x:c>
       <x:c r="E181" s="0">
-        <x:v>117.3</x:v>
+        <x:v>127.72</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:5">
       <x:c r="A182" s="1">
-        <x:v>45785.9240393518</x:v>
+        <x:v>45813.9312152778</x:v>
       </x:c>
       <x:c r="B182" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C182" s="0">
-        <x:v>457.51</x:v>
+        <x:v>429.95</x:v>
       </x:c>
       <x:c r="D182" s="0">
-        <x:v>83.405</x:v>
+        <x:v>83.937</x:v>
       </x:c>
       <x:c r="E182" s="0">
-        <x:v>119.15</x:v>
+        <x:v>119.91</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:5">
       <x:c r="A183" s="1">
-        <x:v>45784.9234837963</x:v>
+        <x:v>45812.928900463</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C183" s="0">
-        <x:v>370.47</x:v>
+        <x:v>560.95</x:v>
       </x:c>
       <x:c r="D183" s="0">
-        <x:v>77.336</x:v>
+        <x:v>91.007</x:v>
       </x:c>
       <x:c r="E183" s="0">
-        <x:v>110.48</x:v>
+        <x:v>130.01</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:5">
       <x:c r="A184" s="1">
+        <x:v>45811.9361342593</x:v>
+      </x:c>
+      <x:c r="B184" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C184" s="0">
+        <x:v>604.27</x:v>
+      </x:c>
+      <x:c r="D184" s="0">
+        <x:v>93.219</x:v>
+      </x:c>
+      <x:c r="E184" s="0">
+        <x:v>133.17</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="185" spans="1:5">
+      <x:c r="A185" s="1">
+        <x:v>45810.9415046296</x:v>
+      </x:c>
+      <x:c r="B185" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C185" s="0">
+        <x:v>589.42</x:v>
+      </x:c>
+      <x:c r="D185" s="0">
+        <x:v>92.428</x:v>
+      </x:c>
+      <x:c r="E185" s="0">
+        <x:v>132.04</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="186" spans="1:5">
+      <x:c r="A186" s="1">
+        <x:v>45800.9242592593</x:v>
+      </x:c>
+      <x:c r="B186" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C186" s="0">
+        <x:v>489.81</x:v>
+      </x:c>
+      <x:c r="D186" s="0">
+        <x:v>86.317</x:v>
+      </x:c>
+      <x:c r="E186" s="0">
+        <x:v>123.31</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="187" spans="1:5">
+      <x:c r="A187" s="1">
+        <x:v>45799.9263194444</x:v>
+      </x:c>
+      <x:c r="B187" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C187" s="0">
+        <x:v>478.08</x:v>
+      </x:c>
+      <x:c r="D187" s="0">
+        <x:v>85.603</x:v>
+      </x:c>
+      <x:c r="E187" s="0">
+        <x:v>122.29</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="188" spans="1:5">
+      <x:c r="A188" s="1">
+        <x:v>45798.9249652778</x:v>
+      </x:c>
+      <x:c r="B188" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C188" s="0">
+        <x:v>458.79</x:v>
+      </x:c>
+      <x:c r="D188" s="0">
+        <x:v>84.406</x:v>
+      </x:c>
+      <x:c r="E188" s="0">
+        <x:v>120.58</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="189" spans="1:5">
+      <x:c r="A189" s="1">
+        <x:v>45797.9233564815</x:v>
+      </x:c>
+      <x:c r="B189" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C189" s="0">
+        <x:v>521.45</x:v>
+      </x:c>
+      <x:c r="D189" s="0">
+        <x:v>87.913</x:v>
+      </x:c>
+      <x:c r="E189" s="0">
+        <x:v>125.59</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="190" spans="1:5">
+      <x:c r="A190" s="1">
+        <x:v>45796.9244791667</x:v>
+      </x:c>
+      <x:c r="B190" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C190" s="0">
+        <x:v>531.04</x:v>
+      </x:c>
+      <x:c r="D190" s="0">
+        <x:v>88.431</x:v>
+      </x:c>
+      <x:c r="E190" s="0">
+        <x:v>126.33</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="191" spans="1:5">
+      <x:c r="A191" s="1">
+        <x:v>45793.9259606482</x:v>
+      </x:c>
+      <x:c r="B191" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C191" s="0">
+        <x:v>574.32</x:v>
+      </x:c>
+      <x:c r="D191" s="0">
+        <x:v>90.664</x:v>
+      </x:c>
+      <x:c r="E191" s="0">
+        <x:v>129.52</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="192" spans="1:5">
+      <x:c r="A192" s="1">
+        <x:v>45792.9359490741</x:v>
+      </x:c>
+      <x:c r="B192" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C192" s="0">
+        <x:v>556.35</x:v>
+      </x:c>
+      <x:c r="D192" s="0">
+        <x:v>89.684</x:v>
+      </x:c>
+      <x:c r="E192" s="0">
+        <x:v>128.12</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="193" spans="1:5">
+      <x:c r="A193" s="1">
+        <x:v>45791.9275578704</x:v>
+      </x:c>
+      <x:c r="B193" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C193" s="0">
+        <x:v>584.38</x:v>
+      </x:c>
+      <x:c r="D193" s="0">
+        <x:v>91.126</x:v>
+      </x:c>
+      <x:c r="E193" s="0">
+        <x:v>130.18</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="194" spans="1:5">
+      <x:c r="A194" s="1">
+        <x:v>45790.9286458333</x:v>
+      </x:c>
+      <x:c r="B194" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C194" s="0">
+        <x:v>557.49</x:v>
+      </x:c>
+      <x:c r="D194" s="0">
+        <x:v>89.67</x:v>
+      </x:c>
+      <x:c r="E194" s="0">
+        <x:v>128.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="195" spans="1:5">
+      <x:c r="A195" s="1">
+        <x:v>45789.9278009259</x:v>
+      </x:c>
+      <x:c r="B195" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C195" s="0">
+        <x:v>448.27</x:v>
+      </x:c>
+      <x:c r="D195" s="0">
+        <x:v>82.922</x:v>
+      </x:c>
+      <x:c r="E195" s="0">
+        <x:v>118.46</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="196" spans="1:5">
+      <x:c r="A196" s="1">
+        <x:v>45786.9254050926</x:v>
+      </x:c>
+      <x:c r="B196" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C196" s="0">
+        <x:v>435.98</x:v>
+      </x:c>
+      <x:c r="D196" s="0">
+        <x:v>82.11</x:v>
+      </x:c>
+      <x:c r="E196" s="0">
+        <x:v>117.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="197" spans="1:5">
+      <x:c r="A197" s="1">
+        <x:v>45785.9240393518</x:v>
+      </x:c>
+      <x:c r="B197" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C197" s="0">
+        <x:v>457.51</x:v>
+      </x:c>
+      <x:c r="D197" s="0">
+        <x:v>83.405</x:v>
+      </x:c>
+      <x:c r="E197" s="0">
+        <x:v>119.15</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="198" spans="1:5">
+      <x:c r="A198" s="1">
+        <x:v>45784.9234837963</x:v>
+      </x:c>
+      <x:c r="B198" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C198" s="0">
+        <x:v>370.47</x:v>
+      </x:c>
+      <x:c r="D198" s="0">
+        <x:v>77.336</x:v>
+      </x:c>
+      <x:c r="E198" s="0">
+        <x:v>110.48</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="199" spans="1:5">
+      <x:c r="A199" s="1">
         <x:v>45783.9247685185</x:v>
       </x:c>
-      <x:c r="B184" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C184" s="0">
+      <x:c r="B199" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C199" s="0">
         <x:v>354.81</x:v>
       </x:c>
-      <x:c r="D184" s="0">
+      <x:c r="D199" s="0">
         <x:v>76.202</x:v>
       </x:c>
-      <x:c r="E184" s="0">
+      <x:c r="E199" s="0">
         <x:v>108.86</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>