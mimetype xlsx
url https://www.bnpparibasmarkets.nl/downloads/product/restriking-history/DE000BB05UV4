--- v4 (2026-03-08)
+++ v5 (2026-03-28)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6b03c8c5c697404b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a33369f758974716a8dec720d24ddcf7.psmdcp" Id="R2c10d64a98bf4ee7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R91c3feadc3874bf6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d64d19b35218438e8e73e47857acde37.psmdcp" Id="R22ee8e2214984c21" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>DE000BB05UV4</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -390,3429 +390,3684 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E199"/>
+  <x:dimension ref="A1:E214"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>46087.9263078704</x:v>
+        <x:v>46108.8852083333</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
-        <x:v>465.28</x:v>
+        <x:v>334.49</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>110.012</x:v>
+        <x:v>100.142</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>157.16</x:v>
+        <x:v>143.06</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>46086.9325462963</x:v>
+        <x:v>46107.8849421296</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
-        <x:v>427.73</x:v>
+        <x:v>368.36</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>106.869</x:v>
+        <x:v>103.292</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>152.67</x:v>
+        <x:v>147.56</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>46085.9284837963</x:v>
+        <x:v>46106.8850925926</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
-        <x:v>432.33</x:v>
+        <x:v>430.19</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>107.233</x:v>
+        <x:v>108.472</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>153.19</x:v>
+        <x:v>154.96</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>46084.9255208333</x:v>
+        <x:v>46105.8848148148</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
-        <x:v>385.6</x:v>
+        <x:v>428.88</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>103.054</x:v>
+        <x:v>108.346</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>147.22</x:v>
+        <x:v>154.78</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>46083.9255555556</x:v>
+        <x:v>46104.8850925926</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
-        <x:v>370.09</x:v>
+        <x:v>483.79</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>101.619</x:v>
+        <x:v>112.588</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>145.17</x:v>
+        <x:v>160.84</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>46080.9256944444</x:v>
+        <x:v>46101.8852893518</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
-        <x:v>315.47</x:v>
+        <x:v>402.84</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>96.033</x:v>
+        <x:v>105.476</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>137.19</x:v>
+        <x:v>150.68</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>46079.9258217593</x:v>
+        <x:v>46100.8877430556</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
-        <x:v>307.14</x:v>
+        <x:v>446.02</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>95.158</x:v>
+        <x:v>108.976</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>135.94</x:v>
+        <x:v>155.68</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>46078.9257291667</x:v>
+        <x:v>46099.8875231482</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
-        <x:v>295.7</x:v>
+        <x:v>422.09</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>93.933</x:v>
+        <x:v>106.939</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>134.19</x:v>
+        <x:v>152.77</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>46077.925474537</x:v>
+        <x:v>46098.8845601852</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
-        <x:v>263.05</x:v>
+        <x:v>442.04</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>90.188</x:v>
+        <x:v>108.556</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>128.84</x:v>
+        <x:v>155.08</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>46073.9253703704</x:v>
+        <x:v>46097.8857060185</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C12" s="0">
-        <x:v>306.2</x:v>
+        <x:v>422.64</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>94.668</x:v>
+        <x:v>106.904</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>135.24</x:v>
+        <x:v>152.72</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>46072.9253125</x:v>
+        <x:v>46094.8845486111</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0">
-        <x:v>303.97</x:v>
+        <x:v>408.82</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>94.423</x:v>
+        <x:v>105.665</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>134.89</x:v>
+        <x:v>150.95</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>46071.9254050926</x:v>
+        <x:v>46093.8851967593</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C14" s="0">
-        <x:v>307.45</x:v>
+        <x:v>430.46</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>94.766</x:v>
+        <x:v>107.45</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>135.38</x:v>
+        <x:v>153.5</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>46070.9253587963</x:v>
+        <x:v>46092.8847685185</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
-        <x:v>292.04</x:v>
+        <x:v>415.05</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>93.114</x:v>
+        <x:v>106.12</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>133.02</x:v>
+        <x:v>151.6</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>46066.9255324074</x:v>
+        <x:v>46091.8851273148</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C16" s="0">
-        <x:v>282.18</x:v>
+        <x:v>411.47</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>91.987</x:v>
+        <x:v>105.798</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>131.41</x:v>
+        <x:v>151.14</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>46065.9252893518</x:v>
+        <x:v>46090.8886689815</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C17" s="0">
-        <x:v>268.1</x:v>
+        <x:v>458.16</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>90.391</x:v>
+        <x:v>109.501</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>129.13</x:v>
+        <x:v>156.43</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>46064.9255671296</x:v>
+        <x:v>46087.9263078704</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="0">
-        <x:v>313.67</x:v>
+        <x:v>465.28</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>94.976</x:v>
+        <x:v>110.012</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>135.68</x:v>
+        <x:v>157.16</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>46063.925474537</x:v>
+        <x:v>46086.9325462963</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C19" s="0">
-        <x:v>341.99</x:v>
+        <x:v>427.73</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>97.657</x:v>
+        <x:v>106.869</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>139.51</x:v>
+        <x:v>152.67</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
-        <x:v>46062.9247222222</x:v>
+        <x:v>46085.9284837963</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C20" s="0">
-        <x:v>368.45</x:v>
+        <x:v>432.33</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>100.037</x:v>
+        <x:v>107.233</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>142.91</x:v>
+        <x:v>153.19</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="1">
-        <x:v>46058.925474537</x:v>
+        <x:v>46084.9255208333</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C21" s="0">
-        <x:v>281.34</x:v>
+        <x:v>385.6</x:v>
       </x:c>
       <x:c r="D21" s="0">
-        <x:v>91.007</x:v>
+        <x:v>103.054</x:v>
       </x:c>
       <x:c r="E21" s="0">
-        <x:v>130.01</x:v>
+        <x:v>147.22</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="1">
-        <x:v>46057.9258680556</x:v>
+        <x:v>46083.9255555556</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C22" s="0">
-        <x:v>354.04</x:v>
+        <x:v>370.09</x:v>
       </x:c>
       <x:c r="D22" s="0">
-        <x:v>97.678</x:v>
+        <x:v>101.619</x:v>
       </x:c>
       <x:c r="E22" s="0">
-        <x:v>139.54</x:v>
+        <x:v>145.17</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="1">
-        <x:v>46056.9428819444</x:v>
+        <x:v>46080.9256944444</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C23" s="0">
-        <x:v>543.79</x:v>
+        <x:v>315.47</x:v>
       </x:c>
       <x:c r="D23" s="0">
-        <x:v>110.516</x:v>
+        <x:v>96.033</x:v>
       </x:c>
       <x:c r="E23" s="0">
-        <x:v>157.88</x:v>
+        <x:v>137.19</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="1">
-        <x:v>46055.9254513889</x:v>
+        <x:v>46079.9258217593</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C24" s="0">
-        <x:v>451.28</x:v>
+        <x:v>307.14</x:v>
       </x:c>
       <x:c r="D24" s="0">
-        <x:v>103.432</x:v>
+        <x:v>95.158</x:v>
       </x:c>
       <x:c r="E24" s="0">
-        <x:v>147.76</x:v>
+        <x:v>135.94</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="1">
-        <x:v>46051.9255324074</x:v>
+        <x:v>46078.9257291667</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C25" s="0">
-        <x:v>492.84</x:v>
+        <x:v>295.7</x:v>
       </x:c>
       <x:c r="D25" s="0">
-        <x:v>106.302</x:v>
+        <x:v>93.933</x:v>
       </x:c>
       <x:c r="E25" s="0">
-        <x:v>151.86</x:v>
+        <x:v>134.19</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="1">
-        <x:v>46050.9251157407</x:v>
+        <x:v>46077.925474537</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C26" s="0">
-        <x:v>550.74</x:v>
+        <x:v>263.05</x:v>
       </x:c>
       <x:c r="D26" s="0">
-        <x:v>110.145</x:v>
+        <x:v>90.188</x:v>
       </x:c>
       <x:c r="E26" s="0">
-        <x:v>157.35</x:v>
+        <x:v>128.84</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="1">
-        <x:v>46049.9249768518</x:v>
+        <x:v>46073.9253703704</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C27" s="0">
-        <x:v>649.17</x:v>
+        <x:v>306.2</x:v>
       </x:c>
       <x:c r="D27" s="0">
-        <x:v>115.99</x:v>
+        <x:v>94.668</x:v>
       </x:c>
       <x:c r="E27" s="0">
-        <x:v>165.7</x:v>
+        <x:v>135.24</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="1">
-        <x:v>46048.9248032407</x:v>
+        <x:v>46072.9253125</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C28" s="0">
-        <x:v>670.75</x:v>
+        <x:v>303.97</x:v>
       </x:c>
       <x:c r="D28" s="0">
-        <x:v>117.229</x:v>
+        <x:v>94.423</x:v>
       </x:c>
       <x:c r="E28" s="0">
-        <x:v>167.47</x:v>
+        <x:v>134.89</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="1">
-        <x:v>46045.9251273148</x:v>
+        <x:v>46071.9254050926</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C29" s="0">
-        <x:v>697.99</x:v>
+        <x:v>307.45</x:v>
       </x:c>
       <x:c r="D29" s="0">
-        <x:v>118.72</x:v>
+        <x:v>94.766</x:v>
       </x:c>
       <x:c r="E29" s="0">
-        <x:v>169.6</x:v>
+        <x:v>135.38</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="1">
-        <x:v>46044.9245601852</x:v>
+        <x:v>46070.9253587963</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C30" s="0">
-        <x:v>654.5</x:v>
+        <x:v>292.04</x:v>
       </x:c>
       <x:c r="D30" s="0">
-        <x:v>116.13</x:v>
+        <x:v>93.114</x:v>
       </x:c>
       <x:c r="E30" s="0">
-        <x:v>165.9</x:v>
+        <x:v>133.02</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="1">
-        <x:v>46043.9253935185</x:v>
+        <x:v>46066.9255324074</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C31" s="0">
-        <x:v>648.09</x:v>
+        <x:v>282.18</x:v>
       </x:c>
       <x:c r="D31" s="0">
-        <x:v>115.731</x:v>
+        <x:v>91.987</x:v>
       </x:c>
       <x:c r="E31" s="0">
-        <x:v>165.33</x:v>
+        <x:v>131.41</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="1">
-        <x:v>46042.9279050926</x:v>
+        <x:v>46065.9252893518</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C32" s="0">
-        <x:v>687.56</x:v>
+        <x:v>268.1</x:v>
       </x:c>
       <x:c r="D32" s="0">
-        <x:v>117.971</x:v>
+        <x:v>90.391</x:v>
       </x:c>
       <x:c r="E32" s="0">
-        <x:v>168.53</x:v>
+        <x:v>129.13</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="1">
-        <x:v>46038.9243171296</x:v>
+        <x:v>46064.9255671296</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C33" s="0">
-        <x:v>719.55</x:v>
+        <x:v>313.67</x:v>
       </x:c>
       <x:c r="D33" s="0">
-        <x:v>119.672</x:v>
+        <x:v>94.976</x:v>
       </x:c>
       <x:c r="E33" s="0">
-        <x:v>170.96</x:v>
+        <x:v>135.68</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="1">
-        <x:v>46037.9280671296</x:v>
+        <x:v>46063.925474537</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C34" s="0">
-        <x:v>803.04</x:v>
+        <x:v>341.99</x:v>
       </x:c>
       <x:c r="D34" s="0">
-        <x:v>123.949</x:v>
+        <x:v>97.657</x:v>
       </x:c>
       <x:c r="E34" s="0">
-        <x:v>177.07</x:v>
+        <x:v>139.51</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="1">
-        <x:v>46036.9272800926</x:v>
+        <x:v>46062.9247222222</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C35" s="0">
-        <x:v>821.79</x:v>
+        <x:v>368.45</x:v>
       </x:c>
       <x:c r="D35" s="0">
-        <x:v>124.88</x:v>
+        <x:v>100.037</x:v>
       </x:c>
       <x:c r="E35" s="0">
-        <x:v>178.4</x:v>
+        <x:v>142.91</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="1">
-        <x:v>46035.9279166667</x:v>
+        <x:v>46058.925474537</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C36" s="0">
-        <x:v>829.96</x:v>
+        <x:v>281.34</x:v>
       </x:c>
       <x:c r="D36" s="0">
-        <x:v>125.272</x:v>
+        <x:v>91.007</x:v>
       </x:c>
       <x:c r="E36" s="0">
-        <x:v>178.96</x:v>
+        <x:v>130.01</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="1">
-        <x:v>46034.9278935185</x:v>
+        <x:v>46057.9258680556</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C37" s="0">
-        <x:v>836.64</x:v>
+        <x:v>354.04</x:v>
       </x:c>
       <x:c r="D37" s="0">
-        <x:v>125.587</x:v>
+        <x:v>97.678</x:v>
       </x:c>
       <x:c r="E37" s="0">
-        <x:v>179.41</x:v>
+        <x:v>139.54</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="1">
-        <x:v>46031.9291666667</x:v>
+        <x:v>46056.9428819444</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C38" s="0">
-        <x:v>811.4</x:v>
+        <x:v>543.79</x:v>
       </x:c>
       <x:c r="D38" s="0">
-        <x:v>124.243</x:v>
+        <x:v>110.516</x:v>
       </x:c>
       <x:c r="E38" s="0">
-        <x:v>177.49</x:v>
+        <x:v>157.88</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="1">
-        <x:v>46030.927025463</x:v>
+        <x:v>46055.9254513889</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C39" s="0">
-        <x:v>803.18</x:v>
+        <x:v>451.28</x:v>
       </x:c>
       <x:c r="D39" s="0">
-        <x:v>123.802</x:v>
+        <x:v>103.432</x:v>
       </x:c>
       <x:c r="E39" s="0">
-        <x:v>176.86</x:v>
+        <x:v>147.76</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="1">
-        <x:v>46029.9278935185</x:v>
+        <x:v>46051.9255324074</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C40" s="0">
-        <x:v>873.07</x:v>
+        <x:v>492.84</x:v>
       </x:c>
       <x:c r="D40" s="0">
-        <x:v>127.176</x:v>
+        <x:v>106.302</x:v>
       </x:c>
       <x:c r="E40" s="0">
-        <x:v>181.68</x:v>
+        <x:v>151.86</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="1">
-        <x:v>46028.9271759259</x:v>
+        <x:v>46050.9251157407</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C41" s="0">
-        <x:v>845.64</x:v>
+        <x:v>550.74</x:v>
       </x:c>
       <x:c r="D41" s="0">
-        <x:v>125.797</x:v>
+        <x:v>110.145</x:v>
       </x:c>
       <x:c r="E41" s="0">
-        <x:v>179.71</x:v>
+        <x:v>157.35</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="1">
-        <x:v>46027.9296064815</x:v>
+        <x:v>46049.9249768518</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C42" s="0">
-        <x:v>770.67</x:v>
+        <x:v>649.17</x:v>
       </x:c>
       <x:c r="D42" s="0">
-        <x:v>121.828</x:v>
+        <x:v>115.99</x:v>
       </x:c>
       <x:c r="E42" s="0">
-        <x:v>174.04</x:v>
+        <x:v>165.7</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="1">
-        <x:v>46024.9271875</x:v>
+        <x:v>46048.9248032407</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C43" s="0">
-        <x:v>694.88</x:v>
+        <x:v>670.75</x:v>
       </x:c>
       <x:c r="D43" s="0">
-        <x:v>117.502</x:v>
+        <x:v>117.229</x:v>
       </x:c>
       <x:c r="E43" s="0">
-        <x:v>167.86</x:v>
+        <x:v>167.47</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="1">
-        <x:v>46021.9269560185</x:v>
+        <x:v>46045.9251273148</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C44" s="0">
-        <x:v>887.11</x:v>
+        <x:v>697.99</x:v>
       </x:c>
       <x:c r="D44" s="0">
-        <x:v>126.588</x:v>
+        <x:v>118.72</x:v>
       </x:c>
       <x:c r="E44" s="0">
-        <x:v>180.84</x:v>
+        <x:v>169.6</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="1">
-        <x:v>46020.9273611111</x:v>
+        <x:v>46044.9245601852</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C45" s="0">
-        <x:v>938.61</x:v>
+        <x:v>654.5</x:v>
       </x:c>
       <x:c r="D45" s="0">
-        <x:v>128.926</x:v>
+        <x:v>116.13</x:v>
       </x:c>
       <x:c r="E45" s="0">
-        <x:v>184.18</x:v>
+        <x:v>165.9</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="1">
-        <x:v>46014.9278356481</x:v>
+        <x:v>46043.9253935185</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C46" s="0">
-        <x:v>1112.73</x:v>
+        <x:v>648.09</x:v>
       </x:c>
       <x:c r="D46" s="0">
-        <x:v>135.891</x:v>
+        <x:v>115.731</x:v>
       </x:c>
       <x:c r="E46" s="0">
-        <x:v>194.13</x:v>
+        <x:v>165.33</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="1">
-        <x:v>46013.9284837963</x:v>
+        <x:v>46042.9279050926</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C47" s="0">
-        <x:v>1110.66</x:v>
+        <x:v>687.56</x:v>
       </x:c>
       <x:c r="D47" s="0">
-        <x:v>135.786</x:v>
+        <x:v>117.971</x:v>
       </x:c>
       <x:c r="E47" s="0">
-        <x:v>193.98</x:v>
+        <x:v>168.53</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5">
       <x:c r="A48" s="1">
-        <x:v>46010.9275810185</x:v>
+        <x:v>46038.9243171296</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C48" s="0">
-        <x:v>1101.9</x:v>
+        <x:v>719.55</x:v>
       </x:c>
       <x:c r="D48" s="0">
-        <x:v>135.366</x:v>
+        <x:v>119.672</x:v>
       </x:c>
       <x:c r="E48" s="0">
-        <x:v>193.38</x:v>
+        <x:v>170.96</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
       <x:c r="A49" s="1">
-        <x:v>46009.930787037</x:v>
+        <x:v>46037.9280671296</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C49" s="0">
-        <x:v>980.52</x:v>
+        <x:v>803.04</x:v>
       </x:c>
       <x:c r="D49" s="0">
-        <x:v>129.983</x:v>
+        <x:v>123.949</x:v>
       </x:c>
       <x:c r="E49" s="0">
-        <x:v>185.69</x:v>
+        <x:v>177.07</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5">
       <x:c r="A50" s="1">
-        <x:v>46008.9275925926</x:v>
+        <x:v>46036.9272800926</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C50" s="0">
-        <x:v>858.84</x:v>
+        <x:v>821.79</x:v>
       </x:c>
       <x:c r="D50" s="0">
-        <x:v>124.103</x:v>
+        <x:v>124.88</x:v>
       </x:c>
       <x:c r="E50" s="0">
-        <x:v>177.29</x:v>
+        <x:v>178.4</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5">
       <x:c r="A51" s="1">
-        <x:v>46007.9277662037</x:v>
+        <x:v>46035.9279166667</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C51" s="0">
-        <x:v>1031.75</x:v>
+        <x:v>829.96</x:v>
       </x:c>
       <x:c r="D51" s="0">
-        <x:v>131.425</x:v>
+        <x:v>125.272</x:v>
       </x:c>
       <x:c r="E51" s="0">
-        <x:v>187.75</x:v>
+        <x:v>178.96</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5">
       <x:c r="A52" s="1">
-        <x:v>46006.9271064815</x:v>
+        <x:v>46034.9278935185</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C52" s="0">
-        <x:v>961.37</x:v>
+        <x:v>836.64</x:v>
       </x:c>
       <x:c r="D52" s="0">
-        <x:v>128.275</x:v>
+        <x:v>125.587</x:v>
       </x:c>
       <x:c r="E52" s="0">
-        <x:v>183.25</x:v>
+        <x:v>179.41</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5">
       <x:c r="A53" s="1">
-        <x:v>46003.9269907407</x:v>
+        <x:v>46031.9291666667</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C53" s="0">
-        <x:v>967.75</x:v>
+        <x:v>811.4</x:v>
       </x:c>
       <x:c r="D53" s="0">
-        <x:v>128.499</x:v>
+        <x:v>124.243</x:v>
       </x:c>
       <x:c r="E53" s="0">
-        <x:v>183.57</x:v>
+        <x:v>177.49</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5">
       <x:c r="A54" s="1">
-        <x:v>46002.9320023148</x:v>
+        <x:v>46030.927025463</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C54" s="0">
-        <x:v>1033.87</x:v>
+        <x:v>803.18</x:v>
       </x:c>
       <x:c r="D54" s="0">
-        <x:v>131.278</x:v>
+        <x:v>123.802</x:v>
       </x:c>
       <x:c r="E54" s="0">
-        <x:v>187.54</x:v>
+        <x:v>176.86</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5">
       <x:c r="A55" s="1">
-        <x:v>46001.927025463</x:v>
+        <x:v>46029.9278935185</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C55" s="0">
-        <x:v>1040.5</x:v>
+        <x:v>873.07</x:v>
       </x:c>
       <x:c r="D55" s="0">
-        <x:v>131.537</x:v>
+        <x:v>127.176</x:v>
       </x:c>
       <x:c r="E55" s="0">
-        <x:v>187.91</x:v>
+        <x:v>181.68</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5">
       <x:c r="A56" s="1">
-        <x:v>46000.9275810185</x:v>
+        <x:v>46028.9271759259</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C56" s="0">
-        <x:v>946.19</x:v>
+        <x:v>845.64</x:v>
       </x:c>
       <x:c r="D56" s="0">
-        <x:v>127.288</x:v>
+        <x:v>125.797</x:v>
       </x:c>
       <x:c r="E56" s="0">
-        <x:v>181.84</x:v>
+        <x:v>179.71</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:5">
       <x:c r="A57" s="1">
-        <x:v>45996.9307407407</x:v>
+        <x:v>46027.9296064815</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C57" s="0">
-        <x:v>946.74</x:v>
+        <x:v>770.67</x:v>
       </x:c>
       <x:c r="D57" s="0">
-        <x:v>127.232</x:v>
+        <x:v>121.828</x:v>
       </x:c>
       <x:c r="E57" s="0">
-        <x:v>181.76</x:v>
+        <x:v>174.04</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:5">
       <x:c r="A58" s="1">
-        <x:v>45995.9303009259</x:v>
+        <x:v>46024.9271875</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C58" s="0">
-        <x:v>889.56</x:v>
+        <x:v>694.88</x:v>
       </x:c>
       <x:c r="D58" s="0">
-        <x:v>124.544</x:v>
+        <x:v>117.502</x:v>
       </x:c>
       <x:c r="E58" s="0">
-        <x:v>177.92</x:v>
+        <x:v>167.86</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:5">
       <x:c r="A59" s="1">
-        <x:v>45994.9276967593</x:v>
+        <x:v>46021.9269560185</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C59" s="0">
-        <x:v>862.91</x:v>
+        <x:v>887.11</x:v>
       </x:c>
       <x:c r="D59" s="0">
-        <x:v>123.256</x:v>
+        <x:v>126.588</x:v>
       </x:c>
       <x:c r="E59" s="0">
-        <x:v>176.08</x:v>
+        <x:v>180.84</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:5">
       <x:c r="A60" s="1">
-        <x:v>45993.9303240741</x:v>
+        <x:v>46020.9273611111</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C60" s="0">
-        <x:v>788.58</x:v>
+        <x:v>938.61</x:v>
       </x:c>
       <x:c r="D60" s="0">
-        <x:v>119.483</x:v>
+        <x:v>128.926</x:v>
       </x:c>
       <x:c r="E60" s="0">
-        <x:v>170.69</x:v>
+        <x:v>184.18</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:5">
       <x:c r="A61" s="1">
-        <x:v>45992.9296990741</x:v>
+        <x:v>46014.9278356481</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C61" s="0">
-        <x:v>746.17</x:v>
+        <x:v>1112.73</x:v>
       </x:c>
       <x:c r="D61" s="0">
-        <x:v>117.243</x:v>
+        <x:v>135.891</x:v>
       </x:c>
       <x:c r="E61" s="0">
-        <x:v>167.49</x:v>
+        <x:v>194.13</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:5">
       <x:c r="A62" s="1">
-        <x:v>45989.8197106481</x:v>
+        <x:v>46013.9284837963</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C62" s="0">
-        <x:v>760.26</x:v>
+        <x:v>1110.66</x:v>
       </x:c>
       <x:c r="D62" s="0">
-        <x:v>117.915</x:v>
+        <x:v>135.786</x:v>
       </x:c>
       <x:c r="E62" s="0">
-        <x:v>168.45</x:v>
+        <x:v>193.98</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:5">
       <x:c r="A63" s="1">
-        <x:v>45987.9265509259</x:v>
+        <x:v>46010.9275810185</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C63" s="0">
-        <x:v>725.75</x:v>
+        <x:v>1101.9</x:v>
       </x:c>
       <x:c r="D63" s="0">
-        <x:v>116.039</x:v>
+        <x:v>135.366</x:v>
       </x:c>
       <x:c r="E63" s="0">
-        <x:v>165.77</x:v>
+        <x:v>193.38</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:5">
       <x:c r="A64" s="1">
-        <x:v>45986.9250347222</x:v>
+        <x:v>46009.930787037</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C64" s="0">
-        <x:v>697.67</x:v>
+        <x:v>980.52</x:v>
       </x:c>
       <x:c r="D64" s="0">
-        <x:v>114.485</x:v>
+        <x:v>129.983</x:v>
       </x:c>
       <x:c r="E64" s="0">
-        <x:v>163.55</x:v>
+        <x:v>185.69</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:5">
       <x:c r="A65" s="1">
-        <x:v>45982.9249074074</x:v>
+        <x:v>46008.9275925926</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C65" s="0">
-        <x:v>596.87</x:v>
+        <x:v>858.84</x:v>
       </x:c>
       <x:c r="D65" s="0">
-        <x:v>108.395</x:v>
+        <x:v>124.103</x:v>
       </x:c>
       <x:c r="E65" s="0">
-        <x:v>154.85</x:v>
+        <x:v>177.29</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:5">
       <x:c r="A66" s="1">
-        <x:v>45981.9259027778</x:v>
+        <x:v>46007.9277662037</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C66" s="0">
-        <x:v>607.63</x:v>
+        <x:v>1031.75</x:v>
       </x:c>
       <x:c r="D66" s="0">
-        <x:v>109.022</x:v>
+        <x:v>131.425</x:v>
       </x:c>
       <x:c r="E66" s="0">
-        <x:v>155.745</x:v>
+        <x:v>187.75</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:5">
       <x:c r="A67" s="1">
-        <x:v>45980.926412037</x:v>
+        <x:v>46006.9271064815</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C67" s="0">
-        <x:v>737.36</x:v>
+        <x:v>961.37</x:v>
       </x:c>
       <x:c r="D67" s="0">
-        <x:v>115.794</x:v>
+        <x:v>128.275</x:v>
       </x:c>
       <x:c r="E67" s="0">
-        <x:v>165.42</x:v>
+        <x:v>183.25</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:5">
       <x:c r="A68" s="1">
-        <x:v>45979.9258680556</x:v>
+        <x:v>46003.9269907407</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C68" s="0">
-        <x:v>763.87</x:v>
+        <x:v>967.75</x:v>
       </x:c>
       <x:c r="D68" s="0">
-        <x:v>117.131</x:v>
+        <x:v>128.499</x:v>
       </x:c>
       <x:c r="E68" s="0">
-        <x:v>167.33</x:v>
+        <x:v>183.57</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:5">
       <x:c r="A69" s="1">
-        <x:v>45978.9281365741</x:v>
+        <x:v>46002.9320023148</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C69" s="0">
-        <x:v>820.61</x:v>
+        <x:v>1033.87</x:v>
       </x:c>
       <x:c r="D69" s="0">
-        <x:v>119.875</x:v>
+        <x:v>131.278</x:v>
       </x:c>
       <x:c r="E69" s="0">
-        <x:v>171.25</x:v>
+        <x:v>187.54</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:5">
       <x:c r="A70" s="1">
-        <x:v>45975.9257986111</x:v>
+        <x:v>46001.927025463</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C70" s="0">
-        <x:v>862.89</x:v>
+        <x:v>1040.5</x:v>
       </x:c>
       <x:c r="D70" s="0">
-        <x:v>121.807</x:v>
+        <x:v>131.537</x:v>
       </x:c>
       <x:c r="E70" s="0">
-        <x:v>174.01</x:v>
+        <x:v>187.91</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:5">
       <x:c r="A71" s="1">
-        <x:v>45974.924849537</x:v>
+        <x:v>46000.9275810185</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C71" s="0">
-        <x:v>836.04</x:v>
+        <x:v>946.19</x:v>
       </x:c>
       <x:c r="D71" s="0">
-        <x:v>120.498</x:v>
+        <x:v>127.288</x:v>
       </x:c>
       <x:c r="E71" s="0">
-        <x:v>172.14</x:v>
+        <x:v>181.84</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:5">
       <x:c r="A72" s="1">
-        <x:v>45973.9253356481</x:v>
+        <x:v>45996.9307407407</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C72" s="0">
-        <x:v>1040.4</x:v>
+        <x:v>946.74</x:v>
       </x:c>
       <x:c r="D72" s="0">
-        <x:v>128.919</x:v>
+        <x:v>127.232</x:v>
       </x:c>
       <x:c r="E72" s="0">
-        <x:v>184.17</x:v>
+        <x:v>181.76</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:5">
       <x:c r="A73" s="1">
-        <x:v>45972.9253240741</x:v>
+        <x:v>45995.9303009259</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C73" s="0">
-        <x:v>1165.25</x:v>
+        <x:v>889.56</x:v>
       </x:c>
       <x:c r="D73" s="0">
-        <x:v>133.672</x:v>
+        <x:v>124.544</x:v>
       </x:c>
       <x:c r="E73" s="0">
-        <x:v>190.96</x:v>
+        <x:v>177.92</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:5">
       <x:c r="A74" s="1">
-        <x:v>45971.9253703704</x:v>
+        <x:v>45994.9276967593</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C74" s="0">
-        <x:v>1215.74</x:v>
+        <x:v>862.91</x:v>
       </x:c>
       <x:c r="D74" s="0">
-        <x:v>135.527</x:v>
+        <x:v>123.256</x:v>
       </x:c>
       <x:c r="E74" s="0">
-        <x:v>193.61</x:v>
+        <x:v>176.08</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:5">
       <x:c r="A75" s="1">
-        <x:v>45968.9253935185</x:v>
+        <x:v>45993.9303240741</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C75" s="0">
-        <x:v>962.61</x:v>
+        <x:v>788.58</x:v>
       </x:c>
       <x:c r="D75" s="0">
-        <x:v>124.551</x:v>
+        <x:v>119.483</x:v>
       </x:c>
       <x:c r="E75" s="0">
-        <x:v>177.93</x:v>
+        <x:v>170.69</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:5">
       <x:c r="A76" s="1">
-        <x:v>45967.9277893519</x:v>
+        <x:v>45992.9296990741</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C76" s="0">
-        <x:v>917.74</x:v>
+        <x:v>746.17</x:v>
       </x:c>
       <x:c r="D76" s="0">
-        <x:v>122.535</x:v>
+        <x:v>117.243</x:v>
       </x:c>
       <x:c r="E76" s="0">
-        <x:v>175.05</x:v>
+        <x:v>167.49</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:5">
       <x:c r="A77" s="1">
-        <x:v>45966.9253587963</x:v>
+        <x:v>45989.8197106481</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C77" s="0">
-        <x:v>1155.3</x:v>
+        <x:v>760.26</x:v>
       </x:c>
       <x:c r="D77" s="0">
-        <x:v>131.53</x:v>
+        <x:v>117.915</x:v>
       </x:c>
       <x:c r="E77" s="0">
-        <x:v>187.9</x:v>
+        <x:v>168.45</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:5">
       <x:c r="A78" s="1">
-        <x:v>45965.9236921296</x:v>
+        <x:v>45987.9265509259</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C78" s="0">
-        <x:v>1209.92</x:v>
+        <x:v>725.75</x:v>
       </x:c>
       <x:c r="D78" s="0">
-        <x:v>133.518</x:v>
+        <x:v>116.039</x:v>
       </x:c>
       <x:c r="E78" s="0">
-        <x:v>190.74</x:v>
+        <x:v>165.77</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:5">
       <x:c r="A79" s="1">
-        <x:v>45964.9227893519</x:v>
+        <x:v>45986.9250347222</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C79" s="0">
-        <x:v>1588.93</x:v>
+        <x:v>697.67</x:v>
       </x:c>
       <x:c r="D79" s="0">
-        <x:v>145.026</x:v>
+        <x:v>114.485</x:v>
       </x:c>
       <x:c r="E79" s="0">
-        <x:v>207.18</x:v>
+        <x:v>163.55</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:5">
       <x:c r="A80" s="1">
-        <x:v>45961.8818981481</x:v>
+        <x:v>45982.9249074074</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C80" s="0">
-        <x:v>1445.85</x:v>
+        <x:v>596.87</x:v>
       </x:c>
       <x:c r="D80" s="0">
-        <x:v>140.329</x:v>
+        <x:v>108.395</x:v>
       </x:c>
       <x:c r="E80" s="0">
-        <x:v>200.47</x:v>
+        <x:v>154.85</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:5">
       <x:c r="A81" s="1">
-        <x:v>45960.8841435185</x:v>
+        <x:v>45981.9259027778</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C81" s="0">
-        <x:v>1325.48</x:v>
+        <x:v>607.63</x:v>
       </x:c>
       <x:c r="D81" s="0">
-        <x:v>136.185</x:v>
+        <x:v>109.022</x:v>
       </x:c>
       <x:c r="E81" s="0">
-        <x:v>194.55</x:v>
+        <x:v>155.745</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:5">
       <x:c r="A82" s="1">
-        <x:v>45959.8897916667</x:v>
+        <x:v>45980.926412037</x:v>
       </x:c>
       <x:c r="B82" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C82" s="0">
-        <x:v>1417.28</x:v>
+        <x:v>737.36</x:v>
       </x:c>
       <x:c r="D82" s="0">
-        <x:v>139.167</x:v>
+        <x:v>115.794</x:v>
       </x:c>
       <x:c r="E82" s="0">
-        <x:v>198.81</x:v>
+        <x:v>165.42</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:5">
       <x:c r="A83" s="1">
-        <x:v>45958.8875115741</x:v>
+        <x:v>45979.9258680556</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C83" s="0">
-        <x:v>1237.54</x:v>
+        <x:v>763.87</x:v>
       </x:c>
       <x:c r="D83" s="0">
-        <x:v>132.72</x:v>
+        <x:v>117.131</x:v>
       </x:c>
       <x:c r="E83" s="0">
-        <x:v>189.6</x:v>
+        <x:v>167.33</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:5">
       <x:c r="A84" s="1">
-        <x:v>45957.8875578704</x:v>
+        <x:v>45978.9281365741</x:v>
       </x:c>
       <x:c r="B84" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C84" s="0">
-        <x:v>1229.94</x:v>
+        <x:v>820.61</x:v>
       </x:c>
       <x:c r="D84" s="0">
-        <x:v>132.426</x:v>
+        <x:v>119.875</x:v>
       </x:c>
       <x:c r="E84" s="0">
-        <x:v>189.18</x:v>
+        <x:v>171.25</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:5">
       <x:c r="A85" s="1">
-        <x:v>45954.9259259259</x:v>
+        <x:v>45975.9257986111</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C85" s="0">
-        <x:v>1146.83</x:v>
+        <x:v>862.89</x:v>
       </x:c>
       <x:c r="D85" s="0">
-        <x:v>129.241</x:v>
+        <x:v>121.807</x:v>
       </x:c>
       <x:c r="E85" s="0">
-        <x:v>184.63</x:v>
+        <x:v>174.01</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:5">
       <x:c r="A86" s="1">
-        <x:v>45953.9278009259</x:v>
+        <x:v>45974.924849537</x:v>
       </x:c>
       <x:c r="B86" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C86" s="0">
-        <x:v>1073.31</x:v>
+        <x:v>836.04</x:v>
       </x:c>
       <x:c r="D86" s="0">
-        <x:v>126.336</x:v>
+        <x:v>120.498</x:v>
       </x:c>
       <x:c r="E86" s="0">
-        <x:v>180.48</x:v>
+        <x:v>172.14</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:5">
       <x:c r="A87" s="1">
-        <x:v>45952.9303703704</x:v>
+        <x:v>45973.9253356481</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C87" s="0">
-        <x:v>989.39</x:v>
+        <x:v>1040.4</x:v>
       </x:c>
       <x:c r="D87" s="0">
-        <x:v>122.843</x:v>
+        <x:v>128.919</x:v>
       </x:c>
       <x:c r="E87" s="0">
-        <x:v>175.49</x:v>
+        <x:v>184.17</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:5">
       <x:c r="A88" s="1">
-        <x:v>45951.9269444444</x:v>
+        <x:v>45972.9253240741</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C88" s="0">
-        <x:v>1099.3</x:v>
+        <x:v>1165.25</x:v>
       </x:c>
       <x:c r="D88" s="0">
-        <x:v>127.057</x:v>
+        <x:v>133.672</x:v>
       </x:c>
       <x:c r="E88" s="0">
-        <x:v>181.51</x:v>
+        <x:v>190.96</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:5">
       <x:c r="A89" s="1">
-        <x:v>45950.9289814815</x:v>
+        <x:v>45971.9253703704</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C89" s="0">
-        <x:v>1101.29</x:v>
+        <x:v>1215.74</x:v>
       </x:c>
       <x:c r="D89" s="0">
-        <x:v>127.113</x:v>
+        <x:v>135.527</x:v>
       </x:c>
       <x:c r="E89" s="0">
-        <x:v>181.59</x:v>
+        <x:v>193.61</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:5">
       <x:c r="A90" s="1">
-        <x:v>45947.9299768519</x:v>
+        <x:v>45968.9253935185</x:v>
       </x:c>
       <x:c r="B90" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C90" s="0">
-        <x:v>1042.41</x:v>
+        <x:v>962.61</x:v>
       </x:c>
       <x:c r="D90" s="0">
-        <x:v>124.705</x:v>
+        <x:v>124.551</x:v>
       </x:c>
       <x:c r="E90" s="0">
-        <x:v>178.15</x:v>
+        <x:v>177.93</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:5">
       <x:c r="A91" s="1">
-        <x:v>45946.9262037037</x:v>
+        <x:v>45967.9277893519</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C91" s="0">
-        <x:v>1042.39</x:v>
+        <x:v>917.74</x:v>
       </x:c>
       <x:c r="D91" s="0">
-        <x:v>124.684</x:v>
+        <x:v>122.535</x:v>
       </x:c>
       <x:c r="E91" s="0">
-        <x:v>178.12</x:v>
+        <x:v>175.05</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:5">
       <x:c r="A92" s="1">
-        <x:v>45945.9257175926</x:v>
+        <x:v>45966.9253587963</x:v>
       </x:c>
       <x:c r="B92" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C92" s="0">
-        <x:v>1069.71</x:v>
+        <x:v>1155.3</x:v>
       </x:c>
       <x:c r="D92" s="0">
-        <x:v>125.734</x:v>
+        <x:v>131.53</x:v>
       </x:c>
       <x:c r="E92" s="0">
-        <x:v>179.62</x:v>
+        <x:v>187.9</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:5">
       <x:c r="A93" s="1">
-        <x:v>45944.9308101852</x:v>
+        <x:v>45965.9236921296</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C93" s="0">
-        <x:v>1072.38</x:v>
+        <x:v>1209.92</x:v>
       </x:c>
       <x:c r="D93" s="0">
-        <x:v>125.818</x:v>
+        <x:v>133.518</x:v>
       </x:c>
       <x:c r="E93" s="0">
-        <x:v>179.74</x:v>
+        <x:v>190.74</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:5">
       <x:c r="A94" s="1">
-        <x:v>45943.926724537</x:v>
+        <x:v>45964.9227893519</x:v>
       </x:c>
       <x:c r="B94" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C94" s="0">
-        <x:v>1028.81</x:v>
+        <x:v>1588.93</x:v>
       </x:c>
       <x:c r="D94" s="0">
-        <x:v>124.047</x:v>
+        <x:v>145.026</x:v>
       </x:c>
       <x:c r="E94" s="0">
-        <x:v>177.21</x:v>
+        <x:v>207.18</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:5">
       <x:c r="A95" s="1">
-        <x:v>45940.9235069444</x:v>
+        <x:v>45961.8818981481</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C95" s="0">
-        <x:v>999.99</x:v>
+        <x:v>1445.85</x:v>
       </x:c>
       <x:c r="D95" s="0">
-        <x:v>122.808</x:v>
+        <x:v>140.329</x:v>
       </x:c>
       <x:c r="E95" s="0">
-        <x:v>175.44</x:v>
+        <x:v>200.47</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:5">
       <x:c r="A96" s="1">
-        <x:v>45938.9270833333</x:v>
+        <x:v>45960.8841435185</x:v>
       </x:c>
       <x:c r="B96" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C96" s="0">
-        <x:v>1158.7</x:v>
+        <x:v>1325.48</x:v>
       </x:c>
       <x:c r="D96" s="0">
-        <x:v>128.492</x:v>
+        <x:v>136.185</x:v>
       </x:c>
       <x:c r="E96" s="0">
-        <x:v>183.56</x:v>
+        <x:v>194.55</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:5">
       <x:c r="A97" s="1">
-        <x:v>45937.9282291667</x:v>
+        <x:v>45959.8897916667</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C97" s="0">
-        <x:v>1133.31</x:v>
+        <x:v>1417.28</x:v>
       </x:c>
       <x:c r="D97" s="0">
-        <x:v>127.519</x:v>
+        <x:v>139.167</x:v>
       </x:c>
       <x:c r="E97" s="0">
-        <x:v>182.17</x:v>
+        <x:v>198.81</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:5">
       <x:c r="A98" s="1">
-        <x:v>45936.9241319444</x:v>
+        <x:v>45958.8875115741</x:v>
       </x:c>
       <x:c r="B98" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C98" s="0">
-        <x:v>1085.92</x:v>
+        <x:v>1237.54</x:v>
       </x:c>
       <x:c r="D98" s="0">
-        <x:v>125.671</x:v>
+        <x:v>132.72</x:v>
       </x:c>
       <x:c r="E98" s="0">
-        <x:v>179.53</x:v>
+        <x:v>189.6</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:5">
       <x:c r="A99" s="1">
-        <x:v>45933.9288425926</x:v>
+        <x:v>45957.8875578704</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C99" s="0">
-        <x:v>977.84</x:v>
+        <x:v>1229.94</x:v>
       </x:c>
       <x:c r="D99" s="0">
-        <x:v>121.149</x:v>
+        <x:v>132.426</x:v>
       </x:c>
       <x:c r="E99" s="0">
-        <x:v>173.07</x:v>
+        <x:v>189.18</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:5">
       <x:c r="A100" s="1">
-        <x:v>45932.9250925926</x:v>
+        <x:v>45954.9259259259</x:v>
       </x:c>
       <x:c r="B100" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C100" s="0">
-        <x:v>1261.24</x:v>
+        <x:v>1146.83</x:v>
       </x:c>
       <x:c r="D100" s="0">
-        <x:v>130.935</x:v>
+        <x:v>129.241</x:v>
       </x:c>
       <x:c r="E100" s="0">
-        <x:v>187.05</x:v>
+        <x:v>184.63</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:5">
       <x:c r="A101" s="1">
-        <x:v>45931.9294097222</x:v>
+        <x:v>45953.9278009259</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C101" s="0">
-        <x:v>1220.27</x:v>
+        <x:v>1073.31</x:v>
       </x:c>
       <x:c r="D101" s="0">
-        <x:v>129.465</x:v>
+        <x:v>126.336</x:v>
       </x:c>
       <x:c r="E101" s="0">
-        <x:v>184.95</x:v>
+        <x:v>180.48</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:5">
       <x:c r="A102" s="1">
-        <x:v>45930.933900463</x:v>
+        <x:v>45952.9303703704</x:v>
       </x:c>
       <x:c r="B102" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C102" s="0">
-        <x:v>1172.07</x:v>
+        <x:v>989.39</x:v>
       </x:c>
       <x:c r="D102" s="0">
-        <x:v>127.694</x:v>
+        <x:v>122.843</x:v>
       </x:c>
       <x:c r="E102" s="0">
-        <x:v>182.42</x:v>
+        <x:v>175.49</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:5">
       <x:c r="A103" s="1">
-        <x:v>45929.9324074074</x:v>
+        <x:v>45951.9269444444</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C103" s="0">
-        <x:v>1106.53</x:v>
+        <x:v>1099.3</x:v>
       </x:c>
       <x:c r="D103" s="0">
-        <x:v>125.202</x:v>
+        <x:v>127.057</x:v>
       </x:c>
       <x:c r="E103" s="0">
-        <x:v>178.86</x:v>
+        <x:v>181.51</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:5">
       <x:c r="A104" s="1">
-        <x:v>45926.9298611111</x:v>
+        <x:v>45950.9289814815</x:v>
       </x:c>
       <x:c r="B104" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C104" s="0">
-        <x:v>1084.46</x:v>
+        <x:v>1101.29</x:v>
       </x:c>
       <x:c r="D104" s="0">
-        <x:v>124.299</x:v>
+        <x:v>127.113</x:v>
       </x:c>
       <x:c r="E104" s="0">
-        <x:v>177.57</x:v>
+        <x:v>181.59</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:5">
       <x:c r="A105" s="1">
-        <x:v>45925.9294444444</x:v>
+        <x:v>45947.9299768519</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C105" s="0">
-        <x:v>1113.91</x:v>
+        <x:v>1042.41</x:v>
       </x:c>
       <x:c r="D105" s="0">
-        <x:v>125.384</x:v>
+        <x:v>124.705</x:v>
       </x:c>
       <x:c r="E105" s="0">
-        <x:v>179.12</x:v>
+        <x:v>178.15</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:5">
       <x:c r="A106" s="1">
-        <x:v>45924.9296527778</x:v>
+        <x:v>45946.9262037037</x:v>
       </x:c>
       <x:c r="B106" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C106" s="0">
-        <x:v>1122.7</x:v>
+        <x:v>1042.39</x:v>
       </x:c>
       <x:c r="D106" s="0">
-        <x:v>125.692</x:v>
+        <x:v>124.684</x:v>
       </x:c>
       <x:c r="E106" s="0">
-        <x:v>179.56</x:v>
+        <x:v>178.12</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:5">
       <x:c r="A107" s="1">
-        <x:v>45923.9251967593</x:v>
+        <x:v>45945.9257175926</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C107" s="0">
-        <x:v>1181.32</x:v>
+        <x:v>1069.71</x:v>
       </x:c>
       <x:c r="D107" s="0">
-        <x:v>127.785</x:v>
+        <x:v>125.734</x:v>
       </x:c>
       <x:c r="E107" s="0">
-        <x:v>182.55</x:v>
+        <x:v>179.62</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:5">
       <x:c r="A108" s="1">
-        <x:v>45922.926712963</x:v>
+        <x:v>45944.9308101852</x:v>
       </x:c>
       <x:c r="B108" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C108" s="0">
-        <x:v>1121.45</x:v>
+        <x:v>1072.38</x:v>
       </x:c>
       <x:c r="D108" s="0">
-        <x:v>125.531</x:v>
+        <x:v>125.818</x:v>
       </x:c>
       <x:c r="E108" s="0">
-        <x:v>179.33</x:v>
+        <x:v>179.74</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:5">
       <x:c r="A109" s="1">
-        <x:v>45919.9342592593</x:v>
+        <x:v>45943.926724537</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C109" s="0">
-        <x:v>1182.68</x:v>
+        <x:v>1028.81</x:v>
       </x:c>
       <x:c r="D109" s="0">
-        <x:v>127.673</x:v>
+        <x:v>124.047</x:v>
       </x:c>
       <x:c r="E109" s="0">
-        <x:v>182.39</x:v>
+        <x:v>177.21</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:5">
       <x:c r="A110" s="1">
-        <x:v>45918.9265393519</x:v>
+        <x:v>45940.9235069444</x:v>
       </x:c>
       <x:c r="B110" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C110" s="0">
-        <x:v>1083.63</x:v>
+        <x:v>999.99</x:v>
       </x:c>
       <x:c r="D110" s="0">
-        <x:v>123.879</x:v>
+        <x:v>122.808</x:v>
       </x:c>
       <x:c r="E110" s="0">
-        <x:v>176.97</x:v>
+        <x:v>175.44</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:5">
       <x:c r="A111" s="1">
-        <x:v>45917.9270486111</x:v>
+        <x:v>45938.9270833333</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C111" s="0">
-        <x:v>939.44</x:v>
+        <x:v>1158.7</x:v>
       </x:c>
       <x:c r="D111" s="0">
-        <x:v>117.831</x:v>
+        <x:v>128.492</x:v>
       </x:c>
       <x:c r="E111" s="0">
-        <x:v>168.33</x:v>
+        <x:v>183.56</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:5">
       <x:c r="A112" s="1">
-        <x:v>45916.9258912037</x:v>
+        <x:v>45937.9282291667</x:v>
       </x:c>
       <x:c r="B112" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C112" s="0">
-        <x:v>973.01</x:v>
+        <x:v>1133.31</x:v>
       </x:c>
       <x:c r="D112" s="0">
-        <x:v>119.182</x:v>
+        <x:v>127.519</x:v>
       </x:c>
       <x:c r="E112" s="0">
-        <x:v>170.26</x:v>
+        <x:v>182.17</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:5">
       <x:c r="A113" s="1">
-        <x:v>45915.9270949074</x:v>
+        <x:v>45936.9241319444</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C113" s="0">
-        <x:v>989.98</x:v>
+        <x:v>1085.92</x:v>
       </x:c>
       <x:c r="D113" s="0">
-        <x:v>119.847</x:v>
+        <x:v>125.671</x:v>
       </x:c>
       <x:c r="E113" s="0">
-        <x:v>171.21</x:v>
+        <x:v>179.53</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:5">
       <x:c r="A114" s="1">
-        <x:v>45912.9234375</x:v>
+        <x:v>45933.9288425926</x:v>
       </x:c>
       <x:c r="B114" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C114" s="0">
-        <x:v>995.29</x:v>
+        <x:v>977.84</x:v>
       </x:c>
       <x:c r="D114" s="0">
-        <x:v>120.001</x:v>
+        <x:v>121.149</x:v>
       </x:c>
       <x:c r="E114" s="0">
-        <x:v>171.43</x:v>
+        <x:v>173.07</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:5">
       <x:c r="A115" s="1">
-        <x:v>45911.9251388889</x:v>
+        <x:v>45932.9250925926</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C115" s="0">
-        <x:v>881.92</x:v>
+        <x:v>1261.24</x:v>
       </x:c>
       <x:c r="D115" s="0">
-        <x:v>115.052</x:v>
+        <x:v>130.935</x:v>
       </x:c>
       <x:c r="E115" s="0">
-        <x:v>164.36</x:v>
+        <x:v>187.05</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:5">
       <x:c r="A116" s="1">
-        <x:v>45910.9239930556</x:v>
+        <x:v>45931.9294097222</x:v>
       </x:c>
       <x:c r="B116" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C116" s="0">
-        <x:v>921.85</x:v>
+        <x:v>1220.27</x:v>
       </x:c>
       <x:c r="D116" s="0">
-        <x:v>116.718</x:v>
+        <x:v>129.465</x:v>
       </x:c>
       <x:c r="E116" s="0">
-        <x:v>166.74</x:v>
+        <x:v>184.95</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:5">
       <x:c r="A117" s="1">
-        <x:v>45909.9244907407</x:v>
+        <x:v>45930.933900463</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C117" s="0">
-        <x:v>853.22</x:v>
+        <x:v>1172.07</x:v>
       </x:c>
       <x:c r="D117" s="0">
-        <x:v>113.652</x:v>
+        <x:v>127.694</x:v>
       </x:c>
       <x:c r="E117" s="0">
-        <x:v>162.36</x:v>
+        <x:v>182.42</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:5">
       <x:c r="A118" s="1">
-        <x:v>45908.9240393518</x:v>
+        <x:v>45929.9324074074</x:v>
       </x:c>
       <x:c r="B118" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C118" s="0">
-        <x:v>761.93</x:v>
+        <x:v>1106.53</x:v>
       </x:c>
       <x:c r="D118" s="0">
-        <x:v>109.27</x:v>
+        <x:v>125.202</x:v>
       </x:c>
       <x:c r="E118" s="0">
-        <x:v>156.1</x:v>
+        <x:v>178.86</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:5">
       <x:c r="A119" s="1">
-        <x:v>45905.9285763889</x:v>
+        <x:v>45926.9298611111</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C119" s="0">
-        <x:v>720.78</x:v>
+        <x:v>1084.46</x:v>
       </x:c>
       <x:c r="D119" s="0">
-        <x:v>107.177</x:v>
+        <x:v>124.299</x:v>
       </x:c>
       <x:c r="E119" s="0">
-        <x:v>153.11</x:v>
+        <x:v>177.57</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:5">
       <x:c r="A120" s="1">
-        <x:v>45904.9245138889</x:v>
+        <x:v>45925.9294444444</x:v>
       </x:c>
       <x:c r="B120" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C120" s="0">
-        <x:v>765.73</x:v>
+        <x:v>1113.91</x:v>
       </x:c>
       <x:c r="D120" s="0">
-        <x:v>109.298</x:v>
+        <x:v>125.384</x:v>
       </x:c>
       <x:c r="E120" s="0">
-        <x:v>156.14</x:v>
+        <x:v>179.12</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:5">
       <x:c r="A121" s="1">
-        <x:v>45903.923587963</x:v>
+        <x:v>45924.9296527778</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C121" s="0">
-        <x:v>748.14</x:v>
+        <x:v>1122.7</x:v>
       </x:c>
       <x:c r="D121" s="0">
-        <x:v>108.43</x:v>
+        <x:v>125.692</x:v>
       </x:c>
       <x:c r="E121" s="0">
-        <x:v>154.9</x:v>
+        <x:v>179.56</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:5">
       <x:c r="A122" s="1">
-        <x:v>45902.9238773148</x:v>
+        <x:v>45923.9251967593</x:v>
       </x:c>
       <x:c r="B122" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C122" s="0">
-        <x:v>781.19</x:v>
+        <x:v>1181.32</x:v>
       </x:c>
       <x:c r="D122" s="0">
-        <x:v>109.963</x:v>
+        <x:v>127.785</x:v>
       </x:c>
       <x:c r="E122" s="0">
-        <x:v>157.09</x:v>
+        <x:v>182.55</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:5">
       <x:c r="A123" s="1">
-        <x:v>45898.9303587963</x:v>
+        <x:v>45922.926712963</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C123" s="0">
-        <x:v>777.07</x:v>
+        <x:v>1121.45</x:v>
       </x:c>
       <x:c r="D123" s="0">
-        <x:v>109.697</x:v>
+        <x:v>125.531</x:v>
       </x:c>
       <x:c r="E123" s="0">
-        <x:v>156.71</x:v>
+        <x:v>179.33</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:5">
       <x:c r="A124" s="1">
-        <x:v>45897.9274189815</x:v>
+        <x:v>45919.9342592593</x:v>
       </x:c>
       <x:c r="B124" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C124" s="0">
-        <x:v>798.83</x:v>
+        <x:v>1182.68</x:v>
       </x:c>
       <x:c r="D124" s="0">
-        <x:v>110.684</x:v>
+        <x:v>127.673</x:v>
       </x:c>
       <x:c r="E124" s="0">
-        <x:v>158.12</x:v>
+        <x:v>182.39</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:5">
       <x:c r="A125" s="1">
-        <x:v>45896.9248032407</x:v>
+        <x:v>45918.9265393519</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C125" s="0">
-        <x:v>778.35</x:v>
+        <x:v>1083.63</x:v>
       </x:c>
       <x:c r="D125" s="0">
-        <x:v>109.704</x:v>
+        <x:v>123.879</x:v>
       </x:c>
       <x:c r="E125" s="0">
-        <x:v>156.72</x:v>
+        <x:v>176.97</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:5">
       <x:c r="A126" s="1">
-        <x:v>45895.9239351852</x:v>
+        <x:v>45917.9270486111</x:v>
       </x:c>
       <x:c r="B126" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C126" s="0">
-        <x:v>844.1</x:v>
+        <x:v>939.44</x:v>
       </x:c>
       <x:c r="D126" s="0">
-        <x:v>112.609</x:v>
+        <x:v>117.831</x:v>
       </x:c>
       <x:c r="E126" s="0">
-        <x:v>160.87</x:v>
+        <x:v>168.33</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:5">
       <x:c r="A127" s="1">
-        <x:v>45894.9239583333</x:v>
+        <x:v>45916.9258912037</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C127" s="0">
-        <x:v>788.78</x:v>
+        <x:v>973.01</x:v>
       </x:c>
       <x:c r="D127" s="0">
-        <x:v>110.019</x:v>
+        <x:v>119.182</x:v>
       </x:c>
       <x:c r="E127" s="0">
-        <x:v>157.17</x:v>
+        <x:v>170.26</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:5">
       <x:c r="A128" s="1">
-        <x:v>45891.9252314815</x:v>
+        <x:v>45915.9270949074</x:v>
       </x:c>
       <x:c r="B128" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C128" s="0">
-        <x:v>814.14</x:v>
+        <x:v>989.98</x:v>
       </x:c>
       <x:c r="D128" s="0">
-        <x:v>111.118</x:v>
+        <x:v>119.847</x:v>
       </x:c>
       <x:c r="E128" s="0">
-        <x:v>158.74</x:v>
+        <x:v>171.21</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:5">
       <x:c r="A129" s="1">
-        <x:v>45890.9256481481</x:v>
+        <x:v>45912.9234375</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C129" s="0">
-        <x:v>776.34</x:v>
+        <x:v>995.29</x:v>
       </x:c>
       <x:c r="D129" s="0">
-        <x:v>109.326</x:v>
+        <x:v>120.001</x:v>
       </x:c>
       <x:c r="E129" s="0">
-        <x:v>156.18</x:v>
+        <x:v>171.43</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:5">
       <x:c r="A130" s="1">
-        <x:v>45889.9243402778</x:v>
+        <x:v>45911.9251388889</x:v>
       </x:c>
       <x:c r="B130" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C130" s="0">
-        <x:v>774.19</x:v>
+        <x:v>881.92</x:v>
       </x:c>
       <x:c r="D130" s="0">
-        <x:v>109.207</x:v>
+        <x:v>115.052</x:v>
       </x:c>
       <x:c r="E130" s="0">
-        <x:v>156.01</x:v>
+        <x:v>164.36</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:5">
       <x:c r="A131" s="1">
-        <x:v>45888.9238425926</x:v>
+        <x:v>45910.9239930556</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C131" s="0">
-        <x:v>801.09</x:v>
+        <x:v>921.85</x:v>
       </x:c>
       <x:c r="D131" s="0">
-        <x:v>110.425</x:v>
+        <x:v>116.718</x:v>
       </x:c>
       <x:c r="E131" s="0">
-        <x:v>157.75</x:v>
+        <x:v>166.74</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:5">
       <x:c r="A132" s="1">
-        <x:v>45887.9245601852</x:v>
+        <x:v>45909.9244907407</x:v>
       </x:c>
       <x:c r="B132" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C132" s="0">
-        <x:v>1114.38</x:v>
+        <x:v>853.22</x:v>
       </x:c>
       <x:c r="D132" s="0">
-        <x:v>121.821</x:v>
+        <x:v>113.652</x:v>
       </x:c>
       <x:c r="E132" s="0">
-        <x:v>174.03</x:v>
+        <x:v>162.36</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:5">
       <x:c r="A133" s="1">
-        <x:v>45884.9247106481</x:v>
+        <x:v>45908.9240393518</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C133" s="0">
-        <x:v>1178.8</x:v>
+        <x:v>761.93</x:v>
       </x:c>
       <x:c r="D133" s="0">
-        <x:v>124.019</x:v>
+        <x:v>109.27</x:v>
       </x:c>
       <x:c r="E133" s="0">
-        <x:v>177.17</x:v>
+        <x:v>156.1</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:5">
       <x:c r="A134" s="1">
-        <x:v>45883.9240625</x:v>
+        <x:v>45905.9285763889</x:v>
       </x:c>
       <x:c r="B134" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C134" s="0">
-        <x:v>1259.8</x:v>
+        <x:v>720.78</x:v>
       </x:c>
       <x:c r="D134" s="0">
-        <x:v>126.714</x:v>
+        <x:v>107.177</x:v>
       </x:c>
       <x:c r="E134" s="0">
-        <x:v>181.02</x:v>
+        <x:v>153.11</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:5">
       <x:c r="A135" s="1">
-        <x:v>45882.9239467593</x:v>
+        <x:v>45904.9245138889</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C135" s="0">
-        <x:v>1333.12</x:v>
+        <x:v>765.73</x:v>
       </x:c>
       <x:c r="D135" s="0">
-        <x:v>129.059</x:v>
+        <x:v>109.298</x:v>
       </x:c>
       <x:c r="E135" s="0">
-        <x:v>184.37</x:v>
+        <x:v>156.14</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:5">
       <x:c r="A136" s="1">
-        <x:v>45881.9233449074</x:v>
+        <x:v>45903.923587963</x:v>
       </x:c>
       <x:c r="B136" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C136" s="0">
-        <x:v>1391.87</x:v>
+        <x:v>748.14</x:v>
       </x:c>
       <x:c r="D136" s="0">
-        <x:v>130.879</x:v>
+        <x:v>108.43</x:v>
       </x:c>
       <x:c r="E136" s="0">
-        <x:v>186.97</x:v>
+        <x:v>154.9</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:5">
       <x:c r="A137" s="1">
-        <x:v>45880.923587963</x:v>
+        <x:v>45902.9238773148</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C137" s="0">
-        <x:v>1300.86</x:v>
+        <x:v>781.19</x:v>
       </x:c>
       <x:c r="D137" s="0">
-        <x:v>127.876</x:v>
+        <x:v>109.963</x:v>
       </x:c>
       <x:c r="E137" s="0">
-        <x:v>182.68</x:v>
+        <x:v>157.09</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:5">
       <x:c r="A138" s="1">
-        <x:v>45877.9331597222</x:v>
+        <x:v>45898.9303587963</x:v>
       </x:c>
       <x:c r="B138" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C138" s="0">
-        <x:v>1399.01</x:v>
+        <x:v>777.07</x:v>
       </x:c>
       <x:c r="D138" s="0">
-        <x:v>130.872</x:v>
+        <x:v>109.697</x:v>
       </x:c>
       <x:c r="E138" s="0">
-        <x:v>186.96</x:v>
+        <x:v>156.71</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:5">
       <x:c r="A139" s="1">
-        <x:v>45876.9384490741</x:v>
+        <x:v>45897.9274189815</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C139" s="0">
-        <x:v>1297.92</x:v>
+        <x:v>798.83</x:v>
       </x:c>
       <x:c r="D139" s="0">
-        <x:v>127.54</x:v>
+        <x:v>110.684</x:v>
       </x:c>
       <x:c r="E139" s="0">
-        <x:v>182.2</x:v>
+        <x:v>158.12</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:5">
       <x:c r="A140" s="1">
-        <x:v>45875.9344560185</x:v>
+        <x:v>45896.9248032407</x:v>
       </x:c>
       <x:c r="B140" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C140" s="0">
-        <x:v>1243.27</x:v>
+        <x:v>778.35</x:v>
       </x:c>
       <x:c r="D140" s="0">
-        <x:v>125.678</x:v>
+        <x:v>109.704</x:v>
       </x:c>
       <x:c r="E140" s="0">
-        <x:v>179.54</x:v>
+        <x:v>156.72</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:5">
       <x:c r="A141" s="1">
-        <x:v>45874.9325694444</x:v>
+        <x:v>45895.9239351852</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C141" s="0">
-        <x:v>1122.02</x:v>
+        <x:v>844.1</x:v>
       </x:c>
       <x:c r="D141" s="0">
-        <x:v>121.289</x:v>
+        <x:v>112.609</x:v>
       </x:c>
       <x:c r="E141" s="0">
-        <x:v>173.27</x:v>
+        <x:v>160.87</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:5">
       <x:c r="A142" s="1">
-        <x:v>45873.9313425926</x:v>
+        <x:v>45894.9239583333</x:v>
       </x:c>
       <x:c r="B142" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C142" s="0">
-        <x:v>908.53</x:v>
+        <x:v>788.78</x:v>
       </x:c>
       <x:c r="D142" s="0">
-        <x:v>112.462</x:v>
+        <x:v>110.019</x:v>
       </x:c>
       <x:c r="E142" s="0">
-        <x:v>160.66</x:v>
+        <x:v>157.17</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:5">
       <x:c r="A143" s="1">
-        <x:v>45870.9273842593</x:v>
+        <x:v>45891.9252314815</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C143" s="0">
-        <x:v>809.17</x:v>
+        <x:v>814.14</x:v>
       </x:c>
       <x:c r="D143" s="0">
-        <x:v>107.989</x:v>
+        <x:v>111.118</x:v>
       </x:c>
       <x:c r="E143" s="0">
-        <x:v>154.27</x:v>
+        <x:v>158.74</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:5">
       <x:c r="A144" s="1">
-        <x:v>45869.9244212963</x:v>
+        <x:v>45890.9256481481</x:v>
       </x:c>
       <x:c r="B144" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C144" s="0">
-        <x:v>877.43</x:v>
+        <x:v>776.34</x:v>
       </x:c>
       <x:c r="D144" s="0">
-        <x:v>110.845</x:v>
+        <x:v>109.326</x:v>
       </x:c>
       <x:c r="E144" s="0">
-        <x:v>158.35</x:v>
+        <x:v>156.18</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:5">
       <x:c r="A145" s="1">
-        <x:v>45868.9255092593</x:v>
+        <x:v>45889.9243402778</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C145" s="0">
-        <x:v>882.2</x:v>
+        <x:v>774.19</x:v>
       </x:c>
       <x:c r="D145" s="0">
-        <x:v>111.027</x:v>
+        <x:v>109.207</x:v>
       </x:c>
       <x:c r="E145" s="0">
-        <x:v>158.61</x:v>
+        <x:v>156.01</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:5">
       <x:c r="A146" s="1">
-        <x:v>45867.9289467593</x:v>
+        <x:v>45888.9238425926</x:v>
       </x:c>
       <x:c r="B146" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C146" s="0">
-        <x:v>844.2</x:v>
+        <x:v>801.09</x:v>
       </x:c>
       <x:c r="D146" s="0">
-        <x:v>109.368</x:v>
+        <x:v>110.425</x:v>
       </x:c>
       <x:c r="E146" s="0">
-        <x:v>156.24</x:v>
+        <x:v>157.75</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:5">
       <x:c r="A147" s="1">
-        <x:v>45866.9278125</x:v>
+        <x:v>45887.9245601852</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C147" s="0">
-        <x:v>871.8</x:v>
+        <x:v>1114.38</x:v>
       </x:c>
       <x:c r="D147" s="0">
-        <x:v>110.516</x:v>
+        <x:v>121.821</x:v>
       </x:c>
       <x:c r="E147" s="0">
-        <x:v>157.88</x:v>
+        <x:v>174.03</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:5">
       <x:c r="A148" s="1">
-        <x:v>45863.926875</x:v>
+        <x:v>45884.9247106481</x:v>
       </x:c>
       <x:c r="B148" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C148" s="0">
-        <x:v>888.55</x:v>
+        <x:v>1178.8</x:v>
       </x:c>
       <x:c r="D148" s="0">
-        <x:v>111.16</x:v>
+        <x:v>124.019</x:v>
       </x:c>
       <x:c r="E148" s="0">
-        <x:v>158.8</x:v>
+        <x:v>177.17</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:5">
       <x:c r="A149" s="1">
-        <x:v>45862.9245949074</x:v>
+        <x:v>45883.9240625</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C149" s="0">
-        <x:v>825.92</x:v>
+        <x:v>1259.8</x:v>
       </x:c>
       <x:c r="D149" s="0">
-        <x:v>108.402</x:v>
+        <x:v>126.714</x:v>
       </x:c>
       <x:c r="E149" s="0">
-        <x:v>154.86</x:v>
+        <x:v>181.02</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:5">
       <x:c r="A150" s="1">
-        <x:v>45861.926412037</x:v>
+        <x:v>45882.9239467593</x:v>
       </x:c>
       <x:c r="B150" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C150" s="0">
-        <x:v>822.65</x:v>
+        <x:v>1333.12</x:v>
       </x:c>
       <x:c r="D150" s="0">
-        <x:v>108.241</x:v>
+        <x:v>129.059</x:v>
       </x:c>
       <x:c r="E150" s="0">
-        <x:v>154.63</x:v>
+        <x:v>184.37</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:5">
       <x:c r="A151" s="1">
-        <x:v>45860.9260763889</x:v>
+        <x:v>45881.9233449074</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C151" s="0">
-        <x:v>740.19</x:v>
+        <x:v>1391.87</x:v>
       </x:c>
       <x:c r="D151" s="0">
-        <x:v>104.349</x:v>
+        <x:v>130.879</x:v>
       </x:c>
       <x:c r="E151" s="0">
-        <x:v>149.07</x:v>
+        <x:v>186.97</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:5">
       <x:c r="A152" s="1">
-        <x:v>45859.9273148148</x:v>
+        <x:v>45880.923587963</x:v>
       </x:c>
       <x:c r="B152" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C152" s="0">
-        <x:v>782.64</x:v>
+        <x:v>1300.86</x:v>
       </x:c>
       <x:c r="D152" s="0">
-        <x:v>106.253</x:v>
+        <x:v>127.876</x:v>
       </x:c>
       <x:c r="E152" s="0">
-        <x:v>151.79</x:v>
+        <x:v>182.68</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:5">
       <x:c r="A153" s="1">
-        <x:v>45856.949212963</x:v>
+        <x:v>45877.9331597222</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C153" s="0">
-        <x:v>811.26</x:v>
+        <x:v>1399.01</x:v>
       </x:c>
       <x:c r="D153" s="0">
-        <x:v>107.464</x:v>
+        <x:v>130.872</x:v>
       </x:c>
       <x:c r="E153" s="0">
-        <x:v>153.52</x:v>
+        <x:v>186.96</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:5">
       <x:c r="A154" s="1">
-        <x:v>45855.9327314815</x:v>
+        <x:v>45876.9384490741</x:v>
       </x:c>
       <x:c r="B154" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C154" s="0">
-        <x:v>819.16</x:v>
+        <x:v>1297.92</x:v>
       </x:c>
       <x:c r="D154" s="0">
-        <x:v>107.793</x:v>
+        <x:v>127.54</x:v>
       </x:c>
       <x:c r="E154" s="0">
-        <x:v>153.99</x:v>
+        <x:v>182.2</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:5">
       <x:c r="A155" s="1">
-        <x:v>45854.9359490741</x:v>
+        <x:v>45875.9344560185</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C155" s="0">
-        <x:v>772.26</x:v>
+        <x:v>1243.27</x:v>
       </x:c>
       <x:c r="D155" s="0">
-        <x:v>105.637</x:v>
+        <x:v>125.678</x:v>
       </x:c>
       <x:c r="E155" s="0">
-        <x:v>150.91</x:v>
+        <x:v>179.54</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:5">
       <x:c r="A156" s="1">
-        <x:v>45853.9275694444</x:v>
+        <x:v>45874.9325694444</x:v>
       </x:c>
       <x:c r="B156" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C156" s="0">
-        <x:v>737.9</x:v>
+        <x:v>1122.02</x:v>
       </x:c>
       <x:c r="D156" s="0">
-        <x:v>104.006</x:v>
+        <x:v>121.289</x:v>
       </x:c>
       <x:c r="E156" s="0">
-        <x:v>148.58</x:v>
+        <x:v>173.27</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:5">
       <x:c r="A157" s="1">
-        <x:v>45852.9328587963</x:v>
+        <x:v>45873.9313425926</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C157" s="0">
-        <x:v>746.83</x:v>
+        <x:v>908.53</x:v>
       </x:c>
       <x:c r="D157" s="0">
-        <x:v>104.405</x:v>
+        <x:v>112.462</x:v>
       </x:c>
       <x:c r="E157" s="0">
-        <x:v>149.15</x:v>
+        <x:v>160.66</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:5">
       <x:c r="A158" s="1">
-        <x:v>45849.9249768518</x:v>
+        <x:v>45870.9273842593</x:v>
       </x:c>
       <x:c r="B158" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C158" s="0">
-        <x:v>650.91</x:v>
+        <x:v>809.17</x:v>
       </x:c>
       <x:c r="D158" s="0">
-        <x:v>99.47</x:v>
+        <x:v>107.989</x:v>
       </x:c>
       <x:c r="E158" s="0">
-        <x:v>142.1</x:v>
+        <x:v>154.27</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:5">
       <x:c r="A159" s="1">
-        <x:v>45848.9261342593</x:v>
+        <x:v>45869.9244212963</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C159" s="0">
-        <x:v>656.76</x:v>
+        <x:v>877.43</x:v>
       </x:c>
       <x:c r="D159" s="0">
-        <x:v>99.75</x:v>
+        <x:v>110.845</x:v>
       </x:c>
       <x:c r="E159" s="0">
-        <x:v>142.5</x:v>
+        <x:v>158.35</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:5">
       <x:c r="A160" s="1">
-        <x:v>45847.925787037</x:v>
+        <x:v>45868.9255092593</x:v>
       </x:c>
       <x:c r="B160" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C160" s="0">
-        <x:v>665.88</x:v>
+        <x:v>882.2</x:v>
       </x:c>
       <x:c r="D160" s="0">
-        <x:v>100.191</x:v>
+        <x:v>111.027</x:v>
       </x:c>
       <x:c r="E160" s="0">
-        <x:v>143.13</x:v>
+        <x:v>158.61</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:5">
       <x:c r="A161" s="1">
-        <x:v>45846.9248611111</x:v>
+        <x:v>45867.9289467593</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C161" s="0">
-        <x:v>620.61</x:v>
+        <x:v>844.2</x:v>
       </x:c>
       <x:c r="D161" s="0">
-        <x:v>97.797</x:v>
+        <x:v>109.368</x:v>
       </x:c>
       <x:c r="E161" s="0">
-        <x:v>139.71</x:v>
+        <x:v>156.24</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:5">
       <x:c r="A162" s="1">
-        <x:v>45845.9274884259</x:v>
+        <x:v>45866.9278125</x:v>
       </x:c>
       <x:c r="B162" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C162" s="0">
-        <x:v>613.11</x:v>
+        <x:v>871.8</x:v>
       </x:c>
       <x:c r="D162" s="0">
-        <x:v>97.384</x:v>
+        <x:v>110.516</x:v>
       </x:c>
       <x:c r="E162" s="0">
-        <x:v>139.12</x:v>
+        <x:v>157.88</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:5">
       <x:c r="A163" s="1">
-        <x:v>45841.8023263889</x:v>
+        <x:v>45863.926875</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C163" s="0">
-        <x:v>555.19</x:v>
+        <x:v>888.55</x:v>
       </x:c>
       <x:c r="D163" s="0">
-        <x:v>94.052</x:v>
+        <x:v>111.16</x:v>
       </x:c>
       <x:c r="E163" s="0">
-        <x:v>134.36</x:v>
+        <x:v>158.8</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:5">
       <x:c r="A164" s="1">
-        <x:v>45840.9303703704</x:v>
+        <x:v>45862.9245949074</x:v>
       </x:c>
       <x:c r="B164" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C164" s="0">
-        <x:v>528.57</x:v>
+        <x:v>825.92</x:v>
       </x:c>
       <x:c r="D164" s="0">
-        <x:v>92.484</x:v>
+        <x:v>108.402</x:v>
       </x:c>
       <x:c r="E164" s="0">
-        <x:v>132.12</x:v>
+        <x:v>154.86</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:5">
       <x:c r="A165" s="1">
-        <x:v>45839.9249421296</x:v>
+        <x:v>45861.926412037</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C165" s="0">
-        <x:v>511.9</x:v>
+        <x:v>822.65</x:v>
       </x:c>
       <x:c r="D165" s="0">
-        <x:v>91.476</x:v>
+        <x:v>108.241</x:v>
       </x:c>
       <x:c r="E165" s="0">
-        <x:v>130.68</x:v>
+        <x:v>154.63</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:5">
       <x:c r="A166" s="1">
-        <x:v>45838.9258217593</x:v>
+        <x:v>45860.9260763889</x:v>
       </x:c>
       <x:c r="B166" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C166" s="0">
-        <x:v>584.77</x:v>
+        <x:v>740.19</x:v>
       </x:c>
       <x:c r="D166" s="0">
-        <x:v>95.424</x:v>
+        <x:v>104.349</x:v>
       </x:c>
       <x:c r="E166" s="0">
-        <x:v>136.32</x:v>
+        <x:v>149.07</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:5">
       <x:c r="A167" s="1">
-        <x:v>45835.9282291667</x:v>
+        <x:v>45859.9273148148</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C167" s="0">
-        <x:v>519.08</x:v>
+        <x:v>782.64</x:v>
       </x:c>
       <x:c r="D167" s="0">
-        <x:v>91.518</x:v>
+        <x:v>106.253</x:v>
       </x:c>
       <x:c r="E167" s="0">
-        <x:v>130.74</x:v>
+        <x:v>151.79</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:5">
       <x:c r="A168" s="1">
-        <x:v>45834.9274189815</x:v>
+        <x:v>45856.949212963</x:v>
       </x:c>
       <x:c r="B168" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C168" s="0">
-        <x:v>722.41</x:v>
+        <x:v>811.26</x:v>
       </x:c>
       <x:c r="D168" s="0">
-        <x:v>100.975</x:v>
+        <x:v>107.464</x:v>
       </x:c>
       <x:c r="E168" s="0">
-        <x:v>144.25</x:v>
+        <x:v>153.52</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:5">
       <x:c r="A169" s="1">
-        <x:v>45833.9268171296</x:v>
+        <x:v>45855.9327314815</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C169" s="0">
-        <x:v>702.84</x:v>
+        <x:v>819.16</x:v>
       </x:c>
       <x:c r="D169" s="0">
-        <x:v>100.03</x:v>
+        <x:v>107.793</x:v>
       </x:c>
       <x:c r="E169" s="0">
-        <x:v>142.9</x:v>
+        <x:v>153.99</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:5">
       <x:c r="A170" s="1">
-        <x:v>45832.9265393519</x:v>
+        <x:v>45854.9359490741</x:v>
       </x:c>
       <x:c r="B170" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C170" s="0">
-        <x:v>708.08</x:v>
+        <x:v>772.26</x:v>
       </x:c>
       <x:c r="D170" s="0">
-        <x:v>100.261</x:v>
+        <x:v>105.637</x:v>
       </x:c>
       <x:c r="E170" s="0">
-        <x:v>143.23</x:v>
+        <x:v>150.91</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:5">
       <x:c r="A171" s="1">
-        <x:v>45831.9246412037</x:v>
+        <x:v>45853.9275694444</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C171" s="0">
-        <x:v>661.46</x:v>
+        <x:v>737.9</x:v>
       </x:c>
       <x:c r="D171" s="0">
-        <x:v>97.944</x:v>
+        <x:v>104.006</x:v>
       </x:c>
       <x:c r="E171" s="0">
-        <x:v>139.92</x:v>
+        <x:v>148.58</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:5">
       <x:c r="A172" s="1">
-        <x:v>45828.9428587963</x:v>
+        <x:v>45852.9328587963</x:v>
       </x:c>
       <x:c r="B172" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C172" s="0">
-        <x:v>626.51</x:v>
+        <x:v>746.83</x:v>
       </x:c>
       <x:c r="D172" s="0">
-        <x:v>96.11</x:v>
+        <x:v>104.405</x:v>
       </x:c>
       <x:c r="E172" s="0">
-        <x:v>137.3</x:v>
+        <x:v>149.15</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:5">
       <x:c r="A173" s="1">
-        <x:v>45826.9303703704</x:v>
+        <x:v>45849.9249768518</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C173" s="0">
-        <x:v>665.08</x:v>
+        <x:v>650.91</x:v>
       </x:c>
       <x:c r="D173" s="0">
-        <x:v>97.972</x:v>
+        <x:v>99.47</x:v>
       </x:c>
       <x:c r="E173" s="0">
-        <x:v>139.96</x:v>
+        <x:v>142.1</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:5">
       <x:c r="A174" s="1">
-        <x:v>45825.9253587963</x:v>
+        <x:v>45848.9261342593</x:v>
       </x:c>
       <x:c r="B174" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C174" s="0">
-        <x:v>640.91</x:v>
+        <x:v>656.76</x:v>
       </x:c>
       <x:c r="D174" s="0">
-        <x:v>96.74</x:v>
+        <x:v>99.75</x:v>
       </x:c>
       <x:c r="E174" s="0">
-        <x:v>138.2</x:v>
+        <x:v>142.5</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:5">
       <x:c r="A175" s="1">
-        <x:v>45824.9235185185</x:v>
+        <x:v>45847.925787037</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C175" s="0">
-        <x:v>688.11</x:v>
+        <x:v>665.88</x:v>
       </x:c>
       <x:c r="D175" s="0">
-        <x:v>98.987</x:v>
+        <x:v>100.191</x:v>
       </x:c>
       <x:c r="E175" s="0">
-        <x:v>141.41</x:v>
+        <x:v>143.13</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:5">
       <x:c r="A176" s="1">
-        <x:v>45821.9252777778</x:v>
+        <x:v>45846.9248611111</x:v>
       </x:c>
       <x:c r="B176" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C176" s="0">
-        <x:v>633.56</x:v>
+        <x:v>620.61</x:v>
       </x:c>
       <x:c r="D176" s="0">
-        <x:v>96.18</x:v>
+        <x:v>97.797</x:v>
       </x:c>
       <x:c r="E176" s="0">
-        <x:v>137.4</x:v>
+        <x:v>139.71</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:5">
       <x:c r="A177" s="1">
-        <x:v>45820.9288541667</x:v>
+        <x:v>45845.9274884259</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C177" s="0">
-        <x:v>604.23</x:v>
+        <x:v>613.11</x:v>
       </x:c>
       <x:c r="D177" s="0">
-        <x:v>94.633</x:v>
+        <x:v>97.384</x:v>
       </x:c>
       <x:c r="E177" s="0">
-        <x:v>135.19</x:v>
+        <x:v>139.12</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:5">
       <x:c r="A178" s="1">
-        <x:v>45819.9235300926</x:v>
+        <x:v>45841.8023263889</x:v>
       </x:c>
       <x:c r="B178" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C178" s="0">
-        <x:v>620.92</x:v>
+        <x:v>555.19</x:v>
       </x:c>
       <x:c r="D178" s="0">
-        <x:v>95.473</x:v>
+        <x:v>94.052</x:v>
       </x:c>
       <x:c r="E178" s="0">
-        <x:v>136.39</x:v>
+        <x:v>134.36</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:5">
       <x:c r="A179" s="1">
-        <x:v>45818.9235069444</x:v>
+        <x:v>45840.9303703704</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C179" s="0">
-        <x:v>574.72</x:v>
+        <x:v>528.57</x:v>
       </x:c>
       <x:c r="D179" s="0">
-        <x:v>92.967</x:v>
+        <x:v>92.484</x:v>
       </x:c>
       <x:c r="E179" s="0">
-        <x:v>132.81</x:v>
+        <x:v>132.12</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:5">
       <x:c r="A180" s="1">
-        <x:v>45817.9248842593</x:v>
+        <x:v>45839.9249421296</x:v>
       </x:c>
       <x:c r="B180" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C180" s="0">
-        <x:v>565.36</x:v>
+        <x:v>511.9</x:v>
       </x:c>
       <x:c r="D180" s="0">
-        <x:v>92.442</x:v>
+        <x:v>91.476</x:v>
       </x:c>
       <x:c r="E180" s="0">
-        <x:v>132.06</x:v>
+        <x:v>130.68</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:5">
       <x:c r="A181" s="1">
-        <x:v>45814.9279050926</x:v>
+        <x:v>45838.9258217593</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C181" s="0">
-        <x:v>513.75</x:v>
+        <x:v>584.77</x:v>
       </x:c>
       <x:c r="D181" s="0">
-        <x:v>89.404</x:v>
+        <x:v>95.424</x:v>
       </x:c>
       <x:c r="E181" s="0">
-        <x:v>127.72</x:v>
+        <x:v>136.32</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:5">
       <x:c r="A182" s="1">
-        <x:v>45813.9312152778</x:v>
+        <x:v>45835.9282291667</x:v>
       </x:c>
       <x:c r="B182" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C182" s="0">
-        <x:v>429.95</x:v>
+        <x:v>519.08</x:v>
       </x:c>
       <x:c r="D182" s="0">
-        <x:v>83.937</x:v>
+        <x:v>91.518</x:v>
       </x:c>
       <x:c r="E182" s="0">
-        <x:v>119.91</x:v>
+        <x:v>130.74</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:5">
       <x:c r="A183" s="1">
-        <x:v>45812.928900463</x:v>
+        <x:v>45834.9274189815</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C183" s="0">
-        <x:v>560.95</x:v>
+        <x:v>722.41</x:v>
       </x:c>
       <x:c r="D183" s="0">
-        <x:v>91.007</x:v>
+        <x:v>100.975</x:v>
       </x:c>
       <x:c r="E183" s="0">
-        <x:v>130.01</x:v>
+        <x:v>144.25</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:5">
       <x:c r="A184" s="1">
-        <x:v>45811.9361342593</x:v>
+        <x:v>45833.9268171296</x:v>
       </x:c>
       <x:c r="B184" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C184" s="0">
-        <x:v>604.27</x:v>
+        <x:v>702.84</x:v>
       </x:c>
       <x:c r="D184" s="0">
-        <x:v>93.219</x:v>
+        <x:v>100.03</x:v>
       </x:c>
       <x:c r="E184" s="0">
-        <x:v>133.17</x:v>
+        <x:v>142.9</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:5">
       <x:c r="A185" s="1">
-        <x:v>45810.9415046296</x:v>
+        <x:v>45832.9265393519</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C185" s="0">
-        <x:v>589.42</x:v>
+        <x:v>708.08</x:v>
       </x:c>
       <x:c r="D185" s="0">
-        <x:v>92.428</x:v>
+        <x:v>100.261</x:v>
       </x:c>
       <x:c r="E185" s="0">
-        <x:v>132.04</x:v>
+        <x:v>143.23</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:5">
       <x:c r="A186" s="1">
-        <x:v>45800.9242592593</x:v>
+        <x:v>45831.9246412037</x:v>
       </x:c>
       <x:c r="B186" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C186" s="0">
-        <x:v>489.81</x:v>
+        <x:v>661.46</x:v>
       </x:c>
       <x:c r="D186" s="0">
-        <x:v>86.317</x:v>
+        <x:v>97.944</x:v>
       </x:c>
       <x:c r="E186" s="0">
-        <x:v>123.31</x:v>
+        <x:v>139.92</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:5">
       <x:c r="A187" s="1">
-        <x:v>45799.9263194444</x:v>
+        <x:v>45828.9428587963</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C187" s="0">
-        <x:v>478.08</x:v>
+        <x:v>626.51</x:v>
       </x:c>
       <x:c r="D187" s="0">
-        <x:v>85.603</x:v>
+        <x:v>96.11</x:v>
       </x:c>
       <x:c r="E187" s="0">
-        <x:v>122.29</x:v>
+        <x:v>137.3</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:5">
       <x:c r="A188" s="1">
-        <x:v>45798.9249652778</x:v>
+        <x:v>45826.9303703704</x:v>
       </x:c>
       <x:c r="B188" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C188" s="0">
-        <x:v>458.79</x:v>
+        <x:v>665.08</x:v>
       </x:c>
       <x:c r="D188" s="0">
-        <x:v>84.406</x:v>
+        <x:v>97.972</x:v>
       </x:c>
       <x:c r="E188" s="0">
-        <x:v>120.58</x:v>
+        <x:v>139.96</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:5">
       <x:c r="A189" s="1">
-        <x:v>45797.9233564815</x:v>
+        <x:v>45825.9253587963</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C189" s="0">
-        <x:v>521.45</x:v>
+        <x:v>640.91</x:v>
       </x:c>
       <x:c r="D189" s="0">
-        <x:v>87.913</x:v>
+        <x:v>96.74</x:v>
       </x:c>
       <x:c r="E189" s="0">
-        <x:v>125.59</x:v>
+        <x:v>138.2</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:5">
       <x:c r="A190" s="1">
-        <x:v>45796.9244791667</x:v>
+        <x:v>45824.9235185185</x:v>
       </x:c>
       <x:c r="B190" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C190" s="0">
-        <x:v>531.04</x:v>
+        <x:v>688.11</x:v>
       </x:c>
       <x:c r="D190" s="0">
-        <x:v>88.431</x:v>
+        <x:v>98.987</x:v>
       </x:c>
       <x:c r="E190" s="0">
-        <x:v>126.33</x:v>
+        <x:v>141.41</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:5">
       <x:c r="A191" s="1">
-        <x:v>45793.9259606482</x:v>
+        <x:v>45821.9252777778</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C191" s="0">
-        <x:v>574.32</x:v>
+        <x:v>633.56</x:v>
       </x:c>
       <x:c r="D191" s="0">
-        <x:v>90.664</x:v>
+        <x:v>96.18</x:v>
       </x:c>
       <x:c r="E191" s="0">
-        <x:v>129.52</x:v>
+        <x:v>137.4</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:5">
       <x:c r="A192" s="1">
-        <x:v>45792.9359490741</x:v>
+        <x:v>45820.9288541667</x:v>
       </x:c>
       <x:c r="B192" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C192" s="0">
-        <x:v>556.35</x:v>
+        <x:v>604.23</x:v>
       </x:c>
       <x:c r="D192" s="0">
-        <x:v>89.684</x:v>
+        <x:v>94.633</x:v>
       </x:c>
       <x:c r="E192" s="0">
-        <x:v>128.12</x:v>
+        <x:v>135.19</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:5">
       <x:c r="A193" s="1">
-        <x:v>45791.9275578704</x:v>
+        <x:v>45819.9235300926</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C193" s="0">
-        <x:v>584.38</x:v>
+        <x:v>620.92</x:v>
       </x:c>
       <x:c r="D193" s="0">
-        <x:v>91.126</x:v>
+        <x:v>95.473</x:v>
       </x:c>
       <x:c r="E193" s="0">
-        <x:v>130.18</x:v>
+        <x:v>136.39</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:5">
       <x:c r="A194" s="1">
-        <x:v>45790.9286458333</x:v>
+        <x:v>45818.9235069444</x:v>
       </x:c>
       <x:c r="B194" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C194" s="0">
-        <x:v>557.49</x:v>
+        <x:v>574.72</x:v>
       </x:c>
       <x:c r="D194" s="0">
-        <x:v>89.67</x:v>
+        <x:v>92.967</x:v>
       </x:c>
       <x:c r="E194" s="0">
-        <x:v>128.1</x:v>
+        <x:v>132.81</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:5">
       <x:c r="A195" s="1">
-        <x:v>45789.9278009259</x:v>
+        <x:v>45817.9248842593</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C195" s="0">
-        <x:v>448.27</x:v>
+        <x:v>565.36</x:v>
       </x:c>
       <x:c r="D195" s="0">
-        <x:v>82.922</x:v>
+        <x:v>92.442</x:v>
       </x:c>
       <x:c r="E195" s="0">
-        <x:v>118.46</x:v>
+        <x:v>132.06</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:5">
       <x:c r="A196" s="1">
-        <x:v>45786.9254050926</x:v>
+        <x:v>45814.9279050926</x:v>
       </x:c>
       <x:c r="B196" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C196" s="0">
-        <x:v>435.98</x:v>
+        <x:v>513.75</x:v>
       </x:c>
       <x:c r="D196" s="0">
-        <x:v>82.11</x:v>
+        <x:v>89.404</x:v>
       </x:c>
       <x:c r="E196" s="0">
-        <x:v>117.3</x:v>
+        <x:v>127.72</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:5">
       <x:c r="A197" s="1">
-        <x:v>45785.9240393518</x:v>
+        <x:v>45813.9312152778</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C197" s="0">
-        <x:v>457.51</x:v>
+        <x:v>429.95</x:v>
       </x:c>
       <x:c r="D197" s="0">
-        <x:v>83.405</x:v>
+        <x:v>83.937</x:v>
       </x:c>
       <x:c r="E197" s="0">
-        <x:v>119.15</x:v>
+        <x:v>119.91</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:5">
       <x:c r="A198" s="1">
-        <x:v>45784.9234837963</x:v>
+        <x:v>45812.928900463</x:v>
       </x:c>
       <x:c r="B198" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C198" s="0">
-        <x:v>370.47</x:v>
+        <x:v>560.95</x:v>
       </x:c>
       <x:c r="D198" s="0">
-        <x:v>77.336</x:v>
+        <x:v>91.007</x:v>
       </x:c>
       <x:c r="E198" s="0">
-        <x:v>110.48</x:v>
+        <x:v>130.01</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:5">
       <x:c r="A199" s="1">
+        <x:v>45811.9361342593</x:v>
+      </x:c>
+      <x:c r="B199" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C199" s="0">
+        <x:v>604.27</x:v>
+      </x:c>
+      <x:c r="D199" s="0">
+        <x:v>93.219</x:v>
+      </x:c>
+      <x:c r="E199" s="0">
+        <x:v>133.17</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="200" spans="1:5">
+      <x:c r="A200" s="1">
+        <x:v>45810.9415046296</x:v>
+      </x:c>
+      <x:c r="B200" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C200" s="0">
+        <x:v>589.42</x:v>
+      </x:c>
+      <x:c r="D200" s="0">
+        <x:v>92.428</x:v>
+      </x:c>
+      <x:c r="E200" s="0">
+        <x:v>132.04</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="201" spans="1:5">
+      <x:c r="A201" s="1">
+        <x:v>45800.9242592593</x:v>
+      </x:c>
+      <x:c r="B201" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C201" s="0">
+        <x:v>489.81</x:v>
+      </x:c>
+      <x:c r="D201" s="0">
+        <x:v>86.317</x:v>
+      </x:c>
+      <x:c r="E201" s="0">
+        <x:v>123.31</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="202" spans="1:5">
+      <x:c r="A202" s="1">
+        <x:v>45799.9263194444</x:v>
+      </x:c>
+      <x:c r="B202" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C202" s="0">
+        <x:v>478.08</x:v>
+      </x:c>
+      <x:c r="D202" s="0">
+        <x:v>85.603</x:v>
+      </x:c>
+      <x:c r="E202" s="0">
+        <x:v>122.29</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="203" spans="1:5">
+      <x:c r="A203" s="1">
+        <x:v>45798.9249652778</x:v>
+      </x:c>
+      <x:c r="B203" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C203" s="0">
+        <x:v>458.79</x:v>
+      </x:c>
+      <x:c r="D203" s="0">
+        <x:v>84.406</x:v>
+      </x:c>
+      <x:c r="E203" s="0">
+        <x:v>120.58</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="204" spans="1:5">
+      <x:c r="A204" s="1">
+        <x:v>45797.9233564815</x:v>
+      </x:c>
+      <x:c r="B204" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C204" s="0">
+        <x:v>521.45</x:v>
+      </x:c>
+      <x:c r="D204" s="0">
+        <x:v>87.913</x:v>
+      </x:c>
+      <x:c r="E204" s="0">
+        <x:v>125.59</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="205" spans="1:5">
+      <x:c r="A205" s="1">
+        <x:v>45796.9244791667</x:v>
+      </x:c>
+      <x:c r="B205" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C205" s="0">
+        <x:v>531.04</x:v>
+      </x:c>
+      <x:c r="D205" s="0">
+        <x:v>88.431</x:v>
+      </x:c>
+      <x:c r="E205" s="0">
+        <x:v>126.33</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="206" spans="1:5">
+      <x:c r="A206" s="1">
+        <x:v>45793.9259606482</x:v>
+      </x:c>
+      <x:c r="B206" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C206" s="0">
+        <x:v>574.32</x:v>
+      </x:c>
+      <x:c r="D206" s="0">
+        <x:v>90.664</x:v>
+      </x:c>
+      <x:c r="E206" s="0">
+        <x:v>129.52</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="207" spans="1:5">
+      <x:c r="A207" s="1">
+        <x:v>45792.9359490741</x:v>
+      </x:c>
+      <x:c r="B207" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C207" s="0">
+        <x:v>556.35</x:v>
+      </x:c>
+      <x:c r="D207" s="0">
+        <x:v>89.684</x:v>
+      </x:c>
+      <x:c r="E207" s="0">
+        <x:v>128.12</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="208" spans="1:5">
+      <x:c r="A208" s="1">
+        <x:v>45791.9275578704</x:v>
+      </x:c>
+      <x:c r="B208" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C208" s="0">
+        <x:v>584.38</x:v>
+      </x:c>
+      <x:c r="D208" s="0">
+        <x:v>91.126</x:v>
+      </x:c>
+      <x:c r="E208" s="0">
+        <x:v>130.18</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="209" spans="1:5">
+      <x:c r="A209" s="1">
+        <x:v>45790.9286458333</x:v>
+      </x:c>
+      <x:c r="B209" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C209" s="0">
+        <x:v>557.49</x:v>
+      </x:c>
+      <x:c r="D209" s="0">
+        <x:v>89.67</x:v>
+      </x:c>
+      <x:c r="E209" s="0">
+        <x:v>128.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="210" spans="1:5">
+      <x:c r="A210" s="1">
+        <x:v>45789.9278009259</x:v>
+      </x:c>
+      <x:c r="B210" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C210" s="0">
+        <x:v>448.27</x:v>
+      </x:c>
+      <x:c r="D210" s="0">
+        <x:v>82.922</x:v>
+      </x:c>
+      <x:c r="E210" s="0">
+        <x:v>118.46</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="211" spans="1:5">
+      <x:c r="A211" s="1">
+        <x:v>45786.9254050926</x:v>
+      </x:c>
+      <x:c r="B211" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C211" s="0">
+        <x:v>435.98</x:v>
+      </x:c>
+      <x:c r="D211" s="0">
+        <x:v>82.11</x:v>
+      </x:c>
+      <x:c r="E211" s="0">
+        <x:v>117.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="212" spans="1:5">
+      <x:c r="A212" s="1">
+        <x:v>45785.9240393518</x:v>
+      </x:c>
+      <x:c r="B212" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C212" s="0">
+        <x:v>457.51</x:v>
+      </x:c>
+      <x:c r="D212" s="0">
+        <x:v>83.405</x:v>
+      </x:c>
+      <x:c r="E212" s="0">
+        <x:v>119.15</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="213" spans="1:5">
+      <x:c r="A213" s="1">
+        <x:v>45784.9234837963</x:v>
+      </x:c>
+      <x:c r="B213" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C213" s="0">
+        <x:v>370.47</x:v>
+      </x:c>
+      <x:c r="D213" s="0">
+        <x:v>77.336</x:v>
+      </x:c>
+      <x:c r="E213" s="0">
+        <x:v>110.48</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="214" spans="1:5">
+      <x:c r="A214" s="1">
         <x:v>45783.9247685185</x:v>
       </x:c>
-      <x:c r="B199" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C199" s="0">
+      <x:c r="B214" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C214" s="0">
         <x:v>354.81</x:v>
       </x:c>
-      <x:c r="D199" s="0">
+      <x:c r="D214" s="0">
         <x:v>76.202</x:v>
       </x:c>
-      <x:c r="E199" s="0">
+      <x:c r="E214" s="0">
         <x:v>108.86</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>