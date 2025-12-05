--- v0 (2025-10-18)
+++ v1 (2025-12-05)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra3439d45bd3849db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a17fc2cbeb4043bc90ab8f4d752b9f55.psmdcp" Id="R3139c513bc084d9b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5de5657737a2428a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/084943035463450795ab7c4348945804.psmdcp" Id="R9668ad3fd3b54414" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>DE000BB02VC9</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -390,5231 +390,5792 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E305"/>
+  <x:dimension ref="A1:E338"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>45947.8255902778</x:v>
+        <x:v>45995.8232291667</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
-        <x:v>2.38</x:v>
+        <x:v>2.32</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>6109.285</x:v>
+        <x:v>6152.35</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>4213.3</x:v>
+        <x:v>4243</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>45946.8237962963</x:v>
+        <x:v>45994.8237037037</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
-        <x:v>2.28</x:v>
+        <x:v>2.33</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>6241.67</x:v>
+        <x:v>6137.125</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>4304.6</x:v>
+        <x:v>4232.5</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>45945.8233796296</x:v>
+        <x:v>45993.8229398148</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
-        <x:v>2.4</x:v>
+        <x:v>2.34</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>6092.32</x:v>
+        <x:v>6120.16</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>4201.6</x:v>
+        <x:v>4220.8</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>45944.828287037</x:v>
+        <x:v>45992.8242939815</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
-        <x:v>2.45</x:v>
+        <x:v>2.29</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>6036.93</x:v>
+        <x:v>6198.46</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>4163.4</x:v>
+        <x:v>4274.8</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>45943.8403356482</x:v>
+        <x:v>45989.8354861111</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
-        <x:v>2.48</x:v>
+        <x:v>2.31</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>5992.85</x:v>
+        <x:v>6169.605</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>4133</x:v>
+        <x:v>4254.9</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>45940.8233449074</x:v>
+        <x:v>45987.8265162037</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
-        <x:v>2.66</x:v>
+        <x:v>2.37</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>5800.58</x:v>
+        <x:v>6093.335</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>4000.4</x:v>
+        <x:v>4202.3</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>45939.8284953704</x:v>
+        <x:v>45986.8420486111</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
-        <x:v>2.7</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>5760.27</x:v>
+        <x:v>6057.085</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>3972.6</x:v>
+        <x:v>4177.3</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>45938.8250115741</x:v>
+        <x:v>45985.8473032407</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
-        <x:v>2.57</x:v>
+        <x:v>2.45</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>5902.225</x:v>
+        <x:v>5989.66</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>4070.5</x:v>
+        <x:v>4130.8</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>45937.8252430556</x:v>
+        <x:v>45982.8240972222</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
-        <x:v>2.66</x:v>
+        <x:v>2.47</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>5806.38</x:v>
+        <x:v>5968.2</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>4004.4</x:v>
+        <x:v>4116</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>45936.8237268518</x:v>
+        <x:v>45981.858912037</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C12" s="0">
-        <x:v>2.7</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>5765.635</x:v>
+        <x:v>5938.765</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>3976.3</x:v>
+        <x:v>4060</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>45933.8235648148</x:v>
+        <x:v>45980.8244444444</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0">
-        <x:v>2.8</x:v>
+        <x:v>2.47</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>5667.905</x:v>
+        <x:v>5920.06</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>3908.9</x:v>
+        <x:v>4082.8</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>45932.824537037</x:v>
+        <x:v>45979.8891898148</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C14" s="0">
-        <x:v>2.86</x:v>
+        <x:v>2.49</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>5608.745</x:v>
+        <x:v>5896.425</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>3868.1</x:v>
+        <x:v>4066.5</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>45931.8251041667</x:v>
+        <x:v>45978.8251967593</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
-        <x:v>2.81</x:v>
+        <x:v>2.48</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>5651.375</x:v>
+        <x:v>5908.025</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>3897.5</x:v>
+        <x:v>4074.5</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>45930.8239930556</x:v>
+        <x:v>45975.8263078704</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C16" s="0">
-        <x:v>2.85</x:v>
+        <x:v>2.46</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>5616.14</x:v>
+        <x:v>5936.59</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>3873.2</x:v>
+        <x:v>4094.2</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>45929.8229398148</x:v>
+        <x:v>45974.8559606482</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C17" s="0">
-        <x:v>2.88</x:v>
+        <x:v>2.34</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>5590.04</x:v>
+        <x:v>6082.025</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>3855.2</x:v>
+        <x:v>4194.5</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>45926.8238773148</x:v>
+        <x:v>45973.8250115741</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="0">
-        <x:v>2.95</x:v>
+        <x:v>2.32</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>5523.05</x:v>
+        <x:v>6109.72</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>3809</x:v>
+        <x:v>4213.6</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>45925.8238657407</x:v>
+        <x:v>45972.8325231482</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C19" s="0">
-        <x:v>3.01</x:v>
+        <x:v>2.44</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>5468.095</x:v>
+        <x:v>5968.635</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>3771.1</x:v>
+        <x:v>4116.3</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
-        <x:v>45924.8325347222</x:v>
+        <x:v>45971.8316087963</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C20" s="0">
-        <x:v>3.02</x:v>
+        <x:v>2.43</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>5463.745</x:v>
+        <x:v>5976.9</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>3768.1</x:v>
+        <x:v>4122</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="1">
-        <x:v>45923.8421412037</x:v>
+        <x:v>45968.8265277778</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C21" s="0">
-        <x:v>2.94</x:v>
+        <x:v>2.58</x:v>
       </x:c>
       <x:c r="D21" s="0">
-        <x:v>5532.765</x:v>
+        <x:v>5814.21</x:v>
       </x:c>
       <x:c r="E21" s="0">
-        <x:v>3815.7</x:v>
+        <x:v>4009.8</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="1">
-        <x:v>45922.8390625</x:v>
+        <x:v>45967.8567361111</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C22" s="0">
-        <x:v>3.01</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="D22" s="0">
-        <x:v>5473.895</x:v>
+        <x:v>5786.95</x:v>
       </x:c>
       <x:c r="E22" s="0">
-        <x:v>3775.1</x:v>
+        <x:v>3991</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="1">
-        <x:v>45919.8403472222</x:v>
+        <x:v>45966.8257638889</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C23" s="0">
-        <x:v>3.12</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="D23" s="0">
-        <x:v>5373.41</x:v>
+        <x:v>5789.705</x:v>
       </x:c>
       <x:c r="E23" s="0">
-        <x:v>3705.8</x:v>
+        <x:v>3992.9</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="1">
-        <x:v>45918.8308796296</x:v>
+        <x:v>45965.8372800926</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C24" s="0">
-        <x:v>3.17</x:v>
+        <x:v>2.64</x:v>
       </x:c>
       <x:c r="D24" s="0">
-        <x:v>5333.535</x:v>
+        <x:v>5742.725</x:v>
       </x:c>
       <x:c r="E24" s="0">
-        <x:v>3678.3</x:v>
+        <x:v>3960.5</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="1">
-        <x:v>45917.8346990741</x:v>
+        <x:v>45964.8250925926</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C25" s="0">
-        <x:v>3.11</x:v>
+        <x:v>2.57</x:v>
       </x:c>
       <x:c r="D25" s="0">
-        <x:v>5390.81</x:v>
+        <x:v>5820.3</x:v>
       </x:c>
       <x:c r="E25" s="0">
-        <x:v>3717.8</x:v>
+        <x:v>4014</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="1">
-        <x:v>45916.82375</x:v>
+        <x:v>45961.7823032407</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C26" s="0">
-        <x:v>3.09</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="D26" s="0">
-        <x:v>5401.395</x:v>
+        <x:v>5794.925</x:v>
       </x:c>
       <x:c r="E26" s="0">
-        <x:v>3725.1</x:v>
+        <x:v>3996.5</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="1">
-        <x:v>45915.8287152778</x:v>
+        <x:v>45960.7838310185</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C27" s="0">
-        <x:v>3.1</x:v>
+        <x:v>2.57</x:v>
       </x:c>
       <x:c r="D27" s="0">
-        <x:v>5392.55</x:v>
+        <x:v>5823.055</x:v>
       </x:c>
       <x:c r="E27" s="0">
-        <x:v>3719</x:v>
+        <x:v>4015.9</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="1">
-        <x:v>45912.8242824074</x:v>
+        <x:v>45959.7819212963</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C28" s="0">
-        <x:v>3.16</x:v>
+        <x:v>2.59</x:v>
       </x:c>
       <x:c r="D28" s="0">
-        <x:v>5345.28</x:v>
+        <x:v>5801.015</x:v>
       </x:c>
       <x:c r="E28" s="0">
-        <x:v>3686.4</x:v>
+        <x:v>4000.7</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="1">
-        <x:v>45911.8249074074</x:v>
+        <x:v>45958.7844444444</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C29" s="0">
-        <x:v>3.18</x:v>
+        <x:v>2.62</x:v>
       </x:c>
       <x:c r="D29" s="0">
-        <x:v>5326.72</x:v>
+        <x:v>5775.495</x:v>
       </x:c>
       <x:c r="E29" s="0">
-        <x:v>3673.6</x:v>
+        <x:v>3983.1</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="1">
-        <x:v>45910.8234259259</x:v>
+        <x:v>45957.7848263889</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C30" s="0">
-        <x:v>3.17</x:v>
+        <x:v>2.57</x:v>
       </x:c>
       <x:c r="D30" s="0">
-        <x:v>5338.9</x:v>
+        <x:v>5828.565</x:v>
       </x:c>
       <x:c r="E30" s="0">
-        <x:v>3682</x:v>
+        <x:v>4019.7</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="1">
-        <x:v>45909.8234953704</x:v>
+        <x:v>45954.8273726852</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C31" s="0">
-        <x:v>3.17</x:v>
+        <x:v>2.43</x:v>
       </x:c>
       <x:c r="D31" s="0">
-        <x:v>5339.19</x:v>
+        <x:v>5999.81</x:v>
       </x:c>
       <x:c r="E31" s="0">
-        <x:v>3682.2</x:v>
+        <x:v>4137.8</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="1">
-        <x:v>45908.8227777778</x:v>
+        <x:v>45953.826412037</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C32" s="0">
-        <x:v>3.18</x:v>
+        <x:v>2.42</x:v>
       </x:c>
       <x:c r="D32" s="0">
-        <x:v>5332.23</x:v>
+        <x:v>6011.12</x:v>
       </x:c>
       <x:c r="E32" s="0">
-        <x:v>3677.4</x:v>
+        <x:v>4145.6</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="1">
-        <x:v>45905.8690856481</x:v>
+        <x:v>45952.8312615741</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C33" s="0">
-        <x:v>3.22</x:v>
+        <x:v>2.52</x:v>
       </x:c>
       <x:c r="D33" s="0">
-        <x:v>5297.285</x:v>
+        <x:v>5894.83</x:v>
       </x:c>
       <x:c r="E33" s="0">
-        <x:v>3653.3</x:v>
+        <x:v>4065.4</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="1">
-        <x:v>45904.8310300926</x:v>
+        <x:v>45951.8353240741</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C34" s="0">
-        <x:v>3.3</x:v>
+        <x:v>2.47</x:v>
       </x:c>
       <x:c r="D34" s="0">
-        <x:v>5229.715</x:v>
+        <x:v>5958.195</x:v>
       </x:c>
       <x:c r="E34" s="0">
-        <x:v>3606.7</x:v>
+        <x:v>4109.1</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="1">
-        <x:v>45903.8280208333</x:v>
+        <x:v>45950.8514814815</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C35" s="0">
-        <x:v>3.25</x:v>
+        <x:v>2.21</x:v>
       </x:c>
       <x:c r="D35" s="0">
-        <x:v>5271.475</x:v>
+        <x:v>6321.13</x:v>
       </x:c>
       <x:c r="E35" s="0">
-        <x:v>3635.5</x:v>
+        <x:v>4359.4</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="1">
-        <x:v>45902.8240393518</x:v>
+        <x:v>45947.8255902778</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C36" s="0">
-        <x:v>3.33</x:v>
+        <x:v>2.38</x:v>
       </x:c>
       <x:c r="D36" s="0">
-        <x:v>5208.69</x:v>
+        <x:v>6109.285</x:v>
       </x:c>
       <x:c r="E36" s="0">
-        <x:v>3592.2</x:v>
+        <x:v>4213.3</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="1">
-        <x:v>45898.8248148148</x:v>
+        <x:v>45946.8237962963</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C37" s="0">
-        <x:v>3.49</x:v>
+        <x:v>2.28</x:v>
       </x:c>
       <x:c r="D37" s="0">
-        <x:v>5098.345</x:v>
+        <x:v>6241.67</x:v>
       </x:c>
       <x:c r="E37" s="0">
-        <x:v>3516.1</x:v>
+        <x:v>4304.6</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="1">
-        <x:v>45897.8404050926</x:v>
+        <x:v>45945.8233796296</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C38" s="0">
-        <x:v>3.57</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="D38" s="0">
-        <x:v>5037.735</x:v>
+        <x:v>6092.32</x:v>
       </x:c>
       <x:c r="E38" s="0">
-        <x:v>3474.3</x:v>
+        <x:v>4201.6</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="1">
-        <x:v>45896.8352199074</x:v>
+        <x:v>45944.828287037</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C39" s="0">
-        <x:v>3.63</x:v>
+        <x:v>2.45</x:v>
       </x:c>
       <x:c r="D39" s="0">
-        <x:v>5000.47</x:v>
+        <x:v>6036.93</x:v>
       </x:c>
       <x:c r="E39" s="0">
-        <x:v>3448.6</x:v>
+        <x:v>4163.4</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="1">
-        <x:v>45895.8272685185</x:v>
+        <x:v>45943.8403356482</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C40" s="0">
-        <x:v>3.66</x:v>
+        <x:v>2.48</x:v>
       </x:c>
       <x:c r="D40" s="0">
-        <x:v>4977.85</x:v>
+        <x:v>5992.85</x:v>
       </x:c>
       <x:c r="E40" s="0">
-        <x:v>3433</x:v>
+        <x:v>4133</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="1">
-        <x:v>45894.8408449074</x:v>
+        <x:v>45940.8233449074</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C41" s="0">
-        <x:v>3.69</x:v>
+        <x:v>2.66</x:v>
       </x:c>
       <x:c r="D41" s="0">
-        <x:v>4955.375</x:v>
+        <x:v>5800.58</x:v>
       </x:c>
       <x:c r="E41" s="0">
-        <x:v>3417.5</x:v>
+        <x:v>4000.4</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="1">
-        <x:v>45891.8256018519</x:v>
+        <x:v>45939.8284953704</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C42" s="0">
-        <x:v>3.69</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="D42" s="0">
-        <x:v>4956.825</x:v>
+        <x:v>5760.27</x:v>
       </x:c>
       <x:c r="E42" s="0">
-        <x:v>3418.5</x:v>
+        <x:v>3972.6</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="1">
-        <x:v>45890.8256481482</x:v>
+        <x:v>45938.8250115741</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C43" s="0">
-        <x:v>3.77</x:v>
+        <x:v>2.57</x:v>
       </x:c>
       <x:c r="D43" s="0">
-        <x:v>4903.32</x:v>
+        <x:v>5902.225</x:v>
       </x:c>
       <x:c r="E43" s="0">
-        <x:v>3381.6</x:v>
+        <x:v>4070.5</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="1">
-        <x:v>45889.8244791667</x:v>
+        <x:v>45937.8252430556</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C44" s="0">
-        <x:v>3.76</x:v>
+        <x:v>2.66</x:v>
       </x:c>
       <x:c r="D44" s="0">
-        <x:v>4913.325</x:v>
+        <x:v>5806.38</x:v>
       </x:c>
       <x:c r="E44" s="0">
-        <x:v>3388.5</x:v>
+        <x:v>4004.4</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="1">
-        <x:v>45888.8241898148</x:v>
+        <x:v>45936.8237268518</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C45" s="0">
-        <x:v>3.83</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="D45" s="0">
-        <x:v>4870.115</x:v>
+        <x:v>5765.635</x:v>
       </x:c>
       <x:c r="E45" s="0">
-        <x:v>3358.7</x:v>
+        <x:v>3976.3</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="1">
-        <x:v>45887.8261342593</x:v>
+        <x:v>45933.8235648148</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C46" s="0">
-        <x:v>3.78</x:v>
+        <x:v>2.8</x:v>
       </x:c>
       <x:c r="D46" s="0">
-        <x:v>4898.1</x:v>
+        <x:v>5667.905</x:v>
       </x:c>
       <x:c r="E46" s="0">
-        <x:v>3378</x:v>
+        <x:v>3908.9</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="1">
-        <x:v>45884.8236458333</x:v>
+        <x:v>45932.824537037</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C47" s="0">
-        <x:v>3.77</x:v>
+        <x:v>2.86</x:v>
       </x:c>
       <x:c r="D47" s="0">
-        <x:v>4904.77</x:v>
+        <x:v>5608.745</x:v>
       </x:c>
       <x:c r="E47" s="0">
-        <x:v>3382.6</x:v>
+        <x:v>3868.1</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5">
       <x:c r="A48" s="1">
-        <x:v>45883.8469907407</x:v>
+        <x:v>45931.8251041667</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C48" s="0">
-        <x:v>3.77</x:v>
+        <x:v>2.81</x:v>
       </x:c>
       <x:c r="D48" s="0">
-        <x:v>4905.64</x:v>
+        <x:v>5651.375</x:v>
       </x:c>
       <x:c r="E48" s="0">
-        <x:v>3383.2</x:v>
+        <x:v>3897.5</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
       <x:c r="A49" s="1">
-        <x:v>45882.843125</x:v>
+        <x:v>45930.8239930556</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C49" s="0">
-        <x:v>3.72</x:v>
+        <x:v>2.85</x:v>
       </x:c>
       <x:c r="D49" s="0">
-        <x:v>4942.035</x:v>
+        <x:v>5616.14</x:v>
       </x:c>
       <x:c r="E49" s="0">
-        <x:v>3408.3</x:v>
+        <x:v>3873.2</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5">
       <x:c r="A50" s="1">
-        <x:v>45881.822662037</x:v>
+        <x:v>45929.8229398148</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C50" s="0">
-        <x:v>3.74</x:v>
+        <x:v>2.88</x:v>
       </x:c>
       <x:c r="D50" s="0">
-        <x:v>4928.55</x:v>
+        <x:v>5590.04</x:v>
       </x:c>
       <x:c r="E50" s="0">
-        <x:v>3399</x:v>
+        <x:v>3855.2</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5">
       <x:c r="A51" s="1">
-        <x:v>45880.8266898148</x:v>
+        <x:v>45926.8238773148</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C51" s="0">
-        <x:v>3.73</x:v>
+        <x:v>2.95</x:v>
       </x:c>
       <x:c r="D51" s="0">
-        <x:v>4936.815</x:v>
+        <x:v>5523.05</x:v>
       </x:c>
       <x:c r="E51" s="0">
-        <x:v>3404.7</x:v>
+        <x:v>3809</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5">
       <x:c r="A52" s="1">
-        <x:v>45877.8247916667</x:v>
+        <x:v>45925.8238657407</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C52" s="0">
-        <x:v>3.55</x:v>
+        <x:v>3.01</x:v>
       </x:c>
       <x:c r="D52" s="0">
-        <x:v>5062.385</x:v>
+        <x:v>5468.095</x:v>
       </x:c>
       <x:c r="E52" s="0">
-        <x:v>3491.3</x:v>
+        <x:v>3771.1</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5">
       <x:c r="A53" s="1">
-        <x:v>45876.8256018519</x:v>
+        <x:v>45924.8325347222</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C53" s="0">
-        <x:v>3.63</x:v>
+        <x:v>3.02</x:v>
       </x:c>
       <x:c r="D53" s="0">
-        <x:v>5007.865</x:v>
+        <x:v>5463.745</x:v>
       </x:c>
       <x:c r="E53" s="0">
-        <x:v>3453.7</x:v>
+        <x:v>3768.1</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5">
       <x:c r="A54" s="1">
-        <x:v>45875.8240277778</x:v>
+        <x:v>45923.8421412037</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C54" s="0">
-        <x:v>3.67</x:v>
+        <x:v>2.94</x:v>
       </x:c>
       <x:c r="D54" s="0">
-        <x:v>4978.43</x:v>
+        <x:v>5532.765</x:v>
       </x:c>
       <x:c r="E54" s="0">
-        <x:v>3433.4</x:v>
+        <x:v>3815.7</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5">
       <x:c r="A55" s="1">
-        <x:v>45874.8240277778</x:v>
+        <x:v>45922.8390625</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C55" s="0">
-        <x:v>3.67</x:v>
+        <x:v>3.01</x:v>
       </x:c>
       <x:c r="D55" s="0">
-        <x:v>4980.315</x:v>
+        <x:v>5473.895</x:v>
       </x:c>
       <x:c r="E55" s="0">
-        <x:v>3434.7</x:v>
+        <x:v>3775.1</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5">
       <x:c r="A56" s="1">
-        <x:v>45873.826400463</x:v>
+        <x:v>45919.8403472222</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C56" s="0">
-        <x:v>3.69</x:v>
+        <x:v>3.12</x:v>
       </x:c>
       <x:c r="D56" s="0">
-        <x:v>4968.28</x:v>
+        <x:v>5373.41</x:v>
       </x:c>
       <x:c r="E56" s="0">
-        <x:v>3426.4</x:v>
+        <x:v>3705.8</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:5">
       <x:c r="A57" s="1">
-        <x:v>45870.8315162037</x:v>
+        <x:v>45918.8308796296</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C57" s="0">
-        <x:v>3.75</x:v>
+        <x:v>3.17</x:v>
       </x:c>
       <x:c r="D57" s="0">
-        <x:v>4929.71</x:v>
+        <x:v>5333.535</x:v>
       </x:c>
       <x:c r="E57" s="0">
-        <x:v>3399.8</x:v>
+        <x:v>3678.3</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:5">
       <x:c r="A58" s="1">
-        <x:v>45869.8289814815</x:v>
+        <x:v>45917.8346990741</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C58" s="0">
-        <x:v>3.87</x:v>
+        <x:v>3.11</x:v>
       </x:c>
       <x:c r="D58" s="0">
-        <x:v>4855.47</x:v>
+        <x:v>5390.81</x:v>
       </x:c>
       <x:c r="E58" s="0">
-        <x:v>3348.6</x:v>
+        <x:v>3717.8</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:5">
       <x:c r="A59" s="1">
-        <x:v>45868.8234722222</x:v>
+        <x:v>45916.82375</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C59" s="0">
-        <x:v>3.86</x:v>
+        <x:v>3.09</x:v>
       </x:c>
       <x:c r="D59" s="0">
-        <x:v>4861.56</x:v>
+        <x:v>5401.395</x:v>
       </x:c>
       <x:c r="E59" s="0">
-        <x:v>3352.8</x:v>
+        <x:v>3725.1</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:5">
       <x:c r="A60" s="1">
-        <x:v>45867.8250694444</x:v>
+        <x:v>45915.8287152778</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C60" s="0">
-        <x:v>3.79</x:v>
+        <x:v>3.1</x:v>
       </x:c>
       <x:c r="D60" s="0">
-        <x:v>4902.74</x:v>
+        <x:v>5392.55</x:v>
       </x:c>
       <x:c r="E60" s="0">
-        <x:v>3381.2</x:v>
+        <x:v>3719</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:5">
       <x:c r="A61" s="1">
-        <x:v>45866.8322916667</x:v>
+        <x:v>45912.8242824074</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C61" s="0">
-        <x:v>3.82</x:v>
+        <x:v>3.16</x:v>
       </x:c>
       <x:c r="D61" s="0">
-        <x:v>4883.6</x:v>
+        <x:v>5345.28</x:v>
       </x:c>
       <x:c r="E61" s="0">
-        <x:v>3368</x:v>
+        <x:v>3686.4</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:5">
       <x:c r="A62" s="1">
-        <x:v>45863.8404050926</x:v>
+        <x:v>45911.8249074074</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C62" s="0">
-        <x:v>3.77</x:v>
+        <x:v>3.18</x:v>
       </x:c>
       <x:c r="D62" s="0">
-        <x:v>4919.125</x:v>
+        <x:v>5326.72</x:v>
       </x:c>
       <x:c r="E62" s="0">
-        <x:v>3392.5</x:v>
+        <x:v>3673.6</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:5">
       <x:c r="A63" s="1">
-        <x:v>45862.8566319444</x:v>
+        <x:v>45910.8234259259</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C63" s="0">
-        <x:v>3.69</x:v>
+        <x:v>3.17</x:v>
       </x:c>
       <x:c r="D63" s="0">
-        <x:v>4975.095</x:v>
+        <x:v>5338.9</x:v>
       </x:c>
       <x:c r="E63" s="0">
-        <x:v>3373.5</x:v>
+        <x:v>3682</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:5">
       <x:c r="A64" s="1">
-        <x:v>45861.8323611111</x:v>
+        <x:v>45909.8234953704</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C64" s="0">
-        <x:v>3.64</x:v>
+        <x:v>3.17</x:v>
       </x:c>
       <x:c r="D64" s="0">
-        <x:v>4926.52</x:v>
+        <x:v>5339.19</x:v>
       </x:c>
       <x:c r="E64" s="0">
-        <x:v>3397.6</x:v>
+        <x:v>3682.2</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:5">
       <x:c r="A65" s="1">
-        <x:v>45860.8328125</x:v>
+        <x:v>45908.8227777778</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C65" s="0">
-        <x:v>3.54</x:v>
+        <x:v>3.18</x:v>
       </x:c>
       <x:c r="D65" s="0">
-        <x:v>4993.365</x:v>
+        <x:v>5332.23</x:v>
       </x:c>
       <x:c r="E65" s="0">
-        <x:v>3443.7</x:v>
+        <x:v>3677.4</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:5">
       <x:c r="A66" s="1">
-        <x:v>45859.8410185185</x:v>
+        <x:v>45905.8690856481</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C66" s="0">
-        <x:v>3.62</x:v>
+        <x:v>3.22</x:v>
       </x:c>
       <x:c r="D66" s="0">
-        <x:v>4939.28</x:v>
+        <x:v>5297.285</x:v>
       </x:c>
       <x:c r="E66" s="0">
-        <x:v>3406.4</x:v>
+        <x:v>3653.3</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:5">
       <x:c r="A67" s="1">
-        <x:v>45856.8230671296</x:v>
+        <x:v>45904.8310300926</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C67" s="0">
-        <x:v>3.73</x:v>
+        <x:v>3.3</x:v>
       </x:c>
       <x:c r="D67" s="0">
-        <x:v>4869.535</x:v>
+        <x:v>5229.715</x:v>
       </x:c>
       <x:c r="E67" s="0">
-        <x:v>3358.3</x:v>
+        <x:v>3606.7</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:5">
       <x:c r="A68" s="1">
-        <x:v>45855.8238541667</x:v>
+        <x:v>45903.8280208333</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C68" s="0">
-        <x:v>3.76</x:v>
+        <x:v>3.25</x:v>
       </x:c>
       <x:c r="D68" s="0">
-        <x:v>4850.685</x:v>
+        <x:v>5271.475</x:v>
       </x:c>
       <x:c r="E68" s="0">
-        <x:v>3345.3</x:v>
+        <x:v>3635.5</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:5">
       <x:c r="A69" s="1">
-        <x:v>45854.8590046296</x:v>
+        <x:v>45902.8240393518</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C69" s="0">
-        <x:v>3.73</x:v>
+        <x:v>3.33</x:v>
       </x:c>
       <x:c r="D69" s="0">
-        <x:v>4870.695</x:v>
+        <x:v>5208.69</x:v>
       </x:c>
       <x:c r="E69" s="0">
-        <x:v>3359.1</x:v>
+        <x:v>3592.2</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:5">
       <x:c r="A70" s="1">
-        <x:v>45853.8525810185</x:v>
+        <x:v>45898.8248148148</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C70" s="0">
-        <x:v>3.78</x:v>
+        <x:v>3.49</x:v>
       </x:c>
       <x:c r="D70" s="0">
-        <x:v>4838.215</x:v>
+        <x:v>5098.345</x:v>
       </x:c>
       <x:c r="E70" s="0">
-        <x:v>3336.7</x:v>
+        <x:v>3516.1</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:5">
       <x:c r="A71" s="1">
-        <x:v>45852.8231018518</x:v>
+        <x:v>45897.8404050926</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C71" s="0">
-        <x:v>3.73</x:v>
+        <x:v>3.57</x:v>
       </x:c>
       <x:c r="D71" s="0">
-        <x:v>4870.695</x:v>
+        <x:v>5037.735</x:v>
       </x:c>
       <x:c r="E71" s="0">
-        <x:v>3359.1</x:v>
+        <x:v>3474.3</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:5">
       <x:c r="A72" s="1">
-        <x:v>45849.8239930556</x:v>
+        <x:v>45896.8352199074</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C72" s="0">
-        <x:v>3.72</x:v>
+        <x:v>3.63</x:v>
       </x:c>
       <x:c r="D72" s="0">
-        <x:v>4877.8</x:v>
+        <x:v>5000.47</x:v>
       </x:c>
       <x:c r="E72" s="0">
-        <x:v>3364</x:v>
+        <x:v>3448.6</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:5">
       <x:c r="A73" s="1">
-        <x:v>45848.8285532407</x:v>
+        <x:v>45895.8272685185</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C73" s="0">
-        <x:v>3.81</x:v>
+        <x:v>3.66</x:v>
       </x:c>
       <x:c r="D73" s="0">
-        <x:v>4822.265</x:v>
+        <x:v>4977.85</x:v>
       </x:c>
       <x:c r="E73" s="0">
-        <x:v>3325.7</x:v>
+        <x:v>3433</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:5">
       <x:c r="A74" s="1">
-        <x:v>45847.8235763889</x:v>
+        <x:v>45894.8408449074</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C74" s="0">
-        <x:v>3.82</x:v>
+        <x:v>3.69</x:v>
       </x:c>
       <x:c r="D74" s="0">
-        <x:v>4815.45</x:v>
+        <x:v>4955.375</x:v>
       </x:c>
       <x:c r="E74" s="0">
-        <x:v>3321</x:v>
+        <x:v>3417.5</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:5">
       <x:c r="A75" s="1">
-        <x:v>45846.8267939815</x:v>
+        <x:v>45891.8256018519</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C75" s="0">
-        <x:v>3.83</x:v>
+        <x:v>3.69</x:v>
       </x:c>
       <x:c r="D75" s="0">
-        <x:v>4809.505</x:v>
+        <x:v>4956.825</x:v>
       </x:c>
       <x:c r="E75" s="0">
-        <x:v>3316.9</x:v>
+        <x:v>3418.5</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:5">
       <x:c r="A76" s="1">
-        <x:v>45845.8307523148</x:v>
+        <x:v>45890.8256481482</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C76" s="0">
         <x:v>3.77</x:v>
       </x:c>
       <x:c r="D76" s="0">
-        <x:v>4847.06</x:v>
+        <x:v>4903.32</x:v>
       </x:c>
       <x:c r="E76" s="0">
-        <x:v>3342.8</x:v>
+        <x:v>3381.6</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:5">
       <x:c r="A77" s="1">
-        <x:v>45841.8258333333</x:v>
+        <x:v>45889.8244791667</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C77" s="0">
-        <x:v>3.77</x:v>
+        <x:v>3.76</x:v>
       </x:c>
       <x:c r="D77" s="0">
-        <x:v>4847.205</x:v>
+        <x:v>4913.325</x:v>
       </x:c>
       <x:c r="E77" s="0">
-        <x:v>3342.9</x:v>
+        <x:v>3388.5</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:5">
       <x:c r="A78" s="1">
-        <x:v>45840.8229050926</x:v>
+        <x:v>45888.8241898148</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C78" s="0">
-        <x:v>3.73</x:v>
+        <x:v>3.83</x:v>
       </x:c>
       <x:c r="D78" s="0">
-        <x:v>4871.565</x:v>
+        <x:v>4870.115</x:v>
       </x:c>
       <x:c r="E78" s="0">
-        <x:v>3359.7</x:v>
+        <x:v>3358.7</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:5">
       <x:c r="A79" s="1">
-        <x:v>45839.8275694444</x:v>
+        <x:v>45887.8261342593</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C79" s="0">
-        <x:v>3.75</x:v>
+        <x:v>3.78</x:v>
       </x:c>
       <x:c r="D79" s="0">
-        <x:v>4857.21</x:v>
+        <x:v>4898.1</x:v>
       </x:c>
       <x:c r="E79" s="0">
-        <x:v>3349.8</x:v>
+        <x:v>3378</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:5">
       <x:c r="A80" s="1">
-        <x:v>45838.8345601852</x:v>
+        <x:v>45884.8236458333</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C80" s="0">
-        <x:v>3.85</x:v>
+        <x:v>3.77</x:v>
       </x:c>
       <x:c r="D80" s="0">
-        <x:v>4796.165</x:v>
+        <x:v>4904.77</x:v>
       </x:c>
       <x:c r="E80" s="0">
-        <x:v>3307.7</x:v>
+        <x:v>3382.6</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:5">
       <x:c r="A81" s="1">
-        <x:v>45835.8364699074</x:v>
+        <x:v>45883.8469907407</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C81" s="0">
-        <x:v>3.9</x:v>
+        <x:v>3.77</x:v>
       </x:c>
       <x:c r="D81" s="0">
-        <x:v>4767.02</x:v>
+        <x:v>4905.64</x:v>
       </x:c>
       <x:c r="E81" s="0">
-        <x:v>3287.6</x:v>
+        <x:v>3383.2</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:5">
       <x:c r="A82" s="1">
-        <x:v>45834.841712963</x:v>
+        <x:v>45882.843125</x:v>
       </x:c>
       <x:c r="B82" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C82" s="0">
-        <x:v>3.76</x:v>
+        <x:v>3.72</x:v>
       </x:c>
       <x:c r="D82" s="0">
-        <x:v>4854.6</x:v>
+        <x:v>4942.035</x:v>
       </x:c>
       <x:c r="E82" s="0">
-        <x:v>3348</x:v>
+        <x:v>3408.3</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:5">
       <x:c r="A83" s="1">
-        <x:v>45833.8280902778</x:v>
+        <x:v>45881.822662037</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C83" s="0">
-        <x:v>3.78</x:v>
+        <x:v>3.74</x:v>
       </x:c>
       <x:c r="D83" s="0">
-        <x:v>4847.495</x:v>
+        <x:v>4928.55</x:v>
       </x:c>
       <x:c r="E83" s="0">
-        <x:v>3343.1</x:v>
+        <x:v>3399</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:5">
       <x:c r="A84" s="1">
-        <x:v>45832.8236574074</x:v>
+        <x:v>45880.8266898148</x:v>
       </x:c>
       <x:c r="B84" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C84" s="0">
-        <x:v>3.8</x:v>
+        <x:v>3.73</x:v>
       </x:c>
       <x:c r="D84" s="0">
-        <x:v>4834.155</x:v>
+        <x:v>4936.815</x:v>
       </x:c>
       <x:c r="E84" s="0">
-        <x:v>3333.9</x:v>
+        <x:v>3404.7</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:5">
       <x:c r="A85" s="1">
-        <x:v>45831.824849537</x:v>
+        <x:v>45877.8247916667</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C85" s="0">
-        <x:v>3.67</x:v>
+        <x:v>3.55</x:v>
       </x:c>
       <x:c r="D85" s="0">
-        <x:v>4922.75</x:v>
+        <x:v>5062.385</x:v>
       </x:c>
       <x:c r="E85" s="0">
-        <x:v>3395</x:v>
+        <x:v>3491.3</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:5">
       <x:c r="A86" s="1">
-        <x:v>45828.8266898148</x:v>
+        <x:v>45876.8256018519</x:v>
       </x:c>
       <x:c r="B86" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C86" s="0">
-        <x:v>3.69</x:v>
+        <x:v>3.63</x:v>
       </x:c>
       <x:c r="D86" s="0">
-        <x:v>4909.265</x:v>
+        <x:v>5007.865</x:v>
       </x:c>
       <x:c r="E86" s="0">
-        <x:v>3385.7</x:v>
+        <x:v>3453.7</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:5">
       <x:c r="A87" s="1">
-        <x:v>45826.8327199074</x:v>
+        <x:v>45875.8240277778</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C87" s="0">
-        <x:v>3.64</x:v>
+        <x:v>3.67</x:v>
       </x:c>
       <x:c r="D87" s="0">
-        <x:v>4941.745</x:v>
+        <x:v>4978.43</x:v>
       </x:c>
       <x:c r="E87" s="0">
-        <x:v>3408.1</x:v>
+        <x:v>3433.4</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:5">
       <x:c r="A88" s="1">
-        <x:v>45825.8232986111</x:v>
+        <x:v>45874.8240277778</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C88" s="0">
-        <x:v>3.64</x:v>
+        <x:v>3.67</x:v>
       </x:c>
       <x:c r="D88" s="0">
-        <x:v>4940.005</x:v>
+        <x:v>4980.315</x:v>
       </x:c>
       <x:c r="E88" s="0">
-        <x:v>3406.9</x:v>
+        <x:v>3434.7</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:5">
       <x:c r="A89" s="1">
-        <x:v>45824.8368171296</x:v>
+        <x:v>45873.826400463</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C89" s="0">
-        <x:v>3.62</x:v>
+        <x:v>3.69</x:v>
       </x:c>
       <x:c r="D89" s="0">
-        <x:v>4955.085</x:v>
+        <x:v>4968.28</x:v>
       </x:c>
       <x:c r="E89" s="0">
-        <x:v>3417.3</x:v>
+        <x:v>3426.4</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:5">
       <x:c r="A90" s="1">
-        <x:v>45821.829849537</x:v>
+        <x:v>45870.8315162037</x:v>
       </x:c>
       <x:c r="B90" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C90" s="0">
-        <x:v>3.55</x:v>
+        <x:v>3.75</x:v>
       </x:c>
       <x:c r="D90" s="0">
-        <x:v>5006.56</x:v>
+        <x:v>4929.71</x:v>
       </x:c>
       <x:c r="E90" s="0">
-        <x:v>3452.8</x:v>
+        <x:v>3399.8</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:5">
       <x:c r="A91" s="1">
-        <x:v>45820.8297916667</x:v>
+        <x:v>45869.8289814815</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C91" s="0">
-        <x:v>3.66</x:v>
+        <x:v>3.87</x:v>
       </x:c>
       <x:c r="D91" s="0">
-        <x:v>4933.48</x:v>
+        <x:v>4855.47</x:v>
       </x:c>
       <x:c r="E91" s="0">
-        <x:v>3402.4</x:v>
+        <x:v>3348.6</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:5">
       <x:c r="A92" s="1">
-        <x:v>45819.834537037</x:v>
+        <x:v>45868.8234722222</x:v>
       </x:c>
       <x:c r="B92" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C92" s="0">
-        <x:v>3.79</x:v>
+        <x:v>3.86</x:v>
       </x:c>
       <x:c r="D92" s="0">
-        <x:v>4848.365</x:v>
+        <x:v>4861.56</x:v>
       </x:c>
       <x:c r="E92" s="0">
-        <x:v>3343.7</x:v>
+        <x:v>3352.8</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:5">
       <x:c r="A93" s="1">
-        <x:v>45818.8240972222</x:v>
+        <x:v>45867.8250694444</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C93" s="0">
         <x:v>3.79</x:v>
       </x:c>
       <x:c r="D93" s="0">
-        <x:v>4847.93</x:v>
+        <x:v>4902.74</x:v>
       </x:c>
       <x:c r="E93" s="0">
-        <x:v>3343.4</x:v>
+        <x:v>3381.2</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:5">
       <x:c r="A94" s="1">
-        <x:v>45817.8239351852</x:v>
+        <x:v>45866.8322916667</x:v>
       </x:c>
       <x:c r="B94" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C94" s="0">
-        <x:v>3.76</x:v>
+        <x:v>3.82</x:v>
       </x:c>
       <x:c r="D94" s="0">
-        <x:v>4864.605</x:v>
+        <x:v>4883.6</x:v>
       </x:c>
       <x:c r="E94" s="0">
-        <x:v>3354.9</x:v>
+        <x:v>3368</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:5">
       <x:c r="A95" s="1">
-        <x:v>45814.8280208333</x:v>
+        <x:v>45863.8404050926</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C95" s="0">
-        <x:v>3.78</x:v>
+        <x:v>3.77</x:v>
       </x:c>
       <x:c r="D95" s="0">
-        <x:v>4852.57</x:v>
+        <x:v>4919.125</x:v>
       </x:c>
       <x:c r="E95" s="0">
-        <x:v>3346.6</x:v>
+        <x:v>3392.5</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:5">
       <x:c r="A96" s="1">
-        <x:v>45813.8231828704</x:v>
+        <x:v>45862.8566319444</x:v>
       </x:c>
       <x:c r="B96" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C96" s="0">
-        <x:v>3.72</x:v>
+        <x:v>3.69</x:v>
       </x:c>
       <x:c r="D96" s="0">
-        <x:v>4893.895</x:v>
+        <x:v>4975.095</x:v>
       </x:c>
       <x:c r="E96" s="0">
-        <x:v>3375.1</x:v>
+        <x:v>3373.5</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:5">
       <x:c r="A97" s="1">
-        <x:v>45812.8567824074</x:v>
+        <x:v>45861.8323611111</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C97" s="0">
-        <x:v>3.67</x:v>
+        <x:v>3.64</x:v>
       </x:c>
       <x:c r="D97" s="0">
-        <x:v>4928.84</x:v>
+        <x:v>4926.52</x:v>
       </x:c>
       <x:c r="E97" s="0">
-        <x:v>3399.2</x:v>
+        <x:v>3397.6</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:5">
       <x:c r="A98" s="1">
-        <x:v>45811.8941550926</x:v>
+        <x:v>45860.8328125</x:v>
       </x:c>
       <x:c r="B98" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C98" s="0">
-        <x:v>3.72</x:v>
+        <x:v>3.54</x:v>
       </x:c>
       <x:c r="D98" s="0">
-        <x:v>4896.795</x:v>
+        <x:v>4993.365</x:v>
       </x:c>
       <x:c r="E98" s="0">
-        <x:v>3377.1</x:v>
+        <x:v>3443.7</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:5">
       <x:c r="A99" s="1">
-        <x:v>45811.8794328704</x:v>
+        <x:v>45859.8410185185</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C99" s="0">
-        <x:v>3.72</x:v>
+        <x:v>3.62</x:v>
       </x:c>
       <x:c r="D99" s="0">
-        <x:v>4896.795</x:v>
+        <x:v>4939.28</x:v>
       </x:c>
       <x:c r="E99" s="0">
-        <x:v>3377.1</x:v>
+        <x:v>3406.4</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:5">
       <x:c r="A100" s="1">
-        <x:v>45810.8625347222</x:v>
+        <x:v>45856.8230671296</x:v>
       </x:c>
       <x:c r="B100" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C100" s="0">
-        <x:v>3.67</x:v>
+        <x:v>3.73</x:v>
       </x:c>
       <x:c r="D100" s="0">
-        <x:v>4925.94</x:v>
+        <x:v>4869.535</x:v>
       </x:c>
       <x:c r="E100" s="0">
-        <x:v>3397.2</x:v>
+        <x:v>3358.3</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:5">
       <x:c r="A101" s="1">
-        <x:v>45810.8250462963</x:v>
+        <x:v>45855.8238541667</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C101" s="0">
-        <x:v>3.67</x:v>
+        <x:v>3.76</x:v>
       </x:c>
       <x:c r="D101" s="0">
-        <x:v>4925.94</x:v>
+        <x:v>4850.685</x:v>
       </x:c>
       <x:c r="E101" s="0">
-        <x:v>3397.2</x:v>
+        <x:v>3345.3</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:5">
       <x:c r="A102" s="1">
-        <x:v>45800.8238541667</x:v>
+        <x:v>45854.8590046296</x:v>
       </x:c>
       <x:c r="B102" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C102" s="0">
-        <x:v>3.69</x:v>
+        <x:v>3.73</x:v>
       </x:c>
       <x:c r="D102" s="0">
-        <x:v>4922.025</x:v>
+        <x:v>4870.695</x:v>
       </x:c>
       <x:c r="E102" s="0">
-        <x:v>3394.5</x:v>
+        <x:v>3359.1</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:5">
       <x:c r="A103" s="1">
-        <x:v>45799.8239583333</x:v>
+        <x:v>45853.8525810185</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C103" s="0">
-        <x:v>3.86</x:v>
+        <x:v>3.78</x:v>
       </x:c>
       <x:c r="D103" s="0">
-        <x:v>4819.22</x:v>
+        <x:v>4838.215</x:v>
       </x:c>
       <x:c r="E103" s="0">
-        <x:v>3295</x:v>
+        <x:v>3336.7</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:5">
       <x:c r="A104" s="1">
-        <x:v>45798.8240856481</x:v>
+        <x:v>45852.8231018518</x:v>
       </x:c>
       <x:c r="B104" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C104" s="0">
-        <x:v>3.82</x:v>
+        <x:v>3.73</x:v>
       </x:c>
       <x:c r="D104" s="0">
-        <x:v>4804.575</x:v>
+        <x:v>4870.695</x:v>
       </x:c>
       <x:c r="E104" s="0">
-        <x:v>3313.5</x:v>
+        <x:v>3359.1</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:5">
       <x:c r="A105" s="1">
-        <x:v>45797.8268402778</x:v>
+        <x:v>45849.8239930556</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C105" s="0">
-        <x:v>3.89</x:v>
+        <x:v>3.72</x:v>
       </x:c>
       <x:c r="D105" s="0">
-        <x:v>4762.67</x:v>
+        <x:v>4877.8</x:v>
       </x:c>
       <x:c r="E105" s="0">
-        <x:v>3284.6</x:v>
+        <x:v>3364</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:5">
       <x:c r="A106" s="1">
-        <x:v>45796.8311111111</x:v>
+        <x:v>45848.8285532407</x:v>
       </x:c>
       <x:c r="B106" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C106" s="0">
-        <x:v>4.01</x:v>
+        <x:v>3.81</x:v>
       </x:c>
       <x:c r="D106" s="0">
-        <x:v>4688.575</x:v>
+        <x:v>4822.265</x:v>
       </x:c>
       <x:c r="E106" s="0">
-        <x:v>3233.5</x:v>
+        <x:v>3325.7</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:5">
       <x:c r="A107" s="1">
-        <x:v>45793.8237384259</x:v>
+        <x:v>45847.8235763889</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C107" s="0">
-        <x:v>4.13</x:v>
+        <x:v>3.82</x:v>
       </x:c>
       <x:c r="D107" s="0">
-        <x:v>4621.44</x:v>
+        <x:v>4815.45</x:v>
       </x:c>
       <x:c r="E107" s="0">
-        <x:v>3187.2</x:v>
+        <x:v>3321</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:5">
       <x:c r="A108" s="1">
-        <x:v>45792.8270833333</x:v>
+        <x:v>45846.8267939815</x:v>
       </x:c>
       <x:c r="B108" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C108" s="0">
-        <x:v>4.03</x:v>
+        <x:v>3.83</x:v>
       </x:c>
       <x:c r="D108" s="0">
-        <x:v>4678.57</x:v>
+        <x:v>4809.505</x:v>
       </x:c>
       <x:c r="E108" s="0">
-        <x:v>3226.6</x:v>
+        <x:v>3316.9</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:5">
       <x:c r="A109" s="1">
-        <x:v>45791.8231828704</x:v>
+        <x:v>45845.8307523148</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C109" s="0">
-        <x:v>4.13</x:v>
+        <x:v>3.77</x:v>
       </x:c>
       <x:c r="D109" s="0">
-        <x:v>4623.035</x:v>
+        <x:v>4847.06</x:v>
       </x:c>
       <x:c r="E109" s="0">
-        <x:v>3188.3</x:v>
+        <x:v>3342.8</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:5">
       <x:c r="A110" s="1">
-        <x:v>45790.8249884259</x:v>
+        <x:v>45841.8258333333</x:v>
       </x:c>
       <x:c r="B110" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C110" s="0">
-        <x:v>3.99</x:v>
+        <x:v>3.77</x:v>
       </x:c>
       <x:c r="D110" s="0">
-        <x:v>4709.31</x:v>
+        <x:v>4847.205</x:v>
       </x:c>
       <x:c r="E110" s="0">
-        <x:v>3247.8</x:v>
+        <x:v>3342.9</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:5">
       <x:c r="A111" s="1">
-        <x:v>45789.8237962963</x:v>
+        <x:v>45840.8229050926</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C111" s="0">
-        <x:v>4.04</x:v>
+        <x:v>3.73</x:v>
       </x:c>
       <x:c r="D111" s="0">
-        <x:v>4680.6</x:v>
+        <x:v>4871.565</x:v>
       </x:c>
       <x:c r="E111" s="0">
-        <x:v>3228</x:v>
+        <x:v>3359.7</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:5">
       <x:c r="A112" s="1">
-        <x:v>45786.8321296296</x:v>
+        <x:v>45839.8275694444</x:v>
       </x:c>
       <x:c r="B112" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C112" s="0">
-        <x:v>3.78</x:v>
+        <x:v>3.75</x:v>
       </x:c>
       <x:c r="D112" s="0">
-        <x:v>4848.8</x:v>
+        <x:v>4857.21</x:v>
       </x:c>
       <x:c r="E112" s="0">
-        <x:v>3344</x:v>
+        <x:v>3349.8</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:5">
       <x:c r="A113" s="1">
-        <x:v>45785.8261805556</x:v>
+        <x:v>45838.8345601852</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C113" s="0">
-        <x:v>3.87</x:v>
+        <x:v>3.85</x:v>
       </x:c>
       <x:c r="D113" s="0">
-        <x:v>4793.7</x:v>
+        <x:v>4796.165</x:v>
       </x:c>
       <x:c r="E113" s="0">
-        <x:v>3306</x:v>
+        <x:v>3307.7</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:5">
       <x:c r="A114" s="1">
-        <x:v>45784.8969560185</x:v>
+        <x:v>45835.8364699074</x:v>
       </x:c>
       <x:c r="B114" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C114" s="0">
-        <x:v>3.68</x:v>
+        <x:v>3.9</x:v>
       </x:c>
       <x:c r="D114" s="0">
-        <x:v>4918.255</x:v>
+        <x:v>4767.02</x:v>
       </x:c>
       <x:c r="E114" s="0">
-        <x:v>3391.9</x:v>
+        <x:v>3287.6</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:5">
       <x:c r="A115" s="1">
-        <x:v>45784.852962963</x:v>
+        <x:v>45834.841712963</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C115" s="0">
-        <x:v>3.68</x:v>
+        <x:v>3.76</x:v>
       </x:c>
       <x:c r="D115" s="0">
-        <x:v>4918.255</x:v>
+        <x:v>4854.6</x:v>
       </x:c>
       <x:c r="E115" s="0">
-        <x:v>3391.9</x:v>
+        <x:v>3348</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:5">
       <x:c r="A116" s="1">
-        <x:v>45783.8302430556</x:v>
+        <x:v>45833.8280902778</x:v>
       </x:c>
       <x:c r="B116" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C116" s="0">
-        <x:v>3.61</x:v>
+        <x:v>3.78</x:v>
       </x:c>
       <x:c r="D116" s="0">
-        <x:v>4963.06</x:v>
+        <x:v>4847.495</x:v>
       </x:c>
       <x:c r="E116" s="0">
-        <x:v>3422.8</x:v>
+        <x:v>3343.1</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:5">
       <x:c r="A117" s="1">
-        <x:v>45777.8390162037</x:v>
+        <x:v>45832.8236574074</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C117" s="0">
-        <x:v>3.87</x:v>
+        <x:v>3.8</x:v>
       </x:c>
       <x:c r="D117" s="0">
-        <x:v>4812.695</x:v>
+        <x:v>4834.155</x:v>
       </x:c>
       <x:c r="E117" s="0">
-        <x:v>3319.1</x:v>
+        <x:v>3333.9</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:5">
       <x:c r="A118" s="1">
-        <x:v>45776.8444212963</x:v>
+        <x:v>45831.824849537</x:v>
       </x:c>
       <x:c r="B118" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C118" s="0">
-        <x:v>3.84</x:v>
+        <x:v>3.67</x:v>
       </x:c>
       <x:c r="D118" s="0">
-        <x:v>4833.72</x:v>
+        <x:v>4922.75</x:v>
       </x:c>
       <x:c r="E118" s="0">
-        <x:v>3333.6</x:v>
+        <x:v>3395</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:5">
       <x:c r="A119" s="1">
-        <x:v>45775.8451273148</x:v>
+        <x:v>45828.8266898148</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C119" s="0">
-        <x:v>3.8</x:v>
+        <x:v>3.69</x:v>
       </x:c>
       <x:c r="D119" s="0">
-        <x:v>4854.165</x:v>
+        <x:v>4909.265</x:v>
       </x:c>
       <x:c r="E119" s="0">
-        <x:v>3347.7</x:v>
+        <x:v>3385.7</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:5">
       <x:c r="A120" s="1">
-        <x:v>45772.8239930556</x:v>
+        <x:v>45826.8327199074</x:v>
       </x:c>
       <x:c r="B120" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C120" s="0">
-        <x:v>3.92</x:v>
+        <x:v>3.64</x:v>
       </x:c>
       <x:c r="D120" s="0">
-        <x:v>4782.68</x:v>
+        <x:v>4941.745</x:v>
       </x:c>
       <x:c r="E120" s="0">
-        <x:v>3298.4</x:v>
+        <x:v>3408.1</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:5">
       <x:c r="A121" s="1">
-        <x:v>45771.831412037</x:v>
+        <x:v>45825.8232986111</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C121" s="0">
-        <x:v>3.81</x:v>
+        <x:v>3.64</x:v>
       </x:c>
       <x:c r="D121" s="0">
-        <x:v>4855.47</x:v>
+        <x:v>4940.005</x:v>
       </x:c>
       <x:c r="E121" s="0">
-        <x:v>3348.6</x:v>
+        <x:v>3406.9</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:5">
       <x:c r="A122" s="1">
-        <x:v>45770.8295833333</x:v>
+        <x:v>45824.8368171296</x:v>
       </x:c>
       <x:c r="B122" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C122" s="0">
-        <x:v>3.94</x:v>
+        <x:v>3.62</x:v>
       </x:c>
       <x:c r="D122" s="0">
-        <x:v>4776.445</x:v>
+        <x:v>4955.085</x:v>
       </x:c>
       <x:c r="E122" s="0">
-        <x:v>3294.1</x:v>
+        <x:v>3417.3</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:5">
       <x:c r="A123" s="1">
-        <x:v>45769.8284490741</x:v>
+        <x:v>45821.829849537</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C123" s="0">
-        <x:v>3.67</x:v>
+        <x:v>3.55</x:v>
       </x:c>
       <x:c r="D123" s="0">
-        <x:v>4958.13</x:v>
+        <x:v>5006.56</x:v>
       </x:c>
       <x:c r="E123" s="0">
-        <x:v>3419.4</x:v>
+        <x:v>3452.8</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:5">
       <x:c r="A124" s="1">
-        <x:v>45764.8232175926</x:v>
+        <x:v>45820.8297916667</x:v>
       </x:c>
       <x:c r="B124" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C124" s="0">
-        <x:v>3.88</x:v>
+        <x:v>3.66</x:v>
       </x:c>
       <x:c r="D124" s="0">
-        <x:v>4826.18</x:v>
+        <x:v>4933.48</x:v>
       </x:c>
       <x:c r="E124" s="0">
-        <x:v>3328.4</x:v>
+        <x:v>3402.4</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:5">
       <x:c r="A125" s="1">
-        <x:v>45763.8254282407</x:v>
+        <x:v>45819.834537037</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C125" s="0">
-        <x:v>3.84</x:v>
+        <x:v>3.79</x:v>
       </x:c>
       <x:c r="D125" s="0">
-        <x:v>4852.28</x:v>
+        <x:v>4848.365</x:v>
       </x:c>
       <x:c r="E125" s="0">
-        <x:v>3346.4</x:v>
+        <x:v>3343.7</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:5">
       <x:c r="A126" s="1">
-        <x:v>45762.8233796296</x:v>
+        <x:v>45818.8240972222</x:v>
       </x:c>
       <x:c r="B126" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C126" s="0">
-        <x:v>4.11</x:v>
+        <x:v>3.79</x:v>
       </x:c>
       <x:c r="D126" s="0">
-        <x:v>4698.58</x:v>
+        <x:v>4847.93</x:v>
       </x:c>
       <x:c r="E126" s="0">
-        <x:v>3240.4</x:v>
+        <x:v>3343.4</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:5">
       <x:c r="A127" s="1">
-        <x:v>45761.823275463</x:v>
+        <x:v>45817.8239351852</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C127" s="0">
-        <x:v>4.15</x:v>
+        <x:v>3.76</x:v>
       </x:c>
       <x:c r="D127" s="0">
-        <x:v>4678.135</x:v>
+        <x:v>4864.605</x:v>
       </x:c>
       <x:c r="E127" s="0">
-        <x:v>3226.3</x:v>
+        <x:v>3354.9</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:5">
       <x:c r="A128" s="1">
-        <x:v>45758.8246875</x:v>
+        <x:v>45814.8280208333</x:v>
       </x:c>
       <x:c r="B128" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C128" s="0">
-        <x:v>4.1</x:v>
+        <x:v>3.78</x:v>
       </x:c>
       <x:c r="D128" s="0">
-        <x:v>4704.67</x:v>
+        <x:v>4852.57</x:v>
       </x:c>
       <x:c r="E128" s="0">
-        <x:v>3244.6</x:v>
+        <x:v>3346.6</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:5">
       <x:c r="A129" s="1">
-        <x:v>45757.8457407407</x:v>
+        <x:v>45813.8231828704</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C129" s="0">
-        <x:v>4.28</x:v>
+        <x:v>3.72</x:v>
       </x:c>
       <x:c r="D129" s="0">
-        <x:v>4607.375</x:v>
+        <x:v>4893.895</x:v>
       </x:c>
       <x:c r="E129" s="0">
-        <x:v>3177.5</x:v>
+        <x:v>3375.1</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:5">
       <x:c r="A130" s="1">
-        <x:v>45756.8241319444</x:v>
+        <x:v>45812.8567824074</x:v>
       </x:c>
       <x:c r="B130" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C130" s="0">
-        <x:v>4.57</x:v>
+        <x:v>3.67</x:v>
       </x:c>
       <x:c r="D130" s="0">
-        <x:v>4465.13</x:v>
+        <x:v>4928.84</x:v>
       </x:c>
       <x:c r="E130" s="0">
-        <x:v>3079.4</x:v>
+        <x:v>3399.2</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:5">
       <x:c r="A131" s="1">
-        <x:v>45755.8404282407</x:v>
+        <x:v>45811.8941550926</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C131" s="0">
-        <x:v>4.86</x:v>
+        <x:v>3.72</x:v>
       </x:c>
       <x:c r="D131" s="0">
-        <x:v>4335.79</x:v>
+        <x:v>4896.795</x:v>
       </x:c>
       <x:c r="E131" s="0">
-        <x:v>2990.2</x:v>
+        <x:v>3377.1</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:5">
       <x:c r="A132" s="1">
-        <x:v>45754.8234259259</x:v>
+        <x:v>45811.8794328704</x:v>
       </x:c>
       <x:c r="B132" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C132" s="0">
-        <x:v>4.92</x:v>
+        <x:v>3.72</x:v>
       </x:c>
       <x:c r="D132" s="0">
-        <x:v>4311.72</x:v>
+        <x:v>4896.795</x:v>
       </x:c>
       <x:c r="E132" s="0">
-        <x:v>2973.6</x:v>
+        <x:v>3377.1</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:5">
       <x:c r="A133" s="1">
-        <x:v>45751.8240393518</x:v>
+        <x:v>45810.8625347222</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C133" s="0">
-        <x:v>4.73</x:v>
+        <x:v>3.67</x:v>
       </x:c>
       <x:c r="D133" s="0">
-        <x:v>4401.33</x:v>
+        <x:v>4925.94</x:v>
       </x:c>
       <x:c r="E133" s="0">
-        <x:v>3035.4</x:v>
+        <x:v>3397.2</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:5">
       <x:c r="A134" s="1">
-        <x:v>45750.8321643519</x:v>
+        <x:v>45810.8250462963</x:v>
       </x:c>
       <x:c r="B134" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C134" s="0">
-        <x:v>4.48</x:v>
+        <x:v>3.67</x:v>
       </x:c>
       <x:c r="D134" s="0">
-        <x:v>4526.465</x:v>
+        <x:v>4925.94</x:v>
       </x:c>
       <x:c r="E134" s="0">
-        <x:v>3121.7</x:v>
+        <x:v>3397.2</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:5">
       <x:c r="A135" s="1">
-        <x:v>45749.8250115741</x:v>
+        <x:v>45800.8238541667</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C135" s="0">
-        <x:v>4.36</x:v>
+        <x:v>3.69</x:v>
       </x:c>
       <x:c r="D135" s="0">
-        <x:v>4590.99</x:v>
+        <x:v>4922.025</x:v>
       </x:c>
       <x:c r="E135" s="0">
-        <x:v>3166.2</x:v>
+        <x:v>3394.5</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:5">
       <x:c r="A136" s="1">
-        <x:v>45748.8360069444</x:v>
+        <x:v>45799.8239583333</x:v>
       </x:c>
       <x:c r="B136" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C136" s="0">
-        <x:v>4.41</x:v>
+        <x:v>3.86</x:v>
       </x:c>
       <x:c r="D136" s="0">
-        <x:v>4561.7</x:v>
+        <x:v>4819.22</x:v>
       </x:c>
       <x:c r="E136" s="0">
-        <x:v>3146</x:v>
+        <x:v>3295</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:5">
       <x:c r="A137" s="1">
-        <x:v>45747.8232175926</x:v>
+        <x:v>45798.8240856481</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C137" s="0">
-        <x:v>4.4</x:v>
+        <x:v>3.82</x:v>
       </x:c>
       <x:c r="D137" s="0">
-        <x:v>4567.935</x:v>
+        <x:v>4804.575</x:v>
       </x:c>
       <x:c r="E137" s="0">
-        <x:v>3150.3</x:v>
+        <x:v>3313.5</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:5">
       <x:c r="A138" s="1">
-        <x:v>45744.7828240741</x:v>
+        <x:v>45797.8268402778</x:v>
       </x:c>
       <x:c r="B138" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C138" s="0">
-        <x:v>4.51</x:v>
+        <x:v>3.89</x:v>
       </x:c>
       <x:c r="D138" s="0">
-        <x:v>4515.735</x:v>
+        <x:v>4762.67</x:v>
       </x:c>
       <x:c r="E138" s="0">
-        <x:v>3114.3</x:v>
+        <x:v>3284.6</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:5">
       <x:c r="A139" s="1">
-        <x:v>45743.7837962963</x:v>
+        <x:v>45796.8311111111</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C139" s="0">
-        <x:v>4.58</x:v>
+        <x:v>4.01</x:v>
       </x:c>
       <x:c r="D139" s="0">
-        <x:v>4481.805</x:v>
+        <x:v>4688.575</x:v>
       </x:c>
       <x:c r="E139" s="0">
-        <x:v>3090.9</x:v>
+        <x:v>3233.5</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:5">
       <x:c r="A140" s="1">
-        <x:v>45742.7861921296</x:v>
+        <x:v>45793.8237384259</x:v>
       </x:c>
       <x:c r="B140" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C140" s="0">
-        <x:v>4.7</x:v>
+        <x:v>4.13</x:v>
       </x:c>
       <x:c r="D140" s="0">
-        <x:v>4425.835</x:v>
+        <x:v>4621.44</x:v>
       </x:c>
       <x:c r="E140" s="0">
-        <x:v>3052.3</x:v>
+        <x:v>3187.2</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:5">
       <x:c r="A141" s="1">
-        <x:v>45741.7817013889</x:v>
+        <x:v>45792.8270833333</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C141" s="0">
-        <x:v>4.69</x:v>
+        <x:v>4.03</x:v>
       </x:c>
       <x:c r="D141" s="0">
-        <x:v>4428.735</x:v>
+        <x:v>4678.57</x:v>
       </x:c>
       <x:c r="E141" s="0">
-        <x:v>3054.3</x:v>
+        <x:v>3226.6</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:5">
       <x:c r="A142" s="1">
-        <x:v>45740.7859722222</x:v>
+        <x:v>45791.8231828704</x:v>
       </x:c>
       <x:c r="B142" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C142" s="0">
-        <x:v>4.72</x:v>
+        <x:v>4.13</x:v>
       </x:c>
       <x:c r="D142" s="0">
-        <x:v>4413.8</x:v>
+        <x:v>4623.035</x:v>
       </x:c>
       <x:c r="E142" s="0">
-        <x:v>3015.6</x:v>
+        <x:v>3188.3</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:5">
       <x:c r="A143" s="1">
-        <x:v>45737.7845486111</x:v>
+        <x:v>45790.8249884259</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C143" s="0">
-        <x:v>4.7</x:v>
+        <x:v>3.99</x:v>
       </x:c>
       <x:c r="D143" s="0">
-        <x:v>4381.03</x:v>
+        <x:v>4709.31</x:v>
       </x:c>
       <x:c r="E143" s="0">
-        <x:v>3021.4</x:v>
+        <x:v>3247.8</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:5">
       <x:c r="A144" s="1">
-        <x:v>45736.7837268518</x:v>
+        <x:v>45789.8237962963</x:v>
       </x:c>
       <x:c r="B144" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C144" s="0">
-        <x:v>4.64</x:v>
+        <x:v>4.04</x:v>
       </x:c>
       <x:c r="D144" s="0">
-        <x:v>4413.51</x:v>
+        <x:v>4680.6</x:v>
       </x:c>
       <x:c r="E144" s="0">
-        <x:v>3043.8</x:v>
+        <x:v>3228</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:5">
       <x:c r="A145" s="1">
-        <x:v>45735.7843634259</x:v>
+        <x:v>45786.8321296296</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C145" s="0">
-        <x:v>4.64</x:v>
+        <x:v>3.78</x:v>
       </x:c>
       <x:c r="D145" s="0">
-        <x:v>4409.74</x:v>
+        <x:v>4848.8</x:v>
       </x:c>
       <x:c r="E145" s="0">
-        <x:v>0</x:v>
+        <x:v>3344</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:5">
       <x:c r="A146" s="1">
-        <x:v>45734.7823032407</x:v>
+        <x:v>45785.8261805556</x:v>
       </x:c>
       <x:c r="B146" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C146" s="0">
-        <x:v>4.65</x:v>
+        <x:v>3.87</x:v>
       </x:c>
       <x:c r="D146" s="0">
-        <x:v>4409.16</x:v>
+        <x:v>4793.7</x:v>
       </x:c>
       <x:c r="E146" s="0">
-        <x:v>3040.8</x:v>
+        <x:v>3306</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:5">
       <x:c r="A147" s="1">
-        <x:v>45733.7827314815</x:v>
+        <x:v>45784.8969560185</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C147" s="0">
-        <x:v>4.76</x:v>
+        <x:v>3.68</x:v>
       </x:c>
       <x:c r="D147" s="0">
-        <x:v>4358.845</x:v>
+        <x:v>4918.255</x:v>
       </x:c>
       <x:c r="E147" s="0">
-        <x:v>3006.1</x:v>
+        <x:v>3391.9</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:5">
       <x:c r="A148" s="1">
-        <x:v>45730.7910763889</x:v>
+        <x:v>45784.852962963</x:v>
       </x:c>
       <x:c r="B148" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C148" s="0">
-        <x:v>4.77</x:v>
+        <x:v>3.68</x:v>
       </x:c>
       <x:c r="D148" s="0">
-        <x:v>4337.385</x:v>
+        <x:v>4918.255</x:v>
       </x:c>
       <x:c r="E148" s="0">
-        <x:v>3001.1</x:v>
+        <x:v>3391.9</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:5">
       <x:c r="A149" s="1">
-        <x:v>45729.7816666667</x:v>
+        <x:v>45783.8302430556</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C149" s="0">
-        <x:v>4.8</x:v>
+        <x:v>3.61</x:v>
       </x:c>
       <x:c r="D149" s="0">
-        <x:v>4337.385</x:v>
+        <x:v>4963.06</x:v>
       </x:c>
       <x:c r="E149" s="0">
-        <x:v>0</x:v>
+        <x:v>3422.8</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:5">
       <x:c r="A150" s="1">
-        <x:v>45728.8243171296</x:v>
+        <x:v>45777.8390162037</x:v>
       </x:c>
       <x:c r="B150" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C150" s="0">
-        <x:v>4.95</x:v>
+        <x:v>3.87</x:v>
       </x:c>
       <x:c r="D150" s="0">
-        <x:v>4272.86</x:v>
+        <x:v>4812.695</x:v>
       </x:c>
       <x:c r="E150" s="0">
-        <x:v>0</x:v>
+        <x:v>3319.1</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:5">
       <x:c r="A151" s="1">
-        <x:v>45727.7837384259</x:v>
+        <x:v>45776.8444212963</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C151" s="0">
-        <x:v>5.04</x:v>
+        <x:v>3.84</x:v>
       </x:c>
       <x:c r="D151" s="0">
-        <x:v>4235.305</x:v>
+        <x:v>4833.72</x:v>
       </x:c>
       <x:c r="E151" s="0">
-        <x:v>2920.9</x:v>
+        <x:v>3333.6</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:5">
       <x:c r="A152" s="1">
-        <x:v>45726.7915162037</x:v>
+        <x:v>45775.8451273148</x:v>
       </x:c>
       <x:c r="B152" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C152" s="0">
-        <x:v>5.12</x:v>
+        <x:v>3.8</x:v>
       </x:c>
       <x:c r="D152" s="0">
-        <x:v>4225.445</x:v>
+        <x:v>4854.165</x:v>
       </x:c>
       <x:c r="E152" s="0">
-        <x:v>2914.1</x:v>
+        <x:v>3347.7</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:5">
       <x:c r="A153" s="1">
-        <x:v>45723.8240162037</x:v>
+        <x:v>45772.8239930556</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C153" s="0">
-        <x:v>5.07</x:v>
+        <x:v>3.92</x:v>
       </x:c>
       <x:c r="D153" s="0">
-        <x:v>4243.57</x:v>
+        <x:v>4782.68</x:v>
       </x:c>
       <x:c r="E153" s="0">
-        <x:v>2926.6</x:v>
+        <x:v>3298.4</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:5">
       <x:c r="A154" s="1">
-        <x:v>45722.8262152778</x:v>
+        <x:v>45771.831412037</x:v>
       </x:c>
       <x:c r="B154" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C154" s="0">
-        <x:v>5.03</x:v>
+        <x:v>3.81</x:v>
       </x:c>
       <x:c r="D154" s="0">
-        <x:v>4242.7</x:v>
+        <x:v>4855.47</x:v>
       </x:c>
       <x:c r="E154" s="0">
-        <x:v>2926</x:v>
+        <x:v>3348.6</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:5">
       <x:c r="A155" s="1">
-        <x:v>45721.8331018519</x:v>
+        <x:v>45770.8295833333</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C155" s="0">
-        <x:v>5.03</x:v>
+        <x:v>3.94</x:v>
       </x:c>
       <x:c r="D155" s="0">
-        <x:v>4234.87</x:v>
+        <x:v>4776.445</x:v>
       </x:c>
       <x:c r="E155" s="0">
-        <x:v>2920.6</x:v>
+        <x:v>3294.1</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:5">
       <x:c r="A156" s="1">
-        <x:v>45720.8313310185</x:v>
+        <x:v>45769.8284490741</x:v>
       </x:c>
       <x:c r="B156" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C156" s="0">
-        <x:v>5.05</x:v>
+        <x:v>3.67</x:v>
       </x:c>
       <x:c r="D156" s="0">
-        <x:v>4206.595</x:v>
+        <x:v>4958.13</x:v>
       </x:c>
       <x:c r="E156" s="0">
-        <x:v>2901.1</x:v>
+        <x:v>3419.4</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:5">
       <x:c r="A157" s="1">
-        <x:v>45719.8271180556</x:v>
+        <x:v>45764.8232175926</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C157" s="0">
-        <x:v>5.12</x:v>
+        <x:v>3.88</x:v>
       </x:c>
       <x:c r="D157" s="0">
-        <x:v>4130.325</x:v>
+        <x:v>4826.18</x:v>
       </x:c>
       <x:c r="E157" s="0">
-        <x:v>2848.5</x:v>
+        <x:v>3328.4</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:5">
       <x:c r="A158" s="1">
-        <x:v>45716.8229976852</x:v>
+        <x:v>45763.8254282407</x:v>
       </x:c>
       <x:c r="B158" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C158" s="0">
-        <x:v>5.31</x:v>
+        <x:v>3.84</x:v>
       </x:c>
       <x:c r="D158" s="0">
-        <x:v>4199.055</x:v>
+        <x:v>4852.28</x:v>
       </x:c>
       <x:c r="E158" s="0">
-        <x:v>2895.9</x:v>
+        <x:v>3346.4</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:5">
       <x:c r="A159" s="1">
-        <x:v>45715.8247916667</x:v>
+        <x:v>45762.8233796296</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C159" s="0">
-        <x:v>5.15</x:v>
+        <x:v>4.11</x:v>
       </x:c>
       <x:c r="D159" s="0">
-        <x:v>4249.37</x:v>
+        <x:v>4698.58</x:v>
       </x:c>
       <x:c r="E159" s="0">
-        <x:v>2930.6</x:v>
+        <x:v>3240.4</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:5">
       <x:c r="A160" s="1">
-        <x:v>45714.8278240741</x:v>
+        <x:v>45761.823275463</x:v>
       </x:c>
       <x:c r="B160" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C160" s="0">
-        <x:v>5.03</x:v>
+        <x:v>4.15</x:v>
       </x:c>
       <x:c r="D160" s="0">
-        <x:v>4232.26</x:v>
+        <x:v>4678.135</x:v>
       </x:c>
       <x:c r="E160" s="0">
-        <x:v>2918.8</x:v>
+        <x:v>3226.3</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:5">
       <x:c r="A161" s="1">
-        <x:v>45713.8232638889</x:v>
+        <x:v>45758.8246875</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C161" s="0">
-        <x:v>5.07</x:v>
+        <x:v>4.1</x:v>
       </x:c>
       <x:c r="D161" s="0">
-        <x:v>4296.64</x:v>
+        <x:v>4704.67</x:v>
       </x:c>
       <x:c r="E161" s="0">
-        <x:v>2963.2</x:v>
+        <x:v>3244.6</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:5">
       <x:c r="A162" s="1">
-        <x:v>45712.8270138889</x:v>
+        <x:v>45757.8457407407</x:v>
       </x:c>
       <x:c r="B162" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C162" s="0">
-        <x:v>4.92</x:v>
+        <x:v>4.28</x:v>
       </x:c>
       <x:c r="D162" s="0">
-        <x:v>4282.14</x:v>
+        <x:v>4607.375</x:v>
       </x:c>
       <x:c r="E162" s="0">
-        <x:v>2953.2</x:v>
+        <x:v>3177.5</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:5">
       <x:c r="A163" s="1">
-        <x:v>45709.8277314815</x:v>
+        <x:v>45756.8241319444</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C163" s="0">
-        <x:v>4.96</x:v>
+        <x:v>4.57</x:v>
       </x:c>
       <x:c r="D163" s="0">
-        <x:v>4286.345</x:v>
+        <x:v>4465.13</x:v>
       </x:c>
       <x:c r="E163" s="0">
-        <x:v>2956.1</x:v>
+        <x:v>3079.4</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:5">
       <x:c r="A164" s="1">
-        <x:v>45708.8285185185</x:v>
+        <x:v>45755.8404282407</x:v>
       </x:c>
       <x:c r="B164" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C164" s="0">
-        <x:v>4.95</x:v>
+        <x:v>4.86</x:v>
       </x:c>
       <x:c r="D164" s="0">
-        <x:v>4257.345</x:v>
+        <x:v>4335.79</x:v>
       </x:c>
       <x:c r="E164" s="0">
-        <x:v>2936.1</x:v>
+        <x:v>2990.2</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:5">
       <x:c r="A165" s="1">
-        <x:v>45707.8237615741</x:v>
+        <x:v>45754.8234259259</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C165" s="0">
-        <x:v>5.01</x:v>
+        <x:v>4.92</x:v>
       </x:c>
       <x:c r="D165" s="0">
-        <x:v>4276.05</x:v>
+        <x:v>4311.72</x:v>
       </x:c>
       <x:c r="E165" s="0">
-        <x:v>2949</x:v>
+        <x:v>2973.6</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:5">
       <x:c r="A166" s="1">
-        <x:v>45706.8251851852</x:v>
+        <x:v>45751.8240393518</x:v>
       </x:c>
       <x:c r="B166" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C166" s="0">
-        <x:v>4.97</x:v>
+        <x:v>4.73</x:v>
       </x:c>
       <x:c r="D166" s="0">
-        <x:v>4206.015</x:v>
+        <x:v>4401.33</x:v>
       </x:c>
       <x:c r="E166" s="0">
-        <x:v>2900.7</x:v>
+        <x:v>3035.4</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:5">
       <x:c r="A167" s="1">
-        <x:v>45702.8403703704</x:v>
+        <x:v>45750.8321643519</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C167" s="0">
-        <x:v>5.14</x:v>
+        <x:v>4.48</x:v>
       </x:c>
       <x:c r="D167" s="0">
-        <x:v>4270.83</x:v>
+        <x:v>4526.465</x:v>
       </x:c>
       <x:c r="E167" s="0">
-        <x:v>2945.4</x:v>
+        <x:v>3121.7</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:5">
       <x:c r="A168" s="1">
-        <x:v>45701.8281828704</x:v>
+        <x:v>45749.8250115741</x:v>
       </x:c>
       <x:c r="B168" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C168" s="0">
-        <x:v>4.99</x:v>
+        <x:v>4.36</x:v>
       </x:c>
       <x:c r="D168" s="0">
-        <x:v>4246.615</x:v>
+        <x:v>4590.99</x:v>
       </x:c>
       <x:c r="E168" s="0">
-        <x:v>2928.7</x:v>
+        <x:v>3166.2</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:5">
       <x:c r="A169" s="1">
-        <x:v>45700.8235069444</x:v>
+        <x:v>45748.8360069444</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C169" s="0">
-        <x:v>5.05</x:v>
+        <x:v>4.41</x:v>
       </x:c>
       <x:c r="D169" s="0">
-        <x:v>4252.27</x:v>
+        <x:v>4561.7</x:v>
       </x:c>
       <x:c r="E169" s="0">
-        <x:v>2932.6</x:v>
+        <x:v>3146</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:5">
       <x:c r="A170" s="1">
-        <x:v>45699.8243287037</x:v>
+        <x:v>45747.8232175926</x:v>
       </x:c>
       <x:c r="B170" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C170" s="0">
-        <x:v>5.04</x:v>
+        <x:v>4.4</x:v>
       </x:c>
       <x:c r="D170" s="0">
-        <x:v>4254.88</x:v>
+        <x:v>4567.935</x:v>
       </x:c>
       <x:c r="E170" s="0">
-        <x:v>2934.4</x:v>
+        <x:v>3150.3</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:5">
       <x:c r="A171" s="1">
-        <x:v>45698.8248842593</x:v>
+        <x:v>45744.7828240741</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C171" s="0">
-        <x:v>5.03</x:v>
+        <x:v>4.51</x:v>
       </x:c>
       <x:c r="D171" s="0">
-        <x:v>4254.88</x:v>
+        <x:v>4515.735</x:v>
       </x:c>
       <x:c r="E171" s="0">
-        <x:v>2934.4</x:v>
+        <x:v>3114.3</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:5">
       <x:c r="A172" s="1">
-        <x:v>45695.846875</x:v>
+        <x:v>45743.7837962963</x:v>
       </x:c>
       <x:c r="B172" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C172" s="0">
-        <x:v>5.2</x:v>
+        <x:v>4.58</x:v>
       </x:c>
       <x:c r="D172" s="0">
-        <x:v>4171.215</x:v>
+        <x:v>4481.805</x:v>
       </x:c>
       <x:c r="E172" s="0">
-        <x:v>2876.7</x:v>
+        <x:v>3090.9</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:5">
       <x:c r="A173" s="1">
-        <x:v>45694.8241666667</x:v>
+        <x:v>45742.7861921296</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C173" s="0">
-        <x:v>5.24</x:v>
+        <x:v>4.7</x:v>
       </x:c>
       <x:c r="D173" s="0">
-        <x:v>4194.85</x:v>
+        <x:v>4425.835</x:v>
       </x:c>
       <x:c r="E173" s="0">
-        <x:v>2893</x:v>
+        <x:v>3052.3</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:5">
       <x:c r="A174" s="1">
-        <x:v>45693.8335532407</x:v>
+        <x:v>45741.7817013889</x:v>
       </x:c>
       <x:c r="B174" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C174" s="0">
-        <x:v>5.18</x:v>
+        <x:v>4.69</x:v>
       </x:c>
       <x:c r="D174" s="0">
-        <x:v>4194.85</x:v>
+        <x:v>4428.735</x:v>
       </x:c>
       <x:c r="E174" s="0">
-        <x:v>2893</x:v>
+        <x:v>3054.3</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:5">
       <x:c r="A175" s="1">
-        <x:v>45692.8229976852</x:v>
+        <x:v>45740.7859722222</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C175" s="0">
-        <x:v>5.24</x:v>
+        <x:v>4.72</x:v>
       </x:c>
       <x:c r="D175" s="0">
-        <x:v>4169.91</x:v>
+        <x:v>4413.8</x:v>
       </x:c>
       <x:c r="E175" s="0">
-        <x:v>2875.8</x:v>
+        <x:v>3015.6</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:5">
       <x:c r="A176" s="1">
-        <x:v>45691.8232523148</x:v>
+        <x:v>45737.7845486111</x:v>
       </x:c>
       <x:c r="B176" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C176" s="0">
-        <x:v>5.31</x:v>
+        <x:v>4.7</x:v>
       </x:c>
       <x:c r="D176" s="0">
-        <x:v>4142.795</x:v>
+        <x:v>4381.03</x:v>
       </x:c>
       <x:c r="E176" s="0">
-        <x:v>2857.1</x:v>
+        <x:v>3021.4</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:5">
       <x:c r="A177" s="1">
-        <x:v>45688.8388078704</x:v>
+        <x:v>45736.7837268518</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C177" s="0">
-        <x:v>5.4</x:v>
+        <x:v>4.64</x:v>
       </x:c>
       <x:c r="D177" s="0">
-        <x:v>4110.75</x:v>
+        <x:v>4413.51</x:v>
       </x:c>
       <x:c r="E177" s="0">
-        <x:v>2835</x:v>
+        <x:v>3043.8</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:5">
       <x:c r="A178" s="1">
-        <x:v>45687.8256365741</x:v>
+        <x:v>45735.7843634259</x:v>
       </x:c>
       <x:c r="B178" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C178" s="0">
-        <x:v>5.36</x:v>
+        <x:v>4.64</x:v>
       </x:c>
       <x:c r="D178" s="0">
-        <x:v>4125.54</x:v>
+        <x:v>4409.74</x:v>
       </x:c>
       <x:c r="E178" s="0">
-        <x:v>2845.2</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:5">
       <x:c r="A179" s="1">
-        <x:v>45686.8259375</x:v>
+        <x:v>45734.7823032407</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C179" s="0">
-        <x:v>5.57</x:v>
+        <x:v>4.65</x:v>
       </x:c>
       <x:c r="D179" s="0">
-        <x:v>4050.575</x:v>
+        <x:v>4409.16</x:v>
       </x:c>
       <x:c r="E179" s="0">
-        <x:v>2793.5</x:v>
+        <x:v>3040.8</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:5">
       <x:c r="A180" s="1">
-        <x:v>45685.8587384259</x:v>
+        <x:v>45733.7827314815</x:v>
       </x:c>
       <x:c r="B180" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C180" s="0">
-        <x:v>5.56</x:v>
+        <x:v>4.76</x:v>
       </x:c>
       <x:c r="D180" s="0">
-        <x:v>4052.17</x:v>
+        <x:v>4358.845</x:v>
       </x:c>
       <x:c r="E180" s="0">
-        <x:v>2794.6</x:v>
+        <x:v>3006.1</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:5">
       <x:c r="A181" s="1">
-        <x:v>45684.8242824074</x:v>
+        <x:v>45730.7910763889</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C181" s="0">
-        <x:v>5.68</x:v>
+        <x:v>4.77</x:v>
       </x:c>
       <x:c r="D181" s="0">
-        <x:v>4010.99</x:v>
+        <x:v>4337.385</x:v>
       </x:c>
       <x:c r="E181" s="0">
-        <x:v>2766.2</x:v>
+        <x:v>3001.1</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:5">
       <x:c r="A182" s="1">
-        <x:v>45681.8509953704</x:v>
+        <x:v>45729.7816666667</x:v>
       </x:c>
       <x:c r="B182" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C182" s="0">
-        <x:v>5.52</x:v>
+        <x:v>4.8</x:v>
       </x:c>
       <x:c r="D182" s="0">
-        <x:v>4069.57</x:v>
+        <x:v>4337.385</x:v>
       </x:c>
       <x:c r="E182" s="0">
-        <x:v>2806.6</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:5">
       <x:c r="A183" s="1">
-        <x:v>45679.8232060185</x:v>
+        <x:v>45728.8243171296</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C183" s="0">
-        <x:v>5.56</x:v>
+        <x:v>4.95</x:v>
       </x:c>
       <x:c r="D183" s="0">
-        <x:v>4017.805</x:v>
+        <x:v>4272.86</x:v>
       </x:c>
       <x:c r="E183" s="0">
-        <x:v>2770.9</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:5">
       <x:c r="A184" s="1">
-        <x:v>45678.8237268518</x:v>
+        <x:v>45727.7837384259</x:v>
       </x:c>
       <x:c r="B184" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C184" s="0">
-        <x:v>5.6</x:v>
+        <x:v>5.04</x:v>
       </x:c>
       <x:c r="D184" s="0">
-        <x:v>4000.84</x:v>
+        <x:v>4235.305</x:v>
       </x:c>
       <x:c r="E184" s="0">
-        <x:v>2759.2</x:v>
+        <x:v>2920.9</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:5">
       <x:c r="A185" s="1">
-        <x:v>45674.8244560185</x:v>
+        <x:v>45726.7915162037</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C185" s="0">
-        <x:v>5.65</x:v>
+        <x:v>5.12</x:v>
       </x:c>
       <x:c r="D185" s="0">
-        <x:v>3985.615</x:v>
+        <x:v>4225.445</x:v>
       </x:c>
       <x:c r="E185" s="0">
-        <x:v>2748.7</x:v>
+        <x:v>2914.1</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:5">
       <x:c r="A186" s="1">
-        <x:v>45673.8258680556</x:v>
+        <x:v>45723.8240162037</x:v>
       </x:c>
       <x:c r="B186" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C186" s="0">
-        <x:v>5.64</x:v>
+        <x:v>5.07</x:v>
       </x:c>
       <x:c r="D186" s="0">
-        <x:v>3988.805</x:v>
+        <x:v>4243.57</x:v>
       </x:c>
       <x:c r="E186" s="0">
-        <x:v>2750.9</x:v>
+        <x:v>2926.6</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:5">
       <x:c r="A187" s="1">
-        <x:v>45672.8363194444</x:v>
+        <x:v>45722.8262152778</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C187" s="0">
-        <x:v>5.78</x:v>
+        <x:v>5.03</x:v>
       </x:c>
       <x:c r="D187" s="0">
-        <x:v>3940.81</x:v>
+        <x:v>4242.7</x:v>
       </x:c>
       <x:c r="E187" s="0">
-        <x:v>2717.8</x:v>
+        <x:v>2926</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:5">
       <x:c r="A188" s="1">
-        <x:v>45671.8265509259</x:v>
+        <x:v>45721.8331018519</x:v>
       </x:c>
       <x:c r="B188" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C188" s="0">
-        <x:v>5.94</x:v>
+        <x:v>5.03</x:v>
       </x:c>
       <x:c r="D188" s="0">
-        <x:v>3889.335</x:v>
+        <x:v>4234.87</x:v>
       </x:c>
       <x:c r="E188" s="0">
-        <x:v>2682.3</x:v>
+        <x:v>2920.6</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:5">
       <x:c r="A189" s="1">
-        <x:v>45670.8261805556</x:v>
+        <x:v>45720.8313310185</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C189" s="0">
-        <x:v>5.95</x:v>
+        <x:v>5.05</x:v>
       </x:c>
       <x:c r="D189" s="0">
-        <x:v>3883.97</x:v>
+        <x:v>4206.595</x:v>
       </x:c>
       <x:c r="E189" s="0">
-        <x:v>2678.6</x:v>
+        <x:v>2901.1</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:5">
       <x:c r="A190" s="1">
-        <x:v>45667.8237268518</x:v>
+        <x:v>45719.8271180556</x:v>
       </x:c>
       <x:c r="B190" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C190" s="0">
-        <x:v>5.8</x:v>
+        <x:v>5.12</x:v>
       </x:c>
       <x:c r="D190" s="0">
-        <x:v>3936.75</x:v>
+        <x:v>4130.325</x:v>
       </x:c>
       <x:c r="E190" s="0">
-        <x:v>2715</x:v>
+        <x:v>2848.5</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:5">
       <x:c r="A191" s="1">
-        <x:v>45666.8253935185</x:v>
+        <x:v>45716.8229976852</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C191" s="0">
-        <x:v>5.91</x:v>
+        <x:v>5.31</x:v>
       </x:c>
       <x:c r="D191" s="0">
-        <x:v>3901.66</x:v>
+        <x:v>4199.055</x:v>
       </x:c>
       <x:c r="E191" s="0">
-        <x:v>2690.8</x:v>
+        <x:v>2895.9</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:5">
       <x:c r="A192" s="1">
-        <x:v>45665.8339699074</x:v>
+        <x:v>45715.8247916667</x:v>
       </x:c>
       <x:c r="B192" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C192" s="0">
-        <x:v>5.99</x:v>
+        <x:v>5.15</x:v>
       </x:c>
       <x:c r="D192" s="0">
-        <x:v>3874.98</x:v>
+        <x:v>4249.37</x:v>
       </x:c>
       <x:c r="E192" s="0">
-        <x:v>2672.4</x:v>
+        <x:v>2930.6</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:5">
       <x:c r="A193" s="1">
-        <x:v>45664.8245486111</x:v>
+        <x:v>45714.8278240741</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C193" s="0">
-        <x:v>6.02</x:v>
+        <x:v>5.03</x:v>
       </x:c>
       <x:c r="D193" s="0">
-        <x:v>3864.83</x:v>
+        <x:v>4232.26</x:v>
       </x:c>
       <x:c r="E193" s="0">
-        <x:v>2665.4</x:v>
+        <x:v>2918.8</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:5">
       <x:c r="A194" s="1">
-        <x:v>45663.8279166667</x:v>
+        <x:v>45713.8232638889</x:v>
       </x:c>
       <x:c r="B194" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C194" s="0">
-        <x:v>6.1</x:v>
+        <x:v>5.07</x:v>
       </x:c>
       <x:c r="D194" s="0">
-        <x:v>3838.73</x:v>
+        <x:v>4296.64</x:v>
       </x:c>
       <x:c r="E194" s="0">
-        <x:v>2647.4</x:v>
+        <x:v>2963.2</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:5">
       <x:c r="A195" s="1">
-        <x:v>45660.8253587963</x:v>
+        <x:v>45712.8270138889</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C195" s="0">
-        <x:v>6.07</x:v>
+        <x:v>4.92</x:v>
       </x:c>
       <x:c r="D195" s="0">
-        <x:v>3849.315</x:v>
+        <x:v>4282.14</x:v>
       </x:c>
       <x:c r="E195" s="0">
-        <x:v>2654.7</x:v>
+        <x:v>2953.2</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:5">
       <x:c r="A196" s="1">
-        <x:v>45659.8549074074</x:v>
+        <x:v>45709.8277314815</x:v>
       </x:c>
       <x:c r="B196" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C196" s="0">
-        <x:v>6.01</x:v>
+        <x:v>4.96</x:v>
       </x:c>
       <x:c r="D196" s="0">
-        <x:v>3870.05</x:v>
+        <x:v>4286.345</x:v>
       </x:c>
       <x:c r="E196" s="0">
-        <x:v>2669</x:v>
+        <x:v>2956.1</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:5">
       <x:c r="A197" s="1">
-        <x:v>45656.8239583333</x:v>
+        <x:v>45708.8285185185</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C197" s="0">
-        <x:v>6.25</x:v>
+        <x:v>4.95</x:v>
       </x:c>
       <x:c r="D197" s="0">
-        <x:v>3796.245</x:v>
+        <x:v>4257.345</x:v>
       </x:c>
       <x:c r="E197" s="0">
-        <x:v>2618.1</x:v>
+        <x:v>2936.1</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:5">
       <x:c r="A198" s="1">
-        <x:v>45653.8232638889</x:v>
+        <x:v>45707.8237615741</x:v>
       </x:c>
       <x:c r="B198" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C198" s="0">
-        <x:v>6.19</x:v>
+        <x:v>5.01</x:v>
       </x:c>
       <x:c r="D198" s="0">
-        <x:v>3816.255</x:v>
+        <x:v>4276.05</x:v>
       </x:c>
       <x:c r="E198" s="0">
-        <x:v>2631.9</x:v>
+        <x:v>2949</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:5">
       <x:c r="A199" s="1">
-        <x:v>45649.8257291667</x:v>
+        <x:v>45706.8251851852</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C199" s="0">
-        <x:v>6.21</x:v>
+        <x:v>4.97</x:v>
       </x:c>
       <x:c r="D199" s="0">
-        <x:v>3810.89</x:v>
+        <x:v>4206.015</x:v>
       </x:c>
       <x:c r="E199" s="0">
-        <x:v>2628.2</x:v>
+        <x:v>2900.7</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:5">
       <x:c r="A200" s="1">
-        <x:v>45646.8274768519</x:v>
+        <x:v>45702.8403703704</x:v>
       </x:c>
       <x:c r="B200" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C200" s="0">
-        <x:v>6.13</x:v>
+        <x:v>5.14</x:v>
       </x:c>
       <x:c r="D200" s="0">
-        <x:v>3835.395</x:v>
+        <x:v>4270.83</x:v>
       </x:c>
       <x:c r="E200" s="0">
-        <x:v>2645.1</x:v>
+        <x:v>2945.4</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:5">
       <x:c r="A201" s="1">
-        <x:v>45645.8236574074</x:v>
+        <x:v>45701.8281828704</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C201" s="0">
-        <x:v>6.31</x:v>
+        <x:v>4.99</x:v>
       </x:c>
       <x:c r="D201" s="0">
-        <x:v>3781.745</x:v>
+        <x:v>4246.615</x:v>
       </x:c>
       <x:c r="E201" s="0">
-        <x:v>2608.1</x:v>
+        <x:v>2928.7</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:5">
       <x:c r="A202" s="1">
-        <x:v>45644.8267592593</x:v>
+        <x:v>45700.8235069444</x:v>
       </x:c>
       <x:c r="B202" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C202" s="0">
-        <x:v>6.1</x:v>
+        <x:v>5.05</x:v>
       </x:c>
       <x:c r="D202" s="0">
-        <x:v>3847.285</x:v>
+        <x:v>4252.27</x:v>
       </x:c>
       <x:c r="E202" s="0">
-        <x:v>2653.3</x:v>
+        <x:v>2932.6</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:5">
       <x:c r="A203" s="1">
-        <x:v>45643.8232523148</x:v>
+        <x:v>45699.8243287037</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C203" s="0">
-        <x:v>6.06</x:v>
+        <x:v>5.04</x:v>
       </x:c>
       <x:c r="D203" s="0">
-        <x:v>3859.9</x:v>
+        <x:v>4254.88</x:v>
       </x:c>
       <x:c r="E203" s="0">
-        <x:v>2662</x:v>
+        <x:v>2934.4</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:5">
       <x:c r="A204" s="1">
-        <x:v>45642.8316203704</x:v>
+        <x:v>45698.8248842593</x:v>
       </x:c>
       <x:c r="B204" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C204" s="0">
-        <x:v>6.02</x:v>
+        <x:v>5.03</x:v>
       </x:c>
       <x:c r="D204" s="0">
-        <x:v>3871.5</x:v>
+        <x:v>4254.88</x:v>
       </x:c>
       <x:c r="E204" s="0">
-        <x:v>2670</x:v>
+        <x:v>2934.4</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:5">
       <x:c r="A205" s="1">
-        <x:v>45639.823125</x:v>
+        <x:v>45695.846875</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C205" s="0">
-        <x:v>6</x:v>
+        <x:v>5.2</x:v>
       </x:c>
       <x:c r="D205" s="0">
-        <x:v>3879.91</x:v>
+        <x:v>4171.215</x:v>
       </x:c>
       <x:c r="E205" s="0">
-        <x:v>2675.8</x:v>
+        <x:v>2876.7</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:5">
       <x:c r="A206" s="1">
-        <x:v>45638.8291550926</x:v>
+        <x:v>45694.8241666667</x:v>
       </x:c>
       <x:c r="B206" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C206" s="0">
-        <x:v>5.85</x:v>
+        <x:v>5.24</x:v>
       </x:c>
       <x:c r="D206" s="0">
-        <x:v>3928.63</x:v>
+        <x:v>4194.85</x:v>
       </x:c>
       <x:c r="E206" s="0">
-        <x:v>2709.4</x:v>
+        <x:v>2893</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:5">
       <x:c r="A207" s="1">
-        <x:v>45637.8317939815</x:v>
+        <x:v>45693.8335532407</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C207" s="0">
-        <x:v>5.66</x:v>
+        <x:v>5.18</x:v>
       </x:c>
       <x:c r="D207" s="0">
-        <x:v>3997.215</x:v>
+        <x:v>4194.85</x:v>
       </x:c>
       <x:c r="E207" s="0">
-        <x:v>2756.7</x:v>
+        <x:v>2893</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:5">
       <x:c r="A208" s="1">
-        <x:v>45636.8332523148</x:v>
+        <x:v>45692.8229976852</x:v>
       </x:c>
       <x:c r="B208" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C208" s="0">
-        <x:v>5.82</x:v>
+        <x:v>5.24</x:v>
       </x:c>
       <x:c r="D208" s="0">
-        <x:v>3941.68</x:v>
+        <x:v>4169.91</x:v>
       </x:c>
       <x:c r="E208" s="0">
-        <x:v>2718.4</x:v>
+        <x:v>2875.8</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:5">
       <x:c r="A209" s="1">
-        <x:v>45635.8276736111</x:v>
+        <x:v>45691.8232523148</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C209" s="0">
-        <x:v>5.97</x:v>
+        <x:v>5.31</x:v>
       </x:c>
       <x:c r="D209" s="0">
-        <x:v>3894.41</x:v>
+        <x:v>4142.795</x:v>
       </x:c>
       <x:c r="E209" s="0">
-        <x:v>2685.8</x:v>
+        <x:v>2857.1</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:5">
       <x:c r="A210" s="1">
-        <x:v>45632.8235648148</x:v>
+        <x:v>45688.8388078704</x:v>
       </x:c>
       <x:c r="B210" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C210" s="0">
-        <x:v>6.09</x:v>
+        <x:v>5.4</x:v>
       </x:c>
       <x:c r="D210" s="0">
-        <x:v>3856.42</x:v>
+        <x:v>4110.75</x:v>
       </x:c>
       <x:c r="E210" s="0">
-        <x:v>2659.6</x:v>
+        <x:v>2835</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:5">
       <x:c r="A211" s="1">
-        <x:v>45631.8267939815</x:v>
+        <x:v>45687.8256365741</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C211" s="0">
-        <x:v>6.14</x:v>
+        <x:v>5.36</x:v>
       </x:c>
       <x:c r="D211" s="0">
-        <x:v>3840.18</x:v>
+        <x:v>4125.54</x:v>
       </x:c>
       <x:c r="E211" s="0">
-        <x:v>2648.4</x:v>
+        <x:v>2845.2</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:5">
       <x:c r="A212" s="1">
-        <x:v>45630.8245833333</x:v>
+        <x:v>45686.8259375</x:v>
       </x:c>
       <x:c r="B212" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C212" s="0">
-        <x:v>6.02</x:v>
+        <x:v>5.57</x:v>
       </x:c>
       <x:c r="D212" s="0">
-        <x:v>3880.49</x:v>
+        <x:v>4050.575</x:v>
       </x:c>
       <x:c r="E212" s="0">
-        <x:v>2676.2</x:v>
+        <x:v>2793.5</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:5">
       <x:c r="A213" s="1">
-        <x:v>45629.8265856481</x:v>
+        <x:v>45685.8587384259</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C213" s="0">
-        <x:v>6.06</x:v>
+        <x:v>5.56</x:v>
       </x:c>
       <x:c r="D213" s="0">
-        <x:v>3868.455</x:v>
+        <x:v>4052.17</x:v>
       </x:c>
       <x:c r="E213" s="0">
-        <x:v>2667.9</x:v>
+        <x:v>2794.6</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:5">
       <x:c r="A214" s="1">
-        <x:v>45628.8905671296</x:v>
+        <x:v>45684.8242824074</x:v>
       </x:c>
       <x:c r="B214" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C214" s="0">
-        <x:v>6.1</x:v>
+        <x:v>5.68</x:v>
       </x:c>
       <x:c r="D214" s="0">
-        <x:v>3854.825</x:v>
+        <x:v>4010.99</x:v>
       </x:c>
       <x:c r="E214" s="0">
-        <x:v>2658.5</x:v>
+        <x:v>2766.2</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:5">
       <x:c r="A215" s="1">
-        <x:v>45625.8335532407</x:v>
+        <x:v>45681.8509953704</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C215" s="0">
-        <x:v>6</x:v>
+        <x:v>5.52</x:v>
       </x:c>
       <x:c r="D215" s="0">
-        <x:v>3887.45</x:v>
+        <x:v>4069.57</x:v>
       </x:c>
       <x:c r="E215" s="0">
-        <x:v>2681</x:v>
+        <x:v>2806.6</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:5">
       <x:c r="A216" s="1">
-        <x:v>45623.8245023148</x:v>
+        <x:v>45679.8232060185</x:v>
       </x:c>
       <x:c r="B216" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C216" s="0">
-        <x:v>6.07</x:v>
+        <x:v>5.56</x:v>
       </x:c>
       <x:c r="D216" s="0">
-        <x:v>3863.96</x:v>
+        <x:v>4017.805</x:v>
       </x:c>
       <x:c r="E216" s="0">
-        <x:v>2664.8</x:v>
+        <x:v>2770.9</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:5">
       <x:c r="A217" s="1">
-        <x:v>45622.8230092593</x:v>
+        <x:v>45678.8237268518</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C217" s="0">
-        <x:v>6.16</x:v>
+        <x:v>5.6</x:v>
       </x:c>
       <x:c r="D217" s="0">
-        <x:v>3837.135</x:v>
+        <x:v>4000.84</x:v>
       </x:c>
       <x:c r="E217" s="0">
-        <x:v>2646.3</x:v>
+        <x:v>2759.2</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:5">
       <x:c r="A218" s="1">
-        <x:v>45621.8259259259</x:v>
+        <x:v>45674.8244560185</x:v>
       </x:c>
       <x:c r="B218" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C218" s="0">
-        <x:v>6.18</x:v>
+        <x:v>5.65</x:v>
       </x:c>
       <x:c r="D218" s="0">
-        <x:v>3831.77</x:v>
+        <x:v>3985.615</x:v>
       </x:c>
       <x:c r="E218" s="0">
-        <x:v>2642.6</x:v>
+        <x:v>2748.7</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:5">
       <x:c r="A219" s="1">
-        <x:v>45618.8415856482</x:v>
+        <x:v>45673.8258680556</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C219" s="0">
-        <x:v>5.78</x:v>
+        <x:v>5.64</x:v>
       </x:c>
       <x:c r="D219" s="0">
-        <x:v>3968.94</x:v>
+        <x:v>3988.805</x:v>
       </x:c>
       <x:c r="E219" s="0">
-        <x:v>2737.2</x:v>
+        <x:v>2750.9</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:5">
       <x:c r="A220" s="1">
-        <x:v>45617.8324884259</x:v>
+        <x:v>45672.8363194444</x:v>
       </x:c>
       <x:c r="B220" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C220" s="0">
-        <x:v>5.95</x:v>
+        <x:v>5.78</x:v>
       </x:c>
       <x:c r="D220" s="0">
-        <x:v>3913.985</x:v>
+        <x:v>3940.81</x:v>
       </x:c>
       <x:c r="E220" s="0">
-        <x:v>2699.3</x:v>
+        <x:v>2717.8</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:5">
       <x:c r="A221" s="1">
-        <x:v>45616.8479513889</x:v>
+        <x:v>45671.8265509259</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C221" s="0">
-        <x:v>6.05</x:v>
+        <x:v>5.94</x:v>
       </x:c>
       <x:c r="D221" s="0">
-        <x:v>3844.965</x:v>
+        <x:v>3889.335</x:v>
       </x:c>
       <x:c r="E221" s="0">
-        <x:v>2651.7</x:v>
+        <x:v>2682.3</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:5">
       <x:c r="A222" s="1">
-        <x:v>45615.8257407407</x:v>
+        <x:v>45670.8261805556</x:v>
       </x:c>
       <x:c r="B222" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C222" s="0">
-        <x:v>6.15</x:v>
+        <x:v>5.95</x:v>
       </x:c>
       <x:c r="D222" s="0">
-        <x:v>3814.95</x:v>
+        <x:v>3883.97</x:v>
       </x:c>
       <x:c r="E222" s="0">
-        <x:v>2631</x:v>
+        <x:v>2678.6</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:5">
       <x:c r="A223" s="1">
-        <x:v>45614.8227199074</x:v>
+        <x:v>45667.8237268518</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C223" s="0">
-        <x:v>6.23</x:v>
+        <x:v>5.8</x:v>
       </x:c>
       <x:c r="D223" s="0">
-        <x:v>3791.17</x:v>
+        <x:v>3936.75</x:v>
       </x:c>
       <x:c r="E223" s="0">
-        <x:v>2614.6</x:v>
+        <x:v>2715</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:5">
       <x:c r="A224" s="1">
-        <x:v>45611.8238310185</x:v>
+        <x:v>45666.8253935185</x:v>
       </x:c>
       <x:c r="B224" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C224" s="0">
-        <x:v>6.45</x:v>
+        <x:v>5.91</x:v>
       </x:c>
       <x:c r="D224" s="0">
-        <x:v>3726.645</x:v>
+        <x:v>3901.66</x:v>
       </x:c>
       <x:c r="E224" s="0">
-        <x:v>2570.1</x:v>
+        <x:v>2690.8</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:5">
       <x:c r="A225" s="1">
-        <x:v>45610.8240972222</x:v>
+        <x:v>45665.8339699074</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C225" s="0">
-        <x:v>6.44</x:v>
+        <x:v>5.99</x:v>
       </x:c>
       <x:c r="D225" s="0">
-        <x:v>3730.705</x:v>
+        <x:v>3874.98</x:v>
       </x:c>
       <x:c r="E225" s="0">
-        <x:v>2572.9</x:v>
+        <x:v>2672.4</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:5">
       <x:c r="A226" s="1">
-        <x:v>45609.8291550926</x:v>
+        <x:v>45664.8245486111</x:v>
       </x:c>
       <x:c r="B226" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C226" s="0">
-        <x:v>6.37</x:v>
+        <x:v>6.02</x:v>
       </x:c>
       <x:c r="D226" s="0">
-        <x:v>3750.425</x:v>
+        <x:v>3864.83</x:v>
       </x:c>
       <x:c r="E226" s="0">
-        <x:v>2586.5</x:v>
+        <x:v>2665.4</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:5">
       <x:c r="A227" s="1">
-        <x:v>45608.8243865741</x:v>
+        <x:v>45663.8279166667</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C227" s="0">
-        <x:v>6.28</x:v>
+        <x:v>6.1</x:v>
       </x:c>
       <x:c r="D227" s="0">
-        <x:v>3779.135</x:v>
+        <x:v>3838.73</x:v>
       </x:c>
       <x:c r="E227" s="0">
-        <x:v>2606.3</x:v>
+        <x:v>2647.4</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:5">
       <x:c r="A228" s="1">
-        <x:v>45607.8245023148</x:v>
+        <x:v>45660.8253587963</x:v>
       </x:c>
       <x:c r="B228" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C228" s="0">
-        <x:v>6.22</x:v>
+        <x:v>6.07</x:v>
       </x:c>
       <x:c r="D228" s="0">
-        <x:v>3795.665</x:v>
+        <x:v>3849.315</x:v>
       </x:c>
       <x:c r="E228" s="0">
-        <x:v>2617.7</x:v>
+        <x:v>2654.7</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:5">
       <x:c r="A229" s="1">
-        <x:v>45604.8264930556</x:v>
+        <x:v>45659.8549074074</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C229" s="0">
-        <x:v>5.89</x:v>
+        <x:v>6.01</x:v>
       </x:c>
       <x:c r="D229" s="0">
-        <x:v>3907.46</x:v>
+        <x:v>3870.05</x:v>
       </x:c>
       <x:c r="E229" s="0">
-        <x:v>2694.8</x:v>
+        <x:v>2669</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:5">
       <x:c r="A230" s="1">
-        <x:v>45603.8268518519</x:v>
+        <x:v>45656.8239583333</x:v>
       </x:c>
       <x:c r="B230" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C230" s="0">
-        <x:v>5.84</x:v>
+        <x:v>6.25</x:v>
       </x:c>
       <x:c r="D230" s="0">
-        <x:v>3923.41</x:v>
+        <x:v>3796.245</x:v>
       </x:c>
       <x:c r="E230" s="0">
-        <x:v>2705.8</x:v>
+        <x:v>2618.1</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:5">
       <x:c r="A231" s="1">
-        <x:v>45602.8297337963</x:v>
+        <x:v>45653.8232638889</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C231" s="0">
-        <x:v>5.97</x:v>
+        <x:v>6.19</x:v>
       </x:c>
       <x:c r="D231" s="0">
-        <x:v>3880.635</x:v>
+        <x:v>3816.255</x:v>
       </x:c>
       <x:c r="E231" s="0">
-        <x:v>2676.3</x:v>
+        <x:v>2631.9</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:5">
       <x:c r="A232" s="1">
-        <x:v>45601.8246990741</x:v>
+        <x:v>45649.8257291667</x:v>
       </x:c>
       <x:c r="B232" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C232" s="0">
-        <x:v>5.67</x:v>
+        <x:v>6.21</x:v>
       </x:c>
       <x:c r="D232" s="0">
-        <x:v>3987.065</x:v>
+        <x:v>3810.89</x:v>
       </x:c>
       <x:c r="E232" s="0">
-        <x:v>2749.7</x:v>
+        <x:v>2628.2</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:5">
       <x:c r="A233" s="1">
-        <x:v>45600.8269328704</x:v>
+        <x:v>45646.8274768519</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C233" s="0">
-        <x:v>5.68</x:v>
+        <x:v>6.13</x:v>
       </x:c>
       <x:c r="D233" s="0">
-        <x:v>3981.99</x:v>
+        <x:v>3835.395</x:v>
       </x:c>
       <x:c r="E233" s="0">
-        <x:v>2746.2</x:v>
+        <x:v>2645.1</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:5">
       <x:c r="A234" s="1">
-        <x:v>45597.7815046296</x:v>
+        <x:v>45645.8236574074</x:v>
       </x:c>
       <x:c r="B234" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C234" s="0">
-        <x:v>5.67</x:v>
+        <x:v>6.31</x:v>
       </x:c>
       <x:c r="D234" s="0">
-        <x:v>3986.34</x:v>
+        <x:v>3781.745</x:v>
       </x:c>
       <x:c r="E234" s="0">
-        <x:v>2749.2</x:v>
+        <x:v>2608.1</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:5">
       <x:c r="A235" s="1">
-        <x:v>45596.7813425926</x:v>
+        <x:v>45644.8267592593</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C235" s="0">
-        <x:v>5.67</x:v>
+        <x:v>6.1</x:v>
       </x:c>
       <x:c r="D235" s="0">
-        <x:v>3986.485</x:v>
+        <x:v>3847.285</x:v>
       </x:c>
       <x:c r="E235" s="0">
-        <x:v>2749.3</x:v>
+        <x:v>2653.3</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:5">
       <x:c r="A236" s="1">
-        <x:v>45595.7835416667</x:v>
+        <x:v>45643.8232523148</x:v>
       </x:c>
       <x:c r="B236" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C236" s="0">
-        <x:v>5.47</x:v>
+        <x:v>6.06</x:v>
       </x:c>
       <x:c r="D236" s="0">
-        <x:v>4061.16</x:v>
+        <x:v>3859.9</x:v>
       </x:c>
       <x:c r="E236" s="0">
-        <x:v>2800.8</x:v>
+        <x:v>2662</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:5">
       <x:c r="A237" s="1">
-        <x:v>45594.7883333333</x:v>
+        <x:v>45642.8316203704</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C237" s="0">
-        <x:v>5.55</x:v>
+        <x:v>6.02</x:v>
       </x:c>
       <x:c r="D237" s="0">
-        <x:v>4032.595</x:v>
+        <x:v>3871.5</x:v>
       </x:c>
       <x:c r="E237" s="0">
-        <x:v>2781.1</x:v>
+        <x:v>2670</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:5">
       <x:c r="A238" s="1">
-        <x:v>45593.7959143519</x:v>
+        <x:v>45639.823125</x:v>
       </x:c>
       <x:c r="B238" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C238" s="0">
-        <x:v>5.65</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D238" s="0">
-        <x:v>3994.17</x:v>
+        <x:v>3879.91</x:v>
       </x:c>
       <x:c r="E238" s="0">
-        <x:v>2754.6</x:v>
+        <x:v>2675.8</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:5">
       <x:c r="A239" s="1">
-        <x:v>45593.7959143519</x:v>
+        <x:v>45638.8291550926</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C239" s="0">
-        <x:v>5.65</x:v>
+        <x:v>5.85</x:v>
       </x:c>
       <x:c r="D239" s="0">
-        <x:v>3996.055</x:v>
+        <x:v>3928.63</x:v>
       </x:c>
       <x:c r="E239" s="0">
-        <x:v>2755.9</x:v>
+        <x:v>2709.4</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:5">
       <x:c r="A240" s="1">
-        <x:v>45590.8285069444</x:v>
+        <x:v>45637.8317939815</x:v>
       </x:c>
       <x:c r="B240" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C240" s="0">
         <x:v>5.66</x:v>
       </x:c>
       <x:c r="D240" s="0">
-        <x:v>3994.17</x:v>
+        <x:v>3997.215</x:v>
       </x:c>
       <x:c r="E240" s="0">
-        <x:v>2754.6</x:v>
+        <x:v>2756.7</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:5">
       <x:c r="A241" s="1">
-        <x:v>45589.8309953704</x:v>
+        <x:v>45636.8332523148</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C241" s="0">
-        <x:v>5.68</x:v>
+        <x:v>5.82</x:v>
       </x:c>
       <x:c r="D241" s="0">
-        <x:v>3985.905</x:v>
+        <x:v>3941.68</x:v>
       </x:c>
       <x:c r="E241" s="0">
-        <x:v>2748.9</x:v>
+        <x:v>2718.4</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:5">
       <x:c r="A242" s="1">
-        <x:v>45588.8270486111</x:v>
+        <x:v>45635.8276736111</x:v>
       </x:c>
       <x:c r="B242" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C242" s="0">
-        <x:v>5.76</x:v>
+        <x:v>5.97</x:v>
       </x:c>
       <x:c r="D242" s="0">
-        <x:v>3957.63</x:v>
+        <x:v>3894.41</x:v>
       </x:c>
       <x:c r="E242" s="0">
-        <x:v>2729.4</x:v>
+        <x:v>2685.8</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:5">
       <x:c r="A243" s="1">
-        <x:v>45587.8243171296</x:v>
+        <x:v>45632.8235648148</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C243" s="0">
-        <x:v>5.64</x:v>
+        <x:v>6.09</x:v>
       </x:c>
       <x:c r="D243" s="0">
-        <x:v>4001.71</x:v>
+        <x:v>3856.42</x:v>
       </x:c>
       <x:c r="E243" s="0">
-        <x:v>2759.8</x:v>
+        <x:v>2659.6</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:5">
       <x:c r="A244" s="1">
-        <x:v>45586.8316087963</x:v>
+        <x:v>45631.8267939815</x:v>
       </x:c>
       <x:c r="B244" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C244" s="0">
-        <x:v>5.73</x:v>
+        <x:v>6.14</x:v>
       </x:c>
       <x:c r="D244" s="0">
-        <x:v>3971.405</x:v>
+        <x:v>3840.18</x:v>
       </x:c>
       <x:c r="E244" s="0">
-        <x:v>2738.9</x:v>
+        <x:v>2648.4</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:5">
       <x:c r="A245" s="1">
-        <x:v>45583.8234143518</x:v>
+        <x:v>45630.8245833333</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C245" s="0">
-        <x:v>5.77</x:v>
+        <x:v>6.02</x:v>
       </x:c>
       <x:c r="D245" s="0">
-        <x:v>3958.5</x:v>
+        <x:v>3880.49</x:v>
       </x:c>
       <x:c r="E245" s="0">
-        <x:v>2730</x:v>
+        <x:v>2676.2</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:5">
       <x:c r="A246" s="1">
-        <x:v>45581.823587963</x:v>
+        <x:v>45629.8265856481</x:v>
       </x:c>
       <x:c r="B246" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C246" s="0">
-        <x:v>5.93</x:v>
+        <x:v>6.06</x:v>
       </x:c>
       <x:c r="D246" s="0">
-        <x:v>3902.385</x:v>
+        <x:v>3868.455</x:v>
       </x:c>
       <x:c r="E246" s="0">
-        <x:v>2691.3</x:v>
+        <x:v>2667.9</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:5">
       <x:c r="A247" s="1">
-        <x:v>45580.8251388889</x:v>
+        <x:v>45628.8905671296</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C247" s="0">
-        <x:v>5.99</x:v>
+        <x:v>6.1</x:v>
       </x:c>
       <x:c r="D247" s="0">
-        <x:v>3884.405</x:v>
+        <x:v>3854.825</x:v>
       </x:c>
       <x:c r="E247" s="0">
-        <x:v>2678.9</x:v>
+        <x:v>2658.5</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:5">
       <x:c r="A248" s="1">
-        <x:v>45579.8278472222</x:v>
+        <x:v>45625.8335532407</x:v>
       </x:c>
       <x:c r="B248" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C248" s="0">
-        <x:v>6.05</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D248" s="0">
-        <x:v>3865.12</x:v>
+        <x:v>3887.45</x:v>
       </x:c>
       <x:c r="E248" s="0">
-        <x:v>2665.6</x:v>
+        <x:v>2681</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:5">
       <x:c r="A249" s="1">
-        <x:v>45576.8233449074</x:v>
+        <x:v>45623.8245023148</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C249" s="0">
-        <x:v>6</x:v>
+        <x:v>6.07</x:v>
       </x:c>
       <x:c r="D249" s="0">
-        <x:v>3826.985</x:v>
+        <x:v>3863.96</x:v>
       </x:c>
       <x:c r="E249" s="0">
-        <x:v>2639.3</x:v>
+        <x:v>2664.8</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:5">
       <x:c r="A250" s="1">
-        <x:v>45576.8233449074</x:v>
+        <x:v>45622.8230092593</x:v>
       </x:c>
       <x:c r="B250" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C250" s="0">
-        <x:v>6</x:v>
+        <x:v>6.16</x:v>
       </x:c>
       <x:c r="D250" s="0">
-        <x:v>3880.635</x:v>
+        <x:v>3837.135</x:v>
       </x:c>
       <x:c r="E250" s="0">
-        <x:v>2676.3</x:v>
+        <x:v>2646.3</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:5">
       <x:c r="A251" s="1">
-        <x:v>45575.8264236111</x:v>
+        <x:v>45621.8259259259</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C251" s="0">
         <x:v>6.18</x:v>
       </x:c>
       <x:c r="D251" s="0">
-        <x:v>3826.985</x:v>
+        <x:v>3831.77</x:v>
       </x:c>
       <x:c r="E251" s="0">
-        <x:v>2639.3</x:v>
+        <x:v>2642.6</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:5">
       <x:c r="A252" s="1">
-        <x:v>45574.8287731481</x:v>
+        <x:v>45618.8415856482</x:v>
       </x:c>
       <x:c r="B252" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C252" s="0">
-        <x:v>6.24</x:v>
+        <x:v>5.78</x:v>
       </x:c>
       <x:c r="D252" s="0">
-        <x:v>3807.7</x:v>
+        <x:v>3968.94</x:v>
       </x:c>
       <x:c r="E252" s="0">
-        <x:v>2626</x:v>
+        <x:v>2737.2</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:5">
       <x:c r="A253" s="1">
-        <x:v>45573.8242361111</x:v>
+        <x:v>45617.8324884259</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C253" s="0">
-        <x:v>6.2</x:v>
+        <x:v>5.95</x:v>
       </x:c>
       <x:c r="D253" s="0">
-        <x:v>3821.33</x:v>
+        <x:v>3913.985</x:v>
       </x:c>
       <x:c r="E253" s="0">
-        <x:v>2635.4</x:v>
+        <x:v>2699.3</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:5">
       <x:c r="A254" s="1">
-        <x:v>45572.8254861111</x:v>
+        <x:v>45616.8479513889</x:v>
       </x:c>
       <x:c r="B254" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C254" s="0">
-        <x:v>6.06</x:v>
+        <x:v>6.05</x:v>
       </x:c>
       <x:c r="D254" s="0">
-        <x:v>3865.7</x:v>
+        <x:v>3844.965</x:v>
       </x:c>
       <x:c r="E254" s="0">
-        <x:v>2666</x:v>
+        <x:v>2651.7</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:5">
       <x:c r="A255" s="1">
-        <x:v>45569.8284375</x:v>
+        <x:v>45615.8257407407</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C255" s="0">
-        <x:v>6.05</x:v>
+        <x:v>6.15</x:v>
       </x:c>
       <x:c r="D255" s="0">
-        <x:v>3868.31</x:v>
+        <x:v>3814.95</x:v>
       </x:c>
       <x:c r="E255" s="0">
-        <x:v>2667.8</x:v>
+        <x:v>2631</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:5">
       <x:c r="A256" s="1">
-        <x:v>45568.8325578704</x:v>
+        <x:v>45614.8227199074</x:v>
       </x:c>
       <x:c r="B256" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C256" s="0">
-        <x:v>6</x:v>
+        <x:v>6.23</x:v>
       </x:c>
       <x:c r="D256" s="0">
-        <x:v>3884.84</x:v>
+        <x:v>3791.17</x:v>
       </x:c>
       <x:c r="E256" s="0">
-        <x:v>2679.2</x:v>
+        <x:v>2614.6</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:5">
       <x:c r="A257" s="1">
-        <x:v>45567.8240625</x:v>
+        <x:v>45611.8238310185</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C257" s="0">
-        <x:v>6.04</x:v>
+        <x:v>6.45</x:v>
       </x:c>
       <x:c r="D257" s="0">
-        <x:v>3871.065</x:v>
+        <x:v>3726.645</x:v>
       </x:c>
       <x:c r="E257" s="0">
-        <x:v>2669.7</x:v>
+        <x:v>2570.1</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:5">
       <x:c r="A258" s="1">
-        <x:v>45566.8333217593</x:v>
+        <x:v>45610.8240972222</x:v>
       </x:c>
       <x:c r="B258" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C258" s="0">
-        <x:v>5.95</x:v>
+        <x:v>6.44</x:v>
       </x:c>
       <x:c r="D258" s="0">
-        <x:v>3900.935</x:v>
+        <x:v>3730.705</x:v>
       </x:c>
       <x:c r="E258" s="0">
-        <x:v>2690.3</x:v>
+        <x:v>2572.9</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:5">
       <x:c r="A259" s="1">
-        <x:v>45565.828125</x:v>
+        <x:v>45609.8291550926</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C259" s="0">
-        <x:v>6.09</x:v>
+        <x:v>6.37</x:v>
       </x:c>
       <x:c r="D259" s="0">
-        <x:v>3856.13</x:v>
+        <x:v>3750.425</x:v>
       </x:c>
       <x:c r="E259" s="0">
-        <x:v>2659.4</x:v>
+        <x:v>2586.5</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:5">
       <x:c r="A260" s="1">
-        <x:v>45562.823912037</x:v>
+        <x:v>45608.8243865741</x:v>
       </x:c>
       <x:c r="B260" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C260" s="0">
-        <x:v>6.05</x:v>
+        <x:v>6.28</x:v>
       </x:c>
       <x:c r="D260" s="0">
-        <x:v>3868.745</x:v>
+        <x:v>3779.135</x:v>
       </x:c>
       <x:c r="E260" s="0">
-        <x:v>2668.1</x:v>
+        <x:v>2606.3</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:5">
       <x:c r="A261" s="1">
-        <x:v>45561.8249652778</x:v>
+        <x:v>45607.8245023148</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C261" s="0">
-        <x:v>5.94</x:v>
+        <x:v>6.22</x:v>
       </x:c>
       <x:c r="D261" s="0">
-        <x:v>3907.605</x:v>
+        <x:v>3795.665</x:v>
       </x:c>
       <x:c r="E261" s="0">
-        <x:v>2694.9</x:v>
+        <x:v>2617.7</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:5">
       <x:c r="A262" s="1">
-        <x:v>45560.8240740741</x:v>
+        <x:v>45604.8264930556</x:v>
       </x:c>
       <x:c r="B262" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C262" s="0">
-        <x:v>5.98</x:v>
+        <x:v>5.89</x:v>
       </x:c>
       <x:c r="D262" s="0">
-        <x:v>3892.815</x:v>
+        <x:v>3907.46</x:v>
       </x:c>
       <x:c r="E262" s="0">
-        <x:v>2684.7</x:v>
+        <x:v>2694.8</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:5">
       <x:c r="A263" s="1">
-        <x:v>45559.851412037</x:v>
+        <x:v>45603.8268518519</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C263" s="0">
-        <x:v>6.02</x:v>
+        <x:v>5.84</x:v>
       </x:c>
       <x:c r="D263" s="0">
-        <x:v>3881.65</x:v>
+        <x:v>3923.41</x:v>
       </x:c>
       <x:c r="E263" s="0">
-        <x:v>2677</x:v>
+        <x:v>2705.8</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:5">
       <x:c r="A264" s="1">
-        <x:v>45558.8309490741</x:v>
+        <x:v>45602.8297337963</x:v>
       </x:c>
       <x:c r="B264" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C264" s="0">
-        <x:v>6.13</x:v>
+        <x:v>5.97</x:v>
       </x:c>
       <x:c r="D264" s="0">
-        <x:v>3846.125</x:v>
+        <x:v>3880.635</x:v>
       </x:c>
       <x:c r="E264" s="0">
-        <x:v>2652.5</x:v>
+        <x:v>2676.3</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:5">
       <x:c r="A265" s="1">
-        <x:v>45555.8241782407</x:v>
+        <x:v>45601.8246990741</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C265" s="0">
-        <x:v>6.16</x:v>
+        <x:v>5.67</x:v>
       </x:c>
       <x:c r="D265" s="0">
-        <x:v>3836.99</x:v>
+        <x:v>3987.065</x:v>
       </x:c>
       <x:c r="E265" s="0">
-        <x:v>2646.2</x:v>
+        <x:v>2749.7</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:5">
       <x:c r="A266" s="1">
-        <x:v>45554.8247453704</x:v>
+        <x:v>45600.8269328704</x:v>
       </x:c>
       <x:c r="B266" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C266" s="0">
-        <x:v>6.31</x:v>
+        <x:v>5.68</x:v>
       </x:c>
       <x:c r="D266" s="0">
-        <x:v>3791.17</x:v>
+        <x:v>3981.99</x:v>
       </x:c>
       <x:c r="E266" s="0">
-        <x:v>2614.6</x:v>
+        <x:v>2746.2</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:5">
       <x:c r="A267" s="1">
-        <x:v>45553.8253009259</x:v>
+        <x:v>45597.7815046296</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C267" s="0">
-        <x:v>6.39</x:v>
+        <x:v>5.67</x:v>
       </x:c>
       <x:c r="D267" s="0">
-        <x:v>3767.97</x:v>
+        <x:v>3986.34</x:v>
       </x:c>
       <x:c r="E267" s="0">
-        <x:v>2598.6</x:v>
+        <x:v>2749.2</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:5">
       <x:c r="A268" s="1">
-        <x:v>45552.8248263889</x:v>
+        <x:v>45596.7813425926</x:v>
       </x:c>
       <x:c r="B268" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C268" s="0">
-        <x:v>6.42</x:v>
+        <x:v>5.67</x:v>
       </x:c>
       <x:c r="D268" s="0">
-        <x:v>3758.98</x:v>
+        <x:v>3986.485</x:v>
       </x:c>
       <x:c r="E268" s="0">
-        <x:v>2592.4</x:v>
+        <x:v>2749.3</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:5">
       <x:c r="A269" s="1">
-        <x:v>45551.8616666667</x:v>
+        <x:v>45595.7835416667</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C269" s="0">
-        <x:v>6.34</x:v>
+        <x:v>5.47</x:v>
       </x:c>
       <x:c r="D269" s="0">
-        <x:v>3782.905</x:v>
+        <x:v>4061.16</x:v>
       </x:c>
       <x:c r="E269" s="0">
-        <x:v>2608.9</x:v>
+        <x:v>2800.8</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:5">
       <x:c r="A270" s="1">
-        <x:v>45548.8535069444</x:v>
+        <x:v>45594.7883333333</x:v>
       </x:c>
       <x:c r="B270" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C270" s="0">
-        <x:v>6.33</x:v>
+        <x:v>5.55</x:v>
       </x:c>
       <x:c r="D270" s="0">
-        <x:v>3785.515</x:v>
+        <x:v>4032.595</x:v>
       </x:c>
       <x:c r="E270" s="0">
-        <x:v>2610.7</x:v>
+        <x:v>2781.1</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:5">
       <x:c r="A271" s="1">
-        <x:v>45547.8246412037</x:v>
+        <x:v>45593.7959143519</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C271" s="0">
-        <x:v>6.49</x:v>
+        <x:v>5.65</x:v>
       </x:c>
       <x:c r="D271" s="0">
-        <x:v>3741.87</x:v>
+        <x:v>3994.17</x:v>
       </x:c>
       <x:c r="E271" s="0">
-        <x:v>2580.6</x:v>
+        <x:v>2754.6</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:5">
       <x:c r="A272" s="1">
-        <x:v>45546.8256134259</x:v>
+        <x:v>45593.7959143519</x:v>
       </x:c>
       <x:c r="B272" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C272" s="0">
-        <x:v>6.69</x:v>
+        <x:v>5.65</x:v>
       </x:c>
       <x:c r="D272" s="0">
-        <x:v>3686.48</x:v>
+        <x:v>3996.055</x:v>
       </x:c>
       <x:c r="E272" s="0">
-        <x:v>2542.4</x:v>
+        <x:v>2755.9</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:5">
       <x:c r="A273" s="1">
-        <x:v>45545.8295023148</x:v>
+        <x:v>45590.8285069444</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C273" s="0">
-        <x:v>6.68</x:v>
+        <x:v>5.66</x:v>
       </x:c>
       <x:c r="D273" s="0">
-        <x:v>3687.495</x:v>
+        <x:v>3994.17</x:v>
       </x:c>
       <x:c r="E273" s="0">
-        <x:v>2543.1</x:v>
+        <x:v>2754.6</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:5">
       <x:c r="A274" s="1">
-        <x:v>45544.823587963</x:v>
+        <x:v>45589.8309953704</x:v>
       </x:c>
       <x:c r="B274" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C274" s="0">
-        <x:v>6.74</x:v>
+        <x:v>5.68</x:v>
       </x:c>
       <x:c r="D274" s="0">
-        <x:v>3672.415</x:v>
+        <x:v>3985.905</x:v>
       </x:c>
       <x:c r="E274" s="0">
-        <x:v>2532.7</x:v>
+        <x:v>2748.9</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:5">
       <x:c r="A275" s="1">
-        <x:v>45541.8395601852</x:v>
+        <x:v>45588.8270486111</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C275" s="0">
-        <x:v>6.78</x:v>
+        <x:v>5.76</x:v>
       </x:c>
       <x:c r="D275" s="0">
-        <x:v>3660.67</x:v>
+        <x:v>3957.63</x:v>
       </x:c>
       <x:c r="E275" s="0">
-        <x:v>2524.6</x:v>
+        <x:v>2729.4</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:5">
       <x:c r="A276" s="1">
-        <x:v>45540.8719791667</x:v>
+        <x:v>45587.8243171296</x:v>
       </x:c>
       <x:c r="B276" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C276" s="0">
-        <x:v>6.69</x:v>
+        <x:v>5.64</x:v>
       </x:c>
       <x:c r="D276" s="0">
-        <x:v>3687.495</x:v>
+        <x:v>4001.71</x:v>
       </x:c>
       <x:c r="E276" s="0">
-        <x:v>2543.1</x:v>
+        <x:v>2759.8</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:5">
       <x:c r="A277" s="1">
-        <x:v>45539.8276967593</x:v>
+        <x:v>45586.8316087963</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C277" s="0">
-        <x:v>6.78</x:v>
+        <x:v>5.73</x:v>
       </x:c>
       <x:c r="D277" s="0">
-        <x:v>3662.7</x:v>
+        <x:v>3971.405</x:v>
       </x:c>
       <x:c r="E277" s="0">
-        <x:v>2526</x:v>
+        <x:v>2738.9</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:5">
       <x:c r="A278" s="1">
-        <x:v>45538.8245601852</x:v>
+        <x:v>45583.8234143518</x:v>
       </x:c>
       <x:c r="B278" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C278" s="0">
-        <x:v>6.79</x:v>
+        <x:v>5.77</x:v>
       </x:c>
       <x:c r="D278" s="0">
-        <x:v>3658.35</x:v>
+        <x:v>3958.5</x:v>
       </x:c>
       <x:c r="E278" s="0">
-        <x:v>2523</x:v>
+        <x:v>2730</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:5">
       <x:c r="A279" s="1">
-        <x:v>45534.8412962963</x:v>
+        <x:v>45581.823587963</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C279" s="0">
-        <x:v>6.77</x:v>
+        <x:v>5.93</x:v>
       </x:c>
       <x:c r="D279" s="0">
-        <x:v>3665.02</x:v>
+        <x:v>3902.385</x:v>
       </x:c>
       <x:c r="E279" s="0">
-        <x:v>2527.6</x:v>
+        <x:v>2691.3</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:5">
       <x:c r="A280" s="1">
-        <x:v>45533.8277083333</x:v>
+        <x:v>45580.8251388889</x:v>
       </x:c>
       <x:c r="B280" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C280" s="0">
-        <x:v>6.6</x:v>
+        <x:v>5.99</x:v>
       </x:c>
       <x:c r="D280" s="0">
-        <x:v>3712.435</x:v>
+        <x:v>3884.405</x:v>
       </x:c>
       <x:c r="E280" s="0">
-        <x:v>2560.3</x:v>
+        <x:v>2678.9</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:5">
       <x:c r="A281" s="1">
-        <x:v>45532.8353356481</x:v>
+        <x:v>45579.8278472222</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C281" s="0">
-        <x:v>6.72</x:v>
+        <x:v>6.05</x:v>
       </x:c>
       <x:c r="D281" s="0">
-        <x:v>3679.81</x:v>
+        <x:v>3865.12</x:v>
       </x:c>
       <x:c r="E281" s="0">
-        <x:v>2537.8</x:v>
+        <x:v>2665.6</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:5">
       <x:c r="A282" s="1">
-        <x:v>45531.823587963</x:v>
+        <x:v>45576.8233449074</x:v>
       </x:c>
       <x:c r="B282" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C282" s="0">
-        <x:v>6.64</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D282" s="0">
-        <x:v>3701.705</x:v>
+        <x:v>3826.985</x:v>
       </x:c>
       <x:c r="E282" s="0">
-        <x:v>2552.9</x:v>
+        <x:v>2639.3</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:5">
       <x:c r="A283" s="1">
-        <x:v>45530.8248726852</x:v>
+        <x:v>45576.8233449074</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C283" s="0">
-        <x:v>6.63</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D283" s="0">
-        <x:v>3705.04</x:v>
+        <x:v>3880.635</x:v>
       </x:c>
       <x:c r="E283" s="0">
-        <x:v>2555.2</x:v>
+        <x:v>2676.3</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:5">
       <x:c r="A284" s="1">
-        <x:v>45527.8266782407</x:v>
+        <x:v>45575.8264236111</x:v>
       </x:c>
       <x:c r="B284" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C284" s="0">
-        <x:v>6.68</x:v>
+        <x:v>6.18</x:v>
       </x:c>
       <x:c r="D284" s="0">
-        <x:v>3692.135</x:v>
+        <x:v>3826.985</x:v>
       </x:c>
       <x:c r="E284" s="0">
-        <x:v>2546.3</x:v>
+        <x:v>2639.3</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:5">
       <x:c r="A285" s="1">
-        <x:v>45526.8242361111</x:v>
+        <x:v>45574.8287731481</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C285" s="0">
-        <x:v>6.84</x:v>
+        <x:v>6.24</x:v>
       </x:c>
       <x:c r="D285" s="0">
-        <x:v>3649.215</x:v>
+        <x:v>3807.7</x:v>
       </x:c>
       <x:c r="E285" s="0">
-        <x:v>2516.7</x:v>
+        <x:v>2626</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:5">
       <x:c r="A286" s="1">
-        <x:v>45525.8236111111</x:v>
+        <x:v>45573.8242361111</x:v>
       </x:c>
       <x:c r="B286" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C286" s="0">
-        <x:v>6.68</x:v>
+        <x:v>6.2</x:v>
       </x:c>
       <x:c r="D286" s="0">
-        <x:v>3693.875</x:v>
+        <x:v>3821.33</x:v>
       </x:c>
       <x:c r="E286" s="0">
-        <x:v>2547.5</x:v>
+        <x:v>2635.4</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:5">
       <x:c r="A287" s="1">
-        <x:v>45524.8463773148</x:v>
+        <x:v>45572.8254861111</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C287" s="0">
-        <x:v>6.66</x:v>
+        <x:v>6.06</x:v>
       </x:c>
       <x:c r="D287" s="0">
-        <x:v>3698.37</x:v>
+        <x:v>3865.7</x:v>
       </x:c>
       <x:c r="E287" s="0">
-        <x:v>2550.6</x:v>
+        <x:v>2666</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:5">
       <x:c r="A288" s="1">
-        <x:v>45523.8238078704</x:v>
+        <x:v>45569.8284375</x:v>
       </x:c>
       <x:c r="B288" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C288" s="0">
-        <x:v>6.71</x:v>
+        <x:v>6.05</x:v>
       </x:c>
       <x:c r="D288" s="0">
-        <x:v>3684.885</x:v>
+        <x:v>3868.31</x:v>
       </x:c>
       <x:c r="E288" s="0">
-        <x:v>2541.3</x:v>
+        <x:v>2667.8</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:5">
       <x:c r="A289" s="1">
-        <x:v>45520.8387152778</x:v>
+        <x:v>45568.8325578704</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C289" s="0">
-        <x:v>6.73</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D289" s="0">
-        <x:v>3679.81</x:v>
+        <x:v>3884.84</x:v>
       </x:c>
       <x:c r="E289" s="0">
-        <x:v>2537.8</x:v>
+        <x:v>2679.2</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:5">
       <x:c r="A290" s="1">
-        <x:v>45519.824537037</x:v>
+        <x:v>45567.8240625</x:v>
       </x:c>
       <x:c r="B290" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C290" s="0">
-        <x:v>6.98</x:v>
+        <x:v>6.04</x:v>
       </x:c>
       <x:c r="D290" s="0">
-        <x:v>3613.98</x:v>
+        <x:v>3871.065</x:v>
       </x:c>
       <x:c r="E290" s="0">
-        <x:v>2492.4</x:v>
+        <x:v>2669.7</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:5">
       <x:c r="A291" s="1">
-        <x:v>45518.8254513889</x:v>
+        <x:v>45566.8333217593</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C291" s="0">
-        <x:v>7.06</x:v>
+        <x:v>5.95</x:v>
       </x:c>
       <x:c r="D291" s="0">
-        <x:v>3595.565</x:v>
+        <x:v>3900.935</x:v>
       </x:c>
       <x:c r="E291" s="0">
-        <x:v>2479.7</x:v>
+        <x:v>2690.3</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:5">
       <x:c r="A292" s="1">
-        <x:v>45517.8237268518</x:v>
+        <x:v>45565.828125</x:v>
       </x:c>
       <x:c r="B292" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C292" s="0">
-        <x:v>6.9</x:v>
+        <x:v>6.09</x:v>
       </x:c>
       <x:c r="D292" s="0">
-        <x:v>3636.31</x:v>
+        <x:v>3856.13</x:v>
       </x:c>
       <x:c r="E292" s="0">
-        <x:v>2507.8</x:v>
+        <x:v>2659.4</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:5">
       <x:c r="A293" s="1">
-        <x:v>45516.8280092593</x:v>
+        <x:v>45562.823912037</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C293" s="0">
-        <x:v>6.92</x:v>
+        <x:v>6.05</x:v>
       </x:c>
       <x:c r="D293" s="0">
-        <x:v>3630.8</x:v>
+        <x:v>3868.745</x:v>
       </x:c>
       <x:c r="E293" s="0">
-        <x:v>2504</x:v>
+        <x:v>2668.1</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:5">
       <x:c r="A294" s="1">
-        <x:v>45513.823587963</x:v>
+        <x:v>45561.8249652778</x:v>
       </x:c>
       <x:c r="B294" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C294" s="0">
-        <x:v>7.1</x:v>
+        <x:v>5.94</x:v>
       </x:c>
       <x:c r="D294" s="0">
-        <x:v>3586.43</x:v>
+        <x:v>3907.605</x:v>
       </x:c>
       <x:c r="E294" s="0">
-        <x:v>2473.4</x:v>
+        <x:v>2694.9</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:5">
       <x:c r="A295" s="1">
-        <x:v>45512.8232060185</x:v>
+        <x:v>45560.8240740741</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C295" s="0">
-        <x:v>7.16</x:v>
+        <x:v>5.98</x:v>
       </x:c>
       <x:c r="D295" s="0">
-        <x:v>3571.785</x:v>
+        <x:v>3892.815</x:v>
       </x:c>
       <x:c r="E295" s="0">
-        <x:v>2463.3</x:v>
+        <x:v>2684.7</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:5">
       <x:c r="A296" s="1">
-        <x:v>45511.8235069444</x:v>
+        <x:v>45559.851412037</x:v>
       </x:c>
       <x:c r="B296" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C296" s="0">
-        <x:v>7.34</x:v>
+        <x:v>6.02</x:v>
       </x:c>
       <x:c r="D296" s="0">
-        <x:v>3526.98</x:v>
+        <x:v>3881.65</x:v>
       </x:c>
       <x:c r="E296" s="0">
-        <x:v>2432.4</x:v>
+        <x:v>2677</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:5">
       <x:c r="A297" s="1">
-        <x:v>45510.8258912037</x:v>
+        <x:v>45558.8309490741</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C297" s="0">
-        <x:v>7.35</x:v>
+        <x:v>6.13</x:v>
       </x:c>
       <x:c r="D297" s="0">
-        <x:v>3525.82</x:v>
+        <x:v>3846.125</x:v>
       </x:c>
       <x:c r="E297" s="0">
-        <x:v>2431.6</x:v>
+        <x:v>2652.5</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:5">
       <x:c r="A298" s="1">
-        <x:v>45509.8261689815</x:v>
+        <x:v>45555.8241782407</x:v>
       </x:c>
       <x:c r="B298" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C298" s="0">
-        <x:v>7.27</x:v>
+        <x:v>6.16</x:v>
       </x:c>
       <x:c r="D298" s="0">
-        <x:v>3544.38</x:v>
+        <x:v>3836.99</x:v>
       </x:c>
       <x:c r="E298" s="0">
-        <x:v>2444.4</x:v>
+        <x:v>2646.2</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:5">
       <x:c r="A299" s="1">
-        <x:v>45506.8233912037</x:v>
+        <x:v>45554.8247453704</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C299" s="0">
-        <x:v>7.13</x:v>
+        <x:v>6.31</x:v>
       </x:c>
       <x:c r="D299" s="0">
-        <x:v>3581.21</x:v>
+        <x:v>3791.17</x:v>
       </x:c>
       <x:c r="E299" s="0">
-        <x:v>2469.8</x:v>
+        <x:v>2614.6</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:5">
       <x:c r="A300" s="1">
-        <x:v>45505.824212963</x:v>
+        <x:v>45553.8253009259</x:v>
       </x:c>
       <x:c r="B300" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C300" s="0">
-        <x:v>7.06</x:v>
+        <x:v>6.39</x:v>
       </x:c>
       <x:c r="D300" s="0">
-        <x:v>3597.16</x:v>
+        <x:v>3767.97</x:v>
       </x:c>
       <x:c r="E300" s="0">
-        <x:v>2480.8</x:v>
+        <x:v>2598.6</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:5">
       <x:c r="A301" s="1">
-        <x:v>45504.8260185185</x:v>
+        <x:v>45552.8248263889</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C301" s="0">
-        <x:v>7.11</x:v>
+        <x:v>6.42</x:v>
       </x:c>
       <x:c r="D301" s="0">
-        <x:v>3585.85</x:v>
+        <x:v>3758.98</x:v>
       </x:c>
       <x:c r="E301" s="0">
-        <x:v>2473</x:v>
+        <x:v>2592.4</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:5">
       <x:c r="A302" s="1">
-        <x:v>45503.8250810185</x:v>
+        <x:v>45551.8616666667</x:v>
       </x:c>
       <x:c r="B302" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C302" s="0">
-        <x:v>7.23</x:v>
+        <x:v>6.34</x:v>
       </x:c>
       <x:c r="D302" s="0">
-        <x:v>3555.255</x:v>
+        <x:v>3782.905</x:v>
       </x:c>
       <x:c r="E302" s="0">
-        <x:v>2451.9</x:v>
+        <x:v>2608.9</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:5">
       <x:c r="A303" s="1">
-        <x:v>45502.8308912037</x:v>
+        <x:v>45548.8535069444</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C303" s="0">
-        <x:v>7.39</x:v>
+        <x:v>6.33</x:v>
       </x:c>
       <x:c r="D303" s="0">
-        <x:v>3516.975</x:v>
+        <x:v>3785.515</x:v>
       </x:c>
       <x:c r="E303" s="0">
-        <x:v>2425.5</x:v>
+        <x:v>2610.7</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:5">
       <x:c r="A304" s="1">
-        <x:v>45502.8255208333</x:v>
+        <x:v>45547.8246412037</x:v>
       </x:c>
       <x:c r="B304" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C304" s="0">
-        <x:v>7.39</x:v>
+        <x:v>6.49</x:v>
       </x:c>
       <x:c r="D304" s="0">
-        <x:v>3516.975</x:v>
+        <x:v>3741.87</x:v>
       </x:c>
       <x:c r="E304" s="0">
-        <x:v>2425.5</x:v>
+        <x:v>2580.6</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:5">
       <x:c r="A305" s="1">
+        <x:v>45546.8256134259</x:v>
+      </x:c>
+      <x:c r="B305" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C305" s="0">
+        <x:v>6.69</x:v>
+      </x:c>
+      <x:c r="D305" s="0">
+        <x:v>3686.48</x:v>
+      </x:c>
+      <x:c r="E305" s="0">
+        <x:v>2542.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="306" spans="1:5">
+      <x:c r="A306" s="1">
+        <x:v>45545.8295023148</x:v>
+      </x:c>
+      <x:c r="B306" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C306" s="0">
+        <x:v>6.68</x:v>
+      </x:c>
+      <x:c r="D306" s="0">
+        <x:v>3687.495</x:v>
+      </x:c>
+      <x:c r="E306" s="0">
+        <x:v>2543.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="307" spans="1:5">
+      <x:c r="A307" s="1">
+        <x:v>45544.823587963</x:v>
+      </x:c>
+      <x:c r="B307" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C307" s="0">
+        <x:v>6.74</x:v>
+      </x:c>
+      <x:c r="D307" s="0">
+        <x:v>3672.415</x:v>
+      </x:c>
+      <x:c r="E307" s="0">
+        <x:v>2532.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="308" spans="1:5">
+      <x:c r="A308" s="1">
+        <x:v>45541.8395601852</x:v>
+      </x:c>
+      <x:c r="B308" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C308" s="0">
+        <x:v>6.78</x:v>
+      </x:c>
+      <x:c r="D308" s="0">
+        <x:v>3660.67</x:v>
+      </x:c>
+      <x:c r="E308" s="0">
+        <x:v>2524.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="309" spans="1:5">
+      <x:c r="A309" s="1">
+        <x:v>45540.8719791667</x:v>
+      </x:c>
+      <x:c r="B309" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C309" s="0">
+        <x:v>6.69</x:v>
+      </x:c>
+      <x:c r="D309" s="0">
+        <x:v>3687.495</x:v>
+      </x:c>
+      <x:c r="E309" s="0">
+        <x:v>2543.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="310" spans="1:5">
+      <x:c r="A310" s="1">
+        <x:v>45539.8276967593</x:v>
+      </x:c>
+      <x:c r="B310" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C310" s="0">
+        <x:v>6.78</x:v>
+      </x:c>
+      <x:c r="D310" s="0">
+        <x:v>3662.7</x:v>
+      </x:c>
+      <x:c r="E310" s="0">
+        <x:v>2526</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="311" spans="1:5">
+      <x:c r="A311" s="1">
+        <x:v>45538.8245601852</x:v>
+      </x:c>
+      <x:c r="B311" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C311" s="0">
+        <x:v>6.79</x:v>
+      </x:c>
+      <x:c r="D311" s="0">
+        <x:v>3658.35</x:v>
+      </x:c>
+      <x:c r="E311" s="0">
+        <x:v>2523</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="312" spans="1:5">
+      <x:c r="A312" s="1">
+        <x:v>45534.8412962963</x:v>
+      </x:c>
+      <x:c r="B312" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C312" s="0">
+        <x:v>6.77</x:v>
+      </x:c>
+      <x:c r="D312" s="0">
+        <x:v>3665.02</x:v>
+      </x:c>
+      <x:c r="E312" s="0">
+        <x:v>2527.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="313" spans="1:5">
+      <x:c r="A313" s="1">
+        <x:v>45533.8277083333</x:v>
+      </x:c>
+      <x:c r="B313" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C313" s="0">
+        <x:v>6.6</x:v>
+      </x:c>
+      <x:c r="D313" s="0">
+        <x:v>3712.435</x:v>
+      </x:c>
+      <x:c r="E313" s="0">
+        <x:v>2560.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="314" spans="1:5">
+      <x:c r="A314" s="1">
+        <x:v>45532.8353356481</x:v>
+      </x:c>
+      <x:c r="B314" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C314" s="0">
+        <x:v>6.72</x:v>
+      </x:c>
+      <x:c r="D314" s="0">
+        <x:v>3679.81</x:v>
+      </x:c>
+      <x:c r="E314" s="0">
+        <x:v>2537.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="315" spans="1:5">
+      <x:c r="A315" s="1">
+        <x:v>45531.823587963</x:v>
+      </x:c>
+      <x:c r="B315" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C315" s="0">
+        <x:v>6.64</x:v>
+      </x:c>
+      <x:c r="D315" s="0">
+        <x:v>3701.705</x:v>
+      </x:c>
+      <x:c r="E315" s="0">
+        <x:v>2552.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="316" spans="1:5">
+      <x:c r="A316" s="1">
+        <x:v>45530.8248726852</x:v>
+      </x:c>
+      <x:c r="B316" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C316" s="0">
+        <x:v>6.63</x:v>
+      </x:c>
+      <x:c r="D316" s="0">
+        <x:v>3705.04</x:v>
+      </x:c>
+      <x:c r="E316" s="0">
+        <x:v>2555.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="317" spans="1:5">
+      <x:c r="A317" s="1">
+        <x:v>45527.8266782407</x:v>
+      </x:c>
+      <x:c r="B317" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C317" s="0">
+        <x:v>6.68</x:v>
+      </x:c>
+      <x:c r="D317" s="0">
+        <x:v>3692.135</x:v>
+      </x:c>
+      <x:c r="E317" s="0">
+        <x:v>2546.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="318" spans="1:5">
+      <x:c r="A318" s="1">
+        <x:v>45526.8242361111</x:v>
+      </x:c>
+      <x:c r="B318" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C318" s="0">
+        <x:v>6.84</x:v>
+      </x:c>
+      <x:c r="D318" s="0">
+        <x:v>3649.215</x:v>
+      </x:c>
+      <x:c r="E318" s="0">
+        <x:v>2516.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="319" spans="1:5">
+      <x:c r="A319" s="1">
+        <x:v>45525.8236111111</x:v>
+      </x:c>
+      <x:c r="B319" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C319" s="0">
+        <x:v>6.68</x:v>
+      </x:c>
+      <x:c r="D319" s="0">
+        <x:v>3693.875</x:v>
+      </x:c>
+      <x:c r="E319" s="0">
+        <x:v>2547.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="320" spans="1:5">
+      <x:c r="A320" s="1">
+        <x:v>45524.8463773148</x:v>
+      </x:c>
+      <x:c r="B320" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C320" s="0">
+        <x:v>6.66</x:v>
+      </x:c>
+      <x:c r="D320" s="0">
+        <x:v>3698.37</x:v>
+      </x:c>
+      <x:c r="E320" s="0">
+        <x:v>2550.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="321" spans="1:5">
+      <x:c r="A321" s="1">
+        <x:v>45523.8238078704</x:v>
+      </x:c>
+      <x:c r="B321" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C321" s="0">
+        <x:v>6.71</x:v>
+      </x:c>
+      <x:c r="D321" s="0">
+        <x:v>3684.885</x:v>
+      </x:c>
+      <x:c r="E321" s="0">
+        <x:v>2541.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="322" spans="1:5">
+      <x:c r="A322" s="1">
+        <x:v>45520.8387152778</x:v>
+      </x:c>
+      <x:c r="B322" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C322" s="0">
+        <x:v>6.73</x:v>
+      </x:c>
+      <x:c r="D322" s="0">
+        <x:v>3679.81</x:v>
+      </x:c>
+      <x:c r="E322" s="0">
+        <x:v>2537.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="323" spans="1:5">
+      <x:c r="A323" s="1">
+        <x:v>45519.824537037</x:v>
+      </x:c>
+      <x:c r="B323" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C323" s="0">
+        <x:v>6.98</x:v>
+      </x:c>
+      <x:c r="D323" s="0">
+        <x:v>3613.98</x:v>
+      </x:c>
+      <x:c r="E323" s="0">
+        <x:v>2492.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="324" spans="1:5">
+      <x:c r="A324" s="1">
+        <x:v>45518.8254513889</x:v>
+      </x:c>
+      <x:c r="B324" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C324" s="0">
+        <x:v>7.06</x:v>
+      </x:c>
+      <x:c r="D324" s="0">
+        <x:v>3595.565</x:v>
+      </x:c>
+      <x:c r="E324" s="0">
+        <x:v>2479.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="325" spans="1:5">
+      <x:c r="A325" s="1">
+        <x:v>45517.8237268518</x:v>
+      </x:c>
+      <x:c r="B325" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C325" s="0">
+        <x:v>6.9</x:v>
+      </x:c>
+      <x:c r="D325" s="0">
+        <x:v>3636.31</x:v>
+      </x:c>
+      <x:c r="E325" s="0">
+        <x:v>2507.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="326" spans="1:5">
+      <x:c r="A326" s="1">
+        <x:v>45516.8280092593</x:v>
+      </x:c>
+      <x:c r="B326" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C326" s="0">
+        <x:v>6.92</x:v>
+      </x:c>
+      <x:c r="D326" s="0">
+        <x:v>3630.8</x:v>
+      </x:c>
+      <x:c r="E326" s="0">
+        <x:v>2504</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="327" spans="1:5">
+      <x:c r="A327" s="1">
+        <x:v>45513.823587963</x:v>
+      </x:c>
+      <x:c r="B327" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C327" s="0">
+        <x:v>7.1</x:v>
+      </x:c>
+      <x:c r="D327" s="0">
+        <x:v>3586.43</x:v>
+      </x:c>
+      <x:c r="E327" s="0">
+        <x:v>2473.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="328" spans="1:5">
+      <x:c r="A328" s="1">
+        <x:v>45512.8232060185</x:v>
+      </x:c>
+      <x:c r="B328" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C328" s="0">
+        <x:v>7.16</x:v>
+      </x:c>
+      <x:c r="D328" s="0">
+        <x:v>3571.785</x:v>
+      </x:c>
+      <x:c r="E328" s="0">
+        <x:v>2463.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="329" spans="1:5">
+      <x:c r="A329" s="1">
+        <x:v>45511.8235069444</x:v>
+      </x:c>
+      <x:c r="B329" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C329" s="0">
+        <x:v>7.34</x:v>
+      </x:c>
+      <x:c r="D329" s="0">
+        <x:v>3526.98</x:v>
+      </x:c>
+      <x:c r="E329" s="0">
+        <x:v>2432.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="330" spans="1:5">
+      <x:c r="A330" s="1">
+        <x:v>45510.8258912037</x:v>
+      </x:c>
+      <x:c r="B330" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C330" s="0">
+        <x:v>7.35</x:v>
+      </x:c>
+      <x:c r="D330" s="0">
+        <x:v>3525.82</x:v>
+      </x:c>
+      <x:c r="E330" s="0">
+        <x:v>2431.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="331" spans="1:5">
+      <x:c r="A331" s="1">
+        <x:v>45509.8261689815</x:v>
+      </x:c>
+      <x:c r="B331" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C331" s="0">
+        <x:v>7.27</x:v>
+      </x:c>
+      <x:c r="D331" s="0">
+        <x:v>3544.38</x:v>
+      </x:c>
+      <x:c r="E331" s="0">
+        <x:v>2444.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="332" spans="1:5">
+      <x:c r="A332" s="1">
+        <x:v>45506.8233912037</x:v>
+      </x:c>
+      <x:c r="B332" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C332" s="0">
+        <x:v>7.13</x:v>
+      </x:c>
+      <x:c r="D332" s="0">
+        <x:v>3581.21</x:v>
+      </x:c>
+      <x:c r="E332" s="0">
+        <x:v>2469.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="333" spans="1:5">
+      <x:c r="A333" s="1">
+        <x:v>45505.824212963</x:v>
+      </x:c>
+      <x:c r="B333" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C333" s="0">
+        <x:v>7.06</x:v>
+      </x:c>
+      <x:c r="D333" s="0">
+        <x:v>3597.16</x:v>
+      </x:c>
+      <x:c r="E333" s="0">
+        <x:v>2480.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="334" spans="1:5">
+      <x:c r="A334" s="1">
+        <x:v>45504.8260185185</x:v>
+      </x:c>
+      <x:c r="B334" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C334" s="0">
+        <x:v>7.11</x:v>
+      </x:c>
+      <x:c r="D334" s="0">
+        <x:v>3585.85</x:v>
+      </x:c>
+      <x:c r="E334" s="0">
+        <x:v>2473</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="335" spans="1:5">
+      <x:c r="A335" s="1">
+        <x:v>45503.8250810185</x:v>
+      </x:c>
+      <x:c r="B335" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C335" s="0">
+        <x:v>7.23</x:v>
+      </x:c>
+      <x:c r="D335" s="0">
+        <x:v>3555.255</x:v>
+      </x:c>
+      <x:c r="E335" s="0">
+        <x:v>2451.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="336" spans="1:5">
+      <x:c r="A336" s="1">
+        <x:v>45502.8308912037</x:v>
+      </x:c>
+      <x:c r="B336" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C336" s="0">
+        <x:v>7.39</x:v>
+      </x:c>
+      <x:c r="D336" s="0">
+        <x:v>3516.975</x:v>
+      </x:c>
+      <x:c r="E336" s="0">
+        <x:v>2425.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="337" spans="1:5">
+      <x:c r="A337" s="1">
+        <x:v>45502.8255208333</x:v>
+      </x:c>
+      <x:c r="B337" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C337" s="0">
+        <x:v>7.39</x:v>
+      </x:c>
+      <x:c r="D337" s="0">
+        <x:v>3516.975</x:v>
+      </x:c>
+      <x:c r="E337" s="0">
+        <x:v>2425.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="338" spans="1:5">
+      <x:c r="A338" s="1">
         <x:v>45499.8269907407</x:v>
       </x:c>
-      <x:c r="B305" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C305" s="0">
+      <x:c r="B338" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C338" s="0">
         <x:v>7.38</x:v>
       </x:c>
-      <x:c r="D305" s="0">
+      <x:c r="D338" s="0">
         <x:v>3520.455</x:v>
       </x:c>
-      <x:c r="E305" s="0">
+      <x:c r="E338" s="0">
         <x:v>2427.9</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>