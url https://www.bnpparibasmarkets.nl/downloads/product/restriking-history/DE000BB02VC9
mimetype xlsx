--- v1 (2025-12-05)
+++ v2 (2026-01-20)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5de5657737a2428a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/084943035463450795ab7c4348945804.psmdcp" Id="R9668ad3fd3b54414" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra3646b9d78474c97" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7a172951b4254f768135dbf76d1c97d1.psmdcp" Id="Rc026697360c74b22" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>DE000BB02VC9</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -390,5792 +390,6234 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E338"/>
+  <x:dimension ref="A1:E364"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>45995.8232291667</x:v>
+        <x:v>46038.8262615741</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
-        <x:v>2.32</x:v>
+        <x:v>1.95</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>6152.35</x:v>
+        <x:v>6663.33</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>4243</x:v>
+        <x:v>4595.4</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>45994.8237037037</x:v>
+        <x:v>46037.8245717593</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
-        <x:v>2.33</x:v>
+        <x:v>1.92</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>6137.125</x:v>
+        <x:v>6704.365</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>4232.5</x:v>
+        <x:v>4623.7</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>45993.8229398148</x:v>
+        <x:v>46036.824849537</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
-        <x:v>2.34</x:v>
+        <x:v>1.91</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>6120.16</x:v>
+        <x:v>6721.765</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>4220.8</x:v>
+        <x:v>4635.7</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>45992.8242939815</x:v>
+        <x:v>46035.8275810185</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
-        <x:v>2.29</x:v>
+        <x:v>1.94</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>6198.46</x:v>
+        <x:v>6668.695</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>4274.8</x:v>
+        <x:v>4599.1</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>45989.8354861111</x:v>
+        <x:v>46034.8259375</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
-        <x:v>2.31</x:v>
+        <x:v>1.93</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>6169.605</x:v>
+        <x:v>6691.315</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>4254.9</x:v>
+        <x:v>4614.7</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>45987.8265162037</x:v>
+        <x:v>46031.8225925926</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
-        <x:v>2.37</x:v>
+        <x:v>2.03</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>6093.335</x:v>
+        <x:v>6526.305</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>4202.3</x:v>
+        <x:v>4500.9</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>45986.8420486111</x:v>
+        <x:v>46030.8292592593</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
-        <x:v>2.4</x:v>
+        <x:v>2.07</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>6057.085</x:v>
+        <x:v>6468.015</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>4177.3</x:v>
+        <x:v>4460.7</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>45985.8473032407</x:v>
+        <x:v>46029.8237037037</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
-        <x:v>2.45</x:v>
+        <x:v>2.07</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>5989.66</x:v>
+        <x:v>6470.625</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>4130.8</x:v>
+        <x:v>4462.5</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>45982.8240972222</x:v>
+        <x:v>46028.8240972222</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
-        <x:v>2.47</x:v>
+        <x:v>2.04</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>5968.2</x:v>
+        <x:v>6519.345</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>4116</x:v>
+        <x:v>4496.1</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>45981.858912037</x:v>
+        <x:v>46027.8219097222</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C12" s="0">
-        <x:v>2.5</x:v>
+        <x:v>2.08</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>5938.765</x:v>
+        <x:v>6454.675</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>4060</x:v>
+        <x:v>4451.5</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>45980.8244444444</x:v>
+        <x:v>46024.8229976852</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0">
-        <x:v>2.47</x:v>
+        <x:v>2.21</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>5920.06</x:v>
+        <x:v>6277.92</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>4082.8</x:v>
+        <x:v>4329.6</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>45979.8891898148</x:v>
+        <x:v>46021.8342708333</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C14" s="0">
-        <x:v>2.49</x:v>
+        <x:v>2.15</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>5896.425</x:v>
+        <x:v>6360.135</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>4066.5</x:v>
+        <x:v>4386.3</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>45978.8251967593</x:v>
+        <x:v>46020.8393171296</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
-        <x:v>2.48</x:v>
+        <x:v>2.19</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>5908.025</x:v>
+        <x:v>6298.22</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>4074.5</x:v>
+        <x:v>4343.6</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>45975.8263078704</x:v>
+        <x:v>46014.8341898148</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C16" s="0">
-        <x:v>2.46</x:v>
+        <x:v>2.05</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>5936.59</x:v>
+        <x:v>6533.265</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>4094.2</x:v>
+        <x:v>4505.7</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>45974.8559606482</x:v>
+        <x:v>46013.830787037</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C17" s="0">
-        <x:v>2.34</x:v>
+        <x:v>2.08</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>6082.025</x:v>
+        <x:v>6480.63</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>4194.5</x:v>
+        <x:v>4469.4</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>45973.8250115741</x:v>
+        <x:v>46010.8267476852</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="0">
-        <x:v>2.32</x:v>
+        <x:v>2.16</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>6109.72</x:v>
+        <x:v>6361.585</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>4213.6</x:v>
+        <x:v>4387.3</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>45972.8325231482</x:v>
+        <x:v>46009.8283333333</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C19" s="0">
-        <x:v>2.44</x:v>
+        <x:v>2.19</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>5968.635</x:v>
+        <x:v>6328.525</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>4116.3</x:v>
+        <x:v>4364.5</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
-        <x:v>45971.8316087963</x:v>
+        <x:v>46008.8262962963</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C20" s="0">
-        <x:v>2.43</x:v>
+        <x:v>2.18</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>5976.9</x:v>
+        <x:v>6342.155</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>4122</x:v>
+        <x:v>4373.9</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="1">
-        <x:v>45968.8265277778</x:v>
+        <x:v>46007.8233564815</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C21" s="0">
-        <x:v>2.58</x:v>
+        <x:v>2.22</x:v>
       </x:c>
       <x:c r="D21" s="0">
-        <x:v>5814.21</x:v>
+        <x:v>6281.835</x:v>
       </x:c>
       <x:c r="E21" s="0">
-        <x:v>4009.8</x:v>
+        <x:v>4332.3</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="1">
-        <x:v>45967.8567361111</x:v>
+        <x:v>46006.8309722222</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C22" s="0">
-        <x:v>2.6</x:v>
+        <x:v>2.22</x:v>
       </x:c>
       <x:c r="D22" s="0">
-        <x:v>5786.95</x:v>
+        <x:v>6286.04</x:v>
       </x:c>
       <x:c r="E22" s="0">
-        <x:v>3991</x:v>
+        <x:v>4335.2</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="1">
-        <x:v>45966.8257638889</x:v>
+        <x:v>46003.8253125</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C23" s="0">
-        <x:v>2.6</x:v>
+        <x:v>2.23</x:v>
       </x:c>
       <x:c r="D23" s="0">
-        <x:v>5789.705</x:v>
+        <x:v>6276.035</x:v>
       </x:c>
       <x:c r="E23" s="0">
-        <x:v>3992.9</x:v>
+        <x:v>4328.3</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="1">
-        <x:v>45965.8372800926</x:v>
+        <x:v>46002.8233564815</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C24" s="0">
-        <x:v>2.64</x:v>
+        <x:v>2.24</x:v>
       </x:c>
       <x:c r="D24" s="0">
-        <x:v>5742.725</x:v>
+        <x:v>6253.85</x:v>
       </x:c>
       <x:c r="E24" s="0">
-        <x:v>3960.5</x:v>
+        <x:v>4313</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="1">
-        <x:v>45964.8250925926</x:v>
+        <x:v>46001.824849537</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C25" s="0">
-        <x:v>2.57</x:v>
+        <x:v>2.34</x:v>
       </x:c>
       <x:c r="D25" s="0">
-        <x:v>5820.3</x:v>
+        <x:v>6125.815</x:v>
       </x:c>
       <x:c r="E25" s="0">
-        <x:v>4014</x:v>
+        <x:v>4224.7</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="1">
-        <x:v>45961.7823032407</x:v>
+        <x:v>46000.8228009259</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C26" s="0">
-        <x:v>2.6</x:v>
+        <x:v>2.33</x:v>
       </x:c>
       <x:c r="D26" s="0">
-        <x:v>5794.925</x:v>
+        <x:v>6142.49</x:v>
       </x:c>
       <x:c r="E26" s="0">
-        <x:v>3996.5</x:v>
+        <x:v>4236.2</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="1">
-        <x:v>45960.7838310185</x:v>
+        <x:v>45999.8272106481</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C27" s="0">
-        <x:v>2.57</x:v>
+        <x:v>2.35</x:v>
       </x:c>
       <x:c r="D27" s="0">
-        <x:v>5823.055</x:v>
+        <x:v>6115.665</x:v>
       </x:c>
       <x:c r="E27" s="0">
-        <x:v>4015.9</x:v>
+        <x:v>4217.7</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="1">
-        <x:v>45959.7819212963</x:v>
+        <x:v>45996.8263078704</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C28" s="0">
-        <x:v>2.59</x:v>
+        <x:v>2.32</x:v>
       </x:c>
       <x:c r="D28" s="0">
-        <x:v>5801.015</x:v>
+        <x:v>6152.35</x:v>
       </x:c>
       <x:c r="E28" s="0">
-        <x:v>4000.7</x:v>
+        <x:v>4243</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="1">
-        <x:v>45958.7844444444</x:v>
+        <x:v>45995.8232291667</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C29" s="0">
-        <x:v>2.62</x:v>
+        <x:v>2.32</x:v>
       </x:c>
       <x:c r="D29" s="0">
-        <x:v>5775.495</x:v>
+        <x:v>6152.35</x:v>
       </x:c>
       <x:c r="E29" s="0">
-        <x:v>3983.1</x:v>
+        <x:v>4243</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="1">
-        <x:v>45957.7848263889</x:v>
+        <x:v>45994.8237037037</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C30" s="0">
-        <x:v>2.57</x:v>
+        <x:v>2.33</x:v>
       </x:c>
       <x:c r="D30" s="0">
-        <x:v>5828.565</x:v>
+        <x:v>6137.125</x:v>
       </x:c>
       <x:c r="E30" s="0">
-        <x:v>4019.7</x:v>
+        <x:v>4232.5</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="1">
-        <x:v>45954.8273726852</x:v>
+        <x:v>45993.8229398148</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C31" s="0">
-        <x:v>2.43</x:v>
+        <x:v>2.34</x:v>
       </x:c>
       <x:c r="D31" s="0">
-        <x:v>5999.81</x:v>
+        <x:v>6120.16</x:v>
       </x:c>
       <x:c r="E31" s="0">
-        <x:v>4137.8</x:v>
+        <x:v>4220.8</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="1">
-        <x:v>45953.826412037</x:v>
+        <x:v>45992.8242939815</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C32" s="0">
-        <x:v>2.42</x:v>
+        <x:v>2.29</x:v>
       </x:c>
       <x:c r="D32" s="0">
-        <x:v>6011.12</x:v>
+        <x:v>6198.46</x:v>
       </x:c>
       <x:c r="E32" s="0">
-        <x:v>4145.6</x:v>
+        <x:v>4274.8</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="1">
-        <x:v>45952.8312615741</x:v>
+        <x:v>45989.8354861111</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C33" s="0">
-        <x:v>2.52</x:v>
+        <x:v>2.31</x:v>
       </x:c>
       <x:c r="D33" s="0">
-        <x:v>5894.83</x:v>
+        <x:v>6169.605</x:v>
       </x:c>
       <x:c r="E33" s="0">
-        <x:v>4065.4</x:v>
+        <x:v>4254.9</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="1">
-        <x:v>45951.8353240741</x:v>
+        <x:v>45987.8265162037</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C34" s="0">
-        <x:v>2.47</x:v>
+        <x:v>2.37</x:v>
       </x:c>
       <x:c r="D34" s="0">
-        <x:v>5958.195</x:v>
+        <x:v>6093.335</x:v>
       </x:c>
       <x:c r="E34" s="0">
-        <x:v>4109.1</x:v>
+        <x:v>4202.3</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="1">
-        <x:v>45950.8514814815</x:v>
+        <x:v>45986.8420486111</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C35" s="0">
-        <x:v>2.21</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="D35" s="0">
-        <x:v>6321.13</x:v>
+        <x:v>6057.085</x:v>
       </x:c>
       <x:c r="E35" s="0">
-        <x:v>4359.4</x:v>
+        <x:v>4177.3</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="1">
-        <x:v>45947.8255902778</x:v>
+        <x:v>45985.8473032407</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C36" s="0">
-        <x:v>2.38</x:v>
+        <x:v>2.45</x:v>
       </x:c>
       <x:c r="D36" s="0">
-        <x:v>6109.285</x:v>
+        <x:v>5989.66</x:v>
       </x:c>
       <x:c r="E36" s="0">
-        <x:v>4213.3</x:v>
+        <x:v>4130.8</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="1">
-        <x:v>45946.8237962963</x:v>
+        <x:v>45982.8240972222</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C37" s="0">
-        <x:v>2.28</x:v>
+        <x:v>2.47</x:v>
       </x:c>
       <x:c r="D37" s="0">
-        <x:v>6241.67</x:v>
+        <x:v>5968.2</x:v>
       </x:c>
       <x:c r="E37" s="0">
-        <x:v>4304.6</x:v>
+        <x:v>4116</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="1">
-        <x:v>45945.8233796296</x:v>
+        <x:v>45981.858912037</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C38" s="0">
-        <x:v>2.4</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="D38" s="0">
-        <x:v>6092.32</x:v>
+        <x:v>5938.765</x:v>
       </x:c>
       <x:c r="E38" s="0">
-        <x:v>4201.6</x:v>
+        <x:v>4060</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="1">
-        <x:v>45944.828287037</x:v>
+        <x:v>45980.8244444444</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C39" s="0">
-        <x:v>2.45</x:v>
+        <x:v>2.47</x:v>
       </x:c>
       <x:c r="D39" s="0">
-        <x:v>6036.93</x:v>
+        <x:v>5920.06</x:v>
       </x:c>
       <x:c r="E39" s="0">
-        <x:v>4163.4</x:v>
+        <x:v>4082.8</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="1">
-        <x:v>45943.8403356482</x:v>
+        <x:v>45979.8891898148</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C40" s="0">
-        <x:v>2.48</x:v>
+        <x:v>2.49</x:v>
       </x:c>
       <x:c r="D40" s="0">
-        <x:v>5992.85</x:v>
+        <x:v>5896.425</x:v>
       </x:c>
       <x:c r="E40" s="0">
-        <x:v>4133</x:v>
+        <x:v>4066.5</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="1">
-        <x:v>45940.8233449074</x:v>
+        <x:v>45978.8251967593</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C41" s="0">
-        <x:v>2.66</x:v>
+        <x:v>2.48</x:v>
       </x:c>
       <x:c r="D41" s="0">
-        <x:v>5800.58</x:v>
+        <x:v>5908.025</x:v>
       </x:c>
       <x:c r="E41" s="0">
-        <x:v>4000.4</x:v>
+        <x:v>4074.5</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="1">
-        <x:v>45939.8284953704</x:v>
+        <x:v>45975.8263078704</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C42" s="0">
-        <x:v>2.7</x:v>
+        <x:v>2.46</x:v>
       </x:c>
       <x:c r="D42" s="0">
-        <x:v>5760.27</x:v>
+        <x:v>5936.59</x:v>
       </x:c>
       <x:c r="E42" s="0">
-        <x:v>3972.6</x:v>
+        <x:v>4094.2</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="1">
-        <x:v>45938.8250115741</x:v>
+        <x:v>45974.8559606482</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C43" s="0">
-        <x:v>2.57</x:v>
+        <x:v>2.34</x:v>
       </x:c>
       <x:c r="D43" s="0">
-        <x:v>5902.225</x:v>
+        <x:v>6082.025</x:v>
       </x:c>
       <x:c r="E43" s="0">
-        <x:v>4070.5</x:v>
+        <x:v>4194.5</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="1">
-        <x:v>45937.8252430556</x:v>
+        <x:v>45973.8250115741</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C44" s="0">
-        <x:v>2.66</x:v>
+        <x:v>2.32</x:v>
       </x:c>
       <x:c r="D44" s="0">
-        <x:v>5806.38</x:v>
+        <x:v>6109.72</x:v>
       </x:c>
       <x:c r="E44" s="0">
-        <x:v>4004.4</x:v>
+        <x:v>4213.6</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="1">
-        <x:v>45936.8237268518</x:v>
+        <x:v>45972.8325231482</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C45" s="0">
-        <x:v>2.7</x:v>
+        <x:v>2.44</x:v>
       </x:c>
       <x:c r="D45" s="0">
-        <x:v>5765.635</x:v>
+        <x:v>5968.635</x:v>
       </x:c>
       <x:c r="E45" s="0">
-        <x:v>3976.3</x:v>
+        <x:v>4116.3</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="1">
-        <x:v>45933.8235648148</x:v>
+        <x:v>45971.8316087963</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C46" s="0">
-        <x:v>2.8</x:v>
+        <x:v>2.43</x:v>
       </x:c>
       <x:c r="D46" s="0">
-        <x:v>5667.905</x:v>
+        <x:v>5976.9</x:v>
       </x:c>
       <x:c r="E46" s="0">
-        <x:v>3908.9</x:v>
+        <x:v>4122</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="1">
-        <x:v>45932.824537037</x:v>
+        <x:v>45968.8265277778</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C47" s="0">
-        <x:v>2.86</x:v>
+        <x:v>2.58</x:v>
       </x:c>
       <x:c r="D47" s="0">
-        <x:v>5608.745</x:v>
+        <x:v>5814.21</x:v>
       </x:c>
       <x:c r="E47" s="0">
-        <x:v>3868.1</x:v>
+        <x:v>4009.8</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5">
       <x:c r="A48" s="1">
-        <x:v>45931.8251041667</x:v>
+        <x:v>45967.8567361111</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C48" s="0">
-        <x:v>2.81</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="D48" s="0">
-        <x:v>5651.375</x:v>
+        <x:v>5786.95</x:v>
       </x:c>
       <x:c r="E48" s="0">
-        <x:v>3897.5</x:v>
+        <x:v>3991</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
       <x:c r="A49" s="1">
-        <x:v>45930.8239930556</x:v>
+        <x:v>45966.8257638889</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C49" s="0">
-        <x:v>2.85</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="D49" s="0">
-        <x:v>5616.14</x:v>
+        <x:v>5789.705</x:v>
       </x:c>
       <x:c r="E49" s="0">
-        <x:v>3873.2</x:v>
+        <x:v>3992.9</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5">
       <x:c r="A50" s="1">
-        <x:v>45929.8229398148</x:v>
+        <x:v>45965.8372800926</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C50" s="0">
-        <x:v>2.88</x:v>
+        <x:v>2.64</x:v>
       </x:c>
       <x:c r="D50" s="0">
-        <x:v>5590.04</x:v>
+        <x:v>5742.725</x:v>
       </x:c>
       <x:c r="E50" s="0">
-        <x:v>3855.2</x:v>
+        <x:v>3960.5</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5">
       <x:c r="A51" s="1">
-        <x:v>45926.8238773148</x:v>
+        <x:v>45964.8250925926</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C51" s="0">
-        <x:v>2.95</x:v>
+        <x:v>2.57</x:v>
       </x:c>
       <x:c r="D51" s="0">
-        <x:v>5523.05</x:v>
+        <x:v>5820.3</x:v>
       </x:c>
       <x:c r="E51" s="0">
-        <x:v>3809</x:v>
+        <x:v>4014</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5">
       <x:c r="A52" s="1">
-        <x:v>45925.8238657407</x:v>
+        <x:v>45961.7823032407</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C52" s="0">
-        <x:v>3.01</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="D52" s="0">
-        <x:v>5468.095</x:v>
+        <x:v>5794.925</x:v>
       </x:c>
       <x:c r="E52" s="0">
-        <x:v>3771.1</x:v>
+        <x:v>3996.5</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5">
       <x:c r="A53" s="1">
-        <x:v>45924.8325347222</x:v>
+        <x:v>45960.7838310185</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C53" s="0">
-        <x:v>3.02</x:v>
+        <x:v>2.57</x:v>
       </x:c>
       <x:c r="D53" s="0">
-        <x:v>5463.745</x:v>
+        <x:v>5823.055</x:v>
       </x:c>
       <x:c r="E53" s="0">
-        <x:v>3768.1</x:v>
+        <x:v>4015.9</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5">
       <x:c r="A54" s="1">
-        <x:v>45923.8421412037</x:v>
+        <x:v>45959.7819212963</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C54" s="0">
-        <x:v>2.94</x:v>
+        <x:v>2.59</x:v>
       </x:c>
       <x:c r="D54" s="0">
-        <x:v>5532.765</x:v>
+        <x:v>5801.015</x:v>
       </x:c>
       <x:c r="E54" s="0">
-        <x:v>3815.7</x:v>
+        <x:v>4000.7</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5">
       <x:c r="A55" s="1">
-        <x:v>45922.8390625</x:v>
+        <x:v>45958.7844444444</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C55" s="0">
-        <x:v>3.01</x:v>
+        <x:v>2.62</x:v>
       </x:c>
       <x:c r="D55" s="0">
-        <x:v>5473.895</x:v>
+        <x:v>5775.495</x:v>
       </x:c>
       <x:c r="E55" s="0">
-        <x:v>3775.1</x:v>
+        <x:v>3983.1</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5">
       <x:c r="A56" s="1">
-        <x:v>45919.8403472222</x:v>
+        <x:v>45957.7848263889</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C56" s="0">
-        <x:v>3.12</x:v>
+        <x:v>2.57</x:v>
       </x:c>
       <x:c r="D56" s="0">
-        <x:v>5373.41</x:v>
+        <x:v>5828.565</x:v>
       </x:c>
       <x:c r="E56" s="0">
-        <x:v>3705.8</x:v>
+        <x:v>4019.7</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:5">
       <x:c r="A57" s="1">
-        <x:v>45918.8308796296</x:v>
+        <x:v>45954.8273726852</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C57" s="0">
-        <x:v>3.17</x:v>
+        <x:v>2.43</x:v>
       </x:c>
       <x:c r="D57" s="0">
-        <x:v>5333.535</x:v>
+        <x:v>5999.81</x:v>
       </x:c>
       <x:c r="E57" s="0">
-        <x:v>3678.3</x:v>
+        <x:v>4137.8</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:5">
       <x:c r="A58" s="1">
-        <x:v>45917.8346990741</x:v>
+        <x:v>45953.826412037</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C58" s="0">
-        <x:v>3.11</x:v>
+        <x:v>2.42</x:v>
       </x:c>
       <x:c r="D58" s="0">
-        <x:v>5390.81</x:v>
+        <x:v>6011.12</x:v>
       </x:c>
       <x:c r="E58" s="0">
-        <x:v>3717.8</x:v>
+        <x:v>4145.6</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:5">
       <x:c r="A59" s="1">
-        <x:v>45916.82375</x:v>
+        <x:v>45952.8312615741</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C59" s="0">
-        <x:v>3.09</x:v>
+        <x:v>2.52</x:v>
       </x:c>
       <x:c r="D59" s="0">
-        <x:v>5401.395</x:v>
+        <x:v>5894.83</x:v>
       </x:c>
       <x:c r="E59" s="0">
-        <x:v>3725.1</x:v>
+        <x:v>4065.4</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:5">
       <x:c r="A60" s="1">
-        <x:v>45915.8287152778</x:v>
+        <x:v>45951.8353240741</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C60" s="0">
-        <x:v>3.1</x:v>
+        <x:v>2.47</x:v>
       </x:c>
       <x:c r="D60" s="0">
-        <x:v>5392.55</x:v>
+        <x:v>5958.195</x:v>
       </x:c>
       <x:c r="E60" s="0">
-        <x:v>3719</x:v>
+        <x:v>4109.1</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:5">
       <x:c r="A61" s="1">
-        <x:v>45912.8242824074</x:v>
+        <x:v>45950.8514814815</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C61" s="0">
-        <x:v>3.16</x:v>
+        <x:v>2.21</x:v>
       </x:c>
       <x:c r="D61" s="0">
-        <x:v>5345.28</x:v>
+        <x:v>6321.13</x:v>
       </x:c>
       <x:c r="E61" s="0">
-        <x:v>3686.4</x:v>
+        <x:v>4359.4</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:5">
       <x:c r="A62" s="1">
-        <x:v>45911.8249074074</x:v>
+        <x:v>45947.8255902778</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C62" s="0">
-        <x:v>3.18</x:v>
+        <x:v>2.38</x:v>
       </x:c>
       <x:c r="D62" s="0">
-        <x:v>5326.72</x:v>
+        <x:v>6109.285</x:v>
       </x:c>
       <x:c r="E62" s="0">
-        <x:v>3673.6</x:v>
+        <x:v>4213.3</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:5">
       <x:c r="A63" s="1">
-        <x:v>45910.8234259259</x:v>
+        <x:v>45946.8237962963</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C63" s="0">
-        <x:v>3.17</x:v>
+        <x:v>2.28</x:v>
       </x:c>
       <x:c r="D63" s="0">
-        <x:v>5338.9</x:v>
+        <x:v>6241.67</x:v>
       </x:c>
       <x:c r="E63" s="0">
-        <x:v>3682</x:v>
+        <x:v>4304.6</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:5">
       <x:c r="A64" s="1">
-        <x:v>45909.8234953704</x:v>
+        <x:v>45945.8233796296</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C64" s="0">
-        <x:v>3.17</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="D64" s="0">
-        <x:v>5339.19</x:v>
+        <x:v>6092.32</x:v>
       </x:c>
       <x:c r="E64" s="0">
-        <x:v>3682.2</x:v>
+        <x:v>4201.6</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:5">
       <x:c r="A65" s="1">
-        <x:v>45908.8227777778</x:v>
+        <x:v>45944.828287037</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C65" s="0">
-        <x:v>3.18</x:v>
+        <x:v>2.45</x:v>
       </x:c>
       <x:c r="D65" s="0">
-        <x:v>5332.23</x:v>
+        <x:v>6036.93</x:v>
       </x:c>
       <x:c r="E65" s="0">
-        <x:v>3677.4</x:v>
+        <x:v>4163.4</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:5">
       <x:c r="A66" s="1">
-        <x:v>45905.8690856481</x:v>
+        <x:v>45943.8403356482</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C66" s="0">
-        <x:v>3.22</x:v>
+        <x:v>2.48</x:v>
       </x:c>
       <x:c r="D66" s="0">
-        <x:v>5297.285</x:v>
+        <x:v>5992.85</x:v>
       </x:c>
       <x:c r="E66" s="0">
-        <x:v>3653.3</x:v>
+        <x:v>4133</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:5">
       <x:c r="A67" s="1">
-        <x:v>45904.8310300926</x:v>
+        <x:v>45940.8233449074</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C67" s="0">
-        <x:v>3.3</x:v>
+        <x:v>2.66</x:v>
       </x:c>
       <x:c r="D67" s="0">
-        <x:v>5229.715</x:v>
+        <x:v>5800.58</x:v>
       </x:c>
       <x:c r="E67" s="0">
-        <x:v>3606.7</x:v>
+        <x:v>4000.4</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:5">
       <x:c r="A68" s="1">
-        <x:v>45903.8280208333</x:v>
+        <x:v>45939.8284953704</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C68" s="0">
-        <x:v>3.25</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="D68" s="0">
-        <x:v>5271.475</x:v>
+        <x:v>5760.27</x:v>
       </x:c>
       <x:c r="E68" s="0">
-        <x:v>3635.5</x:v>
+        <x:v>3972.6</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:5">
       <x:c r="A69" s="1">
-        <x:v>45902.8240393518</x:v>
+        <x:v>45938.8250115741</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C69" s="0">
-        <x:v>3.33</x:v>
+        <x:v>2.57</x:v>
       </x:c>
       <x:c r="D69" s="0">
-        <x:v>5208.69</x:v>
+        <x:v>5902.225</x:v>
       </x:c>
       <x:c r="E69" s="0">
-        <x:v>3592.2</x:v>
+        <x:v>4070.5</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:5">
       <x:c r="A70" s="1">
-        <x:v>45898.8248148148</x:v>
+        <x:v>45937.8252430556</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C70" s="0">
-        <x:v>3.49</x:v>
+        <x:v>2.66</x:v>
       </x:c>
       <x:c r="D70" s="0">
-        <x:v>5098.345</x:v>
+        <x:v>5806.38</x:v>
       </x:c>
       <x:c r="E70" s="0">
-        <x:v>3516.1</x:v>
+        <x:v>4004.4</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:5">
       <x:c r="A71" s="1">
-        <x:v>45897.8404050926</x:v>
+        <x:v>45936.8237268518</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C71" s="0">
-        <x:v>3.57</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="D71" s="0">
-        <x:v>5037.735</x:v>
+        <x:v>5765.635</x:v>
       </x:c>
       <x:c r="E71" s="0">
-        <x:v>3474.3</x:v>
+        <x:v>3976.3</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:5">
       <x:c r="A72" s="1">
-        <x:v>45896.8352199074</x:v>
+        <x:v>45933.8235648148</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C72" s="0">
-        <x:v>3.63</x:v>
+        <x:v>2.8</x:v>
       </x:c>
       <x:c r="D72" s="0">
-        <x:v>5000.47</x:v>
+        <x:v>5667.905</x:v>
       </x:c>
       <x:c r="E72" s="0">
-        <x:v>3448.6</x:v>
+        <x:v>3908.9</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:5">
       <x:c r="A73" s="1">
-        <x:v>45895.8272685185</x:v>
+        <x:v>45932.824537037</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C73" s="0">
-        <x:v>3.66</x:v>
+        <x:v>2.86</x:v>
       </x:c>
       <x:c r="D73" s="0">
-        <x:v>4977.85</x:v>
+        <x:v>5608.745</x:v>
       </x:c>
       <x:c r="E73" s="0">
-        <x:v>3433</x:v>
+        <x:v>3868.1</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:5">
       <x:c r="A74" s="1">
-        <x:v>45894.8408449074</x:v>
+        <x:v>45931.8251041667</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C74" s="0">
-        <x:v>3.69</x:v>
+        <x:v>2.81</x:v>
       </x:c>
       <x:c r="D74" s="0">
-        <x:v>4955.375</x:v>
+        <x:v>5651.375</x:v>
       </x:c>
       <x:c r="E74" s="0">
-        <x:v>3417.5</x:v>
+        <x:v>3897.5</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:5">
       <x:c r="A75" s="1">
-        <x:v>45891.8256018519</x:v>
+        <x:v>45930.8239930556</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C75" s="0">
-        <x:v>3.69</x:v>
+        <x:v>2.85</x:v>
       </x:c>
       <x:c r="D75" s="0">
-        <x:v>4956.825</x:v>
+        <x:v>5616.14</x:v>
       </x:c>
       <x:c r="E75" s="0">
-        <x:v>3418.5</x:v>
+        <x:v>3873.2</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:5">
       <x:c r="A76" s="1">
-        <x:v>45890.8256481482</x:v>
+        <x:v>45929.8229398148</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C76" s="0">
-        <x:v>3.77</x:v>
+        <x:v>2.88</x:v>
       </x:c>
       <x:c r="D76" s="0">
-        <x:v>4903.32</x:v>
+        <x:v>5590.04</x:v>
       </x:c>
       <x:c r="E76" s="0">
-        <x:v>3381.6</x:v>
+        <x:v>3855.2</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:5">
       <x:c r="A77" s="1">
-        <x:v>45889.8244791667</x:v>
+        <x:v>45926.8238773148</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C77" s="0">
-        <x:v>3.76</x:v>
+        <x:v>2.95</x:v>
       </x:c>
       <x:c r="D77" s="0">
-        <x:v>4913.325</x:v>
+        <x:v>5523.05</x:v>
       </x:c>
       <x:c r="E77" s="0">
-        <x:v>3388.5</x:v>
+        <x:v>3809</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:5">
       <x:c r="A78" s="1">
-        <x:v>45888.8241898148</x:v>
+        <x:v>45925.8238657407</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C78" s="0">
-        <x:v>3.83</x:v>
+        <x:v>3.01</x:v>
       </x:c>
       <x:c r="D78" s="0">
-        <x:v>4870.115</x:v>
+        <x:v>5468.095</x:v>
       </x:c>
       <x:c r="E78" s="0">
-        <x:v>3358.7</x:v>
+        <x:v>3771.1</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:5">
       <x:c r="A79" s="1">
-        <x:v>45887.8261342593</x:v>
+        <x:v>45924.8325347222</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C79" s="0">
-        <x:v>3.78</x:v>
+        <x:v>3.02</x:v>
       </x:c>
       <x:c r="D79" s="0">
-        <x:v>4898.1</x:v>
+        <x:v>5463.745</x:v>
       </x:c>
       <x:c r="E79" s="0">
-        <x:v>3378</x:v>
+        <x:v>3768.1</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:5">
       <x:c r="A80" s="1">
-        <x:v>45884.8236458333</x:v>
+        <x:v>45923.8421412037</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C80" s="0">
-        <x:v>3.77</x:v>
+        <x:v>2.94</x:v>
       </x:c>
       <x:c r="D80" s="0">
-        <x:v>4904.77</x:v>
+        <x:v>5532.765</x:v>
       </x:c>
       <x:c r="E80" s="0">
-        <x:v>3382.6</x:v>
+        <x:v>3815.7</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:5">
       <x:c r="A81" s="1">
-        <x:v>45883.8469907407</x:v>
+        <x:v>45922.8390625</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C81" s="0">
-        <x:v>3.77</x:v>
+        <x:v>3.01</x:v>
       </x:c>
       <x:c r="D81" s="0">
-        <x:v>4905.64</x:v>
+        <x:v>5473.895</x:v>
       </x:c>
       <x:c r="E81" s="0">
-        <x:v>3383.2</x:v>
+        <x:v>3775.1</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:5">
       <x:c r="A82" s="1">
-        <x:v>45882.843125</x:v>
+        <x:v>45919.8403472222</x:v>
       </x:c>
       <x:c r="B82" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C82" s="0">
-        <x:v>3.72</x:v>
+        <x:v>3.12</x:v>
       </x:c>
       <x:c r="D82" s="0">
-        <x:v>4942.035</x:v>
+        <x:v>5373.41</x:v>
       </x:c>
       <x:c r="E82" s="0">
-        <x:v>3408.3</x:v>
+        <x:v>3705.8</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:5">
       <x:c r="A83" s="1">
-        <x:v>45881.822662037</x:v>
+        <x:v>45918.8308796296</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C83" s="0">
-        <x:v>3.74</x:v>
+        <x:v>3.17</x:v>
       </x:c>
       <x:c r="D83" s="0">
-        <x:v>4928.55</x:v>
+        <x:v>5333.535</x:v>
       </x:c>
       <x:c r="E83" s="0">
-        <x:v>3399</x:v>
+        <x:v>3678.3</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:5">
       <x:c r="A84" s="1">
-        <x:v>45880.8266898148</x:v>
+        <x:v>45917.8346990741</x:v>
       </x:c>
       <x:c r="B84" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C84" s="0">
-        <x:v>3.73</x:v>
+        <x:v>3.11</x:v>
       </x:c>
       <x:c r="D84" s="0">
-        <x:v>4936.815</x:v>
+        <x:v>5390.81</x:v>
       </x:c>
       <x:c r="E84" s="0">
-        <x:v>3404.7</x:v>
+        <x:v>3717.8</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:5">
       <x:c r="A85" s="1">
-        <x:v>45877.8247916667</x:v>
+        <x:v>45916.82375</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C85" s="0">
-        <x:v>3.55</x:v>
+        <x:v>3.09</x:v>
       </x:c>
       <x:c r="D85" s="0">
-        <x:v>5062.385</x:v>
+        <x:v>5401.395</x:v>
       </x:c>
       <x:c r="E85" s="0">
-        <x:v>3491.3</x:v>
+        <x:v>3725.1</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:5">
       <x:c r="A86" s="1">
-        <x:v>45876.8256018519</x:v>
+        <x:v>45915.8287152778</x:v>
       </x:c>
       <x:c r="B86" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C86" s="0">
-        <x:v>3.63</x:v>
+        <x:v>3.1</x:v>
       </x:c>
       <x:c r="D86" s="0">
-        <x:v>5007.865</x:v>
+        <x:v>5392.55</x:v>
       </x:c>
       <x:c r="E86" s="0">
-        <x:v>3453.7</x:v>
+        <x:v>3719</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:5">
       <x:c r="A87" s="1">
-        <x:v>45875.8240277778</x:v>
+        <x:v>45912.8242824074</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C87" s="0">
-        <x:v>3.67</x:v>
+        <x:v>3.16</x:v>
       </x:c>
       <x:c r="D87" s="0">
-        <x:v>4978.43</x:v>
+        <x:v>5345.28</x:v>
       </x:c>
       <x:c r="E87" s="0">
-        <x:v>3433.4</x:v>
+        <x:v>3686.4</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:5">
       <x:c r="A88" s="1">
-        <x:v>45874.8240277778</x:v>
+        <x:v>45911.8249074074</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C88" s="0">
-        <x:v>3.67</x:v>
+        <x:v>3.18</x:v>
       </x:c>
       <x:c r="D88" s="0">
-        <x:v>4980.315</x:v>
+        <x:v>5326.72</x:v>
       </x:c>
       <x:c r="E88" s="0">
-        <x:v>3434.7</x:v>
+        <x:v>3673.6</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:5">
       <x:c r="A89" s="1">
-        <x:v>45873.826400463</x:v>
+        <x:v>45910.8234259259</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C89" s="0">
-        <x:v>3.69</x:v>
+        <x:v>3.17</x:v>
       </x:c>
       <x:c r="D89" s="0">
-        <x:v>4968.28</x:v>
+        <x:v>5338.9</x:v>
       </x:c>
       <x:c r="E89" s="0">
-        <x:v>3426.4</x:v>
+        <x:v>3682</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:5">
       <x:c r="A90" s="1">
-        <x:v>45870.8315162037</x:v>
+        <x:v>45909.8234953704</x:v>
       </x:c>
       <x:c r="B90" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C90" s="0">
-        <x:v>3.75</x:v>
+        <x:v>3.17</x:v>
       </x:c>
       <x:c r="D90" s="0">
-        <x:v>4929.71</x:v>
+        <x:v>5339.19</x:v>
       </x:c>
       <x:c r="E90" s="0">
-        <x:v>3399.8</x:v>
+        <x:v>3682.2</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:5">
       <x:c r="A91" s="1">
-        <x:v>45869.8289814815</x:v>
+        <x:v>45908.8227777778</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C91" s="0">
-        <x:v>3.87</x:v>
+        <x:v>3.18</x:v>
       </x:c>
       <x:c r="D91" s="0">
-        <x:v>4855.47</x:v>
+        <x:v>5332.23</x:v>
       </x:c>
       <x:c r="E91" s="0">
-        <x:v>3348.6</x:v>
+        <x:v>3677.4</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:5">
       <x:c r="A92" s="1">
-        <x:v>45868.8234722222</x:v>
+        <x:v>45905.8690856481</x:v>
       </x:c>
       <x:c r="B92" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C92" s="0">
-        <x:v>3.86</x:v>
+        <x:v>3.22</x:v>
       </x:c>
       <x:c r="D92" s="0">
-        <x:v>4861.56</x:v>
+        <x:v>5297.285</x:v>
       </x:c>
       <x:c r="E92" s="0">
-        <x:v>3352.8</x:v>
+        <x:v>3653.3</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:5">
       <x:c r="A93" s="1">
-        <x:v>45867.8250694444</x:v>
+        <x:v>45904.8310300926</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C93" s="0">
-        <x:v>3.79</x:v>
+        <x:v>3.3</x:v>
       </x:c>
       <x:c r="D93" s="0">
-        <x:v>4902.74</x:v>
+        <x:v>5229.715</x:v>
       </x:c>
       <x:c r="E93" s="0">
-        <x:v>3381.2</x:v>
+        <x:v>3606.7</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:5">
       <x:c r="A94" s="1">
-        <x:v>45866.8322916667</x:v>
+        <x:v>45903.8280208333</x:v>
       </x:c>
       <x:c r="B94" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C94" s="0">
-        <x:v>3.82</x:v>
+        <x:v>3.25</x:v>
       </x:c>
       <x:c r="D94" s="0">
-        <x:v>4883.6</x:v>
+        <x:v>5271.475</x:v>
       </x:c>
       <x:c r="E94" s="0">
-        <x:v>3368</x:v>
+        <x:v>3635.5</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:5">
       <x:c r="A95" s="1">
-        <x:v>45863.8404050926</x:v>
+        <x:v>45902.8240393518</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C95" s="0">
-        <x:v>3.77</x:v>
+        <x:v>3.33</x:v>
       </x:c>
       <x:c r="D95" s="0">
-        <x:v>4919.125</x:v>
+        <x:v>5208.69</x:v>
       </x:c>
       <x:c r="E95" s="0">
-        <x:v>3392.5</x:v>
+        <x:v>3592.2</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:5">
       <x:c r="A96" s="1">
-        <x:v>45862.8566319444</x:v>
+        <x:v>45898.8248148148</x:v>
       </x:c>
       <x:c r="B96" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C96" s="0">
-        <x:v>3.69</x:v>
+        <x:v>3.49</x:v>
       </x:c>
       <x:c r="D96" s="0">
-        <x:v>4975.095</x:v>
+        <x:v>5098.345</x:v>
       </x:c>
       <x:c r="E96" s="0">
-        <x:v>3373.5</x:v>
+        <x:v>3516.1</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:5">
       <x:c r="A97" s="1">
-        <x:v>45861.8323611111</x:v>
+        <x:v>45897.8404050926</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C97" s="0">
-        <x:v>3.64</x:v>
+        <x:v>3.57</x:v>
       </x:c>
       <x:c r="D97" s="0">
-        <x:v>4926.52</x:v>
+        <x:v>5037.735</x:v>
       </x:c>
       <x:c r="E97" s="0">
-        <x:v>3397.6</x:v>
+        <x:v>3474.3</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:5">
       <x:c r="A98" s="1">
-        <x:v>45860.8328125</x:v>
+        <x:v>45896.8352199074</x:v>
       </x:c>
       <x:c r="B98" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C98" s="0">
-        <x:v>3.54</x:v>
+        <x:v>3.63</x:v>
       </x:c>
       <x:c r="D98" s="0">
-        <x:v>4993.365</x:v>
+        <x:v>5000.47</x:v>
       </x:c>
       <x:c r="E98" s="0">
-        <x:v>3443.7</x:v>
+        <x:v>3448.6</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:5">
       <x:c r="A99" s="1">
-        <x:v>45859.8410185185</x:v>
+        <x:v>45895.8272685185</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C99" s="0">
-        <x:v>3.62</x:v>
+        <x:v>3.66</x:v>
       </x:c>
       <x:c r="D99" s="0">
-        <x:v>4939.28</x:v>
+        <x:v>4977.85</x:v>
       </x:c>
       <x:c r="E99" s="0">
-        <x:v>3406.4</x:v>
+        <x:v>3433</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:5">
       <x:c r="A100" s="1">
-        <x:v>45856.8230671296</x:v>
+        <x:v>45894.8408449074</x:v>
       </x:c>
       <x:c r="B100" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C100" s="0">
-        <x:v>3.73</x:v>
+        <x:v>3.69</x:v>
       </x:c>
       <x:c r="D100" s="0">
-        <x:v>4869.535</x:v>
+        <x:v>4955.375</x:v>
       </x:c>
       <x:c r="E100" s="0">
-        <x:v>3358.3</x:v>
+        <x:v>3417.5</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:5">
       <x:c r="A101" s="1">
-        <x:v>45855.8238541667</x:v>
+        <x:v>45891.8256018519</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C101" s="0">
-        <x:v>3.76</x:v>
+        <x:v>3.69</x:v>
       </x:c>
       <x:c r="D101" s="0">
-        <x:v>4850.685</x:v>
+        <x:v>4956.825</x:v>
       </x:c>
       <x:c r="E101" s="0">
-        <x:v>3345.3</x:v>
+        <x:v>3418.5</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:5">
       <x:c r="A102" s="1">
-        <x:v>45854.8590046296</x:v>
+        <x:v>45890.8256481482</x:v>
       </x:c>
       <x:c r="B102" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C102" s="0">
-        <x:v>3.73</x:v>
+        <x:v>3.77</x:v>
       </x:c>
       <x:c r="D102" s="0">
-        <x:v>4870.695</x:v>
+        <x:v>4903.32</x:v>
       </x:c>
       <x:c r="E102" s="0">
-        <x:v>3359.1</x:v>
+        <x:v>3381.6</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:5">
       <x:c r="A103" s="1">
-        <x:v>45853.8525810185</x:v>
+        <x:v>45889.8244791667</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C103" s="0">
-        <x:v>3.78</x:v>
+        <x:v>3.76</x:v>
       </x:c>
       <x:c r="D103" s="0">
-        <x:v>4838.215</x:v>
+        <x:v>4913.325</x:v>
       </x:c>
       <x:c r="E103" s="0">
-        <x:v>3336.7</x:v>
+        <x:v>3388.5</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:5">
       <x:c r="A104" s="1">
-        <x:v>45852.8231018518</x:v>
+        <x:v>45888.8241898148</x:v>
       </x:c>
       <x:c r="B104" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C104" s="0">
-        <x:v>3.73</x:v>
+        <x:v>3.83</x:v>
       </x:c>
       <x:c r="D104" s="0">
-        <x:v>4870.695</x:v>
+        <x:v>4870.115</x:v>
       </x:c>
       <x:c r="E104" s="0">
-        <x:v>3359.1</x:v>
+        <x:v>3358.7</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:5">
       <x:c r="A105" s="1">
-        <x:v>45849.8239930556</x:v>
+        <x:v>45887.8261342593</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C105" s="0">
-        <x:v>3.72</x:v>
+        <x:v>3.78</x:v>
       </x:c>
       <x:c r="D105" s="0">
-        <x:v>4877.8</x:v>
+        <x:v>4898.1</x:v>
       </x:c>
       <x:c r="E105" s="0">
-        <x:v>3364</x:v>
+        <x:v>3378</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:5">
       <x:c r="A106" s="1">
-        <x:v>45848.8285532407</x:v>
+        <x:v>45884.8236458333</x:v>
       </x:c>
       <x:c r="B106" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C106" s="0">
-        <x:v>3.81</x:v>
+        <x:v>3.77</x:v>
       </x:c>
       <x:c r="D106" s="0">
-        <x:v>4822.265</x:v>
+        <x:v>4904.77</x:v>
       </x:c>
       <x:c r="E106" s="0">
-        <x:v>3325.7</x:v>
+        <x:v>3382.6</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:5">
       <x:c r="A107" s="1">
-        <x:v>45847.8235763889</x:v>
+        <x:v>45883.8469907407</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C107" s="0">
-        <x:v>3.82</x:v>
+        <x:v>3.77</x:v>
       </x:c>
       <x:c r="D107" s="0">
-        <x:v>4815.45</x:v>
+        <x:v>4905.64</x:v>
       </x:c>
       <x:c r="E107" s="0">
-        <x:v>3321</x:v>
+        <x:v>3383.2</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:5">
       <x:c r="A108" s="1">
-        <x:v>45846.8267939815</x:v>
+        <x:v>45882.843125</x:v>
       </x:c>
       <x:c r="B108" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C108" s="0">
-        <x:v>3.83</x:v>
+        <x:v>3.72</x:v>
       </x:c>
       <x:c r="D108" s="0">
-        <x:v>4809.505</x:v>
+        <x:v>4942.035</x:v>
       </x:c>
       <x:c r="E108" s="0">
-        <x:v>3316.9</x:v>
+        <x:v>3408.3</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:5">
       <x:c r="A109" s="1">
-        <x:v>45845.8307523148</x:v>
+        <x:v>45881.822662037</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C109" s="0">
-        <x:v>3.77</x:v>
+        <x:v>3.74</x:v>
       </x:c>
       <x:c r="D109" s="0">
-        <x:v>4847.06</x:v>
+        <x:v>4928.55</x:v>
       </x:c>
       <x:c r="E109" s="0">
-        <x:v>3342.8</x:v>
+        <x:v>3399</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:5">
       <x:c r="A110" s="1">
-        <x:v>45841.8258333333</x:v>
+        <x:v>45880.8266898148</x:v>
       </x:c>
       <x:c r="B110" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C110" s="0">
-        <x:v>3.77</x:v>
+        <x:v>3.73</x:v>
       </x:c>
       <x:c r="D110" s="0">
-        <x:v>4847.205</x:v>
+        <x:v>4936.815</x:v>
       </x:c>
       <x:c r="E110" s="0">
-        <x:v>3342.9</x:v>
+        <x:v>3404.7</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:5">
       <x:c r="A111" s="1">
-        <x:v>45840.8229050926</x:v>
+        <x:v>45877.8247916667</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C111" s="0">
-        <x:v>3.73</x:v>
+        <x:v>3.55</x:v>
       </x:c>
       <x:c r="D111" s="0">
-        <x:v>4871.565</x:v>
+        <x:v>5062.385</x:v>
       </x:c>
       <x:c r="E111" s="0">
-        <x:v>3359.7</x:v>
+        <x:v>3491.3</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:5">
       <x:c r="A112" s="1">
-        <x:v>45839.8275694444</x:v>
+        <x:v>45876.8256018519</x:v>
       </x:c>
       <x:c r="B112" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C112" s="0">
-        <x:v>3.75</x:v>
+        <x:v>3.63</x:v>
       </x:c>
       <x:c r="D112" s="0">
-        <x:v>4857.21</x:v>
+        <x:v>5007.865</x:v>
       </x:c>
       <x:c r="E112" s="0">
-        <x:v>3349.8</x:v>
+        <x:v>3453.7</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:5">
       <x:c r="A113" s="1">
-        <x:v>45838.8345601852</x:v>
+        <x:v>45875.8240277778</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C113" s="0">
-        <x:v>3.85</x:v>
+        <x:v>3.67</x:v>
       </x:c>
       <x:c r="D113" s="0">
-        <x:v>4796.165</x:v>
+        <x:v>4978.43</x:v>
       </x:c>
       <x:c r="E113" s="0">
-        <x:v>3307.7</x:v>
+        <x:v>3433.4</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:5">
       <x:c r="A114" s="1">
-        <x:v>45835.8364699074</x:v>
+        <x:v>45874.8240277778</x:v>
       </x:c>
       <x:c r="B114" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C114" s="0">
-        <x:v>3.9</x:v>
+        <x:v>3.67</x:v>
       </x:c>
       <x:c r="D114" s="0">
-        <x:v>4767.02</x:v>
+        <x:v>4980.315</x:v>
       </x:c>
       <x:c r="E114" s="0">
-        <x:v>3287.6</x:v>
+        <x:v>3434.7</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:5">
       <x:c r="A115" s="1">
-        <x:v>45834.841712963</x:v>
+        <x:v>45873.826400463</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C115" s="0">
-        <x:v>3.76</x:v>
+        <x:v>3.69</x:v>
       </x:c>
       <x:c r="D115" s="0">
-        <x:v>4854.6</x:v>
+        <x:v>4968.28</x:v>
       </x:c>
       <x:c r="E115" s="0">
-        <x:v>3348</x:v>
+        <x:v>3426.4</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:5">
       <x:c r="A116" s="1">
-        <x:v>45833.8280902778</x:v>
+        <x:v>45870.8315162037</x:v>
       </x:c>
       <x:c r="B116" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C116" s="0">
-        <x:v>3.78</x:v>
+        <x:v>3.75</x:v>
       </x:c>
       <x:c r="D116" s="0">
-        <x:v>4847.495</x:v>
+        <x:v>4929.71</x:v>
       </x:c>
       <x:c r="E116" s="0">
-        <x:v>3343.1</x:v>
+        <x:v>3399.8</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:5">
       <x:c r="A117" s="1">
-        <x:v>45832.8236574074</x:v>
+        <x:v>45869.8289814815</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C117" s="0">
-        <x:v>3.8</x:v>
+        <x:v>3.87</x:v>
       </x:c>
       <x:c r="D117" s="0">
-        <x:v>4834.155</x:v>
+        <x:v>4855.47</x:v>
       </x:c>
       <x:c r="E117" s="0">
-        <x:v>3333.9</x:v>
+        <x:v>3348.6</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:5">
       <x:c r="A118" s="1">
-        <x:v>45831.824849537</x:v>
+        <x:v>45868.8234722222</x:v>
       </x:c>
       <x:c r="B118" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C118" s="0">
-        <x:v>3.67</x:v>
+        <x:v>3.86</x:v>
       </x:c>
       <x:c r="D118" s="0">
-        <x:v>4922.75</x:v>
+        <x:v>4861.56</x:v>
       </x:c>
       <x:c r="E118" s="0">
-        <x:v>3395</x:v>
+        <x:v>3352.8</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:5">
       <x:c r="A119" s="1">
-        <x:v>45828.8266898148</x:v>
+        <x:v>45867.8250694444</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C119" s="0">
-        <x:v>3.69</x:v>
+        <x:v>3.79</x:v>
       </x:c>
       <x:c r="D119" s="0">
-        <x:v>4909.265</x:v>
+        <x:v>4902.74</x:v>
       </x:c>
       <x:c r="E119" s="0">
-        <x:v>3385.7</x:v>
+        <x:v>3381.2</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:5">
       <x:c r="A120" s="1">
-        <x:v>45826.8327199074</x:v>
+        <x:v>45866.8322916667</x:v>
       </x:c>
       <x:c r="B120" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C120" s="0">
-        <x:v>3.64</x:v>
+        <x:v>3.82</x:v>
       </x:c>
       <x:c r="D120" s="0">
-        <x:v>4941.745</x:v>
+        <x:v>4883.6</x:v>
       </x:c>
       <x:c r="E120" s="0">
-        <x:v>3408.1</x:v>
+        <x:v>3368</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:5">
       <x:c r="A121" s="1">
-        <x:v>45825.8232986111</x:v>
+        <x:v>45863.8404050926</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C121" s="0">
-        <x:v>3.64</x:v>
+        <x:v>3.77</x:v>
       </x:c>
       <x:c r="D121" s="0">
-        <x:v>4940.005</x:v>
+        <x:v>4919.125</x:v>
       </x:c>
       <x:c r="E121" s="0">
-        <x:v>3406.9</x:v>
+        <x:v>3392.5</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:5">
       <x:c r="A122" s="1">
-        <x:v>45824.8368171296</x:v>
+        <x:v>45862.8566319444</x:v>
       </x:c>
       <x:c r="B122" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C122" s="0">
-        <x:v>3.62</x:v>
+        <x:v>3.69</x:v>
       </x:c>
       <x:c r="D122" s="0">
-        <x:v>4955.085</x:v>
+        <x:v>4975.095</x:v>
       </x:c>
       <x:c r="E122" s="0">
-        <x:v>3417.3</x:v>
+        <x:v>3373.5</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:5">
       <x:c r="A123" s="1">
-        <x:v>45821.829849537</x:v>
+        <x:v>45861.8323611111</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C123" s="0">
-        <x:v>3.55</x:v>
+        <x:v>3.64</x:v>
       </x:c>
       <x:c r="D123" s="0">
-        <x:v>5006.56</x:v>
+        <x:v>4926.52</x:v>
       </x:c>
       <x:c r="E123" s="0">
-        <x:v>3452.8</x:v>
+        <x:v>3397.6</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:5">
       <x:c r="A124" s="1">
-        <x:v>45820.8297916667</x:v>
+        <x:v>45860.8328125</x:v>
       </x:c>
       <x:c r="B124" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C124" s="0">
-        <x:v>3.66</x:v>
+        <x:v>3.54</x:v>
       </x:c>
       <x:c r="D124" s="0">
-        <x:v>4933.48</x:v>
+        <x:v>4993.365</x:v>
       </x:c>
       <x:c r="E124" s="0">
-        <x:v>3402.4</x:v>
+        <x:v>3443.7</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:5">
       <x:c r="A125" s="1">
-        <x:v>45819.834537037</x:v>
+        <x:v>45859.8410185185</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C125" s="0">
-        <x:v>3.79</x:v>
+        <x:v>3.62</x:v>
       </x:c>
       <x:c r="D125" s="0">
-        <x:v>4848.365</x:v>
+        <x:v>4939.28</x:v>
       </x:c>
       <x:c r="E125" s="0">
-        <x:v>3343.7</x:v>
+        <x:v>3406.4</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:5">
       <x:c r="A126" s="1">
-        <x:v>45818.8240972222</x:v>
+        <x:v>45856.8230671296</x:v>
       </x:c>
       <x:c r="B126" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C126" s="0">
-        <x:v>3.79</x:v>
+        <x:v>3.73</x:v>
       </x:c>
       <x:c r="D126" s="0">
-        <x:v>4847.93</x:v>
+        <x:v>4869.535</x:v>
       </x:c>
       <x:c r="E126" s="0">
-        <x:v>3343.4</x:v>
+        <x:v>3358.3</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:5">
       <x:c r="A127" s="1">
-        <x:v>45817.8239351852</x:v>
+        <x:v>45855.8238541667</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C127" s="0">
         <x:v>3.76</x:v>
       </x:c>
       <x:c r="D127" s="0">
-        <x:v>4864.605</x:v>
+        <x:v>4850.685</x:v>
       </x:c>
       <x:c r="E127" s="0">
-        <x:v>3354.9</x:v>
+        <x:v>3345.3</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:5">
       <x:c r="A128" s="1">
-        <x:v>45814.8280208333</x:v>
+        <x:v>45854.8590046296</x:v>
       </x:c>
       <x:c r="B128" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C128" s="0">
-        <x:v>3.78</x:v>
+        <x:v>3.73</x:v>
       </x:c>
       <x:c r="D128" s="0">
-        <x:v>4852.57</x:v>
+        <x:v>4870.695</x:v>
       </x:c>
       <x:c r="E128" s="0">
-        <x:v>3346.6</x:v>
+        <x:v>3359.1</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:5">
       <x:c r="A129" s="1">
-        <x:v>45813.8231828704</x:v>
+        <x:v>45853.8525810185</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C129" s="0">
-        <x:v>3.72</x:v>
+        <x:v>3.78</x:v>
       </x:c>
       <x:c r="D129" s="0">
-        <x:v>4893.895</x:v>
+        <x:v>4838.215</x:v>
       </x:c>
       <x:c r="E129" s="0">
-        <x:v>3375.1</x:v>
+        <x:v>3336.7</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:5">
       <x:c r="A130" s="1">
-        <x:v>45812.8567824074</x:v>
+        <x:v>45852.8231018518</x:v>
       </x:c>
       <x:c r="B130" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C130" s="0">
-        <x:v>3.67</x:v>
+        <x:v>3.73</x:v>
       </x:c>
       <x:c r="D130" s="0">
-        <x:v>4928.84</x:v>
+        <x:v>4870.695</x:v>
       </x:c>
       <x:c r="E130" s="0">
-        <x:v>3399.2</x:v>
+        <x:v>3359.1</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:5">
       <x:c r="A131" s="1">
-        <x:v>45811.8941550926</x:v>
+        <x:v>45849.8239930556</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C131" s="0">
         <x:v>3.72</x:v>
       </x:c>
       <x:c r="D131" s="0">
-        <x:v>4896.795</x:v>
+        <x:v>4877.8</x:v>
       </x:c>
       <x:c r="E131" s="0">
-        <x:v>3377.1</x:v>
+        <x:v>3364</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:5">
       <x:c r="A132" s="1">
-        <x:v>45811.8794328704</x:v>
+        <x:v>45848.8285532407</x:v>
       </x:c>
       <x:c r="B132" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C132" s="0">
-        <x:v>3.72</x:v>
+        <x:v>3.81</x:v>
       </x:c>
       <x:c r="D132" s="0">
-        <x:v>4896.795</x:v>
+        <x:v>4822.265</x:v>
       </x:c>
       <x:c r="E132" s="0">
-        <x:v>3377.1</x:v>
+        <x:v>3325.7</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:5">
       <x:c r="A133" s="1">
-        <x:v>45810.8625347222</x:v>
+        <x:v>45847.8235763889</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C133" s="0">
-        <x:v>3.67</x:v>
+        <x:v>3.82</x:v>
       </x:c>
       <x:c r="D133" s="0">
-        <x:v>4925.94</x:v>
+        <x:v>4815.45</x:v>
       </x:c>
       <x:c r="E133" s="0">
-        <x:v>3397.2</x:v>
+        <x:v>3321</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:5">
       <x:c r="A134" s="1">
-        <x:v>45810.8250462963</x:v>
+        <x:v>45846.8267939815</x:v>
       </x:c>
       <x:c r="B134" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C134" s="0">
-        <x:v>3.67</x:v>
+        <x:v>3.83</x:v>
       </x:c>
       <x:c r="D134" s="0">
-        <x:v>4925.94</x:v>
+        <x:v>4809.505</x:v>
       </x:c>
       <x:c r="E134" s="0">
-        <x:v>3397.2</x:v>
+        <x:v>3316.9</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:5">
       <x:c r="A135" s="1">
-        <x:v>45800.8238541667</x:v>
+        <x:v>45845.8307523148</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C135" s="0">
-        <x:v>3.69</x:v>
+        <x:v>3.77</x:v>
       </x:c>
       <x:c r="D135" s="0">
-        <x:v>4922.025</x:v>
+        <x:v>4847.06</x:v>
       </x:c>
       <x:c r="E135" s="0">
-        <x:v>3394.5</x:v>
+        <x:v>3342.8</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:5">
       <x:c r="A136" s="1">
-        <x:v>45799.8239583333</x:v>
+        <x:v>45841.8258333333</x:v>
       </x:c>
       <x:c r="B136" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C136" s="0">
-        <x:v>3.86</x:v>
+        <x:v>3.77</x:v>
       </x:c>
       <x:c r="D136" s="0">
-        <x:v>4819.22</x:v>
+        <x:v>4847.205</x:v>
       </x:c>
       <x:c r="E136" s="0">
-        <x:v>3295</x:v>
+        <x:v>3342.9</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:5">
       <x:c r="A137" s="1">
-        <x:v>45798.8240856481</x:v>
+        <x:v>45840.8229050926</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C137" s="0">
-        <x:v>3.82</x:v>
+        <x:v>3.73</x:v>
       </x:c>
       <x:c r="D137" s="0">
-        <x:v>4804.575</x:v>
+        <x:v>4871.565</x:v>
       </x:c>
       <x:c r="E137" s="0">
-        <x:v>3313.5</x:v>
+        <x:v>3359.7</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:5">
       <x:c r="A138" s="1">
-        <x:v>45797.8268402778</x:v>
+        <x:v>45839.8275694444</x:v>
       </x:c>
       <x:c r="B138" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C138" s="0">
-        <x:v>3.89</x:v>
+        <x:v>3.75</x:v>
       </x:c>
       <x:c r="D138" s="0">
-        <x:v>4762.67</x:v>
+        <x:v>4857.21</x:v>
       </x:c>
       <x:c r="E138" s="0">
-        <x:v>3284.6</x:v>
+        <x:v>3349.8</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:5">
       <x:c r="A139" s="1">
-        <x:v>45796.8311111111</x:v>
+        <x:v>45838.8345601852</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C139" s="0">
-        <x:v>4.01</x:v>
+        <x:v>3.85</x:v>
       </x:c>
       <x:c r="D139" s="0">
-        <x:v>4688.575</x:v>
+        <x:v>4796.165</x:v>
       </x:c>
       <x:c r="E139" s="0">
-        <x:v>3233.5</x:v>
+        <x:v>3307.7</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:5">
       <x:c r="A140" s="1">
-        <x:v>45793.8237384259</x:v>
+        <x:v>45835.8364699074</x:v>
       </x:c>
       <x:c r="B140" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C140" s="0">
-        <x:v>4.13</x:v>
+        <x:v>3.9</x:v>
       </x:c>
       <x:c r="D140" s="0">
-        <x:v>4621.44</x:v>
+        <x:v>4767.02</x:v>
       </x:c>
       <x:c r="E140" s="0">
-        <x:v>3187.2</x:v>
+        <x:v>3287.6</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:5">
       <x:c r="A141" s="1">
-        <x:v>45792.8270833333</x:v>
+        <x:v>45834.841712963</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C141" s="0">
-        <x:v>4.03</x:v>
+        <x:v>3.76</x:v>
       </x:c>
       <x:c r="D141" s="0">
-        <x:v>4678.57</x:v>
+        <x:v>4854.6</x:v>
       </x:c>
       <x:c r="E141" s="0">
-        <x:v>3226.6</x:v>
+        <x:v>3348</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:5">
       <x:c r="A142" s="1">
-        <x:v>45791.8231828704</x:v>
+        <x:v>45833.8280902778</x:v>
       </x:c>
       <x:c r="B142" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C142" s="0">
-        <x:v>4.13</x:v>
+        <x:v>3.78</x:v>
       </x:c>
       <x:c r="D142" s="0">
-        <x:v>4623.035</x:v>
+        <x:v>4847.495</x:v>
       </x:c>
       <x:c r="E142" s="0">
-        <x:v>3188.3</x:v>
+        <x:v>3343.1</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:5">
       <x:c r="A143" s="1">
-        <x:v>45790.8249884259</x:v>
+        <x:v>45832.8236574074</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C143" s="0">
-        <x:v>3.99</x:v>
+        <x:v>3.8</x:v>
       </x:c>
       <x:c r="D143" s="0">
-        <x:v>4709.31</x:v>
+        <x:v>4834.155</x:v>
       </x:c>
       <x:c r="E143" s="0">
-        <x:v>3247.8</x:v>
+        <x:v>3333.9</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:5">
       <x:c r="A144" s="1">
-        <x:v>45789.8237962963</x:v>
+        <x:v>45831.824849537</x:v>
       </x:c>
       <x:c r="B144" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C144" s="0">
-        <x:v>4.04</x:v>
+        <x:v>3.67</x:v>
       </x:c>
       <x:c r="D144" s="0">
-        <x:v>4680.6</x:v>
+        <x:v>4922.75</x:v>
       </x:c>
       <x:c r="E144" s="0">
-        <x:v>3228</x:v>
+        <x:v>3395</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:5">
       <x:c r="A145" s="1">
-        <x:v>45786.8321296296</x:v>
+        <x:v>45828.8266898148</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C145" s="0">
-        <x:v>3.78</x:v>
+        <x:v>3.69</x:v>
       </x:c>
       <x:c r="D145" s="0">
-        <x:v>4848.8</x:v>
+        <x:v>4909.265</x:v>
       </x:c>
       <x:c r="E145" s="0">
-        <x:v>3344</x:v>
+        <x:v>3385.7</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:5">
       <x:c r="A146" s="1">
-        <x:v>45785.8261805556</x:v>
+        <x:v>45826.8327199074</x:v>
       </x:c>
       <x:c r="B146" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C146" s="0">
-        <x:v>3.87</x:v>
+        <x:v>3.64</x:v>
       </x:c>
       <x:c r="D146" s="0">
-        <x:v>4793.7</x:v>
+        <x:v>4941.745</x:v>
       </x:c>
       <x:c r="E146" s="0">
-        <x:v>3306</x:v>
+        <x:v>3408.1</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:5">
       <x:c r="A147" s="1">
-        <x:v>45784.8969560185</x:v>
+        <x:v>45825.8232986111</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C147" s="0">
-        <x:v>3.68</x:v>
+        <x:v>3.64</x:v>
       </x:c>
       <x:c r="D147" s="0">
-        <x:v>4918.255</x:v>
+        <x:v>4940.005</x:v>
       </x:c>
       <x:c r="E147" s="0">
-        <x:v>3391.9</x:v>
+        <x:v>3406.9</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:5">
       <x:c r="A148" s="1">
-        <x:v>45784.852962963</x:v>
+        <x:v>45824.8368171296</x:v>
       </x:c>
       <x:c r="B148" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C148" s="0">
-        <x:v>3.68</x:v>
+        <x:v>3.62</x:v>
       </x:c>
       <x:c r="D148" s="0">
-        <x:v>4918.255</x:v>
+        <x:v>4955.085</x:v>
       </x:c>
       <x:c r="E148" s="0">
-        <x:v>3391.9</x:v>
+        <x:v>3417.3</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:5">
       <x:c r="A149" s="1">
-        <x:v>45783.8302430556</x:v>
+        <x:v>45821.829849537</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C149" s="0">
-        <x:v>3.61</x:v>
+        <x:v>3.55</x:v>
       </x:c>
       <x:c r="D149" s="0">
-        <x:v>4963.06</x:v>
+        <x:v>5006.56</x:v>
       </x:c>
       <x:c r="E149" s="0">
-        <x:v>3422.8</x:v>
+        <x:v>3452.8</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:5">
       <x:c r="A150" s="1">
-        <x:v>45777.8390162037</x:v>
+        <x:v>45820.8297916667</x:v>
       </x:c>
       <x:c r="B150" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C150" s="0">
-        <x:v>3.87</x:v>
+        <x:v>3.66</x:v>
       </x:c>
       <x:c r="D150" s="0">
-        <x:v>4812.695</x:v>
+        <x:v>4933.48</x:v>
       </x:c>
       <x:c r="E150" s="0">
-        <x:v>3319.1</x:v>
+        <x:v>3402.4</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:5">
       <x:c r="A151" s="1">
-        <x:v>45776.8444212963</x:v>
+        <x:v>45819.834537037</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C151" s="0">
-        <x:v>3.84</x:v>
+        <x:v>3.79</x:v>
       </x:c>
       <x:c r="D151" s="0">
-        <x:v>4833.72</x:v>
+        <x:v>4848.365</x:v>
       </x:c>
       <x:c r="E151" s="0">
-        <x:v>3333.6</x:v>
+        <x:v>3343.7</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:5">
       <x:c r="A152" s="1">
-        <x:v>45775.8451273148</x:v>
+        <x:v>45818.8240972222</x:v>
       </x:c>
       <x:c r="B152" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C152" s="0">
-        <x:v>3.8</x:v>
+        <x:v>3.79</x:v>
       </x:c>
       <x:c r="D152" s="0">
-        <x:v>4854.165</x:v>
+        <x:v>4847.93</x:v>
       </x:c>
       <x:c r="E152" s="0">
-        <x:v>3347.7</x:v>
+        <x:v>3343.4</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:5">
       <x:c r="A153" s="1">
-        <x:v>45772.8239930556</x:v>
+        <x:v>45817.8239351852</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C153" s="0">
-        <x:v>3.92</x:v>
+        <x:v>3.76</x:v>
       </x:c>
       <x:c r="D153" s="0">
-        <x:v>4782.68</x:v>
+        <x:v>4864.605</x:v>
       </x:c>
       <x:c r="E153" s="0">
-        <x:v>3298.4</x:v>
+        <x:v>3354.9</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:5">
       <x:c r="A154" s="1">
-        <x:v>45771.831412037</x:v>
+        <x:v>45814.8280208333</x:v>
       </x:c>
       <x:c r="B154" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C154" s="0">
-        <x:v>3.81</x:v>
+        <x:v>3.78</x:v>
       </x:c>
       <x:c r="D154" s="0">
-        <x:v>4855.47</x:v>
+        <x:v>4852.57</x:v>
       </x:c>
       <x:c r="E154" s="0">
-        <x:v>3348.6</x:v>
+        <x:v>3346.6</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:5">
       <x:c r="A155" s="1">
-        <x:v>45770.8295833333</x:v>
+        <x:v>45813.8231828704</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C155" s="0">
-        <x:v>3.94</x:v>
+        <x:v>3.72</x:v>
       </x:c>
       <x:c r="D155" s="0">
-        <x:v>4776.445</x:v>
+        <x:v>4893.895</x:v>
       </x:c>
       <x:c r="E155" s="0">
-        <x:v>3294.1</x:v>
+        <x:v>3375.1</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:5">
       <x:c r="A156" s="1">
-        <x:v>45769.8284490741</x:v>
+        <x:v>45812.8567824074</x:v>
       </x:c>
       <x:c r="B156" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C156" s="0">
         <x:v>3.67</x:v>
       </x:c>
       <x:c r="D156" s="0">
-        <x:v>4958.13</x:v>
+        <x:v>4928.84</x:v>
       </x:c>
       <x:c r="E156" s="0">
-        <x:v>3419.4</x:v>
+        <x:v>3399.2</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:5">
       <x:c r="A157" s="1">
-        <x:v>45764.8232175926</x:v>
+        <x:v>45811.8941550926</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C157" s="0">
-        <x:v>3.88</x:v>
+        <x:v>3.72</x:v>
       </x:c>
       <x:c r="D157" s="0">
-        <x:v>4826.18</x:v>
+        <x:v>4896.795</x:v>
       </x:c>
       <x:c r="E157" s="0">
-        <x:v>3328.4</x:v>
+        <x:v>3377.1</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:5">
       <x:c r="A158" s="1">
-        <x:v>45763.8254282407</x:v>
+        <x:v>45811.8794328704</x:v>
       </x:c>
       <x:c r="B158" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C158" s="0">
-        <x:v>3.84</x:v>
+        <x:v>3.72</x:v>
       </x:c>
       <x:c r="D158" s="0">
-        <x:v>4852.28</x:v>
+        <x:v>4896.795</x:v>
       </x:c>
       <x:c r="E158" s="0">
-        <x:v>3346.4</x:v>
+        <x:v>3377.1</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:5">
       <x:c r="A159" s="1">
-        <x:v>45762.8233796296</x:v>
+        <x:v>45810.8625347222</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C159" s="0">
-        <x:v>4.11</x:v>
+        <x:v>3.67</x:v>
       </x:c>
       <x:c r="D159" s="0">
-        <x:v>4698.58</x:v>
+        <x:v>4925.94</x:v>
       </x:c>
       <x:c r="E159" s="0">
-        <x:v>3240.4</x:v>
+        <x:v>3397.2</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:5">
       <x:c r="A160" s="1">
-        <x:v>45761.823275463</x:v>
+        <x:v>45810.8250462963</x:v>
       </x:c>
       <x:c r="B160" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C160" s="0">
-        <x:v>4.15</x:v>
+        <x:v>3.67</x:v>
       </x:c>
       <x:c r="D160" s="0">
-        <x:v>4678.135</x:v>
+        <x:v>4925.94</x:v>
       </x:c>
       <x:c r="E160" s="0">
-        <x:v>3226.3</x:v>
+        <x:v>3397.2</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:5">
       <x:c r="A161" s="1">
-        <x:v>45758.8246875</x:v>
+        <x:v>45800.8238541667</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C161" s="0">
-        <x:v>4.1</x:v>
+        <x:v>3.69</x:v>
       </x:c>
       <x:c r="D161" s="0">
-        <x:v>4704.67</x:v>
+        <x:v>4922.025</x:v>
       </x:c>
       <x:c r="E161" s="0">
-        <x:v>3244.6</x:v>
+        <x:v>3394.5</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:5">
       <x:c r="A162" s="1">
-        <x:v>45757.8457407407</x:v>
+        <x:v>45799.8239583333</x:v>
       </x:c>
       <x:c r="B162" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C162" s="0">
-        <x:v>4.28</x:v>
+        <x:v>3.86</x:v>
       </x:c>
       <x:c r="D162" s="0">
-        <x:v>4607.375</x:v>
+        <x:v>4819.22</x:v>
       </x:c>
       <x:c r="E162" s="0">
-        <x:v>3177.5</x:v>
+        <x:v>3295</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:5">
       <x:c r="A163" s="1">
-        <x:v>45756.8241319444</x:v>
+        <x:v>45798.8240856481</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C163" s="0">
-        <x:v>4.57</x:v>
+        <x:v>3.82</x:v>
       </x:c>
       <x:c r="D163" s="0">
-        <x:v>4465.13</x:v>
+        <x:v>4804.575</x:v>
       </x:c>
       <x:c r="E163" s="0">
-        <x:v>3079.4</x:v>
+        <x:v>3313.5</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:5">
       <x:c r="A164" s="1">
-        <x:v>45755.8404282407</x:v>
+        <x:v>45797.8268402778</x:v>
       </x:c>
       <x:c r="B164" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C164" s="0">
-        <x:v>4.86</x:v>
+        <x:v>3.89</x:v>
       </x:c>
       <x:c r="D164" s="0">
-        <x:v>4335.79</x:v>
+        <x:v>4762.67</x:v>
       </x:c>
       <x:c r="E164" s="0">
-        <x:v>2990.2</x:v>
+        <x:v>3284.6</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:5">
       <x:c r="A165" s="1">
-        <x:v>45754.8234259259</x:v>
+        <x:v>45796.8311111111</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C165" s="0">
-        <x:v>4.92</x:v>
+        <x:v>4.01</x:v>
       </x:c>
       <x:c r="D165" s="0">
-        <x:v>4311.72</x:v>
+        <x:v>4688.575</x:v>
       </x:c>
       <x:c r="E165" s="0">
-        <x:v>2973.6</x:v>
+        <x:v>3233.5</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:5">
       <x:c r="A166" s="1">
-        <x:v>45751.8240393518</x:v>
+        <x:v>45793.8237384259</x:v>
       </x:c>
       <x:c r="B166" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C166" s="0">
-        <x:v>4.73</x:v>
+        <x:v>4.13</x:v>
       </x:c>
       <x:c r="D166" s="0">
-        <x:v>4401.33</x:v>
+        <x:v>4621.44</x:v>
       </x:c>
       <x:c r="E166" s="0">
-        <x:v>3035.4</x:v>
+        <x:v>3187.2</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:5">
       <x:c r="A167" s="1">
-        <x:v>45750.8321643519</x:v>
+        <x:v>45792.8270833333</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C167" s="0">
-        <x:v>4.48</x:v>
+        <x:v>4.03</x:v>
       </x:c>
       <x:c r="D167" s="0">
-        <x:v>4526.465</x:v>
+        <x:v>4678.57</x:v>
       </x:c>
       <x:c r="E167" s="0">
-        <x:v>3121.7</x:v>
+        <x:v>3226.6</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:5">
       <x:c r="A168" s="1">
-        <x:v>45749.8250115741</x:v>
+        <x:v>45791.8231828704</x:v>
       </x:c>
       <x:c r="B168" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C168" s="0">
-        <x:v>4.36</x:v>
+        <x:v>4.13</x:v>
       </x:c>
       <x:c r="D168" s="0">
-        <x:v>4590.99</x:v>
+        <x:v>4623.035</x:v>
       </x:c>
       <x:c r="E168" s="0">
-        <x:v>3166.2</x:v>
+        <x:v>3188.3</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:5">
       <x:c r="A169" s="1">
-        <x:v>45748.8360069444</x:v>
+        <x:v>45790.8249884259</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C169" s="0">
-        <x:v>4.41</x:v>
+        <x:v>3.99</x:v>
       </x:c>
       <x:c r="D169" s="0">
-        <x:v>4561.7</x:v>
+        <x:v>4709.31</x:v>
       </x:c>
       <x:c r="E169" s="0">
-        <x:v>3146</x:v>
+        <x:v>3247.8</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:5">
       <x:c r="A170" s="1">
-        <x:v>45747.8232175926</x:v>
+        <x:v>45789.8237962963</x:v>
       </x:c>
       <x:c r="B170" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C170" s="0">
-        <x:v>4.4</x:v>
+        <x:v>4.04</x:v>
       </x:c>
       <x:c r="D170" s="0">
-        <x:v>4567.935</x:v>
+        <x:v>4680.6</x:v>
       </x:c>
       <x:c r="E170" s="0">
-        <x:v>3150.3</x:v>
+        <x:v>3228</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:5">
       <x:c r="A171" s="1">
-        <x:v>45744.7828240741</x:v>
+        <x:v>45786.8321296296</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C171" s="0">
-        <x:v>4.51</x:v>
+        <x:v>3.78</x:v>
       </x:c>
       <x:c r="D171" s="0">
-        <x:v>4515.735</x:v>
+        <x:v>4848.8</x:v>
       </x:c>
       <x:c r="E171" s="0">
-        <x:v>3114.3</x:v>
+        <x:v>3344</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:5">
       <x:c r="A172" s="1">
-        <x:v>45743.7837962963</x:v>
+        <x:v>45785.8261805556</x:v>
       </x:c>
       <x:c r="B172" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C172" s="0">
-        <x:v>4.58</x:v>
+        <x:v>3.87</x:v>
       </x:c>
       <x:c r="D172" s="0">
-        <x:v>4481.805</x:v>
+        <x:v>4793.7</x:v>
       </x:c>
       <x:c r="E172" s="0">
-        <x:v>3090.9</x:v>
+        <x:v>3306</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:5">
       <x:c r="A173" s="1">
-        <x:v>45742.7861921296</x:v>
+        <x:v>45784.8969560185</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C173" s="0">
-        <x:v>4.7</x:v>
+        <x:v>3.68</x:v>
       </x:c>
       <x:c r="D173" s="0">
-        <x:v>4425.835</x:v>
+        <x:v>4918.255</x:v>
       </x:c>
       <x:c r="E173" s="0">
-        <x:v>3052.3</x:v>
+        <x:v>3391.9</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:5">
       <x:c r="A174" s="1">
-        <x:v>45741.7817013889</x:v>
+        <x:v>45784.852962963</x:v>
       </x:c>
       <x:c r="B174" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C174" s="0">
-        <x:v>4.69</x:v>
+        <x:v>3.68</x:v>
       </x:c>
       <x:c r="D174" s="0">
-        <x:v>4428.735</x:v>
+        <x:v>4918.255</x:v>
       </x:c>
       <x:c r="E174" s="0">
-        <x:v>3054.3</x:v>
+        <x:v>3391.9</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:5">
       <x:c r="A175" s="1">
-        <x:v>45740.7859722222</x:v>
+        <x:v>45783.8302430556</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C175" s="0">
-        <x:v>4.72</x:v>
+        <x:v>3.61</x:v>
       </x:c>
       <x:c r="D175" s="0">
-        <x:v>4413.8</x:v>
+        <x:v>4963.06</x:v>
       </x:c>
       <x:c r="E175" s="0">
-        <x:v>3015.6</x:v>
+        <x:v>3422.8</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:5">
       <x:c r="A176" s="1">
-        <x:v>45737.7845486111</x:v>
+        <x:v>45777.8390162037</x:v>
       </x:c>
       <x:c r="B176" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C176" s="0">
-        <x:v>4.7</x:v>
+        <x:v>3.87</x:v>
       </x:c>
       <x:c r="D176" s="0">
-        <x:v>4381.03</x:v>
+        <x:v>4812.695</x:v>
       </x:c>
       <x:c r="E176" s="0">
-        <x:v>3021.4</x:v>
+        <x:v>3319.1</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:5">
       <x:c r="A177" s="1">
-        <x:v>45736.7837268518</x:v>
+        <x:v>45776.8444212963</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C177" s="0">
-        <x:v>4.64</x:v>
+        <x:v>3.84</x:v>
       </x:c>
       <x:c r="D177" s="0">
-        <x:v>4413.51</x:v>
+        <x:v>4833.72</x:v>
       </x:c>
       <x:c r="E177" s="0">
-        <x:v>3043.8</x:v>
+        <x:v>3333.6</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:5">
       <x:c r="A178" s="1">
-        <x:v>45735.7843634259</x:v>
+        <x:v>45775.8451273148</x:v>
       </x:c>
       <x:c r="B178" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C178" s="0">
-        <x:v>4.64</x:v>
+        <x:v>3.8</x:v>
       </x:c>
       <x:c r="D178" s="0">
-        <x:v>4409.74</x:v>
+        <x:v>4854.165</x:v>
       </x:c>
       <x:c r="E178" s="0">
-        <x:v>0</x:v>
+        <x:v>3347.7</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:5">
       <x:c r="A179" s="1">
-        <x:v>45734.7823032407</x:v>
+        <x:v>45772.8239930556</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C179" s="0">
-        <x:v>4.65</x:v>
+        <x:v>3.92</x:v>
       </x:c>
       <x:c r="D179" s="0">
-        <x:v>4409.16</x:v>
+        <x:v>4782.68</x:v>
       </x:c>
       <x:c r="E179" s="0">
-        <x:v>3040.8</x:v>
+        <x:v>3298.4</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:5">
       <x:c r="A180" s="1">
-        <x:v>45733.7827314815</x:v>
+        <x:v>45771.831412037</x:v>
       </x:c>
       <x:c r="B180" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C180" s="0">
-        <x:v>4.76</x:v>
+        <x:v>3.81</x:v>
       </x:c>
       <x:c r="D180" s="0">
-        <x:v>4358.845</x:v>
+        <x:v>4855.47</x:v>
       </x:c>
       <x:c r="E180" s="0">
-        <x:v>3006.1</x:v>
+        <x:v>3348.6</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:5">
       <x:c r="A181" s="1">
-        <x:v>45730.7910763889</x:v>
+        <x:v>45770.8295833333</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C181" s="0">
-        <x:v>4.77</x:v>
+        <x:v>3.94</x:v>
       </x:c>
       <x:c r="D181" s="0">
-        <x:v>4337.385</x:v>
+        <x:v>4776.445</x:v>
       </x:c>
       <x:c r="E181" s="0">
-        <x:v>3001.1</x:v>
+        <x:v>3294.1</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:5">
       <x:c r="A182" s="1">
-        <x:v>45729.7816666667</x:v>
+        <x:v>45769.8284490741</x:v>
       </x:c>
       <x:c r="B182" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C182" s="0">
-        <x:v>4.8</x:v>
+        <x:v>3.67</x:v>
       </x:c>
       <x:c r="D182" s="0">
-        <x:v>4337.385</x:v>
+        <x:v>4958.13</x:v>
       </x:c>
       <x:c r="E182" s="0">
-        <x:v>0</x:v>
+        <x:v>3419.4</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:5">
       <x:c r="A183" s="1">
-        <x:v>45728.8243171296</x:v>
+        <x:v>45764.8232175926</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C183" s="0">
-        <x:v>4.95</x:v>
+        <x:v>3.88</x:v>
       </x:c>
       <x:c r="D183" s="0">
-        <x:v>4272.86</x:v>
+        <x:v>4826.18</x:v>
       </x:c>
       <x:c r="E183" s="0">
-        <x:v>0</x:v>
+        <x:v>3328.4</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:5">
       <x:c r="A184" s="1">
-        <x:v>45727.7837384259</x:v>
+        <x:v>45763.8254282407</x:v>
       </x:c>
       <x:c r="B184" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C184" s="0">
-        <x:v>5.04</x:v>
+        <x:v>3.84</x:v>
       </x:c>
       <x:c r="D184" s="0">
-        <x:v>4235.305</x:v>
+        <x:v>4852.28</x:v>
       </x:c>
       <x:c r="E184" s="0">
-        <x:v>2920.9</x:v>
+        <x:v>3346.4</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:5">
       <x:c r="A185" s="1">
-        <x:v>45726.7915162037</x:v>
+        <x:v>45762.8233796296</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C185" s="0">
-        <x:v>5.12</x:v>
+        <x:v>4.11</x:v>
       </x:c>
       <x:c r="D185" s="0">
-        <x:v>4225.445</x:v>
+        <x:v>4698.58</x:v>
       </x:c>
       <x:c r="E185" s="0">
-        <x:v>2914.1</x:v>
+        <x:v>3240.4</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:5">
       <x:c r="A186" s="1">
-        <x:v>45723.8240162037</x:v>
+        <x:v>45761.823275463</x:v>
       </x:c>
       <x:c r="B186" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C186" s="0">
-        <x:v>5.07</x:v>
+        <x:v>4.15</x:v>
       </x:c>
       <x:c r="D186" s="0">
-        <x:v>4243.57</x:v>
+        <x:v>4678.135</x:v>
       </x:c>
       <x:c r="E186" s="0">
-        <x:v>2926.6</x:v>
+        <x:v>3226.3</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:5">
       <x:c r="A187" s="1">
-        <x:v>45722.8262152778</x:v>
+        <x:v>45758.8246875</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C187" s="0">
-        <x:v>5.03</x:v>
+        <x:v>4.1</x:v>
       </x:c>
       <x:c r="D187" s="0">
-        <x:v>4242.7</x:v>
+        <x:v>4704.67</x:v>
       </x:c>
       <x:c r="E187" s="0">
-        <x:v>2926</x:v>
+        <x:v>3244.6</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:5">
       <x:c r="A188" s="1">
-        <x:v>45721.8331018519</x:v>
+        <x:v>45757.8457407407</x:v>
       </x:c>
       <x:c r="B188" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C188" s="0">
-        <x:v>5.03</x:v>
+        <x:v>4.28</x:v>
       </x:c>
       <x:c r="D188" s="0">
-        <x:v>4234.87</x:v>
+        <x:v>4607.375</x:v>
       </x:c>
       <x:c r="E188" s="0">
-        <x:v>2920.6</x:v>
+        <x:v>3177.5</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:5">
       <x:c r="A189" s="1">
-        <x:v>45720.8313310185</x:v>
+        <x:v>45756.8241319444</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C189" s="0">
-        <x:v>5.05</x:v>
+        <x:v>4.57</x:v>
       </x:c>
       <x:c r="D189" s="0">
-        <x:v>4206.595</x:v>
+        <x:v>4465.13</x:v>
       </x:c>
       <x:c r="E189" s="0">
-        <x:v>2901.1</x:v>
+        <x:v>3079.4</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:5">
       <x:c r="A190" s="1">
-        <x:v>45719.8271180556</x:v>
+        <x:v>45755.8404282407</x:v>
       </x:c>
       <x:c r="B190" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C190" s="0">
-        <x:v>5.12</x:v>
+        <x:v>4.86</x:v>
       </x:c>
       <x:c r="D190" s="0">
-        <x:v>4130.325</x:v>
+        <x:v>4335.79</x:v>
       </x:c>
       <x:c r="E190" s="0">
-        <x:v>2848.5</x:v>
+        <x:v>2990.2</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:5">
       <x:c r="A191" s="1">
-        <x:v>45716.8229976852</x:v>
+        <x:v>45754.8234259259</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C191" s="0">
-        <x:v>5.31</x:v>
+        <x:v>4.92</x:v>
       </x:c>
       <x:c r="D191" s="0">
-        <x:v>4199.055</x:v>
+        <x:v>4311.72</x:v>
       </x:c>
       <x:c r="E191" s="0">
-        <x:v>2895.9</x:v>
+        <x:v>2973.6</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:5">
       <x:c r="A192" s="1">
-        <x:v>45715.8247916667</x:v>
+        <x:v>45751.8240393518</x:v>
       </x:c>
       <x:c r="B192" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C192" s="0">
-        <x:v>5.15</x:v>
+        <x:v>4.73</x:v>
       </x:c>
       <x:c r="D192" s="0">
-        <x:v>4249.37</x:v>
+        <x:v>4401.33</x:v>
       </x:c>
       <x:c r="E192" s="0">
-        <x:v>2930.6</x:v>
+        <x:v>3035.4</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:5">
       <x:c r="A193" s="1">
-        <x:v>45714.8278240741</x:v>
+        <x:v>45750.8321643519</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C193" s="0">
-        <x:v>5.03</x:v>
+        <x:v>4.48</x:v>
       </x:c>
       <x:c r="D193" s="0">
-        <x:v>4232.26</x:v>
+        <x:v>4526.465</x:v>
       </x:c>
       <x:c r="E193" s="0">
-        <x:v>2918.8</x:v>
+        <x:v>3121.7</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:5">
       <x:c r="A194" s="1">
-        <x:v>45713.8232638889</x:v>
+        <x:v>45749.8250115741</x:v>
       </x:c>
       <x:c r="B194" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C194" s="0">
-        <x:v>5.07</x:v>
+        <x:v>4.36</x:v>
       </x:c>
       <x:c r="D194" s="0">
-        <x:v>4296.64</x:v>
+        <x:v>4590.99</x:v>
       </x:c>
       <x:c r="E194" s="0">
-        <x:v>2963.2</x:v>
+        <x:v>3166.2</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:5">
       <x:c r="A195" s="1">
-        <x:v>45712.8270138889</x:v>
+        <x:v>45748.8360069444</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C195" s="0">
-        <x:v>4.92</x:v>
+        <x:v>4.41</x:v>
       </x:c>
       <x:c r="D195" s="0">
-        <x:v>4282.14</x:v>
+        <x:v>4561.7</x:v>
       </x:c>
       <x:c r="E195" s="0">
-        <x:v>2953.2</x:v>
+        <x:v>3146</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:5">
       <x:c r="A196" s="1">
-        <x:v>45709.8277314815</x:v>
+        <x:v>45747.8232175926</x:v>
       </x:c>
       <x:c r="B196" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C196" s="0">
-        <x:v>4.96</x:v>
+        <x:v>4.4</x:v>
       </x:c>
       <x:c r="D196" s="0">
-        <x:v>4286.345</x:v>
+        <x:v>4567.935</x:v>
       </x:c>
       <x:c r="E196" s="0">
-        <x:v>2956.1</x:v>
+        <x:v>3150.3</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:5">
       <x:c r="A197" s="1">
-        <x:v>45708.8285185185</x:v>
+        <x:v>45744.7828240741</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C197" s="0">
-        <x:v>4.95</x:v>
+        <x:v>4.51</x:v>
       </x:c>
       <x:c r="D197" s="0">
-        <x:v>4257.345</x:v>
+        <x:v>4515.735</x:v>
       </x:c>
       <x:c r="E197" s="0">
-        <x:v>2936.1</x:v>
+        <x:v>3114.3</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:5">
       <x:c r="A198" s="1">
-        <x:v>45707.8237615741</x:v>
+        <x:v>45743.7837962963</x:v>
       </x:c>
       <x:c r="B198" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C198" s="0">
-        <x:v>5.01</x:v>
+        <x:v>4.58</x:v>
       </x:c>
       <x:c r="D198" s="0">
-        <x:v>4276.05</x:v>
+        <x:v>4481.805</x:v>
       </x:c>
       <x:c r="E198" s="0">
-        <x:v>2949</x:v>
+        <x:v>3090.9</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:5">
       <x:c r="A199" s="1">
-        <x:v>45706.8251851852</x:v>
+        <x:v>45742.7861921296</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C199" s="0">
-        <x:v>4.97</x:v>
+        <x:v>4.7</x:v>
       </x:c>
       <x:c r="D199" s="0">
-        <x:v>4206.015</x:v>
+        <x:v>4425.835</x:v>
       </x:c>
       <x:c r="E199" s="0">
-        <x:v>2900.7</x:v>
+        <x:v>3052.3</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:5">
       <x:c r="A200" s="1">
-        <x:v>45702.8403703704</x:v>
+        <x:v>45741.7817013889</x:v>
       </x:c>
       <x:c r="B200" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C200" s="0">
-        <x:v>5.14</x:v>
+        <x:v>4.69</x:v>
       </x:c>
       <x:c r="D200" s="0">
-        <x:v>4270.83</x:v>
+        <x:v>4428.735</x:v>
       </x:c>
       <x:c r="E200" s="0">
-        <x:v>2945.4</x:v>
+        <x:v>3054.3</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:5">
       <x:c r="A201" s="1">
-        <x:v>45701.8281828704</x:v>
+        <x:v>45740.7859722222</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C201" s="0">
-        <x:v>4.99</x:v>
+        <x:v>4.72</x:v>
       </x:c>
       <x:c r="D201" s="0">
-        <x:v>4246.615</x:v>
+        <x:v>4413.8</x:v>
       </x:c>
       <x:c r="E201" s="0">
-        <x:v>2928.7</x:v>
+        <x:v>3015.6</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:5">
       <x:c r="A202" s="1">
-        <x:v>45700.8235069444</x:v>
+        <x:v>45737.7845486111</x:v>
       </x:c>
       <x:c r="B202" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C202" s="0">
-        <x:v>5.05</x:v>
+        <x:v>4.7</x:v>
       </x:c>
       <x:c r="D202" s="0">
-        <x:v>4252.27</x:v>
+        <x:v>4381.03</x:v>
       </x:c>
       <x:c r="E202" s="0">
-        <x:v>2932.6</x:v>
+        <x:v>3021.4</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:5">
       <x:c r="A203" s="1">
-        <x:v>45699.8243287037</x:v>
+        <x:v>45736.7837268518</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C203" s="0">
-        <x:v>5.04</x:v>
+        <x:v>4.64</x:v>
       </x:c>
       <x:c r="D203" s="0">
-        <x:v>4254.88</x:v>
+        <x:v>4413.51</x:v>
       </x:c>
       <x:c r="E203" s="0">
-        <x:v>2934.4</x:v>
+        <x:v>3043.8</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:5">
       <x:c r="A204" s="1">
-        <x:v>45698.8248842593</x:v>
+        <x:v>45735.7843634259</x:v>
       </x:c>
       <x:c r="B204" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C204" s="0">
-        <x:v>5.03</x:v>
+        <x:v>4.64</x:v>
       </x:c>
       <x:c r="D204" s="0">
-        <x:v>4254.88</x:v>
+        <x:v>4409.74</x:v>
       </x:c>
       <x:c r="E204" s="0">
-        <x:v>2934.4</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:5">
       <x:c r="A205" s="1">
-        <x:v>45695.846875</x:v>
+        <x:v>45734.7823032407</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C205" s="0">
-        <x:v>5.2</x:v>
+        <x:v>4.65</x:v>
       </x:c>
       <x:c r="D205" s="0">
-        <x:v>4171.215</x:v>
+        <x:v>4409.16</x:v>
       </x:c>
       <x:c r="E205" s="0">
-        <x:v>2876.7</x:v>
+        <x:v>3040.8</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:5">
       <x:c r="A206" s="1">
-        <x:v>45694.8241666667</x:v>
+        <x:v>45733.7827314815</x:v>
       </x:c>
       <x:c r="B206" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C206" s="0">
-        <x:v>5.24</x:v>
+        <x:v>4.76</x:v>
       </x:c>
       <x:c r="D206" s="0">
-        <x:v>4194.85</x:v>
+        <x:v>4358.845</x:v>
       </x:c>
       <x:c r="E206" s="0">
-        <x:v>2893</x:v>
+        <x:v>3006.1</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:5">
       <x:c r="A207" s="1">
-        <x:v>45693.8335532407</x:v>
+        <x:v>45730.7910763889</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C207" s="0">
-        <x:v>5.18</x:v>
+        <x:v>4.77</x:v>
       </x:c>
       <x:c r="D207" s="0">
-        <x:v>4194.85</x:v>
+        <x:v>4337.385</x:v>
       </x:c>
       <x:c r="E207" s="0">
-        <x:v>2893</x:v>
+        <x:v>3001.1</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:5">
       <x:c r="A208" s="1">
-        <x:v>45692.8229976852</x:v>
+        <x:v>45729.7816666667</x:v>
       </x:c>
       <x:c r="B208" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C208" s="0">
-        <x:v>5.24</x:v>
+        <x:v>4.8</x:v>
       </x:c>
       <x:c r="D208" s="0">
-        <x:v>4169.91</x:v>
+        <x:v>4337.385</x:v>
       </x:c>
       <x:c r="E208" s="0">
-        <x:v>2875.8</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:5">
       <x:c r="A209" s="1">
-        <x:v>45691.8232523148</x:v>
+        <x:v>45728.8243171296</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C209" s="0">
-        <x:v>5.31</x:v>
+        <x:v>4.95</x:v>
       </x:c>
       <x:c r="D209" s="0">
-        <x:v>4142.795</x:v>
+        <x:v>4272.86</x:v>
       </x:c>
       <x:c r="E209" s="0">
-        <x:v>2857.1</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:5">
       <x:c r="A210" s="1">
-        <x:v>45688.8388078704</x:v>
+        <x:v>45727.7837384259</x:v>
       </x:c>
       <x:c r="B210" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C210" s="0">
-        <x:v>5.4</x:v>
+        <x:v>5.04</x:v>
       </x:c>
       <x:c r="D210" s="0">
-        <x:v>4110.75</x:v>
+        <x:v>4235.305</x:v>
       </x:c>
       <x:c r="E210" s="0">
-        <x:v>2835</x:v>
+        <x:v>2920.9</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:5">
       <x:c r="A211" s="1">
-        <x:v>45687.8256365741</x:v>
+        <x:v>45726.7915162037</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C211" s="0">
-        <x:v>5.36</x:v>
+        <x:v>5.12</x:v>
       </x:c>
       <x:c r="D211" s="0">
-        <x:v>4125.54</x:v>
+        <x:v>4225.445</x:v>
       </x:c>
       <x:c r="E211" s="0">
-        <x:v>2845.2</x:v>
+        <x:v>2914.1</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:5">
       <x:c r="A212" s="1">
-        <x:v>45686.8259375</x:v>
+        <x:v>45723.8240162037</x:v>
       </x:c>
       <x:c r="B212" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C212" s="0">
-        <x:v>5.57</x:v>
+        <x:v>5.07</x:v>
       </x:c>
       <x:c r="D212" s="0">
-        <x:v>4050.575</x:v>
+        <x:v>4243.57</x:v>
       </x:c>
       <x:c r="E212" s="0">
-        <x:v>2793.5</x:v>
+        <x:v>2926.6</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:5">
       <x:c r="A213" s="1">
-        <x:v>45685.8587384259</x:v>
+        <x:v>45722.8262152778</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C213" s="0">
-        <x:v>5.56</x:v>
+        <x:v>5.03</x:v>
       </x:c>
       <x:c r="D213" s="0">
-        <x:v>4052.17</x:v>
+        <x:v>4242.7</x:v>
       </x:c>
       <x:c r="E213" s="0">
-        <x:v>2794.6</x:v>
+        <x:v>2926</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:5">
       <x:c r="A214" s="1">
-        <x:v>45684.8242824074</x:v>
+        <x:v>45721.8331018519</x:v>
       </x:c>
       <x:c r="B214" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C214" s="0">
-        <x:v>5.68</x:v>
+        <x:v>5.03</x:v>
       </x:c>
       <x:c r="D214" s="0">
-        <x:v>4010.99</x:v>
+        <x:v>4234.87</x:v>
       </x:c>
       <x:c r="E214" s="0">
-        <x:v>2766.2</x:v>
+        <x:v>2920.6</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:5">
       <x:c r="A215" s="1">
-        <x:v>45681.8509953704</x:v>
+        <x:v>45720.8313310185</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C215" s="0">
-        <x:v>5.52</x:v>
+        <x:v>5.05</x:v>
       </x:c>
       <x:c r="D215" s="0">
-        <x:v>4069.57</x:v>
+        <x:v>4206.595</x:v>
       </x:c>
       <x:c r="E215" s="0">
-        <x:v>2806.6</x:v>
+        <x:v>2901.1</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:5">
       <x:c r="A216" s="1">
-        <x:v>45679.8232060185</x:v>
+        <x:v>45719.8271180556</x:v>
       </x:c>
       <x:c r="B216" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C216" s="0">
-        <x:v>5.56</x:v>
+        <x:v>5.12</x:v>
       </x:c>
       <x:c r="D216" s="0">
-        <x:v>4017.805</x:v>
+        <x:v>4130.325</x:v>
       </x:c>
       <x:c r="E216" s="0">
-        <x:v>2770.9</x:v>
+        <x:v>2848.5</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:5">
       <x:c r="A217" s="1">
-        <x:v>45678.8237268518</x:v>
+        <x:v>45716.8229976852</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C217" s="0">
-        <x:v>5.6</x:v>
+        <x:v>5.31</x:v>
       </x:c>
       <x:c r="D217" s="0">
-        <x:v>4000.84</x:v>
+        <x:v>4199.055</x:v>
       </x:c>
       <x:c r="E217" s="0">
-        <x:v>2759.2</x:v>
+        <x:v>2895.9</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:5">
       <x:c r="A218" s="1">
-        <x:v>45674.8244560185</x:v>
+        <x:v>45715.8247916667</x:v>
       </x:c>
       <x:c r="B218" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C218" s="0">
-        <x:v>5.65</x:v>
+        <x:v>5.15</x:v>
       </x:c>
       <x:c r="D218" s="0">
-        <x:v>3985.615</x:v>
+        <x:v>4249.37</x:v>
       </x:c>
       <x:c r="E218" s="0">
-        <x:v>2748.7</x:v>
+        <x:v>2930.6</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:5">
       <x:c r="A219" s="1">
-        <x:v>45673.8258680556</x:v>
+        <x:v>45714.8278240741</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C219" s="0">
-        <x:v>5.64</x:v>
+        <x:v>5.03</x:v>
       </x:c>
       <x:c r="D219" s="0">
-        <x:v>3988.805</x:v>
+        <x:v>4232.26</x:v>
       </x:c>
       <x:c r="E219" s="0">
-        <x:v>2750.9</x:v>
+        <x:v>2918.8</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:5">
       <x:c r="A220" s="1">
-        <x:v>45672.8363194444</x:v>
+        <x:v>45713.8232638889</x:v>
       </x:c>
       <x:c r="B220" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C220" s="0">
-        <x:v>5.78</x:v>
+        <x:v>5.07</x:v>
       </x:c>
       <x:c r="D220" s="0">
-        <x:v>3940.81</x:v>
+        <x:v>4296.64</x:v>
       </x:c>
       <x:c r="E220" s="0">
-        <x:v>2717.8</x:v>
+        <x:v>2963.2</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:5">
       <x:c r="A221" s="1">
-        <x:v>45671.8265509259</x:v>
+        <x:v>45712.8270138889</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C221" s="0">
-        <x:v>5.94</x:v>
+        <x:v>4.92</x:v>
       </x:c>
       <x:c r="D221" s="0">
-        <x:v>3889.335</x:v>
+        <x:v>4282.14</x:v>
       </x:c>
       <x:c r="E221" s="0">
-        <x:v>2682.3</x:v>
+        <x:v>2953.2</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:5">
       <x:c r="A222" s="1">
-        <x:v>45670.8261805556</x:v>
+        <x:v>45709.8277314815</x:v>
       </x:c>
       <x:c r="B222" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C222" s="0">
-        <x:v>5.95</x:v>
+        <x:v>4.96</x:v>
       </x:c>
       <x:c r="D222" s="0">
-        <x:v>3883.97</x:v>
+        <x:v>4286.345</x:v>
       </x:c>
       <x:c r="E222" s="0">
-        <x:v>2678.6</x:v>
+        <x:v>2956.1</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:5">
       <x:c r="A223" s="1">
-        <x:v>45667.8237268518</x:v>
+        <x:v>45708.8285185185</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C223" s="0">
-        <x:v>5.8</x:v>
+        <x:v>4.95</x:v>
       </x:c>
       <x:c r="D223" s="0">
-        <x:v>3936.75</x:v>
+        <x:v>4257.345</x:v>
       </x:c>
       <x:c r="E223" s="0">
-        <x:v>2715</x:v>
+        <x:v>2936.1</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:5">
       <x:c r="A224" s="1">
-        <x:v>45666.8253935185</x:v>
+        <x:v>45707.8237615741</x:v>
       </x:c>
       <x:c r="B224" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C224" s="0">
-        <x:v>5.91</x:v>
+        <x:v>5.01</x:v>
       </x:c>
       <x:c r="D224" s="0">
-        <x:v>3901.66</x:v>
+        <x:v>4276.05</x:v>
       </x:c>
       <x:c r="E224" s="0">
-        <x:v>2690.8</x:v>
+        <x:v>2949</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:5">
       <x:c r="A225" s="1">
-        <x:v>45665.8339699074</x:v>
+        <x:v>45706.8251851852</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C225" s="0">
-        <x:v>5.99</x:v>
+        <x:v>4.97</x:v>
       </x:c>
       <x:c r="D225" s="0">
-        <x:v>3874.98</x:v>
+        <x:v>4206.015</x:v>
       </x:c>
       <x:c r="E225" s="0">
-        <x:v>2672.4</x:v>
+        <x:v>2900.7</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:5">
       <x:c r="A226" s="1">
-        <x:v>45664.8245486111</x:v>
+        <x:v>45702.8403703704</x:v>
       </x:c>
       <x:c r="B226" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C226" s="0">
-        <x:v>6.02</x:v>
+        <x:v>5.14</x:v>
       </x:c>
       <x:c r="D226" s="0">
-        <x:v>3864.83</x:v>
+        <x:v>4270.83</x:v>
       </x:c>
       <x:c r="E226" s="0">
-        <x:v>2665.4</x:v>
+        <x:v>2945.4</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:5">
       <x:c r="A227" s="1">
-        <x:v>45663.8279166667</x:v>
+        <x:v>45701.8281828704</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C227" s="0">
-        <x:v>6.1</x:v>
+        <x:v>4.99</x:v>
       </x:c>
       <x:c r="D227" s="0">
-        <x:v>3838.73</x:v>
+        <x:v>4246.615</x:v>
       </x:c>
       <x:c r="E227" s="0">
-        <x:v>2647.4</x:v>
+        <x:v>2928.7</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:5">
       <x:c r="A228" s="1">
-        <x:v>45660.8253587963</x:v>
+        <x:v>45700.8235069444</x:v>
       </x:c>
       <x:c r="B228" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C228" s="0">
-        <x:v>6.07</x:v>
+        <x:v>5.05</x:v>
       </x:c>
       <x:c r="D228" s="0">
-        <x:v>3849.315</x:v>
+        <x:v>4252.27</x:v>
       </x:c>
       <x:c r="E228" s="0">
-        <x:v>2654.7</x:v>
+        <x:v>2932.6</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:5">
       <x:c r="A229" s="1">
-        <x:v>45659.8549074074</x:v>
+        <x:v>45699.8243287037</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C229" s="0">
-        <x:v>6.01</x:v>
+        <x:v>5.04</x:v>
       </x:c>
       <x:c r="D229" s="0">
-        <x:v>3870.05</x:v>
+        <x:v>4254.88</x:v>
       </x:c>
       <x:c r="E229" s="0">
-        <x:v>2669</x:v>
+        <x:v>2934.4</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:5">
       <x:c r="A230" s="1">
-        <x:v>45656.8239583333</x:v>
+        <x:v>45698.8248842593</x:v>
       </x:c>
       <x:c r="B230" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C230" s="0">
-        <x:v>6.25</x:v>
+        <x:v>5.03</x:v>
       </x:c>
       <x:c r="D230" s="0">
-        <x:v>3796.245</x:v>
+        <x:v>4254.88</x:v>
       </x:c>
       <x:c r="E230" s="0">
-        <x:v>2618.1</x:v>
+        <x:v>2934.4</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:5">
       <x:c r="A231" s="1">
-        <x:v>45653.8232638889</x:v>
+        <x:v>45695.846875</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C231" s="0">
-        <x:v>6.19</x:v>
+        <x:v>5.2</x:v>
       </x:c>
       <x:c r="D231" s="0">
-        <x:v>3816.255</x:v>
+        <x:v>4171.215</x:v>
       </x:c>
       <x:c r="E231" s="0">
-        <x:v>2631.9</x:v>
+        <x:v>2876.7</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:5">
       <x:c r="A232" s="1">
-        <x:v>45649.8257291667</x:v>
+        <x:v>45694.8241666667</x:v>
       </x:c>
       <x:c r="B232" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C232" s="0">
-        <x:v>6.21</x:v>
+        <x:v>5.24</x:v>
       </x:c>
       <x:c r="D232" s="0">
-        <x:v>3810.89</x:v>
+        <x:v>4194.85</x:v>
       </x:c>
       <x:c r="E232" s="0">
-        <x:v>2628.2</x:v>
+        <x:v>2893</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:5">
       <x:c r="A233" s="1">
-        <x:v>45646.8274768519</x:v>
+        <x:v>45693.8335532407</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C233" s="0">
-        <x:v>6.13</x:v>
+        <x:v>5.18</x:v>
       </x:c>
       <x:c r="D233" s="0">
-        <x:v>3835.395</x:v>
+        <x:v>4194.85</x:v>
       </x:c>
       <x:c r="E233" s="0">
-        <x:v>2645.1</x:v>
+        <x:v>2893</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:5">
       <x:c r="A234" s="1">
-        <x:v>45645.8236574074</x:v>
+        <x:v>45692.8229976852</x:v>
       </x:c>
       <x:c r="B234" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C234" s="0">
-        <x:v>6.31</x:v>
+        <x:v>5.24</x:v>
       </x:c>
       <x:c r="D234" s="0">
-        <x:v>3781.745</x:v>
+        <x:v>4169.91</x:v>
       </x:c>
       <x:c r="E234" s="0">
-        <x:v>2608.1</x:v>
+        <x:v>2875.8</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:5">
       <x:c r="A235" s="1">
-        <x:v>45644.8267592593</x:v>
+        <x:v>45691.8232523148</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C235" s="0">
-        <x:v>6.1</x:v>
+        <x:v>5.31</x:v>
       </x:c>
       <x:c r="D235" s="0">
-        <x:v>3847.285</x:v>
+        <x:v>4142.795</x:v>
       </x:c>
       <x:c r="E235" s="0">
-        <x:v>2653.3</x:v>
+        <x:v>2857.1</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:5">
       <x:c r="A236" s="1">
-        <x:v>45643.8232523148</x:v>
+        <x:v>45688.8388078704</x:v>
       </x:c>
       <x:c r="B236" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C236" s="0">
-        <x:v>6.06</x:v>
+        <x:v>5.4</x:v>
       </x:c>
       <x:c r="D236" s="0">
-        <x:v>3859.9</x:v>
+        <x:v>4110.75</x:v>
       </x:c>
       <x:c r="E236" s="0">
-        <x:v>2662</x:v>
+        <x:v>2835</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:5">
       <x:c r="A237" s="1">
-        <x:v>45642.8316203704</x:v>
+        <x:v>45687.8256365741</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C237" s="0">
-        <x:v>6.02</x:v>
+        <x:v>5.36</x:v>
       </x:c>
       <x:c r="D237" s="0">
-        <x:v>3871.5</x:v>
+        <x:v>4125.54</x:v>
       </x:c>
       <x:c r="E237" s="0">
-        <x:v>2670</x:v>
+        <x:v>2845.2</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:5">
       <x:c r="A238" s="1">
-        <x:v>45639.823125</x:v>
+        <x:v>45686.8259375</x:v>
       </x:c>
       <x:c r="B238" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C238" s="0">
-        <x:v>6</x:v>
+        <x:v>5.57</x:v>
       </x:c>
       <x:c r="D238" s="0">
-        <x:v>3879.91</x:v>
+        <x:v>4050.575</x:v>
       </x:c>
       <x:c r="E238" s="0">
-        <x:v>2675.8</x:v>
+        <x:v>2793.5</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:5">
       <x:c r="A239" s="1">
-        <x:v>45638.8291550926</x:v>
+        <x:v>45685.8587384259</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C239" s="0">
-        <x:v>5.85</x:v>
+        <x:v>5.56</x:v>
       </x:c>
       <x:c r="D239" s="0">
-        <x:v>3928.63</x:v>
+        <x:v>4052.17</x:v>
       </x:c>
       <x:c r="E239" s="0">
-        <x:v>2709.4</x:v>
+        <x:v>2794.6</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:5">
       <x:c r="A240" s="1">
-        <x:v>45637.8317939815</x:v>
+        <x:v>45684.8242824074</x:v>
       </x:c>
       <x:c r="B240" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C240" s="0">
-        <x:v>5.66</x:v>
+        <x:v>5.68</x:v>
       </x:c>
       <x:c r="D240" s="0">
-        <x:v>3997.215</x:v>
+        <x:v>4010.99</x:v>
       </x:c>
       <x:c r="E240" s="0">
-        <x:v>2756.7</x:v>
+        <x:v>2766.2</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:5">
       <x:c r="A241" s="1">
-        <x:v>45636.8332523148</x:v>
+        <x:v>45681.8509953704</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C241" s="0">
-        <x:v>5.82</x:v>
+        <x:v>5.52</x:v>
       </x:c>
       <x:c r="D241" s="0">
-        <x:v>3941.68</x:v>
+        <x:v>4069.57</x:v>
       </x:c>
       <x:c r="E241" s="0">
-        <x:v>2718.4</x:v>
+        <x:v>2806.6</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:5">
       <x:c r="A242" s="1">
-        <x:v>45635.8276736111</x:v>
+        <x:v>45679.8232060185</x:v>
       </x:c>
       <x:c r="B242" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C242" s="0">
-        <x:v>5.97</x:v>
+        <x:v>5.56</x:v>
       </x:c>
       <x:c r="D242" s="0">
-        <x:v>3894.41</x:v>
+        <x:v>4017.805</x:v>
       </x:c>
       <x:c r="E242" s="0">
-        <x:v>2685.8</x:v>
+        <x:v>2770.9</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:5">
       <x:c r="A243" s="1">
-        <x:v>45632.8235648148</x:v>
+        <x:v>45678.8237268518</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C243" s="0">
-        <x:v>6.09</x:v>
+        <x:v>5.6</x:v>
       </x:c>
       <x:c r="D243" s="0">
-        <x:v>3856.42</x:v>
+        <x:v>4000.84</x:v>
       </x:c>
       <x:c r="E243" s="0">
-        <x:v>2659.6</x:v>
+        <x:v>2759.2</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:5">
       <x:c r="A244" s="1">
-        <x:v>45631.8267939815</x:v>
+        <x:v>45674.8244560185</x:v>
       </x:c>
       <x:c r="B244" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C244" s="0">
-        <x:v>6.14</x:v>
+        <x:v>5.65</x:v>
       </x:c>
       <x:c r="D244" s="0">
-        <x:v>3840.18</x:v>
+        <x:v>3985.615</x:v>
       </x:c>
       <x:c r="E244" s="0">
-        <x:v>2648.4</x:v>
+        <x:v>2748.7</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:5">
       <x:c r="A245" s="1">
-        <x:v>45630.8245833333</x:v>
+        <x:v>45673.8258680556</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C245" s="0">
-        <x:v>6.02</x:v>
+        <x:v>5.64</x:v>
       </x:c>
       <x:c r="D245" s="0">
-        <x:v>3880.49</x:v>
+        <x:v>3988.805</x:v>
       </x:c>
       <x:c r="E245" s="0">
-        <x:v>2676.2</x:v>
+        <x:v>2750.9</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:5">
       <x:c r="A246" s="1">
-        <x:v>45629.8265856481</x:v>
+        <x:v>45672.8363194444</x:v>
       </x:c>
       <x:c r="B246" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C246" s="0">
-        <x:v>6.06</x:v>
+        <x:v>5.78</x:v>
       </x:c>
       <x:c r="D246" s="0">
-        <x:v>3868.455</x:v>
+        <x:v>3940.81</x:v>
       </x:c>
       <x:c r="E246" s="0">
-        <x:v>2667.9</x:v>
+        <x:v>2717.8</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:5">
       <x:c r="A247" s="1">
-        <x:v>45628.8905671296</x:v>
+        <x:v>45671.8265509259</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C247" s="0">
-        <x:v>6.1</x:v>
+        <x:v>5.94</x:v>
       </x:c>
       <x:c r="D247" s="0">
-        <x:v>3854.825</x:v>
+        <x:v>3889.335</x:v>
       </x:c>
       <x:c r="E247" s="0">
-        <x:v>2658.5</x:v>
+        <x:v>2682.3</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:5">
       <x:c r="A248" s="1">
-        <x:v>45625.8335532407</x:v>
+        <x:v>45670.8261805556</x:v>
       </x:c>
       <x:c r="B248" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C248" s="0">
-        <x:v>6</x:v>
+        <x:v>5.95</x:v>
       </x:c>
       <x:c r="D248" s="0">
-        <x:v>3887.45</x:v>
+        <x:v>3883.97</x:v>
       </x:c>
       <x:c r="E248" s="0">
-        <x:v>2681</x:v>
+        <x:v>2678.6</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:5">
       <x:c r="A249" s="1">
-        <x:v>45623.8245023148</x:v>
+        <x:v>45667.8237268518</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C249" s="0">
-        <x:v>6.07</x:v>
+        <x:v>5.8</x:v>
       </x:c>
       <x:c r="D249" s="0">
-        <x:v>3863.96</x:v>
+        <x:v>3936.75</x:v>
       </x:c>
       <x:c r="E249" s="0">
-        <x:v>2664.8</x:v>
+        <x:v>2715</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:5">
       <x:c r="A250" s="1">
-        <x:v>45622.8230092593</x:v>
+        <x:v>45666.8253935185</x:v>
       </x:c>
       <x:c r="B250" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C250" s="0">
-        <x:v>6.16</x:v>
+        <x:v>5.91</x:v>
       </x:c>
       <x:c r="D250" s="0">
-        <x:v>3837.135</x:v>
+        <x:v>3901.66</x:v>
       </x:c>
       <x:c r="E250" s="0">
-        <x:v>2646.3</x:v>
+        <x:v>2690.8</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:5">
       <x:c r="A251" s="1">
-        <x:v>45621.8259259259</x:v>
+        <x:v>45665.8339699074</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C251" s="0">
-        <x:v>6.18</x:v>
+        <x:v>5.99</x:v>
       </x:c>
       <x:c r="D251" s="0">
-        <x:v>3831.77</x:v>
+        <x:v>3874.98</x:v>
       </x:c>
       <x:c r="E251" s="0">
-        <x:v>2642.6</x:v>
+        <x:v>2672.4</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:5">
       <x:c r="A252" s="1">
-        <x:v>45618.8415856482</x:v>
+        <x:v>45664.8245486111</x:v>
       </x:c>
       <x:c r="B252" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C252" s="0">
-        <x:v>5.78</x:v>
+        <x:v>6.02</x:v>
       </x:c>
       <x:c r="D252" s="0">
-        <x:v>3968.94</x:v>
+        <x:v>3864.83</x:v>
       </x:c>
       <x:c r="E252" s="0">
-        <x:v>2737.2</x:v>
+        <x:v>2665.4</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:5">
       <x:c r="A253" s="1">
-        <x:v>45617.8324884259</x:v>
+        <x:v>45663.8279166667</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C253" s="0">
-        <x:v>5.95</x:v>
+        <x:v>6.1</x:v>
       </x:c>
       <x:c r="D253" s="0">
-        <x:v>3913.985</x:v>
+        <x:v>3838.73</x:v>
       </x:c>
       <x:c r="E253" s="0">
-        <x:v>2699.3</x:v>
+        <x:v>2647.4</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:5">
       <x:c r="A254" s="1">
-        <x:v>45616.8479513889</x:v>
+        <x:v>45660.8253587963</x:v>
       </x:c>
       <x:c r="B254" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C254" s="0">
-        <x:v>6.05</x:v>
+        <x:v>6.07</x:v>
       </x:c>
       <x:c r="D254" s="0">
-        <x:v>3844.965</x:v>
+        <x:v>3849.315</x:v>
       </x:c>
       <x:c r="E254" s="0">
-        <x:v>2651.7</x:v>
+        <x:v>2654.7</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:5">
       <x:c r="A255" s="1">
-        <x:v>45615.8257407407</x:v>
+        <x:v>45659.8549074074</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C255" s="0">
-        <x:v>6.15</x:v>
+        <x:v>6.01</x:v>
       </x:c>
       <x:c r="D255" s="0">
-        <x:v>3814.95</x:v>
+        <x:v>3870.05</x:v>
       </x:c>
       <x:c r="E255" s="0">
-        <x:v>2631</x:v>
+        <x:v>2669</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:5">
       <x:c r="A256" s="1">
-        <x:v>45614.8227199074</x:v>
+        <x:v>45656.8239583333</x:v>
       </x:c>
       <x:c r="B256" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C256" s="0">
-        <x:v>6.23</x:v>
+        <x:v>6.25</x:v>
       </x:c>
       <x:c r="D256" s="0">
-        <x:v>3791.17</x:v>
+        <x:v>3796.245</x:v>
       </x:c>
       <x:c r="E256" s="0">
-        <x:v>2614.6</x:v>
+        <x:v>2618.1</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:5">
       <x:c r="A257" s="1">
-        <x:v>45611.8238310185</x:v>
+        <x:v>45653.8232638889</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C257" s="0">
-        <x:v>6.45</x:v>
+        <x:v>6.19</x:v>
       </x:c>
       <x:c r="D257" s="0">
-        <x:v>3726.645</x:v>
+        <x:v>3816.255</x:v>
       </x:c>
       <x:c r="E257" s="0">
-        <x:v>2570.1</x:v>
+        <x:v>2631.9</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:5">
       <x:c r="A258" s="1">
-        <x:v>45610.8240972222</x:v>
+        <x:v>45649.8257291667</x:v>
       </x:c>
       <x:c r="B258" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C258" s="0">
-        <x:v>6.44</x:v>
+        <x:v>6.21</x:v>
       </x:c>
       <x:c r="D258" s="0">
-        <x:v>3730.705</x:v>
+        <x:v>3810.89</x:v>
       </x:c>
       <x:c r="E258" s="0">
-        <x:v>2572.9</x:v>
+        <x:v>2628.2</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:5">
       <x:c r="A259" s="1">
-        <x:v>45609.8291550926</x:v>
+        <x:v>45646.8274768519</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C259" s="0">
-        <x:v>6.37</x:v>
+        <x:v>6.13</x:v>
       </x:c>
       <x:c r="D259" s="0">
-        <x:v>3750.425</x:v>
+        <x:v>3835.395</x:v>
       </x:c>
       <x:c r="E259" s="0">
-        <x:v>2586.5</x:v>
+        <x:v>2645.1</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:5">
       <x:c r="A260" s="1">
-        <x:v>45608.8243865741</x:v>
+        <x:v>45645.8236574074</x:v>
       </x:c>
       <x:c r="B260" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C260" s="0">
-        <x:v>6.28</x:v>
+        <x:v>6.31</x:v>
       </x:c>
       <x:c r="D260" s="0">
-        <x:v>3779.135</x:v>
+        <x:v>3781.745</x:v>
       </x:c>
       <x:c r="E260" s="0">
-        <x:v>2606.3</x:v>
+        <x:v>2608.1</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:5">
       <x:c r="A261" s="1">
-        <x:v>45607.8245023148</x:v>
+        <x:v>45644.8267592593</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C261" s="0">
-        <x:v>6.22</x:v>
+        <x:v>6.1</x:v>
       </x:c>
       <x:c r="D261" s="0">
-        <x:v>3795.665</x:v>
+        <x:v>3847.285</x:v>
       </x:c>
       <x:c r="E261" s="0">
-        <x:v>2617.7</x:v>
+        <x:v>2653.3</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:5">
       <x:c r="A262" s="1">
-        <x:v>45604.8264930556</x:v>
+        <x:v>45643.8232523148</x:v>
       </x:c>
       <x:c r="B262" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C262" s="0">
-        <x:v>5.89</x:v>
+        <x:v>6.06</x:v>
       </x:c>
       <x:c r="D262" s="0">
-        <x:v>3907.46</x:v>
+        <x:v>3859.9</x:v>
       </x:c>
       <x:c r="E262" s="0">
-        <x:v>2694.8</x:v>
+        <x:v>2662</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:5">
       <x:c r="A263" s="1">
-        <x:v>45603.8268518519</x:v>
+        <x:v>45642.8316203704</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C263" s="0">
-        <x:v>5.84</x:v>
+        <x:v>6.02</x:v>
       </x:c>
       <x:c r="D263" s="0">
-        <x:v>3923.41</x:v>
+        <x:v>3871.5</x:v>
       </x:c>
       <x:c r="E263" s="0">
-        <x:v>2705.8</x:v>
+        <x:v>2670</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:5">
       <x:c r="A264" s="1">
-        <x:v>45602.8297337963</x:v>
+        <x:v>45639.823125</x:v>
       </x:c>
       <x:c r="B264" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C264" s="0">
-        <x:v>5.97</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D264" s="0">
-        <x:v>3880.635</x:v>
+        <x:v>3879.91</x:v>
       </x:c>
       <x:c r="E264" s="0">
-        <x:v>2676.3</x:v>
+        <x:v>2675.8</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:5">
       <x:c r="A265" s="1">
-        <x:v>45601.8246990741</x:v>
+        <x:v>45638.8291550926</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C265" s="0">
-        <x:v>5.67</x:v>
+        <x:v>5.85</x:v>
       </x:c>
       <x:c r="D265" s="0">
-        <x:v>3987.065</x:v>
+        <x:v>3928.63</x:v>
       </x:c>
       <x:c r="E265" s="0">
-        <x:v>2749.7</x:v>
+        <x:v>2709.4</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:5">
       <x:c r="A266" s="1">
-        <x:v>45600.8269328704</x:v>
+        <x:v>45637.8317939815</x:v>
       </x:c>
       <x:c r="B266" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C266" s="0">
-        <x:v>5.68</x:v>
+        <x:v>5.66</x:v>
       </x:c>
       <x:c r="D266" s="0">
-        <x:v>3981.99</x:v>
+        <x:v>3997.215</x:v>
       </x:c>
       <x:c r="E266" s="0">
-        <x:v>2746.2</x:v>
+        <x:v>2756.7</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:5">
       <x:c r="A267" s="1">
-        <x:v>45597.7815046296</x:v>
+        <x:v>45636.8332523148</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C267" s="0">
-        <x:v>5.67</x:v>
+        <x:v>5.82</x:v>
       </x:c>
       <x:c r="D267" s="0">
-        <x:v>3986.34</x:v>
+        <x:v>3941.68</x:v>
       </x:c>
       <x:c r="E267" s="0">
-        <x:v>2749.2</x:v>
+        <x:v>2718.4</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:5">
       <x:c r="A268" s="1">
-        <x:v>45596.7813425926</x:v>
+        <x:v>45635.8276736111</x:v>
       </x:c>
       <x:c r="B268" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C268" s="0">
-        <x:v>5.67</x:v>
+        <x:v>5.97</x:v>
       </x:c>
       <x:c r="D268" s="0">
-        <x:v>3986.485</x:v>
+        <x:v>3894.41</x:v>
       </x:c>
       <x:c r="E268" s="0">
-        <x:v>2749.3</x:v>
+        <x:v>2685.8</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:5">
       <x:c r="A269" s="1">
-        <x:v>45595.7835416667</x:v>
+        <x:v>45632.8235648148</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C269" s="0">
-        <x:v>5.47</x:v>
+        <x:v>6.09</x:v>
       </x:c>
       <x:c r="D269" s="0">
-        <x:v>4061.16</x:v>
+        <x:v>3856.42</x:v>
       </x:c>
       <x:c r="E269" s="0">
-        <x:v>2800.8</x:v>
+        <x:v>2659.6</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:5">
       <x:c r="A270" s="1">
-        <x:v>45594.7883333333</x:v>
+        <x:v>45631.8267939815</x:v>
       </x:c>
       <x:c r="B270" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C270" s="0">
-        <x:v>5.55</x:v>
+        <x:v>6.14</x:v>
       </x:c>
       <x:c r="D270" s="0">
-        <x:v>4032.595</x:v>
+        <x:v>3840.18</x:v>
       </x:c>
       <x:c r="E270" s="0">
-        <x:v>2781.1</x:v>
+        <x:v>2648.4</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:5">
       <x:c r="A271" s="1">
-        <x:v>45593.7959143519</x:v>
+        <x:v>45630.8245833333</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C271" s="0">
-        <x:v>5.65</x:v>
+        <x:v>6.02</x:v>
       </x:c>
       <x:c r="D271" s="0">
-        <x:v>3994.17</x:v>
+        <x:v>3880.49</x:v>
       </x:c>
       <x:c r="E271" s="0">
-        <x:v>2754.6</x:v>
+        <x:v>2676.2</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:5">
       <x:c r="A272" s="1">
-        <x:v>45593.7959143519</x:v>
+        <x:v>45629.8265856481</x:v>
       </x:c>
       <x:c r="B272" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C272" s="0">
-        <x:v>5.65</x:v>
+        <x:v>6.06</x:v>
       </x:c>
       <x:c r="D272" s="0">
-        <x:v>3996.055</x:v>
+        <x:v>3868.455</x:v>
       </x:c>
       <x:c r="E272" s="0">
-        <x:v>2755.9</x:v>
+        <x:v>2667.9</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:5">
       <x:c r="A273" s="1">
-        <x:v>45590.8285069444</x:v>
+        <x:v>45628.8905671296</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C273" s="0">
-        <x:v>5.66</x:v>
+        <x:v>6.1</x:v>
       </x:c>
       <x:c r="D273" s="0">
-        <x:v>3994.17</x:v>
+        <x:v>3854.825</x:v>
       </x:c>
       <x:c r="E273" s="0">
-        <x:v>2754.6</x:v>
+        <x:v>2658.5</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:5">
       <x:c r="A274" s="1">
-        <x:v>45589.8309953704</x:v>
+        <x:v>45625.8335532407</x:v>
       </x:c>
       <x:c r="B274" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C274" s="0">
-        <x:v>5.68</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D274" s="0">
-        <x:v>3985.905</x:v>
+        <x:v>3887.45</x:v>
       </x:c>
       <x:c r="E274" s="0">
-        <x:v>2748.9</x:v>
+        <x:v>2681</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:5">
       <x:c r="A275" s="1">
-        <x:v>45588.8270486111</x:v>
+        <x:v>45623.8245023148</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C275" s="0">
-        <x:v>5.76</x:v>
+        <x:v>6.07</x:v>
       </x:c>
       <x:c r="D275" s="0">
-        <x:v>3957.63</x:v>
+        <x:v>3863.96</x:v>
       </x:c>
       <x:c r="E275" s="0">
-        <x:v>2729.4</x:v>
+        <x:v>2664.8</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:5">
       <x:c r="A276" s="1">
-        <x:v>45587.8243171296</x:v>
+        <x:v>45622.8230092593</x:v>
       </x:c>
       <x:c r="B276" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C276" s="0">
-        <x:v>5.64</x:v>
+        <x:v>6.16</x:v>
       </x:c>
       <x:c r="D276" s="0">
-        <x:v>4001.71</x:v>
+        <x:v>3837.135</x:v>
       </x:c>
       <x:c r="E276" s="0">
-        <x:v>2759.8</x:v>
+        <x:v>2646.3</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:5">
       <x:c r="A277" s="1">
-        <x:v>45586.8316087963</x:v>
+        <x:v>45621.8259259259</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C277" s="0">
-        <x:v>5.73</x:v>
+        <x:v>6.18</x:v>
       </x:c>
       <x:c r="D277" s="0">
-        <x:v>3971.405</x:v>
+        <x:v>3831.77</x:v>
       </x:c>
       <x:c r="E277" s="0">
-        <x:v>2738.9</x:v>
+        <x:v>2642.6</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:5">
       <x:c r="A278" s="1">
-        <x:v>45583.8234143518</x:v>
+        <x:v>45618.8415856482</x:v>
       </x:c>
       <x:c r="B278" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C278" s="0">
-        <x:v>5.77</x:v>
+        <x:v>5.78</x:v>
       </x:c>
       <x:c r="D278" s="0">
-        <x:v>3958.5</x:v>
+        <x:v>3968.94</x:v>
       </x:c>
       <x:c r="E278" s="0">
-        <x:v>2730</x:v>
+        <x:v>2737.2</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:5">
       <x:c r="A279" s="1">
-        <x:v>45581.823587963</x:v>
+        <x:v>45617.8324884259</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C279" s="0">
-        <x:v>5.93</x:v>
+        <x:v>5.95</x:v>
       </x:c>
       <x:c r="D279" s="0">
-        <x:v>3902.385</x:v>
+        <x:v>3913.985</x:v>
       </x:c>
       <x:c r="E279" s="0">
-        <x:v>2691.3</x:v>
+        <x:v>2699.3</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:5">
       <x:c r="A280" s="1">
-        <x:v>45580.8251388889</x:v>
+        <x:v>45616.8479513889</x:v>
       </x:c>
       <x:c r="B280" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C280" s="0">
-        <x:v>5.99</x:v>
+        <x:v>6.05</x:v>
       </x:c>
       <x:c r="D280" s="0">
-        <x:v>3884.405</x:v>
+        <x:v>3844.965</x:v>
       </x:c>
       <x:c r="E280" s="0">
-        <x:v>2678.9</x:v>
+        <x:v>2651.7</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:5">
       <x:c r="A281" s="1">
-        <x:v>45579.8278472222</x:v>
+        <x:v>45615.8257407407</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C281" s="0">
-        <x:v>6.05</x:v>
+        <x:v>6.15</x:v>
       </x:c>
       <x:c r="D281" s="0">
-        <x:v>3865.12</x:v>
+        <x:v>3814.95</x:v>
       </x:c>
       <x:c r="E281" s="0">
-        <x:v>2665.6</x:v>
+        <x:v>2631</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:5">
       <x:c r="A282" s="1">
-        <x:v>45576.8233449074</x:v>
+        <x:v>45614.8227199074</x:v>
       </x:c>
       <x:c r="B282" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C282" s="0">
-        <x:v>6</x:v>
+        <x:v>6.23</x:v>
       </x:c>
       <x:c r="D282" s="0">
-        <x:v>3826.985</x:v>
+        <x:v>3791.17</x:v>
       </x:c>
       <x:c r="E282" s="0">
-        <x:v>2639.3</x:v>
+        <x:v>2614.6</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:5">
       <x:c r="A283" s="1">
-        <x:v>45576.8233449074</x:v>
+        <x:v>45611.8238310185</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C283" s="0">
-        <x:v>6</x:v>
+        <x:v>6.45</x:v>
       </x:c>
       <x:c r="D283" s="0">
-        <x:v>3880.635</x:v>
+        <x:v>3726.645</x:v>
       </x:c>
       <x:c r="E283" s="0">
-        <x:v>2676.3</x:v>
+        <x:v>2570.1</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:5">
       <x:c r="A284" s="1">
-        <x:v>45575.8264236111</x:v>
+        <x:v>45610.8240972222</x:v>
       </x:c>
       <x:c r="B284" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C284" s="0">
-        <x:v>6.18</x:v>
+        <x:v>6.44</x:v>
       </x:c>
       <x:c r="D284" s="0">
-        <x:v>3826.985</x:v>
+        <x:v>3730.705</x:v>
       </x:c>
       <x:c r="E284" s="0">
-        <x:v>2639.3</x:v>
+        <x:v>2572.9</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:5">
       <x:c r="A285" s="1">
-        <x:v>45574.8287731481</x:v>
+        <x:v>45609.8291550926</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C285" s="0">
-        <x:v>6.24</x:v>
+        <x:v>6.37</x:v>
       </x:c>
       <x:c r="D285" s="0">
-        <x:v>3807.7</x:v>
+        <x:v>3750.425</x:v>
       </x:c>
       <x:c r="E285" s="0">
-        <x:v>2626</x:v>
+        <x:v>2586.5</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:5">
       <x:c r="A286" s="1">
-        <x:v>45573.8242361111</x:v>
+        <x:v>45608.8243865741</x:v>
       </x:c>
       <x:c r="B286" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C286" s="0">
-        <x:v>6.2</x:v>
+        <x:v>6.28</x:v>
       </x:c>
       <x:c r="D286" s="0">
-        <x:v>3821.33</x:v>
+        <x:v>3779.135</x:v>
       </x:c>
       <x:c r="E286" s="0">
-        <x:v>2635.4</x:v>
+        <x:v>2606.3</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:5">
       <x:c r="A287" s="1">
-        <x:v>45572.8254861111</x:v>
+        <x:v>45607.8245023148</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C287" s="0">
-        <x:v>6.06</x:v>
+        <x:v>6.22</x:v>
       </x:c>
       <x:c r="D287" s="0">
-        <x:v>3865.7</x:v>
+        <x:v>3795.665</x:v>
       </x:c>
       <x:c r="E287" s="0">
-        <x:v>2666</x:v>
+        <x:v>2617.7</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:5">
       <x:c r="A288" s="1">
-        <x:v>45569.8284375</x:v>
+        <x:v>45604.8264930556</x:v>
       </x:c>
       <x:c r="B288" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C288" s="0">
-        <x:v>6.05</x:v>
+        <x:v>5.89</x:v>
       </x:c>
       <x:c r="D288" s="0">
-        <x:v>3868.31</x:v>
+        <x:v>3907.46</x:v>
       </x:c>
       <x:c r="E288" s="0">
-        <x:v>2667.8</x:v>
+        <x:v>2694.8</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:5">
       <x:c r="A289" s="1">
-        <x:v>45568.8325578704</x:v>
+        <x:v>45603.8268518519</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C289" s="0">
-        <x:v>6</x:v>
+        <x:v>5.84</x:v>
       </x:c>
       <x:c r="D289" s="0">
-        <x:v>3884.84</x:v>
+        <x:v>3923.41</x:v>
       </x:c>
       <x:c r="E289" s="0">
-        <x:v>2679.2</x:v>
+        <x:v>2705.8</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:5">
       <x:c r="A290" s="1">
-        <x:v>45567.8240625</x:v>
+        <x:v>45602.8297337963</x:v>
       </x:c>
       <x:c r="B290" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C290" s="0">
-        <x:v>6.04</x:v>
+        <x:v>5.97</x:v>
       </x:c>
       <x:c r="D290" s="0">
-        <x:v>3871.065</x:v>
+        <x:v>3880.635</x:v>
       </x:c>
       <x:c r="E290" s="0">
-        <x:v>2669.7</x:v>
+        <x:v>2676.3</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:5">
       <x:c r="A291" s="1">
-        <x:v>45566.8333217593</x:v>
+        <x:v>45601.8246990741</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C291" s="0">
-        <x:v>5.95</x:v>
+        <x:v>5.67</x:v>
       </x:c>
       <x:c r="D291" s="0">
-        <x:v>3900.935</x:v>
+        <x:v>3987.065</x:v>
       </x:c>
       <x:c r="E291" s="0">
-        <x:v>2690.3</x:v>
+        <x:v>2749.7</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:5">
       <x:c r="A292" s="1">
-        <x:v>45565.828125</x:v>
+        <x:v>45600.8269328704</x:v>
       </x:c>
       <x:c r="B292" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C292" s="0">
-        <x:v>6.09</x:v>
+        <x:v>5.68</x:v>
       </x:c>
       <x:c r="D292" s="0">
-        <x:v>3856.13</x:v>
+        <x:v>3981.99</x:v>
       </x:c>
       <x:c r="E292" s="0">
-        <x:v>2659.4</x:v>
+        <x:v>2746.2</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:5">
       <x:c r="A293" s="1">
-        <x:v>45562.823912037</x:v>
+        <x:v>45597.7815046296</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C293" s="0">
-        <x:v>6.05</x:v>
+        <x:v>5.67</x:v>
       </x:c>
       <x:c r="D293" s="0">
-        <x:v>3868.745</x:v>
+        <x:v>3986.34</x:v>
       </x:c>
       <x:c r="E293" s="0">
-        <x:v>2668.1</x:v>
+        <x:v>2749.2</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:5">
       <x:c r="A294" s="1">
-        <x:v>45561.8249652778</x:v>
+        <x:v>45596.7813425926</x:v>
       </x:c>
       <x:c r="B294" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C294" s="0">
-        <x:v>5.94</x:v>
+        <x:v>5.67</x:v>
       </x:c>
       <x:c r="D294" s="0">
-        <x:v>3907.605</x:v>
+        <x:v>3986.485</x:v>
       </x:c>
       <x:c r="E294" s="0">
-        <x:v>2694.9</x:v>
+        <x:v>2749.3</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:5">
       <x:c r="A295" s="1">
-        <x:v>45560.8240740741</x:v>
+        <x:v>45595.7835416667</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C295" s="0">
-        <x:v>5.98</x:v>
+        <x:v>5.47</x:v>
       </x:c>
       <x:c r="D295" s="0">
-        <x:v>3892.815</x:v>
+        <x:v>4061.16</x:v>
       </x:c>
       <x:c r="E295" s="0">
-        <x:v>2684.7</x:v>
+        <x:v>2800.8</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:5">
       <x:c r="A296" s="1">
-        <x:v>45559.851412037</x:v>
+        <x:v>45594.7883333333</x:v>
       </x:c>
       <x:c r="B296" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C296" s="0">
-        <x:v>6.02</x:v>
+        <x:v>5.55</x:v>
       </x:c>
       <x:c r="D296" s="0">
-        <x:v>3881.65</x:v>
+        <x:v>4032.595</x:v>
       </x:c>
       <x:c r="E296" s="0">
-        <x:v>2677</x:v>
+        <x:v>2781.1</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:5">
       <x:c r="A297" s="1">
-        <x:v>45558.8309490741</x:v>
+        <x:v>45593.7959143519</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C297" s="0">
-        <x:v>6.13</x:v>
+        <x:v>5.65</x:v>
       </x:c>
       <x:c r="D297" s="0">
-        <x:v>3846.125</x:v>
+        <x:v>3994.17</x:v>
       </x:c>
       <x:c r="E297" s="0">
-        <x:v>2652.5</x:v>
+        <x:v>2754.6</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:5">
       <x:c r="A298" s="1">
-        <x:v>45555.8241782407</x:v>
+        <x:v>45593.7959143519</x:v>
       </x:c>
       <x:c r="B298" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C298" s="0">
-        <x:v>6.16</x:v>
+        <x:v>5.65</x:v>
       </x:c>
       <x:c r="D298" s="0">
-        <x:v>3836.99</x:v>
+        <x:v>3996.055</x:v>
       </x:c>
       <x:c r="E298" s="0">
-        <x:v>2646.2</x:v>
+        <x:v>2755.9</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:5">
       <x:c r="A299" s="1">
-        <x:v>45554.8247453704</x:v>
+        <x:v>45590.8285069444</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C299" s="0">
-        <x:v>6.31</x:v>
+        <x:v>5.66</x:v>
       </x:c>
       <x:c r="D299" s="0">
-        <x:v>3791.17</x:v>
+        <x:v>3994.17</x:v>
       </x:c>
       <x:c r="E299" s="0">
-        <x:v>2614.6</x:v>
+        <x:v>2754.6</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:5">
       <x:c r="A300" s="1">
-        <x:v>45553.8253009259</x:v>
+        <x:v>45589.8309953704</x:v>
       </x:c>
       <x:c r="B300" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C300" s="0">
-        <x:v>6.39</x:v>
+        <x:v>5.68</x:v>
       </x:c>
       <x:c r="D300" s="0">
-        <x:v>3767.97</x:v>
+        <x:v>3985.905</x:v>
       </x:c>
       <x:c r="E300" s="0">
-        <x:v>2598.6</x:v>
+        <x:v>2748.9</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:5">
       <x:c r="A301" s="1">
-        <x:v>45552.8248263889</x:v>
+        <x:v>45588.8270486111</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C301" s="0">
-        <x:v>6.42</x:v>
+        <x:v>5.76</x:v>
       </x:c>
       <x:c r="D301" s="0">
-        <x:v>3758.98</x:v>
+        <x:v>3957.63</x:v>
       </x:c>
       <x:c r="E301" s="0">
-        <x:v>2592.4</x:v>
+        <x:v>2729.4</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:5">
       <x:c r="A302" s="1">
-        <x:v>45551.8616666667</x:v>
+        <x:v>45587.8243171296</x:v>
       </x:c>
       <x:c r="B302" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C302" s="0">
-        <x:v>6.34</x:v>
+        <x:v>5.64</x:v>
       </x:c>
       <x:c r="D302" s="0">
-        <x:v>3782.905</x:v>
+        <x:v>4001.71</x:v>
       </x:c>
       <x:c r="E302" s="0">
-        <x:v>2608.9</x:v>
+        <x:v>2759.8</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:5">
       <x:c r="A303" s="1">
-        <x:v>45548.8535069444</x:v>
+        <x:v>45586.8316087963</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C303" s="0">
-        <x:v>6.33</x:v>
+        <x:v>5.73</x:v>
       </x:c>
       <x:c r="D303" s="0">
-        <x:v>3785.515</x:v>
+        <x:v>3971.405</x:v>
       </x:c>
       <x:c r="E303" s="0">
-        <x:v>2610.7</x:v>
+        <x:v>2738.9</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:5">
       <x:c r="A304" s="1">
-        <x:v>45547.8246412037</x:v>
+        <x:v>45583.8234143518</x:v>
       </x:c>
       <x:c r="B304" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C304" s="0">
-        <x:v>6.49</x:v>
+        <x:v>5.77</x:v>
       </x:c>
       <x:c r="D304" s="0">
-        <x:v>3741.87</x:v>
+        <x:v>3958.5</x:v>
       </x:c>
       <x:c r="E304" s="0">
-        <x:v>2580.6</x:v>
+        <x:v>2730</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:5">
       <x:c r="A305" s="1">
-        <x:v>45546.8256134259</x:v>
+        <x:v>45581.823587963</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C305" s="0">
-        <x:v>6.69</x:v>
+        <x:v>5.93</x:v>
       </x:c>
       <x:c r="D305" s="0">
-        <x:v>3686.48</x:v>
+        <x:v>3902.385</x:v>
       </x:c>
       <x:c r="E305" s="0">
-        <x:v>2542.4</x:v>
+        <x:v>2691.3</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:5">
       <x:c r="A306" s="1">
-        <x:v>45545.8295023148</x:v>
+        <x:v>45580.8251388889</x:v>
       </x:c>
       <x:c r="B306" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C306" s="0">
-        <x:v>6.68</x:v>
+        <x:v>5.99</x:v>
       </x:c>
       <x:c r="D306" s="0">
-        <x:v>3687.495</x:v>
+        <x:v>3884.405</x:v>
       </x:c>
       <x:c r="E306" s="0">
-        <x:v>2543.1</x:v>
+        <x:v>2678.9</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:5">
       <x:c r="A307" s="1">
-        <x:v>45544.823587963</x:v>
+        <x:v>45579.8278472222</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C307" s="0">
-        <x:v>6.74</x:v>
+        <x:v>6.05</x:v>
       </x:c>
       <x:c r="D307" s="0">
-        <x:v>3672.415</x:v>
+        <x:v>3865.12</x:v>
       </x:c>
       <x:c r="E307" s="0">
-        <x:v>2532.7</x:v>
+        <x:v>2665.6</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:5">
       <x:c r="A308" s="1">
-        <x:v>45541.8395601852</x:v>
+        <x:v>45576.8233449074</x:v>
       </x:c>
       <x:c r="B308" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C308" s="0">
-        <x:v>6.78</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D308" s="0">
-        <x:v>3660.67</x:v>
+        <x:v>3826.985</x:v>
       </x:c>
       <x:c r="E308" s="0">
-        <x:v>2524.6</x:v>
+        <x:v>2639.3</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:5">
       <x:c r="A309" s="1">
-        <x:v>45540.8719791667</x:v>
+        <x:v>45576.8233449074</x:v>
       </x:c>
       <x:c r="B309" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C309" s="0">
-        <x:v>6.69</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D309" s="0">
-        <x:v>3687.495</x:v>
+        <x:v>3880.635</x:v>
       </x:c>
       <x:c r="E309" s="0">
-        <x:v>2543.1</x:v>
+        <x:v>2676.3</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:5">
       <x:c r="A310" s="1">
-        <x:v>45539.8276967593</x:v>
+        <x:v>45575.8264236111</x:v>
       </x:c>
       <x:c r="B310" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C310" s="0">
-        <x:v>6.78</x:v>
+        <x:v>6.18</x:v>
       </x:c>
       <x:c r="D310" s="0">
-        <x:v>3662.7</x:v>
+        <x:v>3826.985</x:v>
       </x:c>
       <x:c r="E310" s="0">
-        <x:v>2526</x:v>
+        <x:v>2639.3</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:5">
       <x:c r="A311" s="1">
-        <x:v>45538.8245601852</x:v>
+        <x:v>45574.8287731481</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C311" s="0">
-        <x:v>6.79</x:v>
+        <x:v>6.24</x:v>
       </x:c>
       <x:c r="D311" s="0">
-        <x:v>3658.35</x:v>
+        <x:v>3807.7</x:v>
       </x:c>
       <x:c r="E311" s="0">
-        <x:v>2523</x:v>
+        <x:v>2626</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:5">
       <x:c r="A312" s="1">
-        <x:v>45534.8412962963</x:v>
+        <x:v>45573.8242361111</x:v>
       </x:c>
       <x:c r="B312" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C312" s="0">
-        <x:v>6.77</x:v>
+        <x:v>6.2</x:v>
       </x:c>
       <x:c r="D312" s="0">
-        <x:v>3665.02</x:v>
+        <x:v>3821.33</x:v>
       </x:c>
       <x:c r="E312" s="0">
-        <x:v>2527.6</x:v>
+        <x:v>2635.4</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:5">
       <x:c r="A313" s="1">
-        <x:v>45533.8277083333</x:v>
+        <x:v>45572.8254861111</x:v>
       </x:c>
       <x:c r="B313" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C313" s="0">
-        <x:v>6.6</x:v>
+        <x:v>6.06</x:v>
       </x:c>
       <x:c r="D313" s="0">
-        <x:v>3712.435</x:v>
+        <x:v>3865.7</x:v>
       </x:c>
       <x:c r="E313" s="0">
-        <x:v>2560.3</x:v>
+        <x:v>2666</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:5">
       <x:c r="A314" s="1">
-        <x:v>45532.8353356481</x:v>
+        <x:v>45569.8284375</x:v>
       </x:c>
       <x:c r="B314" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C314" s="0">
-        <x:v>6.72</x:v>
+        <x:v>6.05</x:v>
       </x:c>
       <x:c r="D314" s="0">
-        <x:v>3679.81</x:v>
+        <x:v>3868.31</x:v>
       </x:c>
       <x:c r="E314" s="0">
-        <x:v>2537.8</x:v>
+        <x:v>2667.8</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:5">
       <x:c r="A315" s="1">
-        <x:v>45531.823587963</x:v>
+        <x:v>45568.8325578704</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C315" s="0">
-        <x:v>6.64</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D315" s="0">
-        <x:v>3701.705</x:v>
+        <x:v>3884.84</x:v>
       </x:c>
       <x:c r="E315" s="0">
-        <x:v>2552.9</x:v>
+        <x:v>2679.2</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:5">
       <x:c r="A316" s="1">
-        <x:v>45530.8248726852</x:v>
+        <x:v>45567.8240625</x:v>
       </x:c>
       <x:c r="B316" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C316" s="0">
-        <x:v>6.63</x:v>
+        <x:v>6.04</x:v>
       </x:c>
       <x:c r="D316" s="0">
-        <x:v>3705.04</x:v>
+        <x:v>3871.065</x:v>
       </x:c>
       <x:c r="E316" s="0">
-        <x:v>2555.2</x:v>
+        <x:v>2669.7</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:5">
       <x:c r="A317" s="1">
-        <x:v>45527.8266782407</x:v>
+        <x:v>45566.8333217593</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C317" s="0">
-        <x:v>6.68</x:v>
+        <x:v>5.95</x:v>
       </x:c>
       <x:c r="D317" s="0">
-        <x:v>3692.135</x:v>
+        <x:v>3900.935</x:v>
       </x:c>
       <x:c r="E317" s="0">
-        <x:v>2546.3</x:v>
+        <x:v>2690.3</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:5">
       <x:c r="A318" s="1">
-        <x:v>45526.8242361111</x:v>
+        <x:v>45565.828125</x:v>
       </x:c>
       <x:c r="B318" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C318" s="0">
-        <x:v>6.84</x:v>
+        <x:v>6.09</x:v>
       </x:c>
       <x:c r="D318" s="0">
-        <x:v>3649.215</x:v>
+        <x:v>3856.13</x:v>
       </x:c>
       <x:c r="E318" s="0">
-        <x:v>2516.7</x:v>
+        <x:v>2659.4</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:5">
       <x:c r="A319" s="1">
-        <x:v>45525.8236111111</x:v>
+        <x:v>45562.823912037</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C319" s="0">
-        <x:v>6.68</x:v>
+        <x:v>6.05</x:v>
       </x:c>
       <x:c r="D319" s="0">
-        <x:v>3693.875</x:v>
+        <x:v>3868.745</x:v>
       </x:c>
       <x:c r="E319" s="0">
-        <x:v>2547.5</x:v>
+        <x:v>2668.1</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:5">
       <x:c r="A320" s="1">
-        <x:v>45524.8463773148</x:v>
+        <x:v>45561.8249652778</x:v>
       </x:c>
       <x:c r="B320" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C320" s="0">
-        <x:v>6.66</x:v>
+        <x:v>5.94</x:v>
       </x:c>
       <x:c r="D320" s="0">
-        <x:v>3698.37</x:v>
+        <x:v>3907.605</x:v>
       </x:c>
       <x:c r="E320" s="0">
-        <x:v>2550.6</x:v>
+        <x:v>2694.9</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:5">
       <x:c r="A321" s="1">
-        <x:v>45523.8238078704</x:v>
+        <x:v>45560.8240740741</x:v>
       </x:c>
       <x:c r="B321" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C321" s="0">
-        <x:v>6.71</x:v>
+        <x:v>5.98</x:v>
       </x:c>
       <x:c r="D321" s="0">
-        <x:v>3684.885</x:v>
+        <x:v>3892.815</x:v>
       </x:c>
       <x:c r="E321" s="0">
-        <x:v>2541.3</x:v>
+        <x:v>2684.7</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:5">
       <x:c r="A322" s="1">
-        <x:v>45520.8387152778</x:v>
+        <x:v>45559.851412037</x:v>
       </x:c>
       <x:c r="B322" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C322" s="0">
-        <x:v>6.73</x:v>
+        <x:v>6.02</x:v>
       </x:c>
       <x:c r="D322" s="0">
-        <x:v>3679.81</x:v>
+        <x:v>3881.65</x:v>
       </x:c>
       <x:c r="E322" s="0">
-        <x:v>2537.8</x:v>
+        <x:v>2677</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:5">
       <x:c r="A323" s="1">
-        <x:v>45519.824537037</x:v>
+        <x:v>45558.8309490741</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C323" s="0">
-        <x:v>6.98</x:v>
+        <x:v>6.13</x:v>
       </x:c>
       <x:c r="D323" s="0">
-        <x:v>3613.98</x:v>
+        <x:v>3846.125</x:v>
       </x:c>
       <x:c r="E323" s="0">
-        <x:v>2492.4</x:v>
+        <x:v>2652.5</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:5">
       <x:c r="A324" s="1">
-        <x:v>45518.8254513889</x:v>
+        <x:v>45555.8241782407</x:v>
       </x:c>
       <x:c r="B324" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C324" s="0">
-        <x:v>7.06</x:v>
+        <x:v>6.16</x:v>
       </x:c>
       <x:c r="D324" s="0">
-        <x:v>3595.565</x:v>
+        <x:v>3836.99</x:v>
       </x:c>
       <x:c r="E324" s="0">
-        <x:v>2479.7</x:v>
+        <x:v>2646.2</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:5">
       <x:c r="A325" s="1">
-        <x:v>45517.8237268518</x:v>
+        <x:v>45554.8247453704</x:v>
       </x:c>
       <x:c r="B325" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C325" s="0">
-        <x:v>6.9</x:v>
+        <x:v>6.31</x:v>
       </x:c>
       <x:c r="D325" s="0">
-        <x:v>3636.31</x:v>
+        <x:v>3791.17</x:v>
       </x:c>
       <x:c r="E325" s="0">
-        <x:v>2507.8</x:v>
+        <x:v>2614.6</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:5">
       <x:c r="A326" s="1">
-        <x:v>45516.8280092593</x:v>
+        <x:v>45553.8253009259</x:v>
       </x:c>
       <x:c r="B326" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C326" s="0">
-        <x:v>6.92</x:v>
+        <x:v>6.39</x:v>
       </x:c>
       <x:c r="D326" s="0">
-        <x:v>3630.8</x:v>
+        <x:v>3767.97</x:v>
       </x:c>
       <x:c r="E326" s="0">
-        <x:v>2504</x:v>
+        <x:v>2598.6</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:5">
       <x:c r="A327" s="1">
-        <x:v>45513.823587963</x:v>
+        <x:v>45552.8248263889</x:v>
       </x:c>
       <x:c r="B327" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C327" s="0">
-        <x:v>7.1</x:v>
+        <x:v>6.42</x:v>
       </x:c>
       <x:c r="D327" s="0">
-        <x:v>3586.43</x:v>
+        <x:v>3758.98</x:v>
       </x:c>
       <x:c r="E327" s="0">
-        <x:v>2473.4</x:v>
+        <x:v>2592.4</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:5">
       <x:c r="A328" s="1">
-        <x:v>45512.8232060185</x:v>
+        <x:v>45551.8616666667</x:v>
       </x:c>
       <x:c r="B328" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C328" s="0">
-        <x:v>7.16</x:v>
+        <x:v>6.34</x:v>
       </x:c>
       <x:c r="D328" s="0">
-        <x:v>3571.785</x:v>
+        <x:v>3782.905</x:v>
       </x:c>
       <x:c r="E328" s="0">
-        <x:v>2463.3</x:v>
+        <x:v>2608.9</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:5">
       <x:c r="A329" s="1">
-        <x:v>45511.8235069444</x:v>
+        <x:v>45548.8535069444</x:v>
       </x:c>
       <x:c r="B329" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C329" s="0">
-        <x:v>7.34</x:v>
+        <x:v>6.33</x:v>
       </x:c>
       <x:c r="D329" s="0">
-        <x:v>3526.98</x:v>
+        <x:v>3785.515</x:v>
       </x:c>
       <x:c r="E329" s="0">
-        <x:v>2432.4</x:v>
+        <x:v>2610.7</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:5">
       <x:c r="A330" s="1">
-        <x:v>45510.8258912037</x:v>
+        <x:v>45547.8246412037</x:v>
       </x:c>
       <x:c r="B330" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C330" s="0">
-        <x:v>7.35</x:v>
+        <x:v>6.49</x:v>
       </x:c>
       <x:c r="D330" s="0">
-        <x:v>3525.82</x:v>
+        <x:v>3741.87</x:v>
       </x:c>
       <x:c r="E330" s="0">
-        <x:v>2431.6</x:v>
+        <x:v>2580.6</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:5">
       <x:c r="A331" s="1">
-        <x:v>45509.8261689815</x:v>
+        <x:v>45546.8256134259</x:v>
       </x:c>
       <x:c r="B331" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C331" s="0">
-        <x:v>7.27</x:v>
+        <x:v>6.69</x:v>
       </x:c>
       <x:c r="D331" s="0">
-        <x:v>3544.38</x:v>
+        <x:v>3686.48</x:v>
       </x:c>
       <x:c r="E331" s="0">
-        <x:v>2444.4</x:v>
+        <x:v>2542.4</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:5">
       <x:c r="A332" s="1">
-        <x:v>45506.8233912037</x:v>
+        <x:v>45545.8295023148</x:v>
       </x:c>
       <x:c r="B332" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C332" s="0">
-        <x:v>7.13</x:v>
+        <x:v>6.68</x:v>
       </x:c>
       <x:c r="D332" s="0">
-        <x:v>3581.21</x:v>
+        <x:v>3687.495</x:v>
       </x:c>
       <x:c r="E332" s="0">
-        <x:v>2469.8</x:v>
+        <x:v>2543.1</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:5">
       <x:c r="A333" s="1">
-        <x:v>45505.824212963</x:v>
+        <x:v>45544.823587963</x:v>
       </x:c>
       <x:c r="B333" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C333" s="0">
-        <x:v>7.06</x:v>
+        <x:v>6.74</x:v>
       </x:c>
       <x:c r="D333" s="0">
-        <x:v>3597.16</x:v>
+        <x:v>3672.415</x:v>
       </x:c>
       <x:c r="E333" s="0">
-        <x:v>2480.8</x:v>
+        <x:v>2532.7</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:5">
       <x:c r="A334" s="1">
-        <x:v>45504.8260185185</x:v>
+        <x:v>45541.8395601852</x:v>
       </x:c>
       <x:c r="B334" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C334" s="0">
-        <x:v>7.11</x:v>
+        <x:v>6.78</x:v>
       </x:c>
       <x:c r="D334" s="0">
-        <x:v>3585.85</x:v>
+        <x:v>3660.67</x:v>
       </x:c>
       <x:c r="E334" s="0">
-        <x:v>2473</x:v>
+        <x:v>2524.6</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:5">
       <x:c r="A335" s="1">
-        <x:v>45503.8250810185</x:v>
+        <x:v>45540.8719791667</x:v>
       </x:c>
       <x:c r="B335" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C335" s="0">
-        <x:v>7.23</x:v>
+        <x:v>6.69</x:v>
       </x:c>
       <x:c r="D335" s="0">
-        <x:v>3555.255</x:v>
+        <x:v>3687.495</x:v>
       </x:c>
       <x:c r="E335" s="0">
-        <x:v>2451.9</x:v>
+        <x:v>2543.1</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:5">
       <x:c r="A336" s="1">
-        <x:v>45502.8308912037</x:v>
+        <x:v>45539.8276967593</x:v>
       </x:c>
       <x:c r="B336" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C336" s="0">
-        <x:v>7.39</x:v>
+        <x:v>6.78</x:v>
       </x:c>
       <x:c r="D336" s="0">
-        <x:v>3516.975</x:v>
+        <x:v>3662.7</x:v>
       </x:c>
       <x:c r="E336" s="0">
-        <x:v>2425.5</x:v>
+        <x:v>2526</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:5">
       <x:c r="A337" s="1">
-        <x:v>45502.8255208333</x:v>
+        <x:v>45538.8245601852</x:v>
       </x:c>
       <x:c r="B337" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C337" s="0">
-        <x:v>7.39</x:v>
+        <x:v>6.79</x:v>
       </x:c>
       <x:c r="D337" s="0">
-        <x:v>3516.975</x:v>
+        <x:v>3658.35</x:v>
       </x:c>
       <x:c r="E337" s="0">
-        <x:v>2425.5</x:v>
+        <x:v>2523</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:5">
       <x:c r="A338" s="1">
+        <x:v>45534.8412962963</x:v>
+      </x:c>
+      <x:c r="B338" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C338" s="0">
+        <x:v>6.77</x:v>
+      </x:c>
+      <x:c r="D338" s="0">
+        <x:v>3665.02</x:v>
+      </x:c>
+      <x:c r="E338" s="0">
+        <x:v>2527.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="339" spans="1:5">
+      <x:c r="A339" s="1">
+        <x:v>45533.8277083333</x:v>
+      </x:c>
+      <x:c r="B339" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C339" s="0">
+        <x:v>6.6</x:v>
+      </x:c>
+      <x:c r="D339" s="0">
+        <x:v>3712.435</x:v>
+      </x:c>
+      <x:c r="E339" s="0">
+        <x:v>2560.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="340" spans="1:5">
+      <x:c r="A340" s="1">
+        <x:v>45532.8353356481</x:v>
+      </x:c>
+      <x:c r="B340" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C340" s="0">
+        <x:v>6.72</x:v>
+      </x:c>
+      <x:c r="D340" s="0">
+        <x:v>3679.81</x:v>
+      </x:c>
+      <x:c r="E340" s="0">
+        <x:v>2537.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="341" spans="1:5">
+      <x:c r="A341" s="1">
+        <x:v>45531.823587963</x:v>
+      </x:c>
+      <x:c r="B341" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C341" s="0">
+        <x:v>6.64</x:v>
+      </x:c>
+      <x:c r="D341" s="0">
+        <x:v>3701.705</x:v>
+      </x:c>
+      <x:c r="E341" s="0">
+        <x:v>2552.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="342" spans="1:5">
+      <x:c r="A342" s="1">
+        <x:v>45530.8248726852</x:v>
+      </x:c>
+      <x:c r="B342" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C342" s="0">
+        <x:v>6.63</x:v>
+      </x:c>
+      <x:c r="D342" s="0">
+        <x:v>3705.04</x:v>
+      </x:c>
+      <x:c r="E342" s="0">
+        <x:v>2555.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="343" spans="1:5">
+      <x:c r="A343" s="1">
+        <x:v>45527.8266782407</x:v>
+      </x:c>
+      <x:c r="B343" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C343" s="0">
+        <x:v>6.68</x:v>
+      </x:c>
+      <x:c r="D343" s="0">
+        <x:v>3692.135</x:v>
+      </x:c>
+      <x:c r="E343" s="0">
+        <x:v>2546.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="344" spans="1:5">
+      <x:c r="A344" s="1">
+        <x:v>45526.8242361111</x:v>
+      </x:c>
+      <x:c r="B344" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C344" s="0">
+        <x:v>6.84</x:v>
+      </x:c>
+      <x:c r="D344" s="0">
+        <x:v>3649.215</x:v>
+      </x:c>
+      <x:c r="E344" s="0">
+        <x:v>2516.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="345" spans="1:5">
+      <x:c r="A345" s="1">
+        <x:v>45525.8236111111</x:v>
+      </x:c>
+      <x:c r="B345" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C345" s="0">
+        <x:v>6.68</x:v>
+      </x:c>
+      <x:c r="D345" s="0">
+        <x:v>3693.875</x:v>
+      </x:c>
+      <x:c r="E345" s="0">
+        <x:v>2547.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="346" spans="1:5">
+      <x:c r="A346" s="1">
+        <x:v>45524.8463773148</x:v>
+      </x:c>
+      <x:c r="B346" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C346" s="0">
+        <x:v>6.66</x:v>
+      </x:c>
+      <x:c r="D346" s="0">
+        <x:v>3698.37</x:v>
+      </x:c>
+      <x:c r="E346" s="0">
+        <x:v>2550.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="347" spans="1:5">
+      <x:c r="A347" s="1">
+        <x:v>45523.8238078704</x:v>
+      </x:c>
+      <x:c r="B347" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C347" s="0">
+        <x:v>6.71</x:v>
+      </x:c>
+      <x:c r="D347" s="0">
+        <x:v>3684.885</x:v>
+      </x:c>
+      <x:c r="E347" s="0">
+        <x:v>2541.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="348" spans="1:5">
+      <x:c r="A348" s="1">
+        <x:v>45520.8387152778</x:v>
+      </x:c>
+      <x:c r="B348" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C348" s="0">
+        <x:v>6.73</x:v>
+      </x:c>
+      <x:c r="D348" s="0">
+        <x:v>3679.81</x:v>
+      </x:c>
+      <x:c r="E348" s="0">
+        <x:v>2537.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="349" spans="1:5">
+      <x:c r="A349" s="1">
+        <x:v>45519.824537037</x:v>
+      </x:c>
+      <x:c r="B349" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C349" s="0">
+        <x:v>6.98</x:v>
+      </x:c>
+      <x:c r="D349" s="0">
+        <x:v>3613.98</x:v>
+      </x:c>
+      <x:c r="E349" s="0">
+        <x:v>2492.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="350" spans="1:5">
+      <x:c r="A350" s="1">
+        <x:v>45518.8254513889</x:v>
+      </x:c>
+      <x:c r="B350" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C350" s="0">
+        <x:v>7.06</x:v>
+      </x:c>
+      <x:c r="D350" s="0">
+        <x:v>3595.565</x:v>
+      </x:c>
+      <x:c r="E350" s="0">
+        <x:v>2479.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="351" spans="1:5">
+      <x:c r="A351" s="1">
+        <x:v>45517.8237268518</x:v>
+      </x:c>
+      <x:c r="B351" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C351" s="0">
+        <x:v>6.9</x:v>
+      </x:c>
+      <x:c r="D351" s="0">
+        <x:v>3636.31</x:v>
+      </x:c>
+      <x:c r="E351" s="0">
+        <x:v>2507.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="352" spans="1:5">
+      <x:c r="A352" s="1">
+        <x:v>45516.8280092593</x:v>
+      </x:c>
+      <x:c r="B352" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C352" s="0">
+        <x:v>6.92</x:v>
+      </x:c>
+      <x:c r="D352" s="0">
+        <x:v>3630.8</x:v>
+      </x:c>
+      <x:c r="E352" s="0">
+        <x:v>2504</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="353" spans="1:5">
+      <x:c r="A353" s="1">
+        <x:v>45513.823587963</x:v>
+      </x:c>
+      <x:c r="B353" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C353" s="0">
+        <x:v>7.1</x:v>
+      </x:c>
+      <x:c r="D353" s="0">
+        <x:v>3586.43</x:v>
+      </x:c>
+      <x:c r="E353" s="0">
+        <x:v>2473.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="354" spans="1:5">
+      <x:c r="A354" s="1">
+        <x:v>45512.8232060185</x:v>
+      </x:c>
+      <x:c r="B354" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C354" s="0">
+        <x:v>7.16</x:v>
+      </x:c>
+      <x:c r="D354" s="0">
+        <x:v>3571.785</x:v>
+      </x:c>
+      <x:c r="E354" s="0">
+        <x:v>2463.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="355" spans="1:5">
+      <x:c r="A355" s="1">
+        <x:v>45511.8235069444</x:v>
+      </x:c>
+      <x:c r="B355" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C355" s="0">
+        <x:v>7.34</x:v>
+      </x:c>
+      <x:c r="D355" s="0">
+        <x:v>3526.98</x:v>
+      </x:c>
+      <x:c r="E355" s="0">
+        <x:v>2432.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="356" spans="1:5">
+      <x:c r="A356" s="1">
+        <x:v>45510.8258912037</x:v>
+      </x:c>
+      <x:c r="B356" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C356" s="0">
+        <x:v>7.35</x:v>
+      </x:c>
+      <x:c r="D356" s="0">
+        <x:v>3525.82</x:v>
+      </x:c>
+      <x:c r="E356" s="0">
+        <x:v>2431.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="357" spans="1:5">
+      <x:c r="A357" s="1">
+        <x:v>45509.8261689815</x:v>
+      </x:c>
+      <x:c r="B357" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C357" s="0">
+        <x:v>7.27</x:v>
+      </x:c>
+      <x:c r="D357" s="0">
+        <x:v>3544.38</x:v>
+      </x:c>
+      <x:c r="E357" s="0">
+        <x:v>2444.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="358" spans="1:5">
+      <x:c r="A358" s="1">
+        <x:v>45506.8233912037</x:v>
+      </x:c>
+      <x:c r="B358" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C358" s="0">
+        <x:v>7.13</x:v>
+      </x:c>
+      <x:c r="D358" s="0">
+        <x:v>3581.21</x:v>
+      </x:c>
+      <x:c r="E358" s="0">
+        <x:v>2469.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="359" spans="1:5">
+      <x:c r="A359" s="1">
+        <x:v>45505.824212963</x:v>
+      </x:c>
+      <x:c r="B359" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C359" s="0">
+        <x:v>7.06</x:v>
+      </x:c>
+      <x:c r="D359" s="0">
+        <x:v>3597.16</x:v>
+      </x:c>
+      <x:c r="E359" s="0">
+        <x:v>2480.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="360" spans="1:5">
+      <x:c r="A360" s="1">
+        <x:v>45504.8260185185</x:v>
+      </x:c>
+      <x:c r="B360" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C360" s="0">
+        <x:v>7.11</x:v>
+      </x:c>
+      <x:c r="D360" s="0">
+        <x:v>3585.85</x:v>
+      </x:c>
+      <x:c r="E360" s="0">
+        <x:v>2473</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="361" spans="1:5">
+      <x:c r="A361" s="1">
+        <x:v>45503.8250810185</x:v>
+      </x:c>
+      <x:c r="B361" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C361" s="0">
+        <x:v>7.23</x:v>
+      </x:c>
+      <x:c r="D361" s="0">
+        <x:v>3555.255</x:v>
+      </x:c>
+      <x:c r="E361" s="0">
+        <x:v>2451.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="362" spans="1:5">
+      <x:c r="A362" s="1">
+        <x:v>45502.8308912037</x:v>
+      </x:c>
+      <x:c r="B362" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C362" s="0">
+        <x:v>7.39</x:v>
+      </x:c>
+      <x:c r="D362" s="0">
+        <x:v>3516.975</x:v>
+      </x:c>
+      <x:c r="E362" s="0">
+        <x:v>2425.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="363" spans="1:5">
+      <x:c r="A363" s="1">
+        <x:v>45502.8255208333</x:v>
+      </x:c>
+      <x:c r="B363" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C363" s="0">
+        <x:v>7.39</x:v>
+      </x:c>
+      <x:c r="D363" s="0">
+        <x:v>3516.975</x:v>
+      </x:c>
+      <x:c r="E363" s="0">
+        <x:v>2425.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="364" spans="1:5">
+      <x:c r="A364" s="1">
         <x:v>45499.8269907407</x:v>
       </x:c>
-      <x:c r="B338" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C338" s="0">
+      <x:c r="B364" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C364" s="0">
         <x:v>7.38</x:v>
       </x:c>
-      <x:c r="D338" s="0">
+      <x:c r="D364" s="0">
         <x:v>3520.455</x:v>
       </x:c>
-      <x:c r="E338" s="0">
+      <x:c r="E364" s="0">
         <x:v>2427.9</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>