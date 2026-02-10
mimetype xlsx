--- v2 (2026-01-20)
+++ v3 (2026-02-10)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra3646b9d78474c97" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7a172951b4254f768135dbf76d1c97d1.psmdcp" Id="Rc026697360c74b22" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c6c30f61b954143" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/98caa64f5147438891634caa68907141.psmdcp" Id="R44fd41f681524adc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>DE000BB02VC9</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -390,6234 +390,6540 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E364"/>
+  <x:dimension ref="A1:E382"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>46038.8262615741</x:v>
+        <x:v>46062.9109722222</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
-        <x:v>1.95</x:v>
+        <x:v>1.51</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>6663.33</x:v>
+        <x:v>7365.13</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>4595.4</x:v>
+        <x:v>5079.4</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>46037.8245717593</x:v>
+        <x:v>46062.8648842593</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
-        <x:v>1.92</x:v>
+        <x:v>1.51</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>6704.365</x:v>
+        <x:v>7365.13</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>4623.7</x:v>
+        <x:v>5079.4</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>46036.824849537</x:v>
+        <x:v>46059.8655787037</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
-        <x:v>1.91</x:v>
+        <x:v>1.58</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>6721.765</x:v>
+        <x:v>7220.71</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>4635.7</x:v>
+        <x:v>4979.8</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>46035.8275810185</x:v>
+        <x:v>46058.8171412037</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
-        <x:v>1.94</x:v>
+        <x:v>1.64</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>6668.695</x:v>
+        <x:v>7089.775</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>4599.1</x:v>
+        <x:v>4889.5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>46034.8259375</x:v>
+        <x:v>46057.8355092593</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
-        <x:v>1.93</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>6691.315</x:v>
+        <x:v>7178.66</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>4614.7</x:v>
+        <x:v>4950.8</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>46031.8225925926</x:v>
+        <x:v>46056.8221759259</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
-        <x:v>2.03</x:v>
+        <x:v>1.61</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>6526.305</x:v>
+        <x:v>7155.75</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>4500.9</x:v>
+        <x:v>4935</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>46030.8292592593</x:v>
+        <x:v>46055.8181481482</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
-        <x:v>2.07</x:v>
+        <x:v>1.83</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>6468.015</x:v>
+        <x:v>6746.27</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>4460.7</x:v>
+        <x:v>4652.6</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>46029.8237037037</x:v>
+        <x:v>46052.8217476852</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
-        <x:v>2.07</x:v>
+        <x:v>1.76</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>6470.625</x:v>
+        <x:v>6880.395</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>4462.5</x:v>
+        <x:v>4745.1</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>46028.8240972222</x:v>
+        <x:v>46051.9028240741</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
-        <x:v>2.04</x:v>
+        <x:v>1.43</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>6519.345</x:v>
+        <x:v>7764.46</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>4496.1</x:v>
+        <x:v>5354.8</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>46027.8219097222</x:v>
+        <x:v>46051.8152314815</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C12" s="0">
-        <x:v>2.08</x:v>
+        <x:v>1.46</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>6454.675</x:v>
+        <x:v>7690.22</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>4451.5</x:v>
+        <x:v>5303.6</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>46024.8229976852</x:v>
+        <x:v>46050.8226157407</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0">
-        <x:v>2.21</x:v>
+        <x:v>1.44</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>6277.92</x:v>
+        <x:v>7743.29</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>4329.6</x:v>
+        <x:v>5340.2</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>46021.8342708333</x:v>
+        <x:v>46050.8133796296</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C14" s="0">
-        <x:v>2.15</x:v>
+        <x:v>1.44</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>6360.135</x:v>
+        <x:v>7743.29</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>4386.3</x:v>
+        <x:v>5340.2</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>46020.8393171296</x:v>
+        <x:v>46049.8227083333</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
-        <x:v>2.19</x:v>
+        <x:v>1.58</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>6298.22</x:v>
+        <x:v>7424.87</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>4343.6</x:v>
+        <x:v>5120.6</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>46014.8341898148</x:v>
+        <x:v>46048.8231134259</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C16" s="0">
-        <x:v>2.05</x:v>
+        <x:v>1.58</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>6533.265</x:v>
+        <x:v>7427.335</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>4505.7</x:v>
+        <x:v>5122.3</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>46013.830787037</x:v>
+        <x:v>46045.8273148148</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C17" s="0">
-        <x:v>2.08</x:v>
+        <x:v>1.65</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>6480.63</x:v>
+        <x:v>7274.65</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>4469.4</x:v>
+        <x:v>4979.7</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>46010.8267476852</x:v>
+        <x:v>46044.8500231481</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="0">
-        <x:v>2.16</x:v>
+        <x:v>1.69</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>6361.585</x:v>
+        <x:v>7124.43</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>4387.3</x:v>
+        <x:v>4913.4</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>46009.8283333333</x:v>
+        <x:v>46043.8455324074</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C19" s="0">
-        <x:v>2.19</x:v>
+        <x:v>1.75</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>6328.525</x:v>
+        <x:v>7014.375</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>4364.5</x:v>
+        <x:v>4837.5</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
-        <x:v>46008.8262962963</x:v>
+        <x:v>46042.8283333333</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C20" s="0">
-        <x:v>2.18</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>6342.155</x:v>
+        <x:v>6910.41</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>4373.9</x:v>
+        <x:v>4765.8</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="1">
-        <x:v>46007.8233564815</x:v>
+        <x:v>46038.8262615741</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C21" s="0">
-        <x:v>2.22</x:v>
+        <x:v>1.95</x:v>
       </x:c>
       <x:c r="D21" s="0">
-        <x:v>6281.835</x:v>
+        <x:v>6663.33</x:v>
       </x:c>
       <x:c r="E21" s="0">
-        <x:v>4332.3</x:v>
+        <x:v>4595.4</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="1">
-        <x:v>46006.8309722222</x:v>
+        <x:v>46037.8245717593</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C22" s="0">
-        <x:v>2.22</x:v>
+        <x:v>1.92</x:v>
       </x:c>
       <x:c r="D22" s="0">
-        <x:v>6286.04</x:v>
+        <x:v>6704.365</x:v>
       </x:c>
       <x:c r="E22" s="0">
-        <x:v>4335.2</x:v>
+        <x:v>4623.7</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="1">
-        <x:v>46003.8253125</x:v>
+        <x:v>46036.824849537</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C23" s="0">
-        <x:v>2.23</x:v>
+        <x:v>1.91</x:v>
       </x:c>
       <x:c r="D23" s="0">
-        <x:v>6276.035</x:v>
+        <x:v>6721.765</x:v>
       </x:c>
       <x:c r="E23" s="0">
-        <x:v>4328.3</x:v>
+        <x:v>4635.7</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="1">
-        <x:v>46002.8233564815</x:v>
+        <x:v>46035.8275810185</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C24" s="0">
-        <x:v>2.24</x:v>
+        <x:v>1.94</x:v>
       </x:c>
       <x:c r="D24" s="0">
-        <x:v>6253.85</x:v>
+        <x:v>6668.695</x:v>
       </x:c>
       <x:c r="E24" s="0">
-        <x:v>4313</x:v>
+        <x:v>4599.1</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="1">
-        <x:v>46001.824849537</x:v>
+        <x:v>46034.8259375</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C25" s="0">
-        <x:v>2.34</x:v>
+        <x:v>1.93</x:v>
       </x:c>
       <x:c r="D25" s="0">
-        <x:v>6125.815</x:v>
+        <x:v>6691.315</x:v>
       </x:c>
       <x:c r="E25" s="0">
-        <x:v>4224.7</x:v>
+        <x:v>4614.7</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="1">
-        <x:v>46000.8228009259</x:v>
+        <x:v>46031.8225925926</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C26" s="0">
-        <x:v>2.33</x:v>
+        <x:v>2.03</x:v>
       </x:c>
       <x:c r="D26" s="0">
-        <x:v>6142.49</x:v>
+        <x:v>6526.305</x:v>
       </x:c>
       <x:c r="E26" s="0">
-        <x:v>4236.2</x:v>
+        <x:v>4500.9</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="1">
-        <x:v>45999.8272106481</x:v>
+        <x:v>46030.8292592593</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C27" s="0">
-        <x:v>2.35</x:v>
+        <x:v>2.07</x:v>
       </x:c>
       <x:c r="D27" s="0">
-        <x:v>6115.665</x:v>
+        <x:v>6468.015</x:v>
       </x:c>
       <x:c r="E27" s="0">
-        <x:v>4217.7</x:v>
+        <x:v>4460.7</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="1">
-        <x:v>45996.8263078704</x:v>
+        <x:v>46029.8237037037</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C28" s="0">
-        <x:v>2.32</x:v>
+        <x:v>2.07</x:v>
       </x:c>
       <x:c r="D28" s="0">
-        <x:v>6152.35</x:v>
+        <x:v>6470.625</x:v>
       </x:c>
       <x:c r="E28" s="0">
-        <x:v>4243</x:v>
+        <x:v>4462.5</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="1">
-        <x:v>45995.8232291667</x:v>
+        <x:v>46028.8240972222</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C29" s="0">
-        <x:v>2.32</x:v>
+        <x:v>2.04</x:v>
       </x:c>
       <x:c r="D29" s="0">
-        <x:v>6152.35</x:v>
+        <x:v>6519.345</x:v>
       </x:c>
       <x:c r="E29" s="0">
-        <x:v>4243</x:v>
+        <x:v>4496.1</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="1">
-        <x:v>45994.8237037037</x:v>
+        <x:v>46027.8219097222</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C30" s="0">
-        <x:v>2.33</x:v>
+        <x:v>2.08</x:v>
       </x:c>
       <x:c r="D30" s="0">
-        <x:v>6137.125</x:v>
+        <x:v>6454.675</x:v>
       </x:c>
       <x:c r="E30" s="0">
-        <x:v>4232.5</x:v>
+        <x:v>4451.5</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="1">
-        <x:v>45993.8229398148</x:v>
+        <x:v>46024.8229976852</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C31" s="0">
-        <x:v>2.34</x:v>
+        <x:v>2.21</x:v>
       </x:c>
       <x:c r="D31" s="0">
-        <x:v>6120.16</x:v>
+        <x:v>6277.92</x:v>
       </x:c>
       <x:c r="E31" s="0">
-        <x:v>4220.8</x:v>
+        <x:v>4329.6</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="1">
-        <x:v>45992.8242939815</x:v>
+        <x:v>46021.8342708333</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C32" s="0">
-        <x:v>2.29</x:v>
+        <x:v>2.15</x:v>
       </x:c>
       <x:c r="D32" s="0">
-        <x:v>6198.46</x:v>
+        <x:v>6360.135</x:v>
       </x:c>
       <x:c r="E32" s="0">
-        <x:v>4274.8</x:v>
+        <x:v>4386.3</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="1">
-        <x:v>45989.8354861111</x:v>
+        <x:v>46020.8393171296</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C33" s="0">
-        <x:v>2.31</x:v>
+        <x:v>2.19</x:v>
       </x:c>
       <x:c r="D33" s="0">
-        <x:v>6169.605</x:v>
+        <x:v>6298.22</x:v>
       </x:c>
       <x:c r="E33" s="0">
-        <x:v>4254.9</x:v>
+        <x:v>4343.6</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="1">
-        <x:v>45987.8265162037</x:v>
+        <x:v>46014.8341898148</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C34" s="0">
-        <x:v>2.37</x:v>
+        <x:v>2.05</x:v>
       </x:c>
       <x:c r="D34" s="0">
-        <x:v>6093.335</x:v>
+        <x:v>6533.265</x:v>
       </x:c>
       <x:c r="E34" s="0">
-        <x:v>4202.3</x:v>
+        <x:v>4505.7</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="1">
-        <x:v>45986.8420486111</x:v>
+        <x:v>46013.830787037</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C35" s="0">
-        <x:v>2.4</x:v>
+        <x:v>2.08</x:v>
       </x:c>
       <x:c r="D35" s="0">
-        <x:v>6057.085</x:v>
+        <x:v>6480.63</x:v>
       </x:c>
       <x:c r="E35" s="0">
-        <x:v>4177.3</x:v>
+        <x:v>4469.4</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="1">
-        <x:v>45985.8473032407</x:v>
+        <x:v>46010.8267476852</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C36" s="0">
-        <x:v>2.45</x:v>
+        <x:v>2.16</x:v>
       </x:c>
       <x:c r="D36" s="0">
-        <x:v>5989.66</x:v>
+        <x:v>6361.585</x:v>
       </x:c>
       <x:c r="E36" s="0">
-        <x:v>4130.8</x:v>
+        <x:v>4387.3</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="1">
-        <x:v>45982.8240972222</x:v>
+        <x:v>46009.8283333333</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C37" s="0">
-        <x:v>2.47</x:v>
+        <x:v>2.19</x:v>
       </x:c>
       <x:c r="D37" s="0">
-        <x:v>5968.2</x:v>
+        <x:v>6328.525</x:v>
       </x:c>
       <x:c r="E37" s="0">
-        <x:v>4116</x:v>
+        <x:v>4364.5</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="1">
-        <x:v>45981.858912037</x:v>
+        <x:v>46008.8262962963</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C38" s="0">
-        <x:v>2.5</x:v>
+        <x:v>2.18</x:v>
       </x:c>
       <x:c r="D38" s="0">
-        <x:v>5938.765</x:v>
+        <x:v>6342.155</x:v>
       </x:c>
       <x:c r="E38" s="0">
-        <x:v>4060</x:v>
+        <x:v>4373.9</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="1">
-        <x:v>45980.8244444444</x:v>
+        <x:v>46007.8233564815</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C39" s="0">
-        <x:v>2.47</x:v>
+        <x:v>2.22</x:v>
       </x:c>
       <x:c r="D39" s="0">
-        <x:v>5920.06</x:v>
+        <x:v>6281.835</x:v>
       </x:c>
       <x:c r="E39" s="0">
-        <x:v>4082.8</x:v>
+        <x:v>4332.3</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="1">
-        <x:v>45979.8891898148</x:v>
+        <x:v>46006.8309722222</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C40" s="0">
-        <x:v>2.49</x:v>
+        <x:v>2.22</x:v>
       </x:c>
       <x:c r="D40" s="0">
-        <x:v>5896.425</x:v>
+        <x:v>6286.04</x:v>
       </x:c>
       <x:c r="E40" s="0">
-        <x:v>4066.5</x:v>
+        <x:v>4335.2</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="1">
-        <x:v>45978.8251967593</x:v>
+        <x:v>46003.8253125</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C41" s="0">
-        <x:v>2.48</x:v>
+        <x:v>2.23</x:v>
       </x:c>
       <x:c r="D41" s="0">
-        <x:v>5908.025</x:v>
+        <x:v>6276.035</x:v>
       </x:c>
       <x:c r="E41" s="0">
-        <x:v>4074.5</x:v>
+        <x:v>4328.3</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="1">
-        <x:v>45975.8263078704</x:v>
+        <x:v>46002.8233564815</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C42" s="0">
-        <x:v>2.46</x:v>
+        <x:v>2.24</x:v>
       </x:c>
       <x:c r="D42" s="0">
-        <x:v>5936.59</x:v>
+        <x:v>6253.85</x:v>
       </x:c>
       <x:c r="E42" s="0">
-        <x:v>4094.2</x:v>
+        <x:v>4313</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="1">
-        <x:v>45974.8559606482</x:v>
+        <x:v>46001.824849537</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C43" s="0">
         <x:v>2.34</x:v>
       </x:c>
       <x:c r="D43" s="0">
-        <x:v>6082.025</x:v>
+        <x:v>6125.815</x:v>
       </x:c>
       <x:c r="E43" s="0">
-        <x:v>4194.5</x:v>
+        <x:v>4224.7</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="1">
-        <x:v>45973.8250115741</x:v>
+        <x:v>46000.8228009259</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C44" s="0">
-        <x:v>2.32</x:v>
+        <x:v>2.33</x:v>
       </x:c>
       <x:c r="D44" s="0">
-        <x:v>6109.72</x:v>
+        <x:v>6142.49</x:v>
       </x:c>
       <x:c r="E44" s="0">
-        <x:v>4213.6</x:v>
+        <x:v>4236.2</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="1">
-        <x:v>45972.8325231482</x:v>
+        <x:v>45999.8272106481</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C45" s="0">
-        <x:v>2.44</x:v>
+        <x:v>2.35</x:v>
       </x:c>
       <x:c r="D45" s="0">
-        <x:v>5968.635</x:v>
+        <x:v>6115.665</x:v>
       </x:c>
       <x:c r="E45" s="0">
-        <x:v>4116.3</x:v>
+        <x:v>4217.7</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="1">
-        <x:v>45971.8316087963</x:v>
+        <x:v>45996.8263078704</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C46" s="0">
-        <x:v>2.43</x:v>
+        <x:v>2.32</x:v>
       </x:c>
       <x:c r="D46" s="0">
-        <x:v>5976.9</x:v>
+        <x:v>6152.35</x:v>
       </x:c>
       <x:c r="E46" s="0">
-        <x:v>4122</x:v>
+        <x:v>4243</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="1">
-        <x:v>45968.8265277778</x:v>
+        <x:v>45995.8232291667</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C47" s="0">
-        <x:v>2.58</x:v>
+        <x:v>2.32</x:v>
       </x:c>
       <x:c r="D47" s="0">
-        <x:v>5814.21</x:v>
+        <x:v>6152.35</x:v>
       </x:c>
       <x:c r="E47" s="0">
-        <x:v>4009.8</x:v>
+        <x:v>4243</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5">
       <x:c r="A48" s="1">
-        <x:v>45967.8567361111</x:v>
+        <x:v>45994.8237037037</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C48" s="0">
-        <x:v>2.6</x:v>
+        <x:v>2.33</x:v>
       </x:c>
       <x:c r="D48" s="0">
-        <x:v>5786.95</x:v>
+        <x:v>6137.125</x:v>
       </x:c>
       <x:c r="E48" s="0">
-        <x:v>3991</x:v>
+        <x:v>4232.5</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
       <x:c r="A49" s="1">
-        <x:v>45966.8257638889</x:v>
+        <x:v>45993.8229398148</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C49" s="0">
-        <x:v>2.6</x:v>
+        <x:v>2.34</x:v>
       </x:c>
       <x:c r="D49" s="0">
-        <x:v>5789.705</x:v>
+        <x:v>6120.16</x:v>
       </x:c>
       <x:c r="E49" s="0">
-        <x:v>3992.9</x:v>
+        <x:v>4220.8</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5">
       <x:c r="A50" s="1">
-        <x:v>45965.8372800926</x:v>
+        <x:v>45992.8242939815</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C50" s="0">
-        <x:v>2.64</x:v>
+        <x:v>2.29</x:v>
       </x:c>
       <x:c r="D50" s="0">
-        <x:v>5742.725</x:v>
+        <x:v>6198.46</x:v>
       </x:c>
       <x:c r="E50" s="0">
-        <x:v>3960.5</x:v>
+        <x:v>4274.8</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5">
       <x:c r="A51" s="1">
-        <x:v>45964.8250925926</x:v>
+        <x:v>45989.8354861111</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C51" s="0">
-        <x:v>2.57</x:v>
+        <x:v>2.31</x:v>
       </x:c>
       <x:c r="D51" s="0">
-        <x:v>5820.3</x:v>
+        <x:v>6169.605</x:v>
       </x:c>
       <x:c r="E51" s="0">
-        <x:v>4014</x:v>
+        <x:v>4254.9</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5">
       <x:c r="A52" s="1">
-        <x:v>45961.7823032407</x:v>
+        <x:v>45987.8265162037</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C52" s="0">
-        <x:v>2.6</x:v>
+        <x:v>2.37</x:v>
       </x:c>
       <x:c r="D52" s="0">
-        <x:v>5794.925</x:v>
+        <x:v>6093.335</x:v>
       </x:c>
       <x:c r="E52" s="0">
-        <x:v>3996.5</x:v>
+        <x:v>4202.3</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5">
       <x:c r="A53" s="1">
-        <x:v>45960.7838310185</x:v>
+        <x:v>45986.8420486111</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C53" s="0">
-        <x:v>2.57</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="D53" s="0">
-        <x:v>5823.055</x:v>
+        <x:v>6057.085</x:v>
       </x:c>
       <x:c r="E53" s="0">
-        <x:v>4015.9</x:v>
+        <x:v>4177.3</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5">
       <x:c r="A54" s="1">
-        <x:v>45959.7819212963</x:v>
+        <x:v>45985.8473032407</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C54" s="0">
-        <x:v>2.59</x:v>
+        <x:v>2.45</x:v>
       </x:c>
       <x:c r="D54" s="0">
-        <x:v>5801.015</x:v>
+        <x:v>5989.66</x:v>
       </x:c>
       <x:c r="E54" s="0">
-        <x:v>4000.7</x:v>
+        <x:v>4130.8</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5">
       <x:c r="A55" s="1">
-        <x:v>45958.7844444444</x:v>
+        <x:v>45982.8240972222</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C55" s="0">
-        <x:v>2.62</x:v>
+        <x:v>2.47</x:v>
       </x:c>
       <x:c r="D55" s="0">
-        <x:v>5775.495</x:v>
+        <x:v>5968.2</x:v>
       </x:c>
       <x:c r="E55" s="0">
-        <x:v>3983.1</x:v>
+        <x:v>4116</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5">
       <x:c r="A56" s="1">
-        <x:v>45957.7848263889</x:v>
+        <x:v>45981.858912037</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C56" s="0">
-        <x:v>2.57</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="D56" s="0">
-        <x:v>5828.565</x:v>
+        <x:v>5938.765</x:v>
       </x:c>
       <x:c r="E56" s="0">
-        <x:v>4019.7</x:v>
+        <x:v>4060</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:5">
       <x:c r="A57" s="1">
-        <x:v>45954.8273726852</x:v>
+        <x:v>45980.8244444444</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C57" s="0">
-        <x:v>2.43</x:v>
+        <x:v>2.47</x:v>
       </x:c>
       <x:c r="D57" s="0">
-        <x:v>5999.81</x:v>
+        <x:v>5920.06</x:v>
       </x:c>
       <x:c r="E57" s="0">
-        <x:v>4137.8</x:v>
+        <x:v>4082.8</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:5">
       <x:c r="A58" s="1">
-        <x:v>45953.826412037</x:v>
+        <x:v>45979.8891898148</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C58" s="0">
-        <x:v>2.42</x:v>
+        <x:v>2.49</x:v>
       </x:c>
       <x:c r="D58" s="0">
-        <x:v>6011.12</x:v>
+        <x:v>5896.425</x:v>
       </x:c>
       <x:c r="E58" s="0">
-        <x:v>4145.6</x:v>
+        <x:v>4066.5</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:5">
       <x:c r="A59" s="1">
-        <x:v>45952.8312615741</x:v>
+        <x:v>45978.8251967593</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C59" s="0">
-        <x:v>2.52</x:v>
+        <x:v>2.48</x:v>
       </x:c>
       <x:c r="D59" s="0">
-        <x:v>5894.83</x:v>
+        <x:v>5908.025</x:v>
       </x:c>
       <x:c r="E59" s="0">
-        <x:v>4065.4</x:v>
+        <x:v>4074.5</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:5">
       <x:c r="A60" s="1">
-        <x:v>45951.8353240741</x:v>
+        <x:v>45975.8263078704</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C60" s="0">
-        <x:v>2.47</x:v>
+        <x:v>2.46</x:v>
       </x:c>
       <x:c r="D60" s="0">
-        <x:v>5958.195</x:v>
+        <x:v>5936.59</x:v>
       </x:c>
       <x:c r="E60" s="0">
-        <x:v>4109.1</x:v>
+        <x:v>4094.2</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:5">
       <x:c r="A61" s="1">
-        <x:v>45950.8514814815</x:v>
+        <x:v>45974.8559606482</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C61" s="0">
-        <x:v>2.21</x:v>
+        <x:v>2.34</x:v>
       </x:c>
       <x:c r="D61" s="0">
-        <x:v>6321.13</x:v>
+        <x:v>6082.025</x:v>
       </x:c>
       <x:c r="E61" s="0">
-        <x:v>4359.4</x:v>
+        <x:v>4194.5</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:5">
       <x:c r="A62" s="1">
-        <x:v>45947.8255902778</x:v>
+        <x:v>45973.8250115741</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C62" s="0">
-        <x:v>2.38</x:v>
+        <x:v>2.32</x:v>
       </x:c>
       <x:c r="D62" s="0">
-        <x:v>6109.285</x:v>
+        <x:v>6109.72</x:v>
       </x:c>
       <x:c r="E62" s="0">
-        <x:v>4213.3</x:v>
+        <x:v>4213.6</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:5">
       <x:c r="A63" s="1">
-        <x:v>45946.8237962963</x:v>
+        <x:v>45972.8325231482</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C63" s="0">
-        <x:v>2.28</x:v>
+        <x:v>2.44</x:v>
       </x:c>
       <x:c r="D63" s="0">
-        <x:v>6241.67</x:v>
+        <x:v>5968.635</x:v>
       </x:c>
       <x:c r="E63" s="0">
-        <x:v>4304.6</x:v>
+        <x:v>4116.3</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:5">
       <x:c r="A64" s="1">
-        <x:v>45945.8233796296</x:v>
+        <x:v>45971.8316087963</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C64" s="0">
-        <x:v>2.4</x:v>
+        <x:v>2.43</x:v>
       </x:c>
       <x:c r="D64" s="0">
-        <x:v>6092.32</x:v>
+        <x:v>5976.9</x:v>
       </x:c>
       <x:c r="E64" s="0">
-        <x:v>4201.6</x:v>
+        <x:v>4122</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:5">
       <x:c r="A65" s="1">
-        <x:v>45944.828287037</x:v>
+        <x:v>45968.8265277778</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C65" s="0">
-        <x:v>2.45</x:v>
+        <x:v>2.58</x:v>
       </x:c>
       <x:c r="D65" s="0">
-        <x:v>6036.93</x:v>
+        <x:v>5814.21</x:v>
       </x:c>
       <x:c r="E65" s="0">
-        <x:v>4163.4</x:v>
+        <x:v>4009.8</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:5">
       <x:c r="A66" s="1">
-        <x:v>45943.8403356482</x:v>
+        <x:v>45967.8567361111</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C66" s="0">
-        <x:v>2.48</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="D66" s="0">
-        <x:v>5992.85</x:v>
+        <x:v>5786.95</x:v>
       </x:c>
       <x:c r="E66" s="0">
-        <x:v>4133</x:v>
+        <x:v>3991</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:5">
       <x:c r="A67" s="1">
-        <x:v>45940.8233449074</x:v>
+        <x:v>45966.8257638889</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C67" s="0">
-        <x:v>2.66</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="D67" s="0">
-        <x:v>5800.58</x:v>
+        <x:v>5789.705</x:v>
       </x:c>
       <x:c r="E67" s="0">
-        <x:v>4000.4</x:v>
+        <x:v>3992.9</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:5">
       <x:c r="A68" s="1">
-        <x:v>45939.8284953704</x:v>
+        <x:v>45965.8372800926</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C68" s="0">
-        <x:v>2.7</x:v>
+        <x:v>2.64</x:v>
       </x:c>
       <x:c r="D68" s="0">
-        <x:v>5760.27</x:v>
+        <x:v>5742.725</x:v>
       </x:c>
       <x:c r="E68" s="0">
-        <x:v>3972.6</x:v>
+        <x:v>3960.5</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:5">
       <x:c r="A69" s="1">
-        <x:v>45938.8250115741</x:v>
+        <x:v>45964.8250925926</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C69" s="0">
         <x:v>2.57</x:v>
       </x:c>
       <x:c r="D69" s="0">
-        <x:v>5902.225</x:v>
+        <x:v>5820.3</x:v>
       </x:c>
       <x:c r="E69" s="0">
-        <x:v>4070.5</x:v>
+        <x:v>4014</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:5">
       <x:c r="A70" s="1">
-        <x:v>45937.8252430556</x:v>
+        <x:v>45961.7823032407</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C70" s="0">
-        <x:v>2.66</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="D70" s="0">
-        <x:v>5806.38</x:v>
+        <x:v>5794.925</x:v>
       </x:c>
       <x:c r="E70" s="0">
-        <x:v>4004.4</x:v>
+        <x:v>3996.5</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:5">
       <x:c r="A71" s="1">
-        <x:v>45936.8237268518</x:v>
+        <x:v>45960.7838310185</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C71" s="0">
-        <x:v>2.7</x:v>
+        <x:v>2.57</x:v>
       </x:c>
       <x:c r="D71" s="0">
-        <x:v>5765.635</x:v>
+        <x:v>5823.055</x:v>
       </x:c>
       <x:c r="E71" s="0">
-        <x:v>3976.3</x:v>
+        <x:v>4015.9</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:5">
       <x:c r="A72" s="1">
-        <x:v>45933.8235648148</x:v>
+        <x:v>45959.7819212963</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C72" s="0">
-        <x:v>2.8</x:v>
+        <x:v>2.59</x:v>
       </x:c>
       <x:c r="D72" s="0">
-        <x:v>5667.905</x:v>
+        <x:v>5801.015</x:v>
       </x:c>
       <x:c r="E72" s="0">
-        <x:v>3908.9</x:v>
+        <x:v>4000.7</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:5">
       <x:c r="A73" s="1">
-        <x:v>45932.824537037</x:v>
+        <x:v>45958.7844444444</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C73" s="0">
-        <x:v>2.86</x:v>
+        <x:v>2.62</x:v>
       </x:c>
       <x:c r="D73" s="0">
-        <x:v>5608.745</x:v>
+        <x:v>5775.495</x:v>
       </x:c>
       <x:c r="E73" s="0">
-        <x:v>3868.1</x:v>
+        <x:v>3983.1</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:5">
       <x:c r="A74" s="1">
-        <x:v>45931.8251041667</x:v>
+        <x:v>45957.7848263889</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C74" s="0">
-        <x:v>2.81</x:v>
+        <x:v>2.57</x:v>
       </x:c>
       <x:c r="D74" s="0">
-        <x:v>5651.375</x:v>
+        <x:v>5828.565</x:v>
       </x:c>
       <x:c r="E74" s="0">
-        <x:v>3897.5</x:v>
+        <x:v>4019.7</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:5">
       <x:c r="A75" s="1">
-        <x:v>45930.8239930556</x:v>
+        <x:v>45954.8273726852</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C75" s="0">
-        <x:v>2.85</x:v>
+        <x:v>2.43</x:v>
       </x:c>
       <x:c r="D75" s="0">
-        <x:v>5616.14</x:v>
+        <x:v>5999.81</x:v>
       </x:c>
       <x:c r="E75" s="0">
-        <x:v>3873.2</x:v>
+        <x:v>4137.8</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:5">
       <x:c r="A76" s="1">
-        <x:v>45929.8229398148</x:v>
+        <x:v>45953.826412037</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C76" s="0">
-        <x:v>2.88</x:v>
+        <x:v>2.42</x:v>
       </x:c>
       <x:c r="D76" s="0">
-        <x:v>5590.04</x:v>
+        <x:v>6011.12</x:v>
       </x:c>
       <x:c r="E76" s="0">
-        <x:v>3855.2</x:v>
+        <x:v>4145.6</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:5">
       <x:c r="A77" s="1">
-        <x:v>45926.8238773148</x:v>
+        <x:v>45952.8312615741</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C77" s="0">
-        <x:v>2.95</x:v>
+        <x:v>2.52</x:v>
       </x:c>
       <x:c r="D77" s="0">
-        <x:v>5523.05</x:v>
+        <x:v>5894.83</x:v>
       </x:c>
       <x:c r="E77" s="0">
-        <x:v>3809</x:v>
+        <x:v>4065.4</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:5">
       <x:c r="A78" s="1">
-        <x:v>45925.8238657407</x:v>
+        <x:v>45951.8353240741</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C78" s="0">
-        <x:v>3.01</x:v>
+        <x:v>2.47</x:v>
       </x:c>
       <x:c r="D78" s="0">
-        <x:v>5468.095</x:v>
+        <x:v>5958.195</x:v>
       </x:c>
       <x:c r="E78" s="0">
-        <x:v>3771.1</x:v>
+        <x:v>4109.1</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:5">
       <x:c r="A79" s="1">
-        <x:v>45924.8325347222</x:v>
+        <x:v>45950.8514814815</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C79" s="0">
-        <x:v>3.02</x:v>
+        <x:v>2.21</x:v>
       </x:c>
       <x:c r="D79" s="0">
-        <x:v>5463.745</x:v>
+        <x:v>6321.13</x:v>
       </x:c>
       <x:c r="E79" s="0">
-        <x:v>3768.1</x:v>
+        <x:v>4359.4</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:5">
       <x:c r="A80" s="1">
-        <x:v>45923.8421412037</x:v>
+        <x:v>45947.8255902778</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C80" s="0">
-        <x:v>2.94</x:v>
+        <x:v>2.38</x:v>
       </x:c>
       <x:c r="D80" s="0">
-        <x:v>5532.765</x:v>
+        <x:v>6109.285</x:v>
       </x:c>
       <x:c r="E80" s="0">
-        <x:v>3815.7</x:v>
+        <x:v>4213.3</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:5">
       <x:c r="A81" s="1">
-        <x:v>45922.8390625</x:v>
+        <x:v>45946.8237962963</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C81" s="0">
-        <x:v>3.01</x:v>
+        <x:v>2.28</x:v>
       </x:c>
       <x:c r="D81" s="0">
-        <x:v>5473.895</x:v>
+        <x:v>6241.67</x:v>
       </x:c>
       <x:c r="E81" s="0">
-        <x:v>3775.1</x:v>
+        <x:v>4304.6</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:5">
       <x:c r="A82" s="1">
-        <x:v>45919.8403472222</x:v>
+        <x:v>45945.8233796296</x:v>
       </x:c>
       <x:c r="B82" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C82" s="0">
-        <x:v>3.12</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="D82" s="0">
-        <x:v>5373.41</x:v>
+        <x:v>6092.32</x:v>
       </x:c>
       <x:c r="E82" s="0">
-        <x:v>3705.8</x:v>
+        <x:v>4201.6</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:5">
       <x:c r="A83" s="1">
-        <x:v>45918.8308796296</x:v>
+        <x:v>45944.828287037</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C83" s="0">
-        <x:v>3.17</x:v>
+        <x:v>2.45</x:v>
       </x:c>
       <x:c r="D83" s="0">
-        <x:v>5333.535</x:v>
+        <x:v>6036.93</x:v>
       </x:c>
       <x:c r="E83" s="0">
-        <x:v>3678.3</x:v>
+        <x:v>4163.4</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:5">
       <x:c r="A84" s="1">
-        <x:v>45917.8346990741</x:v>
+        <x:v>45943.8403356482</x:v>
       </x:c>
       <x:c r="B84" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C84" s="0">
-        <x:v>3.11</x:v>
+        <x:v>2.48</x:v>
       </x:c>
       <x:c r="D84" s="0">
-        <x:v>5390.81</x:v>
+        <x:v>5992.85</x:v>
       </x:c>
       <x:c r="E84" s="0">
-        <x:v>3717.8</x:v>
+        <x:v>4133</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:5">
       <x:c r="A85" s="1">
-        <x:v>45916.82375</x:v>
+        <x:v>45940.8233449074</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C85" s="0">
-        <x:v>3.09</x:v>
+        <x:v>2.66</x:v>
       </x:c>
       <x:c r="D85" s="0">
-        <x:v>5401.395</x:v>
+        <x:v>5800.58</x:v>
       </x:c>
       <x:c r="E85" s="0">
-        <x:v>3725.1</x:v>
+        <x:v>4000.4</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:5">
       <x:c r="A86" s="1">
-        <x:v>45915.8287152778</x:v>
+        <x:v>45939.8284953704</x:v>
       </x:c>
       <x:c r="B86" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C86" s="0">
-        <x:v>3.1</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="D86" s="0">
-        <x:v>5392.55</x:v>
+        <x:v>5760.27</x:v>
       </x:c>
       <x:c r="E86" s="0">
-        <x:v>3719</x:v>
+        <x:v>3972.6</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:5">
       <x:c r="A87" s="1">
-        <x:v>45912.8242824074</x:v>
+        <x:v>45938.8250115741</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C87" s="0">
-        <x:v>3.16</x:v>
+        <x:v>2.57</x:v>
       </x:c>
       <x:c r="D87" s="0">
-        <x:v>5345.28</x:v>
+        <x:v>5902.225</x:v>
       </x:c>
       <x:c r="E87" s="0">
-        <x:v>3686.4</x:v>
+        <x:v>4070.5</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:5">
       <x:c r="A88" s="1">
-        <x:v>45911.8249074074</x:v>
+        <x:v>45937.8252430556</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C88" s="0">
-        <x:v>3.18</x:v>
+        <x:v>2.66</x:v>
       </x:c>
       <x:c r="D88" s="0">
-        <x:v>5326.72</x:v>
+        <x:v>5806.38</x:v>
       </x:c>
       <x:c r="E88" s="0">
-        <x:v>3673.6</x:v>
+        <x:v>4004.4</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:5">
       <x:c r="A89" s="1">
-        <x:v>45910.8234259259</x:v>
+        <x:v>45936.8237268518</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C89" s="0">
-        <x:v>3.17</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="D89" s="0">
-        <x:v>5338.9</x:v>
+        <x:v>5765.635</x:v>
       </x:c>
       <x:c r="E89" s="0">
-        <x:v>3682</x:v>
+        <x:v>3976.3</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:5">
       <x:c r="A90" s="1">
-        <x:v>45909.8234953704</x:v>
+        <x:v>45933.8235648148</x:v>
       </x:c>
       <x:c r="B90" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C90" s="0">
-        <x:v>3.17</x:v>
+        <x:v>2.8</x:v>
       </x:c>
       <x:c r="D90" s="0">
-        <x:v>5339.19</x:v>
+        <x:v>5667.905</x:v>
       </x:c>
       <x:c r="E90" s="0">
-        <x:v>3682.2</x:v>
+        <x:v>3908.9</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:5">
       <x:c r="A91" s="1">
-        <x:v>45908.8227777778</x:v>
+        <x:v>45932.824537037</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C91" s="0">
-        <x:v>3.18</x:v>
+        <x:v>2.86</x:v>
       </x:c>
       <x:c r="D91" s="0">
-        <x:v>5332.23</x:v>
+        <x:v>5608.745</x:v>
       </x:c>
       <x:c r="E91" s="0">
-        <x:v>3677.4</x:v>
+        <x:v>3868.1</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:5">
       <x:c r="A92" s="1">
-        <x:v>45905.8690856481</x:v>
+        <x:v>45931.8251041667</x:v>
       </x:c>
       <x:c r="B92" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C92" s="0">
-        <x:v>3.22</x:v>
+        <x:v>2.81</x:v>
       </x:c>
       <x:c r="D92" s="0">
-        <x:v>5297.285</x:v>
+        <x:v>5651.375</x:v>
       </x:c>
       <x:c r="E92" s="0">
-        <x:v>3653.3</x:v>
+        <x:v>3897.5</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:5">
       <x:c r="A93" s="1">
-        <x:v>45904.8310300926</x:v>
+        <x:v>45930.8239930556</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C93" s="0">
-        <x:v>3.3</x:v>
+        <x:v>2.85</x:v>
       </x:c>
       <x:c r="D93" s="0">
-        <x:v>5229.715</x:v>
+        <x:v>5616.14</x:v>
       </x:c>
       <x:c r="E93" s="0">
-        <x:v>3606.7</x:v>
+        <x:v>3873.2</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:5">
       <x:c r="A94" s="1">
-        <x:v>45903.8280208333</x:v>
+        <x:v>45929.8229398148</x:v>
       </x:c>
       <x:c r="B94" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C94" s="0">
-        <x:v>3.25</x:v>
+        <x:v>2.88</x:v>
       </x:c>
       <x:c r="D94" s="0">
-        <x:v>5271.475</x:v>
+        <x:v>5590.04</x:v>
       </x:c>
       <x:c r="E94" s="0">
-        <x:v>3635.5</x:v>
+        <x:v>3855.2</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:5">
       <x:c r="A95" s="1">
-        <x:v>45902.8240393518</x:v>
+        <x:v>45926.8238773148</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C95" s="0">
-        <x:v>3.33</x:v>
+        <x:v>2.95</x:v>
       </x:c>
       <x:c r="D95" s="0">
-        <x:v>5208.69</x:v>
+        <x:v>5523.05</x:v>
       </x:c>
       <x:c r="E95" s="0">
-        <x:v>3592.2</x:v>
+        <x:v>3809</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:5">
       <x:c r="A96" s="1">
-        <x:v>45898.8248148148</x:v>
+        <x:v>45925.8238657407</x:v>
       </x:c>
       <x:c r="B96" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C96" s="0">
-        <x:v>3.49</x:v>
+        <x:v>3.01</x:v>
       </x:c>
       <x:c r="D96" s="0">
-        <x:v>5098.345</x:v>
+        <x:v>5468.095</x:v>
       </x:c>
       <x:c r="E96" s="0">
-        <x:v>3516.1</x:v>
+        <x:v>3771.1</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:5">
       <x:c r="A97" s="1">
-        <x:v>45897.8404050926</x:v>
+        <x:v>45924.8325347222</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C97" s="0">
-        <x:v>3.57</x:v>
+        <x:v>3.02</x:v>
       </x:c>
       <x:c r="D97" s="0">
-        <x:v>5037.735</x:v>
+        <x:v>5463.745</x:v>
       </x:c>
       <x:c r="E97" s="0">
-        <x:v>3474.3</x:v>
+        <x:v>3768.1</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:5">
       <x:c r="A98" s="1">
-        <x:v>45896.8352199074</x:v>
+        <x:v>45923.8421412037</x:v>
       </x:c>
       <x:c r="B98" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C98" s="0">
-        <x:v>3.63</x:v>
+        <x:v>2.94</x:v>
       </x:c>
       <x:c r="D98" s="0">
-        <x:v>5000.47</x:v>
+        <x:v>5532.765</x:v>
       </x:c>
       <x:c r="E98" s="0">
-        <x:v>3448.6</x:v>
+        <x:v>3815.7</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:5">
       <x:c r="A99" s="1">
-        <x:v>45895.8272685185</x:v>
+        <x:v>45922.8390625</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C99" s="0">
-        <x:v>3.66</x:v>
+        <x:v>3.01</x:v>
       </x:c>
       <x:c r="D99" s="0">
-        <x:v>4977.85</x:v>
+        <x:v>5473.895</x:v>
       </x:c>
       <x:c r="E99" s="0">
-        <x:v>3433</x:v>
+        <x:v>3775.1</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:5">
       <x:c r="A100" s="1">
-        <x:v>45894.8408449074</x:v>
+        <x:v>45919.8403472222</x:v>
       </x:c>
       <x:c r="B100" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C100" s="0">
-        <x:v>3.69</x:v>
+        <x:v>3.12</x:v>
       </x:c>
       <x:c r="D100" s="0">
-        <x:v>4955.375</x:v>
+        <x:v>5373.41</x:v>
       </x:c>
       <x:c r="E100" s="0">
-        <x:v>3417.5</x:v>
+        <x:v>3705.8</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:5">
       <x:c r="A101" s="1">
-        <x:v>45891.8256018519</x:v>
+        <x:v>45918.8308796296</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C101" s="0">
-        <x:v>3.69</x:v>
+        <x:v>3.17</x:v>
       </x:c>
       <x:c r="D101" s="0">
-        <x:v>4956.825</x:v>
+        <x:v>5333.535</x:v>
       </x:c>
       <x:c r="E101" s="0">
-        <x:v>3418.5</x:v>
+        <x:v>3678.3</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:5">
       <x:c r="A102" s="1">
-        <x:v>45890.8256481482</x:v>
+        <x:v>45917.8346990741</x:v>
       </x:c>
       <x:c r="B102" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C102" s="0">
-        <x:v>3.77</x:v>
+        <x:v>3.11</x:v>
       </x:c>
       <x:c r="D102" s="0">
-        <x:v>4903.32</x:v>
+        <x:v>5390.81</x:v>
       </x:c>
       <x:c r="E102" s="0">
-        <x:v>3381.6</x:v>
+        <x:v>3717.8</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:5">
       <x:c r="A103" s="1">
-        <x:v>45889.8244791667</x:v>
+        <x:v>45916.82375</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C103" s="0">
-        <x:v>3.76</x:v>
+        <x:v>3.09</x:v>
       </x:c>
       <x:c r="D103" s="0">
-        <x:v>4913.325</x:v>
+        <x:v>5401.395</x:v>
       </x:c>
       <x:c r="E103" s="0">
-        <x:v>3388.5</x:v>
+        <x:v>3725.1</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:5">
       <x:c r="A104" s="1">
-        <x:v>45888.8241898148</x:v>
+        <x:v>45915.8287152778</x:v>
       </x:c>
       <x:c r="B104" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C104" s="0">
-        <x:v>3.83</x:v>
+        <x:v>3.1</x:v>
       </x:c>
       <x:c r="D104" s="0">
-        <x:v>4870.115</x:v>
+        <x:v>5392.55</x:v>
       </x:c>
       <x:c r="E104" s="0">
-        <x:v>3358.7</x:v>
+        <x:v>3719</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:5">
       <x:c r="A105" s="1">
-        <x:v>45887.8261342593</x:v>
+        <x:v>45912.8242824074</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C105" s="0">
-        <x:v>3.78</x:v>
+        <x:v>3.16</x:v>
       </x:c>
       <x:c r="D105" s="0">
-        <x:v>4898.1</x:v>
+        <x:v>5345.28</x:v>
       </x:c>
       <x:c r="E105" s="0">
-        <x:v>3378</x:v>
+        <x:v>3686.4</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:5">
       <x:c r="A106" s="1">
-        <x:v>45884.8236458333</x:v>
+        <x:v>45911.8249074074</x:v>
       </x:c>
       <x:c r="B106" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C106" s="0">
-        <x:v>3.77</x:v>
+        <x:v>3.18</x:v>
       </x:c>
       <x:c r="D106" s="0">
-        <x:v>4904.77</x:v>
+        <x:v>5326.72</x:v>
       </x:c>
       <x:c r="E106" s="0">
-        <x:v>3382.6</x:v>
+        <x:v>3673.6</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:5">
       <x:c r="A107" s="1">
-        <x:v>45883.8469907407</x:v>
+        <x:v>45910.8234259259</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C107" s="0">
-        <x:v>3.77</x:v>
+        <x:v>3.17</x:v>
       </x:c>
       <x:c r="D107" s="0">
-        <x:v>4905.64</x:v>
+        <x:v>5338.9</x:v>
       </x:c>
       <x:c r="E107" s="0">
-        <x:v>3383.2</x:v>
+        <x:v>3682</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:5">
       <x:c r="A108" s="1">
-        <x:v>45882.843125</x:v>
+        <x:v>45909.8234953704</x:v>
       </x:c>
       <x:c r="B108" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C108" s="0">
-        <x:v>3.72</x:v>
+        <x:v>3.17</x:v>
       </x:c>
       <x:c r="D108" s="0">
-        <x:v>4942.035</x:v>
+        <x:v>5339.19</x:v>
       </x:c>
       <x:c r="E108" s="0">
-        <x:v>3408.3</x:v>
+        <x:v>3682.2</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:5">
       <x:c r="A109" s="1">
-        <x:v>45881.822662037</x:v>
+        <x:v>45908.8227777778</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C109" s="0">
-        <x:v>3.74</x:v>
+        <x:v>3.18</x:v>
       </x:c>
       <x:c r="D109" s="0">
-        <x:v>4928.55</x:v>
+        <x:v>5332.23</x:v>
       </x:c>
       <x:c r="E109" s="0">
-        <x:v>3399</x:v>
+        <x:v>3677.4</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:5">
       <x:c r="A110" s="1">
-        <x:v>45880.8266898148</x:v>
+        <x:v>45905.8690856481</x:v>
       </x:c>
       <x:c r="B110" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C110" s="0">
-        <x:v>3.73</x:v>
+        <x:v>3.22</x:v>
       </x:c>
       <x:c r="D110" s="0">
-        <x:v>4936.815</x:v>
+        <x:v>5297.285</x:v>
       </x:c>
       <x:c r="E110" s="0">
-        <x:v>3404.7</x:v>
+        <x:v>3653.3</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:5">
       <x:c r="A111" s="1">
-        <x:v>45877.8247916667</x:v>
+        <x:v>45904.8310300926</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C111" s="0">
-        <x:v>3.55</x:v>
+        <x:v>3.3</x:v>
       </x:c>
       <x:c r="D111" s="0">
-        <x:v>5062.385</x:v>
+        <x:v>5229.715</x:v>
       </x:c>
       <x:c r="E111" s="0">
-        <x:v>3491.3</x:v>
+        <x:v>3606.7</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:5">
       <x:c r="A112" s="1">
-        <x:v>45876.8256018519</x:v>
+        <x:v>45903.8280208333</x:v>
       </x:c>
       <x:c r="B112" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C112" s="0">
-        <x:v>3.63</x:v>
+        <x:v>3.25</x:v>
       </x:c>
       <x:c r="D112" s="0">
-        <x:v>5007.865</x:v>
+        <x:v>5271.475</x:v>
       </x:c>
       <x:c r="E112" s="0">
-        <x:v>3453.7</x:v>
+        <x:v>3635.5</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:5">
       <x:c r="A113" s="1">
-        <x:v>45875.8240277778</x:v>
+        <x:v>45902.8240393518</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C113" s="0">
-        <x:v>3.67</x:v>
+        <x:v>3.33</x:v>
       </x:c>
       <x:c r="D113" s="0">
-        <x:v>4978.43</x:v>
+        <x:v>5208.69</x:v>
       </x:c>
       <x:c r="E113" s="0">
-        <x:v>3433.4</x:v>
+        <x:v>3592.2</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:5">
       <x:c r="A114" s="1">
-        <x:v>45874.8240277778</x:v>
+        <x:v>45898.8248148148</x:v>
       </x:c>
       <x:c r="B114" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C114" s="0">
-        <x:v>3.67</x:v>
+        <x:v>3.49</x:v>
       </x:c>
       <x:c r="D114" s="0">
-        <x:v>4980.315</x:v>
+        <x:v>5098.345</x:v>
       </x:c>
       <x:c r="E114" s="0">
-        <x:v>3434.7</x:v>
+        <x:v>3516.1</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:5">
       <x:c r="A115" s="1">
-        <x:v>45873.826400463</x:v>
+        <x:v>45897.8404050926</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C115" s="0">
-        <x:v>3.69</x:v>
+        <x:v>3.57</x:v>
       </x:c>
       <x:c r="D115" s="0">
-        <x:v>4968.28</x:v>
+        <x:v>5037.735</x:v>
       </x:c>
       <x:c r="E115" s="0">
-        <x:v>3426.4</x:v>
+        <x:v>3474.3</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:5">
       <x:c r="A116" s="1">
-        <x:v>45870.8315162037</x:v>
+        <x:v>45896.8352199074</x:v>
       </x:c>
       <x:c r="B116" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C116" s="0">
-        <x:v>3.75</x:v>
+        <x:v>3.63</x:v>
       </x:c>
       <x:c r="D116" s="0">
-        <x:v>4929.71</x:v>
+        <x:v>5000.47</x:v>
       </x:c>
       <x:c r="E116" s="0">
-        <x:v>3399.8</x:v>
+        <x:v>3448.6</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:5">
       <x:c r="A117" s="1">
-        <x:v>45869.8289814815</x:v>
+        <x:v>45895.8272685185</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C117" s="0">
-        <x:v>3.87</x:v>
+        <x:v>3.66</x:v>
       </x:c>
       <x:c r="D117" s="0">
-        <x:v>4855.47</x:v>
+        <x:v>4977.85</x:v>
       </x:c>
       <x:c r="E117" s="0">
-        <x:v>3348.6</x:v>
+        <x:v>3433</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:5">
       <x:c r="A118" s="1">
-        <x:v>45868.8234722222</x:v>
+        <x:v>45894.8408449074</x:v>
       </x:c>
       <x:c r="B118" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C118" s="0">
-        <x:v>3.86</x:v>
+        <x:v>3.69</x:v>
       </x:c>
       <x:c r="D118" s="0">
-        <x:v>4861.56</x:v>
+        <x:v>4955.375</x:v>
       </x:c>
       <x:c r="E118" s="0">
-        <x:v>3352.8</x:v>
+        <x:v>3417.5</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:5">
       <x:c r="A119" s="1">
-        <x:v>45867.8250694444</x:v>
+        <x:v>45891.8256018519</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C119" s="0">
-        <x:v>3.79</x:v>
+        <x:v>3.69</x:v>
       </x:c>
       <x:c r="D119" s="0">
-        <x:v>4902.74</x:v>
+        <x:v>4956.825</x:v>
       </x:c>
       <x:c r="E119" s="0">
-        <x:v>3381.2</x:v>
+        <x:v>3418.5</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:5">
       <x:c r="A120" s="1">
-        <x:v>45866.8322916667</x:v>
+        <x:v>45890.8256481482</x:v>
       </x:c>
       <x:c r="B120" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C120" s="0">
-        <x:v>3.82</x:v>
+        <x:v>3.77</x:v>
       </x:c>
       <x:c r="D120" s="0">
-        <x:v>4883.6</x:v>
+        <x:v>4903.32</x:v>
       </x:c>
       <x:c r="E120" s="0">
-        <x:v>3368</x:v>
+        <x:v>3381.6</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:5">
       <x:c r="A121" s="1">
-        <x:v>45863.8404050926</x:v>
+        <x:v>45889.8244791667</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C121" s="0">
-        <x:v>3.77</x:v>
+        <x:v>3.76</x:v>
       </x:c>
       <x:c r="D121" s="0">
-        <x:v>4919.125</x:v>
+        <x:v>4913.325</x:v>
       </x:c>
       <x:c r="E121" s="0">
-        <x:v>3392.5</x:v>
+        <x:v>3388.5</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:5">
       <x:c r="A122" s="1">
-        <x:v>45862.8566319444</x:v>
+        <x:v>45888.8241898148</x:v>
       </x:c>
       <x:c r="B122" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C122" s="0">
-        <x:v>3.69</x:v>
+        <x:v>3.83</x:v>
       </x:c>
       <x:c r="D122" s="0">
-        <x:v>4975.095</x:v>
+        <x:v>4870.115</x:v>
       </x:c>
       <x:c r="E122" s="0">
-        <x:v>3373.5</x:v>
+        <x:v>3358.7</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:5">
       <x:c r="A123" s="1">
-        <x:v>45861.8323611111</x:v>
+        <x:v>45887.8261342593</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C123" s="0">
-        <x:v>3.64</x:v>
+        <x:v>3.78</x:v>
       </x:c>
       <x:c r="D123" s="0">
-        <x:v>4926.52</x:v>
+        <x:v>4898.1</x:v>
       </x:c>
       <x:c r="E123" s="0">
-        <x:v>3397.6</x:v>
+        <x:v>3378</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:5">
       <x:c r="A124" s="1">
-        <x:v>45860.8328125</x:v>
+        <x:v>45884.8236458333</x:v>
       </x:c>
       <x:c r="B124" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C124" s="0">
-        <x:v>3.54</x:v>
+        <x:v>3.77</x:v>
       </x:c>
       <x:c r="D124" s="0">
-        <x:v>4993.365</x:v>
+        <x:v>4904.77</x:v>
       </x:c>
       <x:c r="E124" s="0">
-        <x:v>3443.7</x:v>
+        <x:v>3382.6</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:5">
       <x:c r="A125" s="1">
-        <x:v>45859.8410185185</x:v>
+        <x:v>45883.8469907407</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C125" s="0">
-        <x:v>3.62</x:v>
+        <x:v>3.77</x:v>
       </x:c>
       <x:c r="D125" s="0">
-        <x:v>4939.28</x:v>
+        <x:v>4905.64</x:v>
       </x:c>
       <x:c r="E125" s="0">
-        <x:v>3406.4</x:v>
+        <x:v>3383.2</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:5">
       <x:c r="A126" s="1">
-        <x:v>45856.8230671296</x:v>
+        <x:v>45882.843125</x:v>
       </x:c>
       <x:c r="B126" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C126" s="0">
-        <x:v>3.73</x:v>
+        <x:v>3.72</x:v>
       </x:c>
       <x:c r="D126" s="0">
-        <x:v>4869.535</x:v>
+        <x:v>4942.035</x:v>
       </x:c>
       <x:c r="E126" s="0">
-        <x:v>3358.3</x:v>
+        <x:v>3408.3</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:5">
       <x:c r="A127" s="1">
-        <x:v>45855.8238541667</x:v>
+        <x:v>45881.822662037</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C127" s="0">
-        <x:v>3.76</x:v>
+        <x:v>3.74</x:v>
       </x:c>
       <x:c r="D127" s="0">
-        <x:v>4850.685</x:v>
+        <x:v>4928.55</x:v>
       </x:c>
       <x:c r="E127" s="0">
-        <x:v>3345.3</x:v>
+        <x:v>3399</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:5">
       <x:c r="A128" s="1">
-        <x:v>45854.8590046296</x:v>
+        <x:v>45880.8266898148</x:v>
       </x:c>
       <x:c r="B128" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C128" s="0">
         <x:v>3.73</x:v>
       </x:c>
       <x:c r="D128" s="0">
-        <x:v>4870.695</x:v>
+        <x:v>4936.815</x:v>
       </x:c>
       <x:c r="E128" s="0">
-        <x:v>3359.1</x:v>
+        <x:v>3404.7</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:5">
       <x:c r="A129" s="1">
-        <x:v>45853.8525810185</x:v>
+        <x:v>45877.8247916667</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C129" s="0">
-        <x:v>3.78</x:v>
+        <x:v>3.55</x:v>
       </x:c>
       <x:c r="D129" s="0">
-        <x:v>4838.215</x:v>
+        <x:v>5062.385</x:v>
       </x:c>
       <x:c r="E129" s="0">
-        <x:v>3336.7</x:v>
+        <x:v>3491.3</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:5">
       <x:c r="A130" s="1">
-        <x:v>45852.8231018518</x:v>
+        <x:v>45876.8256018519</x:v>
       </x:c>
       <x:c r="B130" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C130" s="0">
-        <x:v>3.73</x:v>
+        <x:v>3.63</x:v>
       </x:c>
       <x:c r="D130" s="0">
-        <x:v>4870.695</x:v>
+        <x:v>5007.865</x:v>
       </x:c>
       <x:c r="E130" s="0">
-        <x:v>3359.1</x:v>
+        <x:v>3453.7</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:5">
       <x:c r="A131" s="1">
-        <x:v>45849.8239930556</x:v>
+        <x:v>45875.8240277778</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C131" s="0">
-        <x:v>3.72</x:v>
+        <x:v>3.67</x:v>
       </x:c>
       <x:c r="D131" s="0">
-        <x:v>4877.8</x:v>
+        <x:v>4978.43</x:v>
       </x:c>
       <x:c r="E131" s="0">
-        <x:v>3364</x:v>
+        <x:v>3433.4</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:5">
       <x:c r="A132" s="1">
-        <x:v>45848.8285532407</x:v>
+        <x:v>45874.8240277778</x:v>
       </x:c>
       <x:c r="B132" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C132" s="0">
-        <x:v>3.81</x:v>
+        <x:v>3.67</x:v>
       </x:c>
       <x:c r="D132" s="0">
-        <x:v>4822.265</x:v>
+        <x:v>4980.315</x:v>
       </x:c>
       <x:c r="E132" s="0">
-        <x:v>3325.7</x:v>
+        <x:v>3434.7</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:5">
       <x:c r="A133" s="1">
-        <x:v>45847.8235763889</x:v>
+        <x:v>45873.826400463</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C133" s="0">
-        <x:v>3.82</x:v>
+        <x:v>3.69</x:v>
       </x:c>
       <x:c r="D133" s="0">
-        <x:v>4815.45</x:v>
+        <x:v>4968.28</x:v>
       </x:c>
       <x:c r="E133" s="0">
-        <x:v>3321</x:v>
+        <x:v>3426.4</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:5">
       <x:c r="A134" s="1">
-        <x:v>45846.8267939815</x:v>
+        <x:v>45870.8315162037</x:v>
       </x:c>
       <x:c r="B134" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C134" s="0">
-        <x:v>3.83</x:v>
+        <x:v>3.75</x:v>
       </x:c>
       <x:c r="D134" s="0">
-        <x:v>4809.505</x:v>
+        <x:v>4929.71</x:v>
       </x:c>
       <x:c r="E134" s="0">
-        <x:v>3316.9</x:v>
+        <x:v>3399.8</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:5">
       <x:c r="A135" s="1">
-        <x:v>45845.8307523148</x:v>
+        <x:v>45869.8289814815</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C135" s="0">
-        <x:v>3.77</x:v>
+        <x:v>3.87</x:v>
       </x:c>
       <x:c r="D135" s="0">
-        <x:v>4847.06</x:v>
+        <x:v>4855.47</x:v>
       </x:c>
       <x:c r="E135" s="0">
-        <x:v>3342.8</x:v>
+        <x:v>3348.6</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:5">
       <x:c r="A136" s="1">
-        <x:v>45841.8258333333</x:v>
+        <x:v>45868.8234722222</x:v>
       </x:c>
       <x:c r="B136" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C136" s="0">
-        <x:v>3.77</x:v>
+        <x:v>3.86</x:v>
       </x:c>
       <x:c r="D136" s="0">
-        <x:v>4847.205</x:v>
+        <x:v>4861.56</x:v>
       </x:c>
       <x:c r="E136" s="0">
-        <x:v>3342.9</x:v>
+        <x:v>3352.8</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:5">
       <x:c r="A137" s="1">
-        <x:v>45840.8229050926</x:v>
+        <x:v>45867.8250694444</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C137" s="0">
-        <x:v>3.73</x:v>
+        <x:v>3.79</x:v>
       </x:c>
       <x:c r="D137" s="0">
-        <x:v>4871.565</x:v>
+        <x:v>4902.74</x:v>
       </x:c>
       <x:c r="E137" s="0">
-        <x:v>3359.7</x:v>
+        <x:v>3381.2</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:5">
       <x:c r="A138" s="1">
-        <x:v>45839.8275694444</x:v>
+        <x:v>45866.8322916667</x:v>
       </x:c>
       <x:c r="B138" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C138" s="0">
-        <x:v>3.75</x:v>
+        <x:v>3.82</x:v>
       </x:c>
       <x:c r="D138" s="0">
-        <x:v>4857.21</x:v>
+        <x:v>4883.6</x:v>
       </x:c>
       <x:c r="E138" s="0">
-        <x:v>3349.8</x:v>
+        <x:v>3368</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:5">
       <x:c r="A139" s="1">
-        <x:v>45838.8345601852</x:v>
+        <x:v>45863.8404050926</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C139" s="0">
-        <x:v>3.85</x:v>
+        <x:v>3.77</x:v>
       </x:c>
       <x:c r="D139" s="0">
-        <x:v>4796.165</x:v>
+        <x:v>4919.125</x:v>
       </x:c>
       <x:c r="E139" s="0">
-        <x:v>3307.7</x:v>
+        <x:v>3392.5</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:5">
       <x:c r="A140" s="1">
-        <x:v>45835.8364699074</x:v>
+        <x:v>45862.8566319444</x:v>
       </x:c>
       <x:c r="B140" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C140" s="0">
-        <x:v>3.9</x:v>
+        <x:v>3.69</x:v>
       </x:c>
       <x:c r="D140" s="0">
-        <x:v>4767.02</x:v>
+        <x:v>4975.095</x:v>
       </x:c>
       <x:c r="E140" s="0">
-        <x:v>3287.6</x:v>
+        <x:v>3373.5</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:5">
       <x:c r="A141" s="1">
-        <x:v>45834.841712963</x:v>
+        <x:v>45861.8323611111</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C141" s="0">
-        <x:v>3.76</x:v>
+        <x:v>3.64</x:v>
       </x:c>
       <x:c r="D141" s="0">
-        <x:v>4854.6</x:v>
+        <x:v>4926.52</x:v>
       </x:c>
       <x:c r="E141" s="0">
-        <x:v>3348</x:v>
+        <x:v>3397.6</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:5">
       <x:c r="A142" s="1">
-        <x:v>45833.8280902778</x:v>
+        <x:v>45860.8328125</x:v>
       </x:c>
       <x:c r="B142" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C142" s="0">
-        <x:v>3.78</x:v>
+        <x:v>3.54</x:v>
       </x:c>
       <x:c r="D142" s="0">
-        <x:v>4847.495</x:v>
+        <x:v>4993.365</x:v>
       </x:c>
       <x:c r="E142" s="0">
-        <x:v>3343.1</x:v>
+        <x:v>3443.7</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:5">
       <x:c r="A143" s="1">
-        <x:v>45832.8236574074</x:v>
+        <x:v>45859.8410185185</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C143" s="0">
-        <x:v>3.8</x:v>
+        <x:v>3.62</x:v>
       </x:c>
       <x:c r="D143" s="0">
-        <x:v>4834.155</x:v>
+        <x:v>4939.28</x:v>
       </x:c>
       <x:c r="E143" s="0">
-        <x:v>3333.9</x:v>
+        <x:v>3406.4</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:5">
       <x:c r="A144" s="1">
-        <x:v>45831.824849537</x:v>
+        <x:v>45856.8230671296</x:v>
       </x:c>
       <x:c r="B144" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C144" s="0">
-        <x:v>3.67</x:v>
+        <x:v>3.73</x:v>
       </x:c>
       <x:c r="D144" s="0">
-        <x:v>4922.75</x:v>
+        <x:v>4869.535</x:v>
       </x:c>
       <x:c r="E144" s="0">
-        <x:v>3395</x:v>
+        <x:v>3358.3</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:5">
       <x:c r="A145" s="1">
-        <x:v>45828.8266898148</x:v>
+        <x:v>45855.8238541667</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C145" s="0">
-        <x:v>3.69</x:v>
+        <x:v>3.76</x:v>
       </x:c>
       <x:c r="D145" s="0">
-        <x:v>4909.265</x:v>
+        <x:v>4850.685</x:v>
       </x:c>
       <x:c r="E145" s="0">
-        <x:v>3385.7</x:v>
+        <x:v>3345.3</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:5">
       <x:c r="A146" s="1">
-        <x:v>45826.8327199074</x:v>
+        <x:v>45854.8590046296</x:v>
       </x:c>
       <x:c r="B146" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C146" s="0">
-        <x:v>3.64</x:v>
+        <x:v>3.73</x:v>
       </x:c>
       <x:c r="D146" s="0">
-        <x:v>4941.745</x:v>
+        <x:v>4870.695</x:v>
       </x:c>
       <x:c r="E146" s="0">
-        <x:v>3408.1</x:v>
+        <x:v>3359.1</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:5">
       <x:c r="A147" s="1">
-        <x:v>45825.8232986111</x:v>
+        <x:v>45853.8525810185</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C147" s="0">
-        <x:v>3.64</x:v>
+        <x:v>3.78</x:v>
       </x:c>
       <x:c r="D147" s="0">
-        <x:v>4940.005</x:v>
+        <x:v>4838.215</x:v>
       </x:c>
       <x:c r="E147" s="0">
-        <x:v>3406.9</x:v>
+        <x:v>3336.7</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:5">
       <x:c r="A148" s="1">
-        <x:v>45824.8368171296</x:v>
+        <x:v>45852.8231018518</x:v>
       </x:c>
       <x:c r="B148" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C148" s="0">
-        <x:v>3.62</x:v>
+        <x:v>3.73</x:v>
       </x:c>
       <x:c r="D148" s="0">
-        <x:v>4955.085</x:v>
+        <x:v>4870.695</x:v>
       </x:c>
       <x:c r="E148" s="0">
-        <x:v>3417.3</x:v>
+        <x:v>3359.1</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:5">
       <x:c r="A149" s="1">
-        <x:v>45821.829849537</x:v>
+        <x:v>45849.8239930556</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C149" s="0">
-        <x:v>3.55</x:v>
+        <x:v>3.72</x:v>
       </x:c>
       <x:c r="D149" s="0">
-        <x:v>5006.56</x:v>
+        <x:v>4877.8</x:v>
       </x:c>
       <x:c r="E149" s="0">
-        <x:v>3452.8</x:v>
+        <x:v>3364</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:5">
       <x:c r="A150" s="1">
-        <x:v>45820.8297916667</x:v>
+        <x:v>45848.8285532407</x:v>
       </x:c>
       <x:c r="B150" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C150" s="0">
-        <x:v>3.66</x:v>
+        <x:v>3.81</x:v>
       </x:c>
       <x:c r="D150" s="0">
-        <x:v>4933.48</x:v>
+        <x:v>4822.265</x:v>
       </x:c>
       <x:c r="E150" s="0">
-        <x:v>3402.4</x:v>
+        <x:v>3325.7</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:5">
       <x:c r="A151" s="1">
-        <x:v>45819.834537037</x:v>
+        <x:v>45847.8235763889</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C151" s="0">
-        <x:v>3.79</x:v>
+        <x:v>3.82</x:v>
       </x:c>
       <x:c r="D151" s="0">
-        <x:v>4848.365</x:v>
+        <x:v>4815.45</x:v>
       </x:c>
       <x:c r="E151" s="0">
-        <x:v>3343.7</x:v>
+        <x:v>3321</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:5">
       <x:c r="A152" s="1">
-        <x:v>45818.8240972222</x:v>
+        <x:v>45846.8267939815</x:v>
       </x:c>
       <x:c r="B152" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C152" s="0">
-        <x:v>3.79</x:v>
+        <x:v>3.83</x:v>
       </x:c>
       <x:c r="D152" s="0">
-        <x:v>4847.93</x:v>
+        <x:v>4809.505</x:v>
       </x:c>
       <x:c r="E152" s="0">
-        <x:v>3343.4</x:v>
+        <x:v>3316.9</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:5">
       <x:c r="A153" s="1">
-        <x:v>45817.8239351852</x:v>
+        <x:v>45845.8307523148</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C153" s="0">
-        <x:v>3.76</x:v>
+        <x:v>3.77</x:v>
       </x:c>
       <x:c r="D153" s="0">
-        <x:v>4864.605</x:v>
+        <x:v>4847.06</x:v>
       </x:c>
       <x:c r="E153" s="0">
-        <x:v>3354.9</x:v>
+        <x:v>3342.8</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:5">
       <x:c r="A154" s="1">
-        <x:v>45814.8280208333</x:v>
+        <x:v>45841.8258333333</x:v>
       </x:c>
       <x:c r="B154" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C154" s="0">
-        <x:v>3.78</x:v>
+        <x:v>3.77</x:v>
       </x:c>
       <x:c r="D154" s="0">
-        <x:v>4852.57</x:v>
+        <x:v>4847.205</x:v>
       </x:c>
       <x:c r="E154" s="0">
-        <x:v>3346.6</x:v>
+        <x:v>3342.9</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:5">
       <x:c r="A155" s="1">
-        <x:v>45813.8231828704</x:v>
+        <x:v>45840.8229050926</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C155" s="0">
-        <x:v>3.72</x:v>
+        <x:v>3.73</x:v>
       </x:c>
       <x:c r="D155" s="0">
-        <x:v>4893.895</x:v>
+        <x:v>4871.565</x:v>
       </x:c>
       <x:c r="E155" s="0">
-        <x:v>3375.1</x:v>
+        <x:v>3359.7</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:5">
       <x:c r="A156" s="1">
-        <x:v>45812.8567824074</x:v>
+        <x:v>45839.8275694444</x:v>
       </x:c>
       <x:c r="B156" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C156" s="0">
-        <x:v>3.67</x:v>
+        <x:v>3.75</x:v>
       </x:c>
       <x:c r="D156" s="0">
-        <x:v>4928.84</x:v>
+        <x:v>4857.21</x:v>
       </x:c>
       <x:c r="E156" s="0">
-        <x:v>3399.2</x:v>
+        <x:v>3349.8</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:5">
       <x:c r="A157" s="1">
-        <x:v>45811.8941550926</x:v>
+        <x:v>45838.8345601852</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C157" s="0">
-        <x:v>3.72</x:v>
+        <x:v>3.85</x:v>
       </x:c>
       <x:c r="D157" s="0">
-        <x:v>4896.795</x:v>
+        <x:v>4796.165</x:v>
       </x:c>
       <x:c r="E157" s="0">
-        <x:v>3377.1</x:v>
+        <x:v>3307.7</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:5">
       <x:c r="A158" s="1">
-        <x:v>45811.8794328704</x:v>
+        <x:v>45835.8364699074</x:v>
       </x:c>
       <x:c r="B158" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C158" s="0">
-        <x:v>3.72</x:v>
+        <x:v>3.9</x:v>
       </x:c>
       <x:c r="D158" s="0">
-        <x:v>4896.795</x:v>
+        <x:v>4767.02</x:v>
       </x:c>
       <x:c r="E158" s="0">
-        <x:v>3377.1</x:v>
+        <x:v>3287.6</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:5">
       <x:c r="A159" s="1">
-        <x:v>45810.8625347222</x:v>
+        <x:v>45834.841712963</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C159" s="0">
-        <x:v>3.67</x:v>
+        <x:v>3.76</x:v>
       </x:c>
       <x:c r="D159" s="0">
-        <x:v>4925.94</x:v>
+        <x:v>4854.6</x:v>
       </x:c>
       <x:c r="E159" s="0">
-        <x:v>3397.2</x:v>
+        <x:v>3348</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:5">
       <x:c r="A160" s="1">
-        <x:v>45810.8250462963</x:v>
+        <x:v>45833.8280902778</x:v>
       </x:c>
       <x:c r="B160" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C160" s="0">
-        <x:v>3.67</x:v>
+        <x:v>3.78</x:v>
       </x:c>
       <x:c r="D160" s="0">
-        <x:v>4925.94</x:v>
+        <x:v>4847.495</x:v>
       </x:c>
       <x:c r="E160" s="0">
-        <x:v>3397.2</x:v>
+        <x:v>3343.1</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:5">
       <x:c r="A161" s="1">
-        <x:v>45800.8238541667</x:v>
+        <x:v>45832.8236574074</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C161" s="0">
-        <x:v>3.69</x:v>
+        <x:v>3.8</x:v>
       </x:c>
       <x:c r="D161" s="0">
-        <x:v>4922.025</x:v>
+        <x:v>4834.155</x:v>
       </x:c>
       <x:c r="E161" s="0">
-        <x:v>3394.5</x:v>
+        <x:v>3333.9</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:5">
       <x:c r="A162" s="1">
-        <x:v>45799.8239583333</x:v>
+        <x:v>45831.824849537</x:v>
       </x:c>
       <x:c r="B162" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C162" s="0">
-        <x:v>3.86</x:v>
+        <x:v>3.67</x:v>
       </x:c>
       <x:c r="D162" s="0">
-        <x:v>4819.22</x:v>
+        <x:v>4922.75</x:v>
       </x:c>
       <x:c r="E162" s="0">
-        <x:v>3295</x:v>
+        <x:v>3395</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:5">
       <x:c r="A163" s="1">
-        <x:v>45798.8240856481</x:v>
+        <x:v>45828.8266898148</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C163" s="0">
-        <x:v>3.82</x:v>
+        <x:v>3.69</x:v>
       </x:c>
       <x:c r="D163" s="0">
-        <x:v>4804.575</x:v>
+        <x:v>4909.265</x:v>
       </x:c>
       <x:c r="E163" s="0">
-        <x:v>3313.5</x:v>
+        <x:v>3385.7</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:5">
       <x:c r="A164" s="1">
-        <x:v>45797.8268402778</x:v>
+        <x:v>45826.8327199074</x:v>
       </x:c>
       <x:c r="B164" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C164" s="0">
-        <x:v>3.89</x:v>
+        <x:v>3.64</x:v>
       </x:c>
       <x:c r="D164" s="0">
-        <x:v>4762.67</x:v>
+        <x:v>4941.745</x:v>
       </x:c>
       <x:c r="E164" s="0">
-        <x:v>3284.6</x:v>
+        <x:v>3408.1</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:5">
       <x:c r="A165" s="1">
-        <x:v>45796.8311111111</x:v>
+        <x:v>45825.8232986111</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C165" s="0">
-        <x:v>4.01</x:v>
+        <x:v>3.64</x:v>
       </x:c>
       <x:c r="D165" s="0">
-        <x:v>4688.575</x:v>
+        <x:v>4940.005</x:v>
       </x:c>
       <x:c r="E165" s="0">
-        <x:v>3233.5</x:v>
+        <x:v>3406.9</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:5">
       <x:c r="A166" s="1">
-        <x:v>45793.8237384259</x:v>
+        <x:v>45824.8368171296</x:v>
       </x:c>
       <x:c r="B166" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C166" s="0">
-        <x:v>4.13</x:v>
+        <x:v>3.62</x:v>
       </x:c>
       <x:c r="D166" s="0">
-        <x:v>4621.44</x:v>
+        <x:v>4955.085</x:v>
       </x:c>
       <x:c r="E166" s="0">
-        <x:v>3187.2</x:v>
+        <x:v>3417.3</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:5">
       <x:c r="A167" s="1">
-        <x:v>45792.8270833333</x:v>
+        <x:v>45821.829849537</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C167" s="0">
-        <x:v>4.03</x:v>
+        <x:v>3.55</x:v>
       </x:c>
       <x:c r="D167" s="0">
-        <x:v>4678.57</x:v>
+        <x:v>5006.56</x:v>
       </x:c>
       <x:c r="E167" s="0">
-        <x:v>3226.6</x:v>
+        <x:v>3452.8</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:5">
       <x:c r="A168" s="1">
-        <x:v>45791.8231828704</x:v>
+        <x:v>45820.8297916667</x:v>
       </x:c>
       <x:c r="B168" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C168" s="0">
-        <x:v>4.13</x:v>
+        <x:v>3.66</x:v>
       </x:c>
       <x:c r="D168" s="0">
-        <x:v>4623.035</x:v>
+        <x:v>4933.48</x:v>
       </x:c>
       <x:c r="E168" s="0">
-        <x:v>3188.3</x:v>
+        <x:v>3402.4</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:5">
       <x:c r="A169" s="1">
-        <x:v>45790.8249884259</x:v>
+        <x:v>45819.834537037</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C169" s="0">
-        <x:v>3.99</x:v>
+        <x:v>3.79</x:v>
       </x:c>
       <x:c r="D169" s="0">
-        <x:v>4709.31</x:v>
+        <x:v>4848.365</x:v>
       </x:c>
       <x:c r="E169" s="0">
-        <x:v>3247.8</x:v>
+        <x:v>3343.7</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:5">
       <x:c r="A170" s="1">
-        <x:v>45789.8237962963</x:v>
+        <x:v>45818.8240972222</x:v>
       </x:c>
       <x:c r="B170" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C170" s="0">
-        <x:v>4.04</x:v>
+        <x:v>3.79</x:v>
       </x:c>
       <x:c r="D170" s="0">
-        <x:v>4680.6</x:v>
+        <x:v>4847.93</x:v>
       </x:c>
       <x:c r="E170" s="0">
-        <x:v>3228</x:v>
+        <x:v>3343.4</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:5">
       <x:c r="A171" s="1">
-        <x:v>45786.8321296296</x:v>
+        <x:v>45817.8239351852</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C171" s="0">
-        <x:v>3.78</x:v>
+        <x:v>3.76</x:v>
       </x:c>
       <x:c r="D171" s="0">
-        <x:v>4848.8</x:v>
+        <x:v>4864.605</x:v>
       </x:c>
       <x:c r="E171" s="0">
-        <x:v>3344</x:v>
+        <x:v>3354.9</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:5">
       <x:c r="A172" s="1">
-        <x:v>45785.8261805556</x:v>
+        <x:v>45814.8280208333</x:v>
       </x:c>
       <x:c r="B172" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C172" s="0">
-        <x:v>3.87</x:v>
+        <x:v>3.78</x:v>
       </x:c>
       <x:c r="D172" s="0">
-        <x:v>4793.7</x:v>
+        <x:v>4852.57</x:v>
       </x:c>
       <x:c r="E172" s="0">
-        <x:v>3306</x:v>
+        <x:v>3346.6</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:5">
       <x:c r="A173" s="1">
-        <x:v>45784.8969560185</x:v>
+        <x:v>45813.8231828704</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C173" s="0">
-        <x:v>3.68</x:v>
+        <x:v>3.72</x:v>
       </x:c>
       <x:c r="D173" s="0">
-        <x:v>4918.255</x:v>
+        <x:v>4893.895</x:v>
       </x:c>
       <x:c r="E173" s="0">
-        <x:v>3391.9</x:v>
+        <x:v>3375.1</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:5">
       <x:c r="A174" s="1">
-        <x:v>45784.852962963</x:v>
+        <x:v>45812.8567824074</x:v>
       </x:c>
       <x:c r="B174" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C174" s="0">
-        <x:v>3.68</x:v>
+        <x:v>3.67</x:v>
       </x:c>
       <x:c r="D174" s="0">
-        <x:v>4918.255</x:v>
+        <x:v>4928.84</x:v>
       </x:c>
       <x:c r="E174" s="0">
-        <x:v>3391.9</x:v>
+        <x:v>3399.2</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:5">
       <x:c r="A175" s="1">
-        <x:v>45783.8302430556</x:v>
+        <x:v>45811.8941550926</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C175" s="0">
-        <x:v>3.61</x:v>
+        <x:v>3.72</x:v>
       </x:c>
       <x:c r="D175" s="0">
-        <x:v>4963.06</x:v>
+        <x:v>4896.795</x:v>
       </x:c>
       <x:c r="E175" s="0">
-        <x:v>3422.8</x:v>
+        <x:v>3377.1</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:5">
       <x:c r="A176" s="1">
-        <x:v>45777.8390162037</x:v>
+        <x:v>45811.8794328704</x:v>
       </x:c>
       <x:c r="B176" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C176" s="0">
-        <x:v>3.87</x:v>
+        <x:v>3.72</x:v>
       </x:c>
       <x:c r="D176" s="0">
-        <x:v>4812.695</x:v>
+        <x:v>4896.795</x:v>
       </x:c>
       <x:c r="E176" s="0">
-        <x:v>3319.1</x:v>
+        <x:v>3377.1</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:5">
       <x:c r="A177" s="1">
-        <x:v>45776.8444212963</x:v>
+        <x:v>45810.8625347222</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C177" s="0">
-        <x:v>3.84</x:v>
+        <x:v>3.67</x:v>
       </x:c>
       <x:c r="D177" s="0">
-        <x:v>4833.72</x:v>
+        <x:v>4925.94</x:v>
       </x:c>
       <x:c r="E177" s="0">
-        <x:v>3333.6</x:v>
+        <x:v>3397.2</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:5">
       <x:c r="A178" s="1">
-        <x:v>45775.8451273148</x:v>
+        <x:v>45810.8250462963</x:v>
       </x:c>
       <x:c r="B178" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C178" s="0">
-        <x:v>3.8</x:v>
+        <x:v>3.67</x:v>
       </x:c>
       <x:c r="D178" s="0">
-        <x:v>4854.165</x:v>
+        <x:v>4925.94</x:v>
       </x:c>
       <x:c r="E178" s="0">
-        <x:v>3347.7</x:v>
+        <x:v>3397.2</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:5">
       <x:c r="A179" s="1">
-        <x:v>45772.8239930556</x:v>
+        <x:v>45800.8238541667</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C179" s="0">
-        <x:v>3.92</x:v>
+        <x:v>3.69</x:v>
       </x:c>
       <x:c r="D179" s="0">
-        <x:v>4782.68</x:v>
+        <x:v>4922.025</x:v>
       </x:c>
       <x:c r="E179" s="0">
-        <x:v>3298.4</x:v>
+        <x:v>3394.5</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:5">
       <x:c r="A180" s="1">
-        <x:v>45771.831412037</x:v>
+        <x:v>45799.8239583333</x:v>
       </x:c>
       <x:c r="B180" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C180" s="0">
-        <x:v>3.81</x:v>
+        <x:v>3.86</x:v>
       </x:c>
       <x:c r="D180" s="0">
-        <x:v>4855.47</x:v>
+        <x:v>4819.22</x:v>
       </x:c>
       <x:c r="E180" s="0">
-        <x:v>3348.6</x:v>
+        <x:v>3295</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:5">
       <x:c r="A181" s="1">
-        <x:v>45770.8295833333</x:v>
+        <x:v>45798.8240856481</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C181" s="0">
-        <x:v>3.94</x:v>
+        <x:v>3.82</x:v>
       </x:c>
       <x:c r="D181" s="0">
-        <x:v>4776.445</x:v>
+        <x:v>4804.575</x:v>
       </x:c>
       <x:c r="E181" s="0">
-        <x:v>3294.1</x:v>
+        <x:v>3313.5</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:5">
       <x:c r="A182" s="1">
-        <x:v>45769.8284490741</x:v>
+        <x:v>45797.8268402778</x:v>
       </x:c>
       <x:c r="B182" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C182" s="0">
-        <x:v>3.67</x:v>
+        <x:v>3.89</x:v>
       </x:c>
       <x:c r="D182" s="0">
-        <x:v>4958.13</x:v>
+        <x:v>4762.67</x:v>
       </x:c>
       <x:c r="E182" s="0">
-        <x:v>3419.4</x:v>
+        <x:v>3284.6</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:5">
       <x:c r="A183" s="1">
-        <x:v>45764.8232175926</x:v>
+        <x:v>45796.8311111111</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C183" s="0">
-        <x:v>3.88</x:v>
+        <x:v>4.01</x:v>
       </x:c>
       <x:c r="D183" s="0">
-        <x:v>4826.18</x:v>
+        <x:v>4688.575</x:v>
       </x:c>
       <x:c r="E183" s="0">
-        <x:v>3328.4</x:v>
+        <x:v>3233.5</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:5">
       <x:c r="A184" s="1">
-        <x:v>45763.8254282407</x:v>
+        <x:v>45793.8237384259</x:v>
       </x:c>
       <x:c r="B184" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C184" s="0">
-        <x:v>3.84</x:v>
+        <x:v>4.13</x:v>
       </x:c>
       <x:c r="D184" s="0">
-        <x:v>4852.28</x:v>
+        <x:v>4621.44</x:v>
       </x:c>
       <x:c r="E184" s="0">
-        <x:v>3346.4</x:v>
+        <x:v>3187.2</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:5">
       <x:c r="A185" s="1">
-        <x:v>45762.8233796296</x:v>
+        <x:v>45792.8270833333</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C185" s="0">
-        <x:v>4.11</x:v>
+        <x:v>4.03</x:v>
       </x:c>
       <x:c r="D185" s="0">
-        <x:v>4698.58</x:v>
+        <x:v>4678.57</x:v>
       </x:c>
       <x:c r="E185" s="0">
-        <x:v>3240.4</x:v>
+        <x:v>3226.6</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:5">
       <x:c r="A186" s="1">
-        <x:v>45761.823275463</x:v>
+        <x:v>45791.8231828704</x:v>
       </x:c>
       <x:c r="B186" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C186" s="0">
-        <x:v>4.15</x:v>
+        <x:v>4.13</x:v>
       </x:c>
       <x:c r="D186" s="0">
-        <x:v>4678.135</x:v>
+        <x:v>4623.035</x:v>
       </x:c>
       <x:c r="E186" s="0">
-        <x:v>3226.3</x:v>
+        <x:v>3188.3</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:5">
       <x:c r="A187" s="1">
-        <x:v>45758.8246875</x:v>
+        <x:v>45790.8249884259</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C187" s="0">
-        <x:v>4.1</x:v>
+        <x:v>3.99</x:v>
       </x:c>
       <x:c r="D187" s="0">
-        <x:v>4704.67</x:v>
+        <x:v>4709.31</x:v>
       </x:c>
       <x:c r="E187" s="0">
-        <x:v>3244.6</x:v>
+        <x:v>3247.8</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:5">
       <x:c r="A188" s="1">
-        <x:v>45757.8457407407</x:v>
+        <x:v>45789.8237962963</x:v>
       </x:c>
       <x:c r="B188" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C188" s="0">
-        <x:v>4.28</x:v>
+        <x:v>4.04</x:v>
       </x:c>
       <x:c r="D188" s="0">
-        <x:v>4607.375</x:v>
+        <x:v>4680.6</x:v>
       </x:c>
       <x:c r="E188" s="0">
-        <x:v>3177.5</x:v>
+        <x:v>3228</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:5">
       <x:c r="A189" s="1">
-        <x:v>45756.8241319444</x:v>
+        <x:v>45786.8321296296</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C189" s="0">
-        <x:v>4.57</x:v>
+        <x:v>3.78</x:v>
       </x:c>
       <x:c r="D189" s="0">
-        <x:v>4465.13</x:v>
+        <x:v>4848.8</x:v>
       </x:c>
       <x:c r="E189" s="0">
-        <x:v>3079.4</x:v>
+        <x:v>3344</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:5">
       <x:c r="A190" s="1">
-        <x:v>45755.8404282407</x:v>
+        <x:v>45785.8261805556</x:v>
       </x:c>
       <x:c r="B190" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C190" s="0">
-        <x:v>4.86</x:v>
+        <x:v>3.87</x:v>
       </x:c>
       <x:c r="D190" s="0">
-        <x:v>4335.79</x:v>
+        <x:v>4793.7</x:v>
       </x:c>
       <x:c r="E190" s="0">
-        <x:v>2990.2</x:v>
+        <x:v>3306</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:5">
       <x:c r="A191" s="1">
-        <x:v>45754.8234259259</x:v>
+        <x:v>45784.8969560185</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C191" s="0">
-        <x:v>4.92</x:v>
+        <x:v>3.68</x:v>
       </x:c>
       <x:c r="D191" s="0">
-        <x:v>4311.72</x:v>
+        <x:v>4918.255</x:v>
       </x:c>
       <x:c r="E191" s="0">
-        <x:v>2973.6</x:v>
+        <x:v>3391.9</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:5">
       <x:c r="A192" s="1">
-        <x:v>45751.8240393518</x:v>
+        <x:v>45784.852962963</x:v>
       </x:c>
       <x:c r="B192" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C192" s="0">
-        <x:v>4.73</x:v>
+        <x:v>3.68</x:v>
       </x:c>
       <x:c r="D192" s="0">
-        <x:v>4401.33</x:v>
+        <x:v>4918.255</x:v>
       </x:c>
       <x:c r="E192" s="0">
-        <x:v>3035.4</x:v>
+        <x:v>3391.9</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:5">
       <x:c r="A193" s="1">
-        <x:v>45750.8321643519</x:v>
+        <x:v>45783.8302430556</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C193" s="0">
-        <x:v>4.48</x:v>
+        <x:v>3.61</x:v>
       </x:c>
       <x:c r="D193" s="0">
-        <x:v>4526.465</x:v>
+        <x:v>4963.06</x:v>
       </x:c>
       <x:c r="E193" s="0">
-        <x:v>3121.7</x:v>
+        <x:v>3422.8</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:5">
       <x:c r="A194" s="1">
-        <x:v>45749.8250115741</x:v>
+        <x:v>45777.8390162037</x:v>
       </x:c>
       <x:c r="B194" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C194" s="0">
-        <x:v>4.36</x:v>
+        <x:v>3.87</x:v>
       </x:c>
       <x:c r="D194" s="0">
-        <x:v>4590.99</x:v>
+        <x:v>4812.695</x:v>
       </x:c>
       <x:c r="E194" s="0">
-        <x:v>3166.2</x:v>
+        <x:v>3319.1</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:5">
       <x:c r="A195" s="1">
-        <x:v>45748.8360069444</x:v>
+        <x:v>45776.8444212963</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C195" s="0">
-        <x:v>4.41</x:v>
+        <x:v>3.84</x:v>
       </x:c>
       <x:c r="D195" s="0">
-        <x:v>4561.7</x:v>
+        <x:v>4833.72</x:v>
       </x:c>
       <x:c r="E195" s="0">
-        <x:v>3146</x:v>
+        <x:v>3333.6</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:5">
       <x:c r="A196" s="1">
-        <x:v>45747.8232175926</x:v>
+        <x:v>45775.8451273148</x:v>
       </x:c>
       <x:c r="B196" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C196" s="0">
-        <x:v>4.4</x:v>
+        <x:v>3.8</x:v>
       </x:c>
       <x:c r="D196" s="0">
-        <x:v>4567.935</x:v>
+        <x:v>4854.165</x:v>
       </x:c>
       <x:c r="E196" s="0">
-        <x:v>3150.3</x:v>
+        <x:v>3347.7</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:5">
       <x:c r="A197" s="1">
-        <x:v>45744.7828240741</x:v>
+        <x:v>45772.8239930556</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C197" s="0">
-        <x:v>4.51</x:v>
+        <x:v>3.92</x:v>
       </x:c>
       <x:c r="D197" s="0">
-        <x:v>4515.735</x:v>
+        <x:v>4782.68</x:v>
       </x:c>
       <x:c r="E197" s="0">
-        <x:v>3114.3</x:v>
+        <x:v>3298.4</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:5">
       <x:c r="A198" s="1">
-        <x:v>45743.7837962963</x:v>
+        <x:v>45771.831412037</x:v>
       </x:c>
       <x:c r="B198" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C198" s="0">
-        <x:v>4.58</x:v>
+        <x:v>3.81</x:v>
       </x:c>
       <x:c r="D198" s="0">
-        <x:v>4481.805</x:v>
+        <x:v>4855.47</x:v>
       </x:c>
       <x:c r="E198" s="0">
-        <x:v>3090.9</x:v>
+        <x:v>3348.6</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:5">
       <x:c r="A199" s="1">
-        <x:v>45742.7861921296</x:v>
+        <x:v>45770.8295833333</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C199" s="0">
-        <x:v>4.7</x:v>
+        <x:v>3.94</x:v>
       </x:c>
       <x:c r="D199" s="0">
-        <x:v>4425.835</x:v>
+        <x:v>4776.445</x:v>
       </x:c>
       <x:c r="E199" s="0">
-        <x:v>3052.3</x:v>
+        <x:v>3294.1</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:5">
       <x:c r="A200" s="1">
-        <x:v>45741.7817013889</x:v>
+        <x:v>45769.8284490741</x:v>
       </x:c>
       <x:c r="B200" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C200" s="0">
-        <x:v>4.69</x:v>
+        <x:v>3.67</x:v>
       </x:c>
       <x:c r="D200" s="0">
-        <x:v>4428.735</x:v>
+        <x:v>4958.13</x:v>
       </x:c>
       <x:c r="E200" s="0">
-        <x:v>3054.3</x:v>
+        <x:v>3419.4</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:5">
       <x:c r="A201" s="1">
-        <x:v>45740.7859722222</x:v>
+        <x:v>45764.8232175926</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C201" s="0">
-        <x:v>4.72</x:v>
+        <x:v>3.88</x:v>
       </x:c>
       <x:c r="D201" s="0">
-        <x:v>4413.8</x:v>
+        <x:v>4826.18</x:v>
       </x:c>
       <x:c r="E201" s="0">
-        <x:v>3015.6</x:v>
+        <x:v>3328.4</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:5">
       <x:c r="A202" s="1">
-        <x:v>45737.7845486111</x:v>
+        <x:v>45763.8254282407</x:v>
       </x:c>
       <x:c r="B202" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C202" s="0">
-        <x:v>4.7</x:v>
+        <x:v>3.84</x:v>
       </x:c>
       <x:c r="D202" s="0">
-        <x:v>4381.03</x:v>
+        <x:v>4852.28</x:v>
       </x:c>
       <x:c r="E202" s="0">
-        <x:v>3021.4</x:v>
+        <x:v>3346.4</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:5">
       <x:c r="A203" s="1">
-        <x:v>45736.7837268518</x:v>
+        <x:v>45762.8233796296</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C203" s="0">
-        <x:v>4.64</x:v>
+        <x:v>4.11</x:v>
       </x:c>
       <x:c r="D203" s="0">
-        <x:v>4413.51</x:v>
+        <x:v>4698.58</x:v>
       </x:c>
       <x:c r="E203" s="0">
-        <x:v>3043.8</x:v>
+        <x:v>3240.4</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:5">
       <x:c r="A204" s="1">
-        <x:v>45735.7843634259</x:v>
+        <x:v>45761.823275463</x:v>
       </x:c>
       <x:c r="B204" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C204" s="0">
-        <x:v>4.64</x:v>
+        <x:v>4.15</x:v>
       </x:c>
       <x:c r="D204" s="0">
-        <x:v>4409.74</x:v>
+        <x:v>4678.135</x:v>
       </x:c>
       <x:c r="E204" s="0">
-        <x:v>0</x:v>
+        <x:v>3226.3</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:5">
       <x:c r="A205" s="1">
-        <x:v>45734.7823032407</x:v>
+        <x:v>45758.8246875</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C205" s="0">
-        <x:v>4.65</x:v>
+        <x:v>4.1</x:v>
       </x:c>
       <x:c r="D205" s="0">
-        <x:v>4409.16</x:v>
+        <x:v>4704.67</x:v>
       </x:c>
       <x:c r="E205" s="0">
-        <x:v>3040.8</x:v>
+        <x:v>3244.6</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:5">
       <x:c r="A206" s="1">
-        <x:v>45733.7827314815</x:v>
+        <x:v>45757.8457407407</x:v>
       </x:c>
       <x:c r="B206" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C206" s="0">
-        <x:v>4.76</x:v>
+        <x:v>4.28</x:v>
       </x:c>
       <x:c r="D206" s="0">
-        <x:v>4358.845</x:v>
+        <x:v>4607.375</x:v>
       </x:c>
       <x:c r="E206" s="0">
-        <x:v>3006.1</x:v>
+        <x:v>3177.5</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:5">
       <x:c r="A207" s="1">
-        <x:v>45730.7910763889</x:v>
+        <x:v>45756.8241319444</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C207" s="0">
-        <x:v>4.77</x:v>
+        <x:v>4.57</x:v>
       </x:c>
       <x:c r="D207" s="0">
-        <x:v>4337.385</x:v>
+        <x:v>4465.13</x:v>
       </x:c>
       <x:c r="E207" s="0">
-        <x:v>3001.1</x:v>
+        <x:v>3079.4</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:5">
       <x:c r="A208" s="1">
-        <x:v>45729.7816666667</x:v>
+        <x:v>45755.8404282407</x:v>
       </x:c>
       <x:c r="B208" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C208" s="0">
-        <x:v>4.8</x:v>
+        <x:v>4.86</x:v>
       </x:c>
       <x:c r="D208" s="0">
-        <x:v>4337.385</x:v>
+        <x:v>4335.79</x:v>
       </x:c>
       <x:c r="E208" s="0">
-        <x:v>0</x:v>
+        <x:v>2990.2</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:5">
       <x:c r="A209" s="1">
-        <x:v>45728.8243171296</x:v>
+        <x:v>45754.8234259259</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C209" s="0">
-        <x:v>4.95</x:v>
+        <x:v>4.92</x:v>
       </x:c>
       <x:c r="D209" s="0">
-        <x:v>4272.86</x:v>
+        <x:v>4311.72</x:v>
       </x:c>
       <x:c r="E209" s="0">
-        <x:v>0</x:v>
+        <x:v>2973.6</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:5">
       <x:c r="A210" s="1">
-        <x:v>45727.7837384259</x:v>
+        <x:v>45751.8240393518</x:v>
       </x:c>
       <x:c r="B210" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C210" s="0">
-        <x:v>5.04</x:v>
+        <x:v>4.73</x:v>
       </x:c>
       <x:c r="D210" s="0">
-        <x:v>4235.305</x:v>
+        <x:v>4401.33</x:v>
       </x:c>
       <x:c r="E210" s="0">
-        <x:v>2920.9</x:v>
+        <x:v>3035.4</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:5">
       <x:c r="A211" s="1">
-        <x:v>45726.7915162037</x:v>
+        <x:v>45750.8321643519</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C211" s="0">
-        <x:v>5.12</x:v>
+        <x:v>4.48</x:v>
       </x:c>
       <x:c r="D211" s="0">
-        <x:v>4225.445</x:v>
+        <x:v>4526.465</x:v>
       </x:c>
       <x:c r="E211" s="0">
-        <x:v>2914.1</x:v>
+        <x:v>3121.7</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:5">
       <x:c r="A212" s="1">
-        <x:v>45723.8240162037</x:v>
+        <x:v>45749.8250115741</x:v>
       </x:c>
       <x:c r="B212" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C212" s="0">
-        <x:v>5.07</x:v>
+        <x:v>4.36</x:v>
       </x:c>
       <x:c r="D212" s="0">
-        <x:v>4243.57</x:v>
+        <x:v>4590.99</x:v>
       </x:c>
       <x:c r="E212" s="0">
-        <x:v>2926.6</x:v>
+        <x:v>3166.2</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:5">
       <x:c r="A213" s="1">
-        <x:v>45722.8262152778</x:v>
+        <x:v>45748.8360069444</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C213" s="0">
-        <x:v>5.03</x:v>
+        <x:v>4.41</x:v>
       </x:c>
       <x:c r="D213" s="0">
-        <x:v>4242.7</x:v>
+        <x:v>4561.7</x:v>
       </x:c>
       <x:c r="E213" s="0">
-        <x:v>2926</x:v>
+        <x:v>3146</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:5">
       <x:c r="A214" s="1">
-        <x:v>45721.8331018519</x:v>
+        <x:v>45747.8232175926</x:v>
       </x:c>
       <x:c r="B214" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C214" s="0">
-        <x:v>5.03</x:v>
+        <x:v>4.4</x:v>
       </x:c>
       <x:c r="D214" s="0">
-        <x:v>4234.87</x:v>
+        <x:v>4567.935</x:v>
       </x:c>
       <x:c r="E214" s="0">
-        <x:v>2920.6</x:v>
+        <x:v>3150.3</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:5">
       <x:c r="A215" s="1">
-        <x:v>45720.8313310185</x:v>
+        <x:v>45744.7828240741</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C215" s="0">
-        <x:v>5.05</x:v>
+        <x:v>4.51</x:v>
       </x:c>
       <x:c r="D215" s="0">
-        <x:v>4206.595</x:v>
+        <x:v>4515.735</x:v>
       </x:c>
       <x:c r="E215" s="0">
-        <x:v>2901.1</x:v>
+        <x:v>3114.3</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:5">
       <x:c r="A216" s="1">
-        <x:v>45719.8271180556</x:v>
+        <x:v>45743.7837962963</x:v>
       </x:c>
       <x:c r="B216" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C216" s="0">
-        <x:v>5.12</x:v>
+        <x:v>4.58</x:v>
       </x:c>
       <x:c r="D216" s="0">
-        <x:v>4130.325</x:v>
+        <x:v>4481.805</x:v>
       </x:c>
       <x:c r="E216" s="0">
-        <x:v>2848.5</x:v>
+        <x:v>3090.9</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:5">
       <x:c r="A217" s="1">
-        <x:v>45716.8229976852</x:v>
+        <x:v>45742.7861921296</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C217" s="0">
-        <x:v>5.31</x:v>
+        <x:v>4.7</x:v>
       </x:c>
       <x:c r="D217" s="0">
-        <x:v>4199.055</x:v>
+        <x:v>4425.835</x:v>
       </x:c>
       <x:c r="E217" s="0">
-        <x:v>2895.9</x:v>
+        <x:v>3052.3</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:5">
       <x:c r="A218" s="1">
-        <x:v>45715.8247916667</x:v>
+        <x:v>45741.7817013889</x:v>
       </x:c>
       <x:c r="B218" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C218" s="0">
-        <x:v>5.15</x:v>
+        <x:v>4.69</x:v>
       </x:c>
       <x:c r="D218" s="0">
-        <x:v>4249.37</x:v>
+        <x:v>4428.735</x:v>
       </x:c>
       <x:c r="E218" s="0">
-        <x:v>2930.6</x:v>
+        <x:v>3054.3</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:5">
       <x:c r="A219" s="1">
-        <x:v>45714.8278240741</x:v>
+        <x:v>45740.7859722222</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C219" s="0">
-        <x:v>5.03</x:v>
+        <x:v>4.72</x:v>
       </x:c>
       <x:c r="D219" s="0">
-        <x:v>4232.26</x:v>
+        <x:v>4413.8</x:v>
       </x:c>
       <x:c r="E219" s="0">
-        <x:v>2918.8</x:v>
+        <x:v>3015.6</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:5">
       <x:c r="A220" s="1">
-        <x:v>45713.8232638889</x:v>
+        <x:v>45737.7845486111</x:v>
       </x:c>
       <x:c r="B220" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C220" s="0">
-        <x:v>5.07</x:v>
+        <x:v>4.7</x:v>
       </x:c>
       <x:c r="D220" s="0">
-        <x:v>4296.64</x:v>
+        <x:v>4381.03</x:v>
       </x:c>
       <x:c r="E220" s="0">
-        <x:v>2963.2</x:v>
+        <x:v>3021.4</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:5">
       <x:c r="A221" s="1">
-        <x:v>45712.8270138889</x:v>
+        <x:v>45736.7837268518</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C221" s="0">
-        <x:v>4.92</x:v>
+        <x:v>4.64</x:v>
       </x:c>
       <x:c r="D221" s="0">
-        <x:v>4282.14</x:v>
+        <x:v>4413.51</x:v>
       </x:c>
       <x:c r="E221" s="0">
-        <x:v>2953.2</x:v>
+        <x:v>3043.8</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:5">
       <x:c r="A222" s="1">
-        <x:v>45709.8277314815</x:v>
+        <x:v>45735.7843634259</x:v>
       </x:c>
       <x:c r="B222" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C222" s="0">
-        <x:v>4.96</x:v>
+        <x:v>4.64</x:v>
       </x:c>
       <x:c r="D222" s="0">
-        <x:v>4286.345</x:v>
+        <x:v>4409.74</x:v>
       </x:c>
       <x:c r="E222" s="0">
-        <x:v>2956.1</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:5">
       <x:c r="A223" s="1">
-        <x:v>45708.8285185185</x:v>
+        <x:v>45734.7823032407</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C223" s="0">
-        <x:v>4.95</x:v>
+        <x:v>4.65</x:v>
       </x:c>
       <x:c r="D223" s="0">
-        <x:v>4257.345</x:v>
+        <x:v>4409.16</x:v>
       </x:c>
       <x:c r="E223" s="0">
-        <x:v>2936.1</x:v>
+        <x:v>3040.8</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:5">
       <x:c r="A224" s="1">
-        <x:v>45707.8237615741</x:v>
+        <x:v>45733.7827314815</x:v>
       </x:c>
       <x:c r="B224" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C224" s="0">
-        <x:v>5.01</x:v>
+        <x:v>4.76</x:v>
       </x:c>
       <x:c r="D224" s="0">
-        <x:v>4276.05</x:v>
+        <x:v>4358.845</x:v>
       </x:c>
       <x:c r="E224" s="0">
-        <x:v>2949</x:v>
+        <x:v>3006.1</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:5">
       <x:c r="A225" s="1">
-        <x:v>45706.8251851852</x:v>
+        <x:v>45730.7910763889</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C225" s="0">
-        <x:v>4.97</x:v>
+        <x:v>4.77</x:v>
       </x:c>
       <x:c r="D225" s="0">
-        <x:v>4206.015</x:v>
+        <x:v>4337.385</x:v>
       </x:c>
       <x:c r="E225" s="0">
-        <x:v>2900.7</x:v>
+        <x:v>3001.1</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:5">
       <x:c r="A226" s="1">
-        <x:v>45702.8403703704</x:v>
+        <x:v>45729.7816666667</x:v>
       </x:c>
       <x:c r="B226" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C226" s="0">
-        <x:v>5.14</x:v>
+        <x:v>4.8</x:v>
       </x:c>
       <x:c r="D226" s="0">
-        <x:v>4270.83</x:v>
+        <x:v>4337.385</x:v>
       </x:c>
       <x:c r="E226" s="0">
-        <x:v>2945.4</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:5">
       <x:c r="A227" s="1">
-        <x:v>45701.8281828704</x:v>
+        <x:v>45728.8243171296</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C227" s="0">
-        <x:v>4.99</x:v>
+        <x:v>4.95</x:v>
       </x:c>
       <x:c r="D227" s="0">
-        <x:v>4246.615</x:v>
+        <x:v>4272.86</x:v>
       </x:c>
       <x:c r="E227" s="0">
-        <x:v>2928.7</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:5">
       <x:c r="A228" s="1">
-        <x:v>45700.8235069444</x:v>
+        <x:v>45727.7837384259</x:v>
       </x:c>
       <x:c r="B228" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C228" s="0">
-        <x:v>5.05</x:v>
+        <x:v>5.04</x:v>
       </x:c>
       <x:c r="D228" s="0">
-        <x:v>4252.27</x:v>
+        <x:v>4235.305</x:v>
       </x:c>
       <x:c r="E228" s="0">
-        <x:v>2932.6</x:v>
+        <x:v>2920.9</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:5">
       <x:c r="A229" s="1">
-        <x:v>45699.8243287037</x:v>
+        <x:v>45726.7915162037</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C229" s="0">
-        <x:v>5.04</x:v>
+        <x:v>5.12</x:v>
       </x:c>
       <x:c r="D229" s="0">
-        <x:v>4254.88</x:v>
+        <x:v>4225.445</x:v>
       </x:c>
       <x:c r="E229" s="0">
-        <x:v>2934.4</x:v>
+        <x:v>2914.1</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:5">
       <x:c r="A230" s="1">
-        <x:v>45698.8248842593</x:v>
+        <x:v>45723.8240162037</x:v>
       </x:c>
       <x:c r="B230" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C230" s="0">
-        <x:v>5.03</x:v>
+        <x:v>5.07</x:v>
       </x:c>
       <x:c r="D230" s="0">
-        <x:v>4254.88</x:v>
+        <x:v>4243.57</x:v>
       </x:c>
       <x:c r="E230" s="0">
-        <x:v>2934.4</x:v>
+        <x:v>2926.6</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:5">
       <x:c r="A231" s="1">
-        <x:v>45695.846875</x:v>
+        <x:v>45722.8262152778</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C231" s="0">
-        <x:v>5.2</x:v>
+        <x:v>5.03</x:v>
       </x:c>
       <x:c r="D231" s="0">
-        <x:v>4171.215</x:v>
+        <x:v>4242.7</x:v>
       </x:c>
       <x:c r="E231" s="0">
-        <x:v>2876.7</x:v>
+        <x:v>2926</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:5">
       <x:c r="A232" s="1">
-        <x:v>45694.8241666667</x:v>
+        <x:v>45721.8331018519</x:v>
       </x:c>
       <x:c r="B232" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C232" s="0">
-        <x:v>5.24</x:v>
+        <x:v>5.03</x:v>
       </x:c>
       <x:c r="D232" s="0">
-        <x:v>4194.85</x:v>
+        <x:v>4234.87</x:v>
       </x:c>
       <x:c r="E232" s="0">
-        <x:v>2893</x:v>
+        <x:v>2920.6</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:5">
       <x:c r="A233" s="1">
-        <x:v>45693.8335532407</x:v>
+        <x:v>45720.8313310185</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C233" s="0">
-        <x:v>5.18</x:v>
+        <x:v>5.05</x:v>
       </x:c>
       <x:c r="D233" s="0">
-        <x:v>4194.85</x:v>
+        <x:v>4206.595</x:v>
       </x:c>
       <x:c r="E233" s="0">
-        <x:v>2893</x:v>
+        <x:v>2901.1</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:5">
       <x:c r="A234" s="1">
-        <x:v>45692.8229976852</x:v>
+        <x:v>45719.8271180556</x:v>
       </x:c>
       <x:c r="B234" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C234" s="0">
-        <x:v>5.24</x:v>
+        <x:v>5.12</x:v>
       </x:c>
       <x:c r="D234" s="0">
-        <x:v>4169.91</x:v>
+        <x:v>4130.325</x:v>
       </x:c>
       <x:c r="E234" s="0">
-        <x:v>2875.8</x:v>
+        <x:v>2848.5</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:5">
       <x:c r="A235" s="1">
-        <x:v>45691.8232523148</x:v>
+        <x:v>45716.8229976852</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C235" s="0">
         <x:v>5.31</x:v>
       </x:c>
       <x:c r="D235" s="0">
-        <x:v>4142.795</x:v>
+        <x:v>4199.055</x:v>
       </x:c>
       <x:c r="E235" s="0">
-        <x:v>2857.1</x:v>
+        <x:v>2895.9</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:5">
       <x:c r="A236" s="1">
-        <x:v>45688.8388078704</x:v>
+        <x:v>45715.8247916667</x:v>
       </x:c>
       <x:c r="B236" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C236" s="0">
-        <x:v>5.4</x:v>
+        <x:v>5.15</x:v>
       </x:c>
       <x:c r="D236" s="0">
-        <x:v>4110.75</x:v>
+        <x:v>4249.37</x:v>
       </x:c>
       <x:c r="E236" s="0">
-        <x:v>2835</x:v>
+        <x:v>2930.6</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:5">
       <x:c r="A237" s="1">
-        <x:v>45687.8256365741</x:v>
+        <x:v>45714.8278240741</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C237" s="0">
-        <x:v>5.36</x:v>
+        <x:v>5.03</x:v>
       </x:c>
       <x:c r="D237" s="0">
-        <x:v>4125.54</x:v>
+        <x:v>4232.26</x:v>
       </x:c>
       <x:c r="E237" s="0">
-        <x:v>2845.2</x:v>
+        <x:v>2918.8</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:5">
       <x:c r="A238" s="1">
-        <x:v>45686.8259375</x:v>
+        <x:v>45713.8232638889</x:v>
       </x:c>
       <x:c r="B238" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C238" s="0">
-        <x:v>5.57</x:v>
+        <x:v>5.07</x:v>
       </x:c>
       <x:c r="D238" s="0">
-        <x:v>4050.575</x:v>
+        <x:v>4296.64</x:v>
       </x:c>
       <x:c r="E238" s="0">
-        <x:v>2793.5</x:v>
+        <x:v>2963.2</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:5">
       <x:c r="A239" s="1">
-        <x:v>45685.8587384259</x:v>
+        <x:v>45712.8270138889</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C239" s="0">
-        <x:v>5.56</x:v>
+        <x:v>4.92</x:v>
       </x:c>
       <x:c r="D239" s="0">
-        <x:v>4052.17</x:v>
+        <x:v>4282.14</x:v>
       </x:c>
       <x:c r="E239" s="0">
-        <x:v>2794.6</x:v>
+        <x:v>2953.2</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:5">
       <x:c r="A240" s="1">
-        <x:v>45684.8242824074</x:v>
+        <x:v>45709.8277314815</x:v>
       </x:c>
       <x:c r="B240" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C240" s="0">
-        <x:v>5.68</x:v>
+        <x:v>4.96</x:v>
       </x:c>
       <x:c r="D240" s="0">
-        <x:v>4010.99</x:v>
+        <x:v>4286.345</x:v>
       </x:c>
       <x:c r="E240" s="0">
-        <x:v>2766.2</x:v>
+        <x:v>2956.1</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:5">
       <x:c r="A241" s="1">
-        <x:v>45681.8509953704</x:v>
+        <x:v>45708.8285185185</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C241" s="0">
-        <x:v>5.52</x:v>
+        <x:v>4.95</x:v>
       </x:c>
       <x:c r="D241" s="0">
-        <x:v>4069.57</x:v>
+        <x:v>4257.345</x:v>
       </x:c>
       <x:c r="E241" s="0">
-        <x:v>2806.6</x:v>
+        <x:v>2936.1</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:5">
       <x:c r="A242" s="1">
-        <x:v>45679.8232060185</x:v>
+        <x:v>45707.8237615741</x:v>
       </x:c>
       <x:c r="B242" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C242" s="0">
-        <x:v>5.56</x:v>
+        <x:v>5.01</x:v>
       </x:c>
       <x:c r="D242" s="0">
-        <x:v>4017.805</x:v>
+        <x:v>4276.05</x:v>
       </x:c>
       <x:c r="E242" s="0">
-        <x:v>2770.9</x:v>
+        <x:v>2949</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:5">
       <x:c r="A243" s="1">
-        <x:v>45678.8237268518</x:v>
+        <x:v>45706.8251851852</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C243" s="0">
-        <x:v>5.6</x:v>
+        <x:v>4.97</x:v>
       </x:c>
       <x:c r="D243" s="0">
-        <x:v>4000.84</x:v>
+        <x:v>4206.015</x:v>
       </x:c>
       <x:c r="E243" s="0">
-        <x:v>2759.2</x:v>
+        <x:v>2900.7</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:5">
       <x:c r="A244" s="1">
-        <x:v>45674.8244560185</x:v>
+        <x:v>45702.8403703704</x:v>
       </x:c>
       <x:c r="B244" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C244" s="0">
-        <x:v>5.65</x:v>
+        <x:v>5.14</x:v>
       </x:c>
       <x:c r="D244" s="0">
-        <x:v>3985.615</x:v>
+        <x:v>4270.83</x:v>
       </x:c>
       <x:c r="E244" s="0">
-        <x:v>2748.7</x:v>
+        <x:v>2945.4</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:5">
       <x:c r="A245" s="1">
-        <x:v>45673.8258680556</x:v>
+        <x:v>45701.8281828704</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C245" s="0">
-        <x:v>5.64</x:v>
+        <x:v>4.99</x:v>
       </x:c>
       <x:c r="D245" s="0">
-        <x:v>3988.805</x:v>
+        <x:v>4246.615</x:v>
       </x:c>
       <x:c r="E245" s="0">
-        <x:v>2750.9</x:v>
+        <x:v>2928.7</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:5">
       <x:c r="A246" s="1">
-        <x:v>45672.8363194444</x:v>
+        <x:v>45700.8235069444</x:v>
       </x:c>
       <x:c r="B246" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C246" s="0">
-        <x:v>5.78</x:v>
+        <x:v>5.05</x:v>
       </x:c>
       <x:c r="D246" s="0">
-        <x:v>3940.81</x:v>
+        <x:v>4252.27</x:v>
       </x:c>
       <x:c r="E246" s="0">
-        <x:v>2717.8</x:v>
+        <x:v>2932.6</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:5">
       <x:c r="A247" s="1">
-        <x:v>45671.8265509259</x:v>
+        <x:v>45699.8243287037</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C247" s="0">
-        <x:v>5.94</x:v>
+        <x:v>5.04</x:v>
       </x:c>
       <x:c r="D247" s="0">
-        <x:v>3889.335</x:v>
+        <x:v>4254.88</x:v>
       </x:c>
       <x:c r="E247" s="0">
-        <x:v>2682.3</x:v>
+        <x:v>2934.4</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:5">
       <x:c r="A248" s="1">
-        <x:v>45670.8261805556</x:v>
+        <x:v>45698.8248842593</x:v>
       </x:c>
       <x:c r="B248" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C248" s="0">
-        <x:v>5.95</x:v>
+        <x:v>5.03</x:v>
       </x:c>
       <x:c r="D248" s="0">
-        <x:v>3883.97</x:v>
+        <x:v>4254.88</x:v>
       </x:c>
       <x:c r="E248" s="0">
-        <x:v>2678.6</x:v>
+        <x:v>2934.4</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:5">
       <x:c r="A249" s="1">
-        <x:v>45667.8237268518</x:v>
+        <x:v>45695.846875</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C249" s="0">
-        <x:v>5.8</x:v>
+        <x:v>5.2</x:v>
       </x:c>
       <x:c r="D249" s="0">
-        <x:v>3936.75</x:v>
+        <x:v>4171.215</x:v>
       </x:c>
       <x:c r="E249" s="0">
-        <x:v>2715</x:v>
+        <x:v>2876.7</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:5">
       <x:c r="A250" s="1">
-        <x:v>45666.8253935185</x:v>
+        <x:v>45694.8241666667</x:v>
       </x:c>
       <x:c r="B250" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C250" s="0">
-        <x:v>5.91</x:v>
+        <x:v>5.24</x:v>
       </x:c>
       <x:c r="D250" s="0">
-        <x:v>3901.66</x:v>
+        <x:v>4194.85</x:v>
       </x:c>
       <x:c r="E250" s="0">
-        <x:v>2690.8</x:v>
+        <x:v>2893</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:5">
       <x:c r="A251" s="1">
-        <x:v>45665.8339699074</x:v>
+        <x:v>45693.8335532407</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C251" s="0">
-        <x:v>5.99</x:v>
+        <x:v>5.18</x:v>
       </x:c>
       <x:c r="D251" s="0">
-        <x:v>3874.98</x:v>
+        <x:v>4194.85</x:v>
       </x:c>
       <x:c r="E251" s="0">
-        <x:v>2672.4</x:v>
+        <x:v>2893</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:5">
       <x:c r="A252" s="1">
-        <x:v>45664.8245486111</x:v>
+        <x:v>45692.8229976852</x:v>
       </x:c>
       <x:c r="B252" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C252" s="0">
-        <x:v>6.02</x:v>
+        <x:v>5.24</x:v>
       </x:c>
       <x:c r="D252" s="0">
-        <x:v>3864.83</x:v>
+        <x:v>4169.91</x:v>
       </x:c>
       <x:c r="E252" s="0">
-        <x:v>2665.4</x:v>
+        <x:v>2875.8</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:5">
       <x:c r="A253" s="1">
-        <x:v>45663.8279166667</x:v>
+        <x:v>45691.8232523148</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C253" s="0">
-        <x:v>6.1</x:v>
+        <x:v>5.31</x:v>
       </x:c>
       <x:c r="D253" s="0">
-        <x:v>3838.73</x:v>
+        <x:v>4142.795</x:v>
       </x:c>
       <x:c r="E253" s="0">
-        <x:v>2647.4</x:v>
+        <x:v>2857.1</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:5">
       <x:c r="A254" s="1">
-        <x:v>45660.8253587963</x:v>
+        <x:v>45688.8388078704</x:v>
       </x:c>
       <x:c r="B254" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C254" s="0">
-        <x:v>6.07</x:v>
+        <x:v>5.4</x:v>
       </x:c>
       <x:c r="D254" s="0">
-        <x:v>3849.315</x:v>
+        <x:v>4110.75</x:v>
       </x:c>
       <x:c r="E254" s="0">
-        <x:v>2654.7</x:v>
+        <x:v>2835</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:5">
       <x:c r="A255" s="1">
-        <x:v>45659.8549074074</x:v>
+        <x:v>45687.8256365741</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C255" s="0">
-        <x:v>6.01</x:v>
+        <x:v>5.36</x:v>
       </x:c>
       <x:c r="D255" s="0">
-        <x:v>3870.05</x:v>
+        <x:v>4125.54</x:v>
       </x:c>
       <x:c r="E255" s="0">
-        <x:v>2669</x:v>
+        <x:v>2845.2</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:5">
       <x:c r="A256" s="1">
-        <x:v>45656.8239583333</x:v>
+        <x:v>45686.8259375</x:v>
       </x:c>
       <x:c r="B256" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C256" s="0">
-        <x:v>6.25</x:v>
+        <x:v>5.57</x:v>
       </x:c>
       <x:c r="D256" s="0">
-        <x:v>3796.245</x:v>
+        <x:v>4050.575</x:v>
       </x:c>
       <x:c r="E256" s="0">
-        <x:v>2618.1</x:v>
+        <x:v>2793.5</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:5">
       <x:c r="A257" s="1">
-        <x:v>45653.8232638889</x:v>
+        <x:v>45685.8587384259</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C257" s="0">
-        <x:v>6.19</x:v>
+        <x:v>5.56</x:v>
       </x:c>
       <x:c r="D257" s="0">
-        <x:v>3816.255</x:v>
+        <x:v>4052.17</x:v>
       </x:c>
       <x:c r="E257" s="0">
-        <x:v>2631.9</x:v>
+        <x:v>2794.6</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:5">
       <x:c r="A258" s="1">
-        <x:v>45649.8257291667</x:v>
+        <x:v>45684.8242824074</x:v>
       </x:c>
       <x:c r="B258" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C258" s="0">
-        <x:v>6.21</x:v>
+        <x:v>5.68</x:v>
       </x:c>
       <x:c r="D258" s="0">
-        <x:v>3810.89</x:v>
+        <x:v>4010.99</x:v>
       </x:c>
       <x:c r="E258" s="0">
-        <x:v>2628.2</x:v>
+        <x:v>2766.2</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:5">
       <x:c r="A259" s="1">
-        <x:v>45646.8274768519</x:v>
+        <x:v>45681.8509953704</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C259" s="0">
-        <x:v>6.13</x:v>
+        <x:v>5.52</x:v>
       </x:c>
       <x:c r="D259" s="0">
-        <x:v>3835.395</x:v>
+        <x:v>4069.57</x:v>
       </x:c>
       <x:c r="E259" s="0">
-        <x:v>2645.1</x:v>
+        <x:v>2806.6</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:5">
       <x:c r="A260" s="1">
-        <x:v>45645.8236574074</x:v>
+        <x:v>45679.8232060185</x:v>
       </x:c>
       <x:c r="B260" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C260" s="0">
-        <x:v>6.31</x:v>
+        <x:v>5.56</x:v>
       </x:c>
       <x:c r="D260" s="0">
-        <x:v>3781.745</x:v>
+        <x:v>4017.805</x:v>
       </x:c>
       <x:c r="E260" s="0">
-        <x:v>2608.1</x:v>
+        <x:v>2770.9</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:5">
       <x:c r="A261" s="1">
-        <x:v>45644.8267592593</x:v>
+        <x:v>45678.8237268518</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C261" s="0">
-        <x:v>6.1</x:v>
+        <x:v>5.6</x:v>
       </x:c>
       <x:c r="D261" s="0">
-        <x:v>3847.285</x:v>
+        <x:v>4000.84</x:v>
       </x:c>
       <x:c r="E261" s="0">
-        <x:v>2653.3</x:v>
+        <x:v>2759.2</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:5">
       <x:c r="A262" s="1">
-        <x:v>45643.8232523148</x:v>
+        <x:v>45674.8244560185</x:v>
       </x:c>
       <x:c r="B262" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C262" s="0">
-        <x:v>6.06</x:v>
+        <x:v>5.65</x:v>
       </x:c>
       <x:c r="D262" s="0">
-        <x:v>3859.9</x:v>
+        <x:v>3985.615</x:v>
       </x:c>
       <x:c r="E262" s="0">
-        <x:v>2662</x:v>
+        <x:v>2748.7</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:5">
       <x:c r="A263" s="1">
-        <x:v>45642.8316203704</x:v>
+        <x:v>45673.8258680556</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C263" s="0">
-        <x:v>6.02</x:v>
+        <x:v>5.64</x:v>
       </x:c>
       <x:c r="D263" s="0">
-        <x:v>3871.5</x:v>
+        <x:v>3988.805</x:v>
       </x:c>
       <x:c r="E263" s="0">
-        <x:v>2670</x:v>
+        <x:v>2750.9</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:5">
       <x:c r="A264" s="1">
-        <x:v>45639.823125</x:v>
+        <x:v>45672.8363194444</x:v>
       </x:c>
       <x:c r="B264" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C264" s="0">
-        <x:v>6</x:v>
+        <x:v>5.78</x:v>
       </x:c>
       <x:c r="D264" s="0">
-        <x:v>3879.91</x:v>
+        <x:v>3940.81</x:v>
       </x:c>
       <x:c r="E264" s="0">
-        <x:v>2675.8</x:v>
+        <x:v>2717.8</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:5">
       <x:c r="A265" s="1">
-        <x:v>45638.8291550926</x:v>
+        <x:v>45671.8265509259</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C265" s="0">
-        <x:v>5.85</x:v>
+        <x:v>5.94</x:v>
       </x:c>
       <x:c r="D265" s="0">
-        <x:v>3928.63</x:v>
+        <x:v>3889.335</x:v>
       </x:c>
       <x:c r="E265" s="0">
-        <x:v>2709.4</x:v>
+        <x:v>2682.3</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:5">
       <x:c r="A266" s="1">
-        <x:v>45637.8317939815</x:v>
+        <x:v>45670.8261805556</x:v>
       </x:c>
       <x:c r="B266" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C266" s="0">
-        <x:v>5.66</x:v>
+        <x:v>5.95</x:v>
       </x:c>
       <x:c r="D266" s="0">
-        <x:v>3997.215</x:v>
+        <x:v>3883.97</x:v>
       </x:c>
       <x:c r="E266" s="0">
-        <x:v>2756.7</x:v>
+        <x:v>2678.6</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:5">
       <x:c r="A267" s="1">
-        <x:v>45636.8332523148</x:v>
+        <x:v>45667.8237268518</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C267" s="0">
-        <x:v>5.82</x:v>
+        <x:v>5.8</x:v>
       </x:c>
       <x:c r="D267" s="0">
-        <x:v>3941.68</x:v>
+        <x:v>3936.75</x:v>
       </x:c>
       <x:c r="E267" s="0">
-        <x:v>2718.4</x:v>
+        <x:v>2715</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:5">
       <x:c r="A268" s="1">
-        <x:v>45635.8276736111</x:v>
+        <x:v>45666.8253935185</x:v>
       </x:c>
       <x:c r="B268" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C268" s="0">
-        <x:v>5.97</x:v>
+        <x:v>5.91</x:v>
       </x:c>
       <x:c r="D268" s="0">
-        <x:v>3894.41</x:v>
+        <x:v>3901.66</x:v>
       </x:c>
       <x:c r="E268" s="0">
-        <x:v>2685.8</x:v>
+        <x:v>2690.8</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:5">
       <x:c r="A269" s="1">
-        <x:v>45632.8235648148</x:v>
+        <x:v>45665.8339699074</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C269" s="0">
-        <x:v>6.09</x:v>
+        <x:v>5.99</x:v>
       </x:c>
       <x:c r="D269" s="0">
-        <x:v>3856.42</x:v>
+        <x:v>3874.98</x:v>
       </x:c>
       <x:c r="E269" s="0">
-        <x:v>2659.6</x:v>
+        <x:v>2672.4</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:5">
       <x:c r="A270" s="1">
-        <x:v>45631.8267939815</x:v>
+        <x:v>45664.8245486111</x:v>
       </x:c>
       <x:c r="B270" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C270" s="0">
-        <x:v>6.14</x:v>
+        <x:v>6.02</x:v>
       </x:c>
       <x:c r="D270" s="0">
-        <x:v>3840.18</x:v>
+        <x:v>3864.83</x:v>
       </x:c>
       <x:c r="E270" s="0">
-        <x:v>2648.4</x:v>
+        <x:v>2665.4</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:5">
       <x:c r="A271" s="1">
-        <x:v>45630.8245833333</x:v>
+        <x:v>45663.8279166667</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C271" s="0">
-        <x:v>6.02</x:v>
+        <x:v>6.1</x:v>
       </x:c>
       <x:c r="D271" s="0">
-        <x:v>3880.49</x:v>
+        <x:v>3838.73</x:v>
       </x:c>
       <x:c r="E271" s="0">
-        <x:v>2676.2</x:v>
+        <x:v>2647.4</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:5">
       <x:c r="A272" s="1">
-        <x:v>45629.8265856481</x:v>
+        <x:v>45660.8253587963</x:v>
       </x:c>
       <x:c r="B272" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C272" s="0">
-        <x:v>6.06</x:v>
+        <x:v>6.07</x:v>
       </x:c>
       <x:c r="D272" s="0">
-        <x:v>3868.455</x:v>
+        <x:v>3849.315</x:v>
       </x:c>
       <x:c r="E272" s="0">
-        <x:v>2667.9</x:v>
+        <x:v>2654.7</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:5">
       <x:c r="A273" s="1">
-        <x:v>45628.8905671296</x:v>
+        <x:v>45659.8549074074</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C273" s="0">
-        <x:v>6.1</x:v>
+        <x:v>6.01</x:v>
       </x:c>
       <x:c r="D273" s="0">
-        <x:v>3854.825</x:v>
+        <x:v>3870.05</x:v>
       </x:c>
       <x:c r="E273" s="0">
-        <x:v>2658.5</x:v>
+        <x:v>2669</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:5">
       <x:c r="A274" s="1">
-        <x:v>45625.8335532407</x:v>
+        <x:v>45656.8239583333</x:v>
       </x:c>
       <x:c r="B274" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C274" s="0">
-        <x:v>6</x:v>
+        <x:v>6.25</x:v>
       </x:c>
       <x:c r="D274" s="0">
-        <x:v>3887.45</x:v>
+        <x:v>3796.245</x:v>
       </x:c>
       <x:c r="E274" s="0">
-        <x:v>2681</x:v>
+        <x:v>2618.1</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:5">
       <x:c r="A275" s="1">
-        <x:v>45623.8245023148</x:v>
+        <x:v>45653.8232638889</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C275" s="0">
-        <x:v>6.07</x:v>
+        <x:v>6.19</x:v>
       </x:c>
       <x:c r="D275" s="0">
-        <x:v>3863.96</x:v>
+        <x:v>3816.255</x:v>
       </x:c>
       <x:c r="E275" s="0">
-        <x:v>2664.8</x:v>
+        <x:v>2631.9</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:5">
       <x:c r="A276" s="1">
-        <x:v>45622.8230092593</x:v>
+        <x:v>45649.8257291667</x:v>
       </x:c>
       <x:c r="B276" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C276" s="0">
-        <x:v>6.16</x:v>
+        <x:v>6.21</x:v>
       </x:c>
       <x:c r="D276" s="0">
-        <x:v>3837.135</x:v>
+        <x:v>3810.89</x:v>
       </x:c>
       <x:c r="E276" s="0">
-        <x:v>2646.3</x:v>
+        <x:v>2628.2</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:5">
       <x:c r="A277" s="1">
-        <x:v>45621.8259259259</x:v>
+        <x:v>45646.8274768519</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C277" s="0">
-        <x:v>6.18</x:v>
+        <x:v>6.13</x:v>
       </x:c>
       <x:c r="D277" s="0">
-        <x:v>3831.77</x:v>
+        <x:v>3835.395</x:v>
       </x:c>
       <x:c r="E277" s="0">
-        <x:v>2642.6</x:v>
+        <x:v>2645.1</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:5">
       <x:c r="A278" s="1">
-        <x:v>45618.8415856482</x:v>
+        <x:v>45645.8236574074</x:v>
       </x:c>
       <x:c r="B278" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C278" s="0">
-        <x:v>5.78</x:v>
+        <x:v>6.31</x:v>
       </x:c>
       <x:c r="D278" s="0">
-        <x:v>3968.94</x:v>
+        <x:v>3781.745</x:v>
       </x:c>
       <x:c r="E278" s="0">
-        <x:v>2737.2</x:v>
+        <x:v>2608.1</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:5">
       <x:c r="A279" s="1">
-        <x:v>45617.8324884259</x:v>
+        <x:v>45644.8267592593</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C279" s="0">
-        <x:v>5.95</x:v>
+        <x:v>6.1</x:v>
       </x:c>
       <x:c r="D279" s="0">
-        <x:v>3913.985</x:v>
+        <x:v>3847.285</x:v>
       </x:c>
       <x:c r="E279" s="0">
-        <x:v>2699.3</x:v>
+        <x:v>2653.3</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:5">
       <x:c r="A280" s="1">
-        <x:v>45616.8479513889</x:v>
+        <x:v>45643.8232523148</x:v>
       </x:c>
       <x:c r="B280" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C280" s="0">
-        <x:v>6.05</x:v>
+        <x:v>6.06</x:v>
       </x:c>
       <x:c r="D280" s="0">
-        <x:v>3844.965</x:v>
+        <x:v>3859.9</x:v>
       </x:c>
       <x:c r="E280" s="0">
-        <x:v>2651.7</x:v>
+        <x:v>2662</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:5">
       <x:c r="A281" s="1">
-        <x:v>45615.8257407407</x:v>
+        <x:v>45642.8316203704</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C281" s="0">
-        <x:v>6.15</x:v>
+        <x:v>6.02</x:v>
       </x:c>
       <x:c r="D281" s="0">
-        <x:v>3814.95</x:v>
+        <x:v>3871.5</x:v>
       </x:c>
       <x:c r="E281" s="0">
-        <x:v>2631</x:v>
+        <x:v>2670</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:5">
       <x:c r="A282" s="1">
-        <x:v>45614.8227199074</x:v>
+        <x:v>45639.823125</x:v>
       </x:c>
       <x:c r="B282" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C282" s="0">
-        <x:v>6.23</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D282" s="0">
-        <x:v>3791.17</x:v>
+        <x:v>3879.91</x:v>
       </x:c>
       <x:c r="E282" s="0">
-        <x:v>2614.6</x:v>
+        <x:v>2675.8</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:5">
       <x:c r="A283" s="1">
-        <x:v>45611.8238310185</x:v>
+        <x:v>45638.8291550926</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C283" s="0">
-        <x:v>6.45</x:v>
+        <x:v>5.85</x:v>
       </x:c>
       <x:c r="D283" s="0">
-        <x:v>3726.645</x:v>
+        <x:v>3928.63</x:v>
       </x:c>
       <x:c r="E283" s="0">
-        <x:v>2570.1</x:v>
+        <x:v>2709.4</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:5">
       <x:c r="A284" s="1">
-        <x:v>45610.8240972222</x:v>
+        <x:v>45637.8317939815</x:v>
       </x:c>
       <x:c r="B284" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C284" s="0">
-        <x:v>6.44</x:v>
+        <x:v>5.66</x:v>
       </x:c>
       <x:c r="D284" s="0">
-        <x:v>3730.705</x:v>
+        <x:v>3997.215</x:v>
       </x:c>
       <x:c r="E284" s="0">
-        <x:v>2572.9</x:v>
+        <x:v>2756.7</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:5">
       <x:c r="A285" s="1">
-        <x:v>45609.8291550926</x:v>
+        <x:v>45636.8332523148</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C285" s="0">
-        <x:v>6.37</x:v>
+        <x:v>5.82</x:v>
       </x:c>
       <x:c r="D285" s="0">
-        <x:v>3750.425</x:v>
+        <x:v>3941.68</x:v>
       </x:c>
       <x:c r="E285" s="0">
-        <x:v>2586.5</x:v>
+        <x:v>2718.4</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:5">
       <x:c r="A286" s="1">
-        <x:v>45608.8243865741</x:v>
+        <x:v>45635.8276736111</x:v>
       </x:c>
       <x:c r="B286" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C286" s="0">
-        <x:v>6.28</x:v>
+        <x:v>5.97</x:v>
       </x:c>
       <x:c r="D286" s="0">
-        <x:v>3779.135</x:v>
+        <x:v>3894.41</x:v>
       </x:c>
       <x:c r="E286" s="0">
-        <x:v>2606.3</x:v>
+        <x:v>2685.8</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:5">
       <x:c r="A287" s="1">
-        <x:v>45607.8245023148</x:v>
+        <x:v>45632.8235648148</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C287" s="0">
-        <x:v>6.22</x:v>
+        <x:v>6.09</x:v>
       </x:c>
       <x:c r="D287" s="0">
-        <x:v>3795.665</x:v>
+        <x:v>3856.42</x:v>
       </x:c>
       <x:c r="E287" s="0">
-        <x:v>2617.7</x:v>
+        <x:v>2659.6</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:5">
       <x:c r="A288" s="1">
-        <x:v>45604.8264930556</x:v>
+        <x:v>45631.8267939815</x:v>
       </x:c>
       <x:c r="B288" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C288" s="0">
-        <x:v>5.89</x:v>
+        <x:v>6.14</x:v>
       </x:c>
       <x:c r="D288" s="0">
-        <x:v>3907.46</x:v>
+        <x:v>3840.18</x:v>
       </x:c>
       <x:c r="E288" s="0">
-        <x:v>2694.8</x:v>
+        <x:v>2648.4</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:5">
       <x:c r="A289" s="1">
-        <x:v>45603.8268518519</x:v>
+        <x:v>45630.8245833333</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C289" s="0">
-        <x:v>5.84</x:v>
+        <x:v>6.02</x:v>
       </x:c>
       <x:c r="D289" s="0">
-        <x:v>3923.41</x:v>
+        <x:v>3880.49</x:v>
       </x:c>
       <x:c r="E289" s="0">
-        <x:v>2705.8</x:v>
+        <x:v>2676.2</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:5">
       <x:c r="A290" s="1">
-        <x:v>45602.8297337963</x:v>
+        <x:v>45629.8265856481</x:v>
       </x:c>
       <x:c r="B290" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C290" s="0">
-        <x:v>5.97</x:v>
+        <x:v>6.06</x:v>
       </x:c>
       <x:c r="D290" s="0">
-        <x:v>3880.635</x:v>
+        <x:v>3868.455</x:v>
       </x:c>
       <x:c r="E290" s="0">
-        <x:v>2676.3</x:v>
+        <x:v>2667.9</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:5">
       <x:c r="A291" s="1">
-        <x:v>45601.8246990741</x:v>
+        <x:v>45628.8905671296</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C291" s="0">
-        <x:v>5.67</x:v>
+        <x:v>6.1</x:v>
       </x:c>
       <x:c r="D291" s="0">
-        <x:v>3987.065</x:v>
+        <x:v>3854.825</x:v>
       </x:c>
       <x:c r="E291" s="0">
-        <x:v>2749.7</x:v>
+        <x:v>2658.5</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:5">
       <x:c r="A292" s="1">
-        <x:v>45600.8269328704</x:v>
+        <x:v>45625.8335532407</x:v>
       </x:c>
       <x:c r="B292" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C292" s="0">
-        <x:v>5.68</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D292" s="0">
-        <x:v>3981.99</x:v>
+        <x:v>3887.45</x:v>
       </x:c>
       <x:c r="E292" s="0">
-        <x:v>2746.2</x:v>
+        <x:v>2681</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:5">
       <x:c r="A293" s="1">
-        <x:v>45597.7815046296</x:v>
+        <x:v>45623.8245023148</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C293" s="0">
-        <x:v>5.67</x:v>
+        <x:v>6.07</x:v>
       </x:c>
       <x:c r="D293" s="0">
-        <x:v>3986.34</x:v>
+        <x:v>3863.96</x:v>
       </x:c>
       <x:c r="E293" s="0">
-        <x:v>2749.2</x:v>
+        <x:v>2664.8</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:5">
       <x:c r="A294" s="1">
-        <x:v>45596.7813425926</x:v>
+        <x:v>45622.8230092593</x:v>
       </x:c>
       <x:c r="B294" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C294" s="0">
-        <x:v>5.67</x:v>
+        <x:v>6.16</x:v>
       </x:c>
       <x:c r="D294" s="0">
-        <x:v>3986.485</x:v>
+        <x:v>3837.135</x:v>
       </x:c>
       <x:c r="E294" s="0">
-        <x:v>2749.3</x:v>
+        <x:v>2646.3</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:5">
       <x:c r="A295" s="1">
-        <x:v>45595.7835416667</x:v>
+        <x:v>45621.8259259259</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C295" s="0">
-        <x:v>5.47</x:v>
+        <x:v>6.18</x:v>
       </x:c>
       <x:c r="D295" s="0">
-        <x:v>4061.16</x:v>
+        <x:v>3831.77</x:v>
       </x:c>
       <x:c r="E295" s="0">
-        <x:v>2800.8</x:v>
+        <x:v>2642.6</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:5">
       <x:c r="A296" s="1">
-        <x:v>45594.7883333333</x:v>
+        <x:v>45618.8415856482</x:v>
       </x:c>
       <x:c r="B296" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C296" s="0">
-        <x:v>5.55</x:v>
+        <x:v>5.78</x:v>
       </x:c>
       <x:c r="D296" s="0">
-        <x:v>4032.595</x:v>
+        <x:v>3968.94</x:v>
       </x:c>
       <x:c r="E296" s="0">
-        <x:v>2781.1</x:v>
+        <x:v>2737.2</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:5">
       <x:c r="A297" s="1">
-        <x:v>45593.7959143519</x:v>
+        <x:v>45617.8324884259</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C297" s="0">
-        <x:v>5.65</x:v>
+        <x:v>5.95</x:v>
       </x:c>
       <x:c r="D297" s="0">
-        <x:v>3994.17</x:v>
+        <x:v>3913.985</x:v>
       </x:c>
       <x:c r="E297" s="0">
-        <x:v>2754.6</x:v>
+        <x:v>2699.3</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:5">
       <x:c r="A298" s="1">
-        <x:v>45593.7959143519</x:v>
+        <x:v>45616.8479513889</x:v>
       </x:c>
       <x:c r="B298" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C298" s="0">
-        <x:v>5.65</x:v>
+        <x:v>6.05</x:v>
       </x:c>
       <x:c r="D298" s="0">
-        <x:v>3996.055</x:v>
+        <x:v>3844.965</x:v>
       </x:c>
       <x:c r="E298" s="0">
-        <x:v>2755.9</x:v>
+        <x:v>2651.7</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:5">
       <x:c r="A299" s="1">
-        <x:v>45590.8285069444</x:v>
+        <x:v>45615.8257407407</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C299" s="0">
-        <x:v>5.66</x:v>
+        <x:v>6.15</x:v>
       </x:c>
       <x:c r="D299" s="0">
-        <x:v>3994.17</x:v>
+        <x:v>3814.95</x:v>
       </x:c>
       <x:c r="E299" s="0">
-        <x:v>2754.6</x:v>
+        <x:v>2631</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:5">
       <x:c r="A300" s="1">
-        <x:v>45589.8309953704</x:v>
+        <x:v>45614.8227199074</x:v>
       </x:c>
       <x:c r="B300" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C300" s="0">
-        <x:v>5.68</x:v>
+        <x:v>6.23</x:v>
       </x:c>
       <x:c r="D300" s="0">
-        <x:v>3985.905</x:v>
+        <x:v>3791.17</x:v>
       </x:c>
       <x:c r="E300" s="0">
-        <x:v>2748.9</x:v>
+        <x:v>2614.6</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:5">
       <x:c r="A301" s="1">
-        <x:v>45588.8270486111</x:v>
+        <x:v>45611.8238310185</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C301" s="0">
-        <x:v>5.76</x:v>
+        <x:v>6.45</x:v>
       </x:c>
       <x:c r="D301" s="0">
-        <x:v>3957.63</x:v>
+        <x:v>3726.645</x:v>
       </x:c>
       <x:c r="E301" s="0">
-        <x:v>2729.4</x:v>
+        <x:v>2570.1</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:5">
       <x:c r="A302" s="1">
-        <x:v>45587.8243171296</x:v>
+        <x:v>45610.8240972222</x:v>
       </x:c>
       <x:c r="B302" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C302" s="0">
-        <x:v>5.64</x:v>
+        <x:v>6.44</x:v>
       </x:c>
       <x:c r="D302" s="0">
-        <x:v>4001.71</x:v>
+        <x:v>3730.705</x:v>
       </x:c>
       <x:c r="E302" s="0">
-        <x:v>2759.8</x:v>
+        <x:v>2572.9</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:5">
       <x:c r="A303" s="1">
-        <x:v>45586.8316087963</x:v>
+        <x:v>45609.8291550926</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C303" s="0">
-        <x:v>5.73</x:v>
+        <x:v>6.37</x:v>
       </x:c>
       <x:c r="D303" s="0">
-        <x:v>3971.405</x:v>
+        <x:v>3750.425</x:v>
       </x:c>
       <x:c r="E303" s="0">
-        <x:v>2738.9</x:v>
+        <x:v>2586.5</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:5">
       <x:c r="A304" s="1">
-        <x:v>45583.8234143518</x:v>
+        <x:v>45608.8243865741</x:v>
       </x:c>
       <x:c r="B304" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C304" s="0">
-        <x:v>5.77</x:v>
+        <x:v>6.28</x:v>
       </x:c>
       <x:c r="D304" s="0">
-        <x:v>3958.5</x:v>
+        <x:v>3779.135</x:v>
       </x:c>
       <x:c r="E304" s="0">
-        <x:v>2730</x:v>
+        <x:v>2606.3</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:5">
       <x:c r="A305" s="1">
-        <x:v>45581.823587963</x:v>
+        <x:v>45607.8245023148</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C305" s="0">
-        <x:v>5.93</x:v>
+        <x:v>6.22</x:v>
       </x:c>
       <x:c r="D305" s="0">
-        <x:v>3902.385</x:v>
+        <x:v>3795.665</x:v>
       </x:c>
       <x:c r="E305" s="0">
-        <x:v>2691.3</x:v>
+        <x:v>2617.7</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:5">
       <x:c r="A306" s="1">
-        <x:v>45580.8251388889</x:v>
+        <x:v>45604.8264930556</x:v>
       </x:c>
       <x:c r="B306" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C306" s="0">
-        <x:v>5.99</x:v>
+        <x:v>5.89</x:v>
       </x:c>
       <x:c r="D306" s="0">
-        <x:v>3884.405</x:v>
+        <x:v>3907.46</x:v>
       </x:c>
       <x:c r="E306" s="0">
-        <x:v>2678.9</x:v>
+        <x:v>2694.8</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:5">
       <x:c r="A307" s="1">
-        <x:v>45579.8278472222</x:v>
+        <x:v>45603.8268518519</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C307" s="0">
-        <x:v>6.05</x:v>
+        <x:v>5.84</x:v>
       </x:c>
       <x:c r="D307" s="0">
-        <x:v>3865.12</x:v>
+        <x:v>3923.41</x:v>
       </x:c>
       <x:c r="E307" s="0">
-        <x:v>2665.6</x:v>
+        <x:v>2705.8</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:5">
       <x:c r="A308" s="1">
-        <x:v>45576.8233449074</x:v>
+        <x:v>45602.8297337963</x:v>
       </x:c>
       <x:c r="B308" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C308" s="0">
-        <x:v>6</x:v>
+        <x:v>5.97</x:v>
       </x:c>
       <x:c r="D308" s="0">
-        <x:v>3826.985</x:v>
+        <x:v>3880.635</x:v>
       </x:c>
       <x:c r="E308" s="0">
-        <x:v>2639.3</x:v>
+        <x:v>2676.3</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:5">
       <x:c r="A309" s="1">
-        <x:v>45576.8233449074</x:v>
+        <x:v>45601.8246990741</x:v>
       </x:c>
       <x:c r="B309" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C309" s="0">
-        <x:v>6</x:v>
+        <x:v>5.67</x:v>
       </x:c>
       <x:c r="D309" s="0">
-        <x:v>3880.635</x:v>
+        <x:v>3987.065</x:v>
       </x:c>
       <x:c r="E309" s="0">
-        <x:v>2676.3</x:v>
+        <x:v>2749.7</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:5">
       <x:c r="A310" s="1">
-        <x:v>45575.8264236111</x:v>
+        <x:v>45600.8269328704</x:v>
       </x:c>
       <x:c r="B310" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C310" s="0">
-        <x:v>6.18</x:v>
+        <x:v>5.68</x:v>
       </x:c>
       <x:c r="D310" s="0">
-        <x:v>3826.985</x:v>
+        <x:v>3981.99</x:v>
       </x:c>
       <x:c r="E310" s="0">
-        <x:v>2639.3</x:v>
+        <x:v>2746.2</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:5">
       <x:c r="A311" s="1">
-        <x:v>45574.8287731481</x:v>
+        <x:v>45597.7815046296</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C311" s="0">
-        <x:v>6.24</x:v>
+        <x:v>5.67</x:v>
       </x:c>
       <x:c r="D311" s="0">
-        <x:v>3807.7</x:v>
+        <x:v>3986.34</x:v>
       </x:c>
       <x:c r="E311" s="0">
-        <x:v>2626</x:v>
+        <x:v>2749.2</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:5">
       <x:c r="A312" s="1">
-        <x:v>45573.8242361111</x:v>
+        <x:v>45596.7813425926</x:v>
       </x:c>
       <x:c r="B312" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C312" s="0">
-        <x:v>6.2</x:v>
+        <x:v>5.67</x:v>
       </x:c>
       <x:c r="D312" s="0">
-        <x:v>3821.33</x:v>
+        <x:v>3986.485</x:v>
       </x:c>
       <x:c r="E312" s="0">
-        <x:v>2635.4</x:v>
+        <x:v>2749.3</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:5">
       <x:c r="A313" s="1">
-        <x:v>45572.8254861111</x:v>
+        <x:v>45595.7835416667</x:v>
       </x:c>
       <x:c r="B313" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C313" s="0">
-        <x:v>6.06</x:v>
+        <x:v>5.47</x:v>
       </x:c>
       <x:c r="D313" s="0">
-        <x:v>3865.7</x:v>
+        <x:v>4061.16</x:v>
       </x:c>
       <x:c r="E313" s="0">
-        <x:v>2666</x:v>
+        <x:v>2800.8</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:5">
       <x:c r="A314" s="1">
-        <x:v>45569.8284375</x:v>
+        <x:v>45594.7883333333</x:v>
       </x:c>
       <x:c r="B314" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C314" s="0">
-        <x:v>6.05</x:v>
+        <x:v>5.55</x:v>
       </x:c>
       <x:c r="D314" s="0">
-        <x:v>3868.31</x:v>
+        <x:v>4032.595</x:v>
       </x:c>
       <x:c r="E314" s="0">
-        <x:v>2667.8</x:v>
+        <x:v>2781.1</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:5">
       <x:c r="A315" s="1">
-        <x:v>45568.8325578704</x:v>
+        <x:v>45593.7959143519</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C315" s="0">
-        <x:v>6</x:v>
+        <x:v>5.65</x:v>
       </x:c>
       <x:c r="D315" s="0">
-        <x:v>3884.84</x:v>
+        <x:v>3994.17</x:v>
       </x:c>
       <x:c r="E315" s="0">
-        <x:v>2679.2</x:v>
+        <x:v>2754.6</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:5">
       <x:c r="A316" s="1">
-        <x:v>45567.8240625</x:v>
+        <x:v>45593.7959143519</x:v>
       </x:c>
       <x:c r="B316" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C316" s="0">
-        <x:v>6.04</x:v>
+        <x:v>5.65</x:v>
       </x:c>
       <x:c r="D316" s="0">
-        <x:v>3871.065</x:v>
+        <x:v>3996.055</x:v>
       </x:c>
       <x:c r="E316" s="0">
-        <x:v>2669.7</x:v>
+        <x:v>2755.9</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:5">
       <x:c r="A317" s="1">
-        <x:v>45566.8333217593</x:v>
+        <x:v>45590.8285069444</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C317" s="0">
-        <x:v>5.95</x:v>
+        <x:v>5.66</x:v>
       </x:c>
       <x:c r="D317" s="0">
-        <x:v>3900.935</x:v>
+        <x:v>3994.17</x:v>
       </x:c>
       <x:c r="E317" s="0">
-        <x:v>2690.3</x:v>
+        <x:v>2754.6</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:5">
       <x:c r="A318" s="1">
-        <x:v>45565.828125</x:v>
+        <x:v>45589.8309953704</x:v>
       </x:c>
       <x:c r="B318" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C318" s="0">
-        <x:v>6.09</x:v>
+        <x:v>5.68</x:v>
       </x:c>
       <x:c r="D318" s="0">
-        <x:v>3856.13</x:v>
+        <x:v>3985.905</x:v>
       </x:c>
       <x:c r="E318" s="0">
-        <x:v>2659.4</x:v>
+        <x:v>2748.9</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:5">
       <x:c r="A319" s="1">
-        <x:v>45562.823912037</x:v>
+        <x:v>45588.8270486111</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C319" s="0">
-        <x:v>6.05</x:v>
+        <x:v>5.76</x:v>
       </x:c>
       <x:c r="D319" s="0">
-        <x:v>3868.745</x:v>
+        <x:v>3957.63</x:v>
       </x:c>
       <x:c r="E319" s="0">
-        <x:v>2668.1</x:v>
+        <x:v>2729.4</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:5">
       <x:c r="A320" s="1">
-        <x:v>45561.8249652778</x:v>
+        <x:v>45587.8243171296</x:v>
       </x:c>
       <x:c r="B320" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C320" s="0">
-        <x:v>5.94</x:v>
+        <x:v>5.64</x:v>
       </x:c>
       <x:c r="D320" s="0">
-        <x:v>3907.605</x:v>
+        <x:v>4001.71</x:v>
       </x:c>
       <x:c r="E320" s="0">
-        <x:v>2694.9</x:v>
+        <x:v>2759.8</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:5">
       <x:c r="A321" s="1">
-        <x:v>45560.8240740741</x:v>
+        <x:v>45586.8316087963</x:v>
       </x:c>
       <x:c r="B321" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C321" s="0">
-        <x:v>5.98</x:v>
+        <x:v>5.73</x:v>
       </x:c>
       <x:c r="D321" s="0">
-        <x:v>3892.815</x:v>
+        <x:v>3971.405</x:v>
       </x:c>
       <x:c r="E321" s="0">
-        <x:v>2684.7</x:v>
+        <x:v>2738.9</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:5">
       <x:c r="A322" s="1">
-        <x:v>45559.851412037</x:v>
+        <x:v>45583.8234143518</x:v>
       </x:c>
       <x:c r="B322" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C322" s="0">
-        <x:v>6.02</x:v>
+        <x:v>5.77</x:v>
       </x:c>
       <x:c r="D322" s="0">
-        <x:v>3881.65</x:v>
+        <x:v>3958.5</x:v>
       </x:c>
       <x:c r="E322" s="0">
-        <x:v>2677</x:v>
+        <x:v>2730</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:5">
       <x:c r="A323" s="1">
-        <x:v>45558.8309490741</x:v>
+        <x:v>45581.823587963</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C323" s="0">
-        <x:v>6.13</x:v>
+        <x:v>5.93</x:v>
       </x:c>
       <x:c r="D323" s="0">
-        <x:v>3846.125</x:v>
+        <x:v>3902.385</x:v>
       </x:c>
       <x:c r="E323" s="0">
-        <x:v>2652.5</x:v>
+        <x:v>2691.3</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:5">
       <x:c r="A324" s="1">
-        <x:v>45555.8241782407</x:v>
+        <x:v>45580.8251388889</x:v>
       </x:c>
       <x:c r="B324" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C324" s="0">
-        <x:v>6.16</x:v>
+        <x:v>5.99</x:v>
       </x:c>
       <x:c r="D324" s="0">
-        <x:v>3836.99</x:v>
+        <x:v>3884.405</x:v>
       </x:c>
       <x:c r="E324" s="0">
-        <x:v>2646.2</x:v>
+        <x:v>2678.9</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:5">
       <x:c r="A325" s="1">
-        <x:v>45554.8247453704</x:v>
+        <x:v>45579.8278472222</x:v>
       </x:c>
       <x:c r="B325" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C325" s="0">
-        <x:v>6.31</x:v>
+        <x:v>6.05</x:v>
       </x:c>
       <x:c r="D325" s="0">
-        <x:v>3791.17</x:v>
+        <x:v>3865.12</x:v>
       </x:c>
       <x:c r="E325" s="0">
-        <x:v>2614.6</x:v>
+        <x:v>2665.6</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:5">
       <x:c r="A326" s="1">
-        <x:v>45553.8253009259</x:v>
+        <x:v>45576.8233449074</x:v>
       </x:c>
       <x:c r="B326" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C326" s="0">
-        <x:v>6.39</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D326" s="0">
-        <x:v>3767.97</x:v>
+        <x:v>3826.985</x:v>
       </x:c>
       <x:c r="E326" s="0">
-        <x:v>2598.6</x:v>
+        <x:v>2639.3</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:5">
       <x:c r="A327" s="1">
-        <x:v>45552.8248263889</x:v>
+        <x:v>45576.8233449074</x:v>
       </x:c>
       <x:c r="B327" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C327" s="0">
-        <x:v>6.42</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D327" s="0">
-        <x:v>3758.98</x:v>
+        <x:v>3880.635</x:v>
       </x:c>
       <x:c r="E327" s="0">
-        <x:v>2592.4</x:v>
+        <x:v>2676.3</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:5">
       <x:c r="A328" s="1">
-        <x:v>45551.8616666667</x:v>
+        <x:v>45575.8264236111</x:v>
       </x:c>
       <x:c r="B328" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C328" s="0">
-        <x:v>6.34</x:v>
+        <x:v>6.18</x:v>
       </x:c>
       <x:c r="D328" s="0">
-        <x:v>3782.905</x:v>
+        <x:v>3826.985</x:v>
       </x:c>
       <x:c r="E328" s="0">
-        <x:v>2608.9</x:v>
+        <x:v>2639.3</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:5">
       <x:c r="A329" s="1">
-        <x:v>45548.8535069444</x:v>
+        <x:v>45574.8287731481</x:v>
       </x:c>
       <x:c r="B329" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C329" s="0">
-        <x:v>6.33</x:v>
+        <x:v>6.24</x:v>
       </x:c>
       <x:c r="D329" s="0">
-        <x:v>3785.515</x:v>
+        <x:v>3807.7</x:v>
       </x:c>
       <x:c r="E329" s="0">
-        <x:v>2610.7</x:v>
+        <x:v>2626</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:5">
       <x:c r="A330" s="1">
-        <x:v>45547.8246412037</x:v>
+        <x:v>45573.8242361111</x:v>
       </x:c>
       <x:c r="B330" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C330" s="0">
-        <x:v>6.49</x:v>
+        <x:v>6.2</x:v>
       </x:c>
       <x:c r="D330" s="0">
-        <x:v>3741.87</x:v>
+        <x:v>3821.33</x:v>
       </x:c>
       <x:c r="E330" s="0">
-        <x:v>2580.6</x:v>
+        <x:v>2635.4</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:5">
       <x:c r="A331" s="1">
-        <x:v>45546.8256134259</x:v>
+        <x:v>45572.8254861111</x:v>
       </x:c>
       <x:c r="B331" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C331" s="0">
-        <x:v>6.69</x:v>
+        <x:v>6.06</x:v>
       </x:c>
       <x:c r="D331" s="0">
-        <x:v>3686.48</x:v>
+        <x:v>3865.7</x:v>
       </x:c>
       <x:c r="E331" s="0">
-        <x:v>2542.4</x:v>
+        <x:v>2666</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:5">
       <x:c r="A332" s="1">
-        <x:v>45545.8295023148</x:v>
+        <x:v>45569.8284375</x:v>
       </x:c>
       <x:c r="B332" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C332" s="0">
-        <x:v>6.68</x:v>
+        <x:v>6.05</x:v>
       </x:c>
       <x:c r="D332" s="0">
-        <x:v>3687.495</x:v>
+        <x:v>3868.31</x:v>
       </x:c>
       <x:c r="E332" s="0">
-        <x:v>2543.1</x:v>
+        <x:v>2667.8</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:5">
       <x:c r="A333" s="1">
-        <x:v>45544.823587963</x:v>
+        <x:v>45568.8325578704</x:v>
       </x:c>
       <x:c r="B333" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C333" s="0">
-        <x:v>6.74</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D333" s="0">
-        <x:v>3672.415</x:v>
+        <x:v>3884.84</x:v>
       </x:c>
       <x:c r="E333" s="0">
-        <x:v>2532.7</x:v>
+        <x:v>2679.2</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:5">
       <x:c r="A334" s="1">
-        <x:v>45541.8395601852</x:v>
+        <x:v>45567.8240625</x:v>
       </x:c>
       <x:c r="B334" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C334" s="0">
-        <x:v>6.78</x:v>
+        <x:v>6.04</x:v>
       </x:c>
       <x:c r="D334" s="0">
-        <x:v>3660.67</x:v>
+        <x:v>3871.065</x:v>
       </x:c>
       <x:c r="E334" s="0">
-        <x:v>2524.6</x:v>
+        <x:v>2669.7</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:5">
       <x:c r="A335" s="1">
-        <x:v>45540.8719791667</x:v>
+        <x:v>45566.8333217593</x:v>
       </x:c>
       <x:c r="B335" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C335" s="0">
-        <x:v>6.69</x:v>
+        <x:v>5.95</x:v>
       </x:c>
       <x:c r="D335" s="0">
-        <x:v>3687.495</x:v>
+        <x:v>3900.935</x:v>
       </x:c>
       <x:c r="E335" s="0">
-        <x:v>2543.1</x:v>
+        <x:v>2690.3</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:5">
       <x:c r="A336" s="1">
-        <x:v>45539.8276967593</x:v>
+        <x:v>45565.828125</x:v>
       </x:c>
       <x:c r="B336" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C336" s="0">
-        <x:v>6.78</x:v>
+        <x:v>6.09</x:v>
       </x:c>
       <x:c r="D336" s="0">
-        <x:v>3662.7</x:v>
+        <x:v>3856.13</x:v>
       </x:c>
       <x:c r="E336" s="0">
-        <x:v>2526</x:v>
+        <x:v>2659.4</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:5">
       <x:c r="A337" s="1">
-        <x:v>45538.8245601852</x:v>
+        <x:v>45562.823912037</x:v>
       </x:c>
       <x:c r="B337" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C337" s="0">
-        <x:v>6.79</x:v>
+        <x:v>6.05</x:v>
       </x:c>
       <x:c r="D337" s="0">
-        <x:v>3658.35</x:v>
+        <x:v>3868.745</x:v>
       </x:c>
       <x:c r="E337" s="0">
-        <x:v>2523</x:v>
+        <x:v>2668.1</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:5">
       <x:c r="A338" s="1">
-        <x:v>45534.8412962963</x:v>
+        <x:v>45561.8249652778</x:v>
       </x:c>
       <x:c r="B338" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C338" s="0">
-        <x:v>6.77</x:v>
+        <x:v>5.94</x:v>
       </x:c>
       <x:c r="D338" s="0">
-        <x:v>3665.02</x:v>
+        <x:v>3907.605</x:v>
       </x:c>
       <x:c r="E338" s="0">
-        <x:v>2527.6</x:v>
+        <x:v>2694.9</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:5">
       <x:c r="A339" s="1">
-        <x:v>45533.8277083333</x:v>
+        <x:v>45560.8240740741</x:v>
       </x:c>
       <x:c r="B339" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C339" s="0">
-        <x:v>6.6</x:v>
+        <x:v>5.98</x:v>
       </x:c>
       <x:c r="D339" s="0">
-        <x:v>3712.435</x:v>
+        <x:v>3892.815</x:v>
       </x:c>
       <x:c r="E339" s="0">
-        <x:v>2560.3</x:v>
+        <x:v>2684.7</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:5">
       <x:c r="A340" s="1">
-        <x:v>45532.8353356481</x:v>
+        <x:v>45559.851412037</x:v>
       </x:c>
       <x:c r="B340" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C340" s="0">
-        <x:v>6.72</x:v>
+        <x:v>6.02</x:v>
       </x:c>
       <x:c r="D340" s="0">
-        <x:v>3679.81</x:v>
+        <x:v>3881.65</x:v>
       </x:c>
       <x:c r="E340" s="0">
-        <x:v>2537.8</x:v>
+        <x:v>2677</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:5">
       <x:c r="A341" s="1">
-        <x:v>45531.823587963</x:v>
+        <x:v>45558.8309490741</x:v>
       </x:c>
       <x:c r="B341" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C341" s="0">
-        <x:v>6.64</x:v>
+        <x:v>6.13</x:v>
       </x:c>
       <x:c r="D341" s="0">
-        <x:v>3701.705</x:v>
+        <x:v>3846.125</x:v>
       </x:c>
       <x:c r="E341" s="0">
-        <x:v>2552.9</x:v>
+        <x:v>2652.5</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:5">
       <x:c r="A342" s="1">
-        <x:v>45530.8248726852</x:v>
+        <x:v>45555.8241782407</x:v>
       </x:c>
       <x:c r="B342" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C342" s="0">
-        <x:v>6.63</x:v>
+        <x:v>6.16</x:v>
       </x:c>
       <x:c r="D342" s="0">
-        <x:v>3705.04</x:v>
+        <x:v>3836.99</x:v>
       </x:c>
       <x:c r="E342" s="0">
-        <x:v>2555.2</x:v>
+        <x:v>2646.2</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:5">
       <x:c r="A343" s="1">
-        <x:v>45527.8266782407</x:v>
+        <x:v>45554.8247453704</x:v>
       </x:c>
       <x:c r="B343" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C343" s="0">
-        <x:v>6.68</x:v>
+        <x:v>6.31</x:v>
       </x:c>
       <x:c r="D343" s="0">
-        <x:v>3692.135</x:v>
+        <x:v>3791.17</x:v>
       </x:c>
       <x:c r="E343" s="0">
-        <x:v>2546.3</x:v>
+        <x:v>2614.6</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:5">
       <x:c r="A344" s="1">
-        <x:v>45526.8242361111</x:v>
+        <x:v>45553.8253009259</x:v>
       </x:c>
       <x:c r="B344" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C344" s="0">
-        <x:v>6.84</x:v>
+        <x:v>6.39</x:v>
       </x:c>
       <x:c r="D344" s="0">
-        <x:v>3649.215</x:v>
+        <x:v>3767.97</x:v>
       </x:c>
       <x:c r="E344" s="0">
-        <x:v>2516.7</x:v>
+        <x:v>2598.6</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:5">
       <x:c r="A345" s="1">
-        <x:v>45525.8236111111</x:v>
+        <x:v>45552.8248263889</x:v>
       </x:c>
       <x:c r="B345" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C345" s="0">
-        <x:v>6.68</x:v>
+        <x:v>6.42</x:v>
       </x:c>
       <x:c r="D345" s="0">
-        <x:v>3693.875</x:v>
+        <x:v>3758.98</x:v>
       </x:c>
       <x:c r="E345" s="0">
-        <x:v>2547.5</x:v>
+        <x:v>2592.4</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:5">
       <x:c r="A346" s="1">
-        <x:v>45524.8463773148</x:v>
+        <x:v>45551.8616666667</x:v>
       </x:c>
       <x:c r="B346" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C346" s="0">
-        <x:v>6.66</x:v>
+        <x:v>6.34</x:v>
       </x:c>
       <x:c r="D346" s="0">
-        <x:v>3698.37</x:v>
+        <x:v>3782.905</x:v>
       </x:c>
       <x:c r="E346" s="0">
-        <x:v>2550.6</x:v>
+        <x:v>2608.9</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:5">
       <x:c r="A347" s="1">
-        <x:v>45523.8238078704</x:v>
+        <x:v>45548.8535069444</x:v>
       </x:c>
       <x:c r="B347" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C347" s="0">
-        <x:v>6.71</x:v>
+        <x:v>6.33</x:v>
       </x:c>
       <x:c r="D347" s="0">
-        <x:v>3684.885</x:v>
+        <x:v>3785.515</x:v>
       </x:c>
       <x:c r="E347" s="0">
-        <x:v>2541.3</x:v>
+        <x:v>2610.7</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:5">
       <x:c r="A348" s="1">
-        <x:v>45520.8387152778</x:v>
+        <x:v>45547.8246412037</x:v>
       </x:c>
       <x:c r="B348" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C348" s="0">
-        <x:v>6.73</x:v>
+        <x:v>6.49</x:v>
       </x:c>
       <x:c r="D348" s="0">
-        <x:v>3679.81</x:v>
+        <x:v>3741.87</x:v>
       </x:c>
       <x:c r="E348" s="0">
-        <x:v>2537.8</x:v>
+        <x:v>2580.6</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:5">
       <x:c r="A349" s="1">
-        <x:v>45519.824537037</x:v>
+        <x:v>45546.8256134259</x:v>
       </x:c>
       <x:c r="B349" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C349" s="0">
-        <x:v>6.98</x:v>
+        <x:v>6.69</x:v>
       </x:c>
       <x:c r="D349" s="0">
-        <x:v>3613.98</x:v>
+        <x:v>3686.48</x:v>
       </x:c>
       <x:c r="E349" s="0">
-        <x:v>2492.4</x:v>
+        <x:v>2542.4</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:5">
       <x:c r="A350" s="1">
-        <x:v>45518.8254513889</x:v>
+        <x:v>45545.8295023148</x:v>
       </x:c>
       <x:c r="B350" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C350" s="0">
-        <x:v>7.06</x:v>
+        <x:v>6.68</x:v>
       </x:c>
       <x:c r="D350" s="0">
-        <x:v>3595.565</x:v>
+        <x:v>3687.495</x:v>
       </x:c>
       <x:c r="E350" s="0">
-        <x:v>2479.7</x:v>
+        <x:v>2543.1</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:5">
       <x:c r="A351" s="1">
-        <x:v>45517.8237268518</x:v>
+        <x:v>45544.823587963</x:v>
       </x:c>
       <x:c r="B351" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C351" s="0">
-        <x:v>6.9</x:v>
+        <x:v>6.74</x:v>
       </x:c>
       <x:c r="D351" s="0">
-        <x:v>3636.31</x:v>
+        <x:v>3672.415</x:v>
       </x:c>
       <x:c r="E351" s="0">
-        <x:v>2507.8</x:v>
+        <x:v>2532.7</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:5">
       <x:c r="A352" s="1">
-        <x:v>45516.8280092593</x:v>
+        <x:v>45541.8395601852</x:v>
       </x:c>
       <x:c r="B352" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C352" s="0">
-        <x:v>6.92</x:v>
+        <x:v>6.78</x:v>
       </x:c>
       <x:c r="D352" s="0">
-        <x:v>3630.8</x:v>
+        <x:v>3660.67</x:v>
       </x:c>
       <x:c r="E352" s="0">
-        <x:v>2504</x:v>
+        <x:v>2524.6</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:5">
       <x:c r="A353" s="1">
-        <x:v>45513.823587963</x:v>
+        <x:v>45540.8719791667</x:v>
       </x:c>
       <x:c r="B353" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C353" s="0">
-        <x:v>7.1</x:v>
+        <x:v>6.69</x:v>
       </x:c>
       <x:c r="D353" s="0">
-        <x:v>3586.43</x:v>
+        <x:v>3687.495</x:v>
       </x:c>
       <x:c r="E353" s="0">
-        <x:v>2473.4</x:v>
+        <x:v>2543.1</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:5">
       <x:c r="A354" s="1">
-        <x:v>45512.8232060185</x:v>
+        <x:v>45539.8276967593</x:v>
       </x:c>
       <x:c r="B354" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C354" s="0">
-        <x:v>7.16</x:v>
+        <x:v>6.78</x:v>
       </x:c>
       <x:c r="D354" s="0">
-        <x:v>3571.785</x:v>
+        <x:v>3662.7</x:v>
       </x:c>
       <x:c r="E354" s="0">
-        <x:v>2463.3</x:v>
+        <x:v>2526</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:5">
       <x:c r="A355" s="1">
-        <x:v>45511.8235069444</x:v>
+        <x:v>45538.8245601852</x:v>
       </x:c>
       <x:c r="B355" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C355" s="0">
-        <x:v>7.34</x:v>
+        <x:v>6.79</x:v>
       </x:c>
       <x:c r="D355" s="0">
-        <x:v>3526.98</x:v>
+        <x:v>3658.35</x:v>
       </x:c>
       <x:c r="E355" s="0">
-        <x:v>2432.4</x:v>
+        <x:v>2523</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:5">
       <x:c r="A356" s="1">
-        <x:v>45510.8258912037</x:v>
+        <x:v>45534.8412962963</x:v>
       </x:c>
       <x:c r="B356" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C356" s="0">
-        <x:v>7.35</x:v>
+        <x:v>6.77</x:v>
       </x:c>
       <x:c r="D356" s="0">
-        <x:v>3525.82</x:v>
+        <x:v>3665.02</x:v>
       </x:c>
       <x:c r="E356" s="0">
-        <x:v>2431.6</x:v>
+        <x:v>2527.6</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:5">
       <x:c r="A357" s="1">
-        <x:v>45509.8261689815</x:v>
+        <x:v>45533.8277083333</x:v>
       </x:c>
       <x:c r="B357" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C357" s="0">
-        <x:v>7.27</x:v>
+        <x:v>6.6</x:v>
       </x:c>
       <x:c r="D357" s="0">
-        <x:v>3544.38</x:v>
+        <x:v>3712.435</x:v>
       </x:c>
       <x:c r="E357" s="0">
-        <x:v>2444.4</x:v>
+        <x:v>2560.3</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:5">
       <x:c r="A358" s="1">
-        <x:v>45506.8233912037</x:v>
+        <x:v>45532.8353356481</x:v>
       </x:c>
       <x:c r="B358" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C358" s="0">
-        <x:v>7.13</x:v>
+        <x:v>6.72</x:v>
       </x:c>
       <x:c r="D358" s="0">
-        <x:v>3581.21</x:v>
+        <x:v>3679.81</x:v>
       </x:c>
       <x:c r="E358" s="0">
-        <x:v>2469.8</x:v>
+        <x:v>2537.8</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:5">
       <x:c r="A359" s="1">
-        <x:v>45505.824212963</x:v>
+        <x:v>45531.823587963</x:v>
       </x:c>
       <x:c r="B359" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C359" s="0">
-        <x:v>7.06</x:v>
+        <x:v>6.64</x:v>
       </x:c>
       <x:c r="D359" s="0">
-        <x:v>3597.16</x:v>
+        <x:v>3701.705</x:v>
       </x:c>
       <x:c r="E359" s="0">
-        <x:v>2480.8</x:v>
+        <x:v>2552.9</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:5">
       <x:c r="A360" s="1">
-        <x:v>45504.8260185185</x:v>
+        <x:v>45530.8248726852</x:v>
       </x:c>
       <x:c r="B360" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C360" s="0">
-        <x:v>7.11</x:v>
+        <x:v>6.63</x:v>
       </x:c>
       <x:c r="D360" s="0">
-        <x:v>3585.85</x:v>
+        <x:v>3705.04</x:v>
       </x:c>
       <x:c r="E360" s="0">
-        <x:v>2473</x:v>
+        <x:v>2555.2</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:5">
       <x:c r="A361" s="1">
-        <x:v>45503.8250810185</x:v>
+        <x:v>45527.8266782407</x:v>
       </x:c>
       <x:c r="B361" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C361" s="0">
-        <x:v>7.23</x:v>
+        <x:v>6.68</x:v>
       </x:c>
       <x:c r="D361" s="0">
-        <x:v>3555.255</x:v>
+        <x:v>3692.135</x:v>
       </x:c>
       <x:c r="E361" s="0">
-        <x:v>2451.9</x:v>
+        <x:v>2546.3</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:5">
       <x:c r="A362" s="1">
-        <x:v>45502.8308912037</x:v>
+        <x:v>45526.8242361111</x:v>
       </x:c>
       <x:c r="B362" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C362" s="0">
-        <x:v>7.39</x:v>
+        <x:v>6.84</x:v>
       </x:c>
       <x:c r="D362" s="0">
-        <x:v>3516.975</x:v>
+        <x:v>3649.215</x:v>
       </x:c>
       <x:c r="E362" s="0">
-        <x:v>2425.5</x:v>
+        <x:v>2516.7</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:5">
       <x:c r="A363" s="1">
-        <x:v>45502.8255208333</x:v>
+        <x:v>45525.8236111111</x:v>
       </x:c>
       <x:c r="B363" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C363" s="0">
-        <x:v>7.39</x:v>
+        <x:v>6.68</x:v>
       </x:c>
       <x:c r="D363" s="0">
-        <x:v>3516.975</x:v>
+        <x:v>3693.875</x:v>
       </x:c>
       <x:c r="E363" s="0">
-        <x:v>2425.5</x:v>
+        <x:v>2547.5</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:5">
       <x:c r="A364" s="1">
+        <x:v>45524.8463773148</x:v>
+      </x:c>
+      <x:c r="B364" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C364" s="0">
+        <x:v>6.66</x:v>
+      </x:c>
+      <x:c r="D364" s="0">
+        <x:v>3698.37</x:v>
+      </x:c>
+      <x:c r="E364" s="0">
+        <x:v>2550.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="365" spans="1:5">
+      <x:c r="A365" s="1">
+        <x:v>45523.8238078704</x:v>
+      </x:c>
+      <x:c r="B365" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C365" s="0">
+        <x:v>6.71</x:v>
+      </x:c>
+      <x:c r="D365" s="0">
+        <x:v>3684.885</x:v>
+      </x:c>
+      <x:c r="E365" s="0">
+        <x:v>2541.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="366" spans="1:5">
+      <x:c r="A366" s="1">
+        <x:v>45520.8387152778</x:v>
+      </x:c>
+      <x:c r="B366" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C366" s="0">
+        <x:v>6.73</x:v>
+      </x:c>
+      <x:c r="D366" s="0">
+        <x:v>3679.81</x:v>
+      </x:c>
+      <x:c r="E366" s="0">
+        <x:v>2537.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="367" spans="1:5">
+      <x:c r="A367" s="1">
+        <x:v>45519.824537037</x:v>
+      </x:c>
+      <x:c r="B367" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C367" s="0">
+        <x:v>6.98</x:v>
+      </x:c>
+      <x:c r="D367" s="0">
+        <x:v>3613.98</x:v>
+      </x:c>
+      <x:c r="E367" s="0">
+        <x:v>2492.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="368" spans="1:5">
+      <x:c r="A368" s="1">
+        <x:v>45518.8254513889</x:v>
+      </x:c>
+      <x:c r="B368" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C368" s="0">
+        <x:v>7.06</x:v>
+      </x:c>
+      <x:c r="D368" s="0">
+        <x:v>3595.565</x:v>
+      </x:c>
+      <x:c r="E368" s="0">
+        <x:v>2479.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="369" spans="1:5">
+      <x:c r="A369" s="1">
+        <x:v>45517.8237268518</x:v>
+      </x:c>
+      <x:c r="B369" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C369" s="0">
+        <x:v>6.9</x:v>
+      </x:c>
+      <x:c r="D369" s="0">
+        <x:v>3636.31</x:v>
+      </x:c>
+      <x:c r="E369" s="0">
+        <x:v>2507.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="370" spans="1:5">
+      <x:c r="A370" s="1">
+        <x:v>45516.8280092593</x:v>
+      </x:c>
+      <x:c r="B370" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C370" s="0">
+        <x:v>6.92</x:v>
+      </x:c>
+      <x:c r="D370" s="0">
+        <x:v>3630.8</x:v>
+      </x:c>
+      <x:c r="E370" s="0">
+        <x:v>2504</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="371" spans="1:5">
+      <x:c r="A371" s="1">
+        <x:v>45513.823587963</x:v>
+      </x:c>
+      <x:c r="B371" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C371" s="0">
+        <x:v>7.1</x:v>
+      </x:c>
+      <x:c r="D371" s="0">
+        <x:v>3586.43</x:v>
+      </x:c>
+      <x:c r="E371" s="0">
+        <x:v>2473.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="372" spans="1:5">
+      <x:c r="A372" s="1">
+        <x:v>45512.8232060185</x:v>
+      </x:c>
+      <x:c r="B372" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C372" s="0">
+        <x:v>7.16</x:v>
+      </x:c>
+      <x:c r="D372" s="0">
+        <x:v>3571.785</x:v>
+      </x:c>
+      <x:c r="E372" s="0">
+        <x:v>2463.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="373" spans="1:5">
+      <x:c r="A373" s="1">
+        <x:v>45511.8235069444</x:v>
+      </x:c>
+      <x:c r="B373" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C373" s="0">
+        <x:v>7.34</x:v>
+      </x:c>
+      <x:c r="D373" s="0">
+        <x:v>3526.98</x:v>
+      </x:c>
+      <x:c r="E373" s="0">
+        <x:v>2432.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="374" spans="1:5">
+      <x:c r="A374" s="1">
+        <x:v>45510.8258912037</x:v>
+      </x:c>
+      <x:c r="B374" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C374" s="0">
+        <x:v>7.35</x:v>
+      </x:c>
+      <x:c r="D374" s="0">
+        <x:v>3525.82</x:v>
+      </x:c>
+      <x:c r="E374" s="0">
+        <x:v>2431.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="375" spans="1:5">
+      <x:c r="A375" s="1">
+        <x:v>45509.8261689815</x:v>
+      </x:c>
+      <x:c r="B375" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C375" s="0">
+        <x:v>7.27</x:v>
+      </x:c>
+      <x:c r="D375" s="0">
+        <x:v>3544.38</x:v>
+      </x:c>
+      <x:c r="E375" s="0">
+        <x:v>2444.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="376" spans="1:5">
+      <x:c r="A376" s="1">
+        <x:v>45506.8233912037</x:v>
+      </x:c>
+      <x:c r="B376" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C376" s="0">
+        <x:v>7.13</x:v>
+      </x:c>
+      <x:c r="D376" s="0">
+        <x:v>3581.21</x:v>
+      </x:c>
+      <x:c r="E376" s="0">
+        <x:v>2469.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="377" spans="1:5">
+      <x:c r="A377" s="1">
+        <x:v>45505.824212963</x:v>
+      </x:c>
+      <x:c r="B377" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C377" s="0">
+        <x:v>7.06</x:v>
+      </x:c>
+      <x:c r="D377" s="0">
+        <x:v>3597.16</x:v>
+      </x:c>
+      <x:c r="E377" s="0">
+        <x:v>2480.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="378" spans="1:5">
+      <x:c r="A378" s="1">
+        <x:v>45504.8260185185</x:v>
+      </x:c>
+      <x:c r="B378" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C378" s="0">
+        <x:v>7.11</x:v>
+      </x:c>
+      <x:c r="D378" s="0">
+        <x:v>3585.85</x:v>
+      </x:c>
+      <x:c r="E378" s="0">
+        <x:v>2473</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="379" spans="1:5">
+      <x:c r="A379" s="1">
+        <x:v>45503.8250810185</x:v>
+      </x:c>
+      <x:c r="B379" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C379" s="0">
+        <x:v>7.23</x:v>
+      </x:c>
+      <x:c r="D379" s="0">
+        <x:v>3555.255</x:v>
+      </x:c>
+      <x:c r="E379" s="0">
+        <x:v>2451.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="380" spans="1:5">
+      <x:c r="A380" s="1">
+        <x:v>45502.8308912037</x:v>
+      </x:c>
+      <x:c r="B380" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C380" s="0">
+        <x:v>7.39</x:v>
+      </x:c>
+      <x:c r="D380" s="0">
+        <x:v>3516.975</x:v>
+      </x:c>
+      <x:c r="E380" s="0">
+        <x:v>2425.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="381" spans="1:5">
+      <x:c r="A381" s="1">
+        <x:v>45502.8255208333</x:v>
+      </x:c>
+      <x:c r="B381" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C381" s="0">
+        <x:v>7.39</x:v>
+      </x:c>
+      <x:c r="D381" s="0">
+        <x:v>3516.975</x:v>
+      </x:c>
+      <x:c r="E381" s="0">
+        <x:v>2425.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="382" spans="1:5">
+      <x:c r="A382" s="1">
         <x:v>45499.8269907407</x:v>
       </x:c>
-      <x:c r="B364" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C364" s="0">
+      <x:c r="B382" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C382" s="0">
         <x:v>7.38</x:v>
       </x:c>
-      <x:c r="D364" s="0">
+      <x:c r="D382" s="0">
         <x:v>3520.455</x:v>
       </x:c>
-      <x:c r="E364" s="0">
+      <x:c r="E382" s="0">
         <x:v>2427.9</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>