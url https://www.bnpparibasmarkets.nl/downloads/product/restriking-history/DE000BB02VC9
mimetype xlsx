--- v3 (2026-02-10)
+++ v4 (2026-03-20)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c6c30f61b954143" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/98caa64f5147438891634caa68907141.psmdcp" Id="R44fd41f681524adc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra0cef39264734464" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2be1c665c78548b5bbfcca368182de05.psmdcp" Id="R4d949d7b6d734960" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>DE000BB02VC9</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -390,6540 +390,7050 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E382"/>
+  <x:dimension ref="A1:E412"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>46062.9109722222</x:v>
+        <x:v>46100.7845486111</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
-        <x:v>1.51</x:v>
+        <x:v>1.77</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>7365.13</x:v>
+        <x:v>6678.265</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>5079.4</x:v>
+        <x:v>4605.7</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>46062.8648842593</x:v>
+        <x:v>46099.8486458333</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
-        <x:v>1.51</x:v>
+        <x:v>1.59</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>7365.13</x:v>
+        <x:v>7099.49</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>5079.4</x:v>
+        <x:v>4896.2</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>46059.8655787037</x:v>
+        <x:v>46099.786400463</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
-        <x:v>1.58</x:v>
+        <x:v>1.59</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>7220.71</x:v>
+        <x:v>7099.49</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>4979.8</x:v>
+        <x:v>4896.2</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>46058.8171412037</x:v>
+        <x:v>46098.7806481481</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
-        <x:v>1.64</x:v>
+        <x:v>1.52</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>7089.775</x:v>
+        <x:v>7261.89</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>4889.5</x:v>
+        <x:v>5008.2</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>46057.8355092593</x:v>
+        <x:v>46097.7845138889</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
-        <x:v>1.6</x:v>
+        <x:v>1.52</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>7178.66</x:v>
+        <x:v>7253.19</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>4950.8</x:v>
+        <x:v>5002.2</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>46056.8221759259</x:v>
+        <x:v>46094.7813310185</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
-        <x:v>1.61</x:v>
+        <x:v>1.49</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>7155.75</x:v>
+        <x:v>7339.465</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>4935</x:v>
+        <x:v>5061.7</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>46055.8181481482</x:v>
+        <x:v>46093.7868055556</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
-        <x:v>1.83</x:v>
+        <x:v>1.45</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>6746.27</x:v>
+        <x:v>7432.41</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>4652.6</x:v>
+        <x:v>5125.8</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>46052.8217476852</x:v>
+        <x:v>46091.8213425926</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
-        <x:v>1.76</x:v>
+        <x:v>1.39</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>6880.395</x:v>
+        <x:v>7601.045</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>4745.1</x:v>
+        <x:v>5242.1</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>46051.9028240741</x:v>
+        <x:v>46090.784837963</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
-        <x:v>1.43</x:v>
+        <x:v>1.47</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>7764.46</x:v>
+        <x:v>7400.365</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>5354.8</x:v>
+        <x:v>5103.7</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>46051.8152314815</x:v>
+        <x:v>46087.8165162037</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C12" s="0">
-        <x:v>1.46</x:v>
+        <x:v>1.44</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>7690.22</x:v>
+        <x:v>7480.115</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>5303.6</x:v>
+        <x:v>5158.7</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>46050.8226157407</x:v>
+        <x:v>46086.8161805556</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0">
-        <x:v>1.44</x:v>
+        <x:v>1.49</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>7743.29</x:v>
+        <x:v>7364.115</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>5340.2</x:v>
+        <x:v>5078.7</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>46050.8133796296</x:v>
+        <x:v>46085.8162615741</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C14" s="0">
-        <x:v>1.44</x:v>
+        <x:v>1.45</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>7743.29</x:v>
+        <x:v>7445.315</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>5340.2</x:v>
+        <x:v>5134.7</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>46049.8227083333</x:v>
+        <x:v>46084.8163773148</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
-        <x:v>1.58</x:v>
+        <x:v>1.46</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>7424.87</x:v>
+        <x:v>7429.365</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>5120.6</x:v>
+        <x:v>5123.7</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>46048.8231134259</x:v>
+        <x:v>46083.8163078704</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C16" s="0">
-        <x:v>1.58</x:v>
+        <x:v>1.36</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>7427.335</x:v>
+        <x:v>7701.82</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>5122.3</x:v>
+        <x:v>5311.6</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>46045.8273148148</x:v>
+        <x:v>46080.819837963</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C17" s="0">
-        <x:v>1.65</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>7274.65</x:v>
+        <x:v>7609.455</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>4979.7</x:v>
+        <x:v>5247.9</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>46044.8500231481</x:v>
+        <x:v>46079.8165856482</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="0">
-        <x:v>1.69</x:v>
+        <x:v>1.43</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>7124.43</x:v>
+        <x:v>7531.59</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>4913.4</x:v>
+        <x:v>5194.2</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>46043.8455324074</x:v>
+        <x:v>46078.8752083333</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C19" s="0">
-        <x:v>1.75</x:v>
+        <x:v>1.41</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>7014.375</x:v>
+        <x:v>7577.99</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>4837.5</x:v>
+        <x:v>5226.2</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
-        <x:v>46042.8283333333</x:v>
+        <x:v>46077.8168055556</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C20" s="0">
-        <x:v>1.8</x:v>
+        <x:v>1.44</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>6910.41</x:v>
+        <x:v>7505.635</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>4765.8</x:v>
+        <x:v>5176.3</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="1">
-        <x:v>46038.8262615741</x:v>
+        <x:v>46076.8162152778</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C21" s="0">
-        <x:v>1.95</x:v>
+        <x:v>1.41</x:v>
       </x:c>
       <x:c r="D21" s="0">
-        <x:v>6663.33</x:v>
+        <x:v>7577.12</x:v>
       </x:c>
       <x:c r="E21" s="0">
-        <x:v>4595.4</x:v>
+        <x:v>5225.6</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="1">
-        <x:v>46037.8245717593</x:v>
+        <x:v>46073.8161921296</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C22" s="0">
-        <x:v>1.92</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="D22" s="0">
-        <x:v>6704.365</x:v>
+        <x:v>7367.305</x:v>
       </x:c>
       <x:c r="E22" s="0">
-        <x:v>4623.7</x:v>
+        <x:v>5080.9</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="1">
-        <x:v>46036.824849537</x:v>
+        <x:v>46072.9091203704</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C23" s="0">
-        <x:v>1.91</x:v>
+        <x:v>1.55</x:v>
       </x:c>
       <x:c r="D23" s="0">
-        <x:v>6721.765</x:v>
+        <x:v>7246.23</x:v>
       </x:c>
       <x:c r="E23" s="0">
-        <x:v>4635.7</x:v>
+        <x:v>4997.4</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="1">
-        <x:v>46035.8275810185</x:v>
+        <x:v>46072.8718402778</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C24" s="0">
-        <x:v>1.94</x:v>
+        <x:v>1.55</x:v>
       </x:c>
       <x:c r="D24" s="0">
-        <x:v>6668.695</x:v>
+        <x:v>7246.23</x:v>
       </x:c>
       <x:c r="E24" s="0">
-        <x:v>4599.1</x:v>
+        <x:v>4997.4</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="1">
-        <x:v>46034.8259375</x:v>
+        <x:v>46072.8585185185</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C25" s="0">
-        <x:v>1.93</x:v>
+        <x:v>1.55</x:v>
       </x:c>
       <x:c r="D25" s="0">
-        <x:v>6691.315</x:v>
+        <x:v>7246.23</x:v>
       </x:c>
       <x:c r="E25" s="0">
-        <x:v>4614.7</x:v>
+        <x:v>4997.4</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="1">
-        <x:v>46031.8225925926</x:v>
+        <x:v>46072.8161921296</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C26" s="0">
-        <x:v>2.03</x:v>
+        <x:v>1.55</x:v>
       </x:c>
       <x:c r="D26" s="0">
-        <x:v>6526.305</x:v>
+        <x:v>7246.23</x:v>
       </x:c>
       <x:c r="E26" s="0">
-        <x:v>4500.9</x:v>
+        <x:v>4997.4</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="1">
-        <x:v>46030.8292592593</x:v>
+        <x:v>46071.8163773148</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C27" s="0">
-        <x:v>2.07</x:v>
+        <x:v>1.54</x:v>
       </x:c>
       <x:c r="D27" s="0">
-        <x:v>6468.015</x:v>
+        <x:v>7263.775</x:v>
       </x:c>
       <x:c r="E27" s="0">
-        <x:v>4460.7</x:v>
+        <x:v>5009.5</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="1">
-        <x:v>46029.8237037037</x:v>
+        <x:v>46070.8161689815</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C28" s="0">
-        <x:v>2.07</x:v>
+        <x:v>1.61</x:v>
       </x:c>
       <x:c r="D28" s="0">
-        <x:v>6470.625</x:v>
+        <x:v>7113.555</x:v>
       </x:c>
       <x:c r="E28" s="0">
-        <x:v>4462.5</x:v>
+        <x:v>4905.9</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="1">
-        <x:v>46028.8240972222</x:v>
+        <x:v>46066.8163657407</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C29" s="0">
-        <x:v>2.04</x:v>
+        <x:v>1.53</x:v>
       </x:c>
       <x:c r="D29" s="0">
-        <x:v>6519.345</x:v>
+        <x:v>7317.135</x:v>
       </x:c>
       <x:c r="E29" s="0">
-        <x:v>4496.1</x:v>
+        <x:v>5046.3</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="1">
-        <x:v>46027.8219097222</x:v>
+        <x:v>46065.8162962963</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C30" s="0">
-        <x:v>2.08</x:v>
+        <x:v>1.59</x:v>
       </x:c>
       <x:c r="D30" s="0">
-        <x:v>6454.675</x:v>
+        <x:v>7175.18</x:v>
       </x:c>
       <x:c r="E30" s="0">
-        <x:v>4451.5</x:v>
+        <x:v>4948.4</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="1">
-        <x:v>46024.8229976852</x:v>
+        <x:v>46064.8162152778</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C31" s="0">
-        <x:v>2.21</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="D31" s="0">
-        <x:v>6277.92</x:v>
+        <x:v>7392.825</x:v>
       </x:c>
       <x:c r="E31" s="0">
-        <x:v>4329.6</x:v>
+        <x:v>5098.5</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="1">
-        <x:v>46021.8342708333</x:v>
+        <x:v>46063.816400463</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C32" s="0">
-        <x:v>2.15</x:v>
+        <x:v>1.54</x:v>
       </x:c>
       <x:c r="D32" s="0">
-        <x:v>6360.135</x:v>
+        <x:v>7294.95</x:v>
       </x:c>
       <x:c r="E32" s="0">
-        <x:v>4386.3</x:v>
+        <x:v>5031</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="1">
-        <x:v>46020.8393171296</x:v>
+        <x:v>46062.9109722222</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C33" s="0">
-        <x:v>2.19</x:v>
+        <x:v>1.51</x:v>
       </x:c>
       <x:c r="D33" s="0">
-        <x:v>6298.22</x:v>
+        <x:v>7365.13</x:v>
       </x:c>
       <x:c r="E33" s="0">
-        <x:v>4343.6</x:v>
+        <x:v>5079.4</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="1">
-        <x:v>46014.8341898148</x:v>
+        <x:v>46062.8648842593</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C34" s="0">
-        <x:v>2.05</x:v>
+        <x:v>1.51</x:v>
       </x:c>
       <x:c r="D34" s="0">
-        <x:v>6533.265</x:v>
+        <x:v>7365.13</x:v>
       </x:c>
       <x:c r="E34" s="0">
-        <x:v>4505.7</x:v>
+        <x:v>5079.4</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="1">
-        <x:v>46013.830787037</x:v>
+        <x:v>46059.8655787037</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C35" s="0">
-        <x:v>2.08</x:v>
+        <x:v>1.58</x:v>
       </x:c>
       <x:c r="D35" s="0">
-        <x:v>6480.63</x:v>
+        <x:v>7220.71</x:v>
       </x:c>
       <x:c r="E35" s="0">
-        <x:v>4469.4</x:v>
+        <x:v>4979.8</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="1">
-        <x:v>46010.8267476852</x:v>
+        <x:v>46058.8171412037</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C36" s="0">
-        <x:v>2.16</x:v>
+        <x:v>1.64</x:v>
       </x:c>
       <x:c r="D36" s="0">
-        <x:v>6361.585</x:v>
+        <x:v>7089.775</x:v>
       </x:c>
       <x:c r="E36" s="0">
-        <x:v>4387.3</x:v>
+        <x:v>4889.5</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="1">
-        <x:v>46009.8283333333</x:v>
+        <x:v>46057.8355092593</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C37" s="0">
-        <x:v>2.19</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="D37" s="0">
-        <x:v>6328.525</x:v>
+        <x:v>7178.66</x:v>
       </x:c>
       <x:c r="E37" s="0">
-        <x:v>4364.5</x:v>
+        <x:v>4950.8</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="1">
-        <x:v>46008.8262962963</x:v>
+        <x:v>46056.8221759259</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C38" s="0">
-        <x:v>2.18</x:v>
+        <x:v>1.61</x:v>
       </x:c>
       <x:c r="D38" s="0">
-        <x:v>6342.155</x:v>
+        <x:v>7155.75</x:v>
       </x:c>
       <x:c r="E38" s="0">
-        <x:v>4373.9</x:v>
+        <x:v>4935</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="1">
-        <x:v>46007.8233564815</x:v>
+        <x:v>46055.8181481482</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C39" s="0">
-        <x:v>2.22</x:v>
+        <x:v>1.83</x:v>
       </x:c>
       <x:c r="D39" s="0">
-        <x:v>6281.835</x:v>
+        <x:v>6746.27</x:v>
       </x:c>
       <x:c r="E39" s="0">
-        <x:v>4332.3</x:v>
+        <x:v>4652.6</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="1">
-        <x:v>46006.8309722222</x:v>
+        <x:v>46052.8217476852</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C40" s="0">
-        <x:v>2.22</x:v>
+        <x:v>1.76</x:v>
       </x:c>
       <x:c r="D40" s="0">
-        <x:v>6286.04</x:v>
+        <x:v>6880.395</x:v>
       </x:c>
       <x:c r="E40" s="0">
-        <x:v>4335.2</x:v>
+        <x:v>4745.1</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="1">
-        <x:v>46003.8253125</x:v>
+        <x:v>46051.9028240741</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C41" s="0">
-        <x:v>2.23</x:v>
+        <x:v>1.43</x:v>
       </x:c>
       <x:c r="D41" s="0">
-        <x:v>6276.035</x:v>
+        <x:v>7764.46</x:v>
       </x:c>
       <x:c r="E41" s="0">
-        <x:v>4328.3</x:v>
+        <x:v>5354.8</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="1">
-        <x:v>46002.8233564815</x:v>
+        <x:v>46051.8152314815</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C42" s="0">
-        <x:v>2.24</x:v>
+        <x:v>1.46</x:v>
       </x:c>
       <x:c r="D42" s="0">
-        <x:v>6253.85</x:v>
+        <x:v>7690.22</x:v>
       </x:c>
       <x:c r="E42" s="0">
-        <x:v>4313</x:v>
+        <x:v>5303.6</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="1">
-        <x:v>46001.824849537</x:v>
+        <x:v>46050.8226157407</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C43" s="0">
-        <x:v>2.34</x:v>
+        <x:v>1.44</x:v>
       </x:c>
       <x:c r="D43" s="0">
-        <x:v>6125.815</x:v>
+        <x:v>7743.29</x:v>
       </x:c>
       <x:c r="E43" s="0">
-        <x:v>4224.7</x:v>
+        <x:v>5340.2</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="1">
-        <x:v>46000.8228009259</x:v>
+        <x:v>46050.8133796296</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C44" s="0">
-        <x:v>2.33</x:v>
+        <x:v>1.44</x:v>
       </x:c>
       <x:c r="D44" s="0">
-        <x:v>6142.49</x:v>
+        <x:v>7743.29</x:v>
       </x:c>
       <x:c r="E44" s="0">
-        <x:v>4236.2</x:v>
+        <x:v>5340.2</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="1">
-        <x:v>45999.8272106481</x:v>
+        <x:v>46049.8227083333</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C45" s="0">
-        <x:v>2.35</x:v>
+        <x:v>1.58</x:v>
       </x:c>
       <x:c r="D45" s="0">
-        <x:v>6115.665</x:v>
+        <x:v>7424.87</x:v>
       </x:c>
       <x:c r="E45" s="0">
-        <x:v>4217.7</x:v>
+        <x:v>5120.6</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="1">
-        <x:v>45996.8263078704</x:v>
+        <x:v>46048.8231134259</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C46" s="0">
-        <x:v>2.32</x:v>
+        <x:v>1.58</x:v>
       </x:c>
       <x:c r="D46" s="0">
-        <x:v>6152.35</x:v>
+        <x:v>7427.335</x:v>
       </x:c>
       <x:c r="E46" s="0">
-        <x:v>4243</x:v>
+        <x:v>5122.3</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="1">
-        <x:v>45995.8232291667</x:v>
+        <x:v>46045.8273148148</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C47" s="0">
-        <x:v>2.32</x:v>
+        <x:v>1.65</x:v>
       </x:c>
       <x:c r="D47" s="0">
-        <x:v>6152.35</x:v>
+        <x:v>7274.65</x:v>
       </x:c>
       <x:c r="E47" s="0">
-        <x:v>4243</x:v>
+        <x:v>4979.7</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5">
       <x:c r="A48" s="1">
-        <x:v>45994.8237037037</x:v>
+        <x:v>46044.8500231481</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C48" s="0">
-        <x:v>2.33</x:v>
+        <x:v>1.69</x:v>
       </x:c>
       <x:c r="D48" s="0">
-        <x:v>6137.125</x:v>
+        <x:v>7124.43</x:v>
       </x:c>
       <x:c r="E48" s="0">
-        <x:v>4232.5</x:v>
+        <x:v>4913.4</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
       <x:c r="A49" s="1">
-        <x:v>45993.8229398148</x:v>
+        <x:v>46043.8455324074</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C49" s="0">
-        <x:v>2.34</x:v>
+        <x:v>1.75</x:v>
       </x:c>
       <x:c r="D49" s="0">
-        <x:v>6120.16</x:v>
+        <x:v>7014.375</x:v>
       </x:c>
       <x:c r="E49" s="0">
-        <x:v>4220.8</x:v>
+        <x:v>4837.5</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5">
       <x:c r="A50" s="1">
-        <x:v>45992.8242939815</x:v>
+        <x:v>46042.8283333333</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C50" s="0">
-        <x:v>2.29</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="D50" s="0">
-        <x:v>6198.46</x:v>
+        <x:v>6910.41</x:v>
       </x:c>
       <x:c r="E50" s="0">
-        <x:v>4274.8</x:v>
+        <x:v>4765.8</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5">
       <x:c r="A51" s="1">
-        <x:v>45989.8354861111</x:v>
+        <x:v>46038.8262615741</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C51" s="0">
-        <x:v>2.31</x:v>
+        <x:v>1.95</x:v>
       </x:c>
       <x:c r="D51" s="0">
-        <x:v>6169.605</x:v>
+        <x:v>6663.33</x:v>
       </x:c>
       <x:c r="E51" s="0">
-        <x:v>4254.9</x:v>
+        <x:v>4595.4</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5">
       <x:c r="A52" s="1">
-        <x:v>45987.8265162037</x:v>
+        <x:v>46037.8245717593</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C52" s="0">
-        <x:v>2.37</x:v>
+        <x:v>1.92</x:v>
       </x:c>
       <x:c r="D52" s="0">
-        <x:v>6093.335</x:v>
+        <x:v>6704.365</x:v>
       </x:c>
       <x:c r="E52" s="0">
-        <x:v>4202.3</x:v>
+        <x:v>4623.7</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5">
       <x:c r="A53" s="1">
-        <x:v>45986.8420486111</x:v>
+        <x:v>46036.824849537</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C53" s="0">
-        <x:v>2.4</x:v>
+        <x:v>1.91</x:v>
       </x:c>
       <x:c r="D53" s="0">
-        <x:v>6057.085</x:v>
+        <x:v>6721.765</x:v>
       </x:c>
       <x:c r="E53" s="0">
-        <x:v>4177.3</x:v>
+        <x:v>4635.7</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5">
       <x:c r="A54" s="1">
-        <x:v>45985.8473032407</x:v>
+        <x:v>46035.8275810185</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C54" s="0">
-        <x:v>2.45</x:v>
+        <x:v>1.94</x:v>
       </x:c>
       <x:c r="D54" s="0">
-        <x:v>5989.66</x:v>
+        <x:v>6668.695</x:v>
       </x:c>
       <x:c r="E54" s="0">
-        <x:v>4130.8</x:v>
+        <x:v>4599.1</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5">
       <x:c r="A55" s="1">
-        <x:v>45982.8240972222</x:v>
+        <x:v>46034.8259375</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C55" s="0">
-        <x:v>2.47</x:v>
+        <x:v>1.93</x:v>
       </x:c>
       <x:c r="D55" s="0">
-        <x:v>5968.2</x:v>
+        <x:v>6691.315</x:v>
       </x:c>
       <x:c r="E55" s="0">
-        <x:v>4116</x:v>
+        <x:v>4614.7</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5">
       <x:c r="A56" s="1">
-        <x:v>45981.858912037</x:v>
+        <x:v>46031.8225925926</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C56" s="0">
-        <x:v>2.5</x:v>
+        <x:v>2.03</x:v>
       </x:c>
       <x:c r="D56" s="0">
-        <x:v>5938.765</x:v>
+        <x:v>6526.305</x:v>
       </x:c>
       <x:c r="E56" s="0">
-        <x:v>4060</x:v>
+        <x:v>4500.9</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:5">
       <x:c r="A57" s="1">
-        <x:v>45980.8244444444</x:v>
+        <x:v>46030.8292592593</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C57" s="0">
-        <x:v>2.47</x:v>
+        <x:v>2.07</x:v>
       </x:c>
       <x:c r="D57" s="0">
-        <x:v>5920.06</x:v>
+        <x:v>6468.015</x:v>
       </x:c>
       <x:c r="E57" s="0">
-        <x:v>4082.8</x:v>
+        <x:v>4460.7</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:5">
       <x:c r="A58" s="1">
-        <x:v>45979.8891898148</x:v>
+        <x:v>46029.8237037037</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C58" s="0">
-        <x:v>2.49</x:v>
+        <x:v>2.07</x:v>
       </x:c>
       <x:c r="D58" s="0">
-        <x:v>5896.425</x:v>
+        <x:v>6470.625</x:v>
       </x:c>
       <x:c r="E58" s="0">
-        <x:v>4066.5</x:v>
+        <x:v>4462.5</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:5">
       <x:c r="A59" s="1">
-        <x:v>45978.8251967593</x:v>
+        <x:v>46028.8240972222</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C59" s="0">
-        <x:v>2.48</x:v>
+        <x:v>2.04</x:v>
       </x:c>
       <x:c r="D59" s="0">
-        <x:v>5908.025</x:v>
+        <x:v>6519.345</x:v>
       </x:c>
       <x:c r="E59" s="0">
-        <x:v>4074.5</x:v>
+        <x:v>4496.1</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:5">
       <x:c r="A60" s="1">
-        <x:v>45975.8263078704</x:v>
+        <x:v>46027.8219097222</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C60" s="0">
-        <x:v>2.46</x:v>
+        <x:v>2.08</x:v>
       </x:c>
       <x:c r="D60" s="0">
-        <x:v>5936.59</x:v>
+        <x:v>6454.675</x:v>
       </x:c>
       <x:c r="E60" s="0">
-        <x:v>4094.2</x:v>
+        <x:v>4451.5</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:5">
       <x:c r="A61" s="1">
-        <x:v>45974.8559606482</x:v>
+        <x:v>46024.8229976852</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C61" s="0">
-        <x:v>2.34</x:v>
+        <x:v>2.21</x:v>
       </x:c>
       <x:c r="D61" s="0">
-        <x:v>6082.025</x:v>
+        <x:v>6277.92</x:v>
       </x:c>
       <x:c r="E61" s="0">
-        <x:v>4194.5</x:v>
+        <x:v>4329.6</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:5">
       <x:c r="A62" s="1">
-        <x:v>45973.8250115741</x:v>
+        <x:v>46021.8342708333</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C62" s="0">
-        <x:v>2.32</x:v>
+        <x:v>2.15</x:v>
       </x:c>
       <x:c r="D62" s="0">
-        <x:v>6109.72</x:v>
+        <x:v>6360.135</x:v>
       </x:c>
       <x:c r="E62" s="0">
-        <x:v>4213.6</x:v>
+        <x:v>4386.3</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:5">
       <x:c r="A63" s="1">
-        <x:v>45972.8325231482</x:v>
+        <x:v>46020.8393171296</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C63" s="0">
-        <x:v>2.44</x:v>
+        <x:v>2.19</x:v>
       </x:c>
       <x:c r="D63" s="0">
-        <x:v>5968.635</x:v>
+        <x:v>6298.22</x:v>
       </x:c>
       <x:c r="E63" s="0">
-        <x:v>4116.3</x:v>
+        <x:v>4343.6</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:5">
       <x:c r="A64" s="1">
-        <x:v>45971.8316087963</x:v>
+        <x:v>46014.8341898148</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C64" s="0">
-        <x:v>2.43</x:v>
+        <x:v>2.05</x:v>
       </x:c>
       <x:c r="D64" s="0">
-        <x:v>5976.9</x:v>
+        <x:v>6533.265</x:v>
       </x:c>
       <x:c r="E64" s="0">
-        <x:v>4122</x:v>
+        <x:v>4505.7</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:5">
       <x:c r="A65" s="1">
-        <x:v>45968.8265277778</x:v>
+        <x:v>46013.830787037</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C65" s="0">
-        <x:v>2.58</x:v>
+        <x:v>2.08</x:v>
       </x:c>
       <x:c r="D65" s="0">
-        <x:v>5814.21</x:v>
+        <x:v>6480.63</x:v>
       </x:c>
       <x:c r="E65" s="0">
-        <x:v>4009.8</x:v>
+        <x:v>4469.4</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:5">
       <x:c r="A66" s="1">
-        <x:v>45967.8567361111</x:v>
+        <x:v>46010.8267476852</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C66" s="0">
-        <x:v>2.6</x:v>
+        <x:v>2.16</x:v>
       </x:c>
       <x:c r="D66" s="0">
-        <x:v>5786.95</x:v>
+        <x:v>6361.585</x:v>
       </x:c>
       <x:c r="E66" s="0">
-        <x:v>3991</x:v>
+        <x:v>4387.3</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:5">
       <x:c r="A67" s="1">
-        <x:v>45966.8257638889</x:v>
+        <x:v>46009.8283333333</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C67" s="0">
-        <x:v>2.6</x:v>
+        <x:v>2.19</x:v>
       </x:c>
       <x:c r="D67" s="0">
-        <x:v>5789.705</x:v>
+        <x:v>6328.525</x:v>
       </x:c>
       <x:c r="E67" s="0">
-        <x:v>3992.9</x:v>
+        <x:v>4364.5</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:5">
       <x:c r="A68" s="1">
-        <x:v>45965.8372800926</x:v>
+        <x:v>46008.8262962963</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C68" s="0">
-        <x:v>2.64</x:v>
+        <x:v>2.18</x:v>
       </x:c>
       <x:c r="D68" s="0">
-        <x:v>5742.725</x:v>
+        <x:v>6342.155</x:v>
       </x:c>
       <x:c r="E68" s="0">
-        <x:v>3960.5</x:v>
+        <x:v>4373.9</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:5">
       <x:c r="A69" s="1">
-        <x:v>45964.8250925926</x:v>
+        <x:v>46007.8233564815</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C69" s="0">
-        <x:v>2.57</x:v>
+        <x:v>2.22</x:v>
       </x:c>
       <x:c r="D69" s="0">
-        <x:v>5820.3</x:v>
+        <x:v>6281.835</x:v>
       </x:c>
       <x:c r="E69" s="0">
-        <x:v>4014</x:v>
+        <x:v>4332.3</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:5">
       <x:c r="A70" s="1">
-        <x:v>45961.7823032407</x:v>
+        <x:v>46006.8309722222</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C70" s="0">
-        <x:v>2.6</x:v>
+        <x:v>2.22</x:v>
       </x:c>
       <x:c r="D70" s="0">
-        <x:v>5794.925</x:v>
+        <x:v>6286.04</x:v>
       </x:c>
       <x:c r="E70" s="0">
-        <x:v>3996.5</x:v>
+        <x:v>4335.2</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:5">
       <x:c r="A71" s="1">
-        <x:v>45960.7838310185</x:v>
+        <x:v>46003.8253125</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C71" s="0">
-        <x:v>2.57</x:v>
+        <x:v>2.23</x:v>
       </x:c>
       <x:c r="D71" s="0">
-        <x:v>5823.055</x:v>
+        <x:v>6276.035</x:v>
       </x:c>
       <x:c r="E71" s="0">
-        <x:v>4015.9</x:v>
+        <x:v>4328.3</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:5">
       <x:c r="A72" s="1">
-        <x:v>45959.7819212963</x:v>
+        <x:v>46002.8233564815</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C72" s="0">
-        <x:v>2.59</x:v>
+        <x:v>2.24</x:v>
       </x:c>
       <x:c r="D72" s="0">
-        <x:v>5801.015</x:v>
+        <x:v>6253.85</x:v>
       </x:c>
       <x:c r="E72" s="0">
-        <x:v>4000.7</x:v>
+        <x:v>4313</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:5">
       <x:c r="A73" s="1">
-        <x:v>45958.7844444444</x:v>
+        <x:v>46001.824849537</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C73" s="0">
-        <x:v>2.62</x:v>
+        <x:v>2.34</x:v>
       </x:c>
       <x:c r="D73" s="0">
-        <x:v>5775.495</x:v>
+        <x:v>6125.815</x:v>
       </x:c>
       <x:c r="E73" s="0">
-        <x:v>3983.1</x:v>
+        <x:v>4224.7</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:5">
       <x:c r="A74" s="1">
-        <x:v>45957.7848263889</x:v>
+        <x:v>46000.8228009259</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C74" s="0">
-        <x:v>2.57</x:v>
+        <x:v>2.33</x:v>
       </x:c>
       <x:c r="D74" s="0">
-        <x:v>5828.565</x:v>
+        <x:v>6142.49</x:v>
       </x:c>
       <x:c r="E74" s="0">
-        <x:v>4019.7</x:v>
+        <x:v>4236.2</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:5">
       <x:c r="A75" s="1">
-        <x:v>45954.8273726852</x:v>
+        <x:v>45999.8272106481</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C75" s="0">
-        <x:v>2.43</x:v>
+        <x:v>2.35</x:v>
       </x:c>
       <x:c r="D75" s="0">
-        <x:v>5999.81</x:v>
+        <x:v>6115.665</x:v>
       </x:c>
       <x:c r="E75" s="0">
-        <x:v>4137.8</x:v>
+        <x:v>4217.7</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:5">
       <x:c r="A76" s="1">
-        <x:v>45953.826412037</x:v>
+        <x:v>45996.8263078704</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C76" s="0">
-        <x:v>2.42</x:v>
+        <x:v>2.32</x:v>
       </x:c>
       <x:c r="D76" s="0">
-        <x:v>6011.12</x:v>
+        <x:v>6152.35</x:v>
       </x:c>
       <x:c r="E76" s="0">
-        <x:v>4145.6</x:v>
+        <x:v>4243</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:5">
       <x:c r="A77" s="1">
-        <x:v>45952.8312615741</x:v>
+        <x:v>45995.8232291667</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C77" s="0">
-        <x:v>2.52</x:v>
+        <x:v>2.32</x:v>
       </x:c>
       <x:c r="D77" s="0">
-        <x:v>5894.83</x:v>
+        <x:v>6152.35</x:v>
       </x:c>
       <x:c r="E77" s="0">
-        <x:v>4065.4</x:v>
+        <x:v>4243</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:5">
       <x:c r="A78" s="1">
-        <x:v>45951.8353240741</x:v>
+        <x:v>45994.8237037037</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C78" s="0">
-        <x:v>2.47</x:v>
+        <x:v>2.33</x:v>
       </x:c>
       <x:c r="D78" s="0">
-        <x:v>5958.195</x:v>
+        <x:v>6137.125</x:v>
       </x:c>
       <x:c r="E78" s="0">
-        <x:v>4109.1</x:v>
+        <x:v>4232.5</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:5">
       <x:c r="A79" s="1">
-        <x:v>45950.8514814815</x:v>
+        <x:v>45993.8229398148</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C79" s="0">
-        <x:v>2.21</x:v>
+        <x:v>2.34</x:v>
       </x:c>
       <x:c r="D79" s="0">
-        <x:v>6321.13</x:v>
+        <x:v>6120.16</x:v>
       </x:c>
       <x:c r="E79" s="0">
-        <x:v>4359.4</x:v>
+        <x:v>4220.8</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:5">
       <x:c r="A80" s="1">
-        <x:v>45947.8255902778</x:v>
+        <x:v>45992.8242939815</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C80" s="0">
-        <x:v>2.38</x:v>
+        <x:v>2.29</x:v>
       </x:c>
       <x:c r="D80" s="0">
-        <x:v>6109.285</x:v>
+        <x:v>6198.46</x:v>
       </x:c>
       <x:c r="E80" s="0">
-        <x:v>4213.3</x:v>
+        <x:v>4274.8</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:5">
       <x:c r="A81" s="1">
-        <x:v>45946.8237962963</x:v>
+        <x:v>45989.8354861111</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C81" s="0">
-        <x:v>2.28</x:v>
+        <x:v>2.31</x:v>
       </x:c>
       <x:c r="D81" s="0">
-        <x:v>6241.67</x:v>
+        <x:v>6169.605</x:v>
       </x:c>
       <x:c r="E81" s="0">
-        <x:v>4304.6</x:v>
+        <x:v>4254.9</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:5">
       <x:c r="A82" s="1">
-        <x:v>45945.8233796296</x:v>
+        <x:v>45987.8265162037</x:v>
       </x:c>
       <x:c r="B82" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C82" s="0">
-        <x:v>2.4</x:v>
+        <x:v>2.37</x:v>
       </x:c>
       <x:c r="D82" s="0">
-        <x:v>6092.32</x:v>
+        <x:v>6093.335</x:v>
       </x:c>
       <x:c r="E82" s="0">
-        <x:v>4201.6</x:v>
+        <x:v>4202.3</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:5">
       <x:c r="A83" s="1">
-        <x:v>45944.828287037</x:v>
+        <x:v>45986.8420486111</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C83" s="0">
-        <x:v>2.45</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="D83" s="0">
-        <x:v>6036.93</x:v>
+        <x:v>6057.085</x:v>
       </x:c>
       <x:c r="E83" s="0">
-        <x:v>4163.4</x:v>
+        <x:v>4177.3</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:5">
       <x:c r="A84" s="1">
-        <x:v>45943.8403356482</x:v>
+        <x:v>45985.8473032407</x:v>
       </x:c>
       <x:c r="B84" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C84" s="0">
-        <x:v>2.48</x:v>
+        <x:v>2.45</x:v>
       </x:c>
       <x:c r="D84" s="0">
-        <x:v>5992.85</x:v>
+        <x:v>5989.66</x:v>
       </x:c>
       <x:c r="E84" s="0">
-        <x:v>4133</x:v>
+        <x:v>4130.8</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:5">
       <x:c r="A85" s="1">
-        <x:v>45940.8233449074</x:v>
+        <x:v>45982.8240972222</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C85" s="0">
-        <x:v>2.66</x:v>
+        <x:v>2.47</x:v>
       </x:c>
       <x:c r="D85" s="0">
-        <x:v>5800.58</x:v>
+        <x:v>5968.2</x:v>
       </x:c>
       <x:c r="E85" s="0">
-        <x:v>4000.4</x:v>
+        <x:v>4116</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:5">
       <x:c r="A86" s="1">
-        <x:v>45939.8284953704</x:v>
+        <x:v>45981.858912037</x:v>
       </x:c>
       <x:c r="B86" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C86" s="0">
-        <x:v>2.7</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="D86" s="0">
-        <x:v>5760.27</x:v>
+        <x:v>5938.765</x:v>
       </x:c>
       <x:c r="E86" s="0">
-        <x:v>3972.6</x:v>
+        <x:v>4060</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:5">
       <x:c r="A87" s="1">
-        <x:v>45938.8250115741</x:v>
+        <x:v>45980.8244444444</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C87" s="0">
-        <x:v>2.57</x:v>
+        <x:v>2.47</x:v>
       </x:c>
       <x:c r="D87" s="0">
-        <x:v>5902.225</x:v>
+        <x:v>5920.06</x:v>
       </x:c>
       <x:c r="E87" s="0">
-        <x:v>4070.5</x:v>
+        <x:v>4082.8</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:5">
       <x:c r="A88" s="1">
-        <x:v>45937.8252430556</x:v>
+        <x:v>45979.8891898148</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C88" s="0">
-        <x:v>2.66</x:v>
+        <x:v>2.49</x:v>
       </x:c>
       <x:c r="D88" s="0">
-        <x:v>5806.38</x:v>
+        <x:v>5896.425</x:v>
       </x:c>
       <x:c r="E88" s="0">
-        <x:v>4004.4</x:v>
+        <x:v>4066.5</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:5">
       <x:c r="A89" s="1">
-        <x:v>45936.8237268518</x:v>
+        <x:v>45978.8251967593</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C89" s="0">
-        <x:v>2.7</x:v>
+        <x:v>2.48</x:v>
       </x:c>
       <x:c r="D89" s="0">
-        <x:v>5765.635</x:v>
+        <x:v>5908.025</x:v>
       </x:c>
       <x:c r="E89" s="0">
-        <x:v>3976.3</x:v>
+        <x:v>4074.5</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:5">
       <x:c r="A90" s="1">
-        <x:v>45933.8235648148</x:v>
+        <x:v>45975.8263078704</x:v>
       </x:c>
       <x:c r="B90" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C90" s="0">
-        <x:v>2.8</x:v>
+        <x:v>2.46</x:v>
       </x:c>
       <x:c r="D90" s="0">
-        <x:v>5667.905</x:v>
+        <x:v>5936.59</x:v>
       </x:c>
       <x:c r="E90" s="0">
-        <x:v>3908.9</x:v>
+        <x:v>4094.2</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:5">
       <x:c r="A91" s="1">
-        <x:v>45932.824537037</x:v>
+        <x:v>45974.8559606482</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C91" s="0">
-        <x:v>2.86</x:v>
+        <x:v>2.34</x:v>
       </x:c>
       <x:c r="D91" s="0">
-        <x:v>5608.745</x:v>
+        <x:v>6082.025</x:v>
       </x:c>
       <x:c r="E91" s="0">
-        <x:v>3868.1</x:v>
+        <x:v>4194.5</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:5">
       <x:c r="A92" s="1">
-        <x:v>45931.8251041667</x:v>
+        <x:v>45973.8250115741</x:v>
       </x:c>
       <x:c r="B92" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C92" s="0">
-        <x:v>2.81</x:v>
+        <x:v>2.32</x:v>
       </x:c>
       <x:c r="D92" s="0">
-        <x:v>5651.375</x:v>
+        <x:v>6109.72</x:v>
       </x:c>
       <x:c r="E92" s="0">
-        <x:v>3897.5</x:v>
+        <x:v>4213.6</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:5">
       <x:c r="A93" s="1">
-        <x:v>45930.8239930556</x:v>
+        <x:v>45972.8325231482</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C93" s="0">
-        <x:v>2.85</x:v>
+        <x:v>2.44</x:v>
       </x:c>
       <x:c r="D93" s="0">
-        <x:v>5616.14</x:v>
+        <x:v>5968.635</x:v>
       </x:c>
       <x:c r="E93" s="0">
-        <x:v>3873.2</x:v>
+        <x:v>4116.3</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:5">
       <x:c r="A94" s="1">
-        <x:v>45929.8229398148</x:v>
+        <x:v>45971.8316087963</x:v>
       </x:c>
       <x:c r="B94" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C94" s="0">
-        <x:v>2.88</x:v>
+        <x:v>2.43</x:v>
       </x:c>
       <x:c r="D94" s="0">
-        <x:v>5590.04</x:v>
+        <x:v>5976.9</x:v>
       </x:c>
       <x:c r="E94" s="0">
-        <x:v>3855.2</x:v>
+        <x:v>4122</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:5">
       <x:c r="A95" s="1">
-        <x:v>45926.8238773148</x:v>
+        <x:v>45968.8265277778</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C95" s="0">
-        <x:v>2.95</x:v>
+        <x:v>2.58</x:v>
       </x:c>
       <x:c r="D95" s="0">
-        <x:v>5523.05</x:v>
+        <x:v>5814.21</x:v>
       </x:c>
       <x:c r="E95" s="0">
-        <x:v>3809</x:v>
+        <x:v>4009.8</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:5">
       <x:c r="A96" s="1">
-        <x:v>45925.8238657407</x:v>
+        <x:v>45967.8567361111</x:v>
       </x:c>
       <x:c r="B96" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C96" s="0">
-        <x:v>3.01</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="D96" s="0">
-        <x:v>5468.095</x:v>
+        <x:v>5786.95</x:v>
       </x:c>
       <x:c r="E96" s="0">
-        <x:v>3771.1</x:v>
+        <x:v>3991</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:5">
       <x:c r="A97" s="1">
-        <x:v>45924.8325347222</x:v>
+        <x:v>45966.8257638889</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C97" s="0">
-        <x:v>3.02</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="D97" s="0">
-        <x:v>5463.745</x:v>
+        <x:v>5789.705</x:v>
       </x:c>
       <x:c r="E97" s="0">
-        <x:v>3768.1</x:v>
+        <x:v>3992.9</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:5">
       <x:c r="A98" s="1">
-        <x:v>45923.8421412037</x:v>
+        <x:v>45965.8372800926</x:v>
       </x:c>
       <x:c r="B98" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C98" s="0">
-        <x:v>2.94</x:v>
+        <x:v>2.64</x:v>
       </x:c>
       <x:c r="D98" s="0">
-        <x:v>5532.765</x:v>
+        <x:v>5742.725</x:v>
       </x:c>
       <x:c r="E98" s="0">
-        <x:v>3815.7</x:v>
+        <x:v>3960.5</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:5">
       <x:c r="A99" s="1">
-        <x:v>45922.8390625</x:v>
+        <x:v>45964.8250925926</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C99" s="0">
-        <x:v>3.01</x:v>
+        <x:v>2.57</x:v>
       </x:c>
       <x:c r="D99" s="0">
-        <x:v>5473.895</x:v>
+        <x:v>5820.3</x:v>
       </x:c>
       <x:c r="E99" s="0">
-        <x:v>3775.1</x:v>
+        <x:v>4014</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:5">
       <x:c r="A100" s="1">
-        <x:v>45919.8403472222</x:v>
+        <x:v>45961.7823032407</x:v>
       </x:c>
       <x:c r="B100" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C100" s="0">
-        <x:v>3.12</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="D100" s="0">
-        <x:v>5373.41</x:v>
+        <x:v>5794.925</x:v>
       </x:c>
       <x:c r="E100" s="0">
-        <x:v>3705.8</x:v>
+        <x:v>3996.5</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:5">
       <x:c r="A101" s="1">
-        <x:v>45918.8308796296</x:v>
+        <x:v>45960.7838310185</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C101" s="0">
-        <x:v>3.17</x:v>
+        <x:v>2.57</x:v>
       </x:c>
       <x:c r="D101" s="0">
-        <x:v>5333.535</x:v>
+        <x:v>5823.055</x:v>
       </x:c>
       <x:c r="E101" s="0">
-        <x:v>3678.3</x:v>
+        <x:v>4015.9</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:5">
       <x:c r="A102" s="1">
-        <x:v>45917.8346990741</x:v>
+        <x:v>45959.7819212963</x:v>
       </x:c>
       <x:c r="B102" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C102" s="0">
-        <x:v>3.11</x:v>
+        <x:v>2.59</x:v>
       </x:c>
       <x:c r="D102" s="0">
-        <x:v>5390.81</x:v>
+        <x:v>5801.015</x:v>
       </x:c>
       <x:c r="E102" s="0">
-        <x:v>3717.8</x:v>
+        <x:v>4000.7</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:5">
       <x:c r="A103" s="1">
-        <x:v>45916.82375</x:v>
+        <x:v>45958.7844444444</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C103" s="0">
-        <x:v>3.09</x:v>
+        <x:v>2.62</x:v>
       </x:c>
       <x:c r="D103" s="0">
-        <x:v>5401.395</x:v>
+        <x:v>5775.495</x:v>
       </x:c>
       <x:c r="E103" s="0">
-        <x:v>3725.1</x:v>
+        <x:v>3983.1</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:5">
       <x:c r="A104" s="1">
-        <x:v>45915.8287152778</x:v>
+        <x:v>45957.7848263889</x:v>
       </x:c>
       <x:c r="B104" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C104" s="0">
-        <x:v>3.1</x:v>
+        <x:v>2.57</x:v>
       </x:c>
       <x:c r="D104" s="0">
-        <x:v>5392.55</x:v>
+        <x:v>5828.565</x:v>
       </x:c>
       <x:c r="E104" s="0">
-        <x:v>3719</x:v>
+        <x:v>4019.7</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:5">
       <x:c r="A105" s="1">
-        <x:v>45912.8242824074</x:v>
+        <x:v>45954.8273726852</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C105" s="0">
-        <x:v>3.16</x:v>
+        <x:v>2.43</x:v>
       </x:c>
       <x:c r="D105" s="0">
-        <x:v>5345.28</x:v>
+        <x:v>5999.81</x:v>
       </x:c>
       <x:c r="E105" s="0">
-        <x:v>3686.4</x:v>
+        <x:v>4137.8</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:5">
       <x:c r="A106" s="1">
-        <x:v>45911.8249074074</x:v>
+        <x:v>45953.826412037</x:v>
       </x:c>
       <x:c r="B106" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C106" s="0">
-        <x:v>3.18</x:v>
+        <x:v>2.42</x:v>
       </x:c>
       <x:c r="D106" s="0">
-        <x:v>5326.72</x:v>
+        <x:v>6011.12</x:v>
       </x:c>
       <x:c r="E106" s="0">
-        <x:v>3673.6</x:v>
+        <x:v>4145.6</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:5">
       <x:c r="A107" s="1">
-        <x:v>45910.8234259259</x:v>
+        <x:v>45952.8312615741</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C107" s="0">
-        <x:v>3.17</x:v>
+        <x:v>2.52</x:v>
       </x:c>
       <x:c r="D107" s="0">
-        <x:v>5338.9</x:v>
+        <x:v>5894.83</x:v>
       </x:c>
       <x:c r="E107" s="0">
-        <x:v>3682</x:v>
+        <x:v>4065.4</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:5">
       <x:c r="A108" s="1">
-        <x:v>45909.8234953704</x:v>
+        <x:v>45951.8353240741</x:v>
       </x:c>
       <x:c r="B108" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C108" s="0">
-        <x:v>3.17</x:v>
+        <x:v>2.47</x:v>
       </x:c>
       <x:c r="D108" s="0">
-        <x:v>5339.19</x:v>
+        <x:v>5958.195</x:v>
       </x:c>
       <x:c r="E108" s="0">
-        <x:v>3682.2</x:v>
+        <x:v>4109.1</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:5">
       <x:c r="A109" s="1">
-        <x:v>45908.8227777778</x:v>
+        <x:v>45950.8514814815</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C109" s="0">
-        <x:v>3.18</x:v>
+        <x:v>2.21</x:v>
       </x:c>
       <x:c r="D109" s="0">
-        <x:v>5332.23</x:v>
+        <x:v>6321.13</x:v>
       </x:c>
       <x:c r="E109" s="0">
-        <x:v>3677.4</x:v>
+        <x:v>4359.4</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:5">
       <x:c r="A110" s="1">
-        <x:v>45905.8690856481</x:v>
+        <x:v>45947.8255902778</x:v>
       </x:c>
       <x:c r="B110" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C110" s="0">
-        <x:v>3.22</x:v>
+        <x:v>2.38</x:v>
       </x:c>
       <x:c r="D110" s="0">
-        <x:v>5297.285</x:v>
+        <x:v>6109.285</x:v>
       </x:c>
       <x:c r="E110" s="0">
-        <x:v>3653.3</x:v>
+        <x:v>4213.3</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:5">
       <x:c r="A111" s="1">
-        <x:v>45904.8310300926</x:v>
+        <x:v>45946.8237962963</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C111" s="0">
-        <x:v>3.3</x:v>
+        <x:v>2.28</x:v>
       </x:c>
       <x:c r="D111" s="0">
-        <x:v>5229.715</x:v>
+        <x:v>6241.67</x:v>
       </x:c>
       <x:c r="E111" s="0">
-        <x:v>3606.7</x:v>
+        <x:v>4304.6</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:5">
       <x:c r="A112" s="1">
-        <x:v>45903.8280208333</x:v>
+        <x:v>45945.8233796296</x:v>
       </x:c>
       <x:c r="B112" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C112" s="0">
-        <x:v>3.25</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="D112" s="0">
-        <x:v>5271.475</x:v>
+        <x:v>6092.32</x:v>
       </x:c>
       <x:c r="E112" s="0">
-        <x:v>3635.5</x:v>
+        <x:v>4201.6</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:5">
       <x:c r="A113" s="1">
-        <x:v>45902.8240393518</x:v>
+        <x:v>45944.828287037</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C113" s="0">
-        <x:v>3.33</x:v>
+        <x:v>2.45</x:v>
       </x:c>
       <x:c r="D113" s="0">
-        <x:v>5208.69</x:v>
+        <x:v>6036.93</x:v>
       </x:c>
       <x:c r="E113" s="0">
-        <x:v>3592.2</x:v>
+        <x:v>4163.4</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:5">
       <x:c r="A114" s="1">
-        <x:v>45898.8248148148</x:v>
+        <x:v>45943.8403356482</x:v>
       </x:c>
       <x:c r="B114" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C114" s="0">
-        <x:v>3.49</x:v>
+        <x:v>2.48</x:v>
       </x:c>
       <x:c r="D114" s="0">
-        <x:v>5098.345</x:v>
+        <x:v>5992.85</x:v>
       </x:c>
       <x:c r="E114" s="0">
-        <x:v>3516.1</x:v>
+        <x:v>4133</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:5">
       <x:c r="A115" s="1">
-        <x:v>45897.8404050926</x:v>
+        <x:v>45940.8233449074</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C115" s="0">
-        <x:v>3.57</x:v>
+        <x:v>2.66</x:v>
       </x:c>
       <x:c r="D115" s="0">
-        <x:v>5037.735</x:v>
+        <x:v>5800.58</x:v>
       </x:c>
       <x:c r="E115" s="0">
-        <x:v>3474.3</x:v>
+        <x:v>4000.4</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:5">
       <x:c r="A116" s="1">
-        <x:v>45896.8352199074</x:v>
+        <x:v>45939.8284953704</x:v>
       </x:c>
       <x:c r="B116" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C116" s="0">
-        <x:v>3.63</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="D116" s="0">
-        <x:v>5000.47</x:v>
+        <x:v>5760.27</x:v>
       </x:c>
       <x:c r="E116" s="0">
-        <x:v>3448.6</x:v>
+        <x:v>3972.6</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:5">
       <x:c r="A117" s="1">
-        <x:v>45895.8272685185</x:v>
+        <x:v>45938.8250115741</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C117" s="0">
-        <x:v>3.66</x:v>
+        <x:v>2.57</x:v>
       </x:c>
       <x:c r="D117" s="0">
-        <x:v>4977.85</x:v>
+        <x:v>5902.225</x:v>
       </x:c>
       <x:c r="E117" s="0">
-        <x:v>3433</x:v>
+        <x:v>4070.5</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:5">
       <x:c r="A118" s="1">
-        <x:v>45894.8408449074</x:v>
+        <x:v>45937.8252430556</x:v>
       </x:c>
       <x:c r="B118" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C118" s="0">
-        <x:v>3.69</x:v>
+        <x:v>2.66</x:v>
       </x:c>
       <x:c r="D118" s="0">
-        <x:v>4955.375</x:v>
+        <x:v>5806.38</x:v>
       </x:c>
       <x:c r="E118" s="0">
-        <x:v>3417.5</x:v>
+        <x:v>4004.4</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:5">
       <x:c r="A119" s="1">
-        <x:v>45891.8256018519</x:v>
+        <x:v>45936.8237268518</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C119" s="0">
-        <x:v>3.69</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="D119" s="0">
-        <x:v>4956.825</x:v>
+        <x:v>5765.635</x:v>
       </x:c>
       <x:c r="E119" s="0">
-        <x:v>3418.5</x:v>
+        <x:v>3976.3</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:5">
       <x:c r="A120" s="1">
-        <x:v>45890.8256481482</x:v>
+        <x:v>45933.8235648148</x:v>
       </x:c>
       <x:c r="B120" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C120" s="0">
-        <x:v>3.77</x:v>
+        <x:v>2.8</x:v>
       </x:c>
       <x:c r="D120" s="0">
-        <x:v>4903.32</x:v>
+        <x:v>5667.905</x:v>
       </x:c>
       <x:c r="E120" s="0">
-        <x:v>3381.6</x:v>
+        <x:v>3908.9</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:5">
       <x:c r="A121" s="1">
-        <x:v>45889.8244791667</x:v>
+        <x:v>45932.824537037</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C121" s="0">
-        <x:v>3.76</x:v>
+        <x:v>2.86</x:v>
       </x:c>
       <x:c r="D121" s="0">
-        <x:v>4913.325</x:v>
+        <x:v>5608.745</x:v>
       </x:c>
       <x:c r="E121" s="0">
-        <x:v>3388.5</x:v>
+        <x:v>3868.1</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:5">
       <x:c r="A122" s="1">
-        <x:v>45888.8241898148</x:v>
+        <x:v>45931.8251041667</x:v>
       </x:c>
       <x:c r="B122" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C122" s="0">
-        <x:v>3.83</x:v>
+        <x:v>2.81</x:v>
       </x:c>
       <x:c r="D122" s="0">
-        <x:v>4870.115</x:v>
+        <x:v>5651.375</x:v>
       </x:c>
       <x:c r="E122" s="0">
-        <x:v>3358.7</x:v>
+        <x:v>3897.5</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:5">
       <x:c r="A123" s="1">
-        <x:v>45887.8261342593</x:v>
+        <x:v>45930.8239930556</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C123" s="0">
-        <x:v>3.78</x:v>
+        <x:v>2.85</x:v>
       </x:c>
       <x:c r="D123" s="0">
-        <x:v>4898.1</x:v>
+        <x:v>5616.14</x:v>
       </x:c>
       <x:c r="E123" s="0">
-        <x:v>3378</x:v>
+        <x:v>3873.2</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:5">
       <x:c r="A124" s="1">
-        <x:v>45884.8236458333</x:v>
+        <x:v>45929.8229398148</x:v>
       </x:c>
       <x:c r="B124" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C124" s="0">
-        <x:v>3.77</x:v>
+        <x:v>2.88</x:v>
       </x:c>
       <x:c r="D124" s="0">
-        <x:v>4904.77</x:v>
+        <x:v>5590.04</x:v>
       </x:c>
       <x:c r="E124" s="0">
-        <x:v>3382.6</x:v>
+        <x:v>3855.2</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:5">
       <x:c r="A125" s="1">
-        <x:v>45883.8469907407</x:v>
+        <x:v>45926.8238773148</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C125" s="0">
-        <x:v>3.77</x:v>
+        <x:v>2.95</x:v>
       </x:c>
       <x:c r="D125" s="0">
-        <x:v>4905.64</x:v>
+        <x:v>5523.05</x:v>
       </x:c>
       <x:c r="E125" s="0">
-        <x:v>3383.2</x:v>
+        <x:v>3809</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:5">
       <x:c r="A126" s="1">
-        <x:v>45882.843125</x:v>
+        <x:v>45925.8238657407</x:v>
       </x:c>
       <x:c r="B126" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C126" s="0">
-        <x:v>3.72</x:v>
+        <x:v>3.01</x:v>
       </x:c>
       <x:c r="D126" s="0">
-        <x:v>4942.035</x:v>
+        <x:v>5468.095</x:v>
       </x:c>
       <x:c r="E126" s="0">
-        <x:v>3408.3</x:v>
+        <x:v>3771.1</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:5">
       <x:c r="A127" s="1">
-        <x:v>45881.822662037</x:v>
+        <x:v>45924.8325347222</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C127" s="0">
-        <x:v>3.74</x:v>
+        <x:v>3.02</x:v>
       </x:c>
       <x:c r="D127" s="0">
-        <x:v>4928.55</x:v>
+        <x:v>5463.745</x:v>
       </x:c>
       <x:c r="E127" s="0">
-        <x:v>3399</x:v>
+        <x:v>3768.1</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:5">
       <x:c r="A128" s="1">
-        <x:v>45880.8266898148</x:v>
+        <x:v>45923.8421412037</x:v>
       </x:c>
       <x:c r="B128" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C128" s="0">
-        <x:v>3.73</x:v>
+        <x:v>2.94</x:v>
       </x:c>
       <x:c r="D128" s="0">
-        <x:v>4936.815</x:v>
+        <x:v>5532.765</x:v>
       </x:c>
       <x:c r="E128" s="0">
-        <x:v>3404.7</x:v>
+        <x:v>3815.7</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:5">
       <x:c r="A129" s="1">
-        <x:v>45877.8247916667</x:v>
+        <x:v>45922.8390625</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C129" s="0">
-        <x:v>3.55</x:v>
+        <x:v>3.01</x:v>
       </x:c>
       <x:c r="D129" s="0">
-        <x:v>5062.385</x:v>
+        <x:v>5473.895</x:v>
       </x:c>
       <x:c r="E129" s="0">
-        <x:v>3491.3</x:v>
+        <x:v>3775.1</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:5">
       <x:c r="A130" s="1">
-        <x:v>45876.8256018519</x:v>
+        <x:v>45919.8403472222</x:v>
       </x:c>
       <x:c r="B130" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C130" s="0">
-        <x:v>3.63</x:v>
+        <x:v>3.12</x:v>
       </x:c>
       <x:c r="D130" s="0">
-        <x:v>5007.865</x:v>
+        <x:v>5373.41</x:v>
       </x:c>
       <x:c r="E130" s="0">
-        <x:v>3453.7</x:v>
+        <x:v>3705.8</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:5">
       <x:c r="A131" s="1">
-        <x:v>45875.8240277778</x:v>
+        <x:v>45918.8308796296</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C131" s="0">
-        <x:v>3.67</x:v>
+        <x:v>3.17</x:v>
       </x:c>
       <x:c r="D131" s="0">
-        <x:v>4978.43</x:v>
+        <x:v>5333.535</x:v>
       </x:c>
       <x:c r="E131" s="0">
-        <x:v>3433.4</x:v>
+        <x:v>3678.3</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:5">
       <x:c r="A132" s="1">
-        <x:v>45874.8240277778</x:v>
+        <x:v>45917.8346990741</x:v>
       </x:c>
       <x:c r="B132" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C132" s="0">
-        <x:v>3.67</x:v>
+        <x:v>3.11</x:v>
       </x:c>
       <x:c r="D132" s="0">
-        <x:v>4980.315</x:v>
+        <x:v>5390.81</x:v>
       </x:c>
       <x:c r="E132" s="0">
-        <x:v>3434.7</x:v>
+        <x:v>3717.8</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:5">
       <x:c r="A133" s="1">
-        <x:v>45873.826400463</x:v>
+        <x:v>45916.82375</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C133" s="0">
-        <x:v>3.69</x:v>
+        <x:v>3.09</x:v>
       </x:c>
       <x:c r="D133" s="0">
-        <x:v>4968.28</x:v>
+        <x:v>5401.395</x:v>
       </x:c>
       <x:c r="E133" s="0">
-        <x:v>3426.4</x:v>
+        <x:v>3725.1</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:5">
       <x:c r="A134" s="1">
-        <x:v>45870.8315162037</x:v>
+        <x:v>45915.8287152778</x:v>
       </x:c>
       <x:c r="B134" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C134" s="0">
-        <x:v>3.75</x:v>
+        <x:v>3.1</x:v>
       </x:c>
       <x:c r="D134" s="0">
-        <x:v>4929.71</x:v>
+        <x:v>5392.55</x:v>
       </x:c>
       <x:c r="E134" s="0">
-        <x:v>3399.8</x:v>
+        <x:v>3719</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:5">
       <x:c r="A135" s="1">
-        <x:v>45869.8289814815</x:v>
+        <x:v>45912.8242824074</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C135" s="0">
-        <x:v>3.87</x:v>
+        <x:v>3.16</x:v>
       </x:c>
       <x:c r="D135" s="0">
-        <x:v>4855.47</x:v>
+        <x:v>5345.28</x:v>
       </x:c>
       <x:c r="E135" s="0">
-        <x:v>3348.6</x:v>
+        <x:v>3686.4</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:5">
       <x:c r="A136" s="1">
-        <x:v>45868.8234722222</x:v>
+        <x:v>45911.8249074074</x:v>
       </x:c>
       <x:c r="B136" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C136" s="0">
-        <x:v>3.86</x:v>
+        <x:v>3.18</x:v>
       </x:c>
       <x:c r="D136" s="0">
-        <x:v>4861.56</x:v>
+        <x:v>5326.72</x:v>
       </x:c>
       <x:c r="E136" s="0">
-        <x:v>3352.8</x:v>
+        <x:v>3673.6</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:5">
       <x:c r="A137" s="1">
-        <x:v>45867.8250694444</x:v>
+        <x:v>45910.8234259259</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C137" s="0">
-        <x:v>3.79</x:v>
+        <x:v>3.17</x:v>
       </x:c>
       <x:c r="D137" s="0">
-        <x:v>4902.74</x:v>
+        <x:v>5338.9</x:v>
       </x:c>
       <x:c r="E137" s="0">
-        <x:v>3381.2</x:v>
+        <x:v>3682</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:5">
       <x:c r="A138" s="1">
-        <x:v>45866.8322916667</x:v>
+        <x:v>45909.8234953704</x:v>
       </x:c>
       <x:c r="B138" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C138" s="0">
-        <x:v>3.82</x:v>
+        <x:v>3.17</x:v>
       </x:c>
       <x:c r="D138" s="0">
-        <x:v>4883.6</x:v>
+        <x:v>5339.19</x:v>
       </x:c>
       <x:c r="E138" s="0">
-        <x:v>3368</x:v>
+        <x:v>3682.2</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:5">
       <x:c r="A139" s="1">
-        <x:v>45863.8404050926</x:v>
+        <x:v>45908.8227777778</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C139" s="0">
-        <x:v>3.77</x:v>
+        <x:v>3.18</x:v>
       </x:c>
       <x:c r="D139" s="0">
-        <x:v>4919.125</x:v>
+        <x:v>5332.23</x:v>
       </x:c>
       <x:c r="E139" s="0">
-        <x:v>3392.5</x:v>
+        <x:v>3677.4</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:5">
       <x:c r="A140" s="1">
-        <x:v>45862.8566319444</x:v>
+        <x:v>45905.8690856481</x:v>
       </x:c>
       <x:c r="B140" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C140" s="0">
-        <x:v>3.69</x:v>
+        <x:v>3.22</x:v>
       </x:c>
       <x:c r="D140" s="0">
-        <x:v>4975.095</x:v>
+        <x:v>5297.285</x:v>
       </x:c>
       <x:c r="E140" s="0">
-        <x:v>3373.5</x:v>
+        <x:v>3653.3</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:5">
       <x:c r="A141" s="1">
-        <x:v>45861.8323611111</x:v>
+        <x:v>45904.8310300926</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C141" s="0">
-        <x:v>3.64</x:v>
+        <x:v>3.3</x:v>
       </x:c>
       <x:c r="D141" s="0">
-        <x:v>4926.52</x:v>
+        <x:v>5229.715</x:v>
       </x:c>
       <x:c r="E141" s="0">
-        <x:v>3397.6</x:v>
+        <x:v>3606.7</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:5">
       <x:c r="A142" s="1">
-        <x:v>45860.8328125</x:v>
+        <x:v>45903.8280208333</x:v>
       </x:c>
       <x:c r="B142" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C142" s="0">
-        <x:v>3.54</x:v>
+        <x:v>3.25</x:v>
       </x:c>
       <x:c r="D142" s="0">
-        <x:v>4993.365</x:v>
+        <x:v>5271.475</x:v>
       </x:c>
       <x:c r="E142" s="0">
-        <x:v>3443.7</x:v>
+        <x:v>3635.5</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:5">
       <x:c r="A143" s="1">
-        <x:v>45859.8410185185</x:v>
+        <x:v>45902.8240393518</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C143" s="0">
-        <x:v>3.62</x:v>
+        <x:v>3.33</x:v>
       </x:c>
       <x:c r="D143" s="0">
-        <x:v>4939.28</x:v>
+        <x:v>5208.69</x:v>
       </x:c>
       <x:c r="E143" s="0">
-        <x:v>3406.4</x:v>
+        <x:v>3592.2</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:5">
       <x:c r="A144" s="1">
-        <x:v>45856.8230671296</x:v>
+        <x:v>45898.8248148148</x:v>
       </x:c>
       <x:c r="B144" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C144" s="0">
-        <x:v>3.73</x:v>
+        <x:v>3.49</x:v>
       </x:c>
       <x:c r="D144" s="0">
-        <x:v>4869.535</x:v>
+        <x:v>5098.345</x:v>
       </x:c>
       <x:c r="E144" s="0">
-        <x:v>3358.3</x:v>
+        <x:v>3516.1</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:5">
       <x:c r="A145" s="1">
-        <x:v>45855.8238541667</x:v>
+        <x:v>45897.8404050926</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C145" s="0">
-        <x:v>3.76</x:v>
+        <x:v>3.57</x:v>
       </x:c>
       <x:c r="D145" s="0">
-        <x:v>4850.685</x:v>
+        <x:v>5037.735</x:v>
       </x:c>
       <x:c r="E145" s="0">
-        <x:v>3345.3</x:v>
+        <x:v>3474.3</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:5">
       <x:c r="A146" s="1">
-        <x:v>45854.8590046296</x:v>
+        <x:v>45896.8352199074</x:v>
       </x:c>
       <x:c r="B146" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C146" s="0">
-        <x:v>3.73</x:v>
+        <x:v>3.63</x:v>
       </x:c>
       <x:c r="D146" s="0">
-        <x:v>4870.695</x:v>
+        <x:v>5000.47</x:v>
       </x:c>
       <x:c r="E146" s="0">
-        <x:v>3359.1</x:v>
+        <x:v>3448.6</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:5">
       <x:c r="A147" s="1">
-        <x:v>45853.8525810185</x:v>
+        <x:v>45895.8272685185</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C147" s="0">
-        <x:v>3.78</x:v>
+        <x:v>3.66</x:v>
       </x:c>
       <x:c r="D147" s="0">
-        <x:v>4838.215</x:v>
+        <x:v>4977.85</x:v>
       </x:c>
       <x:c r="E147" s="0">
-        <x:v>3336.7</x:v>
+        <x:v>3433</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:5">
       <x:c r="A148" s="1">
-        <x:v>45852.8231018518</x:v>
+        <x:v>45894.8408449074</x:v>
       </x:c>
       <x:c r="B148" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C148" s="0">
-        <x:v>3.73</x:v>
+        <x:v>3.69</x:v>
       </x:c>
       <x:c r="D148" s="0">
-        <x:v>4870.695</x:v>
+        <x:v>4955.375</x:v>
       </x:c>
       <x:c r="E148" s="0">
-        <x:v>3359.1</x:v>
+        <x:v>3417.5</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:5">
       <x:c r="A149" s="1">
-        <x:v>45849.8239930556</x:v>
+        <x:v>45891.8256018519</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C149" s="0">
-        <x:v>3.72</x:v>
+        <x:v>3.69</x:v>
       </x:c>
       <x:c r="D149" s="0">
-        <x:v>4877.8</x:v>
+        <x:v>4956.825</x:v>
       </x:c>
       <x:c r="E149" s="0">
-        <x:v>3364</x:v>
+        <x:v>3418.5</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:5">
       <x:c r="A150" s="1">
-        <x:v>45848.8285532407</x:v>
+        <x:v>45890.8256481482</x:v>
       </x:c>
       <x:c r="B150" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C150" s="0">
-        <x:v>3.81</x:v>
+        <x:v>3.77</x:v>
       </x:c>
       <x:c r="D150" s="0">
-        <x:v>4822.265</x:v>
+        <x:v>4903.32</x:v>
       </x:c>
       <x:c r="E150" s="0">
-        <x:v>3325.7</x:v>
+        <x:v>3381.6</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:5">
       <x:c r="A151" s="1">
-        <x:v>45847.8235763889</x:v>
+        <x:v>45889.8244791667</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C151" s="0">
-        <x:v>3.82</x:v>
+        <x:v>3.76</x:v>
       </x:c>
       <x:c r="D151" s="0">
-        <x:v>4815.45</x:v>
+        <x:v>4913.325</x:v>
       </x:c>
       <x:c r="E151" s="0">
-        <x:v>3321</x:v>
+        <x:v>3388.5</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:5">
       <x:c r="A152" s="1">
-        <x:v>45846.8267939815</x:v>
+        <x:v>45888.8241898148</x:v>
       </x:c>
       <x:c r="B152" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C152" s="0">
         <x:v>3.83</x:v>
       </x:c>
       <x:c r="D152" s="0">
-        <x:v>4809.505</x:v>
+        <x:v>4870.115</x:v>
       </x:c>
       <x:c r="E152" s="0">
-        <x:v>3316.9</x:v>
+        <x:v>3358.7</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:5">
       <x:c r="A153" s="1">
-        <x:v>45845.8307523148</x:v>
+        <x:v>45887.8261342593</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C153" s="0">
-        <x:v>3.77</x:v>
+        <x:v>3.78</x:v>
       </x:c>
       <x:c r="D153" s="0">
-        <x:v>4847.06</x:v>
+        <x:v>4898.1</x:v>
       </x:c>
       <x:c r="E153" s="0">
-        <x:v>3342.8</x:v>
+        <x:v>3378</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:5">
       <x:c r="A154" s="1">
-        <x:v>45841.8258333333</x:v>
+        <x:v>45884.8236458333</x:v>
       </x:c>
       <x:c r="B154" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C154" s="0">
         <x:v>3.77</x:v>
       </x:c>
       <x:c r="D154" s="0">
-        <x:v>4847.205</x:v>
+        <x:v>4904.77</x:v>
       </x:c>
       <x:c r="E154" s="0">
-        <x:v>3342.9</x:v>
+        <x:v>3382.6</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:5">
       <x:c r="A155" s="1">
-        <x:v>45840.8229050926</x:v>
+        <x:v>45883.8469907407</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C155" s="0">
-        <x:v>3.73</x:v>
+        <x:v>3.77</x:v>
       </x:c>
       <x:c r="D155" s="0">
-        <x:v>4871.565</x:v>
+        <x:v>4905.64</x:v>
       </x:c>
       <x:c r="E155" s="0">
-        <x:v>3359.7</x:v>
+        <x:v>3383.2</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:5">
       <x:c r="A156" s="1">
-        <x:v>45839.8275694444</x:v>
+        <x:v>45882.843125</x:v>
       </x:c>
       <x:c r="B156" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C156" s="0">
-        <x:v>3.75</x:v>
+        <x:v>3.72</x:v>
       </x:c>
       <x:c r="D156" s="0">
-        <x:v>4857.21</x:v>
+        <x:v>4942.035</x:v>
       </x:c>
       <x:c r="E156" s="0">
-        <x:v>3349.8</x:v>
+        <x:v>3408.3</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:5">
       <x:c r="A157" s="1">
-        <x:v>45838.8345601852</x:v>
+        <x:v>45881.822662037</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C157" s="0">
-        <x:v>3.85</x:v>
+        <x:v>3.74</x:v>
       </x:c>
       <x:c r="D157" s="0">
-        <x:v>4796.165</x:v>
+        <x:v>4928.55</x:v>
       </x:c>
       <x:c r="E157" s="0">
-        <x:v>3307.7</x:v>
+        <x:v>3399</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:5">
       <x:c r="A158" s="1">
-        <x:v>45835.8364699074</x:v>
+        <x:v>45880.8266898148</x:v>
       </x:c>
       <x:c r="B158" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C158" s="0">
-        <x:v>3.9</x:v>
+        <x:v>3.73</x:v>
       </x:c>
       <x:c r="D158" s="0">
-        <x:v>4767.02</x:v>
+        <x:v>4936.815</x:v>
       </x:c>
       <x:c r="E158" s="0">
-        <x:v>3287.6</x:v>
+        <x:v>3404.7</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:5">
       <x:c r="A159" s="1">
-        <x:v>45834.841712963</x:v>
+        <x:v>45877.8247916667</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C159" s="0">
-        <x:v>3.76</x:v>
+        <x:v>3.55</x:v>
       </x:c>
       <x:c r="D159" s="0">
-        <x:v>4854.6</x:v>
+        <x:v>5062.385</x:v>
       </x:c>
       <x:c r="E159" s="0">
-        <x:v>3348</x:v>
+        <x:v>3491.3</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:5">
       <x:c r="A160" s="1">
-        <x:v>45833.8280902778</x:v>
+        <x:v>45876.8256018519</x:v>
       </x:c>
       <x:c r="B160" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C160" s="0">
-        <x:v>3.78</x:v>
+        <x:v>3.63</x:v>
       </x:c>
       <x:c r="D160" s="0">
-        <x:v>4847.495</x:v>
+        <x:v>5007.865</x:v>
       </x:c>
       <x:c r="E160" s="0">
-        <x:v>3343.1</x:v>
+        <x:v>3453.7</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:5">
       <x:c r="A161" s="1">
-        <x:v>45832.8236574074</x:v>
+        <x:v>45875.8240277778</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C161" s="0">
-        <x:v>3.8</x:v>
+        <x:v>3.67</x:v>
       </x:c>
       <x:c r="D161" s="0">
-        <x:v>4834.155</x:v>
+        <x:v>4978.43</x:v>
       </x:c>
       <x:c r="E161" s="0">
-        <x:v>3333.9</x:v>
+        <x:v>3433.4</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:5">
       <x:c r="A162" s="1">
-        <x:v>45831.824849537</x:v>
+        <x:v>45874.8240277778</x:v>
       </x:c>
       <x:c r="B162" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C162" s="0">
         <x:v>3.67</x:v>
       </x:c>
       <x:c r="D162" s="0">
-        <x:v>4922.75</x:v>
+        <x:v>4980.315</x:v>
       </x:c>
       <x:c r="E162" s="0">
-        <x:v>3395</x:v>
+        <x:v>3434.7</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:5">
       <x:c r="A163" s="1">
-        <x:v>45828.8266898148</x:v>
+        <x:v>45873.826400463</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C163" s="0">
         <x:v>3.69</x:v>
       </x:c>
       <x:c r="D163" s="0">
-        <x:v>4909.265</x:v>
+        <x:v>4968.28</x:v>
       </x:c>
       <x:c r="E163" s="0">
-        <x:v>3385.7</x:v>
+        <x:v>3426.4</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:5">
       <x:c r="A164" s="1">
-        <x:v>45826.8327199074</x:v>
+        <x:v>45870.8315162037</x:v>
       </x:c>
       <x:c r="B164" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C164" s="0">
-        <x:v>3.64</x:v>
+        <x:v>3.75</x:v>
       </x:c>
       <x:c r="D164" s="0">
-        <x:v>4941.745</x:v>
+        <x:v>4929.71</x:v>
       </x:c>
       <x:c r="E164" s="0">
-        <x:v>3408.1</x:v>
+        <x:v>3399.8</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:5">
       <x:c r="A165" s="1">
-        <x:v>45825.8232986111</x:v>
+        <x:v>45869.8289814815</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C165" s="0">
-        <x:v>3.64</x:v>
+        <x:v>3.87</x:v>
       </x:c>
       <x:c r="D165" s="0">
-        <x:v>4940.005</x:v>
+        <x:v>4855.47</x:v>
       </x:c>
       <x:c r="E165" s="0">
-        <x:v>3406.9</x:v>
+        <x:v>3348.6</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:5">
       <x:c r="A166" s="1">
-        <x:v>45824.8368171296</x:v>
+        <x:v>45868.8234722222</x:v>
       </x:c>
       <x:c r="B166" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C166" s="0">
-        <x:v>3.62</x:v>
+        <x:v>3.86</x:v>
       </x:c>
       <x:c r="D166" s="0">
-        <x:v>4955.085</x:v>
+        <x:v>4861.56</x:v>
       </x:c>
       <x:c r="E166" s="0">
-        <x:v>3417.3</x:v>
+        <x:v>3352.8</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:5">
       <x:c r="A167" s="1">
-        <x:v>45821.829849537</x:v>
+        <x:v>45867.8250694444</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C167" s="0">
-        <x:v>3.55</x:v>
+        <x:v>3.79</x:v>
       </x:c>
       <x:c r="D167" s="0">
-        <x:v>5006.56</x:v>
+        <x:v>4902.74</x:v>
       </x:c>
       <x:c r="E167" s="0">
-        <x:v>3452.8</x:v>
+        <x:v>3381.2</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:5">
       <x:c r="A168" s="1">
-        <x:v>45820.8297916667</x:v>
+        <x:v>45866.8322916667</x:v>
       </x:c>
       <x:c r="B168" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C168" s="0">
-        <x:v>3.66</x:v>
+        <x:v>3.82</x:v>
       </x:c>
       <x:c r="D168" s="0">
-        <x:v>4933.48</x:v>
+        <x:v>4883.6</x:v>
       </x:c>
       <x:c r="E168" s="0">
-        <x:v>3402.4</x:v>
+        <x:v>3368</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:5">
       <x:c r="A169" s="1">
-        <x:v>45819.834537037</x:v>
+        <x:v>45863.8404050926</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C169" s="0">
-        <x:v>3.79</x:v>
+        <x:v>3.77</x:v>
       </x:c>
       <x:c r="D169" s="0">
-        <x:v>4848.365</x:v>
+        <x:v>4919.125</x:v>
       </x:c>
       <x:c r="E169" s="0">
-        <x:v>3343.7</x:v>
+        <x:v>3392.5</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:5">
       <x:c r="A170" s="1">
-        <x:v>45818.8240972222</x:v>
+        <x:v>45862.8566319444</x:v>
       </x:c>
       <x:c r="B170" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C170" s="0">
-        <x:v>3.79</x:v>
+        <x:v>3.69</x:v>
       </x:c>
       <x:c r="D170" s="0">
-        <x:v>4847.93</x:v>
+        <x:v>4975.095</x:v>
       </x:c>
       <x:c r="E170" s="0">
-        <x:v>3343.4</x:v>
+        <x:v>3373.5</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:5">
       <x:c r="A171" s="1">
-        <x:v>45817.8239351852</x:v>
+        <x:v>45861.8323611111</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C171" s="0">
-        <x:v>3.76</x:v>
+        <x:v>3.64</x:v>
       </x:c>
       <x:c r="D171" s="0">
-        <x:v>4864.605</x:v>
+        <x:v>4926.52</x:v>
       </x:c>
       <x:c r="E171" s="0">
-        <x:v>3354.9</x:v>
+        <x:v>3397.6</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:5">
       <x:c r="A172" s="1">
-        <x:v>45814.8280208333</x:v>
+        <x:v>45860.8328125</x:v>
       </x:c>
       <x:c r="B172" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C172" s="0">
-        <x:v>3.78</x:v>
+        <x:v>3.54</x:v>
       </x:c>
       <x:c r="D172" s="0">
-        <x:v>4852.57</x:v>
+        <x:v>4993.365</x:v>
       </x:c>
       <x:c r="E172" s="0">
-        <x:v>3346.6</x:v>
+        <x:v>3443.7</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:5">
       <x:c r="A173" s="1">
-        <x:v>45813.8231828704</x:v>
+        <x:v>45859.8410185185</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C173" s="0">
-        <x:v>3.72</x:v>
+        <x:v>3.62</x:v>
       </x:c>
       <x:c r="D173" s="0">
-        <x:v>4893.895</x:v>
+        <x:v>4939.28</x:v>
       </x:c>
       <x:c r="E173" s="0">
-        <x:v>3375.1</x:v>
+        <x:v>3406.4</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:5">
       <x:c r="A174" s="1">
-        <x:v>45812.8567824074</x:v>
+        <x:v>45856.8230671296</x:v>
       </x:c>
       <x:c r="B174" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C174" s="0">
-        <x:v>3.67</x:v>
+        <x:v>3.73</x:v>
       </x:c>
       <x:c r="D174" s="0">
-        <x:v>4928.84</x:v>
+        <x:v>4869.535</x:v>
       </x:c>
       <x:c r="E174" s="0">
-        <x:v>3399.2</x:v>
+        <x:v>3358.3</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:5">
       <x:c r="A175" s="1">
-        <x:v>45811.8941550926</x:v>
+        <x:v>45855.8238541667</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C175" s="0">
-        <x:v>3.72</x:v>
+        <x:v>3.76</x:v>
       </x:c>
       <x:c r="D175" s="0">
-        <x:v>4896.795</x:v>
+        <x:v>4850.685</x:v>
       </x:c>
       <x:c r="E175" s="0">
-        <x:v>3377.1</x:v>
+        <x:v>3345.3</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:5">
       <x:c r="A176" s="1">
-        <x:v>45811.8794328704</x:v>
+        <x:v>45854.8590046296</x:v>
       </x:c>
       <x:c r="B176" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C176" s="0">
-        <x:v>3.72</x:v>
+        <x:v>3.73</x:v>
       </x:c>
       <x:c r="D176" s="0">
-        <x:v>4896.795</x:v>
+        <x:v>4870.695</x:v>
       </x:c>
       <x:c r="E176" s="0">
-        <x:v>3377.1</x:v>
+        <x:v>3359.1</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:5">
       <x:c r="A177" s="1">
-        <x:v>45810.8625347222</x:v>
+        <x:v>45853.8525810185</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C177" s="0">
-        <x:v>3.67</x:v>
+        <x:v>3.78</x:v>
       </x:c>
       <x:c r="D177" s="0">
-        <x:v>4925.94</x:v>
+        <x:v>4838.215</x:v>
       </x:c>
       <x:c r="E177" s="0">
-        <x:v>3397.2</x:v>
+        <x:v>3336.7</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:5">
       <x:c r="A178" s="1">
-        <x:v>45810.8250462963</x:v>
+        <x:v>45852.8231018518</x:v>
       </x:c>
       <x:c r="B178" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C178" s="0">
-        <x:v>3.67</x:v>
+        <x:v>3.73</x:v>
       </x:c>
       <x:c r="D178" s="0">
-        <x:v>4925.94</x:v>
+        <x:v>4870.695</x:v>
       </x:c>
       <x:c r="E178" s="0">
-        <x:v>3397.2</x:v>
+        <x:v>3359.1</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:5">
       <x:c r="A179" s="1">
-        <x:v>45800.8238541667</x:v>
+        <x:v>45849.8239930556</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C179" s="0">
-        <x:v>3.69</x:v>
+        <x:v>3.72</x:v>
       </x:c>
       <x:c r="D179" s="0">
-        <x:v>4922.025</x:v>
+        <x:v>4877.8</x:v>
       </x:c>
       <x:c r="E179" s="0">
-        <x:v>3394.5</x:v>
+        <x:v>3364</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:5">
       <x:c r="A180" s="1">
-        <x:v>45799.8239583333</x:v>
+        <x:v>45848.8285532407</x:v>
       </x:c>
       <x:c r="B180" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C180" s="0">
-        <x:v>3.86</x:v>
+        <x:v>3.81</x:v>
       </x:c>
       <x:c r="D180" s="0">
-        <x:v>4819.22</x:v>
+        <x:v>4822.265</x:v>
       </x:c>
       <x:c r="E180" s="0">
-        <x:v>3295</x:v>
+        <x:v>3325.7</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:5">
       <x:c r="A181" s="1">
-        <x:v>45798.8240856481</x:v>
+        <x:v>45847.8235763889</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C181" s="0">
         <x:v>3.82</x:v>
       </x:c>
       <x:c r="D181" s="0">
-        <x:v>4804.575</x:v>
+        <x:v>4815.45</x:v>
       </x:c>
       <x:c r="E181" s="0">
-        <x:v>3313.5</x:v>
+        <x:v>3321</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:5">
       <x:c r="A182" s="1">
-        <x:v>45797.8268402778</x:v>
+        <x:v>45846.8267939815</x:v>
       </x:c>
       <x:c r="B182" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C182" s="0">
-        <x:v>3.89</x:v>
+        <x:v>3.83</x:v>
       </x:c>
       <x:c r="D182" s="0">
-        <x:v>4762.67</x:v>
+        <x:v>4809.505</x:v>
       </x:c>
       <x:c r="E182" s="0">
-        <x:v>3284.6</x:v>
+        <x:v>3316.9</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:5">
       <x:c r="A183" s="1">
-        <x:v>45796.8311111111</x:v>
+        <x:v>45845.8307523148</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C183" s="0">
-        <x:v>4.01</x:v>
+        <x:v>3.77</x:v>
       </x:c>
       <x:c r="D183" s="0">
-        <x:v>4688.575</x:v>
+        <x:v>4847.06</x:v>
       </x:c>
       <x:c r="E183" s="0">
-        <x:v>3233.5</x:v>
+        <x:v>3342.8</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:5">
       <x:c r="A184" s="1">
-        <x:v>45793.8237384259</x:v>
+        <x:v>45841.8258333333</x:v>
       </x:c>
       <x:c r="B184" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C184" s="0">
-        <x:v>4.13</x:v>
+        <x:v>3.77</x:v>
       </x:c>
       <x:c r="D184" s="0">
-        <x:v>4621.44</x:v>
+        <x:v>4847.205</x:v>
       </x:c>
       <x:c r="E184" s="0">
-        <x:v>3187.2</x:v>
+        <x:v>3342.9</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:5">
       <x:c r="A185" s="1">
-        <x:v>45792.8270833333</x:v>
+        <x:v>45840.8229050926</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C185" s="0">
-        <x:v>4.03</x:v>
+        <x:v>3.73</x:v>
       </x:c>
       <x:c r="D185" s="0">
-        <x:v>4678.57</x:v>
+        <x:v>4871.565</x:v>
       </x:c>
       <x:c r="E185" s="0">
-        <x:v>3226.6</x:v>
+        <x:v>3359.7</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:5">
       <x:c r="A186" s="1">
-        <x:v>45791.8231828704</x:v>
+        <x:v>45839.8275694444</x:v>
       </x:c>
       <x:c r="B186" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C186" s="0">
-        <x:v>4.13</x:v>
+        <x:v>3.75</x:v>
       </x:c>
       <x:c r="D186" s="0">
-        <x:v>4623.035</x:v>
+        <x:v>4857.21</x:v>
       </x:c>
       <x:c r="E186" s="0">
-        <x:v>3188.3</x:v>
+        <x:v>3349.8</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:5">
       <x:c r="A187" s="1">
-        <x:v>45790.8249884259</x:v>
+        <x:v>45838.8345601852</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C187" s="0">
-        <x:v>3.99</x:v>
+        <x:v>3.85</x:v>
       </x:c>
       <x:c r="D187" s="0">
-        <x:v>4709.31</x:v>
+        <x:v>4796.165</x:v>
       </x:c>
       <x:c r="E187" s="0">
-        <x:v>3247.8</x:v>
+        <x:v>3307.7</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:5">
       <x:c r="A188" s="1">
-        <x:v>45789.8237962963</x:v>
+        <x:v>45835.8364699074</x:v>
       </x:c>
       <x:c r="B188" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C188" s="0">
-        <x:v>4.04</x:v>
+        <x:v>3.9</x:v>
       </x:c>
       <x:c r="D188" s="0">
-        <x:v>4680.6</x:v>
+        <x:v>4767.02</x:v>
       </x:c>
       <x:c r="E188" s="0">
-        <x:v>3228</x:v>
+        <x:v>3287.6</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:5">
       <x:c r="A189" s="1">
-        <x:v>45786.8321296296</x:v>
+        <x:v>45834.841712963</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C189" s="0">
-        <x:v>3.78</x:v>
+        <x:v>3.76</x:v>
       </x:c>
       <x:c r="D189" s="0">
-        <x:v>4848.8</x:v>
+        <x:v>4854.6</x:v>
       </x:c>
       <x:c r="E189" s="0">
-        <x:v>3344</x:v>
+        <x:v>3348</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:5">
       <x:c r="A190" s="1">
-        <x:v>45785.8261805556</x:v>
+        <x:v>45833.8280902778</x:v>
       </x:c>
       <x:c r="B190" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C190" s="0">
-        <x:v>3.87</x:v>
+        <x:v>3.78</x:v>
       </x:c>
       <x:c r="D190" s="0">
-        <x:v>4793.7</x:v>
+        <x:v>4847.495</x:v>
       </x:c>
       <x:c r="E190" s="0">
-        <x:v>3306</x:v>
+        <x:v>3343.1</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:5">
       <x:c r="A191" s="1">
-        <x:v>45784.8969560185</x:v>
+        <x:v>45832.8236574074</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C191" s="0">
-        <x:v>3.68</x:v>
+        <x:v>3.8</x:v>
       </x:c>
       <x:c r="D191" s="0">
-        <x:v>4918.255</x:v>
+        <x:v>4834.155</x:v>
       </x:c>
       <x:c r="E191" s="0">
-        <x:v>3391.9</x:v>
+        <x:v>3333.9</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:5">
       <x:c r="A192" s="1">
-        <x:v>45784.852962963</x:v>
+        <x:v>45831.824849537</x:v>
       </x:c>
       <x:c r="B192" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C192" s="0">
-        <x:v>3.68</x:v>
+        <x:v>3.67</x:v>
       </x:c>
       <x:c r="D192" s="0">
-        <x:v>4918.255</x:v>
+        <x:v>4922.75</x:v>
       </x:c>
       <x:c r="E192" s="0">
-        <x:v>3391.9</x:v>
+        <x:v>3395</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:5">
       <x:c r="A193" s="1">
-        <x:v>45783.8302430556</x:v>
+        <x:v>45828.8266898148</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C193" s="0">
-        <x:v>3.61</x:v>
+        <x:v>3.69</x:v>
       </x:c>
       <x:c r="D193" s="0">
-        <x:v>4963.06</x:v>
+        <x:v>4909.265</x:v>
       </x:c>
       <x:c r="E193" s="0">
-        <x:v>3422.8</x:v>
+        <x:v>3385.7</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:5">
       <x:c r="A194" s="1">
-        <x:v>45777.8390162037</x:v>
+        <x:v>45826.8327199074</x:v>
       </x:c>
       <x:c r="B194" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C194" s="0">
-        <x:v>3.87</x:v>
+        <x:v>3.64</x:v>
       </x:c>
       <x:c r="D194" s="0">
-        <x:v>4812.695</x:v>
+        <x:v>4941.745</x:v>
       </x:c>
       <x:c r="E194" s="0">
-        <x:v>3319.1</x:v>
+        <x:v>3408.1</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:5">
       <x:c r="A195" s="1">
-        <x:v>45776.8444212963</x:v>
+        <x:v>45825.8232986111</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C195" s="0">
-        <x:v>3.84</x:v>
+        <x:v>3.64</x:v>
       </x:c>
       <x:c r="D195" s="0">
-        <x:v>4833.72</x:v>
+        <x:v>4940.005</x:v>
       </x:c>
       <x:c r="E195" s="0">
-        <x:v>3333.6</x:v>
+        <x:v>3406.9</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:5">
       <x:c r="A196" s="1">
-        <x:v>45775.8451273148</x:v>
+        <x:v>45824.8368171296</x:v>
       </x:c>
       <x:c r="B196" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C196" s="0">
-        <x:v>3.8</x:v>
+        <x:v>3.62</x:v>
       </x:c>
       <x:c r="D196" s="0">
-        <x:v>4854.165</x:v>
+        <x:v>4955.085</x:v>
       </x:c>
       <x:c r="E196" s="0">
-        <x:v>3347.7</x:v>
+        <x:v>3417.3</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:5">
       <x:c r="A197" s="1">
-        <x:v>45772.8239930556</x:v>
+        <x:v>45821.829849537</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C197" s="0">
-        <x:v>3.92</x:v>
+        <x:v>3.55</x:v>
       </x:c>
       <x:c r="D197" s="0">
-        <x:v>4782.68</x:v>
+        <x:v>5006.56</x:v>
       </x:c>
       <x:c r="E197" s="0">
-        <x:v>3298.4</x:v>
+        <x:v>3452.8</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:5">
       <x:c r="A198" s="1">
-        <x:v>45771.831412037</x:v>
+        <x:v>45820.8297916667</x:v>
       </x:c>
       <x:c r="B198" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C198" s="0">
-        <x:v>3.81</x:v>
+        <x:v>3.66</x:v>
       </x:c>
       <x:c r="D198" s="0">
-        <x:v>4855.47</x:v>
+        <x:v>4933.48</x:v>
       </x:c>
       <x:c r="E198" s="0">
-        <x:v>3348.6</x:v>
+        <x:v>3402.4</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:5">
       <x:c r="A199" s="1">
-        <x:v>45770.8295833333</x:v>
+        <x:v>45819.834537037</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C199" s="0">
-        <x:v>3.94</x:v>
+        <x:v>3.79</x:v>
       </x:c>
       <x:c r="D199" s="0">
-        <x:v>4776.445</x:v>
+        <x:v>4848.365</x:v>
       </x:c>
       <x:c r="E199" s="0">
-        <x:v>3294.1</x:v>
+        <x:v>3343.7</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:5">
       <x:c r="A200" s="1">
-        <x:v>45769.8284490741</x:v>
+        <x:v>45818.8240972222</x:v>
       </x:c>
       <x:c r="B200" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C200" s="0">
-        <x:v>3.67</x:v>
+        <x:v>3.79</x:v>
       </x:c>
       <x:c r="D200" s="0">
-        <x:v>4958.13</x:v>
+        <x:v>4847.93</x:v>
       </x:c>
       <x:c r="E200" s="0">
-        <x:v>3419.4</x:v>
+        <x:v>3343.4</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:5">
       <x:c r="A201" s="1">
-        <x:v>45764.8232175926</x:v>
+        <x:v>45817.8239351852</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C201" s="0">
-        <x:v>3.88</x:v>
+        <x:v>3.76</x:v>
       </x:c>
       <x:c r="D201" s="0">
-        <x:v>4826.18</x:v>
+        <x:v>4864.605</x:v>
       </x:c>
       <x:c r="E201" s="0">
-        <x:v>3328.4</x:v>
+        <x:v>3354.9</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:5">
       <x:c r="A202" s="1">
-        <x:v>45763.8254282407</x:v>
+        <x:v>45814.8280208333</x:v>
       </x:c>
       <x:c r="B202" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C202" s="0">
-        <x:v>3.84</x:v>
+        <x:v>3.78</x:v>
       </x:c>
       <x:c r="D202" s="0">
-        <x:v>4852.28</x:v>
+        <x:v>4852.57</x:v>
       </x:c>
       <x:c r="E202" s="0">
-        <x:v>3346.4</x:v>
+        <x:v>3346.6</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:5">
       <x:c r="A203" s="1">
-        <x:v>45762.8233796296</x:v>
+        <x:v>45813.8231828704</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C203" s="0">
-        <x:v>4.11</x:v>
+        <x:v>3.72</x:v>
       </x:c>
       <x:c r="D203" s="0">
-        <x:v>4698.58</x:v>
+        <x:v>4893.895</x:v>
       </x:c>
       <x:c r="E203" s="0">
-        <x:v>3240.4</x:v>
+        <x:v>3375.1</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:5">
       <x:c r="A204" s="1">
-        <x:v>45761.823275463</x:v>
+        <x:v>45812.8567824074</x:v>
       </x:c>
       <x:c r="B204" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C204" s="0">
-        <x:v>4.15</x:v>
+        <x:v>3.67</x:v>
       </x:c>
       <x:c r="D204" s="0">
-        <x:v>4678.135</x:v>
+        <x:v>4928.84</x:v>
       </x:c>
       <x:c r="E204" s="0">
-        <x:v>3226.3</x:v>
+        <x:v>3399.2</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:5">
       <x:c r="A205" s="1">
-        <x:v>45758.8246875</x:v>
+        <x:v>45811.8941550926</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C205" s="0">
-        <x:v>4.1</x:v>
+        <x:v>3.72</x:v>
       </x:c>
       <x:c r="D205" s="0">
-        <x:v>4704.67</x:v>
+        <x:v>4896.795</x:v>
       </x:c>
       <x:c r="E205" s="0">
-        <x:v>3244.6</x:v>
+        <x:v>3377.1</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:5">
       <x:c r="A206" s="1">
-        <x:v>45757.8457407407</x:v>
+        <x:v>45811.8794328704</x:v>
       </x:c>
       <x:c r="B206" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C206" s="0">
-        <x:v>4.28</x:v>
+        <x:v>3.72</x:v>
       </x:c>
       <x:c r="D206" s="0">
-        <x:v>4607.375</x:v>
+        <x:v>4896.795</x:v>
       </x:c>
       <x:c r="E206" s="0">
-        <x:v>3177.5</x:v>
+        <x:v>3377.1</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:5">
       <x:c r="A207" s="1">
-        <x:v>45756.8241319444</x:v>
+        <x:v>45810.8625347222</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C207" s="0">
-        <x:v>4.57</x:v>
+        <x:v>3.67</x:v>
       </x:c>
       <x:c r="D207" s="0">
-        <x:v>4465.13</x:v>
+        <x:v>4925.94</x:v>
       </x:c>
       <x:c r="E207" s="0">
-        <x:v>3079.4</x:v>
+        <x:v>3397.2</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:5">
       <x:c r="A208" s="1">
-        <x:v>45755.8404282407</x:v>
+        <x:v>45810.8250462963</x:v>
       </x:c>
       <x:c r="B208" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C208" s="0">
-        <x:v>4.86</x:v>
+        <x:v>3.67</x:v>
       </x:c>
       <x:c r="D208" s="0">
-        <x:v>4335.79</x:v>
+        <x:v>4925.94</x:v>
       </x:c>
       <x:c r="E208" s="0">
-        <x:v>2990.2</x:v>
+        <x:v>3397.2</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:5">
       <x:c r="A209" s="1">
-        <x:v>45754.8234259259</x:v>
+        <x:v>45800.8238541667</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C209" s="0">
-        <x:v>4.92</x:v>
+        <x:v>3.69</x:v>
       </x:c>
       <x:c r="D209" s="0">
-        <x:v>4311.72</x:v>
+        <x:v>4922.025</x:v>
       </x:c>
       <x:c r="E209" s="0">
-        <x:v>2973.6</x:v>
+        <x:v>3394.5</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:5">
       <x:c r="A210" s="1">
-        <x:v>45751.8240393518</x:v>
+        <x:v>45799.8239583333</x:v>
       </x:c>
       <x:c r="B210" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C210" s="0">
-        <x:v>4.73</x:v>
+        <x:v>3.86</x:v>
       </x:c>
       <x:c r="D210" s="0">
-        <x:v>4401.33</x:v>
+        <x:v>4819.22</x:v>
       </x:c>
       <x:c r="E210" s="0">
-        <x:v>3035.4</x:v>
+        <x:v>3295</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:5">
       <x:c r="A211" s="1">
-        <x:v>45750.8321643519</x:v>
+        <x:v>45798.8240856481</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C211" s="0">
-        <x:v>4.48</x:v>
+        <x:v>3.82</x:v>
       </x:c>
       <x:c r="D211" s="0">
-        <x:v>4526.465</x:v>
+        <x:v>4804.575</x:v>
       </x:c>
       <x:c r="E211" s="0">
-        <x:v>3121.7</x:v>
+        <x:v>3313.5</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:5">
       <x:c r="A212" s="1">
-        <x:v>45749.8250115741</x:v>
+        <x:v>45797.8268402778</x:v>
       </x:c>
       <x:c r="B212" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C212" s="0">
-        <x:v>4.36</x:v>
+        <x:v>3.89</x:v>
       </x:c>
       <x:c r="D212" s="0">
-        <x:v>4590.99</x:v>
+        <x:v>4762.67</x:v>
       </x:c>
       <x:c r="E212" s="0">
-        <x:v>3166.2</x:v>
+        <x:v>3284.6</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:5">
       <x:c r="A213" s="1">
-        <x:v>45748.8360069444</x:v>
+        <x:v>45796.8311111111</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C213" s="0">
-        <x:v>4.41</x:v>
+        <x:v>4.01</x:v>
       </x:c>
       <x:c r="D213" s="0">
-        <x:v>4561.7</x:v>
+        <x:v>4688.575</x:v>
       </x:c>
       <x:c r="E213" s="0">
-        <x:v>3146</x:v>
+        <x:v>3233.5</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:5">
       <x:c r="A214" s="1">
-        <x:v>45747.8232175926</x:v>
+        <x:v>45793.8237384259</x:v>
       </x:c>
       <x:c r="B214" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C214" s="0">
-        <x:v>4.4</x:v>
+        <x:v>4.13</x:v>
       </x:c>
       <x:c r="D214" s="0">
-        <x:v>4567.935</x:v>
+        <x:v>4621.44</x:v>
       </x:c>
       <x:c r="E214" s="0">
-        <x:v>3150.3</x:v>
+        <x:v>3187.2</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:5">
       <x:c r="A215" s="1">
-        <x:v>45744.7828240741</x:v>
+        <x:v>45792.8270833333</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C215" s="0">
-        <x:v>4.51</x:v>
+        <x:v>4.03</x:v>
       </x:c>
       <x:c r="D215" s="0">
-        <x:v>4515.735</x:v>
+        <x:v>4678.57</x:v>
       </x:c>
       <x:c r="E215" s="0">
-        <x:v>3114.3</x:v>
+        <x:v>3226.6</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:5">
       <x:c r="A216" s="1">
-        <x:v>45743.7837962963</x:v>
+        <x:v>45791.8231828704</x:v>
       </x:c>
       <x:c r="B216" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C216" s="0">
-        <x:v>4.58</x:v>
+        <x:v>4.13</x:v>
       </x:c>
       <x:c r="D216" s="0">
-        <x:v>4481.805</x:v>
+        <x:v>4623.035</x:v>
       </x:c>
       <x:c r="E216" s="0">
-        <x:v>3090.9</x:v>
+        <x:v>3188.3</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:5">
       <x:c r="A217" s="1">
-        <x:v>45742.7861921296</x:v>
+        <x:v>45790.8249884259</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C217" s="0">
-        <x:v>4.7</x:v>
+        <x:v>3.99</x:v>
       </x:c>
       <x:c r="D217" s="0">
-        <x:v>4425.835</x:v>
+        <x:v>4709.31</x:v>
       </x:c>
       <x:c r="E217" s="0">
-        <x:v>3052.3</x:v>
+        <x:v>3247.8</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:5">
       <x:c r="A218" s="1">
-        <x:v>45741.7817013889</x:v>
+        <x:v>45789.8237962963</x:v>
       </x:c>
       <x:c r="B218" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C218" s="0">
-        <x:v>4.69</x:v>
+        <x:v>4.04</x:v>
       </x:c>
       <x:c r="D218" s="0">
-        <x:v>4428.735</x:v>
+        <x:v>4680.6</x:v>
       </x:c>
       <x:c r="E218" s="0">
-        <x:v>3054.3</x:v>
+        <x:v>3228</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:5">
       <x:c r="A219" s="1">
-        <x:v>45740.7859722222</x:v>
+        <x:v>45786.8321296296</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C219" s="0">
-        <x:v>4.72</x:v>
+        <x:v>3.78</x:v>
       </x:c>
       <x:c r="D219" s="0">
-        <x:v>4413.8</x:v>
+        <x:v>4848.8</x:v>
       </x:c>
       <x:c r="E219" s="0">
-        <x:v>3015.6</x:v>
+        <x:v>3344</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:5">
       <x:c r="A220" s="1">
-        <x:v>45737.7845486111</x:v>
+        <x:v>45785.8261805556</x:v>
       </x:c>
       <x:c r="B220" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C220" s="0">
-        <x:v>4.7</x:v>
+        <x:v>3.87</x:v>
       </x:c>
       <x:c r="D220" s="0">
-        <x:v>4381.03</x:v>
+        <x:v>4793.7</x:v>
       </x:c>
       <x:c r="E220" s="0">
-        <x:v>3021.4</x:v>
+        <x:v>3306</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:5">
       <x:c r="A221" s="1">
-        <x:v>45736.7837268518</x:v>
+        <x:v>45784.8969560185</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C221" s="0">
-        <x:v>4.64</x:v>
+        <x:v>3.68</x:v>
       </x:c>
       <x:c r="D221" s="0">
-        <x:v>4413.51</x:v>
+        <x:v>4918.255</x:v>
       </x:c>
       <x:c r="E221" s="0">
-        <x:v>3043.8</x:v>
+        <x:v>3391.9</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:5">
       <x:c r="A222" s="1">
-        <x:v>45735.7843634259</x:v>
+        <x:v>45784.852962963</x:v>
       </x:c>
       <x:c r="B222" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C222" s="0">
-        <x:v>4.64</x:v>
+        <x:v>3.68</x:v>
       </x:c>
       <x:c r="D222" s="0">
-        <x:v>4409.74</x:v>
+        <x:v>4918.255</x:v>
       </x:c>
       <x:c r="E222" s="0">
-        <x:v>0</x:v>
+        <x:v>3391.9</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:5">
       <x:c r="A223" s="1">
-        <x:v>45734.7823032407</x:v>
+        <x:v>45783.8302430556</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C223" s="0">
-        <x:v>4.65</x:v>
+        <x:v>3.61</x:v>
       </x:c>
       <x:c r="D223" s="0">
-        <x:v>4409.16</x:v>
+        <x:v>4963.06</x:v>
       </x:c>
       <x:c r="E223" s="0">
-        <x:v>3040.8</x:v>
+        <x:v>3422.8</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:5">
       <x:c r="A224" s="1">
-        <x:v>45733.7827314815</x:v>
+        <x:v>45777.8390162037</x:v>
       </x:c>
       <x:c r="B224" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C224" s="0">
-        <x:v>4.76</x:v>
+        <x:v>3.87</x:v>
       </x:c>
       <x:c r="D224" s="0">
-        <x:v>4358.845</x:v>
+        <x:v>4812.695</x:v>
       </x:c>
       <x:c r="E224" s="0">
-        <x:v>3006.1</x:v>
+        <x:v>3319.1</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:5">
       <x:c r="A225" s="1">
-        <x:v>45730.7910763889</x:v>
+        <x:v>45776.8444212963</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C225" s="0">
-        <x:v>4.77</x:v>
+        <x:v>3.84</x:v>
       </x:c>
       <x:c r="D225" s="0">
-        <x:v>4337.385</x:v>
+        <x:v>4833.72</x:v>
       </x:c>
       <x:c r="E225" s="0">
-        <x:v>3001.1</x:v>
+        <x:v>3333.6</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:5">
       <x:c r="A226" s="1">
-        <x:v>45729.7816666667</x:v>
+        <x:v>45775.8451273148</x:v>
       </x:c>
       <x:c r="B226" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C226" s="0">
-        <x:v>4.8</x:v>
+        <x:v>3.8</x:v>
       </x:c>
       <x:c r="D226" s="0">
-        <x:v>4337.385</x:v>
+        <x:v>4854.165</x:v>
       </x:c>
       <x:c r="E226" s="0">
-        <x:v>0</x:v>
+        <x:v>3347.7</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:5">
       <x:c r="A227" s="1">
-        <x:v>45728.8243171296</x:v>
+        <x:v>45772.8239930556</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C227" s="0">
-        <x:v>4.95</x:v>
+        <x:v>3.92</x:v>
       </x:c>
       <x:c r="D227" s="0">
-        <x:v>4272.86</x:v>
+        <x:v>4782.68</x:v>
       </x:c>
       <x:c r="E227" s="0">
-        <x:v>0</x:v>
+        <x:v>3298.4</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:5">
       <x:c r="A228" s="1">
-        <x:v>45727.7837384259</x:v>
+        <x:v>45771.831412037</x:v>
       </x:c>
       <x:c r="B228" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C228" s="0">
-        <x:v>5.04</x:v>
+        <x:v>3.81</x:v>
       </x:c>
       <x:c r="D228" s="0">
-        <x:v>4235.305</x:v>
+        <x:v>4855.47</x:v>
       </x:c>
       <x:c r="E228" s="0">
-        <x:v>2920.9</x:v>
+        <x:v>3348.6</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:5">
       <x:c r="A229" s="1">
-        <x:v>45726.7915162037</x:v>
+        <x:v>45770.8295833333</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C229" s="0">
-        <x:v>5.12</x:v>
+        <x:v>3.94</x:v>
       </x:c>
       <x:c r="D229" s="0">
-        <x:v>4225.445</x:v>
+        <x:v>4776.445</x:v>
       </x:c>
       <x:c r="E229" s="0">
-        <x:v>2914.1</x:v>
+        <x:v>3294.1</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:5">
       <x:c r="A230" s="1">
-        <x:v>45723.8240162037</x:v>
+        <x:v>45769.8284490741</x:v>
       </x:c>
       <x:c r="B230" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C230" s="0">
-        <x:v>5.07</x:v>
+        <x:v>3.67</x:v>
       </x:c>
       <x:c r="D230" s="0">
-        <x:v>4243.57</x:v>
+        <x:v>4958.13</x:v>
       </x:c>
       <x:c r="E230" s="0">
-        <x:v>2926.6</x:v>
+        <x:v>3419.4</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:5">
       <x:c r="A231" s="1">
-        <x:v>45722.8262152778</x:v>
+        <x:v>45764.8232175926</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C231" s="0">
-        <x:v>5.03</x:v>
+        <x:v>3.88</x:v>
       </x:c>
       <x:c r="D231" s="0">
-        <x:v>4242.7</x:v>
+        <x:v>4826.18</x:v>
       </x:c>
       <x:c r="E231" s="0">
-        <x:v>2926</x:v>
+        <x:v>3328.4</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:5">
       <x:c r="A232" s="1">
-        <x:v>45721.8331018519</x:v>
+        <x:v>45763.8254282407</x:v>
       </x:c>
       <x:c r="B232" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C232" s="0">
-        <x:v>5.03</x:v>
+        <x:v>3.84</x:v>
       </x:c>
       <x:c r="D232" s="0">
-        <x:v>4234.87</x:v>
+        <x:v>4852.28</x:v>
       </x:c>
       <x:c r="E232" s="0">
-        <x:v>2920.6</x:v>
+        <x:v>3346.4</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:5">
       <x:c r="A233" s="1">
-        <x:v>45720.8313310185</x:v>
+        <x:v>45762.8233796296</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C233" s="0">
-        <x:v>5.05</x:v>
+        <x:v>4.11</x:v>
       </x:c>
       <x:c r="D233" s="0">
-        <x:v>4206.595</x:v>
+        <x:v>4698.58</x:v>
       </x:c>
       <x:c r="E233" s="0">
-        <x:v>2901.1</x:v>
+        <x:v>3240.4</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:5">
       <x:c r="A234" s="1">
-        <x:v>45719.8271180556</x:v>
+        <x:v>45761.823275463</x:v>
       </x:c>
       <x:c r="B234" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C234" s="0">
-        <x:v>5.12</x:v>
+        <x:v>4.15</x:v>
       </x:c>
       <x:c r="D234" s="0">
-        <x:v>4130.325</x:v>
+        <x:v>4678.135</x:v>
       </x:c>
       <x:c r="E234" s="0">
-        <x:v>2848.5</x:v>
+        <x:v>3226.3</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:5">
       <x:c r="A235" s="1">
-        <x:v>45716.8229976852</x:v>
+        <x:v>45758.8246875</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C235" s="0">
-        <x:v>5.31</x:v>
+        <x:v>4.1</x:v>
       </x:c>
       <x:c r="D235" s="0">
-        <x:v>4199.055</x:v>
+        <x:v>4704.67</x:v>
       </x:c>
       <x:c r="E235" s="0">
-        <x:v>2895.9</x:v>
+        <x:v>3244.6</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:5">
       <x:c r="A236" s="1">
-        <x:v>45715.8247916667</x:v>
+        <x:v>45757.8457407407</x:v>
       </x:c>
       <x:c r="B236" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C236" s="0">
-        <x:v>5.15</x:v>
+        <x:v>4.28</x:v>
       </x:c>
       <x:c r="D236" s="0">
-        <x:v>4249.37</x:v>
+        <x:v>4607.375</x:v>
       </x:c>
       <x:c r="E236" s="0">
-        <x:v>2930.6</x:v>
+        <x:v>3177.5</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:5">
       <x:c r="A237" s="1">
-        <x:v>45714.8278240741</x:v>
+        <x:v>45756.8241319444</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C237" s="0">
-        <x:v>5.03</x:v>
+        <x:v>4.57</x:v>
       </x:c>
       <x:c r="D237" s="0">
-        <x:v>4232.26</x:v>
+        <x:v>4465.13</x:v>
       </x:c>
       <x:c r="E237" s="0">
-        <x:v>2918.8</x:v>
+        <x:v>3079.4</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:5">
       <x:c r="A238" s="1">
-        <x:v>45713.8232638889</x:v>
+        <x:v>45755.8404282407</x:v>
       </x:c>
       <x:c r="B238" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C238" s="0">
-        <x:v>5.07</x:v>
+        <x:v>4.86</x:v>
       </x:c>
       <x:c r="D238" s="0">
-        <x:v>4296.64</x:v>
+        <x:v>4335.79</x:v>
       </x:c>
       <x:c r="E238" s="0">
-        <x:v>2963.2</x:v>
+        <x:v>2990.2</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:5">
       <x:c r="A239" s="1">
-        <x:v>45712.8270138889</x:v>
+        <x:v>45754.8234259259</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C239" s="0">
         <x:v>4.92</x:v>
       </x:c>
       <x:c r="D239" s="0">
-        <x:v>4282.14</x:v>
+        <x:v>4311.72</x:v>
       </x:c>
       <x:c r="E239" s="0">
-        <x:v>2953.2</x:v>
+        <x:v>2973.6</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:5">
       <x:c r="A240" s="1">
-        <x:v>45709.8277314815</x:v>
+        <x:v>45751.8240393518</x:v>
       </x:c>
       <x:c r="B240" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C240" s="0">
-        <x:v>4.96</x:v>
+        <x:v>4.73</x:v>
       </x:c>
       <x:c r="D240" s="0">
-        <x:v>4286.345</x:v>
+        <x:v>4401.33</x:v>
       </x:c>
       <x:c r="E240" s="0">
-        <x:v>2956.1</x:v>
+        <x:v>3035.4</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:5">
       <x:c r="A241" s="1">
-        <x:v>45708.8285185185</x:v>
+        <x:v>45750.8321643519</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C241" s="0">
-        <x:v>4.95</x:v>
+        <x:v>4.48</x:v>
       </x:c>
       <x:c r="D241" s="0">
-        <x:v>4257.345</x:v>
+        <x:v>4526.465</x:v>
       </x:c>
       <x:c r="E241" s="0">
-        <x:v>2936.1</x:v>
+        <x:v>3121.7</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:5">
       <x:c r="A242" s="1">
-        <x:v>45707.8237615741</x:v>
+        <x:v>45749.8250115741</x:v>
       </x:c>
       <x:c r="B242" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C242" s="0">
-        <x:v>5.01</x:v>
+        <x:v>4.36</x:v>
       </x:c>
       <x:c r="D242" s="0">
-        <x:v>4276.05</x:v>
+        <x:v>4590.99</x:v>
       </x:c>
       <x:c r="E242" s="0">
-        <x:v>2949</x:v>
+        <x:v>3166.2</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:5">
       <x:c r="A243" s="1">
-        <x:v>45706.8251851852</x:v>
+        <x:v>45748.8360069444</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C243" s="0">
-        <x:v>4.97</x:v>
+        <x:v>4.41</x:v>
       </x:c>
       <x:c r="D243" s="0">
-        <x:v>4206.015</x:v>
+        <x:v>4561.7</x:v>
       </x:c>
       <x:c r="E243" s="0">
-        <x:v>2900.7</x:v>
+        <x:v>3146</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:5">
       <x:c r="A244" s="1">
-        <x:v>45702.8403703704</x:v>
+        <x:v>45747.8232175926</x:v>
       </x:c>
       <x:c r="B244" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C244" s="0">
-        <x:v>5.14</x:v>
+        <x:v>4.4</x:v>
       </x:c>
       <x:c r="D244" s="0">
-        <x:v>4270.83</x:v>
+        <x:v>4567.935</x:v>
       </x:c>
       <x:c r="E244" s="0">
-        <x:v>2945.4</x:v>
+        <x:v>3150.3</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:5">
       <x:c r="A245" s="1">
-        <x:v>45701.8281828704</x:v>
+        <x:v>45744.7828240741</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C245" s="0">
-        <x:v>4.99</x:v>
+        <x:v>4.51</x:v>
       </x:c>
       <x:c r="D245" s="0">
-        <x:v>4246.615</x:v>
+        <x:v>4515.735</x:v>
       </x:c>
       <x:c r="E245" s="0">
-        <x:v>2928.7</x:v>
+        <x:v>3114.3</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:5">
       <x:c r="A246" s="1">
-        <x:v>45700.8235069444</x:v>
+        <x:v>45743.7837962963</x:v>
       </x:c>
       <x:c r="B246" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C246" s="0">
-        <x:v>5.05</x:v>
+        <x:v>4.58</x:v>
       </x:c>
       <x:c r="D246" s="0">
-        <x:v>4252.27</x:v>
+        <x:v>4481.805</x:v>
       </x:c>
       <x:c r="E246" s="0">
-        <x:v>2932.6</x:v>
+        <x:v>3090.9</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:5">
       <x:c r="A247" s="1">
-        <x:v>45699.8243287037</x:v>
+        <x:v>45742.7861921296</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C247" s="0">
-        <x:v>5.04</x:v>
+        <x:v>4.7</x:v>
       </x:c>
       <x:c r="D247" s="0">
-        <x:v>4254.88</x:v>
+        <x:v>4425.835</x:v>
       </x:c>
       <x:c r="E247" s="0">
-        <x:v>2934.4</x:v>
+        <x:v>3052.3</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:5">
       <x:c r="A248" s="1">
-        <x:v>45698.8248842593</x:v>
+        <x:v>45741.7817013889</x:v>
       </x:c>
       <x:c r="B248" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C248" s="0">
-        <x:v>5.03</x:v>
+        <x:v>4.69</x:v>
       </x:c>
       <x:c r="D248" s="0">
-        <x:v>4254.88</x:v>
+        <x:v>4428.735</x:v>
       </x:c>
       <x:c r="E248" s="0">
-        <x:v>2934.4</x:v>
+        <x:v>3054.3</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:5">
       <x:c r="A249" s="1">
-        <x:v>45695.846875</x:v>
+        <x:v>45740.7859722222</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C249" s="0">
-        <x:v>5.2</x:v>
+        <x:v>4.72</x:v>
       </x:c>
       <x:c r="D249" s="0">
-        <x:v>4171.215</x:v>
+        <x:v>4413.8</x:v>
       </x:c>
       <x:c r="E249" s="0">
-        <x:v>2876.7</x:v>
+        <x:v>3015.6</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:5">
       <x:c r="A250" s="1">
-        <x:v>45694.8241666667</x:v>
+        <x:v>45737.7845486111</x:v>
       </x:c>
       <x:c r="B250" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C250" s="0">
-        <x:v>5.24</x:v>
+        <x:v>4.7</x:v>
       </x:c>
       <x:c r="D250" s="0">
-        <x:v>4194.85</x:v>
+        <x:v>4381.03</x:v>
       </x:c>
       <x:c r="E250" s="0">
-        <x:v>2893</x:v>
+        <x:v>3021.4</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:5">
       <x:c r="A251" s="1">
-        <x:v>45693.8335532407</x:v>
+        <x:v>45736.7837268518</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C251" s="0">
-        <x:v>5.18</x:v>
+        <x:v>4.64</x:v>
       </x:c>
       <x:c r="D251" s="0">
-        <x:v>4194.85</x:v>
+        <x:v>4413.51</x:v>
       </x:c>
       <x:c r="E251" s="0">
-        <x:v>2893</x:v>
+        <x:v>3043.8</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:5">
       <x:c r="A252" s="1">
-        <x:v>45692.8229976852</x:v>
+        <x:v>45735.7843634259</x:v>
       </x:c>
       <x:c r="B252" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C252" s="0">
-        <x:v>5.24</x:v>
+        <x:v>4.64</x:v>
       </x:c>
       <x:c r="D252" s="0">
-        <x:v>4169.91</x:v>
+        <x:v>4409.74</x:v>
       </x:c>
       <x:c r="E252" s="0">
-        <x:v>2875.8</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:5">
       <x:c r="A253" s="1">
-        <x:v>45691.8232523148</x:v>
+        <x:v>45734.7823032407</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C253" s="0">
-        <x:v>5.31</x:v>
+        <x:v>4.65</x:v>
       </x:c>
       <x:c r="D253" s="0">
-        <x:v>4142.795</x:v>
+        <x:v>4409.16</x:v>
       </x:c>
       <x:c r="E253" s="0">
-        <x:v>2857.1</x:v>
+        <x:v>3040.8</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:5">
       <x:c r="A254" s="1">
-        <x:v>45688.8388078704</x:v>
+        <x:v>45733.7827314815</x:v>
       </x:c>
       <x:c r="B254" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C254" s="0">
-        <x:v>5.4</x:v>
+        <x:v>4.76</x:v>
       </x:c>
       <x:c r="D254" s="0">
-        <x:v>4110.75</x:v>
+        <x:v>4358.845</x:v>
       </x:c>
       <x:c r="E254" s="0">
-        <x:v>2835</x:v>
+        <x:v>3006.1</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:5">
       <x:c r="A255" s="1">
-        <x:v>45687.8256365741</x:v>
+        <x:v>45730.7910763889</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C255" s="0">
-        <x:v>5.36</x:v>
+        <x:v>4.77</x:v>
       </x:c>
       <x:c r="D255" s="0">
-        <x:v>4125.54</x:v>
+        <x:v>4337.385</x:v>
       </x:c>
       <x:c r="E255" s="0">
-        <x:v>2845.2</x:v>
+        <x:v>3001.1</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:5">
       <x:c r="A256" s="1">
-        <x:v>45686.8259375</x:v>
+        <x:v>45729.7816666667</x:v>
       </x:c>
       <x:c r="B256" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C256" s="0">
-        <x:v>5.57</x:v>
+        <x:v>4.8</x:v>
       </x:c>
       <x:c r="D256" s="0">
-        <x:v>4050.575</x:v>
+        <x:v>4337.385</x:v>
       </x:c>
       <x:c r="E256" s="0">
-        <x:v>2793.5</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:5">
       <x:c r="A257" s="1">
-        <x:v>45685.8587384259</x:v>
+        <x:v>45728.8243171296</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C257" s="0">
-        <x:v>5.56</x:v>
+        <x:v>4.95</x:v>
       </x:c>
       <x:c r="D257" s="0">
-        <x:v>4052.17</x:v>
+        <x:v>4272.86</x:v>
       </x:c>
       <x:c r="E257" s="0">
-        <x:v>2794.6</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:5">
       <x:c r="A258" s="1">
-        <x:v>45684.8242824074</x:v>
+        <x:v>45727.7837384259</x:v>
       </x:c>
       <x:c r="B258" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C258" s="0">
-        <x:v>5.68</x:v>
+        <x:v>5.04</x:v>
       </x:c>
       <x:c r="D258" s="0">
-        <x:v>4010.99</x:v>
+        <x:v>4235.305</x:v>
       </x:c>
       <x:c r="E258" s="0">
-        <x:v>2766.2</x:v>
+        <x:v>2920.9</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:5">
       <x:c r="A259" s="1">
-        <x:v>45681.8509953704</x:v>
+        <x:v>45726.7915162037</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C259" s="0">
-        <x:v>5.52</x:v>
+        <x:v>5.12</x:v>
       </x:c>
       <x:c r="D259" s="0">
-        <x:v>4069.57</x:v>
+        <x:v>4225.445</x:v>
       </x:c>
       <x:c r="E259" s="0">
-        <x:v>2806.6</x:v>
+        <x:v>2914.1</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:5">
       <x:c r="A260" s="1">
-        <x:v>45679.8232060185</x:v>
+        <x:v>45723.8240162037</x:v>
       </x:c>
       <x:c r="B260" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C260" s="0">
-        <x:v>5.56</x:v>
+        <x:v>5.07</x:v>
       </x:c>
       <x:c r="D260" s="0">
-        <x:v>4017.805</x:v>
+        <x:v>4243.57</x:v>
       </x:c>
       <x:c r="E260" s="0">
-        <x:v>2770.9</x:v>
+        <x:v>2926.6</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:5">
       <x:c r="A261" s="1">
-        <x:v>45678.8237268518</x:v>
+        <x:v>45722.8262152778</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C261" s="0">
-        <x:v>5.6</x:v>
+        <x:v>5.03</x:v>
       </x:c>
       <x:c r="D261" s="0">
-        <x:v>4000.84</x:v>
+        <x:v>4242.7</x:v>
       </x:c>
       <x:c r="E261" s="0">
-        <x:v>2759.2</x:v>
+        <x:v>2926</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:5">
       <x:c r="A262" s="1">
-        <x:v>45674.8244560185</x:v>
+        <x:v>45721.8331018519</x:v>
       </x:c>
       <x:c r="B262" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C262" s="0">
-        <x:v>5.65</x:v>
+        <x:v>5.03</x:v>
       </x:c>
       <x:c r="D262" s="0">
-        <x:v>3985.615</x:v>
+        <x:v>4234.87</x:v>
       </x:c>
       <x:c r="E262" s="0">
-        <x:v>2748.7</x:v>
+        <x:v>2920.6</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:5">
       <x:c r="A263" s="1">
-        <x:v>45673.8258680556</x:v>
+        <x:v>45720.8313310185</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C263" s="0">
-        <x:v>5.64</x:v>
+        <x:v>5.05</x:v>
       </x:c>
       <x:c r="D263" s="0">
-        <x:v>3988.805</x:v>
+        <x:v>4206.595</x:v>
       </x:c>
       <x:c r="E263" s="0">
-        <x:v>2750.9</x:v>
+        <x:v>2901.1</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:5">
       <x:c r="A264" s="1">
-        <x:v>45672.8363194444</x:v>
+        <x:v>45719.8271180556</x:v>
       </x:c>
       <x:c r="B264" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C264" s="0">
-        <x:v>5.78</x:v>
+        <x:v>5.12</x:v>
       </x:c>
       <x:c r="D264" s="0">
-        <x:v>3940.81</x:v>
+        <x:v>4130.325</x:v>
       </x:c>
       <x:c r="E264" s="0">
-        <x:v>2717.8</x:v>
+        <x:v>2848.5</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:5">
       <x:c r="A265" s="1">
-        <x:v>45671.8265509259</x:v>
+        <x:v>45716.8229976852</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C265" s="0">
-        <x:v>5.94</x:v>
+        <x:v>5.31</x:v>
       </x:c>
       <x:c r="D265" s="0">
-        <x:v>3889.335</x:v>
+        <x:v>4199.055</x:v>
       </x:c>
       <x:c r="E265" s="0">
-        <x:v>2682.3</x:v>
+        <x:v>2895.9</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:5">
       <x:c r="A266" s="1">
-        <x:v>45670.8261805556</x:v>
+        <x:v>45715.8247916667</x:v>
       </x:c>
       <x:c r="B266" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C266" s="0">
-        <x:v>5.95</x:v>
+        <x:v>5.15</x:v>
       </x:c>
       <x:c r="D266" s="0">
-        <x:v>3883.97</x:v>
+        <x:v>4249.37</x:v>
       </x:c>
       <x:c r="E266" s="0">
-        <x:v>2678.6</x:v>
+        <x:v>2930.6</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:5">
       <x:c r="A267" s="1">
-        <x:v>45667.8237268518</x:v>
+        <x:v>45714.8278240741</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C267" s="0">
-        <x:v>5.8</x:v>
+        <x:v>5.03</x:v>
       </x:c>
       <x:c r="D267" s="0">
-        <x:v>3936.75</x:v>
+        <x:v>4232.26</x:v>
       </x:c>
       <x:c r="E267" s="0">
-        <x:v>2715</x:v>
+        <x:v>2918.8</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:5">
       <x:c r="A268" s="1">
-        <x:v>45666.8253935185</x:v>
+        <x:v>45713.8232638889</x:v>
       </x:c>
       <x:c r="B268" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C268" s="0">
-        <x:v>5.91</x:v>
+        <x:v>5.07</x:v>
       </x:c>
       <x:c r="D268" s="0">
-        <x:v>3901.66</x:v>
+        <x:v>4296.64</x:v>
       </x:c>
       <x:c r="E268" s="0">
-        <x:v>2690.8</x:v>
+        <x:v>2963.2</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:5">
       <x:c r="A269" s="1">
-        <x:v>45665.8339699074</x:v>
+        <x:v>45712.8270138889</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C269" s="0">
-        <x:v>5.99</x:v>
+        <x:v>4.92</x:v>
       </x:c>
       <x:c r="D269" s="0">
-        <x:v>3874.98</x:v>
+        <x:v>4282.14</x:v>
       </x:c>
       <x:c r="E269" s="0">
-        <x:v>2672.4</x:v>
+        <x:v>2953.2</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:5">
       <x:c r="A270" s="1">
-        <x:v>45664.8245486111</x:v>
+        <x:v>45709.8277314815</x:v>
       </x:c>
       <x:c r="B270" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C270" s="0">
-        <x:v>6.02</x:v>
+        <x:v>4.96</x:v>
       </x:c>
       <x:c r="D270" s="0">
-        <x:v>3864.83</x:v>
+        <x:v>4286.345</x:v>
       </x:c>
       <x:c r="E270" s="0">
-        <x:v>2665.4</x:v>
+        <x:v>2956.1</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:5">
       <x:c r="A271" s="1">
-        <x:v>45663.8279166667</x:v>
+        <x:v>45708.8285185185</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C271" s="0">
-        <x:v>6.1</x:v>
+        <x:v>4.95</x:v>
       </x:c>
       <x:c r="D271" s="0">
-        <x:v>3838.73</x:v>
+        <x:v>4257.345</x:v>
       </x:c>
       <x:c r="E271" s="0">
-        <x:v>2647.4</x:v>
+        <x:v>2936.1</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:5">
       <x:c r="A272" s="1">
-        <x:v>45660.8253587963</x:v>
+        <x:v>45707.8237615741</x:v>
       </x:c>
       <x:c r="B272" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C272" s="0">
-        <x:v>6.07</x:v>
+        <x:v>5.01</x:v>
       </x:c>
       <x:c r="D272" s="0">
-        <x:v>3849.315</x:v>
+        <x:v>4276.05</x:v>
       </x:c>
       <x:c r="E272" s="0">
-        <x:v>2654.7</x:v>
+        <x:v>2949</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:5">
       <x:c r="A273" s="1">
-        <x:v>45659.8549074074</x:v>
+        <x:v>45706.8251851852</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C273" s="0">
-        <x:v>6.01</x:v>
+        <x:v>4.97</x:v>
       </x:c>
       <x:c r="D273" s="0">
-        <x:v>3870.05</x:v>
+        <x:v>4206.015</x:v>
       </x:c>
       <x:c r="E273" s="0">
-        <x:v>2669</x:v>
+        <x:v>2900.7</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:5">
       <x:c r="A274" s="1">
-        <x:v>45656.8239583333</x:v>
+        <x:v>45702.8403703704</x:v>
       </x:c>
       <x:c r="B274" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C274" s="0">
-        <x:v>6.25</x:v>
+        <x:v>5.14</x:v>
       </x:c>
       <x:c r="D274" s="0">
-        <x:v>3796.245</x:v>
+        <x:v>4270.83</x:v>
       </x:c>
       <x:c r="E274" s="0">
-        <x:v>2618.1</x:v>
+        <x:v>2945.4</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:5">
       <x:c r="A275" s="1">
-        <x:v>45653.8232638889</x:v>
+        <x:v>45701.8281828704</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C275" s="0">
-        <x:v>6.19</x:v>
+        <x:v>4.99</x:v>
       </x:c>
       <x:c r="D275" s="0">
-        <x:v>3816.255</x:v>
+        <x:v>4246.615</x:v>
       </x:c>
       <x:c r="E275" s="0">
-        <x:v>2631.9</x:v>
+        <x:v>2928.7</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:5">
       <x:c r="A276" s="1">
-        <x:v>45649.8257291667</x:v>
+        <x:v>45700.8235069444</x:v>
       </x:c>
       <x:c r="B276" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C276" s="0">
-        <x:v>6.21</x:v>
+        <x:v>5.05</x:v>
       </x:c>
       <x:c r="D276" s="0">
-        <x:v>3810.89</x:v>
+        <x:v>4252.27</x:v>
       </x:c>
       <x:c r="E276" s="0">
-        <x:v>2628.2</x:v>
+        <x:v>2932.6</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:5">
       <x:c r="A277" s="1">
-        <x:v>45646.8274768519</x:v>
+        <x:v>45699.8243287037</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C277" s="0">
-        <x:v>6.13</x:v>
+        <x:v>5.04</x:v>
       </x:c>
       <x:c r="D277" s="0">
-        <x:v>3835.395</x:v>
+        <x:v>4254.88</x:v>
       </x:c>
       <x:c r="E277" s="0">
-        <x:v>2645.1</x:v>
+        <x:v>2934.4</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:5">
       <x:c r="A278" s="1">
-        <x:v>45645.8236574074</x:v>
+        <x:v>45698.8248842593</x:v>
       </x:c>
       <x:c r="B278" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C278" s="0">
-        <x:v>6.31</x:v>
+        <x:v>5.03</x:v>
       </x:c>
       <x:c r="D278" s="0">
-        <x:v>3781.745</x:v>
+        <x:v>4254.88</x:v>
       </x:c>
       <x:c r="E278" s="0">
-        <x:v>2608.1</x:v>
+        <x:v>2934.4</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:5">
       <x:c r="A279" s="1">
-        <x:v>45644.8267592593</x:v>
+        <x:v>45695.846875</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C279" s="0">
-        <x:v>6.1</x:v>
+        <x:v>5.2</x:v>
       </x:c>
       <x:c r="D279" s="0">
-        <x:v>3847.285</x:v>
+        <x:v>4171.215</x:v>
       </x:c>
       <x:c r="E279" s="0">
-        <x:v>2653.3</x:v>
+        <x:v>2876.7</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:5">
       <x:c r="A280" s="1">
-        <x:v>45643.8232523148</x:v>
+        <x:v>45694.8241666667</x:v>
       </x:c>
       <x:c r="B280" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C280" s="0">
-        <x:v>6.06</x:v>
+        <x:v>5.24</x:v>
       </x:c>
       <x:c r="D280" s="0">
-        <x:v>3859.9</x:v>
+        <x:v>4194.85</x:v>
       </x:c>
       <x:c r="E280" s="0">
-        <x:v>2662</x:v>
+        <x:v>2893</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:5">
       <x:c r="A281" s="1">
-        <x:v>45642.8316203704</x:v>
+        <x:v>45693.8335532407</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C281" s="0">
-        <x:v>6.02</x:v>
+        <x:v>5.18</x:v>
       </x:c>
       <x:c r="D281" s="0">
-        <x:v>3871.5</x:v>
+        <x:v>4194.85</x:v>
       </x:c>
       <x:c r="E281" s="0">
-        <x:v>2670</x:v>
+        <x:v>2893</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:5">
       <x:c r="A282" s="1">
-        <x:v>45639.823125</x:v>
+        <x:v>45692.8229976852</x:v>
       </x:c>
       <x:c r="B282" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C282" s="0">
-        <x:v>6</x:v>
+        <x:v>5.24</x:v>
       </x:c>
       <x:c r="D282" s="0">
-        <x:v>3879.91</x:v>
+        <x:v>4169.91</x:v>
       </x:c>
       <x:c r="E282" s="0">
-        <x:v>2675.8</x:v>
+        <x:v>2875.8</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:5">
       <x:c r="A283" s="1">
-        <x:v>45638.8291550926</x:v>
+        <x:v>45691.8232523148</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C283" s="0">
-        <x:v>5.85</x:v>
+        <x:v>5.31</x:v>
       </x:c>
       <x:c r="D283" s="0">
-        <x:v>3928.63</x:v>
+        <x:v>4142.795</x:v>
       </x:c>
       <x:c r="E283" s="0">
-        <x:v>2709.4</x:v>
+        <x:v>2857.1</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:5">
       <x:c r="A284" s="1">
-        <x:v>45637.8317939815</x:v>
+        <x:v>45688.8388078704</x:v>
       </x:c>
       <x:c r="B284" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C284" s="0">
-        <x:v>5.66</x:v>
+        <x:v>5.4</x:v>
       </x:c>
       <x:c r="D284" s="0">
-        <x:v>3997.215</x:v>
+        <x:v>4110.75</x:v>
       </x:c>
       <x:c r="E284" s="0">
-        <x:v>2756.7</x:v>
+        <x:v>2835</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:5">
       <x:c r="A285" s="1">
-        <x:v>45636.8332523148</x:v>
+        <x:v>45687.8256365741</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C285" s="0">
-        <x:v>5.82</x:v>
+        <x:v>5.36</x:v>
       </x:c>
       <x:c r="D285" s="0">
-        <x:v>3941.68</x:v>
+        <x:v>4125.54</x:v>
       </x:c>
       <x:c r="E285" s="0">
-        <x:v>2718.4</x:v>
+        <x:v>2845.2</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:5">
       <x:c r="A286" s="1">
-        <x:v>45635.8276736111</x:v>
+        <x:v>45686.8259375</x:v>
       </x:c>
       <x:c r="B286" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C286" s="0">
-        <x:v>5.97</x:v>
+        <x:v>5.57</x:v>
       </x:c>
       <x:c r="D286" s="0">
-        <x:v>3894.41</x:v>
+        <x:v>4050.575</x:v>
       </x:c>
       <x:c r="E286" s="0">
-        <x:v>2685.8</x:v>
+        <x:v>2793.5</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:5">
       <x:c r="A287" s="1">
-        <x:v>45632.8235648148</x:v>
+        <x:v>45685.8587384259</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C287" s="0">
-        <x:v>6.09</x:v>
+        <x:v>5.56</x:v>
       </x:c>
       <x:c r="D287" s="0">
-        <x:v>3856.42</x:v>
+        <x:v>4052.17</x:v>
       </x:c>
       <x:c r="E287" s="0">
-        <x:v>2659.6</x:v>
+        <x:v>2794.6</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:5">
       <x:c r="A288" s="1">
-        <x:v>45631.8267939815</x:v>
+        <x:v>45684.8242824074</x:v>
       </x:c>
       <x:c r="B288" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C288" s="0">
-        <x:v>6.14</x:v>
+        <x:v>5.68</x:v>
       </x:c>
       <x:c r="D288" s="0">
-        <x:v>3840.18</x:v>
+        <x:v>4010.99</x:v>
       </x:c>
       <x:c r="E288" s="0">
-        <x:v>2648.4</x:v>
+        <x:v>2766.2</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:5">
       <x:c r="A289" s="1">
-        <x:v>45630.8245833333</x:v>
+        <x:v>45681.8509953704</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C289" s="0">
-        <x:v>6.02</x:v>
+        <x:v>5.52</x:v>
       </x:c>
       <x:c r="D289" s="0">
-        <x:v>3880.49</x:v>
+        <x:v>4069.57</x:v>
       </x:c>
       <x:c r="E289" s="0">
-        <x:v>2676.2</x:v>
+        <x:v>2806.6</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:5">
       <x:c r="A290" s="1">
-        <x:v>45629.8265856481</x:v>
+        <x:v>45679.8232060185</x:v>
       </x:c>
       <x:c r="B290" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C290" s="0">
-        <x:v>6.06</x:v>
+        <x:v>5.56</x:v>
       </x:c>
       <x:c r="D290" s="0">
-        <x:v>3868.455</x:v>
+        <x:v>4017.805</x:v>
       </x:c>
       <x:c r="E290" s="0">
-        <x:v>2667.9</x:v>
+        <x:v>2770.9</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:5">
       <x:c r="A291" s="1">
-        <x:v>45628.8905671296</x:v>
+        <x:v>45678.8237268518</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C291" s="0">
-        <x:v>6.1</x:v>
+        <x:v>5.6</x:v>
       </x:c>
       <x:c r="D291" s="0">
-        <x:v>3854.825</x:v>
+        <x:v>4000.84</x:v>
       </x:c>
       <x:c r="E291" s="0">
-        <x:v>2658.5</x:v>
+        <x:v>2759.2</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:5">
       <x:c r="A292" s="1">
-        <x:v>45625.8335532407</x:v>
+        <x:v>45674.8244560185</x:v>
       </x:c>
       <x:c r="B292" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C292" s="0">
-        <x:v>6</x:v>
+        <x:v>5.65</x:v>
       </x:c>
       <x:c r="D292" s="0">
-        <x:v>3887.45</x:v>
+        <x:v>3985.615</x:v>
       </x:c>
       <x:c r="E292" s="0">
-        <x:v>2681</x:v>
+        <x:v>2748.7</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:5">
       <x:c r="A293" s="1">
-        <x:v>45623.8245023148</x:v>
+        <x:v>45673.8258680556</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C293" s="0">
-        <x:v>6.07</x:v>
+        <x:v>5.64</x:v>
       </x:c>
       <x:c r="D293" s="0">
-        <x:v>3863.96</x:v>
+        <x:v>3988.805</x:v>
       </x:c>
       <x:c r="E293" s="0">
-        <x:v>2664.8</x:v>
+        <x:v>2750.9</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:5">
       <x:c r="A294" s="1">
-        <x:v>45622.8230092593</x:v>
+        <x:v>45672.8363194444</x:v>
       </x:c>
       <x:c r="B294" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C294" s="0">
-        <x:v>6.16</x:v>
+        <x:v>5.78</x:v>
       </x:c>
       <x:c r="D294" s="0">
-        <x:v>3837.135</x:v>
+        <x:v>3940.81</x:v>
       </x:c>
       <x:c r="E294" s="0">
-        <x:v>2646.3</x:v>
+        <x:v>2717.8</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:5">
       <x:c r="A295" s="1">
-        <x:v>45621.8259259259</x:v>
+        <x:v>45671.8265509259</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C295" s="0">
-        <x:v>6.18</x:v>
+        <x:v>5.94</x:v>
       </x:c>
       <x:c r="D295" s="0">
-        <x:v>3831.77</x:v>
+        <x:v>3889.335</x:v>
       </x:c>
       <x:c r="E295" s="0">
-        <x:v>2642.6</x:v>
+        <x:v>2682.3</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:5">
       <x:c r="A296" s="1">
-        <x:v>45618.8415856482</x:v>
+        <x:v>45670.8261805556</x:v>
       </x:c>
       <x:c r="B296" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C296" s="0">
-        <x:v>5.78</x:v>
+        <x:v>5.95</x:v>
       </x:c>
       <x:c r="D296" s="0">
-        <x:v>3968.94</x:v>
+        <x:v>3883.97</x:v>
       </x:c>
       <x:c r="E296" s="0">
-        <x:v>2737.2</x:v>
+        <x:v>2678.6</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:5">
       <x:c r="A297" s="1">
-        <x:v>45617.8324884259</x:v>
+        <x:v>45667.8237268518</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C297" s="0">
-        <x:v>5.95</x:v>
+        <x:v>5.8</x:v>
       </x:c>
       <x:c r="D297" s="0">
-        <x:v>3913.985</x:v>
+        <x:v>3936.75</x:v>
       </x:c>
       <x:c r="E297" s="0">
-        <x:v>2699.3</x:v>
+        <x:v>2715</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:5">
       <x:c r="A298" s="1">
-        <x:v>45616.8479513889</x:v>
+        <x:v>45666.8253935185</x:v>
       </x:c>
       <x:c r="B298" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C298" s="0">
-        <x:v>6.05</x:v>
+        <x:v>5.91</x:v>
       </x:c>
       <x:c r="D298" s="0">
-        <x:v>3844.965</x:v>
+        <x:v>3901.66</x:v>
       </x:c>
       <x:c r="E298" s="0">
-        <x:v>2651.7</x:v>
+        <x:v>2690.8</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:5">
       <x:c r="A299" s="1">
-        <x:v>45615.8257407407</x:v>
+        <x:v>45665.8339699074</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C299" s="0">
-        <x:v>6.15</x:v>
+        <x:v>5.99</x:v>
       </x:c>
       <x:c r="D299" s="0">
-        <x:v>3814.95</x:v>
+        <x:v>3874.98</x:v>
       </x:c>
       <x:c r="E299" s="0">
-        <x:v>2631</x:v>
+        <x:v>2672.4</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:5">
       <x:c r="A300" s="1">
-        <x:v>45614.8227199074</x:v>
+        <x:v>45664.8245486111</x:v>
       </x:c>
       <x:c r="B300" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C300" s="0">
-        <x:v>6.23</x:v>
+        <x:v>6.02</x:v>
       </x:c>
       <x:c r="D300" s="0">
-        <x:v>3791.17</x:v>
+        <x:v>3864.83</x:v>
       </x:c>
       <x:c r="E300" s="0">
-        <x:v>2614.6</x:v>
+        <x:v>2665.4</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:5">
       <x:c r="A301" s="1">
-        <x:v>45611.8238310185</x:v>
+        <x:v>45663.8279166667</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C301" s="0">
-        <x:v>6.45</x:v>
+        <x:v>6.1</x:v>
       </x:c>
       <x:c r="D301" s="0">
-        <x:v>3726.645</x:v>
+        <x:v>3838.73</x:v>
       </x:c>
       <x:c r="E301" s="0">
-        <x:v>2570.1</x:v>
+        <x:v>2647.4</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:5">
       <x:c r="A302" s="1">
-        <x:v>45610.8240972222</x:v>
+        <x:v>45660.8253587963</x:v>
       </x:c>
       <x:c r="B302" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C302" s="0">
-        <x:v>6.44</x:v>
+        <x:v>6.07</x:v>
       </x:c>
       <x:c r="D302" s="0">
-        <x:v>3730.705</x:v>
+        <x:v>3849.315</x:v>
       </x:c>
       <x:c r="E302" s="0">
-        <x:v>2572.9</x:v>
+        <x:v>2654.7</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:5">
       <x:c r="A303" s="1">
-        <x:v>45609.8291550926</x:v>
+        <x:v>45659.8549074074</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C303" s="0">
-        <x:v>6.37</x:v>
+        <x:v>6.01</x:v>
       </x:c>
       <x:c r="D303" s="0">
-        <x:v>3750.425</x:v>
+        <x:v>3870.05</x:v>
       </x:c>
       <x:c r="E303" s="0">
-        <x:v>2586.5</x:v>
+        <x:v>2669</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:5">
       <x:c r="A304" s="1">
-        <x:v>45608.8243865741</x:v>
+        <x:v>45656.8239583333</x:v>
       </x:c>
       <x:c r="B304" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C304" s="0">
-        <x:v>6.28</x:v>
+        <x:v>6.25</x:v>
       </x:c>
       <x:c r="D304" s="0">
-        <x:v>3779.135</x:v>
+        <x:v>3796.245</x:v>
       </x:c>
       <x:c r="E304" s="0">
-        <x:v>2606.3</x:v>
+        <x:v>2618.1</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:5">
       <x:c r="A305" s="1">
-        <x:v>45607.8245023148</x:v>
+        <x:v>45653.8232638889</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C305" s="0">
-        <x:v>6.22</x:v>
+        <x:v>6.19</x:v>
       </x:c>
       <x:c r="D305" s="0">
-        <x:v>3795.665</x:v>
+        <x:v>3816.255</x:v>
       </x:c>
       <x:c r="E305" s="0">
-        <x:v>2617.7</x:v>
+        <x:v>2631.9</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:5">
       <x:c r="A306" s="1">
-        <x:v>45604.8264930556</x:v>
+        <x:v>45649.8257291667</x:v>
       </x:c>
       <x:c r="B306" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C306" s="0">
-        <x:v>5.89</x:v>
+        <x:v>6.21</x:v>
       </x:c>
       <x:c r="D306" s="0">
-        <x:v>3907.46</x:v>
+        <x:v>3810.89</x:v>
       </x:c>
       <x:c r="E306" s="0">
-        <x:v>2694.8</x:v>
+        <x:v>2628.2</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:5">
       <x:c r="A307" s="1">
-        <x:v>45603.8268518519</x:v>
+        <x:v>45646.8274768519</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C307" s="0">
-        <x:v>5.84</x:v>
+        <x:v>6.13</x:v>
       </x:c>
       <x:c r="D307" s="0">
-        <x:v>3923.41</x:v>
+        <x:v>3835.395</x:v>
       </x:c>
       <x:c r="E307" s="0">
-        <x:v>2705.8</x:v>
+        <x:v>2645.1</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:5">
       <x:c r="A308" s="1">
-        <x:v>45602.8297337963</x:v>
+        <x:v>45645.8236574074</x:v>
       </x:c>
       <x:c r="B308" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C308" s="0">
-        <x:v>5.97</x:v>
+        <x:v>6.31</x:v>
       </x:c>
       <x:c r="D308" s="0">
-        <x:v>3880.635</x:v>
+        <x:v>3781.745</x:v>
       </x:c>
       <x:c r="E308" s="0">
-        <x:v>2676.3</x:v>
+        <x:v>2608.1</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:5">
       <x:c r="A309" s="1">
-        <x:v>45601.8246990741</x:v>
+        <x:v>45644.8267592593</x:v>
       </x:c>
       <x:c r="B309" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C309" s="0">
-        <x:v>5.67</x:v>
+        <x:v>6.1</x:v>
       </x:c>
       <x:c r="D309" s="0">
-        <x:v>3987.065</x:v>
+        <x:v>3847.285</x:v>
       </x:c>
       <x:c r="E309" s="0">
-        <x:v>2749.7</x:v>
+        <x:v>2653.3</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:5">
       <x:c r="A310" s="1">
-        <x:v>45600.8269328704</x:v>
+        <x:v>45643.8232523148</x:v>
       </x:c>
       <x:c r="B310" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C310" s="0">
-        <x:v>5.68</x:v>
+        <x:v>6.06</x:v>
       </x:c>
       <x:c r="D310" s="0">
-        <x:v>3981.99</x:v>
+        <x:v>3859.9</x:v>
       </x:c>
       <x:c r="E310" s="0">
-        <x:v>2746.2</x:v>
+        <x:v>2662</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:5">
       <x:c r="A311" s="1">
-        <x:v>45597.7815046296</x:v>
+        <x:v>45642.8316203704</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C311" s="0">
-        <x:v>5.67</x:v>
+        <x:v>6.02</x:v>
       </x:c>
       <x:c r="D311" s="0">
-        <x:v>3986.34</x:v>
+        <x:v>3871.5</x:v>
       </x:c>
       <x:c r="E311" s="0">
-        <x:v>2749.2</x:v>
+        <x:v>2670</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:5">
       <x:c r="A312" s="1">
-        <x:v>45596.7813425926</x:v>
+        <x:v>45639.823125</x:v>
       </x:c>
       <x:c r="B312" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C312" s="0">
-        <x:v>5.67</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D312" s="0">
-        <x:v>3986.485</x:v>
+        <x:v>3879.91</x:v>
       </x:c>
       <x:c r="E312" s="0">
-        <x:v>2749.3</x:v>
+        <x:v>2675.8</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:5">
       <x:c r="A313" s="1">
-        <x:v>45595.7835416667</x:v>
+        <x:v>45638.8291550926</x:v>
       </x:c>
       <x:c r="B313" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C313" s="0">
-        <x:v>5.47</x:v>
+        <x:v>5.85</x:v>
       </x:c>
       <x:c r="D313" s="0">
-        <x:v>4061.16</x:v>
+        <x:v>3928.63</x:v>
       </x:c>
       <x:c r="E313" s="0">
-        <x:v>2800.8</x:v>
+        <x:v>2709.4</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:5">
       <x:c r="A314" s="1">
-        <x:v>45594.7883333333</x:v>
+        <x:v>45637.8317939815</x:v>
       </x:c>
       <x:c r="B314" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C314" s="0">
-        <x:v>5.55</x:v>
+        <x:v>5.66</x:v>
       </x:c>
       <x:c r="D314" s="0">
-        <x:v>4032.595</x:v>
+        <x:v>3997.215</x:v>
       </x:c>
       <x:c r="E314" s="0">
-        <x:v>2781.1</x:v>
+        <x:v>2756.7</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:5">
       <x:c r="A315" s="1">
-        <x:v>45593.7959143519</x:v>
+        <x:v>45636.8332523148</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C315" s="0">
-        <x:v>5.65</x:v>
+        <x:v>5.82</x:v>
       </x:c>
       <x:c r="D315" s="0">
-        <x:v>3994.17</x:v>
+        <x:v>3941.68</x:v>
       </x:c>
       <x:c r="E315" s="0">
-        <x:v>2754.6</x:v>
+        <x:v>2718.4</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:5">
       <x:c r="A316" s="1">
-        <x:v>45593.7959143519</x:v>
+        <x:v>45635.8276736111</x:v>
       </x:c>
       <x:c r="B316" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C316" s="0">
-        <x:v>5.65</x:v>
+        <x:v>5.97</x:v>
       </x:c>
       <x:c r="D316" s="0">
-        <x:v>3996.055</x:v>
+        <x:v>3894.41</x:v>
       </x:c>
       <x:c r="E316" s="0">
-        <x:v>2755.9</x:v>
+        <x:v>2685.8</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:5">
       <x:c r="A317" s="1">
-        <x:v>45590.8285069444</x:v>
+        <x:v>45632.8235648148</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C317" s="0">
-        <x:v>5.66</x:v>
+        <x:v>6.09</x:v>
       </x:c>
       <x:c r="D317" s="0">
-        <x:v>3994.17</x:v>
+        <x:v>3856.42</x:v>
       </x:c>
       <x:c r="E317" s="0">
-        <x:v>2754.6</x:v>
+        <x:v>2659.6</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:5">
       <x:c r="A318" s="1">
-        <x:v>45589.8309953704</x:v>
+        <x:v>45631.8267939815</x:v>
       </x:c>
       <x:c r="B318" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C318" s="0">
-        <x:v>5.68</x:v>
+        <x:v>6.14</x:v>
       </x:c>
       <x:c r="D318" s="0">
-        <x:v>3985.905</x:v>
+        <x:v>3840.18</x:v>
       </x:c>
       <x:c r="E318" s="0">
-        <x:v>2748.9</x:v>
+        <x:v>2648.4</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:5">
       <x:c r="A319" s="1">
-        <x:v>45588.8270486111</x:v>
+        <x:v>45630.8245833333</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C319" s="0">
-        <x:v>5.76</x:v>
+        <x:v>6.02</x:v>
       </x:c>
       <x:c r="D319" s="0">
-        <x:v>3957.63</x:v>
+        <x:v>3880.49</x:v>
       </x:c>
       <x:c r="E319" s="0">
-        <x:v>2729.4</x:v>
+        <x:v>2676.2</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:5">
       <x:c r="A320" s="1">
-        <x:v>45587.8243171296</x:v>
+        <x:v>45629.8265856481</x:v>
       </x:c>
       <x:c r="B320" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C320" s="0">
-        <x:v>5.64</x:v>
+        <x:v>6.06</x:v>
       </x:c>
       <x:c r="D320" s="0">
-        <x:v>4001.71</x:v>
+        <x:v>3868.455</x:v>
       </x:c>
       <x:c r="E320" s="0">
-        <x:v>2759.8</x:v>
+        <x:v>2667.9</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:5">
       <x:c r="A321" s="1">
-        <x:v>45586.8316087963</x:v>
+        <x:v>45628.8905671296</x:v>
       </x:c>
       <x:c r="B321" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C321" s="0">
-        <x:v>5.73</x:v>
+        <x:v>6.1</x:v>
       </x:c>
       <x:c r="D321" s="0">
-        <x:v>3971.405</x:v>
+        <x:v>3854.825</x:v>
       </x:c>
       <x:c r="E321" s="0">
-        <x:v>2738.9</x:v>
+        <x:v>2658.5</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:5">
       <x:c r="A322" s="1">
-        <x:v>45583.8234143518</x:v>
+        <x:v>45625.8335532407</x:v>
       </x:c>
       <x:c r="B322" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C322" s="0">
-        <x:v>5.77</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D322" s="0">
-        <x:v>3958.5</x:v>
+        <x:v>3887.45</x:v>
       </x:c>
       <x:c r="E322" s="0">
-        <x:v>2730</x:v>
+        <x:v>2681</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:5">
       <x:c r="A323" s="1">
-        <x:v>45581.823587963</x:v>
+        <x:v>45623.8245023148</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C323" s="0">
-        <x:v>5.93</x:v>
+        <x:v>6.07</x:v>
       </x:c>
       <x:c r="D323" s="0">
-        <x:v>3902.385</x:v>
+        <x:v>3863.96</x:v>
       </x:c>
       <x:c r="E323" s="0">
-        <x:v>2691.3</x:v>
+        <x:v>2664.8</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:5">
       <x:c r="A324" s="1">
-        <x:v>45580.8251388889</x:v>
+        <x:v>45622.8230092593</x:v>
       </x:c>
       <x:c r="B324" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C324" s="0">
-        <x:v>5.99</x:v>
+        <x:v>6.16</x:v>
       </x:c>
       <x:c r="D324" s="0">
-        <x:v>3884.405</x:v>
+        <x:v>3837.135</x:v>
       </x:c>
       <x:c r="E324" s="0">
-        <x:v>2678.9</x:v>
+        <x:v>2646.3</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:5">
       <x:c r="A325" s="1">
-        <x:v>45579.8278472222</x:v>
+        <x:v>45621.8259259259</x:v>
       </x:c>
       <x:c r="B325" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C325" s="0">
-        <x:v>6.05</x:v>
+        <x:v>6.18</x:v>
       </x:c>
       <x:c r="D325" s="0">
-        <x:v>3865.12</x:v>
+        <x:v>3831.77</x:v>
       </x:c>
       <x:c r="E325" s="0">
-        <x:v>2665.6</x:v>
+        <x:v>2642.6</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:5">
       <x:c r="A326" s="1">
-        <x:v>45576.8233449074</x:v>
+        <x:v>45618.8415856482</x:v>
       </x:c>
       <x:c r="B326" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C326" s="0">
-        <x:v>6</x:v>
+        <x:v>5.78</x:v>
       </x:c>
       <x:c r="D326" s="0">
-        <x:v>3826.985</x:v>
+        <x:v>3968.94</x:v>
       </x:c>
       <x:c r="E326" s="0">
-        <x:v>2639.3</x:v>
+        <x:v>2737.2</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:5">
       <x:c r="A327" s="1">
-        <x:v>45576.8233449074</x:v>
+        <x:v>45617.8324884259</x:v>
       </x:c>
       <x:c r="B327" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C327" s="0">
-        <x:v>6</x:v>
+        <x:v>5.95</x:v>
       </x:c>
       <x:c r="D327" s="0">
-        <x:v>3880.635</x:v>
+        <x:v>3913.985</x:v>
       </x:c>
       <x:c r="E327" s="0">
-        <x:v>2676.3</x:v>
+        <x:v>2699.3</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:5">
       <x:c r="A328" s="1">
-        <x:v>45575.8264236111</x:v>
+        <x:v>45616.8479513889</x:v>
       </x:c>
       <x:c r="B328" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C328" s="0">
-        <x:v>6.18</x:v>
+        <x:v>6.05</x:v>
       </x:c>
       <x:c r="D328" s="0">
-        <x:v>3826.985</x:v>
+        <x:v>3844.965</x:v>
       </x:c>
       <x:c r="E328" s="0">
-        <x:v>2639.3</x:v>
+        <x:v>2651.7</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:5">
       <x:c r="A329" s="1">
-        <x:v>45574.8287731481</x:v>
+        <x:v>45615.8257407407</x:v>
       </x:c>
       <x:c r="B329" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C329" s="0">
-        <x:v>6.24</x:v>
+        <x:v>6.15</x:v>
       </x:c>
       <x:c r="D329" s="0">
-        <x:v>3807.7</x:v>
+        <x:v>3814.95</x:v>
       </x:c>
       <x:c r="E329" s="0">
-        <x:v>2626</x:v>
+        <x:v>2631</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:5">
       <x:c r="A330" s="1">
-        <x:v>45573.8242361111</x:v>
+        <x:v>45614.8227199074</x:v>
       </x:c>
       <x:c r="B330" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C330" s="0">
-        <x:v>6.2</x:v>
+        <x:v>6.23</x:v>
       </x:c>
       <x:c r="D330" s="0">
-        <x:v>3821.33</x:v>
+        <x:v>3791.17</x:v>
       </x:c>
       <x:c r="E330" s="0">
-        <x:v>2635.4</x:v>
+        <x:v>2614.6</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:5">
       <x:c r="A331" s="1">
-        <x:v>45572.8254861111</x:v>
+        <x:v>45611.8238310185</x:v>
       </x:c>
       <x:c r="B331" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C331" s="0">
-        <x:v>6.06</x:v>
+        <x:v>6.45</x:v>
       </x:c>
       <x:c r="D331" s="0">
-        <x:v>3865.7</x:v>
+        <x:v>3726.645</x:v>
       </x:c>
       <x:c r="E331" s="0">
-        <x:v>2666</x:v>
+        <x:v>2570.1</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:5">
       <x:c r="A332" s="1">
-        <x:v>45569.8284375</x:v>
+        <x:v>45610.8240972222</x:v>
       </x:c>
       <x:c r="B332" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C332" s="0">
-        <x:v>6.05</x:v>
+        <x:v>6.44</x:v>
       </x:c>
       <x:c r="D332" s="0">
-        <x:v>3868.31</x:v>
+        <x:v>3730.705</x:v>
       </x:c>
       <x:c r="E332" s="0">
-        <x:v>2667.8</x:v>
+        <x:v>2572.9</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:5">
       <x:c r="A333" s="1">
-        <x:v>45568.8325578704</x:v>
+        <x:v>45609.8291550926</x:v>
       </x:c>
       <x:c r="B333" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C333" s="0">
-        <x:v>6</x:v>
+        <x:v>6.37</x:v>
       </x:c>
       <x:c r="D333" s="0">
-        <x:v>3884.84</x:v>
+        <x:v>3750.425</x:v>
       </x:c>
       <x:c r="E333" s="0">
-        <x:v>2679.2</x:v>
+        <x:v>2586.5</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:5">
       <x:c r="A334" s="1">
-        <x:v>45567.8240625</x:v>
+        <x:v>45608.8243865741</x:v>
       </x:c>
       <x:c r="B334" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C334" s="0">
-        <x:v>6.04</x:v>
+        <x:v>6.28</x:v>
       </x:c>
       <x:c r="D334" s="0">
-        <x:v>3871.065</x:v>
+        <x:v>3779.135</x:v>
       </x:c>
       <x:c r="E334" s="0">
-        <x:v>2669.7</x:v>
+        <x:v>2606.3</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:5">
       <x:c r="A335" s="1">
-        <x:v>45566.8333217593</x:v>
+        <x:v>45607.8245023148</x:v>
       </x:c>
       <x:c r="B335" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C335" s="0">
-        <x:v>5.95</x:v>
+        <x:v>6.22</x:v>
       </x:c>
       <x:c r="D335" s="0">
-        <x:v>3900.935</x:v>
+        <x:v>3795.665</x:v>
       </x:c>
       <x:c r="E335" s="0">
-        <x:v>2690.3</x:v>
+        <x:v>2617.7</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:5">
       <x:c r="A336" s="1">
-        <x:v>45565.828125</x:v>
+        <x:v>45604.8264930556</x:v>
       </x:c>
       <x:c r="B336" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C336" s="0">
-        <x:v>6.09</x:v>
+        <x:v>5.89</x:v>
       </x:c>
       <x:c r="D336" s="0">
-        <x:v>3856.13</x:v>
+        <x:v>3907.46</x:v>
       </x:c>
       <x:c r="E336" s="0">
-        <x:v>2659.4</x:v>
+        <x:v>2694.8</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:5">
       <x:c r="A337" s="1">
-        <x:v>45562.823912037</x:v>
+        <x:v>45603.8268518519</x:v>
       </x:c>
       <x:c r="B337" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C337" s="0">
-        <x:v>6.05</x:v>
+        <x:v>5.84</x:v>
       </x:c>
       <x:c r="D337" s="0">
-        <x:v>3868.745</x:v>
+        <x:v>3923.41</x:v>
       </x:c>
       <x:c r="E337" s="0">
-        <x:v>2668.1</x:v>
+        <x:v>2705.8</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:5">
       <x:c r="A338" s="1">
-        <x:v>45561.8249652778</x:v>
+        <x:v>45602.8297337963</x:v>
       </x:c>
       <x:c r="B338" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C338" s="0">
-        <x:v>5.94</x:v>
+        <x:v>5.97</x:v>
       </x:c>
       <x:c r="D338" s="0">
-        <x:v>3907.605</x:v>
+        <x:v>3880.635</x:v>
       </x:c>
       <x:c r="E338" s="0">
-        <x:v>2694.9</x:v>
+        <x:v>2676.3</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:5">
       <x:c r="A339" s="1">
-        <x:v>45560.8240740741</x:v>
+        <x:v>45601.8246990741</x:v>
       </x:c>
       <x:c r="B339" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C339" s="0">
-        <x:v>5.98</x:v>
+        <x:v>5.67</x:v>
       </x:c>
       <x:c r="D339" s="0">
-        <x:v>3892.815</x:v>
+        <x:v>3987.065</x:v>
       </x:c>
       <x:c r="E339" s="0">
-        <x:v>2684.7</x:v>
+        <x:v>2749.7</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:5">
       <x:c r="A340" s="1">
-        <x:v>45559.851412037</x:v>
+        <x:v>45600.8269328704</x:v>
       </x:c>
       <x:c r="B340" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C340" s="0">
-        <x:v>6.02</x:v>
+        <x:v>5.68</x:v>
       </x:c>
       <x:c r="D340" s="0">
-        <x:v>3881.65</x:v>
+        <x:v>3981.99</x:v>
       </x:c>
       <x:c r="E340" s="0">
-        <x:v>2677</x:v>
+        <x:v>2746.2</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:5">
       <x:c r="A341" s="1">
-        <x:v>45558.8309490741</x:v>
+        <x:v>45597.7815046296</x:v>
       </x:c>
       <x:c r="B341" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C341" s="0">
-        <x:v>6.13</x:v>
+        <x:v>5.67</x:v>
       </x:c>
       <x:c r="D341" s="0">
-        <x:v>3846.125</x:v>
+        <x:v>3986.34</x:v>
       </x:c>
       <x:c r="E341" s="0">
-        <x:v>2652.5</x:v>
+        <x:v>2749.2</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:5">
       <x:c r="A342" s="1">
-        <x:v>45555.8241782407</x:v>
+        <x:v>45596.7813425926</x:v>
       </x:c>
       <x:c r="B342" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C342" s="0">
-        <x:v>6.16</x:v>
+        <x:v>5.67</x:v>
       </x:c>
       <x:c r="D342" s="0">
-        <x:v>3836.99</x:v>
+        <x:v>3986.485</x:v>
       </x:c>
       <x:c r="E342" s="0">
-        <x:v>2646.2</x:v>
+        <x:v>2749.3</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:5">
       <x:c r="A343" s="1">
-        <x:v>45554.8247453704</x:v>
+        <x:v>45595.7835416667</x:v>
       </x:c>
       <x:c r="B343" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C343" s="0">
-        <x:v>6.31</x:v>
+        <x:v>5.47</x:v>
       </x:c>
       <x:c r="D343" s="0">
-        <x:v>3791.17</x:v>
+        <x:v>4061.16</x:v>
       </x:c>
       <x:c r="E343" s="0">
-        <x:v>2614.6</x:v>
+        <x:v>2800.8</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:5">
       <x:c r="A344" s="1">
-        <x:v>45553.8253009259</x:v>
+        <x:v>45594.7883333333</x:v>
       </x:c>
       <x:c r="B344" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C344" s="0">
-        <x:v>6.39</x:v>
+        <x:v>5.55</x:v>
       </x:c>
       <x:c r="D344" s="0">
-        <x:v>3767.97</x:v>
+        <x:v>4032.595</x:v>
       </x:c>
       <x:c r="E344" s="0">
-        <x:v>2598.6</x:v>
+        <x:v>2781.1</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:5">
       <x:c r="A345" s="1">
-        <x:v>45552.8248263889</x:v>
+        <x:v>45593.7959143519</x:v>
       </x:c>
       <x:c r="B345" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C345" s="0">
-        <x:v>6.42</x:v>
+        <x:v>5.65</x:v>
       </x:c>
       <x:c r="D345" s="0">
-        <x:v>3758.98</x:v>
+        <x:v>3994.17</x:v>
       </x:c>
       <x:c r="E345" s="0">
-        <x:v>2592.4</x:v>
+        <x:v>2754.6</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:5">
       <x:c r="A346" s="1">
-        <x:v>45551.8616666667</x:v>
+        <x:v>45593.7959143519</x:v>
       </x:c>
       <x:c r="B346" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C346" s="0">
-        <x:v>6.34</x:v>
+        <x:v>5.65</x:v>
       </x:c>
       <x:c r="D346" s="0">
-        <x:v>3782.905</x:v>
+        <x:v>3996.055</x:v>
       </x:c>
       <x:c r="E346" s="0">
-        <x:v>2608.9</x:v>
+        <x:v>2755.9</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:5">
       <x:c r="A347" s="1">
-        <x:v>45548.8535069444</x:v>
+        <x:v>45590.8285069444</x:v>
       </x:c>
       <x:c r="B347" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C347" s="0">
-        <x:v>6.33</x:v>
+        <x:v>5.66</x:v>
       </x:c>
       <x:c r="D347" s="0">
-        <x:v>3785.515</x:v>
+        <x:v>3994.17</x:v>
       </x:c>
       <x:c r="E347" s="0">
-        <x:v>2610.7</x:v>
+        <x:v>2754.6</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:5">
       <x:c r="A348" s="1">
-        <x:v>45547.8246412037</x:v>
+        <x:v>45589.8309953704</x:v>
       </x:c>
       <x:c r="B348" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C348" s="0">
-        <x:v>6.49</x:v>
+        <x:v>5.68</x:v>
       </x:c>
       <x:c r="D348" s="0">
-        <x:v>3741.87</x:v>
+        <x:v>3985.905</x:v>
       </x:c>
       <x:c r="E348" s="0">
-        <x:v>2580.6</x:v>
+        <x:v>2748.9</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:5">
       <x:c r="A349" s="1">
-        <x:v>45546.8256134259</x:v>
+        <x:v>45588.8270486111</x:v>
       </x:c>
       <x:c r="B349" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C349" s="0">
-        <x:v>6.69</x:v>
+        <x:v>5.76</x:v>
       </x:c>
       <x:c r="D349" s="0">
-        <x:v>3686.48</x:v>
+        <x:v>3957.63</x:v>
       </x:c>
       <x:c r="E349" s="0">
-        <x:v>2542.4</x:v>
+        <x:v>2729.4</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:5">
       <x:c r="A350" s="1">
-        <x:v>45545.8295023148</x:v>
+        <x:v>45587.8243171296</x:v>
       </x:c>
       <x:c r="B350" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C350" s="0">
-        <x:v>6.68</x:v>
+        <x:v>5.64</x:v>
       </x:c>
       <x:c r="D350" s="0">
-        <x:v>3687.495</x:v>
+        <x:v>4001.71</x:v>
       </x:c>
       <x:c r="E350" s="0">
-        <x:v>2543.1</x:v>
+        <x:v>2759.8</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:5">
       <x:c r="A351" s="1">
-        <x:v>45544.823587963</x:v>
+        <x:v>45586.8316087963</x:v>
       </x:c>
       <x:c r="B351" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C351" s="0">
-        <x:v>6.74</x:v>
+        <x:v>5.73</x:v>
       </x:c>
       <x:c r="D351" s="0">
-        <x:v>3672.415</x:v>
+        <x:v>3971.405</x:v>
       </x:c>
       <x:c r="E351" s="0">
-        <x:v>2532.7</x:v>
+        <x:v>2738.9</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:5">
       <x:c r="A352" s="1">
-        <x:v>45541.8395601852</x:v>
+        <x:v>45583.8234143518</x:v>
       </x:c>
       <x:c r="B352" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C352" s="0">
-        <x:v>6.78</x:v>
+        <x:v>5.77</x:v>
       </x:c>
       <x:c r="D352" s="0">
-        <x:v>3660.67</x:v>
+        <x:v>3958.5</x:v>
       </x:c>
       <x:c r="E352" s="0">
-        <x:v>2524.6</x:v>
+        <x:v>2730</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:5">
       <x:c r="A353" s="1">
-        <x:v>45540.8719791667</x:v>
+        <x:v>45581.823587963</x:v>
       </x:c>
       <x:c r="B353" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C353" s="0">
-        <x:v>6.69</x:v>
+        <x:v>5.93</x:v>
       </x:c>
       <x:c r="D353" s="0">
-        <x:v>3687.495</x:v>
+        <x:v>3902.385</x:v>
       </x:c>
       <x:c r="E353" s="0">
-        <x:v>2543.1</x:v>
+        <x:v>2691.3</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:5">
       <x:c r="A354" s="1">
-        <x:v>45539.8276967593</x:v>
+        <x:v>45580.8251388889</x:v>
       </x:c>
       <x:c r="B354" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C354" s="0">
-        <x:v>6.78</x:v>
+        <x:v>5.99</x:v>
       </x:c>
       <x:c r="D354" s="0">
-        <x:v>3662.7</x:v>
+        <x:v>3884.405</x:v>
       </x:c>
       <x:c r="E354" s="0">
-        <x:v>2526</x:v>
+        <x:v>2678.9</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:5">
       <x:c r="A355" s="1">
-        <x:v>45538.8245601852</x:v>
+        <x:v>45579.8278472222</x:v>
       </x:c>
       <x:c r="B355" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C355" s="0">
-        <x:v>6.79</x:v>
+        <x:v>6.05</x:v>
       </x:c>
       <x:c r="D355" s="0">
-        <x:v>3658.35</x:v>
+        <x:v>3865.12</x:v>
       </x:c>
       <x:c r="E355" s="0">
-        <x:v>2523</x:v>
+        <x:v>2665.6</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:5">
       <x:c r="A356" s="1">
-        <x:v>45534.8412962963</x:v>
+        <x:v>45576.8233449074</x:v>
       </x:c>
       <x:c r="B356" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C356" s="0">
-        <x:v>6.77</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D356" s="0">
-        <x:v>3665.02</x:v>
+        <x:v>3826.985</x:v>
       </x:c>
       <x:c r="E356" s="0">
-        <x:v>2527.6</x:v>
+        <x:v>2639.3</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:5">
       <x:c r="A357" s="1">
-        <x:v>45533.8277083333</x:v>
+        <x:v>45576.8233449074</x:v>
       </x:c>
       <x:c r="B357" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C357" s="0">
-        <x:v>6.6</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D357" s="0">
-        <x:v>3712.435</x:v>
+        <x:v>3880.635</x:v>
       </x:c>
       <x:c r="E357" s="0">
-        <x:v>2560.3</x:v>
+        <x:v>2676.3</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:5">
       <x:c r="A358" s="1">
-        <x:v>45532.8353356481</x:v>
+        <x:v>45575.8264236111</x:v>
       </x:c>
       <x:c r="B358" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C358" s="0">
-        <x:v>6.72</x:v>
+        <x:v>6.18</x:v>
       </x:c>
       <x:c r="D358" s="0">
-        <x:v>3679.81</x:v>
+        <x:v>3826.985</x:v>
       </x:c>
       <x:c r="E358" s="0">
-        <x:v>2537.8</x:v>
+        <x:v>2639.3</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:5">
       <x:c r="A359" s="1">
-        <x:v>45531.823587963</x:v>
+        <x:v>45574.8287731481</x:v>
       </x:c>
       <x:c r="B359" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C359" s="0">
-        <x:v>6.64</x:v>
+        <x:v>6.24</x:v>
       </x:c>
       <x:c r="D359" s="0">
-        <x:v>3701.705</x:v>
+        <x:v>3807.7</x:v>
       </x:c>
       <x:c r="E359" s="0">
-        <x:v>2552.9</x:v>
+        <x:v>2626</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:5">
       <x:c r="A360" s="1">
-        <x:v>45530.8248726852</x:v>
+        <x:v>45573.8242361111</x:v>
       </x:c>
       <x:c r="B360" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C360" s="0">
-        <x:v>6.63</x:v>
+        <x:v>6.2</x:v>
       </x:c>
       <x:c r="D360" s="0">
-        <x:v>3705.04</x:v>
+        <x:v>3821.33</x:v>
       </x:c>
       <x:c r="E360" s="0">
-        <x:v>2555.2</x:v>
+        <x:v>2635.4</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:5">
       <x:c r="A361" s="1">
-        <x:v>45527.8266782407</x:v>
+        <x:v>45572.8254861111</x:v>
       </x:c>
       <x:c r="B361" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C361" s="0">
-        <x:v>6.68</x:v>
+        <x:v>6.06</x:v>
       </x:c>
       <x:c r="D361" s="0">
-        <x:v>3692.135</x:v>
+        <x:v>3865.7</x:v>
       </x:c>
       <x:c r="E361" s="0">
-        <x:v>2546.3</x:v>
+        <x:v>2666</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:5">
       <x:c r="A362" s="1">
-        <x:v>45526.8242361111</x:v>
+        <x:v>45569.8284375</x:v>
       </x:c>
       <x:c r="B362" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C362" s="0">
-        <x:v>6.84</x:v>
+        <x:v>6.05</x:v>
       </x:c>
       <x:c r="D362" s="0">
-        <x:v>3649.215</x:v>
+        <x:v>3868.31</x:v>
       </x:c>
       <x:c r="E362" s="0">
-        <x:v>2516.7</x:v>
+        <x:v>2667.8</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:5">
       <x:c r="A363" s="1">
-        <x:v>45525.8236111111</x:v>
+        <x:v>45568.8325578704</x:v>
       </x:c>
       <x:c r="B363" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C363" s="0">
-        <x:v>6.68</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D363" s="0">
-        <x:v>3693.875</x:v>
+        <x:v>3884.84</x:v>
       </x:c>
       <x:c r="E363" s="0">
-        <x:v>2547.5</x:v>
+        <x:v>2679.2</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:5">
       <x:c r="A364" s="1">
-        <x:v>45524.8463773148</x:v>
+        <x:v>45567.8240625</x:v>
       </x:c>
       <x:c r="B364" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C364" s="0">
-        <x:v>6.66</x:v>
+        <x:v>6.04</x:v>
       </x:c>
       <x:c r="D364" s="0">
-        <x:v>3698.37</x:v>
+        <x:v>3871.065</x:v>
       </x:c>
       <x:c r="E364" s="0">
-        <x:v>2550.6</x:v>
+        <x:v>2669.7</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:5">
       <x:c r="A365" s="1">
-        <x:v>45523.8238078704</x:v>
+        <x:v>45566.8333217593</x:v>
       </x:c>
       <x:c r="B365" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C365" s="0">
-        <x:v>6.71</x:v>
+        <x:v>5.95</x:v>
       </x:c>
       <x:c r="D365" s="0">
-        <x:v>3684.885</x:v>
+        <x:v>3900.935</x:v>
       </x:c>
       <x:c r="E365" s="0">
-        <x:v>2541.3</x:v>
+        <x:v>2690.3</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:5">
       <x:c r="A366" s="1">
-        <x:v>45520.8387152778</x:v>
+        <x:v>45565.828125</x:v>
       </x:c>
       <x:c r="B366" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C366" s="0">
-        <x:v>6.73</x:v>
+        <x:v>6.09</x:v>
       </x:c>
       <x:c r="D366" s="0">
-        <x:v>3679.81</x:v>
+        <x:v>3856.13</x:v>
       </x:c>
       <x:c r="E366" s="0">
-        <x:v>2537.8</x:v>
+        <x:v>2659.4</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:5">
       <x:c r="A367" s="1">
-        <x:v>45519.824537037</x:v>
+        <x:v>45562.823912037</x:v>
       </x:c>
       <x:c r="B367" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C367" s="0">
-        <x:v>6.98</x:v>
+        <x:v>6.05</x:v>
       </x:c>
       <x:c r="D367" s="0">
-        <x:v>3613.98</x:v>
+        <x:v>3868.745</x:v>
       </x:c>
       <x:c r="E367" s="0">
-        <x:v>2492.4</x:v>
+        <x:v>2668.1</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:5">
       <x:c r="A368" s="1">
-        <x:v>45518.8254513889</x:v>
+        <x:v>45561.8249652778</x:v>
       </x:c>
       <x:c r="B368" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C368" s="0">
-        <x:v>7.06</x:v>
+        <x:v>5.94</x:v>
       </x:c>
       <x:c r="D368" s="0">
-        <x:v>3595.565</x:v>
+        <x:v>3907.605</x:v>
       </x:c>
       <x:c r="E368" s="0">
-        <x:v>2479.7</x:v>
+        <x:v>2694.9</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:5">
       <x:c r="A369" s="1">
-        <x:v>45517.8237268518</x:v>
+        <x:v>45560.8240740741</x:v>
       </x:c>
       <x:c r="B369" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C369" s="0">
-        <x:v>6.9</x:v>
+        <x:v>5.98</x:v>
       </x:c>
       <x:c r="D369" s="0">
-        <x:v>3636.31</x:v>
+        <x:v>3892.815</x:v>
       </x:c>
       <x:c r="E369" s="0">
-        <x:v>2507.8</x:v>
+        <x:v>2684.7</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:5">
       <x:c r="A370" s="1">
-        <x:v>45516.8280092593</x:v>
+        <x:v>45559.851412037</x:v>
       </x:c>
       <x:c r="B370" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C370" s="0">
-        <x:v>6.92</x:v>
+        <x:v>6.02</x:v>
       </x:c>
       <x:c r="D370" s="0">
-        <x:v>3630.8</x:v>
+        <x:v>3881.65</x:v>
       </x:c>
       <x:c r="E370" s="0">
-        <x:v>2504</x:v>
+        <x:v>2677</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:5">
       <x:c r="A371" s="1">
-        <x:v>45513.823587963</x:v>
+        <x:v>45558.8309490741</x:v>
       </x:c>
       <x:c r="B371" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C371" s="0">
-        <x:v>7.1</x:v>
+        <x:v>6.13</x:v>
       </x:c>
       <x:c r="D371" s="0">
-        <x:v>3586.43</x:v>
+        <x:v>3846.125</x:v>
       </x:c>
       <x:c r="E371" s="0">
-        <x:v>2473.4</x:v>
+        <x:v>2652.5</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:5">
       <x:c r="A372" s="1">
-        <x:v>45512.8232060185</x:v>
+        <x:v>45555.8241782407</x:v>
       </x:c>
       <x:c r="B372" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C372" s="0">
-        <x:v>7.16</x:v>
+        <x:v>6.16</x:v>
       </x:c>
       <x:c r="D372" s="0">
-        <x:v>3571.785</x:v>
+        <x:v>3836.99</x:v>
       </x:c>
       <x:c r="E372" s="0">
-        <x:v>2463.3</x:v>
+        <x:v>2646.2</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:5">
       <x:c r="A373" s="1">
-        <x:v>45511.8235069444</x:v>
+        <x:v>45554.8247453704</x:v>
       </x:c>
       <x:c r="B373" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C373" s="0">
-        <x:v>7.34</x:v>
+        <x:v>6.31</x:v>
       </x:c>
       <x:c r="D373" s="0">
-        <x:v>3526.98</x:v>
+        <x:v>3791.17</x:v>
       </x:c>
       <x:c r="E373" s="0">
-        <x:v>2432.4</x:v>
+        <x:v>2614.6</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:5">
       <x:c r="A374" s="1">
-        <x:v>45510.8258912037</x:v>
+        <x:v>45553.8253009259</x:v>
       </x:c>
       <x:c r="B374" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C374" s="0">
-        <x:v>7.35</x:v>
+        <x:v>6.39</x:v>
       </x:c>
       <x:c r="D374" s="0">
-        <x:v>3525.82</x:v>
+        <x:v>3767.97</x:v>
       </x:c>
       <x:c r="E374" s="0">
-        <x:v>2431.6</x:v>
+        <x:v>2598.6</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:5">
       <x:c r="A375" s="1">
-        <x:v>45509.8261689815</x:v>
+        <x:v>45552.8248263889</x:v>
       </x:c>
       <x:c r="B375" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C375" s="0">
-        <x:v>7.27</x:v>
+        <x:v>6.42</x:v>
       </x:c>
       <x:c r="D375" s="0">
-        <x:v>3544.38</x:v>
+        <x:v>3758.98</x:v>
       </x:c>
       <x:c r="E375" s="0">
-        <x:v>2444.4</x:v>
+        <x:v>2592.4</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:5">
       <x:c r="A376" s="1">
-        <x:v>45506.8233912037</x:v>
+        <x:v>45551.8616666667</x:v>
       </x:c>
       <x:c r="B376" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C376" s="0">
-        <x:v>7.13</x:v>
+        <x:v>6.34</x:v>
       </x:c>
       <x:c r="D376" s="0">
-        <x:v>3581.21</x:v>
+        <x:v>3782.905</x:v>
       </x:c>
       <x:c r="E376" s="0">
-        <x:v>2469.8</x:v>
+        <x:v>2608.9</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:5">
       <x:c r="A377" s="1">
-        <x:v>45505.824212963</x:v>
+        <x:v>45548.8535069444</x:v>
       </x:c>
       <x:c r="B377" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C377" s="0">
-        <x:v>7.06</x:v>
+        <x:v>6.33</x:v>
       </x:c>
       <x:c r="D377" s="0">
-        <x:v>3597.16</x:v>
+        <x:v>3785.515</x:v>
       </x:c>
       <x:c r="E377" s="0">
-        <x:v>2480.8</x:v>
+        <x:v>2610.7</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:5">
       <x:c r="A378" s="1">
-        <x:v>45504.8260185185</x:v>
+        <x:v>45547.8246412037</x:v>
       </x:c>
       <x:c r="B378" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C378" s="0">
-        <x:v>7.11</x:v>
+        <x:v>6.49</x:v>
       </x:c>
       <x:c r="D378" s="0">
-        <x:v>3585.85</x:v>
+        <x:v>3741.87</x:v>
       </x:c>
       <x:c r="E378" s="0">
-        <x:v>2473</x:v>
+        <x:v>2580.6</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:5">
       <x:c r="A379" s="1">
-        <x:v>45503.8250810185</x:v>
+        <x:v>45546.8256134259</x:v>
       </x:c>
       <x:c r="B379" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C379" s="0">
-        <x:v>7.23</x:v>
+        <x:v>6.69</x:v>
       </x:c>
       <x:c r="D379" s="0">
-        <x:v>3555.255</x:v>
+        <x:v>3686.48</x:v>
       </x:c>
       <x:c r="E379" s="0">
-        <x:v>2451.9</x:v>
+        <x:v>2542.4</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:5">
       <x:c r="A380" s="1">
-        <x:v>45502.8308912037</x:v>
+        <x:v>45545.8295023148</x:v>
       </x:c>
       <x:c r="B380" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C380" s="0">
-        <x:v>7.39</x:v>
+        <x:v>6.68</x:v>
       </x:c>
       <x:c r="D380" s="0">
-        <x:v>3516.975</x:v>
+        <x:v>3687.495</x:v>
       </x:c>
       <x:c r="E380" s="0">
-        <x:v>2425.5</x:v>
+        <x:v>2543.1</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:5">
       <x:c r="A381" s="1">
-        <x:v>45502.8255208333</x:v>
+        <x:v>45544.823587963</x:v>
       </x:c>
       <x:c r="B381" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C381" s="0">
-        <x:v>7.39</x:v>
+        <x:v>6.74</x:v>
       </x:c>
       <x:c r="D381" s="0">
-        <x:v>3516.975</x:v>
+        <x:v>3672.415</x:v>
       </x:c>
       <x:c r="E381" s="0">
-        <x:v>2425.5</x:v>
+        <x:v>2532.7</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:5">
       <x:c r="A382" s="1">
+        <x:v>45541.8395601852</x:v>
+      </x:c>
+      <x:c r="B382" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C382" s="0">
+        <x:v>6.78</x:v>
+      </x:c>
+      <x:c r="D382" s="0">
+        <x:v>3660.67</x:v>
+      </x:c>
+      <x:c r="E382" s="0">
+        <x:v>2524.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="383" spans="1:5">
+      <x:c r="A383" s="1">
+        <x:v>45540.8719791667</x:v>
+      </x:c>
+      <x:c r="B383" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C383" s="0">
+        <x:v>6.69</x:v>
+      </x:c>
+      <x:c r="D383" s="0">
+        <x:v>3687.495</x:v>
+      </x:c>
+      <x:c r="E383" s="0">
+        <x:v>2543.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="384" spans="1:5">
+      <x:c r="A384" s="1">
+        <x:v>45539.8276967593</x:v>
+      </x:c>
+      <x:c r="B384" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C384" s="0">
+        <x:v>6.78</x:v>
+      </x:c>
+      <x:c r="D384" s="0">
+        <x:v>3662.7</x:v>
+      </x:c>
+      <x:c r="E384" s="0">
+        <x:v>2526</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="385" spans="1:5">
+      <x:c r="A385" s="1">
+        <x:v>45538.8245601852</x:v>
+      </x:c>
+      <x:c r="B385" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C385" s="0">
+        <x:v>6.79</x:v>
+      </x:c>
+      <x:c r="D385" s="0">
+        <x:v>3658.35</x:v>
+      </x:c>
+      <x:c r="E385" s="0">
+        <x:v>2523</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="386" spans="1:5">
+      <x:c r="A386" s="1">
+        <x:v>45534.8412962963</x:v>
+      </x:c>
+      <x:c r="B386" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C386" s="0">
+        <x:v>6.77</x:v>
+      </x:c>
+      <x:c r="D386" s="0">
+        <x:v>3665.02</x:v>
+      </x:c>
+      <x:c r="E386" s="0">
+        <x:v>2527.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="387" spans="1:5">
+      <x:c r="A387" s="1">
+        <x:v>45533.8277083333</x:v>
+      </x:c>
+      <x:c r="B387" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C387" s="0">
+        <x:v>6.6</x:v>
+      </x:c>
+      <x:c r="D387" s="0">
+        <x:v>3712.435</x:v>
+      </x:c>
+      <x:c r="E387" s="0">
+        <x:v>2560.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="388" spans="1:5">
+      <x:c r="A388" s="1">
+        <x:v>45532.8353356481</x:v>
+      </x:c>
+      <x:c r="B388" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C388" s="0">
+        <x:v>6.72</x:v>
+      </x:c>
+      <x:c r="D388" s="0">
+        <x:v>3679.81</x:v>
+      </x:c>
+      <x:c r="E388" s="0">
+        <x:v>2537.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="389" spans="1:5">
+      <x:c r="A389" s="1">
+        <x:v>45531.823587963</x:v>
+      </x:c>
+      <x:c r="B389" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C389" s="0">
+        <x:v>6.64</x:v>
+      </x:c>
+      <x:c r="D389" s="0">
+        <x:v>3701.705</x:v>
+      </x:c>
+      <x:c r="E389" s="0">
+        <x:v>2552.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="390" spans="1:5">
+      <x:c r="A390" s="1">
+        <x:v>45530.8248726852</x:v>
+      </x:c>
+      <x:c r="B390" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C390" s="0">
+        <x:v>6.63</x:v>
+      </x:c>
+      <x:c r="D390" s="0">
+        <x:v>3705.04</x:v>
+      </x:c>
+      <x:c r="E390" s="0">
+        <x:v>2555.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="391" spans="1:5">
+      <x:c r="A391" s="1">
+        <x:v>45527.8266782407</x:v>
+      </x:c>
+      <x:c r="B391" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C391" s="0">
+        <x:v>6.68</x:v>
+      </x:c>
+      <x:c r="D391" s="0">
+        <x:v>3692.135</x:v>
+      </x:c>
+      <x:c r="E391" s="0">
+        <x:v>2546.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="392" spans="1:5">
+      <x:c r="A392" s="1">
+        <x:v>45526.8242361111</x:v>
+      </x:c>
+      <x:c r="B392" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C392" s="0">
+        <x:v>6.84</x:v>
+      </x:c>
+      <x:c r="D392" s="0">
+        <x:v>3649.215</x:v>
+      </x:c>
+      <x:c r="E392" s="0">
+        <x:v>2516.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="393" spans="1:5">
+      <x:c r="A393" s="1">
+        <x:v>45525.8236111111</x:v>
+      </x:c>
+      <x:c r="B393" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C393" s="0">
+        <x:v>6.68</x:v>
+      </x:c>
+      <x:c r="D393" s="0">
+        <x:v>3693.875</x:v>
+      </x:c>
+      <x:c r="E393" s="0">
+        <x:v>2547.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="394" spans="1:5">
+      <x:c r="A394" s="1">
+        <x:v>45524.8463773148</x:v>
+      </x:c>
+      <x:c r="B394" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C394" s="0">
+        <x:v>6.66</x:v>
+      </x:c>
+      <x:c r="D394" s="0">
+        <x:v>3698.37</x:v>
+      </x:c>
+      <x:c r="E394" s="0">
+        <x:v>2550.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="395" spans="1:5">
+      <x:c r="A395" s="1">
+        <x:v>45523.8238078704</x:v>
+      </x:c>
+      <x:c r="B395" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C395" s="0">
+        <x:v>6.71</x:v>
+      </x:c>
+      <x:c r="D395" s="0">
+        <x:v>3684.885</x:v>
+      </x:c>
+      <x:c r="E395" s="0">
+        <x:v>2541.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="396" spans="1:5">
+      <x:c r="A396" s="1">
+        <x:v>45520.8387152778</x:v>
+      </x:c>
+      <x:c r="B396" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C396" s="0">
+        <x:v>6.73</x:v>
+      </x:c>
+      <x:c r="D396" s="0">
+        <x:v>3679.81</x:v>
+      </x:c>
+      <x:c r="E396" s="0">
+        <x:v>2537.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="397" spans="1:5">
+      <x:c r="A397" s="1">
+        <x:v>45519.824537037</x:v>
+      </x:c>
+      <x:c r="B397" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C397" s="0">
+        <x:v>6.98</x:v>
+      </x:c>
+      <x:c r="D397" s="0">
+        <x:v>3613.98</x:v>
+      </x:c>
+      <x:c r="E397" s="0">
+        <x:v>2492.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="398" spans="1:5">
+      <x:c r="A398" s="1">
+        <x:v>45518.8254513889</x:v>
+      </x:c>
+      <x:c r="B398" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C398" s="0">
+        <x:v>7.06</x:v>
+      </x:c>
+      <x:c r="D398" s="0">
+        <x:v>3595.565</x:v>
+      </x:c>
+      <x:c r="E398" s="0">
+        <x:v>2479.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="399" spans="1:5">
+      <x:c r="A399" s="1">
+        <x:v>45517.8237268518</x:v>
+      </x:c>
+      <x:c r="B399" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C399" s="0">
+        <x:v>6.9</x:v>
+      </x:c>
+      <x:c r="D399" s="0">
+        <x:v>3636.31</x:v>
+      </x:c>
+      <x:c r="E399" s="0">
+        <x:v>2507.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="400" spans="1:5">
+      <x:c r="A400" s="1">
+        <x:v>45516.8280092593</x:v>
+      </x:c>
+      <x:c r="B400" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C400" s="0">
+        <x:v>6.92</x:v>
+      </x:c>
+      <x:c r="D400" s="0">
+        <x:v>3630.8</x:v>
+      </x:c>
+      <x:c r="E400" s="0">
+        <x:v>2504</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="401" spans="1:5">
+      <x:c r="A401" s="1">
+        <x:v>45513.823587963</x:v>
+      </x:c>
+      <x:c r="B401" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C401" s="0">
+        <x:v>7.1</x:v>
+      </x:c>
+      <x:c r="D401" s="0">
+        <x:v>3586.43</x:v>
+      </x:c>
+      <x:c r="E401" s="0">
+        <x:v>2473.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="402" spans="1:5">
+      <x:c r="A402" s="1">
+        <x:v>45512.8232060185</x:v>
+      </x:c>
+      <x:c r="B402" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C402" s="0">
+        <x:v>7.16</x:v>
+      </x:c>
+      <x:c r="D402" s="0">
+        <x:v>3571.785</x:v>
+      </x:c>
+      <x:c r="E402" s="0">
+        <x:v>2463.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="403" spans="1:5">
+      <x:c r="A403" s="1">
+        <x:v>45511.8235069444</x:v>
+      </x:c>
+      <x:c r="B403" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C403" s="0">
+        <x:v>7.34</x:v>
+      </x:c>
+      <x:c r="D403" s="0">
+        <x:v>3526.98</x:v>
+      </x:c>
+      <x:c r="E403" s="0">
+        <x:v>2432.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="404" spans="1:5">
+      <x:c r="A404" s="1">
+        <x:v>45510.8258912037</x:v>
+      </x:c>
+      <x:c r="B404" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C404" s="0">
+        <x:v>7.35</x:v>
+      </x:c>
+      <x:c r="D404" s="0">
+        <x:v>3525.82</x:v>
+      </x:c>
+      <x:c r="E404" s="0">
+        <x:v>2431.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="405" spans="1:5">
+      <x:c r="A405" s="1">
+        <x:v>45509.8261689815</x:v>
+      </x:c>
+      <x:c r="B405" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C405" s="0">
+        <x:v>7.27</x:v>
+      </x:c>
+      <x:c r="D405" s="0">
+        <x:v>3544.38</x:v>
+      </x:c>
+      <x:c r="E405" s="0">
+        <x:v>2444.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="406" spans="1:5">
+      <x:c r="A406" s="1">
+        <x:v>45506.8233912037</x:v>
+      </x:c>
+      <x:c r="B406" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C406" s="0">
+        <x:v>7.13</x:v>
+      </x:c>
+      <x:c r="D406" s="0">
+        <x:v>3581.21</x:v>
+      </x:c>
+      <x:c r="E406" s="0">
+        <x:v>2469.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="407" spans="1:5">
+      <x:c r="A407" s="1">
+        <x:v>45505.824212963</x:v>
+      </x:c>
+      <x:c r="B407" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C407" s="0">
+        <x:v>7.06</x:v>
+      </x:c>
+      <x:c r="D407" s="0">
+        <x:v>3597.16</x:v>
+      </x:c>
+      <x:c r="E407" s="0">
+        <x:v>2480.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="408" spans="1:5">
+      <x:c r="A408" s="1">
+        <x:v>45504.8260185185</x:v>
+      </x:c>
+      <x:c r="B408" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C408" s="0">
+        <x:v>7.11</x:v>
+      </x:c>
+      <x:c r="D408" s="0">
+        <x:v>3585.85</x:v>
+      </x:c>
+      <x:c r="E408" s="0">
+        <x:v>2473</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="409" spans="1:5">
+      <x:c r="A409" s="1">
+        <x:v>45503.8250810185</x:v>
+      </x:c>
+      <x:c r="B409" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C409" s="0">
+        <x:v>7.23</x:v>
+      </x:c>
+      <x:c r="D409" s="0">
+        <x:v>3555.255</x:v>
+      </x:c>
+      <x:c r="E409" s="0">
+        <x:v>2451.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="410" spans="1:5">
+      <x:c r="A410" s="1">
+        <x:v>45502.8308912037</x:v>
+      </x:c>
+      <x:c r="B410" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C410" s="0">
+        <x:v>7.39</x:v>
+      </x:c>
+      <x:c r="D410" s="0">
+        <x:v>3516.975</x:v>
+      </x:c>
+      <x:c r="E410" s="0">
+        <x:v>2425.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="411" spans="1:5">
+      <x:c r="A411" s="1">
+        <x:v>45502.8255208333</x:v>
+      </x:c>
+      <x:c r="B411" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C411" s="0">
+        <x:v>7.39</x:v>
+      </x:c>
+      <x:c r="D411" s="0">
+        <x:v>3516.975</x:v>
+      </x:c>
+      <x:c r="E411" s="0">
+        <x:v>2425.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="412" spans="1:5">
+      <x:c r="A412" s="1">
         <x:v>45499.8269907407</x:v>
       </x:c>
-      <x:c r="B382" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C382" s="0">
+      <x:c r="B412" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C412" s="0">
         <x:v>7.38</x:v>
       </x:c>
-      <x:c r="D382" s="0">
+      <x:c r="D412" s="0">
         <x:v>3520.455</x:v>
       </x:c>
-      <x:c r="E382" s="0">
+      <x:c r="E412" s="0">
         <x:v>2427.9</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>